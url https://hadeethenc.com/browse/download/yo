--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3494">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3738">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Yorùbá
 # Source: https://hadeethenc.com/yo
-# Last update: 2025-08-12 15:11:32 (v1.7.0)
-# Check for updates: https://hadeethenc.com/en/check/yo/v1.7.0
+# Last update: 2025-11-12 00:21:06 (v1.11.0)
+# Check for updates: https://hadeethenc.com/en/check/yo/v1.11.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -631,54 +631,54 @@
     <t>“Bí ọkùnrin kan bá nífẹ̀ẹ́ arákùnrin rẹ̀, kí ó sọ fún un pé òun nífẹ̀ẹ́ rẹ̀”</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Lati ọdọ Al-Miqdam ọmọ Maadi Karib, ki Ọlọhun yọnu si i, o gba a wa lati ọdọ Anabi, ki ikẹ ati ọla Ọlọhun maa ba a, o sọ pe: “Bí ọkùnrin kan bá nífẹ̀ẹ́ arákùnrin rẹ̀, kí ó sọ fún un pé òun nífẹ̀ẹ́ rẹ̀”.</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Anabi, ki ikẹ ati ọla Ọlọhun maa ba a, n ṣe alaye ọkan lara awọn okunfa ti o lè fun ajọṣepọ ati ifẹ lagbara laarin awọn onigbagbọ ododo, òun naa ni pe ti ẹnikẹni ba nífẹ̀ẹ́ arakunrin rẹ̀, ki o sọ fun un pe oun nífẹ̀ẹ́ rẹ̀.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Ọla ti n bẹ fún ifẹ tó mọ́ kangá fun Ọlọhun Ọba Aleke ọla, tí kìí ṣe ifẹ nitori anfaani aye.
 A fẹ ki a maa sọ fún ẹniti a nifẹẹ nitori Ọlọhun pé a nifẹẹ rẹ̀, kí ifẹ ati irẹpọ le maa lekun si.
 Ìtànkálẹ̀ ifẹ laarin awọn onigbagbọ ododo maa n fún ìjẹ́ ọmọ iya ninu ẹsin lagbara ni, ó sì maa n dáàbò bo awujọ kuro nibi tútúká ati pinpin yẹlẹyẹlẹ.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-[...2 lines deleted...]
-    <t>[Abu Daud ati Tirmiziy ati Nasaa'iy gba a wa ninu As-Sunanul Kubrọ, ati Ahmad]</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[Abu Daud ati Tirmiziy ati Nasaa'iy ni wọn gba a wa nínú al-Kubrọ, ati Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/3017</t>
   </si>
   <si>
     <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>dajudaju ẹjẹ iṣan niyẹn, ṣugbọn maa fi irun silẹ ni odiwọn awọn ọjọ ti o fi maa n ri ẹjẹ nkan oṣu, lẹyin naa ki o wa wẹ ki o si kirun</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>Lati ọdọ Aaisha iya àwọn Mumuni - ki Ọlọhun yọnu si i - dajudaju Faatimah ọmọ Abu Hubaysh bi Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - leere o wa sọ pe: Dajudaju mo jẹ ẹni ti maa n ri ẹjẹ awaada ti mii si ki n si ni imọra, njẹ mo le fi irun silẹ? Ni o wa sọ pe: «Rara, dajudaju ẹjẹ iṣan niyẹn, ṣugbọn maa fi irun silẹ ni odiwọn awọn ọjọ ti o fi maa n ri ẹjẹ nkan oṣu, lẹyin naa ki o wa wẹ ki o si kirun».</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>Faatimah ọmọ Hubaysh beere lọwọ Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - ni o wa sọ pe: Dajudaju ẹjẹ o ki n da lara mi ati pe o si maa n wa titi di igba ti kii ṣe igba ẹjẹ nkan oṣu, njẹ idajọ iyẹn le jẹ idajọ ẹjẹ nkan oṣu bii ti maa wa maa gbe irun ju silẹ? Ni Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - wa sọ fun un pe: Dajudaju ẹjẹ awaada ni, oun si ni ẹjẹ aisan kan ti o maa n ṣẹlẹ lati ipasẹ jija iṣan kan nibi apo ibimọ, ati pe kii ṣe ẹjẹ nkan oṣu, Ti asiko ẹjẹ nkan oṣu ba de, eyi ti o maa n ri ẹjẹ nkan oṣu níbẹ̀ lori ìṣesí oṣooṣu rẹ siwaju ki o to lugbadi aisan ẹjẹ awaada, ki o yaa fi irun ati aawẹ ati nkan ti o yatọ si mejeeji silẹ ni awọn nkan ti wọn kọ fun ẹni ti n ri ẹjẹ nkan oṣu kuro nibẹ ni asiko ẹjẹ nkan oṣu. Ti odiwọn igba yẹn ba ti wa tan, nigba naa wa jẹ ẹni ti o ti mọra kuro nibi ẹjẹ nkan oṣu, ki o yaa fọ aaye ẹjẹ yẹn, lẹyin naa ki o wẹ ara rẹ ni iwẹ ti o pe lati gbe ẹgbin kuro, lẹyin naa ki o wa ki irun.</t>
   </si>
@@ -2607,51 +2607,51 @@
     <t>Ini-ọla-ju-ara-wọn-lọ awọn iṣẹ laarin ara wọn wà nibamu si ifẹ Ọlọ́hun fun wọn.
 Ìṣe Musulumi lojukokoro lori iko akolekan lori awọn iṣẹ ti wọn dara julọ ati eyi ti o dara tẹle e.
 Iyatọ awọn ìdáhùn Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- nipa eyi ti o dara julọ ninu awọn iṣẹ wà ni ibamu si yiyatọ awọn eniyan ati awọn isẹsi wọn, ati eyi ti o pọ julọ ni anfaani fun gbogbo ẹni kọọkan ninu wọn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/3365</t>
   </si>
   <si>
     <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>Dajudaju irun ti o wuwo ju fun awọn munaafiki ni irun Ishai ati Asunbaa, ka ni wọn mọ nkan ti n bẹ ninu rẹ - ni ẹsan – ni, wọn o ba wa ki i koda ki o jẹ ni irakoro</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Lati ọdọ Abu Hurairah, ki Ọlọhun yọnu si i, o sọ pe: Ojiṣẹ Ọlọhun, ki ikẹ ati ọla Ọlọhun maa ba a, sọ pe: «Dajudaju irun ti o wuwo ju fun awọn munaafiki ni irun Ishai ati Asunbaa, ka ni wọn mọ nkan ti n bẹ ninu rẹ - ni ẹsan – ni, wọn o ba wa ki i koda ki o jẹ ni irakoro, ati pe mo ti wa gbero lati paṣẹ ki wọn o gbe irun duro, lẹyin naa ki n wa pa ẹnikan laṣẹ ki o ki i, lẹyin naa ki n wa gbera pẹlu awọn ọkunrin kan ti idi igi wa pẹlu wọn lọ si ọdọ awọn ijọ kan ti wọn o ki n wa ki irun ni masalaasi, ki n si sun ile wọn mọ wọn lori».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Anabi – ki ikẹ ati ọla Ọlọhun maa ba a – n sọ nipa awọn munaafiki ati kikọlẹ wọn nibi wiwa ki irun, agaga julọ irun Ishai ati Asunbaa, ati pe dajudaju ti wọn ba mọ odiwọn ẹsan ati laada ti o wa nibi wiwa ki mejeeji pẹlu janmọọn ni, wọn o ba wa ki i koda ki o jẹ rirakoro gẹgẹ bi ọmọde ṣe maa n rakoro pẹlu ọwọ ati orunkun.
-. Ati pe Anabi – ki ikẹ ati ọla Ọlọhun maa ba a – ti pinnu lati paṣẹ pe ki wọn o gbe irun duro, ki o wa fi ọkunrin kan si aaye rẹ lati ṣiwaju awọn eeyan, lẹyin naa ki o wa gbera ti awọn ti wọn gbe idi igi lọwọ si wa pẹlu rẹ, lati lọ ba awọn ọkunrin ti wọn o ki n ki irun janmọọn ninu masalaasi, lẹyin naa ki o wa da’na sun ile wọn; latari ini-agbara ẹṣẹ ti wọn ko si nibi iyẹn, - ṣugbọn ko ṣe e – latari awọn ti wọn wa ninu ile bii awọn obinrin ati awọn ọmọde ti wọn o mọ nkankan ati awọn to yatọ si wọn ninu awọn ti wọn ni idiwọ (ti wọn ni awijare), awọn ti ko si ẹṣẹ kankan fun wọn.</t>
+Ati pe Anabi – ki ikẹ ati ọla Ọlọhun maa ba a – ti pinnu lati paṣẹ pe ki wọn o gbe irun duro, ki o wa fi ọkunrin kan si aaye rẹ lati ṣiwaju awọn eeyan, lẹyin naa ki o wa gbera ti awọn ti wọn gbe idi igi lọwọ si wa pẹlu rẹ, lati lọ ba awọn ọkunrin ti wọn o ki n ki irun janmọọn ninu masalaasi, lẹyin naa ki o wa da’na sun ile wọn; latari ini-agbara ẹṣẹ ti wọn ko si nibi iyẹn, - ṣugbọn ko ṣe e – latari awọn ti wọn wa ninu ile bii awọn obinrin ati awọn ọmọde ti wọn o mọ nkankan ati awọn to yatọ si wọn ninu awọn ti wọn ni idiwọ (ti wọn ni awijare), awọn ti ko si ẹṣẹ kankan fun wọn.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Aburu imaa fa sẹyin nibi kiki irun janmọọn ninu masalaasi.
 Awọn munaafiki o gbero pẹlu irun wọn ayaafi ṣekarini ati ṣekagbọni, nitori naa wọn ko nii wa ki irun ayaafi ni igba ti awọn eeyan maa ri wọn.
 Titobi ẹsan ti n bẹ nibi kiki irun Ishai ati Asunbaa pẹlu janmọọn, ati  pe awọn mejeeji lẹtọọ si imaa wa ki wọn koda ko jẹ pẹlu rirakoro.
 Imaa ṣọ irun Ishai ati irun Asunbaa, lila lo jẹ kuro nibi jíjẹ́ munaafiki, ati pe imaa fa sẹyin nibi mejeeji ninu iroyin awọn munaafiki lo wa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/3366</t>
   </si>
   <si>
     <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
   </si>
   <si>
     <t>Dajudaju arakunrin kan jẹun lọdọ ojiṣẹ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- pẹlu ọwọ osi rẹ, o sọ pe: "Jẹun pẹlu ọwọ ọtun rẹ", o sọ pe: Mi ko ni ikapa, o sọ pe: "O ò sì nii ní ikapa</t>
   </si>
   <si>
     <t>عَنْ سَلَمَةَ بْنِ الْأَكْوَعِ رضي الله عنه: أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ»، مَا مَنَعَهُ إِلَّا الْكِبْرُ، قَالَ: فَمَا رَفَعَهَا إِلَى فِيهِ.</t>
   </si>
@@ -2729,83 +2729,83 @@
     <t>Lati ọdọ Abdullahi ọmọ Mas'ud- ki Ọlọhun yọnu si i- o sọ pe: Mo gbọ́ ti ojiṣẹ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n sọ pe: "Dajudaju ninu awọn eniyan ti o buru julọ ni ẹni ti ọjọ igbedide ba ba ti wọn si wa ni alààyè, ati ẹni ti o ba mu awọn saare ni mọsalasi".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n sọ nipa awọn ti wọn buru julọ ninu awọn eniyan, awọn ni ẹni ti ọjọ igbedide to le wọn lori ti wọn si wa ni alààyè, ati awọn ti wọn maa n mu awọn saare ni awọn mọsalasi, ti wọn maa n kirun nibẹ ati si wọn lara.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>Ṣíṣe mimọ awọn mọsalasi lori awọn saare leewọ; nitori pe oju ọna lọ sibi ẹbọ ni.
 Ṣíṣe kiki irun nibi saare leewọ, koda ki wọn ma mọ ọn; nitori pe mọsalasi jẹ orúkọ fun ibi ti wọn ba maa n forikanlẹ nibẹ, koda ki nǹkan ti wọn ba mọ ma wa lori rẹ.
 Eni ti o ba mu awọn saare awọn ẹni rere ni awọn mọsalasi fun irun kiki nibẹ, o wa ninu awọn ti wọn buru julọ ninu awọn eniyan, koda ki o ro pe erongba rẹ ni wiwa asunmọ Ọlọhun- ti ọla Rẹ ga-.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/3375</t>
   </si>
   <si>
     <t>ما من يوم يصبح العباد فيه إلا ملكان ينزلان، فيقول أحدهما: اللهم أعط منفقا خلفا، ويقول الآخر: اللهم أعط ممسكا تلفا</t>
   </si>
   <si>
-    <t>Kosi ọjọ kan ti awọn ẹrusin yóò jí ní àárọ̀ ayaafi kí ó jasipe awọn malaika (iranṣẹ Ọlọhun) meji yoo sọkalẹ sí ọdọ ẹnikọọkan, ọkan ninu awọn mejeeji yóò máa ṣọ pe: "Irẹ Ọlọhun dakun bá mi ṣe iropo owo fún ẹni tí n nawo rẹ, bẹẹ ni ikeji yóò máa ṣọ pe: "Bami fi iparun ati ibajẹ sinu owo ẹni tí ó kọ̀ lati ma na owo, tí ó wowọ́ mọ́n owo kankan</t>
+    <t>Kosi ọjọ kan ti awọn ẹrusin yóò jí ní àárọ̀ ayaafi kí ó jasipe awọn malaika (iranṣẹ Ọlọhun) meji yoo sọkalẹ sí ọdọ ẹnikọọkan, ọkan ninu awọn mejeeji yóò máa ṣọ pe: "Irẹ Ọlọhun dakun bá mi ṣe irọpo owo fún ẹni tí n nawo rẹ, bẹẹ ni ikeji yóò máa ṣọ pe: "Bami fi iparun ati ibajẹ sinu owo ẹni tí ó kọ̀ lati ma na owo, tí ó wowọ́ mọ́n owo kankan</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ يَوْمٍ يُصْبِحُ العِبَادُ فِيهِ إِلَّا مَلَكَانِ يَنْزِلاَنِ، فَيَقُولُ أَحَدُهُمَا: اللَّهُمَّ أَعْطِ مُنْفِقًا خَلَفًا، وَيَقُولُ الآخَرُ: اللَّهُمَّ أَعْطِ مُمْسِكًا تَلَفًا».</t>
   </si>
   <si>
-    <t>Lati ọdọ Abu Hurayrah, kí Ọlọhun bá wa yọnu si, o sọ pe: dájúdájú Anọbi - ki ikẹ Ọlọhun ati ọla Rẹ máa ba - sọ bayi pe: Kosi ọjọ kan ti awọn ẹrusin yóò jí ní àárọ̀ ayaafi kí ó jasipe awọn malaika (iranṣẹ Ọlọhun) meji yoo sọkalẹ sí ọdọ ẹnikọọkan, ọkan ninu awọn mejeeji yóò máa ṣọ pe: "Irẹ Ọlọhun dakun bá mi ṣe iropo owo fún ẹni tí n nawo rẹ, bẹẹ ni ikeji yóò máa ṣọ pe: "Bami fi iparun ati ibajẹ sinu owo ẹni tí ó kọ̀ lati ma na owo, tí ó wowọ́ mọ́n owo kankan.</t>
+    <t>Lati ọdọ Abu Hurayrah, kí Ọlọhun bá wa yọnu si, o sọ pe: dájúdájú Anọbi - ki ikẹ Ọlọhun ati ọla Rẹ máa ba - sọ bayi pe: Kosi ọjọ kan ti awọn ẹrusin yóò jí ní àárọ̀ ayaafi kí ó jasipe awọn malaika (iranṣẹ Ọlọhun) meji yoo sọkalẹ sí ọdọ ẹnikọọkan, ọkan ninu awọn mejeeji yóò máa ṣọ pe: "Irẹ Ọlọhun dakun bá mi ṣe irọpo owo fún ẹni tí n nawo rẹ, bẹẹ ni ikeji yóò máa ṣọ pe: "Bami fi iparun ati ibajẹ sinu owo ẹni tí ó kọ̀ lati ma na owo, tí ó wowọ́ mọ́n owo kankan.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه في كلِّ يوم تَطلُع الشمسُ فيه إلّا ومَلَكَان يَنزلان يُناديان، يقول أحدهما: 
 اللهم أعط منفقًا في الطاعات وعلى العيال والضِّيْفان والتطوُّعات خَلَفًا وعَوِّضْهُ خيرًا فيما أَنفق، وبارك له. 
 ويقول الآخر: اللهم أعط ممسكًا عنها تَلفًا وأَهْلِكْ مالَه الذي مَنعه عن مُسْتَحِقِّيْه.</t>
   </si>
   <si>
-    <t>Anọbi (ki ikẹ Olohun ati ola Re máa bá) ti fún wa ni iro pe kosi ojo kan ti oorun yo tabi ayaafi ki awon malaika meji sokale ti won yóò sì máa pe Olohun, okan ninu won yóò sọ pé:
-[...1 lines deleted...]
-Ekeji awon malaika náà yóò máa ṣọ pe: "Olohun bá mi ṣe ipare ati ibaje sí owo ẹni tí o ko lati ma na owo re, bá mi ko iparun ba owo tabi dukia ti o ko lati na fún awon ti o lẹ to sí"</t>
+    <t>Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) ti fún wa ni iro pe kosi ọjọ kan ti oorun yọ ayaafi ki awọn malaika meji sọkale ti wọn yóò sì máa pe Ọlọhun, ọkan ninu wọn yóò sọ pé:
+"Ọlọhun bami fi ọpọ rọpo fún ẹni tí n nawo rẹ ni itẹle aṣẹ Ọlọhun, ati fún awọn ẹbi (ọmọ, iyawo, baba, ati iya....) ati igbalejo, ati sí bi awọn iṣẹ àṣegbọrẹ, bami fi èyí to lóore pupọ ju èyí to na lọ rọpo fun un, ki o si ṣe ibukún Rẹ fun".
+Ẹnikeji awọn malaika náà yóò máa sọ pe: "Ọlọhun bá mi ṣe iparẹ ati ibajẹ sí owo ẹni tí ó kọ̀ lati maa na owo rẹ, bá mi ko iparun ba owo tabi dukia tí ó kọ̀ lati na fún awọn ti o lẹtọọ sí i".</t>
   </si>
   <si>
     <t>جواز الدعاء للكريم بمزيد من العِوَض، وأن يَخلِف عليه خيرًا مما أَنفق، وجواز الدعاء على البخيل بتَلَف ماله الذي بَخِلَ به ومَنَعَ إنفاقَه فيما أوجب الله عليه.
 دعاء الملائكة للمؤمنين الصالحين المنفقين بالخير والبركة، وأنّ دعاءهم مستجاب.
 الحضُّ على الإنفاق في الواجبات والتطوعات؛ كالنفقة على الأهل، وصلة الرحم، وأبواب الخير.
 بيان فضل المُنفِق في وجوه الخير، وأنّ عاقبته أنّ الله يُخْلِفُ عليه، قال الله تعالى: ﴿وَمَا أَنفَقْتُم مِّن شَيْءٍ فَهُوَ يُخْلِفُهُ وَهُوَ خَيْرُ الرَّازِقِينَ﴾ [سبأ: 39].
 هذا الدعاء على المُمسك عن النفقات الواجبة، وأما النفقات المستحبة فلا تدخل؛ لأن صاحبها لا يستحق هذا الدعاء.
 تحريم البخل والشُّحّ.</t>
   </si>
   <si>
-    <t>Lileto sise adua fún ọlọre fún alekun idapada, ati pe ki won fi eyi tó lòóre ju èyí tí o na  parọ fun, bẹẹni lileto si sepe le ahun fún ipare dukiya rẹ ti o fí nṣe ahun, ti o siko lati na sí bi nkan ti Ọlọhun (Allah) se ni oranyan.
-[...4 lines deleted...]
-Ṣíṣe ahun ati k'okogun (ahun dé orí emi araa ẹni) ni èèwò.</t>
+    <t>Lilẹtọọ ṣiṣe adua fún ọlọrẹ fún alekun idapada, ati pe ki wọn fi eyi tó lòóre ju èyí tí o na parọ fun, bẹẹni lilẹtọọ ṣiṣepe le ahun fún iparẹ dukiya rẹ ti o fí nṣe ahun, ti o si kọ̀ lati na a síbi nkan ti Ọlọhun (Allah) ṣe ni ọranyan.
+Adua awọn malaika fún àwọn olugbagbọ ododo ti wọn jẹ ẹniire ti wọn na owo pẹlu daada ati ibukun, ati pe adua wọn koni sa láì gba.
+Siseni lojuloyin nipa ninawo sibi nkan ti o jẹ dandan ati awọn àṣegbọrẹ; gẹgẹbi ninawo fun awọn araale, ati dida ẹbipo, ati awọn ojupọna daada.
+Alaye ọlá ti nbẹ fún ẹni tí n nawo rẹ sí awọn ojupọna oloore, ati pe igbẹyin rẹ nipe Ọlọhun yóò fi imi rọpo fun un, Allah (Ọlọhun) ti ọla Rẹ ga jùlọ sọ pe: (ohunkohun ti ẹ bá ná Ọlọhun ni yóò fi imi rọpo, Oun naa ni O lóore jùlọ ní Olupese fún ni) [sabai: 39].
+Eleyi ni iṣẹ epe fún ẹni tí kò ṣe inawo ti o pan dandan fún un, sugbọn awọn inawo ti kii se dandan (eyi ti a fe), ohun kò sí ni bẹ; nitoripe ẹni tí kò ṣe inawo ti kii se dandan kò lẹ tọọ sí epe yii.
+Ṣíṣe ahun ati k'okogun (ahun dé orí emi araa ẹni) ni èèwọ̀.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/3379</t>
   </si>
   <si>
     <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
     <t>Dajudaju nnkan ti mo n bẹru julọ nipa yin ni ẹbọ kekere" wọn sọ pe: Ki ni ẹbọ kekere irẹ ojiṣẹ Ọlọhun? O sọ pe: "Ṣekarimi ni</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
     <t>Lati ọdọ Mahmud ọmọ Labiid- ki Ọlọhun yọnu si i- dajudaju ojiṣẹ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pé: "Dajudaju nnkan ti mo n bẹru julọ nipa yin ni ẹbọ kekere" wọn sọ pe: Ki ni ẹbọ kekere irẹ ojiṣẹ Ọlọhun? O sọ pe: "Ṣekarimi ni, Ọlọhun- Alagbara ti O gbọnngbọn- maa sọ fun wọn ni ọjọ igbedide ti wọn ba ti san awọn eniyan lẹsan pẹlu awọn iṣẹ wọn pé: Ẹ lọ ba awọn ti ẹ maa n ṣe karimi fun ni aye, ki ẹ si wo boya ẹ maa ri ẹsan kankan lọdọ wọn?"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
     <t>Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n sọ pe dajudaju nnkan ti o pọ julọ ti oun n bẹru rẹ lori awọn ijọ rẹ ni: Ẹbọ kékeré, oun ni: Ṣekarimi; ki o maa ṣiṣẹ nitori awọn eniyan. Lẹyin naa o sọ nipa iya awọn oniṣekarimi ni ọjọ igbedide, pe wọn maa sọ fun wọn pé: Ẹ lọ ba awọn ẹni ti ẹ n ṣiṣẹ nitori wọn, ki ẹ si wo boya wọn kapa sisan yin lẹ́san ati fifun yin ni ẹsan lori iṣẹ yẹn?!</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
@@ -3460,50 +3460,108 @@
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - ran Ammār ọmọ Yāsir - ki Ọlọhun yọnu si i - lọ si irin-ajo kan fun awọn bukaata rẹ kan, ni janaba ba ṣẹlẹ si i latara ibalopọ tabi dida atọ pẹlu adun, ti ko si ri omi ti yíò fi wẹ, O jẹ ẹni ti ko mọ idajọ tayammam (Aluwala eleepẹ) fun janaba, amọ o mọ idajọ rẹ fun ẹgbin kekere, Ni o ba gbiyanju ti o si lero pe gẹgẹ bi o ṣe maa fi iyẹpẹ ti o wa ni ori ilẹ pa awọn orike aluwala kan nibi ẹgbin kekere, nitori naa tayammam fun janaba naa gbọdọ ṣẹlẹ pẹlu fifi iyẹpẹ kari gbogbo ara; lati fi ṣe deede omi, ni o ba yi ara mọ iyẹpẹ titi ti o fi kari ara ti o si lọ kirun, Nigba ti o wa ba Anabi - ki ikẹ ati ọla Ọlọhun maa ba a -, o sọ iyẹn fun un; ki o le mọ boya o wa loju ọna abi bẹẹkọ? Ni Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - wa ṣe alaye fun un bi a ṣe n ṣe imọran kuro nibi ẹgbin mejeeji kekere gẹgẹ bii itọ, ati ńlá gẹgẹ bii janaba: Oun naa ni ki o fi ọwọ rẹ mejeeji lu ilẹ ni ẹẹkan, lẹyin naa ki o pa osi lori ọtun, ki o fi pa ẹyin ọwọ rẹ mejeeji ati oju rẹ.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Jijẹ dandan wiwa omi siwaju tayammam (Aluwala eleepẹ).
 Ṣiṣe tayammam (Aluwala eleepẹ) lofin fun ẹni ti o ni janaba ti ko si ri omi.
 Tayammam (Aluwala eleepẹ) fun ẹgbin nla da gẹgẹ bii tayammam fun ẹgbin kekere.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/3461</t>
   </si>
   <si>
+    <t>قاربوا وسددوا، واعلموا أنه لن ينجو أحد منكم بعمله قالوا: يا رسول الله ولا أنت؟ قال: ولا أنا، إلا أن يتغمدني الله برحمة منه وفضل</t>
+  </si>
+  <si>
+    <t>È sun mọnra, ẹ se daada, ki ẹ lọ mọ pe kò sí ẹnikan ninu yin ti yoo la pọlu iṣẹ ọwọ rẹ" awọn ọmọlẹyìn rẹ sọ bayii pe: Se ati iwọ naa irẹ ojisẹ Ọlọhun? Anọbi daun oni: ati emi naa, ayaafi ki Ọlọhun da gaga ikẹ Rẹ ati aanu Rẹ lemi lori (ki Ọlọhun siji àánu Rẹ bò mi)</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَارِبُوا وَسَدِّدُوا، وَاعْلَمُوا أَنَّهُ لَنْ يَنْجُوَ أَحَدٌ مِنْكُمْ بِعَمَلِهِ» قَالُوا: يَا رَسُولَ اللهِ وَلَا أَنْتَ؟ قَالَ: «وَلَا أَنَا، إِلَّا أَنْ يَتَغَمَّدَنِيَ اللهُ بِرَحْمَةٍ مِنْهُ وَفَضْلٍ».</t>
+  </si>
+  <si>
+    <t>Lati ọdọ Abu Hurayrah - kí Ọlọhun bá wa yọnu si i, o sọ bayi pe: Òjíṣẹ Ọlọhun - Ki ikẹ Ọlọhun ati ọla Rẹ maa ba a - sọ bayi pe: "È sun mọnra, ẹ se daada, ki ẹ lọ mọ pe kò sí ẹnikan ninu yin ti yoo la pọlu iṣẹ ọwọ rẹ" awọn ọmọlẹyìn rẹ sọ bayii pe: Se ati iwọ naa irẹ ojisẹ Ọlọhun? Anọbi daun oni: ati emi naa, ayaafi ki Ọlọhun da gaga ikẹ Rẹ ati aanu Rẹ lemi lori (ki Ọlọhun siji àánu Rẹ bò mi) .</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم الصحابة على أنْ يعملوا، وأنْ يتقوا الله ما استطاعوا، دون غُلُوٍّ ولا تَقصير، وأن يقصِدوا بعملهم الصواب بالإخلاص لله واتّباع السنة لِيُقبَل عملُهم فتكون سببًا لنزول الرحمة عليهم.
+ثم أَخبرَهم بأنه لن يُنجيَ أحدًا منكم عملُه فقط؛ بل لا بد من رحمة الله.
+قالوا: حتى أنت يا رسول الله لا ينجيك عملُك مع عِظَمِ قدره؟ 
+فقال: حتى أنا، إلّا أن يَستُرَني اللهُ بفضل رحمته.</t>
+  </si>
+  <si>
+    <t>Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) ṣe awọn ọmọlẹyìn loju kòkòrò (o fa ifẹ wọn) síbi imaa sisẹ, ati ki wọn si bẹrù Ọlọhun bi wọn ba se ni agbara mọ, láì ṣe àṣe kọja ààlà, ati láì ṣe asee to, ki wọn ni eero iṣẹ àṣe dara pẹlu imáa ṣe iṣẹ wọn nítorí ti Ọlọhun (aniyan tori Ọlọhun) ati imáa tẹlé ilana ati alaalẹ anọbi, ki iṣẹ wọn le jẹ àtéwọgbà, atipe ki o jẹ okunfa isọkalẹ àánu Ọlọhun fún wọn.
+O si tun fún wọn niro pe isẹ enikọọkan yin nikan ko lee gbayinla, sugbọn afi ki ẹ rí ikẹ gba lọdọ Ọlọhun.
+Wọn sọ pe: titi o fi de orí rẹ, irẹ ojisẹ Ọlọhun, iṣẹ rẹ ko lee gbaọla toun ti bi o se tobi to?
+Anọbi sọ pe: titi ofi dé orí mi, ayaafi ki Ọlọhun bomi lasiri pẹlu aanu Rẹ.</t>
+  </si>
+  <si>
+    <t>قال النووي: (سدِّدوا وقاربوا): اطلبوا السدادَ، واعملوا به، وإن عَجَزْتُم عنه، فقارِبُوه؛ أي: اقربوا منه، والسداد: الصوابُ، وهو بين الإفراط والتفريط، فلا تَغْلُوا ولا تُقصِّروا.
+قال ابن باز: الأعمال الصالحة هي أسباب دخول الجنة، كما أنّ الأعمال الخبيثة هي أسباب دخول النار، والحديث يُبيِّنُ أنّ دخولَهم الجنة ليس بمجرَّد العمل، بل لا بد من عفو الله ورحمته سبحانه وتعالى، فهم دخلوها بأسباب أعمالهم، ولكن الذي أوجب ذلك رحمته سبحانه، وعفوه ومغفرته.
+العبد لا يَغتر ويُعجَب بعمله مهما بلغ؛ لأنّ حقَّ الله أعظم من عمله، فلا بد للعبد من الخوف والرجاء جميعًا.
+فضل الله ورحمته على عباده أوسع من أعمالهم.
+الأعمال الصالحة سبب لدخول الجنة، والفوز بها إنما هو بفضلِ الله ورحمة منه.
+قال الكرماني: "إذا كان كلُّ الناس لا يدخلون الجنة إلا برحمة الله، فوجْه تخصيص رسول الله صلى الله عليه وسلم بالذِّكْر هو أنه إذا كان مقطوعًا له بأنه يدخل الجنة، ولا يدخلها إلا برحمة الله؛ فغيرُه يكون في ذلك بطريق الأَولى.
+ قال النووي: في معنى قوله تعالى: ﴿ادْخُلُوا الْجَنَّةَ بِمَا كُنْتُمْ تَعْمَلُونَ﴾ [النحل: 32]، ﴿وَتِلْكَ الْجَنَّةُ الَّتِي أُورِثْتُمُوهَا بِمَا كُنْتُمْ تَعْمَلُونَ﴾ [الزخرف: 72]، ونحوهما من الآيات الدالة على أن الأعمال يُدخَل بها الجنة، فلا يُعارِض هذه الأحاديثَ، بل معنى الآيات أن دخول الجنة بسبب الأعمال، ثم التوفيق للأعمال، والهداية للإخلاص فيها، وقَبُولها برحمة الله تعالى وفضله، فيصح أنه لم يدخل بمجرَّد العمل، وهو مراد الأحاديث، ويصح أنه دخل بالأعمال؛ أي: بسببها، وهي من الرحمة.
+قال ابن الجوزي: يتحصل عن ذلك أربعة أجوبة؛ الأول: أنَّ التوفيق للعمل من رحمة الله، ولولا رحمة الله السابقة ما حصل الإيمان ولا الطاعة التي يحصل بها النجاة، الثاني: أنّ منافع العبد لسيده فعمله مُستَحَقٌّ لمولاه، فمهما أنعم عليه من الجزاء فهو من فضله، الثالث: جاء في بعض الأحاديث أنّ نفس دخول الجنة برحمة الله، واقتسام الدرجات بالأعمال، الرابع: أنّ أعمال الطاعات كانت في زمن يسير، والثواب لا ينفد فالإنعام الذي لا ينفد في جزاء ما ينفد بالفضل لا بمقابلة الأعمال.
+قال الرافعي: أنّ العامل لا ينبغي أنْ يَتَّكِلَ على عَمَلِهِ في طلب النجاة ونيل الدرجات؛ لأنه إنما عَمل بتوفيق الله وإنما ترك المعصية بعصمة الله فكل ذلك بفضله ورحمته.</t>
+  </si>
+  <si>
+    <t>An-nawawi sọ bayi pe: (Ẹ  se deede, ẹ jẹ kí isunmọ wa): ẹ wa ọna iṣe dọgba, ki ẹ si ṣe àmúlò rẹ, ti ẹ bá wa kagara lati se e, ẹ yáa sun mọn ọn iṣe dọgba dọgba, eyi túmò sí pé: ẹ sun mọn iṣẹ, 
+itumo iṣe deede ni pe ki a ṣe ohun ti o lẹtọ, ohun náà ni o wa laarin aseeto ati àṣe kọja ààlà, nitori naa ẹ ma se aseeto bẹẹ ni ki ẹ ma se asekọja ààlà.
+Ibn Baz sọ pe: awọn iṣẹẹre ohun ni awọn okunfa wiwọ ọgbà idẹra, bo se jasipe isẹẹbi (iṣẹ aburu ti ko da) ohun ni òkùnfà wíwọ ina, Hadith náà nsalaye pe dájúdájú wíwọ ọgbà idẹra kii se pẹlu isẹ lasan (kikida isẹ lasan)  sugbọn aní lati ri amojukuro ati ikẹ Ọlọhun mimọ ati gíga ni Fún Un, wọn wọ ọgba Idẹra pẹlu okunfa isẹ wọn, sugbọn eyiti o jẹki o ribẹ ni ikẹ Rẹ - mimọ ni Fún Un - ati amojukuro ati aforinjin Rẹ.
+Ẹrusin (ọmọniyan) ko gbọdọ gba itanjẹ pẹlu isẹ rẹ, tabi jọra rẹ loju botiwu ki iṣẹ náà pọ to; nitoripe ẹtọ (iwọ) Ọlọhun tobi ju iṣẹ rẹ lọ, ẹrusin (ọmọniyan) ni lati ni ifoya ati inireti papọ.
+Aanu Ọlọhun ati ikẹ rẹ fún àwọn ẹrùsin (ọmọniyan) Rẹ gbaa ye (o sI fẹ) ju iṣẹ wọn lọ.
+Awọn iṣẹẹre ni okunfa wíwọ alujanna, bẹẹni jijere rẹ a máà waye pẹlu àánu ati ikẹ lati ọdọ Ọlọhun.
+Al-kirmaani sọ pe: "ti o ba se pe gbogbo eniyan ko le wọ ọgba-idẹra (alujanna) ayaafi pẹlu ikẹ Ọlọhun ati aanu Rẹ, ona ti Òjíṣẹ Ọlọhun - ki ikẹ Ọlọhun ati ọla Rẹ máa ba a - gba se adayanri rẹ fún idarukọ ara rẹ ni pe ti o ba ti daju fun-un pe yóò wọ ọgba-idẹra, ti o si jẹ pe ko nii wọ ọ ayaafi pẹlu aanu Ọlọhun, nitori naa ẹni ti o ba yatọ si Anọbi nibi eleyun ni o lẹtọ si aanu Ọlọhun julọ.
+An-nawawi so bayi pe: nipa itumo ọrọ Ọlọhun ti o ga julo: (Éwo inu ile-idera latara okunfa nkan ti e nse nise).
+(An-Nahl: 32), 
+(Eleyun ni ọgbà idera eyi ti a jogun rẹ fún yín láti ara okunfa nkan ti e nṣe nise). (Zuhkruf: 72), ati awon aayah miran ti ntọka sí pe ise daada aama ṣe okunfa wíwọ ọgbà idera, awọn itumo ọrọ yi ko ni àtakò sí awon Hadith wonyi, sugbon itumo awon aayah yi ni pe awon iṣẹ daada aama ṣe okunfa wíwọ ilè ìdèra, leyinna ni ifini se konge ṣiṣe iṣẹ náà, ati ifinimona sí bí sisé iṣẹ náà nítorí èrò tí Olohun, ati itewogba níwájú Olohun pẹlu aanu ati ike Rẹ, Oba ti o ga jù lọ, ni gbogbo re fi waye, yóò wá jasipe kii se iṣẹ nikan ni o fi wo ile-idera, eleyi ni nkan ti awon Hadith náà tumon sí. O leto ki a sope o wọ  ile-idera pelu ise, eyi nipe pẹlu okunfa, ti o se pe ninu aanu ni.
+Ibnul-Jaoziy so pe: idahun ( ifesi fin ni) merin otooto ni o je yọ latara ọrọ naa;
+Alakoko: Dajudaju ifinise konge iṣẹ ninu ikẹ Olohun ni, ti kii baa se ikẹ Olohun ti o ti gbawaju, ini igbagbo ati itẹle aṣẹ Olohun eyi  ti   akoyo fi lè wáyé. 
+Elekeji: Ohun ni pe iwulo eru ti olowoori rẹ nise,  iṣẹ rẹ eto ni o je fún oga re, botiwu ki o se idẹra esan fún to, ara àánu oga re ni o jẹ. 
+Eketa: Oti wa ninu awon Hadith kan pe wíwọ ọgbà idẹra  pẹlu ike Olohun ni, sugbon pinpin  awon ipo inu re ni yóò máa waye pelu ise oni kaluku.
+Ekerin: dajudaju awon iṣẹ itẹle aṣẹ Olohun a máà waye larin asiko diẹ (niwanba), bẹẹni esan re kii tan, iṣẹ idẹra tabi igbadun ti kii tan  lati se esan fún iṣẹ ti o ti pari aanu ni o je kii se esan ti o se deede awon ise ti wan se.
+Ar-Rafih so pe: dajudaju ko ye ki osise gbára lé iṣẹ rẹ tí o fí nwa akoyo ati ipo, nitoripe iṣẹ pelu konge 
+(deede) Olohun ni, nitoripe o pa ese ti pẹlu isọ 
+(ààbò) Olohun ni, gbogbo nkan wonyi waye pẹlu aanu Olohun ati ike Rẹ ni.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/3469</t>
+  </si>
+  <si>
     <t>إن الناس إذا رأوا الظالم فلم يأخذوا على يديه أوشك أن يعمهم الله بعقاب منه</t>
   </si>
   <si>
     <t>Dajudaju awọn eniyan ti wọn ba ti ri alabosi, ti wọn ko si gba a mu ni ọwọ rẹ mejeeji, o sunmọ ki Ọlọhun fi iya kan lati ọdọ Rẹ kari wọn</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَكْرٍ الصِّدِّيقِ رضي الله عنه أَنَّهُ قَالَ: أَيُّهَا النَّاسُ، إِنَّكُمْ تَقْرَؤُونَ هَذِهِ الآيَةَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ}، وَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ».</t>
   </si>
   <si>
     <t>Lati ọdọ Abu Bakr- ki Ọlọhun yọnu si i- o sọ pe: Mo pe ẹyin eniyan, ẹ maa n ka aayah yìí: (Ẹ̀yin tí ẹ gbàgbọ́ ní òdodo, ẹ̀mí ara yín dọwọ́ yín. Ẹni tí ó ti ṣìnà kò lè kó ìnira ba yín nígbà tí ẹ bá ti mọ̀na), mo si gbọ́ ti ojiṣẹ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n sọ pe: "Dajudaju awọn eniyan ti wọn ba ti ri alabosi, ti wọn ko si gba a mu ni ọwọ rẹ mejeeji, o sunmọ ki Ọlọhun fi iya kan lati ọdọ Rẹ kari wọn".</t>
   </si>
   <si>
     <t>يُخبِرُ أبو بكر الصديق رضي الله عنه: أن الناس يقرؤون هذه الآية: 
 {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ} [المائدة: 105].
 ويفهمون منها أنّ على الإنسان السعي في إصلاح نفسه فقط، وأنه لا يضره بعد ذلك ضلال من ضل، وأنهم غير مطالَبين بالأمر بالمعروف والنهي عن المنكر! 
 فأعلمهم أنها ليست كذلك، وأنه سمع النبي صلى الله عليه وسلم يقول: 
 إن الناس إذا رأوا الظالم فلم يمنعوه من ظلمه، وعندهم القدرة على منعه، يوشك أن يعمَّ الله الجميعَ بعقاب من عنده، الفاعل للمنكر، والساكت عنه.</t>
   </si>
   <si>
     <t>Abu Bakr As-Sideeq- ki Ọlọhun yọnu si i- n sọ pe: Dajudaju awọn eniyan a maa ka aayah yìí:
 (Ẹ̀yin tí ẹ gbàgbọ́ ní òdodo, ẹ̀mí ara yín dọwọ́ yín. Ẹni tí ó ti ṣìnà kò lè kó ìnira ba yín nígbà tí ẹ bá ti mọ̀na)(Al-Maa'ida: 105).
 Ti wọn maa wa gbọye ninu rẹ pe dajudaju igbiyanju jẹ dandan lori ọmọniyan lori titun ara rẹ ṣe nikan, ati pe ìṣìnà ẹni ti o ṣina ko nii ko inira ba a lẹyin ìyẹn, ati pe wọn ko wa lati ọdọ wọn pipáṣẹ daadaa ati kikọ iwa ibajẹ!
 ni o wa fi mọ wọn pe ko ri bayẹn, pe oun gbọ́ ti Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa a- n sọ pe: Dajudaju awọn eniyan ti wọn ba ti ri alabosi ti wọn ko si kọ fun un kuro nibi abosi ṣíṣe rẹ, ti agbara lori kikọ fun un si n bẹ lọdọ wọn, ó maa ku díẹ̀ ki Ọlọhun fi iya kan lati ọdọ Rẹ kari gbogbo wọn, ẹni ti o n ṣe ibajẹ ati ẹni ti o n dakẹ nipa rẹ.</t>
   </si>
   <si>
@@ -3752,81 +3810,189 @@
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Lati ọdọ Abu Musa Al-ash’ari - ki Ọlọhun yọnu si i - ó sọ pé: Ojiṣẹ Ọlọhun - ki ikẹ ati ọla Ọlọhun maa ba a - sọ pé: "Tí ẹrú Ọlọhun kan bá ṣàìsàn tabi ó rin irin-ajo, wọn yoo kọ laada silẹ fun un fún iṣẹ tí n ṣe nigba tí ó wà nílé tó sì lalaafia".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - n sọrọ nipa oore-ọfẹ Ọlọhun ati ikẹ Rẹ̀ lori musulumi, tí ó fi jẹ́ pé tí ó bá wà ninu àṣà musulumi pé ó máa ń ṣiṣẹ́ rere kan ní ẹni tó ní alaafia, tí kò sì rinrin ajo, musulumi naa wáá ní awawi kan latara pé ó ṣaisan, kò wá lè ṣe iṣẹ rere naa, tabi pé ó ṣairoju pẹlu irin-ajo, tabi èyíkéyìí ninu awọn awawi; dajudaju wọn maa kọ laada iṣẹ rere naa silẹ fun un ní pípé, bí ẹni pé ó ṣiṣẹ naa ni awọn asiko tó ni alaafia, tí kò sì wà ní irin-ajo.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Gbígbòòrò oore-ọfẹ Ọlọhun lori awọn ẹru Rẹ̀.
 Rírọni lati maa gbiyanju ṣe awọn ijọsin fun Ọlọhun, kí a sì maa lo awọn asiko wa dáadáa nigba tí a bá wà ní alaafia, tí a sì ráyè.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/3553</t>
   </si>
   <si>
+    <t>إذا وضعت الجنازة واحتملها الرجال على أعناقهم فإن كانت صالحة قالت: قدموني،</t>
+  </si>
+  <si>
+    <t>Tí wan ba gbé òkú kalẹ tí awàn ènìyàn (Ọkunrín ) gbé si gbee sí ọrùn wan , tí o ba se pé ẹniire ni yóò sọpe : ẹtete tí mí síwájú,</t>
+  </si>
+  <si>
+    <t>عَن أَبِي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا وُضِعَتِ الجِنَازَةُ وَاحْتَمَلَهَا الرِّجَالُ عَلَى أَعْنَاقِهِمْ فَإِنْ كَانَتْ صَالِحَةً قَالَتْ: قَدِّمُونِي، وَإِنْ كَانَتْ غَيْرَ صَالِحَةٍ قَالَتْ: يَا وَيْلَهَا أَيْنَ يَذْهَبُونَ بِهَا؟ يَسْمَعُ صَوْتَهَا كُلُّ شَيْءٍ إِلَّا الإِنْسَانَ، وَلَوْ سَمِعَهُ صَعِقَ».</t>
+  </si>
+  <si>
+    <t>Láti ọdọ bàbá Sa'eed Al-kuhdiry kí Ọlọhun yọnu sí dájú dájú òjíṣẹ Ọlọhun kí ikẹ àti ọlá Rẹ má bà s'ọpe: « Tí wan ba gbé òkú kalẹ tí awàn ènìyàn (Ọkunrín ) gbé si gbee sí ọrùn wan , tí o ba se pé ẹniire ni yóò sọpe : ẹtete tí mí síwájú,  tí o ba se pé kìí se eniire yóò sọ pé :  ha o má se fún òunh nibo ni wan ngbé òunh lọ bayi?  Gbogbo nkán ni yóò má gbọ òunh rẹ ayaafi ènìyàn nìkan, tí ènìyàn a gbọ òunh rẹ ní wan ba daku  ni » .</t>
+  </si>
+  <si>
+    <t>أخبر النبيُّ صلى الله عليه وسلم أنه إذا وضعت الجنازة على السرير، واحتملها الرجال على أعناقهم، فإن كانت صالحة قالت: قدموني لما تراه أمامها من النعيم، وإن كانت غير صالحة صاحت بصوت منكر: يا هلاكها أين يذهبون بها؟! لما تراه أمامها من العذاب، يسمع صوتها كل شيء إلا الإنسان، ولو سمعه لغشي عليه من شدة ما يسمعه.</t>
+  </si>
+  <si>
+    <t>Anọbi kí ikẹ Ọlọhun àti Ọlá rẹ máa ba fún wa niro pé tí wan ba gbé òkú kalẹ lórí ibùsùn, tí awàn eniyan l'ọkunrin sí gbé sórí ọrùn wan , tí o ba ṣepe ẹniire ni yóò sọ pé:  etimi síwájú sí bí idẹra tí o wa níwájú rẹ, tí kí baa se eniire yóò parí wo pẹlu òunh tí arà kọ pé : ìparun tí dé ba òun nibo ni wan ngbé òunh lọ yì ?! Nitori ìyá tí o tiri ni iwájú rẹ, gbogbo nkán ni yóò gbọ òunh rẹ ayaafi ènìyàn, tí ènìyàn ba gbọ kò bà daku lẹkan náà latara  lilagbara nkán to fí etí ará rẹ gbọ.</t>
+  </si>
+  <si>
+    <t>الميت الصالح يرى المُبَشِّرات قبل دفنه، ويجزع الكافر، ويرى عكس ذلك.
+بعض الأصوات يسمعها غير الإنسان، ولا يستطيع الإنسان سماعها.
+السنة حمل الجنازة على أعناق الرجال دون النساء؛ لنهي النبي صلى الله عليه وسلم النساء عن اتباعها.</t>
+  </si>
+  <si>
+    <t>Okú tí o jẹ ẹniire yóò máa ri awan ìfun ni ní ìró ayọ síwájú kí wan to ṣin , bẹẹ ni alaigbagbọ yóò máa tara párá, yóò sí máa ri Idakeji òun tí ẹniire rí .
+Díẹ nínú awàn òunh ni awan ẹda tí o yatọ sí ènìyàn má ngbọ , bẹẹ sí ní awan ènìyàn kòní le gbọ
+Ìlànà anọbi ni kí a gbe òkú ṣì ọrùn awan ọkunrin lai kii se awan obìnrin, nítorípé anọbi kí ikẹ Ọlọhun àti ọlá rẹ máa ba tí kọ fún awan obìnrin láti má máa tẹlé òkú lọ itẹ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/3554</t>
+  </si>
+  <si>
+    <t>اللهم أعوذ برضاك من سخطك، وبمعافاتك من عقوبتك، وأعوذ بك منك لا أحصي ثناء عليك أنت كما أثنيت على نفسك</t>
+  </si>
+  <si>
+    <t>irẹ Ọlọhun mo sa di ìyọnu Rẹ kuro nibi  ibinu Rẹ, mo si sa di amojukuro Rẹ kuro ni bi ijẹ níyà Rẹ".  Mo tun sa di irẹ Ọlọhun pẹlu araarẹ, mi o le yin ọ tán gẹlẹ bi o ṣe yin ara Rẹ</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: فَقَدْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لَيْلَةً مِنَ الْفِرَاشِ فَالْتَمَسْتُهُ فَوَقَعَتْ يَدِي عَلَى بَطْنِ قَدَمَيْهِ وَهُوَ فِي الْمَسْجِدِ وَهُمَا مَنْصُوبَتَانِ، وَهُوَ يَقُولُ: «اللهُمَّ أَعُوذُ بِرِضَاكَ مِنْ سَخَطِكَ، وَبِمُعَافَاتِكَ مِنْ عُقُوبَتِكَ، وَأَعُوذُ بِكَ مِنْكَ لَا أُحْصِي ثَنَاءً عَلَيْكَ أَنْتَ كَمَا أَثْنَيْتَ عَلَى نَفْسِكَ».</t>
+  </si>
+  <si>
+    <t>Lati ọdọ Aishah - ki Ọlọhun bá wa yọnu si i - o sọ bayi pe: Mo ṣafẹku ojiṣẹ Ọlọhun (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) lori ibusun loru ọjọ kan, mo wa nfi ọwọ wa a kiri bẹẹni ọwọ mi kan inu atẹlẹsẹ rẹ nigbati o wa ni iforikanlẹ, ti o gbe gigisẹ rẹ mejeeji sí oke, ti nsọ bayi ninu adura rẹ pe:  "irẹ Ọlọhun mo sa di ìyọnu Rẹ kuro nibi  ibinu Rẹ, mo si sa di amojukuro Rẹ kuro ni bi ijẹ níyà Rẹ".  Mo tun sa di irẹ Ọlọhun pẹlu araarẹ, mi o le yin ọ tán gẹlẹ bi o ṣe yin ara Rẹ.</t>
+  </si>
+  <si>
+    <t>قالت عائشة رضي الله عنها: كنت نائمة إلى جنب النبي صلى الله عليه وسلم، ففقدته من الليل، فلمست بيدي الموضع الذي كان يصلي فيه في الحجرة؛ فإذا هو ساجد وقدماه قائمتان، وإذا هو يقول: 
+(أعوذ) وأتوسل (برضاك من سخطك) عليّ أو على أمتي، (و) أستعيذ (بمعافاتك) وعفوك الكثير (من عقوبتك)، 
+(وأعوذ بك منك) وبصفات جمالك من صفات جلالك، حيث لا يُعيذ منك إلا أنت، فلا مَنْجَى ولا مَلْجَأ من الله إلا إليه، 
+(لا أحصي ثناء عليك) لا أطيق ولا أبلغ حصرًا وعددًا لعجزي إحصاء نعمتك وإحسانك كما تستحقه وإن اجتهدت في ذلك، 
+(أنت كما أثنيت على نفسك) فأنت الذي أثنيت على ذاتك ثناء يليق بك، فمن يقدر على أداء حق ثنائك؟!</t>
+  </si>
+  <si>
+    <t>Aishah - ki Ọlọhun bá wa yọnu si i - o sọ bayi pe: mo sun lẹgbẹ Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a), mo ṣe afẹku rẹ ni oru (mi o ri), mo wa fi ọwọ mi woo ni ààyè ti o ma ti nkirun ninu yàrá, bayi ni mo kan lojiji pe o nkirun lọwọ ti gigisẹ rẹ mejeeji si wa ni iduro, bẹẹ sì ni o nsọ bayi pe:
+(mo nwa isọ) mo nṣe atẹgun sọdọ Rẹ (pẹlu ìyọnu Rẹ kuro nibi ibinu Rẹ) sí mi tabi sí awọn ijọ mi, (ati) pe mo nwa isọra (pẹlu amojukuro Rẹ) ati amojukuro re ti o pọ (kuro nibi ijẹniya Rẹ), (mo wa idaabobo lọdọ Rẹ pẹlu araarẹ) ati pẹlu awọn iroyin rirẹwa Rẹ lọdọ awọn iroyin titobi Rẹ, nigbati o jasipe ẹnikan ò lee ṣọ ni lọdọ Rẹ àyaàfi ìwọ fún rara Rẹ, kò sibi aa salọ fún akoyọ, bẹẹ sì ni kò sibi ti a le sadi lati sa fún Ọlọhun ayaafi ki a sadi Ọlọhun, (Mi o le ṣe onka ẹyin fún irẹ Ọlọhun), mi o nikapa, mi o sì lè dé òpin ati onka lati ka gbogbo idẹra Rẹ tan nitori ikagara mi, bẹẹ ni mi o le ka daada Rẹ tan gẹgẹbi O ṣe lẹtọ si i, koda bi mo ba ṣe igbiyanju ati akitiyan láti ṣe bẹẹ, (gẹgẹ bí Irẹ Ọlọhun ṣe ṣe ẹyìn fún ara Rẹ) Iwọ ni O ṣe ẹyìn fún Pàápàá ara Rẹ, ẹyin ti o ba ọ mu, taani ẹni náà tí o ni ikapa lati mu ẹyin Rẹ wá ní bo ṣe yẹ?!</t>
+  </si>
+  <si>
+    <t>استحباب هذه الأدعية في السجود.
+ قال ميرك: وفي إحدى روايات النسائي: كان يقول هذا الدعاء إذا فرغ من صلاته وتبوأ مضجعه.
+استحباب الثناء على الله بصفاته ودعائه بأسمائه الثابتة في الكتاب والسنة.
+فيه تعظيم الخالق في الركوع والسجود.
+جواز الاستعاذة بصفات الله، كما يجوز الاستعاذة بذاته -سبحانه وتعالى-.
+قال الخطابي: في هذا الكلام معنى لطيف، وهو: أنه قد استعاذ بالله أن يجيره برضاه من سخطه، وبمعافاته من عقوبته، والرضى والسخط ضدان متقابلان، وكذلك المعافاة والمؤاخذة بالعقوبة، فلما صار إلى ذكر ما لا ضد له وهو الله سبحانه وتعالى استعاذ به منه لا غير، ومعنى ذلك: الاستغفار من التقصير من بلوغ الواجب من حق عبادته، والثناء عليه. وقوله: لا أحصي ثناء عليك: أي لا أطيقه ولا أبلغه.</t>
+  </si>
+  <si>
+    <t>Fifẹ ki a se awọn adua yii nibi iforikanlẹ
+Meirak sọ bayi pe: ninu ọkan ninu awọn ẹgbawa An-Nasaaiy: Anọbi a maa ṣe adua yi ti o ba pari irun rẹ, ti o si fi ẹgbẹ le lẹ láti sun.
+Fifẹ ki a se ẹyìn fún Ọlọhun pẹlu awọn iroyin Rẹ ati imáa pe pẹlu awọn orukọ Rẹ ti o f'ẹsẹ rinlẹ nínú Al-kurani ati Sunnah Anọbi.
+Igbe Ọlọhun Adẹda ga wà nibẹ nibi itẹriba ati ni iforikanlẹ.
+O lẹtọ lati wá isọra (ìdáàbòbò) pẹlu awọn iroyin Ọlọhun, bẹẹ ni o lẹtọ lati wá isọra pẹlu pàápàá Rẹ, mimọ fún Ọlọhun ti O gaju lọ.
+Al-Khọtọọbi sọ bayi pe: itumọ ti o lẹ̀ wa ninu ọrọ yii, ohun náà ni pe dájúdájú o ti wá isọra lọdọ Ọlọhun pe ko ṣọ ohun pẹlu ìyọnu Rẹ nibi ibinu Rẹ ati pẹlu amojukuro Rẹ nibi ijẹni-niya Rẹ, ìyọnu ati ibinu ọrọ ati ida keji niwọn (orogun meji niwọn), bẹẹ náà ni amojukuro ati ifi ọwọ iya muni, nigbati o de ibi idarukọ nkan ti ko ni idakeji Oun náà ni Allah (Ọlọhun) mimọ ni fun Ọba ti O ga jù, O wa isọra pẹlu Rẹ lọdọ ara Rẹ, ti kii se ọdọ ẹlòmíràn, ìtumọ eléyun nipe: iwa aforijin nibi aseeto ojúṣe ọranyan o wa ninu ẹto ìjọsìn fun Un ati ifi ẹyìn fun Un. Gbólóhùn rẹ to sọ pe: "mi o lẹ se onka ẹyin fún Ẹ: ìtumọ rẹ ni pé: mi o ni ikapa lati mu dé ogongo ẹyin Rẹ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/3566</t>
+  </si>
+  <si>
     <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>Eyi tó lọ́lá jùlọ ninu awọn iranti Ọlọhun ni gbolohun: LAA ILAAHA ILLALLOOH, eyi tó sì lọ́lá jùlọ ninu awọn adura ni gbolohun: ALHAMDULILLAH</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Lati ọdọ Jabir - ki Ọlọhun yọnu si i - ó sọ pé: Mo gbọ Ojiṣẹ Ọlọhun - ki ikẹ ati ọla Ọlọhun maa ba a - tí n sọ pé: "Eyi tó lọ́lá jùlọ ninu awọn iranti Ọlọhun ni gbolohun: LAA ILAAHA ILLALLOOH, eyi tó sì lọ́lá jùlọ ninu awọn adura ni gbolohun: ALHAMDULILLAH".</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - n sọ fún wa pé iranti Ọlọhun tó lọ́lá jùlọ ni: "LAA ILAAHA ILLALLOOH" itumọ rẹ̀ ni pé kò sí nkankan tí a gbọdọ̀ jọsin fun pẹlu ododo ayafi Ọlọhun Allah, ati pé adura tó lọ́lá jùlọ ni ALHAMDULILLAH; iyẹn ni pé a n fi rinlẹ̀ pé dajudaju Allahu ni Oluṣedẹra fún wa, Oun ni O sì lẹtọọ si iroyin tó pé, tó sì dara julọ.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Ìgbani ní ìyànjú lati maa ṣe iranti Ọlọhun ni pupọ pẹlu gbolohun iṣe Ọlọhun lọ́kan, ati lati maa gbadura pẹlu gbolohun ọpẹ́.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[Tirmiziy ati Nasaa'iy ni wọn gba a wa ninu al-Kubrọ, ati Ibnu Maajah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/3567</t>
+  </si>
+  <si>
+    <t>ألا أخبركم بأهل الجنة؟ كل ضعيف متضعف، لو أقسم على الله لأبره، ألا أخبركم بأهل النار: كل عتل جواظ مستكبر</t>
+  </si>
+  <si>
+    <t>Ẹ jẹ kín fún yín ní ìró nipa awọn ẹni Alujanna? gbogbo ọlẹ ti ko lágbára rara, ti o ba búra iroro nkan síwaju Ọlọhun, Ọlọhun yóò sọ ọ di daada, ẹ jẹ kí nfun yin ni iro nipa awọn ẹni iná: gbogbo ẹni ti o le koko, ti nrin tanlu tanlu, oni moto moto</t>
+  </si>
+  <si>
+    <t>عَنْ حَارِثَةَ بْنِ وَهْبٍ الخُزَاعِيِّ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَلاَ أُخْبِرُكُمْ بِأَهْلِ الجَنَّةِ؟ كُلُّ ضَعِيفٍ مُتَضَعِّفٍ، لَوْ أَقْسَمَ عَلَى اللَّهِ لَأَبَرَّهُ، أَلاَ أُخْبِرُكُمْ بِأَهْلِ النَّارِ: كُلُّ عُتُلٍّ جَوَّاظٍ مُسْتَكْبِرٍ».</t>
+  </si>
+  <si>
+    <t>Lati ọdọ Haarithah ọmọ Wahbi Al-Khuzaa'iyy - ki Ọlọhun bá wa yọnu si i - o sọ pe: mo gbọ Anọbi - ki ikẹ Ọlọhun ati ọla Rẹ máa ba a - tí ń sọ bayi pe: "Ẹ jẹ kín fún yín ní ìró nipa awọn ẹni Alujanna? gbogbo ọlẹ ti ko lágbára rara, ti o ba búra iroro nkan síwaju Ọlọhun, Ọlọhun yóò sọ ọ di daada, ẹ jẹ kí nfun yin ni iro nipa awọn ẹni iná: gbogbo ẹni ti o le koko, ti nrin tanlu tanlu, oni moto moto".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم ببعض صفات أهل الجنة وأهل النار. 
+فأغلب أهل الجنة هم: "كل ضعيف متضعِّف"، أي: متواضع خاضع لله تعالى، مُذِلّ نفسه له، حتى إن بعض الناس يَستَضعفونه ويَحتَقِرونه، وهذا المُتذَلِّل لله تعالى لو أقسم بالله يَمينًا طَمَعًا في كَرَم الله تعالى، لَأَبَرَّه الله، وحَقَّقَ له ما أَقْسَمَ عليه وأجاب طلبَه ودعاءه. 
+وأغلب أهل النار هم: كل «عُتُل» وهو الفَظُّ الغَليظ شديد الخصومة، أو الفاحش الذي لا يَنْقَاد لخير، «جواظ» وهو المتكبر، الأَكُوْل، صاحب الجسد الضخم، المُختال في مِشيته، سيء الخلق، «مستكبر» برفضه للحق، وباحتقاره لغيره.</t>
+  </si>
+  <si>
+    <t>Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) fún wa niro apakan awọn iroyin awọn ẹni Alujanna (ọgbà idẹra) ati awọn ẹni ina.
+Awọn ti wọn pọ̀jù nínú ẹni Alujanna awọn ni: "gbogbo ọlẹ ti kò lágbára rara" itumọ rẹ nipe: ẹni tí o ntẹriba ti o si njirẹbẹ fún Ọlọhun ti o ga jùlọ, ti o rẹ raa rẹ fun Un, debiipe apakan awọn eniyan wọn npe e ni ọlẹ, wọn nyẹpẹrẹ rẹ̀, ẹni ti o yẹpẹrẹ araa rẹ̀ fun Ọlọhun yii, ti o ba fi Allah (Ọlọhun) bura ni enití n rokan si oore Ọlọhun ti ọla Rẹ ga, Allah yoo sọ di daada, yoo si sọ ohun ti o bura le lori di ootọ, yoo si da lohun ohun ti o beere ati adua rẹ.
+Awọn ti wọn pọju ninu awọn ẹni iná ni gbogbo "oni iwa to le koko" ohun ni onibinu, ọlọkan líle koko, alajangbila, tabi oni iwa ibajẹ (alaburu) ti kii tẹriba fún daada, "onigirimọkai" ohun ni oni moto moto, Alajẹju (okuonjẹ), ẹni tori gbàngbà, ti nrin irin tanku taloku (irin akọ) oniwa buruku, "oni moto moto" pẹlu aigba ododo wọle, ati ifoju yẹpẹrẹ wo awọn elomiran.</t>
+  </si>
+  <si>
+    <t>الحث على الاتصاف بصفات أهل الجنة، والتحذير من صفات أهل النار.
+التواضع يكون لله عز وجل، ولأمره ونهيه والانقياد لهما، ويكون للخلق بعدم التكبُّر عليهم.
+قال ابن حجر: المراد أن أغلب أهل الجنة هؤلاء، كما أن معظم أهل النار القسم الآخر، وليس المراد الاستيعاب في الطرفين.</t>
+  </si>
+  <si>
+    <t>Iseni ni ojúkòkòrò lati gba iroyin pẹlu iroyin awọn ẹni Alujanna (ile-idẹra), ati isọni lara kuro nibi awọn iroyin awọn ẹni iná.
+Ọlọhun Ọba ti O tobi julọ ni itẹriba fún tọ́sí, ati itẹriba fún àṣẹ àti máṣee Rẹ ati ki a sì gbafa fún awọn mejeeji, bẹẹ ni itẹriba wa fún àwọn ẹdá pẹlu ki a máṣe ṣe girimọkai (mọto moto) sí wọn.
+Ibn Hajar sọ pe: ohun ti wọ́n gba lero nipe ọpọlọpọ awọn ẹni Alujanna (ile - idẹra) ni awọn wọnyii, bẹẹ naa ni ọpọlọpọ awọn eni iná ni awọn ipin keji ti wọn sọ, kii ṣe èróngbà wọn ni pe gbogbo awọn ẹni aaye mejeeji patapata ni awọn wọnyii.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/3573</t>
   </si>
   <si>
     <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
   </si>
   <si>
     <t>Ṣé ki n tọka yin si nnkan ti Ọlọhun fi maa n pa awọn àṣìṣe rẹ, ti O si fi maa n gbe awọn ipo ga?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
     <t>Lati ọdọ Abu Huraira- ki Ọlọhun yọnu si i- dajudaju ojiṣẹ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pé: "Ṣé ki n tọka yin si nnkan ti Ọlọhun fi maa n pa awọn àṣìṣe rẹ, ti O si fi maa n gbe awọn ipo ga?" Wọn sọ pe bẹẹni irẹ ojiṣẹ Ọlọhun, o sọ pe: "Ṣíṣe aluwala ni pípé lori ìnira, ati gbigbe igbẹsẹ pupọ lọ si mọsalasi, ati rireti irun lẹyin irun, ìyẹn ni ida ààbò bo ẹnu ààlà ìlú".</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
   <si>
     <t>Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- bi awọn saabe rẹ leere pe ṣe wọn fẹ ki oun tọka wọn si awọn iṣẹ ti o maa jẹ okunfa aforijin awọn ẹṣẹ, ati iparẹ rẹ kuro ninu awọn iwe awọn mọlaika ti wọn n kọ iṣẹ, ati gíga awọn ipò ninu alujanna?
 Awọn saabe sọ pe: Bẹẹni a fẹ ìyẹn. O sọ pe:
 Akọkọ: Kikari ati pipe aluwala lori inira; gẹgẹ bii otutu, ati kíkéré omi, ati inira ara, ati omi gbigbona.
@@ -3851,111 +4017,191 @@
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/3574</t>
   </si>
   <si>
     <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>Ṣé ki n fun yin ni iro nipa eyi ti o daa julọ ninu awọn iṣẹ yín, ati eyi ti o mọ julọ ninu rẹ lọdọ Oluwa yin, ati eyi ti o ga julọ ninu rẹ ninu awọn ipo yin</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
     <t>Lati ọdọ Abu Dardaa- ki Ọlọhun yọnu si i- o sọ pe: Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pé: "Ṣé ki n fun yin ni iro nipa eyi ti o daa julọ ninu awọn iṣẹ yín, ati eyi ti o mọ julọ ninu rẹ lọdọ Oluwa yin, ati eyi ti o ga julọ ninu rẹ ninu awọn ipo yin ti o si loore julọ fun yin ju nina wura ati fadaka lọ, ti o si loore julọ fun yin ju ki ẹ pade ọta yin ki ẹ si ge awọn ọrun wọn ki wọn si ge ọrun yin lọ? Wọn sọ pé: Bẹẹni. O sọ pe: "Iranti Ọlọhun- ti ọla Rẹ ga-".</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
-    <t>Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- beere lọwọ awọn saabe rẹ pé: .
-Njẹ ẹ fẹ ki n fun yin ni iro ki n si kọ yin ni eyi ti o daa julọ ninu awọn iṣẹ yin ati eyi ti o niyi julọ ninu rẹ ati eyi ti o ga julọ ninu rẹ ati eyi ti o mọ julọ ninu rẹ lọdọ Ọlọhun Ọba Olukapa- Alagbara ti O gbọnngbọn-? .
+    <t>Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- beere lọwọ awọn saabe rẹ pé:
+Njẹ ẹ fẹ ki n fun yin ni iro ki n si kọ yin ni eyi ti o daa julọ ninu awọn iṣẹ yin ati eyi ti o niyi julọ ninu rẹ ati eyi ti o ga julọ ninu rẹ ati eyi ti o mọ julọ ninu rẹ lọdọ Ọlọhun Ọba Olukapa- Alagbara ti O gbọnngbọn-?
 Ti o ga julọ ninu rẹ ninu awọn ipò yin ninu alujanna?
 Ti o loore julọ fun yin ju ṣíṣe saara pẹlu wura ati fadaka lọ?
 Ati eyi ti o daa julọ fun yin ju ki ẹ pade ọta yin fun ogun lọ, ki ẹ si ge awọn ọrun wọn ki wọn si ge ọrun yin lọ?
 Awọn saabe sọ pe: Bẹẹni a fẹ ìyẹn.
 Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pé: Iranti Ọlọhun- ti ọla Rẹ ga- ni gbogbo asiko ati lori gbogbo isẹsi.</t>
   </si>
   <si>
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Dajudaju idunnimọ iranti Ọlọhun- ti ọla Rẹ ga- ni gbangba ati kọ̀rọ̀ wa ninu awọn eyi ti o tobi julọ ninu asunmọ, ati eyi ti o ṣe anfaani julọ lọdọ Ọlọhun- ti ọla Rẹ ga-.
 Gbogbo awọn iṣẹ wọn ṣe wọn lofin fun igbe iranti Ọlọhun- ti ọla Rẹ ga- dúró ni, Ọlọhun- ti ọla Rẹ ga- sọ pe: (Kí o sì kírun fún ìrántí Mi). Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pé: Dajudaju wọn ṣe tawaaf ati sisa safa ati mariwa, ati jiju oko lofin lati fi gbe ìrántí Ọlọhun duro ni. Abu Daud ati Tirmidhi ni wọn gba a wa.
 Al-'Izzu ọmọ Abdus-Salaam sọ ninu tira rẹ ti o n jẹ AL-QAWAA’ID pé: Hadiisi yii wa ninu nnkan ti o tọka si pe ẹsan ko da lori odiwọn wahala nibi gbogbo awọn ijọsin, bi ko ṣe pe Ọlọhun- ti ọla Rẹ ga- le sẹsan lori iṣẹ kekere ju ńlá lọ, ẹsan maa n da lori ìyàtọ̀ ni ipo nibi iyi.
 Al-Manawi sọ ninu Fayd al-Qadeer pe: Wọn tumọ Hadith yii si pe iranti dara julọ fun awọn ti wọn n ba sọrọ pẹ̀lú rẹ, ti wọn ba fi ba akin èèyàn ti o maa wúlò fun Isilaamu ni oju ogun sọ̀rọ̀, wọn maa sọ fun un pe jijagun ni, tabi ọlọrọ ti owo rẹ maa ṣe anfaani fun talika, wọn maa sọ fun un pe saara ni, àti ẹni ti o ni ikapa láti ṣe hajj, wọn maa sọ fun un pe hajj ni, tabi ẹni tí o ni obi mejeeji, wọn maa sọ fún un pé ṣíṣe dáadáa si awọn mejeeji ni, pẹ̀lú rẹ ni ibaramu ṣe maa ṣẹlẹ̀ láàárín àwọn hadith oríṣiríṣi naa.
 Eyi ti o pe julọ ninu iranti ni èyí tí ahọn pe pẹlu ironusi i pẹlu ọkan, lẹyin naa ni eyi ti o wáyé pẹlu ọkan nìkan ṣoṣo gẹgẹ bii ìrònú, lẹyin naa ni eyi ti o waye pẹlu ahọn nikan ṣoṣo, ati pe ẹsan n bẹ nibi ọkọọkan ti Ọlọhun ba fẹ.
 Ki Musulumi dunni mọ awọn iranti ti wọn so pọ mọ awọn isẹsi gẹgẹ bii awọn iranti àárọ̀ ati irọlẹ, ati wiwọnu mọsalasi, ati ile ati ile ẹgbin ati jijade kuro nibẹ.... Ati eyi ti o yàtọ̀ si ìyẹn maa jẹ ki o wa ninu awọn oluranti Ọlọhun lọpọlọpọ igba.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Tirmiziy ati Ibnu Maajah ati Ahmad ni wọ́n gba a wa]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/3575</t>
   </si>
   <si>
+    <t>إني لأعلم كلمة لو قالها ذهب عنه ما يجد، لو قال: أعوذ بالله من الشيطان، ذهب عنه ما يجد</t>
+  </si>
+  <si>
+    <t>Dajudaju ẹmi mọ gbólóhùn kan, ti o ba le wi i ni, nkan ti nbi ninu yóò sakuro lọdọ rẹ "ti o ba le sọ pé: "mo wa iṣọ lọdọ Ọlọhun nipa aburu èṣù" (Satani), ibinu ti nbi náà yóò lọ</t>
+  </si>
+  <si>
+    <t>عَنْ سُلَيْمَانَ بْنِ صُرَدٍ رضي الله عنه قَالَ: كُنْتُ جَالِسًا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَرَجُلاَنِ يَسْتَبَّانِ، فَأَحَدُهُمَا احْمَرَّ وَجْهُهُ، وَانْتَفَخَتْ أَوْدَاجُهُ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي لَأَعْلَمُ كَلِمَةً لَوْ قَالَهَا ذَهَبَ عَنْهُ مَا يَجِدُ، لَوْ قَالَ: أَعُوذُ بِاللَّهِ مِنَ الشَّيْطَانِ، ذَهَبَ عَنْهُ مَا يَجِدُ» فَقَالُوا لَهُ: إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «تَعَوَّذْ بِاللَّهِ مِنَ الشَّيْطَانِ»، فَقَالَ: وَهَلْ بِي جُنُونٌ؟</t>
+  </si>
+  <si>
+    <t>Lati ọdọ Sulaiman ọmọ Suradin - ki Ọlọhun yọnu si i - o sọ bayi pe: Mo wa lori ijoko pẹlu Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) nigbati awọn arakunrin meji nbu arawọn, ojú ọkan nínú àwọn mejeeji pọ́n kankan, bẹẹni iṣan parikẹ rẹ naa ntana jade, bayi ni Anọbi (ki ikẹ Ọlọhun ati ọla Re máa ba a) sọ pé:  "Dajudaju ẹmi mọ gbólóhùn kan, ti o ba le wi i ni, nkan ti nbi ninu yóò sakuro lọdọ rẹ "ti o ba le sọ pé: "mo wa iṣọ lọdọ Ọlọhun nipa aburu èṣù" (Satani), ibinu ti nbi náà yóò lọ ni wọ́n bá sọ fún un pe: dajudaju Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ maa ba a) sọ pe: "yáa wá isọra pẹlu Ọlọhun nipa èṣù" (Satani), Arakunrin náà bá dahun pe: Se weere kọlu mi ni bi?</t>
+  </si>
+  <si>
+    <t>استَبَّ وتَشاتَم رجلان بين يدي النبيِّ صلى الله عليه وسلم، وقد احْمَرَّ وجهُ أحدِهما، وانتفختْ عُرُوقُه المُحيطة بعُنُقِه.
+فقال صلى الله عليه وسلم: إني لأعلم كلمةً لو يقولها هذا الغضبانُ لَذَهَبَ عنه الغضب، لو قال: أعوذ بالله من الشيطان الرجيم.
+فقالوا له: إنّ النبيَّ صلى الله عليه وسلم قال: تَعَوَّذ بالله من الشيطان.
+فقال: أَمَجنون أنا؟! وظَنّ أنه لا يستعيذ من الشيطان إلا مَن به جنون.</t>
+  </si>
+  <si>
+    <t>Arakunrin meji njà lọdọ Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a), bẹẹ ni oju ọkan ninu awọn mejeeji ti pọ́n koko, bẹẹ ni isan to yipo ọrun rẹ ti ran jáde.
+Ni ojisẹ Ọlọhun (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) bá sọ pé: Dajudaju emi mọ gbólóhùn kan ti ẹni to nbinu yii bá wí i, ibinu naa yóò sa kuro fun, ti o ba le sọ pé: mo sa di Ọlọhun nibi aburu èṣù (Satani) ẹni ẹkọ ẹni egbe.
+Wọ́n sọ fun un pe: Dajudaju Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) sọ pe: Wá isọra pẹlu Ọlọhun nipa èṣù (Satani).
+Ni o ba dahun, o ni: se were ni mi bi?! o le ro pe ẹnikan kò nii wá isọra nipa èṣù (Satani) ayáafi ẹni tí o ba ya were.</t>
+  </si>
+  <si>
+    <t>حرص النبي صلى الله عليه وسلم على الإرشاد والتوجيه، عند وجود سببه.
+الغضب من الشيطان.
+الأمر بالاستعاذة  بالله من الشيطان الرجيم عند الغضب، قال تعالى: (وإما ينزغنك من الشيطان نزغ فاستعذ بالله..) الآيةَ.
+التحذير من السباب وما يُشبهه من اللعن، والتنفير منهما؛ لأنهما يؤدِّيان إلى المفاسد بين الناس.
+نقل النصيحة لمن لم يسمعها لينتفع بما فيها.
+حذَّرَ النبي صلى الله عليه وسلم من الغضب؛ لأنه يدفع إلى الشر والتَّهَوُّر، وكان صلى الله عليه وسلم لا يغضب إلا أنْ تُنْتَهَك حُرُماتُ الله تعالى، وهو الغضب المحمود.
+قال النووي على قوله "هل ترى بي مِن جنون": يحتمل أنّ هذا القائل كان من المنافقين، أو من جفاة الأعراب.</t>
+  </si>
+  <si>
+    <t>Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) nifẹ ki o máa ṣe itọsọna ati itunise nigbati o ba ti rí okunfa rẹ.
+Lati ọdọ èṣù (Satani) ni ibinu ti nwá.
+Ipani lasẹ lati wa isọra pẹlu Ọlọhun nipa èṣù (Satani) ẹni ẹkọ ẹni egbe nigbati a ba nbinu, Ọlọhun Allah ti ọla Rẹ ga julọ sọ bayi pe: (Tí ìbínú òdì kan bá sì ṣẹ́rí sínú ọkàn rẹ̀ láti ọ̀dọ̀ èṣù (Satani), fi Allāhu wá ìṣọ́rí ...)  dé ìparí aayah.
+Isọni lára nibi imaa bu yàn ati nkan mi to tun jọ ọ gẹgẹbí epe ṣiṣẹ, ati ileni kúrò níbi awọn mejeeji, nitori pe a maa mu ibajẹ ṣẹlẹ làárin awọn ènìyàn.
+Mímú ọrọ ìmọràn, (ìkìlọ) lọ ba ẹni tí kò tii gbọ ọ; ki o le se anfaani pẹlu nkan to wa nibẹ, ki o si le wúlò fun un.
+Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) ti sọ wa lara nibi ibinu; nitoripe aa maa tini lọ síbi aburú ati isiwawu, Anọbi (ki ikẹ ati ọla Ọlọhun máa ba a) kii dede binu ayaafi ti wọ́n bá fa ọgbà Ọlọhun ya nìkan, oun náà ni ìbínú ti ó da.
+An-Nawawi sọ ọrọ asọle lórí ọrọ rẹ "njẹ moya were ni bi": o le tumọ sí pé ẹni tí o sọrọ jẹ ọkan ninu awọn a seyi sọun (munaafiki), tàbí kí o jẹ ọkan ninu awọn lárúbáwá oko toluko.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/3578</t>
+  </si>
+  <si>
     <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>Alujanna súnmọ́ ìkọ̀ọ̀kan nínú yín ju okùn bàtà rẹ̀ lọ, Iná naa sì rí bẹ́ẹ̀</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Lati ọdọ ọmọ Mas'ud - ki Ọlọhun yọnu si i - ó sọ pé: Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - sọ pé: "Alujanna súnmọ́ ìkọ̀ọ̀kan nínú yín ju okùn bàtà rẹ̀ lọ, Iná naa sì rí bẹ́ẹ̀".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Anabi - ki ikẹ ati ọla Ọlọhun maa ba a – fún wa niroo pé Alujanna ati Ina súnmọ́ ènìyàn gẹgẹ bi okùn bàtà tó máa n wà lókè ẹsẹ̀ ṣe súnmọ́, nitori pé ó ṣee ṣe kí eniyan ṣe iṣẹ ijọsin kan, kí iṣẹ yii sì mu un rí iyọnu Ọlọhun, yoo sì mu un wọ Alujanna, ó sì ṣee ṣe kó dá ẹṣẹ kan, kí ẹ̀ṣẹ̀ yii sì jẹ́ okunfa fun un tí yoo fi wọ Ina.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Ìmúni nífẹ̀ẹ́ láti maa ṣe rere kódà bí ó bá kéré, ati ilenisa kuro nibi ṣiṣe aburu kódà bí ó bá kéré.
 kò sí tabi-ṣugbọn fún musulumi nibi pé kí ó kó irankan ati ìbẹ̀rù papọ ninu aye rẹ̀, kí ó sì maa bẹ Ọlọhun Ọba ni gbogbo igba pé kí Ó mú oun duro sinsin lori ododo títí oun ó fi là, tí iṣesi tí oun wà ò fi nii kó itanjẹ bá oun.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/3581</t>
+  </si>
+  <si>
+    <t>الرؤيا الصالحة من الله، والحلم من الشيطان، فإذا حلم أحدكم حلما يخافه فليبصق عن يساره، وليتعوذ بالله من شرها، فإنها لا تضره</t>
+  </si>
+  <si>
+    <t>Lati ọdọ Ọlọhun ni ala daada ti nwa, bẹẹ ni láti ọdọ èṣù (Satani) ni ala burúkú ti nwa, ti ẹnikan nínú yín bá lá ala tí o se idẹruba fun un, ki o yáa fẹ atẹgun itọ ẹnu rẹ sí apá òsì, ki o si wa isọra pẹlu Ọlọhun nibi aburú ala náà, ti o ba se bẹẹ dájúdájú ala náà kòní kó ìnira ba a</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الرُّؤْيَا الصَّالِحَةُ مِنَ اللَّهِ، وَالحُلُمُ مِنَ الشَّيْطَانِ، فَإِذَا حَلَمَ أَحَدُكُمْ حُلُمًا يَخَافُهُ فَلْيَبْصُقْ عَنْ يَسَارِهِ، وَلْيَتَعَوَّذْ بِاللَّهِ مِنْ شَرِّهَا، فَإِنَّهَا لاَ تَضُرُّهُ».</t>
+  </si>
+  <si>
+    <t>Lati ọdọ Abu Qatada - ki Ọlọhun yọnu si i - o sọ pé: Anọbi - ki ikẹ Ọlọhun ati ọla Rẹ máa ba a - sọ pé: Lati ọdọ Ọlọhun ni ala daada ti nwa, bẹẹ ni láti ọdọ èṣù (Satani) ni ala burúkú ti nwa, ti ẹnikan nínú yín bá lá ala tí o se idẹruba fun un, ki o yáa fẹ atẹgun itọ ẹnu rẹ sí apá òsì, ki o si wa isọra pẹlu Ọlọhun nibi aburú ala náà, ti o ba se bẹẹ dájúdájú ala náà kòní kó ìnira ba a".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفْرِحةَ في المنام مِن الله، والحُلُم وهو رؤيا ما يَكرَه ويُحْزِن فمِن الشيطان. 
+فمَن رأى ما يَكره فَلْيَبْزُق جهة يساره، ولْيَسْتَعِذ بالله مِن شرها؛ فإنها لا تَضُرّه حيث جَعَلَ الله ما ذُكر سببًا للسلامة مِن المَكروه المُتَرَتِّب على الرؤيا.</t>
+  </si>
+  <si>
+    <t>Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) fún wa niro pé ala daada ti o dun ni ninu láti ojú orun lati ọdọ Ọlọhun ni ti nwa, bẹẹ ni alakala ti ko da ti o si nbani nínú jẹ, lati ọdọ èṣù ni ti nwa.
+Ẹni k'ẹni ti o bá lala ri nkan ti kò wu u, ki o ya tutọ sí apá òsì rẹ, ki o si wa isọra pẹlu Ọlọhun nibi aburu ala naa, ala náà ko nii ko aburú ba nitoripe Ọlọhun ti fi gbolohun ti o sọ yẹn se okunfa àkóyọ nibi nkan ti kò fẹ ti o le t'ara ala tí o la ṣẹlẹ.</t>
+  </si>
+  <si>
+    <t>الرؤيا والحُلُم عبارة عمّا يراه النائم في نومِهِ مِن الأشياء، لكن غَلَبت الرؤيا على ما يراه من الخير والشيء الحسن، وغَلَب الحلم على ما يراه من الشر والقبيح ويُستعمل كلُّ واحد منهما موضع الآخر.
+أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو ترى له، 2- حديث النَّفْس، وهي ما يُحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
+حاصل ما ذُكر من أبواب الرؤيا الصالحة ثلاث أشياء: أنْ يَحمدَ اللهَ عليها، وأن يَستبشرَ بها، وأن يَتحدث بها لكن لِمَن يُحب دون مَن يكره.
+حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوذ بالله من شرها، ومن شر الشيطان، وأن يَتْفُل حين يَهُبُّ من نومه عن يساره ثلاثًا، ولا يَذكرها لأحد أصلًا، وإذا أراد أن يَرجع لنومه يَتَحَوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.</t>
+  </si>
+  <si>
+    <t>Ala ni ohun ti eni t'osun ri loju orun rẹ, ṣugbọn o wọ pọ ki wọn lo gbólóhùn (Arruyah) fún daada ti eni náà ri àti nkan rere, bẹẹni o wọ pọ ki wọn lo gbólóhùn (Al-hulum) fún aburú ati awọn nkan ti ko da ti ẹni náà ba ri, wọn si ma nlo mejeeji sí ààyè ara wọn.
+Ipin àlá: 1. Ala daada, ohun ni ala òtítọ àti iro ìdùnnú lati ọdọ Ọlọhun wa, ẹni tó sún aa ri fún raa rẹ tabi ki wọn la ala náà si, 2. Ọrọ ti ẹmi ba araarẹ sọ, ohun naa ni ọrọ ti eniyan ba araarẹ sọ ni feteete, 3. Ibani ninujẹ ati idẹrubani esu (satani) ati awọn idunkoko lati ọdọ rẹ ki o le ba ọmọ anabi Adamọ ninujẹ
+Nkan mẹta ti o jẹ abayori nkan ti wọn sọ nipa ala daada: ki o fi ẹyin fún Ọlọhun fún ala náà, ki o si funni ni iro idunu nipa rẹ, ki o si sọ ọ jade, sugbọn ki o sọ ọ fún ẹni tí nfẹran rẹ nikan, ki o ma se sọ ọ fún ẹniti ko fẹran rẹ.
+Nkan máàrún ni àkòrí nkán ti wọn ṣọ nipa ẹkọ tó wà fún ala burúkú: ki ẹni naa wa isora pẹlu Ọlọhun nibi aburú ala náà, ati nibi aburú èṣù (satani), ki o si tutọ alátẹgun sí apá òsì rẹ ni ẹẹmẹta ti o ba ti ji, kò si gbọdọ sọ fún ẹnikankan rárá, ti o ba ti fẹ sùn padà ki o yi ẹgbẹ ti o fi sun siwaju pada, ti o ba se eleyi ala náà kò ní ko ìnira ba.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/3586</t>
   </si>
   <si>
     <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>Pákò jẹ́ imọtoto fun ẹnu, ó sì jẹ́ okunfa iyọnu Oluwa</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Lati ọdọ Aisha - ki Ọlọhun yọnu si i - ó sọ pé: Ojiṣẹ Ọlọhun - ki ikẹ ati ọla Ọlọhun maa ba a - sọ pé: "Pákò jẹ́ imọtoto fun ẹnu, ó sì jẹ́ okunfa iyọnu Oluwa".</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - n sọ fún wa pé ìmáa ṣe imọtoto eyín pẹlu igi araak (pákò) tabi iru rẹ̀, ó máa n fọ ẹnu mọ́ tonitoni kuro nibi awọn idọti ati oorun tí kò dara ni, ati pé ó jẹ́ ọkan ninu awọn okunfa iyọnu Ọlọhun si ẹru Rẹ̀; nítorí pé ó jẹ́ ìtẹ̀lé ti Ọlọ́hun àti ìdáhùn sí àṣẹ Rẹ̀, ati nítorí pé ìmọ́tótó tí Ọlọ́hun Ọba nífẹ̀ẹ́ sí wà ninu rẹ̀.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
@@ -3980,50 +4226,181 @@
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>Lati ọdọ Abu Huraira - ki Ọlọhun yọnu si i - ó ní dajudaju Ojiṣẹ Ọlọhun - ki ikẹ ati ọla Ọlọhun maa ba a - máa n sọ pé: "Awọn ìrun wakati maraarun, Irun Jimọ sí Jimọ, Ramadan sí Ramadan, ó máa n pa àwọn ẹ̀ṣẹ̀ tí n bẹ laarin wọn rẹ́ ni, tí eniyan bá ti jìnnà sí awọn ẹ̀ṣẹ̀ ńláńlá".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - n sọ fun wa pé dajudaju awọn ìrun ọ̀ranyàn wakati maraarun lojoojumọ, irun Jimọ ni gbogbo ọsẹ, gbigba aawẹ oṣu Ramadan ni gbogbo ọdun, ó máa n pa awọn ẹ̀ṣẹ̀ kéékèèké tí eniyan bá dá laarin wọn rẹ́ ni, pẹlu majẹmu pé kí eniyan jìnnà si awọn ẹ̀ṣẹ̀ ńláńlá, àmọ́ àwọn ẹ̀ṣẹ̀ ńláńlá, gẹgẹ bii ṣìná àti ọtí mímu, wọn kò nii pa a rẹ́ àyàfi kí eniyan túúbá kúrò níbẹ̀ kó sì ronúpìwàdà.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Awọn ẹ̀ṣẹ̀ yẹn, kéékèèké n bẹ ninu wọn, ńlánlá naa sì n bẹ ninu wọn.
 Majẹmu pípa àwọn ẹ̀ṣẹ̀ kéékèèké rẹ́ ni jíjìnnà sí àwọn ẹ̀ṣẹ̀ ńlánlá.
 Awọn ẹ̀ṣẹ̀ nlanla ni àwọn ẹ̀ṣẹ̀ ti ijiya wà lori rẹ̀ ni aye, tabi ileri ijiya tabi ibinu Ọlọhun wà lori rẹ̀ ní ọ̀run, tàbí ìdẹ́rùbani wà lori rẹ̀, tabi ibidandan Ọlọhun wà lori ẹnití ó ṣe e, gẹgẹ bii ṣìná àti ọtí mímu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/3591</t>
+  </si>
+  <si>
+    <t>قلت: يا رسول الله ما النجاة؟ قال: املك عليك لسانك، وليسعك بيتك، وابك على خطيئتك</t>
+  </si>
+  <si>
+    <t>Mo sọ pé: Mope irẹ ojisẹ Ọlọhun kini ìgbàlà?  O sọ pé: “ko ahán rẹ ni ijanu, jẹ kí ilé rẹ gba ọ laaye, ki o si máa sunkún lori awọn àsise rẹ</t>
+  </si>
+  <si>
+    <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا النَّجَاةُ؟ قَالَ: «امْلِكْ عَلَيْكَ لِسَانَكَ، وَلْيَسَعْكَ بَيْتُكَ، وَابْكِ عَلَى خَطِيئَتِكَ».</t>
+  </si>
+  <si>
+    <t>Lati ọdọ 'Uqbatu ọmọ 'Aamir - ki Ọlọhun yọnu si i - o sọ pé: "Mo sọ pé: Mope irẹ ojisẹ Ọlọhun kini ìgbàlà?  O sọ pé: “ko ahán rẹ ni ijanu, jẹ kí ilé rẹ gba ọ laaye, ki o si máa sunkún lori awọn àsise rẹ".</t>
+  </si>
+  <si>
+    <t>سَأَلَ عُقبةُ بن عامر رضي الله عنه النبيَّ صلى الله عليه وسلم عن أسباب نَجاة المؤمن في الدنيا والآخرة؟
+فقال صلى الله عليه وسلم: عليك بثلاثة أمور: 
+الأول: احفظ لسانَك عمّا لا خير فيه، وعن قول كل شر، ولا تنطق إلا بخير. 
+الثاني: الزم بيتَك لِتَعبد الله في الخلوات، واشتغل بطاعة الله عز وجل، واعتزل في بيتك عن الفتن. 
+الثالث: ابْكِ واندَمْ وتُبْ ممّا ارتكبتَ مِن ذنوب.</t>
+  </si>
+  <si>
+    <t>'Uqbatu ọmọ 'Aamir ki Ọlọhun yọnu si beere lọwọ Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) nipa  Òkùnfà ti olugbàgbọ òdodo yóò fi ri àkóyọ láyé ati lọrun?
+Ni ojisẹ Ọlọhun (ki ikẹ ati ọla Rẹ máa ba) wa sọ pé: nkan mẹta di ọwọ rẹ:
+Èkíní: ṣọ ahán rẹ kúrò níbi nkan ti kosi oore nibẹ, ati kúrò níbi gbogbo ọrọ aburu, ma se sọ ọrọ kan afi ko jẹ ọrọ daada.
+Ikeji: fìdí rẹ mọ ile rẹ ki o lè máa ṣe ìjọsìn fún Ọlọhun ni kọkọ (nigbati o ba da wa), gbaju mọ itẹle aṣẹ Ọlọhun Ọba to gbọngbọn ti o tun ga jùlọ, dáwà ninu ile rẹ lati sa fún wahala.
+Ikẹta: Máa sunkún ki o si máa ṣe àbámọ ki o si tuuba (tọrọ aforinjin ati iyọwọ kúrò) ni bi awọn ẹsẹ ti o ti ṣe kọja.</t>
+  </si>
+  <si>
+    <t>حرص الصحابة رضي الله عنهم على معرفة سُبُل النَّجَاة.
+بيان أسباب النجاة في الدنيا والآخرة.
+الحث على انشغال الإنسان بنفسه إذا عَجز عن نَفْع غيره، أو خاف الضرر على دِينه ونفسه إذا خالط الناس.
+الإشارة إلى الاهتمام بالبيت وخصوصًا عند الفتن، فهو من الوسائل لحفظ الدين.</t>
+  </si>
+  <si>
+    <t>Ojúkòkòrò ati inifẹ awọn saabe (awọn ọmọ leyin Anọbi, awọn musulumi akọkọ) ki Ọlọhun yonu si wọn, inifẹ wọn sí mímọ awọn  ọna ìgbàlà tabi àkóyọ.
+Alaye nipa awọn okunfa àkóyọ láyé ati lọrun.
+Iṣeni lojúkòkòrò lori ki eniyan mu ọrọ ara rẹ gbọ nigbati o ba kágara lati wúlò fún ẹlòmíràn, tabi tiba nbẹru ìnira lori ẹṣin ati emi rẹ nígbàtí o ba ro papọ mọ awọn eniyan .
+Itọkasi sise akakun ile pataki jùlọ nigbati wahala ba nṣẹlẹ, ohun ni ọna ti a le fi dáa bo bo ẹsin.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/3602</t>
+  </si>
+  <si>
+    <t>أنا عند ظن عبدي، وأنا معه حين يذكرني</t>
+  </si>
+  <si>
+    <t>Emi wà pẹlu aba ti ẹru mi dá sí mi, Emi si wà pẹlu rẹ nigbati o ba rántí Mi</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَقُولُ اللهُ عَزَّ وَجَلَّ: أَنَا عِنْدَ ظَنِّ عَبْدِي، وَأَنَا مَعَهُ حِينَ يَذْكُرُنِي، فَإِنْ ذَكَرَنِي فِي نَفْسِهِ ذَكَرْتُهُ فِي نَفْسِي، وَإِنْ ذَكَرَنِي فِي مَلَإٍ ذَكَرْتُهُ فِي مَلَإٍ خَيْرٍ مِنْهُ، وَإِنِ اقْتَرَبَ إِلَيَّ شِبْرًا، تَقَرَّبْتُ إِلَيْهِ ذِرَاعًا، وَإِنِ اقْتَرَبَ إِلَيَّ ذِرَاعًا، اقْتَرَبْتُ إِلَيْهِ بَاعًا، وَإِنْ أَتَانِي يَمْشِي أَتَيْتُهُ هَرْوَلَةً».</t>
+  </si>
+  <si>
+    <t>Lati ọdọ Abu Hurayrah - kí Ọlọhun yọnu si i - o sọ bayi pe: Òjíṣẹ Ọlọhun (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) sọ pé: Allah Ọlọhun ti O gbọngbọn ti O ga jùlọ sọ pé:  Emi wà pẹlu aba ti ẹru mi dá sí mi, Emi si wà pẹlu rẹ nigbati o ba rántí Mi , ti o ba rántí mi ninu ẹmi rẹ Emi naa yóò rántí rẹ ninu ẹmi Mi, ti o ba rántí mi làárìn awọn ìjọ Emi naa yóò rántí rẹ láárín awọn ti wọn lóore jù ìjọ tiẹ lọ, ti o bá sun mọ mi ni iwọn àlàfo ni na ọmọnika tán Emi yóò sún mọ ni iwọn ni na igunpá, ti o bá sun mọ Mi ni iwọn gigun apá Emi yóò sún mọ ni iwọn gigun ni na apa méjèejì lẹẹkan naa, ti o bá wá bá mi ni eniti nrin, Emi yóò wá bá ní Ẹni ti nyara.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اللهَ تعالى يقول: 
+أنا عند ظن عبدي بي، فأُعَامِلُ عبدي على حسب ظَنِّهِ بي وذلك بالرجاء وتأميل العفو، وأَفْعَل به ما يَتَوَقَّعَه مني من خير أو غير ذلك؛ وأنا معه بالرحمة والتوفيق والهداية والرعاية والتأييد إذا ذكرني.
+فإنْ ذَكَرَني في نفسه مُنفردًا خاليًا بالتسبيح والتهليل أو غيرها؛ ذَكرتُه في نفسي.
+وإنْ ذَكَرَني في جماعة؛ ذكرتُه في جماعة أكثر منهم وأطيب.
+ومَن تَقَرّب إلى الله مقدار شِبْر زاده الله فتقرب إليه بذراع.
+وإن تقرب إليه مقدار ذراع تقرب إليه مقدار باع.
+وإن جاء إلى الله يمشي جاءه هَرولة.
+فالعبد إذا تقرب إلى ربه بطاعته والإقبال عليه، فإن الرب تعالى يَزِيده قُرْبًا إليه جزاءً مِن جنس عمله. 
+فكلما كَمُلَتْ عبودية المؤمن لربه قَرُبَ إليه تعالى، فعطاء الله وثوابه أكثر من عمل العبد وكدحه، والحاصل أنّ ثواب الله راجِحٌ على العمل بطريق الكيف والكم. 
+فالمؤمن يُحسِنُ الظن، ويعمل، ويسارع ويزداد حتى يلقى الله.</t>
+  </si>
+  <si>
+    <t>Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba) fún wa niro pe dájúdájú Ọlọhun ti ọla Rẹ ga sọ pé:
+Emi wà pẹlu aba ẹru mi sí mi, Emi yóò sì máa bá a lo nibamu aba rẹ sí mi, pẹlu ini ireti ati ifun ni ni ireti amojukuro, bẹẹni ma máa ṣe oore eyi ti nfọkan sí lọdọ mi, tabi awọn nkan mii; mo wà pẹlu rẹ pẹlu ikẹ ati ifini se kongẹ daada ati itọsọna ati amojuto ati ikun lọwọ nigbati o ba rántí mi.
+Ti o bá seranti mi ninu ọkan rẹ ni òun nìkan ti ẹnikankan kò si ni bẹ pẹlu sise afọmọ ati gbólóhùn pe kò sí Ọlọhun míràn to yẹ kaa maa sìn àyàafi Allah, tabi awọn ìrántí mii, maa rántí rẹ ninu ẹmi Mi.
+Ti o bá rántí Mi láàrin àwọn akojọ kan, Emi naa yóò rántí rẹ láárín awọn akojọ ti wọn pọ ti wọn si dáa jù wọn lọ.
+Ẹni tí o ba sun mọ Ọlọhun ni iwọn ina ika ọwọ mararun tan Ọlọrun yóò se alekun fun yóò wá sun mọ ni iwọn igunpa kan.
+Ti o bá sun mọ ni iwọn igunpa kan Ọlọhun yóò sún mọ ni iwọn ina apá mejeeji tan lẹ kan naa.
+Ti o ba wa bá Ọlọhun ni ẹnití nrin Ọlọhun yóò wá ba ni yara yara.
+Ti ẹru (eniyan) bá sun mọ Oluwa rẹ pẹlu imáa tẹle àṣẹ Rẹ ti o kọ ju sí daada, dajudaju Ọlọhun Oluwa ti O ga jù lọ yóò se alekun ni isunmọ rẹ pada yóò máa jẹ ẹsan iru nkan to se.
+Gbogbo igba ti ijẹ ẹru fún Ọlọhun ti olugbagbọ ba ti pé fún Oluwa rẹ náà ni Ọlohun ti Ọ̀la Rẹ ga yóò sún mọ, ọrẹ Ọlohun ati ẹsan Rẹ pọ jù iṣẹ ati wahala ti ẹru se lori rẹ lọ, eyi ti o ṣẹlẹ nipe ẹsan Ọ̀lọhun tẹwọn lori iṣẹ ẹru pẹlu ọna ati iye iṣẹ tó ṣe.
+Olugbagbọ ododo yóò máa daba daada sí Oluwa rẹ, yóò sì máa ṣiṣẹ daada, yóò sì máa yàrá sise daada, yóò sì máa ṣe alekun iṣẹ tí yóò fi pàdé Ọlọhun.</t>
+  </si>
+  <si>
+    <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمّى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
+قال الآجُرِّي: إنّ أهل الحق يَصِفُون الله عز وجل بما وصف به نفسه عز وجل، وبما وصفه به رسوله صلى الله عليه وسلم، وبما وصفه به الصحابة رضي الله عنهم، وهذا مذهب العلماء ممن اتبع ولم يبتدع. انتهى. فأهل السنة يُثْبِتُون لله ما أثبته لنفسه من الأسماء والصفات من غير تحريف ولا تعطيل ولا تكييف ولا تمثيل، ويُنْفُون عن الله ما نفاه عن نفسه، ويَسْكُتُون عما لم يرد به نفي ولا إثبات، قال الله تعالى: (‌لَيْسَ ‌كَمِثْلِهِ شَيْءٌ وَهُوَ السَّمِيعُ الْبَصِيرُ).
+إحسان الظن بالله لا بد معه من العمل، قال الحسن البصري: إنَّ المؤمن أَحْسَنَ الظنَّ بربه فأحسن العمل، وإنّ الفاجر أساء الظن بربه فأساء العمل.
+قال القرطبي: قيل: معنى "ظن عبدي بي" ظن الإجابة عند الدعاء، وظن القبول عند التوبة، وظن المغفرة عند الاستغفار، وظن المجازاة عند فعل العبادة بشروطها تَمَسُّكًا بصادق وعْدِه، ولذلك ينبغي للمرء أن يَجْتَهِدَ في القيام بما عليه موقِنًا بأنَّ الله يقبله ويغفر له؛ لأنه وَعَدَ بذلك وهو لا يُخْلِف الميعاد، فإن اعتقد أو ظن أن الله لا يقبلها وأنها لا تنفعه فهذا هو اليأس من رحمة الله وهو من الكبائر، ومن مات على ذلك وُكِلَ إلى ما ظَنّ كما في بعض طرق الحديث المذكور " فليظن بي عبدي ما شاء"، قال: وأما ظن المغفرة مع الإصرار فذلك مَحْضُ الجهل والغِرّة.
+الحث على الإكثار من ذكر الله في نفسك وبلسانك جميعًا، في نفسه وقلبه يخاف الله ويتذكَّر عظمته وحقه ويرجوه ويعظّمه ويحبه ويحسن به الظن ويخلص له العمل، وينطق باللسان: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله.
+قال ابن أبي جمرة: فمن ذَكَرَه وهو خائف آمَنَه، أو مُسْتَوْحِش آنَسَه.
+الشِّبْر: مسافة ما بين طرف الخِنْصَر إلى طرف الإبهام عند مَدِّ الكَفّ، والذراع: مسافة ما بين طرف الأصبع الوسطى إلى عظم المرفق، والباع: طول ذِرَاعَي الإنسان وعَضُدَيه وعَرْضِ صدره؛ وذلك قدر أربعة أذرع.</t>
+  </si>
+  <si>
+    <t>Hadith yìí wa nínú hadith ti Anọbi (ki ikẹ Ọlọhun ati Ọlà Rẹ máa ba a) gbawa lati ọdọ Oluwa rẹ, Òun ni wọn npe ni Ọrọ to mọ tàbí Ọrọ Ọlọhun, ohun ni hadith to se pe gbólóhùn ati ìtumọ rẹ wá lati ọdọ Ọlọhun, Sugbọn koni awọn nkan idaṣa lẹṣa Al-Qur'an lára, èyí ti o fí yatọ sí ọrọ mii, bi kika Al-Qur'an fún ìjọsìn ati iṣe imọra síwaju ki a to le kàá, ati ifi peni nija ati iko agara bá àwọn eniyan lati mu iru rẹ wá, ati awọn nkan mii yatọ sí eleyi.
+Al-Aajurriy sọ pe: dajudaju awọn ẹni òdodo wọn a ṣe iroyin Ọlọhun ti O gbángban ti O si tobi ju pẹlu awọn iroyin ti O fi royin ara Rẹ Ọba to gbángban ti o Tobi, ati pẹlu bi Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) se royin Rẹ, ati bi awọn saabé (awọn musulumi akọkọ) ki Ọlọhun yọnu si wọn se royin rẹ, eleyi ni ilana awọn oni mimọ ti wọn tẹlé àlàalẹ Anọbi ti wọn ko da adadaalẹ. O ti pari. Awọn ti wọn tẹlé Sunna (ilana Anọbi) wọn a ṣe afirinlẹ awọn orukọ ati iroyin bi Ọlọhun se fi rinlẹ fún ara Rẹ, lai yi ìtumọ sí bò mí, láì túmọ rẹ bi ko se yẹ, lai fún ìtumọ pe bo se ri ni yii, láì ṣe àfijọ rẹ pẹlu nkan miran, Wọn a sì máa le jina sí Ọlọhun iru nkan ti O bá le jina sí ara Rẹ, wọn a si gbe ẹnu dakẹ ni bi nkan ti Ọlọhun o fi kan rinlẹ tabi le jina. Ọlọhun ti O ga jù lọ sọ pé: (Kosi nkankan ti o dàbí Ọlọhun tabi ti o jọ Oun ni Olùgbọ ati Olurina).
+Iṣẹ ni lati wa papọ mo idaba daada pẹlu Ọlohun, Al-Hasanul-Basiriy sọ pé: dájúdájú olugbagbọ òdodo ni a máà daba daada pẹlu Oluwa rẹ, yóò sì ṣe iṣẹ ni daada, dajudaju poki eniyan (ẹni tí o yápa sí àṣẹ Ọlọhun) a maa da àbá aburú sí Oluwa Rẹ yoo si se iṣẹ ni aburu.
+Al-Qurtubiy sọ pé: wọn sọ pé: ìtumọ "ẹrù Mi dá àbá simi" aba pe máa dá loun nigbati o ba ke pè Mí, ati àbá gbigba iwa aforijin rẹ nigbati o ba tiwa (ṣíwọ kuro ni bi ẹṣẹ), ati àbá riri aforijin nigbati o ba tọrọ idarijin, ati àbá ifọwọsi nigbati o ba se ìjọsìn pẹlu awọn majẹmu rẹ ni ẹniti o ṣe amudani adehun òtítọ Ọlọhun, nitoribẹ ni o fi yẹ fún ọmọ eniyan ki o gbiyanju lati máa ṣe nkan ti o yẹ kose ni eni ti yóò mọ dájú pé Ọlọhun yóò gba yóò sì ṣe aforijin fún oun; nitoripe O ti ṣe adehun bẹ, bẹ si ni Ọlọhun kìí yẹ adehun Rẹ, ti o ba di adisọkan tabi o daba pe Ọlọhun ko níí gba, tabi ko le ṣe oun lanfaani eleyi ni isọ ireti nu ninu ikẹ Ọlọhun, ki a si sọ iretinu nibi ikẹ Ọlọhun o wa ninu awọn ẹsẹ nla nla, ẹni tó bá ku lori bayi wọn yoo pati sára àbá ati ero rẹ gẹgẹ bí o se wá ninu awọn apakan ọna hadith ti a sọ, "ki ẹru Mi daba nkan ti o bá wù nipa Mi", o sọ pe: ṣugbọn idaba aforinjin pẹlu itẹpẹlẹ mọ ẹsẹ aimọkan ni eleyi jẹ ati igbatanjẹ.
+Iseni lójú kòkòrò lati se ọpọlọpọ ìrántí Ọlọhun ninu ọkan rẹ ati pẹlu ahán rẹ lapapọ, ninu ẹmi ati ọkan rẹ ni yóò ti ni ifoya fún Ọlohun ti yóò sì máa rántí titobi rẹ ati ẹtọ rẹ yóò sì máa nireti si ọdọ Rẹ, yóò sì máa gbé tobi yóò nifẹ rẹ pẹlu idaba daada si yóò sì máa ṣiṣẹ ni mimọ fún Un, yóò ma wí pẹlu ahán: Mimọ ni fún Ọlọhun, gbogbo iyin ati ọpẹ ti Ọlọhun níí ṣe, Kosi nkan mi to lẹ tọsí ìjọsìn ayaafi Allah (Ọlọhun), Ọlọhun lo tobi jùlọ, kosi ọgbọn kan tabi agbára kan àyàafi pẹlu aṣẹ Ọlọhun.
+Ọmọ baba Jamrah sọ pé: ẹni tí o ba rántí Ọlọhun ni ẹnití nfoya (ti nbẹru) Ọlọhun yóò fi lọkan balẹ .
+Gbólóhùn Ashibr ni: Aaye àlàfo ti o wa laarin ika ọmọ Landirin titi dé ika àtànpàkò nigbati a ba na ọwọ, Adhiraa'u ni: alafo aaye ti o wa laarin eteeti ika aarin titi dé eegun igunpa, Al-Baa'u ni: inantan gigun apá mejeeji eniyan looro ati ibu fifẹ igbaaya, ohun lo jẹ odiwọn gigun apá mẹrin.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/3636</t>
+  </si>
+  <si>
+    <t>سألت عائشة، قلت: بأي شيء كان يبدأ النبي صلى الله عليه وسلم إذا دخل بيته؟ قالت: بالسواك</t>
+  </si>
+  <si>
+    <t>Mo bi Aishah leere, mo sọ pé: kini nkan akọkọ ti Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ maa ba) ma nṣe ti o ba wọlé rẹ? Aishah daun pe: yoo kọkọ rin pako</t>
+  </si>
+  <si>
+    <t>عَنِ شُرَيْحٍ بنِ هانِئٍ قَالَ: سَأَلْتُ عَائِشَةَ، قُلْتُ: بِأَيِّ شَيْءٍ كَانَ يَبْدَأُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ بَيْتَهُ؟ قَالَتْ: بِالسِّوَاكِ.</t>
+  </si>
+  <si>
+    <t>Lati ọdọ shureih ọmọ Haani'i o sọ pé: Mo bi Aishah leere, mo sọ pé: kini nkan akọkọ ti Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ maa ba) ma nṣe ti o ba wọlé rẹ? Aishah daun pe: yoo kọkọ rin pako.</t>
+  </si>
+  <si>
+    <t>كَانَ مِن هَدِيِ النبيِّ صلى الله عليه وسلم أَنْ يَبدأ بالسواك إذا دَخل بيتَه في أيِّ وقتٍ ليلًا أو نهارًا.</t>
+  </si>
+  <si>
+    <t>O tiwa ninu imọna Anọbi (ki ikẹ Ọlọhun ati Ọla Rẹ máa ba a) pé kí o kọkọ rin pako ti o ba wọlé rẹ ni eyi keyi asiko ni oru tabi ọsan.</t>
+  </si>
+  <si>
+    <t>مشروعية السواك عامة في جميع الأوقات، ويتأكّد ذلك: في الأوقات التي نَدَبَ الشارع إليها، ومنها: عند دخول البيت، وعند الصلاة، وعند الوضوء، وبعد الاستيقاظ من النوم، وعند تَغَيُّر رائحة الفم.
+بيان حرص التابعين على السؤال عن أحوال النبيِّ صلى الله عليه وسلم وسُنَنِهِ؛ ليقتدوا به.
+أخْذ العلم من أهله وممن هو أَعْرف به، حيث سُئلت عائشة رضي الله عنها عن حال النبي صلى الله عليه وسلم عند دخول البيت.
+حسن معاشرة النبي صلى الله عليه وسلم لأهله، حيث كان يُطَهِّر فَمَه عند الدخول.</t>
+  </si>
+  <si>
+    <t>Ṣíṣe rinrun pako ni ilana ẹṣin ni gbogbo awọn asiko lapapọ, sise bẹ wa di nkan ti a kanpa mọ: ni awọn asiko ti asofin fẹ kí a run Pako, ninu awọn asiko naa ni: igbati a ba wọlé, nigbati a ba fẹ kirun, nigbati a ba fẹ se aluwala, ati nigbati a ba ji, ati nigbati oorun ẹnu ba yi padà.
+Ise alaye ìfẹ awọn ti wọn tẹle awọn saabé sí bibeerè nípa isesí Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba) ati ilana rẹ, ki wọn lè máa kọse rẹ.
+Gbígba ìmọ lati ọdọ awan ti wan ni ati lọdọ ẹni tí o mọ nipa rẹ julọ,  nipa ibere ti wan bi Aisha ki Ọlọhun yonu si  ni pá isesi Anọbi ki ikẹ Ọlọhun ati ọlá Rẹ máa bá nigbati o bá wọlé.
+Dídá   ibase pọ Annabi ki ikẹ Ọlọhun ati ola rẹ máa bá  pẹlu awọn ara ilé rẹ, nipa pẹ a máà fò enu rẹ mọ ni o ba to wole.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/3652</t>
   </si>
   <si>
     <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Ẹ jẹ́ iṣẹ mi koda bo ṣe pẹlu aayah kan, kí ẹ sì sọrọ nipa àwọn ọmọ Ísírẹ́lì, kò sí aburu nibẹ, ṣugbọn ẹnikẹ́ni tí ó bá mọ̀ọ́mọ̀ parọ́ mọ́ mi, kí onitọhun yaa tètè mú ibùjókòó rẹ̀ nínú Iná</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Lati ọdọ Abdullah ọmọ ‘Amr - ki Ọlọhun yọnu si awọn mejeeji - ó ní dajudaju Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - sọ pé: "Ẹ jẹ́ iṣẹ mi koda bo ṣe pẹlu aayah kan, kí ẹ sì sọrọ nipa àwọn ọmọ Ísírẹ́lì, kò sí aburu nibẹ, ṣugbọn ẹnikẹ́ni tí ó bá mọ̀ọ́mọ̀ parọ́ mọ́ mi, kí onitọhun yaa tètè mú ibùjókòó rẹ̀ nínú Iná".</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Anabi - ki ikẹ ati ọla Ọlohun maa ba a - n pàṣẹ pé ki a gbé ìmọ̀ oun kaakiri, yala o jẹ lati inu Al-Qur’an ni tabi lati inu Sunna, koda ki nkan naa jẹ kekere gẹgẹ bii aayah kan pere lati inu Al-Qur’an tabi Hadiisi kan pere, pẹlu majẹmu pé ki olujiṣẹ naa jẹ́ onimimọ nipa nkan ti ó fẹ́ jiṣẹ rẹ̀, tí ó sì fẹ́ kéde rẹ̀. Lẹyin naa ni Anabi- ki ikẹ ati ọla Ọlọhun maa ba a- ṣalaye pé ko si aburu pẹlu sisọrọ nipa awọn ọmọ Ísírẹ́lì, ati nipa awọn ìsẹ̀lẹ̀ tí ó ṣẹlẹ̀ sí wọn, pẹlu pé kó ṣá ti má tako ofin sharia tiwa. Lẹyin naa, ó wá wa ní isọra kuro nibi píparọ́ mọ́ òun, nitori pé ẹnikẹni tí ó bá mọ̀ọ́mọ̀ parọ mọ oun, kí ó yaa tètè gba aaye kalẹ̀ fun ara rẹ̀ ninu ina.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
@@ -4255,50 +4632,83 @@
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
   </si>
   <si>
     <t>Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n sọ pe dajudaju eyi ti o daa julọ ninu ọjọ ti oorun ran ninu rẹ ni ọjọ Jimọ, Ninu awọn iroyin rẹ ti o fi da yatọ ni pe: Dajudaju Ọlọhun ṣẹda Aadam- ki ikẹ Ọlọhun maa ba a- ninu rẹ, ninu rẹ ni O mu u wọnu alujanna, ninu rẹ ni O mu u jade lati inu rẹ ti O si mu u sọkalẹ sori ilẹ̀, ọjọ igbende ko lee to afi ni ọjọ Jimọ.</t>
   </si>
   <si>
     <t>فضل يوم الجمعة على سائر أيام الأسبوع.
 الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
 هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
  ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
 أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
   </si>
   <si>
     <t>Ọla ti o n bẹ fun ọjọ Jimọ lori awọn yoku ninu awọn ọjọ ọsẹ.
 Ṣisẹnilojukokoro ati jijẹ ki awọn iṣẹ oloore pọ ni ọjọ jimọ, ati igbaradi fun riri ikẹ Ọlọhun- ti ọla Rẹ ga- ati titi ifiyajẹ rẹ danu.
 Awọn iroyin ti Jimọ fi da yatọ ti wọn dárúkọ ninu hadiiisi náà, wọn sọ pé: Ko wa fun didárúkọ ọla ti o n bẹ fun Jimọ; nitori pe imujade Aadam ati tito ọjọ igbende wọn ko ka a si ọla, wọn sọ pé: Bi ko ṣe pe gbogbo rẹ jẹ ọla ti jijade Aadam si jẹ okunfa bibẹ arọmọdọmọ ninu awọn ojiṣẹ ati awọn anabi ati awọn ẹni rere, ati pe tito ọjọ igbende jẹ okunfa yiyara gbigba ẹsan awọn ẹni rere ati titẹwọ gba nnkan ti Ọlọhun ti pese fun wọn ninu awọn apọnle.
 Wọn dárúkọ awọn iroyin miiran ti ọjọ Jimọ fi da yàtọ̀, yàtọ̀ si eyi ti wọn dárúkọ ninu ẹgbawa yìí, ninu rẹ ni: Ninu rẹ ni wọn gba ironupiwada Aadam, ninu rẹ ni wọn gba ẹmi rẹ, ninu rẹ ni wakati kan wa ti ẹru kan ti o jẹ olugbagbọ ko nii ṣe kongẹ rẹ ti o si n kirun ti o n beere nnkan kan lọdọ Ọlọhun afi ki O fun un ni nnkan naa.
 Eyi ti o lọla julọ ninu awọn ọjọ inu ọdun ni ọjọ 'Arafah, wọn sọ pé: Ọjọ́ iduran (ọdun ileya), ti eyi ti o lọla julọ ninu awọn ọjọ ọsẹ si jẹ ọjọ Jimọ, ti eyi ti o lọla julọ ninu oru si jẹ oru abiyi (lailatul qadri).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/3711</t>
   </si>
   <si>
+    <t>ذكر عند النبي صلى الله عليه وسلم رجل نام ليله حتى أصبح، قال: ذاك رجل بال الشيطان في أذنيه، أو قال: في أذنه</t>
+  </si>
+  <si>
+    <t>Wọn sọ nípa ọkunrin kan lọdọ Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) ti o sun lati alẹ titi ilẹ fimọ, Anobi sọ pé: "arakunrin naa ni èṣù (Satani) ti tọsi inu eti rẹ méjèejì, tabi o sọ pé: sinu eti rẹ</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بنِ مسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: ذُكِرَ عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ نَامَ لَيْلَهُ حَتَّى أَصْبَحَ، قَالَ: «ذَاكَ رَجُلٌ بَالَ الشَّيْطَانُ فِي أُذُنَيْهِ، أَوْ قَالَ: فِي أُذُنِهِ».</t>
+  </si>
+  <si>
+    <t>Lati ọdọ Abdullahi ọmọ Mashood - ki Ọlọhun yọnu si i - o sọ pé: Wọn sọ nípa ọkunrin kan lọdọ Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) ti o sun lati alẹ titi ilẹ fimọ, Anobi sọ pé: "arakunrin naa ni èṣù (Satani) ti tọsi inu eti rẹ méjèejì, tabi o sọ pé: sinu eti rẹ".</t>
+  </si>
+  <si>
+    <t>ذُكِرَ عند النبيِّ صلى الله عليه وسلم رَجلٌ نام حتى أصبح وطَلَعت الشمس ولم يَقم إلى الصلاة المفروضة، فقال صلى الله عليه وسلم: إنه رجل بَالَ الشيطانُ في أُذُنِهِ.</t>
+  </si>
+  <si>
+    <t>Wọn darukọ ọkunrin kan lọdọ Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) ti o sun titi ti ilẹ fi mọ ti orun fi yọ ti kò si dide kirun ọranyan, ni Anabi ba sọ pe: oun ni arakunrin kan ti èṣù (Satani) ti tọ sí inu eti rẹ.</t>
+  </si>
+  <si>
+    <t>كراهية ترك قيام الليل، وأنّ ذلك بسبب الشيطان.
+الحَذَر من الشيطان الذي يَقعد للإنسان في كل طريق؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل.
+قال ابن حجر: قوله: (ما قام إلى الصلاة) المُراد الجِنْس، ويحتمل العهد، ويراد به صلاة الليل أو المكتوبة.
+قال الطيبي: خص الأذن بالذِّكْر، وإن كانت العين أنسب بالنوم إشارة إلى ثقل النوم، فإن المسامع هي موارد الانتباه، وخص البول؛ لأنه أسهل مدخلًا في التجاويف، وأسرع نفوذًا في العروق، فيورث الكسل في جميع الأعضاء.</t>
+  </si>
+  <si>
+    <t>Kikorira fifi idide kirun lóru silẹ, nitori okunfa èṣù (Satani) ni.
+Isọra nipa èṣù (Satani) eyi ti n ma joko sí gbogbo oju ona de ọmọniyan lati le dina laarin rẹ ati itẹle àṣẹ Ọlọhun Ọba to gbọngbọn ti O ga.
+Ibn Hajar sọ pé: gbólóhùn rẹ tó sọ pé: (ko dide lọ kirun) ohun ti wọn gba lero ni iran, o sì lè túmọ sí ohun ti a ti bá sábà, irun òru tabi irun ọranyan ni wọn lè gbà lero.
+At-Tiibiyy sọ pé: wọn da eti yan láti darukọ, bo tiẹ jẹ pe oju ni o ni ìbátan pẹlu orun, nitori ati tọkasi wíwọra orun naa, dájúdájú eti igbọrọ ni ààyè itaji, wọn si sa itọ yan; nitoripe ohun ni o rọrùn ju láti ko wọnu awọn iho, òhun sì ni ọ yara ju lati ta pọrọ wọnu isan ara, eyi ti yóò padà jogun oroju sí gbogbo orikerike ara.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/3714</t>
+  </si>
+  <si>
     <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>Ikẹ Ọlọhun kó maa bá ọkunrin kan tí ó maa n ṣe ìrọ̀rùn fúnni nígbà ti ó bá tajà, ati nigba ti ó bá rajà, ati nigba ti ó bá fẹ́ gba gbèsè</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>Lati ọdọ Jabir - ki Ọlọhun yọnu si i - ó ní dajudaju Ojiṣẹ Ọlọhun - ki ikẹ ati ọla Ọlọhun maa ba a - sọ pé: "Ikẹ Ọlọhun kó maa bá ọkunrin kan tí ó maa n ṣe ìrọ̀rùn fúnni nígbà ti ó bá tajà, ati nigba ti ó bá rajà, ati nigba ti ó bá fẹ́ gba gbèsè".</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - ṣe adura ikẹ fun gbogbo ẹniti ó bá jẹ́ onírọ̀rùn, ti o sì jẹ́ ọlọ́rẹ nibi ọja rẹ̀; kò nii lekoko mọ oluraja nibi iye owo ọja, yoo sì maa ba a lo pọ̀ pẹlu ìwà daadaa, tí ó jẹ́ onírọ̀rùn ati ọlọ́rẹ nigba ti o bá rajà; nítorí náà ko nii ṣe àbòsí ki o wa dín iye owó ọjà kù. tí ó jẹ́ onírọ̀rùn ati ọlọ́rẹ nigba ti o bá lọ sin awọn gbese tí ẹlomiran jẹ ẹ; ko nii lekoko mọ tálákà tabi aláìní, ṣùgbọ́n kàkà bẹ́ẹ̀, ó maa fi pẹ̀lẹ́pẹ̀lẹ́ ati aanu sin gbese lọwọ wọn ni, ó sì maa lọ́ aláìní lara titi o fi maa ri gbese san.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
@@ -4419,181 +4829,510 @@
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Lati ọdọ Abu Hurairah - ki Ọlọhun yọnu si i - ó ní dajudaju Ojiṣẹ Ọlọhun - ki ikẹ ati ọla Ọlọhun maa ba a - sọ pé: "Ọkùnrin kan wà tó máa ń yá àwọn eniyan ní owo, ó sì máa ń sọ fún ọ̀dọ́kùnrin rẹ̀ pé: Ti o bá de ọdọ alaini, ki o ṣamojukuro fun un, bóyá Ọlọ́hun yoo ṣamojukuro fún awa naa, ni ọkunrin yii bá pàdé Ọlọ́hun, Ọlọ́hun sì ṣamojukuro fun un".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - n sọ nipa ọkunrin kan tí ó máa ń yá awọn eniyan ní owo gbese, tabi kí ó ta ọjà àwìn fún wọn, ó sì jẹ́ ẹniti o máa ń sọ fún ọmọ-ọdọ rẹ̀ tí o maa n lọ gba gbèsè tí awọn ènìyàn jẹ ẹ pé: Ti o bá dé ọdọ onigbese ti kò ní owo lati san gbese tó jẹ nitori ailagbara rẹ̀ "ṣamojukuro fun un"; bóyá ki o fun un ni akoko si, kí o sì ma sin in lagidi, tabi ki o gba ohun ti o wa ni ọwọ rẹ̀ naa, koda ki owo naa mai tii pe, o ṣe eleyii nitori pé ó ń fẹ́, ó sì n rankan pé kí Ọlọhun ṣamojukuro fun oun naa, ki O sì darijin oun, Nígbà ti ọkunrin yii kú, Ọlọ́hun dárí jìn in, Ó sì ṣamojukuro fun un nibi àwọn àṣìṣe rẹ̀.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>Ṣiṣe daadaa nibi ajọṣepọ pẹlu àwọn eniyan, ati dídáríjìn wọ́n, àti ṣiṣamojukuro fún awọn alaini aarin wọn jẹ́ ọ̀kan ninu ​​àwọn okunfa tó ga jù lọ fún lílà ẹru Ọlọhun ní Ọjọ́ Àjíǹde.
 Ṣiṣe daadaa sí awọn eniyan, ṣiṣe mímọ́ nibi ijọsin fun Ọlọ́hun, àti rirankan ikẹ ati àánú Rẹ̀ jẹ́ ọkan ninu ​​àwọn okunfa rírí ìdáríjìn ẹ̀ṣẹ̀.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/3753</t>
   </si>
   <si>
+    <t>كان رسول الله صلى الله عليه وسلم يجتهد في العشر الأواخر ما لا يجتهد في غيره</t>
+  </si>
+  <si>
+    <t>Òjíṣẹ Ọlọhun (kí ikẹ ati ọla Ọlọhun máa ba) aa maa se igbiyanju ni mẹwa igbẹyin iru igbiyanju ti kii se ninu awọn ọjọ miran</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المؤْمِنينَ رَضِيَ اللهُ عَنْهَا: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَجْتَهِدُ فِي الْعَشْرِ الْأَوَاخِرِ مَا لَا يَجْتَهِدُ فِي غَيْرِهِ.</t>
+  </si>
+  <si>
+    <t>Lati ọdọ Aishah iya awọn olugbagbọ ododo, ki Ọlọhun yọnu si i: Òjíṣẹ Ọlọhun (kí ikẹ ati ọla Ọlọhun máa ba) aa maa se igbiyanju ni mẹwa igbẹyin iru igbiyanju ti kii se ninu awọn ọjọ miran.</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا جاء العَشر الأواخر من رمضان يَجتهد فيها بالعبادة والطاعة، ويُبالِغ في أنواع الخيرات وأصناف المَبَرَّات والعبادات أكثر مما يجتهد في غيره؛ وذلك لِعِظَم وفضل تلك الليالي، وطلبًا لليلة القدر.</t>
+  </si>
+  <si>
+    <t>Ti mẹwa igbẹyin ninu osu Ramadan ba tide Anọbi (Ki ikẹ Ọlọhun ati ọla Rẹ máa ba) aa maa gbiyanju ninu rẹ pẹlu ìjọsìn ati itẹle aṣẹ Ọlọhun, aa si maa se ọpọlọpọ awọn oriṣirisi iṣẹ o loore ati awọn oníranran iṣẹ daada ati ìjọsìn fún Ọlọhun eyi ti o pọ ju bi se ma ngbiyanju ni awọn ọjọ míràn lọ, ori bẹẹ nitori titobi ati ọlá ti nbẹ fún awọn òru náà ati nítorí wiwa òru abiyi.</t>
+  </si>
+  <si>
+    <t>الحث على الإكثار مِن البِرِّ ووجوه الطاعات في شهر رمضان عامة والعشر الأخيرة منه خاصة.
+العشر الأواخر من رمضان تبدأ من الليلة الحادية والعشرين إلى نهاية الشهر.
+استحباب اغْتِنَام الأوقات الفاضلة بالطاعات.</t>
+  </si>
+  <si>
+    <t>Iseni lójúkòkòrò lati se ọpọlọpọ iṣẹẹre ati awọn ọna itẹle aṣẹ Ọlọhun ninu osu Ramadan lapapọ ati ni mẹwa igbẹyin ninu rẹ ni adayanri.
+Mẹwa igbẹyin ninu osu Ramadan aa maa bẹrẹ lati òru ọkanlelogun titi di ipari oṣù.
+ifẹ ki a lo anfaani awọn asiko ti o lọ́lá fún itẹle aṣẹ Ọlọhun.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/3755</t>
+  </si>
+  <si>
     <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>Gbogbo ijọ mi ni wọn maa ṣọ kuro nibi aburu ayaafi awọn alaṣehan</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
     <t>Lati ọdọ Abu Hurayra - ki Ọlọhun yọnu si i - o sọ pe: Mo gbọ ti ojiṣẹ Ọlọhun - ki ikẹ ati ọla Ọlọhun maa ba a - n sọ pe: «Gbogbo ijọ mi ni wọn maa ṣọ kuro nibi aburu ayaafi awọn alaṣehan, ati pe dajudaju ninu aṣehan ni ki ọmọnìyàn o ṣe iṣẹ kan ni oru, lẹyin naa ki o wa ji ti Ọlọhun si ti bo aṣiri rẹ, ki o wa sọ pe: Irẹ lagbaja, mo ṣe nkan bayii bayii ni alẹ ana, ti Ọlọhun si ti bo aṣiri rẹ ni alẹ, yio waa ji lati ṣi gaga aṣiri bibo Ọlọhun kuro».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - ṣe alaye pe dajudaju Musulumi ẹlẹṣẹ ni o ṣeeṣe ki o ri amojukuro Ọlọhun ati aforijin Rẹ, ayaafi ẹni ti o ba n fi ẹṣẹ han ní ti ṣiṣe faari ati jijẹ aṣa, oun o lẹtọọ si amojukuro; latari pe yio da ẹṣẹ ni oru, lẹyin naa yio ji ni ẹni ti Ọlọhun ti bo aṣiri rẹ, ni yio ba sọ fun ẹlòmíràn pe oun da ẹṣẹ bayii ni ana, ti o si sun ti Oluwa rẹ ti bo o ni aṣiri, ni yio ba ji ti yoo waa tu aṣiri bibo Ọlọhun lori rẹ.</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
     <t>Aidaa mimaa fi ẹṣẹ han lẹyin ti Ọlọhun ti ọla Rẹ ga ti bo aṣiri rẹ.
 O n bẹ nibi imaa fi ẹṣẹ han titan ibajẹ ka laarin awọn Mumuni.
 Ẹni ti Ọlọhun ba bo ni àṣírí ní aye yio bo o ni aṣiri ni ọjọ ikẹyin, ati pe eleyii wa ninu gbigbaaye ikẹ Ọlọhun ti ọla Rẹ ga pẹlu awọn ẹru Rẹ.
 Ẹni ti wọn ba fi ẹṣẹ ṣe adanwo fun ki o bo ara rẹ ni àṣírí ki o si tuba lọ si ọdọ Ọlọhun.
 Titobi ẹṣẹ awọn alaṣehan awọn ti wọn mọọmọ maa n fi ẹṣẹ han, ti wọn si maa n pa ara wọn ni adanu amojukuro.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/3756</t>
   </si>
   <si>
+    <t>لا يستر عبد عبدا في الدنيا إلا ستره الله يوم القيامة</t>
+  </si>
+  <si>
+    <t>ẹru kan ko ni se ibasiri fún ẹrú kan láyé nbi ayaafi ki Ọlọhun se ibasiri fún un ni ọjọ igbende</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَسْتُرُ عَبْدٌ عَبْدًا فِي الدُّنْيَا إِلَّا سَتَرَهُ اللهُ يَوْمَ الْقِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>Lati ọdọ Abu Hurayrah - ki Ọlọhun yọnu si i - lati ọdọ Anabi - ki ikẹ ati ọla Ọlọhun maa ba a  - o sọ pe: "ẹru kan ko ni se ibasiri fún ẹrú kan láyé nbi ayaafi ki Ọlọhun se ibasiri fún un ni ọjọ igbende".</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنه لا يَستر مسلمٌ أخاه المسلم في أمر من الأمور، إلا سَتره الله عز وجل يوم القيامة؛ فالجزاء من جنس العمل، ويكون سِتْرُ اللهِ له بستر عيوبه ومعاصيه عن إذاعتها على أهل المحشر، وقد يكون بترك محاسبته عليها وذكرها له.</t>
+  </si>
+  <si>
+    <t>Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) n salaye fun wa pé musulumi kan ko ni bo asiri ọmọ Iya rẹ tó jẹ musulumi nipa àlámọ̀rí kan ninu awọn àlámọ̀rí, ayaafi ki Ọlọhun bo asiri rẹ ni ọjọ igbende, iran iṣẹ ti a ba se náà ni a o gba ẹsan rẹ, yóò wa jasipe bibo àṣírí Ọlọhun fún un ni pé yóò bo asiri awọn laifi rẹ àti àwọn ẹsẹ rẹ lati máa ṣe itanka rẹ lọdọ awọn ti wọn wani ibi gbangba Al-kiyaoma, o si le je pe bibo asiri rẹ ni ki Ọlọhun má ṣe iṣiro rẹ tabi ki o má ti ẹ mẹnu kaan rárá.</t>
+  </si>
+  <si>
+    <t>مشروعية السِّتْر على المسلم إذا فَعَلَ معصية، مع الإنكار عليه، والنصيحة له، وتخويفه بالله، أما إذا كان من أهل الشر والفساد المجاهرين بالمعاصي والفسق، فإنه لا ينبغي الستر عليهم؛ لأن الستر عليهم يُجَرِّئُهم على المعاصي، وإنما يُرْفَع أمرُه إلى ولاة الأمور، ولو كان في هذا ذكر له؛ لأنه مُعْلِن بفسقه ومعصيته.
+الترغيب في ستر أخطاء الآخرين.
+من فوائد الستر: إتاحة الفرصة للمذنب أن يراجِعَ نفسه ويتوب إلى الله؛ لأن إعلان العيوب والعورات من إشاعة الفاحشة، ويُفسِد الجَوَّ الاجتماعي، ويُغْرِي الناس بارتكابها.</t>
+  </si>
+  <si>
+    <t>Wiwa ni ibamu sí ilana ẹṣin pe ki a se bibo àṣírí fún musulumi nigbati o bá wu iwa ẹsẹ kan, pẹlu ki a tako iwa naa, ki a sì máa fún un ni ìkìlọ̀ ati imọran, ki a sì máa fi Ọlọhun fún un ni ifoya, sugbọn tí o bá wà nínú àwọn alaburu ati àìda ti wọn nse ẹsẹ ati iwa poki ni gbangba, kò tọ láti bo asiri wọn, nitori ki a bo asiri wọn yóò jẹ ki wọn maa ni ìgboyà láti máa dá ẹsẹ, a ni lati gbe ọrọ wọn lọ sí ọdọ awọn apàṣẹ, koda ki o jasipe a darukọ rẹ, nitoripe oun náà ti se afihan ìyapa ati ìwà poki rẹ ati ẹsẹ rẹ.
+Iseni lójúkòkòrò láti máa bo asiri ẹlòmíràn.
+Ninu ìwúlò biboni lasiri : Fifun ẹlẹsẹ ní ànfàaní igbalaaye láti yẹ ara rẹ wò kí o si ronú piwada sí ọdọ Ọlọhun; nitoripe ṣiṣe ikede laifi ati ibi ti enikan kùsí wa lara itan ibajẹ ka, aa si maa ba ojú ọjọ àwùjọ jẹ, bẹẹ ni aa maa se awọn eniyan loju kòkòrò lati máa ṣe iru rẹ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/3777</t>
+  </si>
+  <si>
+    <t>لا يموتن أحدكم إلا وهو يحسن بالله الظن</t>
+  </si>
+  <si>
+    <t>Ẹnikan ninu yin ko gbọ ku ayaafi ki o ni àbá daada si Ọlọhun</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ وَفَاتِهِ بِثَلَاثٍ يَقُولُ: «لَا يَمُوتَنَّ أَحَدُكُمْ إِلَّا وَهُوَ يُحْسِنُ بِاللهِ الظَّنَّ».</t>
+  </si>
+  <si>
+    <t>Lati ọdọ Jaabir - ki Ọlọhun yọnu si i - o sọ pé: mo gbọ tí Anọbi - ki ikẹ Ọlọhun ati ọla Rẹ máa ba a - sọ ni ọdun mẹta síwaju koto fi ayé silẹ báyi pé: "Ẹnikan ninu yin ko gbọ ku ayaafi ki o ni àbá daada si Ọlọhun".</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم المسلمَ بأن لا يموت إلا وهو يُحسِنُ الظنَّ بالله بتَغْلِيْبِه جانبَ الرجاء عند الاحتضار بأن الله يرحمُه ويعفو عنه، لأن الخوف مطلوب لتحسين العمل، وتلك الحالة ليست حالة الأعمال، فالمطلوب فيها غَلَبَةُ الرجاء.</t>
+  </si>
+  <si>
+    <t>Anọbi (kí ikẹ Ọlọhun ati ọla Rẹ máa ba a) gba musulumi níyànjú lati má kùú ayaafi ki o ni àbá daada si Ọlọhun pẹlu ki o fi abala inireti sọdọ Ọlọhun leke nígbàtí nba pọka iku lọwọ n'ireti pe Ọlọhun Yóò ṣekẹ rẹ yóò ṣe amojukuro fún un; nitoripe ifoya ni nkan ti wọn beere fún ki a le ri iṣẹ se daada, ìṣesí un kii se iṣesí iṣẹ ṣiṣe, nkan ti wọn fẹ nibẹ ni ki ireti borí.</t>
+  </si>
+  <si>
+    <t>حِرْص النبيِّ صلى الله عليه وسلم على إرشاد أمته، وشدة رأفته بها في جميع أحواله؛ حتى في مرض موته ينصح أمتَه ويدلُّها على مسالك النجاة.
+قال الطيبي: أحسنوا أعمالكم الآن حتى يَحْسُنَ ظنُّكم بالله عند الموت، فإنَّ مَن ساء عملُه قبل الموت يَسوء ظنُّه عند الموت.
+أكمل الأَحْوال للعبد اعْتدال الرَّجاء والخوف، وغلبةُ الحب؛ فالمحبَّة هي المرْكَبُ، والرَّجاء حادٍ، والخوف سائق، والله الموصل بمنِّه وكرمه.
+ينبغي على من كان قريبًا ممن حَضَرَه الموت أنْ يُغَلِّب عنده جانب الرجاء وحسن الظن بالله، ففي هذا الحديث أنه صلى الله عليه وسلم قال ذلك قبل أن يموت بثلاث.</t>
+  </si>
+  <si>
+    <t>Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) nifẹ si ki o máa ṣe itọsọna fún àwọn ọmọlẹyin rẹ ati àánu rẹ tó pọ sí wọn ni gbogbo iṣesí wọn; titi o fi de ààrẹ ti o se gbẹyin o ṣe ìkìlọ̀ fún àwọn ìjọ rẹ o si ntọka wọn sí awọn ọna ìgbàlà tabi àkóyọ.
+At-tiibiyy sọ pé: ẹ se iṣẹ yín daada ni sinyin ki aba yin si Ọlohun le da nigbati iku ba dé, nitoripe ẹni tí iṣẹ rẹ ò ba dáa siwaju ki iku to de aba rẹ konii da nigbati iku ba dé.
+Èyí tí o pe ju ni iṣẹ fún ẹrú ni iṣẹ to dọgba ireti ati ifoya, ati ki ìfẹ lékè, ìfẹ ni nkan imugun, ireti ni ẹni ti ndari re, ifoya ni ẹni ti nwa a, Ọlọhun ni yóò mú ni dé bẹ pẹlu aanu Rẹ àti ọrẹ Rẹ.
+o da fún ẹni tí o ba sunmọ ent o pọ k'a iku lọwọ kí o máa fi ìrètí lékè fún ati ìní ẹrọ to dá sí Ọlọhun, ninu hadith yi Anọbi kí ikẹ Olohun àti Ọlá Rẹ má dájú dájú o sọ bẹ nigbati ti o ku odun mẹta ti yóò ku.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/3779</t>
+  </si>
+  <si>
     <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>Kii ṣe ẹniti n fi dáadáa ṣẹ̀san dáadáa ni ó pé perepere nibi siso okùn-ẹbi, ṣugbọn oluso okùn-ẹbi gangan ni ẹniti ó jẹ́ pé nigba ti awọn eniyan bá já okùn-ẹbi rẹ̀ dànù, ó maa n so o padà</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>Lati ọdọ Abdullah ọmọ Amr- ki Ọlọhun yọnu si awọn mejeeji - o gba a wa lati ọdọ Anabi - ki ikẹ ati ọla Ọlọhun maa ba - ó sọ pé: "Kii ṣe ẹniti n fi dáadáa ṣẹ̀san dáadáa ni ó pé perepere nibi siso okùn-ẹbi, ṣugbọn oluso okùn-ẹbi gangan ni ẹniti ó jẹ́ pé nigba ti awọn eniyan bá já okùn-ẹbi rẹ̀ dànù, ó maa n so o padà".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - n sọ fún wa pé dajudaju eniyan tó pé nibi siso okun-ẹbi ati ṣiṣe daadaa si awọn ibatan rẹ̀ kii ṣe eniyan tí ó ń san daadaa pẹlu daadaa nikan, bi ko ṣe pé ẹniti ó ń so okun-ẹbi gangan, tó sì pé nibi siso okun-ẹbi ni ẹnití o jẹ́ pé bí wọ́n bá já okun-ẹbi rẹ̀, ó maa so o padà, kódà bí wọ́n bá ṣe aburú si i; dáadáa ni oun maa ṣe sí wọn padà.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Siso okun-ẹbi tí ó wà ní ibamu pẹlu Sharia ni pé kí o sopọ mọ awọn tí wọ́n bá já ọ danu kuro laarin wọn, ki o sì ṣamojukuro fun awọn ti wọ́n bá ṣabosi sí ọ, ki o sì fún awọn ti wọ́n bá ṣahun si ọ, kii ṣe pé ki o sopọ pẹlu sísẹ̀san iru nkan ti wọ́n ṣe si ọ.
 Siso okun-ẹbi ni pé kí o mu de ọdọ wọn nkan tó bá rọ ọ lọrun ninu oore, bii owo, adura, pipaṣẹ nkan dáadáa, kikọ nkan aburu, ati iru bẹẹ, kí o sì ti aburu dànù fun wọn bí ó bá ti rọrun fun ọ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/3854</t>
+  </si>
+  <si>
+    <t>لئن كنت كما قلت، فكأنما تسفهم المل ولا يزال معك من الله ظهير عليهم ما دمت على ذلك</t>
+  </si>
+  <si>
+    <t>tó bá ṣe pé bí o se wà lo sọ yii, bi ẹni pe ìwà wọn ti su ọ bayii, ikun lọwọ Ọlọhun konii ye konii gbo fun ọ lori wọn lópin igbati o ba ti wà bẹẹ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَجُلًا قَالَ: يَا رَسُولَ اللهِ إِنَّ لِي قَرَابَةً أَصِلُهُمْ وَيَقْطَعُونِي، وَأُحْسِنُ إِلَيْهِمْ وَيُسِيئُونَ إِلَيَّ، وَأَحْلُمُ عَنْهُمْ وَيَجْهَلُونَ عَلَيَّ، فَقَالَ: «لَئِنْ كُنْتَ كَمَا قُلْتَ، فَكَأَنَّمَا تُسِفُّهُمُ الْمَلَّ وَلَا يَزَالُ مَعَكَ مِنَ اللهِ ظَهِيرٌ عَلَيْهِمْ مَا دُمْتَ عَلَى ذَلِكَ».</t>
+  </si>
+  <si>
+    <t>Láti ọdọ Abu Hurayrah kí Ọlọhun yọnu si: Dájúdájú arakunrin kan sọ pé: irẹ ojisẹ Ọlọhun mo ni awọn ẹni tí mo nso okun ẹbi wọn pọ ti awọn si nja kuro lọdọ mi, mo nṣe daada si wọn bẹẹ ni wọn se àìda si mi, mo nṣe suuru pẹlu wọn bẹẹ ni wọn wù iwa aimọkan pẹlu mi, Anọbi sọ pé:  "tó bá ṣe pé bí o se wà lo sọ yii, bi ẹni pe ìwà wọn ti su ọ bayii, ikun lọwọ Ọlọhun konii ye konii gbo fun ọ lori wọn lópin igbati o ba ti wà bẹẹ".</t>
+  </si>
+  <si>
+    <t>اشتَكَى رَجُلٌ للنبيِّ صلى الله عليه وسلم بأنّ له قرابةً ورَحِمًا يَتَعامَل معهم بالحُسنى وهم يُعامِلونه بضد ذلك؛ فيَصِلُهم ويأتِيْهم وهم يَقْطَعونه، ويُحسن إليهم بالبر والوفاء ويُسيئون إليه بالجَوْر والجَفَاء، ويَحلم ويعفو عنهم ويَجهلون عليه بالقبيح من القول والفعل، فهل يَستَمِرُّ بالصِّلَة لهم مع ما ذُكِر؟ 
+فقال له النبيُّ صلى الله عليه وسلم: إنْ كان كما ذَكَرتَ فإنك تُخزِيهم وتَحْقِرُهم في أنفسهم، وكأنك تُطعِمُهم الرَّمَاد الحارّ؛ لكثرة إحسانك وقبيح فِعلِهم عند أنفسهم، ولا يزال معك من عند الله مُعين لك عليهم، ودافِع عنك أذاهم ما دُمْتَ على ما ذَكرتَ من إحسانك إليهم، وظَلُّوا هم على إساءتهم إليك.</t>
+  </si>
+  <si>
+    <t>Arákùnrin kan lọ fẹjọ sùn Anọbi (kí ikẹ Ọlọhun ati ọla Rẹ maa ba a) pe oun ni ẹbi ati ibipọ ti oun nba wọn ṣe pọ pẹlu daada bẹẹ ni awọn nba lo pẹlu àìda; oun aa máa so wọn pọ bẹẹ ni awọn nja kúrò ní ara oun, oun aa máa se daada sí wọn pẹlu rere ati ise ojúṣe bẹẹ awọn aa maa se àìda sí oun pẹlu abosi àti ìwà omugọ, òun aa máa ni suuru pẹlu wọn aa sì maa se amojukuro fun wọn, bẹẹ ni wọn a maa wu iwa aimọkan sí oun pẹlu ọrọ ẹnu ati iṣẹ ti koda, nje ki oun tún tẹsiwaju lati máa so okun ẹbi pọ pẹlu nkan ti oun sọ yii?
+ni Anọbi (kí ikẹ Ọlọhun ati ọla Rẹ máa ba a) wa sọ fún un pa: ti o ba se pé bí ọrọ seri ni o sọ yi dájúdájú o ti ko iyẹpẹrẹ bá wọn, o si ti jẹ kí wọn rí ra wọn ni ẹni abuku, bi ẹni pé o nfun wọn ni eérú gbóná jẹ ni; nítorí daada rẹ tó pọ tí o nṣe fún wọn àti aburú ti wọn nṣe fun ara wọn, iranlọwọ láti ọdọ Ọlọhun wa ti yóò máa kún ọ lọwọ lórí wọn konii yẹ konii gbo pẹlu rẹ, ti yóò si máa daabo bo ọ níbi suta (aburu) wọn lópin ìgbà tí o bá wà lórí ise daada rẹ sí wọn tí awọn náà wà lórí ise àìda sí ọ.</t>
+  </si>
+  <si>
+    <t>مقابلة الإساءة بالإحسان مَظِنّة رجوع  المسيء إلى الحق، كما قال تعالى: (ادفع بالتي هي أحسن فإذا الذي بينك وبينه عداوة كأنه ولي حميم).
+امتثال أمْر الله ولو حصل له أذى سببٌ لعون الله للعبد المؤمن.
+قطيعة الرحم أَلَمٌ وعذابٌ في الدنيا، وإثمٌ وحساب في الآخرة.
+ينبغي على المسلم أنْ يَحتَسِب في عمله الصالح، ولا يقطعه أذى الناس وقطيعتُهم عن عادته الطيبة.
+ليس الواصلُ لِرَحِمِهِ مَن يُكافِئ مَن وَصَله، ولكن الواصل حقيقة هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها.</t>
+  </si>
+  <si>
+    <t>Fífi daada pàdé àìda ní ilero ati ààyè idaba pé kí alaaida padà sí bi otitọ, Ọlọhun ti O ga jù lọ sọ pé: (Fi eyi tí o da ti èyí ti koda kúrò nigba naa ni ẹni tí ibaseọta n'bẹ láàrin iwọ àti òun yóò wá da bí alabaṣepọ tó dan mọnran).
+Imú àṣẹ Ọlọhun ṣẹ kódà bo se pé ìnira ti bẹ waye òhun ni òkùnfà aranṣe fún olugbagbọ òdodo.
+Jija okun ẹbi èta-èro ati iya ni láyé, ẹsẹ ati ise iṣiro ni ní ọjọ igbende.
+O yẹ ki musulumi máa retí ẹsan lọdọ Ọlọhun lórí iṣẹ rere rẹ, kí o má jẹki àìda awọn eniyan di oun lọwọ ati ki wọn si má ja a kúrò ní bi ise àti àṣà rẹ tí ó da.
+Kiise ẹniti nsan ẹsan fún ẹni tó da okunbi pọ ni o nso ẹbí pọ, ṣugbọn ẹni tí nso ẹbi pọ ní tòótọ oun ni ẹni tí o ṣe pé ti wọ́n bá já ibipọ rẹ yóò da a ẹbi pọ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/3863</t>
+  </si>
+  <si>
+    <t>ما اغبرت قدما عبد في سبيل الله فتمسه النار</t>
+  </si>
+  <si>
+    <t>Gigiṣẹ ẹru kan konii bu fún erukuru ni ojú ọna Ọlọhun ki iná wa jo</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْسٍ عَبْدُ الرَّحْمَنِ بْنِ جَبْرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا اغْبَرَّتْ قَدَمَا عَبْدٍ فِي سَبِيلِ اللَّهِ فَتَمَسَّهُ النَّارُ».</t>
+  </si>
+  <si>
+    <t>Láti ọdọ bàbá Absin Abdur-rahman ọmọ Jabr - kí Ọlọhun yọnu si - dájúdájú òjíṣẹ Ọlọhun - kí ikẹ Ọlọhun ati ọla Rẹ máa ba a - sọ pé: "Gigiṣẹ ẹru kan konii bu fún erukuru ni ojú ọna Ọlọhun ki iná wa jo".</t>
+  </si>
+  <si>
+    <t>بَشَّرَ النبيُّ صلى الله عليه وسلم بأنَّ مَن أصاب قَدَمَيه الغبارُ وهو يُجاهد في سبيل الله بأنَّ النارَ لا تَمَسّه.</t>
+  </si>
+  <si>
+    <t>Òjíṣẹ Ọlọhun (kí ikẹ Ọlọhun ati ọla Rẹ máa ba a) fún wa ní ìró idunnu pé ẹni tí eruku bá bo ẹsẹ rẹ mejeeji nígbàtí o njagun sí oju-ọna Ọlọhun pe iná kò ní jó ẹni na.</t>
+  </si>
+  <si>
+    <t>البشارة للمُجاهد في سبيل الله بالنَّجَاة من النار.
+ذكرَ القَدَمين وإن كان الغبار يَعُمُّ البدن كلَّه؛ لأن أكثر المجاهدين في ذلك الزمان مُشَاةٌ، والأقدام تتغبَّر على كل حال.
+قال ابن حجر: فإذا كان مُجرَّد مَس الغبار للقدم يُحرِّم عليها النار؛ فكيف بمَن سعى وبَذَل جُهْدَه واستنفد وُسْعَه.</t>
+  </si>
+  <si>
+    <t>ìfunni ní ìró idunnu fún olujagun sí ojú ọna Ọlọhun pe yóò rí ìgbàlà ati àkóyọ níbi Iná.
+Anọbi darukọ gigisẹ mejeeji bó ti ẹ jẹ pé erukuru náà yóò kárí gbogbo ara lapapọ; nitoripé ọpọlọpọ awọn olujagun nigbà náà ni wọn nfi ẹsẹ rìn, ti gigiṣẹ wọn yóò sì kó eruku ni gbogbo iṣesí.
+Ibn Hajar ṣọ pe: ti o bá ṣe pé kí eruku kan gigisẹ lasan ni yóò ṣe iná leewọ fún ni, bá wo wa ni ti ẹni ti o bá ṣe akitiyan ti o tun lo igbiyanju rẹ, ti o si lo gbogbo oun tó ní nikapa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/3868</t>
+  </si>
+  <si>
+    <t>ما من قوم يقومون من مجلس لا يذكرون الله فيه إلا قاموا عن مثل جيفة حمار، وكان لهم حسرة</t>
+  </si>
+  <si>
+    <t>Kòsí ijọkan ti wọn yóò dide láti ibi jokolẹ kan láì dárúkọ Ọlọhun níbẹ ayaafi ki wọn didi bi àpèjúwe okunbete Kẹtẹkẹtẹ, bẹẹ ni yóò tún jẹ ìbànújẹ́ fún wọn</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ قَوْمٍ يَقُومُونَ مِنْ مَجْلِسٍ لَا يَذْكُرُونَ اللَّهَ فِيهِ إِلَّا قَامُوا عَنْ مِثْلِ جِيفَةِ حِمَارٍ، وَكَانَ لَهُمْ حَسْرَةً».</t>
+  </si>
+  <si>
+    <t>Lati ọdọ Abu Hurayrah - ki Ọlọhun yọnu si i - o sọ pe: Ojiṣẹ Ọlọhun (ki ikẹ Ọlọhun ati ọla Rẹ maa ba a) sọ pe: "Kòsí ijọkan ti wọn yóò dide láti ibi jokolẹ kan láì dárúkọ Ọlọhun níbẹ ayaafi ki wọn didi bi àpèjúwe okunbete Kẹtẹkẹtẹ, bẹẹ ni yóò tún jẹ ìbànújẹ́ fún wọn.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن قومٍ جلسوا في مجلس ثم قاموا منه ولم يذكروا الله فيه إلا قاموا عن مثل مَن اجتمع على جيفة حمار في النَّتَنِ والقَذَارة؛ وذلك لما انشغلوا في الكلام عن ذكر الله، وكان ذلك المجلسُ عليهم حسرةً يوم القيامة ونقصانًا وندامة لازمة لهم.</t>
+  </si>
+  <si>
+    <t>Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) fún wa niro pe kò ní sí awọn apapọ eniyan kan tí wọn joko sí ààyè ijoko kan ti wọn wa dìde láì dárúkọ Ọlọhun nibẹ àyàafi ki wọn dide gẹgẹ bí àwọn ti wọn ko jọ lórí òku kẹtẹkẹtẹ ni ori akitan ati aye oorùn; eleyi ri bẹ nítorípé wọn ṣe airoju kuro nibi ìrántí Ọlọhun, ijoko naa yoo jẹ ìbànújẹ́ fun wọn lọjọ igbende, yoo si jẹ abuku ati àbámọ ti yóò maa wà pẹlu wọn.</t>
+  </si>
+  <si>
+    <t>ما ذُكِر مِن التحذير عن الغفلة عن ذكر الله ليس مقتصرًا على المجالس فقط، بل يَعُمُّ غيرَها، قال النووي: يُكرَه لمَن قَعَد في مكان أن يُفارقه قبل أن يذكر الله تعالى فيه.
+الحسرة الحاصل لهم يوم القيامة: إما بِفَوَات الأجر والثواب لعدم الاستفادة من الوقت في طاعة الله، وإما بالإثم والعقاب لإشغال الوقت بمعصية الله.
+هذا التحذير إذا كانت هذه الغفلة بالمباحات، فكيف بالمجالس المحرَّمة التي فيها الغيبة والنميمة وغيرها؟!</t>
+  </si>
+  <si>
+    <t>ohun tí wọn sọ nípa isọni lára kúrò níbi ìgbàgbéra níbi ìrántí Ọlọhun, kò mọ lórí àwọn ààyè ijoko nikan, ṣugbọn o kari gbogbo ẹ, An-nawawiy sọ pé: wọn korira fún ẹni tí o ba joko ní ààyè kan ki o wa fi ààyè náà silẹ láì darukọ tàbí se irántí Ọlọhun ti O ga jù níbẹ.
+Ìbànújẹ́ ti yóò ṣẹlẹ sí wọn ní ọjọ igbende: ninu ko jẹ pé pipadanu ẹsan ati laada nítorípé wọn ko se anfaani pẹlu àsìkò fún itẹle aṣẹ Ọlọhun, tabi ki o je ẹsẹ ati iya nitoripe wọn lo asiko síbi iyapa  Ọlọhun.
+Iṣe ìkìlọ̀ yi ni to bá ṣe pé ìgbàgbéra yi waye latara awọn nkan to lẹtọ, báwo ni yóò seri ti o ba waye látara awọn ijoko ti wọn se leewọ eyiti iṣọrọ ẹni lẹyìn ati òfófó ati bẹẹ bẹẹ lọ wà níbẹ?!.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/3910</t>
   </si>
   <si>
     <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>lori ki ni a maa ṣadehun fun ẹ? O sọ pe: "Lori pe ẹ ma maa jọsin fun Ọlọhun ẹ ko si gbọdọ da nnkan kan pọ mọ Ọn, ati awọn irun maraarun-un, ẹ si gbọdọ maa tẹle- o wa sọ ọrọ kan ti o pamọ ni jẹjẹ- ẹ ko si gbọdọ beere nnkan kan lọwọ awọn eniyan</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>Lati ọdọ Abu Muslim Al-Khaolaaniy, o sọ pe: Al-Habeeb Al-Ameen sọ fun mi, ṣùgbọ́n ẹni ti mo nífẹ̀ẹ́ si ni, ṣùgbọ́n oun lọdọ mi, o jẹ olufọkantan, 'Awf ọmọ Maalik Al-'Ashja'iiy- ki Ọlọhun yọnu si i- o sọ pe: A jẹ lọdọ ojiṣẹ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a-, mẹ́sàn-án tabi mẹjọ tabi meje, o wa sọ pe: "Ẹ tẹti ẹ gbọ, njẹ ẹ ko nii ṣadehun fun ojiṣẹ Ọlọhun?" A si ṣẹṣẹ ṣe adehun kan tan ni, a sọ pe: A ti ṣe adehun fun ẹ irẹ ojiṣẹ Ọlọhun, lẹyin naa, o sọ pe: "Ẹ tẹti ẹ gbọ, njẹ ẹ ko nii ṣadehun fun ojiṣẹ Ọlọhun?" A sọ pé: Dajudaju a ti ṣadehun fun ẹ irẹ ojiṣẹ Ọlọhun, leyin naa, o sọ pe: "Ẹ tẹti ẹ gbọ, njẹ ẹ ko nii ṣadehun fun ojiṣẹ Ọlọhun?" O sọ pe: A wa tẹ awọn ọwọ wa, a si sọ pé: A ti ṣadehun fun ẹ irẹ ojiṣẹ Ọlọhun, lori ki ni a maa ṣadehun fun ẹ? O sọ pe: "Lori pe ẹ ma maa jọsin fun Ọlọhun ẹ ko si gbọdọ da nnkan kan pọ mọ Ọn, ati awọn irun maraarun-un, ẹ si gbọdọ maa tẹle- o wa sọ ọrọ kan ti o pamọ ni jẹjẹ- ẹ ko si gbọdọ beere nnkan kan lọwọ awọn eniyan"  dajudaju mo ti ri awọn kan ninu awọn ẹni yẹn, ti ọrẹ ẹnikan ninu wọn ba jabọ, ko nii ni ki ẹni kankan o ba oun mu un.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
     <t>Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- wa lọdọ awọn kan ninu saabe, o wa beere lọwọ wọn lẹẹmẹta lati ṣadehun fun un lori idunnimọ awọn àlámọ̀rí kan:
 Akọkọ: Ijọsin fun Ọlọhun nikan ṣoṣo pẹlu mimu awọn àṣẹ Rẹ ṣẹ ati jijina si awọn nnkan ẹkọ Rẹ, ati pe wọn ko gbọdọ da nnkan kan pọ mọ Ọn.
 Ikeji: Gbigbe awọn irun maraarun-un ti a ṣe wọn ni ọran-anyan duro ni ọsan ati oru.
 Ikẹta: Gbigbọ ati Itẹle pẹlu daadaa fun ẹni ti o ba n dari alamọri awọn Musulumi.
 Ikẹrin: Mimaa sọ gbogbo awọn bukaata wọn kalẹ ti Ọlọhun laini beere nnkan kan nibẹ lọwọ awọn eniyan, Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- wa rẹ ohun rẹ nilẹ pẹlu rẹ.
 Dajudaju awọn saabe- ki Ọlọhun yọnu si wọn- ṣiṣẹ pẹlu nnkan ti wọn ṣe adehun le lori, titi ẹni ti o gba hadiisi naa fi sọ pe: Dajudaju mo ri awọn kan ninu awọn saabe wọnyẹn, ti ọrẹ ẹnikan ninu wọn ba jabọ, ko nii sọ fun ẹni kankan ki o ba òun mu u, bi ko ṣe pe o maa sọkalẹ ti o si maa mu u fun ara rẹ.</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>Ṣisẹnilojukokoro lori gbigbe bibi awọn eniyan leere ju silẹ, ati jijina si gbogbo nnkan ti wọn n pe ni ibeere, ati rirọrọ kuro lọdọ awọn eniyan koda ki o jẹ nibi àlámọ̀rí ti o kere.
 Ibeere ti a kọ kuro nibẹ ni: Ibeere ti o so pọ mọ awọn àlámọ̀rí ti aye, ko de ibi ibeere nipa imọ tabi awọn àlámọ̀rí ẹsin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/4176</t>
   </si>
   <si>
+    <t>مثل الذي يذكر ربه والذي لا يذكر ربه، مثل الحي والميت</t>
+  </si>
+  <si>
+    <t>Àpèjúwe ẹniti nrántí Olúwa rẹ ati ẹnití kò rántí Olúwa rẹ da gege bi alààyè ati òkú ni</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الَّذِي يَذْكُرُ رَبَّهُ وَالَّذِي لاَ يَذْكُرُ رَبَّهُ، مَثَلُ الحَيِّ وَالمَيِّتِ»، ولفظ مسلم: «مَثَلُ الْبَيْتِ الَّذِي يُذْكَرُ اللهُ فِيهِ، وَالْبَيْتِ الَّذِي لَا يُذْكَرُ اللهُ فِيهِ، مَثَلُ الْحَيِّ وَالْمَيِّتِ».</t>
+  </si>
+  <si>
+    <t>Láti ọdọ baba Musa - kí Ọlọhun yọnu si i - o sọ pé: Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) sọ pe: "Àpèjúwe ẹniti nrántí Olúwa rẹ ati ẹnití kò rántí Olúwa rẹ da gege bi alààyè ati òkú ni ", gbólóhùn ti Muslim ni" Àpèjúwe ile ti wọn ti nranti Ọlọhun, ati ile ti wọn kò rántí Ọlọhun níbẹ o da gẹgẹ bí alaayè ati òkú ".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم الفَرقَ بَيْن الذي يذكر الله تعالى وبين مَن لا يذكره، وأنه مثل الفرق بين الحي والميت في نفعه وحسن مظهره، فمَثَلُ الذي يذكر ربه مثل الحي الذي ظاهِرُه مُتَزَيِّن بنور الحياة، وباطنه بنور المعرفة، وفيه النفع، ومثل الذي لا يذكر الله مثل الميت الذي ظاهره عاطل، وباطنه باطل، وليس فيه نفع. 
+وكذلك البيت يوصف بالحي إن كان ساكنوه يذكرون الله، وإلا فهو بيت ميت لخمول ساكنيه عن ذكر الله؛ وإن أطلق الحي والميت في وصف البيت إنما يراد به ساكن البيت.</t>
+  </si>
+  <si>
+    <t>Anọbi ki ikẹ Ọlọhun ati ọlá Rẹ má bà nsalaye iyatọ to wa láàrin ẹni ti nranti Ọlọhun ti o ga jù ati ẹni tí kò rántí Rẹ, ati pé gẹgẹ bí iyatọ tó wà láàrin  àlàyé  ati òkú ni bi iwulo rẹ ati didara irisi rẹ, àpèjúwe ẹni ti nranti Olùwà rẹ ọ da gẹgẹ bí aláayè ti ìta rẹ gbé ẹṣọ jáde pẹlu imọlẹ iseni , ati inú rẹ pẹlu imọlẹ ìmọ, ìwúlò n'bẹ lára rẹ, àpèjúwe ẹni tí kò rántí Ọlọhun o da gẹgẹ bí òkú  ti ìta rẹ ti da ṣẹlẹ ti inú rẹ sí ti bajẹ, bẹẹ ni kòsí ìwúlò kan kan lára rẹ mọn.
+Bẹẹ náà ni ilé wan royin rẹ pẹlu isemi (aláayè) ti awan olùgbé rẹ bá nranti Ọlọhun, ti wan ba rántí Ọlọhun  a jẹ pé  òkú ni  ile náà         kúrò níbi ìrántí Ọlọhun, ti wan ba lo aláayè ati òkú  lati fí royin ile ẹni ti o gbe bẹ ni wan fi ọrọ bawo.</t>
+  </si>
+  <si>
+    <t>الحث على ذكر الله والتحذير من الغفلة عنه.
+الذكر حياة الروح كما أن الروح حياة الجسد.
+من هدي النبي صلى الله عليه وسلم ضرب الأمثال لتقريب المعاني.
+قال النووي: فيه الندب إلى ذكر الله تعالى في البيت، وأنه لا يخلى من الذكر.
+قال النووي: وفيه أن طول العمر في الطاعة فضيلة وإن كان الميت ينتقل إلى خير؛ لأن الحي يَسْتَلْحِقُ به ويزيد عليه بما يفعله من الطاعات.</t>
+  </si>
+  <si>
+    <t>Ìṣe ni ojúkòkòrò lori ìrántí Ọlọhun ati isọni lára kuro nibi ìgbà gbéra
+Ìrántí ni isemi emi bẹẹ ni emi ni isemi ará.
+Ninu imọna ati ìlànà Anọbi ki ikẹ Ọlọhun ati ọlá Rẹ má ba ni lílò òwe tabi àkàwé lati mu ìtumọ ọrọ Simoni.
+An-Nawawi sọ pé:  fifẹ ki a má darukọ Ọlọhun ti o ga jùlọ  ninu ile  wà níbẹ̀, ati pe ilé ko gbọdọ pa ṣofo ní bi ìrántí ati idaruko Ọlọhun.
+An-Nawawiy sọ pé: o wa ninu hadith náà pé gígùn ẹmi lórí itẹle aṣẹ Ọlọhun ohun ti o lọ lá ni bo tilẹ jẹ pé òkú ngbé rà lọsí bi tó lòó rè ni, nítorípé aláayè na yóò padà ló dára pọ mọ ti yóò lè kun jù lọ latara awon iṣẹ itẹle aṣẹ Ọlọhun ti o ti se.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/4177</t>
+  </si>
+  <si>
+    <t>إني مما أخاف عليكم من بعدي، ما يفتح عليكم من زهرة الدنيا وزينتها</t>
+  </si>
+  <si>
+    <t>dájúdájú ninu nkan ti emi nbẹru fún nípa yin ti mo bá lọ tán ni yodoyindin aye àti ọsọ rẹ ti wọn yóò si fún yín</t>
+  </si>
+  <si>
+    <t>عَنْ أَبٍي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ جَلَسَ ذَاتَ يَوْمٍ عَلَى المِنْبَرِ وَجَلَسْنَا حَوْلَهُ، فَقَالَ: «إِنِّي مِمَّا أَخَافُ عَلَيْكُمْ مِنْ بَعْدِي، مَا يُفْتَحُ عَلَيْكُمْ مِنْ زَهْرَةِ الدُّنْيَا وَزِينَتِهَا» فَقَالَ رَجُلٌ: يَا رَسُولَ اللَّهِ، أَوَيَأْتِي الخَيْرُ بِالشَّرِّ؟ فَسَكَتَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقِيلَ لَهُ: مَا شَأْنُكَ؟ تُكَلِّمُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَلاَ يُكَلِّمُكَ؟ فَرَأَيْنَا أَنَّهُ يُنْزَلُ عَلَيْهِ؟ قَالَ: فَمَسَحَ عَنْهُ الرُّحَضَاءَ، فَقَالَ: «أَيْنَ السَّائِلُ؟» وَكَأَنَّهُ حَمِدَهُ، فَقَالَ: «إِنَّهُ لاَ يَأْتِي الخَيْرُ بِالشَّرِّ، وَإِنَّ مِمَّا يُنْبِتُ الرَّبِيعُ يَقْتُلُ أَوْ يُلِمُّ، إِلَّا آكِلَةَ الخَضْرَاءِ، أَكَلَتْ حَتَّى إِذَا امْتَدَّتْ خَاصِرَتَاهَا اسْتَقْبَلَتْ عَيْنَ الشَّمْسِ، فَثَلَطَتْ وَبَالَتْ، وَرَتَعَتْ، وَإِنَّ هَذَا المَالَ خَضِرَةٌ حُلْوَةٌ، فَنِعْمَ صَاحِبُ المُسْلِمِ مَا أَعْطَى مِنْهُ المِسْكِينَ وَاليَتِيمَ وَابْنَ السَّبِيلِ - أَوْ كَمَا قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ - وَإِنَّهُ مَنْ يَأْخُذُهُ بِغَيْرِ حَقِّهِ، كَالَّذِي يَأْكُلُ وَلاَ يَشْبَعُ، وَيَكُونُ شَهِيدًا عَلَيْهِ يَوْمَ القِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>Láti ọdọ bàbá Sa'eed Al-Khudriy ki Ọlọhun yọnu si: Dájúdájú Anọbi (kí ikẹ Ọlọhun ati ọla Rẹ máa ba a) o joko ni ọjọ kan lórí minbari ti awa si joko ní ẹgbẹ rẹ, ló bá sọ pé: "dájúdájú ninu nkan ti emi nbẹru fún nípa yin ti mo bá lọ tán ni yodoyindin aye àti ọsọ rẹ ti wọn yóò si fún yín" ni arákùnrin kan bá sọ pé: mope irẹ Ojisẹ Ọlọhun: ṣe oore le tun mu aburú wa ni? Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) bá dakẹ kò sọrọ, ni wọn bá sọ fún arákùnrin náà pé: kí ló ṣe ọ? o nba Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) sọrọ kò si bá ọ sọrọ? la bá ri pé Qur'an nsọkalẹ fún Anọbi lọwọ ni? ó sọ pé: ni o ba nnu oogun kúrò ní ara rẹ, ni o ba sọ pé: "nibo ni onibeerè náà wà? "bi ẹni pé o yin-in, lo bá wa sọ fun pe: "kii ṣe pé oore a máa mú aburú wa, dájúdájú irúgbìn iṣẹ palẹ ojo o le pa ẹranko tí ó jẹ tàbí kó fẹẹ pa á ayaafí tí eranko náà bá jẹ nibẹ, ti o si ri pé inú ti kun kẹkẹ ti o fi ewéko náà silẹ o lọ yeerun osi náà tọtọ, o tọ o yagbẹ o tun fi ẹnu jẹ koríko lọ, dájúdájú owo tabi dukia yi ni ewéko tútù to dùn, mandala eyi ti yóò mọ bẹ pẹlu musulumi nínú èyí tí o ná fún alaini ọmọ orukan àti onírin àjò - tabi gẹgẹ bí Anọbi ṣe sọ - ki ikẹ Ọlọhun ati ọla Rẹ maa ba a - eni tó bá gba dukia náà láì ṣe ọna ẹtọ o da bí ẹni tí njẹ un ti ko yo ni, yóò sì jẹ ibalẹjọ fun ni ọjọ igbende.</t>
+  </si>
+  <si>
+    <t>جَلَسَ النبيُّ صلى الله عليه ذات يوم على المنبر يُحدِّث أصحابَه فقال: 
+إنَّ أكثر ما أخاف وأخشى عليكم مِن بعدي ما يُفتَح عليكم من بركات الأرض وزهرة الدنيا وزينتها وبهجتها، وما فيها من أنواع المتاع والثياب والزروع وغيرها مما يفتخر الناس بحسنه مع قلة البقاء. 
+فقال رجل: زهرة الدنيا نعمة من الله، فهل تعود هذه النعمة وتصير نقمة وعقوبة؟! 
+فَلَامَ الناسُ السائلَ حيث رأوه صلى الله عليه وسلم سَكَتَ، وظنوا أنه أغضبه. 
+فتَبَيَّنَ أنه صلى الله عليه وسلم كان ينزل عليه الوحي، ثم جعل يَمسح عن جَبِيْنِه العَرَقَ، فقال: أين السائل؟ 
+قال: أنا.
+فحمد الله وأثنى عليه، ثم قال صلى الله عليه وسلم: الخير الحقيقي لا يأتي إلا بخير، ولكن هذه الزهرة ليست بخير مَحْضٍ لما تؤدي إليه من الفتنة والمنافسة والاشتغال بها عن كمال الإقبال على الآخرة، ثم ضَرَبَ لذلك مَثلًا فقال: إنّ نبات الربيع وخَضِره؛ وهو نوع من الزرع يُعجب الماشية فيَقْتُل لكثرة الأكل بالتُّخَمَة أو يقارب القتل، إلا آكلة الخَضِر أكلت حتى امتلأ جانبا بطنها، فاستقبلت الشمس وأَلْقَت الرجيع من بطنها رقيقًا أو بالت، ثم استرفعت ما في كرشها فمضغتْه ثم بَلَعتْه، ثم عادت فأكلت. 
+فإن هذا المال كالبَقْلة الخضراء الحلوة، يَقتل أو يكاد يقتل بكثرته؛ إلا إذا اقتصر منه على اليسير الذي تدعو إليه الحاجة وتحصل به الكفاية من طريق حلال فإنه لا يضر، ونعم صاحب المسلم هو لمن أعطى منه المسكين واليتيم وابن السبيل، ومن يأخذه بحقه يبارك له فيه، ومن يأخذه بغير حقه فمثله كمثل الذي يأكل ولا يشبع، ويكون شهيدًا عليه يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Anọbi - kí ikẹ Ọlọhun ati ọla Rẹ máa ba a - joko lẹ ori minbari ni ọjọ kan ti mbá awọn ọmọ lẹyìn rẹ sọrọ, o si ṣọ pe:
+dájúdájú eyí ti o pọ ti mo nbẹru tí mo sì npáya fún nípa yin lẹyin mi ni ohun tí wọn yóò ṣi silẹ fún yin nínú àwọn ìbùkún ilẹ ati aye ati ọsọ rẹ àti ẹwà rẹ ati awọn orisirisi igbadun ati aṣọ ati awọn irúgbìn àti awọn nkan míran ti awọn eniyan ma fi nse iyanran àti akọ to un ti pé isẹku rẹ kéré.
+Ni arákùnrin kan bá sọ pé: ọsọ aye idẹra lo jẹ láti ọdọ Ọlọhun, se idẹra yi yoo tun pada di iya ati ìbáwí ni bi?!
+ni awọn eniyan ba bu onibeere naa nigbati wọn ri pe Anọbi (ki ikẹ Ọlọhun ati ọla Re máa ba a) dakẹ ti kò sọrọ, wọn ro pé oti mu Anọbi binu ni.
+O padà wá hàn pé dájúdájú Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) ngba waayi kuraani lọ wọ (Kuraani nsọ kalẹ fun) o wa bẹrẹ síní nu oogun ojú rẹ kúrò, o wa sọ pé: onibeere náà dà?
+O sọ pé: emi ni.
+Anọbi dupẹ fún Ọlọhun o si fi iyin fun, leyin náà ni o sọ pé: oore gangan koni mu nkan wa ju oore lọ, ṣugbọn nkan yindin won yi kii se oore pọnbele nítorí awọn wahala ati ifiga gbága lórí rẹ ati igbaju mọ ti kii jẹ ki a le gbaju mọ ọrun ni pípé, lẹyin naa ni o wa se àpèjúwe rẹ, o sọ pé: dájúdájú irúgbìn iṣẹ palẹ ojo ati titutu rẹ; òhun ni iru irúgbìn kan ti aa ma wu ewurẹ tabi àgùntàn lati jẹ ẹ, ti o bá jẹ pẹlu parahan ati wọbia yóò pa tabi ko fẹ pa a, ayaafi ẹran ti o jẹ ewé tutu yi ti ẹgbẹ kan inu rẹ bá ti kun yóò fi yoku silẹ, leyin náà yóò kọjú sí òòrùn lati sinmi, yóò jagbẹ yóò tó bẹẹ ni yóò gbé awon eyi to kù ni enu rẹ mi, lẹyìn naa yóò tún padà sí bẹ lati jẹ.
+dájúdájú dukiya yi bi ewéko to tutù daada ni ti o si dùn, ọpọ rẹ le pani tabi ki o fẹẹ pani; ayaafi ti o ba jẹ diẹ ti o ni bukaata si ti yóò sì tó ní ọna ẹtọ, irú bẹ ko nii mu ìnira lọwọ, idẹra musulumi ohun ni ẹnití o bá aláìní ati ọmọ orukan ati onírinàjò ninu rẹ, ẹnití o bá gbà pẹlu ẹtọ rẹ wọn yóò fi ibukún si fun, ẹni tí o bá gba a láì ṣe pẹlu ẹtọ rẹ àpèjúwe rẹ o dà gẹgẹ bi ẹnití njẹ un tiko yó, yóò padà jẹ ibalẹjo fún un ni ọjọ igbende.</t>
+  </si>
+  <si>
+    <t>قال النووي: فيه: فضيلة المال لمن أخذه بحقه وصرفه في وجوه الخير.
+إخبار من النبي صلى الله عليه وسلم عن حال أمته، وما سيفتح عليها من زينة الحياة الدنيا وفتنتها.
+من هدي النبي النبي صلى الله عليه وسلم ضرب الأمثال لتقريب المعاني.
+الحث على الصدقة وصَرْف المال في وجوه الخير، والتحذير من الإمساك.
+يؤخذ من قوله: "إنه لا يأتي الخير بالشر" أن الرزق ولو كثر فهو من جملة الخير، إنما يعرض له الشر بعارض البخل به عمن يستحقه، والإسراف في إنفاقه فيما لم يشرع، وأن كل شيء قضى الله أن يكون خيرًا فلا يكون شرًا وبالعكس، ولكن يخشى على من رُزِق الخير أن يعرض له في تَصَرُّفِه فيه ما يَجْلِبُ له الشر.
+ترك العَجلة في الجواب إذا كان يحتاج إلى التأمل.
+قال الطيبي: يؤخذ منه أربعة أصناف، فمن أَكَل منه أَكْل مُستَلِذٍّ مُفرط منهَمِك حتى تنتفخ أضلاعه ولا يُقلع فيسرع إليه الهلاك، ومن أكل كذلك لكنه أخذ في الاحتيال لدفع الداء بعد أن استحكم فغلبه فأهلكه، ومن أكل كذلك لكنه بادر إلى إزالة ما يضره ويُحيل في دفعه حتى انهضم فيسلم، ومن أكل غير مفرط ولا منهمك، وإنما اقتصر على ما يَسُد جوعتَه ويُمسك رَمَقَه، فالأول مثال الكافر، والثاني مثال العاصي الغافل عن الإقلاع والتوبة إلا عند فوتها، والثالث مثال للمخلط المبادر للتوبة حيث تكون مقبولة، والرابع مثال الزاهد في الدنيا الراغب في الآخرة.
+قال ابن المنير: في هذا الحديث وجوه من التشبيهات بديعة، أولها: تشبيه المال ونموُّه بالنبات وظهوره، ثانيها: تشبيه المُنْهَمِك في الاكتساب والأسباب بالبهائم المنهمكة في الأعشاب، وثالثها: تشبيه الاستكثار منه والادّخار له بالشَّرَهِ في الأكل والامتلاء منه، ورابعها: تشبيه الخارج من المال مع عظمته في النفوس حتى أدّى إلى المبالغة في البخل به بما تطرحه البهيمة من السَّلْح، ففيه إشارة بديعة إلى استقذاره شرعًا، وخامسها: تشبيه المتقاعد عن جمعه وضمه بالشاة إذا استراحت وحطّت جانبها مستقبلة عين الشمس؛ فإنها من أحسن حالاتها سكونًا وسَكِيْنة، وفيه إشارة إلى إدراكها لمصالحها، وسادسها: تشبيه موت الجامع المانع بموت البهيمة الغافلة عن دفع ما يضرها، وسابعها: تشبيه المال بالصاحب الذي لا يُؤمَن أن ينقلب عدوًّا؛ فإن المال من شأنه أن يُحْرَز ويُشدّ وثاقه حبًّا له؛ وذلك يقتضي منعه من مستحقه فيكون سببًا لعقاب مقتنيه، وثامنها: تشبيه آخذه بغير حق بالذي يأكل ولا يشبع.
+قال السندي: فلا بد في الخبر من أمرين، أحدهما: تحصيله بوجهه، والثاني: صرفه في مصارفه، وعند انتفاء أحدهما يصير ضررًا... وقد يقال: فيه إشارة إلى الملازمة بين القَيْدَين؛ فلا يوفَّق المرء للصرف في المصارف إلا إذا أخذه بوجهه.</t>
+  </si>
+  <si>
+    <t>An-Nawawi sọ pé: pàtàkì owo (Dukiya) wa nínú rẹ fún ẹniti o bá gba owo naa ni ọna ẹtọ ti o si na sí awọn ọna daada.
+Ìfun ni niro láti ọdọ Anọbi (kí ikẹ Ọlọhun ati ọla Rẹ máa ba a) nipa isesi ìjọ rẹ, àti ọsọ aye ati wàhálà ti wọn yóò pada ṣilẹkun rẹ fún wọn.
+Nínú imọna Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) ni ilana sise àkàwé ati òwe láti fi fa itumọ súnmọ.
+Ìṣe ni lojúkòkòrò lori itọrẹ àánu ati ina owó sí awọn ọna daada ati ìkini nílọ láti má ma ṣe ahun.
+À o ri di mu ninu ọrọ rẹ pe: "dájúdájú oore kii mú aburú lọwọ"  dájúdájú arisiki ko da bí o bá pọ ninu àpapọ oore ni, aburú aa ma ṣẹlẹ si latara ifi ṣe ahun sí àwọn ti wọn lẹtọ si, ati ina ni ina apa sí bi nkan ti ko bá òfin mu, ati pe gbogbo nkan tí Ọlọhun bati se idajọ pe ko jẹ oore kò ní jẹ aburú bẹẹni ida keji rẹ náà, ṣugbọn wọn bẹru lori ẹni tí wọn ṣe oore fún ki iṣẹ ati iwuwasi rẹ ma ba faa aburú fún un.
+Gbígbé ikanju fesi ju silẹ nígbàtí o ba ni bukata si ìronú jinlẹ̀.
+At-tibiyy sọ pé: a o mú oríṣi mẹrin ninu rẹ, ẹni ti ó bá jẹ níbẹ ni ẹni tí o gbádùn ni ijẹ kọja ààlà ni ti wọbia titi ikun rẹ fi wu sibẹ ko si ṣiwọ kúrò ìparun yóò yara ba, ẹni tí o ba jẹ nibẹ ṣugbọn o fi ọgbọn àti ète si lati le ti àìsàn danu lẹyin ti o ti jẹ pupọ ti o pada wa borí rẹ ti o tun fa iparun fun, ṣugbọn eni ti o jẹ ti o tètè yara lati mu eyi tó lè munira ba kúrò titi o fi lọọ papọ iru ẹni bẹẹ yóò la, ẹni tó bá jẹ́un laijẹ ajẹjù ti ko ṣi ṣe wọbia mọ, ti o ba mọ lórí iwọnba ti yóò di ebi tí yóò sì mú isẹmi rẹ duro, alakọkọ ni apajuwe alaigbagbọ (Keferi) ẹkeji ni àpèjúwe ẹlẹsẹ ti o gbagbera lati ṣiwọ kuro nibi ẹsẹ ati lati tuba titi àsìkò rẹ fi kọjá, ẹkẹta ni ẹni ti ó dapọ mọrawọn ti o yara sí ituba nígbàtí yóò jẹ itẹwọgba, ẹkẹrin ni àpèjúwe ẹni tó maye ni kékeré ti nwa ọrun.
+Ibn Al-Muneer sọ pe: nibi Hadith yi awọn ojupọna àfìjọ tuntun wa nibẹ, Akọkọ rẹ: àfìjọ owo (Dukia) ati gbigbeeru rẹ pẹlu eweko ati jijade rẹ, Ikeji: àfijọ yiyo gbendu níbi ise sise ati awọn okunfa pẹlu awọn ẹran ọsin ti o wu níbi koriko jijẹ, Ikẹta: àfijọ wiwa pipọ si nibẹ ati titọju rẹ pamọ níbi jijẹ ati níbi rirokun, Ikẹrin: àfijọ ohun ti o jade níbi owo pẹlu titobi rẹ ninu ẹmi titi ti o fi de ibi asọgbọnu níbi sise ahun pẹlu rẹ nibi nkan ti ẹran ọsin nju nkan ija, atipé itọka ti o daju wa nibe lọ si ibi sise ni idọti niti Sharia, Ikarun: àfijọ ẹnití o fẹyin ti nipa kiko Jọ ati pipa pọ rẹ pẹlu ewurẹ nigbati o ba sinmi, ti o si ni anfaani abala re ni ẹnití o doju ko ibiti orun wa; nitori dájúdájú o wa ninu iṣesí re ti o daaju ni didake ati ni pelepele, itọka si si tun wa nibẹ lọsi ibi mimọ awọn anfaani, Ikẹfa: àfijọ iku ti o papapo ti o lodi si iku nkan ọsin ti o fọnu lati daabo bo nkan ti yoo se ni suta, Ikeje: àfijọ owo pẹlu ẹnití ko se fi aya balẹ si wipe ko ni di ọta; nitoripe dájúdájú owo ninu iṣesí rẹ ni ki eeyan ma so ki o si fi di ibiti o ye nitori fifẹran rẹ; iyẹn ni yoo fa Kikọ fun ẹnití o to si ti yoo si je okunfa iya fun ẹnití o se, Ikẹjọ: àfijọ ẹnití o gba lọna ailẹtọ pẹlu ẹnití o jẹun laiyo.
+Assanadiy sọ pé: nibi ifuni niró a ni lati ri nkan méjì, alakọkọ: ki a gba a ni ọna to yẹ, ẹlẹẹkeji: ki a lo sí bi ti ó yẹ ki a lo sí, ti ọkan nínú méjèejì bati kúrò yóò padà di ìnira... wọn lè sọ pé: itọka lọ sí ibi idunumọ wa laarin majẹmu mejeeji, eniyan o lè rí kongẹ nina owó síbi tí o tọ ayaafi ki o wa owo ni ọna to yẹ kó tọ wa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/4180</t>
+  </si>
+  <si>
     <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>“Ẹni ti o ba lọ onigbese lára, tabi ti o ba a din in ku tabi ki o ni ki o ma san an mọ́, Ọlọhun maa fi i sábẹ́ ibòji Ìtẹ́-ọlá Rẹ̀ ni Ọjọ́ Àjíǹde, ni ọjọ́ ti ko nii si ibòji kankan àyàfi ibòji Rẹ̀”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Láti ọ̀dọ̀ Abu Huraira- ki Ọlọhun yọnu si i- o sọ pe: Òjíṣẹ́ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pe: “Ẹni ti o ba lọ onigbese lára, tabi ti o ba a din in ku tabi ki o ni ki o ma san an mọ́, Ọlọhun maa fi i sábẹ́ ibòji Ìtẹ́-ọlá Rẹ̀ ni Ọjọ́ Àjíǹde, ni ọjọ́ ti ko nii si ibòji kankan àyàfi ibòji Rẹ̀”.</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pé ẹni tí o ba lọ onigbese lára, tabi ti o ba a din gbese rẹ ku, ẹsan rẹ ni pe: Ọlọhun maa fi i sábẹ́ ibòji Itẹ-ọla Rẹ̀ ni Ọjọ́ Àjíǹde ti oorun maa sunmọ orí àwọn ẹrú ti ooru rẹ si maa lágbára, Ẹni kankan ko nii ri ibòji àyàfi ẹni tí Ọlọhun ba fi si abẹ ibòji.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Ọla ti n bẹ fun ṣíṣe idẹkun fun awọn ẹru Ọlọhun ti ọla Rẹ ga, ati pe o wa ninu awọn okùnfà ti o maa la èèyàn kuro nibi ibẹru Ọjọ́ Àjíǹde.
 Ẹsan maa wa latara iran iṣẹ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/4186</t>
+  </si>
+  <si>
+    <t>من سره أن ينجيه الله من كرب يوم القيامة فلينفس عن معسر أو يضع عنه</t>
+  </si>
+  <si>
+    <t>Ẹnikẹni ti o bá dun mọ ki Ọlọhun koo yọ nibi ìbànújẹ ọjọ igbende ko yaa se ìgbà láàyè fún ẹni tí ara ni lati san gbèsè tabi ko yá yaafi gbèsè náà fun</t>
+  </si>
+  <si>
+    <t>عَنْ أَبَي قَتَادَةَ رضي الله عنه أنَّهُ طَلَبَ غَرِيمًا لَهُ، فَتَوَارَى عَنْهُ ثُمَّ وَجَدَهُ، فَقَالَ: إِنِّي مُعْسِرٌ، فَقَالَ: آللَّهِ؟ قَالَ: آللَّهِ؟ قَالَ: فَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ سَرَّهُ أَنْ يُنْجِيَهُ اللهُ مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ فَلْيُنَفِّسْ عَنْ مُعْسِرٍ أَوْ يَضَعْ عَنْهُ».</t>
+  </si>
+  <si>
+    <t>Láti ọdọ bàbá Qataada - ki Ọlọhun yọnu si - o ni oun wá ẹni tó jẹ oun lówó, o wa fi ara pamọ fún òun lẹyìn náà òun padà rí i, ni o wa sọ pé: oun wa ninu ìṣòro lati sanwo rẹ, ni o wá ṣọ pe: se o le fi orukọ Ọlọhun búra? o sọ pe: se o le fi orukọ Ọlọhun búra? o sọ pé: dájúdájú emi gbọ ti òjíṣẹ Ọlọhun (ki ike Ọlọhun ati ọla Rẹ máa ba a) ti nsọ pe: "Ẹnikẹni ti o bá dun mọ ki Ọlọhun koo yọ nibi ìbànújẹ ọjọ igbende ko yaa se ìgbà láàyè fún ẹni tí ara ni lati san gbèsè tabi ko yá yaafi gbèsè náà fun".</t>
+  </si>
+  <si>
+    <t>كان أبو قتادة الأنصاري رضي الله عنه يبحث عن مَدِيْنٍ له يَخْتَبِئ عنه، فوجده، فقال الغَريم: إني مُعسر، وليس عندي مال لأقضي دينك. 
+فاستحلفه أبو قتادة رضي الله عنه بالله أنه لا مال عنده؟ 
+فحلف بالله أنه صادق فيما يقول.
+فقال أبو قتادة رضي الله عنه إنه سمع النبي صلى الله عليه وسلم يقول: 
+مَن سرّه وأفرحه أن ينجيَه الله من كُرب يوم القيامة وشدائدها وأهوالها، فلينفِّس عن معسر، بأن يَمُدَّ ويؤخّر المطالبة بالدَّيْن، أو يُسقط بعض الدين أو كله.</t>
+  </si>
+  <si>
+    <t>Abu Qotaada ará Madinah ki Ọlọhun yonu si nsọ nipa onígbèsè rẹ kan ti n fara pamọ́ fún, ni o ba ri, ni onígbèsè náà bá sọ pé: "ará o dé mi, mi o ti ni owó lati fi sàn gbèse rẹ.
+Ní Abu Qotaada ki Ọlohun yọnu si bá ní kí ofi orúkọ Ọlọhun búra pé kò sí òwò lọwọ oun?
+Ni o ba fi  orukọ Ọlọhun búra fún pe ootọ ní òun sọ,
+Ni Abu Qotaada ki Ọlọhun yọnu si bá sọ pé òun gbọ ti Anọbi (ki ikẹ Ọlọhun ati Ọlá Rẹ má ba) ti nsọ pe:
+Ẹní tí yóò bá dún mọ ki Ọlọhun sakoyọ rẹ ni bi ìbànújẹ ọjọ igbende àti ilékoko ọjọ náà ati awọn ìbẹrù rẹ ko yá se idẹra fún ẹni tí kò lágbára láti san gbèse rẹ lasiko, pẹlú pe ko fi kun àsìkò ṣiṣan tábì ki o dín kù tabi ki o bùn ní gbogbo ẹ.</t>
+  </si>
+  <si>
+    <t>استحباب إنظار المُعْسر إلى مَيْسرة، أو وضع الدَّين عنه، كله أو بعضه.
+من نَفَّس عن مؤمن من كُرب الدنيا نَفَّس الله عليه من كُرَب يوم القيامة، والجزاء من جِنس العمل.
+القاعدة: أن الفرائض أفضل من النوافل، لكن في بعض الأحيان تكون النافلة أفضل من الفريضة، وإسقاط الدين عن المعسر نافلة، والصبر عليه والانتظار وعدم المطالبة هذا فريضة، والنافلة أفضل من الفريضة هنا.
+الحديث في حق من كان معسرًا، فهذا معذور، أما المُماطِل الذي عنده مال، فقد جاء عن النبي صلى الله عليه وسلم أنه قال: "مَطْلُ الغني ظُلْم".</t>
+  </si>
+  <si>
+    <t>Fifẹ pe kí a lọ ẹnití ko lágbára láti san gbèse lára titi di igbati yóò rọ lọrun lati san, tabi ki a fún ni gbogbo ẹ tabi ki a fún ni diẹ níbẹ.
+Ẹnikẹni ti o bá mú ìbànújẹ kan kúrò fún olugbagbọ òdodo nínú ìbànújẹ taye, Ọlọhun yóò mú awan ìbànújẹ ọjọ igbende kuro fun Oun naa, irú iṣẹ ti a ba se ni won yóò fí san wa lẹsan.
+Ofin ọrọ: ni pé awan ọranyan lọ lá ju nafila (alekun ti ki se ọranyan ) lọ, sugbon ni awon apa kan asiko miran nafila le lọ lá ju ọranyan lọ, ki a bun oni gbèse ni gbese naafila ni, ki a ni suuru ati ki a lọ lára kàsí ma ti beere lọwọ rẹ ọranyan ni, naafila ni ọlá ní bi ju ọranyan lọ.
+Hadith náà wà fa fún ẹtọ ẹnití kò nikapa lati san gbèse, eleyi ni àwáwi, ṣugbọn ẹni tóní kapa lati san ti o lọrá lati sàn, dájúdájú o ti wa láti ọdọ Anọbi (kí ikẹ Ọlọhun ati ọlá Rẹ máa ba) pè ọ sọ báyi pe: "pipẹ ọlọrọ ki o to san gbèse abosi ni",</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/4195</t>
   </si>
   <si>
     <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>“Ẹni tí ó bá gba aawẹ Ramadan ni ti igbagbọ ati ireti ẹsan ni ọdọ Ọlọhun, wọn maa fi orí ẹsẹ rẹ ti o ṣáájú jin in”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Láti ọ̀dọ̀ Abu Huraira- ki Ọlọhun yọnu si i- o sọ pé: Ojiṣẹ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pé: “Ẹni tí ó bá gba aawẹ Ramadan ni ti igbagbọ ati ireti ẹsan ni ọdọ Ọlọhun, wọn maa fi orí ẹsẹ rẹ ti o ṣáájú jin in”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n sọ pe ẹni tí o ba gba aawẹ oṣù Ramadan ni ti igbagbọ ninu Ọlọhun, ati gbigba ìjẹ-ọran-anyan aawẹ ni ododo, ati ohun ti Ọlọhun pèsè kalẹ fun awọn alaawẹ bii ẹsan ti o pọ̀, ni ẹni tí n gbèrò ojú-rere Ọlọhun ti ọla Rẹ ga, ti kii ṣe ti ṣekarimi tabi ṣekagbọmi, wọn maa fi orí àwọn ẹṣẹ rẹ ti o ti kọjá jin in.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Ọlá ti n bẹ fun imọkanga, ati pàtàkì rẹ nibi aawẹ Ramadan, ati awọn iṣẹ rere mìíràn yatọ si i.</t>
   </si>
@@ -4736,50 +5475,100 @@
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>Lati ọdọ Ibnu Umar- ki Ọlọhun yọnu si awọn mejeeji- dajudaju ojiṣẹ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pe: "Wọn pa mi láṣẹ lati ba awọn eniyan ja titi wọn maa fi jẹrii pe ko si ẹnikan ti ijọsin tọ si afi Allahu, ati pe dajudaju Muhammad ojiṣẹ Ọlọhun ni, ti wọn si n gbe irun duro, ti wọn si n yọ saka, ti wọn ba ṣe  iyẹn, wọn ti daabo bo awọn ẹjẹ wọn ati awọn dukia wọn kuro lọdọ mi afi pẹlu ẹtọ Isilaamu, ati pe ìṣirò iṣẹ wọn wa lọwọ Ọlọhun".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n sọ pe dajudaju Ọlọhun pa oun láṣẹ pẹlu biba awọn ọṣẹbọ ja titi wọn fi maa jẹrii pe ko si ẹnikan ti a le jọsin fun pẹlu ẹtọ afi Allahu nikan ṣoṣo ti ko si orogun fun Un, ati ki wọn jẹrii ìránṣẹ́ fun Muhammad- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a-, ati ṣiṣe iṣẹ pẹlu nnkan ti ijẹrii yii n beere fun bii sisọ awọn irun maraarun-un ni ọsan ati alẹ, ati ki wọn maa yọ saka ti o jẹ ọran-anyan fun awọn ti wọn lẹtọọ si i. Ti wọn ba ti ṣe awọn alamọri yii, dajudaju Isilaamu maa daabo bo awọn ẹjẹ wọn ati awọn dukia wọn, ti pipa wọn ko nii lẹtọọ afi ti wọn ba wu iwa ọdanran kan ti wọn wa maa fi lẹtọọ si pipa lori rẹ tori okùnfà idajọ Isilaamu, lẹyin naa, ni ọjọ igbedide Ọlọhun- ti ọla Rẹ ga- maa ṣe amojuto ìṣirò iṣẹ wọn nigba ti O mọ awọn kọ̀kọ̀ wọn.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>Awọn idajọ, dajudaju o maa n lọ lori awọn nnkan ti wọn hàn, ati pe Ọlọhun lo maa n ṣe amojuto awọn kọkọ.
 Pataki ipepe lọ sibi imu Ọlọhun ni ọkan ṣoṣo, ati pe o jẹ nnkan ti wọn maa n bẹrẹ pẹlu rẹ ninu ipepe.
 Hadiisi yii ko túmọ̀ si jíjẹ awọn ọṣẹbọ nipa lori wiwọ inu Isilaamu, bi ko ṣe pe wọn ni igbalaaye lati ṣẹsa laaarin wiwọ inu Isilaamu tabi sisan isakọlẹ; ti wọn ba kọ afi pe ki wọn kọ ipepe sinu Isilaamu, ko si nnkan ti o ku ju biba wọn ja lọ ní ìbámu si awọn idajọ Isilaamu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/4211</t>
+  </si>
+  <si>
+    <t>إن الله تجاوز لي عن أمتي الخطأ والنسيان وما استكرهوا عليه</t>
+  </si>
+  <si>
+    <t>Dájú dájú Ọlọhun ti  se amojukuro  aṣiṣe àti ìgba gbé fún mi  nípa awan ìjọ mí àti nkán tí wan ba jẹ wàn nípa láti ṣe</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إنَّ اللَّهَ تَجَاوَزَ لِي عَنْ أُمَّتِي الخَطَأَ وَالنِّسْيَانَ وَمَا اسْتُكْرِهُوا عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Lati ọdọ ọmọ Abbas kí Ọlọhun yọnu sí awan méjèjì dájú daju òjíṣẹ Ọlọhun kí ikẹ àti ọlá rẹ máa  ba  sọ pé: « Dájú dájú Ọlọhun ti  se amojukuro  aṣiṣe àti ìgba gbé fún mi  nípa awan ìjọ mí àti nkán tí wan ba jẹ wàn nípa láti ṣe ».</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم : أن الله عفا عن أمته في ثلاثة أحوال:
+الأولى: الخطأ، وهو ما صدر منهم دون تعمد، وهو أن يقصد المسلم بفعله شيئًا، فيصادف فعله غير ما قصده. 
+والثانية: النسيان، وهو أن يكون المسلم متذكرًا لشيء، ولكن ينساه عند الفعل، فلا إثم في ذلك أيضًا. 
+والثالثة: الإكراه ، فقد يُكره العبد على فعل شيء لا يريده مع عدم قدرته على دفع الإكراه، وحينئذٍ لا يقع عليه الإثم أو الحرج.
+مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
+  </si>
+  <si>
+    <t>Anọbi kí ikẹ Ọlọhun àti ọlá Rẹ má bà nfun wa niro pé dájú dájú Ọlọhun ti se amojukuro nkán mẹta fún awan ìjọ rẹ : Alakọkọ ni : aṣiṣe, òun ni nkán tí o ba ṣẹlẹ láti ọdọ wàn lai mọn mọn se , òun ni kí muslimu ni ero pẹlu nkán tí o se , kí o wa jasi pe iṣẹ rẹ tí o se se 
+alaba pàdé  nkàn tí o yatọ sí nkan tí o gba lérò. Ẹlẹẹkeji ni : igbagbe, òun ni kí muslim se ìrántí nkán kan , ṣugbọn kí o tún gbà gbé rẹ nigbati o fẹ se , kò sí ẹsẹ fún nípa rẹ bákan náà. Ẹlẹkẹta ni : ijeni nípa se nkán, wàn le jẹ ẹrú ( ọmọ ènìyàn) nípa láti ṣe nkan tí kò fẹ se pẹlu pé koni ìkápá láti dá ijẹnipa náà padà , nígbà náà kòní sí ẹsẹ tàbí aburú kàn kan . Pẹlu ise àkíyèsí pé dájú dájú àkòrí ọrọ Hadith ni òun tí bọ nbẹ láàrin ẹrú àti Olúwa rẹ nípa ṣíṣe nkán tí wan se leewọ , ṣugbọn gbígbé nkán tí wan páni lá sẹ jù silẹ ni ti igbagbé  kò tí mú aṣẹ náà kúrò, ṣugbọn tí ìwà ọdaran  kan ba tí atara ṣíṣee wa ye òun tí o jẹ ẹtọ ènìyàn kò tí bọ , gẹgẹ bí kí o se sí paayan  ,  dandan  ni kí o sanwo ìtanràn emi b, tàbí kí o sesi ba mọto jẹ dandan ni fún láti san  owó ìtanràn .</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
+فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
+رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
+لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
+  </si>
+  <si>
+    <t>Gbígba ààyè ikẹ Ọlọhun - tí o gbongbon tí o gajulọ - àti aanu rẹ fún awán ẹrú rẹ nigbati o gbé ẹsẹ kúrò fún wan   tí ẹsẹ tàbí ìyapa Ọlọhun  ba ṣẹlẹ láti ọdọ wan lórí awán isesi mẹta yíì .
+Ọlá Ọlọhun lórí anọbi Muhammad kí ikẹ Ọlọhun àti Ọlá rẹ máa ba àti ijọ rẹ.
+Gbígbé ẹsẹ kúrò kò túmọ sí pé gbígbé ìdájọ kúrò tàbí
+Majẹmu ní láti wa fún gbígbé ese kúrò fún ní latara ijẹni nípa, bíi kìí ẹni tí wan jẹ nípa ni ìkápá láti ṣe nkán tí wan fí se idẹruba fún .</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه والبيهقي وغيرهما</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/4216</t>
   </si>
   <si>
     <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>Ẹni ti o n gun nkan ni o maa salamọ si ẹni ti o n rin, ẹni ti o n rin ni o máa salamọ si ẹni ti o jokoo, awọn ti onka wọn kere ni wọ́n maa salamọ si awọn ti onka wọn pọ</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t>Lati ọdọ Abu Hurairah - ki Ọlọhun yọnu si i - ó ṣo pé: Ojiṣẹ Ọlọhun - ki ikẹ ati ọla Ọlọhun maa ba a - sọ pe: «Ẹni ti o n gun nkan ni o maa salamọ si ẹni ti o n rin, ẹni ti o n rin ni o máa salamọ si ẹni ti o jokoo, awọn ti onka wọn kere ni wọ́n maa salamọ si awọn ti onka wọn pọ».</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - ṣe itọsọna lọ sibi ẹkọ sisalamọ laarin awọn eeyan "As salaamu alaykum wa rahmotuLloohi wabarakātuHu". Ọmọde o wa salamọ si agbalagba, ẹni ti o n gun nkan o si salamọ si ẹni ti o n rin, ẹni ti o n rin o salamọ si ẹni ti o jokoo, awọn ti onka wọn kere o salamọ si awọn ti onka wọn pọ.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
@@ -4858,50 +5647,91 @@
     <t>Láti ọ̀dọ̀ Abu Bakrah- ki Ọlọhun yọnu si i- o sọ pe: Mo gbọ ti ojiṣẹ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n sọ pé: “Ti Mùsùlùmí méjì ba pàdé ara wọn pẹ̀lú idà, ati ẹni ti o pa eeyan ati ẹni tí wọ́n pa, wọn jọ maa wọ iná ni”, mo wa sọ pe: Irẹ ojiṣẹ Ọlọhun, a gbọ ti ẹni tí o pa èèyàn, ẹni tí wọ́n pa wa nkọ? O sọ pé: “Oun naa fẹ́ pa ẹni keji rẹ ni”.</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n sọ pe ti Mùsùlùmí meji ba pade ara wọn pẹ̀lú idà, ti ìkíni kejì wọn n gbero lati pa ìkejì rẹ; ẹni tí ó pa èèyàn maa wọ iná; tori pe oun ni o pa ikeji rẹ tààrà, Ọ̀rọ̀ ẹni tí wọ́n pa wa ru àwọn saabe lójú pe: Báwo ni o ṣe maa wọ ina? Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- wa sọ pé torí pé oun naa fẹ́ pa ìkejì rẹ ni, ko si si nǹkan ti o kọ̀ fun un lati ma pa a ju pe ọwọ́ ẹni tí o pa a yá ju tiẹ̀ lọ ni.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Ìní-ẹ̀tọ́ si ìyà ẹni ti o ba pinnu láti da ẹ̀ṣẹ̀ nínú ọkàn rẹ ti o si ṣe àwọn okùnfà rẹ tààrà.
 Ikilọ ti o lágbára kúrò nibi ki awọn Mùsùlùmí maa ba ara wọn ja, ati àdéhùn ìyà iná lori ẹ.
 Ìjà láàárín àwọn Musulumi pẹlu ẹ̀tọ́ kò kó sínú adehun ìyà naa, gẹgẹ bii bíbá àwọn ti o kọjá ẹnu-ala jà ati awọn obilẹjẹ.
 Ẹni ti o ba da ẹṣẹ ńlá ko nii di Kèfèrí pẹlu ọ̀wọ́ pé ó kàn dá ẹṣẹ naa; torí pé Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- pe àwọn ti wọn n ba ara wọn jà ni Musulumi.
 Ti Musulumi meji ba pade ara wọn pẹ̀lú èyíkéyìí nǹkan ti wọn le fi pa èèyàn, ti ọkan ninu wọn wa pa ikeji, ẹni ti o pa èèyàn ati ẹni tí wọ́n pa maa wọ ina, wọn kan dárúkọ idà ninu hadiisi naa lati fi ṣe àpèjúwe ni.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/4304</t>
+  </si>
+  <si>
+    <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>daada ni iwa daada, ẹṣẹ ni nkan ti nlọ ti mbọ ninu igbaaya rẹ, ti kò sì wù ọ ki awọn eniyan mọn</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Lati ọdọ An-nawwaas ọmọ Sim'aan al-ansaariy - ki Ọlọhun yọnu si i - o sọ pé: Mo beere lọwọ Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) nípa iṣẹ daada ati iwa ẹṣẹ, lo bá sọ pé: "daada ni iwa daada, ẹṣẹ ni nkan ti nlọ ti mbọ ninu igbaaya rẹ, ti kò sì wù ọ ki awọn eniyan mọn ".</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
+أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
+وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
+  </si>
+  <si>
+    <t>Wọ́n bi Anọbi (ki ikẹ Ọlọhun ati ọla Rẹ máa ba a) nípa iṣẹ daada ati iwa ẹṣẹ, ni o ba daun pe:
+Èyí tó tóbi jù nínú iṣẹ daada ni iwa rere pẹlu Ọlọhun láti ara ìbẹrù Rẹ, ati pẹlu awọn ẹda pẹlu imaa gbé àìda mọra, ìbínú niwọnba, itujuka, ọrọ ti o da lẹnu, ida ẹbi pọ, itẹle aṣẹ Ọlọhun, iṣe pẹlẹ, iṣe daada, ibani lo lọna to da, àti ibarinpọ tó da.
+Ṣugbọn ẹṣẹ oun ni nkan ti nlọ ti mbọ ninu ìgbààyà nínú àwọn iruju ati seyi sòún ọkàn láì sí isipaya igbaaya fún un, ti iyemeji nipa rẹ ati ìbẹrù nípa pe se ẹsẹ ni tabi kii se ẹsẹ ti kosi fẹ lati se afihan pe aida ni si awọn ojulowo ati awọn ti wọn pe leniyan, nitoripe adamọ ni pé ẹmi fẹ lati jẹ ki awọn ènìyàn rí daada rẹ, ti kò bá fé kí awọn eniyan ri awọn apákan iṣẹ rẹ, a jasipe iṣẹ naa kosi oore níbẹ.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>iṣeni lojúkòkòrò lórí awọn iwa apọnle, nítorípé ìwà daada wa nínú èyí tó tóbi jù nínú awọn iṣẹ daada.
+òdòdò ati ọrọ méjèjì o dàrú mọn olugbagbọ òdodo lójú ,  ko da yoö mà da odo
+nínú awọn àmìn ẹṣẹ ni kí ọkan máa daamu ko si má dúró loju kan, ati ko má fẹ kí àwọn ènìyàn ri i.
+As-sanadiy sọ pé:  eleyi wà fún àwọn ọrọ tó rujupọ èyí tí awọn ènìyàn ko ni ìmọ lati mukan ninu méjèejì, ti kii bá ṣe bẹ nkan ti won pa wa laṣẹ ninu ìlànà ofin láì sí ihan ẹrí nípa rẹ yatọ sí eleyi ninu daada, ati pe eyi ti wọn kọ̀ fún wa ninu ẹṣẹ, kò sí bukata kan fún méjèejì lati máa tún bèerè idajọ rẹ lọdọ ọkan tabi iwa  ifọkanbalẹ rẹ.
+ẹni tí wọn bá sọrọ ninu hadith náà ni awọn ti wọn ni adamọ ti o lalaafia, kii ṣe awọn ọkan ti nṣàarẹ eyi ti ko mọ daada kan bẹẹ ni ko le kọ̀ àìdá kan àyàafi eyi ti o ba ti inu ìfẹẹ inu rẹ wa.
+At-tiibiyy sọ pé: wọn sọ pé wọn tumọ daada ninu hadith náà si awọn ìtumọ ti o pọ, wọn tumọ rẹ ni ààyè kan sí nkan ti ẹmi balẹ le lórí ti ọkan naa si balẹ le lórí, wọn tun túmọ rẹ sí ìgbàgbọ, ni ààyè mi wọn tumọ rẹ sí nkan ti yóò mú ọ sunmọ Olúwa rẹ, nibiyi wọn tumọ rẹ sí ìwà daada, ìwà daada ni wọ́n tumọ sí ìgbé àìdá mọra àti ìbínú niwọnba ati itujuká ati ọrọ daada lẹnu, gbogbo rẹ náà ló súnmọ ara won ni itumọ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/4308</t>
   </si>
   <si>
     <t>الدين النصيحة</t>
   </si>
   <si>
     <t>“Ẹsin ìmọ̀ràn ni</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Lati ọdọ Tamiim Ad-Daariy- ki Ọlọhun yọnu si i- pe Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pe: “Ẹsin ìmọ̀ràn ni”, a sọ pé: Fún tani? O sọ pe: “Fún Ọlọhun, ati fun tira Rẹ̀, ati fun ojiṣẹ Rẹ, ati fun awọn aṣiwaju Mùsùlùmí ati apapọ wọn”.</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n sọ pe ẹsin duro lori imọkanga ati ododo, titi ti eeyan fi maa pé e gẹ́gẹ́ bi Ọlọhun ṣe ṣe e ni dandan, ni pípé láìsí ikudiẹ-kaato nibẹ tabi irẹjẹ.
 Wọn wa sọ fun Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- pé: Ìmọ̀ràn fun tani? O sọ pe:
@@ -5649,50 +6479,88 @@
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - funni niroo pe dajudaju ẹnikẹni ninu awọn eeyan ko nii tayọ aaye iṣiro iṣẹ ni ọjọ igbedide lọ si alijanna tabi ina titi ti wọn o fi bi i nipa awọn alamọri kan:
 Alakọkọọ: Iṣẹmi rẹ nibo ni o pari rẹ sí?
 Ẹlẹẹkeji: Imọ rẹ njẹ o wa a nitori ti Ọlọhun? Ati pe njẹ o fi ṣiṣẹ ṣe? Ati pe njẹ o mu un de ọdọ ẹni ti o lẹtọọ si i?
 Ẹlẹẹkẹta: Dukia rẹ nibo ni o ti ko o jọ ṣe nibi ẹtọ ni abi níbi eewọ? Ati pe nibo ni o na an si, ṣe ibi nkan ti o yọ Ọlọhun ninu ni abi ibi ti o bi I ninu?
 Ẹlẹẹkẹrin: Ara rẹ ati agbara rẹ ati alaafia rẹ ati ọdọ rẹ nibo ni o lo o si?</t>
   </si>
   <si>
     <t>الحث على اغتنام الحياة فيما يرضي الله تعالى.
 نعم الله على العباد كثيرة، وسيسأله عن النعيم الذي كان فيه، فعليه أن يضع نعم الله فيما يرضيه.</t>
   </si>
   <si>
     <t>Ṣiṣeni ni ojukokoro lori lilo iṣẹmi s'ibi nkan ti yio yọ Ọlọhun ti ọla Rẹ ga ninu.
 Awọn idẹra Ọlọhun pọ lori awọn ẹru, ati pe yio bi i leere nipa idẹra eleyii ti o wa ninu rẹ, nitori naa o jẹ dandan fun un ki o gbe awọn idẹra Ọlọhun sí ibi tí yio yọ Ọ ninu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/4950</t>
   </si>
   <si>
+    <t>إزرة المسلم إلى نصف الساق، ولا حرج أو لا جناح فيما بينه وبين الكعبين، وما كان أسفل من الكعبين فهو في النار، من جر إزاره بطرا لم ينظر الله إليه</t>
+  </si>
+  <si>
+    <t>Sokoto tàbí aṣọ iwọ sisalẹ Muslim ni láti gun dé ìdajì ojúgun, kò sí àìdá - tàbí kòsí ẹsẹ ni bí - kí o obgun dé láàrin ojúgun àti kókósẹ méjèjì , èyí ti o ba tí kọ já kókó ẹsẹ méjèjì òun ni o tí wa nínú inaa, ẹni k'ẹni tí o ba wọ asọ rẹ tàbí Sokoto rẹ nilẹ ni tí ayọ pọra , Ọlọhun kòní siju wó</t>
+  </si>
+  <si>
+    <t>عَنْ أبي سَعيدٍ الخُدريَّ رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم ِ: «إزْرَةُ المُسْلمِ إلى نصفِ السَّاق، وَلَا حَرَجَ -أو لا جُنَاحَ- فيما بينَهُ وبينَ الكعبينِ، وما كان أسفلَ منَ الكعبين فهو في النار، مَن جرَّ إزارَهُ بطرًا لم يَنْظُرِ اللهُ إليه».</t>
+  </si>
+  <si>
+    <t>Láti ọdọ bàbá Saheed Al - Khudiryy kí Ọlọhun yọnu sí o sọ pé: Òjíṣẹ Ọlọhun kí ikẹ àti ọlá Rẹ má bà s'ọpe : « Sokoto tàbí aṣọ iwọ sisalẹ Muslim ni láti gun dé ìdajì ojúgun, kò sí àìdá - tàbí kòsí ẹsẹ ni bí - kí o obgun dé láàrin ojúgun àti kókósẹ méjèjì , èyí ti o ba tí kọ já kókó ẹsẹ méjèjì òun ni o tí wa nínú inaa, ẹni k'ẹni tí o ba wọ asọ rẹ tàbí Sokoto rẹ nilẹ ni tí ayọ pọra , Ọlọhun kòní siju wó»</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أن الرجل المسلم لإزاره، وهو كل ما يستر النصف الأسفل من الرجال، ثلاثة أحوال: 
+الأولى: المستحب بأن يكون إلى نصف الساق. 
+الثانية: الجائز بلا كراهة وهو ما تحته إلى الكعبين؛ وهما العظمان البارزان عند مفصل الساق والقدم. 
+الثالثة: المحرَّم بأن يكون أسفل من الكعبين، ويخشى عليه أن تصيبه النار، وإن كان تكبرًا وفرحًا وطغيانًا لم ينظر الله إليه.</t>
+  </si>
+  <si>
+    <t>Anọbi kí ikẹ Ọlọhun àti ọlá Rẹ má bà tí se alaye pé dajudaju sokoto muslim l'ọkunrin ni awan ìsesí mẹta , sokoto ni òun tí yóò bọ ìdajì isalẹ ará ọkunrin: Alakọkọ ni : Èyí tí wan fẹ ni kí o gùn fẹ ìdajì ojúgun rẹ. Ẹlẹẹkeji ni : Èyí tí o lẹtọ  lai sí kikorira níbẹ  ni pé kí o kọja ìdajì ojúgun titi de kókósẹ méjèjì ' òun náà ni egún gùn méjì Ẹlẹkẹta : èyí tí o jẹ èèwọ pẹlu pé kí o gùn kọja kókósẹ méjèjì,  ipaya sí wa lórí rẹ pé kí inan má lọ ṣẹlẹ sí , tí o ba se pé o se bẹ ni tí moto moto àti ìyá yọ pọra àti ikọja aala Ọlọhun kòní siju aanu  wó .</t>
+  </si>
+  <si>
+    <t>هذه الصفة والوعيد خاص بالرجال أما النساء فيستثنين من ذلك؛ لأنهن مأمورات بستر جميع جسدهن.
+كل ما يستر النصف الأسفل من الرجال يسمى إزارًا؛ كالسراويل، والثياب وغيرهما، وهو داخل في الأحكام الشرعية المذكورة في هذا الحديث.</t>
+  </si>
+  <si>
+    <t>Ìròyìn yí àti ìlérí yí da wa lọtọ fún awan ọkunrin ṣugbọn awan obìnrin , wàn se adayanri wàn kúrò níbẹ , nítorípé wàn tí pa wàn lasẹ láti bọ gbogbo ará wàn .
+Gbogbo nkán tí o ba le bọ ìdajì isalẹ ará ni wàn pé ni Izar tàbí , gẹgẹ bí sókótó, àti aṣọ àti nkan mí tí o yatọ sí awan méjèjì, o sí ti wa nínú  awàn ìdájọ òfin ẹṣin tí wan tí sọ nípa rẹ nínú Hadith yí .</t>
+  </si>
+  <si>
+    <t>رواه أبو داود وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[Abu Daud ati Ibnu Maajah ati Ahmad ni wọ́n gba a wa]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/4964</t>
+  </si>
+  <si>
     <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>“Jibril kò yẹ̀ kò gbò ni ẹni tí n sọ àsọtẹ́lẹ̀ fun mi nipa aládùúgbò, titi ti mo fi lérò pé yoo mu u jogún”</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>Lati ọdọ Ibnu Umar- ki Ọlọhun yọnu si àwọn mejeeji- o sọ pé: Ojiṣẹ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pé: “Jibril kò yẹ̀ kò gbò ni ẹni tí n sọ àsọtẹ́lẹ̀ fun mi nipa aládùúgbò, titi ti mo fi lérò pé yoo mu u jogún”.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n sọ pe Jibril ko yẹ ni ẹni tí n pààrà fun un ti o si n pa a láṣẹ láti ni akolekan aládùúgbò ti ilé rẹ sunmọ, Mùsùlùmí ni tabi Kèfèrí, mọlẹbi ni tabi ẹni tí kii ṣe mọ̀lẹ́bí, pẹlu ṣiṣọ iwọ̀ rẹ, ki eeyan ma si fi suta kan an, ki èèyàn si maa ṣe daadaa si i, ki èèyàn si maa ṣe suuru lori suta rẹ, titi ti Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- fi lérò pe imisi maa sọ̀kalẹ̀ pé ki a maa fun un ninu dúkìá aládùúgbò rẹ ti o ba fi silẹ lẹ́yìn iku rẹ latara bi o ṣe bàbàrà iwọ̀ rẹ, ati bi Jibril ṣe n pààrà rẹ.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Titobi ẹtọ ti aládùúgbò ati ọranyan lati ṣe akiyesi iyẹn.
@@ -5818,56 +6686,50 @@
 Akọkọ: Ọfọ̀: Oun ni ọ̀rọ̀ ti àwọn ara àsìkò ki Isilaamu to de fi maa n ṣe ìwòsàn, ti o ni ẹbọ nínú.
 Ìkejì: Àsokọ́ra lati ara ìlẹ̀kẹ̀ ati nǹkan ti o jọ ọ: Eyi ti wọn maa n so kọ ọmọdé lọrun, ati awọn ẹran-ọ̀sìn, ati nǹkan ti o yatọ si i, lati ti ojukoju dànù.
 Ikẹta: Oogun ifẹran: Eyi ti wọn ṣe lati jẹ ki ọkọ ati ìyàwó nífẹ̀ẹ́ ara wọn.
 Àwọn nǹkan wọ̀nyí wa nínú ẹbọ; torí pé o wa ninu fifi nǹkan ṣe okùnfà, ti kii sii ṣe okùnfà ti o ba òfin mu ti o rinlẹ pẹ̀lú ẹ̀rí, kii sii ṣe okùnfà ti ìmọ̀lára ti o rinlẹ pẹ̀lú ìrírí. Ṣùgbọ́n àwọn òkùnfà ti o ba ofin mu gẹ́gẹ́ bii kika Kuraani, tabi eyi ti o jẹ ti ìmọ̀lára gẹ́gẹ́ bii àwọn oògùn ti o rinlẹ pẹ̀lú ìrírí, èyí ni ẹtọ pẹlu adisọkan pe okùnfà ni, ati pe àǹfààní ati ìnira wa lọ́wọ́ Ọlọhun.</t>
   </si>
   <si>
     <t>صيانة التوحيد والعقيدة عما يُخِلُّ بها.
 تحريم استعمال الرقى الشركية والتمائم والتولة.
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Ṣiṣọ taohid ati adisọkan kúrò nibi nǹkan ti o maa ba a jẹ́.
 Ṣíṣe lilo ọfọ ti ẹlẹbọ ati àsokọ́ra ati oogun ifẹran ni eewọ.
 Adisọkan ọmọniyan nipa awọn mẹtẹẹta yii pe okùnfà ni wọn: Oun ni ẹbọ kekere; torí pé o ṣe ohun ti kii ṣe okùnfà ni okùnfà, ṣùgbọ́n ti o ba ni adisọkan pe oun ni yoo ṣe anfaani tabi fa inira funra rẹ, ìyẹn ni ẹbọ ńlá.
 Ikilọ kuro nibi ṣíṣe àwọn òkùnfà ti ẹlẹbọ ati eyi ti o jẹ eewọ.
 Ṣíṣe ọfọ ni eewọ, ati pe ẹbọ ni, ayafi eyi ti o ba ba sharia mu.
 O tọ́ ki ọkàn rọ̀ mọ́ Ọlọhun nìkan, ọdọ Rẹ ni ìnira ati àǹfààní ti n wa, ko ni orogun, ko si ẹni ti o le mu oore wa ayafi Ọlọhun, ko si si ẹni ti o le ti aburu lọ ayafi Ọlọhun.
 Ọfọ ti o tọ́ ni eyi ti o ko májẹ̀mú mẹta sinu:
 1-	Ki a ni adisọkan pe okùnfà ni wọn, wọn ko lee ṣe anfaani ayafi pẹ̀lú iyọnda Ọlọhun. 
 2-	Ki wọn jẹ pẹlu Kuraani ati awọn orukọ Ọlọhun ati awọn iroyin Rẹ, ati awọn adua ti Anọbi, ati awọn adua ti wọn ba sharia mu. 
 3-	Ki wọn jẹ pẹlu èdè ti a gbọye, ti ko si nii ni ìwé oògùn ati ẹtan ninu.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[Abu Daud ati Ibnu Maajah ati Ahmad ni wọ́n gba a wa]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/5273</t>
   </si>
   <si>
     <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>“Njẹ ẹ mọ ohun ti n jẹ ọ̀rọ̀-ẹ̀yìn?”, wọn sọ pé: Ọlọhun ati ojiṣẹ Rẹ ni wọn ni imọ ju, o sọ pé: “Oun naa ni ki o maa sọ nipa ọmọ-ìyá rẹ ohun ti o korira”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>Láti ọ̀dọ̀ Abu Huraira- ki Ọlọhun yọnu si i- pe ojiṣẹ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pé: “Njẹ ẹ mọ ohun ti n jẹ ọ̀rọ̀-ẹ̀yìn?”, wọn sọ pé: Ọlọhun ati ojiṣẹ Rẹ ni wọn ni imọ ju, o sọ pé: “Oun naa ni ki o maa sọ nipa ọmọ-ìyá rẹ ohun ti o korira”, wọn sọ pé: Ti ohun ti mo n sọ ba n bẹ lara ọmọ-ìyá mi ńkọ́? O sọ pe: “Ti ohun ti o n sọ ba n bẹ lara ọmọ-iya rẹ, o ti sọ ọrọ rẹ lẹ́yìn nìyẹn, ṣùgbọ́n ti ko ba si lara rẹ, o ti dá àdápa irọ́ mọ ọn nìyẹn”.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n ṣàlàyé pàápàá ọ̀rọ̀-ẹ̀yìn ti o jẹ eewọ, oun naa ni: Sísọ nipa Mùsùlùmí ti ko si ni tòsí ohun ti o maa korira, bóyá o jẹ nibi awọn ìròyìn rẹ ti wọn dá mọ ọn tabi ti ìwà, gẹgẹ bii: Olojukan ẹlẹtan òpùrọ́, ati awọn nǹkan ti o jọ ọ ninu awọn ìròyìn ẹ̀gàn, kódà ki ìròyìn náà o wa lára rẹ.
 Ṣùgbọ́n ti iroyin naa ko ba si lara rẹ, eyi tun buru ju ọ̀rọ̀-ẹ̀yìn lọ, oun ni BUHTAAN, itumọ rẹ ni: Adapa irọ mọ ọmọniyan pẹ̀lú nǹkan ti ko si lára rẹ.</t>
   </si>
   <si>
@@ -9382,51 +10244,51 @@
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Lati ọdọ Umu ‘Atiyyah - ki Ọlọhun yọnu si i - o jẹ ẹni ti o gbe adehun (ibura) fun Anabi - ki ikẹ ati ọla Ọlọhun maa ba a -, o sọ pe: A jẹ ẹni ti kii ka omi ti awọ rẹ f'ara pẹ dúdú, ati omi alawọ iyeye lẹ́yìn imọra si nǹkan kan.</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Saabe lobinrin Umu ‘Atiyyah - ki Ọlọhun yọnu si i - sọ pe dajudaju awọn obinrin ni igba Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - o ki n ka omi ti o maa n jade ni oju ara obinrin-  ti awọ rẹ f'ara pẹ dúdú, tabi awọ iyeye - lẹyin riri imọra nibi ẹjẹ nǹkan oṣu: wọn o ki n ka a si ẹjẹ nǹkan oṣu, nitori naa wọn o ki n fi irun ati aawẹ silẹ nitori rẹ.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Omi ti maa n sọkalẹ ni abẹ obinrin - lẹyin imọra nibi ẹjẹ oṣu - wọn o nii ka a si koda ki omi ti o fẹ dudu ati omi alawọ iyeye ti o wa latara ẹjẹ o wa nibẹ.
 Sisọkalẹ omi ti awọ rẹ sunmọ dudu ati omi alawọ iyeye ti o wa ni asiko riri ẹjẹ oṣu ati alaada, wọn o maa ka a si ẹjẹ oṣu; nítorí pé ẹjẹ kan ni ti o wa ni asiko rẹ, yatọ si pe o dà papọ mọ omi ni.
 Obìnrin o nii maa fi irun ati aawẹ silẹ nitori omi ti awọ rẹ sunmọ dudu ati omi alawọ iyeye ti o wa lẹ́yìn imọra, amọ yio maa ṣe aluwala, yoo si máa kirun.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
-    <t>[Abu Daud ni o gba a wa pẹlu gbolohun yii, Bukhaariy naa si gba a wa lai ṣe afikun (lẹ́yìn imọra)]</t>
+    <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/10014</t>
   </si>
   <si>
     <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>Ẹ koraro ni odiwon igba ti nnkan oṣu rẹ ba fi de ọ mọle, lẹyin naa ki o wẹ</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>Lati ọdọ 'Aaisha iya awọn olugbagbọ- ki Ọlọhun yọnu si i- dajudaju o sọ pe: Dajudaju Ummu Habeebah ọmọ Jahsh ti o wa labẹ 'Abdur Rahman ọmọ 'Aof, o gbe ẹjọ́ ẹjẹ lọ sọ́dọ̀ ojiṣẹ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a-, o sọ fun un pé: "Ẹ koraro ni odiwon igba ti nnkan oṣu rẹ ba fi de ọ mọle, lẹyin naa ki o wẹ". O si jẹ ẹni ti maa n wẹ nibi gbogbo irun.</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>Ẹnikan ninu awọn saabe lobinrin fi ẹjọ àìdá ẹjẹ rẹ sun Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a-, O wa pa a láṣẹ kí ó má kirun ni odiwọn igba ti ẹjẹ nnkan oṣu rẹ fi maa n dè é mọle ṣíwájú ki àlámọ̀rí pajawiri yii o to ṣẹlẹ̀ si i, lẹyin naa o maa wẹ, o si maa kirun, o si jẹ ẹni ti maa n fínnú-fíndọ̀ wẹ fun gbogbo irun kọọkan.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
@@ -9898,50 +10760,53 @@
   <si>
     <t>Lati ọdọ Abu Umāmah - ki Ọlọhun yọnu si i - o sọ pe: Ojiṣẹ Ọlọhun - ki ikẹ ati ọla Ọlọhun maa ba a - sọ pe: «Ẹni ti o ba ka āyatul kursiyyu ni ẹyin irun ọranyan kọọkan, ko si nkan ti yio di i lọwọ wiwọ al-jannah ayaafi ki o ku.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - n sọ pe dajudaju ẹni ti o ba ka āyatul kursiyyu lẹyin ipari irun ọranyan, ko si nkankan ti o le ma jẹ ki o wọ alujanna ayaafi iku; o si wa ninu sūratul Baqorah, gbolohun Ọlọhun ti ọla rẹ ti o sọ pe: {Allahu la ilaha illa Huwa al-Hayyu al-Qayyoomu la ta‘khuthuHu sinatun wala nawmun laHu ma fis samāwāti wama fil ardi man dha ladhī yashfa‘u indaHu illa bi-idhniHi ya‘lamu mā bayna aydīhim wamā khalfahum wala yuhītūna bishayin min ‘ilmiHi illa bimā shaa'a wasi‘a kursiyyuHus samāwāti wal-arda wala ya’ūduHu hifdhuhumā waHuwal ‘aliyyu alAadhīm} [Al-Baqorah: 255]</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Ọla ti o n bẹ fun aayah ti o tobi yii; latari nkan ti o ko sinu ninu awọn orukọ to rẹwa ati awọn iroyin ti o ga.
 Ṣiṣe lẹtọọ kika aayah ti o tobi yẹn lẹyin gbogbo irun ọranyan.
 Awọn iṣẹ oloore jẹ okunfa wiwọ al-jannah.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه النسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/yo/browse/hadith/10950</t>
   </si>
   <si>
     <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>Ki irun ni iduro, ti oo ba wa ni ikapa, yaa ki i ni ijokoo, ti oo ba tun wa ni ikapa, ki i ni ifẹgbẹlelẹ</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>Lati ọdọ ‘Imrān ọmọ Husoyn – ki Ọlọhun yọnu si i– o sọ pe: Aisan jẹ̀díjẹ̀dí mu mi, nigba naa ni mo wa bi Anabi – ki ikẹ ati ọla Ọlọhun maa ba a – leere nipa irun, ni o wa sọ pe: «Ki irun ni iduro, ti oo ba wa ni ikapa, yaa ki i ni ijokoo, ti oo ba tun wa ni ikapa, ki i ni ifẹgbẹlelẹ».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Anabi – ki ikẹ ati ọla Ọlọhun maa ba a - ṣe alaye wipe dajudaju ipilẹ ninu irun ni iduro, ayaafi ni igba ti ko ba si ikapa, nigba naa yio ki i ni ẹnití o jokoo, ti ko ba tun ni ikapa kiki irun ni ẹni ti o jokoo, o le ki i ni ifẹgbẹlelẹ.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
@@ -10067,54 +10932,54 @@
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ọmọ Mas’ud - ki Ọlọhun yọnu si i - n sọ pe dajudaju Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- kọ wọn ni khutubal haajah, oun ni wọn maa n sọ nibi ìbẹ̀rẹ̀ ọrọ nibi khutubah ati níwájú bukaata wọn, gẹgẹ bii khutubah igbeyawo ati khutubah irun Jimoh ati eyi ti o yatọ si wọn, Ati pe khutubah yii ko awọn ìtumọ̀ ti o tobi sinu bii alaye pe Ọlọhun lẹtọọ si gbogbo awọn iran ọpẹ, ati wiwa iranlọwọ lọdọ Rẹ ni Oun nikan ṣoṣo ti ko si orogun fun Un, ati bibo awọn ẹṣẹ ati mimu oju kuro nibẹ, ati sisadi I kuro nibi gbogbo aburu, ati awọn aburu ẹmi ati eyi ti o yatọ si wọn.
 Lẹyin naa ni Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pe dajudaju imọna ọwọ Ọlọhun ni o wa, ẹni ti O ba fi mọna ko si oluṣini-lọna kan fun un, ẹni ti O ba ṣi lọna ko si atọnisọna kan fun un.
 Lẹyin naa o darukọ ijẹrii imu Ọlọhun ni Ọkan ṣoṣo pe oun ni pe ko si ẹni ti a le maa jọsin fun pẹlu ẹtọ afi Allahu, ati pe ijẹrii iṣẹ́-rírán ni pe dajudaju Muhammad jẹ ẹrusin Ọlọhun ati ojiṣẹ Rẹ.
 O pari khutubah yii pẹlu awọn aayah mẹta ti wọn ko àṣẹ pẹlu ibẹru Ọlọhun- Alagbara ti O gbọnngbọn- sinu pẹlu ṣiṣe awọn àṣẹ Rẹ ati jijina si awọn nǹkan ti Ó kọ̀ lati fi wa oju rere Ọlọhun, ati pe dajudaju ẹsan ẹni ti o ba ṣe iyẹn ni dídára awọn iṣẹ ati awọn ọrọ ati pipa awọn aburu rẹ ati aforijin awọn ẹṣẹ ati iṣẹmi ti o mọ ni aye ati erenjẹ pẹlu alujanna ni ọjọ igbedide.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Ṣiṣe bibẹrẹ awọn khutubah igbeyawo ati ti irun jimọh ati eyi ti o yatọ si wọn pẹlu khutubah yii ni nnkan ti a fẹ.
 Khutubah lẹtọọ lati ko ọpẹ sinu ati ijẹrii mejeeji ati awọn aayah Kuraani kan.
 Kikọ ti Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n kọ́ àwọn saabe ni nnkan ti wọn bukaata si ninu ẹsin wọn.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
-[...2 lines deleted...]
-    <t>[Abu Daud ati Tirmiziy ati Ibnu Maajah ati Nasaa'iy ati Ahmad ni wọ́n gba a wa]</t>
+    <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>“Ko si igbeyawo kan afi pẹlu alaṣẹ obinrin”</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Lati ọdọ Abu Musa- ki Ọlọhun yọnu si i- dajudaju Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pé: “Ko si igbeyawo kan afi pẹlu alaṣẹ obinrin”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n ṣàlàyé pe dajudaju obìnrin, fifẹ rẹ ko lẹtọọ afi pẹlu alaṣẹ ti yoo ta koko igbeyawo náà.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
@@ -10194,51 +11059,51 @@
   <si>
     <t>Kikọ kuro nibi fifi ara wé Shaitan pẹlu jijẹ tabi mimu  pẹlu ọwọ osi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/58122</t>
   </si>
   <si>
     <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>“Ẹni ti o ba jade kuro ninu itẹle, ti o wa fi janmọọn sílẹ̀, ti o wa ku, o ku ni iku ti asiko aimọkan</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Lati ọdọ Abu Huraira- ki Ọlọhun yọnu si i- lati ọdọ Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- o sọ pe: “Ẹni ti o ba jade kuro ninu itẹle, ti o wa fi janmọọn sílẹ̀, ti o wa ku, o ku ni iku ti asiko aimọkan, ẹni ti o ba ja ni abẹ àsìá kan ti o fọ́jú, ti o n binu nitori ẹlẹyamẹya, tabi o n pepe lọ sibi ẹlẹyamẹya, tabi o n ran ẹlẹyamẹya ṣe, wọn wa pa a, o jẹ pipa kan ti o jẹ ti asiko aimọkan, ẹni ti o ba jade si ijọ mi, ti o n pa ẹni rere rẹ ati ẹni buburu rẹ, ti ko bikita pipa olugbagbọ rẹ, ti ko pe adehun rẹ fun aladehun, ko si ninu ijọ mi, emi naa ko si ninu ijọ rẹ”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- ṣàlàyé pe dajudaju ẹni ti o ba jade kuro ninu itẹle awọn adari, ti o tu ijọ Isilaamu ti o fẹnu ko lori ṣiṣe adehun fun olori, o wa ku lori isẹsi yẹn ninu ituka ati aitẹle, o maa ku ni iku awọn asiko aimọkan, awọn ti wọn ko ki n tẹle adari ti wọn ko ki n darapọ mọ ijọ kan, bi ko ṣe pe awọn ijọ ni wọn ati awọn ẹlẹyamẹya ti awọn kan maa n ba awọn kan ja ninu wọn.
-. Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pe ẹni ti o ba ja lábẹ́ àsìá kan ti oju ododo ko han yatọ si ibajẹ nibẹ, ti o n binu nitori ẹlẹyamẹya lasan fun ìjọ rẹ tabi idile rẹ, ti ko ki n ṣe tori riran ẹsin ati ododo ṣe, ti o wa n ja ni ti ẹlẹyamẹya laini amọdaju ati imọ, ti wọn ba pa a lori isẹsi yẹn, o da gẹgẹ bii pipa ti asiko aimọkan ni.
+Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pe ẹni ti o ba ja lábẹ́ àsìá kan ti oju ododo ko han yatọ si ibajẹ nibẹ, ti o n binu nitori ẹlẹyamẹya lasan fun ìjọ rẹ tabi idile rẹ, ti ko ki n ṣe tori riran ẹsin ati ododo ṣe, ti o wa n ja ni ti ẹlẹyamẹya laini amọdaju ati imọ, ti wọn ba pa a lori isẹsi yẹn, o da gẹgẹ bii pipa ti asiko aimọkan ni.
 Ati pe dajudaju ẹni ti o ba jade si ijọ rẹ- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- ti o pa ẹni rere rẹ ati ẹni buburu rẹ, ti ko bikita pẹlu nnkan ti o n ṣe ti ko si bẹru ijiya rẹ ninu pipa olugbagbọ rẹ, ti ko si pe adehun wọn fun awọn aladehun ninu awọn alaigbagbọ tabi awọn adari bi ko ṣe pe o n tu u ni, eleyii wa ninu ẹṣẹ ńláńlá, ati pe ẹni ti o ba ṣe e dajudaju o ti lẹtọọ si adehun iya ti o le koko yìí.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Itẹle awọn adari jẹ dandan nibi nnkan ti o yatọ si ṣiṣẹ Ọlọhun- Alagbara ti O gbọnngbọn-.
 Ikilọ ti o le koko n bẹ fun ẹni ti o ba jade kuro nibi itẹle olori, ti o si tu ìjọ Musulumi ká, ti o ba ku lori isẹsi yìí, o ku lori oju ọna awọn asiko aimọkan.
 Kikọ kuro nibi jija ija ẹlẹyamẹya n bẹ ninu hadiiisi náà.
 Jijẹ dandan pipe adehun.
 Oore topọ n bẹ ninu itẹle ati wiwa pẹlu awọn ijọ, ati ifọkanbalẹ ati ifayabalẹ, ati dida ni awọn isẹsi.
 Kikọ kuro nibi fifi ara wé awọn èèyàn asiko aimọkan.
 Pipaṣẹ pẹlu didunnimọ janmọọn awọn Musulumi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
@@ -10284,50 +11149,53 @@
     <t>Lati ọdọ ọmọ Umar - ki Ọlọhun yọnu si awọn mejeeji - o sọ pe: Ojiṣẹ Ọlọhun - ki ikẹ ati ọla Ọlọhun maa ba a - sọ pe: «Gbogbo nkan ti o ba ti n muni hunrira ọti ni, ati pe gbogbo nkan ti o ba ti n muni hunrira eewọ ni, ati pe ẹni ti o ba mu ọti ni aye ti o wa ku ni ẹni ti o kúndùn rẹ ti ko tuuba, ko nii mu un ni ọjọ ikẹyin».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>Anabi- ki ikẹ ati ọla Ọlọhun maa ba a- ṣe alaye pe dajudaju gbogbo nkan ti o ba ti le mu  laakaye lọ ni ọti ti n pa eeyan, yala o jẹ mímu tabi jijẹ tabi fifin simu tabi eyi ti o yato si i, ati pe dajudaju gbogbo nkan ti o le muni maa hunrira ti O si maa pa laakaye ni Ọlọhun Ọba ti O biyi ti O gbọnngbọn ti ṣe e ni eewọ ti O si tun kọ kuro nibẹ, kekere rẹ ni ati pipọ rẹ, Ati pe gbogbo ẹni ti o ba mu èyíkéyìí ninu awọn iran nkan ti o máa ń muni hunrira, ti o tun wa dunni mọ mimu un ti ko si tun tuuba ninu rẹ ti o fi ku; onítọ̀hún ti lẹtọọ si Iya Ọlọhun pẹlu ṣiṣe mimu un ni eewọ fun un ninu al-jannah.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Okunfa ṣiṣe ọtí ni eewọ ni pipani, nitori naa gbogbo nkan ti o ba ti n pani, iran yòówù ki o jẹ, èèwọ̀ ni.
 Ọlọhun ti ọla Rẹ ga ṣe ọtí ni eewọ latari nkan ti o ko sinu ni awọn inira ati awọn ibajẹ ti o tobi.
 Mimu ọtí ninu al-jannah ninu pipe adun ati idẹkun ni o wa.
 Ẹni ti ko ba ko ẹmi rẹ ro nibi ọti mimu ni ayé, Ọlọhun yoo ṣe mimu rẹ ni eewọ fun un ninu al-jannah, nítorí pé igba ti wọn ba fi wínkà ni wọn fi n san an.
 Ṣiṣenilojukokoro lori yiyara tuuba kuro nibi ẹṣẹ ṣaaju iku.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
+  </si>
+  <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/58259</t>
   </si>
   <si>
     <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>“Ẹni ti o ba pa ẹni a gba adehun lọwọ rẹ ko nii gbọ́ oorun alujanna, ati pe dajudaju oorun rẹ wọn maa n gbọ́ ọ lati ijinna ogoji ọdun”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Lati ọdọ Abdullahi ọmọ Amr- ki Ọlọhun yọnu si awọn mejeeji- lati ọdọ Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- o sọ pe: “Ẹni ti o ba pa ẹni a gba adehun lọwọ rẹ ko nii gbọ́ oorun alujanna, ati pe dajudaju oorun rẹ wọn maa n gbọ́ ọ lati ijinna ogoji ọdun”.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n ṣàlàyé adehun iya ti o le koko to wa lori pe dajudaju ẹni ti o ba pa ẹni ti a gba adehun lọwọ rẹ- oun ni ẹni ti o wọ ilẹ̀ Isilaamu ninu awọn alaigbagbọ pẹlu adehun ati ifọkanbalẹ- pe ẹni naa ko nii gbọ́ oorun alujanna, ati pe dajudaju oorun rẹ maa jẹ ijiina irin ogoji ọdun.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
@@ -12162,56 +13030,50 @@
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Lati ọdọ Abdullahi ọmọ Amr- ki Ọlọhun yọnu si àwọn mejeeji- o sọ pe: Òjíṣẹ́ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pé: “Wọn maa sọ fun onikuraani pe: Máa kà, máa gòkè, maa ké gẹgẹ bi o ṣe maa n ké e ni aye, dájúdájú ibùgbé rẹ wa nibi igbẹyin aaya ti o n ka”.</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pé wọn maa sọ fun ẹni ti n ka Kuraani, ti n lo ohun ti o wa ninu rẹ, ti n dunni mọ́ ọn ni kíkà ati híhá, ti o ba ti wọ alujanna- pé: Maa ka Kuraani, ki o si maa gòkè pẹ̀lú ìyẹn nibi awọn ipò alujanna, ki o si maa ke e gẹ́gẹ́ bí o ṣe maa n ke e ni aye pẹ̀lú pẹ̀lẹ́ pẹ̀lẹ́ ati ifarabalẹ; tori pe ibùgbé rẹ n bẹ nibi opin aaya ti o maa kà.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Ẹsan maa wa ni ibamu si iṣẹ ni ti odiwọn ati bi iṣẹ ba ṣe rí.
 Ṣiṣenilojukokoro lori kika Kuraani, ati mimu ojú tó o dáadáa, ati hiha a, ati ìrònú jinlẹ nipa rẹ, ati lílo ohun ti o wa ninu ẹ.
 Alujanna ni ọ̀pọ̀lọpọ̀ ìpele ati ipò, onikuraani maa dé ipò ti o ga julọ ninu ẹ.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/yo/browse/hadith/65054</t>
   </si>
   <si>
     <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>“Ẹni tí ba n ka Kuraani sókè da gẹgẹ bii ẹni ti n ṣe sàárà gbanngba, ẹni tí n ka Kuraani jẹ́ẹ́jẹ́ da gẹgẹ bii ẹni ti n ṣe saara kọ̀kọ̀”</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Láti ọ̀dọ̀ Uqbah ọmọ Aamir Al-Juhaniy- ki Ọlọhun yọnu si i- o sọ pe: Òjíṣẹ́ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pé: “Ẹni tí ba n ka Kuraani sókè da gẹgẹ bii ẹni ti n ṣe sàárà gbanngba, ẹni tí n ka Kuraani jẹ́ẹ́jẹ́ da gẹgẹ bii ẹni ti n ṣe saara kọ̀kọ̀”.</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- ṣàlàyé pe ẹni ti ba n ka Kuraani sókè da gẹgẹ bii ẹni tí n kéde sàárà ṣíṣe, ẹni tí n ka Kuraani jẹ́ẹ́jẹ́ da gẹgẹ bii ẹni tí n fi sàárà pamọ.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Kika Kuraani jẹ́ẹ́jẹ́ ni o ni ọlá jù, gẹgẹ bi fifi sàárà pamọ naa ṣe ní ọlá jù; tori imọkanga ti o wa nibẹ, ati ijinna si ṣekarimi ati motomoto, àyàfi tí bukaata tabi anfaani ba pepe lọ sibi ki a ka a sókè, gẹgẹ bii kikọ èèyàn ni Kuraani.</t>
@@ -13654,50 +14516,204 @@
   <si>
     <t>Lati ọdọ Abdullah ọmọ Amru ki Ọlọhun yọnu si awọn mejeeji o sọ pe: A ṣẹri pada pẹlu ojiṣẹ Ọlọhun - ki ikẹ ati ọla Ọlọhun maa ba a - lati Makkah lọ si Madina titi ti a fi kan omi ni oju-ọna, awọn ikọ kan yara fun irun Asri, ti wọn si ṣe aluwala ni ẹni ti n kanju, ni a ba wa ba wọn ti awọn gigisẹ wọn han ti omi o si de ibẹ, ni Anabi - ki ikẹ ati ọla Ọlọhun maa ba a - wa sọ pe: «Egbe ki o maa ba gbogbo gigisẹ (ti omi o de) ninu ina, ẹ ṣe aluwala yin daadaa».</t>
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>Anabi- ki ikẹ ati ọla Ọlọhun maa ba a- ṣe irin-ajo lati Makkah lọ si Madina ti awọn saabe rẹ si wa pẹlu rẹ, ni oju-ọna wọn wọ́n rí omi, ti apakan ninu awọn saabe sì yara ṣe aluwala fún irun Asri debi pe gbigbẹ awọn gigisẹ fun omi han si kedere, ni Anabi- ki ikẹ ati ọla Ọlọhun maa ba a- wa sọ pe: Iya ati iparun ninu ina  n bẹ fun gbogbo olùṣe aseeto nibi fifọ gigisẹ nibi aluwala, o si tun pa wọn lasẹ ki wọn maa ṣe aluwala ni pipe.</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>Jijẹ dandan fifọ ẹsẹ mejeeji nibi aluwala; torí pé dajudaju ti pipa a ba lẹtọọ ni ko nii ṣe adehun ina fun ẹni ti o fi fifọ gigisẹ silẹ.
 Jijẹ dandan fifi omi kari gbogbo awọn oríkèé ara ti a maa n fọ, ati pe ẹnikẹni ti o ba fi aaye kekere kan silẹ ninu nkan ti fifọ rẹ jẹ dandan ni ti imọọmọ ṣe ati ailakasi, irun rẹ ko ni alaafia.
 Pataki kikọ alaimọkan ni ẹkọ ati ṣiṣe amọna rẹ.
 Onimimọ a maa kọ nkan ti o ba ri nibi rira ọranyan ati sunnah lare pẹlu ọna ti o ba wa ni ibamu.
 Muhammad Ishāq Ad-dahlawiy sọ pe: Iran mẹta ni Isbāg: *Ọranyan* oun naa ni mimu omi kari gbogbo aaye naa (oríkèé ara ti a fẹ fọ) ni ẹẹkan, ati *Sunnah* oun naa ni fifọ ni ẹẹmẹta, ati *Eyiti a fẹ* oun naa ni fifa a gun pẹ̀lú fifọ ni ẹẹmẹta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/66392</t>
+  </si>
+  <si>
+    <t>Lati ọdọ baba Abdul Rahman ọmọ Umar ọmọ Alkhattob kí Ọlọhun yọnu sí o s'ọpe: mogbọ tí òjíṣẹ Ọlọhun kí ikẹ àti ọlá Rẹ má bà nsọ. pe :||«Wọn mọ Isilaamu pa lori nkan márùn-ún: Ijẹrii pe ko si ẹni ti ijọsin ododo tọ si ayaafi Allāhu, ati pe dajudaju Muhammad ẹru Ọlọhun ati ojiṣẹ Rẹ ni, ati imaa gbe irun duro, ati imaa yọ zakah, ati imaa gbero ile Oluwa, ati gbigba aawẹ Ramadan</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Lati ọdọ baba Abdul Rahman ọmọ Umar ọmọ Alkhattob kí Ọlọhun yọnu sí o s'ọpe: mogbọ tí òjíṣẹ Ọlọhun kí ikẹ àti ọlá Rẹ má bà nsọ. pe : «Wọn mọ Isilaamu pa lori nkan márùn-ún: Ijẹrii pe ko si ẹni ti ijọsin ododo tọ si ayaafi Allāhu, ati pe dajudaju Muhammad ẹru Ọlọhun ati ojiṣẹ Rẹ ni, ati imaa gbe irun duro, ati imaa yọ zakah, ati imaa gbero ile Oluwa, ati gbigba aawẹ Ramadan».</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>Lati ọdọ baba Abdullahi An,-Nuhman ọmọ basheer  kí ikẹ Ọlọhun àti ọlá Rẹ má bà, O sọ pé : mọ gbọ tí òjíṣẹ Ọlọhun kí ikẹ Ọlọhun àti ọlá Rẹ má bà sọ pé :||“Dajudaju nǹkan ẹtọ fi ojú hàn, dájúdájú nǹkan eewọ naa fi ojú hàn, o wa n bẹ láàrin àwọn méjèèjì àwọn nǹkan ti wọn ruju, ti ọ̀pọ̀lọpọ̀ àwọn èèyàn ko si mọ wọn, ẹni tí ó bá ṣọra fun awọn iruju naa, o ti wa mímọ́ fun ẹsin rẹ ati ọmọlúwàbí rẹ, ẹni tí o ba ko sinu àwọn ìríjú naa, yoo ko sinu nǹkan eewọ, o da gẹgẹ bii adaranjẹ̀ ti n da ẹran jẹ̀ ni etí ilẹ̀ ti wọn dá ààbò bò, o sunmọ ki o da ẹran wọ inu rẹ. Ẹ tẹti ẹ gbọ, dájúdájú gbogbo ọba ni o ni ilẹ̀ ti wọn dá ààbò bò. Ẹ tẹti ẹ gbọ, ilẹ Ọlọhun ti a da ààbò bò ni àwọn nǹkan ti O ṣe ni eewọ, ẹ tẹti ẹ gbọ, dájúdájú baaṣi ẹran kan n bẹ nínú ara, ti o ba ti dáa, gbogbo ara ti dáa, ti o ba si ti bajẹ, gbogbo ara ti bajẹ, ẹ tẹti ẹ gbọ, oun naa ni ọkàn”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>Lati ọdọ baba Abdullahi An,-Nuhman ọmọ basheer  kí ikẹ Ọlọhun àti ọlá Rẹ má bà, O sọ pé : mọ gbọ tí òjíṣẹ Ọlọhun kí ikẹ Ọlọhun àti ọlá Rẹ má bà sọ pé : “Dajudaju nǹkan ẹtọ fi ojú hàn, dájúdájú nǹkan eewọ naa fi ojú hàn, o wa n bẹ láàrin àwọn méjèèjì àwọn nǹkan ti wọn ruju, ti ọ̀pọ̀lọpọ̀ àwọn èèyàn ko si mọ wọn, ẹni tí ó bá ṣọra fun awọn iruju naa, o ti wa mímọ́ fun ẹsin rẹ ati ọmọlúwàbí rẹ, ẹni tí o ba ko sinu àwọn ìríjú naa, yoo ko sinu nǹkan eewọ, o da gẹgẹ bii adaranjẹ̀ ti n da ẹran jẹ̀ ni etí ilẹ̀ ti wọn dá ààbò bò, o sunmọ ki o da ẹran wọ inu rẹ. Ẹ tẹti ẹ gbọ, dájúdájú gbogbo ọba ni o ni ilẹ̀ ti wọn dá ààbò bò. Ẹ tẹti ẹ gbọ, ilẹ Ọlọhun ti a da ààbò bò ni àwọn nǹkan ti O ṣe ni eewọ, ẹ tẹti ẹ gbọ, dájúdájú baaṣi ẹran kan n bẹ nínú ara, ti o ba ti dáa, gbogbo ara ti dáa, ti o ba si ti bajẹ, gbogbo ara ti bajẹ, ẹ tẹti ẹ gbọ, oun naa ni ọkàn”.</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>Hadith (ọrọ anọbi,) yí ni ìpìlẹ opo ọrọ tí o wa fún ìṣọra fún awan iruju.
+Ṣiṣenilojukokoro lati gbé nǹkan iruju ju silẹ, eyi ti idajọ rẹ ko hàn.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>Lati ọdọ baba Ruqọyyah Tameem ọmọ Aosi Addariyy kí Ọlọhun yọnu sí dájú dájú anọbi kí Ikẹ Ọlọhun àti ọlá Rẹ má bà sọ pé:||“Ẹsin ìmọ̀ràn ni”, a sọ pé: Fún tani? O sọ pe: “Fún Ọlọhun, ati fun tira Rẹ̀, ati fun ojiṣẹ Rẹ, ati fun awọn aṣiwaju Mùsùlùmí ati apapọ wọn”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Lati ọdọ baba Ruqọyyah Tameem ọmọ Aosi Addariyy kí Ọlọhun yọnu sí dájú dájú anọbi kí Ikẹ Ọlọhun àti ọlá Rẹ má bà sọ pé: “Ẹsin ìmọ̀ràn ni”, a sọ pé: Fún tani? O sọ pe: “Fún Ọlọhun, ati fun tira Rẹ̀, ati fun ojiṣẹ Rẹ, ati fun awọn aṣiwaju Mùsùlùmí ati apapọ wọn”.</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n sọ pe ẹsin duro lori imọkanga ati ododo, titi ti eeyan fi maa pé e gẹ́gẹ́ bi Ọlọhun ṣe ṣe e ni dandan, ni pípé láìsí ikudiẹ-kaato nibẹ tabi irẹjẹ. Wọn wa sọ fun Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- pé: Ìmọ̀ràn fun tani? O sọ pe: Akọkọ: mímọ fun Ọlọhun ti ọla Rẹ ga: Pẹ̀lú mimọ iṣẹ kangá fun Un, ati ki èèyàn ma da orogun pọ̀ mọ́ Ọn, ki a si gbagbọ ninu ijẹ Oluwa Rẹ, ati ìní-ẹ̀tọ́ si ìjọsìn Rẹ, ati awọn orúkọ Rẹ ati awọn ìròyìn Rẹ, ati gbigbe ọ̀rọ̀ Rẹ tobi, ati ipepe lọ sibi ìní ìgbàgbọ́ si I. Ẹkeji: Ṣíṣe mimọ sí ọrọ rẹ òun náà ni Al-qur'aani alapọnle: pẹlu pé kí a ní adisọkan pé ọrọ ọrọ rẹ ni ,  àti pe oun ni igbẹyin awan tira rẹ, àti pe oun ni o se iparẹ gbgbo awan ìlànà òfin tí o tí wa síwájú re6, kí o sí máa gbé tóbi, kí o sí máa kàà bode yẹ koro ka , kí o sí máa lo èyí tí ìdájọ rẹ fojú hàn, kí o sí gbafa fún èyí tí o jọra wàn tàbí èyí tí o ru'ju nínú rẹ, kí a sí jìnà sí ituku awan tí wan tú ni itukutu, kí a sí máa ni iwoye sí awan ìkìlọ tàbí isiti rẹ, kí a sí má tán awan imọ rẹ ka , kí a sí pepe sí ará rẹ. Ìkẹta: Ìmọ̀ràn fun ojiṣẹ Rẹ tii ṣe Muhammad- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a-: Pẹ̀lú ki a ni adisọkan pe oun ni igbẹyin àwọn ojiṣẹ, ki a si gba a lododo nibi nǹkan ti o mu wa, ki a si tẹle àṣẹ rẹ, ki a si jinna si ohun ti o bá kọ̀. Ki a si ma jọ́sìn fun Ọlọhun àyàfi pẹ̀lú nǹkan ti o mu wa, ki a si maa gbe iwọ̀ rẹ tobi, ki a si maa pọn ọn le, ki a si maa tan ipepe rẹ ká, ki a si maa fọn ofin rẹ ka, ki a si maa tako àwọn ẹ̀sùn ti wọn ba fi kan an. Ikẹrin: Ìmọ̀ràn fun awọn aṣiwaju àwọn mùsùlùmí: Pẹ̀lú riran wọn lọ́wọ́ lórí òdodo, ki eeyan ma si du àlámọ̀rí naa mọ́ wọn lọ́wọ́, ki èèyàn si maa tẹti ki èèyàn si maa tẹle àṣẹ wọn nibi itẹle ti Ọlọhun. Ikarun-un: Ìmọ̀ràn fun awọn Mùsùlùmí: Pẹ̀lú ṣíṣe dáadáa si wọn ati pípè wọn, ati ki èèyàn má fi suta kan wọn, ati inifẹẹ oore fun wọn, ati kikun wọn lọ́wọ́ lori dáadáa ati ìpayà.</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>____</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>Lati ọdọ baba Amzah tii se Anas ọmọ Malik kí Ọlọhun yọnu sí -  òun ni boyi òjíṣẹ Ọlọhun kí ikẹ àti ọlá Rẹ má bà - láti ọdọ anọbi kí ikẹ Ọlọhun àti ọlá Rẹ má bà sọ pé : ____</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
+  </si>
+  <si>
+    <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
+الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
+تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
+استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
+قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Lati ọdọ baba Mas'ood tii se Uabatu ọmọ Hamri LAnsori Al- Badri kí Ọlọhun yọnu sí o sọ pé : Òjíṣẹ Ọlọhun kí ikẹ àti ọlá Rẹ má bà sọ pé: ____</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>Lati ọdọ baba Hamur -  wàn tilẹ sọ pé Bàbá Hamrata ni - , òun ni Sufyan ọmọ Abdullahi kí Ọlọhun yọnu sí o sọ pé:||Mo sọ pé: Irẹ ojiṣẹ Ọlọhun, sọ ọrọ kan fun mi ninu Isilaamu ti mi ko nii bi ẹnikẹni leere nípa rẹ yàtọ̀ si ẹ, o sọ pe: "Sọ pe: Mo gbagbọ ninu Ọlọhun, lẹyin naa ki o duro deedee</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>Lati ọdọ baba Hamur -  wàn tilẹ sọ pé Bàbá Hamrata ni - , òun ni Sufyan ọmọ Abdullahi kí Ọlọhun yọnu sí o sọ pé: Mo sọ pé: Irẹ ojiṣẹ Ọlọhun, sọ ọrọ kan fun mi ninu Isilaamu ti mi ko nii bi ẹnikẹni leere nípa rẹ yàtọ̀ si ẹ, o sọ pe: "Sọ pe: Mo gbagbọ ninu Ọlọhun, lẹyin naa ki o duro deedee".</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/66524</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -14000,51 +15016,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O377"/>
+  <dimension ref="A1:O405"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -18386,13341 +19402,14663 @@
       </c>
       <c r="I94" t="s">
         <v>873</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
         <v>25</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
         <v>27</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>3470</v>
+        <v>3469</v>
       </c>
       <c r="B95" t="s">
         <v>875</v>
       </c>
       <c r="C95" t="s">
         <v>876</v>
       </c>
       <c r="D95" t="s">
         <v>877</v>
       </c>
       <c r="E95" t="s">
         <v>878</v>
       </c>
       <c r="F95" t="s">
         <v>879</v>
       </c>
       <c r="G95" t="s">
         <v>880</v>
       </c>
       <c r="H95" t="s">
         <v>881</v>
       </c>
       <c r="I95" t="s">
         <v>882</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
+        <v>25</v>
+      </c>
+      <c r="L95" t="s">
+        <v>26</v>
+      </c>
+      <c r="M95" t="s">
+        <v>27</v>
+      </c>
+      <c r="N95" t="s">
+        <v>28</v>
+      </c>
+      <c r="O95" t="s">
         <v>883</v>
-      </c>
-[...10 lines deleted...]
-        <v>885</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>3475</v>
+        <v>3470</v>
       </c>
       <c r="B96" t="s">
+        <v>884</v>
+      </c>
+      <c r="C96" t="s">
+        <v>885</v>
+      </c>
+      <c r="D96" t="s">
         <v>886</v>
       </c>
-      <c r="C96" t="s">
+      <c r="E96" t="s">
         <v>887</v>
       </c>
-      <c r="D96" t="s">
+      <c r="F96" t="s">
         <v>888</v>
       </c>
-      <c r="E96" t="s">
+      <c r="G96" t="s">
         <v>889</v>
       </c>
-      <c r="F96" t="s">
+      <c r="H96" t="s">
         <v>890</v>
       </c>
-      <c r="G96" t="s">
+      <c r="I96" t="s">
         <v>891</v>
       </c>
-      <c r="H96" t="s">
+      <c r="J96" t="s">
+        <v>24</v>
+      </c>
+      <c r="K96" t="s">
         <v>892</v>
       </c>
-      <c r="I96" t="s">
+      <c r="L96" t="s">
+        <v>26</v>
+      </c>
+      <c r="M96" t="s">
         <v>893</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>3476</v>
+        <v>3475</v>
       </c>
       <c r="B97" t="s">
         <v>895</v>
       </c>
       <c r="C97" t="s">
         <v>896</v>
       </c>
       <c r="D97" t="s">
         <v>897</v>
       </c>
       <c r="E97" t="s">
         <v>898</v>
       </c>
       <c r="F97" t="s">
         <v>899</v>
       </c>
       <c r="G97" t="s">
         <v>900</v>
       </c>
       <c r="H97" t="s">
         <v>901</v>
       </c>
       <c r="I97" t="s">
         <v>902</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>3481</v>
+        <v>3476</v>
       </c>
       <c r="B98" t="s">
         <v>904</v>
       </c>
       <c r="C98" t="s">
         <v>905</v>
       </c>
       <c r="D98" t="s">
         <v>906</v>
       </c>
       <c r="E98" t="s">
         <v>907</v>
       </c>
       <c r="F98" t="s">
         <v>908</v>
       </c>
       <c r="G98" t="s">
         <v>909</v>
       </c>
       <c r="H98" t="s">
         <v>910</v>
       </c>
       <c r="I98" t="s">
         <v>911</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>3512</v>
+        <v>3481</v>
       </c>
       <c r="B99" t="s">
         <v>913</v>
       </c>
       <c r="C99" t="s">
         <v>914</v>
       </c>
       <c r="D99" t="s">
         <v>915</v>
       </c>
       <c r="E99" t="s">
         <v>916</v>
       </c>
       <c r="F99" t="s">
         <v>917</v>
       </c>
       <c r="G99" t="s">
         <v>918</v>
       </c>
       <c r="H99" t="s">
         <v>919</v>
       </c>
       <c r="I99" t="s">
         <v>920</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>3520</v>
+        <v>3512</v>
       </c>
       <c r="B100" t="s">
         <v>922</v>
       </c>
       <c r="C100" t="s">
         <v>923</v>
       </c>
       <c r="D100" t="s">
         <v>924</v>
       </c>
       <c r="E100" t="s">
         <v>925</v>
       </c>
       <c r="F100" t="s">
         <v>926</v>
       </c>
       <c r="G100" t="s">
         <v>927</v>
       </c>
       <c r="H100" t="s">
         <v>928</v>
       </c>
       <c r="I100" t="s">
         <v>929</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
+        <v>25</v>
+      </c>
+      <c r="L100" t="s">
+        <v>26</v>
+      </c>
+      <c r="M100" t="s">
+        <v>27</v>
+      </c>
+      <c r="N100" t="s">
+        <v>28</v>
+      </c>
+      <c r="O100" t="s">
         <v>930</v>
-      </c>
-[...10 lines deleted...]
-        <v>932</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>3534</v>
+        <v>3520</v>
       </c>
       <c r="B101" t="s">
+        <v>931</v>
+      </c>
+      <c r="C101" t="s">
+        <v>932</v>
+      </c>
+      <c r="D101" t="s">
         <v>933</v>
       </c>
-      <c r="C101" t="s">
+      <c r="E101" t="s">
         <v>934</v>
       </c>
-      <c r="D101" t="s">
+      <c r="F101" t="s">
         <v>935</v>
       </c>
-      <c r="E101" t="s">
+      <c r="G101" t="s">
         <v>936</v>
       </c>
-      <c r="F101" t="s">
+      <c r="H101" t="s">
         <v>937</v>
       </c>
-      <c r="G101" t="s">
+      <c r="I101" t="s">
         <v>938</v>
       </c>
-      <c r="H101" t="s">
+      <c r="J101" t="s">
+        <v>24</v>
+      </c>
+      <c r="K101" t="s">
         <v>939</v>
       </c>
-      <c r="I101" t="s">
+      <c r="L101" t="s">
+        <v>26</v>
+      </c>
+      <c r="M101" t="s">
         <v>940</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
         <v>941</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>3553</v>
+        <v>3534</v>
       </c>
       <c r="B102" t="s">
         <v>942</v>
       </c>
       <c r="C102" t="s">
         <v>943</v>
       </c>
       <c r="D102" t="s">
         <v>944</v>
       </c>
       <c r="E102" t="s">
         <v>945</v>
       </c>
       <c r="F102" t="s">
         <v>946</v>
       </c>
       <c r="G102" t="s">
         <v>947</v>
       </c>
       <c r="H102" t="s">
         <v>948</v>
       </c>
       <c r="I102" t="s">
         <v>949</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>3567</v>
+        <v>3553</v>
       </c>
       <c r="B103" t="s">
         <v>951</v>
       </c>
       <c r="C103" t="s">
         <v>952</v>
       </c>
       <c r="D103" t="s">
         <v>953</v>
       </c>
       <c r="E103" t="s">
         <v>954</v>
       </c>
       <c r="F103" t="s">
         <v>955</v>
       </c>
       <c r="G103" t="s">
         <v>956</v>
       </c>
       <c r="H103" t="s">
         <v>957</v>
       </c>
       <c r="I103" t="s">
         <v>958</v>
       </c>
       <c r="J103" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K103" t="s">
+        <v>47</v>
+      </c>
+      <c r="L103" t="s">
+        <v>26</v>
+      </c>
+      <c r="M103" t="s">
+        <v>48</v>
+      </c>
+      <c r="N103" t="s">
+        <v>28</v>
+      </c>
+      <c r="O103" t="s">
         <v>959</v>
-      </c>
-[...10 lines deleted...]
-        <v>961</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>3574</v>
+        <v>3554</v>
       </c>
       <c r="B104" t="s">
+        <v>960</v>
+      </c>
+      <c r="C104" t="s">
+        <v>961</v>
+      </c>
+      <c r="D104" t="s">
         <v>962</v>
       </c>
-      <c r="C104" t="s">
+      <c r="E104" t="s">
         <v>963</v>
       </c>
-      <c r="D104" t="s">
+      <c r="F104" t="s">
         <v>964</v>
       </c>
-      <c r="E104" t="s">
+      <c r="G104" t="s">
         <v>965</v>
       </c>
-      <c r="F104" t="s">
+      <c r="H104" t="s">
         <v>966</v>
       </c>
-      <c r="G104" t="s">
+      <c r="I104" t="s">
         <v>967</v>
       </c>
-      <c r="H104" t="s">
+      <c r="J104" t="s">
+        <v>24</v>
+      </c>
+      <c r="K104" t="s">
+        <v>47</v>
+      </c>
+      <c r="L104" t="s">
+        <v>26</v>
+      </c>
+      <c r="M104" t="s">
+        <v>48</v>
+      </c>
+      <c r="N104" t="s">
+        <v>28</v>
+      </c>
+      <c r="O104" t="s">
         <v>968</v>
-      </c>
-[...19 lines deleted...]
-        <v>970</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>3575</v>
+        <v>3566</v>
       </c>
       <c r="B105" t="s">
+        <v>969</v>
+      </c>
+      <c r="C105" t="s">
+        <v>970</v>
+      </c>
+      <c r="D105" t="s">
         <v>971</v>
       </c>
-      <c r="C105" t="s">
+      <c r="E105" t="s">
         <v>972</v>
       </c>
-      <c r="D105" t="s">
+      <c r="F105" t="s">
         <v>973</v>
       </c>
-      <c r="E105" t="s">
+      <c r="G105" t="s">
         <v>974</v>
       </c>
-      <c r="F105" t="s">
+      <c r="H105" t="s">
         <v>975</v>
       </c>
-      <c r="G105" t="s">
+      <c r="I105" t="s">
         <v>976</v>
       </c>
-      <c r="H105" t="s">
+      <c r="J105" t="s">
+        <v>24</v>
+      </c>
+      <c r="K105" t="s">
+        <v>130</v>
+      </c>
+      <c r="L105" t="s">
+        <v>26</v>
+      </c>
+      <c r="M105" t="s">
+        <v>131</v>
+      </c>
+      <c r="N105" t="s">
+        <v>28</v>
+      </c>
+      <c r="O105" t="s">
         <v>977</v>
-      </c>
-[...19 lines deleted...]
-        <v>981</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>3581</v>
+        <v>3567</v>
       </c>
       <c r="B106" t="s">
+        <v>978</v>
+      </c>
+      <c r="C106" t="s">
+        <v>979</v>
+      </c>
+      <c r="D106" t="s">
+        <v>980</v>
+      </c>
+      <c r="E106" t="s">
+        <v>981</v>
+      </c>
+      <c r="F106" t="s">
         <v>982</v>
       </c>
-      <c r="C106" t="s">
+      <c r="G106" t="s">
         <v>983</v>
       </c>
-      <c r="D106" t="s">
+      <c r="H106" t="s">
         <v>984</v>
       </c>
-      <c r="E106" t="s">
+      <c r="I106" t="s">
         <v>985</v>
       </c>
-      <c r="F106" t="s">
+      <c r="J106" t="s">
+        <v>581</v>
+      </c>
+      <c r="K106" t="s">
         <v>986</v>
       </c>
-      <c r="G106" t="s">
+      <c r="L106" t="s">
+        <v>583</v>
+      </c>
+      <c r="M106" t="s">
         <v>987</v>
       </c>
-      <c r="H106" t="s">
+      <c r="N106" t="s">
+        <v>28</v>
+      </c>
+      <c r="O106" t="s">
         <v>988</v>
-      </c>
-[...19 lines deleted...]
-        <v>990</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>3588</v>
+        <v>3573</v>
       </c>
       <c r="B107" t="s">
+        <v>989</v>
+      </c>
+      <c r="C107" t="s">
+        <v>990</v>
+      </c>
+      <c r="D107" t="s">
         <v>991</v>
       </c>
-      <c r="C107" t="s">
+      <c r="E107" t="s">
         <v>992</v>
       </c>
-      <c r="D107" t="s">
+      <c r="F107" t="s">
         <v>993</v>
       </c>
-      <c r="E107" t="s">
+      <c r="G107" t="s">
         <v>994</v>
       </c>
-      <c r="F107" t="s">
+      <c r="H107" t="s">
         <v>995</v>
       </c>
-      <c r="G107" t="s">
+      <c r="I107" t="s">
         <v>996</v>
       </c>
-      <c r="H107" t="s">
+      <c r="J107" t="s">
+        <v>24</v>
+      </c>
+      <c r="K107" t="s">
+        <v>25</v>
+      </c>
+      <c r="L107" t="s">
+        <v>26</v>
+      </c>
+      <c r="M107" t="s">
+        <v>27</v>
+      </c>
+      <c r="N107" t="s">
+        <v>28</v>
+      </c>
+      <c r="O107" t="s">
         <v>997</v>
-      </c>
-[...19 lines deleted...]
-        <v>1001</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>3591</v>
+        <v>3574</v>
       </c>
       <c r="B108" t="s">
+        <v>998</v>
+      </c>
+      <c r="C108" t="s">
+        <v>999</v>
+      </c>
+      <c r="D108" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F108" t="s">
         <v>1002</v>
       </c>
-      <c r="C108" t="s">
+      <c r="G108" t="s">
         <v>1003</v>
       </c>
-      <c r="D108" t="s">
+      <c r="H108" t="s">
         <v>1004</v>
       </c>
-      <c r="E108" t="s">
+      <c r="I108" t="s">
         <v>1005</v>
-      </c>
-[...10 lines deleted...]
-        <v>1009</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
         <v>130</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>131</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1010</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>3686</v>
+        <v>3575</v>
       </c>
       <c r="B109" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C109" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D109" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F109" t="s">
         <v>1011</v>
       </c>
-      <c r="C109" t="s">
+      <c r="G109" t="s">
         <v>1012</v>
       </c>
-      <c r="D109" t="s">
+      <c r="H109" t="s">
         <v>1013</v>
       </c>
-      <c r="E109" t="s">
+      <c r="I109" t="s">
         <v>1014</v>
       </c>
-      <c r="F109" t="s">
+      <c r="J109" t="s">
+        <v>24</v>
+      </c>
+      <c r="K109" t="s">
         <v>1015</v>
       </c>
-      <c r="G109" t="s">
+      <c r="L109" t="s">
+        <v>26</v>
+      </c>
+      <c r="M109" t="s">
         <v>1016</v>
       </c>
-      <c r="H109" t="s">
+      <c r="N109" t="s">
+        <v>28</v>
+      </c>
+      <c r="O109" t="s">
         <v>1017</v>
-      </c>
-[...19 lines deleted...]
-        <v>1019</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>3689</v>
+        <v>3578</v>
       </c>
       <c r="B110" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D110" t="s">
         <v>1020</v>
       </c>
-      <c r="C110" t="s">
+      <c r="E110" t="s">
         <v>1021</v>
       </c>
-      <c r="D110" t="s">
+      <c r="F110" t="s">
         <v>1022</v>
       </c>
-      <c r="E110" t="s">
+      <c r="G110" t="s">
         <v>1023</v>
       </c>
-      <c r="F110" t="s">
+      <c r="H110" t="s">
         <v>1024</v>
       </c>
-      <c r="G110" t="s">
+      <c r="I110" t="s">
         <v>1025</v>
-      </c>
-[...4 lines deleted...]
-        <v>1027</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>25</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>3700</v>
+        <v>3581</v>
       </c>
       <c r="B111" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D111" t="s">
         <v>1029</v>
       </c>
-      <c r="C111" t="s">
+      <c r="E111" t="s">
         <v>1030</v>
       </c>
-      <c r="D111" t="s">
+      <c r="F111" t="s">
         <v>1031</v>
       </c>
-      <c r="E111" t="s">
+      <c r="G111" t="s">
         <v>1032</v>
       </c>
-      <c r="F111" t="s">
+      <c r="H111" t="s">
         <v>1033</v>
       </c>
-      <c r="G111" t="s">
+      <c r="I111" t="s">
         <v>1034</v>
       </c>
-      <c r="H111" t="s">
+      <c r="J111" t="s">
+        <v>24</v>
+      </c>
+      <c r="K111" t="s">
+        <v>47</v>
+      </c>
+      <c r="L111" t="s">
+        <v>26</v>
+      </c>
+      <c r="M111" t="s">
+        <v>48</v>
+      </c>
+      <c r="N111" t="s">
+        <v>28</v>
+      </c>
+      <c r="O111" t="s">
         <v>1035</v>
-      </c>
-[...19 lines deleted...]
-        <v>1037</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>3701</v>
+        <v>3586</v>
       </c>
       <c r="B112" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D112" t="s">
         <v>1038</v>
       </c>
-      <c r="C112" t="s">
+      <c r="E112" t="s">
         <v>1039</v>
       </c>
-      <c r="D112" t="s">
+      <c r="F112" t="s">
         <v>1040</v>
       </c>
-      <c r="E112" t="s">
+      <c r="G112" t="s">
         <v>1041</v>
       </c>
-      <c r="F112" t="s">
+      <c r="H112" t="s">
         <v>1042</v>
       </c>
-      <c r="G112" t="s">
+      <c r="I112" t="s">
         <v>1043</v>
-      </c>
-[...4 lines deleted...]
-        <v>1045</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
         <v>25</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
         <v>27</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>3702</v>
+        <v>3588</v>
       </c>
       <c r="B113" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D113" t="s">
         <v>1047</v>
       </c>
-      <c r="C113" t="s">
+      <c r="E113" t="s">
         <v>1048</v>
       </c>
-      <c r="D113" t="s">
+      <c r="F113" t="s">
         <v>1049</v>
       </c>
-      <c r="E113" t="s">
+      <c r="G113" t="s">
         <v>1050</v>
       </c>
-      <c r="F113" t="s">
+      <c r="H113" t="s">
         <v>1051</v>
       </c>
-      <c r="G113" t="s">
+      <c r="I113" t="s">
         <v>1052</v>
       </c>
-      <c r="H113" t="s">
+      <c r="J113" t="s">
+        <v>24</v>
+      </c>
+      <c r="K113" t="s">
         <v>1053</v>
       </c>
-      <c r="I113" t="s">
+      <c r="L113" t="s">
+        <v>26</v>
+      </c>
+      <c r="M113" t="s">
         <v>1054</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>3706</v>
+        <v>3591</v>
       </c>
       <c r="B114" t="s">
         <v>1056</v>
       </c>
       <c r="C114" t="s">
         <v>1057</v>
       </c>
       <c r="D114" t="s">
         <v>1058</v>
       </c>
       <c r="E114" t="s">
         <v>1059</v>
       </c>
       <c r="F114" t="s">
         <v>1060</v>
       </c>
       <c r="G114" t="s">
         <v>1061</v>
       </c>
       <c r="H114" t="s">
         <v>1062</v>
       </c>
       <c r="I114" t="s">
         <v>1063</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
         <v>1064</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>3711</v>
+        <v>3602</v>
       </c>
       <c r="B115" t="s">
         <v>1065</v>
       </c>
       <c r="C115" t="s">
         <v>1066</v>
       </c>
       <c r="D115" t="s">
         <v>1067</v>
       </c>
       <c r="E115" t="s">
         <v>1068</v>
       </c>
       <c r="F115" t="s">
         <v>1069</v>
       </c>
       <c r="G115" t="s">
         <v>1070</v>
       </c>
       <c r="H115" t="s">
         <v>1071</v>
       </c>
       <c r="I115" t="s">
         <v>1072</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>130</v>
+        <v>939</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
-        <v>131</v>
+        <v>940</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>3716</v>
+        <v>3636</v>
       </c>
       <c r="B116" t="s">
         <v>1074</v>
       </c>
       <c r="C116" t="s">
         <v>1075</v>
       </c>
       <c r="D116" t="s">
         <v>1076</v>
       </c>
       <c r="E116" t="s">
         <v>1077</v>
       </c>
       <c r="F116" t="s">
         <v>1078</v>
       </c>
       <c r="G116" t="s">
         <v>1079</v>
       </c>
       <c r="H116" t="s">
         <v>1080</v>
       </c>
       <c r="I116" t="s">
         <v>1081</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
         <v>1082</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>3718</v>
+        <v>3652</v>
       </c>
       <c r="B117" t="s">
         <v>1083</v>
       </c>
       <c r="C117" t="s">
         <v>1084</v>
       </c>
       <c r="D117" t="s">
         <v>1085</v>
       </c>
       <c r="E117" t="s">
         <v>1086</v>
       </c>
       <c r="F117" t="s">
         <v>1087</v>
       </c>
       <c r="G117" t="s">
         <v>1088</v>
       </c>
       <c r="H117" t="s">
         <v>1089</v>
       </c>
       <c r="I117" t="s">
         <v>1090</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
         <v>130</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
         <v>131</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>3719</v>
+        <v>3686</v>
       </c>
       <c r="B118" t="s">
         <v>1092</v>
       </c>
       <c r="C118" t="s">
         <v>1093</v>
       </c>
       <c r="D118" t="s">
         <v>1094</v>
       </c>
       <c r="E118" t="s">
         <v>1095</v>
       </c>
       <c r="F118" t="s">
         <v>1096</v>
       </c>
       <c r="G118" t="s">
         <v>1097</v>
       </c>
       <c r="H118" t="s">
         <v>1098</v>
       </c>
       <c r="I118" t="s">
         <v>1099</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>3732</v>
+        <v>3689</v>
       </c>
       <c r="B119" t="s">
         <v>1101</v>
       </c>
       <c r="C119" t="s">
         <v>1102</v>
       </c>
       <c r="D119" t="s">
         <v>1103</v>
       </c>
       <c r="E119" t="s">
         <v>1104</v>
       </c>
       <c r="F119" t="s">
         <v>1105</v>
       </c>
       <c r="G119" t="s">
         <v>1106</v>
       </c>
       <c r="H119" t="s">
         <v>1107</v>
       </c>
       <c r="I119" t="s">
         <v>1108</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>3753</v>
+        <v>3700</v>
       </c>
       <c r="B120" t="s">
         <v>1110</v>
       </c>
       <c r="C120" t="s">
         <v>1111</v>
       </c>
       <c r="D120" t="s">
         <v>1112</v>
       </c>
       <c r="E120" t="s">
         <v>1113</v>
       </c>
       <c r="F120" t="s">
         <v>1114</v>
       </c>
       <c r="G120" t="s">
         <v>1115</v>
       </c>
       <c r="H120" t="s">
         <v>1116</v>
       </c>
       <c r="I120" t="s">
         <v>1117</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
         <v>25</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
         <v>27</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
         <v>1118</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>3756</v>
+        <v>3701</v>
       </c>
       <c r="B121" t="s">
         <v>1119</v>
       </c>
       <c r="C121" t="s">
         <v>1120</v>
       </c>
       <c r="D121" t="s">
         <v>1121</v>
       </c>
       <c r="E121" t="s">
         <v>1122</v>
       </c>
       <c r="F121" t="s">
         <v>1123</v>
       </c>
       <c r="G121" t="s">
         <v>1124</v>
       </c>
       <c r="H121" t="s">
         <v>1125</v>
       </c>
       <c r="I121" t="s">
         <v>1126</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
         <v>25</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
         <v>27</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>3854</v>
+        <v>3702</v>
       </c>
       <c r="B122" t="s">
         <v>1128</v>
       </c>
       <c r="C122" t="s">
         <v>1129</v>
       </c>
       <c r="D122" t="s">
         <v>1130</v>
       </c>
       <c r="E122" t="s">
         <v>1131</v>
       </c>
       <c r="F122" t="s">
         <v>1132</v>
       </c>
       <c r="G122" t="s">
         <v>1133</v>
       </c>
       <c r="H122" t="s">
         <v>1134</v>
       </c>
       <c r="I122" t="s">
         <v>1135</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
         <v>47</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
         <v>48</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
         <v>1136</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>4176</v>
+        <v>3706</v>
       </c>
       <c r="B123" t="s">
         <v>1137</v>
       </c>
       <c r="C123" t="s">
         <v>1138</v>
       </c>
       <c r="D123" t="s">
         <v>1139</v>
       </c>
       <c r="E123" t="s">
         <v>1140</v>
       </c>
       <c r="F123" t="s">
         <v>1141</v>
       </c>
       <c r="G123" t="s">
         <v>1142</v>
       </c>
       <c r="H123" t="s">
         <v>1143</v>
       </c>
       <c r="I123" t="s">
         <v>1144</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>4186</v>
+        <v>3711</v>
       </c>
       <c r="B124" t="s">
         <v>1146</v>
       </c>
       <c r="C124" t="s">
         <v>1147</v>
       </c>
       <c r="D124" t="s">
         <v>1148</v>
       </c>
       <c r="E124" t="s">
         <v>1149</v>
       </c>
       <c r="F124" t="s">
         <v>1150</v>
       </c>
       <c r="G124" t="s">
         <v>1151</v>
       </c>
       <c r="H124" t="s">
         <v>1152</v>
       </c>
       <c r="I124" t="s">
         <v>1153</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>930</v>
+        <v>130</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
-        <v>931</v>
+        <v>131</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
         <v>1154</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>4196</v>
+        <v>3714</v>
       </c>
       <c r="B125" t="s">
         <v>1155</v>
       </c>
       <c r="C125" t="s">
         <v>1156</v>
       </c>
       <c r="D125" t="s">
         <v>1157</v>
       </c>
       <c r="E125" t="s">
         <v>1158</v>
       </c>
       <c r="F125" t="s">
         <v>1159</v>
       </c>
       <c r="G125" t="s">
         <v>1160</v>
       </c>
       <c r="H125" t="s">
         <v>1161</v>
       </c>
       <c r="I125" t="s">
         <v>1162</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
         <v>25</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
         <v>27</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>4198</v>
+        <v>3716</v>
       </c>
       <c r="B126" t="s">
         <v>1164</v>
       </c>
       <c r="C126" t="s">
         <v>1165</v>
       </c>
       <c r="D126" t="s">
         <v>1166</v>
       </c>
       <c r="E126" t="s">
         <v>1167</v>
       </c>
       <c r="F126" t="s">
         <v>1168</v>
       </c>
       <c r="G126" t="s">
         <v>1169</v>
       </c>
       <c r="H126" t="s">
         <v>1170</v>
       </c>
       <c r="I126" t="s">
         <v>1171</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
         <v>1172</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>4202</v>
+        <v>3718</v>
       </c>
       <c r="B127" t="s">
         <v>1173</v>
       </c>
       <c r="C127" t="s">
         <v>1174</v>
       </c>
       <c r="D127" t="s">
         <v>1175</v>
       </c>
       <c r="E127" t="s">
         <v>1176</v>
       </c>
       <c r="F127" t="s">
         <v>1177</v>
       </c>
       <c r="G127" t="s">
         <v>1178</v>
       </c>
       <c r="H127" t="s">
         <v>1179</v>
       </c>
       <c r="I127" t="s">
         <v>1180</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>4204</v>
+        <v>3719</v>
       </c>
       <c r="B128" t="s">
         <v>1182</v>
       </c>
       <c r="C128" t="s">
         <v>1183</v>
       </c>
       <c r="D128" t="s">
         <v>1184</v>
       </c>
       <c r="E128" t="s">
         <v>1185</v>
       </c>
       <c r="F128" t="s">
         <v>1186</v>
       </c>
       <c r="G128" t="s">
         <v>1187</v>
       </c>
       <c r="H128" t="s">
         <v>1188</v>
       </c>
       <c r="I128" t="s">
         <v>1189</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
         <v>1190</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>4206</v>
+        <v>3732</v>
       </c>
       <c r="B129" t="s">
         <v>1191</v>
       </c>
       <c r="C129" t="s">
         <v>1192</v>
       </c>
       <c r="D129" t="s">
         <v>1193</v>
       </c>
       <c r="E129" t="s">
         <v>1194</v>
       </c>
       <c r="F129" t="s">
         <v>1195</v>
       </c>
       <c r="G129" t="s">
         <v>1196</v>
       </c>
       <c r="H129" t="s">
         <v>1197</v>
       </c>
       <c r="I129" t="s">
         <v>1198</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
         <v>1199</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>4211</v>
+        <v>3753</v>
       </c>
       <c r="B130" t="s">
         <v>1200</v>
       </c>
       <c r="C130" t="s">
         <v>1201</v>
       </c>
       <c r="D130" t="s">
         <v>1202</v>
       </c>
       <c r="E130" t="s">
         <v>1203</v>
       </c>
       <c r="F130" t="s">
         <v>1204</v>
       </c>
       <c r="G130" t="s">
         <v>1205</v>
       </c>
       <c r="H130" t="s">
         <v>1206</v>
       </c>
       <c r="I130" t="s">
         <v>1207</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>25</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>27</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
         <v>1208</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>4243</v>
+        <v>3755</v>
       </c>
       <c r="B131" t="s">
         <v>1209</v>
       </c>
       <c r="C131" t="s">
         <v>1210</v>
       </c>
       <c r="D131" t="s">
         <v>1211</v>
       </c>
       <c r="E131" t="s">
         <v>1212</v>
       </c>
       <c r="F131" t="s">
         <v>1213</v>
       </c>
       <c r="G131" t="s">
         <v>1214</v>
       </c>
       <c r="H131" t="s">
         <v>1215</v>
       </c>
       <c r="I131" t="s">
         <v>1216</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>4295</v>
+        <v>3756</v>
       </c>
       <c r="B132" t="s">
         <v>1218</v>
       </c>
       <c r="C132" t="s">
         <v>1219</v>
       </c>
       <c r="D132" t="s">
         <v>1220</v>
       </c>
       <c r="E132" t="s">
         <v>1221</v>
       </c>
       <c r="F132" t="s">
         <v>1222</v>
       </c>
       <c r="G132" t="s">
         <v>1223</v>
       </c>
       <c r="H132" t="s">
         <v>1224</v>
       </c>
       <c r="I132" t="s">
         <v>1225</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
         <v>25</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
         <v>27</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>4304</v>
+        <v>3777</v>
       </c>
       <c r="B133" t="s">
         <v>1227</v>
       </c>
       <c r="C133" t="s">
         <v>1228</v>
       </c>
       <c r="D133" t="s">
         <v>1229</v>
       </c>
       <c r="E133" t="s">
         <v>1230</v>
       </c>
       <c r="F133" t="s">
         <v>1231</v>
       </c>
       <c r="G133" t="s">
         <v>1232</v>
       </c>
       <c r="H133" t="s">
         <v>1233</v>
       </c>
       <c r="I133" t="s">
         <v>1234</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
         <v>1235</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>4309</v>
+        <v>3779</v>
       </c>
       <c r="B134" t="s">
         <v>1236</v>
       </c>
       <c r="C134" t="s">
         <v>1237</v>
       </c>
       <c r="D134" t="s">
         <v>1238</v>
       </c>
       <c r="E134" t="s">
         <v>1239</v>
       </c>
       <c r="F134" t="s">
         <v>1240</v>
       </c>
       <c r="G134" t="s">
         <v>1241</v>
       </c>
       <c r="H134" t="s">
         <v>1242</v>
       </c>
       <c r="I134" t="s">
         <v>1243</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
         <v>130</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>131</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
         <v>1244</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>4314</v>
+        <v>3854</v>
       </c>
       <c r="B135" t="s">
         <v>1245</v>
       </c>
       <c r="C135" t="s">
         <v>1246</v>
       </c>
       <c r="D135" t="s">
         <v>1247</v>
       </c>
       <c r="E135" t="s">
         <v>1248</v>
       </c>
       <c r="F135" t="s">
         <v>1249</v>
       </c>
       <c r="G135" t="s">
         <v>1250</v>
       </c>
       <c r="H135" t="s">
         <v>1251</v>
       </c>
       <c r="I135" t="s">
         <v>1252</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
         <v>1253</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>4318</v>
+        <v>3863</v>
       </c>
       <c r="B136" t="s">
         <v>1254</v>
       </c>
       <c r="C136" t="s">
         <v>1255</v>
       </c>
       <c r="D136" t="s">
         <v>1256</v>
       </c>
       <c r="E136" t="s">
         <v>1257</v>
       </c>
       <c r="F136" t="s">
         <v>1258</v>
       </c>
       <c r="G136" t="s">
         <v>1259</v>
       </c>
       <c r="H136" t="s">
         <v>1260</v>
       </c>
       <c r="I136" t="s">
         <v>1261</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
         <v>130</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
         <v>131</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
         <v>1262</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>4319</v>
+        <v>3868</v>
       </c>
       <c r="B137" t="s">
         <v>1263</v>
       </c>
       <c r="C137" t="s">
         <v>1264</v>
       </c>
       <c r="D137" t="s">
         <v>1265</v>
       </c>
       <c r="E137" t="s">
         <v>1266</v>
       </c>
       <c r="F137" t="s">
         <v>1267</v>
       </c>
       <c r="G137" t="s">
         <v>1268</v>
       </c>
       <c r="H137" t="s">
         <v>1269</v>
       </c>
       <c r="I137" t="s">
         <v>1270</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
         <v>1271</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>4322</v>
+        <v>3910</v>
       </c>
       <c r="B138" t="s">
         <v>1272</v>
       </c>
       <c r="C138" t="s">
         <v>1273</v>
       </c>
       <c r="D138" t="s">
         <v>1274</v>
       </c>
       <c r="E138" t="s">
         <v>1275</v>
       </c>
       <c r="F138" t="s">
         <v>1276</v>
       </c>
       <c r="G138" t="s">
         <v>1277</v>
       </c>
       <c r="H138" t="s">
         <v>1278</v>
       </c>
       <c r="I138" t="s">
         <v>1279</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>25</v>
+        <v>582</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
-        <v>27</v>
+        <v>584</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
         <v>1280</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>4555</v>
+        <v>4176</v>
       </c>
       <c r="B139" t="s">
         <v>1281</v>
       </c>
       <c r="C139" t="s">
         <v>1282</v>
       </c>
       <c r="D139" t="s">
         <v>1283</v>
       </c>
       <c r="E139" t="s">
         <v>1284</v>
       </c>
       <c r="F139" t="s">
         <v>1285</v>
       </c>
       <c r="G139" t="s">
         <v>1286</v>
       </c>
       <c r="H139" t="s">
         <v>1287</v>
       </c>
       <c r="I139" t="s">
         <v>1288</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
         <v>130</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
         <v>131</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
         <v>1289</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>4560</v>
+        <v>4177</v>
       </c>
       <c r="B140" t="s">
         <v>1290</v>
       </c>
       <c r="C140" t="s">
         <v>1291</v>
       </c>
       <c r="D140" t="s">
         <v>1292</v>
       </c>
       <c r="E140" t="s">
         <v>1293</v>
       </c>
       <c r="F140" t="s">
         <v>1294</v>
       </c>
       <c r="G140" t="s">
         <v>1295</v>
       </c>
       <c r="H140" t="s">
         <v>1296</v>
       </c>
       <c r="I140" t="s">
         <v>1297</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
         <v>25</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
         <v>27</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
         <v>1298</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>4563</v>
+        <v>4180</v>
       </c>
       <c r="B141" t="s">
         <v>1299</v>
       </c>
       <c r="C141" t="s">
         <v>1300</v>
       </c>
       <c r="D141" t="s">
         <v>1301</v>
       </c>
       <c r="E141" t="s">
         <v>1302</v>
       </c>
       <c r="F141" t="s">
         <v>1303</v>
       </c>
       <c r="G141" t="s">
         <v>1304</v>
       </c>
       <c r="H141" t="s">
         <v>1305</v>
       </c>
       <c r="I141" t="s">
         <v>1306</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
         <v>1307</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>4566</v>
+        <v>4186</v>
       </c>
       <c r="B142" t="s">
         <v>1308</v>
       </c>
       <c r="C142" t="s">
         <v>1309</v>
       </c>
       <c r="D142" t="s">
         <v>1310</v>
       </c>
       <c r="E142" t="s">
         <v>1311</v>
       </c>
       <c r="F142" t="s">
         <v>1312</v>
       </c>
       <c r="G142" t="s">
         <v>1313</v>
       </c>
       <c r="H142" t="s">
         <v>1314</v>
       </c>
       <c r="I142" t="s">
         <v>1315</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>25</v>
+        <v>939</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
-        <v>27</v>
+        <v>940</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
         <v>1316</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>4568</v>
+        <v>4195</v>
       </c>
       <c r="B143" t="s">
         <v>1317</v>
       </c>
       <c r="C143" t="s">
         <v>1318</v>
       </c>
       <c r="D143" t="s">
         <v>1319</v>
       </c>
       <c r="E143" t="s">
         <v>1320</v>
       </c>
       <c r="F143" t="s">
         <v>1321</v>
       </c>
       <c r="G143" t="s">
         <v>1322</v>
       </c>
       <c r="H143" t="s">
         <v>1323</v>
       </c>
       <c r="I143" t="s">
         <v>1324</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
         <v>1325</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>4709</v>
+        <v>4196</v>
       </c>
       <c r="B144" t="s">
         <v>1326</v>
       </c>
       <c r="C144" t="s">
         <v>1327</v>
       </c>
       <c r="D144" t="s">
         <v>1328</v>
       </c>
       <c r="E144" t="s">
         <v>1329</v>
       </c>
       <c r="F144" t="s">
         <v>1330</v>
       </c>
       <c r="G144" t="s">
         <v>1331</v>
       </c>
       <c r="H144" t="s">
         <v>1332</v>
       </c>
       <c r="I144" t="s">
         <v>1333</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
         <v>1334</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>4711</v>
+        <v>4198</v>
       </c>
       <c r="B145" t="s">
         <v>1335</v>
       </c>
       <c r="C145" t="s">
         <v>1336</v>
       </c>
       <c r="D145" t="s">
         <v>1337</v>
       </c>
       <c r="E145" t="s">
         <v>1338</v>
       </c>
       <c r="F145" t="s">
         <v>1339</v>
       </c>
       <c r="G145" t="s">
         <v>1340</v>
       </c>
       <c r="H145" t="s">
         <v>1341</v>
       </c>
       <c r="I145" t="s">
         <v>1342</v>
       </c>
       <c r="J145" t="s">
+        <v>24</v>
+      </c>
+      <c r="K145" t="s">
+        <v>25</v>
+      </c>
+      <c r="L145" t="s">
+        <v>26</v>
+      </c>
+      <c r="M145" t="s">
+        <v>27</v>
+      </c>
+      <c r="N145" t="s">
+        <v>28</v>
+      </c>
+      <c r="O145" t="s">
         <v>1343</v>
-      </c>
-[...13 lines deleted...]
-        <v>1347</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>4721</v>
+        <v>4202</v>
       </c>
       <c r="B146" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C146" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D146" t="s">
+        <v>1346</v>
+      </c>
+      <c r="E146" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F146" t="s">
         <v>1348</v>
       </c>
-      <c r="C146" t="s">
+      <c r="G146" t="s">
         <v>1349</v>
       </c>
-      <c r="D146" t="s">
+      <c r="H146" t="s">
         <v>1350</v>
       </c>
-      <c r="E146" t="s">
+      <c r="I146" t="s">
         <v>1351</v>
       </c>
-      <c r="F146" t="s">
+      <c r="J146" t="s">
+        <v>24</v>
+      </c>
+      <c r="K146" t="s">
+        <v>25</v>
+      </c>
+      <c r="L146" t="s">
+        <v>26</v>
+      </c>
+      <c r="M146" t="s">
+        <v>27</v>
+      </c>
+      <c r="N146" t="s">
+        <v>28</v>
+      </c>
+      <c r="O146" t="s">
         <v>1352</v>
-      </c>
-[...25 lines deleted...]
-        <v>1356</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>4792</v>
+        <v>4204</v>
       </c>
       <c r="B147" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C147" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D147" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E147" t="s">
+        <v>1356</v>
+      </c>
+      <c r="F147" t="s">
         <v>1357</v>
       </c>
-      <c r="C147" t="s">
+      <c r="G147" t="s">
         <v>1358</v>
       </c>
-      <c r="D147" t="s">
+      <c r="H147" t="s">
         <v>1359</v>
       </c>
-      <c r="E147" t="s">
+      <c r="I147" t="s">
         <v>1360</v>
       </c>
-      <c r="F147" t="s">
+      <c r="J147" t="s">
+        <v>24</v>
+      </c>
+      <c r="K147" t="s">
+        <v>47</v>
+      </c>
+      <c r="L147" t="s">
+        <v>26</v>
+      </c>
+      <c r="M147" t="s">
+        <v>48</v>
+      </c>
+      <c r="N147" t="s">
+        <v>28</v>
+      </c>
+      <c r="O147" t="s">
         <v>1361</v>
-      </c>
-[...25 lines deleted...]
-        <v>1365</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>4810</v>
+        <v>4206</v>
       </c>
       <c r="B148" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C148" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D148" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E148" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F148" t="s">
         <v>1366</v>
       </c>
-      <c r="C148" t="s">
+      <c r="G148" t="s">
         <v>1367</v>
       </c>
-      <c r="D148" t="s">
+      <c r="H148" t="s">
         <v>1368</v>
       </c>
-      <c r="E148" t="s">
+      <c r="I148" t="s">
         <v>1369</v>
       </c>
-      <c r="F148" t="s">
+      <c r="J148" t="s">
+        <v>24</v>
+      </c>
+      <c r="K148" t="s">
+        <v>25</v>
+      </c>
+      <c r="L148" t="s">
+        <v>26</v>
+      </c>
+      <c r="M148" t="s">
+        <v>27</v>
+      </c>
+      <c r="N148" t="s">
+        <v>28</v>
+      </c>
+      <c r="O148" t="s">
         <v>1370</v>
-      </c>
-[...25 lines deleted...]
-        <v>1374</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>4811</v>
+        <v>4211</v>
       </c>
       <c r="B149" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C149" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D149" t="s">
+        <v>1373</v>
+      </c>
+      <c r="E149" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F149" t="s">
         <v>1375</v>
       </c>
-      <c r="C149" t="s">
+      <c r="G149" t="s">
         <v>1376</v>
       </c>
-      <c r="D149" t="s">
+      <c r="H149" t="s">
         <v>1377</v>
       </c>
-      <c r="E149" t="s">
+      <c r="I149" t="s">
         <v>1378</v>
       </c>
-      <c r="F149" t="s">
+      <c r="J149" t="s">
+        <v>24</v>
+      </c>
+      <c r="K149" t="s">
+        <v>25</v>
+      </c>
+      <c r="L149" t="s">
+        <v>26</v>
+      </c>
+      <c r="M149" t="s">
+        <v>27</v>
+      </c>
+      <c r="N149" t="s">
+        <v>28</v>
+      </c>
+      <c r="O149" t="s">
         <v>1379</v>
-      </c>
-[...25 lines deleted...]
-        <v>1385</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>4817</v>
+        <v>4216</v>
       </c>
       <c r="B150" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C150" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D150" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E150" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F150" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G150" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H150" t="s">
         <v>1386</v>
       </c>
-      <c r="C150" t="s">
+      <c r="I150" t="s">
         <v>1387</v>
       </c>
-      <c r="D150" t="s">
+      <c r="J150" t="s">
         <v>1388</v>
       </c>
-      <c r="E150" t="s">
+      <c r="K150" t="s">
         <v>1389</v>
       </c>
-      <c r="F150" t="s">
+      <c r="L150" t="s">
         <v>1390</v>
       </c>
-      <c r="G150" t="s">
+      <c r="M150" t="s">
         <v>1391</v>
       </c>
-      <c r="H150" t="s">
+      <c r="N150" t="s">
+        <v>28</v>
+      </c>
+      <c r="O150" t="s">
         <v>1392</v>
-      </c>
-[...19 lines deleted...]
-        <v>1394</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>4935</v>
+        <v>4243</v>
       </c>
       <c r="B151" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C151" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D151" t="s">
         <v>1395</v>
       </c>
-      <c r="C151" t="s">
+      <c r="E151" t="s">
         <v>1396</v>
       </c>
-      <c r="D151" t="s">
+      <c r="F151" t="s">
         <v>1397</v>
       </c>
-      <c r="E151" t="s">
+      <c r="G151" t="s">
         <v>1398</v>
       </c>
-      <c r="F151" t="s">
+      <c r="H151" t="s">
         <v>1399</v>
       </c>
-      <c r="G151" t="s">
+      <c r="I151" t="s">
         <v>1400</v>
       </c>
-      <c r="H151" t="s">
+      <c r="J151" t="s">
+        <v>24</v>
+      </c>
+      <c r="K151" t="s">
+        <v>25</v>
+      </c>
+      <c r="L151" t="s">
+        <v>26</v>
+      </c>
+      <c r="M151" t="s">
+        <v>27</v>
+      </c>
+      <c r="N151" t="s">
+        <v>28</v>
+      </c>
+      <c r="O151" t="s">
         <v>1401</v>
-      </c>
-[...19 lines deleted...]
-        <v>1403</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>4947</v>
+        <v>4295</v>
       </c>
       <c r="B152" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C152" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D152" t="s">
         <v>1404</v>
       </c>
-      <c r="C152" t="s">
+      <c r="E152" t="s">
         <v>1405</v>
       </c>
-      <c r="D152" t="s">
+      <c r="F152" t="s">
         <v>1406</v>
       </c>
-      <c r="E152" t="s">
+      <c r="G152" t="s">
         <v>1407</v>
       </c>
-      <c r="F152" t="s">
+      <c r="H152" t="s">
         <v>1408</v>
       </c>
-      <c r="G152" t="s">
+      <c r="I152" t="s">
         <v>1409</v>
       </c>
-      <c r="H152" t="s">
+      <c r="J152" t="s">
+        <v>24</v>
+      </c>
+      <c r="K152" t="s">
+        <v>25</v>
+      </c>
+      <c r="L152" t="s">
+        <v>26</v>
+      </c>
+      <c r="M152" t="s">
+        <v>27</v>
+      </c>
+      <c r="N152" t="s">
+        <v>28</v>
+      </c>
+      <c r="O152" t="s">
         <v>1410</v>
-      </c>
-[...19 lines deleted...]
-        <v>1412</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>4950</v>
+        <v>4304</v>
       </c>
       <c r="B153" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D153" t="s">
         <v>1413</v>
       </c>
-      <c r="C153" t="s">
+      <c r="E153" t="s">
         <v>1414</v>
       </c>
-      <c r="D153" t="s">
+      <c r="F153" t="s">
         <v>1415</v>
       </c>
-      <c r="E153" t="s">
+      <c r="G153" t="s">
         <v>1416</v>
       </c>
-      <c r="F153" t="s">
+      <c r="H153" t="s">
         <v>1417</v>
       </c>
-      <c r="G153" t="s">
+      <c r="I153" t="s">
         <v>1418</v>
       </c>
-      <c r="H153" t="s">
+      <c r="J153" t="s">
+        <v>24</v>
+      </c>
+      <c r="K153" t="s">
+        <v>25</v>
+      </c>
+      <c r="L153" t="s">
+        <v>26</v>
+      </c>
+      <c r="M153" t="s">
+        <v>27</v>
+      </c>
+      <c r="N153" t="s">
+        <v>28</v>
+      </c>
+      <c r="O153" t="s">
         <v>1419</v>
-      </c>
-[...19 lines deleted...]
-        <v>1421</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4965</v>
+        <v>4308</v>
       </c>
       <c r="B154" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D154" t="s">
         <v>1422</v>
       </c>
-      <c r="C154" t="s">
+      <c r="E154" t="s">
         <v>1423</v>
       </c>
-      <c r="D154" t="s">
+      <c r="F154" t="s">
         <v>1424</v>
       </c>
-      <c r="E154" t="s">
+      <c r="G154" t="s">
         <v>1425</v>
       </c>
-      <c r="F154" t="s">
+      <c r="H154" t="s">
         <v>1426</v>
       </c>
-      <c r="G154" t="s">
+      <c r="I154" t="s">
         <v>1427</v>
       </c>
-      <c r="H154" t="s">
+      <c r="J154" t="s">
+        <v>24</v>
+      </c>
+      <c r="K154" t="s">
+        <v>130</v>
+      </c>
+      <c r="L154" t="s">
+        <v>26</v>
+      </c>
+      <c r="M154" t="s">
+        <v>131</v>
+      </c>
+      <c r="N154" t="s">
+        <v>28</v>
+      </c>
+      <c r="O154" t="s">
         <v>1428</v>
-      </c>
-[...19 lines deleted...]
-        <v>1430</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4968</v>
+        <v>4309</v>
       </c>
       <c r="B155" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C155" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D155" t="s">
         <v>1431</v>
       </c>
-      <c r="C155" t="s">
+      <c r="E155" t="s">
         <v>1432</v>
       </c>
-      <c r="D155" t="s">
+      <c r="F155" t="s">
         <v>1433</v>
       </c>
-      <c r="E155" t="s">
+      <c r="G155" t="s">
         <v>1434</v>
       </c>
-      <c r="F155" t="s">
+      <c r="H155" t="s">
         <v>1435</v>
       </c>
-      <c r="G155" t="s">
+      <c r="I155" t="s">
         <v>1436</v>
       </c>
-      <c r="H155" t="s">
+      <c r="J155" t="s">
+        <v>24</v>
+      </c>
+      <c r="K155" t="s">
+        <v>130</v>
+      </c>
+      <c r="L155" t="s">
+        <v>26</v>
+      </c>
+      <c r="M155" t="s">
+        <v>131</v>
+      </c>
+      <c r="N155" t="s">
+        <v>28</v>
+      </c>
+      <c r="O155" t="s">
         <v>1437</v>
-      </c>
-[...19 lines deleted...]
-        <v>1439</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4969</v>
+        <v>4314</v>
       </c>
       <c r="B156" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C156" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D156" t="s">
         <v>1440</v>
       </c>
-      <c r="C156" t="s">
+      <c r="E156" t="s">
         <v>1441</v>
       </c>
-      <c r="D156" t="s">
+      <c r="F156" t="s">
         <v>1442</v>
       </c>
-      <c r="E156" t="s">
+      <c r="G156" t="s">
         <v>1443</v>
       </c>
-      <c r="F156" t="s">
+      <c r="H156" t="s">
         <v>1444</v>
       </c>
-      <c r="G156" t="s">
+      <c r="I156" t="s">
         <v>1445</v>
-      </c>
-[...4 lines deleted...]
-        <v>1447</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
         <v>25</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
         <v>27</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1448</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>5272</v>
+        <v>4318</v>
       </c>
       <c r="B157" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C157" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D157" t="s">
         <v>1449</v>
       </c>
-      <c r="C157" t="s">
+      <c r="E157" t="s">
         <v>1450</v>
       </c>
-      <c r="D157" t="s">
+      <c r="F157" t="s">
         <v>1451</v>
       </c>
-      <c r="E157" t="s">
+      <c r="G157" t="s">
         <v>1452</v>
       </c>
-      <c r="F157" t="s">
+      <c r="H157" t="s">
         <v>1453</v>
       </c>
-      <c r="G157" t="s">
+      <c r="I157" t="s">
         <v>1454</v>
       </c>
-      <c r="H157" t="s">
+      <c r="J157" t="s">
+        <v>24</v>
+      </c>
+      <c r="K157" t="s">
+        <v>130</v>
+      </c>
+      <c r="L157" t="s">
+        <v>26</v>
+      </c>
+      <c r="M157" t="s">
+        <v>131</v>
+      </c>
+      <c r="N157" t="s">
+        <v>28</v>
+      </c>
+      <c r="O157" t="s">
         <v>1455</v>
-      </c>
-[...19 lines deleted...]
-        <v>1457</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>5273</v>
+        <v>4319</v>
       </c>
       <c r="B158" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C158" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D158" t="s">
         <v>1458</v>
       </c>
-      <c r="C158" t="s">
+      <c r="E158" t="s">
         <v>1459</v>
       </c>
-      <c r="D158" t="s">
+      <c r="F158" t="s">
         <v>1460</v>
       </c>
-      <c r="E158" t="s">
+      <c r="G158" t="s">
         <v>1461</v>
       </c>
-      <c r="F158" t="s">
+      <c r="H158" t="s">
         <v>1462</v>
       </c>
-      <c r="G158" t="s">
+      <c r="I158" t="s">
         <v>1463</v>
       </c>
-      <c r="H158" t="s">
+      <c r="J158" t="s">
+        <v>24</v>
+      </c>
+      <c r="K158" t="s">
+        <v>130</v>
+      </c>
+      <c r="L158" t="s">
+        <v>26</v>
+      </c>
+      <c r="M158" t="s">
+        <v>131</v>
+      </c>
+      <c r="N158" t="s">
+        <v>28</v>
+      </c>
+      <c r="O158" t="s">
         <v>1464</v>
-      </c>
-[...19 lines deleted...]
-        <v>1468</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>5326</v>
+        <v>4322</v>
       </c>
       <c r="B159" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C159" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D159" t="s">
+        <v>1467</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1468</v>
+      </c>
+      <c r="F159" t="s">
         <v>1469</v>
       </c>
-      <c r="C159" t="s">
+      <c r="G159" t="s">
         <v>1470</v>
       </c>
-      <c r="D159" t="s">
+      <c r="H159" t="s">
         <v>1471</v>
       </c>
-      <c r="E159" t="s">
+      <c r="I159" t="s">
         <v>1472</v>
       </c>
-      <c r="F159" t="s">
+      <c r="J159" t="s">
+        <v>24</v>
+      </c>
+      <c r="K159" t="s">
+        <v>25</v>
+      </c>
+      <c r="L159" t="s">
+        <v>26</v>
+      </c>
+      <c r="M159" t="s">
+        <v>27</v>
+      </c>
+      <c r="N159" t="s">
+        <v>28</v>
+      </c>
+      <c r="O159" t="s">
         <v>1473</v>
-      </c>
-[...25 lines deleted...]
-        <v>1477</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>5330</v>
+        <v>4555</v>
       </c>
       <c r="B160" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C160" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D160" t="s">
+        <v>1476</v>
+      </c>
+      <c r="E160" t="s">
+        <v>1477</v>
+      </c>
+      <c r="F160" t="s">
         <v>1478</v>
       </c>
-      <c r="C160" t="s">
+      <c r="G160" t="s">
         <v>1479</v>
       </c>
-      <c r="D160" t="s">
+      <c r="H160" t="s">
         <v>1480</v>
       </c>
-      <c r="E160" t="s">
+      <c r="I160" t="s">
         <v>1481</v>
-      </c>
-[...10 lines deleted...]
-        <v>1485</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
         <v>130</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
         <v>131</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1486</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>5331</v>
+        <v>4560</v>
       </c>
       <c r="B161" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C161" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D161" t="s">
+        <v>1485</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F161" t="s">
         <v>1487</v>
       </c>
-      <c r="C161" t="s">
+      <c r="G161" t="s">
         <v>1488</v>
       </c>
-      <c r="D161" t="s">
+      <c r="H161" t="s">
         <v>1489</v>
       </c>
-      <c r="E161" t="s">
+      <c r="I161" t="s">
         <v>1490</v>
       </c>
-      <c r="F161" t="s">
+      <c r="J161" t="s">
+        <v>24</v>
+      </c>
+      <c r="K161" t="s">
+        <v>25</v>
+      </c>
+      <c r="L161" t="s">
+        <v>26</v>
+      </c>
+      <c r="M161" t="s">
+        <v>27</v>
+      </c>
+      <c r="N161" t="s">
+        <v>28</v>
+      </c>
+      <c r="O161" t="s">
         <v>1491</v>
-      </c>
-[...25 lines deleted...]
-        <v>1495</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>5332</v>
+        <v>4563</v>
       </c>
       <c r="B162" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C162" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D162" t="s">
+        <v>1494</v>
+      </c>
+      <c r="E162" t="s">
+        <v>1495</v>
+      </c>
+      <c r="F162" t="s">
         <v>1496</v>
       </c>
-      <c r="C162" t="s">
+      <c r="G162" t="s">
         <v>1497</v>
       </c>
-      <c r="D162" t="s">
+      <c r="H162" t="s">
         <v>1498</v>
       </c>
-      <c r="E162" t="s">
+      <c r="I162" t="s">
         <v>1499</v>
       </c>
-      <c r="F162" t="s">
+      <c r="J162" t="s">
+        <v>24</v>
+      </c>
+      <c r="K162" t="s">
+        <v>130</v>
+      </c>
+      <c r="L162" t="s">
+        <v>26</v>
+      </c>
+      <c r="M162" t="s">
+        <v>131</v>
+      </c>
+      <c r="N162" t="s">
+        <v>28</v>
+      </c>
+      <c r="O162" t="s">
         <v>1500</v>
-      </c>
-[...25 lines deleted...]
-        <v>1504</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>5335</v>
+        <v>4566</v>
       </c>
       <c r="B163" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C163" t="s">
+        <v>1502</v>
+      </c>
+      <c r="D163" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F163" t="s">
         <v>1505</v>
       </c>
-      <c r="C163" t="s">
+      <c r="G163" t="s">
         <v>1506</v>
       </c>
-      <c r="D163" t="s">
+      <c r="H163" t="s">
         <v>1507</v>
       </c>
-      <c r="E163" t="s">
+      <c r="I163" t="s">
         <v>1508</v>
-      </c>
-[...10 lines deleted...]
-        <v>1512</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
         <v>25</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
         <v>27</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>5346</v>
+        <v>4568</v>
       </c>
       <c r="B164" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C164" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D164" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E164" t="s">
+        <v>1513</v>
+      </c>
+      <c r="F164" t="s">
         <v>1514</v>
       </c>
-      <c r="C164" t="s">
+      <c r="G164" t="s">
         <v>1515</v>
       </c>
-      <c r="D164" t="s">
+      <c r="H164" t="s">
         <v>1516</v>
       </c>
-      <c r="E164" t="s">
+      <c r="I164" t="s">
         <v>1517</v>
       </c>
-      <c r="F164" t="s">
+      <c r="J164" t="s">
+        <v>24</v>
+      </c>
+      <c r="K164" t="s">
+        <v>25</v>
+      </c>
+      <c r="L164" t="s">
+        <v>26</v>
+      </c>
+      <c r="M164" t="s">
+        <v>27</v>
+      </c>
+      <c r="N164" t="s">
+        <v>28</v>
+      </c>
+      <c r="O164" t="s">
         <v>1518</v>
-      </c>
-[...25 lines deleted...]
-        <v>1524</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>5348</v>
+        <v>4709</v>
       </c>
       <c r="B165" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D165" t="s">
+        <v>1521</v>
+      </c>
+      <c r="E165" t="s">
+        <v>1522</v>
+      </c>
+      <c r="F165" t="s">
+        <v>1523</v>
+      </c>
+      <c r="G165" t="s">
+        <v>1524</v>
+      </c>
+      <c r="H165" t="s">
         <v>1525</v>
       </c>
-      <c r="C165" t="s">
+      <c r="I165" t="s">
         <v>1526</v>
       </c>
-      <c r="D165" t="s">
+      <c r="J165" t="s">
+        <v>24</v>
+      </c>
+      <c r="K165" t="s">
+        <v>47</v>
+      </c>
+      <c r="L165" t="s">
+        <v>26</v>
+      </c>
+      <c r="M165" t="s">
+        <v>48</v>
+      </c>
+      <c r="N165" t="s">
+        <v>28</v>
+      </c>
+      <c r="O165" t="s">
         <v>1527</v>
-      </c>
-[...31 lines deleted...]
-        <v>1533</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>5351</v>
+        <v>4711</v>
       </c>
       <c r="B166" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C166" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D166" t="s">
+        <v>1530</v>
+      </c>
+      <c r="E166" t="s">
+        <v>1531</v>
+      </c>
+      <c r="F166" t="s">
+        <v>1532</v>
+      </c>
+      <c r="G166" t="s">
+        <v>1533</v>
+      </c>
+      <c r="H166" t="s">
         <v>1534</v>
       </c>
-      <c r="C166" t="s">
+      <c r="I166" t="s">
         <v>1535</v>
       </c>
-      <c r="D166" t="s">
+      <c r="J166" t="s">
         <v>1536</v>
       </c>
-      <c r="E166" t="s">
+      <c r="K166" t="s">
         <v>1537</v>
       </c>
-      <c r="F166" t="s">
+      <c r="L166" t="s">
         <v>1538</v>
       </c>
-      <c r="G166" t="s">
+      <c r="M166" t="s">
         <v>1539</v>
       </c>
-      <c r="H166" t="s">
+      <c r="N166" t="s">
+        <v>28</v>
+      </c>
+      <c r="O166" t="s">
         <v>1540</v>
-      </c>
-[...19 lines deleted...]
-        <v>1542</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>5353</v>
+        <v>4721</v>
       </c>
       <c r="B167" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D167" t="s">
         <v>1543</v>
       </c>
-      <c r="C167" t="s">
+      <c r="E167" t="s">
         <v>1544</v>
       </c>
-      <c r="D167" t="s">
+      <c r="F167" t="s">
         <v>1545</v>
       </c>
-      <c r="E167" t="s">
+      <c r="G167" t="s">
         <v>1546</v>
       </c>
-      <c r="F167" t="s">
+      <c r="H167" t="s">
         <v>1547</v>
       </c>
-      <c r="G167" t="s">
+      <c r="I167" t="s">
         <v>1548</v>
       </c>
-      <c r="H167" t="s">
+      <c r="J167" t="s">
+        <v>24</v>
+      </c>
+      <c r="K167" t="s">
+        <v>1015</v>
+      </c>
+      <c r="L167" t="s">
+        <v>26</v>
+      </c>
+      <c r="M167" t="s">
+        <v>1016</v>
+      </c>
+      <c r="N167" t="s">
+        <v>28</v>
+      </c>
+      <c r="O167" t="s">
         <v>1549</v>
-      </c>
-[...19 lines deleted...]
-        <v>1551</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>5354</v>
+        <v>4792</v>
       </c>
       <c r="B168" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C168" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D168" t="s">
         <v>1552</v>
       </c>
-      <c r="C168" t="s">
+      <c r="E168" t="s">
         <v>1553</v>
       </c>
-      <c r="D168" t="s">
+      <c r="F168" t="s">
         <v>1554</v>
       </c>
-      <c r="E168" t="s">
+      <c r="G168" t="s">
         <v>1555</v>
       </c>
-      <c r="F168" t="s">
+      <c r="H168" t="s">
         <v>1556</v>
       </c>
-      <c r="G168" t="s">
+      <c r="I168" t="s">
         <v>1557</v>
       </c>
-      <c r="H168" t="s">
+      <c r="J168" t="s">
+        <v>24</v>
+      </c>
+      <c r="K168" t="s">
+        <v>25</v>
+      </c>
+      <c r="L168" t="s">
+        <v>26</v>
+      </c>
+      <c r="M168" t="s">
+        <v>27</v>
+      </c>
+      <c r="N168" t="s">
+        <v>28</v>
+      </c>
+      <c r="O168" t="s">
         <v>1558</v>
-      </c>
-[...19 lines deleted...]
-        <v>1560</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>5359</v>
+        <v>4810</v>
       </c>
       <c r="B169" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C169" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D169" t="s">
         <v>1561</v>
       </c>
-      <c r="C169" t="s">
+      <c r="E169" t="s">
         <v>1562</v>
       </c>
-      <c r="D169" t="s">
+      <c r="F169" t="s">
         <v>1563</v>
       </c>
-      <c r="E169" t="s">
+      <c r="G169" t="s">
         <v>1564</v>
       </c>
-      <c r="F169" t="s">
+      <c r="H169" t="s">
         <v>1565</v>
       </c>
-      <c r="G169" t="s">
+      <c r="I169" t="s">
         <v>1566</v>
       </c>
-      <c r="H169" t="s">
+      <c r="J169" t="s">
+        <v>24</v>
+      </c>
+      <c r="K169" t="s">
+        <v>130</v>
+      </c>
+      <c r="L169" t="s">
+        <v>26</v>
+      </c>
+      <c r="M169" t="s">
+        <v>131</v>
+      </c>
+      <c r="N169" t="s">
+        <v>28</v>
+      </c>
+      <c r="O169" t="s">
         <v>1567</v>
-      </c>
-[...19 lines deleted...]
-        <v>1569</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>5364</v>
+        <v>4811</v>
       </c>
       <c r="B170" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C170" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D170" t="s">
         <v>1570</v>
       </c>
-      <c r="C170" t="s">
+      <c r="E170" t="s">
         <v>1571</v>
       </c>
-      <c r="D170" t="s">
+      <c r="F170" t="s">
         <v>1572</v>
       </c>
-      <c r="E170" t="s">
+      <c r="G170" t="s">
         <v>1573</v>
       </c>
-      <c r="F170" t="s">
+      <c r="H170" t="s">
         <v>1574</v>
       </c>
-      <c r="G170" t="s">
+      <c r="I170" t="s">
         <v>1575</v>
       </c>
-      <c r="H170" t="s">
+      <c r="J170" t="s">
+        <v>24</v>
+      </c>
+      <c r="K170" t="s">
         <v>1576</v>
       </c>
-      <c r="I170" t="s">
+      <c r="L170" t="s">
+        <v>26</v>
+      </c>
+      <c r="M170" t="s">
         <v>1577</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
         <v>1578</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>5365</v>
+        <v>4817</v>
       </c>
       <c r="B171" t="s">
         <v>1579</v>
       </c>
       <c r="C171" t="s">
         <v>1580</v>
       </c>
       <c r="D171" t="s">
         <v>1581</v>
       </c>
       <c r="E171" t="s">
         <v>1582</v>
       </c>
       <c r="F171" t="s">
         <v>1583</v>
       </c>
       <c r="G171" t="s">
         <v>1584</v>
       </c>
       <c r="H171" t="s">
         <v>1585</v>
       </c>
       <c r="I171" t="s">
         <v>1586</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
         <v>25</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
         <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
         <v>1587</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>5367</v>
+        <v>4935</v>
       </c>
       <c r="B172" t="s">
         <v>1588</v>
       </c>
       <c r="C172" t="s">
         <v>1589</v>
       </c>
       <c r="D172" t="s">
         <v>1590</v>
       </c>
       <c r="E172" t="s">
         <v>1591</v>
       </c>
       <c r="F172" t="s">
         <v>1592</v>
       </c>
       <c r="G172" t="s">
         <v>1593</v>
       </c>
       <c r="H172" t="s">
         <v>1594</v>
       </c>
       <c r="I172" t="s">
         <v>1595</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
         <v>1596</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>5368</v>
+        <v>4947</v>
       </c>
       <c r="B173" t="s">
         <v>1597</v>
       </c>
       <c r="C173" t="s">
         <v>1598</v>
       </c>
       <c r="D173" t="s">
         <v>1599</v>
       </c>
       <c r="E173" t="s">
         <v>1600</v>
       </c>
       <c r="F173" t="s">
         <v>1601</v>
       </c>
       <c r="G173" t="s">
         <v>1602</v>
       </c>
       <c r="H173" t="s">
         <v>1603</v>
       </c>
       <c r="I173" t="s">
         <v>1604</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
         <v>1605</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>5371</v>
+        <v>4950</v>
       </c>
       <c r="B174" t="s">
         <v>1606</v>
       </c>
       <c r="C174" t="s">
         <v>1607</v>
       </c>
       <c r="D174" t="s">
         <v>1608</v>
       </c>
       <c r="E174" t="s">
         <v>1609</v>
       </c>
       <c r="F174" t="s">
         <v>1610</v>
       </c>
       <c r="G174" t="s">
         <v>1611</v>
       </c>
       <c r="H174" t="s">
         <v>1612</v>
       </c>
       <c r="I174" t="s">
         <v>1613</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
+        <v>1576</v>
+      </c>
+      <c r="L174" t="s">
+        <v>26</v>
+      </c>
+      <c r="M174" t="s">
+        <v>1577</v>
+      </c>
+      <c r="N174" t="s">
+        <v>28</v>
+      </c>
+      <c r="O174" t="s">
         <v>1614</v>
-      </c>
-[...10 lines deleted...]
-        <v>1616</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>5372</v>
+        <v>4964</v>
       </c>
       <c r="B175" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D175" t="s">
         <v>1617</v>
       </c>
-      <c r="C175" t="s">
+      <c r="E175" t="s">
         <v>1618</v>
       </c>
-      <c r="D175" t="s">
+      <c r="F175" t="s">
         <v>1619</v>
       </c>
-      <c r="E175" t="s">
+      <c r="G175" t="s">
         <v>1620</v>
       </c>
-      <c r="F175" t="s">
+      <c r="H175" t="s">
         <v>1621</v>
       </c>
-      <c r="G175" t="s">
+      <c r="I175" t="s">
         <v>1622</v>
       </c>
-      <c r="H175" t="s">
+      <c r="J175" t="s">
+        <v>24</v>
+      </c>
+      <c r="K175" t="s">
         <v>1623</v>
       </c>
-      <c r="I175" t="s">
+      <c r="L175" t="s">
+        <v>26</v>
+      </c>
+      <c r="M175" t="s">
         <v>1624</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
         <v>1625</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>5375</v>
+        <v>4965</v>
       </c>
       <c r="B176" t="s">
         <v>1626</v>
       </c>
       <c r="C176" t="s">
         <v>1627</v>
       </c>
       <c r="D176" t="s">
         <v>1628</v>
       </c>
       <c r="E176" t="s">
         <v>1629</v>
       </c>
       <c r="F176" t="s">
         <v>1630</v>
       </c>
       <c r="G176" t="s">
         <v>1631</v>
       </c>
       <c r="H176" t="s">
         <v>1632</v>
       </c>
       <c r="I176" t="s">
         <v>1633</v>
       </c>
       <c r="J176" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>724</v>
+        <v>25</v>
       </c>
       <c r="L176" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M176" t="s">
-        <v>725</v>
+        <v>27</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
         <v>1634</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>5377</v>
+        <v>4968</v>
       </c>
       <c r="B177" t="s">
         <v>1635</v>
       </c>
       <c r="C177" t="s">
         <v>1636</v>
       </c>
       <c r="D177" t="s">
         <v>1637</v>
       </c>
       <c r="E177" t="s">
         <v>1638</v>
       </c>
       <c r="F177" t="s">
         <v>1639</v>
       </c>
       <c r="G177" t="s">
         <v>1640</v>
       </c>
       <c r="H177" t="s">
         <v>1641</v>
       </c>
       <c r="I177" t="s">
         <v>1642</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
         <v>25</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
         <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>5378</v>
+        <v>4969</v>
       </c>
       <c r="B178" t="s">
         <v>1644</v>
       </c>
       <c r="C178" t="s">
         <v>1645</v>
       </c>
       <c r="D178" t="s">
         <v>1646</v>
       </c>
       <c r="E178" t="s">
         <v>1647</v>
       </c>
       <c r="F178" t="s">
         <v>1648</v>
       </c>
       <c r="G178" t="s">
         <v>1649</v>
       </c>
       <c r="H178" t="s">
         <v>1650</v>
       </c>
       <c r="I178" t="s">
         <v>1651</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
         <v>25</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
         <v>27</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
         <v>1652</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>5382</v>
+        <v>5272</v>
       </c>
       <c r="B179" t="s">
         <v>1653</v>
       </c>
       <c r="C179" t="s">
         <v>1654</v>
       </c>
       <c r="D179" t="s">
         <v>1655</v>
       </c>
       <c r="E179" t="s">
         <v>1656</v>
       </c>
       <c r="F179" t="s">
         <v>1657</v>
       </c>
       <c r="G179" t="s">
         <v>1658</v>
       </c>
       <c r="H179" t="s">
         <v>1659</v>
       </c>
       <c r="I179" t="s">
         <v>1660</v>
       </c>
       <c r="J179" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K179" t="s">
-        <v>130</v>
+        <v>582</v>
       </c>
       <c r="L179" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M179" t="s">
-        <v>131</v>
+        <v>584</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
         <v>1661</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>5435</v>
+        <v>5273</v>
       </c>
       <c r="B180" t="s">
         <v>1662</v>
       </c>
       <c r="C180" t="s">
         <v>1663</v>
       </c>
       <c r="D180" t="s">
         <v>1664</v>
       </c>
       <c r="E180" t="s">
         <v>1665</v>
       </c>
       <c r="F180" t="s">
         <v>1666</v>
       </c>
       <c r="G180" t="s">
         <v>1667</v>
       </c>
       <c r="H180" t="s">
         <v>1668</v>
       </c>
       <c r="I180" t="s">
         <v>1669</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>130</v>
+        <v>1623</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>131</v>
+        <v>1624</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
         <v>1670</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>5437</v>
+        <v>5326</v>
       </c>
       <c r="B181" t="s">
         <v>1671</v>
       </c>
       <c r="C181" t="s">
         <v>1672</v>
       </c>
       <c r="D181" t="s">
         <v>1673</v>
       </c>
       <c r="E181" t="s">
         <v>1674</v>
       </c>
       <c r="F181" t="s">
         <v>1675</v>
       </c>
       <c r="G181" t="s">
         <v>1676</v>
       </c>
       <c r="H181" t="s">
         <v>1677</v>
       </c>
       <c r="I181" t="s">
         <v>1678</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
         <v>1679</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>5439</v>
+        <v>5330</v>
       </c>
       <c r="B182" t="s">
         <v>1680</v>
       </c>
       <c r="C182" t="s">
         <v>1681</v>
       </c>
       <c r="D182" t="s">
         <v>1682</v>
       </c>
       <c r="E182" t="s">
         <v>1683</v>
       </c>
       <c r="F182" t="s">
         <v>1684</v>
       </c>
       <c r="G182" t="s">
         <v>1685</v>
       </c>
       <c r="H182" t="s">
         <v>1686</v>
       </c>
       <c r="I182" t="s">
         <v>1687</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
         <v>1688</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>5474</v>
+        <v>5331</v>
       </c>
       <c r="B183" t="s">
         <v>1689</v>
       </c>
       <c r="C183" t="s">
         <v>1690</v>
       </c>
       <c r="D183" t="s">
         <v>1691</v>
       </c>
       <c r="E183" t="s">
         <v>1692</v>
       </c>
       <c r="F183" t="s">
         <v>1693</v>
       </c>
       <c r="G183" t="s">
         <v>1694</v>
       </c>
       <c r="H183" t="s">
         <v>1695</v>
       </c>
       <c r="I183" t="s">
         <v>1696</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
         <v>1697</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>5475</v>
+        <v>5332</v>
       </c>
       <c r="B184" t="s">
         <v>1698</v>
       </c>
       <c r="C184" t="s">
         <v>1699</v>
       </c>
       <c r="D184" t="s">
         <v>1700</v>
       </c>
       <c r="E184" t="s">
         <v>1701</v>
       </c>
       <c r="F184" t="s">
         <v>1702</v>
       </c>
       <c r="G184" t="s">
         <v>1703</v>
       </c>
       <c r="H184" t="s">
         <v>1704</v>
       </c>
       <c r="I184" t="s">
         <v>1705</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
         <v>1706</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>5476</v>
+        <v>5335</v>
       </c>
       <c r="B185" t="s">
         <v>1707</v>
       </c>
       <c r="C185" t="s">
         <v>1708</v>
       </c>
       <c r="D185" t="s">
         <v>1709</v>
       </c>
       <c r="E185" t="s">
         <v>1710</v>
       </c>
       <c r="F185" t="s">
         <v>1711</v>
       </c>
       <c r="G185" t="s">
         <v>1712</v>
       </c>
       <c r="H185" t="s">
         <v>1713</v>
       </c>
       <c r="I185" t="s">
         <v>1714</v>
       </c>
       <c r="J185" t="s">
+        <v>24</v>
+      </c>
+      <c r="K185" t="s">
+        <v>25</v>
+      </c>
+      <c r="L185" t="s">
+        <v>26</v>
+      </c>
+      <c r="M185" t="s">
+        <v>27</v>
+      </c>
+      <c r="N185" t="s">
+        <v>28</v>
+      </c>
+      <c r="O185" t="s">
         <v>1715</v>
-      </c>
-[...13 lines deleted...]
-        <v>1717</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>5478</v>
+        <v>5346</v>
       </c>
       <c r="B186" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D186" t="s">
         <v>1718</v>
       </c>
-      <c r="C186" t="s">
+      <c r="E186" t="s">
         <v>1719</v>
       </c>
-      <c r="D186" t="s">
+      <c r="F186" t="s">
         <v>1720</v>
       </c>
-      <c r="E186" t="s">
+      <c r="G186" t="s">
         <v>1721</v>
       </c>
-      <c r="F186" t="s">
+      <c r="H186" t="s">
         <v>1722</v>
       </c>
-      <c r="G186" t="s">
+      <c r="I186" t="s">
         <v>1723</v>
       </c>
-      <c r="H186" t="s">
+      <c r="J186" t="s">
+        <v>24</v>
+      </c>
+      <c r="K186" t="s">
         <v>1724</v>
       </c>
-      <c r="I186" t="s">
+      <c r="L186" t="s">
+        <v>26</v>
+      </c>
+      <c r="M186" t="s">
         <v>1725</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
         <v>1726</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>5493</v>
+        <v>5348</v>
       </c>
       <c r="B187" t="s">
         <v>1727</v>
       </c>
       <c r="C187" t="s">
         <v>1728</v>
       </c>
       <c r="D187" t="s">
         <v>1729</v>
       </c>
       <c r="E187" t="s">
         <v>1730</v>
       </c>
       <c r="F187" t="s">
         <v>1731</v>
       </c>
       <c r="G187" t="s">
         <v>1732</v>
       </c>
       <c r="H187" t="s">
         <v>1733</v>
       </c>
       <c r="I187" t="s">
         <v>1734</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
         <v>130</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
         <v>131</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
         <v>1735</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>5496</v>
+        <v>5351</v>
       </c>
       <c r="B188" t="s">
         <v>1736</v>
       </c>
       <c r="C188" t="s">
         <v>1737</v>
       </c>
       <c r="D188" t="s">
         <v>1738</v>
       </c>
       <c r="E188" t="s">
         <v>1739</v>
       </c>
       <c r="F188" t="s">
         <v>1740</v>
       </c>
       <c r="G188" t="s">
         <v>1741</v>
       </c>
       <c r="H188" t="s">
         <v>1742</v>
       </c>
       <c r="I188" t="s">
         <v>1743</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>724</v>
+        <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>725</v>
+        <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
         <v>1744</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>5502</v>
+        <v>5353</v>
       </c>
       <c r="B189" t="s">
         <v>1745</v>
       </c>
       <c r="C189" t="s">
         <v>1746</v>
       </c>
       <c r="D189" t="s">
         <v>1747</v>
       </c>
       <c r="E189" t="s">
         <v>1748</v>
       </c>
       <c r="F189" t="s">
         <v>1749</v>
       </c>
       <c r="G189" t="s">
         <v>1750</v>
       </c>
       <c r="H189" t="s">
         <v>1751</v>
       </c>
       <c r="I189" t="s">
         <v>1752</v>
       </c>
       <c r="J189" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K189" t="s">
-        <v>25</v>
+        <v>735</v>
       </c>
       <c r="L189" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M189" t="s">
-        <v>27</v>
+        <v>736</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
         <v>1753</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>5503</v>
+        <v>5354</v>
       </c>
       <c r="B190" t="s">
         <v>1754</v>
       </c>
       <c r="C190" t="s">
         <v>1755</v>
       </c>
       <c r="D190" t="s">
         <v>1756</v>
       </c>
       <c r="E190" t="s">
         <v>1757</v>
       </c>
       <c r="F190" t="s">
         <v>1758</v>
       </c>
       <c r="G190" t="s">
         <v>1759</v>
       </c>
       <c r="H190" t="s">
         <v>1760</v>
       </c>
       <c r="I190" t="s">
         <v>1761</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
         <v>1762</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>5507</v>
+        <v>5359</v>
       </c>
       <c r="B191" t="s">
         <v>1763</v>
       </c>
       <c r="C191" t="s">
         <v>1764</v>
       </c>
       <c r="D191" t="s">
         <v>1765</v>
       </c>
       <c r="E191" t="s">
         <v>1766</v>
       </c>
       <c r="F191" t="s">
         <v>1767</v>
       </c>
       <c r="G191" t="s">
         <v>1768</v>
       </c>
       <c r="H191" t="s">
         <v>1769</v>
       </c>
       <c r="I191" t="s">
         <v>1770</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
         <v>1771</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>5509</v>
+        <v>5364</v>
       </c>
       <c r="B192" t="s">
         <v>1772</v>
       </c>
       <c r="C192" t="s">
         <v>1773</v>
       </c>
       <c r="D192" t="s">
         <v>1774</v>
       </c>
       <c r="E192" t="s">
         <v>1775</v>
       </c>
       <c r="F192" t="s">
         <v>1776</v>
       </c>
       <c r="G192" t="s">
         <v>1777</v>
       </c>
       <c r="H192" t="s">
         <v>1778</v>
       </c>
       <c r="I192" t="s">
         <v>1779</v>
       </c>
       <c r="J192" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>979</v>
+        <v>47</v>
       </c>
       <c r="L192" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>980</v>
+        <v>48</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
         <v>1780</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>5512</v>
+        <v>5365</v>
       </c>
       <c r="B193" t="s">
         <v>1781</v>
       </c>
       <c r="C193" t="s">
         <v>1782</v>
       </c>
       <c r="D193" t="s">
         <v>1783</v>
       </c>
       <c r="E193" t="s">
         <v>1784</v>
       </c>
       <c r="F193" t="s">
         <v>1785</v>
       </c>
       <c r="G193" t="s">
         <v>1786</v>
       </c>
       <c r="H193" t="s">
         <v>1787</v>
       </c>
       <c r="I193" t="s">
         <v>1788</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
         <v>1789</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>5514</v>
+        <v>5367</v>
       </c>
       <c r="B194" t="s">
         <v>1790</v>
       </c>
       <c r="C194" t="s">
         <v>1791</v>
       </c>
       <c r="D194" t="s">
         <v>1792</v>
       </c>
       <c r="E194" t="s">
         <v>1793</v>
       </c>
       <c r="F194" t="s">
         <v>1794</v>
       </c>
       <c r="G194" t="s">
         <v>1795</v>
       </c>
       <c r="H194" t="s">
         <v>1796</v>
       </c>
       <c r="I194" t="s">
         <v>1797</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>930</v>
+        <v>25</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
-        <v>931</v>
+        <v>27</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
         <v>1798</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5516</v>
+        <v>5368</v>
       </c>
       <c r="B195" t="s">
         <v>1799</v>
       </c>
       <c r="C195" t="s">
         <v>1800</v>
       </c>
       <c r="D195" t="s">
         <v>1801</v>
       </c>
       <c r="E195" t="s">
         <v>1802</v>
       </c>
       <c r="F195" t="s">
         <v>1803</v>
       </c>
       <c r="G195" t="s">
         <v>1804</v>
       </c>
       <c r="H195" t="s">
         <v>1805</v>
       </c>
       <c r="I195" t="s">
         <v>1806</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
         <v>25</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
         <v>27</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
         <v>1807</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5517</v>
+        <v>5371</v>
       </c>
       <c r="B196" t="s">
         <v>1808</v>
       </c>
       <c r="C196" t="s">
         <v>1809</v>
       </c>
       <c r="D196" t="s">
         <v>1810</v>
       </c>
       <c r="E196" t="s">
         <v>1811</v>
       </c>
       <c r="F196" t="s">
         <v>1812</v>
       </c>
       <c r="G196" t="s">
         <v>1813</v>
       </c>
       <c r="H196" t="s">
         <v>1814</v>
       </c>
       <c r="I196" t="s">
         <v>1815</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>25</v>
+        <v>1816</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
-        <v>27</v>
+        <v>1817</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5518</v>
+        <v>5372</v>
       </c>
       <c r="B197" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="C197" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="D197" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="E197" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="F197" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="G197" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="H197" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="I197" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
         <v>25</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
         <v>27</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5545</v>
+        <v>5375</v>
       </c>
       <c r="B198" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
       <c r="C198" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="D198" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="E198" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="F198" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="G198" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="H198" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="I198" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="J198" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K198" t="s">
-        <v>130</v>
+        <v>724</v>
       </c>
       <c r="L198" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M198" t="s">
-        <v>131</v>
+        <v>725</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5657</v>
+        <v>5377</v>
       </c>
       <c r="B199" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="C199" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="D199" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="E199" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="F199" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="G199" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="H199" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="I199" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
         <v>25</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
         <v>27</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5733</v>
+        <v>5378</v>
       </c>
       <c r="B200" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="C200" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="D200" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="E200" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="F200" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="G200" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="H200" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="I200" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5787</v>
+        <v>5382</v>
       </c>
       <c r="B201" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="C201" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="D201" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="E201" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="F201" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="G201" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="H201" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="I201" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>130</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>131</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5792</v>
+        <v>5435</v>
       </c>
       <c r="B202" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="C202" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="D202" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="E202" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="F202" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="G202" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="H202" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="I202" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="J202" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>505</v>
+        <v>130</v>
       </c>
       <c r="L202" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M202" t="s">
-        <v>506</v>
+        <v>131</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5794</v>
+        <v>5437</v>
       </c>
       <c r="B203" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="C203" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="D203" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="E203" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="F203" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="G203" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="H203" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="I203" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5796</v>
+        <v>5439</v>
       </c>
       <c r="B204" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="C204" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
       <c r="D204" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="E204" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="F204" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="G204" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="H204" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="I204" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5798</v>
+        <v>5474</v>
       </c>
       <c r="B205" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="C205" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="D205" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="E205" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
       <c r="F205" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
       <c r="G205" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="H205" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="I205" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5799</v>
+        <v>5475</v>
       </c>
       <c r="B206" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="C206" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="D206" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="E206" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="F206" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="G206" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="H206" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="I206" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="J206" t="s">
-        <v>1343</v>
+        <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>735</v>
+        <v>130</v>
       </c>
       <c r="L206" t="s">
-        <v>1345</v>
+        <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>736</v>
+        <v>131</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5803</v>
+        <v>5476</v>
       </c>
       <c r="B207" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
       <c r="C207" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
       <c r="D207" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
       <c r="E207" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
       <c r="F207" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
       <c r="G207" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="H207" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="I207" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
       <c r="J207" t="s">
-        <v>24</v>
+        <v>1917</v>
       </c>
       <c r="K207" t="s">
-        <v>25</v>
+        <v>1015</v>
       </c>
       <c r="L207" t="s">
-        <v>26</v>
+        <v>1918</v>
       </c>
       <c r="M207" t="s">
-        <v>27</v>
+        <v>1016</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1915</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5805</v>
+        <v>5478</v>
       </c>
       <c r="B208" t="s">
-        <v>1916</v>
+        <v>1920</v>
       </c>
       <c r="C208" t="s">
-        <v>1917</v>
+        <v>1921</v>
       </c>
       <c r="D208" t="s">
-        <v>1918</v>
+        <v>1922</v>
       </c>
       <c r="E208" t="s">
-        <v>1919</v>
+        <v>1923</v>
       </c>
       <c r="F208" t="s">
-        <v>1920</v>
+        <v>1924</v>
       </c>
       <c r="G208" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="H208" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="I208" t="s">
-        <v>1923</v>
+        <v>1927</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
         <v>25</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
         <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1924</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5808</v>
+        <v>5493</v>
       </c>
       <c r="B209" t="s">
-        <v>1925</v>
+        <v>1929</v>
       </c>
       <c r="C209" t="s">
-        <v>1926</v>
+        <v>1930</v>
       </c>
       <c r="D209" t="s">
-        <v>1927</v>
+        <v>1931</v>
       </c>
       <c r="E209" t="s">
-        <v>1928</v>
+        <v>1932</v>
       </c>
       <c r="F209" t="s">
-        <v>1929</v>
+        <v>1933</v>
       </c>
       <c r="G209" t="s">
-        <v>1930</v>
+        <v>1934</v>
       </c>
       <c r="H209" t="s">
-        <v>1931</v>
+        <v>1935</v>
       </c>
       <c r="I209" t="s">
-        <v>1932</v>
+        <v>1936</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1933</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5811</v>
+        <v>5496</v>
       </c>
       <c r="B210" t="s">
-        <v>1934</v>
+        <v>1938</v>
       </c>
       <c r="C210" t="s">
-        <v>1935</v>
+        <v>1939</v>
       </c>
       <c r="D210" t="s">
-        <v>1936</v>
+        <v>1940</v>
       </c>
       <c r="E210" t="s">
-        <v>1937</v>
+        <v>1941</v>
       </c>
       <c r="F210" t="s">
-        <v>1938</v>
+        <v>1942</v>
       </c>
       <c r="G210" t="s">
-        <v>1939</v>
+        <v>1943</v>
       </c>
       <c r="H210" t="s">
-        <v>1940</v>
+        <v>1944</v>
       </c>
       <c r="I210" t="s">
-        <v>1941</v>
+        <v>1945</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>25</v>
+        <v>724</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>27</v>
+        <v>725</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1942</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5819</v>
+        <v>5502</v>
       </c>
       <c r="B211" t="s">
-        <v>1943</v>
+        <v>1947</v>
       </c>
       <c r="C211" t="s">
-        <v>1944</v>
+        <v>1948</v>
       </c>
       <c r="D211" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="E211" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="F211" t="s">
-        <v>1947</v>
+        <v>1951</v>
       </c>
       <c r="G211" t="s">
-        <v>1948</v>
+        <v>1952</v>
       </c>
       <c r="H211" t="s">
-        <v>1949</v>
+        <v>1953</v>
       </c>
       <c r="I211" t="s">
-        <v>1950</v>
+        <v>1954</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
         <v>25</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
         <v>27</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1951</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5830</v>
+        <v>5503</v>
       </c>
       <c r="B212" t="s">
-        <v>1952</v>
+        <v>1956</v>
       </c>
       <c r="C212" t="s">
-        <v>1953</v>
+        <v>1957</v>
       </c>
       <c r="D212" t="s">
-        <v>1954</v>
+        <v>1958</v>
       </c>
       <c r="E212" t="s">
-        <v>1955</v>
+        <v>1959</v>
       </c>
       <c r="F212" t="s">
-        <v>1956</v>
+        <v>1960</v>
       </c>
       <c r="G212" t="s">
-        <v>1957</v>
+        <v>1961</v>
       </c>
       <c r="H212" t="s">
-        <v>1958</v>
+        <v>1962</v>
       </c>
       <c r="I212" t="s">
-        <v>1959</v>
+        <v>1963</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1960</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5866</v>
+        <v>5507</v>
       </c>
       <c r="B213" t="s">
-        <v>1961</v>
+        <v>1965</v>
       </c>
       <c r="C213" t="s">
-        <v>1962</v>
+        <v>1966</v>
       </c>
       <c r="D213" t="s">
-        <v>1963</v>
+        <v>1967</v>
       </c>
       <c r="E213" t="s">
-        <v>1964</v>
+        <v>1968</v>
       </c>
       <c r="F213" t="s">
-        <v>1965</v>
+        <v>1969</v>
       </c>
       <c r="G213" t="s">
-        <v>1966</v>
+        <v>1970</v>
       </c>
       <c r="H213" t="s">
-        <v>1967</v>
+        <v>1971</v>
       </c>
       <c r="I213" t="s">
-        <v>1968</v>
+        <v>1972</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
         <v>25</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
         <v>27</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1969</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5907</v>
+        <v>5509</v>
       </c>
       <c r="B214" t="s">
-        <v>1970</v>
+        <v>1974</v>
       </c>
       <c r="C214" t="s">
-        <v>1971</v>
+        <v>1975</v>
       </c>
       <c r="D214" t="s">
-        <v>1972</v>
+        <v>1976</v>
       </c>
       <c r="E214" t="s">
-        <v>1973</v>
+        <v>1977</v>
       </c>
       <c r="F214" t="s">
-        <v>1974</v>
+        <v>1978</v>
       </c>
       <c r="G214" t="s">
-        <v>1975</v>
+        <v>1979</v>
       </c>
       <c r="H214" t="s">
-        <v>1976</v>
+        <v>1980</v>
       </c>
       <c r="I214" t="s">
-        <v>1977</v>
+        <v>1981</v>
       </c>
       <c r="J214" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K214" t="s">
-        <v>25</v>
+        <v>1015</v>
       </c>
       <c r="L214" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M214" t="s">
-        <v>27</v>
+        <v>1016</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1978</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5913</v>
+        <v>5512</v>
       </c>
       <c r="B215" t="s">
-        <v>1979</v>
+        <v>1983</v>
       </c>
       <c r="C215" t="s">
-        <v>1980</v>
+        <v>1984</v>
       </c>
       <c r="D215" t="s">
-        <v>1981</v>
+        <v>1985</v>
       </c>
       <c r="E215" t="s">
-        <v>1982</v>
+        <v>1986</v>
       </c>
       <c r="F215" t="s">
-        <v>1983</v>
+        <v>1987</v>
       </c>
       <c r="G215" t="s">
-        <v>1984</v>
+        <v>1988</v>
       </c>
       <c r="H215" t="s">
-        <v>1985</v>
+        <v>1989</v>
       </c>
       <c r="I215" t="s">
-        <v>1986</v>
+        <v>1990</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1987</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5927</v>
+        <v>5514</v>
       </c>
       <c r="B216" t="s">
-        <v>1988</v>
+        <v>1992</v>
       </c>
       <c r="C216" t="s">
-        <v>1989</v>
+        <v>1993</v>
       </c>
       <c r="D216" t="s">
-        <v>1990</v>
+        <v>1994</v>
       </c>
       <c r="E216" t="s">
-        <v>1991</v>
+        <v>1995</v>
       </c>
       <c r="F216" t="s">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="G216" t="s">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="H216" t="s">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="I216" t="s">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>930</v>
+        <v>939</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>931</v>
+        <v>940</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>1996</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5928</v>
+        <v>5516</v>
       </c>
       <c r="B217" t="s">
-        <v>1997</v>
+        <v>2001</v>
       </c>
       <c r="C217" t="s">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="D217" t="s">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="E217" t="s">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="F217" t="s">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="G217" t="s">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="H217" t="s">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="I217" t="s">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="J217" t="s">
-        <v>2005</v>
+        <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>2006</v>
+        <v>25</v>
       </c>
       <c r="L217" t="s">
-        <v>2007</v>
+        <v>26</v>
       </c>
       <c r="M217" t="s">
-        <v>2008</v>
+        <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
         <v>2009</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5931</v>
+        <v>5517</v>
       </c>
       <c r="B218" t="s">
         <v>2010</v>
       </c>
       <c r="C218" t="s">
         <v>2011</v>
       </c>
       <c r="D218" t="s">
         <v>2012</v>
       </c>
       <c r="E218" t="s">
         <v>2013</v>
       </c>
       <c r="F218" t="s">
         <v>2014</v>
       </c>
       <c r="G218" t="s">
         <v>2015</v>
       </c>
       <c r="H218" t="s">
         <v>2016</v>
       </c>
       <c r="I218" t="s">
         <v>2017</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
         <v>25</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
         <v>27</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
         <v>2018</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5932</v>
+        <v>5518</v>
       </c>
       <c r="B219" t="s">
         <v>2019</v>
       </c>
       <c r="C219" t="s">
         <v>2020</v>
       </c>
       <c r="D219" t="s">
         <v>2021</v>
       </c>
       <c r="E219" t="s">
         <v>2022</v>
       </c>
       <c r="F219" t="s">
         <v>2023</v>
       </c>
       <c r="G219" t="s">
         <v>2024</v>
       </c>
       <c r="H219" t="s">
         <v>2025</v>
       </c>
       <c r="I219" t="s">
         <v>2026</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
         <v>2027</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5934</v>
+        <v>5545</v>
       </c>
       <c r="B220" t="s">
         <v>2028</v>
       </c>
       <c r="C220" t="s">
         <v>2029</v>
       </c>
       <c r="D220" t="s">
         <v>2030</v>
       </c>
       <c r="E220" t="s">
         <v>2031</v>
       </c>
       <c r="F220" t="s">
         <v>2032</v>
       </c>
       <c r="G220" t="s">
         <v>2033</v>
       </c>
       <c r="H220" t="s">
         <v>2034</v>
       </c>
       <c r="I220" t="s">
         <v>2035</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
         <v>130</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
         <v>131</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
         <v>2036</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5953</v>
+        <v>5657</v>
       </c>
       <c r="B221" t="s">
         <v>2037</v>
       </c>
       <c r="C221" t="s">
         <v>2038</v>
       </c>
       <c r="D221" t="s">
         <v>2039</v>
       </c>
       <c r="E221" t="s">
         <v>2040</v>
       </c>
       <c r="F221" t="s">
         <v>2041</v>
       </c>
       <c r="G221" t="s">
         <v>2042</v>
       </c>
       <c r="H221" t="s">
         <v>2043</v>
       </c>
       <c r="I221" t="s">
         <v>2044</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
         <v>25</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
         <v>27</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
         <v>2045</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5976</v>
+        <v>5733</v>
       </c>
       <c r="B222" t="s">
         <v>2046</v>
       </c>
       <c r="C222" t="s">
         <v>2047</v>
       </c>
       <c r="D222" t="s">
         <v>2048</v>
       </c>
       <c r="E222" t="s">
         <v>2049</v>
       </c>
       <c r="F222" t="s">
         <v>2050</v>
       </c>
       <c r="G222" t="s">
         <v>2051</v>
       </c>
       <c r="H222" t="s">
         <v>2052</v>
       </c>
       <c r="I222" t="s">
         <v>2053</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>1383</v>
+        <v>47</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>1384</v>
+        <v>48</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
         <v>2054</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5981</v>
+        <v>5787</v>
       </c>
       <c r="B223" t="s">
         <v>2055</v>
       </c>
       <c r="C223" t="s">
         <v>2056</v>
       </c>
       <c r="D223" t="s">
         <v>2057</v>
       </c>
       <c r="E223" t="s">
         <v>2058</v>
       </c>
       <c r="F223" t="s">
         <v>2059</v>
       </c>
       <c r="G223" t="s">
         <v>2060</v>
       </c>
       <c r="H223" t="s">
         <v>2061</v>
       </c>
       <c r="I223" t="s">
         <v>2062</v>
       </c>
       <c r="J223" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K223" t="s">
+        <v>130</v>
+      </c>
+      <c r="L223" t="s">
+        <v>26</v>
+      </c>
+      <c r="M223" t="s">
+        <v>131</v>
+      </c>
+      <c r="N223" t="s">
+        <v>28</v>
+      </c>
+      <c r="O223" t="s">
         <v>2063</v>
-      </c>
-[...10 lines deleted...]
-        <v>2065</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5986</v>
+        <v>5792</v>
       </c>
       <c r="B224" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C224" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D224" t="s">
         <v>2066</v>
       </c>
-      <c r="C224" t="s">
+      <c r="E224" t="s">
         <v>2067</v>
       </c>
-      <c r="D224" t="s">
+      <c r="F224" t="s">
         <v>2068</v>
       </c>
-      <c r="E224" t="s">
+      <c r="G224" t="s">
         <v>2069</v>
       </c>
-      <c r="F224" t="s">
+      <c r="H224" t="s">
         <v>2070</v>
       </c>
-      <c r="G224" t="s">
+      <c r="I224" t="s">
         <v>2071</v>
       </c>
-      <c r="H224" t="s">
+      <c r="J224" t="s">
+        <v>581</v>
+      </c>
+      <c r="K224" t="s">
+        <v>505</v>
+      </c>
+      <c r="L224" t="s">
+        <v>583</v>
+      </c>
+      <c r="M224" t="s">
+        <v>506</v>
+      </c>
+      <c r="N224" t="s">
+        <v>28</v>
+      </c>
+      <c r="O224" t="s">
         <v>2072</v>
-      </c>
-[...19 lines deleted...]
-        <v>2074</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5989</v>
+        <v>5794</v>
       </c>
       <c r="B225" t="s">
+        <v>2073</v>
+      </c>
+      <c r="C225" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D225" t="s">
         <v>2075</v>
       </c>
-      <c r="C225" t="s">
+      <c r="E225" t="s">
         <v>2076</v>
       </c>
-      <c r="D225" t="s">
+      <c r="F225" t="s">
         <v>2077</v>
       </c>
-      <c r="E225" t="s">
+      <c r="G225" t="s">
         <v>2078</v>
       </c>
-      <c r="F225" t="s">
+      <c r="H225" t="s">
         <v>2079</v>
       </c>
-      <c r="G225" t="s">
+      <c r="I225" t="s">
         <v>2080</v>
       </c>
-      <c r="H225" t="s">
+      <c r="J225" t="s">
+        <v>24</v>
+      </c>
+      <c r="K225" t="s">
+        <v>130</v>
+      </c>
+      <c r="L225" t="s">
+        <v>26</v>
+      </c>
+      <c r="M225" t="s">
+        <v>131</v>
+      </c>
+      <c r="N225" t="s">
+        <v>28</v>
+      </c>
+      <c r="O225" t="s">
         <v>2081</v>
-      </c>
-[...19 lines deleted...]
-        <v>2083</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>6021</v>
+        <v>5796</v>
       </c>
       <c r="B226" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C226" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D226" t="s">
         <v>2084</v>
       </c>
-      <c r="C226" t="s">
+      <c r="E226" t="s">
         <v>2085</v>
       </c>
-      <c r="D226" t="s">
+      <c r="F226" t="s">
         <v>2086</v>
       </c>
-      <c r="E226" t="s">
+      <c r="G226" t="s">
         <v>2087</v>
       </c>
-      <c r="F226" t="s">
+      <c r="H226" t="s">
         <v>2088</v>
       </c>
-      <c r="G226" t="s">
+      <c r="I226" t="s">
         <v>2089</v>
       </c>
-      <c r="H226" t="s">
+      <c r="J226" t="s">
+        <v>24</v>
+      </c>
+      <c r="K226" t="s">
+        <v>130</v>
+      </c>
+      <c r="L226" t="s">
+        <v>26</v>
+      </c>
+      <c r="M226" t="s">
+        <v>131</v>
+      </c>
+      <c r="N226" t="s">
+        <v>28</v>
+      </c>
+      <c r="O226" t="s">
         <v>2090</v>
-      </c>
-[...19 lines deleted...]
-        <v>2092</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>6082</v>
+        <v>5798</v>
       </c>
       <c r="B227" t="s">
+        <v>2091</v>
+      </c>
+      <c r="C227" t="s">
+        <v>2092</v>
+      </c>
+      <c r="D227" t="s">
         <v>2093</v>
       </c>
-      <c r="C227" t="s">
+      <c r="E227" t="s">
         <v>2094</v>
       </c>
-      <c r="D227" t="s">
+      <c r="F227" t="s">
         <v>2095</v>
       </c>
-      <c r="E227" t="s">
+      <c r="G227" t="s">
         <v>2096</v>
       </c>
-      <c r="F227" t="s">
+      <c r="H227" t="s">
         <v>2097</v>
       </c>
-      <c r="G227" t="s">
+      <c r="I227" t="s">
         <v>2098</v>
       </c>
-      <c r="H227" t="s">
+      <c r="J227" t="s">
+        <v>24</v>
+      </c>
+      <c r="K227" t="s">
+        <v>130</v>
+      </c>
+      <c r="L227" t="s">
+        <v>26</v>
+      </c>
+      <c r="M227" t="s">
+        <v>131</v>
+      </c>
+      <c r="N227" t="s">
+        <v>28</v>
+      </c>
+      <c r="O227" t="s">
         <v>2099</v>
-      </c>
-[...19 lines deleted...]
-        <v>2103</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>6112</v>
+        <v>5799</v>
       </c>
       <c r="B228" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C228" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D228" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E228" t="s">
+        <v>2103</v>
+      </c>
+      <c r="F228" t="s">
         <v>2104</v>
       </c>
-      <c r="C228" t="s">
+      <c r="G228" t="s">
         <v>2105</v>
       </c>
-      <c r="D228" t="s">
+      <c r="H228" t="s">
         <v>2106</v>
       </c>
-      <c r="E228" t="s">
+      <c r="I228" t="s">
         <v>2107</v>
       </c>
-      <c r="F228" t="s">
+      <c r="J228" t="s">
+        <v>1536</v>
+      </c>
+      <c r="K228" t="s">
+        <v>735</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1538</v>
+      </c>
+      <c r="M228" t="s">
+        <v>736</v>
+      </c>
+      <c r="N228" t="s">
+        <v>28</v>
+      </c>
+      <c r="O228" t="s">
         <v>2108</v>
-      </c>
-[...25 lines deleted...]
-        <v>2112</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>6180</v>
+        <v>5803</v>
       </c>
       <c r="B229" t="s">
+        <v>2109</v>
+      </c>
+      <c r="C229" t="s">
+        <v>2110</v>
+      </c>
+      <c r="D229" t="s">
+        <v>2111</v>
+      </c>
+      <c r="E229" t="s">
+        <v>2112</v>
+      </c>
+      <c r="F229" t="s">
         <v>2113</v>
       </c>
-      <c r="C229" t="s">
+      <c r="G229" t="s">
         <v>2114</v>
       </c>
-      <c r="D229" t="s">
+      <c r="H229" t="s">
         <v>2115</v>
       </c>
-      <c r="E229" t="s">
+      <c r="I229" t="s">
         <v>2116</v>
-      </c>
-[...10 lines deleted...]
-        <v>2120</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
         <v>25</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
         <v>27</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2121</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>6203</v>
+        <v>5805</v>
       </c>
       <c r="B230" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C230" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D230" t="s">
+        <v>2120</v>
+      </c>
+      <c r="E230" t="s">
+        <v>2121</v>
+      </c>
+      <c r="F230" t="s">
         <v>2122</v>
       </c>
-      <c r="C230" t="s">
+      <c r="G230" t="s">
         <v>2123</v>
       </c>
-      <c r="D230" t="s">
+      <c r="H230" t="s">
         <v>2124</v>
       </c>
-      <c r="E230" t="s">
+      <c r="I230" t="s">
         <v>2125</v>
       </c>
-      <c r="F230" t="s">
+      <c r="J230" t="s">
+        <v>24</v>
+      </c>
+      <c r="K230" t="s">
+        <v>25</v>
+      </c>
+      <c r="L230" t="s">
+        <v>26</v>
+      </c>
+      <c r="M230" t="s">
+        <v>27</v>
+      </c>
+      <c r="N230" t="s">
+        <v>28</v>
+      </c>
+      <c r="O230" t="s">
         <v>2126</v>
-      </c>
-[...25 lines deleted...]
-        <v>2130</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>6208</v>
+        <v>5808</v>
       </c>
       <c r="B231" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C231" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D231" t="s">
+        <v>2129</v>
+      </c>
+      <c r="E231" t="s">
+        <v>2130</v>
+      </c>
+      <c r="F231" t="s">
         <v>2131</v>
       </c>
-      <c r="C231" t="s">
+      <c r="G231" t="s">
         <v>2132</v>
       </c>
-      <c r="D231" t="s">
+      <c r="H231" t="s">
         <v>2133</v>
       </c>
-      <c r="E231" t="s">
+      <c r="I231" t="s">
         <v>2134</v>
       </c>
-      <c r="F231" t="s">
+      <c r="J231" t="s">
+        <v>24</v>
+      </c>
+      <c r="K231" t="s">
+        <v>25</v>
+      </c>
+      <c r="L231" t="s">
+        <v>26</v>
+      </c>
+      <c r="M231" t="s">
+        <v>27</v>
+      </c>
+      <c r="N231" t="s">
+        <v>28</v>
+      </c>
+      <c r="O231" t="s">
         <v>2135</v>
-      </c>
-[...25 lines deleted...]
-        <v>2139</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>6211</v>
+        <v>5811</v>
       </c>
       <c r="B232" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C232" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D232" t="s">
+        <v>2138</v>
+      </c>
+      <c r="E232" t="s">
+        <v>2139</v>
+      </c>
+      <c r="F232" t="s">
         <v>2140</v>
       </c>
-      <c r="C232" t="s">
+      <c r="G232" t="s">
         <v>2141</v>
       </c>
-      <c r="D232" t="s">
+      <c r="H232" t="s">
         <v>2142</v>
       </c>
-      <c r="E232" t="s">
+      <c r="I232" t="s">
         <v>2143</v>
       </c>
-      <c r="F232" t="s">
+      <c r="J232" t="s">
+        <v>24</v>
+      </c>
+      <c r="K232" t="s">
+        <v>25</v>
+      </c>
+      <c r="L232" t="s">
+        <v>26</v>
+      </c>
+      <c r="M232" t="s">
+        <v>27</v>
+      </c>
+      <c r="N232" t="s">
+        <v>28</v>
+      </c>
+      <c r="O232" t="s">
         <v>2144</v>
-      </c>
-[...25 lines deleted...]
-        <v>2148</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>6254</v>
+        <v>5819</v>
       </c>
       <c r="B233" t="s">
+        <v>2145</v>
+      </c>
+      <c r="C233" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D233" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E233" t="s">
+        <v>2148</v>
+      </c>
+      <c r="F233" t="s">
         <v>2149</v>
       </c>
-      <c r="C233" t="s">
+      <c r="G233" t="s">
         <v>2150</v>
       </c>
-      <c r="D233" t="s">
+      <c r="H233" t="s">
         <v>2151</v>
       </c>
-      <c r="E233" t="s">
+      <c r="I233" t="s">
         <v>2152</v>
       </c>
-      <c r="F233" t="s">
+      <c r="J233" t="s">
+        <v>24</v>
+      </c>
+      <c r="K233" t="s">
+        <v>25</v>
+      </c>
+      <c r="L233" t="s">
+        <v>26</v>
+      </c>
+      <c r="M233" t="s">
+        <v>27</v>
+      </c>
+      <c r="N233" t="s">
+        <v>28</v>
+      </c>
+      <c r="O233" t="s">
         <v>2153</v>
-      </c>
-[...25 lines deleted...]
-        <v>2157</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>6255</v>
+        <v>5830</v>
       </c>
       <c r="B234" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C234" t="s">
+        <v>2155</v>
+      </c>
+      <c r="D234" t="s">
+        <v>2156</v>
+      </c>
+      <c r="E234" t="s">
+        <v>2157</v>
+      </c>
+      <c r="F234" t="s">
         <v>2158</v>
       </c>
-      <c r="C234" t="s">
+      <c r="G234" t="s">
         <v>2159</v>
       </c>
-      <c r="D234" t="s">
+      <c r="H234" t="s">
         <v>2160</v>
       </c>
-      <c r="E234" t="s">
+      <c r="I234" t="s">
         <v>2161</v>
       </c>
-      <c r="F234" t="s">
+      <c r="J234" t="s">
+        <v>24</v>
+      </c>
+      <c r="K234" t="s">
+        <v>25</v>
+      </c>
+      <c r="L234" t="s">
+        <v>26</v>
+      </c>
+      <c r="M234" t="s">
+        <v>27</v>
+      </c>
+      <c r="N234" t="s">
+        <v>28</v>
+      </c>
+      <c r="O234" t="s">
         <v>2162</v>
-      </c>
-[...25 lines deleted...]
-        <v>2168</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>6258</v>
+        <v>5866</v>
       </c>
       <c r="B235" t="s">
+        <v>2163</v>
+      </c>
+      <c r="C235" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D235" t="s">
+        <v>2165</v>
+      </c>
+      <c r="E235" t="s">
+        <v>2166</v>
+      </c>
+      <c r="F235" t="s">
+        <v>2167</v>
+      </c>
+      <c r="G235" t="s">
+        <v>2168</v>
+      </c>
+      <c r="H235" t="s">
         <v>2169</v>
       </c>
-      <c r="C235" t="s">
+      <c r="I235" t="s">
         <v>2170</v>
-      </c>
-[...16 lines deleted...]
-        <v>2176</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
         <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
         <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2177</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>6259</v>
+        <v>5907</v>
       </c>
       <c r="B236" t="s">
+        <v>2172</v>
+      </c>
+      <c r="C236" t="s">
+        <v>2173</v>
+      </c>
+      <c r="D236" t="s">
+        <v>2174</v>
+      </c>
+      <c r="E236" t="s">
+        <v>2175</v>
+      </c>
+      <c r="F236" t="s">
+        <v>2176</v>
+      </c>
+      <c r="G236" t="s">
+        <v>2177</v>
+      </c>
+      <c r="H236" t="s">
         <v>2178</v>
       </c>
-      <c r="C236" t="s">
+      <c r="I236" t="s">
         <v>2179</v>
       </c>
-      <c r="D236" t="s">
+      <c r="J236" t="s">
+        <v>24</v>
+      </c>
+      <c r="K236" t="s">
+        <v>25</v>
+      </c>
+      <c r="L236" t="s">
+        <v>26</v>
+      </c>
+      <c r="M236" t="s">
+        <v>27</v>
+      </c>
+      <c r="N236" t="s">
+        <v>28</v>
+      </c>
+      <c r="O236" t="s">
         <v>2180</v>
-      </c>
-[...31 lines deleted...]
-        <v>2186</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>6261</v>
+        <v>5913</v>
       </c>
       <c r="B237" t="s">
+        <v>2181</v>
+      </c>
+      <c r="C237" t="s">
+        <v>2182</v>
+      </c>
+      <c r="D237" t="s">
+        <v>2183</v>
+      </c>
+      <c r="E237" t="s">
+        <v>2184</v>
+      </c>
+      <c r="F237" t="s">
+        <v>2185</v>
+      </c>
+      <c r="G237" t="s">
+        <v>2186</v>
+      </c>
+      <c r="H237" t="s">
         <v>2187</v>
       </c>
-      <c r="C237" t="s">
+      <c r="I237" t="s">
         <v>2188</v>
-      </c>
-[...16 lines deleted...]
-        <v>2194</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
         <v>47</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
         <v>48</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2195</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>6263</v>
+        <v>5927</v>
       </c>
       <c r="B238" t="s">
+        <v>2190</v>
+      </c>
+      <c r="C238" t="s">
+        <v>2191</v>
+      </c>
+      <c r="D238" t="s">
+        <v>2192</v>
+      </c>
+      <c r="E238" t="s">
+        <v>2193</v>
+      </c>
+      <c r="F238" t="s">
+        <v>2194</v>
+      </c>
+      <c r="G238" t="s">
+        <v>2195</v>
+      </c>
+      <c r="H238" t="s">
         <v>2196</v>
       </c>
-      <c r="C238" t="s">
+      <c r="I238" t="s">
         <v>2197</v>
       </c>
-      <c r="D238" t="s">
+      <c r="J238" t="s">
+        <v>24</v>
+      </c>
+      <c r="K238" t="s">
+        <v>939</v>
+      </c>
+      <c r="L238" t="s">
+        <v>26</v>
+      </c>
+      <c r="M238" t="s">
+        <v>940</v>
+      </c>
+      <c r="N238" t="s">
+        <v>28</v>
+      </c>
+      <c r="O238" t="s">
         <v>2198</v>
-      </c>
-[...31 lines deleted...]
-        <v>2204</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>6272</v>
+        <v>5928</v>
       </c>
       <c r="B239" t="s">
+        <v>2199</v>
+      </c>
+      <c r="C239" t="s">
+        <v>2200</v>
+      </c>
+      <c r="D239" t="s">
+        <v>2201</v>
+      </c>
+      <c r="E239" t="s">
+        <v>2202</v>
+      </c>
+      <c r="F239" t="s">
+        <v>2203</v>
+      </c>
+      <c r="G239" t="s">
+        <v>2204</v>
+      </c>
+      <c r="H239" t="s">
         <v>2205</v>
       </c>
-      <c r="C239" t="s">
+      <c r="I239" t="s">
         <v>2206</v>
       </c>
-      <c r="D239" t="s">
+      <c r="J239" t="s">
         <v>2207</v>
       </c>
-      <c r="E239" t="s">
+      <c r="K239" t="s">
         <v>2208</v>
       </c>
-      <c r="F239" t="s">
+      <c r="L239" t="s">
         <v>2209</v>
       </c>
-      <c r="G239" t="s">
+      <c r="M239" t="s">
         <v>2210</v>
       </c>
-      <c r="H239" t="s">
+      <c r="N239" t="s">
+        <v>28</v>
+      </c>
+      <c r="O239" t="s">
         <v>2211</v>
-      </c>
-[...19 lines deleted...]
-        <v>2213</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>6274</v>
+        <v>5931</v>
       </c>
       <c r="B240" t="s">
+        <v>2212</v>
+      </c>
+      <c r="C240" t="s">
+        <v>2213</v>
+      </c>
+      <c r="D240" t="s">
         <v>2214</v>
       </c>
-      <c r="C240" t="s">
+      <c r="E240" t="s">
         <v>2215</v>
       </c>
-      <c r="D240" t="s">
+      <c r="F240" t="s">
         <v>2216</v>
       </c>
-      <c r="E240" t="s">
+      <c r="G240" t="s">
         <v>2217</v>
       </c>
-      <c r="F240" t="s">
+      <c r="H240" t="s">
         <v>2218</v>
       </c>
-      <c r="G240" t="s">
+      <c r="I240" t="s">
         <v>2219</v>
-      </c>
-[...4 lines deleted...]
-        <v>2221</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
         <v>25</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
         <v>27</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2222</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>6275</v>
+        <v>5932</v>
       </c>
       <c r="B241" t="s">
+        <v>2221</v>
+      </c>
+      <c r="C241" t="s">
+        <v>2222</v>
+      </c>
+      <c r="D241" t="s">
         <v>2223</v>
       </c>
-      <c r="C241" t="s">
+      <c r="E241" t="s">
         <v>2224</v>
       </c>
-      <c r="D241" t="s">
+      <c r="F241" t="s">
         <v>2225</v>
       </c>
-      <c r="E241" t="s">
+      <c r="G241" t="s">
         <v>2226</v>
       </c>
-      <c r="F241" t="s">
+      <c r="H241" t="s">
         <v>2227</v>
       </c>
-      <c r="G241" t="s">
+      <c r="I241" t="s">
         <v>2228</v>
       </c>
-      <c r="H241" t="s">
+      <c r="J241" t="s">
+        <v>24</v>
+      </c>
+      <c r="K241" t="s">
+        <v>130</v>
+      </c>
+      <c r="L241" t="s">
+        <v>26</v>
+      </c>
+      <c r="M241" t="s">
+        <v>131</v>
+      </c>
+      <c r="N241" t="s">
+        <v>28</v>
+      </c>
+      <c r="O241" t="s">
         <v>2229</v>
-      </c>
-[...19 lines deleted...]
-        <v>2231</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>6327</v>
+        <v>5934</v>
       </c>
       <c r="B242" t="s">
+        <v>2230</v>
+      </c>
+      <c r="C242" t="s">
+        <v>2231</v>
+      </c>
+      <c r="D242" t="s">
         <v>2232</v>
       </c>
-      <c r="C242" t="s">
+      <c r="E242" t="s">
         <v>2233</v>
       </c>
-      <c r="D242" t="s">
+      <c r="F242" t="s">
         <v>2234</v>
       </c>
-      <c r="E242" t="s">
+      <c r="G242" t="s">
         <v>2235</v>
       </c>
-      <c r="F242" t="s">
+      <c r="H242" t="s">
         <v>2236</v>
       </c>
-      <c r="G242" t="s">
+      <c r="I242" t="s">
         <v>2237</v>
       </c>
-      <c r="H242" t="s">
+      <c r="J242" t="s">
+        <v>24</v>
+      </c>
+      <c r="K242" t="s">
+        <v>130</v>
+      </c>
+      <c r="L242" t="s">
+        <v>26</v>
+      </c>
+      <c r="M242" t="s">
+        <v>131</v>
+      </c>
+      <c r="N242" t="s">
+        <v>28</v>
+      </c>
+      <c r="O242" t="s">
         <v>2238</v>
-      </c>
-[...19 lines deleted...]
-        <v>2240</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>6337</v>
+        <v>5953</v>
       </c>
       <c r="B243" t="s">
+        <v>2239</v>
+      </c>
+      <c r="C243" t="s">
+        <v>2240</v>
+      </c>
+      <c r="D243" t="s">
         <v>2241</v>
       </c>
-      <c r="C243" t="s">
+      <c r="E243" t="s">
         <v>2242</v>
       </c>
-      <c r="D243" t="s">
+      <c r="F243" t="s">
         <v>2243</v>
       </c>
-      <c r="E243" t="s">
+      <c r="G243" t="s">
         <v>2244</v>
       </c>
-      <c r="F243" t="s">
+      <c r="H243" t="s">
         <v>2245</v>
       </c>
-      <c r="G243" t="s">
+      <c r="I243" t="s">
         <v>2246</v>
       </c>
-      <c r="H243" t="s">
+      <c r="J243" t="s">
+        <v>24</v>
+      </c>
+      <c r="K243" t="s">
+        <v>25</v>
+      </c>
+      <c r="L243" t="s">
+        <v>26</v>
+      </c>
+      <c r="M243" t="s">
+        <v>27</v>
+      </c>
+      <c r="N243" t="s">
+        <v>28</v>
+      </c>
+      <c r="O243" t="s">
         <v>2247</v>
-      </c>
-[...19 lines deleted...]
-        <v>2249</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>6460</v>
+        <v>5976</v>
       </c>
       <c r="B244" t="s">
+        <v>2248</v>
+      </c>
+      <c r="C244" t="s">
+        <v>2249</v>
+      </c>
+      <c r="D244" t="s">
         <v>2250</v>
       </c>
-      <c r="C244" t="s">
+      <c r="E244" t="s">
         <v>2251</v>
       </c>
-      <c r="D244" t="s">
+      <c r="F244" t="s">
         <v>2252</v>
       </c>
-      <c r="E244" t="s">
+      <c r="G244" t="s">
         <v>2253</v>
       </c>
-      <c r="F244" t="s">
+      <c r="H244" t="s">
         <v>2254</v>
       </c>
-      <c r="G244" t="s">
+      <c r="I244" t="s">
         <v>2255</v>
       </c>
-      <c r="H244" t="s">
+      <c r="J244" t="s">
+        <v>24</v>
+      </c>
+      <c r="K244" t="s">
+        <v>1576</v>
+      </c>
+      <c r="L244" t="s">
+        <v>26</v>
+      </c>
+      <c r="M244" t="s">
+        <v>1577</v>
+      </c>
+      <c r="N244" t="s">
+        <v>28</v>
+      </c>
+      <c r="O244" t="s">
         <v>2256</v>
-      </c>
-[...19 lines deleted...]
-        <v>2258</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>6468</v>
+        <v>5981</v>
       </c>
       <c r="B245" t="s">
+        <v>2257</v>
+      </c>
+      <c r="C245" t="s">
+        <v>2258</v>
+      </c>
+      <c r="D245" t="s">
         <v>2259</v>
       </c>
-      <c r="C245" t="s">
+      <c r="E245" t="s">
         <v>2260</v>
       </c>
-      <c r="D245" t="s">
+      <c r="F245" t="s">
         <v>2261</v>
       </c>
-      <c r="E245" t="s">
+      <c r="G245" t="s">
         <v>2262</v>
       </c>
-      <c r="F245" t="s">
+      <c r="H245" t="s">
         <v>2263</v>
       </c>
-      <c r="G245" t="s">
+      <c r="I245" t="s">
         <v>2264</v>
       </c>
-      <c r="H245" t="s">
+      <c r="J245" t="s">
+        <v>581</v>
+      </c>
+      <c r="K245" t="s">
         <v>2265</v>
       </c>
-      <c r="I245" t="s">
+      <c r="L245" t="s">
+        <v>583</v>
+      </c>
+      <c r="M245" t="s">
         <v>2266</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
         <v>2267</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>6761</v>
+        <v>5986</v>
       </c>
       <c r="B246" t="s">
         <v>2268</v>
       </c>
       <c r="C246" t="s">
         <v>2269</v>
       </c>
       <c r="D246" t="s">
         <v>2270</v>
       </c>
       <c r="E246" t="s">
         <v>2271</v>
       </c>
       <c r="F246" t="s">
         <v>2272</v>
       </c>
       <c r="G246" t="s">
         <v>2273</v>
       </c>
       <c r="H246" t="s">
         <v>2274</v>
       </c>
       <c r="I246" t="s">
         <v>2275</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
         <v>2276</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>6762</v>
+        <v>5989</v>
       </c>
       <c r="B247" t="s">
         <v>2277</v>
       </c>
       <c r="C247" t="s">
         <v>2278</v>
       </c>
       <c r="D247" t="s">
         <v>2279</v>
       </c>
       <c r="E247" t="s">
         <v>2280</v>
       </c>
       <c r="F247" t="s">
         <v>2281</v>
       </c>
       <c r="G247" t="s">
         <v>2282</v>
       </c>
       <c r="H247" t="s">
         <v>2283</v>
       </c>
       <c r="I247" t="s">
         <v>2284</v>
       </c>
       <c r="J247" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>534</v>
+        <v>1623</v>
       </c>
       <c r="L247" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>535</v>
+        <v>1624</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
         <v>2285</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>6765</v>
+        <v>6021</v>
       </c>
       <c r="B248" t="s">
         <v>2286</v>
       </c>
       <c r="C248" t="s">
         <v>2287</v>
       </c>
       <c r="D248" t="s">
         <v>2288</v>
       </c>
       <c r="E248" t="s">
         <v>2289</v>
       </c>
       <c r="F248" t="s">
         <v>2290</v>
       </c>
       <c r="G248" t="s">
         <v>2291</v>
       </c>
       <c r="H248" t="s">
         <v>2292</v>
       </c>
       <c r="I248" t="s">
         <v>2293</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
         <v>2294</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>8265</v>
+        <v>6082</v>
       </c>
       <c r="B249" t="s">
         <v>2295</v>
       </c>
       <c r="C249" t="s">
         <v>2296</v>
       </c>
       <c r="D249" t="s">
         <v>2297</v>
       </c>
       <c r="E249" t="s">
         <v>2298</v>
       </c>
       <c r="F249" t="s">
         <v>2299</v>
       </c>
       <c r="G249" t="s">
         <v>2300</v>
       </c>
       <c r="H249" t="s">
         <v>2301</v>
       </c>
       <c r="I249" t="s">
         <v>2302</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
         <v>2303</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
         <v>2304</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
         <v>2305</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>8289</v>
+        <v>6112</v>
       </c>
       <c r="B250" t="s">
         <v>2306</v>
       </c>
       <c r="C250" t="s">
         <v>2307</v>
       </c>
       <c r="D250" t="s">
         <v>2308</v>
       </c>
       <c r="E250" t="s">
         <v>2309</v>
       </c>
       <c r="F250" t="s">
         <v>2310</v>
       </c>
       <c r="G250" t="s">
         <v>2311</v>
       </c>
       <c r="H250" t="s">
         <v>2312</v>
       </c>
       <c r="I250" t="s">
         <v>2313</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>505</v>
+        <v>130</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>506</v>
+        <v>131</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
         <v>2314</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>8386</v>
+        <v>6180</v>
       </c>
       <c r="B251" t="s">
         <v>2315</v>
       </c>
       <c r="C251" t="s">
         <v>2316</v>
       </c>
       <c r="D251" t="s">
         <v>2317</v>
       </c>
       <c r="E251" t="s">
         <v>2318</v>
       </c>
       <c r="F251" t="s">
         <v>2319</v>
       </c>
       <c r="G251" t="s">
         <v>2320</v>
       </c>
       <c r="H251" t="s">
         <v>2321</v>
       </c>
       <c r="I251" t="s">
         <v>2322</v>
       </c>
       <c r="J251" t="s">
-        <v>1343</v>
+        <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L251" t="s">
-        <v>1345</v>
+        <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
         <v>2323</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>8402</v>
+        <v>6203</v>
       </c>
       <c r="B252" t="s">
         <v>2324</v>
       </c>
       <c r="C252" t="s">
         <v>2325</v>
       </c>
       <c r="D252" t="s">
         <v>2326</v>
       </c>
       <c r="E252" t="s">
         <v>2327</v>
       </c>
       <c r="F252" t="s">
         <v>2328</v>
       </c>
       <c r="G252" t="s">
         <v>2329</v>
       </c>
       <c r="H252" t="s">
         <v>2330</v>
       </c>
       <c r="I252" t="s">
         <v>2331</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
         <v>130</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
         <v>131</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
         <v>2332</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>8903</v>
+        <v>6208</v>
       </c>
       <c r="B253" t="s">
         <v>2333</v>
       </c>
       <c r="C253" t="s">
         <v>2334</v>
       </c>
       <c r="D253" t="s">
         <v>2335</v>
       </c>
       <c r="E253" t="s">
         <v>2336</v>
       </c>
       <c r="F253" t="s">
         <v>2337</v>
       </c>
       <c r="G253" t="s">
         <v>2338</v>
       </c>
       <c r="H253" t="s">
         <v>2339</v>
       </c>
       <c r="I253" t="s">
         <v>2340</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
         <v>130</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
         <v>131</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
         <v>2341</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>8904</v>
+        <v>6211</v>
       </c>
       <c r="B254" t="s">
         <v>2342</v>
       </c>
       <c r="C254" t="s">
         <v>2343</v>
       </c>
       <c r="D254" t="s">
         <v>2344</v>
       </c>
       <c r="E254" t="s">
         <v>2345</v>
       </c>
       <c r="F254" t="s">
         <v>2346</v>
       </c>
       <c r="G254" t="s">
         <v>2347</v>
       </c>
       <c r="H254" t="s">
         <v>2348</v>
       </c>
       <c r="I254" t="s">
         <v>2349</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
         <v>130</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
         <v>131</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
         <v>2350</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>8914</v>
+        <v>6254</v>
       </c>
       <c r="B255" t="s">
         <v>2351</v>
       </c>
       <c r="C255" t="s">
         <v>2352</v>
       </c>
       <c r="D255" t="s">
         <v>2353</v>
       </c>
       <c r="E255" t="s">
         <v>2354</v>
       </c>
       <c r="F255" t="s">
         <v>2355</v>
       </c>
       <c r="G255" t="s">
         <v>2356</v>
       </c>
       <c r="H255" t="s">
         <v>2357</v>
       </c>
       <c r="I255" t="s">
         <v>2358</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
         <v>2359</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>8918</v>
+        <v>6255</v>
       </c>
       <c r="B256" t="s">
         <v>2360</v>
       </c>
       <c r="C256" t="s">
         <v>2361</v>
       </c>
       <c r="D256" t="s">
         <v>2362</v>
       </c>
       <c r="E256" t="s">
         <v>2363</v>
       </c>
       <c r="F256" t="s">
         <v>2364</v>
       </c>
       <c r="G256" t="s">
         <v>2365</v>
       </c>
       <c r="H256" t="s">
         <v>2366</v>
       </c>
       <c r="I256" t="s">
         <v>2367</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>25</v>
+        <v>2368</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>27</v>
+        <v>2369</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>8945</v>
+        <v>6258</v>
       </c>
       <c r="B257" t="s">
-        <v>2369</v>
+        <v>2371</v>
       </c>
       <c r="C257" t="s">
-        <v>2370</v>
+        <v>2372</v>
       </c>
       <c r="D257" t="s">
-        <v>2371</v>
+        <v>2373</v>
       </c>
       <c r="E257" t="s">
-        <v>2372</v>
+        <v>2374</v>
       </c>
       <c r="F257" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="G257" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="H257" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
       <c r="I257" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2377</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>8951</v>
+        <v>6259</v>
       </c>
       <c r="B258" t="s">
-        <v>2378</v>
+        <v>2380</v>
       </c>
       <c r="C258" t="s">
-        <v>2379</v>
+        <v>2381</v>
       </c>
       <c r="D258" t="s">
-        <v>2380</v>
+        <v>2382</v>
       </c>
       <c r="E258" t="s">
-        <v>2381</v>
+        <v>2383</v>
       </c>
       <c r="F258" t="s">
-        <v>2382</v>
+        <v>2384</v>
       </c>
       <c r="G258" t="s">
-        <v>2383</v>
+        <v>2385</v>
       </c>
       <c r="H258" t="s">
-        <v>2384</v>
+        <v>2386</v>
       </c>
       <c r="I258" t="s">
-        <v>2385</v>
+        <v>2387</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
         <v>130</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
         <v>131</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2386</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>10014</v>
+        <v>6261</v>
       </c>
       <c r="B259" t="s">
-        <v>2387</v>
+        <v>2389</v>
       </c>
       <c r="C259" t="s">
-        <v>2388</v>
+        <v>2390</v>
       </c>
       <c r="D259" t="s">
-        <v>2389</v>
+        <v>2391</v>
       </c>
       <c r="E259" t="s">
-        <v>2390</v>
+        <v>2392</v>
       </c>
       <c r="F259" t="s">
-        <v>2391</v>
+        <v>2393</v>
       </c>
       <c r="G259" t="s">
-        <v>2392</v>
+        <v>2394</v>
       </c>
       <c r="H259" t="s">
-        <v>2393</v>
+        <v>2395</v>
       </c>
       <c r="I259" t="s">
-        <v>2394</v>
+        <v>2396</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>2395</v>
+        <v>47</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
-        <v>2396</v>
+        <v>48</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
         <v>2397</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>10015</v>
+        <v>6263</v>
       </c>
       <c r="B260" t="s">
         <v>2398</v>
       </c>
       <c r="C260" t="s">
         <v>2399</v>
       </c>
       <c r="D260" t="s">
         <v>2400</v>
       </c>
       <c r="E260" t="s">
         <v>2401</v>
       </c>
       <c r="F260" t="s">
         <v>2402</v>
       </c>
       <c r="G260" t="s">
         <v>2403</v>
       </c>
       <c r="H260" t="s">
         <v>2404</v>
       </c>
       <c r="I260" t="s">
         <v>2405</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
         <v>130</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
         <v>131</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
         <v>2406</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>10036</v>
+        <v>6272</v>
       </c>
       <c r="B261" t="s">
         <v>2407</v>
       </c>
       <c r="C261" t="s">
         <v>2408</v>
       </c>
       <c r="D261" t="s">
         <v>2409</v>
       </c>
       <c r="E261" t="s">
         <v>2410</v>
       </c>
       <c r="F261" t="s">
         <v>2411</v>
       </c>
       <c r="G261" t="s">
         <v>2412</v>
       </c>
       <c r="H261" t="s">
         <v>2413</v>
       </c>
       <c r="I261" t="s">
         <v>2414</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
         <v>2415</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>10098</v>
+        <v>6274</v>
       </c>
       <c r="B262" t="s">
         <v>2416</v>
       </c>
       <c r="C262" t="s">
         <v>2417</v>
       </c>
       <c r="D262" t="s">
         <v>2418</v>
       </c>
       <c r="E262" t="s">
         <v>2419</v>
       </c>
       <c r="F262" t="s">
         <v>2420</v>
       </c>
       <c r="G262" t="s">
         <v>2421</v>
       </c>
       <c r="H262" t="s">
         <v>2422</v>
       </c>
       <c r="I262" t="s">
         <v>2423</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
         <v>25</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
         <v>27</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
         <v>2424</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>10101</v>
+        <v>6275</v>
       </c>
       <c r="B263" t="s">
         <v>2425</v>
       </c>
       <c r="C263" t="s">
         <v>2426</v>
       </c>
       <c r="D263" t="s">
         <v>2427</v>
       </c>
       <c r="E263" t="s">
         <v>2428</v>
       </c>
       <c r="F263" t="s">
         <v>2429</v>
       </c>
       <c r="G263" t="s">
         <v>2430</v>
       </c>
       <c r="H263" t="s">
         <v>2431</v>
       </c>
       <c r="I263" t="s">
         <v>2432</v>
       </c>
       <c r="J263" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K263" t="s">
-        <v>25</v>
+        <v>1576</v>
       </c>
       <c r="L263" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M263" t="s">
-        <v>27</v>
+        <v>1577</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
         <v>2433</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>10412</v>
+        <v>6327</v>
       </c>
       <c r="B264" t="s">
         <v>2434</v>
       </c>
       <c r="C264" t="s">
         <v>2435</v>
       </c>
       <c r="D264" t="s">
         <v>2436</v>
       </c>
       <c r="E264" t="s">
         <v>2437</v>
       </c>
       <c r="F264" t="s">
         <v>2438</v>
       </c>
       <c r="G264" t="s">
         <v>2439</v>
       </c>
       <c r="H264" t="s">
         <v>2440</v>
       </c>
       <c r="I264" t="s">
         <v>2441</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
         <v>2442</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>10603</v>
+        <v>6337</v>
       </c>
       <c r="B265" t="s">
         <v>2443</v>
       </c>
       <c r="C265" t="s">
         <v>2444</v>
       </c>
       <c r="D265" t="s">
         <v>2445</v>
       </c>
       <c r="E265" t="s">
         <v>2446</v>
       </c>
       <c r="F265" t="s">
         <v>2447</v>
       </c>
       <c r="G265" t="s">
         <v>2448</v>
       </c>
       <c r="H265" t="s">
         <v>2449</v>
       </c>
       <c r="I265" t="s">
         <v>2450</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
         <v>2451</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>10647</v>
+        <v>6460</v>
       </c>
       <c r="B266" t="s">
         <v>2452</v>
       </c>
       <c r="C266" t="s">
         <v>2453</v>
       </c>
       <c r="D266" t="s">
         <v>2454</v>
       </c>
       <c r="E266" t="s">
         <v>2455</v>
       </c>
       <c r="F266" t="s">
         <v>2456</v>
       </c>
       <c r="G266" t="s">
         <v>2457</v>
       </c>
       <c r="H266" t="s">
         <v>2458</v>
       </c>
       <c r="I266" t="s">
         <v>2459</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
         <v>2460</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>10887</v>
+        <v>6468</v>
       </c>
       <c r="B267" t="s">
         <v>2461</v>
       </c>
       <c r="C267" t="s">
         <v>2462</v>
       </c>
       <c r="D267" t="s">
         <v>2463</v>
       </c>
       <c r="E267" t="s">
         <v>2464</v>
       </c>
       <c r="F267" t="s">
         <v>2465</v>
       </c>
       <c r="G267" t="s">
         <v>2466</v>
       </c>
       <c r="H267" t="s">
         <v>2467</v>
       </c>
       <c r="I267" t="s">
         <v>2468</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
         <v>25</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
         <v>27</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
         <v>2469</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>10925</v>
+        <v>6761</v>
       </c>
       <c r="B268" t="s">
         <v>2470</v>
       </c>
       <c r="C268" t="s">
         <v>2471</v>
       </c>
       <c r="D268" t="s">
         <v>2472</v>
       </c>
       <c r="E268" t="s">
         <v>2473</v>
       </c>
       <c r="F268" t="s">
         <v>2474</v>
       </c>
       <c r="G268" t="s">
         <v>2475</v>
       </c>
       <c r="H268" t="s">
         <v>2476</v>
       </c>
       <c r="I268" t="s">
         <v>2477</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
         <v>25</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
         <v>27</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
         <v>2478</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>10930</v>
+        <v>6762</v>
       </c>
       <c r="B269" t="s">
         <v>2479</v>
       </c>
       <c r="C269" t="s">
         <v>2480</v>
       </c>
       <c r="D269" t="s">
         <v>2481</v>
       </c>
       <c r="E269" t="s">
         <v>2482</v>
       </c>
       <c r="F269" t="s">
         <v>2483</v>
       </c>
       <c r="G269" t="s">
         <v>2484</v>
       </c>
       <c r="H269" t="s">
         <v>2485</v>
       </c>
       <c r="I269" t="s">
         <v>2486</v>
       </c>
       <c r="J269" t="s">
+        <v>581</v>
+      </c>
+      <c r="K269" t="s">
+        <v>534</v>
+      </c>
+      <c r="L269" t="s">
+        <v>583</v>
+      </c>
+      <c r="M269" t="s">
+        <v>535</v>
+      </c>
+      <c r="N269" t="s">
+        <v>28</v>
+      </c>
+      <c r="O269" t="s">
         <v>2487</v>
-      </c>
-[...13 lines deleted...]
-        <v>2489</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>10947</v>
+        <v>6765</v>
       </c>
       <c r="B270" t="s">
+        <v>2488</v>
+      </c>
+      <c r="C270" t="s">
+        <v>2489</v>
+      </c>
+      <c r="D270" t="s">
         <v>2490</v>
       </c>
-      <c r="C270" t="s">
+      <c r="E270" t="s">
         <v>2491</v>
       </c>
-      <c r="D270" t="s">
+      <c r="F270" t="s">
         <v>2492</v>
       </c>
-      <c r="E270" t="s">
+      <c r="G270" t="s">
         <v>2493</v>
       </c>
-      <c r="F270" t="s">
+      <c r="H270" t="s">
         <v>2494</v>
       </c>
-      <c r="G270" t="s">
+      <c r="I270" t="s">
         <v>2495</v>
-      </c>
-[...4 lines deleted...]
-        <v>2497</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
         <v>130</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
         <v>131</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2498</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>10948</v>
+        <v>8265</v>
       </c>
       <c r="B271" t="s">
+        <v>2497</v>
+      </c>
+      <c r="C271" t="s">
+        <v>2498</v>
+      </c>
+      <c r="D271" t="s">
         <v>2499</v>
       </c>
-      <c r="C271" t="s">
+      <c r="E271" t="s">
         <v>2500</v>
       </c>
-      <c r="D271" t="s">
+      <c r="F271" t="s">
         <v>2501</v>
       </c>
-      <c r="E271" t="s">
+      <c r="G271" t="s">
         <v>2502</v>
       </c>
-      <c r="F271" t="s">
+      <c r="H271" t="s">
         <v>2503</v>
       </c>
-      <c r="G271" t="s">
+      <c r="I271" t="s">
         <v>2504</v>
       </c>
-      <c r="H271" t="s">
+      <c r="J271" t="s">
+        <v>24</v>
+      </c>
+      <c r="K271" t="s">
         <v>2505</v>
       </c>
-      <c r="I271" t="s">
+      <c r="L271" t="s">
+        <v>26</v>
+      </c>
+      <c r="M271" t="s">
         <v>2506</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
         <v>2507</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>10950</v>
+        <v>8289</v>
       </c>
       <c r="B272" t="s">
         <v>2508</v>
       </c>
       <c r="C272" t="s">
         <v>2509</v>
       </c>
       <c r="D272" t="s">
         <v>2510</v>
       </c>
       <c r="E272" t="s">
         <v>2511</v>
       </c>
       <c r="F272" t="s">
         <v>2512</v>
       </c>
       <c r="G272" t="s">
         <v>2513</v>
       </c>
       <c r="H272" t="s">
         <v>2514</v>
       </c>
       <c r="I272" t="s">
         <v>2515</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
+        <v>505</v>
+      </c>
+      <c r="L272" t="s">
+        <v>26</v>
+      </c>
+      <c r="M272" t="s">
+        <v>506</v>
+      </c>
+      <c r="N272" t="s">
+        <v>28</v>
+      </c>
+      <c r="O272" t="s">
         <v>2516</v>
-      </c>
-[...7 lines deleted...]
-        <v>2517</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>10951</v>
+        <v>8386</v>
       </c>
       <c r="B273" t="s">
+        <v>2517</v>
+      </c>
+      <c r="C273" t="s">
         <v>2518</v>
       </c>
-      <c r="C273" t="s">
+      <c r="D273" t="s">
         <v>2519</v>
       </c>
-      <c r="D273" t="s">
+      <c r="E273" t="s">
         <v>2520</v>
       </c>
-      <c r="E273" t="s">
+      <c r="F273" t="s">
         <v>2521</v>
       </c>
-      <c r="F273" t="s">
+      <c r="G273" t="s">
         <v>2522</v>
       </c>
-      <c r="G273" t="s">
+      <c r="H273" t="s">
         <v>2523</v>
       </c>
-      <c r="H273" t="s">
+      <c r="I273" t="s">
         <v>2524</v>
       </c>
-      <c r="I273" t="s">
+      <c r="J273" t="s">
+        <v>1536</v>
+      </c>
+      <c r="K273" t="s">
+        <v>130</v>
+      </c>
+      <c r="L273" t="s">
+        <v>1538</v>
+      </c>
+      <c r="M273" t="s">
+        <v>131</v>
+      </c>
+      <c r="N273" t="s">
+        <v>28</v>
+      </c>
+      <c r="O273" t="s">
         <v>2525</v>
-      </c>
-[...16 lines deleted...]
-        <v>2526</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>11220</v>
+        <v>8402</v>
       </c>
       <c r="B274" t="s">
+        <v>2526</v>
+      </c>
+      <c r="C274" t="s">
         <v>2527</v>
       </c>
-      <c r="C274" t="s">
+      <c r="D274" t="s">
         <v>2528</v>
       </c>
-      <c r="D274" t="s">
+      <c r="E274" t="s">
         <v>2529</v>
       </c>
-      <c r="E274" t="s">
+      <c r="F274" t="s">
         <v>2530</v>
       </c>
-      <c r="F274" t="s">
+      <c r="G274" t="s">
         <v>2531</v>
       </c>
-      <c r="G274" t="s">
+      <c r="H274" t="s">
         <v>2532</v>
       </c>
-      <c r="H274" t="s">
+      <c r="I274" t="s">
         <v>2533</v>
       </c>
-      <c r="I274" t="s">
+      <c r="J274" t="s">
+        <v>24</v>
+      </c>
+      <c r="K274" t="s">
+        <v>130</v>
+      </c>
+      <c r="L274" t="s">
+        <v>26</v>
+      </c>
+      <c r="M274" t="s">
+        <v>131</v>
+      </c>
+      <c r="N274" t="s">
+        <v>28</v>
+      </c>
+      <c r="O274" t="s">
         <v>2534</v>
-      </c>
-[...16 lines deleted...]
-        <v>2535</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>11231</v>
+        <v>8903</v>
       </c>
       <c r="B275" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C275" t="s">
         <v>2536</v>
       </c>
-      <c r="C275" t="s">
+      <c r="D275" t="s">
         <v>2537</v>
       </c>
-      <c r="D275" t="s">
+      <c r="E275" t="s">
         <v>2538</v>
       </c>
-      <c r="E275" t="s">
+      <c r="F275" t="s">
         <v>2539</v>
       </c>
-      <c r="F275" t="s">
+      <c r="G275" t="s">
         <v>2540</v>
       </c>
-      <c r="G275" t="s">
+      <c r="H275" t="s">
         <v>2541</v>
       </c>
-      <c r="H275" t="s">
+      <c r="I275" t="s">
         <v>2542</v>
-      </c>
-[...1 lines deleted...]
-        <v>2543</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
         <v>130</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
         <v>131</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2544</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>11287</v>
+        <v>8904</v>
       </c>
       <c r="B276" t="s">
+        <v>2544</v>
+      </c>
+      <c r="C276" t="s">
         <v>2545</v>
       </c>
-      <c r="C276" t="s">
+      <c r="D276" t="s">
         <v>2546</v>
       </c>
-      <c r="D276" t="s">
+      <c r="E276" t="s">
         <v>2547</v>
       </c>
-      <c r="E276" t="s">
+      <c r="F276" t="s">
         <v>2548</v>
       </c>
-      <c r="F276" t="s">
+      <c r="G276" t="s">
         <v>2549</v>
       </c>
-      <c r="G276" t="s">
+      <c r="H276" t="s">
         <v>2550</v>
       </c>
-      <c r="H276" t="s">
+      <c r="I276" t="s">
         <v>2551</v>
-      </c>
-[...1 lines deleted...]
-        <v>2552</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
         <v>130</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
         <v>131</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2553</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>58060</v>
+        <v>8914</v>
       </c>
       <c r="B277" t="s">
+        <v>2553</v>
+      </c>
+      <c r="C277" t="s">
         <v>2554</v>
       </c>
-      <c r="C277" t="s">
+      <c r="D277" t="s">
         <v>2555</v>
       </c>
-      <c r="D277" t="s">
+      <c r="E277" t="s">
         <v>2556</v>
       </c>
-      <c r="E277" t="s">
+      <c r="F277" t="s">
         <v>2557</v>
       </c>
-      <c r="F277" t="s">
+      <c r="G277" t="s">
         <v>2558</v>
       </c>
-      <c r="G277" t="s">
+      <c r="H277" t="s">
         <v>2559</v>
       </c>
-      <c r="H277" t="s">
+      <c r="I277" t="s">
         <v>2560</v>
       </c>
-      <c r="I277" t="s">
+      <c r="J277" t="s">
+        <v>24</v>
+      </c>
+      <c r="K277" t="s">
+        <v>25</v>
+      </c>
+      <c r="L277" t="s">
+        <v>26</v>
+      </c>
+      <c r="M277" t="s">
+        <v>27</v>
+      </c>
+      <c r="N277" t="s">
+        <v>28</v>
+      </c>
+      <c r="O277" t="s">
         <v>2561</v>
-      </c>
-[...16 lines deleted...]
-        <v>2564</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>58066</v>
+        <v>8918</v>
       </c>
       <c r="B278" t="s">
+        <v>2562</v>
+      </c>
+      <c r="C278" t="s">
+        <v>2563</v>
+      </c>
+      <c r="D278" t="s">
+        <v>2564</v>
+      </c>
+      <c r="E278" t="s">
         <v>2565</v>
       </c>
-      <c r="C278" t="s">
+      <c r="F278" t="s">
         <v>2566</v>
       </c>
-      <c r="D278" t="s">
+      <c r="G278" t="s">
         <v>2567</v>
       </c>
-      <c r="E278" t="s">
+      <c r="H278" t="s">
         <v>2568</v>
       </c>
-      <c r="F278" t="s">
+      <c r="I278" t="s">
         <v>2569</v>
       </c>
-      <c r="G278" t="s">
+      <c r="J278" t="s">
+        <v>24</v>
+      </c>
+      <c r="K278" t="s">
+        <v>25</v>
+      </c>
+      <c r="L278" t="s">
+        <v>26</v>
+      </c>
+      <c r="M278" t="s">
+        <v>27</v>
+      </c>
+      <c r="N278" t="s">
+        <v>28</v>
+      </c>
+      <c r="O278" t="s">
         <v>2570</v>
-      </c>
-[...22 lines deleted...]
-        <v>2573</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>58120</v>
+        <v>8945</v>
       </c>
       <c r="B279" t="s">
+        <v>2571</v>
+      </c>
+      <c r="C279" t="s">
+        <v>2572</v>
+      </c>
+      <c r="D279" t="s">
+        <v>2573</v>
+      </c>
+      <c r="E279" t="s">
         <v>2574</v>
       </c>
-      <c r="C279" t="s">
+      <c r="F279" t="s">
         <v>2575</v>
       </c>
-      <c r="D279" t="s">
+      <c r="G279" t="s">
         <v>2576</v>
       </c>
-      <c r="E279" t="s">
+      <c r="H279" t="s">
         <v>2577</v>
       </c>
-      <c r="F279" t="s">
+      <c r="I279" t="s">
         <v>2578</v>
       </c>
-      <c r="G279" t="s">
+      <c r="J279" t="s">
+        <v>24</v>
+      </c>
+      <c r="K279" t="s">
+        <v>47</v>
+      </c>
+      <c r="L279" t="s">
+        <v>26</v>
+      </c>
+      <c r="M279" t="s">
+        <v>48</v>
+      </c>
+      <c r="N279" t="s">
+        <v>28</v>
+      </c>
+      <c r="O279" t="s">
         <v>2579</v>
-      </c>
-[...22 lines deleted...]
-        <v>2582</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>58122</v>
+        <v>8951</v>
       </c>
       <c r="B280" t="s">
+        <v>2580</v>
+      </c>
+      <c r="C280" t="s">
+        <v>2581</v>
+      </c>
+      <c r="D280" t="s">
+        <v>2582</v>
+      </c>
+      <c r="E280" t="s">
         <v>2583</v>
       </c>
-      <c r="C280" t="s">
+      <c r="F280" t="s">
         <v>2584</v>
       </c>
-      <c r="D280" t="s">
+      <c r="G280" t="s">
         <v>2585</v>
       </c>
-      <c r="E280" t="s">
+      <c r="H280" t="s">
         <v>2586</v>
       </c>
-      <c r="F280" t="s">
+      <c r="I280" t="s">
         <v>2587</v>
-      </c>
-[...7 lines deleted...]
-        <v>2590</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
         <v>130</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
         <v>131</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2591</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>58218</v>
+        <v>10014</v>
       </c>
       <c r="B281" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C281" t="s">
+        <v>2590</v>
+      </c>
+      <c r="D281" t="s">
+        <v>2591</v>
+      </c>
+      <c r="E281" t="s">
         <v>2592</v>
       </c>
-      <c r="C281" t="s">
+      <c r="F281" t="s">
         <v>2593</v>
       </c>
-      <c r="D281" t="s">
+      <c r="G281" t="s">
         <v>2594</v>
       </c>
-      <c r="E281" t="s">
+      <c r="H281" t="s">
         <v>2595</v>
       </c>
-      <c r="F281" t="s">
+      <c r="I281" t="s">
         <v>2596</v>
       </c>
-      <c r="G281" t="s">
+      <c r="J281" t="s">
+        <v>24</v>
+      </c>
+      <c r="K281" t="s">
         <v>2597</v>
       </c>
-      <c r="H281" t="s">
+      <c r="L281" t="s">
+        <v>26</v>
+      </c>
+      <c r="M281" t="s">
         <v>2598</v>
       </c>
-      <c r="I281" t="s">
+      <c r="N281" t="s">
+        <v>28</v>
+      </c>
+      <c r="O281" t="s">
         <v>2599</v>
-      </c>
-[...16 lines deleted...]
-        <v>2600</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>58223</v>
+        <v>10015</v>
       </c>
       <c r="B282" t="s">
+        <v>2600</v>
+      </c>
+      <c r="C282" t="s">
         <v>2601</v>
       </c>
-      <c r="C282" t="s">
+      <c r="D282" t="s">
         <v>2602</v>
       </c>
-      <c r="D282" t="s">
+      <c r="E282" t="s">
         <v>2603</v>
       </c>
-      <c r="E282" t="s">
+      <c r="F282" t="s">
         <v>2604</v>
       </c>
-      <c r="F282" t="s">
+      <c r="G282" t="s">
         <v>2605</v>
       </c>
-      <c r="G282" t="s">
+      <c r="H282" t="s">
         <v>2606</v>
       </c>
-      <c r="H282" t="s">
+      <c r="I282" t="s">
         <v>2607</v>
-      </c>
-[...1 lines deleted...]
-        <v>2608</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
         <v>130</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
         <v>131</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2609</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>58259</v>
+        <v>10036</v>
       </c>
       <c r="B283" t="s">
+        <v>2609</v>
+      </c>
+      <c r="C283" t="s">
         <v>2610</v>
       </c>
-      <c r="C283" t="s">
+      <c r="D283" t="s">
         <v>2611</v>
       </c>
-      <c r="D283" t="s">
+      <c r="E283" t="s">
         <v>2612</v>
       </c>
-      <c r="E283" t="s">
+      <c r="F283" t="s">
         <v>2613</v>
       </c>
-      <c r="F283" t="s">
+      <c r="G283" t="s">
         <v>2614</v>
       </c>
-      <c r="G283" t="s">
+      <c r="H283" t="s">
         <v>2615</v>
       </c>
-      <c r="H283" t="s">
+      <c r="I283" t="s">
         <v>2616</v>
       </c>
-      <c r="I283" t="s">
+      <c r="J283" t="s">
+        <v>24</v>
+      </c>
+      <c r="K283" t="s">
+        <v>25</v>
+      </c>
+      <c r="L283" t="s">
+        <v>26</v>
+      </c>
+      <c r="M283" t="s">
+        <v>27</v>
+      </c>
+      <c r="N283" t="s">
+        <v>28</v>
+      </c>
+      <c r="O283" t="s">
         <v>2617</v>
-      </c>
-[...13 lines deleted...]
-        <v>2619</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>64637</v>
+        <v>10098</v>
       </c>
       <c r="B284" t="s">
+        <v>2618</v>
+      </c>
+      <c r="C284" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D284" t="s">
         <v>2620</v>
       </c>
-      <c r="C284" t="s">
+      <c r="E284" t="s">
         <v>2621</v>
       </c>
-      <c r="D284" t="s">
+      <c r="F284" t="s">
         <v>2622</v>
       </c>
-      <c r="E284" t="s">
+      <c r="G284" t="s">
         <v>2623</v>
       </c>
-      <c r="F284" t="s">
+      <c r="H284" t="s">
         <v>2624</v>
       </c>
-      <c r="G284" t="s">
+      <c r="I284" t="s">
         <v>2625</v>
       </c>
-      <c r="H284" t="s">
+      <c r="J284" t="s">
+        <v>24</v>
+      </c>
+      <c r="K284" t="s">
+        <v>25</v>
+      </c>
+      <c r="L284" t="s">
+        <v>26</v>
+      </c>
+      <c r="M284" t="s">
+        <v>27</v>
+      </c>
+      <c r="N284" t="s">
+        <v>28</v>
+      </c>
+      <c r="O284" t="s">
         <v>2626</v>
-      </c>
-[...19 lines deleted...]
-        <v>2628</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>64689</v>
+        <v>10101</v>
       </c>
       <c r="B285" t="s">
+        <v>2627</v>
+      </c>
+      <c r="C285" t="s">
+        <v>2628</v>
+      </c>
+      <c r="D285" t="s">
         <v>2629</v>
       </c>
-      <c r="C285" t="s">
+      <c r="E285" t="s">
         <v>2630</v>
       </c>
-      <c r="D285" t="s">
+      <c r="F285" t="s">
         <v>2631</v>
       </c>
-      <c r="E285" t="s">
+      <c r="G285" t="s">
         <v>2632</v>
       </c>
-      <c r="F285" t="s">
+      <c r="H285" t="s">
         <v>2633</v>
       </c>
-      <c r="G285" t="s">
+      <c r="I285" t="s">
         <v>2634</v>
       </c>
-      <c r="H285" t="s">
+      <c r="J285" t="s">
+        <v>24</v>
+      </c>
+      <c r="K285" t="s">
+        <v>25</v>
+      </c>
+      <c r="L285" t="s">
+        <v>26</v>
+      </c>
+      <c r="M285" t="s">
+        <v>27</v>
+      </c>
+      <c r="N285" t="s">
+        <v>28</v>
+      </c>
+      <c r="O285" t="s">
         <v>2635</v>
-      </c>
-[...19 lines deleted...]
-        <v>2637</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>65000</v>
+        <v>10412</v>
       </c>
       <c r="B286" t="s">
+        <v>2636</v>
+      </c>
+      <c r="C286" t="s">
+        <v>2637</v>
+      </c>
+      <c r="D286" t="s">
         <v>2638</v>
       </c>
-      <c r="C286" t="s">
+      <c r="E286" t="s">
         <v>2639</v>
       </c>
-      <c r="D286" t="s">
+      <c r="F286" t="s">
         <v>2640</v>
       </c>
-      <c r="E286" t="s">
+      <c r="G286" t="s">
         <v>2641</v>
       </c>
-      <c r="F286" t="s">
+      <c r="H286" t="s">
         <v>2642</v>
       </c>
-      <c r="G286" t="s">
+      <c r="I286" t="s">
         <v>2643</v>
-      </c>
-[...4 lines deleted...]
-        <v>2645</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
         <v>25</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
         <v>27</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2646</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>65001</v>
+        <v>10603</v>
       </c>
       <c r="B287" t="s">
+        <v>2645</v>
+      </c>
+      <c r="C287" t="s">
+        <v>2646</v>
+      </c>
+      <c r="D287" t="s">
         <v>2647</v>
       </c>
-      <c r="C287" t="s">
+      <c r="E287" t="s">
         <v>2648</v>
       </c>
-      <c r="D287" t="s">
+      <c r="F287" t="s">
         <v>2649</v>
       </c>
-      <c r="E287" t="s">
+      <c r="G287" t="s">
         <v>2650</v>
       </c>
-      <c r="F287" t="s">
+      <c r="H287" t="s">
         <v>2651</v>
       </c>
-      <c r="G287" t="s">
+      <c r="I287" t="s">
         <v>2652</v>
       </c>
-      <c r="H287" t="s">
+      <c r="J287" t="s">
+        <v>24</v>
+      </c>
+      <c r="K287" t="s">
+        <v>25</v>
+      </c>
+      <c r="L287" t="s">
+        <v>26</v>
+      </c>
+      <c r="M287" t="s">
+        <v>27</v>
+      </c>
+      <c r="N287" t="s">
+        <v>28</v>
+      </c>
+      <c r="O287" t="s">
         <v>2653</v>
-      </c>
-[...19 lines deleted...]
-        <v>2655</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>65002</v>
+        <v>10647</v>
       </c>
       <c r="B288" t="s">
+        <v>2654</v>
+      </c>
+      <c r="C288" t="s">
+        <v>2655</v>
+      </c>
+      <c r="D288" t="s">
         <v>2656</v>
       </c>
-      <c r="C288" t="s">
+      <c r="E288" t="s">
         <v>2657</v>
       </c>
-      <c r="D288" t="s">
+      <c r="F288" t="s">
         <v>2658</v>
       </c>
-      <c r="E288" t="s">
+      <c r="G288" t="s">
         <v>2659</v>
       </c>
-      <c r="F288" t="s">
+      <c r="H288" t="s">
         <v>2660</v>
       </c>
-      <c r="G288" t="s">
+      <c r="I288" t="s">
         <v>2661</v>
       </c>
-      <c r="H288" t="s">
+      <c r="J288" t="s">
+        <v>24</v>
+      </c>
+      <c r="K288" t="s">
+        <v>130</v>
+      </c>
+      <c r="L288" t="s">
+        <v>26</v>
+      </c>
+      <c r="M288" t="s">
+        <v>131</v>
+      </c>
+      <c r="N288" t="s">
+        <v>28</v>
+      </c>
+      <c r="O288" t="s">
         <v>2662</v>
-      </c>
-[...19 lines deleted...]
-        <v>2664</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>65003</v>
+        <v>10887</v>
       </c>
       <c r="B289" t="s">
+        <v>2663</v>
+      </c>
+      <c r="C289" t="s">
+        <v>2664</v>
+      </c>
+      <c r="D289" t="s">
         <v>2665</v>
       </c>
-      <c r="C289" t="s">
+      <c r="E289" t="s">
         <v>2666</v>
       </c>
-      <c r="D289" t="s">
+      <c r="F289" t="s">
         <v>2667</v>
       </c>
-      <c r="E289" t="s">
+      <c r="G289" t="s">
         <v>2668</v>
       </c>
-      <c r="F289" t="s">
+      <c r="H289" t="s">
         <v>2669</v>
       </c>
-      <c r="G289" t="s">
+      <c r="I289" t="s">
         <v>2670</v>
       </c>
-      <c r="H289" t="s">
+      <c r="J289" t="s">
+        <v>24</v>
+      </c>
+      <c r="K289" t="s">
+        <v>25</v>
+      </c>
+      <c r="L289" t="s">
+        <v>26</v>
+      </c>
+      <c r="M289" t="s">
+        <v>27</v>
+      </c>
+      <c r="N289" t="s">
+        <v>28</v>
+      </c>
+      <c r="O289" t="s">
         <v>2671</v>
-      </c>
-[...19 lines deleted...]
-        <v>2673</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>65004</v>
+        <v>10925</v>
       </c>
       <c r="B290" t="s">
+        <v>2672</v>
+      </c>
+      <c r="C290" t="s">
+        <v>2673</v>
+      </c>
+      <c r="D290" t="s">
         <v>2674</v>
       </c>
-      <c r="C290" t="s">
+      <c r="E290" t="s">
         <v>2675</v>
       </c>
-      <c r="D290" t="s">
+      <c r="F290" t="s">
         <v>2676</v>
       </c>
-      <c r="E290" t="s">
+      <c r="G290" t="s">
         <v>2677</v>
       </c>
-      <c r="F290" t="s">
+      <c r="H290" t="s">
         <v>2678</v>
       </c>
-      <c r="G290" t="s">
+      <c r="I290" t="s">
         <v>2679</v>
       </c>
-      <c r="H290" t="s">
+      <c r="J290" t="s">
+        <v>24</v>
+      </c>
+      <c r="K290" t="s">
+        <v>25</v>
+      </c>
+      <c r="L290" t="s">
+        <v>26</v>
+      </c>
+      <c r="M290" t="s">
+        <v>27</v>
+      </c>
+      <c r="N290" t="s">
+        <v>28</v>
+      </c>
+      <c r="O290" t="s">
         <v>2680</v>
-      </c>
-[...19 lines deleted...]
-        <v>2682</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>65005</v>
+        <v>10930</v>
       </c>
       <c r="B291" t="s">
+        <v>2681</v>
+      </c>
+      <c r="C291" t="s">
+        <v>2682</v>
+      </c>
+      <c r="D291" t="s">
         <v>2683</v>
       </c>
-      <c r="C291" t="s">
+      <c r="E291" t="s">
         <v>2684</v>
       </c>
-      <c r="D291" t="s">
+      <c r="F291" t="s">
         <v>2685</v>
       </c>
-      <c r="E291" t="s">
+      <c r="G291" t="s">
         <v>2686</v>
       </c>
-      <c r="F291" t="s">
+      <c r="H291" t="s">
         <v>2687</v>
       </c>
-      <c r="G291" t="s">
+      <c r="I291" t="s">
         <v>2688</v>
       </c>
-      <c r="H291" t="s">
+      <c r="J291" t="s">
         <v>2689</v>
       </c>
-      <c r="I291" t="s">
+      <c r="K291" t="s">
+        <v>724</v>
+      </c>
+      <c r="L291" t="s">
         <v>2690</v>
       </c>
-      <c r="J291" t="s">
-[...2 lines deleted...]
-      <c r="K291" t="s">
+      <c r="M291" t="s">
+        <v>725</v>
+      </c>
+      <c r="N291" t="s">
+        <v>28</v>
+      </c>
+      <c r="O291" t="s">
         <v>2691</v>
-      </c>
-[...10 lines deleted...]
-        <v>2693</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>65006</v>
+        <v>10947</v>
       </c>
       <c r="B292" t="s">
+        <v>2692</v>
+      </c>
+      <c r="C292" t="s">
+        <v>2693</v>
+      </c>
+      <c r="D292" t="s">
         <v>2694</v>
       </c>
-      <c r="C292" t="s">
+      <c r="E292" t="s">
         <v>2695</v>
       </c>
-      <c r="D292" t="s">
+      <c r="F292" t="s">
         <v>2696</v>
       </c>
-      <c r="E292" t="s">
+      <c r="G292" t="s">
         <v>2697</v>
       </c>
-      <c r="F292" t="s">
+      <c r="H292" t="s">
         <v>2698</v>
       </c>
-      <c r="G292" t="s">
+      <c r="I292" t="s">
         <v>2699</v>
       </c>
-      <c r="H292" t="s">
+      <c r="J292" t="s">
+        <v>24</v>
+      </c>
+      <c r="K292" t="s">
+        <v>130</v>
+      </c>
+      <c r="L292" t="s">
+        <v>26</v>
+      </c>
+      <c r="M292" t="s">
+        <v>131</v>
+      </c>
+      <c r="N292" t="s">
+        <v>28</v>
+      </c>
+      <c r="O292" t="s">
         <v>2700</v>
-      </c>
-[...19 lines deleted...]
-        <v>2704</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>65007</v>
+        <v>10948</v>
       </c>
       <c r="B293" t="s">
+        <v>2701</v>
+      </c>
+      <c r="C293" t="s">
+        <v>2702</v>
+      </c>
+      <c r="D293" t="s">
+        <v>2703</v>
+      </c>
+      <c r="E293" t="s">
+        <v>2704</v>
+      </c>
+      <c r="F293" t="s">
         <v>2705</v>
       </c>
-      <c r="C293" t="s">
+      <c r="G293" t="s">
         <v>2706</v>
       </c>
-      <c r="D293" t="s">
+      <c r="H293" t="s">
         <v>2707</v>
       </c>
-      <c r="E293" t="s">
+      <c r="I293" t="s">
         <v>2708</v>
       </c>
-      <c r="F293" t="s">
+      <c r="J293" t="s">
+        <v>24</v>
+      </c>
+      <c r="K293" t="s">
+        <v>130</v>
+      </c>
+      <c r="L293" t="s">
+        <v>26</v>
+      </c>
+      <c r="M293" t="s">
+        <v>131</v>
+      </c>
+      <c r="N293" t="s">
+        <v>28</v>
+      </c>
+      <c r="O293" t="s">
         <v>2709</v>
-      </c>
-[...25 lines deleted...]
-        <v>2713</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>65008</v>
+        <v>10950</v>
       </c>
       <c r="B294" t="s">
+        <v>2710</v>
+      </c>
+      <c r="C294" t="s">
+        <v>2711</v>
+      </c>
+      <c r="D294" t="s">
+        <v>2712</v>
+      </c>
+      <c r="E294" t="s">
+        <v>2713</v>
+      </c>
+      <c r="F294" t="s">
         <v>2714</v>
       </c>
-      <c r="C294" t="s">
+      <c r="G294" t="s">
         <v>2715</v>
       </c>
-      <c r="D294" t="s">
+      <c r="H294" t="s">
         <v>2716</v>
       </c>
-      <c r="E294" t="s">
+      <c r="I294" t="s">
         <v>2717</v>
       </c>
-      <c r="F294" t="s">
+      <c r="J294" t="s">
+        <v>24</v>
+      </c>
+      <c r="K294" t="s">
         <v>2718</v>
       </c>
-      <c r="G294" t="s">
+      <c r="L294" t="s">
+        <v>26</v>
+      </c>
+      <c r="M294" t="s">
         <v>2719</v>
       </c>
-      <c r="H294" t="s">
+      <c r="N294" t="s">
+        <v>28</v>
+      </c>
+      <c r="O294" t="s">
         <v>2720</v>
-      </c>
-[...19 lines deleted...]
-        <v>2722</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>65009</v>
+        <v>10951</v>
       </c>
       <c r="B295" t="s">
+        <v>2721</v>
+      </c>
+      <c r="C295" t="s">
+        <v>2722</v>
+      </c>
+      <c r="D295" t="s">
         <v>2723</v>
       </c>
-      <c r="C295" t="s">
+      <c r="E295" t="s">
         <v>2724</v>
       </c>
-      <c r="D295" t="s">
+      <c r="F295" t="s">
         <v>2725</v>
       </c>
-      <c r="E295" t="s">
+      <c r="G295" t="s">
         <v>2726</v>
       </c>
-      <c r="F295" t="s">
+      <c r="H295" t="s">
         <v>2727</v>
       </c>
-      <c r="G295" t="s">
+      <c r="I295" t="s">
         <v>2728</v>
       </c>
-      <c r="H295" t="s">
+      <c r="J295" t="s">
+        <v>24</v>
+      </c>
+      <c r="K295" t="s">
+        <v>47</v>
+      </c>
+      <c r="L295" t="s">
+        <v>26</v>
+      </c>
+      <c r="M295" t="s">
+        <v>48</v>
+      </c>
+      <c r="N295" t="s">
+        <v>28</v>
+      </c>
+      <c r="O295" t="s">
         <v>2729</v>
-      </c>
-[...19 lines deleted...]
-        <v>2731</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>65010</v>
+        <v>11220</v>
       </c>
       <c r="B296" t="s">
+        <v>2730</v>
+      </c>
+      <c r="C296" t="s">
+        <v>2731</v>
+      </c>
+      <c r="D296" t="s">
         <v>2732</v>
       </c>
-      <c r="C296" t="s">
+      <c r="E296" t="s">
         <v>2733</v>
       </c>
-      <c r="D296" t="s">
+      <c r="F296" t="s">
         <v>2734</v>
       </c>
-      <c r="E296" t="s">
+      <c r="G296" t="s">
         <v>2735</v>
       </c>
-      <c r="F296" t="s">
+      <c r="H296" t="s">
         <v>2736</v>
       </c>
-      <c r="G296" t="s">
+      <c r="I296" t="s">
         <v>2737</v>
       </c>
-      <c r="H296" t="s">
+      <c r="J296" t="s">
+        <v>24</v>
+      </c>
+      <c r="K296" t="s">
+        <v>534</v>
+      </c>
+      <c r="L296" t="s">
+        <v>26</v>
+      </c>
+      <c r="M296" t="s">
+        <v>535</v>
+      </c>
+      <c r="N296" t="s">
+        <v>28</v>
+      </c>
+      <c r="O296" t="s">
         <v>2738</v>
-      </c>
-[...19 lines deleted...]
-        <v>2740</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>65011</v>
+        <v>11231</v>
       </c>
       <c r="B297" t="s">
+        <v>2739</v>
+      </c>
+      <c r="C297" t="s">
+        <v>2740</v>
+      </c>
+      <c r="D297" t="s">
         <v>2741</v>
       </c>
-      <c r="C297" t="s">
+      <c r="E297" t="s">
         <v>2742</v>
       </c>
-      <c r="D297" t="s">
+      <c r="F297" t="s">
         <v>2743</v>
       </c>
-      <c r="E297" t="s">
+      <c r="G297" t="s">
         <v>2744</v>
       </c>
-      <c r="F297" t="s">
+      <c r="H297" t="s">
         <v>2745</v>
       </c>
-      <c r="G297" t="s">
+      <c r="I297" t="s">
         <v>2746</v>
-      </c>
-[...4 lines deleted...]
-        <v>2748</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
         <v>130</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
         <v>131</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2749</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>65012</v>
+        <v>11287</v>
       </c>
       <c r="B298" t="s">
+        <v>2748</v>
+      </c>
+      <c r="C298" t="s">
+        <v>2749</v>
+      </c>
+      <c r="D298" t="s">
         <v>2750</v>
       </c>
-      <c r="C298" t="s">
+      <c r="E298" t="s">
         <v>2751</v>
       </c>
-      <c r="D298" t="s">
+      <c r="F298" t="s">
         <v>2752</v>
       </c>
-      <c r="E298" t="s">
+      <c r="G298" t="s">
         <v>2753</v>
       </c>
-      <c r="F298" t="s">
+      <c r="H298" t="s">
         <v>2754</v>
       </c>
-      <c r="G298" t="s">
+      <c r="I298" t="s">
         <v>2755</v>
       </c>
-      <c r="H298" t="s">
+      <c r="J298" t="s">
+        <v>24</v>
+      </c>
+      <c r="K298" t="s">
+        <v>130</v>
+      </c>
+      <c r="L298" t="s">
+        <v>26</v>
+      </c>
+      <c r="M298" t="s">
+        <v>131</v>
+      </c>
+      <c r="N298" t="s">
+        <v>28</v>
+      </c>
+      <c r="O298" t="s">
         <v>2756</v>
-      </c>
-[...19 lines deleted...]
-        <v>2760</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>65013</v>
+        <v>58060</v>
       </c>
       <c r="B299" t="s">
+        <v>2757</v>
+      </c>
+      <c r="C299" t="s">
+        <v>2758</v>
+      </c>
+      <c r="D299" t="s">
+        <v>2759</v>
+      </c>
+      <c r="E299" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F299" t="s">
         <v>2761</v>
       </c>
-      <c r="C299" t="s">
+      <c r="G299" t="s">
         <v>2762</v>
       </c>
-      <c r="D299" t="s">
+      <c r="H299" t="s">
         <v>2763</v>
       </c>
-      <c r="E299" t="s">
+      <c r="I299" t="s">
         <v>2764</v>
       </c>
-      <c r="F299" t="s">
+      <c r="J299" t="s">
+        <v>24</v>
+      </c>
+      <c r="K299" t="s">
         <v>2765</v>
       </c>
-      <c r="G299" t="s">
+      <c r="L299" t="s">
+        <v>26</v>
+      </c>
+      <c r="M299" t="s">
         <v>2766</v>
       </c>
-      <c r="H299" t="s">
+      <c r="N299" t="s">
+        <v>28</v>
+      </c>
+      <c r="O299" t="s">
         <v>2767</v>
-      </c>
-[...19 lines deleted...]
-        <v>2769</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>65014</v>
+        <v>58066</v>
       </c>
       <c r="B300" t="s">
+        <v>2768</v>
+      </c>
+      <c r="C300" t="s">
+        <v>2769</v>
+      </c>
+      <c r="D300" t="s">
         <v>2770</v>
       </c>
-      <c r="C300" t="s">
+      <c r="E300" t="s">
         <v>2771</v>
       </c>
-      <c r="D300" t="s">
+      <c r="F300" t="s">
         <v>2772</v>
       </c>
-      <c r="E300" t="s">
+      <c r="G300" t="s">
         <v>2773</v>
       </c>
-      <c r="F300" t="s">
+      <c r="H300" t="s">
         <v>2774</v>
       </c>
-      <c r="G300" t="s">
+      <c r="I300" t="s">
         <v>2775</v>
       </c>
-      <c r="H300" t="s">
+      <c r="J300" t="s">
+        <v>24</v>
+      </c>
+      <c r="K300" t="s">
+        <v>724</v>
+      </c>
+      <c r="L300" t="s">
+        <v>26</v>
+      </c>
+      <c r="M300" t="s">
+        <v>725</v>
+      </c>
+      <c r="N300" t="s">
+        <v>28</v>
+      </c>
+      <c r="O300" t="s">
         <v>2776</v>
-      </c>
-[...19 lines deleted...]
-        <v>2778</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>65015</v>
+        <v>58120</v>
       </c>
       <c r="B301" t="s">
+        <v>2777</v>
+      </c>
+      <c r="C301" t="s">
+        <v>2778</v>
+      </c>
+      <c r="D301" t="s">
         <v>2779</v>
       </c>
-      <c r="C301" t="s">
+      <c r="E301" t="s">
         <v>2780</v>
       </c>
-      <c r="D301" t="s">
+      <c r="F301" t="s">
         <v>2781</v>
       </c>
-      <c r="E301" t="s">
+      <c r="G301" t="s">
         <v>2782</v>
       </c>
-      <c r="F301" t="s">
+      <c r="H301" t="s">
         <v>2783</v>
       </c>
-      <c r="G301" t="s">
+      <c r="I301" t="s">
         <v>2784</v>
       </c>
-      <c r="H301" t="s">
+      <c r="J301" t="s">
+        <v>24</v>
+      </c>
+      <c r="K301" t="s">
+        <v>25</v>
+      </c>
+      <c r="L301" t="s">
+        <v>26</v>
+      </c>
+      <c r="M301" t="s">
+        <v>27</v>
+      </c>
+      <c r="N301" t="s">
+        <v>28</v>
+      </c>
+      <c r="O301" t="s">
         <v>2785</v>
-      </c>
-[...19 lines deleted...]
-        <v>2787</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>65016</v>
+        <v>58122</v>
       </c>
       <c r="B302" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C302" t="s">
+        <v>2787</v>
+      </c>
+      <c r="D302" t="s">
         <v>2788</v>
       </c>
-      <c r="C302" t="s">
+      <c r="E302" t="s">
         <v>2789</v>
       </c>
-      <c r="D302" t="s">
+      <c r="F302" t="s">
         <v>2790</v>
       </c>
-      <c r="E302" t="s">
+      <c r="G302" t="s">
         <v>2791</v>
       </c>
-      <c r="F302" t="s">
+      <c r="H302" t="s">
         <v>2792</v>
       </c>
-      <c r="G302" t="s">
+      <c r="I302" t="s">
         <v>2793</v>
       </c>
-      <c r="H302" t="s">
+      <c r="J302" t="s">
+        <v>24</v>
+      </c>
+      <c r="K302" t="s">
+        <v>130</v>
+      </c>
+      <c r="L302" t="s">
+        <v>26</v>
+      </c>
+      <c r="M302" t="s">
+        <v>131</v>
+      </c>
+      <c r="N302" t="s">
+        <v>28</v>
+      </c>
+      <c r="O302" t="s">
         <v>2794</v>
-      </c>
-[...19 lines deleted...]
-        <v>2796</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>65017</v>
+        <v>58218</v>
       </c>
       <c r="B303" t="s">
+        <v>2795</v>
+      </c>
+      <c r="C303" t="s">
+        <v>2796</v>
+      </c>
+      <c r="D303" t="s">
         <v>2797</v>
       </c>
-      <c r="C303" t="s">
+      <c r="E303" t="s">
         <v>2798</v>
       </c>
-      <c r="D303" t="s">
+      <c r="F303" t="s">
         <v>2799</v>
       </c>
-      <c r="E303" t="s">
+      <c r="G303" t="s">
         <v>2800</v>
       </c>
-      <c r="F303" t="s">
+      <c r="H303" t="s">
         <v>2801</v>
       </c>
-      <c r="G303" t="s">
+      <c r="I303" t="s">
         <v>2802</v>
       </c>
-      <c r="H303" t="s">
+      <c r="J303" t="s">
+        <v>24</v>
+      </c>
+      <c r="K303" t="s">
+        <v>130</v>
+      </c>
+      <c r="L303" t="s">
+        <v>26</v>
+      </c>
+      <c r="M303" t="s">
+        <v>131</v>
+      </c>
+      <c r="N303" t="s">
+        <v>28</v>
+      </c>
+      <c r="O303" t="s">
         <v>2803</v>
-      </c>
-[...19 lines deleted...]
-        <v>2807</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>65018</v>
+        <v>58223</v>
       </c>
       <c r="B304" t="s">
+        <v>2804</v>
+      </c>
+      <c r="C304" t="s">
+        <v>2805</v>
+      </c>
+      <c r="D304" t="s">
+        <v>2806</v>
+      </c>
+      <c r="E304" t="s">
+        <v>2807</v>
+      </c>
+      <c r="F304" t="s">
         <v>2808</v>
       </c>
-      <c r="C304" t="s">
+      <c r="G304" t="s">
         <v>2809</v>
       </c>
-      <c r="D304" t="s">
+      <c r="H304" t="s">
         <v>2810</v>
       </c>
-      <c r="E304" t="s">
+      <c r="I304" t="s">
         <v>2811</v>
       </c>
-      <c r="F304" t="s">
+      <c r="J304" t="s">
+        <v>24</v>
+      </c>
+      <c r="K304" t="s">
+        <v>130</v>
+      </c>
+      <c r="L304" t="s">
+        <v>26</v>
+      </c>
+      <c r="M304" t="s">
+        <v>131</v>
+      </c>
+      <c r="N304" t="s">
+        <v>28</v>
+      </c>
+      <c r="O304" t="s">
         <v>2812</v>
-      </c>
-[...25 lines deleted...]
-        <v>2818</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>65019</v>
+        <v>58259</v>
       </c>
       <c r="B305" t="s">
+        <v>2813</v>
+      </c>
+      <c r="C305" t="s">
+        <v>2814</v>
+      </c>
+      <c r="D305" t="s">
+        <v>2815</v>
+      </c>
+      <c r="E305" t="s">
+        <v>2816</v>
+      </c>
+      <c r="F305" t="s">
+        <v>2817</v>
+      </c>
+      <c r="G305" t="s">
+        <v>2818</v>
+      </c>
+      <c r="H305" t="s">
         <v>2819</v>
       </c>
-      <c r="C305" t="s">
+      <c r="I305" t="s">
         <v>2820</v>
       </c>
-      <c r="D305" t="s">
+      <c r="J305" t="s">
+        <v>24</v>
+      </c>
+      <c r="K305" t="s">
         <v>2821</v>
       </c>
-      <c r="E305" t="s">
+      <c r="L305" t="s">
+        <v>26</v>
+      </c>
+      <c r="M305" t="s">
         <v>2822</v>
       </c>
-      <c r="F305" t="s">
+      <c r="N305" t="s">
+        <v>28</v>
+      </c>
+      <c r="O305" t="s">
         <v>2823</v>
-      </c>
-[...25 lines deleted...]
-        <v>2827</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>65020</v>
+        <v>64637</v>
       </c>
       <c r="B306" t="s">
+        <v>2824</v>
+      </c>
+      <c r="C306" t="s">
+        <v>2825</v>
+      </c>
+      <c r="D306" t="s">
+        <v>2826</v>
+      </c>
+      <c r="E306" t="s">
+        <v>2827</v>
+      </c>
+      <c r="F306" t="s">
         <v>2828</v>
       </c>
-      <c r="C306" t="s">
+      <c r="G306" t="s">
         <v>2829</v>
       </c>
-      <c r="D306" t="s">
+      <c r="H306" t="s">
         <v>2830</v>
       </c>
-      <c r="E306" t="s">
+      <c r="I306" t="s">
         <v>2831</v>
       </c>
-      <c r="F306" t="s">
+      <c r="J306" t="s">
+        <v>24</v>
+      </c>
+      <c r="K306" t="s">
+        <v>47</v>
+      </c>
+      <c r="L306" t="s">
+        <v>26</v>
+      </c>
+      <c r="M306" t="s">
+        <v>48</v>
+      </c>
+      <c r="N306" t="s">
+        <v>28</v>
+      </c>
+      <c r="O306" t="s">
         <v>2832</v>
-      </c>
-[...25 lines deleted...]
-        <v>2838</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>65021</v>
+        <v>64689</v>
       </c>
       <c r="B307" t="s">
+        <v>2833</v>
+      </c>
+      <c r="C307" t="s">
+        <v>2834</v>
+      </c>
+      <c r="D307" t="s">
+        <v>2835</v>
+      </c>
+      <c r="E307" t="s">
+        <v>2836</v>
+      </c>
+      <c r="F307" t="s">
+        <v>2837</v>
+      </c>
+      <c r="G307" t="s">
+        <v>2838</v>
+      </c>
+      <c r="H307" t="s">
         <v>2839</v>
       </c>
-      <c r="C307" t="s">
+      <c r="I307" t="s">
         <v>2840</v>
       </c>
-      <c r="D307" t="s">
+      <c r="J307" t="s">
+        <v>24</v>
+      </c>
+      <c r="K307" t="s">
+        <v>939</v>
+      </c>
+      <c r="L307" t="s">
+        <v>26</v>
+      </c>
+      <c r="M307" t="s">
+        <v>940</v>
+      </c>
+      <c r="N307" t="s">
+        <v>28</v>
+      </c>
+      <c r="O307" t="s">
         <v>2841</v>
-      </c>
-[...31 lines deleted...]
-        <v>2847</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>65022</v>
+        <v>65000</v>
       </c>
       <c r="B308" t="s">
+        <v>2842</v>
+      </c>
+      <c r="C308" t="s">
+        <v>2843</v>
+      </c>
+      <c r="D308" t="s">
+        <v>2844</v>
+      </c>
+      <c r="E308" t="s">
+        <v>2845</v>
+      </c>
+      <c r="F308" t="s">
+        <v>2846</v>
+      </c>
+      <c r="G308" t="s">
+        <v>2847</v>
+      </c>
+      <c r="H308" t="s">
         <v>2848</v>
       </c>
-      <c r="C308" t="s">
+      <c r="I308" t="s">
         <v>2849</v>
-      </c>
-[...16 lines deleted...]
-        <v>2855</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
         <v>25</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
         <v>27</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2856</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>65023</v>
+        <v>65001</v>
       </c>
       <c r="B309" t="s">
+        <v>2851</v>
+      </c>
+      <c r="C309" t="s">
+        <v>2852</v>
+      </c>
+      <c r="D309" t="s">
+        <v>2853</v>
+      </c>
+      <c r="E309" t="s">
+        <v>2854</v>
+      </c>
+      <c r="F309" t="s">
+        <v>2855</v>
+      </c>
+      <c r="G309" t="s">
+        <v>2856</v>
+      </c>
+      <c r="H309" t="s">
         <v>2857</v>
       </c>
-      <c r="C309" t="s">
+      <c r="I309" t="s">
         <v>2858</v>
       </c>
-      <c r="D309" t="s">
+      <c r="J309" t="s">
+        <v>24</v>
+      </c>
+      <c r="K309" t="s">
+        <v>130</v>
+      </c>
+      <c r="L309" t="s">
+        <v>26</v>
+      </c>
+      <c r="M309" t="s">
+        <v>131</v>
+      </c>
+      <c r="N309" t="s">
+        <v>28</v>
+      </c>
+      <c r="O309" t="s">
         <v>2859</v>
-      </c>
-[...31 lines deleted...]
-        <v>2865</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>65025</v>
+        <v>65002</v>
       </c>
       <c r="B310" t="s">
+        <v>2860</v>
+      </c>
+      <c r="C310" t="s">
+        <v>2861</v>
+      </c>
+      <c r="D310" t="s">
+        <v>2862</v>
+      </c>
+      <c r="E310" t="s">
+        <v>2863</v>
+      </c>
+      <c r="F310" t="s">
+        <v>2864</v>
+      </c>
+      <c r="G310" t="s">
+        <v>2865</v>
+      </c>
+      <c r="H310" t="s">
         <v>2866</v>
       </c>
-      <c r="C310" t="s">
+      <c r="I310" t="s">
         <v>2867</v>
-      </c>
-[...16 lines deleted...]
-        <v>2873</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
         <v>25</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
         <v>27</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2874</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>65026</v>
+        <v>65003</v>
       </c>
       <c r="B311" t="s">
+        <v>2869</v>
+      </c>
+      <c r="C311" t="s">
+        <v>2870</v>
+      </c>
+      <c r="D311" t="s">
+        <v>2871</v>
+      </c>
+      <c r="E311" t="s">
+        <v>2872</v>
+      </c>
+      <c r="F311" t="s">
+        <v>2873</v>
+      </c>
+      <c r="G311" t="s">
+        <v>2874</v>
+      </c>
+      <c r="H311" t="s">
         <v>2875</v>
       </c>
-      <c r="C311" t="s">
+      <c r="I311" t="s">
         <v>2876</v>
       </c>
-      <c r="D311" t="s">
+      <c r="J311" t="s">
+        <v>24</v>
+      </c>
+      <c r="K311" t="s">
+        <v>130</v>
+      </c>
+      <c r="L311" t="s">
+        <v>26</v>
+      </c>
+      <c r="M311" t="s">
+        <v>131</v>
+      </c>
+      <c r="N311" t="s">
+        <v>28</v>
+      </c>
+      <c r="O311" t="s">
         <v>2877</v>
-      </c>
-[...31 lines deleted...]
-        <v>2883</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>65027</v>
+        <v>65004</v>
       </c>
       <c r="B312" t="s">
+        <v>2878</v>
+      </c>
+      <c r="C312" t="s">
+        <v>2879</v>
+      </c>
+      <c r="D312" t="s">
+        <v>2880</v>
+      </c>
+      <c r="E312" t="s">
+        <v>2881</v>
+      </c>
+      <c r="F312" t="s">
+        <v>2882</v>
+      </c>
+      <c r="G312" t="s">
+        <v>2883</v>
+      </c>
+      <c r="H312" t="s">
         <v>2884</v>
       </c>
-      <c r="C312" t="s">
+      <c r="I312" t="s">
         <v>2885</v>
       </c>
-      <c r="D312" t="s">
+      <c r="J312" t="s">
+        <v>24</v>
+      </c>
+      <c r="K312" t="s">
+        <v>130</v>
+      </c>
+      <c r="L312" t="s">
+        <v>26</v>
+      </c>
+      <c r="M312" t="s">
+        <v>131</v>
+      </c>
+      <c r="N312" t="s">
+        <v>28</v>
+      </c>
+      <c r="O312" t="s">
         <v>2886</v>
-      </c>
-[...31 lines deleted...]
-        <v>2892</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>65028</v>
+        <v>65005</v>
       </c>
       <c r="B313" t="s">
+        <v>2887</v>
+      </c>
+      <c r="C313" t="s">
+        <v>2888</v>
+      </c>
+      <c r="D313" t="s">
+        <v>2889</v>
+      </c>
+      <c r="E313" t="s">
+        <v>2890</v>
+      </c>
+      <c r="F313" t="s">
+        <v>2891</v>
+      </c>
+      <c r="G313" t="s">
+        <v>2892</v>
+      </c>
+      <c r="H313" t="s">
         <v>2893</v>
       </c>
-      <c r="C313" t="s">
+      <c r="I313" t="s">
         <v>2894</v>
       </c>
-      <c r="D313" t="s">
+      <c r="J313" t="s">
+        <v>24</v>
+      </c>
+      <c r="K313" t="s">
         <v>2895</v>
       </c>
-      <c r="E313" t="s">
+      <c r="L313" t="s">
+        <v>26</v>
+      </c>
+      <c r="M313" t="s">
         <v>2896</v>
       </c>
-      <c r="F313" t="s">
+      <c r="N313" t="s">
+        <v>28</v>
+      </c>
+      <c r="O313" t="s">
         <v>2897</v>
-      </c>
-[...25 lines deleted...]
-        <v>2901</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>65030</v>
+        <v>65006</v>
       </c>
       <c r="B314" t="s">
+        <v>2898</v>
+      </c>
+      <c r="C314" t="s">
+        <v>2899</v>
+      </c>
+      <c r="D314" t="s">
+        <v>2900</v>
+      </c>
+      <c r="E314" t="s">
+        <v>2901</v>
+      </c>
+      <c r="F314" t="s">
         <v>2902</v>
       </c>
-      <c r="C314" t="s">
+      <c r="G314" t="s">
         <v>2903</v>
       </c>
-      <c r="D314" t="s">
+      <c r="H314" t="s">
         <v>2904</v>
       </c>
-      <c r="E314" t="s">
+      <c r="I314" t="s">
         <v>2905</v>
       </c>
-      <c r="F314" t="s">
+      <c r="J314" t="s">
+        <v>24</v>
+      </c>
+      <c r="K314" t="s">
         <v>2906</v>
       </c>
-      <c r="G314" t="s">
+      <c r="L314" t="s">
+        <v>26</v>
+      </c>
+      <c r="M314" t="s">
         <v>2907</v>
       </c>
-      <c r="H314" t="s">
+      <c r="N314" t="s">
+        <v>28</v>
+      </c>
+      <c r="O314" t="s">
         <v>2908</v>
-      </c>
-[...19 lines deleted...]
-        <v>2910</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>65031</v>
+        <v>65007</v>
       </c>
       <c r="B315" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C315" t="s">
+        <v>2910</v>
+      </c>
+      <c r="D315" t="s">
         <v>2911</v>
       </c>
-      <c r="C315" t="s">
+      <c r="E315" t="s">
         <v>2912</v>
       </c>
-      <c r="D315" t="s">
+      <c r="F315" t="s">
         <v>2913</v>
       </c>
-      <c r="E315" t="s">
+      <c r="G315" t="s">
         <v>2914</v>
       </c>
-      <c r="F315" t="s">
+      <c r="H315" t="s">
         <v>2915</v>
       </c>
-      <c r="G315" t="s">
+      <c r="I315" t="s">
         <v>2916</v>
-      </c>
-[...4 lines deleted...]
-        <v>2918</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
         <v>25</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
         <v>27</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2919</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>65032</v>
+        <v>65008</v>
       </c>
       <c r="B316" t="s">
+        <v>2918</v>
+      </c>
+      <c r="C316" t="s">
+        <v>2919</v>
+      </c>
+      <c r="D316" t="s">
         <v>2920</v>
       </c>
-      <c r="C316" t="s">
+      <c r="E316" t="s">
         <v>2921</v>
       </c>
-      <c r="D316" t="s">
+      <c r="F316" t="s">
         <v>2922</v>
       </c>
-      <c r="E316" t="s">
+      <c r="G316" t="s">
         <v>2923</v>
       </c>
-      <c r="F316" t="s">
+      <c r="H316" t="s">
         <v>2924</v>
       </c>
-      <c r="G316" t="s">
+      <c r="I316" t="s">
         <v>2925</v>
-      </c>
-[...4 lines deleted...]
-        <v>2927</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
         <v>130</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
         <v>131</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2928</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>65033</v>
+        <v>65009</v>
       </c>
       <c r="B317" t="s">
+        <v>2927</v>
+      </c>
+      <c r="C317" t="s">
+        <v>2928</v>
+      </c>
+      <c r="D317" t="s">
         <v>2929</v>
       </c>
-      <c r="C317" t="s">
+      <c r="E317" t="s">
         <v>2930</v>
       </c>
-      <c r="D317" t="s">
+      <c r="F317" t="s">
         <v>2931</v>
       </c>
-      <c r="E317" t="s">
+      <c r="G317" t="s">
         <v>2932</v>
       </c>
-      <c r="F317" t="s">
+      <c r="H317" t="s">
         <v>2933</v>
       </c>
-      <c r="G317" t="s">
+      <c r="I317" t="s">
         <v>2934</v>
       </c>
-      <c r="H317" t="s">
+      <c r="J317" t="s">
+        <v>24</v>
+      </c>
+      <c r="K317" t="s">
+        <v>130</v>
+      </c>
+      <c r="L317" t="s">
+        <v>26</v>
+      </c>
+      <c r="M317" t="s">
+        <v>131</v>
+      </c>
+      <c r="N317" t="s">
+        <v>28</v>
+      </c>
+      <c r="O317" t="s">
         <v>2935</v>
-      </c>
-[...19 lines deleted...]
-        <v>2939</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>65034</v>
+        <v>65010</v>
       </c>
       <c r="B318" t="s">
+        <v>2936</v>
+      </c>
+      <c r="C318" t="s">
+        <v>2937</v>
+      </c>
+      <c r="D318" t="s">
+        <v>2938</v>
+      </c>
+      <c r="E318" t="s">
+        <v>2939</v>
+      </c>
+      <c r="F318" t="s">
         <v>2940</v>
       </c>
-      <c r="C318" t="s">
+      <c r="G318" t="s">
         <v>2941</v>
       </c>
-      <c r="D318" t="s">
+      <c r="H318" t="s">
         <v>2942</v>
       </c>
-      <c r="E318" t="s">
+      <c r="I318" t="s">
         <v>2943</v>
       </c>
-      <c r="F318" t="s">
+      <c r="J318" t="s">
+        <v>24</v>
+      </c>
+      <c r="K318" t="s">
+        <v>25</v>
+      </c>
+      <c r="L318" t="s">
+        <v>26</v>
+      </c>
+      <c r="M318" t="s">
+        <v>27</v>
+      </c>
+      <c r="N318" t="s">
+        <v>28</v>
+      </c>
+      <c r="O318" t="s">
         <v>2944</v>
-      </c>
-[...25 lines deleted...]
-        <v>2948</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>65035</v>
+        <v>65011</v>
       </c>
       <c r="B319" t="s">
+        <v>2945</v>
+      </c>
+      <c r="C319" t="s">
+        <v>2946</v>
+      </c>
+      <c r="D319" t="s">
+        <v>2947</v>
+      </c>
+      <c r="E319" t="s">
+        <v>2948</v>
+      </c>
+      <c r="F319" t="s">
         <v>2949</v>
       </c>
-      <c r="C319" t="s">
+      <c r="G319" t="s">
         <v>2950</v>
       </c>
-      <c r="D319" t="s">
+      <c r="H319" t="s">
         <v>2951</v>
       </c>
-      <c r="E319" t="s">
+      <c r="I319" t="s">
         <v>2952</v>
       </c>
-      <c r="F319" t="s">
+      <c r="J319" t="s">
+        <v>24</v>
+      </c>
+      <c r="K319" t="s">
+        <v>130</v>
+      </c>
+      <c r="L319" t="s">
+        <v>26</v>
+      </c>
+      <c r="M319" t="s">
+        <v>131</v>
+      </c>
+      <c r="N319" t="s">
+        <v>28</v>
+      </c>
+      <c r="O319" t="s">
         <v>2953</v>
-      </c>
-[...25 lines deleted...]
-        <v>2957</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>65036</v>
+        <v>65012</v>
       </c>
       <c r="B320" t="s">
+        <v>2954</v>
+      </c>
+      <c r="C320" t="s">
+        <v>2955</v>
+      </c>
+      <c r="D320" t="s">
+        <v>2956</v>
+      </c>
+      <c r="E320" t="s">
+        <v>2957</v>
+      </c>
+      <c r="F320" t="s">
         <v>2958</v>
       </c>
-      <c r="C320" t="s">
+      <c r="G320" t="s">
         <v>2959</v>
       </c>
-      <c r="D320" t="s">
+      <c r="H320" t="s">
         <v>2960</v>
       </c>
-      <c r="E320" t="s">
+      <c r="I320" t="s">
         <v>2961</v>
       </c>
-      <c r="F320" t="s">
+      <c r="J320" t="s">
+        <v>24</v>
+      </c>
+      <c r="K320" t="s">
         <v>2962</v>
       </c>
-      <c r="G320" t="s">
+      <c r="L320" t="s">
+        <v>26</v>
+      </c>
+      <c r="M320" t="s">
         <v>2963</v>
       </c>
-      <c r="H320" t="s">
+      <c r="N320" t="s">
+        <v>28</v>
+      </c>
+      <c r="O320" t="s">
         <v>2964</v>
-      </c>
-[...19 lines deleted...]
-        <v>2966</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>65037</v>
+        <v>65013</v>
       </c>
       <c r="B321" t="s">
+        <v>2965</v>
+      </c>
+      <c r="C321" t="s">
+        <v>2966</v>
+      </c>
+      <c r="D321" t="s">
         <v>2967</v>
       </c>
-      <c r="C321" t="s">
+      <c r="E321" t="s">
         <v>2968</v>
       </c>
-      <c r="D321" t="s">
+      <c r="F321" t="s">
         <v>2969</v>
       </c>
-      <c r="E321" t="s">
+      <c r="G321" t="s">
         <v>2970</v>
       </c>
-      <c r="F321" t="s">
+      <c r="H321" t="s">
         <v>2971</v>
       </c>
-      <c r="G321" t="s">
+      <c r="I321" t="s">
         <v>2972</v>
-      </c>
-[...4 lines deleted...]
-        <v>2974</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
         <v>25</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
         <v>27</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2975</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>65038</v>
+        <v>65014</v>
       </c>
       <c r="B322" t="s">
+        <v>2974</v>
+      </c>
+      <c r="C322" t="s">
+        <v>2975</v>
+      </c>
+      <c r="D322" t="s">
         <v>2976</v>
       </c>
-      <c r="C322" t="s">
+      <c r="E322" t="s">
         <v>2977</v>
       </c>
-      <c r="D322" t="s">
+      <c r="F322" t="s">
         <v>2978</v>
       </c>
-      <c r="E322" t="s">
+      <c r="G322" t="s">
         <v>2979</v>
       </c>
-      <c r="F322" t="s">
+      <c r="H322" t="s">
         <v>2980</v>
       </c>
-      <c r="G322" t="s">
+      <c r="I322" t="s">
         <v>2981</v>
       </c>
-      <c r="H322" t="s">
+      <c r="J322" t="s">
+        <v>581</v>
+      </c>
+      <c r="K322" t="s">
+        <v>534</v>
+      </c>
+      <c r="L322" t="s">
+        <v>583</v>
+      </c>
+      <c r="M322" t="s">
+        <v>535</v>
+      </c>
+      <c r="N322" t="s">
+        <v>28</v>
+      </c>
+      <c r="O322" t="s">
         <v>2982</v>
-      </c>
-[...19 lines deleted...]
-        <v>2984</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>65039</v>
+        <v>65015</v>
       </c>
       <c r="B323" t="s">
+        <v>2983</v>
+      </c>
+      <c r="C323" t="s">
+        <v>2984</v>
+      </c>
+      <c r="D323" t="s">
         <v>2985</v>
       </c>
-      <c r="C323" t="s">
+      <c r="E323" t="s">
         <v>2986</v>
       </c>
-      <c r="D323" t="s">
+      <c r="F323" t="s">
         <v>2987</v>
       </c>
-      <c r="E323" t="s">
+      <c r="G323" t="s">
         <v>2988</v>
       </c>
-      <c r="F323" t="s">
+      <c r="H323" t="s">
         <v>2989</v>
       </c>
-      <c r="G323" t="s">
+      <c r="I323" t="s">
         <v>2990</v>
-      </c>
-[...4 lines deleted...]
-        <v>2992</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
         <v>130</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
         <v>131</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2993</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>65040</v>
+        <v>65016</v>
       </c>
       <c r="B324" t="s">
+        <v>2992</v>
+      </c>
+      <c r="C324" t="s">
+        <v>2993</v>
+      </c>
+      <c r="D324" t="s">
         <v>2994</v>
       </c>
-      <c r="C324" t="s">
+      <c r="E324" t="s">
         <v>2995</v>
       </c>
-      <c r="D324" t="s">
+      <c r="F324" t="s">
         <v>2996</v>
       </c>
-      <c r="E324" t="s">
+      <c r="G324" t="s">
         <v>2997</v>
       </c>
-      <c r="F324" t="s">
+      <c r="H324" t="s">
         <v>2998</v>
       </c>
-      <c r="G324" t="s">
+      <c r="I324" t="s">
         <v>2999</v>
       </c>
-      <c r="H324" t="s">
+      <c r="J324" t="s">
+        <v>24</v>
+      </c>
+      <c r="K324" t="s">
+        <v>25</v>
+      </c>
+      <c r="L324" t="s">
+        <v>26</v>
+      </c>
+      <c r="M324" t="s">
+        <v>27</v>
+      </c>
+      <c r="N324" t="s">
+        <v>28</v>
+      </c>
+      <c r="O324" t="s">
         <v>3000</v>
-      </c>
-[...19 lines deleted...]
-        <v>3002</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>65043</v>
+        <v>65017</v>
       </c>
       <c r="B325" t="s">
+        <v>3001</v>
+      </c>
+      <c r="C325" t="s">
+        <v>3002</v>
+      </c>
+      <c r="D325" t="s">
         <v>3003</v>
       </c>
-      <c r="C325" t="s">
+      <c r="E325" t="s">
         <v>3004</v>
       </c>
-      <c r="D325" t="s">
+      <c r="F325" t="s">
         <v>3005</v>
       </c>
-      <c r="E325" t="s">
+      <c r="G325" t="s">
         <v>3006</v>
       </c>
-      <c r="F325" t="s">
+      <c r="H325" t="s">
         <v>3007</v>
       </c>
-      <c r="G325" t="s">
+      <c r="I325" t="s">
         <v>3008</v>
       </c>
-      <c r="H325" t="s">
+      <c r="J325" t="s">
+        <v>24</v>
+      </c>
+      <c r="K325" t="s">
         <v>3009</v>
       </c>
-      <c r="I325" t="s">
+      <c r="L325" t="s">
+        <v>26</v>
+      </c>
+      <c r="M325" t="s">
         <v>3010</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
         <v>3011</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>65044</v>
+        <v>65018</v>
       </c>
       <c r="B326" t="s">
         <v>3012</v>
       </c>
       <c r="C326" t="s">
         <v>3013</v>
       </c>
       <c r="D326" t="s">
         <v>3014</v>
       </c>
       <c r="E326" t="s">
         <v>3015</v>
       </c>
       <c r="F326" t="s">
         <v>3016</v>
       </c>
       <c r="G326" t="s">
         <v>3017</v>
       </c>
       <c r="H326" t="s">
         <v>3018</v>
       </c>
       <c r="I326" t="s">
         <v>3019</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>25</v>
+        <v>3020</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
-        <v>27</v>
+        <v>3021</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3020</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>65045</v>
+        <v>65019</v>
       </c>
       <c r="B327" t="s">
-        <v>3021</v>
+        <v>3023</v>
       </c>
       <c r="C327" t="s">
-        <v>3022</v>
+        <v>3024</v>
       </c>
       <c r="D327" t="s">
-        <v>3023</v>
+        <v>3025</v>
       </c>
       <c r="E327" t="s">
-        <v>3024</v>
+        <v>3026</v>
       </c>
       <c r="F327" t="s">
-        <v>3025</v>
+        <v>3027</v>
       </c>
       <c r="G327" t="s">
-        <v>3026</v>
+        <v>3028</v>
       </c>
       <c r="H327" t="s">
-        <v>3027</v>
+        <v>3029</v>
       </c>
       <c r="I327" t="s">
-        <v>3028</v>
+        <v>3030</v>
       </c>
       <c r="J327" t="s">
-        <v>3029</v>
+        <v>24</v>
       </c>
       <c r="K327" t="s">
-        <v>3030</v>
+        <v>130</v>
       </c>
       <c r="L327" t="s">
+        <v>26</v>
+      </c>
+      <c r="M327" t="s">
+        <v>131</v>
+      </c>
+      <c r="N327" t="s">
+        <v>28</v>
+      </c>
+      <c r="O327" t="s">
         <v>3031</v>
-      </c>
-[...7 lines deleted...]
-        <v>3033</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>65046</v>
+        <v>65020</v>
       </c>
       <c r="B328" t="s">
+        <v>3032</v>
+      </c>
+      <c r="C328" t="s">
+        <v>3033</v>
+      </c>
+      <c r="D328" t="s">
         <v>3034</v>
       </c>
-      <c r="C328" t="s">
+      <c r="E328" t="s">
         <v>3035</v>
       </c>
-      <c r="D328" t="s">
+      <c r="F328" t="s">
         <v>3036</v>
       </c>
-      <c r="E328" t="s">
+      <c r="G328" t="s">
         <v>3037</v>
       </c>
-      <c r="F328" t="s">
+      <c r="H328" t="s">
         <v>3038</v>
       </c>
-      <c r="G328" t="s">
+      <c r="I328" t="s">
         <v>3039</v>
       </c>
-      <c r="H328" t="s">
+      <c r="J328" t="s">
+        <v>24</v>
+      </c>
+      <c r="K328" t="s">
         <v>3040</v>
       </c>
-      <c r="I328" t="s">
+      <c r="L328" t="s">
+        <v>26</v>
+      </c>
+      <c r="M328" t="s">
         <v>3041</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
         <v>3042</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>65047</v>
+        <v>65021</v>
       </c>
       <c r="B329" t="s">
         <v>3043</v>
       </c>
       <c r="C329" t="s">
         <v>3044</v>
       </c>
       <c r="D329" t="s">
         <v>3045</v>
       </c>
       <c r="E329" t="s">
         <v>3046</v>
       </c>
       <c r="F329" t="s">
         <v>3047</v>
       </c>
       <c r="G329" t="s">
         <v>3048</v>
       </c>
       <c r="H329" t="s">
         <v>3049</v>
       </c>
       <c r="I329" t="s">
         <v>3050</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>3030</v>
+        <v>25</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
-        <v>3032</v>
+        <v>27</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
         <v>3051</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>65049</v>
+        <v>65022</v>
       </c>
       <c r="B330" t="s">
         <v>3052</v>
       </c>
       <c r="C330" t="s">
         <v>3053</v>
       </c>
       <c r="D330" t="s">
         <v>3054</v>
       </c>
       <c r="E330" t="s">
         <v>3055</v>
       </c>
       <c r="F330" t="s">
         <v>3056</v>
       </c>
       <c r="G330" t="s">
         <v>3057</v>
       </c>
       <c r="H330" t="s">
         <v>3058</v>
       </c>
       <c r="I330" t="s">
         <v>3059</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>930</v>
+        <v>25</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>931</v>
+        <v>27</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
         <v>3060</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>65050</v>
+        <v>65023</v>
       </c>
       <c r="B331" t="s">
         <v>3061</v>
       </c>
       <c r="C331" t="s">
         <v>3062</v>
       </c>
       <c r="D331" t="s">
         <v>3063</v>
       </c>
       <c r="E331" t="s">
         <v>3064</v>
       </c>
       <c r="F331" t="s">
         <v>3065</v>
       </c>
       <c r="G331" t="s">
         <v>3066</v>
       </c>
       <c r="H331" t="s">
         <v>3067</v>
       </c>
       <c r="I331" t="s">
         <v>3068</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
         <v>25</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
         <v>27</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
         <v>3069</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>65051</v>
+        <v>65025</v>
       </c>
       <c r="B332" t="s">
         <v>3070</v>
       </c>
       <c r="C332" t="s">
         <v>3071</v>
       </c>
       <c r="D332" t="s">
         <v>3072</v>
       </c>
       <c r="E332" t="s">
         <v>3073</v>
       </c>
       <c r="F332" t="s">
         <v>3074</v>
       </c>
       <c r="G332" t="s">
         <v>3075</v>
       </c>
       <c r="H332" t="s">
         <v>3076</v>
       </c>
       <c r="I332" t="s">
         <v>3077</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>582</v>
+        <v>25</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>584</v>
+        <v>27</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
         <v>3078</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>65053</v>
+        <v>65026</v>
       </c>
       <c r="B333" t="s">
         <v>3079</v>
       </c>
       <c r="C333" t="s">
         <v>3080</v>
       </c>
       <c r="D333" t="s">
         <v>3081</v>
       </c>
       <c r="E333" t="s">
         <v>3082</v>
       </c>
       <c r="F333" t="s">
         <v>3083</v>
       </c>
       <c r="G333" t="s">
         <v>3084</v>
       </c>
       <c r="H333" t="s">
         <v>3085</v>
       </c>
       <c r="I333" t="s">
         <v>3086</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
         <v>3087</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>65054</v>
+        <v>65027</v>
       </c>
       <c r="B334" t="s">
         <v>3088</v>
       </c>
       <c r="C334" t="s">
         <v>3089</v>
       </c>
       <c r="D334" t="s">
         <v>3090</v>
       </c>
       <c r="E334" t="s">
         <v>3091</v>
       </c>
       <c r="F334" t="s">
         <v>3092</v>
       </c>
       <c r="G334" t="s">
         <v>3093</v>
       </c>
       <c r="H334" t="s">
         <v>3094</v>
       </c>
       <c r="I334" t="s">
         <v>3095</v>
       </c>
       <c r="J334" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K334" t="s">
+        <v>534</v>
+      </c>
+      <c r="L334" t="s">
+        <v>26</v>
+      </c>
+      <c r="M334" t="s">
+        <v>535</v>
+      </c>
+      <c r="N334" t="s">
+        <v>28</v>
+      </c>
+      <c r="O334" t="s">
         <v>3096</v>
-      </c>
-[...10 lines deleted...]
-        <v>3098</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>65055</v>
+        <v>65028</v>
       </c>
       <c r="B335" t="s">
+        <v>3097</v>
+      </c>
+      <c r="C335" t="s">
+        <v>3098</v>
+      </c>
+      <c r="D335" t="s">
         <v>3099</v>
       </c>
-      <c r="C335" t="s">
+      <c r="E335" t="s">
         <v>3100</v>
       </c>
-      <c r="D335" t="s">
+      <c r="F335" t="s">
         <v>3101</v>
       </c>
-      <c r="E335" t="s">
+      <c r="G335" t="s">
         <v>3102</v>
       </c>
-      <c r="F335" t="s">
+      <c r="H335" t="s">
         <v>3103</v>
       </c>
-      <c r="G335" t="s">
+      <c r="I335" t="s">
         <v>3104</v>
       </c>
-      <c r="H335" t="s">
+      <c r="J335" t="s">
+        <v>24</v>
+      </c>
+      <c r="K335" t="s">
+        <v>25</v>
+      </c>
+      <c r="L335" t="s">
+        <v>26</v>
+      </c>
+      <c r="M335" t="s">
+        <v>27</v>
+      </c>
+      <c r="N335" t="s">
+        <v>28</v>
+      </c>
+      <c r="O335" t="s">
         <v>3105</v>
-      </c>
-[...19 lines deleted...]
-        <v>3107</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>65057</v>
+        <v>65030</v>
       </c>
       <c r="B336" t="s">
+        <v>3106</v>
+      </c>
+      <c r="C336" t="s">
+        <v>3107</v>
+      </c>
+      <c r="D336" t="s">
         <v>3108</v>
       </c>
-      <c r="C336" t="s">
+      <c r="E336" t="s">
         <v>3109</v>
       </c>
-      <c r="D336" t="s">
+      <c r="F336" t="s">
         <v>3110</v>
       </c>
-      <c r="E336" t="s">
+      <c r="G336" t="s">
         <v>3111</v>
       </c>
-      <c r="F336" t="s">
+      <c r="H336" t="s">
         <v>3112</v>
       </c>
-      <c r="G336" t="s">
+      <c r="I336" t="s">
         <v>3113</v>
       </c>
-      <c r="H336" t="s">
+      <c r="J336" t="s">
+        <v>24</v>
+      </c>
+      <c r="K336" t="s">
+        <v>25</v>
+      </c>
+      <c r="L336" t="s">
+        <v>26</v>
+      </c>
+      <c r="M336" t="s">
+        <v>27</v>
+      </c>
+      <c r="N336" t="s">
+        <v>28</v>
+      </c>
+      <c r="O336" t="s">
         <v>3114</v>
-      </c>
-[...19 lines deleted...]
-        <v>3116</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>65058</v>
+        <v>65031</v>
       </c>
       <c r="B337" t="s">
+        <v>3115</v>
+      </c>
+      <c r="C337" t="s">
+        <v>3116</v>
+      </c>
+      <c r="D337" t="s">
         <v>3117</v>
       </c>
-      <c r="C337" t="s">
+      <c r="E337" t="s">
         <v>3118</v>
       </c>
-      <c r="D337" t="s">
+      <c r="F337" t="s">
         <v>3119</v>
       </c>
-      <c r="E337" t="s">
+      <c r="G337" t="s">
         <v>3120</v>
       </c>
-      <c r="F337" t="s">
+      <c r="H337" t="s">
         <v>3121</v>
       </c>
-      <c r="G337" t="s">
+      <c r="I337" t="s">
         <v>3122</v>
       </c>
-      <c r="H337" t="s">
+      <c r="J337" t="s">
+        <v>24</v>
+      </c>
+      <c r="K337" t="s">
+        <v>25</v>
+      </c>
+      <c r="L337" t="s">
+        <v>26</v>
+      </c>
+      <c r="M337" t="s">
+        <v>27</v>
+      </c>
+      <c r="N337" t="s">
+        <v>28</v>
+      </c>
+      <c r="O337" t="s">
         <v>3123</v>
-      </c>
-[...19 lines deleted...]
-        <v>3125</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>65059</v>
+        <v>65032</v>
       </c>
       <c r="B338" t="s">
+        <v>3124</v>
+      </c>
+      <c r="C338" t="s">
+        <v>3125</v>
+      </c>
+      <c r="D338" t="s">
         <v>3126</v>
       </c>
-      <c r="C338" t="s">
+      <c r="E338" t="s">
         <v>3127</v>
       </c>
-      <c r="D338" t="s">
+      <c r="F338" t="s">
         <v>3128</v>
       </c>
-      <c r="E338" t="s">
+      <c r="G338" t="s">
         <v>3129</v>
       </c>
-      <c r="F338" t="s">
+      <c r="H338" t="s">
         <v>3130</v>
       </c>
-      <c r="G338" t="s">
+      <c r="I338" t="s">
         <v>3131</v>
-      </c>
-[...4 lines deleted...]
-        <v>3133</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
         <v>130</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
         <v>131</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3134</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>65060</v>
+        <v>65033</v>
       </c>
       <c r="B339" t="s">
+        <v>3133</v>
+      </c>
+      <c r="C339" t="s">
+        <v>3134</v>
+      </c>
+      <c r="D339" t="s">
         <v>3135</v>
       </c>
-      <c r="C339" t="s">
+      <c r="E339" t="s">
         <v>3136</v>
       </c>
-      <c r="D339" t="s">
+      <c r="F339" t="s">
         <v>3137</v>
       </c>
-      <c r="E339" t="s">
+      <c r="G339" t="s">
         <v>3138</v>
       </c>
-      <c r="F339" t="s">
+      <c r="H339" t="s">
         <v>3139</v>
       </c>
-      <c r="G339" t="s">
+      <c r="I339" t="s">
         <v>3140</v>
       </c>
-      <c r="H339" t="s">
+      <c r="J339" t="s">
+        <v>24</v>
+      </c>
+      <c r="K339" t="s">
         <v>3141</v>
       </c>
-      <c r="I339" t="s">
+      <c r="L339" t="s">
+        <v>26</v>
+      </c>
+      <c r="M339" t="s">
         <v>3142</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
         <v>3143</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>65061</v>
+        <v>65034</v>
       </c>
       <c r="B340" t="s">
         <v>3144</v>
       </c>
       <c r="C340" t="s">
         <v>3145</v>
       </c>
       <c r="D340" t="s">
         <v>3146</v>
       </c>
       <c r="E340" t="s">
         <v>3147</v>
       </c>
       <c r="F340" t="s">
         <v>3148</v>
       </c>
       <c r="G340" t="s">
         <v>3149</v>
       </c>
       <c r="H340" t="s">
         <v>3150</v>
       </c>
       <c r="I340" t="s">
         <v>3151</v>
       </c>
       <c r="J340" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K340" t="s">
-        <v>1383</v>
+        <v>2303</v>
       </c>
       <c r="L340" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M340" t="s">
-        <v>1384</v>
+        <v>2304</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
         <v>3152</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>65062</v>
+        <v>65035</v>
       </c>
       <c r="B341" t="s">
         <v>3153</v>
       </c>
       <c r="C341" t="s">
         <v>3154</v>
       </c>
       <c r="D341" t="s">
         <v>3155</v>
       </c>
       <c r="E341" t="s">
         <v>3156</v>
       </c>
       <c r="F341" t="s">
         <v>3157</v>
       </c>
       <c r="G341" t="s">
         <v>3158</v>
       </c>
       <c r="H341" t="s">
         <v>3159</v>
       </c>
       <c r="I341" t="s">
         <v>3160</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
         <v>25</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
         <v>27</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
         <v>3161</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>65063</v>
+        <v>65036</v>
       </c>
       <c r="B342" t="s">
         <v>3162</v>
       </c>
       <c r="C342" t="s">
         <v>3163</v>
       </c>
       <c r="D342" t="s">
         <v>3164</v>
       </c>
       <c r="E342" t="s">
         <v>3165</v>
       </c>
       <c r="F342" t="s">
         <v>3166</v>
       </c>
       <c r="G342" t="s">
         <v>3167</v>
       </c>
       <c r="H342" t="s">
         <v>3168</v>
       </c>
       <c r="I342" t="s">
         <v>3169</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
-        <v>883</v>
+        <v>25</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
-        <v>884</v>
+        <v>27</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
         <v>3170</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>65065</v>
+        <v>65037</v>
       </c>
       <c r="B343" t="s">
         <v>3171</v>
       </c>
       <c r="C343" t="s">
         <v>3172</v>
       </c>
       <c r="D343" t="s">
         <v>3173</v>
       </c>
       <c r="E343" t="s">
         <v>3174</v>
       </c>
       <c r="F343" t="s">
         <v>3175</v>
       </c>
       <c r="G343" t="s">
         <v>3176</v>
       </c>
       <c r="H343" t="s">
         <v>3177</v>
       </c>
       <c r="I343" t="s">
         <v>3178</v>
       </c>
       <c r="J343" t="s">
+        <v>24</v>
+      </c>
+      <c r="K343" t="s">
+        <v>25</v>
+      </c>
+      <c r="L343" t="s">
+        <v>26</v>
+      </c>
+      <c r="M343" t="s">
+        <v>27</v>
+      </c>
+      <c r="N343" t="s">
+        <v>28</v>
+      </c>
+      <c r="O343" t="s">
         <v>3179</v>
-      </c>
-[...13 lines deleted...]
-        <v>3181</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>65068</v>
+        <v>65038</v>
       </c>
       <c r="B344" t="s">
+        <v>3180</v>
+      </c>
+      <c r="C344" t="s">
+        <v>3181</v>
+      </c>
+      <c r="D344" t="s">
         <v>3182</v>
       </c>
-      <c r="C344" t="s">
+      <c r="E344" t="s">
         <v>3183</v>
       </c>
-      <c r="D344" t="s">
+      <c r="F344" t="s">
         <v>3184</v>
       </c>
-      <c r="E344" t="s">
+      <c r="G344" t="s">
         <v>3185</v>
       </c>
-      <c r="F344" t="s">
+      <c r="H344" t="s">
         <v>3186</v>
       </c>
-      <c r="G344" t="s">
+      <c r="I344" t="s">
         <v>3187</v>
       </c>
-      <c r="H344" t="s">
+      <c r="J344" t="s">
+        <v>24</v>
+      </c>
+      <c r="K344" t="s">
+        <v>130</v>
+      </c>
+      <c r="L344" t="s">
+        <v>26</v>
+      </c>
+      <c r="M344" t="s">
+        <v>131</v>
+      </c>
+      <c r="N344" t="s">
+        <v>28</v>
+      </c>
+      <c r="O344" t="s">
         <v>3188</v>
-      </c>
-[...19 lines deleted...]
-        <v>3190</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>65069</v>
+        <v>65039</v>
       </c>
       <c r="B345" t="s">
+        <v>3189</v>
+      </c>
+      <c r="C345" t="s">
+        <v>3190</v>
+      </c>
+      <c r="D345" t="s">
         <v>3191</v>
       </c>
-      <c r="C345" t="s">
+      <c r="E345" t="s">
         <v>3192</v>
       </c>
-      <c r="D345" t="s">
+      <c r="F345" t="s">
         <v>3193</v>
       </c>
-      <c r="E345" t="s">
+      <c r="G345" t="s">
         <v>3194</v>
       </c>
-      <c r="F345" t="s">
+      <c r="H345" t="s">
         <v>3195</v>
       </c>
-      <c r="G345" t="s">
+      <c r="I345" t="s">
         <v>3196</v>
-      </c>
-[...4 lines deleted...]
-        <v>3198</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
         <v>130</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
         <v>131</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3199</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>65071</v>
+        <v>65040</v>
       </c>
       <c r="B346" t="s">
+        <v>3198</v>
+      </c>
+      <c r="C346" t="s">
+        <v>3199</v>
+      </c>
+      <c r="D346" t="s">
         <v>3200</v>
       </c>
-      <c r="C346" t="s">
+      <c r="E346" t="s">
         <v>3201</v>
       </c>
-      <c r="D346" t="s">
+      <c r="F346" t="s">
         <v>3202</v>
       </c>
-      <c r="E346" t="s">
+      <c r="G346" t="s">
         <v>3203</v>
       </c>
-      <c r="F346" t="s">
+      <c r="H346" t="s">
         <v>3204</v>
       </c>
-      <c r="G346" t="s">
+      <c r="I346" t="s">
         <v>3205</v>
       </c>
-      <c r="H346" t="s">
+      <c r="J346" t="s">
+        <v>24</v>
+      </c>
+      <c r="K346" t="s">
+        <v>1576</v>
+      </c>
+      <c r="L346" t="s">
+        <v>26</v>
+      </c>
+      <c r="M346" t="s">
+        <v>1577</v>
+      </c>
+      <c r="N346" t="s">
+        <v>28</v>
+      </c>
+      <c r="O346" t="s">
         <v>3206</v>
-      </c>
-[...19 lines deleted...]
-        <v>3208</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>65073</v>
+        <v>65043</v>
       </c>
       <c r="B347" t="s">
+        <v>3207</v>
+      </c>
+      <c r="C347" t="s">
+        <v>3208</v>
+      </c>
+      <c r="D347" t="s">
         <v>3209</v>
       </c>
-      <c r="C347" t="s">
+      <c r="E347" t="s">
         <v>3210</v>
       </c>
-      <c r="D347" t="s">
+      <c r="F347" t="s">
         <v>3211</v>
       </c>
-      <c r="E347" t="s">
+      <c r="G347" t="s">
         <v>3212</v>
       </c>
-      <c r="F347" t="s">
+      <c r="H347" t="s">
         <v>3213</v>
       </c>
-      <c r="G347" t="s">
+      <c r="I347" t="s">
         <v>3214</v>
-      </c>
-[...4 lines deleted...]
-        <v>3216</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
         <v>25</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
         <v>27</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3217</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>65074</v>
+        <v>65044</v>
       </c>
       <c r="B348" t="s">
+        <v>3216</v>
+      </c>
+      <c r="C348" t="s">
+        <v>3217</v>
+      </c>
+      <c r="D348" t="s">
         <v>3218</v>
       </c>
-      <c r="C348" t="s">
+      <c r="E348" t="s">
         <v>3219</v>
       </c>
-      <c r="D348" t="s">
+      <c r="F348" t="s">
         <v>3220</v>
       </c>
-      <c r="E348" t="s">
+      <c r="G348" t="s">
         <v>3221</v>
       </c>
-      <c r="F348" t="s">
+      <c r="H348" t="s">
         <v>3222</v>
       </c>
-      <c r="G348" t="s">
+      <c r="I348" t="s">
         <v>3223</v>
       </c>
-      <c r="H348" t="s">
+      <c r="J348" t="s">
+        <v>24</v>
+      </c>
+      <c r="K348" t="s">
+        <v>25</v>
+      </c>
+      <c r="L348" t="s">
+        <v>26</v>
+      </c>
+      <c r="M348" t="s">
+        <v>27</v>
+      </c>
+      <c r="N348" t="s">
+        <v>28</v>
+      </c>
+      <c r="O348" t="s">
         <v>3224</v>
-      </c>
-[...19 lines deleted...]
-        <v>3228</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>65075</v>
+        <v>65045</v>
       </c>
       <c r="B349" t="s">
+        <v>3225</v>
+      </c>
+      <c r="C349" t="s">
+        <v>3226</v>
+      </c>
+      <c r="D349" t="s">
+        <v>3227</v>
+      </c>
+      <c r="E349" t="s">
+        <v>3228</v>
+      </c>
+      <c r="F349" t="s">
         <v>3229</v>
       </c>
-      <c r="C349" t="s">
+      <c r="G349" t="s">
         <v>3230</v>
       </c>
-      <c r="D349" t="s">
+      <c r="H349" t="s">
         <v>3231</v>
       </c>
-      <c r="E349" t="s">
+      <c r="I349" t="s">
         <v>3232</v>
       </c>
-      <c r="F349" t="s">
+      <c r="J349" t="s">
         <v>3233</v>
       </c>
-      <c r="G349" t="s">
+      <c r="K349" t="s">
         <v>3234</v>
       </c>
-      <c r="H349" t="s">
+      <c r="L349" t="s">
         <v>3235</v>
       </c>
-      <c r="I349" t="s">
+      <c r="M349" t="s">
         <v>3236</v>
-      </c>
-[...10 lines deleted...]
-        <v>2938</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
         <v>3237</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>65076</v>
+        <v>65046</v>
       </c>
       <c r="B350" t="s">
         <v>3238</v>
       </c>
       <c r="C350" t="s">
         <v>3239</v>
       </c>
       <c r="D350" t="s">
         <v>3240</v>
       </c>
       <c r="E350" t="s">
         <v>3241</v>
       </c>
       <c r="F350" t="s">
         <v>3242</v>
       </c>
       <c r="G350" t="s">
         <v>3243</v>
       </c>
       <c r="H350" t="s">
         <v>3244</v>
       </c>
       <c r="I350" t="s">
         <v>3245</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
         <v>3246</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>65077</v>
+        <v>65047</v>
       </c>
       <c r="B351" t="s">
         <v>3247</v>
       </c>
       <c r="C351" t="s">
         <v>3248</v>
       </c>
       <c r="D351" t="s">
         <v>3249</v>
       </c>
       <c r="E351" t="s">
         <v>3250</v>
       </c>
       <c r="F351" t="s">
         <v>3251</v>
       </c>
       <c r="G351" t="s">
         <v>3252</v>
       </c>
       <c r="H351" t="s">
         <v>3253</v>
       </c>
       <c r="I351" t="s">
         <v>3254</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>582</v>
+        <v>3234</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>584</v>
+        <v>3236</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
         <v>3255</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>65080</v>
+        <v>65049</v>
       </c>
       <c r="B352" t="s">
         <v>3256</v>
       </c>
       <c r="C352" t="s">
         <v>3257</v>
       </c>
       <c r="D352" t="s">
         <v>3258</v>
       </c>
       <c r="E352" t="s">
         <v>3259</v>
       </c>
       <c r="F352" t="s">
         <v>3260</v>
       </c>
       <c r="G352" t="s">
         <v>3261</v>
       </c>
       <c r="H352" t="s">
         <v>3262</v>
       </c>
       <c r="I352" t="s">
         <v>3263</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
-        <v>47</v>
+        <v>939</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
-        <v>48</v>
+        <v>940</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
         <v>3264</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>65081</v>
+        <v>65050</v>
       </c>
       <c r="B353" t="s">
         <v>3265</v>
       </c>
       <c r="C353" t="s">
         <v>3266</v>
       </c>
       <c r="D353" t="s">
         <v>3267</v>
       </c>
       <c r="E353" t="s">
         <v>3268</v>
       </c>
       <c r="F353" t="s">
         <v>3269</v>
       </c>
       <c r="G353" t="s">
         <v>3270</v>
       </c>
       <c r="H353" t="s">
         <v>3271</v>
       </c>
       <c r="I353" t="s">
         <v>3272</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
         <v>3273</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>65082</v>
+        <v>65051</v>
       </c>
       <c r="B354" t="s">
         <v>3274</v>
       </c>
       <c r="C354" t="s">
         <v>3275</v>
       </c>
       <c r="D354" t="s">
         <v>3276</v>
       </c>
       <c r="E354" t="s">
         <v>3277</v>
       </c>
       <c r="F354" t="s">
         <v>3278</v>
       </c>
       <c r="G354" t="s">
         <v>3279</v>
       </c>
       <c r="H354" t="s">
         <v>3280</v>
       </c>
       <c r="I354" t="s">
         <v>3281</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>47</v>
+        <v>582</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>48</v>
+        <v>584</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
         <v>3282</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>65083</v>
+        <v>65053</v>
       </c>
       <c r="B355" t="s">
         <v>3283</v>
       </c>
       <c r="C355" t="s">
         <v>3284</v>
       </c>
       <c r="D355" t="s">
         <v>3285</v>
       </c>
       <c r="E355" t="s">
         <v>3286</v>
       </c>
       <c r="F355" t="s">
         <v>3287</v>
       </c>
       <c r="G355" t="s">
         <v>3288</v>
       </c>
       <c r="H355" t="s">
         <v>3289</v>
       </c>
       <c r="I355" t="s">
         <v>3290</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
         <v>130</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
         <v>131</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
         <v>3291</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>65084</v>
+        <v>65054</v>
       </c>
       <c r="B356" t="s">
         <v>3292</v>
       </c>
       <c r="C356" t="s">
         <v>3293</v>
       </c>
       <c r="D356" t="s">
         <v>3294</v>
       </c>
       <c r="E356" t="s">
         <v>3295</v>
       </c>
       <c r="F356" t="s">
         <v>3296</v>
       </c>
       <c r="G356" t="s">
         <v>3297</v>
       </c>
       <c r="H356" t="s">
         <v>3298</v>
       </c>
       <c r="I356" t="s">
         <v>3299</v>
       </c>
       <c r="J356" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K356" t="s">
-        <v>25</v>
+        <v>168</v>
       </c>
       <c r="L356" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M356" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
         <v>3300</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>65085</v>
+        <v>65055</v>
       </c>
       <c r="B357" t="s">
         <v>3301</v>
       </c>
       <c r="C357" t="s">
         <v>3302</v>
       </c>
       <c r="D357" t="s">
         <v>3303</v>
       </c>
       <c r="E357" t="s">
         <v>3304</v>
       </c>
       <c r="F357" t="s">
         <v>3305</v>
       </c>
       <c r="G357" t="s">
         <v>3306</v>
       </c>
       <c r="H357" t="s">
         <v>3307</v>
       </c>
       <c r="I357" t="s">
         <v>3308</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>2101</v>
+        <v>2303</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>2102</v>
+        <v>2304</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
         <v>3309</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>65086</v>
+        <v>65057</v>
       </c>
       <c r="B358" t="s">
         <v>3310</v>
       </c>
       <c r="C358" t="s">
         <v>3311</v>
       </c>
       <c r="D358" t="s">
         <v>3312</v>
       </c>
       <c r="E358" t="s">
         <v>3313</v>
       </c>
       <c r="F358" t="s">
         <v>3314</v>
       </c>
       <c r="G358" t="s">
         <v>3315</v>
       </c>
       <c r="H358" t="s">
         <v>3316</v>
       </c>
       <c r="I358" t="s">
         <v>3317</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>130</v>
+        <v>724</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
-        <v>131</v>
+        <v>725</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
         <v>3318</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>65087</v>
+        <v>65058</v>
       </c>
       <c r="B359" t="s">
         <v>3319</v>
       </c>
       <c r="C359" t="s">
         <v>3320</v>
       </c>
       <c r="D359" t="s">
         <v>3321</v>
       </c>
       <c r="E359" t="s">
         <v>3322</v>
       </c>
       <c r="F359" t="s">
         <v>3323</v>
       </c>
       <c r="G359" t="s">
         <v>3324</v>
       </c>
       <c r="H359" t="s">
         <v>3325</v>
       </c>
       <c r="I359" t="s">
         <v>3326</v>
       </c>
       <c r="J359" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K359" t="s">
-        <v>130</v>
+        <v>534</v>
       </c>
       <c r="L359" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M359" t="s">
-        <v>131</v>
+        <v>535</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
         <v>3327</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>65088</v>
+        <v>65059</v>
       </c>
       <c r="B360" t="s">
         <v>3328</v>
       </c>
       <c r="C360" t="s">
         <v>3329</v>
       </c>
       <c r="D360" t="s">
         <v>3330</v>
       </c>
       <c r="E360" t="s">
         <v>3331</v>
       </c>
       <c r="F360" t="s">
         <v>3332</v>
       </c>
       <c r="G360" t="s">
         <v>3333</v>
       </c>
       <c r="H360" t="s">
         <v>3334</v>
       </c>
       <c r="I360" t="s">
         <v>3335</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
         <v>3336</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>65089</v>
+        <v>65060</v>
       </c>
       <c r="B361" t="s">
         <v>3337</v>
       </c>
       <c r="C361" t="s">
         <v>3338</v>
       </c>
       <c r="D361" t="s">
         <v>3339</v>
       </c>
       <c r="E361" t="s">
         <v>3340</v>
       </c>
       <c r="F361" t="s">
         <v>3341</v>
       </c>
       <c r="G361" t="s">
         <v>3342</v>
       </c>
       <c r="H361" t="s">
         <v>3343</v>
       </c>
       <c r="I361" t="s">
         <v>3344</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
         <v>3345</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>65090</v>
+        <v>65061</v>
       </c>
       <c r="B362" t="s">
         <v>3346</v>
       </c>
       <c r="C362" t="s">
         <v>3347</v>
       </c>
       <c r="D362" t="s">
         <v>3348</v>
       </c>
       <c r="E362" t="s">
         <v>3349</v>
       </c>
       <c r="F362" t="s">
         <v>3350</v>
       </c>
       <c r="G362" t="s">
         <v>3351</v>
       </c>
       <c r="H362" t="s">
         <v>3352</v>
       </c>
       <c r="I362" t="s">
         <v>3353</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>25</v>
+        <v>1576</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>27</v>
+        <v>1577</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
         <v>3354</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>65091</v>
+        <v>65062</v>
       </c>
       <c r="B363" t="s">
         <v>3355</v>
       </c>
       <c r="C363" t="s">
         <v>3356</v>
       </c>
       <c r="D363" t="s">
         <v>3357</v>
       </c>
       <c r="E363" t="s">
         <v>3358</v>
       </c>
       <c r="F363" t="s">
         <v>3359</v>
       </c>
       <c r="G363" t="s">
         <v>3360</v>
       </c>
       <c r="H363" t="s">
         <v>3361</v>
       </c>
       <c r="I363" t="s">
         <v>3362</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
         <v>25</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
         <v>27</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
         <v>3363</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>65092</v>
+        <v>65063</v>
       </c>
       <c r="B364" t="s">
         <v>3364</v>
       </c>
       <c r="C364" t="s">
         <v>3365</v>
       </c>
       <c r="D364" t="s">
         <v>3366</v>
       </c>
       <c r="E364" t="s">
         <v>3367</v>
       </c>
       <c r="F364" t="s">
         <v>3368</v>
       </c>
       <c r="G364" t="s">
         <v>3369</v>
       </c>
       <c r="H364" t="s">
         <v>3370</v>
       </c>
       <c r="I364" t="s">
         <v>3371</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
-        <v>130</v>
+        <v>892</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
-        <v>131</v>
+        <v>893</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
         <v>3372</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>65093</v>
+        <v>65065</v>
       </c>
       <c r="B365" t="s">
         <v>3373</v>
       </c>
       <c r="C365" t="s">
         <v>3374</v>
       </c>
       <c r="D365" t="s">
         <v>3375</v>
       </c>
       <c r="E365" t="s">
         <v>3376</v>
       </c>
       <c r="F365" t="s">
         <v>3377</v>
       </c>
       <c r="G365" t="s">
         <v>3378</v>
       </c>
       <c r="H365" t="s">
         <v>3379</v>
       </c>
       <c r="I365" t="s">
         <v>3380</v>
       </c>
       <c r="J365" t="s">
-        <v>24</v>
+        <v>3381</v>
       </c>
       <c r="K365" t="s">
-        <v>130</v>
+        <v>1576</v>
       </c>
       <c r="L365" t="s">
-        <v>26</v>
+        <v>3382</v>
       </c>
       <c r="M365" t="s">
-        <v>131</v>
+        <v>1577</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3381</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>65094</v>
+        <v>65068</v>
       </c>
       <c r="B366" t="s">
-        <v>3382</v>
+        <v>3384</v>
       </c>
       <c r="C366" t="s">
-        <v>3383</v>
+        <v>3385</v>
       </c>
       <c r="D366" t="s">
-        <v>3384</v>
+        <v>3386</v>
       </c>
       <c r="E366" t="s">
-        <v>3385</v>
+        <v>3387</v>
       </c>
       <c r="F366" t="s">
-        <v>3386</v>
+        <v>3388</v>
       </c>
       <c r="G366" t="s">
-        <v>3387</v>
+        <v>3389</v>
       </c>
       <c r="H366" t="s">
-        <v>3388</v>
+        <v>3390</v>
       </c>
       <c r="I366" t="s">
-        <v>3389</v>
+        <v>3391</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
-        <v>3390</v>
+        <v>25</v>
       </c>
       <c r="L366" t="s">
         <v>26</v>
       </c>
       <c r="M366" t="s">
-        <v>3391</v>
+        <v>27</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
         <v>3392</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>65095</v>
+        <v>65069</v>
       </c>
       <c r="B367" t="s">
         <v>3393</v>
       </c>
       <c r="C367" t="s">
         <v>3394</v>
       </c>
       <c r="D367" t="s">
         <v>3395</v>
       </c>
       <c r="E367" t="s">
         <v>3396</v>
       </c>
       <c r="F367" t="s">
         <v>3397</v>
       </c>
       <c r="G367" t="s">
         <v>3398</v>
       </c>
       <c r="H367" t="s">
         <v>3399</v>
       </c>
       <c r="I367" t="s">
         <v>3400</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
-        <v>582</v>
+        <v>130</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
-        <v>584</v>
+        <v>131</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
         <v>3401</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>65096</v>
+        <v>65071</v>
       </c>
       <c r="B368" t="s">
         <v>3402</v>
       </c>
       <c r="C368" t="s">
         <v>3403</v>
       </c>
       <c r="D368" t="s">
         <v>3404</v>
       </c>
       <c r="E368" t="s">
         <v>3405</v>
       </c>
       <c r="F368" t="s">
         <v>3406</v>
       </c>
       <c r="G368" t="s">
         <v>3407</v>
       </c>
       <c r="H368" t="s">
         <v>3408</v>
       </c>
       <c r="I368" t="s">
         <v>3409</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
         <v>25</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
         <v>27</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
         <v>3410</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>65097</v>
+        <v>65073</v>
       </c>
       <c r="B369" t="s">
         <v>3411</v>
       </c>
       <c r="C369" t="s">
         <v>3412</v>
       </c>
       <c r="D369" t="s">
         <v>3413</v>
       </c>
       <c r="E369" t="s">
         <v>3414</v>
       </c>
       <c r="F369" t="s">
         <v>3415</v>
       </c>
       <c r="G369" t="s">
         <v>3416</v>
       </c>
       <c r="H369" t="s">
         <v>3417</v>
       </c>
       <c r="I369" t="s">
         <v>3418</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
         <v>3419</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>65098</v>
+        <v>65074</v>
       </c>
       <c r="B370" t="s">
         <v>3420</v>
       </c>
       <c r="C370" t="s">
         <v>3421</v>
       </c>
       <c r="D370" t="s">
         <v>3422</v>
       </c>
       <c r="E370" t="s">
         <v>3423</v>
       </c>
       <c r="F370" t="s">
         <v>3424</v>
       </c>
       <c r="G370" t="s">
         <v>3425</v>
       </c>
       <c r="H370" t="s">
         <v>3426</v>
       </c>
       <c r="I370" t="s">
         <v>3427</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
-        <v>25</v>
+        <v>3428</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
-        <v>27</v>
+        <v>3429</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3428</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>65099</v>
+        <v>65075</v>
       </c>
       <c r="B371" t="s">
-        <v>3429</v>
+        <v>3431</v>
       </c>
       <c r="C371" t="s">
-        <v>3430</v>
+        <v>3432</v>
       </c>
       <c r="D371" t="s">
-        <v>3431</v>
+        <v>3433</v>
       </c>
       <c r="E371" t="s">
-        <v>3432</v>
+        <v>3434</v>
       </c>
       <c r="F371" t="s">
-        <v>3433</v>
+        <v>3435</v>
       </c>
       <c r="G371" t="s">
-        <v>3434</v>
+        <v>3436</v>
       </c>
       <c r="H371" t="s">
-        <v>3435</v>
+        <v>3437</v>
       </c>
       <c r="I371" t="s">
-        <v>3436</v>
+        <v>3438</v>
       </c>
       <c r="J371" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K371" t="s">
-        <v>130</v>
+        <v>3141</v>
       </c>
       <c r="L371" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M371" t="s">
-        <v>131</v>
+        <v>3142</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3437</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>65100</v>
+        <v>65076</v>
       </c>
       <c r="B372" t="s">
-        <v>3438</v>
+        <v>3440</v>
       </c>
       <c r="C372" t="s">
-        <v>3439</v>
+        <v>3441</v>
       </c>
       <c r="D372" t="s">
-        <v>3440</v>
+        <v>3442</v>
       </c>
       <c r="E372" t="s">
-        <v>3441</v>
+        <v>3443</v>
       </c>
       <c r="F372" t="s">
-        <v>3442</v>
+        <v>3444</v>
       </c>
       <c r="G372" t="s">
-        <v>3443</v>
+        <v>3445</v>
       </c>
       <c r="H372" t="s">
-        <v>3444</v>
+        <v>3446</v>
       </c>
       <c r="I372" t="s">
-        <v>3445</v>
+        <v>3447</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>2805</v>
+        <v>130</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>2806</v>
+        <v>131</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3446</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>65101</v>
+        <v>65077</v>
       </c>
       <c r="B373" t="s">
-        <v>3447</v>
+        <v>3449</v>
       </c>
       <c r="C373" t="s">
-        <v>3448</v>
+        <v>3450</v>
       </c>
       <c r="D373" t="s">
-        <v>3449</v>
+        <v>3451</v>
       </c>
       <c r="E373" t="s">
-        <v>3450</v>
+        <v>3452</v>
       </c>
       <c r="F373" t="s">
-        <v>3451</v>
+        <v>3453</v>
       </c>
       <c r="G373" t="s">
-        <v>3452</v>
+        <v>3454</v>
       </c>
       <c r="H373" t="s">
-        <v>3453</v>
+        <v>3455</v>
       </c>
       <c r="I373" t="s">
-        <v>3454</v>
+        <v>3456</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
-        <v>130</v>
+        <v>582</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
-        <v>131</v>
+        <v>584</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3455</v>
+        <v>3457</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>65102</v>
+        <v>65080</v>
       </c>
       <c r="B374" t="s">
-        <v>3456</v>
+        <v>3458</v>
       </c>
       <c r="C374" t="s">
-        <v>3457</v>
+        <v>3459</v>
       </c>
       <c r="D374" t="s">
-        <v>3458</v>
+        <v>3460</v>
       </c>
       <c r="E374" t="s">
-        <v>3459</v>
+        <v>3461</v>
       </c>
       <c r="F374" t="s">
-        <v>3460</v>
+        <v>3462</v>
       </c>
       <c r="G374" t="s">
-        <v>3461</v>
+        <v>3463</v>
       </c>
       <c r="H374" t="s">
-        <v>3462</v>
+        <v>3464</v>
       </c>
       <c r="I374" t="s">
-        <v>3463</v>
+        <v>3465</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3464</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>65104</v>
+        <v>65081</v>
       </c>
       <c r="B375" t="s">
-        <v>3465</v>
+        <v>3467</v>
       </c>
       <c r="C375" t="s">
-        <v>3466</v>
+        <v>3468</v>
       </c>
       <c r="D375" t="s">
-        <v>3467</v>
+        <v>3469</v>
       </c>
       <c r="E375" t="s">
-        <v>3468</v>
+        <v>3470</v>
       </c>
       <c r="F375" t="s">
-        <v>3469</v>
+        <v>3471</v>
       </c>
       <c r="G375" t="s">
-        <v>3470</v>
+        <v>3472</v>
       </c>
       <c r="H375" t="s">
-        <v>3471</v>
+        <v>3473</v>
       </c>
       <c r="I375" t="s">
-        <v>3472</v>
+        <v>3474</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
-        <v>3473</v>
+        <v>47</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
-        <v>3474</v>
+        <v>48</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
         <v>3475</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>65105</v>
+        <v>65082</v>
       </c>
       <c r="B376" t="s">
         <v>3476</v>
       </c>
       <c r="C376" t="s">
         <v>3477</v>
       </c>
       <c r="D376" t="s">
         <v>3478</v>
       </c>
       <c r="E376" t="s">
         <v>3479</v>
       </c>
       <c r="F376" t="s">
         <v>3480</v>
       </c>
       <c r="G376" t="s">
         <v>3481</v>
       </c>
       <c r="H376" t="s">
         <v>3482</v>
       </c>
       <c r="I376" t="s">
         <v>3483</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
         <v>3484</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>66392</v>
+        <v>65083</v>
       </c>
       <c r="B377" t="s">
         <v>3485</v>
       </c>
       <c r="C377" t="s">
         <v>3486</v>
       </c>
       <c r="D377" t="s">
         <v>3487</v>
       </c>
       <c r="E377" t="s">
         <v>3488</v>
       </c>
       <c r="F377" t="s">
         <v>3489</v>
       </c>
       <c r="G377" t="s">
         <v>3490</v>
       </c>
       <c r="H377" t="s">
         <v>3491</v>
       </c>
       <c r="I377" t="s">
         <v>3492</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
         <v>3493</v>
+      </c>
+    </row>
+    <row r="378" spans="1:15">
+      <c r="A378">
+        <v>65084</v>
+      </c>
+      <c r="B378" t="s">
+        <v>3494</v>
+      </c>
+      <c r="C378" t="s">
+        <v>3495</v>
+      </c>
+      <c r="D378" t="s">
+        <v>3496</v>
+      </c>
+      <c r="E378" t="s">
+        <v>3497</v>
+      </c>
+      <c r="F378" t="s">
+        <v>3498</v>
+      </c>
+      <c r="G378" t="s">
+        <v>3499</v>
+      </c>
+      <c r="H378" t="s">
+        <v>3500</v>
+      </c>
+      <c r="I378" t="s">
+        <v>3501</v>
+      </c>
+      <c r="J378" t="s">
+        <v>24</v>
+      </c>
+      <c r="K378" t="s">
+        <v>25</v>
+      </c>
+      <c r="L378" t="s">
+        <v>26</v>
+      </c>
+      <c r="M378" t="s">
+        <v>27</v>
+      </c>
+      <c r="N378" t="s">
+        <v>28</v>
+      </c>
+      <c r="O378" t="s">
+        <v>3502</v>
+      </c>
+    </row>
+    <row r="379" spans="1:15">
+      <c r="A379">
+        <v>65085</v>
+      </c>
+      <c r="B379" t="s">
+        <v>3503</v>
+      </c>
+      <c r="C379" t="s">
+        <v>3504</v>
+      </c>
+      <c r="D379" t="s">
+        <v>3505</v>
+      </c>
+      <c r="E379" t="s">
+        <v>3506</v>
+      </c>
+      <c r="F379" t="s">
+        <v>3507</v>
+      </c>
+      <c r="G379" t="s">
+        <v>3508</v>
+      </c>
+      <c r="H379" t="s">
+        <v>3509</v>
+      </c>
+      <c r="I379" t="s">
+        <v>3510</v>
+      </c>
+      <c r="J379" t="s">
+        <v>24</v>
+      </c>
+      <c r="K379" t="s">
+        <v>2303</v>
+      </c>
+      <c r="L379" t="s">
+        <v>26</v>
+      </c>
+      <c r="M379" t="s">
+        <v>2304</v>
+      </c>
+      <c r="N379" t="s">
+        <v>28</v>
+      </c>
+      <c r="O379" t="s">
+        <v>3511</v>
+      </c>
+    </row>
+    <row r="380" spans="1:15">
+      <c r="A380">
+        <v>65086</v>
+      </c>
+      <c r="B380" t="s">
+        <v>3512</v>
+      </c>
+      <c r="C380" t="s">
+        <v>3513</v>
+      </c>
+      <c r="D380" t="s">
+        <v>3514</v>
+      </c>
+      <c r="E380" t="s">
+        <v>3515</v>
+      </c>
+      <c r="F380" t="s">
+        <v>3516</v>
+      </c>
+      <c r="G380" t="s">
+        <v>3517</v>
+      </c>
+      <c r="H380" t="s">
+        <v>3518</v>
+      </c>
+      <c r="I380" t="s">
+        <v>3519</v>
+      </c>
+      <c r="J380" t="s">
+        <v>24</v>
+      </c>
+      <c r="K380" t="s">
+        <v>130</v>
+      </c>
+      <c r="L380" t="s">
+        <v>26</v>
+      </c>
+      <c r="M380" t="s">
+        <v>131</v>
+      </c>
+      <c r="N380" t="s">
+        <v>28</v>
+      </c>
+      <c r="O380" t="s">
+        <v>3520</v>
+      </c>
+    </row>
+    <row r="381" spans="1:15">
+      <c r="A381">
+        <v>65087</v>
+      </c>
+      <c r="B381" t="s">
+        <v>3521</v>
+      </c>
+      <c r="C381" t="s">
+        <v>3522</v>
+      </c>
+      <c r="D381" t="s">
+        <v>3523</v>
+      </c>
+      <c r="E381" t="s">
+        <v>3524</v>
+      </c>
+      <c r="F381" t="s">
+        <v>3525</v>
+      </c>
+      <c r="G381" t="s">
+        <v>3526</v>
+      </c>
+      <c r="H381" t="s">
+        <v>3527</v>
+      </c>
+      <c r="I381" t="s">
+        <v>3528</v>
+      </c>
+      <c r="J381" t="s">
+        <v>24</v>
+      </c>
+      <c r="K381" t="s">
+        <v>130</v>
+      </c>
+      <c r="L381" t="s">
+        <v>26</v>
+      </c>
+      <c r="M381" t="s">
+        <v>131</v>
+      </c>
+      <c r="N381" t="s">
+        <v>28</v>
+      </c>
+      <c r="O381" t="s">
+        <v>3529</v>
+      </c>
+    </row>
+    <row r="382" spans="1:15">
+      <c r="A382">
+        <v>65088</v>
+      </c>
+      <c r="B382" t="s">
+        <v>3530</v>
+      </c>
+      <c r="C382" t="s">
+        <v>3531</v>
+      </c>
+      <c r="D382" t="s">
+        <v>3532</v>
+      </c>
+      <c r="E382" t="s">
+        <v>3533</v>
+      </c>
+      <c r="F382" t="s">
+        <v>3534</v>
+      </c>
+      <c r="G382" t="s">
+        <v>3535</v>
+      </c>
+      <c r="H382" t="s">
+        <v>3536</v>
+      </c>
+      <c r="I382" t="s">
+        <v>3537</v>
+      </c>
+      <c r="J382" t="s">
+        <v>24</v>
+      </c>
+      <c r="K382" t="s">
+        <v>25</v>
+      </c>
+      <c r="L382" t="s">
+        <v>26</v>
+      </c>
+      <c r="M382" t="s">
+        <v>27</v>
+      </c>
+      <c r="N382" t="s">
+        <v>28</v>
+      </c>
+      <c r="O382" t="s">
+        <v>3538</v>
+      </c>
+    </row>
+    <row r="383" spans="1:15">
+      <c r="A383">
+        <v>65089</v>
+      </c>
+      <c r="B383" t="s">
+        <v>3539</v>
+      </c>
+      <c r="C383" t="s">
+        <v>3540</v>
+      </c>
+      <c r="D383" t="s">
+        <v>3541</v>
+      </c>
+      <c r="E383" t="s">
+        <v>3542</v>
+      </c>
+      <c r="F383" t="s">
+        <v>3543</v>
+      </c>
+      <c r="G383" t="s">
+        <v>3544</v>
+      </c>
+      <c r="H383" t="s">
+        <v>3545</v>
+      </c>
+      <c r="I383" t="s">
+        <v>3546</v>
+      </c>
+      <c r="J383" t="s">
+        <v>24</v>
+      </c>
+      <c r="K383" t="s">
+        <v>25</v>
+      </c>
+      <c r="L383" t="s">
+        <v>26</v>
+      </c>
+      <c r="M383" t="s">
+        <v>27</v>
+      </c>
+      <c r="N383" t="s">
+        <v>28</v>
+      </c>
+      <c r="O383" t="s">
+        <v>3547</v>
+      </c>
+    </row>
+    <row r="384" spans="1:15">
+      <c r="A384">
+        <v>65090</v>
+      </c>
+      <c r="B384" t="s">
+        <v>3548</v>
+      </c>
+      <c r="C384" t="s">
+        <v>3549</v>
+      </c>
+      <c r="D384" t="s">
+        <v>3550</v>
+      </c>
+      <c r="E384" t="s">
+        <v>3551</v>
+      </c>
+      <c r="F384" t="s">
+        <v>3552</v>
+      </c>
+      <c r="G384" t="s">
+        <v>3553</v>
+      </c>
+      <c r="H384" t="s">
+        <v>3554</v>
+      </c>
+      <c r="I384" t="s">
+        <v>3555</v>
+      </c>
+      <c r="J384" t="s">
+        <v>24</v>
+      </c>
+      <c r="K384" t="s">
+        <v>25</v>
+      </c>
+      <c r="L384" t="s">
+        <v>26</v>
+      </c>
+      <c r="M384" t="s">
+        <v>27</v>
+      </c>
+      <c r="N384" t="s">
+        <v>28</v>
+      </c>
+      <c r="O384" t="s">
+        <v>3556</v>
+      </c>
+    </row>
+    <row r="385" spans="1:15">
+      <c r="A385">
+        <v>65091</v>
+      </c>
+      <c r="B385" t="s">
+        <v>3557</v>
+      </c>
+      <c r="C385" t="s">
+        <v>3558</v>
+      </c>
+      <c r="D385" t="s">
+        <v>3559</v>
+      </c>
+      <c r="E385" t="s">
+        <v>3560</v>
+      </c>
+      <c r="F385" t="s">
+        <v>3561</v>
+      </c>
+      <c r="G385" t="s">
+        <v>3562</v>
+      </c>
+      <c r="H385" t="s">
+        <v>3563</v>
+      </c>
+      <c r="I385" t="s">
+        <v>3564</v>
+      </c>
+      <c r="J385" t="s">
+        <v>24</v>
+      </c>
+      <c r="K385" t="s">
+        <v>25</v>
+      </c>
+      <c r="L385" t="s">
+        <v>26</v>
+      </c>
+      <c r="M385" t="s">
+        <v>27</v>
+      </c>
+      <c r="N385" t="s">
+        <v>28</v>
+      </c>
+      <c r="O385" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="386" spans="1:15">
+      <c r="A386">
+        <v>65092</v>
+      </c>
+      <c r="B386" t="s">
+        <v>3566</v>
+      </c>
+      <c r="C386" t="s">
+        <v>3567</v>
+      </c>
+      <c r="D386" t="s">
+        <v>3568</v>
+      </c>
+      <c r="E386" t="s">
+        <v>3569</v>
+      </c>
+      <c r="F386" t="s">
+        <v>3570</v>
+      </c>
+      <c r="G386" t="s">
+        <v>3571</v>
+      </c>
+      <c r="H386" t="s">
+        <v>3572</v>
+      </c>
+      <c r="I386" t="s">
+        <v>3573</v>
+      </c>
+      <c r="J386" t="s">
+        <v>24</v>
+      </c>
+      <c r="K386" t="s">
+        <v>130</v>
+      </c>
+      <c r="L386" t="s">
+        <v>26</v>
+      </c>
+      <c r="M386" t="s">
+        <v>131</v>
+      </c>
+      <c r="N386" t="s">
+        <v>28</v>
+      </c>
+      <c r="O386" t="s">
+        <v>3574</v>
+      </c>
+    </row>
+    <row r="387" spans="1:15">
+      <c r="A387">
+        <v>65093</v>
+      </c>
+      <c r="B387" t="s">
+        <v>3575</v>
+      </c>
+      <c r="C387" t="s">
+        <v>3576</v>
+      </c>
+      <c r="D387" t="s">
+        <v>3577</v>
+      </c>
+      <c r="E387" t="s">
+        <v>3578</v>
+      </c>
+      <c r="F387" t="s">
+        <v>3579</v>
+      </c>
+      <c r="G387" t="s">
+        <v>3580</v>
+      </c>
+      <c r="H387" t="s">
+        <v>3581</v>
+      </c>
+      <c r="I387" t="s">
+        <v>3582</v>
+      </c>
+      <c r="J387" t="s">
+        <v>24</v>
+      </c>
+      <c r="K387" t="s">
+        <v>130</v>
+      </c>
+      <c r="L387" t="s">
+        <v>26</v>
+      </c>
+      <c r="M387" t="s">
+        <v>131</v>
+      </c>
+      <c r="N387" t="s">
+        <v>28</v>
+      </c>
+      <c r="O387" t="s">
+        <v>3583</v>
+      </c>
+    </row>
+    <row r="388" spans="1:15">
+      <c r="A388">
+        <v>65094</v>
+      </c>
+      <c r="B388" t="s">
+        <v>3584</v>
+      </c>
+      <c r="C388" t="s">
+        <v>3585</v>
+      </c>
+      <c r="D388" t="s">
+        <v>3586</v>
+      </c>
+      <c r="E388" t="s">
+        <v>3587</v>
+      </c>
+      <c r="F388" t="s">
+        <v>3588</v>
+      </c>
+      <c r="G388" t="s">
+        <v>3589</v>
+      </c>
+      <c r="H388" t="s">
+        <v>3590</v>
+      </c>
+      <c r="I388" t="s">
+        <v>3591</v>
+      </c>
+      <c r="J388" t="s">
+        <v>24</v>
+      </c>
+      <c r="K388" t="s">
+        <v>3592</v>
+      </c>
+      <c r="L388" t="s">
+        <v>26</v>
+      </c>
+      <c r="M388" t="s">
+        <v>3593</v>
+      </c>
+      <c r="N388" t="s">
+        <v>28</v>
+      </c>
+      <c r="O388" t="s">
+        <v>3594</v>
+      </c>
+    </row>
+    <row r="389" spans="1:15">
+      <c r="A389">
+        <v>65095</v>
+      </c>
+      <c r="B389" t="s">
+        <v>3595</v>
+      </c>
+      <c r="C389" t="s">
+        <v>3596</v>
+      </c>
+      <c r="D389" t="s">
+        <v>3597</v>
+      </c>
+      <c r="E389" t="s">
+        <v>3598</v>
+      </c>
+      <c r="F389" t="s">
+        <v>3599</v>
+      </c>
+      <c r="G389" t="s">
+        <v>3600</v>
+      </c>
+      <c r="H389" t="s">
+        <v>3601</v>
+      </c>
+      <c r="I389" t="s">
+        <v>3602</v>
+      </c>
+      <c r="J389" t="s">
+        <v>24</v>
+      </c>
+      <c r="K389" t="s">
+        <v>582</v>
+      </c>
+      <c r="L389" t="s">
+        <v>26</v>
+      </c>
+      <c r="M389" t="s">
+        <v>584</v>
+      </c>
+      <c r="N389" t="s">
+        <v>28</v>
+      </c>
+      <c r="O389" t="s">
+        <v>3603</v>
+      </c>
+    </row>
+    <row r="390" spans="1:15">
+      <c r="A390">
+        <v>65096</v>
+      </c>
+      <c r="B390" t="s">
+        <v>3604</v>
+      </c>
+      <c r="C390" t="s">
+        <v>3605</v>
+      </c>
+      <c r="D390" t="s">
+        <v>3606</v>
+      </c>
+      <c r="E390" t="s">
+        <v>3607</v>
+      </c>
+      <c r="F390" t="s">
+        <v>3608</v>
+      </c>
+      <c r="G390" t="s">
+        <v>3609</v>
+      </c>
+      <c r="H390" t="s">
+        <v>3610</v>
+      </c>
+      <c r="I390" t="s">
+        <v>3611</v>
+      </c>
+      <c r="J390" t="s">
+        <v>24</v>
+      </c>
+      <c r="K390" t="s">
+        <v>25</v>
+      </c>
+      <c r="L390" t="s">
+        <v>26</v>
+      </c>
+      <c r="M390" t="s">
+        <v>27</v>
+      </c>
+      <c r="N390" t="s">
+        <v>28</v>
+      </c>
+      <c r="O390" t="s">
+        <v>3612</v>
+      </c>
+    </row>
+    <row r="391" spans="1:15">
+      <c r="A391">
+        <v>65097</v>
+      </c>
+      <c r="B391" t="s">
+        <v>3613</v>
+      </c>
+      <c r="C391" t="s">
+        <v>3614</v>
+      </c>
+      <c r="D391" t="s">
+        <v>3615</v>
+      </c>
+      <c r="E391" t="s">
+        <v>3616</v>
+      </c>
+      <c r="F391" t="s">
+        <v>3617</v>
+      </c>
+      <c r="G391" t="s">
+        <v>3618</v>
+      </c>
+      <c r="H391" t="s">
+        <v>3619</v>
+      </c>
+      <c r="I391" t="s">
+        <v>3620</v>
+      </c>
+      <c r="J391" t="s">
+        <v>24</v>
+      </c>
+      <c r="K391" t="s">
+        <v>130</v>
+      </c>
+      <c r="L391" t="s">
+        <v>26</v>
+      </c>
+      <c r="M391" t="s">
+        <v>131</v>
+      </c>
+      <c r="N391" t="s">
+        <v>28</v>
+      </c>
+      <c r="O391" t="s">
+        <v>3621</v>
+      </c>
+    </row>
+    <row r="392" spans="1:15">
+      <c r="A392">
+        <v>65098</v>
+      </c>
+      <c r="B392" t="s">
+        <v>3622</v>
+      </c>
+      <c r="C392" t="s">
+        <v>3623</v>
+      </c>
+      <c r="D392" t="s">
+        <v>3624</v>
+      </c>
+      <c r="E392" t="s">
+        <v>3625</v>
+      </c>
+      <c r="F392" t="s">
+        <v>3626</v>
+      </c>
+      <c r="G392" t="s">
+        <v>3627</v>
+      </c>
+      <c r="H392" t="s">
+        <v>3628</v>
+      </c>
+      <c r="I392" t="s">
+        <v>3629</v>
+      </c>
+      <c r="J392" t="s">
+        <v>24</v>
+      </c>
+      <c r="K392" t="s">
+        <v>25</v>
+      </c>
+      <c r="L392" t="s">
+        <v>26</v>
+      </c>
+      <c r="M392" t="s">
+        <v>27</v>
+      </c>
+      <c r="N392" t="s">
+        <v>28</v>
+      </c>
+      <c r="O392" t="s">
+        <v>3630</v>
+      </c>
+    </row>
+    <row r="393" spans="1:15">
+      <c r="A393">
+        <v>65099</v>
+      </c>
+      <c r="B393" t="s">
+        <v>3631</v>
+      </c>
+      <c r="C393" t="s">
+        <v>3632</v>
+      </c>
+      <c r="D393" t="s">
+        <v>3633</v>
+      </c>
+      <c r="E393" t="s">
+        <v>3634</v>
+      </c>
+      <c r="F393" t="s">
+        <v>3635</v>
+      </c>
+      <c r="G393" t="s">
+        <v>3636</v>
+      </c>
+      <c r="H393" t="s">
+        <v>3637</v>
+      </c>
+      <c r="I393" t="s">
+        <v>3638</v>
+      </c>
+      <c r="J393" t="s">
+        <v>24</v>
+      </c>
+      <c r="K393" t="s">
+        <v>130</v>
+      </c>
+      <c r="L393" t="s">
+        <v>26</v>
+      </c>
+      <c r="M393" t="s">
+        <v>131</v>
+      </c>
+      <c r="N393" t="s">
+        <v>28</v>
+      </c>
+      <c r="O393" t="s">
+        <v>3639</v>
+      </c>
+    </row>
+    <row r="394" spans="1:15">
+      <c r="A394">
+        <v>65100</v>
+      </c>
+      <c r="B394" t="s">
+        <v>3640</v>
+      </c>
+      <c r="C394" t="s">
+        <v>3641</v>
+      </c>
+      <c r="D394" t="s">
+        <v>3642</v>
+      </c>
+      <c r="E394" t="s">
+        <v>3643</v>
+      </c>
+      <c r="F394" t="s">
+        <v>3644</v>
+      </c>
+      <c r="G394" t="s">
+        <v>3645</v>
+      </c>
+      <c r="H394" t="s">
+        <v>3646</v>
+      </c>
+      <c r="I394" t="s">
+        <v>3647</v>
+      </c>
+      <c r="J394" t="s">
+        <v>24</v>
+      </c>
+      <c r="K394" t="s">
+        <v>3009</v>
+      </c>
+      <c r="L394" t="s">
+        <v>26</v>
+      </c>
+      <c r="M394" t="s">
+        <v>3010</v>
+      </c>
+      <c r="N394" t="s">
+        <v>28</v>
+      </c>
+      <c r="O394" t="s">
+        <v>3648</v>
+      </c>
+    </row>
+    <row r="395" spans="1:15">
+      <c r="A395">
+        <v>65101</v>
+      </c>
+      <c r="B395" t="s">
+        <v>3649</v>
+      </c>
+      <c r="C395" t="s">
+        <v>3650</v>
+      </c>
+      <c r="D395" t="s">
+        <v>3651</v>
+      </c>
+      <c r="E395" t="s">
+        <v>3652</v>
+      </c>
+      <c r="F395" t="s">
+        <v>3653</v>
+      </c>
+      <c r="G395" t="s">
+        <v>3654</v>
+      </c>
+      <c r="H395" t="s">
+        <v>3655</v>
+      </c>
+      <c r="I395" t="s">
+        <v>3656</v>
+      </c>
+      <c r="J395" t="s">
+        <v>24</v>
+      </c>
+      <c r="K395" t="s">
+        <v>130</v>
+      </c>
+      <c r="L395" t="s">
+        <v>26</v>
+      </c>
+      <c r="M395" t="s">
+        <v>131</v>
+      </c>
+      <c r="N395" t="s">
+        <v>28</v>
+      </c>
+      <c r="O395" t="s">
+        <v>3657</v>
+      </c>
+    </row>
+    <row r="396" spans="1:15">
+      <c r="A396">
+        <v>65102</v>
+      </c>
+      <c r="B396" t="s">
+        <v>3658</v>
+      </c>
+      <c r="C396" t="s">
+        <v>3659</v>
+      </c>
+      <c r="D396" t="s">
+        <v>3660</v>
+      </c>
+      <c r="E396" t="s">
+        <v>3661</v>
+      </c>
+      <c r="F396" t="s">
+        <v>3662</v>
+      </c>
+      <c r="G396" t="s">
+        <v>3663</v>
+      </c>
+      <c r="H396" t="s">
+        <v>3664</v>
+      </c>
+      <c r="I396" t="s">
+        <v>3665</v>
+      </c>
+      <c r="J396" t="s">
+        <v>24</v>
+      </c>
+      <c r="K396" t="s">
+        <v>25</v>
+      </c>
+      <c r="L396" t="s">
+        <v>26</v>
+      </c>
+      <c r="M396" t="s">
+        <v>27</v>
+      </c>
+      <c r="N396" t="s">
+        <v>28</v>
+      </c>
+      <c r="O396" t="s">
+        <v>3666</v>
+      </c>
+    </row>
+    <row r="397" spans="1:15">
+      <c r="A397">
+        <v>65104</v>
+      </c>
+      <c r="B397" t="s">
+        <v>3667</v>
+      </c>
+      <c r="C397" t="s">
+        <v>3668</v>
+      </c>
+      <c r="D397" t="s">
+        <v>3669</v>
+      </c>
+      <c r="E397" t="s">
+        <v>3670</v>
+      </c>
+      <c r="F397" t="s">
+        <v>3671</v>
+      </c>
+      <c r="G397" t="s">
+        <v>3672</v>
+      </c>
+      <c r="H397" t="s">
+        <v>3673</v>
+      </c>
+      <c r="I397" t="s">
+        <v>3674</v>
+      </c>
+      <c r="J397" t="s">
+        <v>24</v>
+      </c>
+      <c r="K397" t="s">
+        <v>3675</v>
+      </c>
+      <c r="L397" t="s">
+        <v>26</v>
+      </c>
+      <c r="M397" t="s">
+        <v>3676</v>
+      </c>
+      <c r="N397" t="s">
+        <v>28</v>
+      </c>
+      <c r="O397" t="s">
+        <v>3677</v>
+      </c>
+    </row>
+    <row r="398" spans="1:15">
+      <c r="A398">
+        <v>65105</v>
+      </c>
+      <c r="B398" t="s">
+        <v>3678</v>
+      </c>
+      <c r="C398" t="s">
+        <v>3679</v>
+      </c>
+      <c r="D398" t="s">
+        <v>3680</v>
+      </c>
+      <c r="E398" t="s">
+        <v>3681</v>
+      </c>
+      <c r="F398" t="s">
+        <v>3682</v>
+      </c>
+      <c r="G398" t="s">
+        <v>3683</v>
+      </c>
+      <c r="H398" t="s">
+        <v>3684</v>
+      </c>
+      <c r="I398" t="s">
+        <v>3685</v>
+      </c>
+      <c r="J398" t="s">
+        <v>24</v>
+      </c>
+      <c r="K398" t="s">
+        <v>130</v>
+      </c>
+      <c r="L398" t="s">
+        <v>26</v>
+      </c>
+      <c r="M398" t="s">
+        <v>131</v>
+      </c>
+      <c r="N398" t="s">
+        <v>28</v>
+      </c>
+      <c r="O398" t="s">
+        <v>3686</v>
+      </c>
+    </row>
+    <row r="399" spans="1:15">
+      <c r="A399">
+        <v>66392</v>
+      </c>
+      <c r="B399" t="s">
+        <v>3687</v>
+      </c>
+      <c r="C399" t="s">
+        <v>3688</v>
+      </c>
+      <c r="D399" t="s">
+        <v>3689</v>
+      </c>
+      <c r="E399" t="s">
+        <v>3690</v>
+      </c>
+      <c r="F399" t="s">
+        <v>3691</v>
+      </c>
+      <c r="G399" t="s">
+        <v>3692</v>
+      </c>
+      <c r="H399" t="s">
+        <v>3693</v>
+      </c>
+      <c r="I399" t="s">
+        <v>3694</v>
+      </c>
+      <c r="J399" t="s">
+        <v>24</v>
+      </c>
+      <c r="K399" t="s">
+        <v>25</v>
+      </c>
+      <c r="L399" t="s">
+        <v>26</v>
+      </c>
+      <c r="M399" t="s">
+        <v>27</v>
+      </c>
+      <c r="N399" t="s">
+        <v>28</v>
+      </c>
+      <c r="O399" t="s">
+        <v>3695</v>
+      </c>
+    </row>
+    <row r="400" spans="1:15">
+      <c r="A400">
+        <v>66512</v>
+      </c>
+      <c r="B400" t="s">
+        <v>2842</v>
+      </c>
+      <c r="C400" t="s">
+        <v>3696</v>
+      </c>
+      <c r="D400" t="s">
+        <v>3697</v>
+      </c>
+      <c r="E400" t="s">
+        <v>3698</v>
+      </c>
+      <c r="F400" t="s">
+        <v>3699</v>
+      </c>
+      <c r="G400" t="s">
+        <v>2847</v>
+      </c>
+      <c r="H400" t="s">
+        <v>2848</v>
+      </c>
+      <c r="I400" t="s">
+        <v>2849</v>
+      </c>
+      <c r="J400" t="s">
+        <v>24</v>
+      </c>
+      <c r="K400" t="s">
+        <v>3700</v>
+      </c>
+      <c r="L400" t="s">
+        <v>26</v>
+      </c>
+      <c r="M400" t="s">
+        <v>3701</v>
+      </c>
+      <c r="N400" t="s">
+        <v>28</v>
+      </c>
+      <c r="O400" t="s">
+        <v>3702</v>
+      </c>
+    </row>
+    <row r="401" spans="1:15">
+      <c r="A401">
+        <v>66515</v>
+      </c>
+      <c r="B401" t="s">
+        <v>3703</v>
+      </c>
+      <c r="C401" t="s">
+        <v>3704</v>
+      </c>
+      <c r="D401" t="s">
+        <v>3705</v>
+      </c>
+      <c r="E401" t="s">
+        <v>3706</v>
+      </c>
+      <c r="F401" t="s">
+        <v>3707</v>
+      </c>
+      <c r="G401" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H401" t="s">
+        <v>3708</v>
+      </c>
+      <c r="I401" t="s">
+        <v>3709</v>
+      </c>
+      <c r="J401" t="s">
+        <v>24</v>
+      </c>
+      <c r="K401" t="s">
+        <v>3700</v>
+      </c>
+      <c r="L401" t="s">
+        <v>26</v>
+      </c>
+      <c r="M401" t="s">
+        <v>3701</v>
+      </c>
+      <c r="N401" t="s">
+        <v>28</v>
+      </c>
+      <c r="O401" t="s">
+        <v>3710</v>
+      </c>
+    </row>
+    <row r="402" spans="1:15">
+      <c r="A402">
+        <v>66516</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C402" t="s">
+        <v>3711</v>
+      </c>
+      <c r="D402" t="s">
+        <v>3712</v>
+      </c>
+      <c r="E402" t="s">
+        <v>3713</v>
+      </c>
+      <c r="F402" t="s">
+        <v>3714</v>
+      </c>
+      <c r="G402" t="s">
+        <v>3715</v>
+      </c>
+      <c r="H402" t="s">
+        <v>3716</v>
+      </c>
+      <c r="I402" t="s">
+        <v>1436</v>
+      </c>
+      <c r="J402" t="s">
+        <v>24</v>
+      </c>
+      <c r="K402" t="s">
+        <v>130</v>
+      </c>
+      <c r="L402" t="s">
+        <v>26</v>
+      </c>
+      <c r="M402" t="s">
+        <v>131</v>
+      </c>
+      <c r="N402" t="s">
+        <v>28</v>
+      </c>
+      <c r="O402" t="s">
+        <v>3717</v>
+      </c>
+    </row>
+    <row r="403" spans="1:15">
+      <c r="A403">
+        <v>66520</v>
+      </c>
+      <c r="B403" t="s">
+        <v>3718</v>
+      </c>
+      <c r="C403" t="s">
+        <v>3719</v>
+      </c>
+      <c r="D403" t="s">
+        <v>3720</v>
+      </c>
+      <c r="E403" t="s">
+        <v>3721</v>
+      </c>
+      <c r="F403" t="s">
+        <v>3722</v>
+      </c>
+      <c r="G403" t="s">
+        <v>3719</v>
+      </c>
+      <c r="H403" t="s">
+        <v>3723</v>
+      </c>
+      <c r="I403" t="s">
+        <v>3724</v>
+      </c>
+      <c r="J403" t="s">
+        <v>24</v>
+      </c>
+      <c r="K403" t="s">
+        <v>25</v>
+      </c>
+      <c r="L403" t="s">
+        <v>26</v>
+      </c>
+      <c r="M403" t="s">
+        <v>27</v>
+      </c>
+      <c r="N403" t="s">
+        <v>28</v>
+      </c>
+      <c r="O403" t="s">
+        <v>3725</v>
+      </c>
+    </row>
+    <row r="404" spans="1:15">
+      <c r="A404">
+        <v>66523</v>
+      </c>
+      <c r="B404" t="s">
+        <v>3726</v>
+      </c>
+      <c r="C404" t="s">
+        <v>3719</v>
+      </c>
+      <c r="D404" t="s">
+        <v>3727</v>
+      </c>
+      <c r="E404" t="s">
+        <v>3728</v>
+      </c>
+      <c r="F404" t="s">
+        <v>3729</v>
+      </c>
+      <c r="G404" t="s">
+        <v>3719</v>
+      </c>
+      <c r="H404" t="s">
+        <v>3730</v>
+      </c>
+      <c r="I404" t="s">
+        <v>3731</v>
+      </c>
+      <c r="J404" t="s">
+        <v>24</v>
+      </c>
+      <c r="K404" t="s">
+        <v>47</v>
+      </c>
+      <c r="L404" t="s">
+        <v>26</v>
+      </c>
+      <c r="M404" t="s">
+        <v>48</v>
+      </c>
+      <c r="N404" t="s">
+        <v>28</v>
+      </c>
+      <c r="O404" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="405" spans="1:15">
+      <c r="A405">
+        <v>66524</v>
+      </c>
+      <c r="B405" t="s">
+        <v>3012</v>
+      </c>
+      <c r="C405" t="s">
+        <v>3733</v>
+      </c>
+      <c r="D405" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E405" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F405" t="s">
+        <v>3736</v>
+      </c>
+      <c r="G405" t="s">
+        <v>3017</v>
+      </c>
+      <c r="H405" t="s">
+        <v>3018</v>
+      </c>
+      <c r="I405" t="s">
+        <v>3019</v>
+      </c>
+      <c r="J405" t="s">
+        <v>24</v>
+      </c>
+      <c r="K405" t="s">
+        <v>130</v>
+      </c>
+      <c r="L405" t="s">
+        <v>26</v>
+      </c>
+      <c r="M405" t="s">
+        <v>131</v>
+      </c>
+      <c r="N405" t="s">
+        <v>28</v>
+      </c>
+      <c r="O405" t="s">
+        <v>3737</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">