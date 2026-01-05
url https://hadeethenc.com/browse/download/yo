--- v1 (2025-11-24)
+++ v2 (2026-01-05)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3738">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3747">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Yorùbá
 # Source: https://hadeethenc.com/yo
-# Last update: 2025-11-12 00:21:06 (v1.11.0)
-# Check for updates: https://hadeethenc.com/en/check/yo/v1.11.0
+# Last update: 2025-12-09 16:48:10 (v1.12.0)
+# Check for updates: https://hadeethenc.com/en/check/yo/v1.12.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -3682,50 +3682,96 @@
 فمَن كَرِهَ بقلبِه المنكر ولم يَقدر على الإنكار؛ فقد برىء من الإثم والنفاق، 
 ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سَلِم مِن المعصية والمشاركة فيها، 
 ولكنْ مَن رضي فِعْلَهم وتابَعَهم عليه يهلك كما هلكوا.
 ثم سألوا النبي صلى الله عليه وسلم: ألا نقاتل وُلاةَ الأمرِ الذين هذه صفتُهم؟ فنهاهم عن ذلك، وقال: لا، ما أقاموا فيكم الصلاة.</t>
   </si>
   <si>
     <t>Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- sọ pe awọn olori kan maa jẹ lé wa lori, a maa mọ awọn kan ninu awọn iṣẹ wọn; nitori pe wọn ba nnkan ti wọn mọ ninu Sharia mu, a si maa tako awọn kan ninu wọn; nitori wọn yapa ìyẹn, Ẹni ti o ba korira ibajẹ pẹlu ọkan rẹ, ti ko kapa lori atako; o ti bọ kuro ninu ẹṣẹ ati ṣọbẹ-selu, Ẹni ti o ba kapa lori atako pẹlu ọwọ tabi ahọn, ti o wa tako ìyẹn fun wọn o ti la kuro nibi ẹṣẹ ati kikopa nibẹ, Ṣugbọn ẹni ti o ba yọnu si iṣe wọn ti o si tẹle wọn lori rẹ, o maa parun gẹgẹ bi wọn ṣe parun.
 Lẹyin naa wọn bi Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- leere pe: Njẹ a ko nii ba awọn adari ti wọn ṣe pe eyi ni iroyin wọn ja? O wa kọ fun wọn kuro nibẹ, o wa sọ pe: Rara, lópin ìgbà tí wọ́n ba ṣi n gbé ìrun duro láàárín yin.</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
     <t>Ninu awọn itọka ìjẹ́ anabi Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- ni sisọ nnkan ti o maa ṣẹlẹ̀ ninu awọn kọ̀kọ̀ ati ṣiṣẹlẹ rẹ bi o ṣe sọ.
 Iyọnu si ibajẹ ko lẹtọọ tabi kikopa nibẹ, titako o si jẹ dandan.
 Ti awọn adari ba da nnkan ti o tako Sharia silẹ, itẹle wọn nibi ìyẹn ko lẹtọọ.
 Ailẹtọọ jijade si awọn adari Musulumi; nitori nnkan ti o wa ninu ìyẹn ninu ibajẹ ati ita ẹjẹ silẹ ati lílọ ifọkanbalẹ, itẹmọra ibajẹ awọn adari ẹlẹṣẹ, ati ṣíṣe suuru lori suta wọn rọrun ju ìyẹn lọ.
 Irun, ọrọ rẹ tobi, oun ni iyatọ laaarin aigbagbọ ati Isilaamu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/3481</t>
+  </si>
+  <si>
+    <t>أعطيت خمسا لم يعطهن أحد قبلي</t>
+  </si>
+  <si>
+    <t>wan tí fún mí ni nkán márùn tí wan kọ fún ẹni kánkan síwájú mí</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُعْطِيتُ خَمْسًا لَمْ يُعْطَهُنَّ أَحَدٌ قَبْلِي: نُصِرْتُ بِالرُّعْبِ مَسِيرَةَ شَهْرٍ، وَجُعِلَتْ لِي الأَرْضُ مَسْجِدًا وَطَهُورًا، فَأَيُّمَا رَجُلٍ مِنْ أُمَّتِي أَدْرَكَتْهُ الصَّلاَةُ فَلْيُصَلِّ، وَأُحِلَّتْ لِي المَغَانِمُ، وَلَمْ تَحِلَّ لِأَحَدٍ قَبْلِي، وَأُعْطِيتُ الشَّفَاعَةَ، وَكَانَ النَّبِيُّ يُبْعَثُ إِلَى قَوْمِهِ خَاصَّةً وَبُعِثْتُ إِلَى النَّاسِ عَامَّةً».</t>
+  </si>
+  <si>
+    <t>Láti ọdọ Jaabir ọmọ Abdullahi kí Ọlọhun yọnu sí awan méjèjì, dájú dájú anọbi kí ikẹ Ọlọhun àti Ọlá Rẹ má bà sọ pé: « wan tí fún mí ni nkán márùn tí wan kọ fún ẹni kánkan síwájú mí :  wan fí ọwọ àti igbakẹ kankan mú aranse ba mí</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله أعطاه خمسَ خصالٍ لم يُعْطَهُنَّ أحدٌ مِن الأنبياء قبله: 
+أولًا: نُصِرْتُ بالرُّعْب يُقذَف في قُلوب أعدائي ولو كان بيني وبينهم مَسِيْرَة شهر. 
+ثانيًا: جُعِلَت لنا الأرضُ مسجدًا نُصلِّي أينَما كُنَّا، وطَهُورًا بالتُّراب عند العَجْز عن الماء. 
+ثالثًا: أُحِلَّتْ لنا غَنائمُ الحَرْب، وهي التي يأخذُها المسلمون في حربِهم مع الكفار. 
+رابعًا: أُعْطِيْتُ الشَّفاعَة العُظْمَى في إراحة الناس مِن هَوْلِ مَوْقِفِ يوم القيامة. 
+خامسًا: أُرسِلْتُ إلى الخَلْق كافة إنسِهم وجنِّهم، بخلاف الأنبياء قبله فكانوا يبعثون إلى أقوامهم فقط.</t>
+  </si>
+  <si>
+    <t>Anọbi kí ikẹ àti ọlá Ọlọhun máa ba fún wa miró pé dájú dájú Ọlọhun ti fún òun ni nkán márùn tí Ọlọhun kọ fún ẹnikan nínú awani anọbi síwájú rẹ:
+Alakọkọ: wan ràn mise pẹlu ìbẹrù tí wan nju sínú ọkan awàn ọtá mí , kò dá kí o já sipe kí Jinan mí sí ìbi tí wan wa le gbani ni  irinajo osù kàn gbáko.
+Ẹlẹẹkeji: wan se ilẹlẹ ni ààyè ifori kanlẹ fún wa tí a o máa kirun níbi kí bí tí a ba wa, wan tún se ni nkán imọra pẹlu lílo iyẹpẹ nígbàtí a bà kagara láti lọ omi.
+Ẹlẹkẹta: wan se ọrọ ogún lẹtọ fún wa , òun ni nkan tí awàn musulumi nri gbà ní ojú ogún pẹlu awan alaigbagbọ.
+Ẹlẹkẹrin: wan fun mí ni isipẹ tí o to bi jùlọ níbi ìfun awan ènìyàn ni ìsimi níbi ìbẹrù bojo ibuduro ọjọ igbende.
+Ẹlẹkaarun: wan ràn mí  sí gbogbo ẹda lapapọ àti eniyan àti alujannu wan yatọ sí ti awan anọbi tí wan síwájú rẹ, wan  ran wan sí awan ìjọ wan nìkan ní .</t>
+  </si>
+  <si>
+    <t>مشروعية تَعديد العبد لِنِعَم الله عليه إخبارًا بها وشُكرًا لله عليها.
+فضل الله عز وجل على هذه الأمة وعلى نبيِّها بهذه الخِصال.
+وجوب فعل الصلاة في وقتِها على أيِّ حالٍ كانت، ويَفعل ما يَقدر عليه من شروطها وأركانها وواجباتها.
+الشفاعة التي اختص بها النبي صلى الله عليه وسلم من بين الأنبياء، أنواع؛ أحدها: شفاعته للخلق في فَصْلِ القَضَاء بينهم، ومنها: شفاعته في دخول أهل الجنة الجنة، ومنها: شفاعته خاصة في عمِّه أبي طالب في تخفيف النار عنه لا في الخروج؛ لأنه مات كافرًا.
+خِصال للنبي صلى الله عليه وسلم كثيرة لم تُذْكَر في هذا الحديث ومنها: أُعْطِيَ جوامع الكلم، وخُتِمَ به النبيُّون، وجُعلت صفوفُنا كصفوف الملائكة وغيرها من الخصال.</t>
+  </si>
+  <si>
+    <t>Biba òfin ẹṣin Islam mu pé kí ẹrú máa se onka awan idẹra  tí Ọlọhun ṣe fún láti sọ jáde , àti láti fí ọpẹ fún Ọlọhun lórí idẹra náà.
+Ọlá Ọlọhun tí o gbangban tí o sí tóbi lórí ìjọ yí àti èyí to ṣe fún anọbi wa pẹlu awan nkán tí o da se fún wanyi.
+Ṣíṣe kikun ni àsìko rẹ ní ọranyan pẹlu èyí k'eyi isesi tí kìí baa jẹ , àti ṣíṣe awàn nkán tí ipa ba ka nínú awani monjẹmu rẹ ati awon origun pẹlu ọranyan rẹ.
+Orisirisi mí Isipẹ tí wan dá fun  anọbi kí ikẹ Ọlọhun àti Ọlá Rẹ má bà  láàrin awan anọbi :
+Alakọkọ ni : ṣíṣe ipẹ rẹ fún gbogbo ẹda láti ṣe ìdájọ láàrin won lasiko. Nínú rẹ ní isipẹ rẹ fún awán ọmọ alujanna láti wíwọ ọgbà idẹra , nínú rẹ tún ni : isipẹ rẹ fún ẹgban bàbá rẹ tii se Bàbá Tolib pé kí  wan se ìyá rẹ ní fufu yẹ, , tí kí se isipẹ fún kí o jáde kúrò ninú inan, nítorípé o ku ni a lai gbagbọ .
+Awan ìròyìn ẹsa anọbi kí ikẹ Ọlọhun àti Ọlá rẹ máa ba pọ tí wan ko darukọ nínú hadith ( ọrọ anọbi ) yí ,  nínú rẹ ní ; wan fún ní ìgbé ọrọ kalẹ tí yóò kò ọpọ nkán sínú, òun sí ni wan parí awan anọbi, wan si tún se tito ila wa lori Irun  gẹgẹ bí tito ila awan iransẹ Ọlọhun (Malaikah ) àti awan ìròyìn ẹsa bẹbẹ lọ</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/3503</t>
   </si>
   <si>
     <t>بايعت رسول الله صلى الله عليه وسلم على شهادة أن لا إله إلا الله، وأن محمدا رسول الله، وإقام الصلاة، وإيتاء الزكاة، والسمع والطاعة، والنصح لكل مسلم</t>
   </si>
   <si>
     <t>Mo ṣadehun fun ojiṣẹ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- lori jijẹrii pe ko si ẹnikan ti ijọsin tọ si afi Ọlọhun, ati pe dajudaju Muhammad ojiṣẹ Ọlọhun ni, ati gbigbe irun duro, ati yiyọ saka, ati gbigbọ ati itẹle, ati ṣíṣe iṣiti fun gbogbo Musulumi</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِِ بْنِ عَبْدِ اللَّهِ رضي الله عنه قَالَ: بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ.</t>
   </si>
   <si>
     <t>Lati ọdọ Jareer ọmọ Abdullahi- ki Ọlọhun yọnu si i- o sọ pe: Mo ṣadehun fun ojiṣẹ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- lori jijẹrii pe ko si ẹnikan ti ijọsin tọ si afi Ọlọhun, ati pe dajudaju Muhammad ojiṣẹ Ọlọhun ni, ati gbigbe irun duro, ati yiyọ saka, ati gbigbọ ati itẹle, ati ṣíṣe iṣiti fun gbogbo Musulumi.</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ جريرُ بنِ عبدِ الله رضي الله عنه أنه التزمَ وعاهَدَ النبيَّ صلى الله عليه وسلم على التوحيد وأداء الصلوات الخمس المفروضات في اليوم والليلة، بشروطها وأركانها وواجباتها وسننها، وعلى أداء الزكاة المكتوبة، وهي عبادة مالية واجبة، تؤخذ من الأغنياء وتعطى المستحقين مِن الفقراء وغيرهم، وعلى الطاعة لولاة الأمر، والنصح لكل مسلم، وذلك بالحرص على منفعته، وإيصال الخير إليه، ودفع الشر عنه بالقول والفعل.</t>
   </si>
   <si>
     <t>Saabe Jareer ọmọ Abdullahi- ki Ọlọhun yọnu si i- n sọ pe oun dunnimọ oun si ṣadehun fun Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- lori imu Ọlọhun ni ọkan ṣoṣo ati pipe awọn irun maraarun-un ti wọn jẹ ọran-anyan ni ọsan ati alẹ, pẹlu awọn majẹmu rẹ ati awọn origun rẹ ati awọn dandan rẹ ati awọn sunnah rẹ, ati lori pipe saka ti a ṣe ni ọran-anyan, oun ni ijọsin ti owo ti o jẹ dandan, ti wọn maa n gba lọwọ awọn ọlọrọ ti wọn si maa n fun awọn ti wọn lẹtọọ si i ninu awọn alaini ati awọn ti wọn yàtọ̀ si wọn, ati lori itẹle fun awọn adari, ati iṣiti fun gbogbo Musulumi, ìyẹn pẹlu ṣíṣe ojúkòkòrò láti ṣe e ni anfaani, ati mimu daadaa de ọdọ rẹ, ati titi aburu danu fun un pẹlu ọrọ ati iṣẹ.</t>
   </si>
   <si>
     <t>أهمية الصلاة والزكاة، وهما من أركان الإسلام.
 أهمية النصح والتناصح بين المسلمين، حتى بايع رسول الله صلى الله عليه وسلم الصحابة رضي الله عنهم عليها.</t>
   </si>
   <si>
     <t>Pataki irun kiki ati saka yiyọ, ati pe mejeeji wa ninu awọn origun Isilaamu.
@@ -15016,51 +15062,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O405"/>
+  <dimension ref="A1:O406"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -19637,14428 +19683,14475 @@
       </c>
       <c r="I99" t="s">
         <v>920</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
         <v>130</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
         <v>131</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>3512</v>
+        <v>3503</v>
       </c>
       <c r="B100" t="s">
         <v>922</v>
       </c>
       <c r="C100" t="s">
         <v>923</v>
       </c>
       <c r="D100" t="s">
         <v>924</v>
       </c>
       <c r="E100" t="s">
         <v>925</v>
       </c>
       <c r="F100" t="s">
         <v>926</v>
       </c>
       <c r="G100" t="s">
         <v>927</v>
       </c>
       <c r="H100" t="s">
         <v>928</v>
       </c>
       <c r="I100" t="s">
         <v>929</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
         <v>25</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
         <v>27</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
         <v>930</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>3520</v>
+        <v>3512</v>
       </c>
       <c r="B101" t="s">
         <v>931</v>
       </c>
       <c r="C101" t="s">
         <v>932</v>
       </c>
       <c r="D101" t="s">
         <v>933</v>
       </c>
       <c r="E101" t="s">
         <v>934</v>
       </c>
       <c r="F101" t="s">
         <v>935</v>
       </c>
       <c r="G101" t="s">
         <v>936</v>
       </c>
       <c r="H101" t="s">
         <v>937</v>
       </c>
       <c r="I101" t="s">
         <v>938</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
+        <v>25</v>
+      </c>
+      <c r="L101" t="s">
+        <v>26</v>
+      </c>
+      <c r="M101" t="s">
+        <v>27</v>
+      </c>
+      <c r="N101" t="s">
+        <v>28</v>
+      </c>
+      <c r="O101" t="s">
         <v>939</v>
-      </c>
-[...10 lines deleted...]
-        <v>941</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>3534</v>
+        <v>3520</v>
       </c>
       <c r="B102" t="s">
+        <v>940</v>
+      </c>
+      <c r="C102" t="s">
+        <v>941</v>
+      </c>
+      <c r="D102" t="s">
         <v>942</v>
       </c>
-      <c r="C102" t="s">
+      <c r="E102" t="s">
         <v>943</v>
       </c>
-      <c r="D102" t="s">
+      <c r="F102" t="s">
         <v>944</v>
       </c>
-      <c r="E102" t="s">
+      <c r="G102" t="s">
         <v>945</v>
       </c>
-      <c r="F102" t="s">
+      <c r="H102" t="s">
         <v>946</v>
       </c>
-      <c r="G102" t="s">
+      <c r="I102" t="s">
         <v>947</v>
       </c>
-      <c r="H102" t="s">
+      <c r="J102" t="s">
+        <v>24</v>
+      </c>
+      <c r="K102" t="s">
         <v>948</v>
       </c>
-      <c r="I102" t="s">
+      <c r="L102" t="s">
+        <v>26</v>
+      </c>
+      <c r="M102" t="s">
         <v>949</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>3553</v>
+        <v>3534</v>
       </c>
       <c r="B103" t="s">
         <v>951</v>
       </c>
       <c r="C103" t="s">
         <v>952</v>
       </c>
       <c r="D103" t="s">
         <v>953</v>
       </c>
       <c r="E103" t="s">
         <v>954</v>
       </c>
       <c r="F103" t="s">
         <v>955</v>
       </c>
       <c r="G103" t="s">
         <v>956</v>
       </c>
       <c r="H103" t="s">
         <v>957</v>
       </c>
       <c r="I103" t="s">
         <v>958</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>3554</v>
+        <v>3553</v>
       </c>
       <c r="B104" t="s">
         <v>960</v>
       </c>
       <c r="C104" t="s">
         <v>961</v>
       </c>
       <c r="D104" t="s">
         <v>962</v>
       </c>
       <c r="E104" t="s">
         <v>963</v>
       </c>
       <c r="F104" t="s">
         <v>964</v>
       </c>
       <c r="G104" t="s">
         <v>965</v>
       </c>
       <c r="H104" t="s">
         <v>966</v>
       </c>
       <c r="I104" t="s">
         <v>967</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
         <v>47</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
         <v>48</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
         <v>968</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>3566</v>
+        <v>3554</v>
       </c>
       <c r="B105" t="s">
         <v>969</v>
       </c>
       <c r="C105" t="s">
         <v>970</v>
       </c>
       <c r="D105" t="s">
         <v>971</v>
       </c>
       <c r="E105" t="s">
         <v>972</v>
       </c>
       <c r="F105" t="s">
         <v>973</v>
       </c>
       <c r="G105" t="s">
         <v>974</v>
       </c>
       <c r="H105" t="s">
         <v>975</v>
       </c>
       <c r="I105" t="s">
         <v>976</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>3567</v>
+        <v>3566</v>
       </c>
       <c r="B106" t="s">
         <v>978</v>
       </c>
       <c r="C106" t="s">
         <v>979</v>
       </c>
       <c r="D106" t="s">
         <v>980</v>
       </c>
       <c r="E106" t="s">
         <v>981</v>
       </c>
       <c r="F106" t="s">
         <v>982</v>
       </c>
       <c r="G106" t="s">
         <v>983</v>
       </c>
       <c r="H106" t="s">
         <v>984</v>
       </c>
       <c r="I106" t="s">
         <v>985</v>
       </c>
       <c r="J106" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K106" t="s">
+        <v>130</v>
+      </c>
+      <c r="L106" t="s">
+        <v>26</v>
+      </c>
+      <c r="M106" t="s">
+        <v>131</v>
+      </c>
+      <c r="N106" t="s">
+        <v>28</v>
+      </c>
+      <c r="O106" t="s">
         <v>986</v>
-      </c>
-[...10 lines deleted...]
-        <v>988</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>3573</v>
+        <v>3567</v>
       </c>
       <c r="B107" t="s">
+        <v>987</v>
+      </c>
+      <c r="C107" t="s">
+        <v>988</v>
+      </c>
+      <c r="D107" t="s">
         <v>989</v>
       </c>
-      <c r="C107" t="s">
+      <c r="E107" t="s">
         <v>990</v>
       </c>
-      <c r="D107" t="s">
+      <c r="F107" t="s">
         <v>991</v>
       </c>
-      <c r="E107" t="s">
+      <c r="G107" t="s">
         <v>992</v>
       </c>
-      <c r="F107" t="s">
+      <c r="H107" t="s">
         <v>993</v>
       </c>
-      <c r="G107" t="s">
+      <c r="I107" t="s">
         <v>994</v>
       </c>
-      <c r="H107" t="s">
+      <c r="J107" t="s">
+        <v>581</v>
+      </c>
+      <c r="K107" t="s">
         <v>995</v>
       </c>
-      <c r="I107" t="s">
+      <c r="L107" t="s">
+        <v>583</v>
+      </c>
+      <c r="M107" t="s">
         <v>996</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>3574</v>
+        <v>3573</v>
       </c>
       <c r="B108" t="s">
         <v>998</v>
       </c>
       <c r="C108" t="s">
         <v>999</v>
       </c>
       <c r="D108" t="s">
         <v>1000</v>
       </c>
       <c r="E108" t="s">
         <v>1001</v>
       </c>
       <c r="F108" t="s">
         <v>1002</v>
       </c>
       <c r="G108" t="s">
         <v>1003</v>
       </c>
       <c r="H108" t="s">
         <v>1004</v>
       </c>
       <c r="I108" t="s">
         <v>1005</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
         <v>1006</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>3575</v>
+        <v>3574</v>
       </c>
       <c r="B109" t="s">
         <v>1007</v>
       </c>
       <c r="C109" t="s">
         <v>1008</v>
       </c>
       <c r="D109" t="s">
         <v>1009</v>
       </c>
       <c r="E109" t="s">
         <v>1010</v>
       </c>
       <c r="F109" t="s">
         <v>1011</v>
       </c>
       <c r="G109" t="s">
         <v>1012</v>
       </c>
       <c r="H109" t="s">
         <v>1013</v>
       </c>
       <c r="I109" t="s">
         <v>1014</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
+        <v>130</v>
+      </c>
+      <c r="L109" t="s">
+        <v>26</v>
+      </c>
+      <c r="M109" t="s">
+        <v>131</v>
+      </c>
+      <c r="N109" t="s">
+        <v>28</v>
+      </c>
+      <c r="O109" t="s">
         <v>1015</v>
-      </c>
-[...10 lines deleted...]
-        <v>1017</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>3578</v>
+        <v>3575</v>
       </c>
       <c r="B110" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D110" t="s">
         <v>1018</v>
       </c>
-      <c r="C110" t="s">
+      <c r="E110" t="s">
         <v>1019</v>
       </c>
-      <c r="D110" t="s">
+      <c r="F110" t="s">
         <v>1020</v>
       </c>
-      <c r="E110" t="s">
+      <c r="G110" t="s">
         <v>1021</v>
       </c>
-      <c r="F110" t="s">
+      <c r="H110" t="s">
         <v>1022</v>
       </c>
-      <c r="G110" t="s">
+      <c r="I110" t="s">
         <v>1023</v>
       </c>
-      <c r="H110" t="s">
+      <c r="J110" t="s">
+        <v>24</v>
+      </c>
+      <c r="K110" t="s">
         <v>1024</v>
       </c>
-      <c r="I110" t="s">
+      <c r="L110" t="s">
+        <v>26</v>
+      </c>
+      <c r="M110" t="s">
         <v>1025</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>3581</v>
+        <v>3578</v>
       </c>
       <c r="B111" t="s">
         <v>1027</v>
       </c>
       <c r="C111" t="s">
         <v>1028</v>
       </c>
       <c r="D111" t="s">
         <v>1029</v>
       </c>
       <c r="E111" t="s">
         <v>1030</v>
       </c>
       <c r="F111" t="s">
         <v>1031</v>
       </c>
       <c r="G111" t="s">
         <v>1032</v>
       </c>
       <c r="H111" t="s">
         <v>1033</v>
       </c>
       <c r="I111" t="s">
         <v>1034</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
         <v>1035</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>3586</v>
+        <v>3581</v>
       </c>
       <c r="B112" t="s">
         <v>1036</v>
       </c>
       <c r="C112" t="s">
         <v>1037</v>
       </c>
       <c r="D112" t="s">
         <v>1038</v>
       </c>
       <c r="E112" t="s">
         <v>1039</v>
       </c>
       <c r="F112" t="s">
         <v>1040</v>
       </c>
       <c r="G112" t="s">
         <v>1041</v>
       </c>
       <c r="H112" t="s">
         <v>1042</v>
       </c>
       <c r="I112" t="s">
         <v>1043</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
         <v>1044</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>3588</v>
+        <v>3586</v>
       </c>
       <c r="B113" t="s">
         <v>1045</v>
       </c>
       <c r="C113" t="s">
         <v>1046</v>
       </c>
       <c r="D113" t="s">
         <v>1047</v>
       </c>
       <c r="E113" t="s">
         <v>1048</v>
       </c>
       <c r="F113" t="s">
         <v>1049</v>
       </c>
       <c r="G113" t="s">
         <v>1050</v>
       </c>
       <c r="H113" t="s">
         <v>1051</v>
       </c>
       <c r="I113" t="s">
         <v>1052</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
+        <v>25</v>
+      </c>
+      <c r="L113" t="s">
+        <v>26</v>
+      </c>
+      <c r="M113" t="s">
+        <v>27</v>
+      </c>
+      <c r="N113" t="s">
+        <v>28</v>
+      </c>
+      <c r="O113" t="s">
         <v>1053</v>
-      </c>
-[...10 lines deleted...]
-        <v>1055</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>3591</v>
+        <v>3588</v>
       </c>
       <c r="B114" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D114" t="s">
         <v>1056</v>
       </c>
-      <c r="C114" t="s">
+      <c r="E114" t="s">
         <v>1057</v>
       </c>
-      <c r="D114" t="s">
+      <c r="F114" t="s">
         <v>1058</v>
       </c>
-      <c r="E114" t="s">
+      <c r="G114" t="s">
         <v>1059</v>
       </c>
-      <c r="F114" t="s">
+      <c r="H114" t="s">
         <v>1060</v>
       </c>
-      <c r="G114" t="s">
+      <c r="I114" t="s">
         <v>1061</v>
       </c>
-      <c r="H114" t="s">
+      <c r="J114" t="s">
+        <v>24</v>
+      </c>
+      <c r="K114" t="s">
         <v>1062</v>
       </c>
-      <c r="I114" t="s">
+      <c r="L114" t="s">
+        <v>26</v>
+      </c>
+      <c r="M114" t="s">
         <v>1063</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
         <v>1064</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>3602</v>
+        <v>3591</v>
       </c>
       <c r="B115" t="s">
         <v>1065</v>
       </c>
       <c r="C115" t="s">
         <v>1066</v>
       </c>
       <c r="D115" t="s">
         <v>1067</v>
       </c>
       <c r="E115" t="s">
         <v>1068</v>
       </c>
       <c r="F115" t="s">
         <v>1069</v>
       </c>
       <c r="G115" t="s">
         <v>1070</v>
       </c>
       <c r="H115" t="s">
         <v>1071</v>
       </c>
       <c r="I115" t="s">
         <v>1072</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>939</v>
+        <v>130</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
-        <v>940</v>
+        <v>131</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>3636</v>
+        <v>3602</v>
       </c>
       <c r="B116" t="s">
         <v>1074</v>
       </c>
       <c r="C116" t="s">
         <v>1075</v>
       </c>
       <c r="D116" t="s">
         <v>1076</v>
       </c>
       <c r="E116" t="s">
         <v>1077</v>
       </c>
       <c r="F116" t="s">
         <v>1078</v>
       </c>
       <c r="G116" t="s">
         <v>1079</v>
       </c>
       <c r="H116" t="s">
         <v>1080</v>
       </c>
       <c r="I116" t="s">
         <v>1081</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>25</v>
+        <v>948</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
-        <v>27</v>
+        <v>949</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
         <v>1082</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>3652</v>
+        <v>3636</v>
       </c>
       <c r="B117" t="s">
         <v>1083</v>
       </c>
       <c r="C117" t="s">
         <v>1084</v>
       </c>
       <c r="D117" t="s">
         <v>1085</v>
       </c>
       <c r="E117" t="s">
         <v>1086</v>
       </c>
       <c r="F117" t="s">
         <v>1087</v>
       </c>
       <c r="G117" t="s">
         <v>1088</v>
       </c>
       <c r="H117" t="s">
         <v>1089</v>
       </c>
       <c r="I117" t="s">
         <v>1090</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>3686</v>
+        <v>3652</v>
       </c>
       <c r="B118" t="s">
         <v>1092</v>
       </c>
       <c r="C118" t="s">
         <v>1093</v>
       </c>
       <c r="D118" t="s">
         <v>1094</v>
       </c>
       <c r="E118" t="s">
         <v>1095</v>
       </c>
       <c r="F118" t="s">
         <v>1096</v>
       </c>
       <c r="G118" t="s">
         <v>1097</v>
       </c>
       <c r="H118" t="s">
         <v>1098</v>
       </c>
       <c r="I118" t="s">
         <v>1099</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>3689</v>
+        <v>3686</v>
       </c>
       <c r="B119" t="s">
         <v>1101</v>
       </c>
       <c r="C119" t="s">
         <v>1102</v>
       </c>
       <c r="D119" t="s">
         <v>1103</v>
       </c>
       <c r="E119" t="s">
         <v>1104</v>
       </c>
       <c r="F119" t="s">
         <v>1105</v>
       </c>
       <c r="G119" t="s">
         <v>1106</v>
       </c>
       <c r="H119" t="s">
         <v>1107</v>
       </c>
       <c r="I119" t="s">
         <v>1108</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>3700</v>
+        <v>3689</v>
       </c>
       <c r="B120" t="s">
         <v>1110</v>
       </c>
       <c r="C120" t="s">
         <v>1111</v>
       </c>
       <c r="D120" t="s">
         <v>1112</v>
       </c>
       <c r="E120" t="s">
         <v>1113</v>
       </c>
       <c r="F120" t="s">
         <v>1114</v>
       </c>
       <c r="G120" t="s">
         <v>1115</v>
       </c>
       <c r="H120" t="s">
         <v>1116</v>
       </c>
       <c r="I120" t="s">
         <v>1117</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
         <v>25</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
         <v>27</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
         <v>1118</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>3701</v>
+        <v>3700</v>
       </c>
       <c r="B121" t="s">
         <v>1119</v>
       </c>
       <c r="C121" t="s">
         <v>1120</v>
       </c>
       <c r="D121" t="s">
         <v>1121</v>
       </c>
       <c r="E121" t="s">
         <v>1122</v>
       </c>
       <c r="F121" t="s">
         <v>1123</v>
       </c>
       <c r="G121" t="s">
         <v>1124</v>
       </c>
       <c r="H121" t="s">
         <v>1125</v>
       </c>
       <c r="I121" t="s">
         <v>1126</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
         <v>25</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
         <v>27</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>3702</v>
+        <v>3701</v>
       </c>
       <c r="B122" t="s">
         <v>1128</v>
       </c>
       <c r="C122" t="s">
         <v>1129</v>
       </c>
       <c r="D122" t="s">
         <v>1130</v>
       </c>
       <c r="E122" t="s">
         <v>1131</v>
       </c>
       <c r="F122" t="s">
         <v>1132</v>
       </c>
       <c r="G122" t="s">
         <v>1133</v>
       </c>
       <c r="H122" t="s">
         <v>1134</v>
       </c>
       <c r="I122" t="s">
         <v>1135</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
         <v>1136</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>3706</v>
+        <v>3702</v>
       </c>
       <c r="B123" t="s">
         <v>1137</v>
       </c>
       <c r="C123" t="s">
         <v>1138</v>
       </c>
       <c r="D123" t="s">
         <v>1139</v>
       </c>
       <c r="E123" t="s">
         <v>1140</v>
       </c>
       <c r="F123" t="s">
         <v>1141</v>
       </c>
       <c r="G123" t="s">
         <v>1142</v>
       </c>
       <c r="H123" t="s">
         <v>1143</v>
       </c>
       <c r="I123" t="s">
         <v>1144</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>3711</v>
+        <v>3706</v>
       </c>
       <c r="B124" t="s">
         <v>1146</v>
       </c>
       <c r="C124" t="s">
         <v>1147</v>
       </c>
       <c r="D124" t="s">
         <v>1148</v>
       </c>
       <c r="E124" t="s">
         <v>1149</v>
       </c>
       <c r="F124" t="s">
         <v>1150</v>
       </c>
       <c r="G124" t="s">
         <v>1151</v>
       </c>
       <c r="H124" t="s">
         <v>1152</v>
       </c>
       <c r="I124" t="s">
         <v>1153</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
         <v>1154</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>3714</v>
+        <v>3711</v>
       </c>
       <c r="B125" t="s">
         <v>1155</v>
       </c>
       <c r="C125" t="s">
         <v>1156</v>
       </c>
       <c r="D125" t="s">
         <v>1157</v>
       </c>
       <c r="E125" t="s">
         <v>1158</v>
       </c>
       <c r="F125" t="s">
         <v>1159</v>
       </c>
       <c r="G125" t="s">
         <v>1160</v>
       </c>
       <c r="H125" t="s">
         <v>1161</v>
       </c>
       <c r="I125" t="s">
         <v>1162</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>3716</v>
+        <v>3714</v>
       </c>
       <c r="B126" t="s">
         <v>1164</v>
       </c>
       <c r="C126" t="s">
         <v>1165</v>
       </c>
       <c r="D126" t="s">
         <v>1166</v>
       </c>
       <c r="E126" t="s">
         <v>1167</v>
       </c>
       <c r="F126" t="s">
         <v>1168</v>
       </c>
       <c r="G126" t="s">
         <v>1169</v>
       </c>
       <c r="H126" t="s">
         <v>1170</v>
       </c>
       <c r="I126" t="s">
         <v>1171</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
         <v>1172</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>3718</v>
+        <v>3716</v>
       </c>
       <c r="B127" t="s">
         <v>1173</v>
       </c>
       <c r="C127" t="s">
         <v>1174</v>
       </c>
       <c r="D127" t="s">
         <v>1175</v>
       </c>
       <c r="E127" t="s">
         <v>1176</v>
       </c>
       <c r="F127" t="s">
         <v>1177</v>
       </c>
       <c r="G127" t="s">
         <v>1178</v>
       </c>
       <c r="H127" t="s">
         <v>1179</v>
       </c>
       <c r="I127" t="s">
         <v>1180</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>3719</v>
+        <v>3718</v>
       </c>
       <c r="B128" t="s">
         <v>1182</v>
       </c>
       <c r="C128" t="s">
         <v>1183</v>
       </c>
       <c r="D128" t="s">
         <v>1184</v>
       </c>
       <c r="E128" t="s">
         <v>1185</v>
       </c>
       <c r="F128" t="s">
         <v>1186</v>
       </c>
       <c r="G128" t="s">
         <v>1187</v>
       </c>
       <c r="H128" t="s">
         <v>1188</v>
       </c>
       <c r="I128" t="s">
         <v>1189</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
         <v>130</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>131</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
         <v>1190</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>3732</v>
+        <v>3719</v>
       </c>
       <c r="B129" t="s">
         <v>1191</v>
       </c>
       <c r="C129" t="s">
         <v>1192</v>
       </c>
       <c r="D129" t="s">
         <v>1193</v>
       </c>
       <c r="E129" t="s">
         <v>1194</v>
       </c>
       <c r="F129" t="s">
         <v>1195</v>
       </c>
       <c r="G129" t="s">
         <v>1196</v>
       </c>
       <c r="H129" t="s">
         <v>1197</v>
       </c>
       <c r="I129" t="s">
         <v>1198</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
         <v>130</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
         <v>131</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
         <v>1199</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>3753</v>
+        <v>3732</v>
       </c>
       <c r="B130" t="s">
         <v>1200</v>
       </c>
       <c r="C130" t="s">
         <v>1201</v>
       </c>
       <c r="D130" t="s">
         <v>1202</v>
       </c>
       <c r="E130" t="s">
         <v>1203</v>
       </c>
       <c r="F130" t="s">
         <v>1204</v>
       </c>
       <c r="G130" t="s">
         <v>1205</v>
       </c>
       <c r="H130" t="s">
         <v>1206</v>
       </c>
       <c r="I130" t="s">
         <v>1207</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
         <v>1208</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>3755</v>
+        <v>3753</v>
       </c>
       <c r="B131" t="s">
         <v>1209</v>
       </c>
       <c r="C131" t="s">
         <v>1210</v>
       </c>
       <c r="D131" t="s">
         <v>1211</v>
       </c>
       <c r="E131" t="s">
         <v>1212</v>
       </c>
       <c r="F131" t="s">
         <v>1213</v>
       </c>
       <c r="G131" t="s">
         <v>1214</v>
       </c>
       <c r="H131" t="s">
         <v>1215</v>
       </c>
       <c r="I131" t="s">
         <v>1216</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>3756</v>
+        <v>3755</v>
       </c>
       <c r="B132" t="s">
         <v>1218</v>
       </c>
       <c r="C132" t="s">
         <v>1219</v>
       </c>
       <c r="D132" t="s">
         <v>1220</v>
       </c>
       <c r="E132" t="s">
         <v>1221</v>
       </c>
       <c r="F132" t="s">
         <v>1222</v>
       </c>
       <c r="G132" t="s">
         <v>1223</v>
       </c>
       <c r="H132" t="s">
         <v>1224</v>
       </c>
       <c r="I132" t="s">
         <v>1225</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>3777</v>
+        <v>3756</v>
       </c>
       <c r="B133" t="s">
         <v>1227</v>
       </c>
       <c r="C133" t="s">
         <v>1228</v>
       </c>
       <c r="D133" t="s">
         <v>1229</v>
       </c>
       <c r="E133" t="s">
         <v>1230</v>
       </c>
       <c r="F133" t="s">
         <v>1231</v>
       </c>
       <c r="G133" t="s">
         <v>1232</v>
       </c>
       <c r="H133" t="s">
         <v>1233</v>
       </c>
       <c r="I133" t="s">
         <v>1234</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
         <v>1235</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>3779</v>
+        <v>3777</v>
       </c>
       <c r="B134" t="s">
         <v>1236</v>
       </c>
       <c r="C134" t="s">
         <v>1237</v>
       </c>
       <c r="D134" t="s">
         <v>1238</v>
       </c>
       <c r="E134" t="s">
         <v>1239</v>
       </c>
       <c r="F134" t="s">
         <v>1240</v>
       </c>
       <c r="G134" t="s">
         <v>1241</v>
       </c>
       <c r="H134" t="s">
         <v>1242</v>
       </c>
       <c r="I134" t="s">
         <v>1243</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
         <v>130</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>131</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
         <v>1244</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>3854</v>
+        <v>3779</v>
       </c>
       <c r="B135" t="s">
         <v>1245</v>
       </c>
       <c r="C135" t="s">
         <v>1246</v>
       </c>
       <c r="D135" t="s">
         <v>1247</v>
       </c>
       <c r="E135" t="s">
         <v>1248</v>
       </c>
       <c r="F135" t="s">
         <v>1249</v>
       </c>
       <c r="G135" t="s">
         <v>1250</v>
       </c>
       <c r="H135" t="s">
         <v>1251</v>
       </c>
       <c r="I135" t="s">
         <v>1252</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
         <v>1253</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>3863</v>
+        <v>3854</v>
       </c>
       <c r="B136" t="s">
         <v>1254</v>
       </c>
       <c r="C136" t="s">
         <v>1255</v>
       </c>
       <c r="D136" t="s">
         <v>1256</v>
       </c>
       <c r="E136" t="s">
         <v>1257</v>
       </c>
       <c r="F136" t="s">
         <v>1258</v>
       </c>
       <c r="G136" t="s">
         <v>1259</v>
       </c>
       <c r="H136" t="s">
         <v>1260</v>
       </c>
       <c r="I136" t="s">
         <v>1261</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
         <v>1262</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>3868</v>
+        <v>3863</v>
       </c>
       <c r="B137" t="s">
         <v>1263</v>
       </c>
       <c r="C137" t="s">
         <v>1264</v>
       </c>
       <c r="D137" t="s">
         <v>1265</v>
       </c>
       <c r="E137" t="s">
         <v>1266</v>
       </c>
       <c r="F137" t="s">
         <v>1267</v>
       </c>
       <c r="G137" t="s">
         <v>1268</v>
       </c>
       <c r="H137" t="s">
         <v>1269</v>
       </c>
       <c r="I137" t="s">
         <v>1270</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
         <v>1271</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>3910</v>
+        <v>3868</v>
       </c>
       <c r="B138" t="s">
         <v>1272</v>
       </c>
       <c r="C138" t="s">
         <v>1273</v>
       </c>
       <c r="D138" t="s">
         <v>1274</v>
       </c>
       <c r="E138" t="s">
         <v>1275</v>
       </c>
       <c r="F138" t="s">
         <v>1276</v>
       </c>
       <c r="G138" t="s">
         <v>1277</v>
       </c>
       <c r="H138" t="s">
         <v>1278</v>
       </c>
       <c r="I138" t="s">
         <v>1279</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>582</v>
+        <v>47</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
-        <v>584</v>
+        <v>48</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
         <v>1280</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>4176</v>
+        <v>3910</v>
       </c>
       <c r="B139" t="s">
         <v>1281</v>
       </c>
       <c r="C139" t="s">
         <v>1282</v>
       </c>
       <c r="D139" t="s">
         <v>1283</v>
       </c>
       <c r="E139" t="s">
         <v>1284</v>
       </c>
       <c r="F139" t="s">
         <v>1285</v>
       </c>
       <c r="G139" t="s">
         <v>1286</v>
       </c>
       <c r="H139" t="s">
         <v>1287</v>
       </c>
       <c r="I139" t="s">
         <v>1288</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>130</v>
+        <v>582</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
-        <v>131</v>
+        <v>584</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
         <v>1289</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>4177</v>
+        <v>4176</v>
       </c>
       <c r="B140" t="s">
         <v>1290</v>
       </c>
       <c r="C140" t="s">
         <v>1291</v>
       </c>
       <c r="D140" t="s">
         <v>1292</v>
       </c>
       <c r="E140" t="s">
         <v>1293</v>
       </c>
       <c r="F140" t="s">
         <v>1294</v>
       </c>
       <c r="G140" t="s">
         <v>1295</v>
       </c>
       <c r="H140" t="s">
         <v>1296</v>
       </c>
       <c r="I140" t="s">
         <v>1297</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
         <v>1298</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>4180</v>
+        <v>4177</v>
       </c>
       <c r="B141" t="s">
         <v>1299</v>
       </c>
       <c r="C141" t="s">
         <v>1300</v>
       </c>
       <c r="D141" t="s">
         <v>1301</v>
       </c>
       <c r="E141" t="s">
         <v>1302</v>
       </c>
       <c r="F141" t="s">
         <v>1303</v>
       </c>
       <c r="G141" t="s">
         <v>1304</v>
       </c>
       <c r="H141" t="s">
         <v>1305</v>
       </c>
       <c r="I141" t="s">
         <v>1306</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
         <v>25</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
         <v>27</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
         <v>1307</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>4186</v>
+        <v>4180</v>
       </c>
       <c r="B142" t="s">
         <v>1308</v>
       </c>
       <c r="C142" t="s">
         <v>1309</v>
       </c>
       <c r="D142" t="s">
         <v>1310</v>
       </c>
       <c r="E142" t="s">
         <v>1311</v>
       </c>
       <c r="F142" t="s">
         <v>1312</v>
       </c>
       <c r="G142" t="s">
         <v>1313</v>
       </c>
       <c r="H142" t="s">
         <v>1314</v>
       </c>
       <c r="I142" t="s">
         <v>1315</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>939</v>
+        <v>25</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
-        <v>940</v>
+        <v>27</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
         <v>1316</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>4195</v>
+        <v>4186</v>
       </c>
       <c r="B143" t="s">
         <v>1317</v>
       </c>
       <c r="C143" t="s">
         <v>1318</v>
       </c>
       <c r="D143" t="s">
         <v>1319</v>
       </c>
       <c r="E143" t="s">
         <v>1320</v>
       </c>
       <c r="F143" t="s">
         <v>1321</v>
       </c>
       <c r="G143" t="s">
         <v>1322</v>
       </c>
       <c r="H143" t="s">
         <v>1323</v>
       </c>
       <c r="I143" t="s">
         <v>1324</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>130</v>
+        <v>948</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
-        <v>131</v>
+        <v>949</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
         <v>1325</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>4196</v>
+        <v>4195</v>
       </c>
       <c r="B144" t="s">
         <v>1326</v>
       </c>
       <c r="C144" t="s">
         <v>1327</v>
       </c>
       <c r="D144" t="s">
         <v>1328</v>
       </c>
       <c r="E144" t="s">
         <v>1329</v>
       </c>
       <c r="F144" t="s">
         <v>1330</v>
       </c>
       <c r="G144" t="s">
         <v>1331</v>
       </c>
       <c r="H144" t="s">
         <v>1332</v>
       </c>
       <c r="I144" t="s">
         <v>1333</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
         <v>1334</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>4198</v>
+        <v>4196</v>
       </c>
       <c r="B145" t="s">
         <v>1335</v>
       </c>
       <c r="C145" t="s">
         <v>1336</v>
       </c>
       <c r="D145" t="s">
         <v>1337</v>
       </c>
       <c r="E145" t="s">
         <v>1338</v>
       </c>
       <c r="F145" t="s">
         <v>1339</v>
       </c>
       <c r="G145" t="s">
         <v>1340</v>
       </c>
       <c r="H145" t="s">
         <v>1341</v>
       </c>
       <c r="I145" t="s">
         <v>1342</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
         <v>25</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
         <v>27</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
         <v>1343</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>4202</v>
+        <v>4198</v>
       </c>
       <c r="B146" t="s">
         <v>1344</v>
       </c>
       <c r="C146" t="s">
         <v>1345</v>
       </c>
       <c r="D146" t="s">
         <v>1346</v>
       </c>
       <c r="E146" t="s">
         <v>1347</v>
       </c>
       <c r="F146" t="s">
         <v>1348</v>
       </c>
       <c r="G146" t="s">
         <v>1349</v>
       </c>
       <c r="H146" t="s">
         <v>1350</v>
       </c>
       <c r="I146" t="s">
         <v>1351</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
         <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
         <v>1352</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>4204</v>
+        <v>4202</v>
       </c>
       <c r="B147" t="s">
         <v>1353</v>
       </c>
       <c r="C147" t="s">
         <v>1354</v>
       </c>
       <c r="D147" t="s">
         <v>1355</v>
       </c>
       <c r="E147" t="s">
         <v>1356</v>
       </c>
       <c r="F147" t="s">
         <v>1357</v>
       </c>
       <c r="G147" t="s">
         <v>1358</v>
       </c>
       <c r="H147" t="s">
         <v>1359</v>
       </c>
       <c r="I147" t="s">
         <v>1360</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
         <v>1361</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>4206</v>
+        <v>4204</v>
       </c>
       <c r="B148" t="s">
         <v>1362</v>
       </c>
       <c r="C148" t="s">
         <v>1363</v>
       </c>
       <c r="D148" t="s">
         <v>1364</v>
       </c>
       <c r="E148" t="s">
         <v>1365</v>
       </c>
       <c r="F148" t="s">
         <v>1366</v>
       </c>
       <c r="G148" t="s">
         <v>1367</v>
       </c>
       <c r="H148" t="s">
         <v>1368</v>
       </c>
       <c r="I148" t="s">
         <v>1369</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
         <v>1370</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>4211</v>
+        <v>4206</v>
       </c>
       <c r="B149" t="s">
         <v>1371</v>
       </c>
       <c r="C149" t="s">
         <v>1372</v>
       </c>
       <c r="D149" t="s">
         <v>1373</v>
       </c>
       <c r="E149" t="s">
         <v>1374</v>
       </c>
       <c r="F149" t="s">
         <v>1375</v>
       </c>
       <c r="G149" t="s">
         <v>1376</v>
       </c>
       <c r="H149" t="s">
         <v>1377</v>
       </c>
       <c r="I149" t="s">
         <v>1378</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
         <v>25</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
         <v>27</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
         <v>1379</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>4216</v>
+        <v>4211</v>
       </c>
       <c r="B150" t="s">
         <v>1380</v>
       </c>
       <c r="C150" t="s">
         <v>1381</v>
       </c>
       <c r="D150" t="s">
         <v>1382</v>
       </c>
       <c r="E150" t="s">
         <v>1383</v>
       </c>
       <c r="F150" t="s">
         <v>1384</v>
       </c>
       <c r="G150" t="s">
         <v>1385</v>
       </c>
       <c r="H150" t="s">
         <v>1386</v>
       </c>
       <c r="I150" t="s">
         <v>1387</v>
       </c>
       <c r="J150" t="s">
+        <v>24</v>
+      </c>
+      <c r="K150" t="s">
+        <v>25</v>
+      </c>
+      <c r="L150" t="s">
+        <v>26</v>
+      </c>
+      <c r="M150" t="s">
+        <v>27</v>
+      </c>
+      <c r="N150" t="s">
+        <v>28</v>
+      </c>
+      <c r="O150" t="s">
         <v>1388</v>
-      </c>
-[...13 lines deleted...]
-        <v>1392</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>4243</v>
+        <v>4216</v>
       </c>
       <c r="B151" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C151" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D151" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F151" t="s">
         <v>1393</v>
       </c>
-      <c r="C151" t="s">
+      <c r="G151" t="s">
         <v>1394</v>
       </c>
-      <c r="D151" t="s">
+      <c r="H151" t="s">
         <v>1395</v>
       </c>
-      <c r="E151" t="s">
+      <c r="I151" t="s">
         <v>1396</v>
       </c>
-      <c r="F151" t="s">
+      <c r="J151" t="s">
         <v>1397</v>
       </c>
-      <c r="G151" t="s">
+      <c r="K151" t="s">
         <v>1398</v>
       </c>
-      <c r="H151" t="s">
+      <c r="L151" t="s">
         <v>1399</v>
       </c>
-      <c r="I151" t="s">
+      <c r="M151" t="s">
         <v>1400</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
         <v>1401</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>4295</v>
+        <v>4243</v>
       </c>
       <c r="B152" t="s">
         <v>1402</v>
       </c>
       <c r="C152" t="s">
         <v>1403</v>
       </c>
       <c r="D152" t="s">
         <v>1404</v>
       </c>
       <c r="E152" t="s">
         <v>1405</v>
       </c>
       <c r="F152" t="s">
         <v>1406</v>
       </c>
       <c r="G152" t="s">
         <v>1407</v>
       </c>
       <c r="H152" t="s">
         <v>1408</v>
       </c>
       <c r="I152" t="s">
         <v>1409</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
         <v>25</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
         <v>27</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
         <v>1410</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>4304</v>
+        <v>4295</v>
       </c>
       <c r="B153" t="s">
         <v>1411</v>
       </c>
       <c r="C153" t="s">
         <v>1412</v>
       </c>
       <c r="D153" t="s">
         <v>1413</v>
       </c>
       <c r="E153" t="s">
         <v>1414</v>
       </c>
       <c r="F153" t="s">
         <v>1415</v>
       </c>
       <c r="G153" t="s">
         <v>1416</v>
       </c>
       <c r="H153" t="s">
         <v>1417</v>
       </c>
       <c r="I153" t="s">
         <v>1418</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
         <v>25</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
         <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
         <v>1419</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4308</v>
+        <v>4304</v>
       </c>
       <c r="B154" t="s">
         <v>1420</v>
       </c>
       <c r="C154" t="s">
         <v>1421</v>
       </c>
       <c r="D154" t="s">
         <v>1422</v>
       </c>
       <c r="E154" t="s">
         <v>1423</v>
       </c>
       <c r="F154" t="s">
         <v>1424</v>
       </c>
       <c r="G154" t="s">
         <v>1425</v>
       </c>
       <c r="H154" t="s">
         <v>1426</v>
       </c>
       <c r="I154" t="s">
         <v>1427</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
         <v>1428</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4309</v>
+        <v>4308</v>
       </c>
       <c r="B155" t="s">
         <v>1429</v>
       </c>
       <c r="C155" t="s">
         <v>1430</v>
       </c>
       <c r="D155" t="s">
         <v>1431</v>
       </c>
       <c r="E155" t="s">
         <v>1432</v>
       </c>
       <c r="F155" t="s">
         <v>1433</v>
       </c>
       <c r="G155" t="s">
         <v>1434</v>
       </c>
       <c r="H155" t="s">
         <v>1435</v>
       </c>
       <c r="I155" t="s">
         <v>1436</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
         <v>130</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
         <v>131</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4314</v>
+        <v>4309</v>
       </c>
       <c r="B156" t="s">
         <v>1438</v>
       </c>
       <c r="C156" t="s">
         <v>1439</v>
       </c>
       <c r="D156" t="s">
         <v>1440</v>
       </c>
       <c r="E156" t="s">
         <v>1441</v>
       </c>
       <c r="F156" t="s">
         <v>1442</v>
       </c>
       <c r="G156" t="s">
         <v>1443</v>
       </c>
       <c r="H156" t="s">
         <v>1444</v>
       </c>
       <c r="I156" t="s">
         <v>1445</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
         <v>1446</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4318</v>
+        <v>4314</v>
       </c>
       <c r="B157" t="s">
         <v>1447</v>
       </c>
       <c r="C157" t="s">
         <v>1448</v>
       </c>
       <c r="D157" t="s">
         <v>1449</v>
       </c>
       <c r="E157" t="s">
         <v>1450</v>
       </c>
       <c r="F157" t="s">
         <v>1451</v>
       </c>
       <c r="G157" t="s">
         <v>1452</v>
       </c>
       <c r="H157" t="s">
         <v>1453</v>
       </c>
       <c r="I157" t="s">
         <v>1454</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
         <v>1455</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4319</v>
+        <v>4318</v>
       </c>
       <c r="B158" t="s">
         <v>1456</v>
       </c>
       <c r="C158" t="s">
         <v>1457</v>
       </c>
       <c r="D158" t="s">
         <v>1458</v>
       </c>
       <c r="E158" t="s">
         <v>1459</v>
       </c>
       <c r="F158" t="s">
         <v>1460</v>
       </c>
       <c r="G158" t="s">
         <v>1461</v>
       </c>
       <c r="H158" t="s">
         <v>1462</v>
       </c>
       <c r="I158" t="s">
         <v>1463</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
         <v>130</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
         <v>131</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
         <v>1464</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4322</v>
+        <v>4319</v>
       </c>
       <c r="B159" t="s">
         <v>1465</v>
       </c>
       <c r="C159" t="s">
         <v>1466</v>
       </c>
       <c r="D159" t="s">
         <v>1467</v>
       </c>
       <c r="E159" t="s">
         <v>1468</v>
       </c>
       <c r="F159" t="s">
         <v>1469</v>
       </c>
       <c r="G159" t="s">
         <v>1470</v>
       </c>
       <c r="H159" t="s">
         <v>1471</v>
       </c>
       <c r="I159" t="s">
         <v>1472</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
         <v>1473</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4555</v>
+        <v>4322</v>
       </c>
       <c r="B160" t="s">
         <v>1474</v>
       </c>
       <c r="C160" t="s">
         <v>1475</v>
       </c>
       <c r="D160" t="s">
         <v>1476</v>
       </c>
       <c r="E160" t="s">
         <v>1477</v>
       </c>
       <c r="F160" t="s">
         <v>1478</v>
       </c>
       <c r="G160" t="s">
         <v>1479</v>
       </c>
       <c r="H160" t="s">
         <v>1480</v>
       </c>
       <c r="I160" t="s">
         <v>1481</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
         <v>1482</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4560</v>
+        <v>4555</v>
       </c>
       <c r="B161" t="s">
         <v>1483</v>
       </c>
       <c r="C161" t="s">
         <v>1484</v>
       </c>
       <c r="D161" t="s">
         <v>1485</v>
       </c>
       <c r="E161" t="s">
         <v>1486</v>
       </c>
       <c r="F161" t="s">
         <v>1487</v>
       </c>
       <c r="G161" t="s">
         <v>1488</v>
       </c>
       <c r="H161" t="s">
         <v>1489</v>
       </c>
       <c r="I161" t="s">
         <v>1490</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
         <v>1491</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4563</v>
+        <v>4560</v>
       </c>
       <c r="B162" t="s">
         <v>1492</v>
       </c>
       <c r="C162" t="s">
         <v>1493</v>
       </c>
       <c r="D162" t="s">
         <v>1494</v>
       </c>
       <c r="E162" t="s">
         <v>1495</v>
       </c>
       <c r="F162" t="s">
         <v>1496</v>
       </c>
       <c r="G162" t="s">
         <v>1497</v>
       </c>
       <c r="H162" t="s">
         <v>1498</v>
       </c>
       <c r="I162" t="s">
         <v>1499</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
         <v>1500</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4566</v>
+        <v>4563</v>
       </c>
       <c r="B163" t="s">
         <v>1501</v>
       </c>
       <c r="C163" t="s">
         <v>1502</v>
       </c>
       <c r="D163" t="s">
         <v>1503</v>
       </c>
       <c r="E163" t="s">
         <v>1504</v>
       </c>
       <c r="F163" t="s">
         <v>1505</v>
       </c>
       <c r="G163" t="s">
         <v>1506</v>
       </c>
       <c r="H163" t="s">
         <v>1507</v>
       </c>
       <c r="I163" t="s">
         <v>1508</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
         <v>1509</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4568</v>
+        <v>4566</v>
       </c>
       <c r="B164" t="s">
         <v>1510</v>
       </c>
       <c r="C164" t="s">
         <v>1511</v>
       </c>
       <c r="D164" t="s">
         <v>1512</v>
       </c>
       <c r="E164" t="s">
         <v>1513</v>
       </c>
       <c r="F164" t="s">
         <v>1514</v>
       </c>
       <c r="G164" t="s">
         <v>1515</v>
       </c>
       <c r="H164" t="s">
         <v>1516</v>
       </c>
       <c r="I164" t="s">
         <v>1517</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
         <v>25</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
         <v>27</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
         <v>1518</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4709</v>
+        <v>4568</v>
       </c>
       <c r="B165" t="s">
         <v>1519</v>
       </c>
       <c r="C165" t="s">
         <v>1520</v>
       </c>
       <c r="D165" t="s">
         <v>1521</v>
       </c>
       <c r="E165" t="s">
         <v>1522</v>
       </c>
       <c r="F165" t="s">
         <v>1523</v>
       </c>
       <c r="G165" t="s">
         <v>1524</v>
       </c>
       <c r="H165" t="s">
         <v>1525</v>
       </c>
       <c r="I165" t="s">
         <v>1526</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
         <v>1527</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4711</v>
+        <v>4709</v>
       </c>
       <c r="B166" t="s">
         <v>1528</v>
       </c>
       <c r="C166" t="s">
         <v>1529</v>
       </c>
       <c r="D166" t="s">
         <v>1530</v>
       </c>
       <c r="E166" t="s">
         <v>1531</v>
       </c>
       <c r="F166" t="s">
         <v>1532</v>
       </c>
       <c r="G166" t="s">
         <v>1533</v>
       </c>
       <c r="H166" t="s">
         <v>1534</v>
       </c>
       <c r="I166" t="s">
         <v>1535</v>
       </c>
       <c r="J166" t="s">
+        <v>24</v>
+      </c>
+      <c r="K166" t="s">
+        <v>47</v>
+      </c>
+      <c r="L166" t="s">
+        <v>26</v>
+      </c>
+      <c r="M166" t="s">
+        <v>48</v>
+      </c>
+      <c r="N166" t="s">
+        <v>28</v>
+      </c>
+      <c r="O166" t="s">
         <v>1536</v>
-      </c>
-[...13 lines deleted...]
-        <v>1540</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4721</v>
+        <v>4711</v>
       </c>
       <c r="B167" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D167" t="s">
+        <v>1539</v>
+      </c>
+      <c r="E167" t="s">
+        <v>1540</v>
+      </c>
+      <c r="F167" t="s">
         <v>1541</v>
       </c>
-      <c r="C167" t="s">
+      <c r="G167" t="s">
         <v>1542</v>
       </c>
-      <c r="D167" t="s">
+      <c r="H167" t="s">
         <v>1543</v>
       </c>
-      <c r="E167" t="s">
+      <c r="I167" t="s">
         <v>1544</v>
       </c>
-      <c r="F167" t="s">
+      <c r="J167" t="s">
         <v>1545</v>
       </c>
-      <c r="G167" t="s">
+      <c r="K167" t="s">
         <v>1546</v>
       </c>
-      <c r="H167" t="s">
+      <c r="L167" t="s">
         <v>1547</v>
       </c>
-      <c r="I167" t="s">
+      <c r="M167" t="s">
         <v>1548</v>
-      </c>
-[...10 lines deleted...]
-        <v>1016</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
         <v>1549</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4792</v>
+        <v>4721</v>
       </c>
       <c r="B168" t="s">
         <v>1550</v>
       </c>
       <c r="C168" t="s">
         <v>1551</v>
       </c>
       <c r="D168" t="s">
         <v>1552</v>
       </c>
       <c r="E168" t="s">
         <v>1553</v>
       </c>
       <c r="F168" t="s">
         <v>1554</v>
       </c>
       <c r="G168" t="s">
         <v>1555</v>
       </c>
       <c r="H168" t="s">
         <v>1556</v>
       </c>
       <c r="I168" t="s">
         <v>1557</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>25</v>
+        <v>1024</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>27</v>
+        <v>1025</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
         <v>1558</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4810</v>
+        <v>4792</v>
       </c>
       <c r="B169" t="s">
         <v>1559</v>
       </c>
       <c r="C169" t="s">
         <v>1560</v>
       </c>
       <c r="D169" t="s">
         <v>1561</v>
       </c>
       <c r="E169" t="s">
         <v>1562</v>
       </c>
       <c r="F169" t="s">
         <v>1563</v>
       </c>
       <c r="G169" t="s">
         <v>1564</v>
       </c>
       <c r="H169" t="s">
         <v>1565</v>
       </c>
       <c r="I169" t="s">
         <v>1566</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
         <v>1567</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4811</v>
+        <v>4810</v>
       </c>
       <c r="B170" t="s">
         <v>1568</v>
       </c>
       <c r="C170" t="s">
         <v>1569</v>
       </c>
       <c r="D170" t="s">
         <v>1570</v>
       </c>
       <c r="E170" t="s">
         <v>1571</v>
       </c>
       <c r="F170" t="s">
         <v>1572</v>
       </c>
       <c r="G170" t="s">
         <v>1573</v>
       </c>
       <c r="H170" t="s">
         <v>1574</v>
       </c>
       <c r="I170" t="s">
         <v>1575</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
+        <v>130</v>
+      </c>
+      <c r="L170" t="s">
+        <v>26</v>
+      </c>
+      <c r="M170" t="s">
+        <v>131</v>
+      </c>
+      <c r="N170" t="s">
+        <v>28</v>
+      </c>
+      <c r="O170" t="s">
         <v>1576</v>
-      </c>
-[...10 lines deleted...]
-        <v>1578</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4817</v>
+        <v>4811</v>
       </c>
       <c r="B171" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C171" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D171" t="s">
         <v>1579</v>
       </c>
-      <c r="C171" t="s">
+      <c r="E171" t="s">
         <v>1580</v>
       </c>
-      <c r="D171" t="s">
+      <c r="F171" t="s">
         <v>1581</v>
       </c>
-      <c r="E171" t="s">
+      <c r="G171" t="s">
         <v>1582</v>
       </c>
-      <c r="F171" t="s">
+      <c r="H171" t="s">
         <v>1583</v>
       </c>
-      <c r="G171" t="s">
+      <c r="I171" t="s">
         <v>1584</v>
       </c>
-      <c r="H171" t="s">
+      <c r="J171" t="s">
+        <v>24</v>
+      </c>
+      <c r="K171" t="s">
         <v>1585</v>
       </c>
-      <c r="I171" t="s">
+      <c r="L171" t="s">
+        <v>26</v>
+      </c>
+      <c r="M171" t="s">
         <v>1586</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
         <v>1587</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4935</v>
+        <v>4817</v>
       </c>
       <c r="B172" t="s">
         <v>1588</v>
       </c>
       <c r="C172" t="s">
         <v>1589</v>
       </c>
       <c r="D172" t="s">
         <v>1590</v>
       </c>
       <c r="E172" t="s">
         <v>1591</v>
       </c>
       <c r="F172" t="s">
         <v>1592</v>
       </c>
       <c r="G172" t="s">
         <v>1593</v>
       </c>
       <c r="H172" t="s">
         <v>1594</v>
       </c>
       <c r="I172" t="s">
         <v>1595</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
         <v>1596</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4947</v>
+        <v>4935</v>
       </c>
       <c r="B173" t="s">
         <v>1597</v>
       </c>
       <c r="C173" t="s">
         <v>1598</v>
       </c>
       <c r="D173" t="s">
         <v>1599</v>
       </c>
       <c r="E173" t="s">
         <v>1600</v>
       </c>
       <c r="F173" t="s">
         <v>1601</v>
       </c>
       <c r="G173" t="s">
         <v>1602</v>
       </c>
       <c r="H173" t="s">
         <v>1603</v>
       </c>
       <c r="I173" t="s">
         <v>1604</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
         <v>1605</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4950</v>
+        <v>4947</v>
       </c>
       <c r="B174" t="s">
         <v>1606</v>
       </c>
       <c r="C174" t="s">
         <v>1607</v>
       </c>
       <c r="D174" t="s">
         <v>1608</v>
       </c>
       <c r="E174" t="s">
         <v>1609</v>
       </c>
       <c r="F174" t="s">
         <v>1610</v>
       </c>
       <c r="G174" t="s">
         <v>1611</v>
       </c>
       <c r="H174" t="s">
         <v>1612</v>
       </c>
       <c r="I174" t="s">
         <v>1613</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>1576</v>
+        <v>47</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
-        <v>1577</v>
+        <v>48</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
         <v>1614</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4964</v>
+        <v>4950</v>
       </c>
       <c r="B175" t="s">
         <v>1615</v>
       </c>
       <c r="C175" t="s">
         <v>1616</v>
       </c>
       <c r="D175" t="s">
         <v>1617</v>
       </c>
       <c r="E175" t="s">
         <v>1618</v>
       </c>
       <c r="F175" t="s">
         <v>1619</v>
       </c>
       <c r="G175" t="s">
         <v>1620</v>
       </c>
       <c r="H175" t="s">
         <v>1621</v>
       </c>
       <c r="I175" t="s">
         <v>1622</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
+        <v>1585</v>
+      </c>
+      <c r="L175" t="s">
+        <v>26</v>
+      </c>
+      <c r="M175" t="s">
+        <v>1586</v>
+      </c>
+      <c r="N175" t="s">
+        <v>28</v>
+      </c>
+      <c r="O175" t="s">
         <v>1623</v>
-      </c>
-[...10 lines deleted...]
-        <v>1625</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4965</v>
+        <v>4964</v>
       </c>
       <c r="B176" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D176" t="s">
         <v>1626</v>
       </c>
-      <c r="C176" t="s">
+      <c r="E176" t="s">
         <v>1627</v>
       </c>
-      <c r="D176" t="s">
+      <c r="F176" t="s">
         <v>1628</v>
       </c>
-      <c r="E176" t="s">
+      <c r="G176" t="s">
         <v>1629</v>
       </c>
-      <c r="F176" t="s">
+      <c r="H176" t="s">
         <v>1630</v>
       </c>
-      <c r="G176" t="s">
+      <c r="I176" t="s">
         <v>1631</v>
       </c>
-      <c r="H176" t="s">
+      <c r="J176" t="s">
+        <v>24</v>
+      </c>
+      <c r="K176" t="s">
         <v>1632</v>
       </c>
-      <c r="I176" t="s">
+      <c r="L176" t="s">
+        <v>26</v>
+      </c>
+      <c r="M176" t="s">
         <v>1633</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
         <v>1634</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4968</v>
+        <v>4965</v>
       </c>
       <c r="B177" t="s">
         <v>1635</v>
       </c>
       <c r="C177" t="s">
         <v>1636</v>
       </c>
       <c r="D177" t="s">
         <v>1637</v>
       </c>
       <c r="E177" t="s">
         <v>1638</v>
       </c>
       <c r="F177" t="s">
         <v>1639</v>
       </c>
       <c r="G177" t="s">
         <v>1640</v>
       </c>
       <c r="H177" t="s">
         <v>1641</v>
       </c>
       <c r="I177" t="s">
         <v>1642</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
         <v>25</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
         <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4969</v>
+        <v>4968</v>
       </c>
       <c r="B178" t="s">
         <v>1644</v>
       </c>
       <c r="C178" t="s">
         <v>1645</v>
       </c>
       <c r="D178" t="s">
         <v>1646</v>
       </c>
       <c r="E178" t="s">
         <v>1647</v>
       </c>
       <c r="F178" t="s">
         <v>1648</v>
       </c>
       <c r="G178" t="s">
         <v>1649</v>
       </c>
       <c r="H178" t="s">
         <v>1650</v>
       </c>
       <c r="I178" t="s">
         <v>1651</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
         <v>25</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
         <v>27</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
         <v>1652</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>5272</v>
+        <v>4969</v>
       </c>
       <c r="B179" t="s">
         <v>1653</v>
       </c>
       <c r="C179" t="s">
         <v>1654</v>
       </c>
       <c r="D179" t="s">
         <v>1655</v>
       </c>
       <c r="E179" t="s">
         <v>1656</v>
       </c>
       <c r="F179" t="s">
         <v>1657</v>
       </c>
       <c r="G179" t="s">
         <v>1658</v>
       </c>
       <c r="H179" t="s">
         <v>1659</v>
       </c>
       <c r="I179" t="s">
         <v>1660</v>
       </c>
       <c r="J179" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>582</v>
+        <v>25</v>
       </c>
       <c r="L179" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>584</v>
+        <v>27</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
         <v>1661</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>5273</v>
+        <v>5272</v>
       </c>
       <c r="B180" t="s">
         <v>1662</v>
       </c>
       <c r="C180" t="s">
         <v>1663</v>
       </c>
       <c r="D180" t="s">
         <v>1664</v>
       </c>
       <c r="E180" t="s">
         <v>1665</v>
       </c>
       <c r="F180" t="s">
         <v>1666</v>
       </c>
       <c r="G180" t="s">
         <v>1667</v>
       </c>
       <c r="H180" t="s">
         <v>1668</v>
       </c>
       <c r="I180" t="s">
         <v>1669</v>
       </c>
       <c r="J180" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K180" t="s">
-        <v>1623</v>
+        <v>582</v>
       </c>
       <c r="L180" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M180" t="s">
-        <v>1624</v>
+        <v>584</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
         <v>1670</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>5326</v>
+        <v>5273</v>
       </c>
       <c r="B181" t="s">
         <v>1671</v>
       </c>
       <c r="C181" t="s">
         <v>1672</v>
       </c>
       <c r="D181" t="s">
         <v>1673</v>
       </c>
       <c r="E181" t="s">
         <v>1674</v>
       </c>
       <c r="F181" t="s">
         <v>1675</v>
       </c>
       <c r="G181" t="s">
         <v>1676</v>
       </c>
       <c r="H181" t="s">
         <v>1677</v>
       </c>
       <c r="I181" t="s">
         <v>1678</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>130</v>
+        <v>1632</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>131</v>
+        <v>1633</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
         <v>1679</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>5330</v>
+        <v>5326</v>
       </c>
       <c r="B182" t="s">
         <v>1680</v>
       </c>
       <c r="C182" t="s">
         <v>1681</v>
       </c>
       <c r="D182" t="s">
         <v>1682</v>
       </c>
       <c r="E182" t="s">
         <v>1683</v>
       </c>
       <c r="F182" t="s">
         <v>1684</v>
       </c>
       <c r="G182" t="s">
         <v>1685</v>
       </c>
       <c r="H182" t="s">
         <v>1686</v>
       </c>
       <c r="I182" t="s">
         <v>1687</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
         <v>130</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
         <v>131</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
         <v>1688</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>5331</v>
+        <v>5330</v>
       </c>
       <c r="B183" t="s">
         <v>1689</v>
       </c>
       <c r="C183" t="s">
         <v>1690</v>
       </c>
       <c r="D183" t="s">
         <v>1691</v>
       </c>
       <c r="E183" t="s">
         <v>1692</v>
       </c>
       <c r="F183" t="s">
         <v>1693</v>
       </c>
       <c r="G183" t="s">
         <v>1694</v>
       </c>
       <c r="H183" t="s">
         <v>1695</v>
       </c>
       <c r="I183" t="s">
         <v>1696</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
         <v>1697</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>5332</v>
+        <v>5331</v>
       </c>
       <c r="B184" t="s">
         <v>1698</v>
       </c>
       <c r="C184" t="s">
         <v>1699</v>
       </c>
       <c r="D184" t="s">
         <v>1700</v>
       </c>
       <c r="E184" t="s">
         <v>1701</v>
       </c>
       <c r="F184" t="s">
         <v>1702</v>
       </c>
       <c r="G184" t="s">
         <v>1703</v>
       </c>
       <c r="H184" t="s">
         <v>1704</v>
       </c>
       <c r="I184" t="s">
         <v>1705</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
         <v>1706</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>5335</v>
+        <v>5332</v>
       </c>
       <c r="B185" t="s">
         <v>1707</v>
       </c>
       <c r="C185" t="s">
         <v>1708</v>
       </c>
       <c r="D185" t="s">
         <v>1709</v>
       </c>
       <c r="E185" t="s">
         <v>1710</v>
       </c>
       <c r="F185" t="s">
         <v>1711</v>
       </c>
       <c r="G185" t="s">
         <v>1712</v>
       </c>
       <c r="H185" t="s">
         <v>1713</v>
       </c>
       <c r="I185" t="s">
         <v>1714</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
         <v>25</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
         <v>27</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
         <v>1715</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>5346</v>
+        <v>5335</v>
       </c>
       <c r="B186" t="s">
         <v>1716</v>
       </c>
       <c r="C186" t="s">
         <v>1717</v>
       </c>
       <c r="D186" t="s">
         <v>1718</v>
       </c>
       <c r="E186" t="s">
         <v>1719</v>
       </c>
       <c r="F186" t="s">
         <v>1720</v>
       </c>
       <c r="G186" t="s">
         <v>1721</v>
       </c>
       <c r="H186" t="s">
         <v>1722</v>
       </c>
       <c r="I186" t="s">
         <v>1723</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
+        <v>25</v>
+      </c>
+      <c r="L186" t="s">
+        <v>26</v>
+      </c>
+      <c r="M186" t="s">
+        <v>27</v>
+      </c>
+      <c r="N186" t="s">
+        <v>28</v>
+      </c>
+      <c r="O186" t="s">
         <v>1724</v>
-      </c>
-[...10 lines deleted...]
-        <v>1726</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>5348</v>
+        <v>5346</v>
       </c>
       <c r="B187" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1726</v>
+      </c>
+      <c r="D187" t="s">
         <v>1727</v>
       </c>
-      <c r="C187" t="s">
+      <c r="E187" t="s">
         <v>1728</v>
       </c>
-      <c r="D187" t="s">
+      <c r="F187" t="s">
         <v>1729</v>
       </c>
-      <c r="E187" t="s">
+      <c r="G187" t="s">
         <v>1730</v>
       </c>
-      <c r="F187" t="s">
+      <c r="H187" t="s">
         <v>1731</v>
       </c>
-      <c r="G187" t="s">
+      <c r="I187" t="s">
         <v>1732</v>
       </c>
-      <c r="H187" t="s">
+      <c r="J187" t="s">
+        <v>24</v>
+      </c>
+      <c r="K187" t="s">
         <v>1733</v>
       </c>
-      <c r="I187" t="s">
+      <c r="L187" t="s">
+        <v>26</v>
+      </c>
+      <c r="M187" t="s">
         <v>1734</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
         <v>1735</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>5351</v>
+        <v>5348</v>
       </c>
       <c r="B188" t="s">
         <v>1736</v>
       </c>
       <c r="C188" t="s">
         <v>1737</v>
       </c>
       <c r="D188" t="s">
         <v>1738</v>
       </c>
       <c r="E188" t="s">
         <v>1739</v>
       </c>
       <c r="F188" t="s">
         <v>1740</v>
       </c>
       <c r="G188" t="s">
         <v>1741</v>
       </c>
       <c r="H188" t="s">
         <v>1742</v>
       </c>
       <c r="I188" t="s">
         <v>1743</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
         <v>1744</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>5353</v>
+        <v>5351</v>
       </c>
       <c r="B189" t="s">
         <v>1745</v>
       </c>
       <c r="C189" t="s">
         <v>1746</v>
       </c>
       <c r="D189" t="s">
         <v>1747</v>
       </c>
       <c r="E189" t="s">
         <v>1748</v>
       </c>
       <c r="F189" t="s">
         <v>1749</v>
       </c>
       <c r="G189" t="s">
         <v>1750</v>
       </c>
       <c r="H189" t="s">
         <v>1751</v>
       </c>
       <c r="I189" t="s">
         <v>1752</v>
       </c>
       <c r="J189" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>735</v>
+        <v>25</v>
       </c>
       <c r="L189" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>736</v>
+        <v>27</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
         <v>1753</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>5354</v>
+        <v>5353</v>
       </c>
       <c r="B190" t="s">
         <v>1754</v>
       </c>
       <c r="C190" t="s">
         <v>1755</v>
       </c>
       <c r="D190" t="s">
         <v>1756</v>
       </c>
       <c r="E190" t="s">
         <v>1757</v>
       </c>
       <c r="F190" t="s">
         <v>1758</v>
       </c>
       <c r="G190" t="s">
         <v>1759</v>
       </c>
       <c r="H190" t="s">
         <v>1760</v>
       </c>
       <c r="I190" t="s">
         <v>1761</v>
       </c>
       <c r="J190" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K190" t="s">
-        <v>130</v>
+        <v>735</v>
       </c>
       <c r="L190" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M190" t="s">
-        <v>131</v>
+        <v>736</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
         <v>1762</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>5359</v>
+        <v>5354</v>
       </c>
       <c r="B191" t="s">
         <v>1763</v>
       </c>
       <c r="C191" t="s">
         <v>1764</v>
       </c>
       <c r="D191" t="s">
         <v>1765</v>
       </c>
       <c r="E191" t="s">
         <v>1766</v>
       </c>
       <c r="F191" t="s">
         <v>1767</v>
       </c>
       <c r="G191" t="s">
         <v>1768</v>
       </c>
       <c r="H191" t="s">
         <v>1769</v>
       </c>
       <c r="I191" t="s">
         <v>1770</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
         <v>1771</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>5364</v>
+        <v>5359</v>
       </c>
       <c r="B192" t="s">
         <v>1772</v>
       </c>
       <c r="C192" t="s">
         <v>1773</v>
       </c>
       <c r="D192" t="s">
         <v>1774</v>
       </c>
       <c r="E192" t="s">
         <v>1775</v>
       </c>
       <c r="F192" t="s">
         <v>1776</v>
       </c>
       <c r="G192" t="s">
         <v>1777</v>
       </c>
       <c r="H192" t="s">
         <v>1778</v>
       </c>
       <c r="I192" t="s">
         <v>1779</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
         <v>1780</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>5365</v>
+        <v>5364</v>
       </c>
       <c r="B193" t="s">
         <v>1781</v>
       </c>
       <c r="C193" t="s">
         <v>1782</v>
       </c>
       <c r="D193" t="s">
         <v>1783</v>
       </c>
       <c r="E193" t="s">
         <v>1784</v>
       </c>
       <c r="F193" t="s">
         <v>1785</v>
       </c>
       <c r="G193" t="s">
         <v>1786</v>
       </c>
       <c r="H193" t="s">
         <v>1787</v>
       </c>
       <c r="I193" t="s">
         <v>1788</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
         <v>1789</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>5367</v>
+        <v>5365</v>
       </c>
       <c r="B194" t="s">
         <v>1790</v>
       </c>
       <c r="C194" t="s">
         <v>1791</v>
       </c>
       <c r="D194" t="s">
         <v>1792</v>
       </c>
       <c r="E194" t="s">
         <v>1793</v>
       </c>
       <c r="F194" t="s">
         <v>1794</v>
       </c>
       <c r="G194" t="s">
         <v>1795</v>
       </c>
       <c r="H194" t="s">
         <v>1796</v>
       </c>
       <c r="I194" t="s">
         <v>1797</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
         <v>25</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
         <v>27</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
         <v>1798</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5368</v>
+        <v>5367</v>
       </c>
       <c r="B195" t="s">
         <v>1799</v>
       </c>
       <c r="C195" t="s">
         <v>1800</v>
       </c>
       <c r="D195" t="s">
         <v>1801</v>
       </c>
       <c r="E195" t="s">
         <v>1802</v>
       </c>
       <c r="F195" t="s">
         <v>1803</v>
       </c>
       <c r="G195" t="s">
         <v>1804</v>
       </c>
       <c r="H195" t="s">
         <v>1805</v>
       </c>
       <c r="I195" t="s">
         <v>1806</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
         <v>25</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
         <v>27</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
         <v>1807</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5371</v>
+        <v>5368</v>
       </c>
       <c r="B196" t="s">
         <v>1808</v>
       </c>
       <c r="C196" t="s">
         <v>1809</v>
       </c>
       <c r="D196" t="s">
         <v>1810</v>
       </c>
       <c r="E196" t="s">
         <v>1811</v>
       </c>
       <c r="F196" t="s">
         <v>1812</v>
       </c>
       <c r="G196" t="s">
         <v>1813</v>
       </c>
       <c r="H196" t="s">
         <v>1814</v>
       </c>
       <c r="I196" t="s">
         <v>1815</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
+        <v>25</v>
+      </c>
+      <c r="L196" t="s">
+        <v>26</v>
+      </c>
+      <c r="M196" t="s">
+        <v>27</v>
+      </c>
+      <c r="N196" t="s">
+        <v>28</v>
+      </c>
+      <c r="O196" t="s">
         <v>1816</v>
-      </c>
-[...10 lines deleted...]
-        <v>1818</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5372</v>
+        <v>5371</v>
       </c>
       <c r="B197" t="s">
+        <v>1817</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D197" t="s">
         <v>1819</v>
       </c>
-      <c r="C197" t="s">
+      <c r="E197" t="s">
         <v>1820</v>
       </c>
-      <c r="D197" t="s">
+      <c r="F197" t="s">
         <v>1821</v>
       </c>
-      <c r="E197" t="s">
+      <c r="G197" t="s">
         <v>1822</v>
       </c>
-      <c r="F197" t="s">
+      <c r="H197" t="s">
         <v>1823</v>
       </c>
-      <c r="G197" t="s">
+      <c r="I197" t="s">
         <v>1824</v>
       </c>
-      <c r="H197" t="s">
+      <c r="J197" t="s">
+        <v>24</v>
+      </c>
+      <c r="K197" t="s">
         <v>1825</v>
       </c>
-      <c r="I197" t="s">
+      <c r="L197" t="s">
+        <v>26</v>
+      </c>
+      <c r="M197" t="s">
         <v>1826</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
         <v>1827</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5375</v>
+        <v>5372</v>
       </c>
       <c r="B198" t="s">
         <v>1828</v>
       </c>
       <c r="C198" t="s">
         <v>1829</v>
       </c>
       <c r="D198" t="s">
         <v>1830</v>
       </c>
       <c r="E198" t="s">
         <v>1831</v>
       </c>
       <c r="F198" t="s">
         <v>1832</v>
       </c>
       <c r="G198" t="s">
         <v>1833</v>
       </c>
       <c r="H198" t="s">
         <v>1834</v>
       </c>
       <c r="I198" t="s">
         <v>1835</v>
       </c>
       <c r="J198" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>724</v>
+        <v>25</v>
       </c>
       <c r="L198" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M198" t="s">
-        <v>725</v>
+        <v>27</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
         <v>1836</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5377</v>
+        <v>5375</v>
       </c>
       <c r="B199" t="s">
         <v>1837</v>
       </c>
       <c r="C199" t="s">
         <v>1838</v>
       </c>
       <c r="D199" t="s">
         <v>1839</v>
       </c>
       <c r="E199" t="s">
         <v>1840</v>
       </c>
       <c r="F199" t="s">
         <v>1841</v>
       </c>
       <c r="G199" t="s">
         <v>1842</v>
       </c>
       <c r="H199" t="s">
         <v>1843</v>
       </c>
       <c r="I199" t="s">
         <v>1844</v>
       </c>
       <c r="J199" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K199" t="s">
-        <v>25</v>
+        <v>724</v>
       </c>
       <c r="L199" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M199" t="s">
-        <v>27</v>
+        <v>725</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
         <v>1845</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5378</v>
+        <v>5377</v>
       </c>
       <c r="B200" t="s">
         <v>1846</v>
       </c>
       <c r="C200" t="s">
         <v>1847</v>
       </c>
       <c r="D200" t="s">
         <v>1848</v>
       </c>
       <c r="E200" t="s">
         <v>1849</v>
       </c>
       <c r="F200" t="s">
         <v>1850</v>
       </c>
       <c r="G200" t="s">
         <v>1851</v>
       </c>
       <c r="H200" t="s">
         <v>1852</v>
       </c>
       <c r="I200" t="s">
         <v>1853</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
         <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
         <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
         <v>1854</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5382</v>
+        <v>5378</v>
       </c>
       <c r="B201" t="s">
         <v>1855</v>
       </c>
       <c r="C201" t="s">
         <v>1856</v>
       </c>
       <c r="D201" t="s">
         <v>1857</v>
       </c>
       <c r="E201" t="s">
         <v>1858</v>
       </c>
       <c r="F201" t="s">
         <v>1859</v>
       </c>
       <c r="G201" t="s">
         <v>1860</v>
       </c>
       <c r="H201" t="s">
         <v>1861</v>
       </c>
       <c r="I201" t="s">
         <v>1862</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
         <v>1863</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5435</v>
+        <v>5382</v>
       </c>
       <c r="B202" t="s">
         <v>1864</v>
       </c>
       <c r="C202" t="s">
         <v>1865</v>
       </c>
       <c r="D202" t="s">
         <v>1866</v>
       </c>
       <c r="E202" t="s">
         <v>1867</v>
       </c>
       <c r="F202" t="s">
         <v>1868</v>
       </c>
       <c r="G202" t="s">
         <v>1869</v>
       </c>
       <c r="H202" t="s">
         <v>1870</v>
       </c>
       <c r="I202" t="s">
         <v>1871</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
         <v>130</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
         <v>131</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
         <v>1872</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5437</v>
+        <v>5435</v>
       </c>
       <c r="B203" t="s">
         <v>1873</v>
       </c>
       <c r="C203" t="s">
         <v>1874</v>
       </c>
       <c r="D203" t="s">
         <v>1875</v>
       </c>
       <c r="E203" t="s">
         <v>1876</v>
       </c>
       <c r="F203" t="s">
         <v>1877</v>
       </c>
       <c r="G203" t="s">
         <v>1878</v>
       </c>
       <c r="H203" t="s">
         <v>1879</v>
       </c>
       <c r="I203" t="s">
         <v>1880</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
         <v>1881</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5439</v>
+        <v>5437</v>
       </c>
       <c r="B204" t="s">
         <v>1882</v>
       </c>
       <c r="C204" t="s">
         <v>1883</v>
       </c>
       <c r="D204" t="s">
         <v>1884</v>
       </c>
       <c r="E204" t="s">
         <v>1885</v>
       </c>
       <c r="F204" t="s">
         <v>1886</v>
       </c>
       <c r="G204" t="s">
         <v>1887</v>
       </c>
       <c r="H204" t="s">
         <v>1888</v>
       </c>
       <c r="I204" t="s">
         <v>1889</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
         <v>25</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
         <v>27</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
         <v>1890</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5474</v>
+        <v>5439</v>
       </c>
       <c r="B205" t="s">
         <v>1891</v>
       </c>
       <c r="C205" t="s">
         <v>1892</v>
       </c>
       <c r="D205" t="s">
         <v>1893</v>
       </c>
       <c r="E205" t="s">
         <v>1894</v>
       </c>
       <c r="F205" t="s">
         <v>1895</v>
       </c>
       <c r="G205" t="s">
         <v>1896</v>
       </c>
       <c r="H205" t="s">
         <v>1897</v>
       </c>
       <c r="I205" t="s">
         <v>1898</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
         <v>25</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
         <v>27</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
         <v>1899</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5475</v>
+        <v>5474</v>
       </c>
       <c r="B206" t="s">
         <v>1900</v>
       </c>
       <c r="C206" t="s">
         <v>1901</v>
       </c>
       <c r="D206" t="s">
         <v>1902</v>
       </c>
       <c r="E206" t="s">
         <v>1903</v>
       </c>
       <c r="F206" t="s">
         <v>1904</v>
       </c>
       <c r="G206" t="s">
         <v>1905</v>
       </c>
       <c r="H206" t="s">
         <v>1906</v>
       </c>
       <c r="I206" t="s">
         <v>1907</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
         <v>1908</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5476</v>
+        <v>5475</v>
       </c>
       <c r="B207" t="s">
         <v>1909</v>
       </c>
       <c r="C207" t="s">
         <v>1910</v>
       </c>
       <c r="D207" t="s">
         <v>1911</v>
       </c>
       <c r="E207" t="s">
         <v>1912</v>
       </c>
       <c r="F207" t="s">
         <v>1913</v>
       </c>
       <c r="G207" t="s">
         <v>1914</v>
       </c>
       <c r="H207" t="s">
         <v>1915</v>
       </c>
       <c r="I207" t="s">
         <v>1916</v>
       </c>
       <c r="J207" t="s">
+        <v>24</v>
+      </c>
+      <c r="K207" t="s">
+        <v>130</v>
+      </c>
+      <c r="L207" t="s">
+        <v>26</v>
+      </c>
+      <c r="M207" t="s">
+        <v>131</v>
+      </c>
+      <c r="N207" t="s">
+        <v>28</v>
+      </c>
+      <c r="O207" t="s">
         <v>1917</v>
-      </c>
-[...13 lines deleted...]
-        <v>1919</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5478</v>
+        <v>5476</v>
       </c>
       <c r="B208" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D208" t="s">
         <v>1920</v>
       </c>
-      <c r="C208" t="s">
+      <c r="E208" t="s">
         <v>1921</v>
       </c>
-      <c r="D208" t="s">
+      <c r="F208" t="s">
         <v>1922</v>
       </c>
-      <c r="E208" t="s">
+      <c r="G208" t="s">
         <v>1923</v>
       </c>
-      <c r="F208" t="s">
+      <c r="H208" t="s">
         <v>1924</v>
       </c>
-      <c r="G208" t="s">
+      <c r="I208" t="s">
         <v>1925</v>
       </c>
-      <c r="H208" t="s">
+      <c r="J208" t="s">
         <v>1926</v>
       </c>
-      <c r="I208" t="s">
+      <c r="K208" t="s">
+        <v>1024</v>
+      </c>
+      <c r="L208" t="s">
         <v>1927</v>
       </c>
-      <c r="J208" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M208" t="s">
-        <v>27</v>
+        <v>1025</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
         <v>1928</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5493</v>
+        <v>5478</v>
       </c>
       <c r="B209" t="s">
         <v>1929</v>
       </c>
       <c r="C209" t="s">
         <v>1930</v>
       </c>
       <c r="D209" t="s">
         <v>1931</v>
       </c>
       <c r="E209" t="s">
         <v>1932</v>
       </c>
       <c r="F209" t="s">
         <v>1933</v>
       </c>
       <c r="G209" t="s">
         <v>1934</v>
       </c>
       <c r="H209" t="s">
         <v>1935</v>
       </c>
       <c r="I209" t="s">
         <v>1936</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
         <v>1937</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5496</v>
+        <v>5493</v>
       </c>
       <c r="B210" t="s">
         <v>1938</v>
       </c>
       <c r="C210" t="s">
         <v>1939</v>
       </c>
       <c r="D210" t="s">
         <v>1940</v>
       </c>
       <c r="E210" t="s">
         <v>1941</v>
       </c>
       <c r="F210" t="s">
         <v>1942</v>
       </c>
       <c r="G210" t="s">
         <v>1943</v>
       </c>
       <c r="H210" t="s">
         <v>1944</v>
       </c>
       <c r="I210" t="s">
         <v>1945</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>724</v>
+        <v>130</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>725</v>
+        <v>131</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
         <v>1946</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5502</v>
+        <v>5496</v>
       </c>
       <c r="B211" t="s">
         <v>1947</v>
       </c>
       <c r="C211" t="s">
         <v>1948</v>
       </c>
       <c r="D211" t="s">
         <v>1949</v>
       </c>
       <c r="E211" t="s">
         <v>1950</v>
       </c>
       <c r="F211" t="s">
         <v>1951</v>
       </c>
       <c r="G211" t="s">
         <v>1952</v>
       </c>
       <c r="H211" t="s">
         <v>1953</v>
       </c>
       <c r="I211" t="s">
         <v>1954</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>25</v>
+        <v>724</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
-        <v>27</v>
+        <v>725</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
         <v>1955</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5503</v>
+        <v>5502</v>
       </c>
       <c r="B212" t="s">
         <v>1956</v>
       </c>
       <c r="C212" t="s">
         <v>1957</v>
       </c>
       <c r="D212" t="s">
         <v>1958</v>
       </c>
       <c r="E212" t="s">
         <v>1959</v>
       </c>
       <c r="F212" t="s">
         <v>1960</v>
       </c>
       <c r="G212" t="s">
         <v>1961</v>
       </c>
       <c r="H212" t="s">
         <v>1962</v>
       </c>
       <c r="I212" t="s">
         <v>1963</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
         <v>1964</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5507</v>
+        <v>5503</v>
       </c>
       <c r="B213" t="s">
         <v>1965</v>
       </c>
       <c r="C213" t="s">
         <v>1966</v>
       </c>
       <c r="D213" t="s">
         <v>1967</v>
       </c>
       <c r="E213" t="s">
         <v>1968</v>
       </c>
       <c r="F213" t="s">
         <v>1969</v>
       </c>
       <c r="G213" t="s">
         <v>1970</v>
       </c>
       <c r="H213" t="s">
         <v>1971</v>
       </c>
       <c r="I213" t="s">
         <v>1972</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
         <v>1973</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5509</v>
+        <v>5507</v>
       </c>
       <c r="B214" t="s">
         <v>1974</v>
       </c>
       <c r="C214" t="s">
         <v>1975</v>
       </c>
       <c r="D214" t="s">
         <v>1976</v>
       </c>
       <c r="E214" t="s">
         <v>1977</v>
       </c>
       <c r="F214" t="s">
         <v>1978</v>
       </c>
       <c r="G214" t="s">
         <v>1979</v>
       </c>
       <c r="H214" t="s">
         <v>1980</v>
       </c>
       <c r="I214" t="s">
         <v>1981</v>
       </c>
       <c r="J214" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>1015</v>
+        <v>25</v>
       </c>
       <c r="L214" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>1016</v>
+        <v>27</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
         <v>1982</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5512</v>
+        <v>5509</v>
       </c>
       <c r="B215" t="s">
         <v>1983</v>
       </c>
       <c r="C215" t="s">
         <v>1984</v>
       </c>
       <c r="D215" t="s">
         <v>1985</v>
       </c>
       <c r="E215" t="s">
         <v>1986</v>
       </c>
       <c r="F215" t="s">
         <v>1987</v>
       </c>
       <c r="G215" t="s">
         <v>1988</v>
       </c>
       <c r="H215" t="s">
         <v>1989</v>
       </c>
       <c r="I215" t="s">
         <v>1990</v>
       </c>
       <c r="J215" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K215" t="s">
-        <v>130</v>
+        <v>1024</v>
       </c>
       <c r="L215" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M215" t="s">
-        <v>131</v>
+        <v>1025</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
         <v>1991</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5514</v>
+        <v>5512</v>
       </c>
       <c r="B216" t="s">
         <v>1992</v>
       </c>
       <c r="C216" t="s">
         <v>1993</v>
       </c>
       <c r="D216" t="s">
         <v>1994</v>
       </c>
       <c r="E216" t="s">
         <v>1995</v>
       </c>
       <c r="F216" t="s">
         <v>1996</v>
       </c>
       <c r="G216" t="s">
         <v>1997</v>
       </c>
       <c r="H216" t="s">
         <v>1998</v>
       </c>
       <c r="I216" t="s">
         <v>1999</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>939</v>
+        <v>130</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>940</v>
+        <v>131</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
         <v>2000</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5516</v>
+        <v>5514</v>
       </c>
       <c r="B217" t="s">
         <v>2001</v>
       </c>
       <c r="C217" t="s">
         <v>2002</v>
       </c>
       <c r="D217" t="s">
         <v>2003</v>
       </c>
       <c r="E217" t="s">
         <v>2004</v>
       </c>
       <c r="F217" t="s">
         <v>2005</v>
       </c>
       <c r="G217" t="s">
         <v>2006</v>
       </c>
       <c r="H217" t="s">
         <v>2007</v>
       </c>
       <c r="I217" t="s">
         <v>2008</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>25</v>
+        <v>948</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
-        <v>27</v>
+        <v>949</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
         <v>2009</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5517</v>
+        <v>5516</v>
       </c>
       <c r="B218" t="s">
         <v>2010</v>
       </c>
       <c r="C218" t="s">
         <v>2011</v>
       </c>
       <c r="D218" t="s">
         <v>2012</v>
       </c>
       <c r="E218" t="s">
         <v>2013</v>
       </c>
       <c r="F218" t="s">
         <v>2014</v>
       </c>
       <c r="G218" t="s">
         <v>2015</v>
       </c>
       <c r="H218" t="s">
         <v>2016</v>
       </c>
       <c r="I218" t="s">
         <v>2017</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
         <v>25</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
         <v>27</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
         <v>2018</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5518</v>
+        <v>5517</v>
       </c>
       <c r="B219" t="s">
         <v>2019</v>
       </c>
       <c r="C219" t="s">
         <v>2020</v>
       </c>
       <c r="D219" t="s">
         <v>2021</v>
       </c>
       <c r="E219" t="s">
         <v>2022</v>
       </c>
       <c r="F219" t="s">
         <v>2023</v>
       </c>
       <c r="G219" t="s">
         <v>2024</v>
       </c>
       <c r="H219" t="s">
         <v>2025</v>
       </c>
       <c r="I219" t="s">
         <v>2026</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
         <v>25</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
         <v>27</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
         <v>2027</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5545</v>
+        <v>5518</v>
       </c>
       <c r="B220" t="s">
         <v>2028</v>
       </c>
       <c r="C220" t="s">
         <v>2029</v>
       </c>
       <c r="D220" t="s">
         <v>2030</v>
       </c>
       <c r="E220" t="s">
         <v>2031</v>
       </c>
       <c r="F220" t="s">
         <v>2032</v>
       </c>
       <c r="G220" t="s">
         <v>2033</v>
       </c>
       <c r="H220" t="s">
         <v>2034</v>
       </c>
       <c r="I220" t="s">
         <v>2035</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
         <v>2036</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5657</v>
+        <v>5545</v>
       </c>
       <c r="B221" t="s">
         <v>2037</v>
       </c>
       <c r="C221" t="s">
         <v>2038</v>
       </c>
       <c r="D221" t="s">
         <v>2039</v>
       </c>
       <c r="E221" t="s">
         <v>2040</v>
       </c>
       <c r="F221" t="s">
         <v>2041</v>
       </c>
       <c r="G221" t="s">
         <v>2042</v>
       </c>
       <c r="H221" t="s">
         <v>2043</v>
       </c>
       <c r="I221" t="s">
         <v>2044</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
         <v>2045</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5733</v>
+        <v>5657</v>
       </c>
       <c r="B222" t="s">
         <v>2046</v>
       </c>
       <c r="C222" t="s">
         <v>2047</v>
       </c>
       <c r="D222" t="s">
         <v>2048</v>
       </c>
       <c r="E222" t="s">
         <v>2049</v>
       </c>
       <c r="F222" t="s">
         <v>2050</v>
       </c>
       <c r="G222" t="s">
         <v>2051</v>
       </c>
       <c r="H222" t="s">
         <v>2052</v>
       </c>
       <c r="I222" t="s">
         <v>2053</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
         <v>2054</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5787</v>
+        <v>5733</v>
       </c>
       <c r="B223" t="s">
         <v>2055</v>
       </c>
       <c r="C223" t="s">
         <v>2056</v>
       </c>
       <c r="D223" t="s">
         <v>2057</v>
       </c>
       <c r="E223" t="s">
         <v>2058</v>
       </c>
       <c r="F223" t="s">
         <v>2059</v>
       </c>
       <c r="G223" t="s">
         <v>2060</v>
       </c>
       <c r="H223" t="s">
         <v>2061</v>
       </c>
       <c r="I223" t="s">
         <v>2062</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
         <v>2063</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5792</v>
+        <v>5787</v>
       </c>
       <c r="B224" t="s">
         <v>2064</v>
       </c>
       <c r="C224" t="s">
         <v>2065</v>
       </c>
       <c r="D224" t="s">
         <v>2066</v>
       </c>
       <c r="E224" t="s">
         <v>2067</v>
       </c>
       <c r="F224" t="s">
         <v>2068</v>
       </c>
       <c r="G224" t="s">
         <v>2069</v>
       </c>
       <c r="H224" t="s">
         <v>2070</v>
       </c>
       <c r="I224" t="s">
         <v>2071</v>
       </c>
       <c r="J224" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>505</v>
+        <v>130</v>
       </c>
       <c r="L224" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>506</v>
+        <v>131</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
         <v>2072</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5794</v>
+        <v>5792</v>
       </c>
       <c r="B225" t="s">
         <v>2073</v>
       </c>
       <c r="C225" t="s">
         <v>2074</v>
       </c>
       <c r="D225" t="s">
         <v>2075</v>
       </c>
       <c r="E225" t="s">
         <v>2076</v>
       </c>
       <c r="F225" t="s">
         <v>2077</v>
       </c>
       <c r="G225" t="s">
         <v>2078</v>
       </c>
       <c r="H225" t="s">
         <v>2079</v>
       </c>
       <c r="I225" t="s">
         <v>2080</v>
       </c>
       <c r="J225" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K225" t="s">
-        <v>130</v>
+        <v>505</v>
       </c>
       <c r="L225" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M225" t="s">
-        <v>131</v>
+        <v>506</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
         <v>2081</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5796</v>
+        <v>5794</v>
       </c>
       <c r="B226" t="s">
         <v>2082</v>
       </c>
       <c r="C226" t="s">
         <v>2083</v>
       </c>
       <c r="D226" t="s">
         <v>2084</v>
       </c>
       <c r="E226" t="s">
         <v>2085</v>
       </c>
       <c r="F226" t="s">
         <v>2086</v>
       </c>
       <c r="G226" t="s">
         <v>2087</v>
       </c>
       <c r="H226" t="s">
         <v>2088</v>
       </c>
       <c r="I226" t="s">
         <v>2089</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
         <v>130</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
         <v>131</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
         <v>2090</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5798</v>
+        <v>5796</v>
       </c>
       <c r="B227" t="s">
         <v>2091</v>
       </c>
       <c r="C227" t="s">
         <v>2092</v>
       </c>
       <c r="D227" t="s">
         <v>2093</v>
       </c>
       <c r="E227" t="s">
         <v>2094</v>
       </c>
       <c r="F227" t="s">
         <v>2095</v>
       </c>
       <c r="G227" t="s">
         <v>2096</v>
       </c>
       <c r="H227" t="s">
         <v>2097</v>
       </c>
       <c r="I227" t="s">
         <v>2098</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
         <v>130</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
         <v>131</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
         <v>2099</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5799</v>
+        <v>5798</v>
       </c>
       <c r="B228" t="s">
         <v>2100</v>
       </c>
       <c r="C228" t="s">
         <v>2101</v>
       </c>
       <c r="D228" t="s">
         <v>2102</v>
       </c>
       <c r="E228" t="s">
         <v>2103</v>
       </c>
       <c r="F228" t="s">
         <v>2104</v>
       </c>
       <c r="G228" t="s">
         <v>2105</v>
       </c>
       <c r="H228" t="s">
         <v>2106</v>
       </c>
       <c r="I228" t="s">
         <v>2107</v>
       </c>
       <c r="J228" t="s">
-        <v>1536</v>
+        <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>735</v>
+        <v>130</v>
       </c>
       <c r="L228" t="s">
-        <v>1538</v>
+        <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>736</v>
+        <v>131</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
         <v>2108</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5803</v>
+        <v>5799</v>
       </c>
       <c r="B229" t="s">
         <v>2109</v>
       </c>
       <c r="C229" t="s">
         <v>2110</v>
       </c>
       <c r="D229" t="s">
         <v>2111</v>
       </c>
       <c r="E229" t="s">
         <v>2112</v>
       </c>
       <c r="F229" t="s">
         <v>2113</v>
       </c>
       <c r="G229" t="s">
         <v>2114</v>
       </c>
       <c r="H229" t="s">
         <v>2115</v>
       </c>
       <c r="I229" t="s">
         <v>2116</v>
       </c>
       <c r="J229" t="s">
-        <v>24</v>
+        <v>1545</v>
       </c>
       <c r="K229" t="s">
-        <v>25</v>
+        <v>735</v>
       </c>
       <c r="L229" t="s">
-        <v>26</v>
+        <v>1547</v>
       </c>
       <c r="M229" t="s">
-        <v>27</v>
+        <v>736</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
         <v>2117</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5805</v>
+        <v>5803</v>
       </c>
       <c r="B230" t="s">
         <v>2118</v>
       </c>
       <c r="C230" t="s">
         <v>2119</v>
       </c>
       <c r="D230" t="s">
         <v>2120</v>
       </c>
       <c r="E230" t="s">
         <v>2121</v>
       </c>
       <c r="F230" t="s">
         <v>2122</v>
       </c>
       <c r="G230" t="s">
         <v>2123</v>
       </c>
       <c r="H230" t="s">
         <v>2124</v>
       </c>
       <c r="I230" t="s">
         <v>2125</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
         <v>25</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
         <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
         <v>2126</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5808</v>
+        <v>5805</v>
       </c>
       <c r="B231" t="s">
         <v>2127</v>
       </c>
       <c r="C231" t="s">
         <v>2128</v>
       </c>
       <c r="D231" t="s">
         <v>2129</v>
       </c>
       <c r="E231" t="s">
         <v>2130</v>
       </c>
       <c r="F231" t="s">
         <v>2131</v>
       </c>
       <c r="G231" t="s">
         <v>2132</v>
       </c>
       <c r="H231" t="s">
         <v>2133</v>
       </c>
       <c r="I231" t="s">
         <v>2134</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
         <v>25</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
         <v>27</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
         <v>2135</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5811</v>
+        <v>5808</v>
       </c>
       <c r="B232" t="s">
         <v>2136</v>
       </c>
       <c r="C232" t="s">
         <v>2137</v>
       </c>
       <c r="D232" t="s">
         <v>2138</v>
       </c>
       <c r="E232" t="s">
         <v>2139</v>
       </c>
       <c r="F232" t="s">
         <v>2140</v>
       </c>
       <c r="G232" t="s">
         <v>2141</v>
       </c>
       <c r="H232" t="s">
         <v>2142</v>
       </c>
       <c r="I232" t="s">
         <v>2143</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
         <v>25</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
         <v>27</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
         <v>2144</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5819</v>
+        <v>5811</v>
       </c>
       <c r="B233" t="s">
         <v>2145</v>
       </c>
       <c r="C233" t="s">
         <v>2146</v>
       </c>
       <c r="D233" t="s">
         <v>2147</v>
       </c>
       <c r="E233" t="s">
         <v>2148</v>
       </c>
       <c r="F233" t="s">
         <v>2149</v>
       </c>
       <c r="G233" t="s">
         <v>2150</v>
       </c>
       <c r="H233" t="s">
         <v>2151</v>
       </c>
       <c r="I233" t="s">
         <v>2152</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
         <v>25</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
         <v>27</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
         <v>2153</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5830</v>
+        <v>5819</v>
       </c>
       <c r="B234" t="s">
         <v>2154</v>
       </c>
       <c r="C234" t="s">
         <v>2155</v>
       </c>
       <c r="D234" t="s">
         <v>2156</v>
       </c>
       <c r="E234" t="s">
         <v>2157</v>
       </c>
       <c r="F234" t="s">
         <v>2158</v>
       </c>
       <c r="G234" t="s">
         <v>2159</v>
       </c>
       <c r="H234" t="s">
         <v>2160</v>
       </c>
       <c r="I234" t="s">
         <v>2161</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
         <v>25</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
         <v>27</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
         <v>2162</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5866</v>
+        <v>5830</v>
       </c>
       <c r="B235" t="s">
         <v>2163</v>
       </c>
       <c r="C235" t="s">
         <v>2164</v>
       </c>
       <c r="D235" t="s">
         <v>2165</v>
       </c>
       <c r="E235" t="s">
         <v>2166</v>
       </c>
       <c r="F235" t="s">
         <v>2167</v>
       </c>
       <c r="G235" t="s">
         <v>2168</v>
       </c>
       <c r="H235" t="s">
         <v>2169</v>
       </c>
       <c r="I235" t="s">
         <v>2170</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
         <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
         <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
         <v>2171</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5907</v>
+        <v>5866</v>
       </c>
       <c r="B236" t="s">
         <v>2172</v>
       </c>
       <c r="C236" t="s">
         <v>2173</v>
       </c>
       <c r="D236" t="s">
         <v>2174</v>
       </c>
       <c r="E236" t="s">
         <v>2175</v>
       </c>
       <c r="F236" t="s">
         <v>2176</v>
       </c>
       <c r="G236" t="s">
         <v>2177</v>
       </c>
       <c r="H236" t="s">
         <v>2178</v>
       </c>
       <c r="I236" t="s">
         <v>2179</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
         <v>25</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
         <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
         <v>2180</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5913</v>
+        <v>5907</v>
       </c>
       <c r="B237" t="s">
         <v>2181</v>
       </c>
       <c r="C237" t="s">
         <v>2182</v>
       </c>
       <c r="D237" t="s">
         <v>2183</v>
       </c>
       <c r="E237" t="s">
         <v>2184</v>
       </c>
       <c r="F237" t="s">
         <v>2185</v>
       </c>
       <c r="G237" t="s">
         <v>2186</v>
       </c>
       <c r="H237" t="s">
         <v>2187</v>
       </c>
       <c r="I237" t="s">
         <v>2188</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
         <v>2189</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5927</v>
+        <v>5913</v>
       </c>
       <c r="B238" t="s">
         <v>2190</v>
       </c>
       <c r="C238" t="s">
         <v>2191</v>
       </c>
       <c r="D238" t="s">
         <v>2192</v>
       </c>
       <c r="E238" t="s">
         <v>2193</v>
       </c>
       <c r="F238" t="s">
         <v>2194</v>
       </c>
       <c r="G238" t="s">
         <v>2195</v>
       </c>
       <c r="H238" t="s">
         <v>2196</v>
       </c>
       <c r="I238" t="s">
         <v>2197</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>939</v>
+        <v>47</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>940</v>
+        <v>48</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
         <v>2198</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5928</v>
+        <v>5927</v>
       </c>
       <c r="B239" t="s">
         <v>2199</v>
       </c>
       <c r="C239" t="s">
         <v>2200</v>
       </c>
       <c r="D239" t="s">
         <v>2201</v>
       </c>
       <c r="E239" t="s">
         <v>2202</v>
       </c>
       <c r="F239" t="s">
         <v>2203</v>
       </c>
       <c r="G239" t="s">
         <v>2204</v>
       </c>
       <c r="H239" t="s">
         <v>2205</v>
       </c>
       <c r="I239" t="s">
         <v>2206</v>
       </c>
       <c r="J239" t="s">
+        <v>24</v>
+      </c>
+      <c r="K239" t="s">
+        <v>948</v>
+      </c>
+      <c r="L239" t="s">
+        <v>26</v>
+      </c>
+      <c r="M239" t="s">
+        <v>949</v>
+      </c>
+      <c r="N239" t="s">
+        <v>28</v>
+      </c>
+      <c r="O239" t="s">
         <v>2207</v>
-      </c>
-[...13 lines deleted...]
-        <v>2211</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5931</v>
+        <v>5928</v>
       </c>
       <c r="B240" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C240" t="s">
+        <v>2209</v>
+      </c>
+      <c r="D240" t="s">
+        <v>2210</v>
+      </c>
+      <c r="E240" t="s">
+        <v>2211</v>
+      </c>
+      <c r="F240" t="s">
         <v>2212</v>
       </c>
-      <c r="C240" t="s">
+      <c r="G240" t="s">
         <v>2213</v>
       </c>
-      <c r="D240" t="s">
+      <c r="H240" t="s">
         <v>2214</v>
       </c>
-      <c r="E240" t="s">
+      <c r="I240" t="s">
         <v>2215</v>
       </c>
-      <c r="F240" t="s">
+      <c r="J240" t="s">
         <v>2216</v>
       </c>
-      <c r="G240" t="s">
+      <c r="K240" t="s">
         <v>2217</v>
       </c>
-      <c r="H240" t="s">
+      <c r="L240" t="s">
         <v>2218</v>
       </c>
-      <c r="I240" t="s">
+      <c r="M240" t="s">
         <v>2219</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
         <v>2220</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5932</v>
+        <v>5931</v>
       </c>
       <c r="B241" t="s">
         <v>2221</v>
       </c>
       <c r="C241" t="s">
         <v>2222</v>
       </c>
       <c r="D241" t="s">
         <v>2223</v>
       </c>
       <c r="E241" t="s">
         <v>2224</v>
       </c>
       <c r="F241" t="s">
         <v>2225</v>
       </c>
       <c r="G241" t="s">
         <v>2226</v>
       </c>
       <c r="H241" t="s">
         <v>2227</v>
       </c>
       <c r="I241" t="s">
         <v>2228</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
         <v>2229</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5934</v>
+        <v>5932</v>
       </c>
       <c r="B242" t="s">
         <v>2230</v>
       </c>
       <c r="C242" t="s">
         <v>2231</v>
       </c>
       <c r="D242" t="s">
         <v>2232</v>
       </c>
       <c r="E242" t="s">
         <v>2233</v>
       </c>
       <c r="F242" t="s">
         <v>2234</v>
       </c>
       <c r="G242" t="s">
         <v>2235</v>
       </c>
       <c r="H242" t="s">
         <v>2236</v>
       </c>
       <c r="I242" t="s">
         <v>2237</v>
       </c>
       <c r="J242" t="s">
         <v>24</v>
       </c>
       <c r="K242" t="s">
         <v>130</v>
       </c>
       <c r="L242" t="s">
         <v>26</v>
       </c>
       <c r="M242" t="s">
         <v>131</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
         <v>2238</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5953</v>
+        <v>5934</v>
       </c>
       <c r="B243" t="s">
         <v>2239</v>
       </c>
       <c r="C243" t="s">
         <v>2240</v>
       </c>
       <c r="D243" t="s">
         <v>2241</v>
       </c>
       <c r="E243" t="s">
         <v>2242</v>
       </c>
       <c r="F243" t="s">
         <v>2243</v>
       </c>
       <c r="G243" t="s">
         <v>2244</v>
       </c>
       <c r="H243" t="s">
         <v>2245</v>
       </c>
       <c r="I243" t="s">
         <v>2246</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5976</v>
+        <v>5953</v>
       </c>
       <c r="B244" t="s">
         <v>2248</v>
       </c>
       <c r="C244" t="s">
         <v>2249</v>
       </c>
       <c r="D244" t="s">
         <v>2250</v>
       </c>
       <c r="E244" t="s">
         <v>2251</v>
       </c>
       <c r="F244" t="s">
         <v>2252</v>
       </c>
       <c r="G244" t="s">
         <v>2253</v>
       </c>
       <c r="H244" t="s">
         <v>2254</v>
       </c>
       <c r="I244" t="s">
         <v>2255</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>1576</v>
+        <v>25</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>1577</v>
+        <v>27</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
         <v>2256</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5981</v>
+        <v>5976</v>
       </c>
       <c r="B245" t="s">
         <v>2257</v>
       </c>
       <c r="C245" t="s">
         <v>2258</v>
       </c>
       <c r="D245" t="s">
         <v>2259</v>
       </c>
       <c r="E245" t="s">
         <v>2260</v>
       </c>
       <c r="F245" t="s">
         <v>2261</v>
       </c>
       <c r="G245" t="s">
         <v>2262</v>
       </c>
       <c r="H245" t="s">
         <v>2263</v>
       </c>
       <c r="I245" t="s">
         <v>2264</v>
       </c>
       <c r="J245" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K245" t="s">
+        <v>1585</v>
+      </c>
+      <c r="L245" t="s">
+        <v>26</v>
+      </c>
+      <c r="M245" t="s">
+        <v>1586</v>
+      </c>
+      <c r="N245" t="s">
+        <v>28</v>
+      </c>
+      <c r="O245" t="s">
         <v>2265</v>
-      </c>
-[...10 lines deleted...]
-        <v>2267</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5986</v>
+        <v>5981</v>
       </c>
       <c r="B246" t="s">
+        <v>2266</v>
+      </c>
+      <c r="C246" t="s">
+        <v>2267</v>
+      </c>
+      <c r="D246" t="s">
         <v>2268</v>
       </c>
-      <c r="C246" t="s">
+      <c r="E246" t="s">
         <v>2269</v>
       </c>
-      <c r="D246" t="s">
+      <c r="F246" t="s">
         <v>2270</v>
       </c>
-      <c r="E246" t="s">
+      <c r="G246" t="s">
         <v>2271</v>
       </c>
-      <c r="F246" t="s">
+      <c r="H246" t="s">
         <v>2272</v>
       </c>
-      <c r="G246" t="s">
+      <c r="I246" t="s">
         <v>2273</v>
       </c>
-      <c r="H246" t="s">
+      <c r="J246" t="s">
+        <v>581</v>
+      </c>
+      <c r="K246" t="s">
         <v>2274</v>
       </c>
-      <c r="I246" t="s">
+      <c r="L246" t="s">
+        <v>583</v>
+      </c>
+      <c r="M246" t="s">
         <v>2275</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
         <v>2276</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5989</v>
+        <v>5986</v>
       </c>
       <c r="B247" t="s">
         <v>2277</v>
       </c>
       <c r="C247" t="s">
         <v>2278</v>
       </c>
       <c r="D247" t="s">
         <v>2279</v>
       </c>
       <c r="E247" t="s">
         <v>2280</v>
       </c>
       <c r="F247" t="s">
         <v>2281</v>
       </c>
       <c r="G247" t="s">
         <v>2282</v>
       </c>
       <c r="H247" t="s">
         <v>2283</v>
       </c>
       <c r="I247" t="s">
         <v>2284</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>1623</v>
+        <v>130</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>1624</v>
+        <v>131</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
         <v>2285</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>6021</v>
+        <v>5989</v>
       </c>
       <c r="B248" t="s">
         <v>2286</v>
       </c>
       <c r="C248" t="s">
         <v>2287</v>
       </c>
       <c r="D248" t="s">
         <v>2288</v>
       </c>
       <c r="E248" t="s">
         <v>2289</v>
       </c>
       <c r="F248" t="s">
         <v>2290</v>
       </c>
       <c r="G248" t="s">
         <v>2291</v>
       </c>
       <c r="H248" t="s">
         <v>2292</v>
       </c>
       <c r="I248" t="s">
         <v>2293</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>25</v>
+        <v>1632</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
-        <v>27</v>
+        <v>1633</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
         <v>2294</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>6082</v>
+        <v>6021</v>
       </c>
       <c r="B249" t="s">
         <v>2295</v>
       </c>
       <c r="C249" t="s">
         <v>2296</v>
       </c>
       <c r="D249" t="s">
         <v>2297</v>
       </c>
       <c r="E249" t="s">
         <v>2298</v>
       </c>
       <c r="F249" t="s">
         <v>2299</v>
       </c>
       <c r="G249" t="s">
         <v>2300</v>
       </c>
       <c r="H249" t="s">
         <v>2301</v>
       </c>
       <c r="I249" t="s">
         <v>2302</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
+        <v>25</v>
+      </c>
+      <c r="L249" t="s">
+        <v>26</v>
+      </c>
+      <c r="M249" t="s">
+        <v>27</v>
+      </c>
+      <c r="N249" t="s">
+        <v>28</v>
+      </c>
+      <c r="O249" t="s">
         <v>2303</v>
-      </c>
-[...10 lines deleted...]
-        <v>2305</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>6112</v>
+        <v>6082</v>
       </c>
       <c r="B250" t="s">
+        <v>2304</v>
+      </c>
+      <c r="C250" t="s">
+        <v>2305</v>
+      </c>
+      <c r="D250" t="s">
         <v>2306</v>
       </c>
-      <c r="C250" t="s">
+      <c r="E250" t="s">
         <v>2307</v>
       </c>
-      <c r="D250" t="s">
+      <c r="F250" t="s">
         <v>2308</v>
       </c>
-      <c r="E250" t="s">
+      <c r="G250" t="s">
         <v>2309</v>
       </c>
-      <c r="F250" t="s">
+      <c r="H250" t="s">
         <v>2310</v>
       </c>
-      <c r="G250" t="s">
+      <c r="I250" t="s">
         <v>2311</v>
       </c>
-      <c r="H250" t="s">
+      <c r="J250" t="s">
+        <v>24</v>
+      </c>
+      <c r="K250" t="s">
         <v>2312</v>
       </c>
-      <c r="I250" t="s">
+      <c r="L250" t="s">
+        <v>26</v>
+      </c>
+      <c r="M250" t="s">
         <v>2313</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
         <v>2314</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>6180</v>
+        <v>6112</v>
       </c>
       <c r="B251" t="s">
         <v>2315</v>
       </c>
       <c r="C251" t="s">
         <v>2316</v>
       </c>
       <c r="D251" t="s">
         <v>2317</v>
       </c>
       <c r="E251" t="s">
         <v>2318</v>
       </c>
       <c r="F251" t="s">
         <v>2319</v>
       </c>
       <c r="G251" t="s">
         <v>2320</v>
       </c>
       <c r="H251" t="s">
         <v>2321</v>
       </c>
       <c r="I251" t="s">
         <v>2322</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
         <v>2323</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>6203</v>
+        <v>6180</v>
       </c>
       <c r="B252" t="s">
         <v>2324</v>
       </c>
       <c r="C252" t="s">
         <v>2325</v>
       </c>
       <c r="D252" t="s">
         <v>2326</v>
       </c>
       <c r="E252" t="s">
         <v>2327</v>
       </c>
       <c r="F252" t="s">
         <v>2328</v>
       </c>
       <c r="G252" t="s">
         <v>2329</v>
       </c>
       <c r="H252" t="s">
         <v>2330</v>
       </c>
       <c r="I252" t="s">
         <v>2331</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
         <v>2332</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>6208</v>
+        <v>6203</v>
       </c>
       <c r="B253" t="s">
         <v>2333</v>
       </c>
       <c r="C253" t="s">
         <v>2334</v>
       </c>
       <c r="D253" t="s">
         <v>2335</v>
       </c>
       <c r="E253" t="s">
         <v>2336</v>
       </c>
       <c r="F253" t="s">
         <v>2337</v>
       </c>
       <c r="G253" t="s">
         <v>2338</v>
       </c>
       <c r="H253" t="s">
         <v>2339</v>
       </c>
       <c r="I253" t="s">
         <v>2340</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
         <v>130</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
         <v>131</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
         <v>2341</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>6211</v>
+        <v>6208</v>
       </c>
       <c r="B254" t="s">
         <v>2342</v>
       </c>
       <c r="C254" t="s">
         <v>2343</v>
       </c>
       <c r="D254" t="s">
         <v>2344</v>
       </c>
       <c r="E254" t="s">
         <v>2345</v>
       </c>
       <c r="F254" t="s">
         <v>2346</v>
       </c>
       <c r="G254" t="s">
         <v>2347</v>
       </c>
       <c r="H254" t="s">
         <v>2348</v>
       </c>
       <c r="I254" t="s">
         <v>2349</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
         <v>130</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
         <v>131</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
         <v>2350</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>6254</v>
+        <v>6211</v>
       </c>
       <c r="B255" t="s">
         <v>2351</v>
       </c>
       <c r="C255" t="s">
         <v>2352</v>
       </c>
       <c r="D255" t="s">
         <v>2353</v>
       </c>
       <c r="E255" t="s">
         <v>2354</v>
       </c>
       <c r="F255" t="s">
         <v>2355</v>
       </c>
       <c r="G255" t="s">
         <v>2356</v>
       </c>
       <c r="H255" t="s">
         <v>2357</v>
       </c>
       <c r="I255" t="s">
         <v>2358</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
         <v>130</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
         <v>131</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
         <v>2359</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>6255</v>
+        <v>6254</v>
       </c>
       <c r="B256" t="s">
         <v>2360</v>
       </c>
       <c r="C256" t="s">
         <v>2361</v>
       </c>
       <c r="D256" t="s">
         <v>2362</v>
       </c>
       <c r="E256" t="s">
         <v>2363</v>
       </c>
       <c r="F256" t="s">
         <v>2364</v>
       </c>
       <c r="G256" t="s">
         <v>2365</v>
       </c>
       <c r="H256" t="s">
         <v>2366</v>
       </c>
       <c r="I256" t="s">
         <v>2367</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
+        <v>130</v>
+      </c>
+      <c r="L256" t="s">
+        <v>26</v>
+      </c>
+      <c r="M256" t="s">
+        <v>131</v>
+      </c>
+      <c r="N256" t="s">
+        <v>28</v>
+      </c>
+      <c r="O256" t="s">
         <v>2368</v>
-      </c>
-[...10 lines deleted...]
-        <v>2370</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>6258</v>
+        <v>6255</v>
       </c>
       <c r="B257" t="s">
+        <v>2369</v>
+      </c>
+      <c r="C257" t="s">
+        <v>2370</v>
+      </c>
+      <c r="D257" t="s">
         <v>2371</v>
       </c>
-      <c r="C257" t="s">
+      <c r="E257" t="s">
         <v>2372</v>
       </c>
-      <c r="D257" t="s">
+      <c r="F257" t="s">
         <v>2373</v>
       </c>
-      <c r="E257" t="s">
+      <c r="G257" t="s">
         <v>2374</v>
       </c>
-      <c r="F257" t="s">
+      <c r="H257" t="s">
         <v>2375</v>
       </c>
-      <c r="G257" t="s">
+      <c r="I257" t="s">
         <v>2376</v>
       </c>
-      <c r="H257" t="s">
+      <c r="J257" t="s">
+        <v>24</v>
+      </c>
+      <c r="K257" t="s">
         <v>2377</v>
       </c>
-      <c r="I257" t="s">
+      <c r="L257" t="s">
+        <v>26</v>
+      </c>
+      <c r="M257" t="s">
         <v>2378</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
         <v>2379</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>6259</v>
+        <v>6258</v>
       </c>
       <c r="B258" t="s">
         <v>2380</v>
       </c>
       <c r="C258" t="s">
         <v>2381</v>
       </c>
       <c r="D258" t="s">
         <v>2382</v>
       </c>
       <c r="E258" t="s">
         <v>2383</v>
       </c>
       <c r="F258" t="s">
         <v>2384</v>
       </c>
       <c r="G258" t="s">
         <v>2385</v>
       </c>
       <c r="H258" t="s">
         <v>2386</v>
       </c>
       <c r="I258" t="s">
         <v>2387</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
         <v>2388</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>6261</v>
+        <v>6259</v>
       </c>
       <c r="B259" t="s">
         <v>2389</v>
       </c>
       <c r="C259" t="s">
         <v>2390</v>
       </c>
       <c r="D259" t="s">
         <v>2391</v>
       </c>
       <c r="E259" t="s">
         <v>2392</v>
       </c>
       <c r="F259" t="s">
         <v>2393</v>
       </c>
       <c r="G259" t="s">
         <v>2394</v>
       </c>
       <c r="H259" t="s">
         <v>2395</v>
       </c>
       <c r="I259" t="s">
         <v>2396</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
         <v>2397</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>6263</v>
+        <v>6261</v>
       </c>
       <c r="B260" t="s">
         <v>2398</v>
       </c>
       <c r="C260" t="s">
         <v>2399</v>
       </c>
       <c r="D260" t="s">
         <v>2400</v>
       </c>
       <c r="E260" t="s">
         <v>2401</v>
       </c>
       <c r="F260" t="s">
         <v>2402</v>
       </c>
       <c r="G260" t="s">
         <v>2403</v>
       </c>
       <c r="H260" t="s">
         <v>2404</v>
       </c>
       <c r="I260" t="s">
         <v>2405</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
         <v>2406</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>6272</v>
+        <v>6263</v>
       </c>
       <c r="B261" t="s">
         <v>2407</v>
       </c>
       <c r="C261" t="s">
         <v>2408</v>
       </c>
       <c r="D261" t="s">
         <v>2409</v>
       </c>
       <c r="E261" t="s">
         <v>2410</v>
       </c>
       <c r="F261" t="s">
         <v>2411</v>
       </c>
       <c r="G261" t="s">
         <v>2412</v>
       </c>
       <c r="H261" t="s">
         <v>2413</v>
       </c>
       <c r="I261" t="s">
         <v>2414</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
         <v>130</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
         <v>131</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
         <v>2415</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>6274</v>
+        <v>6272</v>
       </c>
       <c r="B262" t="s">
         <v>2416</v>
       </c>
       <c r="C262" t="s">
         <v>2417</v>
       </c>
       <c r="D262" t="s">
         <v>2418</v>
       </c>
       <c r="E262" t="s">
         <v>2419</v>
       </c>
       <c r="F262" t="s">
         <v>2420</v>
       </c>
       <c r="G262" t="s">
         <v>2421</v>
       </c>
       <c r="H262" t="s">
         <v>2422</v>
       </c>
       <c r="I262" t="s">
         <v>2423</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
         <v>2424</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>6275</v>
+        <v>6274</v>
       </c>
       <c r="B263" t="s">
         <v>2425</v>
       </c>
       <c r="C263" t="s">
         <v>2426</v>
       </c>
       <c r="D263" t="s">
         <v>2427</v>
       </c>
       <c r="E263" t="s">
         <v>2428</v>
       </c>
       <c r="F263" t="s">
         <v>2429</v>
       </c>
       <c r="G263" t="s">
         <v>2430</v>
       </c>
       <c r="H263" t="s">
         <v>2431</v>
       </c>
       <c r="I263" t="s">
         <v>2432</v>
       </c>
       <c r="J263" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>1576</v>
+        <v>25</v>
       </c>
       <c r="L263" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>1577</v>
+        <v>27</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
         <v>2433</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>6327</v>
+        <v>6275</v>
       </c>
       <c r="B264" t="s">
         <v>2434</v>
       </c>
       <c r="C264" t="s">
         <v>2435</v>
       </c>
       <c r="D264" t="s">
         <v>2436</v>
       </c>
       <c r="E264" t="s">
         <v>2437</v>
       </c>
       <c r="F264" t="s">
         <v>2438</v>
       </c>
       <c r="G264" t="s">
         <v>2439</v>
       </c>
       <c r="H264" t="s">
         <v>2440</v>
       </c>
       <c r="I264" t="s">
         <v>2441</v>
       </c>
       <c r="J264" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K264" t="s">
-        <v>47</v>
+        <v>1585</v>
       </c>
       <c r="L264" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M264" t="s">
-        <v>48</v>
+        <v>1586</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
         <v>2442</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>6337</v>
+        <v>6327</v>
       </c>
       <c r="B265" t="s">
         <v>2443</v>
       </c>
       <c r="C265" t="s">
         <v>2444</v>
       </c>
       <c r="D265" t="s">
         <v>2445</v>
       </c>
       <c r="E265" t="s">
         <v>2446</v>
       </c>
       <c r="F265" t="s">
         <v>2447</v>
       </c>
       <c r="G265" t="s">
         <v>2448</v>
       </c>
       <c r="H265" t="s">
         <v>2449</v>
       </c>
       <c r="I265" t="s">
         <v>2450</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
         <v>47</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
         <v>48</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
         <v>2451</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>6460</v>
+        <v>6337</v>
       </c>
       <c r="B266" t="s">
         <v>2452</v>
       </c>
       <c r="C266" t="s">
         <v>2453</v>
       </c>
       <c r="D266" t="s">
         <v>2454</v>
       </c>
       <c r="E266" t="s">
         <v>2455</v>
       </c>
       <c r="F266" t="s">
         <v>2456</v>
       </c>
       <c r="G266" t="s">
         <v>2457</v>
       </c>
       <c r="H266" t="s">
         <v>2458</v>
       </c>
       <c r="I266" t="s">
         <v>2459</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
         <v>2460</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>6468</v>
+        <v>6460</v>
       </c>
       <c r="B267" t="s">
         <v>2461</v>
       </c>
       <c r="C267" t="s">
         <v>2462</v>
       </c>
       <c r="D267" t="s">
         <v>2463</v>
       </c>
       <c r="E267" t="s">
         <v>2464</v>
       </c>
       <c r="F267" t="s">
         <v>2465</v>
       </c>
       <c r="G267" t="s">
         <v>2466</v>
       </c>
       <c r="H267" t="s">
         <v>2467</v>
       </c>
       <c r="I267" t="s">
         <v>2468</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
         <v>25</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
         <v>27</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
         <v>2469</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>6761</v>
+        <v>6468</v>
       </c>
       <c r="B268" t="s">
         <v>2470</v>
       </c>
       <c r="C268" t="s">
         <v>2471</v>
       </c>
       <c r="D268" t="s">
         <v>2472</v>
       </c>
       <c r="E268" t="s">
         <v>2473</v>
       </c>
       <c r="F268" t="s">
         <v>2474</v>
       </c>
       <c r="G268" t="s">
         <v>2475</v>
       </c>
       <c r="H268" t="s">
         <v>2476</v>
       </c>
       <c r="I268" t="s">
         <v>2477</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
         <v>25</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
         <v>27</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
         <v>2478</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>6762</v>
+        <v>6761</v>
       </c>
       <c r="B269" t="s">
         <v>2479</v>
       </c>
       <c r="C269" t="s">
         <v>2480</v>
       </c>
       <c r="D269" t="s">
         <v>2481</v>
       </c>
       <c r="E269" t="s">
         <v>2482</v>
       </c>
       <c r="F269" t="s">
         <v>2483</v>
       </c>
       <c r="G269" t="s">
         <v>2484</v>
       </c>
       <c r="H269" t="s">
         <v>2485</v>
       </c>
       <c r="I269" t="s">
         <v>2486</v>
       </c>
       <c r="J269" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>534</v>
+        <v>25</v>
       </c>
       <c r="L269" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>535</v>
+        <v>27</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
         <v>2487</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>6765</v>
+        <v>6762</v>
       </c>
       <c r="B270" t="s">
         <v>2488</v>
       </c>
       <c r="C270" t="s">
         <v>2489</v>
       </c>
       <c r="D270" t="s">
         <v>2490</v>
       </c>
       <c r="E270" t="s">
         <v>2491</v>
       </c>
       <c r="F270" t="s">
         <v>2492</v>
       </c>
       <c r="G270" t="s">
         <v>2493</v>
       </c>
       <c r="H270" t="s">
         <v>2494</v>
       </c>
       <c r="I270" t="s">
         <v>2495</v>
       </c>
       <c r="J270" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K270" t="s">
-        <v>130</v>
+        <v>534</v>
       </c>
       <c r="L270" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M270" t="s">
-        <v>131</v>
+        <v>535</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
         <v>2496</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>8265</v>
+        <v>6765</v>
       </c>
       <c r="B271" t="s">
         <v>2497</v>
       </c>
       <c r="C271" t="s">
         <v>2498</v>
       </c>
       <c r="D271" t="s">
         <v>2499</v>
       </c>
       <c r="E271" t="s">
         <v>2500</v>
       </c>
       <c r="F271" t="s">
         <v>2501</v>
       </c>
       <c r="G271" t="s">
         <v>2502</v>
       </c>
       <c r="H271" t="s">
         <v>2503</v>
       </c>
       <c r="I271" t="s">
         <v>2504</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
+        <v>130</v>
+      </c>
+      <c r="L271" t="s">
+        <v>26</v>
+      </c>
+      <c r="M271" t="s">
+        <v>131</v>
+      </c>
+      <c r="N271" t="s">
+        <v>28</v>
+      </c>
+      <c r="O271" t="s">
         <v>2505</v>
-      </c>
-[...10 lines deleted...]
-        <v>2507</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>8289</v>
+        <v>8265</v>
       </c>
       <c r="B272" t="s">
+        <v>2506</v>
+      </c>
+      <c r="C272" t="s">
+        <v>2507</v>
+      </c>
+      <c r="D272" t="s">
         <v>2508</v>
       </c>
-      <c r="C272" t="s">
+      <c r="E272" t="s">
         <v>2509</v>
       </c>
-      <c r="D272" t="s">
+      <c r="F272" t="s">
         <v>2510</v>
       </c>
-      <c r="E272" t="s">
+      <c r="G272" t="s">
         <v>2511</v>
       </c>
-      <c r="F272" t="s">
+      <c r="H272" t="s">
         <v>2512</v>
       </c>
-      <c r="G272" t="s">
+      <c r="I272" t="s">
         <v>2513</v>
       </c>
-      <c r="H272" t="s">
+      <c r="J272" t="s">
+        <v>24</v>
+      </c>
+      <c r="K272" t="s">
         <v>2514</v>
       </c>
-      <c r="I272" t="s">
+      <c r="L272" t="s">
+        <v>26</v>
+      </c>
+      <c r="M272" t="s">
         <v>2515</v>
-      </c>
-[...10 lines deleted...]
-        <v>506</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
         <v>2516</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>8386</v>
+        <v>8289</v>
       </c>
       <c r="B273" t="s">
         <v>2517</v>
       </c>
       <c r="C273" t="s">
         <v>2518</v>
       </c>
       <c r="D273" t="s">
         <v>2519</v>
       </c>
       <c r="E273" t="s">
         <v>2520</v>
       </c>
       <c r="F273" t="s">
         <v>2521</v>
       </c>
       <c r="G273" t="s">
         <v>2522</v>
       </c>
       <c r="H273" t="s">
         <v>2523</v>
       </c>
       <c r="I273" t="s">
         <v>2524</v>
       </c>
       <c r="J273" t="s">
-        <v>1536</v>
+        <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>130</v>
+        <v>505</v>
       </c>
       <c r="L273" t="s">
-        <v>1538</v>
+        <v>26</v>
       </c>
       <c r="M273" t="s">
-        <v>131</v>
+        <v>506</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
         <v>2525</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>8402</v>
+        <v>8386</v>
       </c>
       <c r="B274" t="s">
         <v>2526</v>
       </c>
       <c r="C274" t="s">
         <v>2527</v>
       </c>
       <c r="D274" t="s">
         <v>2528</v>
       </c>
       <c r="E274" t="s">
         <v>2529</v>
       </c>
       <c r="F274" t="s">
         <v>2530</v>
       </c>
       <c r="G274" t="s">
         <v>2531</v>
       </c>
       <c r="H274" t="s">
         <v>2532</v>
       </c>
       <c r="I274" t="s">
         <v>2533</v>
       </c>
       <c r="J274" t="s">
-        <v>24</v>
+        <v>1545</v>
       </c>
       <c r="K274" t="s">
         <v>130</v>
       </c>
       <c r="L274" t="s">
-        <v>26</v>
+        <v>1547</v>
       </c>
       <c r="M274" t="s">
         <v>131</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
         <v>2534</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>8903</v>
+        <v>8402</v>
       </c>
       <c r="B275" t="s">
         <v>2535</v>
       </c>
       <c r="C275" t="s">
         <v>2536</v>
       </c>
       <c r="D275" t="s">
         <v>2537</v>
       </c>
       <c r="E275" t="s">
         <v>2538</v>
       </c>
       <c r="F275" t="s">
         <v>2539</v>
       </c>
       <c r="G275" t="s">
         <v>2540</v>
       </c>
       <c r="H275" t="s">
         <v>2541</v>
       </c>
       <c r="I275" t="s">
         <v>2542</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
         <v>130</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
         <v>131</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
         <v>2543</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>8904</v>
+        <v>8903</v>
       </c>
       <c r="B276" t="s">
         <v>2544</v>
       </c>
       <c r="C276" t="s">
         <v>2545</v>
       </c>
       <c r="D276" t="s">
         <v>2546</v>
       </c>
       <c r="E276" t="s">
         <v>2547</v>
       </c>
       <c r="F276" t="s">
         <v>2548</v>
       </c>
       <c r="G276" t="s">
         <v>2549</v>
       </c>
       <c r="H276" t="s">
         <v>2550</v>
       </c>
       <c r="I276" t="s">
         <v>2551</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
         <v>130</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
         <v>131</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
         <v>2552</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>8914</v>
+        <v>8904</v>
       </c>
       <c r="B277" t="s">
         <v>2553</v>
       </c>
       <c r="C277" t="s">
         <v>2554</v>
       </c>
       <c r="D277" t="s">
         <v>2555</v>
       </c>
       <c r="E277" t="s">
         <v>2556</v>
       </c>
       <c r="F277" t="s">
         <v>2557</v>
       </c>
       <c r="G277" t="s">
         <v>2558</v>
       </c>
       <c r="H277" t="s">
         <v>2559</v>
       </c>
       <c r="I277" t="s">
         <v>2560</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
         <v>2561</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>8918</v>
+        <v>8914</v>
       </c>
       <c r="B278" t="s">
         <v>2562</v>
       </c>
       <c r="C278" t="s">
         <v>2563</v>
       </c>
       <c r="D278" t="s">
         <v>2564</v>
       </c>
       <c r="E278" t="s">
         <v>2565</v>
       </c>
       <c r="F278" t="s">
         <v>2566</v>
       </c>
       <c r="G278" t="s">
         <v>2567</v>
       </c>
       <c r="H278" t="s">
         <v>2568</v>
       </c>
       <c r="I278" t="s">
         <v>2569</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
         <v>25</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
         <v>27</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
         <v>2570</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>8945</v>
+        <v>8918</v>
       </c>
       <c r="B279" t="s">
         <v>2571</v>
       </c>
       <c r="C279" t="s">
         <v>2572</v>
       </c>
       <c r="D279" t="s">
         <v>2573</v>
       </c>
       <c r="E279" t="s">
         <v>2574</v>
       </c>
       <c r="F279" t="s">
         <v>2575</v>
       </c>
       <c r="G279" t="s">
         <v>2576</v>
       </c>
       <c r="H279" t="s">
         <v>2577</v>
       </c>
       <c r="I279" t="s">
         <v>2578</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
         <v>2579</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>8951</v>
+        <v>8945</v>
       </c>
       <c r="B280" t="s">
         <v>2580</v>
       </c>
       <c r="C280" t="s">
         <v>2581</v>
       </c>
       <c r="D280" t="s">
         <v>2582</v>
       </c>
       <c r="E280" t="s">
         <v>2583</v>
       </c>
       <c r="F280" t="s">
         <v>2584</v>
       </c>
       <c r="G280" t="s">
         <v>2585</v>
       </c>
       <c r="H280" t="s">
         <v>2586</v>
       </c>
       <c r="I280" t="s">
         <v>2587</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
         <v>2588</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>10014</v>
+        <v>8951</v>
       </c>
       <c r="B281" t="s">
         <v>2589</v>
       </c>
       <c r="C281" t="s">
         <v>2590</v>
       </c>
       <c r="D281" t="s">
         <v>2591</v>
       </c>
       <c r="E281" t="s">
         <v>2592</v>
       </c>
       <c r="F281" t="s">
         <v>2593</v>
       </c>
       <c r="G281" t="s">
         <v>2594</v>
       </c>
       <c r="H281" t="s">
         <v>2595</v>
       </c>
       <c r="I281" t="s">
         <v>2596</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
+        <v>130</v>
+      </c>
+      <c r="L281" t="s">
+        <v>26</v>
+      </c>
+      <c r="M281" t="s">
+        <v>131</v>
+      </c>
+      <c r="N281" t="s">
+        <v>28</v>
+      </c>
+      <c r="O281" t="s">
         <v>2597</v>
-      </c>
-[...10 lines deleted...]
-        <v>2599</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>10015</v>
+        <v>10014</v>
       </c>
       <c r="B282" t="s">
+        <v>2598</v>
+      </c>
+      <c r="C282" t="s">
+        <v>2599</v>
+      </c>
+      <c r="D282" t="s">
         <v>2600</v>
       </c>
-      <c r="C282" t="s">
+      <c r="E282" t="s">
         <v>2601</v>
       </c>
-      <c r="D282" t="s">
+      <c r="F282" t="s">
         <v>2602</v>
       </c>
-      <c r="E282" t="s">
+      <c r="G282" t="s">
         <v>2603</v>
       </c>
-      <c r="F282" t="s">
+      <c r="H282" t="s">
         <v>2604</v>
       </c>
-      <c r="G282" t="s">
+      <c r="I282" t="s">
         <v>2605</v>
       </c>
-      <c r="H282" t="s">
+      <c r="J282" t="s">
+        <v>24</v>
+      </c>
+      <c r="K282" t="s">
         <v>2606</v>
       </c>
-      <c r="I282" t="s">
+      <c r="L282" t="s">
+        <v>26</v>
+      </c>
+      <c r="M282" t="s">
         <v>2607</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
         <v>2608</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>10036</v>
+        <v>10015</v>
       </c>
       <c r="B283" t="s">
         <v>2609</v>
       </c>
       <c r="C283" t="s">
         <v>2610</v>
       </c>
       <c r="D283" t="s">
         <v>2611</v>
       </c>
       <c r="E283" t="s">
         <v>2612</v>
       </c>
       <c r="F283" t="s">
         <v>2613</v>
       </c>
       <c r="G283" t="s">
         <v>2614</v>
       </c>
       <c r="H283" t="s">
         <v>2615</v>
       </c>
       <c r="I283" t="s">
         <v>2616</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
         <v>2617</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>10098</v>
+        <v>10036</v>
       </c>
       <c r="B284" t="s">
         <v>2618</v>
       </c>
       <c r="C284" t="s">
         <v>2619</v>
       </c>
       <c r="D284" t="s">
         <v>2620</v>
       </c>
       <c r="E284" t="s">
         <v>2621</v>
       </c>
       <c r="F284" t="s">
         <v>2622</v>
       </c>
       <c r="G284" t="s">
         <v>2623</v>
       </c>
       <c r="H284" t="s">
         <v>2624</v>
       </c>
       <c r="I284" t="s">
         <v>2625</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
         <v>25</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
         <v>27</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
         <v>2626</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>10101</v>
+        <v>10098</v>
       </c>
       <c r="B285" t="s">
         <v>2627</v>
       </c>
       <c r="C285" t="s">
         <v>2628</v>
       </c>
       <c r="D285" t="s">
         <v>2629</v>
       </c>
       <c r="E285" t="s">
         <v>2630</v>
       </c>
       <c r="F285" t="s">
         <v>2631</v>
       </c>
       <c r="G285" t="s">
         <v>2632</v>
       </c>
       <c r="H285" t="s">
         <v>2633</v>
       </c>
       <c r="I285" t="s">
         <v>2634</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
         <v>25</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
         <v>27</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
         <v>2635</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>10412</v>
+        <v>10101</v>
       </c>
       <c r="B286" t="s">
         <v>2636</v>
       </c>
       <c r="C286" t="s">
         <v>2637</v>
       </c>
       <c r="D286" t="s">
         <v>2638</v>
       </c>
       <c r="E286" t="s">
         <v>2639</v>
       </c>
       <c r="F286" t="s">
         <v>2640</v>
       </c>
       <c r="G286" t="s">
         <v>2641</v>
       </c>
       <c r="H286" t="s">
         <v>2642</v>
       </c>
       <c r="I286" t="s">
         <v>2643</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
         <v>25</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
         <v>27</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
         <v>2644</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>10603</v>
+        <v>10412</v>
       </c>
       <c r="B287" t="s">
         <v>2645</v>
       </c>
       <c r="C287" t="s">
         <v>2646</v>
       </c>
       <c r="D287" t="s">
         <v>2647</v>
       </c>
       <c r="E287" t="s">
         <v>2648</v>
       </c>
       <c r="F287" t="s">
         <v>2649</v>
       </c>
       <c r="G287" t="s">
         <v>2650</v>
       </c>
       <c r="H287" t="s">
         <v>2651</v>
       </c>
       <c r="I287" t="s">
         <v>2652</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
         <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
         <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
         <v>2653</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>10647</v>
+        <v>10603</v>
       </c>
       <c r="B288" t="s">
         <v>2654</v>
       </c>
       <c r="C288" t="s">
         <v>2655</v>
       </c>
       <c r="D288" t="s">
         <v>2656</v>
       </c>
       <c r="E288" t="s">
         <v>2657</v>
       </c>
       <c r="F288" t="s">
         <v>2658</v>
       </c>
       <c r="G288" t="s">
         <v>2659</v>
       </c>
       <c r="H288" t="s">
         <v>2660</v>
       </c>
       <c r="I288" t="s">
         <v>2661</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
         <v>2662</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>10887</v>
+        <v>10647</v>
       </c>
       <c r="B289" t="s">
         <v>2663</v>
       </c>
       <c r="C289" t="s">
         <v>2664</v>
       </c>
       <c r="D289" t="s">
         <v>2665</v>
       </c>
       <c r="E289" t="s">
         <v>2666</v>
       </c>
       <c r="F289" t="s">
         <v>2667</v>
       </c>
       <c r="G289" t="s">
         <v>2668</v>
       </c>
       <c r="H289" t="s">
         <v>2669</v>
       </c>
       <c r="I289" t="s">
         <v>2670</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
         <v>2671</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>10925</v>
+        <v>10887</v>
       </c>
       <c r="B290" t="s">
         <v>2672</v>
       </c>
       <c r="C290" t="s">
         <v>2673</v>
       </c>
       <c r="D290" t="s">
         <v>2674</v>
       </c>
       <c r="E290" t="s">
         <v>2675</v>
       </c>
       <c r="F290" t="s">
         <v>2676</v>
       </c>
       <c r="G290" t="s">
         <v>2677</v>
       </c>
       <c r="H290" t="s">
         <v>2678</v>
       </c>
       <c r="I290" t="s">
         <v>2679</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
         <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
         <v>27</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
         <v>2680</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>10930</v>
+        <v>10925</v>
       </c>
       <c r="B291" t="s">
         <v>2681</v>
       </c>
       <c r="C291" t="s">
         <v>2682</v>
       </c>
       <c r="D291" t="s">
         <v>2683</v>
       </c>
       <c r="E291" t="s">
         <v>2684</v>
       </c>
       <c r="F291" t="s">
         <v>2685</v>
       </c>
       <c r="G291" t="s">
         <v>2686</v>
       </c>
       <c r="H291" t="s">
         <v>2687</v>
       </c>
       <c r="I291" t="s">
         <v>2688</v>
       </c>
       <c r="J291" t="s">
+        <v>24</v>
+      </c>
+      <c r="K291" t="s">
+        <v>25</v>
+      </c>
+      <c r="L291" t="s">
+        <v>26</v>
+      </c>
+      <c r="M291" t="s">
+        <v>27</v>
+      </c>
+      <c r="N291" t="s">
+        <v>28</v>
+      </c>
+      <c r="O291" t="s">
         <v>2689</v>
-      </c>
-[...13 lines deleted...]
-        <v>2691</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>10947</v>
+        <v>10930</v>
       </c>
       <c r="B292" t="s">
+        <v>2690</v>
+      </c>
+      <c r="C292" t="s">
+        <v>2691</v>
+      </c>
+      <c r="D292" t="s">
         <v>2692</v>
       </c>
-      <c r="C292" t="s">
+      <c r="E292" t="s">
         <v>2693</v>
       </c>
-      <c r="D292" t="s">
+      <c r="F292" t="s">
         <v>2694</v>
       </c>
-      <c r="E292" t="s">
+      <c r="G292" t="s">
         <v>2695</v>
       </c>
-      <c r="F292" t="s">
+      <c r="H292" t="s">
         <v>2696</v>
       </c>
-      <c r="G292" t="s">
+      <c r="I292" t="s">
         <v>2697</v>
       </c>
-      <c r="H292" t="s">
+      <c r="J292" t="s">
         <v>2698</v>
       </c>
-      <c r="I292" t="s">
+      <c r="K292" t="s">
+        <v>724</v>
+      </c>
+      <c r="L292" t="s">
         <v>2699</v>
       </c>
-      <c r="J292" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M292" t="s">
-        <v>131</v>
+        <v>725</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
         <v>2700</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>10948</v>
+        <v>10947</v>
       </c>
       <c r="B293" t="s">
         <v>2701</v>
       </c>
       <c r="C293" t="s">
         <v>2702</v>
       </c>
       <c r="D293" t="s">
         <v>2703</v>
       </c>
       <c r="E293" t="s">
         <v>2704</v>
       </c>
       <c r="F293" t="s">
         <v>2705</v>
       </c>
       <c r="G293" t="s">
         <v>2706</v>
       </c>
       <c r="H293" t="s">
         <v>2707</v>
       </c>
       <c r="I293" t="s">
         <v>2708</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
         <v>130</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
         <v>131</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
         <v>2709</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>10950</v>
+        <v>10948</v>
       </c>
       <c r="B294" t="s">
         <v>2710</v>
       </c>
       <c r="C294" t="s">
         <v>2711</v>
       </c>
       <c r="D294" t="s">
         <v>2712</v>
       </c>
       <c r="E294" t="s">
         <v>2713</v>
       </c>
       <c r="F294" t="s">
         <v>2714</v>
       </c>
       <c r="G294" t="s">
         <v>2715</v>
       </c>
       <c r="H294" t="s">
         <v>2716</v>
       </c>
       <c r="I294" t="s">
         <v>2717</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
+        <v>130</v>
+      </c>
+      <c r="L294" t="s">
+        <v>26</v>
+      </c>
+      <c r="M294" t="s">
+        <v>131</v>
+      </c>
+      <c r="N294" t="s">
+        <v>28</v>
+      </c>
+      <c r="O294" t="s">
         <v>2718</v>
-      </c>
-[...10 lines deleted...]
-        <v>2720</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>10951</v>
+        <v>10950</v>
       </c>
       <c r="B295" t="s">
+        <v>2719</v>
+      </c>
+      <c r="C295" t="s">
+        <v>2720</v>
+      </c>
+      <c r="D295" t="s">
         <v>2721</v>
       </c>
-      <c r="C295" t="s">
+      <c r="E295" t="s">
         <v>2722</v>
       </c>
-      <c r="D295" t="s">
+      <c r="F295" t="s">
         <v>2723</v>
       </c>
-      <c r="E295" t="s">
+      <c r="G295" t="s">
         <v>2724</v>
       </c>
-      <c r="F295" t="s">
+      <c r="H295" t="s">
         <v>2725</v>
       </c>
-      <c r="G295" t="s">
+      <c r="I295" t="s">
         <v>2726</v>
       </c>
-      <c r="H295" t="s">
+      <c r="J295" t="s">
+        <v>24</v>
+      </c>
+      <c r="K295" t="s">
         <v>2727</v>
       </c>
-      <c r="I295" t="s">
+      <c r="L295" t="s">
+        <v>26</v>
+      </c>
+      <c r="M295" t="s">
         <v>2728</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
         <v>2729</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>11220</v>
+        <v>10951</v>
       </c>
       <c r="B296" t="s">
         <v>2730</v>
       </c>
       <c r="C296" t="s">
         <v>2731</v>
       </c>
       <c r="D296" t="s">
         <v>2732</v>
       </c>
       <c r="E296" t="s">
         <v>2733</v>
       </c>
       <c r="F296" t="s">
         <v>2734</v>
       </c>
       <c r="G296" t="s">
         <v>2735</v>
       </c>
       <c r="H296" t="s">
         <v>2736</v>
       </c>
       <c r="I296" t="s">
         <v>2737</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>534</v>
+        <v>47</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>535</v>
+        <v>48</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
         <v>2738</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>11231</v>
+        <v>11220</v>
       </c>
       <c r="B297" t="s">
         <v>2739</v>
       </c>
       <c r="C297" t="s">
         <v>2740</v>
       </c>
       <c r="D297" t="s">
         <v>2741</v>
       </c>
       <c r="E297" t="s">
         <v>2742</v>
       </c>
       <c r="F297" t="s">
         <v>2743</v>
       </c>
       <c r="G297" t="s">
         <v>2744</v>
       </c>
       <c r="H297" t="s">
         <v>2745</v>
       </c>
       <c r="I297" t="s">
         <v>2746</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>130</v>
+        <v>534</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
-        <v>131</v>
+        <v>535</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
         <v>2747</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>11287</v>
+        <v>11231</v>
       </c>
       <c r="B298" t="s">
         <v>2748</v>
       </c>
       <c r="C298" t="s">
         <v>2749</v>
       </c>
       <c r="D298" t="s">
         <v>2750</v>
       </c>
       <c r="E298" t="s">
         <v>2751</v>
       </c>
       <c r="F298" t="s">
         <v>2752</v>
       </c>
       <c r="G298" t="s">
         <v>2753</v>
       </c>
       <c r="H298" t="s">
         <v>2754</v>
       </c>
       <c r="I298" t="s">
         <v>2755</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
         <v>130</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
         <v>131</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
         <v>2756</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>58060</v>
+        <v>11287</v>
       </c>
       <c r="B299" t="s">
         <v>2757</v>
       </c>
       <c r="C299" t="s">
         <v>2758</v>
       </c>
       <c r="D299" t="s">
         <v>2759</v>
       </c>
       <c r="E299" t="s">
         <v>2760</v>
       </c>
       <c r="F299" t="s">
         <v>2761</v>
       </c>
       <c r="G299" t="s">
         <v>2762</v>
       </c>
       <c r="H299" t="s">
         <v>2763</v>
       </c>
       <c r="I299" t="s">
         <v>2764</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
+        <v>130</v>
+      </c>
+      <c r="L299" t="s">
+        <v>26</v>
+      </c>
+      <c r="M299" t="s">
+        <v>131</v>
+      </c>
+      <c r="N299" t="s">
+        <v>28</v>
+      </c>
+      <c r="O299" t="s">
         <v>2765</v>
-      </c>
-[...10 lines deleted...]
-        <v>2767</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>58066</v>
+        <v>58060</v>
       </c>
       <c r="B300" t="s">
+        <v>2766</v>
+      </c>
+      <c r="C300" t="s">
+        <v>2767</v>
+      </c>
+      <c r="D300" t="s">
         <v>2768</v>
       </c>
-      <c r="C300" t="s">
+      <c r="E300" t="s">
         <v>2769</v>
       </c>
-      <c r="D300" t="s">
+      <c r="F300" t="s">
         <v>2770</v>
       </c>
-      <c r="E300" t="s">
+      <c r="G300" t="s">
         <v>2771</v>
       </c>
-      <c r="F300" t="s">
+      <c r="H300" t="s">
         <v>2772</v>
       </c>
-      <c r="G300" t="s">
+      <c r="I300" t="s">
         <v>2773</v>
       </c>
-      <c r="H300" t="s">
+      <c r="J300" t="s">
+        <v>24</v>
+      </c>
+      <c r="K300" t="s">
         <v>2774</v>
       </c>
-      <c r="I300" t="s">
+      <c r="L300" t="s">
+        <v>26</v>
+      </c>
+      <c r="M300" t="s">
         <v>2775</v>
-      </c>
-[...10 lines deleted...]
-        <v>725</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
         <v>2776</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>58120</v>
+        <v>58066</v>
       </c>
       <c r="B301" t="s">
         <v>2777</v>
       </c>
       <c r="C301" t="s">
         <v>2778</v>
       </c>
       <c r="D301" t="s">
         <v>2779</v>
       </c>
       <c r="E301" t="s">
         <v>2780</v>
       </c>
       <c r="F301" t="s">
         <v>2781</v>
       </c>
       <c r="G301" t="s">
         <v>2782</v>
       </c>
       <c r="H301" t="s">
         <v>2783</v>
       </c>
       <c r="I301" t="s">
         <v>2784</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>25</v>
+        <v>724</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>27</v>
+        <v>725</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
         <v>2785</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>58122</v>
+        <v>58120</v>
       </c>
       <c r="B302" t="s">
         <v>2786</v>
       </c>
       <c r="C302" t="s">
         <v>2787</v>
       </c>
       <c r="D302" t="s">
         <v>2788</v>
       </c>
       <c r="E302" t="s">
         <v>2789</v>
       </c>
       <c r="F302" t="s">
         <v>2790</v>
       </c>
       <c r="G302" t="s">
         <v>2791</v>
       </c>
       <c r="H302" t="s">
         <v>2792</v>
       </c>
       <c r="I302" t="s">
         <v>2793</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
         <v>2794</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>58218</v>
+        <v>58122</v>
       </c>
       <c r="B303" t="s">
         <v>2795</v>
       </c>
       <c r="C303" t="s">
         <v>2796</v>
       </c>
       <c r="D303" t="s">
         <v>2797</v>
       </c>
       <c r="E303" t="s">
         <v>2798</v>
       </c>
       <c r="F303" t="s">
         <v>2799</v>
       </c>
       <c r="G303" t="s">
         <v>2800</v>
       </c>
       <c r="H303" t="s">
         <v>2801</v>
       </c>
       <c r="I303" t="s">
         <v>2802</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
         <v>130</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
         <v>131</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
         <v>2803</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>58223</v>
+        <v>58218</v>
       </c>
       <c r="B304" t="s">
         <v>2804</v>
       </c>
       <c r="C304" t="s">
         <v>2805</v>
       </c>
       <c r="D304" t="s">
         <v>2806</v>
       </c>
       <c r="E304" t="s">
         <v>2807</v>
       </c>
       <c r="F304" t="s">
         <v>2808</v>
       </c>
       <c r="G304" t="s">
         <v>2809</v>
       </c>
       <c r="H304" t="s">
         <v>2810</v>
       </c>
       <c r="I304" t="s">
         <v>2811</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
         <v>130</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
         <v>131</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
         <v>2812</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>58259</v>
+        <v>58223</v>
       </c>
       <c r="B305" t="s">
         <v>2813</v>
       </c>
       <c r="C305" t="s">
         <v>2814</v>
       </c>
       <c r="D305" t="s">
         <v>2815</v>
       </c>
       <c r="E305" t="s">
         <v>2816</v>
       </c>
       <c r="F305" t="s">
         <v>2817</v>
       </c>
       <c r="G305" t="s">
         <v>2818</v>
       </c>
       <c r="H305" t="s">
         <v>2819</v>
       </c>
       <c r="I305" t="s">
         <v>2820</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
+        <v>130</v>
+      </c>
+      <c r="L305" t="s">
+        <v>26</v>
+      </c>
+      <c r="M305" t="s">
+        <v>131</v>
+      </c>
+      <c r="N305" t="s">
+        <v>28</v>
+      </c>
+      <c r="O305" t="s">
         <v>2821</v>
-      </c>
-[...10 lines deleted...]
-        <v>2823</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>64637</v>
+        <v>58259</v>
       </c>
       <c r="B306" t="s">
+        <v>2822</v>
+      </c>
+      <c r="C306" t="s">
+        <v>2823</v>
+      </c>
+      <c r="D306" t="s">
         <v>2824</v>
       </c>
-      <c r="C306" t="s">
+      <c r="E306" t="s">
         <v>2825</v>
       </c>
-      <c r="D306" t="s">
+      <c r="F306" t="s">
         <v>2826</v>
       </c>
-      <c r="E306" t="s">
+      <c r="G306" t="s">
         <v>2827</v>
       </c>
-      <c r="F306" t="s">
+      <c r="H306" t="s">
         <v>2828</v>
       </c>
-      <c r="G306" t="s">
+      <c r="I306" t="s">
         <v>2829</v>
       </c>
-      <c r="H306" t="s">
+      <c r="J306" t="s">
+        <v>24</v>
+      </c>
+      <c r="K306" t="s">
         <v>2830</v>
       </c>
-      <c r="I306" t="s">
+      <c r="L306" t="s">
+        <v>26</v>
+      </c>
+      <c r="M306" t="s">
         <v>2831</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
         <v>2832</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>64689</v>
+        <v>64637</v>
       </c>
       <c r="B307" t="s">
         <v>2833</v>
       </c>
       <c r="C307" t="s">
         <v>2834</v>
       </c>
       <c r="D307" t="s">
         <v>2835</v>
       </c>
       <c r="E307" t="s">
         <v>2836</v>
       </c>
       <c r="F307" t="s">
         <v>2837</v>
       </c>
       <c r="G307" t="s">
         <v>2838</v>
       </c>
       <c r="H307" t="s">
         <v>2839</v>
       </c>
       <c r="I307" t="s">
         <v>2840</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>939</v>
+        <v>47</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
-        <v>940</v>
+        <v>48</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
         <v>2841</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>65000</v>
+        <v>64689</v>
       </c>
       <c r="B308" t="s">
         <v>2842</v>
       </c>
       <c r="C308" t="s">
         <v>2843</v>
       </c>
       <c r="D308" t="s">
         <v>2844</v>
       </c>
       <c r="E308" t="s">
         <v>2845</v>
       </c>
       <c r="F308" t="s">
         <v>2846</v>
       </c>
       <c r="G308" t="s">
         <v>2847</v>
       </c>
       <c r="H308" t="s">
         <v>2848</v>
       </c>
       <c r="I308" t="s">
         <v>2849</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>25</v>
+        <v>948</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
-        <v>27</v>
+        <v>949</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
         <v>2850</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>65001</v>
+        <v>65000</v>
       </c>
       <c r="B309" t="s">
         <v>2851</v>
       </c>
       <c r="C309" t="s">
         <v>2852</v>
       </c>
       <c r="D309" t="s">
         <v>2853</v>
       </c>
       <c r="E309" t="s">
         <v>2854</v>
       </c>
       <c r="F309" t="s">
         <v>2855</v>
       </c>
       <c r="G309" t="s">
         <v>2856</v>
       </c>
       <c r="H309" t="s">
         <v>2857</v>
       </c>
       <c r="I309" t="s">
         <v>2858</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
         <v>2859</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>65002</v>
+        <v>65001</v>
       </c>
       <c r="B310" t="s">
         <v>2860</v>
       </c>
       <c r="C310" t="s">
         <v>2861</v>
       </c>
       <c r="D310" t="s">
         <v>2862</v>
       </c>
       <c r="E310" t="s">
         <v>2863</v>
       </c>
       <c r="F310" t="s">
         <v>2864</v>
       </c>
       <c r="G310" t="s">
         <v>2865</v>
       </c>
       <c r="H310" t="s">
         <v>2866</v>
       </c>
       <c r="I310" t="s">
         <v>2867</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
         <v>2868</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>65003</v>
+        <v>65002</v>
       </c>
       <c r="B311" t="s">
         <v>2869</v>
       </c>
       <c r="C311" t="s">
         <v>2870</v>
       </c>
       <c r="D311" t="s">
         <v>2871</v>
       </c>
       <c r="E311" t="s">
         <v>2872</v>
       </c>
       <c r="F311" t="s">
         <v>2873</v>
       </c>
       <c r="G311" t="s">
         <v>2874</v>
       </c>
       <c r="H311" t="s">
         <v>2875</v>
       </c>
       <c r="I311" t="s">
         <v>2876</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
         <v>2877</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>65004</v>
+        <v>65003</v>
       </c>
       <c r="B312" t="s">
         <v>2878</v>
       </c>
       <c r="C312" t="s">
         <v>2879</v>
       </c>
       <c r="D312" t="s">
         <v>2880</v>
       </c>
       <c r="E312" t="s">
         <v>2881</v>
       </c>
       <c r="F312" t="s">
         <v>2882</v>
       </c>
       <c r="G312" t="s">
         <v>2883</v>
       </c>
       <c r="H312" t="s">
         <v>2884</v>
       </c>
       <c r="I312" t="s">
         <v>2885</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
         <v>130</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
         <v>131</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
         <v>2886</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>65005</v>
+        <v>65004</v>
       </c>
       <c r="B313" t="s">
         <v>2887</v>
       </c>
       <c r="C313" t="s">
         <v>2888</v>
       </c>
       <c r="D313" t="s">
         <v>2889</v>
       </c>
       <c r="E313" t="s">
         <v>2890</v>
       </c>
       <c r="F313" t="s">
         <v>2891</v>
       </c>
       <c r="G313" t="s">
         <v>2892</v>
       </c>
       <c r="H313" t="s">
         <v>2893</v>
       </c>
       <c r="I313" t="s">
         <v>2894</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
+        <v>130</v>
+      </c>
+      <c r="L313" t="s">
+        <v>26</v>
+      </c>
+      <c r="M313" t="s">
+        <v>131</v>
+      </c>
+      <c r="N313" t="s">
+        <v>28</v>
+      </c>
+      <c r="O313" t="s">
         <v>2895</v>
-      </c>
-[...10 lines deleted...]
-        <v>2897</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>65006</v>
+        <v>65005</v>
       </c>
       <c r="B314" t="s">
+        <v>2896</v>
+      </c>
+      <c r="C314" t="s">
+        <v>2897</v>
+      </c>
+      <c r="D314" t="s">
         <v>2898</v>
       </c>
-      <c r="C314" t="s">
+      <c r="E314" t="s">
         <v>2899</v>
       </c>
-      <c r="D314" t="s">
+      <c r="F314" t="s">
         <v>2900</v>
       </c>
-      <c r="E314" t="s">
+      <c r="G314" t="s">
         <v>2901</v>
       </c>
-      <c r="F314" t="s">
+      <c r="H314" t="s">
         <v>2902</v>
       </c>
-      <c r="G314" t="s">
+      <c r="I314" t="s">
         <v>2903</v>
       </c>
-      <c r="H314" t="s">
+      <c r="J314" t="s">
+        <v>24</v>
+      </c>
+      <c r="K314" t="s">
         <v>2904</v>
       </c>
-      <c r="I314" t="s">
+      <c r="L314" t="s">
+        <v>26</v>
+      </c>
+      <c r="M314" t="s">
         <v>2905</v>
       </c>
-      <c r="J314" t="s">
-[...2 lines deleted...]
-      <c r="K314" t="s">
+      <c r="N314" t="s">
+        <v>28</v>
+      </c>
+      <c r="O314" t="s">
         <v>2906</v>
-      </c>
-[...10 lines deleted...]
-        <v>2908</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>65007</v>
+        <v>65006</v>
       </c>
       <c r="B315" t="s">
+        <v>2907</v>
+      </c>
+      <c r="C315" t="s">
+        <v>2908</v>
+      </c>
+      <c r="D315" t="s">
         <v>2909</v>
       </c>
-      <c r="C315" t="s">
+      <c r="E315" t="s">
         <v>2910</v>
       </c>
-      <c r="D315" t="s">
+      <c r="F315" t="s">
         <v>2911</v>
       </c>
-      <c r="E315" t="s">
+      <c r="G315" t="s">
         <v>2912</v>
       </c>
-      <c r="F315" t="s">
+      <c r="H315" t="s">
         <v>2913</v>
       </c>
-      <c r="G315" t="s">
+      <c r="I315" t="s">
         <v>2914</v>
       </c>
-      <c r="H315" t="s">
+      <c r="J315" t="s">
+        <v>24</v>
+      </c>
+      <c r="K315" t="s">
         <v>2915</v>
       </c>
-      <c r="I315" t="s">
+      <c r="L315" t="s">
+        <v>26</v>
+      </c>
+      <c r="M315" t="s">
         <v>2916</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
         <v>2917</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>65008</v>
+        <v>65007</v>
       </c>
       <c r="B316" t="s">
         <v>2918</v>
       </c>
       <c r="C316" t="s">
         <v>2919</v>
       </c>
       <c r="D316" t="s">
         <v>2920</v>
       </c>
       <c r="E316" t="s">
         <v>2921</v>
       </c>
       <c r="F316" t="s">
         <v>2922</v>
       </c>
       <c r="G316" t="s">
         <v>2923</v>
       </c>
       <c r="H316" t="s">
         <v>2924</v>
       </c>
       <c r="I316" t="s">
         <v>2925</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
         <v>2926</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>65009</v>
+        <v>65008</v>
       </c>
       <c r="B317" t="s">
         <v>2927</v>
       </c>
       <c r="C317" t="s">
         <v>2928</v>
       </c>
       <c r="D317" t="s">
         <v>2929</v>
       </c>
       <c r="E317" t="s">
         <v>2930</v>
       </c>
       <c r="F317" t="s">
         <v>2931</v>
       </c>
       <c r="G317" t="s">
         <v>2932</v>
       </c>
       <c r="H317" t="s">
         <v>2933</v>
       </c>
       <c r="I317" t="s">
         <v>2934</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
         <v>130</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
         <v>131</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
         <v>2935</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>65010</v>
+        <v>65009</v>
       </c>
       <c r="B318" t="s">
         <v>2936</v>
       </c>
       <c r="C318" t="s">
         <v>2937</v>
       </c>
       <c r="D318" t="s">
         <v>2938</v>
       </c>
       <c r="E318" t="s">
         <v>2939</v>
       </c>
       <c r="F318" t="s">
         <v>2940</v>
       </c>
       <c r="G318" t="s">
         <v>2941</v>
       </c>
       <c r="H318" t="s">
         <v>2942</v>
       </c>
       <c r="I318" t="s">
         <v>2943</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
         <v>2944</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>65011</v>
+        <v>65010</v>
       </c>
       <c r="B319" t="s">
         <v>2945</v>
       </c>
       <c r="C319" t="s">
         <v>2946</v>
       </c>
       <c r="D319" t="s">
         <v>2947</v>
       </c>
       <c r="E319" t="s">
         <v>2948</v>
       </c>
       <c r="F319" t="s">
         <v>2949</v>
       </c>
       <c r="G319" t="s">
         <v>2950</v>
       </c>
       <c r="H319" t="s">
         <v>2951</v>
       </c>
       <c r="I319" t="s">
         <v>2952</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
         <v>2953</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>65012</v>
+        <v>65011</v>
       </c>
       <c r="B320" t="s">
         <v>2954</v>
       </c>
       <c r="C320" t="s">
         <v>2955</v>
       </c>
       <c r="D320" t="s">
         <v>2956</v>
       </c>
       <c r="E320" t="s">
         <v>2957</v>
       </c>
       <c r="F320" t="s">
         <v>2958</v>
       </c>
       <c r="G320" t="s">
         <v>2959</v>
       </c>
       <c r="H320" t="s">
         <v>2960</v>
       </c>
       <c r="I320" t="s">
         <v>2961</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
+        <v>130</v>
+      </c>
+      <c r="L320" t="s">
+        <v>26</v>
+      </c>
+      <c r="M320" t="s">
+        <v>131</v>
+      </c>
+      <c r="N320" t="s">
+        <v>28</v>
+      </c>
+      <c r="O320" t="s">
         <v>2962</v>
-      </c>
-[...10 lines deleted...]
-        <v>2964</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>65013</v>
+        <v>65012</v>
       </c>
       <c r="B321" t="s">
+        <v>2963</v>
+      </c>
+      <c r="C321" t="s">
+        <v>2964</v>
+      </c>
+      <c r="D321" t="s">
         <v>2965</v>
       </c>
-      <c r="C321" t="s">
+      <c r="E321" t="s">
         <v>2966</v>
       </c>
-      <c r="D321" t="s">
+      <c r="F321" t="s">
         <v>2967</v>
       </c>
-      <c r="E321" t="s">
+      <c r="G321" t="s">
         <v>2968</v>
       </c>
-      <c r="F321" t="s">
+      <c r="H321" t="s">
         <v>2969</v>
       </c>
-      <c r="G321" t="s">
+      <c r="I321" t="s">
         <v>2970</v>
       </c>
-      <c r="H321" t="s">
+      <c r="J321" t="s">
+        <v>24</v>
+      </c>
+      <c r="K321" t="s">
         <v>2971</v>
       </c>
-      <c r="I321" t="s">
+      <c r="L321" t="s">
+        <v>26</v>
+      </c>
+      <c r="M321" t="s">
         <v>2972</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
         <v>2973</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>65014</v>
+        <v>65013</v>
       </c>
       <c r="B322" t="s">
         <v>2974</v>
       </c>
       <c r="C322" t="s">
         <v>2975</v>
       </c>
       <c r="D322" t="s">
         <v>2976</v>
       </c>
       <c r="E322" t="s">
         <v>2977</v>
       </c>
       <c r="F322" t="s">
         <v>2978</v>
       </c>
       <c r="G322" t="s">
         <v>2979</v>
       </c>
       <c r="H322" t="s">
         <v>2980</v>
       </c>
       <c r="I322" t="s">
         <v>2981</v>
       </c>
       <c r="J322" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>534</v>
+        <v>25</v>
       </c>
       <c r="L322" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M322" t="s">
-        <v>535</v>
+        <v>27</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
         <v>2982</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>65015</v>
+        <v>65014</v>
       </c>
       <c r="B323" t="s">
         <v>2983</v>
       </c>
       <c r="C323" t="s">
         <v>2984</v>
       </c>
       <c r="D323" t="s">
         <v>2985</v>
       </c>
       <c r="E323" t="s">
         <v>2986</v>
       </c>
       <c r="F323" t="s">
         <v>2987</v>
       </c>
       <c r="G323" t="s">
         <v>2988</v>
       </c>
       <c r="H323" t="s">
         <v>2989</v>
       </c>
       <c r="I323" t="s">
         <v>2990</v>
       </c>
       <c r="J323" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K323" t="s">
-        <v>130</v>
+        <v>534</v>
       </c>
       <c r="L323" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M323" t="s">
-        <v>131</v>
+        <v>535</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
         <v>2991</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>65016</v>
+        <v>65015</v>
       </c>
       <c r="B324" t="s">
         <v>2992</v>
       </c>
       <c r="C324" t="s">
         <v>2993</v>
       </c>
       <c r="D324" t="s">
         <v>2994</v>
       </c>
       <c r="E324" t="s">
         <v>2995</v>
       </c>
       <c r="F324" t="s">
         <v>2996</v>
       </c>
       <c r="G324" t="s">
         <v>2997</v>
       </c>
       <c r="H324" t="s">
         <v>2998</v>
       </c>
       <c r="I324" t="s">
         <v>2999</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
         <v>3000</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>65017</v>
+        <v>65016</v>
       </c>
       <c r="B325" t="s">
         <v>3001</v>
       </c>
       <c r="C325" t="s">
         <v>3002</v>
       </c>
       <c r="D325" t="s">
         <v>3003</v>
       </c>
       <c r="E325" t="s">
         <v>3004</v>
       </c>
       <c r="F325" t="s">
         <v>3005</v>
       </c>
       <c r="G325" t="s">
         <v>3006</v>
       </c>
       <c r="H325" t="s">
         <v>3007</v>
       </c>
       <c r="I325" t="s">
         <v>3008</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
+        <v>25</v>
+      </c>
+      <c r="L325" t="s">
+        <v>26</v>
+      </c>
+      <c r="M325" t="s">
+        <v>27</v>
+      </c>
+      <c r="N325" t="s">
+        <v>28</v>
+      </c>
+      <c r="O325" t="s">
         <v>3009</v>
-      </c>
-[...10 lines deleted...]
-        <v>3011</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>65018</v>
+        <v>65017</v>
       </c>
       <c r="B326" t="s">
+        <v>3010</v>
+      </c>
+      <c r="C326" t="s">
+        <v>3011</v>
+      </c>
+      <c r="D326" t="s">
         <v>3012</v>
       </c>
-      <c r="C326" t="s">
+      <c r="E326" t="s">
         <v>3013</v>
       </c>
-      <c r="D326" t="s">
+      <c r="F326" t="s">
         <v>3014</v>
       </c>
-      <c r="E326" t="s">
+      <c r="G326" t="s">
         <v>3015</v>
       </c>
-      <c r="F326" t="s">
+      <c r="H326" t="s">
         <v>3016</v>
       </c>
-      <c r="G326" t="s">
+      <c r="I326" t="s">
         <v>3017</v>
       </c>
-      <c r="H326" t="s">
+      <c r="J326" t="s">
+        <v>24</v>
+      </c>
+      <c r="K326" t="s">
         <v>3018</v>
       </c>
-      <c r="I326" t="s">
+      <c r="L326" t="s">
+        <v>26</v>
+      </c>
+      <c r="M326" t="s">
         <v>3019</v>
       </c>
-      <c r="J326" t="s">
-[...2 lines deleted...]
-      <c r="K326" t="s">
+      <c r="N326" t="s">
+        <v>28</v>
+      </c>
+      <c r="O326" t="s">
         <v>3020</v>
-      </c>
-[...10 lines deleted...]
-        <v>3022</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>65019</v>
+        <v>65018</v>
       </c>
       <c r="B327" t="s">
+        <v>3021</v>
+      </c>
+      <c r="C327" t="s">
+        <v>3022</v>
+      </c>
+      <c r="D327" t="s">
         <v>3023</v>
       </c>
-      <c r="C327" t="s">
+      <c r="E327" t="s">
         <v>3024</v>
       </c>
-      <c r="D327" t="s">
+      <c r="F327" t="s">
         <v>3025</v>
       </c>
-      <c r="E327" t="s">
+      <c r="G327" t="s">
         <v>3026</v>
       </c>
-      <c r="F327" t="s">
+      <c r="H327" t="s">
         <v>3027</v>
       </c>
-      <c r="G327" t="s">
+      <c r="I327" t="s">
         <v>3028</v>
       </c>
-      <c r="H327" t="s">
+      <c r="J327" t="s">
+        <v>24</v>
+      </c>
+      <c r="K327" t="s">
         <v>3029</v>
       </c>
-      <c r="I327" t="s">
+      <c r="L327" t="s">
+        <v>26</v>
+      </c>
+      <c r="M327" t="s">
         <v>3030</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
         <v>3031</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>65020</v>
+        <v>65019</v>
       </c>
       <c r="B328" t="s">
         <v>3032</v>
       </c>
       <c r="C328" t="s">
         <v>3033</v>
       </c>
       <c r="D328" t="s">
         <v>3034</v>
       </c>
       <c r="E328" t="s">
         <v>3035</v>
       </c>
       <c r="F328" t="s">
         <v>3036</v>
       </c>
       <c r="G328" t="s">
         <v>3037</v>
       </c>
       <c r="H328" t="s">
         <v>3038</v>
       </c>
       <c r="I328" t="s">
         <v>3039</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
+        <v>130</v>
+      </c>
+      <c r="L328" t="s">
+        <v>26</v>
+      </c>
+      <c r="M328" t="s">
+        <v>131</v>
+      </c>
+      <c r="N328" t="s">
+        <v>28</v>
+      </c>
+      <c r="O328" t="s">
         <v>3040</v>
-      </c>
-[...10 lines deleted...]
-        <v>3042</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>65021</v>
+        <v>65020</v>
       </c>
       <c r="B329" t="s">
+        <v>3041</v>
+      </c>
+      <c r="C329" t="s">
+        <v>3042</v>
+      </c>
+      <c r="D329" t="s">
         <v>3043</v>
       </c>
-      <c r="C329" t="s">
+      <c r="E329" t="s">
         <v>3044</v>
       </c>
-      <c r="D329" t="s">
+      <c r="F329" t="s">
         <v>3045</v>
       </c>
-      <c r="E329" t="s">
+      <c r="G329" t="s">
         <v>3046</v>
       </c>
-      <c r="F329" t="s">
+      <c r="H329" t="s">
         <v>3047</v>
       </c>
-      <c r="G329" t="s">
+      <c r="I329" t="s">
         <v>3048</v>
       </c>
-      <c r="H329" t="s">
+      <c r="J329" t="s">
+        <v>24</v>
+      </c>
+      <c r="K329" t="s">
         <v>3049</v>
       </c>
-      <c r="I329" t="s">
+      <c r="L329" t="s">
+        <v>26</v>
+      </c>
+      <c r="M329" t="s">
         <v>3050</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
         <v>3051</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>65022</v>
+        <v>65021</v>
       </c>
       <c r="B330" t="s">
         <v>3052</v>
       </c>
       <c r="C330" t="s">
         <v>3053</v>
       </c>
       <c r="D330" t="s">
         <v>3054</v>
       </c>
       <c r="E330" t="s">
         <v>3055</v>
       </c>
       <c r="F330" t="s">
         <v>3056</v>
       </c>
       <c r="G330" t="s">
         <v>3057</v>
       </c>
       <c r="H330" t="s">
         <v>3058</v>
       </c>
       <c r="I330" t="s">
         <v>3059</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
         <v>25</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
         <v>27</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
         <v>3060</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>65023</v>
+        <v>65022</v>
       </c>
       <c r="B331" t="s">
         <v>3061</v>
       </c>
       <c r="C331" t="s">
         <v>3062</v>
       </c>
       <c r="D331" t="s">
         <v>3063</v>
       </c>
       <c r="E331" t="s">
         <v>3064</v>
       </c>
       <c r="F331" t="s">
         <v>3065</v>
       </c>
       <c r="G331" t="s">
         <v>3066</v>
       </c>
       <c r="H331" t="s">
         <v>3067</v>
       </c>
       <c r="I331" t="s">
         <v>3068</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
         <v>25</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
         <v>27</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
         <v>3069</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>65025</v>
+        <v>65023</v>
       </c>
       <c r="B332" t="s">
         <v>3070</v>
       </c>
       <c r="C332" t="s">
         <v>3071</v>
       </c>
       <c r="D332" t="s">
         <v>3072</v>
       </c>
       <c r="E332" t="s">
         <v>3073</v>
       </c>
       <c r="F332" t="s">
         <v>3074</v>
       </c>
       <c r="G332" t="s">
         <v>3075</v>
       </c>
       <c r="H332" t="s">
         <v>3076</v>
       </c>
       <c r="I332" t="s">
         <v>3077</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
         <v>25</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
         <v>27</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
         <v>3078</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>65026</v>
+        <v>65025</v>
       </c>
       <c r="B333" t="s">
         <v>3079</v>
       </c>
       <c r="C333" t="s">
         <v>3080</v>
       </c>
       <c r="D333" t="s">
         <v>3081</v>
       </c>
       <c r="E333" t="s">
         <v>3082</v>
       </c>
       <c r="F333" t="s">
         <v>3083</v>
       </c>
       <c r="G333" t="s">
         <v>3084</v>
       </c>
       <c r="H333" t="s">
         <v>3085</v>
       </c>
       <c r="I333" t="s">
         <v>3086</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
         <v>25</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
         <v>27</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
         <v>3087</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>65027</v>
+        <v>65026</v>
       </c>
       <c r="B334" t="s">
         <v>3088</v>
       </c>
       <c r="C334" t="s">
         <v>3089</v>
       </c>
       <c r="D334" t="s">
         <v>3090</v>
       </c>
       <c r="E334" t="s">
         <v>3091</v>
       </c>
       <c r="F334" t="s">
         <v>3092</v>
       </c>
       <c r="G334" t="s">
         <v>3093</v>
       </c>
       <c r="H334" t="s">
         <v>3094</v>
       </c>
       <c r="I334" t="s">
         <v>3095</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
-        <v>534</v>
+        <v>25</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
-        <v>535</v>
+        <v>27</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
         <v>3096</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>65028</v>
+        <v>65027</v>
       </c>
       <c r="B335" t="s">
         <v>3097</v>
       </c>
       <c r="C335" t="s">
         <v>3098</v>
       </c>
       <c r="D335" t="s">
         <v>3099</v>
       </c>
       <c r="E335" t="s">
         <v>3100</v>
       </c>
       <c r="F335" t="s">
         <v>3101</v>
       </c>
       <c r="G335" t="s">
         <v>3102</v>
       </c>
       <c r="H335" t="s">
         <v>3103</v>
       </c>
       <c r="I335" t="s">
         <v>3104</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>25</v>
+        <v>534</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>27</v>
+        <v>535</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
         <v>3105</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>65030</v>
+        <v>65028</v>
       </c>
       <c r="B336" t="s">
         <v>3106</v>
       </c>
       <c r="C336" t="s">
         <v>3107</v>
       </c>
       <c r="D336" t="s">
         <v>3108</v>
       </c>
       <c r="E336" t="s">
         <v>3109</v>
       </c>
       <c r="F336" t="s">
         <v>3110</v>
       </c>
       <c r="G336" t="s">
         <v>3111</v>
       </c>
       <c r="H336" t="s">
         <v>3112</v>
       </c>
       <c r="I336" t="s">
         <v>3113</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
         <v>25</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
         <v>27</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
         <v>3114</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>65031</v>
+        <v>65030</v>
       </c>
       <c r="B337" t="s">
         <v>3115</v>
       </c>
       <c r="C337" t="s">
         <v>3116</v>
       </c>
       <c r="D337" t="s">
         <v>3117</v>
       </c>
       <c r="E337" t="s">
         <v>3118</v>
       </c>
       <c r="F337" t="s">
         <v>3119</v>
       </c>
       <c r="G337" t="s">
         <v>3120</v>
       </c>
       <c r="H337" t="s">
         <v>3121</v>
       </c>
       <c r="I337" t="s">
         <v>3122</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
         <v>25</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
         <v>27</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
         <v>3123</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>65032</v>
+        <v>65031</v>
       </c>
       <c r="B338" t="s">
         <v>3124</v>
       </c>
       <c r="C338" t="s">
         <v>3125</v>
       </c>
       <c r="D338" t="s">
         <v>3126</v>
       </c>
       <c r="E338" t="s">
         <v>3127</v>
       </c>
       <c r="F338" t="s">
         <v>3128</v>
       </c>
       <c r="G338" t="s">
         <v>3129</v>
       </c>
       <c r="H338" t="s">
         <v>3130</v>
       </c>
       <c r="I338" t="s">
         <v>3131</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
         <v>3132</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>65033</v>
+        <v>65032</v>
       </c>
       <c r="B339" t="s">
         <v>3133</v>
       </c>
       <c r="C339" t="s">
         <v>3134</v>
       </c>
       <c r="D339" t="s">
         <v>3135</v>
       </c>
       <c r="E339" t="s">
         <v>3136</v>
       </c>
       <c r="F339" t="s">
         <v>3137</v>
       </c>
       <c r="G339" t="s">
         <v>3138</v>
       </c>
       <c r="H339" t="s">
         <v>3139</v>
       </c>
       <c r="I339" t="s">
         <v>3140</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
+        <v>130</v>
+      </c>
+      <c r="L339" t="s">
+        <v>26</v>
+      </c>
+      <c r="M339" t="s">
+        <v>131</v>
+      </c>
+      <c r="N339" t="s">
+        <v>28</v>
+      </c>
+      <c r="O339" t="s">
         <v>3141</v>
-      </c>
-[...10 lines deleted...]
-        <v>3143</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>65034</v>
+        <v>65033</v>
       </c>
       <c r="B340" t="s">
+        <v>3142</v>
+      </c>
+      <c r="C340" t="s">
+        <v>3143</v>
+      </c>
+      <c r="D340" t="s">
         <v>3144</v>
       </c>
-      <c r="C340" t="s">
+      <c r="E340" t="s">
         <v>3145</v>
       </c>
-      <c r="D340" t="s">
+      <c r="F340" t="s">
         <v>3146</v>
       </c>
-      <c r="E340" t="s">
+      <c r="G340" t="s">
         <v>3147</v>
       </c>
-      <c r="F340" t="s">
+      <c r="H340" t="s">
         <v>3148</v>
       </c>
-      <c r="G340" t="s">
+      <c r="I340" t="s">
         <v>3149</v>
       </c>
-      <c r="H340" t="s">
+      <c r="J340" t="s">
+        <v>24</v>
+      </c>
+      <c r="K340" t="s">
         <v>3150</v>
       </c>
-      <c r="I340" t="s">
+      <c r="L340" t="s">
+        <v>26</v>
+      </c>
+      <c r="M340" t="s">
         <v>3151</v>
-      </c>
-[...10 lines deleted...]
-        <v>2304</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
         <v>3152</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>65035</v>
+        <v>65034</v>
       </c>
       <c r="B341" t="s">
         <v>3153</v>
       </c>
       <c r="C341" t="s">
         <v>3154</v>
       </c>
       <c r="D341" t="s">
         <v>3155</v>
       </c>
       <c r="E341" t="s">
         <v>3156</v>
       </c>
       <c r="F341" t="s">
         <v>3157</v>
       </c>
       <c r="G341" t="s">
         <v>3158</v>
       </c>
       <c r="H341" t="s">
         <v>3159</v>
       </c>
       <c r="I341" t="s">
         <v>3160</v>
       </c>
       <c r="J341" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K341" t="s">
-        <v>25</v>
+        <v>2312</v>
       </c>
       <c r="L341" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M341" t="s">
-        <v>27</v>
+        <v>2313</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
         <v>3161</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>65036</v>
+        <v>65035</v>
       </c>
       <c r="B342" t="s">
         <v>3162</v>
       </c>
       <c r="C342" t="s">
         <v>3163</v>
       </c>
       <c r="D342" t="s">
         <v>3164</v>
       </c>
       <c r="E342" t="s">
         <v>3165</v>
       </c>
       <c r="F342" t="s">
         <v>3166</v>
       </c>
       <c r="G342" t="s">
         <v>3167</v>
       </c>
       <c r="H342" t="s">
         <v>3168</v>
       </c>
       <c r="I342" t="s">
         <v>3169</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
         <v>25</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
         <v>27</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
         <v>3170</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>65037</v>
+        <v>65036</v>
       </c>
       <c r="B343" t="s">
         <v>3171</v>
       </c>
       <c r="C343" t="s">
         <v>3172</v>
       </c>
       <c r="D343" t="s">
         <v>3173</v>
       </c>
       <c r="E343" t="s">
         <v>3174</v>
       </c>
       <c r="F343" t="s">
         <v>3175</v>
       </c>
       <c r="G343" t="s">
         <v>3176</v>
       </c>
       <c r="H343" t="s">
         <v>3177</v>
       </c>
       <c r="I343" t="s">
         <v>3178</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
         <v>25</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
         <v>27</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
         <v>3179</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>65038</v>
+        <v>65037</v>
       </c>
       <c r="B344" t="s">
         <v>3180</v>
       </c>
       <c r="C344" t="s">
         <v>3181</v>
       </c>
       <c r="D344" t="s">
         <v>3182</v>
       </c>
       <c r="E344" t="s">
         <v>3183</v>
       </c>
       <c r="F344" t="s">
         <v>3184</v>
       </c>
       <c r="G344" t="s">
         <v>3185</v>
       </c>
       <c r="H344" t="s">
         <v>3186</v>
       </c>
       <c r="I344" t="s">
         <v>3187</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
         <v>3188</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>65039</v>
+        <v>65038</v>
       </c>
       <c r="B345" t="s">
         <v>3189</v>
       </c>
       <c r="C345" t="s">
         <v>3190</v>
       </c>
       <c r="D345" t="s">
         <v>3191</v>
       </c>
       <c r="E345" t="s">
         <v>3192</v>
       </c>
       <c r="F345" t="s">
         <v>3193</v>
       </c>
       <c r="G345" t="s">
         <v>3194</v>
       </c>
       <c r="H345" t="s">
         <v>3195</v>
       </c>
       <c r="I345" t="s">
         <v>3196</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
         <v>130</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
         <v>131</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
         <v>3197</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>65040</v>
+        <v>65039</v>
       </c>
       <c r="B346" t="s">
         <v>3198</v>
       </c>
       <c r="C346" t="s">
         <v>3199</v>
       </c>
       <c r="D346" t="s">
         <v>3200</v>
       </c>
       <c r="E346" t="s">
         <v>3201</v>
       </c>
       <c r="F346" t="s">
         <v>3202</v>
       </c>
       <c r="G346" t="s">
         <v>3203</v>
       </c>
       <c r="H346" t="s">
         <v>3204</v>
       </c>
       <c r="I346" t="s">
         <v>3205</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>1576</v>
+        <v>130</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>1577</v>
+        <v>131</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
         <v>3206</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>65043</v>
+        <v>65040</v>
       </c>
       <c r="B347" t="s">
         <v>3207</v>
       </c>
       <c r="C347" t="s">
         <v>3208</v>
       </c>
       <c r="D347" t="s">
         <v>3209</v>
       </c>
       <c r="E347" t="s">
         <v>3210</v>
       </c>
       <c r="F347" t="s">
         <v>3211</v>
       </c>
       <c r="G347" t="s">
         <v>3212</v>
       </c>
       <c r="H347" t="s">
         <v>3213</v>
       </c>
       <c r="I347" t="s">
         <v>3214</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>25</v>
+        <v>1585</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>27</v>
+        <v>1586</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
         <v>3215</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>65044</v>
+        <v>65043</v>
       </c>
       <c r="B348" t="s">
         <v>3216</v>
       </c>
       <c r="C348" t="s">
         <v>3217</v>
       </c>
       <c r="D348" t="s">
         <v>3218</v>
       </c>
       <c r="E348" t="s">
         <v>3219</v>
       </c>
       <c r="F348" t="s">
         <v>3220</v>
       </c>
       <c r="G348" t="s">
         <v>3221</v>
       </c>
       <c r="H348" t="s">
         <v>3222</v>
       </c>
       <c r="I348" t="s">
         <v>3223</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
         <v>25</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
         <v>27</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
         <v>3224</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>65045</v>
+        <v>65044</v>
       </c>
       <c r="B349" t="s">
         <v>3225</v>
       </c>
       <c r="C349" t="s">
         <v>3226</v>
       </c>
       <c r="D349" t="s">
         <v>3227</v>
       </c>
       <c r="E349" t="s">
         <v>3228</v>
       </c>
       <c r="F349" t="s">
         <v>3229</v>
       </c>
       <c r="G349" t="s">
         <v>3230</v>
       </c>
       <c r="H349" t="s">
         <v>3231</v>
       </c>
       <c r="I349" t="s">
         <v>3232</v>
       </c>
       <c r="J349" t="s">
+        <v>24</v>
+      </c>
+      <c r="K349" t="s">
+        <v>25</v>
+      </c>
+      <c r="L349" t="s">
+        <v>26</v>
+      </c>
+      <c r="M349" t="s">
+        <v>27</v>
+      </c>
+      <c r="N349" t="s">
+        <v>28</v>
+      </c>
+      <c r="O349" t="s">
         <v>3233</v>
-      </c>
-[...13 lines deleted...]
-        <v>3237</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>65046</v>
+        <v>65045</v>
       </c>
       <c r="B350" t="s">
+        <v>3234</v>
+      </c>
+      <c r="C350" t="s">
+        <v>3235</v>
+      </c>
+      <c r="D350" t="s">
+        <v>3236</v>
+      </c>
+      <c r="E350" t="s">
+        <v>3237</v>
+      </c>
+      <c r="F350" t="s">
         <v>3238</v>
       </c>
-      <c r="C350" t="s">
+      <c r="G350" t="s">
         <v>3239</v>
       </c>
-      <c r="D350" t="s">
+      <c r="H350" t="s">
         <v>3240</v>
       </c>
-      <c r="E350" t="s">
+      <c r="I350" t="s">
         <v>3241</v>
       </c>
-      <c r="F350" t="s">
+      <c r="J350" t="s">
         <v>3242</v>
       </c>
-      <c r="G350" t="s">
+      <c r="K350" t="s">
         <v>3243</v>
       </c>
-      <c r="H350" t="s">
+      <c r="L350" t="s">
         <v>3244</v>
       </c>
-      <c r="I350" t="s">
+      <c r="M350" t="s">
         <v>3245</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
         <v>3246</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>65047</v>
+        <v>65046</v>
       </c>
       <c r="B351" t="s">
         <v>3247</v>
       </c>
       <c r="C351" t="s">
         <v>3248</v>
       </c>
       <c r="D351" t="s">
         <v>3249</v>
       </c>
       <c r="E351" t="s">
         <v>3250</v>
       </c>
       <c r="F351" t="s">
         <v>3251</v>
       </c>
       <c r="G351" t="s">
         <v>3252</v>
       </c>
       <c r="H351" t="s">
         <v>3253</v>
       </c>
       <c r="I351" t="s">
         <v>3254</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>3234</v>
+        <v>47</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>3236</v>
+        <v>48</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
         <v>3255</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>65049</v>
+        <v>65047</v>
       </c>
       <c r="B352" t="s">
         <v>3256</v>
       </c>
       <c r="C352" t="s">
         <v>3257</v>
       </c>
       <c r="D352" t="s">
         <v>3258</v>
       </c>
       <c r="E352" t="s">
         <v>3259</v>
       </c>
       <c r="F352" t="s">
         <v>3260</v>
       </c>
       <c r="G352" t="s">
         <v>3261</v>
       </c>
       <c r="H352" t="s">
         <v>3262</v>
       </c>
       <c r="I352" t="s">
         <v>3263</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
-        <v>939</v>
+        <v>3243</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
-        <v>940</v>
+        <v>3245</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
         <v>3264</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>65050</v>
+        <v>65049</v>
       </c>
       <c r="B353" t="s">
         <v>3265</v>
       </c>
       <c r="C353" t="s">
         <v>3266</v>
       </c>
       <c r="D353" t="s">
         <v>3267</v>
       </c>
       <c r="E353" t="s">
         <v>3268</v>
       </c>
       <c r="F353" t="s">
         <v>3269</v>
       </c>
       <c r="G353" t="s">
         <v>3270</v>
       </c>
       <c r="H353" t="s">
         <v>3271</v>
       </c>
       <c r="I353" t="s">
         <v>3272</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
-        <v>25</v>
+        <v>948</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
-        <v>27</v>
+        <v>949</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
         <v>3273</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>65051</v>
+        <v>65050</v>
       </c>
       <c r="B354" t="s">
         <v>3274</v>
       </c>
       <c r="C354" t="s">
         <v>3275</v>
       </c>
       <c r="D354" t="s">
         <v>3276</v>
       </c>
       <c r="E354" t="s">
         <v>3277</v>
       </c>
       <c r="F354" t="s">
         <v>3278</v>
       </c>
       <c r="G354" t="s">
         <v>3279</v>
       </c>
       <c r="H354" t="s">
         <v>3280</v>
       </c>
       <c r="I354" t="s">
         <v>3281</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>582</v>
+        <v>25</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>584</v>
+        <v>27</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
         <v>3282</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>65053</v>
+        <v>65051</v>
       </c>
       <c r="B355" t="s">
         <v>3283</v>
       </c>
       <c r="C355" t="s">
         <v>3284</v>
       </c>
       <c r="D355" t="s">
         <v>3285</v>
       </c>
       <c r="E355" t="s">
         <v>3286</v>
       </c>
       <c r="F355" t="s">
         <v>3287</v>
       </c>
       <c r="G355" t="s">
         <v>3288</v>
       </c>
       <c r="H355" t="s">
         <v>3289</v>
       </c>
       <c r="I355" t="s">
         <v>3290</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>130</v>
+        <v>582</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>131</v>
+        <v>584</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
         <v>3291</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>65054</v>
+        <v>65053</v>
       </c>
       <c r="B356" t="s">
         <v>3292</v>
       </c>
       <c r="C356" t="s">
         <v>3293</v>
       </c>
       <c r="D356" t="s">
         <v>3294</v>
       </c>
       <c r="E356" t="s">
         <v>3295</v>
       </c>
       <c r="F356" t="s">
         <v>3296</v>
       </c>
       <c r="G356" t="s">
         <v>3297</v>
       </c>
       <c r="H356" t="s">
         <v>3298</v>
       </c>
       <c r="I356" t="s">
         <v>3299</v>
       </c>
       <c r="J356" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>168</v>
+        <v>130</v>
       </c>
       <c r="L356" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>169</v>
+        <v>131</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
         <v>3300</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>65055</v>
+        <v>65054</v>
       </c>
       <c r="B357" t="s">
         <v>3301</v>
       </c>
       <c r="C357" t="s">
         <v>3302</v>
       </c>
       <c r="D357" t="s">
         <v>3303</v>
       </c>
       <c r="E357" t="s">
         <v>3304</v>
       </c>
       <c r="F357" t="s">
         <v>3305</v>
       </c>
       <c r="G357" t="s">
         <v>3306</v>
       </c>
       <c r="H357" t="s">
         <v>3307</v>
       </c>
       <c r="I357" t="s">
         <v>3308</v>
       </c>
       <c r="J357" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K357" t="s">
-        <v>2303</v>
+        <v>168</v>
       </c>
       <c r="L357" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M357" t="s">
-        <v>2304</v>
+        <v>169</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
         <v>3309</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>65057</v>
+        <v>65055</v>
       </c>
       <c r="B358" t="s">
         <v>3310</v>
       </c>
       <c r="C358" t="s">
         <v>3311</v>
       </c>
       <c r="D358" t="s">
         <v>3312</v>
       </c>
       <c r="E358" t="s">
         <v>3313</v>
       </c>
       <c r="F358" t="s">
         <v>3314</v>
       </c>
       <c r="G358" t="s">
         <v>3315</v>
       </c>
       <c r="H358" t="s">
         <v>3316</v>
       </c>
       <c r="I358" t="s">
         <v>3317</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>724</v>
+        <v>2312</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
-        <v>725</v>
+        <v>2313</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
         <v>3318</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>65058</v>
+        <v>65057</v>
       </c>
       <c r="B359" t="s">
         <v>3319</v>
       </c>
       <c r="C359" t="s">
         <v>3320</v>
       </c>
       <c r="D359" t="s">
         <v>3321</v>
       </c>
       <c r="E359" t="s">
         <v>3322</v>
       </c>
       <c r="F359" t="s">
         <v>3323</v>
       </c>
       <c r="G359" t="s">
         <v>3324</v>
       </c>
       <c r="H359" t="s">
         <v>3325</v>
       </c>
       <c r="I359" t="s">
         <v>3326</v>
       </c>
       <c r="J359" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>534</v>
+        <v>724</v>
       </c>
       <c r="L359" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M359" t="s">
-        <v>535</v>
+        <v>725</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
         <v>3327</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>65059</v>
+        <v>65058</v>
       </c>
       <c r="B360" t="s">
         <v>3328</v>
       </c>
       <c r="C360" t="s">
         <v>3329</v>
       </c>
       <c r="D360" t="s">
         <v>3330</v>
       </c>
       <c r="E360" t="s">
         <v>3331</v>
       </c>
       <c r="F360" t="s">
         <v>3332</v>
       </c>
       <c r="G360" t="s">
         <v>3333</v>
       </c>
       <c r="H360" t="s">
         <v>3334</v>
       </c>
       <c r="I360" t="s">
         <v>3335</v>
       </c>
       <c r="J360" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K360" t="s">
-        <v>130</v>
+        <v>534</v>
       </c>
       <c r="L360" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M360" t="s">
-        <v>131</v>
+        <v>535</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
         <v>3336</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>65060</v>
+        <v>65059</v>
       </c>
       <c r="B361" t="s">
         <v>3337</v>
       </c>
       <c r="C361" t="s">
         <v>3338</v>
       </c>
       <c r="D361" t="s">
         <v>3339</v>
       </c>
       <c r="E361" t="s">
         <v>3340</v>
       </c>
       <c r="F361" t="s">
         <v>3341</v>
       </c>
       <c r="G361" t="s">
         <v>3342</v>
       </c>
       <c r="H361" t="s">
         <v>3343</v>
       </c>
       <c r="I361" t="s">
         <v>3344</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
         <v>3345</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>65061</v>
+        <v>65060</v>
       </c>
       <c r="B362" t="s">
         <v>3346</v>
       </c>
       <c r="C362" t="s">
         <v>3347</v>
       </c>
       <c r="D362" t="s">
         <v>3348</v>
       </c>
       <c r="E362" t="s">
         <v>3349</v>
       </c>
       <c r="F362" t="s">
         <v>3350</v>
       </c>
       <c r="G362" t="s">
         <v>3351</v>
       </c>
       <c r="H362" t="s">
         <v>3352</v>
       </c>
       <c r="I362" t="s">
         <v>3353</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>1576</v>
+        <v>47</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>1577</v>
+        <v>48</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
         <v>3354</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>65062</v>
+        <v>65061</v>
       </c>
       <c r="B363" t="s">
         <v>3355</v>
       </c>
       <c r="C363" t="s">
         <v>3356</v>
       </c>
       <c r="D363" t="s">
         <v>3357</v>
       </c>
       <c r="E363" t="s">
         <v>3358</v>
       </c>
       <c r="F363" t="s">
         <v>3359</v>
       </c>
       <c r="G363" t="s">
         <v>3360</v>
       </c>
       <c r="H363" t="s">
         <v>3361</v>
       </c>
       <c r="I363" t="s">
         <v>3362</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
-        <v>25</v>
+        <v>1585</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
-        <v>27</v>
+        <v>1586</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
         <v>3363</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>65063</v>
+        <v>65062</v>
       </c>
       <c r="B364" t="s">
         <v>3364</v>
       </c>
       <c r="C364" t="s">
         <v>3365</v>
       </c>
       <c r="D364" t="s">
         <v>3366</v>
       </c>
       <c r="E364" t="s">
         <v>3367</v>
       </c>
       <c r="F364" t="s">
         <v>3368</v>
       </c>
       <c r="G364" t="s">
         <v>3369</v>
       </c>
       <c r="H364" t="s">
         <v>3370</v>
       </c>
       <c r="I364" t="s">
         <v>3371</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
-        <v>892</v>
+        <v>25</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
-        <v>893</v>
+        <v>27</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
         <v>3372</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>65065</v>
+        <v>65063</v>
       </c>
       <c r="B365" t="s">
         <v>3373</v>
       </c>
       <c r="C365" t="s">
         <v>3374</v>
       </c>
       <c r="D365" t="s">
         <v>3375</v>
       </c>
       <c r="E365" t="s">
         <v>3376</v>
       </c>
       <c r="F365" t="s">
         <v>3377</v>
       </c>
       <c r="G365" t="s">
         <v>3378</v>
       </c>
       <c r="H365" t="s">
         <v>3379</v>
       </c>
       <c r="I365" t="s">
         <v>3380</v>
       </c>
       <c r="J365" t="s">
+        <v>24</v>
+      </c>
+      <c r="K365" t="s">
+        <v>892</v>
+      </c>
+      <c r="L365" t="s">
+        <v>26</v>
+      </c>
+      <c r="M365" t="s">
+        <v>893</v>
+      </c>
+      <c r="N365" t="s">
+        <v>28</v>
+      </c>
+      <c r="O365" t="s">
         <v>3381</v>
-      </c>
-[...13 lines deleted...]
-        <v>3383</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>65068</v>
+        <v>65065</v>
       </c>
       <c r="B366" t="s">
+        <v>3382</v>
+      </c>
+      <c r="C366" t="s">
+        <v>3383</v>
+      </c>
+      <c r="D366" t="s">
         <v>3384</v>
       </c>
-      <c r="C366" t="s">
+      <c r="E366" t="s">
         <v>3385</v>
       </c>
-      <c r="D366" t="s">
+      <c r="F366" t="s">
         <v>3386</v>
       </c>
-      <c r="E366" t="s">
+      <c r="G366" t="s">
         <v>3387</v>
       </c>
-      <c r="F366" t="s">
+      <c r="H366" t="s">
         <v>3388</v>
       </c>
-      <c r="G366" t="s">
+      <c r="I366" t="s">
         <v>3389</v>
       </c>
-      <c r="H366" t="s">
+      <c r="J366" t="s">
         <v>3390</v>
       </c>
-      <c r="I366" t="s">
+      <c r="K366" t="s">
+        <v>1585</v>
+      </c>
+      <c r="L366" t="s">
         <v>3391</v>
       </c>
-      <c r="J366" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M366" t="s">
-        <v>27</v>
+        <v>1586</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
         <v>3392</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>65069</v>
+        <v>65068</v>
       </c>
       <c r="B367" t="s">
         <v>3393</v>
       </c>
       <c r="C367" t="s">
         <v>3394</v>
       </c>
       <c r="D367" t="s">
         <v>3395</v>
       </c>
       <c r="E367" t="s">
         <v>3396</v>
       </c>
       <c r="F367" t="s">
         <v>3397</v>
       </c>
       <c r="G367" t="s">
         <v>3398</v>
       </c>
       <c r="H367" t="s">
         <v>3399</v>
       </c>
       <c r="I367" t="s">
         <v>3400</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
         <v>3401</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>65071</v>
+        <v>65069</v>
       </c>
       <c r="B368" t="s">
         <v>3402</v>
       </c>
       <c r="C368" t="s">
         <v>3403</v>
       </c>
       <c r="D368" t="s">
         <v>3404</v>
       </c>
       <c r="E368" t="s">
         <v>3405</v>
       </c>
       <c r="F368" t="s">
         <v>3406</v>
       </c>
       <c r="G368" t="s">
         <v>3407</v>
       </c>
       <c r="H368" t="s">
         <v>3408</v>
       </c>
       <c r="I368" t="s">
         <v>3409</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
         <v>3410</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>65073</v>
+        <v>65071</v>
       </c>
       <c r="B369" t="s">
         <v>3411</v>
       </c>
       <c r="C369" t="s">
         <v>3412</v>
       </c>
       <c r="D369" t="s">
         <v>3413</v>
       </c>
       <c r="E369" t="s">
         <v>3414</v>
       </c>
       <c r="F369" t="s">
         <v>3415</v>
       </c>
       <c r="G369" t="s">
         <v>3416</v>
       </c>
       <c r="H369" t="s">
         <v>3417</v>
       </c>
       <c r="I369" t="s">
         <v>3418</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
         <v>25</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
         <v>27</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
         <v>3419</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>65074</v>
+        <v>65073</v>
       </c>
       <c r="B370" t="s">
         <v>3420</v>
       </c>
       <c r="C370" t="s">
         <v>3421</v>
       </c>
       <c r="D370" t="s">
         <v>3422</v>
       </c>
       <c r="E370" t="s">
         <v>3423</v>
       </c>
       <c r="F370" t="s">
         <v>3424</v>
       </c>
       <c r="G370" t="s">
         <v>3425</v>
       </c>
       <c r="H370" t="s">
         <v>3426</v>
       </c>
       <c r="I370" t="s">
         <v>3427</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
+        <v>25</v>
+      </c>
+      <c r="L370" t="s">
+        <v>26</v>
+      </c>
+      <c r="M370" t="s">
+        <v>27</v>
+      </c>
+      <c r="N370" t="s">
+        <v>28</v>
+      </c>
+      <c r="O370" t="s">
         <v>3428</v>
-      </c>
-[...10 lines deleted...]
-        <v>3430</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>65075</v>
+        <v>65074</v>
       </c>
       <c r="B371" t="s">
+        <v>3429</v>
+      </c>
+      <c r="C371" t="s">
+        <v>3430</v>
+      </c>
+      <c r="D371" t="s">
         <v>3431</v>
       </c>
-      <c r="C371" t="s">
+      <c r="E371" t="s">
         <v>3432</v>
       </c>
-      <c r="D371" t="s">
+      <c r="F371" t="s">
         <v>3433</v>
       </c>
-      <c r="E371" t="s">
+      <c r="G371" t="s">
         <v>3434</v>
       </c>
-      <c r="F371" t="s">
+      <c r="H371" t="s">
         <v>3435</v>
       </c>
-      <c r="G371" t="s">
+      <c r="I371" t="s">
         <v>3436</v>
       </c>
-      <c r="H371" t="s">
+      <c r="J371" t="s">
+        <v>24</v>
+      </c>
+      <c r="K371" t="s">
         <v>3437</v>
       </c>
-      <c r="I371" t="s">
+      <c r="L371" t="s">
+        <v>26</v>
+      </c>
+      <c r="M371" t="s">
         <v>3438</v>
-      </c>
-[...10 lines deleted...]
-        <v>3142</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
         <v>3439</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>65076</v>
+        <v>65075</v>
       </c>
       <c r="B372" t="s">
         <v>3440</v>
       </c>
       <c r="C372" t="s">
         <v>3441</v>
       </c>
       <c r="D372" t="s">
         <v>3442</v>
       </c>
       <c r="E372" t="s">
         <v>3443</v>
       </c>
       <c r="F372" t="s">
         <v>3444</v>
       </c>
       <c r="G372" t="s">
         <v>3445</v>
       </c>
       <c r="H372" t="s">
         <v>3446</v>
       </c>
       <c r="I372" t="s">
         <v>3447</v>
       </c>
       <c r="J372" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K372" t="s">
-        <v>130</v>
+        <v>3150</v>
       </c>
       <c r="L372" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M372" t="s">
-        <v>131</v>
+        <v>3151</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
         <v>3448</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>65077</v>
+        <v>65076</v>
       </c>
       <c r="B373" t="s">
         <v>3449</v>
       </c>
       <c r="C373" t="s">
         <v>3450</v>
       </c>
       <c r="D373" t="s">
         <v>3451</v>
       </c>
       <c r="E373" t="s">
         <v>3452</v>
       </c>
       <c r="F373" t="s">
         <v>3453</v>
       </c>
       <c r="G373" t="s">
         <v>3454</v>
       </c>
       <c r="H373" t="s">
         <v>3455</v>
       </c>
       <c r="I373" t="s">
         <v>3456</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
-        <v>582</v>
+        <v>130</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
-        <v>584</v>
+        <v>131</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
         <v>3457</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>65080</v>
+        <v>65077</v>
       </c>
       <c r="B374" t="s">
         <v>3458</v>
       </c>
       <c r="C374" t="s">
         <v>3459</v>
       </c>
       <c r="D374" t="s">
         <v>3460</v>
       </c>
       <c r="E374" t="s">
         <v>3461</v>
       </c>
       <c r="F374" t="s">
         <v>3462</v>
       </c>
       <c r="G374" t="s">
         <v>3463</v>
       </c>
       <c r="H374" t="s">
         <v>3464</v>
       </c>
       <c r="I374" t="s">
         <v>3465</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
-        <v>47</v>
+        <v>582</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
-        <v>48</v>
+        <v>584</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
         <v>3466</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>65081</v>
+        <v>65080</v>
       </c>
       <c r="B375" t="s">
         <v>3467</v>
       </c>
       <c r="C375" t="s">
         <v>3468</v>
       </c>
       <c r="D375" t="s">
         <v>3469</v>
       </c>
       <c r="E375" t="s">
         <v>3470</v>
       </c>
       <c r="F375" t="s">
         <v>3471</v>
       </c>
       <c r="G375" t="s">
         <v>3472</v>
       </c>
       <c r="H375" t="s">
         <v>3473</v>
       </c>
       <c r="I375" t="s">
         <v>3474</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
         <v>47</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
         <v>48</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
         <v>3475</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>65082</v>
+        <v>65081</v>
       </c>
       <c r="B376" t="s">
         <v>3476</v>
       </c>
       <c r="C376" t="s">
         <v>3477</v>
       </c>
       <c r="D376" t="s">
         <v>3478</v>
       </c>
       <c r="E376" t="s">
         <v>3479</v>
       </c>
       <c r="F376" t="s">
         <v>3480</v>
       </c>
       <c r="G376" t="s">
         <v>3481</v>
       </c>
       <c r="H376" t="s">
         <v>3482</v>
       </c>
       <c r="I376" t="s">
         <v>3483</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
         <v>47</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
         <v>48</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
         <v>3484</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>65083</v>
+        <v>65082</v>
       </c>
       <c r="B377" t="s">
         <v>3485</v>
       </c>
       <c r="C377" t="s">
         <v>3486</v>
       </c>
       <c r="D377" t="s">
         <v>3487</v>
       </c>
       <c r="E377" t="s">
         <v>3488</v>
       </c>
       <c r="F377" t="s">
         <v>3489</v>
       </c>
       <c r="G377" t="s">
         <v>3490</v>
       </c>
       <c r="H377" t="s">
         <v>3491</v>
       </c>
       <c r="I377" t="s">
         <v>3492</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
         <v>3493</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>65084</v>
+        <v>65083</v>
       </c>
       <c r="B378" t="s">
         <v>3494</v>
       </c>
       <c r="C378" t="s">
         <v>3495</v>
       </c>
       <c r="D378" t="s">
         <v>3496</v>
       </c>
       <c r="E378" t="s">
         <v>3497</v>
       </c>
       <c r="F378" t="s">
         <v>3498</v>
       </c>
       <c r="G378" t="s">
         <v>3499</v>
       </c>
       <c r="H378" t="s">
         <v>3500</v>
       </c>
       <c r="I378" t="s">
         <v>3501</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
         <v>3502</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>65085</v>
+        <v>65084</v>
       </c>
       <c r="B379" t="s">
         <v>3503</v>
       </c>
       <c r="C379" t="s">
         <v>3504</v>
       </c>
       <c r="D379" t="s">
         <v>3505</v>
       </c>
       <c r="E379" t="s">
         <v>3506</v>
       </c>
       <c r="F379" t="s">
         <v>3507</v>
       </c>
       <c r="G379" t="s">
         <v>3508</v>
       </c>
       <c r="H379" t="s">
         <v>3509</v>
       </c>
       <c r="I379" t="s">
         <v>3510</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>2303</v>
+        <v>25</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>2304</v>
+        <v>27</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
         <v>3511</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>65086</v>
+        <v>65085</v>
       </c>
       <c r="B380" t="s">
         <v>3512</v>
       </c>
       <c r="C380" t="s">
         <v>3513</v>
       </c>
       <c r="D380" t="s">
         <v>3514</v>
       </c>
       <c r="E380" t="s">
         <v>3515</v>
       </c>
       <c r="F380" t="s">
         <v>3516</v>
       </c>
       <c r="G380" t="s">
         <v>3517</v>
       </c>
       <c r="H380" t="s">
         <v>3518</v>
       </c>
       <c r="I380" t="s">
         <v>3519</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>130</v>
+        <v>2312</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
-        <v>131</v>
+        <v>2313</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
         <v>3520</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>65087</v>
+        <v>65086</v>
       </c>
       <c r="B381" t="s">
         <v>3521</v>
       </c>
       <c r="C381" t="s">
         <v>3522</v>
       </c>
       <c r="D381" t="s">
         <v>3523</v>
       </c>
       <c r="E381" t="s">
         <v>3524</v>
       </c>
       <c r="F381" t="s">
         <v>3525</v>
       </c>
       <c r="G381" t="s">
         <v>3526</v>
       </c>
       <c r="H381" t="s">
         <v>3527</v>
       </c>
       <c r="I381" t="s">
         <v>3528</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
         <v>130</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
         <v>131</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
         <v>3529</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>65088</v>
+        <v>65087</v>
       </c>
       <c r="B382" t="s">
         <v>3530</v>
       </c>
       <c r="C382" t="s">
         <v>3531</v>
       </c>
       <c r="D382" t="s">
         <v>3532</v>
       </c>
       <c r="E382" t="s">
         <v>3533</v>
       </c>
       <c r="F382" t="s">
         <v>3534</v>
       </c>
       <c r="G382" t="s">
         <v>3535</v>
       </c>
       <c r="H382" t="s">
         <v>3536</v>
       </c>
       <c r="I382" t="s">
         <v>3537</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
         <v>3538</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>65089</v>
+        <v>65088</v>
       </c>
       <c r="B383" t="s">
         <v>3539</v>
       </c>
       <c r="C383" t="s">
         <v>3540</v>
       </c>
       <c r="D383" t="s">
         <v>3541</v>
       </c>
       <c r="E383" t="s">
         <v>3542</v>
       </c>
       <c r="F383" t="s">
         <v>3543</v>
       </c>
       <c r="G383" t="s">
         <v>3544</v>
       </c>
       <c r="H383" t="s">
         <v>3545</v>
       </c>
       <c r="I383" t="s">
         <v>3546</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
         <v>25</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
         <v>27</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
         <v>3547</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>65090</v>
+        <v>65089</v>
       </c>
       <c r="B384" t="s">
         <v>3548</v>
       </c>
       <c r="C384" t="s">
         <v>3549</v>
       </c>
       <c r="D384" t="s">
         <v>3550</v>
       </c>
       <c r="E384" t="s">
         <v>3551</v>
       </c>
       <c r="F384" t="s">
         <v>3552</v>
       </c>
       <c r="G384" t="s">
         <v>3553</v>
       </c>
       <c r="H384" t="s">
         <v>3554</v>
       </c>
       <c r="I384" t="s">
         <v>3555</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
         <v>25</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
         <v>27</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
         <v>3556</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>65091</v>
+        <v>65090</v>
       </c>
       <c r="B385" t="s">
         <v>3557</v>
       </c>
       <c r="C385" t="s">
         <v>3558</v>
       </c>
       <c r="D385" t="s">
         <v>3559</v>
       </c>
       <c r="E385" t="s">
         <v>3560</v>
       </c>
       <c r="F385" t="s">
         <v>3561</v>
       </c>
       <c r="G385" t="s">
         <v>3562</v>
       </c>
       <c r="H385" t="s">
         <v>3563</v>
       </c>
       <c r="I385" t="s">
         <v>3564</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
         <v>25</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
         <v>27</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
         <v>3565</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>65092</v>
+        <v>65091</v>
       </c>
       <c r="B386" t="s">
         <v>3566</v>
       </c>
       <c r="C386" t="s">
         <v>3567</v>
       </c>
       <c r="D386" t="s">
         <v>3568</v>
       </c>
       <c r="E386" t="s">
         <v>3569</v>
       </c>
       <c r="F386" t="s">
         <v>3570</v>
       </c>
       <c r="G386" t="s">
         <v>3571</v>
       </c>
       <c r="H386" t="s">
         <v>3572</v>
       </c>
       <c r="I386" t="s">
         <v>3573</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
         <v>3574</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>65093</v>
+        <v>65092</v>
       </c>
       <c r="B387" t="s">
         <v>3575</v>
       </c>
       <c r="C387" t="s">
         <v>3576</v>
       </c>
       <c r="D387" t="s">
         <v>3577</v>
       </c>
       <c r="E387" t="s">
         <v>3578</v>
       </c>
       <c r="F387" t="s">
         <v>3579</v>
       </c>
       <c r="G387" t="s">
         <v>3580</v>
       </c>
       <c r="H387" t="s">
         <v>3581</v>
       </c>
       <c r="I387" t="s">
         <v>3582</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
         <v>130</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
         <v>131</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
         <v>3583</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>65094</v>
+        <v>65093</v>
       </c>
       <c r="B388" t="s">
         <v>3584</v>
       </c>
       <c r="C388" t="s">
         <v>3585</v>
       </c>
       <c r="D388" t="s">
         <v>3586</v>
       </c>
       <c r="E388" t="s">
         <v>3587</v>
       </c>
       <c r="F388" t="s">
         <v>3588</v>
       </c>
       <c r="G388" t="s">
         <v>3589</v>
       </c>
       <c r="H388" t="s">
         <v>3590</v>
       </c>
       <c r="I388" t="s">
         <v>3591</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
+        <v>130</v>
+      </c>
+      <c r="L388" t="s">
+        <v>26</v>
+      </c>
+      <c r="M388" t="s">
+        <v>131</v>
+      </c>
+      <c r="N388" t="s">
+        <v>28</v>
+      </c>
+      <c r="O388" t="s">
         <v>3592</v>
-      </c>
-[...10 lines deleted...]
-        <v>3594</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>65095</v>
+        <v>65094</v>
       </c>
       <c r="B389" t="s">
+        <v>3593</v>
+      </c>
+      <c r="C389" t="s">
+        <v>3594</v>
+      </c>
+      <c r="D389" t="s">
         <v>3595</v>
       </c>
-      <c r="C389" t="s">
+      <c r="E389" t="s">
         <v>3596</v>
       </c>
-      <c r="D389" t="s">
+      <c r="F389" t="s">
         <v>3597</v>
       </c>
-      <c r="E389" t="s">
+      <c r="G389" t="s">
         <v>3598</v>
       </c>
-      <c r="F389" t="s">
+      <c r="H389" t="s">
         <v>3599</v>
       </c>
-      <c r="G389" t="s">
+      <c r="I389" t="s">
         <v>3600</v>
       </c>
-      <c r="H389" t="s">
+      <c r="J389" t="s">
+        <v>24</v>
+      </c>
+      <c r="K389" t="s">
         <v>3601</v>
       </c>
-      <c r="I389" t="s">
+      <c r="L389" t="s">
+        <v>26</v>
+      </c>
+      <c r="M389" t="s">
         <v>3602</v>
-      </c>
-[...10 lines deleted...]
-        <v>584</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
         <v>3603</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>65096</v>
+        <v>65095</v>
       </c>
       <c r="B390" t="s">
         <v>3604</v>
       </c>
       <c r="C390" t="s">
         <v>3605</v>
       </c>
       <c r="D390" t="s">
         <v>3606</v>
       </c>
       <c r="E390" t="s">
         <v>3607</v>
       </c>
       <c r="F390" t="s">
         <v>3608</v>
       </c>
       <c r="G390" t="s">
         <v>3609</v>
       </c>
       <c r="H390" t="s">
         <v>3610</v>
       </c>
       <c r="I390" t="s">
         <v>3611</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
-        <v>25</v>
+        <v>582</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
-        <v>27</v>
+        <v>584</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
         <v>3612</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>65097</v>
+        <v>65096</v>
       </c>
       <c r="B391" t="s">
         <v>3613</v>
       </c>
       <c r="C391" t="s">
         <v>3614</v>
       </c>
       <c r="D391" t="s">
         <v>3615</v>
       </c>
       <c r="E391" t="s">
         <v>3616</v>
       </c>
       <c r="F391" t="s">
         <v>3617</v>
       </c>
       <c r="G391" t="s">
         <v>3618</v>
       </c>
       <c r="H391" t="s">
         <v>3619</v>
       </c>
       <c r="I391" t="s">
         <v>3620</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
         <v>3621</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>65098</v>
+        <v>65097</v>
       </c>
       <c r="B392" t="s">
         <v>3622</v>
       </c>
       <c r="C392" t="s">
         <v>3623</v>
       </c>
       <c r="D392" t="s">
         <v>3624</v>
       </c>
       <c r="E392" t="s">
         <v>3625</v>
       </c>
       <c r="F392" t="s">
         <v>3626</v>
       </c>
       <c r="G392" t="s">
         <v>3627</v>
       </c>
       <c r="H392" t="s">
         <v>3628</v>
       </c>
       <c r="I392" t="s">
         <v>3629</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
         <v>3630</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>65099</v>
+        <v>65098</v>
       </c>
       <c r="B393" t="s">
         <v>3631</v>
       </c>
       <c r="C393" t="s">
         <v>3632</v>
       </c>
       <c r="D393" t="s">
         <v>3633</v>
       </c>
       <c r="E393" t="s">
         <v>3634</v>
       </c>
       <c r="F393" t="s">
         <v>3635</v>
       </c>
       <c r="G393" t="s">
         <v>3636</v>
       </c>
       <c r="H393" t="s">
         <v>3637</v>
       </c>
       <c r="I393" t="s">
         <v>3638</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
         <v>3639</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>65100</v>
+        <v>65099</v>
       </c>
       <c r="B394" t="s">
         <v>3640</v>
       </c>
       <c r="C394" t="s">
         <v>3641</v>
       </c>
       <c r="D394" t="s">
         <v>3642</v>
       </c>
       <c r="E394" t="s">
         <v>3643</v>
       </c>
       <c r="F394" t="s">
         <v>3644</v>
       </c>
       <c r="G394" t="s">
         <v>3645</v>
       </c>
       <c r="H394" t="s">
         <v>3646</v>
       </c>
       <c r="I394" t="s">
         <v>3647</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>3009</v>
+        <v>130</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
-        <v>3010</v>
+        <v>131</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
         <v>3648</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>65101</v>
+        <v>65100</v>
       </c>
       <c r="B395" t="s">
         <v>3649</v>
       </c>
       <c r="C395" t="s">
         <v>3650</v>
       </c>
       <c r="D395" t="s">
         <v>3651</v>
       </c>
       <c r="E395" t="s">
         <v>3652</v>
       </c>
       <c r="F395" t="s">
         <v>3653</v>
       </c>
       <c r="G395" t="s">
         <v>3654</v>
       </c>
       <c r="H395" t="s">
         <v>3655</v>
       </c>
       <c r="I395" t="s">
         <v>3656</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>130</v>
+        <v>3018</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>131</v>
+        <v>3019</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
         <v>3657</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>65102</v>
+        <v>65101</v>
       </c>
       <c r="B396" t="s">
         <v>3658</v>
       </c>
       <c r="C396" t="s">
         <v>3659</v>
       </c>
       <c r="D396" t="s">
         <v>3660</v>
       </c>
       <c r="E396" t="s">
         <v>3661</v>
       </c>
       <c r="F396" t="s">
         <v>3662</v>
       </c>
       <c r="G396" t="s">
         <v>3663</v>
       </c>
       <c r="H396" t="s">
         <v>3664</v>
       </c>
       <c r="I396" t="s">
         <v>3665</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
         <v>3666</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>65104</v>
+        <v>65102</v>
       </c>
       <c r="B397" t="s">
         <v>3667</v>
       </c>
       <c r="C397" t="s">
         <v>3668</v>
       </c>
       <c r="D397" t="s">
         <v>3669</v>
       </c>
       <c r="E397" t="s">
         <v>3670</v>
       </c>
       <c r="F397" t="s">
         <v>3671</v>
       </c>
       <c r="G397" t="s">
         <v>3672</v>
       </c>
       <c r="H397" t="s">
         <v>3673</v>
       </c>
       <c r="I397" t="s">
         <v>3674</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
+        <v>25</v>
+      </c>
+      <c r="L397" t="s">
+        <v>26</v>
+      </c>
+      <c r="M397" t="s">
+        <v>27</v>
+      </c>
+      <c r="N397" t="s">
+        <v>28</v>
+      </c>
+      <c r="O397" t="s">
         <v>3675</v>
-      </c>
-[...10 lines deleted...]
-        <v>3677</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>65105</v>
+        <v>65104</v>
       </c>
       <c r="B398" t="s">
+        <v>3676</v>
+      </c>
+      <c r="C398" t="s">
+        <v>3677</v>
+      </c>
+      <c r="D398" t="s">
         <v>3678</v>
       </c>
-      <c r="C398" t="s">
+      <c r="E398" t="s">
         <v>3679</v>
       </c>
-      <c r="D398" t="s">
+      <c r="F398" t="s">
         <v>3680</v>
       </c>
-      <c r="E398" t="s">
+      <c r="G398" t="s">
         <v>3681</v>
       </c>
-      <c r="F398" t="s">
+      <c r="H398" t="s">
         <v>3682</v>
       </c>
-      <c r="G398" t="s">
+      <c r="I398" t="s">
         <v>3683</v>
       </c>
-      <c r="H398" t="s">
+      <c r="J398" t="s">
+        <v>24</v>
+      </c>
+      <c r="K398" t="s">
         <v>3684</v>
       </c>
-      <c r="I398" t="s">
+      <c r="L398" t="s">
+        <v>26</v>
+      </c>
+      <c r="M398" t="s">
         <v>3685</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
         <v>3686</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>66392</v>
+        <v>65105</v>
       </c>
       <c r="B399" t="s">
         <v>3687</v>
       </c>
       <c r="C399" t="s">
         <v>3688</v>
       </c>
       <c r="D399" t="s">
         <v>3689</v>
       </c>
       <c r="E399" t="s">
         <v>3690</v>
       </c>
       <c r="F399" t="s">
         <v>3691</v>
       </c>
       <c r="G399" t="s">
         <v>3692</v>
       </c>
       <c r="H399" t="s">
         <v>3693</v>
       </c>
       <c r="I399" t="s">
         <v>3694</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
         <v>3695</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>66512</v>
+        <v>66392</v>
       </c>
       <c r="B400" t="s">
-        <v>2842</v>
+        <v>3696</v>
       </c>
       <c r="C400" t="s">
-        <v>3696</v>
+        <v>3697</v>
       </c>
       <c r="D400" t="s">
-        <v>3697</v>
+        <v>3698</v>
       </c>
       <c r="E400" t="s">
-        <v>3698</v>
+        <v>3699</v>
       </c>
       <c r="F400" t="s">
-        <v>3699</v>
+        <v>3700</v>
       </c>
       <c r="G400" t="s">
-        <v>2847</v>
+        <v>3701</v>
       </c>
       <c r="H400" t="s">
-        <v>2848</v>
+        <v>3702</v>
       </c>
       <c r="I400" t="s">
-        <v>2849</v>
+        <v>3703</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>3700</v>
+        <v>25</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
-        <v>3701</v>
+        <v>27</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3702</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>66515</v>
+        <v>66512</v>
       </c>
       <c r="B401" t="s">
-        <v>3703</v>
+        <v>2851</v>
       </c>
       <c r="C401" t="s">
-        <v>3704</v>
+        <v>3705</v>
       </c>
       <c r="D401" t="s">
-        <v>3705</v>
+        <v>3706</v>
       </c>
       <c r="E401" t="s">
-        <v>3706</v>
+        <v>3707</v>
       </c>
       <c r="F401" t="s">
-        <v>3707</v>
+        <v>3708</v>
       </c>
       <c r="G401" t="s">
-        <v>1443</v>
+        <v>2856</v>
       </c>
       <c r="H401" t="s">
-        <v>3708</v>
+        <v>2857</v>
       </c>
       <c r="I401" t="s">
+        <v>2858</v>
+      </c>
+      <c r="J401" t="s">
+        <v>24</v>
+      </c>
+      <c r="K401" t="s">
         <v>3709</v>
       </c>
-      <c r="J401" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>3701</v>
+        <v>3710</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3710</v>
+        <v>3711</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>66516</v>
+        <v>66515</v>
       </c>
       <c r="B402" t="s">
-        <v>1429</v>
+        <v>3712</v>
       </c>
       <c r="C402" t="s">
-        <v>3711</v>
+        <v>3713</v>
       </c>
       <c r="D402" t="s">
-        <v>3712</v>
+        <v>3714</v>
       </c>
       <c r="E402" t="s">
-        <v>3713</v>
+        <v>3715</v>
       </c>
       <c r="F402" t="s">
-        <v>3714</v>
+        <v>3716</v>
       </c>
       <c r="G402" t="s">
-        <v>3715</v>
+        <v>1452</v>
       </c>
       <c r="H402" t="s">
-        <v>3716</v>
+        <v>3717</v>
       </c>
       <c r="I402" t="s">
-        <v>1436</v>
+        <v>3718</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>130</v>
+        <v>3709</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>131</v>
+        <v>3710</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3717</v>
+        <v>3719</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>66520</v>
+        <v>66516</v>
       </c>
       <c r="B403" t="s">
-        <v>3718</v>
+        <v>1438</v>
       </c>
       <c r="C403" t="s">
-        <v>3719</v>
+        <v>3720</v>
       </c>
       <c r="D403" t="s">
-        <v>3720</v>
+        <v>3721</v>
       </c>
       <c r="E403" t="s">
-        <v>3721</v>
+        <v>3722</v>
       </c>
       <c r="F403" t="s">
-        <v>3722</v>
+        <v>3723</v>
       </c>
       <c r="G403" t="s">
-        <v>3719</v>
+        <v>3724</v>
       </c>
       <c r="H403" t="s">
-        <v>3723</v>
+        <v>3725</v>
       </c>
       <c r="I403" t="s">
-        <v>3724</v>
+        <v>1445</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3725</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>66523</v>
+        <v>66520</v>
       </c>
       <c r="B404" t="s">
-        <v>3726</v>
+        <v>3727</v>
       </c>
       <c r="C404" t="s">
-        <v>3719</v>
+        <v>3728</v>
       </c>
       <c r="D404" t="s">
-        <v>3727</v>
+        <v>3729</v>
       </c>
       <c r="E404" t="s">
+        <v>3730</v>
+      </c>
+      <c r="F404" t="s">
+        <v>3731</v>
+      </c>
+      <c r="G404" t="s">
         <v>3728</v>
       </c>
-      <c r="F404" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H404" t="s">
-        <v>3730</v>
+        <v>3732</v>
       </c>
       <c r="I404" t="s">
-        <v>3731</v>
+        <v>3733</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3732</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
+        <v>66523</v>
+      </c>
+      <c r="B405" t="s">
+        <v>3735</v>
+      </c>
+      <c r="C405" t="s">
+        <v>3728</v>
+      </c>
+      <c r="D405" t="s">
+        <v>3736</v>
+      </c>
+      <c r="E405" t="s">
+        <v>3737</v>
+      </c>
+      <c r="F405" t="s">
+        <v>3738</v>
+      </c>
+      <c r="G405" t="s">
+        <v>3728</v>
+      </c>
+      <c r="H405" t="s">
+        <v>3739</v>
+      </c>
+      <c r="I405" t="s">
+        <v>3740</v>
+      </c>
+      <c r="J405" t="s">
+        <v>24</v>
+      </c>
+      <c r="K405" t="s">
+        <v>47</v>
+      </c>
+      <c r="L405" t="s">
+        <v>26</v>
+      </c>
+      <c r="M405" t="s">
+        <v>48</v>
+      </c>
+      <c r="N405" t="s">
+        <v>28</v>
+      </c>
+      <c r="O405" t="s">
+        <v>3741</v>
+      </c>
+    </row>
+    <row r="406" spans="1:15">
+      <c r="A406">
         <v>66524</v>
       </c>
-      <c r="B405" t="s">
-[...26 lines deleted...]
-      <c r="K405" t="s">
+      <c r="B406" t="s">
+        <v>3021</v>
+      </c>
+      <c r="C406" t="s">
+        <v>3742</v>
+      </c>
+      <c r="D406" t="s">
+        <v>3743</v>
+      </c>
+      <c r="E406" t="s">
+        <v>3744</v>
+      </c>
+      <c r="F406" t="s">
+        <v>3745</v>
+      </c>
+      <c r="G406" t="s">
+        <v>3026</v>
+      </c>
+      <c r="H406" t="s">
+        <v>3027</v>
+      </c>
+      <c r="I406" t="s">
+        <v>3028</v>
+      </c>
+      <c r="J406" t="s">
+        <v>24</v>
+      </c>
+      <c r="K406" t="s">
         <v>130</v>
       </c>
-      <c r="L405" t="s">
-[...2 lines deleted...]
-      <c r="M405" t="s">
+      <c r="L406" t="s">
+        <v>26</v>
+      </c>
+      <c r="M406" t="s">
         <v>131</v>
       </c>
-      <c r="N405" t="s">
-[...3 lines deleted...]
-        <v>3737</v>
+      <c r="N406" t="s">
+        <v>28</v>
+      </c>
+      <c r="O406" t="s">
+        <v>3746</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">