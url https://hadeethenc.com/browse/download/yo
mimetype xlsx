--- v2 (2026-01-05)
+++ v3 (2026-01-25)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3747">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3787">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Yorùbá
 # Source: https://hadeethenc.com/yo
-# Last update: 2025-12-09 16:48:10 (v1.12.0)
-# Check for updates: https://hadeethenc.com/en/check/yo/v1.12.0
+# Last update: 2026-01-08 14:04:25 (v1.13.0)
+# Check for updates: https://hadeethenc.com/en/check/yo/v1.13.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -5659,50 +5659,96 @@
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>O tọ ki èèyàn máa ko airoju pẹlu nkan ti o pataki julọ ti a bukaata si i, ati gbigbe nkan ti a ko bukaata si lẹsẹkẹsẹ ju silẹ, ki a sì ma maa ko airoju pẹlu bibeere nipa nkan ti ko i tii ṣẹlẹ.
 Jijẹ eewọ ibeere ti o ṣeeṣe ki o fa titakoko awọn ọ̀rọ̀ (ibeere), ati sisi ilẹkun awọn iruju sílẹ̀, èyí ti o le fa ọpọ ìyapa.
 Ipaṣẹ pẹlu gbigbe awọn nkan ti wọn kọ silẹ; torí pé ko si inira nibi gbigbe e silẹ, tori naa ni kikọ fi jẹ nkan ti o kari.
 Ipanilaṣẹ pẹlu ṣiṣe nkan ti wọn pàṣẹ rẹ bi agbara ba ṣe mọ; torí pé inira le wa nibẹ nigba miran tabi ki o kagara lati ṣe e; fun idi eyi ni aṣẹ rẹ fi wa lori bi ikapa ba ṣe mọ.
 Kikọ kuro n'ibi apọju ibeere, awọn olumọ ti pin ibeere si meji: Ikinni: Eyi ti o ba wa ni ọna ikọnilẹkọọ nipa nkan ti wọn bukaata si ninu alamọri ẹsin, eleyii wọn pàṣẹ rẹ, abẹ rẹ si ni gbogbo ibeere awọn saabe ko si, ikeji: Eyiti o wa ni ọ̀nà ifitipa béèrè , eleyii ni wọn kọ kuro nibẹ.
 Ṣiṣe ikilọ fun ijọ yii (ijo Anabi Muhammad) kuro nibi yiyapa Anabi rẹ, gẹgẹ bi o ṣe ṣẹlẹ si awọn ijọ ti o ṣaaju rẹ.
 Apọju ibeere nipa nkan ti a ko bukaata si ati ìyapa awọn Anabi okunfa iparun ni, agaga julọ nibi awọn alamọri ti eeyan o lee de ibẹ, gẹgẹ bii: Awọn alamọri ikọkọ ti ko si ẹni ti o mọ ọn ayaafi Ọlọhun, ati awọn iṣesi ọjọ igbedide.
 Kikọ kuro nibi bibeere nípa àwọn ọ̀rọ̀ ti o le, Al-Awzā‘i sọ pe: Dajudaju ti Ọlọhun ba gbero lati jẹ ki ẹrú Rẹ pàdánù ibukun imọ, yoo fi awọn ọrọ tii muni ko sínú àṣìṣe si ori ahọn rẹ, mo si ti ri wọn ni ẹni ti o fi n kere julọ ni imọ, Ibnu Wahb naa tun sọ pe: Mo gbọ ti Mālik n sọ pe: Iyanjija nibi mimọ maa n pa imọlẹ mimọ ninu ọkan eeyan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/4295</t>
   </si>
   <si>
+    <t>اتق الله حيثما كنت، وأتبع السيئة الحسنة تمحها، وخالق الناس بخلق حسن</t>
+  </si>
+  <si>
+    <t>Bẹrù Ọlọhun ní ibikibi tí o ba wa, tẹ̀lé ìṣe búburú pẹ̀lú ìṣe rere, yóò pa á rẹ́; máa ba awọn ènìyàn lo pẹlu ìwà daada</t>
+  </si>
+  <si>
+    <t>‌عَنْ ‌أَبِي ‌ذَرٍّ، ‌جُنْدُبِ ‌بْنِ ‌جُنَادَةَ، ‌وَأَبِي ‌عَبْدِ ‌الرَّحْمَنِ، ‌مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقِ اللَّهَ حَيْثُمَا كُنْت، وَأَتْبِعْ السَّيِّئَةَ الْحَسَنَةَ تَمْحُهَا، وَخَالِقْ النَّاسَ بِخُلُقٍ حَسَنٍ».</t>
+  </si>
+  <si>
+    <t>Láti ọdọ Abu Dhari, tii ṣe Jundub ọmọ Junaadah, àti Abu Abdir-Rahman, tii ṣe Mu'ahdh ọmọ Jabal kí Ọlọhun yọnu sí awọn méjèjì, láti ọdọ òjíṣẹ Ọlọhun kí ikẹ Ọlọhun àti ọla Rẹ o máa ba a, o sọ pé: «Bẹrù Ọlọhun ní ibikibi tí o ba wa, tẹ̀lé ìṣe búburú pẹ̀lú ìṣe rere, yóò pa á rẹ́; máa ba awọn ènìyàn lo pẹlu ìwà daada».</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم بثلاثة أمور:
+الأول: تقوى الله وذلك بفعل الواجبات، وترك المحرمات، في كل مكان وزمان وحال، في السر والعلانية، وفي العافية والبلاء وغير ذلك.
+الثاني: إذا وقعت في سيئة، فافعل بعدها حسنة من صلاة وصدقة وبر وصلة وتوبة وغير ذلك، فإن ذلك يمحو السيئة. 
+الثالث: عامل الناس بأخلاق حسنة، مِنْ تبسم في وجوههم، ورفق ولين وبذل معروف وكف أذى.</t>
+  </si>
+  <si>
+    <t>Annabi kí ikẹ Ọlọhun àti ọlá Rẹ o máa ba npa wa lasẹ nkan mẹta ọtọtọ: Alakọkọ: ìbẹ̀rù Ọlọhun pẹlu pé kí a máa ṣe awọn nkan tí o jẹ ọranyan, àti gbígbé awọn nkan tí o jẹ èèwọ jù silẹ ní gbogbo ààyè àti àsìko àti ìṣesí, ní kọkọ àti ni gbangba, ni gbàá Alaafia àti àdánwò àti bẹ bẹ lọ. Ẹlẹẹkeji: tí o ba bọ sínú àìda kan, yaa ṣe iṣe daada kan lẹyìn rẹ; gẹgẹ bi kí ọ kirun, àti itọrẹ aanu, iṣe daada sí òbí àti iso òkun ẹbi pọ, àti itọrọ aforiji ẹsẹ -tàbí isiwọ kúrò níbi ẹsẹ- àti bẹ bẹ lọ, nitoripe dájúdájú eléyun yiò pàá àìda rẹ. Ẹlẹẹkẹta: Baa awọn ènìyàn lo pẹlu awọn iwā daada, bíi irẹrin musẹ sí wọn tàbí itujuka, àti ise pẹlẹ pẹlu wọn, àti rirọ pẹlu wọn, ati sise daada si wọn àti ikora dúró níbi fífi aburú kan wọn.</t>
+  </si>
+  <si>
+    <t>فضل الله عزّ وجل على العباد في رحمته ومغفرته وعفوه.
+اشتمل الحديث على الحقوق الثالثة: حق الله بالتقوى، وحق النفس بفعل الحسنات بعد السيئات، وحق الناس بالمعاملة بالأخلاق الحسنة.
+الترغيب في فعل الحسنات بعد السيئات، وحسن الخلق من خصال التقوى، وإنما أفرد بالذكر للحاجة إلى بيانها.</t>
+  </si>
+  <si>
+    <t>Oore-ọfẹ Ọlọhun - tí O Gbọngbọn tí O Tóbi- lori awọn ẹrú nípa ikẹ rẹ, ati aforiji rẹ́, àti amojukuro rẹ.
+Hadith náà kó awọn iwọ mẹta sínú: iwọ Ọlọhun l'atari ìbẹrù Rẹ, àti iwọ ẹmi ará ẹni l'atari ṣíṣe iṣẹ rere lẹyin aida, àti iwọ awọn ènìyàn l'atari mimaa ba wọn lo pẹlu awọn iwa daada.
+Iseni l'oju kòkòrò láti máa ṣe iṣẹ rere leyin àìdá, bẹẹni ìwà dáadáa wa nínú apẹrẹ ìbẹrù Ọlọhun, ṣugbọn wọn da oun nìkan yanri nítorípé a ní bukata sí ṣíṣe alaye rẹ.</t>
+  </si>
+  <si>
+    <t>قال الترمذي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه الترمذي</t>
+  </si>
+  <si>
+    <t>[قال الترمذي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[Tirmiziy ni o gba a wa]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/4302</t>
+  </si>
+  <si>
     <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>“Ti Mùsùlùmí méjì ba pàdé ara wọn pẹ̀lú idà, ati ẹni ti o pa eeyan ati ẹni tí wọ́n pa, wọn jọ maa wọ iná ni</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Láti ọ̀dọ̀ Abu Bakrah- ki Ọlọhun yọnu si i- o sọ pe: Mo gbọ ti ojiṣẹ Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n sọ pé: “Ti Mùsùlùmí méjì ba pàdé ara wọn pẹ̀lú idà, ati ẹni ti o pa eeyan ati ẹni tí wọ́n pa, wọn jọ maa wọ iná ni”, mo wa sọ pe: Irẹ ojiṣẹ Ọlọhun, a gbọ ti ẹni tí o pa èèyàn, ẹni tí wọ́n pa wa nkọ? O sọ pé: “Oun naa fẹ́ pa ẹni keji rẹ ni”.</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n sọ pe ti Mùsùlùmí meji ba pade ara wọn pẹ̀lú idà, ti ìkíni kejì wọn n gbero lati pa ìkejì rẹ; ẹni tí ó pa èèyàn maa wọ iná; tori pe oun ni o pa ikeji rẹ tààrà, Ọ̀rọ̀ ẹni tí wọ́n pa wa ru àwọn saabe lójú pe: Báwo ni o ṣe maa wọ ina? Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- wa sọ pé torí pé oun naa fẹ́ pa ìkejì rẹ ni, ko si si nǹkan ti o kọ̀ fun un lati ma pa a ju pe ọwọ́ ẹni tí o pa a yá ju tiẹ̀ lọ ni.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
@@ -6215,50 +6261,94 @@
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Idinamọ gbigba ẹsan pẹlu nǹkan ti o ju iru aburu ti wọn fi kan èèyàn lọ.
 Ọlọhun ko pa ẹrú Rẹ ni àṣẹ pẹlu nǹkan ti o maa ko ìnira ba wọn.
 Ṣíṣe ifi inira kan èèyàn ati gbigba ẹsan inira pẹ̀lú ọ̀rọ̀ tabi ìṣe tabi gbigbe ju silẹ ni eewọ.
 Ẹsan maa wa latara ìran iṣẹ, ẹni ti o ba ko ìpalára ba ẹlòmíì, Ọlọhun maa ko ìpalára ba a, ẹni tí ó bá fi ara ni ẹlòmíì, Ọlọhun maa fi ara ni oun naa.
 Ọkan ninu awọn ofin Sharia ni pe: “A maa n mu ipalara kuro ni.” Sharia ko fi ọwọ́ si ipalara, o si kọ ipalara.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[O ni alaafia pẹ̀lú àwọn ẹ̀rí rẹ]</t>
   </si>
   <si>
     <t>[Daarukutniy ni o gba a wa]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/4711</t>
   </si>
   <si>
+    <t>لا يحل دم امرئ مسلم إلا بإحدى ثلاث</t>
+  </si>
+  <si>
+    <t>kò lẹtọ láti ta ẹjẹ musulumi kankan silẹ ayaafi pẹlu ọkan nínú nkan mẹta</t>
+  </si>
+  <si>
+    <t>عَنِ ابنِ مَسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ دَمُ امْرِئٍ مُسْلِمٍ إِلَّا بِإِحْدَى ثَلَاثٍ: الثَّيِّبُ الزَّانِي، وَالنَّفْسُ بِالنَّفْسِ، وَالتَّارِكُ لِدِينِهِ المُفَارِقُ لِلْجَمَاعَةِ».</t>
+  </si>
+  <si>
+    <t>Láti ọdọ Ibnu Mas'ud kí Ọlọhun yọnu si; o s'ọpé: Òjíṣẹ́ Ọlọhun kí ikẹ àti ọla Ọlọhun máa ba a s'ọpe: «kò lẹtọ láti ta ẹjẹ musulumi kankan silẹ ayaafi pẹlu ọkan nínú nkan mẹta: Adelebọ tàbí Abilekọ l'óbìnrin tàbí l'ọkunrin tí o ba se zina, ati ẹmi kan tí o pa ẹmi keji lai l'ẹtọ, àti ẹni tí o fi ẹṣin ṣílẹ tí o si yapa kuro ninu awujọ (awọn musulumi)".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دمَ المسلم حرام، إلا إنْ فعل واحدة من خصال ثلاث: 
+الأولى: مَن وقع في فاحشة الزنا، وقد تزوج بعقد صحيح؛ فيحل قتله بالرجم. 
+الثانية: من قَتل نفسًا معصومة عمدًا بغير حق، قُتل بشروطه. 
+الثالثة: الخارج عن جماعة المسلمين؛ إما بترك دينه الإسلام كله بالردة، أو المفارق بغير ردة بترك بعضه كأهل البغي، وقطاع الطريق، والمحاربين من الخوارج وغيرهم.</t>
+  </si>
+  <si>
+    <t>Annabi -kí ikẹ Ọlọhun àti ọlá Rẹ o máa ba a- ṣe alaye pé eewọ ni lati ta ẹjẹ musulumi silẹ, àyàfi tí o ba ṣe ọkan nínú awọn nkan mẹta (wọnyi): Alakọkọ: ẹni tí o ba ṣe àgbèrè (zina), tí o si jasi pe o ti ṣe ìgbeyàwó l'ọna tí o lalaafia, nigbanaa o tọ kí a o sọ l'oko pa (titi ti ẹmi o fi bọ lara rẹ). Ẹlẹẹkeji: ẹnikẹni ti o ba maama pa ẹmi kan (ti a se l'eewọ lati pa) laisi ẹtọ, a o pa oun naa di pẹlu awọn majẹmu (ati ofin) ti o ro papọ mọ. Ẹlẹkẹta: ẹni tí o ba yapa kúrò láàrin awujọ awọn musulumi, bóyá nipa fífi ẹṣin Islam silẹ nipasẹ (Ridda), tabi ẹni tí o nya pá l'ọtọ lai ṣe (Ridda) nipasẹ fífi apakan (ofin Islam) silẹ, gẹgẹ bi awọn obilẹjẹ ènìyàn, àti awọn adigun jàle, ati awọn olujagun nínú àwọn Khawaarij àti awọn miran.</t>
+  </si>
+  <si>
+    <t>تحريم فعل هذه الخصال الثلاث، وأن من فعل واحدة منها استحق عقوبة القتل: إما كفرًا، وهو المرتد عن الإسلام، وإما حدًّا، وهما: الثيب الزاني، والقاتل عمدًا.
+وجوب حفظ الأعراض ونقائها.
+وجوب احترام المسلم، وأنه معصوم الدم.
+الحث على التزام جماعة المسلمين وعدم مفارقتهم.
+حسن تعليم النبي صلى الله عليه وسلم حيث يَرِدُ كلامُه أحيانًا بالتقسيم؛ لأن التقسيم يحصر المسائل ويجمعها وهو أسرع حفظًا.
+شرع الله الحدودَ؛ لردع الجناة، ولحماية المجتمع ووقايتِه من الجرائم.
+تطبيق هذه الحدود هو من اختصاص ولي الأمر.
+أسباب القتل أكثر من ثلاثة، ولكنها لا تخرج عنها، قال ابن العربي المالكي: ولا تخرج عن هذه الثلاثة بحال، فإنَّ مَن سَحَرَ أو سب نبيَّ الله كفر، فهو داخل في التارك لدينه.</t>
+  </si>
+  <si>
+    <t>Ṣíṣe awọn nkan mẹtẹta wọnyí l'ewọ, àti pé dájúdájú ẹnikẹni tí o ba ṣe ọkan nínú wọn yio tọsi ijiyà pipá: yálà nitori (kufuru) igbe ẹsin Islam ju silẹ, tàbí kí o jẹ fún ìbáwí (Al-Haddu); fún iran kan ninu iran eniyan meji: abilekọ tàbí adelebọ (l'ọkunrin tabi l'obirin) tí o ṣe àgbèrè (zina), ati ẹni tí o maama pa ẹmi (ti a ṣe l'ewọ lati pa).
+Ọranyan kí a sọ ijẹ́ ọmọluabi àti mimọ rẹ.
+Ọranyan bíbọwọ/iṣe apanle fún musulumi, àti pé a se ẹjẹ rẹ l'ewọ.
+Iṣeni ni ojúkòkòrò lórí iduró ṣinsín ninu awujọ awọn musulumi àti pe kí a má ṣe y'apa kuro ninu wọn.
+Dídára ìkọni lẹkọ Annabi -kí ikẹ Ọlọhun àti ọlá Rẹ o máa ba a- látara pé a máa mú ọrọ rẹ wa nigbami ni ọnà pínpín, nítorípé pínpín ọrọ (lẹka lẹka) a máa ṣe akopọ àti akotan ọrọ (imọ), a si maa yara láti ṣe e há sí ọpọlọ.
+Ọlọhun ṣe ìjẹni nìyà (ìbáwí) l'ofin; láti fi dẹkun awọn olu-dẹsẹ, àti láti fi dáàbò bo àwùjọ, bakannaa lati fi sọ (àwùjọ) nibi awọn iwa ọdaran.
+Ṣíṣe amulo awọn ìdájọ ìjẹni niyà (ìbáwí) wa ninu ojuṣe Olori ni kan.
+Awọn ìdí tí ofin ìpànìyàn yio fi jẹ mimulo jù mẹta lọ, ṣugbọn nwọn o leè jáde kúrò ninú awọn mẹta nwọn yii, Ibnu Al-Arabi Al-maaliki sọ pé: "wọn ko leè jáde kúrò ninú mẹtẹta nwọn yí botiwu korí: nítorípé dájúdaju ẹni tí o ba  pidán tàbí o bú Annabi ti di Keferi (Alaigbagbọ), o si ko sínú ẹni tí o fi ẹṣin rẹ silẹ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/4714</t>
+  </si>
+  <si>
     <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>“Ti o ba jẹ pe ẹ n gbẹkẹle Ọlọhun gẹgẹ bi o ti yẹ ki ẹ gbẹkẹle E ni, Oun iba pese fun yin gẹ́gẹ́ bí O ti pese fun awọn ẹyẹ, ti wọn maa jade ni owurọ pẹlu ebi, ti wọn si maa pada ni irọlẹ ti wọn si ti yó.”</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>Láti ọ̀dọ̀ Umar ọmọ Al-Khattaab- ki Ọlọhun yọnu si i- o sọ pe: Oun gbọ ti Anọbi Ọlọhun- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n sọ pe: “Ti o ba jẹ pe ẹ n gbẹkẹle Ọlọhun gẹgẹ bi o ti yẹ ki ẹ gbẹkẹle E ni, Oun iba pese fun yin gẹ́gẹ́ bí O ti pese fun awọn ẹyẹ, ti wọn maa jade ni owurọ pẹlu ebi, ti wọn si maa pada ni irọlẹ ti wọn si ti yó.”</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Òjíṣẹ́ Ọlọhun, ki ikẹ ati ọla Ọlọhun maa ba a, gba wa niyanju lati gbẹkẹle Ọlọhun lati mu anfaani wa ati lati yago fun ipalara ninu ọ̀rọ̀ aye ati ẹsin. Ko si ẹni ti o le fun èèyàn ni nǹkan tabi fi nǹkan dun èèyàn, tabi ko inira ba èèyàn tabi ṣe èèyàn ni anfaani ayafi Ọlọhun Ọ̀gá-ògo, Ki a si ṣe awọn okunfa ti o maa mu anfaani wa, ti o si maa dènà ipalara, pẹlu gbigbẹkẹle Ọlọhun ti òdodo, ti a ba ṣe bẹ́ẹ̀, Ọlọhun maa pese fun wa bi O ti n pese fun awọn ẹyẹ ti wọn n jade ni owurọ pẹ̀lú ebi. Lẹ́yìn naa wọn maa pada ni irọlẹ ti ikun wọn si ti kún, ati pe iṣe ti ẹyẹ yii jẹ ọkan ninu awọn ọ̀nà igbiyanju lati wa jíjẹ-mímu, laisi igbẹkẹle asán ati ìmẹ́lẹ́.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
@@ -6369,56 +6459,50 @@
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>Ibnu Abbaas- ki Ọlọhun yọnu si i- n sọ pé oun kéré nígbà tí oun n gun nǹkan ọ̀gùn pẹ̀lú Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a-, o wa sọ pé: Mo maa kọ ẹ ni àwọn nǹkan kan ti Ọlọhun maa jẹ ki wọn ṣe ọ ni anfaani:
 Ṣọ́ Ọlọhun pẹlu ṣiṣọ àwọn àṣẹ Rẹ̀ ati jíjìnnà si awọn nǹkan tí O kọ̀, ki O maa ri ọ nibi itẹle àṣẹ Rẹ ati awọn iṣẹ ti a fi n sunmọ Ọlọhun, ki O si má ri ọ nibi awọn ìyapa ati ẹṣẹ, tí o bá ṣe bẹ́ẹ̀, ẹ̀san rẹ ni kí Ọlọ́run dáàbò bò ọ lọ́wọ́ nǹkan ìkórìíra ayé àti ọjọ́ ìkẹyìn, yoo sì ràn ọ lọ́wọ́ nínú iṣẹ́ rẹ níbikíbi tí o bá lọ.
 Ti o ba fẹ tọrọ nnkan, Ọlọhun nikan ni ki o bi; tori pe Oun nikan ni O maa n da onibeere lóhùn.
 Ti o ba fẹ iranlọwọ, Ọlọhun nìkan ni ki o wa iranlọwọ Rẹ̀.
 Ki o ni amọdaju pe anfaani kankan ko lee ṣẹlẹ̀ si ẹ kódà ki gbogbo àwọn ará ilẹ̀ kójọ lati ṣe ọ ni anfaani ayafi ohun ti Ọlọhun ba kọ fun ẹ, inira kankan ko si lee ṣẹlẹ̀ si ẹ kódà ki gbogbo àwọn ara ilẹ̀ kójọ láti fi ìnira kan ọ àyàfi ohun tí Ọlọhun ba ti kádàrá fun ẹ.
 Ati pe Ọlọhun ti kọ àlámọ̀rí yii, O si kádàrá rẹ ni ibamu si ọgbọ́n àti imọ Rẹ, ko si àyípadà fun nǹkan ti Ọlọhun kọ.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Pataki kikọ àwọn ọmọ kéékèèké ni ọrọ ẹsin bii imọ imu-Ọlọhun-lọkan àti àwọn ẹkọ ati nǹkan ti o yatọ si ìyẹn.
 Ẹsan maa wa latara iran iṣẹ.
 Pipaṣẹ igbarale Ọlọhun, ati igbẹkẹle E yatọ si ẹlomiran, Ó sì dára ni Alámòójútó.
 Igbagbọ nínú kádàrá ati yiyọnu si i, ati pe Ọlọhun ni O kádàrá gbogbo nǹkan.
 Ẹni ti o ba ra àṣẹ Ọlọhun lare, Ọlọhun maa ra oun naa lare, ko si nii ṣọ́ ọ.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[Tirmiziy ni o gba a wa]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/4811</t>
   </si>
   <si>
     <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>Ẹru mi da ẹṣẹ kan, o wa sọ pé: Irẹ Ọlọhun, fi orí ẹṣẹ mi jin mi</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Láti ọ̀dọ̀ Abu Huraira- ki Ọlọhun yọnu si i-: Lati ọdọ Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a-, ninu nǹkan ti o gba wa lati ọdọ Olúwa rẹ tí Ó lágbára ti O gbọnngbọn, O sọ pe: “Ẹru mi da ẹṣẹ kan, o wa sọ pé: Irẹ Ọlọhun, fi orí ẹṣẹ mi jin mi, Ọlọhun Àlekè-ọla wa sọ pé: Ẹrú Mi da ẹṣẹ kan, o si mọ pe oun ni Olúwa kan ti maa n ṣe àforíjìn ẹṣẹ, ti O si maa n fi iya ẹṣẹ jẹ eeyan, lẹyin naa o tun ṣẹri pada si idi ẹṣẹ, o wa tun sọ pé: Irẹ Oluwa mi, fi ori ẹṣẹ mi jin mi, Ọlọhun ti ọla Rẹ ga tun sọ pé: Ẹrú Mi da ẹṣẹ kan, o si mọ pe oun ni Olúwa kan ti maa n ṣe àforíjìn ẹṣẹ, ti O si maa n fi iya ẹṣẹ jẹ eeyan, lẹyin naa o tun ṣẹri pada si idi ẹṣẹ, o wa tun sọ pé: Irẹ Oluwa mi, fi ori ẹṣẹ mi jin mi, Ọlọhun ti ọla Rẹ ga tun sọ pé: Ẹrú Mi da ẹṣẹ kan, o si mọ pe oun ni Olúwa kan ti maa n ṣe àforíjìn ẹṣẹ, ti O si maa n fi iya ẹṣẹ jẹ eeyan, maa ṣe ohun ti o ba fẹ́, mo ti fi ori jin ọ”.</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n gba ẹgbawa láti ọ̀dọ̀ Olúwa rẹ̀ pe ti ẹrú ba da ẹṣẹ kan, ti o wa sọ pé: Irẹ Ọlọhun, fi ori ẹṣẹ mi jin mi, Ọlọhun ti ọla Rẹ ga sọ pe: Ẹrú Mi da ẹṣẹ kan, o wa mọ pe oun ni Olúwa kan ti maa n ṣe àforíjìn ẹṣẹ, ti yoo waa bo o ni àṣírí, ti yoo si ṣe amojukuro fun un, tabi ki O fi ìyà jẹ ẹ lori ẹ, Mo ti fi ori jin in. Lẹ́yìn naa ni o tun tun ẹṣẹ da, o wa sọ pé: Irẹ Oluwa mi, fi ori ẹṣẹ mi jin mi, Ọlọhun wa sọ pé: Ẹrú Mi da ẹṣẹ kan, o wa mọ pe oun ni Olúwa kan ti maa n ṣe àforíjìn ẹṣẹ, ti yoo waa bo o ni àṣírí, ti yoo si ṣe amojukuro fun un, tabi ki O fi ìyà jẹ ẹ lori ẹ, Mo ti fi ori jin ẹrú Mi. Lẹ́yìn naa ni o tun tun ẹṣẹ da, o wa sọ pé: Irẹ Oluwa mi, fi ori ẹṣẹ mi jin mi, Ọlọhun wa sọ pé: Ẹrú Mi da ẹṣẹ kan, o wa mọ pe oun ni Olúwa kan ti maa n ṣe àforíjìn ẹṣẹ, ti yoo waa bo o ni àṣírí, ti yoo si ṣe amojukuro fun un, tabi ki O fi ìyà jẹ ẹ lori ẹ, Mo ti fi ori jin ẹrú Mi. Ki o maa ṣe ohun ti o ba fẹ́ lópin ìgbà ti o ba jẹ pe ti o ba ti n da ẹṣẹ naa ni yoo maa fi ẹṣẹ naa sílẹ̀, ti yoo si ká abamọ, ti yoo si pinnu pé oun ko nii pada síbẹ̀ mọ, ṣùgbọ́n ẹ̀mí rẹ maa borí rẹ, yoo tun wa da ẹṣẹ naa padà, lópin ìgbà ti o ba n ṣe báyìí, ti o n da ẹṣẹ, ti o si n ronupiwada, maa fi ori jin in; torí pé ìrònúpìwàdà maa n wó ohun ti o ba ṣáájú rẹ ni.</t>
   </si>
   <si>
@@ -8601,50 +8685,85 @@
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n pàṣẹ ki a maa ṣe idẹkun fun awọn èèyàn, ki a si ma fi ara ni wọn nibi gbogbo àlámọ̀rí ẹsin ati ayé, ìyẹn nibi ààlà nǹkan ti Ọlọhun ṣe ni ẹtọ ti O si ṣe ni ofin.
 O n ṣeni lojukokoro lati maa fun wọn ni iro ìdùnnú nipa oore, ki a si ma le wọn sa kuro nibẹ.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>Ojuṣe onigbagbọ ododo ni ki o jẹ ki awọn èèyàn nífẹ̀ẹ́ Ọlọhun, ki o si maa ṣe wọn ni ojúkòkòrò lati ṣe rere.
 O tọ́ fun olupepe si ọdọ Ọlọhun ki o fi ọgbọ́n wo ọ̀nà ti yoo gba mu ipepe Isilaamu de ọdọ àwọn èèyàn.
 Ifunni ni iro ìdùnnú maa n bi ìdùnnú ati ìkọjúsí ati ifọkanbalẹ fun olupepe ati fun nǹkan ti o n fi han àwọn èèyàn.
 Ifi-ara-ni àwọn èèyàn maa n bi sísá, ati ìkọ̀yìnsí, ati mimu àwọn èèyàn maa ṣe iyèméjì nibi ọ̀rọ̀ olupepe.
 Gbígbòòrò aanu Ọlọhun fun awọn ẹru Rẹ, ati pe O yọnu si ẹsin kan ti o rọrùn fun wọn, ati ofin ti wọn ṣe ni irọrun.
 Ṣíṣe idẹkun ti wọn pàṣẹ rẹ naa ni ohun ti sharia mu wá.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/5866</t>
+  </si>
+  <si>
+    <t>ألحقوا الفرائض بأهلها، فما بقي فلأولى رجل ذكر</t>
+  </si>
+  <si>
+    <t>“Ẹ fi àwọn ìpín ogún (fara’id) fún àwọn tí ó tọ si, oun tí ó bá ṣẹkù lẹ́yìn náà, kó lọ fún ọkùnrin tí ó sunmọ́ (oku) jù lọ (ní ìbátan)</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلْحِقُوا الفَرَائِضَ بِأَهْلِهَا، فَمَا بَقِيَ فَلِأَوْلَى رَجُلٍ ذَكَرٍ».</t>
+  </si>
+  <si>
+    <t>Láti ọdọ Ibnu Abbas -kí Ọlọhun o yọnu sí awọn méjèjì- láti ọdọ Annabi -kí ikẹ Ọlọhun àti ọla Rẹ o máa ba a, o s'ọpe: “Ẹ fi àwọn ìpín ogún (fara’id) fún àwọn tí ó tọ si, oun tí ó bá ṣẹkù lẹ́yìn náà, kó lọ fún ọkùnrin tí ó sunmọ́ (oku) jù lọ (ní ìbátan)".</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم القائمين على قسمة التركة أن يوزعوها على مستحقيها بالقسمة العادلة الشرعية كما أراد الله تعالى، فيعطى أصحاب الفروض المقدرة فروضهم في كتاب الله، وهي الثلثان والثلث والسدس والنصف والربع والثمن، فما بقى بعدها، فإنه يعطى إلى من هو أقرب إلى الميت من الرجال، ويسمون العصبة.</t>
+  </si>
+  <si>
+    <t>Annabi -kí ikẹ Ọlọhun àti ọlá Rẹ o maa ba- n paṣẹ fún àwọn tí ń ṣàkóso ogún pínpín pé kí wọ́n pín (ogun ti oku fi silẹ) fún àwọn tí ó tọ si, ni ìpín ti o ṣe dede ofin (shari'a), gẹ́gẹ́ bí Ọlọ́hun ṣe fẹ́. Nítorí náà, a máa fún àwọn onípin tí a ti sọ ìpín wọn di mímọ́ nínu tira Ọlọ́hun ní ipin wọn, tí awọn ìpín naa si jẹ: ìdáméjì ninu ida mẹta ogún, idankan idamẹta, idafa, ìdajì, idamẹrin, ati idamejọ ogún, ohun tí o ba wa sẹku lẹyin naa, a o fún ẹni tí ó sunmọ́ oku jù lọ ninu awọn ọkùnrin, ti wọ́n sì ń pè wọn ní Al-‘asabah (àwọn ìbátan ọkùnrin tí ń jogún ohun tí ó sẹkù lẹyin ti a pin ogun tan).</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في قسمة التركة.
+أن قسمة الفرائض تكون بالبداءة بأهل الفرائض.
+أن ما بقي بعد الفروض للعصبة.
+تقديم الأقرب فالأقرب فلا يرث عاصب بعيد كالعم، مع وجود عاصب قريب كالأب.
+أنه لا شيء للعاصب إذا استغرقت الفروض التركة، أي لم يبق منها شيئًا.</t>
+  </si>
+  <si>
+    <t>Hadithi yii jẹ ìpìlẹ lori ilana ogún pínpín.
+Ati pé pínpín ogún a máa bẹ̀rẹ̀ pẹ̀lú fífún àwọn onípin tí a ti sọ ìpín wọn di mímọ́ nínu tira Ọlọ́hun (Ahlu Al-fara’id) ní ipin wọn.
+Àti pé ohun tí o ba sẹku (ninu ogun) lẹyin igba ti àwọn onípin ba ti gba ipin wọn tan yiò máa jẹ tí awọ̀n Al-Asabah (àwọn ìbátan ọkùnrin tí ń jogún ohun tí ó sẹkù lẹyin ti a pin ogun tan).
+Títi awọn tí o sunmọ òkú jùlọ síwájú ni tẹle ntẹle, nitori na Al-Aasibu ti o jina -gẹgẹ bí ọmọiya bàbá òkú- ko ni jẹ ogun lopin igba ti Al-Aasibu ti o sunmọ ba wa gẹgẹ bí Bàbá Oku.
+Àti pé kòni si ogún kankan fún Al-Aasibu ti awọn onípin tí a ti sọ ìpín wọn di mímọ́ nínu tira Ọlọ́hun ba ti kárí gbogbo ogún tí o wa nlẹ tán, iyẹn nipe tí kò ba sẹku nkankan mọ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/5887</t>
   </si>
   <si>
     <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>“Ẹ maa ka Kuraani yii ni ìgbà gbogbo, mo fi Ẹni tí ẹmi Muhammad n bẹ lọ́wọ́ Rẹ bura, o yara sá lọ ju ràkúnmí ninu okùn ti wọn fi dè é lọ”</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>Lati ọdọ Abu Musa Al-Ash’ariy- ki Ọlọhun yọnu si i- lati ọdọ Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- o sọ pe: “Ẹ maa ka Kuraani yii ni ìgbà gbogbo, mo fi Ẹni tí ẹmi Muhammad n bẹ lọ́wọ́ Rẹ bura, o yara sá lọ ju ràkúnmí ninu okùn ti wọn fi dè é lọ”.</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>Anọbi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- pàṣẹ ki a maa ka Kuraani nígbà gbogbo, ki a si maa tẹra mọ́ kika a ki èèyàn ma baa gbagbe rẹ lẹyin híhá a, o wa tẹnu mọ́ ọn pẹ̀lú ìbúra pe Kuraani yára kuro ninu àyà ju rakunmi ti a so lọ, oun naa ni eyi ti a fi okùn dè ni aarin ẹsẹ, ti eeyan ba n ka a nígbà gbogbo, o maa di i mu, ti o ba si tu u sílẹ̀, o maa lọ.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Ti ẹni tí ó ha Kuraani ba tẹra mọ kika rẹ léraléra o maa wa ni hiha ninu ọkan rẹ, bi bẹẹ kọ yoo lọ ti yoo si gbagbe rẹ.
@@ -11201,50 +11320,97 @@
   <si>
     <t>Anabi- ki ikẹ ati ọla Ọlọhun maa ba a- ṣe alaye pe dajudaju gbogbo nkan ti o ba ti le mu  laakaye lọ ni ọti ti n pa eeyan, yala o jẹ mímu tabi jijẹ tabi fifin simu tabi eyi ti o yato si i, ati pe dajudaju gbogbo nkan ti o le muni maa hunrira ti O si maa pa laakaye ni Ọlọhun Ọba ti O biyi ti O gbọnngbọn ti ṣe e ni eewọ ti O si tun kọ kuro nibẹ, kekere rẹ ni ati pipọ rẹ, Ati pe gbogbo ẹni ti o ba mu èyíkéyìí ninu awọn iran nkan ti o máa ń muni hunrira, ti o tun wa dunni mọ mimu un ti ko si tun tuuba ninu rẹ ti o fi ku; onítọ̀hún ti lẹtọọ si Iya Ọlọhun pẹlu ṣiṣe mimu un ni eewọ fun un ninu al-jannah.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Okunfa ṣiṣe ọtí ni eewọ ni pipani, nitori naa gbogbo nkan ti o ba ti n pani, iran yòówù ki o jẹ, èèwọ̀ ni.
 Ọlọhun ti ọla Rẹ ga ṣe ọtí ni eewọ latari nkan ti o ko sinu ni awọn inira ati awọn ibajẹ ti o tobi.
 Mimu ọtí ninu al-jannah ninu pipe adun ati idẹkun ni o wa.
 Ẹni ti ko ba ko ẹmi rẹ ro nibi ọti mimu ni ayé, Ọlọhun yoo ṣe mimu rẹ ni eewọ fun un ninu al-jannah, nítorí pé igba ti wọn ba fi wínkà ni wọn fi n san an.
 Ṣiṣenilojukokoro lori yiyara tuuba kuro nibi ẹṣẹ ṣaaju iku.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
     <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yo/browse/hadith/58259</t>
+  </si>
+  <si>
+    <t>جاهدوا المشركين بأموالكم وأنفسكم وألسنتكم</t>
+  </si>
+  <si>
+    <t>E ṣe ìgbìyànjú igbogunti awon olusẹbọ pẹlu Ọlọhun pẹlu owo yin ati èmi yín àti ahán yin</t>
+  </si>
+  <si>
+    <t>عن أنس رضي الله عنه أن النبي صلى الله عليه وسلم قال: «جَاهِدُوا المشركين بأموالكم وأنفسكم وألسنتكم».</t>
+  </si>
+  <si>
+    <t>Láti ọdọ Anas - ki Ọlọhun yọnu si i - dájúdájú Anọbi (kí ikẹ Ọlọhun ati ọla Rẹ máa ba a) sọ pé: "E ṣe ìgbìyànjú igbogunti awon olusẹbọ pẹlu Ọlọhun pẹlu owo yin ati èmi yín àti ahán yin".</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بجهاد الكفّار، وبَذْلِ الجُهْدِ في مواجهتهم بكل وسيلة على قدر الاستطاعة لتكون كلمة الله هي العليا، ومن ذلك:
+أولًا: إنفاق المال في جهادهم؛ من شراء سلاح ونفقة على المجاهدين ونحو ذلك. 
+ثانيًا: الخروج بالنفس والبدن لملاقاتهم ومدافعتهم. 
+ثالثًا: بدعوتهم لهذا الدين باللسان، وإقامة الحجة عليهم، وزجرهم والرد عليهم.</t>
+  </si>
+  <si>
+    <t>Anọbi (kí ikẹ Ọlọhun ati ọlá Rẹ máa bà) pa wà lasẹ lati gbógun ti alaigbagbọ, ki a sì ná ìgbìyànjú láti dájú kọ won pẹlu gbogbo ọnà tí a ni ìkápá le lórí nítorí kì gbólóhùn ati ọrọ Ọlọhun le wa loke, nínú ìgbìyànjú náà ni:
+Alakọkọ: nina owó àti dukia lati fi gbógun ti won, bí rírà nkan ijagun, ati ìnáwó lórí awon jagunjagun ati bẹẹ bẹẹ lọ.
+Ẹlẹkeji: ki a jàdé pẹlu emi ati ará lati lọ pàdé won ati lati da won pàdà.
+Ẹlèkẹta: pẹlu pípé won síbi ẹṣin Islam yi pẹlú ahán, ati ifi idi ọrọ ati ẹri rinlẹ fún won ati ijagbe mọ won ati ìfun won lèsi.</t>
+  </si>
+  <si>
+    <t>الحث على جهاد المشركين بالنفس والمال واللسان؛ كلٌّ بحسب استطاعته، وأنّ الجهاد لا يَقْتَصِرُ على المقاتلة بالنفس.
+الأمر بالجهاد للوجوب، وقد يكون واجبًا عَيْنيًّا، وقد يكون واجبًا كِفَائيًّا.
+شرع الله الجهاد لأمور منها: أولًا: مقاومة الشرك والمشركين؛ لأن الله لا يقبل الشرك أبدًا، ثانيًا: إزالة العَقَبَات التي تَعْتَرِض سبيل الدعوة إلى الله، ثالثًا: حماية العقيدة من كل ما يُضَادُّها، رابعًا: الدفاع عن المسلمين وعن أوطانهم وأعراضهم وأموالهم.</t>
+  </si>
+  <si>
+    <t>iseni lojúkòkòrò lati gbógun ti olusẹbọ pẹlú ẹmi ati owó àti ahán, ni ibámu sí Olukaluku bá ṣè ni agbára àti ìkápá mọ, ati pé dájúdájú ìjagun sójú ọnà Ọlọhun kii ṣe fífi ẹmi jà nikan ni.
+Ipani lasẹ lati jagun jẹ ọranyan, o le jẹ ọranyan ojúlówó fún gbogbo musulumi, o sí le jẹ òranyàn tito.
+Olohun se ogun jija ni òfin ẹṣin nítorí àwọn nkán nkán ninu rẹ ni:  
+Alakọkọ: Gbigbogun ti ise ẹbọ ati awon olusẹbọ, nítorípé Ọlọhun Ọba ko ni gba ise ẹbọ laye  laye. 
+Ẹlẹkeji: Mímú awọn iṣoro àti wàhálà ti nkọ di ojú ọnà ìpepé sí ojú ònà Ọlọhun kúrò. 
+Ẹlèkẹta: Didaabo bó ìgbàgbọ àti adisọkan nibi gbogbo nkan ti o ba yàtọ sí. 
+Ẹlẹkẹrin : Didaabo bó awon musulumi ati awọn ilu won, Omoluabi won ati dukia (awon nkan ini won).</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yo/browse/hadith/64597</t>
   </si>
   <si>
     <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>“Ẹni ti o ba pa ẹni a gba adehun lọwọ rẹ ko nii gbọ́ oorun alujanna, ati pe dajudaju oorun rẹ wọn maa n gbọ́ ọ lati ijinna ogoji ọdun”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Lati ọdọ Abdullahi ọmọ Amr- ki Ọlọhun yọnu si awọn mejeeji- lati ọdọ Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- o sọ pe: “Ẹni ti o ba pa ẹni a gba adehun lọwọ rẹ ko nii gbọ́ oorun alujanna, ati pe dajudaju oorun rẹ wọn maa n gbọ́ ọ lati ijinna ogoji ọdun”.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Anabi- ki ikẹ Ọlọhun ati ọla Rẹ maa ba a- n ṣàlàyé adehun iya ti o le koko to wa lori pe dajudaju ẹni ti o ba pa ẹni ti a gba adehun lọwọ rẹ- oun ni ẹni ti o wọ ilẹ̀ Isilaamu ninu awọn alaigbagbọ pẹlu adehun ati ifọkanbalẹ- pe ẹni naa ko nii gbọ́ oorun alujanna, ati pe dajudaju oorun rẹ maa jẹ ijiina irin ogoji ọdun.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
@@ -15062,51 +15228,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O406"/>
+  <dimension ref="A1:O410"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -22221,11937 +22387,12125 @@
       </c>
       <c r="I153" t="s">
         <v>1418</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
         <v>25</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
         <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
         <v>1419</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4304</v>
+        <v>4302</v>
       </c>
       <c r="B154" t="s">
         <v>1420</v>
       </c>
       <c r="C154" t="s">
         <v>1421</v>
       </c>
       <c r="D154" t="s">
         <v>1422</v>
       </c>
       <c r="E154" t="s">
         <v>1423</v>
       </c>
       <c r="F154" t="s">
         <v>1424</v>
       </c>
       <c r="G154" t="s">
         <v>1425</v>
       </c>
       <c r="H154" t="s">
         <v>1426</v>
       </c>
       <c r="I154" t="s">
         <v>1427</v>
       </c>
       <c r="J154" t="s">
-        <v>24</v>
+        <v>1428</v>
       </c>
       <c r="K154" t="s">
-        <v>25</v>
+        <v>1429</v>
       </c>
       <c r="L154" t="s">
-        <v>26</v>
+        <v>1430</v>
       </c>
       <c r="M154" t="s">
-        <v>27</v>
+        <v>1431</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1428</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4308</v>
+        <v>4304</v>
       </c>
       <c r="B155" t="s">
-        <v>1429</v>
+        <v>1433</v>
       </c>
       <c r="C155" t="s">
-        <v>1430</v>
+        <v>1434</v>
       </c>
       <c r="D155" t="s">
-        <v>1431</v>
+        <v>1435</v>
       </c>
       <c r="E155" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
       <c r="F155" t="s">
-        <v>1433</v>
+        <v>1437</v>
       </c>
       <c r="G155" t="s">
-        <v>1434</v>
+        <v>1438</v>
       </c>
       <c r="H155" t="s">
-        <v>1435</v>
+        <v>1439</v>
       </c>
       <c r="I155" t="s">
-        <v>1436</v>
+        <v>1440</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4309</v>
+        <v>4308</v>
       </c>
       <c r="B156" t="s">
-        <v>1438</v>
+        <v>1442</v>
       </c>
       <c r="C156" t="s">
-        <v>1439</v>
+        <v>1443</v>
       </c>
       <c r="D156" t="s">
-        <v>1440</v>
+        <v>1444</v>
       </c>
       <c r="E156" t="s">
-        <v>1441</v>
+        <v>1445</v>
       </c>
       <c r="F156" t="s">
-        <v>1442</v>
+        <v>1446</v>
       </c>
       <c r="G156" t="s">
-        <v>1443</v>
+        <v>1447</v>
       </c>
       <c r="H156" t="s">
-        <v>1444</v>
+        <v>1448</v>
       </c>
       <c r="I156" t="s">
-        <v>1445</v>
+        <v>1449</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
         <v>130</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
         <v>131</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1446</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4314</v>
+        <v>4309</v>
       </c>
       <c r="B157" t="s">
-        <v>1447</v>
+        <v>1451</v>
       </c>
       <c r="C157" t="s">
-        <v>1448</v>
+        <v>1452</v>
       </c>
       <c r="D157" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
       <c r="E157" t="s">
-        <v>1450</v>
+        <v>1454</v>
       </c>
       <c r="F157" t="s">
-        <v>1451</v>
+        <v>1455</v>
       </c>
       <c r="G157" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
       <c r="H157" t="s">
-        <v>1453</v>
+        <v>1457</v>
       </c>
       <c r="I157" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4318</v>
+        <v>4314</v>
       </c>
       <c r="B158" t="s">
-        <v>1456</v>
+        <v>1460</v>
       </c>
       <c r="C158" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
       <c r="D158" t="s">
-        <v>1458</v>
+        <v>1462</v>
       </c>
       <c r="E158" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
       <c r="F158" t="s">
-        <v>1460</v>
+        <v>1464</v>
       </c>
       <c r="G158" t="s">
-        <v>1461</v>
+        <v>1465</v>
       </c>
       <c r="H158" t="s">
-        <v>1462</v>
+        <v>1466</v>
       </c>
       <c r="I158" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1464</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4319</v>
+        <v>4318</v>
       </c>
       <c r="B159" t="s">
-        <v>1465</v>
+        <v>1469</v>
       </c>
       <c r="C159" t="s">
-        <v>1466</v>
+        <v>1470</v>
       </c>
       <c r="D159" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
       <c r="E159" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
       <c r="F159" t="s">
-        <v>1469</v>
+        <v>1473</v>
       </c>
       <c r="G159" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
       <c r="H159" t="s">
-        <v>1471</v>
+        <v>1475</v>
       </c>
       <c r="I159" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
         <v>130</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
         <v>131</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4322</v>
+        <v>4319</v>
       </c>
       <c r="B160" t="s">
-        <v>1474</v>
+        <v>1478</v>
       </c>
       <c r="C160" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
       <c r="D160" t="s">
-        <v>1476</v>
+        <v>1480</v>
       </c>
       <c r="E160" t="s">
-        <v>1477</v>
+        <v>1481</v>
       </c>
       <c r="F160" t="s">
-        <v>1478</v>
+        <v>1482</v>
       </c>
       <c r="G160" t="s">
-        <v>1479</v>
+        <v>1483</v>
       </c>
       <c r="H160" t="s">
-        <v>1480</v>
+        <v>1484</v>
       </c>
       <c r="I160" t="s">
-        <v>1481</v>
+        <v>1485</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1482</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4555</v>
+        <v>4322</v>
       </c>
       <c r="B161" t="s">
-        <v>1483</v>
+        <v>1487</v>
       </c>
       <c r="C161" t="s">
-        <v>1484</v>
+        <v>1488</v>
       </c>
       <c r="D161" t="s">
-        <v>1485</v>
+        <v>1489</v>
       </c>
       <c r="E161" t="s">
-        <v>1486</v>
+        <v>1490</v>
       </c>
       <c r="F161" t="s">
-        <v>1487</v>
+        <v>1491</v>
       </c>
       <c r="G161" t="s">
-        <v>1488</v>
+        <v>1492</v>
       </c>
       <c r="H161" t="s">
-        <v>1489</v>
+        <v>1493</v>
       </c>
       <c r="I161" t="s">
-        <v>1490</v>
+        <v>1494</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1491</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4560</v>
+        <v>4555</v>
       </c>
       <c r="B162" t="s">
-        <v>1492</v>
+        <v>1496</v>
       </c>
       <c r="C162" t="s">
-        <v>1493</v>
+        <v>1497</v>
       </c>
       <c r="D162" t="s">
-        <v>1494</v>
+        <v>1498</v>
       </c>
       <c r="E162" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
       <c r="F162" t="s">
-        <v>1496</v>
+        <v>1500</v>
       </c>
       <c r="G162" t="s">
-        <v>1497</v>
+        <v>1501</v>
       </c>
       <c r="H162" t="s">
-        <v>1498</v>
+        <v>1502</v>
       </c>
       <c r="I162" t="s">
-        <v>1499</v>
+        <v>1503</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4563</v>
+        <v>4560</v>
       </c>
       <c r="B163" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="C163" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="D163" t="s">
-        <v>1503</v>
+        <v>1507</v>
       </c>
       <c r="E163" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
       <c r="F163" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
       <c r="G163" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="H163" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="I163" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4566</v>
+        <v>4563</v>
       </c>
       <c r="B164" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
       <c r="C164" t="s">
-        <v>1511</v>
+        <v>1515</v>
       </c>
       <c r="D164" t="s">
-        <v>1512</v>
+        <v>1516</v>
       </c>
       <c r="E164" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
       <c r="F164" t="s">
-        <v>1514</v>
+        <v>1518</v>
       </c>
       <c r="G164" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
       <c r="H164" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="I164" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4568</v>
+        <v>4566</v>
       </c>
       <c r="B165" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="C165" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="D165" t="s">
-        <v>1521</v>
+        <v>1525</v>
       </c>
       <c r="E165" t="s">
-        <v>1522</v>
+        <v>1526</v>
       </c>
       <c r="F165" t="s">
-        <v>1523</v>
+        <v>1527</v>
       </c>
       <c r="G165" t="s">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="H165" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="I165" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
         <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
         <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4709</v>
+        <v>4568</v>
       </c>
       <c r="B166" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
       <c r="C166" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="D166" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="E166" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
       <c r="F166" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
       <c r="G166" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="H166" t="s">
-        <v>1534</v>
+        <v>1538</v>
       </c>
       <c r="I166" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4711</v>
+        <v>4709</v>
       </c>
       <c r="B167" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
       <c r="C167" t="s">
-        <v>1538</v>
+        <v>1542</v>
       </c>
       <c r="D167" t="s">
-        <v>1539</v>
+        <v>1543</v>
       </c>
       <c r="E167" t="s">
-        <v>1540</v>
+        <v>1544</v>
       </c>
       <c r="F167" t="s">
-        <v>1541</v>
+        <v>1545</v>
       </c>
       <c r="G167" t="s">
-        <v>1542</v>
+        <v>1546</v>
       </c>
       <c r="H167" t="s">
-        <v>1543</v>
+        <v>1547</v>
       </c>
       <c r="I167" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="J167" t="s">
-        <v>1545</v>
+        <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>1546</v>
+        <v>47</v>
       </c>
       <c r="L167" t="s">
-        <v>1547</v>
+        <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>1548</v>
+        <v>48</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
         <v>1549</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4721</v>
+        <v>4711</v>
       </c>
       <c r="B168" t="s">
         <v>1550</v>
       </c>
       <c r="C168" t="s">
         <v>1551</v>
       </c>
       <c r="D168" t="s">
         <v>1552</v>
       </c>
       <c r="E168" t="s">
         <v>1553</v>
       </c>
       <c r="F168" t="s">
         <v>1554</v>
       </c>
       <c r="G168" t="s">
         <v>1555</v>
       </c>
       <c r="H168" t="s">
         <v>1556</v>
       </c>
       <c r="I168" t="s">
         <v>1557</v>
       </c>
       <c r="J168" t="s">
-        <v>24</v>
+        <v>1558</v>
       </c>
       <c r="K168" t="s">
-        <v>1024</v>
+        <v>1559</v>
       </c>
       <c r="L168" t="s">
-        <v>26</v>
+        <v>1560</v>
       </c>
       <c r="M168" t="s">
-        <v>1025</v>
+        <v>1561</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4792</v>
+        <v>4714</v>
       </c>
       <c r="B169" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="C169" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
       <c r="D169" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="E169" t="s">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="F169" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="G169" t="s">
-        <v>1564</v>
+        <v>1568</v>
       </c>
       <c r="H169" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
       <c r="I169" t="s">
-        <v>1566</v>
+        <v>1570</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1567</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4810</v>
+        <v>4721</v>
       </c>
       <c r="B170" t="s">
-        <v>1568</v>
+        <v>1572</v>
       </c>
       <c r="C170" t="s">
-        <v>1569</v>
+        <v>1573</v>
       </c>
       <c r="D170" t="s">
-        <v>1570</v>
+        <v>1574</v>
       </c>
       <c r="E170" t="s">
-        <v>1571</v>
+        <v>1575</v>
       </c>
       <c r="F170" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="G170" t="s">
-        <v>1573</v>
+        <v>1577</v>
       </c>
       <c r="H170" t="s">
-        <v>1574</v>
+        <v>1578</v>
       </c>
       <c r="I170" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>130</v>
+        <v>1024</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
-        <v>131</v>
+        <v>1025</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4811</v>
+        <v>4792</v>
       </c>
       <c r="B171" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C171" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="D171" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="E171" t="s">
-        <v>1580</v>
+        <v>1584</v>
       </c>
       <c r="F171" t="s">
-        <v>1581</v>
+        <v>1585</v>
       </c>
       <c r="G171" t="s">
-        <v>1582</v>
+        <v>1586</v>
       </c>
       <c r="H171" t="s">
-        <v>1583</v>
+        <v>1587</v>
       </c>
       <c r="I171" t="s">
-        <v>1584</v>
+        <v>1588</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>1585</v>
+        <v>25</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
-        <v>1586</v>
+        <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4817</v>
+        <v>4810</v>
       </c>
       <c r="B172" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="C172" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="D172" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
       <c r="E172" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="F172" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="G172" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
       <c r="H172" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="I172" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4935</v>
+        <v>4811</v>
       </c>
       <c r="B173" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="C173" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="D173" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="E173" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="F173" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="G173" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="H173" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="I173" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>130</v>
+        <v>1429</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>131</v>
+        <v>1431</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4947</v>
+        <v>4817</v>
       </c>
       <c r="B174" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="C174" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="D174" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="E174" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="F174" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="G174" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="H174" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="I174" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4950</v>
+        <v>4935</v>
       </c>
       <c r="B175" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="C175" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="D175" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="E175" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="F175" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="G175" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="H175" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="I175" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>1585</v>
+        <v>130</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
-        <v>1586</v>
+        <v>131</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4964</v>
+        <v>4947</v>
       </c>
       <c r="B176" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="C176" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="D176" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="E176" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="F176" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="G176" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="H176" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="I176" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>1632</v>
+        <v>47</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
-        <v>1633</v>
+        <v>48</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
         <v>1634</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4965</v>
+        <v>4950</v>
       </c>
       <c r="B177" t="s">
         <v>1635</v>
       </c>
       <c r="C177" t="s">
         <v>1636</v>
       </c>
       <c r="D177" t="s">
         <v>1637</v>
       </c>
       <c r="E177" t="s">
         <v>1638</v>
       </c>
       <c r="F177" t="s">
         <v>1639</v>
       </c>
       <c r="G177" t="s">
         <v>1640</v>
       </c>
       <c r="H177" t="s">
         <v>1641</v>
       </c>
       <c r="I177" t="s">
         <v>1642</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>25</v>
+        <v>1429</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
-        <v>27</v>
+        <v>1431</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4968</v>
+        <v>4964</v>
       </c>
       <c r="B178" t="s">
         <v>1644</v>
       </c>
       <c r="C178" t="s">
         <v>1645</v>
       </c>
       <c r="D178" t="s">
         <v>1646</v>
       </c>
       <c r="E178" t="s">
         <v>1647</v>
       </c>
       <c r="F178" t="s">
         <v>1648</v>
       </c>
       <c r="G178" t="s">
         <v>1649</v>
       </c>
       <c r="H178" t="s">
         <v>1650</v>
       </c>
       <c r="I178" t="s">
         <v>1651</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>25</v>
+        <v>1652</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>27</v>
+        <v>1653</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4969</v>
+        <v>4965</v>
       </c>
       <c r="B179" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="C179" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="D179" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="E179" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="F179" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="G179" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="H179" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="I179" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
         <v>25</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
         <v>27</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>5272</v>
+        <v>4968</v>
       </c>
       <c r="B180" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="C180" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="D180" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="E180" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="F180" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="G180" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="H180" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="I180" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="J180" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>582</v>
+        <v>25</v>
       </c>
       <c r="L180" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>584</v>
+        <v>27</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1670</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>5273</v>
+        <v>4969</v>
       </c>
       <c r="B181" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="C181" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="D181" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="E181" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
       <c r="F181" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="G181" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
       <c r="H181" t="s">
-        <v>1677</v>
+        <v>1679</v>
       </c>
       <c r="I181" t="s">
-        <v>1678</v>
+        <v>1680</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>1632</v>
+        <v>25</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>1633</v>
+        <v>27</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>5326</v>
+        <v>5272</v>
       </c>
       <c r="B182" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="C182" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
       <c r="D182" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="E182" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="F182" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="G182" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="H182" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="I182" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="J182" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K182" t="s">
-        <v>130</v>
+        <v>582</v>
       </c>
       <c r="L182" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M182" t="s">
-        <v>131</v>
+        <v>584</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>5330</v>
+        <v>5273</v>
       </c>
       <c r="B183" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="C183" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="D183" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="E183" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="F183" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="G183" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="H183" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="I183" t="s">
-        <v>1696</v>
+        <v>1698</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>130</v>
+        <v>1652</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
-        <v>131</v>
+        <v>1653</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>5331</v>
+        <v>5326</v>
       </c>
       <c r="B184" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="C184" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="D184" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="E184" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="F184" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="G184" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="H184" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="I184" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>5332</v>
+        <v>5330</v>
       </c>
       <c r="B185" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
       <c r="C185" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
       <c r="D185" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="E185" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="F185" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="G185" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="H185" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="I185" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>5335</v>
+        <v>5331</v>
       </c>
       <c r="B186" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="C186" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="D186" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="E186" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="F186" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="G186" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="H186" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="I186" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>5346</v>
+        <v>5332</v>
       </c>
       <c r="B187" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="C187" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="D187" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="E187" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="F187" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="G187" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="H187" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="I187" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>1733</v>
+        <v>25</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>1734</v>
+        <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
         <v>1735</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>5348</v>
+        <v>5335</v>
       </c>
       <c r="B188" t="s">
         <v>1736</v>
       </c>
       <c r="C188" t="s">
         <v>1737</v>
       </c>
       <c r="D188" t="s">
         <v>1738</v>
       </c>
       <c r="E188" t="s">
         <v>1739</v>
       </c>
       <c r="F188" t="s">
         <v>1740</v>
       </c>
       <c r="G188" t="s">
         <v>1741</v>
       </c>
       <c r="H188" t="s">
         <v>1742</v>
       </c>
       <c r="I188" t="s">
         <v>1743</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
         <v>1744</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>5351</v>
+        <v>5346</v>
       </c>
       <c r="B189" t="s">
         <v>1745</v>
       </c>
       <c r="C189" t="s">
         <v>1746</v>
       </c>
       <c r="D189" t="s">
         <v>1747</v>
       </c>
       <c r="E189" t="s">
         <v>1748</v>
       </c>
       <c r="F189" t="s">
         <v>1749</v>
       </c>
       <c r="G189" t="s">
         <v>1750</v>
       </c>
       <c r="H189" t="s">
         <v>1751</v>
       </c>
       <c r="I189" t="s">
         <v>1752</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>25</v>
+        <v>1753</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>27</v>
+        <v>1754</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>5353</v>
+        <v>5348</v>
       </c>
       <c r="B190" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="C190" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="D190" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="E190" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="F190" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="G190" t="s">
-        <v>1759</v>
+        <v>1761</v>
       </c>
       <c r="H190" t="s">
-        <v>1760</v>
+        <v>1762</v>
       </c>
       <c r="I190" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="J190" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>735</v>
+        <v>130</v>
       </c>
       <c r="L190" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>736</v>
+        <v>131</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>5354</v>
+        <v>5351</v>
       </c>
       <c r="B191" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="C191" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="D191" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="E191" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="F191" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
       <c r="G191" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
       <c r="H191" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="I191" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>5359</v>
+        <v>5353</v>
       </c>
       <c r="B192" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
       <c r="C192" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="D192" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="E192" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="F192" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="G192" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="H192" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="I192" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="J192" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K192" t="s">
-        <v>25</v>
+        <v>735</v>
       </c>
       <c r="L192" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M192" t="s">
-        <v>27</v>
+        <v>736</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>5364</v>
+        <v>5354</v>
       </c>
       <c r="B193" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="C193" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="D193" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="E193" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="F193" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="G193" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
       <c r="H193" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="I193" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>5365</v>
+        <v>5359</v>
       </c>
       <c r="B194" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="C194" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="D194" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="E194" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="F194" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="G194" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="H194" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="I194" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
         <v>25</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
         <v>27</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5367</v>
+        <v>5364</v>
       </c>
       <c r="B195" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="C195" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="D195" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
       <c r="E195" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
       <c r="F195" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="G195" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="H195" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="I195" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5368</v>
+        <v>5365</v>
       </c>
       <c r="B196" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="C196" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="D196" t="s">
-        <v>1810</v>
+        <v>1812</v>
       </c>
       <c r="E196" t="s">
-        <v>1811</v>
+        <v>1813</v>
       </c>
       <c r="F196" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="G196" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
       <c r="H196" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="I196" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
         <v>25</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
         <v>27</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5371</v>
+        <v>5367</v>
       </c>
       <c r="B197" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="C197" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="D197" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="E197" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="F197" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="G197" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="H197" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="I197" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>1825</v>
+        <v>25</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>1826</v>
+        <v>27</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
         <v>1827</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5372</v>
+        <v>5368</v>
       </c>
       <c r="B198" t="s">
         <v>1828</v>
       </c>
       <c r="C198" t="s">
         <v>1829</v>
       </c>
       <c r="D198" t="s">
         <v>1830</v>
       </c>
       <c r="E198" t="s">
         <v>1831</v>
       </c>
       <c r="F198" t="s">
         <v>1832</v>
       </c>
       <c r="G198" t="s">
         <v>1833</v>
       </c>
       <c r="H198" t="s">
         <v>1834</v>
       </c>
       <c r="I198" t="s">
         <v>1835</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
         <v>25</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
         <v>27</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
         <v>1836</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5375</v>
+        <v>5371</v>
       </c>
       <c r="B199" t="s">
         <v>1837</v>
       </c>
       <c r="C199" t="s">
         <v>1838</v>
       </c>
       <c r="D199" t="s">
         <v>1839</v>
       </c>
       <c r="E199" t="s">
         <v>1840</v>
       </c>
       <c r="F199" t="s">
         <v>1841</v>
       </c>
       <c r="G199" t="s">
         <v>1842</v>
       </c>
       <c r="H199" t="s">
         <v>1843</v>
       </c>
       <c r="I199" t="s">
         <v>1844</v>
       </c>
       <c r="J199" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>724</v>
+        <v>1845</v>
       </c>
       <c r="L199" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>725</v>
+        <v>1846</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5377</v>
+        <v>5372</v>
       </c>
       <c r="B200" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="C200" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="D200" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="E200" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="F200" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="G200" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="H200" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="I200" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
         <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
         <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5378</v>
+        <v>5375</v>
       </c>
       <c r="B201" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="C201" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="D201" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="E201" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="F201" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="G201" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="H201" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="I201" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="J201" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K201" t="s">
-        <v>25</v>
+        <v>724</v>
       </c>
       <c r="L201" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M201" t="s">
-        <v>27</v>
+        <v>725</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5382</v>
+        <v>5377</v>
       </c>
       <c r="B202" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="C202" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="D202" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="E202" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="F202" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="G202" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="H202" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="I202" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5435</v>
+        <v>5378</v>
       </c>
       <c r="B203" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="C203" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="D203" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="E203" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F203" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="G203" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
       <c r="H203" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
       <c r="I203" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5437</v>
+        <v>5382</v>
       </c>
       <c r="B204" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="C204" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="D204" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="E204" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="F204" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="G204" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="H204" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="I204" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5439</v>
+        <v>5435</v>
       </c>
       <c r="B205" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="C205" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
       <c r="D205" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
       <c r="E205" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="F205" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="G205" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
       <c r="H205" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
       <c r="I205" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5474</v>
+        <v>5437</v>
       </c>
       <c r="B206" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="C206" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="D206" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="E206" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="F206" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="G206" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="H206" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
       <c r="I206" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
         <v>25</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
         <v>27</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5475</v>
+        <v>5439</v>
       </c>
       <c r="B207" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
       <c r="C207" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
       <c r="D207" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
       <c r="E207" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="F207" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="G207" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
       <c r="H207" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="I207" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5476</v>
+        <v>5474</v>
       </c>
       <c r="B208" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
       <c r="C208" t="s">
-        <v>1919</v>
+        <v>1921</v>
       </c>
       <c r="D208" t="s">
-        <v>1920</v>
+        <v>1922</v>
       </c>
       <c r="E208" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="F208" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="G208" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="H208" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="I208" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="J208" t="s">
-        <v>1926</v>
+        <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>1024</v>
+        <v>25</v>
       </c>
       <c r="L208" t="s">
-        <v>1927</v>
+        <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>1025</v>
+        <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
         <v>1928</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5478</v>
+        <v>5475</v>
       </c>
       <c r="B209" t="s">
         <v>1929</v>
       </c>
       <c r="C209" t="s">
         <v>1930</v>
       </c>
       <c r="D209" t="s">
         <v>1931</v>
       </c>
       <c r="E209" t="s">
         <v>1932</v>
       </c>
       <c r="F209" t="s">
         <v>1933</v>
       </c>
       <c r="G209" t="s">
         <v>1934</v>
       </c>
       <c r="H209" t="s">
         <v>1935</v>
       </c>
       <c r="I209" t="s">
         <v>1936</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
         <v>1937</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5493</v>
+        <v>5476</v>
       </c>
       <c r="B210" t="s">
         <v>1938</v>
       </c>
       <c r="C210" t="s">
         <v>1939</v>
       </c>
       <c r="D210" t="s">
         <v>1940</v>
       </c>
       <c r="E210" t="s">
         <v>1941</v>
       </c>
       <c r="F210" t="s">
         <v>1942</v>
       </c>
       <c r="G210" t="s">
         <v>1943</v>
       </c>
       <c r="H210" t="s">
         <v>1944</v>
       </c>
       <c r="I210" t="s">
         <v>1945</v>
       </c>
       <c r="J210" t="s">
-        <v>24</v>
+        <v>1946</v>
       </c>
       <c r="K210" t="s">
-        <v>130</v>
+        <v>1024</v>
       </c>
       <c r="L210" t="s">
-        <v>26</v>
+        <v>1947</v>
       </c>
       <c r="M210" t="s">
-        <v>131</v>
+        <v>1025</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5496</v>
+        <v>5478</v>
       </c>
       <c r="B211" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="C211" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="D211" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="E211" t="s">
-        <v>1950</v>
+        <v>1952</v>
       </c>
       <c r="F211" t="s">
-        <v>1951</v>
+        <v>1953</v>
       </c>
       <c r="G211" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
       <c r="H211" t="s">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="I211" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>724</v>
+        <v>25</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
-        <v>725</v>
+        <v>27</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5502</v>
+        <v>5493</v>
       </c>
       <c r="B212" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="C212" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
       <c r="D212" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="E212" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="F212" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="G212" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="H212" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="I212" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5503</v>
+        <v>5496</v>
       </c>
       <c r="B213" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="C213" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="D213" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="E213" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="F213" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="G213" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="H213" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="I213" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>47</v>
+        <v>724</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
-        <v>48</v>
+        <v>725</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5507</v>
+        <v>5502</v>
       </c>
       <c r="B214" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="C214" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="D214" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="E214" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="F214" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
       <c r="G214" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="H214" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="I214" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
         <v>25</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
         <v>27</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1982</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5509</v>
+        <v>5503</v>
       </c>
       <c r="B215" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="C215" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="D215" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="E215" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="F215" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="G215" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="H215" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="I215" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="J215" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>1024</v>
+        <v>47</v>
       </c>
       <c r="L215" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>1025</v>
+        <v>48</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5512</v>
+        <v>5507</v>
       </c>
       <c r="B216" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="C216" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="D216" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="E216" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="F216" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="G216" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="H216" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="I216" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5514</v>
+        <v>5509</v>
       </c>
       <c r="B217" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="C217" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="D217" t="s">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="E217" t="s">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="F217" t="s">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="G217" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="H217" t="s">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="I217" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="J217" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K217" t="s">
-        <v>948</v>
+        <v>1024</v>
       </c>
       <c r="L217" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M217" t="s">
-        <v>949</v>
+        <v>1025</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5516</v>
+        <v>5512</v>
       </c>
       <c r="B218" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="C218" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="D218" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="E218" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="F218" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G218" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="H218" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="I218" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5517</v>
+        <v>5514</v>
       </c>
       <c r="B219" t="s">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C219" t="s">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="D219" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="E219" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="F219" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G219" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="H219" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="I219" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>25</v>
+        <v>948</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
-        <v>27</v>
+        <v>949</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5518</v>
+        <v>5516</v>
       </c>
       <c r="B220" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="C220" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="D220" t="s">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="E220" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="F220" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
       <c r="G220" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="H220" t="s">
-        <v>2034</v>
+        <v>2036</v>
       </c>
       <c r="I220" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
         <v>25</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
         <v>27</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5545</v>
+        <v>5517</v>
       </c>
       <c r="B221" t="s">
-        <v>2037</v>
+        <v>2039</v>
       </c>
       <c r="C221" t="s">
-        <v>2038</v>
+        <v>2040</v>
       </c>
       <c r="D221" t="s">
-        <v>2039</v>
+        <v>2041</v>
       </c>
       <c r="E221" t="s">
-        <v>2040</v>
+        <v>2042</v>
       </c>
       <c r="F221" t="s">
-        <v>2041</v>
+        <v>2043</v>
       </c>
       <c r="G221" t="s">
-        <v>2042</v>
+        <v>2044</v>
       </c>
       <c r="H221" t="s">
-        <v>2043</v>
+        <v>2045</v>
       </c>
       <c r="I221" t="s">
-        <v>2044</v>
+        <v>2046</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2045</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5657</v>
+        <v>5518</v>
       </c>
       <c r="B222" t="s">
-        <v>2046</v>
+        <v>2048</v>
       </c>
       <c r="C222" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
       <c r="D222" t="s">
-        <v>2048</v>
+        <v>2050</v>
       </c>
       <c r="E222" t="s">
-        <v>2049</v>
+        <v>2051</v>
       </c>
       <c r="F222" t="s">
-        <v>2050</v>
+        <v>2052</v>
       </c>
       <c r="G222" t="s">
-        <v>2051</v>
+        <v>2053</v>
       </c>
       <c r="H222" t="s">
-        <v>2052</v>
+        <v>2054</v>
       </c>
       <c r="I222" t="s">
-        <v>2053</v>
+        <v>2055</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
         <v>25</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
         <v>27</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2054</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5733</v>
+        <v>5545</v>
       </c>
       <c r="B223" t="s">
-        <v>2055</v>
+        <v>2057</v>
       </c>
       <c r="C223" t="s">
-        <v>2056</v>
+        <v>2058</v>
       </c>
       <c r="D223" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="E223" t="s">
-        <v>2058</v>
+        <v>2060</v>
       </c>
       <c r="F223" t="s">
-        <v>2059</v>
+        <v>2061</v>
       </c>
       <c r="G223" t="s">
-        <v>2060</v>
+        <v>2062</v>
       </c>
       <c r="H223" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
       <c r="I223" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2063</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5787</v>
+        <v>5657</v>
       </c>
       <c r="B224" t="s">
-        <v>2064</v>
+        <v>2066</v>
       </c>
       <c r="C224" t="s">
-        <v>2065</v>
+        <v>2067</v>
       </c>
       <c r="D224" t="s">
-        <v>2066</v>
+        <v>2068</v>
       </c>
       <c r="E224" t="s">
-        <v>2067</v>
+        <v>2069</v>
       </c>
       <c r="F224" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
       <c r="G224" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="H224" t="s">
-        <v>2070</v>
+        <v>2072</v>
       </c>
       <c r="I224" t="s">
-        <v>2071</v>
+        <v>2073</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2072</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5792</v>
+        <v>5733</v>
       </c>
       <c r="B225" t="s">
-        <v>2073</v>
+        <v>2075</v>
       </c>
       <c r="C225" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
       <c r="D225" t="s">
-        <v>2075</v>
+        <v>2077</v>
       </c>
       <c r="E225" t="s">
-        <v>2076</v>
+        <v>2078</v>
       </c>
       <c r="F225" t="s">
-        <v>2077</v>
+        <v>2079</v>
       </c>
       <c r="G225" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
       <c r="H225" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="I225" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
       <c r="J225" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>505</v>
+        <v>47</v>
       </c>
       <c r="L225" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>506</v>
+        <v>48</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5794</v>
+        <v>5787</v>
       </c>
       <c r="B226" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="C226" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="D226" t="s">
-        <v>2084</v>
+        <v>2086</v>
       </c>
       <c r="E226" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
       <c r="F226" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="G226" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
       <c r="H226" t="s">
-        <v>2088</v>
+        <v>2090</v>
       </c>
       <c r="I226" t="s">
-        <v>2089</v>
+        <v>2091</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
         <v>130</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
         <v>131</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5796</v>
+        <v>5792</v>
       </c>
       <c r="B227" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
       <c r="C227" t="s">
-        <v>2092</v>
+        <v>2094</v>
       </c>
       <c r="D227" t="s">
-        <v>2093</v>
+        <v>2095</v>
       </c>
       <c r="E227" t="s">
-        <v>2094</v>
+        <v>2096</v>
       </c>
       <c r="F227" t="s">
-        <v>2095</v>
+        <v>2097</v>
       </c>
       <c r="G227" t="s">
-        <v>2096</v>
+        <v>2098</v>
       </c>
       <c r="H227" t="s">
-        <v>2097</v>
+        <v>2099</v>
       </c>
       <c r="I227" t="s">
-        <v>2098</v>
+        <v>2100</v>
       </c>
       <c r="J227" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K227" t="s">
-        <v>130</v>
+        <v>505</v>
       </c>
       <c r="L227" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M227" t="s">
-        <v>131</v>
+        <v>506</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2099</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5798</v>
+        <v>5794</v>
       </c>
       <c r="B228" t="s">
-        <v>2100</v>
+        <v>2102</v>
       </c>
       <c r="C228" t="s">
-        <v>2101</v>
+        <v>2103</v>
       </c>
       <c r="D228" t="s">
-        <v>2102</v>
+        <v>2104</v>
       </c>
       <c r="E228" t="s">
-        <v>2103</v>
+        <v>2105</v>
       </c>
       <c r="F228" t="s">
-        <v>2104</v>
+        <v>2106</v>
       </c>
       <c r="G228" t="s">
-        <v>2105</v>
+        <v>2107</v>
       </c>
       <c r="H228" t="s">
-        <v>2106</v>
+        <v>2108</v>
       </c>
       <c r="I228" t="s">
-        <v>2107</v>
+        <v>2109</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
         <v>130</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
         <v>131</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2108</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5799</v>
+        <v>5796</v>
       </c>
       <c r="B229" t="s">
-        <v>2109</v>
+        <v>2111</v>
       </c>
       <c r="C229" t="s">
-        <v>2110</v>
+        <v>2112</v>
       </c>
       <c r="D229" t="s">
-        <v>2111</v>
+        <v>2113</v>
       </c>
       <c r="E229" t="s">
-        <v>2112</v>
+        <v>2114</v>
       </c>
       <c r="F229" t="s">
-        <v>2113</v>
+        <v>2115</v>
       </c>
       <c r="G229" t="s">
-        <v>2114</v>
+        <v>2116</v>
       </c>
       <c r="H229" t="s">
-        <v>2115</v>
+        <v>2117</v>
       </c>
       <c r="I229" t="s">
-        <v>2116</v>
+        <v>2118</v>
       </c>
       <c r="J229" t="s">
-        <v>1545</v>
+        <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>735</v>
+        <v>130</v>
       </c>
       <c r="L229" t="s">
-        <v>1547</v>
+        <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>736</v>
+        <v>131</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2117</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5803</v>
+        <v>5798</v>
       </c>
       <c r="B230" t="s">
-        <v>2118</v>
+        <v>2120</v>
       </c>
       <c r="C230" t="s">
-        <v>2119</v>
+        <v>2121</v>
       </c>
       <c r="D230" t="s">
-        <v>2120</v>
+        <v>2122</v>
       </c>
       <c r="E230" t="s">
-        <v>2121</v>
+        <v>2123</v>
       </c>
       <c r="F230" t="s">
-        <v>2122</v>
+        <v>2124</v>
       </c>
       <c r="G230" t="s">
-        <v>2123</v>
+        <v>2125</v>
       </c>
       <c r="H230" t="s">
-        <v>2124</v>
+        <v>2126</v>
       </c>
       <c r="I230" t="s">
-        <v>2125</v>
+        <v>2127</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2126</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5805</v>
+        <v>5799</v>
       </c>
       <c r="B231" t="s">
-        <v>2127</v>
+        <v>2129</v>
       </c>
       <c r="C231" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="D231" t="s">
-        <v>2129</v>
+        <v>2131</v>
       </c>
       <c r="E231" t="s">
-        <v>2130</v>
+        <v>2132</v>
       </c>
       <c r="F231" t="s">
-        <v>2131</v>
+        <v>2133</v>
       </c>
       <c r="G231" t="s">
-        <v>2132</v>
+        <v>2134</v>
       </c>
       <c r="H231" t="s">
-        <v>2133</v>
+        <v>2135</v>
       </c>
       <c r="I231" t="s">
-        <v>2134</v>
+        <v>2136</v>
       </c>
       <c r="J231" t="s">
-        <v>24</v>
+        <v>1558</v>
       </c>
       <c r="K231" t="s">
-        <v>25</v>
+        <v>735</v>
       </c>
       <c r="L231" t="s">
-        <v>26</v>
+        <v>1560</v>
       </c>
       <c r="M231" t="s">
-        <v>27</v>
+        <v>736</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2135</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5808</v>
+        <v>5803</v>
       </c>
       <c r="B232" t="s">
-        <v>2136</v>
+        <v>2138</v>
       </c>
       <c r="C232" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="D232" t="s">
-        <v>2138</v>
+        <v>2140</v>
       </c>
       <c r="E232" t="s">
-        <v>2139</v>
+        <v>2141</v>
       </c>
       <c r="F232" t="s">
-        <v>2140</v>
+        <v>2142</v>
       </c>
       <c r="G232" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="H232" t="s">
-        <v>2142</v>
+        <v>2144</v>
       </c>
       <c r="I232" t="s">
-        <v>2143</v>
+        <v>2145</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
         <v>25</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
         <v>27</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2144</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5811</v>
+        <v>5805</v>
       </c>
       <c r="B233" t="s">
-        <v>2145</v>
+        <v>2147</v>
       </c>
       <c r="C233" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="D233" t="s">
-        <v>2147</v>
+        <v>2149</v>
       </c>
       <c r="E233" t="s">
-        <v>2148</v>
+        <v>2150</v>
       </c>
       <c r="F233" t="s">
-        <v>2149</v>
+        <v>2151</v>
       </c>
       <c r="G233" t="s">
-        <v>2150</v>
+        <v>2152</v>
       </c>
       <c r="H233" t="s">
-        <v>2151</v>
+        <v>2153</v>
       </c>
       <c r="I233" t="s">
-        <v>2152</v>
+        <v>2154</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
         <v>25</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
         <v>27</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2153</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5819</v>
+        <v>5808</v>
       </c>
       <c r="B234" t="s">
-        <v>2154</v>
+        <v>2156</v>
       </c>
       <c r="C234" t="s">
-        <v>2155</v>
+        <v>2157</v>
       </c>
       <c r="D234" t="s">
-        <v>2156</v>
+        <v>2158</v>
       </c>
       <c r="E234" t="s">
-        <v>2157</v>
+        <v>2159</v>
       </c>
       <c r="F234" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="G234" t="s">
-        <v>2159</v>
+        <v>2161</v>
       </c>
       <c r="H234" t="s">
-        <v>2160</v>
+        <v>2162</v>
       </c>
       <c r="I234" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
         <v>25</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
         <v>27</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2162</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5830</v>
+        <v>5811</v>
       </c>
       <c r="B235" t="s">
-        <v>2163</v>
+        <v>2165</v>
       </c>
       <c r="C235" t="s">
-        <v>2164</v>
+        <v>2166</v>
       </c>
       <c r="D235" t="s">
-        <v>2165</v>
+        <v>2167</v>
       </c>
       <c r="E235" t="s">
-        <v>2166</v>
+        <v>2168</v>
       </c>
       <c r="F235" t="s">
-        <v>2167</v>
+        <v>2169</v>
       </c>
       <c r="G235" t="s">
-        <v>2168</v>
+        <v>2170</v>
       </c>
       <c r="H235" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="I235" t="s">
-        <v>2170</v>
+        <v>2172</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
         <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
         <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2171</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5866</v>
+        <v>5819</v>
       </c>
       <c r="B236" t="s">
-        <v>2172</v>
+        <v>2174</v>
       </c>
       <c r="C236" t="s">
-        <v>2173</v>
+        <v>2175</v>
       </c>
       <c r="D236" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="E236" t="s">
-        <v>2175</v>
+        <v>2177</v>
       </c>
       <c r="F236" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
       <c r="G236" t="s">
-        <v>2177</v>
+        <v>2179</v>
       </c>
       <c r="H236" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="I236" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
         <v>25</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
         <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5907</v>
+        <v>5830</v>
       </c>
       <c r="B237" t="s">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="C237" t="s">
-        <v>2182</v>
+        <v>2184</v>
       </c>
       <c r="D237" t="s">
-        <v>2183</v>
+        <v>2185</v>
       </c>
       <c r="E237" t="s">
-        <v>2184</v>
+        <v>2186</v>
       </c>
       <c r="F237" t="s">
-        <v>2185</v>
+        <v>2187</v>
       </c>
       <c r="G237" t="s">
-        <v>2186</v>
+        <v>2188</v>
       </c>
       <c r="H237" t="s">
-        <v>2187</v>
+        <v>2189</v>
       </c>
       <c r="I237" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
         <v>25</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
         <v>27</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5913</v>
+        <v>5866</v>
       </c>
       <c r="B238" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
       <c r="C238" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="D238" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="E238" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="F238" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="G238" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
       <c r="H238" t="s">
-        <v>2196</v>
+        <v>2198</v>
       </c>
       <c r="I238" t="s">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2198</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5927</v>
+        <v>5887</v>
       </c>
       <c r="B239" t="s">
-        <v>2199</v>
+        <v>2201</v>
       </c>
       <c r="C239" t="s">
-        <v>2200</v>
+        <v>2202</v>
       </c>
       <c r="D239" t="s">
-        <v>2201</v>
+        <v>2203</v>
       </c>
       <c r="E239" t="s">
-        <v>2202</v>
+        <v>2204</v>
       </c>
       <c r="F239" t="s">
-        <v>2203</v>
+        <v>2205</v>
       </c>
       <c r="G239" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="H239" t="s">
-        <v>2205</v>
+        <v>2207</v>
       </c>
       <c r="I239" t="s">
-        <v>2206</v>
+        <v>2208</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>948</v>
+        <v>25</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
-        <v>949</v>
+        <v>27</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2207</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5928</v>
+        <v>5907</v>
       </c>
       <c r="B240" t="s">
-        <v>2208</v>
+        <v>2210</v>
       </c>
       <c r="C240" t="s">
-        <v>2209</v>
+        <v>2211</v>
       </c>
       <c r="D240" t="s">
-        <v>2210</v>
+        <v>2212</v>
       </c>
       <c r="E240" t="s">
-        <v>2211</v>
+        <v>2213</v>
       </c>
       <c r="F240" t="s">
-        <v>2212</v>
+        <v>2214</v>
       </c>
       <c r="G240" t="s">
-        <v>2213</v>
+        <v>2215</v>
       </c>
       <c r="H240" t="s">
-        <v>2214</v>
+        <v>2216</v>
       </c>
       <c r="I240" t="s">
-        <v>2215</v>
+        <v>2217</v>
       </c>
       <c r="J240" t="s">
-        <v>2216</v>
+        <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>2217</v>
+        <v>25</v>
       </c>
       <c r="L240" t="s">
+        <v>26</v>
+      </c>
+      <c r="M240" t="s">
+        <v>27</v>
+      </c>
+      <c r="N240" t="s">
+        <v>28</v>
+      </c>
+      <c r="O240" t="s">
         <v>2218</v>
-      </c>
-[...7 lines deleted...]
-        <v>2220</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5931</v>
+        <v>5913</v>
       </c>
       <c r="B241" t="s">
+        <v>2219</v>
+      </c>
+      <c r="C241" t="s">
+        <v>2220</v>
+      </c>
+      <c r="D241" t="s">
         <v>2221</v>
       </c>
-      <c r="C241" t="s">
+      <c r="E241" t="s">
         <v>2222</v>
       </c>
-      <c r="D241" t="s">
+      <c r="F241" t="s">
         <v>2223</v>
       </c>
-      <c r="E241" t="s">
+      <c r="G241" t="s">
         <v>2224</v>
       </c>
-      <c r="F241" t="s">
+      <c r="H241" t="s">
         <v>2225</v>
       </c>
-      <c r="G241" t="s">
+      <c r="I241" t="s">
         <v>2226</v>
       </c>
-      <c r="H241" t="s">
+      <c r="J241" t="s">
+        <v>24</v>
+      </c>
+      <c r="K241" t="s">
+        <v>47</v>
+      </c>
+      <c r="L241" t="s">
+        <v>26</v>
+      </c>
+      <c r="M241" t="s">
+        <v>48</v>
+      </c>
+      <c r="N241" t="s">
+        <v>28</v>
+      </c>
+      <c r="O241" t="s">
         <v>2227</v>
-      </c>
-[...19 lines deleted...]
-        <v>2229</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5932</v>
+        <v>5927</v>
       </c>
       <c r="B242" t="s">
+        <v>2228</v>
+      </c>
+      <c r="C242" t="s">
+        <v>2229</v>
+      </c>
+      <c r="D242" t="s">
         <v>2230</v>
       </c>
-      <c r="C242" t="s">
+      <c r="E242" t="s">
         <v>2231</v>
       </c>
-      <c r="D242" t="s">
+      <c r="F242" t="s">
         <v>2232</v>
       </c>
-      <c r="E242" t="s">
+      <c r="G242" t="s">
         <v>2233</v>
       </c>
-      <c r="F242" t="s">
+      <c r="H242" t="s">
         <v>2234</v>
       </c>
-      <c r="G242" t="s">
+      <c r="I242" t="s">
         <v>2235</v>
       </c>
-      <c r="H242" t="s">
+      <c r="J242" t="s">
+        <v>24</v>
+      </c>
+      <c r="K242" t="s">
+        <v>948</v>
+      </c>
+      <c r="L242" t="s">
+        <v>26</v>
+      </c>
+      <c r="M242" t="s">
+        <v>949</v>
+      </c>
+      <c r="N242" t="s">
+        <v>28</v>
+      </c>
+      <c r="O242" t="s">
         <v>2236</v>
-      </c>
-[...19 lines deleted...]
-        <v>2238</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5934</v>
+        <v>5928</v>
       </c>
       <c r="B243" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C243" t="s">
+        <v>2238</v>
+      </c>
+      <c r="D243" t="s">
         <v>2239</v>
       </c>
-      <c r="C243" t="s">
+      <c r="E243" t="s">
         <v>2240</v>
       </c>
-      <c r="D243" t="s">
+      <c r="F243" t="s">
         <v>2241</v>
       </c>
-      <c r="E243" t="s">
+      <c r="G243" t="s">
         <v>2242</v>
       </c>
-      <c r="F243" t="s">
+      <c r="H243" t="s">
         <v>2243</v>
       </c>
-      <c r="G243" t="s">
+      <c r="I243" t="s">
         <v>2244</v>
       </c>
-      <c r="H243" t="s">
+      <c r="J243" t="s">
         <v>2245</v>
       </c>
-      <c r="I243" t="s">
+      <c r="K243" t="s">
         <v>2246</v>
       </c>
-      <c r="J243" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L243" t="s">
-        <v>26</v>
+        <v>2247</v>
       </c>
       <c r="M243" t="s">
-        <v>131</v>
+        <v>2248</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2247</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5953</v>
+        <v>5931</v>
       </c>
       <c r="B244" t="s">
-        <v>2248</v>
+        <v>2250</v>
       </c>
       <c r="C244" t="s">
-        <v>2249</v>
+        <v>2251</v>
       </c>
       <c r="D244" t="s">
-        <v>2250</v>
+        <v>2252</v>
       </c>
       <c r="E244" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
       <c r="F244" t="s">
-        <v>2252</v>
+        <v>2254</v>
       </c>
       <c r="G244" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="H244" t="s">
-        <v>2254</v>
+        <v>2256</v>
       </c>
       <c r="I244" t="s">
-        <v>2255</v>
+        <v>2257</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
         <v>25</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
         <v>27</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2256</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5976</v>
+        <v>5932</v>
       </c>
       <c r="B245" t="s">
-        <v>2257</v>
+        <v>2259</v>
       </c>
       <c r="C245" t="s">
-        <v>2258</v>
+        <v>2260</v>
       </c>
       <c r="D245" t="s">
-        <v>2259</v>
+        <v>2261</v>
       </c>
       <c r="E245" t="s">
-        <v>2260</v>
+        <v>2262</v>
       </c>
       <c r="F245" t="s">
-        <v>2261</v>
+        <v>2263</v>
       </c>
       <c r="G245" t="s">
-        <v>2262</v>
+        <v>2264</v>
       </c>
       <c r="H245" t="s">
-        <v>2263</v>
+        <v>2265</v>
       </c>
       <c r="I245" t="s">
-        <v>2264</v>
+        <v>2266</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>1585</v>
+        <v>130</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
-        <v>1586</v>
+        <v>131</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2265</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5981</v>
+        <v>5934</v>
       </c>
       <c r="B246" t="s">
-        <v>2266</v>
+        <v>2268</v>
       </c>
       <c r="C246" t="s">
-        <v>2267</v>
+        <v>2269</v>
       </c>
       <c r="D246" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="E246" t="s">
-        <v>2269</v>
+        <v>2271</v>
       </c>
       <c r="F246" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
       <c r="G246" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="H246" t="s">
-        <v>2272</v>
+        <v>2274</v>
       </c>
       <c r="I246" t="s">
-        <v>2273</v>
+        <v>2275</v>
       </c>
       <c r="J246" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>2274</v>
+        <v>130</v>
       </c>
       <c r="L246" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M246" t="s">
-        <v>2275</v>
+        <v>131</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
         <v>2276</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5986</v>
+        <v>5953</v>
       </c>
       <c r="B247" t="s">
         <v>2277</v>
       </c>
       <c r="C247" t="s">
         <v>2278</v>
       </c>
       <c r="D247" t="s">
         <v>2279</v>
       </c>
       <c r="E247" t="s">
         <v>2280</v>
       </c>
       <c r="F247" t="s">
         <v>2281</v>
       </c>
       <c r="G247" t="s">
         <v>2282</v>
       </c>
       <c r="H247" t="s">
         <v>2283</v>
       </c>
       <c r="I247" t="s">
         <v>2284</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
         <v>2285</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5989</v>
+        <v>5976</v>
       </c>
       <c r="B248" t="s">
         <v>2286</v>
       </c>
       <c r="C248" t="s">
         <v>2287</v>
       </c>
       <c r="D248" t="s">
         <v>2288</v>
       </c>
       <c r="E248" t="s">
         <v>2289</v>
       </c>
       <c r="F248" t="s">
         <v>2290</v>
       </c>
       <c r="G248" t="s">
         <v>2291</v>
       </c>
       <c r="H248" t="s">
         <v>2292</v>
       </c>
       <c r="I248" t="s">
         <v>2293</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>1632</v>
+        <v>1429</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
-        <v>1633</v>
+        <v>1431</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
         <v>2294</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>6021</v>
+        <v>5981</v>
       </c>
       <c r="B249" t="s">
         <v>2295</v>
       </c>
       <c r="C249" t="s">
         <v>2296</v>
       </c>
       <c r="D249" t="s">
         <v>2297</v>
       </c>
       <c r="E249" t="s">
         <v>2298</v>
       </c>
       <c r="F249" t="s">
         <v>2299</v>
       </c>
       <c r="G249" t="s">
         <v>2300</v>
       </c>
       <c r="H249" t="s">
         <v>2301</v>
       </c>
       <c r="I249" t="s">
         <v>2302</v>
       </c>
       <c r="J249" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K249" t="s">
-        <v>25</v>
+        <v>2303</v>
       </c>
       <c r="L249" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M249" t="s">
-        <v>27</v>
+        <v>2304</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2303</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>6082</v>
+        <v>5986</v>
       </c>
       <c r="B250" t="s">
-        <v>2304</v>
+        <v>2306</v>
       </c>
       <c r="C250" t="s">
-        <v>2305</v>
+        <v>2307</v>
       </c>
       <c r="D250" t="s">
-        <v>2306</v>
+        <v>2308</v>
       </c>
       <c r="E250" t="s">
-        <v>2307</v>
+        <v>2309</v>
       </c>
       <c r="F250" t="s">
-        <v>2308</v>
+        <v>2310</v>
       </c>
       <c r="G250" t="s">
-        <v>2309</v>
+        <v>2311</v>
       </c>
       <c r="H250" t="s">
-        <v>2310</v>
+        <v>2312</v>
       </c>
       <c r="I250" t="s">
-        <v>2311</v>
+        <v>2313</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>2312</v>
+        <v>130</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>2313</v>
+        <v>131</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
         <v>2314</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>6112</v>
+        <v>5989</v>
       </c>
       <c r="B251" t="s">
         <v>2315</v>
       </c>
       <c r="C251" t="s">
         <v>2316</v>
       </c>
       <c r="D251" t="s">
         <v>2317</v>
       </c>
       <c r="E251" t="s">
         <v>2318</v>
       </c>
       <c r="F251" t="s">
         <v>2319</v>
       </c>
       <c r="G251" t="s">
         <v>2320</v>
       </c>
       <c r="H251" t="s">
         <v>2321</v>
       </c>
       <c r="I251" t="s">
         <v>2322</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>130</v>
+        <v>1652</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>131</v>
+        <v>1653</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
         <v>2323</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>6180</v>
+        <v>6021</v>
       </c>
       <c r="B252" t="s">
         <v>2324</v>
       </c>
       <c r="C252" t="s">
         <v>2325</v>
       </c>
       <c r="D252" t="s">
         <v>2326</v>
       </c>
       <c r="E252" t="s">
         <v>2327</v>
       </c>
       <c r="F252" t="s">
         <v>2328</v>
       </c>
       <c r="G252" t="s">
         <v>2329</v>
       </c>
       <c r="H252" t="s">
         <v>2330</v>
       </c>
       <c r="I252" t="s">
         <v>2331</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
         <v>25</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
         <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
         <v>2332</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>6203</v>
+        <v>6082</v>
       </c>
       <c r="B253" t="s">
         <v>2333</v>
       </c>
       <c r="C253" t="s">
         <v>2334</v>
       </c>
       <c r="D253" t="s">
         <v>2335</v>
       </c>
       <c r="E253" t="s">
         <v>2336</v>
       </c>
       <c r="F253" t="s">
         <v>2337</v>
       </c>
       <c r="G253" t="s">
         <v>2338</v>
       </c>
       <c r="H253" t="s">
         <v>2339</v>
       </c>
       <c r="I253" t="s">
         <v>2340</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>130</v>
+        <v>2341</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>131</v>
+        <v>2342</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2341</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>6208</v>
+        <v>6112</v>
       </c>
       <c r="B254" t="s">
-        <v>2342</v>
+        <v>2344</v>
       </c>
       <c r="C254" t="s">
-        <v>2343</v>
+        <v>2345</v>
       </c>
       <c r="D254" t="s">
-        <v>2344</v>
+        <v>2346</v>
       </c>
       <c r="E254" t="s">
-        <v>2345</v>
+        <v>2347</v>
       </c>
       <c r="F254" t="s">
-        <v>2346</v>
+        <v>2348</v>
       </c>
       <c r="G254" t="s">
-        <v>2347</v>
+        <v>2349</v>
       </c>
       <c r="H254" t="s">
-        <v>2348</v>
+        <v>2350</v>
       </c>
       <c r="I254" t="s">
-        <v>2349</v>
+        <v>2351</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
         <v>130</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
         <v>131</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2350</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>6211</v>
+        <v>6180</v>
       </c>
       <c r="B255" t="s">
-        <v>2351</v>
+        <v>2353</v>
       </c>
       <c r="C255" t="s">
-        <v>2352</v>
+        <v>2354</v>
       </c>
       <c r="D255" t="s">
-        <v>2353</v>
+        <v>2355</v>
       </c>
       <c r="E255" t="s">
-        <v>2354</v>
+        <v>2356</v>
       </c>
       <c r="F255" t="s">
-        <v>2355</v>
+        <v>2357</v>
       </c>
       <c r="G255" t="s">
-        <v>2356</v>
+        <v>2358</v>
       </c>
       <c r="H255" t="s">
-        <v>2357</v>
+        <v>2359</v>
       </c>
       <c r="I255" t="s">
-        <v>2358</v>
+        <v>2360</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2359</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>6254</v>
+        <v>6203</v>
       </c>
       <c r="B256" t="s">
-        <v>2360</v>
+        <v>2362</v>
       </c>
       <c r="C256" t="s">
-        <v>2361</v>
+        <v>2363</v>
       </c>
       <c r="D256" t="s">
-        <v>2362</v>
+        <v>2364</v>
       </c>
       <c r="E256" t="s">
-        <v>2363</v>
+        <v>2365</v>
       </c>
       <c r="F256" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="G256" t="s">
-        <v>2365</v>
+        <v>2367</v>
       </c>
       <c r="H256" t="s">
-        <v>2366</v>
+        <v>2368</v>
       </c>
       <c r="I256" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
         <v>130</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
         <v>131</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>6255</v>
+        <v>6208</v>
       </c>
       <c r="B257" t="s">
-        <v>2369</v>
+        <v>2371</v>
       </c>
       <c r="C257" t="s">
-        <v>2370</v>
+        <v>2372</v>
       </c>
       <c r="D257" t="s">
-        <v>2371</v>
+        <v>2373</v>
       </c>
       <c r="E257" t="s">
-        <v>2372</v>
+        <v>2374</v>
       </c>
       <c r="F257" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="G257" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="H257" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
       <c r="I257" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>2377</v>
+        <v>130</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>2378</v>
+        <v>131</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
         <v>2379</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>6258</v>
+        <v>6211</v>
       </c>
       <c r="B258" t="s">
         <v>2380</v>
       </c>
       <c r="C258" t="s">
         <v>2381</v>
       </c>
       <c r="D258" t="s">
         <v>2382</v>
       </c>
       <c r="E258" t="s">
         <v>2383</v>
       </c>
       <c r="F258" t="s">
         <v>2384</v>
       </c>
       <c r="G258" t="s">
         <v>2385</v>
       </c>
       <c r="H258" t="s">
         <v>2386</v>
       </c>
       <c r="I258" t="s">
         <v>2387</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
         <v>2388</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>6259</v>
+        <v>6254</v>
       </c>
       <c r="B259" t="s">
         <v>2389</v>
       </c>
       <c r="C259" t="s">
         <v>2390</v>
       </c>
       <c r="D259" t="s">
         <v>2391</v>
       </c>
       <c r="E259" t="s">
         <v>2392</v>
       </c>
       <c r="F259" t="s">
         <v>2393</v>
       </c>
       <c r="G259" t="s">
         <v>2394</v>
       </c>
       <c r="H259" t="s">
         <v>2395</v>
       </c>
       <c r="I259" t="s">
         <v>2396</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
         <v>130</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
         <v>131</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
         <v>2397</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>6261</v>
+        <v>6255</v>
       </c>
       <c r="B260" t="s">
         <v>2398</v>
       </c>
       <c r="C260" t="s">
         <v>2399</v>
       </c>
       <c r="D260" t="s">
         <v>2400</v>
       </c>
       <c r="E260" t="s">
         <v>2401</v>
       </c>
       <c r="F260" t="s">
         <v>2402</v>
       </c>
       <c r="G260" t="s">
         <v>2403</v>
       </c>
       <c r="H260" t="s">
         <v>2404</v>
       </c>
       <c r="I260" t="s">
         <v>2405</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>47</v>
+        <v>2406</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
-        <v>48</v>
+        <v>2407</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2406</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>6263</v>
+        <v>6258</v>
       </c>
       <c r="B261" t="s">
-        <v>2407</v>
+        <v>2409</v>
       </c>
       <c r="C261" t="s">
-        <v>2408</v>
+        <v>2410</v>
       </c>
       <c r="D261" t="s">
-        <v>2409</v>
+        <v>2411</v>
       </c>
       <c r="E261" t="s">
-        <v>2410</v>
+        <v>2412</v>
       </c>
       <c r="F261" t="s">
-        <v>2411</v>
+        <v>2413</v>
       </c>
       <c r="G261" t="s">
-        <v>2412</v>
+        <v>2414</v>
       </c>
       <c r="H261" t="s">
-        <v>2413</v>
+        <v>2415</v>
       </c>
       <c r="I261" t="s">
-        <v>2414</v>
+        <v>2416</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2415</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>6272</v>
+        <v>6259</v>
       </c>
       <c r="B262" t="s">
-        <v>2416</v>
+        <v>2418</v>
       </c>
       <c r="C262" t="s">
-        <v>2417</v>
+        <v>2419</v>
       </c>
       <c r="D262" t="s">
-        <v>2418</v>
+        <v>2420</v>
       </c>
       <c r="E262" t="s">
-        <v>2419</v>
+        <v>2421</v>
       </c>
       <c r="F262" t="s">
-        <v>2420</v>
+        <v>2422</v>
       </c>
       <c r="G262" t="s">
-        <v>2421</v>
+        <v>2423</v>
       </c>
       <c r="H262" t="s">
-        <v>2422</v>
+        <v>2424</v>
       </c>
       <c r="I262" t="s">
-        <v>2423</v>
+        <v>2425</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
         <v>130</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
         <v>131</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2424</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>6274</v>
+        <v>6261</v>
       </c>
       <c r="B263" t="s">
-        <v>2425</v>
+        <v>2427</v>
       </c>
       <c r="C263" t="s">
-        <v>2426</v>
+        <v>2428</v>
       </c>
       <c r="D263" t="s">
-        <v>2427</v>
+        <v>2429</v>
       </c>
       <c r="E263" t="s">
-        <v>2428</v>
+        <v>2430</v>
       </c>
       <c r="F263" t="s">
-        <v>2429</v>
+        <v>2431</v>
       </c>
       <c r="G263" t="s">
-        <v>2430</v>
+        <v>2432</v>
       </c>
       <c r="H263" t="s">
-        <v>2431</v>
+        <v>2433</v>
       </c>
       <c r="I263" t="s">
-        <v>2432</v>
+        <v>2434</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2433</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>6275</v>
+        <v>6263</v>
       </c>
       <c r="B264" t="s">
-        <v>2434</v>
+        <v>2436</v>
       </c>
       <c r="C264" t="s">
-        <v>2435</v>
+        <v>2437</v>
       </c>
       <c r="D264" t="s">
-        <v>2436</v>
+        <v>2438</v>
       </c>
       <c r="E264" t="s">
-        <v>2437</v>
+        <v>2439</v>
       </c>
       <c r="F264" t="s">
-        <v>2438</v>
+        <v>2440</v>
       </c>
       <c r="G264" t="s">
-        <v>2439</v>
+        <v>2441</v>
       </c>
       <c r="H264" t="s">
-        <v>2440</v>
+        <v>2442</v>
       </c>
       <c r="I264" t="s">
-        <v>2441</v>
+        <v>2443</v>
       </c>
       <c r="J264" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>1585</v>
+        <v>130</v>
       </c>
       <c r="L264" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M264" t="s">
-        <v>1586</v>
+        <v>131</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2442</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>6327</v>
+        <v>6272</v>
       </c>
       <c r="B265" t="s">
-        <v>2443</v>
+        <v>2445</v>
       </c>
       <c r="C265" t="s">
-        <v>2444</v>
+        <v>2446</v>
       </c>
       <c r="D265" t="s">
-        <v>2445</v>
+        <v>2447</v>
       </c>
       <c r="E265" t="s">
-        <v>2446</v>
+        <v>2448</v>
       </c>
       <c r="F265" t="s">
-        <v>2447</v>
+        <v>2449</v>
       </c>
       <c r="G265" t="s">
-        <v>2448</v>
+        <v>2450</v>
       </c>
       <c r="H265" t="s">
-        <v>2449</v>
+        <v>2451</v>
       </c>
       <c r="I265" t="s">
-        <v>2450</v>
+        <v>2452</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2451</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>6337</v>
+        <v>6274</v>
       </c>
       <c r="B266" t="s">
-        <v>2452</v>
+        <v>2454</v>
       </c>
       <c r="C266" t="s">
-        <v>2453</v>
+        <v>2455</v>
       </c>
       <c r="D266" t="s">
-        <v>2454</v>
+        <v>2456</v>
       </c>
       <c r="E266" t="s">
-        <v>2455</v>
+        <v>2457</v>
       </c>
       <c r="F266" t="s">
-        <v>2456</v>
+        <v>2458</v>
       </c>
       <c r="G266" t="s">
-        <v>2457</v>
+        <v>2459</v>
       </c>
       <c r="H266" t="s">
-        <v>2458</v>
+        <v>2460</v>
       </c>
       <c r="I266" t="s">
-        <v>2459</v>
+        <v>2461</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2460</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>6460</v>
+        <v>6275</v>
       </c>
       <c r="B267" t="s">
-        <v>2461</v>
+        <v>2463</v>
       </c>
       <c r="C267" t="s">
-        <v>2462</v>
+        <v>2464</v>
       </c>
       <c r="D267" t="s">
-        <v>2463</v>
+        <v>2465</v>
       </c>
       <c r="E267" t="s">
-        <v>2464</v>
+        <v>2466</v>
       </c>
       <c r="F267" t="s">
-        <v>2465</v>
+        <v>2467</v>
       </c>
       <c r="G267" t="s">
-        <v>2466</v>
+        <v>2468</v>
       </c>
       <c r="H267" t="s">
-        <v>2467</v>
+        <v>2469</v>
       </c>
       <c r="I267" t="s">
-        <v>2468</v>
+        <v>2470</v>
       </c>
       <c r="J267" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K267" t="s">
-        <v>25</v>
+        <v>1429</v>
       </c>
       <c r="L267" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M267" t="s">
-        <v>27</v>
+        <v>1431</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2469</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>6468</v>
+        <v>6327</v>
       </c>
       <c r="B268" t="s">
-        <v>2470</v>
+        <v>2472</v>
       </c>
       <c r="C268" t="s">
-        <v>2471</v>
+        <v>2473</v>
       </c>
       <c r="D268" t="s">
-        <v>2472</v>
+        <v>2474</v>
       </c>
       <c r="E268" t="s">
-        <v>2473</v>
+        <v>2475</v>
       </c>
       <c r="F268" t="s">
-        <v>2474</v>
+        <v>2476</v>
       </c>
       <c r="G268" t="s">
-        <v>2475</v>
+        <v>2477</v>
       </c>
       <c r="H268" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="I268" t="s">
-        <v>2477</v>
+        <v>2479</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2478</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>6761</v>
+        <v>6337</v>
       </c>
       <c r="B269" t="s">
-        <v>2479</v>
+        <v>2481</v>
       </c>
       <c r="C269" t="s">
-        <v>2480</v>
+        <v>2482</v>
       </c>
       <c r="D269" t="s">
-        <v>2481</v>
+        <v>2483</v>
       </c>
       <c r="E269" t="s">
-        <v>2482</v>
+        <v>2484</v>
       </c>
       <c r="F269" t="s">
-        <v>2483</v>
+        <v>2485</v>
       </c>
       <c r="G269" t="s">
-        <v>2484</v>
+        <v>2486</v>
       </c>
       <c r="H269" t="s">
-        <v>2485</v>
+        <v>2487</v>
       </c>
       <c r="I269" t="s">
-        <v>2486</v>
+        <v>2488</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2487</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>6762</v>
+        <v>6460</v>
       </c>
       <c r="B270" t="s">
-        <v>2488</v>
+        <v>2490</v>
       </c>
       <c r="C270" t="s">
-        <v>2489</v>
+        <v>2491</v>
       </c>
       <c r="D270" t="s">
-        <v>2490</v>
+        <v>2492</v>
       </c>
       <c r="E270" t="s">
-        <v>2491</v>
+        <v>2493</v>
       </c>
       <c r="F270" t="s">
-        <v>2492</v>
+        <v>2494</v>
       </c>
       <c r="G270" t="s">
-        <v>2493</v>
+        <v>2495</v>
       </c>
       <c r="H270" t="s">
-        <v>2494</v>
+        <v>2496</v>
       </c>
       <c r="I270" t="s">
-        <v>2495</v>
+        <v>2497</v>
       </c>
       <c r="J270" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>534</v>
+        <v>25</v>
       </c>
       <c r="L270" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>535</v>
+        <v>27</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2496</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>6765</v>
+        <v>6468</v>
       </c>
       <c r="B271" t="s">
-        <v>2497</v>
+        <v>2499</v>
       </c>
       <c r="C271" t="s">
-        <v>2498</v>
+        <v>2500</v>
       </c>
       <c r="D271" t="s">
-        <v>2499</v>
+        <v>2501</v>
       </c>
       <c r="E271" t="s">
-        <v>2500</v>
+        <v>2502</v>
       </c>
       <c r="F271" t="s">
-        <v>2501</v>
+        <v>2503</v>
       </c>
       <c r="G271" t="s">
-        <v>2502</v>
+        <v>2504</v>
       </c>
       <c r="H271" t="s">
-        <v>2503</v>
+        <v>2505</v>
       </c>
       <c r="I271" t="s">
-        <v>2504</v>
+        <v>2506</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2505</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>8265</v>
+        <v>6761</v>
       </c>
       <c r="B272" t="s">
-        <v>2506</v>
+        <v>2508</v>
       </c>
       <c r="C272" t="s">
-        <v>2507</v>
+        <v>2509</v>
       </c>
       <c r="D272" t="s">
-        <v>2508</v>
+        <v>2510</v>
       </c>
       <c r="E272" t="s">
-        <v>2509</v>
+        <v>2511</v>
       </c>
       <c r="F272" t="s">
-        <v>2510</v>
+        <v>2512</v>
       </c>
       <c r="G272" t="s">
-        <v>2511</v>
+        <v>2513</v>
       </c>
       <c r="H272" t="s">
-        <v>2512</v>
+        <v>2514</v>
       </c>
       <c r="I272" t="s">
-        <v>2513</v>
+        <v>2515</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>2514</v>
+        <v>25</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
-        <v>2515</v>
+        <v>27</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
         <v>2516</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>8289</v>
+        <v>6762</v>
       </c>
       <c r="B273" t="s">
         <v>2517</v>
       </c>
       <c r="C273" t="s">
         <v>2518</v>
       </c>
       <c r="D273" t="s">
         <v>2519</v>
       </c>
       <c r="E273" t="s">
         <v>2520</v>
       </c>
       <c r="F273" t="s">
         <v>2521</v>
       </c>
       <c r="G273" t="s">
         <v>2522</v>
       </c>
       <c r="H273" t="s">
         <v>2523</v>
       </c>
       <c r="I273" t="s">
         <v>2524</v>
       </c>
       <c r="J273" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K273" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="L273" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M273" t="s">
-        <v>506</v>
+        <v>535</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
         <v>2525</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>8386</v>
+        <v>6765</v>
       </c>
       <c r="B274" t="s">
         <v>2526</v>
       </c>
       <c r="C274" t="s">
         <v>2527</v>
       </c>
       <c r="D274" t="s">
         <v>2528</v>
       </c>
       <c r="E274" t="s">
         <v>2529</v>
       </c>
       <c r="F274" t="s">
         <v>2530</v>
       </c>
       <c r="G274" t="s">
         <v>2531</v>
       </c>
       <c r="H274" t="s">
         <v>2532</v>
       </c>
       <c r="I274" t="s">
         <v>2533</v>
       </c>
       <c r="J274" t="s">
-        <v>1545</v>
+        <v>24</v>
       </c>
       <c r="K274" t="s">
         <v>130</v>
       </c>
       <c r="L274" t="s">
-        <v>1547</v>
+        <v>26</v>
       </c>
       <c r="M274" t="s">
         <v>131</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
         <v>2534</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>8402</v>
+        <v>8265</v>
       </c>
       <c r="B275" t="s">
         <v>2535</v>
       </c>
       <c r="C275" t="s">
         <v>2536</v>
       </c>
       <c r="D275" t="s">
         <v>2537</v>
       </c>
       <c r="E275" t="s">
         <v>2538</v>
       </c>
       <c r="F275" t="s">
         <v>2539</v>
       </c>
       <c r="G275" t="s">
         <v>2540</v>
       </c>
       <c r="H275" t="s">
         <v>2541</v>
       </c>
       <c r="I275" t="s">
         <v>2542</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>130</v>
+        <v>2543</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
-        <v>131</v>
+        <v>2544</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2543</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>8903</v>
+        <v>8289</v>
       </c>
       <c r="B276" t="s">
-        <v>2544</v>
+        <v>2546</v>
       </c>
       <c r="C276" t="s">
-        <v>2545</v>
+        <v>2547</v>
       </c>
       <c r="D276" t="s">
-        <v>2546</v>
+        <v>2548</v>
       </c>
       <c r="E276" t="s">
-        <v>2547</v>
+        <v>2549</v>
       </c>
       <c r="F276" t="s">
-        <v>2548</v>
+        <v>2550</v>
       </c>
       <c r="G276" t="s">
-        <v>2549</v>
+        <v>2551</v>
       </c>
       <c r="H276" t="s">
-        <v>2550</v>
+        <v>2552</v>
       </c>
       <c r="I276" t="s">
-        <v>2551</v>
+        <v>2553</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>130</v>
+        <v>505</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
-        <v>131</v>
+        <v>506</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2552</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>8904</v>
+        <v>8386</v>
       </c>
       <c r="B277" t="s">
-        <v>2553</v>
+        <v>2555</v>
       </c>
       <c r="C277" t="s">
-        <v>2554</v>
+        <v>2556</v>
       </c>
       <c r="D277" t="s">
-        <v>2555</v>
+        <v>2557</v>
       </c>
       <c r="E277" t="s">
-        <v>2556</v>
+        <v>2558</v>
       </c>
       <c r="F277" t="s">
-        <v>2557</v>
+        <v>2559</v>
       </c>
       <c r="G277" t="s">
-        <v>2558</v>
+        <v>2560</v>
       </c>
       <c r="H277" t="s">
-        <v>2559</v>
+        <v>2561</v>
       </c>
       <c r="I277" t="s">
-        <v>2560</v>
+        <v>2562</v>
       </c>
       <c r="J277" t="s">
-        <v>24</v>
+        <v>1558</v>
       </c>
       <c r="K277" t="s">
         <v>130</v>
       </c>
       <c r="L277" t="s">
-        <v>26</v>
+        <v>1560</v>
       </c>
       <c r="M277" t="s">
         <v>131</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2561</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>8914</v>
+        <v>8402</v>
       </c>
       <c r="B278" t="s">
-        <v>2562</v>
+        <v>2564</v>
       </c>
       <c r="C278" t="s">
-        <v>2563</v>
+        <v>2565</v>
       </c>
       <c r="D278" t="s">
-        <v>2564</v>
+        <v>2566</v>
       </c>
       <c r="E278" t="s">
-        <v>2565</v>
+        <v>2567</v>
       </c>
       <c r="F278" t="s">
-        <v>2566</v>
+        <v>2568</v>
       </c>
       <c r="G278" t="s">
-        <v>2567</v>
+        <v>2569</v>
       </c>
       <c r="H278" t="s">
-        <v>2568</v>
+        <v>2570</v>
       </c>
       <c r="I278" t="s">
-        <v>2569</v>
+        <v>2571</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2570</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>8918</v>
+        <v>8903</v>
       </c>
       <c r="B279" t="s">
-        <v>2571</v>
+        <v>2573</v>
       </c>
       <c r="C279" t="s">
-        <v>2572</v>
+        <v>2574</v>
       </c>
       <c r="D279" t="s">
-        <v>2573</v>
+        <v>2575</v>
       </c>
       <c r="E279" t="s">
-        <v>2574</v>
+        <v>2576</v>
       </c>
       <c r="F279" t="s">
-        <v>2575</v>
+        <v>2577</v>
       </c>
       <c r="G279" t="s">
-        <v>2576</v>
+        <v>2578</v>
       </c>
       <c r="H279" t="s">
-        <v>2577</v>
+        <v>2579</v>
       </c>
       <c r="I279" t="s">
-        <v>2578</v>
+        <v>2580</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2579</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>8945</v>
+        <v>8904</v>
       </c>
       <c r="B280" t="s">
-        <v>2580</v>
+        <v>2582</v>
       </c>
       <c r="C280" t="s">
-        <v>2581</v>
+        <v>2583</v>
       </c>
       <c r="D280" t="s">
-        <v>2582</v>
+        <v>2584</v>
       </c>
       <c r="E280" t="s">
-        <v>2583</v>
+        <v>2585</v>
       </c>
       <c r="F280" t="s">
-        <v>2584</v>
+        <v>2586</v>
       </c>
       <c r="G280" t="s">
-        <v>2585</v>
+        <v>2587</v>
       </c>
       <c r="H280" t="s">
-        <v>2586</v>
+        <v>2588</v>
       </c>
       <c r="I280" t="s">
-        <v>2587</v>
+        <v>2589</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2588</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>8951</v>
+        <v>8914</v>
       </c>
       <c r="B281" t="s">
-        <v>2589</v>
+        <v>2591</v>
       </c>
       <c r="C281" t="s">
-        <v>2590</v>
+        <v>2592</v>
       </c>
       <c r="D281" t="s">
-        <v>2591</v>
+        <v>2593</v>
       </c>
       <c r="E281" t="s">
-        <v>2592</v>
+        <v>2594</v>
       </c>
       <c r="F281" t="s">
-        <v>2593</v>
+        <v>2595</v>
       </c>
       <c r="G281" t="s">
-        <v>2594</v>
+        <v>2596</v>
       </c>
       <c r="H281" t="s">
-        <v>2595</v>
+        <v>2597</v>
       </c>
       <c r="I281" t="s">
-        <v>2596</v>
+        <v>2598</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2597</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>10014</v>
+        <v>8918</v>
       </c>
       <c r="B282" t="s">
-        <v>2598</v>
+        <v>2600</v>
       </c>
       <c r="C282" t="s">
-        <v>2599</v>
+        <v>2601</v>
       </c>
       <c r="D282" t="s">
-        <v>2600</v>
+        <v>2602</v>
       </c>
       <c r="E282" t="s">
-        <v>2601</v>
+        <v>2603</v>
       </c>
       <c r="F282" t="s">
-        <v>2602</v>
+        <v>2604</v>
       </c>
       <c r="G282" t="s">
-        <v>2603</v>
+        <v>2605</v>
       </c>
       <c r="H282" t="s">
-        <v>2604</v>
+        <v>2606</v>
       </c>
       <c r="I282" t="s">
-        <v>2605</v>
+        <v>2607</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>2606</v>
+        <v>25</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
-        <v>2607</v>
+        <v>27</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
         <v>2608</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>10015</v>
+        <v>8945</v>
       </c>
       <c r="B283" t="s">
         <v>2609</v>
       </c>
       <c r="C283" t="s">
         <v>2610</v>
       </c>
       <c r="D283" t="s">
         <v>2611</v>
       </c>
       <c r="E283" t="s">
         <v>2612</v>
       </c>
       <c r="F283" t="s">
         <v>2613</v>
       </c>
       <c r="G283" t="s">
         <v>2614</v>
       </c>
       <c r="H283" t="s">
         <v>2615</v>
       </c>
       <c r="I283" t="s">
         <v>2616</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
         <v>2617</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>10036</v>
+        <v>8951</v>
       </c>
       <c r="B284" t="s">
         <v>2618</v>
       </c>
       <c r="C284" t="s">
         <v>2619</v>
       </c>
       <c r="D284" t="s">
         <v>2620</v>
       </c>
       <c r="E284" t="s">
         <v>2621</v>
       </c>
       <c r="F284" t="s">
         <v>2622</v>
       </c>
       <c r="G284" t="s">
         <v>2623</v>
       </c>
       <c r="H284" t="s">
         <v>2624</v>
       </c>
       <c r="I284" t="s">
         <v>2625</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
         <v>2626</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>10098</v>
+        <v>10014</v>
       </c>
       <c r="B285" t="s">
         <v>2627</v>
       </c>
       <c r="C285" t="s">
         <v>2628</v>
       </c>
       <c r="D285" t="s">
         <v>2629</v>
       </c>
       <c r="E285" t="s">
         <v>2630</v>
       </c>
       <c r="F285" t="s">
         <v>2631</v>
       </c>
       <c r="G285" t="s">
         <v>2632</v>
       </c>
       <c r="H285" t="s">
         <v>2633</v>
       </c>
       <c r="I285" t="s">
         <v>2634</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
-        <v>25</v>
+        <v>2635</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
-        <v>27</v>
+        <v>2636</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2635</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>10101</v>
+        <v>10015</v>
       </c>
       <c r="B286" t="s">
-        <v>2636</v>
+        <v>2638</v>
       </c>
       <c r="C286" t="s">
-        <v>2637</v>
+        <v>2639</v>
       </c>
       <c r="D286" t="s">
-        <v>2638</v>
+        <v>2640</v>
       </c>
       <c r="E286" t="s">
-        <v>2639</v>
+        <v>2641</v>
       </c>
       <c r="F286" t="s">
-        <v>2640</v>
+        <v>2642</v>
       </c>
       <c r="G286" t="s">
-        <v>2641</v>
+        <v>2643</v>
       </c>
       <c r="H286" t="s">
-        <v>2642</v>
+        <v>2644</v>
       </c>
       <c r="I286" t="s">
-        <v>2643</v>
+        <v>2645</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2644</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>10412</v>
+        <v>10036</v>
       </c>
       <c r="B287" t="s">
-        <v>2645</v>
+        <v>2647</v>
       </c>
       <c r="C287" t="s">
-        <v>2646</v>
+        <v>2648</v>
       </c>
       <c r="D287" t="s">
-        <v>2647</v>
+        <v>2649</v>
       </c>
       <c r="E287" t="s">
-        <v>2648</v>
+        <v>2650</v>
       </c>
       <c r="F287" t="s">
-        <v>2649</v>
+        <v>2651</v>
       </c>
       <c r="G287" t="s">
-        <v>2650</v>
+        <v>2652</v>
       </c>
       <c r="H287" t="s">
-        <v>2651</v>
+        <v>2653</v>
       </c>
       <c r="I287" t="s">
-        <v>2652</v>
+        <v>2654</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
         <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
         <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2653</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>10603</v>
+        <v>10098</v>
       </c>
       <c r="B288" t="s">
-        <v>2654</v>
+        <v>2656</v>
       </c>
       <c r="C288" t="s">
-        <v>2655</v>
+        <v>2657</v>
       </c>
       <c r="D288" t="s">
-        <v>2656</v>
+        <v>2658</v>
       </c>
       <c r="E288" t="s">
-        <v>2657</v>
+        <v>2659</v>
       </c>
       <c r="F288" t="s">
-        <v>2658</v>
+        <v>2660</v>
       </c>
       <c r="G288" t="s">
-        <v>2659</v>
+        <v>2661</v>
       </c>
       <c r="H288" t="s">
-        <v>2660</v>
+        <v>2662</v>
       </c>
       <c r="I288" t="s">
-        <v>2661</v>
+        <v>2663</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
         <v>25</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
         <v>27</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2662</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>10647</v>
+        <v>10101</v>
       </c>
       <c r="B289" t="s">
-        <v>2663</v>
+        <v>2665</v>
       </c>
       <c r="C289" t="s">
-        <v>2664</v>
+        <v>2666</v>
       </c>
       <c r="D289" t="s">
-        <v>2665</v>
+        <v>2667</v>
       </c>
       <c r="E289" t="s">
-        <v>2666</v>
+        <v>2668</v>
       </c>
       <c r="F289" t="s">
-        <v>2667</v>
+        <v>2669</v>
       </c>
       <c r="G289" t="s">
-        <v>2668</v>
+        <v>2670</v>
       </c>
       <c r="H289" t="s">
-        <v>2669</v>
+        <v>2671</v>
       </c>
       <c r="I289" t="s">
-        <v>2670</v>
+        <v>2672</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2671</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>10887</v>
+        <v>10412</v>
       </c>
       <c r="B290" t="s">
-        <v>2672</v>
+        <v>2674</v>
       </c>
       <c r="C290" t="s">
-        <v>2673</v>
+        <v>2675</v>
       </c>
       <c r="D290" t="s">
-        <v>2674</v>
+        <v>2676</v>
       </c>
       <c r="E290" t="s">
-        <v>2675</v>
+        <v>2677</v>
       </c>
       <c r="F290" t="s">
-        <v>2676</v>
+        <v>2678</v>
       </c>
       <c r="G290" t="s">
-        <v>2677</v>
+        <v>2679</v>
       </c>
       <c r="H290" t="s">
-        <v>2678</v>
+        <v>2680</v>
       </c>
       <c r="I290" t="s">
-        <v>2679</v>
+        <v>2681</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
         <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
         <v>27</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2680</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>10925</v>
+        <v>10603</v>
       </c>
       <c r="B291" t="s">
-        <v>2681</v>
+        <v>2683</v>
       </c>
       <c r="C291" t="s">
-        <v>2682</v>
+        <v>2684</v>
       </c>
       <c r="D291" t="s">
-        <v>2683</v>
+        <v>2685</v>
       </c>
       <c r="E291" t="s">
-        <v>2684</v>
+        <v>2686</v>
       </c>
       <c r="F291" t="s">
-        <v>2685</v>
+        <v>2687</v>
       </c>
       <c r="G291" t="s">
-        <v>2686</v>
+        <v>2688</v>
       </c>
       <c r="H291" t="s">
-        <v>2687</v>
+        <v>2689</v>
       </c>
       <c r="I291" t="s">
-        <v>2688</v>
+        <v>2690</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
         <v>25</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
         <v>27</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2689</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>10930</v>
+        <v>10647</v>
       </c>
       <c r="B292" t="s">
-        <v>2690</v>
+        <v>2692</v>
       </c>
       <c r="C292" t="s">
-        <v>2691</v>
+        <v>2693</v>
       </c>
       <c r="D292" t="s">
-        <v>2692</v>
+        <v>2694</v>
       </c>
       <c r="E292" t="s">
-        <v>2693</v>
+        <v>2695</v>
       </c>
       <c r="F292" t="s">
-        <v>2694</v>
+        <v>2696</v>
       </c>
       <c r="G292" t="s">
-        <v>2695</v>
+        <v>2697</v>
       </c>
       <c r="H292" t="s">
-        <v>2696</v>
+        <v>2698</v>
       </c>
       <c r="I292" t="s">
-        <v>2697</v>
+        <v>2699</v>
       </c>
       <c r="J292" t="s">
-        <v>2698</v>
+        <v>24</v>
       </c>
       <c r="K292" t="s">
-        <v>724</v>
+        <v>130</v>
       </c>
       <c r="L292" t="s">
-        <v>2699</v>
+        <v>26</v>
       </c>
       <c r="M292" t="s">
-        <v>725</v>
+        <v>131</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
         <v>2700</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>10947</v>
+        <v>10887</v>
       </c>
       <c r="B293" t="s">
         <v>2701</v>
       </c>
       <c r="C293" t="s">
         <v>2702</v>
       </c>
       <c r="D293" t="s">
         <v>2703</v>
       </c>
       <c r="E293" t="s">
         <v>2704</v>
       </c>
       <c r="F293" t="s">
         <v>2705</v>
       </c>
       <c r="G293" t="s">
         <v>2706</v>
       </c>
       <c r="H293" t="s">
         <v>2707</v>
       </c>
       <c r="I293" t="s">
         <v>2708</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
         <v>2709</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>10948</v>
+        <v>10925</v>
       </c>
       <c r="B294" t="s">
         <v>2710</v>
       </c>
       <c r="C294" t="s">
         <v>2711</v>
       </c>
       <c r="D294" t="s">
         <v>2712</v>
       </c>
       <c r="E294" t="s">
         <v>2713</v>
       </c>
       <c r="F294" t="s">
         <v>2714</v>
       </c>
       <c r="G294" t="s">
         <v>2715</v>
       </c>
       <c r="H294" t="s">
         <v>2716</v>
       </c>
       <c r="I294" t="s">
         <v>2717</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
         <v>2718</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>10950</v>
+        <v>10930</v>
       </c>
       <c r="B295" t="s">
         <v>2719</v>
       </c>
       <c r="C295" t="s">
         <v>2720</v>
       </c>
       <c r="D295" t="s">
         <v>2721</v>
       </c>
       <c r="E295" t="s">
         <v>2722</v>
       </c>
       <c r="F295" t="s">
         <v>2723</v>
       </c>
       <c r="G295" t="s">
         <v>2724</v>
       </c>
       <c r="H295" t="s">
         <v>2725</v>
       </c>
       <c r="I295" t="s">
         <v>2726</v>
       </c>
       <c r="J295" t="s">
-        <v>24</v>
+        <v>2727</v>
       </c>
       <c r="K295" t="s">
-        <v>2727</v>
+        <v>724</v>
       </c>
       <c r="L295" t="s">
-        <v>26</v>
+        <v>2728</v>
       </c>
       <c r="M295" t="s">
-        <v>2728</v>
+        <v>725</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
         <v>2729</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>10951</v>
+        <v>10947</v>
       </c>
       <c r="B296" t="s">
         <v>2730</v>
       </c>
       <c r="C296" t="s">
         <v>2731</v>
       </c>
       <c r="D296" t="s">
         <v>2732</v>
       </c>
       <c r="E296" t="s">
         <v>2733</v>
       </c>
       <c r="F296" t="s">
         <v>2734</v>
       </c>
       <c r="G296" t="s">
         <v>2735</v>
       </c>
       <c r="H296" t="s">
         <v>2736</v>
       </c>
       <c r="I296" t="s">
         <v>2737</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
         <v>2738</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>11220</v>
+        <v>10948</v>
       </c>
       <c r="B297" t="s">
         <v>2739</v>
       </c>
       <c r="C297" t="s">
         <v>2740</v>
       </c>
       <c r="D297" t="s">
         <v>2741</v>
       </c>
       <c r="E297" t="s">
         <v>2742</v>
       </c>
       <c r="F297" t="s">
         <v>2743</v>
       </c>
       <c r="G297" t="s">
         <v>2744</v>
       </c>
       <c r="H297" t="s">
         <v>2745</v>
       </c>
       <c r="I297" t="s">
         <v>2746</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>534</v>
+        <v>130</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
-        <v>535</v>
+        <v>131</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
         <v>2747</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>11231</v>
+        <v>10950</v>
       </c>
       <c r="B298" t="s">
         <v>2748</v>
       </c>
       <c r="C298" t="s">
         <v>2749</v>
       </c>
       <c r="D298" t="s">
         <v>2750</v>
       </c>
       <c r="E298" t="s">
         <v>2751</v>
       </c>
       <c r="F298" t="s">
         <v>2752</v>
       </c>
       <c r="G298" t="s">
         <v>2753</v>
       </c>
       <c r="H298" t="s">
         <v>2754</v>
       </c>
       <c r="I298" t="s">
         <v>2755</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
-        <v>130</v>
+        <v>2756</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
-        <v>131</v>
+        <v>2757</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2756</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>11287</v>
+        <v>10951</v>
       </c>
       <c r="B299" t="s">
-        <v>2757</v>
+        <v>2759</v>
       </c>
       <c r="C299" t="s">
-        <v>2758</v>
+        <v>2760</v>
       </c>
       <c r="D299" t="s">
-        <v>2759</v>
+        <v>2761</v>
       </c>
       <c r="E299" t="s">
-        <v>2760</v>
+        <v>2762</v>
       </c>
       <c r="F299" t="s">
-        <v>2761</v>
+        <v>2763</v>
       </c>
       <c r="G299" t="s">
-        <v>2762</v>
+        <v>2764</v>
       </c>
       <c r="H299" t="s">
-        <v>2763</v>
+        <v>2765</v>
       </c>
       <c r="I299" t="s">
-        <v>2764</v>
+        <v>2766</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2765</v>
+        <v>2767</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>58060</v>
+        <v>11220</v>
       </c>
       <c r="B300" t="s">
-        <v>2766</v>
+        <v>2768</v>
       </c>
       <c r="C300" t="s">
-        <v>2767</v>
+        <v>2769</v>
       </c>
       <c r="D300" t="s">
-        <v>2768</v>
+        <v>2770</v>
       </c>
       <c r="E300" t="s">
-        <v>2769</v>
+        <v>2771</v>
       </c>
       <c r="F300" t="s">
-        <v>2770</v>
+        <v>2772</v>
       </c>
       <c r="G300" t="s">
-        <v>2771</v>
+        <v>2773</v>
       </c>
       <c r="H300" t="s">
-        <v>2772</v>
+        <v>2774</v>
       </c>
       <c r="I300" t="s">
-        <v>2773</v>
+        <v>2775</v>
       </c>
       <c r="J300" t="s">
         <v>24</v>
       </c>
       <c r="K300" t="s">
-        <v>2774</v>
+        <v>534</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
-        <v>2775</v>
+        <v>535</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
         <v>2776</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>58066</v>
+        <v>11231</v>
       </c>
       <c r="B301" t="s">
         <v>2777</v>
       </c>
       <c r="C301" t="s">
         <v>2778</v>
       </c>
       <c r="D301" t="s">
         <v>2779</v>
       </c>
       <c r="E301" t="s">
         <v>2780</v>
       </c>
       <c r="F301" t="s">
         <v>2781</v>
       </c>
       <c r="G301" t="s">
         <v>2782</v>
       </c>
       <c r="H301" t="s">
         <v>2783</v>
       </c>
       <c r="I301" t="s">
         <v>2784</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>724</v>
+        <v>130</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>725</v>
+        <v>131</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
         <v>2785</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>58120</v>
+        <v>11287</v>
       </c>
       <c r="B302" t="s">
         <v>2786</v>
       </c>
       <c r="C302" t="s">
         <v>2787</v>
       </c>
       <c r="D302" t="s">
         <v>2788</v>
       </c>
       <c r="E302" t="s">
         <v>2789</v>
       </c>
       <c r="F302" t="s">
         <v>2790</v>
       </c>
       <c r="G302" t="s">
         <v>2791</v>
       </c>
       <c r="H302" t="s">
         <v>2792</v>
       </c>
       <c r="I302" t="s">
         <v>2793</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
         <v>2794</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>58122</v>
+        <v>58060</v>
       </c>
       <c r="B303" t="s">
         <v>2795</v>
       </c>
       <c r="C303" t="s">
         <v>2796</v>
       </c>
       <c r="D303" t="s">
         <v>2797</v>
       </c>
       <c r="E303" t="s">
         <v>2798</v>
       </c>
       <c r="F303" t="s">
         <v>2799</v>
       </c>
       <c r="G303" t="s">
         <v>2800</v>
       </c>
       <c r="H303" t="s">
         <v>2801</v>
       </c>
       <c r="I303" t="s">
         <v>2802</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>130</v>
+        <v>2803</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
-        <v>131</v>
+        <v>2804</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2803</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>58218</v>
+        <v>58066</v>
       </c>
       <c r="B304" t="s">
-        <v>2804</v>
+        <v>2806</v>
       </c>
       <c r="C304" t="s">
-        <v>2805</v>
+        <v>2807</v>
       </c>
       <c r="D304" t="s">
-        <v>2806</v>
+        <v>2808</v>
       </c>
       <c r="E304" t="s">
-        <v>2807</v>
+        <v>2809</v>
       </c>
       <c r="F304" t="s">
-        <v>2808</v>
+        <v>2810</v>
       </c>
       <c r="G304" t="s">
-        <v>2809</v>
+        <v>2811</v>
       </c>
       <c r="H304" t="s">
-        <v>2810</v>
+        <v>2812</v>
       </c>
       <c r="I304" t="s">
-        <v>2811</v>
+        <v>2813</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>130</v>
+        <v>724</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
-        <v>131</v>
+        <v>725</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2812</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>58223</v>
+        <v>58120</v>
       </c>
       <c r="B305" t="s">
-        <v>2813</v>
+        <v>2815</v>
       </c>
       <c r="C305" t="s">
-        <v>2814</v>
+        <v>2816</v>
       </c>
       <c r="D305" t="s">
-        <v>2815</v>
+        <v>2817</v>
       </c>
       <c r="E305" t="s">
-        <v>2816</v>
+        <v>2818</v>
       </c>
       <c r="F305" t="s">
-        <v>2817</v>
+        <v>2819</v>
       </c>
       <c r="G305" t="s">
-        <v>2818</v>
+        <v>2820</v>
       </c>
       <c r="H305" t="s">
-        <v>2819</v>
+        <v>2821</v>
       </c>
       <c r="I305" t="s">
-        <v>2820</v>
+        <v>2822</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2821</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>58259</v>
+        <v>58122</v>
       </c>
       <c r="B306" t="s">
-        <v>2822</v>
+        <v>2824</v>
       </c>
       <c r="C306" t="s">
-        <v>2823</v>
+        <v>2825</v>
       </c>
       <c r="D306" t="s">
-        <v>2824</v>
+        <v>2826</v>
       </c>
       <c r="E306" t="s">
-        <v>2825</v>
+        <v>2827</v>
       </c>
       <c r="F306" t="s">
-        <v>2826</v>
+        <v>2828</v>
       </c>
       <c r="G306" t="s">
-        <v>2827</v>
+        <v>2829</v>
       </c>
       <c r="H306" t="s">
-        <v>2828</v>
+        <v>2830</v>
       </c>
       <c r="I306" t="s">
-        <v>2829</v>
+        <v>2831</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>2830</v>
+        <v>130</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>2831</v>
+        <v>131</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
         <v>2832</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>64637</v>
+        <v>58218</v>
       </c>
       <c r="B307" t="s">
         <v>2833</v>
       </c>
       <c r="C307" t="s">
         <v>2834</v>
       </c>
       <c r="D307" t="s">
         <v>2835</v>
       </c>
       <c r="E307" t="s">
         <v>2836</v>
       </c>
       <c r="F307" t="s">
         <v>2837</v>
       </c>
       <c r="G307" t="s">
         <v>2838</v>
       </c>
       <c r="H307" t="s">
         <v>2839</v>
       </c>
       <c r="I307" t="s">
         <v>2840</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
         <v>2841</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>64689</v>
+        <v>58223</v>
       </c>
       <c r="B308" t="s">
         <v>2842</v>
       </c>
       <c r="C308" t="s">
         <v>2843</v>
       </c>
       <c r="D308" t="s">
         <v>2844</v>
       </c>
       <c r="E308" t="s">
         <v>2845</v>
       </c>
       <c r="F308" t="s">
         <v>2846</v>
       </c>
       <c r="G308" t="s">
         <v>2847</v>
       </c>
       <c r="H308" t="s">
         <v>2848</v>
       </c>
       <c r="I308" t="s">
         <v>2849</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>948</v>
+        <v>130</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
-        <v>949</v>
+        <v>131</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
         <v>2850</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>65000</v>
+        <v>58259</v>
       </c>
       <c r="B309" t="s">
         <v>2851</v>
       </c>
       <c r="C309" t="s">
         <v>2852</v>
       </c>
       <c r="D309" t="s">
         <v>2853</v>
       </c>
       <c r="E309" t="s">
         <v>2854</v>
       </c>
       <c r="F309" t="s">
         <v>2855</v>
       </c>
       <c r="G309" t="s">
         <v>2856</v>
       </c>
       <c r="H309" t="s">
         <v>2857</v>
       </c>
       <c r="I309" t="s">
         <v>2858</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
-        <v>25</v>
+        <v>2859</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
-        <v>27</v>
+        <v>2860</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2859</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>65001</v>
+        <v>64597</v>
       </c>
       <c r="B310" t="s">
-        <v>2860</v>
+        <v>2862</v>
       </c>
       <c r="C310" t="s">
-        <v>2861</v>
+        <v>2863</v>
       </c>
       <c r="D310" t="s">
-        <v>2862</v>
+        <v>2864</v>
       </c>
       <c r="E310" t="s">
-        <v>2863</v>
+        <v>2865</v>
       </c>
       <c r="F310" t="s">
-        <v>2864</v>
+        <v>2866</v>
       </c>
       <c r="G310" t="s">
-        <v>2865</v>
+        <v>2867</v>
       </c>
       <c r="H310" t="s">
-        <v>2866</v>
+        <v>2868</v>
       </c>
       <c r="I310" t="s">
-        <v>2867</v>
+        <v>2869</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>130</v>
+        <v>2870</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>131</v>
+        <v>2871</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2868</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>65002</v>
+        <v>64637</v>
       </c>
       <c r="B311" t="s">
-        <v>2869</v>
+        <v>2873</v>
       </c>
       <c r="C311" t="s">
-        <v>2870</v>
+        <v>2874</v>
       </c>
       <c r="D311" t="s">
-        <v>2871</v>
+        <v>2875</v>
       </c>
       <c r="E311" t="s">
-        <v>2872</v>
+        <v>2876</v>
       </c>
       <c r="F311" t="s">
-        <v>2873</v>
+        <v>2877</v>
       </c>
       <c r="G311" t="s">
-        <v>2874</v>
+        <v>2878</v>
       </c>
       <c r="H311" t="s">
-        <v>2875</v>
+        <v>2879</v>
       </c>
       <c r="I311" t="s">
-        <v>2876</v>
+        <v>2880</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2877</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>65003</v>
+        <v>64689</v>
       </c>
       <c r="B312" t="s">
-        <v>2878</v>
+        <v>2882</v>
       </c>
       <c r="C312" t="s">
-        <v>2879</v>
+        <v>2883</v>
       </c>
       <c r="D312" t="s">
-        <v>2880</v>
+        <v>2884</v>
       </c>
       <c r="E312" t="s">
-        <v>2881</v>
+        <v>2885</v>
       </c>
       <c r="F312" t="s">
-        <v>2882</v>
+        <v>2886</v>
       </c>
       <c r="G312" t="s">
-        <v>2883</v>
+        <v>2887</v>
       </c>
       <c r="H312" t="s">
-        <v>2884</v>
+        <v>2888</v>
       </c>
       <c r="I312" t="s">
-        <v>2885</v>
+        <v>2889</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>130</v>
+        <v>948</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>131</v>
+        <v>949</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2886</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>65004</v>
+        <v>65000</v>
       </c>
       <c r="B313" t="s">
-        <v>2887</v>
+        <v>2891</v>
       </c>
       <c r="C313" t="s">
-        <v>2888</v>
+        <v>2892</v>
       </c>
       <c r="D313" t="s">
-        <v>2889</v>
+        <v>2893</v>
       </c>
       <c r="E313" t="s">
-        <v>2890</v>
+        <v>2894</v>
       </c>
       <c r="F313" t="s">
-        <v>2891</v>
+        <v>2895</v>
       </c>
       <c r="G313" t="s">
-        <v>2892</v>
+        <v>2896</v>
       </c>
       <c r="H313" t="s">
-        <v>2893</v>
+        <v>2897</v>
       </c>
       <c r="I313" t="s">
-        <v>2894</v>
+        <v>2898</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2895</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>65005</v>
+        <v>65001</v>
       </c>
       <c r="B314" t="s">
-        <v>2896</v>
+        <v>2900</v>
       </c>
       <c r="C314" t="s">
-        <v>2897</v>
+        <v>2901</v>
       </c>
       <c r="D314" t="s">
-        <v>2898</v>
+        <v>2902</v>
       </c>
       <c r="E314" t="s">
-        <v>2899</v>
+        <v>2903</v>
       </c>
       <c r="F314" t="s">
-        <v>2900</v>
+        <v>2904</v>
       </c>
       <c r="G314" t="s">
-        <v>2901</v>
+        <v>2905</v>
       </c>
       <c r="H314" t="s">
-        <v>2902</v>
+        <v>2906</v>
       </c>
       <c r="I314" t="s">
-        <v>2903</v>
+        <v>2907</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>2904</v>
+        <v>130</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>2905</v>
+        <v>131</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2906</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>65006</v>
+        <v>65002</v>
       </c>
       <c r="B315" t="s">
-        <v>2907</v>
+        <v>2909</v>
       </c>
       <c r="C315" t="s">
-        <v>2908</v>
+        <v>2910</v>
       </c>
       <c r="D315" t="s">
-        <v>2909</v>
+        <v>2911</v>
       </c>
       <c r="E315" t="s">
-        <v>2910</v>
+        <v>2912</v>
       </c>
       <c r="F315" t="s">
-        <v>2911</v>
+        <v>2913</v>
       </c>
       <c r="G315" t="s">
-        <v>2912</v>
+        <v>2914</v>
       </c>
       <c r="H315" t="s">
-        <v>2913</v>
+        <v>2915</v>
       </c>
       <c r="I315" t="s">
-        <v>2914</v>
+        <v>2916</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>2915</v>
+        <v>25</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
-        <v>2916</v>
+        <v>27</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
         <v>2917</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>65007</v>
+        <v>65003</v>
       </c>
       <c r="B316" t="s">
         <v>2918</v>
       </c>
       <c r="C316" t="s">
         <v>2919</v>
       </c>
       <c r="D316" t="s">
         <v>2920</v>
       </c>
       <c r="E316" t="s">
         <v>2921</v>
       </c>
       <c r="F316" t="s">
         <v>2922</v>
       </c>
       <c r="G316" t="s">
         <v>2923</v>
       </c>
       <c r="H316" t="s">
         <v>2924</v>
       </c>
       <c r="I316" t="s">
         <v>2925</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
         <v>2926</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>65008</v>
+        <v>65004</v>
       </c>
       <c r="B317" t="s">
         <v>2927</v>
       </c>
       <c r="C317" t="s">
         <v>2928</v>
       </c>
       <c r="D317" t="s">
         <v>2929</v>
       </c>
       <c r="E317" t="s">
         <v>2930</v>
       </c>
       <c r="F317" t="s">
         <v>2931</v>
       </c>
       <c r="G317" t="s">
         <v>2932</v>
       </c>
       <c r="H317" t="s">
         <v>2933</v>
       </c>
       <c r="I317" t="s">
         <v>2934</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
         <v>130</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
         <v>131</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
         <v>2935</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>65009</v>
+        <v>65005</v>
       </c>
       <c r="B318" t="s">
         <v>2936</v>
       </c>
       <c r="C318" t="s">
         <v>2937</v>
       </c>
       <c r="D318" t="s">
         <v>2938</v>
       </c>
       <c r="E318" t="s">
         <v>2939</v>
       </c>
       <c r="F318" t="s">
         <v>2940</v>
       </c>
       <c r="G318" t="s">
         <v>2941</v>
       </c>
       <c r="H318" t="s">
         <v>2942</v>
       </c>
       <c r="I318" t="s">
         <v>2943</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>130</v>
+        <v>2944</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
-        <v>131</v>
+        <v>2945</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2944</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>65010</v>
+        <v>65006</v>
       </c>
       <c r="B319" t="s">
-        <v>2945</v>
+        <v>2947</v>
       </c>
       <c r="C319" t="s">
-        <v>2946</v>
+        <v>2948</v>
       </c>
       <c r="D319" t="s">
-        <v>2947</v>
+        <v>2949</v>
       </c>
       <c r="E319" t="s">
-        <v>2948</v>
+        <v>2950</v>
       </c>
       <c r="F319" t="s">
-        <v>2949</v>
+        <v>2951</v>
       </c>
       <c r="G319" t="s">
-        <v>2950</v>
+        <v>2952</v>
       </c>
       <c r="H319" t="s">
-        <v>2951</v>
+        <v>2953</v>
       </c>
       <c r="I319" t="s">
-        <v>2952</v>
+        <v>2954</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>25</v>
+        <v>2955</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
-        <v>27</v>
+        <v>2956</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2953</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>65011</v>
+        <v>65007</v>
       </c>
       <c r="B320" t="s">
-        <v>2954</v>
+        <v>2958</v>
       </c>
       <c r="C320" t="s">
-        <v>2955</v>
+        <v>2959</v>
       </c>
       <c r="D320" t="s">
-        <v>2956</v>
+        <v>2960</v>
       </c>
       <c r="E320" t="s">
-        <v>2957</v>
+        <v>2961</v>
       </c>
       <c r="F320" t="s">
-        <v>2958</v>
+        <v>2962</v>
       </c>
       <c r="G320" t="s">
-        <v>2959</v>
+        <v>2963</v>
       </c>
       <c r="H320" t="s">
-        <v>2960</v>
+        <v>2964</v>
       </c>
       <c r="I320" t="s">
-        <v>2961</v>
+        <v>2965</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2962</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>65012</v>
+        <v>65008</v>
       </c>
       <c r="B321" t="s">
-        <v>2963</v>
+        <v>2967</v>
       </c>
       <c r="C321" t="s">
-        <v>2964</v>
+        <v>2968</v>
       </c>
       <c r="D321" t="s">
-        <v>2965</v>
+        <v>2969</v>
       </c>
       <c r="E321" t="s">
-        <v>2966</v>
+        <v>2970</v>
       </c>
       <c r="F321" t="s">
-        <v>2967</v>
+        <v>2971</v>
       </c>
       <c r="G321" t="s">
-        <v>2968</v>
+        <v>2972</v>
       </c>
       <c r="H321" t="s">
-        <v>2969</v>
+        <v>2973</v>
       </c>
       <c r="I321" t="s">
-        <v>2970</v>
+        <v>2974</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>2971</v>
+        <v>130</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>2972</v>
+        <v>131</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2973</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>65013</v>
+        <v>65009</v>
       </c>
       <c r="B322" t="s">
-        <v>2974</v>
+        <v>2976</v>
       </c>
       <c r="C322" t="s">
-        <v>2975</v>
+        <v>2977</v>
       </c>
       <c r="D322" t="s">
-        <v>2976</v>
+        <v>2978</v>
       </c>
       <c r="E322" t="s">
-        <v>2977</v>
+        <v>2979</v>
       </c>
       <c r="F322" t="s">
-        <v>2978</v>
+        <v>2980</v>
       </c>
       <c r="G322" t="s">
-        <v>2979</v>
+        <v>2981</v>
       </c>
       <c r="H322" t="s">
-        <v>2980</v>
+        <v>2982</v>
       </c>
       <c r="I322" t="s">
-        <v>2981</v>
+        <v>2983</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2982</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>65014</v>
+        <v>65010</v>
       </c>
       <c r="B323" t="s">
-        <v>2983</v>
+        <v>2985</v>
       </c>
       <c r="C323" t="s">
-        <v>2984</v>
+        <v>2986</v>
       </c>
       <c r="D323" t="s">
-        <v>2985</v>
+        <v>2987</v>
       </c>
       <c r="E323" t="s">
-        <v>2986</v>
+        <v>2988</v>
       </c>
       <c r="F323" t="s">
-        <v>2987</v>
+        <v>2989</v>
       </c>
       <c r="G323" t="s">
-        <v>2988</v>
+        <v>2990</v>
       </c>
       <c r="H323" t="s">
-        <v>2989</v>
+        <v>2991</v>
       </c>
       <c r="I323" t="s">
-        <v>2990</v>
+        <v>2992</v>
       </c>
       <c r="J323" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>534</v>
+        <v>25</v>
       </c>
       <c r="L323" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>535</v>
+        <v>27</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2991</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>65015</v>
+        <v>65011</v>
       </c>
       <c r="B324" t="s">
-        <v>2992</v>
+        <v>2994</v>
       </c>
       <c r="C324" t="s">
-        <v>2993</v>
+        <v>2995</v>
       </c>
       <c r="D324" t="s">
-        <v>2994</v>
+        <v>2996</v>
       </c>
       <c r="E324" t="s">
-        <v>2995</v>
+        <v>2997</v>
       </c>
       <c r="F324" t="s">
-        <v>2996</v>
+        <v>2998</v>
       </c>
       <c r="G324" t="s">
-        <v>2997</v>
+        <v>2999</v>
       </c>
       <c r="H324" t="s">
-        <v>2998</v>
+        <v>3000</v>
       </c>
       <c r="I324" t="s">
-        <v>2999</v>
+        <v>3001</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
         <v>130</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
         <v>131</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>3000</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>65016</v>
+        <v>65012</v>
       </c>
       <c r="B325" t="s">
-        <v>3001</v>
+        <v>3003</v>
       </c>
       <c r="C325" t="s">
-        <v>3002</v>
+        <v>3004</v>
       </c>
       <c r="D325" t="s">
-        <v>3003</v>
+        <v>3005</v>
       </c>
       <c r="E325" t="s">
-        <v>3004</v>
+        <v>3006</v>
       </c>
       <c r="F325" t="s">
-        <v>3005</v>
+        <v>3007</v>
       </c>
       <c r="G325" t="s">
-        <v>3006</v>
+        <v>3008</v>
       </c>
       <c r="H325" t="s">
-        <v>3007</v>
+        <v>3009</v>
       </c>
       <c r="I325" t="s">
-        <v>3008</v>
+        <v>3010</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
-        <v>25</v>
+        <v>3011</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
-        <v>27</v>
+        <v>3012</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3009</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>65017</v>
+        <v>65013</v>
       </c>
       <c r="B326" t="s">
-        <v>3010</v>
+        <v>3014</v>
       </c>
       <c r="C326" t="s">
-        <v>3011</v>
+        <v>3015</v>
       </c>
       <c r="D326" t="s">
-        <v>3012</v>
+        <v>3016</v>
       </c>
       <c r="E326" t="s">
-        <v>3013</v>
+        <v>3017</v>
       </c>
       <c r="F326" t="s">
-        <v>3014</v>
+        <v>3018</v>
       </c>
       <c r="G326" t="s">
-        <v>3015</v>
+        <v>3019</v>
       </c>
       <c r="H326" t="s">
-        <v>3016</v>
+        <v>3020</v>
       </c>
       <c r="I326" t="s">
-        <v>3017</v>
+        <v>3021</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>3018</v>
+        <v>25</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
-        <v>3019</v>
+        <v>27</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3020</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>65018</v>
+        <v>65014</v>
       </c>
       <c r="B327" t="s">
-        <v>3021</v>
+        <v>3023</v>
       </c>
       <c r="C327" t="s">
-        <v>3022</v>
+        <v>3024</v>
       </c>
       <c r="D327" t="s">
-        <v>3023</v>
+        <v>3025</v>
       </c>
       <c r="E327" t="s">
-        <v>3024</v>
+        <v>3026</v>
       </c>
       <c r="F327" t="s">
-        <v>3025</v>
+        <v>3027</v>
       </c>
       <c r="G327" t="s">
-        <v>3026</v>
+        <v>3028</v>
       </c>
       <c r="H327" t="s">
-        <v>3027</v>
+        <v>3029</v>
       </c>
       <c r="I327" t="s">
-        <v>3028</v>
+        <v>3030</v>
       </c>
       <c r="J327" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K327" t="s">
-        <v>3029</v>
+        <v>534</v>
       </c>
       <c r="L327" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M327" t="s">
-        <v>3030</v>
+        <v>535</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
         <v>3031</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>65019</v>
+        <v>65015</v>
       </c>
       <c r="B328" t="s">
         <v>3032</v>
       </c>
       <c r="C328" t="s">
         <v>3033</v>
       </c>
       <c r="D328" t="s">
         <v>3034</v>
       </c>
       <c r="E328" t="s">
         <v>3035</v>
       </c>
       <c r="F328" t="s">
         <v>3036</v>
       </c>
       <c r="G328" t="s">
         <v>3037</v>
       </c>
       <c r="H328" t="s">
         <v>3038</v>
       </c>
       <c r="I328" t="s">
         <v>3039</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
         <v>130</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
         <v>131</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
         <v>3040</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>65020</v>
+        <v>65016</v>
       </c>
       <c r="B329" t="s">
         <v>3041</v>
       </c>
       <c r="C329" t="s">
         <v>3042</v>
       </c>
       <c r="D329" t="s">
         <v>3043</v>
       </c>
       <c r="E329" t="s">
         <v>3044</v>
       </c>
       <c r="F329" t="s">
         <v>3045</v>
       </c>
       <c r="G329" t="s">
         <v>3046</v>
       </c>
       <c r="H329" t="s">
         <v>3047</v>
       </c>
       <c r="I329" t="s">
         <v>3048</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
+        <v>25</v>
+      </c>
+      <c r="L329" t="s">
+        <v>26</v>
+      </c>
+      <c r="M329" t="s">
+        <v>27</v>
+      </c>
+      <c r="N329" t="s">
+        <v>28</v>
+      </c>
+      <c r="O329" t="s">
         <v>3049</v>
-      </c>
-[...10 lines deleted...]
-        <v>3051</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>65021</v>
+        <v>65017</v>
       </c>
       <c r="B330" t="s">
+        <v>3050</v>
+      </c>
+      <c r="C330" t="s">
+        <v>3051</v>
+      </c>
+      <c r="D330" t="s">
         <v>3052</v>
       </c>
-      <c r="C330" t="s">
+      <c r="E330" t="s">
         <v>3053</v>
       </c>
-      <c r="D330" t="s">
+      <c r="F330" t="s">
         <v>3054</v>
       </c>
-      <c r="E330" t="s">
+      <c r="G330" t="s">
         <v>3055</v>
       </c>
-      <c r="F330" t="s">
+      <c r="H330" t="s">
         <v>3056</v>
       </c>
-      <c r="G330" t="s">
+      <c r="I330" t="s">
         <v>3057</v>
       </c>
-      <c r="H330" t="s">
+      <c r="J330" t="s">
+        <v>24</v>
+      </c>
+      <c r="K330" t="s">
         <v>3058</v>
       </c>
-      <c r="I330" t="s">
+      <c r="L330" t="s">
+        <v>26</v>
+      </c>
+      <c r="M330" t="s">
         <v>3059</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
         <v>3060</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>65022</v>
+        <v>65018</v>
       </c>
       <c r="B331" t="s">
         <v>3061</v>
       </c>
       <c r="C331" t="s">
         <v>3062</v>
       </c>
       <c r="D331" t="s">
         <v>3063</v>
       </c>
       <c r="E331" t="s">
         <v>3064</v>
       </c>
       <c r="F331" t="s">
         <v>3065</v>
       </c>
       <c r="G331" t="s">
         <v>3066</v>
       </c>
       <c r="H331" t="s">
         <v>3067</v>
       </c>
       <c r="I331" t="s">
         <v>3068</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>25</v>
+        <v>3069</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
-        <v>27</v>
+        <v>3070</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3069</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>65023</v>
+        <v>65019</v>
       </c>
       <c r="B332" t="s">
-        <v>3070</v>
+        <v>3072</v>
       </c>
       <c r="C332" t="s">
-        <v>3071</v>
+        <v>3073</v>
       </c>
       <c r="D332" t="s">
-        <v>3072</v>
+        <v>3074</v>
       </c>
       <c r="E332" t="s">
-        <v>3073</v>
+        <v>3075</v>
       </c>
       <c r="F332" t="s">
-        <v>3074</v>
+        <v>3076</v>
       </c>
       <c r="G332" t="s">
-        <v>3075</v>
+        <v>3077</v>
       </c>
       <c r="H332" t="s">
-        <v>3076</v>
+        <v>3078</v>
       </c>
       <c r="I332" t="s">
-        <v>3077</v>
+        <v>3079</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3078</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>65025</v>
+        <v>65020</v>
       </c>
       <c r="B333" t="s">
-        <v>3079</v>
+        <v>3081</v>
       </c>
       <c r="C333" t="s">
-        <v>3080</v>
+        <v>3082</v>
       </c>
       <c r="D333" t="s">
-        <v>3081</v>
+        <v>3083</v>
       </c>
       <c r="E333" t="s">
-        <v>3082</v>
+        <v>3084</v>
       </c>
       <c r="F333" t="s">
-        <v>3083</v>
+        <v>3085</v>
       </c>
       <c r="G333" t="s">
-        <v>3084</v>
+        <v>3086</v>
       </c>
       <c r="H333" t="s">
-        <v>3085</v>
+        <v>3087</v>
       </c>
       <c r="I333" t="s">
-        <v>3086</v>
+        <v>3088</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>25</v>
+        <v>3089</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>27</v>
+        <v>3090</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3087</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>65026</v>
+        <v>65021</v>
       </c>
       <c r="B334" t="s">
-        <v>3088</v>
+        <v>3092</v>
       </c>
       <c r="C334" t="s">
-        <v>3089</v>
+        <v>3093</v>
       </c>
       <c r="D334" t="s">
-        <v>3090</v>
+        <v>3094</v>
       </c>
       <c r="E334" t="s">
-        <v>3091</v>
+        <v>3095</v>
       </c>
       <c r="F334" t="s">
-        <v>3092</v>
+        <v>3096</v>
       </c>
       <c r="G334" t="s">
-        <v>3093</v>
+        <v>3097</v>
       </c>
       <c r="H334" t="s">
-        <v>3094</v>
+        <v>3098</v>
       </c>
       <c r="I334" t="s">
-        <v>3095</v>
+        <v>3099</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
         <v>25</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
         <v>27</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3096</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>65027</v>
+        <v>65022</v>
       </c>
       <c r="B335" t="s">
-        <v>3097</v>
+        <v>3101</v>
       </c>
       <c r="C335" t="s">
-        <v>3098</v>
+        <v>3102</v>
       </c>
       <c r="D335" t="s">
-        <v>3099</v>
+        <v>3103</v>
       </c>
       <c r="E335" t="s">
-        <v>3100</v>
+        <v>3104</v>
       </c>
       <c r="F335" t="s">
-        <v>3101</v>
+        <v>3105</v>
       </c>
       <c r="G335" t="s">
-        <v>3102</v>
+        <v>3106</v>
       </c>
       <c r="H335" t="s">
-        <v>3103</v>
+        <v>3107</v>
       </c>
       <c r="I335" t="s">
-        <v>3104</v>
+        <v>3108</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>534</v>
+        <v>25</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>535</v>
+        <v>27</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3105</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>65028</v>
+        <v>65023</v>
       </c>
       <c r="B336" t="s">
-        <v>3106</v>
+        <v>3110</v>
       </c>
       <c r="C336" t="s">
-        <v>3107</v>
+        <v>3111</v>
       </c>
       <c r="D336" t="s">
-        <v>3108</v>
+        <v>3112</v>
       </c>
       <c r="E336" t="s">
-        <v>3109</v>
+        <v>3113</v>
       </c>
       <c r="F336" t="s">
-        <v>3110</v>
+        <v>3114</v>
       </c>
       <c r="G336" t="s">
-        <v>3111</v>
+        <v>3115</v>
       </c>
       <c r="H336" t="s">
-        <v>3112</v>
+        <v>3116</v>
       </c>
       <c r="I336" t="s">
-        <v>3113</v>
+        <v>3117</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
         <v>25</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
         <v>27</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3114</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>65030</v>
+        <v>65025</v>
       </c>
       <c r="B337" t="s">
-        <v>3115</v>
+        <v>3119</v>
       </c>
       <c r="C337" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="D337" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="E337" t="s">
-        <v>3118</v>
+        <v>3122</v>
       </c>
       <c r="F337" t="s">
-        <v>3119</v>
+        <v>3123</v>
       </c>
       <c r="G337" t="s">
-        <v>3120</v>
+        <v>3124</v>
       </c>
       <c r="H337" t="s">
-        <v>3121</v>
+        <v>3125</v>
       </c>
       <c r="I337" t="s">
-        <v>3122</v>
+        <v>3126</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
         <v>25</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
         <v>27</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3123</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>65031</v>
+        <v>65026</v>
       </c>
       <c r="B338" t="s">
-        <v>3124</v>
+        <v>3128</v>
       </c>
       <c r="C338" t="s">
-        <v>3125</v>
+        <v>3129</v>
       </c>
       <c r="D338" t="s">
-        <v>3126</v>
+        <v>3130</v>
       </c>
       <c r="E338" t="s">
-        <v>3127</v>
+        <v>3131</v>
       </c>
       <c r="F338" t="s">
-        <v>3128</v>
+        <v>3132</v>
       </c>
       <c r="G338" t="s">
-        <v>3129</v>
+        <v>3133</v>
       </c>
       <c r="H338" t="s">
-        <v>3130</v>
+        <v>3134</v>
       </c>
       <c r="I338" t="s">
-        <v>3131</v>
+        <v>3135</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
         <v>25</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
         <v>27</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3132</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>65032</v>
+        <v>65027</v>
       </c>
       <c r="B339" t="s">
-        <v>3133</v>
+        <v>3137</v>
       </c>
       <c r="C339" t="s">
-        <v>3134</v>
+        <v>3138</v>
       </c>
       <c r="D339" t="s">
-        <v>3135</v>
+        <v>3139</v>
       </c>
       <c r="E339" t="s">
-        <v>3136</v>
+        <v>3140</v>
       </c>
       <c r="F339" t="s">
-        <v>3137</v>
+        <v>3141</v>
       </c>
       <c r="G339" t="s">
-        <v>3138</v>
+        <v>3142</v>
       </c>
       <c r="H339" t="s">
-        <v>3139</v>
+        <v>3143</v>
       </c>
       <c r="I339" t="s">
-        <v>3140</v>
+        <v>3144</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
-        <v>130</v>
+        <v>534</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
-        <v>131</v>
+        <v>535</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3141</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>65033</v>
+        <v>65028</v>
       </c>
       <c r="B340" t="s">
-        <v>3142</v>
+        <v>3146</v>
       </c>
       <c r="C340" t="s">
-        <v>3143</v>
+        <v>3147</v>
       </c>
       <c r="D340" t="s">
-        <v>3144</v>
+        <v>3148</v>
       </c>
       <c r="E340" t="s">
-        <v>3145</v>
+        <v>3149</v>
       </c>
       <c r="F340" t="s">
-        <v>3146</v>
+        <v>3150</v>
       </c>
       <c r="G340" t="s">
-        <v>3147</v>
+        <v>3151</v>
       </c>
       <c r="H340" t="s">
-        <v>3148</v>
+        <v>3152</v>
       </c>
       <c r="I340" t="s">
-        <v>3149</v>
+        <v>3153</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
-        <v>3150</v>
+        <v>25</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
-        <v>3151</v>
+        <v>27</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3152</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>65034</v>
+        <v>65030</v>
       </c>
       <c r="B341" t="s">
-        <v>3153</v>
+        <v>3155</v>
       </c>
       <c r="C341" t="s">
-        <v>3154</v>
+        <v>3156</v>
       </c>
       <c r="D341" t="s">
-        <v>3155</v>
+        <v>3157</v>
       </c>
       <c r="E341" t="s">
-        <v>3156</v>
+        <v>3158</v>
       </c>
       <c r="F341" t="s">
-        <v>3157</v>
+        <v>3159</v>
       </c>
       <c r="G341" t="s">
-        <v>3158</v>
+        <v>3160</v>
       </c>
       <c r="H341" t="s">
-        <v>3159</v>
+        <v>3161</v>
       </c>
       <c r="I341" t="s">
-        <v>3160</v>
+        <v>3162</v>
       </c>
       <c r="J341" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K341" t="s">
-        <v>2312</v>
+        <v>25</v>
       </c>
       <c r="L341" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M341" t="s">
-        <v>2313</v>
+        <v>27</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3161</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>65035</v>
+        <v>65031</v>
       </c>
       <c r="B342" t="s">
-        <v>3162</v>
+        <v>3164</v>
       </c>
       <c r="C342" t="s">
-        <v>3163</v>
+        <v>3165</v>
       </c>
       <c r="D342" t="s">
-        <v>3164</v>
+        <v>3166</v>
       </c>
       <c r="E342" t="s">
-        <v>3165</v>
+        <v>3167</v>
       </c>
       <c r="F342" t="s">
-        <v>3166</v>
+        <v>3168</v>
       </c>
       <c r="G342" t="s">
-        <v>3167</v>
+        <v>3169</v>
       </c>
       <c r="H342" t="s">
-        <v>3168</v>
+        <v>3170</v>
       </c>
       <c r="I342" t="s">
-        <v>3169</v>
+        <v>3171</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
         <v>25</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
         <v>27</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3170</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>65036</v>
+        <v>65032</v>
       </c>
       <c r="B343" t="s">
-        <v>3171</v>
+        <v>3173</v>
       </c>
       <c r="C343" t="s">
-        <v>3172</v>
+        <v>3174</v>
       </c>
       <c r="D343" t="s">
-        <v>3173</v>
+        <v>3175</v>
       </c>
       <c r="E343" t="s">
-        <v>3174</v>
+        <v>3176</v>
       </c>
       <c r="F343" t="s">
-        <v>3175</v>
+        <v>3177</v>
       </c>
       <c r="G343" t="s">
-        <v>3176</v>
+        <v>3178</v>
       </c>
       <c r="H343" t="s">
-        <v>3177</v>
+        <v>3179</v>
       </c>
       <c r="I343" t="s">
-        <v>3178</v>
+        <v>3180</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3179</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>65037</v>
+        <v>65033</v>
       </c>
       <c r="B344" t="s">
-        <v>3180</v>
+        <v>3182</v>
       </c>
       <c r="C344" t="s">
-        <v>3181</v>
+        <v>3183</v>
       </c>
       <c r="D344" t="s">
-        <v>3182</v>
+        <v>3184</v>
       </c>
       <c r="E344" t="s">
-        <v>3183</v>
+        <v>3185</v>
       </c>
       <c r="F344" t="s">
-        <v>3184</v>
+        <v>3186</v>
       </c>
       <c r="G344" t="s">
-        <v>3185</v>
+        <v>3187</v>
       </c>
       <c r="H344" t="s">
-        <v>3186</v>
+        <v>3188</v>
       </c>
       <c r="I344" t="s">
-        <v>3187</v>
+        <v>3189</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>25</v>
+        <v>3190</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>27</v>
+        <v>3191</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3188</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>65038</v>
+        <v>65034</v>
       </c>
       <c r="B345" t="s">
-        <v>3189</v>
+        <v>3193</v>
       </c>
       <c r="C345" t="s">
-        <v>3190</v>
+        <v>3194</v>
       </c>
       <c r="D345" t="s">
-        <v>3191</v>
+        <v>3195</v>
       </c>
       <c r="E345" t="s">
-        <v>3192</v>
+        <v>3196</v>
       </c>
       <c r="F345" t="s">
-        <v>3193</v>
+        <v>3197</v>
       </c>
       <c r="G345" t="s">
-        <v>3194</v>
+        <v>3198</v>
       </c>
       <c r="H345" t="s">
-        <v>3195</v>
+        <v>3199</v>
       </c>
       <c r="I345" t="s">
-        <v>3196</v>
+        <v>3200</v>
       </c>
       <c r="J345" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K345" t="s">
-        <v>130</v>
+        <v>2341</v>
       </c>
       <c r="L345" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M345" t="s">
-        <v>131</v>
+        <v>2342</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3197</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>65039</v>
+        <v>65035</v>
       </c>
       <c r="B346" t="s">
-        <v>3198</v>
+        <v>3202</v>
       </c>
       <c r="C346" t="s">
-        <v>3199</v>
+        <v>3203</v>
       </c>
       <c r="D346" t="s">
-        <v>3200</v>
+        <v>3204</v>
       </c>
       <c r="E346" t="s">
-        <v>3201</v>
+        <v>3205</v>
       </c>
       <c r="F346" t="s">
-        <v>3202</v>
+        <v>3206</v>
       </c>
       <c r="G346" t="s">
-        <v>3203</v>
+        <v>3207</v>
       </c>
       <c r="H346" t="s">
-        <v>3204</v>
+        <v>3208</v>
       </c>
       <c r="I346" t="s">
-        <v>3205</v>
+        <v>3209</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3206</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>65040</v>
+        <v>65036</v>
       </c>
       <c r="B347" t="s">
-        <v>3207</v>
+        <v>3211</v>
       </c>
       <c r="C347" t="s">
-        <v>3208</v>
+        <v>3212</v>
       </c>
       <c r="D347" t="s">
-        <v>3209</v>
+        <v>3213</v>
       </c>
       <c r="E347" t="s">
-        <v>3210</v>
+        <v>3214</v>
       </c>
       <c r="F347" t="s">
-        <v>3211</v>
+        <v>3215</v>
       </c>
       <c r="G347" t="s">
-        <v>3212</v>
+        <v>3216</v>
       </c>
       <c r="H347" t="s">
-        <v>3213</v>
+        <v>3217</v>
       </c>
       <c r="I347" t="s">
-        <v>3214</v>
+        <v>3218</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>1585</v>
+        <v>25</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>1586</v>
+        <v>27</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3215</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>65043</v>
+        <v>65037</v>
       </c>
       <c r="B348" t="s">
-        <v>3216</v>
+        <v>3220</v>
       </c>
       <c r="C348" t="s">
-        <v>3217</v>
+        <v>3221</v>
       </c>
       <c r="D348" t="s">
-        <v>3218</v>
+        <v>3222</v>
       </c>
       <c r="E348" t="s">
-        <v>3219</v>
+        <v>3223</v>
       </c>
       <c r="F348" t="s">
-        <v>3220</v>
+        <v>3224</v>
       </c>
       <c r="G348" t="s">
-        <v>3221</v>
+        <v>3225</v>
       </c>
       <c r="H348" t="s">
-        <v>3222</v>
+        <v>3226</v>
       </c>
       <c r="I348" t="s">
-        <v>3223</v>
+        <v>3227</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
         <v>25</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
         <v>27</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3224</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>65044</v>
+        <v>65038</v>
       </c>
       <c r="B349" t="s">
-        <v>3225</v>
+        <v>3229</v>
       </c>
       <c r="C349" t="s">
-        <v>3226</v>
+        <v>3230</v>
       </c>
       <c r="D349" t="s">
-        <v>3227</v>
+        <v>3231</v>
       </c>
       <c r="E349" t="s">
-        <v>3228</v>
+        <v>3232</v>
       </c>
       <c r="F349" t="s">
-        <v>3229</v>
+        <v>3233</v>
       </c>
       <c r="G349" t="s">
-        <v>3230</v>
+        <v>3234</v>
       </c>
       <c r="H349" t="s">
-        <v>3231</v>
+        <v>3235</v>
       </c>
       <c r="I349" t="s">
-        <v>3232</v>
+        <v>3236</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3233</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>65045</v>
+        <v>65039</v>
       </c>
       <c r="B350" t="s">
-        <v>3234</v>
+        <v>3238</v>
       </c>
       <c r="C350" t="s">
-        <v>3235</v>
+        <v>3239</v>
       </c>
       <c r="D350" t="s">
-        <v>3236</v>
+        <v>3240</v>
       </c>
       <c r="E350" t="s">
-        <v>3237</v>
+        <v>3241</v>
       </c>
       <c r="F350" t="s">
-        <v>3238</v>
+        <v>3242</v>
       </c>
       <c r="G350" t="s">
-        <v>3239</v>
+        <v>3243</v>
       </c>
       <c r="H350" t="s">
-        <v>3240</v>
+        <v>3244</v>
       </c>
       <c r="I350" t="s">
-        <v>3241</v>
+        <v>3245</v>
       </c>
       <c r="J350" t="s">
-        <v>3242</v>
+        <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>3243</v>
+        <v>130</v>
       </c>
       <c r="L350" t="s">
-        <v>3244</v>
+        <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>3245</v>
+        <v>131</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
         <v>3246</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>65046</v>
+        <v>65040</v>
       </c>
       <c r="B351" t="s">
         <v>3247</v>
       </c>
       <c r="C351" t="s">
         <v>3248</v>
       </c>
       <c r="D351" t="s">
         <v>3249</v>
       </c>
       <c r="E351" t="s">
         <v>3250</v>
       </c>
       <c r="F351" t="s">
         <v>3251</v>
       </c>
       <c r="G351" t="s">
         <v>3252</v>
       </c>
       <c r="H351" t="s">
         <v>3253</v>
       </c>
       <c r="I351" t="s">
         <v>3254</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>47</v>
+        <v>1429</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>48</v>
+        <v>1431</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
         <v>3255</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>65047</v>
+        <v>65043</v>
       </c>
       <c r="B352" t="s">
         <v>3256</v>
       </c>
       <c r="C352" t="s">
         <v>3257</v>
       </c>
       <c r="D352" t="s">
         <v>3258</v>
       </c>
       <c r="E352" t="s">
         <v>3259</v>
       </c>
       <c r="F352" t="s">
         <v>3260</v>
       </c>
       <c r="G352" t="s">
         <v>3261</v>
       </c>
       <c r="H352" t="s">
         <v>3262</v>
       </c>
       <c r="I352" t="s">
         <v>3263</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
-        <v>3243</v>
+        <v>25</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
-        <v>3245</v>
+        <v>27</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
         <v>3264</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>65049</v>
+        <v>65044</v>
       </c>
       <c r="B353" t="s">
         <v>3265</v>
       </c>
       <c r="C353" t="s">
         <v>3266</v>
       </c>
       <c r="D353" t="s">
         <v>3267</v>
       </c>
       <c r="E353" t="s">
         <v>3268</v>
       </c>
       <c r="F353" t="s">
         <v>3269</v>
       </c>
       <c r="G353" t="s">
         <v>3270</v>
       </c>
       <c r="H353" t="s">
         <v>3271</v>
       </c>
       <c r="I353" t="s">
         <v>3272</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
-        <v>948</v>
+        <v>25</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
-        <v>949</v>
+        <v>27</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
         <v>3273</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>65050</v>
+        <v>65045</v>
       </c>
       <c r="B354" t="s">
         <v>3274</v>
       </c>
       <c r="C354" t="s">
         <v>3275</v>
       </c>
       <c r="D354" t="s">
         <v>3276</v>
       </c>
       <c r="E354" t="s">
         <v>3277</v>
       </c>
       <c r="F354" t="s">
         <v>3278</v>
       </c>
       <c r="G354" t="s">
         <v>3279</v>
       </c>
       <c r="H354" t="s">
         <v>3280</v>
       </c>
       <c r="I354" t="s">
         <v>3281</v>
       </c>
       <c r="J354" t="s">
-        <v>24</v>
+        <v>3282</v>
       </c>
       <c r="K354" t="s">
-        <v>25</v>
+        <v>3283</v>
       </c>
       <c r="L354" t="s">
-        <v>26</v>
+        <v>3284</v>
       </c>
       <c r="M354" t="s">
-        <v>27</v>
+        <v>3285</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3282</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>65051</v>
+        <v>65046</v>
       </c>
       <c r="B355" t="s">
-        <v>3283</v>
+        <v>3287</v>
       </c>
       <c r="C355" t="s">
-        <v>3284</v>
+        <v>3288</v>
       </c>
       <c r="D355" t="s">
-        <v>3285</v>
+        <v>3289</v>
       </c>
       <c r="E355" t="s">
-        <v>3286</v>
+        <v>3290</v>
       </c>
       <c r="F355" t="s">
-        <v>3287</v>
+        <v>3291</v>
       </c>
       <c r="G355" t="s">
-        <v>3288</v>
+        <v>3292</v>
       </c>
       <c r="H355" t="s">
-        <v>3289</v>
+        <v>3293</v>
       </c>
       <c r="I355" t="s">
-        <v>3290</v>
+        <v>3294</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>582</v>
+        <v>47</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>584</v>
+        <v>48</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3291</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>65053</v>
+        <v>65047</v>
       </c>
       <c r="B356" t="s">
-        <v>3292</v>
+        <v>3296</v>
       </c>
       <c r="C356" t="s">
-        <v>3293</v>
+        <v>3297</v>
       </c>
       <c r="D356" t="s">
-        <v>3294</v>
+        <v>3298</v>
       </c>
       <c r="E356" t="s">
-        <v>3295</v>
+        <v>3299</v>
       </c>
       <c r="F356" t="s">
-        <v>3296</v>
+        <v>3300</v>
       </c>
       <c r="G356" t="s">
-        <v>3297</v>
+        <v>3301</v>
       </c>
       <c r="H356" t="s">
-        <v>3298</v>
+        <v>3302</v>
       </c>
       <c r="I356" t="s">
-        <v>3299</v>
+        <v>3303</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>130</v>
+        <v>3283</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>131</v>
+        <v>3285</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3300</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>65054</v>
+        <v>65049</v>
       </c>
       <c r="B357" t="s">
-        <v>3301</v>
+        <v>3305</v>
       </c>
       <c r="C357" t="s">
-        <v>3302</v>
+        <v>3306</v>
       </c>
       <c r="D357" t="s">
-        <v>3303</v>
+        <v>3307</v>
       </c>
       <c r="E357" t="s">
-        <v>3304</v>
+        <v>3308</v>
       </c>
       <c r="F357" t="s">
-        <v>3305</v>
+        <v>3309</v>
       </c>
       <c r="G357" t="s">
-        <v>3306</v>
+        <v>3310</v>
       </c>
       <c r="H357" t="s">
-        <v>3307</v>
+        <v>3311</v>
       </c>
       <c r="I357" t="s">
-        <v>3308</v>
+        <v>3312</v>
       </c>
       <c r="J357" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>168</v>
+        <v>948</v>
       </c>
       <c r="L357" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>169</v>
+        <v>949</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3309</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>65055</v>
+        <v>65050</v>
       </c>
       <c r="B358" t="s">
-        <v>3310</v>
+        <v>3314</v>
       </c>
       <c r="C358" t="s">
-        <v>3311</v>
+        <v>3315</v>
       </c>
       <c r="D358" t="s">
-        <v>3312</v>
+        <v>3316</v>
       </c>
       <c r="E358" t="s">
-        <v>3313</v>
+        <v>3317</v>
       </c>
       <c r="F358" t="s">
-        <v>3314</v>
+        <v>3318</v>
       </c>
       <c r="G358" t="s">
-        <v>3315</v>
+        <v>3319</v>
       </c>
       <c r="H358" t="s">
-        <v>3316</v>
+        <v>3320</v>
       </c>
       <c r="I358" t="s">
-        <v>3317</v>
+        <v>3321</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>2312</v>
+        <v>25</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
-        <v>2313</v>
+        <v>27</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3318</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>65057</v>
+        <v>65051</v>
       </c>
       <c r="B359" t="s">
-        <v>3319</v>
+        <v>3323</v>
       </c>
       <c r="C359" t="s">
-        <v>3320</v>
+        <v>3324</v>
       </c>
       <c r="D359" t="s">
-        <v>3321</v>
+        <v>3325</v>
       </c>
       <c r="E359" t="s">
-        <v>3322</v>
+        <v>3326</v>
       </c>
       <c r="F359" t="s">
-        <v>3323</v>
+        <v>3327</v>
       </c>
       <c r="G359" t="s">
-        <v>3324</v>
+        <v>3328</v>
       </c>
       <c r="H359" t="s">
-        <v>3325</v>
+        <v>3329</v>
       </c>
       <c r="I359" t="s">
-        <v>3326</v>
+        <v>3330</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>724</v>
+        <v>582</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
-        <v>725</v>
+        <v>584</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3327</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>65058</v>
+        <v>65053</v>
       </c>
       <c r="B360" t="s">
-        <v>3328</v>
+        <v>3332</v>
       </c>
       <c r="C360" t="s">
-        <v>3329</v>
+        <v>3333</v>
       </c>
       <c r="D360" t="s">
-        <v>3330</v>
+        <v>3334</v>
       </c>
       <c r="E360" t="s">
-        <v>3331</v>
+        <v>3335</v>
       </c>
       <c r="F360" t="s">
-        <v>3332</v>
+        <v>3336</v>
       </c>
       <c r="G360" t="s">
-        <v>3333</v>
+        <v>3337</v>
       </c>
       <c r="H360" t="s">
-        <v>3334</v>
+        <v>3338</v>
       </c>
       <c r="I360" t="s">
-        <v>3335</v>
+        <v>3339</v>
       </c>
       <c r="J360" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>534</v>
+        <v>130</v>
       </c>
       <c r="L360" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>535</v>
+        <v>131</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3336</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>65059</v>
+        <v>65054</v>
       </c>
       <c r="B361" t="s">
-        <v>3337</v>
+        <v>3341</v>
       </c>
       <c r="C361" t="s">
-        <v>3338</v>
+        <v>3342</v>
       </c>
       <c r="D361" t="s">
-        <v>3339</v>
+        <v>3343</v>
       </c>
       <c r="E361" t="s">
-        <v>3340</v>
+        <v>3344</v>
       </c>
       <c r="F361" t="s">
-        <v>3341</v>
+        <v>3345</v>
       </c>
       <c r="G361" t="s">
-        <v>3342</v>
+        <v>3346</v>
       </c>
       <c r="H361" t="s">
-        <v>3343</v>
+        <v>3347</v>
       </c>
       <c r="I361" t="s">
-        <v>3344</v>
+        <v>3348</v>
       </c>
       <c r="J361" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K361" t="s">
-        <v>130</v>
+        <v>168</v>
       </c>
       <c r="L361" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M361" t="s">
-        <v>131</v>
+        <v>169</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3345</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>65060</v>
+        <v>65055</v>
       </c>
       <c r="B362" t="s">
-        <v>3346</v>
+        <v>3350</v>
       </c>
       <c r="C362" t="s">
-        <v>3347</v>
+        <v>3351</v>
       </c>
       <c r="D362" t="s">
-        <v>3348</v>
+        <v>3352</v>
       </c>
       <c r="E362" t="s">
-        <v>3349</v>
+        <v>3353</v>
       </c>
       <c r="F362" t="s">
-        <v>3350</v>
+        <v>3354</v>
       </c>
       <c r="G362" t="s">
-        <v>3351</v>
+        <v>3355</v>
       </c>
       <c r="H362" t="s">
-        <v>3352</v>
+        <v>3356</v>
       </c>
       <c r="I362" t="s">
-        <v>3353</v>
+        <v>3357</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>47</v>
+        <v>2341</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>48</v>
+        <v>2342</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3354</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>65061</v>
+        <v>65057</v>
       </c>
       <c r="B363" t="s">
-        <v>3355</v>
+        <v>3359</v>
       </c>
       <c r="C363" t="s">
-        <v>3356</v>
+        <v>3360</v>
       </c>
       <c r="D363" t="s">
-        <v>3357</v>
+        <v>3361</v>
       </c>
       <c r="E363" t="s">
-        <v>3358</v>
+        <v>3362</v>
       </c>
       <c r="F363" t="s">
-        <v>3359</v>
+        <v>3363</v>
       </c>
       <c r="G363" t="s">
-        <v>3360</v>
+        <v>3364</v>
       </c>
       <c r="H363" t="s">
-        <v>3361</v>
+        <v>3365</v>
       </c>
       <c r="I363" t="s">
-        <v>3362</v>
+        <v>3366</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
-        <v>1585</v>
+        <v>724</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
-        <v>1586</v>
+        <v>725</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3363</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>65062</v>
+        <v>65058</v>
       </c>
       <c r="B364" t="s">
-        <v>3364</v>
+        <v>3368</v>
       </c>
       <c r="C364" t="s">
-        <v>3365</v>
+        <v>3369</v>
       </c>
       <c r="D364" t="s">
-        <v>3366</v>
+        <v>3370</v>
       </c>
       <c r="E364" t="s">
-        <v>3367</v>
+        <v>3371</v>
       </c>
       <c r="F364" t="s">
-        <v>3368</v>
+        <v>3372</v>
       </c>
       <c r="G364" t="s">
-        <v>3369</v>
+        <v>3373</v>
       </c>
       <c r="H364" t="s">
-        <v>3370</v>
+        <v>3374</v>
       </c>
       <c r="I364" t="s">
-        <v>3371</v>
+        <v>3375</v>
       </c>
       <c r="J364" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K364" t="s">
-        <v>25</v>
+        <v>534</v>
       </c>
       <c r="L364" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M364" t="s">
-        <v>27</v>
+        <v>535</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3372</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>65063</v>
+        <v>65059</v>
       </c>
       <c r="B365" t="s">
-        <v>3373</v>
+        <v>3377</v>
       </c>
       <c r="C365" t="s">
-        <v>3374</v>
+        <v>3378</v>
       </c>
       <c r="D365" t="s">
-        <v>3375</v>
+        <v>3379</v>
       </c>
       <c r="E365" t="s">
-        <v>3376</v>
+        <v>3380</v>
       </c>
       <c r="F365" t="s">
-        <v>3377</v>
+        <v>3381</v>
       </c>
       <c r="G365" t="s">
-        <v>3378</v>
+        <v>3382</v>
       </c>
       <c r="H365" t="s">
-        <v>3379</v>
+        <v>3383</v>
       </c>
       <c r="I365" t="s">
-        <v>3380</v>
+        <v>3384</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
-        <v>892</v>
+        <v>130</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
-        <v>893</v>
+        <v>131</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3381</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>65065</v>
+        <v>65060</v>
       </c>
       <c r="B366" t="s">
-        <v>3382</v>
+        <v>3386</v>
       </c>
       <c r="C366" t="s">
-        <v>3383</v>
+        <v>3387</v>
       </c>
       <c r="D366" t="s">
-        <v>3384</v>
+        <v>3388</v>
       </c>
       <c r="E366" t="s">
-        <v>3385</v>
+        <v>3389</v>
       </c>
       <c r="F366" t="s">
-        <v>3386</v>
+        <v>3390</v>
       </c>
       <c r="G366" t="s">
-        <v>3387</v>
+        <v>3391</v>
       </c>
       <c r="H366" t="s">
-        <v>3388</v>
+        <v>3392</v>
       </c>
       <c r="I366" t="s">
-        <v>3389</v>
+        <v>3393</v>
       </c>
       <c r="J366" t="s">
-        <v>3390</v>
+        <v>24</v>
       </c>
       <c r="K366" t="s">
-        <v>1585</v>
+        <v>47</v>
       </c>
       <c r="L366" t="s">
-        <v>3391</v>
+        <v>26</v>
       </c>
       <c r="M366" t="s">
-        <v>1586</v>
+        <v>48</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3392</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>65068</v>
+        <v>65061</v>
       </c>
       <c r="B367" t="s">
-        <v>3393</v>
+        <v>3395</v>
       </c>
       <c r="C367" t="s">
-        <v>3394</v>
+        <v>3396</v>
       </c>
       <c r="D367" t="s">
-        <v>3395</v>
+        <v>3397</v>
       </c>
       <c r="E367" t="s">
-        <v>3396</v>
+        <v>3398</v>
       </c>
       <c r="F367" t="s">
-        <v>3397</v>
+        <v>3399</v>
       </c>
       <c r="G367" t="s">
-        <v>3398</v>
+        <v>3400</v>
       </c>
       <c r="H367" t="s">
-        <v>3399</v>
+        <v>3401</v>
       </c>
       <c r="I367" t="s">
-        <v>3400</v>
+        <v>3402</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
-        <v>25</v>
+        <v>1429</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
-        <v>27</v>
+        <v>1431</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>3401</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>65069</v>
+        <v>65062</v>
       </c>
       <c r="B368" t="s">
-        <v>3402</v>
+        <v>3404</v>
       </c>
       <c r="C368" t="s">
-        <v>3403</v>
+        <v>3405</v>
       </c>
       <c r="D368" t="s">
-        <v>3404</v>
+        <v>3406</v>
       </c>
       <c r="E368" t="s">
-        <v>3405</v>
+        <v>3407</v>
       </c>
       <c r="F368" t="s">
-        <v>3406</v>
+        <v>3408</v>
       </c>
       <c r="G368" t="s">
-        <v>3407</v>
+        <v>3409</v>
       </c>
       <c r="H368" t="s">
-        <v>3408</v>
+        <v>3410</v>
       </c>
       <c r="I368" t="s">
-        <v>3409</v>
+        <v>3411</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3410</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>65071</v>
+        <v>65063</v>
       </c>
       <c r="B369" t="s">
-        <v>3411</v>
+        <v>3413</v>
       </c>
       <c r="C369" t="s">
-        <v>3412</v>
+        <v>3414</v>
       </c>
       <c r="D369" t="s">
-        <v>3413</v>
+        <v>3415</v>
       </c>
       <c r="E369" t="s">
-        <v>3414</v>
+        <v>3416</v>
       </c>
       <c r="F369" t="s">
-        <v>3415</v>
+        <v>3417</v>
       </c>
       <c r="G369" t="s">
-        <v>3416</v>
+        <v>3418</v>
       </c>
       <c r="H369" t="s">
-        <v>3417</v>
+        <v>3419</v>
       </c>
       <c r="I369" t="s">
-        <v>3418</v>
+        <v>3420</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
-        <v>25</v>
+        <v>892</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
-        <v>27</v>
+        <v>893</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3419</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>65073</v>
+        <v>65065</v>
       </c>
       <c r="B370" t="s">
-        <v>3420</v>
+        <v>3422</v>
       </c>
       <c r="C370" t="s">
-        <v>3421</v>
+        <v>3423</v>
       </c>
       <c r="D370" t="s">
-        <v>3422</v>
+        <v>3424</v>
       </c>
       <c r="E370" t="s">
-        <v>3423</v>
+        <v>3425</v>
       </c>
       <c r="F370" t="s">
-        <v>3424</v>
+        <v>3426</v>
       </c>
       <c r="G370" t="s">
-        <v>3425</v>
+        <v>3427</v>
       </c>
       <c r="H370" t="s">
-        <v>3426</v>
+        <v>3428</v>
       </c>
       <c r="I370" t="s">
-        <v>3427</v>
+        <v>3429</v>
       </c>
       <c r="J370" t="s">
-        <v>24</v>
+        <v>3430</v>
       </c>
       <c r="K370" t="s">
-        <v>25</v>
+        <v>1429</v>
       </c>
       <c r="L370" t="s">
-        <v>26</v>
+        <v>3431</v>
       </c>
       <c r="M370" t="s">
-        <v>27</v>
+        <v>1431</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3428</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>65074</v>
+        <v>65068</v>
       </c>
       <c r="B371" t="s">
-        <v>3429</v>
+        <v>3433</v>
       </c>
       <c r="C371" t="s">
-        <v>3430</v>
+        <v>3434</v>
       </c>
       <c r="D371" t="s">
-        <v>3431</v>
+        <v>3435</v>
       </c>
       <c r="E371" t="s">
-        <v>3432</v>
+        <v>3436</v>
       </c>
       <c r="F371" t="s">
-        <v>3433</v>
+        <v>3437</v>
       </c>
       <c r="G371" t="s">
-        <v>3434</v>
+        <v>3438</v>
       </c>
       <c r="H371" t="s">
-        <v>3435</v>
+        <v>3439</v>
       </c>
       <c r="I371" t="s">
-        <v>3436</v>
+        <v>3440</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
-        <v>3437</v>
+        <v>25</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
-        <v>3438</v>
+        <v>27</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3439</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>65075</v>
+        <v>65069</v>
       </c>
       <c r="B372" t="s">
-        <v>3440</v>
+        <v>3442</v>
       </c>
       <c r="C372" t="s">
-        <v>3441</v>
+        <v>3443</v>
       </c>
       <c r="D372" t="s">
-        <v>3442</v>
+        <v>3444</v>
       </c>
       <c r="E372" t="s">
-        <v>3443</v>
+        <v>3445</v>
       </c>
       <c r="F372" t="s">
-        <v>3444</v>
+        <v>3446</v>
       </c>
       <c r="G372" t="s">
-        <v>3445</v>
+        <v>3447</v>
       </c>
       <c r="H372" t="s">
-        <v>3446</v>
+        <v>3448</v>
       </c>
       <c r="I372" t="s">
-        <v>3447</v>
+        <v>3449</v>
       </c>
       <c r="J372" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>3150</v>
+        <v>130</v>
       </c>
       <c r="L372" t="s">
-        <v>583</v>
+        <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>3151</v>
+        <v>131</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3448</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>65076</v>
+        <v>65071</v>
       </c>
       <c r="B373" t="s">
-        <v>3449</v>
+        <v>3451</v>
       </c>
       <c r="C373" t="s">
-        <v>3450</v>
+        <v>3452</v>
       </c>
       <c r="D373" t="s">
-        <v>3451</v>
+        <v>3453</v>
       </c>
       <c r="E373" t="s">
-        <v>3452</v>
+        <v>3454</v>
       </c>
       <c r="F373" t="s">
-        <v>3453</v>
+        <v>3455</v>
       </c>
       <c r="G373" t="s">
-        <v>3454</v>
+        <v>3456</v>
       </c>
       <c r="H373" t="s">
-        <v>3455</v>
+        <v>3457</v>
       </c>
       <c r="I373" t="s">
-        <v>3456</v>
+        <v>3458</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3457</v>
+        <v>3459</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>65077</v>
+        <v>65073</v>
       </c>
       <c r="B374" t="s">
-        <v>3458</v>
+        <v>3460</v>
       </c>
       <c r="C374" t="s">
-        <v>3459</v>
+        <v>3461</v>
       </c>
       <c r="D374" t="s">
-        <v>3460</v>
+        <v>3462</v>
       </c>
       <c r="E374" t="s">
-        <v>3461</v>
+        <v>3463</v>
       </c>
       <c r="F374" t="s">
-        <v>3462</v>
+        <v>3464</v>
       </c>
       <c r="G374" t="s">
-        <v>3463</v>
+        <v>3465</v>
       </c>
       <c r="H374" t="s">
-        <v>3464</v>
+        <v>3466</v>
       </c>
       <c r="I374" t="s">
-        <v>3465</v>
+        <v>3467</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
-        <v>582</v>
+        <v>25</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
-        <v>584</v>
+        <v>27</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3466</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>65080</v>
+        <v>65074</v>
       </c>
       <c r="B375" t="s">
-        <v>3467</v>
+        <v>3469</v>
       </c>
       <c r="C375" t="s">
-        <v>3468</v>
+        <v>3470</v>
       </c>
       <c r="D375" t="s">
-        <v>3469</v>
+        <v>3471</v>
       </c>
       <c r="E375" t="s">
-        <v>3470</v>
+        <v>3472</v>
       </c>
       <c r="F375" t="s">
-        <v>3471</v>
+        <v>3473</v>
       </c>
       <c r="G375" t="s">
-        <v>3472</v>
+        <v>3474</v>
       </c>
       <c r="H375" t="s">
-        <v>3473</v>
+        <v>3475</v>
       </c>
       <c r="I375" t="s">
-        <v>3474</v>
+        <v>3476</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
-        <v>47</v>
+        <v>3477</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
-        <v>48</v>
+        <v>3478</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3475</v>
+        <v>3479</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>65081</v>
+        <v>65075</v>
       </c>
       <c r="B376" t="s">
-        <v>3476</v>
+        <v>3480</v>
       </c>
       <c r="C376" t="s">
-        <v>3477</v>
+        <v>3481</v>
       </c>
       <c r="D376" t="s">
-        <v>3478</v>
+        <v>3482</v>
       </c>
       <c r="E376" t="s">
-        <v>3479</v>
+        <v>3483</v>
       </c>
       <c r="F376" t="s">
-        <v>3480</v>
+        <v>3484</v>
       </c>
       <c r="G376" t="s">
-        <v>3481</v>
+        <v>3485</v>
       </c>
       <c r="H376" t="s">
-        <v>3482</v>
+        <v>3486</v>
       </c>
       <c r="I376" t="s">
-        <v>3483</v>
+        <v>3487</v>
       </c>
       <c r="J376" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="K376" t="s">
-        <v>47</v>
+        <v>3190</v>
       </c>
       <c r="L376" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="M376" t="s">
-        <v>48</v>
+        <v>3191</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3484</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>65082</v>
+        <v>65076</v>
       </c>
       <c r="B377" t="s">
-        <v>3485</v>
+        <v>3489</v>
       </c>
       <c r="C377" t="s">
-        <v>3486</v>
+        <v>3490</v>
       </c>
       <c r="D377" t="s">
-        <v>3487</v>
+        <v>3491</v>
       </c>
       <c r="E377" t="s">
-        <v>3488</v>
+        <v>3492</v>
       </c>
       <c r="F377" t="s">
-        <v>3489</v>
+        <v>3493</v>
       </c>
       <c r="G377" t="s">
-        <v>3490</v>
+        <v>3494</v>
       </c>
       <c r="H377" t="s">
-        <v>3491</v>
+        <v>3495</v>
       </c>
       <c r="I377" t="s">
-        <v>3492</v>
+        <v>3496</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3493</v>
+        <v>3497</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>65083</v>
+        <v>65077</v>
       </c>
       <c r="B378" t="s">
-        <v>3494</v>
+        <v>3498</v>
       </c>
       <c r="C378" t="s">
-        <v>3495</v>
+        <v>3499</v>
       </c>
       <c r="D378" t="s">
-        <v>3496</v>
+        <v>3500</v>
       </c>
       <c r="E378" t="s">
-        <v>3497</v>
+        <v>3501</v>
       </c>
       <c r="F378" t="s">
-        <v>3498</v>
+        <v>3502</v>
       </c>
       <c r="G378" t="s">
-        <v>3499</v>
+        <v>3503</v>
       </c>
       <c r="H378" t="s">
-        <v>3500</v>
+        <v>3504</v>
       </c>
       <c r="I378" t="s">
-        <v>3501</v>
+        <v>3505</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
-        <v>130</v>
+        <v>582</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
-        <v>131</v>
+        <v>584</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3502</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>65084</v>
+        <v>65080</v>
       </c>
       <c r="B379" t="s">
-        <v>3503</v>
+        <v>3507</v>
       </c>
       <c r="C379" t="s">
-        <v>3504</v>
+        <v>3508</v>
       </c>
       <c r="D379" t="s">
-        <v>3505</v>
+        <v>3509</v>
       </c>
       <c r="E379" t="s">
-        <v>3506</v>
+        <v>3510</v>
       </c>
       <c r="F379" t="s">
-        <v>3507</v>
+        <v>3511</v>
       </c>
       <c r="G379" t="s">
-        <v>3508</v>
+        <v>3512</v>
       </c>
       <c r="H379" t="s">
-        <v>3509</v>
+        <v>3513</v>
       </c>
       <c r="I379" t="s">
-        <v>3510</v>
+        <v>3514</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3511</v>
+        <v>3515</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>65085</v>
+        <v>65081</v>
       </c>
       <c r="B380" t="s">
-        <v>3512</v>
+        <v>3516</v>
       </c>
       <c r="C380" t="s">
-        <v>3513</v>
+        <v>3517</v>
       </c>
       <c r="D380" t="s">
-        <v>3514</v>
+        <v>3518</v>
       </c>
       <c r="E380" t="s">
-        <v>3515</v>
+        <v>3519</v>
       </c>
       <c r="F380" t="s">
-        <v>3516</v>
+        <v>3520</v>
       </c>
       <c r="G380" t="s">
-        <v>3517</v>
+        <v>3521</v>
       </c>
       <c r="H380" t="s">
-        <v>3518</v>
+        <v>3522</v>
       </c>
       <c r="I380" t="s">
-        <v>3519</v>
+        <v>3523</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>2312</v>
+        <v>47</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
-        <v>2313</v>
+        <v>48</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3520</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>65086</v>
+        <v>65082</v>
       </c>
       <c r="B381" t="s">
-        <v>3521</v>
+        <v>3525</v>
       </c>
       <c r="C381" t="s">
-        <v>3522</v>
+        <v>3526</v>
       </c>
       <c r="D381" t="s">
-        <v>3523</v>
+        <v>3527</v>
       </c>
       <c r="E381" t="s">
-        <v>3524</v>
+        <v>3528</v>
       </c>
       <c r="F381" t="s">
-        <v>3525</v>
+        <v>3529</v>
       </c>
       <c r="G381" t="s">
-        <v>3526</v>
+        <v>3530</v>
       </c>
       <c r="H381" t="s">
-        <v>3527</v>
+        <v>3531</v>
       </c>
       <c r="I381" t="s">
-        <v>3528</v>
+        <v>3532</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3529</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>65087</v>
+        <v>65083</v>
       </c>
       <c r="B382" t="s">
-        <v>3530</v>
+        <v>3534</v>
       </c>
       <c r="C382" t="s">
-        <v>3531</v>
+        <v>3535</v>
       </c>
       <c r="D382" t="s">
-        <v>3532</v>
+        <v>3536</v>
       </c>
       <c r="E382" t="s">
-        <v>3533</v>
+        <v>3537</v>
       </c>
       <c r="F382" t="s">
-        <v>3534</v>
+        <v>3538</v>
       </c>
       <c r="G382" t="s">
-        <v>3535</v>
+        <v>3539</v>
       </c>
       <c r="H382" t="s">
-        <v>3536</v>
+        <v>3540</v>
       </c>
       <c r="I382" t="s">
-        <v>3537</v>
+        <v>3541</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
         <v>130</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
         <v>131</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3538</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>65088</v>
+        <v>65084</v>
       </c>
       <c r="B383" t="s">
-        <v>3539</v>
+        <v>3543</v>
       </c>
       <c r="C383" t="s">
-        <v>3540</v>
+        <v>3544</v>
       </c>
       <c r="D383" t="s">
-        <v>3541</v>
+        <v>3545</v>
       </c>
       <c r="E383" t="s">
-        <v>3542</v>
+        <v>3546</v>
       </c>
       <c r="F383" t="s">
-        <v>3543</v>
+        <v>3547</v>
       </c>
       <c r="G383" t="s">
-        <v>3544</v>
+        <v>3548</v>
       </c>
       <c r="H383" t="s">
-        <v>3545</v>
+        <v>3549</v>
       </c>
       <c r="I383" t="s">
-        <v>3546</v>
+        <v>3550</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
         <v>25</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
         <v>27</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3547</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>65089</v>
+        <v>65085</v>
       </c>
       <c r="B384" t="s">
-        <v>3548</v>
+        <v>3552</v>
       </c>
       <c r="C384" t="s">
-        <v>3549</v>
+        <v>3553</v>
       </c>
       <c r="D384" t="s">
-        <v>3550</v>
+        <v>3554</v>
       </c>
       <c r="E384" t="s">
-        <v>3551</v>
+        <v>3555</v>
       </c>
       <c r="F384" t="s">
-        <v>3552</v>
+        <v>3556</v>
       </c>
       <c r="G384" t="s">
-        <v>3553</v>
+        <v>3557</v>
       </c>
       <c r="H384" t="s">
-        <v>3554</v>
+        <v>3558</v>
       </c>
       <c r="I384" t="s">
-        <v>3555</v>
+        <v>3559</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
-        <v>25</v>
+        <v>2341</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
-        <v>27</v>
+        <v>2342</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3556</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>65090</v>
+        <v>65086</v>
       </c>
       <c r="B385" t="s">
-        <v>3557</v>
+        <v>3561</v>
       </c>
       <c r="C385" t="s">
-        <v>3558</v>
+        <v>3562</v>
       </c>
       <c r="D385" t="s">
-        <v>3559</v>
+        <v>3563</v>
       </c>
       <c r="E385" t="s">
-        <v>3560</v>
+        <v>3564</v>
       </c>
       <c r="F385" t="s">
-        <v>3561</v>
+        <v>3565</v>
       </c>
       <c r="G385" t="s">
-        <v>3562</v>
+        <v>3566</v>
       </c>
       <c r="H385" t="s">
-        <v>3563</v>
+        <v>3567</v>
       </c>
       <c r="I385" t="s">
-        <v>3564</v>
+        <v>3568</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3565</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>65091</v>
+        <v>65087</v>
       </c>
       <c r="B386" t="s">
-        <v>3566</v>
+        <v>3570</v>
       </c>
       <c r="C386" t="s">
-        <v>3567</v>
+        <v>3571</v>
       </c>
       <c r="D386" t="s">
-        <v>3568</v>
+        <v>3572</v>
       </c>
       <c r="E386" t="s">
-        <v>3569</v>
+        <v>3573</v>
       </c>
       <c r="F386" t="s">
-        <v>3570</v>
+        <v>3574</v>
       </c>
       <c r="G386" t="s">
-        <v>3571</v>
+        <v>3575</v>
       </c>
       <c r="H386" t="s">
-        <v>3572</v>
+        <v>3576</v>
       </c>
       <c r="I386" t="s">
-        <v>3573</v>
+        <v>3577</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3574</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>65092</v>
+        <v>65088</v>
       </c>
       <c r="B387" t="s">
-        <v>3575</v>
+        <v>3579</v>
       </c>
       <c r="C387" t="s">
-        <v>3576</v>
+        <v>3580</v>
       </c>
       <c r="D387" t="s">
-        <v>3577</v>
+        <v>3581</v>
       </c>
       <c r="E387" t="s">
-        <v>3578</v>
+        <v>3582</v>
       </c>
       <c r="F387" t="s">
-        <v>3579</v>
+        <v>3583</v>
       </c>
       <c r="G387" t="s">
-        <v>3580</v>
+        <v>3584</v>
       </c>
       <c r="H387" t="s">
-        <v>3581</v>
+        <v>3585</v>
       </c>
       <c r="I387" t="s">
-        <v>3582</v>
+        <v>3586</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3583</v>
+        <v>3587</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>65093</v>
+        <v>65089</v>
       </c>
       <c r="B388" t="s">
-        <v>3584</v>
+        <v>3588</v>
       </c>
       <c r="C388" t="s">
-        <v>3585</v>
+        <v>3589</v>
       </c>
       <c r="D388" t="s">
-        <v>3586</v>
+        <v>3590</v>
       </c>
       <c r="E388" t="s">
-        <v>3587</v>
+        <v>3591</v>
       </c>
       <c r="F388" t="s">
-        <v>3588</v>
+        <v>3592</v>
       </c>
       <c r="G388" t="s">
-        <v>3589</v>
+        <v>3593</v>
       </c>
       <c r="H388" t="s">
-        <v>3590</v>
+        <v>3594</v>
       </c>
       <c r="I388" t="s">
-        <v>3591</v>
+        <v>3595</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3592</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>65094</v>
+        <v>65090</v>
       </c>
       <c r="B389" t="s">
-        <v>3593</v>
+        <v>3597</v>
       </c>
       <c r="C389" t="s">
-        <v>3594</v>
+        <v>3598</v>
       </c>
       <c r="D389" t="s">
-        <v>3595</v>
+        <v>3599</v>
       </c>
       <c r="E389" t="s">
-        <v>3596</v>
+        <v>3600</v>
       </c>
       <c r="F389" t="s">
-        <v>3597</v>
+        <v>3601</v>
       </c>
       <c r="G389" t="s">
-        <v>3598</v>
+        <v>3602</v>
       </c>
       <c r="H389" t="s">
-        <v>3599</v>
+        <v>3603</v>
       </c>
       <c r="I389" t="s">
-        <v>3600</v>
+        <v>3604</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>3601</v>
+        <v>25</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
-        <v>3602</v>
+        <v>27</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3603</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>65095</v>
+        <v>65091</v>
       </c>
       <c r="B390" t="s">
-        <v>3604</v>
+        <v>3606</v>
       </c>
       <c r="C390" t="s">
-        <v>3605</v>
+        <v>3607</v>
       </c>
       <c r="D390" t="s">
-        <v>3606</v>
+        <v>3608</v>
       </c>
       <c r="E390" t="s">
-        <v>3607</v>
+        <v>3609</v>
       </c>
       <c r="F390" t="s">
-        <v>3608</v>
+        <v>3610</v>
       </c>
       <c r="G390" t="s">
-        <v>3609</v>
+        <v>3611</v>
       </c>
       <c r="H390" t="s">
-        <v>3610</v>
+        <v>3612</v>
       </c>
       <c r="I390" t="s">
-        <v>3611</v>
+        <v>3613</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
-        <v>582</v>
+        <v>25</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
-        <v>584</v>
+        <v>27</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3612</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>65096</v>
+        <v>65092</v>
       </c>
       <c r="B391" t="s">
-        <v>3613</v>
+        <v>3615</v>
       </c>
       <c r="C391" t="s">
-        <v>3614</v>
+        <v>3616</v>
       </c>
       <c r="D391" t="s">
-        <v>3615</v>
+        <v>3617</v>
       </c>
       <c r="E391" t="s">
-        <v>3616</v>
+        <v>3618</v>
       </c>
       <c r="F391" t="s">
-        <v>3617</v>
+        <v>3619</v>
       </c>
       <c r="G391" t="s">
-        <v>3618</v>
+        <v>3620</v>
       </c>
       <c r="H391" t="s">
-        <v>3619</v>
+        <v>3621</v>
       </c>
       <c r="I391" t="s">
-        <v>3620</v>
+        <v>3622</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3621</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>65097</v>
+        <v>65093</v>
       </c>
       <c r="B392" t="s">
-        <v>3622</v>
+        <v>3624</v>
       </c>
       <c r="C392" t="s">
-        <v>3623</v>
+        <v>3625</v>
       </c>
       <c r="D392" t="s">
-        <v>3624</v>
+        <v>3626</v>
       </c>
       <c r="E392" t="s">
-        <v>3625</v>
+        <v>3627</v>
       </c>
       <c r="F392" t="s">
-        <v>3626</v>
+        <v>3628</v>
       </c>
       <c r="G392" t="s">
-        <v>3627</v>
+        <v>3629</v>
       </c>
       <c r="H392" t="s">
-        <v>3628</v>
+        <v>3630</v>
       </c>
       <c r="I392" t="s">
-        <v>3629</v>
+        <v>3631</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
         <v>130</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
         <v>131</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3630</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>65098</v>
+        <v>65094</v>
       </c>
       <c r="B393" t="s">
-        <v>3631</v>
+        <v>3633</v>
       </c>
       <c r="C393" t="s">
-        <v>3632</v>
+        <v>3634</v>
       </c>
       <c r="D393" t="s">
-        <v>3633</v>
+        <v>3635</v>
       </c>
       <c r="E393" t="s">
-        <v>3634</v>
+        <v>3636</v>
       </c>
       <c r="F393" t="s">
-        <v>3635</v>
+        <v>3637</v>
       </c>
       <c r="G393" t="s">
-        <v>3636</v>
+        <v>3638</v>
       </c>
       <c r="H393" t="s">
-        <v>3637</v>
+        <v>3639</v>
       </c>
       <c r="I393" t="s">
-        <v>3638</v>
+        <v>3640</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>25</v>
+        <v>3641</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>27</v>
+        <v>3642</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3639</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>65099</v>
+        <v>65095</v>
       </c>
       <c r="B394" t="s">
-        <v>3640</v>
+        <v>3644</v>
       </c>
       <c r="C394" t="s">
-        <v>3641</v>
+        <v>3645</v>
       </c>
       <c r="D394" t="s">
-        <v>3642</v>
+        <v>3646</v>
       </c>
       <c r="E394" t="s">
-        <v>3643</v>
+        <v>3647</v>
       </c>
       <c r="F394" t="s">
-        <v>3644</v>
+        <v>3648</v>
       </c>
       <c r="G394" t="s">
-        <v>3645</v>
+        <v>3649</v>
       </c>
       <c r="H394" t="s">
-        <v>3646</v>
+        <v>3650</v>
       </c>
       <c r="I394" t="s">
-        <v>3647</v>
+        <v>3651</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>130</v>
+        <v>582</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
-        <v>131</v>
+        <v>584</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3648</v>
+        <v>3652</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>65100</v>
+        <v>65096</v>
       </c>
       <c r="B395" t="s">
-        <v>3649</v>
+        <v>3653</v>
       </c>
       <c r="C395" t="s">
-        <v>3650</v>
+        <v>3654</v>
       </c>
       <c r="D395" t="s">
-        <v>3651</v>
+        <v>3655</v>
       </c>
       <c r="E395" t="s">
-        <v>3652</v>
+        <v>3656</v>
       </c>
       <c r="F395" t="s">
-        <v>3653</v>
+        <v>3657</v>
       </c>
       <c r="G395" t="s">
-        <v>3654</v>
+        <v>3658</v>
       </c>
       <c r="H395" t="s">
-        <v>3655</v>
+        <v>3659</v>
       </c>
       <c r="I395" t="s">
-        <v>3656</v>
+        <v>3660</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>3018</v>
+        <v>25</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>3019</v>
+        <v>27</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3657</v>
+        <v>3661</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>65101</v>
+        <v>65097</v>
       </c>
       <c r="B396" t="s">
-        <v>3658</v>
+        <v>3662</v>
       </c>
       <c r="C396" t="s">
-        <v>3659</v>
+        <v>3663</v>
       </c>
       <c r="D396" t="s">
-        <v>3660</v>
+        <v>3664</v>
       </c>
       <c r="E396" t="s">
-        <v>3661</v>
+        <v>3665</v>
       </c>
       <c r="F396" t="s">
-        <v>3662</v>
+        <v>3666</v>
       </c>
       <c r="G396" t="s">
-        <v>3663</v>
+        <v>3667</v>
       </c>
       <c r="H396" t="s">
-        <v>3664</v>
+        <v>3668</v>
       </c>
       <c r="I396" t="s">
-        <v>3665</v>
+        <v>3669</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
         <v>130</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
         <v>131</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3666</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>65102</v>
+        <v>65098</v>
       </c>
       <c r="B397" t="s">
-        <v>3667</v>
+        <v>3671</v>
       </c>
       <c r="C397" t="s">
-        <v>3668</v>
+        <v>3672</v>
       </c>
       <c r="D397" t="s">
-        <v>3669</v>
+        <v>3673</v>
       </c>
       <c r="E397" t="s">
-        <v>3670</v>
+        <v>3674</v>
       </c>
       <c r="F397" t="s">
-        <v>3671</v>
+        <v>3675</v>
       </c>
       <c r="G397" t="s">
-        <v>3672</v>
+        <v>3676</v>
       </c>
       <c r="H397" t="s">
-        <v>3673</v>
+        <v>3677</v>
       </c>
       <c r="I397" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
         <v>25</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
         <v>27</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>65104</v>
+        <v>65099</v>
       </c>
       <c r="B398" t="s">
-        <v>3676</v>
+        <v>3680</v>
       </c>
       <c r="C398" t="s">
-        <v>3677</v>
+        <v>3681</v>
       </c>
       <c r="D398" t="s">
-        <v>3678</v>
+        <v>3682</v>
       </c>
       <c r="E398" t="s">
-        <v>3679</v>
+        <v>3683</v>
       </c>
       <c r="F398" t="s">
-        <v>3680</v>
+        <v>3684</v>
       </c>
       <c r="G398" t="s">
-        <v>3681</v>
+        <v>3685</v>
       </c>
       <c r="H398" t="s">
-        <v>3682</v>
+        <v>3686</v>
       </c>
       <c r="I398" t="s">
-        <v>3683</v>
+        <v>3687</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>3684</v>
+        <v>130</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
-        <v>3685</v>
+        <v>131</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3686</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>65105</v>
+        <v>65100</v>
       </c>
       <c r="B399" t="s">
-        <v>3687</v>
+        <v>3689</v>
       </c>
       <c r="C399" t="s">
-        <v>3688</v>
+        <v>3690</v>
       </c>
       <c r="D399" t="s">
-        <v>3689</v>
+        <v>3691</v>
       </c>
       <c r="E399" t="s">
-        <v>3690</v>
+        <v>3692</v>
       </c>
       <c r="F399" t="s">
-        <v>3691</v>
+        <v>3693</v>
       </c>
       <c r="G399" t="s">
-        <v>3692</v>
+        <v>3694</v>
       </c>
       <c r="H399" t="s">
-        <v>3693</v>
+        <v>3695</v>
       </c>
       <c r="I399" t="s">
-        <v>3694</v>
+        <v>3696</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
-        <v>130</v>
+        <v>3058</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
-        <v>131</v>
+        <v>3059</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3695</v>
+        <v>3697</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>66392</v>
+        <v>65101</v>
       </c>
       <c r="B400" t="s">
-        <v>3696</v>
+        <v>3698</v>
       </c>
       <c r="C400" t="s">
-        <v>3697</v>
+        <v>3699</v>
       </c>
       <c r="D400" t="s">
-        <v>3698</v>
+        <v>3700</v>
       </c>
       <c r="E400" t="s">
-        <v>3699</v>
+        <v>3701</v>
       </c>
       <c r="F400" t="s">
-        <v>3700</v>
+        <v>3702</v>
       </c>
       <c r="G400" t="s">
-        <v>3701</v>
+        <v>3703</v>
       </c>
       <c r="H400" t="s">
-        <v>3702</v>
+        <v>3704</v>
       </c>
       <c r="I400" t="s">
-        <v>3703</v>
+        <v>3705</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3704</v>
+        <v>3706</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>66512</v>
+        <v>65102</v>
       </c>
       <c r="B401" t="s">
-        <v>2851</v>
+        <v>3707</v>
       </c>
       <c r="C401" t="s">
-        <v>3705</v>
+        <v>3708</v>
       </c>
       <c r="D401" t="s">
-        <v>3706</v>
+        <v>3709</v>
       </c>
       <c r="E401" t="s">
-        <v>3707</v>
+        <v>3710</v>
       </c>
       <c r="F401" t="s">
-        <v>3708</v>
+        <v>3711</v>
       </c>
       <c r="G401" t="s">
-        <v>2856</v>
+        <v>3712</v>
       </c>
       <c r="H401" t="s">
-        <v>2857</v>
+        <v>3713</v>
       </c>
       <c r="I401" t="s">
-        <v>2858</v>
+        <v>3714</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
-        <v>3709</v>
+        <v>25</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>3710</v>
+        <v>27</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3711</v>
+        <v>3715</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>66515</v>
+        <v>65104</v>
       </c>
       <c r="B402" t="s">
-        <v>3712</v>
+        <v>3716</v>
       </c>
       <c r="C402" t="s">
-        <v>3713</v>
+        <v>3717</v>
       </c>
       <c r="D402" t="s">
-        <v>3714</v>
+        <v>3718</v>
       </c>
       <c r="E402" t="s">
-        <v>3715</v>
+        <v>3719</v>
       </c>
       <c r="F402" t="s">
-        <v>3716</v>
+        <v>3720</v>
       </c>
       <c r="G402" t="s">
-        <v>1452</v>
+        <v>3721</v>
       </c>
       <c r="H402" t="s">
-        <v>3717</v>
+        <v>3722</v>
       </c>
       <c r="I402" t="s">
-        <v>3718</v>
+        <v>3723</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>3709</v>
+        <v>3724</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>3710</v>
+        <v>3725</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3719</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>66516</v>
+        <v>65105</v>
       </c>
       <c r="B403" t="s">
-        <v>1438</v>
+        <v>3727</v>
       </c>
       <c r="C403" t="s">
-        <v>3720</v>
+        <v>3728</v>
       </c>
       <c r="D403" t="s">
-        <v>3721</v>
+        <v>3729</v>
       </c>
       <c r="E403" t="s">
-        <v>3722</v>
+        <v>3730</v>
       </c>
       <c r="F403" t="s">
-        <v>3723</v>
+        <v>3731</v>
       </c>
       <c r="G403" t="s">
-        <v>3724</v>
+        <v>3732</v>
       </c>
       <c r="H403" t="s">
-        <v>3725</v>
+        <v>3733</v>
       </c>
       <c r="I403" t="s">
-        <v>1445</v>
+        <v>3734</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
         <v>130</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
         <v>131</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3726</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>66520</v>
+        <v>66392</v>
       </c>
       <c r="B404" t="s">
-        <v>3727</v>
+        <v>3736</v>
       </c>
       <c r="C404" t="s">
-        <v>3728</v>
+        <v>3737</v>
       </c>
       <c r="D404" t="s">
-        <v>3729</v>
+        <v>3738</v>
       </c>
       <c r="E404" t="s">
-        <v>3730</v>
+        <v>3739</v>
       </c>
       <c r="F404" t="s">
-        <v>3731</v>
+        <v>3740</v>
       </c>
       <c r="G404" t="s">
-        <v>3728</v>
+        <v>3741</v>
       </c>
       <c r="H404" t="s">
-        <v>3732</v>
+        <v>3742</v>
       </c>
       <c r="I404" t="s">
-        <v>3733</v>
+        <v>3743</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
         <v>25</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
         <v>27</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3734</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>66523</v>
+        <v>66512</v>
       </c>
       <c r="B405" t="s">
-        <v>3735</v>
+        <v>2891</v>
       </c>
       <c r="C405" t="s">
-        <v>3728</v>
+        <v>3745</v>
       </c>
       <c r="D405" t="s">
-        <v>3736</v>
+        <v>3746</v>
       </c>
       <c r="E405" t="s">
-        <v>3737</v>
+        <v>3747</v>
       </c>
       <c r="F405" t="s">
-        <v>3738</v>
+        <v>3748</v>
       </c>
       <c r="G405" t="s">
-        <v>3728</v>
+        <v>2896</v>
       </c>
       <c r="H405" t="s">
-        <v>3739</v>
+        <v>2897</v>
       </c>
       <c r="I405" t="s">
-        <v>3740</v>
+        <v>2898</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
-        <v>47</v>
+        <v>3749</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
       <c r="M405" t="s">
-        <v>48</v>
+        <v>3750</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3741</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
+        <v>66515</v>
+      </c>
+      <c r="B406" t="s">
+        <v>3752</v>
+      </c>
+      <c r="C406" t="s">
+        <v>3753</v>
+      </c>
+      <c r="D406" t="s">
+        <v>3754</v>
+      </c>
+      <c r="E406" t="s">
+        <v>3755</v>
+      </c>
+      <c r="F406" t="s">
+        <v>3756</v>
+      </c>
+      <c r="G406" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H406" t="s">
+        <v>3757</v>
+      </c>
+      <c r="I406" t="s">
+        <v>3758</v>
+      </c>
+      <c r="J406" t="s">
+        <v>24</v>
+      </c>
+      <c r="K406" t="s">
+        <v>3749</v>
+      </c>
+      <c r="L406" t="s">
+        <v>26</v>
+      </c>
+      <c r="M406" t="s">
+        <v>3750</v>
+      </c>
+      <c r="N406" t="s">
+        <v>28</v>
+      </c>
+      <c r="O406" t="s">
+        <v>3759</v>
+      </c>
+    </row>
+    <row r="407" spans="1:15">
+      <c r="A407">
+        <v>66516</v>
+      </c>
+      <c r="B407" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C407" t="s">
+        <v>3760</v>
+      </c>
+      <c r="D407" t="s">
+        <v>3761</v>
+      </c>
+      <c r="E407" t="s">
+        <v>3762</v>
+      </c>
+      <c r="F407" t="s">
+        <v>3763</v>
+      </c>
+      <c r="G407" t="s">
+        <v>3764</v>
+      </c>
+      <c r="H407" t="s">
+        <v>3765</v>
+      </c>
+      <c r="I407" t="s">
+        <v>1458</v>
+      </c>
+      <c r="J407" t="s">
+        <v>24</v>
+      </c>
+      <c r="K407" t="s">
+        <v>130</v>
+      </c>
+      <c r="L407" t="s">
+        <v>26</v>
+      </c>
+      <c r="M407" t="s">
+        <v>131</v>
+      </c>
+      <c r="N407" t="s">
+        <v>28</v>
+      </c>
+      <c r="O407" t="s">
+        <v>3766</v>
+      </c>
+    </row>
+    <row r="408" spans="1:15">
+      <c r="A408">
+        <v>66520</v>
+      </c>
+      <c r="B408" t="s">
+        <v>3767</v>
+      </c>
+      <c r="C408" t="s">
+        <v>3768</v>
+      </c>
+      <c r="D408" t="s">
+        <v>3769</v>
+      </c>
+      <c r="E408" t="s">
+        <v>3770</v>
+      </c>
+      <c r="F408" t="s">
+        <v>3771</v>
+      </c>
+      <c r="G408" t="s">
+        <v>3768</v>
+      </c>
+      <c r="H408" t="s">
+        <v>3772</v>
+      </c>
+      <c r="I408" t="s">
+        <v>3773</v>
+      </c>
+      <c r="J408" t="s">
+        <v>24</v>
+      </c>
+      <c r="K408" t="s">
+        <v>25</v>
+      </c>
+      <c r="L408" t="s">
+        <v>26</v>
+      </c>
+      <c r="M408" t="s">
+        <v>27</v>
+      </c>
+      <c r="N408" t="s">
+        <v>28</v>
+      </c>
+      <c r="O408" t="s">
+        <v>3774</v>
+      </c>
+    </row>
+    <row r="409" spans="1:15">
+      <c r="A409">
+        <v>66523</v>
+      </c>
+      <c r="B409" t="s">
+        <v>3775</v>
+      </c>
+      <c r="C409" t="s">
+        <v>3768</v>
+      </c>
+      <c r="D409" t="s">
+        <v>3776</v>
+      </c>
+      <c r="E409" t="s">
+        <v>3777</v>
+      </c>
+      <c r="F409" t="s">
+        <v>3778</v>
+      </c>
+      <c r="G409" t="s">
+        <v>3768</v>
+      </c>
+      <c r="H409" t="s">
+        <v>3779</v>
+      </c>
+      <c r="I409" t="s">
+        <v>3780</v>
+      </c>
+      <c r="J409" t="s">
+        <v>24</v>
+      </c>
+      <c r="K409" t="s">
+        <v>47</v>
+      </c>
+      <c r="L409" t="s">
+        <v>26</v>
+      </c>
+      <c r="M409" t="s">
+        <v>48</v>
+      </c>
+      <c r="N409" t="s">
+        <v>28</v>
+      </c>
+      <c r="O409" t="s">
+        <v>3781</v>
+      </c>
+    </row>
+    <row r="410" spans="1:15">
+      <c r="A410">
         <v>66524</v>
       </c>
-      <c r="B406" t="s">
-[...26 lines deleted...]
-      <c r="K406" t="s">
+      <c r="B410" t="s">
+        <v>3061</v>
+      </c>
+      <c r="C410" t="s">
+        <v>3782</v>
+      </c>
+      <c r="D410" t="s">
+        <v>3783</v>
+      </c>
+      <c r="E410" t="s">
+        <v>3784</v>
+      </c>
+      <c r="F410" t="s">
+        <v>3785</v>
+      </c>
+      <c r="G410" t="s">
+        <v>3066</v>
+      </c>
+      <c r="H410" t="s">
+        <v>3067</v>
+      </c>
+      <c r="I410" t="s">
+        <v>3068</v>
+      </c>
+      <c r="J410" t="s">
+        <v>24</v>
+      </c>
+      <c r="K410" t="s">
         <v>130</v>
       </c>
-      <c r="L406" t="s">
-[...2 lines deleted...]
-      <c r="M406" t="s">
+      <c r="L410" t="s">
+        <v>26</v>
+      </c>
+      <c r="M410" t="s">
         <v>131</v>
       </c>
-      <c r="N406" t="s">
-[...3 lines deleted...]
-        <v>3746</v>
+      <c r="N410" t="s">
+        <v>28</v>
+      </c>
+      <c r="O410" t="s">
+        <v>3786</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">