--- v0 (2026-01-15)
+++ v1 (2026-02-05)
@@ -12,148 +12,232 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="748">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="775">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Yao
 # Source: https://hadeethenc.com/yao
-# Last update: 2026-01-15 16:53:17 (v1.1.0)
-# Check for updates: https://hadeethenc.com/en/check/yao/v1.1.0
+# Last update: 2026-02-02 15:33:12 (v1.4.0)
+# Check for updates: https://hadeethenc.com/en/check/yao/v1.4.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
     <t>benefits_ar</t>
   </si>
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
+    <t>ألا أنبئكم بأكبر الكبائر؟</t>
+  </si>
+  <si>
+    <t>Ana namsalile ya sambi syekulungwa?</t>
+  </si>
+  <si>
+    <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
+  </si>
+  <si>
+    <t>Ngani jikupitila kwa Abu Bakrat-Mlungu asangalasidwe nawo-wawawechete kuti: Mtume jwa Mlungu-chanasa ni utendele wa Mlungu iwe pa jwelejo-watite kuti: "Ana namsalile ya sambi syekulungwa?"wawechete mwakuwilisya katatu, ni wakulijiganya wa Mtume watite: ee mtusalile mwe Mtume jwa Mlungu, ni Mtume wawechete kuti:"kumphwatikanya Mlungu ni ikachindu ine,kunyosya achinangolo wawili" ni Mtume watemi pasi mwakusamilisya mgongo wakwe chindu chine chakwe,ni wawechete kuti:" ni kuwichila umboni wa unami", ni wawechete kuti: Mtume waji ali mkuwecheta malowe gelega mwakuwilisya mpaka uwe twawechete kuti: basi mtume akaleche kuwecheta yakuwilisya wilisyayi".</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
+1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
+2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
+3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
+وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
+  </si>
+  <si>
+    <t>Mtume -chanasa ni utendele wa Mlungu iwe pa jwelejo-wasalilaga wakulijiganya wakwe ya sambi syekulungwa mnope, ni wakolasile sambi sitatusi:
+1. Kumpwatikanya Mlungu ni ikandu ine: kwakuli kamula masengo galigose gambone pakusaka kumsangalasya jumkanawa Mlungu, nikuilandanya yamkaniyiwa Mlungu ni Mlungu pa ujikape wakwe wakupopeledwa, mu itendo yakwe, mu mena gakwe nambo soni mbili syakwe.
+2. Kunyosya achinangolo wawili: kwele nikutenda chindu chilichose chakwapa nacho ilagasyo achinangolo wawili,kanga malowe kapena chitendo, nikuleka kwatendela yambone achinangolowo.
+3. Kuwecheta malowe ga unami, mkati mwakwe mwana kuwichila umboni wa unami: gele ni malowe galigose gagambakulinganya gaunami  gakusawa ni chakulinga chakumtenda kuwa jwakunyosekwa mundu jwakumlambuchisyajo pakusaka kumjigalila ipanje yakwe kapena kusaka kumnyosya ya uchimbichimbi wakwe ni ine yakulekangana lekangana.
+Mtume -chanasa ni utendele wa Mlungu iwe pa jwelejo-wawilisye pakulekasya ya mteto wakuwecheta ya unami pakusaka kwagumbalisya wandu wakunyalaya kwa mteto welewu nambo soni ligongo lya yakuichisya yakusakala yaikusawaga mu dela jakutama wandu, mpaka wakulijiganya wa Mtume wawechete kuti: basi Mtume akatame ji aleche kuwechetako; pakumtendela chanasa Mtumejo kuti wawilisye kakwanila yakulekasya unamiyo, ni kunyalaisidwa kuti yele imsungusye Mtume ya ndamo jeleji.</t>
+  </si>
+  <si>
+    <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
+عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
+الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
+  </si>
+  <si>
+    <t>Sambi syekulungwa mnope ni kumphwatikanya Mlungu ni ikandu ine; nakalaga Mtume waiwisile ku ndanda kwa sambi syekulungwa nikuwa jelejo jekulungwa mnope, yaikusimichisya malowe gelega ni kuwecheta kwa Mlungu kwanti: { Lyuwa lya mbesi Mlungu ngajakululuka sambi syakumphwatikanya ni ikandu ine, nikuti takakululuche sambi sine kungawaga syakumphwatikanya ni ikandu ine kwa mundu jutakamsache kuti amkululuchile}.
+Ukulu wa yakusosekwa kwatendela achinangolo wawili, ntando wanti Mlungu walumbikenye pakuikolanga yakusosekwa kwatendela achinangolo ni yakusosekwa kumtendela Mlungujo.
+Sambi sigawikene magulu gawili syekulungwa ni sya mwana, sambi syekulungwa ni: sambi jilijose jajikwete chibalo chiwawisile Mlungu pa chila mbo pano, sawu ilagasyo yaikwete mlingo wakwe ni kutembeleledwa (kulwesedwa) kapena jana ilagasyo ku umi waukuwika, sawu kusalilidwa yakujakwinjila ku moto, nikuti sambi syekulungwa sili masitepesitepe sine kulekasidwa kwakwe kuli kwakunonopala kupunda sine. Sano sambi sya mwana mwana ni sambi simkanisiwa syekulungwa.</t>
+  </si>
+  <si>
+    <t>صحيح</t>
+  </si>
+  <si>
+    <t>متفق عليه</t>
+  </si>
+  <si>
+    <t>[صحيح]</t>
+  </si>
+  <si>
+    <t>[متفق عليه]</t>
+  </si>
+  <si>
+    <t>yao</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yao/browse/hadith/2941</t>
+  </si>
+  <si>
+    <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
+  </si>
+  <si>
+    <t>Sambi syekulungwakulungwa ni: kumphwatikanya Mlungu ni ikandu ine,kunyosya achinangolo wawili, kuwulaga mundu pangali magongo gakundisidwa pa chisilamu, nikulumbila mu lina lya Mlungu mwa unami pakusaka kwasokonesya wane</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
+  </si>
+  <si>
+    <t>Ngani jikupitila kwa Abdul-Allah mwanache jwa Amru jwali mwanache jwa Al-A'swi- Mlungu asangalasidwe nawo wawiliwa-pa ngani jajikuumila kwa Mtume-utendele ni chanasa cha Mlungu iwe pa jwelejo-wawechete kuti: "Sambi syekulungwakulungwa ni: kumphwatikanya Mlungu ni ikandu ine,kunyosya achinangolo wawili, kuwulaga mundu pangali magongo gakundisidwa pa chisilamu, nikulumbila mu lina lya Mlungu mwa unami pakusaka kwasokonesya wane".</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
+فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
+وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
+وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
+ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
+  </si>
+  <si>
+    <t>Mtume -chanasa ni utendele wa Mlungu iwe pa jwelejo-akulongosola ya sambi syekulungwa kulungwa, sambi syanti mundu mkusipanganyajo asalilidwe yakupedwa ilagasyo yakupweteka pa chilambo pano kapena umi waukuwika.
+Sambi ja ndanda ni "kumphwatikanya Mlungu ni ikandu ine": kwakuli kukamula masengo galigose gambone pakusaka kumsangalasya jumkanawa Mlungu,nikuchitenda chimkanichiwa Mlungu kuwa chakulandana ni Mlungu mu ikandu yanti iwele ya jikape Mlungujo pa ujikape wakwe pakupopeleledwa,itendo yakwe,mena gakwe nambo soni mbili syakwe.
+Sambi jawili jakwe"kunyosya achinangolo wawili": chele ni chindu chilichose chikusatendekasya kwalagasya achinangolo wawili kanga kuwa malowe kapena chitendo chene, nikuleka kwatendela yambone achinangolowo.
+Sambi jatatu jakwe"kuwulaga mundu":pali pangali ligongo lyakundisidwa pa malamusi, sawu kum'bulaga mundu mwangali chilungamo ni udani uli sikati jakwe ni mundujo.
+Sambi jamcheche jakwe"kulumbila mwa unami": kwele ni kulumbila mwa unami mwakumanyilila kuti akulumbila mwa unami,yakolanjidwe myoyo; mtando wanti ikusamgwichisya mkulambusyajo mu sambi kapena ikamgwichisye ku moto.</t>
+  </si>
+  <si>
+    <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
+الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
+الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
+  </si>
+  <si>
+    <t>Kulambusya mwa melepe unamkumanyilila pangali impaka isimasye yele;mtando wanti ulewi wakwe uwele wekulungwa, nambo kuti mundu naga aujile mwa Mlungu kuleka mteto wele,Mlungu jwakupochelaga kuwujila kwakwe mwa Mlunguko.
+Kolanga sambi syekulungwa mchechesi,sikolanjidwe mtando wanti syelesi siwele syekulungwa mnope,ngawa kuti ni syele pesi.
+Sambi sigawikene magulu gawili syekulungwa ni sya mwana, sambi syekulungwa ni: sambi jilijose jajikwete chibalo chiwawisile Mlungu pa chila mbo pano,sawu ilagasyo yaikwete mlingo wakwe ni kutembeleledwa(kulwesedwa) kapena jana ilagasyo ku umi waukuwika,sawu kusalilidwa yakujakwinjila ku moto, nikuti sambi syekulungwa sili masitepesitepe sine kulekasidwa kwakwe kuli kwakunonopala kupunda sine. Sano sambi sya mwana mwana ni sambi simkanisiwa syekulungwa.</t>
+  </si>
+  <si>
+    <t>رواه البخاري</t>
+  </si>
+  <si>
+    <t>[رواه البخاري]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yao/browse/hadith/3044</t>
+  </si>
+  <si>
     <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>Naga kapolo ali alwasilemo kapena kwende ulendo akasalembedwela yambone sawu mpela pawaji  alichenene kapena ali pamlango</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Ngai jikutochela kwa Abu Mussah Al-Ash'ariy-chisangalalo cha Mlungu chijale kwa welewo wawatite kuti:Mtume jwa Mlungu-utendele ni chanasa cha Mlungu iwe pa Mtumejo-jwawechete kuti: «Naga kapolo ali alwasilemo kapena kwende ulendo akasalembedwela yambone sawu mpela pawaji  alichenene kapena ali pamlango".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Mtume-chanasa ni utendele wa Mlungu iwe kwa jwelejo- akulongosola ya umbone wa Mlungu ni chanasa chakwe,naga mundu Msilamu pandamilo syakwe akukamulaga masengo gambone ni ndawi jine alepele paligongo lya kulwala kapena atanganidwe ni ulendo,kapena ligongo linepe;jwalakwejo akusapataga malipilo gekwane mpela yasati kapate naga alichenene kapena ali pa mlango nganawa pa ulendo.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Kwendelechela kwa umbone wa Mlungu pa achikapolo wakwe.
 Kulimbikasya kwa kulimbichila kutenda yambone nikamulisya masengo ndawi pauli pa utendele ni kola lipesa.</t>
   </si>
   <si>
-    <t>صحيح</t>
-[...13 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/yao/browse/hadith/3553</t>
   </si>
   <si>
     <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>Mundu jutampe upumusi jwakulaga kapena kumtochesya ngongole syakwe, Allah takawiche pa mtusi wakwe pa lisiku lya mbesi  mtusi wachindanda chakwe lisiku lyatikuwa kwangali mtusi uliwose niyikawege welewo</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Ngani jikutochela kwa abi Huraira chisangalalo cha Mlungu chiwe kwa mwanjawo watite kuti: Jwawechete ntenga jwa Allah chanasa ni mtendele ije kwamtumejo: «Mundu jutampe upumusi jwakulaga kapena kumtochesya ngongole syakwe, Allah takawiche pa mtusi wakwe pa lisiku lya mbesi  mtusi wachindanda chakwe lisiku lyatikuwa kwangali mtusi uliwose niyikawege welewo».</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Jwalongoswele mtume mtendele uwe kwa jwalakwejo kuti mundu juchatosye ngongole kwa mjakwe kapena kumpepuchisya malipilo gakwe: Nikuti Allah tachim'wika pasi pa mtusi wa chindanda chakwe palisiku lya mbesi lisiku lyatiliwandichila luwa m'mitwe ja wandu nitikukalipa kutukutila kwakwe. Tikuchiwa kwangali mtusi uliwose kupatula mtusi watachipedwa wandu ni Allah</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
@@ -171,56 +255,50 @@
     <t>https://hadeethenc.com/yao/browse/hadith/4186</t>
   </si>
   <si>
     <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Mundu jumpaka atawe mwesi wa namasani mwakulupilila kuti nditu mlungu walamulile kutawako, nambo soni kuti takapate sawabu ligongo lyakutawako, ilewi yawo yawatesile isakululuchidwaga)</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Ngani jikutochela kwa Abi Huraira chisangalalo cha Mlungu chiwe kwa mwanjawo watite kuti: Jwawechete ntenga jwa Allah mtendele ni chanasya ije kwamtumejo: «"Mundu jumpaka atawe mwesi wa namasani mwakulupilila kuti nditu mlungu walamulile kutawako, nambo soni kuti takapate sawabu ligongo lyakutawako, ilewi yawo yawatesile isakululuchidwaga)».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Akusala mtume kuti wachatawe mwesi wa Ramadhaan mwachikulupi mwa Allah mwakwitichisya chilamusi chakwe nambo soni nimalipilo gawasunjile wandu wakutawa gejinji, pakutawa ligongo lya Allah basi pangawaga kuti andole kapena mbikaniche, nikuti were asakululuchidwa sambi sawo sya munyuma</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Umbone wa kuliswejesya mwa Allah nikusachikwa kwakwe pakutawa mwesi wa ramadhani nambo soni nimasengo gane</t>
-  </si>
-[...4 lines deleted...]
-    <t>[متفق عليه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yao/browse/hadith/4196</t>
   </si>
   <si>
     <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Watajime chilo chakuchimbichika mwa chikulupi nikwembecheya   malipilo takululuchidwe kwa ilewi yawo iwatesile munyuma</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Ngani jikutochela kwa abi Huraira chisangalalo cha Mlungu chiwe kwa mwanjawo watite kuti: Jwawechete ntenga jwa Allah mtendele ni chanasya ije kwamtumejo: Watajime chilo chakuchimbichika mwa chikulupi nikwembecheya   malipilo takululuchidwe kwa ilewi yawo iwatesile munyuma.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>Akulongosola mtenga jwa Allah umbone wakwima chilo chakuchimbichika chachisawa  masiku likumi gakumalisya mwesi wa Ramadhaan, nditu wakulimbichila mwalakwemo kuswali kuwenda nambo soni kuwalanga Quraan,mwakulupilila nambo soni kulupilila maumbone gagawiche mwalakwemo,mwakwembecheya malipilo ga Allah pangawaga andione kapena kupikanika nditu welewo asakululuchidwaga yakulewa yawo iwalewile kalakala.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
@@ -2621,50 +2699,85 @@
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>Kulupulila kuti Mbepo ni Moto ipali pepano.
 Kanganichisidwa kwakulupilila ikandu yangawoneka ni meso, nambo soni ni yosope yayawiche yakwayana ni Mlungu ni Mtume jwakwe-chanasa ni utendele wa Mlungu iwe pa Mtumejo.
 Kusosekwa kwa kupilila pa ichindu yakupweteka,ligongo liwele litala lyakujakuw'wichisya mundu ku Mbepo.
 Kusosekwa kwa kuwambala ichindu yelekasidwe; ligongo iwele litala lyakujakuw'wichisya mundu ku Moto.
 Mlungu wajitesile Mbepo kuwa jakusungulilidwa ni masengo gakupweteka, nikutenda Moto kuwa wakusungulilidwa ni yakuonyela(ilakolako) ya umi,yeleyi ikugopolela kuti umi wapa chilambo cha pasi,gawele mayeso gakumlinga mundu.
 Litala lyakujakwinjilila ku Mbepo,lyakusausya nikunonopala,ni ikusasosa kupilila nikamuchisidwa ni chikulupililo. Nikuti litala lyakujakwinjilila ku Moto,ligumbele ni yakulyolyopela ni yakusaka(yakumbila) ya umi wa pachilambo cha pasi.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي والنسائي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yao/browse/hadith/65034</t>
+  </si>
+  <si>
+    <t>أيها الناس، إنما صنعت هذا لتأتموا ولتعلموا صلاتي</t>
+  </si>
+  <si>
+    <t>e jenu manja wandu! nditu une ndesile yayyiweni ila ni chakulinga chanti jenu manja munguyeje une kaswali kaswala nambo soni kusaka kumjiganya ya kaswali kangu</t>
+  </si>
+  <si>
+    <t>عن أَبِي حَازِمِ بْن دِينَارٍ: أَنَّ رِجَالًا أَتَوْا سَهْلَ بْنَ سَعْدٍ السَّاعِدِيَّ، وَقَدِ امْتَرَوْا فِي الْمِنْبَرِ مِمَّ عُودُهُ، فَسَأَلُوهُ عَنْ ذَلِكَ، فَقَالَ: وَاللهِ إِنِّي لَأَعْرِفُ مِمَّا هُوَ، وَلَقَدْ رَأَيْتُهُ أَوَّلَ يَوْمٍ وُضِعَ، وَأَوَّلَ يَوْمٍ جَلَسَ عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، أَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِلَى فُلَانَةَ -امْرَأَةٍ من الأنصار قَدْ سَمَّاهَا سَهْلٌ-: «مُرِي غُلَامَكِ النَّجَّارَ أَنْ يَعْمَلَ لِي أَعْوَادًا أَجْلِسُ عَلَيْهِنَّ إِذَا كَلَّمْتُ النَّاسَ»، فَأَمَرَتْهُ فَعَمِلَهَا مِنْ طَرْفَاءِ الْغَابَةِ، ثُمَّ جَاءَ بِهَا، فَأَرْسَلَتْ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَمَرَ بِهَا فَوُضِعَتْ هَاهُنَا، ثُمَّ رَأَيْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَّى عَلَيْهَا وَكَبَّرَ وَهُوَ عَلَيْهَا، ثُمَّ رَكَعَ وَهُوَ عَلَيْهَا، ثُمَّ نَزَلَ الْقَهْقَرَى، فَسَجَدَ فِي أَصْلِ الْمِنْبَرِ ثُمَّ عَادَ، فَلَمَّا فَرَغَ أَقْبَلَ عَلَى النَّاسِ فَقَالَ: «أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي».</t>
+  </si>
+  <si>
+    <t>Ngani jikutyochela kwa baba wawo Hazim mwanache jwa Dinala: Wandu wane wapite kwa Sahal mwanache jwa Saad wa mtundu wa Al-Saadiyya, ni wausyene kapena kutandana ngani jakusana mwimbali kuti mtundu wachi wamatabwa wakusakamulisya masengo pakupanganya, ni wam'busisye Sahal yeleyo,ni Sahal wawechete kuti: ngumlumbilila Mlungu une ngumanyilila yakusana yamkuusyayo,najiweni mwimbalijo lyuwa lyandanda lijawichidwe nambo soni lyuwa lya ndanda liwatemi Mtume jwa Mlungu-chanasa ni  utendele wa Mlungu iwe pa jwelejo-pa mwimbalijo,Mtume jwa Mlungu-chanasa ni utendele wa Mlungu iwe pa jwelejo-watumisye utenga kwa msimai-jwakutyochela mu wandu waku Madinah-Sahal wamkolasile lina lyakwe-:"Mtume wamtesile kuti mumlamule jwamasengo jwenu jwali kalipentalajo kuti atukomele chindu chamatabwa kuti ndamileje pa ndawi jingusaka kuwechetana ni wandu", ni msimai jula wamlamwile jwa masengo jwakwe jula kuti akome mwimbali jila ,ni wakomile pakamulisya matabwa gakwitinji,ni kaneko wawiche nacho, ni msimai jula watumisye kwa Mtume jwa Mlungu-chanasa ni utendele wa Mlungu iwe pa jwelejo-ni Mtume walamwile kuti jiwichidwe malo agaga,kaneko ni nam'bweni Mtume-chanasa ni utendele wa Mlungu iwe pa jwelejo ali atemi penani pa mwimbalijo ali mkuwecheta kuti Allah Akbar,kaneko ni wajineme ali pa mwimbali pepo,kaneko watulwiche pa mwimbali mwakuujila panyuma panandi, kaneko ni wagwisisye ngope jawo pasi pajitandilile mwimbali,kaneko ni waujile pa mwimbali,pawamalisye wagalauchile kwa wandu ni watite kuti:"e jenu manja wandu! nditu une ndesile yayyiweni ila ni chakulinga chanti jenu manja munguyeje une kaswali kaswala nambo soni kusaka kumjiganya ya kaswali kangu".</t>
+  </si>
+  <si>
+    <t>جاء رجالٌ إلى أحدِ الصحابة يسألونه عن المنبرِ النبويِّ الذي اتخذه رسولُ الله صلى الله عليه وسلم: ممَّ صُنع؟ وقد تجادلوا وتنازعوا في ذلك، فَذَكَرَ لهم أنه صلى الله عليه وسلم بَعث إلى امرأةٍ من الأنصار كان لها خادمٌ نجَّار، فقال لها: مُرِيْ غلامَك أنْ يَصنعَ لي منبرًا أَجلِسُ عليه حين أُكَلِّمُ الناسَ، فأجابت المرأةُ، وأمَرتْ غلامَها أن يصنع للنبي صلى الله عليه وسلم منبرًا من شجر الطَّرْفاء، ولَمَّا فَرَغَ أَرسلت المرأةُ به إلى النبي صلى الله عليه وسلم، فأَمََرَ به فوُضع مكانَه من المسجد، ثم صلى النبي صلى الله عليه وسلم عليه وكَبَّرَ وهو عليه، ثم ركع وهو عليه، ثم نزل يمشي إلى خلف من غير أن يَلْفِتَ وجهَه إلى جهة الخلف فسجد في أَصْلِ المنبر ثم عاد، فلما فرغ من الصلاة أقبل على الناس، وقال: أيها الناس، إنما صنعتُ هذا لتأتموا ولِتَعَلَّموا صلاتي.</t>
+  </si>
+  <si>
+    <t>Wandu wane wapite kwa jumo mwa wakulijiganya wa Mtume(Mlungu asangalasidwe nawo osope)-chanasa ni utendele wa Mlungu iwe pa Mtumejo-wam'busyaga yakusana mwimbali ja Mtume-chanasa ni utendele wa Mlungu iwe pa jwelejo-jiwajitesile Mtume-chanasa ni utendele wa Mlungu iwe pa jwelejo-kuti wajitesile kutyochela ku ichichi?wanduwo waji akangene natindene nganisyo sikati jawo pa ngani jeleji, ni jwakulijiganya jwa Mtume jula wasalile kuti Mtume-chanasa ni utendele wa Mlungu iwe pa jwelejo-watumisye utenga kwa msimai jwakuma mu gulu ja wandu waku Madinah(Ansar)juwakwete jwa masengo juwaji kalipentala, ni wansalile msimaijo kuti: mumlamule jwamasengo jwenu kuti andendele mwimbali kuti ndamileje pa ndawi jinguwechetana ni wandu, ni msimai jula wajitichisye, ni wamlamwile jwamasengo jwakwejo kuti amtendele Mtume-chanasa ni utendele wa Mlungu iwe pa jwelejo-mwimbali kutyochela ku itela yakwitinji. Pa ndawi jiwamalisisye koma mwimbalijo msimai jula wajitumisye kwa Mtume-chanasa ni utendele wa Mlungu iwe pa jwelejo-ni walamwile kuti jiwiche pa malo gawawisilego mu msikiti wakwe Mtumejo,kaneko Mtume-chanasa ni utendele wa Mlungu iwe pa jwelejo-waswasile ali penani pa mwimbalijo ni wawechete malowe ganti Allah Akbar ali penani pakwepo,kaneko wajineme ali penani pepo,kaneko watulwiche ni wajesile kwaula kunyuma nambo nganagalausya ngope jawo kulosya mbali jakunyuma kaneko ni wagwisisye ngope jawo pasi pafupi ni pawatandile kuwika mwimbali kaneko waujile penani pa mwimbali, pawamasile kuswali, wagalawiche kwalola wandu ni wawechete kuti: e jenu manja wandu, nditu une ndesile yayyiweni ila ntando wanti ngusaka jenu manja munguyeje une kaswali nambo soni mlijiganye kaswali ka swala jangu.</t>
+  </si>
+  <si>
+    <t>استحباب اتخاذ المنبر وارتقاء الخطيب عليه، وفائدته الإبلاغ والإسماع.
+جواز الصلاة على المنبر للتعليم، وجواز ارتفاع الإمام على المأموم لحاجة.
+جواز الاستعانة بأهل الصناعات في حوائج المسلمين.
+جواز الحركة اليسيرة في الصلاة للحاجة.
+جواز نظر المأموم إلى إمامه في الصلاة؛ ليتعلم منه وأن ذلك لا ينافي الخشوع.</t>
+  </si>
+  <si>
+    <t>Chiwele chijiganyo cha Mtume kulinganya mwimbali nikuti mundu mkulalichila atameje pa mwimbalipo,phindu jakwe nikuti utenga ukusawikaga kwa wandu osope nambo soni ukusapikanika.
+Kundisidwa kwakuswalila pa mwimbali pakusaka kwajiganya wandu swala, ni kundisidwa kwakuwa mkulongolela swala penani pa wandu wakwalongolela naga pali pana kusosekwa kutenda myo.
+Kundisidwa kwa kamuchisidwa ni wandu wakwete ukombosi wakupanganya ikandu pa yakusowa ya Asilamu.
+Kundisidwa kwakulitenganya panandi pa ndawi jaukuswali naga ligongo lipatikene lyakutendela yele.
+Kundisidwa kwakulola mundu jwakuswalisidwa kumlola mundu jwakumswalisya pa ndawi jakuswali; kuti alijiganye kuuma kwa jwakuswalisyajo nikuti yele yangatendekasya mundu ngatulala mtima pakuswali.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/yao/browse/hadith/65096</t>
   </si>
   <si>
     <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>____</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>Ngani jikupitila kwa baba wawo wa Abdul-Rahman Abdul-Allah mwanache jwa Umar-Mlungu asangalasidwe nawo wawiliwa-wawawechete kuti: nampikene Mtume jwa Mlungu-chanasa ni utendele wa Mlungu iwe pa jwelejo-ali mkuwecheta kuti: ____</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
     <t>____
 ____</t>
   </si>
   <si>
@@ -3141,51 +3254,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O80"/>
+  <dimension ref="A1:O83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -3203,3712 +3316,3853 @@
       </c>
       <c r="I2" t="s">
         <v>9</v>
       </c>
       <c r="J2" t="s">
         <v>10</v>
       </c>
       <c r="K2" t="s">
         <v>11</v>
       </c>
       <c r="L2" t="s">
         <v>12</v>
       </c>
       <c r="M2" t="s">
         <v>13</v>
       </c>
       <c r="N2" t="s">
         <v>14</v>
       </c>
       <c r="O2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3">
-        <v>3553</v>
+        <v>2941</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>25</v>
       </c>
       <c r="L3" t="s">
         <v>26</v>
       </c>
       <c r="M3" t="s">
         <v>27</v>
       </c>
       <c r="N3" t="s">
         <v>28</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4">
-        <v>4186</v>
+        <v>3044</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4" t="s">
         <v>35</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>38</v>
       </c>
       <c r="L4" t="s">
         <v>26</v>
       </c>
       <c r="M4" t="s">
         <v>39</v>
       </c>
       <c r="N4" t="s">
         <v>28</v>
       </c>
       <c r="O4" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5">
-        <v>4196</v>
+        <v>3553</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>43</v>
       </c>
       <c r="E5" t="s">
         <v>44</v>
       </c>
       <c r="F5" t="s">
         <v>45</v>
       </c>
       <c r="G5" t="s">
         <v>46</v>
       </c>
       <c r="H5" t="s">
         <v>47</v>
       </c>
       <c r="I5" t="s">
         <v>48</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="L5" t="s">
         <v>26</v>
       </c>
       <c r="M5" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="N5" t="s">
         <v>28</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6">
-        <v>4202</v>
+        <v>4186</v>
       </c>
       <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
         <v>52</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>53</v>
       </c>
-      <c r="D6" t="s">
+      <c r="F6" t="s">
         <v>54</v>
       </c>
-      <c r="E6" t="s">
+      <c r="G6" t="s">
         <v>55</v>
       </c>
-      <c r="F6" t="s">
+      <c r="H6" t="s">
         <v>56</v>
       </c>
-      <c r="G6" t="s">
+      <c r="I6" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="L6" t="s">
         <v>26</v>
       </c>
       <c r="M6" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7">
-        <v>4204</v>
+        <v>4196</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="s">
         <v>62</v>
       </c>
       <c r="D7" t="s">
         <v>63</v>
       </c>
       <c r="E7" t="s">
         <v>64</v>
       </c>
       <c r="F7" t="s">
         <v>65</v>
       </c>
       <c r="G7" t="s">
         <v>66</v>
       </c>
       <c r="H7" t="s">
         <v>67</v>
       </c>
       <c r="I7" t="s">
         <v>68</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
         <v>25</v>
       </c>
       <c r="L7" t="s">
         <v>26</v>
       </c>
       <c r="M7" t="s">
         <v>27</v>
       </c>
       <c r="N7" t="s">
         <v>28</v>
       </c>
       <c r="O7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8">
-        <v>4304</v>
+        <v>4202</v>
       </c>
       <c r="B8" t="s">
         <v>70</v>
       </c>
       <c r="C8" t="s">
         <v>71</v>
       </c>
       <c r="D8" t="s">
         <v>72</v>
       </c>
       <c r="E8" t="s">
         <v>73</v>
       </c>
       <c r="F8" t="s">
         <v>74</v>
       </c>
       <c r="G8" t="s">
         <v>75</v>
       </c>
       <c r="H8" t="s">
         <v>76</v>
       </c>
       <c r="I8" t="s">
         <v>77</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="L8" t="s">
         <v>26</v>
       </c>
       <c r="M8" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="N8" t="s">
         <v>28</v>
       </c>
       <c r="O8" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9">
-        <v>4555</v>
+        <v>4204</v>
       </c>
       <c r="B9" t="s">
         <v>79</v>
       </c>
       <c r="C9" t="s">
         <v>80</v>
       </c>
       <c r="D9" t="s">
         <v>81</v>
       </c>
       <c r="E9" t="s">
         <v>82</v>
       </c>
       <c r="F9" t="s">
         <v>83</v>
       </c>
       <c r="G9" t="s">
         <v>84</v>
       </c>
       <c r="H9" t="s">
         <v>85</v>
       </c>
       <c r="I9" t="s">
         <v>86</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>87</v>
+        <v>38</v>
       </c>
       <c r="L9" t="s">
         <v>26</v>
       </c>
       <c r="M9" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="N9" t="s">
         <v>28</v>
       </c>
       <c r="O9" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10">
-        <v>4792</v>
+        <v>4304</v>
       </c>
       <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" t="s">
         <v>90</v>
       </c>
-      <c r="C10" t="s">
+      <c r="E10" t="s">
         <v>91</v>
       </c>
-      <c r="D10" t="s">
+      <c r="F10" t="s">
         <v>92</v>
       </c>
-      <c r="E10" t="s">
+      <c r="G10" t="s">
         <v>93</v>
       </c>
-      <c r="F10" t="s">
+      <c r="H10" t="s">
         <v>94</v>
       </c>
-      <c r="G10" t="s">
+      <c r="I10" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="L10" t="s">
         <v>26</v>
       </c>
       <c r="M10" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="N10" t="s">
         <v>28</v>
       </c>
       <c r="O10" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11">
-        <v>4817</v>
+        <v>4555</v>
       </c>
       <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
         <v>99</v>
       </c>
-      <c r="C11" t="s">
+      <c r="E11" t="s">
         <v>100</v>
       </c>
-      <c r="D11" t="s">
+      <c r="F11" t="s">
         <v>101</v>
       </c>
-      <c r="E11" t="s">
+      <c r="G11" t="s">
         <v>102</v>
       </c>
-      <c r="F11" t="s">
+      <c r="H11" t="s">
         <v>103</v>
       </c>
-      <c r="G11" t="s">
+      <c r="I11" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="L11" t="s">
         <v>26</v>
       </c>
       <c r="M11" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="N11" t="s">
         <v>28</v>
       </c>
       <c r="O11" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12">
-        <v>4935</v>
+        <v>4792</v>
       </c>
       <c r="B12" t="s">
         <v>108</v>
       </c>
       <c r="C12" t="s">
         <v>109</v>
       </c>
       <c r="D12" t="s">
         <v>110</v>
       </c>
       <c r="E12" t="s">
         <v>111</v>
       </c>
       <c r="F12" t="s">
         <v>112</v>
       </c>
       <c r="G12" t="s">
         <v>113</v>
       </c>
       <c r="H12" t="s">
         <v>114</v>
       </c>
       <c r="I12" t="s">
         <v>115</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="L12" t="s">
         <v>26</v>
       </c>
       <c r="M12" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="N12" t="s">
         <v>28</v>
       </c>
       <c r="O12" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13">
-        <v>4947</v>
+        <v>4817</v>
       </c>
       <c r="B13" t="s">
         <v>117</v>
       </c>
       <c r="C13" t="s">
         <v>118</v>
       </c>
       <c r="D13" t="s">
         <v>119</v>
       </c>
       <c r="E13" t="s">
         <v>120</v>
       </c>
       <c r="F13" t="s">
         <v>121</v>
       </c>
       <c r="G13" t="s">
         <v>122</v>
       </c>
       <c r="H13" t="s">
         <v>123</v>
       </c>
       <c r="I13" t="s">
         <v>124</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
         <v>25</v>
       </c>
       <c r="L13" t="s">
         <v>26</v>
       </c>
       <c r="M13" t="s">
         <v>27</v>
       </c>
       <c r="N13" t="s">
         <v>28</v>
       </c>
       <c r="O13" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14">
-        <v>4965</v>
+        <v>4935</v>
       </c>
       <c r="B14" t="s">
         <v>126</v>
       </c>
       <c r="C14" t="s">
         <v>127</v>
       </c>
       <c r="D14" t="s">
         <v>128</v>
       </c>
       <c r="E14" t="s">
         <v>129</v>
       </c>
       <c r="F14" t="s">
         <v>130</v>
       </c>
       <c r="G14" t="s">
         <v>131</v>
       </c>
       <c r="H14" t="s">
         <v>132</v>
       </c>
       <c r="I14" t="s">
         <v>133</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="L14" t="s">
         <v>26</v>
       </c>
       <c r="M14" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="N14" t="s">
         <v>28</v>
       </c>
       <c r="O14" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
-        <v>5273</v>
+        <v>4947</v>
       </c>
       <c r="B15" t="s">
         <v>135</v>
       </c>
       <c r="C15" t="s">
         <v>136</v>
       </c>
       <c r="D15" t="s">
         <v>137</v>
       </c>
       <c r="E15" t="s">
         <v>138</v>
       </c>
       <c r="F15" t="s">
         <v>139</v>
       </c>
       <c r="G15" t="s">
         <v>140</v>
       </c>
       <c r="H15" t="s">
         <v>141</v>
       </c>
       <c r="I15" t="s">
         <v>142</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>143</v>
+        <v>38</v>
       </c>
       <c r="L15" t="s">
         <v>26</v>
       </c>
       <c r="M15" t="s">
-        <v>144</v>
+        <v>39</v>
       </c>
       <c r="N15" t="s">
         <v>28</v>
       </c>
       <c r="O15" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
-        <v>5326</v>
+        <v>4965</v>
       </c>
       <c r="B16" t="s">
+        <v>144</v>
+      </c>
+      <c r="C16" t="s">
+        <v>145</v>
+      </c>
+      <c r="D16" t="s">
         <v>146</v>
       </c>
-      <c r="C16" t="s">
+      <c r="E16" t="s">
         <v>147</v>
       </c>
-      <c r="D16" t="s">
+      <c r="F16" t="s">
         <v>148</v>
       </c>
-      <c r="E16" t="s">
+      <c r="G16" t="s">
         <v>149</v>
       </c>
-      <c r="F16" t="s">
+      <c r="H16" t="s">
         <v>150</v>
       </c>
-      <c r="G16" t="s">
+      <c r="I16" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="L16" t="s">
         <v>26</v>
       </c>
       <c r="M16" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
-        <v>5330</v>
+        <v>5273</v>
       </c>
       <c r="B17" t="s">
+        <v>153</v>
+      </c>
+      <c r="C17" t="s">
+        <v>154</v>
+      </c>
+      <c r="D17" t="s">
         <v>155</v>
       </c>
-      <c r="C17" t="s">
+      <c r="E17" t="s">
         <v>156</v>
       </c>
-      <c r="D17" t="s">
+      <c r="F17" t="s">
         <v>157</v>
       </c>
-      <c r="E17" t="s">
+      <c r="G17" t="s">
         <v>158</v>
       </c>
-      <c r="F17" t="s">
+      <c r="H17" t="s">
         <v>159</v>
       </c>
-      <c r="G17" t="s">
+      <c r="I17" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>87</v>
+        <v>161</v>
       </c>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
-        <v>88</v>
+        <v>162</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
-        <v>5331</v>
+        <v>5326</v>
       </c>
       <c r="B18" t="s">
         <v>164</v>
       </c>
       <c r="C18" t="s">
         <v>165</v>
       </c>
       <c r="D18" t="s">
         <v>166</v>
       </c>
       <c r="E18" t="s">
         <v>167</v>
       </c>
       <c r="F18" t="s">
         <v>168</v>
       </c>
       <c r="G18" t="s">
         <v>169</v>
       </c>
       <c r="H18" t="s">
         <v>170</v>
       </c>
       <c r="I18" t="s">
         <v>171</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>25</v>
+        <v>105</v>
       </c>
       <c r="L18" t="s">
         <v>26</v>
       </c>
       <c r="M18" t="s">
-        <v>27</v>
+        <v>106</v>
       </c>
       <c r="N18" t="s">
         <v>28</v>
       </c>
       <c r="O18" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
-        <v>5335</v>
+        <v>5330</v>
       </c>
       <c r="B19" t="s">
         <v>173</v>
       </c>
       <c r="C19" t="s">
         <v>174</v>
       </c>
       <c r="D19" t="s">
         <v>175</v>
       </c>
       <c r="E19" t="s">
         <v>176</v>
       </c>
       <c r="F19" t="s">
         <v>177</v>
       </c>
       <c r="G19" t="s">
         <v>178</v>
       </c>
       <c r="H19" t="s">
         <v>179</v>
       </c>
       <c r="I19" t="s">
         <v>180</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="L19" t="s">
         <v>26</v>
       </c>
       <c r="M19" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="N19" t="s">
         <v>28</v>
       </c>
       <c r="O19" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
-        <v>5346</v>
+        <v>5331</v>
       </c>
       <c r="B20" t="s">
         <v>182</v>
       </c>
       <c r="C20" t="s">
         <v>183</v>
       </c>
       <c r="D20" t="s">
         <v>184</v>
       </c>
       <c r="E20" t="s">
         <v>185</v>
       </c>
       <c r="F20" t="s">
         <v>186</v>
       </c>
       <c r="G20" t="s">
         <v>187</v>
       </c>
       <c r="H20" t="s">
         <v>188</v>
       </c>
       <c r="I20" t="s">
         <v>189</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>190</v>
+        <v>38</v>
       </c>
       <c r="L20" t="s">
         <v>26</v>
       </c>
       <c r="M20" t="s">
-        <v>191</v>
+        <v>39</v>
       </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
-        <v>5348</v>
+        <v>5335</v>
       </c>
       <c r="B21" t="s">
+        <v>191</v>
+      </c>
+      <c r="C21" t="s">
+        <v>192</v>
+      </c>
+      <c r="D21" t="s">
         <v>193</v>
       </c>
-      <c r="C21" t="s">
+      <c r="E21" t="s">
         <v>194</v>
       </c>
-      <c r="D21" t="s">
+      <c r="F21" t="s">
         <v>195</v>
       </c>
-      <c r="E21" t="s">
+      <c r="G21" t="s">
         <v>196</v>
       </c>
-      <c r="F21" t="s">
+      <c r="H21" t="s">
         <v>197</v>
       </c>
-      <c r="G21" t="s">
+      <c r="I21" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="L21" t="s">
         <v>26</v>
       </c>
       <c r="M21" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="N21" t="s">
         <v>28</v>
       </c>
       <c r="O21" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
-        <v>5351</v>
+        <v>5346</v>
       </c>
       <c r="B22" t="s">
+        <v>200</v>
+      </c>
+      <c r="C22" t="s">
+        <v>201</v>
+      </c>
+      <c r="D22" t="s">
         <v>202</v>
       </c>
-      <c r="C22" t="s">
+      <c r="E22" t="s">
         <v>203</v>
       </c>
-      <c r="D22" t="s">
+      <c r="F22" t="s">
         <v>204</v>
       </c>
-      <c r="E22" t="s">
+      <c r="G22" t="s">
         <v>205</v>
       </c>
-      <c r="F22" t="s">
+      <c r="H22" t="s">
         <v>206</v>
       </c>
-      <c r="G22" t="s">
+      <c r="I22" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>49</v>
+        <v>208</v>
       </c>
       <c r="L22" t="s">
         <v>26</v>
       </c>
       <c r="M22" t="s">
-        <v>50</v>
+        <v>209</v>
       </c>
       <c r="N22" t="s">
         <v>28</v>
       </c>
       <c r="O22" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
-        <v>5353</v>
+        <v>5348</v>
       </c>
       <c r="B23" t="s">
         <v>211</v>
       </c>
       <c r="C23" t="s">
         <v>212</v>
       </c>
       <c r="D23" t="s">
         <v>213</v>
       </c>
       <c r="E23" t="s">
         <v>214</v>
       </c>
       <c r="F23" t="s">
         <v>215</v>
       </c>
       <c r="G23" t="s">
         <v>216</v>
       </c>
       <c r="H23" t="s">
         <v>217</v>
       </c>
       <c r="I23" t="s">
         <v>218</v>
       </c>
       <c r="J23" t="s">
+        <v>24</v>
+      </c>
+      <c r="K23" t="s">
+        <v>105</v>
+      </c>
+      <c r="L23" t="s">
+        <v>26</v>
+      </c>
+      <c r="M23" t="s">
+        <v>106</v>
+      </c>
+      <c r="N23" t="s">
+        <v>28</v>
+      </c>
+      <c r="O23" t="s">
         <v>219</v>
-      </c>
-[...13 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
-        <v>5354</v>
+        <v>5351</v>
       </c>
       <c r="B24" t="s">
+        <v>220</v>
+      </c>
+      <c r="C24" t="s">
+        <v>221</v>
+      </c>
+      <c r="D24" t="s">
+        <v>222</v>
+      </c>
+      <c r="E24" t="s">
+        <v>223</v>
+      </c>
+      <c r="F24" t="s">
         <v>224</v>
       </c>
-      <c r="C24" t="s">
+      <c r="G24" t="s">
         <v>225</v>
       </c>
-      <c r="D24" t="s">
+      <c r="H24" t="s">
         <v>226</v>
       </c>
-      <c r="E24" t="s">
+      <c r="I24" t="s">
         <v>227</v>
-      </c>
-[...10 lines deleted...]
-        <v>231</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
-        <v>5364</v>
+        <v>5353</v>
       </c>
       <c r="B25" t="s">
+        <v>229</v>
+      </c>
+      <c r="C25" t="s">
+        <v>230</v>
+      </c>
+      <c r="D25" t="s">
+        <v>231</v>
+      </c>
+      <c r="E25" t="s">
+        <v>232</v>
+      </c>
+      <c r="F25" t="s">
         <v>233</v>
       </c>
-      <c r="C25" t="s">
+      <c r="G25" t="s">
         <v>234</v>
       </c>
-      <c r="D25" t="s">
+      <c r="H25" t="s">
         <v>235</v>
       </c>
-      <c r="E25" t="s">
+      <c r="I25" t="s">
         <v>236</v>
       </c>
-      <c r="F25" t="s">
+      <c r="J25" t="s">
         <v>237</v>
       </c>
-      <c r="G25" t="s">
+      <c r="K25" t="s">
         <v>238</v>
       </c>
-      <c r="H25" t="s">
+      <c r="L25" t="s">
         <v>239</v>
       </c>
-      <c r="I25" t="s">
+      <c r="M25" t="s">
         <v>240</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
-        <v>5365</v>
+        <v>5354</v>
       </c>
       <c r="B26" t="s">
         <v>242</v>
       </c>
       <c r="C26" t="s">
         <v>243</v>
       </c>
       <c r="D26" t="s">
         <v>244</v>
       </c>
       <c r="E26" t="s">
         <v>245</v>
       </c>
       <c r="F26" t="s">
         <v>246</v>
       </c>
       <c r="G26" t="s">
         <v>247</v>
       </c>
       <c r="H26" t="s">
         <v>248</v>
       </c>
       <c r="I26" t="s">
         <v>249</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
-        <v>5367</v>
+        <v>5364</v>
       </c>
       <c r="B27" t="s">
         <v>251</v>
       </c>
       <c r="C27" t="s">
         <v>252</v>
       </c>
       <c r="D27" t="s">
         <v>253</v>
       </c>
       <c r="E27" t="s">
         <v>254</v>
       </c>
       <c r="F27" t="s">
         <v>255</v>
       </c>
       <c r="G27" t="s">
         <v>256</v>
       </c>
       <c r="H27" t="s">
         <v>257</v>
       </c>
       <c r="I27" t="s">
         <v>258</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>5368</v>
+        <v>5365</v>
       </c>
       <c r="B28" t="s">
         <v>260</v>
       </c>
       <c r="C28" t="s">
         <v>261</v>
       </c>
       <c r="D28" t="s">
         <v>262</v>
       </c>
       <c r="E28" t="s">
         <v>263</v>
       </c>
       <c r="F28" t="s">
         <v>264</v>
       </c>
       <c r="G28" t="s">
         <v>265</v>
       </c>
       <c r="H28" t="s">
         <v>266</v>
       </c>
       <c r="I28" t="s">
         <v>267</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>5372</v>
+        <v>5367</v>
       </c>
       <c r="B29" t="s">
         <v>269</v>
       </c>
       <c r="C29" t="s">
         <v>270</v>
       </c>
       <c r="D29" t="s">
         <v>271</v>
       </c>
       <c r="E29" t="s">
         <v>272</v>
       </c>
       <c r="F29" t="s">
         <v>273</v>
       </c>
       <c r="G29" t="s">
         <v>274</v>
       </c>
       <c r="H29" t="s">
         <v>275</v>
       </c>
       <c r="I29" t="s">
         <v>276</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="L29" t="s">
         <v>26</v>
       </c>
       <c r="M29" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>5375</v>
+        <v>5368</v>
       </c>
       <c r="B30" t="s">
         <v>278</v>
       </c>
       <c r="C30" t="s">
         <v>279</v>
       </c>
       <c r="D30" t="s">
         <v>280</v>
       </c>
       <c r="E30" t="s">
         <v>281</v>
       </c>
       <c r="F30" t="s">
         <v>282</v>
       </c>
       <c r="G30" t="s">
         <v>283</v>
       </c>
       <c r="H30" t="s">
         <v>284</v>
       </c>
       <c r="I30" t="s">
         <v>285</v>
       </c>
       <c r="J30" t="s">
-        <v>219</v>
+        <v>24</v>
       </c>
       <c r="K30" t="s">
+        <v>25</v>
+      </c>
+      <c r="L30" t="s">
+        <v>26</v>
+      </c>
+      <c r="M30" t="s">
+        <v>27</v>
+      </c>
+      <c r="N30" t="s">
+        <v>28</v>
+      </c>
+      <c r="O30" t="s">
         <v>286</v>
-      </c>
-[...10 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>5382</v>
+        <v>5372</v>
       </c>
       <c r="B31" t="s">
+        <v>287</v>
+      </c>
+      <c r="C31" t="s">
+        <v>288</v>
+      </c>
+      <c r="D31" t="s">
         <v>289</v>
       </c>
-      <c r="C31" t="s">
+      <c r="E31" t="s">
         <v>290</v>
       </c>
-      <c r="D31" t="s">
+      <c r="F31" t="s">
         <v>291</v>
       </c>
-      <c r="E31" t="s">
+      <c r="G31" t="s">
         <v>292</v>
       </c>
-      <c r="F31" t="s">
+      <c r="H31" t="s">
         <v>293</v>
       </c>
-      <c r="G31" t="s">
+      <c r="I31" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>296</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>5435</v>
+        <v>5375</v>
       </c>
       <c r="B32" t="s">
+        <v>296</v>
+      </c>
+      <c r="C32" t="s">
+        <v>297</v>
+      </c>
+      <c r="D32" t="s">
         <v>298</v>
       </c>
-      <c r="C32" t="s">
+      <c r="E32" t="s">
         <v>299</v>
       </c>
-      <c r="D32" t="s">
+      <c r="F32" t="s">
         <v>300</v>
       </c>
-      <c r="E32" t="s">
+      <c r="G32" t="s">
         <v>301</v>
       </c>
-      <c r="F32" t="s">
+      <c r="H32" t="s">
         <v>302</v>
       </c>
-      <c r="G32" t="s">
+      <c r="I32" t="s">
         <v>303</v>
       </c>
-      <c r="H32" t="s">
+      <c r="J32" t="s">
+        <v>237</v>
+      </c>
+      <c r="K32" t="s">
         <v>304</v>
       </c>
-      <c r="I32" t="s">
+      <c r="L32" t="s">
+        <v>239</v>
+      </c>
+      <c r="M32" t="s">
         <v>305</v>
-      </c>
-[...10 lines deleted...]
-        <v>88</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>5439</v>
+        <v>5382</v>
       </c>
       <c r="B33" t="s">
         <v>307</v>
       </c>
       <c r="C33" t="s">
         <v>308</v>
       </c>
       <c r="D33" t="s">
         <v>309</v>
       </c>
       <c r="E33" t="s">
         <v>310</v>
       </c>
       <c r="F33" t="s">
         <v>311</v>
       </c>
       <c r="G33" t="s">
         <v>312</v>
       </c>
       <c r="H33" t="s">
         <v>313</v>
       </c>
       <c r="I33" t="s">
         <v>314</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>5474</v>
+        <v>5435</v>
       </c>
       <c r="B34" t="s">
         <v>316</v>
       </c>
       <c r="C34" t="s">
         <v>317</v>
       </c>
       <c r="D34" t="s">
         <v>318</v>
       </c>
       <c r="E34" t="s">
         <v>319</v>
       </c>
       <c r="F34" t="s">
         <v>320</v>
       </c>
       <c r="G34" t="s">
         <v>321</v>
       </c>
       <c r="H34" t="s">
         <v>322</v>
       </c>
       <c r="I34" t="s">
         <v>323</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>5475</v>
+        <v>5439</v>
       </c>
       <c r="B35" t="s">
         <v>325</v>
       </c>
       <c r="C35" t="s">
         <v>326</v>
       </c>
       <c r="D35" t="s">
         <v>327</v>
       </c>
       <c r="E35" t="s">
         <v>328</v>
       </c>
       <c r="F35" t="s">
         <v>329</v>
       </c>
       <c r="G35" t="s">
         <v>330</v>
       </c>
       <c r="H35" t="s">
         <v>331</v>
       </c>
       <c r="I35" t="s">
         <v>332</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>5476</v>
+        <v>5474</v>
       </c>
       <c r="B36" t="s">
         <v>334</v>
       </c>
       <c r="C36" t="s">
         <v>335</v>
       </c>
       <c r="D36" t="s">
         <v>336</v>
       </c>
       <c r="E36" t="s">
         <v>337</v>
       </c>
       <c r="F36" t="s">
         <v>338</v>
       </c>
       <c r="G36" t="s">
         <v>339</v>
       </c>
       <c r="H36" t="s">
         <v>340</v>
       </c>
       <c r="I36" t="s">
         <v>341</v>
       </c>
       <c r="J36" t="s">
+        <v>24</v>
+      </c>
+      <c r="K36" t="s">
+        <v>25</v>
+      </c>
+      <c r="L36" t="s">
+        <v>26</v>
+      </c>
+      <c r="M36" t="s">
+        <v>27</v>
+      </c>
+      <c r="N36" t="s">
+        <v>28</v>
+      </c>
+      <c r="O36" t="s">
         <v>342</v>
-      </c>
-[...13 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>5478</v>
+        <v>5475</v>
       </c>
       <c r="B37" t="s">
+        <v>343</v>
+      </c>
+      <c r="C37" t="s">
+        <v>344</v>
+      </c>
+      <c r="D37" t="s">
+        <v>345</v>
+      </c>
+      <c r="E37" t="s">
+        <v>346</v>
+      </c>
+      <c r="F37" t="s">
         <v>347</v>
       </c>
-      <c r="C37" t="s">
+      <c r="G37" t="s">
         <v>348</v>
       </c>
-      <c r="D37" t="s">
+      <c r="H37" t="s">
         <v>349</v>
       </c>
-      <c r="E37" t="s">
+      <c r="I37" t="s">
         <v>350</v>
-      </c>
-[...10 lines deleted...]
-        <v>354</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>5496</v>
+        <v>5476</v>
       </c>
       <c r="B38" t="s">
+        <v>352</v>
+      </c>
+      <c r="C38" t="s">
+        <v>353</v>
+      </c>
+      <c r="D38" t="s">
+        <v>354</v>
+      </c>
+      <c r="E38" t="s">
+        <v>355</v>
+      </c>
+      <c r="F38" t="s">
         <v>356</v>
       </c>
-      <c r="C38" t="s">
+      <c r="G38" t="s">
         <v>357</v>
       </c>
-      <c r="D38" t="s">
+      <c r="H38" t="s">
         <v>358</v>
       </c>
-      <c r="E38" t="s">
+      <c r="I38" t="s">
         <v>359</v>
       </c>
-      <c r="F38" t="s">
+      <c r="J38" t="s">
         <v>360</v>
       </c>
-      <c r="G38" t="s">
+      <c r="K38" t="s">
         <v>361</v>
       </c>
-      <c r="H38" t="s">
+      <c r="L38" t="s">
         <v>362</v>
       </c>
-      <c r="I38" t="s">
+      <c r="M38" t="s">
         <v>363</v>
-      </c>
-[...10 lines deleted...]
-        <v>287</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>5507</v>
+        <v>5478</v>
       </c>
       <c r="B39" t="s">
         <v>365</v>
       </c>
       <c r="C39" t="s">
         <v>366</v>
       </c>
       <c r="D39" t="s">
         <v>367</v>
       </c>
       <c r="E39" t="s">
         <v>368</v>
       </c>
       <c r="F39" t="s">
         <v>369</v>
       </c>
       <c r="G39" t="s">
         <v>370</v>
       </c>
       <c r="H39" t="s">
         <v>371</v>
       </c>
       <c r="I39" t="s">
         <v>372</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>5509</v>
+        <v>5496</v>
       </c>
       <c r="B40" t="s">
         <v>374</v>
       </c>
       <c r="C40" t="s">
         <v>375</v>
       </c>
       <c r="D40" t="s">
         <v>376</v>
       </c>
       <c r="E40" t="s">
         <v>377</v>
       </c>
       <c r="F40" t="s">
         <v>378</v>
       </c>
       <c r="G40" t="s">
         <v>379</v>
       </c>
       <c r="H40" t="s">
         <v>380</v>
       </c>
       <c r="I40" t="s">
         <v>381</v>
       </c>
       <c r="J40" t="s">
-        <v>219</v>
+        <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>343</v>
+        <v>304</v>
       </c>
       <c r="L40" t="s">
-        <v>221</v>
+        <v>26</v>
       </c>
       <c r="M40" t="s">
-        <v>345</v>
+        <v>305</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>5512</v>
+        <v>5507</v>
       </c>
       <c r="B41" t="s">
         <v>383</v>
       </c>
       <c r="C41" t="s">
         <v>384</v>
       </c>
       <c r="D41" t="s">
         <v>385</v>
       </c>
       <c r="E41" t="s">
         <v>386</v>
       </c>
       <c r="F41" t="s">
         <v>387</v>
       </c>
       <c r="G41" t="s">
         <v>388</v>
       </c>
       <c r="H41" t="s">
         <v>389</v>
       </c>
       <c r="I41" t="s">
         <v>390</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>5514</v>
+        <v>5509</v>
       </c>
       <c r="B42" t="s">
         <v>392</v>
       </c>
       <c r="C42" t="s">
         <v>393</v>
       </c>
       <c r="D42" t="s">
         <v>394</v>
       </c>
       <c r="E42" t="s">
         <v>395</v>
       </c>
       <c r="F42" t="s">
         <v>396</v>
       </c>
       <c r="G42" t="s">
         <v>397</v>
       </c>
       <c r="H42" t="s">
         <v>398</v>
       </c>
       <c r="I42" t="s">
         <v>399</v>
       </c>
       <c r="J42" t="s">
-        <v>24</v>
+        <v>237</v>
       </c>
       <c r="K42" t="s">
-        <v>38</v>
+        <v>361</v>
       </c>
       <c r="L42" t="s">
-        <v>26</v>
+        <v>239</v>
       </c>
       <c r="M42" t="s">
-        <v>39</v>
+        <v>363</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>5516</v>
+        <v>5512</v>
       </c>
       <c r="B43" t="s">
         <v>401</v>
       </c>
       <c r="C43" t="s">
         <v>402</v>
       </c>
       <c r="D43" t="s">
         <v>403</v>
       </c>
       <c r="E43" t="s">
         <v>404</v>
       </c>
       <c r="F43" t="s">
         <v>405</v>
       </c>
       <c r="G43" t="s">
         <v>406</v>
       </c>
       <c r="H43" t="s">
         <v>407</v>
       </c>
       <c r="I43" t="s">
         <v>408</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>5517</v>
+        <v>5514</v>
       </c>
       <c r="B44" t="s">
         <v>410</v>
       </c>
       <c r="C44" t="s">
         <v>411</v>
       </c>
       <c r="D44" t="s">
         <v>412</v>
       </c>
       <c r="E44" t="s">
         <v>413</v>
       </c>
       <c r="F44" t="s">
         <v>414</v>
       </c>
       <c r="G44" t="s">
         <v>415</v>
       </c>
       <c r="H44" t="s">
         <v>416</v>
       </c>
       <c r="I44" t="s">
         <v>417</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>5518</v>
+        <v>5516</v>
       </c>
       <c r="B45" t="s">
         <v>419</v>
       </c>
       <c r="C45" t="s">
         <v>420</v>
       </c>
       <c r="D45" t="s">
         <v>421</v>
       </c>
       <c r="E45" t="s">
         <v>422</v>
       </c>
       <c r="F45" t="s">
         <v>423</v>
       </c>
       <c r="G45" t="s">
         <v>424</v>
       </c>
       <c r="H45" t="s">
         <v>425</v>
       </c>
       <c r="I45" t="s">
         <v>426</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>5545</v>
+        <v>5517</v>
       </c>
       <c r="B46" t="s">
         <v>428</v>
       </c>
       <c r="C46" t="s">
         <v>429</v>
       </c>
       <c r="D46" t="s">
         <v>430</v>
       </c>
       <c r="E46" t="s">
         <v>431</v>
       </c>
       <c r="F46" t="s">
         <v>432</v>
       </c>
       <c r="G46" t="s">
         <v>433</v>
       </c>
       <c r="H46" t="s">
         <v>434</v>
       </c>
       <c r="I46" t="s">
         <v>435</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>5733</v>
+        <v>5518</v>
       </c>
       <c r="B47" t="s">
         <v>437</v>
       </c>
       <c r="C47" t="s">
         <v>438</v>
       </c>
       <c r="D47" t="s">
         <v>439</v>
       </c>
       <c r="E47" t="s">
         <v>440</v>
       </c>
       <c r="F47" t="s">
         <v>441</v>
       </c>
       <c r="G47" t="s">
         <v>442</v>
       </c>
       <c r="H47" t="s">
         <v>443</v>
       </c>
       <c r="I47" t="s">
         <v>444</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
         <v>25</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
         <v>27</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>5792</v>
+        <v>5545</v>
       </c>
       <c r="B48" t="s">
         <v>446</v>
       </c>
       <c r="C48" t="s">
         <v>447</v>
       </c>
       <c r="D48" t="s">
         <v>448</v>
       </c>
       <c r="E48" t="s">
         <v>449</v>
       </c>
       <c r="F48" t="s">
         <v>450</v>
       </c>
       <c r="G48" t="s">
         <v>451</v>
       </c>
       <c r="H48" t="s">
         <v>452</v>
       </c>
       <c r="I48" t="s">
         <v>453</v>
       </c>
       <c r="J48" t="s">
-        <v>219</v>
+        <v>24</v>
       </c>
       <c r="K48" t="s">
+        <v>105</v>
+      </c>
+      <c r="L48" t="s">
+        <v>26</v>
+      </c>
+      <c r="M48" t="s">
+        <v>106</v>
+      </c>
+      <c r="N48" t="s">
+        <v>28</v>
+      </c>
+      <c r="O48" t="s">
         <v>454</v>
-      </c>
-[...10 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>5794</v>
+        <v>5733</v>
       </c>
       <c r="B49" t="s">
+        <v>455</v>
+      </c>
+      <c r="C49" t="s">
+        <v>456</v>
+      </c>
+      <c r="D49" t="s">
         <v>457</v>
       </c>
-      <c r="C49" t="s">
+      <c r="E49" t="s">
         <v>458</v>
       </c>
-      <c r="D49" t="s">
+      <c r="F49" t="s">
         <v>459</v>
       </c>
-      <c r="E49" t="s">
+      <c r="G49" t="s">
         <v>460</v>
       </c>
-      <c r="F49" t="s">
+      <c r="H49" t="s">
         <v>461</v>
       </c>
-      <c r="G49" t="s">
+      <c r="I49" t="s">
         <v>462</v>
-      </c>
-[...4 lines deleted...]
-        <v>464</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>87</v>
+        <v>38</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>5796</v>
+        <v>5792</v>
       </c>
       <c r="B50" t="s">
+        <v>464</v>
+      </c>
+      <c r="C50" t="s">
+        <v>465</v>
+      </c>
+      <c r="D50" t="s">
         <v>466</v>
       </c>
-      <c r="C50" t="s">
+      <c r="E50" t="s">
         <v>467</v>
       </c>
-      <c r="D50" t="s">
+      <c r="F50" t="s">
         <v>468</v>
       </c>
-      <c r="E50" t="s">
+      <c r="G50" t="s">
         <v>469</v>
       </c>
-      <c r="F50" t="s">
+      <c r="H50" t="s">
         <v>470</v>
       </c>
-      <c r="G50" t="s">
+      <c r="I50" t="s">
         <v>471</v>
       </c>
-      <c r="H50" t="s">
+      <c r="J50" t="s">
+        <v>237</v>
+      </c>
+      <c r="K50" t="s">
         <v>472</v>
       </c>
-      <c r="I50" t="s">
+      <c r="L50" t="s">
+        <v>239</v>
+      </c>
+      <c r="M50" t="s">
         <v>473</v>
-      </c>
-[...10 lines deleted...]
-        <v>88</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>5798</v>
+        <v>5794</v>
       </c>
       <c r="B51" t="s">
         <v>475</v>
       </c>
       <c r="C51" t="s">
         <v>476</v>
       </c>
       <c r="D51" t="s">
         <v>477</v>
       </c>
       <c r="E51" t="s">
         <v>478</v>
       </c>
       <c r="F51" t="s">
         <v>479</v>
       </c>
       <c r="G51" t="s">
         <v>480</v>
       </c>
       <c r="H51" t="s">
         <v>481</v>
       </c>
       <c r="I51" t="s">
         <v>482</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>87</v>
+        <v>105</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
-        <v>88</v>
+        <v>106</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>5799</v>
+        <v>5796</v>
       </c>
       <c r="B52" t="s">
         <v>484</v>
       </c>
       <c r="C52" t="s">
         <v>485</v>
       </c>
       <c r="D52" t="s">
         <v>486</v>
       </c>
       <c r="E52" t="s">
         <v>487</v>
       </c>
       <c r="F52" t="s">
         <v>488</v>
       </c>
       <c r="G52" t="s">
         <v>489</v>
       </c>
       <c r="H52" t="s">
         <v>490</v>
       </c>
       <c r="I52" t="s">
         <v>491</v>
       </c>
       <c r="J52" t="s">
+        <v>24</v>
+      </c>
+      <c r="K52" t="s">
+        <v>105</v>
+      </c>
+      <c r="L52" t="s">
+        <v>26</v>
+      </c>
+      <c r="M52" t="s">
+        <v>106</v>
+      </c>
+      <c r="N52" t="s">
+        <v>28</v>
+      </c>
+      <c r="O52" t="s">
         <v>492</v>
-      </c>
-[...13 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>5803</v>
+        <v>5798</v>
       </c>
       <c r="B53" t="s">
+        <v>493</v>
+      </c>
+      <c r="C53" t="s">
+        <v>494</v>
+      </c>
+      <c r="D53" t="s">
         <v>495</v>
       </c>
-      <c r="C53" t="s">
+      <c r="E53" t="s">
         <v>496</v>
       </c>
-      <c r="D53" t="s">
+      <c r="F53" t="s">
         <v>497</v>
       </c>
-      <c r="E53" t="s">
+      <c r="G53" t="s">
         <v>498</v>
       </c>
-      <c r="F53" t="s">
+      <c r="H53" t="s">
         <v>499</v>
       </c>
-      <c r="G53" t="s">
+      <c r="I53" t="s">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>502</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>5805</v>
+        <v>5799</v>
       </c>
       <c r="B54" t="s">
+        <v>502</v>
+      </c>
+      <c r="C54" t="s">
+        <v>503</v>
+      </c>
+      <c r="D54" t="s">
         <v>504</v>
       </c>
-      <c r="C54" t="s">
+      <c r="E54" t="s">
         <v>505</v>
       </c>
-      <c r="D54" t="s">
+      <c r="F54" t="s">
         <v>506</v>
       </c>
-      <c r="E54" t="s">
+      <c r="G54" t="s">
         <v>507</v>
       </c>
-      <c r="F54" t="s">
+      <c r="H54" t="s">
         <v>508</v>
       </c>
-      <c r="G54" t="s">
+      <c r="I54" t="s">
         <v>509</v>
       </c>
-      <c r="H54" t="s">
+      <c r="J54" t="s">
         <v>510</v>
       </c>
-      <c r="I54" t="s">
+      <c r="K54" t="s">
+        <v>238</v>
+      </c>
+      <c r="L54" t="s">
         <v>511</v>
       </c>
-      <c r="J54" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M54" t="s">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>5811</v>
+        <v>5803</v>
       </c>
       <c r="B55" t="s">
         <v>513</v>
       </c>
       <c r="C55" t="s">
         <v>514</v>
       </c>
       <c r="D55" t="s">
         <v>515</v>
       </c>
       <c r="E55" t="s">
         <v>516</v>
       </c>
       <c r="F55" t="s">
         <v>517</v>
       </c>
       <c r="G55" t="s">
         <v>518</v>
       </c>
       <c r="H55" t="s">
         <v>519</v>
       </c>
       <c r="I55" t="s">
         <v>520</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>5830</v>
+        <v>5805</v>
       </c>
       <c r="B56" t="s">
         <v>522</v>
       </c>
       <c r="C56" t="s">
         <v>523</v>
       </c>
       <c r="D56" t="s">
         <v>524</v>
       </c>
       <c r="E56" t="s">
         <v>525</v>
       </c>
       <c r="F56" t="s">
         <v>526</v>
       </c>
       <c r="G56" t="s">
         <v>527</v>
       </c>
       <c r="H56" t="s">
         <v>528</v>
       </c>
       <c r="I56" t="s">
         <v>529</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>5866</v>
+        <v>5811</v>
       </c>
       <c r="B57" t="s">
         <v>531</v>
       </c>
       <c r="C57" t="s">
         <v>532</v>
       </c>
       <c r="D57" t="s">
         <v>533</v>
       </c>
       <c r="E57" t="s">
         <v>534</v>
       </c>
       <c r="F57" t="s">
         <v>535</v>
       </c>
       <c r="G57" t="s">
         <v>536</v>
       </c>
       <c r="H57" t="s">
         <v>537</v>
       </c>
       <c r="I57" t="s">
         <v>538</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>5907</v>
+        <v>5830</v>
       </c>
       <c r="B58" t="s">
         <v>540</v>
       </c>
       <c r="C58" t="s">
         <v>541</v>
       </c>
       <c r="D58" t="s">
         <v>542</v>
       </c>
       <c r="E58" t="s">
         <v>543</v>
       </c>
       <c r="F58" t="s">
         <v>544</v>
       </c>
       <c r="G58" t="s">
         <v>545</v>
       </c>
       <c r="H58" t="s">
         <v>546</v>
       </c>
       <c r="I58" t="s">
         <v>547</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>5913</v>
+        <v>5866</v>
       </c>
       <c r="B59" t="s">
         <v>549</v>
       </c>
       <c r="C59" t="s">
         <v>550</v>
       </c>
       <c r="D59" t="s">
         <v>551</v>
       </c>
       <c r="E59" t="s">
         <v>552</v>
       </c>
       <c r="F59" t="s">
         <v>553</v>
       </c>
       <c r="G59" t="s">
         <v>554</v>
       </c>
       <c r="H59" t="s">
         <v>555</v>
       </c>
       <c r="I59" t="s">
         <v>556</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
         <v>25</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
         <v>27</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>5932</v>
+        <v>5907</v>
       </c>
       <c r="B60" t="s">
         <v>558</v>
       </c>
       <c r="C60" t="s">
         <v>559</v>
       </c>
       <c r="D60" t="s">
         <v>560</v>
       </c>
       <c r="E60" t="s">
         <v>561</v>
       </c>
       <c r="F60" t="s">
         <v>562</v>
       </c>
       <c r="G60" t="s">
         <v>563</v>
       </c>
       <c r="H60" t="s">
         <v>564</v>
       </c>
       <c r="I60" t="s">
         <v>565</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="L60" t="s">
         <v>26</v>
       </c>
       <c r="M60" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>5934</v>
+        <v>5913</v>
       </c>
       <c r="B61" t="s">
         <v>567</v>
       </c>
       <c r="C61" t="s">
         <v>568</v>
       </c>
       <c r="D61" t="s">
         <v>569</v>
       </c>
       <c r="E61" t="s">
         <v>570</v>
       </c>
       <c r="F61" t="s">
         <v>571</v>
       </c>
       <c r="G61" t="s">
         <v>572</v>
       </c>
       <c r="H61" t="s">
         <v>573</v>
       </c>
       <c r="I61" t="s">
         <v>574</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>87</v>
+        <v>38</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>5981</v>
+        <v>5932</v>
       </c>
       <c r="B62" t="s">
         <v>576</v>
       </c>
       <c r="C62" t="s">
         <v>577</v>
       </c>
       <c r="D62" t="s">
         <v>578</v>
       </c>
       <c r="E62" t="s">
         <v>579</v>
       </c>
       <c r="F62" t="s">
         <v>580</v>
       </c>
       <c r="G62" t="s">
         <v>581</v>
       </c>
       <c r="H62" t="s">
         <v>582</v>
       </c>
       <c r="I62" t="s">
         <v>583</v>
       </c>
       <c r="J62" t="s">
-        <v>219</v>
+        <v>24</v>
       </c>
       <c r="K62" t="s">
+        <v>105</v>
+      </c>
+      <c r="L62" t="s">
+        <v>26</v>
+      </c>
+      <c r="M62" t="s">
+        <v>106</v>
+      </c>
+      <c r="N62" t="s">
+        <v>28</v>
+      </c>
+      <c r="O62" t="s">
         <v>584</v>
-      </c>
-[...10 lines deleted...]
-        <v>586</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>5986</v>
+        <v>5934</v>
       </c>
       <c r="B63" t="s">
+        <v>585</v>
+      </c>
+      <c r="C63" t="s">
+        <v>586</v>
+      </c>
+      <c r="D63" t="s">
         <v>587</v>
       </c>
-      <c r="C63" t="s">
+      <c r="E63" t="s">
         <v>588</v>
       </c>
-      <c r="D63" t="s">
+      <c r="F63" t="s">
         <v>589</v>
       </c>
-      <c r="E63" t="s">
+      <c r="G63" t="s">
         <v>590</v>
       </c>
-      <c r="F63" t="s">
+      <c r="H63" t="s">
         <v>591</v>
       </c>
-      <c r="G63" t="s">
+      <c r="I63" t="s">
         <v>592</v>
-      </c>
-[...4 lines deleted...]
-        <v>594</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>87</v>
+        <v>105</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
-        <v>88</v>
+        <v>106</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>5989</v>
+        <v>5981</v>
       </c>
       <c r="B64" t="s">
+        <v>594</v>
+      </c>
+      <c r="C64" t="s">
+        <v>595</v>
+      </c>
+      <c r="D64" t="s">
         <v>596</v>
       </c>
-      <c r="C64" t="s">
+      <c r="E64" t="s">
         <v>597</v>
       </c>
-      <c r="D64" t="s">
+      <c r="F64" t="s">
         <v>598</v>
       </c>
-      <c r="E64" t="s">
+      <c r="G64" t="s">
         <v>599</v>
       </c>
-      <c r="F64" t="s">
+      <c r="H64" t="s">
         <v>600</v>
       </c>
-      <c r="G64" t="s">
+      <c r="I64" t="s">
         <v>601</v>
       </c>
-      <c r="H64" t="s">
+      <c r="J64" t="s">
+        <v>237</v>
+      </c>
+      <c r="K64" t="s">
         <v>602</v>
       </c>
-      <c r="I64" t="s">
+      <c r="L64" t="s">
+        <v>239</v>
+      </c>
+      <c r="M64" t="s">
         <v>603</v>
-      </c>
-[...10 lines deleted...]
-        <v>144</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>6021</v>
+        <v>5986</v>
       </c>
       <c r="B65" t="s">
         <v>605</v>
       </c>
       <c r="C65" t="s">
         <v>606</v>
       </c>
       <c r="D65" t="s">
         <v>607</v>
       </c>
       <c r="E65" t="s">
         <v>608</v>
       </c>
       <c r="F65" t="s">
         <v>609</v>
       </c>
       <c r="G65" t="s">
         <v>610</v>
       </c>
       <c r="H65" t="s">
         <v>611</v>
       </c>
       <c r="I65" t="s">
         <v>612</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>6180</v>
+        <v>5989</v>
       </c>
       <c r="B66" t="s">
         <v>614</v>
       </c>
       <c r="C66" t="s">
         <v>615</v>
       </c>
       <c r="D66" t="s">
         <v>616</v>
       </c>
       <c r="E66" t="s">
         <v>617</v>
       </c>
       <c r="F66" t="s">
         <v>618</v>
       </c>
       <c r="G66" t="s">
         <v>619</v>
       </c>
       <c r="H66" t="s">
         <v>620</v>
       </c>
       <c r="I66" t="s">
         <v>621</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
-        <v>50</v>
+        <v>162</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>6203</v>
+        <v>6021</v>
       </c>
       <c r="B67" t="s">
         <v>623</v>
       </c>
       <c r="C67" t="s">
         <v>624</v>
       </c>
       <c r="D67" t="s">
         <v>625</v>
       </c>
       <c r="E67" t="s">
         <v>626</v>
       </c>
       <c r="F67" t="s">
         <v>627</v>
       </c>
       <c r="G67" t="s">
         <v>628</v>
       </c>
       <c r="H67" t="s">
         <v>629</v>
       </c>
       <c r="I67" t="s">
         <v>630</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>65002</v>
+        <v>6180</v>
       </c>
       <c r="B68" t="s">
         <v>632</v>
       </c>
       <c r="C68" t="s">
         <v>633</v>
       </c>
       <c r="D68" t="s">
         <v>634</v>
       </c>
       <c r="E68" t="s">
         <v>635</v>
       </c>
       <c r="F68" t="s">
         <v>636</v>
       </c>
       <c r="G68" t="s">
         <v>637</v>
       </c>
       <c r="H68" t="s">
         <v>638</v>
       </c>
       <c r="I68" t="s">
         <v>639</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>65005</v>
+        <v>6203</v>
       </c>
       <c r="B69" t="s">
         <v>641</v>
       </c>
       <c r="C69" t="s">
         <v>642</v>
       </c>
       <c r="D69" t="s">
         <v>643</v>
       </c>
       <c r="E69" t="s">
         <v>644</v>
       </c>
       <c r="F69" t="s">
         <v>645</v>
       </c>
       <c r="G69" t="s">
         <v>646</v>
       </c>
       <c r="H69" t="s">
         <v>647</v>
       </c>
       <c r="I69" t="s">
         <v>648</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>649</v>
+        <v>105</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>650</v>
+        <v>106</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>65006</v>
+        <v>65002</v>
       </c>
       <c r="B70" t="s">
+        <v>650</v>
+      </c>
+      <c r="C70" t="s">
+        <v>651</v>
+      </c>
+      <c r="D70" t="s">
         <v>652</v>
       </c>
-      <c r="C70" t="s">
+      <c r="E70" t="s">
         <v>653</v>
       </c>
-      <c r="D70" t="s">
+      <c r="F70" t="s">
         <v>654</v>
       </c>
-      <c r="E70" t="s">
+      <c r="G70" t="s">
         <v>655</v>
       </c>
-      <c r="F70" t="s">
+      <c r="H70" t="s">
         <v>656</v>
       </c>
-      <c r="G70" t="s">
+      <c r="I70" t="s">
         <v>657</v>
-      </c>
-[...4 lines deleted...]
-        <v>659</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>660</v>
+        <v>25</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>661</v>
+        <v>27</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>65007</v>
+        <v>65005</v>
       </c>
       <c r="B71" t="s">
+        <v>659</v>
+      </c>
+      <c r="C71" t="s">
+        <v>660</v>
+      </c>
+      <c r="D71" t="s">
+        <v>661</v>
+      </c>
+      <c r="E71" t="s">
+        <v>662</v>
+      </c>
+      <c r="F71" t="s">
         <v>663</v>
       </c>
-      <c r="C71" t="s">
+      <c r="G71" t="s">
         <v>664</v>
       </c>
-      <c r="D71" t="s">
+      <c r="H71" t="s">
         <v>665</v>
       </c>
-      <c r="E71" t="s">
+      <c r="I71" t="s">
         <v>666</v>
-      </c>
-[...10 lines deleted...]
-        <v>670</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>49</v>
+        <v>667</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>50</v>
+        <v>668</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>65008</v>
+        <v>65006</v>
       </c>
       <c r="B72" t="s">
+        <v>670</v>
+      </c>
+      <c r="C72" t="s">
+        <v>671</v>
+      </c>
+      <c r="D72" t="s">
         <v>672</v>
       </c>
-      <c r="C72" t="s">
+      <c r="E72" t="s">
         <v>673</v>
       </c>
-      <c r="D72" t="s">
+      <c r="F72" t="s">
         <v>674</v>
       </c>
-      <c r="E72" t="s">
+      <c r="G72" t="s">
         <v>675</v>
       </c>
-      <c r="F72" t="s">
+      <c r="H72" t="s">
         <v>676</v>
       </c>
-      <c r="G72" t="s">
+      <c r="I72" t="s">
         <v>677</v>
-      </c>
-[...4 lines deleted...]
-        <v>679</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>87</v>
+        <v>678</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
-        <v>88</v>
+        <v>679</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>65033</v>
+        <v>65007</v>
       </c>
       <c r="B73" t="s">
         <v>681</v>
       </c>
       <c r="C73" t="s">
         <v>682</v>
       </c>
       <c r="D73" t="s">
         <v>683</v>
       </c>
       <c r="E73" t="s">
         <v>684</v>
       </c>
       <c r="F73" t="s">
         <v>685</v>
       </c>
       <c r="G73" t="s">
         <v>686</v>
       </c>
       <c r="H73" t="s">
         <v>687</v>
       </c>
       <c r="I73" t="s">
         <v>688</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>689</v>
+        <v>25</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
-        <v>690</v>
+        <v>27</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>65034</v>
+        <v>65008</v>
       </c>
       <c r="B74" t="s">
+        <v>690</v>
+      </c>
+      <c r="C74" t="s">
+        <v>691</v>
+      </c>
+      <c r="D74" t="s">
         <v>692</v>
       </c>
-      <c r="C74" t="s">
+      <c r="E74" t="s">
         <v>693</v>
       </c>
-      <c r="D74" t="s">
+      <c r="F74" t="s">
         <v>694</v>
       </c>
-      <c r="E74" t="s">
+      <c r="G74" t="s">
         <v>695</v>
       </c>
-      <c r="F74" t="s">
+      <c r="H74" t="s">
         <v>696</v>
       </c>
-      <c r="G74" t="s">
+      <c r="I74" t="s">
         <v>697</v>
       </c>
-      <c r="H74" t="s">
+      <c r="J74" t="s">
+        <v>24</v>
+      </c>
+      <c r="K74" t="s">
+        <v>105</v>
+      </c>
+      <c r="L74" t="s">
+        <v>26</v>
+      </c>
+      <c r="M74" t="s">
+        <v>106</v>
+      </c>
+      <c r="N74" t="s">
+        <v>28</v>
+      </c>
+      <c r="O74" t="s">
         <v>698</v>
-      </c>
-[...19 lines deleted...]
-        <v>702</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>66512</v>
+        <v>65033</v>
       </c>
       <c r="B75" t="s">
+        <v>699</v>
+      </c>
+      <c r="C75" t="s">
+        <v>700</v>
+      </c>
+      <c r="D75" t="s">
+        <v>701</v>
+      </c>
+      <c r="E75" t="s">
+        <v>702</v>
+      </c>
+      <c r="F75" t="s">
         <v>703</v>
-      </c>
-[...10 lines deleted...]
-        <v>707</v>
       </c>
       <c r="G75" t="s">
         <v>704</v>
       </c>
       <c r="H75" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="I75" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>66515</v>
+        <v>65034</v>
       </c>
       <c r="B76" t="s">
+        <v>710</v>
+      </c>
+      <c r="C76" t="s">
+        <v>711</v>
+      </c>
+      <c r="D76" t="s">
+        <v>712</v>
+      </c>
+      <c r="E76" t="s">
         <v>713</v>
       </c>
-      <c r="C76" t="s">
-[...2 lines deleted...]
-      <c r="D76" t="s">
+      <c r="F76" t="s">
         <v>714</v>
       </c>
-      <c r="E76" t="s">
+      <c r="G76" t="s">
         <v>715</v>
       </c>
-      <c r="F76" t="s">
+      <c r="H76" t="s">
         <v>716</v>
       </c>
-      <c r="G76" t="s">
-[...2 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>717</v>
       </c>
-      <c r="I76" t="s">
+      <c r="J76" t="s">
+        <v>237</v>
+      </c>
+      <c r="K76" t="s">
         <v>718</v>
       </c>
-      <c r="J76" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L76" t="s">
-        <v>26</v>
+        <v>239</v>
       </c>
       <c r="M76" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>66516</v>
+        <v>65096</v>
       </c>
       <c r="B77" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C77" t="s">
-        <v>704</v>
+        <v>722</v>
       </c>
       <c r="D77" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="E77" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="F77" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="G77" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="H77" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="I77" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>66520</v>
+        <v>66512</v>
       </c>
       <c r="B78" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="C78" t="s">
-        <v>704</v>
+        <v>731</v>
       </c>
       <c r="D78" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="E78" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="F78" t="s">
+        <v>734</v>
+      </c>
+      <c r="G78" t="s">
         <v>731</v>
       </c>
-      <c r="G78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H78" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="I78" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>49</v>
+        <v>737</v>
       </c>
       <c r="L78" t="s">
         <v>26</v>
       </c>
       <c r="M78" t="s">
-        <v>50</v>
+        <v>738</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>66523</v>
+        <v>66515</v>
       </c>
       <c r="B79" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="C79" t="s">
-        <v>704</v>
+        <v>731</v>
       </c>
       <c r="D79" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="E79" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="F79" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="G79" t="s">
-        <v>704</v>
+        <v>731</v>
       </c>
       <c r="H79" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="I79" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
-        <v>25</v>
+        <v>737</v>
       </c>
       <c r="L79" t="s">
         <v>26</v>
       </c>
       <c r="M79" t="s">
-        <v>27</v>
+        <v>738</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>66524</v>
+        <v>66516</v>
       </c>
       <c r="B80" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="C80" t="s">
-        <v>704</v>
+        <v>731</v>
       </c>
       <c r="D80" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="E80" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="F80" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="G80" t="s">
-        <v>704</v>
+        <v>751</v>
       </c>
       <c r="H80" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="I80" t="s">
-        <v>733</v>
+        <v>753</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
-        <v>87</v>
+        <v>105</v>
       </c>
       <c r="L80" t="s">
         <v>26</v>
       </c>
       <c r="M80" t="s">
-        <v>88</v>
+        <v>106</v>
       </c>
       <c r="N80" t="s">
         <v>28</v>
       </c>
       <c r="O80" t="s">
-        <v>747</v>
+        <v>754</v>
+      </c>
+    </row>
+    <row r="81" spans="1:15">
+      <c r="A81">
+        <v>66520</v>
+      </c>
+      <c r="B81" t="s">
+        <v>755</v>
+      </c>
+      <c r="C81" t="s">
+        <v>731</v>
+      </c>
+      <c r="D81" t="s">
+        <v>756</v>
+      </c>
+      <c r="E81" t="s">
+        <v>757</v>
+      </c>
+      <c r="F81" t="s">
+        <v>758</v>
+      </c>
+      <c r="G81" t="s">
+        <v>731</v>
+      </c>
+      <c r="H81" t="s">
+        <v>759</v>
+      </c>
+      <c r="I81" t="s">
+        <v>760</v>
+      </c>
+      <c r="J81" t="s">
+        <v>24</v>
+      </c>
+      <c r="K81" t="s">
+        <v>25</v>
+      </c>
+      <c r="L81" t="s">
+        <v>26</v>
+      </c>
+      <c r="M81" t="s">
+        <v>27</v>
+      </c>
+      <c r="N81" t="s">
+        <v>28</v>
+      </c>
+      <c r="O81" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="82" spans="1:15">
+      <c r="A82">
+        <v>66523</v>
+      </c>
+      <c r="B82" t="s">
+        <v>762</v>
+      </c>
+      <c r="C82" t="s">
+        <v>731</v>
+      </c>
+      <c r="D82" t="s">
+        <v>763</v>
+      </c>
+      <c r="E82" t="s">
+        <v>764</v>
+      </c>
+      <c r="F82" t="s">
+        <v>765</v>
+      </c>
+      <c r="G82" t="s">
+        <v>731</v>
+      </c>
+      <c r="H82" t="s">
+        <v>766</v>
+      </c>
+      <c r="I82" t="s">
+        <v>767</v>
+      </c>
+      <c r="J82" t="s">
+        <v>24</v>
+      </c>
+      <c r="K82" t="s">
+        <v>38</v>
+      </c>
+      <c r="L82" t="s">
+        <v>26</v>
+      </c>
+      <c r="M82" t="s">
+        <v>39</v>
+      </c>
+      <c r="N82" t="s">
+        <v>28</v>
+      </c>
+      <c r="O82" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="83" spans="1:15">
+      <c r="A83">
+        <v>66524</v>
+      </c>
+      <c r="B83" t="s">
+        <v>769</v>
+      </c>
+      <c r="C83" t="s">
+        <v>731</v>
+      </c>
+      <c r="D83" t="s">
+        <v>770</v>
+      </c>
+      <c r="E83" t="s">
+        <v>771</v>
+      </c>
+      <c r="F83" t="s">
+        <v>772</v>
+      </c>
+      <c r="G83" t="s">
+        <v>731</v>
+      </c>
+      <c r="H83" t="s">
+        <v>773</v>
+      </c>
+      <c r="I83" t="s">
+        <v>760</v>
+      </c>
+      <c r="J83" t="s">
+        <v>24</v>
+      </c>
+      <c r="K83" t="s">
+        <v>105</v>
+      </c>
+      <c r="L83" t="s">
+        <v>26</v>
+      </c>
+      <c r="M83" t="s">
+        <v>106</v>
+      </c>
+      <c r="N83" t="s">
+        <v>28</v>
+      </c>
+      <c r="O83" t="s">
+        <v>774</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">