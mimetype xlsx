--- v1 (2026-02-05)
+++ v2 (2026-03-17)
@@ -18,52 +18,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="775">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Yao
 # Source: https://hadeethenc.com/yao
-# Last update: 2026-02-02 15:33:12 (v1.4.0)
-# Check for updates: https://hadeethenc.com/en/check/yao/v1.4.0
+# Last update: 2026-03-10 07:33:40 (v1.5.0)
+# Check for updates: https://hadeethenc.com/en/check/yao/v1.5.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -2810,51 +2810,51 @@
     <t>Ngani jeleji liwele lilamusi lyekulungwa lyakulamulila kusosekwa kwakuwambala ikandu yamkakuipikanichisya.
 ____</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yao/browse/hadith/66515</t>
   </si>
   <si>
     <t>الدين النصيحة</t>
   </si>
   <si>
     <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Ngani jikupitila kwa baba wawo Ruqayya Tamim mwanache jwa Ausi Al-Dariyy-Mlungu asangalasidwe nawo-juwawechete kuti Mtume-chanasa ni utendele wa Mlungu iwe pa jwelejo-wawechete kuti: ____</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
-    <t>Mtume-chanasa ni utendele wa Mlungu iwe pa jwelejo-wasasile kuti chipopelo cha Chisilamu chigonile pakamula masengo gambone ni chakulinga chakumsangalasya Mlungu nikuwecheta yakuona, ni chakulinga chanti masengogo gakamulidwe sawu yawatite kalamule Mlungu,mwakwanila pali pangali kupungula kapena kutenda chinyengo. Ni yawechetedwe kwa Mtume kuti: ana wakusoseledwa yambone ni wani? ni Mtume wawechete kuti: Chandanda: mundu umsosele yambone Mlungu: pakamula masengo gambone ni chakulinga chakumsangalasya Mlungujo,ni ngam'bwanganya ni ikandu ine, nikuti tukulupilile ya itendo yakwe,kuwajilana kwakwe pakupopeledwa jikape jwelejo,ya mena gakwe nambo soni mbili syakwe,kuchimbichisya malamusi gakwe,ni kwawilanjila wandu kuti amkulupilile Mlungujo. Chawili:kujisosela yambone buku jakwe jaji buku ja Quran jakuchimbichika: tukulupilile kuti buku jelejo gawele malowe ga Mlungu,nikuti soni jelejo buku jakwe jakumalisya,nikuti buku jeleji jatyosisye malamusi gakwe gatyosisye malamusi gosope gagapali jeleji mkanijiwiche,nikuti tujichimbichisyeje,nikujiwalangaga kuwalanga kwakupikana ngopolelo syakwe,yaikupikanika chenene mu malamusi gakwe tuikamulisyeje masengo,yakuti ngatuipikanichisya tuijitichisye kuti yaumile kwa Mlungu,nikuti tujichenjeleje kutyochela ku ngopolelo sya wandu wagalausya ngopolelo melepe,tulijiganyeje mu mautenga gakwe,ni tujenesyeje sikati ja wandu majiganyo gakwe, nikwalimbikasyaga wandu kuti akamulisyeje masengo malamusi gakwe. Chatatu:kumsosela yambone Mtume Muhammad-chanasa ni utendele wa Mlungu iwe pa jwelejo:tukulupilile kuti jwelejo Mtume jwakumalisya,nitumkulupilile pa yosope iwawiche nayo,nikutukuyeje malamusi gakwe,nituwambaleje yawalekasisye,nikuti tukasitumpopelaga Mlungu nakaweje kupitila mu matala gawawiche nago jwelejo,tujitichisyeje ya uchimbichimbi wakwe,tumchimbichisyeje,tujenesyeje utenga wakwe uwawiche nawo,nitujenesyeje malamusi gakwe,nitumchenjeleje ku yakusakala yakusamlambuchisya wandu wakum'benga. Kamcheche: kwasosela yambone achimlongola wa chisilamu: pakwakamuchisya pa ikandu yakuona, ni ngatindana nawo pa ikandu yalamwile yanganitandana ni malamusi ga Mlungu ni Mtume,nikwapikanilaga nambo soni kwakuya yakulamula yakwayana kumkuya Mlungu. Chansano: kwasosela yambone Asilamu: pakwatendela yambone nikwalimbikasya pa ikandu yambone,ngalagasya mu litala line lililose,kunonyela kuti yapate yambone,kamusyana nawo pa ikandu yambone ni yakogopa Mlungu.</t>
+    <t>Mtume-chanasa ni utendele wa Mlungu iwe pa jwelejo-wasasile kuti chipopelo cha Chisilamu chigonile pakamula masengo gambone ni chakulinga chakumsangalasya Mlungu nikuwecheta yakuona, ni chakulinga chanti masengogo gakamulidwe sawu yawatite kalamule Mlungu,mwakwanila pali pangali kupungula kapena kutenda chinyengo. Ni yawechetedwe kwa Mtume kuti: ana wakusoseledwa yambone ni wani? ni Mtume wawechete kuti: Chandanda: mundu umsosele yambone Mlungu: pakamula masengo gambone ni chakulinga chakumsangalasya Mlungujo,ni ngam'bwanganya ni ikandu ine, nikuti tukulupilile ya itendo yakwe,kuwajilana kwakwe pakupopeledwa jikape jwelejo,ya mena gakwe nambo soni mbili syakwe,kuchimbichisya malamusi gakwe,ni kwawilanjila wandu kuti amkulupilile Mlungujo. Chawili:kujisosela yambone buku jakwe jaji buku ja Quran jakuchimbichika: tukulupilile kuti buku jelejo gawele malowe ga Mlungu,nikuti soni jelejo buku jakwe jakumalisya,nikuti buku jeleji  malamusi gakwe gatyosisye malamusi gosope gagapali jeleji mkanijiwiche,nikuti tujichimbichisyeje,nikujiwalangaga kuwalanga kwakupikana ngopolelo syakwe,yaikupikanika chenene mu malamusi gakwe tuikamulisyeje masengo,yakuti ngatuipikanichisya tuijitichisye kuti yaumile kwa Mlungu,nikuti tujichenjeleje kutyochela ku ngopolelo sya wandu wagalausya ngopolelo melepe,tulijiganyeje mu mautenga gakwe,ni tujenesyeje sikati ja wandu majiganyo gakwe, nikwalimbikasyaga wandu kuti akamulisyeje masengo malamusi gakwe. Chatatu:kumsosela yambone Mtume Muhammad-chanasa ni utendele wa Mlungu iwe pa jwelejo:tukulupilile kuti jwelejo Mtume jwakumalisya,nitumkulupilile pa yosope iwawiche nayo,nikutukuyeje malamusi gakwe,nituwambaleje yawalekasisye,nikuti tukasitumpopelaga Mlungu nakaweje kupitila mu matala gawawiche nago jwelejo,tujitichisyeje ya uchimbichimbi wakwe,tumchimbichisyeje,tujenesyeje utenga wakwe uwawiche nawo,nitujenesyeje malamusi gakwe,nitumchenjeleje ku yakusakala yakusamlambuchisya wandu wakum'benga. Kamcheche: kwasosela yambone achimlongola wa chisilamu: pakwakamuchisya pa ikandu yakuona, ni ngatindana nawo pa ikandu yalamwile yanganitandana ni malamusi ga Mlungu ni Mtume,nikwapikanilaga nambo soni kwakuya yakulamula yakwayana kumkuya Mlungu. Chansano: kwasosela yambone Asilamu: pakwatendela yambone nikwalimbikasya pa ikandu yambone,ngalagasya mu litala line lililose,kunonyela kuti yapate yambone,kamusyana nawo pa ikandu yambone ni yakogopa Mlungu.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع. 
 عِظَم منزلة النصيحة من الدين. 
 اشتمال الدين على الاعتقادات والأقوال والأعمال. 
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>____
 ____
 ____
 ____
 ____
 ____</t>
   </si>
   <si>
     <t>https://hadeethenc.com/yao/browse/hadith/66516</t>
   </si>
   <si>
     <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
   </si>
   <si>
     <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>