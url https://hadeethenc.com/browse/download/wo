--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4783">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6035">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Wolof
 # Source: https://hadeethenc.com/wo
-# Last update: 2025-08-14 16:13:41 (v1.20.0)
-# Check for updates: https://hadeethenc.com/en/check/wo/v1.20.0
+# Last update: 2025-11-19 16:44:15 (v1.27.0)
+# Check for updates: https://hadeethenc.com/en/check/wo/v1.27.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -442,50 +442,85 @@
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abdallah Ibnu Mashuut mu wax ne : Yónente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na : «li ñuy njëkk a àtte ci diggante nit ñi ëllëg bis-pénc mooy dereet ».</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day xamle ne li ñuy njëkk a àtte ci diggante nit ñi ëllëg bis-pénc ci tooñ gi ñenn ñi di tooñ ñeneen ñi : mooy dereet, niki ray, ak gaañe.</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Màggaayu mbiri dereet, ndax li gën a am solo ca la ñuy tàmbalee.
 Bàkkaar dana màgg kem màggaayu yàqute ga nga ca ame, ray bakkan bu set nag bokk na ci yàqute yi gën a màgg te dara gënu koo màgg lu dul kéefar ak bokkaale Yàlla mu kawe mi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/2962</t>
   </si>
   <si>
+    <t>تقطع اليد في ربع دينار فصاعدا</t>
+  </si>
+  <si>
+    <t>dees na dagg loxo ci ñenteelu xaaju Diinaar jëm kaw</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها قَالَت: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تُقْطَعُ اليَدُ فِي رُبُعِ دِينَارٍ فَصَاعِدًا».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Aysatu ndayu jullit ñi yal na ko Yàlla dollee gërëm mu wax ne: Yonente bi yal na ko Yàlla dolli xéewal ak mucc nee na: "dees na dagg loxo ci ñenteelu xaaju Diinaar jëm kaw".</t>
+  </si>
+  <si>
+    <t>بيَّن النبيُّ صلى الله عليه وسلم أن السارق تقطع يده بسرقة ربع دينار من الذهب، وما زاد على ذلك، ويعادل ما قيمته تساوي قيمة 1.06 غرامًا من الذهب.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc leeral na ne sàcc bi dañuy dagg loxoom ci càccug ñenteelu xaaju Diinaaru wurus, ak lu ëpp loolu, ag xaymaam di yamoo ak 1.06 Garaam ci wurus.</t>
+  </si>
+  <si>
+    <t>السرقة من كبائر الذنوب.
+حدد الله سبحانه وتعالى عقوبة السارق، وهي قطع يده؛ كما في قوله تعالى: {والسارق والسارقة فاقطعوا أيديهما} [المائدة: 38]، وقد بينت السنة شروط هذا القطع.
+المراد باليد في الحديث قطع الكف من مفصله بينه وبين العضد.
+من الحكمة في قطع يد السارق، حماية أموال الناس، وردع غيره من المعتدين.
+الدينار مثقال من الذهب، ويعادل حاليا (4.25 جم) عيار 24؛ فربع الدينار يعادل جرامًا وشيئًا.</t>
+  </si>
+  <si>
+    <t>Sàcc ci bàkkaar yu mag yi la bokk.
+Yàlla tënk na mbugalu ab sàcc te mooy ñu dagg loxoom; niki mu ko waxe moom Aji-Kawe ji: {sàcc bu góor bi ak sàcc bu jigéen bi daggleen seen i loxo} [Al-Maa-ida: 38], sunna leeral na sàrti dagg gi.
+Li ñu namm ci loxo ci hadiis bi mooy dagg ténq bi ci fi mu teqalikook xasab bi.
+Bokk na ci xereñug dagg loxo sàcc, aar alali nit ñi, ak àrtu tooñkat yi dul moom.
+Diinaar ab xayma la ci wurus, leegi mu tollook (4.25 garaam); ñenteelu xaaju Diinaar day tolloo ak benn garaam ak dara.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/2964</t>
+  </si>
+  <si>
     <t>من قاتل لتكون كلمة الله هي العليا، فهو في سبيل الله</t>
   </si>
   <si>
     <t>kiy xeex  ngir kàddug Yàlla yëkkatiku kooku moo ngi ci yoonu Yàlla</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه قَالَ: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الرَّجُلِ يُقَاتِلُ شَجَاعَةً، وَيُقَاتِلُ حَمِيَّةً، وَيُقَاتِلُ رِيَاءً، أَيُّ ذَلِكَ فِي سَبِيلِ اللهِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Muusa -yal na ko Yàlla dollee gërëm- mu wax ne: Laaj nañu Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- waa juy xeex  ngir wone njàmbaar, ak kuy xeex ngir par-parloo, ak kuy xeex ngir ngistal, ana kan ci ñoom moo nekk ci yoonu Yàlla? Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- daal di ne: "kiy xeex  ngir kàddug Yàlla yëkkatiku kooku moo ngi ci yoonu Yàlla".</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم عن اختلاف مقاصد المقاتلين؛ مَن قاتَل شجاعة أو حَميَّة أو ليرى مكانه من الناس أو غير ذلك، أيُّها في سبيل الله؟ 
 فأخبرَ النبيُّ صلى الله عليه وسلم أن المقاتل في سبيل الله هو: مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا.</t>
   </si>
   <si>
     <t>Laaj nañu Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- wuuteg jubluwaay yi ci ñiy xeex; kuy xeex ngir jàmbaare, walla par-parloo walla ngir ñu gis dayoom ci nit ñi mbaa leneen, kan moo ci nekk ci yoonu Yàlla? Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- xamle ne kiy xeex ci yoonu Yàlla: mooy kiy xeex ngir kàddug Yàlla jëm kaw.</t>
   </si>
   <si>
     <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
 إذا كان القصد من الجهاد إعلاء كلمة الله، وانضم إليه قصد آخر مشروع كالحصول على المغنم، فإنه لا يضر أصلَ نيته.
 مدافعة الأعداء عن الأوطان والحرمات من القتال في سبيل الله.
 الفضل الوارد في المجاهدين يختص بمن قاتل لتكون كلمة الله تعالى هي العليا.</t>
   </si>
   <si>
@@ -511,50 +546,85 @@
   </si>
   <si>
     <t>أَخْبَرَ أنسٌ رضي الله عنه أن النبي صلى الله عليه وسلم ذَبَحَ بيده يومَ عيدِ الأضحى مِن ذُكور الضَّأْنِ كَبشَيْنِ ذات قرون أبيضين يخالطهما السواد، وقال: باسم الله والله أكبر، ووضع رجلَه على عُنقِها.</t>
   </si>
   <si>
     <t>Anas yal na ko Yàlla dollee gërëm day nettali ne Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dafa rendi ci loxoom ci bisu feetu Tabaski ñaari xar yu góor yu mag am ay béjjan nekk yu weex te rax ñuul, mu wax: bismil Laahi wallaahu Akbar, mu teg tànkam ca doq ga.</t>
   </si>
   <si>
     <t>مشروعية الأضحية، وقد أجمع عليها المسلمون.
 الأفضل أن تكون الأضحية من هذا النوع الذي ضحَّى به النبي صلى الله عليه وسلم؛ لِحُسْن منظرِه ولكون شحمه ولحمه أطيب.
 قال النووي: فيه أنه يستحب أن يتولَّى الإنسانُ ذبحَ أضحيتِه بنفسِه، ولا يُوكِّل في ذبحِها إلا لعذر، وحينئذ يُستحب أن يَشْهَدَ ذَبْحَها، وإن استناب فيها مسلمًا جاز بلا خلاف.
 قال ابن حجر: وفيه استحباب التكبير مع التسمية عند الذبح واستحباب وضع الرِّجْل على صَفْحَةِ عُنُقِ الأضحية الأيمن، واتفقوا على أن إضجاعها يكون على الجانب الأيسر فيضع رجله على الجانب الأيمن ليكون أسهل على الذابح في أخذ السكين باليمين وإمساك رأسها بيده اليسار.
 استحباب الأضحية بالأقرن ويجوز بغيره.</t>
   </si>
   <si>
     <t>Yoonalees na Tabaski, te jullit ñi dëppoo nañu ci.
 Li gën mooy li ñuy tabaskee mel ni xeet wii Yonnente bi tabaskee;  ngir ni jëmm ji rafete ak ni gareesam ak ndawalam gën a teeye.
 An-Nawawii wax na: ca loola ne sopp nañu nit ki féetewoo rendi tabaskeem ci boppam, te bañ a féetale rendi ga kenn ci lu dul ngànt, te bu booba a sopp nañu mu teewe rendi ga, bu ca wuutalee ab jullit kon dagan na ci lu dul ag wuute.
 Ibn Hajar nee na: sopp nañu kàbbar ak tudd Yàlla bu ñuy rendi, sopp nañu it nu teg tànk bi ci doq gi ci wetug ndayjoor gi, dëppoo nañu it ne wetu càmmooñ lañu koy tërale, mu teg tànkam ci wetug ndayjoor gi ngir mu gën a yomb ci kiy rendi mu téye paaka bi ci ndayjooram jàpp ci bopp bi ci loxob càmmooñam.
 Sopp nañu tabaskee lu am béjjan bu dul moom it dana dagan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/2971</t>
   </si>
   <si>
+    <t>كان فيمن كان قبلكم رجل به جرح، فجزع، فأخذ سكينا فحز بها يده، فما رقأ الدم حتى مات، قال الله تعالى: بادرني عبدي بنفسه، حرمت عليه الجنة</t>
+  </si>
+  <si>
+    <t>amna ci ñi leen jiitu woon jenn waay ju am gaañu-gaañu, mu saalit, daal di jël paaka dagg loxo bi, dereet ji dogul ba mu faatu, Yàlla mu kawe mi wax ne: sama jaam bi gaawe na ma ci boppam, araamal naa ci moom àjjana</t>
+  </si>
+  <si>
+    <t>عَن الحَسَنِ قال: حَدَّثنا جُنْدَبُ بْنُ عَبْدِ اللَّهِ رضي الله عنه، فِي هَذَا المَسْجِدِ، وَمَا نَسِينَا مُنْذُ حَدَّثَنَا، وَمَا نَخْشَى أَنْ يَكُونَ جُنْدُبٌ كَذَبَ عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: قَالَ رَسُولُ اللَّهِ صلّى الله عليه وسلم: «كَانَ فِيمَنْ كَانَ قَبْلَكُمْ رَجُلٌ بِهِ جُرْحٌ، فَجَزِعَ، فَأَخَذَ سِكِّينًا فَحَزَّ بِهَا يَدَهُ، فَمَا رَقَأَ الدَّمُ حَتَّى مَاتَ، قَالَ اللَّهُ تَعَالَى: بَادَرَنِي عَبْدِي بِنَفْسِهِ، حَرَّمْتُ عَلَيْهِ الجَنَّةَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Al-Hasan mu wax ne: Jundub ibn Abdul Laahi yal na ko Yàlla dollee gërëm waxtaanal na nu ci jàkka jii, te fàttewuñu ba mu nu waxtaane ba tay, te ragaluñu ci Jundub fenal Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc, mu ne: Yonnente Yàlla bi  nee na: "amna ci ñi leen jiitu woon jenn waay ju am gaañu-gaañu, mu saalit, daal di jël paaka dagg loxo bi, dereet ji dogul ba mu faatu, Yàlla mu kawe mi wax ne: sama jaam bi gaawe na ma ci boppam, araamal naa ci moom àjjana".</t>
+  </si>
+  <si>
+    <t>أخبر النبيُّ صلى الله عليه وسلم أنه كان فيمن كان قبلنا رجل أصابه جرح، فجزع ولم يصبر على الألم، فأخذ سكينًا فقطع بها يده واستعجل الموت، فما انقطع الدم حتى مات، قال الله تعالى: بادرني عبدي بنفسه، قد حرمت عليه الجنة.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc xibaare na ne amna ca ña ñu jiitu woon jenn waay ju am gaañu-gaañu, mu daal di saalit muñul mettit wi, mu jël ab paaka daal di dagg loxoom bi ndax yàkkamtee dee, dereet ji dogul ba ni mu faatoo, Yàlla mu kawe mi wax ne: sama jaam bi gaawe na ma ci boppam, araamal naa ci moom àjjana.</t>
+  </si>
+  <si>
+    <t>فضيلة الصبر على البلاء، وترك التضجر من الآلام لئلا يُفْضِي إلى أشد منها.
+التحديث عن الأمم الماضية بما فيه الخير والعظة.
+قال ابن حجر: فيه الوقوف عند حقوق الله ورحمته بخلقه حيث حَرّم عليهم قتل نفوسهم وأن الأنفس ملك الله.
+تحريم تعاطي الأسباب المفضية إلى قتل النفس، والوعيد الشديد في ذلك.
+قال ابن حجر: ودل ذلك على أنه حزَّها لإرادة الموت لا لقصد المداواة التي يغلب على الظن الانتفاع بها.</t>
+  </si>
+  <si>
+    <t>Ngëneelu muñ nattu yi, ak bàyyi foñ ci mettit yi ngir du waral lu ko gën a tar.
+Waxtaane xeet yi jiitu woon ci li nga xam ne yiw moo ca nekk ak ug waare.
+Ibn Hajar nee na: nekk na ci it taxaw ci àqi Yàlla yi ak yërmàndeem ci mbindeefam yi ba tax mu araamal ci ñoom ñuy ray seen bopp ak ne bakkan yi moomeelu Yàlla la.
+Araamalees na jëfandikoo sabab yuy jëme ci ray bakkan, ak tëkku gu tar gi nekk ci loolu.
+Ibn Hajar nee na: loolu day tegtale ne dafa ko a dagg ngir bëgg a dee waaye jubluwu ca faju.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/2981</t>
+  </si>
+  <si>
     <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
   </si>
   <si>
     <t>Bu leen sol suwaa walla sooy, bu leen naan ci ndabal wurus mbaa xaalis, te bu leen lekk ci ay boolam, ndax ñoom la ñeel fii ci àdduna, waaye nun la ñeel fële ca àllaaxira</t>
   </si>
   <si>
     <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abdur Rahmaan ibn Abii Laylaa mu ne ñoom dañoo nekkoon ci Husayfata, mu sàkku ku ko may mu naan, ab Majuus jox ko mu naan, ba mu tegee këll bi ci loxoom mu sànni ko ko, daaldi wax ne -xanaa du tere naa ko ko lu dul benn yoon du ñaari yoon, mu mel ni day wax naan: defuma lii-, lu dul ne damaa dégg Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- di wax naan: «Bu leen sol suwaa walla sooy, bu leen naan ci ndabal wurus mbaa xaalis, te bu leen lekk ci ay boolam, ndax ñoom la ñeel fii ci àdduna, waaye nun la ñeel fële ca àllaaxira».</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
 ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
 وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
 وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- dafa tere góor ñi di sol suwaa ci ay xeetam. Mu tere góor ñi ak jigéen ñi ñuy lekk mbaa naan ci ndabal wurus ak xaalis. Mu xibaare ne loolu jullit ñi rekk a ko jagoo ëllëg bis-pénc; ndax ñoom ñoo ko moytandiku woon fii ci àdduna ngir topp Yàlla. Bu dee yéefar yi nag ñoom duñu ko am allaaxira; ndaxte ñoom dañoo yàkkamti seen yu teey ya fii ci dundug àdduna ci li ñu leen jëfëndikoo, ak li ñu moy ndigalu Yàlla.</t>
   </si>
   <si>
     <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
 يباح للنساء لبسُ الحرير والديباج.
 تحريم الأكل والشرب في صحاف الذهب والفضة وآنيتهما على الذكور والإناث.
 تغليظ حذيفة رضي الله عنه في الإنكار، وعلل ذلك بأنَّه نهاه أكثَرَ مِن مَرَّةٍ عن استعمالِ آنِيَةِ الذَّهَبِ والفِضَّةِ، لكنَّه لَمَّا لم يَنْتَهِ.</t>
@@ -578,50 +648,108 @@
     <t>عَنْ عُمَرَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Ibn Umar -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "ku sol sooy fii ci àdduna du ko sol fële ca allaaxira"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه مَن لَبس الحريرَ من الرجال في الدنيا لم يَلبَسها في الآخرة إذا لم يتب عقابًا له.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day leeral ne góor gu sol sooy fii ci àdduna du ko sol fële ca allaaxira ndeem tuubu ko.</t>
   </si>
   <si>
     <t>المَقصود بالحرير الحرير الخالِص الطبيعي، أما الحرير الصناعي فلا يشمله الحديث.
  تحريم لبس الحرير على الرجال.
 النهي عن لبس الحرير يعم لُبسه وافتراشه.
 يسمح للرجال ببعض الحرير في الثياب بما لا يُجاوِز عرضُه إصبعين إلى أربعة أصابع تتخذ أعلامًا أو حاشية للثوب.</t>
   </si>
   <si>
     <t>Li ñu jublu ci sooy mooy bu cosaan ba dara soppiwul, waaye bu dee sooy bu ñu defar moom du dugg si Hadiis bi.
 Araamal nañu ci góor muy sol sooy.
 Tere gi ñu tere sol sooy day làmboowaale it lal ko.
 May nañu góor tuuti sooy bu nekk ci yéreem te yaatuwaayam bañ a ëpp ñaari baaaraam ba ñenti baaraam nga xam ne da koy def ay màndarga ci yére bi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/2986</t>
+  </si>
+  <si>
+    <t>لا يجلد أحد فوق عشرة أسواط إلا في حد من حدود الله</t>
+  </si>
+  <si>
+    <t>deesul dóor kenn lu ëpp fukki yar lu dul ci daani Yàlla</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ الْأَنْصَارِيِّ رَضيَ اللهُ عنهُ أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا يُجْلَدُ أَحَدٌ فَوْقَ عَشَرَةِ أَسْوَاطٍ إِلَّا فِي حَدٍّ مِنْ حُدُودِ اللهِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Burdata Al-Ansaarii yal na ko Yàlla dollee gërëm mu ne dégg na Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "deesul dóor kenn lu ëpp fukki yar lu dul ci daani Yàlla".</t>
+  </si>
+  <si>
+    <t>نهى النبيُّ صلى الله عليه وسلم أن يجلد أحد أكثر من عشرة أسواط إلا في المعاصي، وليس المراد ما ورد فيه من الشارع عدد محدد من الجلد أو الضرب أو العقوبة المخصوصة، والمراد لا يُزاد في ضرب التأديب على عشرة أسواط، كجلد الزوجة والابن.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc tere na ñiy dóor kenn lu ëpp fukki yar lu dul ci moy yi, waaye jubluwuñu ci li rot jóge ci Aji-Yoonal ji ci lim yi ñu tënk ci caw walla dóor walla mbugal yi ñu jagleel, li ñu ci jublu mooy deesul dolli ci dóoru yo xam ne ngir yare la lu ëpp fukki yar, niki caw sox na ak doom.</t>
+  </si>
+  <si>
+    <t>حدود الله تعالى التي أمر بها أو نهى عنها لها عقوبات تردع عنها، إما مقدرة من الشارع، أو راجعة في تقديرها إلى المصلحة التي يراها الحاكم.
+التأديب يكون خفيفًا بقدر التوجيه والتخويف، فلا يزاد فيه على عشرة أسواط إن احتيج لذلك، والأولى تأديبهم بدون الضرب، بل بالتوجيه، والتعليم، والإرشاد، والتشويق، فهو أدعى للقبول واللطف في التعليم، والأحوال في هذا المقام تختلف كثيرًا، فينبغي فعل الأصلح.</t>
+  </si>
+  <si>
+    <t>Dig yi Yàlla digle walla mu tere ko dafa am ay mbugal yuy tax ñu koy moytu, ben muy lu Aji-Yoonal ji nattale, walla nattale ga dellu ci yéwénal gi àttekat bi gis.
+Ag Yare day woyof ci kem jubbanti ga ak ragalloo ga, deesu ca weesu fukki yar bu dee aajo mooka waral, te li gën a yell nag mooy yar leen ci lu dul dóor, waaye ci jubbanti ak xamal, ak gindi, ak xemmemloo, loolu moo gën a gaaw a jëme ci nangu ak ñeewant ci jàngale gi, mbir yi nag ci barab bii day wuute lool, kon jaadu na ñu sàmmoonte ak li gën a yéwén.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/2987</t>
+  </si>
+  <si>
+    <t>من اقتنى كلبا إلا كلب ضار أو ماشية نقص من عمله كل يوم قيراطان</t>
+  </si>
+  <si>
+    <t>ku yar ab xaj bu dul xaju rëbb walla xaju sàmm wàññi na ci jëfam bis bu nekk Xiiraat</t>
+  </si>
+  <si>
+    <t>عَنْ ابنِ عُمَرَ رَضيَ اللهُ عنهما عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اقْتَنَى كَلْبًا إِلَّا كَلْبَ ضَارٍ أَوْ مَاشِيَةٍ نَقَصَ مِنْ عَمَلِهِ كُلَّ يَوْمٍ قِيرَاطَانِ»، قَالَ سَالِمٌ: وَكَانَ أَبُو هُرَيْرَةَ يَقُولُ: «أَوْ كَلْبَ حَرْثٍ»، وَكَانَ صَاحِبَ حَرْثٍ.</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Ibn Umar -yal na leen Yàlla dollee gërëm- mu jële ci Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "ku yar ab xaj bu dul xaju rëbb walla xaju sàmm wàññi na ci jëfam bis bu nekk Xiiraat", Saalim ne: Abuu Hurayrata daan na wax: "walla xaju mbay", moom baykat la woon.</t>
+  </si>
+  <si>
+    <t>حذّر النبيُّ صلى الله عليه وسلم من اقتناء الكلاب، إلا لحاجة الصيد، أو حراسة الماشية والزروع، ومن اقتناه لغير ذلك نقص من ثواب عمله كل يوم قيراطان؛ وهو مقدار معلوم عند الله تعالى.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc moytandikuloo la yar xaj, lu dul ngir aajoy rëbb, walla gaarde jur gi ak mbay mi, ku ko yar ngir lu dul loolu wàññi na ci yoolu jëfam bis bu nekk Xiraat; loo lu ag natt la gog Yàlla moo ko xam.</t>
+  </si>
+  <si>
+    <t>لا يجوز للمسلم أن يقتني الكلب، إلا فيما استثني.
+منع اقتناء الكلاب؛ لما فيه من المفاسد والمضار الكثيرة، فقد ثبت عن النبي صلى الله عليه وسلم أن الملائكة لا تدخل بيتًا فيه كلب؛ ولما فيه من النجاسة الغليظة التي لا يزيلها إلا تكرار الغسل بالماء والتراب.</t>
+  </si>
+  <si>
+    <t>Daganul ci jullit bi muy yar xaj, lu dul li ñu ci settee.
+Tere nañu yar xaj; ngir li ci nekk ci yàqute ak lor yu bari, sax na jóge ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ne malaaka yi duñu dugg kër gu am xaj; ak li ci nekk ci sobe gu mag gog dara du ko dindi lu dul baamtu raxas ga ci ndox ak suuf.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/2994</t>
   </si>
   <si>
     <t>من حمل علينا السلاح فليس منا</t>
   </si>
   <si>
     <t>ku gàddu ngànaay jëme sunu kaw kooku bokkul ci nun</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abuu Muusa Al-hasrii -yal na ko Yàlla dollee gërëm- mu jële ci Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «ku gàddu ngànaay jëme sunu kaw kooku bokkul ci nun».</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day moytondikuloo di gàddu ngànnaay ci kaw jullit ñi, ngir ragal loo leen, walla siif leen, ku def loolu ci lu dul yoon, kon toggoo na ag tooñ gu rëy, ak bàkkaar bu mag, te yayoo na tëkku gu tar gii.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
@@ -790,90 +918,127 @@
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Jële nañu
  ci Miqdaat Doomi Mahdii-karib -yal na ko Yàlla dollee gërëm- mu jële ci Yónent bi -yal na ko Yàlla dolli xéewël ak mucc- mu wax ne: "bu nit ki bëggee mbokkam na ko wax ne da koo bëgg".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Yónent bi -yal na ko Yàlla dolli xéewël ak mucc- day leeral benn ci yiy dëgëral diggante way-gëm ñi, tey tasaare mbëggeel seen biir, te mooy bu kenn bëggee mbokkam mu wax ko ne da koo bëgg.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Ngëneelu mbëggeel gir Yàlla rekk tax, ci lu dul njariñul àdduna.
 Sopp gi ñu sopp 
 ñu xibaar ki ñu bëgg ngir Yàlla ci bëgg gi ñi ko bëgg, ngir mbëggeel ga ak miineel ga gën a yokk.
 Tasaare mbëggeel ci biir way-gëm ñi day dëgëral mbokkoog mgëm, day wattu mbooloo mi ci taasaaroo ak tàqalikoo.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-[...2 lines deleted...]
-    <t>[Abóo Daawuda soloo na ko, ak  At-tirmisiy, ak An-nasaa'iy ca As-sunan Al-kubraa, ak Ahmat]</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[Abóo Daawuda soloo na ko, ak At-tirmisiy, ak An-nasaa'iy ca Al-kubraa, ak Ahmat]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/3017</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ndayjoor daan na ko yéem ci buy sol dàll, ak buy peñewu, ak buy laab, ak ci mbiram yépp</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
     <t>Jële nañu ci Aysatu ndayu jullit ñi-yal na ko Yàlla dollee gërëm- mu wax ne: Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ndayjoor daan na ko yéem ci buy sol dàll, ak buy peñewu, ak buy laab, ak ci mbiram yépp.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc daan na bëgg di gënale ci tàmbalee ndayjoor ci mbiram yi yelloo teral, te bokk na ca: Nit ki tàmbali ci tànku ndayjooram bu dee sol dall, mu tàmbalee ci ndayjoor bu dee peñe kawaru boppam ak sikkimam ak di leen diw, ak buy jàppu mu jiital tànku ndayjooram ci bu càmmoñ bi ci loxo yi ak ci tànk yi.</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
 "يعجبه التيمن"، يشمل: الابتداء في الأفعال باليد اليمنى، والرجل اليمنى، والجانب الأيمن،  وتعاطي الشيء باليمين.
 قال النووي: اعلم أن من أعضاء الوضوء ما لا يستحب فيه التيامن؛ وهو الأذنان والكفان والخدان بل يُطَهَّران دفعة واحدة، فإن تعذَّر ذلك كما في حق الأقطع ونحوه؛ قَدَّمَ اليمين.</t>
   </si>
   <si>
     <t>An-Nawawii nee na: lii ab tënk la bu boy ci sariiha, te mooy ne lépp lu nekk ci buntub teral ak teddnga niki sol yére ak tubay ak ay saŋ ak dugg jàkka ak socc ak tusngalu, ak lelli ay we, ak jemp mustaas, ak peñe kawar, ak suqi poqtaan, ak wat bopp, ak sëlmal ci julli gi, ak raxas céri laab yi, ak génn ci wanag, ak lekk ak naan, ak saafonte 
 ak laal Hajarul-Aswad, ak yu mel noonu ñu sopp ci tàmbalee ndayjoor, bu dee safaan ba nag niki dugg ci wanag, ak génn ci jàkka, ak ñandu ak fompu, ak summi yére ak tubëy ak ay saŋ ak yu ko niru, dees na ci sopp tàmbalee càmmoñ, loolu lépp nag ngir teddngay ndayjoor ak sellam.
 "ndayjoor daan na ko yéem", day làmboo tàmbalee jëf yi ci loxo ndayjoor, ak tànku ndayjoor, ak wetu ndayjoor, ak jël dara ci ndayjoor.
 An-Nawawii nee na: xamal ne am na ci céri jàppu yi yu ñu soppul a tàmbalee ndayjoor; te mooy ñaari nopp yi, ak ñaari ténq yi, ak ñaari lex yi, waaye dañu leen di laabal benn yoon, bu loolu manul nek niki ki benn loxo bi dagg ak lu ni mel; kon day jiital ndayjoor bi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/3018</t>
+  </si>
+  <si>
+    <t>إني أعلم أنك حجر، لا تضر ولا تنفع، ولولا أني رأيت النبي صلى الله عليه وسلم يقبلك ما قبلتك</t>
+  </si>
+  <si>
+    <t>man de xam naa ne yaw aw xeer nga, doo lor te doo jariñ,  bu dul woon ne gisnaa Yonente bi yal na ko Yàlla dolli xéewal ak mucc di la fóon kon duma la fóon</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ رَضِيَ اللَّهُ عَنْهُ: أَنَّهُ جَاءَ إِلَى الحَجَرِ الأَسْوَدِ فَقَبَّلَهُ، فَقَالَ: إِنِّي أَعْلَمُ أَنَّكَ حَجَرٌ، لاَ تَضُرُّ وَلاَ تَنْفَعُ، وَلَوْلاَ أَنِّي رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُقَبِّلُكَ مَا قَبَّلْتُكَ.</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Umar yal na ko Yàlla dollee gërëm: Mu ñëw ci Hajarul Aswad daal di koy fóon, daal di wax ne: man de xam naa ne yaw aw xeer nga, doo lor te doo jariñ,  bu dul woon ne gisnaa Yonente bi yal na ko Yàlla dolli xéewal ak mucc di la fóon kon duma la fóon.</t>
+  </si>
+  <si>
+    <t>جاء أمير المؤمنين عمر بن الخطاب رضي الله عنه إلى الحجر الأسود في زاوية الكعبة فقبله، فقال: إني أعلم أنك حجر، لا تضر ولا تنفع، ولولا أني رأيت النبي صلى الله عليه وسلم يقبّلك ما قبلتك.</t>
+  </si>
+  <si>
+    <t>Njiitu jullit ñi Umar ibnul Xattaab yal na ko Yàlla dolli xéewal ak mucc dafa ñëw ci Hajarul Aswad ci pengu Kaaba gi fóon ko, daal di wax ne: man de xam naa ne yaw aw xeer nga, doo lor te doo jariñ, bu dul woon ne gisnaa Yonente bi yal na ko Yàlla dolli xéewal ak mucc fóon la kon duma la fóon.</t>
+  </si>
+  <si>
+    <t>مشروعية تقبيل الحجر الأسود للطائفين عندما يحاذونه، إن أمكن بسهولة.
+المقصود من تقبيل الحجر الأسود، هو الاتباع لرسول الله صلى الله عليه وسلم.
+قال النووي: معناه أنه لا قدرة له على نفع ولا ضر، وأنه حجر مخلوق كباقي المخلوقات التي لا تضر ولا تنفع، وأشاع عمر هذا في الموسم؛ ليشهد في البلدان، ويحفظه عنه أهل الموسم المختلفوا الأوطان.
+العبادات توقيفية؛ فلا يشرع منها إلا ما شرعه الله ورسوله.
+إذا صحت العبادة عُمل بها ولو لم تُعلم حكمتها؛ لأنَّ امتثال الناس وطاعتهم في القيام بها من الحِكم المقصودة.
+النهي عن تقبيل ما لم يَرد الشرع بتقبيله على سبيل التعبد من الأحجار وغيرها.</t>
+  </si>
+  <si>
+    <t>Yoonal nañu fóon Hajarul Aswad ñeel ñiy wër kaaba gi bu ñu tolloo ak moom, bu dee man na a nekk ci lu yomb.
+Li ñu jublu ci fóon Hajarul Aswad, mooy roy Yonente bi yal na ko Yàlla dolli xéewal ak mucc.
+An-Nawawii nee na: maanaam mooy ne manuta jariñ manuta lor, waaye aw xeer la wu ñu bind kem mbooleem mbindeef yi nga xam ne du lor te du jariñ, Umar dafa fésal lii ci xew u aj gi; ngir ñu seede ko ci réew yi, ñëpp jàpp loo lu .
+Jaamu yi lu ñuy taxawlu la; deesu ci yoonal lu dul lu Yàlla yoonal ak ub yonenteem.
+Bu ag jaamu wéree dañu koy jëfe donte xamuñu lu tax; ndaxte jëfe gi nit ñi di jëfe ndigal ak def gi ñu koy def dafa bokk ci li Yàlla bëgg ci ñoom.
+Tere nañu fóon lu sariiha joxewul ndigal ngir ñu fóon ko ci anamug jaamu muy xeer ak lu dul moom.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/3024</t>
   </si>
   <si>
     <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>loolu dereti sidit la, waaye bàyyil julli ci limu bis yi ngay gis mbaax, topp nga sangu te julli</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>Jële nañu ci Aysatu ndayu jullit ñi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne Faatimata bintu Abii Jahsin dafa laaj Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- ne ko: Man damay gis dereet ju yàqu te du ma set, ndax damay bàyyi julli? Mu ne ko: “Déedéet , loolu dereti sidit la, waaye bàyyil julli ci limu bis yi ngay gis mbaax, topp nga sangu te julli".</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>Faatimata bintu Jahsin laaj na Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- ne ko: man daal deret ji du deñ ci man day wéy ba ci jamono yidul jamonoy mbaax, ndax àtteb loolu mooy àtteb mbaax ngir ma bàyyi julli? Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- ne ko: loolu deret ju yàqu la, te mooy dereti feebar, day ame ci dogug sédit ci butiti njurukaay, waaye du dereti mbaax, Waxtu wa nga daan gis mbaax bu ñëwee ci weer wa  nga aadawoo lu njëkk ngay am feebaru deret ju dul dog, na nga bàyyi julli ak yeneen yi ñuy tere ku gis mbaax ci jamonoy mbaax ga. Bu limub diir booba jeexee, kon laab nga ci mbaax ga, na nga raxas barabu deret ja, daal di raxas sa yaram ci sangu gu matale ngir yëkkati am toj, te nga julli.</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
@@ -1043,92 +1208,134 @@
 bu jeng ».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day leeral ne bokk na ci xeeti jihaad ci yoonu Yàlla yi gën a màgg te ëpp njariñ mooy wax baati maandute ag dëgg fi kanamu buur ak njiit lu jeng di ab tooñkat; ndaxte moom dafa jëfe jaamug digle lu baax ak tere lu bon, moo xam ci wax la walla ci bind walla ci jëf mbaa leneen lu yéwénal di ame te yàqute di ca dàqoo.</t>
   </si>
   <si>
     <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
 نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
 قال الخطَّابي: وإِنَّما صار ذلك أفضل الجهاد؛ لأنّ من جاهَدَ العدوَّ كان مُتردِّدًا بين الرَّجاءِ والخوْفِ لا يدري هل يَغلِبُ أو يُغْلَبُ، وَصَاحِبُ السُّلطان مقهورٌ في يدِهِ فهو إذا قال الحقَّ وَأَمَرَهُ بِالمعروفِ فقد تَعَرَّضَ للتَّلَفِ، وَأَهْدَفَ نَفْسَهُ للهلاكِ، فصار ذلك أَفضل أنواع الجهادِ مِن أجلِ غَلَبَةِ الخوفِ، وقيل: إنما كان أفضل الجهاد؛ لأنَّ وليَّ الأمرِ لو أخَذَ بِكَلمَتِه لربَّما عمَّ النفعُ عددًا كبيرًا من الناسِ فتحصُلُ المصلحةُ.</t>
   </si>
   <si>
     <t>Digle lu baax ak tere lu bon dafa bokk ci jihaad.
 Laabire njiit dafa bokk ci jihaad yi gën a màgg, waaye dafa wara tege ci xam-xam ak xereñte ak wóorlu.
 Al-Xattaabii nee na: loolu dafa gën ci jihaad yi; ndaxte kiy jihaad ak noon bi day dengi-dengi ci diggante yaakaar ak ragal te du xam ndax day gañe walla dañu koy gañe, te ku nekk ak boroom nguur moom danu koo not, moom bu waxee dëgg daal di digle lu baax gaaral na boppam ag naaxsaay, jëme boppam ag alkande, loolu moo tax mu gën ci xeeti jihaad yi ngir li ag ragal not fi moom, nee nañu it: dafa gën ci jihaad yi; ndaxte bu njiit li jëlee waxam ji man naa am njariñam daj nit ñu bari, bu ko defee yéwénal am.</t>
   </si>
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[حسن لغيره]</t>
+  </si>
+  <si>
     <t>[Abóo Daawuda soloo na ko,  At-tirmisiy, ak Ibnu Maaja, ak Ahmat]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/3045</t>
   </si>
   <si>
     <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>àdduna de ñam wu neex la te naat, Yàlla da leen fee wuutal, di xool lu ngeen fiy jëf, noytuleen àdduna te moytu jigéen ñi</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Sahiid Al-Xudriyu -yal na ko Yàlla dollee gërëm- mu jële ci Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «àdduna de ñam wu neex la te naat, Yàlla da leen fee wuutal, di xool lu ngeen fiy jëf, noytuleen àdduna te moytu jigéen ñi, ndax fitna ji njëkk a am ci Banuu Israayil ci jigéen la xewe».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral ne àdduna ñam wu neex la, te naat ci gisiin, ba nit ki dana ci woroo, ba di ci nuur, ba def ko yitteem ji gën a rëy. Ak ne Yàlla dafa def ñenn ci nun ñuy wuutu ñeneen ci dundug àdduna, ngir xool lan lanuy def, ndax danu koy topp, walla danu koy moy? Topp mu wax: moytuleen poñaxiitam àdduna ak ub taaram di leen nax ba di leen jëme ci bàyyi li leen Yàlla digal, ba ngeen di def li mu leen tere. Bokk na ci li gën a màgg ci yi ñu war a moytu ci fitnay àdduna mooy fitnay jigéen ñi, ndaxte mooy fitna ji waa Banuu Israayil njëkk a tàbbi.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Ñaaxe ci taqoo ak ragal Yàlla, te bañ a soxlawoo liy feeñ ci àdduna ak taaram bi.
 Moytondikuloo di fitnawu ci jigéen ñi, ci xool mbaa ci càgante ci góoru jàmbur di jaxasoo ak ñoom, mbaa yeneen.
 Fitnay jigéen bokk na ci fitna yi gën a màgg ci àdduna.
 Waaru ak xalam ci xeet yi jiitu woon, li xew ci Banuu Israayil man naa xew ci ñeneen.
 Fitnay jigéen bu dee jabar la man naa teg jëkkëram lu mu àttanul ci ab dund, ba dana ko soxlaal wolif muy sàkku ay biri diineem, ba dana ko yóbbe muy xawa alku ci sàkku biri àdduna, bu dee jàmbur nag fitnaam mooy fiir góor ñi ci jengloo leen wolif dëgg ci bu nu génnee ba jaxasoo ak ñoom, rawatina bu ñu nekkee jigéen yu sollut lu jot, tey baraj-baraji, te lii man naa waral tàbbi ci njaalo ci kem ay darajaam, kon war na ci aji-gëm ji mu làqu ci Yàlla, te yaakaar ko ci mucc ci seeni fitna.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/3053</t>
+  </si>
+  <si>
+    <t>اللهم لك أسلمت، وبك آمنت، وعليك توكلت، وإليك أنبت، وبك خاصمت، اللهم إني أعوذ بعزتك، لا إله إلا أنت أن تضلني، أنت الحي الذي لا يموت، والجن والإنس يموتون</t>
+  </si>
+  <si>
+    <t>Allahumma laka aslamtu, wa bika aamantu, wa halayka tawakkaltu, wa ilayka anabtu, wa bika xaasamtu, Allaahuma innii ahuusu bihissatika, laa ilaaha illaa Anta an tadillanii, Anta Al-Hayyu Allasii laa yamuutu, wal insu wal jinnu yamuutuuna</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضيَ اللهُ عنهما أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ: «اللهُمَّ لَكَ أَسْلَمْتُ، وَبِكَ آمَنْتُ، وَعَلَيْكَ تَوَكَّلْتُ، وَإِلَيْكَ أَنَبْتُ، وَبِكَ خَاصَمْتُ، اللهُمَّ إِنِّي أَعُوذُ بِعِزَّتِكَ، لَا إِلَهَ إِلَّا أَنْتَ أَنْ تُضِلَّنِي، أَنْتَ الْحَيُّ الَّذِي لَا يَمُوتُ، وَالْجِنُّ وَالْإِنْسُ يَمُوتُونَ».</t>
+  </si>
+  <si>
+    <t>Jële na ñu ci Ibn Abbaas yal na leen Yàlla dollee gërëm mu wax ne Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc daan na wax: "Allahumma laka aslamtu, wa bika aamantu, wa halayka tawakkaltu, wa ilayka anabtu, wa bika xaasamtu, Allaahuma innii ahuusu bihissatika, laa ilaaha illaa Anta an tadillanii, Anta Al-Hayyu Allasii laa yamuutu, wal insu wal jinnu yamuutuuna".</t>
+  </si>
+  <si>
+    <t>كان من دعاء النبي صلى الله عليه وسلم أنه كان يقول: (اللهم لك أسلمت) وانْقَدْتُ، (وبك آمنت) وصدقت وأقررت، (وعليك توكلت) وفوضت واعتمدت، (وإليك أنبت) ورجعت وأقبلت، (وبك خاصمت) وحاججت أعداءك، (اللهم إني أعوذ) وألتجئ (بعزتك) ومَنَعَتِك وغَلَبَتِك، (لا إله إلا أنت) ولا معبود بحق سواك، (أن تضلني) عن الهداية والتوفيق لرضاك، (أنت الحي الذي لا يموت) ولا يَفْنى، (والجن والإنس يموتون).</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc bu daan ñaan daan na wax: (yaw sama Boroom yaw rekk laa jébbalul) daal di wommatu, (te yaw rekk laa gëm) dëggal naa saxal naa, (te ci yaw rekk laa wakkirlu) bàyyeel la lépp sukkandiku ci yaw, (te ci yaw rekk laa dellu) dellu ci yaw jublu la, (te ci yaw rekk laay xuloo) di dàggasante ak sa noon yi, (yaw sama Boroom maa ngi muslu) di làqatu, (ci sag teddnga) sag terewu ak sag noteel, (amul kenn ku ñu war a jaamu ku dul yaw) amul lu ñuy jaamu ci dëgg ku dul yaw, (nga sànk ma) wolif njub ga ak dëppoo ak sa ngërëm, (yaw yaay Aji-Dund ji dul dee) du jeex, (te jinne yi ak nit ñi dañuy dee).</t>
+  </si>
+  <si>
+    <t>مشروعية تقديم الثناء على المسألة عند كل مطلوب.
+وجوب التوكُّل على الله تعالى وحده وطلب الحفظ منه؛ لأنه مُتَّصف بصفات الكمال، فهو وحده الذي يُعتمد عليه، والخلق كلهم عاجزون ومنتهون إلى الموت، فهم ليسوا أهلًا للاعتماد عليهم.
+التأسي بالنبي صلى الله عليه سلم في الدعاء بهذه الكلمات الجامعة المانعة التي تعبِّر عن صدق الإيمان وغاية اليقين.
+قال السندي: قوله (أنت الحي) أي: فأنت الذي ينبغي به الاستعاذة لا غيرك.</t>
+  </si>
+  <si>
+    <t>Yoonalees na jiital tagg ci laaj ci gépp càkkuteef.
+Dañoo war a wakkirlu ci Yàlla mu kawe mi dong ak sàkku ci moom ak sàmm; ndaxte moo melowoo melo yu mat yi, moom dong mooy ki ñu sukkandiku, mbindeef yépp dañoo tële te ci dee lañuy mujje, kon ñoom yayoowuñu a sukkandiku ci ñoom.
+Roy ci Yonente bi di ñaan ci kàddu yu matale yii nga xam ne day wane  ngëm gu dëggu ak kóolute gu mat sëkk.
+As-Sindii nee na: waxam ji (yaw yaay Aji-Dund ji) maanaam: yaw yaay ki nga xam ne ci moom dong lañu war a musloo amul keneen.</t>
+  </si>
+  <si>
+    <t>متفق عليه، وهذا لفظ مسلم ورواه البخاري مختصرًا</t>
+  </si>
+  <si>
+    <t>[متفق عليه وهذا لفظ مسلم ورواه البخاري مختصرًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/3056</t>
   </si>
   <si>
     <t>ما رأيت النبي صلى الله عليه وسلم مستجمعا قط ضاحكا، حتى أرى منه لهواته، إنما كان يتبسم</t>
   </si>
   <si>
     <t>Masuma a gis Yonnente bi yal na ko Yàlla dolli xéewal ak mucc muy xàqataay di ree ba ma gis ay yàppi biir gémmiñam, waaye da daan muuñ</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنين رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: مَا رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مُسْتَجْمِعًا قَطُّ ضَاحِكًا، حَتَّى أَرَى مِنْهُ لَهَوَاتِهِ، إِنَّمَا كَانَ يَتَبَسَّمُ.</t>
   </si>
   <si>
     <t>Jële nañu ci Aysatu ndayu jullit ñi yal na ko Yàlla dollee gërëm mu wax ne: Masuma a gis Yonnente bi yal na ko Yàlla dolli xéewal ak mucc muy xàqataay di ree ba ma gis ay yàppi biir gémmiñam, waaye da daan muuñ.</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم لم يكن مُبالِغًا في الضحك حتى تُرى لَهَاتُهُ، وهي اللَّحْمَة المُتعلِّقة في أعلى الحَلْق، إنما كان يَتَبَسّم.</t>
   </si>
   <si>
     <t>Aysatu yal na ko Yàlla dolli xéewal ak mucc day xibaare ne Yonnente bi yal na ko Yàlla dolli xéewal ak mucc daawul ree reetaan gu ëpp ba ñuy gis am siiñam, waaye da daan muuñ.</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم ضَحِكُهُ التبسم إذا رضي أو أُعْجِب بشيء.
 قال ابن حجر: ما رأيته مُستجْمِعًا من جهة الضحك بحيث يضحك ضَحِكًا تامًّا مُقبِلًا بِكُلّيته على الضحك. 
 كثرة الضحك وارتفاع الصوت بالقهقهة ليس من صفات الصالحين.
 كثرة الضحك تُذهِب هيبةَ الرجل ووقارَه بين إخوانه.</t>
   </si>
@@ -2200,50 +2407,96 @@
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن البلاء والاختبار لا ينفكُّ عن العبد المؤمن والمؤمنة، في نفسه من صحتِه وجسدِه، وفي أولاده مِن مرض أو وفاة أو عقوق أو غير ذلك، وفي ماله من افتقار وذهاب تجارة وسرقة، وكَسَادِ عيش وضيق في الرزق، حتى يُكَفِّرَ اللهُ عنه بذلك البلاء كلَّ ذنوبِه وخطاياه حتى إذا لقي الله يكون قد طَهُرَ من كل الذنوب والآثام التي ارتكبها.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc: day xamle ne balaa ak nattu du deñ ci aji-gëm ju góor ak ju jigéen ji, di dal ci bakkanam ci wéram ak ci yaramam, ak ci ay doomam ci feebar ak faatu ak ñàkke ko teggin mbaa yeneen, ak ci alalam ci ñàkk ak yaxantu gu dem yoonam ak sàcc, ak dund gu metti ak xatug wërsëg, ba Yàlla faral ko ci nattu yooyu ay bàkkaaram ak i njuumteem ba mu daje ak Yàlla fekk laab na ci bépp bàkkaar bu mu defoon.</t>
   </si>
   <si>
     <t>من رحمة الله بعباده المؤمنين أن يكفِّر عنهم ذنوبَهم في دنياهم بمصائب الدنيا وآفاتها.
 البلاء بمجرَّده يكفِّر الذنوب بشرط الإيمان، فإذا صبر العبد ولم يسخط أُجِر.
 الحث على الصبر في جميع الأمور، فيما يحب ويكره، يصبر حتى يؤدي ما أوجب الله، ويصبر حتى يبتعد عما حرم الله، يرجو ثواب الله ويخشى عقابه.
 قوله: "بالمؤمن والمؤمنة"، زيادة لفظ المؤمنة فيه دليل على مزيد من التأكيد للمرأة؛ وإلا لو قال: "بالمؤمن" لدخل فيه المرأة؛ لأن ذلك لا يختص بالرجل، فإذا وقع البلاء بالمرأة فكذلك هي موعودة بمثل هذا الجزاء بتكفير الذنوب والخطايا. 
 مما يهوِّن على العبد ما يلقاه من الآلام مرة بعد مرة الفضلُ المترتب على البلاء.</t>
   </si>
   <si>
     <t>Bokk na ci yërmandey Yàlla ci jullit ñi mu faral leen seen i bàkkaar fii ci àdduna ci nattu ak gàkki-gàkki àdduna yi.
 Nattu rekk day far ay bàkkaar ci sàrtug gëm, bu jaam bi muñee te saalitul 
 dees na ko fay ab yool.
 Ñaaxe ci muñ ci mbooleem mbir yi, yi mu bëgg ak yi mu bañ, day muñ ba baa muy def li Yàlla waral ci moom, di muñ ba sori li Yàlla araamal, ngir yaakaar yoolub Yàlla ak ragal mbugalam.
 Li mu wax ne "jullit bu góor bi ak bu jigéen bi" li mu ci yokku baatub jigéen ñi tegtal la ci gën a feddali mbiri jigéen; lu ko moy rekk bu waxee: "jullit bi" jigéen da ciy dugg; ndaxte loolu góor rekk jagoowu ko, bu nattu dalee jigéen niki noonu digees na ko kem fay googu ci far ay bàkkaar ak i njuumte.
 Bokk na ci liy woyofalal jaam bi liy dal ci kawam ci ay mettit saa su ne mooy ngëneel yiy tege ca nattu ba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/3159</t>
   </si>
   <si>
+    <t>ارجع فصل، فإنك لم تصل</t>
+  </si>
+  <si>
+    <t>demal julli waat, yaw julliwóo</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ دَخَلَ المَسْجِدَ فَدَخَلَ رَجُلٌ، فَصَلَّى، فَسَلَّمَ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَرَدَّ وَقَالَ: «ارْجِعْ فَصَلِّ، فَإِنَّكَ لَمْ تُصَلِّ»، فَرَجَعَ يُصَلِّي كَمَا صَلَّى، ثُمَّ جَاءَ، فَسَلَّمَ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «ارْجِعْ فَصَلِّ، فَإِنَّكَ لَمْ تُصَلِّ» ثَلاَثًا، فَقَالَ: وَالَّذِي بَعَثَكَ بِالحَقِّ مَا أُحْسِنُ غَيْرَهُ، فَعَلِّمْنِي، فَقَالَ: «إِذَا قُمْتَ إِلَى الصَّلاَةِ فَكَبِّرْ، ثُمَّ اقْرَأْ مَا تَيَسَّرَ مَعَكَ مِنَ القُرْآنِ، ثُمَّ ارْكَعْ حَتَّى تَطْمَئِنَّ رَاكِعًا، ثُمَّ ارْفَعْ حَتَّى تَعْدِلَ قَائِمًا، ثُمَّ اسْجُدْ حَتَّى تَطْمَئِنَّ سَاجِدًا، ثُمَّ ارْفَعْ حَتَّى تَطْمَئِنَّ جَالِسًا، وَافْعَلْ ذَلِكَ فِي صَلاَتِكَ كُلِّهَا».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu wax ne: Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc dugg na ci jàkka ji jenn waay daal di dugg julli ñaari ràkka, daal di nuyu Yonente bi, mu fay ko, daal di ne ko: "demal julli waat, yaw julliwóo", mu dellu julli waat namu jullee woon, daal di nuyu Yonente bi , mu ne ko: "dellul julli waat yaw julliwóo " ñatti yoon, mu ne ko: giñ naa ci ki la yónni ci dëgg manuma lu dul lii, xamal ma, mu ne ko: "boo jugee di julli, nanga kàbbar, topp nga jàng li jàppandi ci yaw ci Alxuraan, topp nga rukkoo ba dal, nga siggi ba yamoo ca taxaw ga, topp nga sujjóot ba dal, topp nga siggi ba yamoo ca toogaay ga, defal loolu ci sa julli gi yépp".</t>
+  </si>
+  <si>
+    <t>دخل النبي صلى الله عليه وسلم المسجد، فدخل بعده رجل فصلى ركعتين مسرعًا، ولم يطمئن في قيامه وركوعه وسجوده، وكان النبي صلى الله عليه وسلم يَرْمُقُه في صلاته، فجاء إلى النبي صلى الله عليه وسلم وهو جالس في ناحية المسجد فسلم عليه، فردَّ عليه السلام، وقال له: 
+ارجع فأعد صلاتك؛ فإنك لم تصل. 
+فرجع يصلي مسرعًا كما صلى، ثم جاء فسلم على النبي صلى الله عليه وسلم، فقال له: 
+ارجع فصل؛ فإنك لم تصل، فَعَل ذلك ثلاثًا. 
+فقال الرجل: والذي بَعثك بالحق، ما أحسن غير هذا فعلّمني، فقال له صلى الله عليه وسلم: 
+إذا قُمتَ إلى الصلاة فكبّر تكبيرة الإحرام، ثم اقرأ بأم القرآن وبما شاء الله أن تقرأ، ثم اركع حتى تطمئن راكعًا بأن تجعل راحتيك على ركبتيك وامدد ظهرك وتمكَّن لركوعك، ثم ارفع وأقم صلبك حتى ترجع العظام إلى مفاصلها وتستوي قائمًا، ثم اسجد حتى تطمئن ساجدًا بأن تمكِّن الجبهة مع الأنف، واليدين والركبتين وأطراف أصابع القدمين على الأرض، ثم ارفع حتى تطمئن جالسًا بين السجدتين، ثم افعل ذلك في كل ركعة من صلاتك.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc dafa dugg ci jàkka ji, jenn waay dugg ci ginnaawam daal di julli ñaari ràkka yu gaaw, te dalul ci taxaw ya ak rukkoo ya ak sujjóot ya, fekk Yonente bi mi ngi ka doon xool, mu ñëw ci Yonente bi fekk mu toog ci koñu jàkka ji mu nuyu ko, Yonente bi yal na ko Yàlla dolli xéewal ak mucc fay ko, daal di ne ko: Dellul baamtu sa julli gi ndax julliwóo. Mu dellu julli waat julli gu gaaw kem na mu jullee woon, topp mu ñëw nuyu Yonente bi, mu ne ko: Dellul julli; ndax julliwóo, mu def ko ñatti yoon. Waa ji ne ko: giñ naa ci ki la yónni ci dëgg, manuma lu dul lii, kon xamal ma, Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ne ko: Boo jugee jëm ci julli gi nanga kàbbar kàbbaru armal, topp nga jàng faatiha ak lu la soob, nga daaldi rukkóo ba dal, nga deg say ténq ci sa kaw óom yi tàllal sa ndigg li, topp nga siggi taxawal sa ndigg li ba yax yépp yi dellu nga taxaw temm, topp nga sujjóot ba dal nga teg sa jë bi ak bakkan bi, ak ñaari loxo yi, ak ñaari óom yi ak cati baaraami tànk yi ci kaw suuf, topp nga siggi ba dal ca toogaay ba ci diggante ñaari sujjóot yi, topp nga def loolu ci ràkka bu ne ci sa julli gi.</t>
+  </si>
+  <si>
+    <t>هذه الأركان للصلاة، لا تسقط لا سهوًا ولا جهلًا، بدليل أمر المصلي بالإعادة، ولم يَكتفِ النبي عليه الصلاة والسلام بتعليمه.
+الطمأنينة ركن من أركان الصلاة.
+قال النووي: وفيه أن من أخلَّ ببعض واجبات الصلاة لا تصح صلاته.
+قال النووي: وفيه الرفق بالمتعلم والجاهل وملاطفته، وإيضاح المسألة له وتلخيص المقاصد، والاقتصار في حقه على المهم دون المكملات التي لا يحتمل حاله حفظها والقيام بها.
+قال النووي: وفيه أن المفتي إذا سئل عن شيء وكان هناك شيء آخر يحتاج إليه السائل ولم يسأله عنه يستحب له أن يذكره له، ويكون هذا من النصيحة لا من الكلام فيما لا يعني.
+فضيلة الاعتراف بالتقصير لقوله: "لا أحسن غيره فعلمني".
+قال ابن حجر: وفيه الأمر بالمعروف والنهي عن المنكر، وطلب المتعلم من العالم أن يعلمه.
+استحباب السلام عند اللقاء، ووجوب رده، وأنه يستحب تكراره إذا تكرر اللقاء وإنْ قرُب العهد، وأنه يجب رده في كل مرة.</t>
+  </si>
+  <si>
+    <t>Ponki julli yii, du rot mukk moo xam  njuumte la walla ñàkk a xam, li koy tegtale mooy li mu digal aji-julli ji mu baamtuwaat, te Yonnente bi yal na ko Yàlla dolli xéewal ak mucc yamul ci jàngal ko dong.
+Dal ci julli gi ponk la ci ponki julli.
+An-Nawawii nee na: nekk na ci ne ku bàyyi yenn yi war ci julli julleem du wér.
+An-Nawawii nee na: nekk na ci it def ndànk ci kiy jàng ak ki xamul ak ñeewante ko, ak leeralal ko masala mi tënkal ko jubluwaay bi, ak yam ci li ëpp solo ci lu moom ba ña dugg ci lumu àttanul.
+An-Nawawii nee na: nekk na ci it ne kiy ubbee bu ñu ko laajee dara am leneen lu aji-laaj ji aajowoo te laaju ko sopp nañu ci moom mu tuddal ka ko, lii nag ci laabire la bokk du dugg ci wax lu sa yoon nekkul.
+Ngëneelu nangu ne da ngaa gàtteñlu, ngir li mu wax ne: "manuma lu dul lii, kon xamal ma".
+Ibn Hajar nee na: nekk na ci it digle lu baax ak tere lu bon, ak jàngkat bi sàkku ci aji-xam ji mu xamal ko.
+Sopp nañu nuyóo bu ñu dajee, fay nuyóo ga nag lu war la, sopp nañu it ñuy baamtu nuyóo gi bu dee dañoo daje waat donte jamano ji ñu daje waat dafa jegee, fay nuyóo it dafa war ci yoon wu ne.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/3185</t>
+  </si>
+  <si>
     <t>أن النبي صلى الله عليه وسلم كان إذا صلى فرج بين يديه حتى يبدو بياض إبطيه</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- bu daan julli day teqale ay loxoom ba weexaayu poqtaanam di feeñ</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَالِكٍ ابْنِ بُحَيْنَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ.</t>
   </si>
   <si>
     <t>Jële nañu ci Abdullah ibn Maalik ibn Buhaynata -yal na ko Yàlla dollee gërëm- mu wax ne: Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- bu daan julli day teqale ay loxoom ba weexaayu poqtaanam di feeñ.</t>
   </si>
   <si>
     <t>كَانَ صلى الله عليه وسلم إذا سجد فرَّج بين يديه أثناء السجود؛ فنحَّى كلَّ يد عن الجنب الذي يليها، مثل الجناحين، حتى يبدو لون جلد إبطيه؛ 
 وهذا من المبالغة في تجنيح الذراعين ومباعدتهما عن جانبيه.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- bu daan sujjóot day soreele ay loxoom ca sujjóot ba; mu soreele loxo bu ne ak wet ga mu féete, mu mel ni ñaari laaf, ba melow deru poqtaanam di feeñ; Lii nag ag matale la ci ni ñaari loxo yi di yaatoo, ak ni ñuy soree wet yi.</t>
   </si>
   <si>
     <t>استحباب هذه الهيئة في السجود، وهي مباعدة عَضُديه عن جنبيه.
 المأموم الذي يتأذَّى جارُه بالمجافاة؛ فلا يُشرع له ذلك.
 في المجافاة في السجود حِكم وفوائد كثيرة، منها: إظهار النشاط والرغبة في الصلاة، وأنه إذا اعتمد على كل أعضاء السجود أخذ كل عضو حقه من العبادة. وقيل: الحكمة في ذلك أنه أشبه بالتواضع، وأبلغ في تمكين الجبهة والأنف من الأرض، وأيضًا ليتميز كل عضو بنفسه.</t>
   </si>
   <si>
     <t>Sopp nañu melokaan wii ci sujjóot gi, te mooy ñaari përëg yi sori ñaari wet yi.
@@ -2376,83 +2629,156 @@
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>Jële na ñu ci Ibn Umar -yal na leen Yàlla dollee gërëm- mu jële ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «jempleen Seen mustaas yi, te yar sikkim yi».</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- dafa digle ñu dindi dara ci kawaru mustaas te bañ koo bàyyi noonu, waaye dañu koy jemp.
 Ca wet ga mu digle ñu yar sikkim bàyyi ko mu sëq.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Araamal nañu wat ab sikkim.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/3279</t>
   </si>
   <si>
+    <t>إذا توضأ العبد المسلم أو المؤمن فغسل وجهه خرج من وجهه كل خطيئة نظر إليها بعينيه مع الماء أو مع آخر قطر الماء</t>
+  </si>
+  <si>
+    <t>jullit bi bu jàppoo ba raxas xar kanamam; bàkkaar bu mu mas a def ci ay gëtam day rot ànd ak ndox mi, -walla ànd ak toq ndox bi mujj-</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضيَ اللهُ عنهُ أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ الْعَبْدُ الْمُسْلِمُ -أَوِ الْمُؤْمِنُ- فَغَسَلَ وَجْهَهُ خَرَجَ مِنْ وَجْهِهِ كُلُّ خَطِيئَةٍ نَظَرَ إِلَيْهَا بِعَيْنَيْهِ مَعَ الْمَاءِ -أَوْ مَعَ آخِرِ قَطْرِ الْمَاءِ-، فَإِذَا غَسَلَ يَدَيْهِ خَرَجَ مِنْ يَدَيْهِ كُلُّ خَطِيئَةٍ كَانَ بَطَشَتْهَا يَدَاهُ مَعَ الْمَاءِ -أَوْ مَعَ آخِرِ قَطْرِ الْمَاءِ-، فَإِذَا غَسَلَ رِجْلَيْهِ خَرَجَتْ كُلُّ خَطِيئَةٍ مَشَتْهَا رِجْلَاهُ مَعَ الْمَاءِ -أَوْ مَعَ آخِرِ قَطْرِ الْمَاءِ- حَتَّى يَخْرُجَ نَقِيًّا مِنَ الذُّنُوبِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "jullit bi bu jàppoo ba raxas xar kanamam; bàkkaar bu mu mas a def ci ay gëtam day rot ànd ak ndox mi, -walla ànd ak toq ndox bi mujj-, bu raxasee ay yoxoom bépp bàkkaar bu mu mas a def ci ay yoxoom dana rot ànd ak ndox mi, ni ki noonu bu raxasee ay tànkam bàkkaar yi mu masa dox ak tànkam yépp dana rot ànd ak ndox mi -walla ànd ak toq ndox bi mujj-, ba keroog muy set wicc ci ay bàkkaar".</t>
+  </si>
+  <si>
+    <t>بيَّن النبي صلى الله عليه وسلم أنه إذا توضأ المسلم أو المؤمن فغسل وجهه أثناء الوضوء خرج من وجهه كل خطيئة صغيرة نظر إليها بعينيه مع الماء الساقط بعد الغسل أو مع آخر قطر الماء، فإذا غسل يديه خرج من يديه كل خطيئة صغيرة كان كسبتها يداه مع الماء أو مع آخر قطر الماء، فإذا غسل رجليه خرجت كل خطيئة صغيرة مشتها رجلاه مع الماء أو مع آخر قطر الماء حتى يخرج نقيًّا من الذنوب الصغائر بالانتهاء من الوضوء.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc leeral na ne jullit bi bu jàppoo daal di raxas xar kanamam ci njàppu mi bàkkaar bu ndaw bu mu mas a def ci ay gëtam day rot ànd ak ndox miy rot ginnaaw raxas ga walla mu ànd ak toq ndox bi mujj, bu raxasee ay yoxoom bépp bàkkaar bu ndaw bu mu mas a def ci ay yoxoom day rot ànd ak ndox mi walla ànd ak toq ndox bi mujj, ni ki noonu bu raxasee ay tànkam bàkkaar yu ndaw yi mu mas a dox ak tànkam yépp day rot ànd ak ndox mi walla ànd ak toq ndox bi mujj, ba keroog muy set wicc ci bàkkaar yu ndaw yi ci bu noppee ci njàppu mi.</t>
+  </si>
+  <si>
+    <t>فضل المحافظة على الوضوء، وأنه يكفّر الذنوب.
+من هدي النبي صلى الله عليه وسلم أنه يرغب الناس في الطاعات والعبادات بذكر الأجر والثواب عليها.
+كل عضو من أعضاء الإنسان يقع في بعض المعاصي، ولذلك الذنوب تتبع كل جارحة اكتسبتها، وتخرج من كل جارحة تاب منها.
+الوضوء فيه التطهير الحسي، ويكون عندما تغسل أعضاء الوضوء، وتطهير معنوي يكون من الذنوب التي وقعت من الأعضاء.</t>
+  </si>
+  <si>
+    <t>Ngëneelu sàmmonte ak jàpp, ak ne day far ay bàkkaar.
+Bokk na ci njubug Yonente bi muy xemmemloo nit ñi topp Yàlla ak jaamu ko ci tudd fay gi ak yool bi.
+Bépp cér ci céri nit ki day tàbbi ci yenn moy yi, moo tax bàkkaar yi day topp cér yi ko def, di génn bawoo ci bépp cér bu tuub.
+Jàppu laab gu ñuy yëg la, te mooy booy raxas céri njàppu yi, laabug maanaa nag day nekk ci bàkkaar yi nga xam ne tàbbi na bawoo ci cér yi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/3284</t>
+  </si>
+  <si>
     <t>إذا رأى أحدكم الرؤيا يحبها فإنها من الله، فليحمد الله عليها وليحدث بها، وإذا رأى غير ذلك مما يكره، فإنما هي من الشيطان، فليستعذ من شرها، ولا يذكرها لأحد، فإنها لن تضره</t>
   </si>
   <si>
     <t>bu kenn ci yéen gisee ci gént lu mu bëgg, loolu ci Yàlla la bawoo, na sant Yàlla ci loolu te waxe ko, bu gisee lu dul loolu ci lu mu sib, loolu ci Saytaane la bawoo, na muslu ci ayam, te bu mu ko wax kenn, kon du ko lor</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَى أَحَدُكُمُ الرُّؤْيَا يُحِبُّهَا فَإِنَّهَا مِنَ اللَّهِ، فَلْيَحْمَدِ اللَّهَ عَلَيْهَا وَلْيُحَدِّثْ بِهَا، وَإِذَا رَأَى غَيْرَ ذَلِكَ مِمَّا يَكْرَهُ، فَإِنَّمَا هِيَ مِنَ الشَّيْطَانِ، فَلْيَسْتَعِذْ مِنْ شَرِّهَا، وَلاَ يَذْكُرْهَا لِأَحَدٍ، فَإِنَّهَا لَنْ تَضُرَّهُ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abii Sahiid Al-Xudrii yal na ko Yàlla dollee gërëm mu ne: dégg na Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc muy wax naan: «bu kenn ci yéen gisee ci gént lu mu bëgg, loolu ci Yàlla la bawoo, na sant Yàlla ci loolu te waxe ko, bu gisee lu dul loolu ci lu mu sib, loolu ci Saytaane la bawoo, na muslu ci ayam, te bu mu ko wax kenn, kon du ko lor».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفرِحة في المنام من الله، وأرشد بأنْ يَحمد الله عليها، ويخبر بها، وإذا رأى ما يَكره ويُحزن فإنما هي من الشيطان؛ فليستعذ بالله من شرها، ولا يذكرها لأحد؛ فإنها لا تضره حيث جعل الله ما ذُكر سببًا للسلامة من المكروه المترتِّب على الرؤيا.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne gént lu baax luy bég loo ci ay nelaw ci Yàlla la jóge, mu gindee ci ne na sant Yàlla ci loolu, te waxe ko, waaye bu gisee lu mu sib lu koy jàqloo loolu ci Saytaane la jóge; na muslu ci Yàlla ci ayam, te bu mu ko wax kenn; kon du ko lor, ndaxte Yàlla moo def loolu muy sabab ngir mucc ci ay gént yu bon yu toftaloo.</t>
   </si>
   <si>
     <t>أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو تُرى له، 2- حديث النفس وهي ما يحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
 حاصل ما ذكر من أبواب الرؤيا الصالحة ثلاثة أشياء: أن يحمد الله عليها، وأن يستبشر بها، وأن يتحدث بها لكن لمن يحب دون من يكره.
 حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوَّذ بالله من شرها، ومن شر الشيطان، وأن يتفل حين يهب من نومه عن يساره ثلاثا، ولا يذكرها لأحد أصلًا، وإذا أراد أن يرجع لنومه يتحوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.
 قال ابن حجر: الحكمة فيه أنه إذا حدَّث بالرؤيا الحسنة من لا يحب قد يفسِّرها له بما لا يحب إما بُغضًا وإما حسدًا، فقد تقع على تلك الصفة أو يتعجّل لنفسه من ذلك حُزنًا ونكدًا، فأمر بترك تحديث مَن لا يُحِب بسبب ذلك.
 الحمد عند حدوث النِّعَم، وتجدد المنن، فذلك سبب لدوامها.</t>
   </si>
   <si>
     <t>Xeeti gént yi: 1- gént gu baax, moom dëgg la di bégle gu bawoo fa Yàlla, nit ki da koy gis, walla ñu gisal ka ko, 2- waxtaanu bakkan, te mooy li nit ki di wax ak boppam cig ñàkka nelaw, 3- jàqloo ak tiitloo yu Saytaane ak ay ragalloo yu jóge ci moom mu ciy jàqal doomu Aadama ji.
 Li ñu man a jànge ci bunti gént gu baax, ñatti bir yii la: mu sant Yàlla ci loolu, daal di ciy bég, daal di koy waxe, waaye ku mu bëgg rekk la koy wax, wolif ku mu bañ.
 Li ñuy jànge ci gént gu bon, juróomi bir la: mu muslu ci Yàlla ci ayam, ak ayu Saytaane, bu jugee ci nelaw yi tifli ci càmmooñam ñatti yoon, te du ko wax kenn mukk, bu bëggee dellu ca nelaw ya day wëlbatiku wet ga mu nekkoon; kon du ko lor.
 Ibn Hajar nee na: xereñ gi si nekk mooy ne bu waxee gént gu rafet gi ki mu bëggul amaana mu firil ko ko ci lu mu bëggul ngir bañ ko walla soxor, te amaana mu am ci melo woowu walla mu yàkkamti ñeel bakkanam ngir jàq. ñu digal ko mu bañ ko a wax ku mu bëggul ngir sabab boobu.
 Sant ci bu xéewal amee, ak bu xéewal yi beesaatee, loolu sabab la ci muy sax.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/3285</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم يعلمنا الاستخارة في الأمور كما يعلمنا السورة من القرآن</t>
+  </si>
+  <si>
+    <t>Yonente Yàlla bi daan na nu xamal listixaar ci mbir yépp kem ni mu nu daan xamale saaru Alxuraan</t>
+  </si>
+  <si>
+    <t>عن جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُعَلِّمُنَا الِاسْتِخَارَةَ فِي الْأُمُورِ كَمَا يُعَلِّمُنَا السُّورَةَ مِنَ الْقُرْآنِ، يَقُولُ: «إِذَا هَمَّ أَحَدُكُمْ بِالْأَمْرِ فَلْيَرْكَعْ رَكْعَتَيْنِ مِنْ غَيْرِ الْفَرِيضَةِ، ثُمَّ لِيَقُلِ: اللَّهُمَّ إِنِّي أَسْتَخِيرُكَ بِعِلْمِكَ وَأَسْتَقْدِرُكَ بِقُدْرَتِكَ، وَأَسْأَلُكَ مِنْ فَضْلِكَ الْعَظِيمِ، فَإِنَّكَ تَقْدِرُ وَلَا أَقْدِرُ، وَتَعْلَمُ وَلَا أَعْلَمُ، وَأَنْتَ عَلَّامُ الْغُيُوبِ، اللَّهُمَّ إِنْ كُنْتَ تَعْلَمُ أَنَّ هَذَا الْأَمْرَ خَيْرٌ لِي فِي دِينِي، وَمَعَاشِي، وَعَاقِبَةِ أَمْرِي» أَوْ قَالَ: «عَاجِلِ أَمْرِي وَآجِلِهِ، فَاقْدُرْهُ لِي وَيَسِّرْهُ لِي ثُمَّ بَارِكْ لِي فِيهِ، وَإِنْ كُنْتَ تَعْلَمُ أَنَّ هَذَا الْأَمْرَ شَرٌّ لِي فِي دِينِي وَمَعَاشِي وَعَاقِبَةِ أَمْرِي» أَوْ قَالَ: «فِي عَاجِلِ أَمْرِي وَآجِلِهِ، فَاصْرِفْهُ عَنِّي وَاصْرِفْنِي عَنْهُ، وَاقْدُرْ لِي الْخَيْرَ حَيْثُ كَانَ، ثُمَّ أَرْضِنِي» قَالَ: «وَيُسَمِّي حَاجَتَه».</t>
+  </si>
+  <si>
+    <t>Jële nañu Jaabir ibn Abdul Laahi  yal na leen Yàlla dollee gërëm mu wax ne: Yonente Yàlla bi daan na nu xamal listixaar ci mbir yépp kem ni mu nu daan xamale saaru Alxuraan, mu wax ne: "bu kenn ci yéen yittewoo am mbir, na julli ñaari ràkka yu dul farata, topp mu wax: Allaahuma innii astaxiiruka, bi hilmika, wa astaqdiruka bi xudratika, wa as-aluka min fadlika Al-Hasiimi, fa innaka Taqdiru wa laa aqdiru, wa Tahlamu wa laa ahlamu, wa Anta Hallaamu alxuyuubi, Allaahuma in Kunta Tahlamu anna haasal amra xayrun lii fii diinii, wa mahaasii wa haaqibati amrii" walla mu wax: "haajili amrii, wa aajilihi, faqdurhu lii wa yasairhu lii summa baarik lii fiihi, wa in Kunta tahlamu anna haasal amra sarrun lii fii diinii wa mahaasii wa haaqibati amrii" walla mu wax: "haajili amrii wa aajilihi, fasrifhu hanni wasrifnii hanhu waqdur liya alxayra haysu kaana summa ardinii bihii" nee na: "mu tudd aajoom".</t>
+  </si>
+  <si>
+    <t>إِذا أراد المسلمُ فعلَ أمرٍ مما لا يَعلمُ وجهَ الصواب فيه، فإنه يُشرع له أن يصليَ صلاةَ الاستخارة حيث كان النبي صلى الله عليه وسلم يُعلِّم أصحابَه رضي الله عنهم هذه الصلاة كما يُعلّمهم السورة من القرآن، فيصلي ركعتين من غير صلاة الفريضة، ثم يدعو الله قائلًا: 
+«اللهم إني أستخيرك» بطلب التوفيق لخير الأمرين، وأسألك «بعلمك» الواسع الذي أحاط بكل شيء، «وأستقدرك» أن تجعلني قادرًا حيث لا حول لي ولا قوة إلا بك «بقدرتك» النافذة فأنت لا يعجزك شيء، «وأسألك من فضلك» وإحسانك «العظيم» الواسع؛ حيث عطاؤك فضل منك، وليس لأحد عليك حق في نعمة؛ «فإنك تقدر» على كل شيء، وأنا ضعيف عاجز «ولا أقدر» على شيءٍ إلا بإعانة منك، «و» أنت «تعلم» بعلمك الشَّامل المحيط بالظَّواهر والبواطن، وبالخير والشَّر، «و» أنا «لا أعلم» شيئًا إلا بتوفيقك وهدايتك، «وأنت علام الغيوب» فلك العلم المطلق، والقدرة النافذة، وليس لغيرك من ذلك إلا ما قدرت له وما أقدرته عليه. 
+ثم يدعو المسلم ربَّه، ويسمّي حاجتَه فيقول: «اللهم» إني فوّضت أمري إليك فـ «إن كنت تعلم» في علمك أنَّ هذا الأمرَ «ويسمي حاجته» كشراء هذه الدَّار، أو في شراء هذه السَّيارة، أو في نكاح هذه المرأة أو غير ذلك... 
+فإن كان هذا الأمر قد سَبق في علمك أنه فيه «خير لي في ديني» الذي هو عصمة أمري، «ومعاشي» في دنياي «وعاقبة أمري» وما يؤول إليه أمري، أو قال: «في عاجل أمري وآجله» في الدنيا والآخرة؛ «فاقدره» وهيِّئه ونجِّزه «لي»، وسهله «ويسّره لي»، «ثم بارك» وكثّر الخير «لي فيه»، «وإن كنت تعلم» يا الله «أن هذا الأمر» الذي استخرت عليه «شر لي في ديني ومعاشي وعاقبة أمري -أو قال: في عاجل أمري وآجله- فاصرفه عني واصرفني عنه، واقدر لي الخير حيث كان، ثم أرضني به» وبجميع قضائك مما أحب ومما أكره.</t>
+  </si>
+  <si>
+    <t>Bu jullit bëgge def mbir mu mu xamul ndax lu baax la am déet, dañuy yoonal ci moom mu julli jullig listixaar ndax Yonente bi yal na ko Yàlla dolli xéewal ak mucc daan na xamal Sahaabaam yi yal na leen Yàlla dollee gërëm julli gii kem ni mu leen doon xamale saaru Alxuraan, day julli ñaari ràkka yu dul farata, topp mu ñaan Yàlla daal di wax: "yaw sama Boroom maa ngi lay tànnloo" di sàkku tawfeex ci li gën ci ñaari mbir yi, di la ñaan "ci sa xam" gu yaatu gi te peeg lépp, "di sàkku nga kàttanal ma" ci nga def ma may aji-am kàttan ndax amuma pexe du caagine kàttan lu dul ci yaw "ci sa kàttan" giy wéy yaw dara tëwu la, "maa ngi lay laaj ci sa ngëneel yi" ak sa rafetal, "gu màgg gi" te yaatu; ba tax say may di ngëneel ci yaw, kenn amul ci yaw àq ci genn xéewal; "yaw yaa man" lépp man maa néew kàttan di aji-tële "te manuma" dara ci lu dul sag ndimbal, "ak it" yaw "yaa xam" ci sa xam gu matale gi te peeg yi feeñ ak yi nëbbu, ak yiw yi ak ay yi, "te" man "xamuma" dara ci lu dul sag tawfeexal ak sag gindee "te yaw yaa xam kumpa yi" yaw la xam gu boy ñeel, ak kàttan guy wéy di def, te ku dul yaw amul dara ci loolu ci lu dul li nga ko dogalal ak li nga ko kàttanal. Topp jullit bi ñaan Boroomam, daal di tudd aajoom daal di wax "yaw Sama Boroom" man de bàyyeel naa la samay mbir "bu dee xam nga" ci sa xam gi ne mbir mii "mu tudd aajoom" niki jënn kër gii, walla jënn daamar gii (Oto bii), walla takk soxna sii walla lu dul loolu... Bu dee mbir mi jiitu na ci sa xam ci ne amna aw yiw ñeel ma ci sama diine ji nga xam ne mooy kaaraangey samay mbir, ak samag dund ci àdduna ak sama mujjanteeli mbir ak li sama mbir di mujje ci àdduna ak allaaxira; dogal ko te waajalal ma ko yombalal ma ko, te nga baarkeel ko, bu dee xam nga" yaw Yàlla ne mbir mii may listixaar du lu baax ci man ci sama diine ak samag dund ak sama mujjanteeli mbir def ko mu sori ma, te nga dogal ma aw yiw , topp nga gërëmloo ma ko.</t>
+  </si>
+  <si>
+    <t>شدة حرص النبي صلى الله عليه وسلم على تعليم أصحابه رضي الله عنهم هذه الصلاة؛ لما فيها من منفعة وخير عظيم.
+استحباب الاستخارة والدعاء المأثور بعدها.
+الاستخارة تستحب في الأمور المباحة التي يحصل فيها التردد، ولا تكون في الأمر الواجب أو المستحب؛ لأن الأصل فعلهما، لكن يمكن أن يستخير فيما يتعلق بها، كاختيار الرفقة في العمرة أو الحج.
+الواجب والمستحب لا يُستخار في فعلِهما، والحرام والمكروه لا يُستخار في تركهما.
+يؤخر الدعاء عن الصلاة؛ لقوله صلى الله عليه وسلم: "ثم ليقل..."، وإن قيل قبل السلام فلا بأس.
+يجب على العبد أن يرد الأمور كلها إلى الله، ويجب عليه التَّبَرِّي من حوله وقوته؛ لأنه لا حول له ولا قوة إلا بالله.</t>
+  </si>
+  <si>
+    <t>Yonente bi dafa xéroon lool ci jàngal ay sahaabaam julli gii; ngir li ci nekk ci njariñ ak yiw yu màgg.
+Sopp nañu listixaar ak ñaan gu ñu toxal ginnaaw ga.
+Listixaar sopp nañu ko ci mbir yu dagan yi nga xam ne da ñu ciy dengi-dengi, waaye du nekk ci mbir mu war walla mu ñu sopp; ndax lay cosaan mooy ñu def leen, waaye man naa listixaar ca la ca aju, niki tànn àndandoo ci Umra walla Aj.
+Lu war ak lu ñu sopp deesul listixaar ci def leen, lu araam ak lu ñu sib deesul listixaar ci bàyyi leen.
+Dañuy mujje ñaan gi ci julli gi; ndax waxi Yonente bi mu ne: "topp mu wax...", bu ñu ko waxee njëkk sëlmël gi aayul.
+War na ci jaam bi mu delloo biram yépp ci Yàlla, war na ci moom it mu set wicc ci pexeem ak kàttanam; ndaxte Yàlla rekk moo am kàttan ak pexe.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/3293</t>
   </si>
   <si>
     <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
     <t>yéemu naa ci mbirum  jullit bi moom de mbiram lépp yiw la, te kenn amul loolu ku dul jullit bi</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
     <t>Jële nañu ci Suhaybu -yal na ko Yàlla dollee gërëm- mu wax ne: Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «yéemu naa ci mbirum  jullit bi moom de mbiram lépp yiw la, te kenn amul loolu ku dul jullit bi, bu ko mbégte dalee day sant mu doon aw yiw ci moom, bu ko lor dalee day muñ mu doon aw yiw ci moom».</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day yéemu ci mbiri jullit bi ci anamug rafetlu; ndaxte ay mbiram yépp yiw la, te kenn amul loolu ku dul jullit bi; Bu ko mbégte dalee day sant Yàlla ci loolu; mu am ug pay ci cant gi, Bu ko lor dalee mu muñ te yaakaar payug Yàlla, mu am ug pay ca muñ ga, kon moom day am ug pay ci anam yépp.</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
@@ -3257,51 +3583,51 @@
     <t>Gënanteg jëf yi ci seen diggante mi ngi aju ci Yàlla bëgg ko.
 Ñaax jullit bi ci mu xér ci jëf yi, jiital bi gën teg ca ba ca tege.
 Tontuy Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- ci jan jëf moo gën dana wuute, ci kem nit ñi ak seeni melokaan, ak lan moo ëpp njariñ ci kenn ku ne.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/3365</t>
   </si>
   <si>
     <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>julli gi gën a diis ci naaféq yi mooy jullig gee ak jullig fajar, te bu ñu xamoon li nekk ci ñoom ñaar kon danañu ko teewe donte dañuy raam</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu wax ne : Yónente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «julli gi gën a diis ci naaféq yi mooy jullig gee ak jullig fajar, te bu ñu xamoon li nekk ci ñoom ñaar kon danañu ko teewe donte dañuy raam, doon naa yittewoo digle ñu taxawal julli, ma digal benn waay mu jiite nit ñi, ma  ànd ak ay góor ñu yor ay matti sawara, nu dem ci nit yi dul teewe julli gi, taal séen kër ya ca séen kaw».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day wane naaféq yi ak séenug  tàyyeel ci teewe julli, rawati na jullig gee ak fajar, ak ne ñoom bu ñu xamoon dayob pay ak yool bi nekk ci teewe ko ànd ak mbooloom jullit ñi kon danañu ko teewe donte dañuy raam ni xale bi di raame ci ay loxoom ak i wóomam.
-. Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- dafa dogu ci digle ñu taxawal julli, mu jiital jenn waay mu wuutu ko jiite nit ñi, mu ànd ak ñu yor ay matti sawara dem ca ña dul teewe jullig mbooloo ma mu làkk séen kër ya ca séen kaw; ndax bàkkaar ya ñu def dafa tar, -waaye defu ko- ndax jigéen ña ca kër ya ak xale ya ak  ña deful dara niki ñi am ngànt, te defuñu bàkkaar.</t>
+Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- dafa dogu ci digle ñu taxawal julli, mu jiital jenn waay mu wuutu ko jiite nit ñi, mu ànd ak ñu yor ay matti sawara dem ca ña dul teewe jullig mbooloo ma mu làkk séen kër ya ca séen kaw; ndax bàkkaar ya ñu def dafa tar, -waaye defu ko- ndax jigéen ña ca kër ya ak xale ya ak  ña deful dara niki ñi am ngànt, te defuñu bàkkaar.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Loràngey ñàkk a julli mbooloo ca jàkka ja.
 Naaféq yi jubluwuñu ca séen jaamu ya lu dul ngistal ak ndéggtal, duñu dem ca julli ga lu dul bu leen nit ñi dee gis.
 Yool bu màgg bi nekk ci julli gee ak fajar ànd ak mbooloo ma, ak ne ñoom ñaar de jar na ñoo teewe donte dangay raam.
 Sàmmonte ak jullig gee ak fajar ag mucc la ci naaféq, waaye di leen wuute ci meloy naaféq yi la bokk.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/3366</t>
   </si>
   <si>
     <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
   </si>
   <si>
     <t>aw doj la wu ñu sànni ca biir sawara diirub juróom-ñaar-fukki at, mooy door a wàcc ca sawara sa leegi ba egg ca suuf</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
   </si>
@@ -4550,50 +4876,53 @@
 (اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
 (وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
 (وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dafa jàpp ci loxob Muhaas yal na ko Yàlla dollee gërëm, ne ko: giñ naa ci Yàlla ne dama laa bëgg, te maa ngi lay dénk yaw Muhaas bul bàyyi di wax ginnaaw julli gu nekk: (Allaahuma ahinnii halaa sikrika) ci jépp wax ak jëf juy jëme ci jaamu la, (wa sukrika) ci amug xéewal ak deñug naqar, (wa husni hibaadatika) ci ag sellal ñeel Yàlla ak topp Yonnente bi yal na ko Yàlla dolli xéewal ak mucc.</t>
   </si>
   <si>
     <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
 استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
 في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
 من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
 قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
   </si>
   <si>
     <t>Yoonalees na xibaar nit ki ne danga ko a bëgg ci Yàlla.
 Sopp nañu ñaan gii ginnaaw julli gu ne farata ak naafila.
 Ñaan ci kàddu yu néew yii bépp càkkuteefu  àdduna ak allaaxira a ngi ci.
 Bokk na ci njariñi bëgg ci Yàlla dénkante dëgg ak laabirante ak dimbalante ci lu baax ak ragal Yàlla.
 At-Tiibii nee na: tudd Yàlla mooy njëlbeenu ubbiteg dënn, sant ko mooy jumtukaayu xéewal gu nangu, rafetug jaamu gi ñu sàkku ci moom mooy deñ ci lu koy soxlaal wolif Yàlla mu kawe mi.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/wo/browse/hadith/3518</t>
   </si>
   <si>
     <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>ragalleen Yàlla seen Boroom, te ngeen julli seen julli juróom yi, te woor seen weer wi, te joxe asakay seen alal ji, te topp ki jiite seeni mbir, kon dangeen dugg àjjanay seen Boroom</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abii Umaamata -yal na ko Yàlla dollee gërëm- mu wax ne: dégg naa Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- muy xutba ca aju tàggatoo ga di wax naan: « ragalleen Yàlla seen Boroom, te ngeen julli seen julli juróom yi, te woor seen weer wi, te joxe asakay seen alal ji, te topp ki jiite seeni mbir, kon dangeen dugg àjjanay seen Boroom».</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
     <t>Yonnente bi-yal na ko Yàlla dolli xéewal ak mucc-dafa xutba bisu arafa,ci ajug tàggatoo ga,ci atum fukkeel ma ci gàddaay gi,tudde nañu ko loolu; ndaxte Yonnente bi ci la tàggatook nit ñi. Mu digal nit ñépp ñu ragal seen Boroom ci def ay ndigalam te bàyyi ay tereem. Ak ñuy julli julliy juróom yi Yàlla mu màgg mi farataal ci bis bi ak ci guddi gi. Ak ñuy woor weeru koor. Ak ñuy jox seen asakay alal ña ko yeyoo te bañ caa nay. Ak ñu topp ñi Yàlla def njiit ci seen kaw, ci lu dul moy Yàlla, Ku def mbir yii ñu tudd payam mooy dugg àjjana.</t>
@@ -4734,50 +5063,81 @@
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Muusaa Al-Asharii -yal na ko Yàlla dollee gërëm- mu wax ne : Yónent Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «bu nit ki feebaree walla mu tukki dees na ko bindal kem la mu daan jëf ba mu tukkiwul te wér».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Yónent bi -yal na ko Yàlla dolli xéewal ak mucc- day xamle ngëneelu Yàlla ak yërmaandeem, ak ne jullit bu aadawoo di def jëf ju baax ci jamonoy wéram te tukkiwul, mujj gi mu am ngànt daal di feebar ba manu koo defaat, walla tukki soxlaal ko ba manul loolu, walla ngànt gu mu man a doon ; kon dees na ko bindal yool wu mat sëkk, kem su ko defoon cig wér ak cig ñàkka tukki.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Yaatug ngëneelu Yàlla ci jaamam yi.
 Ñaaxe ngir góor -góorlu ci topp yi, ak gaawantu jëf ci  jamonoy wér ak jomanoy péex te.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/3553</t>
   </si>
   <si>
+    <t>إذا وضعت الجنازة واحتملها الرجال على أعناقهم فإن كانت صالحة قالت: قدموني،</t>
+  </si>
+  <si>
+    <t>bu ñu tegee néew bi ba góor ñi gàddu ko ca seen loos ya bu nekkee ku baax la day wax naan: yóobleen ma,</t>
+  </si>
+  <si>
+    <t>عَن أَبِي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا وُضِعَتِ الجِنَازَةُ وَاحْتَمَلَهَا الرِّجَالُ عَلَى أَعْنَاقِهِمْ فَإِنْ كَانَتْ صَالِحَةً قَالَتْ: قَدِّمُونِي، وَإِنْ كَانَتْ غَيْرَ صَالِحَةٍ قَالَتْ: يَا وَيْلَهَا أَيْنَ يَذْهَبُونَ بِهَا؟ يَسْمَعُ صَوْتَهَا كُلُّ شَيْءٍ إِلَّا الإِنْسَانَ، وَلَوْ سَمِعَهُ صَعِقَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Sahiid Al-Xudrii -yal na ko Yàlla dollee gërëm- mu jële ci Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "bu ñu tegee néew bi ba góor ñi gàddu ko ca seen loos ya bu nekkee ku baax la day wax naan: yóobleen ma, bu dee du ku baax nag day wax naan: wóoy alku naa!! fan ngeen ko jëme? Lépp lu dul nit dana dégg kàddoom ga, te bu ko déggoon day xëm".</t>
+  </si>
+  <si>
+    <t>أخبر النبيُّ صلى الله عليه وسلم أنه إذا وضعت الجنازة على السرير، واحتملها الرجال على أعناقهم، فإن كانت صالحة قالت: قدموني لما تراه أمامها من النعيم، وإن كانت غير صالحة صاحت بصوت منكر: يا هلاكها أين يذهبون بها؟! لما تراه أمامها من العذاب، يسمع صوتها كل شيء إلا الإنسان، ولو سمعه لغشي عليه من شدة ما يسمعه.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne bu ñu tegee néew bi ci jaat ji, góor ñi gàddu ko ca seen loos ya, bu dee ku baax la day wax naan: yóbbleen ma ngir li muy gis ci kanamam ci ay xéewal, bu dee ku bon la nag day yuuxu ci kàddu gu bon: wooy alku naa fan ngeen ko jëme?! Ngir li muy gis ci kanamam ci mbugal, léppay dégg kàddoom gi ba mu des nit, te bu ko déggoon day xëm ngir tarug li muy dégg</t>
+  </si>
+  <si>
+    <t>الميت الصالح يرى المُبَشِّرات قبل دفنه، ويجزع الكافر، ويرى عكس ذلك.
+بعض الأصوات يسمعها غير الإنسان، ولا يستطيع الإنسان سماعها.
+السنة حمل الجنازة على أعناق الرجال دون النساء؛ لنهي النبي صلى الله عليه وسلم النساء عن اتباعها.</t>
+  </si>
+  <si>
+    <t>Néew bu baax bi day gis ay mbégte njëkk ñu koy suul, yéefar bi moom day ragal, ndax day gis safaanu loolu.
+Yenn kàddu yi lu dul nit rekk da koy dégg, waaye nit manu ko a dégg.
+Sunna mooy: góor ñi gàddu néew bi wolif jigéen ñi; ngir li Yonente tere jigéen ñi ñu koy topp.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/3554</t>
+  </si>
+  <si>
     <t>اللهم أعوذ برضاك من سخطك، وبمعافاتك من عقوبتك، وأعوذ بك منك لا أحصي ثناء عليك أنت كما أثنيت على نفسك</t>
   </si>
   <si>
     <t>Allaahuma innii ahuusu bi ridaaka min saxatika, wa bi muhaafaatika min huquubatika, wa ahuusu bi ka minka, laa uhsii sanaa-an halayka, anta kamaa asnayta halaa nafsika</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: فَقَدْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لَيْلَةً مِنَ الْفِرَاشِ فَالْتَمَسْتُهُ فَوَقَعَتْ يَدِي عَلَى بَطْنِ قَدَمَيْهِ وَهُوَ فِي الْمَسْجِدِ وَهُمَا مَنْصُوبَتَانِ، وَهُوَ يَقُولُ: «اللهُمَّ أَعُوذُ بِرِضَاكَ مِنْ سَخَطِكَ، وَبِمُعَافَاتِكَ مِنْ عُقُوبَتِكَ، وَأَعُوذُ بِكَ مِنْكَ لَا أُحْصِي ثَنَاءً عَلَيْكَ أَنْتَ كَمَا أَثْنَيْتَ عَلَى نَفْسِكَ».</t>
   </si>
   <si>
     <t>Jële nañu ci Aysatu yal na ko Yàlla dollee gërëm mu wax ne: Damaa ñakk Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc ci genn guddi ci lal bi, ma koy làmbatu far sama loxo tege ci biir ay ndëggoom fekk moo ngi ci jàkka ji fekk dafa samp ñaari tànkam, muy wax naan: "Allaahuma innii ahuusu bi ridaaka min saxatika, wa bi muhaafaatika min huquubatika, wa ahuusu bi ka minka, laa uhsii sanaa-an halayka, anta kamaa asnayta halaa nafsika".</t>
   </si>
   <si>
     <t>قالت عائشة رضي الله عنها: كنت نائمة إلى جنب النبي صلى الله عليه وسلم، ففقدته من الليل، فلمست بيدي الموضع الذي كان يصلي فيه في الحجرة؛ فإذا هو ساجد وقدماه قائمتان، وإذا هو يقول: 
 (أعوذ) وأتوسل (برضاك من سخطك) عليّ أو على أمتي، (و) أستعيذ (بمعافاتك) وعفوك الكثير (من عقوبتك)، 
 (وأعوذ بك منك) وبصفات جمالك من صفات جلالك، حيث لا يُعيذ منك إلا أنت، فلا مَنْجَى ولا مَلْجَأ من الله إلا إليه، 
 (لا أحصي ثناء عليك) لا أطيق ولا أبلغ حصرًا وعددًا لعجزي إحصاء نعمتك وإحسانك كما تستحقه وإن اجتهدت في ذلك، 
 (أنت كما أثنيت على نفسك) فأنت الذي أثنيت على ذاتك ثناء يليق بك، فمن يقدر على أداء حق ثنائك؟!</t>
   </si>
   <si>
     <t>Aysatu yal na ko Yàlla dolli xéewal ak mucc dafa wax ne: dama doon nelaw ci wetu Yonnente bi yal na ko Yàlla dolli xéewal ak mucc, ma ñàkk ko ci guddi gi, may laal sama loxo ci barab bi mu daan jullee ci néeg bi; fekk ma nga sujjóot ñaari ndëggoom sampu, muy wax naan:
 (ahuusu) maa ngi jotewu (bi ridaaka min saxatika) ci man ak samaw xeet, (wa) maa ngi muslu it (bi muhaafaatika) sa njéggal lu bari (min huquubatika) ci sa mbugal, (wa ahuusu bi ka minka) ak ci say rafeti melo, ba tax dara du musle ci yaw ku dul yaw, amul benn musluwaat du caagine làqukaay ci Yàlla lu dul jëm ci moom, (laa uhsii sanaa-an halayka) manumaa takk limub say xéewal ak say rafetal kem ni nga ko yeyoo ak lu ma man a góor-góor lu ci loolu (anta kamaa asnayta halaa nafsika) yaw daal sant nga sa bopp cant gi yell ci yaw, ana kan moo man a joxe àqi sant la?!</t>
   </si>
   <si>
     <t>استحباب هذه الأدعية في السجود.
  قال ميرك: وفي إحدى روايات النسائي: كان يقول هذا الدعاء إذا فرغ من صلاته وتبوأ مضجعه.
@@ -4910,52 +5270,52 @@
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/3574</t>
   </si>
   <si>
     <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>ndax du ma leen tegtal li gën ci seen jëf yi, te gën cee sell fa seen Boroom, te gën cee kawe ci seeni daraja</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abuu dardaa -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "ndax du ma leen tegtal li gën ci seen jëf yi, te gën cee sell fa seen Boroom, te gën cee kawe ci seeni daraja te gën ci yéen wurus ak xaalis, te gën ci yéen ngeeni daje ak séeni noon ngeen di dóor seen doq ya, ñoom ñuy dóor seen doq yi?" Ñi ne ko ahakay. Mu ne: "tudd Yàlla mu kawe mi".</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
-    <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- dafa laaj Sahaaba yi: .
-Ndax bëgg ngeen ma xibaar leen xamal leen jëf ju gën te gën a tedd gën a bari, gën a laab te gën a sell fa Yàlla seen Boroom bu màgg bi? .
+    <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- dafa laaj Sahaaba yi:
+Ndax bëgg ngeen ma xibaar leen xamal leen jëf ju gën te gën a tedd gën a bari, gën a laab te gën a sell fa Yàlla seen Boroom bu màgg bi?
 Te gën a kawe daraja ca àjjana?
 Te gën ci yeen saraxe wurus ak xaalis?
 Te gën ci yéen ngeen daje ak yéefar yi ngir xeex, ngeen di dóor seen doq ya, ñoom ñuy dóor seen doq yi?
 Sahaaba yi ne ko: waawaaw bëgg nanu looli kay.
 Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- ne leen: tudd Yàlla mu kawe mi ci waxtu wu ne ak ci bépp anam ak bépp melo.</t>
   </si>
   <si>
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Sax ci tudd Yàlla mu kawe mi ci biir ak ci bitti dafa bokk ci yi gën a màgg ci yi ñuy jegee Yàlla, te gën cee am njariñ fa Yàlla mu kawe mi.
 Mbooleem jëf yi dañu leen a yoonal ngir tudd Yàlla mu kawe mi, Yàlla mu kawe mi nee na: (deel taxawal julli ngir di ma tudd). Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: dañoo def wër néeg ba ak diggante Safaa ak Marwa ak sànni jamra ngir taxawal tudd Yàlla mu kawe mi. Abuu Daawuda ak At-Tirmisiyu ñoo ko nettali.
 Al-Hissu ibn Abdus Salaam dafa wax ca Xawaahidam ya(reegalam): hadiis bii bokk na ci liy tegtale yool yi teguwul rekk ci kem coono yi ci mbooleem jaamu yi, waaye amaana Yàlla mu kawe mi fay ci jëf ju néew lu ëpp lu muy fay ci jëf ju bari, yool yi day aju ci rawanteg darajay teddnga yi.
 Al-Manaawii wax na ca Faydul Xadiir: hadiis bii dañu koy deggee ci ne tudd Yàlla moo gën ca ña ñu doon waxal, bu doon jàmbaaru fàkk-tëdd la kon ci xeexam la njariñu lislaam di nekk kon jihaad lañu koy wax, walla ku woomal kok alalam man naa jariñ néew ji doole yi kon ñu ne ko sarexe, ak ku man a aj kon nu ne ko aj, walla ku am ñaari way-jur kon ñu ne ko fonk sa ñaari way-jur, ci loolu la la nettali yi di dëppoowe.
 Tudd Yàlla gi gën a mat mooy gi làmmeñ tudd xol bi settantal ko, topp ca gi nekk ci xol rekk niki xalaat, topp ca gi nekk ci làmmeñ dong, yéppay am yool nag ndeem soob na Yàlla mu kawe mi.
 Jullit bi taqoo ak sikar yi aju ci jamono ji, niki sikari suba yi ak ngoon, ak dugg ci jàkka ak kër ak wanag ak génn ca... Ak yeneen yu dul yooyu day def jullit bi mu bokk ci ñiy tudd Yàlla lu bari.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
@@ -5051,50 +5411,93 @@
   <si>
     <t>Jële nañu ci Abii Xataadata yal na ko Yàlla dolli xéewal ak mucc mu wax ne: Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "gént gu baax ci Yàlla la jóge, gént gu bon nag ci Saytaane la jóge, bu kenn ci yéen gisee gént gu mu ragal, na tifli ci càmmooñam, te muslu ci Yàlla ci ayam, kon du ko lor".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفْرِحةَ في المنام مِن الله، والحُلُم وهو رؤيا ما يَكرَه ويُحْزِن فمِن الشيطان. 
 فمَن رأى ما يَكره فَلْيَبْزُق جهة يساره، ولْيَسْتَعِذ بالله مِن شرها؛ فإنها لا تَضُرّه حيث جَعَلَ الله ما ذُكر سببًا للسلامة مِن المَكروه المُتَرَتِّب على الرؤيا.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne gént gu baax guy bégloo ci ay nelaw ci Yàlla lay jóge, gént gu bon nag te mooy gént gu ñu bañ te muy jàqloo ci Saytaane lay jóge.
 Ku gis lu mu bañ na tifli ci càmmooñam, na muslu ci Yàlla ci ayam; kon du ko lor, ndax Yàlla dafa def loolu ñu tudd sabab ci mucc ci lu bon lay joge ci gént gu bon ga.</t>
   </si>
   <si>
     <t>الرؤيا والحُلُم عبارة عمّا يراه النائم في نومِهِ مِن الأشياء، لكن غَلَبت الرؤيا على ما يراه من الخير والشيء الحسن، وغَلَب الحلم على ما يراه من الشر والقبيح ويُستعمل كلُّ واحد منهما موضع الآخر.
 أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو ترى له، 2- حديث النَّفْس، وهي ما يُحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
 حاصل ما ذُكر من أبواب الرؤيا الصالحة ثلاث أشياء: أنْ يَحمدَ اللهَ عليها، وأن يَستبشرَ بها، وأن يَتحدث بها لكن لِمَن يُحب دون مَن يكره.
 حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوذ بالله من شرها، ومن شر الشيطان، وأن يَتْفُل حين يَهُبُّ من نومه عن يساره ثلاثًا، ولا يَذكرها لأحد أصلًا، وإذا أراد أن يَرجع لنومه يَتَحَوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.</t>
   </si>
   <si>
     <t>Gent mooy li kiy nelaw di gis,waaye Ruyaa dafa not ci li muy gis ci yiw ak mbir mu rafet,Hulum not ci li muy gis ci ay ak lu bon,  dees na jëfandikoo bu nekk ci ñoom ñaar ca bérabu bérabu mroom ja.
 Xeeti gént yi: 1- gént gu baax, moom géntug dëgg la di bégle gu bawoo fa Yàlla,da koy gis, walla ñu gisal ka ko,2- waxtaanu bakkan,te mooy li nit ki di wax ak boppam cig yeewu,3- jàqloo ak tiitloo yu Saytaane ak ay ragalloo yu jóge ci moom ngir jàqloo doomu Aadama ji.
 Li am ci li ñu tund ci bunti gént gu baax, ñatti bir la: mu sant Yàlla ci loolu, daal di ciy bég, daal di koy waxe, waaye ku mu bëgg rekk la koy wax, déet ki mu bëggul.
 Teggin yi war ci gént gu bon juróomi la: mu muslu ci Yàlla ci ayam, ak ayu Saytaane, bu jogee ci nelaw yi mu tifli ci càmmooñam ñatti yoon, te du ko wax kenn mukk, bu bëggee dellu ca nelaw ya day wëlbatiku tëdde geneen wet; kon du ko lor.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/3586</t>
+  </si>
+  <si>
+    <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: السلام عليكم، فرد عليه ثم جلس، فقال النبي صلى الله عليه وسلم: عشر</t>
+  </si>
+  <si>
+    <t>Jenn waay ñëw na ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc ne ko: assalaamu halaykum, mu fay ko mu daldi toog, Yonnente bi ne: "fukk</t>
+  </si>
+  <si>
+    <t>عَنْ عِمْرَانَ بْنِ حُصَيْنٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: السَّلَامُ عَلَيْكُمْ، فَرَدَّ عَلَيْهِ ثُمَّ جَلَسَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَشْرٌ» ثُمَّ جَاءَ آخَرُ فَقَالَ: السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ، فَرَدَّ عَلَيْهِ فَجَلَسَ، فَقَالَ: «عِشْرُونَ» ثُمَّ جَاءَ آخَرُ فَقَالَ: السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، فَرَدَّ عَلَيْهِ فَجَلَسَ، فَقَالَ: «ثَلَاثُونَ».</t>
+  </si>
+  <si>
+    <t>Jële na ñu ci Imraan Ibn Husayn -yal na leen Yàlla dollee gërëm- mu wax ne: Jenn waay ñëw na ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc ne ko: assalaamu halaykum, mu fay ko mu daldi toog, Yonnente bi ne: "fukk" keneen daal di ñëw ne: assalaamu halaykum wa rahmatu Laah, mu fay ko mu toog, mu wax ne: "ñaar fukk" topp keneen ñëw daal di ne: assalaamu halaykum wa rahmatul Laahi wabarakaatuhu, mu fay ko mu toog, mu ne: "fanweer".</t>
+  </si>
+  <si>
+    <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: (السلام عليكم) فرد عليه ثم جلس، فقال النبي صلى الله عليه وسلم: كتب له عشر حسنات، ثم جاء آخر فقال: (السلام عليكم ورحمة الله)، فرد عليه فجلس، فقال النبي صلى الله عليه وسلم: له عشرون حسنة، ثم جاء آخر فقال: (السلام عليكم ورحمة الله وبركاته)، فرد عليه فجلس، فقال النبي صلى الله عليه وسلم: له ثلاثون حسنة؛ أي بكل لفظ عشر حسنات.</t>
+  </si>
+  <si>
+    <t>Jenn waay dafa ñëw ci Yonente bi daal di ne: (assalaamu halaykum) mu fay ko mu daal di toog, Yonente bi ne: bindal nañu ko fukki yiw, topp keneen ñëw daal di ne: (assalaamu halaykum wa rahmatul Laah), mu fay ko mu toog, Yonnente bi ne: amna ñaar-fukki yiw, topp keneen ñëw daal di ne: (assalaamu halaykum wa rahmatul Laahi wabarakaatuhu), mu fay ko mu toog, Yonnente bi ne: amna fanweeri yiw; maanaam kàddu gu nekk fukki yiw la.</t>
+  </si>
+  <si>
+    <t>القادم يبدأ الجالسين بالسلام.
+زيادة الأجر بزيادة ألفاظ السلام
+الأكمل في إلقاء السلام: (السلام عليكم ورحمة الله وبركاته)، وأفضل صيغة في الرد :(وعليكم السلام ورحمة الله وبركاته).
+مراتب السلام والرد متفاوتة والأجر متفاوت.
+تعليم الناس الخير وتنبيههم على تحصيل الأفضل.
+قال ابن حجر: لو زاد المبتدئ (ورحمة الله) استحب أن يزاد (وبركاته)، فلو زاد (وبركاته) فهل تشرع الزيادة في الرد؟ وكذا لو زاد المبتدئ على (وبركاته) هل يشرع له ذلك، أخرج مالك في الموطأ عن ابن عباس رضي الله عنهما قال: انتهى السلام إلى البركة.</t>
+  </si>
+  <si>
+    <t>Ki ñëw mooy nuyu ñi toog.
+Dolleekug fay moo ngi ci dolleekug baati nuyóo yi.
+Li gën a mat ci nuyóo mooy: (assalaamu halaykum wa rahmatul Laahi wabarakaatuhu), li gën ci baati fay yi mooy: (wahalaykumus salaamu wa rahmatul Laahi wabarakaatuh).
+Martabay nuyóo ak delloo gi dafa rawante fay ga it dafa rawante.
+Jàngal nit ñi yiw ak yee leen ci amal la gën.
+Ibn Hajar nee na: aji-tàmbali ji bu ca dollee (wa rahmatul Laah) sopp nañu mu teg ca (wa barakaatuhu) ndax kon sopp nañu dolli ca delloo ga? Niki noonu aji-tàmbali ji bu ca dollee (wa barakaatuhu) ndax sopp nañu ci moom loolu, Maalik génne na ca Muwatta jële ci Ibn Abbaas yal na ko Yàlla dollee gërëm mu wax ne: nuyóo ci wabarakaatuhu la yem.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي وأحمد والدارمي</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي وأحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/3587</t>
   </si>
   <si>
     <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>socc day laabal gémmeñ di gërëmloo Boroom bi</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Jële nañu ci Aysa -yal na ko Yàlla dollee gërëm- mu wax ne: Yónent Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «socc day laabal gémmeñ di gërëmloo Boroom bi».</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Yónent bi day xamle ne setal ay bëñ ci bantu garabu Araag ak lu ko niru, day laabal gémmiñ ci ay tilim-tilim ak xet yu bon yi, Waaye daa bokk ci sabab yiy tax Yàlla gërëm jaamam bi; ndax topp Yàlla ak wuyu ay ndigalam moo ci nekk, ak li ci nekk ci sett gi nga xam ne Yàlla da koo bëgg.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
@@ -5456,50 +5859,91 @@
   </si>
   <si>
     <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yónent bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «wërale nañu sawara ak ay bànneex, wërale àjjana ak ay naqar».</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral ne sawara dañu koo wërale ak i mbir yoy bakkan da koo bëgg, ci jëf yu araam yi, ag gàtteñlu ci yu war yi; Ku topp bànneexam ci loolu kon yeyoo na sawara, Àjjana nag lu ñu muur la wërale ko ak ay mbir yoy bakkan da koo bañ; niki sax ci def ndigal yi bàyyi tere yi te muñ ca, bu dëgëree xeex ak bakkanam ci loolu kon yayoo na dugg àjjana.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>Bokk na ci liy tax a tàbbi ci bànneex yi li Saytaane di taaral lu bon ak lu ñaaw, ba mujj bakkan bi di ko gise lu rafet daal di jeng jëm ca.
 Digle ñu sori bànneex yi ñu araamal; ndax te yoonu sawara la, ak muñ ci yu naqari yi ndax te yoonu àjjana la.
 Ngëneelu xeex ak bakkan, ak farlu ci jaamu yi, ak muñ ci yu naqari yi ak coono yi wër topp yi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/3702</t>
   </si>
   <si>
+    <t>لقد قلت كلمة لو مزجت بماء البحر لمزجته</t>
+  </si>
+  <si>
+    <t>wax nga kàddu gog bu ñu ko jaxase woon ak ndoxum géej gi mu jaxase ko</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها قَالَت: قُلْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: حَسْبُكَ مِنْ صَفِيَّةَ كَذَا وَكَذَا، -قَالَ أَحدُ الرُّوَاةِ: تَعْنِي قَصِيرَةً- فَقَالَ: «لَقَدْ قُلْتِ كَلِمَةً لَوْ مُزِجَتْ بِمَاءِ الْبَحْرِ لَمَزَجَتْهُ» قَالَتْ: وَحَكَيْتُ لَهُ إِنْسَانًا، فَقَالَ: «مَا أُحِبُّ أَنِّي حَكَيْتُ إِنْسَانًا وَأَنَّ لِي كَذَا وَكَذَا».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Aysatu yaayu jullit ñi -yal na ko Yàlla dollee gërëm- mu wax ne: Wax naa Yonente bi yal na ko Yàlla dolli xéewal ak mucc: doy na la sëkk ci Safiyyatu lii ak lii, -kenn ci nettalikat yi nee na: maanaam dafa gàtt- mu ne ko: wax nga kàddu gog bu ñu ko jaxase woon ak ndoxum géej gi mu jaxase ko" ne na: ma nettali ko kenn nit, mu ne ma: bëgguma di wax ci nit donte damaa am lii ak lii".</t>
+  </si>
+  <si>
+    <t>قالت أم المؤمنين عائشة رضي الله عنها للنبي صلى الله عليه وسلم: يكفيك من صفية -تعني أم المؤمنين رضي الله عنها- أن من عيوبها البدنية أنها قصيرة، فقال: لقد قلت كلمة لو خلطت بماء البحر لغلبته وغيرته وأفسدته، قالت: وفعلت مثل فعل إنسان تنقصًا له، فقال النبي صلى الله عليه وسلم: ما يسرني أن أتحدث بعيبه، أو أن أحاكيه وأفعل مثل فعله أو أقول مثل قوله على وجه التنقيص ولو أعطيت شيئًا كثيرًا من الدنيا على ذلك.</t>
+  </si>
+  <si>
+    <t>Aysatu yaayu jullit ñi yal na ko Yàlla dolli xéewal ak mucc dafa wax Yonente bi yal na ko Yàlla dolli xéewal ak mucc: doy na la sëkk ci Safiyyatu -ki mu jublu mooy yaayu jullit ñi yal na ko Yàlla dollee gërëm- ne bokk na ci ayibi yaramam moom dafa gàtt, mu ne ko: wax nga kàddu goo xam ne bu ñu ko jaxase woon ak ndoxum géej gi kon mu not ko soppi ko yàq ko, nee na: ma jëf jëfu nit ngir wàññi ko, Yonente bi yal na ko Yàlla dolli xéewal ak mucc ne ko: duma bégloo mukk may wax ci ayibam, walla ma koy toppandoo di def lu mel ni li muy def walla may wax lu mel ni li muy wax ci anamug wàññi donte dañu maa jox ci lu bari ci àdduna ngir loolu.</t>
+  </si>
+  <si>
+    <t>التحذير والترهيب من الغيبة.
+تقليد الهيئات ومحاكاة الناس على سبيل التحقير والتنقيص من الغيبة المحرمة.
+وصف العيوب البدنية جزء من الغيبة.
+قال القاضي: المزج الخلط والتغيير بضم غيره إليه، والمعنى أن هذه الغيبة لو كانت مما يمزج بالبحر لغيرته عن حاله، مع كثرته وغزارته، فكيف بأعمال نزرة خلطت بها.
+بيان شيء مما يحصل بين الزوجات من الغيرة.
+عدم إقراره صلى الله عليه وسلم للمنكر.
+تصغير شأن الدنيا وما فيها إذا قُورن برضا الله تعالى وعدم سخطه.
+الإسلام دين الأخلاق الحسنة، وقد أمر بحفظ الأعراض من أن تنتهك بالقول أو الفعل؛ لأنه مما يورث العداوة والبغضاء بين المسلمين.</t>
+  </si>
+  <si>
+    <t>Moytandikuloo ak ragalloo ci jëw.
+Toppandoo melo yi ak roy nit ñi ci anamug xeebeel ak wàññi ci jëw gi araam la bokk.
+Melal ayibi yaram yi ci xeeti jëw yi la.
+Al-Xaadii nee na: jaxase ak rax ak soppi ci def ca leneen, maanaam jëw gii bu doon lu ñuy jaxase ak géej gi kon dana ko soppi ca meloom ma, ànd ak bariwaayam, kon naka la jëf yu ndaw yii di mel bu raxee ak moom.
+Leeral lenn liy am ci diggante soxna yi ci fiirànge.
+Yonente bi du saxal lu bon.
+Tuutal mbiri àdduna ak li ci nekk bu ñu ko gam-gamlee ak ngërëmal Yàlla mu kawe mi ak ñàkk a meram.
+Lislaam diiney jikkó yu rafet yi la, digle na ñu sàmm der yi ci  bañ cee wax walla jëf lu koy xotti worma ji; ndaxte dafa bokk ci liy waral noonoo ak bañeel ci diggante jullit ñi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/3705</t>
+  </si>
+  <si>
     <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>àqi jullit ci moroomu jullitam juróom la: delloo ab nuyoo, ak seeti ki wopp, ak gunge néew bi, ak wuyu woote ba, ak ndokkeel ku tissooli</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu wax ne: dégg naa Yónent Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- muy wax ne: «àqi jullit ci moroomu jullitam juróom la: delloo ab nuyoo, ak seeti ki wopp, ak gunge néew bi, ak wuyu woote ba, ak ndokkeel ku tissooli».</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
     <t>Yónent bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral yénn àqi jullit bi ci mbokku jullitam, Bi njëkk ci àq yii mooy delloo nuyoo ñeel ku la nuyu.
 Àqu ñaareel bi: seeti ku feebar.
 Àqu ñatteel bi: gunge ab néew ci këram ba ca jullikaay ba, ba ca almeer ya ba ba ñu koy rob.
 Àqu ñenteel bi: wuyu woote ba bu ñu ko woowee ci céetal ab séet mba leneen.
 Àqu jurómeel bi: ndokkeel Ku tissooli, te mooy mu wax ko ndeem sant na Yàlla: yarhamulallaah, aji-tissooli ji wax:  yahdiikumullaahu wa yuslihu baalakum.</t>
@@ -5685,51 +6129,51 @@
     <t>https://hadeethenc.com/wo/browse/hadith/3719</t>
   </si>
   <si>
     <t>يعقد الشيطان على قافية رأس أحدكم إذا هو نام ثلاث عقد يضرب كل عقدة عليك ليل طويل، فارقد</t>
   </si>
   <si>
     <t>saytaane day fas ci ginnaaw boppu kenn ci yéen bu dee nelaw ñatti fas, genn fas-fas gu nekk day waral ci yaw guddi gu gudd, mu naan nelawal</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ، فَإِنِ اسْتَيْقَظَ فَذَكَرَ اللَّهَ، انْحَلَّتْ عُقْدَةٌ، فَإِنْ تَوَضَّأَ انْحَلَّتْ عُقْدَةٌ، فَإِنْ صَلَّى انْحَلَّتْ عُقْدَةٌ، فَأَصْبَحَ نَشِيطًا طَيِّبَ النَّفْسِ، وَإِلَّا أَصْبَحَ خَبِيثَ النَّفْسِ كَسْلاَنَ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu jële ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "saytaane day fas ci ginnaaw boppu kenn ci yéen bu dee nelaw ñatti fas, genn fas-fas gu nekk day waral ci yaw guddi gu gudd, mu naan nelawal, bu yeewoo daal di tudd Yàlla genn fas-fas fecceeku, bu jàppoo geneen fas-fas fecceeku, bu jullee geneen fas-fas fecceeku, mu mujj nekk ku sawar, ku teey bakkan, bu dul loolu day nekk ku bon bakkan di ku tàyyeel".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بحال الشيطان وصراعه مع الإنسان الذي يريد القيام لصلاة الليل أو الفجر.
 فإن المؤمن إذا ذهب إلى النوم يعقد الشيطان على قافيته -يعني: مُؤخَّر رأسه- ثلاث عقد.
 فإذا استيقظ المؤمن وذكر الله تعالى ولم يستجب لوساوس الشيطان؛ انفكَّت عقدة.
 فإن توضأ انفكت الأخرى.
 وإن قام فصلى انفكت العقدة الثالثة، وأصبح نشيطًا طيب النفس؛ لسروره بما وفّقه الله من الطاعة، مستبشرًا بما وعده الله من الثواب والغفران، مع ما زال عنه من عُقَد الشيطان وتثبيطه،  وإلا أصبح خبيث النفس، محزون القلب، كسلان عن أعمال الخير والبر؛ لأنه مُقَيَّد بِقَيْد الشيطان، ومُبْعَد عن قُرْبِ الرحمن.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xibaare mbiri saytaane ak ni  muy xeexe  ak nit ki bëgg a taxaw guddi ngir julli guddi walla Fajar.
 Aji-gëm ji bu demee jëm ca nelaw ya saytaane day fas ci ginnaaw boppam ba -maanaam: ginnaaw catu bopp ba- ñatti fas-fas.
 Bu aji-gëm ji yewwoo daal di tudd Yàlla mu kawe mi te nangulul jax-jaxi Saytaane yi; genn fas-fas fecceeku.
-Bu jàppoo geneen fecceeku. .
+Bu jàppoo geneen fecceeku.
 Bu jugee daal di julli fas-fasu 
 ñatteel bi 
 fecceeku, mu xëy di ku sawar di ku teey bakkan; ngir ag bégam ci li ko Yàlla tawfeexal ci mu jaamu ko, di bége li ko Yàlla dig ci ab yool ak njéggal, ak fas-fasi Saytaane yi ak tàyyeelam gi deñ ci moom, bu dul loolu rekk day xëy di ku bon bakkan, di ku jàq ab xol, di ku tàyyeel ci def aw yiw ak lu baax; ndaxte moom dees ko a jéng ci jéngi Saytaane, muy ku ñu soreele wolif jege Aji-Yërëmaakoon ji.</t>
   </si>
   <si>
     <t>الشيطان يسعى دائمًا في كل طريق للإنسان؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل، ولا نجاة للعبد من الشيطان إلا بالاستعانة بالله عز وجل، والأخذ بأسباب الوقاية والحفظ.
 ذكر الله تعالى وعبادته تُوْرِث النشاطَ في النفس وانْشِرَاح الصَّدر، وتَطْرد الكَسَل والخُمُول، وتُذْهِب الكَرْب والمَقْت؛ لأنها تطرد الشيطان وهذا مِن وسوسته.
 المؤمن يُسَرُّ بتوفيق الله تعالى له للقيام بطاعته، ويَكْتَئِب لتقصيره في درجات الفضل والكمال.
 الغفلة والركون عن الطاعات هو من فعل الشيطان وتزيينه.
 هذه الأمور الثلاثة -ذكر الله، والوضوء، والصلاة- تطرد الشيطان.
 العَقْد من الشيطان على مُؤخَّر الرأس خاصة؛ لأنها مَركَز القُوى، ومجال تَصَرُّفِها، فإذا رَبَطَ عليها أمكنه السيطرة على رُوح الانسان، وإلقاء النوم عليه.
 قال ابن حجر العسقلاني: ذكر الليل في قوله: "عليك ليل"، ظاهره اختصاص ذلك بنوم الليل.
 قال ابن حجر العسقلاني: لا يتعين للذكر شيء مخصوص لا يجزئ غيره، بل كل ما صدق عليه ذكر الله أجزأ، ويدخل فيه تلاوة القرآن، وقراءة الحديث النبوي، والاشتغال بالعلم الشرعي، وأولى ما يذكر به قول النبي صلى الله عليه وسلم: من تعار من الليل فقال: (لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، الحمد لله، وسبحان الله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله، ثم قال: اللهم اغفر لي، أو دعا استجيب له، فإن توضأ قُبلت صلاته) رواه البخاري.</t>
   </si>
   <si>
     <t>Saytaane day dox saa su ne ci yoon yépp ngir dox ci 
 diggante nit ki ak topp Yàlla mu màgg mi, te jaam bi du mucc ci Saytaane lu dul ci muslu ci Yàlla mu màgg mi, ak jàpp ci sababi fegu yi ak aaru yi.
 Tudd Yàlla day waral cawarte ci bakkan bi, ak dënn bu yaatu, te day dàq tàyyeel ak yonjax, te day dindi jafe-jafe ak mbañeel; ndaxte day dàq Saytaane te lii ci ay jax-jaxam la.
 Aji-gëm ji day bég ci li ko Yàlla di tawfeexal ci mu taxaw ci topp ko, waaye day xat ngir gàtteñloom ci ngëneel yi.
 Càggante ak baña topp Yàlla ci jëfi Saytaane la.
 Ñatti bir yii -tudd Yàlla, ak jàppu, ak julli- day dàq Saytaane.
 Fasi Saytaane yi ci ginnaaw bopp bi la ko jagleel; ndaxte mooy barabu kàttan gi, kon bu ko fasee dana man a not ruuhu nit ki, ak sànni ko ay nelaw.
 Ibn Hajar Al-Asxalaanii nee na: tudd gi mu tudd guddi ci li mu wax: "am nga guddi", li ci feeñ mooy loolu dafa jagoo nelawi guddi.
 Ibn Hajar Al-Asxalaanii nee na: genn sikar gu ñu jagleel ràññeekuwul ci sikar yi ba gu dul moom du ca doy, waaye lépp lu tudd Yàlla rekk doy na, jàng Alxuraan da cay dugg, ak jàng Hadiisu Yonnente bi, ak yittewoo jàng xam-xamu sariiha, li gën a yay nu tudd ko ca mooy waxi Yonnente bi yal na ko Yàlla dolli xéewal ak mucc: (laa i Laaha illal-Laahu wahdahu laa sariika lahu, lahul mulku wa lahul hamdu wa huwa halaa kulli say-in xadiirun, Alhamdu lil-Laah, wa subhaanal Laah, wa laa-i-Laaha illal-Laahu wal-Laahu Akbaru, wa laa hawla wa laa xuwwata illaa bil-Laahi, topp mu wax: allaahuma ixfirlii, walla mu ñaan, dees na ko nangul, bu jàppoo ñu nangu julleem) Al-Buxaarii soloo na ko.</t>
   </si>
@@ -6245,50 +6689,85 @@
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu wax ne : Yónente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «ku muñal ki am jafe-jafe, walla mu baal ka ko, Yàlla dana ko keral bis-penc ca suufus keru Gàngunaayam ga bis ba nga xam ne genn ker amul gu dul keram ga».</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day xibaare ne képp ku muñal ki ame bor, walla mu teggil ko bor ba, ag payam mooy: Yàlla dana ko keral fa suufus keru Gàngunaayam ga keroog bis-penc ba Jant ba di jege boppi jaam yi, tàngaay wa di tar lool ca ñoom, Kenn du am kerr ku dul ku Yàlla keral.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Ngëneelu yombal ci jaami Yàlla yi, ak ni dafa bokk ci sabab yiy musale ci tiitaangey bis-penc ba.
 Am pay daal mu ngay toll kem na jëf tollu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4186</t>
   </si>
   <si>
+    <t>يا أبا سعيد، من رضي بالله ربا، وبالإسلام دينا، وبمحمد نبيا، وجبت له الجنة</t>
+  </si>
+  <si>
+    <t>Yaw Abuu Sahiid, ku gërëm Yàlla muy Boroomam, Lislaam di diineem, Muhammat di Yonenteem àjjana war na ci moom</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رَضيَ اللهُ عنهُ أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَا أَبَا سَعِيدٍ، مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ نَبِيًّا، وَجَبَتْ لَهُ الْجَنَّةُ»، فَعَجِبَ لَهَا أَبُو سَعِيدٍ، فَقَالَ: أَعِدْهَا عَلَيَّ يَا رَسُولَ اللهِ، فَفَعَلَ، ثُمَّ قَالَ: «وَأُخْرَى يُرْفَعُ بِهَا الْعَبْدُ مِائَةَ دَرَجَةٍ فِي الْجَنَّةِ، مَا بَيْنَ كُلِّ دَرَجَتَيْنِ كَمَا بَيْنَ السَّمَاءِ وَالْأَرْضِ»، قَالَ: وَمَا هِيَ يَا رَسُولَ اللهِ؟ قَالَ: «الْجِهَادُ فِي سَبِيلِ اللهِ، الْجِهَادُ فِي سَبِيلِ اللهِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Sahiid Al-Xudrii -yal na ko Yàlla dollee gërëm- mu jële ci Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "Yaw Abuu Sahiid, ku gërëm Yàlla muy Boroomam, Lislaam di diineem, Muhammat di Yonenteem àjjana war na ci moom", Abuu Sahiid yéemu ci loolu, ne ko: baamtul ma ko yaw Yonente Yàlla bi, mu def ko, topp mu ne ko: "ak leneen lol dees na ci yëkkëtil jaam bi téeméeri daraja ca àjjana, te diggante ñaari daraja yi mi ngi mel ni diggante asamaan ak suuf ", mu ne ko: loolu lan la yaw Yonente Yàlla bi? Mu ne ko: "jihaad ci yoonu Yàlla, jihaad ci yoonu Yàlla".</t>
+  </si>
+  <si>
+    <t>أخبر النبيُّ صلى الله عليه وسلم أبا سعيد الخدري رضي الله عنه أنه من آمن بالله ورضيه ربًا وإلهًا ومالكًا وسيدًا وآمرًا، وبالإسلام دينًا انقيادًا وتسليمًا بجميع أوامره ونواهيه، وبمحمد صلى الله عليه وسلم نبيًا بكل ما أرسل به وبلغه؛ ثبتت له الجنة، فعجب لها أبو سعيد رضي الله عنه، فقال: أعِدْها علي يا رسول الله، ففعل، ثم قال صلى الله عليه وسلم: وعندي خصلة أخرى يرفع الله بها العبد مائة درجة في الجنة، ما بين كل درجتين كما بين السماء والأرض، قال أبو سعيد: وما هي يا رسول الله؟ قال: الجهاد في سبيل الله، الجهاد في سبيل الله.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc xamal na Abuu Sahiid Al-Xudrii yal na ko Yàlla dollee gërëm ne ku gëm Yàlla gërëm ko muy Boroomam di Yàllaam di Buuram di Sangam di ki koy digal, ak it gërëm lislaam muy diineem ci ag wommatu ak nangul ko ci mbooleem ay digleem ak i tereem, ak it gërëm Muhammat muy Yonnenteem ci lépp lu ñu ko yónni mu jottali ko; kon àjjana ñeel na ko, Abuu Sahiid yéemu ci loolu, ne ko: baamtul ma ko yaw Yonente Yàlla bi, mu def ko, topp Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ne ko: amna weneen melo wu Yàlla di yëkkëtee jaam téeméeri daraja ca àjjana, te diggante ñaari daraja yu ne mi ngi mel ni diggante asamaan ak suuf, Abuu Sahiid ne ko: loolu lan la yaw Yonnente Yàlla bi? Mu ne ko: jihaad ci yoonu Yàlla, jihaad ci yoonu Yàlla.</t>
+  </si>
+  <si>
+    <t>من موجبات دخول الجنة الرضا بالله ربًا وبالإسلام دينًا وبمحمد صلى الله عليه وسلم نبيًا.
+تعظيم أمر الجهاد في سبيل الله تعالى.
+رفعة منزلة المجاهد في الجنة.
+في الجنة درجات لا تحصى، ومنازل لا تُعَد، وللمجاهدين مائة درجة منها.
+محبة أصحاب رسول الله صلى الله عليه وسلم لمعرفة الخير، وأبوابه وأسبابه.</t>
+  </si>
+  <si>
+    <t>Bokk na ci yiy waral dugg àjjana gërëm Yàlla muy sa Boroom, ak lislaam muy sa diine, ak Muhammat yal na ko Yàlla dolli xéewal ak mucc muy sa Yonente.
+Màggal mbiri jihaad ci yoonu Yàlla.
+Kawe gi wàccuwaayu jihaadkat bi kawe ca àjjana.
+Àjjana amna ay daraja yoy maneesu ko a takk, ak ay wàccuwaay yoy maneesu ko a lim, jihaadkat yi am nañu ca téeméeri daraja.
+Bëgg gi Sahaaba yi bëgga xam lu baax ak ay buntam ak i sababam.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4193</t>
+  </si>
+  <si>
     <t>من سره أن ينجيه الله من كرب يوم القيامة فلينفس عن معسر أو يضع عنه</t>
   </si>
   <si>
     <t>ku bëgg Yàlla musal ko ci xat-xati ëllëg bis-pénc, nay yombalal ki nekk ci jafe-jafe walla mu teggil ka ko</t>
   </si>
   <si>
     <t>عَنْ أَبَي قَتَادَةَ رضي الله عنه أنَّهُ طَلَبَ غَرِيمًا لَهُ، فَتَوَارَى عَنْهُ ثُمَّ وَجَدَهُ، فَقَالَ: إِنِّي مُعْسِرٌ، فَقَالَ: آللَّهِ؟ قَالَ: آللَّهِ؟ قَالَ: فَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ سَرَّهُ أَنْ يُنْجِيَهُ اللهُ مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ فَلْيُنَفِّسْ عَنْ مُعْسِرٍ أَوْ يَضَعْ عَنْهُ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abii Xataadata yal na ko Yàlla dollee gërëm ne na da doon seet kenn ku ko ameeloon bor, mu làqatu ko topp mu gis ko, mu ne ko: man de ci jafe-jafe laa nekk, mu ne: ndax da nga ko waat ci Yàlla? Mu ne ko: waat naa ko ci Yàlla? Mu ne ko: man dégg naa Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc di wax naan: «ku bëgg Yàlla musal ko ci xat-xati ëllëg bis-pénc, nay yombalal ki nekk ci jafe-jafe walla mu teggil ka ko».</t>
   </si>
   <si>
     <t>كان أبو قتادة الأنصاري رضي الله عنه يبحث عن مَدِيْنٍ له يَخْتَبِئ عنه، فوجده، فقال الغَريم: إني مُعسر، وليس عندي مال لأقضي دينك. 
 فاستحلفه أبو قتادة رضي الله عنه بالله أنه لا مال عنده؟ 
 فحلف بالله أنه صادق فيما يقول.
 فقال أبو قتادة رضي الله عنه إنه سمع النبي صلى الله عليه وسلم يقول: 
 مَن سرّه وأفرحه أن ينجيَه الله من كُرب يوم القيامة وشدائدها وأهوالها، فلينفِّس عن معسر، بأن يَمُدَّ ويؤخّر المطالبة بالدَّيْن، أو يُسقط بعض الدين أو كله.</t>
   </si>
   <si>
     <t>Abuu Xataadata Al-Ansaarii yal na ko Yàlla dollee gërëm da doon seet ku ko yoreel bor di ko làqtu, mu gis ko, ki ko ameel bor ne ko: man de damaa nekk ci jafe-jafe, te amuma alal ju ma la faye sa bor.
 Abuu Xataadata yal na ko Yàlla dollee gërëm giñloo ko ci Yàlla ci ne amul alal?
 Waa ji giñ ci Yàlla ci ne li mu wax dëgg la.
 Abuu Xataadata ne ko dégg naa Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne:
 Ku bëgg Yàlla bégloo ko musal ko ci jafe-jafey ëllëg bis-pénc ak i tar-taram ak i tiitaangeem, nay yombalal ki nekk ci jafe-jafe, ci yokkal ko ak yeexe ko a fayyu boram, walla mu baal dara ci bor bi walla lépp.</t>
   </si>
@@ -6343,50 +6822,81 @@
   <si>
     <t>عن أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ»</t>
   </si>
   <si>
     <t>Jële na ñu ci Abuu Muusa Al-Asharii-yal na ko Yàlla dollee gërëm- mu jële ci Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «ku julli ñaari sedd yi dana dugg àjjana»</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على الحرصِ على صلاة البردين وهما صلاة الفجر والعصر، وبشَّر مَن أتى بهما بحقهما من وقت وجماعة وغير ذلك كانتا سببًا في دخوله الجنة.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day soññee ci xér ci jullig ñaari sedd yi, te mooy jullig fajar ak tàkkusaan, mu bégal ki leen julli te jox leen seeni àq ca waxtu wa ca mbooloo ma, ak lu dul yooyu, danañu nekk sabab ci mu dugg àjjana.</t>
   </si>
   <si>
     <t>فضل المحافظة على صلاة الفجر والعصر؛ لأن الفجر يكون عند لذة النوم، والعصر يكون عند اشتغال الإنسان بعمله، فمن حافظ عليهما كان من باب أولى أن يحافظ على بقية الصلوات.
 سميت صلاة الفجر والعصر بالبردين؛ لأن صلاة الفجر فيها برد الليل، وصلاة العصر فيها برد النهار وإن كانت في وقتٍ حارٍ إلا أنه أخف من الوقت قبلها، أو تكون تسميتُها من باب التغليب كما يقال: القمران للشمس والقمر.</t>
   </si>
   <si>
     <t>Ngëneelu sàmmonte Ak jullig fajar ak tàkkusaan; ndaxte fajar day ame ca nelaw yu neex ya, Tàkkusaan di ame fa nit ka di yittewoo liggéeyam, kon ku sàmmonte 
 ak ñoom yell na mu sàmmonte ak julli yi des.
 Tudde nañu jullig fajar ak tàkkusaan ñaari sedd yi; ndaxte jullig fajar daa am seddug guddi gi, jullig tàkkusaan am seddug bëccag gi donte ci waxtu wu tàng lay nekk it waaye mooy gën a sedd waxtu yi ko jiitu, walla tudde gi nekk ci anamug notal, kem ni ñuy waxe: ñaari weer yi, jublu ci jant bi ak weer wi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4198</t>
   </si>
   <si>
+    <t>من قال: سبحان الله العظيم وبحمده، غرست له نخلة في الجنة</t>
+  </si>
+  <si>
+    <t>ku wax: subhaanal Laahi Alhasiimi wa bi hamdihi, ñu jëmbëtal ko ag garabu tàndarma ca àjjana</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرٍ رَضيَ اللهُ عنهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ قَالَ: سُبْحَانَ اللهِ العَظِيمِ وَبِحَمْدِهِ، غُرِسَتْ لَهُ نَخْلَةٌ فِي الجَنَّةِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Jaabir -yal na ko Yàlla dollee gërëm- mu jële ci Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "ku wax: subhaanal Laahi Alhasiimi wa bi hamdihi, ñu jëmbëtal ko ag garabu tàndarma ca àjjana".</t>
+  </si>
+  <si>
+    <t>أخبرَ النبيُّ صلى الله عليه وسلم أنه من قال: (سبحان الله) وأنزهه (العظيم) بذاته وصفاته وأفعاله (وبحمده) مقرونًا بإضافة أوصاف الكمال له سبحانه؛ نُصبت وغرست له نخلة في أرض الجنة بكل مرة يقولها.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne ku wax: (subhaanal laahi al hasiimu wa bi hamdihii) mu sellal Yàlla ci jëmmam ak i meloom ak i jëfam, dees na ko jëmbëtal ag garabu tàndarma ca suufu àjjana ci wépp yoon wu mu ko waxe.</t>
+  </si>
+  <si>
+    <t>الحث على الإكثار من ذكر الله تعالى، ومن ذلك: التسبيح مع التحميد.
+الجنة واسعة، وأن غراسها التسبيح والتحميد، فضلاً من الله تعالى ونعمة.
+خصت النخلة في الحديث دون غيرها من الأشجار؛ لكثرة منافعها وطيب ثمرتها؛ ولذلك ضرب الله تعالى مثل المؤمن وإيمانه بها في القرآن.</t>
+  </si>
+  <si>
+    <t>Ñaaxe ci baril tudd Yàlla, te bokk na ci loolu: sàbbaal gu ànd ak sant.
+Àjjana lu yaatu la, am njëmbëtam mooy sàbbaal yi ak sant, muy ngëneel ak xéewal gu bawoo ci Yàlla mu kawe mi.
+Jagleel nañu tàndarma ci hadiis bi wolif geneen garab; ngir njariñam yu bari ak meññetam wu teey; loolu moo tax Yàlla joxe ci misaal ci aji-gëm ji ak ngëmam ci biir Alxuraan.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4201</t>
+  </si>
+  <si>
     <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>ku taxaw Laylatul Xadri ngir gëm Yàlla ak yaakaar pay ga dees na ko jéggal li weesu ci ay bàkkaaram</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Jële na ñu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu wax ne : Yónent Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «ku taxaw Laylatul Xadri ngir gëm Yàlla ak yaakaar pay ga dees na ko jéggal li weesu ci ay bàkkaaram».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>Yónent bi -yal na ko Yàlla dolli xéewal ak mucc- day xamale ngëneelu taxaw Laylatul Xadri gi nga xam ne day nekk ci fukki fan yi mujj ci weeru koor, ak ne ku ca farlu ci julli ak ñaan ak jàng Alxuraan ak tudd Yàlla, ngir gëm ko ak la ca ñëw ciy ngëneel, mu yaakaar ca jëfam ja yoolub Yàlla, ci lu dul ngistal walla ndéggtal, kon dees na ko jéggal li jiitu ci ay bàkkaaram.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>Ngëneelu Laylatul Xadri ak ñaaxe ci taxaw ko.
 Jëf yu baax yi deesu ko nangu lu dul mu ànd ak yéene ju dëggu.
@@ -6472,50 +6982,99 @@
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Ibn Umar -yal na leen Yàlla dollee gërëm- mu jële ci Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc-mu wax ne: «digal nañu ma ma xeex ak nit ñi ba baa ñuy seede ne amul kenn ku ñu war a jaamu ku dul Yàlla ak ne Muhammat ndawul Yàlla la, ak taxawal julli, ak joxe asaka, bu ñu defee loolu ñoŋal nañu ci ma seen dereet ak seen alal lu dul ci àqi Lislaam, seenub regle nag ci Yàlla la aju».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day xibaare ne Yàlla digal na ko mu xeex  ak bokkaalekat yi ba keroog ñuy seede ne amul kenn ku ñu jaamu ci dëgg ku dul Yàlla moom dong amul bokkaale, ak ñu seedeel Muhammat -yal na ko Yàlla dolli xéewal ak mucc- ag yónnenteem, te jëfe li seede si laaj ci sàmmonte ak julliy juróom ci bis bi ak ci guddi gi, ak  joxe asaka ji ñu farataal ñeel ñi ko yeyoo. Bu ñu defee bir yii kon Lislaam dana ñoŋal seen dereet ak seen alal, du dagan ñu ray  leen lu dul bu ñu defee ñaawteef walla tooñaange juy warala ñu yeyoo ray ci ni ko àttey Lislaam warale, topp bisu pénc ba Yàlla mooy méngoo seenug regle ndax moo xam seen yu nëbbu yi.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>Àtte yi ci li feeñ lay ame, Yàlla nag mooy méngoo yi nëbbu.
 Solos woote jëme ci Tawhiid ndaxte mooy li ñuy njëkk a tàmbalee ci woote.
 Hadiis bii nag tekkiwul ga bokkaalekat yi  ci dugg ci Lislaam, waaye dañu leen di tànnloo ci diggante dugg ci Lislaam walla joxe juuti; bu ñu bañee lu dul di tere nu woote ci Lislaam, dara desu fa lu dul rayante ak ñoom kem ni ko àttey Lislaam warale.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4211</t>
+  </si>
+  <si>
+    <t>إن الله تجاوز لي عن أمتي الخطأ والنسيان وما استكرهوا عليه</t>
+  </si>
+  <si>
+    <t>Yàlla jéggal na samaw xeet njuumte ak fàtte ak lu ñu leen forse</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إنَّ اللَّهَ تَجَاوَزَ لِي عَنْ أُمَّتِي الخَطَأَ وَالنِّسْيَانَ وَمَا اسْتُكْرِهُوا عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Ibn Abbaas yal na leen Yàlla dollee gërëm mu jële ci Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "Yàlla jéggal na samaw xeet njuumte ak fàtte ak lu ñu leen forse".</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم : أن الله عفا عن أمته في ثلاثة أحوال:
+الأولى: الخطأ، وهو ما صدر منهم دون تعمد، وهو أن يقصد المسلم بفعله شيئًا، فيصادف فعله غير ما قصده. 
+والثانية: النسيان، وهو أن يكون المسلم متذكرًا لشيء، ولكن ينساه عند الفعل، فلا إثم في ذلك أيضًا. 
+والثالثة: الإكراه ، فقد يُكره العبد على فعل شيء لا يريده مع عدم قدرته على دفع الإكراه، وحينئذٍ لا يقع عليه الإثم أو الحرج.
+مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne: Yàlla baal na xeetam wi ñatti mbir: Bi ci njëkk: njuumte, te mooy li ñuy def ci lu dul ag tay, te mooy jullit bi jublu ci jëfam ji dara far def leneen lu mu jubluwul woon. Ñaareel bi: fàtte, te mooy jullit bi xam dara, waaye ba muy jëf da ko a fatte, loolu it bàkkaar amu ci. Ñatteel bi: ga, amaana ñu ga jaam bi ci mu def lu mu bëggul te amul kàttanu ci ba ña def la ñu ko ga, bu boobaa bàkkaar du ko ca war du caagine yaraanga. Ànd ak loolu ñu seetlu ne hadiis bi ci diggante jaam bi ak boroomam lay wax, bu dee bàyyi lu ñu digle ngir fàtte nag du tax mu wàcc ko, bu dee it ak tooñ dafa topp ca jëf ja du tax àqi mbindeef mi wàcc ko, kem bu rayoon ci njuumte, kon Diya da koy war, walla mu yàq oto jàmbur kon da ko a war fay.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
+فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
+رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
+لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
+  </si>
+  <si>
+    <t>Yaatug yërmàndey Yàlla -màgg na kawe na- ak ug ñeewentoom ci jaamam yi ba tax mu dindil leen bàkkaar ci bu ñu defee ag moy ci ñatti anam yii.
+Ngëneelu Yàlla ci Yonnente bi Muhammad yal na ko Yàlla dolli xéewal ak mucc ak ci xeetam wi.
+Yëkkëti bàkkaar bi tekkiwul yëkkëti àtte bi walla fay gi, ci misaal ku fàttee jàppu, daal di julli ngir njort ne laab na, kooku bàkkaar waru ko ci loolu, waaye daa war a jàppu baamtu julli gi.
+Yëkkëti bàkkaar ndax ug ga fàww sàrt yi daje ca, niki aji-ga ji man a def li mu koy tëkkoo.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه والبيهقي وغيرهما</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4216</t>
   </si>
   <si>
     <t>إن أهون أهل النار عذابا من له نعلان وشراكان من نار، يغلي منهما دماغه كما يغل المرجل، ما يرى أن أحدا أشد منه عذابا، وإنه لأهونهم عذابا</t>
   </si>
   <si>
     <t>ki gën a woyof mbugal ci waa sawara mooy ki am ñaari dàll ak ñaari waroy dàll yu sawara, yuuram gi di ci bax kem ni cin di baxe, ba du foog ne kenn a ko gën a tar mbugal, te moo leen gën a woyof mbugal</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ أَهْوَنَ أَهْلِ النَّارِ عَذَابًا مَنْ لَهُ نَعْلَانِ وَشِرَاكَانِ مِنْ نَارٍ، يَغْلِي مِنْهُمَا دِمَاغُهُ كَمَا يَغْلِ الْمِرْجَلُ، مَا يَرَى أَنَّ أَحَدًا أَشَدُّ مِنْهُ عَذَابًا، وَإِنَّهُ لَأَهْوَنُهُمْ عَذَابًا».</t>
   </si>
   <si>
     <t>Jële nañu ci An-Nuhmaan Ibn Basiir yal na ko Yàlla dollee gërëm mu wax ne, Yonnente bi yal na ko Yàlla dolli xéewal ak mucc nee na: «ki gën a woyof mbugal ci waa sawara mooy ki am ñaari dàll ak ñaari waroy dàll yu sawara, yuuram gi di ci bax kem ni cin di baxe, ba du foog ne kenn a ko gën a tar mbugal, te moo leen gën a woyof mbugal».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أهونَ أهلِ النار عذابًا يوم القيامة مَن له نَعْلان وشِرَاكان يَغلي دماغه من حرارتهما، كما يغلي قِدْر النحاس، ولا يَرى أن أحدًا أشد عذابًا منه، وإنه لأهونهم عذابًا وذلك ليجتمع عليه العذاب الجسدي والنفسي.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xibaare ne ki gën a woyof mbugal ci waa sawara ëllëg bis-pénc mooy ki am ñaari dàll ak ñaari waroy dàll yuuram di bax ngir seen tàngaay, kem ni cinu përëm di baxe, ba du gis ne kenn gën na ko a tar mbugal, fekk moo leen gëna tar mbugal, loolu nag ngir mbugalu yaram ak mu xel daje ci moom.</t>
   </si>
   <si>
     <t>التحذير للعصاة والكافرين مِن هَوْل هذا العذاب في النار؛ ليبتعدوا عما يؤدي إليه.
 اختلاف دَرَكَات الداخلين النار بحسب سوء أعمالهم.
  شدة عذاب النار، سلَّمنا الله تعالى منها.</t>
   </si>
   <si>
@@ -6585,77 +7144,115 @@
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day jàngale teggini nuyòo ci diggante nit ñi "assalaamu halaykum wa rahmatul Laahi wa barakaatuhu", Xale nuyu mag, ki war nuyu kiy dox, kiy dox nuyu ki toog, lim bu néew nuyu ñu bari ñi.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
     <t>Sopp nañu nuyòo kem ni ko hadiis indee, bu kiy dox nuyòo ki war ak lu dul loolu ci li ñu tudd, dana dagan, waaye daa wuute ak li yelloon te gën.
 Tasaare nuyòo ci anam gi mu ñëwe ci hadiis bi daa bokk ci sababi bëggante yi ak miinante yi.
 Bu ñu yamoo te tolloo ci yi nu wax, kon ka ca gën mooy ka njëkk a nuyòo.
 Matug Sariiha ci leeral lépp lu nit ñi aajowoo.
 Jàngale teggini nuyòo ak jox ku nekk àqam.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4243</t>
   </si>
   <si>
+    <t>تدنى الشمس يوم القيامة من الخلق، حتى تكون منهم كمقدار ميل</t>
+  </si>
+  <si>
+    <t>dañuy jegeele jant bi ci mbindeef yi ëllëg bis-pénc, ba mu jege leen luy toll ni Miil</t>
+  </si>
+  <si>
+    <t>عَنِ الْمِقْدَادِ بْنِ الْأَسْوَدِ رَضيَ اللهُ عنهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «تُدْنَى الشَّمْسُ يَوْمَ الْقِيَامَةِ مِنَ الْخَلْقِ، حَتَّى تَكُونَ مِنْهُمْ كَمِقْدَارِ مِيلٍ»، قَالَ سُلَيْمُ بْنُ عَامِرٍ: فَوَاللهِ مَا أَدْرِي مَا يَعْنِي بِالْمِيلِ؟ أَمَسَافَةَ الْأَرْضِ، أَمِ الْمِيلَ الَّذِي تُكْتَحَلُ بِهِ الْعَيْنُ قَالَ: «فَيَكُونُ النَّاسُ عَلَى قَدْرِ أَعْمَالِهِمْ فِي الْعَرَقِ، فَمِنْهُمْ مَنْ يَكُونُ إِلَى كَعْبَيْهِ، وَمِنْهُمْ مَنْ يَكُونُ إِلَى رُكْبَتَيْهِ، وَمِنْهُمْ مَنْ يَكُونُ إِلَى حَقْوَيْهِ، وَمِنْهُمْ مَنْ يُلْجِمُهُ الْعَرَقُ إِلْجَامًا» قَالَ: وَأَشَارَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِيَدِهِ إِلَى فِيهِ.</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Al-Miqdaad ibnul Aswad yal na ko Yàlla dollee gërëm mu wax ne:  dégg naa Yonente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "dañuy jegeele jant bi ci mbindeef yi ëllëg bis-pénc, ba mu jege leen luy toll ni Miil",Sulaym ibn Haamir wax ne: giñ naa ci Yàlla ne xamuma lan mooy Miil? Ndax ab soriwaay la ci suuf, walla li ñuy tusngale bët la,mu ne:"nit ñi nekk ci ñaq kem seen i jëf,amna ci ñoom ku muy toll ci ay dojoram, amna ci ñoom ku muy toll ci ay óomam, amna ci ñoom ku muy toll ci ndiggam, amna ci ñoom ku ñaq wi di ŋalaab ag ŋalaab" nee na:Yonente Yàlla bi daal di junj loxoom ci gémmiñam.</t>
+  </si>
+  <si>
+    <t>أخبر النبيُّ صلى الله عليه وسلم أن الشمس تُدنى يوم القيامة من الخلق وتُقرّب، حتى يكون من رؤوسهم كمقدار مِيْل. 
+قال التابعي سليم بن عامر: 
+فوالله لا أدري أي الميلين عنى، أمسافة الأرض، أم الميل الذي تُكحل به العين؟ 
+قال: فيكونون في العرق على قدر أعمالهم؛ فمنهم من يكون عرقه إلى كعبيه، ومنهم من يكون إلى ركبتيه، ومنهم من يكون إلى خَصره ومَشدّ إزاره، ومنهم من يصل العرق إلى فمه فيمنعه من الكلام. 
+قال: وأشار صلى الله عليه وسلم بيده إلى فيه.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne jant bi dañu koy jegeele ci mbindeef yi ëllëg bis-pénc mu jege leen, ba mu mujj nekk ci seen bopp yi luy toll ni Miil. Taabihii bii di Sulaym ibn Haamir wax ne: Giñ naa ci Yàlla xamuma ban Miil la jublu, ndax soriwaayu suuf si la, walla Miil bi ñuy tusngale bët la? Nee na: ñu nekk ci ñaq wi kem seen i jëf! Am ci ñoom ku ñaq wi di toll ci ay dojoram, am ci ñoom ku muy toll ci ay wóomam, am ci ñoom ku muy toll ci ndiggam fi muy takk koddaayam, am ci ñoom ku ñaq wi di toll ci gémmiñam ba tere ko a wax. Nee na: Yonente bi yal na ko Yàlla dolli xéewal ak mucc daal di junj loxoom ci gémmiñam.</t>
+  </si>
+  <si>
+    <t>بيان أهوال يوم القيامة والترهيب منها.
+الناس يكونون في الشدة يوم القيامة في الموقف على حسب أعمالهم.
+الترغيب بأعمال الخير، والترهيب من أعمال الشر.</t>
+  </si>
+  <si>
+    <t>Leeral njàqare ëllëg bis-pénc ak ragalloo ko.
+Nit ñi dañuy nekk ci ag tar-tar ëllëg bis-pénc ca taxawaay ba ci kem seen i jëf.
+Xemmemloo ci def jëf yu baax yi, ak ragalloo ci def jëf yu bon yi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4289</t>
+  </si>
+  <si>
     <t>إن هذين حرام على ذكور أمتي، حل لإناثهم</t>
   </si>
   <si>
     <t>ñaar yii dañoo araam ci sama góori xeet wi, waaye dagan nañu ci jigéen ñi</t>
   </si>
   <si>
     <t>عَن عَلِيٍّ بْنِ أَبِي طَالِبٍ رَضيَ اللهُ عنه قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ حَرِيرًا بِشِمَالِهِ، وَذَهَبًا بِيَمِينِهِ، ثُمَّ رَفَعَ بِهِمَا يَدَيْهِ، فَقَالَ: «إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ».</t>
   </si>
   <si>
     <t>Jële nañu ci Aliyun Ibn Abii Taalib yal na ko Yàlla dollee gërëm mu wax ne: Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dafa jël Sooy ci càmmooñam, jël wurus ci ndayjooram, daal di leen yëkkëti ci loxoom, daal di wax ne: "ñaar yii dañoo araam ci sama góori xeet wi, waaye dagan nañu ci jigéen ñi".</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم ثوبًا من حَرِيْر أو قطعةً منه، بيده اليسرى، وأخذ ذهبًا مِن حُلِيٍّ أو ما شابه، بيده اليمنى، ثم قال: إنّ الحرير والذهب، حرامٌ لبسهما على الرجال، أما النساء فهما حلال لهن.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dafa jël yéreb Sooy walla ab moorso, ci loxob càmmooñam, daal di jël takkaayu wurus mbaa lu ko niru ci loxob ndayjooram, daal di wax ne: Sooy ak Oor, araam na góor ñi di ko sol, bu dee jigéen ñi nag dagan na ci ñoom.</t>
   </si>
   <si>
     <t>قال السندي:‏ ‏(حرام): المراد استعمالُها لبسًا؛ وإلا فالاستعمال صَرْفًا وإنفاقًا وبيعًا جائزٌ للكُلّ، واستعمال الذهب باتخاذ الأواني منه واستعمالُها حرام للكل.
 توسعة الشريعة الإسلامية على النساء للحاجة إلى الزينة ونحوها.</t>
   </si>
   <si>
     <t>Assindii nee na: (araam na): li ñu ci namm mooy sol gi; bu dul loolu rekk jëfandikoo ko ci weccaxndiku ak joxe ak jaay loolu lépp dagan na, jëfandikoo Oor ci def ko ay ndab ak di ko jëfandikoo loolu lépp dafa araam.
 Sariihab lislaam dafa yaatalal jigéen ngir li mu aajowoo taar ak lu ko niru.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4292</t>
   </si>
   <si>
     <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>bàyyileen ma bu ma leen bàyyee, ndax li alag ña leen jiitu woon mooy seeni laaj ak di wuute ak seeni Yonnente</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «bàyyileen ma bu ma leen bàyyee, ndax li alag ña leen jiitu woon mooy seeni laaj ak di wuute ak seeni Yonnente , bu ma leen teree dara nangeen ko moytu, bu ma leen digalee dara defleen ca lu ngeen man».</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
@@ -6666,84 +7263,248 @@
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>Jaadu na ñu yittewoo li gën a am solo te ñu soxlawoo ko, te bàyyi li ñu soxlaagul, te bañ a yittewoo laaj lu amul.
 Araamal nañu di laaj lol man naa yóbbe ci jafeel masala yi, ak tijji buntu lënt yiy waral wuute gu bari.
 Digle nañu ñu bàyyi yi ñu tere; ndax bàyyi ko amul coono, looloo tax tere gi di li matale.
 Digle nañu ñu def ndigal yi ci kem kàttan; ndaxte moom man naa am coono walla ñu tële koo def; looloo tax ndigal li di ci kem kàttan.
 Tere nañu di baril ay laaj, boroom xam-xam yi séddale nañu laaj ci ñaari xaaj: benn bi mooy: loo xam ne ci anamug xamle lu ñu soxla ci mbiri diine la, lii moom lu ñu digle la te ci xaaj bii la laaji Sahaaba yi nekkoon, ñaareel bi: loo xam ne ci anamug taral la ak sonnale lii nag dañu koo tere.
 Artu xeet wi ci wuute ak Yonnente bi, kem ni mu ame woon ca xeet ya ko jiitu woon.
 Baril di laaj lu ñu yittewoowul ak di woote ak Yonnente yi sabab la ci alkande, rawati na ci mbir yi nga xam ne maneesu caa egg, niki: masalay kumpa yi nga xam ne kenn xamu ko ku dul Yàlla, ak mbiri bis-pénc.
 Tere nañu laaj ci masala yu tar yi, Awsaahii nee na: Yàlla bu nàmme xañ jaam bi baarkeb xam-xam day sànni ci làmmeñam ay njaxas, gisnaa ne ñoom ñoo gën a néew xam-xam ci nit ñi, Ibn Wahb nee na: dégg naa Maalik di wax naan: werente ci xam-xam day dindi leeru xam-xam ci xolu nit ki.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4295</t>
   </si>
   <si>
+    <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>laaj nga lu màgg, waaye lu yomb la ci ku ko Yàlla yombal ci moom</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Jële ci Muhaas ibn Jabal yal na ko Yàlla dollee gërëm mu wax ne: Nekkoon naa ak Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ci benn tukki, ma xëy benn bis jegesi ko fekk ñoo ngi dox, ma ne ko: yaw Yonnente Yàlla bi, xibaar ma jëf joo xam ne dana ma dugal àjjana di ma soreele sawara, mu ne ma: "laaj nga lu màgg, waaye lu yomb la ci ku ko Yàlla yombal ci moom, dangay jaamu Yàlla te doo ku bokkaale ak dara, di taxawal julli, di joxe asaka, di woor weeru koor, te aji néeg ba" topp mu ne: "ndax duma la tegtal bunti yiw yi: woor ab pakk la, saraxe day fay njuumte kem ni ndox di faye sawara, ak jullig nit ki ci xaaju guddi " topp mu jàng: laayab « tata jaafaa junuubuhum ba àgg 
+Yahlamuun » topp mu ne : "ndax duma la xibaar boppu mbir mi yépp ak kenoom?" Ma ne ko: ahakay yaw Yonnente Yàlla bi, mu ne: "boppu mbir mi mooy lislaam, kenoom di julli, njobbaxtal la di jihaad" topp mu ne : "ndax duma la xibaar li moom loolu lépp nag?" Ma ne ko: ahakay yaw Yonnente Yàlla bi, mu téye ci làmmiñam, daal di ne: "téyeel sa lii" ma ne ko: yaw Yonnente Yàlla bi, kon dees nuy jàppe li nuy wax? Mu ne ma: "yal na la sa yaay ñàkk yaw Muhaas, mo ndax dara dana këpp nit ñi ci seen kanam ya walla seen gémmiñ ya ca sawara lu dul seen góobiti làmmiñ?".</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
+قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
+الأول: تعبد الله وحده ولا تشرك به شيئًا. 
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟ 
+قال معاذ رضي الله عنه: بلى يا رسول الله. 
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. 
+وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله. 
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. 
+قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟! 
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>Muhaas yal na ko Yàlla dollee gërëm nee na: nekkoon naa ak Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ci benn tukki, ma xëy benn bis jegesi ko fekk ñoo ngi dox, ma ne ko: yaw Yonnente Yàlla bi xibaar ma jëf joo xam ne dana ma dugal àjjana di ma soreele sawara, Mu ne ko: laaj nga ma jëf joo xam ne lu màgg la ci bakkan yi, waaye nag lu woyof la te yomb ci ku ko Yàlla yombal ci moom; joxeel faratay lislaam yi:
+Bi ci njëkk: dangay jaamu Yàlla moom dong te doo ko bokkaale ak dara.
+Ñaareel bi: nga taxawal julliy juróom yi ñu farataal ci bis bi ak guddi: Fajar, ak Tisbaar, ak Tàkkusaan, ak Timis, ak Gee, ci ay sàrtam ak i ponkam ak i warteefam.
+Ñatteel bi: nga genne asaka ji ñu farataal, te moom ag jaamug alal la gu war ci jépp alal ju mat lim bu ñu tënk ci Sariiha, ñu koy jox ñi ko yeyoo.
+Ñenteel bi: nga woor weeru Koor, te mooy bàyyi lekk ak naan ak yeneen yiy dogloo ànd ak yéenee jaamu, tàmbalee ci fenkug fajar gi ba ca sowug jant bi.
+Juróomeel bi: nga aj néeg ba ci jublu Màkka jublu a taxawal ay jaamu, ngir jaamu Yàlla mu màgg mi.
+Topp Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ne ko: ndax duma la xamal yoon wiy eggale ci buntu yiw yi? Loolu mooy nga toftal ci farata yooyu naafila yi.
+Bi ci njëkk: woorug coobarewu, moom day teree tàbbi ci moy yi ci damm bànneex, ak néewal kàttan.
+Ñaareel bi: saraxeg coobarewu day fay njuumte ginnaawam di ko dindi di far jeexitalam.
+Ñatteel bi: julli 
+guddi ci ñatteelu xaaju guddi bu mujj bi, topp Yonnente bi yal na ko Yàlla dolli xéewal ak mucc daal di jàng waxu Yàlla ji: {seen wet ya day sori} maanaam: day sori {lal ya} maanaam: nelawukaay ya {dañuy ñaan di woo seen Boroom} ci julli ak sikar ak jàng ak ñaan, {ngir ragal ak xemmeem te dañuy joxe ci li ñu leen wërsëgale, benn bakkan xamul li ñu ko deñcal ci luy bégal bët yi} maanaam: luy bégal seeni bët ëllëg bis-pénc ak ca àjjana ci ay xéewal, {muy ag fay ca la ñu doon jëf}.
+Topp Yonnente bi ne ko: ndax duma la xibaar cosaanu diine? Ak kenoom gi muy sukkandiku? Ak njobbaxtalam?
+Muhaas yal na ko Yàlla dolli xéewal ak mucc ne ko: ahakay yaw Yonnente Yàlla bi.
+Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ne ko: mbir mi boop ba mooy:
+lislaam te mooy ñaari seede yi, te ci ñoom ñaar la nit ki di ame cosaanu 
+diine. Kenoom: mooy julli, lislaam du am ci lu dul julli, kem ni nga xamee ne kër du am ci lu dul keno, kuy julli diineem dëgër na taxaw na; njobbaxtalu lislaam ak ug yëkkëtikoom moo ngi ci jihaad ak def pasteef ci xeex ak nooni diine ji ngir yëkkëti kàddug Yàlla.
+Topp Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ne ko: ndax duma la xibaar liy téyé téyé bu dëgër mbir yii weesu? Yonnente bi jàpp ci làmmiñam, ne ko: téyeel lii te bul wax lu sa yoon nekkul. Muhaas ne ko: ndax sunu Boroom da nuy topp di nu càmbar di nu mbugal ci lépp lu nuy wax?!
+Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ne ko: yal na la sa yaay ñàkk! Li ñu ci jublu du ñaanal ko alkande, waaye daa bokk ci waxi araab yi ngir yee ko ci mbir mum 
+waroon a xam bàyyi ko xel, topp mu ne ko: ndax dara dana sànni nit ñi di leen daaneel ca seen kanam ya ca biir sawara lu dul seen góobiti làmmiñ ya ci kéefar ak tuumaale ak saaga ak jëw ak rambaaj ak tuuma ak yu ko niru.</t>
+  </si>
+  <si>
+    <t>حرص الصحابة رضي الله عنهم على العِلْم، ولهذا يَكثُرُ منهم سؤال النبي صلى الله عليه وسلم عنه.
+فقه الصحابة رضي الله عنهم لعلمهم أنَّ الأعمال سبب لدخول الجنة.
+السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
+ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
+رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
+رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
+فضل التقرب بالنوافل بعد أداء الفرائض.
+الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
+وجوب حفظ اللسان عما يضر الإنسان في دينه.
+كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
+  </si>
+  <si>
+    <t>Xérug Sahaaba yi yal na leen Yàlla dollee gërëm ci xam-xam, loolu a tax ñuy baril di laaj Yonnente bi yal na ko Yàlla dolli xéewal ak mucc.
+Déggug Sahaaba yi yal na leen Yàlla dollee gërëm ndax li ñu xam ne jëf yi ñooy sabab si dugg àjjana.
+Laaj bi jóge ci Muhaas yal na ko Yàlla dollee gërëm laaj bu màgg la; ndaxte ca dëgg-dëgg mooy mbóotu dund gi ak ug amam, lépp lu am ci àdduna jii ci doomu Aadama walla jinne fa muy mujj mooy àjjana walla sawara, loolu a tax laaj bi di lu màgg.
+Toftalu dug Àjjuma ci kaw def ponki lislaam yi: te mooy: ñaari seede yi, ak julli, ak asaka, woor, ak aj.
+Wéetal Yàlla moy li ëpp solo ci diine mooy la gën a kawe ci lépp lu ñu waral, te mooy jaamu ko moom dong amul bokkaale.
+Yërmàndey Yàlla ci jaamam yi ci mu ubbil leen bunti yiw yi ngir ñu dolleeku ci sababi yiw yi ak njéggali bàkkaar yi.
+Ngëneelu li nekk ci di jéema jege Yàlla ci def naafila yi ginnaaw bu ñu defee farata yi.
+Julli ci lislaam mooy 
+tolloog keno biy 
+tax mbaar mi man a taxaw, bu demee 
+lislaam daldi dem, 
+kem ni mbaar mi di daanoo ci daanug kenoom ya.
+Warug sàmm làmmiñ ci lépp luy lor nit ki ci diineem.
+Feg làmmiñ ak téye ko mooy cosaanu 
+yiw yépp.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4303</t>
+  </si>
+  <si>
     <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>ñaari jullit bu ñu jaamaarloo ak séen ñaari Jaasi ka raye ak ka ñu ray yépp sawara lañu jëm</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Bakrata -yal na ko Yàlla dollee gërëm- mu wax ne: dégg naa Yónenteb Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- muy wax ne: «ñaari jullit bu ñu jaamaarloo ak séen ñaari Jaasi ka raye ak ka ñu ray yépp sawara lañu jëm», ma ne ko: yaw Yónente Yàlla bi kii moo ray, waaw ki ñu ray moom luy mbiram? Mu ne: «ndax moom dafa xéroon ci ray waayam ji».</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Yónente bi day xamle ne ñaari jullit bu ñu jaamaarloo ak séen ñaari Jaasi, ku nekk jubloo ray moroom ja; kon ki raye sawara lay jëm ngir sababus li mu ray waayam ji, Waaye Sahaaba yi di leer lu ci ki ñu ray: naka lay dugge sawara? Yónente bi -yal na ko Yàlla dolli xéewël ak mucc- xamal leen ne moom it dafa bëggoon a ray moromam ji, te dara terewul mu ray ko lu dul li waa ji gaawantu njëkk koo ray.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Ki dogu ci xolam ci def ag moy daal di def ay sababam kooku day yayoo mbugël.
 Moytandikuloo gu tar ci rayante ci diggante jullit ñi ak tëkku ci sawara gi ci nekk.
 Rayante ci diggante jullit ñi bu tegee ci dëgg du dugg ci tëkku gi, niki rayanteek ñi bew ak yàqkat yi.
 Kiy def ay bàkkaar yu mag yi du nekk yéefër ngir loolu rekk; ndaxte Yónente bi -yal na ko Yàlla dolli xéewël ak mucc- daa woowe ñaar ñiy rayante ay jullit.
 Bu ñaari jullit jamaarloo ci jumtukaay bumu man a doon buy raye, ba kenn ka ray moroom ja, kon ki raye ak ka ñu ray ñépp sawara lañu jëm, li Hadiis bi tudd Jaasi nag day niral rekk.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4304</t>
+  </si>
+  <si>
+    <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
+  </si>
+  <si>
+    <t>dëddul àdduna kon Yàlla dana la bëgg, dëddul li ci nit ñi kon nit ñi danañu la bëgg</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Al-Abbaas Sahl ibn Sahd As-Saahidii yal na ko Yàlla dollee gërëm mu wax ne: jenn waay dafa ñëw ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc, ne ko: yaw Yonnente Yàlla bi, tegtal ma jëf joo xam ne su ma ko defee Yàlla dana ma bëgg nit ñi it danañu ma bëgg, mu ne ko: "dëddul àdduna kon Yàlla dana la bëgg, dëddul li ci nit ñi kon nit ñi danañu la bëgg".</t>
+  </si>
+  <si>
+    <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
+  </si>
+  <si>
+    <t>Benn waay dafa laaj Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu tegtal ko jëf joo xam ne bu ko defee Yàlla bëgg ko nit ñi it bëgg ko, Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ne ko: Yàlla dana la bëgg boo bàyyee desiitu àdduna si, ak lu la dul jariñ ca àllaaxira, ak nga bàyyi loo xam ne dafa am lorànge ci sa diine, nit ñi it danañu la bëgg boo dëddoo li nekk ci seen i loxo ci mbiri àdduna si; ndax ñoom dañu ko a bëgg ci seen jëmmi bopp, te ku ko xëccoo ak ñoom ñu bañ ko, ku leen ko bàyyeel nag ñu bëgg ko.</t>
+  </si>
+  <si>
+    <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
+الزهد مرتبته أعلى من الورع؛ لأن الورع ترك ما قد يضر، والزهد ترك ما لا ينفع في الآخرة.
+قال السندي: إن الدنيا محبوبة عند الناس فمن يزاحمهم فيها يصير مبغوضًا عندهم بقدر ذلك، ومن تركهم ومحبوبهم يكون محبوبًا في قلوبهم بقدر ذلك.</t>
+  </si>
+  <si>
+    <t>Ngëneelu dëddu àdduna, te mooy: ñu bàyyi lu dul jariñ ca àllaaxira.
+Martabay dëddu moo gën a kawe fegu; ndax te fegu mooy bàyyi loo xam ne amaana muy lore, te dëddu mooy bàyyi lu dul jariñ ca àllaaxira.
+As-Sindii nee na: àdduna nit ñi dañu ko a bëgg, ku koy xëccoo ak ñoom dañu koy mujj bañ ci kem tolluwaayu loola, ku leen bàyyi ak la ñu bëgg ñoom, day nekk ku ñu bëgg ci seen i xol ci kem tolluwaayu loola.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وغيره بأسانيد حسنة</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه وغيره بأسانيد حسنة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4307</t>
+  </si>
+  <si>
+    <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>lu baax mooy rafet jikkó, lu bon mooy luy dengi-dengi ci sa dënn, nga bañ nit ñi gis ko</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci An-Nuwwaas ibn Simhaan Al-Ansaarii yal na ko Yàlla dollee gërëm mu wax ne: Laaj naa Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc lu baax ak lu bon, mu wax ne: "lu baax mooy rafet jikkó, lu bon mooy luy dengi-dengi ci sa dënn, nga bañ nit ñi gis ko".</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
+أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
+وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
+  </si>
+  <si>
+    <t>Laaj nañu Yonnente bi yal na ko Yàlla dolli xéewal ak mucc lu baax ak lu bon, mu wax ne:
+Melo wi gën a màgg ci lu baax mooy rafet jikkó ci Yàlla ci ragal ko, ak ci nit ñi ci muñ seen lor, ak néew i mer, ak yaatal sa kanam, wax ju teey, ak jokk mbokk ak topp Yàlla ak ñeewant, ak baax, ak rafet nekkiin ak àndandoo yi.
+Bàkkaar nag mooy luy yëngatu ci bakkan ci ay lënt, mu ciy sikk-sàkka te mu yëg ci boppam ag xat, xol bi am ci sikk-sàkka, mu ragal ne bàkkaar la, te bëggu ko a feeñal ndax li mu ñaaw ci tànneefi nit ñi baax ñi te mat, loolu nag ndaxte bakkan ni mu mel day bëgg nit ñi gis lu baaxam, kon bu bañee ñu gis yenn jëfam yi day lu bon te amul yiw.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>Ñaaxe ci teddngay jikkó yi; ndaxte rafet jikkó dafa bokk ci melo yi gën a màgg.
+Dëgg ak neen seen mbir lëntul ci aji-gëm ji, waaye day xam dëgg ci leer giy nekk ci xol bi, di daw neen di ko bañ.
+Bokk na ci màndargay lu bon xol bi di jàq di ci dengi-dengi, ak bañ nit ñi gis ko.
+As-Sindii nee na: lii mooy mbir yu lënt yi nga xam ne nit ñi ràññeewuñu benn ci ñaar yi; bu dul loolu rekk li ci Sariiha digle bu dee tegtal ba feeñul ca day wuute ak loolu ndax daa bokk ci li baax, li ñu tere it naka noonu daa bokk ci li bon, kon aajowoowul di laaj xol bi ak ug dalam.
+Ñi ñuy waxal ci hadiis bi ñooy woroom xol yu mucc yi, waaye du woroom xol yu yàqu yi nga xam ne xamul lu baax te du bañ lu bon lu dul lu jaxasoo ak bànneexam.
+At-Tiibii nee na: nee nañu firees na baax ci hadiis bi ci ay maanaa yu bari, ñu firee ko ci benn barab liy dalal xel ak xol, ñu firee ko it ci beneen barab gëm, ci beneen barab lu lay jegeloo Yàlla, fii rafet jikkó, ñu firee rafet jikkó: muñ lor, ak néew i mer, ak yatal kanam, ak teey i wax, yooyu yépp nag yu jegee la ci maanaa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4308</t>
   </si>
   <si>
     <t>الدين النصيحة</t>
   </si>
   <si>
     <t>diine de laayante-biir la</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Jële nañu ci Tamim Ad-Daarii -yal na ko Yàlla dollee gërëm- mu jële ci Yónente bi -yal na ko Yàlla dolli xéewël ak mucc- mu wax ne: «diine de laayante-biir la» nu ne ko: ngir kan? Mu ne: «ngir Yàlla, ak ngir téereem bi, ak ngir Yónentam bi, ak ngir ñiiti jullit ñi, ak ngir jullit ñépp».</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewël ak mucc- day xamle ne diine ji day taxaw ci sellal ak dëgg, ngir ñu defe ko na ko Yàlla warale ba mu mat sëkk te du am genn gàtteñlu walla wuruj.
 Ñu wax Yónente bi ne ko: kan la laaye-biir Gi kan la ñeel? Mu ne:
@@ -6751,80 +7512,170 @@
 Ñaareel bi: laabire ñeel téereem bi te mooy Alxuraan ju tedd ji: ci nu gëm ne waxam la, te mooy téereem bi mujj, te moo folli mbooleem Sariiha ya ko jiitu, nu màggal ko, di ko jàng bu baax, tey jëfe ay laayaam yu leer yi tey gëm yu niroo ya, tey delloo pirim soppikat yi, tey waaru ci ay waaraateem, tey siiwal am njàngaleem, tey woote jëme ci moom.
 Ñatteel bi: laabire ngir Yónente bi -yal na ko Yàlla dolli xéewal ak mucc-: ci nu gëm ne mooy Yónente bi mujj, te dëggal ko ci li mu indi, tay jëfe ay ndigalam, di moytu ay tereem, ta nuy baña jaamoo Yàlla ci lu dul li mu indi, nuy màggal ay àqam, te di ko weg, di tasaare wooteem bi, ak Sariihaam bi, te di ko dindil tuuma yi.
 Ñenteel bi: laabire ñeel njiiti jullit ñi: ci di leen dimbali ci dëgg, tey bañ a xëccook ñoom mbir mi, te di leen déggal ak di leen topp cig topp Yàlla.
 Juróomeel bi: laabire ñeel mbooleem jullit ñi: ci rafetal jëme ci ñoom ak di leen woo ci diine ji, te bañ leen a lor, ak bëgg leen, tey dimbalànte ak ñoom cig mbaax ak ragal Yàlla.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Digle ag laabire ñeel ñépp.
 Màggaayu dayog laabire ci diine.
 Làmboo gi diine làmboo ay pas-pas ak i wax ak i jëf.
 Bokk na ci laabire sellal bakkan ci wor ki ngay laabire ak bëggal ko yiw.
 Rafetug njàngalem Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- ba tax muy tënk am mbir ba noppi door koo faramfàcce.
 Tàmbalee ca la gën a am solo, ba tax na Yónent bi -yal na ko Yàlla dolli xéewal ak mucc- tàmbalee ci laabire ngir Yàlla, teg ci ngir tëereem bi, teg ci ñeel yónenteem bi, teg ci njiiti jullit ñi, teg ci nag mbooleem jullit ñi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4309</t>
   </si>
   <si>
+    <t>الرضاعة تحرم ما تحرم الولادة</t>
+  </si>
+  <si>
+    <t>nàmpal day araamal li njureel di araamal</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الرَّضَاعَةُ تُحَرِّمُ مَا تُحَرِّمُ الوِلَادَةُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Aysatu yal na ko Yàlla dollee gërëm mu jële ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "nàmpal day araamal li njureel di araamal".</t>
+  </si>
+  <si>
+    <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day leeral ne dees na araamal ci nàmpal li ñu araamal ci njureel ak askan di nijaay walla baay tëx walla mbokk..., nàmpal it dana daganal li njureel di daganal ci ay àtte.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في أحكام الرضاع.
+قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
+إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
+دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
+المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
+المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
+  </si>
+  <si>
+    <t>Hadiis bi tënk la ci àttey nàmpal.
+Ibn Hajar nee na: li mu wax ne: (nàmpal day araamal li njureel di araamal) maanaam: day daganal it li muy daganal ci dëppoog woroom xam-xam yi ci lu aju ci araamal sëy ak la cay topp, ak lawug araam ga ci diggante ka ñu nàmpal ak ay doomi aji-nàmpal ji, ak wàcceleen ci wàccuwaayu jegeñaale ci daganug xool ga ak wéet ga ak ànd tukki ga, waaye yeneen àttey jur ga du ca topp niki donn ak warug dund ak goreel ag moomeel ak seede ak xel, ak rotal fayoontoo ga.
+Saxal àtteb araamal ci nàmpal araam gu sax dàkk.
+Yeneeni hadiis tegtale nañu ne araamal ci nàmpal day saxe ci juróomi nàmpal yu ñu xam, ak ñu nekk ci ñaari at yu njëkk yi.
+Li ñu araamal ci askan mooy: yaay yi, maam yu jigéen yu dañu ciy dugg, donte dañoo kawe ci wàllug yaay walla ci baay. Ak doom yu jigéen yi: sët yi juge ci doom yu jigéen yi ak ci doom yu góor yi dañu ciy dugg donte dañoo suufe. Ak jigée ñi nga bokkal nday ak baay walla baay kese mbaa nday kesse. Ak bàjjan yi bokk ak sa baay nday ak mbaa ñu bokk baay walla nday niki noonu it mbooleem mbokk yu jigéen yu maam ju góor da ciy dugg donte dañoo kawe. Ak yaay yu ndaw yi: mbooleem mbokk yu jigéen yu yaay da ciy dugg, moo xam ñoo bokk nday ak baay walla déet, niki noonu it mbooleem mbokk yu jigéen yu maam ju jigéen donte dañoo kawe, moo xam maam yu jigéen yi ci wàllug baay la walla ci wàllug yaay. Ak doom yu jigéen yu mbokk mu góor, ak doom yu jigéen yu mbokk mu jigéen, seen i doom da ciy dugg donte dañoo suufe.
+Li ñu araamal ci nàmpal, dees na araamal ci nàmpal li ñu araamal ci askan, jépp jigéen ju ñu araamal ci askan dañuy araamal ku mel ni moom ci nàmpal ba mu des yaayu mbokkam mu góor, ak mbokku doomam ju góor ci nàmpaale ñooñu duñu araam.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4311</t>
+  </si>
+  <si>
     <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>li dagan de leer na li araam it leer na,</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>Jële nañu ci Nuhmaan Inb Basiir -yal na ko Yàlla dollee gërëm - mu wax ne: dégg naa Yónent Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne -Nuhmaan jëmale yaari baaraamam ci ay noppam-: «li dagan de leer na li araam it leer na, seen diggante nag am na ay lënt, te ñu bari si nit ñi duñu ko xam, képp ku moytu yu lënt yi ñoŋal na diineem ak deram, waaye ku tàbbi ca lënt ya kooku tàbbi na ca yu araam ya, mi ngi mel ni sàmmkat biy sàmm ci li wër ab ñag, daanaka rekk sàmm na ca biiram, xanaa du buur bu nekk am na ab ñagam, te ñagub Yàlla mooy li mu araamal, xamleen ne yaram am na aw lumb wow bu baaxee yaram wépp baax, bu yàqoo yaram wépp yàqu, loolu mooy xol«.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Yónente bi day leeral ab tënk bu matale ci mbir yi, wane na ne day séddalikoo ci ñatti xaaj: lu ag daganam leer, ak lu ag araamam leer, ak ay mbir yu lënt te ay àtteem leerul cig dagaan walla cig araam, ba tax nit ñu bari xamuñu ab àtteem.
 Ku bàyyi mbir yooyu lënt ci moom, diineem mucc na ci sori gi mu sori tàbbi ci lu araam, deram it mucc na ci nit ñi di wax lu koy sikkal ngir li mu def lu lënt lii. Waaye ku moytuwul yu lënt yi kooku gaaral na boppam ci tàbbi ci lu araam, walla ci nit ñi di gàkkal ab deram. Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- sadd na aw misaal ngir leeral melokaanu kiy topp lënt yi, ci ne mi ngi mel ni sàmmkat biy sàmm ay juram ci wetu suuf su boroomam ñag, nga xamne xaw tuuti rekk juram gi lekk ca la ñu ñag ndax li mu ko jege, naka noonu it képp kuy def yu lënt yi, kooku jege na yu araam yi te dana ca xaw a tàbbi. Ginnaaw loolu Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- xamle ne am na ci biir yaram ab lumb(te mooy Xol) cig baaxam la yaram wi di baaxe, waaye cig yàqoom la yaram Wi di yàqoo.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Soññee ci bàyyi yu lënt yi nga xam ne àtteem leerul.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4314</t>
+  </si>
+  <si>
+    <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>yéen nit ñi, Yàlla ku teey la te du nangu lu dul lu teey, te Yàlla dafa digal way-gëm ñi li mu digal Yonnente yi</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu wax ne: Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: «yéen nit ñi, Yàlla ku teey la te du nangu lu dul lu teey, te Yàlla dafa digal way-gëm ñi li mu digal Yonnente yi, mu wax ne: {yéen Yonnente yi lekkleen ci yu teey yi te ngeen jëf lu baax, man de Aji-Xam laa lépp lu ngeen di def} [Al-Muuminuuna: 51] mu wax it ne: {yéen ñi gëm lekkleen ci yu teey yi nu leen wërsëgal} [Al-Baqara: 172] topp mu daal di tudd benn waay bu nekk ci tukki bu sori, kawar ga jaxasoo, mu pënd lool, ma nga tàllal ay loxoom jëme kaw asamaan, di wax naan: yaw sama Boroom, te li muy lekk dafa araam, li muy naan dafa araam, li mu sol dafa araam, li ñu ko dundale itam dafa araam, moo naka lees koy nangule ñaanam?!»</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك. 
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر. 
+ثالثًا: يرفع يديه إلى السماء بالدعاء. 
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب! 
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne Yàlla ku teey la ku Sell la ku set la walis muy nekk ku am 
+dara ci wàññiku
+walla ay ayib ku melowoo ag mat la, te du nangu ci jëf yi ak wax yi ak pas-pas yi lu dul lu teey, te mooy la sell ñeel Yàlla, la dëppoo ak njubug Yonnente bi yal na ko Yàlla dolli xéewal ak mucc, te du jaadu ñuy jegeñ-jegeñlu Yàlla ci lu dul loolu, bokk na ci yi gën a màgg yu sellug jëf di ame ñeel aji-gëm ji mooy lekkam teey, nekk lu dagan, ci loolu la jëfam di selle, loolu a tax Yàlla digal way-gëm ñi li mu digal Yonnente yi ci lekk lu dagan ak def lu baax, mu wax ne: yéen Yonnente yi lekkleen ci yu teey yi te def lu baax man de Aji-Xam laa lépp lu ngeen di def} wax it ne: {yéen way-gëm yi lekkleen ci yu teey yi nu leen wërsëgal}.
+Topp Yonnente bi moytandikuloo lekk lu araam gi nga xam ne day yàq jëf di tere ñu nangu ko ak lu mu man a def sabab yiy tax nu nangu ko ci li feeñ; bokk na ca:
+Bi ci njëkk: guddal ab tukki ci anami jaamu yi niki aj ak jihaad ak jokk mbokk ak yeneen.
+Ñaareel bi: Ku kawar gu tasaaroo ngir ñàkk ko a peñe, melo wi soppeeku ak melow yéreem ndax suuf si, mu nekk ku loru.
+Ñatteel bi: yëkkëti ñaari loxoom jëme asamaan di ñaan.
+Ñenteel bi: tinu jëm ci Yàlla ci ay turam daal di taxaw temm ci loolu naan: yaw sama Boroom, yaw sama Boroom!
+Ànd ak sababi nangu ñaan yii deesu ko nangul; ndaxte lekkam ak naanam ak colam dafa araam, ñu dundale ko lu araam, te sori na lool ñuy nangul ku mel nii, kon naka lañu koy nangule?!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>Matug Yàlla mu màgg mi ci jëmmam, ak ci ay meloom, ak i jëfam, ak i àtteem.
+Digle sellal jëf yi ngir Yàlla mu màgg mi, ak topp Yonnente bi yal na ko Yàlla dolli xéewal ak mucc.
+Jëfandikoo yiy soññee ci jëf, ba tax Yonnente bi yal na ko Yàlla dolli xéewal ak mucc wax ne: "Yàlla digal na way-gëm ñi li mu digal Yonnente yi", bu aji-gëm ji xamee ne lii dafa bokk ca ya ñu digal Yonnente ya kon dana dëgërlu ñaaxu ci topp ndigal li.
+Lekk lu araam bokk na ci yiy teree ag ñaan nangu.
+Bokk na ci sababi nangu ñaan yi, juróomi bir: bi ci njëkk: guddal ag tukki ngir li ci nekk ci toroxlu gi nga xam ne dafa bokk ci sababi nangu ñaan yi gën a màgg, ñaareel bi: anamug loru, ñatteel bi: tàllal ñaari loxo jëme asamaan, ñenteel bi: taxaw temm ci baamtu di tudd Boroomam, moom dafa bokk ci yi gën a màgg yu ñuy sàkku a nangu ñaan, juróomeel bi: teeyug lekk ak naan.
+Lekk lu dagan te teey bokk na ci sabab yiy dimbalee ci jëf ju baax.
+Al-Xaadii nee na: lu teey mooy safaanu lu bon, bu ko melalee Yàlla mu kawe mi li ñu ci namm mooy setal ko ci wàññiku yi, sellal ko ci gàkk-gàkk yi, bu ñu ko melalee jaam bi cig boyal li ñu ciy namm mooy ne moom dafa set ci jikkó yu ñaaw yi, ak jëf yu bon yi, melowoo safaani loolu, bu ñu ko melalee alal yi li ñu ciy namm mooy ne dafa dagan bokk ci alal yu baax yi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4316</t>
   </si>
   <si>
     <t>إن الله عز وجل يبسط يده بالليل ليتوب مسيء النهار، ويبسط يده بالنهار ليتوب مسيء الليل، حتى تطلع الشمس من مغربها</t>
   </si>
   <si>
     <t>Yàlla mu màgg mi day tàllal loxoom ci guddi gi ngir ki doon def ñaawteef ci bëccëg gi tuub, di tàllal loxoom ci bëccëg gi ngir ki doon def ñaawteef ci guddi gi tuub, ba baa jant bi di fenke ci sowwu bi</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abuu Muusa Al-Asharii -yal na ko Yàlla dollee gërëm- mu jële ci Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «Yàlla mu màgg mi day tàllal loxoom ci guddi gi ngir ki doon def ñaawteef ci bëccëg gi tuub, di tàllal loxoom ci bëccëg gi ngir ki doon def ñaawteef ci guddi gi tuub, ba baa jant bi di fenke ci sowwu bi.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم: أنَّ الله تعالى يقبل التوبة من عباده، 
 فإن أذنب العبد ذنبًا بالنهار وتاب بالليل قَبِلَ الله توبته، وإن أذنب ذنبًا بالليل وتاب بالنهار قَبل الله توبته، 
 ويبسط يده سبحانه للتوبة فرحًا بها، وقبولًا لها، ولا يزال باب التوبة مفتوحًا حتى تطلع الشمس من مغربها إيذانًا بانتهاء الدنيا، فإذا طلعت فإن باب التوبة يُغلق.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day xamle ne: Yàlla day nangu tuub ci jaamam yi, Bu jaam bi defee bàkkaar ci bëccëg bi tuub ko ci guddi gi Yàlla day nangu ag  tuubam, bu defee bàkkaar ci guddi gi tuub ko ci bëccëg gi Yàlla day nangu ag tuubam, Yàlla mu sell mi it day tàllal loxoom kiy  tuub, ngir bég ci loolu, ak ngir nangu ko, te buntub tuub du deñ di nekk lu ñu ubbi ba baa jant bi di fenke ca sowwu ba ngir yégle jeexug àdduna, bu ca fenkee nag dañuy tëj buntub tuub.</t>
   </si>
   <si>
     <t>قبول التوبة مستمر ما دام بابها مفتوحًا، ويغلق بابها بمطلع الشمس من مغربها، وأن يتوب الإنسان قبل غرغرة الموت، وهي وصول الروح إلى الحلقوم.
 عدم اليأس والقنوط بسبب الذنب، فإن عفو الله سبحانه ورحمته واسعة، وباب التوبة مفتوح.
  شروط التوبة: الأول: الإقلاع عن المعصية، والثاني: الندم على فعلها، والثالث: العزم على ألّا يعود إليها أبدًا، هذا إن كانت في حقوق الله تعالى، وإن كانت متعلِّقة بحق من حقوق العباد، فيشترط لصحة التوبة أن يؤدي ذلك الحق إلى صاحبه، أو يعفو عنه صاحب الحق.</t>
@@ -6894,139 +7745,585 @@
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral ne Yàlla dogal na yiw yi ak ñaawtéef yi daal di leeralal ñaari Malaaka yi naka lañu koy bindee:
 Képp ku namm a def lu rafet te dogu ci def ko dees na ko bindal wenn yiw doonte defu ko, bu ko defee nag ñu fulal ka ko fukk yu mel ni moom ba ci juróom-ñaari téeméeri yoon, ba ci ay yoon yu bari, ci kem la nek ca xol ba cig sellal ak jariñ ñeneen mbaa lu ni mel.
 Waaye képp ku nàmm a def ñaawtéef te dogu ci def ko, far bàyyi ko ngir Yàlla dees na ka ko bindal aw yiw, bu ko bàyyee ngir yittewootu ko te deful ay sababam deesu ko bindal dara, waaye su ko bàyyee ngir ak lott dees na ko bindal yéeneem, su ko defee nag ñu bindal ko benn ñaawtéef.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Leeral ngëneelul Yàlla lu màgg li ci xeet wii am ci ful giñuleen di fulal ay yiw ak di ko bind fa moom, ak ñàkk giñuleen di ñàkka fulal séen i ñaawtéef.
 Njariñu yéene ci jëf yi ak ay jeexitam.
 Ngëneelu Yàlla mu kawe mi ak ug ñeewanteem ak rafetalam ci ne ku nàmm a def aw  yiw te mujju ko def Yàlla bindal ko ko aw yiw.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4322</t>
   </si>
   <si>
+    <t>من صام يوما في سبيل الله باعد الله وجهه عن النار سبعين خريفا</t>
+  </si>
+  <si>
+    <t>ku woor benn bis ci yoonu Yàlla, Yàlla soreele jëmmam ca sawara juróom-ñaar-fukki Nawet</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رَضِيَ اللهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ صَامَ يَوْمًا فِي سَبِيلِ اللهِ بَاعَدَ اللهُ وَجْهَهُ عَنِ النَّارِ سَبْعِينَ خَرِيفًا».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Sahiid Al-Xudrii yal na ko Yàlla dollee gërëm mu wax ne: dégg naa Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc muy wax ne: «ku woor benn bis ci yoonu Yàlla, Yàlla soreele jëmmam ca sawara juróom-ñaar-fukki Nawet».</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلّم أنَّ مَن صام يومًا في الجهاد، وقيل في الجهاد وغيره مُخلِصًا لله ابتغاء الثواب والأجر من الله؛ فإنّ الله بفضله يُبَاعِد بينه وبين النار سبعين سنة.</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day leeral ne ku woor benn bis ci jihaad, nee nañu it ci jihaad ak lu dul moom di aji-sellal ñeel Yàlla ngir sàkku ci Yàlla yool ak fay; kon Yàlla dana soreele digganteem ak sawara juróom-ñaar-fukki at.</t>
+  </si>
+  <si>
+    <t>قال النووي: فضيلة الصيام في سبيل الله، وهو محمول على مَن لا يَتضرر به، ولا يُفوِّت به حقًّا، ولا يَختلُّ به قتالُه ولا غيره من مُهِمَّات غزوِه.
+الحث والترغيب على صيام التطوع.
+وجوب الإخلاص وابتغاء مرضاة الله، ولا يصوم رياء ولا سمعة ولا لمقاصد أخرى.
+قال السندي: قوله (في سبيل الله)، يحتمل أن المراد مجرد إصلاح النية، ويحتمل أن المراد به أنه صام حال كونه غازيًا، والثاني هو المتبادر.
+قال ابن حجر: قوله: (سبعين خريفًا) الخريف زمان معلوم من السَّنَة، والمراد به هنا العام، وتخصيص الخريف بالذكر دون بقية الفصول -الصيف والشتاء والربيع-؛ لأن الخريف أزكى الفصول لكونه يُجْنَى فيه الثمار.</t>
+  </si>
+  <si>
+    <t>An-Nawawii nee na: ngëneelu woor ci yoonu Yàlla, loolu dees ciy dégge ki nga xam ne du ca loroo, te du ca faat benn àq, te ab xeexam du ci naaxsaaye du caagine leneen ci yittey xareem bi.
+Ñaaxe ak xemmemloo ci woorug coobarewu.
+Warug sellal ngir sàkku ngërëmal Yàlla, te du woor ngir ngistal du caagine déggtal du caagine jeneen jubluwaay.
+As-Sindii nee na: waxam ji (ci yoonu Yàlla), jamtal na ne li ñu ci namm mooy sellal yéene kese, jamtal na it ne li ñu ci namm mooy dafa woor jamono yi mu nekkee di xare, bu ñaareel bi moo ngana jege.
+Ibn Hajar nee na : waxam ji: (juróom-ñaar-fukki Nawet) nawet jamono ju ñu xam la ci at mi, li ñu ci namm fii mooy at mi, li ñu jagleel Nawet cig tudd wolif yeneen jamono yi Noor ak Seddaay ak Lolli; ndaxte Nawet mooy jamono ji gën a teey ndax ca la ñuy watt meññet mi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4436</t>
+  </si>
+  <si>
+    <t>لا يزال الناس بخير ما عجلوا الفطر</t>
+  </si>
+  <si>
+    <t>nit ñi du ñu deñ di nekk ci yiw fii ak ñoo ngi gaaw a dog</t>
+  </si>
+  <si>
+    <t>عَنْ سَهْلِ بْنِ سَعْدٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَزَالُ النَّاسُ بِخَيْرٍ مَا عَجَّلُوا الْفِطْرَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Sahl Ibn Sahd yal na ko Yàlla dollee gërëm mu wax ne Yonente bi yal na ko Yàlla dolli xéewal ak mucc wax na ne: «nit ñi du ñu deñ di nekk ci yiw fii ak ñoo ngi gaaw a dog».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه لا يزال الناس بخير ما عَجَّلوا الفطر في الصيام بعد التَّحَقُّق من غروب الشمس؛ وذلك امتثالًا للسُّنَّة، والوقوف عند حدِّها.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne nit ñi du ñu deñ di nekk ci yiw fii ak ñoo ngi gaaw a dog ci koor ginnaaw ba ñu wóorloo ci sowug jant bi; loolu nag ngir jëfe suuna si la, ak tënku ca.</t>
+  </si>
+  <si>
+    <t>قال النووي: فيه الحث على تعجيله بعد تحقُّق غروب الشمس، ومعناه لا يزال أَمْرُ الأمة مُنتظمًا وهم بخير ما داموا محافظين على هذه السنة، وإذا أخّروه كان ذلك علامة على فسادٍ يَقَعون فيه.
+بقاء الخير في الناس بسبب اتباعهم للسنة، وفساد الأمور يتعلق بتغيُّر السنة.
+مخالفة أهل الكتاب وأهل البدع، فإنهم يؤخِّرون الإفطار.
+قال ابن حجر: وفيه بيان العلة في ذلك، قال المُهَلّب: والحكمة في ذلك أن لا يُزاد في النهار من الليل، ولأنه أرفق بالصائم وأقوى له على العبادة، واتفق العلماء على أنّ مَحَلّ ذلك إذا تحقق غروب الشمس بالرؤية أو بإخبار عَدْلَين، وكذا عدل واحد في الأرجح.
+قال ابن حجر: تنبيه: من البدع المنكرة ما أُحْدِث في هذا الزمان من إيقاع الأذان الثاني قبل الفجر بنحو ثلث ساعة في رمضان، وإطفاء المصابيح التي جعلت علامة لتحريم الأكل والشرب على من يريد الصيام زعمًا ممن أحدثه أنه للاحتياط في العبادة، ولا يعلم بذلك إلا آحاد الناس، وقد جَرَّهم ذلك إلى أن صاروا لا يؤذِّنون إلا بعد الغروب بدرجة لتمكين الوقت زعموا، فأخروا الفطر، وعجلوا السحور، وخالفوا السنة، فلذلك قَلَّ عنهم الخير وكثر فيهم الشر، والله المستعان.</t>
+  </si>
+  <si>
+    <t>An-Nawawii nee na: ag ñaaxe la ci gaawal ko ginnaaw ba sowug jant bi wóoree, kon maanaam mooy mbiri xeet wi du deñ di nosewu ñu nekk ci yiw fii ak ñoo sax ci di sàmmonte ak sunna sii, bu ñu ko yeexee loolu màndarga la ci ne tàbbi nañu ci yàqute.
+Topp sunna sabab la ci nit ñi di des di nekk ci lu baax, ak ne yàquteg bir yi day aju ci soppeekug sunna.
+Wuute ak ñoñ-téere ya ak waa bidaa, ndaxte ñoom dañuy yeexe dog.
+Ibn Hajar nee na: nekk na ci it leeral sababu loolu, Al-Muhallab nee na: xereñte gi nekk ci loolu mooy ñu bañ a yokk bëccëg gi, ak ne moo gën a woyof ci aji-woor ji te moo gën a dëgër ci moom ci jaamu gi, woroom xam-xam yi dëppoo nañu ne barabu loolu mooy bu sowug jant bi wóoree ci gis walla ci xibaaru ñaar ñu màndu, niki noonu it kenn ku màndu ca la gën a lëng.
+Ibn Hajar nee na: bokk na ci bidaa yu bon yi li ñu sos ci jamono jii ci indi noddug ñaareel bi njëkk fajar gi ci luy tolloo ak ñatteelu xaaju waxtu wi ci weeru koor, ak fay Làmp yi nga xam ne dañu koo def màndarga ci araamal lekk ak naan ci ku namm a woor muy ag njort ci ki ka sos ci ne day wattandiku ci jaamu gi, te loolu kenn xamu ko lu dul benn-beeni nit ñi, loolu yóbbe na leen ba mujj duñu nodd lu dul ginnaaw bu jant bi sowee ab diir ngir dëgëral waxtu wi ci li ñu foog, ba tax ñuy yeex a dog, di gaawa xëdd , ci loolu la ñu wuute ak sunna, aw yiw daal di néew ci ñoom, aw ay bari ci ñoom.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4438</t>
+  </si>
+  <si>
+    <t>كنا نخرج إذ كان فينا رسول الله صلى الله عليه وسلم زكاة الفطر، عن كل صغير وكبير، حر أو مملوك، صاعا من طعام، أو صاعا من أقط، أو صاعا من شعير، أو صاعا من تمر، أو صاعا من زبيب</t>
+  </si>
+  <si>
+    <t>Daan nanu génne  asakay muurum koor jamanoy yónente bi, ngir xale ak mag, gor ak jaam, muy Saah ci ñam, walla Saah ci soow mu ñu wayal, walla Saah ci Pepp, walla Saa, walla Saah ci tàndarma, walla Saah ci Raseen bu wow</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: كُنَّا نُخْرِجُ إِذْ كَانَ فِينَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ زَكَاةَ الْفِطْرِ، عَنْ كُلِّ صَغِيرٍ وَكَبِيرٍ، حُرٍّ أَوْ مَمْلُوكٍ، صَاعًا مِنْ طَعَامٍ، أَوْ صَاعًا مِنْ أَقِطٍ، أَوْ صَاعًا مِنْ شَعِيرٍ، أَوْ صَاعًا مِنْ تَمْرٍ، أَوْ صَاعًا مِنْ زَبِيبٍ، فَلَمْ نَزَلْ نُخْرِجُهُ حَتَّى قَدِمَ عَلَيْنَا مُعَاوِيَةُ بْنُ أَبِي سُفْيَانَ رضي الله عنه حَاجًّا، أَوْ مُعْتَمِرًا فَكَلَّمَ النَّاسَ عَلَى الْمِنْبَرِ، فَكَانَ فِيمَا كَلَّمَ بِهِ النَّاسَ أَنْ قَالَ: إِنِّي أَرَى أَنَّ مُدَّيْنِ مِنْ سَمْرَاءِ الشَّامِ، تَعْدِلُ صَاعًا مِنْ تَمْرٍ، فَأَخَذَ النَّاسُ بِذَلِكَ، قَالَ أَبُو سَعِيدٍ: فَأَمَّا أَنَا فَلَا أَزَالُ أُخْرِجُهُ كَمَا كُنْتُ أُخْرِجُهُ، أَبَدًا مَا عِشْتُ.</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Sahiid Al-Xudrii yal na ko Yàlla dollee gërëm mu wax ne: Daan nanu génne  asakay muurum koor jamanoy yónente bi, ngir xale ak mag, gor ak jaam, muy Saah ci ñam, walla Saah ci soow mu ñu wayal, walla Saah ci Pepp, walla Saa, walla Saah ci tàndarma, walla Saah ci Raseen bu wow, daanañ ko génne ba Muhaawiya ibn Abii Sufyaan yal na leen Yàlla dollee gërëm ñëw fi nun di aj, walla umra mu wax ak nit ñi ca kaw Minbar ba, mu bokk ca la mu wax ak nit ñi, mu ne leen: man de gis naa ne ñaari Mudd peppu Saam, day tolloo ak Saah ci tàndarma, nit ñi jël loolu, Abuu Sahiid nee na: man nag moom duma deñ di ko génne na ma ko daan génnee ba fàww fii ak maa ngi dund.</t>
+  </si>
+  <si>
+    <t>كَانَ المسلمون يُخْرِجون زكاةَ الفطر في عهد النبي صلى الله عليه وسلم وعهد الخلفاء الراشدين مِن بعده عن الصغير والكبير مِقدار صاعٍ من طعام. 
+وكان طعامهم الشعير و(الزبيب): العنب اليابس، و(الأقط): اللبَن المُجَفَّف والتمر.
+ومقدار الصاع أربعة أَمْداد، والمُدُّ يساوي مِلءَ كَفَّي الرجل المعتدل. 
+فلما جاء معاوية رضي الله عنه للمدينة وهو خليفة، وكَثُر القَمْح الشامي، خطب فقال: إني أرى أن مُدَّين من قمح الشام (نصف صاع)، تَعْدِل صاعًا من التمر، فأخذ الناس بذلك. 
+قال أبو سعيد الخدري رضي الله عنه: فأما أنا فلا أَزال أُخْرِجه كما كنت أُخْرِجه في عهد النبي صلى الله عليه وسلم أبدًا ما عشت.</t>
+  </si>
+  <si>
+    <t>Jullit ñi daan na ñu génne asakay muurum koor ci jamonoy Yonente bi yal na ko Yàlla dolli xéewal ak mucc ak jamonoy Xalifa yu jub ya ci ginnaawam xale ak mag luy tolloo ak Saah ci ñam. Seen ñam moo doon pepp ak (Sabiib): Raseen ju wow, ak (Aqitt): soow mu ñu woowal ak tàndarma. Tolluwaayu Saah mooy ñenti Mudd, te Mudd day tolloo k ñaari ténqi góor gu yam yu fees. Ba Muhaawiya ñëwee Madiina fekk mooy Xalifa, peppu Saam bari, dafa xutba daal di wax ne: man de gis naa ne ñaari Mudd ci peepum Saam (xaaju Saah), day tolloo ak benn Saah ci tàndarma, nit ñi jël loolu. Abuu Sahiid Al-Xudrii yal na ko Yàlla dollee gërëm nee na: bu dee man nag moom duma deñ ba fàww di ko génne kem na ma ko daan génnee ca jamonoy Yonente bi yal na ko Yàlla dolli xéewal ak mucc fii ak maa ngi dund.</t>
+  </si>
+  <si>
+    <t>بيان مقدار صدقة الفطر في زمن النبي صلى الله عليه وسلم، صاع من طعام وإن اختلف الجنس والقيمة.
+كل طعام للآدميِّين مجزئ في الفِطْرَة، وإنما خُصَّت الأصناف الأربعة بالذِّكْر؛ لأنها كانت طعام الناس في عهد النبي صلى الله عليه وسلم.
+إخراج غير الطعام من الفلوس والنقود، لا يجزئ في الفطرة.
+قال النووي على شرح مسلم: وإذا اختلفت الصحابة لم يكن قولُ بعضِهم بأولى من بعض، فنرجع إلى دليل آخر، وجدنا ظاهر الأحاديث والقياس متفقًا على اشتراط الصاع من الحِنْطة كغيرها، فوجب اعتماده.
+قال ابن حجر: وفي حديث أبي سعيد ما كان عليه من شدة الاتباع والتمسك بالآثار، وترك العدول إلى الاجتهاد مع وجود النص، وفي صنيع معاوية وموافقة الناس له دلالة على جواز الاجتهاد، وهو محمود، لكنه مع وجود النص فاسدُ الاعتبار.</t>
+  </si>
+  <si>
+    <t>Leeral tolluwaayu asakay muurum koor ci jamonoy Yonente bi yal na ko Yàlla dolli xéewal ak mucc, muy Saah ci ñam donte seenuw xeet dafa wuute ak seenug natt.
+wepp ñamu doomu Aadama doy na ci muurum koor, waaye dañoo jagleel ñenti xeet yii cig tudd; ndaxte moo nekkoon ñamu nit ñi ca jamonoy Yonente ba.
+Génne lu dul ñam niki xaalis, du doy ci muurum koor.
+An-Nawawii wax na ca Firig Muslim ga: bu Sahaaba yi wuutee ñenn ñi ci ñoom seen wax gënul a yay waxu ñeneen ñi, ñu dellu ci geneen tegtal, ñu fekk ne li feeñ ci hadiis yi te nattale ga dëppoo ak moom mooy sàrtal Saah ci pepp ak leneen, kon ñu war caa sukkandiku.
+Ibn Hajar nee na: nekk na ci Hadiisu Abii Sahiid bii tar gi mu taroon ci topp sunna ak jàpp ca, ak bàyyi di jeng jëm ci góor-góorlu te Teksi yi nekk fi, jëfu Muhaawiya bii ak li nit ñi dëppoo ak moom tektal la ci daganug góor-góorlu, te lu ñu gërëm la waaye bu Teksi amee du dagan.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4454</t>
+  </si>
+  <si>
     <t>تسحرنا مع النبي صلى الله عليه وسلم، ثم قام إلى الصلاة، قلت: كم كان بين الأذان والسحور؟ قال: قدر خمسين آية</t>
   </si>
   <si>
-    <t>Xëdd nañu ak Yonnente bi yal na ko Yàlla dolli xéewal ak mucc topp mu jug jëm ca julli ga, ma ne ko: ñaata moo dox ci diggante nodd gi ak xëdd gi? Mu ne: luy tolloo ak juróom-fukki aaya</t>
+    <t>Xëdd nañu ak Yonente bi yal na ko Yàlla dolli xéewal ak mucc mu daal di jug jëm ca julli ga, ma ne ko: ñaata moo dox ci diggante nodd gi ak xëdd gi? Mu ne: luy tolloo ak juróom-fukki aaya</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ ثَابِتٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: تَسَحَّرْنَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، ثُمَّ قَامَ إِلَى الصَّلاةِ، قُلْتُ: كَمْ كَانَ بَيْنَ الأَذَانِ وَالسَّحُورِ؟ قَالَ: قَدْرُ خَمْسِينَ آيَةً.</t>
   </si>
   <si>
-    <t>Jële nañu ci Saydu ibn Saabit yal na ko Yàlla dollee gërëm mu wax ne: Xëdd nañu ak Yonnente bi yal na ko Yàlla dolli xéewal ak mucc topp mu jug jëm ca julli ga, ma ne ko: ñaata moo dox ci diggante nodd gi ak xëdd gi? Mu ne: luy tolloo ak juróom-fukki aaya.</t>
+    <t>Jële nañu ci Saydu ibn Saabit yal na ko Yàlla dollee gërëm mu wax ne: Xëdd nañu ak Yonente bi yal na ko Yàlla dolli xéewal ak mucc mu daal di jug jëm ca julli ga, ma ne ko: ñaata moo dox ci diggante nodd gi ak xëdd gi? Mu ne: luy tolloo ak juróom-fukki aaya.</t>
   </si>
   <si>
     <t>تَسَحَّرَ بعضُ الصحابة رضي الله عنهم مع النبيِّ صلى الله عليه وسلم، ثم قام صلى الله عليه وسلم إلى صلاة الفجر.
 فقال أنس لزيد بن ثابت رضي الله عنه: كم كان مِقدار الوقت بين الأذان والانتهاء من السحور؟ 
 فقال زيد رضي الله عنه: مقدار قراءة خمسين آية متوسطة، لا طويلة ولا قصيرة، ولا قراءة سريعة ولا بطيئة.</t>
   </si>
   <si>
-    <t>Yenn Sahaaba yi yal na leen Yàlla dollee gërëm xëdd nañu ak Yonnente bi yal na ko Yàlla dolli xéewal ak mucc, topp mu jug moom Yonnente bi yal na ko Yàlla dolli xéewal ak mucc jëm ca jullig fajar ga. Anas wax Sayd ibn Saabit yal na ko Yàlla dollee gërëm ne ko: ñaata la waxtu wi toll ci diggante nodd gi ak noppi gi ci xëdd gi? Sayd yal na ko Yàlla dollee gërëm ne ko: mi ngi tollu ak jàng juróom-fukki aaya hu yemoo, déet muy yu gudd du caagine yu gàtt, déet muy njàngat mu bar du caagine mu yeex.</t>
+    <t>Yenn Sahaaba yi yal na leen Yàlla dollee gërëm xëdd nañu ak Yonnente bi yal na ko Yàlla dolli xéewal ak mucc, topp mu jog moom Yonnente bi jëm ca jullig fajar ga. Anas daldi wax Sayd ibn Saabit yal na ko Yàlla dollee gërëm ne ko: ñaata la waxtu wi toll ci diggante nodd gi ak bàyyi xëdd? Sayd yal na ko Yàlla dollee gërëm ne ko: mi ngi tollu ak jàng juróom-fukki aaya yu yam, yoo xamne guddul waaye gàttul, njàng ma it gaawul waaye yeexul.</t>
   </si>
   <si>
     <t>أفضلية تأخير السحور إلى قبيل الفجر؛ لأنه إذا أخَّر كانت منفعة البدن منه أعظم وكان نفعه له في اليوم أكثر.
 حرص الصحابة بالاجتماع بالنبي صلى الله عليه وسلم ليتعلَّموا منه.
 حسن عشرة النبي صلى الله عليه وسلم لأصحابه، حيث كان يأكل معهم.
 وقت الإمساك هو طلوع الفجر.
 قوله: "كَمْ كَانَ بَيْنَ الأَذَانِ وَالسَّحُورِ"،  المراد بين السحور والإقامة؛ لقوله في الحديث الأخر: "كم بين فراغهما من سحورهما ودخولهما في الصلاة"، والأحاديث يفسر بعضها بعضًا.
 قال المُهَلّب: فيه تقدير الأوقات بأعمال البدن، وكانت العرب تُقَدِّر الأوقات بالأعمال كقولهم: قَدْرَ حَلْبِ شاة، وقَدْر نَحْرِ جَزُور، فَعَدَلَ زيد بن ثابت رضي الله عنه عن ذلك إلى التقدير بالقراءة؛ إشارة إلى أن ذلك الوقت كان وقت العبادة بالتلاوة، ولو كانوا يُقَدِّرون بغير العمل لقال مثلًا: قَدْر دَرَجة، أو ثُلُث خُمُس ساعة.
 قال ابن أبي جمرة: كان صلى الله عليه وسلم يَنظر ما هو الأَرْفَق بأمته فيفعله؛ لأنه لو لم يَتَسَحَّر لاتّبعوه فيَشقّ على بعضهم، ولو تَسَحَّرَ في جوف الليل لشق أيضًا على بعضهم ممن يَغْلِب عليه النوم فقد يُفضي إلى ترك الصبح أو يحتاج إلى المجاهدة بالسَّهَر.</t>
   </si>
   <si>
-    <t>Ngëneelu yeex a xëdd ba laata fajar ci lu néew; ndaxte bu yexee ca la njariñj yaram wi di gën a màgge, te it ca la njriñam ci moom ci bis bi di ëppe.
-Xérug Sahaaba yi vi dajaloo ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ngir jàng ci moom.
+    <t>Ngëneelu yeex a xëdd ba fajar gi des lu néew; ndaxte bu yeexee ca la ëppee njariñ ca yaram wi di gën a am njariñ ci moom ci bis bi.
+Xérug Sahaaba yi am ci dajaloo ak yonente bi ngir ñu jànge ci moom.
 Rafetug dunddinu Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ñeel ay Sahaabaam, ba tax mu daan lekkandoo ak ñoom.
 Waxtuw jàpp mooy fenkug fajar gi.
-Waxam ji: "ñaata moo dox ci diggante nodd gi ak xëdd gi", li ñu ci namm mooy diggante xëgg gi ak liqaam gi; ndax ki mu wax ci beneen hadiis: "ñaata moo dox ci bi ngeen noppee ci xëdd gi ak bi ngeen dugge ci julli gi", te hadiis yi yenn yi dañuy firi yeneen yi.
-[...1 lines deleted...]
-Ibn Abii Jamrata nee na: Yonnente bi yal na ko Yàlla dolli xéewal ak mucc daan na xool li gën a am ñeewant ci xeetam wi mu def ko; ndaxte moom bi xëddul woon kon danañu ko ca topp te kon dana diis ci ñenn ñi, bu xëddoon ci diggu guddi gi kon it dana diis ci ñenn ñi nga xam ne nelaw moo leen di not ndax amaana mu mu yóbbe leen ñu bàyyi jullig suba gi walla muy aajowoo pasteefu ci fog.</t>
+Waxam ji: "ñaata moo dox ci diggante nodd gi ak xëdd gi", li ñu ci namm mooy diggante xëdd gi ak liqaam gi; ndax ki mu wax ci beneen hadiis: "ñaata moo dox ci bi ngeen noppee ci xëdd gi ak bi ngeen dugge ci julli gi", te hadiis yi yenn yi dañuy firi yeneen yi.
+Al-Muhallab nee na: nekk na ci it nattale waxtu yi ci jëfi yaram yi, Araab yi daan nañu nattale waxtu yi ci jëfi yaram yi niki seen wax jii: luy tolloo ak rattub gàtt, ak luy tolloo ak loj giléem, Sayd ibn Saabit yal na ko Yàlla dollee gërëm jeng jëm ci nattale ci njàng mi; ngir junj ci ne waxtu wi waxtuw jaamu la ci jàng, bu doon daan nañu nattale ci lu dul ag jëf, kon dana wax ci misaal: luy tollu daraja sàngam walla mu ne ñatteelu xaaj ci juróomeelu xaaju waxtu wi.
+Ibn Abii Jamrata nee na: Yonnente bi yal na ko Yàlla dolli xéewal ak mucc daan na xool li gën a woyof ci xeetam wi mu def ko; ndaxte moom bu xëddul woon kon danañu ko ca topp te kon dana diis ci ñenn ñi, bu xëddoon ci diggu guddi gi kon it dana diis ci ñenn ñi nga xam ne nelaw moo leen di not ndax amaana mu yóbbe leen ñu bàyyi jullig suba gi walla muy sonnu lool ngir baña nelaw.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4457</t>
+  </si>
+  <si>
+    <t>أن النبي صلى الله عليه وسلم كان يعتكف العشر الأواخر من رمضان، حتى توفاه الله، ثم اعتكف أزواجه من بعده</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc daan na Lihtikaaf ci fukki fan yi mujj ci weeru koor, ba keroog muy faatu, ay saxnaam daldi Lihtikaaf ginnaawam</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمنينَ رَضِيَ اللَّهُ عَنْهَا زَوْجِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَعْتَكِفُ العَشْرَ الأَوَاخِرَ مِنْ رَمَضَانَ، حَتَّى تَوَفَّاهُ اللَّهُ، ثُمَّ اعْتَكَفَ أَزْوَاجُهُ مِنْ بَعْدِهِ.</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Aysatu ndayu jullit yal na ko Yàlla dollee gërëm soxnas Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu ne: Yonnente bi yal na ko Yàlla dolli xéewal ak mucc daan na Lihtikaaf ci fukki fan yi mujj ci weeru koor, ba keroog muy faatu, ay saxnaam daldi Lihtikaaf ginnaawam.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَتْ أمُّ المؤمنين عائشةُ رضي الله عنها أنّ النبيَّ صلى الله عليه وسلم لازَمَ الاعتكافَ في العشر الأواخر من رمضان، طلبًا لليلة القدر، واستمر على ذلك إلى أن توفاه الله، وقد لازم الاعتكافَ أزواجُه مِن بعده رضي الله عنهن.</t>
+  </si>
+  <si>
+    <t>Ndayu jullit ñi Aysatu yal na ko Yàlla dollee gërëm day xibaare ne yonnente bi yal na ko Yàlla dolli xéewal ak mucc dafa taqoo woon ak Lihtikaaf ci fukki fan yi mujj ci weeru koor, ngir sàkku Laylatul Xadri, mu wéy ci loolu ba Yàlla faat ko, ay soxnaam yal na leen Yàlla dollee gërëm taqoo ak Lihtikaaf ci ginnaawam.</t>
+  </si>
+  <si>
+    <t>مشروعية الاعتكاف في المساجد، حتى للنساء بالضوابط الشرعية، وبشرط الأمن من الفتنة.
+يتأكد الاعتكاف في العشر الأواخر من رمضان لملازمة النبي صلى الله عليه وسلم.
+الاعتكاف سُنَّة مستمرة لم تُنسخ، إذ اعتكف أزواجه صلى الله عليه وسلم بعده.</t>
+  </si>
+  <si>
+    <t>Yoonalees na Lihtikaaf ca jàkka ya, ba ci jigéen ñi sax ci kaw nikaw niko sariiha tërëlee ak budee mucc na ñu ci fitna.
+Lihtikaaf day feddaliku ci fukkI fan yu mujj ci weeru koor ngir li Yonnente bi taqoo woon ak moom.
+Lihtikaaf sunna la suy wéy nasaxaluñu ko, ndaxte soxnay Yonnente bi yal na leen Yàlla dollee gërëm Lihtikaaf nañu ginnaawam.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4495</t>
+  </si>
+  <si>
+    <t>تسحروا، فإن في السحور بركة</t>
+  </si>
+  <si>
+    <t>xëddleen, ndaxte xëdd lu am baarke la</t>
+  </si>
+  <si>
+    <t>عن أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَسَحَّرُوا، فَإِنَّ فِي السَّحُورِ بَرَكَةً».</t>
+  </si>
+  <si>
+    <t>Jële na ñu ci Anas yal na ko Yàlla dolli xéewal ak mucc mu wax ne: Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "xëddleen, ndaxte xëdd lu am baarke la«.</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم على السَّحُور وهو الأكل آخِر الليل استعدادًا للصيام؛ لأن فيه (بركة) خيرًا كثيرًا مِن الأجر والثواب، والقيام في وقت آخر الليل للدعاء، والتَّقَوِّي على الصوم، والتَّنَشُّط له، وتخفيف مشقَّته.</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ñaaxe na ci xëdd te mooy lekk ci mujjanteelu guddi gi ngir waajal koor gi; ndaxte am na (baarke) mooy yiw wu bari ci fay akub yool, ak taxaw ci waxtu wi mujj ci guddi gi ngir ñaan, ak dëgërlu ci woor gi, ak cawarte, ak woyofal coonaam.</t>
+  </si>
+  <si>
+    <t>استحباب السَّحُورِ وامتثال الأمر الشرعي بفعله.
+قال ابن حجر في فتح الباري: البركة في السحور تحصل بجهات متعددة، وهي اتباع السنة، ومخالفة أهل الكتاب، والتقوِّي به على العبادة، والزيادة في النشاط، ومدافعة سوء الخُلُق الذي يُثيره الجوع، والتسبُّب بالصدقة على مَن يسأل إذ ذاك أو يجتمع معه على الأكل، والتسبب للذِّكْر والدعاء وقت مظنة الإجابة، وتَدَارُك نية الصوم لمن أغفلها قبل أن ينام.
+حسن تعليم النبي صلى الله عليه وسلم حيث يَقْرِن الحُكْم بالحكمة؛ لينشرح به الصدر، ويُعرف به سموُّ الشريعة.
+قال ابن حجر: يحصل السحور بأقل ما يتناوله المرء من مأكول ومشروب.</t>
+  </si>
+  <si>
+    <t>Sopp nañu xëdd ak jëfe ndigalul sariiha ci def ko.
+Ibn Hajar wax na ci Fathul Baarii: baarke ci xëdd gi day am ci ay anam yu bari, te mooy topp sunna, ak wuute ak ñoñ-téere yi, ak dëgërlu ci jaamu gi, ak dolli cawarte, ak jañ ñaaw jikkó ji nga xam ne xiif gi da koy indi, ak sabablu ci sarax kuy laaj jamono jooju, walla mu bokk ak moom lekk, ak sabablu ci sikar ak di ñaan ci waxtuw nangu ñaan ga, ak dabaatal yéeneg woor gi ñeel ku ko sàggane njëkk muy nelaw.
+Rafetug jàngàlem  Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ba tax mu lënkale àtte bi ak sabab bi; ngir dënn yi ubbeeku ci, ñu xame ci kaweg sariiha.
+Ibn Hajar nee na: xëdd dana ame ci lu gën a néew ci li nit ki di jëfandikoo ci lekk ak naan.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4498</t>
+  </si>
+  <si>
+    <t>لا تقدموا رمضان بصوم يوم ولا يومين إلا رجل كان يصوم صوما فليصمه</t>
+  </si>
+  <si>
+    <t>buleen jiitu weeru koor ci woor benn walla ñaari fan lu dul koo xam ne da daan woor ag woor kon na ko woor</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَقَدَّمُوا رَمَضَانَ بِصَوْمِ يَوْمٍ وَلَا يَوْمَيْنِ إِلَّا رَجُلٌ كَانَ يَصُومُ صَوْمًا فَلْيَصُمْهُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu wax ne: Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: «buleen jiitu weeru koor ci woor benn walla ñaari fan lu dul koo xam ne da daan woor ag woor kon na ko woor».</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يصوم المسلم قبل رمضان بيوم أو يومين على نية الاحتياط لرمضان؛ لأنّ وجوبَ صيام رمضان عُلِّق برؤية الهلال، ولا حاجة للتكلُّف، إلا أحد كان يصوم صومًا اعتاد عليه كصوم يوم وفطر يوم، أو يوم الاثنين أو الخميس فصادفه فليصمْه؛ وليس ذلك من استقبال رمضان في شيء، ويلحق بذلك ما كان صيامًا واجبًا كالقضاء والنَّذْر.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc tere na jullit bi woor njëkk weeru koor ci benn walla ñaari bis ci yéeneg wóorlu ñeel weeru koor gi; ndaxte warug woor weeru koor gi dees koo wékk ci gis weer wi, te aajowul a toggoo coona, lu dul koo xam ne da daan woor ag woor gu mu aadawoo niki woor bis dog bis, walla bisu Altine walla Alxamis, mu dëppoo ak moom kon na ko woor; loolu bokkul ci gatandu weeru koor, dees na aj ci loolu it lu nekk woor gu war niki fay ak nisër.</t>
+  </si>
+  <si>
+    <t>النهي عن التكلف، ووجوب المحافظة على العبادة كما شُرعت بدون زيادة أو نقص.
+من حكمة ذلك -والله أعلم- تمييز فرائض العبادات من نوافلها، والاستعداد لرمضان بنشاط ورغبة، وليكون الصيام شعار ذلك الشهر الفاضل المميز به.</t>
+  </si>
+  <si>
+    <t>Tere nañu taral, war na it sàmmoonte ak jaamu gi kem ni ñu ko yoonale ci lu dul yokk walla waññi.
+Bokk na ci xereñu loolu -Yàlla rekk a xam- ràññetle faratay yi aju ci ay jaamu Yàlla ci ay naafilaam, ak waajal weeru koor wi ci cawarte ak xemmeem, ak ngir woor gi nekk màndargam ci weer wu tedd wi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4508</t>
+  </si>
+  <si>
+    <t>فرض رسول الله صلى الله عليه وسلم زكاة الفطر صاعا من تمر، أو صاعا من شعير، على العبد والحر، والذكر والأنثى، والصغير والكبير من المسلمين، وأمر بها أن تؤدى قبل خروج الناس إلى الصلاة</t>
+  </si>
+  <si>
+    <t>Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc farataal na asakay muurum koor, Saah ci tàndarma,walla Saah ci pepp,ci jaam ak gor, ak góor ak jigéen, ak gone ak mag ci jullit ñi,mu digle ñu joxe ko njëkk nit ñi di génn jëm ca julli ga</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: فَرَضَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ زَكَاةَ الفِطْرِ صَاعًا مِنْ تَمْرٍ، أَوْ صَاعًا مِنْ شَعِيرٍ، عَلَى العَبْدِ وَالحُرِّ، وَالذَّكَرِ وَالأُنْثَى، وَالصَّغِيرِ وَالكَبِيرِ مِنَ المُسْلِمِينَ، وَأَمَرَ بِهَا أَنْ تُؤَدَّى قَبْلَ خُرُوجِ النَّاسِ إِلَى الصَّلاَةِ.</t>
+  </si>
+  <si>
+    <t>Jële na ñu ci Ibn Umar yal na leen Yàlla dollee gërëm mu wax ne: Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc farataal na asakay muurum koor, Saah ci tàndarma,walla Saah ci pepp,ci jaam ak gor, ak góor ak jigéen, ak gone ak mag ci jullit ñi,mu digle ñu joxe ko njëkk nit ñi di génn jëm ca julli ga.</t>
+  </si>
+  <si>
+    <t>أَوْجَبَ النبيُّ صلى الله عليه وسلم زكاةَ الفطر بعد رمضان، وهي بمِقْدار صاعٍ يَبلغ وزنه أربعة أمداد. 
+والمُدُّ: مِلْء كَفَّي الرجُل المتوسّط، مِن تمر أو شعير على كل مسلم؛ الحر والعبد، الذكر والأنثى، الصغير والكبير، وذلك لمن عنده ما يَفيض عن قوت يومه وليلته، عن نفسه وعمّن يَعولهم. 
+وأَمَرَ أن تُؤدّى قبل خروج الناس إلى صلاة العيد.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc waral na asakay muurum koor ginnaaw weeru koor, te mooy luy tolloo ak Saah muy tollook ñenti Mudd. Mudd mooy: lu fees ñaari loxoy góor gu diggudóomu, ci tàndarma walla pepp ci bépp jullit; gor ak jaam, góor ak jigéen, xale ak mag, loolu ci ku am lu des ci dundu bisam ak guddeem, ci boppam ak ki muy dundal. Mu digle ñu joxe ko laata nit ñi di génn jëm ca julli ga.</t>
+  </si>
+  <si>
+    <t>زكاة الفطر مِن رمضان يجب أن تُؤدّى عن الصغير والكبير، والحر والمملوك، ويُخاطَب بها الوليّ والسِّيِّد، ويُخْرِجُها الرَّجل عنه وعن أولاده ومَن تَجِب عليه نَفَقتُهم.
+لا تجب زكاة الفطر عن الجَنين، بل تُستحب.
+بيان ما يُخرَج في زكاة الفطر، وأنه قوت الناس المعتاد.
+وجوب إخراجها قبل صلاة العيد، والأفضل أن تكون في صباح العيد، ويجوز إخراجها قبل العيد بيوم أو يومين.</t>
+  </si>
+  <si>
+    <t>Asakay muurum koor ci weeru kooy dafa war ñu génne ko ngir xale ak mag, ak gor ak jaam, kilifa gi ak sang bi lañu ciy waxam, góor gi da koy génneel boppam ak ay doomam ak ku mu war a dundal.
+Asakay muurum koor warul ci ki ñu ëmb, waaye sopp nañu ko.
+Leeral ci yi ñuy génne ci asakay muurum koor, ci ne mooy dund gi nit ñi aadawoo.
+War nañu koo génne njëkk jullig hiid gi, la gën nag mooy mu nekk ci subag hiid gi, waaye dana dagan  ñu génne ko njëkk hiid gi ci benn walla ñaari fan.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4520</t>
+  </si>
+  <si>
+    <t>لا يحل لامرأة مسلمة تسافر مسيرة ليلة إلا ومعها رجل ذو حرمة منها</t>
+  </si>
+  <si>
+    <t>daganul ci jullit bu jigéen muy tukki lu toll ni doxug guddi lu dul dafa ànd ak góor gu ko araama takk (koc-armalam)</t>
+  </si>
+  <si>
+    <t>عن أبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ لِامْرَأَةٍ مُسْلِمَةٍ تُسَافِرُ مَسِيرَةَ لَيْلَةٍ إِلَّا وَمَعَهَا رَجُلٌ ذُو حُرْمَةٍ مِنْهَا».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu wax ne: Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: «daganul ci jullit bu jigéen muy tukki lu toll ni doxug guddi lu dul dafa ànd ak góor gu ko araama takk (koc-armalam)».</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَحْرُم على المرأة المسلمة أن تسافر مسيرة ليلة إلا أن يكون معها رجل مِن محارمِها.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc leeral na ne araam na ci jullit bu jigéen bi muy tukki luy toll ni doxug guddi lu dul mu ànd ak góor gu bokk ci koj-armalam.</t>
+  </si>
+  <si>
+    <t>قال ابن حجر: عدم جواز السفر للمرأة بلا مَحرَم، وهو إجماع في غير الحج والعمرة، والخروج مِن دار الشرك، ومنهم من جعل ذلك مِن شرائط الحج.
+كمال الشريعة الإسلامية، وحرصها على صَوْن المرأة وحمايتها.
+الإيمان بالله واليوم الآخر يَستلزم الخضوع لشرع الله، والوقوف عند حدودِه.
+مَحْرَم المرأة هو زوجها أو مَن يَحرُم عليها بالتأبيد بسبب قرابة، أو رضاع، أو مصاهرة، ويكون مسلمًا بالغًا عاقلًا ثقة مأمونًا؛ فإنَّ المقصود من المحرم حماية المرأة وصيانتها والقيام بشأنها.
+قال البيهقي عن الروايات الواردة في مُدَّة السفر الذي لا تسافر فيها المرأة إلا مع ذي مَحرم: والحاصل أنّ كل ما يُسمّى سفرًا تنهى عنه المرأة بغير زوج أو محرم سواء كان ثلاثة أيام أو يومين أو يومًا أو بَريدًا أو غير ذلك؛ لرواية ابن عباس المُطلَقة، وهي آخر روايات مسلم السابقة: {لا تسافر امرأة إلا مع ذي محرم} وهذا يتناول جميع ما يسمى سفرًا. انتهى، وهذا الحديث كان بحسب حال السائل وموطنه.</t>
+  </si>
+  <si>
+    <t>Ibn Hajar nee na: ñàkk a daganu jigéen muy tukki ci lu dul koj-armal, te loolu ag dëppoo la ba mu des ci aj ak umra, ak génn ci dëkkub bokkaale, am na ci ñoom ku boole loolu ci sàrti aj.
+Matug Sariihab lislaam, ak ug xéram ci ñoŋal jigéen ak aar ko.
+Gëm Yàlla ak bis bu mujj ba day waral toruxlu ñeel sariihab Yàlla bi, ak taxaw ci ay daytalam.
+Koj-armalu jigéen mooy jëkkëram walla ku ko araam ba fàww ngir sababu jegeñaale, walla nàmpaale, walla gorowante, ak mu nekk ab jullit nekk muskallaf nekk ku am xel nekk ku wóor nekk ku ñu wóolu; li ñu jublu ci koj-armal mooy aar jigéen ji ak ñoŋal ko ak taxawe ay mbiram.
+Al-Bayhaqii wax na ci nettali yi rot ci diirub tukki bi nga xam ne jigéen gi du ko tukki ci lu dul mu ànd ak koj-armal: li ci am mooy ne lépp lu ñuy woowe tukki dees koy tere jigéen gi ci lu dul mu ànd ak jëkkëram walla koj-armal moo xam ñatti fan walla ñaari fan walla benn fan la, walla ab diggante walla lu dul loolu; ngir nettalig Ibn Abbaas gi ñu boyal, te mooy nettalig Muslim gi weesu: {jigéen du tukki ci lu dul kojug armal} te lii day làmboo mbooleem lu ñuy woowe tukki.
+ te hadiis bi dafa nekkoon ci kem melow aji-laaj ji ak dëkkam.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4521</t>
+  </si>
+  <si>
+    <t>من نسي وهو صائم، فأكل أو شرب، فليتم صومه، فإنما أطعمه الله وسقاه</t>
+  </si>
+  <si>
+    <t>ku fàtte ne dafa woor, daal di lekk walla mu naan, na mottali wooram, ndax Yàlla moo ko leel moo ko mànnal</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَسِيَ وَهُوَ صَائِمٌ، فَأَكَلَ أَوْ شَرِبَ، فَلْيُتِمَّ صَوْمَهُ، فَإِنَّمَا أَطْعَمَهُ اللهُ وَسَقَاهُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu wax ne : Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: «ku fàtte ne dafa woor, daal di lekk walla mu naan, na mottali wooram, ndax Yàlla moo ko leel moo ko mànnal».</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَكَلَ أو شرب ناسيًا وهو في صوم فريضة أو تطوّع فلْيُتمّ صومَه ولا يُفطر؛ لأنه لم يَتَقَصَّد الفطر، وإنما هو رِزْقٌ ساقَه الله إليه وأطعمه وسَقَاه.</t>
+  </si>
+  <si>
+    <t>Yonente bi day leeral ne ku lekk walla mu naan fekk dafa fàtte ne daa woor kooru farata walla naafila na mottali wooram te bu mu dog; ndaxte jubluwul a dog, waaye moom wërsëg wu ko Yàlla wommatal jëme ko ci moom la ngir leel ko mànnal ko.</t>
+  </si>
+  <si>
+    <t>صحة صوم من أكل أو شرب ناسيًا.
+ليس على من أكل أو شرب ناسيًا إثم؛ لأنه ليس باختياره.
+لُطْفُ الله بعباده والتيسير عليهم ورَفْع المشقّة والحَرَج عنهم.
+لا يُفطِر الصائم بشيء من المفطِّرات إلا إذا توافرت ثلاثة شروط: الأول: أن يكون عالمًا، فإن كان جاهلًا لم يفطر، الثاني: أن يكون ذاكرًا، فإن كان ناسيًا، فصيامه صحيح ولا قضاء عليه،  الثالث: أن يكون مختارًا لا مُكرَهًا بأن يتناول المفطِّر باختياره.</t>
+  </si>
+  <si>
+    <t>Ki lekk mbaa mu naan te fekk daa fàtte kooram wér na.
+Ki lekk walla mu naan ta fekk daa fàtte du ci am bàkkaar; ndaxte du moo ko tànn.
+Ñeewanteg Yàlla ci jaamam ñi, ak yombal ci seen kaw, ak yëkkëti coono ak jafe-jafe ci ñoom.
+Aji-woor ji du doge ci lenn ci yiy dogloo lu dul bu ci ñatti sàrt dajee: bu njëkk bi: muy aji-xam, bu dee dafa nekk aji-réer kon du dog, ñaareel bi: mu nekk di aji-fàttaliku, bu dee aji-fàtte la, kon wooram wér na te fay waru ko, ñatteel bi: muy aji-tànn déet muy ku ñu ga, ci mu jëfandikoo luy dogloo ci  lu mu tay.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4525</t>
+  </si>
+  <si>
+    <t>شهدت العيد مع عمر بن الخطاب رضي الله عنه، فقال: هذان يومان نهى رسول الله صلى الله عليه وسلم عن صيامهما: يوم فطركم من صيامكم، واليوم الآخر تأكلون فيه من نسككم</t>
+  </si>
+  <si>
+    <t>Fekke naa feet ga ak Umar ibnul Xattaab yal na ko Yàlla dollee gërëm mu wax ne: ñaari bis yii Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc dafa tere ñu woor leen: bis bi ngeen di dog seen koor gi, ak beneen bis bi ngeen di lekk seenum Tabaski</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عُبَيْدٍ، مَوْلَى ابْنِ أَزْهَرَ، قَالَ: شَهِدْتُ العِيدَ مَعَ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ، فَقَالَ: هَذَانِ يَوْمَانِ نَهَى رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ صِيَامِهِمَا: يَوْمُ فِطْرِكُمْ مِنْ صِيَامِكُمْ، وَاليَوْمُ الآخَرُ تَأْكُلُونَ فِيهِ مِنْ نُسُكِكُمْ.</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Ubayd, jaamub Ibn Ashar, mu wax ne: Fekke naa feet ga ak Umar ibnul Xattaab yal na ko Yàlla dollee gërëm mu wax ne: ñaari bis yii Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc dafa tere ñu woor leen: bis bi ngeen di dog seen koor gi, ak beneen bis bi ngeen di lekk seenum Tabaski.</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن صيام يوم عيد الفطر وعيد الأضحى؛ فأما عيد الفطر فيوم الفطر من صيام شهر رمضان، وأما يوم عيد الأضحى فيوم الأكل من الأضاحي.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc dafa tere woor bisu feetu Korite ak feetu Tabaski; bu dee feetu Korite bisu dog la ci weeru koor gi, bu dee bisu feetu Tabaski bisu lekk tabaski yi la.</t>
+  </si>
+  <si>
+    <t>تحريم صوم يَوْمَيْ عيد الفطر والأضحى وأيام التشريق؛ لأنها تابعة ليوم الأضحى إلا مَن لم يجدِ الهديَ فيجوز له صيام أيام التشريق.
+قال ابن حجر: قيل: وفائدة وصف اليومين الإشارة إلى العلة في وجوب فطرهما، وهو الفَصْل من الصوم، وإظهار تمامه وحده بفطر ما بعده، والآخر لأجل النسك المتقرب بذبحه ليؤكل منه.
+يستحب للخطيب أن يذكر في خطبته ما يتعلق بوقته من الأحكام ويتحرى المناسبات.
+مشروعية الأكل من النُّسك.</t>
+  </si>
+  <si>
+    <t>Araamalees na woor ñaari bis yii di Korite ak Tabaski ak ñatti fan yi topp si tabaski; ndaxte day topp bisu Tabaski bi lu dul ci ki amul gàtt kon dana dagan mu woor bisi tabaski yi.
+Ibn Hajar nee na: nee nañu: njariñu melal ñaari bis yi mooy junj sababu warug dog gi, te mooy teqale woor gi, ak feeñal ag matam ci dog bis bi ci topp, beneen bi ngir jaamu gu ñuy sàkkoo jege Yàlla ci rendi ngir lekk ko.
+Sopp na ñu ci kiy xutba mu tudd ci xutbaam gi li aju ci jamonoom ci ay àtte tey dàkk xew-xew yi.
+Yoonal nañu lekk ci tabaski mi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4527</t>
+  </si>
+  <si>
+    <t>أن تلبية رسول الله صلى الله عليه وسلم: لبيك اللهم، لبيك، لبيك لا شريك لك لبيك، إن الحمد والنعمة لك والملك لا شريك لك</t>
+  </si>
+  <si>
+    <t>Ni Yonente Yàlla bi doon labbaykawoo mooy: "Labbayka Allaahuma, làbbayka, labbayka laa siriika laka labbayka, innal hamda wannihmata laka walmulka laa sariika laka</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رَضِيَ اللهُ عَنْهُمَا: أَنَّ تَلْبِيَةَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَبَّيْكَ اللهُمَّ، لَبَّيْكَ، لَبَّيْكَ لَا شَرِيكَ لَكَ لَبَّيْكَ، إِنَّ الْحَمْدَ وَالنِّعْمَةَ لَكَ وَالْمُلْكَ لَا شَرِيكَ لَكَ» قَالَ: وَكَانَ عَبْدُ اللهِ بْنُ عُمَرَ رَضِيَ اللهُ عَنْهُمَا يَزِيدُ فِيهَا: لَبَّيْكَ لَبَّيْكَ، وَسَعْدَيْكَ، وَالْخَيْرُ بِيَدَيْكَ، لَبَّيْكَ وَالرَّغْبَاءُ إِلَيْكَ وَالْعَمَلُ.</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abdullah Ibn Umar yal na leen Yàlla dollee gërëm mu wax ne: Ni Yonente Yàlla bi doon labbaykawoo mooy: "Labbayka Allaahuma, làbbayka, labbayka laa siriika laka labbayka, innal hamda wannihmata laka walmulka laa sariika laka" nee na: Abdullah ibn Umar yal na ko Yàlla dollee gërëm daan na ci dolli: labbayka labbayka wa sahdayka, walxayru kulluhu biyadayka, labbayka warraxbaa-u ilayka walhamalu.</t>
+  </si>
+  <si>
+    <t>كانت تَلْبِيَةُ النبيِّ صلى الله عليه وسلم إذا أراد الدخول في نسك الحج أو العمرة أن يقول: 
+(لبيك اللهم لبيك) إجابة لازمة لك بعد إجابة فيما دعوتَنا من الإخلاص والتوحيد والحج وغيرها، (لبيك لا شريك لك لبيك) فأنت وحدك المُستحِق للعبادة لا شريك لك في ربوبيتك وألوهيتك وأسمائك وصفاتك، (إن الحمد) والشكر والثناء (والنعمة) منك وأنت معطيها (لك) تُصْرَف على كل حال، (والملك) كذلك لك، (لا شريك لك) فكلها لك وحدك. 
+وكان ابن عمر رضي الله عنهما يزيد فيها: 
+(لبيك لبيك وسعديك) أسعدني إسعادًا بعد إسعاد، (والخير بيديك) كلُّه ومِن فضلِك، (لبيك والرغباء إليك) والطلب والمسألة إلى مَن بيده الخير، (والعمل) لك فأنت المستحق للعبادة.</t>
+  </si>
+  <si>
+    <t>Labbayka bu Yonente bi yal na ko Yàlla dolli xéewal ak mucc bu daan bëgg a dugg ci jaamug Aj gi walla Umra mooy mu wax: (wuyusi naa la yaw sama Boroom wuyusi naa la) wuyu gu sax ñeel la ci li nga nu woo ci sellal ak kennal ak Aj ak yeneen, (wuyusi naa la amóo bokkaale wuyusi naa la) yaw dong yaa yayoo jaamu gi amóo bokkaale ci sag moomeel ak jaamu gi nga moom ak say tur ak say melo, (ag cant) sant ag tagg (ak xéewal) ci yaw la jóge te yaa koy joxe (yaw la ñeel) yaa ciy soppaxndiku ci bépp anam, (ak nguur gi) naka noonu yaw la ñeel, (amóo bokkaale) lépp yaw rekk la ñeel. Ibn Umar yal na ko Yàlla dollee gërëm daan na ca dolli: (Labbayka Labbayka wa sahdayka) def ma may ku texe, (walxayru bi yadika) yiw yépp ci sa ngëneel la bawoo, (labbayka warragabaa ilayka) sàkku ak laaj ci ki xéewal yi nekk si loxoom rekk lañ koy jëme, (wal amalu) jëf yi yaw la ñeel yaw yaa yeyoo jaamu.</t>
+  </si>
+  <si>
+    <t>مشروعية التلبية في الحج والعمرة، وتأكُّدُها فيه؛ لأنها شعاره الخاص، كالتكبير شِعَار الصلاة.
+قال ابن المنير: وفي مشروعية التلبية تنبيهٌ على إكرام الله تعالى لعباده بأنَّ وفودَهم على بيته إنما كان باستدعاء منه سبحانه وتعالى.
+الأفضل ملازمة تلبية النبي صلى الله عليه وسلم، ولا بأس بالزيادة لإقرار النبي عليه الصلاة والسلام له، قال ابن حجر: وهذا أعْدل الوجوه، فيفرد ما جاء مرفوعًا، وإذا اختار قول ما جاء موقوفًا أو أنشأه هو من قِبَل نفسِه مما يليق قاله على انفراده حتى لا يَختلط بالمرفوع، وهو شبيه بحال الدعاء في التشهد، فإنه قال فيه: ثم لِيَتَخَيَّر مِن المسألة والثناء ما شاء: أي بعد أن يَفْرُغ من المرفوع.
+استحباب رفع الصوت بالتلبية، وهذا في حقِّ الرجل، أما المرأة فتَخفض صوتها خشية الفتنة.</t>
+  </si>
+  <si>
+    <t>Yoonalees na làbbaykawu ci Aj ak Umra, te ca lay feddalikoo; ndaxte mooy màndargaam bu mu jagoo, ni kàbbar nekke màndarga ci julli.
+Ibnul Munayyir nee na: nekk na ci li ñu yoonal labbaykawu ag yeete ci teralug Yàlla ñeel ay jaamam ci ne seenug dajaloo ca néegam ci ag wooteem moom Aji-Sell ji te kawe la ame.
+Li gën mooy taqoo ak labbayka bi Yonnente bi doon def, waaye dolli gi aayul  ndax li ko  Yonente bi saxal, Ibn Hajar nee na: lii mooy anam gi gën a màndu, ñuy ber li jóge ci Yonente bi, bu tànnee li jóge ci ab sahaaba walla mu fental ko boppam ci li yell na ko wax moom doŋ ba du jaxasoo ak li jóge ci Yonente bi, loolu day niróo ak ñaan ci biir taaya, ndax wax na ci loolu ne: topp mu tànn ci ñaan yi ak tagg yi lu ko soob: maanaam ginnaaw ba mu noppee ca la jóge ci Yonente bi.
+Sopp nañu yëkkëti kàddu gi ci labbayka gi, lii nag ci àqi góor la, bu dee jigéen moom day wàcce kàddoom ngir ragal fitna.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4535</t>
   </si>
   <si>
     <t>أوصاني خليلي صلى الله عليه وسلم بثلاث: صيام ثلاثة أيام من كل شهر، وركعتي الضحى، وأن أوتر قبل أن أنام</t>
   </si>
   <si>
     <t>Sama xarit ba yal na ko Yàlla dolli xéewal ak mucc dénk na ma ñatt: woor ñatti fan ci weer wu ne, ak ñaari ràkkay yoor-yoor, ak ma  julli Witar balaa may nelaw</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَوْصَانِي خَلِيلِي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِثَلاَثٍ: صِيَامِ ثَلاَثَةِ أَيَّامٍ مِنْ كُلِّ شَهْرٍ، وَرَكْعَتَيِ الضُّحَى، وَأَنْ أُوتِرَ قَبْلَ أَنْ أَنَامَ.</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu wax ne: Sama xarit ba yal na ko Yàlla dolli xéewal ak mucc dénk na ma ñatt: woor ñatti fan ci weer wu ne, ak ñaari ràkkay yoor-yoor, ak ma  julli Witar balaa may nelaw.</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو هريرةَ رضي الله عنه أنَّ حبيبَه وصاحبَه النبيَّ صلى الله عليه وسلم أوصاه وعَهِدَ إليه  بثلاث خصالٍ: 
 الأولى: صوم ثلاثة أيام من كل شهر. 
 الثانية: ركعتي الضُّحَى كل يوم. 
 الثالثة: الوِتْر قبل النوم؛ وذلك لِمَن خاف أن لا يَستيقظ آخر الليل.</t>
   </si>
   <si>
     <t>Abuu Hurayrata yal na ko Yàlla dollee gërëm day xibaare ne soppeem ba di xaritam ba Yonnente bi yal na ko Yàlla dolli xéewal ak mucc da ko a dénk ñatti mbir:
 Bi ci njëkk: woor ñatti fan ci weer wu ne.
 Ñaareel bi: julli ñaari ràkkay yoor-yoor bis bu nekk.
 Ñatteel bi: Wiitar njëkk muy nelaw, loolu nag ci ki ragal ne du yewwu ci mujjug guddi gi.</t>
   </si>
   <si>
     <t>اختلاف وصايا النبيِّ صلى الله عليه وسلم لأصحابه: مَبنيٌّ على عِلْمِه صلى الله عليه وسلم بأحوال أصحابه، وما يُناسِب كلَّ واحد منهم، فالقوي يُناسبه الجهاد، والعابد تُناسبه العبادة، والعالِم يُناسبه العِلْم، وهكذا.
 قال ابن حجر العسقلاني في قوله: صوم ثلاثة أيام من كل شهر، الذي يظهر أن المراد بها البِيْض؛ وهي: يوم الثالث عشر، والرابع عشر، والخامس عشر، من الشهر الهجري.
 قال ابن حجر العسقلاني: فيه استحباب تقديم الوتر على النوم، وذلك في حقِّ مَن لم يَثِق بالاستيقاظ.
 أهمية هذه الأعمال الثلاثة؛ لوصية النبي صلى الله عليه وسلم عَدَدًا من أصحابه بها.
 قال ابن دقيق العيد في قوله: (وركعتي الضحى): لعلّه ذَكَر الأقَلَّ الذي يوجد التأكيد بفعله، وفي هذا دلالة على استحباب صلاة الضحى، وأنَّ أقلها ركعتان.
 وقت صلاة الضحى: من بعد شروق الشمس بربع ساعة تقريبًا، ويَمتَد وقتُها إلى ما قبل الظهر بعشر دقائق تقريبًا، وعددها: أقلها ركعتان، واختُلف في أكثرها؛ فقيل: ثماني ركعات، وقيل: لا حد لأكثرها.
 وقت الوتر: من بعد صلاة العشاء إلى طلوع الفجر، وأقله ركعة، وأكثره إحدى عشرة ركعة.</t>
   </si>
   <si>
     <t>Wuute gi ay 
 dénkaaneem wuute 
 ñeel ay Sahaabaam: dafa tabaxu ci lu mu xam moom Yonnente bi yal na ko Yàlla dolli xéewal ak mucc meloy àndandoom yi, ak li méngoo ak kenn ku ne ci ñoom, ki am kàttan jihaad day méngoo ak moom, jaamukat bi jaamu day méngoo ak moom, boroom xam-xam bi xam- day méngoo ak moom, noonu lay deme.
 Ibn Hajar Al-Asxalaanii nee na ci li mu wax: woor ñatti fan ci weer wu ne, li ci feeñ mooy li mu ci namm mooy bis yu leer yi; te mooy: bisu fukkeel bi ak ñatt, ak fukkeel ak ñent, ak fukkeel ak juróom, ci weeru gàddaay gi.
 Ibn Hajar Al-Asxalaanii nee na: nekk na ci ne sopp nañu jiital Witar ci kaw nelaw, loolu nag ci àqi ku wóoluwul ne dana yeewu.
 Solos ñatti jëf yii; 
 ndax li ko Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dénk ab lim ci ay Sahaabaam.
 Ibn Daxiixil Hiid nee na li mu wax: (ñaari ràkkay yoor-yoor): amaana dafa tudd li ci gën a néew nga xam ne def gi daa feddaliku, te tegtal la ci ne sopp nañu jullig yoor-yoor, la ca gën a néew mooy ñaari ràkka.
 Waxtuw julli yoor-yoor: mooy ginnaaw fenkug jant bi ba luy toll ci ñenteelu xaaju waxtu wi, waxtoom nag dana wéy ba laata Tisbaar ci luy tollook fukki simili, ab limam nag: la ca gën a néew mooy ñaari ràkka, wuute nañu ca la ca gën a bari; nee nañu: la ca gën a bari amul ab lim.
 Waxtuw jullig Wiitar: mooy ginnaaw jullig Gee ba keroog fajar gi di fenk, la ca gën a néew mooy benn ràkka, la ca gën a bari mooy fukki ràkka ak benn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4538</t>
   </si>
   <si>
+    <t>تحروا ليلة القدر في الوتر من العشر الأواخر من رمضان</t>
+  </si>
+  <si>
+    <t>dàqleen Laylatul Xadri ci fukk yi mujj ci weeru koor</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «تَحَرَّوْا لَيْلَةَ القَدْرِ فِي الوِتْرِ مِنَ العَشْرِ الأَوَاخِرِ مِنْ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Aysatu yal na ko Yàlla dollee gërëm mu jële ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: «dàqleen Laylatul Xadri ci fukk yi mujj ci weeru koor».</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم على الاجتهاد في التماس وتَحرِّي وطلب ليلة القدر بالإكثار من العمل الصالح، وهي أرجى أن تكون في الليالي الوترية من العشر الأواخر من رمضان كل عام، وهي: الحادية والعشرون، والثالثة والعشرون، والخامسة والعشرون، والسابعة والعشرون، والتاسعة والعشرون.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc soññee na ci pasteefu ci dàkk Laylatul Xadri ci di baril ay jëf yu baax, moom nag fa gën a yaakaaru mooy mu nekk ci guddi yu wéet yi ci fukki fan yu mujj yi ci weeru koor ci at mu nekk, te mooy: ñaar-fukk ak benn, ak ñaar-fukk ak ñatt, ak ñaar-fukk ak juróom, ak ñaar-fukk ak juróom-ñaar, ak ñaar-fukk ak juróom-ñent.</t>
+  </si>
+  <si>
+    <t>فضل ليلة القَدْر والحثّ على تَحَرِّيها.
+من حكمة الله ورحمته أخفى هذه الليلة لِيَجِدَّ الناس في العبادة، طلبًا لها، فيَكثُر ثوابُهم.
+ليلة القَدْر في العشر الأواخر من رمضان، وفي الأوتار منه أرجى.
+ليلة القدر هي إحدى ليالي العشر الأواخر من رمضان، وهي الليلة التي أنزل الله عز وجل فيها القرآن على النبي صلى الله عليه وسلم، وجعل هذه الليلة خيرًا من ألف شهر في بركتها، وعظيم قدرها، وأثر العمل الصالح فيها.
+سميت (ليلة القدْر) بسكون الدال بذلك، إما من الشرف، فيُقال: فلان عظيم القدر، فتكون إضافة الليلة من باب إضافة الشيء إلى صفته، أي الليلة الشريفة، يعني أنها عظيمة القدر شرفًا وفخامة ومكانة إلى آخره، ﴿ إِنَّا أَنْزَلْنَاهُ فِي لَيْلَةٍ مُبَارَكَةٍ ﴾ [الدخان: 3]، وإما من التقدير: فتكون إضافتها إليه من إضافة الظرف إلى ما يحتويه، أي هذه الليلة التي يكون فيها تقدير ما يجري في السنة، ﴿ فِيهَا يُفْرَقُ كُلُّ أَمْرٍ حَكِيمٍ ﴾ [الدخان: 4].</t>
+  </si>
+  <si>
+    <t>Ngëneelu Laylatul Xadri ak ñaaxe ci di ko dàkk.
+Bokk na ci xereñteg Yàlla ak yërmàndeem mu nëbb guddi gii ngir nit ñi pasteefu ci jaamu gi, ngir sàkku ko, ndax seen yool bari.
+Laylatul Xadri mi ngi ci fukki guddi yi mujj ci weeru koor, te ci yu tóol yi la gën a yaakaaru.
+Laylatul Xadri benn la ci fukki guddi yi mujj ci weeru koor, te mooy guddi gi Yàlla mu màgg mi wàcce Alxuraan ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc, mu def guddi gii mu gën junni weer ci baarke, ak màggug dayoom, ak jeexiti jëf yu baax ci moom.
+Tudde nañu ko(Laylatul Xadri) ci sukoon Daal gi benn mu jóge ci teddnga, dees na wax: diw ku màgg dayo la, laafal gi ñu laafal guddi gi nekk ci buntub laafal dara ci meloom, maanaam guddi gu tedd gi, maanaam moom ku màgg dayo la ci teddnga ak ug màggaay ak ug dayo ba mu jeex, {Nun noo ko wàcce ci guddi gu baarkeel} [Ad-Duxaan: 3], benn mu jóge ci nattale: laafal gi nekk laafal jamono ca la mu làmboo, maanaam guddi gii mooy gi nga xam ne ca la nattale liy am ci at mi di nekk, {ca lañuy teqale bépp mbir mu ñu xereñe} [Ad-Duxaan: 4].</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4540</t>
+  </si>
+  <si>
+    <t>أرى رؤياكم قد تواطأت في السبع الأواخر، فمن كان متحريها فليتحرها في السبع الأواخر</t>
+  </si>
+  <si>
+    <t>gis naa ne seen gent yi dañoo dëppoo ci juróom-ñaar yu mujj yi, ku koy diir na ko diir ci juróom-ñaar yu mujj yi</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رِجَالًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُرُوا لَيْلَةَ القَدْرِ فِي المَنَامِ فِي السَّبْعِ الأَوَاخِرِ، فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرَى رُؤْيَاكُمْ قَدْ تَوَاطَأَتْ فِي السَّبْعِ الأَوَاخِرِ، فَمَنْ كَانَ مُتَحَرِّيهَا فَلْيَتَحَرَّهَا فِي السَّبْعِ الأَوَاخِرِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Ibn Umar -yal na leen Yàlla dollee gërëm- mu wax ne: Ay gaay ci Sahaabay Yonnente bi yal na ko Yàlla dolli xéewal ak mucc wan nañu leen Laylatul Xadri ci ay nelaw ci juróom-ñaari fan yi mujj, Yonente Yàlla bi daal di wax ne: "gis naa ne seen gent yi dañoo dëppoo ci juróom-ñaar yu mujj yi, ku koy diir na ko diir ci juróom-ñaar yu mujj yi".</t>
+  </si>
+  <si>
+    <t>رَأى رجالٌ من أصحاب النبيِّ صلى الله عليه وسلم في المنام أنّ ليلة القدر تكون في آخر سبع ليال من رمضان.
+فقال صلى الله عليه وسلم: أرى رؤياكم قد توافقت في السبع الأواخر من رمضان، فمن كان قاصدًا لها، حريصًا على طلبها، فليجتهد في تَحَرِّيها وطلبها بالإكثار من العمل الصالح فهي أرجى أن تكون في السبع الأواخر، وهي تبدأ من ليلة أربع وعشرين إذا كان شهر رمضان ثلاثين يومًا، وتبدأ ليلة ثلاث وعشرين إذا كان الشهر تسعة وعشرين يومًا.</t>
+  </si>
+  <si>
+    <t>Ay gaay ci Sahaabay Yonente bi yal na ko Yàlla dolli xéewal ak mucc dañoo gis ci ay nelaw ne Laylatul Xadri ci juróom-ñaari guddi yi mujj ci weeru koor lay nekk. Yonente bi daldi wax ne: gis naa seen gent yi dëppoo ci juróom-ñaar guddi yi mujj ci weeru koor, ku koy sàkku ta xér ca, na góor-góor lu ci dàkk ko ak sàkku ko ci baril ay jëf yu baax ndaxte moom ci juróom-ñaari guddi yu mujj yi la gën a yaakaaru, moom day tàmbali ci guddig ñaar-fukk ak ñent, bu dee weeru koor wi fanweeri fan la, muy tàmbali ci guddig ñaar-fukk ak ñatt bu dee weeru koor wi ñaar-fukki fan la ak juróom-ñent.</t>
+  </si>
+  <si>
+    <t>فضل ليلة القَدْر والحث على تحريها.
+من حكمة الله ورحمته أخفى هذه الليلة لِيَجِدَّ الناس في العبادة، طلبًا لها، فيَكثُر ثوابُهم.
+ليلة القَدْر في العشر الأواخر من رمضان، وفي السبع الأواخر منه أرجى.
+ليلة القدر هي إحدى ليالي العشر الأواخر من رمضان، وهي الليلة التي أنزل الله عز وجل فيها القرآن على النبي صلى الله عليه وسلم، وجعل هذه الليلة خيرًا من ألف شهر في بركتها، وعظيم قدرها، وأثر العمل الصالح فيها.
+سميت (ليلة القدْر) بسكون الدال بذلك، إما من الشرف فيُقال: فلان عظيم القدر، فتكون إضافة الليلة من باب إضافة الشيء إلى صفته، أي الليلة الشريفة، يعني أنها عظيمة القدر شرفًا وفخامة ومكانة إلى آخره، ﴿ إِنَّا أَنْزَلْنَاهُ فِي لَيْلَةٍ مُبَارَكَةٍ ﴾ [الدخان: 3]، وإما من التقدير: فتكون إضافتها إليه من إضافة الظرف إلى ما يحتويه، أي هذه الليلة التي يكون فيها تقدير ما يجري في السنة، ﴿ فِيهَا يُفْرَقُ كُلُّ أَمْرٍ حَكِيمٍ ﴾ [الدخان: 4].</t>
+  </si>
+  <si>
+    <t>Ngëneelu Laylatul Xadri ak soññee ci sàkku ko.
+Bokk na ci xereñteg Yàlla ak yërmàndeem mu nëbb guddi gii ngir nit ñi pasteefu ci jaamu gi, ngir sàkku ko, ndax seen yool bari.
+Laylatul Xadri ci fukki guddi yi mujj ci weeru koor la nekk, te ci juróom-ñaar yu mujj yi la gën a yaakaaru.
+Laylatul Xadri benn la ci fukki guddi yi mujj ci weeru koor, te mooy guddi gi Yàlla mu màgg mi wàcce Alxuraan ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc, mu def guddi gii mu gën junniy weer ci baarke, ak màggug dayoom, ak jeexiti jëf yu baax ci moom.
+Tudde nañu ko(Laylatul Xadri) ci sukoon Daal gi, benn mu jóge ci teddnga, dees na wax: diw ku màgg dayo la, laafal gi ñu laafal guddi gi nekk ci buntub laafal dara ci meloom, maanaam guddi gu tedd gi, maanaam moom ku màgg dayo la ci teddnga ak ug màggaay ak ug dayo ba mu jeex, {Nun noo ko wàcce ci guddi gu baarkeel} [Ad-Duxaan: 3], benn mu jóge ci nattale: laafal gi nekk laafal jamono ca la mu làmboo, maanaam guddi gii mooy gi nga xam ne ca ka nattale liy am ci at mi di nekk, {ca lañuy teqale bépp mbir mu ñu xereñe} [Ad-Duxaan: 4].</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4545</t>
+  </si>
+  <si>
     <t>إذا رأيتموه فصوموا، وإذا رأيتموه فأفطروا، فإن غم عليكم فاقدروا له</t>
   </si>
   <si>
     <t>bu ngeen ko gisee woorleen, bu ngeen ko gisee worileen, bu muuroo ci yeen nangeen ko nattale</t>
   </si>
   <si>
     <t>عَنْ ابْنَ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَيْتُمُوهُ فَصُومُوا، وَإِذَا رَأَيْتُمُوهُ فَأَفْطِرُوا، فَإِنْ غُمَّ عَلَيْكُمْ فَاقْدُرُوا لَهُ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abdullah Ibn Umar yal na leen Yàlla dollee gërëm mu wax ne: dégg naa Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: «bu ngeen ko gisee woorleen, bu ngeen ko gisee worileen, bu muuroo ci yeen nangeen ko nattale».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم علامةَ دخول شهر رمضان وخروجه، فقال: إذا رأيتم هلال رمضان فصوموا، فإنْ حَالَ بينكم وبينه غَيْمٌ وسُتِرَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر شعبان، وإذا رأيتم هلال شوال فأفطروا، فإنْ حال بينكم وبينه غَيْمٌ وسُترَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر رمضان.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day leeral ne 
 màndargam duggug weeru koor ak génnam,
 mu wax ne: bu ngeen gisee weeru koor wi woorleen, bu aw niir doxee seen diggante ak moom mu muuru ci yéen; nangeen lim fanweeri fan ñeel weeru Baraxlu wi, bu ngeen gisee weeru Kori gi worileen, bu aw niir doxee seen diggante ak moom mu muuru ci yéen; nangeen lim fanweeri fan ñeel weeru Koor gi.</t>
   </si>
   <si>
     <t>الاعتماد على الرؤية لا على الحساب في إثبات دخول الشهر.
 نقل ابن المنذر الإجماع على أنه لا يجب الصيام إذا كان دخول شهر رمضان بالحساب فقط دون الرؤية.
 وجوب إكمال شعبان ثلاثين يومًا إذا حال دون رؤية هلال رمضان غَيْمٌ أو نحوه .
 الشهرُ القَمَريُّ لا يكون إلا تسعةً وعشرون يومًا، أو ثلاثين يومًا.
 وجوب إكمال رمضان ثلاثين يومًا إذا حال غيم أو نحوه دون هلال شوال.
@@ -7089,50 +8386,126 @@
   <si>
     <t>Jële nañu ci Jaabir ibn Abdul Laahi yal na leen Yàlla dollee gërëm mu wax ne dégg na Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc ca bisub Ubbiteg Màkka ga muy wax naan: "Yàlla ak ub yonnenteem araamal na ñu jaay sàngara, ak médd, ak mbaam xuux, ak ay xërëm", ñu ne ko yaw Yonnente Yàlla bi, luy mbiri gereesu médd? Dañu ciy diw gaal yi, di ci diw der yi, nit ñi di ci leerale? Mu ne: "déedéet, dafa araam", Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc daal di wax ne: "yal na Yàlla ray Yahuud yi, ba Yàlla araamalee ci ñoom gerees ga dañu ko a seeyal, jaay ko, lekk njëg ga".</t>
   </si>
   <si>
     <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
   </si>
   <si>
     <t>Jaabir ibn Abdul Laahi yal na leen Yàlla dollee gërëm dafa dégg Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu nekk Màkka ca atum ubbite ga, muy wax naan: Yàlla ak ub yonnenteem araamal na ñu jaay sàngara ak médd ak mbaam xuux ak ay xërëm, ñu ne ko: yaw Yonnente Yàlla bi, ndax dagan na nu jaay gereesu médd? Ndaxte dañu ciy diw gaal yi, di ci diw der yi, nit ñi di ci taal seen i Làmp, mu ne leen: déedéet, jaay ko dafa araam, topp Yonnente bi yal na ko Yàlla dolli xéewal ak mucc daal di wax ne: yal na Yàlla alag Yahuud yi, rëbb leen; ba Yàlla araamalee ci ñoom gereesi bayima yi, dañu ko a seeyal, daal di jaay diw ga, lekk njëg ga.</t>
   </si>
   <si>
     <t>قال النووي: الميتة والخمر والخنزير: أجمع المسلمون على تحريم بيع كلِّ واحدٍ منها.
 قال القاضي: تَضَمَّنَ هذا الحديث أن ما لا يَحِلُّ أكلُه والانتفاع به لا يجوز بيعه، ولا يحل أكل ثمنه، كما في الشحوم المذكورة في الحديث.
 قال ابن حجر: وسياقُه مُشْعِرٌ بِقُوَّة ما أوّله الأكثر أن المراد بقوله: "هو حرام" البيع لا الانتفاع.
 كلُّ حِيْلةٍ يُتَوَصَّل بها إلى تحليل مُحَرَّمٍ فهي باطلة.
 قال النووي: قال العلماء: وفي عموم تحريم بيع الميتة أنه يحرم بيع جُثَّة الكافر إذا قتلناه وطَلَبَ الكفّارُ شراءَه، أو دَفْع عِوَضٍ عنه، وقد جاء في الحديث: أنّ نوفل بن عبد الله المخزومي قتله المسلمون يوم الخندق، فبذل الكفار في جسده عشرة آلاف درهم للنبي صلى الله عليه وسلم فلم يأخذْها، ودَفَعَه إليهم.</t>
   </si>
   <si>
     <t>An-Nawawii nee na: médd ak sàngara ak mbaam xuux: jullit ñi dëppoo nañu ne dañoo araam a jaay.
 Al-Xaadii nee na: hadiis bi dafa làmboo ci ne lu daganul a lekk ak jariñoo ci jaay ko du dagan, lekk njëgam it du dagan, kem gerees gi ñu tudd ci hadiis bi.
 Ibn Hajar nee na: waxiin day wane dëgërug li ko ñu bari firee ci ne li ñu jublu ci ne: "dafa araam" jaay gi la waaye du jariñoo gi.
 mépp pexe mu ñuy jaar ngir daganal lu araam ag neen la.
 An-Nawawii nee: woroom xam-xam yi nee nañu: nekk na ci mataleg araamalu jaay médd ne dees na araamal jaay néewub yéefar bu ñu ko rayee yéefar yi bëgg ko a jënd, walla joxe kuutlaayam, ñëw na ci hadiis ne: Nawfal ibn Abdul Laahi Al-Maxsuumii jullit ñi dañu ko a ray ca bisub Xandaq ba, yéefar yi jox Yonnente bi yal na ko Yàlla dolli xéewal ak mucc fukki junni dërëm ci yaramam te jëllu ko, mu daal di leen koy jox.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4556</t>
+  </si>
+  <si>
+    <t>أوليس قد جعل الله لكم ما تصدقون؟ إن بكل تسبيحة صدقة، وكل تكبيرة صدقة، وكل تحميدة صدقة، وكل تهليلة صدقة، وأمر بالمعروف صدقة، ونهي عن منكر صدقة، وفي بضع أحدكم صدقة</t>
+  </si>
+  <si>
+    <t>mo ndax Yàlla defalu leen lu ngeen di saraxee? Bépp sàbbaal ab sarax la, bépp sant ab sarax la, bépp tudd Yàlla it sarax la, digle lu baax sarax la, tere li bon sarax la, sëyug kenn ci yéen itam sarax la</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رضي الله عنه: أَنَّ نَاسًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالُوا لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: يَا رَسُولَ اللهِ، ذَهَبَ أَهْلُ الدُّثُورِ بِالْأُجُورِ، يُصَلُّونَ كَمَا نُصَلِّي، وَيَصُومُونَ كَمَا نَصُومُ، وَيَتَصَدَّقُونَ بِفُضُولِ أَمْوَالِهِمْ، قَالَ: «أَوَلَيْسَ قَدْ جَعَلَ اللهُ لَكُمْ مَا تَصَّدَّقُونَ؟ إِنَّ بِكُلِّ تَسْبِيحَةٍ صَدَقَةً، وَكُلِّ تَكْبِيرَةٍ صَدَقَةً، وَكُلِّ تَحْمِيدَةٍ صَدَقَةً، وَكُلِّ تَهْلِيلَةٍ صَدَقَةً، وَأَمْرٌ بِالْمَعْرُوفِ صَدَقَةٌ، وَنَهْيٌ عَنْ مُنْكَرٍ صَدَقَةٌ، وَفِي بُضْعِ أَحَدِكُمْ صَدَقَةٌ»، قَالُوا: يَا رَسُولَ اللهِ، أَيَأتِي أَحَدُنَا شَهْوَتَهُ وَيَكُونُ لَهُ فِيهَا أَجْرٌ؟ قَالَ: «أَرَأَيْتُمْ لَوْ وَضَعَهَا فِي حَرَامٍ أَكَانَ عَلَيْهِ فِيهَا وِزْرٌ؟ فَكَذَلِكَ إِذَا وَضَعَهَا فِي الْحَلَالِ كَانَ لَهُ أَجْرٌ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Sarrin -yal na ko Yàlla dollee gërëm- mu wax ne: Ay nit ci Sahaabay Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dañoo wax Yonnente bi ne ko: yaw Yonnente Yàlla bi, way-woomal yi yóbb nañu yool yi, dañuy julli kem ni nuy jullee, di woor kem ni nuy woore, ñuy saraxe ca seen disiiti alal, mu dal di wax ne: "mo ndax Yàlla defalu leen lu ngeen di saraxee? Bépp sàbbaal ab sarax la, bépp sant ab sarax la, bépp tudd Yàlla it sarax la, digle lu baax sarax la, tere li bon sarax la, sëyug kenn ci yéen itam sarax la", ñu ne ko yaw Yonnente Yàlla bi, ndax kenn ci nun day def bànneexam ba noppi di ci am sarax? Mu ne: "xanaa du bu ko defoon ci lu araam  da ciy am bàkkaar? Niki noonu it bu ko defee ci lu dagan da ciy am yool".</t>
+  </si>
+  <si>
+    <t>اشْتَكَى بعضُ فقراء الصحابة حالَهم وفقرَهم للنبيِّ صلى الله عليه وسلم وعَدَم تَصَدُّقِهم بالأموال لِيَحصلوا على الأجور الكثيرة كما حصل عليها إخوانُهم أصحاب المال الكثير وليفعلوا الخير مثلهم؛ حيث إنهم يُصلُّون كما نصلِّي، ويصومون كما نصوم، ويتصدقون بفضول أموالهم ولا نتصدق! 
+فَدَلَّهم النبيُ صلى الله عليه وسلم على ما يقدرون عليه من الصدقات،‏ فقال صلى الله عليه وسلم: 
+أَوَلَيس قد جعل الله لكم ما تَصدّقون به على أنفسكم؟! فإنّ قولَكم: (سبحان الله) يكون لكم أجر صدقة، وكذا قول: (الله أكبر) صدقة، وقول: (الحمد لله) صدقة، وقول: (لا إله إلا الله) صدقة، و(الأمر بالمعروف) صدقة، و(النهي عن المنكر) صدقة، بل ‏وفي جماع أحدكم لزوجته صدقة.
+فتعجَّبوا، وقالوا: يا رسول الله، أيأتي أحدُنا شهوتَه ويكونُ له فيها أجر؟! 
+قال: أرأيتم لو وَضعها في حرامٍ مِن زنى أو غيره أكان عليه فيها إثم؟ فكذلك إذا وضعها في الحلال كان له أجر.</t>
+  </si>
+  <si>
+    <t>Yenn Sahaaba yi ñàkk dañoo jàmbat Yonnente bi yal na ko Yàlla dolli xéewal ak mucc seenuw melo ak seenug ñàkk ak li ñu manut a saraxe alal ngir am yool yu bari kem ni ko seen mbokk yi am alal ju bari di ame ngir ñu def ay yiw mel ni ñoom; ndax ñoom dañuy julli kem ni nuy jullee, di woor kem ni nuy woore, ñoom ñuy saraxe ci li des ci seen alal te nun dunu saraxe! Yonnente bi yal na ko Yàlla dolli xéewal ak mucc tegtal leen li ñu man ci saraxe, Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ne leen: Ndax Yàlla defalu leen lu ngeen saraxe ci seen boop?! Li ngern di wax (Subhaanal Laah) dangeen ciy am yoolu sarax, niki noonu wax: (Allaahu Akbar) sarax la, ak wax: (Alhamdu lil-Laah) sarax la, ak wax: (laa-i-Laaha illal-Laahu) sarax la, ak (digle lu baax ( sarax la, ak (tere lu bon) sarax la, ba ci sax nit ki sëy ak jabaram sarax la. Ñu yéemu, daal di ne ko: yaw Yonnente Yàlla bi, ndax kenn ci nun day dikke bànneexam ba noppi daal di ciy am yool?! Mu ne leen: ndax gisoo leen ne bu ko defoon ci lu araam ci njaalo mbaa leneen ndax dana ci am bàkkaar? Niki noonu it bu ko defee ci lu dagan da ciy am yool.</t>
+  </si>
+  <si>
+    <t>تنافُس الصحابة على فعل الخيرات، وحرصهم في نيل عظيم الأجر والفضل من عند الله تعالى.
+كثرة وجوه أعمال الخير، وأنها تشمل كلَّ عمل يقوم به المسلم بنية صالحة وقَصْد حَسَن.
+يسر الإسلام وسهولته، فكل مسلم يجد ما يَعمله ليطيع الله به.
+قال النووي: وفي هذا دليل على أنَّ المباحات تصير طاعات بالنيات الصادقات، فالجماع يكون عبادة إذا نَوَى به قضاء حقّ الزوجة ومعاشرتها بالمعروف الذي أمر الله تعالى به، أو طلب ولد صالح، أو إعفاف نفسه أو إعفاف الزوجة ومنعهما جميعًا من النظر إلى حرام، أو الفكر فيه، أو الهم به، أو غير ذلك من المقاصد الصالحة.
+ضرب المثل والقياس؛ ليكون أوضح وأوقع في نفس السامع.</t>
+  </si>
+  <si>
+    <t>Rawanteg Sahaaba yi ci yiw yi, ak seenug xér ci am yool yu màgg ya ak ngëneel yi nekk ci Yàlla.
+Bariwaayu anami jëfi yiw yi, ak ne day làmboo mbooleem jëf ju jullit bi di def ànd ca ak yéene ju baax ak jubluwaay bu rafet.
+Yombug lislaam ak jàppandeem, jullit bu nekk dana am li mu jëf ngir topp ca Yàlla.
+An-Nawawii nee na: lii dafay tegtal ci ne yu dagan yi dana mujj nekk ag jaamu Yàlla ci yéene yu baax, sëy dana nekk ag jaamu  Yàlla bu ci yéenee jox soxna si àqam ak dund ak moom ci njekk gi yàlla digle, walla sàkku doom ju baax, walla ñoŋal boppam walla jabaram ak tere leen a xool lu araam walla di ci xalaat, walla di ko yittewoo, walla leneen lu dul loolu ci ay jubluwaay yu sell.
+Sadd ay misaal ak i nattale; ngir mu gën a leer ci xelu aji-dégg ji.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4558</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>bokk na ci li fi nit ñi fekk ci waxi Yonnente ya jiitu: boo amul looy
+ rus defal lu la neex</t>
+  </si>
+  <si>
+    <t>عَنْ أَبي مَسْعُودٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Ibn Mashuud yal na ko Yàlla dolli xéewal ak mucc mu wax ne: Yonnente bi yal na ko Yàlla dolli xéewal ak mucc neena: «bokk na ci li fi nit ñi fekk ci waxi Yonnente ya jiitu: boo amul looy
+ rus defal lu la neex».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xibaare ne bokk na ci ndénkaane yi ñëw jóge ca Yonnente yu njëkk ya, nit ñi di ko jokkalante ci seen diggante di ko donnante ci ñoom ay xarnu ba mu egg ci ñi jiitu ci xeet wii, xoolal li nga bëgg a def, bu dee dafa bokk ci li ñu dul am kersa kon def ko, waaye bu bokkee ci yi ñuy am kersa kon bàyyi ko; ndax teree def ñaawteef yi mooy kersa, ku amul kersa, day nuur ci ñaawteef yi ak yu bon yi.</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>Kersa mooy cosaanu jikkó yu tedd yi.
+Kersa melo la wu bokk ci meloy Yonnente yi yal na leen Yàlla dolli jàmm, te mooy li ñu jële ci ñoom.
+Kersa mooy def jullit bi muy def luy 
+taaral di rafetal, di bàyyi luy tilimal di ñaawal.
+An-Nawawii nee na: ndigal lii ngir 
+daganal la, maanaam: boo nammee def dara te bookay def doo am kersa ci Yàlla dooka am ci nit ñi tamit kon mangaa def, bu dul loolu bul ko def, ci loolu la lislaam tënku, te leeral gi ci loolu mooy ne yi ñu digle mu war ak ñu sopp ko dees na am kersa ci bàyyi ko, yi ñu tere ak yi ñu sib dees na am kersa ci def ko, bu dee li ñu daganal nag moom, hadiis bi da ciy matale àttey juróom yi, nee nañu it: ndigalul xuppaate la, maanaam mooy: bu ñu roccee kersa ci yaw defal lu la soob; Yàlla dana la ko fay, nee nañu itam: digal la gu am maanaam xibaar, maanaam: ku dul am kersa day def lu ko soob.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4559</t>
   </si>
   <si>
     <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>jëf yi mi ngi aju ca yéene ya, te nit ku nekk la mu yéene
  rekk lay am</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>Jële nañu ci Umar ibn Xattaab -yal na ko Yàlla dollee gërëm - mu wax ne, Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «jëf yi mi ngi aju ci yéene ja, te nit ku nekk la mu yéene rekk lay am, képp ku gàddaay ngir Yàlla ak ub Yónenteem, koo ku gàddaayam dina jëm ci Yàlla ak Yónenteem, waaye képp ku gàddaay ngir àdduna jum soxlaa jot, walla jigéen ju mu bëgg a takk; kon gàddaayam jëm na ca la ko tax a gàddaay" ci beneen nettali ci Al-Buxaarii: "jëf yi mi ngi aju ca yéene ya, te nit ku nekk la mu yéene
  rekk lay am».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Yónente bi day leeral ne jëf yépp ci yéene ja la aju, te àtte bii daa matale jëf yépp moo xam jaamu yi la mbaa jëflante yi, koo xam ne jëfam njariñ la ci jublu du ca am lu dul njariñ loola waaye du ci am tiyaaba, ko xam ne jëfam jege Yàlla la ci jublu dana am ca jëfam ja ab yool ak ug pay, donte jëf i aada la, niki lekk ak naan.
 Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- joxe waat meneen misaal ci ni yéene di jeexitale ci jëf yi ànd ak seenug niróo ci melo wi feeñ, mu leeral ne ku jublu ci gàddaay bàyyi réewam ngir jublu ci ngërëmal Boroomam kon gàddaayam ga gàddaayu sariiha la gu ñu nangu te dees na ko fay ab yool ngir yéeneem ju dëggu, waaye ku jublu cig gàddaayam njariñal àdduna, alal, ak daraja ak am njaay, walla soxna du am ca gàddaayam ga lu dul njariñ yooya mu yéene woon, te du am benn cér cig pay mbaa ab yool.</t>
   </si>
   <si>
@@ -7182,50 +8555,89 @@
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>Rafetug jikkoy Yónente bi -yal na ko Yàlla dolli xéewal ak mucc-, ci ne danaan toog ak Àndandoom yi ñoom it ñuy toog ak moom.
 Yoonalug ñeewante ci aji-laaj ji ak jegeel ko, ngir mu man a laaj ci lu dul rus walla ragal.
 Am teggin ci kiy jàngale niki ni ko Jibriil -yal na ko Yàlla dolli jàmm- defe, ndax dafa toog ci kanamu Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- toogiinu ku yaru ngir jël ci moom xam-xam.
 Ponki Lislaam juróom la, waaye ponki ngëm juróom-benn la.
 Bu Lislaam ak Imaan daje dañuy firee Lislaam mbir yu feeñ yi, firee imaan bir yu nëbbu yi.
 Leeral ne diine ay daraja yu wuute la, daraja ji ci njëkk mooy: jébbalul Yàlla (Lislaam), bu ñaareel bi: gëm (Imaan), ñatteel bi: rafetal (Ihsaan), te moo ci gën a kawe.
 Cosaan ci aji-laaj ji mooy mu ñàkk a xam, kon réer mooy waral laaj, looloo tax Sahaba yi yéemu ci laajam yi ànd ak di ko dëggal.
 Tàmbalee ca la gën a am njariñ teg ca ba ca tege; ndax dafa tàmblee ci yaari baati seede yi ci bi muy leeral Lislaam, mu tàmbalee ci gëm Yàlla bi muy firi ngëm.
 Aji-laaj ji dana laaj boroom xam-xam yi lu mu réerewul, ngir xamal ñeneen.
 Xam-xamub bis-pénc ci li Yàlla jagoo la bokk.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4563</t>
   </si>
   <si>
+    <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
+  </si>
+  <si>
+    <t>bàyyil li la leerul te jëm ca la la leer, ndaxte dëgg ag dal la, fen nag ag jax-jaxi la</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Al-Hawraa As-Sahdii mu wax ne: wax naa Al-Hasan ibn Aliyun yal na leen Yàlla dollee gërëm ne ko: lan nga mokkal ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc? Mu ne ma: mokkale naa ci Yonnente Yàlla bi: «bàyyil li la leerul te jëm ca la la leer, ndaxte dëgg ag dal la, fen nag ag jax-jaxi la".</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc digle na ñu bàyyi li ñuy sikk-sàkka ci ay wax ak i jëf ci ne dañu ko a tere walla déet, ndax dafa araam walla dafa dagan, jëm ci li ñu sikk-sàkkawul ag rafetam ak ug daganam wóor, ndaxte xol daciy dal, lu am sikk-sàkka nag day jàqal xol te du ci dale.</t>
+  </si>
+  <si>
+    <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
+النهي عن الوقوع في الشبهات.
+إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
+رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
+  </si>
+  <si>
+    <t>War na ci jullit bi mu tabax ay mbiram ci li co leer te bàyyi li ñuy sikk-sàkka, te mu nekk ku am luko leer ci diineem.
+Tere nañu tàbbi ci yu lënt yi.
+Boo bëggee ag dal ak nooflaay nanga bàyyi li ñuy sikk-sàkka sànni ko sa ginnaaw.
+Yërmàndey Yàlla ci jaamam ñi ndax da leen a digal li nooflaayu bakkan ak xel nekk, mu tere leen li njàqare ak ngëlëmte nekk.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4564</t>
+  </si>
+  <si>
     <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
   </si>
   <si>
     <t>jullig góor gi ca mbooloo ma moo ëpp julleem ci këram  ak ca ja ba luy tolloo ak ñaar-fukki daraja ak lu topp</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Hurayrata-yal na ko Yàlla dollee gërëm-mu wax ne :Yonnente Yàlla bi-yal na ko Yàlla dolli xéewal ak mucc- nee na: «jullig góor gi ca mbooloo ma moo ëpp julleem ci këram  ak ca ja ba luy tolloo ak ñaar-fukki daraja ak lu topp, loolu nag ndax bu kenn ci ñoom jàppee rafetal njàppu ma, daal di dem ca jàkka ja te dara yëkkatiwu ko lu dul julli, du jéego benn jéego lu dul ne dees na ko ci yëkkatil daraja, sippil ko ci njuumte, ba ba muy dugg ca jàkka ja, bu duggee ca jàkka ja ci julli la nekk fii ak julli moo ko téye, te malaaka yi dañuy julli ci kenn ci yéen fii ak moo ngi ca bérab ba mu doon jullee, dañuy wax naan: Yàlla yërëm ko, Yàlla jéggal ko, Yàlla nangul tuubam, fii ak lotul kenn, te tojlewul».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day xibaare ne bu jullit jullee ci mbooloo, julleem googu moo gën julleem gi ci biir këram, walla ci biir maarseem lu toll ni ñaar-fukki yoon ak lu teg. Topp mu tudd sababu loolu: te mooy bu nit ki jàppee matal am njàppam rafetal ko, topp mu génn jëm ca jàkka ja te dara génnewu ko lu dul bëgg a julli, kon du jéego benn jéego lu dul ne dees na ko ci yëkkatil martaba ak wàccuwaay, faral ko ci njuumte, Bu duggee ca jàkka ja daal di toog di xaar julli, kon dana am payug julli ak yoolam fii ak moo ngi xaar julli, te malaaka yi dañu koy ñaanal fii ak moo ngi toog fa mu doon jullee, ñuy wax naa: "Yàlla jéggal ko, Yàlla yërëm ko, Yàlla nangul tuubam" fii ak yàqul njàppam, walla mu def luy lor nit ñi walla malaaka yi.</t>
   </si>
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
 صلاة الجماعة في المسجد أفضل من صلاة الإنسان منفردًا بخمس أو ست أو سبع وعشرين درجة.
 من وظائف الملائكة الدعاء للمؤمنين.
 فضل الذهاب للمسجد متوضئًا.</t>
@@ -7264,50 +8676,155 @@
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral ne saraxu coobarewu ngir Yàlla mu kawe mi war na ci bépp mukallaf ci bis bu ne ci limub fi ay yaxam dajee ci anamug sant ko ci jàmm ji, ak li mu def ay yaxam mu man koo bank man koo tàllal, Te sarax boobu day ame ci jëf yu baax yépp waaye yemul ci joxe alal, te bokk na ca: Sag màndu ak sag yéwénal ci diggante ñaari way-xuloo yi sarax la, Ak nga dimbali ki néew doole ci daabaam nga yéegal ko ca, walla nga yëkkatil ko ay jumtukaayam sarax la, Ak wax ju teey ci tudd Yàlla ak ñaan ak nuyóo ak yeneen sarax la, Ak bépp jéego boo dox jëm ca julli ga sarax la, Ak dindi luy lore ci yoon wi sarax la.</t>
   </si>
   <si>
     <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
 الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
 الترغيب في المداومة على النوافل والصدقات كل يوم.
 فضل الإصلاح بين الناس.
 الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
 الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
 وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
   </si>
   <si>
     <t>Ni ñu toggale yaxi doomu Aadama ak ni mu mucce ayib bokk na ci xéewali Yàlla yi gën a màgg ci moom, ba tax bépp yax aajowoo saraxe ñeel ko ngir cantug xéewal gi mat.
 Xemmemloo ci yeesal cant gi ci bis bu ne ngir li xéewal googu sax.
 Xemmemloo ci sax ci naafila yi ak saraxe yi bis bu nekk.
 Ngëneelu yéwénal ci diggante nit ñi.
 Ñaaxe ci nit ki di dimbali mbokkam; ndax dimbali gi mu koy dimbali sarax la.
 Soñee ci teewe mbooloo ya ak dox jëm ca, ak dundal jàkka ya ci loolu.
 Warug wormaal yooni jullit ñi ci moytu lu leen di lor mbaa mu leen di gaañ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4568</t>
   </si>
   <si>
+    <t>كن في الدنيا كأنك غريب أو عابر سبيل</t>
+  </si>
+  <si>
+    <t>nekkal ci àdduna mel ni ku tumurànke walla kuy jaar ciw yoon</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِمَنْكِبِي، فَقَالَ: «كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ»، وَكَانَ ابْنُ عُمَرَ، يَقُولُ: إِذَا أَمْسَيْتَ فَلاَ تَنْتَظِرِ الصَّبَاحَ، وَإِذَا أَصْبَحْتَ فَلاَ تَنْتَظِرِ المَسَاءَ، وَخُذْ مِنْ صِحَّتِكَ لِمَرَضِكَ، وَمِنْ حَيَاتِكَ لِمَوْتِكَ.</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abdullah ibn Umar yal na leen Yàlla dollee gërëm mu wax ne: Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dafa jàpp ci sama mbagg daal di ne ma: «nekkal ci àdduna mel ni ku tumurànke walla kuy jaar ciw yoon", ibn Umar, daan na wax naan: boo gontee bul xaar suba, boo xëyee bul xaar ngoon, nanga jël ci sag wée ñeel sag tawat, ak ci sag dund ñeel sag dee.</t>
+  </si>
+  <si>
+    <t>ذَكَرَ ابنُ عُمر رضي الله عنهما بأن النبي صلى الله عليه وسلم أخذ بمنكبه -وهو مَجْمَع العَضُد والكَتِف- وقال له: كن في الدنيا كأنك غريب، قَدِمَ بلدًا لا مَسْكن لَهُ فيه يؤويه، ولا ساكن يسليه، خالٍ عن الأهل والعيال والعلائق، التي هي سبب الاشتغال عن الخالق، بل كن أشدَّ من الغريب وهو عابر السبيل المار على الطريق طالبًا وطنه؛ لأن الغريب قد يسكن في بلاد الغُرْبة ويُقيم فيها، بخلاف عابر السبيل القاصد للبلد، فإن من شأنه التخفف وعدم التوقف، والحرص على وصول بلده، فكما أن المسافر لا يحتاج إلى أكثر مما يبلغه إلى غاية سفره، فكذلك لا يحتاج المؤمن في الدنيا إلى أكثر مما يبلغه المَحل. 
+فعمل ابن عمر بهذه النصيحة وكان يقول: إذا أصبحتَ فلا تنتظر المساء، وإذا أمسيتَ فلا تنتظر الصباح، وعُدَّ نفسك في أهل القبور، ولأن العمرَ لا يخلو عن صحة ومرض؛ 
+فبادر أيام صحتك بالطاعة لمرضك؛ واغتنم الأعمال الصالحة في الصحة قبل أن يحول بينك وبينها المرض، واغتنم حياتك في الدنيا، فاجمع فيها ما ينفعك بعد موتك.</t>
+  </si>
+  <si>
+    <t>Ibn Umar yal na leen Yàlla dollee gërëm dafa wax ne Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dafa téye ci mbaggam -te mooy li boole doole ji ak yaxu mbagg mi- mu ne ko: nekkal ci àdduna mel ni doxondeem bu ñëw ci ab dëkk bu mu amul dëkkuwaay bu ko yiir, walla aji-dëkk ju koy dalal, mu wéet wolif njabootam ak i mbokkam ak i xameem, yi nga xam nooy waral soxlawoo wolif Aji-Bind ji, waaye nanga  gën a tar doxandeem bi ci jamono ya muy jéggi di romb ca yoon wa ngir wuti réewam; ndax doxandeem bi amaana mu dëkk ca réewum tumurànke ma daa di fay sax, mu wuute ak kiy jéggi yoon wi jublu dëkkam, ndax bokk na ci ay mbiram woyofal ak ñàkk a taxaw, ak xér ci egg ca dëkkam, kem ni nga xamee ne aji-tukki ji soxlawul lu ëpp lu koy eggale fa mu jublu a tukki, niki noonu it aji-gëm ji du aajowoo ci àdduna lu ëpp lu koy eggale ca barab ba.
+Ibn Umar jëfe ndénkaane lii, daan wax naan: boo xëyee bul xaar ngoon, boo gontee bul xaar suba, te nga limaale sa boppu 
+ci ñi faatu ñi ak ne dund gi du ñaak wér ak feebar. Gaawantul ci sa bisi yi nga am wér ci topp Yàlla ngir sag feebar; nga gaawantu ci jëf yu baax ci jamanoy wér balaa feebar di dox sa diggante ak moom, te nga
+gaawantu sag dund ci àdduna, dajale ca lu lay jariñ ginnaaw boo deewee.</t>
+  </si>
+  <si>
+    <t>وضع المُعلّم كفَّه على كتف المتعلم عند التعليم للتأنيس والتنبيه.
+الابتداء بالنصيحة والإرشاد لمن لم يطلب ذلك.
+حسن تعليم النبي صلى الله عليه وسلم بضرب الأمثال المُقْنِعَة، بقوله: "كُنْ فِي الدُّنْيَا كَأَنَّكَ غَريْبٌ أَوْ عَابِرُ سَبِيْلٍ".
+اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
+ بيان قِصَر الأمل، والاستعداد للموت.
+ الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
+المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
+فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
+وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
+  </si>
+  <si>
+    <t>Jàngalekat bi teg ab ténqam ci kaw mbaggu kiy jàng bu koy jàngal ngir miinal ko ak bàyyiloo ko xel.
+Tàmbale ag laabire ak ug jubbanti ñeel ku ko sàkkuwul.
+Rafetuw jàngaleg Yónente bi ci sadd ay misaal yuy taxa gëm wax ji ci li mu wax ne: "nekkal ci àdduna mel ni ab doxandeem walla kuy jaar ciw yoon".
+Wuuteg nit ñi ci seen uw doxin jëm allaaxira; ki nekk ciw yoon, loolu dakoy def mu nekk ki gëna dëddu  ab doxandeem.
+Leeral gàttug mébét, ak waajal dee
+Hadiis bi tegtalewul bàyyi wërsëg ak araamal neexiti àdduna; wànte day tegtale ag 
+xemmeemloo 
+ci ag dëddu, ak tuutal àdduna.
+Gaawantu jëm ci jëf yu baax yi balaa mu koy ñàkk a manati, feebar tere ko ko mbaa dee.
+Ngëneelu Abdullah ibn Umar yal na leen Yàlla dollee gërëm ba tax mu jeexantalu ci waare wii jóge ci Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc.
+Dëkkuwaayu way-gëm ñi mooy àjjana kon moom doxandeem la ci àdduna, te aji-tukki la jëm allaaxira, du wékk xolam ci dara ci réewum tumbrànke mi, waaye xolam day wékku ci dëkkuwaay ba muy dellu, te ag saxam ci àdduna ngir faj aajoom la ak waaj ngir dellu ca réewam ma.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4704</t>
+  </si>
+  <si>
+    <t>لا تحاسدوا، ولا تناجشوا، ولا تباغضوا، ولا تدابروا، ولا يبع بعضكم على بيع بعض، وكونوا عباد الله إخوانا</t>
+  </si>
+  <si>
+    <t>buleen soxorante, buleen worante, buleen bañante, buleen dummooyoonte, bu kenn ci yéen jaay ci kaw njaayu keneen, nangeen nekk ay mbokk</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحَاسَدُوا، وَلَا تَنَاجَشُوا، وَلَا تَبَاغَضُوا، وَلَا تَدَابَرُوا، وَلَا يَبِعْ بَعْضُكُمْ عَلَى بَيْعِ بَعْضٍ، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا الْمُسْلِمُ أَخُو الْمُسْلِمِ، لَا يَظْلِمُهُ وَلَا يَخْذُلُهُ، وَلَا يَحْقِرُهُ التَّقْوَى هَاهُنَا» وَيُشِيرُ إِلَى صَدْرِهِ ثَلَاثَ مَرَّاتٍ «بِحَسْبِ امْرِئٍ مِنَ الشَّرِّ أَنْ يَحْقِرَ أَخَاهُ الْمُسْلِمَ، كُلُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ حَرَامٌ، دَمُهُ، وَمَالُهُ، وَعِرْضُهُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu wax ne : Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: "buleen soxorante, buleen worante, buleen bañante, buleen dummooyoonte, bu kenn ci yéen jaay ci kaw njaayu keneen, nangeen nekk ay mbokk jullit mooy mbokku jullit, du ko tooñ, du ko beddi, du ko xeeb, ragal Yàlla fii la nekk" muy junj ci dënnam bi ñatti yoon "doy na sëkk nit aw ay muy xeeb mbokk jullitam, léppi jullit bi dafa araam ci jullit bi, dereetam, ak alalam, ak deram".</t>
+  </si>
+  <si>
+    <t>أَوْصَى النبيُّ صلى الله عليه وسلم المسلمَ بأخيه المسلم خيرًا، وبيَّن بعض ما يجب عليه من الواجبات والآداب نحوهم؛ ومن ذلك: 
+الوصية الأولى: لا تحاسدوا بأن يتمَنَّى بعضكم زوال نعمة بعض. 
+الثانية: لا تناجشوا بأن يزيد في ثمن السلعة وهو لا يريد شراءها؛ وإنما يريد نفع البائع، أو الإضرار بالمشتري. 
+الثالثة: لا تباغضوا وهي إرادة المضرة وهي ضد المحبة؛ إلا إذا كان البغض في الله تعالى؛ فإنه واجب. 
+الرابعة: لا تدابروا بأن يعطِيَ كل واحد منكم أخاه دبره وقفاه فيعرض عنه ويهجره. 
+الخامسة: لا يبع بعضكم على بيع بعضٍ بأن يقول لمن اشترى سلعة: عندي مثلها بأقل منها أو أجود منها بسعرها. 
+ثم أوصى عليه الصلاة والسلام بوصية جامعة فقال: وكونوا كالإخوة بترك ما ذُكِر من منهيات، وببذل المودة والرفق والشفقة والملاطفة والتعاون في الخير، مع صفاء القلوب والنصيحة بكل حال. 
+ومن مقتضيات هذه الأخوة: 
+ألّا يَظلم أخاه المسلم ويعتدي عليه. 
+وألّا يترك أخاه المسلم يُظلم فيخذله في مقام يستطيع أن ينتصر له، ويرفع عنه الظلم. 
+وألّا يحتقره ويستقله وينظر إليه بعين الاستنقاص والازدراء؛ وهو ناتج عن كِبر في القلب.
+ثم بيَّن النبيُّ صلى الله عليه وسلم ثلاث مرات أن التقوى في القلب، ومن كان في قلبه التقوى التي تقتضي حسن الخلق، وخشية الله ومراقبته فإنه لا يحتقر مسلمًا، وكافيه من خصال الشر ورذائل الأخلاق احتقار أخيه المسلم؛ وذلك لكِبرٍ في قلبه. 
+ثم أَكَّدَ صلى الله عليه وسلم على ما مضى بأنَّ كل المسلم على المسلم حرامٌ: دمُه: بأن يعتدي عليه بقتل أو ما دونه كجرح أو ضرب ونحوها، وكذا ماله: بأن يأخذ منه بغير حق، وكذا عِرضه: بأن يذمّه في نفسه أو حسبه.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc dénk na jullit bi yiw ci mbokk jullitam, mu leeral lenn li war ci moom ci ay warteef ak i teggin ak yu ko niru; bokk na ca: Ndénkaane lu njëkk li: buleen soxorante ci ñenn ñi di mébét xéewalu ñenn ñi deñ. Ñaareel bi: buleen worante ci yokk njëgu njaay mi bëggu ko a jënn; waaye dafa bëgg a jariñ jaaykat bi, walla lor jënnkat bi. Ñatteel bi: buleen bañante te mooy bëgg ko a lor, te mooy safaanu bëggante; lu dul bu bañ gi dee ngir Yàlla; kon day war. Ñenteel bi: buleen dummooyoonte ci kenn ku nekk ci yéen di wan mbokkam ginnaaw, daal di koy dummooyu gàddaay ko. Juróomeel bi: bu kenn ci yéen jaay ci kaw njaayum keneen ci mu wax ki jënd am njaay: amnaa bu mel ni moom ci njëgg gu gën a néew walla bu ko gën ci genn njëgg gi. Topp Yonente bi yal na ko Yàlla dolli xéewal ak mucc dénkaane, ndénkaane lu matale, daal di wax ne: nekkleen mel ni ay mbokk ci bàyyi tere yi ñu tudd, ak ci joxe mbëggeel ak ñeewant ak yërmànde ak dimbalante ci yiw, ànd ak xol yu sell ak di laabirante ci gépp anam. Bokk na ci yi aju ci mbokkoo gi: Mu bañ a tooñ mbokk jullitam te du jalgati ci kawam. Ak mu bañ a bàyyi mbokk jullitam ñu koy tooñ mu koy beddi ci anam gog man na koo dimbali, dindil ko tooñ ga. Ak mu bañ ko a xeeb di ko sàkku a tuutal di ko xool bëti wàññi ak doyadal; ndax loolu ci rëy gu ne ci xol lay jóge. Topp Yonente bi yal na ko Yàlla dolli xéewal ak mucc leeral ñatti yoon ne ragal Yàlla ci xol lay nekk, ragal Yàlla giy waral rafet jikkó, ak di bàyyi xel Yàlla di ko fuglu,  ku mel nii nag du xeeb ab jullit, te ay jikkó yu bon doy na nit ki muy  xeeb mbokk jullitam; loolu nag ngir rëy gu ne ci xolam. Topp Yonente bi yal na ko Yàlla dolli xéewal ak mucc daal di feddali li weesu ci ne léppi jullit araam na ci kaw jullit bi: dereetam: ci mu jalgati ci kawam ci ray walla lu ko féete suuf niki gaañ walla dóor ak lu ko niru, niki noonu alalam: ci mu jël ko ci lu dul dëgg, niki noonu deram: ci mu koy ŋàññ ci boppam walla ci askanam.</t>
+  </si>
+  <si>
+    <t>الأمر بكلِّ ما تقتضيه الأخوة الإيمانية، والنهي عن ما يضادها من الأقوال والأعمال.
+عمدة التقوى ما في القلب من معرفة الله، وخشيته ومراقبته، وهذه التقوى ينتج عنها الأعمال الصالحة.
+الانحراف الظاهر يدلُّ على ضعف تقوى القلب.
+النهي عن أذية المسلم بأي وجه من الوجوه من قول أو فعل.
+ليس من الحسد أن يتمنى المسلم أن يكون مثل غيره، دون تمني زوالها عن الآخر، وهذا يسمى غبطة؛ وهي جائزة تعين على المسابقة إلى الخيرات.
+الإنسان بطبعه يكره أن يفوقَه أحد في شيء من الفضائل، فإن أحب زوالها عن الآخر فهو الحسد المذموم، وإن أحب المسابقة فهي الغبطة الجائزة.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه أن يبيّن للمشتري أنه خدع في شرائه خداعًا فاحشًا؛ فهذا من مقتضيات النصيحة، بشرط أن تكون نيته نصح أخيه المشتري لا الإضرار بالبائع، والأعمال بالنيات.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه  إذا كان البائعان لم يتراضيا ولم يستقر الثمن.
+ليس من التباغض المنهي عنه في الحديث: البغض في الله، فهو واجب، ومِن أوثق عرى الإيمان.</t>
+  </si>
+  <si>
+    <t>Digle lépp lu ag mbokkoo ak ug ngëm di waral, ak tere lépp lu safaanoo ak moom ci ay wax ak i jëf.
+Kenog ragal Yàlla mooy li nekk ci xol ci xam Yàlla ak bàyyi ko xel, te ci ragal gii la jëf yu baax yi di amee.
+Ag jeng gu fés day tegtale ragal Yàlla gu woyof ci xol bi.
+Tere nañu lor ab jullit ci gépp anam moo xam wax la walla jëf.
+Bokkul si iñaan jullit bi di mébét a am li keneen am, ci lu dul muy mébét mu deñ ci keneen ki, te lii lañuy woowe ñeetaane; te lu dagan la day dimbalee ci njëkkante yiw yi
+Nit ki ci ni ko Yàlla binde day bañ kenn féete ka kaw ci dara ci ngëneel yi, bu bëggee mu deñ ci keneen loolu mooy iñaan, bu bëggee rawante nag loolu mooy ñeetaane gi dagan.
+Bokkul ci jullit bi jaay ci kaw njaayum mbokkam mu leeralal kiy jënd ne moom dañu ko a wor wor gu ñaaw bimukoy jënd; lii dafa bokk ci laabirante, ci sàrt yéeneem di laabire mbokkam miy jënd déet mu jublu a lor jaaykat bi, jëf yi mi ngi aju ca yéene ya.
+Budee kiy jënd ak kiy jaay  dëppoowuñu te njëg ga saxagul kon loolu du dugg ci jaay ci kaw njaayum keneen.
+Bokkul ci bañante gi ñu tere ci hadiis bi: bañ ci Yàlla, moom dafa war, te dafa bokk ci buumi gëm yi gën a dëgër.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4706</t>
+  </si>
+  <si>
     <t>لا تغضب</t>
   </si>
   <si>
     <t>bul mer</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm-: Benn waaye dafa wax Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- ne ko: dénk ma, mu ne ko: "bul mer" mu baamtu ko ay yoon mu ne ko: "bul mer".</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>Kenn ci Sahaaba yi -yal na leen Yàlla dollee gërëm- dafa sàkku ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- ngir mu tegtal ko lu koy jariñ, mu digal ko ne ko bu mu mer, te loolu mooy nay moytu lépp lu koy tax a mer, tey téye boppam saa su meree, bañ a topp meram ci di ray mbaa di dóor walla di saaga mbaa lu ko niru.
 Waa ji baamtu càkkuteefam ay yoon, Yónente bi yokkul la mu ko denkoon te mooy "bul mer".</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
@@ -7350,50 +8867,88 @@
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Bokk na ci njariñal adios bi: tere ëppal ci fayu  lu ëpp la ñu la def.
 Yàlla digalul ay jaamam lenn lu leen di lor.
 Araamug loru ak lore ci wax mbaa ci jëf walla ci bàyyi.
 Fay lu tolloo ak jëf ja, ku lore Yàlla lor ko, ku sonle Yàlla sonal ko.
 Bokk na ci tënki Sariiha yi: "lor dees koy dindi", Sariiha du saxal lor, te day tere lore.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[Wér na bees sukkandikoo ci yeneen yi koy dëggal]</t>
   </si>
   <si>
     <t>[Ad-daaraqutniy soloo na ko]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4711</t>
   </si>
   <si>
+    <t>لا يزال لسانك رطبا من ذكر الله</t>
+  </si>
+  <si>
+    <t>bu sa làmmiñ deñ di tooy ci tudd Yàlla</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abdullah ibn Busrin yal na ko Yàlla dollee gërëm mu wax ne: jenn waay dafa wax ne: yaw Yonnente Yàlla bi tërëliini lislaam yi dafa bari ci man, xibaar ma lol dinaa ci jàpp, mu ne ko: «bu sa làmmiñ deñ di tooy ci tudd Yàlla».</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>Jenn waay dafa jàmbat Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ci ne naafila yi dafa bari ci moom ba tax mu lott ci ngir néew kàttanam, mu laaj Yonnente bi ngir mu tegtal ko 
+jëf ju néew juy indi yool yu bari ngir mu jàpp ci.
+Yonnente bi yal na ko Yàlla dolli xéewal ak mucc tektal ko ci muy Sax di tooyal làmmiñam ci tudd Yàlla ci bépp jamono ak ci gépp anam; ci sàbbaal ak sant ak jéggalu ak ñaan ak yu ko niru.</t>
+  </si>
+  <si>
+    <t>فضل المداومة على ذكر الله تعالى.
+من عظيم فضل الله تيسير أسباب الأجر.
+تفاضل العباد في نصيبهم من أبواب البر والخير.
+كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
+مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
+  </si>
+  <si>
+    <t>Ngëneelu saxoo tudd Yàlla mu kawe mi.
+Bokk na ci màggug ngëneelu Yàlla mu yombal sababi yiw yi.
+Gënlaanteg jaam ñi mingi ci seen cér yi ci bunti mbaax yi ak yiw yi.
+Baril tudd Yàlla ci làmmiñ di sàbbaal ak di sant ak sikar ak di kàbbar ak yu dul yooyu, ànd ak mu dëppoo ak xol bi day taxaw taxawaayu ay naafila yu bari ci jaamu yi.
+Sàmmonteek Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ñeel aji-laaj ji ci tontu laaj bu nekk ca la méngoo ak moom.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4716</t>
+  </si>
+  <si>
     <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
   </si>
   <si>
     <t>Kenn ci yéen du gëm, ndare mu bëggal mbokkam li mu bëggal boppam</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
   </si>
   <si>
     <t>Jële nañu ci Anas Ibn Maalik -yal na ko Yàlla dolli xéewal ak mucc- mu jële ci Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "Kenn ci yéen du gëm, ndare mu bëggal mbokkam li mu bëggal boppam"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc leeral na ne ´gëm gu mat kenn du ko am lu dul ne 
  dafa bëggal mbokkam li mu bëggal boppam ci jaamu Yàlla ak xeetu yiw yi ci diine ak ci àdduna, bu gisee ci mbokkam ag wàññeeku ci diineem, day pasteefu ci yéwénal ko, bu ca gisee yiw mu dëgëral ko ca, te dimbale ko ca, daal di koy laabire ci mbiri diineem ak àddunaam.</t>
   </si>
   <si>
     <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
 الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
 تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
 استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
 قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
   </si>
@@ -7455,89 +9010,222 @@
     <t>Jële nañu ci Ibn Abbaas yal na leen Yàlla dollee gërëm mu jële ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: «bu ñu doon jox nit ñi ci seen i wootewoo kon ay nit danañu wootewoo alali nit ñi ak seen dereet, waaye kiy wootewoo daa war a indi firnde, kiy weddi daa war a giñ.  ».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc leeral na ne bu ñu 
 doon jox nit ñi ngir seen i wootewoo dong ci lu dul benn firnde walla ay tegtal kon ay nit danañu wootewoo alali nit ñi ak seen dereet, waaye kiy wootewoo daa war a joxe aw lay ak firnde ci li muy sàkku, bu amul aw lay ñu gaaral wootewoo ji ki ñu tuumaal, bu ko weddee dafa war a giñ daal di cay set.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
 الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
 القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
 كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
   </si>
   <si>
     <t>Ibn Daxiixil hiid nee na: Hadiis bi cosaan la ci cosaani àtte yi, te mooy delluwaay bi gën a màgg ci wàllu xëccoo ak xuloo.
 Sariiha dafa ñëw ngir aar alali nit ñi ak seen dereet ci ay caaxaan.
 Àttekat bi du dellu ca lamu xam rekk waaye day dellu ci ay firnde.
 Képp ku wootewoo ag wootewu gu amul lay dees ko koy delloo, moo xam ci àq yi la ak ci jëflante yi walla ci masalay gëm yi la ak xam-xam.</t>
   </si>
   <si>
     <t>رواه البيهقي</t>
   </si>
   <si>
+    <t>[رواه البيهقي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4722</t>
+  </si>
+  <si>
+    <t>ما ملأ آدمي وعاء شرا من بطن، بحسب ابن آدم أكلات يقمن صلبه، فإن كان لا محالة، فثلث لطعامه، وثلث لشرابه، وثلث لنفسه</t>
+  </si>
+  <si>
+    <t>doomu Aadama feesalul lenn ndab lu yées biiram, doy na sëkk doomu Aadama ji lekk gu mu taxawale ndiggam li, bu manut a ñàkk, kon na def biiram ñatti xaaj benn ba ngir lekkam, beneen ba ngir naanam, ñatteelu xaaj ba ngir noyyeem</t>
+  </si>
+  <si>
+    <t>عَنْ المِقْدَامِ بْنِ مَعْدِي كَرِبَ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مَلأَ آدَمِيٌّ وِعَاءً شَرًّا مِنْ بَطْنٍ، بِحَسْبِ ابْنِ آدَمَ أَكَلاَتٌ يُقِمْنَ صُلْبَهُ، فَإِنْ كَانَ لَا مَحَالَةَ، فَثُلُثٌ لِطَعَامِهِ، وَثُلُثٌ لِشَرَابِهِ، وَثُلُثٌ لِنَفَسِهِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Al-Miqdaad ibn Mahdii Karib yal na ko Yàlla dollee gërëm mu wax ne: dégg naa Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "doomu Aadama feesalul lenn ndab lu yées biiram, doy na sëkk doomu Aadama ji lekk gu mu taxawale ndiggam li, bu manut a ñàkk, kon na def biiram ñatti xaaj benn ba ngir lekkam, beneen ba ngir naanam, ñatteelu xaaj ba ngir noyyeem".</t>
+  </si>
+  <si>
+    <t>يرشدنا النبي الكريم صلى الله عليه وسلم إلى أصل من أصول الطب، وهي الوقاية التي يقي بها الإنسان صحته، وهي التقليل من الأكل، بل يأكل بقدر ما يسد رمقه ويقويه على أعماله اللازمة، وإن شر وعاء مُلئ هو البطن لما ينتج عن الشبع من الأمراض الفتاكة التي لا تحصى عاجلًا أو آجلًا باطنًا أو ظاهرًا.
+ثم إن الرسول صلى الله عليه وسلم قال: إذا كان الإنسان لابد له من الشبع، فليجعل الأكل بمقدار الثلث، والثلث الآخر للشرب، والثلث للنفس حتى لا يحصل عليه ضيق وضرر، وكسل عن تأدية ما أوجب الله عليه في أمر دينه أو دنياه.</t>
+  </si>
+  <si>
+    <t>Yonnente bu tedd bi yal na ko Yàlla dolli xéewal ak mucc da nuy tegtal benn ci coosani faj yi, te mooy fegu gi nga xam ne ci la nit ki di fege ag wéram, te mooy néewal ag lekk, nga xam ne day lekk kem lu muy fege noyyeem di ko dëgëral ci jëf yi war, ak ne li yées ci ndab lu ñuy feesal mooy biir, ndax lay juddoo ca suur ga ci ay feebar yuy lore yoy deesu ko takk, moo xam mu gaaw walla mu yeex, mu nëbbu walla mu feeñ. Topp Yonnente bi yal na ko Yàlla dolli xéewal ak mucc wax ne: bu dee nit ki manut a ñàkk a suur, kon na def lekk gi mu toll ni ñatteelu xaaj bi, beneen ñatteelu xaaj bi di naan gi, ak ñatteelu xaaj ngir noyyi gi ba du am ug xat ak ug loru, muy tàyyeel ci def li ko war ci mbiri diineem walla yu àddunaam.</t>
+  </si>
+  <si>
+    <t>عدم التوسع في الأكل والشرب، وهذا أصل جامع لأصول الطب كلها، لما في كثرة الشبع من الأمراض والأسقام.
+الغاية من الأكل، هي حفظ الصحة والقوة وبهما سلامة الحياة.
+لملء البطن من الطعام أضرار بدنية ودينية، قال عمر رضي الله عنه: «إياكم والبطنة، فإنها مفسدة للجسم ومكسلة عن الصلاة».
+الأكل من حيث الحكم على أقسام: واجب، وهو ما به تُحفظ الحياة ويؤدي تركه إلى ضرر. جائز، وهو ما زاد على القدر الواجب ولا يُخشى ضرره. مكروه، وهو ما يُخشى ضرره. محرم، وهو ما يُعلم ضرره. ومستحب، وهو ما يُستعان به على عبادة الله وطاعته، وقد أجمل ذلك في الحديث في ثلاث مراتب: أولها: ملء البطن. ثانيها: أكلات أو لقيمات يقمن صلبه. ثالثها: قوله: «ثلث لطعامه وثلث لشرابه وثلث لنفسه» وهذا كله إذا كان جنس المأكول حلالًا.
+الحديث قاعدة من قواعد الطب، وحيث إن علم الطب مداره على ثلاثة أصول: حفظ القوة والحمية والاستفراغ، فقد اشتمل الحديث على الأولين منها، كما في قوله تعالى : (وَكُلُوا وَاشْرَبُوا وَلَا تُسْرِفُوا إِنَّهُ لَا يُحِبُّ الْمُسْرِفِينَ) [الأعراف: 31].
+كمال هذه الشريعة حيث اشتملت على مصالح الإنسان في دينه ودنياه.
+من علوم الشريعة أصولُ الطب وأنواع منه، كما جاء في العسل والحبة السوداء.
+اشتمال أحكام الشريعة على الحكمة، وأنها مبنية على درء المفاسد وجلب المصالح.</t>
+  </si>
+  <si>
+    <t>Bañ a ëppal ci lekk ak naan, te lii cosaan la lu dajale cosaani faj yépp, ngir li nekk ci suur gu ëpp ci ay feebar ak i wéradi.
+Jubluwaayu lekk, mooy sàmm wér gi ak kàttan gi te ci ñoom ñaar la dund gi di mucce.
+Feesal birr bi ci ñam dafa am ay lor ci yaram ak ci diine, Umar yal na ko Yàlla dollee gërëm nee na: "moytandikuleen biir bu fees, ndaxte moom day yàq yaram di tàyyeelloo ci julli".
+Àttey lekk ay xaaj la: lu war, te mooy li ñuy sàmme dund gi te bàyyi ko di indi aw lor. Ak lu dagan, te mooy lu tege ca la war te ragaleesul loram. Ak lu ñu sib, te mooy li ñu ragal ay loram. Ak lu araam, te mooy li ñi xam ay loram. Ak lu ñu sopp, te mooy li ñuy dimbandikoo ci jaamu Yàlla ak topp ko, boolees na yooyu ci hadiis bi ci ñatti tolluwaay: bi ci njëkk: feesal biir. Ñaareel bi: ay lekk walla ay ñaag yuy taxawal ndigg. Ñateel bi: li mu wax: "ñatteelu xaaj ngir ñamam ak ñatteelu xaaj ngir naanam ak ñatteelu xaaj ngir noyyeem" lii lépp nag bu fekkee li ñuy lekk dafa dagan.
+Hadiis bi ab tënk la ci tënki faj yi, ndax xam-xamu faj ci ñatti cosaan yii la nekk: wattu kàttan ak néewug lekk ak génne li ci biir bi, hadiis bi nag dafa làmboo ñaar yu njëkk yi, kem ni mu nekke ci waxi Yàlla mu kawe: (lekkleen naanleen te buleen yàq ndax moom bëggul yàqkat yi) [Al-Ahraaf: 31].
+Matug sariiha ji ba tax mu làmboo njariñi nit ki ci diineem ak ci àddunaam.
+Bokk na ci xam-xam yi cosaani faj ak i xeetam, kem ni mu ñëwe ci lem ak Hàbbatu Sawdaa.
+Àttey sariiha yi dafa làmboo ay xereñte, ak ne dafa tabaxu ci jañ lor yi ak xëcci njariñ yi.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد والترمذي والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4723</t>
   </si>
   <si>
     <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>ku sos ci sunu diine ji lu ci bokkul dees na ka ko delloo</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>Jële nañu ci Aysa -yal na ko Yàlla dollee gërëm- mu wax ne: Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «ku sos ci sunu diine ji lu ci bokkul dees na ka ko delloo" Buxaariyu ak Muslim dëppoo nañu ci. Muslim ni mu ko nettalee mooy: "ku jëf jenn ci ludul sunu ndigal dees na ka ko delloo».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral ne ku sos ci diine ji mbaa mu jëf jëf joo xam ne Alxuraan ak Sunna tegtalewu ko, dees koy delloo boroom te deesu ko nangu fa Yàlla.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Jaamu yépp ci Alxuraan AK Sunna lay tabaxu, dunu jaamu Yàlla ci lu dul lu mu yoonal, dunu ko jaamu ci ay bidaa ak yi ñu sos.
 Diine  du tege cim xel rekk ak lees di rafetlu, waaye ci topp Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- lay tege.
 Hadiis bii tegtal la ci matug diine ji.
 Bidaa mooy lu ñu sos ci diine ji te amutóon ci jamonoy Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- ak i Sahaabaam muy ci pas-pas walla wax mbaa jëf.
 Hadiis bi cosaan la ci cosaani diiney Lislaam, day mel niki balaas ci jëf yi, niki nga xamee ne jépp jëf ju ñu nammul jëmmi Yàlla mu kawe mi, aji-jëf ji du ci am ub yool, niki noonu it jépp jëf ju dëppoowul ak li Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- indi dees koy delloo aji-jëf ji.
 Sos yi ñu tere mooy yi bokk ci biri diine, waaye du yu àdduna yi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4792</t>
+  </si>
+  <si>
+    <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
+  </si>
+  <si>
+    <t>ku dindil aji-gëm ji jafe-jafe ci jafe-jafey àdduna Yàlla dindil ko jafe-jafe ci jafe-jafey ëllëg bis-pénc</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu wax ne : Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «ku dindil aji-gëm ji jafe-jafe ci jafe-jafey àdduna Yàlla dindil ko jafe-jafe ci jafe-jafey ëllëg bis-pénc, ku yombalal ki nekk ci jafe-jafe Yàlla yombalal ko ci àdduna ak allaaxira, ku suturaal ab jullit Yàlla suturaal ko ci àdduna ak allaaxira, Yàlla day dimbali jaam bi fii ak jaam bi moo ngi dimbali mbokkam, ku sóobu aw yoon di ca sàkku xam-xam yàlla yombalal ko yoonu àjjana, te aw nit duñu dajaloo ci ak kër ci këri Yàlla yi di jàng téereb Yàlla bi di ko jàngalante ci seen biir lu dul ne ag dal dana wàcc ci seen kaw yërmànde muur leen, malaaka yi yiir leen, Yàlla tudd leen ca ña fa moom, ku ay jëfam yeexal askanam du ko gaawal».</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
+ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
+ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
+والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
+ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
+وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
+ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc leeral na ne payug jullit bi fa Yàlla day xeetoo ak li jullit bi di def ak jullit ñi; ku dindil aji-gëm ji jafe-jafe ak tar-tar ci jafe-jafey àdduna yi, Yàlla fay ko ci dindil ko jafe-jafe ci jafe-jafey ëllëg bis-pénc yi. Ku yombalal ki nekk ci jafe-jafe defal ko jàppandal dindil ko jafe-jafeem, Yàlla yombalal ko ci àdduna ak allaaxira. Ku suturaal ab jullit niki mu gis ci moom lu jaaduwul a feeñal ci ay tarxiis ak i njuumte, Yàlla suturaal ko ci àdduna ak allaaxira. Yàlla day dimbali jaamam bi, fii ak nit ki moo ngi dog ci dimbali mbokkam ci luy yéwénal àdduna ak diine, dimbali nag day nekk ci ñaan ak yaram ak alal ak lu dul loolu. Ku dox ci wut xam-xam, jublu ca jëmmi Yàlla mu kawe mi; Yàlla yombalal ko yoonu àjjana. Aw nit duñu dajaloo ci ag kër ci këri Yàlla yi, di jàng téereb Yàlla bi di ko jàngalante ci seen biir, lu dul ne ag dal dana wàcc ci ñoom, yërmànde muur leen matale leen, malaaka yi yiir leen, Yàlla tagg leen ca ña ko jege, te Yàlla tudd jaam bi fa mbooloo ma gën a kawe doy na teddnga. Ku ay jëfam nekk lu mànki, ba tax eggul ca boroom jëf yu baax ya, jaadu na mu bañ a wéeru ci askanam wu tedd ak ay ngëneeli ay baayam ba noppi di gàtteñlu ci jëf yi.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
+الترغيب في التيسير على المعسر.
+الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
+مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
+ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
+الحث على طلب العلم وتلاوة القرآن وتدارسه.
+قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
+الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
+  </si>
+  <si>
+    <t>Ibn Daxiixil Hiid nee na: lii hadiis bu màgg la, bu boole ay xeeti xam-xam ak i tënk ak i teggin, ngëneelu faj aajoy jullit ñi mi ngi ci, ak jariñ leen ci li jàppandi, ci xam-xam, walla alal, walla ndimbal, walla junj ci ag yéwénal, walla laabire, walla lu dul loolu.
+Xemmemloo ci yombalal ki nekk ci jafe-jafe.
+Ñaaxe ci dimbali jaam bi di ab jullit, ak ne Yàlla day dimbali aji-dimbalee ji kem ag ndimbalam ñeel mbokkam.
+Bokk na ci suturaal jullit bi: bañ a topp ay awraam, nettali nañu jële ci yenn mag ya jiitu woon mu wax ne : fekk naa fi ay nit yoo xam ne amuñu woon ay ayib, ñu tudd ayibi nit ñi, nit ñi tuddal leen ay ayib, fekk naa fi it ay nit yu amoon ay ayib, ñu bàyyi ayibi nit ñi, ñu fàtte seen i ayib.
+Suturaal nit ñi tekkiwul ne dañuy bàyyi lu bon bañ koo soppi, waaye da koy soppi te suturaal ko, kii nag mooy ki ñu xamewul yàq ak féttérlu gu jéggi dayo, bu dee ku mel noonu  kenn du ko suturaal, waaye dañuy yóbb mbiram ca njiit la, bu dee ragaluñu ci loolu ag yàqute; loolu nag ndaxte suturaal ko da koy bewloo ci yàqute gi, te da koy ñemeloo ci muy lor jaam ñi, te it day ñemeloo ñoñ-ay yi ak rëy-rëylu yi.
+Ñaaxe ci sàkku xam-xam ak jàng Alxuraan ak jàngalante ko.
+An-Nawawii nee na: hadiis bi tegtal la ci ngëneelu dajaloo ci jàng Alxuraan ci jàkka ji...dees na ci boole it dajaloo ca daara ja ba ak daara ja ak lu ko niru bu soobee Yàlla.
+Fay gi Yàlla da ko a toftal ci jëf yi waaye du ci askan yi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4801</t>
+  </si>
+  <si>
+    <t>يا أيها الناس توبوا إلى الله، فإني أتوب في اليوم إليه مائة مرة</t>
+  </si>
+  <si>
+    <t>yéen nit ñi tuubleen jëm ci Yàlla, man de damay tuub ci bis bi téeméeri yoon</t>
+  </si>
+  <si>
+    <t>عن الْأَغَرِّ رضي الله عنه، وَكَانَ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَيُّهَا النَّاسُ تُوبُوا إِلَى اللهِ، فَإِنِّي أَتُوبُ فِي الْيَوْمِ إِلَيْهِ مِائَةَ مَرَّةٍ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Al-Axarri yal na ko Yàlla dollee gërëm mu bokkoon ci Sahaabay Yonnente bi yal na ko Yàlla dolli xéewal ak mucc, mu wax ne: Yonente Yàlla bi nee na: «yéen nit ñi tuubleen jëm ci Yàlla, man de damay tuub ci bis bi téeméeri yoon».</t>
+  </si>
+  <si>
+    <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم الناسَ بالإكثار مِن التوبة والاستغفار، ويُخْبِرُ عن نفسه أنه يتوب إلى الله تعالى ويستغفره في اليوم أكثر من مائة مرة، وقد غُفِر له ما تقدم من ذنبه وما تأخر، وفي ذلك كمال الذُّلِّ والتعبد لله جل وعلا.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc digal na nit ñi ñuy baril tuub ak jéggalu, mu xibaar ci boppam ne moom day tuub jëm ci Yàlla mu kawe di ko jéggalu ci bis bi lu ëpp téeméeri yoon, te moom jéggalees na ko li jiitu ci ay bàkkaaram ak li mujj, nekk ci loolu matug toroxlu ak jaamu Yàlla mu màgg mi.</t>
+  </si>
+  <si>
+    <t>كلُّ أحدٍ مهما كانت مرتبته ودرجته في الإيمان، فإنَّه يحتاج إلى الرجوع إلى الله تبارك وتعالى، وتكميل نفسه بالتوبة، وأنَّ كلَّ أحدٍ لا يخلو من تقصيرٍ في القيام بحقِّ الله تبارك وتعالى: (وَتُوبُوا إِلَى اللَّهِ جَمِيعًا أَيُّهَ الْمُؤْمِنُونَ). 
+التوبة عامة سواء من فعل المحرّمات والذنوب أو من التقصير في فعل الواجبات.
+الإخلاص في التوبة شرط في قبولها، فمن ترك ذنبًا لغير الله لا يكون تائبًا.
+قال النووي: للتوبة ثلاثة شروط: أن يُقْلِع عن المعصية، وأن يَندم على فعلها، وأن يَعزم عزمًا جازمًا ألَّا يعود إلى مثلها أبدًا، فإن كانت المعصية تتعلق بآدمي فلها شرط رابع، وهو: رَدُّ الظلامة إلى صاحبها، أو تحصيل البراءة منه.
+التنبيه على أن استغفار النبي صلى الله عليه وسلم لا يلزم أن يكون لذنوب ارتكبها، ولكن ذلك لكمال عبوديته وتعلقه بذكره سبحانه، واستشعاره عظم حق الله تعالى وتقصير العبد مهما عمل في شكر نعمه، وهو من باب التشريع للأمة من بعده، إلى غير ذلك من الحكم.</t>
+  </si>
+  <si>
+    <t>Kenn ku nekk ag lu dayoom man a toll ak darajaam ci gëm, day aajowoo dellu ci Yàlla mu Baarkeel mi te kawe, ak mottali boppam ci tuub, te kenn ku nekk manul ñàkk ag gàtteñlu ci taxaw ci àqi Yàlla mu Baarkeel mi te kawe: (tuubleen  yéen way-gëm ñépp jëm ci Yàlla).
+Tuub day matale moo xam ci yu araam yi la ak bàkkaar yi walla ci gàtteñlu ci def yu war yi la.
+Sellal ci tuub sàrt la ngir mu nangu, ku bàyyi ab bàkkaar ngir ku dul Yàlla kooku tuubul.
+An-Nawawii nee na: tuub am na ñatti sàrt: mu bàyyi bàkkaar bi, ak mu réccu def ga, ak mu dogu ci bañ a dellu ci lu mel noonu ba fàww, bu bàkkaar bi ajoo ci àqi doomu Aadama kon day am sàrtub ñenteel, te mooy: delloo tooñaange gi boroomam, walla amal ag cet ca moom.
+Ag bàyyikoo xel ci ne jéggalug Yonente bi du caagine daa am ay bàkkaar yu mu def, wante loolu ngir matug njaamam la ak ug ajoom ci tudd Boroomam mu Sell mi, ak yëgam màggug àqi Yàlla, ak gàtteñlug jaam bi ak lu mu man a def ci sant ay xéewalam, te it ci buntub yoonal la ñeel xeetam wi, ak yeneen xereñte yu dul yooyu.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4809</t>
   </si>
   <si>
     <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>yéen sama jaam ñi damaa araamal tooñ ci sama bopp, ma def ko muy lu araam ci seen diggante kon buleen di tooñante</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Sarrin -yal na ko Yàlla dollee gërëm-: Jële na ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu jële ci Yàlla mu kawe mi mu wax ne:«yéen sama jaam ñi damaa araamal tooñ ci sama bopp, ma def ko muy lu araam ci seen diggante kon buleen di tooñante, yéen sama jaam ñi yéen ñépp dangeen a réer ku dul ki ma gindi, kon sàkkuleen ci man gindiku ma gindi leen, yéen sama jaam ñi yéen ñépp a xiif ku dul ki ma leel, kon sàkkuleen ci man ma leel leen , kon dinaa leen leel, yéen sama jaam ñi yéen ñépp a rafle ku dul ki ma wodd, kon sàkkuleen ci man ma wodd leen kon dinaa leen wodd, yéen sama jaam ñi dangeen di juum guddi ak bëccëg kon jéggaluleen ma ma jéggal leen, yéen sama jaam ñi manuleen maa lor ba di ma lor, te manuleen maa jariñ ba di ma jariñ, yéen samay jaam ñi njëkk ci yéen ak ñi mujj ci yéen, nit ñi ak jinne yi ci yéen bu ñu neekkoon xolu ki gën a ragal Yàlla ci yéen loolu du yokk ci sama nguur gi dara, yéen samay jaam ñi njëkk ci yéen ak ñu mujj ña, ak seen i nit ak jinne bu ñu neekkoon xolu ki gën a kàccoor ci yéen loolu du wàññi ci sama nguur gi dara, yéen samay jaam ñi njëkk ci yéen ak ñu mujj ña, ak seen i nit ak jinne dañoo taxaw ci benn pàkk bu yaatu, ñu ñaan ma ma jox kenn ku nekk la mu ñaan loolu du wàññi li ne fi man lu dul li ab puso di wàññi ci ndoxum géej gi bu ñu ko sa dugalee, yéen sama jaam ñi seen jëf rekk laa leen di dencal joxaat leen ko ba mu mat, ku fa fekk yiw na sant Yàlla, waaye ku fa fekk ay bu mu yedd ku dul boppam».</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
@@ -7659,50 +9347,88 @@
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day nettali jële ci Boroomam ne jaam bi bu defee bàkkaar, daal di wax sama Boroom jéggal ma sama bàkkaar, Yàlla mu kawe mi day wax: sama jaam bi def na bàkkaar xam na ne am na Boroom buy jéggale bàkkaar, di ko suturaal, baal ko walla mu mbugal ko, kon jéggal naa ko. jaam bi dellu defaat bàkkaar xam ne am na Boroom buy jéggale bàkkaar, di ko suturaal, baal ko walla mu mbugal ko, kon jéggal naa sama jaam bi. jaam bi dellu defaat bàkkaar xam ne am na Boroom buy jéggale bàkkaar, di ko suturaal, baal ko walla mu mbugal ko, kon jéggal naa sama jaam bi, na def lu ko soob feek saa yu defee bàkkaar, day bàyyi bàkkaar ba réccu ko, dogu ci bañ caa delluwaat, waaye bakkanam da koy not mu tàbbiwaat ca bàkkaar ba, feek moo ngi def nii di def bàkkaar tey tuub dinaa ko jéggal, ndax tuub day màbb la ko jiitu.</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Yaatug yërmàndey Yàlla ci jaamam yi, ba lu nit ki man a def ci bàkkaar ak lu mu man a def bu tuubee dellu ci moom Yàlla jéggal ko.
 Ki gëm Yàlla day yaakaar yërmàndey Boroomam, tey ragal mbugëlam, ba tax muy gaawantu di tuub te du wéy cig moy.
 Sarti tuub gu wér: deñ ci bàkkaar bi, ak réccu ko, ak dogu ci bañ a dellu ca bàkkaar ba, bu dee tuub gi dafa aju ci tooñ jaam ñi ci séen alal mbaaa séen der, walla séen bakkan, kon day dolli ñenteelu sart, te mooy sàkkoo set sa bàkkaar ba sa Boroom àq ja, walla mu jox ko àqam.
 Amug solo ci xam ne Yàlla miy def jaam bi mu xam biri diineem ba tax muy tuub saa yu juumee, te du naagu ba tax muy wéy ca bàkkaar ba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4817</t>
   </si>
   <si>
+    <t>إن رسول الله صلى الله عليه وسلم برئ من الصالقة والحالقة والشاقة</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dafa set wicc ci aji-yuuxu ji, ak aji-wat kawaram, ak aji-xotti yéereem</t>
+  </si>
+  <si>
+    <t>عَن أَبِي بُرْدَةَ بْنِ أَبِي مُوسَى رَضِيَ اللَّهُ عَنْهُ قَالَ: وَجِعَ أَبُو مُوسَى وَجَعًا شَدِيدًا، فَغُشِيَ عَلَيْهِ وَرَأْسُهُ فِي حَجْرِ امْرَأَةٍ مِنْ أَهْلِهِ، فَلَمْ يَسْتَطِعْ أَنْ يَرُدَّ عَلَيْهَا شَيْئًا، فَلَمَّا أَفَاقَ، قَالَ: أَنَا بَرِيءٌ مِمَّنْ بَرِئَ مِنْهُ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بَرِئَ مِنَ الصَّالِقَةِ وَالحَالِقَةِ وَالشَّاقَّةِ.</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Burdata ibn Abii Muusaa yal na ko Yàlla dollee gërëm mu wax ne: Abuu Muusaa dafa tawat tawat ju tar, mu daal di xëm fekk boppam bi moo ngi ci pooju jenn jigéen ci njabootam, te manu ko a tontu ci dara, ba mu féexee, daal di ne: man de set naa wicc ci ku Yonente Yàlla bi set ci moom, Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dafa set wicc ci aji-yuuxu ji, ak aji-wat kawaram, ak aji-xotti yéereem.</t>
+  </si>
+  <si>
+    <t>حَكَى أبو بردة رضي الله عنه أنّ أباه أبا موسى الأشعري رضي الله عنه مَرض مرضًا شديدًا فأغمي عليه، وكانت رأسه في حِجْر امرأةٍ من أهله، فصاحت ونَدَبَتْه، فلم يستطع أن يَرُدَّ عليها شيئًا بسبب إغمائه.
+فلما أفاق قال: إنه بريءٌ ممن بَرِئَ منه رسول الله صلى الله عليه وسلم، وإنه صلى الله عليه وسلم قد بَرِئَ من:
+الصالقة: وهي الرافعة صوتها عند المصيبة. 
+والحالقة: وهي التي تَحلق شعرها عند المصيبة.
+والشاقة: وهي التي تَشقُّ ثوبها عند المصيبة. 
+لأنها من أمور الجاهلية، بل أمر بالصبر عند المصائب، واحتساب أجرها على الله.</t>
+  </si>
+  <si>
+    <t>Abii Burdata yal na ko Yàlla dollee gërëm day nettali ne baayam Abuu Muusaa Al-Asharii dafa feebar feebar bu tar daal di xëm, fekk boppam bi moo ngi tege ci pooju jenn jigéen ci njabootam, mu daal di yuuxu, te manu koo wax dara ndax li mu xëm. Ba mu ximmikoo daal di ne: moom set na wicc ci ku Yonente Yàlla bi set ci moom, te Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ku set la ci: Aji-yuuxu ji: mooy kiy yëkkëti kàddoom ngir musiba Ak aji-wat kawaram: mooy kiy wat kawaram bu musiba amee. Ak aji-xotti yéeréem: mooy kiy xotti ay yéeréem bu musiba amee. Ndaxte loolu ci biri ceddo ya la bokk, waaye dafa digle muñ bu musiba amee, ak yaakaar fayug Yàlla.</t>
+  </si>
+  <si>
+    <t>النهي عن شَقِّ الثوب، وحَلْق الشعر، ورفع الصوت عند وقوع المصائب، وأن ذلك من كبائر الذنوب.
+الحزن والبكاء دون نياحةٍ ورَفْعِ صوتٍ ليس محرّمًا، فهو لا ينافي الصبر على قضاء الله، وإنما هو رحمة.
+تحريم التسخُّط من أقدار الله المؤلمة بالقول أو الفعل.
+وجوب الصبر عند وقوع المصائب.</t>
+  </si>
+  <si>
+    <t>Tere nañu xotti yéré, ak wat kawar, ak yëkkëti kàddu bu musiba tàbbee, ak ne loolu dafa bokk ci bàkkaar yu mag yi.
+Njàqare ak jooy ci lu dul yuuxu ak yëkkëti kàddu araamaleesu ko, moom safaanoowul ak muñ dogali Yàlla yi, waaye yërmànde la kese.
+Araamal nañu mer ci ndogali Yàlla yu metti yi ci wax walla jëf.
+Warug muñ ci bu musiba amee.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4849</t>
+  </si>
+  <si>
     <t>من أكل ثوما أو بصلا، فليعتزلنا أو قال: فليعتزل مسجدنا، وليقعد في بيته</t>
   </si>
   <si>
     <t>ku lekk laaj walla soble, bumu nu jege -walla mu wax: bumu jege 
 sunu jàkka yi, te toog ci këram</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ»، وَأَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِقِدْرٍ فِيهِ خَضِرَاتٌ مِنْ بُقُولٍ، فَوَجَدَ لَهَا رِيحًا، فَسَأَلَ فَأُخْبِرَ بِمَا فِيهَا مِنَ البُقُولِ، فَقَالَ قَرِّبُوهَا إِلَى بَعْضِ أَصْحَابِهِ كَانَ مَعَهُ، فَلَمَّا رَآهُ كَرِهَ أَكْلَهَا، قَالَ: «كُلْ فَإِنِّي أُنَاجِي مَنْ لاَ تُنَاجِي».
 ولِمُسْلِمٍ عَنْ جَابِرِ بْنِ عَبْدِ اللهِ، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ مِنْ هَذِهِ الْبَقْلَةِ، الثُّومِ - وقَالَ مَرَّةً: مَنْ أَكَلَ الْبَصَلَ وَالثُّومَ وَالْكُرَّاثَ فَلَا يَقْرَبَنَّ مَسْجِدَنَا، فَإِنَّ الْمَلَائِكَةَ تَتَأَذَّى مِمَّا يَتَأَذَّى مِنْهُ بَنُو آدَمَ».</t>
   </si>
   <si>
     <t>Jële nañu ci Jaabir Ibn Abdullah yal na leen Yàlla dollee gërëm mu wax ne Yonnente bi yal na ko Yàlla dolli xéewal ak mucc nee na: «ku lekk laaj walla soble, bumu nu jege -walla mu wax: bumu jege 
 sunu jàkka yi, te toog ci këram", ak ne Yonnente bi indil nañu ko cin lu am ay lujum ak laaj, mu yég ci ag xet, mu laaj ñu xibaar la ca nekk ci laaj, mu wax ne: jegeele leen ko ci kenn ci Sahaaba yi nekkoon ak moom, ba mu ko gisee mu sib ko a lekk, mu wax ko ne: " lekkal, man damay déeyante ak koo dul déeyantel».</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أَكلَ ثومًا أو بَصلًا أن يأتي المسجد، حتى لا يؤذيَ إخوانَه ممن يحضرون صلاة الجماعة بريحهما، وهو نهيُ تنزيهٍ عن إتيان المسجد، لا عن أكلِهما؛ لأنهما من الأطعمة المباحة، وقد أُتيَ صلى الله عليه وسلم بِقِدْرٍ فيه خضروات، فلما شمَّ فيها ريحًا وأُخبِر بما فيها امتنع مِن أكلِها وقَرَّبها إلى بعض أصحابه ليأكل منها، فكره الأكل اقتداء به، فلما رآه صلى الله عليه وسلم قال: كُلْ؛ فإني أناجي الملائكة بالوحي.
 وأَخبرَ النبيُّ صلى الله عليه وسلم أن الملائكة تتأذّى من الروائح الكريهة، كما يتأذى الناس منها.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc tere na ku lekk laaj walla soble muy ñëw ci jàkka ji, ba du lor mbokkam yi teewe jullig mbooloo mi ci xet gi, loo lu nag tereg wattandikoo ñëw ci jàkka ji la, terewul lekk gi; ndaxte ñoom ñaar bokk nañu ci ñam yi dagan, indil nañu Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ci lu am ay lujum, ba mu ca xeñcoo ag xet ñu xibaar ko la ca nekk, da ko a bañ a lekk mu jegeele ñam wi kenn ci Sahaabaam yi ngir mu lekk ko, mu sib moomitam ngir roy ci moom, ba ko Yonnente bi gisee daal di ne ko: lekkal; man damay déeyante ak malaaka yi ci Wahyu gi.
 Yonnente bi yal na ko Yàlla dolli xéewal ak mucc xamle ne malaaka yi dañuy loru ci xet gu xasaw, kem ni nit ñi di ci loroo.</t>
   </si>
   <si>
     <t>النهي عن إتيان المساجد لمن أكل ثومًا، أو بصلًا، أو كراثًا.
 يلحق بهذه الأشياء، كلّ ذي رائحة كريهة يتأذى منها المصلون، كرائحة الدُّخان والتَّبْغِ ونحو ذلك.
@@ -7741,81 +9467,158 @@
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day xamle ne ñi nga xam ne dañuy àtte nit ñi nekk ci séen suufu kilifteef cig maandu ak dëgg, ak ci séen i àtte ak séen i njaboot, ñoom de danañu toog ci ay baŋ yu kawe te yëkkëtiku di yu ñu bind cig leer, ngir teral leen ëllëg bis-pénc. Te minbar yii ca ndeyjooru Yàlla Aji-Yërëme ju kawe ji lay nekk, te yaari loxoom yépp -tudd naa sellam ga- ndeyjoor la.</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Ngëneelu maandu ak soññee ca.
 Maandu lu matale la day làmboo mbooleem kilifteef ya, ak àtte ya ca diggante nit ña, ba ci sax maandu ci diggante jabar yi ak doom yi ak lu dul loolu.
 Leeral dayob aji-maandu yi ëllëg bis-pénc.
 Rawanteg darajay way-gëm ñi ëllëg bis-pénc, ku ci nekk ak kem jëfam.
 Xemmemloo kigay woo dafa bokku ci doxaliinu woote yi ngir ki ñiy woo man a xeemem topp Yàlla.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4935</t>
   </si>
   <si>
+    <t>كانت بنو إسرائيل تسوسهم الأنبياء، كلما هلك نبي خلفه نبي، وإنه لا نبي بعدي، وسيكون خلفاء فيكثرون</t>
+  </si>
+  <si>
+    <t>waa Banuu Israayil ay Yonente ñoo leen doon jiite, saa bu ab yonente faatoo beneen yonente wuutu ko, te ab Yonente du ñëw sama ginnaaw, ay Xalifa nag danañu nëw sama ginnaaw te danañu bari</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَازِمٍ قَالَ: قَاعَدْتُ أَبَا هُرَيْرَةَ رضي الله عنه خَمْسَ سِنِينَ، فَسَمِعْتُهُ يُحَدِّثُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «كَانَتْ بَنُو إِسْرَائِيلَ تَسُوسُهُمُ الأَنْبِيَاءُ، كُلَّمَا هَلَكَ نَبِيٌّ خَلَفَهُ نَبِيٌّ، وَإِنَّهُ لاَ نَبِيَّ بَعْدِي، وَسَيَكُونُ خُلَفَاءُ فَيَكْثُرُونَ» قَالُوا: فَمَا تَأْمُرُنَا؟ قَالَ: «فُوا بِبَيْعَةِ الأَوَّلِ فَالأَوَّلِ، أَعْطُوهُمْ حَقَّهُمْ، فَإِنَّ اللَّهَ سَائِلُهُمْ عَمَّا اسْتَرْعَاهُمْ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Haasim mu wax ne: toog na ak Abuu Hurayrata yal na ko Yàlla dollee gërëm juróomi at, ma dégg ko muy waxtaan jële ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc mu ne: «waa Banuu Israayil ay Yonente ñoo leen doon jiite, saa bu ab yonente faatoo beneen yonente wuutu ko, te ab Yonente du ñëw sama ginnaaw, ay Xalifa nag danañu nëw sama ginnaaw te danañu bari" ñu ne ko: lan nga nuy digal? Mu ne: "matalleen jaayante ga ka jiitu ak ka ca topp, ngee joxleen seen àq, Yàlla dana leen laaj la mu leen sàmmuloo woon».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ بني إسرائيل كانت تسوسهم الأنبياء، ويَتَولَّون أمورهم كما تفعل الأمراء والولاة بالرَّعِيّة، وكلما ظهر فيهم فسادٌ بَعَث الله لهم نبيًا لهم يقيم أمرهم ويزيل ما غيّروا من أحكام.
+وإنه لا نبي بعدي فيَفْعَل ما كان أولئك يفعلون، وسيكون بعدي خلفاء فيَكْثرون ويحصل بينهم التنازع والخلاف. 
+فسأل الصحابة رضي الله عنهم رسول الله صلى الله عليه وسلم: فما تأمرنا؟ 
+فقال: فإذا بُويع الخليفةُ بعد خَليفة؛ فبيعة الأول صحيحة يجب الوفاء بها، وبيعة الثاني باطلة ويَحْرُم عليه طلبُها، وأعطوهم حقّهم، وأطيعوهم وعاشروهم بالسمع والطاعة في غير المعصية، فإن الله يسألهم ويحاسبهم على ما يفعلونه بكم.</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne waa Banuu Israayil ay Yonente ñoo leen doon jiite, di méngoo seen i bir kem ni njiit yi di def ak buur yi ci càmm gi, saa bu yàqute fésee fi ñoom Yàlla yónni ab Yonente mu jubbanti seen mbir dindi la ñu soppi woon ca àtte ya. Te nag ab Yonente du ñëw sama ginnaaw di def la ñooña daan def, ay Xalifa nag danañu nekk ci sama ginnaaw te danañu bari te xëccoo ak wuute dana am seen diggante. Sahaaba yi yal na leen Yàlla dollee gërëm laaj Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc ana lan nga nuy digal? Mu ne: bu ñu jaayantee ak ub xalifa ginnaaw beneen xalifa; kon jaayateg ku njëkk ka moo wér te dana war ñu matal ko, jaayanteg ku ñaareel ki neen la, te araam na ci moom mu sàkku ko, nangeen leen jox seen àq, te topp leen dund ak ñoom ci dégg ak topp ci lu dul ag moy, Yàlla dana leen laaj càmbar leen ca la ñu def ci yéen.</t>
+  </si>
+  <si>
+    <t>أنه لا بد للرعية من نبي أو خليفة يقوم بأمرها، ويحملها على الطريق المستقيم.
+أنه لا نبي بعد نبينا محمد صلى الله عليه وسلم.
+التحذير من الخروج على من ثَبَتَتْ ولايته بطريقة شرعية.
+أنه لا يجوز عقد البيعة لخليفتين في آنٍ واحد.
+عِظَم مسؤولية الإمام، فإن الله تعالى سيسأله عن رعيته.
+قال ابن حجر: تقديم أمر الدين على أمر الدنيا؛ لأنه صلى الله عليه وسلم أَمَرَ بتوفية حق السلطان لما فيه من إعلاء كلمة الدين وكف الفتنة والشر؛ وتأخير أمر المطالبة بحقه لا يُسقِطه، وقد وعده الله أنه يُخَلِّصه ويُوَفِّيه إياه ولو في الدار الآخرة.
+علامة من علامات نبوته صلى الله عليه وسلم، فقد كثر الخلفاء بعده صلى الله عليه وسلم، وتوالى على الأمة المصلحون منهم والمسيؤون.</t>
+  </si>
+  <si>
+    <t>càmm gi manul ñàkk ab yonente walla ab xalifa buy taxawe ay mbiram, teg ko ci yoon wu jub wi.
+Ab Yonente du ñëw ginnaaw sunub Yonente Muhammat yal na ko Yàlla dolli xéewal ak mucc.
+Moytandikuloo génn ci ku ag jiiteem sax ci yoon wu tege ci Sariiha.
+Ak ne du dagan ñuy fasug jaayante ñeel ñaari xalifa ci jenn jamono ji.
+Màggaayu li tege ci ndoddul njiit li, ndaxte Yàlla dana ko laaj la mu doon sàmm.
+Ibn Hajar nee na: jiital mbiri diine ci mbiri àdduna; ndaxte Yonente bi yal na ko Yàlla dolli xéewal ak mucc dafa digle ñu matal àqi njiit li ndax li ci nekk ci yëkkëti kàddug Yàlla ak téye fitna ak aw ay; Yàlla dige na ne dana ko musal te matalal ko mbiram donte monga allaaxira.
+Am màndarga la ci màndargay Yónenteem gi yal na ko Yàlla dolli xéewal ak mucc, ndax xalifa yi bari nañu ci ginnaawam, mu toftaloo ci xeet wi ña ca sellal ca ñoom ak ña ca ñaawal.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4936</t>
+  </si>
+  <si>
     <t>من يحرم الرفق يحرم الخير</t>
   </si>
   <si>
     <t>ku ñu ag ñeewant xañees na ko aw yiw</t>
   </si>
   <si>
     <t>عَنْ جَرِيرٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ».</t>
   </si>
   <si>
     <t>Jële nañu ci Jariir -yal na ko Yàlla dollee gërëm- mu jële ci Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «ku ñu ag ñeewant xañees na ko aw yiw».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ مَن يُحرَم الرفق فلم يوفق له في أمور الدين والدنيا وفيما يتصرَّف فيه لنفسه، وفيما يتصرَّف فيه مع غيره، فقد مُنِعَ الخيرَ كله.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xibaare ne ku ñu xañ ñeewant ba dëppoowul ak moom ci biri diinee ak àddina ak ni muy doxale ci boppam, ni muy doxale ak ñeneen ñi, kooku xañ nañu ko léppi yiw.</t>
   </si>
   <si>
     <t>فضل الرِّفق والحث على التخلُّق به، وذم العنف.
 الرفق به انتظام خير الدارين واتساع أمرهما، وفي العنف ضد ذلك.
 الرفق ناتج عن حسن الخلق والسلامة، والعنف ناتج عن الغضب والفَظَاظة، ولذا أثنى صلى الله عليه وسلم على الرفق وبالغ فيه.
 قال سفيان الثوري رحمه الله لأصحابه: أتدرون ما الرفق؟ هو أن تضع الأمور مواضعها، الشدة في موضعها، واللين في موضعه، والسيف في موضعه، والسوط في موضعه.</t>
   </si>
   <si>
     <t>Ngëneelu ñeewant ak ñaaxe ci ñu jikkowoo ko, ak ŋàññ ak soxor.
 Ci ñeewant la yiwi ñaari kër yi di nosewoo te ci lay seen i mbir di yaatoo,waaye ci soxor la safaani loolu di ame.
 Ñeewant ci jikkó yu rafet lay balle ak jàmm, waaye soxor ci mer ak ñaaw jikkó, looloo tax Yonnente bi yal na ko Yàlla dolli xéewal ak mucc tagg ñeewant lool sax.
 Sufyaan As-Sawrii yal na ko Yàlla yërëm dafa wax ay àndadoom ne leen: ndax xam ngeen luy ñeewant? Mooy nga tek mbir yi ca barabam, tar-tar ci barabam, ak nooy ci barabam, ak jaasi ci barabam, ak yar ci barabam.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4939</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم إذا دخل العشر أحيا الليل، وأيقظ أهله، وجد وشد المئزر</t>
+  </si>
+  <si>
+    <t>Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc bu fukki guddi yi daan dugg da daan dundal guddi yi, yee njabootam, pasteefu daal di takku ba dëgër</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِيَ اللهُ عَنْهَا قَالَتْ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الْعَشْرُ أَحْيَا اللَّيْلَ، وَأَيْقَظَ أَهْلَهُ، وَجَدَّ وَشَدَّ الْمِئْزَرَ.</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Aysatu ndayu jullit ñi -yal na ko Yàlla dollee gërëm- mu wax ne: Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc bu fukki guddi yi daan dugg da daan dundal guddi yi, yee njabootam, pasteefu daal di takku ba dëgër.</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا دخل العشر الأواخر من رمضان أحيا الليل كلَّه بأنواع الطاعات، وأيقظ أهلَه للصلاة، واجتهد في العبادة زيادة على عادته، وتَفَرَّغ لها واعتزل نساءه.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc bu fukki guddi yi mujj ci weeru koor daan dugg da daan dundal guddi yépp, ci ay xeeti jaamu, daal di yee njabootam ngir julli, mu pasteefu ci jaamu gi yokk la mu aadawoo woon, daal di bàyyi lépp ngir moom , daal di beru soxnaam yi.</t>
+  </si>
+  <si>
+    <t>الترغيب باغتنام الأوقات الفاضلة بالأعمال الصالحة.
+قال النووي: ففي هذا الحديث: أنه يستحب أنْ يُزاد من العبادات في العشر الأواخر من رمضان، واستحباب إحياء لياليه بالعبادات.
+ينبغي على العبد أن يكون حريصًا على أهلِه بأمرِهم بالعبادة، ويَصْطَبِر عليهم.
+فعل الخيرات يحتاج إلى حَزْم وصبر ومصابرة.
+قال النووي: اختلف العلماء في معنى (شدّ المِئزر) فقيل: هو الاجتهاد في العبادات زيادة على عادته صلى الله عليه وسلم في غيره، ومعناه: التشمير في العبادات، يقال: شَدَدْتُ لهذا الأمر مِئزري، أي: تَشَمَّرتُ له وتَفَرّغت، وقيل: هو كناية عن اعتزال النساء للاشتغال بالعبادات.</t>
+  </si>
+  <si>
+    <t>Xemmemloo ci gaawantu ci waxtuy ngëneel yi ci ay jëf yu baax.
+An-Nawawii nee na: nekk na ci hadiis bi: ne sopp nañu yokk jaamu yi ci fukki fan yi mujj ci weeru koor, sopp nañu it dundal ay guddeem ci ay jaamu.
+Jaadu na ci jaam bi mu nekk ku xér ci njabootam ci digal leen jaamu yi, ak muñloo leen ci.
+Def yiw yi day aajowoo ag dogu ak ug muñ ak dëgër lool.
+An-Nawawii nee na: woroom xam-xam yi wuute nañu ci maanaam (mu takk geñoom) nee nañu: mooy pasteefu ci jaamu yi ak yokk la mu aadawoo woon, nee nañu it: moom dàkkantal la ci beru jigéen ñi ngir yittewoo jaamu yi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4944</t>
   </si>
   <si>
     <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>Sama xeet wépp dinañu dugg àjjana ba mu des ku bañ</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «Sama xeet wépp dinañu dugg àjjana ba mu des ku bañ», ñu ne ko ana kan mooy bañ yaw Yónente Yàlla bi? Mu ne: «ku ma topp dugg àjjana ku ma moy nag kooku mooy ki bañ».</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day xamle ne xeetam wéppay dugg àjjana ba mu des ku bañ!
 Sahaaba yi -yal na leen Yàlla dollee gërëm- ne ko: kan mooy bañ yaw Yónente Yàlla bi?!
 Mu tontu leen ne leen: képp ku wommatu topp Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- dana dugg àjjana, ku ko moy nag te wommatuwul ñeel Sariiha bi kooku moo bañ a dugg àjjana ngir ay jëfam yu bon.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
@@ -7902,50 +9705,88 @@
 توجيه الإمام لقائد الجيش في كيفية التصرّف في ساحة المعركة.
 التزام أصحاب الرسول صلى الله عليه وسلم لوصاياه والمبادرة إلى تنفيذها.
 مَن أَشْكَلَ عليه شيء فيما طُلب منه سأل عنه.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، حيث أخبر عن فتح خيبر فكان كما أخبر.
 الحث على الإقدام والمبادرة إلى ما أمر به رسول الله صلى الله عليه وسلم.
 لا يجوز قتل من نطق بالشهادتين إلا إذا ظهر منه ما يستوجب القتل.
 تجري أحكام الإسلام على ما يظهر من الناس والله يتولى سرائرهم.
  المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.</t>
   </si>
   <si>
     <t>Sahaaba yi dañoo bañoon jiite ngir li ci nekk ci warugar yu màgg.
 dagan ñuy séentu ak a waajal luy ñëw ci  mbir mom aw yiwal leer na.
 Imaam bi day jubbanti njiitul Arme bi ci naka lay doxale ci ëttub xare bi.
 Taqoo gi Sahaabay Yonnente bi taqoo ak i ndénkaaneem ak di gaaw ci jëfe ko.a
 Koo xam ne dara dakoo leerut ci li ñu sàkku ci moom da koy laaj.
 Bokk na ci liy tegtale nekk gi mu nekk Yonnente moom Muhammat yal na ko Yàlla dolli xéewal ak mucc li mu xibaare ag am ndam ci kaw Yahuud yi, ndax da ko a xibaare laata ñuy ubbi xaybar mu ame ni mu ko xibaare woon.
 Ñaaxe ci dëgmal ak gaaw a jëm ci li Yonnente bi yal na ko Yàlla dolli xéewal ak mucc digle.
 Daganul ñu ray ku wax ñaari seede yi lu dul bu luy waral ray feeñee ci moom.
 Àttey lislaam yi day daw ci li feeñ ci nit ñi, Yàlla nag mooy méngoo ak ya nëbbu.
 Jubluwaay bi gën a màgg ci jihaad mooy nit ñi dugg ci lislaam.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4958</t>
   </si>
   <si>
+    <t>إزرة المسلم إلى نصف الساق، ولا حرج أو لا جناح فيما بينه وبين الكعبين، وما كان أسفل من الكعبين فهو في النار، من جر إزاره بطرا لم ينظر الله إليه</t>
+  </si>
+  <si>
+    <t>koddaayu jullit bi ca digg yeel ba la wara yam, aayul ci mu nekk ci digganteem ak dojor yi, lu nekk ci suufu dojor yi nag moom sawara la jëm, te kuy diri koddaayam ngir rëy-rëylu Yàlla du ko xool</t>
+  </si>
+  <si>
+    <t>عَنْ أبي سَعيدٍ الخُدريَّ رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم ِ: «إزْرَةُ المُسْلمِ إلى نصفِ السَّاق، وَلَا حَرَجَ -أو لا جُنَاحَ- فيما بينَهُ وبينَ الكعبينِ، وما كان أسفلَ منَ الكعبين فهو في النار، مَن جرَّ إزارَهُ بطرًا لم يَنْظُرِ اللهُ إليه».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Sahiid Al-Xudrii -yal na ko Yàlla dollee gërëm- mu wax ne: Yonente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: "koddaayu jullit bi ca digg yeel ba la wara yam, aayul ci mu nekk ci digganteem ak dojor yi, lu nekk ci suufu dojor yi nag moom sawara la jëm, te kuy diri koddaayam ngir rëy-rëylu Yàlla du ko xool".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أن الرجل المسلم لإزاره، وهو كل ما يستر النصف الأسفل من الرجال، ثلاثة أحوال: 
+الأولى: المستحب بأن يكون إلى نصف الساق. 
+الثانية: الجائز بلا كراهة وهو ما تحته إلى الكعبين؛ وهما العظمان البارزان عند مفصل الساق والقدم. 
+الثالثة: المحرَّم بأن يكون أسفل من الكعبين، ويخشى عليه أن تصيبه النار، وإن كان تكبرًا وفرحًا وطغيانًا لم ينظر الله إليه.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc leeral na ne koddaayu góoru jullit bi, te mooy liy muur xaaju suuf gi ci góor, ñatt anam la: Bi ci njëkk mooy: lu ñu sopp te mooy mu nekk ci digg yeel bi. Ñaareel bi: bu dagan ci lu dul sibeel te mooy mu wàcc ba ci dojor yi; te ñooy ñaari yax yi génn ci fi yeel bi ak ndëngu li teqalikoo. Ñatteel bi: bu araam te mooy mu nekk ci suufu dojor yi, te dees na ragal ci moom sawara, bu dee day rëy-rëylu ak di bég ak di bew kon Yàlla du ko xool.</t>
+  </si>
+  <si>
+    <t>هذه الصفة والوعيد خاص بالرجال أما النساء فيستثنين من ذلك؛ لأنهن مأمورات بستر جميع جسدهن.
+كل ما يستر النصف الأسفل من الرجال يسمى إزارًا؛ كالسراويل، والثياب وغيرهما، وهو داخل في الأحكام الشرعية المذكورة في هذا الحديث.</t>
+  </si>
+  <si>
+    <t>Melo yii ak tëkku yii góor ñi ñoo ko jagoo, bu dee jigéen ñi ñoom bokku ñu ci; ndaxte ñoom dañu leen a digal ñu muur seen mbooleem yaram.
+Lépp luy muur xaaju suuf bi ci góor ñi dees na ko woowe koddaay; niki tubëy yi, ak mbubb yi ak yeneen, te day dugg ci àttey Sariiha yi ñu tudd ci hadiis bii.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[Abóo Daawuda soloo na ko, ak Ibnu Maaja, ak Ahmat]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/4964</t>
+  </si>
+  <si>
     <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>Jibriil deñul di ma dénk dëkkandóo, bama muj njort ne dana ko dondloo</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>Jële nañu ci Ibn Umar -yal na leen Yàlla dollee gërëm- mu wax ne : Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «Jibriil deñul di ma dénk dëkkandóo, bama muj njort ne dana ko dondloo».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day xamle ne Jibriil deñul di baamtu ak di ko dénk mu yittewóo dëkkandóo, te mooy ki jege sa kër, moo xam jullit la walla yéefér, moo xam jegeñaale la walla du jegeñaale, ci sàmm ay àqam te bañ koo lor, ak di rafetal jëme ci moom, ak di muñ ay loram, ba Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- njort ngir li mu màggal àqi dëkkandóo ak li ko Jibriil di baamtu tax mu njort ne wahyu dana wàcc ngir jox ko ci alal ji fi dëkkandóo bàyyi ginnaaw ba mu faatoo.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Màggaayu àqi dëkkandóo, ak warteefu sàmmoonte ak loolu.
@@ -7995,83 +9836,223 @@
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى».</t>
   </si>
   <si>
     <t>Jële na ñu ci An-Nuhmaan Ibn Basiir -yal na ko Yàlla dollee gërëm- mu wax ne, Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «misaalu way-gëm ñi ci seenug bëggante ak seenug yërëmante ak seenug ñeewantu day mel ni aw yaram, bu ci benn cër di jàmbat dara mbooleem yaram wi yépp day 
 ànd bañ a nelaw ak di tàng».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَجبُ أنْ تكونَ حالُ المسلمين بعضهم مع بعض من محبة الخير والرحمة والمساعدة والنصرة، والتأذِّي بما يحصل لهم من الضرر، كمثل الجسد الواحد، إذا مرض منه عضو، تفاعل معه الجسدُ كلُّه بالسهر والحُمّى.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral ni  jullit ñi war a mel ci seen biir ci yéeneente aw  yiw ak yërmànde ak dimbaleente ak jàppalante, ak di yég lor wuy dal ci ñeneen ñi, kem ni wenn yaram mel, bu ci benn cér feebare, mbooleem yaram wi day ànd di bañ a nelaw ak di tàng.</t>
   </si>
   <si>
     <t>ينبغي تعظيمُ حقوق المسلمين والحضُّ على تعاونهم وملاطفة بعضهم بعضًا.
 ينبغي أن يكونَ بين أهلِ الإيمان المحبة والنصرة.</t>
   </si>
   <si>
     <t>Màggal àqi jullit ñi lu jaadu la, ak ñaaxe ci ñuy dimbalente ak di yërëmante ci seen biir.
 Jaadu  na lii di bëggante ak dimbaleente muy dox ci diggante way-gëm ñi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/4969</t>
   </si>
   <si>
+    <t>العبادة في الهرج كهجرة إلي</t>
+  </si>
+  <si>
+    <t>jaamu Yàlla ci jamonoy fitna moo ngi mel ni gàddaay jëm ci ma</t>
+  </si>
+  <si>
+    <t>عَنْ مَعْقِلِ بْنِ يَسَارٍ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْعِبَادَةُ فِي الْهَرْجِ كَهِجْرَةٍ إِلَيَّ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Mahxal ibn Yasaar yal na ko Yàlla dollee gërëm mu jële ci Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: «jaamu Yàlla ci jamonoy fitna moo ngi mel ni gàddaay jëm ci ma».</t>
+  </si>
+  <si>
+    <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم في زمن الهَرْج والفتنة والقتل واختلاط أمور الناس إلى العبادة والتمسك بها، وأنّ أجرها كهجرة إلى النبي صلى الله عليه وسلم، وذلك لأن الناس يغفلون عنها، ويشتغلون عنها، ولا يتفرغ لها إلا أفراد.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc xamal na jaam ñi ngir ñuy jëm ci jaamu Yàlla jamonoy fitna ak ray ak jaxasoog mbiri nit ñi ak ne loolu ag fayam mi ngi mel ni gàddaay jëm ci Yonente bi, loolu nag ndaxte nit ñi dañu koy sàggane, te kenn du ci taxaw ku dul ay benn-been.</t>
+  </si>
+  <si>
+    <t>الحث على العبادة والإقبال على الله تعالى أيام الفتن؛ تَحَصُّنًا من الفتن، وحِفْظًا من الفساد.
+بيان فضل العبادة في الفتن وأوقات الغفلة.
+ينبغي للمسلم اعتزال مواطن الفتن والغفلة.</t>
+  </si>
+  <si>
+    <t>Ñaaxe ci jaamu ak dëgmal Yàlla jamonoy fitna; ngir aaru ci fitna si, ak mucc ci yàqute gi.
+Leeral ngëneelu jaamu Yàlla ci fitna ak waxtuy càggante yi.
+Jaadu na ci jullit bi mu beru barabi fitna yi ak càggante yi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5020</t>
+  </si>
+  <si>
     <t>اسمعوا وأطيعوا، فإنما عليهم ما حملوا، وعليكم ما حملتم</t>
   </si>
   <si>
     <t>deeleen dégg tey topp, li leen war ñoom mooy la ñu leen gàdduloo, yéen it li leen war mooy li ñu leen gàdduloo</t>
   </si>
   <si>
     <t>عَنْ وَائِلٍ الْحَضْرَمِيِّ قَالَ: سَأَلَ سَلَمَةُ بْنُ يَزِيدَ الْجُعْفِيُّ رضي الله عنه رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا نَبِيَّ اللهِ، أَرَأَيْتَ إِنْ قَامَتْ عَلَيْنَا أُمَرَاءُ يَسْأَلُونَا حَقَّهُمْ وَيَمْنَعُونَا حَقَّنَا، فَمَا تَأْمُرُنَا؟ فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ، فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ فِي الثَّانِيَةِ أَوْ فِي الثَّالِثَةِ، فَجَذَبَهُ الْأَشْعَثُ بْنُ قَيْسٍ، وَقَالَ: «اسْمَعُوا وَأَطِيعُوا، فَإِنَّمَا عَلَيْهِمْ مَا حُمِّلُوا، وَعَلَيْكُمْ مَا حُمِّلْتُمْ».</t>
   </si>
   <si>
     <t>Jële nañu ci Waa-il Al-Hadramii mu wax ne: Salamata ibn Yasiid Al-Juhfii yal na ko Yàlla dollee gërëm laaj na Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc ne ko: Yaw Yonnente Yàlla bi, xibaar ma bu nu ay njiit jiitee di nu laaj seen àq, di nu xañ sunuy àq, ana lan nga nuy digal? Mu dummooyu ko, topp mu laajaat ko, mu dummooyu ko, mu laaj ko ci ñaareel bi walla ñatteel bi, Al-Ashas ibn Xays xëcc ko, mu ne ko: "deeleen dégg tey topp, li leen war ñoom mooy la ñu leen gàdduloo, yéen it li leen war mooy li ñu leen gàdduloo".</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الأمراء الذين يَطلبون حَقَّهم من الناس مِن السمع والطاعة، ويَمنعون الحقَّ الذي عليهم؛ مِن بَذْل العدل وإعطاء الغنيمة ورد المظالم والتسوية، فما تأمرنا أن نفعل معهم؟ 
 فأعْرَضَ النبيُّ صلى الله عليه وسلم عنه؛ كأنه كَرِهَ هذه المسائل، لكنْ أعادَ السائلُ عليه مرة ثانية وثالثة، فَجَذَبَ الأشعثُ بنُ قيس رضي الله عنه السائلَ لِيُسْكِتَه.
 فأجاب النبيُّ صلى الله عليه وسلم، وقال: اسمعوا لقولِهم، وأطيعوا أمرَهم؛ فإنما عليهم ما حُمِّلوا وما كُلِّفوا مِن العدل وإعطاء حق الرعية، وعليكم ما حُمِّلْتُم من الطاعة وأداء الحقوق والصبر على البلية.</t>
   </si>
   <si>
     <t>Laaj nañu Yonnente bi yal na ko Yàlla dolli xéewal ak mucc njitt yi nga xam ne dañuy sàkku seen àq ci nit ñi, ci déggal ak topp, tey xañe àq ji leen war ñoom; ci màndu, ak joxe koom mi, ak delloo tooñaange yi ak yamale, ana lan nga nuy digal nu def ko ak ñoom?
 Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dummooyu ko; mu mel ni dafa sib laaj bi, waaye aji-laaj ji  delloo ko laaj bi ñaari yoon ak ñatti yoon, Al-Ashas ibn Xays yal na ko Yàlla dollee gërëm xëcc ko ngir noppiloo ko.
 Yonnente bi yal na ko Yàlla dolli xéewal ak mucc tontu ko, ne ko: nangeen dégg seen i wax, tey topp seen i ndigal; ñoom li leen war mooy la nu leen gàdduloo waral ko ci ñoom cig maanute ai joxe àqi càmm gi, li leen war yéen mooy li ñu leen gàdduloo ci topp ak joxe àq yi ci muñ kaawteef yi.</t>
   </si>
   <si>
     <t>الأمر بالسمع والطاعة للأمراء على كل حال فيما يرضي الله عز وجل، وإن لم يقوموا بحق الرعية.
 تقصير الحكّام في واجبهم لا يُسَوِّغُ تقصيرَ الناس بالمقابل في واجباتهم؛ فكلٌّ مسؤولٌ عن عملِه، ومؤاخذ عن تقصيره.
 الدين ليس مبنيًّا على المُقايَضَة، وإنما على الالتزام بما وَجَب وإنْ قَصَّرَ الآخَرُ بما وجب عليه في المقابل، كما ورد في هذا الحديث.</t>
   </si>
   <si>
     <t>Digle nañu dégg ak topp ñeel njiit ci bépp anam, ci lu Yàlla gërëm, donte taxawuñu ci àqi càmm gi.
 Gàtteñlug njiit yi ci seen i àq du tax nit ñi war gàtteñlu ci weccee loolu ci seen i àq; ku nekk dees na ko laaj jëfam, te dees na ko toppe ag gàtteñloom.
 Diine tabaxuwul ci fayyantoo waaye ci taqoo ak li war la donte ñeneen ñi dañoo gàtteñlu ca la leen war, kem ni mu rote ci Hadiis bi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5037</t>
+  </si>
+  <si>
+    <t>ما من مسلم يدعو بدعوة ليس فيها إثم، ولا قطيعة رحم، إلا أعطاه الله بها إحدى ثلاث: إما أن تعجل له دعوته، وإما أن يدخرها له في الآخرة، وإما أن يصرف عنه من السوء مثلها قالوا: إذن نكثر، قال: الله أكثر</t>
+  </si>
+  <si>
+    <t>amul benn jullit buy ñaan ñaan gu amul bàkkaar amul dog mbokk, lu dul ne Yàlla dana ko ko jox ci benn ci ñatt yii: ben mu gaawalal ko ag ñaanam, walla mu dencal ko ko ca allaaxira, walla mu wëlbatil ko ca lu bon lu toll ni moom" ñu ne ko: kon de dananu barile, mu ne: "Yàlla moo gën a barile</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ مُسْلِمٍ يَدْعُو بِدَعْوَةٍ لَيْسَ فِيهَا إِثْمٌ، وَلَا قَطِيعَةُ رَحِمٍ، إِلَّا أَعْطَاهُ اللهُ بِهَا إِحْدَى ثَلَاثٍ: إِمَّا أَنْ تُعَجَّلَ لَهُ دَعْوَتُهُ، وَإِمَّا أَنْ يَدَّخِرَهَا لَهُ فِي الْآخِرَةِ، وَإِمَّا أَنْ يَصْرِفَ عَنْهُ مِنَ السُّوءِ مِثْلَهَا» قَالُوا: إِذنْ نُكْثِرُ، قَالَ: «اللهُ أَكْثَرُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Sahiid Al-Xudriyu -yal na ko Yàlla dollee gërëm- mu jële ci Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "amul benn jullit buy ñaan ñaan gu amul bàkkaar amul dog mbokk, lu dul ne Yàlla dana ko ko jox ci benn ci ñatt yii: ben mu gaawalal ko ag ñaanam, walla mu dencal ko ko ca allaaxira, walla mu wëlbatil ko ca lu bon lu toll ni moom" ñu ne ko: kon de dananu barile, mu ne: "Yàlla moo gën a barile".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم: أنّ المسلم إذا دعا الله وسأله مسألة ليست بإثم كأنْ يدعوَه بتيسير المعصية والظلم، ولا دَعا بقطيعة رحم؛ كأن يدعوَ على أولاده وقرابته، إلا أعطاه الله بدعائه أحدَ ثلاثة أمور: 
+إما أنْ يعجّل له دعوته ويعطيه ما سأل.
+وإما أنْ يؤخِّرها الله عز وجل أجرًا له يوم القيامة بعلو في الدرجات، أو رحمة ومغفرة من السيئات.
+وإما أن يدفع عنه في دنياه من السوء مثلها بقدر الدعاء. 
+فقال الصحابة للنبي صلى الله عليه وسلم: إذن نكثر من الدعاء؛ لننال أحد هذه الفضائل؟
+فقال صلى الله عليه وسلم: أن ما عند الله أكثر وأعظم مما تسألون، فعطاؤه لا ينفد، ولا ينتهي.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne: bu jullit bi ñaanee ag ñaan gu bàkkaar amul niki mu ñaan ko yombalug moy ak tooñ, te it ñaanul dogug mbokk; niki mu ñaan ci kaw ay doomam ak i mbokkam, lu dul ne Yàlla dana ko jox ñaanam gi ci benn ci ñatti bir yii: Benn mu gaawalal ko ñaanam gi jox ko li mu ñaan. Walla Yàlla mu màgg mi dencal ko ko mu nekk ag fay ëllëg bis-pénc ci kaweg daraja, walla yërmànde ak jéggalug ñaawteef yi. Walla mu jeñal ko ci àdduna lu bon lu mel ni moom ci kem ñaan gi. Sahaaba yi wax Yonente bi yal na ko Yàlla dolli xéewal ak mucc ne ko: kon de dananu bari ay ñaan; ngir nu am benn ci ngëneel yii? Yonente bi yal na ko Yàlla dolli xéewal ak mucc ne leen: la ne fa Yàlla moo gën a bari gën a màgg li ngeen koy ñaan, ay mayam du naaxsaay te du jeex.</t>
+  </si>
+  <si>
+    <t>دعوة المسلم مستجابة لا تُرَدّ لكن بشروطها وآدابها؛ لذلك ينبغي على العبد أن يكثر من الدعاء ولا يستعجل بالإجابة.
+الاستجابة للدعاء غير مقيَّدة بحصول المطلوب؛ فقد يُكَفِّر عنه بدعوته، أو يَدَّخِر له في الآخرة.
+قال ابن باز: الإلحاح، وحسن الظن بالله، وعدم اليأس، من أعظم أسباب الإجابة، فعلى المرء أن يُلِحَّ في الدعاء، ويحسن الظن بالله عز وجل، ويَعلم أنه حكيم عليم، قد يُعجِّل الإجابة لحكمة، وقد يؤخرها لحكمة، وقد يعطي السائل خيرًا مما سأل.</t>
+  </si>
+  <si>
+    <t>Ñaanu jullit bi lu ñuy nangu la deesu ko delloo waaye nag ci ay sàrtam ak i tegginam; loolu moo tax jaadu na ci jaam bi mu baril ay ñaan te bañ a yàkkamti nangu ga.
+Nangug ñaan tënkuwul rekk ci amug la ñu doon sàkku; amaana ñu faral ko ci ñaanam gi ay bàkkaar, walla ñu dencal ko ko ca allaaxira.
+Ibn Baas nee na: jonguru, ak rafet njort ci Yàlla, ak bañ a naagu, bokk na ci sababi nangu ñaan yi, kon war na ci nit ki mu jonguru ci ñaanam, te rafet njort ci Yàlla mu màgg mi, te xam ne ,moom Aji-Xereñ la Aji-Xam la, amaana mu gaawal ñaan ngir ag xereñteef, amaana it mu jox aji-laaj ji lu gën li mu doon laaj.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5100</t>
+  </si>
+  <si>
+    <t>أن نبي الله صلى الله عليه وسلم كان يقول عند الكرب: لا إله إلا الله العظيم الحليم، لا إله إلا الله رب العرش العظيم، لا إله إلا الله رب السماوات ورب الأرض ورب العرش الكريم</t>
+  </si>
+  <si>
+    <t>Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc daan na wax bu jafe-jafe amee: "laa ilaaha illallaahu Al-Hasiimu Al-Haliimu, laa ilaaha illallaahu Rabbul Harsi Al-Hasiimi, laa ilaaha illallaahu Rabbus Samaawaati wa Rabbul Ardi wa Rabbul Harsi Al-Kariimi</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما: أَنَّ نَبِيَّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ عِنْدَ الْكَرْبِ: «لَا إِلَهَ إِلَّا اللهُ الْعَظِيمُ الْحَلِيمُ، لَا إِلَهَ إِلَّا اللهُ رَبُّ الْعَرْشِ الْعَظِيمِ، لَا إِلَهَ إِلَّا اللهُ رَبُّ السَّمَاوَاتِ وَرَبُّ الْأَرْضِ وَرَبُّ الْعَرْشِ الْكَرِيمِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Ibn Abbaas -yal na leen Yàlla dollee gërëm- mu ne: Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc daan na wax bu jafe-jafe amee: "laa ilaaha illallaahu Al-Hasiimu Al-Haliimu, laa ilaaha illallaahu Rabbul Harsi Al-Hasiimi, laa ilaaha illallaahu Rabbus Samaawaati wa Rabbul Ardi wa Rabbul Harsi Al-Kariimi".</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم يقول عند اشتداد الكَرْب والغَمِّ عليه: 
+«لا إله إلا الله» لا معبودَ بحق إلا الله، «العظيم» القَدْرِ، الجليل الشأن، في ذاته وصفاته وأفعاله، «الحليم» الذي لا يُعَاجِل العاصي بالعقوبة بل يُؤخّرها، وقد يعفو عنه مع القدرة عليه، فهو القادر سبحانه على كل شيء.
+«لا إله إلا الله رب العرش العظيم» خالق العرش العظيم، «لا إله إلا الله رب السموات والأرض» وخالق السموات والأرض، وخالق كل شيء فيهما ومالكه ومُصْلِحُه، والمُتصرِّف فيه كيف ما شاء، «رب العرش الكريم» خالق العرش الكريم.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc daan na wax bu jafe-jafe yi ak xat-xat yi daan tar ci moom: "laa ilaaha illallaahu" amul kenn ku ñuy jaamu ci dëgg ku dul Yàlla, "Al-Hasiimu" Aji-Màgg dayo ji, Aji-màgg mbir, ci jëmmam ak ay meloom ak i jëfam, "Al-Haliimu" Aji-Lewet ji nga xam ne du yàkkamti aji-moy ji ci ay mbugal waate da koy yeexe, amaana sax mu baal ko ànd ak kàttanam ci moom, moom Aji-Am kàttan la tudd naa sellam ga ci lépp. "laa ilaaha illallahu Rabbul Harsi Al-Hasiimi" amul kenn ku ñu war a jaamu ku dul Yàlla mi Bind Aras ju màgg ji, "laa ilaaha illallaahu Rabbus Samaawaati wa Rabbul Ardi" moom miy Aji-Bind Asamaan yi ak Suuf si, di Aji-Bind lépp lu nekk ci seen biir, moom ko te di ko yéwénal, te di Aji-Soppaxndiku ca nu mu ko soobe, "Rabbul Harsi Al-Kariimi" Aji-Bind Aras ju tedd ji.</t>
+  </si>
+  <si>
+    <t>وجوب الفزع إلى الله بالدُّعَاء عند نزول المصائب والكُرُوْب.
+استحباب الدعاء بهذا الذِّكْر عند الكرب.
+عرش الرحمن الذي استوى عليه جل جلاله هو أعلى المخلوقات وأكبرُها وأعظمُها، وقد وصفه النبي صلى الله عليه وسلم بأنه عظيم وبأنه كريم.
+خص السموات والأرض بالذكر؛ لأنهما من أعظم المخلوقات المشاهدة.
+قال الطيبي: صَدَّرَ هذا الثناءَ بذكر الرب لِيناسب كَشْفِ الكرب؛ لأنه مقتضى التربية، وفيه التهليل المشتمل على التوحيد وهو أصل التنزيهات الجلالية، والعظمة التي تدل على تمام القدرة، والحلم الذي يدل على العلم، إذ الجاهل لا يُتَصَوّر منه حِلْم ولا كرم وهما أصل الأوصاف الإكرامية.</t>
+  </si>
+  <si>
+    <t>Warug làqatu jëm ci Yàlla ci di ko ñaan bu ay musiba wàccee ak i jafe-jafe.
+Sopp nañu ñaan lii bu musiba amee.
+Arasu bi nga xam ne ca la boroom bi yamoo moo gën a kawe ci mbindeef yi gën ci a rëy gën ci a màgg, Yonente bi yal na ko Yàlla dolli xéewal ak mucc melal na ko ci ne lu màgg la lu tedd la.
+Jagleel na asamaan yi ak suuf si ci ag tudd; ndaxte ñoom ñaar ñoo gën a màgg ci mbindeef yi ñuy gis.
+At-Tiibii nee na: ubbee na tagg gii ci tudd Boroom bi ngir mu méngoo ak wuññi jafe-jafe; ndaxte loolu mooy li war, nekk na ci it tudd Yàlla gi làmboo Tawhiid te mooy cosaanu sellal ku Màgg ki, ak màggaay giy tegtale matug kàttanam, ak lewet giy tegtale matug xam-xamam, ndaxte ki xamul deesul séentu ci moom ag lewet du caagine teddnga te ñoom ñaar ñooy cosaani ci teralaate.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5141</t>
+  </si>
+  <si>
+    <t>ما صلى النبي صلى الله عليه وسلم صلاة بعد أن نزلت عليه: إذا جاء نصر الله والفتح النصر:  إلا يقول فيها: سبحانك ربنا وبحمدك اللهم اغفر لي</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc julliwul ag julli ginnaaw bi saaru {Isaa jaa-a nasrul Laahi walfathu} [An-Nasr: 1] wàccee ci moom lu dul dana ca wax: "Subhaanaka Rabbanaa wa bihamdika Allaahuma ixfir lii</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِيَ اللَّهُ عَنْهَا قَالَتْ: مَا صَلَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلاَةً بَعْدَ أَنْ نَزَلَتْ عَلَيْهِ: {إِذَا جَاءَ نَصْرُ اللَّهِ وَالفَتْحُ} [النصر: 1] إِلَّا يَقُولُ فِيهَا: «سُبْحَانَكَ رَبَّنَا وَبِحَمْدِكَ اللَّهُمَّ اغْفِرْ لِي».
+وعَنْها قَالَتْ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ فِي رُكُوعِهِ وَسُجُودِهِ: «سُبْحَانَكَ اللهُمَّ رَبَّنَا وَبِحَمْدِكَ، اللهُمَّ اغْفِرْ لِي» يَتَأَوَّلُ الْقُرْآنَ.</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Aysatu ndayu jullit ñi -yal na ko Yàlla dollee gërëm- mu wax ne: Yonente bi yal na ko Yàlla dolli xéewal ak mucc julliwul ag julli ginnaaw bi saaru {Isaa jaa-a nasrul Laahi walfathu} [An-Nasr: 1] wàccee ci moom lu dul dana ca wax: "Subhaanaka Rabbanaa wa bihamdika Allaahuma ixfir lii".</t>
+  </si>
+  <si>
+    <t>تُخْبِرُ أمُّ المؤمنين عائشةُ رضي الله عنها أن النبي صلى الله عليه وسلم لما أُنزِل عليه: {إذا جاء نصر الله والفتح} تَأَوَّلَ القرآنَ وبَادَرَ إلى امتثال أَمْرِ الله تعالى في قوله: {فسبح بحمد ربك واستغفره}، فكان يكثر أن يقول في حال ركوعه وسجوده أثناء الصلاة: «سبحانك» وتنزيهًا لك من كلِّ نقص عما لا يليق بك، «اللهم ربنا وبحمدك» بالثناء المحمود عليك لكمال ذاتك وصفاتك وأفعالك، «اللهم اغفر لي» وامْحُ عني ذنبي وتجاوز عنه.</t>
+  </si>
+  <si>
+    <t>Ndayu jullit ñi Aysatu yal na ko Yàlla dollee gërëm day xibaare ne Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ba saaru {Isaa Jaa-a nasrul Laahi walfathu} wàccee ci moom dafa firi Alxuraan gaaw jëm ci jëfe ndigalu Yàlla mu kawe mi ci waxam ji: {Fa sabbih bihamdi Rabbika wastaxfirhu}, mu daan baril lu muy wax ci ay sujjóotam ak i rukkóom ci jamonoy julli gi: "Subhaana" ag sellal ñeel na la ci gépp mànkite ci lépp lu yellul ci yaw, "Allaahuma Rabbanaa wa bihamdika" ci tagg gu ñu gërëm ci yaw ngir sa matug jëmm ak say melo ak say jëf, "Allaahuma ixfir lii" faral ma samay bàkkaar te baal ma ko.</t>
+  </si>
+  <si>
+    <t>استحباب الإكثار من هذا الدعاء في الركوع والسجود.
+الاستغفار في آخر العُمْر فيه تَنبيهٌ أنْ تَخْتِمَ العبادات كذلك -وخصوصًا الصلاة- بالاستغفار، ليتدارك ما حصل فيها من النقص.
+أحسن ما يُتَوَسَّل به إلى الله في قبول الدعاء هو ذِكْرُ مَحامده وتسبيحه وتنزيهه عن النقائص والعيوب.
+فضيلة الاستغفار، وطلبه في كل حال.
+كمال عبودية النبي صلى الله عليه وسلم وامتثاله لأمر الله.</t>
+  </si>
+  <si>
+    <t>Sopp nañu baril ñaan gii ci rukkóo yi ak sujjóot yi.
+Sàkku njéggal ci mujjug dund gi ag yeete ci ñu tëje jaamu yi naka noonu -rawati na julli- ci sàkku njéggal, ngir dabaatal li ci am ci ag mànkite.
+Li gën ci luy jokkale jaam bi jëm ci Yàlla ngir ñaanam nangu mooy tagg ko ak sàbbaal ko ak sellal ko ci gépp manki-manki ak ayib.
+Ngëneelu jéggalu ak sàkku ko ci gépp anam.
+Matug njaamug Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ak jëfeem ndigali Boroomam.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5212</t>
   </si>
   <si>
     <t>مروا أولادكم بالصلاة وهم أبناء سبع سنين، واضربوهم عليها وهم أبناء عشر، وفرقوا بينهم في المضاجع</t>
   </si>
   <si>
     <t>digalleen seen doom yi ñuy julli bu ñu amee juróom-ñaari at, te ngeen leen di dóor ci loolu bu ñu amee fukki at,te ngeen teqale seen diggante ca tëddukaay ya</t>
   </si>
   <si>
     <t>عن عمرو بن شُعيب عن أبيه عن جدِّه قال: قال رسولُ الله صلى الله عليه وسلم: «مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ».</t>
   </si>
   <si>
     <t>Jële nañu ci Amr ibn Suhaybu mu jële ci baayam mu jële ci maamam mu wax ne: Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «digalleen seen doom yi ñuy julli bu ñu amee juróom-ñaari at, te ngeen leen di dóor ci loolu bu ñu amee fukki at,te ngeen teqale seen diggante ca tëddukaay ya».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على الأبِ أنْ يأمُرَ أولادَه -الذكور والإناث- بالصلاة وأعمارهم سبع سنين، ويُعَلِّمهم ما يحتاجون لإقامتها. 
 وإذا بَلَغُوا عشرَ سنين زادَ في الأمر، فيضرب على التقصير فيها، ويُفَرِّق بينهم في الفِراش.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc-day leeral ne war na ci baay bi mu digal ay doomam-góor ñi ak jigéen ñi- ñuy julli bu ñu amee juróom-ñaari at,mu xamal leen li ñu aajowoo ngir taxawal ko. Bu ñu matalee fukki at mu dolli ca ndigal la, di leen dóor ci bi ñu ca gàtteñloo, te teqale seen diggante ca lal ba.</t>
   </si>
   <si>
     <t>تعليم الأولاد الصغار قبل البلوغ أمورَ الدين، ومن أهمِّها الصلاة.
 الضرب يكون للتأديب، وليس للتعذيب، فيضرب ضربًا يليق بحالِه.
 عناية الشريعة بحفظ الأعراض، وسدُّها كلَّ طريقٍ قد يُفضي إلى الفساد.</t>
   </si>
@@ -8108,57 +10089,82 @@
 Bu njëkk bi: mocc: wax ji ceddo yi di fajoo te mu làmboo bokkaale.
 Ñaareel bi: ay xarnga-fuufa lu deme ni ay xor mbaa lu ni mel: mooy li ñuy tàkkal xale yi ak baayima yi ak yeneen ngir jeñ bët bu aay.
 Ñatteel bi: noob: te mooy lu ñuy def ngir kiy sëy bëgg ki muy sëyal.
 Bir yii ci bokkaale la bokk; ndax day def mbir ab sabab, te nekkul sababu Sariiha bu am tegtal, nekkul it sabab bu ñu man a làmb daj ko. Bu dee sababi Sariiha yi nag niki jàng Alxuraan, walla yi nu man a yëg niki garab yi nga xam ne dañu koo xame ci def ko, loolu dagan na ànd ak gëm ne moom sabab rekk la waaye njariñ ak lor ci loxol Yàlla la nekk.</t>
   </si>
   <si>
     <t>صيانة التوحيد والعقيدة عما يُخِلُّ بها.
 تحريم استعمال الرقى الشركية والتمائم والتولة.
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Bokk na ci njariñal adiis bi :
 Sàmm ag wéetal Yàlla ak pas-pas bu wér ci lépp lu koy yàq.
 Araamug jëfëndikoo mocci bokkaale yi ak i xarnga-fuufa, ak noob.
 Nit ki gëm ci ñatt yii ne ay sabab lañu: loolu bokkaale gu ndaw la; ndax mooy lu nekkul sabab nga def ko sabab, waaye bu fasee ne day jariñ di lor ci boppam loolu bokkaale gu mag la.
 Moytondikuloo di def sababi bokkaale yi ak yu araam yi.
 Araamal mocc ak ne si bokkaale la bokk lu dul muy mocc bu ñu yoonal.
 Xol bi dafa war a wékku ci Yàlla dong, ndax ci moom rekk la lor ak njariñ di bawoo amul bokkaale, yiw du am lu dul mu juge ci Yàlla te kenn du jeñ lor ku dul Yàlla mu kawe mi.
 Mocc bu dagan day làmboo ñatti sart: 1- mu fas ne sabab rekk la du jariñ ci lu dul ndigalu Yàlla. 2- mu nekk ci Alxuraan ak turi Yàlla ak i meloom ak ay ñaani Yónente bi ak ay ñaan yu ñu yoonal. 3- mu nekk ci làkk wu nu xam te du am ay xaatim ak i njabar.</t>
   </si>
   <si>
-    <t>رواه أبو داود وابن ماجه وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5273</t>
+  </si>
+  <si>
+    <t>إذا تثاءب أحدكم فليمسك بيده على فيه، فإن الشيطان يدخل</t>
+  </si>
+  <si>
+    <t>bu kenn ci yéen óbbalee na teg loxoom ci gémmiñam ndaxte Saytaane day dugg</t>
+  </si>
+  <si>
+    <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا تَثَاءَبَ أَحَدُكُمْ فَلْيُمْسِكْ بِيَدِهِ عَلَى فِيهِ، فَإِنَّ الشَّيْطَانَ يَدْخُلُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Sahiid Al-Xudrii -yal na ko Yàlla dollee gërëm- mu wax ne: Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «bu kenn ci yéen óbbalee na teg loxoom ci gémmiñam ndaxte Saytaane day dugg».</t>
+  </si>
+  <si>
+    <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن تَثاءبَ بأن فتح فمه بسبب الكسل أو الامتلاء ونحو ذلك؛ بأنْ يضع يدَه على فَمِه فيُغْلِقه بها؛ وذلك لأن الشيطان يدخل فيه إذا تركه مفتوحًا، فوَضْعُ اليد يكون مانعًا من دخوله.</t>
+  </si>
+  <si>
+    <t>Yonnente bi jàngal na kiy óbbali gémmiñam ubbeeku ngir tàyyeel walla suur mbaa luy niru loolu; mu teg loxoom ci gémmiñam tëj ko ci; ndaxte Saytaane da ciy dugg bu ko bàyyee mu ubbiku, bu ko defee tek loxo bi day tax du dugg.</t>
+  </si>
+  <si>
+    <t>إذا أراد الإنسان أن يتثاءب فعليه أنْ يَكْظِمَ ما استطاع، بأنْ يُمْسِكَ على فِيه، فيُبقيه مُغلقًا بحيث لا ينفتح، فإن لم يستطع إبقاء فمِهِ مغلقًا فليضع يدَه على فيه، فيُغَطِّي فاه بيده.
+التزام آداب الإسلام في جميع الحالات؛ لأنها عنوان الكمال والأخلاق.
+الحذر من كل مَدَاخِل الشيطان على الإنسان.</t>
+  </si>
+  <si>
+    <t>Bu nit nammee óbbali war na ci moom mu nëbb ko kem kàttanam, ci mu téye gémmiñam, ba du ubbiku, bu manul fexe ba du ubbiku kon na teg loxoom ci gémmiñam, ngir muur ko.
+Taqoo ak teggini lislaam yi ci gépp anam; ndaxte mooy màndargam matug jikkó yi.
+Moytu lépp luy may saytaane mu mana am fumu jaar ba dugg ci nit ki.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5280</t>
   </si>
   <si>
     <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>ndax xam ngeen luy jëw?», ñu ne ko: Yàlla ak Yónenteem a xam, mu daa di ne mooy: «tudd sa mbokk ci lu ko neexul</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «ndax xam ngeen luy jëw?», ñu ne ko: Yàlla ak Yónenteem a xam, mu daa di ne mooy: «tudd sa mbokk ci lu ko neexul», ñu ne ko: waaw bu dee li ma wax moo ngi ci sama mbokk mi nag? Mu wax ne: «bu nekkee ci moom kon jëw nga ko, bu nekkul ci moom nag kon duural nga ko».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral dëgg-dëggi jëw bi araam, te mooy: tudd jullit bu fàddu ci lu ko neexul, moo xam ciw mbindiinam la walla ciy jikkoom, niki: patt bi, wurujkat bi, fenkat bi, ak melo yu ñaaw yi ko niru, donte melo yooyu moo ngi ci moom.
 Bu dee melo wi  nekkul ci moom nag loolu moo gën a tar jëw, ndax duur la, maanaam: sosal nit ki ci lu nekkul ci moom.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
@@ -8341,50 +10347,124 @@
   </si>
   <si>
     <t>Jële nañu ci Mahqal Ibn Yasaar Almusanii -yal na ko Yàlla dollee gërëm- mu wax ne: dégg naa Yónente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «amul benn jaam bu Yàlla sàmmuloo am càmm, mu faatu fekk da doon wuruj ña muy sàmme, lu dul ne Yàlla dana araamal ci moom àjjana».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day xamle ne ku Yàlla def kilifa mu jiite nit ñi, moo xam njiit lu mag la niki buur, walla njiit lu ndaw niki góor gi ci këram, ak jigéen gi ci këram,  mu gàttanlu ci àqi la muy sàmm, di leen wuruj te du leen laabire, daal di sànk séen i àq yu diine mbaa yi àdduna, kooku yayoo na mbugal mu tar mii.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Bokk na ci njariñal adiis bi :
 Tëkku gii nag nekkul ne njiit lu mag li ak ña koy wuutu rekk a ko jagoo, waaye day làmboo képp ku Yàlla sàmmuloo am càmm.
 Li war képp ku jiite dara ci biri jullit ñi mooy mu leen di laabire, te pastéefu ci matal kóllare, te moytoo wor.
 Màggaayu wartéefu képp Ku yilif Aw nit, moo xam kiliftéef gu gu ndaw walla gu mag.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5335</t>
   </si>
   <si>
+    <t>انظروا إلى من أسفل منكم، ولا تنظروا إلى من هو فوقكم، فهو أجدر ألا تزدروا نعمة الله عليكم</t>
+  </si>
+  <si>
+    <t>deeleen xool ñi leen féete suuf, te buleen xool ci ñi leen féete kaw, ndax moo gën a yay ba dungeen xeeb xéewali Yàlla yi ci seen kaw</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضيَ اللهُ عنهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «انْظُرُوا إِلَى مَنْ أَسْفَلَ مِنْكُمْ، وَلَا تَنْظُرُوا إِلَى مَنْ هُوَ فَوْقَكُمْ، فَهُوَ أَجْدَرُ أَلَّا تَزْدَرُوا نِعْمَةَ اللهِ عَلَيْكُمْ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu wax ne : Yonente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: "deeleen xool ñi leen féete suuf, te buleen xool ci ñi leen féete kaw, ndax moo gën a yay ba dungeen xeeb xéewali Yàlla yi ci seen kaw".</t>
+  </si>
+  <si>
+    <t>أمَر النبيُّ صلى الله عليه وسلم المسلم أن ينظر في أمور الدنيا  في المنزلة والمال والجاه وغيرها إلى من حاله أسفل منه وأقل، وألّا ينظر في أمور دنياه إلى من هو فوقه وأفضل منه، فإن ذلك النظر إلى من هو أسفل أحق وأحرى ألّا تَحتقر وتَنتقص نعمة الله عليك.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc digle na ñuy xool ci mbiri àdduna yi ci wàccuwaay ak alal ak daraja ak lu dul loolu ci meloy ñi féete suuf te gën a néewle, te bañ a xool ci mbiri àdduna yi ñi féete kaw te gënle la, ndaxte xool ci kila féete suuf mooy tax ba doo xeeb walla ngay tuutal xéewal yi la Yàlla defal.</t>
+  </si>
+  <si>
+    <t>القناعة من أجلّ أخلاق المؤمنين، وهي علامة على الرضا بقدر الله.
+قال ابن جرير: هذا حديث جامع لأنواع من الخير؛ لأن الإنسان إذا رأى من فضل عليه في الدنيا طلبت نفسه مثل ذلك، واستصغر ما عنده من نعمة الله تعالى، وحرص على الازدياد ليلحق بذلك أو يقاربه، هذا هو الموجود في غالب الناس، وأما إذا نظر في أمور الدنيا إلى من هو دونه فيها ظهرت له نعمة الله تعالى عليه، فشكرها وتواضع، وفعل فيه الخير.</t>
+  </si>
+  <si>
+    <t>Doylu dafa bokk ci li gën a màgg ci jikkóy way-gëm yi, te màndarga la ci gërëm dogalu Yàlla.
+Ibn Hajar nee na: hadiis bii dafa boole xeeti yiw yi; ndax nit bu gisee ki ko gënle ci àdduna bakkanam day sàkku lu mel noonu, xeeb li mu am ci xéewali Yàlla yi, mu xér ci yokk ngir dab kooku mbaa mu jege ko, te lii moo nekk ci ñi ëpp ci nit ñi, bu dee dafa xool ci mbiri àdduna ki ko féete suuf kon day gis xéewali Yàlla yi ci moom, mu sant ca daal di toroxlu, daal di ciy def lu baax.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5341</t>
+  </si>
+  <si>
+    <t>حق المسلم على المسلم ست قيل: ما هن يا رسول الله؟، قال: إذا لقيته فسلم عليه، وإذا دعاك فأجبه، وإذا استنصحك فانصح له، وإذا عطس فحمد الله فسمته، وإذا مرض فعده وإذا مات فاتبعه</t>
+  </si>
+  <si>
+    <t>àqi jullit ci moroomam juróom-benn la" ñu ne ko: yooyu yan la yaw Yonente Yàlla bi?, mu ne: "boo dajee ak moom nanga ko nuyu, bu la woowee nanga ko wuyu, bu sàkkoo nga laabire ko nanga ko laabire, bu tissoolee daal di sant Yàlla nanga ko ndokkeel, bu feebaree seeti ko, bu faatoo nga gunge ko</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ سِتٌّ» قِيلَ: مَا هُنَّ يَا رَسُولَ اللهِ؟، قَالَ: «إِذَا لَقِيتَهُ فَسَلِّمْ عَلَيْهِ، وَإِذَا دَعَاكَ فَأَجِبْهُ، وَإِذَا اسْتَنْصَحَكَ فَانْصَحْ لَهُ، وَإِذَا عَطَسَ فَحَمِدَ اللهَ فَسَمِّتْهُ، وَإِذَا مَرِضَ فَعُدْهُ وَإِذَا مَاتَ فَاتَّبِعْهُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "àqi jullit ci moroomam juróom-benn la" ñu ne ko: yooyu yan la yaw Yonente Yàlla bi?, mu ne: "boo dajee ak moom nanga ko nuyu, bu la woowee nanga ko wuyu, bu sàkkoo nga laabire ko nanga ko laabire, bu tissoolee daal di sant Yàlla nanga ko ndokkeel, bu feebaree seeti ko, bu faatoo nga gunge ko".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن حق المسلم على أخيه المسلم سِتُّ خِصَال:
+الأولى: يسلم عليه إذا لقِيه بقول: السلام عليكم، وهو يردُّ السلام بقوله: وعليكم السلام. 
+الثانية: إجابة دعوته إذا دعاه لِوَلِيْمَة وغيرِها. 
+الثالثة: النصيحة له إذا طلبها، ولا تُدَاهِنه أو تَغُشّه. 
+الرابعة: إذا عطس فقال: الحمد لله، فشَمِّتْه بقول: يرحمك الله، وهو يردُّ قائلًا: يَهديكم الله ويُصلح بالكم. 
+الخامسة: يعوده ويزوره إذا مرض. 
+السادسة: يُصلِّي عليه إذا مات، ويتبع جنازته حتى تُدْفَن.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc leeral na ne bokk na ci àqi jullit bi ci mbokku jullitam juróom-benni jikkó: Bi njëkk bi: da koy nuyu bu dajee ak moom, mu wax ko: Assalaamu halaykum, moom mu delloo ko ko ci wax: wa halaykumus Salaam. Ñaareel bi: mu wuyu ab wooteem bu ko woowee ngir céetal ak leneen. Ñatteel bi: mu laabire ko bu ko sàkkoo, te du ko naxasaale walla mu koy wuruj. Ñenteel bi: bu tissoolee daal di wax: Alhamdu lil-Laah, mu ndokkeel ko ci wax ko: Yarhamuka Allaah, moom itam mu delloowaat ko daal di wax: Yahdiikumul Laahu wa yuslih baalakum. Juróomeel bi: da koy seeti nemmeeku ko bu feebaree. Juróom-beneel bi: mu jullee ko bu faatoo, gunge ab néewam ba ñu suul ko.</t>
+  </si>
+  <si>
+    <t>قال الشوكاني: والمراد بقوله: (حق المسلم) أنه لا ينبغي تركه ويكون فعله إما واجبًا أو مندوبًا ندبًا مؤكَّدًا شبيهًا بالواجب الذي لا ينبغي تركه.
+ردُّ السلام فَرْض عيْن إذا كان المسلَّم عليه فردًا، ويكفي عن الجماعة أحدُهم، أما ابتداء السلام فالأصل فيه أنه سنة.
+زيارة المريض من حقوقه على إخوانه المسلمين؛ لأنها تُدْخِل المَسَرَّة والأُنس على قلبه، وهي فرض كفاية.
+وجوب إجابة الدعوة ما لم يكن فيها إثم؛ ،فإن كانت إلى وَلِيْمةِ عُرْسٍ فالجمهور على وجوب إجابتها إلا لعذر شرعي، أما إن كانت لغير وليمة العرس فالجمهور على أنها مستحبة.
+تشميت العاطس واجب على من سَمِعَ حَمْدَ العاطِس لله.
+كمال الشريعة وحرصها  في توثيق عرى المجتمع والإيمان وأواصِر المحبة بين أفراده.
+(فَسَمِّتْهُ) وفي بعض النسخ: "فشمّته"، بالسين المهملة والشين المعجمة: الدعاء بالخير والبركة، التشميت قيل معناه: أبعدك الله عن الشَّمَاتة، وجَنّبك ما يَشْمِت به عدوُّك، والتسميت معناه: هداك الله إلى السَّمْتِ المستقيم.</t>
+  </si>
+  <si>
+    <t>As-Sawkaanii nee na: li ñu namm ci waxam ji: (àqi jullit) mooy ne jaaduwul mu bàyyi ko kon def gi day nekk lu war walla lu ñu sopp sopp gu feddaliku mu niróo ak ku war lol bàyyi ko jaaduwul.
+Delloo nuyóo faratay jëmm la bu dee benn jullit la, mbooloo mi nag kenn dana leen doy, bu dee tàmbali nuyóo ga  la cay cosaan mooy sunna la.
+Seeti ku feebar dafa bokk ci ay àqam ci kaw mbokki jullitam; ndaxte moom day dugal mbégte ak wéttal ci xolam, loolu fardu kifaaya la.
+Dafa war ñu wuyu ab woote ga fii ag bàkkaar amu ca; bu dee xawu céetal la ñi ëpp ci woroom xam-xam yi dañoo waral wuyu ga lu dul ci ngàntug Sariiha, bu dee nag du xewu céetal ñi ci ëpp nee nañu dañu ko a sopp.
+Ndokkeel aji-tissooli lu war la ci ki dégg ki tisooli sant Yàlla.
+Matug sariiha ak ug xéram ci dëgëral buumug mbooloo mi ak ngëm gi, ak yiy waral bëggënte ak jokkook ci nit ñi.
+(Ndokkeel): mooy yal na la Yàlla soreele ag ndokk, musal la ci lu la sa noon di ndokke,  walla yal na la Yàlla gindi ca yoon wu leer wa te jub.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5343</t>
+  </si>
+  <si>
     <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>Jépp jëf ju baax sarax la</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Jële nañu ci Jaabir Ibn Abdullah -yal na leen Yàlla dollee gërëm- mu jële ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «Jépp jëf ju baax sarax la».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Yónente bi, -yal na ko Yàlla dolli xéewal ak jàmm, daf nuy xamal ne, bépp rafetal ak njariñ ci nit ñi, moo xam wax la walla jëf, sarax la, te dafay maye ab yool ak tiyaaba.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Bokk na ci njariñal adiis bi :
 Mooy Sarax du yam ci li nit ki di génne ci alalam kepp, waaye day làmboo lépp lu baax lu nit ki def walla mu wax ko, te di ko jottali ñeneen ñi.
@@ -8732,50 +10812,89 @@
     <t>ab ràmbaajkat du dugg àjjana</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Husayfata Inb Yamaan -yal na ko Yàlla dollee gërëm- mu wax ne: dégg naa Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- muy wax naan: «ab ràmbaajkat du dugg àjjana».</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli jàmm- day xamle ne ràmbaajkat biy tuxal ay wax ci diggante nit ñi jubloo yàq séen diggante kooku yayoo naa mbugal ci mu bañ a dugg àjjana.</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>Bokk na ci njariñal adiis bi :
 Rambaaj ci Bàkkaar yu mag yi la bokk.
 Tere nañu rambaaj; ndax li ci nekk ci yàq ak lor ci diggante nit ñi ak askan wi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5368</t>
+  </si>
+  <si>
+    <t>لا ينظر الله إلى من جر ثوبه خيلاء</t>
+  </si>
+  <si>
+    <t>Yàlla du xool kuy diri ay yéreem ngir puukarewu</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يَنْظُرُ اللَّهُ إِلَى مَنْ جَرَّ ثَوْبَهُ خُيَلاَءَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Ibn Umar -yal na leen Yàlla dollee gërëm- mu jële ci Yonente bi -yal na ko Yàlla dolli xéewal ak mucc-mu wax ne: "Yàlla du xool kuy diri ay yéreem ngir puukarewu".</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إِرْخَاءِ الثوب أو الإزَارِ أَسفل الكعبين عُجبًا وكبرًا، وأنّ مَن فعل ذلك كان مُستحِقًّا للوعيد الشديد بأن لا ينظر الله إليه يوم القيامة نَظَرَ رَحمة.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc moytandikuloo na ci yoor ay yére walla koddaay ba ci suufu dojor yi ngir yéem ak rëy-rëylu, ak ne ku def loolu yayoo na tëkku gu tar gi ci ne Yàlla du ko xool ëllëg bis-pénc xoolu yërmànde.</t>
+  </si>
+  <si>
+    <t>الثوب يَشمل كلَّ ما يَستُر أسفل البدن من سروال وثوب وإزار وغيرها.
+النهي عن الإسبال خاصٌّ بالرجال، قال النووي: وأجمع العلماء على جواز الإسبال للنساء، وقد صح عن النبي صلى الله عليه وسلم الإذنُ لهنَّ في إرخاء ذُيُولِهنّ ذراعًا.
+قال ابن باز: الإسبال ممنوع ومحرم لعموم الأحاديث، وأما العقوبة فهي متفاوتة ولا يلزم أن تكون مُتساوية، فإنه ليس مَن قَصَدَ الخيلاء كمن لم يَقصد.
+قال ابن باز: المرأة عورة فلا مانع من إرخائها شِبْرًا، فإن لم يَكفِها أَرْخَتْ ذِراعًا ابتداءً من الكَعْب.
+قال القاضي: قال العلماء: وبالجملة يكره كل ما زاد على الحاجة والمعتاد في اللباس من الطول والسعة، والله أعلم.
+قال النووي: القَدْر المستحب فيما يَنزل إليه طرف القميص والإزار فنصف الساقين، ولا جناح عليه فيما بينه وبين الكعبين، وما أسفل من ذلك فهو في النار، فالمستحب نصف الساقين، والجائز بلا كراهة ما تحته إلى الكعبين، فما نزل عن الكعبين فهو ممنوع.
+قال ابن عثيمين على قوله: (لا ينظر الله إليه) أي نَظَرَ رَحمةٍ ورَأْفَة، وليس المراد به: النظر العام؛ لأن الله سبحانه وتعالى لا يخفى عليه شيء ولا يغيب عن بصره شيء، لكن المراد نظر الرحمة والرأفة.</t>
+  </si>
+  <si>
+    <t>Yére day làmboo lépp luy suturaal yaram ci tubëy ak mbubb ak koddaay ak yeneen.
+Tere gi ñu tere buubal yére pur góor ñi rekk la, An-Nawawii nee na: woroom xam-xam yi dëppoo nañu ne buubal gi dagan na ci jigéen , ndax wér na jóge ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc ne digal na leen ñu yoor seen i sër lu tollu ni ab loxo.
+Ibn Baas nee na: yoor gi lu ñu tere la lu araam la ngir mataleg hadiis yi, bu dee mbugal mi nag dafa wuute te it nekkul daa war a tolloo, ndax ki ci jublu rëy-rëylu bokkul ak ki ko jubluwul.
+Ibn Baas nee na: jigéen awra la kon aayul mu yoor ko luy toll ak Sibr, bu ko doyul mu yoor ko luy toll ak loxo mu tàmballee ca dojor ba.
+Al-Xaadii nee na: woroom xam-xam yi nee nañu: ci tënk sib nañu lépp lu yokk ca aajo ja ak la ñu aadawoo ci yére ci guddaay ak yaatuwaay, Yàlla rekk a xam.
+An-Nawawii nee na: li ñu sopp ci liy wàcc ci catu mbubb mi ak koddaay gi mooy digg yeel bi, waaye lu nekk ci digganteem ak dojor yi it aayul, lu wàcc loolu nag moom sawara la jëm, li ñi sopp mooy digg yeel bi, li dagan te sibuñu ko mooy li ci suufam ba ca dojor ya, lu wàcc dojor yi nag moom tere na ñu ko.
+Husaymiin wax na ci waxam ji: (Yàlla du ko xool) maanaam xoolu yërmànde ak ñeewant, waaye jubluwuñu ci xool yépp; ndaxte Yàlla mu Sell mi te kawe dara nëbbuwu ko, te dara fàdduwul wolif gisam gi, waaye li ñu ci jublu mooy xoolu yërmànde ak ñeewant.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5370</t>
   </si>
   <si>
     <t>ما شيء أثقل في ميزان المؤمن يوم القيامة من خلق حسن، وإن الله ليبغض الفاحش البذيء</t>
   </si>
   <si>
     <t>amul dara lu gën a diis ci màndxem jullit bi ëllëg bis-pénc jikko yu rafet, te Yàlla dafa bañ ku ñaaw i wax ñaaw i jëf</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Dardaa -yal na ko Yàlla dollee gërëm- mu jële ci Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «amul dara lu gën a diis ci màndxem jullit bi ëllëg bis-pénc jikko yu rafet, te Yàlla dafa bañ ku ñaaw i wax ñaaw i jëf».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أَثقلَ ما في مِيْزانِ المؤمنِ يوم القيامة من الأعمالِ والأقوالِ هو حُسْنُ الخُلُق، وذلك بِبَسْطِ الوَجْه، وكفِّ الأذى، وبذلِ المعروف. 
 والله تعالى يُبْغِضُ القبيحَ في فِعْلِه وقَوْلِه، البَذيءَ فيما يَنْطِقُ بِهِ لسانُه.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day xibaare ne li gën a diis ci màndxem jullit bi i ëllëg bis-pénc ci ay jëf ak i wax mooy rafet jikkò ci di fecci kanam, ak bañ a lore, ak di def njekk. Yàlla mu kawe mi nag dafa bañ lu ñaaw ci jëf ak ci wax, ak ki bon li muu wax ci làmmiñam.</t>
   </si>
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
   </si>
   <si>
     <t>Ngëneelu rafet jikkò, ndaxte day defal boroomam mu am mbëggeelu Yàlla, ak mbëggeelu jaamam ñi, te moo gën a màgg ci lu ñuy peese ëllëg bis-pénc.</t>
@@ -8908,90 +11027,50 @@
   </si>
   <si>
     <t>Jële na ñu ci Ubaadata Ibnus Saamit -yal na ko Yàlla dollee gërëm- mu jële ci Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "ku jàngul faatiha amul julli".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلمَ أنَّ الصلاةَ لا تَصِحُّ إلا بقراءة سورة الفاتحة، فهي ركن من أركان الصلاة في كلِّ ركعة.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral ne julli du wér lu dul ci jàng saaru Faatiha, ndaxte ponk la ci ponki julli ci ràkka yépp.</t>
   </si>
   <si>
     <t>لا يُجْزِىءُ عن قراءةِ الفاتحةِ غيرُها مع القُدرةِ عليها.
 بُطلان الركعة التي لم يُقرأْ فيها بالفاتحة، مِن المُتَعَمِّدِ والجاهلِ والناسي؛ لأنها ركن، والأركان لا تسقط مطلقًا.
 تسقط قراءةُ الفاتحةِ عن المأموم إذا أدركَ الإمام راكعًا.</t>
   </si>
   <si>
     <t>Faatiha leneen manukoo wuutu ci ku ko man.
 Ràkka bu ñu jàngul faatiha day yàqu, ci ki ko tay, ak ki xamul, ak ki fàtte; ndaxte ponk la, te ponk du rot ba mukk.
 Jàng faatiha dana wàcci maamuum 
 bi ji bu dabee  imaam bi cib rukkoo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5378</t>
   </si>
   <si>
-    <t>لعن الله اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
-[...38 lines deleted...]
-  <si>
     <t>ليس منا من لطم الخدود، وشق الجيوب، ودعا بدعوى الجاهلية</t>
   </si>
   <si>
     <t>bokkul ci nun kiy mbej ñiy mbej lex ya, di xotti kaw yére ya, di woote wooteg ceddo ya</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ مِنَّا مَنْ لَطَمَ الخُدُودَ، وَشَقَّ الجُيُوبَ، وَدَعَا بِدَعْوَى الجَاهِلِيَّةِ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abdallah Ibnu Mashuud mu wax ne : Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na : "bokkul ci nun kiy mbej ñiy mbej lex ya, di xotti kaw yére ya, di woote wooteg ceddo ya".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم وحَذَّرَ عن بعض أفعال أهل الجاهلية فقال: ليس منا: 
 الأول: مَن لَطَمَ الخُدُود، وخَصَّ الخَدّ لكونه الغالب في ذلك، وإلا فَضَرْبُ بقية الوجه داخل في النهي. 
 والثاني: شَقَّ ما يُفْتَح من الثوب ليدخل فيه الرأس من شدّة الجزع. 
 والثالث: دَعى بدعوى أهل الجاهلية كالدعاء بالويل والثُّبُور والنياحة والنُّدْبَة وغيرها.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day tere di moytandikuloo yenn jëfi ceddo yi, mu wax ne: bokkul ci nun:
 Ki ci njëkk: kiy mbej lex ya, dafa jagleel lex cig tudd ndax li mu not ci loolu, waaye dóor yi des ci kanam gi it day dugg ci tere gi.
 Ku Ñaareel ki: kiy xotti baatu mbubam ngir tarug njàqare ga.
 Ku Ñatteel ki: kiy woote wooteg ceddo ya niki di woo alkande ak toroxtange, ak di yuuxu, ak woo naqar ak yeneen.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أنَّ هذه الأعمال من كبائر الذنوب.
@@ -9152,51 +11231,91 @@
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day moytandikuloo ñàkk a julli ci moom bu ñu déggee turam walla dàkkantalam walla meloom, mu wax ne: ki nay, nay gu mat mooy ki nga xam ne dañu maa tudd fi moom te julliwul ci man; loolu ngir ay bir:
 Bi ci njëkk: ndaxte ag nay la ci mbir moo xam ne du tax mu ñàkk lu néew walla lu bari, te du joxe alal, du def it coono.
 Ñaareel bi: moom dafa nay ci boppam daldi xañ boppam yiwu julli ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc; ndaxte li mu ñàkk a julli ci moom moo tax mu nay ñàkk a joxe àq joj def ko dafa war ci moom ngir jëfe ndigal, daal di ciy am ag fay.
 Ñatteel bi: julli ci moom joxe yenn àqi Yonnente bi yal na ko Yàlla dolli xéewal ak mucc moo ngi ci, moom moo nu xamal, moo nu gindi, moo nu woo ci Yàlla mu Baarkeel mi te kawe, moo nu indil wahyu gi, ak Sariiha bi, te mooy   Sababus sunug gindiku -ginnaaw Yàlla mu Baarkeel mi te kawe - ku julliwul ci moom kon ku nay la ci boppam, ku nay la it ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ci àq joj mooy li gën a ndaw ci ay àqam.</t>
   </si>
   <si>
     <t>تَرْك الصلاة على النبي صلى الله عليه وسلم عنوان الشُّحِّ.
 الصلاة على النبي صلى الله عليه وسلم من أفضل القُرُبات والطاعات في جميع الأوقات، ويتأكّد حالَ ذِكْرِه.
 قال النووي: إذا صلى على النبي صلى الله عليه وسلم فليَجمع بين الصلاة والتسليم، ولا يَقتصر على أحدِهما؛ فلا يَقل: (صلى الله عليه) فقط، ولا: (عليه السلام) فقط.
 قال أبو العالية في قوله: (إن الله وملائكته يصلون على النبي) قال: صلاة الله عز وجل على نبيه: ثناؤه عليه، والصلاة من الملائكة والبشر: الدعاء.
 قال الحليمي: فمعنى «اللهم صلّ على محمد»: اللهم عظّمه في الدنيا بإعلاء ذِكْرِه، وإظهار دينه، وإبقاء شريعته، وفي الآخِرة: بِتَشْفِيْعِهِ في أُمَّتِهِ، وإِجْزَال أجره ومثوبته، وإبداء فضله للأولين والآخرين بالمقام المحمود، وتقديمه على كافة المقربين الشهود.</t>
   </si>
   <si>
     <t>Bàyyee julli ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc màndargam nay la.
 Julli ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc bokk ci jaamu ak topp Yàlla yi gën ci bépp waxtu, dana feddaliku ci jamono yu ñu ko tudde.
 An-Nawawii nee na: bu jullee ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc na boole diggante julli ak sëlmël, te bu mu yem ci benn bi reek; bu mu wax: (sallal Laahu) dong du caagine : (halayhi assalaam) kese.
 Abu Al-Haaliya nee na li mu wax: (Yàlla ak i malaakaam dañuy julli ci Yonnente bi) nee na: jullig Yàlla ci yonnenteem bi: mooy tagg ko, jullig malaaka yi ak nit ñi: mooy ñaan.
 Al-Hulaymii nee na: maanaam "Allaahuma salli halaa Muhammat": mooy yaw Yàlla màggal ko ci àdduna ci kaweel turam, ak feeñal diineem, ak desal fi sariihaam, bu allaaxiraa: nga rammloo ko xeetam wi, te rëyal ag fayam ak yoolam, ak feeñal ngëneelam ci ñi jiitu ak ñi mujj ca màqaama ga ñu gërëm, ak jiital ko ci mbooleem way-jege ya ak seede ya.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي في الكبرى وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5403</t>
+  </si>
+  <si>
+    <t>من اقتطع حق امرئ مسلم بيمينه، فقد أوجب الله له النار، وحرم عليه الجنة فقال له رجل: وإن كان شيئا يسيرا يا رسول الله؟ قال: وإن قضيبا من أراك</t>
+  </si>
+  <si>
+    <t>ku sàkku a dog àqi jullit ci giñam, Yàlla waral na ci moom Sawara, araamal ci moom àjjana" jenn waay ne ko: donte mbir mu ndaw la yaw Yonnente Yàlla bi? Mu ne ko: "donte ab bantu Araak la</t>
+  </si>
+  <si>
+    <t>عن أَبِي أُمَامَةَ إِياسِ بنِ ثَعْلَبَةَ الحَارِثِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اقْتَطَعَ حَقَّ امْرِئٍ مُسْلِمٍ بِيَمِينِهِ، فَقَدْ أَوْجَبَ اللهُ لَهُ النَّارَ، وَحَرَّمَ عَلَيْهِ الْجَنَّةَ» فَقَالَ لَهُ رَجُلٌ: وَإِنْ كَانَ شَيْئًا يَسِيرًا يَا رَسُولَ اللهِ؟ قَالَ: «وَإِنْ قَضِيبًا مِنْ أَرَاكٍ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Umaamata Iyaas ibn Sahlabata Al-Haarisii yal na ko Yàlla dollee gërëm mu jële ci Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "ku sàkku a dog àqi jullit ci giñam, Yàlla waral na ci moom Sawara, araamal ci moom àjjana" jenn waay ne ko: donte mbir mu ndaw la yaw Yonnente Yàlla bi? Mu ne ko: "donte ab bantu Araak la".</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الحَلِف بالله كاذبًا عالمًا وذلك لاقتطاع حقِّ امرئ مسلم، فإنّ جزاء ذلك استحقاق النار، والحِرْمان من الجنة، وهو من كبائر الذنوب.
+فقال رجل يا رسول الله: وإن كان المَحْلُوف عليه شيئًا قليلًا؟ 
+فقال صلى الله عليه وسلم: حتى لو كان ذلك في عُوْد السِّوَاك الذي يُؤخذ من شجرة الأراك.</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day moytandikuloo giñ ngir dog àqi jullit, te fayug loolu mooy yayoo sawara, ak xañ ko àjjana, te ci bàkkaar yu mag yi la bokk. Jenn waay ne ko: yaw Yonnente Yàlla bi, donte la muy giñ mbir mu tuuti la? Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ne ko: donte loolu dafa toll ne bantu socc bi ñuy jële ci garabu Araak.</t>
+  </si>
+  <si>
+    <t>الحذر من أخذ حقوق الآخرين، والحرص على أدائها لأصحابها مهما قَلَّتْ، وأنَّ حكم الحاكم بالخطأ لا يُبيح للإنسان ما لم يكن له.
+قال النووي: غلظ تحريم حقوق المسلمين، وأنه لا فرق بين قليل الحق وكثيره؛ لقوله صلى الله عليه وسلم: "وإن قضيبًا من أراك".
+قال النووي: هذه العقوبة لمن اقتطع حق المسلم ومات قبل التوبة، أما من تاب فندم على فعله وردَّ الحق إلى صاحبه وتَحَلَّل منه وعزم على أن لا يعود فقد سقط عنه الإثم.
+قال القاضي: تخصيص المسلم لكونهم المخاطبين وعامة المتعاملين في الشريعة، لا أنَّ غير المسلم بخلافه، بل حُكمُه حُكمُه في ذلك.
+قال النووي: الكذب هو الإخبار عن الشيء على خلاف ما هو، عمدًا كان أو سهوًا، سواء كان الإخبار عن ماض أو مستقبل.</t>
+  </si>
+  <si>
+    <t>Moytandikuloo jël àqi ñeneen ñi, ak xër ci jox ko boroomam ak lu mu néew-néew, ak ne àtteb aji-àtte ji ci njuumte du daganalal nit ki lu mu moomul.
+An-Nawawii nee na: àqi julit dañu koo araamal lool te amul teqale ci diggante àq ju néew ak ju bari; ndax li Yonnente bi wax ne: «donte dafa toll ni bantu Araak».
+An-Nawawii wax ne: mbugal gii ngir kiy dog àqi jullit ñi ba faatu te tuubul la, bu dee ku tuub nag daal di réccu la mu def delloo àq ja boroomam, daal di cay deñ, mu dogu ne du ca dellu kon bàkkaar ba wàcc na ci moom.
+Al-Xaadii nee na: dañu ko a jagleel jullit ñi ndaxte ñoom lañu doon wàqanteel ak mbooleem ñiy jëflànte ci sariiha, waaye du ne ki dul jullit bokku ca, waaye seen àtte mooy àtteem ci loolu.
+An-Nawawii nee na: fen mooy xibaare mbir mu wuute ak na mu ame, ci ag tay walla njuumte, moo xam xibaare gi ci lu weesu la walla lu ñëwagul.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5430</t>
   </si>
   <si>
     <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>ku lekk aw ñam daal di wax: maa ngi sant Yàlla mi ma leel lii, wërsëgale ma ko ci lu dul benn pexe bu bawoo ci man du caagine kàttan, kon dees na ko jéggal li jiitu ci ay bàkkaaram</t>
   </si>
   <si>
     <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Jële nañu ci Sahl ibn Muhaas ibn Anas mu jële ci baayam mu wax ne: Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: «ku lekk aw ñam daal di wax: maa ngi sant Yàlla mi ma leel lii, wërsëgale ma ko ci lu dul benn pexe bu bawoo ci man du caagine kàttan, kon dees na ko jéggal li jiitu ci ay bàkkaaram».</t>
   </si>
   <si>
     <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
 ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day soññ ku lekk aw ñam mu sant Yàlla, amuma kàttan ci indi ñam wi, du caagine lekk ko ci lu dul ndimbalu Yàlla mu kawe mi, Topp Yonnente bi yal na ko Yàlla dolli xéewal ak mucc wax ne ku wax loolu yeyoo na Yàlla jéggal ko bàkkaaram yu ndaw yi weesu.</t>
   </si>
   <si>
     <t>استحباب حَمْد الله تعالى في آخر الطعام.
 بيان عظيم فضل الله تعالى على عباده حيث رزَقَهم ويَسَّرَ لهم أسباب الرزق وجعل في ذلك تكفير السيئات.
 أمور العباد كلها من الله عز وجل، وليست بحولهم وقوتهم، والعبد مأمور بفعل الأسباب.</t>
   </si>
@@ -9362,91 +11481,160 @@
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Jële nañu ci Jaabir Ibn Abdullah Al-Xasrii -yal na ko Yàlla dollee gërëm- mu wax ne: Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «ku dul yërëm nit ñi Yàlla mu kawe mi du ko yërëm».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Leerarug adiis bi:
 Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral ne ki dul yërëm nit ñi Yàlla mu kawe mi du ko yërëm, koon jaam bi di yërëm mbindeef yi daa bokk ci sabab yi gën a rëy yi nga xamne dees na ci ame yërmàndey Yàlla mu kawe mi.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Yërmànde ci mbooleem mbindéef loolu de luñu sàkku la, waaye dañoo tudd nit ngir fonk giñuleen fonk.
 Yàlla mooy Aji-Yërëme ji te mooy yërëm ay jaamam yiy yërëme, ndax pay moom ca kem jëf ja rekk.
 Yërëm nit ñi day làmboo di àggale ci ñoom baax di leen jeñal lu ñaaw tey jëflanteeg ñoom lu rafet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5439</t>
+  </si>
+  <si>
+    <t>نعمتان مغبون فيهما كثير من الناس: الصحة والفراغ</t>
+  </si>
+  <si>
+    <t>ñaari xéewal a ngi nii yoo xamne nit ñu bari woru na ñu ci: ag wér ak ug jot</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «نِعْمَتَانِ مَغْبُونٌ فِيهِمَا كَثِيرٌ مِنَ النَّاسِ: الصِّحَّةُ وَالفَرَاغُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Ibn Abbaas -yal na leen Yàlla dollee gërëm- mu wax ne: Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: "ñaari xéewal a ngi nii yoo xamne nit ñu bari woru na ñu ci: ag wér ak ug jot".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن نعمتين عظيمتين من نعم الله على الإنسان يَخْسَر فيهما كثيرٌ من الناس حيث يَصرفونها في غير محلها؛ فإن الإنسان إذا اجتمع له نعمة الصحة مع الفراغ، فغَلَبَ عليه الكسل عن الطاعة فهو الخاسر؛ وهي حال أكثر الناس، وإن استعمل فراغَه وصحتَه في طاعة الله فهو الرابح؛ حيث أن الدنيا مزرعة الآخرة، وفيها التجارة التي يظهر ربحُها في الآخرة، والفراغ يَعْقُبُه الشُّغْل، والصحة يعقبها السَّقَم، ولو لم يكن إلا الهَرَم لَكَفى.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xibaare ci ñaari xéewal yu màgg yu mu xéewale doomu Aadama , te ñu bari ci ñoom da ñu koy jëfandikoo ci ludul noonu ; nit ki bu ag wér ak ug jot dajee ci moom mu tàyyeel ba toppul Yàlla kooku mooy ki sooy te lu li ëpp ci nit ñi nii lii mooy seen mbir, waaye bu defoon jotam gi ak wéram gi ci topp Yàlla kon di na tonuwu; ndaxte àdduna mooy toolu allaaxira, te ci àdduna la ñuy liggéeyalee allaaxira , jot nag ñàkk jot moo ciy topp, ag wér tawat moo koy wuutu, bu doon ag màggat kese sax kon mu doy.</t>
+  </si>
+  <si>
+    <t>تشبيه المكلَّف بالتاجر، والصحة والفراغ برأس المال؛ فمن أحسن استخدام رأس ماله نال وربح، ومن ضيَّعه خَسِر ونَدِم.
+قال ابن الخازن: النعمة ما يتنعّم به الإنسان ويَستَلِذُّه، والغَبْنُ أنْ يشتري بأضعاف الثمن، أو يبيع بدون ثمن المِثْل؛ فمن صحَّ بدنه وتَفَرّغ من الأشغال العاتقة ولم يَسْعَ لصلاح آخرته فهو كالمغبون في البيع.
+الحرص على الاستفادة من الصحة والفراغ للتقرب إلى الله عز وجل، وفعل الخيرات قبل فواتهما.
+شكر نعم الله يكون باستخدامها في طاعة الله تعالى.
+قال القاضي وأبو بكر بن العربي: اختلف في أول نعمة الله على العبد، فقيل: الإيمان، وقيل: الحياة، وقيل: الصحة، والأول أولى فإنه نعمة مُطْلَقة، وأما الحياة والصحة فإنهما نعمة دنيوية، ولا تكون نعمة حقيقة إلا إذا صاحبت الإيمانَ، وحينئذ يُغْبَنُ فيها كثير من الناس، أي يذهب رِبْحُهم أو يَنْقُص، فمَن استرسل مع نفسه الأمّارة بالسوء الخالدة إلى الراحة فترك المحافظة على الحدود، والمواظبة على الطاعة فقد غُبِنَ، وكذلك إذا كان فارغًا، فإنّ المشغول قد يكون له مَعذِرة بخلاف الفارغ؛ فإنه يرتفع عنه المعذرة وتقوم عليه الحجة.</t>
+  </si>
+  <si>
+    <t>Niróole na ñu mukallaf bi ab yaxantukat(commerçant) niki noonu ag wér ak ug niróole na ñu ko ak bopp_alal; (capitale) képp ku rafetal ni muy jëfandikoo bopp alalam koo ku di na tonowu, waaye ku ko sànk nag di na ñàkk di na réccu.
+Ibn Al-Xaasin nee na: xéewal mooy li nit ki di xéewaloo di ci bànneexu, sooy mooy mu jënde njëg gu bari, walla mu jaaye lu yées njëg ga mu jëndewoon, ku wér te am jot ba noppi doxul jëm ci luy yéwénal allaaxiraam kooku ku sooy la ca njaay ma.
+Xér ci jariñu ci wér gi ak jot gi ngir jege Yàlla mu màgg mi, ak def yu baax yi laata ñuy weesu.
+Sant xéewali Yàlla yi day nekk ci jëfandikoo ko ci topp Yàlla.
+Al-Xaadii Abuu Bakrin ibn Al-Arabii nee na: wuute nañu ci xéewalu Yàlla gi jiitu ci jaam bi, ñii ne: mooy gëm, ñii ne: mooy wér, bi njëkk bi nag moo gën a yay, ndaxte moom xéewal gu boy la, bu dee dund ak wér nag ñoom ay xéewali àdduna lañu, te du nekk dëgg-dëggi xéewal lu dul bu àndee ak ngëm, loolu a tax nit ñu bari di ci sooy, maanaam seen tono day dem walla mu wàññeeku, ku topp bakkanam biy digle lu ñaaw biy sax ci nooflaay daal di bàyyi a sàmmonte ak daytal ya, ak sax ci topp Yàlla kooku sooy na, niki noonu it bu dee dafa nekk ku am jot, ki amul jot moom amaana mu am ngànt mu wuute ak ki am jot; kooku moom ngànt la deñ na ci moom, te lay wa dana taxaw ci kawam.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5449</t>
   </si>
   <si>
     <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
   </si>
   <si>
     <t>éey yaw doomu Aadama ji boo ma ñaanee yaakaar ma ma jéggal la ak lu man a nekk ci yaw te duma faale</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
   </si>
   <si>
     <t>Jële nañu ci Anas ibn Maalik yal na ko Yàlla dollee gërëm mu wax ne: Dégg naa Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "Yàlla mu baarkeel mi te kawe nee na: éey yaw doomu Aadama ji boo ma ñaanee yaakaar ma ma jéggal la ak lu man a nekk ci yaw te duma faale, yaw doomu Aadama say bàkkaar bu eggoon ca niiri asamaan si nga jéggalu ma kon dinaa la jéggal te duma faale dara, yaw doomu Aadama boo ma indiloon luy jege suuf si ci bàkkaar yu bari, nga daje ak man te bokkaalewóo ma ak dara dinaa la indil njéggal lu toll ni moom".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
 يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
 يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xibaare ne Yàlla mu kawe mi dafa wax ci hadiis bu sell ne: yaw doomu Aadama ji fii ak yaa ngi may ñaan di yaakaar sama yërmànde, te naaguwóo; dinaa suturaal say bàkkaar far ko te duma faale dara, donte bàkkaar bi ak moy gi dafa bokk ci yu mag yi. Yaw doomu Aadama: bu say bàkkaar bari woon lool bay fees diggante asamaan ak suuf ba egg ci wàllam matale ay peggam, topp nga jéggalu ma; dinaa far say bàkkaar jéggal la ko te duma faale bariwaay gi.
 Yaw doomu Aadama: boo ma indiloon ginnaaw dee ay bàkkaar ak i moy yu fees suuf si, fekk dangaa dee ci kennal Yàlla te bokkaalewóo ma ak dara; di naa wottee ak bàkkaar yooyu ak moy yi ag njéggal gu fees suuf si; ndaxte man ku yaatug njéggal laa, te damay jéggale bàkkaar yépp ba mu des bokkaale.</t>
   </si>
   <si>
     <t>سعة رحمة الله تعالى ومغفرته وفضله.
 فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
 خطر الشرك وأن الله لا يغفر للمشركين.
 قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
   </si>
   <si>
     <t>Yaatug yërmàndey Yàlla mu kawe mi ak njéggalam ak ngëneelam.
 Ngëneelu kennal Yàlla, ak ne Yàlla day jéggal way-kennal yi seen i bàkkaar ak seen i moy.
 Ñàngaayu bokkaale, ak ne Yàlla du jéggal bokkaalekat yi.
 Ibn Rajab nee na: Hadiis bi dafa làmboo ñatti sabab 
 yu jéggalug bàkkaar di ame: bu njëkk bi: ñaan ak yaakaar, ñaareel bi: jéggalu ak sàkku tuub, ñatteel bi: dee ci Tawhiid.
 Hadiis bi bokk na ci li Yonnente bi yal na ko Yàlla dolli xéewal ak mucc di nettali jële ko ci Boroomam, ñu koy woowe hadiis bu sell, walla bu bawoo fa Yàlla, te mooy bi nga xam ne ay baatam ak i maanaam ci Yàlla la jóge, waaye amul dara ci li Alxuraan jagoo te ràññikoo ci wolif lu dul moom, ci di jaamu Yàlla ci jàng gi ak laab, ak dëkku gu ak lottloo gi ak yeneen yu dul yooyu.
 Bàkkaar yi ñatti xeet la: bi ci njëkk: bokkaale Yàlla; bii nag Yàlla du ko jéggale, Yàlla mu màgg mi nee na: {liy dëgg mooy kuy bokkaale Yàlla Yàlla araamal na ci moom àjjana}, bu ñaareel bi: jaam bi tooñ boppam ci digganteem ak  boroomam bàkkaar yi ak moy yi; loolu Yàlla dana ko jéggale, bu ko soobee, bu ñatteel bi: bàkkaar yu Yàlla dul bàyyi dara; te mooy yi yenn jaam ñi di tooñ ñeneen ñi, yooyu manut a ñàkk fayyoontoo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5456</t>
+  </si>
+  <si>
+    <t>أن رسول الله صلى الله عليه وسلم كان يقول في سجوده: اللهم اغفر لي ذنبي كله دقه، وجله، وأوله وآخره وعلانيته وسره</t>
+  </si>
+  <si>
+    <t>Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc daan na wax ci sujjóotam: "Allaahuma ixfir lii sanbii kullahu, diqahu, wa jillahu, wa awwalahu wa aaxirahu, wa halaaniyatahu wa sirrahu</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي سُجُودِهِ: «اللهُمَّ اغْفِرْ لِي ذَنْبِي كُلَّهُ دِقَّهُ، وَجِلَّهُ، وَأَوَّلَهُ وَآخِرَهُ وَعَلَانِيَتَهُ وَسِرَّهُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu wax ne: Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc daan na wax ci sujjóotam: "Allaahuma ixfir lii sanbii kullahu, diqahu, wa jillahu, wa awwalahu wa aaxirahu, wa halaaniyatahu wa sirrahu".</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم يدعو في سجوده فيقول: 
+(اللهم اغفر لي ذنبي) بِستْرِه، وأنْ تَقِيَني تَبِعَتَه؛ فتعفو وتتجاوز وتصفح، (كله)، أعني: (دِقّه) صغيره وقليله، (وجِلّه) كبيره وكثيره، (وأوله) أول ذنب، (وآخره)، وما بينهما، (علانيته وسره) مما لا يعلمه إلا أنت سبحانك.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc daan na ñaan ci sujjóotam di wax: Yaw sama Boroom jéggal ma samay bàkkaar ci suturaal ma ko, fegal ma la cay topp; nga jéggal ma baal ma yu ndaw yi mu tuuti mbaa mu bari, bàkkaar yu njëkk ya ak yu mujj ya ak li nekk seen diggante, ak yu fés ya ak yu làqu ya  ya nga xam ne kenn xamu ko ku dul yaw Yàlla mu sell mi.</t>
+  </si>
+  <si>
+    <t>قال ابن القيم: وطلب غفران الذّنوب الصِّغار والكبار، الدَّقيق والجليل، الأوّل والآخر، السّر والعلانية، فهذا التَّعميم وهذا الشُّمول لتأتي التَّوبة على ما عَلِمَه العبدُ من ذنوبه، وما لم يَعْلَمْه.
+قيل: إنما قدّم (الدِّق) على (الجِلّ)؛ لأن السائل يتصاعد في مسألته أي يَتَرَقّى، ولأن الكبائر تنشأ غالبًا من الإصرار على الصغائر وعدم المبالاة بها، فكأنها وسائل إلى الكبائر، ومِن حق الوسيلة أنْ تُقَدّم إثباتًا ورفعًا.
+التضرع إلى الله تعالى، وطلبه المغفرة من جميع الذنوب، الصغائر والكبائر.
+قال النووي: فيه توكيد الدعاء وتكثير ألفاظه وإنْ أَغْنَى بعضُها عن بعض.</t>
+  </si>
+  <si>
+    <t>Ibnul Xayyim nee na: sàkku njéggalu bàkkaar yu ndaw yi ak yu mag yi, ak yu sew yi ak yu rëy yi ak yu njëkk yi ak yu mujj yi, ak yu feeñ yi ak yu nëbbu yi, matale gii day tax njéggal gi ñëw ci li jaam bi xam ci bàkkaaram yi ak yi mu xamul.
+Nee nañu: dafa jiital yu sew yi ci yu rëy yi; ndax  bàkkaar yu mag yi li gën a bari mongi sosoo si nuur ci yu ndaw yi  ak ñàkk ko a faale, mu daldi nekk ab jumtukaay buy jëme ci yu mag yi, te jumtukaay moom la ñu wara jiital.
+Toroxlu jëm ci Yàlla mu kawe mi, ak sàkku njéggal ci mbooleem bàkkaar yi, yu ndaw yi ak yu mag yi.
+An-Nawawii nee na: feddali ñaan yi mi ngi ci ak baril ay baatam donte yenn yi doy na wolif yeneen yi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5470</t>
   </si>
   <si>
     <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>Ki Yàlla gën a bañ ci nit ñi mooy noon bi gën a man a xulóo</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Aysatu -yal na ko Yàlla dollee gërëm- mu jële ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: Ki Yàlla gën a bañ ci nit ñi mooy noon bi gën a man a xulóo.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Leerarug adiis bi:
 Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day xamle ne ki Yàlla gën a bañ ci nit ñi mooy ku man a xulóo te bari le ko, mooy ki dul nangoo topp dëgg, te di ko jéem a weddi ci dàggasante, walla muy xulóo ci dëgg waaye day ëppal ca xulóo ba, ba day jéggi dayo, di werente cig ñàkk a xam.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
@@ -9792,50 +11980,53 @@
 الدعاء الرابع: الدعاء بالرضا بقضاء الله (وأسألك أن تجعل كل قضاء قضيتَه لي خيرًا) وكلّ أمر قضاه الله لي أن يجعله خيرًا لي، وهذا من الدعاء بالرضا بقضاء الله.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc xamal na Aysatu yal na ko Yàlla dollee gërëm li boole ñaan yi, muy ñenti ñaan:
 Bi ci njëkk: ñaan gu matale wépp yiw: (yaw sama Boroom maa ngi lay ñaan yiw yépp) lëppam, (la ca gaaw) li waxtoom jege, (ak la ca yeex) la sori, (li ma ci xam) ci li ga ma xamal, (ak li ma xamu), yi nekk ci sa xam-xam bi yaw Aji-Sell ji. Nekk na ci it wéer mbir yi ca Yàlla mu màgg mi; moom miy Aji-Peeg lépp, di ku ñeewant; moom Aji-Sell ji tànnal jullit bi la gën te gën ca a rafet, (maa ngi muslu) di làqatu di aaru (ci yaw ci ay yépp, ya ca gaaw ak ya ca yeex, ya ma ca xam ya ma ca xamul).
 Ñaanug ñaareel gi: mooy sàmm jullit bi ba du jalgati ci ñaanam (yaw sama Boroom maa ngi lay ñaan) di sàkku ci yaw (li gën ci li la sa jaam ak sa ndaw li ñaan) yal na ko Yàlla dolli xéewal ak mucc, (maa ngi muslu) di aaru di làqu (ci yaw ci wépp ay bi sa jaam bi ak ndaw li muslu) yal na ko Yàlla dolli xéewal ak mucc, lii ag ñaan di ag sàkku ci Yàlla mu jox aji-ñaan ji li ko Yonnente bi Muhammat yal na ko Yàlla dolli xéewal ak mucc laaj ñaan ko ñeel boppam, ci lu dul muy lim xeeti li Yonnente bi ñaan.
 Ñaanug ñatteel gi: sàkku dugg àjjana, ak sori sawara, te mooy càkkutefu bépp jullit di jubluwaayu ay jëfam: (yaw sama Boroom maa ngi lay ñaan àjjana) texe ca (ak lu cay jegeele ci wax walla jëf), yu sell yu lay gërëmloo, (maa ngi muslu ci yaw ci sawara) fa dara dul musle ci jëf yu bon yi lu dul sag ñeewant, (ak lu cay jegeele ci wax walla jëf) ci moy ci lay merloo.
 Ñaanug ñenteel gi: ñaan ag gërëm ci dogali Yàlla (maa ngi lay ñaan nga def bépp dogal goo dogal ñeel ma muy aw yiw) ak mépp mbir mu Yàlla dogal ñeel ma mu def ko muy aw yiw ñeel ma, lii dafa bokk ci ñaan ag gërëm dogali Yàlla yi.</t>
   </si>
   <si>
     <t>تعليم الرجل أهلَه ما ينفعهم من أمور الدين والدنيا، كما علم النبي صلى الله عليه وسلم عائشة.
 الأفضل للمسلم أن يحفظ الأدعية الواردة عن النبي صلى الله عليه وسلم؛ لأنها من جوامع الدعاء.
 قال العلماء عن هذا الحديث: هو أجمع حديث في سؤال الخير والاستعاذة من الشر، فهو من جوامع الكَلِمِ التي أوتيها النبي صلى الله عليه وسلم.
 من أسباب دخول الجنة بعد رحمه الله: الأعمال والأقوال الصالحة.</t>
   </si>
   <si>
     <t>Góor gi jàngal njabootam lu leen di jariñ ci biri diine ak àdduna, kem ni Yonnente bi yal na ko Yàlla dolli xéewal ak mucc xamale Aysatu.
 Ki gën ci jullit bi mooy mu wattu ñaan yii jóge ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc; ndax dafa bokk ci mataleg ñaan yi.
 Woroom xam-xam yi wax nañu ci hadiis bii ne: mooy hadiis bi gën a matale ci ñaan yiw ak muslu ci ay, te moom dafa bokk ci wax yi gëna mat ci liñu jox Yonnente bi yal na ko Yàlla dolli xéewal ak mucc.
 Bokk na ci sababi dugg àjjana ginnaaw yërmàndey Yàlla: jef ak wax yu baax yi.</t>
   </si>
   <si>
     <t>رواه ابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه ابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5487</t>
   </si>
   <si>
     <t>اللهم إني أعوذ بك من زوال نعمتك، وتحول عافيتك، وفجاءة نقمتك، وجميع سخطك</t>
   </si>
   <si>
     <t>Allaahuma innii ahuusu bika min sawaali nihmatika, wa tahawwuli Hanafiyatika, wa fujaa-ati niqmatika, wa jamiihi saxatika</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: كَانَ مِنْ دُعَاءِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abdullah ibn Umar yal na leen Yàlla dollee gërëm mu wax ne: bokkoon na ci ñaani Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc: "Allaahuma innii ahuusu bika min sawaali nihmatika, wa tahawwuli Hanafiyatika, wa fujaa-ati niqmatika, wa jamiihi saxatika".</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم مِن أربعةِ أمور: 
 الأول: (اللهم إني أعوذ بك من زوال نعمتك) الدينيّة والدنيويّة وأنْ أَثْبُتَ على الإسلام، وأبْتَعِدَ عن الوقوع في المعاصي التي تُزيل النِّعَم. 
 الثاني: (وتَحَوُّل عافيتك) بتبديلِها إلى البلاء؛ فأسألك دوام العافية، والسلامة من الآلام والأسقام. 
 الثالث: (وفجأة نقمتك) من بلاء أو مصيبة، فالنقمة والعقوبة إذا جاءت فجأة وبَغْتَة، لم يكن هناك زمانٌ للتوبة والاستدراك، وكان المُصاب بها أعظمَ وأشدَّ. 
 الرابع: (وجميع سخطك) والأسباب المُوجِبَة لغضبك؛ فإنَّ مَن سَخِطْتَ عليه فَقَد خاب وخَسِر. 
 وقد أتى صلى الله عليه وسلم بلفظ الجَمْع؛ لِتشمَلَ جميعَ أسبابِ سَخَطِهِ سبحانه وتعالى من الأقوال والأعمال والاعتقادات.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc muslu na ci ñenti mbir:
 Bi ci njëkk: (yaw sama Boroom maa ngi muslu ci yaw ci deñug sag xéewal) yu diine yi ak yu àdduna yi ak ma sax ci lislaam, ak ma sori di tàbbi ci moy yiy dindi say xéewal.
@@ -9918,134 +12109,207 @@
     <t>كان صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دخل عليه الصباحُ وهو أول النهار مع طلوع الفجر يقول: 
 (اللَّهُمَّ بِكَ أَصْبَحْنَا) مُلْتَبِسِيْن بحفظك مَغمُورين بنعمتك، مُشتَغِلين بذكرك، مستعينين باسمك، مَشمولين بتوفيقك، مُتَحَرِّكين بحولك وقوتك، (وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ) أي كاللفظ السابق مع جَعْلِه في المساء، فيقول: اللهم بك أمسينا، فباسمك المُحْيِي نَحْيَا، وباسمك المُميت نموت، (وَإِلَيْكَ النُّشُورُ) والبعث بعد الموت، والتفرُّق بعد الجمع، يستمر حالنا على هذا في جميع الأوقات، وسائر الحالات ولا أَنْفَكّ عنه ولا أَهْجُرُه. 
 وإِذَا دخل عليه المساء من بعد العصر قَالَ: (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) والمرجع في الدنيا، والمآب في العُقْبى، فأنت تُحييني وأنت تميتني.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc bu suba gi daan dugg te mooy njëlbeenu bëccëg gi ànd ak fenkug fajar gi day wax:
 (yaw sama Boroom ci yaw lañu xëye) di làmboo sag càmm, di muuroo sag xéewal, di la soxlaa tudd, di dimbandikoo ci saw tur, di làmboo sa tawfeex, di yëngatu ci sa pexe ak sa kàttan, (ci yaw la ñu gont, ci yaw lañuy dund, te ci yaw lañuy deewe) maanaam kem kàddu yi jiitu ànd ak def ko ci ngoon gi, mu wax: yaw sama Boroom ci yaw lañuy gont, ci sa tur wiy Aji-Dundale ji ci lañuy dunde, ci sa tur wiy Aji-Raye ji ci la nuy deewe, (te ci yaw lañuy dekki jëm) ak dekki ginnaaw dee, ak teqalikoo ginnaaw dajaloo, sunuy mbir di wéy ci nii ci bépp jamono, ak ci gépp anam duma deñ ci loolu te duma ko gàddaay.
 Bu ngoon gi duggee ginnaw Tàkkusaan mu wax: (yaw sama Boroom ci yaw lañuy gont, te ci yaw lañuy xëye, ci yaw it lañuy dunde, te ci yaw lañuy deewe, te ci yaw lañuy dellu jëmm) di delluwaay bi fii ci àdduna, ak delluwaay bi ak mujj ga, yaw yaa may dundal, yaw yaa may ray.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء صباحًا ومساءً، تأسيًا بالنبي صلى الله عليه وسلم.
 افتقارُ العبد إلى ربِّه في جميع أحواله وأوقاته.
 الأفضل في قراءة الأذكار، في الصباح من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك -يعني: قالها في الصباح بعد ارتفاع الضُّحى- أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 مناسبة قوله "وإليك النُّشور" في الصباح، فهذا يُذكره بالإحياء والبعث الأكبر حينما يموت الناس ويُبعثون يوم القيامة، فهذا بعثٌ جديدٌ، ويومٌ جديدٌ تُردُّ فيه الأرواح، وينتشر فيه الناس، ويتنفّس هذا الصَّباح الجديد الذي خلقه الله؛ ليكون شاهدًا على ابن آدم، وتكون أوقاته وآناؤه خزائن لأعمالنا.
 مناسبة قوله "وإليك المصير" في المساء، حين يرجع الناسُ من أعمالهم وانتشارهم في مصالحهم ومعايشهم، يرجعون إلى دورهم، ويخلدون إلى الراحة بعد أن تفرَّقوا، فيذكر بالرجوع إلى الله تبارك وتعالى المرجع، والمآل، والمصير.</t>
   </si>
   <si>
     <t>Sopp nañu ñaan gii ci suba gi ak ngoon gi, ngir roy ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc.
 Aajowoog jaam bi jëm ci Boroomam ci gépp anam ak wépp waxtu.
 Li gën mooy ñu jàng sikar yi, ci suba gi: bu fajar gi fenkee ba keroog jant bi di fenk ci njëlbeenu bëccëg gi, ak ginnaaw Tàkkusaan ba ca ginnaaw sowug jant bi, bu ko waxee ginnaaw loolu it maanaam: mu wax ko ci suba gi ginnaaw bu yoor-yoor jotee kon dana ko doy, bu ko waxee ginnaaw Tisbaar dana ko doy, loolu waxtuw sikar la.
 Limu wax ne "te ci yaw lanuy dekki jëm" ci suba gi, lii da koy fàttali dund ak dekki gu mag ga bu nit ñi deewee ñu dekkil leen ëllëg bis-pénc, lii dekki gu bees la, di bis bob dañu ciy delloo ruu yi, nit ñi tasaaroo ca, muy noyyi ci geneen suba gu yees gu Yàlla bind; ngir mu seede doomu Aadama yi, ay waxtoom ak i jamonoom nekk ay kàggu ñeel sunuy jëf.
 Wax ji mu wax ne "te ci yaw yaay delluwaay bi" ci ngoon gi, bu nit ñi di dellu jóge ca seen liggéey ya, ak seenug tasaaroo ci seen i yéwénalug dund, ñuy dellu ca seen kër ya, di noppalu ginnaaw ba ñu tasaaroo, loolu dinu fàttali dellu ga jëm ca Yàlla mu Baarkeel mi te kawe Moom miy Delluwaay ba.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5490</t>
   </si>
   <si>
     <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>Jullit bi am kàttan, moo gën te moom la Yàlla gën a bëgg ci jullit bi néew kàttan, ñoom ñéppu na nga a baax,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu wax ne : Yonnent Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «Jullit bi am kàttan, moo gën te moom la Yàlla gën a bëgg ci jullit bi néew kàttan, ñoom ñéppu na nga a baax, xéral ci lu lay jariñ, te nga dimbandikoo Yàlla te bul lompañ, bu la dara jotee, bul wax ay bu fekkoon ne defnaa lii mbaa lee kon lii du am, waaye waxal ne Yàlla dogal na te lu ko neex lay def, ndax boo waxul loolu yaa ngi ubbil saytaane buntu».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc-day leeral ne jullit léppam aw yiw la, waaye jullit bi dëgër ci ngëmam ak ug dogoom ak alalam ak yeneen moo ëpp yiw te moo gënal Yàlla mu màgg mi jullit bi néew kàttan. Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- daal di dénk jullit bi mu def sabab yi koy jariñ ci mbiri àdduna ak allaaxira, ànd ak sukkandiku ci Yàlla,  tay dimbandikoo ci moom, te wakkirlu ci moom. Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- tere na ñàkk solo ak tàyyeel ak di yeexamtu ci def luy jariñ àdduna ak allaaxira. Bu jullit bi pasteefoo ci jëf, te jàpp ci sabab yi, di dimbandikoo Yàlla, di sàkku ci moom aw yiw, ginnaaw loolu li ko war mooy mu bàyyee mbiram Yàlla, te mu xam ne lu Yàlla tànn mooy li gën. Bu ko musiba dalee ginnaaw ga, bu mu wax: «Bu fekkoon ne defoon naa nàngam kon lii ak lee mooy am»; Di wax naan (bu dul woon nàngam) loolu day tijjil bunt saytaane" ci di gaaral ab dogal,ak di naqarlu li weesu, waaye na jébbalu te gërëm te wax: "Yàlla dogal na, te lu ko neex lay def", Lu am rekk dafa fekk ne noonu la ko Yàlla bëgge, Ndax mooy def lu ko soob, te amul kuy delloo ab dogalam,walla di ko dindi.</t>
   </si>
   <si>
     <t>تَفاوُت الناس في الإيمان.
 استحباب القوة في الأعمال؛ لأنه يحصل بها من الفائدةِ ما لا يحصل بالضعف.
 الإنسانُ ينبغي أنْ يحرصَ على ما ينفعُه، ويترك ما لا ينفعه.
 يجب على المؤمن أنْ يَطلُبَ معونةَ الله له في كل أموره، ولا يعتمد على نفسه.
 إثبات القضاء والقدر، وأنه لا ينافي بَذْلَ الأسباب والسعي في طلب الخيرات.
 النهي عن قول «لو» على وجه التَّسَخُّطِ عند نزول المصائب، وتحريم الاعتراض على القضاء والقدر لله تعالى.</t>
   </si>
   <si>
     <t>Bokk na Nit ñi dañoo rawante ci ngëm.
 Sopp nañu kàttan ci jëf yi; ndax njariñ man na caa ame amiin woo xam ne bu ca kàttan ga nekkul woon du am.
 Nit ki dafa war a xér ci lu koy jariñ, te bàyyi lu ko dul jariñ.
 War na ci aji-gëm ji muy sàkku dimbaluYàlla ci mbiram yépp, te mu bañ a sukkandiku ci boppam.
 Saxal dogal yi ak ne loolu du dàquwante ak def sabab yi ak dox ci sàkku yiw yi.
 Tere nañu ñuy wax "budul woon nàngam” di ko wax ci anamug naqarlu ci wàccug musiba, araamal nañu it di gaaral ab dogalu 
 Yàlla mu kawe mi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5493</t>
   </si>
   <si>
+    <t>إن اللعانين لا يكونون شهداء ولا شفعاء يوم القيامة</t>
+  </si>
+  <si>
+    <t>ñiy rëbbaate duñu nekk ay seede du caagine ay rammkat ëllëg bis-pénc</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ اللَّعَّانِينَ لَا يَكُونُونَ شُهَدَاءَ وَلَا شُفَعَاءَ يَوْمَ الْقِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Dardaa -yal na ko Yàlla dollee gërëm- mu wax ne: dégg naa Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «ñiy rëbbaate duñu nekk ay seede du caagine ay rammkat ëllëg bis-pénc».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن يُكثر اللعن على مَن لا يستحق فهو مستحق لعقوبتين: 
+الأولى: لا يكون شهيدًا يوم القيامة على الأمم بتبليغ رسلِهم إليهم الرسالات، ولا تقبل شهادته في الدنيا؛ لفسقه، ولا يرزق الشهادة وهي القتل في سبيل الله. 
+الثانية: لا يشفع يوم القيامة حين يشفع المؤمنون في إخوانهم الذين استَوجَبوا النار.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne ku bari lu muy rëbb  ñi yayoowul rëbb kooku yeyoo na ñaari mbugal: Bi ci njëkk: du nekk seede ëllëg bis-pénc ci xeet yi ci ne seen Yonente ya  jottali nañu bataaxal ya, te deesul nangu seedeem ci àdduna; ngir ag kàccoorteem, te deesu ko wërsëgal faatu  ci yoonu Yàlla. Ñaareel bi: du ramm ëllëg bis-pénc bu way-gëm yi di ramm seen i mbokk yi nga xam ne sawara war na ci ñoom.</t>
+  </si>
+  <si>
+    <t>تحريم الَّلعن، وأنّ كَثرته من كبائر الذنوب.
+العقوبة في الحديث إنما هي لمن كثر منه اللعن، لا لِمَرّة ونحوها، ولأنه يخرج منه أيضًا اللعن المباح، وهو الذي ورد الشرع به بلعن أصحاب الأوصاف المذمومة بغير تعيين كقولك: «لعن الله اليهود والنصارى»، «لعنة الله على الظالمين»، «لعن الله المُصَوِّرين»، «لعن الله من عمل عمل قوم لوط»، «لعن الله من ذبح لغير الله»، «لعن الله المتشبِّهين من الرجال بالنساء والمتشبهات من النساء بالرجال»، ونحو ذلك.
+إثبات شفاعة المؤمنين يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Araamalees na rëbbaate, ak ne baril ko dafa bokk ci bàkkaar yu mag yi.
+Mbugal mi nekk ci hadiis bii kiy bari lumuy rëbbe mooko moom, du ki ko def benn  yoon ak lu ko niru, ni ki noonu kiy rëbbe rëbb gu dagan te mooy li rot ci Sariiha ci rëbb ña mel melo ya ñu ŋàññ niki nga wax: "yal na Yàlla rëbb Yahuud yi ak Nasaraan yi", "yal na Yàlla rëbb tooñkat yi", "yal na Yàlla rëbb nataalkat yi", "yal na Yàlla rëbb ñiy def jëfu niti Luut ya", "yal na Yàlla rëbb ku reddil ku dul Yàlla", "yal na Yàlla rëbb góor ñiy niru-nirulu jigéen, ak jigéen ñiy niru-nirulu góor", ak yu niru yooyu.
+Saxal rammug way-gëm ñi ëllëg bis-pénc.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5495</t>
+  </si>
+  <si>
     <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>ñaan mooy jaamu Yàlla</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>Jële na ñu ci An-Nuhmaan Ibn Basiir -yal na ko Yàlla dollee gërëm- mu wax ne : dégg naa Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «ñaan mooy jaamu Yàlla» daal di jàng: "Aaya biy wax ne:
 {séen Boroom nee na wooleen ma ma wuyu leen ñi may rëy a ñaan danañu dugg Jahannama di way-torox} [ soratou Xaafiri: 60]».</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>Leerarug adiis bi:
 Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day xamle ne ñaan mooy jaamu Yàlla, kon li war mooy mu nekk lu sell ñeel Yàlla, moo xam wooteg laaj la walla wooteg sàkku, ci di laaj Yàlla mu kawe mi lu koy jariñ, ak jeñ lu koy lor ci àdduna ak allaaxira, walla muy wooteg jaamu, te mooy lépp lu Yàlla bëgg te gërëmloo ko ci ay wax ak i jëf yi feeñ ak yi nëbbu, jaamuy xol yi walla yu yaram yi mbaa yu alal yi
 Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- tegtaloo na ci loolu ne: Yàlla wax na ne: {wooleen ma ma wuyu leen ñi ma rëy a ñaan danañu dugg Jahannama di way-torox}</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>Bokk na ci njariñal adiis bi: Ñaan mooy cosaanu jaamu yi, daganul nu jëmale ko ci ku dul Yàlla.
 Ñaan day làmboo dëgg-dëggug njaame ak nangu doylug Yàlla ak kàttanam moom aji-Kawe ji, ak soxlaal gi ko jaam bi soxlaal.
 Tëkku gu tar mooy payug rëy-rëylu ci jaamu Yàlla ak bàyyi koo ñaan, te ñiy rëy-rëylu ci ñaan Yàlla danañu dugg Jahannama di way-torox di way-doyadi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5496</t>
+  </si>
+  <si>
+    <t>إن ربكم حيي كريم، يستحيي من عبده إذا رفع يديه إليه أن يردهما صفرا</t>
+  </si>
+  <si>
+    <t>seen Boroom de Ku bari kersa la ku tedd la, dana kersawu ci jaam bi bu yëkkëtee loxoom jëme ci moom mu koy ba ña jox</t>
+  </si>
+  <si>
+    <t>عَنْ سَلْمَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ رَبَّكُمْ حَيِيٌّ كَرِيمٌ، يَسْتَحْيِي مِنْ عَبْدِهِ إِذَا رَفَعَ يَدَيْهِ إِلَيْهِ أَنْ يَرُدَّهُمَا صِفْرًا».</t>
+  </si>
+  <si>
+    <t>Jële na ñu ci Salmaan -yal na ko Yàlla dollee gërëm- mu wax ne: Yonente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: "seen Boroom de Ku bari kersa la ku tedd la, dana kersawu ci jaam bi bu yëkkëtee loxoom jëme ci moom mu koy ba ña jox".</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على رفع اليدين أثناء الدعاء، وأخبر أنَّ الله سبحانه (حَيي) كثير الحياء، ولا يترك العطاء، يفعل بالعبد ما يَسُرُّه، ويترك ما يَضرُّه، (كريم) يعطي من غير سؤال فكيف بعد السؤال! يَستحيي مِن عبده المؤمن أنْ يَرُدَّ يديه بعد رفعِها للدعاء فارغتين خاليتين خائبتين من إجابته.</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day ñaaxe ci yëkkëti loxo ci jamonoy ñaan, mu xamle ne Yàlla Aji-Sell ji ku bari kersa la, te du deñ di joxe, day defal jaam bi lu koy bégloo, dindil ko lu koy lor, ku tedd la day joxe ci lu dul ñu koy laaj kon naka lay deme ginnaaw bu ñu ko laajee! Day kersawu ci jaamam bi ko gëm mu delloo ay loxoom ginnaaw ba mu ko yëkkëtee ngir ñaan mu koy ñàkka nangul ñaanam ga.</t>
+  </si>
+  <si>
+    <t>كلما أظهر الإنسان الافتقار إلى الله تعالى والتعبد، كان أرجى له وأقرب للإجابة.
+الترغيب في الدعاء، واستحباب رفع اليدين فيه، وأنه من أسباب الاستجابة.
+بيان سعة كرم الله ورحمته بعباده.</t>
+  </si>
+  <si>
+    <t>Saa bu nit ki feeñalee ak soxlawoom jëm ci Yàlla ak ug njaame, muy gën a am yaakaar ci ñaanam gu nangu.
+Xemmemloo ci ñaan, ak sopp ñu yëkkëti ñaari loxo yi ci ñaan gi ndax dafa bokk ci sababi nangu ñaan yi.
+Leeral ne Yàlla dafa tabe lool bari yërmànde lool ci jaamam yi.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[Abóo Daawuda soloo na ko, ak At-tirmisiy, ak Ibnu Maaja]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5499</t>
   </si>
   <si>
     <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>Li ëppoon ci ñaani Yonnente bi-yal na ko Yàlla dolli xéewal ak mucc-mooy:"Allaahumma Rabbanaa aatinaa fiddunyaa hasanatan, wa fil-aaxirati hasanatan, wa xinaa hasaabannaari</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Anas -yal na ko Yàlla dollee gërëm- mu wax ne: Li ëppoon ci ñaani Yonnente bi-yal na ko Yàlla dolli xéewal ak mucc-mooy:"Allaahumma Rabbanaa aatinaa fiddunyaa hasanatan, wa fil-aaxirati hasanatan, wa xinaa hasaabannaari".</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
     <t>Yonnente bi-yal na ko Yàlla dolli xéewal ak mucc-daan na baril di ñaane ñaan yu matale yi,bokk na ca: "Rabbanaa aatinaa fiddunyaa hasanatan, wa fil-aaxirati hasanatan, wa xinaa hasaaban-naari", Moom dafa làmboo yiwi àdduna ci wërsëg wu teey,te yaatu te dagan,ak jabar ju sell,ak doom ju sedd xool,ak nooflaay, ak xam-xam buy jariñ, ak jëf yu sell,ak yi ko niru ci ay càkkuteef yu ñu sopp te mu dagan, ak yiwi allaaxira ci mucc ci mbugëlu bàmmeel,ak taxawaay ba, ak sawara,ak am ngërëmal Yàlla, ak texe ca àjjanay xéewal gu sax ga, ak jege Boroom biy Aji-Yërëme.</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
@@ -10136,76 +12400,156 @@
   <si>
     <t>Jële na ñu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «ñaari baat a ngi nii yu woyof ci làmmeñ, diis ci màndaxekaay ba, Yàlla miy Aji-Yërëme ji sopp leen: Subhaanal Laahil Hasiim, Subhaanal Laahi wa bi hamdihii».</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>Leerarug adiis bi:
 Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day xamle ne am na ñaari baat yu nit ki di wax ci lu dul coono ak ci bépp anam, te seenug fay màgg lool ca màndaxekaay ba , te sunu Boroom miy Aji-Yërëme ji bëgg leen muy:
 Subhaanal Laahil Hasiim, Subhaanal Laahi wa bi hamdihii; ngir li ñu làmboo ci melal Yàlla cig màgg ak mat, ak sellal ko ci ay wàññiku -baarkeel na te kawe na-.</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
     <t>Bokk na ci njariñal adiis bi:
 Tudd Yàlla gi gën a màgg mooy bu boole sellal Yàlla ak di ko tagg.
 Leeral yaatug yërmandey Yàlla ci jaamam ñi, ndax day fay pay gu rëy ci jëf yu tuuti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5507</t>
   </si>
   <si>
+    <t>لقد قلت بعدك أربع كلمات، ثلاث مرات، لو وزنت بما قلت منذ اليوم لوزنتهن</t>
+  </si>
+  <si>
+    <t>wax naa ci sa ginnaaw ñenti kàddu, ñatti yoon, bu ñu ko nattoon ci li nga wax ci bis bi mu tollu ko</t>
+  </si>
+  <si>
+    <t>عَنْ جُوَيْرِيَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ مِنْ عِنْدِهَا بُكْرَةً حِينَ صَلَّى الصُّبْحَ، وَهِيَ فِي مَسْجِدِهَا، ثُمَّ رَجَعَ بَعْدَ أَنْ أَضْحَى، وَهِيَ جَالِسَةٌ، فَقَالَ: «مَا زِلْتِ عَلَى الْحَالِ الَّتِي فَارَقْتُكِ عَلَيْهَا؟» قَالَتْ: نَعَمْ، قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ قُلْتُ بَعْدَكِ أَرْبَعَ كَلِمَاتٍ، ثَلَاثَ مَرَّاتٍ، لَوْ وُزِنَتْ بِمَا قُلْتِ مُنْذُ الْيَوْمِ لَوَزَنَتْهُنَّ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، عَدَدَ خَلْقِهِ وَرِضَا نَفْسِهِ وَزِنَةَ عَرْشِهِ وَمِدَادَ كَلِمَاتِهِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Juwayriya yaayu jullit ñi yal na ko Yàlla dollee gërëm mu ne: Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dafa génn ci moom ba mu jullee suba, fekk moo ngi ci jàkkaam ji, topp mu dellusi fekk mu toog, mu ne ko: "kon ba leegi yaa ngi ca na ma la bayyi woon?" Mu ne ko: waaw, Yonente bi  ne ko: "wax naa ci sa ginnaaw ñenti kàddu, ñatti yoon, bu ñu ko nattoon ci li nga wax ci bis bi mu tollu ko: subhaanal Laahi wa bi hamdihi, hadada xalqihi, wa ridaa nafsihi, wa sinata harsihi, wa midaada kalimaatihi".</t>
+  </si>
+  <si>
+    <t>خرجَ النبيُّ صلى الله عليه وسلم من عند زوجه أم المؤمنين جويرية رضي الله عنها أول النهار حين صلى الصبح، وهي جالسة في موضع صلاتها، ثم رجع بعد أن انتصف النهار وقت الضحى، وهي ما زالت جالسة في مكانها، فقال: 
+ما زلتِ على الحال التي فارقتكِ عليها؟ 
+قالت: نعم، قال النبي صلى الله عليه وسلم: 
+لقد قلت بعدك أربع كلمات، وكررتها ثلاث مرات، لو قُوبِلت من حيث الأجر بما قلت جميع الوقت الذي أنت جالسة فيه لترجَّحت عليها: 
+(سبحان الله) وتنزيهه من جميع النقائص، (وبحمده) حيث له الثَّناء الجميل الذي هدى لذلك، (عدد خلقه) الذين لا يحصيهم إلا الله، (ورضا نفسه) بقدر ما يُرضيه عمن رضي الله عنه من عباده وهو شيءٌ لا يُحاط به، (وزنة عرشه) الذي هو أعظم المخلوقات وأثقلها، (ومداد كلماته) وكلمات الله لا تحصر ولا تنفد؛ وهذا يعمّ الأقسام الثلاثة ويشملها؛ فإنَّ مداد كلماته سبحانه لا نهايةَ لقدره، ولا لصفته، ولا لعدده، ولكن المراد: المبالغة به في الكثرة؛ لأنه ذكر أولًا ما يحصره العد الكثير من عدد الخلق، ثم ارتقى إلى ما هو أعظم من ذلك وعبر عنه برضى نفسه، ثم زنة أعظم المخلوقات وهو العرش؛ فالأول للعدِّ والكميّة، والثاني للصِّفة والكيفية، والثالث للعِظَم والثِّقَل.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc dafa génne ci soxnaam Juwayriya yal na ko Yàlla dollee gërëm ci njëlbeenu bëccëg gi bi mu jullee suba, fekk moo ngi toog ci barabu julleem, topp mu dellusi ginnaaw bi bëccëg gi xaajee ci waxtuw yoor-yoor, fekk deñul di toog ca barabam ba, mu ne ko: Kon deñóo ca na ma la bàyyee woon? Mu ne ko: waaw, Yonente bi yal na ko Yàlla dolli xéewal ak mucc ne ko: Wax naa ci sa ginnaaw ñenti kàddu, ma baamtu ko ñatti yoon, bu ñu ko gam-gamle woon ci yool ak yi nga wax ci waxtu yi nga toog fii yépp kon mu not leen: Tudd naa sellug Yàlla gi ak ug setam ci gépp mànke-mànke ànd ak sant ko ndax moom la tagg wu rafet ñeel te mu ginde ci loolu, limub mbindeefam yi nga xam ne kenn manu leen a takk ku dul Yàlla, ak gërëmul boppam ci kem li koy gërëmloo ci ku Yàlla gërëm ci jaamam ñi te mbir la mom kenn du ko peeg, ak diisaayu Arasam ga nga xam ne moo gën a màgg ci mbindeef yi te gën ci a diis, ak bariwaayu ay kàddoom, kàdduy Yàlla deesu ko takk te du jeex; lii nag day làmboo ñatti xaaj yi; ay kàddoom tudd naa sellam gi dayoom du jeex, du caagine meloom, du caagine limam.</t>
+  </si>
+  <si>
+    <t>بيان فضل هذه الكلمات، والحث على قولها.
+الذِّكْر يتفاضل فبعضه أفضل من بعض.
+قال النووي على قوله (سبحان الله وبحمده مداد كلماته): ‌والمراد ‌المبالغة به في الكثرة؛ لأنه ذكر أولًا ما يحصره العد الكثير من عدد الخلق، ثم زنة العرش، ثم ارتقى إلى ما هو أعظم من ذلك وعبر عنه بهذا، أي ما لا يحصيه عد كما لا تحصى.
+قال ابن القيم: إنَّ ما يقوم بقلب الذَّاكر حين يقول: سبحان الله وبحمده، عدد خلقه ... إلى آخره من معرفته وتنزيهه وتعظيمه من هذا القدر المذكور من العدد أعظم مما يقوم بقلب القائل: "سبحان الله" فقط.
+الإرشاد إلى جوامع الكلم التي تحمل القليل من الألفاظ، ويعطى عليها عظيم الفضل والثواب.</t>
+  </si>
+  <si>
+    <t>Leeral ngëneelu kàddu yii, ak ñaaxe ci wax leen.
+Sikar day gënante yen yi ñoo gënn yenn yi.
+An-Nawawii wax na ci baat yii (subhaanl laahi wa bi hamdihii midaada kalimaatihii): li ñu ci namm mooy bariwaay gu ëpp; ndax dafa njëkk a tudd lim bu bari ci mbindeef yi, topp ca diisaayu Arasam, topp mu yéeg jëm ci li gën a màgg loolu.
+Ibnul Xayyim nee na: liy taxaw ci xolu kiy sikar ba muy wax: Subhaanal Laahi wa bi hamdihi, hadada xalqihi... Ba mu jeex ci xam ko, ak sellal ko ak màggal ko ci kem gi ñu tudd ci lim moo gën a màgg liy taxaw ci xolu kiy wax: "Subhaanal Laahi" kese.
+Ginde jëme ci baat yoo xam ne day tuuti waaye ngëneel yu màgg ak tuyaaba ju bari nekk ca.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5508</t>
+  </si>
+  <si>
     <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>Amul dara lu gën a tedd fa Yàlla mu kawe mi lii di ñaan</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «Amul dara lu gën a tedd fa Yàlla mu kawe mi lii di ñaan».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>Leerarug adiis bi:
 Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral ne amul dara lu gën a tedd fa Yàlla ci jaamu yi lii di ñaan; ndaxte nangu la ci ne Yàlla ku doylu la -tudd naa sellam ga- ak nangu ne jaam bi dafa aajowoo Yàlla.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Ngëneelu ñaan, ak ne képp ku woo Yàlla, ku ko màggal la, te nangu ne ku doylu la -tudd naa sellam ga-, ndaxte néew gi doole duñu ko ñaan, ak ne dafay dégg, ndaxte ku tëx duñu ko woo, ak ne mooy Aji-Tedd, ndax ku nay deesu ko ñaan, ak ne mooy yërëmaakoon bi, ku soxor duñu ko ñaan, ak ne ku am kàttan la, ku ñàkk doole duñu ko ñaan, ak ne Aji-Jege la, ku sori du dégg, ak yeneen meloy màgg yu dul yooyu tey wane màggug Yàlla Mu tedd mi ak taaram.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5509</t>
+  </si>
+  <si>
+    <t>ما جلس قوم مجلسا لم يذكروا الله فيه ولم يصلوا على نبيهم إلا كان عليهم ترة، فإن شاء عذبهم وإن شاء غفر لهم</t>
+  </si>
+  <si>
+    <t>aw nit duñu toog ci ab jotaay te tudduñu fa Yàlla te julliwuñu ci seenub Yonnente lu dul ne dana nekk ag réccu ci seen kaw, bu ko soobee mu mbugal leen bu ko soobee mu jéggal leen</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه، عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا جَلَسَ قَوْمٌ مَجْلِسًا لَمْ يَذْكُرُوا اللَّهَ فِيهِ وَلَمْ يُصَلُّوا عَلَى نَبِيِّهِمْ إِلاَّ كَانَ عَلَيْهِمْ تِرَةً، فَإِنْ شَاءَ عَذَّبَهُمْ وَإِنْ شَاءَ غَفَرَ لَهُمْ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "aw nit duñu toog ci ab jotaay te tudduñu fa Yàlla te julliwuñu ci seenub Yonnente lu dul ne dana nekk ag réccu ci seen kaw, bu ko soobee mu mbugal leen bu ko soobee mu jéggal leen".</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الغفلة عن ذِكْر الله، وأنه ما قَعَدَ قوم في مجلسٍ ولم يذكروا الله تعالى فيه، ولم يصلوا على رسوله صلى الله عليه وسلم إلا كان ذاك المجلس حَسْرة عليهم ونَدَامة وخسارة ونقصانًا يوم القيامة، فإن شاء عذّبهم بذنوبهم السابقة وتقصيراتهم اللاحقة، وإن شاء غفر لهم فضلًا منه ورحمة.</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day moytandikuloo càggante ci tudd Yàlla, ci ne aw nit duñu toog ci ab jotaay te tudduñu fa Yàlla mu kawe mi, te it julliwuñu ci Yonnenteem bi yal na ko Yàlla dolli xéewal ak mucc lu dul ne jotaay boobu dana nekk ci ñoom ag réccu ak ug ñàkk ak ug wàññeeku ëllëg bis-pénc, bu ko soobee mu mbugal leen ci seen bàkkaar ya jiitu ak seen ug gàtteñlu ga ca tege, bu ko soobee it mu jéggal leen ngir ngëneelam ak yërmàndeem.</t>
+  </si>
+  <si>
+    <t>الحث على الذكر وفضله.
+فضل المجالس التي فيها ذكر الله تعالى، وذكر رسوله صلى الله عليه وسلم، وأن المجالس التي ليس فيها ذلك هي مجالس شُؤْمٍ على أهلها يوم القيامة.
+ما ذُكر من التحذير عن الغفلة عن ذكر الله ليس مُقتصرًا على المجالس فقط، بل يَعُمُّ غيرها، قال النووي: يكره لمن قعد في مكان أن يفارقه قبل أن يذكر الله تعالى فيه.
+الحسرة الحاصلة لهم يوم القيامة: إما بفوات الأجر والثواب لعدم الاستفادة من الوقت في طاعة الله، وإما بالإثم والعقاب لإشغال الوقت بمعصية الله.
+هذا التحذير إذا كانت هذه الغفلة بالمباحات، فكيف بالمجالس المحرمة التي فيها الغيبة والنميمة وغيرها؟!</t>
+  </si>
+  <si>
+    <t>Soññee ci tudd Yàlla ak ngëneelam.
+Ngëneelu jotaay yi ñuy tudde Yàlla mu kawe mi, ak tudd fa Yonnenteem bi yal na ko Yàlla dolli xéewal ak mucc, ak ne jotaay yi nga xam ne loolu amu fa, mooy jotaay yu bon yi ca ña fa nekk ëllëg bis-pénc.
+Li ñu tudd ci moytandikuloo càggante ci tudd Yàlla yamul rekk ci jotaay yi, waaye day làmboo it lu dul moom, An-Nawawii nee na: sib nañu ku toog ci barab mu jogefa njëkk mu fay tudd Yàlla.
+Réccu giy am ëllëg bis-pénc: benn mu nekk rëccu ci ñàkka am ab yool ngir li ñu ñàkk a jariñoo waxtu wa ci tudd Yàlla, walla mu nekk ngir bàkkaar ak mbugal ngir li ñu def ci waxtu wa ci moy Yàlla.
+Àrtu gii bu dee càggante gi lu dagan mo ko waral, kon naka lay deme bu dee ay jotaay yu araam la yoo xam ne jëw ak rambaaj ak yeneen moo fay am ?!</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5511</t>
   </si>
   <si>
     <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>saraxe du wàññi alal, te Yàlla du dolli Jaam biy jéggale ludul ag màgg, te kenn du toroxlu ngir Yàlla lu dul ne broom bi dina ko Yëkkati</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «saraxe du wàññi alal, te Yàlla du dolli Jaam biy jéggale ludul ag màgg, te kenn du toroxlu ngir Yàlla lu dul ne broom bi dina ko Yëkkati».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>Leerarug adiis bi:
 Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral ne sarax du wàññi alal, waaye day fegal nit ki ay gàkk-gàkk, te Yàlla day wuutalal boroomam aw yiw wu màgg, loolu di ag dolliku waaye du ag wàññiku.
 Jéggale te am kàttanu fayu du dolli boroom lu dul kàttan ak tedd nga.
 Kenn du toroxlul Yàlla, ci lu dul mu ragal kenn mbaa muy laamisook kenn, walla muy sàkku ci moom njariñ, lu dul ne payam mooy ak yëkkatiku ak teraanga.</t>
   </si>
   <si>
@@ -10359,50 +12703,86 @@
     <t>Jële nañu ci Abdullah ibn Salaam yal na ko Yàlla dollee gërëm mu wax ne: ba Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ñëwee Madiina nit ñi dañoo buur jëm ci moom, ñu naan: Yonnente Yàlla bi ñëw na, Yonnente Yàlla bi ñëw na, Yonnente Yàlla bi ñëw na, ñatti yoon, ma ñëw ci nit ñi ngir xool, bi ma seetloo kanam ga, laa xam ne kanamam gi du kanamu fenkat, li ma njëkk a degg mu wax ko mooy: "yéen nit ñi, deeleen tasaare nuyóo, di leele ñam, di jokk mbokk, di julli guddi fekk nit ñi a ngi nelaw, kon dangeen dugg àjjana ci jàmm".</t>
   </si>
   <si>
     <t>لما جَاءَ النبيُّ صلى الله عليه وسلم المدينة، ورآه الناس اتجهوا ناحيتَه مسرعين، وممن توجه إليه عبد الله بن سَلَامٍ رضي الله عنه وكان من اليهود، فلما رآه عرف أن وجهه ليس بوجه كذاب؛ لِمَا يبدو عليه من النور والجمال والهيبة الصادقة، 
 فكان أول شيء سمعه من النبي صلى الله عليه وسلم أنه حث الناس على أعمال تكون سببًا في دخول الجنة، ومنها: 
 أولًا: نشر تحية السلام وإظهاره والإكثار منه على مَن عرفت ومن لم تعرف. 
 ثانيًا: إطعام الطعام بالصدقة والهدية والضيافة.
 ثالثًا: صلة الأرحام بمن تربطك بهم رحم أو قرابة من جهة الأب أو الأم.
 رابعًا: صلاة نافلة قيام الليل والناس نيام.</t>
   </si>
   <si>
     <t>Bi Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ñëwee Madiina, nit ñi gis ko dañoo gaawantu jëm ci moom, bokk na ci ñi demoon ci moom Abdallah ibn Salaam yal na ko Yàlla dollee gërëm moom nag ab Yahuut la woon, ba mu ko gisee mu xam ne kanamam gi du kanamu fenkat; ndax la cay feeñ ci leer ak taar ak worma gu dëggu, Li mu njëkk a dégg ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mooy mu ñaax nit ñi ci jëf sabab yuy tax a dugg àjjana, bokk na ca:
 Bi ci njëkk: tasaare nuyóo ak fésal ko te baril ko ci koo xam ak koo xamul.
 Ñaareel bi: leele ñam ci saraxe ak maye ak ganale.
 Ñatteel bi: jokk mbokk mi nga xam ne buumu meen moo leen boole, walla jegeñaale ci wetu baay walla yaay.
 Ñenteel bi: julli naafila, taxaw guddi fekk nit ñi di nelaw.</t>
   </si>
   <si>
     <t>استحباب نشر تحية السلام بين المسلمين، وأما غير المسلم فلا يُبدأ بالسلام، وإن سَلَّم بقول: السلام عليكم، فيُرد عليه بقول: وعليكم.</t>
   </si>
   <si>
     <t>Sopp nañu tasaare nuyóo ci diggante jullit ñi, bu dee ku dul jullit nag deesu ko njëkka nuyu ci salaam, donte dafa wax, assalaamu halaykum, dees koy dello ci wax: wa halaykum.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5520</t>
+  </si>
+  <si>
+    <t>أذهب الباس، رب الناس، واشف أنت الشافي، لا شفاء إلا شفاؤك، شفاء لا يغادر سقما</t>
+  </si>
+  <si>
+    <t>ashibil basa, rabban naasi, wasfi Anta As-Saafii, laa sifaa-a illaa sifaa-uka sifaa-an laa yuxaadiru saqaman</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها قَالَت: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا أَتَى الْمَرِيضَ يَدْعُو لَهُ قَالَ: «أَذْهِبِ الْبَاسَ، رَبَّ النَّاسِ، وَاشْفِ أَنْتَ الشَّافِي، لَا شِفَاءَ إِلَّا شِفَاؤُكَ، شِفَاءً لَا يُغَادِرُ سَقَمًا».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Aysatu yaayu jullit ñi -yal na ko Yàlla dollee gërëm- mu wax ne: Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc bu daan seeti ku feebar di ko ñaanal day wax: "ashibil basa, rabban naasi, wasfi Anta As-Saafii, laa sifaa-a illaa sifaa-uka sifaa-an laa yuxaadiru saqaman".</t>
+  </si>
+  <si>
+    <t>كان النبيُّ صلى الله عليه وسلم إذا زار مريضًا دعا له فقال: 
+اللهم (أذهب) وأَزِل (الباس) وشدة المرض، (رب الناس) وخالقهم ومربيهم، (واشف) هذا المريض (أنت) سبحانك (الشافي) وأتوسل إليك باسمك الشافي، (لا شفاء) حاصل للمريض (إلا شفاؤك) وعافيتك، (شفاء) مطلقًا (لا يغادر) ويبقي ويترك (سقمًا) ومرضًا آخر.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc bu daan seeti ku feebar da koy ñaanal daal di wax: Yaw Yàlla sama Boroom dindil mettit wi ak tarug feebar bi, yaw Boroom nit ñi ki leen Bind yor leen, saafaraal aji-feebar jii, tudd naa sag Sell yaw Aji-Saafara ji, maa ngi jottaliku jëm ci yaw ci sa tur wii di Aji-Saafara ji, aji-feebar ji du saafara wu lu dul ci sag saafa, saafara gog du bàyyi jenn jàngoro.</t>
+  </si>
+  <si>
+    <t>الشافي هو الله عز وجل، وأما الطبيب والدواء فهما أسباب لا تنفع ولا تضر إلا بإذن الله.
+عيادة المريض من الحقوق بين المسلمين، وهي في الأهل أحق.
+الترغيب لمن يزور المريض أن يدعو له بهذا الدعاء المبارك المأثور.
+من هدي النبي صلى الله عليه وسلم العلاج بالرقية الشرعية بالقرآن والدعوات الطيبة، فكان صلى الله عليه وسلم يرقي نفسه إذا مرض، وكذا يرقي من اشتكى من أهله ومن غيرهم.
+قال ابن حجر: وقد استشكل الدعاء للمريض بالشفاء مع ما في المرض من كفارة الذنوب والثواب كما تضافرت الأحاديث بذلك، والجواب: أن الدعاء عبادة، ولا ينافي الثواب والكفارة؛ لأنهما يحصلان بأول مرض وبالصبر عليه، والداعي بين حسنتين: إما أن يحصل له مقصوده، أو يعوض عنه بجلب نفع أو دفع ضر، وكلٌّ من فضل الله تعالى.</t>
+  </si>
+  <si>
+    <t>Kiy wéral mooy Yàlla mu màgg mi, bu dee doktoor bi ak garab yi ñoom ñaar ay sabab lañu duñu jariñ du ñu lor lu dul ci ndigalul Yàlla.
+Seeti ku feebar dafa bokk ci àq yi dox ci diggante jullit ñi, ci mbokk gi la gën a yaye.
+Xemmemloo ci ku seeti ku feebar mu ñaanal ko ñaan gu baarkeel gii ñu tuxal.
+Bokk na ci njubug Yonente bi yal na ko Yàlla dolli xéewal ak mucc di faj jaareko ci moccug sariiha ci Alxuraan ak ay ñaan yu teey, Yonnente bi daan na mocc boppam bu feebaree, niki noonu yit daan na mocc ku tawat ci njabootam ak ñeneen.
+Ibn Hajar nee na: jaaxle amna ci lu tax ñuy ñaanal ki feebar ag wér te feebar bi day far ay bàkkaaram di yok yool ni ki mu ñëwe ci hadiis yu bari, tontu bi mooy: ñaan jaamu Yàlla la, te du dàqonte ak am tuyaaba ak far bàkkaar; ndax ñoom ñaar dañuy ame ci njëlbeenu feebar ba ak muñ ga, te aji-ñaan ji moo ngi ci diggante Ñaar yu rafet: benn jubluwaayam am, walla ñu wecceel ko ko ci xëcc njariñ walla jañ lor, te yépp ci ngëneelu Yàlla la.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5542</t>
   </si>
   <si>
     <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
     <t>Yàlla dafa bëgg jaam bu ko ragal, bu doylu, bu nëbbu</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Sahd Ibn Abii Waqaas -yal na ko Yàlla dollee gërëm- mu wax ne: dégg naa Yónente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- muy wax ne: «Yàlla dafa bëgg jaam bu ko ragal, bu doylu, bu nëbbu».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- dafa leeral ne Yàlla daa bëgg  yenn jaamam yi,
 Bokk na ci ñoom: ki ko ragal, ci def ay ndigali Yàlla, di moytu ay tereem.
 Bëgg na it: Ku doylu Ku doyloo Yàlla mu màgg mi du sukkandiku ci nit ñi, te du geestu keneen ku dul Yàlla.
 Day bëgg it: kiy nëbbu, kiy toroxlu, di jaamu Boroomam, di yittewoo luy jariñ, te yittewoowul kenn xam ko, mbaa ñu koy waxtaane, walla di ko tagg.</t>
   </si>
@@ -10578,51 +12958,51 @@
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5794</t>
   </si>
   <si>
     <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>diine ji lu yomb la, te kenn du taral diine ji lu dul ne dana ko not, kon deeleen jubal, di jegeele</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «diine ji lu yomb la, te kenn du taral diine ji lu dul ne dana ko not, kon deeleen jubal, di jegeele, te ngeen bég, na ngeen dimbalikoo suba gi ak ngoon gi ak lenn ci guddi gi».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
 الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
   </si>
   <si>
-    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day leeral ne diiney lislaam dañu ko tabax cig yombal ak woyofal ci mbiram yépp, yombal gi nag day gën a feddaliku ci bu sababus lompañ amee ak aajo, ndaxte xóotal ci jëfi diine yi, ak bàyyi ñeewant mujjam mooy lompañ ak bàyyi jëf ja lëpp walla lenn la, . Topp Yonnente bi daldi soññee ci digg dóomu ci lu dul ëppal; jaam bi du gàtteñlu ci li ñu ko digal, waaye du gàddu lu mu àttanul, bu lompañee ci def la gën a mat; mu def lu ko jege.
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day leeral ne diiney lislaam dañu ko tabax cig yombal ak woyofal ci mbiram yépp, yombal gi nag day gën a feddaliku ci bu sababus lompañ amee ak aajo, ndaxte xóotal ci jëfi diine yi, ak bàyyi ñeewant mujjam mooy lompañ ak bàyyi jëf ja lëpp walla lenn la, Topp Yonnente bi daldi soññee ci digg dóomu ci lu dul ëppal; jaam bi du gàtteñlu ci li ñu ko digal, waaye du gàddu lu mu àttanul, bu lompañee ci def la gën a mat; mu def lu ko jege.
 Yonnente bi yal na ko Yàlla dolli xéewal ak mucc bégle ci yool bu rëy ci kaw jëf ju sax donte dafa néew ñeel ki lott ci def la gën a mat; ndaxte lott bu jugewul ci nit ki du waral yool bi di wàññeeku.
 Bi dëgg-dëggi àdduna nekkee kërug tukki daal di tuxu jëm allaaxira la Yonnente bi yal na ko Yàlla dolli xéewal ak mucc digle ñu dimbalikoo ci sax cig jaamu ci def ko ci ñatti waxtuy cawarte yii:
 Bi ci njëkk: suba gi: ci bu njëlbeenu bëccëg gi demee; ci diggante jullig fajar ak fenkug jant bi.
 Ñaareel bi: njolloor: ginnaaw jengug jant bi.
 Ñatteel bi: lëndëm: ci guddi gi yépp walla leen ci moom, ndax te 
 jëfi guddi moo ëpp coono jëfi bëccëg mu digle lenn ci guddi gi rekk, ci li mu wax ne : ak lenn ci guddi gi.</t>
   </si>
   <si>
     <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
 على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
 على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
 قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
 قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
 قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
   </si>
   <si>
     <t>Yoonu lislaam dafa yomb te yaatu nekk lu digg-dóomu ci diggante ëppal ak gàtteñlu.
 War na ci jaam bi mu def ndigal li ci kem kàttanam, ci lu dul woyofal mbaa taral.
 War na ci jaam bi mu tànn waxtu
 yi cawarte di am mu def ca jaamu gi, te ñatti waxtu yii ñooy yi gën a noppale ci yaram ngir mu def si ag jaamu.
 Ibn Hajar Al-Asxalaanii nee na: dafa mel ni Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day wax ak kiy tukki am fu mu jëm, te ñatti waxtu yii ñooy waxtu yi gën a teey ci tukkikat bi, mu koy yee ci waxtuy cawarteem; ndaxte kiy tukki bu tukkee guddi ak bëccëg day lott daal di dog, te bu tànnee dox ci waxtuy cawarte yii kon dana man a sax ci lu dul coono.
 Ibn Hajar nee na: hadiis bi day junj ñu jël yombali Sariiha yi, ndax te jël lu jafe ci waxtuw yombal 
 loolu ag taral la, niki ki bàyyi tiim fekk manut a jëfandikoo ndox, ba jëfandikoo ko di ko yóbbe muy loru.
 Ibnul Muniir nee na: hadiis bi am na màndarga ci màndargay yonnent, nun gis nanu, ñi nu jiitu it gis nañu ne képp kuy taral  ci diine day mujjee bàyyi, jubluwuñu ci ñàkk a sàkkoo matal ci jaamu gi, ndaxte dafa bokk ci mbir yi ñu gërëm, waaye dañuy tere ëppal guy waral yoqat, walla ëppal ci coobarewu guy waral bàyyi li gën, walla génne farata gi ci waxtoom, niki ki fanaanee julli guddi gi yépp ba noppi di nelaw ci waxtuw julli suba gi ba duko julli ji ca 
 mbooloo ma, walla mu dem ba jant bi fenk waxtuw farata wi génn.</t>
@@ -10702,50 +13082,83 @@
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Aysa -yal na ko Yàlla dollee gërëm- mu wax ne: dégg naa Yónente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «aji-gëm ji jikkoom ju rafet danako may mu am darajay Aji-woor ak kiy taxaw di julli».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral ne jikko ju rafet dana yóbb boroomam ca darajay ki saxoo woor bëccëg ak taxaw guddi, li dajale jikko yu rafet yi mooy: di def njekk, ak rafeti wax, ak bélli xar kanam, ak bañ a lore te di ko dékku ci nit ñi.</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>Bokk na ci njariñal hdiis bi: Màggug yittewoog Lislaam ci yar jikko yi ak matal ko
 Ngëneelul jikko yu rafet, ba tax muy yóbb jaam bi ci darajay aji-woor jidul dog, ak aji-taxaw jidul sonn.
 Woor bëccëg ak taxaw guddi ñaari jëf lañu yu màgg am na ñu nag ab coono ci bàkkan, boroom jikko yu rafet yi day àgg ci seen daraja ngir li muy xeex ak bakkanam ci jëflante bu rafet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5799</t>
   </si>
   <si>
+    <t>إن من أحبكم إلي وأقربكم مني مجلسا يوم القيامة أحاسنكم أخلاقا</t>
+  </si>
+  <si>
+    <t>ñi ma gën a bëgg ci yéen, te gën maa jege ëllëg bis-pénc, ñooy ñi gën a rafet jikkó ci yéen</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرٍ رَضيَ اللهُ عنهُ أَنَّ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ مِنْ أَحَبِّكُمْ إِلَيَّ وَأَقْرَبِكُمْ مِنِّي مَجْلِسًا يَوْمَ القِيَامَةِ أَحَاسِنَكُمْ أَخْلاَقًا، وَإِنَّ أَبْغَضَكُمْ إِلَيَّ وَأَبْعَدَكُمْ مِنِّي مَجْلِسًا يَوْمَ القِيَامَةِ الثَّرْثَارُونَ وَالمُتَشَدِّقُونَ وَالمُتَفَيْهِقُونَ»، قَالُوا: يَا رَسُولَ اللهِ، قَدْ عَلِمْنَا الثَّرْثَارُونَ وَالمُتَشَدِّقُونَ فَمَا الْمُتَفَيْهِقُونَ؟ قَالَ: «الْمُتَكَبِّرُونَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Jaabir -yal na ko Yàlla dollee gërëm- mu jële ci Yonente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "ñi ma gën a bëgg ci yéen, te gën maa jege ëllëg bis-pénc, ñooy ñi gën a rafet jikkó ci yéen, waaye ñi ma gën a bañ ci yéen te gën maa sori ëllëg bis-penc, ñooy coowkat yi, ak puukarekat yi, ak ñiy rëy-rëylu", ñu ne ko:yaw Yonente Yàlla bi, nun xam nanu coowkat yi ak puukarekat yi, kon lan mooy al-mutafayxihuuna? Mu ne leen: mooy: ñiy rëy-rëylu".</t>
+  </si>
+  <si>
+    <t>أخبرَ النبيُّ صلى الله عليه وسلم أن مِن أحبكم إليه في الدنيا، وأقربكم منه مجلسًا يوم القيامة أحاسنكم أخلاقًا، وأنّ من أبغضكم إليه في الدنيا، وأبعدكم منه مجلسًا يوم القيامة سَيِّئيكم أخلاقًا؛ (الثرثارون) المكثرون الكلام تكلُّفًا وخروجًا عن الحق، (والمتشدقون) المتوسعون في الكلام تفاصحًا وتعظيمًا لكلامهم من غير احتياط واحتراز، (والمتفيهقون)، قالوا: يا رسول الله، قد علمنا الثرثارون والمتشدقون، فما المتفيهقون؟ قال: المتكبرون المستهزئون بالناس الذين يتوسعون في الكلام ويفتحون به أفواههم.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc xamle na ne ñi mu gën a bëgg ci yéen ci àdduna, ak ñi ko gën a jege ëllëg bis-pénc ñooy ñi gën a rafet jikkó ci yéen, ak ne ñi mu gën a bañ ci yéen ci àdduna, ñu gën ko a sori ëllëg bis-pénc ñooy ñi gën a ñaaw jikkó ci yéen; (coowkat yi) ñi bari wax ci ag dëgëral ak génn dëgg ga, (ak puukarekat yi) ñiy yaatal ci wax ngir jaay man a wax ak màggal seen i wax ci ku dul fegu ak moytu, (ak ñiy rëy-rëylu), ñu ne ko: yaw Yonente Yàlla bi, nun de xam nanu coowkat yi ak puukarekat yi, lan mooy mutafayxihuuna? Mu ne: ñooy ñiy rëy-rëylu di yéjji nit ñi ñiy ubbi seen gémmiñ yi di wax lu bari.</t>
+  </si>
+  <si>
+    <t>حسن الخلق من أسباب محبة رسول الله صلى الله عليه وسلم والقرب منه يوم القيامة، وسوء الخلق بعكس ذلك.
+حسن الخلق من أسباب محبة الناس بعضهم لبعض، وسوء الخلق بعكس ذلك.
+الحثّ على إحسان الخلق والتواضع وعدم الغلظة والتَّكلّف.
+التحذير من الكلام على جهة التكثير والتكبر والتعاظم والتكلّف.</t>
+  </si>
+  <si>
+    <t>Rafet jikkó dafa bokk ci liy waral bëggug Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc ak jege ko ëllëg bis-pénc, ñaaw jikkó nag safaanu loolu la.
+Rafet jikkó bokk na ci sabab yiy tax nit ñi bëggante, ñaaw jikkó nag safaanu loolu la.
+Ñaaxe ci rafetal ak toroxlu ak bañ a soxor ak di dëgëral.
+Àrtu ci wax ju bari ak rëy-rëylu ak soxor.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5802</t>
+  </si>
+  <si>
     <t>إن من خياركم أحسنكم أخلاقا</t>
   </si>
   <si>
     <t>ñi gën ci yéen mooy ña ca gën a rafet jikkó</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: لَمْ يَكُنِ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَاحِشًا وَلَا مُتَفَحِّشًا، وَكَانَ يَقُولُ: «إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abdullah Ibn Amr -yal na leen Yàlla dollee gërëm- mu wax ne: Yónente bi -yal na ko Yàlla dolli xéewal ak mucc-nekkul woon ku ñaawi wax mbaa jëf, daa na wax naan: « ñi gën ci yéen mooy ña ca gën a rafet jikkó».</t>
   </si>
   <si>
     <t>لم يَكنْ مِن أخلاقِ النبيِّ صلى الله عليه وسلم الكلامُ القبيح، أو الفعلُ القبيح، ولم يكن يَقصدُه ولا يتعمدُه، فهو صلى الله عليه وسلم ذو خلق عظيم.
 وكان صلى الله عليه وسلم يقول: إنَّ أفضلَكم عند الله أحسنُكم خُلُقًا، بِبَذْلِ المعروف، وطلاقةِ الوجه، وكَفِّ الأذى واحتماله، ومخالطة الناس بالجميل.</t>
   </si>
   <si>
     <t>Bokkul woon ci jikkóy Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- wax ju ñaaw, walla jëf ju ñaaw, te daawu ko jublu it mbaa mu koy tay, ndax moom Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- boroom jikkó yu màgg la.
 Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- daa na wax naan: ki gën ci yéen fa Yàlla mooy ki gën a rafet jikkó, ci def njekk, ak leeral xar kanam, ak téye lor te muñal nit ñi, ak jaxasoo ak nit ñi ca na mu rafete.</t>
   </si>
   <si>
     <t>على المؤمن أن يبتعد عن الفُحْش من الكلام السيِّئ والفعل القبيح.
 كمال خُلُق رسول الله صلى الله عليه وسلم، فلا يَصْدُرُ عنه إلا العمل الصالح والقول الطيب.
 حسن الخلق مَيْدانٌ للتنافس، فمَن سَبَقَ كان من خيار المؤمنين وأكملِهم إيمانًا.</t>
   </si>
   <si>
@@ -10838,50 +13251,114 @@
   <si>
     <t>Jële na ñu ci Abuu Muusaa Al-Asharii -yal na ko Yàlla dollee gërëm- mu wax ne : Yónente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «Yalla dana néggandiku tooñkat bi, ba bu ko jàppee du ko rëcc» nee na: mu daal di jàng: aaya bii «{niki noonu it la sa jàppug Boroom di deme bu jàppee waa dëkk buy tooñ te ag jàppam lu metti la te tar} [Huud: 102]»</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day moytondikuloo di wéy cig tooñ ak i moy ak bokkaale, ak tooñ nit ñi ci séen i àq, ndax Yàlla mu kawe mi day néggandiku tooñkat bi di ko yeexe ak di guddal fanam di baril alalam te du ko gaawa mbugal; bu tuubul mu jàpp ko te du ko bàyyi ndax ay bàkkaar yu bari.
 Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- daal di jàng aaya bii: {niki noonu it la sa jàppug Boroom di deme bu jàppee ab waa dëkk buy tooñ te ag jàppam lu metti la te tar} [Huud: 102].</t>
   </si>
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
     <t>War na ci ki am xel mu gaaw a tuub, te bañ a wóolu pexem Yàlla ndeem dafa nekk cig tooñ.
 Yàlla day néggandiku way-tooñ yi bañ leen a mbugal ngir jay leen ak ngir ful mbugal ma bu ñu tuubul.
 Tooñ bokk na ci sabab yiy tax Yàlla di mbugal xeet yi.
 Bu Yàlla alagee ab dëkk amaana ñu sell nekk fa, waaye ñooñu dañu leen di dekkil ëllëg bis-pénc ca mbaax ga ñu faatoo, te mbugal ma leen yóbbaale du leen lor.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5811</t>
+  </si>
+  <si>
+    <t>دينار أنفقته في سبيل الله، ودينار أنفقته في رقبة، ودينار تصدقت به على مسكين، ودينار أنفقته على أهلك أعظمها أجرا الذي أنفقته على أهلك</t>
+  </si>
+  <si>
+    <t>Diinaar boo joxe ci yoonu Yàlla, ak Diinaar boo joxe ci goreel jaam, ak Diinaar boo sarax ab miskiin ak Diinaar boo jox sa njaboot ba ca gën a màggug fay mooy bi nga jox sa njaboot</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قالَ: قالَ رَسُولُ اللَّهِ صلَّى اللَّهُ عليْه وسلَّمَ: «دِينَارٌ أَنْفَقْتَهُ فِي سَبِيلِ اللهِ، وَدِينَارٌ أَنْفَقْتَهُ فِي رَقَبَةٍ، وَدِينَارٌ تَصَدَّقْتَ بِهِ عَلَى مِسْكِينٍ، وَدِينَارٌ أَنْفَقْتَهُ عَلَى أَهْلِكَ أَعْظَمُهَا أَجْرًا الَّذِي أَنْفَقْتَهُ عَلَى أَهْلِكَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu wax ne : Yonnent Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: "Diinaar boo joxe ci yoonu Yàlla, ak Diinaar boo joxe ci goreel jaam, ak Diinaar boo sarax ab miskiin ak Diinaar boo jox sa njaboot ba ca gën a màggug fay mooy bi nga jox sa njaboot ".</t>
+  </si>
+  <si>
+    <t>ذكر النبيُّ صلى الله عليه وسلم بعض أنواع النفقة، فقال: دينار أنفقته في الجهاد في سبيل الله، ودينار أنفقته في عتق رقبة من الرق والعبودية، ودينار تصدقت به على مسكين محتاج، ودينار أنفقته على أهلك وعيالك، ثم أخبر أن أعظمها أجرًا عند الله الذي أنفقته على أهلك وعيالك ومن تلزمك نفقتُه.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc tudd na yenn xeeti joxe yi, daal di wax ne: Diinaar bi nga joxe ci jihaad ci yoonu Yàlla, ak Diinaar bi nga joxe ci goreel ab jaam, ak Diinaar bi nga sarax way-ñàkk ji soxla, ak Diinaar bi nga jox sa njaboot, topp mu xamle ne ba ca gën a màgg ag fay fa Yàlla mooy bi nga jox sa njaboot ak ki nga war a dundal.</t>
+  </si>
+  <si>
+    <t>كثرة أبواب الإنفاق في سبيل الله.
+تقديم الأولى في باب الإنفاق عند التزاحم، ومن ذلك النفقة على الأهل عند عدم استطاعة فعل الجميع.
+قال النووي على شرح مسلم: الحث على النفقة على العيال، وبيان عظم الثواب فيه؛ لأن منهم من تجب نفقته بالقرابة، ومنهم من تكون مندوبة وتكون صدقة وصلة، ومنهم من تكون واجبة بملك النكاح أو ملك اليمين، وهذا كله فاضل محثوث عليه، وهو أفضل من صدقة التطوع.
+قال السندي: قوله (دينار ينفقه على عياله)، أي: إذا نوى به وجه الله وأراد حق العيال مثلًا.
+قال أبو قلابة: وأي رجل أعظم أجرًا من رجل ينفق على عيال صغار يعفهم أو ينفعهم الله به ويغنيهم؟!</t>
+  </si>
+  <si>
+    <t>Barig bunti joxe yi ci yoonu Yàlla.
+Jiital ka gën a ya y ci buntub joxe bu ñu dajee, bokk na ci loolu jox njaboot gi bu dee manuñoo jox ñépp.
+An-Nawawii wax na ca ba muy firi sahiihu Muslim ne: ñaaxe ci jox njaboot gi, ak leeral màggug yool ba ca nekk; ndax amna ci ñoom koo xamne jox ko daa war ci sababus jegeñaale, am ci ñoom koo xamne dañu ko a sopp te day nekk sarax ak jokk, amna ci ñoom koo xamne day nekk lu war ci sababus sëy walla ag njaam, yii yépp nag ngëneel la gu ñu ñaaxe, te moo gën saraxu coobarewu.
+As-Sindii nee na: waxam ji (Diinaar boo jox sa njaboot) maanaam: ci misaal bu ca yéenee jëmmi Yàlla ji te namm ca àqi njaboon.
+Abuu Xalaabata nee na: ana gan góor moo gën a màggug pay góor giy jox njaabotam gu ndaw di leen feg walla Yàlla def mu leen di jariñ?!</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5813</t>
+  </si>
+  <si>
+    <t>قد أفلح من أسلم، ورزق كفافا، وقنعه الله بما آتاه</t>
+  </si>
+  <si>
+    <t>ki jébbalu, ñu wërsëgal ko lu doy, Yàlla def ko mu doylu ci li ko Yàlla jox koo ku texe na”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما أنَّ رَسولَ اللَّهِ صلَّى اللَّهُ عليْه وسلَّمَ، قال: «قَدْ أَفْلَحَ مَن أَسْلَمَ، وَرُزِقَ كَفَافًا، وَقَنَّعَهُ اللَّهُ بما آتَاهُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abdullah Ibn Amr Ibnul Haasi -yal na leen Yàlla dollee gërëm- mu jële ci Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "ki jébbalu, ñu wërsëgal ko lu doy, Yàlla def ko mu doylu ci li ko Yàlla jox koo ku texe na”.</t>
+  </si>
+  <si>
+    <t>بيّن النبيُّ صلى الله عليه وسلم أنه قد فاز وظفر مَن انقاد إلى ربه فَهُدِي ووفق للإسلام، ورزق من الحلال قدْر حاجته من غير زيادة ولا نقص، وجعله الله قانعًا راضيًا بما أعطاه.</t>
+  </si>
+  <si>
+    <t>Yonente bi leeral na ne ku toppu boroom bi jaar ci lislaam, ñu wërsëgal ko lu dagan kem aajoom ëppul yéesul, Yàlla def ko mu doylu gërëm li mu ko jox koo ku texe na.</t>
+  </si>
+  <si>
+    <t>سعادة المرء في كمال دينه وكفاف عيشه وقناعته بما آتاه الله.
+الترغيب في القناعة بما أوتيت من الدنيا مع الإسلام والسنة.</t>
+  </si>
+  <si>
+    <t>Texeg nit ki mi ngi ci matug diineem ak doyug dundam ak ug doyloom ci li ko Yàlla jox.
+Xemmemloo ci doylu ci li ñu la jox ci àdduna ànd ak lislaam ak sunna.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5814</t>
   </si>
   <si>
     <t>كلكم راع فمسئول عن رعيته،</t>
   </si>
   <si>
     <t>ku ne ci yéen ab sàmm la te dees na ko laaj la mu doon sàmm,</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمرَ رَضِيَ اللَّهُ عَنْهُما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ، فَالأَمِيرُ الَّذِي عَلَى النَّاسِ رَاعٍ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالرَّجُلُ رَاعٍ عَلَى أَهْلِ بَيْتِهِ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالمَرْأَةُ رَاعِيَةٌ عَلَى بَيْتِ بَعْلِهَا وَوَلَدِهِ وَهِيَ مَسْئُولَةٌ عَنْهُمْ، وَالعَبْدُ رَاعٍ عَلَى مَالِ سَيِّدِهِ وَهُوَ مَسْئُولٌ عَنْهُ، أَلاَ فَكُلُّكُمْ رَاعٍ وَكُلُّكُمْ مَسْئُولٌ عَنْ رَعِيَّتِهِ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abdulaah Ibn Umar -yalna leen Yàlla dollee gërëm- mu jële ci Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «ku ne ci yéen ab sàmm la te dees na ko laaj la mu doon sàmm, ki jiite nit ñi ab sàmm la te danañu ko ko laaj,góor gi ab sàmm la ci waa këram te danañu ko ko laaj, jigéen ji ab sàmm la ci kër jëkkëram ak i doomam te danañu ko ko laaj, jaam bi ab sàmm la ci alali sangam te danañu ka ko laaj, yégleen ne ku nekk ci yéen ab sàmm la te dees na ko laaj la mu doon sàmm».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم في المجتمع مسؤوليةً يرعاها ويَتَحَمّلُها، 
 فالإمامُ والأمير راعٍ فيما استرعاه الله، فعليه حفظُ شرائعهم، وحمايتُهم ممّن جارَ عليهم، ومجاهدة عدوهم، وعدم تضييع حقوقهم،
 والرجل في أهل بيته مُكَلَّف بالقيام عليهم بالنفقة، وحسن المعاشرة، وتعليمهم وتأديبهم،
 والمرأة في بيت زوجها راعية بحسن تدبير بيته، وتربية أولاده، وهي مسؤولة عن ذلك،
 والخادم المملوك والأجير مسؤول في مال سيده بالقيام بحفظ ما في يده منه، وخدمته، وهو مسؤول عن ذلك،
 فكل أحد راع فيما استُرْعِيَ عليه، وكل أحد مسؤول عن رعيته.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day xamle ne jullit bu nekk am na lu ko war ci askan wi mu warkoo sàmm te téye ko, Imaam bi ak njiit li ab sàmm la ca la ko Yàlla sàmmloo, kon war na ci moom mu sàmm seen tëraliin, ak aar leen ci ku leen di tooñ, ak jihaad ak seen ub noon, te bañ a sànk seen i àq, Góor gi ci waa këram dañu koo gàll mu taxawe seen ub dund, te rafetal ab jëflanteem ak ñoom, te jàngal leen yar leen, Jigéen gi ci biir kër jëkkëram ab sàmm lafa ci rafetuw doxaliin ci kër gi, ak yar doomam yi, te dees na ko laaj loolu. Surga biy ab jaam, ak ki ñuy liggéeyloo di ko fay moo war a toppatoo xaalisu njaatigeem, ci di sàmm li ci loxoom, ak di ko liggéeyal, te dees na ko laaj loolu. Kenn ku nekk ab sàmm la ca la ñu ko sàmmloo, te kenn ku nekk dees na ko laaj la mu doon sàmm.</t>
   </si>
   <si>
@@ -10903,50 +13380,87 @@
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
     <t>Jële nañu ci Usaamata Ibn Sayd -yal na leen Yàlla dollee gërëm- mu jële ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «bàyyiwuma sama ginnaaw fitna ju dàq a lor góor ñi ci jigéen ñi»</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day xibaare ne bàyyiwul ginnaawam nattu bu gën a man a lor góor ñi ci jigéen ñi; ndax bu bokkee ci njabootam man naa waral mu topp ko ci lu wuuteek Sariiha, bu dee ab jàmbur la ci moom man naa jaxasoo ak moom ak di wéet ak moom te loolu day waral ay yàqute.</t>
   </si>
   <si>
     <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
 ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
   </si>
   <si>
     <t>War na ci jullit bi mu moytu ftnaay jigéen ñi, te fatt bépp bunt buy waral fitnawu ci ñoom.
 War na ci aji-gëm ji mu làqu ci Yàlla, ak xemmeem jëm ci moom ngir mucc ci fitna yi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5830</t>
   </si>
   <si>
+    <t>من أصبح منكم معافى في جسده، آمنا في سربه، عنده قوت يومه، فكأنما حيزت له الدنيا</t>
+  </si>
+  <si>
+    <t>ku xëy ci yéen di ku am jàmm ci yaramam, am kóolute ci bakkanam, am dundug bisam,, dafa mel ni jox nañu ko àdduna</t>
+  </si>
+  <si>
+    <t>عَنْ عُبَيْدِ اللَّهِ بْنِ مِحْصَنٍ الْأَنْصَارِيِّ رَضيَ اللهُ عنهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَصْبَحَ مِنْكُمْ مُعَافى فِي جَسَدِهِ، آمِنًا فِي سِرْبِهِ، عِنْدَهُ قُوتُ يَوْمِهِ، فَكَأَنَّمَا حِيزَتْ لَهُ الدُّنْيَا».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Ubaydallah ibn Mihsan Al-Ansaarii yal na ko Yàlla dolli xéewal ak mucc mu wax ne: Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: "ku xëy ci yéen di ku am jàmm ci yaramam, am kóolute ci bakkanam, am dundug bisam,, dafa mel ni jox nañu ko àdduna".</t>
+  </si>
+  <si>
+    <t>أخبر النبيُّ صلى الله عليه وسلم أنه من أصبح منكم أيها المسلمون صحيحًا سالمًا في بدنه من العلل والأسقام، آمنًا في نفسه وأهله وعياله وطريقه غير خائف، عنده كفاية قوت يومه من الحلال؛ فكأنما جُمعت له الدنيا بأسرها.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne ku xëy ci yéen jullit ñi di ku wér di ku mucc ci yaramam ci tawat yi ak feebar yi, di ku am kóolute ci bakkanam ak njabootam, te ragalul ci yoonam, mu am lu ko doy ci dundug bisam ci li dagan; dafa mel ni booleel nañu ko àdduna jépp.</t>
+  </si>
+  <si>
+    <t>بيان ضرورة حاجة الإنسان إلى العافية والأمن والقوت.
+على العبد أن يحمد الله تعالى ويشكره على هذه النعم.
+الترغيب بالقناعة والزهد في الدنيا.</t>
+  </si>
+  <si>
+    <t>Leeral ne nit ki dafa aajowoo jàmm ak kóolute ak dund.
+War na ci jaam bi mu sant Yàlla mu kawe mi gërëm ko ci xéewal yii.
+Xemmemloo ci doylu ak dëddu àdduna.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[At-tirmisiy soloo na ko, ak Ibnu Maaja]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5840</t>
+  </si>
+  <si>
     <t>من استطاع الباءة فليتزوج، فإنه أغض للبصر، وأحصن للفرج، ومن لم يستطع فعليه بالصوم، فإنه له وجاء</t>
   </si>
   <si>
     <t>ku man a  takk jabar na takk, ndaxte moo gën a man a damm ab gis,  gën a man a sàmm péy mi, ku ko manul nag dénk naa ko woor, ndaxte dana ko man a téye</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: كُنَّا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abdullah ibn Mashuud yal na ko Yàlla dollee gërëm mu wax ne: nekkoon nanu fi Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: «ku man a  takk jabar na takk, ndaxte moo gën a man a damm ab gis,  gën a man a sàmm péy mi, ku ko manul nag dénk naa ko woor, ndaxte dana ko man a téye».</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن قَدَر على الجماع ومُؤَن النكاح بالزواج؛ فإنه أحفظ لبصره عن الحرام، وأشد إحصانًا لفرجه، ومنعًا من الوقوع في الفاحشة، 
 ومن لم يستطع مُؤنَ النكاح وهو قادر على الجماع فعليه بالصوم فإنه يقطع شهوة الفرج وشر المني.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day soññ ki man a sëy ak li aju ci dundug sëy mu takk soxna; ndaxte moo gën a man a sàmm ab gisam ci lu araam, te moo gën a man a aar péyam, ak it tere ko a tàbbi ci ñaawteef, Ku manul a yor dundub sëy fekk ku man a sëy la kon na woor ndaxte dana dagg bànneexu péyam ak ayu maniyu mi.</t>
   </si>
   <si>
     <t>حرص الإسلام على أسباب العفَّة والسلامة من الفواحش.
 حث من لم يستطع مؤنة النكاح بالصوم؛ لأنه يضعف الشهوة.
 وجه تشبيه الصيام بالوجاء؛ لأن الوِجاء رضُّ عروق الخِصْيَتَين، فتذهب بذهابهما شهوة الجماع، وكذلك الصوم، فهو مُضعِف لشهوة الجماع.</t>
   </si>
   <si>
     <t>Xérug lislaam ci yiy sabab ag saŋéwu ak 
@@ -10974,50 +13488,81 @@
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc-day digle ñu woyofalal nit ñi te bañ a jafeel ci séen kaw ci mbooleem biri diine ji, ak yu àdduna yi, loolu nag day yam fa Yàlla daganal te yoonal ko.
 Day ñaaxe ba tay ci bégle ciw yiw, ak bañ a dàqaate.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>Li war aji-gëm ji mooy mu bëggal nit ñi ci Yàlla te xemmemloo leen lu baax.
 Jaadu na ci kiy woote ci Yàlla mu xool cig xereñte naka lay àggalee wooteb Lislaam bi ci nit ñi.
 Bégle day waral mbégte ak ug jublu ak dal ñeel aji-woote ji li muy woo nit ñi.
 Jafeel day waral daw ak dummóoyu ak sikk-sakka ci waxi aji-woote ji.
 Yaatug yërmàndey Yàlla ci jaamam yi, te moom diine ju yaatu la leen bëggal  ak Sariiha ju yomb.
 Yombal gi ñu digle mooy gi Sariiha indi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5866</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم يستحب الجوامع من الدعاء، ويدع ما سوى ذلك</t>
+  </si>
+  <si>
+    <t>Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc daan na bëgg ñaan yi làmboo lu bari, daan bàyyi yu dul yooyu</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسْتَحِبُّ الْجَوَامِعَ مِنَ الدُّعَاءِ، وَيَدَعُ مَا سِوَى ذَلِكَ.</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Aysatu yal na ko Yàlla dollee gërëm mu wax ne: Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc daan na bëgg ñaan yi làmboo lu bari, daan bàyyi yu dul yooyu.</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم يَستحِبُّ الأدعية الجامعة لخير الدنيا والآخرة مما لفظه قليل ومعناه كثير، ويكون فيه الثناء على الله تعالى، والأغراض الصالحة، ويَدَعُ ما عدا ذلك.</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dafa bëggoon ñaan yi làmboo yiwi àdduna ak allaaxira ci ay kàddu yu néew te maanaa mi bari, muy am tagg Yàlla ak jubluwaay yu sell, mu daan bàyyi yu dul yooyu.</t>
+  </si>
+  <si>
+    <t>استحباب الدعاء بالألفاظ اليسيرة الجامعة لمعاني الخير، وكراهة التكلف والتَّشْقِيْق في المسألة، وهو خلاف هدي النبي صلى الله عليه وسلم.
+خُصّ رسول الله صلى الله عليه وسلم بجوامع الكلم.
+الحرص على ما ثبت أن النبي صلى الله عليه وسلم دعا به؛ وإن كان طويلًا، وكثرت كلماته، فكلُّه من الأدعية الجامعة.</t>
+  </si>
+  <si>
+    <t>Sopp nañu ñaan ci ay kàddu yu néew te làmboo ay maanaay yiw, sib nañu it di diisal ak di jafeel ci ñaan, te dafa wuute ak njubug Yonnente bi yal na ko Yàlla dolli xéewal ak mucc.
+Jagleel nañu Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc kàddu yoy day dajale lu bari.
+Xér ci ñaan yi sax jóge ci Yonnente bi, donte dafa gudd ay baatam bari, loolu lépp dafa bokk ci ñaan yi matale.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5886</t>
   </si>
   <si>
     <t>إياكم والدخول على النساء فقال رجل من الأنصار: يا رسول الله، أفرأيت الحمو؟ قال: الحمو الموت</t>
   </si>
   <si>
     <t>moytandikuleen di jaxasoo ak jigéen ñi" jenn waay ci Ansaar yi ne ko: yaw Yonnente Yàlla bi, noo gise goro? Mu ne ko: "goro moo dee faf</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ».</t>
   </si>
   <si>
     <t>Jële nañu ci Huqbata ibn Aamir yal na ko Yàlla dollee gërëm mu jële ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "moytandikuleen di jaxasoo ak jigéen ñi" jenn waay ci Ansaar yi ne ko: yaw Yonnente Yàlla bi, noo gise goro? Mu ne ko: "goro moo dee faf".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الاختلاط بالنساء الأجنبيات، وقال: اتقوا أنفسَكم أنْ تدخلوا على النساء، والنساء أنْ يَدخلْنَ عليكم.
 فقال رجل من الأنصار: أفرأيتَ أقارب الزوج؛ كأخِ الزوج وابن أخيه، وعمه وابن عمه، وابن أخته، ونحوهم ممن يَحِلُّ لها تزويجُه لو لم تكن مُتزوجة؟ 
 فقال صلى الله عليه وسلم: احذروه كما تَحذَروا الموت! لأنَّ الخَلْوَة بالأَحْمَاء مُؤدِّيَة إلى الفتنة والهلاك في الدِّين، فأقارب الزَّوج غير آبائه وأبنائه أولى بالمنع من الأجنبي؛ لأن الخَلْوَة بقريب الزوج أكثر من الخلوة بغيره، والشر يُتَوَقّع منه أكثر من غيره، والفتنة به أَمْكَنُ؛ لِتَمَكُّنه من الوصول إلى المرأة والخلوة بها من غير نكير عليه، ولأنه لا بُدّ منه، ولا يمكن حَجْبُه عنها، حيث جرت العادة بالتساهل فيه فيخلو الرجل بامرأة أخيه؛ فهو يُشْبِه الموتَ في الاستقباح والمفسدة، بخلاف الرجل الأجنبي فإنه يُحْذَرُ منه.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc moytandikuloo na jaxasoo ak jigéeni jàmbur, mu wax ne: moytulleen seen bopp ci dugg ci jigéen ñi, ak it jigéen ñi di dugg ci yéen.
 Jenn waay ci waa Ansaar yi ne ko: xibaare ñu ci mbokki jëkkër yi; niki mbokkam mu góor ak doom ju góor ju mbokkam mu góor jur, ak baay tëxam ak doomu baay taxam ju góor, ak doom ju góor ju mbokkam mu jigéen jur, ak ñu mel ni ñoom ci ñi dagan ñu takk ko bu doon amul jëkkër?
 Yonnente bi yal na ko Yàlla dolli xéewal ak mucc daal di ne: moytandikuleen ko kem ni ngeen moytandikukoo dee!  Ndaxte wéet ak goro yi day indi fitna ak alkande ci diine, jegeñaaley jëkkër ju dul ay baayam ak ay doomam ñoo gën a yay ag tere ci jàmbur ñi; ndaxte wéet ak jegeñaaley jëkkër moo gën a bari wéet ak keneen, te ci moom la fitna gën a man a nekke; ngir li mu man a egg ci jigéen ak wéet ak moom ci lu dul kenn di ko bañ ci moom, ak li mu manut a ñàkk, te manuñu ko ko a tere, ndax li aada di wéy ci woyofal ko, ba tax góor gi di wéet ak jabaru mbokkam; kon moom dafa niroo ak dee ci ñaaw gi ak yàqu gi, mu wuute ak góoru jàmbur moom dañu koy moytandiku.</t>
   </si>
   <si>
     <t>النهيُ عن الدخول على الأجنبيات والخلوة بهن، سَدًّا لذريعة وقوع الفاحشة.
@@ -11368,81 +13913,187 @@
   <si>
     <t>Jële na ñu ci Abul Hiyyaaj Al-Asadi mu wax ne: Aliyun Ibn Abii Taalib da ne ma: ndax du ma la yabal ca la ma Yónente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- yabaloon? Bul bàyyi benn xërëm te tojoo ko, mbaa benn bàmmeel bu ñuy màggal te maasale  woo ko.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- daa na yónni Sahaaba yi ci ñu bañ a bayyi benn «xërëm» -te mooy nataalu lu am ruu moo xam dafa am jëmm walla amul jëmm- lu dul ne dindi nañu ko mbaa ñu far ko.
 Ak ñu bañ a bàyyi bàmmeel bu ñu yëkkati lu dul ne maasale nañu ko ak suuf si, màbb la ñu ca tabax, mbaa ñu jégénal ko mu bañ a sute suuf si lu bari, waaye dañu koy yëkkati luy tollook Sibr rekk.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>Araamug nataal lu am ag ruu; ndax daa bokk ci jumtukaayi bokkaale yi.
 Yoonalees na dindi lu bon ci loxo ci ku am nguur, mbaa mu man loolu.
 Xérug Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- ci dindi lépp luy wane jeexitalu ceddo, ci ay nataal ak i xërëm ak tabax ci bàmmeel yi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5934</t>
   </si>
   <si>
+    <t>الحلف منفقة للسلعة، ممحقة للربح</t>
+  </si>
+  <si>
+    <t>waat day jariñ liñuy jaay waaye day yàq tonowu</t>
+  </si>
+  <si>
+    <t>عَن أَبي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «الْحَلِفُ مَنْفَقَةٌ لِلسِّلْعَةِ، مَمْحَقَةٌ لِلرِّبْحِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu wax ne: dégg naa Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- muy wax ne: "waat day jariñ liñuy jaay waaye day yàq tonowu".</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الحَلِف والإكثار منه حتى لو كان صادقًا في البيع والشراء، وأخبر أنه سبب لِرَوَاج السلعة والمتاع، لكنه نَقْصٌ وإبطال لبركة الربح والكسب، وقد يُسلِّط الله تعالى عليه وُجوهًا يَتْلَف فيها إما سَرْقًا أو حَرْقًا أو غَرَقًا أو غصبًا أو نهبًا أو عوارض أخرى يتلف بها ماله.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day moytandikuloo giñ yu bari donte aji-dëggal la ci jaay ak jënd, mu xamle ne sabab la ci njaay mi jar, waaye day wàññi di yàq Barakeb tono li, te amaaana Yàlla xirtal ca ay yàqkat walla ay sàcc walla lakk walla lab walla ñu siif ko walla yeneen yuy yàq alal ja.</t>
+  </si>
+  <si>
+    <t>تعظيم أمر الحلف بالله، وأنه لا يكون إلا لحاجة.
+الكسب الحرام وإن كَثُرَت كَمِّيّته؛ فإنه مَنزوع البركة لا خير فيه.
+قال القاري: ذهاب بركة المكسوب؛ إما بتلف يلحقه في ماله، أو بإنفاقه في غير ما يعود نفعه إليه في العاجل أو ثوابه في الآجل، أو بقي عنده وحُرِم نفعه، أو وَرِثَه مَن لا يَحْمَدُه.
+قال النووي: فيه النهي عن كثرة الحلف في البيع، فإن الحلف من غير حاجة مكروه، وينضم إليه ترويج السلعة، وربما اغترَّ المشتري باليمين.
+كثرة الحلف نقص في الإيمان، ونقص في التوحيد؛ لأن كثرة الحلف تفضي إلى شيئين: أحدهما: التساهل في ذلك وعدم المبالاة، والأمر الثاني: الكذب، فإن من كثرت أيمانه وقع في الكذب، فينبغي التَّقَلُّلُ من ذلك وعدم الإكثار من الأيمان، ولهذا قال سبحانه: (وَاحْفَظُوا أَيْمَانَكُمْ) [المائدة:89].</t>
+  </si>
+  <si>
+    <t>Màggal mbirum giñ ci Yàlla, ak ne aajo rekk moo wara tax ñu def ko.
+Fàggu gu araam donte amenañu ca lu bari; day tax baarke ba deñ.
+Al-Xaarii nee na: baarke bu deñ ci lañu fàggu mooy: benn alal ji yàqu, walla ñu def ko ci lu amul njariñ ci àdduna walla yool ca allaaxira, walla mu des fi moom ñu xañ ko njariñ la, walla ku mu gërëmul donn ko.
+An-Nawawii nee na: tere na ñu waat yu bari ci njaay mi, ndax giñ ci ku dul ki ko aajowoo lu ñu sib la, niki noonu day tax njaay mi mi gaaw a jar, amaana sax aji-jënd ji woru ci ngiñ li.
+Giñ bu bari ngëm gu wàññeeku la, Tawhiid ju wàññeeku la it, ndaxte giñ bu bari day waral ñaari mbir: ben bi: woyofal loolu ak ñàkk ko a faale, ñaareelu mbir mi: fen la, ndax ku bari giñ rekk tàbbi ci ay fen, kon jaadu na ñu néewal ko te bañ koo baril, loolu moo tax su nu boroom mu Sell mi wax ne: (nangeen wattu seen giñ yi) [Al-Maa-ida: 89].</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5936</t>
+  </si>
+  <si>
     <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>Kenn ci yéen du gëm ndare ma gënal ko way-juram ak doomam ak mbooleem nit ñi</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Anas -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «Kenn ci yéen du gëm ndare ma gënal ko way-juram ak doomam ak mbooleem nit ñi».</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>Yónente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- day xibaare ne jullit bi ngëmam du mat ba keroog muy jiital bëgg Yónente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- ci bëgg yaay ak baay ak doom ju góor ak doom ju jigéen ak nit ñépp, te bëgg gii day war ñu topp ko di ko dimbale, te bañ koo moy.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>warug bëgg Yónente bi -yal na ko Yàlla dolli xéewal ak mucc-, te jiital ko ci bëgg mbindéef yépp.
 Bokk ci màndargay bëgg gu mat: dimbali Sunnas Yónente Yàlla bi, ak joxe sa bakkan ak sa alal ci loolu.
 Bëgg Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day waral topp ko ci lu mu digle, ak dëggal ko ci lu mu xibaare, ak moytu lu mu tere te xuppe ca, topp ko te bàyyi bidaa.
 Àqi Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- moo gën a màgg gën a feddaliku ci àqi nit ñépp; ndaxte moom mooy sababus sunug gindiku juge cig réer, ak sunug mucc ci sawara ak am àjjana.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5953</t>
+  </si>
+  <si>
+    <t>لا تسبوا الريح، فإذا رأيتم ما تكرهون فقولوا: اللهم إنا نسألك من خير هذه الريح وخير ما فيها وخير ما أمرت به، ونعوذ بك من شر هذه الريح وشر ما فيها وشر ما أمرت به</t>
+  </si>
+  <si>
+    <t>buleen ŋàññ ngelaw li, bu ngeen gisee lu ngeen sib, nangeen wax: Allaahuma innaa nas-aluka min xayri haasihi arriihi wa xayri maa fiihaa wa xayri maa umirat bihii, wa nahuusu bika min sarri haasihii arriihi wa sarri maa fiihaa wa sarri maa umirat bihii</t>
+  </si>
+  <si>
+    <t>عَنْ أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا الرِّيحَ، فَإِذَا رَأَيْتُمْ مَا تَكْرَهُونَ فَقُولُوا: اللَّهُمَّ إِنَّا نَسْأَلُكَ مِنْ خَيْرِ هَذِهِ الرِّيحِ وَخَيْرِ مَا فِيهَا وَخَيْرِ مَا أُمِرَتْ بِهِ، وَنَعُوذُ بِكَ مِنْ شَرِّ هَذِهِ الرِّيحِ وَشَرِّ مَا فِيهَا وَشَرِّ مَا أُمِرَتْ بِهِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Ubay Ibn Kahb -yal na ko Yàlla dollee gërëm- mu wax ne : Yonente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «buleen ŋàññ ngelaw li, bu ngeen gisee lu ngeen sib, nangeen wax: Allaahuma innaa nas-aluka min xayri haasihi arriihi wa xayri maa fiihaa wa xayri maa umirat bihii, wa nahuusu bika min sarri haasihii arriihi wa sarri maa fiihaa wa sarri maa umirat bihii».</t>
+  </si>
+  <si>
+    <t>نَهَى صلى الله عليه وسلم عن شَتْم أو لَعْن الريح، فإنها مأمورة من خالقها، تأتي بالرحمة وبالعذاب، وسَبُّها سَبٌّ لله خالقِها، وتَسَخُّط على قضائه، ثم أَرْشَد صلى الله عليه وسلم إلى الرجوع إلى الله خالقها بسؤاله من خيرها وخير ما فيها وخير ما أُرسلت كإتيانها بالمطر ونقل اللِّقَاح ونحوه، والاستعاذة بالله من شرها وشر ما فيها وشر ما أرسلت به كإتلاف النبات والشجر وهلاك الماشية وهدم الأبنية، ونحوه، وفي سؤال الله ذلك تحقيق للعبودية لله.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc tere na ñuy saaga walla ñuy rëbb ngelaw li, ndaxte moom ki ko bind moo ko digal, day indi yërmànde di indi mbugal, te ŋàññ ko mooy ŋàññ Yàlla mi ko bind, ak bañ dogalu Yàlla, Yonente bi daal di jàngale ci nuy dellu ci Yàlla mi bind gelaw li ñaan ko yiw wi ci nekk ak wimu àndal niki indi taw ak toxal niir yi ak yu ko niru, ak muslu ci Yàlla ci ayam ak ay wi mu àndal niki yàq gàncax gi ak garab yi ak alag jur gi, ak màbb tabax yi, ak yu ko niru, ndax ñaan Yàlla loolu dëggal ag njaame la ñeel Yàlla.</t>
+  </si>
+  <si>
+    <t>النهي عن سب الريح؛ لأنها خَلْقٌ مُدَبَّرٌ، فيَرْجِعُ السَّبُّ إلى خالقها ومُدَبِّرِها، وهو نقص في التوحيد.
+الرجوع إلى الله والاستعاذة به من شر ما خلق.
+الريح تكون مأمورة بالخير، وتكون مأمورة بالشر.
+قال ابن باز: سب الريح من جملة المعاصي؛ لأنها مخلوق مدبر ترسل بالخير والشر؛ فلا يجوز سبُّها، ولا يقال: لعن الله الريح، أو قاتل الله الريح، أو لا بارك الله في هذه الريح، أو ما أشبه ذلك، بل يعمل المؤمن ما أرشد إليه النبي صلى الله عليه وسلم.
+يقاس على الريح في تحريم الشَّتْم والسب ما يتعلق بالحر والبرد والشمس والغبار وغير ذلك مما هو من خَلْق الله وتصريفه.</t>
+  </si>
+  <si>
+    <t>Tere nañu ŋàññ ngelaw li; ndaxte mbindeef la lu ñuy doxal, te ŋàññ ko day dellu ci ŋàññ ki ko bind di ko doxal, te loolu ag wàññeeku la ci Tawhiid.
+Dellu ci Yàlla ak muslu ci moom ci ayu li mu bind.
+Ngelaw da ñu koy digal aw yiw, di ko digal aw ay.
+Ibn Baas nee na: ŋàññ ngelaw li dafa bokk ci moy yi; ndaxte moom mbindeef la lu ñuy doxal di ko yónni ci yiw ak ay; kon daganul ñu ŋàññ ko, deesul wax: yal na Yàlla rëbb ngelaw li, walla yal na Yàlla ray ngelaw li, walla yàlla bu Yàlla baarkeel ngelaw lii, walla luy niru loolu, waaye aji-gëm ji day def jëm ci li ko Yonente bi yal na ko Yàlla dolli xéewal ak mucc jàngal.
+Tere gi ñu tere kuy ŋàñ ngelaw li dinañu si boole lépp lu aju ci tàngaay ak seddaay ak Jant bi ak pënd bi ak yeneen yu dul yooyu ci mbindéef Yàlla yi ak ay doxaliinam.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5976</t>
+  </si>
+  <si>
+    <t>لا يقل أحدكم: اللهم اغفر لي إن شئت، ارحمني إن شئت، ارزقني إن شئت، وليعزم مسألته، إنه يفعل ما يشاء، لا مكره له</t>
+  </si>
+  <si>
+    <t>bu kenn ci yéen di wax naan: yaw sama Boroom jéggal ma bu la soobee, yërëm ma bu la soobee, wërsëgal ma bu la soobee, waaye na dogu ci limuy laaj, ndax moom day def lu ko soob amul ku koy ga</t>
+  </si>
+  <si>
+    <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «لاَ يَقُلْ أَحَدُكُمْ: اللَّهُمَّ اغْفِرْ لِي إِنْ شِئْتَ، ارْحَمْنِي إِنْ شِئْتَ، ارْزُقْنِي إِنْ شِئْتَ، وَليَعْزِمْ مَسْأَلَتَهُ، إِنَّهُ يَفْعَلُ مَا يَشَاءُ، لاَ مُكْرِهَ لَهُ».
+ولمسلم: «وَلَكِنْ لِيَعْزِمِ الْمَسْأَلَةَ وَلْيُعَظِّمِ الرَّغْبَةَ، فَإِنَّ اللهَ لَا يَتَعَاظَمُهُ شَيْءٌ أَعْطَاهُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "bu kenn ci yéen di wax naan: yaw sama Boroom jéggal ma bu la soobee, yërëm ma bu la soobee, wërsëgal ma bu la soobee, waaye na dogu ci limuy laaj, ndax moom day def lu ko soob amul ku koy ga".</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن تَعْلِيْق الدعاء بشيء حتى لو كان بمشيئة الله؛ فإن ذلك أمر معلوم مُتَيَقَّن أنه لا يغفر إلا أن يشاء سبحانه، ولا معنى لاشتراط المشيئة؛ لأنها إنما تشترط فيمن يصح منه أن يفعل دون أن يشاء بالإكراه وغيره مما تنزه الله سبحانه عنه، وقد بين ذلك صلى الله عليه وسلم في آخر الحديث بقوله فإنه لا مُكْرِه له، كما أن الله لا يَتَعَاظَمُه شيء أعطاه وليس بعاجز ولا يكبُر عليه شيء حتى يقال: إن شئت، وتعليقه بالمشيئة نوع من الاستغناء عن مغفرته، فقول القائل: إن شئت أن تعطيني كذا فافعل، لا يستعمل هذا إلا مع الغنى عنه أو مع العاجز، وأما مع القادر ومع الاضطرار إليه والحاجة إليه فإنه يَعزم مسألته، ويَسأل سؤال فقير مضطر إلى ما سأله، ويلجأ إلى الله؛ لأنه الغني الكامل، القادر على كل شيء.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc tere na ñuy aj ag ñaan ci dara donte ci coobare Yàlla la; ndax xam na ñu  ne Yàlla du jéggale lu dul mu soob ko, kon jarul ñu ciy sàrtal coobareem; ndaxte coobare Yàlla du ñu ko sàrtal lu dul ci koo xamne manula def ci coobare boppam, te loolu Yonente bi leeral na ci mujjug hadiis bi ci waxam ji ne moom amul ku koy ga, kem ni nga xamee ne Yàlla dara lu mu joxe tëwu ko, te tëlewul te dara rëyul ci moom, ba tax ñuy wax: bu la soobee, kiy wax naan: bu la neexee nga jox ma nàngam, loolu ki ñu koy wax mooy ku lott, waaye bu dee ku am kàttan ànd ak ñu soxla lañukoy laaj kooku day dogu ca lamuy laaj’ mu laaj laajub ku ñàkk te soxla lool limuy laaj, mu daldi dellu ci Yàlla; ndaxte moom moy Aji-Doylu ju mat ji, di Aji-Am kàttan ci lépp.</t>
+  </si>
+  <si>
+    <t>النهي عن تعليق الدعاء بالمشيئة.
+تنزيه الله عما لا يليق به، وسعة فضله، وكمال غناه، وكرمه وجوده سبحانه وتعالى.
+إثبات الكمال لله عز وجل.
+تعظيم الرغبة فيما عند الله وحسن الظن به سبحانه.
+يقع من بعض الناس تعليق الدعاء بالمشيئة وهم لا يشعرون، مثل قول: جزاك الله خيرًا إن شاء الله، الله يرحمه إن شاء الله، فهذا لا يجوز لحديث الباب.</t>
+  </si>
+  <si>
+    <t>Tere nañu aj ag ñaan ci coobare.
+Sellal Yàlla ci lépp lu yellul ci Moom, ag yaatug ngëneelam, ak matug doyloom, ak teddngaam ak tabeem moom Aji-Sell ji.
+Saxal ag mat ñeel Yàlla mu màgg mi.
+Màggal xemmemteef ci la nekk fa Yàlla ak rafet njort ci Moom Aji-Sell ji.
+Yenn nit ñi dañuy aj ñaan gi ci coobare fekk ne ñoom yéguñu ko,  niki di wax naan: yal na la Yàlla fay bu ko soobee, yal na ko Yàlla yërëm bu ko soobee, lii daganul ndax hadiisu bunt bi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/5978</t>
   </si>
   <si>
     <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>bokkul ci nun kuy gisaane mbaa ñu gisaaneel ko, walla mu seetlu mbaa ñu seetal ko, walla mu njabar mbaa ñu njabaral ko</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Imraan Ibn Husayn -yal na ko Yàlla dollee gërëm - mu wax ne, Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «bokkul ci nun kuy gisaane mbaa ñu gisaaneel ko, walla mu seetlu mbaa ñu seetal ko, walla mu njabar mbaa ñu njabaral ko, ak kuy fas ag fas, ku ñëw ci ab seetkat dëggal ko ca la mu wax kooku weddi na li ñu wàcce ci Muhammat -yal na ko Yàlla dolli xéewal ak mucc-«.</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- tëkku na kuy def ci xeetam wi yenn jëf yi ci li mu wax ne: «bokkul ci nun» bokk na ca yooya:
 Bu njëkk bi: "ku gisaane mbaa ñu gisaaneel ko" cosaanam mooy: boyal am picc buy dugg ca liggéey ba ci tukki walla ci yaxantu walla leneen, bu naawee jëm wetu ndayjooram mu baaxal ko daal di wéy ca la mu namm, bu naawee jëm wetu càmmoñ mu gaafal ko daal di bàyyi la mu bëggoon, daganul mu defal lii boppam mbaa muy wut ku ko koy defal, day dugg ci loolu ba tay gaaflu ci mbir yépp, moo xam lu ñuy dégg la walla lu ñuy gis, ci njanaaw mbaa bayima, walla woroom laago yi, walla limat yi (Limat: numéro) mbaa bis yi, walla yeneen yu dul yooyu.
 Ñaareel bi: "kuy seetlu mbaa ñu seetal ko" képp kuy wootewoo xam kumpa ci jëfandikoo biddiw yi mbaa leneen, walla mu ñëw ci kuy wootewoo xam kumpa niki seetkat bi ak ñu mel ni moom, daa di koy dëggal ca la muy wootewoo ci xam kumpa, kon weddi na li ñu wàcce ci Muhammat -yal na ko Yàlla dolli xéewal ak mucc-.
 Ñatteel bi: "kuy njabar walla ñu njabaral ko" te mooy kiy njabaral  boppam, mbaa mu njabarloo keneen; ngir mu jariñ kenn mbaa lor ko, walla mu fas ag fas ci takk ay wëñ daal di ci njabar ci jàng ca walla def ca ay muslaay yu araam daal di cay ëf.</t>
   </si>
@@ -11512,50 +14163,125 @@
   <si>
     <t>Jële na ñu ci Ibn Abbaas -yal na leen Yàlla dollee gërëm- mu wax ne: Yónente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «ku jàng xam-xamu biddiw jàng na benn xaaj ci njabar, bu dollee mu dolliku».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral ne ku jàng xam-xamu biddiw ak séen i jaaruwaay di tegtalu ci ay yëngatoom ak i duggam ak i génnam ci liy xew ci suuf ci faatug diw mbaa ag dundam mbaa ag woppam, mbaa lu ko niru ci liy am ëlleg, kon jàng na ab xaaj ci njabar, te saa su nit ki di gën a am xam-xam bii rekk gën a barile cig njabar.</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>Araamal na ñu xamtu ci biddiw yi, te mooy wax li ñëwagul sukkandiku ci melokaani biddiw yi; ndax loolu daa bokk ci wootewoo xam kumpa.
 Xamtug biddiw ui ñu araamal daa bokk ci xeeti njabar yi woote ak Tawhiid, wuute  nag ak xool ci biddiw yi ngir xam jubluwaay yi ak penku bi, walla duggug jamono yi ak weer yi loolu moom dagan na.
 Lu mu gën a jàng biddiwal di gën a dollee xam xaaju  njabar yi.
 Biddiw yi am nañu ñatti njariñ, Yàlla tudd na ko ci téereem bi: taar la ñeel asamaan si, ay màndarga la yu ñuy gindikoo, ay jum la ñeel Saytaane yi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/5989</t>
   </si>
   <si>
+    <t>رغم أنف رجل ذكرت عنده فلم يصل علي، ورغم أنف رجل دخل عليه رمضان ثم انسلخ قبل أن يغفر له، ورغم أنف رجل أدرك عنده أبواه الكبر فلم يدخلاه الجنة</t>
+  </si>
+  <si>
+    <t>Waa ji ñu tudd sama tur te julliwul ci man kooku sooy na, waa ji weeru koor dugg ba jeex ta jéggalu ñu ko sooy na, waa ji fekke dunduk ñaari way-juram ñu nekk ay mag, te dugaluñu ko Àjjana kooku it sooy na </t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «رَغِمَ أَنْفُ رَجُلٍ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ، وَرَغِمَ أَنْفُ رَجُلٍ دَخَلَ عَلَيْهِ رَمَضَانُ ثُمَّ انْسَلَخَ قَبْلَ أَنْ يُغْفَرَ لَهُ، وَرَغِمَ أَنْفُ رَجُلٍ أَدْرَكَ عِنْدَهُ أَبَوَاهُ الكِبَرَ فَلَمْ يُدْخِلاَهُ الجَنَّةَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm -mu wax ne : Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «Waa ji ñu tudd sama tur te julliwul ci man kooku sooy na, waa ji weeru koor dugg ba jeex ta jéggalu ñu ko sooy na, waa ji fekke dunduk ñaari way-juram ñu nekk ay mag, te dugaluñu ko Àjjana kooku it sooy na ».</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم على ثلاثة أصناف بإلصاق أُنُوْفِهِم بالتراب من الذُّلِّ والهوان والخسارة:
+ الصنف الأول: مَن ذُكِر عنده النبيُّ صلى الله عليه وسلم فلم يُصَلِّ عليه بقوله: صلى الله عليه وسلم أو نحوها.
+الثاني: من أدرك شهر رمضان ثم انقضى الشهر قبل أن يُغفر له لتقصيره في فعل الطاعة.
+الثالث: رجل أدرك أبويه عنده الكِبَرِ فلم يكونا سببًا في دخوله الجنة لعقوقه وتقصيره في حقِّهما.</t>
+  </si>
+  <si>
+    <t>Ñatt ñii Yonente bi bi yal na ko Yàlla dolli xéewal ak mucc ñaanalna leen ag toroxtange ak doyadi ak ñàkk: Xeet wu njëkk bi: ki ñu tudd Yonnente bi fi moom te julliwul ci moom ci wax: yal na ko Yàlla dolli xéewal ak mucc mbaa lu ko niru. Ñaareel bi: ku fekke weeru koor ba mu jeex ta jéggalu ñu ko ngir ag gàtteñloom ci jaamu gi. Ñatteel bi: waa ji fekk ñaari way-juram di ay mag te nekkuñu sabab ci mu dugg àjjana ngir ag moyam ak gàtteñloom ci seen i àq.</t>
+  </si>
+  <si>
+    <t>قال السندي: والحاصل أن كل واحد من هؤلاء قد وجد ما لولا التقصير منه لنال به حظًا وافرًا من الخير، فحيث قصر حتى فات عنه ذلك فقد خاب وخسر.
+الحث على الصلاة على النبي صلى الله عليه وسلم كلما ذكر اسمه.
+الحث على الاجتهاد والتشمير للعبادة في شهر رمضان.
+الحث على الاجتهاد في بر الوالدين وإكرامهما، خصوصًا عند الكبر.</t>
+  </si>
+  <si>
+    <t>As-Sindii nee na: li ñu ciy jële mooy kenn ku ne ci ñii am na lol bu dul woon gàtteñlu ci moom kon dana am yiw wu bari, waaye ba mu gàtteñloo ba loola raw ko moo tax mu sooy daal di ñàkk.
+Ñaaxe ci julli ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc saa bu ñu tudee turam wi.
+Ñaaxe ci pasteefu ak takku ci jaamu gi ci weeru koor.
+Ñaaxe ngir góor-góor lu ci fonk ñaari way-jur ak teral leen, rawati na bu ñu nekkee mag.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/6014</t>
+  </si>
+  <si>
+    <t>لا صام من صام الدهر، صوم ثلاثة أيام صوم الدهر كله</t>
+  </si>
+  <si>
+    <t>ku woor at mi kooku woorul, woor ñatti fan mooy woor at mi yépp</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدَ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّكَ لَتَصُومُ الدَّهْرَ، وَتَقُومُ اللَّيْلَ؟»، فَقُلْتُ: نَعَمْ، قَالَ: «إِنَّكَ إِذَا فَعَلْتَ ذَلِكَ هَجَمَتْ لَهُ العَيْنُ، وَنَفِهَتْ لَهُ النَّفْسُ، لاَ صَامَ مَنْ صَامَ الدَّهْرَ، صَوْمُ ثَلاَثَةِ أَيَّامٍ صَوْمُ الدَّهْرِ كُلِّهِ»، قُلْتُ: فَإِنِّي أُطِيقُ أَكْثَرَ مِنْ ذَلِكَ، قَالَ: «فَصُمْ صَوْمَ دَاوُدَ عَلَيْهِ السَّلاَمُ، كَانَ يَصُومُ يَوْمًا وَيُفْطِرُ يَوْمًا، وَلاَ يَفِرُّ إِذَا لاَقَى».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abdullah Ibn Amr Ibnul Haas -yal na leen Yàlla dollee gërëm- mu wax ne: Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: "yaw de dangay woor at mi, di taxaw guddi gi?" Ma ne ko: waaw, mu ne: "yaw boo defee loolu bët yi dana ca loof, bakkan bi son ca, ku woor at mi kooku woorul, woor ñatti fan mooy woor at mi yépp", ma ne ko: man de man naa lu ëpp loolu, mu ne ma: "kon wooral woorug Daawuda yal na ko Yàlla dolli jàmm, daan na woor bis dog bis, te du daw bu dajee ak noon bi".</t>
+  </si>
+  <si>
+    <t>بَلَغَ النبيَّ صلى الله عليه وسلم أنَّ عبدَ الله بن عمرو رضي الله عنهما كان يَسْرُدُ الصومَ ولا يُفطر طوال السنة، ويصلي الليل كله ولا ينام، فنهاه عن ذلك وقال له: صم وأفطر، وقم ونم.
+ونهاه عن سَرْدِ الصيام وقيام الليل كله، وقال له: إنك إن فعلت ذلك ضَعُفَتْ له عينُك وغارَتْ ودَخَلَتْ، ونَفِهَتْ له نفسُك وتَعبِتْ وكَلَّتْ؛ فلا صام من صام السنة؛ حيث إنه لم يحصل على أجر الصوم لمخالفة النهي، ولم يفطر لأنه أمسك. 
+ثم أرشده إلى صيام ثلاثة أيام من كل شهر فهو صوم السنة؛ لأن كل يوم بعشرة أيام وهو أقل المضاعفة للحسنة. 
+فقال عبدالله: إني أستطيع أكثر من ذلك.
+قال صلى الله عليه وسلم: إذن فصم صوم داود عليه السلام وهو أفضل الصيام، كان يصوم يومًا ويفطر يومًا، وكان لا يَفِرُّ إذا لاقى العدو؛ لأن طريقة صومه لم تُضعِفْ بدنَه.</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dafa dégg ne Abdullah ibn Amr yal na ko Yàlla dollee gërëm da doon woor te du dog ci at mi yépp, daan julli guddi gi yépp te du nelaw, mu tere ko loolu, daal di ne ko: wooral te dog, taxawal te nelaw. Mu tere ko wéyal ag koor ak di taxaw guddi gi yépp, mu ne ko: boo defee loolu say bët da ciy lompañ daal di ŋiis daal di dugg, sa bakkan day lompañ daal di  sonn; ku woor at mi kooku woorul; ndaxte amul fayug woor ngir li mu wuute ak tere gi, te dogul ndax ne daa woor. Yonnente bi yal na ko Yàlla dolli xéewal ak mucc daldi koy xamal woor ñatti fan ci weer wu ne te mooy woor at mi; ndaxte bis bu nekk fukki fan la te mooy li gën a néew ci liñuy ful jëf ju rafet. Abdullah ne ko: man de man naa lu ëpp loolu. Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ne ko: kon wooral woorug Daawuda yal na ko Yàlla dolli jàmm te mooy woor gi gën, moom da daan woor bis dog bis, te daawul daw bu dajee ak noon bi; ndaxte nimuy woore taxul yaramam lott.</t>
+  </si>
+  <si>
+    <t>صيام ثلاثة أيام من كلِّ شهر كصيام السنة كلها، وذلك لأنَّ الحسنة بعشرة أمثالها، فتكون ثلاثين يومًا، فإذا صام من كل شهر ثلاثة أيام فكأنه صام السنة كلَّها.
+من أساليب الدعوة إلى الله الترغيب في العمل وذكر ثوابه وثواب المواظبة عليه.
+قال الخطابي: مُحَصَّل قصة عبد الله بن عمرو أن الله تعالى لم يَتَعَبَّد عبدَه بالصوم خاصة، بل تعبده بأنواع من العبادات، فلو استفرغ جهده لَقَصَّرَ في غيره، فالأولى الاقتصاد فيه ليستبقي بعض القوة لغيره، وقد أشير إلى ذلك بقوله عليه الصلاة والسلام في داود عليه السلام: "وكان لا يفر إذا لاقى"؛ لأنه كان يتقوى بالفطر لأجل الجهاد.
+النهي عن التعمق والتكلف في العبادة، والخير التزام السنة.
+مذهب جمهور أهل العلم كراهية صوم الدهر، ويكون حرامًا إذا شَدَّدَ على نفسه وأَضَرَّ بها وحَمَل عليها، ورَغِبَ عن سنة نبيه صلى الله عليه وسلم، واعتقد أن غير سنته أفضل منها.</t>
+  </si>
+  <si>
+    <t>Woor ñatti fan ci weer wu ne moo ngi mel ni woor at mi yépp, ndaxte benn bu baax fukk yu mel ni moom mooy fayam. kon day nekk fanweeri fan, bu wooree ci weer wu nekk ñatti fan kon day mel ni woor na at mi yépp.
+Bokk na ci anami woote jëme ci Yàlla xemmemloo jëf ji ak tudd ay yoolam ak yoolu ku saxoo ak moom.
+Al-Xattaabii nee na: li ñuy jële ci nettalib Abdullah ibn Amr mooy ne Yàlla mu kawe mi jaamuloowul jaamam bi ci woor kese, waaye da ko a jaamuloo ci ay xeeti jaamu, bu ca jeexalee kàttanam kon dana gàtteñlu ci yeneen yi, kon li gën a yey mooy mu yamale ca ngir mu desal kàttan ngir yeneen yi, junj nañu loolu ci waxi Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ci Daawuda yal na ko Yàlla dolli jàmm: "te bu daan dajee ak noon bi daawul daw"; ndaxte da daan dëgërlu ci dog gi ngir jihaad gi.
+Tere nañu xóotal ak taral ci jaamu gi, yiw mooy taqoo ak sunna.
+Ngiiru ñi ëpp ci woroom xam-xam yi mooy ne dañoo sib woor at mi, te dana araam bu dee dafa taral ci bakkanam ba lor ko diisal ko, ba mu bàyyi sunnas Yonnente bi yal na ko Yàlla dolli xéewal ak mucc fas ne leneen lu dul sunnaam si moo gën.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/6017</t>
+  </si>
+  <si>
     <t>ضع يدك على الذي تألم من جسدك، وقل باسم الله ثلاثا، وقل سبع مرات أعوذ بالله وقدرته من شر ما أجد وأحاذر</t>
   </si>
   <si>
     <t>tegal sa loxo fiy metti ci sa yaram, nga wax: Bismil Laahi ñatti yoon, te wax juróom-ñaari yoon: Ahuusu bil Laahi wa xudratihii, min sarri maa ajidu, wa uhaasiru</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ بْنِ أَبِي الْعَاصِ الثَّقَفِيِّ رضي الله عنه أَنَّهُ شَكَا إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَجَعًا يَجِدُهُ فِي جَسَدِهِ مُنْذُ أَسْلَمَ، فَقَالَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ضَعْ يَدَكَ عَلَى الَّذِي تَأَلَّمَ مِنْ جَسَدِكَ، وَقُلْ بِاسْمِ اللهِ ثَلَاثًا، وَقُلْ سَبْعَ مَرَّاتٍ أَعُوذُ بِاللهِ وَقُدْرَتِهِ مِنْ شَرِّ مَا أَجِدُ وَأُحَاذِرُ».</t>
   </si>
   <si>
     <t>Jële nañu ci Usmaan ibn Abii Al-Haas As-Saxafii yal na ko Yàlla dollee gërëm ne dafa jàmbat Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc aw mettit wu muy yëg ci yaramam diirub ba mu jébbaloo dugg ci lislaam, Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc ne ko: «tegal sa loxo fiy metti ci sa yaram, nga wax: Bismil Laahi ñatti yoon, te wax juróom-ñaari yoon: Ahuusu bil Laahi wa xudratihii, min sarri maa ajidu, wa uhaasiru».</t>
   </si>
   <si>
     <t>أَصابَ عثمانَ بن أبي العاص رضي الله عنه وَجَعٌ كادَ يُهلكه، فأتاه النبيُّ صلى الله عليه وسلم يَعُودُه، وعَلَّمَه دعاءً يَرْفَع اللهُ عنه ما نَزَل به مِن مَرَض؛ وهو أنْ يَضَعَ يدَه على المكان الذي يَشْتَكي، ويقول: (بسم الله) ثلاث مرات، ثم يقول سَبعَ مرات: (أعوذ) وألتجئ وأعتصم وأَتَحَصَّن (بالله وقدرته من شر ما أجد) مِن أَلَمٍ في الوقت الحاضر (وأُحاذِر) وأخاف حصولَه في المستقبل من الحُزْن والخوف، أو مِنْ أنْ يستمرَّ هذا المرض ويَنْتَشر ألمُه بالجَسَد.</t>
   </si>
   <si>
     <t>Usmaan ibn Abii Al-Haas yal na ko Yàlla dollee gërëm aw mettit da ko a dal xaw ko a ray, Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ñëw fi moom di ko seet, xamal ko ñaan gog Yàlla dana ci yëkkëti li wàcci ci moom ci tawat; te mooy mu teg loxoom ci kaw barab bi muy jàmbat, daal di wax: (Bismil Laahi) ñatti yoon, topp mu wax juróom-ñaari yoon: (maa ngi muslu) di làqu di aaru (ci Yàlla ak kàttanam ci ayu li may yég) ci mettit ci waxtu wii teew (ma di ko moytu) di ragal mu amal ëllëg njàqare ak ragal, walla tawat ji wéy, mettit wi di tasaaroo ci yaram wi.</t>
   </si>
   <si>
     <t>استحبابُ رُقْيَةِ الإنسانِ نفسَه كما جاء في الحديث.
 الشكوى -من غير تَضَجُّرٍ ولا اعتراض- لا تنافي التوكُّلَ والصبر.
 الدعاء من جُملةِ تَعاطِي الأسباب، ولذا ينبغي التَّقيُّدَ بألفاظِهِ وأعدادِه.
 هذا الدعاء يكونُ لكلِّ أَلَمٍ عُضْوُيٍّ.
 وضع اليد على موضع الألم عند الرقية بهذا الدعاء.</t>
   </si>
   <si>
@@ -11576,166 +14302,265 @@
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Huqbata Ibn Haamir -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne : Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «sart yi gën a yelloo matal mooy yi ngeen daganale péy ya.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral ne sart yi gën a yelloo matal mooy yiy  ñu man a daganal bànneexu ci jigéen, te mooy sart yi dagan te jigéen gi di ko sàkku  bu ñuy takk sëy ba.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
     <t>War nañoo matal sart yi nga xam ne kenn ci ñaar ñiy sëy moo ko warlul keneen ki, lu dul muy sart buy araamal lu dagan walla muy daganal lu araam.
 Matal sarti sëy moo gën a feddaliku lu dul moom; ndaxte mooy tollook daganal awra ya.
 Màggug sëy ci Lislaam, ba tax mu feddali ne na ñuy matale sart ya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/6021</t>
+  </si>
+  <si>
+    <t>فلا تشهدني إذن، فإني لا أشهد على جور</t>
+  </si>
+  <si>
+    <t>kon bul ma seedeloo, man duma seede ag jeng</t>
+  </si>
+  <si>
+    <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رَضيَ اللهُ عنهُما: أَنَّ أُمَّهُ بِنْتَ رَوَاحَةَ سَأَلَتْ أَبَاهُ بَعْضَ الْمَوْهِبَةِ مِنْ مَالِهِ لِابْنِهَا، فَالْتَوَى بِهَا سَنَةً ثُمَّ بَدَا لَهُ، فَقَالَتْ: لَا أَرْضَى حَتَّى تُشْهِدَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى مَا وَهَبْتَ لِابْنِي، فَأَخَذَ أَبِي بِيَدِي وَأَنَا يَوْمَئِذٍ غُلَامٌ، فَأَتَى رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ أُمَّ هَذَا بِنْتَ رَوَاحَةَ أَعْجَبَهَا أَنْ أُشْهِدَكَ عَلَى الَّذِي وَهَبْتُ لِابْنِهَا، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا بَشِيرُ، أَلَكَ وَلَدٌ سِوَى هَذَا؟» قَالَ: نَعَمْ، فَقَالَ: «أَكُلَّهُمْ وَهَبْتَ لَهُ مِثْلَ هَذَا؟» قَالَ: لَا، قَالَ: «فَلَا تُشْهِدْنِي إِذن، فَإِنِّي لَا أَشْهَدُ عَلَى جَوْرٍ»، ولِمُسْلِمٍ: «فَأَشْهِدْ عَلَى هَذَا غَيْرِي».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci An-Nuhmaan Ibn Basiir yal na leen Yàlla dollee gërëm: Yaayam Bintu Rawaahata dafa laaj baayam mu may ko lenn ci alalam ñeel doomam, mu tanqamlu ko lu mat at, topp mu mujj gis loolu, mu ne ko: du ma nangu lu dul nga seedeloo Yonente Yàlla bi ci li nga may sama doom ji, mu ñëw ci Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc, ne ko: yaw Yonente Yàlla bi, yaayu kii di Bint Rawaahata dafa bëgg ma seedeloo la ci li ma may doomam ji, Yonnente bi ne ko: yaw Abuu Basiir, ndax am nga jeneen doom ju dul kii?" Mu ne: waaw, mu ne ko: "ndax ñoom ñépp nga may lu mel nii?" Mu ne: déedéet, mu ne ko: "kon bul ma seedeloo, man duma seede ag jeng", ñëw na ci Muslim: "demal seedeloo lii ci keneen ku dul man".</t>
+  </si>
+  <si>
+    <t>أخبرَ النعمانُ بن بشير رضي الله عنهما أن أمه عمرة بنت رواحة رضي الله عنها سألت أباه بعض الموهبة من ماله لابنها، فتثاقل وأخّرها سنة، ثم بدا له أن يجيبها لطلبها فيهب ابنَه النعمان، فقالت: 
+لا أرضى حتى تشهد رسول الله صلى الله عليه وسلم على ما وهبتَ لابني، فأخذ أبي بيدي وأنا يومئذ غلام صغير، فأتى رسول الله صلى الله عليه وسلم، فقال: 
+يا رسول الله، إن أم هذا بنت رواحة أعجبها أنْ أشهدك على الذي وهبت لابنها، فقال صلى الله عليه وسلم: 
+يا بشير، ألك ولد سوى هذا؟ 
+قال: نعم. 
+فقال: أكلّهم وهبت له مثل هذا؟ 
+قال: لا. 
+قال: فلا تشهدني إذن، فإني لا أشهد على جور وظلم. 
+ولمسلم قال موبِّخًا له: ولكن أشهد على هذا الظلم غيري.</t>
+  </si>
+  <si>
+    <t>An-Nuhmaan ibn Basiir yal na ko Yàlla dollee gërëm xibaare na ne yaayam Amrata bin Rawaahata yal na ko Yàlla dollee gërëm dafa laaj baayam ag may ci alalam ngir doomam, mu tanqamlu yeexe ko ba mu mat at, mu mujj gis ne na ko wuyu ci càkkuteefam may doomam ji An-Nuhmaan, Amrara ne ko: Du ma nangu ba baa ngay seedeloo Yonnente Yàlla bi li nga may sama doom ji, sama baay jàpp ci sama loxo te man booba xale bu ndaw laa, mu ñëw ci Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc, ne ko: Yaw Yonnente Yàlla bi, yaayu kii di Bint Rawaahata dafa bëgg ma seedeloo la li ma may doomam ji, Yonnente bi yal na ko Yàlla dolli xéewal ak mucc, ne ko: Yaw Basiir, ndax am nga jeneen doom ju dul jii? Mu ne: waaw. Mu ne ko: ndax may nga ñépp kem kii? Mu ne: déedéet. Mu ne ko: bul ma seedeloo kon, ndax man duma seede ag jeng ak ug tooñ. Ñëw na ci sahiihul Musli, mu wax Gëdd ko: waaye na nga seedeloo tooñ gii ku dul man.</t>
+  </si>
+  <si>
+    <t>وجوب العدل بين الأبناء والبنات في العطايا والهبة، أما النفقة تقدر بالحاجة كل بحسبه.
+تفضيل بعض الأولاد على بعض من الجَور والظلم، ولا تجوز فيه الشهادة تَحمُّلًا وأداءً.
+قال النووي: ينبغي أنْ يسوّي بين أولاده في الهبة، ويهب لكل واحد منهم مثل الآخر ولا يفضّل، ويسوي بين الذكر والأنثى، وقال بعض أصحابنا: يكون للذكر مثل حظ الأنثيين، والصحيح المشهور أنه يسوي بينهما لظاهر الحديث.
+الأحكام التي تقع على خلاف الشرع تبطل ولا تنفُذ.
+استفصال الحاكم والمفتي عما يحتمل الاستفصال؛ لقوله صلى الله عليه وسلم:"أفعلت هذا بولدك كلهم"؟
+قال النووي: وفيه: جواز رجوع الوالد في هبته للولد.
+الأمر بفعل ما يؤدي إلى التآلف بين الإخوة، وترك ما يوقِع بينهم الشحناء أو يورِث العقوق للآباء.</t>
+  </si>
+  <si>
+    <t>Maanu ci diggante doom yu góor yi ak yu jigéen yi ci joxe gi ak maye gi lu war la, bu dee dundal gi nag dees koy nattale ci kem aajo ku nekk la ko doy.
+Gënale yenn doom yi ci kaw ñenn ñi ci jeng ak tooñ la bokk, te seede ko du dagan ci jël gi ak ci joxe gi.
+An-Nawawii nee na: jaadu na mu yamale ci diggante doom yi ci maye gi, ak mu may kenn ku nekk ci ñoom kem la mu may keneen ki te du gënale, ak mu yamale diggante góor ak jigéen, sunu yenn gaa yi nee nañu: góor day am kem céru ñaari jigéen, li siiw nag mooy day yamale seen diggante ngir li fés ci hadiis bi.
+Àtte yi wuute ak sariiha day yàqu te deesu ko wéyal.
+Faramfaccelug àttekat bi ak aji-ubbee ji ci lu jamtal ag faramfacce; ngir li Yonente bi yal na ko Yàlla dolli xéewal ak mucc wax: "ndax defal nga lii sa doom yépp"?
+An-Nawawii nee na: nekk na ci ne dagan na ci way-jur wi mu dellu ginnaaw ci may gi mu may doomam.
+Digle ci def luy waral booloo ci diggante mbokk yi, ak bàyyi luy tàbbal ci seen diggante ag bañeel walla muy waral ag ñàkk a déggal baay yi.</t>
+  </si>
+  <si>
+    <t>متفق عليه، وله ألفاظ عديدة</t>
+  </si>
+  <si>
+    <t>[متفق عليه وله ألفاظ عديدة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/6035</t>
   </si>
   <si>
     <t>ألا أدلكما على خير مما سألتما؟ إذا أخذتما مضاجعكما أو أويتما إلى فراشكما فسبحا ثلاثا وثلاثين، واحمدا ثلاثا وثلاثين، وكبرا أربعا وثلاثين، فهو خير لكما من خادم</t>
   </si>
   <si>
     <t>ndax duma leen tektal lu gën li ngeen di laaj? Bu ngeen tëddatee -walla ngeen ñëw ci seen lal- nangeen sàbbaal Yàlla fanweer ak ñatt, te ngeen sant Yàlla fanweer ak ñatt, ngeen màggal Yàlla fanweer ak ñent, loolu moo gën ci yéen liggéeykat</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه: أَنَّ فَاطِمَةَ رَضيَ اللهُ عنْها أَتَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَشْكُو إِلَيْهِ مَا تَلْقَى فِي يَدِهَا مِنَ الرَّحَى، وَبَلَغَهَا أَنَّهُ جَاءَهُ رَقِيقٌ، فَلَمْ تُصَادِفْهُ، فَذَكَرَتْ ذَلِكَ لِعَائِشَةَ، فَلَمَّا جَاءَ أَخْبَرَتْهُ عَائِشَةُ، قَالَ: فَجَاءَنَا وَقَدْ أَخَذْنَا مَضَاجِعَنَا، فَذَهَبْنَا نَقُومُ، فَقَالَ: «عَلَى مَكَانِكُمَا» فَجَاءَ فَقَعَدَ بَيْنِي وَبَيْنَهَا، حَتَّى وَجَدْتُ بَرْدَ قَدَمَيْهِ عَلَى بَطْنِي، فَقَالَ: «أَلاَ أَدُلُّكُمَا عَلَى خَيْرٍ مِمَّا سَأَلْتُمَا؟ إِذَا أَخَذْتُمَا مَضَاجِعَكُمَا -أَوْ أَوَيْتُمَا إِلَى فِرَاشِكُمَا- فَسَبِّحَا ثَلاَثًا وَثَلاَثِينَ، وَاحْمَدَا ثَلاَثًا وَثَلاَثِينَ، وَكَبِّرَا أَرْبَعًا وَثَلاَثِينَ، فَهُوَ خَيْرٌ لَكُمَا مِنْ خَادِمٍ».</t>
   </si>
   <si>
     <t>Jële nañu ci Aliyun yal na ko Yàlla dollee gërëm mu wax ne: Faatimata yal na ko Yàlla dollee gërëm dafa ñëw ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc di ko jàmbat li muy daj ci soqq ak wol, mu dégg ne dafa am ay jaam, te fekku ko fa, mu wax ko Aysatu, ba mu ñëwee Aysatu wax ka ko, nee na: mu ñëw fi nun fekk tëdd nanu, ba nuy jog mu ne nu: "buleen jog" mu ñëw toog sunu diggante, ba may yég seddaayu tànkam ci sama biir, mu wax ne: "ndax duma leen tektal lu gën li ngeen di laaj? Bu ngeen tëddatee -walla ngeen ñëw ci seen lal- nangeen sàbbaal Yàlla fanweer ak ñatt, te ngeen sant Yàlla fanweer ak ñatt, ngeen màggal Yàlla fanweer ak ñent, loolu moo gën ci yéen liggéeykat".</t>
   </si>
   <si>
     <t>شَكَتْ فاطمةُ رضي الله عنها بنتُ النبيِّ صلى الله عليه وسلم ما تجدُه في يدها من أَثَرَ آلة الطَّحْنِ مما تطحن، فلما جاء إلى النبي صلى الله عليه وسلم سَبْيٌ، انطلقت إليه تسأله خادمًا من هذا السبي؛ ليقوم مكانَها بأعمال البيت، ولكنها لم تجده في بيته، ووجدتْ عائشةَ رضي الله عنها، فأخبرتها بذلك، 
 فلما جاء صلى الله عليه وسلم أخبرتْه عائشةُ بمجيء فاطمة إليه لتسأله خادمًا، 
 فجاء النبي صلى الله عليه وسلم فاطمة وعليًا رضي الله عنهما في بيتِهما وهما في الفِراش يتهيئان للنوم، فقعد بينهما حتى وجد علي رضي الله عنه برد قدمي النبي صلى الله عليه وسلم على بطنه، وقال: 
 ألا أعلِّمُكما خيرًا مما سألتماني من إعطائكم الخادم؟ 
 قالا بلى، فقال صلى الله عليه وسلم: 
 إذا أخذتما مضاجعكما للنوم من الليل، فكبِّرا أربعًا وثلاثين مرة، بقول: الله أكبر، 
 وسبِّحا ثلاثًا وثلاثين مرة، بقول: سبحان الله، 
 واحْمدَا ثلاثًا وثلاثين، بقول: الحمد لله؛ 
 فهذا الذكر خيرٌ لكما من خادم.</t>
   </si>
   <si>
     <t>Faatimata yal na ko Yàlla dollee gërëm doomu Yónente bi dafa jàmbat li nekk ci loxoom ci ay jeexiti jumtukaayu wol bi muy wole, ba ay jaam dikkalee Yonnente bi yal na ko Yàlla dolli xéewal ak mucc, mu dem fi moom ngir laaj ko liggéeykat ci jaam yooyu; ngir mu wuutu ko ci liggéeyu kër gi, waaye fekku ko ca kër ga, mu fekk fa Aysatu yal na ko Yàlla dollee gërëm, mu wax ko loolu, Ba Yonnente bi ñëwée Aysatu wax ko ne Faatimata ñëwoon na fi di laaj liggéeykat, Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dem ci Fatima ak Aliyun yal na leen Yàlla dollee gërëm ci seen kër fekk leen ci lal ñuy waaj a nelaw, mu toog seen diggante ba Aliyun di yëg 
 seddaayu tànkam ci biiram bi, mu ne leen: Ndax duma leen xamal lu gën liggéeykat bi ngeen may laaj? Ñu ne ko ahakay, Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ne leen: Bu ngeen tëddatee seen lal ngir nelaw ci guddi gi, nangeen kàbbar fanweeri yoon ak ñent, ci wax: Allaahu Akbar, Sàbbaal leen Yàlla fanweeri yoon ak ñatt, ci wax: Subhaanal Laahi, Ngeen sant Yàlla fanweeri yoon ak ñatt, ci wax: Alhamdu lil-Laah; Tudd Yàlla gii moo gën ci yéen liggéeykat.</t>
   </si>
   <si>
     <t>استحباب المداومة على هذا الذكر المبارك، حيث ورد أن عليا رضي الله عنه لم يترك هذه الوصية النبوية، المتضمنة حتى ليلة صفين.
 هذا الذكر لا يقال إلا في نوم الليل ولفظه عند مسلم من رواية معاذ عن شعبة "إذا أخذتما مضاجعكما من الليل".
 إذا نسي المسلم هذا الذكر في أول الليل ثم ذكره آخره فلا بأس بقوله؛ لأن علي رضي الله عنه راوي الحديث يقول بأنه نسي قوله ليلة صفين أول الليل ثم تذكر فقاله قبل الصبح.
 قال المهلب: فيه حمل الإنسان أهله على ما يحمل عليه نفسه من إيثار الآخرة على الدنيا إذا كانت لهم قدرة على ذلك.
 قال ابن حجر العسقلاني: من واظب عليه لا يتضرر بكثرة العمل ولا يشق عليه ولو حصل له التعب.
 قال العيني: وجه الخيرية إما أن يراد به أنه يتعلق بالآخرة والخادم بالدنيا، والآخرة خير وأبقى، وإما أن يراد بالنسبة إلى ما طلبته بأن يحصل لها بسبب هذه الأذكار قوة تقدر على الخدمة أكثر مما يقدر الخادم.</t>
   </si>
   <si>
     <t>Sopp nañu saxoo tudd Yàlla gu baarkeel gii, ba rot na ne Aliyun yal na ko Yàlla dollee gërëm bàyyiwul dénkaaney Yonnente bii, ba ci sax guddig xeexu Siffiin.
 Sikkar bii duñu ko wax ci lu dul nelawug guddi, baat yi nag moo ngi ci Muslim ci nettalib Muhaas mu jële ko ci Suhba "bu ngeen tëddee ci guddi gi".
 Bu jullit bi fàttee tudd Yàlla gii ci njëlbeenu guddi gi topp mu fàttaliku ko ci mujjug guddi gi aayul mu wax ko; ndaxte Aliyun yal na ko Yàlla dollee gërëm moom mi nettali hadiis bi dafa wax ne fatte woon na koo wax ci njëlbeenu guddig xeexu Siffiin topp mu fàttaliku ko njëkk suba si di jot mu daal di koy wax.
 Al-Muhallab nee na: nekk na ci Hadiis bi, nit ki day yan 
 njabootam li muy yan boppam ci gënale allaaxira ci kaw àdduna bu ñu manee loolu.
 Ibn Hajar Al-Asxalaanii nee na: ku ko saxoo du loru ci barig liggéey te du jafe ci moom donte dana ci am coono.
 Al-Haynii nee na: anamug gën gi benn ñu jublu ci ne dafa aju ci allaaxira te liggéeykat bi ci àdduna la, te allaaxira moo gën te mooy des, walla ñu jublu ci kem li nga sàkku nga am ko ci sababus sikar yi ci doole ak kàttanu liggéey lu ëpp lu liggéeykat bi man.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/6076</t>
   </si>
   <si>
+    <t>ما بال أقوام قالوا كذا وكذا؟ لكني أصلي وأنام، وأصوم وأفطر، وأتزوج النساء، فمن رغب عن سنتي فليس مني</t>
+  </si>
+  <si>
+    <t>ana lan moo dal aw nit ba ñuy wax lii ak lii? man de damay julli di nelaw, di woor di dog, di takk soxna, ku bañ sama yoon wi bokkul ci man</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رضي الله عنه: أَنَّ نَفَرًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ سَأَلُوا أَزْوَاجَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ عَمَلِهِ فِي السِّرِّ؟ فَقَالَ بَعْضُهُمْ: لَا أَتَزَوَّجُ النِّسَاءَ، وَقَالَ بَعْضُهُمْ: لَا آكُلُ اللَّحْمَ، وَقَالَ بَعْضُهُمْ: لَا أَنَامُ عَلَى فِرَاشٍ، فَحَمِدَ اللهَ وَأَثْنَى عَلَيْهِ، فَقَالَ: «مَا بَالُ أَقْوَامٍ قَالُوا كَذَا وَكَذَا؟ لَكِنِّي أُصَلِّي وَأَنَامُ، وَأَصُومُ وَأُفْطِرُ، وَأَتَزَوَّجُ النِّسَاءَ، فَمَنْ رَغِبَ عَنْ سُنَّتِي فَلَيْسَ مِنِّي».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Anas -yal na ko Yàlla dollee gërëm- mu wax ne: Am mbooloo ci Sahaabay Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dañoo laaj soxnay Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ay jëfam ci li nëbbu? Am ci ñoom ku ne: man du ma takk soxna, keneen ne: man duma lekk ndawal, keneen ne: man duma nelawati ci kaw lal, Yonente bi daldi sant Yàlla tagg ko, wax ne: "ana lan moo dal aw nit ba ñuy wax lii ak lii? man de damay julli di nelaw, di woor di dog, di takk soxna, ku bañ sama yoon wi bokkul ci man".</t>
+  </si>
+  <si>
+    <t>جَاءَ نَفَرٌ من الصحابة رضي الله عنهم إلى بيوت أزواج النبي صلى الله عليه وسلم، يسألون عن عبادته في السر داخل بيته، فلما أُخبروا كأنهم تَقَالُّوها، فقالوا: 
+وأين نحن من النبي صلى الله عليه وسلم؟ قد غُفر له ما تقدم من ذنبه وما تأخر، بخلاف مَن لم يعلم بحصول المغفرة له فيحتاج إلى المبالغة في العبادة عسى أن يَحصُل عليها.
+ثم قال بعضهم: لا أتزوج النساء. 
+وقال بعضهم: لا آكل اللحم.
+وقال بعضهم: لا أنام على فراش.
+فبلغ ذلك النبيَّ صلى الله عليه وسلم، فغضب، وخطب الناس، فحمد الله وأثنى عليه وقال: 
+ما شَأْنُ أقوامٍ قالوا كذا وكذا؟! والله إني لأخشاكم لله وأتقاكم له، لكني أنام لأتقوى على القيام، وأفطر لأتقوَّى على الصوم، وأتزوج النساء، فمن أعرض عن طريقتي ورأى الكمال في غيرها، وأخذ بطريقة غيري فليس مني.</t>
+  </si>
+  <si>
+    <t>Am mbooloo ci Sahaaba yi yal na leen Yàlla dollee gërëm dañoo ñëw ci kër saxnay Yonnente bi yal na ko Yàlla dolli xéewal ak mucc di laaj jaamu Yàlla yu nëbbu yimuy def ci biir këram, ba ñu leen ko waxee mu mel ni dañu koo xeeb, ñu wax ne: Waaw nun fan la nu toll Yonente bi nga xam ne jéggal nañu ko li jiitu ci ay bàkkaaram ak li mujj, wuute ak ku xamul ndax amna ag njéggal walla, kon day aajowoo mu baril ay jaamu Yàllaam ndax amaana mu am njéggal. Am ci ñoom ku ne: man duma takk soxna. Am ku ne: man du ma lekk yàpp. Am ku ne: man duma nelaw guddi. Loolu egg ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc, mu mer, daal di xutba nit ñi, mu sant Yàlla tagg ko, daal di wax ne: Lan mooy mbiri nit ñiy wax lii ak lii?! Giñ naa ci Yàlla ne man maa leen gën a ragal Yàlla te gën leen ko a moytu, waaye man damay nelaw ngir ma man a taxaw julli, damay dog ngir ma man a dëgër ci woor, te damay takk soxna, ku dummooyu samaw yoon, gis ag mat ci lu dul moom, mu jël yoonu keneen ku dul man kooku bokkul ci man.</t>
+  </si>
+  <si>
+    <t>حب الصحابة رضي الله عنهم للخير، ورغبتهم فيه وفى الاقتداء بنبيهم صلى الله عليه وسلم.
+سماحة هذه الشريعة ويسرها، أخذًا من عمل نبيها صلى الله عليه وسلم وهديه.
+الخير والبركة في الاقتداء بالنبي صلى الله عليه وسلم، واتباع أحواله الشريفة.
+الزَّجْر عن التشديد على النفس في العبادات بما لا تطيق، وأن هذا من حال المبتدعين.
+قال ابن حجر: الأخذ بالتشديد في العبادة يُفضي إلى المَلَل القاطِع لأصلها، وملازمة الاقتصار على الفرائض مثلًا، وترك التنفُّل يفضي إلى إيثار البطالة، وعدم النشاط إلى العبادة، وخير الأمور الوسط.
+فيه تتبُّع أحوال الأكابر للتأسِّي بأفعالهم، وأنه إذا تعذَّرت معرفته من الرجال جاز استكشافه من النساء.
+فيه الوعظ وإلقاء مسائل العلم وبيان الأحكام للمكلَّفين، وإزالة الشبهة عن المجتهدين.
+الأمر بالترفُّق في العبادة، مع المحافظة عليها وعلى الفرائض والنوافل؛ ليراعي المسلم حقوق غيره عليه.
+في الحديث دلالة على فضل النكاح والترغيب فيه.</t>
+  </si>
+  <si>
+    <t>Sahaaba yi da ñoo bëgge aw yiw ta xemmeem ko bëgg lool di roy seenub Yonnente yal na ko Yàlla dolli xéewal ak mucc.
+Yaatug Sariiha bi ak yombam, ndax li mu tege ci jëfu Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ak njubam.
+Yiw ak baarke moo ngi ci roy ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc, ak topp ay mbiram yu tedd.
+Ag Xuppe ñëw na ci ñuy ba ña sonal ak di teg bakkan yi ay jaamu Yàlla yu mu àttanul, ndax loolu dafa bokk ci meloy defkatu biddaa yi.
+Ibn Hajar nee na: taral ci jaamu gi day indi yoqat ak bàyyi lépp far, yam ci farata yi rekk, ak bàyyi naafila yi day  indi ag bayliku, ak ñàkk a sawar si jaamu gi, te li gën ci mbir yi mooy diggdóomu.
+Nekk na ci topp mbiri mag ñi ngir roy ci seen i jëf, ak ne bu dee ne manu ñu koo xame ci góor ñi kon day dagan ñu gëstu ko ci jigéen ñi.
+Ag waare nekk na ci ak joxe masalay xam-xam yi ak leeral ay àtteem ñeel muskallaf yi, ak dindi lënt mi ci way-pasteefu yi.
+Digle ci ñeewant ci jaamu gi, ànd ak sàmmonte ak farata yi ak sunna yi; ngir jullit bi sàmmonte ak àqi keneen ci moom.
+Nekk na ci hadiis bi ag tegtal ci ngëneelu sëy ak xemmemloo ci.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/6078</t>
+  </si>
+  <si>
     <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
   </si>
   <si>
     <t>{Xul huwal Laahu Ahadun} ak ñaari musluwaay yi boo gontee ak boo xëyee ñatti yoon, dana la fegal lépp</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abdullah Ibn Xubayb -yal na ko Yàlla dollee gërëm- mu wax ne: Génn nanu ci guddi gu bari taw te lëndëm lool, di wër Yonnente Yàlla bi  ngir mu jiite nu julli, nee na: nu dab ko, mu ne ma: "waxal" te waxuma dara, mu waxaat ma: "waxal", te waxuma dara, mu ne ma: "waxal", ma ne ko: lan laay wax? Mu ne ma: "{Xul huwal Laahu Ahadun} ak ñaari musluwaay yi boo gontee ak boo xëyee ñatti yoon, dana la fegal lépp".</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
     <t>Sahaaba bu màgg bii di Abdullah Ibn Xubayb -yal na ko Yàlla dolli xéewal ak mucc-day xibaare ne: ñoom dañoo génnoon ci guddi gu bari ab taw, te lëndëm lool,di seet Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc-; ngir mu jiite leen julli, ñu gis ko, Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- ne ko: "waxal" maanaam mu ne ko jàngal, waaye moom jàngul dara, Yonnente bi bàmtuwaat wax ji, Abdullah ne ko: lan laay jàng yaw Yonnente Yàlla bi? Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- ne ko: jàngal saaru Ixlaas {xul huwal Laahu Ahadun}, ak ñaari musluwaay yi {xul ahuusu bi rabbil falaxi}, ak {xul ahuusu bi rabbin naasi}, waxtuw ngoon, ak waxtuw suba, ñatti yoon, kon dana la wattu ci bépp ay, fegal la ci lépp lu bon.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
     <t>Sopp nañu ñu jàng saaru Ixlaas ak ñaari musluwaay yi (falaxi ak naasi) ci suba gi ak ci ngoon gi, ndaxte kaarànge la ci wépp ay.
 Ngëneelu jàng saaru Ixlaas ak falaxi ak naasi</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/6082</t>
   </si>
   <si>
     <t>من قال بسم الله الذي لا يضر مع اسمه شيء، في الأرض، ولا في السماء، وهو السميع العليم، ثلاث مرات، لم تصبه فجأة بلاء، حتى يصبح</t>
   </si>
   <si>
     <t>ku wax bismil Laahi Allasii laa yadurru maha ismihii say-un fil ardi walaa fis samaa-i wa huwa As-Samiihu Al-Haliimu, ñatti yoon balaa bu bette du ko dal, ba baa muy xëy</t>
   </si>
   <si>
     <t>عَنْ أَبَانَ بْنِ عُثْمَانَ قَالَ: سَمِعْتُ عُثْمَانَ ابْنِ عَفَّانَ رضي الله عنه يَقُولُ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ، وَمَنْ قَالَهَا حِينَ يُصْبِحُ ثَلَاثُ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ حَتَّى يُمْسِيَ»، قَالَ: فَأَصَابَ أَبَانَ بْنَ عُثْمَانَ الْفَالِجُ، فَجَعَلَ الرَّجُلُ الَّذِي سَمِعَ مِنْهُ الْحَدِيثَ يَنْظُرُ إِلَيْهِ، فَقَالَ لَهُ: مَا لَكَ تَنْظُرُ إِلَيَّ؟ فَوَاللَّهِ مَا كَذَبْتُ عَلَى عُثْمَانَ، وَلَا كَذَبَ عُثْمَانُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَلَكِنَّ الْيَوْمَ الَّذِي أَصَابَنِي فِيهِ مَا أَصَابَنِي غَضِبْتُ فَنَسِيتُ أَنْ أَقُولَهَا.</t>
   </si>
   <si>
     <t>Jële nañu ci Abaan ibn Usmaan mu wax ne: dégg naa Usmaan ibn Affaan yal na ko Yàlla dollee gërëm mu wax ne: dégg naa Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: «ku wax bismil Laahi Allasii laa yadurru maha ismihii say-un fil ardi walaa fis samaa-i wa huwa As-Samiihu Al-Haliimu, ñatti yoon balaa bu bette du ko dal, ba baa muy xëy, ku ko wax bu xëyee ñatti yoon balaa buy bette du ko dal ba baa muy gont", mu ne: ag paraaliise daal di dal Abaan ibn Usmaan, waa ji dégg ci moom hadiis bi tàmbali di ko xool, mu ne ko: lu tax nga may xool nii? Giñ naa ci Yàlla fenaluma Usmaan, te du caagine Usmaan daa fenal Yonnente bi yal na ko Yàlla dolli xéewal ak mucc, waaye bis bi ma lii di dal damaa meroon fàtte ko a wax.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في صباح كلِّ يوم بعد طلوع الفجر، ومساء كل ليلة قبل غروب الشمس ثلاث مرات: (بسم الله) أستعينُ وأتحفَّظ من كل مؤذٍ (الذي لا يضر مع) ذِكر (اسمه) أيُّ (شيء) مهما عَظُم (في الأرض) والخارج منها من البلاء (ولا في السماء) والنازل منها من البلاء (وهو السميع) بأقوالنا (العليم) بأحوالنا.
 من قالها حين يُمسي لم يُصِبْه البلاءُ بغتةً حتى يصبح، ومن قالها حين يصبح لم يصبه البلاء بغته حتى يمسي. 
 فأصابَ راويَ الحديثِ أَبَانَ بن عثمان الفَالِجُ؛ وهو استرخاء لأحد شِقَّي البدن، فجعل الرجل الذي سَمِع منه الحديث ينظر إلى أَبَان متعجِّبًا! فقال للرجل: مالك تنظر إلي؟! فوالله ما كَذَبتُ على عثمان، ولا كَذَبَ عثمانُ على النبيِّ صلى الله عليه وسلم، ولكن اليوم الذي أصابني فيه ما قَدَّر الله لي أنْ أقولَه، أصابني غَضبٌ فنَسيتُ أنْ أقولَ هذه الكلمات المذكورة.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc leeral na ne ku wax ci suba gi ginnaaw bu fajar gi fenkee, ak ci ngoonu guddi gu nekk njëkk jant bi di so ñatti yoon: (ci turu Yàlla) maa ngi dimbandiku di aaru ci lépp luy lore (moom mi nga xam ne dara du lore ànd ak) tudd (aw turam) lu man a doon (dara) ak lu mu man a màgg (ci suuf) ak li ciy génn ci ay balaa (du caagine ci asamaan si) ak la cay wàcc ci balaa (te Mooy Aji-Dégg ji) sunuy wax (di Aji-Xam ji) sunuy bir.
-. Ku ko wax bu gontoo benn balaa du ko dal ci ag mbetteel ba baa muy xëy, ku ko wax ci suba gi balaa du ko dal ci ag mbetteel ba baa muy gont.
+Ku ko wax bu gontoo benn balaa du ko dal ci ag mbetteel ba baa muy xëy, ku ko wax ci suba gi balaa du ko dal ci ag mbetteel ba baa muy gont.
 Ki nettali hadiis bi di Abaan ibn Usmaan paraaliise dal ko; te mooy genn wet ci yaram wi bàyyi, waa ji dégg ci moom hadiis bi tàmbali di xool Abaan ngir yéemu! Mu wax waa ji ne ko: lu tax nga may xool nii?! Giñ naa ci Yàlla ne fenaluma Usmaan, te du caagine Usmaan daa fenal Yonnente bi yal na ko Yàlla dolli xéewal ak mucc, waaye bis ba mu may dal Yàlla dogalul ci man ma wax ko, ndax damaa meroon ma fàttee wax baat yii ñu tudd.</t>
   </si>
   <si>
     <t>استحباب الإتيان بهذا الذِّكْرِ في الصباح والمساء؛ ليكون الإنسان محفوظًا بإذن الله تعالى مِن أن يُصيبَه فجأةُ بلاءٍ أو ضرُّ مصيبةٍ أو نحو ذلك.
 قوة يقين السلف الأول بالله وتصديقهم بما أخبر به رسول الله صلى الله عليه وسلم.
 من فوائد تقييد الذكر بالصباح والمساء قطع الغفلة عن المسلم واستحضاره الدائم بأنه عبد لله تعالى.
 على قدر إيمان الذاكر لله وخشوعه وحضور قلبه، مع الإخلاص واليقين يكون أثر الذكر متحقِّقًا.</t>
   </si>
   <si>
     <t>Sopp nañu def sikar gii ci suba gi ak ci ngoon gi; ngir nit ki nekk ku ñu sàmm ci ndigalul Yàlla ngir balaa juy bette bañkoo dal walla musiba walla yu ni mel.
 mag ña jiitu séenug wòolu Yàlla lu dëgëroon la niki noonu seenug dëggal ci lépp lu Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc xibaare.
 Bokk na ci njariñi tënk sikar yi ci suba gi ak ngoon gi dagg lii di càggante ci jullit bi ak fexe bamuy bàyyi xel fum toll ne moom jaamub Yàlla mu kawe mi la.
 Ci kem ngëmug kiy tudd Yàlla ak toroxloom ak teewug xolam, ànd ak sellam ak kóolute ci la jeexitalu sikar gi di ame.</t>
-  </si>
-[...1 lines deleted...]
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/6093</t>
   </si>
   <si>
     <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>waxal: laa ilaaha illalaahu wahdahu laa sariika lahu, Allaahu Akbaru kabiiran, wal hamdu lil-Laahi kasiiran, subhaanal Laahi Rabbil haalamiina, laa hawla wa laa xuwwata illaa bil Laahi Alhasiisil-Alhakiimi</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Jële nañu ci Sahd -yal na ko Yàlla dollee gërëm- mu wax ne: Benn kaw-kaw dafa ñëw ci Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc-, ne ko: xamal ma wax joo xam ne dama koy wax, mu ne ko: "waxal: laa ilaaha illalaahu wahdahu laa sariika lahu, Allaahu Akbaru kabiiran, wal hamdu lil-Laahi kasiiran, subhaanal Laahi Rabbil haalamiina, laa hawla wa laa xuwwata illaa bil Laahi Alhasiisil-Alhakiimi" mu ne ko: lii de sama Boroom la ñeel, ana lan mooma ñeel man? Mu ne ko: "waxal: Allaahumma ixfir lii, warhamnii, wahdinii, warsuqnii".</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
@@ -12089,50 +14914,83 @@
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral ne def lu baax ci fukki fan yi njëkk ci weeru Tabaski moo gën mbooleem bis yi ci at mi.
 Sahaaba yi laaj nañu Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- jihaad ci lu dul fukki fan yii ndax moo gën walla jëf yu baax yi ñu jëf ci bis yii? Ngir li ñu xam ne jihaad bokk na ci jëf yi gën.
 Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- tontu ne: jëf ju baax ci bis yii moo gën jihaad ci yeneen bis yi, lu dul waa ju génn di jihaadi daal di riske bakkanam ak xaalisam ci yoonu Yàlla, mu ñàkk xaalisam, ruu ga rot ci yoonu Yàlla, Kii daal mooy ki gënle jëf ki def lu baax ci bis yu baax yii.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>Ngëneelu jëf ju baax ci fukki fani tabaski, war na ci jullit bi mu làng bis yii di ci baril ay jaamu, ci tudd Yàlla mu màgg mi, ak jàng Alxuraan, ak kàbbar ak tudd Yàlla, ak sant Yàlla, ak julli ak saraxe ak woor, ak mbooleem jëf yu baax yi.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[Al-buxaariy soloo na ko, ak Abóo Daawuda, kàddu gii ñeel na ko]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/6255</t>
   </si>
   <si>
+    <t>ما من مسلمين يلتقيان فيتصافحان إلا غفر لهما قبل أن يفترقا</t>
+  </si>
+  <si>
+    <t>amul ñaari jullit yuy daje daal di joxante loxo lu dul ne dees na leen jéggal laata ñuy teqalikoo</t>
+  </si>
+  <si>
+    <t>عَنِ الْبَرَاءِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ مُسْلِمَيْنِ يَلْتَقِيَانِ فَيَتَصَافَحَانِ إِلَّا غُفِرَ لَهُمَا قَبْلَ أَنْ يَفْتَرِقَا».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Al-Baraa yal na ko Yàlla dollee gërëm mu wax ne: Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: "amul ñaari jullit yuy daje daal di joxante loxo lu dul ne dees na leen jéggal laata ñuy teqalikoo".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم: أنه ما مِن مُسلِمَين يتلاقَيَان في طريق ونحوه فيُسلِّم أحدُهما على الآخر مُصَافَحَةً باليد إلا غُفِرَ لهما قبل أن يَفْتَرِقَا بالأبدان أو بالفراغ عن المصافحة.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne: amul ñaari jullit yuy daje ci aw yoon mbaa lu ko niru kenn ki nuyu keneen ki ñu joxante loxo lu dul ne dees na leen jéggal njëkk ñuy taqalikoo.</t>
+  </si>
+  <si>
+    <t>استحباب المصافحة عند اللقاء، والحث عليها.
+قال المناوي: ولا تحصل السنة إلا بوضع اليمنى في اليمنى حيث لا عُذْر.
+الحث على إفشاء السلام، وبيان عظيم أجر مصافحة المسلم لأخيه المسلم.
+يستثنى من الحديث المصافحة المُحرَّمة، كمصافحة المرأة الأجنبية.</t>
+  </si>
+  <si>
+    <t>Sopp nañu joxante loxo bu ñu dajee, ak soññee ca.
+Al-Manaawii nee na: te sunna si du am ci lu dul teg ndayjoor bi ci ndeyjoor bi bu ngànt amul.
+Ñaaxe ci tasaare nuyóo, ak leeral ngëneelu fayug saafonteg jullit bi ak mbokku jullitam.
+Dees na settee ci hadiis bi joxante loxo gu araam niki góor di jox loxo jigéenu jàmbur.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/6257</t>
+  </si>
+  <si>
     <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>misaalum jullit biy jàng Alxuraan moo ngi mel ni  Utruja, xetam ga dafa teey ak cafkaam teey, misaalum jullit bi dul jàng Alxuraan moo ngi mel ni tàndarma, amul xet te cafkaam dafa neex</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Muusaa Al-Asharii -yal na ko Yàlla dollee gërëm-mu wax ne :Yonnente Yàlla bi-yal na ko Yàlla dolli xéewal ak mucc-nee na: «misaalum jullit biy jàng Alxuraan moo ngi mel ni  Utruja, xetam ga dafa teey ak cafkaam teey, misaalum jullit bi dul jàng Alxuraan moo ngi mel ni tàndarma, amul xet te cafkaam dafa neex,misaalum naaféq biy jàng Alxuraan moo ngi mel ni ngun-ngun xetam dafa teey cafkaam wex,misaalu naaféq bi dul jàng Alxuraan moo ngi mel ni xettar, amul xet te cafkaam dafa wex»</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
 الثاني: المُؤمن الذي لا يقرأ القرآن، فهو كالتَّمْرَة، طعمُها حُلْو، ولا ريح لها، فقلبُه مُشتملٌ على الإيمان كاشتمال التمرة على الحلاوة في طعمها وباطنها، وعدم ظهور ريح لها يَشُمُّه الناسُ؛ لعدم ظهور قراءة منه يرتاح الناس بسماعها. 
 الثالث: المنافق الذي يقرأ القرآن، فهو كالريحانة، لها رائحة طيبة وطعمها مُرّ، حيث لم يُصلِح قلبَه بالإيمان، ولم يعملْ بالقرآن، ويَظهرُ أمامَ الناس أنه مؤمن، فريحُها الطيب يُشبه قراءتَه، وطعمُها المُرُّ يُشبه كُفرَه. 
 الرابع: المنافق الذي لا يقرأ القرآن، فهو كالحَنْظَلَة، حيثُ إنها لا رائحة لها، ومُرٌّ مذاقُها، فانعدام ريحِها أَشبَهَ انعدامَ ريحِه؛ لعدم قراءته، ومَرَارةُ طعمِها شَبيهٌ بمرارة كفرِه، فباطنُه خَالٍ من الإيمان، وظاهره لا نفع فيه، بل هو ضارٌّ.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral xaaji nit ñi ci jàng Alxuraan ak di ci jariñu:
 Xaaj bu njëkk bi: jullit biy jàng Alxuraan di ci jariñu,moom day mel ni meññitum Utruja,day teey cafka ak xet te rafet melo,ay njariñam bari,moom day jëfe li muy jàng,di ci jariñ jaami Yàlla yi.
 Ñaareel bi: jullit bi dul jàng Alxuraan, moom day mel ni tàndarma,cafkaam day neex,te amul xet, xolam day làmboo ngëm kem ni tàndarma di làmboo neexit ci cëfkaam ak ci biiram,te du feeñal xet gu nit ñi di noyyi;ndaxte du féeñal am njàng mu nit ñi di bég ci déglu gi.
 Ñatteel bi: naaféq biy jàng Alxuraan, moom day mel ni ngun-ngun, xet gu teey la am te cafkaam wex, ndaxte defarul xolam ci ngëm, te jëfewul Alxuraan, te day feeñ ci kanamu nit ñi ne ab jullit la, moom xetam teey di niróo ak njàngami, cafkaam wex di niróo ak kéefaram gi.
 Ñenteel bi: naaféq bi dul jàng Alxuraan, moom day mel ni xettar, ndax amul xet, te ñamam dafa wex, ñàkkug xetam day niróo ak ni mu ñàkke xet; ngir ñàkk a jàngam, wexug cafkaam day niróo ak wexug kéefaram, biiram amul ngëm, bitteem amul njariñ.</t>
   </si>
@@ -12221,50 +15079,115 @@
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Usmaan Ibn Affaan -yal na ko Yàlla dollee gërëm- mu wax ne: yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «Ku jàpp te rafetal njàpp ma, ay ñaawtéefam day génn ci aw yaramam bay génn ci ay weyam».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>yónente bi -yal na ko Yàlla dolli xéewal ak mucc- ne ku jàpp sàmmoonte ak Sunnay Njàpp ak i tegginam, loolu sabab la ci far ay ñaawtéef ak sippi ay ñuumte, "ba ay bàkkaaram di génne ci ay suufi weyi loxoom ak i tànkam"</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>Ñaaxe ci yittewoo jàng njàpp ak i sunnaam ak i tegginam, ak jëfe ko.
 Ngëneelu jàpp, ci ne day far bàkkaar yu ndaw yi, bu dee yu mag yi nag tuub rekk a koy far.
 Sàrt yiy tax bàkkaar yi génn mooy matal njàpp mi te moytu lu koy yàq kem ni ko yónente bi -yal na ko Yàlla dolli xéewal ak mucc- leerale.
 Dindi bàkkaar yi ci hadiis bii dañu koo tënk ci moytu bàkkaar yu mag yi ak tuub ko, Yàlla mu kawe mi nee na: (bu ngeen moytoo bàkkaar yi ñu leen tere nu far séen i ñaawtéef) [An-Nisaa].</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/6263</t>
+  </si>
+  <si>
+    <t>من حفظ عشر آيات من أول سورة الكهف، عصم من الدجال. وفي رواية: من آخر سورة الكهف</t>
+  </si>
+  <si>
+    <t>ku wattu fukki aaya yi njëkk ci saaru Al-Kahf, kon ñu aar ko ci Dajjaal" ci geneenug nettali: "ci mujjug saaru Al-Kahf</t>
+  </si>
+  <si>
+    <t>عن أبي الدرداء رضي الله عنه أن النبي صلى الله عليه وسلم قال: «مَنْ حَفِظَ عَشْرَ آيَاتٍ مِنْ أَوَّلِ سُورَةِ الكَهْفِ، عُصِمَ مِنَ الدَّجَّالِ». وفي رواية: «مِنْ آخِرِ سُورَةِ الكَهْف».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Dardaa -yal na ko Yàlla dollee gërëm- mu jële ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "ku wattu fukki aaya yi njëkk ci saaru Al-Kahf, kon ñu aar ko ci Dajjaal" ci geneenug nettali: "ci mujjug saaru Al-Kahf".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن حَفِظ عَشْرَ آيات عن ظَهْرِ قَلْبٍ مِن أول سورة الكهف عُصِم ووُقِي وحُفِظ من فتنةِ المسيح الدجال الذي يَخرج آخر الزمان ويَدَّعي الألوهية، وفتنته أعظم فتنة تكون على الأرض منذ خُلِقَ آدم إلى قيام الساعة؛ لما أمكنه الله عز وجل من بعض الخَوَارِق التي يَفتن بها من تبعه، وذلك لأن أول سورة الكهف فيها من العجائب والآيات ما هو أعظم مما يَفتن الدَّجالُ فيه الناس، فمَن تَدَبَّرَها لم يفتتن بالدجال.
+وفي رواية: عشر آيات من آخر السورة من قوله تعالى : {أفحسب الذين كفروا أن يتخذوا…}.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne ku mokkal fukki aaya yi njëkk ci saaru Al-Kahf ci xolam ñu aar ko ci fitnay Masiihu-Dajjaal mi nga xam ne day génn ci mujjug jamono di wootewoo Yàlla, te fitnaam nag mooy fitna ji gën a màgg ci kaw suuf ba ñi bindee Aadama ba keroog Saa di taxaw; ngir li ko Yàlla kàttanal mu am yenn ci ay xar-baax yimuy fitnaale ñi ko topp, loolu nag ndaxte njëlbeenu saaru Al-Kahf dafa am ay kéemtaan ak ay aaya yu gën a màgg yi Dajjaal di fitnaale nit ñi, ku ko settantal du fitnawu ci Dajjaal.m Nekk na ci geneen nettali: fukki aaya yi ci mujjug saar wi, mu tàmbalee ci waxu Yàlla mu kawe mi: {Afa hasiba allasiina kafaruu an yattaxisuu...}.</t>
+  </si>
+  <si>
+    <t>بيان فضل سورة الكهف، وأن فَوَاتِحَها أو خَوَاتِمَها تَعصم من فتنة الدجال.
+الإخبار عن أمر الدجال، وبيان ما يعصم منه.
+الحث على حفظ سورة الكهف كاملةً، فإن عجز فليحفظ العشر الآيات الأولى والأخيرة.
+قال القرطبي في سَبَبُ ذلك: قيل: لِمَا في قصة أصحاب الكهف من العجائب والآيات، فمَن وَقَفَ عليها لم يَسْتَغرِب أَمْرَ الدجال ولم يَهُلْه ذلك فلم يفتتن به، وقيل: لقوله تعالى: {لينذر بأسًا شديدًا من لدنه} تمسكًا بتخصيص البأس بالشدة واللَّدُنِّيّة، وهو مناسب لما يكون من الدجال من دعوى الإلهية واستيلائه وعظم فتنته، ولذلك عظَّم صلى الله عليه وسلم أمرَه وحَذَّر عنه وتعوذ من فتنته، فيكون معنى الحديث: أن من قرأ هذه الآيات وتدبرها ووقف على معناها حَذِرَه فأمن منه.</t>
+  </si>
+  <si>
+    <t>Leeral ngëneelu saaru Al-Kahf, ak ne ay tàmbaleem walla ay mujjam day aare ci fitnay Dajjaal.
+Xibaare mbiri Dajjaal, ak leeral liy aare ci moom.
+Ñaaxe ci mokkal saaru Al-Kahf ba mu jeex, bu ko manul na mokkal fukki aaya yi njëkk walla yi mujj.
+Al-Xurtubii wax na ci sababu loolu ne: nee nañu: li tax mooy li nekk ci nettalib ashaabul kahfi ci ay keemaan ak i aaya, ku ko jàng du yéemu ci mbiri Dajjaal te te du ca fitnawu, nee nañu it: ngir li Yàlla wax ne: {ngir mu xuppe ci mbugal mu tar muy bawoo ci Moom} te loolu lu méngoo la ak li Dajjaal di nekke ci wootewoo Yàlla ak ug noteel ak màggug fintaam, loolu a tax Yonnente bi màggal ay mbiram daal di ciy àrtu daal di muslu ci fitnaam, kon maanaa hadiis bi di: ku jàng aaya yii ci ag settantal daal di taxaw ci ay maanaam da na ko moytu daal di mucc ci moom.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/6265</t>
+  </si>
+  <si>
+    <t>من عاد مريضا، لم يحضر أجله فقال عنده سبع مرار: أسأل الله العظيم رب العرش العظيم أن يشفيك، إلا عافاه الله من ذلك المرض</t>
+  </si>
+  <si>
+    <t>ku seeti ku feebar, te ab digam ñëwagul, mu wax juróom-ñaari yoon: As-alul Laaha Al-Hasiima Rabba Al-Harsi al-hasiimi an yasfiyaka, lu dul ne Yàlla dana ko may jàmm ca feebar boobu</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ عَادَ مَرِيضًا، لَمْ يَحْضُرْ أَجَلُهُ فَقَالَ عِنْدَهُ سَبْعَ مِرَارٍ: أَسْأَلُ اللَّهَ الْعَظِيمَ رَبَّ الْعَرْشِ الْعَظِيمِ أَنْ يَشْفِيَكَ، إِلَّا عَافَاهُ اللَّهُ مِنْ ذَلِكَ الْمَرَضِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Ibnu Abbaas -yal na leen Yàlla dollee gërëm- mu jële ci Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne : "ku seeti ku feebar, te ab digam ñëwagul, mu wax juróom-ñaari yoon: As-alul Laaha Al-Hasiima Rabba Al-Harsi al-hasiimi an yasfiyaka, lu dul ne Yàlla dana ko may jàmm ca feebar boobu".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن مُسلم يَزُوْرُ مسلمًا في مرضه الذي لم يَحضر فيه وقتُ موتِه، ثم دعا الزائرُ للمريضِ بقوله: (أسأل الله العظيم) في ذاته وصفاته وأفعاله، (رب العرش العظيم أن يشفيك)، وأعادَها عليه سَبعَ مرات إلا عافاه الله من ذلك المرض.</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xibaare ne amul benn jullit buy seeti jullit bu feebar te waxtuw deewam jotagul, aji-seeti ji ñaanal aji-feebar ji, ci wax ne: (maa ngi ñaan Yàlla mu màgg mi) ci jëmmam ak i meloom ak i jëfam, (Boroom Aras ju màgg ja mu saafara la), mu baamtu ko juróom-ñaari yoon lu dul ne Yàlla dina ko saafara ca tawat jooja.</t>
+  </si>
+  <si>
+    <t>استحباب الدعاء للمريض بهذا الدعاء، وتَكْرَاره سبع مرات.
+تحقق الشفاء لمن قيل عنده هذا الدعاء بإذن الله تعالى، إن صدر عن صدق وصلاح.
+يقول هذا الدعاء سِرًّا وجهرًا، فكلُّ ذلك جائز، ولكن إذا أَسْمَعَ المريضَ فهو الأولى والأفضل؛ لأن فيه إدخالَ السرور عليه.</t>
+  </si>
+  <si>
+    <t>Sopp nañu ñaanal aji-feebar ci ñaan gii, ak baamtu ko juróom-ñaari yoon.
+Ku ñu ñaanal lii di nga wér bu soobe Yàlla bu dee da ko a def ci dëgg ak sellal.
+Bu biralee ñaan gi mbaa mu yalu ko ñaar yépp dagan na, waaye bu fexee ba aji-feebar ji dégg ko loo lu mooy li gën; ndax loo lu da koy bégloo.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/6270</t>
   </si>
   <si>
     <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
   </si>
   <si>
     <t>kuy wax saa yu déggee noddkat bi, ashadu an laa-i-Laaha Illal Laahu wahdahu laa sariika lahu, wa anna Muhammadan habduhu wa rasuuluhu, radiitu billaahi rabban, wa bi Muhammadin rasuulan, wa bil Islaami diinan, dees na ko jéggal ay bàkkaaram</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Sahd Ibn Abii Waqaas -yal na ko Yàlla dollee gërëm- mu jële ci Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc-mu wax ne: «kuy wax saa yu déggee noddkat bi, ashadu an laa-i-Laaha Illal Laahu wahdahu laa sariika lahu, wa anna Muhammadan habduhu wa rasuuluhu, radiitu billaahi rabban, wa bi Muhammadin rasuulan, wa bil Islaami diinan, dees na ko jéggal ay bàkkaaram».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day xibaare ne kuy wax bu déggee noddkat bi: "ashadu an laa-i-Laaha Illal Laahu wahdahu laa sariika lahu" maanaam:maa ngi saxal di nangu di gëm ne amul kenn ku ñuy jaamu cig dëgg ku dul Yàlla,te lépp lu ñuy jaamu ku dul Yàlla ag neen la, "wa anna Muhammadan habduhu wa rasuuluhu"maanaam: Muhammat ab jaam la deesu ko jaamu,ndawul Yàlla la te du fen, "radiitu bil Laahi rabban"maanaam:gërëm muy naa Yàlla muy buur cig moomeelam,ak ci jaamu ko,ak ci ay turam ak i meloom, "wa bi Muhammadin rasuulan" maanaam: gëm naa Muhammat ci mbooleem li ñu ko yónni mu jottali nu ko, "wa bil Islaami" maanaam:ak gëm mbooleem àttey Lislaam yi ci ay ndigël ak i tere, "diinan" maanaam: mooy sama diine ci pas-pas ak di ko wommatul, "dees na ko jéggal ay bàkkaaram" maanaam: yu ndaw yi.</t>
@@ -12362,50 +15285,83 @@
 فأما تكذيبُهم لله: فَزَعْمُهم أنَّ الله لن يُعيدَهم بعد موتِهم مرة أخرى كما خلقهم أول مرة من عَدَم، فردَّ عليهم بأن الذي بَدَأ الخَلْقَ مِن العَدَم قادرٌ على إعادتهم بل أهون، وإن كان الأمر بالنسبة لله مستويان الخلق والإعادة، فالله على كل شيء قدير.
 وأما شتمهم: فقولهم: إن له ولدًا، فَرَدَّ عليهم بأنه الأحد المُتَفَرِّدُ بجميع الكمالات في أسمائه وصفاته وأفعاله، المُنَزَّه عن كل نقص وعيب، الصمد الذي لا يحتاج إلى أحد، ويحتاج إليه كل أحد، ولم يكن والدًا لأحد، ولم يكن ولدًا لأحد، ولم يكن لي كفؤًا أحدٌ من مثيلٍ أو نظيرٍ سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral ci hadiisul xudsiy bii ne Yàlla mu màgg mi dafa xibaare ne bokkaalekat yi ak yéefar yi dañu koo weddi di ko melal ci ay wàññiku ak i ayib, te loolu jaaduwul ci ñoom.
 Bu dee seen weddi gi ñuy weddi Yàlla: mooy li ñu defe ne Yàlla du leen dellóosiwaat ginnaaw bu ñu faatoo, kem ni mu leen binde woon ca yoon wu njëkk wa ñu jóge cig ñàkk,mu weddi leen ci ne ki sos mbind mi cig ñàkk am na kàttanu dellóosiwaat ko te sax moo gën a woyof,donte bu dee ci Yàlla bind gi ak dellóosi gi ñoo yam, ndax Yàlla lépp la man.
 Bu dee saaga gi: mooy li ñu wax ne: am na doom, mu weddi leen ci ne moom mooy kenn ki wéet te mat sëkk ci ay turam ak i meloom ak i jëfam, di ki set ci géppug  wàññiku ak ayib, mooy ki ñuy jublu soxlawul kenn, te ñépp soxla ko, du way-juru kenn, te du doomu kenn,te amul benn nawle mbaa niróowaale 
 moom Aji-Sell ju kawe ji.</t>
   </si>
   <si>
     <t>إثبات كمال القدرة لله تعالى.
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
     <t>Saxal matug kàttanu Yàlla mu kawe mi.
 Saxal dekki ginnaaw dee.
 Képp kuy weddi dekki walla muy askanale Yàlla doom ab yéefar la.
 Yàlla amul niróowaale amul ku ñu koy xoole.
 Yaatuwaayu lewetug Yàlla mu sell mi, ak ni muy néggandikoo yéefar yi ndax amaana ñu tuub dellu ginnaaw.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/6327</t>
+  </si>
+  <si>
+    <t>إن قلوب بني آدم كلها بين إصبعين من أصابع الرحمن، كقلب واحد، يصرفه حيث يشاء</t>
+  </si>
+  <si>
+    <t>xoli doomi Aadama yépp ñoo ngi ci diggante ñaari baaraam ci baaraami Yàlla miy Yërëmaakoon bi, mel ni benn xol, mu koy wëlbati jëme fu ko soob</t>
+  </si>
+  <si>
+    <t>عَن عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «إِنَّ قُلُوبَ بَنِي آدَمَ كُلَّهَا بَيْنَ إِصْبَعَيْنِ مِنْ أَصَابِعِ الرَّحْمَنِ، كَقَلْبٍ وَاحِدٍ، يُصَرِّفُهُ حَيْثُ يَشَاءُ» ثُمَّ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ مُصَرِّفَ الْقُلُوبِ صَرِّفْ قُلُوبَنَا عَلَى طَاعَتِكَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abdullah Ibn Amr Ibnul Haas -yal na leen Yàlla dollee gërëm- mu dégg Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- muy wax ne: "xoli doomi Aadama yépp ñoo ngi ci diggante ñaari baaraam ci baaraami Yàlla miy Yërëmaakoon bi, mel ni benn xol, mu koy wëlbati jëme fu ko soob" topp Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc daal di wax ne: "yaw sama Boroom Aji-Wëlbati xol yi jëmaleel sunu xol yi ci topp la".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أن قلوب بني آدم كلَّها بين إصبعين من أصابع الرحمن كقلب واحد؛ يُصَرِّفُه حيث يشاء؛ إن شاء أقامه على الحق، وإن شاء أَزَاغَه عن الحق، وتَصَرُّفُه في جميع القلوب كالتصرُّف في واحد لا يشغله سبحانه شَأنٌ عن شأنٍ، ثم دعا صلى الله عليه وسلم فقال: اللهم مُصَرِّفَ القلوبِ تارةً إلى الطاعة وتارةً إلى المعصية، وتارة إلى الذكر وتارة إلى الغفلة، صَرِّفْ قلوبَنا على طاعتك.</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne xoli doomi Aadama yépp ñoo ngi ci diggante ñaari baaraam ci baaraami Yàlla miy Aji-Yërëme mel ni benn xol, mu koy jëmale fu ko soob; bu ko soobee mu jubal ko ci dëgg, bu ko soobee mu jengal ko wolif dëgg ga, te ag wëlbateem ci xol yépp day mel ni wëlbati benn xol, benn mbir su ko soxlaal moom Aji-Sell wolif beneen mbir, topp Yonnente bi yal na ko Yàlla dolli xéewal ak mucc daal di ñaan, wax ne: yaw sama Boroom miy Aji-Wëlbati xol yi leeg-leeg mu jëm ci ag topp, leeg-leeg mu jëm ci ag moy, leeg-leeg ci sikar leeg-leeg ci càggante, jëmaleel sunu xol yi ci topp la.</t>
+  </si>
+  <si>
+    <t>إثبات القَدَر، وأن الله يوجِّه قلوبَ عبادِه حسب القدر الذي كتبه عليهم.
+ينبغي على المسلم إدامة سؤال ربه الثبات على الحق والهدى.
+الخوف من الله والتَّعَلُّق به وحده لا شريك له.
+قال الآجري: إن أهل الحق يَصِفُوْن الله عز وجل بما وصف به نفسه عز وجل، وبما وصفه به رسوله صلى الله عليه وسلم، وبما وصفه به الصحابة رضي الله عنهم، وهذا مذهب العلماء ممن اتبع ولم يَبتدِع. انتهى. فأهل السنة يُثْبِتُوْن لله ما أثبته لنفسه من الأسماء والصفات من غير تحريف ولا تعطيل ولا تكييف ولا تمثيل، ويَنْفُون عن الله ما نفاه عن نفسه، ويَسكتون عما لم يَرِدْ به نفيٌ ولا إثبات، قال الله تعالى: (‌لَيْسَ ‌كَمِثْلِهِ شَيْءٌ وَهُوَ السَّمِيعُ الْبَصِيرُ).</t>
+  </si>
+  <si>
+    <t>Saxal dogal yi, ak ne Yàlla mooy jëmale xoli jaamam yi ci kem dogal ya mu bind ci ñoom.
+Jaadu na ci jullit bi mu sax ci ñaan Boroomam ag sax ci dëgg ak njub.
+Ragal Yàlla ak aju ci Moom dong amul bokkaale.
+Al-Aajurrii nee na: (ñoñ-dëgg ñi dañuy melal Yàlla mu màgg mi ci li mu melale boppam moom Aji-Màgg ji, ak ci li ko Yonnenteem bi yal na ko Yàlla dolli xéewal ak mucc melale, ak li ko Sahaaba yi yal na leen Yàlla dollee gërëm melale, lii mooy yoonu woroom xam-xam yiy topp te sosuñu.) Waa sunna dañuy saxalal Yàlla li mu saxalal boppam ci ay tur ak i melo ci lu dul soppi du caagine neenal, ci lu dul melale du caagine it niróole, ñuy dàq ci Yàlla li mu dàqal boppam, di noppi ci loo xam ne dàq gi ak saxal gi dara rotu ci, Yàlla mu kawe mi nee na: (dara melul ni moom te mooy Aji-Dégg ji di Aji-Gis ji).</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/6331</t>
   </si>
   <si>
     <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
     <t>ku noonook sama péete yégal naako ab  xare, sama jaam bi du ma jegeñ-jegeñlu ci dara lu ma gënal li ma farataal ci moom</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm-mu wax ne: Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «Yàlla nee na: ku noonook sama péete yégal naako ab  xare, sama jaam bi du ma jegeñ-jegeñlu ci dara lu ma gënal li ma farataal ci moom, sama jaam bi du deñ dima  jéema jege ci ay naafila ba ma bëgg ko, te bu ma ko bëggee, maay nekk déggam gi muy dégge, ak gisam gi muy gise, ak loxoom bi muy jàppe, ak tànkam bi muy doxe, bu ma ñaanee ma may ko,bu ma musloo ma musal ko, du ma dengi-dengi ci dara lu may def, samag dengi-dengi mi ngi ci bu may jël bakkanu aji-gëm ji, ndax day bañ a dee,te man dama koy bañ a def lu mu bëggul».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
 مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
 وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
 فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
 ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
@@ -12502,50 +15458,88 @@
 Yonnente bi yal na ko Yàlla dolli xéewal ak mucc xibaare ne ku wax àndandoom ne ko: kaay ñu fo ci kaart, -te mooy ñaar walla lu ko ëpp rawante teg alal ci seen diggante ku not jël ko, te manul ñàkk kenn ci ñoom ñaar gañe walla mu ñàkk-, kon sopp nañu mu saraxe dara ngir kaffaara loolu mu woote.</t>
   </si>
   <si>
     <t>الحلف لا يكون إلا بالله وأسمائه وصفاته.
 الحلف بغير الله تعالى محرَّم، سواء الحلف بالأصنام كاللات والعزى، أو الحلف بالأمانة، أو الحلف بالنبي أو غير ذلك.
 قال الخطابي: اليمين إنما تكون بالمعبود المعظّم، فإذا حلف باللات ونحوها فقد ضاهى الكفار، فأمر أن يتدارك بكلمة التوحيد.
 ليس على من حلف بغير الله كفارة يمين، وإنما يلزمه الإنابة والاستغفار؛ لأنه أعظم من أن تكفِّرَه غير التوبة.
 تحريم القمار بكل صوره وأشكاله، وهو الميسِر الذي حرَّمه الله تعالى وقرَنه بالخمر والأصنام.
 وجوب الرجوع عن المعصية في حال اقترافها.
 من وقع في سيئة عليه أن يتبعها حسنة؛ لأن الحسنات يذهبن السيئات.</t>
   </si>
   <si>
     <t>Giñ ci Yàlla rekk lañu koy def walla ci ay turam ak i meloom.
 Giñ ci ku dul Yàlla mu kawe mi dafa araam, moo xam dafa giñ ci xërëm yi niki Laata ak Hussaa, walla mu giñ ci kóolute, walla ci Yonnente bi mbaa leneen.
 Al-Xattaabii nee na: giñ ci ki ñuy jaamu di ko màggal lañu koy def, kon bu giñee ci Laata ak lu ko niru moo ngay roy yéefar ya, mu digle mu dabaatal ko ci baatub Tawhiid.
 Ki giñ ci ku dul Yàlla kaffaarag giñ waru ko, waaye li ko war mooy mu dellu ci Yàlla jéggalu ko; ndaxte loolu tuub rekk mookoy far.
 Kart dafa araam ci gépp anam, te mooy kart gi Yàlla araamal lënkale ko ak sàngara ak xërëm yi.
 War nañoo dellu bàyyi ag moy Yàlla ca jamano ya ñu ko defee.
 Ku tàbbi ci ñaawteef war na caa teg lu rafet; ndaxte yu rafet yi dañuy far 
 ñaawteef yi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/6379</t>
   </si>
   <si>
+    <t>ما خير رسول الله صلى الله عليه وسلم بين أمرين إلا أخذ أيسرهما، ما لم يكن إثما، فإن كان إثما كان أبعد الناس منه</t>
+  </si>
+  <si>
+    <t>Tànnloo wu ñu Yonnente bi ci diggante ñaari mbir lu dul ne jël na ba ca gën a yomb, fii ak nekkul bàkkaar, bu nekkee bàkkaar la moo koy gën a sori ci nit ñi</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: مَا خُيِّرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بَيْنَ أَمْرَيْنِ إِلَّا أَخَذَ أَيْسَرَهُمَا، مَا لَمْ يَكُنْ إِثْمًا، فَإِنْ كَانَ إِثْمًا كَانَ أَبْعَدَ النَّاسِ مِنْهُ، وَمَا انْتَقَمَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِنَفْسِهِ إِلَّا أَنْ تُنْتَهَكَ حُرْمَةُ اللَّهِ، فَيَنْتَقِمَ لِلَّهِ بِهَا.</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Aysatu yaayu jullit ñi -yal na ko Yàlla dollee gërëm- mu wax ne: Tànnloo wu ñu Yonnente bi ci diggante ñaari mbir lu dul ne jël na ba ca gën a yomb, fii ak nekkul bàkkaar, bu nekkee bàkkaar la moo koy gën a sori ci nit ñi, te Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc musul a fayyu ngir boppam lu dul ñu xotti wormay Yàlla, mu fayyu ko ngir Yàlla".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَتْ أمُّ المؤمنين عائشةُ رضي الله عنها عن بعض أخلاق النبي صلى الله عليه وسلم، ومما ذَكَرَتْ: أنه صلى الله عليه وسلم ما خُيّر بين أمرين إلا أَخَذَ أَسْهَلْهُما ما لم يكن الأسهل مُقتضيًا للإثم، فإنه يكون أبعد الناس عنه ويختار حينئذ الأشدّ.
+وما انتقم صلى الله عليه وسلم لنفسه خاصة بل كان يَسْمَحُ ويَعفو عن حقِّه إلا أنْ تُنْتَهَك حُرُمات الله فيكون لله ينتقم، وكان أشد الناس غضبًا لله.</t>
+  </si>
+  <si>
+    <t>Ndayu jullit ñi Aysatu yal na ko Yàlla dolli xéewal ak mucc day xibaare yenn jikkóy Yonente bi yal na ko Yàlla dolli xéewal ak mucc, bokk na ci yi mu tudd: mooy ne moom Yonente bi tànnloo wu ñu ko ci diggante ñaari mbir lu dul ne jël na ba ca gën a yomb fii ak ba gën a yomb nekkul di waral bàkkaar, lu ko moy jamono jooju moo koy gën a sori nit ñi daal di tànn ba gën a jafe. Ak Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu masula fayyu ngir boppam waaye da daan baale aka jéggale ci àqam lu dul ñu xotti wormay Yàlla yi bu ko defee mu fayu ngir Yàlla, te moo doon ki gën a tar ci nit ñi ag mer ñeel Yàlla.</t>
+  </si>
+  <si>
+    <t>استحباب الأخذ بالأَيْسر في الأمور ما لم يكن فيه معصية.
+يُسْر الإسلام.
+مشروعية الغضب لله تعالى.
+ما كان عليه صلى الله عليه وسلم من الحِلْم والصبر والقيام بالحق في إقامة حدود الله تعالى.
+قال ابن حجر: وفيه ترك الأخذ بالشيء العَسِر، والاقتناع باليُسْر، وترك الإلحاح فيما لا يضطر إليه.
+الحث على العفو إلا في حقوق الله تعالى.</t>
+  </si>
+  <si>
+    <t>Sopp nañu jël la gën a yomb ca mbir ya bu ci bàkkaar nekkul.
+Yombug lislaam.
+Yoonalees na mer ngir Yàlla mu kawe mi.
+Li Yonente bi meloon ci lewet ak muñ ak taxaw ci dëgg ci taxawal daani Yàlla yi.
+Ibn Hajar nee na: nekk na ci loo lu di bàyyi a jël mbir mu jafe, ak doyloo la yomb, ak bàyyi di nuur ci lu amul jafe-jafe.
+Ñaaxe ci baale lu dul àqi Yàlla mu kawe mi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/6389</t>
+  </si>
+  <si>
     <t>أتدرون ما المفلس؟</t>
   </si>
   <si>
     <t>ndax xam ngeen kan mooy ki ñàkk?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَتَدْرُونَ مَا الْمُفْلِسُ؟» قَالُوا: الْمُفْلِسُ فِينَا مَنْ لَا دِرْهَمَ لَهُ وَلَا مَتَاعَ، فَقَالَ: «إِنَّ الْمُفْلِسَ مِنْ أُمَّتِي يَأْتِي يَوْمَ الْقِيَامَةِ بِصَلَاةٍ وَصِيَامٍ وَزَكَاةٍ، وَيَأْتِي قَدْ شَتَمَ هَذَا، وَقَذَفَ هَذَا، وَأَكَلَ مَالَ هَذَا، وَسَفَكَ دَمَ هَذَا، وَضَرَبَ هَذَا، فَيُعْطَى هَذَا مِنْ حَسَنَاتِهِ، وَهَذَا مِنْ حَسَنَاتِهِ، فَإِنْ فَنِيَتْ حَسَنَاتُهُ قَبْلَ أَنْ يُقْضَى مَا عَلَيْهِ أُخِذَ مِنْ خَطَايَاهُمْ فَطُرِحَتْ عَلَيْهِ، ثُمَّ طُرِحَ فِي النَّارِ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu jële ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: «ndax xam ngeen kan mooy ki ñàkk?" Ñu ne ko: ki ñàkk fi nun mooy ki amul dërëm te amul ay jumtukaay, mu ne: "ki ñàkk ci samaw xeet mooy ki ñëw bis-pénc indi ay julli ak woor ak asaka, mu ñëw fekk saaga na kii, tuumaal kee, tuur dereetu kii, dóor kee, ñu jox kii ci ay yiwam, jox kee ci ay yiwam, bu ay yiwam jeexee njëkk muy fay li ko war, ñu jël seen i ñaawteef sànni ko ko, topp ñu daaldi kay sànni ca sawara».</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابه: أتدرون من المفلس؟ قالوا: المفلس فينا من لا مال له ولا متاع، فقال: إن المفلس من أمتي يوم القيامة من يأتي بأعمال صالحة من صلاة وصيام وزكاة، ويأتي وقد شتم هذا وسبَّه، وقَذَفَ هذا في عرضه، وأكل مال هذا وجحده، وسَفَكَ دمَ هذا وظلمه، وضرب هذا وأهانه، فيعطى المظلوم من حسناته، فإن فنيت حسناته قبل أن يَقضيَ ما عليه من الحقوق والمظالم، أُخذ من ذنوب المظلوم فجُعلت في صحائف الظالم، ثم طُرح ورُمي في النار حيث لم يبقَ له حسنات.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dafa laaj Sahaaba yi: ndax xam ngeen kan mooy ki ñàkk? Ñu ne ko: ku ñàkk fu nun mooy ki amul alal du caagine ay jumtukaay, mu ne leen: ki ñàkk ci samaw xeet ëllëg bis-pénc mooy ki ñëw ak ay jëfam yu baax julli ak woor ak asaka, mu ñëw fekk saaga na kii ŋàññ kee, tuumaal kii ci deram, lekk alalu kii ba noppi weddi ko, tuur dereeti kii tooñ ko, dóor kii doyadal ko, ñu jox ñi mu tooñ ci ay jëfam yu rafet, bu yu baaxam yi jeexee laat a muy fay àq yi tege ci kawam ak tooñaange yi, ñu jël bàkkaari ña mu tooñoon def ko ci téerey tooñkat bi, topp ñu jël ko sànni ca sawara ndax desewul dara lu baax.</t>
   </si>
   <si>
     <t>التحذير من الوقوع في المُحرمات، وخاصة ما يتعلق بحقوق العباد المادية والمعنوية.
 حقوق الخَلْق فيما بينهم مَبنية على المُشَاحّة، وحقوق الخالق سوى الشرك مبنية على المُسامحة.
 استعمال طريقة المحاورة التي تُشوِّق السامع وتُلفتْ نظرَه وتثير اهتمامه، وخاصة في التربية والتوجيه.
 بيان معنى المفلس الحقيقي، وهو من أخذ غرماؤه أعمالَه الصالحةَ يوم القيامة.
 القصاص في الآخرة قد يأتي على جميع الحسنات، حتى لا يبقي منها شيئًا.
 معاملة الله للخلق قائمة على العدل والحق.</t>
   </si>
@@ -12814,80 +15808,124 @@
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day xibaare ne ku wax te seede ci làmmiñam ne «laa ilaaha illal laahu», maanaam amul kenn ku ñu war a jaamu ci dëgg ku dul Yàlla, daal di weddi lépp lu ñuy jaamu te du Yàlla, set wicc ci jépp diine ju dul Lislaam, kon alalam ak dereetam araam na ci jullit te duñu ko àtte lu dul li feeñ ci jëfam, kon deesul jël alalam deesul tuur it dereetam, lu dul bu defee ñaawtéef, walla tooñànge gu koy waral ci àtteb Lislaam.
 Yàlla mooy méngoo càmbarug jëfam ëllëg bis-pénc, bu dee ku dëggal la mu fay ko aw yiw, bu dee naaféq la mu mbugal ko.</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
     <t>Wax ne amul kenn ku ñu war a jaamu ku dul Yàlla, weddi lépp lu ñuy jaamu te du Yàlla, sàrt la ci dugg ci Lislaam.
 Maanaam (laa ilaaha illal Laahu) mooy weddi lépp lu ñuy jaamu te du Yàlla ci ay xërëm ak i bàmmeel ak yeneen, te wéetal Yàlla mu sell mi cig jaamu.
 Ku wéetal Yàlla te taqoo ak Sariiha ci li feeñ, dañu koo war a bàyyi ba mu fésal lu wuute ak loola.
 Alali jullit bi ak deretam ak ub deram dafa araam ci lu dul àqi Lislaam.
 Àtteb àdduna ci li feeñ la, bu dee allaaxira nag ci yéene yi ak jubluwaay yi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/6765</t>
   </si>
   <si>
+    <t>نضر الله امرأ سمع منا شيئا فبلغه كما سمع، فرب مبلغ أوعى من سامع</t>
+  </si>
+  <si>
+    <t>yal na Yàlla leeralal waaju dégg ci man dara mu jottali ko kem na mu ko dégge woon, bariwaana ku ñu jottali mu gën a xam aji-dégg ji</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «نَضَّرَ اللَّهُ امْرَأً سَمِعَ مِنَّا شَيْئًا فَبَلَّغَهُ كَمَا سَمِعَ، فَرُبَّ مُبَلِّغٍ أَوْعَى مِنْ سَامِعٍ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abdullah Ibn Mashuud -yal na ko Yàlla dollee gërëm- mu wax ne: dégg naa Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- muy wax ne: "yal na Yàlla leeralal waaju dégg ci man dara mu jottali ko kem na mu ko dégge woon, bariwaana ku ñu jottali mu gën a xam aji-dégg ji".</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم بالنَّضَارة والبَهْجَة والحُسْن في الدنيا، وأنْ يُوصله الله إلى نَضْرَة الجنة ونعيمها ونَضَارتها في الآخرة؛ لمن سمع حديثه فحَفِظَه حتى يُبلِّغَه لغيره، فربما يكون المنقول له الحديث أَوعى وأفقه وأقدر على الاستنباط من ناقِل الحديث، فيكون الأول يُتْقِنُ الحفظ والنقل، ويكون الثاني يتقن الفهم والاستنباط.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc ñaanal ag leeraange ak ug nëtëx ak ug rafet ci àdduna, ak Yàlla eggale ko ci leeru àjjana ja ak i xéewalam ak ug leeram ca allaaxira; ñeel ki dégg hadiisam mokkal ko ba jottali ko keneen, ndax amaana ki ñu jottali hadiis bi gën a xam gën a dégg gën a man a jàngat ci ki tuxal hadiis bi, bu ko defee ku njëkk ki dàqa mokkal dàqa toxal , ku ñaareel ki dàqa dégg dàqa jàngat.</t>
+  </si>
+  <si>
+    <t>الحث على حفظ السنة النبوية، وتبليغها للناس.
+بيان فضل أهل الحديث، وشَرَف طلبه.
+فضل العلماء، الذين هم أهل الاستنباط والفهم.
+فضل الصحابة رضوان الله عليهم، فهم من سمعوا حديث رسول الله صلى الله عليه وسلم وبَلَّغوه لنا.
+قال المناوي: بَيَّنَ به أنَّ راوي الحديث ليس الفقه مِن شَرْطِه، إنما شَرْطُه الحفظ، وعلى الفقيه التَّفَهُّم والتدبُّر.
+قال ابن عيينة: ما من أحد يطلب الحديث إلا وفي وجهه نَضْرة لهذا الحديث.
+الحِفْظ عند المُحدِّثين على نوعين: حِفْظ قَلْب وصَدْر، وحِفظ كتاب وسَطْر، وكلاهما يشمله الدعاء في الحديث.
+فهوم الناس مُتَفَاوِتَة، فرُبّ مبلغ أوعى من سامع، ورب حامل فقه ليس بفقيه.</t>
+  </si>
+  <si>
+    <t>Ñaaxe ci mokkal Sunnas Yonente bi, ak jottali ko nit ñi.
+Leeral ngëneelu waa hadiis, ak teddngay sàkku ko.
+Ngënneelu woroom xam-xam yi nga xam ne ñooy ñi am ag dégg ak jàngat.
+Ngënneelu Sahaaba yi yal na leen Yàlla dollee gërëm, ñoom ñooy ñi dégg hadiisi Yonente bi ba noppi jottali nu ko.
+Al-Manaawii nee na: leeral na ci ne nekkul sàrt ci kiy nettali hadiis bi mu xam li hadiis bi di wax, waaye sàrtam mooy mu mokkal ko, war na ci boroom xam-xamu fiq bi mu xam lu ko ta settantal ko.
+Ibn Uyayna nee na: amul kenn kuy sàkku hadiis lu dul ne kanamam dana amug leer ndax hadiis bii.
+Mokkal ñaari xeet la ci boroom xam-xami hadiis yi: mokkal ci xol ak dënn, ak wattu ci téere ak bind, ñaar yépp nag hadiis bi da koy làmboo.
+Dégg-déggi nit ñi dafa rawante, bariwaa na ku ñu jottali mu gën a xam aji-dégg ji, bariwaa na ku gàddu xam-xam te du boroom xam-xam.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/6820</t>
+  </si>
+  <si>
     <t>من حدث عني بحديث يرى أنه كذب، فهو أحد الكاذبين</t>
   </si>
   <si>
     <t>ku ma waxal jenn wax te xam ne ay fen la, moom kenn la ci fenkat yi</t>
   </si>
   <si>
     <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
   </si>
   <si>
     <t>Jële nañu ci Samurata Ibn Jundub ak Muxiirata Ibn Suhbata yal na leen Yàlla dollee gërëm ñu wax ne, Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: "ku ma waxal jenn wax te xam ne ay fen la, moom kenn la ci fenkat yi".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne ku toxal ab hadiis askanale ka ko fekk xam na walla 
 mu not ci njortam ne dañu ko a fenal Yonnente bi kon aji-nettali ji day bokk ak ki sos fen wi.</t>
   </si>
   <si>
     <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
 صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
 يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
   </si>
   <si>
     <t>Wóorlu ci hadiis yi ñuy nettalil Yonnente bi yal na ko Yàlla dolli xéewal ak mucc, ak wóorlu ag wéram laata ñu koy nettali.
 Melow fen dees na ko boyal ci képp ku sos aw fen ak ku ko toxal tasaare ko ci nit ñi.
 Araamalees na nettali hadiis bu ñu sos ci képp ku xam ne danu koo sos, walla ag sosam not ci njortam lu dul mu koy moytandikuloo.</t>
   </si>
   <si>
     <t>رواه مسلم في مقدمته</t>
+  </si>
+  <si>
+    <t>[رواه مسلم في مقدمته]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/6982</t>
   </si>
   <si>
     <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>jikkóom moo doon</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>Sahd Ibn Hisaam Ibn Aamir ba mu duggee ca néeg Aysatu -yal na ko Yàlla dolli xéewal ak mucc- dafa wax ne: Yaw yaayu jullit ñi, wax ma jikkóy Yónente bi -yal na ko Yàlla dolli xéewal ak mucc-, mu ne ma: xanaa doo jàng Alxuraan? Ma ne ko: ahakay, mu ne ma: jikkóom moo doon.</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>Laaj nañu yaayu jullit ñi Aysatu -yal na ko Yàlla dollee gërëm- jikkóy Yónente bi -yal na ko Yàlla dolli xéewal ak mucc-, mu tontu ci baat bu matale, daal di delloo laajkat bi ci Alxuraan ji boole mbooleem jikkó yu mat yi, daa di ne ko yónente bi -yal na ko Yàlla dolli xéewal ak mucc- jikkóy Alxuraan lajikkówoo woon, lu Alxuraan digle mu def ko, lu Alxuraan tere mu moytu ko, jikkóom doon jëfe Alxuraan, ak taxaw ci ay digam, tegginoo ay tegginam, waaru ci ay niralam ak i nettaleem.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
@@ -12965,50 +16003,105 @@
 فقيل لعبد الله بن عمرو "أقط؟" أي: هل قال النبي صلى الله عليه وسلم هذا فقط؟ 
 قال: نعم.
 فإذا قال الداخل للمسجد هذا الدعاء؛ قال الشيطان: لقد حَفِظ هذا الداخل نفسَه مني جميع الوقت، يومه وليلته.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc bu daan dugg ci jàkka day wax: (ahuusu bil Laahi Alhasiimi) maa ngi aaru di làqatu ci Yàlla ak i meloom. (wa bi wajhihi Alkariimi) Aji-Tabe ji Aji-Joxe ji, (wa sultaanihii) ag notam ak kàttanam ak notam ñeel ku ko soob ci mbindeefam yi (alxadiimi) ki 
 Amu tàmbalikaay 
 Te amul it yamukaay (minas Saytaani Arrajiimi) ki ñu soreele dàq ko ci yërmàndey Yàlla, Maanaam: Yàlla sàmm ma ci ay 
 jax-jaxam ak ug beewalam, ak ay jéegoom, ak i xalaatam, ak i jaxaseem, ak réeralaateem, ndaxte moom sabab la ci cànkute ak jëme ci mbewte ak réer. Ñu wax Abdullah ibn Amr "ndax loolu dong" maanaam: ndax lii rekk la Yonnente bi wax? Mu ne: waaw.
 Bu kiy dugg ci jàkka waxee ñaan gii; Saytaane day wax: kii di dugg aar na boppam ci man ci waxtu yépp bëccëg gi ak guddi gi.</t>
   </si>
   <si>
     <t>فضل الدعاء بهذا الذكر عند دخول المسجد، وأنه يحفظ قائلَه من الشيطان بقية يومه.
 التحذير من الشيطان، وأنه يتربَّصُ للمسلم؛ لإضلاله وإغوائه.
 يحصل للإنسان من الحفظ من إضلال الشيطان وإزاغته على قدر ما يقوم بقلبه من الإيمان بالله والاستحضار لهذا الدعاء وتصديقه بموعد الله المترتب عليه.</t>
   </si>
   <si>
     <t>Ngëneelu ñaan ci sikar gii bu ñuy dugg ci jàkka, ak ne moom day sàmm ki ko wax ci Saytaane li des ci bis bi.
 Moytandikuloo ci Saytaane, ak ne moom day xaar jullit bi; ngir sànk ko ak bewloo ko.
 Nit ki day am kaaraange ci Saytaane ak ug réeralaateem ak sànkaateem ci kem ni xolam taxawe ci gëm Yàlla ak teewlu ñaan gii ak dëggal digu Yàlla ba cay topp.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/8294</t>
   </si>
   <si>
+    <t>ألا تأمنوني وأنا أمين من في السماء، يأتيني خبر السماء صباحا ومساء</t>
+  </si>
+  <si>
+    <t>mo ndax wóoluwuleen ma te man maay kóoluteg ki ci asamaan xibaaru asamaan dima dikkal suba ak ngoon</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيَّ رَضيَ اللهُ عنهُ قَالَ: بَعَثَ عَلِيُّ بْنُ أَبِي طَالِبٍ رَضِيَ اللَّهُ عَنْهُ إِلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنَ اليَمَنِ بِذُهَيْبَةٍ فِي أَدِيمٍ مَقْرُوظٍ، لَمْ تُحَصَّلْ مِنْ تُرَابِهَا، قَالَ: فَقَسَمَهَا بَيْنَ أَرْبَعَةِ نَفَرٍ، بَيْنَ عُيَيْنَةَ بْنِ بَدْرٍ وَأَقْرَعَ بْنِ حابِسٍ وَزَيْدِ الخَيْلِ، وَالرَّابِعُ: إِمَّا عَلْقَمَةُ وَإِمَّا عَامِرُ بْنُ الطُّفَيْلِ، فَقَالَ رَجُلٌ مِنْ أَصْحَابِهِ: كُنَّا نَحْنُ أَحَقَّ بِهَذَا مِنْ هَؤُلاَءِ، قَالَ: فَبَلَغَ ذَلِكَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «أَلاَ تَأْمَنُونِي وَأَنَا أَمِينُ مَنْ فِي السَّمَاءِ، يَأْتِينِي خَبَرُ السَّمَاءِ صَبَاحًا وَمَسَاءً»، قَالَ: فَقَامَ رَجُلٌ غَائِرُ العَيْنَيْنِ، مُشْرِفُ الوَجْنَتَيْنِ، نَاشِزُ الجَبْهَةِ، كَثُّ اللِّحْيَةِ، مَحْلُوقُ الرَّأْسِ، مُشَمَّرُ الإِزَارِ، فَقَالَ يَا رَسُولَ اللَّهِ اتَّقِ اللَّهَ، قَالَ: «وَيْلَكَ، أَوَلَسْتُ أَحَقَّ أَهْلِ الأَرْضِ أَنْ يَتَّقِيَ اللَّهَ» قَالَ: ثُمَّ وَلَّى الرَّجُلُ، قَالَ خَالِدُ بْنُ الوَلِيدِ: يَا رَسُولَ اللَّهِ، أَلاَ أَضْرِبُ عُنُقَهُ؟ قَالَ: «لاَ، لَعَلَّهُ أَنْ يَكُونَ يُصَلِّي» فَقَالَ خَالِدٌ: وَكَمْ مِنْ مُصَلٍّ يَقُولُ بِلِسَانِهِ مَا لَيْسَ فِي قَلْبِهِ، قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي لَمْ أُومَرْ أَنْ أَنْقُبَ عَنْ قُلُوبِ النَّاسِ وَلاَ أَشُقَّ بُطُونَهُمْ» قَالَ: ثُمَّ نَظَرَ إِلَيْهِ وَهُوَ مُقَفٍّ، فَقَالَ: «إِنَّهُ يَخْرُجُ مِنْ ضِئْضِئِ هَذَا قَوْمٌ يَتْلُونَ كِتَابَ اللَّهِ رَطْبًا، لاَ يُجَاوِزُ حَنَاجِرَهُمْ، يَمْرُقُونَ مِنَ الدِّينِ كَمَا يَمْرُقُ السَّهْمُ مِنَ الرَّمِيَّةِ»، وَأَظُنُّهُ قَالَ: «لَئِنْ أَدْرَكْتُهُمْ لَأَقْتُلَنَّهُمْ قَتْلَ ثَمُودَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Sahiid Al-Xudrii yal na ko Yàlla dollee gërëm mu wax ne: Aliyun Ibn Abii Taalib yal na ko Yàlla dollee gërëm dafa yónnee ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc mu bawoo Yaman as wurus mu nekk ci abder bu nu wulli, te setaluñu ko sax ca suuf sa, nee na: mu sédale ko ci diggante ñenti nit, diggante Uyaynata ibn Badrin, ak Aqrah ibn Haabis, ak Saydul Xayri, ñenteel bi benn muy Halqamata walla muy Aamir ibn Attufayl, jenn waay ci ay àndandoom ne: nun de noo gënoon a yayoo lii ci ñii, nee na loolu egg ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc, mu wax ne: "mo ndax wóoluwuleen ma te man maay kóoluteg ki ci asamaan xibaaru asamaan dima dikkal suba ak ngoon", nee na jenn waay jug bët yi dugg, jë bi génn, kawaru sikkim bi sëq, mu wat kawar gi, mu gàtt kodaay, daal di ne: yaw Yonnente Yàlla bi, ragalal Yàlla, mu ne ko: "toskare ñeel na la, ndax du maa gën a yay ci waa suuf ci ragal Yàlla" nee na: waa ji dummooyu dem, Xaalid ibnul Waliid ne : yaw Yonnente Yàlla bi, ndax duma dagg baat bi? Mu ne ko: "déedéet, amaana moo ngi julli" Xaalid ne ko: bariwaa na kuy julli, di wax ci làmmiñam lu nekkul ci xolam, Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc ne ko: "man digaluñu ma ma wëlbati xoli nit ñi, du caagine ma xotti seen biir yi" nee na: topp mu xool ko muy dem, mu wax ne: "dana génn ci ndiggul waa jii ay nit wow dañuy jàng téereb Yàlla bi mu tooy xepp, te du weesu seen put yi, dañuy génn ci diine kem ni fett gi di génne ci sànnikaay bi", te njort naa ne dafa wax ne: "bu ma leen fekke woon kon dinaa leen ray rayug Samuud".</t>
+  </si>
+  <si>
+    <t>بعث عليّ بن أبي طالب رضي الله عنه إلى رسول الله صلى الله عليه وسلم من اليمن بقطعة من الذهب في جلد مدبوغ بالقَرَض، لم تخلص قطعة الذهب من ترابها، قال: 
+فقسمها صلى الله عليه وسلم بين أربعة نفر: 
+عيينة بن بدر الفزاري، وأقرع بن حابس الحنظلي، وزيد الخيل النبهاني، وعلقمة بن علاثة العامري، فقال رجل من أصحابه: 
+كنا نحن أحق بهذا من هؤلاء، قال: 
+فبلغ ذلك النبيَّ صلى الله عليه وسلم فقال: 
+«ألا تأمنوني وأنا أمين من في السماء، يأتيني خبر السماء صباحًا ومساءً.»
+قال: فقام رجل عيناه داخلتان في محاجرهما، بارز ومرتفع أعلى الخَدّ، مرتفع الجبهة، ولحيته كثيفة غير طويلة، محلوق الرأس، رافع إزاره الذي يغطي أسفل جسده، فقال: 
+يا رسول الله اتق الله، فقال صلى الله عليه وسلم: 
+«ويلك، أولست أحق أهل الأرض أن يتقي الله؟!»
+قال: ثم ولّى الرجل، قال خالد بن الوليد: 
+يا رسول الله، ألا أضرب عنقه؟ 
+قال: لا، عسى أن يكون يصلي، فقال خالد: 
+وكم من مصل يقول بلسانه ما ليس في قلبه، قال صلى الله عليه وسلم: 
+إني لم أومر أن أنقب عن قلوب الناس ولا أشق بطونهم؛ إنما أمرت أن آخذ بظواهر أمورهم، قال:
+ثم نظر إليه وهو مقف، فقال: 
+إنه يخرج من نَسل هذا وأصحابه أو قبيلته قوم حذاق في قراءة كتاب الله بصوت حسن، ألسنتهم رطبة من كثرة تلاوته، لا يجاوز القرآن حلوقهم فتعيه قلوبهم فيصلحها، ولا يرفعها الله ولا يقبلها، يخرجون من الإسلام كما يخرج السهم من الرمية سرعةً وخفةً. 
+وأظنه قال: لئن أدركت خروجهم على المسلمين بالسيف لأقتلنهم قتلًا شديدًا كقوم ثمود.</t>
+  </si>
+  <si>
+    <t>Aliyun Ibn Abii Taalib dafa yónnee ci Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu bawoo fa Yaman ab dogu wurus mu nekk ci ab der bu ñu wullee garabu Xarad, te dogu wurus bi setul ca suuf sa, mu ne ko: Yonnente bi yal na ko Yàlla dolli xéewal ak mucc séddale ko ci diggante ñenti nit: Uyaynata ibn Badrin Al-Fisaari, ak Aqrah ibn Haabis Al-Habsalii, ak Sayd  Al-Xalyl An-Nabahaanii, ak Halqamata ibn Hulaasata Al-Aamirii, benn waay ci Sahaabaam yi ne ko: Nun de noo ko gënoon a yayoo ci ñii, nee na: Yonnente bi yal na ko Yàlla dolli xéewal ak mucc yëg loo lu, mu wax ne: "ndax wóoluwuleen ma te man maay kóoluteg ki ci asamaan, xibaaru asamaan dima dikkal suba ak ngoon". Nee na: benn waay jug ñaari bët yaa nga dugg, kaw lex yi fés daal di yëkkëtiku, jë bi yëkkëtiku, sikkim bi sëq te guddul, mu watu, mu yëkkëti yéreem yi féete suuf daal di ne ko: Yaw Yonnente Yàlla bi ragalal Yàlla, Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ne ko: "toskare ñeel na la xanaa du maa gën a yay ci waa suuf ci ragal Yàlla?!" Nee na: waabji dummóoyu, Xaalid ibnul waliid ne: Yaw Yonnente Yàlla bi, ndax duma dóor doqam gi. Mu ne ko: déedéet, amaana muy julli, Xaalid ne: Bariwaana kuy julli di wax ci làmmiñam lu nekkul ci xolam, Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ne ko: Man digaluñu ma ma jeqi xoli nit ñi du caagine ma xotti seen i biir; waaye dañu ma a digal ma jël ci li feeñ ci seen i mbir, nee na: Topp mu xool ko fekk moo ngi dem, mu wax ne: Dina génn ci ndiggul waa jii ak i àndandoom walla giiram ay nit yu muus ci jàng téereb Yàlla bi ci kàddu gu neex, seen làmmiñ day tooy ci baril di ko jàng, te Alxuraan ji du jéggi seen i put ba seen i xol di ko xam mu man ko a yéwénal, te Yàlla du ko yëkkëti du ko nangu, dañuy génn ci lislaam kem ni ab xeej di génne ci fett gi ci gaawaay ak woyof. Ma njort ne dafa wax: bu ma fekke woon seen ug génn ak jaasi ci kaw jullit ñi kon dinaa leen ray ray gu tar gu mel ni rayug Samuud.</t>
+  </si>
+  <si>
+    <t>حلم النبي صلى الله عليه وسلم وصبره على الأذى.
+إثبات نبوة النبي صلى الله عليه وسلم وأن الذي أوتيه وحي من الله.
+معاملة الناس بما ظهر منهم، والله يتولى سرائرهم.
+تعظيم قدر الصلاة، وأن أهل الصلاة لا يُقتلون إلا بحق الإسلام.
+خطر الخوارج، وأنهم إذا قاتلوا يشرع قتالهم لدفع أذاهم.
+قال النووي: الحث على قتالهم وفضيلة لعلي رضي الله عنه في قتالهم.
+أهمية تدبر القرآن وفهمه والعمل به والاستمساك به.</t>
+  </si>
+  <si>
+    <t>Lewetug Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ak ug muñam ci lor yi.
+Saxal yónnteg Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ak ne li koy dikkal ci Yàlla la bawoo.
+Jëflante ak nit ñi ci liy feeñ, Yàlla nag moo méngoo seen i boooo.
+Màggal dayog julli, ak ne jullikat yi deesu leen ray lu dul ci àqi lislaam.
+Giraawaaleg Xawaariñ yi, ak ne ñoom bu ñu dee rayante yoonalees na ray leen ngir jeñ seen lor.
+An-Nawawii nee na: ñaaxe ci xeex ak ñoom ak ngëneelu Aliyun yal na ko Yàlla dollee gërëm ci li mu xeex ak ñoom.
+Solos settantal Alxuraan ak dégg ko ak jëfe ko ak ŋoy ci.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/8307</t>
+  </si>
+  <si>
     <t>يقول الله تعالى لأهون أهل النار عذابا يوم القيامة: لو أن لك ما في الأرض من شيء أكنت تفتدي به؟ فيقول: نعم</t>
   </si>
   <si>
     <t>Yàlla mu kawe mi day wax ki gën a woyof mbugal ci waa sawara ëllëg bis-pénc: boo moomoon li ci suuf lépp ndax danga ko jote sa  bopp? Mu ne: waaw</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ، فَيَقُولُ: أَرَدْتُ مِنْكَ أَهْوَنَ مِنْ هَذَا، وَأَنْتَ فِي صُلْبِ آدَمَ: أَلّاَ تُشْرِكَ بِي شَيْئًا، فَأَبَيْتَ إِلَّا أَنْ تُشْرِكَ بِي».</t>
   </si>
   <si>
     <t>Jële nañu ci Anas ibn Maalik yal na ko Yàlla dollee gërëm mu jële ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: «Yàlla mu kawe mi day wax ki gën a woyof mbugal ci waa sawara ëllëg bis-pénc: boo moomoon li ci suuf lépp ndax danga ko jote sa  bopp? Mu ne: waaw, mu ne ko: bëggoon naa ci yaw lu gën a néew loolu, fekk yaa ngi ca ndiggal Aadama, mooy nga bañ maa bokkaale ak dara nga lànk ne danga ma bokkaale ».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ الله تعالى يقول لأهون أهل النار عذابًا بعد دخولها: لو كانت لك الدنيا وما فيها أكنت مُفتديًا بها من هذا العذاب؟ 
 فيقول: نعم، 
 فيقول الله: قد طَلبتُ منك وأمرتُك بأيسر من ذلك حين أُخذ الميثاق عليك وأنت في صُلْبِ آدم ألّا تشرك بي شيئًا؛ فأبيتَ إذْ أخرجتُك إلى الدنيا إلا الشرك.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xibaare ne Yàlla mu kawe mi dana wax ki gën a néewle mbugal ci waa sawara ginnaaw ba ñu ca duggee: boo moomoon àdduna ak li ci biiram ndax danga ko jote sa bopp ci mbugal mii? Mu ne ko: waaw, Yàlla ne ko: sàkku woon naa ci yaw digal la lu gën a yomb jamono ya nga nekkee ca ndigal Aadama te mooy nga bañ maa bokkaale ak dara; ba ma la génnee yóbb la àdduna nga lànk di ma bokkaale.</t>
   </si>
   <si>
     <t>فضل التوحيد ويُسْر العمل به.
 خطر الشرك بالله تعالى وعاقبته.
 أخذ الله الميثاق على بني آدم وهم في ظَهْر أبيهم آدم بعدم الشرك.
 التحذير من الشرك وأنّ الدنيا كلَّها لا تغني عن الكافر يوم القيامة شيئًا.</t>
   </si>
@@ -13029,50 +16122,81 @@
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَأَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يُنَادِي مُنَادٍ: إِنَّ لَكُمْ أَنْ تَصِحُّوا فَلَا تَسْقَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَحْيَوْا فَلَا تَمُوتُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَشِبُّوا فَلَا تَهْرَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَنْعَمُوا فَلَا تَبْأَسُوا أَبَدًا» فَذَلِكَ قَوْلُهُ عَزَّ وَجَلَّ: {وَنُودُوا أَنْ تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنْتُمْ تَعْمَلُونَ} [الأعراف: 43].</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Sahiid Al-Xudriyu, ak Abuu Hurayrata yal na leen Yàlla dollee gërëm ñu jële ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: Aji-woote ji day woote ne: di ngeen wér te du ngeen tawatati ba fàww, di ngeen dund te du ngeen deeati ba fàww, di ngeen bijjaaw te du ngeen màggatati ba fàww, di ngeen xéewlu te du ngeen yoqatati ba fàww " loolu mooy li Yàlla di wax naan: {ñu woo leen ne leen loolu mooy àjjana ja dondloo nañu leen ko ci sababus li ngeen doon jëf} [Al-Ahraaf: 43].</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنه ينادي أهلَ الجنة مُنادٍ وهم فيها يتنعمون: إنّ لكم أنْ تَصحوا فلا تمرضوا في الجنة أبدًا مهما قَلَّ المرض، وإنَّ لكم أن تَحْيَوا فلا تموتوا فيها أبدًا ولو كان نومًا وهو موتة صغرى، وإن لكم أن تَشِبُّوا فلا تَشِيْخوا فيها أبدًا، وإن لكم أن تَنْعموا فلا تحزنوا أو تبْأسوا فيها أبدًا، فذلك قوله عز وجل: {ونُودُوا أنْ تلكم الجنة أورثتموها بما كنتم تعملون} [الأعراف: 43].</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc wax na ne dees na woo waa àjjana fekk ñoo nga fa di xéewalu: di ngeen wér te du ngeen feebar ci àjjana ba fàww, di ngeen dund te du ngeen fi dee ba fàww, donte nelaw la te mooy dee gu ndaw, di ngeen fi bijjaaw te du ngeen fi màggatati ba fàww, di ngeen xéewlu te du ngeen fi yoqat baa ngéen fiy jaaxlee ba fàww, loolu mooy waxi Yàlla mu màgg mi: {ñu woo leen ne leen loolu mooy àjjana ja dondloo nañu leen ko ci sababus li ngeen doon jëf} [Al-Ahraaf: 43].</t>
   </si>
   <si>
     <t>أعظم مُضَيِّقات نعيم الحياة الدنيا مهما بَلَغَ صاحبُه من التَّرَف أربعة أمور: المرض، والموت، والهرم، والبؤس والحزن بسبب الخوف من العدو والفقر والحرب وغير ذلك، وأهل الجنة سالمون منها، فحصل لأهل الجنة النعيم الأكمل.
 اختلاف نعيم الجنة عما في الدنيا من النعيم؛ لأن نعيم الجنة لا خوف فيه، وأما نعيم الدنيا لا يدوم ويعتريه آلام وأسقام.
 الترغيب في العمل الصالح الذي يُتَوَصَّل به إلى نعيم الجنة.</t>
   </si>
   <si>
     <t>Li gën a rëy ci yiy xatal xéewali dundug àdduna ji ak fu boroomam man a egg ci bànneexu, ñent bir la: tawat, ak dee, ak màggat, ak tiis ak njàqare ngir sababus ragal noon bi ak ñàkk ak geer yi ak yu dul yooyu, te waa àjjana dañoo mucc ci yooyu, tax waa àjjana am xéewal gu mat.
 Wuuteg xéewalu àjjana ak li nekk ci àdduna ci xéewal; ndaxte xéewalu àjjana amul ragal, te xéewalu àdduna du sax ay mettit da koy gaar ak ay tawat.
 Xemmemloo ci def lu baax yu ñuy jottalikoo jëm àjjana</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/8341</t>
+  </si>
+  <si>
+    <t>فإن لك ما تمنيت ومثله معه</t>
+  </si>
+  <si>
+    <t>am nga li nga mébét ak lu mel ni moom</t>
+  </si>
+  <si>
+    <t>عَن أَبِي هُرَيْرَةَ رَضيَ اللهُ عنهُ عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَدْنَى مَقْعَدِ أَحَدِكُمْ مِنَ الْجَنَّةِ أَنْ يَقُولَ لَهُ: تَمَنَّ فَيَتَمَنَّى، وَيَتَمَنَّى، فَيَقُولُ لَهُ: هَلْ تَمَنَّيْتَ؟ فَيَقُولُ: نَعَمْ، فَيَقُولُ لَهُ: فَإِنَّ لَكَ مَا تَمَنَّيْتَ وَمِثْلَهُ مَعَهُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "barab bu kenn ci yéen bi gën a suufe ca àjjana mooy ñu wax ko: mébétal muy mébét di mébét, mu ne ko: ndax mébét nga? Mu ne: waaw, mu ne ko: am nga li nga mébét ak lu mel ni moom".</t>
+  </si>
+  <si>
+    <t>أخبر النبيُّ صلى الله عليه وسلم أن أدنى وأقل منزلة ومرتبة لمن دخل الجنة أن يقول له: تمن، فيتمنى، ويتمنى، حتى لا يبقى له أمنية إلا وذكرها، فيقول له: هل تمنيت؟ فيقول: نعم، فيقول له: فإن لك ما تمنيت ومثله معه.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xibaare ne ki gën a suufe te gën a néew daraja ak martaba ci ñiy dugg àjjana mooy ñu wax ko: mébétal, muy mébét di mébét, ba deseetul genn mébét lu dul ne tudd na ko, mu ne ko: ndax mébét nga? Mu ne: waaw, mu ne ko: am nga li nga mébét ak lu mel ni moom.</t>
+  </si>
+  <si>
+    <t>تفاوت منازل أهل الجنة.
+بيان عظم كرم الله سبحانه وتعالى.
+لا ينحصر نعيم الجنة على شيء معين، بل يجد فيها المؤمن كل ما يتمناه وتشتهيه نفسه فضلًا وجودًا وكرمًا من عند الله تعالى.</t>
+  </si>
+  <si>
+    <t>Rawanteg këri waa àjjana ya.
+Leeral màggug teddngay Yàlla mu kawe mi tudd naa Sellam gi.
+Xéewali àjjana yi tënkuwul ci mbir mu ñu ràññee, wànte aji-gëm ji dana ca fekk lépp lu mu mébét te bakkanam bëgg ko muy ngëneel ak tabe ak teddnga bu bawoo ci Yàlla mu kawe mi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/8342</t>
   </si>
   <si>
     <t>إن الله تبارك وتعالى يقول لأهل الجنة: يا أهل الجنة؟ فيقولون: لبيك ربنا وسعديك، فيقول: هل رضيتم؟ فيقولون: وما لنا لا نرضى وقد أعطيتنا ما لم تعط أحدا من خلقك؟</t>
   </si>
   <si>
     <t>Yàlla mu baarkeel mi te kawe day wax waa àjjana: éey yéen waa àjjana? Ñu ne ko wuyusi nanu la topp nañu la ak mbegte, mu ne leen: ndax gërëm ngeen? Ñu ne ko: lu ñuy teree gërëm te nga jox nu loo joxul kenn ci sa mbindeef yi?</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟ فَيَقُولُ: أَنَا أُعْطِيكُمْ أَفْضَلَ مِنْ ذَلِكَ، قَالُوا: يَا رَبِّ، وَأَيُّ شَيْءٍ أَفْضَلُ مِنْ ذَلِكَ؟ فَيَقُولُ: أُحِلُّ عَلَيْكُمْ رِضْوَانِي، فَلاَ أَسْخَطُ عَلَيْكُمْ بَعْدَهُ أَبَدًا».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Sahiid Al-Xudriyu -yal na ko Yàlla dollee gërëm- mu wax ne: Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: "Yàlla mu baarkeel mi te kawe day wax waa àjjana: éey yéen waa àjjana? Ñu ne ko wuyusi nanu la topp nañu la ak mbegte, mu ne leen: ndax gërëm ngeen? Ñu ne ko: lu ñuy teree gërëm te nga jox nu loo joxul kenn ci sa mbindeef yi? Mu ne leen: dama leen di jox lu gën loolu, ñu ne ko: yaw sunu Boroom, ana lan moo gën loolu? Mu ne leen: wàcce naa sama ngërëm ci seen kaw, dootuma leen mere ba fàww".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول لأهل الجنة وهم فيها: يا أهلَ الجنة، فيردُّون عليه قائلين: لبيك ربَّنا وسعديك، 
 فيقول لهم: هل رضيتم؟ فيقولون: نعم رضينا؛ وما لنا لا نرضى وقد أعطيتنا ما لم تُعطِ أحدًا من خلقك! 
 فيقول سبحانه: ألا أعطيكم أفضل من ذلك؟ 
 قالوا: يا رب، وأي شيء أفضل من ذلك؟! 
 فيقول: أنزل عليكم دوام رضواني؛ ولا أغضب عليكم بعده أبدًا.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xibaare ne Yàlla day wax waa àjjana fekk ña nga ca biir: yéen waa àjjana, ñu wuyu ko ne ko: wuyusi nanu la ak mbegte yaw sunu Boroom, Mu ne leen: ndax gërëm ngeen? Ñu ne ko: waaw gërem nanu; ana lan moo nuy teree gërëm te nga jox nu loo joxul kenn ci sa mbindeef yi! Yàlla ne leen: ndax duma leen jox lu gën loolu? Ñu ne ko: yaw sunu Boroom, ana lan mooy li gën loolu?! Mu ne leen: damay wàcce ci yéen sama ngërëm luy sax; te dootuma leen mere baa fàww.</t>
   </si>
   <si>
     <t>كلام الله عز وجل مع أهل الجنة.
@@ -13107,83 +16231,175 @@
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xibaare ne bu waa àjjana duggee àjjana, Yàlla mu Baarkeel mi te kawe da leen di wax:
 Ndax bëgg ngeen ma dolli leen dara?
 Waa àjjana ñoom ñépp ne ko: ndax weexaloo sunu kanam yi? Ndax dugaloo nu àjjana musal nu ci sawara?
 Yàlla dindi kiiraay gi yëkkëti ko; te kiiraayam leer la, joxeesu leen dara lu ñu gën a bëgg ci xool seen jëmmi Boroom ju màgg ji.</t>
   </si>
   <si>
     <t>كَشْفُ الحِجاب عن أهلِ الجَنة فيَرَون ربَّهم، وأما الكفار؛ فمَحْرُومون منها.
 أعظمُ نعيم الجنة رؤيةُ المؤمنين لربهم.
 كلُّ أهل الجنة مهما اختلفت منازلُهم سيرون ربَّهم جل وعلا.
 فضل الله على المؤمنين بإدخالهم الجنة.
 أهمية المسارعة إلى الجنة بالأعمال الصالحة وطاعة الله تعالى ورسوله صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Wuññi kiiray gi ci waa àjjana ñu gis seen Boroom; bu dee yéefar yi nag; dees na leen ko xañ.
 Li gën a màgg ci xéewali àjjana mooy way-gëm ñi gis seen Boroom.
 Waa àjjana yépp ak lu seen wàccuwaay wuute danañu gis seen Boroom bu màgg bi.
 Ngëneelu Yàlla ci way-gëm ñi ci dugal leen àjjana.
 Solos njëkkante jëm àjjana ci ay jëf yu baax, ak topp Yàlla ak ub yonnenteem yal na ko Yàlla dolli xéewal ak mucc.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/8344</t>
   </si>
   <si>
+    <t>يجمع الله الناس الأولين والآخرين في صعيد واحد، يسمعهم الداعي وينفذهم البصر، وتدنو الشمس، فيبلغ الناس من الغم والكرب ما لا يطيقون ولا يحتملون</t>
+  </si>
+  <si>
+    <t>Yàlla day dajale nit ña jiitu ak ña mujj ci benn barab, dañuy dégg aji-woote ji, te it dees leen di gis, Jant bi jege, nit ñi egg ci njàqare ak jafe-jafe lu ñu àttanul te manuñu ko a muñ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِلَحْمٍ فَرُفِعَ إِلَيْهِ الذِّرَاعُ، وَكَانَتْ تُعْجِبُهُ فَنَهَشَ مِنْهَا نَهْشَةً، ثُمَّ قَالَ: «أَنَا سَيِّدُ النَّاسِ يَوْمَ القِيَامَةِ، وَهَلْ تَدْرُونَ مِمَّ ذَلِكَ؟ يَجْمَعُ اللَّهُ النَّاسَ الأَوَّلِينَ وَالآخِرِينَ فِي صَعِيدٍ وَاحِدٍ، يُسْمِعُهُمُ الدَّاعِي وَيَنْفُذُهُمُ البَصَرُ، وَتَدْنُو الشَّمْسُ، فَيَبْلُغُ النَّاسَ مِنَ الغَمِّ وَالكَرْبِ مَا لاَ يُطِيقُونَ وَلاَ يَحْتَمِلُونَ، فَيَقُولُ النَّاسُ: أَلاَ تَرَوْنَ مَا قَدْ بَلَغَكُمْ، أَلاَ تَنْظُرُونَ مَنْ يَشْفَعُ لَكُمْ إِلَى رَبِّكُمْ؟ فَيَقُولُ بَعْضُ النَّاسِ لِبَعْضٍ: عَلَيْكُمْ بِآدَمَ، فَيَأْتُونَ آدَمَ عَلَيْهِ السَّلاَمُ فَيَقُولُونَ لَهُ: أَنْتَ أَبُو البَشَرِ، خَلَقَكَ اللَّهُ بِيَدِهِ، وَنَفَخَ فِيكَ مِنْ رُوحِهِ، وَأَمَرَ المَلاَئِكَةَ فَسَجَدُوا لَكَ، اشْفَعْ لَنَا إِلَى رَبِّكَ، أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ، أَلاَ تَرَى إِلَى مَا قَدْ بَلَغَنَا؟ فَيَقُولُ آدَمُ: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنَّهُ قَدْ نَهَانِي عَنِ الشَّجَرَةِ فَعَصَيْتُهُ، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى نُوحٍ، فَيَأْتُونَ نُوحًا فَيَقُولُونَ: يَا نُوحُ، إِنَّكَ أَنْتَ أَوَّلُ الرُّسُلِ إِلَى أَهْلِ الأَرْضِ، وَقَدْ سَمَّاكَ اللَّهُ عَبْدًا شَكُورًا، اشْفَعْ لَنَا إِلَى رَبِّكَ، أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ؟ فَيَقُولُ: إِنَّ رَبِّي عَزَّ وَجَلَّ قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنَّهُ قَدْ كَانَتْ لِي دَعْوَةٌ دَعَوْتُهَا عَلَى قَوْمِي، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى إِبْرَاهِيمَ، فَيَأْتُونَ إِبْرَاهِيمَ فَيَقُولُونَ: يَا إِبْرَاهِيمُ أَنْتَ نَبِيُّ اللَّهِ وَخَلِيلُهُ مِنْ أَهْلِ الأَرْضِ، اشْفَعْ لَنَا إِلَى رَبِّكَ أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ، فَيَقُولُ لَهُمْ: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنِّي قَدْ كُنْتُ كَذَبْتُ ثَلاَثَ كَذِبَاتٍ، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى مُوسَى فَيَأْتُونَ، مُوسَى فَيَقُولُونَ: يَا مُوسَى أَنْتَ رَسُولُ اللَّهِ، فَضَّلَكَ اللَّهُ بِرِسَالَتِهِ وَبِكَلاَمِهِ عَلَى النَّاسِ، اشْفَعْ لَنَا إِلَى رَبِّكَ، أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ؟ فَيَقُولُ: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنِّي قَدْ قَتَلْتُ نَفْسًا لَمْ أُومَرْ بِقَتْلِهَا، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى عِيسَى ابْنِ مَرْيَمَ، فَيَأْتُونَ عِيسَى، فَيَقُولُونَ: يَا عِيسَى أَنْتَ رَسُولُ اللَّهِ، وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَكَلَّمْتَ النَّاسَ فِي المَهْدِ صَبِيًّا، اشْفَعْ لَنَا إِلَى رَبِّكَ أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ؟ فَيَقُولُ عِيسَى: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ قَطُّ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَلَمْ يَذْكُرْ ذَنْبًا، نَفْسِي نَفْسِي نَفْسِي اذْهَبُوا إِلَى غَيْرِي اذْهَبُوا إِلَى مُحَمَّدٍ، فَيَأْتُونَ مُحَمَّدًا فَيَقُولُونَ: يَا مُحَمَّدُ أَنْتَ رَسُولُ اللَّهِ وَخَاتِمُ الأَنْبِيَاءِ، وَقَدْ غَفَرَ اللَّهُ لَكَ مَا تَقَدَّمَ مِنْ ذَنْبِكَ وَمَا تَأَخَّرَ، اشْفَعْ لَنَا إِلَى رَبِّكَ أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ، فَأَنْطَلِقُ فَآتِي تَحْتَ العَرْشِ، فَأَقَعُ سَاجِدًا لِرَبِّي عَزَّ وَجَلَّ، ثُمَّ يَفْتَحُ اللَّهُ عَلَيَّ مِنْ مَحَامِدِهِ وَحُسْنِ الثَّنَاءِ عَلَيْهِ شَيْئًا، لَمْ يَفْتَحْهُ عَلَى أَحَدٍ قَبْلِي، ثُمَّ يُقَالُ: يَا مُحَمَّدُ ارْفَعْ رَأْسَكَ سَلْ تُعْطَهْ، وَاشْفَعْ تُشَفَّعْ فَأَرْفَعُ رَأْسِي، فَأَقُولُ: أُمَّتِي يَا رَبِّ، أُمَّتِي يَا رَبِّ، أُمَّتِي يَا رَبِّ، فَيُقَالُ: يَا مُحَمَّدُ أَدْخِلْ مِنْ أُمَّتِكَ مَنْ لاَ حِسَابَ عَلَيْهِمْ مِنَ البَابِ الأَيْمَنِ مِنْ أَبْوَابِ الجَنَّةِ، وَهُمْ شُرَكَاءُ النَّاسِ فِيمَا سِوَى ذَلِكَ مِنَ الأَبْوَابِ، ثُمَّ قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنَّ مَا بَيْنَ المِصْرَاعَيْنِ مِنْ مَصَارِيعِ الجَنَّةِ، كَمَا بَيْنَ مَكَّةَ وَحِمْيَرَ -أَوْ كَمَا بَيْنَ مَكَّةَ وَبُصْرَى-».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu ne: indil nañu Yonente Yàlla  yàpp ñu jox ko tànk ba ndax dakoo bëggoon lool, mu dal di cay xàmp, daal di wax ne: "man maay sangu nit ñi ëllëg bis-pénc, ndax xam ngeen lu tax loolu? Yàlla day dajale nit ña jiitu ak ña mujj ci benn barab, dañuy dégg aji-woote ji, te it dees leen di gis, Jant bi jege, nit ñi egg ci njàqare ak jafe-jafe lu ñu àttanul te manuñu ko a muñ, nit ñi ne: xanaa gisuleen li leen jot, ndax dungeen xool ku leen tinu ci seen Boroom? Ñenn ci ñoom wax ñeneen ñi: demleen ci Aadama, ñu ñëw ci Aadama ne ko: yaw yaay baayu nit ñi, Yàlla bind la ci loxoom, daal di wal ci yaw ci ruuham gi, mu digal malaaka yi ñu sujjóotal la, tinu nu ci sa Boroom, xanaa gisóo ci li nu nekk? Xanaa gisóo li nu jot? Aadama ne leen: sama Boroom dafa mer tay am mer moo xam ne masul mer mer mu mel ni moom, te du masa mer mer mu mel ni moom ginnaawam , te moom da maa tere woon garab ga ma moy ko, sama bopp sama bopp doyna ma, demleen ci ku dul man, demleen ci Nuuh, ñu dem ci Nuuh, ne ko: yaw Nuuh yaw yaay Yonente bi njëkk ci waa suuf, te Yàlla tudde na la jaam bu man a sant bi, tinu nu ci sa Boroom, xanaa gisóo ci li nu nekk? Mu ne leen: sama Boroom dafa mer tay am mer moo xam ne masul mer mer mu mel ni moom, te du masa mer mer mu mel ni moom ginnaawam, te man damaa amoon ñaan gu ma ñaan ci kaw sama nit ña, sama bopp sama bopp doyna ma,  demleen ci ku dul man, demleen ci Ibraahiima, ñu ñëw ci Ibraahiima, ne ko: yaw Ibraahiima yaw ndawul Yàlla nga di xaritam ci waa suuf, tinu nu ci sa Boroom, xanaa gisóo ci li nu nekk? Mu ne leen: sama Boroom dafa mer tay am mer moo xam ne masul mer mer mu mel ni moom, te du musa mer mer mu mel ni moom ginnaawam, te man damaa fenoon ñatti fen, sama bopp noyna ma, demleen ci ku dul man, demleen ci Muusaa, ñu ñëw si Muusaa, ne ko: yaw Muusaa yaw ndawul Yàlla nga, te gënale na la ci yónni gi mu la yónni ak wax gi mu wax ak yaw, tinu nu ci sa Boroom, xanaa gisóo ci li nu nekk? Mu ne leen: sama Boroom dafa mer tay am mer moo xam ne masul mer mer mu mel ni moom, te du musa mer mer mu mel ni moom ginnaawam, te man damaa ray bakkan bob digaluñu ma ma ray ko, sama bopp noyna ma demleen ci ku dul man, demleen ci Iisaa ibn Maryma, ñu dikkal Iisaa, ne ko: yaw Iisaa yaw ndawul Yàlla nga, di kàddoom gu mu sànni ca Maryama di ruu gu jóge ci Moom, nga wax ak nit ñi ca lal ba di ab liir, tinu nu ci sa Boroom xanaa gisóo ci li nu nekk? Iisaa ne leen: sama Boroom dafa mer tay am mer moo xam ne masul mer mer mu mel ni moom, te du musa mer mer mu mel ni moom ginnaawam, te tuddul benn bàkkaar, sama bopp noyna ma, demleen ci ku dul man, demleen ci Muhammat, ñu dem ca Muhammat, ne ko: yaw Muhammat, yaw ndawul Yàlla nga, di ki mujj ci ñi Yónente yi, te Yàlla jéggal na la li jiitu ci say bàkkaar ak Li mujj, tinu nu ci sa Boroom, xanaa gisóo ci li nu nekk? Ma daal di dem ca ronu Aras, ma rot daal di sujjóot ñeel sama Boroom, Yàlla xamal ma ci ay xeeti sant Yàlla ak tagg ko loo xam ne masu ko xamal kenn ku ma jiitu, topp ñu ne ko: yaw Muhammat, yëkkëtil sa bopp, laajal ñu jox la, sàkkul ramm ñu jox la, ma yëkkëti sama bopp, ma wax ne: sama xeet wi yaw sama Boroom, sama xeet wi yaw sama Boroom, sama xeet wi yaw sama Boroom, ñu ne ko: yaw Muhammat, dugalal ci sa xeet ñi ñu dul càmbar ci buntu ndayjoor bi, ci bunti àjjana yi, te ñoom dañuy bokk ak nit ñi ci yeneen bunt yu dul yooyu, topp mu ne: giñ naa ci ki sama bakkan nekk ci loxoom ne li ci diggante ñaari jàppukaayi bunt yi ci bunti àjjana yi, moo ngi mel ni diggante Màkka ak Himyar -walla moo ngi mel ni diggante Màkka ak Busraa-".</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم مع أصحابه في دَعْوةِ طعام، فقُدّمت إليه ذراع الشاة وكانت أعْجب لحمِها إليه، فقَضَمَ منها قَضْمة بأطراف أسنانه ثم حدّثهم، فقال: 
+أنا سيد ولد آدم يوم القيامة؛ وذلك تَحَدُّثًا بنعمة الله تعالى.
+ثم قال: أتدرون مم ذاك؟ قال: بأن الناس يُجْمَعون يوم القيامة في أرض واسعة مستوية ممدودة مدًّا واحدًا، والذين فيها يسمعهم الداعي ويحيط بهم الناظر لا يخفى عليه منهم شيء؛ لاستواء الأرض ليس فيها ما يَستتر به أحد عن الناظرين، وينفذهم البصر، يعني لو تكلم الإنسان يسمعهم آخر واحد، والبصر يراهم، وتدنو الشمس من الخلائق على قدر مِيْل، ويَلحقهم من الغم والكَرْب ما لا يطيقون ولا يحتملون، فيطلبون الخلاص بالشفاعة. 
+فيُلْهِم اللهُ عز وجل أهلَ الإيمان أن يأتوا إلى آدم أبي البشر، فيأتون إليه ويذكرون فضله، لعله يشفع لهم عند الله عز وجل، يقولون له: أنت آدم أبو البشر، خلقك الله بيده، وأسجد لك ملائكته، وعَلَّمَك أسماء كل شيء، ونفخ فيك من روحه، فيعتذر ويقول: إن ربي غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، ثم يذكر خطيئته، وهي أن الله سبحانه وتعالى نهاه أن يأكل من شجرة فأكل، ويقول: نفسي هي التي تستحق أن يُشفَع لها، اذهبوا إلى غيري اذهبوا إلى نوح.
+فيأتون إلى نوح؛ ويقولون: أنت أول رسول أرسله الله إلى أهل الأرض، وأنّ الله سماك عبدًا شكورًا، ولكنه يعتذر: بأن الله عز وجل غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، وإنه قد كانت له دعوة دعاها على قومه، نفسي هي التي تستحق أن يُشفع لها، اذهبوا إلى غيري، اذهبوا إلى إبراهيم.
+فيأتون إبراهيم فيقولون: أنت خليل الله في الأرض، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فيقول لهم: إن ربي قد غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، وإني قد كنت كذبت ثلاث كذبات؛ وهي قوله: إني سقيم، وقوله: فعله كبيرهم هذا، وقوله: لامرأته سارة أخبريه أني أخوك ليَسْلَم مِن شرّه. 
+والحق أن الكلمات الثلاث إنما كانت من مَعَارِيْض الكلام، لكن لما كانت صورتها صورة الكذب أشفق منها استصغارًا لنفسه عن الشفاعة؛ لأن مَن كان أَعرف بالله وأقرب منزلةً كان أعظم خوفًا، ويقول: نفسي هي التي تستحق أن يُشفع لها، اذهبوا إلى غيري اذهبوا إلى موسى.
+فيأتون موسى فيقولون: يا موسى أنت رسول الله، فضَّلك الله برسالته وبكلامه على الناس، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فيقول: إن ربي قد غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، وإني قد قَتَلتُ نفسًا لم أُوْمَر بقتلِها، نفسي هي التي تستحق أن يشفع لها، اذهبوا إلى غيري، اذهبوا إلى عيسى ابن مريم.
+فيأتون عيسى فيقولون: يا عيسى أنت رسول الله، وكلمتُه ألقاها إلى مريم وروحٌ منه، وكلَّمتَ الناسَ في المهد صبيًا، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فيقول: إن ربي قد غضب اليوم غضبًا لم يغضب قبله مثله قط، ولن يغضب بعده مثله، ولم يذكر ذنبًا، نفسي هي التي تستحق أن يشفع لها، اذهبوا إلى غيري اذهبوا إلى محمد.
+فيأتون محمدًا فيقولون: يا محمد أنت رسول الله وخاتم الأنبياء، وقد غفر الله لك ما تقدم من ذنبك وما تأخر، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فأنطلق فآتي تحت العرش، فأقع ساجدًا لربي عز وجل، ثم يفتح الله علي من محامده وحسن الثناء عليه شيئًا، لم يفتحه على أحد قبلي، ثم يقال: يا محمد ارفع رأسك، سل تعطه، واشفع تشفع، فأرفع رأسي، فأقول: أمتي يا رب، أمتي يا رب، أمتي يا رب، فتُقْبَل شفاعتُه.
+ويُقَال له: يا محمد أدخل من أمتك من لا حساب عليهم من الباب الأيمن من أبواب الجنة، وهم شركاء الناس فيما سوى ذلك من الأبواب.
+ثم قال: والذي نفسي بيده، إن ما بين جانبي الباب من باب الجنة، كما بين مكة وصنعاء اليمن، أو كما بين مكة وبُصرى الشام وهي مدينة حوران.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc dafa nekkoon ak Sahaabaam yi ci ñam wuñu leen woowoon ñu jox ko tànku gàtt bi, mu nekkoon li mu gën a bëgg ci ndawalu gàtt, mu dagg ci ab dog ci cati bëñam toop mu waxtaanal leen, ne leen: Man maay sangi doomi Aadama yi ëllëg bis-pénc; loolu nag ngir waxtaane xéewali Yàlla mu kawe mi la. Topp mu wax: ndax xam ngeen lu tax loolu? Daal di ne: ndax nit ñi dañu leen di dajale ëllëg bis-pénc ci suuf su yaatu te yamoo te tàllalu gennug tàllalu, ña fa nekk dañuy dégg aji-woote ji,  te aji-xool ji da leen di peeg dara du ko nëbbu ci ñoom; ndax li suuf si yamoo te dara lu kenn di nëbboo aji-xool ji nekku fa, te dees leen di gis, maanaam bu kenn nit waxee ka mujj ca ñoom da koy dégg, te bët it da leen di gis, jant bi jege mbindeef yi luy toll ni miil, ag njàqare ak ug tiit dal leen ba manuñu ko a muñ, ñuy sàkku ku leen musal ci tinul leen. Yàlla sol way-gëm ñi ñu dem ca Aadama baayu nit ñi, ñu dikkal ko tuddal ko ngëneelam, ndax amaana mu tinul leen fa Yàlla mu màgg mi, ñu ne ko: yaw Aadama yaaw baayu mbindeef yi, Yàlla bind la ci loxoom, sujjóotloo malaaka yi ñeel la, mu xamal la tur yëpp, daal di wal ci yaw ruuham ga, mu joxe ngànt ne leen: sama Boroom dafa mer tay am mer moo xam ne masul mer mer mu mel ni moom, te du musa mer mer mu mel ni moom ginnaawam, mu daal di tudd njuumteem, te mooy ne Yàlla da ko a tere woon mu lekk ag garab mu lekk ko, mu wax ne: sama bakkan moo gën a yay ñu tinu ko, demleen ci ku dul man, demleen ci Nuuh. Ñu dikkal Nuuh; ne ko: yaw yaay Yonente bi Yàlla njëkk a yónni ci waa suuf, te Yàlla tudde na la jaam bu barig cant, waaye moom dafa joxe ngànt: ci ne Yàlla mu màgg mi dafa mer tay am mer moo xam ne masul mer mer mu mel ni moom, te du masa mer mer mu mel ni moom ginnaawam, ak ne moom dafa amoon ñaan gu mu ñaan ci kaw ay nitam, sama bakkan moo gën a yay ci ñu tinu ko, demleen ci ku dul man, demleen ci Ibraahiima. Ñu dikkal Ibraahiima ne ko: yaw yaay xaritu Yàlla bi ci kaw suuf, tinul nu ci sa Boroom xanaa gisóo ci li nu nekk?! Mu ne leen: sama Boroom dafa mer tay am mer moo xam ne masul mer mer mu mel ni moom, te du masa mer mer mu mel ni moom ginnaawam, te man damaa fen ñatti fen; te mooy waxam ji: damaa tawat, ak waxam ji: seen ponkal mii moo ko def, ak waxam ji: ñeel soxnaam sa Saarata wax ko ne man sa mbokk laa ngir mu mucc ca ayam wa. Te liy dëgg mooy ñatti kàddu yii gaaralug wax kepp la, waaye ba mu nekke ci melow fen ca la ragale ngir xeeb boppam ci tinu leen; ndax ku gën a xam Yàlla te gën ko a jege koo ku mooy gën a ragal Yàlla, mu wax ne: sama bakkan moo gën a yay ci ñu tinu ko, demleen ci ku dul man, demleen ci Muusaa. Ñu dikkal Muusaa ne ko: yaw Muusaa yaw ndawul Yàlla nga, Yàlla gënële la ci yónenteem ak waxam ji ci kaw nit ñi, tinul nu ci sa Boroom xanaa gisóo ci li nu nekk?! Mu ne leen: sama Boroom dafa mer tay am mer moo xam ne masul mer mer mu mel ni moom, te du masa mer mer mu mel ni moom ginnaawam, te man damaa ray bakkan bu ñu ma digalul ma ray ko, sama bopp bakkan moo gën a yay ci ñu tinu ko, demleen ci ku dul man, demleen ci Hiisaa ibn Maryma. Ñu dikkal Hiisaa ne ko: yaw Hiisaa yaw ndawul Yàlla nga, di kàddoom gu mu sànni ca Maryama, di ruu gu jóge ci moom, nga wax ak nit ñi ci lal bi di ab liir, tinul nu ci sa Boroom xanaa gisóo ci li nu nekk?! Mu ne leen: sama Boroom dafa mer tay am mer moo xam ne masul mer mer mu mel ni moom, te du masa mer mer mu mel ni moom ginnaawam, te tuddul benn bàkkaar, sama bakkan moo gën a yay ci ñu tinu ko, demleen ci keneen, demleen ci Muhammat. Ñu dikkal Muhammat, ne ko: yaw Muhammat yaw ndawul Yàlla nga di ki mujj ci ñi ñu soloo, te Yàlla jéggal na la say bàkkaar ya jiitu ak ya mujj, tinul nu ci sa Boroom, xanaa gisóo ci li ñu nekk?! Ma wéy, daal di dem ca ronu Aras, ma rot daal di sujjóot ñeel sama Boroom, Yàlla ubbeema ci ay xeeti cànt ak tagg ko, loo xam ne masu ko a ubbee kenn ku ma jiitu, topp ñu ne ko: yaw Muhammat, yëkkëtil sa bopp, laajal ñu jox la, tinul ñu tin la ci, ma yëkkëti sama bopp, ma wax ne: sama xeet wi yaw sama Boroom, sama xeet wi yaw sama Boroom, sama xeet wi yaw sama Boroom, ñu nangu ag rammam. Ñu ne ko: yaw Muhammat, dugalal ci sa xeet ñi ñu dul càmbar ci buntu ndayjoor bi, ci bunti àjjana yi, te ñoom dañuy bokk ak nit ñi ci yeneen bunt yu dul yooyu. Topp mu ne: giñ naa ci ki sama bakkan nekk ci loxoom ne li ci diggante ñaari jàppukaayi bunt yi ci bunti àjjana yi, moo ngi mel ni diggante Màkka ak Sanhaa ca Yaman walla moo ngi mel ni diggante Màkka ak Busraa ca Saam te mooy Madiinatu Hawraan.</t>
+  </si>
+  <si>
+    <t>تواضع النبي صلى الله عليه وسلم وتلبيته للدعوة، والأكل مع عامة أصحابه.
+تفضيل نبينا صلى الله عليه وسلم على جميع الناس.
+قال القاضي عياض: قيل: السيد الذي يَفُوق قومَه ويُفزَع إليه في الشدائد، والنبي صلى الله عليه وسلم سيدهم في الدنيا والآخرة، وإنما خَصّ يوم القيامة لارتفاع السُّؤْدَد فيها، وتسليم جميعهم له، ولكون آدم وجميع أولاده تحت لوائه صلى الله عليه وسلم.
+الحكمة في أن الله تعالى ألهمهم سؤال آدم، ومن بعده في الابتداء، ولم يلهموا سؤال نبينا محمد صلى الله عليه وسلم لإظهار فضيلته، فهو النهاية في ارتفاع المنزلة، وكمال القرب.
+يشرع لمن أراد من عبد حاجة أن يقدِّم ين يديه وصف المسؤول بأحسن صفاته؛ ليكون أدعى للإجابة.
+يجوز لمن سئل عن أمر لايقدر عليه أن يعتذر بما يُقبَل منه، ويستحب أن يُرْشَد لمن يظن أنه أقدر على ذلك.
+بيان هول الموقف واشتداد المحشر على العباد يوم القيامة.
+تواضع الأنبياء حيث تذكّروا ما مضى منهم؛ ليشعروا بأنهم دون هذا الموقف.
+إثبات الشفاعة العظمى يوم القيامة، وهو للفَصْل بين الخلائق.
+إثبات الوسيلة والمقام المحمود لرسول الله صلى الله عليه وسلم.
+محامد الله تعالى لا تنتهي، ولذلك يفتح الله على رسوله في هذا المقام من حسن الثناء عليه شيئًا لم يفتحه لأحد قبله.
+بيان أن أمة محمد خير الأمم، فلهم خصائص في دخول الجنة حيث يدخل من ليس عليهم حساب من باب خاص بهم، ويشاركون الناس في بقية الأبواب.</t>
+  </si>
+  <si>
+    <t>Toroxlug Yónente bi ak wuyu gimuy wuyu ñeel ku ko woo, ak lekk gi muy lekk ànd ak Sahaabaam yi.
+Ngëneelu Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ci kaw nit ñépp.
+Al-Xaadii Hiyaad nee na: nee nañu sang mooy kiy yilif aw nitam ñuy dellu ci moom bu tar-tar yi amee, te Yonente bi yal na ko Yàlla dolli xéewal ak mucc mooy seen sang ci àdduna ak allaaxira, waaye dafa jagleel allaaxira cig tudd ngir la fa sang ga di yëkkëtiku, ak li ko ñépp di nangul loolu, ak li Aadama ak doomam yépp di nekk ci suufu raayaam moom Yonnente bi yal na ko Yàlla dolli xéewal ak mucc.
+Xereñte gi mooy ne Yàlla da leen a defal ñu laaj Aadama ak ka ca topp, te mayu leen ñu laaj Yónenteem bi Muhammat ngir feeñal ngëneelam, te loolu mooy la këna kawe ci daraja, ak ug jege Yàlla gu mat sëkk.
+Yoonalees na ku am aajo ci keneen mu tuddalko ay meloom ya gën a rafet; ngir mu gaaw koo wuyu.
+Dagan na ci ku ñu laaj lu mu manul mu joxe ngànt gu ñu koy nangule, sopp na ñu itam mu tegtale ku mu njort ne man na loolu.
+Leeral tiitaangey taxawaay ba ak tarug dajale ga ci jaam ñi ëllëg bis-pénc.
+Toroxlug Yonente yi ba tax ñuy tudd li weesu woon ci ñoom; ngir ñu yég ne ñoom egguñu foofu.
+Saxal ramm gu màgg ga ëllëg bis-pénc, te mooy ñu teqale diggante mbindeef yi.
+Saxal wasiila ak maqaama ga ñu gërëm mu ñeel Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc.
+Canti Yàlla yi du jeex, loolu moo tax Yàlla jox Yonnenteem bi ci barab bii ay xeeti tagg yu rafet lu mu musut a jox kenn ci ñi ko jiitu.
+Leeral ne xeetu Muhammat mooy xeet wi gën, ñoom am nañu ay jagle ci dugg àjjana ba ñoo xam ne deesu leen càmbar danañu dugg ci bunt bu ñu leen jagleel, te dañuy bokk ak nit ñi yeneen bunt yi des.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/8345</t>
+  </si>
+  <si>
+    <t>إن للمؤمن في الجنة لخيمة من لؤلؤة واحدة مجوفة، طولها ستون ميلا، للمؤمن فيها أهلون، يطوف عليهم المؤمن فلا يرى بعضهم بعضا</t>
+  </si>
+  <si>
+    <t>ñeel na Aji-gëm ji ca àjjana ab xaymab wurus bu ñu yaatal, guddaayam tolloo ak juróom-benni Miil, aji-gëm ji dana fa am ay njaboot, aji-gëm ji dana leen wër te ñenn ñi duñu gis ñeneen ñi</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «إِنَّ لِلْمُؤْمِنِ فِي الْجَنَّةِ لَخَيْمَةً مِنْ لُؤْلُؤَةٍ وَاحِدَةٍ مُجَوَّفَةٍ، طُولُهَا سِتُّونَ مِيلًا، لِلْمُؤْمِنِ فِيهَا أَهْلُونَ، يَطُوفُ عَلَيْهِمِ الْمُؤْمِنُ فَلَا يَرَى بَعْضُهُمْ بَعْضًا».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Muusa Al-Asharii -yal na ko Yàlla dollee gërëm- mu jële ci Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "ñeel na Aji-gëm ji ca àjjana ab xaymab wurus bu ñu yaatal, guddaayam tolloo ak juróom-benni Miil, aji-gëm ji dana fa am ay njaboot, aji-gëm ji dana leen wër te ñenn ñi duñu gis ñeneen ñi".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن بعض نعيم الجنة، وأن للمؤمن في الجنة خيمة عظيمة واسعة الجَوْف، مِن دُرَّة واحدة مُجَوَّفة، عَرْضُها وطولها في السماء ستون ميلًا، في كل جانب وناحية وزاوية من زواياها الأربع زوجات، لا يرى بعضهم بعضًا، يطوف عليهم المؤمن.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xibaare lenn ci xéewali àjjana ya, ak ne aji-gëm ji dana am ca àjjana xayma bu màgg te yaatu ci biiram, mu nekk ci wurus wu yaatu, yaatuwaayam ak guddaayam ci kawe toll ni juróom-benni miil, wet gu nekk ak wàll wu ne ak koñ bu ne ci ñenti koñam am na fa ay soxna, ñenn ñi duñu gis ñeneen ñi, te aji-gëm dana leen wër ñoom ñépp.</t>
+  </si>
+  <si>
+    <t>بيان عظم نعيم أهل الجنة.
+الترغيب في العمل الصالح ببيان ما أعدَّ الله لهم من النعيم.</t>
+  </si>
+  <si>
+    <t>Leeral màggaayu xéewali waa àjjana.
+Xemmemloo ci jëf lu baax ci leeral li leen Yàlla waajalal ci ay xéewal.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/8349</t>
+  </si>
+  <si>
     <t>هو الطهور ماؤه، الحل ميتته</t>
   </si>
   <si>
     <t>moom am ndoxam lu laab la , am méddam it lu dagan la</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَأَلَ رَجُلٌ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّا نَرْكَبُ البَحْرَ، وَنَحْمِلُ مَعَنَا القَلِيلَ مِنَ الْمَاءِ، فَإِنْ تَوَضَّأْنَا بِهِ عَطِشْنَا، أَفَنَتَوَضَّأُ مِنَ الْبَحْرِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «هُوَ الطَّهُورُ مَاؤُهُ، الحِلُّ مَيْتَتُهُ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu wax ne: jenn waay laaj na Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc, ne ko: yaw Yonnente Yàlla bi, nun danuy dugg ci géej gi, di yor tuuti ndox, bu nu ci jàppee daal di mar, ndax nu jàppu ci ndoxum géej gi? Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc ne ko: «moom am ndoxam lu laab la , am méddam it lu dagan la».</t>
   </si>
   <si>
     <t>سَألَ رَجلٌ النبي صلى الله عليه وسلم فقال: إنا نَركَب السُّفُنَ في البحر للصيد أو التجارة وما شابه ذلك، ونَحمِل معَنا القليلَ من الماء الصالح للشُّرْب، فإن استعملنا ماءَ الشرب للوضوء والغسل نَفِدَ ولم نَجِدَ ما نَشْرَبُه، فهل يَجوز لنا أنْ نتوضأ من ماء البحر؟ 
 فقال صلى الله عليه وسلم عن ماء البحر: ماؤه طَاهِرٌ مُطَهِّر؛ يجوز الوضوء منه والاغتسال به، وحلالٌ أَكْل ما يَخرج منه من أسماك وحِيْتان وغيرِها، ولو وُجِدَت ميتةً قد طَفَتْ على ظهره من غير صيد.</t>
   </si>
   <si>
     <t>Jenn waay dafa laaj Yonnente bi yal na ko Yàlla dolli xéewal ak mucc, ne ko: man damay war gaal nekk ci kaw géej  gi ngir napp walla ngir yaxantu ak lu ko niru, nuy yor tuuti ndox mees man a naan, te bu nu ko jëfandikoo ci jàppu walla sangu day jeex te dunu am lu nu naan, ndax dana dagan nu jàppu ci ndoxom géej gi?
 Yonnente bi yal na ko Yàlla dolli xéewal ak mucc wax ci ndoxum géej ne: ndoxam mi dafa laab tey laabal; dana dagan a jàppu ak sangu, dagan na it ñu lekk la fay génne ci jën yu ndaw ak jën yu mag ak yeneen, donte dañu ko a fekk mu dee, daal di tëdd noonu ci lu dul ñu kenn napp ko.</t>
   </si>
   <si>
     <t>مَيتةُ حيوان البحر حلال، والمراد بميتته: ما مات فيه من دَوَابِّه مما لا يعيش إلا فيه.
 إجابة السائل بأكثر مما سأل تتميمًا للفائدة.
 الماء إذا تَغَيَّرَ طَعْمُه أو لونُه أو ريحُه بشيء طاهر، فهو باقٍ على طُهُوْرِيَّتِه ما دام ماءً باقيًا على حقيقتِه، ولو اشتدَّت مُلُوْحَتُهُ أو حرارتُه أو بُرودتُه ونحوُها.
 ماء البحر يَرفَع الحَدَثَ الأكبرَ والأصغر، ويُزِيْل النجاسة الطارئة على  طاهر، مِن بَدَنٍ، أو ثَوب، أو غير ذلك.</t>
   </si>
   <si>
     <t>Méddum rabi géej yi lu dagan la, li ñu namm ci méddam mooy: ndundatam ya dee te bokk ci yi dul dund lu dul ci biir géej.
 Tontu aji-laaj ji ci lu ëpp li mu laaj ngir mottali njariñ li.
 Ndox mi bu cafkaam walla meloom walla xetam soppeekoo ci lu laab, kon day des ca laab ga fii ak ndox la mu des di nekk ndox, donte xoramam walla tàngaayam walla seddam gi ak lu ko niru dafa tar lool.
 Ndoxum géej day yëkkëti sobe su mag ak su ndaw, day dindi it sobe su tàbbi ci lu laab, yaram ak yére mbaa leneen.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/8355</t>
   </si>
   <si>
     <t>إذا كان الماء قلتين لم يحمل الخبث</t>
   </si>
   <si>
     <t>bu ndox mi nekkee ñaari mbànd kon du téye sobe</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سُئِلَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْمَاءِ وَمَا يَنُوبُهُ مِنَ الدَّوَابِّ وَالسِّبَاعِ، فَقَالَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ».</t>
   </si>
   <si>
     <t>Jele nañu ci Abdullah ibn Umar yal na leen Yàlla dollee gërëm mu wax ne: laaj nañu Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc ndox ak la fay jaabante ci ay ndundat ak i ndegment, mu wax ne: «bu ndox mi nekkee ñaari mbànd kon du téye sobe».</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن حُكْمِ طَهارة الماء الذي تَرْتَادُه الحيواناتُ والسِّبَاعُ للشُّرْب ونحوِه، فقال صلى الله عليه وسلم: بأنَّ الماء إذا بَلَغَ كَيْلُهُ جَرَّتَيْن كَبِيْرَتَيْن، وهي تَعْدِل: (210) لترًا فإنه ماءٌ كثيرٌ لا يَنْجُس؛ إلا إذا تَغَيَّرَت إحدى أوصافِه الثلاثة لونه أو طعمه أو ريحه بنجاسة.</t>
   </si>
   <si>
     <t>Laaj nañu Yonnente bi yal na ko Yàlla dolli xéewal ak mucc àtteb laabu ndox mi nga xam ne rab yi ak ndegment yi dañu fay jaabante ngir naan ak lu ko niru, Yonnente bi yal na ko Yàlla dolli xéewal ak mucc wax ne: bu ndox mi tollee ci ñaari mbànd yu mag, muy yamoo ak: (210) liitar kon ndox mu bari la du sobewu; lu dul bu benn ci ñatti meloom yi di meloom wi walla cafkaam gi walla xetam gi soppeekoo ci sobe.</t>
   </si>
   <si>
     <t>الماء يَنْجُسُ إذا تَغَيَّر أحد أوصافه الثلاثة بالنجاسة، لونه، أو طعمه، أو ريحه، والحديث خَرَجَ مَخْرَجَ الغَالِب، لا على التحديد.
 أجمع العلماءُ على أنَّ الماءَ إذا غَيَّرَتْه النجاسةُ نَجُسَ مطلقًا، سواء أكان قليلًا أم كثيرًا.</t>
@@ -13580,50 +16796,86 @@
 ونَهى النبيُّ صلى الله عليه وسلم عن أنْ يَخْلُوَ الرجلُ إلى الرجل في ثوبٍ واحدٍ أو تحت غطاء واحدٍ مُتَجَرِّدَيْن، وعن أنْ تَخْلُوَ المرأةُ إلى المرأة في ثوب واحد أو تحت غطاء واحد مُتَجَرِّدَتين؛ لأن ذلك قد يُؤدِّي إلى لَمْسِ كلٍّ منهما عورةَ صاحبه، ولمسُها مَنهيٌّ عنه كالنظر إليها، بل هو أشد في النهي؛ لما يؤدي ذلك إلى مفاسد أكبر.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- dafa tere góor di xool awray góor, walla jigéen di xool awray jigéen.
 Awra nag: mooy lépp lol bu feeñee nit ki rus, te awray góor mooy li dale ci jumbaxam ba ci wóomam, Jigéen nag léppam awra la ci góori jàmbur,bu dee ci ay jigéen ak ci ñi ko araama takk day feeñal li aadawoo feeñ buy liggéey ci këram.
 Yonnente bi-yal na ko Yàlla dolli xéewal ak mucc-tere na góor di wéet ak góor ci benn mbalaan te fekk soluñu dara,mbaa jigéen di wéet ak jigéen ci menn malaan walla ci genn càngaay daal di raflewu;ndax loolu man naa tax ku ci ne di laal awray moroomam,te laal ko dañu koo tere kem ni ñu teree xool gi, moom sax nag moo gën a tar ug tere;ndax yàqute yi muy indi moo gën a rëy.</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
     <t>Tere nañu di xool awray keneen ba mu des jëkkër ji ak jabaram.
 Xérug Lislaam ci laabal mbooloo mi ak tëj bunt yiy indi ñaawteef.
 Dagan na ñu xool awray keneen bu dee aajo moo ko waral, niki faj ak lu ko niru, ci kaw mu nekk ci ludul bànneexu.
 Jullit bi dañu koo digal mu muur awraam te dammu gisam ci awray keneen.
 Dañoo jagleel tere gi góor ak góor, ak jigéen ak jigéen; ngir moo gën a man a waral xool awray keneen ak wuññi awra.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/8904</t>
   </si>
   <si>
+    <t>لعن رسول الله صلى الله عليه وسلم الرجل يلبس لبسة المرأة، والمرأة تلبس لبسة الرجل</t>
+  </si>
+  <si>
+    <t>Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc rëbb na góor giy sol colug jigéen, ak jigéen giy sol colug góor</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: لعن رسول الله صلى الله عليه وسلم الرجل يلبس لِبْسَةَ المرأة، والمرأة تلبس لِبْسَةَ الرجل.</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu wax ne: Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc rëbb na góor giy sol colug jigéen, ak jigéen giy sol colug góor.</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم بالطَّرْدِ والإبعاد من رحمة الله لكلِّ رجلٍ يتشبَّه بالمرأة في الملابس الخاصة بالنساء؛ سواء في الهيئة أو اللون أو الكيفية أو طريقة اللبس والزينة أو غير ذلك، 
+أو أن تتشبَّهَ المرأةُ باللبس الخاص بالرجال كذلك، وهو كبيرة من كبائر الذنوب.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc ñaan na ag dàq ak soril yërmàndey Yàlla ñeel góor giy niru-nirulu jigéen ci sol yi jigéen ñi jagoo; moo xam ca jëmm ja la walla ca melo wa walla ca anam ga walla ca anamug coliin ga ak taar ba walla yu dul yooyu. Walla jigéen gi di ko niru-nirulu ci col gi góor ñi jagoo, moom nag ci bàkkaar yu mag yi la bokk.</t>
+  </si>
+  <si>
+    <t>قال الشوكاني: تحريم تشبه النساء بالرجال والرجال بالنساء؛ لأن اللعن لا يكون إلا على فعل محرم.
+قال ابن عثيمين: ما كان مشتركًا بينهما مثل بعض الفنائل التي يلبسها الرجل والنساء فإنه لا بأس به، أي لا بأس أن يلبسَه الرجال والنساء؛ لأنه مشترك.</t>
+  </si>
+  <si>
+    <t>As-Sawkaanii nee na: araamalees na jigéen ñi di niru-nirulu góor ñi, ak góor ñi di niru-nirulu jigéen ñi; ndaxte rëbb du am ci lu dul def lu ñu araamal.
+Ibn Husaymiin nee na: loo xam ne ñoom ñaar ñoo ci bokk yam niki njitlaay yi góor ak jigéen di sol loolu dara nekku ci, maanaam, aayul góor ak jigéen sol ko; ndaxte ñoo ci bokk yam.</t>
+  </si>
+  <si>
+    <t>رواه النسائي في الكبرى وابن ماجه بمعناه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه النسائي في الكبرى وابن ماجه بمعناه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/8905</t>
+  </si>
+  <si>
     <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>Yónente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- tere na zulu</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>Jële na ñu ci Abdullah Ibn Umar -yal na leen Yàlla dollee gërëm- mu wax ne: Yónente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- tere na zulu.</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- tere na wat lenni kawaru bopp bàyyi leneen li.
 Tere gi nag day làmboo góor ñépp ndaw ak mag, budee jigéen nag warut a wat dara ci kawaru boppam.</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>Sariihab Lislaam dafa yittewoo melokaanu nit ki.</t>
   </si>
@@ -13745,50 +16997,79 @@
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Hurayrata-yal na ko Yàlla dollee gërëm-mu jële ci Yonnente bi-yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «malaaka yi duñu ànd ci mbooloo mu ànd akub xaj walla ab jóolooli.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
     <t>Yonnente bi-yal na ko Yàlla dolli xéewal ak mucc-day xibaare ne malaaka yi duñu ànd ci tukki boo xam ne ab xaj da caa ànd, walla ab jóolooli li gu ñu lonk ci daaba yi bu yëngatoo di génne kàddu.</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
     <t>Tere nañu yar xaj ak di ànd ak moom, danañu settee ci tere gi xaj buy rëbb ak buy wattu (garde).
 Malaaka yidul ànd ca loola mooy malaakay yërmànde,bu dee malaaka yiy wattu nit ki ñoom moom duñu teqalikoo ak jaam ñi ci seen ug toog ak ci seen ug tukki.
 tere nañu ag kalaksone; Ndax benn la ci mbiibi Seytaane yi, te dafay niróo ak kolos yu nasaraan yi.
 War na ci jullit bi mu xér ci sori lépp luy tax malaaka yi sori ko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/8951</t>
+  </si>
+  <si>
+    <t>من كان له ذبح يذبحه فإذا أهل هلال ذي الحجة، فلا يأخذن من شعره، ولا من أظفاره شيئا حتى يضحي</t>
+  </si>
+  <si>
+    <t>ku am gàtt bu mu rendi bu weeru Tabaski bi duggee, bu mu jël dara ci kawaram ak ci weyam ba mu Tabaski ba noppi</t>
+  </si>
+  <si>
+    <t>عَن أُمِّ سَلَمَةَ أُمِّ المُؤْمِنينَ زَوْجِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ  رضي الله عنها قَالت: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ كَانَ لَهُ ذِبْحٌ يَذْبَحُهُ فَإِذَا أُهِلَّ هِلَالُ ذِي الْحِجَّةِ، فَلَا يَأْخُذَنَّ مِنْ شَعْرِهِ، وَلَا مِنْ أَظْفَارِهِ شَيْئًا حَتَّى يُضَحِّيَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Ammu Salamata yaayu jullit ñi yal na ko Yàlla dollee gërëm di soxnas Yonente bi mu ne: Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: "ku am gàtt bu mu rendi bu weeru Tabaski bi duggee, bu mu jël dara ci kawaram ak ci weyam ba mu Tabaski ba noppi".</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم مَن أراد أنْ يَذبح أضحية ألَّا يأخذَ مِن شَعَر رأسه أو إِبْطِه أو شاربه أو غيرها ولا مِن أظفار يده أو رجله شيئًا إذا ظَهَر هلالُ ذي الحجة حتى يضحِّي.</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc digal na ki namm a rendi tabaskeem mu bañ a jël dara ci kawaru boppam walla naqam walla mustaasam walla leneen, niki noonu it bu mu dagg ci ay weyi loxoom walla tànkam dara bu nu gisee weeru Tabaski ba keroog muy Tabaski ba noppi.</t>
+  </si>
+  <si>
+    <t>مَن نَوَى أن يضحي بعد دخول العشر فيبدأ الإمساك المذكور من حين نوى حتى يضحِّي.
+إذا لم يُضَحِّ في اليوم الأول فيبقى مُمْسِكًا حتى يضحي في أيِّ يومٍ من أيام التشريق.</t>
+  </si>
+  <si>
+    <t>Ku yéenee Tabaski ginnaaw bi fukki fan yi duggee day tàmbali a bàyyi yooyu ñu tudd ca ba mu yéenee ba keroog muy tabaski.
+Bu tabaskiwul ca bis bu njëkk ba day des di ko bàyyi ba baa muy tabaski ci bis bu mu man a doon ci bisi tabask yi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/8954</t>
   </si>
   <si>
     <t>لا تحلفوا بالطواغي، ولا بآبائكم</t>
   </si>
   <si>
     <t>buleen di giñ ci yi ñuy jaamu te du Yàlla, buleen di giñ it ci seen i baay</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ سَمُرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abdur Rahman Ibn Samurata yal na ko Yàlla dollee gërëm mu wax ne: Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: «buleen di giñ ci yi ñuy jaamu te du Yàlla, buleen di giñ it ci seen i baay».</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن الحَلِف بالطواغي، جمع طاغية، وهي الأصنام التي كان المشركون يَعبدونها مِن دون الله، وهي سببُ طغيانِهم وكفرِهم، 
 وينهى صلى الله عليه وسلم عن الحلف بالآباء؛ حيث كان من عادة العرب في الجاهلية أن يَحلفوا بآبائهم افتخارًا وتعظيمًا.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day tere giñ ci Taaxuut yi, te mooy xërëm yi bokkaalekat yi daan jaamu wolif Yàlla, te sabab la ci seen ug bew ak seen ug kéefar, Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day tere ñuy giñ ci baay yi; ndax daa bokkoon ci aaday araab yi ca ceddo ga ñuy giñ ci seen baay yi ngir ndamu ak màggal.</t>
   </si>
   <si>
     <t>الحَلف لا يجوز إلا بالله وأسمائه وصفاته.
 تحريم الحلف بالطواغيت، والآباء والرؤساء والأصنام، وما شابَهَها من كل باطل.
 الحلف بغير الله من الشرك الأصغر، وقد يكون شركًا أكبر، إذا قام بقلبه تعظيم المحلوف به وأنه يعظِّمه كما يعظِّم الله أو أنه يعتقد فيه شيئًا من العبادة.</t>
   </si>
@@ -13904,51 +17185,51 @@
   <si>
     <t>Jële nañu ci Ummu Atiyyata -yal na ko Yàlla dollee gërëm-,mu bokkoon ci ñi jaayante woon ak Yonnente bi-yal na ko Yàlla dolli xéewal ak mucc-,mu wax ne: Nëxit gi jigéen di gis ak mboq-mboq yi ginnaaw laab daawuñuko jàppee dara.</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Sahaaba bu jigéen bii di Ummu Atiyyata -yal na ko Yàlla dollee gërëm- day xibaare ne jigéen ñi ci jamonoy Yonnente bi-yal na ko Yàlla dolli xéewal ak mucc- daawuñu jàppe mbaax ndox miy génne ci awra -xaw a ñuul, walla mboq-ginnaaw bimu laabe ,
 ba tax duñu bàyyi julli ak woor ngir moom.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Ndox miy génne ci awray jigéen -ginnaaw bi mu laabee ci mbërëg
 deesu ko jàppe mbaax donte dafa am nëxiit ak mboq-mboq yu bawoo ci dereet ji.
 Génnug nëx-nëx yi ak mboq-mboq yi ci jamonoy mbaax ak aada ja dees na ko jàppe; ndaxte dereet la ju génn ci waxtoom,waaye dafa jaxasoo ak ndox.
 Jigéen du bàyyi julli ak woor ngir nëx-nëx yi ak mboq-mboq yiy am ginnaaw laab gi,waaye day jàppu daal di julli.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
-    <t>[Abóo Daawuda a ko soloo ci kàddu gii, Al-buxaariy soloo ko waliif ndollent (ginnaaw laab ga)]</t>
+    <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/10014</t>
   </si>
   <si>
     <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>toogal diir bi la sa mbaax daan téye, topp nga sangu</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>Jële nañu ci Aysatu ndayu jullit ñi -yal na ko Yàlla dollee gërëm- mu wax ne: Ummu Habiibata bint Jahsin mi nekkoon ci soxnas Abdur Rahmaan ibn Awf dafa jàmbat Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- dereet ju muy gis, mu ne ko: "toogal diir bi la sa mbaax daan téye, topp nga sangu". Tax mu daan sangu ci julli gu nekk.</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>Kenn ci jigéen yi àndoon ak Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- dereet ji dafa wéy di génn ci moom, Mu digal ko mu bañ a julli diir bi ko mbaaxam daan téye njëkk mbir mii di gaar, topp mu sangu daal di julli,moom nag mu daan ci coobarewu ñeel julli gu nekk.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
@@ -14105,50 +17386,127 @@
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day xibaare ne jullit bu lislaamam mat mooy ki jullit ñi mucc ci làmmiñam du leen saaga, du leen rëbb, du leen jëw, te du dox seen diggante ci genn xeetu lor ci làmmiñam, Dañuy mucc it ci loxoom du leen tooñ, du jël seen alal ci lu dul dëgg, ak lu niru loolu, Aji-gàdday nag mooy ki bàyyi li Yàlla araamal.</t>
   </si>
   <si>
     <t>كمال الإسلام لا يكون إلا بِعَدَم إِلْحاقِ الأذى بالآخرين ماديًّا كان أو معنويًّا.
 خص اللسان واليد بالذكر؛ لكثرة أخطائهما وأضرارهما، فإنَّ معظم الشرور تصدر عنهما.
 الحث على ترك المعاصي والتزام ما أمر الله تعالى به.
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Matug Lislaam du am ci lu dul bañ a lor ñeneen ñi moo xam xeetu lor gumu manadoon.
 Jagleel nañu làmmiñ ak loxo cig tudd; ngir li seen i njuumte ak seen i lor bari, ndax ay yi gën a bari ci ñoom ñaar lay ame.
 Ñaaxe ci bàyyi moy yi te taqoo ak li Yàlla mu kawe mi digle.
 Ki gën ci jullit ñi mooy kiy jooxe àqi Yàlla ak àqi jullit ñi.
 Tooñ man naa nekk wax walla jëf.
 Gàddaay gu mat mooy gàddaay li Yàlla mu kawe mi araamal.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/10101</t>
+  </si>
+  <si>
+    <t>إذا جاء رمضان فتحت أبواب الجنة، وغلقت أبواب النار، وصفدت الشياطين</t>
+  </si>
+  <si>
+    <t>bu Ramadaan ñëwee dañuy tijji bunti àjjana yi, tëj bunti sawara yi, jéng saytaane yi</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «إِذَا جَاءَ رَمَضَانُ فُتِّحَتْ أَبْوَابُ الْجَنَّةِ، وَغُلِّقَتْ أَبْوَابُ النَّارِ، وَصُفِّدَتِ الشَّيَاطِينُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "bu Ramadaan ñëwee dañuy tijji bunti àjjana yi, tëj bunti sawara yi, jéng saytaane yi".</t>
+  </si>
+  <si>
+    <t>أخبرَ النبيُّ صلى الله عليه وسلم أنه إذا دخل شهر رمضان حصلت ثلاثة أمور: 
+الأول: تفتح أبواب الجنة فلم يغلق منها باب. 
+الثاني: تغلق أبواب النيران فلم يفتح منها باب.  
+الثالث: تشد الشياطين ومردة الجن بالسلاسل، فلا يخلصون إلى ما كانوا يخلصون إليه في غير رمضان.
+وكل ذلك تعظيم لهذا الشهر، وترغيب للعاملين بكثرة الطاعات من صلاة وصدقة وذكر وقراءة للقرآن وغير ذلك؛ وبالابتعاد عن الذنوب والمعاصي.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne bu weeru koor duggee ñatti mbir day am: Bi ci njëkk: dañuy tijji bunti àjjana yi duñu ci tëj benn bunt. Ñaareel bi: dañuy tëj bunti sawara yi duñu ci tijji benn bunt. Ñatteel bi: dañuy tënk saytaane yi ak jinne yi fétterlu ci ay ceen, duñu leen bàyyi ñuy def la ñu daan def ci bu dul Ramadaan. Loolu lépp nag màggal la ñeel weer wii, ak ug xemmemloo ñeel way-jëf yi ci ñu baril ay jaamu ci julli ak saraxe ak sikar ak jàng Alxuraan ak yu dul yooyu; ak ñu sori bàkkaar yi ak moy yi.</t>
+  </si>
+  <si>
+    <t>فضل شهر رمضان.
+بشارة للصائمين فيه بأن هذا الشهر المبارك موسم عبادة وخير.
+في تصفيد الشياطين في رمضان إشارة إلى رفع عذر المكلف وكأنه يقال له: قد كُفّت الشياطين عنك فلا تعتذر بهم في ترك الطاعة ولا في فعل المعصية.
+قال القرطبي: فإن قيل: كيف نرى الشرور والمعاصي واقعة في رمضان كثيرًا فلو صفدت الشياطين لم يقع ذلك؟ فالجواب: أنها إنما تقل عن الصائمين الصوم الذي حوفظ على شروطه وروعيت آدابه، أو المصفد بعض الشياطين وهم المردة لا كلهم كما تقدم في بعض الروايات، أو المقصود تقليل الشرور فيه، وهذا أمر محسوس، فإن وقوع ذلك فيه أقل من غيره، إذ لا يلزم من تصفيد جميعهم أن لا يقع شر ولا معصية؛ لأن لذلك أسبابًا غير الشياطين كالنفوس الخبيثة والعادات القبيحة والشياطين الإنسية.</t>
+  </si>
+  <si>
+    <t>Ngëneelu weeru koor.
+Ag bégle la ñeel ñi ciy woor ci ne weer wu baarkel wii ag jamanoy jaamu Yàlla la ak def lu baax.
+Tënk gi ñuy tënk saytaane yi ci weeru koor ag junj la ci dindi ngàntal  mukallaf mi mu mel ni dañu koy wax ne: fegalees na la saytaane yi kon bul joxe ngànt ci bàyyi jaamu gi du caagine def moy yi.
+Al-Xurtubii nee na: bu ñu nee: bu dee da ñuy tënk  saytaane yi ci weeru koor gi kon lu tax ñuy gis lu bon ak ay moy Yàlla di am ci weer wi? Tontu li mooy: bàkkaar yi day néew ci woorkat yi woor koor gu jaar yoon, walla tënk gi yenn saytaane yi fétterlu rekk la waaye du yépp, kem ni mu jiitoo ci yenn nettali yi, walla li ñu ci jublu mooy yu bon yi néew gi muy néew ci weer wi, te lii lu ñu yëg la, lu bon limuy am ci weeru koor moo gën a néewe weer yi ci des,  ndaxte tënk ñépp it du caagine lo bon du am; ndaxte loolu dafa am yeneen sabab yu dul saytaane niki bakkan bu bon bi, ak aada yu ñaaw yi, ak saytaaney nit yi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/10107</t>
+  </si>
+  <si>
+    <t>قال الله تبارك وتعالى: أعددت لعبادي الصالحين، ما لا عين رأت، ولا أذن سمعت، ولا خطر على قلب بشر</t>
+  </si>
+  <si>
+    <t>Yàlla mu Baarkeel mi te kawe nee na: waajalal naa sama jaam yu sell yi, lu bët musul a gis, nopp musu ko a dégg, te musul a rot ci xolo nit</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: أَعْدَدْتُ لِعِبَادِي الصَّالِحِينَ، مَا لاَ عَيْنٌ رَأَتْ، وَلاَ أُذُنٌ سَمِعَتْ، وَلاَ خَطَرَ عَلَى قَلْبِ بَشَرٍ» قَالَ أَبُو هُرَيْرَةَ: اقْرَؤُوا إِنْ شِئْتُمْ: {فَلاَ تَعْلَمُ نَفْسٌ مَا أُخْفِيَ لَهُمْ مِنْ قُرَّةِ أَعْيُنٍ} [السجدة: 17].</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "Yàlla mu Baarkeel mi te kawe nee na: waajalal naa sama jaam yu sell yi, lu bët musul a gis, nopp musu ko a dégg, te musul a rot ci xolo nit" Abuu Hurayrata nee na: jàngleen bu leen soobee: {benn bakkan xamul la ñu ko dencal ci luy bégloo ay bët} [As-Sajda: 17].</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم أن الله تبارك وتعالى قال: 
+هيّأت وأعددت تشريفًا لعبادي الصالحين في الجنة ما لم يبصر ذاته عين، ولا سمعت وصفه أذنٌ، ولا وقع ولا مر على قلب بشر ماهيته. 
+قال أبو هريرة رضي الله عنه: اقرؤوا إن شئتم: 
+{فَلَا تَعْلَمُ نَفْسٌ مَا أُخْفِيَ لَهُمْ مِنْ قُرَّةِ أَعْيُنٍ} 
+[السجدة: 17].</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc xamle na ne Yàlla mu Baarkeel mi te kawe nee na: Waajalal naa ngir teral ñeel sama jaam yu sell yi ca àjjana lu bët musul a gis jëmmam, te nopp musul a dégg kàddoom, te melokaanam tàbbiwul ci xolu nit. Abuu Hurayrata yal na ko Yàlla dollee gërëm daal di ne: jàngleen bu leen soobee:
+{benn bakkan xamul la ñu leen dencal ci luy bégloo ay bët} [As-Sajda: 17].</t>
+  </si>
+  <si>
+    <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
+الحث على عمل الطاعات وترك المنكرات؛ للفوز بما أعده الله لعباده الصالحين.
+الله تعالى لم يُطلعنا في كتابه وسُنَّة رسوله على كل ما في الجَنَّة، وأنَّ ما لم نعلمه أعظم مما عَلِمْنَاه.
+بيان كمال نعيم الجَنَّة، وأن أهلها يَجدون من المَسَرَّات الخَالية من كَدر أو قَلق.
+مَتَاع الدنيا زائل والآخرة خيرٌ وأبقى.</t>
+  </si>
+  <si>
+    <t>Hadiis bii dafa bokk ci li Yonente bi di nettali jële ko ci Boroomam, ñu di ko woowe Hadiis Al-xuddsii walla Hadiisu Al-Ilaahiy, te mooy Hadiis bi nga xam ne ay baatam ak i maanaam ci Yàlla la jóge, waaye amul jagle yi nekk ci Alxuraan te mu koy ràññee ak lu dul moom, niki di jaamu Yàlla ci njàng mi ak di laab ngir jàng ko, ak di ci dëkke mbaa di ci lottalaate ak yenneen.
+Ñaaxe ci def topp yi ak bàyyi yu bon yi; ngir tonowu ci li Yàlla waajalal jaamam yu sell yi.
+Yàlla mu kawe mi wanuñu ci Téereem bi ak Sunnas Yonnenteem bi lépp lu nekk ca àjjana, ak ne la nu xamul moo gën a màgg yi nu xam.
+Leeral matug xéewali àjjana yi, ak ne ay ñoñam danañu fekk ay mbégte yu mucc ci lu koy nëxal walla njàqare.
+Bànneexi àdduna luy jeex la, te allaaxira moo gën te mooy sax.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/10404</t>
   </si>
   <si>
     <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>sunu Boroom bu baarkeel bi te kawe day wàcc guddi gu nekk ci asamaani àdduna si bu guddi gi desee ñatteelu xaaj bu mujj ba</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «sunu Boroom bu baarkeel bi te kawe day wàcc guddi gu nekk ci asamaani àdduna si bu guddi gi desee ñatteelu xaaj bu mujj ba, di wax naan: ku may woo ma wuyu ko? Ku may laaj ma jox ko? Ku may jéggalu ma jéggal ko?».</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- dafa leeral ne Yàlla sunu boroom day wàcc guddi gu nekk ci asamaani àdduna si bu guddi gi desee ñatteelu xaaj bu mujj ba, di xemmemloo jaamaam yi ci ñaan, ndax moom mooy wuyu ku ko woo, di leen ñaax ci ñu laaj ko lu ñu bëgg, ndax mooy jox ku ko laaj, di leen woo ci ñu jéggalu ko séen i bàkkaar, ndax mooy jéggal ay jaamam yi ko gëm.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>Ngëneelu ñatteelu xaaj bi mujj ci guddi gi ak di ca julli di ca ñaan di ca jéggalu.
@@ -14599,80 +17957,118 @@
 dugg àjjana lu dul dee".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- day xibaare ne ku jàng aayatul Kursiyu ginnaaw bu noppee ci jullig farata gu ne dara terewu koo dugg àjjana lu dul dee; moom nag moo ngi ci saaru Al-Baxara, mooy  waxi Yàlla ji: {Allaahu laa ilaaha illa Huwal Hayyul Xayyuumu laa taaxuzuhu sinatun walaa nawmun lahu maafis Samaawaati wa maa fil-Ardi man zal lazii yasfahu hindahuu illaa bi-iznihii yahlamu maa bayna aydiihim wa maa xalfahum wa laa yuhiituuna bi say-in min hilmihii illaa bimaa saa-a wasiha kursiyyuhus Samaawaaati wal-Ardi wa laa ya-uuduhu hifsuhumaa wahuwal Haliyyul Hasiimu} [Al-Baxara: 255].</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Ngëneelu aaya ju màgg bii; ngir li mu làmboo ci ay tur yu rafet ak i melo yu kawe.
 Sopp nañu jàng aayaa ju màgg jii 
 ginnaaw gépp jullig farata.
 Jëf yu sell yi sabab la ci dugg àjjana.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه النسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/wo/browse/hadith/10950</t>
   </si>
   <si>
     <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>jullil taxaw, boo ko manul nga toog, boo ko manul nga wetu</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Imraan Ibn Husayn -yal na ko Yàlla dollee gërëm- mu wax ne: damaa amoon ay góom, ma laaj Yónente bi -yal na ko Yàlla xéewal ak mucc- ci lu jëm ci julli, mu ne ma: «jullil taxaw, boo ko manul nga toog, boo ko manul nga wetu».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- leeral na ne cosaan ci julli mooy taxaw, lu dul ne manu ko mu julli toog, bu ko manul mu julli tëdde wet.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>Julli du wàcci nit ki feeg xel maa nga fa, waaye day juge ci melo jëm ci weneen melo kem kàttanam.
 Yaatug Lislaam ak yombam ci jaam bi ba day def jaamu gi namu ko mane.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/10951</t>
+  </si>
+  <si>
+    <t>لم يكن فاحشا ولا متفحشا ولا صخابا في الأسواق، ولا يجزي بالسيئة السيئة ولكن يعفو ويصفح</t>
+  </si>
+  <si>
+    <t>Nekkul woon ku ñaaw i wax du caagine ay jëf, du caagine kuy coow ci ja yi, (marché)te daawul fayantoo lu ñaaw, waaye day baale di jéggale</t>
+  </si>
+  <si>
+    <t>عَن أَبي عَبْدِ اللهِ الْجَدَلِيِّ قَالَ: سَأَلْتُ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها عَنْ خُلُقِ رَسُولِ اللهِ صلى الله عليه وسلم فَقَالَتْ: لَمْ يَكُنْ فَاحِشًا وَلَا مُتَفَحِّشًا وَلَا صَخَّابًا فِي الْأَسْوَاقِ، وَلَا يَجْزِي بِالسَّيِّئَةِ السَّيِّئَةَ وَلَكِنْ يَعْفُو وَيَصْفَحُ.</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Abdul Laahi Al-Jadalii nu wax ne: laaj naa Aysatu ndayu jullit ñi yal na ko Yàlla dollee gërëm jikkóy Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: Nekkul woon ku ñaaw i wax du caagine ay jëf, du caagine kuy coow ci ja yi, (marché)te daawul fayantoo lu ñaaw, waaye day baale di jéggale.</t>
+  </si>
+  <si>
+    <t>سُئلت أم المؤمنين عائشة رضي الله عنها عن خُلق النبي صلى الله عليه وسلم فقالت: لم يكن في طبعه الفحش والقبح بأقواله وأفعاله، ولا يتكلف الفحش ولا يتعمده، ولا صيّاحًا يرفع صوته في الأسواق، ولا يجزي بالسيئة السيئة؛ ولكن يجزي بالحسنة، ويعفو في الباطن، ويصفح ويعرض عنه في الظاهر.</t>
+  </si>
+  <si>
+    <t>Laaj nañu yaayu jullit ñi Aysatu yal na ko Yàlla dolli xéewal ak mucc jikkóy Yonente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: bokkul woon ci jikkóom wax ju bon ak jëf ju bon, te du jéem a ñaawal du caagine mu tay ko, du caagine it di coow di yëkkëti kàddoom ci ja yi, te du fayantoo lu ñaaw; waaye day faye lu rafet, di baale ci biir, di jéggale di dummóoyu ci li feeñ.</t>
+  </si>
+  <si>
+    <t>بيان ما كان عليه النبي صلى الله عليه وسلم من الخلق الرفيع والبعد عن الأخلاق الذميمة.
+الحث على فعل الأخلاق الحسنة والابتعاد عن الأخلاق السيئة.
+ذم التكلم بالبذيء من القول والكلام القبيح.
+ذم رفع الصوت على الناس والصياح عليهم.
+الحث على مقابلة الإساءة بالحسنة والعفو والمسامحة.</t>
+  </si>
+  <si>
+    <t>Leeral ni Yonente bi melowoo woon ci ay jikkó yu kawe ak ni mu soree woon jikkó yu ñaaw yi.
+Ñaaxe ci def jikkó yu rafet yi ak sori jikkó yu ñaaw yi.
+Ŋàññ na ñu wax ju ñaaw ak wax ju bon.
+Ŋàññ na ñu yëkkëti kàddu ci kaw nit ñi ak yuuxu ci seen kaw.
+Ñaaxe na ñu faye lu ñaaw ci lu rafet ak jéggale ak baale.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/10974</t>
   </si>
   <si>
     <t>لا تسبوا أصحابي، فلو أن أحدكم أنفق مثل أحد ذهبا ما بلغ مد أحدهم، ولا نصيفه</t>
   </si>
   <si>
     <t>Buleen  di ŋàññ sama àndandoo yi, bu kenn ci yéen joxe woon lu toll ne Uhud ci wurus du jot Muddub kenn ci ñoom, waxumalaak xaaj ba</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Sahiid Al-Xudriyu -yal na ko Yàlla dollee gërëm- mu wax ne: Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «Buleen  di ŋàññ sama àndandoo yi, bu kenn ci yéen joxe woon lu toll ne Uhud ci wurus du jot Muddub kenn ci ñoom, waxumalaak xaaj ba».</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc tere na ñuy ŋàññ Sahaaba yi, rawati na ña jiitu ca way-gàdday ya,
 ak lansaar ya ; mu xamle ne bu kenn ci nit ñi joxe woon lu toll ni doju Uhud ci wurus du jot yoolub joxeg kenn ci Sahaaba yi Muddub ñam walla xaaj
 ba Mudd mooy loxob nit ku yam-; li ko waral mooy seen ug sellal, ak seen yéene ju 
 dëggu, ak seen ug jiitu ci joxe ak xeex njëkk ubbiteg Màkka.</t>
   </si>
   <si>
     <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
   </si>
@@ -14717,50 +18113,85 @@
   <si>
     <t>Asan ak Usaynu ñooy sangi waxambaaney waa àjjana</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الحَسَن والحُسَيْن سَيِّدا شَباب أهْل الجنة».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Sahiid Al-Xudrii yal na ko Yàlla dollee gërëm mu wax ne: Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: "Asan ak Usaynu ñooy sangi waxambaaney waa àjjana".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حَفيدَيه الحسن والحسين ابنا علي بن أبي طالب وفاطمة بنت النبي صلى الله عليه وسلم ورضي عنهم، هما سيدا كلِّ مَن مات وهو شاب ودخل الجنة في الفضل، أو أنهما سيدا شباب أهل الجنة باستثناء الأنبياء والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xibaare ne ñaari sëtam yii Asan ak Usaynu ñaari doomi Aliyun Ibn Abii Taalib ak Faatimatu doomu Yonnente bi ñooy sangi kepp ku faatu tey waxambaane bu dugg àjjana ci ngëneel, walla ñooy sangi waxambaaney waa àjjana ba mu des Yonnente yi ak Xalifaa yu jub ya.</t>
   </si>
   <si>
     <t>فيه فضيلة ظاهرة للحسن والحسين رضي الله عنهما.
 قيل في معنى الحديث: أنهما في وقت الحديث هما سيدا شباب مَن هم من أهل الجنة من شُبّان هذا الزمان، أو أنهما أفضل ممن لم يثبت فيه تفضيلٌ عامٌّ كالأنبياء والخلفاء، أو أنهما سيدا من اتصف بصفات الشباب والفُتُوَّة كالمروءة والكرم والشجاعة، ولم يَرِدْ بذلك سِنَّ الشباب؛ لأن الحسن والحسين ماتا كَهْلَين.</t>
   </si>
   <si>
     <t>Am na ci ngëneel lu feeñ ñeel Asan ak Usaynu yal na leen Yàlla dollee gërëm.
 Waxees na ne maanaam hadiis bi: mooy ñoom ñaar ci waxtuw hadiis bi ñooy sangi bépp waxambaane bu bokk ci waa àjjana ci waxambaaney jamono jii, walla ñoom ñaar ñoo gën képp koo xam ne amul ngëneel lu matale lu sax ñeel ko niki Yonnente yi  ak xulafaa yi, walla ñoom ñooy sangi ku melowoo melow ndaw ci dëgër ak mbajum rus ak teddnga ak ug jàmbaare, waaye jubluwul ci loolu ati waxambaane; ndax Asan ak Usaynu ci ag paa lañu faatu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/11169</t>
+  </si>
+  <si>
+    <t>إن القبر أول منزل من منازل الآخرة، فإن نجا منه فما بعده أيسر منه، وإن لم ينج منه فما بعده أشد منه</t>
+  </si>
+  <si>
+    <t>bàmmeel de mooy wàccuwaay bi njëkk ci wàccuwaayi allaaxira yi, bu ca muccee la ca ginnaawam mooy gën na yomb, bu ca muccul la ca ginnaawam mooy gën na tar</t>
+  </si>
+  <si>
+    <t>عَن هَانِئ مَوْلَى عُثْمَانَ رَضيَ اللهُ عنهُ قَالَ: كَانَ عُثْمَانُ إِذَا وَقَفَ عَلَى قَبْرٍ بَكَى حَتَّى يَبُلَّ لِحْيَتَهُ، فَقِيلَ لَهُ: تُذْكَرُ الْجَنَّةُ وَالنَّارُ فَلَا تَبْكِي، وَتَبْكِي مِنْ هَذَا؟ فَقَالَ: إِنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِنَّ الْقَبْرَ أَوَّلُ مَنْزِلٍ مِنْ مَنَازِلِ الْآخِرَةِ، فَإِنْ نَجَا مِنْهُ فَمَا بَعْدَهُ أَيْسَرُ مِنْهُ، وَإِنْ لَمْ يَنْجُ مِنْهُ فَمَا بَعْدَهُ أَشَدُّ مِنْهُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Haanii jaamub Usmaan yal na ko Yàlla dollee gërëm mu wax ne: Usmaan bu daan taxaw ci bàmmeel day jooy ba sikkinam bi tooy, ñu ne ko: dañu lay tuddal àjjana ak sawara te doo jooy, ba noppi ngay jooy ci lii? Mu ne Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: "bàmmeel de mooy wàccuwaay bi njëkk ci wàccuwaayi allaaxira yi, bu ca muccee la ca ginnaawam mooy gën na yomb, bu ca muccul la ca ginnaawam mooy gën na tar".</t>
+  </si>
+  <si>
+    <t>كان أمير المؤمنين عثمان بن عفان رضي الله عنه إذا وقف على قبر بكى حتى يبلّ بدموعه لحيته، فقيل له: 
+تذكر الجنة والنار فلا تبكي اشتياقًا إلى الجنة أو خوفًا من النار! وتبكي من القبر؟ 
+فقال: إن النبي صلى الله عليه وسلم أخبر أن القبر أول منزل من منازل الآخرة، فإن نجا وخلَص منه فما بعده من المنازل أيسر منه، وإن لم ينج من عذابه؛ فما بعده من العقاب أشد مما فيه.</t>
+  </si>
+  <si>
+    <t>Njiitu jullit ñi Usmaan ibn Affaan yal na ko Yàlla dollee gërëm bu daan taxaw ci ab bàmmeel day jooy ba sikkinam bi tooy ak rangooñ, ñu ne ko: Dañu lay tuddal àjjana ak sawara te doo jooy ngir namm àjjana walla ragal sawara! ba noppi ngay jooy ngir bàmmeel? Mu wax ne: Yonente bi yal na ko Yàlla dolli xéewal ak mucc xamle na ne bàmmeel mooy wàccuwaay bi njëkk ci wàccuwaayi allaaxira yi, bu ca muccee set ca kon la ca ginnaawam ci ay wàccuwaay mooy gën a yomb, bu muccul ci ay mbugalam nag; la cay tege ci mbugal mooy gën na tar li mu nekk.</t>
+  </si>
+  <si>
+    <t>بيان ما كان عليه عثمان رضي الله عنه من الخوف من الله تعالى مع أنه من المبشرين بالجنة.
+مشروعية البكاء عند تذكر أهوال القبر والقيامة.
+إثبات نعيم القبر وعذابه.
+الترهيب من عذاب القبر.</t>
+  </si>
+  <si>
+    <t>Leeral ni Usmaan nekke woon ci ragal Yàlla ànd ak ne moom bokk na ci ñi ñu bégal ci àjjana.
+Yoonalees na jooy ci boo fàttalikoo tiisi bàmmeel ak bis-pénc.
+Saxal xéewali bàmmeel ak mbugalam.
+Ragalloo mbugalu bàmmeel.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/11205</t>
   </si>
   <si>
     <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
     <t>mbir mii (te mooy diine ji ) dana 
 egg fu guddi gi ak bëccëg gi egg, te Yàlla du bàyyi kërug taax walla kërug kaw lu dul ne dana fa dugal diine ji</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
     <t>Jële nañu ci Tamiim Addaarii -yal na ko Yàlla dollee gërëm- mu wax ne: dégg naa Yonnente Yàlla bi -yal ko Yàlla dolli xéewal ak mucc- muy wax naan: "mbir mii (te mooy diine ji ) dana 
 egg fu guddi gi ak bëccëg gi egg, te Yàlla du bàyyi kërug taax walla kërug kaw lu dul ne dana fa dugal diine ji, ci teddaangey aji-tedd walla toroxtaangey aji-torox, ag teddaange ju Yàlla di terale Lislaam, ak toroxtaange ju Yàlla di toroxale kéefar", Tamiim Addaarii daan na wax naan: loolu de ci sama waa kër laa ko xame, ku ci tuub ci ñoom rekk am na yiw teddnga ak ug màgg, ku ci weddi ci ñoom am na toroxtaange ak ug tuuti ak joxe juuti.</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
     <t>Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- day xibaare ne diine jii dana matale mbooleem suuf si, bépp barab bu guddi ak bëccëg egg rekk diine ji dana fa egg, Te Yàlla du bàyyi ak kër ci taax yi ak ci kaw gi walla ci xur yi mbaa ci àll bi lu dul ne dana fa dugal diine ji, Ku nangu diine ji te gëm ko dana nekk ku tedd ci teraangay Lislaam, Ku ko bañ daal di koy weddi dana nekk ku torox di ku doyadi.
 Sahaaba bi di Tamiim Addaarii -yal na ko Yàlla dolli xéewal ak mucc- wax ne moom ci këram la xame lii Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- xibaare, ndax ku ci dugg ci Lislaam ci ñoom am na yiw ak teddnga ak ug màgg, ku ci weddi ci ñoom am ug toroxtaange ak ug doyadi ànd ak li muy jox jullit ñi ci juuti.</t>
@@ -15077,56 +18508,50 @@
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ibn Mashuud day xibaare ne Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- xamal na leen xutbay aajo, te mooy li ñuy wax bu ñuy tàmbalee wax ci xutba yi, ak ci aajo yi, niki xutbay takk ab sëy, ak xutbay àjjuma ak yeneen, Xutba gii nag dafa làmboo ay maanaa yu bari ci leeral ne Yàlla moo jagoo mbooleem xeeti cant yi, ak sàkku ndimbal ci moom dong amul bokkaale, ak suturaal bàkkaar yi te jéggale ko, ak làqu ci Yàlla ci bépp ay, ak ayi bàkkan yi ak yeneen.
 Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- xamle na ne gindee ci loxoy Yàlla la nekk, ku mu gindi kenn manu koo sànk, ku mu sànk it kenn manu koo gindi.
 Mu tudd seede ci Tawhiid, ci ne amul kenn ku ñuy jaamu cig dëgg ku dul Yàlla, ak seedeg Yónent ci ne Muhammat jaamu Yàlla la di Yónenteem la.
 Mu jeexale xutba gi ci ñatti aaya yu làmboo digleg ragal Yàlla mu màgg mi ci def ay ndigalam te moytu ay tereem, ngir sàkku jëmmi Yàlla ji, ak ne payug ku def loolu mooy sellug ay jëf ak i wax, ak far ay ñaawtéef, ak jéggalug bàkkaar yi, ak dund gu teey ci àdduna, ak texe ca àjjana ëllëg bis-pénc.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Sopp nañu ubbee xutbay takk sëy ak àjjuma ak yeneen ci xutba gii.
 Xutba dafa war a làmboo ag cant ak ñaari baati seede yi, ak ay aayay Alxuraan.
 Jàngaleg Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- ay Sahaabaam lépp lu ñu aajowoo ci séen diine.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/wo/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>Deesul takk jigéen ci lu dul kilifa</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abuu Muusa Al-Ashsrii -yal na ko Yàlla dollee gërëm- mu jële ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «Deesul takk jigéen ci lu dul kilifa».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- dafa leeral ne jigéen du dagan ñu takk ko ci lu dul kilifa gu taxawe takk ga.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
@@ -15226,50 +18651,53 @@
   <si>
     <t>Jële nañu ci Ibn Abbaas yal na leen Yàlla dollee gërëm mu wax ne: Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: «Yàlla du xool góor giy sëy ak soxnaam ci ginnaawam».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ بأنَّ الله لا ينظر نظرةَ رحمةٍ إلى رجلٍ أتى رجلًا في دُبُرِهِ أو امرأة في دُبُرها، وأنه كبيرة من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc leeral na tëkku gu tar ci ne Yàlla du xool xoolu yërmànde jëm ci góor gir sëy ak góor ci ginnaawam walla jigéen ci ginnaawam, ak ne loolu dafa bokk ci bàkkaar yu mag yi.</t>
   </si>
   <si>
     <t>إتيان الرجلِ الرجلَ -وهو اللواط- من كبائر الذنوب.
 إتيان المرأة في دبرها من كبائر الذنوب.
 (لا ينظر الله) أي نظر رحمة ورأفة، وليس المراد به: النظر العام؛ لأن الله سبحانه وتعالى لا يخفى عليه شيء ولا يغيب عن بصره شيء.
 هذه الأعمال من أعظم الفواحش وأخطرها على البشرية؛ لما فيها من مخالفة الفطرة البشرية السليمة، وقلة النسل، وإفساد الحياة الزوجية، وغرس العداوة والبغضاء، والوقوع في الأماكن المستقذرة.</t>
   </si>
   <si>
     <t>Góor dikke góor -te mooy ag ngóor-jigéen- dafa bokk ci bàkkaar yu mag yi.
 Sëy ak jigéen ci ginnaawam ci bàkkaar yu mag yi la bokk.
 (Yàlla du xool) maanaam xoolu yërmànde ak ñeewant, waaye jubluwuñu ci xool yépp; ndaxte Yàlla dara nëbbuwul fa moom, te dara fàdduwul ag gisam.
 Jëf yii dafa bokk ci ñaawteef yi màgg yi te di kaawteef ci kaw nit ñi; ndax li ci nekk ci wuute ak selluk nit ku mucc, ak néewal ag njaboot, ak yàq ab sëy,  ak jëmbat noonoo ak mbañeel, ak tàbbi ci barab yu salte yi.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/wo/browse/hadith/58091</t>
   </si>
   <si>
     <t>قلت: يا رسول الله، ما حق زوجة أحدنا عليه؟، قال: أن تطعمها إذا طعمت، وتكسوها إذا اكتسيت، أو اكتسبت، ولا تضرب الوجه، ولا تقبح، ولا تهجر إلا في البيت</t>
   </si>
   <si>
     <t>Damaa wax ne: yaw Yonente Yàlla bi, lan mooy àqi jabaru kenn ci nun?, mu wax ne: «nga jox ko mu lekk boo lekkee, nga solal ko boo solee, walla nga fàggu, te bul dóor ci kanam gi, te bul ñaawal, bul gàddaay fu dul ci kër gi</t>
   </si>
   <si>
     <t>عَنْ مُعَاوِيَةَ الْقُشَيْرِيِّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، مَا حَقُّ زَوْجَةِ أَحَدِنَا عَلَيْهِ؟، قَالَ: «أَنْ تُطْعِمَهَا إِذَا طَعِمْتَ، وَتَكْسُوَهَا إِذَا اكْتَسَيْتَ، أَوِ اكْتَسَبْتَ، وَلَا تَضْرِبِ الْوَجْهَ، وَلَا تُقَبِّحْ، وَلَا تَهْجُرْ إِلَّا فِي الْبَيْتِ»</t>
   </si>
   <si>
     <t>Jële nañu ci Muhaawiya Al-Xusayrii yal na ko Yàlla dollee gërëm mu wax ne: Damaa wax ne: yaw Yonente Yàlla bi, lan mooy àqi jabaru kenn ci nun?, mu wax ne: «nga jox ko mu lekk boo lekkee, nga solal ko boo solee, walla nga fàggu, te bul dóor ci kanam gi, te bul ñaawal, bul gàddaay fu dul ci kër gi»</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم ما حقُّ الزوجة على زوجها؟ فذَكر النبيُّ صلى الله عليه وسلم أمورًا، ومنها: 
 أولًا: لا تَخُصّ نفسَك بالطعام دونها؛ بل تطعمها كلما أكلتَ وطعمتَ. 
 ثانيًا: لا تخص نفسك بالكسوة واللباس، بل تكسوها إذا اكتسيتَ، وإذا اكتسبت واستطعت. 
 ثالثًا: لا تُضرب إلا لسبب وحاجة، وإذا احتاج إلى ضربها للتأديب أو لتركها بعض الفرائض فيكون ضربًا غير مُبَرِّح؛ ولا يُضرب الوجه؛ لأن الوجه أعظم الأعضاء وأظهرها ومشتمل على أجزاء شريفة وأعضاء لطيفة. 
 رابعًا: لا تَشْتُم أو تقل: قَبَّحَ اللهُ وجهَك؛ فلا تنسبه ولا شيئًا من بدنها إلى القُبْح الذي هو ضد الحُسْن؛ لأن الله تعالى هو صَوَّرَ وجهَ الإنسان وجِسْمَه، وأحسن كل شيء خلقه، وذَمُّ الخِلْقة يعود إلى مَذَمَّة الخَالق والعياذ بالله. 
 خامسًا: لا تَهْجُر إلا في المَضْجَع، ولا تَتَحَوَّل عنها، ولا تُحَوِّلها إلى دار أخرى؛ ولعل ذلك فيما يعتاد وقوعه من الهجر بين الزوج والزوجة.</t>
   </si>
   <si>
     <t>Laaj nañu Yonente bi yal na ko Yàlla dolli xéewal ak mucc àqi jabar ci jëkkëram? Yonente bi tudd ay bir, bokk na ca:
 Bi ci njëkk: bul jagleel sa bopp aw ñam bàyyi ko; waaye danga koy jox mu lekk booy lekk.
@@ -15458,69 +18886,101 @@
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xibaare ne doomu Aadama lees toggu jëf ba mu des ñatt ñii:
 Xale bu ndaw bi ba keroog muy màgg di mat.
 Ak dof bi am xelam dem ba keerog muy 
 dellusi.
 Ak kiy nelaw ba keroog muy yeewu.
 Kenn toggu leen jëf, def gi ñuy def bàkkaar 
 deesu leen ko bindal, waaye dees na bindal yiw xale bi wolif dof bi ak kiy nelaw; ndax ñoom ñaar dañoo nekk ci anam goo xam ne nanguwul ag jaamu di ca wére, ngir li ag yég deñ ci ñoom.</t>
   </si>
   <si>
     <t>فَقْدُ الإنسانِ الأهليةَ يكون إما بسبب النوم الذي أفقده الاستيقاظَ لأداءِ واجباته، أو بسبب حَدَاثَةِ السِّنِّ والصِّغَرِ الذي هو معها فاقد للأهلية، أو بسبب الجنون الذي اضطربت معه وظائفه العقلية، أو ما يَلْحَق به كالسُّكْر، فمن فقد التمييز والتصوُّر الصحيحين، فانتفت عنه الأهلية بسببٍ من هذه الأسباب الثلاثة؛ فإن الله تبارك وتعالى بعدله، وحلمه، وكرمه، قد رَفَعَ عنه المؤاخذةَ بما يَصْدُرُ عنه من تعدٍّ أو تقصير في حق الله تعالى.
 عدم كتابة الآثام عليهم، لا ينافي ثبوت بعض الأحكام الدنيوية عليهم؛ كالمجنون لو قَتَل، فلا قود عليه ولا كفارة، وعلى عاقلته الدية.
 للبلوغ ثلاث علامات: نزولُ المنيِّ، باحتلام وغيره، أو نَباتُ شَعَر العَانة، أو بإتمام خمسة عشر عامًا، وتزيد المرأة أمرًا رابعًا: وهو الحيضُ.
 قال السبكي: الصبي الغلام، وقال غيره: الولد في بطن أمه يسمى جَنينًا فإذا وُلِد فصبيٌّ فإذا فُطِمَ فغلامٌ إلى سَبْعٍ ثم يَصيْرُ يافِعًا إلى عَشْر ثم حزورًا إلى خمس عشرة، والذي يُقطع به أنه يُسمّى صبيًّا في هذه الأحوال كلها، قاله السيوطي.</t>
   </si>
   <si>
     <t>Nit ki ñàkk warugar li koy sabab mooy benn nelaw gi tax ag yeewuwul ngir def warugar wi, walla at yu néew nga xam ne day teree mana def sa warugar, walla ag ndof gi nga xam ne xel miy liggéey da ciy dengi-dengi, walla lu ko niru niki màndi, kon ku ñàkk ag ràññee ak xam li wér, ag warugar dàqu ci moom ngir ñatti sabab yii; kon Yàlla ci ag màndoom, ak lewetam, ak teddngaam, day dindi ci moom ñu koy toppe li miy def cig ëppal walla ag gàtteñlu ci àqi Yàlla mu kawe mi.
 Ñàkk a leen a bindal bàkkaar yi, safaanoowul ak yenn àttey àdduna yi sax ci seen kaw; niki dof bi bu rayoon, fayu du tege ci kawam du caagine kaffaara, waaye war na njabootam ñu joxe Diya.
 Ag mat am na ñatti màndarga: génne Maniyu, ci gént mba leneen, sax kawaru naq, walla matal fukki at ak juróom, budee jigéen nag 
 am na ñenteel bu ciy dolliku: te mooy gis mbaax.
 Assubkii nee na: Sabiyu mooy xale, am ñu wax ne: doom ji nekk ci biir yaayam ëmb lañu koy woowe bu juddoo ñu woowe ko liir, bu feree ñu woowe ko xale ba mu am juróom-ñaari at mu nekk ku mat ba ci fukki at yi mu nekk ku dëgër ba ci fukki at ak juróom, li ñuy dogu nag mooy meloo yii yépp xale lañu koy woowe, As-Suyuutii moo ko wax.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/58148</t>
   </si>
   <si>
+    <t>قلت يا رسول الله: من أبر؟ قال: أمك، ثم أمك، ثم أمك، ثم أباك، ثم الأقرب فالأقرب</t>
+  </si>
+  <si>
+    <t>Wax naa: yaw Yonente Yàlla bi: kan laay gën a rafetal ci moom? Mu ne ma: "sa yaay, topp ca sa yaay, topp ca sa yaay, topp ca sa baay, topp ca ki gën a jege</t>
+  </si>
+  <si>
+    <t>عَنْ بَهْزِ بْنِ حَكِيمٍ عَنْ أَبِيهِ عَنْ جَدِّهِ قَالَ: قُلْتُ يَا رَسُولَ اللَّهِ: مَنْ أَبَرُّ؟ قَالَ: «أُمَّكَ، ثُمَّ أُمَّكَ، ثُمَّ أُمَّكَ، ثُمَّ أَبَاكَ، ثُمَّ الْأَقْرَبَ فَالْأَقْرَبَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Bahr ibn Hakiim mu jële ci baayam mu jële ci maamam mu wax ne: Wax naa: yaw Yonente Yàlla bi: kan laay gën a rafetal ci moom? Mu ne ma: "sa yaay, topp ca sa yaay, topp ca sa yaay, topp ca sa baay, topp ca ki gën a jege".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أولى الناس بالبر به، والإحسان إليه، وحسن المعاملة، وطيب المعاشرة، ومصاحبته وصلته: هي الأم، وأكَّد حق الأم على غيرها بتكراره ثلاث مرات؛ لبيان فضلها على سائر الناس دون استثناء.
+ثم قال صلى الله عليه وسلم مبينًا من يليها في البر: ثم الأب، ثم الأقرب فالأقرب من ذوي الأرحام، وكلما كان أقرب كان أولى بالصلة من الأبعد.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc leeral na ne ki gën a yay ci nit ci ci lu baax ak rafetal jëme ci moom, ak rafetug jëflante, ak teeyug dundaale, ak ànd ak moom ak jokk ko: mooy yaay, mu feddali àqi yaay ci kaw àqi keneen ci baamtu ko ñatti yoon; ngir leeral ngëneelam ci nit ñi ci lu amul genn settee. Topp Yonente bi yal na ko Yàlla dolli xéewal ak mucc daal di wax ngir leeral ki ci topp ci moom ci rafetal: topp ca sa baay, topp ca ki gën a jege ci mbokk yi, saa bu mbokk nekkee ku gën a jege rekk mooy gën a yay ci jokk ci ki gën a sori.</t>
+  </si>
+  <si>
+    <t>الحديث فيه تقديم الأم، ثم الأب، ثم الأقرب فالأقرب، على حسب درجاتهم في القرب.
+بيان مكانة الوالدين والأم خصوصًا.
+كرَّر في الحديث البر بالأم ثلاثًا؛ وذلك لعِظم فضلها على أولادها، ولكثرة ما تتحمله من مشاق وتعب وصعوبة الحمل، ثم الوضع، ثم الرضاع، والتي تنفرد بها الأم، ثم تشارك الأب في التربية.</t>
+  </si>
+  <si>
+    <t>Nekk na ci hadiis bi jiital àqi yaay, teg ca baay, teg ca mbokk mu gën a jege, ci kem seen daraja ci jege ga.
+Leeral dayob ñaari way-jur rawati na yaay.
+Baamtu na ci hadiis bi rafetal ci yaay ñatti yoon; loolu nag ngir ay ngëneelam yu màgg ci ay doomam, ak ngir bariwaayu li miy gàddu ci ay coono ak i tiis ak jafe-jafey ëmb, topp ca imbi, teg ca nàmpal, yi nga xam ne yaay rekk moo ko wéetoo, topp baay ji bokk ak moom yar gi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/58188</t>
+  </si>
+  <si>
     <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>ku génnug topp, daal di tàqalikoo ak mbooloo ma ba faatu, kon dee na deewug ceddo</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «ku génnug topp, daal di tàqalikoo ak mbooloo ma ba faatu, kon dee na deewug ceddo, képp kuy xeex ngir yékkati  raayaa cànkute, di mer ngir par-parloo, di woote ci aw xeet, walla muy xeex ngir par-parloo ciw xeet pp ba ñu ray ko, kon ag rayam rayug ceddo la, képp ku génn ag topp ci sama xeet wi, di dóor ñu baax ña ak kàccoor ya, te du moytu sax way-gëm ña, te du matale kóllëreg boroom kollëre, kooku bokkul ci man te bokkuma ci moom».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral ne képp Ku génn ci toppug njiit ya, tàqalikoo ak mbooloom Lislaam ma dëppoo ci jaayante ak njiit la, daal di faatu ci loolu kon dee na deewug ceddo, ñooña ñooy ñidaawul topp njiit te daawuñu ànd ci menn mbooloo, waaye dañu daan nekk ay kurél ak i pàcc ñenn ñi di xeex ñeneen ñi .
-. Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- xibaare ne képp ku xeex ci ron raaya wow xamul lu cay dëgg ak lu cay neen, di mer ngir farag aw xeetam rekk, defu ko ngir dimbali diine ak dëgg, muy rayante ngir par-parloo ci lu dul gis-gis ak xam-xam bu leer, bu ñu ko rayee ci anam googu, day mel ni ku ñu ray cig ceddo.
+Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- xibaare ne képp ku xeex ci ron raaya wow xamul lu cay dëgg ak lu cay neen, di mer ngir farag aw xeetam rekk, defu ko ngir dimbali diine ak dëgg, muy rayante ngir par-parloo ci lu dul gis-gis ak xam-xam bu leer, bu ñu ko rayee ci anam googu, day mel ni ku ñu ray cig ceddo.
 Képp Ku génn ciw xeetam di xeex akñu baax ña ak kàccoor ya, te faalewul li muy def, te ragalul mbugal ma, ci ray way-gëm ña, te du matalal woroom kóllare yi muy yéefar mbaa njiit yi ci seeni kóllare, waaye dakoy xotti, loolu ci bàkkaar yu mag yi la bokk, te ku ko def yayoo na tëkku gu tar gii.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Topp buur ci lu dul moy Yàlla lu war la.
 Ag xuppaate gu tar ñeel na ku génn ci topp njiit la, tàqalikoo ak mbooloom jullit ñi, bu deehee ca melo woowa kon dee na ci yoonu ceddo ya.
 Hadiis bi day tere xeex ngir par-parloo ciw xeet.
 Dañoo war a matal kóllare yi.
 yiw wu bari nekk na ci topp ak taqoog mbooloo mi, ak kóolute ak dal, ak yéweni mbir.
 Tere nañu di niru-nirulu meloy  ceddo ya
 Digle nañu taqoo ak mbooloom jullit ñi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
@@ -15532,84 +18992,127 @@
     <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Arfajatu -yal na ko Yàlla dollee gërëm- mu wax ne: dégg naa Yónente Yàlla bi -yal ko Yàlla dolli xéewal ak mucc- muy wax naan: «ku ñëw ci yéen fekk ngeen abooloo ci lenn njiit, mu bëgg a xotti mbooloo mi, mbaa mu tàqqale séen mbooloo mi, rayleen ko».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day leeral ne bu jullit ñi booloo ci lenn njiit, di menn mbooloo, am ku ñëw bëgg a xëccoo ak moom njiit gi, mbaa mu bëgg a tàqale jullit ñi ci ay mbooloo yu bari, kon dañu koo war a tere daadi xeex ak moom; ngir jeñ aw ayam ak ñoŋal dereeti jullit ñi.</t>
   </si>
   <si>
     <t>وجوب السمع والطاعة لولي أمر المسلمين في غير معصية، وتحريم الخروج عليه.
 مَن خَرَجَ على إمام المسلمين وجماعتهم فإنه يجب قتاله مهما كانت منزلته شَرَفًا ونَسَبًا.
 الحث على الاجتماع وعدم التفرُّق والاختلاف.</t>
   </si>
   <si>
     <t>Bokk na ci njariñal hdiisb: Dañoo war a dégg te topp njiitul jullit ñi ci lu dul ag moy, araam na it di jàmmaaloo ak moom.
 Ku génn ci njiitl jullit ñi ak séen mbooloo ma dañoo war a xeex ak moom ag nu dayoom man a toll ci teddnga ak uw  askan.
 Soññee ci booloo ak bañ a tàqalikoo ak di juuyoo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/58223</t>
   </si>
   <si>
+    <t>اجتنبوا هذه القاذورة التي نهى الله عنها فمن ألم فليستتر بستر الله وليتب إلى الله، فإنه من يبد لنا صفحته نقم عليه كتاب الله عز وجل</t>
+  </si>
+  <si>
+    <t>moytuleen salte yii Yàlla tere, ku ca laal na suturawu ci surutas Yàlla, te tuub jëm ci Yàlla, ndaxte ku ñu wuññil ay bootam dananu teg ci moom Téereb Yàlla mu màgg mi</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صلى الله عليه وسلم قَامَ بَعْدَ أَنْ رَجَمَ الْأَسْلَمِيَّ فَقَالَ: «اجْتَنِبُوا ‌هَذِهِ ‌الْقَاذُورَةَ الَّتِي نَهَى اللَّهُ عَنْهَا فَمَنْ أَلَمَّ فَلْيَسْتَتِرْ بِسِتْرِ اللَّهِ وَلْيُتُبْ إِلَى اللَّهِ، فَإِنَّهُ مَنْ يُبْدِ لْنَا صَفْحَتَهُ نُقِمْ عَلَيْهِ كِتَابَ اللَّهِ عز وجل».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abdullah Ibn Umar yal na leen Yàlla dollee gërëm mu ne Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc ginnaaw ba mu jame (Rajmu) Al-Aslamii dafa taxaw wax ne: "moytuleen salte yii Yàlla tere, ku ca laal na suturawu ci surutas Yàlla, te tuub jëm ci Yàlla, ndaxte ku ñu wuññil ay bootam dananu teg ci moom Téereb Yàlla mu màgg mi"</t>
+  </si>
+  <si>
+    <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
+اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
+الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
+الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
+  </si>
+  <si>
+    <t>Ibn Umar yal na leen Yàlla dollee gërëm day nettali ne Yonente bi yal na ko Yàlla dolli xéewal ak mucc ginnaaw ba mu jamee (Rajmu) Maahis ibn Maalik Al-Aslamii yal na ko Yàlla dollee gërëm ci getenu njaalo, dafa taxaw xutba ci nit ñi wax ne: Moytuleen salte yii ak lépp lu ñu seexlu ñaawlu ko ci moy yi Yàlla tere, ku tàbbi ci dara ci yooyu ñaari mbir war na ci moom: Bi ci njëkk: mu suturawu ngir li ko Yàlla suturaal te bañ a nettali moyam gi. Ñaareel bi: mu gaaw tuub jëm ci Yàlla te bañ ca a nuur, ku ag moyam feeñ nag dananu taxawal ci moom geten gi ñu tudd ci Téereb Yàlla mu màgg mi ñeel moy googu.</t>
+  </si>
+  <si>
+    <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
+الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
+وجوب اجتناب المعاصي، والتوبة منها.</t>
+  </si>
+  <si>
+    <t>Xemmemloo jaam bi def bàkkaar ci mu suturaal boppam,  daal di tuub ci digganteem ak Boroomam.
+Gétén yi bu eggee ci njiit li fàww rekk mu taxawal ko.
+Warug moytu bàkkaar yi, ak tuub ko.</t>
+  </si>
+  <si>
+    <t>رواه الحاكم والبيهقي</t>
+  </si>
+  <si>
+    <t>[رواه الحاكم والبيهقي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/58240</t>
+  </si>
+  <si>
     <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>lépp luy màndiloo sàngara la, te lépp luy màndiloo dafa araam, te kuy naan sàngara ci àdduna ba dee fekk ne tàmm na ko te tuubu ko, kooku du ko naan ca allaaxira</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>Jële nañu ci Ibn Umar -yal na leen Yàlla dollee gërëm- mu wax ne : Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «lépp luy màndiloo sàngara la, te lépp luy màndiloo dafa araam, te kuy naan sàngara ci àdduna ba dee fekk ne tàmm na ko te tuubu ko, kooku du ko naan ca allaaxira».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- leeral na ne lépp luy yóbbu xel di ko dindi loolu sàngara la suy màndiloo moo xam lu ñuy naan la walla lu ñuy lekk walla lu ñuy xeeñju walla lu dul loolu, ak ne lépp luy màndiloo di yóbbu am xel loolu Yàlla araamal na ko tere ko, moo xam mu néew walla mu bari. Ak ne képp ku naan benn xeet ci yooyu di màndiloo, sax ci di ko naan te tuubu ko ba faatu; kooku yeyoo na mbugalum Yàlla ci mu xañ ko ba du ko naan ca àjjana.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Li tax ñu araamal sàngara mooy màndiloo gi, kon lépp luy màndiloo ak xeet wu mu man a doon dafa araam.
 Yàlla -mu kawe mi- araamal na sàngara; ndax li mu làmboo ci ay lorànge ak i yàqute yu màgg.
 Naan sàngara ca àjjana daa bokk ci matug bànneex ak matug xéewal.
 Ku téyewul boppam ba du naan sàngara ci àdduna Yàlla dana ko xañ ba du ko naan ca àjjana, ndax ag pay daal day  toll kem na jëf ja tollu.
 Soññee ci gaaw a tuub bàkkaar yi njëkk dee di ñëw.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
+  </si>
+  <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/58259</t>
   </si>
   <si>
     <t>جاهدوا المشركين بأموالكم وأنفسكم وألسنتكم</t>
   </si>
   <si>
     <t>jihaadleen ak bokkaalekat yi ci seen alal ak seen bakkan ak seen làmmeñ</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه أن النبي صلى الله عليه وسلم قال: «جَاهِدُوا المشركين بأموالكم وأنفسكم وألسنتكم».</t>
   </si>
   <si>
     <t>Jële nañu ci Anas Ibn Maalik yal na ko Yàlla dolli xéewal ak mucc mu jële ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: «jihaadleen ak bokkaalekat yi ci seen alal ak seen bakkan ak seen làmmeñ».</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بجهاد الكفّار، وبَذْلِ الجُهْدِ في مواجهتهم بكل وسيلة على قدر الاستطاعة لتكون كلمة الله هي العليا، ومن ذلك:
 أولًا: إنفاق المال في جهادهم؛ من شراء سلاح ونفقة على المجاهدين ونحو ذلك. 
 ثانيًا: الخروج بالنفس والبدن لملاقاتهم ومدافعتهم. 
 ثالثًا: بدعوتهم لهذا الدين باللسان، وإقامة الحجة عليهم، وزجرهم والرد عليهم.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc digle na ñu jihaad ak yéefar yi ak def lu ñu man ci jàmmaarlook ñoom ci bépp jumtukaay ngir kàddug Yàlla di gën a kawe, te bokk na ci loolu:
 Bi ci njëkk: joxe alal ci jihaad leen; ci jënn ngànnaay, ak ub dund ci jihaadkat yi ak yu ko niru.
@@ -15935,56 +19438,50 @@
   </si>
   <si>
     <t>Jële nañu ci Al-Miqdaad ibn Mahdiikarib -yal na ko Yàlla dollee gërëm - mu wax ne, Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «mbaa sama  Hadiis  du yeksi ci nit mu tëdd ag gàngunaayam  naan: Diggante nun ak yéen téeréb Yàlla la, kon lépp lu nu ci gis lu dagan dananu ko daganal te lépp lu nu ci gis mu araam, dananu ko araamal, te lu Yónente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- araamal, moog lu Yàlla araamal ñoo yam».</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Leerarug hdiis bi :
 Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day xamle ne jamono ju jegee ngi ñëw joj ñenn ci nit ñi danañu toog tëdd ci séen i gàngunaay, Hadiis bu juge ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- yeksi fi moom, mu naan: liy àtte sunu diggante mooy Alxuraan ju tedd ji te doy na nu, lu nu fa fekk ci lu dagan nu jëfe ko, lu nu fa fekk ci lu araam nu sori ko. Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- leeral na lépp lu mu araamaal mbaa mu tere ko ci sunnaam si ab àtteem mook lu Yàlla araamal ci téereem bi ñoo yam; ndaxte moom day jottali jële ci Boroomam.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Dañuy màggal Sunna ni ñuy màggalee Alxuraan te di ko jëfe.
 Topp Yónente bi mooy topp Yàlla, moy ko it mooy moy Yàlla mu kawe mi.
 Saxal ne sunna aw lay la, ak di tontu ñiy delloo sunna di ko weddi.
 Ku dummóoyu sunna di wootewoo ne day yam ci Alxuraan kooku ñaar yépp la bàyyi te day nar ci li muy wootewoo ne day topp Alxuraan.
 Bokk na liy tegtale ag yónenteem li muy xibaare lu ñëwagul ci ne di Na am loolu ame niki nimuko xibaare woon.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[Abóo Daawuda soloo na ko, ak At-tirmisiy, ak Ibnu Maaja]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/65005</t>
   </si>
   <si>
     <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>Yaw Yónente Yàlla bi, man de bàyyiwuma lu rëy walla lu ndaw lu dul ne def naa ko, mu ne ko: «Ndax dangay seede ne amul kenn ku ñu war a jaamu ci dëgg ku dul yàlla, ak ne Muhammat mooy Yónente Yàlla?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Anas Ibn Maalik, -yal na ko Yàlla dollee gërëm- mu wax ne: Am na ku mas a ñëw ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu ne ko: Yaw Yónente Yàlla bi, man de bàyyiwuma lu rëy walla lu ndaw lu dul ne def naa ko, mu ne ko: «Ndax dangay seede ne amul kenn ku ñu war a jaamu ci dëgg ku dul yàlla, ak ne Muhammat mooy Yónente Yàlla?» Ñatti yoon. Mu ne ko: Waaw, mu ne: «Lii ci la juge».</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>Leerarug hdiis bi:
@@ -16927,56 +20424,50 @@
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>Leerarug hdiis bi:
 Yónente bi -yal na ko Yàlla dolli xéewal ak jàmm-, wax na ne Yàlla day tànn benn waay ci xeetam wi ci kanamu mbindéef yi ëllëg bis-pénc ba woo ko ngir càmbar ko, ñu gaaral ko juróom-ñeent-fukk ak juróom-ñeenti téere, te mooy téerey jëf yu bon yi mu daan def ci àdduna, te guddaayu téere bu nekk mi ngi toll ci guddaay bi bët man a gis, Yàlla mu màgg mi wax waa ji ne ko: ndax dangay weddi dara ci li ñu bind ci téere yi? Ndax sama Malaaka yiy bind dañu laa tooñ? Waa ji ne ko: déedéet yaw sama Boroom. Yàlla ne ko: ndax am nga ngànt lu ñu lay dogalal ci li nga jiital ci ay jëf ca àdduna ? ju tege ci njuumte walla ag réer, Waa ji ne ko: déedéet yaw sama Boroom amuma lenn ngànt. Yàlla ne ko: ahakay, am nga fi nun aw yiw, te tay kenn du la tooñ. Nee na: ñu génneel ko aw kayit nu bind ca: maa ngi seede ne amul kenn ku ñu war a jaamu ci dëgg ku dul Yàlla, di seede it ne Muhammat jaamu Yàlla la di Yónenteem. Yàlla ne waa ji: indil say màndaxekaay. Waa ji wax ngir yéemu ne: yaw  sama Boroom! Naka la ñuy màndaxee kayit wii ci téere yii ?! Yàlla ne ko: deesu la tooñ. Nee na: ñu teg téere yi ci genn wàll, teg kayit wi ci genn wàll gi; wàll wi téere yi nekk daal di woyof, wàll wi kayit wi nekk daal di not daal di diis, Yàlla jéggal ko.</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>Bokk na ci njariñal hdiis bi:
 Màggug baatu Tawhiid: seede ne amul kenn ku ñu war a jaamu ci dëgg ku dul Yàlla, ak diisaayam ca màndaxekaay ba.
 Wax: laa ilaaha illallaah, ci làmmeñ rekk du doy, waaye fàwwu ñu xam piri mi, te jëfe li mu làmboo.
 Sellal ak wéetal Yàlla gu dëgër sabab la ci far bàkkaar yi.
 Ngëm day rawante ci kem rawanteg la ca xol ya cig sellal, ñenn nit ñi man na ñoo wax baat bii waaye ñu mbugal leen kem seen i bàkkaar.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[At-tirmisiy soloo na ko, ak Ibnu Maaja]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/65033</t>
   </si>
   <si>
     <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>bi Yàlla bindee àjjana ak sawara dafa yónni Jibriil -yal na ko Yàlla dolli jàmm-</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: «bi Yàlla bindee àjjana ak sawara dafa yónni Jibriil -yal na ko Yàlla dolli jàmm- ca àjjana, ne ko: demal xool ko ak la ma ca waajalal ay ñoñam. Mu xool ko daal di ñëw, ne ko: giñ naa ci sa màgg gi ne kenn du ko dégg lu dul ne dana def lu ko  cay dugal. Mu digle ñu wërale ko ak ay tiis, mu ne ko: demal xool ko ak la nu ca waajalal ay ñoñam, mu fekk ñu muure ko ak i tiis mu wax ko ne: giñ naa ci sa màgg gi ragal naa ne kenn du fa dugg. Mu ne ko demal nga xool sawara ak la ma ca waajalal ay ñoñam. Mu xool ko gis waa sawara a nga warante, mu dellu ne ko: giñ naa ci sa màgg gi kenn du def lu la fay dugal. Mu digle ñu muure ko ak i bànneex, mu ne ko: dellul xool ko. Mu xoolaat ko gis ñu muure ko ak i bànneex, mu dellu ne ko: giñ naa ci sa màgg gi ragal naa ne kenn du ca mucc».</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
@@ -17568,56 +21059,50 @@
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abdullah Ibn Amr -yal na leen Yàlla dollee gërëm- mu wax ne: Yónente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «Dina ñu wax ëllag ki jàngoon Alxuraan: Jàngal te yéeg, jàngal ni nga doon jànge ci àdduna, ndax sa kër moo ngi tolloog aaya bi ngay mujja jàng».</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Leerarug hdiis bi:
 Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- day xamle ne kiy jàng Alxuraan te di ko jëfe, te taqoo ak moom cig jàng ak mokkal bu duggee àjjana dees na ko wax: jàngal Alxuraan, te yéeg ca darajay àjjana ya ndax loolu, jàngal ni nga doon jànge ci àdduna ci njàng mu teey te dal; sa kër moo ngi ci aaya bi ngay mujj a jàng.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Bokk na ci njariñal hdiis: 
 Pay daal mi ngi ajo ca kem jëf ya cib tollowaay ak melokaan.
 Ñaaxe ci jàng Alxuraan ak xereñe ko ak mokkal ko ak settantal ko ak jëfe ko.
 Àjjana ay kër la ak i daraja yu bari, ñon Alxuraan yi danañu fa am ay daraja yu gën a kawe.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/wo/browse/hadith/65054</t>
   </si>
   <si>
     <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>kiy biral Alxuraan moo ngi mel ni kiy biral ab sarax, kiy yalu Alxuraan it moo ngi mel ni kiy nëbb ab sarax</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Jële na ñu ci Huqbata Ibn Haamir Al-Juhanii -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne : Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: «kiy biral Alxuraan moo ngi mel ni kiy biral ab sarax, kiy yalu Alxuraan it moo ngi mel ni kiy nëbb ab sarax».</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Leerarug hdiis bi:
 Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- dafa leeral ne kiy fésal jàngum Alxuraan moo ngi mel ni kiy fésal ab sarax bu muy joxe, kiy nëbbutu buy jàng Alxuraan moo ngi mel ni kiy nëbb ab saraxam.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
@@ -19021,50 +22506,53 @@
     <t>Jële nañu ci Abii Umaamata Al-Baahilii yal na ko Yàlla dollee gërëm mu wax ne: Benn waay dafa ñëw ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc, ne ko: luy mbiri waa jiy xare ngir amug pay ak uw tur, lan moo ko ñeel? Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc ne ko: "dara ñeelu ko" mu baamtu ko ñatti yoon, Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc naan ko: "dara ñeelu ko" topp mu ne ko: "Yàlla du nangu ci jëf yi lu dul lu sell ñeel ko, ñu jublu sa jëmmam ji"</t>
   </si>
   <si>
     <t>جَاءَ رَجُلٌ إلى النبيِّ صلى الله عليه وسلم: لِيسألَه ويَستفتيَه عن حُكْمِ الرَّجُلِ الذي يَخرُجُ للغزو والجهاد يطلب الأجرَ من الله والرغبة في المدح والثناء عند الناس، هل يتحصَّل على الأجر؟ فأجابه رسول الله صلى الله عليه وسلم: بأنه ليس له من الأجر شيء؛ لما أَشْرَكَ في نيته غيرَ الله، فأعاد الرجل سؤاله ثلاث مرات على النبي صلى الله عليه وسلم، ويجيبه عليه الصلاة والسلام ويؤكِّد له نفسَ الجواب؛ بأنه ليس له أجر، ثم أخبره النبيُّ صلى الله عليه وسلم بقاعدة قبول العمل عند الله: وأن الله لا يقبل من العمل إلا أن يكون كلُّه لله دون أن يشرك فيه أحد، ويكون لوجه الله سبحانه.</t>
   </si>
   <si>
     <t>Benn waay dafa ñëw ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc: ngir laaj ko, di sàkku a xam àtteb waa ji génn jëm ca xare ba ak jihaad ga di sàkku ci Yàlla ag pay ak it bëgg nit ñi tagg ko kañ ko, ndax dana am ag pay? Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc tontu ko: ci ne du am dara cig pay; ndax li mu bokkaale Yàlla ci yéeneem, waa ji baamtuwaat laaj bi ñatti yoon ci Yonnente bi
 feddaliwaat tontu bi; ci ne du am ug pay, topp Yonnente bi yal na ko Yàlla dolli xéewal ak mucc xibaar ko tënk gi Yàlla di nangoo jëf: ci ne Yàlla du nangu jef lu dul ñu def lépp ngir moom wolif ñu koy bokkaale ak kenn, ak mu nekk ngir jëmmam ju Sell ji.</t>
   </si>
   <si>
     <t>لا يقبل الله من الأعمال إلا ما كان خالصا لله تعالى، وعلى وفق هدي نبيه صلى الله عليه وسلم.
 أنّ من حسن إجابة المفتي أن تكون فتواه وفيَّةً بغرض السائل وزيادة.
 تأكيد الأمر العظيم بتكرار السؤال عنه.
 المجاهد الحق هو من جاهد لتكون كلمة الله العليا، وطلبا للأجر والمثوبة الأخروية مع إخلاص النية، لا أن يكون جهاده لأجل الدنيا.</t>
   </si>
   <si>
     <t>Yàlla du nangu ci jëf yi lu dul lu ci sell ñeel Yàlla mu kawe mi, ak mu dëppoo ak njubug Yonnente bi yal na ko Yàlla dolli xéewal ak mucc.
 Bokk na ci rafetug tontu aji-ubbee ji tontoom nekk lu matale bëgg-bëggu aji-laaj ji, ba dollil ko ca
 Feddali mbir mu màgg ci baamtu laaj bi.
 Jihaadkat dëgg mooy kiy jihaad ngir kàddug Yàlla yëkkëtiku,  ngir sàkku fay ak yooli allaaxira ànd ak sellal yéene, waaye jihaadam du ngir àdduna.</t>
   </si>
   <si>
     <t>رواه النسائي</t>
   </si>
   <si>
+    <t>[رواه النسائي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/wo/browse/hadith/65107</t>
   </si>
   <si>
     <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
   </si>
   <si>
     <t>ñam na cafkag ngëm ki gërëm Yàlla muy Boroomam, lislaam di diineem, Muhammat di yonnenteem</t>
   </si>
   <si>
     <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
   </si>
   <si>
     <t>Jële nañu ci Abbaas ibn Abdul Muttalib yal na ko Yàlla dollee gërëm mu ne dégg na Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: «ñam na cafkag ngëm ki gërëm Yàlla muy Boroomam, lislaam di diineem, Muhammat di yonnenteem».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
 أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
 ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
 ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xibaare ne aji-gëm ji dëggu cig ngëmam ki ab xolam dal, dana yëg ci xolam ag ubbiku, ak ug yaatu ak mbégte ak neexit, ak cafkag jege Yàlla ndeem gëm na ñatti mbir:
 Bi ci njëkk: gërëm na Yàlla nekk 
 Boroomam, loolu nag ci mu ubbi dënnam ci la cay rot di bawoo fa Yàlla te kennal Yàlla ci moomeelam di ko waral, ci séddale wërsëg yi ak nekkiin yi, du yég ci xolam genn gaar ci loolu, te du sàkku beneen boroom bu dul Yàlla mu kawe mi.
 Ñaareel bi: mu gërëm lislaam muy diineem, ci mu ubbi dënnam ci li lislaam làmboo ci def ay jëf, ak i warugar, te du dox ci lu dul yoonu lislaam.
@@ -19117,50 +22605,157 @@
 Ñatteel bi: bu 
 digee du matal dig ba, te da koy wuute.
 Ñenteel bi: bu xulóo  daal di xëccoo ak kenn ab xulóom day tar, mu jeng wolif dëgg, di fexe ngir delloo ko ak neenal ko, di wax ay neen ak i fen.
 Naaféq mooy feeñal lu wuute ak li mi nëbb, te maanaa mii dafa nekk ci boroom melo yii, ag naaféqam day nekk ci àqi ka mu waxal, te dig ko, wóolu ko, te xulóo ak moom, ak nit ki kóllareente ak moom, waaye du ne naaféq la ci lislaam, ku wenn melo ci melo yii nekk ci moom; kon am na melow naaféq ba keroog mu koy bàyyi.</t>
   </si>
   <si>
     <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
 المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
 قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
 النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
 قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
 قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
   </si>
   <si>
     <t>Leeral yenni màndargay naaféq ngir xuppe ak moytandikuloo ñu cay tàbbi.
 Li ñu jublu ci hadiis bi: mooy ne melo yii meloy naaféq la, te boroomam day niróo ak naaféq yi ci melo yii, te dafa jikkówoo seen jikkó, 
 waaye nekkul ne naaféq la buy feeñal lislaam fekk ma ngay nëbb ag kéefar, nee nañu it hadiis bi dañu koy yan ci ki melo yii not ci moom, mu doyadal ko, woyafal ay mbiram; ku mel noonu li gën a bari pas-pasam dafa yàqu.
 Al-Xassaalii nee na: cosaani diine yi ci ñatt la tënku: wax, ak jëf, ak yéene, lu wane ne yàqug wax mooy fen, yàqug jëf mooy wor, yàqug yéene mooy wuute; ndaxte wuuteg dig du ko jam lu dul bu dogu ga lënkaloo ak dige ga, waaye bu doon dafa dogu ca dige ga am ndog lu ko teree am, walla mu gis leneen kooku melow naaféq nekkul ci moom.
 Naaféq ñaari xeet la: naaféqug pas-pas te day génne boroom ci ´gëm, te mooy feeñal lislaam ak nëbb ug kéefar, ak naaféq ug jëf, te mooy niróok 
 naaféq yi ci seen jikkó, bii nag du génne boroomam ci ngëm, waaye bàkkaar bu mag la.
 Ibn Hajar nee na: woroom xam-xam yi dëppoo nañu ne ku dëggal ci xolam ak làmmeñam, daal di def melo yii deesu ko àtte kéefar, du caagine naaféq guy sax ca sawara.
 An-Nawawii nee na: am mbooloo ci woroom xam-xam yi nee nañu: li ñu namm ci naaféq yi mooy ñi nekkoon ca jamanoy Yonnente bi yal na ko Yàlla dolli xéewal ak mucc wax ne gëm nañu ci ay fen, ñu wóolu leen ci seen diine ñu wor, ñu dige ci mbiri diine ak jàppale ko daal di koy wuute, tey wax lu bon ca seen i xulóo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/65124</t>
+  </si>
+  <si>
+    <t>إن أول زمرة يدخلون الجنة على صورة القمر ليلة البدر، ثم الذين يلونهم على أشد كوكب دري في السماء إضاءة</t>
+  </si>
+  <si>
+    <t>mbooloo miy njëkk a dugg àjjana dañuy nekk ci melow weer wi ci guddig Badr, ña topp ca ñoom gën a tarug leer biddiwu per ci ag leer</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ أَوَّلَ زُمْرَةٍ يَدْخُلُونَ الجَنَّةَ عَلَى صُورَةِ القَمَرِ لَيْلَةَ البَدْرِ، ثُمَّ الَّذِينَ يَلُونَهُمْ عَلَى أَشَدِّ كَوْكَبٍ دُرِّيٍّ فِي السَّمَاءِ إِضَاءَةً، لاَ يَبُولُونَ وَلاَ يَتَغَوَّطُونَ، وَلاَ يَتْفِلُونَ وَلاَ يَمْتَخِطُونَ، أَمْشَاطُهُمُ الذَّهَبُ، وَرَشْحُهُمُ المِسْكُ، وَمَجَامِرُهُمْ الأَلُوَّةُ الأَنْجُوجُ، عُودُ الطِّيبِ وَأَزْوَاجُهُمُ الحُورُ العِينُ، عَلَى خَلْقِ رَجُلٍ وَاحِدٍ، عَلَى صُورَةِ أَبِيهِمْ آدَمَ، سِتُّونَ ذِرَاعًا فِي السَّمَاءِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu wax ne : Yonente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: "mbooloo miy njëkk a dugg àjjana dañuy nekk ci melow weer wi ci guddig Badr, ña topp ca ñoom gën a tarug leer biddiwu per ci ag leer, te duñu saw duñu dem wanag, duñu tifli du ñu ñandu, seen peñe yi ci wurus la, seen ñaq yi Misk la, seen garabi taal yu neex ya bantu gëtt la, seen jabar ya Huuru Hiin lañu, ñu nekk ci bindug kenn nit, ci melow seen baay Aadama, juróom-benn-fukki xasab ci kaw".</t>
+  </si>
+  <si>
+    <t>أخبر النبيُّ صلى الله عليه وسلم أن أول جماعة من المؤمنين يدخلون الجنة وجوههم على صورة القمر ليلة البدر في الإضاءة، ثم الذين يلونهم على أشد كوكب درّي في السماء إضاءة، لهم أوصاف الكمال حيث لا يبولون ولا يتغوطون، ولا يتفلون ولا يمتخطون، أمشاطهم الذهب، وعرقهم المسك، ومجامرهم يفوح منها أطيب الطيب وأزكى البخور، وأزواجهم الحور العين، خلقهم على خلق رجل واحد، على صورة أبيهم آدم في الطول والخِلْقة؛ طول جسده ستون ذراعًا في السماء.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc xamle na ne mbooloom jullit miy njëkk a dugg àjjana seen kanam yi ni weeru guddig Badr lay mel ci leer, topp ña tege ca ñoom ñooy gën a tar biddiwu per bi ci asamaan ci ag leer, ay melo yu mat ñeel na leen ba tax duñu saw te duñu xayta, duñu tifli duñu ñandu, seen peñe yi wurus la, seen taal ya di xetu gëtt di ca gilli, mu gën a teey cuuraay, seen jabar yi ay Huuru Hiin lañu, seen jikkó yi di jikkóy benn nit, ñu nekk ci melow seen baay Aadama ci guddaay ak mbindiin; guddaayu seen yaram yi juróom-benn-fukki xasab la ci asamaan.</t>
+  </si>
+  <si>
+    <t>بيان صفة أهل الجنة، وأنهم يتفاوتون فيها بحسب درجاتهم وأعمالهم.
+استعمال التشبيه في تقريب المعاني وشرحها.
+قال القرطبي: قد يقال أي حاجة لهم إلى المشط وهم مرد وشعورهم لا تتسخ؟ وأي حاجة لهم إلى البخور وريحهم أطيب من المسك؟ قال: ويجاب بأن نعيم أهل الجنة من أكل وشرب وكسوة وطيب ليس عن ألم جوع أو ظمأ أو عُرْيٍ أو نتن، وإنما هي لذات متتالية ونعم متوالية، والحكمة في ذلك أنهم ينعمون بنوع ما كانوا يتنعمون به في الدنيا.</t>
+  </si>
+  <si>
+    <t>Leeral meloy waa àjjana, ak ne ñoom dañoo rawante ci kem seen daraja ak seen i jëf.
+Jëfandikoo niróole ci jegeele maanaa yi ak firi ko.
+Al-Xurtubii nee na: amaana ñu ne ban aajo lañu am ci peñe te ñoom sëquñu te seen kawar du tilim? Ak ban aajo lañu am ci gëtt te seen xet gën a teey Misk? Nee na: ñu tontu ci ne xéewali waa àjjana ci lekk ak naan ak sol ak gëtt du ngir xiif walla mar walla rafle walla xasaw, waaye ngir mbir la muy wéy ak i xéewal yuy wéy, te xereñte gi nekk ci loolu mooy ne ñoom dees leen di xéewalal ci xeetu la ñu doon xéewaloo ci àdduna.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/65183</t>
+  </si>
+  <si>
+    <t>من حسن إسلام المرء تركه ما لا يعنيه</t>
+  </si>
+  <si>
+    <t>bokk na ci rafetug ngëmu nit ki: mu bàyyi lu ko amalul njariñ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مِنْ حُسْنِ إِسْلَامِ المَرْءِ تَرْكُهُ مَا لَا يَعْنِيهِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu wax ne: Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: "bokk na ci rafetug ngëmu nit ki: mu bàyyi lu ko amalul njariñ".</t>
+  </si>
+  <si>
+    <t>بين النبي صلى الله عليه وسلم: أن من كمال محاسن إسلام المسلم وتمام إيمانه، ابتعاده عما لا يعنيه ولا يخصه ولا يهمه وما لا يفيده من الأقوال والأفعال، أو مما لا يعنيه من أمور الدين والدنيا، فالاشتغال بما ليس للإنسان ربما شغله عما يعنيه، أو أداه إلى ما يلزمه اجتنابه؛ فإن الإنسان مسؤول عن أعماله يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day leeral ne: bokk na ci matug rafetug lislaamu nit ki ak matug ngëmam, mu sori lépp lu ko amalul njariñ te mbiram te yitteelu ko, ak lépp lu ko dul jariñ ci ay wax ak i jëf, walla lu ko amalul njariñ ci diine ak ci àdduna, ndax yittewoo lu ñeelul nit ko amaana mu soxlaal ko wolif li ko amal njariñ, walla mu jëme ko ci lu mu waroon a moytu; ndax nit ki dees koy laaj ay jëfam ëllëg bis-pénc.</t>
+  </si>
+  <si>
+    <t>الناس يتفاوتون في الإسلام، وأنه يزداد حسنًا ببعض الأعمال.
+ترك اللغو والفضول من الأقول والأفعال دليل على كمال إسلام المرء.
+الحث على الاشتغال فيما يعني المرءَ من شؤون دِينه ودنياه، فإذا كان مِن حُسن إسلام المرء تركه ما لا يعنيه، فمِن حُسنه إذًا اشتغالُه فيما يعنيه.
+قال ابن القيم رحمه الله : وقد جمع النبي صلى الله عليه وسلم الورع كله في كلمة واحدة، فقال: «من حسن إسلام المرء: تركُه ما لا يعنيه»، فهذا يعم الترك لما لا يعني: من الكلام، والنظر، والاستماع، والبطش، والمشي، والفكر، وسائر الحركات الظاهرة والباطنة، فهذه كلمة شافية في الورع.
+قال ابن رجب: هذا الحديث أصل من أصول الأدب.
+الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
+الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
+يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
+  </si>
+  <si>
+    <t>Nit ñi dañuy rawante ci lislaam, te day gën a rafet ci yenn jëf yi.
+Bàyyi ay caaxaan ak wax ak i jëf yu amul solo tegtal la ci matug lislaamu nit ki.
+Ñaaxe ci soxlawoo luy jariñ nit ki ci biri diineem ak àddunaam, bu fekkee ne dafa bokk ci rafetug lislaamu nit ki mu bàyyi lu ko amalul njariñ, kon bokk na ci rafetam muy yittewoo lu koy jariñ.
+Ibn Al-Xayyim yal na ko Yàlla yërëm nee na: Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dafa dajale mbooleem fegu yi ci gennug kàddu, daal di wax ne: "bokk na ci rafetug lislaamu nit ki: mu bàyyi lu ko amalul njariñ", lii day boole bàyyi lu amul njariñ: ci wax ak xool, ak déglu, ak jàpp, ak dox, ak xalaat, ak mbooleem yëngëtu yu feeñ yi ak yu nëbbu yi, kon lii kàddu la gu matale ci fegu.
+Ibn Rajab nee na: hadiis bii cosaan la ci cosaani teggin yi.
+Ñaaxe ci sàkku xam-xam; ndax ci la nit ki di xame li ko amal njariñ ak li ko amalul njariñ.
+Digle lu baax ak tere lu bon ak dénkaane liy jariñ nit ki; ndax lu ñu digle la.
+Day dugg ci mataleg maanaam hadiis bi: sori lu amul njariñ ci yi Yàlla mu màgg mi araamal ak yi Yonnente bi yal na ko Yàlla dolli xéewal ak mucc sib, niki noonu li mu aajowoowul ci biri allaaxira niki dëgg-dëggi kumpa yi ak faramfaccey àtte mbindeef yi ak mbir ya, bokk na ca laaj ak gëstu masala yu ñuy nattale di ko foog te amagul, walla sax xawut a mana am, walla ag amam sax xalaatuñu ko.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/65255</t>
+  </si>
+  <si>
+    <t>أنزل أو أنزلت علي آيات لم ير مثلهن قط، المعوذتين</t>
+  </si>
+  <si>
+    <t>wàcce nañu ci man ay aaya yoy musuñoo wàcce yu mel ni ñoom, Ñaari muslukaay yi</t>
+  </si>
+  <si>
+    <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رَضيَ اللهُ عنهُ قَالَ: قَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أُنْزِلَ -أَوْ أُنْزِلَتْ- عَلَيَّ آيَاتٌ لَمْ يُرَ مِثْلُهُنَّ قَطُّ، الْمُعَوِّذَتَيْنِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Huqbata Ibn Haamir -yal na ko Yàlla dollee gërëm- mu wax ne: Yonente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na ma: "wàcce nañu ci man ay aaya yoy musuñoo wàcce yu mel ni ñoom, Ñaari muslukaay yi"</t>
+  </si>
+  <si>
+    <t>أخبر عقبةُ بن عامر رضي الله عنه أن النبي صلى الله عليه وسلم قال له: أنزل الله عليَّ الليلة آيات لم يُرَ مثلهن قط -يعني في الاستعاذة- هما المعوذتان: سورة {قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وسورة {قُلْ أَعُوذُ بِرَبِّ النَّاسِ}.</t>
+  </si>
+  <si>
+    <t>Huqbata ibn Haamir yal na ko Yàlla dollee gërëm dafa nettali jële ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ko ne: Yàlla wàcce na ci man ci guddi gii aaya yoo xam ne yu mel ni ñoom masula wàcc-maanaam ci muslaay- ñuy Ñaari muslukaay yi: Saaru {Xul ahuusu bi rabbil falaqi} ak Saaru {Xul ahuusu bi rabbin naasi}.</t>
+  </si>
+  <si>
+    <t>بيان عظم فضل هاتين السورتين.
+الحث على التعوذ بهما من كل الشرور.</t>
+  </si>
+  <si>
+    <t>Leeral màggug ñaari saar yi.
+Ñaaxe ci muslu ci ñoom ñaar ci bépp ay.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/65448</t>
   </si>
   <si>
     <t>بين كل أذانين صلاة، بين كل أذانين صلاة ثم قال في الثالثة: لمن شاء</t>
   </si>
   <si>
     <t>diggante ñaari nodd yu nekk am na julli, diggante ñaari nodd yu nekk am na julli" topp mu wax ca ñatteel ba: "ñeel ku mu soob</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مُغَفَّلٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صلى الله عليه وسلم: «بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abdallah Ibn Muxaffal yal na ko Yàlla dollee gërëm mu wax ne: Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc- nee na: «diggante ñaari nodd yu nekk am na julli, diggante ñaari nodd yu nekk am na julli" topp mu wax ca ñatteel ba: "ñeel ku mu soob».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ بَيْنَ كلِّ أذانٍ وإقامةٍ صلاةُ نافلةٍ، وكرَّر ذلك ثلاثًا، وأخبر في الثالثة أن ذلك مُستحبٌّ لِمَن أراد أن يصلي.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day leeral ne diggante nodd ak liqaam gu nekk am na jullig naafila, mu baamtu ko ñatti yoon, mu xamle ca gu mujj ga ne loolu dañu ko sopp ci ku bëgg a julli.</t>
   </si>
   <si>
     <t>استحباب الصلاة بين الأذان والإقامة.
 هدي النبي صلى الله عليه وسلم في تكرار القول، وذلك إسماعًا وتأكيدًا لأهمية ما يقول.
 المراد بالأذانين: الأذان والإقامة، وأطلق عليهما (الأذانَين) تغليبًا، كالقمرين (الشمس والقمر) والعُمَرَيْن (أبي بكر وعمر).
 الأذان إعلام بدخول الوقت، والإقامة إعلام بحضور فعل الصلاة.</t>
   </si>
@@ -19235,124 +22830,1552 @@
   <si>
     <t>Jële nañu ci Sahiid ibn Hubaadata yal na ko Yàlla dollee gërëm mu wax ne: Yaw Yonnente Yàlla bi, yaayu Sahd de dafa faatu, ban sarax moo gën?, mu ne ko: "ndox", nee na: mu gas ab teen, daal di ne: lii ngir yaayu Sahd la.</t>
   </si>
   <si>
     <t>تُوُفِّيَتْ أُمُّ سَعْدِ بن عبادة رضي الله عنه، فسألَ النبيَّ صلى الله عليه وسلم عن أفضل أنواع الصدقة لِيتصدَّقَ به عن أُمِّه؟ فأخبره صلى الله عليه وسلم: أنّ أفضلَ الصدقة هي الماء، فَحَفَرَ بئرًا وجَعَلَها صدقةً لأمِّهِ.</t>
   </si>
   <si>
     <t>Yaayu Sahd ibn Hubaadata yal na ko Yàlla dollee gërëm dafa faatu, mu laaj Yonnente bi yal na ko Yàlla dolli xéewal ak mucc ban xeetu sarax moo gën ngir mu saraxeel ko yaayam? Yonnente bi xamal ko ne mooy ndox, mu gas ab teen def ko sarax ngir yaayam.</t>
   </si>
   <si>
     <t>بيان أنَّ الماء من أفضل أنواع الصدقة.
 أرشد النبيُّ صلى الله عليه وسلم سعدًا إلى صدقة الماء؛ لأنه أعم نفعًا في الأمور الدينية والدنيوية، ولِشدّة الحَرّ والحاجة وقلة الماء.
 الدلالة على أنّ أجورَ الصدقات تصل إلى الأموات.
 بر سعد بن عبادة رضي الله عنه بوالدته رضي الله عنهما.</t>
   </si>
   <si>
     <t>Leeral ne ndox moo gën ci xeeti sarax yi.
 Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dafa jëmale Sahd ci saraxe ndox; ndaxte moo gën a mat njariñ ci mbiri diine ak yu àdduna, ak ngir tàngaay wu tar mbaa aajo mbaa néewug ndox mi.
 Tegtal ci ne yoolu saraxe dana egg ci way-faatu ñi.
 Rafetalug Sahd jëme ci ñaari way-juram yal na leen Yàlla dollee gërëm.</t>
   </si>
   <si>
     <t>حسن بمجموع طرقه</t>
   </si>
   <si>
+    <t>[حسن بمجموع طرقه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/wo/browse/hadith/65613</t>
+  </si>
+  <si>
+    <t>لو يعلم الناس ما في النداء والصف الأول ثم لم يجدوا إلا أن يستهموا عليه لاستهموا</t>
+  </si>
+  <si>
+    <t>bu nit ñi xamoon li nekk ci nodd gi ak sàppe su njëkk si  te manu ñu lu dul tegoo bant kon danañu ko tegoo bant</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضيَ اللهُ عنهُ أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ يَعْلَمُ النَّاسُ مَا فِي النِّدَاءِ وَالصَّفِّ الْأَوَّلِ ثُمَّ لَمْ يَجِدُوا إِلَّا أَنْ يَسْتَهِمُوا عَلَيْهِ لَاسْتَهَمُوا، وَلَوْ يَعْلَمُونَ مَا فِي التَّهْجِيرِ لَاسْتَبَقُوا إِلَيْهِ، وَلَوْ يَعْلَمُونَ مَا فِي الْعَتَمَةِ وَالصُّبْحِ لَأَتَوْهُمَا وَلَوْ حَبْوًا».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "bu nit ñi xamoon li nekk ci nodd gi ak sàppe su njëkk si  te manu ñu lu dul tegoo bant kon danañu ko tegoo bant, te bu ñu xamoon li nekk ci teela dem kon danañu njëkkante jëm ca, bu ñu xamoon it li ci gee ak suba danañu ko dikkal donte dañuy raam".</t>
+  </si>
+  <si>
+    <t>أخبر النبيُّ صلى الله عليه وسلم أن الناس لو يعلمون ما في الأذان والصف الأول من الفضيلة والخير والبركة ثم لم يجدوا من وجوه التقديم والأولوية لها إلا أن يقترعوا عليهما أيهم يستحق على صاحبه لاقترعوا، ولو يعلمون ما في التبكير إلى الصلاة في أول وقتها لاستبقوا إليه، ولو يعلمون مقدار الثواب في إتيان صلاة العشاء وصلاة الفجر لاستسهل إتيانهما ولو حبوًا على الرُّكَب كما يمشي الصبي أول أمْرِه.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne bu nit ñi xamoon li ci nodd gi ak sàppe su njëkk si ci ngëneel ak yiw ak barke te amuñu genn anamu jiitu ca ak lu dul ñu tegoo bant ba xam kan ci ñoom moo ca gën a yay moroomam kon danañu ko tegoo bant, te bu ñu xamoon li nekk ci teel a jëm ca julli ga ci waxtu wu njëkk wi kon danañu njëkkante jëm ca, bu ñu xamoon it daytalu yool bi nekk ci ñëw ci jullig gee ak jullig fajar kon danañu yombal ñëw ga donte dañuy raam ci seen i wóom kem ni xale di doxe ci njëlbeenu mbiram.</t>
+  </si>
+  <si>
+    <t>بيان فضيلة الأذان.
+بيان فضيلة الصف الأول، والقُرْب من الإمام.
+بيان فضيلة التبكير إلى الصلاة في أول وقتها المستحب؛ لِما فيه من الفضل العظيم، وما يترتب عليه من الفوائد، ومنها: إدراك الصف الأول، وإدراك الصلاة من أولها، وأداء النافلة، وقراءة القرآن، وحصول استغفار الملائكة له، وأنه لا يزال في صلاة ما انتظر الصلاة، وغير ذلك.
+الحث العظيم على حضور جماعة هاتين الصلاتين، والفضل الكثير في ذلك لما فيهما من المشقة على النفس من تَنْغِيْص أول نومها وآخره، ولهذا كانتا أثقل الصلاة على المنافقين. ‏
+قال النووي: فيه إثبات القرعة في الحقوق التي يزدحم عليها ويتنازع فيها. ‏
+الصف الثاني أفضل من الثالث، والثالث أفضل من الرابع، وهلم جرًّا.</t>
+  </si>
+  <si>
+    <t>Leeral ngëneelu nodd.
+Leeral ngëneelu sàppe su njëkk si, ak jege imaam bi.
+Leeral ngëneelu teel a dem ca julli ga ci waxtoom wu njëkk wi ñi sopp; ndax la ca nekk ci ngëneel lu màgg, ak la cay topp ci ay njariñ, bokk na ca: dab sàppe su njëkk sa, ak dab julli ga ca tàmbali ga, ak def naafila, ak jàng Alxuraan, ak am sàkkug njéggal ci malaaka yi, ak ne moom du deñ di nekk ci julli fii ak mi ngi xaar julli gi, ak yeneen yu dul yooyu.
+Ñaaxe gu màgg ci teewe mbooloom ñaari julli yii, ak ngëneel yu bari yi nekk ci loolu ndax li ci nekk ci coono ci bakkan ci yàq njëlbeenu nelaw yi ak mujj gi, lii moo tax ñu nekk julli yi gën a diis ci naaféq yi.
+An-Nawawii nee na: nekk na ci it saxal tegoo bant ci àq yi ñuy dajee di ca xëccoo.
+Sàppe su ñaareel si moo gën su ñatteel si, su ñatteel si moo gën su ñenteel si, noonu lay deme.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/65735</t>
   </si>
   <si>
     <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
   </si>
   <si>
     <t>aji-gëm nekkul kiy jamaate, walla 
 kiy rëbbaate, mbaa kiy def ñaawteef, walla aji-bon lammiñ ji</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
   </si>
   <si>
     <t>Jële na ñu ci Abdallah Ibn Mashuud yal na ko Yàlla dollee gërëm mu wax ne: Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: «aji-gëm nekkul kiy jamaate, walla 
 kiy rëbbaate, mbaa kiy def ñaawteef, walla aji-bon lammiñ ji».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne bokkul ci mbiri aji-gëm ji gëmam mat muy ayibal nit ñi ci seeni askan, walla di baril ay saaga ak i rëbbaate mbaa ñaaw i jëf, walla ci wax ju amul kersa.</t>
   </si>
   <si>
     <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
 الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
 قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
   </si>
   <si>
     <t>Dàq ag ngëm du nekk ci benn yax ci yaxu sariiha lu dul ci jëf lu araam walla bayyi lu war.
 Ñaaxe ci sàmm cér yi ak wattu ko ci ñaawteef yi, rawati na làmmeñ wi.
 Assindii nee na: nekk na ci waxiin wu jotale gii (jamaatekat , ak rëbbaatekat) tegtal ci ne jam ak rëbb Ñeel ku ka yayoo tamu nekk lu néew loolu du lor ki mu jóge ci moom bu 
 fekkee mu melowoo melow ku gëm Yàlla.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/65869</t>
+  </si>
+  <si>
+    <t>لا يزال طائفة من أمتي ظاهرين، حتى يأتيهم أمر الله وهم ظاهرون</t>
+  </si>
+  <si>
+    <t>Ab kurel ci sama xeet wi du deñ di féete kaw, ba mbirum Yàlla di leen dikkal ñu nekk way-not</t>
+  </si>
+  <si>
+    <t>عَنِ المُغِيرَةِ بْنِ شُعْبَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يَزَالُ طَائِفَةٌ مِنْ أُمَّتِي ظَاهِرِينَ، حَتَّى يَأْتِيَهُمْ أَمْرُ اللَّهِ وَهُمْ ظَاهِرُونَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Al-Muxiirata ibn Suhbata -yal na ko Yàlla dollee gërëm- mu jële ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "Ab kurel ci sama xeet wi du deñ di féete kaw, ba mbirum Yàlla di leen dikkal ñu nekk way-not".</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم أنه لن يزال قوم من أمتي ظاهرين على الناس، غالبون على من خالفهم، وذلك حتى يأتيهم أمر الله بقبض أرواحهم في آخر زمن الدنيا قبل قيام الساعة.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xibaare ne aw nit ci xeetam wi duñu deñ di féete kaw di not ci kaw ñi wuute ak ñoom, noonu lay deme ba mbirum Yàlla di leen dikkal ci ñu jël seen ruu yi ci mujjug jamonoy àdduna njëkk Saa di taxaw.</t>
+  </si>
+  <si>
+    <t>معجزة ظاهرة للنبي صلى الله عليه وسلم، فإن هذا الوصف ما زال بحمد الله من زمن النبي صلى الله عليه وسلم إلى الآن، ولا يزال حتى يأتي أمر الله المذكور في الحديث.
+فضل الثبات على الحق والعمل به، والحث على ذلك.
+ظهور الدين نوعان إما ظهور بالحجة والبيان والوضوح وإما ظهور بالقوة والسنان، والظهور باق بالحجة والبيان؛ لأن حجة الإسلام هي القرآن، وهو ظاهر ومهيمن على كل ما عداه، ولكن النوع الثاني من الظهور، ظهور القوة والسنان فهذا بحسب الإيمان والتمكين في الأرض.</t>
+  </si>
+  <si>
+    <t>Kéemtaan gu fés ñeel Yonente bi yal na ko Yàlla dolli xéewal ak mucc, ndax melo wii deñul di wéy -ñuy sant Yàlla- diirub jamonoy Yonente bi yal na ko Yàlla dolli xéewal ak mucc ba leegi nii, te du deñ ba mbirum Yàlla mi ñu tudd ci hadiis bi ñëw.
+Ngënnelu sax ci dëgg ak jëfe ko, ak ñaaxe ci loolu.
+Féete kaw gi diine féete kaw ñaari xeet la: benn muy  ci lay ak leeral ak ug leer, walla mu nekk ci doole ak jaasi, féete kaw gi nag ci lay ak leeral luy wéy di des la; ndaxte layu lislaam mooy Alxuraan, lu féete kaw la, di Aji-Not mbooleem ay noonam, waaye xeetu ñaareel bi ci féete kaw gi, mooy kawe ci doole ak jaasi jii nag moom ci kem gëm gi la ak dëgëral gi ci suuf.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/65879</t>
+  </si>
+  <si>
+    <t>من قال: رضيت بالله ربا، وبالإسلام دينا، وبمحمد رسولا، وجبت له الجنة</t>
+  </si>
+  <si>
+    <t>ku wax: radiiitu bil-Laahi Rabban, wa bi Muhammadin Rasuulan, àjjana war na ci moom</t>
+  </si>
+  <si>
+    <t>عَن أَبي سَعِيدٍ الْخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ قَالَ: رَضِيتُ بِاللَّهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا، وَجَبَتْ لَهُ الْجَنَّةُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Sahiid Al-Xudrii -yal na ko Yàlla dollee gërëm- mu jële ci Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "ku wax: radiiitu bil-Laahi Rabban, wa bi Muhammadin Rasuulan, àjjana war na ci moom".</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم أن من قال: (رضيت بالله ربًّا) وإلهًا ومربيًا ومالكًا وسيدًا ومصلحًا، (وبالإسلام) بجميع أحكامه من الأوامر والنواهي (دينًا) وملة وشِرعة اعتقادًا وانقيادًا، (وبمحمد رسولًا) ونبيًّا؛ بجميع ما أرسل به وبلغه إلينا، إلا وجبت له الجنة.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne ku wax: gërëm naa Yàlla muy sama Boroom di Aji-Moom ji di Sang bi di Aji-Yéwénal ji, gërëm lislaam ci mbooleem ay àtteem ci ay digle ak i tere Muy sama diine ci pas-pas ak wommatul ko, gërëm Muhammat muy  Yónenteem di ku ñu soloo; lépp lu ñu ko yónni mu jottali nu ko, lu dul ne àjjana war ci moom.</t>
+  </si>
+  <si>
+    <t>الحث على قول هذا الدعاء، وبيان الثواب المترتب عليه.
+الرضى بالله ربًا يتضمن أن لا يَعبد المرءُ غيرَه سبحانه.
+الرضى بمحمد صلى الله عليه وسلم نبيًّا ورسولًا يتضمن طاعته عليه الصلاة والسلام والانقياد لسنته.
+الرضى بالإسلام دينًا رضًا بما اختاره الله لعباده.
+استحباب قول هذا الدعاء عند الشهادتين من سماع الأذان كما في الروايات الأخرى.
+وجاء في حديث آخر استحباب هذا الدعاء في الصباح والمساء.</t>
+  </si>
+  <si>
+    <t>Ñaaxe ci wax ñaan gii, ak leeral yool ba cay topp.
+Gërëm Yàlla muy Boroom day làmboo nit ki bañ a jaamu ku dul moom tudd naa Sellam gi.
+Gërëm Muhammat yal na ko Yàlla dolli xéewal ak mucc muy ku ñu soloo Yónni ko day làmboo topp ko topp sunnaam.
+Gërëm lislaam muy diine ag gërëm la ci li Yàlla tànn ñeel jaamam ñi.
+Sopp nañu wax ñaan gii ci ñaari seede yi bu ñu déggee nodd gi kem ni mu ñëwe ci yeneen nettali.
+Ñëw na it ci beneen hadiis ne sopp nañu ñaan gii ci suba gi ak ngoon gi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/65906</t>
+  </si>
+  <si>
+    <t>ألا إن الخمر قد حرمت</t>
+  </si>
+  <si>
+    <t>yégleen ne sàngara araamal nañu ko</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: كُنْتُ سَاقِيَ القَوْمِ فِي مَنْزِلِ أَبِي طَلْحَةَ، وَكَانَ خَمْرُهُمْ يَوْمَئِذٍ الفَضِيخَ، فَأَمَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مُنَادِيًا يُنَادِي: أَلاَ إِنَّ الخَمْرَ قَدْ حُرِّمَتْ، قَالَ: فَقَالَ لِي أَبُو طَلْحَةَ: اخْرُجْ، فَأَهْرِقْهَا، فَخَرَجْتُ فَهَرَقْتُهَا، فَجَرَتْ فِي سِكَكِ المَدِينَةِ، فَقَالَ بَعْضُ القَوْمِ: قَدْ قُتِلَ قَوْمٌ وَهِيَ فِي بُطُونِهِمْ، فَأَنْزَلَ اللَّهُ: {لَيْسَ عَلَى الَّذِينَ آمَنُوا وَعَمِلُوا الصَّالِحَاتِ جُنَاحٌ فِيمَا طَعِمُوا} [المائدة: 93] الآيَةَ.</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Anas -yal na ko Yàlla dollee gërëm- mu wax ne: Maa doon nàndal nit ñi ci kër Abuu Talhata, seen sàngara si bis booba nekkoon lu ñu jaxase, Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc digal ab wootekat muy woote naan: yégleen ne sàngara araamal nañu ko, nee na: Abuu Talhata ne ma: génnal nga tuur ko, ma génn tuur ko, mu taa ci mbeddi Madiina yi, am ñenn ñu wax ne: am na ñu faatu te fekk sàngara moo ngi ca seen biir ya, Yàlla wàcce: {Du nekk bàkkaar ca ña gëm tey sellal seen i jëf, la ñu masoon a ñam} [Al-Maa-ida: 93] ba aaya bi jeex.</t>
+  </si>
+  <si>
+    <t>أخبر أنس بن مالك رضي الله عنه أنه كان في سقايةِ مَن كان في منزل زوجِ أمه أبي طلحة رضي الله عنه، وكان خمرهم يومئذ الفضيخ، خليط التمر وبُسره، فإذا منادي رسول الله صلى الله عليه وسلم ينادي: ألا إن الخمر قد حرمت، قال: فقال لي أبو طلحة: اخرج، فصبّها واسكبها، فخرجت فصببتها وسكبتها، فَجَرَت الخمر في سكك المدينة، فقال بعض القوم: قد قتل بعض الصحابة قبل تحريمها وهي في بطونهم، فأنزل الله: 
+{لَيْسَ عَلَى الَّذِينَ آمَنُوا وَعَمِلُوا الصَّالِحَاتِ جُنَاحٌ فِيمَا طَعِمُوا}  
+[المائدة: 93] الآية. 
+أي: ليس على الذين آمنوا إثم فيما طعموا وشربوا من الخمر قبل تحريمها.</t>
+  </si>
+  <si>
+    <t>Anas ibn Maalik yal na ko Yàlla dollee gërëm day xibaare ne moom  nekkoon na di nàndale sàngara ña nekkoon ca kër boroom këru yaayam Abuu Talhata yal na ko Yàlla dollee gërëm, sàngara sa njaxasu tàndarma ak meññet ma la woon, fa saasa rekk kiy wooteel Yonente Yàlla bi di woote naan: yégleen ne sàngara araamal nañu ko, nee na Abuu Talhata ne ma: génnal nga sotti ko tuur ko, ma génn sotti ko tuur ko, sàngara si di daw ci mbeddi Madiina yi, ñenn ci nit ñi ne: ray nañu yenn Sahaaba yi njëkk ñu koy araamal fekk moo nga ca seen biir ya, Yàlla daal di wàcce:
+{Du nekk bàkkaar ca ña gëm tey sellal seen i jëf, la ñu masoon a ñam} [Al-Maa-ida: 93] ba aaya bi jeex. Maanaam ñi faatu tey way-gëm amuñu bàkkaar ca la ñu lekkoon naanoon  ko ci sàngara njëkk ñu koy araamal.</t>
+  </si>
+  <si>
+    <t>فضل أبي طلحة والصحابة رضي الله عنهم، إذ استجابوا لأمر الله بسرعة ودون سؤال، وهذا هو الذي ينبغي للمسلم الحق.
+الخمر: هي اسم شامل لكل مسكر.
+الفضيخ: شراب يتخذ من البسر والتمر من غير أن تمسه النار، والبسر: هو ثمر النخل قبل أن يرطب.
+قال ابن حجر: قال المهلب: إنما صبت الخمر في الطريق للإعلان برفضها وليشهر تركها، وذلك أرجح في المصلحة من التأذي بصبها في الطريق.
+بيان رحمة الله بعباده، وأنه لا يحاسب على الفعل قبل إنزال الحكم.
+حرم الله عز وجل الخمر؛ لما فيها من مفاسد تعود بالضرر على العقل والمال، وبسببها يرتكب الإنسان الكثير من الذنوب؛ لغياب عقله.</t>
+  </si>
+  <si>
+    <t>Ngëneelu Abuu Talhata ak Sahaaba yi yal na leen Yàlla dollee gërëm, ndax dañoo wuyu ndigali Yàlla yi ci lu gaaw te laaju ñu te lii moo jaadu ci jullit dëgg.
+Sàngara: tur la wuy làmboo lépp luy màndilaate.
+Njaxas li: ag naan la gu ñuy defare ci meññet ak tàndarma ci lu dul ñu koy togg, Busra: mooy meññetu tàndarma njëkk muy tooy.
+Ibn Hajar nee na: Al-Muhallab nee na: dafa sotti sàngara si ci mbedd mi ngir yégle tere gi, ak ngir bàyyi gi siiw,  loolu moo gën a not ci yéwénal ci loru gi nekk ci tuur gi ci mbedd mi.
+Leeral yërmàndey Yàlla ci jaamam ñi, ak ne du leen càmbar ci seen jëf ya jiitu àtte ba di wàcc.
+Yàlla mu kawe mi araamal na sàngara; ngir li ci nekk ci ay yàqute yuy dellu ci lor xel mi ak alal ji, te ci sababam la nit di defe lu bari ci ay bàkkaar; ngir li xel mi di dem.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66034</t>
+  </si>
+  <si>
+    <t>من تردى من جبل فقتل نفسه فهو في نار جهنم يتردى فيه خالدا مخلدا فيها أبدا</t>
+  </si>
+  <si>
+    <t>ku xandaalu daanu ci aw doj daal di ray boppam kooku ci sawaraw Jahannama la jëm di ca xandaalu sax ca di ku ñu fay saxal ba fàww</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَدَّى مِنْ جَبَلٍ فَقَتَلَ نَفْسَهُ فَهُوَ فِي نَارِ جَهَنَّمَ يَتَرَدَّى فِيهِ خَالِدًا مُخَلَّدًا فِيهَا أَبَدًا، وَمَنْ تَحَسَّى سُمًّا فَقَتَلَ نَفْسَهُ فَسُمُّهُ فِي يَدِهِ يَتَحَسَّاهُ فِي نَارِ جَهَنَّمَ خَالِدًا مُخَلَّدًا فِيهَا أَبَدًا، وَمَنْ قَتَلَ نَفْسَهُ بِحَدِيدَةٍ فَحَدِيدَتُهُ فِي يَدِهِ يَجَأُ بِهَا فِي بَطْنِهِ فِي نَارِ جَهَنَّمَ خَالِدًا مُخَلَّدًا فِيهَا أَبَدًا».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu jële ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "ku xandaalu daanu ci aw doj daal di ray boppam kooku ci sawaraw Jahannama la jëm di ca xandaalu sax ca di ku ñu fay saxal ba fàww, ku naan tooke daal di ray boppam tookeem ji day nekk ci loxoom mu koy naan ca sawaraw Jahannama sax fa di ku ñu saxal ba fàww, ku ray boppam ci ag weñ weñam gi day nekk ci loxoom mu ciy butti biiram bi ca sawaraw Jahannama sax fa di ku ñuy saxal foofa ba fàww ".</t>
+  </si>
+  <si>
+    <t>حذر النبي صلى الله عليه وسلم من تعمَّد قتْل نفسه بالدنيا فإنه يعاقب يوم القيامة في نار جهنم بنفس الطريقة التي فعلها بنفسه في الدنيا جزاءً وفاقًا، فمن أسقط نفسه من فوق جبل فقتلها فهو في نار جهنم يسقط فيها من جبال جهنم إلى أوديتها خالدًا مخلدًا فيها أبدًا، ومن تجرع سمًّا فقتل نفسه به فسمه في يده يتجرعه في نار جهنم خالدًا مخلدًا فيها أبدًا، ومن ضرب نفسه بحديدة في بطنه فقتلها، فحديدته في يده يطعن بها في بطنه في نار جهنم خالدًا مخلدًا فيها أبدًا.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc moytandikuloo na nit ki ray boppam ci àdduna te tay ko ndax kon dees na ko mbugal ca sawaraw Jahannama ci anam gi mu ko defe boppam ci àdduna muy ag fay gu dëppoo ak loola, ku daaneel boppam jóge ci kaw aw doj daal di ray boppam kooku dana nekk ca sawaraw Jahannama di daanu jóge ci kaw doji Jahannama yi di aji-sax di ku ñu ca saxal ba fàww, ku guux tooke daal di ciy ray boppam tookeem ji day nekk ci loxoom mu koy guux ca sawaraw Jahannama di aji-sax di ku ñu saxal foofa ba fàww, ku dóor boppam ag weñ ci biiram daal di dee, kooku weñam gi day nekk ci loxoom mu ciy jam biiram bi ca sawaraw Jahannama di aji-sax foofa.</t>
+  </si>
+  <si>
+    <t>تحريم قتْل الإنسان نفسه، وأنه من كبائر الذنوب التي يستحق بها العذاب الأليم.
+ما ذكره في الحديث هو ضربُ مثل لبعض أنواع إزهاق النفس، وإلا فبأي طريقة قتلت عوقب بمثل ما فعل بنفسه، وقد جاء في صحيح البخاري قوله صلى الله عليه وسلم: "الذي يخنق نفسه يخنقها في النار، والذي يطعنها يطعنها في النار".
+قال النووي: وأما قوله صلى الله عليه وسلم: (فهو في نار جهنم خالدًا مخلدًا فيها أبدًا)؛ ‏‏فقيل: فيه أقوال، أحدها: أنه محمول على من فعل ذلك مستحلًّا مع علمه بالتحريم فهذا كافر، وهذه عقوبته، والثاني: أن المراد بالخلود طول المدة والإقامة المتطاولة لا حقيقة الدوام، كما يقال: خلد الله ملك السلطان، والثالث: أن هذا جزاؤه، ولكن تكرم سبحانه وتعالى فأخبر أنه لا يخلد في النار من مات مسلمًا.
+هذا من باب مجانسة العقوبات الأخروية للجنايات الدنيوية، ويؤخذ منه أن جناية الإنسان على نفسه كجنايته على غيره في الإثم؛ لأن نفسه ليست ملكًا له مطلقًا، بل هي لله تعالى، فلا يتصرف فيها إلا بما أذن له فيه.</t>
+  </si>
+  <si>
+    <t>Araamalees na nit ki di ray boppam, ak ne dafa bokk ci bàkkaar yu mag yi nga xam ne da ciy yayoo mbugal mu metti.
+Li ñu tudd ci hadiis bi sadd misaal la rekk ci yenn xeeti ray bakkan yi, lu ko moy ci yoon wu ñu ko man a raye dees na ko mbugal ci kem li mu def boppam, ñëw na ci Sahiihul Buxaarii waxu Yonnente bi yal na ko Yàlla dolli xéewal ak mucc: "ki xoj boppam dana ko xoj ca sawara, ak ki jam boppam it dana ko jam ca sawara".
+An-Nawawii nee na: waxu Yonente bi yal na ko Yàlla dolli xéewal ak mucc (kooku sawaraw Jahannama la jëm di aji-sax ñu saxal ko fa ba fàww); wax nañu ci ay wax, benn bi: dañu ko a yen ci ku ko def ngir daganal ko temu xamne dafa araam kii ab yéefar la, te lii mooy mbugalam, ñaareel bi: li ñu namm ci sax gi mooy diir bu gudd waaye du dëgg-dëggi sax, kem ni ñuy waxe: yal na Yàlla saxal nguuru buur bi, ñatteel bi: lii mooy fayam, waaye Yàlla mu Sell mi dafa baaxe daal di xibaare ne ku faatu di ab julli kooku du sax sawara.
+Lii ci buntub niróole mbugali allaaxira ci jalgatiy àdduna yi la, dees na ci jële ne jalgati nit ki ci boppam mi ngi mel ni jalgateem ci kaw keneen ci bàkkaar; ndax moomul boppam, waaye Yàllaa ka moom, kon waru caa def lu dul lu ka ca Yàlla sant.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66204</t>
+  </si>
+  <si>
+    <t>بايعوني على ألا تشركوا بالله شيئا، ولا تسرقوا، ولا تزنوا</t>
+  </si>
+  <si>
+    <t>jaayanteleen ak man ci ne dungeen bokkaale Yàlla ak dara, te dungeen sàcc, dungeen njaalo</t>
+  </si>
+  <si>
+    <t>عَنْ عُبَادَةَ بْنِ الصَّامِتِ رَضِيَ اللَّهُ عَنْهُ، وَكَانَ شَهِدَ بَدْرًا، وَهُوَ أَحَدُ النُّقَبَاءِ لَيْلَةَ العَقَبَةِ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ، وَحَوْلَهُ عِصَابَةٌ مِنْ أَصْحَابِهِ: «بَايِعُونِي عَلَى أَلَّا تُشْرِكُوا بِاللَّهِ شَيْئًا، وَلاَ تَسْرِقُوا، وَلاَ تَزْنُوا، وَلاَ تَقْتُلُوا أَوْلاَدَكُمْ، وَلاَ تَأْتُوا بِبُهْتَانٍ تَفْتَرُونَهُ بَيْنَ أَيْدِيكُمْ وَأَرْجُلِكُمْ، وَلاَ تَعْصُوا فِي مَعْرُوفٍ، فَمَنْ وَفَى مِنْكُمْ فَأَجْرُهُ عَلَى اللَّهِ، وَمَنْ أَصَابَ مِنْ ذَلِكَ شَيْئًا فَعُوقِبَ فِي الدُّنْيَا فَهُوَ كَفَّارَةٌ لَهُ، وَمَنْ أَصَابَ مِنْ ذَلِكَ شَيْئًا ثُمَّ سَتَرَهُ اللَّهُ فَهُوَ إِلَى اللَّهِ، إِنْ شَاءَ عَفَا عَنْهُ وَإِنْ شَاءَ عَاقَبَهُ» فَبَايَعْنَاهُ عَلَى ذَلِكَ.</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Hubaadata ibn As-Saamit yal na ko Yàlla dollee gërëm, mu bokkoon ci ñi fekke Badar, mu doon kenn ca ña ñu tànnoon ca guddig Haqaba ga: mu ne Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc wax na, fekk am mbooloo ci Sahaaba yi ña nga ko wër: "jaayanteleen ak man ci ne dungeen bokkaale Yàlla ak dara, te dungeen sàcc, dungeen njaalo dungeen ray seen i doom, te dungeen indi aw duur wu ngeen di sos ci diggante seen loxo yi ak seen tànk yi, te dungeen ma moy ci njekk, ku matale kóllare gi ci yéen fayam ma nga fa Yàlla, ku def ci yooyu dara ñu mbugal ko ci àdduna loolu ag far la ñeel ko, ku def ci yooyu dara topp Yàlla suturaal ko kon ca Yàlla lay dellu, bu ko soobee mu baal ko bu ko soobee mu mbugal ko" nu jaayante ak moom ci loolu.</t>
+  </si>
+  <si>
+    <t>أخبر عبادة بن الصامت رضي الله عنه، وكان ممن شهد غزوة بدر الكبرى، وهو كبير قومه الذين تقدموا لأخذ البيعة لنصرة رسول الله صلى الله عليه وسلم ليلة العقبة التي بمنى -حين كان الرسول بمكة قبل هجرته إلى المدينة- أن النبي صلى الله عليه وسلم كان جالسًا بين أصحابه فطلب منهم أن يعاهدوه على أمور: 
+الأول: لا يشركون في عبادة الله شيئًا ولو قلّ. 
+الثاني: لا يسرقون. 
+الثالث: لا يفعلون فاحشة الزنا. 
+الرابع: لا يقتلون أولادهم؛ ذكورهم خشية الفقر أو أنثاهم خشية العار. 
+الخامس: لا يأتون بكذب يختلقونه بين أيديهم وأرجلهم حيث أن معظم الأفعال تقع بهما وإن شاركت باقي الأعضاء. 
+السادس: لا يعصون النبي صلى الله عليه وسلم في معروف. 
+فمن ثبت منهم على العهد والتزم بذلك فأجره على الله، ومن فعل شيئًا مما ذكر -غير الشرك- فعوقب به في الدنيا بإقامة الحد عليه فهو كفارة له وبه سقط الإثم، ومن فعل من ذلك شيئًا ثم ستره الله فأمره إلى الله؛ إن شاء عفا عنه وإن شاء عاقبه، فبايعه كل الحاضرين على ذلك.</t>
+  </si>
+  <si>
+    <t>Hubaadata ibn As-Saamit yal na ko Yàlla dollee gërëm, mu bokkoon ci ñi fekke woon xareb Badar bu mag ba, te moo mag ci aw nitam ña ñëwoon ngir jaayante ngir dimbali Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc guddig Haqaba ga nekk ca Minaa -ba Yonnente bi nekkee Màkka njëkk muy gàddaay jëm Madiina - mu ne Yonnente bi dafa toogoon ci diggante Sahaabaam yi mu sàkku ci ñoom ñu kóllarante ak moom ci ay mbir: Bi ci njëkk: duñu bokkaale ci jaamu Yàlla gi dara donte dafa néew. Ñaareel bi: duñu sàcc. Ñatteel bi: duñu def ñaawteefu njaalo. Ñenteel bi: duñu ray seen doom yu góor yi ngir ragal ñàkk, walla yu jigéen yi ngir ragal gàcca. Juróomeel bi: duñu indi aw fen wu ñu sos ci diggante seen loxo yi ak seen tànk yi, ndax li ëpp ci jëf yi ci ñoom ñaar lay ame donte cér yi des dana ca bokk. Juróom-beneel bi: duñu moy Yonente bi yal na ko Yàlla dolli xéewal ak mucc ci njekk. Ku sax ci ñoom ca kóllare ga taqoo ak loolu fayam ma nga fa Yàlla, ku def dara ci yooyu ñu tudd -ba mu des bokkaale- ñu mbugal ko ci àdduna ci taxawal daan gi ci kawam loolu ag far bàkkaar la ñeel ko, ku def ci yooyu dara topp Yàlla suturaal ko kon ay mbiram ma nga ca Yàlla; bu ko soobee mu baal ko bu ko soobee itam mu mbugal ko, ña teewoon ñépp jaayante ak moom ci loolu.</t>
+  </si>
+  <si>
+    <t>بيان ما تضمنته بيعة العقبة الأولى بمكة قبل أن يفرض عليهم الجهاد.
+قال السندي: قوله ‏‏(في معروف): لا يخفى أن ‌أمره ‌كله ‌معروف ولا يتصور منه خلافه، فقوله (في معروف) للتنبيه على علة وجوب الطاعة وعلى أنه لا طاعة للمخلوق في غير المعروف، وعلى أنه ينبغي اشتراط الطاعة في المعروف في البيعة لا مطلقًا.
+قال محمد بن إسماعيل التيمي وغيره: خص القتل بالأولاد؛ لأنه قتل وقطيعة رحم، فالعناية بالنهي عنه آكد، ولأنه كان شائعًا فيهم، وهو وأد البنات وقتل البنين خشية الإملاق، أو خصهم بالذكر؛ لأنهم بصدد أن لا يدفعوا عن أنفسهم.
+قال النووي: عموم هذا الحديث مخصوص بقوله تعالى: {إِنَّ اللَّهَ ‌لَا ‌يَغْفِرُ أَنْ يُشْرَكَ بِهِ}، فالمرتد إذا قُتل على ارتداده لا يكون القتل له كفارة.
+قال القاضي عياض: ذهب أكثر العلماء أن الحدود كفارات.</t>
+  </si>
+  <si>
+    <t>Leeral li jaaynteg Haqaba gu njëkk ga làmboo ca Màkka njëkk ñuy farataal ci ñoom jihaad.
+As-Sindii nee na: waxam ji (ci njekk): nëbbuwul ne mbiram yépp ag njekk la te deesul xalaat ci moom lu wuute ak loolu, waxam ji (ci njekk) ngir yeete la ci liy waral ag topp, ak ne deesul Topp mbindeef ci lu dul njekk, ak ne jaadu na ñu sàrtal topp ci njekk ci bu ñuy jaayante ba fàww nag.
+Muhammat Ibn Ismaahiila At-Taymii ak ñu dul moom nee nañu: dafa jagleel ray ci doom yi; ndaxte ag ray la ak ug dog mbokk, kon tere gi day gën a feddaliku, ak ne dafa siiwoon ci ñoom, te mooy suul doom yu jigéen yi ak ray doom yu góor yi ngir ragal ñàkk, walla jagleel na leen ci ag tudd ndaxte dañoo manut a jeñal seen bopp.
+An-Nawawii nee na: mataleg hadiis bi lu nu tënk la ci waxu Yàlla mu kawe mi: {Yàlla du jéggale ñu bokkaale ko ak dara}, ki tubbi bu ñu ko rayee ca tubbi ga kon ray ga du ag far bàkkaar ci moom.
+Al-Xaadii Hiyaad nee na: ñi ëpp ci woroom xam-xam yi dañoo gis ci ne daan yi dañuy far bàkkaar yi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66210</t>
+  </si>
+  <si>
+    <t>بدأ الإسلام غريبا، وسيعود كما بدأ غريبا، فطوبى للغرباء</t>
+  </si>
+  <si>
+    <t>lislaam dafa tàmbali di lu tumurànke, te dana dellu ca na mu tàmbalee woon di lu tumurànke, kon texe ñeel na way-tumurànke yi</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «بَدَأَ الْإِسْلَامُ غَرِيبًا، وَسَيَعُودُ كَمَا بَدَأَ غَرِيبًا، فَطُوبَى لِلْغُرَبَاءِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu wax ne : Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: "lislaam dafa tàmbali di lu tumurànke, te dana dellu ca na mu tàmbalee woon di lu tumurànke, kon texe ñeel na way-tumurànke yi".</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم أن الإسلام بدأ غريبًا في آحاد من الناس وقلّة أهله، وسيعود غريبًا بقلة من يقوم به كما بدأ، فغِبطةٌ، ونعمَ للغرباء، وفرحٌ وقرةُ عين لهم.</t>
+  </si>
+  <si>
+    <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc day xibaare ne lislaam dafa tàmbali nekk lu tumurànke ci ay benn-benni nit ak tuutig waa lislaam, te dana dellu di lu tumurànke ci néewug ña koy taxawe kem na mu tàmbalee woon, kon boog ag xéewal ak ug, mbégte ñeel na leen.</t>
+  </si>
+  <si>
+    <t>الإخبار بوقوع غربة الإسلام بعد انتشاره واشتهاره.
+فيه علمٌ من أعلام النبوة، حيث أخبر النبي صلى الله عليه وسلم بما سيقع بعده، فوقع كما أخبر به.
+فضل من هجر أوطانه وعشيرته؛ لأجل الإسلام، وأن له الجنة.
+الغرباء هم الذين يَصلحون إذا فسد الناس، وهم الذين يُصلحون ما أفسد الناس.</t>
+  </si>
+  <si>
+    <t>Xibaare ci ne lislaam di na tumurànke ginnaaw ag tasaaroom ak ug siiwam.
+Nekk na ci it ag màndarga ci màndargay Yonent, ndax Yonente bi yal na ko Yàlla dolli xéewal ak mucc dafa xibaare luy ñëw ginnaawam, loolu daal di am kem na mu ko xibaare woon.
+Ngëneelu ki gàddaay réewam ak njabootam; ngir lislaam, ak ne àjjana ñeel na ko.
+Way-tumurànke yi ñooy ñiy baax fekk nit ñaa nga bon, te ñoom dañuy yéwénal li nit ñi yàq.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66219</t>
+  </si>
+  <si>
+    <t>إياكم ومحقرات الذنوب</t>
+  </si>
+  <si>
+    <t>moytulleen bàkkaar yi ñuy xeeb</t>
+  </si>
+  <si>
+    <t>عَنْ سَهْلِ بْنِ سَعْدٍ رَضيَ اللهُ عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِيَّاكُمْ وَمُحَقَّرَاتِ الذُّنُوبِ، فَإِنَّمَا مَثَلُ مُحَقَّرَاتِ الذُّنُوبِ كَقَوْمٍ نَزَلُوا فِي بَطْنِ وَادٍ، فَجَاءَ ذَا بِعُودٍ، وَجَاءَ ذَا بِعُودٍ، حَتَّى أَنْضَجُوا خُبْزَتَهُمْ، وَإِنَّ مُحَقَّرَاتِ الذُّنُوبِ مَتَى يُؤْخَذْ بِهَا صَاحِبُهَا تُهْلِكْهُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Sahl Ibn Sahd -yal na ko Yàlla dollee gërëm- mu wax ne Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: "moytulleen bàkkaar yi ñuy xeeb bàkkaar yi ñuy xeeb dafa mel ni ay nit yu wàcc ci aw xur, kii indi ab bant, kii indi ab bant, ba ñu ñoral ca seen mburu, te bàkkaar yi ñuy xeeb saa bu ñu ci jàppee boroom mu alag ko".</t>
+  </si>
+  <si>
+    <t>حذر النبي صلى الله عليه وسلم من التساهل في فعل صغائر الذنوب، والإكثار منها فإنها تهلك بمجموعها، وضرب مثلًا على ذلك بقوم نزلوا في بطن واد، فجاء كل واحد منهم بعُوْد صغير، حتى أنضجوا خُبزتهم بمجموع ما جمعوا من العيدان، وإن محقرات الذنوب متى يؤخذ بها صاحبها ولم يتب منها أو يعفو الله عنه أهلكته.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day moytandikuloo ñuy woyofal def bàkkaar yu ndaw yi, ak di ko baril ndax day alage bu baree, mu joxe misaal ci loolu ci ay nit yu wàcc ci biir aw xur, ku nekk ci ñoom indi ab bant bu ndaw, ba ñu mjja ñorale seen mburu ci seen bant ya, ak ne bàkkaar yi ñuy xeeb saa bu ñu ci jàppee boroomam te tuubu ko walla Yàlla baal ko ko kon dana ko alag.</t>
+  </si>
+  <si>
+    <t>هدي النبي صلى الله عليه وسلم في ضرب الأمثال تقريبًا للفهم وزيادة في البيان.
+التحذير من صغائر الذنوب المستحقرة، والحث على البِدار في تكفيرها.
+محقرات الذنوب تحتمل معانيًا: الأول: ما يفعله العبد من الذنوب، متوهمًا أنه من صغارها، وهو من كبار الذنوب عند الله تعالى، والثاني: ما يفعله العبد من صغائر الذنوب، دون مبالاة بها، ولا توبة منها، فتجتمع عليه هذه الصغائر حتى تهلكه، والثالث: ما يفعله العبد من صغائر الذنوب، لا يبالي بها، فتكون سببًا لوقوعه في الكبائر المهلكة.</t>
+  </si>
+  <si>
+    <t>Njubug Yonente bi yal na ko Yàlla dolli xéewal ak mucc ci sadd ay misaal ngir jegeele maanaa ak yokk leeral gi.
+Moytandikuloo bàkkaar yu ndaw yi ñuy xeeb, ak ñaaxe ci gaaw far ko.
+Bàkkaar yi ñuy xeeb jamtal na ay maanaa: bi ci njëkk: lu jaam bi di def ci ay bàkkaar jàpp ne ci yu ndaw yi la bokk fekk ne ci yu mag la fa Yàlla, ñaareel bi: li jaam bi di def ci ay bàkkaar yu ndaw te du faale loolu te tuubu ko, bàkkaar yu ndaw yii di dajaloo ci kawam ba alag ko, ñatteel bi: lu jaam bi di def ci ay bàkkaar yu ndaw te faalewu ko, mu nekk sabab ci tàbbal ko ci yu mag yiy alage.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66224</t>
+  </si>
+  <si>
+    <t>إنما بعثت لأتمم مكارم الأخلاق</t>
+  </si>
+  <si>
+    <t>dañu ma a yónni ngir ma mottali jikkó yu tedd yi</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّمَا بُعِثْتُ لِأُتَمِّمَ مَكَارِمَ الْأَخْلَاقِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu wax ne: Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: "dañu ma a yónni ngir ma mottali jikkó yu tedd yi".</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم أنه إنما أرسله الله عز وجل ليكمل فضائل ومحاسن الأخلاق؛ حيث بُعث النبي صلى الله عليه وسلم تتمّة لما قبله من الرُّسل، ومكمّلًا لأخلاق العرب الحسنة، فكانوا يحبون الخير ويَمْقتون الشر، أهل مروءة وكرم وشهامة؛ فبُعث النبي صلى الله عليه وسلم لإكمال النقائص التي في أخلاقهم، كتفاخرهم بالأنساب، والتكبر واحتقار الفقير وغير ذلك.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc xamle na ne Yàlla mu màgg mi da ko a yónni ngir mu mottali ngëneel ak jikkó yu rafet yi; ba tax mu yónni Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu mottali li ko jiitu woon ci ay Yonente, ak di mottali jikkóy araab yu rafet ya, ñu nekkoon ñu bëgg yiw te bañ ay, di ñu am kersa ak tabe ak ug njàmbaarte; ñu yónni Yonente bi ngir mu mottali li mànki ca seen jikkó ya, niki seen ug puukarewu ci seen i askan, ak rëy-rëylu ak xeeb aji-ñàkk ak yeneen yu dul yooyu.</t>
+  </si>
+  <si>
+    <t>الحث على مكارم الأخلاق، والنهي عن ضدها.
+بيان أهمية الأخلاق الحسنة في شريعة الإسلام وأنها من أولوياته.
+أهل الجاهلية كان عندهم بقايا من الأخلاق الحسنة، ومنها الكرم والشجاعة وغير ذلك فجاء الإسلام ليكملها.</t>
+  </si>
+  <si>
+    <t>Ñaaxe ci teddngay jikkó yi, ak tere safaanam.
+Leeral solos jikkó yu rafet yi ci sariihab lislaam ak ne dafa bokk ca ya gën a yey.
+Waa ceddo ga amoon nañu desiiti jikkó yu rafet, bokk na ca tabe ak jàmbaare ak yu dul yooyu lislaam ñëw ngir mottali ko.</t>
+  </si>
+  <si>
+    <t>رواه البخاري في الأدب المفرد وأحمد والبيهقي</t>
+  </si>
+  <si>
+    <t>[رواه البخاري في الأدب المفرد وأحمد والبيهقي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66233</t>
+  </si>
+  <si>
+    <t>سبعة يظلهم الله تعالى في ظله يوم لا ظل إلا ظله</t>
+  </si>
+  <si>
+    <t>juróom-ñaar yii Yàlla dana leen keral bis ba genn ker  dul am lu dul keram ga</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سَبْعَةٌ يُظِلُّهُمُ اللَّهُ تَعَالَى فِي ظِلِّهِ يَوْمَ لاَ ظِلَّ إِلَّا ظِلُّهُ: إِمَامٌ عَدْلٌ، وَشَابٌّ نَشَأَ فِي عِبَادَةِ اللَّهِ، وَرَجُلٌ قَلْبُهُ مُعَلَّقٌ فِي المَسَاجِدِ، وَرَجُلاَنِ تَحَابَّا فِي اللَّهِ، اجْتَمَعَا عَلَيْهِ وَتَفَرَّقَا عَلَيْهِ، وَرَجُلٌ دَعَتْهُ امْرَأَةٌ ذَاتُ مَنْصِبٍ وَجَمَالٍ فَقَالَ: إِنِّي أَخَافُ اللَّهَ، وَرَجُلٌ تَصَدَّقَ بِصَدَقَةٍ فَأَخْفَاهَا حَتَّى لاَ تَعْلَمَ شِمَالُهُ مَا تُنْفِقُ يَمِينُهُ، وَرَجُلٌ ذَكَرَ اللَّهَ خَالِيًا، فَفَاضَتْ عَيْنَاهُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu jële ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "juróom-ñaar yii Yàlla dana leen keral bis ba genn ker  dul am lu dul keram ga: imaam bu maandu, ak waxambaane wu sosu ci jaamu Yàlla, ak waa ju xolam aju ca jàkka ya, ak ñaar ñu bëggante ci Yàlla, ci moom lañuy daje te ci moom lañuy teqalikoo, ak góor gu jigéen ju am dayo ak rafetaay woo mu ne ko: man damaa ragal Yàlla, ak waa ju saraxe ab sarax nëbb ko ba càmmooñam du xam li ndayjoor bi joxe, ak waa ju fàttaliku Yàlla ciw wéetaay, ay bëtam taa".</t>
+  </si>
+  <si>
+    <t>بشّر النبي صلى الله عليه وسلم سبعة أصناف من المؤمنين يظلهم الله تعالى في ظل عرشه يوم لا ظل إلا ظله: 
+الأول: إمام عدل في نفسه غير فاسق، عادل بين رعيته غير ظالم؛ وهو صاحب الولاية العظمى، ويلتحق به كل من ولي شيئًا من أمور المسلمين فعدل فيه. 
+الثاني: شاب نشأ في عبادة الله، وأفنى شبابه ونشاطه، حتى توفي على ذلك. 
+الثالث: رجل قلبه معلق بالمسجد، إذا خرج منه حتى يعود إليه لشدة حبه وكثرة ملازمة المسجد واستمرار الكون فيه بالقلب وإن عرض للجسد عارض وكان خارج المسجد. 
+الرابع: رجلان أحب كلٌّ منهما الآخر في الله حقيقة، وداما على المحبة الدينية ولم يقطعاها بعارض دنيوي سواء اجتمعا حقيقة أم لا حتى فرق بينهما الموت. 
+الخامس: ورجل طلبته امرأة إلى نفسها لفعل الفاحشة، وهي ذات أصل وشرف وحسب وجاه ومال وجمال، فأبى وقال لها: إني أخاف الله. 
+السادس: رجل قد تصدق بصدقة قليلة أو كثيرة ولم يراءِ فيها بل أخفاها حتى لا تعلم شماله ما تنفقه يمينه. 
+السابع: رجل ذكر الله بقلبه من التذكر، أو بلسانه من الذكر، في خلاء عن الناس ففاضت الدموع من عينيه خشية وتعظيمًا لله تعالى.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc bégal na ñatti xeet ci way-gëm ñi ci ne Yàlla mu kawe mi dana leen keral ca kerug arasam ga bis ba ker amul gu dul keram ga: Bi ci njëkk: imaam ju maandu ci boppam te du kàccoor, maanu ci diggante ay càmmam ci lu dul tooñ; muy njiit lu mag li, waaye danañu ca boole képp ku jiite dara ci biri jullit ñi daal di cay maandu. Ñaareel bi: waxambaane wu sosu ci jaamu Yàlla, jeexal ag waxambaaneem ak cawarteem ci loolu ba faatu. Ñatteel bi: waa ju xolam aju ci jàkka, bu ca génnee ba na mu cay delloo ngir tarug bëggam ak bari lu muy taqoo ak jàkka, xolam di wéy di ca nekk donte yaramam dara gaar na ko mu génn fa ba nekk ca bittu jàkka ja. Ñenteel bi: ñaar ñoo xam ne ku nekk ci ñoom ñaar daa bëgg keneen ka ngir Yàlla, ñu sax ca bëgganteg diine ga te doguñu ko ngir àdduna moo xam dajaloo nañu ca dëgg-dëgg walla déet ba dee mujj teqale seen diggante. Juróomeel bi: waa joo xam ne ag jigéen sàkku na ko ci boppam ngir def ñaawteef, te moom jigéen ji boroomug  teddnga la ak askan ak daraja ak alal ak taar, mu bañ daal di ne ko: man damaa ragal Yàlla. Juróom-benneel bi: waa ju saraxe ab sarax mu néew walla mu bari te ngistalul waaye mu nëbb ko ba càmmooñam xamul li ndayjooram joxe. Juróom-ñaareel bi: waa ju tudd Yàlla ci xolam di ko fàttaliku, walla ci làmmiñam ci sikar, ci ag wéetaay wolif nit ñi ay bëtam fees ak rangooñ ngir ragal ak màggal ñeel Yàlla mu kawe mi.</t>
+  </si>
+  <si>
+    <t>فضل الأصناف السبعة المذكورة والحث على الاقتداء بها.
+قال ابن حجر في قوله "في ظله": قيل المراد: ظل عرشه، ويدل عليه حديث سلمان عند سعيد بن منصور بإسناد حسن "سبعة يظلهم الله في ظل عرشه".
+قال ابن حجر: وأحسن ما فسر به العادل أنه الذي يتبع أمر الله بوضع كل شيء في موضعه من غير إفراط ولا تفريط، وقدّمه في الذكر لعموم النفع به.
+فضل انتظار الصلاة بعد الصلاة.
+قال النووي: فيه الحث على التحابّ بالله وبيان عظيم فضله.
+خُصَّ المنصب والجمال لشدة رغبة الناس فيهما وحرصهم عليهما، وصعوبة حصولهما.
+الأفضل في الصدقة الإسرار والأبعد من الرياء، وإن كان يشرع الجهر بالصدقة والزكاة إن سلمت عن الرياء وقصد بها حث الغير على الإنفاق وليقتدي به غيره، ولإظهار شعائر الإسلام.
+إنما نال هؤلاء السبعة ذلك النعيم بالإخلاص لله تعالى ومخالفة الهوى.
+قوله: "سبعة يظلهم الله": حصْرهم بهذا العدد ليس مرادًا، بل ورد غير الأصناف الواردة في الحديث ممن يظلهم الله بظل عرشه.
+قال ابن حجر: ذكر الرجال في هذا الحديث لا مفهوم له؛ بل يشترك النساء معهم أي مع الرجال في الأعمال فيما ذكر، إلا إن كان المراد بالإمام العادل الإمامة العظمى، وإلا فيمكن دخول المرأة حيث تكون ذات عيال فتعدل فيهم، وتخرج خصلة ملازمة المسجد؛ لأن صلاة المرأة في بيتها أفضل من المسجد، وما عدا ذلك فالمشاركة حاصلة لهن، حتى الرجل الذي دعته المرأة فإنه يتصور في امرأة دعاها ملك جميل مثلًا فامتنعت خوفًا من الله تعالى مع حاجتها.</t>
+  </si>
+  <si>
+    <t>Ngëneelu juróom-ñaari xeet yii ñu tudd ak ñaaxe ci roy ci ñoom.
+Ibn Hajar wax na ci waxam ji "ci keram gi" nee nañu ki ñu ci namm: kerug Arasam, te hadiisu Salmaan ibn Sahiid ibn Mansuur ci càllala gu rafet dana ko tegtale "juróom-ñaar yii Yàlla dana leen keral ca kerug Arasam ga".
+Ibn Hajar nee na: li gën a rafet ci li ñu firee maandu mooy ki nga xam ne day topp li Yàlla digle, ci teg mbir mu ne ci barabam ci lu dul ëppal mbaa yéesal, dakoo jiital cig tudd ngir li mu làmboo njariñ.
+Ngëneelu xaar julli ginnaaw ag julli.
+An-Nawawii nee na: nekk na ci ñaaxe ci bëggante ci Yàlla ak leeral màggaayu ngëneelam.
+Dañoo tudd ab dayo ak ub taar ngir bëgg gi ko nit ñi bëgg ak seen ug jafe.
+Li gën ci saraxe mooy nëbb ko ak sori ngistal, donte yoonal nañu fésal sarax ak asaka bu dee mucc na ci ngistal ak mu jublu sa ñaax ñeneen ci joxe ngir keneen roy ko ci, ak ngir feeñal màndargay lislaam.
+Juróom-ñaar ñii am na ñu xéewal googu ci sababus sellal gi ñeel Yàlla mu kawe mi ak wuute ak bànneex yi.
+Waxam ji: "juróom-ñaar Yàlla dana leen keral" tënk gi ñu leen tënk ci lim bii du dara, ndax am na ñeneen ñu rot ci hadiis ñu Yàlla di keral ca kerug Arasam ga.
+Ibn Hajar nee na: tudd gi ñu tudd góor ñi ci hadiis bii du dara! Ndax jigéen ñi it dañu da ñu ciy dugg lu dul bu dee imaam ju maandu imaam ju mag la ñu ci jublu, lu ko moy rekk jigéen ñi man nañu ci a dugg ndax dana am njaboot daal di maandu ci seen diggante, meloy taqoo ak jàkka ji moom day génn; ndax jullig jigéen ci këram moo gën ci jàkka ji, lu dul loolu ñoom da ñu cay bokk ba ci góor gi jigéen woo ci misaal manees naa gis jigéen ju ab buur bu rafet woo mu bañ ngir ragal Yàlla donte dafa am aajo.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66234</t>
+  </si>
+  <si>
+    <t>لا يشير أحدكم على أخيه بالسلاح، فإنه لا يدري، لعل الشيطان ينزع في يده، فيقع في حفرة من النار</t>
+  </si>
+  <si>
+    <t>bu kenn jëmale mbokkam ngànaay, ndax xamul ne Saytaane man naa bif loxoom, mu tàbbi ci kàmbu sawara</t>
+  </si>
+  <si>
+    <t>عَن أَبي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُشِيرُ أَحَدُكُمْ عَلَى أَخِيهِ بِالسِّلاَحِ، فَإِنَّهُ لاَ يَدْرِي، لَعَلَّ الشَّيْطَانَ يَنْزِعُ فِي يَدِهِ، فَيَقَعُ فِي حُفْرَةٍ مِنَ النَّارِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu jële ci Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "bu kenn jëmale mbokkam ngànaay, ndax xamul ne Saytaane man naa bif loxoom, mu tàbbi ci kàmbu sawara".</t>
+  </si>
+  <si>
+    <t>حذر النبي صلى الله عليه وسلم أن يشير المسلم على أخيه المسلم بأي نوع من أنواع السلاح، فإنه لا يعلم لعل الشيطان يحمله على تحريك السلاح في يده، فيقتل أخاه أو يؤذيه، فيقع في المعصية التي تفضي به إلى أن يقع في حفرة من النار.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc moytandikuloo na jullit bi di joxañ mbokku jullitam ci benn xeetu ngànnaay, ndaxte xamul man naa am Saytaane yóbbe ko ci yëngal ngànnaay li ci loxoom, mu ray mbokkam mi walla mu lor ko, bu ko defee mu tàbbi ci ag moy guy waral ci moom mu tàbbi ci paxu sawara.</t>
+  </si>
+  <si>
+    <t>بيان حرمة دم المسلم.
+وجوب احترام المسلم والحذر من إيصال الشر إليه بالفعل أو القول، ومن ذلك الإشارة بالحديدة أو بالسلاح، ولو مازحًا؛ لأن الشيطان قد ينزغ بيده ويزين له ضرب أخيه، أو ينزع السلاح من يده فيقع من غير اختياره فيضر أخاه.
+سد الذرائع بالنهي عما يفضي إلى المحظور.
+الحرص على سلامة المجتمع وحفظ العلاقات بين الناس، وعدم تخويفهم وترويعهم ولو بالإشارة والتهديد.</t>
+  </si>
+  <si>
+    <t>Leeral araamug dereeti jullit.
+War na ñu wormaal jullit bi ak moytu di ko lor moo xam ci jëf walla wax, te bokk na ci yooyu jëmële ko weñ walla ngànnaay, donte day kaf; ndaxte Saytaane amaana mu bif ko ci loxoom mu dóor ci mbokkam mi, walla mu rocci ngànnaay li ci loxoom mu dal ko ci lu dul jubluwaayam mu lor ci mbokkam mi.
+Baare wépp yoon ak tere lépp luy jëme ci lu ñu tere.
+Xér ci muccug mbooloo mi ak sàmm lënkaloo gi dox ci diggante nit ñi, ak bañ leen a ragalloo ak tiitalleen donte ci junj la walla xupp.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66246</t>
+  </si>
+  <si>
+    <t>والله لا يؤمن، والله لا يؤمن، والله لا يؤمن، قيل: ومن يا رسول الله؟ قال: الذي لا يأمن جاره بوايقه</t>
+  </si>
+  <si>
+    <t>giñ naa ci Yàlla ne du gëm, giñ naa ci Yàlla ne du gëm, giñ naa ci Yàlla ne du gëm", ñu ne ko: kan yaw Yonente Yàlla bi? Mu ne: "ki dëkkandoom muccug ci ay loram</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي شُرَيْحٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «وَاللَّهِ لاَ يُؤْمِنُ، وَاللَّهِ لاَ يُؤْمِنُ، وَاللَّهِ لاَ يُؤْمِنُ»، قِيلَ: وَمَنْ يَا رَسُولَ اللَّهِ؟ قَالَ: «الَّذِي لاَ يَأْمَنُ جَارُهُ بَوَايِقَهُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Surayhin -yal na ko Yàlla dollee gërëm- mu jële ci Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "giñ naa ci Yàlla ne du gëm, giñ naa ci Yàlla ne du gëm, giñ naa ci Yàlla ne du gëm", ñu ne ko: kan yaw Yonente Yàlla bi? Mu ne: "ki dëkkandoom muccug ci ay loram".</t>
+  </si>
+  <si>
+    <t>أقسمَ النبيُّ صلى الله عليه وسلم وأكّد قسمه ثلاث مرات، فقال: والله لا يؤمن، والله لا يؤمن، والله لا يؤمن، فسأله الصحابة: ومن الذي لا يؤمن يا رسول الله؟ قال: الذي يخاف جاره من غدره وظلمه وشره.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc dafa giñ feddali giñam li ñatti yoon, daal di ne: giñ naa ci Yàlla ne du gëm, giñ naa ci Yàlla ne du gëm, giñ naa ci Yàlla ne du gëm, Sahaaba yi laaj ko: kan mooy ki dul gëm yaw Yonente Yàlla bi? Mu wax ne: mooy ki dëkkandoom ragal woram ak tooñam ak ayam.</t>
+  </si>
+  <si>
+    <t>نفي الإيمان عمن لا يأمن جاره من ظلمه وشره يدل على أنه من الكبائر، وعلى أن فاعله ناقص الإيمان.
+الحض الأكيد على الإحسان إلى الجار وترك أذاه بالقول أو الفعل.</t>
+  </si>
+  <si>
+    <t>Dàq ngëm ci ki dëkkandoom wóoluwul tooñaangeem ak ayam day tegtale ni ci bàkkaar yu mag yi la, ak ne ki ku def dafa mànki ag ngëm.
+Ñaaxe gu feddaliku ci rafetal jëme ci dëkkandoo ak bàyyi ko a lor ci wax walla jëf.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66268</t>
+  </si>
+  <si>
+    <t>أيما امرئ قال لأخيه: يا كافر، فقد باء بها أحدهما، إن كان كما قال، وإلا رجعت عليه</t>
+  </si>
+  <si>
+    <t>bu nit waxee mbokkam: yaw yéefar bi, kon kenn ci ñoom ñaar yóbb na ko, bu dee li mu wax noonu la, lu ko moy mu dellusi ci moom</t>
+  </si>
+  <si>
+    <t>عن ابْنِ عُمَرَ رَضيَ اللهُ عنهُما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّمَا امْرِئٍ قَالَ لِأَخِيهِ: يَا كَافِرُ، فَقَدْ بَاءَ بِهَا أَحَدُهُمَا، إِنْ كَانَ كَمَا قَالَ، وَإِلَّا رَجَعَتْ عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Ibn Umar -yal na leen Yàlla dollee gërëm- mu jële ci Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "bu nit waxee mbokkam: yaw yéefar bi, kon kenn ci ñoom ñaar yóbb na ko, bu dee li mu wax noonu la, lu ko moy mu dellusi ci moom".</t>
+  </si>
+  <si>
+    <t>حذَّر النبيُّ صلى الله عليه وسلم من أن يقول المسلم لأخيه المسلم: يا كافر، فقد استحق بكلمة الكفر أحدهما، إن كان كما قال، وإلا رجع على القائل تكفيره لأخيه.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc moytandikuloo na jullit bi di wax mbokkum  jullitam: yaw yéefar bi, ndax kon kenn ci ñoom dana yayoo baatu kéefar bi, bu dee li mu wax noonu la, lu ko moy mu dellu ci ki yéefarloo mbokkam mi.</t>
+  </si>
+  <si>
+    <t>زجر المسلم عن أن يقول لأخيه المسلم ما ليس فيه من صفات الفسوق والكفر.
+التحذير من هذا الكلام السيئ، وأن صاحبه على خطر عظيم إذا قاله لأخيه، فينبغي حفظ اللسان وأن لا يتكلم إلا عن بصيرة.</t>
+  </si>
+  <si>
+    <t>Xupp jullit bi ci muy wax mbokk jullitam lu bokkul ci ay meloom ci meloy kàccoor ak kéefar.
+Àrtu ci wax ju ñaaw jii, ak ne ki ko wax moo ngi ci giraawaale gu màgg bu ko waxee mbokkam, kon war na ci nit ki mu sàmm làmmiñam te bañ a wax ci lu dul ag xam gu wóor.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66271</t>
+  </si>
+  <si>
+    <t>الذهب بالذهب، والفضة بالفضة، والبر بالبر، والشعير بالشعير، والتمر بالتمر، والملح بالملح، مثلا بمثل، سواء بسواء، يدا بيد، فإذا اختلفت هذه الأصناف، فبيعوا كيف شئتم، إذا كان يدا بيد</t>
+  </si>
+  <si>
+    <t>jaay wurus ci wurus, ak xaalis ci xaalis, ak pepp ci pepp, ak mboq ci mboq, ak tàndarma ci tàndarma, ak xorom ci xorom, dañuy tolloo, dañuy yam, bu dee xeet yi wuutee nag, jaayeleen nu mu leen soobe, bu dee loxo ak loxo la</t>
+  </si>
+  <si>
+    <t>عَنْ عُبَادَةَ بْنِ الصَّامِتِ رَضيَ اللهُ عنهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الذَّهَبُ بِالذَّهَبِ، وَالْفِضَّةُ بِالْفِضَّةِ، وَالْبُرُّ بِالْبُرِّ، وَالشَّعِيرُ بِالشَّعِيرِ، وَالتَّمْرُ بِالتَّمْرِ، وَالْمِلْحُ بِالْمِلْحِ، مِثْلًا بِمِثْلٍ، سَوَاءً بِسَوَاءٍ، يَدًا بِيَدٍ، فَإِذَا اخْتَلَفَتْ هَذِهِ الْأَصْنَافُ، فَبِيعُوا كَيْفَ شِئْتُمْ، إِذَا كَانَ يَدًا بِيَدٍ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Ubaadata Ibnus Saamit -yal na ko Yàlla dollee gërëm- mu jële ci Yonente bi -yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "jaay wurus ci wurus, ak xaalis ci xaalis, ak pepp ci pepp, ak mboq ci mboq, ak tàndarma ci tàndarma, ak xorom ci xorom, dañuy tolloo, dañuy yam, bu dee xeet yi wuutee nag, jaayeleen nu mu leen soobe, bu dee loxo ak loxo la".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم طريقة البيع الصحيح في الأصناف الربوية الستة وهي: الذهب، والفضة، والبر، والشعير، والتمر، والملح، فإذا كانت من نفس النوع كبيع الذهب بالذهب والفضة بالفضة... فلا بد من شرطين: 
+الأول: التماثل في الوزن إن كان موزونًا كالذهب والفضة، أو التماثل بالكيل إن كان مكيلًا كالبر والشعير والتمر والملح. 
+الثاني: قبض البائع للثمن والمشتري للسلعة وذلك في مجلس عقد البيع. 
+فإذا اختلفت هذه الأصناف كبيع الذهب بالفضة، والتمر بالبر مثلًا فيجوز البيع بشرط واحد، وهو قبض البائع للثمن والمشتري للسلعة في مجلس العقد، وإلا فالبيع باطل، وقد وقعوا في الربا المحرم البائع والمشتري في ذلك سواء.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc leeral na yoon wi wér ci jaay juróom-benni xeeti ribaa yii, te mooy: wurus, ak xaalis, ak pepp, ak mboq, ak tàndarma, ak xorom, bu dee wenn xeet wi la, niki jaay wurus ci wurus, ak xaalis ci xaalis... Fàww mu am ñaari sàrt: Bi ci njëkk: ñu yam ci peese bu dee lu ñuy peese la, niki wurus ak xaalis, walla ñu yam ci natt bu dee lu ñuy nay natt la niki pepp ak mboq ak tàndarma ak xorom. Ñaareel bi: aji-jaay ji téye njëg gi, kiy jënd téye njaay mi, loolu nag ca barabu fasug njaay ma lay doon. Bu xeet yii wuutee, niki jaay wurus ci xaalis, ak tàndarma ci pepp, kon jaay gi dana dagan ci benn sàrt, te mooy aji-jaay ji téye njëg gi, kiy jënd téye njaay mi ca barabu fasug njaay ma, lu ko moy njaay ma yàqu, te kon tàbbi nañu ci bidaa bi ñu araamal, jaaykat bi ak jënnkat bi ñoo ci yam.</t>
+  </si>
+  <si>
+    <t>بيان الأموال الربوية وكيفيّة البيع فيها.
+النهي عن بيع الربا.
+الأوراق النقدية لها حكم الذهب والفضة في علّة الربا.
+بيع وشراء الأصناف الربوية الستة له حالات: 1- أن يباع الربوي بربوي من جنسه، كذهب بذهب وتمر بتمر... فيشترط لصحته شرطان: التماثل في الوزن أو الكيل، والتقابض في مجلس العقد، 2- أن يباع الربوي بربوي من غير جنسه مع اتحاد العلة، كذهب بفضة، والبر بالشعير فيشترط لذلك التقابض، دون التماثل، 3- أن يباع الربوي بربوي من غير جنسه مع اختلاف العلة، فلا يشترط لذلك لا تقابض، ولا تماثل كبيع الذهب بالتمر.
+بيع وشراء الأصناف غير الربوية، أو أحدهما ربوي والآخر غير ربوي؛ لا يشترط لذلك لا تقابض، ولا تماثل، كبيع العقار بالذهب.</t>
+  </si>
+  <si>
+    <t>Leeral alali ribaa yi ak naka lañu koy jaaye.
+Tere nañu njaayum ribaa.
+Këyiti xaalis yi àtteb wurus ak xaalis la am ci liy waral ribaa.
+Jaay ak jënd ci juróom-benni xeet yiy am ribaa ci ay anam lay am: 1- ñu jaay luy am ribaa ci xeetam wuy am ribaa, niki wurus ak wurus ak tàndarma ak tàndarma... Kon ngir mu wér danañu ci sàrtal ñaari sàrt: ñu yam ci peese bi walla ci natt bi, ak joxante ca barabu fas ga, 2- ñu jaay luy am ribaa ci luy am ribaa te du xeetam te ñu bokk sabab, niki wurus ak xaalis, ak pepp ak mboq, kon dees na sàrtal ci loolu joxante ga, walis ñuy yamoo, 3- ñu jaay luy am ribaa ci luy am ribaa te bokkuñu xeet, ànd ak wuuteg sabab ba, kon deesul sàrtal ci loolu joxante ga du caagine yamoo ga, niki jaay wurus ci tàndarma.
+Jaay ak jënd xeet yi dul am ribaa, walla benn bi di luy am ribaa beneen bi di lu dul am ribaa; loolu deesu ci sàrtal joxante ga du caagine yamoo ga, niki jaay pàkk ci wurus.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66385</t>
+  </si>
+  <si>
+    <t>ما أسفل من الكعبين من الإزار ففي النار</t>
+  </si>
+  <si>
+    <t>lu weesu ñaari dojor yi ci koddaay sawara la jëm</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا أَسْفَلَ مِنَ الكَعْبَيْنِ مِنَ الإِزَارِ فَفِي النَّارِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu jële ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "lu weesu ñaari dojor yi ci koddaay sawara la jëm".</t>
+  </si>
+  <si>
+    <t>حذَّر النبيُّ صلى الله عليه وسلم الرجال من إسبال كل ما يستر أسفل بدنهم من ثوب أو سروال أو غيرهما أسفل من كعبي القدم، وما دون الكعبين من قدم صاحب الإزار المسبل فهو في النار عقوبة له على فعله.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc moytandikuloo la góor ñi ñuy yoor lépp luy sàng suufu yaram wi ci mbubb walla tubëy, walla lu dul loolu ba mu nekk ci suufu dojori tànk yi, lu wàcc dojori tànk yi ci yére yu ñu yoor loolu sawara la jëm muy am mbugal ci jëfam ji.</t>
+  </si>
+  <si>
+    <t>النهي عن إطالة الثوب إلى ما أسفل الكعبين للرجال، وأنه من الكبائر.
+قال ابن حجر: ويستثنى من إسبال الإزار مطلقًا ما أسبله لضرورة؛ كمن يكون بكعبيه جرح مثلًا يؤذيه الذباب مثلاً إن لم يستره بإزاره حيث لا يجد غيره.
+هذا الحكم خاص بالرجال؛ لأن النساء أُمرن أن يرخين ثيابهن أسفل الكعبين إلى طول ذراع.</t>
+  </si>
+  <si>
+    <t>Tere nañu guddal yére ba ci suufu dojor yi ñeel góor ñi, ak ne ci bàkkaar yu mag yi la bokk.
+Ibn Hajar nee na: dees na sette ci buubal yére li mu buubal ngir ag loru; niki ki ay dojoram am gaañu-gaañu weñ yi di ko lor bu dee muuru ko ci koddaayam te amul leneen.
+Àtte bii góor ñi ñoo ko jagoo; ndax jigéen ñi dees leen a digal ñu wàcce seen i yére ba ci suufu dojor yi ba ci guddayu loxo.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66386</t>
   </si>
   <si>
     <t>ويل للأعقاب من النار أسبغوا الوضوء</t>
   </si>
   <si>
     <t>mbugal ñeel na tastën ya ca sawara, deeleen jotal njàppu mi</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرٍو رَضيَ اللهُ عنهما قَالَ: رَجَعْنَا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ مَكَّةَ إِلَى الْمَدِينَةِ حَتَّى إِذَا كُنَّا بِمَاءٍ بِالطَّرِيقِ تَعَجَّلَ قَوْمٌ عِنْدَ الْعَصْرِ، فَتَوَضَّؤُوا وَهُمْ عِجَالٌ، فَانْتَهَيْنَا إِلَيْهِمْ وَأَعْقَابُهُمْ تَلُوحُ لَمْ يَمَسَّهَا الْمَاءُ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ».</t>
   </si>
   <si>
     <t>Jële nañu ci Abdullah Ibn Amr -yal na leen Yàlla dollee gërëm- mu wax ne: Ànd nanu ak Yonnente bi yal na ko Yàlla dolli xéewal ak mucc jóge Màkka jëm Madiina ba nu eggee ci  am ndox ci yoon wi am ñu 
 gaawantu ca Tàkkusaan ga, daal di jàppu cig yàkkamti, ba nu egge fa ñoom gis seen tastën ya ndox mi laalu ko, Yonnente bi daal di wax ne: "mbugal ñeel na tastën ya ca sawara, deeleen jotal njàppu mi".</t>
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>Yonnente bi yal na ko Yàlla dolli xéewal ak mucc dafa tukki jóge Màkka jëm Madiina ànd ak Sahaaba yi, ñu gis am ndox ci yoon wi, yenn Sahaaba yi gaawantu jàppu ngir julli Tàkkusaan ba tax seen wowaayu 
 ginnaaw ndëggu yi di feeñ ñeel aji-xool ji, Yonnente bi yal na ko Yàlla dolli xéewal ak mucc daal di wax ne: mbugal ak alkande ca sawara ñeel na ñiy gàtteñlu ci raxas seen ginnaaw ndëggu yi bu ñuy jàppu, mu digal leen ñuy jotal ak di matale njàppu mi.</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>Raxas tànk yi dafa war ci jàppu; ndaxte bu masaa daganoon kon du tëkku ci sawara ku raxasul tastën yi.
 Matale cér yi ñuy raxas lu war la, te ku bàyyi lu ndaw ci yu ñu war a laabal cig tay ak woyofal ag julleem du wér.
 Solos jàngal aji-réer ji ak gindi ko.
 Aji-xam ji day dindi lu mu gis ci sànk farata ak sunna ci anam ga mu méngool.
 Muhammat Ibn Ishaaq Addahlawii nee na: jotale ñatti xeet la: farata, te mooy fexe ba matale barab ba benn yoon, ak sunna te mooy :
 raxas ñatti yoon, ak lu ñu sopp te mooy :
 guddal ga te mu ànd ak ñattale ga.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/wo/browse/hadith/66392</t>
+  </si>
+  <si>
+    <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
+  </si>
+  <si>
+    <t>Yàlla farataal na ay farata buleen ko sànk, mu teg ay dig buleen ko jéggi, mu araamal ay mbir buleen ko xëtt, mu noppi ci ay mbir ngir yërëm leen waaye fàttewu ko kon buleen ko gëstu</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Sahlabata Al-Xusani Jursuum ibn Naasir yal na ko Yàlla dollee gërëm mu jële ci Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "Yàlla farataal na ay farata buleen ko sànk, mu teg ay dig buleen ko jéggi, mu araamal ay mbir buleen ko xëtt, mu noppi ci ay mbir ngir yërëm leen waaye fàttewu ko kon buleen ko gëstu".</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ne Yàlla dafa waral ay mbir farataal ay farata kon nangeen taqoo ak moom te buleen sàggan di ko bàyyi walla di ko doyadal, mu def ay kiiraay ak i xuppe yu ñu natt mu leen di yiir di leen xupp ci lu mu gërëmul, kon buleen jéggi li Sariiha digle, mu araamal yu araam buleen ko wàcc te buleen ko jege, lu dul loolu nag da ko a bàyyi noppi ca ngir yërëm ay jaamam, bu ko defee mu des ca dagan ga, kon buleen ko gëstu.</t>
+  </si>
+  <si>
+    <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
+تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
+أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
+حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
+وجوب المحافظة على فرائض الله تعالى.
+تحريم التعدي على حدود الله تعالى.</t>
+  </si>
+  <si>
+    <t>Hadiis bi tegtal la ci ne Yàlla mooy kiy yoonal te ci loxoom la mbir yi nekk.
+Hadiis bi dafa làmboo ay tënki Sariiha ci ay àtte ak lu mu daganal; ndaxte àtteb Sariiha benn mu nekk lu ñu noppi walla lu ñu wax, te benn it mu nekk lu ñu digle ci ag waral walla ci ag sopp, walla lu ñu tere ci ag araamal walla ci ag sibeel, walla muy lu ñu daganal.
+Lu Yàlla noppi te farataalu ko, te it leeralu  ko, te terewu ko loolu day dagan.
+Rafetug leeralu Yonente bi batax mu séddale hadiis bi séddale gu leer gii.
+War na ñu sàmmonte ak faratay broom bi.
+Araamalees na jéggi digi Yàlla yi.</t>
+  </si>
+  <si>
+    <t>رواه الدارقطني في سننه، وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الدارقطني في سننه وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66510</t>
+  </si>
+  <si>
+    <t>Jëf yi mi ngi aju ci yéene yi, te nit ku nekk la mu yéene rekk lay am</t>
+  </si>
+  <si>
+    <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci njiiti jullit ñi baayu Hafsa Umar Ibn Al-Xattaab yal na ko Yàlla dollee gërëm mu wax ne: dégg naa Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc muy wax ne: "Jëf yi mi ngi aju ci yéene yi, te nit ku nekk la mu yéene rekk lay am, képp ku gàddaay ngir Yàlla ak ub Yonenteem, kooku gàddaayam dina jëm ci Yàlla ak Yonenteem, waaye képp ku gàddaay ngir àdduna jum soxlaa jot walla jigéen ju mu bëgg a takk kon gàddaayam jëm na ca la ko tax a gàddaay".</t>
+  </si>
+  <si>
+    <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
+الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
+النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
+  </si>
+  <si>
+    <t>Ñaaxe ci sellal, ndax Yàlla du nangu jëf lu dul la nga xamne  def na ñu ko ngir jëmmam ja.
+Jëf yi Nga xamne dees ciy jaar ngir jege Yàlla bu ko muskallaf mi defee ci anamug aada du ca am ab yool, ba keroog mu cay jublu jege Yàlla.
+Ci yéene lañuy xàjjalee diggante jaamu gu ne ak geneen ga, ak it diggante jaamu yi ak aada yi.</t>
+  </si>
+  <si>
+    <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
+  </si>
+  <si>
+    <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66511</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Abdir Rahmaan Abdulla ibn Umar ibnul Xattaab yal na leen Yàlla dollee gërëm mu wax ne: dégg naa Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne:||"tabax nañu lislaam ci juróom: seede ne amul kenn ku ñu war a jaamu ku dul Yàlla, ak ne Muhammat jaamam la di ndawam, ak taxawal julli, ak joxe asaka, ak aji Màkka, ak woor weeru koor</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Abdir Rahmaan Abdulla ibn Umar ibnul Xattaab yal na leen Yàlla dollee gërëm mu wax ne: dégg naa Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "tabax nañu lislaam ci juróom: seede ne amul kenn ku ñu war a jaamu ku dul Yàlla, ak ne Muhammat jaamam la di ndawam, ak taxawal julli, ak joxe asaka, ak aji Màkka, ak woor weeru koor ".</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
+  </si>
+  <si>
+    <t>kenn ci yéen de dees na dajale ag mbindam ci biiru yaayam ñent-fukki fan</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Abdu Rahmaan Abdulla ibn Mashuud yal na ko Yàlla dollee gërëm mu wax ne: Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc waxtaanal na nu, te mooy ki dëggu ki di ki ñu dëggal: "kenn ci yéen de dees na dajale ag mbindam ci biiru yaayam ñent-fukki fan, topp mu nekk lumbu dereet lu toll noonu, topp mu nekk aw suux lu toll noonu, topp ñu yabal ci moom am malaaka mu wal ci ruu gi, ñu digal ko ñenti baat: mu bind wërsëgam, ak digam, ak jëfam, ak ndax kuy texe la walla kuy texeedi; giñ naa ci ki nga xam ne amul kenn ku ñu war a jaamu ku dul moom ne kenn ci yéen dana jëf jëfi waa Àjjana ba dara doxul digganteem ak moom lu dul ab loxo téere ba jiitu ko muy jëf jëfi waa Sawara daal di cay dugg, waaye kenn ci yéen dana jëf jëfi waa Sawara ba dara doxul digganteem ak moom lu dul ab loxo téere ba jiitu ko muy jëf jëfi waa Àjjana daal di cay dugg".</t>
+  </si>
+  <si>
+    <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
+  </si>
+  <si>
+    <t>بيان مراحل خلق الإنسان.
+الإيمان بالقضاء والقدر.
+الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
+التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
+هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
+  </si>
+  <si>
+    <t>Leeral jaaruwaayu mbindum nit ki.
+Gëm dogal yi.
+Bokk na ci njariñal adiis bi:
+Mujjug bir yi moo ngi aju ca ndogal la jiitu te di ca wéye.
+Moytoo woru ci melokaani jëf yi; ndaxte jëf yi moo ngi aju ca mujj ga.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66513</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
+  </si>
+  <si>
+    <t>képp ku sos ci sunu mbir mii lu ci bokkul dees ka koy delloo</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci ndayu jullit ñi Ummu Abdulla Aysatu yal na ko Yàlla dollee gërëm, nee na: Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: "képp ku sos ci sunu mbir mii lu ci bokkul dees ka koy delloo"</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>Jaamu yépp ci Alxuraan AK Sunna lay tabaxu, dunu jaamu Yàlla ci lu dul lu mu yoonal, dunu ko jaamu ci ay bidaa ak yi ñu sos.
+Diine  du tege cim xel rekk ak lees di rafetlu, waaye ci topp Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- lay tege.
+Hadiis bii tegtal la ci matug diine ji.
+Bidaa mooy lu ñu sos ci diine ji te amutóon ci jamonoy Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- ak i Sahaabaam muy ci pas-pas walla wax mbaa jëf.
+Hadiis bi cosaan la ci cosaani diiney Lislaam, day mel niki balaas ci jëf yi, niki nga xamee ne jépp jëf ju ñu nammul jëmmi Yàlla mu kawe mi, aji-jëf ji du ci am ub yool, niki noonu it jépp jëf ju dëppoowul ak li Yonnente bi -yal na ko Yàlla dolli xéewal ak mucc- indi dees koy delloo aji-jëf ji.
+Hadiis bi ab tënk la ci delloo bidaa yi ak yi ñu sos ak yu bon yiy am.
+Sos yi ñu tere mooy yi bokk ci biri diine, waaye du yu àdduna yi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66514</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Abdul Laahi An-Nuhmaan ibn Basiir yal na ko Yàlla dollee gërëm, mu wax ne: dégg naa Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne:||«li dagan de leer na li araam it leer na, seen diggante nag am na ay lënt, te ñu bari si nit ñi duñu ko xam, képp ku moytu yu lënt yi ñoŋal na diineem ak deram, waaye ku tàbbi ca lënt ya kooku tàbbi na ca yu araam ya, mi ngi mel ni sàmmkat biy sàmm ci li wër ab ñag, daanaka rekk sàmm na ca biiram, xanaa du buur bu nekk am na ab ñagam, te ñagub Yàlla mooy li mu araamal, xamleen ne yaram am na aw lumb wow bu baaxee yaram wépp baax, bu yàqoo yaram wépp yàqu, loolu mooy xol</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Abdul Laahi An-Nuhmaan ibn Basiir yal na ko Yàlla dollee gërëm, mu wax ne: dégg naa Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: «li dagan de leer na li araam it leer na, seen diggante nag am na ay lënt, te ñu bari si nit ñi duñu ko xam, képp ku moytu yu lënt yi ñoŋal na diineem ak deram, waaye ku tàbbi ca lënt ya kooku tàbbi na ca yu araam ya, mi ngi mel ni sàmmkat biy sàmm ci li wër ab ñag, daanaka rekk sàmm na ca biiram, xanaa du buur bu nekk am na ab ñagam, te ñagub Yàlla mooy li mu araamal, xamleen ne yaram am na aw lumb wow bu baaxee yaram wépp baax, bu yàqoo yaram wépp yàqu, loolu mooy xol«.</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>Hadiis bii ab tënk la ci moytu yu lënt yi.
+Soññee ci bàyyi yu lënt yi nga xam ne àtteem leerul.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Ruqiyyata Tamiim ibn Awsin Ad-Daarii yal na ko Yàlla dollee gërëm mu jële ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne:||«diine de laayante-biir la» nu ne ko: ngir kan? Mu ne: «ngir Yàlla, ak ngir téereem bi, ak ngir Yónentam bi, ak ngir ñiiti jullit ñi, ak ngir jullit ñépp</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Ruqiyyata Tamiim ibn Awsin Ad-Daarii yal na ko Yàlla dollee gërëm mu jële ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: «diine de laayante-biir la» nu ne ko: ngir kan? Mu ne: «ngir Yàlla, ak ngir téereem bi, ak ngir Yónentam bi, ak ngir ñiiti jullit ñi, ak ngir jullit ñépp».</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>Yonente bi day xamle ne diine ji day taxaw ci sellal ak dëggu, ngir ñu defe ko na ko Yàlla warale ba mu mat sëkk te du am genn gàtteñlu walla wuruj. Ñu wax Yonente bi ne ko: kan la ñuy laaye-biir? Mu ne: Bi ci njëkk mooy: laabire ñeel Yàlla: ci sellal jëf yi ñeel ko, te bañ ko a bokkaale, nu gëm ag kennam ci ay jëfam, ak ci jaamu gi, ak ci ay turam ak i meloom, ak di màggal mbiram, tey woote jëme ci gëm ko. Ñaareel bi: laabire ñeel téereem bi te mooy Alxuraan ju tedd ji: ci nu gëm ne waxam la, te mooy téereem bi mujj, te moo folli mbooleem Sariiha ya ko jiitu, nu màggal ko, di ko jàng bu baax, tey jëfe ay laayaam yu leer yi tey gëm yu niróo ya, tey delloo mpirum soppikat yi, tey waaru ci ay waaraateem, tey siiwal am njàngaleem, di woote jëme ci moom. Ñatteel bi: laabire ngir Yonente bi yal na ko Yàlla dolli xéewal ak mucc: ci nu gëm ne mooy Yonnente bi mujj, te dëggal ko ci li mu indi, tay jëfe ay ndigalam, di moytu ay tereem, ta nuy bañ a jaamoo Yàlla ci lu dul li mu indi, nuy màggal ay àqam, te di ko weg, di tasaare wooteem bi, ak Sariihaam bi, te di ko dindil tuuma yi. Ñenteel bi: laabire ñeel njiiti jullit ñi: ci di leen dimbali ci dëgg, tay bañ a xëccoo ak ñoom, te di leen déggal ak di leen topp cig topp Yàlla. Juróomeel bi: laabire ñeel mbooleem jullit ñi: ci rafetal jëme ci ñoom ak di leen woo ci diine ji, te bañ leen a lor, ak bëgg leen, tey dimbalante ak ñoom cig mbaax ak ragal Yàlla.</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
+  </si>
+  <si>
+    <t>lépp lu ma leen tere nangeen ko moytu, lépp lu ma leen digal nangeen ca def lu ngeen man</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata Abdur Rahmaan ibn Saxrin yal na ko Yàlla dollee gërëm mu wax ne: dégg naa Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc muy wax ne: «lépp lu ma leen tere nangeen ko moytu, lépp lu ma leen digal nangeen ca def lu ngeen man, ndax li alag ña leen jiitu woon mooy seen laaj yu bari, ak seenug juuyoo ak seen i Yonente».</t>
+  </si>
+  <si>
+    <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
+ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
+  </si>
+  <si>
+    <t>Yonente Yàlla bi yal na ko Yàlla dollee gërëm day leeral ne bu nu teree dara danu ko a war a moytu ci lu dul gennug settee, bu nu digalee dara nu def ca lu nu man. Topp mu àrtu ngir nu bañ a mel ni xeet ya jiitu woon ndax dañoo bari woon ay laaj lool jëme ci séen Yonente yi ànd ak loolu ñuy wuute ak ñoom, Yàlla mbugal leen ci ay xeeti alkande, kon jaadu na nu bañ a mel ni ñoom ngir nu bañ a alku kem na ñu alkoo.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
+النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
+ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
+لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
+كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
+  </si>
+  <si>
+    <t>Hadiis bi ab tënk la ci leeral li ñu war a def ci ndigal yi, ak ni ñu war a moytoo tere yi.
+Tere yi mayeesul ñu def ci dara, ndigal nag ci kem kàttan rekk; ndaxte bàyyi moom lu ñu man la te def day aajowoo kàttan ci def la nu digle.
+Tere nañu di baril ay laaj, boroom xam-xam yi séddale nañu laaj ci ñaari xaaj: benn bi mooy: loo xam ne ci anamug xamle lu ñu soxla ci mbiri diine la, lii moom lu ñu digle la te ci xaaj bii la laaji Sahaaba yi nekkoon, ñaareel bi: loo xam ne ci anamug taral la ak sonnale lii nag dañu koo tere.
+Artu xeet wi ci wuute ak Yonnente bi, kem ni mu ame woon ca xeet ya ko jiitu woon.
+Yi ñu tere day làmboo lu néew ak lu bari; ndax maneesu ko a moytu ci li dul moytu lu néewam lu bareem, ci misaal: tere na nu Ribaa mu làmboo lu néewam ak lu bareem.
+Bàyyi sabab yiy jëme ci lu araam; ndax loolu dafa bokk ci moytu.
+Jaaduwul ci nit ki muy dégg waxu Yonente bi  ba noppi di wax naan: ndax lu war la walla lu ñu sopp la, waaye dafa war a gaaw ci jëfe ko; ngir li mu wax ne: "defleen ci lu ngeen man".
+Bari ay laaj sabab la ci alkande rawati na ci mbir yi nga xam ne maneesu caa egg niki masalay kumba, ak ni mbiri bis-pénc mel, kon buy bari loo koy laaj di alku, te kuy taral nga kuy xóotal nga.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66517</t>
+  </si>
+  <si>
+    <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu wax ne: Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na:||"Yàlla ku teey la te du nangu lu dul lu teey, te Yàlla dafa digal way-gëm ñi li mu digal Yonente yi, mu wax ne: {yéen Yonente yi lekkleen ci yu teey yi te ngeen jëf lu baax} mu wax it ne: {yéen ñi gëm lekkleen ci yu teey yi nu leen wërsëgal} topp mu daal di tudd benn waay bu nekk ci tukki bu sori, kawar ga jaxasoo, mu pënd lool, ma nga tàllal ay loxoom jëme kaw asamaan, di wax naan: yaw sama Boroom! Yaw sama Boroom! te li muy lekk dafa araam, li muy naan dafa araam, li mu sol dafa araam, li ñu ko dundale itam dafa araam, moo naka lees koy nangule ñaanam</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu wax ne: Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: "Yàlla ku teey la te du nangu lu dul lu teey, te Yàlla dafa digal way-gëm ñi li mu digal Yonente yi, mu wax ne: {yéen Yonente yi lekkleen ci yu teey yi te ngeen jëf lu baax} mu wax it ne: {yéen ñi gëm lekkleen ci yu teey yi nu leen wërsëgal} topp mu daal di tudd benn waay bu nekk ci tukki bu sori, kawar ga jaxasoo, mu pënd lool, ma nga tàllal ay loxoom jëme kaw asamaan, di wax naan: yaw sama Boroom! Yaw sama Boroom! te li muy lekk dafa araam, li muy naan dafa araam, li mu sol dafa araam, li ñu ko dundale itam dafa araam, moo naka lees koy nangule ñaanam".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر.
+ثالثًا: يرفع يديه إلى السماء بالدعاء.
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب!
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصف به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>Matug Yàlla mu màgg mi ci jëmmam, ak ci ay meloom, ak i jëfam, ak i àtteem.
+Digle sellal jëf yi ngir Yàlla mu màgg mi, ak topp Yonnente bi yal na ko Yàlla dolli xéewal ak mucc.
+Jëfandikoo yiy soññee ci jëf, ba tax Yonnente bi yal na ko Yàlla dolli xéewal ak mucc wax ne: "Yàlla digal na way-gëm ñi li mu digal Yonnente yi", bu aji-gëm ji xamee ne lii dafa bokk ca ya ñu digal Yonnente ya kon dana dëgërlu ñaaxu ci topp ndigal li.
+Lekk lu araam bokk na ci yiy teree ag ñaan nangu.
+Bokk na ci sababi nangu ñaan yi, juróomi bir: bi ci njëkk: guddal ag tukki ngir li ci nekk ci toroxlu gi nga xam ne dafa bokk ci sababi nangu ñaan yi gën a màgg, ñaareel bi: anamug loru, ñatteel bi: tàllal ñaari loxo jëme asamaan, ñenteel bi: taxaw temm ci baamtu di tudd Boroomam, moom dafa bokk ci yi gën a màgg yu ñuy sàkku a nangu ñaan, juróomeel bi: teeyug lekk ak naan.
+Lekk lu dagan te teey bokk na ci sabab yiy dimbalee ci jëf ju baax.
+Al-Xaadii nee na: lu teey mooy safaanu lu bon, bu ko melalee Yàlla mu kawe mi li ñu ci namm mooy setal ko cig wàññiku, sellal ko ci gàkk-gàkk yi, bu ñu ko melalee jaam bi cig boyal li ñu ciy namm mooy ne moom dafa set ci jikkó yu ñaaw yi, ak jëf yu bon yi, melowoo safaani loolu, bu ñu ko melalee alal yi li ñu ciy namm mooy ne dafa dagan bokk ci alal yu baax yi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66518</t>
+  </si>
+  <si>
+    <t>دع ما يريبك إلى ما لا يريبك</t>
+  </si>
+  <si>
+    <t>Bàyyil looy sikk-sàkka jëm ci loo sikk-sàkkawul</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Muhammad Al-Hasan ibn Aliyun ibn Abii Taalib -sétu Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc di mbégteem-, nee na: mokkal naa ci Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc: "Bàyyil looy sikk-sàkka jëm ci loo sikk-sàkkawul".</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc dafa digle ñu bàyyi wax yi ak jëf yi ñuy sikk-sàkka ne dañu ko a tere walla déet, ndax dafa araam walla dafa dagan, te jëm ci yi ñu sikk-sàkkawul te am yaqiin ci rafetam ak ug daganam.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66519</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hamsata Anas ibn Maalik yal na ko Yàlla dollee gërëm -liggéeykatu Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc- mu wax ne:||"Kenn ci yéen du gëm, ndare mu bëggal mbokkam li mu bëggal boppam</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hamsata Anas ibn Maalik yal na ko Yàlla dollee gërëm -liggéeykatu Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc- mu wax ne: "Kenn ci yéen du gëm, ndare mu bëggal mbokkam li mu bëggal boppam"</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>Yàlla bind na Ag rafetal ci bir yépp</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Yahlaa Saddaad ibn Aws yal na ko Yàlla dollee gërëm mu jële ci Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "Yàlla bind na Ag rafetal ci bir yépp, bu ngeen dee ray nangeen rafetal rayiin wa, bu ngeen dee rendi nangeen rafetal rendiin wa, nangeen daas seenug ñawka tey noppal li ngeen di rendi".</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
+فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
+والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
+  </si>
+  <si>
+    <t>رحمة الله عزّ وجل ولطفه بالخلق.
+إحسان القتل والذبح بأن يكون على الوجه المشروع.
+كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
+النهي عن المُثْلة بالإنسان بعد قتله.
+تحريم كل ما فيه تعذيب للحيوان.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66521</t>
+  </si>
+  <si>
+    <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
+  </si>
+  <si>
+    <t>Yaw ngóor si dinaa la xamal ay waat: wattul Yàlla kon Yàlla dina la sàmm, nanga bàyyi xel Yàlla kon  mu féete la fépp, booy ñaan ñaanal Yàlla, booy sàkku ndimbal na nga dimbandikoo Yàlla</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
+وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Àbbaas yal na leen Yàlla dollee gërëm, mu wax ne: nekkoon ci ginnaaw Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc benn bis, mu ne ma: "Yaw ngóor si dinaa la xamal ay waat: wattul Yàlla kon Yàlla dina la sàmm, nanga bàyyi xel Yàlla kon  mu féete la fépp, booy ñaan ñaanal Yàlla, booy sàkku ndimbal na nga dimbandikoo Yàlla, te nga xam ne bu ñépp daje woon ngir jariñ la ci dara duñu ko man lu dul lu Yàlla dogal ci yaw ba noppi, bu ñépp daje woon it ngir lor la ci dara duñu ko man lu dul lu Yàlla dogal ci yaw ba noppi; ndax teggi nañu bindukaay ya, te àlliwo ya wow na".</t>
+  </si>
+  <si>
+    <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
+احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
+وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
+وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
+ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
+وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
+وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
+  </si>
+  <si>
+    <t>Ibn Àbbaas yal na ko Yàlla dollee gërëm day nettali ne ab xale la woon mu bokkoon ak Yonente bi war ci jenn daaba, Yonente bi yal na ko Yàlla dolli xéewal ak mucc ne ko: dinaa la xamal ay mbir yoo xam ne Yàlla dina la ci jariñ: Nanga wattu Yàlla ci sàmm ay ndigalam te moytu ay tereem, ba da lay fekk ci di ko topp ak di ko jegeñ-jegeñlu te du la fekk ca moy ya ak bàkkaar ya, boo defee loolu sag fay mooy moom Yàlla mu sàmm la ci ñaawteefi àdduna ak allaaxira, daal di lay dimbali ci say yitte foo man di jublu. Boo bëggee ñaan dara, bul ko ñaan ku dul Yàlla ndax moom rekk mooy wuyu aji-woote ji. Boo bëggee sàkku ndimbal bul ko sàkku ci ku dul Yàlla. Na nga am kóolute ci ne doo am benn njariñ donte waa suuf ñépp dañoo dajaloo ngir jariñ la, lu dul loo xam ne Yàlla bindaloon na la ko, lor it du dal sa kaw donte waa suuf ñépp dañoo dajaloo ngir lor la, lu dul lu Yàlla dogaloon ci sa kaw. Te lii Yàlla bind na ko nattale ko ak xereñam ak xam-xamam ba, te dara manul soppi la Yàlla bind. Te ku wattu Yàlla ci def ay ndigalam moytu ay tereem; na xam ne Yàlla moo ngi ci kanamu jaamam bi di xam ci li mu nekk di ko dimbali di ko dëgëral. Te nit ki bu toppee Yàlla ci jamonoy yomb-yomb kon bu nekkee ci tar-tar Yàlla dina ko yombalal defal ko génnuwaay, kon na jaam bu nekk gërëm li Yàlla dogal ci moom ci yiw ak ci ay. Ci tar-tar yi ak nattu yi jaam bi day taqoo ak muñ, ndaxte muñ mooy caabiy péexte, te bu tar-tar yi taree ag yombal dina ñëw jóge fa Yàlla, te bu jafe-jafe amee Yàlla dana ko wuutal ag yombte.</t>
+  </si>
+  <si>
+    <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
+الجزاء من جنس العمل.
+الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
+الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
+من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
+البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
+تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
+  </si>
+  <si>
+    <t>Amna solo lool ñu jàngal xale yi ak ndaw ñi biri diine niki wéetal Yàlla ak ay teggin ak yeneen.
+Am pay day toll kem na jëf ja toll.
+Digele ci sukkandiku ci Yàlla, ak wakkirlu ci Moom wolif lu dul Moom, ndax mooy gën gi wéeruwaay.
+Gëm ndogal yi te gërëmloo ko, ak gëm ne Yàlla dogal na lépp.
+Ku sànk ndigali Yàlla yi, Yàlla dana ko sànk.
+Bégle gu màgg ci ne nit ki bu ko jafe-jafe dalee na xaar yomb-yomb ga.
+Dalal jaam bi ci bu ko musiba dalee, ak bu ñàkkee la mu bëgg  ci li mu wax ne: "xamal ne lépp lu la jot waru la woon a moy, te lépp lu la moy waru la woon a jot" wax ju njëkk ji ag dalal la ci bu lu ñu bañ amee, bu ñaareel bi di ag dalal ci bu ñu ñàkkee lu ñu bëggoon.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66522</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Mashuud Uqbata ibn Amr Al-Absaarii Al-Badrii yal na ko Yàlla dollee gërëm mu wax ne: Yonente Yàlla bi nee na:||«bokk na ci li fi nit ñi fekk ci waxi Yonnente ya jiitu: boo amul looy
+ rus defal lu la neex</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Mashuud Uqbata ibn Amr Al-Absaarii Al-Badrii yal na ko Yàlla dollee gërëm mu wax ne: Yonente Yàlla bi nee na: «bokk na ci li fi nit ñi fekk ci waxi Yonnente ya jiitu: boo amul looy
+ rus defal lu la neex».</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kersa mooy cosaanu jikkó yu tedd yi.
+Kersa melo la wu bokk ci meloy Yonnente yi yal na leen Yàlla dolli jàmm, te mooy li ñu jële ci ñoom.
+Kersa mooy def jullit bi muy def luy 
+taaral di rafetal, di bàyyi luy tilimal di ñaawal.
+</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Amr -nee nañu it: Abii Amrata--, Sufyaan ibn Abdallah yal na ko Yàlla dollee gërëm mu wax ne:||Wax naa : yaw Yónente Yàlla bi, wax ma ci Lislaam wax joo xam ne duma ko laaj kenn ku dul yaw, mu ne ma : "waxal gëm naa Yàlla, te jub kocc</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Amr -nee nañu it: Abii Amrata--, Sufyaan ibn Abdallah yal na ko Yàlla dollee gërëm mu wax ne: Wax naa : yaw Yónente Yàlla bi, wax ma ci Lislaam wax joo xam ne duma ko laaj kenn ku dul yaw, mu ne ma : "waxal gëm naa Yàlla, te jub kocc".</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66524</t>
+  </si>
+  <si>
+    <t>أرأيت إذا صليت المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Abdulla Jaabir ibn Abdallah Al-Ansaarii yal na leen Yàlla dollee gërëm: Benn waay dafa laaj Yónente bi -yal na ko Yàlla dolli xéewal ak mucc- ne ko: waaw ndax su ma jullee julliy farata yi, woor weeru koor, daganal yi dagan, araamal yi araam, te dolliwuma ca dara, ndax dinaa dugg àjjana ? Mu ne ko: "waaw".</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bokk na ci njariñal hdiis bi:
+Xérug jullit bi ci def farata yi ak bàyyi yu araam yi, jubluwaayam dëgg na nekk dugg àjjana.
+Njariñu def yu dagan yi ak fas ne dafa dagan, ak araamal yu araam yi te gëm ne dafa araam.
+</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66525</t>
+  </si>
+  <si>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Maalik Al-Haaris ibn Haasim Al-Asharii yal na ko Yàlla dollee gërëm mu wax ne: Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: "Laab mooy genn wàllu ngëm, sant Yàlla day feesal nattukaayu jëf ya, sàbbaal Yàlla ak sant Yàlla dañuy feesal walla day feesal li nekk ci diggante asamaan ak suuf, julli ag leer la, saraxe it aw lay la, muñ it ag leer la, Alxuraan it aw lay la ñeel la yaw, walla muy aw lay ci sa kaw, nit ñépp dañuy xëy am ci ñuy jaay séen bopp, benn mu goreel ko, walla mu alag ko".</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bokk na ci njariñal hdiis bi:
+Laab ñaar la: laab gu feeñ te mooy jàppu ak sangu, ak laab gu nëbbu te mooy kennal Yàlla ak gëm ak def lu baax.
+Solos sàmmoonteek julli ndax moom leer la ñeel jaam bi ci àdduna ak allaaxira.
+Saraxe tegtal la ci ngëm.
+Solos jëfe Alxuraan ak dëggal ko ngir ne day nekk saw lay walla muy aw lay ci sa kaw.
+Bakkan boo ko soxlaalul ci jaamu Yàlla mu soxlaal la ci moy Yàlla.
+Nit ku nekk fàwwu mu jëf; benn mu goreel boppam ci topp Yàlla, walla mu alag ko ci moy Yàlla.
+</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66526</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu wax ne : Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na:||"bépp téqqu nit sarax la ci moom, bis bu jànt bi fenk mu maandu ci diggante ñaari nit loolu sarax la, ak nga dimbale nit ki ci waruwaayam yéegal ko ca walla nga jottali ko ca ay bagaasam loolu sarax la, wax ju teey sarax la, bépp jéego booy dox jëm ca julli ga loolu sarax la, ak nga randale aw lor ci yoon loolu sarax la</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata -yal na ko Yàlla dollee gërëm- mu wax ne : Yonnente Yàlla bi -yal na ko Yàlla dolli xéewal ak mucc- nee na: "bépp téqqu nit sarax la ci moom, bis bu jànt bi fenk mu maandu ci diggante ñaari nit loolu sarax la, ak nga dimbale nit ki ci waruwaayam yéegal ko ca walla nga jottali ko ca ay bagaasam loolu sarax la, wax ju teey sarax la, bépp jéego booy dox jëm ca julli ga loolu sarax la, ak nga randale aw lor ci yoon loolu sarax la ".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66527</t>
+  </si>
+  <si>
+    <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>Maa ngi leen di dénk ragal Yàlla, ak dégg ak topp, donte ab jaam moo leen jiite, képp ku dund ci yéen dana gis wuute gu bari, maa ngi leen di dénk sama sunna si ak sunnay njiit yu jub yi tey jubal</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Najiih Al-Hirbaad ibn Saariyata yal na ko Yàlla dollee gërëm mu wax ne: Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc waar na nu ag waare ba xol yi jàq ci, bët yi jooy, nu ne ko: yaw Yonente Yàlla bi! Dafa mel ni waarew tàggatoo la; kon laabire nu, mu wax ne: Maa ngi leen di dénk ragal Yàlla, ak dégg ak topp, donte ab jaam moo leen jiite, képp ku dund ci yéen dana gis wuute gu bari, maa ngi leen di dénk sama sunna si ak sunnay njiit yu jub yi tey jubal, ŋànkleen ci ak séen i dégéj, maa ngi leen di moytandikuloo bir yi ñu sos; ndax bidaa yépp ag cànkute la".</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66529</t>
+  </si>
+  <si>
+    <t>لقد سألت عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>laaj nga lu màgg, waaye lu yomb la ci ku Yàlla yombalal</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللهُ عَنْهُ قَالَ: قُلْت يَا رَسُولَ اللَّهِ! أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدْنِي مِنْ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَ عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ: تَعْبُدُ اللَّهَ لَا تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلَاةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ، ثُمَّ قَالَ: أَلَا أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ، الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الْخَطِيئَةَ كَمَا يُطْفِئُ المَاءُ النَّارَ، وَصَلَاةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ، ثُمَّ تَلَا: {تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ} حَتَّى {بَلَغَ يَعْمَلُونَ}، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِرَأْسِ الأَمْرِ وَعَمُودِهِ وَذِرْوَةِ سَنَامِهِ، فَقُلْتُ: بَلَى يَا رَسُولَ اللَّهِ، قَالَ: رَأْسُ الأَمْرِ الإِسْلَامُ، وَعَمُودُهُ الصَّلَاةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِمِلَاكِ ذَلِكَ كُلِّهِ، فقُلْت: بَلَى يَا رَسُولَ اللَّه! فَأَخَذَ بِلِسَانِهِ وَقَالَ: كُفَّ عَلَيْك هَذَا، قُلْت: يَا نَبِيَّ اللَّهِ! وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ، فَقَالَ: ثَكِلَتْكَ أُمُّكَ وَهَلْ يَكُبُّ النَّاسَ عَلَى وُجُوهِهِمْ أَوْ قَالَ عَلَى مَنَاخِرِهِمْ إلَّا حَصَائِدُ أَلسِنَتِهِمْ»!</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Muhaas ibn Jabal yal na ko Yàlla dollee gërëm mu wax ne: neenaa yaw Yonnente Yàlla bi! Wax ma jëf joo xam ne dana ma dugal àjjana dima soreele ak sawara, mu wax ne: "laaj nga lu màgg, waaye lu yomb la ci ku Yàlla yombalal: dangay jaamu Yàlla te doo ko bokkaale ak dara, di taxawal julli, di joxe asaka, di woor weeru koor, di aj Màkka, topp mu ne: ndax duma la tegtal bunti yiw yi, woor ab pakk la, saraxe day far njuumte kem ni ndox di faye sawara, ak jullig nit ki ci digg guddi gi, topp mu jàng: {séen wet ya day sori lal ya} ba egg {li ñuy def}, topp mu ne: ndax duma la xibaar bopp mbir mi ak kenoom ak njobbaxtalu jégénam, ma ne ko: ahakay yaw Yonente Yàlla bi, mu ne: boppu mbir mi mooy lislaam, kenoom mooy julli, njobbaxtalu jégénam mooy jihaad, topp mu ne: ndax duma la xibaar li jiital loolu lépp, ma ne ko ahakay yaw Yonnente Yàlla bi! Mu jàpp ci làmmiñam daal di ne: téyeel sa lii, ma ne ko: yaw Yonente Yàlla bi! Mo ndax dees nuy jàppe li nuy wax, mu wax ne: na la sa yaay ñàkk rekk, mo ndax dara dana këpp nit ñi ca seen kanam ya walla mu ne ca seen gémmiñ ya lu dul seen góobiti làmmiñ"!</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
+الأول: تعبد الله وحده ولا تشرك به شيئًا.
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس.
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل:
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟
+قال معاذ رضي الله عنه: بلى يا رسول الله.
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله.
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟!
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Xérug Sahaaba yi yal na leen Yàlla dollee gërëm ci xam-xam, loolu a tax ñuy baril di laaj Yonnente bi yal na ko Yàlla dolli xéewal ak mucc.
+Déggug Sahaaba yi yal na leen Yàlla dollee gërëm ndax li ñu xam ne jëf yi ñooy sabab si dugg àjjana.
+Laaj bi jóge ci Muhaas yal na ko Yàlla dollee gërëm laaj bu màgg la; ndaxte ca dëgg-dëgg mooy mbóotu dund gi ak ug amam, lépp lu am ci àdduna jii ci doomu Aadama walla jinne fa muy mujj mooy àjjana walla sawara, loolu a tax laaj bi di lu màgg.
+Toftalu dug Àjjuma ci kaw def ponki lislaam yi: te mooy: ñaari seede yi, ak julli, ak asaka, woor, ak aj.
+Wéetal Yàlla moy li ëpp solo ci diine mooy la gën a kawe ci lépp lu ñu waral, te mooy jaamu ko moom dong amul bokkaale.
+Yërmàndey Yàlla ci jaamam yi ci mu ubbil leen bunti yiw yi ngir ñu dolleeku ci sababi yiw yi ak njéggali bàkkaar yi.
+Ngëneelu li nekk ci di jéema jege Yàlla ci def naafila yi ginnaaw bu ñu defee farata yi.
+Julli ci lislaam mooy 
+tolloog keno biy 
+tax mbaar mi man a taxaw, bu demee </t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66530</t>
+  </si>
+  <si>
+    <t>لا ضرر ولا ضرار</t>
+  </si>
+  <si>
+    <t>deesul loru waaye deesul lore</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
+  </si>
+  <si>
+    <t>Jële na ñu ci Abuu Sahiid Sahd ibn Maalik ibn Sinaan Al-Xudriyu yal na ko Yàlla dollee gërëm mu jële ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "deesul loru waaye deesul lore".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
+ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day leeral ne dañoo war a jañ lor ci ay anam yu wuute, ci sunu jëmm ak ci ñeneen ñi, daganul kenn di lor boppam mbaa muy lor keneen. Du dagan ci kenn muy delloo lor ci aw lor; ndax lor deesu ko dindee lor lu dul ci anamu fayantoo te bañ a ëppal.</t>
+  </si>
+  <si>
+    <t>النهي عن المجازاة بأكثر من المِثْل.
+لم يأمر اللهُ عبادَه بشيء يضرُّهم.
+الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
+من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
+  </si>
+  <si>
+    <t>Bokk na ci njariñal adios bi: tere ëppal ci fayu  lu ëpp la ñu la def.
+Yàlla digalul ay jaamam lenn lu leen di lor.
+Hadiis bi reegal la ci araamal lor, ak lore ci wax walla ci jëf walla ci bàyyi.
+Bokk na ci tënki Sariiha yi: "lor dees koy dindi", Sariiha du saxal lor, te day tere lore.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66531</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Ibn Abbaas yal na leen Yàlla dollee gërëm mu jële ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne:||"bu ñu doon jox nit ñi ci liñuy wootewoo kon ay nit danañu wootewoo alali nit ñi ak seen dereet, waaye kiy wootewoo daa war a indi firnde, kiy weddi daa war a giñ</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Ibn Abbaas yal na leen Yàlla dollee gërëm mu jële ci Yonnente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "bu ñu doon jox nit ñi ci liñuy wootewoo kon ay nit danañu wootewoo alali nit ñi ak seen dereet, waaye kiy wootewoo daa war a indi firnde, kiy weddi daa war a giñ".</t>
+  </si>
+  <si>
+    <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66532</t>
+  </si>
+  <si>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك</t>
+  </si>
+  <si>
+    <t>Yàlla bind na yu rafet yi ak yu ñaaw yi, daal di koy leeral</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ تَبَارَكَ وَتَعَالَى، قَالَ: «إنَّ اللهَ كَتَبَ الحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إلَى سَبْعِمِائَةِ ضِعْفٍ إلَى أَضْعَافٍ كَثِيرَةٍ، وَإِنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ سَيِّئَةً وَاحِدَةً».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Ibn Àbbaas yal na leen Yàlla dollee gërëm mu jële ci Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc mu jële ci Boroomam mu Barkeel mi te kawe, mu wax ne: "Yàlla bind na yu rafet yi ak yu ñaaw yi, daal di koy leeral, ku yittewoo lu rafet te defu ko; Yàlla dana bindal fa moom aw yiw wu mat, bu ko yittewoo daal di koy def; Yàlla bind ko fa moom fukk yu rafet ba ci juróom-ñaari téeméeri full, ba ay full yu bari lool, bu yittewoo lu ñaaw te defu ko; Yàlla bind ko fa moom aw yiw wu mat, bu ko yittewoo daal di koy def; Yàlla bind ko fa moom wenn ñaawteef ".</t>
+  </si>
+  <si>
+    <t>Leeral ngëneelul Yàlla lu màgg li ci xeet wii am ci ful giñuleen di fulal ay yiw ak di ko bind fa moom, ak ñàkk giñuleen di ñàkka fulal séen i ñaawtéef.
+Njariñu yéene ci jëf yi ak ay jeexitam.
+Ngëneelu Yàlla mu kawe mi ak ug ñeewanteem ak rafetalam ci ne ku nàmm a def aw  yiw te mujju ko def Yàlla bindal ko ko aw yiw.
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم في صحيحيهما بهذه الحروف</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم في صحيحيهما بهذه الحروف]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66533</t>
+  </si>
+  <si>
+    <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>Yàlla mu kawe mi nee na: ku noonook samaw wàlliyu waajal naa ko xeex, te sama jaam du ma jegeñ-jegeñlu ci dara lu ma gënal li ma farataal ci moom</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abuu Hurayrata yal na ko Yàlla dollee gërëm mu wax ne: Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: "Yàlla mu kawe mi nee na: ku noonook samaw wàlliyu waajal naa ko xeex, te sama jaam du ma jegeñ-jegeñlu ci dara lu ma gënal li ma farataal ci moom, te sama jaam bi du deñ di ma jegeñ-jegeñlu ci ay naafila ba ma bëgg ko, te bu ma ko bëggee maay nekk déggam bi muy dégge, ak gisam bi muy gise, ak loxoom bi muy jàppe, ak tànkam biuy doxe, te bu ma laajee ma jox ko, bu musloo ci man ma musal ko".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xamle ci hadiisu xudsiyu bii ne Yàlla mu màgg mi nee na: ku lor ab wàlliyu ci sama wàlliyu yi daal di koy merloo daal di koy bañ kooku waajal naa ko ab xeex yégal naa ko ag noonoo. Wàlliyu mooy: aji-gëm ju ragal Yàlla, kem li nekk ci jaam bi ci ngëm ak ragal Yàlla la céram ci wàlliyu Yàlla di nekk. Te jullit bi du jegeñ-jegeñlu Boroomam ci dara lu ko gënal li mu farataal ci moom waral ko ci moom ci def jaamu yi, ak moytu yu araam yi, te jullit bi du deñ di jegeñ-jegeñlu Boroomam ci naafila yi boole ko ak farata yi; ba am mbëggeelu Yàlla. Te bu ko Yàlla bëggee, Yàlla da koy dëgëral ci ñenti céram yii: Da koy dëgëral ci déggam, du dégg lu dul luy gërëmloo Yàlla. Dëgëral ko ci gisam, du xool jëm ci lu dul lu Yàlla bëgg moo xool te mu gërëm ko. Mu dëgëral ko ci loxoom, du def ci lu dul luy gërëmloo Yàlla. Mu dëgëral ko ci tànkam, du dox jëm ci lu dul luy gërëmloo Yàlla, te du dox jëm ci lu dul aw yiw. Ànd ak lii bu ñaanee Yàlla dara Yàlla jox ko li mu laaj, mu nekk ku ñuy nangu ñaanam, bu musloo ci Yàlla làqu ci moom, ngir sàkku kaarànge Yàlla musal ko aar ko ci li muy ragal.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66534</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى يكون هواه تبعا لما جئت به</t>
+  </si>
+  <si>
+    <t>kenn ci yéen du gëm ba keroog bànneexam di topp li ma indi</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُحَمَّدٍ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى يَكُونَ هَوَاهُ تَبَعًا لِمَا جِئْتُ بِهِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Muhammad Abdullah Ibn Amr Ibn Al-Haas yal na leen Yàlla dollee gërëm mu wax ne: Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: "kenn ci yéen du gëm ba keroog bànneexam di topp li ma indi".</t>
+  </si>
+  <si>
+    <t>بين النبي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أن الإنسان لا يكونا مؤمنًا كامل الإيمان الواجب حتى تكون محبته تابعة لما جاء به الرسول صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ من الأوامر والنواهي وغيرها، فيحب ما أمر به، ويكْرَهُ ما نَهَى عنه.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day leeral ne nit ki du nekk aji-gëm ju matug ngëm ba keroog ag bëgg-bëggam di topp li Yonente bi indi ci ay digle ak i tere ak yeneen; mu bëgg li mu digle, bañ li mu tere.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في التسليم للشرع والانقياد له.
+تحذير الإنسان من أن من يحكم العقل أو العادة ويقدمه على ما جاء به الرسول صلى الله عليه وسلم، ففاعل ذلك قد نُفي الإيمان عنه.
+وجوب تحكيم الشريعة في كل شيء، لقوله: «لِمَا جِئتُ به».
+أن الإيمان يزيد بالطاعة وينقص بالمعصية.</t>
+  </si>
+  <si>
+    <t>Hadiis bi ab tënk la ci nangul Sariiha ak wommatul ko.
+Àrtu nit ki ci muy àttewoo xel ak aada di ko jiital ci kaw li Yonente bi indi yal na ko Yàlla dolli xéewal ak mucc, kuy def loolu dees na dàq ci moom ngëm.
+Dañoo war a àttewoo Sariiha ci lépp, ndax li mu wax: "li ma indi".
+Gëm Yàlla day yokkoo ci topp Yàlla di wàññikoo ci moy.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث صحيح</t>
+  </si>
+  <si>
+    <t>رويناه في كتاب الحجة بإسناد صحيح</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث صحيح]</t>
+  </si>
+  <si>
+    <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66535</t>
+  </si>
+  <si>
+    <t>كل مسكر حرام</t>
+  </si>
+  <si>
+    <t>Lépp luy màndiloo dafa araam.</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
+وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
+وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abii Burdata, mu jële ci baayam Abii Muusaa Al-Asharii yal na ko Yàlla dollee gërëm: Yonente bi yal na ko Yàlla dolli xéewal ak mucc da ko a yónni Yaman, mu laaj ay xeeti naan yu ñu fay defar, mu ne ko: yan la?, mu ne ko: "Al-Bithu, ak Al-Misru", ñu ne Abuu Burdata: lan mooy Al-Bithu? Mu ne: Siwu lem, Al-Misru: mooy Siwu Bele, mu wax ne: lépp luy màndiloo dafa araam" Al-Buxaarii génne na ko.</t>
+  </si>
+  <si>
+    <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
+فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
+فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
+  </si>
+  <si>
+    <t>Abuu Muusaa Al-Asharii yal na ko Yàlla dollee gërëm day nettali ne Yonente bi yal na ko Yàlla dolli xéewal ak mucc da ko a yónni Yaman, mu laaj ko ay xeeti naan yu ñu fay defar ndax dafa araam walla, Yonnente bi yal na ko Yàlla dolli xéewal ak mucc daal di leerlu ba xam yan la. Abuu Muusaa yal na ko Yàlla dollee gërëm ne ko: mooy Al-Bithu: Siwu Lem, ak Al-Misru: Siwu Bele. Yonente bi yal na ko Yàlla dolli xéewal ak mucc ne ko te Yàlla da ko a joxoon wax yu dajale yi: "lépp luy màndiloo dafa araam".</t>
+  </si>
+  <si>
+    <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
+الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
+أهمية السؤال عن ما يحتاج إليه المسلم.
+كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
+أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
+  </si>
+  <si>
+    <t>Si: mooy ndox moo xam ne dañu cay def tàndarma walla lem walla bele mbaa lu ni mel; bu ko defee mu jële ca ag ñam ak ug cafka gu neex, amaana ginnaaw loolu mu nekk sàngara, mu mujj nekk luy màndiloo.
+Hadiis bi tënk la ci araamal lépp luy màndiloo niki sàngara ak Hasiisa ak yeneen.
+Njariñu laaj lépp lu jullit bi aajowoo.
+Fi ñi njëkk a araamale sàngara mooy ba waxtuw julli jotee kenn ci Muhaajiruuna yi di julli di jaxase li muy jàng, waxi Yàlla jii wàcc: {éey yéen way-gëm ñi buleen jege julli gi fekk dangeen a màndi ba ba ngeen di xam li ngeen di wax} [An-Nasaa-i: 43]. Ki doon yégleel Yonente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc di woote naan: ku màndi bu mu jege julli gi. Ginnaaw loolu Yàlla araamal ko ci waxam ji: {yéen way-gëm ñi xamleen ne sàngara ak kaart ak xërëm yi ak banti gisaane yi nekkuñu lu dul sobe su jóge ci jëfi Saytaane nangeen leen moytu kon dingeen texe 90 Saytaane bëggul lu dul tàbbal ci seen diggante nooneel ak mbañeel jaare ko ci sàngara ak kaart mo ndax dangeen leen bàyyi} [Al-Maa-ida: 90,91].
+Yàlla mu kawe mi dafa araamal sàngara ndax li mu làmboo ci ay lor ak ay yàqute yu mag.
+Li waral araamal gi mooy melow màndiloo gi; kon si bi bu dee day màndiloo kon day araam, bu màndiloowul nag kon lu dagan la.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66536</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abdullah Ibn Amr yal na leen Yàlla dollee gërëm mu wax ne: Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na:||"ñent yii képp ku mu nekk ci moom nekk na naaféq, bu wenn melo nekkee ci moom kon wenn melow naaféq nekk na ci moom ba keroog mu koy bàyyi: bu waxtaanee fen, bu digee wuute ko, bu xulóo kàccoorr, bu kollarante daal di wor</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abdullah Ibn Amr yal na leen Yàlla dollee gërëm mu wax ne: Yonnente Yàlla bi yal na ko Yàlla dolli xéewal ak mucc nee na: "ñent yii képp ku mu nekk ci moom nekk na naaféq, bu wenn melo nekkee ci moom kon wenn melow naaféq nekk na ci moom ba keroog mu koy bàyyi: bu waxtaanee fen, bu digee wuute ko, bu xulóo kàccoorr, bu kollarante daal di wor".</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leeral yenni màndargay naaféq ngir xuppe ak moytandikuloo ñu cay tàbbi.
+Li ñu jublu ci hadiis bi: mooy ne melo yii meloy naaféq la, te boroomam day niróo ak naaféq yi ci melo yii, te dafa jikkówoo seen jikkó, 
+waaye nekkul ne naaféq la buy feeñal lislaam fekk ma ngay nëbb ag kéefar, nee nañu it hadiis bi dañu koy yan ci ki melo yii not ci moom, mu doyadal ko, woyafal ay mbiram; ku mel noonu li gën a bari pas-pasam dafa yàqu.
+Al-Xassaalii nee na: cosaani diine yi ci ñatt la tënku: wax, ak jëf, ak yéene, lu wane ne yàqug wax mooy fen, yàqug jëf mooy wor, yàqug yéene mooy wuute; ndaxte wuuteg dig du ko jam lu dul bu dogu ga lënkaloo ak dige ga, waaye bu doon dafa dogu ca dige ga am ndog lu ko teree am, walla mu gis leneen kooku melow naaféq nekkul ci moom.
+Naaféq ñaari xeet la: naaféqug pas-pas te day génne boroom ci ´gëm, te mooy feeñal lislaam ak nëbb ug kéefar, ak naaféq ug jëf, te mooy niróok 
+naaféq yi ci seen jikkó, bii nag du génne boroomam ci ngëm, waaye bàkkaar bu mag la.
+</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66537</t>
+  </si>
+  <si>
+    <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
+  </si>
+  <si>
+    <t>su ngeen wakkirlu woon ci Yàlla dëgg-dëggi wakkirlu, kon dana leen wërsëgal kem ni muy wërsëgale picc yi, day xëy nekk ku woos xiif di gont biir bi fees dell</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Umar ibn Al-Xattaab yal na k Yàlla dollee gërëm mu jële ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: "su ngeen wakkirlu woon ci Yàlla dëgg-dëggi wakkirlu, kon dana leen wërsëgal kem ni muy wërsëgale picc yi, day xëy nekk ku woos xiif di gont biir bi fees dell".</t>
+  </si>
+  <si>
+    <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bokk na ci njariñal adiis bi :
+gëneelu wakkirlu, ak ne dafa bokk ci sabab yi gën a màgg ci yiy xëcc wërsëg.
+Wakkirlu du dàqoonteek def sabab yi, ndax dañoo xamal ne dëgg-dëggi wakkirlu du wuute ak xëy walla gontu jëm ci sàkku wërsëg.
+Yittewoog Sariiha ci jëfi xol yi; ndax wakkirlu jëfu xol la.
+</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66538</t>
+  </si>
+  <si>
+    <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>baax mooy: rafet jikkó, bàkkaar mooy liy dengi-dengi ci sa dënn, nga bañ nit ci gis ko</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
+وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci An-Nuwaas Ibn Samhaan yal na ko Yàlla dollee gërëm mu jële ci Yonente bi yal na ko Yàlla dolli xéewal ak mucc mu wax ne: «baax mooy: rafet jikkó, bàkkaar mooy liy dengi-dengi ci sa dënn, nga bañ nit ci gis ko».</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
+وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
+  </si>
+  <si>
+    <t>Yonente bi yal na ko Yàlla dolli xéewal ak mucc day xamle lu baax ak bàkkaar, mu wax ne: melo wi gën a màgg ci meloy baax mooy rafet jikkó ci Yàlla ci ragal ko, ak rafet jikkó ci nit ñi ci di yenu seen i lor, ak di néew i mer, ak di yaa kanam, ak teey i wax, ak jokk mbokk, ak topp ndigal, ak ñeewant, ak ug mbaax, ak rafet ug nekkaale ak àndaale. Ak ne lu baax mooy loo xam ne xol bi ak xel mi da ciy dal. Bàkkaar nag mooy lu nekk ci xel ci ay lënt mu ciy dengi-dengi te xolam du ci dal da ciy sikk-sàkka, ak di ragal mu nekk bàkkaar, te bëggu ko a fésal ndax li mu bon ci bëti nit ñu baax ñi te mat, ndax te bakkan ni ñu ko binde mooy day bëgg nit ñi di gis yu baaxam, kon bu bañee ñu gis yenn jëf yi kon dafa nekk bàkkaar te du lu baax; donte nit ñi dañu laa ubbee leneen bul jël seen wax fii ak màndargay lënt yi moo ngi dengi-dengi ci sa bakkan, ndax te ubbee ga du dindi lënt ga bu dee teguwul ci xam-xam; waaye bu dee ubbee gi dafa tege ci xam-xamu tegtalu sariiha kon li war ci aji-laaj ji mooy mu dellu ci ubbee ga, donte dënnam tàlliwu ca.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
+  </si>
+  <si>
+    <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66540</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
+وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>Jële nañu ci Abdulla ibn Busrin yal na ko Yàlla dollee gërëm mu wax ne: jenn waay dafa ñëw ci Yonnente bi, ne ko: yaw Yonnente Yàlla bi! Yi lislaam santaane dafa bari ci nun, ndax am na bunt bu dajale bu nu man a jàpp? Mu wax ne: "bu sa làmmiñ deñ di tooy ci tudd Yàlla".</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/wo/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -19655,51 +24678,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O519"/>
+  <dimension ref="A1:O659"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -20187,23812 +25210,30455 @@
       </c>
       <c r="I12" t="s">
         <v>115</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
         <v>25</v>
       </c>
       <c r="L12" t="s">
         <v>26</v>
       </c>
       <c r="M12" t="s">
         <v>27</v>
       </c>
       <c r="N12" t="s">
         <v>28</v>
       </c>
       <c r="O12" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13">
-        <v>2969</v>
+        <v>2964</v>
       </c>
       <c r="B13" t="s">
         <v>117</v>
       </c>
       <c r="C13" t="s">
         <v>118</v>
       </c>
       <c r="D13" t="s">
         <v>119</v>
       </c>
       <c r="E13" t="s">
         <v>120</v>
       </c>
       <c r="F13" t="s">
         <v>121</v>
       </c>
       <c r="G13" t="s">
         <v>122</v>
       </c>
       <c r="H13" t="s">
         <v>123</v>
       </c>
       <c r="I13" t="s">
         <v>124</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
         <v>25</v>
       </c>
       <c r="L13" t="s">
         <v>26</v>
       </c>
       <c r="M13" t="s">
         <v>27</v>
       </c>
       <c r="N13" t="s">
         <v>28</v>
       </c>
       <c r="O13" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14">
-        <v>2971</v>
+        <v>2969</v>
       </c>
       <c r="B14" t="s">
         <v>126</v>
       </c>
       <c r="C14" t="s">
         <v>127</v>
       </c>
       <c r="D14" t="s">
         <v>128</v>
       </c>
       <c r="E14" t="s">
         <v>129</v>
       </c>
       <c r="F14" t="s">
         <v>130</v>
       </c>
       <c r="G14" t="s">
         <v>131</v>
       </c>
       <c r="H14" t="s">
         <v>132</v>
       </c>
       <c r="I14" t="s">
         <v>133</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
         <v>25</v>
       </c>
       <c r="L14" t="s">
         <v>26</v>
       </c>
       <c r="M14" t="s">
         <v>27</v>
       </c>
       <c r="N14" t="s">
         <v>28</v>
       </c>
       <c r="O14" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
-        <v>2985</v>
+        <v>2971</v>
       </c>
       <c r="B15" t="s">
         <v>135</v>
       </c>
       <c r="C15" t="s">
         <v>136</v>
       </c>
       <c r="D15" t="s">
         <v>137</v>
       </c>
       <c r="E15" t="s">
         <v>138</v>
       </c>
       <c r="F15" t="s">
         <v>139</v>
       </c>
       <c r="G15" t="s">
         <v>140</v>
       </c>
       <c r="H15" t="s">
         <v>141</v>
       </c>
       <c r="I15" t="s">
         <v>142</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
       <c r="L15" t="s">
         <v>26</v>
       </c>
       <c r="M15" t="s">
         <v>27</v>
       </c>
       <c r="N15" t="s">
         <v>28</v>
       </c>
       <c r="O15" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
-        <v>2986</v>
+        <v>2981</v>
       </c>
       <c r="B16" t="s">
         <v>144</v>
       </c>
       <c r="C16" t="s">
         <v>145</v>
       </c>
       <c r="D16" t="s">
         <v>146</v>
       </c>
       <c r="E16" t="s">
         <v>147</v>
       </c>
       <c r="F16" t="s">
         <v>148</v>
       </c>
       <c r="G16" t="s">
         <v>149</v>
       </c>
       <c r="H16" t="s">
         <v>150</v>
       </c>
       <c r="I16" t="s">
         <v>151</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
         <v>25</v>
       </c>
       <c r="L16" t="s">
         <v>26</v>
       </c>
       <c r="M16" t="s">
         <v>27</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
-        <v>2997</v>
+        <v>2985</v>
       </c>
       <c r="B17" t="s">
         <v>153</v>
       </c>
       <c r="C17" t="s">
         <v>154</v>
       </c>
       <c r="D17" t="s">
         <v>155</v>
       </c>
       <c r="E17" t="s">
         <v>156</v>
       </c>
       <c r="F17" t="s">
         <v>157</v>
       </c>
       <c r="G17" t="s">
         <v>158</v>
       </c>
       <c r="H17" t="s">
         <v>159</v>
       </c>
       <c r="I17" t="s">
         <v>160</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>25</v>
       </c>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
         <v>27</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
-        <v>3007</v>
+        <v>2986</v>
       </c>
       <c r="B18" t="s">
         <v>162</v>
       </c>
       <c r="C18" t="s">
         <v>163</v>
       </c>
       <c r="D18" t="s">
         <v>164</v>
       </c>
       <c r="E18" t="s">
         <v>165</v>
       </c>
       <c r="F18" t="s">
         <v>166</v>
       </c>
       <c r="G18" t="s">
         <v>167</v>
       </c>
       <c r="H18" t="s">
         <v>168</v>
       </c>
       <c r="I18" t="s">
         <v>169</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
+        <v>25</v>
+      </c>
+      <c r="L18" t="s">
+        <v>26</v>
+      </c>
+      <c r="M18" t="s">
+        <v>27</v>
+      </c>
+      <c r="N18" t="s">
+        <v>28</v>
+      </c>
+      <c r="O18" t="s">
         <v>170</v>
-      </c>
-[...10 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
-        <v>3010</v>
+        <v>2987</v>
       </c>
       <c r="B19" t="s">
+        <v>171</v>
+      </c>
+      <c r="C19" t="s">
+        <v>172</v>
+      </c>
+      <c r="D19" t="s">
         <v>173</v>
       </c>
-      <c r="C19" t="s">
+      <c r="E19" t="s">
         <v>174</v>
       </c>
-      <c r="D19" t="s">
+      <c r="F19" t="s">
         <v>175</v>
       </c>
-      <c r="E19" t="s">
+      <c r="G19" t="s">
         <v>176</v>
       </c>
-      <c r="F19" t="s">
+      <c r="H19" t="s">
         <v>177</v>
       </c>
-      <c r="G19" t="s">
+      <c r="I19" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>180</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
         <v>25</v>
       </c>
       <c r="L19" t="s">
         <v>26</v>
       </c>
       <c r="M19" t="s">
         <v>27</v>
       </c>
       <c r="N19" t="s">
         <v>28</v>
       </c>
       <c r="O19" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
-        <v>3013</v>
+        <v>2994</v>
       </c>
       <c r="B20" t="s">
+        <v>180</v>
+      </c>
+      <c r="C20" t="s">
+        <v>181</v>
+      </c>
+      <c r="D20" t="s">
         <v>182</v>
       </c>
-      <c r="C20" t="s">
+      <c r="E20" t="s">
         <v>183</v>
       </c>
-      <c r="D20" t="s">
+      <c r="F20" t="s">
         <v>184</v>
       </c>
-      <c r="E20" t="s">
+      <c r="G20" t="s">
         <v>185</v>
       </c>
-      <c r="F20" t="s">
+      <c r="H20" t="s">
         <v>186</v>
       </c>
-      <c r="G20" t="s">
+      <c r="I20" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
         <v>25</v>
       </c>
       <c r="L20" t="s">
         <v>26</v>
       </c>
       <c r="M20" t="s">
         <v>27</v>
       </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
-        <v>3014</v>
+        <v>2997</v>
       </c>
       <c r="B21" t="s">
+        <v>189</v>
+      </c>
+      <c r="C21" t="s">
+        <v>190</v>
+      </c>
+      <c r="D21" t="s">
         <v>191</v>
       </c>
-      <c r="C21" t="s">
+      <c r="E21" t="s">
         <v>192</v>
       </c>
-      <c r="D21" t="s">
+      <c r="F21" t="s">
         <v>193</v>
       </c>
-      <c r="E21" t="s">
+      <c r="G21" t="s">
         <v>194</v>
       </c>
-      <c r="F21" t="s">
+      <c r="H21" t="s">
         <v>195</v>
       </c>
-      <c r="G21" t="s">
+      <c r="I21" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
         <v>25</v>
       </c>
       <c r="L21" t="s">
         <v>26</v>
       </c>
       <c r="M21" t="s">
         <v>27</v>
       </c>
       <c r="N21" t="s">
         <v>28</v>
       </c>
       <c r="O21" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
-        <v>3017</v>
+        <v>3007</v>
       </c>
       <c r="B22" t="s">
+        <v>198</v>
+      </c>
+      <c r="C22" t="s">
+        <v>199</v>
+      </c>
+      <c r="D22" t="s">
         <v>200</v>
       </c>
-      <c r="C22" t="s">
+      <c r="E22" t="s">
         <v>201</v>
       </c>
-      <c r="D22" t="s">
+      <c r="F22" t="s">
         <v>202</v>
       </c>
-      <c r="E22" t="s">
+      <c r="G22" t="s">
         <v>203</v>
       </c>
-      <c r="F22" t="s">
+      <c r="H22" t="s">
         <v>204</v>
       </c>
-      <c r="G22" t="s">
+      <c r="I22" t="s">
         <v>205</v>
       </c>
-      <c r="H22" t="s">
+      <c r="J22" t="s">
+        <v>24</v>
+      </c>
+      <c r="K22" t="s">
         <v>206</v>
       </c>
-      <c r="I22" t="s">
+      <c r="L22" t="s">
+        <v>26</v>
+      </c>
+      <c r="M22" t="s">
         <v>207</v>
       </c>
-      <c r="J22" t="s">
-[...2 lines deleted...]
-      <c r="K22" t="s">
+      <c r="N22" t="s">
+        <v>28</v>
+      </c>
+      <c r="O22" t="s">
         <v>208</v>
-      </c>
-[...10 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
-        <v>3018</v>
+        <v>3010</v>
       </c>
       <c r="B23" t="s">
+        <v>209</v>
+      </c>
+      <c r="C23" t="s">
+        <v>210</v>
+      </c>
+      <c r="D23" t="s">
         <v>211</v>
       </c>
-      <c r="C23" t="s">
+      <c r="E23" t="s">
         <v>212</v>
       </c>
-      <c r="D23" t="s">
+      <c r="F23" t="s">
         <v>213</v>
       </c>
-      <c r="E23" t="s">
+      <c r="G23" t="s">
         <v>214</v>
       </c>
-      <c r="F23" t="s">
+      <c r="H23" t="s">
         <v>215</v>
       </c>
-      <c r="G23" t="s">
+      <c r="I23" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>218</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
         <v>25</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
         <v>27</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
-        <v>3029</v>
+        <v>3013</v>
       </c>
       <c r="B24" t="s">
+        <v>218</v>
+      </c>
+      <c r="C24" t="s">
+        <v>219</v>
+      </c>
+      <c r="D24" t="s">
         <v>220</v>
       </c>
-      <c r="C24" t="s">
+      <c r="E24" t="s">
         <v>221</v>
       </c>
-      <c r="D24" t="s">
+      <c r="F24" t="s">
         <v>222</v>
       </c>
-      <c r="E24" t="s">
+      <c r="G24" t="s">
         <v>223</v>
       </c>
-      <c r="F24" t="s">
+      <c r="H24" t="s">
         <v>224</v>
       </c>
-      <c r="G24" t="s">
+      <c r="I24" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
         <v>25</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
         <v>27</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
-        <v>3031</v>
+        <v>3014</v>
       </c>
       <c r="B25" t="s">
+        <v>227</v>
+      </c>
+      <c r="C25" t="s">
+        <v>228</v>
+      </c>
+      <c r="D25" t="s">
         <v>229</v>
       </c>
-      <c r="C25" t="s">
+      <c r="E25" t="s">
         <v>230</v>
       </c>
-      <c r="D25" t="s">
+      <c r="F25" t="s">
         <v>231</v>
       </c>
-      <c r="E25" t="s">
+      <c r="G25" t="s">
         <v>232</v>
       </c>
-      <c r="F25" t="s">
+      <c r="H25" t="s">
         <v>233</v>
       </c>
-      <c r="G25" t="s">
+      <c r="I25" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
         <v>25</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
         <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
-        <v>3033</v>
+        <v>3017</v>
       </c>
       <c r="B26" t="s">
+        <v>236</v>
+      </c>
+      <c r="C26" t="s">
+        <v>237</v>
+      </c>
+      <c r="D26" t="s">
         <v>238</v>
       </c>
-      <c r="C26" t="s">
+      <c r="E26" t="s">
         <v>239</v>
       </c>
-      <c r="D26" t="s">
+      <c r="F26" t="s">
         <v>240</v>
       </c>
-      <c r="E26" t="s">
+      <c r="G26" t="s">
         <v>241</v>
       </c>
-      <c r="F26" t="s">
+      <c r="H26" t="s">
         <v>242</v>
       </c>
-      <c r="G26" t="s">
+      <c r="I26" t="s">
         <v>243</v>
       </c>
-      <c r="H26" t="s">
+      <c r="J26" t="s">
+        <v>24</v>
+      </c>
+      <c r="K26" t="s">
         <v>244</v>
       </c>
-      <c r="I26" t="s">
+      <c r="L26" t="s">
+        <v>26</v>
+      </c>
+      <c r="M26" t="s">
         <v>245</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
-        <v>3037</v>
+        <v>3018</v>
       </c>
       <c r="B27" t="s">
         <v>247</v>
       </c>
       <c r="C27" t="s">
         <v>248</v>
       </c>
       <c r="D27" t="s">
         <v>249</v>
       </c>
       <c r="E27" t="s">
         <v>250</v>
       </c>
       <c r="F27" t="s">
         <v>251</v>
       </c>
       <c r="G27" t="s">
         <v>252</v>
       </c>
       <c r="H27" t="s">
         <v>253</v>
       </c>
       <c r="I27" t="s">
         <v>254</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>3044</v>
+        <v>3024</v>
       </c>
       <c r="B28" t="s">
         <v>256</v>
       </c>
       <c r="C28" t="s">
         <v>257</v>
       </c>
       <c r="D28" t="s">
         <v>258</v>
       </c>
       <c r="E28" t="s">
         <v>259</v>
       </c>
       <c r="F28" t="s">
         <v>260</v>
       </c>
       <c r="G28" t="s">
         <v>261</v>
       </c>
       <c r="H28" t="s">
         <v>262</v>
       </c>
       <c r="I28" t="s">
         <v>263</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>3045</v>
+        <v>3029</v>
       </c>
       <c r="B29" t="s">
         <v>265</v>
       </c>
       <c r="C29" t="s">
         <v>266</v>
       </c>
       <c r="D29" t="s">
         <v>267</v>
       </c>
       <c r="E29" t="s">
         <v>268</v>
       </c>
       <c r="F29" t="s">
         <v>269</v>
       </c>
       <c r="G29" t="s">
         <v>270</v>
       </c>
       <c r="H29" t="s">
         <v>271</v>
       </c>
       <c r="I29" t="s">
         <v>272</v>
       </c>
       <c r="J29" t="s">
+        <v>24</v>
+      </c>
+      <c r="K29" t="s">
+        <v>25</v>
+      </c>
+      <c r="L29" t="s">
+        <v>26</v>
+      </c>
+      <c r="M29" t="s">
+        <v>27</v>
+      </c>
+      <c r="N29" t="s">
+        <v>28</v>
+      </c>
+      <c r="O29" t="s">
         <v>273</v>
-      </c>
-[...10 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>3053</v>
+        <v>3031</v>
       </c>
       <c r="B30" t="s">
+        <v>274</v>
+      </c>
+      <c r="C30" t="s">
+        <v>275</v>
+      </c>
+      <c r="D30" t="s">
+        <v>276</v>
+      </c>
+      <c r="E30" t="s">
         <v>277</v>
       </c>
-      <c r="C30" t="s">
+      <c r="F30" t="s">
         <v>278</v>
       </c>
-      <c r="D30" t="s">
+      <c r="G30" t="s">
         <v>279</v>
       </c>
-      <c r="E30" t="s">
+      <c r="H30" t="s">
         <v>280</v>
       </c>
-      <c r="F30" t="s">
+      <c r="I30" t="s">
         <v>281</v>
       </c>
-      <c r="G30" t="s">
+      <c r="J30" t="s">
+        <v>24</v>
+      </c>
+      <c r="K30" t="s">
+        <v>25</v>
+      </c>
+      <c r="L30" t="s">
+        <v>26</v>
+      </c>
+      <c r="M30" t="s">
+        <v>27</v>
+      </c>
+      <c r="N30" t="s">
+        <v>28</v>
+      </c>
+      <c r="O30" t="s">
         <v>282</v>
-      </c>
-[...22 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>3060</v>
+        <v>3033</v>
       </c>
       <c r="B31" t="s">
+        <v>283</v>
+      </c>
+      <c r="C31" t="s">
+        <v>284</v>
+      </c>
+      <c r="D31" t="s">
+        <v>285</v>
+      </c>
+      <c r="E31" t="s">
         <v>286</v>
       </c>
-      <c r="C31" t="s">
+      <c r="F31" t="s">
         <v>287</v>
       </c>
-      <c r="D31" t="s">
+      <c r="G31" t="s">
         <v>288</v>
       </c>
-      <c r="E31" t="s">
+      <c r="H31" t="s">
         <v>289</v>
       </c>
-      <c r="F31" t="s">
+      <c r="I31" t="s">
         <v>290</v>
-      </c>
-[...7 lines deleted...]
-        <v>293</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>3061</v>
+        <v>3037</v>
       </c>
       <c r="B32" t="s">
+        <v>292</v>
+      </c>
+      <c r="C32" t="s">
+        <v>293</v>
+      </c>
+      <c r="D32" t="s">
+        <v>294</v>
+      </c>
+      <c r="E32" t="s">
         <v>295</v>
       </c>
-      <c r="C32" t="s">
+      <c r="F32" t="s">
         <v>296</v>
       </c>
-      <c r="D32" t="s">
+      <c r="G32" t="s">
         <v>297</v>
       </c>
-      <c r="E32" t="s">
+      <c r="H32" t="s">
         <v>298</v>
       </c>
-      <c r="F32" t="s">
+      <c r="I32" t="s">
         <v>299</v>
       </c>
-      <c r="G32" t="s">
+      <c r="J32" t="s">
+        <v>24</v>
+      </c>
+      <c r="K32" t="s">
+        <v>206</v>
+      </c>
+      <c r="L32" t="s">
+        <v>26</v>
+      </c>
+      <c r="M32" t="s">
+        <v>207</v>
+      </c>
+      <c r="N32" t="s">
+        <v>28</v>
+      </c>
+      <c r="O32" t="s">
         <v>300</v>
-      </c>
-[...22 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>3062</v>
+        <v>3044</v>
       </c>
       <c r="B33" t="s">
+        <v>301</v>
+      </c>
+      <c r="C33" t="s">
+        <v>302</v>
+      </c>
+      <c r="D33" t="s">
+        <v>303</v>
+      </c>
+      <c r="E33" t="s">
         <v>304</v>
       </c>
-      <c r="C33" t="s">
+      <c r="F33" t="s">
         <v>305</v>
       </c>
-      <c r="D33" t="s">
+      <c r="G33" t="s">
         <v>306</v>
       </c>
-      <c r="E33" t="s">
+      <c r="H33" t="s">
         <v>307</v>
       </c>
-      <c r="F33" t="s">
+      <c r="I33" t="s">
         <v>308</v>
       </c>
-      <c r="G33" t="s">
+      <c r="J33" t="s">
+        <v>24</v>
+      </c>
+      <c r="K33" t="s">
+        <v>47</v>
+      </c>
+      <c r="L33" t="s">
+        <v>26</v>
+      </c>
+      <c r="M33" t="s">
+        <v>48</v>
+      </c>
+      <c r="N33" t="s">
+        <v>28</v>
+      </c>
+      <c r="O33" t="s">
         <v>309</v>
-      </c>
-[...22 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>3063</v>
+        <v>3045</v>
       </c>
       <c r="B34" t="s">
+        <v>310</v>
+      </c>
+      <c r="C34" t="s">
+        <v>311</v>
+      </c>
+      <c r="D34" t="s">
+        <v>312</v>
+      </c>
+      <c r="E34" t="s">
+        <v>313</v>
+      </c>
+      <c r="F34" t="s">
+        <v>314</v>
+      </c>
+      <c r="G34" t="s">
         <v>315</v>
       </c>
-      <c r="C34" t="s">
+      <c r="H34" t="s">
         <v>316</v>
       </c>
-      <c r="D34" t="s">
+      <c r="I34" t="s">
         <v>317</v>
       </c>
-      <c r="E34" t="s">
+      <c r="J34" t="s">
         <v>318</v>
       </c>
-      <c r="F34" t="s">
+      <c r="K34" t="s">
         <v>319</v>
       </c>
-      <c r="G34" t="s">
+      <c r="L34" t="s">
         <v>320</v>
       </c>
-      <c r="H34" t="s">
+      <c r="M34" t="s">
         <v>321</v>
       </c>
-      <c r="I34" t="s">
+      <c r="N34" t="s">
+        <v>28</v>
+      </c>
+      <c r="O34" t="s">
         <v>322</v>
-      </c>
-[...16 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>3071</v>
+        <v>3053</v>
       </c>
       <c r="B35" t="s">
+        <v>323</v>
+      </c>
+      <c r="C35" t="s">
         <v>324</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>325</v>
       </c>
-      <c r="D35" t="s">
+      <c r="E35" t="s">
         <v>326</v>
       </c>
-      <c r="E35" t="s">
+      <c r="F35" t="s">
         <v>327</v>
       </c>
-      <c r="F35" t="s">
+      <c r="G35" t="s">
         <v>328</v>
       </c>
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>329</v>
       </c>
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>330</v>
       </c>
-      <c r="I35" t="s">
+      <c r="J35" t="s">
+        <v>24</v>
+      </c>
+      <c r="K35" t="s">
+        <v>206</v>
+      </c>
+      <c r="L35" t="s">
+        <v>26</v>
+      </c>
+      <c r="M35" t="s">
+        <v>207</v>
+      </c>
+      <c r="N35" t="s">
+        <v>28</v>
+      </c>
+      <c r="O35" t="s">
         <v>331</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>3075</v>
+        <v>3056</v>
       </c>
       <c r="B36" t="s">
+        <v>332</v>
+      </c>
+      <c r="C36" t="s">
         <v>333</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>334</v>
       </c>
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>335</v>
       </c>
-      <c r="E36" t="s">
+      <c r="F36" t="s">
         <v>336</v>
       </c>
-      <c r="F36" t="s">
+      <c r="G36" t="s">
         <v>337</v>
       </c>
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>338</v>
       </c>
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>339</v>
       </c>
-      <c r="I36" t="s">
+      <c r="J36" t="s">
+        <v>24</v>
+      </c>
+      <c r="K36" t="s">
         <v>340</v>
       </c>
-      <c r="J36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
-        <v>27</v>
+        <v>341</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>3078</v>
+        <v>3060</v>
       </c>
       <c r="B37" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C37" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D37" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E37" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F37" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="G37" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H37" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="I37" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>3079</v>
+        <v>3061</v>
       </c>
       <c r="B38" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C38" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D38" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E38" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F38" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="G38" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H38" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="I38" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>3086</v>
+        <v>3062</v>
       </c>
       <c r="B39" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C39" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D39" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E39" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F39" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="G39" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="H39" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="I39" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>25</v>
+        <v>369</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
-        <v>27</v>
+        <v>370</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>3087</v>
+        <v>3063</v>
       </c>
       <c r="B40" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C40" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="D40" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="E40" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="F40" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="G40" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="H40" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="I40" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
         <v>25</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
         <v>27</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>3088</v>
+        <v>3071</v>
       </c>
       <c r="B41" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="C41" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="D41" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="E41" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="F41" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="G41" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="H41" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="I41" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>3095</v>
+        <v>3075</v>
       </c>
       <c r="B42" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C42" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="D42" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="E42" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="F42" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="G42" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="H42" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="I42" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>3096</v>
+        <v>3078</v>
       </c>
       <c r="B43" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="C43" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="D43" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="E43" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="F43" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="G43" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="H43" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="I43" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>3103</v>
+        <v>3079</v>
       </c>
       <c r="B44" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="C44" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="D44" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="E44" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="F44" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="G44" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="H44" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="I44" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>3104</v>
+        <v>3086</v>
       </c>
       <c r="B45" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C45" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="D45" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="E45" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="F45" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="G45" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="H45" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="I45" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>3107</v>
+        <v>3087</v>
       </c>
       <c r="B46" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="C46" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="D46" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="E46" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="F46" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="G46" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="H46" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="I46" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>3110</v>
+        <v>3088</v>
       </c>
       <c r="B47" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="C47" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="D47" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="E47" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="F47" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="G47" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="H47" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="I47" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>3122</v>
+        <v>3095</v>
       </c>
       <c r="B48" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="C48" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="D48" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="E48" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="F48" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="G48" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="H48" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="I48" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="J48" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>450</v>
+        <v>25</v>
       </c>
       <c r="L48" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M48" t="s">
+        <v>27</v>
+      </c>
+      <c r="N48" t="s">
+        <v>28</v>
+      </c>
+      <c r="O48" t="s">
         <v>452</v>
-      </c>
-[...4 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>3127</v>
+        <v>3096</v>
       </c>
       <c r="B49" t="s">
+        <v>453</v>
+      </c>
+      <c r="C49" t="s">
         <v>454</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>455</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49" t="s">
         <v>456</v>
       </c>
-      <c r="E49" t="s">
+      <c r="F49" t="s">
         <v>457</v>
       </c>
-      <c r="F49" t="s">
+      <c r="G49" t="s">
         <v>458</v>
       </c>
-      <c r="G49" t="s">
+      <c r="H49" t="s">
         <v>459</v>
       </c>
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
         <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>3135</v>
+        <v>3103</v>
       </c>
       <c r="B50" t="s">
+        <v>462</v>
+      </c>
+      <c r="C50" t="s">
         <v>463</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>464</v>
       </c>
-      <c r="D50" t="s">
+      <c r="E50" t="s">
         <v>465</v>
       </c>
-      <c r="E50" t="s">
+      <c r="F50" t="s">
         <v>466</v>
       </c>
-      <c r="F50" t="s">
+      <c r="G50" t="s">
         <v>467</v>
       </c>
-      <c r="G50" t="s">
+      <c r="H50" t="s">
         <v>468</v>
       </c>
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
         <v>25</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
         <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>3138</v>
+        <v>3104</v>
       </c>
       <c r="B51" t="s">
+        <v>471</v>
+      </c>
+      <c r="C51" t="s">
         <v>472</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>473</v>
       </c>
-      <c r="D51" t="s">
+      <c r="E51" t="s">
         <v>474</v>
       </c>
-      <c r="E51" t="s">
+      <c r="F51" t="s">
         <v>475</v>
       </c>
-      <c r="F51" t="s">
+      <c r="G51" t="s">
         <v>476</v>
       </c>
-      <c r="G51" t="s">
+      <c r="H51" t="s">
         <v>477</v>
       </c>
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>478</v>
       </c>
-      <c r="I51" t="s">
+      <c r="J51" t="s">
+        <v>24</v>
+      </c>
+      <c r="K51" t="s">
+        <v>25</v>
+      </c>
+      <c r="L51" t="s">
+        <v>26</v>
+      </c>
+      <c r="M51" t="s">
+        <v>27</v>
+      </c>
+      <c r="N51" t="s">
+        <v>28</v>
+      </c>
+      <c r="O51" t="s">
         <v>479</v>
-      </c>
-[...16 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>3142</v>
+        <v>3107</v>
       </c>
       <c r="B52" t="s">
+        <v>480</v>
+      </c>
+      <c r="C52" t="s">
         <v>481</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>482</v>
       </c>
-      <c r="D52" t="s">
+      <c r="E52" t="s">
         <v>483</v>
       </c>
-      <c r="E52" t="s">
+      <c r="F52" t="s">
         <v>484</v>
       </c>
-      <c r="F52" t="s">
+      <c r="G52" t="s">
         <v>485</v>
       </c>
-      <c r="G52" t="s">
+      <c r="H52" t="s">
         <v>486</v>
       </c>
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>487</v>
       </c>
-      <c r="I52" t="s">
+      <c r="J52" t="s">
+        <v>24</v>
+      </c>
+      <c r="K52" t="s">
+        <v>25</v>
+      </c>
+      <c r="L52" t="s">
+        <v>26</v>
+      </c>
+      <c r="M52" t="s">
+        <v>27</v>
+      </c>
+      <c r="N52" t="s">
+        <v>28</v>
+      </c>
+      <c r="O52" t="s">
         <v>488</v>
-      </c>
-[...16 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>3143</v>
+        <v>3110</v>
       </c>
       <c r="B53" t="s">
+        <v>489</v>
+      </c>
+      <c r="C53" t="s">
         <v>490</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>491</v>
       </c>
-      <c r="D53" t="s">
+      <c r="E53" t="s">
         <v>492</v>
       </c>
-      <c r="E53" t="s">
+      <c r="F53" t="s">
         <v>493</v>
       </c>
-      <c r="F53" t="s">
+      <c r="G53" t="s">
         <v>494</v>
       </c>
-      <c r="G53" t="s">
+      <c r="H53" t="s">
         <v>495</v>
       </c>
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>3144</v>
+        <v>3122</v>
       </c>
       <c r="B54" t="s">
+        <v>498</v>
+      </c>
+      <c r="C54" t="s">
         <v>499</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>500</v>
       </c>
-      <c r="D54" t="s">
+      <c r="E54" t="s">
         <v>501</v>
       </c>
-      <c r="E54" t="s">
+      <c r="F54" t="s">
         <v>502</v>
       </c>
-      <c r="F54" t="s">
+      <c r="G54" t="s">
         <v>503</v>
       </c>
-      <c r="G54" t="s">
+      <c r="H54" t="s">
         <v>504</v>
       </c>
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>505</v>
       </c>
-      <c r="I54" t="s">
+      <c r="J54" t="s">
         <v>506</v>
       </c>
-      <c r="J54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K54" t="s">
-        <v>25</v>
+        <v>507</v>
       </c>
       <c r="L54" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M54" t="s">
-        <v>27</v>
+        <v>509</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>3145</v>
+        <v>3127</v>
       </c>
       <c r="B55" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="C55" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="D55" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="E55" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F55" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="G55" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="H55" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="I55" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
         <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>3150</v>
+        <v>3135</v>
       </c>
       <c r="B56" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="C56" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="D56" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="E56" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="F56" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="G56" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="H56" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="I56" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>3153</v>
+        <v>3138</v>
       </c>
       <c r="B57" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="C57" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="D57" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="E57" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="F57" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="G57" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="H57" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="I57" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>3156</v>
+        <v>3142</v>
       </c>
       <c r="B58" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="C58" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="D58" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="E58" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="F58" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="G58" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="H58" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="I58" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>3157</v>
+        <v>3143</v>
       </c>
       <c r="B59" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="C59" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="D59" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="E59" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F59" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="G59" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="H59" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="I59" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>3159</v>
+        <v>3144</v>
       </c>
       <c r="B60" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="C60" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="D60" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="E60" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F60" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="G60" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="H60" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="I60" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="J60" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L60" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M60" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>3220</v>
+        <v>3145</v>
       </c>
       <c r="B61" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="C61" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="D61" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="E61" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="F61" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="G61" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="H61" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="I61" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
         <v>25</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
         <v>27</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>3236</v>
+        <v>3150</v>
       </c>
       <c r="B62" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="C62" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="D62" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="E62" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="F62" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="G62" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="H62" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="I62" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>579</v>
+        <v>25</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
-        <v>580</v>
+        <v>27</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>3267</v>
+        <v>3153</v>
       </c>
       <c r="B63" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C63" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D63" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="E63" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="F63" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="G63" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="H63" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="I63" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>3272</v>
+        <v>3156</v>
       </c>
       <c r="B64" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C64" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D64" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E64" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F64" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="G64" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="H64" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="I64" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>3279</v>
+        <v>3157</v>
       </c>
       <c r="B65" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C65" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D65" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="E65" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F65" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G65" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H65" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="I65" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>3285</v>
+        <v>3159</v>
       </c>
       <c r="B66" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C66" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D66" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="E66" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="F66" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="G66" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="H66" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="I66" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J66" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K66" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="L66" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M66" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>3298</v>
+        <v>3185</v>
       </c>
       <c r="B67" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C67" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D67" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="E67" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="F67" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="G67" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="H67" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="I67" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>3310</v>
+        <v>3220</v>
       </c>
       <c r="B68" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C68" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D68" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="E68" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="F68" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="G68" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="H68" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="I68" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
         <v>25</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
         <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>3313</v>
+        <v>3236</v>
       </c>
       <c r="B69" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C69" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D69" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="E69" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F69" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="G69" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="H69" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="I69" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>25</v>
+        <v>645</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>27</v>
+        <v>646</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>3316</v>
+        <v>3267</v>
       </c>
       <c r="B70" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="C70" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="D70" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="E70" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="F70" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G70" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="H70" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="I70" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>47</v>
+        <v>206</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>48</v>
+        <v>207</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>3317</v>
+        <v>3272</v>
       </c>
       <c r="B71" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="C71" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="D71" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="E71" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="F71" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="G71" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="H71" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="I71" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>450</v>
+        <v>206</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>452</v>
+        <v>207</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>3330</v>
+        <v>3279</v>
       </c>
       <c r="B72" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="C72" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="D72" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="E72" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="F72" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="G72" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="H72" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I72" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
         <v>25</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
         <v>27</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>3331</v>
+        <v>3284</v>
       </c>
       <c r="B73" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="C73" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="D73" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="E73" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="F73" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="G73" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="H73" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="I73" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>3336</v>
+        <v>3285</v>
       </c>
       <c r="B74" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="C74" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="D74" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="E74" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="F74" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="G74" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="H74" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="I74" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>689</v>
+        <v>47</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
-        <v>690</v>
+        <v>48</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>3341</v>
+        <v>3293</v>
       </c>
       <c r="B75" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C75" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D75" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E75" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="F75" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="G75" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="H75" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="I75" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
         <v>47</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
         <v>48</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>3342</v>
+        <v>3298</v>
       </c>
       <c r="B76" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C76" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D76" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="E76" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="F76" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="G76" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="H76" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="I76" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>3345</v>
+        <v>3310</v>
       </c>
       <c r="B77" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C77" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D77" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="E77" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="F77" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="G77" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="H77" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="I77" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
         <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>3347</v>
+        <v>3313</v>
       </c>
       <c r="B78" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C78" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D78" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="E78" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="F78" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="G78" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="H78" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="I78" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L78" t="s">
         <v>26</v>
       </c>
       <c r="M78" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>3348</v>
+        <v>3316</v>
       </c>
       <c r="B79" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C79" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D79" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="E79" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="F79" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="G79" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="H79" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="I79" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L79" t="s">
         <v>26</v>
       </c>
       <c r="M79" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>3350</v>
+        <v>3317</v>
       </c>
       <c r="B80" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C80" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D80" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="E80" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="F80" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="G80" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="H80" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="I80" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="J80" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K80" t="s">
-        <v>745</v>
+        <v>507</v>
       </c>
       <c r="L80" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M80" t="s">
+        <v>509</v>
+      </c>
+      <c r="N80" t="s">
+        <v>28</v>
+      </c>
+      <c r="O80" t="s">
         <v>746</v>
-      </c>
-[...4 lines deleted...]
-        <v>747</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>3352</v>
+        <v>3330</v>
       </c>
       <c r="B81" t="s">
+        <v>747</v>
+      </c>
+      <c r="C81" t="s">
         <v>748</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>749</v>
       </c>
-      <c r="D81" t="s">
+      <c r="E81" t="s">
         <v>750</v>
       </c>
-      <c r="E81" t="s">
+      <c r="F81" t="s">
         <v>751</v>
       </c>
-      <c r="F81" t="s">
+      <c r="G81" t="s">
         <v>752</v>
       </c>
-      <c r="G81" t="s">
+      <c r="H81" t="s">
         <v>753</v>
       </c>
-      <c r="H81" t="s">
+      <c r="I81" t="s">
         <v>754</v>
       </c>
-      <c r="I81" t="s">
+      <c r="J81" t="s">
+        <v>24</v>
+      </c>
+      <c r="K81" t="s">
+        <v>25</v>
+      </c>
+      <c r="L81" t="s">
+        <v>26</v>
+      </c>
+      <c r="M81" t="s">
+        <v>27</v>
+      </c>
+      <c r="N81" t="s">
+        <v>28</v>
+      </c>
+      <c r="O81" t="s">
         <v>755</v>
-      </c>
-[...16 lines deleted...]
-        <v>760</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>3354</v>
+        <v>3331</v>
       </c>
       <c r="B82" t="s">
+        <v>756</v>
+      </c>
+      <c r="C82" t="s">
+        <v>757</v>
+      </c>
+      <c r="D82" t="s">
+        <v>758</v>
+      </c>
+      <c r="E82" t="s">
+        <v>759</v>
+      </c>
+      <c r="F82" t="s">
+        <v>760</v>
+      </c>
+      <c r="G82" t="s">
         <v>761</v>
       </c>
-      <c r="C82" t="s">
+      <c r="H82" t="s">
         <v>762</v>
       </c>
-      <c r="D82" t="s">
+      <c r="I82" t="s">
         <v>763</v>
-      </c>
-[...13 lines deleted...]
-        <v>768</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
         <v>25</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
         <v>27</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>769</v>
+        <v>764</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>3355</v>
+        <v>3336</v>
       </c>
       <c r="B83" t="s">
+        <v>765</v>
+      </c>
+      <c r="C83" t="s">
+        <v>766</v>
+      </c>
+      <c r="D83" t="s">
+        <v>767</v>
+      </c>
+      <c r="E83" t="s">
+        <v>768</v>
+      </c>
+      <c r="F83" t="s">
+        <v>769</v>
+      </c>
+      <c r="G83" t="s">
         <v>770</v>
       </c>
-      <c r="C83" t="s">
+      <c r="H83" t="s">
         <v>771</v>
       </c>
-      <c r="D83" t="s">
+      <c r="I83" t="s">
         <v>772</v>
       </c>
-      <c r="E83" t="s">
+      <c r="J83" t="s">
+        <v>24</v>
+      </c>
+      <c r="K83" t="s">
         <v>773</v>
       </c>
-      <c r="F83" t="s">
+      <c r="L83" t="s">
+        <v>26</v>
+      </c>
+      <c r="M83" t="s">
         <v>774</v>
       </c>
-      <c r="G83" t="s">
+      <c r="N83" t="s">
+        <v>28</v>
+      </c>
+      <c r="O83" t="s">
         <v>775</v>
-      </c>
-[...22 lines deleted...]
-        <v>778</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>3359</v>
+        <v>3341</v>
       </c>
       <c r="B84" t="s">
+        <v>776</v>
+      </c>
+      <c r="C84" t="s">
+        <v>777</v>
+      </c>
+      <c r="D84" t="s">
+        <v>778</v>
+      </c>
+      <c r="E84" t="s">
         <v>779</v>
       </c>
-      <c r="C84" t="s">
+      <c r="F84" t="s">
         <v>780</v>
       </c>
-      <c r="D84" t="s">
+      <c r="G84" t="s">
         <v>781</v>
       </c>
-      <c r="E84" t="s">
+      <c r="H84" t="s">
         <v>782</v>
       </c>
-      <c r="F84" t="s">
+      <c r="I84" t="s">
         <v>783</v>
       </c>
-      <c r="G84" t="s">
+      <c r="J84" t="s">
+        <v>24</v>
+      </c>
+      <c r="K84" t="s">
+        <v>47</v>
+      </c>
+      <c r="L84" t="s">
+        <v>26</v>
+      </c>
+      <c r="M84" t="s">
+        <v>48</v>
+      </c>
+      <c r="N84" t="s">
+        <v>28</v>
+      </c>
+      <c r="O84" t="s">
         <v>784</v>
-      </c>
-[...22 lines deleted...]
-        <v>787</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>3360</v>
+        <v>3342</v>
       </c>
       <c r="B85" t="s">
+        <v>785</v>
+      </c>
+      <c r="C85" t="s">
+        <v>786</v>
+      </c>
+      <c r="D85" t="s">
+        <v>787</v>
+      </c>
+      <c r="E85" t="s">
         <v>788</v>
       </c>
-      <c r="C85" t="s">
+      <c r="F85" t="s">
         <v>789</v>
       </c>
-      <c r="D85" t="s">
+      <c r="G85" t="s">
         <v>790</v>
       </c>
-      <c r="E85" t="s">
+      <c r="H85" t="s">
         <v>791</v>
       </c>
-      <c r="F85" t="s">
+      <c r="I85" t="s">
         <v>792</v>
       </c>
-      <c r="G85" t="s">
+      <c r="J85" t="s">
+        <v>24</v>
+      </c>
+      <c r="K85" t="s">
+        <v>206</v>
+      </c>
+      <c r="L85" t="s">
+        <v>26</v>
+      </c>
+      <c r="M85" t="s">
+        <v>207</v>
+      </c>
+      <c r="N85" t="s">
+        <v>28</v>
+      </c>
+      <c r="O85" t="s">
         <v>793</v>
-      </c>
-[...22 lines deleted...]
-        <v>796</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>3361</v>
+        <v>3345</v>
       </c>
       <c r="B86" t="s">
+        <v>794</v>
+      </c>
+      <c r="C86" t="s">
+        <v>795</v>
+      </c>
+      <c r="D86" t="s">
+        <v>796</v>
+      </c>
+      <c r="E86" t="s">
         <v>797</v>
       </c>
-      <c r="C86" t="s">
+      <c r="F86" t="s">
         <v>798</v>
       </c>
-      <c r="D86" t="s">
+      <c r="G86" t="s">
         <v>799</v>
       </c>
-      <c r="E86" t="s">
+      <c r="H86" t="s">
         <v>800</v>
       </c>
-      <c r="F86" t="s">
+      <c r="I86" t="s">
         <v>801</v>
       </c>
-      <c r="G86" t="s">
+      <c r="J86" t="s">
+        <v>24</v>
+      </c>
+      <c r="K86" t="s">
+        <v>25</v>
+      </c>
+      <c r="L86" t="s">
+        <v>26</v>
+      </c>
+      <c r="M86" t="s">
+        <v>27</v>
+      </c>
+      <c r="N86" t="s">
+        <v>28</v>
+      </c>
+      <c r="O86" t="s">
         <v>802</v>
-      </c>
-[...22 lines deleted...]
-        <v>805</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>3364</v>
+        <v>3347</v>
       </c>
       <c r="B87" t="s">
+        <v>803</v>
+      </c>
+      <c r="C87" t="s">
+        <v>804</v>
+      </c>
+      <c r="D87" t="s">
+        <v>805</v>
+      </c>
+      <c r="E87" t="s">
         <v>806</v>
       </c>
-      <c r="C87" t="s">
+      <c r="F87" t="s">
         <v>807</v>
       </c>
-      <c r="D87" t="s">
+      <c r="G87" t="s">
         <v>808</v>
       </c>
-      <c r="E87" t="s">
+      <c r="H87" t="s">
         <v>809</v>
       </c>
-      <c r="F87" t="s">
+      <c r="I87" t="s">
         <v>810</v>
       </c>
-      <c r="G87" t="s">
+      <c r="J87" t="s">
+        <v>24</v>
+      </c>
+      <c r="K87" t="s">
+        <v>206</v>
+      </c>
+      <c r="L87" t="s">
+        <v>26</v>
+      </c>
+      <c r="M87" t="s">
+        <v>207</v>
+      </c>
+      <c r="N87" t="s">
+        <v>28</v>
+      </c>
+      <c r="O87" t="s">
         <v>811</v>
-      </c>
-[...22 lines deleted...]
-        <v>814</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>3365</v>
+        <v>3348</v>
       </c>
       <c r="B88" t="s">
+        <v>812</v>
+      </c>
+      <c r="C88" t="s">
+        <v>813</v>
+      </c>
+      <c r="D88" t="s">
+        <v>814</v>
+      </c>
+      <c r="E88" t="s">
         <v>815</v>
       </c>
-      <c r="C88" t="s">
+      <c r="F88" t="s">
         <v>816</v>
       </c>
-      <c r="D88" t="s">
+      <c r="G88" t="s">
         <v>817</v>
       </c>
-      <c r="E88" t="s">
+      <c r="H88" t="s">
         <v>818</v>
       </c>
-      <c r="F88" t="s">
+      <c r="I88" t="s">
         <v>819</v>
-      </c>
-[...7 lines deleted...]
-        <v>822</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
         <v>25</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
         <v>27</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>3366</v>
+        <v>3350</v>
       </c>
       <c r="B89" t="s">
+        <v>821</v>
+      </c>
+      <c r="C89" t="s">
+        <v>822</v>
+      </c>
+      <c r="D89" t="s">
+        <v>823</v>
+      </c>
+      <c r="E89" t="s">
         <v>824</v>
       </c>
-      <c r="C89" t="s">
+      <c r="F89" t="s">
         <v>825</v>
       </c>
-      <c r="D89" t="s">
+      <c r="G89" t="s">
         <v>826</v>
       </c>
-      <c r="E89" t="s">
+      <c r="H89" t="s">
         <v>827</v>
       </c>
-      <c r="F89" t="s">
+      <c r="I89" t="s">
         <v>828</v>
       </c>
-      <c r="G89" t="s">
+      <c r="J89" t="s">
+        <v>506</v>
+      </c>
+      <c r="K89" t="s">
         <v>829</v>
       </c>
-      <c r="H89" t="s">
+      <c r="L89" t="s">
+        <v>508</v>
+      </c>
+      <c r="M89" t="s">
         <v>830</v>
       </c>
-      <c r="I89" t="s">
+      <c r="N89" t="s">
+        <v>28</v>
+      </c>
+      <c r="O89" t="s">
         <v>831</v>
-      </c>
-[...16 lines deleted...]
-        <v>832</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>3370</v>
+        <v>3352</v>
       </c>
       <c r="B90" t="s">
+        <v>832</v>
+      </c>
+      <c r="C90" t="s">
         <v>833</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
         <v>834</v>
       </c>
-      <c r="D90" t="s">
+      <c r="E90" t="s">
         <v>835</v>
       </c>
-      <c r="E90" t="s">
+      <c r="F90" t="s">
         <v>836</v>
       </c>
-      <c r="F90" t="s">
+      <c r="G90" t="s">
         <v>837</v>
       </c>
-      <c r="G90" t="s">
+      <c r="H90" t="s">
         <v>838</v>
       </c>
-      <c r="H90" t="s">
+      <c r="I90" t="s">
         <v>839</v>
       </c>
-      <c r="I90" t="s">
+      <c r="J90" t="s">
         <v>840</v>
       </c>
-      <c r="J90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K90" t="s">
-        <v>170</v>
+        <v>841</v>
       </c>
       <c r="L90" t="s">
-        <v>26</v>
+        <v>842</v>
       </c>
       <c r="M90" t="s">
-        <v>171</v>
+        <v>843</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>3372</v>
+        <v>3354</v>
       </c>
       <c r="B91" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C91" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="D91" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="E91" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="F91" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="G91" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="H91" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="I91" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>3373</v>
+        <v>3355</v>
       </c>
       <c r="B92" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="C92" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="D92" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="E92" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="F92" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="G92" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="H92" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="I92" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>3375</v>
+        <v>3359</v>
       </c>
       <c r="B93" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="C93" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="D93" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="E93" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="F93" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="G93" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="H93" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="I93" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="J93" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>689</v>
+        <v>507</v>
       </c>
       <c r="L93" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M93" t="s">
-        <v>690</v>
+        <v>509</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>3379</v>
+        <v>3360</v>
       </c>
       <c r="B94" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="C94" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="D94" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="E94" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="F94" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="G94" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="H94" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="I94" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>3381</v>
+        <v>3361</v>
       </c>
       <c r="B95" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="C95" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="D95" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="E95" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="F95" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="G95" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="H95" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="I95" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="J95" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K95" t="s">
-        <v>689</v>
+        <v>206</v>
       </c>
       <c r="L95" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M95" t="s">
-        <v>690</v>
+        <v>207</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>3383</v>
+        <v>3364</v>
       </c>
       <c r="B96" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="C96" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="D96" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="E96" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="F96" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="G96" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="H96" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="I96" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>3389</v>
+        <v>3365</v>
       </c>
       <c r="B97" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="C97" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="D97" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="E97" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="F97" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="G97" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="H97" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="I97" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>904</v>
+        <v>25</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97" t="s">
-        <v>905</v>
+        <v>27</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>3390</v>
+        <v>3366</v>
       </c>
       <c r="B98" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C98" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D98" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="E98" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="F98" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="G98" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="H98" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="I98" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>25</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>3395</v>
+        <v>3370</v>
       </c>
       <c r="B99" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C99" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="D99" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="E99" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="F99" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="G99" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="H99" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="I99" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
-        <v>924</v>
+        <v>206</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
+        <v>207</v>
+      </c>
+      <c r="N99" t="s">
+        <v>28</v>
+      </c>
+      <c r="O99" t="s">
         <v>925</v>
-      </c>
-[...4 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>3406</v>
+        <v>3372</v>
       </c>
       <c r="B100" t="s">
+        <v>926</v>
+      </c>
+      <c r="C100" t="s">
         <v>927</v>
       </c>
-      <c r="C100" t="s">
+      <c r="D100" t="s">
         <v>928</v>
       </c>
-      <c r="D100" t="s">
+      <c r="E100" t="s">
         <v>929</v>
       </c>
-      <c r="E100" t="s">
+      <c r="F100" t="s">
         <v>930</v>
       </c>
-      <c r="F100" t="s">
+      <c r="G100" t="s">
         <v>931</v>
       </c>
-      <c r="G100" t="s">
+      <c r="H100" t="s">
         <v>932</v>
       </c>
-      <c r="H100" t="s">
+      <c r="I100" t="s">
         <v>933</v>
       </c>
-      <c r="I100" t="s">
+      <c r="J100" t="s">
+        <v>24</v>
+      </c>
+      <c r="K100" t="s">
+        <v>206</v>
+      </c>
+      <c r="L100" t="s">
+        <v>26</v>
+      </c>
+      <c r="M100" t="s">
+        <v>207</v>
+      </c>
+      <c r="N100" t="s">
+        <v>28</v>
+      </c>
+      <c r="O100" t="s">
         <v>934</v>
-      </c>
-[...16 lines deleted...]
-        <v>935</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>3407</v>
+        <v>3373</v>
       </c>
       <c r="B101" t="s">
+        <v>935</v>
+      </c>
+      <c r="C101" t="s">
         <v>936</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
         <v>937</v>
       </c>
-      <c r="D101" t="s">
+      <c r="E101" t="s">
         <v>938</v>
       </c>
-      <c r="E101" t="s">
+      <c r="F101" t="s">
         <v>939</v>
       </c>
-      <c r="F101" t="s">
+      <c r="G101" t="s">
         <v>940</v>
       </c>
-      <c r="G101" t="s">
+      <c r="H101" t="s">
         <v>941</v>
       </c>
-      <c r="H101" t="s">
+      <c r="I101" t="s">
         <v>942</v>
       </c>
-      <c r="I101" t="s">
+      <c r="J101" t="s">
+        <v>24</v>
+      </c>
+      <c r="K101" t="s">
+        <v>206</v>
+      </c>
+      <c r="L101" t="s">
+        <v>26</v>
+      </c>
+      <c r="M101" t="s">
+        <v>207</v>
+      </c>
+      <c r="N101" t="s">
+        <v>28</v>
+      </c>
+      <c r="O101" t="s">
         <v>943</v>
-      </c>
-[...16 lines deleted...]
-        <v>944</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>3409</v>
+        <v>3375</v>
       </c>
       <c r="B102" t="s">
+        <v>944</v>
+      </c>
+      <c r="C102" t="s">
         <v>945</v>
       </c>
-      <c r="C102" t="s">
+      <c r="D102" t="s">
         <v>946</v>
       </c>
-      <c r="D102" t="s">
+      <c r="E102" t="s">
         <v>947</v>
       </c>
-      <c r="E102" t="s">
+      <c r="F102" t="s">
         <v>948</v>
       </c>
-      <c r="F102" t="s">
+      <c r="G102" t="s">
         <v>949</v>
       </c>
-      <c r="G102" t="s">
+      <c r="H102" t="s">
         <v>950</v>
       </c>
-      <c r="H102" t="s">
+      <c r="I102" t="s">
         <v>951</v>
       </c>
-      <c r="I102" t="s">
+      <c r="J102" t="s">
+        <v>506</v>
+      </c>
+      <c r="K102" t="s">
+        <v>773</v>
+      </c>
+      <c r="L102" t="s">
+        <v>508</v>
+      </c>
+      <c r="M102" t="s">
+        <v>774</v>
+      </c>
+      <c r="N102" t="s">
+        <v>28</v>
+      </c>
+      <c r="O102" t="s">
         <v>952</v>
-      </c>
-[...16 lines deleted...]
-        <v>953</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>3410</v>
+        <v>3379</v>
       </c>
       <c r="B103" t="s">
+        <v>953</v>
+      </c>
+      <c r="C103" t="s">
         <v>954</v>
       </c>
-      <c r="C103" t="s">
+      <c r="D103" t="s">
         <v>955</v>
       </c>
-      <c r="D103" t="s">
+      <c r="E103" t="s">
         <v>956</v>
       </c>
-      <c r="E103" t="s">
+      <c r="F103" t="s">
         <v>957</v>
       </c>
-      <c r="F103" t="s">
+      <c r="G103" t="s">
         <v>958</v>
       </c>
-      <c r="G103" t="s">
+      <c r="H103" t="s">
         <v>959</v>
       </c>
-      <c r="H103" t="s">
+      <c r="I103" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
         <v>25</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
         <v>27</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>962</v>
+        <v>961</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>3414</v>
+        <v>3381</v>
       </c>
       <c r="B104" t="s">
+        <v>962</v>
+      </c>
+      <c r="C104" t="s">
         <v>963</v>
       </c>
-      <c r="C104" t="s">
+      <c r="D104" t="s">
         <v>964</v>
       </c>
-      <c r="D104" t="s">
+      <c r="E104" t="s">
         <v>965</v>
       </c>
-      <c r="E104" t="s">
+      <c r="F104" t="s">
         <v>966</v>
       </c>
-      <c r="F104" t="s">
+      <c r="G104" t="s">
         <v>967</v>
       </c>
-      <c r="G104" t="s">
+      <c r="H104" t="s">
         <v>968</v>
       </c>
-      <c r="H104" t="s">
+      <c r="I104" t="s">
         <v>969</v>
       </c>
-      <c r="I104" t="s">
+      <c r="J104" t="s">
+        <v>506</v>
+      </c>
+      <c r="K104" t="s">
+        <v>773</v>
+      </c>
+      <c r="L104" t="s">
+        <v>508</v>
+      </c>
+      <c r="M104" t="s">
+        <v>774</v>
+      </c>
+      <c r="N104" t="s">
+        <v>28</v>
+      </c>
+      <c r="O104" t="s">
         <v>970</v>
-      </c>
-[...16 lines deleted...]
-        <v>971</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>3417</v>
+        <v>3383</v>
       </c>
       <c r="B105" t="s">
+        <v>971</v>
+      </c>
+      <c r="C105" t="s">
         <v>972</v>
       </c>
-      <c r="C105" t="s">
+      <c r="D105" t="s">
         <v>973</v>
       </c>
-      <c r="D105" t="s">
+      <c r="E105" t="s">
         <v>974</v>
       </c>
-      <c r="E105" t="s">
+      <c r="F105" t="s">
         <v>975</v>
       </c>
-      <c r="F105" t="s">
+      <c r="G105" t="s">
         <v>976</v>
       </c>
-      <c r="G105" t="s">
+      <c r="H105" t="s">
         <v>977</v>
       </c>
-      <c r="H105" t="s">
+      <c r="I105" t="s">
         <v>978</v>
       </c>
-      <c r="I105" t="s">
+      <c r="J105" t="s">
+        <v>24</v>
+      </c>
+      <c r="K105" t="s">
+        <v>319</v>
+      </c>
+      <c r="L105" t="s">
+        <v>26</v>
+      </c>
+      <c r="M105" t="s">
+        <v>321</v>
+      </c>
+      <c r="N105" t="s">
+        <v>28</v>
+      </c>
+      <c r="O105" t="s">
         <v>979</v>
-      </c>
-[...16 lines deleted...]
-        <v>980</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>3418</v>
+        <v>3389</v>
       </c>
       <c r="B106" t="s">
+        <v>980</v>
+      </c>
+      <c r="C106" t="s">
         <v>981</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
         <v>982</v>
       </c>
-      <c r="D106" t="s">
+      <c r="E106" t="s">
         <v>983</v>
       </c>
-      <c r="E106" t="s">
+      <c r="F106" t="s">
         <v>984</v>
       </c>
-      <c r="F106" t="s">
+      <c r="G106" t="s">
         <v>985</v>
       </c>
-      <c r="G106" t="s">
+      <c r="H106" t="s">
         <v>986</v>
       </c>
-      <c r="H106" t="s">
+      <c r="I106" t="s">
         <v>987</v>
       </c>
-      <c r="I106" t="s">
+      <c r="J106" t="s">
+        <v>24</v>
+      </c>
+      <c r="K106" t="s">
         <v>988</v>
       </c>
-      <c r="J106" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
-        <v>171</v>
+        <v>989</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>3419</v>
+        <v>3390</v>
       </c>
       <c r="B107" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C107" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D107" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="E107" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="F107" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="G107" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="H107" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="I107" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>3420</v>
+        <v>3395</v>
       </c>
       <c r="B108" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C108" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="D108" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="E108" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="F108" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="G108" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="H108" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="I108" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>170</v>
+        <v>1008</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
-        <v>171</v>
+        <v>1009</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>3422</v>
+        <v>3406</v>
       </c>
       <c r="B109" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="C109" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="D109" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="E109" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="F109" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="G109" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="H109" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="I109" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>3437</v>
+        <v>3407</v>
       </c>
       <c r="B110" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="C110" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="D110" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="E110" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="F110" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="G110" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="H110" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="I110" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>25</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>3438</v>
+        <v>3409</v>
       </c>
       <c r="B111" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="C111" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="D111" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="E111" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="F111" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="G111" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="H111" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="I111" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>3444</v>
+        <v>3410</v>
       </c>
       <c r="B112" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="C112" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="D112" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="E112" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="F112" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="G112" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="H112" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="I112" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
         <v>25</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
         <v>27</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>3461</v>
+        <v>3414</v>
       </c>
       <c r="B113" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="C113" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="D113" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="E113" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="F113" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="G113" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="H113" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="I113" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>3469</v>
+        <v>3417</v>
       </c>
       <c r="B114" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="C114" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="D114" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="E114" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="F114" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="G114" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="H114" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="I114" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>3470</v>
+        <v>3418</v>
       </c>
       <c r="B115" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="C115" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="D115" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="E115" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="F115" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="G115" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="H115" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="I115" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>1070</v>
+        <v>206</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
-        <v>1071</v>
+        <v>207</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>3475</v>
+        <v>3419</v>
       </c>
       <c r="B116" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="C116" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="D116" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="E116" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="F116" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="G116" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="H116" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="I116" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>3476</v>
+        <v>3420</v>
       </c>
       <c r="B117" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C117" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D117" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="E117" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="F117" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="G117" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="H117" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="I117" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>3480</v>
+        <v>3422</v>
       </c>
       <c r="B118" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="C118" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="D118" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="E118" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="F118" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="G118" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="H118" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="I118" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>3481</v>
+        <v>3437</v>
       </c>
       <c r="B119" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="C119" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="D119" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="E119" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="F119" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="G119" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="H119" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="I119" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>3503</v>
+        <v>3438</v>
       </c>
       <c r="B120" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="C120" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="D120" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="E120" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="F120" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="G120" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="H120" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="I120" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
         <v>25</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
         <v>27</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>3512</v>
+        <v>3444</v>
       </c>
       <c r="B121" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="C121" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="D121" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="E121" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="F121" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="G121" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="H121" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="I121" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
         <v>25</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
         <v>27</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>3518</v>
+        <v>3461</v>
       </c>
       <c r="B122" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="C122" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="D122" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="E122" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="F122" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="G122" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="H122" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="I122" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>1135</v>
+        <v>25</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
+      </c>
+      <c r="M122" t="s">
+        <v>27</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
         <v>1136</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>3520</v>
+        <v>3469</v>
       </c>
       <c r="B123" t="s">
         <v>1137</v>
       </c>
       <c r="C123" t="s">
         <v>1138</v>
       </c>
       <c r="D123" t="s">
         <v>1139</v>
       </c>
       <c r="E123" t="s">
         <v>1140</v>
       </c>
       <c r="F123" t="s">
         <v>1141</v>
       </c>
       <c r="G123" t="s">
         <v>1142</v>
       </c>
       <c r="H123" t="s">
         <v>1143</v>
       </c>
       <c r="I123" t="s">
         <v>1144</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>3534</v>
+        <v>3470</v>
       </c>
       <c r="B124" t="s">
         <v>1146</v>
       </c>
       <c r="C124" t="s">
         <v>1147</v>
       </c>
       <c r="D124" t="s">
         <v>1148</v>
       </c>
       <c r="E124" t="s">
         <v>1149</v>
       </c>
       <c r="F124" t="s">
         <v>1150</v>
       </c>
       <c r="G124" t="s">
         <v>1151</v>
       </c>
       <c r="H124" t="s">
         <v>1152</v>
       </c>
       <c r="I124" t="s">
         <v>1153</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>25</v>
+        <v>1154</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
-        <v>27</v>
+        <v>1155</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>3546</v>
+        <v>3475</v>
       </c>
       <c r="B125" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="C125" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="D125" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="E125" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="F125" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="G125" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="H125" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="I125" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>3552</v>
+        <v>3476</v>
       </c>
       <c r="B126" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="C126" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="D126" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="E126" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="F126" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="G126" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="H126" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="I126" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>745</v>
+        <v>25</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
-        <v>746</v>
+        <v>27</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>3553</v>
+        <v>3480</v>
       </c>
       <c r="B127" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="C127" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="D127" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="E127" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="F127" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="G127" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="H127" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="I127" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>47</v>
+        <v>206</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
-        <v>48</v>
+        <v>207</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>3566</v>
+        <v>3481</v>
       </c>
       <c r="B128" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="C128" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="D128" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="E128" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="F128" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="G128" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="H128" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="I128" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>3567</v>
+        <v>3503</v>
       </c>
       <c r="B129" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="C129" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="D129" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="E129" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="F129" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="G129" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="H129" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="I129" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="J129" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>1199</v>
+        <v>25</v>
       </c>
       <c r="L129" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M129" t="s">
-        <v>1200</v>
+        <v>27</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
         <v>1201</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>3573</v>
+        <v>3512</v>
       </c>
       <c r="B130" t="s">
         <v>1202</v>
       </c>
       <c r="C130" t="s">
         <v>1203</v>
       </c>
       <c r="D130" t="s">
         <v>1204</v>
       </c>
       <c r="E130" t="s">
         <v>1205</v>
       </c>
       <c r="F130" t="s">
         <v>1206</v>
       </c>
       <c r="G130" t="s">
         <v>1207</v>
       </c>
       <c r="H130" t="s">
         <v>1208</v>
       </c>
       <c r="I130" t="s">
         <v>1209</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>25</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>27</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
         <v>1210</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>3574</v>
+        <v>3518</v>
       </c>
       <c r="B131" t="s">
         <v>1211</v>
       </c>
       <c r="C131" t="s">
         <v>1212</v>
       </c>
       <c r="D131" t="s">
         <v>1213</v>
       </c>
       <c r="E131" t="s">
         <v>1214</v>
       </c>
       <c r="F131" t="s">
         <v>1215</v>
       </c>
       <c r="G131" t="s">
         <v>1216</v>
       </c>
       <c r="H131" t="s">
         <v>1217</v>
       </c>
       <c r="I131" t="s">
         <v>1218</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>170</v>
+        <v>1219</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
-        <v>171</v>
+        <v>1220</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>3575</v>
+        <v>3520</v>
       </c>
       <c r="B132" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="C132" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="D132" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="E132" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="F132" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="G132" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="H132" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="I132" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>1228</v>
+        <v>59</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
-        <v>1229</v>
+        <v>61</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>3578</v>
+        <v>3534</v>
       </c>
       <c r="B133" t="s">
         <v>1231</v>
       </c>
       <c r="C133" t="s">
         <v>1232</v>
       </c>
       <c r="D133" t="s">
         <v>1233</v>
       </c>
       <c r="E133" t="s">
         <v>1234</v>
       </c>
       <c r="F133" t="s">
         <v>1235</v>
       </c>
       <c r="G133" t="s">
         <v>1236</v>
       </c>
       <c r="H133" t="s">
         <v>1237</v>
       </c>
       <c r="I133" t="s">
         <v>1238</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
         <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>3581</v>
+        <v>3546</v>
       </c>
       <c r="B134" t="s">
         <v>1240</v>
       </c>
       <c r="C134" t="s">
         <v>1241</v>
       </c>
       <c r="D134" t="s">
         <v>1242</v>
       </c>
       <c r="E134" t="s">
         <v>1243</v>
       </c>
       <c r="F134" t="s">
         <v>1244</v>
       </c>
       <c r="G134" t="s">
         <v>1245</v>
       </c>
       <c r="H134" t="s">
         <v>1246</v>
       </c>
       <c r="I134" t="s">
         <v>1247</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
         <v>1248</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>3586</v>
+        <v>3552</v>
       </c>
       <c r="B135" t="s">
         <v>1249</v>
       </c>
       <c r="C135" t="s">
         <v>1250</v>
       </c>
       <c r="D135" t="s">
         <v>1251</v>
       </c>
       <c r="E135" t="s">
         <v>1252</v>
       </c>
       <c r="F135" t="s">
         <v>1253</v>
       </c>
       <c r="G135" t="s">
         <v>1254</v>
       </c>
       <c r="H135" t="s">
         <v>1255</v>
       </c>
       <c r="I135" t="s">
         <v>1256</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>25</v>
+        <v>829</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
-        <v>27</v>
+        <v>830</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>3588</v>
+        <v>3553</v>
       </c>
       <c r="B136" t="s">
         <v>1258</v>
       </c>
       <c r="C136" t="s">
         <v>1259</v>
       </c>
       <c r="D136" t="s">
         <v>1260</v>
       </c>
       <c r="E136" t="s">
         <v>1261</v>
       </c>
       <c r="F136" t="s">
         <v>1262</v>
       </c>
       <c r="G136" t="s">
         <v>1263</v>
       </c>
       <c r="H136" t="s">
         <v>1264</v>
       </c>
       <c r="I136" t="s">
         <v>1265</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
+        <v>47</v>
+      </c>
+      <c r="L136" t="s">
+        <v>26</v>
+      </c>
+      <c r="M136" t="s">
+        <v>48</v>
+      </c>
+      <c r="N136" t="s">
+        <v>28</v>
+      </c>
+      <c r="O136" t="s">
         <v>1266</v>
-      </c>
-[...10 lines deleted...]
-        <v>1268</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>3591</v>
+        <v>3554</v>
       </c>
       <c r="B137" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C137" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D137" t="s">
         <v>1269</v>
       </c>
-      <c r="C137" t="s">
+      <c r="E137" t="s">
         <v>1270</v>
       </c>
-      <c r="D137" t="s">
+      <c r="F137" t="s">
         <v>1271</v>
       </c>
-      <c r="E137" t="s">
+      <c r="G137" t="s">
         <v>1272</v>
       </c>
-      <c r="F137" t="s">
+      <c r="H137" t="s">
         <v>1273</v>
       </c>
-      <c r="G137" t="s">
+      <c r="I137" t="s">
         <v>1274</v>
       </c>
-      <c r="H137" t="s">
+      <c r="J137" t="s">
+        <v>24</v>
+      </c>
+      <c r="K137" t="s">
+        <v>47</v>
+      </c>
+      <c r="L137" t="s">
+        <v>26</v>
+      </c>
+      <c r="M137" t="s">
+        <v>48</v>
+      </c>
+      <c r="N137" t="s">
+        <v>28</v>
+      </c>
+      <c r="O137" t="s">
         <v>1275</v>
-      </c>
-[...19 lines deleted...]
-        <v>1277</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>3602</v>
+        <v>3566</v>
       </c>
       <c r="B138" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D138" t="s">
         <v>1278</v>
       </c>
-      <c r="C138" t="s">
+      <c r="E138" t="s">
         <v>1279</v>
       </c>
-      <c r="D138" t="s">
+      <c r="F138" t="s">
         <v>1280</v>
       </c>
-      <c r="E138" t="s">
+      <c r="G138" t="s">
         <v>1281</v>
       </c>
-      <c r="F138" t="s">
+      <c r="H138" t="s">
         <v>1282</v>
       </c>
-      <c r="G138" t="s">
+      <c r="I138" t="s">
         <v>1283</v>
       </c>
-      <c r="H138" t="s">
+      <c r="J138" t="s">
+        <v>24</v>
+      </c>
+      <c r="K138" t="s">
+        <v>206</v>
+      </c>
+      <c r="L138" t="s">
+        <v>26</v>
+      </c>
+      <c r="M138" t="s">
+        <v>207</v>
+      </c>
+      <c r="N138" t="s">
+        <v>28</v>
+      </c>
+      <c r="O138" t="s">
         <v>1284</v>
-      </c>
-[...19 lines deleted...]
-        <v>1286</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>3636</v>
+        <v>3567</v>
       </c>
       <c r="B139" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D139" t="s">
         <v>1287</v>
       </c>
-      <c r="C139" t="s">
+      <c r="E139" t="s">
         <v>1288</v>
       </c>
-      <c r="D139" t="s">
+      <c r="F139" t="s">
         <v>1289</v>
       </c>
-      <c r="E139" t="s">
+      <c r="G139" t="s">
         <v>1290</v>
       </c>
-      <c r="F139" t="s">
+      <c r="H139" t="s">
         <v>1291</v>
       </c>
-      <c r="G139" t="s">
+      <c r="I139" t="s">
         <v>1292</v>
       </c>
-      <c r="H139" t="s">
+      <c r="J139" t="s">
+        <v>506</v>
+      </c>
+      <c r="K139" t="s">
         <v>1293</v>
       </c>
-      <c r="I139" t="s">
+      <c r="L139" t="s">
+        <v>508</v>
+      </c>
+      <c r="M139" t="s">
         <v>1294</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
         <v>1295</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>3652</v>
+        <v>3573</v>
       </c>
       <c r="B140" t="s">
         <v>1296</v>
       </c>
       <c r="C140" t="s">
         <v>1297</v>
       </c>
       <c r="D140" t="s">
         <v>1298</v>
       </c>
       <c r="E140" t="s">
         <v>1299</v>
       </c>
       <c r="F140" t="s">
         <v>1300</v>
       </c>
       <c r="G140" t="s">
         <v>1301</v>
       </c>
       <c r="H140" t="s">
         <v>1302</v>
       </c>
       <c r="I140" t="s">
         <v>1303</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
         <v>1304</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>3686</v>
+        <v>3574</v>
       </c>
       <c r="B141" t="s">
         <v>1305</v>
       </c>
       <c r="C141" t="s">
         <v>1306</v>
       </c>
       <c r="D141" t="s">
         <v>1307</v>
       </c>
       <c r="E141" t="s">
         <v>1308</v>
       </c>
       <c r="F141" t="s">
         <v>1309</v>
       </c>
       <c r="G141" t="s">
         <v>1310</v>
       </c>
       <c r="H141" t="s">
         <v>1311</v>
       </c>
       <c r="I141" t="s">
         <v>1312</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>47</v>
+        <v>206</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
-        <v>48</v>
+        <v>207</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
         <v>1313</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>3689</v>
+        <v>3575</v>
       </c>
       <c r="B142" t="s">
         <v>1314</v>
       </c>
       <c r="C142" t="s">
         <v>1315</v>
       </c>
       <c r="D142" t="s">
         <v>1316</v>
       </c>
       <c r="E142" t="s">
         <v>1317</v>
       </c>
       <c r="F142" t="s">
         <v>1318</v>
       </c>
       <c r="G142" t="s">
         <v>1319</v>
       </c>
       <c r="H142" t="s">
         <v>1320</v>
       </c>
       <c r="I142" t="s">
         <v>1321</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>25</v>
+        <v>1322</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
-        <v>27</v>
+        <v>1323</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>3700</v>
+        <v>3578</v>
       </c>
       <c r="B143" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="C143" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="D143" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="E143" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="F143" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="G143" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="H143" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="I143" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
         <v>25</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
         <v>27</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>3701</v>
+        <v>3581</v>
       </c>
       <c r="B144" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="C144" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="D144" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="E144" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="F144" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="G144" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="H144" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="I144" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>3702</v>
+        <v>3586</v>
       </c>
       <c r="B145" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="C145" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="D145" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="E145" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="F145" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="G145" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="H145" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="I145" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>3706</v>
+        <v>3587</v>
       </c>
       <c r="B146" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="C146" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="D146" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="E146" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="F146" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="G146" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="H146" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="I146" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="J146" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K146" t="s">
-        <v>25</v>
+        <v>1360</v>
       </c>
       <c r="L146" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M146" t="s">
-        <v>27</v>
+        <v>1361</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>3711</v>
+        <v>3588</v>
       </c>
       <c r="B147" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="C147" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="D147" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
       <c r="E147" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="F147" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
       <c r="G147" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="H147" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="I147" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>170</v>
+        <v>1371</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
-        <v>171</v>
+        <v>1372</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1367</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>3714</v>
+        <v>3591</v>
       </c>
       <c r="B148" t="s">
-        <v>1368</v>
+        <v>1374</v>
       </c>
       <c r="C148" t="s">
-        <v>1369</v>
+        <v>1375</v>
       </c>
       <c r="D148" t="s">
-        <v>1370</v>
+        <v>1376</v>
       </c>
       <c r="E148" t="s">
-        <v>1371</v>
+        <v>1377</v>
       </c>
       <c r="F148" t="s">
-        <v>1372</v>
+        <v>1378</v>
       </c>
       <c r="G148" t="s">
-        <v>1373</v>
+        <v>1379</v>
       </c>
       <c r="H148" t="s">
-        <v>1374</v>
+        <v>1380</v>
       </c>
       <c r="I148" t="s">
-        <v>1375</v>
+        <v>1381</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1376</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>3716</v>
+        <v>3602</v>
       </c>
       <c r="B149" t="s">
-        <v>1377</v>
+        <v>1383</v>
       </c>
       <c r="C149" t="s">
-        <v>1378</v>
+        <v>1384</v>
       </c>
       <c r="D149" t="s">
-        <v>1379</v>
+        <v>1385</v>
       </c>
       <c r="E149" t="s">
-        <v>1380</v>
+        <v>1386</v>
       </c>
       <c r="F149" t="s">
-        <v>1381</v>
+        <v>1387</v>
       </c>
       <c r="G149" t="s">
-        <v>1382</v>
+        <v>1388</v>
       </c>
       <c r="H149" t="s">
-        <v>1383</v>
+        <v>1389</v>
       </c>
       <c r="I149" t="s">
-        <v>1384</v>
+        <v>1390</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1385</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>3718</v>
+        <v>3636</v>
       </c>
       <c r="B150" t="s">
-        <v>1386</v>
+        <v>1392</v>
       </c>
       <c r="C150" t="s">
-        <v>1387</v>
+        <v>1393</v>
       </c>
       <c r="D150" t="s">
-        <v>1388</v>
+        <v>1394</v>
       </c>
       <c r="E150" t="s">
-        <v>1389</v>
+        <v>1395</v>
       </c>
       <c r="F150" t="s">
-        <v>1390</v>
+        <v>1396</v>
       </c>
       <c r="G150" t="s">
-        <v>1391</v>
+        <v>1397</v>
       </c>
       <c r="H150" t="s">
-        <v>1392</v>
+        <v>1398</v>
       </c>
       <c r="I150" t="s">
-        <v>1393</v>
+        <v>1399</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1394</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>3719</v>
+        <v>3652</v>
       </c>
       <c r="B151" t="s">
-        <v>1395</v>
+        <v>1401</v>
       </c>
       <c r="C151" t="s">
-        <v>1396</v>
+        <v>1402</v>
       </c>
       <c r="D151" t="s">
-        <v>1397</v>
+        <v>1403</v>
       </c>
       <c r="E151" t="s">
-        <v>1398</v>
+        <v>1404</v>
       </c>
       <c r="F151" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
       <c r="G151" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="H151" t="s">
-        <v>1401</v>
+        <v>1407</v>
       </c>
       <c r="I151" t="s">
-        <v>1402</v>
+        <v>1408</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1403</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>3731</v>
+        <v>3686</v>
       </c>
       <c r="B152" t="s">
-        <v>1404</v>
+        <v>1410</v>
       </c>
       <c r="C152" t="s">
-        <v>1405</v>
+        <v>1411</v>
       </c>
       <c r="D152" t="s">
-        <v>1406</v>
+        <v>1412</v>
       </c>
       <c r="E152" t="s">
-        <v>1407</v>
+        <v>1413</v>
       </c>
       <c r="F152" t="s">
-        <v>1408</v>
+        <v>1414</v>
       </c>
       <c r="G152" t="s">
-        <v>1409</v>
+        <v>1415</v>
       </c>
       <c r="H152" t="s">
-        <v>1410</v>
+        <v>1416</v>
       </c>
       <c r="I152" t="s">
-        <v>1411</v>
+        <v>1417</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1412</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>3732</v>
+        <v>3689</v>
       </c>
       <c r="B153" t="s">
-        <v>1413</v>
+        <v>1419</v>
       </c>
       <c r="C153" t="s">
-        <v>1414</v>
+        <v>1420</v>
       </c>
       <c r="D153" t="s">
-        <v>1415</v>
+        <v>1421</v>
       </c>
       <c r="E153" t="s">
-        <v>1416</v>
+        <v>1422</v>
       </c>
       <c r="F153" t="s">
-        <v>1417</v>
+        <v>1423</v>
       </c>
       <c r="G153" t="s">
-        <v>1418</v>
+        <v>1424</v>
       </c>
       <c r="H153" t="s">
-        <v>1419</v>
+        <v>1425</v>
       </c>
       <c r="I153" t="s">
-        <v>1420</v>
+        <v>1426</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1421</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>3753</v>
+        <v>3700</v>
       </c>
       <c r="B154" t="s">
-        <v>1422</v>
+        <v>1428</v>
       </c>
       <c r="C154" t="s">
-        <v>1423</v>
+        <v>1429</v>
       </c>
       <c r="D154" t="s">
-        <v>1424</v>
+        <v>1430</v>
       </c>
       <c r="E154" t="s">
-        <v>1425</v>
+        <v>1431</v>
       </c>
       <c r="F154" t="s">
-        <v>1426</v>
+        <v>1432</v>
       </c>
       <c r="G154" t="s">
-        <v>1427</v>
+        <v>1433</v>
       </c>
       <c r="H154" t="s">
-        <v>1428</v>
+        <v>1434</v>
       </c>
       <c r="I154" t="s">
-        <v>1429</v>
+        <v>1435</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
         <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1430</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>3755</v>
+        <v>3701</v>
       </c>
       <c r="B155" t="s">
-        <v>1431</v>
+        <v>1437</v>
       </c>
       <c r="C155" t="s">
-        <v>1432</v>
+        <v>1438</v>
       </c>
       <c r="D155" t="s">
-        <v>1433</v>
+        <v>1439</v>
       </c>
       <c r="E155" t="s">
-        <v>1434</v>
+        <v>1440</v>
       </c>
       <c r="F155" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="G155" t="s">
-        <v>1436</v>
+        <v>1442</v>
       </c>
       <c r="H155" t="s">
-        <v>1437</v>
+        <v>1443</v>
       </c>
       <c r="I155" t="s">
-        <v>1438</v>
+        <v>1444</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1439</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>3756</v>
+        <v>3702</v>
       </c>
       <c r="B156" t="s">
-        <v>1440</v>
+        <v>1446</v>
       </c>
       <c r="C156" t="s">
-        <v>1441</v>
+        <v>1447</v>
       </c>
       <c r="D156" t="s">
-        <v>1442</v>
+        <v>1448</v>
       </c>
       <c r="E156" t="s">
-        <v>1443</v>
+        <v>1449</v>
       </c>
       <c r="F156" t="s">
-        <v>1444</v>
+        <v>1450</v>
       </c>
       <c r="G156" t="s">
-        <v>1445</v>
+        <v>1451</v>
       </c>
       <c r="H156" t="s">
-        <v>1446</v>
+        <v>1452</v>
       </c>
       <c r="I156" t="s">
-        <v>1447</v>
+        <v>1453</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1448</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>3777</v>
+        <v>3705</v>
       </c>
       <c r="B157" t="s">
-        <v>1449</v>
+        <v>1455</v>
       </c>
       <c r="C157" t="s">
-        <v>1450</v>
+        <v>1456</v>
       </c>
       <c r="D157" t="s">
-        <v>1451</v>
+        <v>1457</v>
       </c>
       <c r="E157" t="s">
-        <v>1452</v>
+        <v>1458</v>
       </c>
       <c r="F157" t="s">
-        <v>1453</v>
+        <v>1459</v>
       </c>
       <c r="G157" t="s">
-        <v>1454</v>
+        <v>1460</v>
       </c>
       <c r="H157" t="s">
-        <v>1455</v>
+        <v>1461</v>
       </c>
       <c r="I157" t="s">
-        <v>1456</v>
+        <v>1462</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>170</v>
+        <v>507</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
-        <v>171</v>
+        <v>509</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1457</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>3779</v>
+        <v>3706</v>
       </c>
       <c r="B158" t="s">
-        <v>1458</v>
+        <v>1464</v>
       </c>
       <c r="C158" t="s">
-        <v>1459</v>
+        <v>1465</v>
       </c>
       <c r="D158" t="s">
-        <v>1460</v>
+        <v>1466</v>
       </c>
       <c r="E158" t="s">
-        <v>1461</v>
+        <v>1467</v>
       </c>
       <c r="F158" t="s">
-        <v>1462</v>
+        <v>1468</v>
       </c>
       <c r="G158" t="s">
-        <v>1463</v>
+        <v>1469</v>
       </c>
       <c r="H158" t="s">
-        <v>1464</v>
+        <v>1470</v>
       </c>
       <c r="I158" t="s">
-        <v>1465</v>
+        <v>1471</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1466</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>3791</v>
+        <v>3711</v>
       </c>
       <c r="B159" t="s">
-        <v>1467</v>
+        <v>1473</v>
       </c>
       <c r="C159" t="s">
-        <v>1468</v>
+        <v>1474</v>
       </c>
       <c r="D159" t="s">
-        <v>1469</v>
+        <v>1475</v>
       </c>
       <c r="E159" t="s">
-        <v>1470</v>
+        <v>1476</v>
       </c>
       <c r="F159" t="s">
-        <v>1471</v>
+        <v>1477</v>
       </c>
       <c r="G159" t="s">
-        <v>1472</v>
+        <v>1478</v>
       </c>
       <c r="H159" t="s">
-        <v>1473</v>
+        <v>1479</v>
       </c>
       <c r="I159" t="s">
-        <v>1474</v>
+        <v>1480</v>
       </c>
       <c r="J159" t="s">
-        <v>1475</v>
+        <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>1476</v>
+        <v>206</v>
       </c>
       <c r="L159" t="s">
-        <v>1477</v>
+        <v>26</v>
       </c>
       <c r="M159" t="s">
-        <v>1478</v>
+        <v>207</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>3854</v>
+        <v>3714</v>
       </c>
       <c r="B160" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="C160" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="D160" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="E160" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="F160" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="G160" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="H160" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="I160" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>3863</v>
+        <v>3716</v>
       </c>
       <c r="B161" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="C161" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="D161" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="E161" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="F161" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="G161" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="H161" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="I161" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>3868</v>
+        <v>3718</v>
       </c>
       <c r="B162" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="C162" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="D162" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="E162" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="F162" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="G162" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="H162" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="I162" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>47</v>
+        <v>206</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>48</v>
+        <v>207</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>3910</v>
+        <v>3719</v>
       </c>
       <c r="B163" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="C163" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="D163" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="E163" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="F163" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="G163" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="H163" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="I163" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>745</v>
+        <v>206</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>746</v>
+        <v>207</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4176</v>
+        <v>3731</v>
       </c>
       <c r="B164" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="C164" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="D164" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="E164" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="F164" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="G164" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="H164" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="I164" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4177</v>
+        <v>3732</v>
       </c>
       <c r="B165" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="C165" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="D165" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="E165" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="F165" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="G165" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="H165" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="I165" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4180</v>
+        <v>3753</v>
       </c>
       <c r="B166" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="C166" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="D166" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="E166" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="F166" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="G166" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="H166" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="I166" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
         <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
         <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4186</v>
+        <v>3755</v>
       </c>
       <c r="B167" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="C167" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="D167" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="E167" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="F167" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="G167" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="H167" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="I167" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>59</v>
+        <v>206</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>61</v>
+        <v>207</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4195</v>
+        <v>3756</v>
       </c>
       <c r="B168" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="C168" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="D168" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="E168" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="F168" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="G168" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="H168" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="I168" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4196</v>
+        <v>3777</v>
       </c>
       <c r="B169" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="C169" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="D169" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="E169" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="F169" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="G169" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="H169" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="I169" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4198</v>
+        <v>3779</v>
       </c>
       <c r="B170" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="C170" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="D170" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="E170" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="F170" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="G170" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="H170" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="I170" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4202</v>
+        <v>3791</v>
       </c>
       <c r="B171" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="C171" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="D171" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="E171" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="F171" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="G171" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="H171" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="I171" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="J171" t="s">
-        <v>24</v>
+        <v>1589</v>
       </c>
       <c r="K171" t="s">
-        <v>25</v>
+        <v>1590</v>
       </c>
       <c r="L171" t="s">
-        <v>26</v>
+        <v>1591</v>
       </c>
       <c r="M171" t="s">
-        <v>27</v>
+        <v>1592</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4204</v>
+        <v>3854</v>
       </c>
       <c r="B172" t="s">
-        <v>1588</v>
+        <v>1594</v>
       </c>
       <c r="C172" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
       <c r="D172" t="s">
-        <v>1590</v>
+        <v>1596</v>
       </c>
       <c r="E172" t="s">
-        <v>1591</v>
+        <v>1597</v>
       </c>
       <c r="F172" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
       <c r="G172" t="s">
-        <v>1593</v>
+        <v>1599</v>
       </c>
       <c r="H172" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
       <c r="I172" t="s">
-        <v>1595</v>
+        <v>1601</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
         <v>47</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
         <v>48</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4206</v>
+        <v>3863</v>
       </c>
       <c r="B173" t="s">
-        <v>1597</v>
+        <v>1603</v>
       </c>
       <c r="C173" t="s">
-        <v>1598</v>
+        <v>1604</v>
       </c>
       <c r="D173" t="s">
-        <v>1599</v>
+        <v>1605</v>
       </c>
       <c r="E173" t="s">
-        <v>1600</v>
+        <v>1606</v>
       </c>
       <c r="F173" t="s">
-        <v>1601</v>
+        <v>1607</v>
       </c>
       <c r="G173" t="s">
-        <v>1602</v>
+        <v>1608</v>
       </c>
       <c r="H173" t="s">
-        <v>1603</v>
+        <v>1609</v>
       </c>
       <c r="I173" t="s">
-        <v>1604</v>
+        <v>1610</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1605</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4211</v>
+        <v>3868</v>
       </c>
       <c r="B174" t="s">
-        <v>1606</v>
+        <v>1612</v>
       </c>
       <c r="C174" t="s">
-        <v>1607</v>
+        <v>1613</v>
       </c>
       <c r="D174" t="s">
-        <v>1608</v>
+        <v>1614</v>
       </c>
       <c r="E174" t="s">
-        <v>1609</v>
+        <v>1615</v>
       </c>
       <c r="F174" t="s">
-        <v>1610</v>
+        <v>1616</v>
       </c>
       <c r="G174" t="s">
-        <v>1611</v>
+        <v>1617</v>
       </c>
       <c r="H174" t="s">
-        <v>1612</v>
+        <v>1618</v>
       </c>
       <c r="I174" t="s">
-        <v>1613</v>
+        <v>1619</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1614</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4220</v>
+        <v>3910</v>
       </c>
       <c r="B175" t="s">
-        <v>1615</v>
+        <v>1621</v>
       </c>
       <c r="C175" t="s">
-        <v>1616</v>
+        <v>1622</v>
       </c>
       <c r="D175" t="s">
-        <v>1617</v>
+        <v>1623</v>
       </c>
       <c r="E175" t="s">
-        <v>1618</v>
+        <v>1624</v>
       </c>
       <c r="F175" t="s">
-        <v>1619</v>
+        <v>1625</v>
       </c>
       <c r="G175" t="s">
-        <v>1620</v>
+        <v>1626</v>
       </c>
       <c r="H175" t="s">
-        <v>1621</v>
+        <v>1627</v>
       </c>
       <c r="I175" t="s">
-        <v>1622</v>
+        <v>1628</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>25</v>
+        <v>829</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
-        <v>27</v>
+        <v>830</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1623</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4242</v>
+        <v>4176</v>
       </c>
       <c r="B176" t="s">
-        <v>1624</v>
+        <v>1630</v>
       </c>
       <c r="C176" t="s">
-        <v>1625</v>
+        <v>1631</v>
       </c>
       <c r="D176" t="s">
-        <v>1626</v>
+        <v>1632</v>
       </c>
       <c r="E176" t="s">
-        <v>1627</v>
+        <v>1633</v>
       </c>
       <c r="F176" t="s">
-        <v>1628</v>
+        <v>1634</v>
       </c>
       <c r="G176" t="s">
-        <v>1629</v>
+        <v>1635</v>
       </c>
       <c r="H176" t="s">
-        <v>1630</v>
+        <v>1636</v>
       </c>
       <c r="I176" t="s">
-        <v>1631</v>
+        <v>1637</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1632</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4243</v>
+        <v>4177</v>
       </c>
       <c r="B177" t="s">
-        <v>1633</v>
+        <v>1639</v>
       </c>
       <c r="C177" t="s">
-        <v>1634</v>
+        <v>1640</v>
       </c>
       <c r="D177" t="s">
-        <v>1635</v>
+        <v>1641</v>
       </c>
       <c r="E177" t="s">
-        <v>1636</v>
+        <v>1642</v>
       </c>
       <c r="F177" t="s">
-        <v>1637</v>
+        <v>1643</v>
       </c>
       <c r="G177" t="s">
-        <v>1638</v>
+        <v>1644</v>
       </c>
       <c r="H177" t="s">
-        <v>1639</v>
+        <v>1645</v>
       </c>
       <c r="I177" t="s">
-        <v>1640</v>
+        <v>1646</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
         <v>25</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
         <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1641</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4292</v>
+        <v>4180</v>
       </c>
       <c r="B178" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="C178" t="s">
-        <v>1643</v>
+        <v>1649</v>
       </c>
       <c r="D178" t="s">
-        <v>1644</v>
+        <v>1650</v>
       </c>
       <c r="E178" t="s">
-        <v>1645</v>
+        <v>1651</v>
       </c>
       <c r="F178" t="s">
-        <v>1646</v>
+        <v>1652</v>
       </c>
       <c r="G178" t="s">
-        <v>1647</v>
+        <v>1653</v>
       </c>
       <c r="H178" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="I178" t="s">
-        <v>1649</v>
+        <v>1655</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>1650</v>
+        <v>25</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
+      <c r="M178" t="s">
+        <v>27</v>
+      </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1651</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4295</v>
+        <v>4186</v>
       </c>
       <c r="B179" t="s">
-        <v>1652</v>
+        <v>1657</v>
       </c>
       <c r="C179" t="s">
-        <v>1653</v>
+        <v>1658</v>
       </c>
       <c r="D179" t="s">
-        <v>1654</v>
+        <v>1659</v>
       </c>
       <c r="E179" t="s">
-        <v>1655</v>
+        <v>1660</v>
       </c>
       <c r="F179" t="s">
-        <v>1656</v>
+        <v>1661</v>
       </c>
       <c r="G179" t="s">
-        <v>1657</v>
+        <v>1662</v>
       </c>
       <c r="H179" t="s">
-        <v>1658</v>
+        <v>1663</v>
       </c>
       <c r="I179" t="s">
-        <v>1659</v>
+        <v>1664</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1660</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>4304</v>
+        <v>4193</v>
       </c>
       <c r="B180" t="s">
-        <v>1661</v>
+        <v>1666</v>
       </c>
       <c r="C180" t="s">
-        <v>1662</v>
+        <v>1667</v>
       </c>
       <c r="D180" t="s">
-        <v>1663</v>
+        <v>1668</v>
       </c>
       <c r="E180" t="s">
-        <v>1664</v>
+        <v>1669</v>
       </c>
       <c r="F180" t="s">
-        <v>1665</v>
+        <v>1670</v>
       </c>
       <c r="G180" t="s">
-        <v>1666</v>
+        <v>1671</v>
       </c>
       <c r="H180" t="s">
-        <v>1667</v>
+        <v>1672</v>
       </c>
       <c r="I180" t="s">
-        <v>1668</v>
+        <v>1673</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1669</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>4309</v>
+        <v>4195</v>
       </c>
       <c r="B181" t="s">
-        <v>1670</v>
+        <v>1675</v>
       </c>
       <c r="C181" t="s">
-        <v>1671</v>
+        <v>1676</v>
       </c>
       <c r="D181" t="s">
-        <v>1672</v>
+        <v>1677</v>
       </c>
       <c r="E181" t="s">
-        <v>1673</v>
+        <v>1678</v>
       </c>
       <c r="F181" t="s">
-        <v>1674</v>
+        <v>1679</v>
       </c>
       <c r="G181" t="s">
-        <v>1675</v>
+        <v>1680</v>
       </c>
       <c r="H181" t="s">
-        <v>1676</v>
+        <v>1681</v>
       </c>
       <c r="I181" t="s">
-        <v>1677</v>
+        <v>1682</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1678</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>4314</v>
+        <v>4196</v>
       </c>
       <c r="B182" t="s">
-        <v>1679</v>
+        <v>1684</v>
       </c>
       <c r="C182" t="s">
-        <v>1680</v>
+        <v>1685</v>
       </c>
       <c r="D182" t="s">
-        <v>1681</v>
+        <v>1686</v>
       </c>
       <c r="E182" t="s">
-        <v>1682</v>
+        <v>1687</v>
       </c>
       <c r="F182" t="s">
-        <v>1683</v>
+        <v>1688</v>
       </c>
       <c r="G182" t="s">
-        <v>1684</v>
+        <v>1689</v>
       </c>
       <c r="H182" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
       <c r="I182" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
         <v>25</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
         <v>27</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1687</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>4318</v>
+        <v>4198</v>
       </c>
       <c r="B183" t="s">
-        <v>1688</v>
+        <v>1693</v>
       </c>
       <c r="C183" t="s">
-        <v>1689</v>
+        <v>1694</v>
       </c>
       <c r="D183" t="s">
-        <v>1690</v>
+        <v>1695</v>
       </c>
       <c r="E183" t="s">
-        <v>1691</v>
+        <v>1696</v>
       </c>
       <c r="F183" t="s">
-        <v>1692</v>
+        <v>1697</v>
       </c>
       <c r="G183" t="s">
-        <v>1693</v>
+        <v>1698</v>
       </c>
       <c r="H183" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="I183" t="s">
-        <v>1695</v>
+        <v>1700</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>4319</v>
+        <v>4201</v>
       </c>
       <c r="B184" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="C184" t="s">
-        <v>1698</v>
+        <v>1703</v>
       </c>
       <c r="D184" t="s">
-        <v>1699</v>
+        <v>1704</v>
       </c>
       <c r="E184" t="s">
-        <v>1700</v>
+        <v>1705</v>
       </c>
       <c r="F184" t="s">
-        <v>1701</v>
+        <v>1706</v>
       </c>
       <c r="G184" t="s">
-        <v>1702</v>
+        <v>1707</v>
       </c>
       <c r="H184" t="s">
-        <v>1703</v>
+        <v>1708</v>
       </c>
       <c r="I184" t="s">
-        <v>1704</v>
+        <v>1709</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>170</v>
+        <v>1590</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
-        <v>171</v>
+        <v>1592</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1705</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>4322</v>
+        <v>4202</v>
       </c>
       <c r="B185" t="s">
-        <v>1706</v>
+        <v>1711</v>
       </c>
       <c r="C185" t="s">
-        <v>1707</v>
+        <v>1712</v>
       </c>
       <c r="D185" t="s">
-        <v>1708</v>
+        <v>1713</v>
       </c>
       <c r="E185" t="s">
-        <v>1709</v>
+        <v>1714</v>
       </c>
       <c r="F185" t="s">
-        <v>1710</v>
+        <v>1715</v>
       </c>
       <c r="G185" t="s">
-        <v>1711</v>
+        <v>1716</v>
       </c>
       <c r="H185" t="s">
-        <v>1712</v>
+        <v>1717</v>
       </c>
       <c r="I185" t="s">
-        <v>1713</v>
+        <v>1718</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
         <v>25</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
         <v>27</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1714</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>4457</v>
+        <v>4204</v>
       </c>
       <c r="B186" t="s">
-        <v>1715</v>
+        <v>1720</v>
       </c>
       <c r="C186" t="s">
-        <v>1716</v>
+        <v>1721</v>
       </c>
       <c r="D186" t="s">
-        <v>1717</v>
+        <v>1722</v>
       </c>
       <c r="E186" t="s">
-        <v>1718</v>
+        <v>1723</v>
       </c>
       <c r="F186" t="s">
-        <v>1719</v>
+        <v>1724</v>
       </c>
       <c r="G186" t="s">
-        <v>1720</v>
+        <v>1725</v>
       </c>
       <c r="H186" t="s">
-        <v>1721</v>
+        <v>1726</v>
       </c>
       <c r="I186" t="s">
-        <v>1722</v>
+        <v>1727</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1723</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>4538</v>
+        <v>4206</v>
       </c>
       <c r="B187" t="s">
-        <v>1724</v>
+        <v>1729</v>
       </c>
       <c r="C187" t="s">
-        <v>1725</v>
+        <v>1730</v>
       </c>
       <c r="D187" t="s">
-        <v>1726</v>
+        <v>1731</v>
       </c>
       <c r="E187" t="s">
-        <v>1727</v>
+        <v>1732</v>
       </c>
       <c r="F187" t="s">
-        <v>1728</v>
+        <v>1733</v>
       </c>
       <c r="G187" t="s">
-        <v>1729</v>
+        <v>1734</v>
       </c>
       <c r="H187" t="s">
-        <v>1730</v>
+        <v>1735</v>
       </c>
       <c r="I187" t="s">
-        <v>1731</v>
+        <v>1736</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
         <v>25</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
         <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1732</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>4549</v>
+        <v>4211</v>
       </c>
       <c r="B188" t="s">
-        <v>1733</v>
+        <v>1738</v>
       </c>
       <c r="C188" t="s">
-        <v>1734</v>
+        <v>1739</v>
       </c>
       <c r="D188" t="s">
-        <v>1735</v>
+        <v>1740</v>
       </c>
       <c r="E188" t="s">
-        <v>1736</v>
+        <v>1741</v>
       </c>
       <c r="F188" t="s">
-        <v>1737</v>
+        <v>1742</v>
       </c>
       <c r="G188" t="s">
-        <v>1738</v>
+        <v>1743</v>
       </c>
       <c r="H188" t="s">
-        <v>1739</v>
+        <v>1744</v>
       </c>
       <c r="I188" t="s">
-        <v>1740</v>
+        <v>1745</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
         <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
         <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1741</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>4555</v>
+        <v>4216</v>
       </c>
       <c r="B189" t="s">
-        <v>1742</v>
+        <v>1747</v>
       </c>
       <c r="C189" t="s">
-        <v>1743</v>
+        <v>1748</v>
       </c>
       <c r="D189" t="s">
-        <v>1744</v>
+        <v>1749</v>
       </c>
       <c r="E189" t="s">
-        <v>1745</v>
+        <v>1750</v>
       </c>
       <c r="F189" t="s">
-        <v>1746</v>
+        <v>1751</v>
       </c>
       <c r="G189" t="s">
-        <v>1747</v>
+        <v>1752</v>
       </c>
       <c r="H189" t="s">
-        <v>1748</v>
+        <v>1753</v>
       </c>
       <c r="I189" t="s">
-        <v>1749</v>
+        <v>1754</v>
       </c>
       <c r="J189" t="s">
-        <v>24</v>
+        <v>1755</v>
       </c>
       <c r="K189" t="s">
-        <v>170</v>
+        <v>1756</v>
       </c>
       <c r="L189" t="s">
-        <v>26</v>
+        <v>1757</v>
       </c>
       <c r="M189" t="s">
-        <v>171</v>
+        <v>1758</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1750</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>4556</v>
+        <v>4220</v>
       </c>
       <c r="B190" t="s">
-        <v>1751</v>
+        <v>1760</v>
       </c>
       <c r="C190" t="s">
-        <v>1752</v>
+        <v>1761</v>
       </c>
       <c r="D190" t="s">
-        <v>1753</v>
+        <v>1762</v>
       </c>
       <c r="E190" t="s">
-        <v>1754</v>
+        <v>1763</v>
       </c>
       <c r="F190" t="s">
-        <v>1755</v>
+        <v>1764</v>
       </c>
       <c r="G190" t="s">
-        <v>1756</v>
+        <v>1765</v>
       </c>
       <c r="H190" t="s">
-        <v>1757</v>
+        <v>1766</v>
       </c>
       <c r="I190" t="s">
-        <v>1758</v>
+        <v>1767</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
         <v>25</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
         <v>27</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1759</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>4560</v>
+        <v>4242</v>
       </c>
       <c r="B191" t="s">
-        <v>1760</v>
+        <v>1769</v>
       </c>
       <c r="C191" t="s">
-        <v>1761</v>
+        <v>1770</v>
       </c>
       <c r="D191" t="s">
-        <v>1762</v>
+        <v>1771</v>
       </c>
       <c r="E191" t="s">
-        <v>1763</v>
+        <v>1772</v>
       </c>
       <c r="F191" t="s">
-        <v>1764</v>
+        <v>1773</v>
       </c>
       <c r="G191" t="s">
-        <v>1765</v>
+        <v>1774</v>
       </c>
       <c r="H191" t="s">
-        <v>1766</v>
+        <v>1775</v>
       </c>
       <c r="I191" t="s">
-        <v>1767</v>
+        <v>1776</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1768</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>4563</v>
+        <v>4243</v>
       </c>
       <c r="B192" t="s">
-        <v>1769</v>
+        <v>1778</v>
       </c>
       <c r="C192" t="s">
-        <v>1770</v>
+        <v>1779</v>
       </c>
       <c r="D192" t="s">
-        <v>1771</v>
+        <v>1780</v>
       </c>
       <c r="E192" t="s">
-        <v>1772</v>
+        <v>1781</v>
       </c>
       <c r="F192" t="s">
-        <v>1773</v>
+        <v>1782</v>
       </c>
       <c r="G192" t="s">
-        <v>1774</v>
+        <v>1783</v>
       </c>
       <c r="H192" t="s">
-        <v>1775</v>
+        <v>1784</v>
       </c>
       <c r="I192" t="s">
-        <v>1776</v>
+        <v>1785</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1777</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>4566</v>
+        <v>4289</v>
       </c>
       <c r="B193" t="s">
-        <v>1778</v>
+        <v>1787</v>
       </c>
       <c r="C193" t="s">
-        <v>1779</v>
+        <v>1788</v>
       </c>
       <c r="D193" t="s">
-        <v>1780</v>
+        <v>1789</v>
       </c>
       <c r="E193" t="s">
-        <v>1781</v>
+        <v>1790</v>
       </c>
       <c r="F193" t="s">
-        <v>1782</v>
+        <v>1791</v>
       </c>
       <c r="G193" t="s">
-        <v>1783</v>
+        <v>1792</v>
       </c>
       <c r="H193" t="s">
-        <v>1784</v>
+        <v>1793</v>
       </c>
       <c r="I193" t="s">
-        <v>1785</v>
+        <v>1794</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1786</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>4568</v>
+        <v>4292</v>
       </c>
       <c r="B194" t="s">
-        <v>1787</v>
+        <v>1796</v>
       </c>
       <c r="C194" t="s">
-        <v>1788</v>
+        <v>1797</v>
       </c>
       <c r="D194" t="s">
-        <v>1789</v>
+        <v>1798</v>
       </c>
       <c r="E194" t="s">
-        <v>1790</v>
+        <v>1799</v>
       </c>
       <c r="F194" t="s">
-        <v>1791</v>
+        <v>1800</v>
       </c>
       <c r="G194" t="s">
-        <v>1792</v>
+        <v>1801</v>
       </c>
       <c r="H194" t="s">
-        <v>1793</v>
+        <v>1802</v>
       </c>
       <c r="I194" t="s">
-        <v>1794</v>
+        <v>1803</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>25</v>
+        <v>1804</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
-        <v>27</v>
+        <v>1805</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1795</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>4709</v>
+        <v>4295</v>
       </c>
       <c r="B195" t="s">
-        <v>1796</v>
+        <v>1807</v>
       </c>
       <c r="C195" t="s">
-        <v>1797</v>
+        <v>1808</v>
       </c>
       <c r="D195" t="s">
-        <v>1798</v>
+        <v>1809</v>
       </c>
       <c r="E195" t="s">
-        <v>1799</v>
+        <v>1810</v>
       </c>
       <c r="F195" t="s">
-        <v>1800</v>
+        <v>1811</v>
       </c>
       <c r="G195" t="s">
-        <v>1801</v>
+        <v>1812</v>
       </c>
       <c r="H195" t="s">
-        <v>1802</v>
+        <v>1813</v>
       </c>
       <c r="I195" t="s">
-        <v>1803</v>
+        <v>1814</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1804</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>4711</v>
+        <v>4303</v>
       </c>
       <c r="B196" t="s">
-        <v>1805</v>
+        <v>1816</v>
       </c>
       <c r="C196" t="s">
-        <v>1806</v>
+        <v>1817</v>
       </c>
       <c r="D196" t="s">
-        <v>1807</v>
+        <v>1818</v>
       </c>
       <c r="E196" t="s">
-        <v>1808</v>
+        <v>1819</v>
       </c>
       <c r="F196" t="s">
-        <v>1809</v>
+        <v>1820</v>
       </c>
       <c r="G196" t="s">
-        <v>1810</v>
+        <v>1821</v>
       </c>
       <c r="H196" t="s">
-        <v>1811</v>
+        <v>1822</v>
       </c>
       <c r="I196" t="s">
-        <v>1812</v>
+        <v>1823</v>
       </c>
       <c r="J196" t="s">
-        <v>1813</v>
+        <v>840</v>
       </c>
       <c r="K196" t="s">
-        <v>1814</v>
+        <v>1322</v>
       </c>
       <c r="L196" t="s">
-        <v>1815</v>
+        <v>842</v>
       </c>
       <c r="M196" t="s">
-        <v>1816</v>
+        <v>1323</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1817</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>4717</v>
+        <v>4304</v>
       </c>
       <c r="B197" t="s">
-        <v>1818</v>
+        <v>1825</v>
       </c>
       <c r="C197" t="s">
-        <v>1819</v>
+        <v>1826</v>
       </c>
       <c r="D197" t="s">
-        <v>1820</v>
+        <v>1827</v>
       </c>
       <c r="E197" t="s">
-        <v>1821</v>
+        <v>1828</v>
       </c>
       <c r="F197" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="G197" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="H197" t="s">
-        <v>1824</v>
+        <v>1831</v>
       </c>
       <c r="I197" t="s">
-        <v>1825</v>
+        <v>1832</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
         <v>25</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
         <v>27</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1826</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>4721</v>
+        <v>4307</v>
       </c>
       <c r="B198" t="s">
-        <v>1827</v>
+        <v>1834</v>
       </c>
       <c r="C198" t="s">
-        <v>1828</v>
+        <v>1835</v>
       </c>
       <c r="D198" t="s">
-        <v>1829</v>
+        <v>1836</v>
       </c>
       <c r="E198" t="s">
-        <v>1830</v>
+        <v>1837</v>
       </c>
       <c r="F198" t="s">
-        <v>1831</v>
+        <v>1838</v>
       </c>
       <c r="G198" t="s">
-        <v>1832</v>
+        <v>1839</v>
       </c>
       <c r="H198" t="s">
-        <v>1833</v>
+        <v>1840</v>
       </c>
       <c r="I198" t="s">
-        <v>1834</v>
+        <v>1841</v>
       </c>
       <c r="J198" t="s">
-        <v>24</v>
+        <v>1755</v>
       </c>
       <c r="K198" t="s">
-        <v>1228</v>
+        <v>1842</v>
       </c>
       <c r="L198" t="s">
-        <v>26</v>
+        <v>1757</v>
       </c>
       <c r="M198" t="s">
-        <v>1229</v>
+        <v>1843</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1835</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>4722</v>
+        <v>4308</v>
       </c>
       <c r="B199" t="s">
-        <v>1836</v>
+        <v>1845</v>
       </c>
       <c r="C199" t="s">
-        <v>1837</v>
+        <v>1846</v>
       </c>
       <c r="D199" t="s">
-        <v>1838</v>
+        <v>1847</v>
       </c>
       <c r="E199" t="s">
-        <v>1839</v>
+        <v>1848</v>
       </c>
       <c r="F199" t="s">
-        <v>1840</v>
+        <v>1849</v>
       </c>
       <c r="G199" t="s">
-        <v>1841</v>
+        <v>1850</v>
       </c>
       <c r="H199" t="s">
-        <v>1842</v>
+        <v>1851</v>
       </c>
       <c r="I199" t="s">
-        <v>1843</v>
+        <v>1852</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>1844</v>
+        <v>206</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
+      <c r="M199" t="s">
+        <v>207</v>
+      </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1845</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>4792</v>
+        <v>4309</v>
       </c>
       <c r="B200" t="s">
-        <v>1846</v>
+        <v>1854</v>
       </c>
       <c r="C200" t="s">
-        <v>1847</v>
+        <v>1855</v>
       </c>
       <c r="D200" t="s">
-        <v>1848</v>
+        <v>1856</v>
       </c>
       <c r="E200" t="s">
-        <v>1849</v>
+        <v>1857</v>
       </c>
       <c r="F200" t="s">
-        <v>1850</v>
+        <v>1858</v>
       </c>
       <c r="G200" t="s">
-        <v>1851</v>
+        <v>1859</v>
       </c>
       <c r="H200" t="s">
-        <v>1852</v>
+        <v>1860</v>
       </c>
       <c r="I200" t="s">
-        <v>1853</v>
+        <v>1861</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1854</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>4810</v>
+        <v>4311</v>
       </c>
       <c r="B201" t="s">
-        <v>1855</v>
+        <v>1863</v>
       </c>
       <c r="C201" t="s">
-        <v>1856</v>
+        <v>1864</v>
       </c>
       <c r="D201" t="s">
-        <v>1857</v>
+        <v>1865</v>
       </c>
       <c r="E201" t="s">
-        <v>1858</v>
+        <v>1866</v>
       </c>
       <c r="F201" t="s">
-        <v>1859</v>
+        <v>1867</v>
       </c>
       <c r="G201" t="s">
-        <v>1860</v>
+        <v>1868</v>
       </c>
       <c r="H201" t="s">
-        <v>1861</v>
+        <v>1869</v>
       </c>
       <c r="I201" t="s">
-        <v>1862</v>
+        <v>1870</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1863</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>4811</v>
+        <v>4314</v>
       </c>
       <c r="B202" t="s">
-        <v>1864</v>
+        <v>1872</v>
       </c>
       <c r="C202" t="s">
-        <v>1865</v>
+        <v>1873</v>
       </c>
       <c r="D202" t="s">
-        <v>1866</v>
+        <v>1874</v>
       </c>
       <c r="E202" t="s">
-        <v>1867</v>
+        <v>1875</v>
       </c>
       <c r="F202" t="s">
-        <v>1868</v>
+        <v>1876</v>
       </c>
       <c r="G202" t="s">
-        <v>1869</v>
+        <v>1877</v>
       </c>
       <c r="H202" t="s">
-        <v>1870</v>
+        <v>1878</v>
       </c>
       <c r="I202" t="s">
-        <v>1871</v>
+        <v>1879</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>1476</v>
+        <v>25</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
-        <v>1478</v>
+        <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1872</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>4815</v>
+        <v>4316</v>
       </c>
       <c r="B203" t="s">
-        <v>1873</v>
+        <v>1881</v>
       </c>
       <c r="C203" t="s">
-        <v>1874</v>
+        <v>1882</v>
       </c>
       <c r="D203" t="s">
-        <v>1875</v>
+        <v>1883</v>
       </c>
       <c r="E203" t="s">
-        <v>1876</v>
+        <v>1884</v>
       </c>
       <c r="F203" t="s">
-        <v>1877</v>
+        <v>1885</v>
       </c>
       <c r="G203" t="s">
-        <v>1878</v>
+        <v>1886</v>
       </c>
       <c r="H203" t="s">
-        <v>1879</v>
+        <v>1887</v>
       </c>
       <c r="I203" t="s">
-        <v>1880</v>
+        <v>1888</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1881</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>4817</v>
+        <v>4318</v>
       </c>
       <c r="B204" t="s">
-        <v>1882</v>
+        <v>1890</v>
       </c>
       <c r="C204" t="s">
-        <v>1883</v>
+        <v>1891</v>
       </c>
       <c r="D204" t="s">
-        <v>1884</v>
+        <v>1892</v>
       </c>
       <c r="E204" t="s">
-        <v>1885</v>
+        <v>1893</v>
       </c>
       <c r="F204" t="s">
-        <v>1886</v>
+        <v>1894</v>
       </c>
       <c r="G204" t="s">
-        <v>1887</v>
+        <v>1895</v>
       </c>
       <c r="H204" t="s">
-        <v>1888</v>
+        <v>1896</v>
       </c>
       <c r="I204" t="s">
-        <v>1889</v>
+        <v>1897</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1890</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>4850</v>
+        <v>4319</v>
       </c>
       <c r="B205" t="s">
-        <v>1891</v>
+        <v>1899</v>
       </c>
       <c r="C205" t="s">
-        <v>1892</v>
+        <v>1900</v>
       </c>
       <c r="D205" t="s">
-        <v>1893</v>
+        <v>1901</v>
       </c>
       <c r="E205" t="s">
-        <v>1894</v>
+        <v>1902</v>
       </c>
       <c r="F205" t="s">
-        <v>1895</v>
+        <v>1903</v>
       </c>
       <c r="G205" t="s">
-        <v>1896</v>
+        <v>1904</v>
       </c>
       <c r="H205" t="s">
-        <v>1897</v>
+        <v>1905</v>
       </c>
       <c r="I205" t="s">
-        <v>1898</v>
+        <v>1906</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1899</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>4935</v>
+        <v>4322</v>
       </c>
       <c r="B206" t="s">
-        <v>1900</v>
+        <v>1908</v>
       </c>
       <c r="C206" t="s">
-        <v>1901</v>
+        <v>1909</v>
       </c>
       <c r="D206" t="s">
-        <v>1902</v>
+        <v>1910</v>
       </c>
       <c r="E206" t="s">
-        <v>1903</v>
+        <v>1911</v>
       </c>
       <c r="F206" t="s">
-        <v>1904</v>
+        <v>1912</v>
       </c>
       <c r="G206" t="s">
-        <v>1905</v>
+        <v>1913</v>
       </c>
       <c r="H206" t="s">
-        <v>1906</v>
+        <v>1914</v>
       </c>
       <c r="I206" t="s">
-        <v>1907</v>
+        <v>1915</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1908</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>4939</v>
+        <v>4436</v>
       </c>
       <c r="B207" t="s">
-        <v>1909</v>
+        <v>1917</v>
       </c>
       <c r="C207" t="s">
-        <v>1910</v>
+        <v>1918</v>
       </c>
       <c r="D207" t="s">
-        <v>1911</v>
+        <v>1919</v>
       </c>
       <c r="E207" t="s">
-        <v>1912</v>
+        <v>1920</v>
       </c>
       <c r="F207" t="s">
-        <v>1913</v>
+        <v>1921</v>
       </c>
       <c r="G207" t="s">
-        <v>1914</v>
+        <v>1922</v>
       </c>
       <c r="H207" t="s">
-        <v>1915</v>
+        <v>1923</v>
       </c>
       <c r="I207" t="s">
-        <v>1916</v>
+        <v>1924</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1917</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>4947</v>
+        <v>4438</v>
       </c>
       <c r="B208" t="s">
-        <v>1918</v>
+        <v>1926</v>
       </c>
       <c r="C208" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="D208" t="s">
-        <v>1920</v>
+        <v>1928</v>
       </c>
       <c r="E208" t="s">
-        <v>1921</v>
+        <v>1929</v>
       </c>
       <c r="F208" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="G208" t="s">
-        <v>1923</v>
+        <v>1931</v>
       </c>
       <c r="H208" t="s">
-        <v>1924</v>
+        <v>1932</v>
       </c>
       <c r="I208" t="s">
-        <v>1925</v>
+        <v>1933</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1926</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>4950</v>
+        <v>4454</v>
       </c>
       <c r="B209" t="s">
-        <v>1927</v>
+        <v>1935</v>
       </c>
       <c r="C209" t="s">
-        <v>1928</v>
+        <v>1936</v>
       </c>
       <c r="D209" t="s">
-        <v>1929</v>
+        <v>1937</v>
       </c>
       <c r="E209" t="s">
-        <v>1930</v>
+        <v>1938</v>
       </c>
       <c r="F209" t="s">
-        <v>1931</v>
+        <v>1939</v>
       </c>
       <c r="G209" t="s">
-        <v>1932</v>
+        <v>1940</v>
       </c>
       <c r="H209" t="s">
-        <v>1933</v>
+        <v>1941</v>
       </c>
       <c r="I209" t="s">
-        <v>1934</v>
+        <v>1942</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>1476</v>
+        <v>25</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
-        <v>1478</v>
+        <v>27</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1935</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>4958</v>
+        <v>4457</v>
       </c>
       <c r="B210" t="s">
-        <v>1936</v>
+        <v>1944</v>
       </c>
       <c r="C210" t="s">
-        <v>1937</v>
+        <v>1945</v>
       </c>
       <c r="D210" t="s">
-        <v>1938</v>
+        <v>1946</v>
       </c>
       <c r="E210" t="s">
-        <v>1939</v>
+        <v>1947</v>
       </c>
       <c r="F210" t="s">
-        <v>1940</v>
+        <v>1948</v>
       </c>
       <c r="G210" t="s">
-        <v>1941</v>
+        <v>1949</v>
       </c>
       <c r="H210" t="s">
-        <v>1942</v>
+        <v>1950</v>
       </c>
       <c r="I210" t="s">
-        <v>1943</v>
+        <v>1951</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1944</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>4965</v>
+        <v>4495</v>
       </c>
       <c r="B211" t="s">
-        <v>1945</v>
+        <v>1953</v>
       </c>
       <c r="C211" t="s">
-        <v>1946</v>
+        <v>1954</v>
       </c>
       <c r="D211" t="s">
-        <v>1947</v>
+        <v>1955</v>
       </c>
       <c r="E211" t="s">
-        <v>1948</v>
+        <v>1956</v>
       </c>
       <c r="F211" t="s">
-        <v>1949</v>
+        <v>1957</v>
       </c>
       <c r="G211" t="s">
-        <v>1950</v>
+        <v>1958</v>
       </c>
       <c r="H211" t="s">
-        <v>1951</v>
+        <v>1959</v>
       </c>
       <c r="I211" t="s">
-        <v>1952</v>
+        <v>1960</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
         <v>25</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
         <v>27</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1953</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>4968</v>
+        <v>4498</v>
       </c>
       <c r="B212" t="s">
-        <v>1954</v>
+        <v>1962</v>
       </c>
       <c r="C212" t="s">
-        <v>1955</v>
+        <v>1963</v>
       </c>
       <c r="D212" t="s">
-        <v>1956</v>
+        <v>1964</v>
       </c>
       <c r="E212" t="s">
-        <v>1957</v>
+        <v>1965</v>
       </c>
       <c r="F212" t="s">
-        <v>1958</v>
+        <v>1966</v>
       </c>
       <c r="G212" t="s">
-        <v>1959</v>
+        <v>1967</v>
       </c>
       <c r="H212" t="s">
-        <v>1960</v>
+        <v>1968</v>
       </c>
       <c r="I212" t="s">
-        <v>1961</v>
+        <v>1969</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
         <v>25</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
         <v>27</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1962</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>4969</v>
+        <v>4508</v>
       </c>
       <c r="B213" t="s">
-        <v>1963</v>
+        <v>1971</v>
       </c>
       <c r="C213" t="s">
-        <v>1964</v>
+        <v>1972</v>
       </c>
       <c r="D213" t="s">
-        <v>1965</v>
+        <v>1973</v>
       </c>
       <c r="E213" t="s">
-        <v>1966</v>
+        <v>1974</v>
       </c>
       <c r="F213" t="s">
-        <v>1967</v>
+        <v>1975</v>
       </c>
       <c r="G213" t="s">
-        <v>1968</v>
+        <v>1976</v>
       </c>
       <c r="H213" t="s">
-        <v>1969</v>
+        <v>1977</v>
       </c>
       <c r="I213" t="s">
-        <v>1970</v>
+        <v>1978</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
         <v>25</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
         <v>27</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1971</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5037</v>
+        <v>4520</v>
       </c>
       <c r="B214" t="s">
-        <v>1972</v>
+        <v>1980</v>
       </c>
       <c r="C214" t="s">
-        <v>1973</v>
+        <v>1981</v>
       </c>
       <c r="D214" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="E214" t="s">
-        <v>1975</v>
+        <v>1983</v>
       </c>
       <c r="F214" t="s">
-        <v>1976</v>
+        <v>1984</v>
       </c>
       <c r="G214" t="s">
-        <v>1977</v>
+        <v>1985</v>
       </c>
       <c r="H214" t="s">
-        <v>1978</v>
+        <v>1986</v>
       </c>
       <c r="I214" t="s">
-        <v>1979</v>
+        <v>1987</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1980</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5272</v>
+        <v>4521</v>
       </c>
       <c r="B215" t="s">
-        <v>1981</v>
+        <v>1989</v>
       </c>
       <c r="C215" t="s">
-        <v>1982</v>
+        <v>1990</v>
       </c>
       <c r="D215" t="s">
-        <v>1983</v>
+        <v>1991</v>
       </c>
       <c r="E215" t="s">
-        <v>1984</v>
+        <v>1992</v>
       </c>
       <c r="F215" t="s">
-        <v>1985</v>
+        <v>1993</v>
       </c>
       <c r="G215" t="s">
-        <v>1986</v>
+        <v>1994</v>
       </c>
       <c r="H215" t="s">
-        <v>1987</v>
+        <v>1995</v>
       </c>
       <c r="I215" t="s">
-        <v>1988</v>
+        <v>1996</v>
       </c>
       <c r="J215" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>745</v>
+        <v>25</v>
       </c>
       <c r="L215" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>746</v>
+        <v>27</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1989</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5273</v>
+        <v>4525</v>
       </c>
       <c r="B216" t="s">
-        <v>1990</v>
+        <v>1998</v>
       </c>
       <c r="C216" t="s">
-        <v>1991</v>
+        <v>1999</v>
       </c>
       <c r="D216" t="s">
-        <v>1992</v>
+        <v>2000</v>
       </c>
       <c r="E216" t="s">
-        <v>1993</v>
+        <v>2001</v>
       </c>
       <c r="F216" t="s">
-        <v>1994</v>
+        <v>2002</v>
       </c>
       <c r="G216" t="s">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="H216" t="s">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="I216" t="s">
-        <v>1997</v>
+        <v>2005</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>1998</v>
+        <v>25</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>1999</v>
+        <v>27</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2000</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5326</v>
+        <v>4527</v>
       </c>
       <c r="B217" t="s">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="C217" t="s">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="D217" t="s">
-        <v>2003</v>
+        <v>2009</v>
       </c>
       <c r="E217" t="s">
-        <v>2004</v>
+        <v>2010</v>
       </c>
       <c r="F217" t="s">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="G217" t="s">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="H217" t="s">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="I217" t="s">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2009</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5330</v>
+        <v>4535</v>
       </c>
       <c r="B218" t="s">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="C218" t="s">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="D218" t="s">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="E218" t="s">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="F218" t="s">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="G218" t="s">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="H218" t="s">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="I218" t="s">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2018</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5331</v>
+        <v>4538</v>
       </c>
       <c r="B219" t="s">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="C219" t="s">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="D219" t="s">
-        <v>2021</v>
+        <v>2027</v>
       </c>
       <c r="E219" t="s">
-        <v>2022</v>
+        <v>2028</v>
       </c>
       <c r="F219" t="s">
-        <v>2023</v>
+        <v>2029</v>
       </c>
       <c r="G219" t="s">
-        <v>2024</v>
+        <v>2030</v>
       </c>
       <c r="H219" t="s">
-        <v>2025</v>
+        <v>2031</v>
       </c>
       <c r="I219" t="s">
-        <v>2026</v>
+        <v>2032</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2027</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5332</v>
+        <v>4540</v>
       </c>
       <c r="B220" t="s">
-        <v>2028</v>
+        <v>2034</v>
       </c>
       <c r="C220" t="s">
-        <v>2029</v>
+        <v>2035</v>
       </c>
       <c r="D220" t="s">
-        <v>2030</v>
+        <v>2036</v>
       </c>
       <c r="E220" t="s">
-        <v>2031</v>
+        <v>2037</v>
       </c>
       <c r="F220" t="s">
-        <v>2032</v>
+        <v>2038</v>
       </c>
       <c r="G220" t="s">
-        <v>2033</v>
+        <v>2039</v>
       </c>
       <c r="H220" t="s">
-        <v>2034</v>
+        <v>2040</v>
       </c>
       <c r="I220" t="s">
-        <v>2035</v>
+        <v>2041</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
         <v>25</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
         <v>27</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2036</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5333</v>
+        <v>4545</v>
       </c>
       <c r="B221" t="s">
-        <v>2037</v>
+        <v>2043</v>
       </c>
       <c r="C221" t="s">
-        <v>2038</v>
+        <v>2044</v>
       </c>
       <c r="D221" t="s">
-        <v>2039</v>
+        <v>2045</v>
       </c>
       <c r="E221" t="s">
-        <v>2040</v>
+        <v>2046</v>
       </c>
       <c r="F221" t="s">
-        <v>2041</v>
+        <v>2047</v>
       </c>
       <c r="G221" t="s">
-        <v>2042</v>
+        <v>2048</v>
       </c>
       <c r="H221" t="s">
-        <v>2043</v>
+        <v>2049</v>
       </c>
       <c r="I221" t="s">
-        <v>2044</v>
+        <v>2050</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
         <v>25</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
         <v>27</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2045</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5335</v>
+        <v>4549</v>
       </c>
       <c r="B222" t="s">
-        <v>2046</v>
+        <v>2052</v>
       </c>
       <c r="C222" t="s">
-        <v>2047</v>
+        <v>2053</v>
       </c>
       <c r="D222" t="s">
-        <v>2048</v>
+        <v>2054</v>
       </c>
       <c r="E222" t="s">
-        <v>2049</v>
+        <v>2055</v>
       </c>
       <c r="F222" t="s">
-        <v>2050</v>
+        <v>2056</v>
       </c>
       <c r="G222" t="s">
-        <v>2051</v>
+        <v>2057</v>
       </c>
       <c r="H222" t="s">
-        <v>2052</v>
+        <v>2058</v>
       </c>
       <c r="I222" t="s">
-        <v>2053</v>
+        <v>2059</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
         <v>25</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
         <v>27</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2054</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5346</v>
+        <v>4555</v>
       </c>
       <c r="B223" t="s">
-        <v>2055</v>
+        <v>2061</v>
       </c>
       <c r="C223" t="s">
-        <v>2056</v>
+        <v>2062</v>
       </c>
       <c r="D223" t="s">
-        <v>2057</v>
+        <v>2063</v>
       </c>
       <c r="E223" t="s">
-        <v>2058</v>
+        <v>2064</v>
       </c>
       <c r="F223" t="s">
-        <v>2059</v>
+        <v>2065</v>
       </c>
       <c r="G223" t="s">
-        <v>2060</v>
+        <v>2066</v>
       </c>
       <c r="H223" t="s">
-        <v>2061</v>
+        <v>2067</v>
       </c>
       <c r="I223" t="s">
-        <v>2062</v>
+        <v>2068</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>2063</v>
+        <v>206</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>2064</v>
+        <v>207</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2065</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5347</v>
+        <v>4556</v>
       </c>
       <c r="B224" t="s">
-        <v>2066</v>
+        <v>2070</v>
       </c>
       <c r="C224" t="s">
-        <v>2067</v>
+        <v>2071</v>
       </c>
       <c r="D224" t="s">
-        <v>2068</v>
+        <v>2072</v>
       </c>
       <c r="E224" t="s">
-        <v>2069</v>
+        <v>2073</v>
       </c>
       <c r="F224" t="s">
-        <v>2070</v>
+        <v>2074</v>
       </c>
       <c r="G224" t="s">
-        <v>2071</v>
+        <v>2075</v>
       </c>
       <c r="H224" t="s">
-        <v>2072</v>
+        <v>2076</v>
       </c>
       <c r="I224" t="s">
-        <v>2073</v>
+        <v>2077</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2074</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5348</v>
+        <v>4558</v>
       </c>
       <c r="B225" t="s">
-        <v>2075</v>
+        <v>2079</v>
       </c>
       <c r="C225" t="s">
-        <v>2076</v>
+        <v>2080</v>
       </c>
       <c r="D225" t="s">
-        <v>2077</v>
+        <v>2081</v>
       </c>
       <c r="E225" t="s">
-        <v>2078</v>
+        <v>2082</v>
       </c>
       <c r="F225" t="s">
-        <v>2079</v>
+        <v>2083</v>
       </c>
       <c r="G225" t="s">
-        <v>2080</v>
+        <v>2084</v>
       </c>
       <c r="H225" t="s">
-        <v>2081</v>
+        <v>2085</v>
       </c>
       <c r="I225" t="s">
-        <v>2082</v>
+        <v>2086</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2083</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5351</v>
+        <v>4559</v>
       </c>
       <c r="B226" t="s">
-        <v>2084</v>
+        <v>2088</v>
       </c>
       <c r="C226" t="s">
-        <v>2085</v>
+        <v>2089</v>
       </c>
       <c r="D226" t="s">
-        <v>2086</v>
+        <v>2090</v>
       </c>
       <c r="E226" t="s">
-        <v>2087</v>
+        <v>2091</v>
       </c>
       <c r="F226" t="s">
-        <v>2088</v>
+        <v>2092</v>
       </c>
       <c r="G226" t="s">
-        <v>2089</v>
+        <v>2093</v>
       </c>
       <c r="H226" t="s">
-        <v>2090</v>
+        <v>2094</v>
       </c>
       <c r="I226" t="s">
-        <v>2091</v>
+        <v>2095</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2092</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5353</v>
+        <v>4560</v>
       </c>
       <c r="B227" t="s">
-        <v>2093</v>
+        <v>2097</v>
       </c>
       <c r="C227" t="s">
-        <v>2094</v>
+        <v>2098</v>
       </c>
       <c r="D227" t="s">
-        <v>2095</v>
+        <v>2099</v>
       </c>
       <c r="E227" t="s">
-        <v>2096</v>
+        <v>2100</v>
       </c>
       <c r="F227" t="s">
-        <v>2097</v>
+        <v>2101</v>
       </c>
       <c r="G227" t="s">
-        <v>2098</v>
+        <v>2102</v>
       </c>
       <c r="H227" t="s">
-        <v>2099</v>
+        <v>2103</v>
       </c>
       <c r="I227" t="s">
-        <v>2100</v>
+        <v>2104</v>
       </c>
       <c r="J227" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>904</v>
+        <v>25</v>
       </c>
       <c r="L227" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M227" t="s">
-        <v>905</v>
+        <v>27</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2101</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5354</v>
+        <v>4563</v>
       </c>
       <c r="B228" t="s">
-        <v>2102</v>
+        <v>2106</v>
       </c>
       <c r="C228" t="s">
-        <v>2103</v>
+        <v>2107</v>
       </c>
       <c r="D228" t="s">
-        <v>2104</v>
+        <v>2108</v>
       </c>
       <c r="E228" t="s">
-        <v>2105</v>
+        <v>2109</v>
       </c>
       <c r="F228" t="s">
-        <v>2106</v>
+        <v>2110</v>
       </c>
       <c r="G228" t="s">
-        <v>2107</v>
+        <v>2111</v>
       </c>
       <c r="H228" t="s">
-        <v>2108</v>
+        <v>2112</v>
       </c>
       <c r="I228" t="s">
-        <v>2109</v>
+        <v>2113</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2110</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5359</v>
+        <v>4564</v>
       </c>
       <c r="B229" t="s">
-        <v>2111</v>
+        <v>2115</v>
       </c>
       <c r="C229" t="s">
-        <v>2112</v>
+        <v>2116</v>
       </c>
       <c r="D229" t="s">
-        <v>2113</v>
+        <v>2117</v>
       </c>
       <c r="E229" t="s">
-        <v>2114</v>
+        <v>2118</v>
       </c>
       <c r="F229" t="s">
-        <v>2115</v>
+        <v>2119</v>
       </c>
       <c r="G229" t="s">
-        <v>2116</v>
+        <v>2120</v>
       </c>
       <c r="H229" t="s">
-        <v>2117</v>
+        <v>2121</v>
       </c>
       <c r="I229" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>25</v>
+        <v>2123</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>27</v>
+        <v>2124</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2119</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5364</v>
+        <v>4566</v>
       </c>
       <c r="B230" t="s">
-        <v>2120</v>
+        <v>2126</v>
       </c>
       <c r="C230" t="s">
-        <v>2121</v>
+        <v>2127</v>
       </c>
       <c r="D230" t="s">
-        <v>2122</v>
+        <v>2128</v>
       </c>
       <c r="E230" t="s">
-        <v>2123</v>
+        <v>2129</v>
       </c>
       <c r="F230" t="s">
-        <v>2124</v>
+        <v>2130</v>
       </c>
       <c r="G230" t="s">
-        <v>2125</v>
+        <v>2131</v>
       </c>
       <c r="H230" t="s">
-        <v>2126</v>
+        <v>2132</v>
       </c>
       <c r="I230" t="s">
-        <v>2127</v>
+        <v>2133</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2128</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5365</v>
+        <v>4568</v>
       </c>
       <c r="B231" t="s">
-        <v>2129</v>
+        <v>2135</v>
       </c>
       <c r="C231" t="s">
-        <v>2130</v>
+        <v>2136</v>
       </c>
       <c r="D231" t="s">
-        <v>2131</v>
+        <v>2137</v>
       </c>
       <c r="E231" t="s">
-        <v>2132</v>
+        <v>2138</v>
       </c>
       <c r="F231" t="s">
-        <v>2133</v>
+        <v>2139</v>
       </c>
       <c r="G231" t="s">
-        <v>2134</v>
+        <v>2140</v>
       </c>
       <c r="H231" t="s">
-        <v>2135</v>
+        <v>2141</v>
       </c>
       <c r="I231" t="s">
-        <v>2136</v>
+        <v>2142</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
         <v>25</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
         <v>27</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2137</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5367</v>
+        <v>4704</v>
       </c>
       <c r="B232" t="s">
-        <v>2138</v>
+        <v>2144</v>
       </c>
       <c r="C232" t="s">
-        <v>2139</v>
+        <v>2145</v>
       </c>
       <c r="D232" t="s">
-        <v>2140</v>
+        <v>2146</v>
       </c>
       <c r="E232" t="s">
-        <v>2141</v>
+        <v>2147</v>
       </c>
       <c r="F232" t="s">
-        <v>2142</v>
+        <v>2148</v>
       </c>
       <c r="G232" t="s">
-        <v>2143</v>
+        <v>2149</v>
       </c>
       <c r="H232" t="s">
-        <v>2144</v>
+        <v>2150</v>
       </c>
       <c r="I232" t="s">
-        <v>2145</v>
+        <v>2151</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2146</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5368</v>
+        <v>4706</v>
       </c>
       <c r="B233" t="s">
-        <v>2147</v>
+        <v>2153</v>
       </c>
       <c r="C233" t="s">
-        <v>2148</v>
+        <v>2154</v>
       </c>
       <c r="D233" t="s">
-        <v>2149</v>
+        <v>2155</v>
       </c>
       <c r="E233" t="s">
-        <v>2150</v>
+        <v>2156</v>
       </c>
       <c r="F233" t="s">
-        <v>2151</v>
+        <v>2157</v>
       </c>
       <c r="G233" t="s">
-        <v>2152</v>
+        <v>2158</v>
       </c>
       <c r="H233" t="s">
-        <v>2153</v>
+        <v>2159</v>
       </c>
       <c r="I233" t="s">
-        <v>2154</v>
+        <v>2160</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2155</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5371</v>
+        <v>4709</v>
       </c>
       <c r="B234" t="s">
-        <v>2156</v>
+        <v>2162</v>
       </c>
       <c r="C234" t="s">
-        <v>2157</v>
+        <v>2163</v>
       </c>
       <c r="D234" t="s">
-        <v>2158</v>
+        <v>2164</v>
       </c>
       <c r="E234" t="s">
-        <v>2159</v>
+        <v>2165</v>
       </c>
       <c r="F234" t="s">
-        <v>2160</v>
+        <v>2166</v>
       </c>
       <c r="G234" t="s">
-        <v>2161</v>
+        <v>2167</v>
       </c>
       <c r="H234" t="s">
-        <v>2162</v>
+        <v>2168</v>
       </c>
       <c r="I234" t="s">
-        <v>2163</v>
+        <v>2169</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>2164</v>
+        <v>47</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
-        <v>2165</v>
+        <v>48</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2166</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5372</v>
+        <v>4711</v>
       </c>
       <c r="B235" t="s">
-        <v>2167</v>
+        <v>2171</v>
       </c>
       <c r="C235" t="s">
-        <v>2168</v>
+        <v>2172</v>
       </c>
       <c r="D235" t="s">
-        <v>2169</v>
+        <v>2173</v>
       </c>
       <c r="E235" t="s">
-        <v>2170</v>
+        <v>2174</v>
       </c>
       <c r="F235" t="s">
-        <v>2171</v>
+        <v>2175</v>
       </c>
       <c r="G235" t="s">
-        <v>2172</v>
+        <v>2176</v>
       </c>
       <c r="H235" t="s">
-        <v>2173</v>
+        <v>2177</v>
       </c>
       <c r="I235" t="s">
-        <v>2174</v>
+        <v>2178</v>
       </c>
       <c r="J235" t="s">
-        <v>24</v>
+        <v>2179</v>
       </c>
       <c r="K235" t="s">
-        <v>25</v>
+        <v>2180</v>
       </c>
       <c r="L235" t="s">
-        <v>26</v>
+        <v>2181</v>
       </c>
       <c r="M235" t="s">
-        <v>27</v>
+        <v>2182</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2175</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5375</v>
+        <v>4716</v>
       </c>
       <c r="B236" t="s">
-        <v>2176</v>
+        <v>2184</v>
       </c>
       <c r="C236" t="s">
-        <v>2177</v>
+        <v>2185</v>
       </c>
       <c r="D236" t="s">
-        <v>2178</v>
+        <v>2186</v>
       </c>
       <c r="E236" t="s">
-        <v>2179</v>
+        <v>2187</v>
       </c>
       <c r="F236" t="s">
-        <v>2180</v>
+        <v>2188</v>
       </c>
       <c r="G236" t="s">
-        <v>2181</v>
+        <v>2189</v>
       </c>
       <c r="H236" t="s">
-        <v>2182</v>
+        <v>2190</v>
       </c>
       <c r="I236" t="s">
-        <v>2183</v>
+        <v>2191</v>
       </c>
       <c r="J236" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>274</v>
+        <v>1322</v>
       </c>
       <c r="L236" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M236" t="s">
-        <v>275</v>
+        <v>1323</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2184</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5377</v>
+        <v>4717</v>
       </c>
       <c r="B237" t="s">
-        <v>2185</v>
+        <v>2193</v>
       </c>
       <c r="C237" t="s">
-        <v>2186</v>
+        <v>2194</v>
       </c>
       <c r="D237" t="s">
-        <v>2187</v>
+        <v>2195</v>
       </c>
       <c r="E237" t="s">
-        <v>2188</v>
+        <v>2196</v>
       </c>
       <c r="F237" t="s">
-        <v>2189</v>
+        <v>2197</v>
       </c>
       <c r="G237" t="s">
-        <v>2190</v>
+        <v>2198</v>
       </c>
       <c r="H237" t="s">
-        <v>2191</v>
+        <v>2199</v>
       </c>
       <c r="I237" t="s">
-        <v>2192</v>
+        <v>2200</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
         <v>25</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
         <v>27</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2193</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5378</v>
+        <v>4721</v>
       </c>
       <c r="B238" t="s">
-        <v>2194</v>
+        <v>2202</v>
       </c>
       <c r="C238" t="s">
-        <v>2195</v>
+        <v>2203</v>
       </c>
       <c r="D238" t="s">
-        <v>2196</v>
+        <v>2204</v>
       </c>
       <c r="E238" t="s">
-        <v>2197</v>
+        <v>2205</v>
       </c>
       <c r="F238" t="s">
-        <v>2198</v>
+        <v>2206</v>
       </c>
       <c r="G238" t="s">
-        <v>2199</v>
+        <v>2207</v>
       </c>
       <c r="H238" t="s">
-        <v>2200</v>
+        <v>2208</v>
       </c>
       <c r="I238" t="s">
-        <v>2201</v>
+        <v>2209</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>25</v>
+        <v>1322</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>27</v>
+        <v>1323</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2202</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5379</v>
+        <v>4722</v>
       </c>
       <c r="B239" t="s">
-        <v>2203</v>
+        <v>2211</v>
       </c>
       <c r="C239" t="s">
-        <v>2204</v>
+        <v>2212</v>
       </c>
       <c r="D239" t="s">
-        <v>2205</v>
+        <v>2213</v>
       </c>
       <c r="E239" t="s">
-        <v>2206</v>
+        <v>2214</v>
       </c>
       <c r="F239" t="s">
-        <v>2207</v>
+        <v>2215</v>
       </c>
       <c r="G239" t="s">
-        <v>2208</v>
+        <v>2216</v>
       </c>
       <c r="H239" t="s">
-        <v>2209</v>
+        <v>2217</v>
       </c>
       <c r="I239" t="s">
-        <v>2210</v>
+        <v>2218</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>25</v>
+        <v>2219</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
-        <v>27</v>
+        <v>2220</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2211</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5380</v>
+        <v>4723</v>
       </c>
       <c r="B240" t="s">
-        <v>2212</v>
+        <v>2222</v>
       </c>
       <c r="C240" t="s">
-        <v>2213</v>
+        <v>2223</v>
       </c>
       <c r="D240" t="s">
-        <v>2214</v>
+        <v>2224</v>
       </c>
       <c r="E240" t="s">
-        <v>2215</v>
+        <v>2225</v>
       </c>
       <c r="F240" t="s">
-        <v>2216</v>
+        <v>2226</v>
       </c>
       <c r="G240" t="s">
-        <v>2217</v>
+        <v>2227</v>
       </c>
       <c r="H240" t="s">
-        <v>2218</v>
+        <v>2228</v>
       </c>
       <c r="I240" t="s">
-        <v>2219</v>
+        <v>2229</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>25</v>
+        <v>2230</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
-        <v>27</v>
+        <v>2231</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2220</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5382</v>
+        <v>4792</v>
       </c>
       <c r="B241" t="s">
-        <v>2221</v>
+        <v>2233</v>
       </c>
       <c r="C241" t="s">
-        <v>2222</v>
+        <v>2234</v>
       </c>
       <c r="D241" t="s">
-        <v>2223</v>
+        <v>2235</v>
       </c>
       <c r="E241" t="s">
-        <v>2224</v>
+        <v>2236</v>
       </c>
       <c r="F241" t="s">
-        <v>2225</v>
+        <v>2237</v>
       </c>
       <c r="G241" t="s">
-        <v>2226</v>
+        <v>2238</v>
       </c>
       <c r="H241" t="s">
-        <v>2227</v>
+        <v>2239</v>
       </c>
       <c r="I241" t="s">
-        <v>2228</v>
+        <v>2240</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2229</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5393</v>
+        <v>4801</v>
       </c>
       <c r="B242" t="s">
-        <v>2230</v>
+        <v>2242</v>
       </c>
       <c r="C242" t="s">
-        <v>2231</v>
+        <v>2243</v>
       </c>
       <c r="D242" t="s">
-        <v>2232</v>
+        <v>2244</v>
       </c>
       <c r="E242" t="s">
-        <v>2233</v>
+        <v>2245</v>
       </c>
       <c r="F242" t="s">
-        <v>2234</v>
+        <v>2246</v>
       </c>
       <c r="G242" t="s">
-        <v>2235</v>
+        <v>2247</v>
       </c>
       <c r="H242" t="s">
-        <v>2236</v>
+        <v>2248</v>
       </c>
       <c r="I242" t="s">
-        <v>2237</v>
+        <v>2249</v>
       </c>
       <c r="J242" t="s">
         <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L242" t="s">
         <v>26</v>
       </c>
       <c r="M242" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2238</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5394</v>
+        <v>4809</v>
       </c>
       <c r="B243" t="s">
-        <v>2239</v>
+        <v>2251</v>
       </c>
       <c r="C243" t="s">
-        <v>2240</v>
+        <v>2252</v>
       </c>
       <c r="D243" t="s">
-        <v>2241</v>
+        <v>2253</v>
       </c>
       <c r="E243" t="s">
-        <v>2242</v>
+        <v>2254</v>
       </c>
       <c r="F243" t="s">
-        <v>2243</v>
+        <v>2255</v>
       </c>
       <c r="G243" t="s">
-        <v>2244</v>
+        <v>2256</v>
       </c>
       <c r="H243" t="s">
-        <v>2245</v>
+        <v>2257</v>
       </c>
       <c r="I243" t="s">
-        <v>2246</v>
+        <v>2258</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2247</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5403</v>
+        <v>4810</v>
       </c>
       <c r="B244" t="s">
-        <v>2248</v>
+        <v>2260</v>
       </c>
       <c r="C244" t="s">
-        <v>2249</v>
+        <v>2261</v>
       </c>
       <c r="D244" t="s">
-        <v>2250</v>
+        <v>2262</v>
       </c>
       <c r="E244" t="s">
-        <v>2251</v>
+        <v>2263</v>
       </c>
       <c r="F244" t="s">
-        <v>2252</v>
+        <v>2264</v>
       </c>
       <c r="G244" t="s">
-        <v>2253</v>
+        <v>2265</v>
       </c>
       <c r="H244" t="s">
-        <v>2254</v>
+        <v>2266</v>
       </c>
       <c r="I244" t="s">
-        <v>2255</v>
+        <v>2267</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>2256</v>
+        <v>206</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
+      <c r="M244" t="s">
+        <v>207</v>
+      </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2257</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5431</v>
+        <v>4811</v>
       </c>
       <c r="B245" t="s">
-        <v>2258</v>
+        <v>2269</v>
       </c>
       <c r="C245" t="s">
-        <v>2259</v>
+        <v>2270</v>
       </c>
       <c r="D245" t="s">
-        <v>2260</v>
+        <v>2271</v>
       </c>
       <c r="E245" t="s">
-        <v>2261</v>
+        <v>2272</v>
       </c>
       <c r="F245" t="s">
-        <v>2262</v>
+        <v>2273</v>
       </c>
       <c r="G245" t="s">
-        <v>2263</v>
+        <v>2274</v>
       </c>
       <c r="H245" t="s">
-        <v>2264</v>
+        <v>2275</v>
       </c>
       <c r="I245" t="s">
-        <v>2265</v>
+        <v>2276</v>
       </c>
       <c r="J245" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>274</v>
+        <v>1590</v>
       </c>
       <c r="L245" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M245" t="s">
-        <v>275</v>
+        <v>1592</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2266</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5433</v>
+        <v>4815</v>
       </c>
       <c r="B246" t="s">
-        <v>2267</v>
+        <v>2278</v>
       </c>
       <c r="C246" t="s">
-        <v>2268</v>
+        <v>2279</v>
       </c>
       <c r="D246" t="s">
-        <v>2269</v>
+        <v>2280</v>
       </c>
       <c r="E246" t="s">
-        <v>2270</v>
+        <v>2281</v>
       </c>
       <c r="F246" t="s">
-        <v>2271</v>
+        <v>2282</v>
       </c>
       <c r="G246" t="s">
-        <v>2272</v>
+        <v>2283</v>
       </c>
       <c r="H246" t="s">
-        <v>2273</v>
+        <v>2284</v>
       </c>
       <c r="I246" t="s">
-        <v>2274</v>
+        <v>2285</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2275</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5435</v>
+        <v>4817</v>
       </c>
       <c r="B247" t="s">
-        <v>2276</v>
+        <v>2287</v>
       </c>
       <c r="C247" t="s">
-        <v>2277</v>
+        <v>2288</v>
       </c>
       <c r="D247" t="s">
-        <v>2278</v>
+        <v>2289</v>
       </c>
       <c r="E247" t="s">
-        <v>2279</v>
+        <v>2290</v>
       </c>
       <c r="F247" t="s">
-        <v>2280</v>
+        <v>2291</v>
       </c>
       <c r="G247" t="s">
-        <v>2281</v>
+        <v>2292</v>
       </c>
       <c r="H247" t="s">
-        <v>2282</v>
+        <v>2293</v>
       </c>
       <c r="I247" t="s">
-        <v>2283</v>
+        <v>2294</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2284</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5436</v>
+        <v>4849</v>
       </c>
       <c r="B248" t="s">
-        <v>2285</v>
+        <v>2296</v>
       </c>
       <c r="C248" t="s">
-        <v>2286</v>
+        <v>2297</v>
       </c>
       <c r="D248" t="s">
-        <v>2287</v>
+        <v>2298</v>
       </c>
       <c r="E248" t="s">
-        <v>2288</v>
+        <v>2299</v>
       </c>
       <c r="F248" t="s">
-        <v>2289</v>
+        <v>2300</v>
       </c>
       <c r="G248" t="s">
-        <v>2290</v>
+        <v>2301</v>
       </c>
       <c r="H248" t="s">
-        <v>2291</v>
+        <v>2302</v>
       </c>
       <c r="I248" t="s">
-        <v>2292</v>
+        <v>2303</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
         <v>25</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
         <v>27</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2293</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5437</v>
+        <v>4850</v>
       </c>
       <c r="B249" t="s">
-        <v>2294</v>
+        <v>2305</v>
       </c>
       <c r="C249" t="s">
-        <v>2295</v>
+        <v>2306</v>
       </c>
       <c r="D249" t="s">
-        <v>2296</v>
+        <v>2307</v>
       </c>
       <c r="E249" t="s">
-        <v>2297</v>
+        <v>2308</v>
       </c>
       <c r="F249" t="s">
-        <v>2298</v>
+        <v>2309</v>
       </c>
       <c r="G249" t="s">
-        <v>2299</v>
+        <v>2310</v>
       </c>
       <c r="H249" t="s">
-        <v>2300</v>
+        <v>2311</v>
       </c>
       <c r="I249" t="s">
-        <v>2301</v>
+        <v>2312</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
         <v>25</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
         <v>27</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2302</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5439</v>
+        <v>4935</v>
       </c>
       <c r="B250" t="s">
-        <v>2303</v>
+        <v>2314</v>
       </c>
       <c r="C250" t="s">
-        <v>2304</v>
+        <v>2315</v>
       </c>
       <c r="D250" t="s">
-        <v>2305</v>
+        <v>2316</v>
       </c>
       <c r="E250" t="s">
-        <v>2306</v>
+        <v>2317</v>
       </c>
       <c r="F250" t="s">
-        <v>2307</v>
+        <v>2318</v>
       </c>
       <c r="G250" t="s">
-        <v>2308</v>
+        <v>2319</v>
       </c>
       <c r="H250" t="s">
-        <v>2309</v>
+        <v>2320</v>
       </c>
       <c r="I250" t="s">
-        <v>2310</v>
+        <v>2321</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2311</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5456</v>
+        <v>4936</v>
       </c>
       <c r="B251" t="s">
-        <v>2312</v>
+        <v>2323</v>
       </c>
       <c r="C251" t="s">
-        <v>2313</v>
+        <v>2324</v>
       </c>
       <c r="D251" t="s">
-        <v>2314</v>
+        <v>2325</v>
       </c>
       <c r="E251" t="s">
-        <v>2315</v>
+        <v>2326</v>
       </c>
       <c r="F251" t="s">
-        <v>2316</v>
+        <v>2327</v>
       </c>
       <c r="G251" t="s">
-        <v>2317</v>
+        <v>2328</v>
       </c>
       <c r="H251" t="s">
-        <v>2318</v>
+        <v>2329</v>
       </c>
       <c r="I251" t="s">
-        <v>2319</v>
+        <v>2330</v>
       </c>
       <c r="J251" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>1476</v>
+        <v>25</v>
       </c>
       <c r="L251" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>1478</v>
+        <v>27</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2320</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5474</v>
+        <v>4939</v>
       </c>
       <c r="B252" t="s">
-        <v>2321</v>
+        <v>2332</v>
       </c>
       <c r="C252" t="s">
-        <v>2322</v>
+        <v>2333</v>
       </c>
       <c r="D252" t="s">
-        <v>2323</v>
+        <v>2334</v>
       </c>
       <c r="E252" t="s">
-        <v>2324</v>
+        <v>2335</v>
       </c>
       <c r="F252" t="s">
-        <v>2325</v>
+        <v>2336</v>
       </c>
       <c r="G252" t="s">
-        <v>2326</v>
+        <v>2337</v>
       </c>
       <c r="H252" t="s">
-        <v>2327</v>
+        <v>2338</v>
       </c>
       <c r="I252" t="s">
-        <v>2328</v>
+        <v>2339</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2329</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5475</v>
+        <v>4944</v>
       </c>
       <c r="B253" t="s">
-        <v>2330</v>
+        <v>2341</v>
       </c>
       <c r="C253" t="s">
-        <v>2331</v>
+        <v>2342</v>
       </c>
       <c r="D253" t="s">
-        <v>2332</v>
+        <v>2343</v>
       </c>
       <c r="E253" t="s">
-        <v>2333</v>
+        <v>2344</v>
       </c>
       <c r="F253" t="s">
-        <v>2334</v>
+        <v>2345</v>
       </c>
       <c r="G253" t="s">
-        <v>2335</v>
+        <v>2346</v>
       </c>
       <c r="H253" t="s">
-        <v>2336</v>
+        <v>2347</v>
       </c>
       <c r="I253" t="s">
-        <v>2337</v>
+        <v>2348</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2338</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5476</v>
+        <v>4947</v>
       </c>
       <c r="B254" t="s">
-        <v>2339</v>
+        <v>2350</v>
       </c>
       <c r="C254" t="s">
-        <v>2340</v>
+        <v>2351</v>
       </c>
       <c r="D254" t="s">
-        <v>2341</v>
+        <v>2352</v>
       </c>
       <c r="E254" t="s">
-        <v>2342</v>
+        <v>2353</v>
       </c>
       <c r="F254" t="s">
-        <v>2343</v>
+        <v>2354</v>
       </c>
       <c r="G254" t="s">
-        <v>2344</v>
+        <v>2355</v>
       </c>
       <c r="H254" t="s">
-        <v>2345</v>
+        <v>2356</v>
       </c>
       <c r="I254" t="s">
-        <v>2346</v>
+        <v>2357</v>
       </c>
       <c r="J254" t="s">
-        <v>2347</v>
+        <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>1228</v>
+        <v>47</v>
       </c>
       <c r="L254" t="s">
-        <v>2348</v>
+        <v>26</v>
       </c>
       <c r="M254" t="s">
-        <v>1229</v>
+        <v>48</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2349</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5478</v>
+        <v>4950</v>
       </c>
       <c r="B255" t="s">
-        <v>2350</v>
+        <v>2359</v>
       </c>
       <c r="C255" t="s">
-        <v>2351</v>
+        <v>2360</v>
       </c>
       <c r="D255" t="s">
-        <v>2352</v>
+        <v>2361</v>
       </c>
       <c r="E255" t="s">
-        <v>2353</v>
+        <v>2362</v>
       </c>
       <c r="F255" t="s">
-        <v>2354</v>
+        <v>2363</v>
       </c>
       <c r="G255" t="s">
-        <v>2355</v>
+        <v>2364</v>
       </c>
       <c r="H255" t="s">
-        <v>2356</v>
+        <v>2365</v>
       </c>
       <c r="I255" t="s">
-        <v>2357</v>
+        <v>2366</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>25</v>
+        <v>1590</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>27</v>
+        <v>1592</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2358</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5479</v>
+        <v>4958</v>
       </c>
       <c r="B256" t="s">
-        <v>2359</v>
+        <v>2368</v>
       </c>
       <c r="C256" t="s">
-        <v>2360</v>
+        <v>2369</v>
       </c>
       <c r="D256" t="s">
-        <v>2361</v>
+        <v>2370</v>
       </c>
       <c r="E256" t="s">
-        <v>2362</v>
+        <v>2371</v>
       </c>
       <c r="F256" t="s">
-        <v>2363</v>
+        <v>2372</v>
       </c>
       <c r="G256" t="s">
-        <v>2364</v>
+        <v>2373</v>
       </c>
       <c r="H256" t="s">
-        <v>2365</v>
+        <v>2374</v>
       </c>
       <c r="I256" t="s">
-        <v>2366</v>
+        <v>2375</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>579</v>
+        <v>206</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>580</v>
+        <v>207</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2367</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5482</v>
+        <v>4964</v>
       </c>
       <c r="B257" t="s">
-        <v>2368</v>
+        <v>2377</v>
       </c>
       <c r="C257" t="s">
-        <v>2369</v>
+        <v>2378</v>
       </c>
       <c r="D257" t="s">
-        <v>2370</v>
+        <v>2379</v>
       </c>
       <c r="E257" t="s">
-        <v>2371</v>
+        <v>2380</v>
       </c>
       <c r="F257" t="s">
-        <v>2372</v>
+        <v>2381</v>
       </c>
       <c r="G257" t="s">
-        <v>2373</v>
+        <v>2382</v>
       </c>
       <c r="H257" t="s">
-        <v>2374</v>
+        <v>2383</v>
       </c>
       <c r="I257" t="s">
-        <v>2375</v>
+        <v>2384</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>170</v>
+        <v>2385</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>171</v>
+        <v>2386</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2376</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5483</v>
+        <v>4965</v>
       </c>
       <c r="B258" t="s">
-        <v>2377</v>
+        <v>2388</v>
       </c>
       <c r="C258" t="s">
-        <v>2378</v>
+        <v>2389</v>
       </c>
       <c r="D258" t="s">
-        <v>2379</v>
+        <v>2390</v>
       </c>
       <c r="E258" t="s">
-        <v>2380</v>
+        <v>2391</v>
       </c>
       <c r="F258" t="s">
-        <v>2381</v>
+        <v>2392</v>
       </c>
       <c r="G258" t="s">
-        <v>2382</v>
+        <v>2393</v>
       </c>
       <c r="H258" t="s">
-        <v>2383</v>
+        <v>2394</v>
       </c>
       <c r="I258" t="s">
-        <v>2384</v>
+        <v>2395</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
         <v>25</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
         <v>27</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2385</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5485</v>
+        <v>4968</v>
       </c>
       <c r="B259" t="s">
-        <v>2386</v>
+        <v>2397</v>
       </c>
       <c r="C259" t="s">
-        <v>2387</v>
+        <v>2398</v>
       </c>
       <c r="D259" t="s">
-        <v>2388</v>
+        <v>2399</v>
       </c>
       <c r="E259" t="s">
-        <v>2389</v>
+        <v>2400</v>
       </c>
       <c r="F259" t="s">
-        <v>2390</v>
+        <v>2401</v>
       </c>
       <c r="G259" t="s">
-        <v>2391</v>
+        <v>2402</v>
       </c>
       <c r="H259" t="s">
-        <v>2392</v>
+        <v>2403</v>
       </c>
       <c r="I259" t="s">
-        <v>2393</v>
+        <v>2404</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>2394</v>
+        <v>25</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
-        <v>2395</v>
+        <v>27</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2396</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5487</v>
+        <v>4969</v>
       </c>
       <c r="B260" t="s">
-        <v>2397</v>
+        <v>2406</v>
       </c>
       <c r="C260" t="s">
-        <v>2398</v>
+        <v>2407</v>
       </c>
       <c r="D260" t="s">
-        <v>2399</v>
+        <v>2408</v>
       </c>
       <c r="E260" t="s">
-        <v>2400</v>
+        <v>2409</v>
       </c>
       <c r="F260" t="s">
-        <v>2401</v>
+        <v>2410</v>
       </c>
       <c r="G260" t="s">
-        <v>2402</v>
+        <v>2411</v>
       </c>
       <c r="H260" t="s">
-        <v>2403</v>
+        <v>2412</v>
       </c>
       <c r="I260" t="s">
-        <v>2404</v>
+        <v>2413</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>2405</v>
+        <v>25</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
+      <c r="M260" t="s">
+        <v>27</v>
+      </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2406</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5488</v>
+        <v>5020</v>
       </c>
       <c r="B261" t="s">
-        <v>2407</v>
+        <v>2415</v>
       </c>
       <c r="C261" t="s">
-        <v>2408</v>
+        <v>2416</v>
       </c>
       <c r="D261" t="s">
-        <v>2409</v>
+        <v>2417</v>
       </c>
       <c r="E261" t="s">
-        <v>2410</v>
+        <v>2418</v>
       </c>
       <c r="F261" t="s">
-        <v>2411</v>
+        <v>2419</v>
       </c>
       <c r="G261" t="s">
-        <v>2412</v>
+        <v>2420</v>
       </c>
       <c r="H261" t="s">
-        <v>2413</v>
+        <v>2421</v>
       </c>
       <c r="I261" t="s">
-        <v>2414</v>
+        <v>2422</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2415</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5489</v>
+        <v>5037</v>
       </c>
       <c r="B262" t="s">
-        <v>2416</v>
+        <v>2424</v>
       </c>
       <c r="C262" t="s">
-        <v>2417</v>
+        <v>2425</v>
       </c>
       <c r="D262" t="s">
-        <v>2418</v>
+        <v>2426</v>
       </c>
       <c r="E262" t="s">
-        <v>2419</v>
+        <v>2427</v>
       </c>
       <c r="F262" t="s">
-        <v>2420</v>
+        <v>2428</v>
       </c>
       <c r="G262" t="s">
-        <v>2421</v>
+        <v>2429</v>
       </c>
       <c r="H262" t="s">
-        <v>2422</v>
+        <v>2430</v>
       </c>
       <c r="I262" t="s">
-        <v>2423</v>
+        <v>2431</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>1266</v>
+        <v>206</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>1267</v>
+        <v>207</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2424</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5490</v>
+        <v>5100</v>
       </c>
       <c r="B263" t="s">
-        <v>2425</v>
+        <v>2433</v>
       </c>
       <c r="C263" t="s">
-        <v>2426</v>
+        <v>2434</v>
       </c>
       <c r="D263" t="s">
-        <v>2427</v>
+        <v>2435</v>
       </c>
       <c r="E263" t="s">
-        <v>2428</v>
+        <v>2436</v>
       </c>
       <c r="F263" t="s">
-        <v>2429</v>
+        <v>2437</v>
       </c>
       <c r="G263" t="s">
-        <v>2430</v>
+        <v>2438</v>
       </c>
       <c r="H263" t="s">
-        <v>2431</v>
+        <v>2439</v>
       </c>
       <c r="I263" t="s">
-        <v>2432</v>
+        <v>2440</v>
       </c>
       <c r="J263" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>2433</v>
+        <v>773</v>
       </c>
       <c r="L263" t="s">
-        <v>451</v>
+        <v>26</v>
+      </c>
+      <c r="M263" t="s">
+        <v>774</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2434</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5493</v>
+        <v>5141</v>
       </c>
       <c r="B264" t="s">
-        <v>2435</v>
+        <v>2442</v>
       </c>
       <c r="C264" t="s">
-        <v>2436</v>
+        <v>2443</v>
       </c>
       <c r="D264" t="s">
-        <v>2437</v>
+        <v>2444</v>
       </c>
       <c r="E264" t="s">
-        <v>2438</v>
+        <v>2445</v>
       </c>
       <c r="F264" t="s">
-        <v>2439</v>
+        <v>2446</v>
       </c>
       <c r="G264" t="s">
-        <v>2440</v>
+        <v>2447</v>
       </c>
       <c r="H264" t="s">
-        <v>2441</v>
+        <v>2448</v>
       </c>
       <c r="I264" t="s">
-        <v>2442</v>
+        <v>2449</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2443</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5496</v>
+        <v>5212</v>
       </c>
       <c r="B265" t="s">
-        <v>2444</v>
+        <v>2451</v>
       </c>
       <c r="C265" t="s">
-        <v>2445</v>
+        <v>2452</v>
       </c>
       <c r="D265" t="s">
-        <v>2446</v>
+        <v>2453</v>
       </c>
       <c r="E265" t="s">
-        <v>2447</v>
+        <v>2454</v>
       </c>
       <c r="F265" t="s">
-        <v>2448</v>
+        <v>2455</v>
       </c>
       <c r="G265" t="s">
-        <v>2449</v>
+        <v>2456</v>
       </c>
       <c r="H265" t="s">
-        <v>2450</v>
+        <v>2457</v>
       </c>
       <c r="I265" t="s">
-        <v>2451</v>
+        <v>2458</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2452</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5502</v>
+        <v>5272</v>
       </c>
       <c r="B266" t="s">
-        <v>2453</v>
+        <v>2460</v>
       </c>
       <c r="C266" t="s">
-        <v>2454</v>
+        <v>2461</v>
       </c>
       <c r="D266" t="s">
-        <v>2455</v>
+        <v>2462</v>
       </c>
       <c r="E266" t="s">
-        <v>2456</v>
+        <v>2463</v>
       </c>
       <c r="F266" t="s">
-        <v>2457</v>
+        <v>2464</v>
       </c>
       <c r="G266" t="s">
-        <v>2458</v>
+        <v>2465</v>
       </c>
       <c r="H266" t="s">
-        <v>2459</v>
+        <v>2466</v>
       </c>
       <c r="I266" t="s">
-        <v>2460</v>
+        <v>2467</v>
       </c>
       <c r="J266" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K266" t="s">
-        <v>25</v>
+        <v>829</v>
       </c>
       <c r="L266" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M266" t="s">
-        <v>27</v>
+        <v>830</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2461</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5503</v>
+        <v>5273</v>
       </c>
       <c r="B267" t="s">
-        <v>2462</v>
+        <v>2469</v>
       </c>
       <c r="C267" t="s">
-        <v>2463</v>
+        <v>2470</v>
       </c>
       <c r="D267" t="s">
-        <v>2464</v>
+        <v>2471</v>
       </c>
       <c r="E267" t="s">
-        <v>2465</v>
+        <v>2472</v>
       </c>
       <c r="F267" t="s">
-        <v>2466</v>
+        <v>2473</v>
       </c>
       <c r="G267" t="s">
-        <v>2467</v>
+        <v>2474</v>
       </c>
       <c r="H267" t="s">
-        <v>2468</v>
+        <v>2475</v>
       </c>
       <c r="I267" t="s">
-        <v>2469</v>
+        <v>2476</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>47</v>
+        <v>2385</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
-        <v>48</v>
+        <v>2386</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2470</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5504</v>
+        <v>5280</v>
       </c>
       <c r="B268" t="s">
-        <v>2471</v>
+        <v>2478</v>
       </c>
       <c r="C268" t="s">
-        <v>2472</v>
+        <v>2479</v>
       </c>
       <c r="D268" t="s">
-        <v>2473</v>
+        <v>2480</v>
       </c>
       <c r="E268" t="s">
-        <v>2474</v>
+        <v>2481</v>
       </c>
       <c r="F268" t="s">
-        <v>2475</v>
+        <v>2482</v>
       </c>
       <c r="G268" t="s">
-        <v>2476</v>
+        <v>2483</v>
       </c>
       <c r="H268" t="s">
-        <v>2477</v>
+        <v>2484</v>
       </c>
       <c r="I268" t="s">
-        <v>2478</v>
+        <v>2485</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2479</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5507</v>
+        <v>5326</v>
       </c>
       <c r="B269" t="s">
-        <v>2480</v>
+        <v>2487</v>
       </c>
       <c r="C269" t="s">
-        <v>2481</v>
+        <v>2488</v>
       </c>
       <c r="D269" t="s">
-        <v>2482</v>
+        <v>2489</v>
       </c>
       <c r="E269" t="s">
-        <v>2483</v>
+        <v>2490</v>
       </c>
       <c r="F269" t="s">
-        <v>2484</v>
+        <v>2491</v>
       </c>
       <c r="G269" t="s">
-        <v>2485</v>
+        <v>2492</v>
       </c>
       <c r="H269" t="s">
-        <v>2486</v>
+        <v>2493</v>
       </c>
       <c r="I269" t="s">
-        <v>2487</v>
+        <v>2494</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2488</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5509</v>
+        <v>5330</v>
       </c>
       <c r="B270" t="s">
-        <v>2489</v>
+        <v>2496</v>
       </c>
       <c r="C270" t="s">
-        <v>2490</v>
+        <v>2497</v>
       </c>
       <c r="D270" t="s">
-        <v>2491</v>
+        <v>2498</v>
       </c>
       <c r="E270" t="s">
-        <v>2492</v>
+        <v>2499</v>
       </c>
       <c r="F270" t="s">
-        <v>2493</v>
+        <v>2500</v>
       </c>
       <c r="G270" t="s">
-        <v>2494</v>
+        <v>2501</v>
       </c>
       <c r="H270" t="s">
-        <v>2495</v>
+        <v>2502</v>
       </c>
       <c r="I270" t="s">
-        <v>2496</v>
+        <v>2503</v>
       </c>
       <c r="J270" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>1228</v>
+        <v>206</v>
       </c>
       <c r="L270" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>1229</v>
+        <v>207</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2497</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5512</v>
+        <v>5331</v>
       </c>
       <c r="B271" t="s">
-        <v>2498</v>
+        <v>2505</v>
       </c>
       <c r="C271" t="s">
-        <v>2499</v>
+        <v>2506</v>
       </c>
       <c r="D271" t="s">
-        <v>2500</v>
+        <v>2507</v>
       </c>
       <c r="E271" t="s">
-        <v>2501</v>
+        <v>2508</v>
       </c>
       <c r="F271" t="s">
-        <v>2502</v>
+        <v>2509</v>
       </c>
       <c r="G271" t="s">
-        <v>2503</v>
+        <v>2510</v>
       </c>
       <c r="H271" t="s">
-        <v>2504</v>
+        <v>2511</v>
       </c>
       <c r="I271" t="s">
-        <v>2505</v>
+        <v>2512</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2506</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5514</v>
+        <v>5332</v>
       </c>
       <c r="B272" t="s">
-        <v>2507</v>
+        <v>2514</v>
       </c>
       <c r="C272" t="s">
-        <v>2508</v>
+        <v>2515</v>
       </c>
       <c r="D272" t="s">
-        <v>2509</v>
+        <v>2516</v>
       </c>
       <c r="E272" t="s">
-        <v>2510</v>
+        <v>2517</v>
       </c>
       <c r="F272" t="s">
-        <v>2511</v>
+        <v>2518</v>
       </c>
       <c r="G272" t="s">
-        <v>2512</v>
+        <v>2519</v>
       </c>
       <c r="H272" t="s">
-        <v>2513</v>
+        <v>2520</v>
       </c>
       <c r="I272" t="s">
-        <v>2514</v>
+        <v>2521</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2515</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5516</v>
+        <v>5333</v>
       </c>
       <c r="B273" t="s">
-        <v>2516</v>
+        <v>2523</v>
       </c>
       <c r="C273" t="s">
-        <v>2517</v>
+        <v>2524</v>
       </c>
       <c r="D273" t="s">
-        <v>2518</v>
+        <v>2525</v>
       </c>
       <c r="E273" t="s">
-        <v>2519</v>
+        <v>2526</v>
       </c>
       <c r="F273" t="s">
-        <v>2520</v>
+        <v>2527</v>
       </c>
       <c r="G273" t="s">
-        <v>2521</v>
+        <v>2528</v>
       </c>
       <c r="H273" t="s">
-        <v>2522</v>
+        <v>2529</v>
       </c>
       <c r="I273" t="s">
-        <v>2523</v>
+        <v>2530</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
         <v>25</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
         <v>27</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2524</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5517</v>
+        <v>5335</v>
       </c>
       <c r="B274" t="s">
-        <v>2525</v>
+        <v>2532</v>
       </c>
       <c r="C274" t="s">
-        <v>2526</v>
+        <v>2533</v>
       </c>
       <c r="D274" t="s">
-        <v>2527</v>
+        <v>2534</v>
       </c>
       <c r="E274" t="s">
-        <v>2528</v>
+        <v>2535</v>
       </c>
       <c r="F274" t="s">
-        <v>2529</v>
+        <v>2536</v>
       </c>
       <c r="G274" t="s">
-        <v>2530</v>
+        <v>2537</v>
       </c>
       <c r="H274" t="s">
-        <v>2531</v>
+        <v>2538</v>
       </c>
       <c r="I274" t="s">
-        <v>2532</v>
+        <v>2539</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
         <v>25</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
         <v>27</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2533</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5518</v>
+        <v>5341</v>
       </c>
       <c r="B275" t="s">
-        <v>2534</v>
+        <v>2541</v>
       </c>
       <c r="C275" t="s">
-        <v>2535</v>
+        <v>2542</v>
       </c>
       <c r="D275" t="s">
-        <v>2536</v>
+        <v>2543</v>
       </c>
       <c r="E275" t="s">
-        <v>2537</v>
+        <v>2544</v>
       </c>
       <c r="F275" t="s">
-        <v>2538</v>
+        <v>2545</v>
       </c>
       <c r="G275" t="s">
-        <v>2539</v>
+        <v>2546</v>
       </c>
       <c r="H275" t="s">
-        <v>2540</v>
+        <v>2547</v>
       </c>
       <c r="I275" t="s">
-        <v>2541</v>
+        <v>2548</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
         <v>25</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
         <v>27</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2542</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5520</v>
+        <v>5343</v>
       </c>
       <c r="B276" t="s">
-        <v>2543</v>
+        <v>2550</v>
       </c>
       <c r="C276" t="s">
-        <v>2544</v>
+        <v>2551</v>
       </c>
       <c r="D276" t="s">
-        <v>2545</v>
+        <v>2552</v>
       </c>
       <c r="E276" t="s">
-        <v>2546</v>
+        <v>2553</v>
       </c>
       <c r="F276" t="s">
-        <v>2547</v>
+        <v>2554</v>
       </c>
       <c r="G276" t="s">
-        <v>2548</v>
+        <v>2555</v>
       </c>
       <c r="H276" t="s">
-        <v>2549</v>
+        <v>2556</v>
       </c>
       <c r="I276" t="s">
-        <v>2550</v>
+        <v>2557</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>1228</v>
+        <v>206</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
-        <v>1229</v>
+        <v>207</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2551</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5545</v>
+        <v>5346</v>
       </c>
       <c r="B277" t="s">
-        <v>2552</v>
+        <v>2559</v>
       </c>
       <c r="C277" t="s">
-        <v>2553</v>
+        <v>2560</v>
       </c>
       <c r="D277" t="s">
-        <v>2554</v>
+        <v>2561</v>
       </c>
       <c r="E277" t="s">
-        <v>2555</v>
+        <v>2562</v>
       </c>
       <c r="F277" t="s">
-        <v>2556</v>
+        <v>2563</v>
       </c>
       <c r="G277" t="s">
-        <v>2557</v>
+        <v>2564</v>
       </c>
       <c r="H277" t="s">
-        <v>2558</v>
+        <v>2565</v>
       </c>
       <c r="I277" t="s">
-        <v>2559</v>
+        <v>2566</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>170</v>
+        <v>2567</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>171</v>
+        <v>2568</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2560</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5657</v>
+        <v>5347</v>
       </c>
       <c r="B278" t="s">
-        <v>2561</v>
+        <v>2570</v>
       </c>
       <c r="C278" t="s">
-        <v>2562</v>
+        <v>2571</v>
       </c>
       <c r="D278" t="s">
-        <v>2563</v>
+        <v>2572</v>
       </c>
       <c r="E278" t="s">
-        <v>2564</v>
+        <v>2573</v>
       </c>
       <c r="F278" t="s">
-        <v>2565</v>
+        <v>2574</v>
       </c>
       <c r="G278" t="s">
-        <v>2566</v>
+        <v>2575</v>
       </c>
       <c r="H278" t="s">
-        <v>2567</v>
+        <v>2576</v>
       </c>
       <c r="I278" t="s">
-        <v>2568</v>
+        <v>2577</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2569</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5733</v>
+        <v>5348</v>
       </c>
       <c r="B279" t="s">
-        <v>2570</v>
+        <v>2579</v>
       </c>
       <c r="C279" t="s">
-        <v>2571</v>
+        <v>2580</v>
       </c>
       <c r="D279" t="s">
-        <v>2572</v>
+        <v>2581</v>
       </c>
       <c r="E279" t="s">
-        <v>2573</v>
+        <v>2582</v>
       </c>
       <c r="F279" t="s">
-        <v>2574</v>
+        <v>2583</v>
       </c>
       <c r="G279" t="s">
-        <v>2575</v>
+        <v>2584</v>
       </c>
       <c r="H279" t="s">
-        <v>2576</v>
+        <v>2585</v>
       </c>
       <c r="I279" t="s">
-        <v>2577</v>
+        <v>2586</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>47</v>
+        <v>206</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>48</v>
+        <v>207</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2578</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5787</v>
+        <v>5351</v>
       </c>
       <c r="B280" t="s">
-        <v>2579</v>
+        <v>2588</v>
       </c>
       <c r="C280" t="s">
-        <v>2580</v>
+        <v>2589</v>
       </c>
       <c r="D280" t="s">
-        <v>2581</v>
+        <v>2590</v>
       </c>
       <c r="E280" t="s">
-        <v>2582</v>
+        <v>2591</v>
       </c>
       <c r="F280" t="s">
-        <v>2583</v>
+        <v>2592</v>
       </c>
       <c r="G280" t="s">
-        <v>2584</v>
+        <v>2593</v>
       </c>
       <c r="H280" t="s">
-        <v>2585</v>
+        <v>2594</v>
       </c>
       <c r="I280" t="s">
-        <v>2586</v>
+        <v>2595</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2587</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5792</v>
+        <v>5353</v>
       </c>
       <c r="B281" t="s">
-        <v>2588</v>
+        <v>2597</v>
       </c>
       <c r="C281" t="s">
-        <v>2589</v>
+        <v>2598</v>
       </c>
       <c r="D281" t="s">
-        <v>2590</v>
+        <v>2599</v>
       </c>
       <c r="E281" t="s">
-        <v>2591</v>
+        <v>2600</v>
       </c>
       <c r="F281" t="s">
-        <v>2592</v>
+        <v>2601</v>
       </c>
       <c r="G281" t="s">
-        <v>2593</v>
+        <v>2602</v>
       </c>
       <c r="H281" t="s">
-        <v>2594</v>
+        <v>2603</v>
       </c>
       <c r="I281" t="s">
-        <v>2595</v>
+        <v>2604</v>
       </c>
       <c r="J281" t="s">
-        <v>449</v>
+        <v>506</v>
       </c>
       <c r="K281" t="s">
-        <v>450</v>
+        <v>988</v>
       </c>
       <c r="L281" t="s">
-        <v>451</v>
+        <v>508</v>
       </c>
       <c r="M281" t="s">
-        <v>452</v>
+        <v>989</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2596</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5794</v>
+        <v>5354</v>
       </c>
       <c r="B282" t="s">
-        <v>2597</v>
+        <v>2606</v>
       </c>
       <c r="C282" t="s">
-        <v>2598</v>
+        <v>2607</v>
       </c>
       <c r="D282" t="s">
-        <v>2599</v>
+        <v>2608</v>
       </c>
       <c r="E282" t="s">
-        <v>2600</v>
+        <v>2609</v>
       </c>
       <c r="F282" t="s">
-        <v>2601</v>
+        <v>2610</v>
       </c>
       <c r="G282" t="s">
-        <v>2602</v>
+        <v>2611</v>
       </c>
       <c r="H282" t="s">
-        <v>2603</v>
+        <v>2612</v>
       </c>
       <c r="I282" t="s">
-        <v>2604</v>
+        <v>2613</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2605</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5795</v>
+        <v>5359</v>
       </c>
       <c r="B283" t="s">
-        <v>2606</v>
+        <v>2615</v>
       </c>
       <c r="C283" t="s">
-        <v>2607</v>
+        <v>2616</v>
       </c>
       <c r="D283" t="s">
-        <v>2608</v>
+        <v>2617</v>
       </c>
       <c r="E283" t="s">
-        <v>2609</v>
+        <v>2618</v>
       </c>
       <c r="F283" t="s">
-        <v>2610</v>
+        <v>2619</v>
       </c>
       <c r="G283" t="s">
-        <v>2611</v>
+        <v>2620</v>
       </c>
       <c r="H283" t="s">
-        <v>2612</v>
+        <v>2621</v>
       </c>
       <c r="I283" t="s">
-        <v>2613</v>
+        <v>2622</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2614</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5796</v>
+        <v>5364</v>
       </c>
       <c r="B284" t="s">
-        <v>2615</v>
+        <v>2624</v>
       </c>
       <c r="C284" t="s">
-        <v>2616</v>
+        <v>2625</v>
       </c>
       <c r="D284" t="s">
-        <v>2617</v>
+        <v>2626</v>
       </c>
       <c r="E284" t="s">
-        <v>2618</v>
+        <v>2627</v>
       </c>
       <c r="F284" t="s">
-        <v>2619</v>
+        <v>2628</v>
       </c>
       <c r="G284" t="s">
-        <v>2620</v>
+        <v>2629</v>
       </c>
       <c r="H284" t="s">
-        <v>2621</v>
+        <v>2630</v>
       </c>
       <c r="I284" t="s">
-        <v>2622</v>
+        <v>2631</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2623</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5798</v>
+        <v>5365</v>
       </c>
       <c r="B285" t="s">
-        <v>2624</v>
+        <v>2633</v>
       </c>
       <c r="C285" t="s">
-        <v>2625</v>
+        <v>2634</v>
       </c>
       <c r="D285" t="s">
-        <v>2626</v>
+        <v>2635</v>
       </c>
       <c r="E285" t="s">
-        <v>2627</v>
+        <v>2636</v>
       </c>
       <c r="F285" t="s">
-        <v>2628</v>
+        <v>2637</v>
       </c>
       <c r="G285" t="s">
-        <v>2629</v>
+        <v>2638</v>
       </c>
       <c r="H285" t="s">
-        <v>2630</v>
+        <v>2639</v>
       </c>
       <c r="I285" t="s">
-        <v>2631</v>
+        <v>2640</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2632</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5799</v>
+        <v>5367</v>
       </c>
       <c r="B286" t="s">
-        <v>2633</v>
+        <v>2642</v>
       </c>
       <c r="C286" t="s">
-        <v>2634</v>
+        <v>2643</v>
       </c>
       <c r="D286" t="s">
-        <v>2635</v>
+        <v>2644</v>
       </c>
       <c r="E286" t="s">
-        <v>2636</v>
+        <v>2645</v>
       </c>
       <c r="F286" t="s">
-        <v>2637</v>
+        <v>2646</v>
       </c>
       <c r="G286" t="s">
-        <v>2638</v>
+        <v>2647</v>
       </c>
       <c r="H286" t="s">
-        <v>2639</v>
+        <v>2648</v>
       </c>
       <c r="I286" t="s">
-        <v>2640</v>
+        <v>2649</v>
       </c>
       <c r="J286" t="s">
-        <v>1813</v>
+        <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>904</v>
+        <v>25</v>
       </c>
       <c r="L286" t="s">
-        <v>1815</v>
+        <v>26</v>
       </c>
       <c r="M286" t="s">
-        <v>905</v>
+        <v>27</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2641</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5803</v>
+        <v>5368</v>
       </c>
       <c r="B287" t="s">
-        <v>2642</v>
+        <v>2651</v>
       </c>
       <c r="C287" t="s">
-        <v>2643</v>
+        <v>2652</v>
       </c>
       <c r="D287" t="s">
-        <v>2644</v>
+        <v>2653</v>
       </c>
       <c r="E287" t="s">
-        <v>2645</v>
+        <v>2654</v>
       </c>
       <c r="F287" t="s">
-        <v>2646</v>
+        <v>2655</v>
       </c>
       <c r="G287" t="s">
-        <v>2647</v>
+        <v>2656</v>
       </c>
       <c r="H287" t="s">
-        <v>2648</v>
+        <v>2657</v>
       </c>
       <c r="I287" t="s">
-        <v>2649</v>
+        <v>2658</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
         <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
         <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2650</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>5805</v>
+        <v>5370</v>
       </c>
       <c r="B288" t="s">
-        <v>2651</v>
+        <v>2660</v>
       </c>
       <c r="C288" t="s">
-        <v>2652</v>
+        <v>2661</v>
       </c>
       <c r="D288" t="s">
-        <v>2653</v>
+        <v>2662</v>
       </c>
       <c r="E288" t="s">
-        <v>2654</v>
+        <v>2663</v>
       </c>
       <c r="F288" t="s">
-        <v>2655</v>
+        <v>2664</v>
       </c>
       <c r="G288" t="s">
-        <v>2656</v>
+        <v>2665</v>
       </c>
       <c r="H288" t="s">
-        <v>2657</v>
+        <v>2666</v>
       </c>
       <c r="I288" t="s">
-        <v>2658</v>
+        <v>2667</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
         <v>25</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
         <v>27</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2659</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>5808</v>
+        <v>5371</v>
       </c>
       <c r="B289" t="s">
-        <v>2660</v>
+        <v>2669</v>
       </c>
       <c r="C289" t="s">
-        <v>2661</v>
+        <v>2670</v>
       </c>
       <c r="D289" t="s">
-        <v>2662</v>
+        <v>2671</v>
       </c>
       <c r="E289" t="s">
-        <v>2663</v>
+        <v>2672</v>
       </c>
       <c r="F289" t="s">
-        <v>2664</v>
+        <v>2673</v>
       </c>
       <c r="G289" t="s">
-        <v>2665</v>
+        <v>2674</v>
       </c>
       <c r="H289" t="s">
-        <v>2666</v>
+        <v>2675</v>
       </c>
       <c r="I289" t="s">
-        <v>2667</v>
+        <v>2676</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
-        <v>25</v>
+        <v>2677</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
-        <v>27</v>
+        <v>2678</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2668</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>5811</v>
+        <v>5372</v>
       </c>
       <c r="B290" t="s">
-        <v>2669</v>
+        <v>2680</v>
       </c>
       <c r="C290" t="s">
-        <v>2670</v>
+        <v>2681</v>
       </c>
       <c r="D290" t="s">
-        <v>2671</v>
+        <v>2682</v>
       </c>
       <c r="E290" t="s">
-        <v>2672</v>
+        <v>2683</v>
       </c>
       <c r="F290" t="s">
-        <v>2673</v>
+        <v>2684</v>
       </c>
       <c r="G290" t="s">
-        <v>2674</v>
+        <v>2685</v>
       </c>
       <c r="H290" t="s">
-        <v>2675</v>
+        <v>2686</v>
       </c>
       <c r="I290" t="s">
-        <v>2676</v>
+        <v>2687</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
         <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
         <v>27</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2677</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>5819</v>
+        <v>5375</v>
       </c>
       <c r="B291" t="s">
-        <v>2678</v>
+        <v>2689</v>
       </c>
       <c r="C291" t="s">
-        <v>2679</v>
+        <v>2690</v>
       </c>
       <c r="D291" t="s">
-        <v>2680</v>
+        <v>2691</v>
       </c>
       <c r="E291" t="s">
-        <v>2681</v>
+        <v>2692</v>
       </c>
       <c r="F291" t="s">
-        <v>2682</v>
+        <v>2693</v>
       </c>
       <c r="G291" t="s">
-        <v>2683</v>
+        <v>2694</v>
       </c>
       <c r="H291" t="s">
-        <v>2684</v>
+        <v>2695</v>
       </c>
       <c r="I291" t="s">
-        <v>2685</v>
+        <v>2696</v>
       </c>
       <c r="J291" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K291" t="s">
-        <v>25</v>
+        <v>319</v>
       </c>
       <c r="L291" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M291" t="s">
-        <v>27</v>
+        <v>321</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2686</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>5830</v>
+        <v>5377</v>
       </c>
       <c r="B292" t="s">
-        <v>2687</v>
+        <v>2698</v>
       </c>
       <c r="C292" t="s">
-        <v>2688</v>
+        <v>2699</v>
       </c>
       <c r="D292" t="s">
-        <v>2689</v>
+        <v>2700</v>
       </c>
       <c r="E292" t="s">
-        <v>2690</v>
+        <v>2701</v>
       </c>
       <c r="F292" t="s">
-        <v>2691</v>
+        <v>2702</v>
       </c>
       <c r="G292" t="s">
-        <v>2692</v>
+        <v>2703</v>
       </c>
       <c r="H292" t="s">
-        <v>2693</v>
+        <v>2704</v>
       </c>
       <c r="I292" t="s">
-        <v>2694</v>
+        <v>2705</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
         <v>25</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
         <v>27</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2695</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>5863</v>
+        <v>5378</v>
       </c>
       <c r="B293" t="s">
-        <v>2696</v>
+        <v>2707</v>
       </c>
       <c r="C293" t="s">
-        <v>2697</v>
+        <v>2708</v>
       </c>
       <c r="D293" t="s">
-        <v>2698</v>
+        <v>2709</v>
       </c>
       <c r="E293" t="s">
-        <v>2699</v>
+        <v>2710</v>
       </c>
       <c r="F293" t="s">
-        <v>2700</v>
+        <v>2711</v>
       </c>
       <c r="G293" t="s">
-        <v>2701</v>
+        <v>2712</v>
       </c>
       <c r="H293" t="s">
-        <v>2702</v>
+        <v>2713</v>
       </c>
       <c r="I293" t="s">
-        <v>2703</v>
+        <v>2714</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
         <v>25</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
         <v>27</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2704</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>5866</v>
+        <v>5380</v>
       </c>
       <c r="B294" t="s">
-        <v>2705</v>
+        <v>2716</v>
       </c>
       <c r="C294" t="s">
-        <v>2706</v>
+        <v>2717</v>
       </c>
       <c r="D294" t="s">
-        <v>2707</v>
+        <v>2718</v>
       </c>
       <c r="E294" t="s">
-        <v>2708</v>
+        <v>2719</v>
       </c>
       <c r="F294" t="s">
-        <v>2709</v>
+        <v>2720</v>
       </c>
       <c r="G294" t="s">
-        <v>2710</v>
+        <v>2721</v>
       </c>
       <c r="H294" t="s">
-        <v>2711</v>
+        <v>2722</v>
       </c>
       <c r="I294" t="s">
-        <v>2712</v>
+        <v>2723</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
         <v>25</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
         <v>27</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2713</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>5888</v>
+        <v>5382</v>
       </c>
       <c r="B295" t="s">
-        <v>2714</v>
+        <v>2725</v>
       </c>
       <c r="C295" t="s">
-        <v>2715</v>
+        <v>2726</v>
       </c>
       <c r="D295" t="s">
-        <v>2716</v>
+        <v>2727</v>
       </c>
       <c r="E295" t="s">
-        <v>2717</v>
+        <v>2728</v>
       </c>
       <c r="F295" t="s">
-        <v>2718</v>
+        <v>2729</v>
       </c>
       <c r="G295" t="s">
-        <v>2719</v>
+        <v>2730</v>
       </c>
       <c r="H295" t="s">
-        <v>2720</v>
+        <v>2731</v>
       </c>
       <c r="I295" t="s">
-        <v>2721</v>
+        <v>2732</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2722</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>5889</v>
+        <v>5393</v>
       </c>
       <c r="B296" t="s">
-        <v>2723</v>
+        <v>2734</v>
       </c>
       <c r="C296" t="s">
-        <v>2724</v>
+        <v>2735</v>
       </c>
       <c r="D296" t="s">
-        <v>2725</v>
+        <v>2736</v>
       </c>
       <c r="E296" t="s">
-        <v>2726</v>
+        <v>2737</v>
       </c>
       <c r="F296" t="s">
-        <v>2727</v>
+        <v>2738</v>
       </c>
       <c r="G296" t="s">
-        <v>2728</v>
+        <v>2739</v>
       </c>
       <c r="H296" t="s">
-        <v>2729</v>
+        <v>2740</v>
       </c>
       <c r="I296" t="s">
-        <v>2730</v>
+        <v>2741</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
         <v>25</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
         <v>27</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2731</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>5907</v>
+        <v>5394</v>
       </c>
       <c r="B297" t="s">
-        <v>2732</v>
+        <v>2743</v>
       </c>
       <c r="C297" t="s">
-        <v>2733</v>
+        <v>2744</v>
       </c>
       <c r="D297" t="s">
-        <v>2734</v>
+        <v>2745</v>
       </c>
       <c r="E297" t="s">
-        <v>2735</v>
+        <v>2746</v>
       </c>
       <c r="F297" t="s">
-        <v>2736</v>
+        <v>2747</v>
       </c>
       <c r="G297" t="s">
-        <v>2737</v>
+        <v>2748</v>
       </c>
       <c r="H297" t="s">
-        <v>2738</v>
+        <v>2749</v>
       </c>
       <c r="I297" t="s">
-        <v>2739</v>
+        <v>2750</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
         <v>25</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
         <v>27</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2740</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>5913</v>
+        <v>5403</v>
       </c>
       <c r="B298" t="s">
-        <v>2741</v>
+        <v>2752</v>
       </c>
       <c r="C298" t="s">
-        <v>2742</v>
+        <v>2753</v>
       </c>
       <c r="D298" t="s">
-        <v>2743</v>
+        <v>2754</v>
       </c>
       <c r="E298" t="s">
-        <v>2744</v>
+        <v>2755</v>
       </c>
       <c r="F298" t="s">
-        <v>2745</v>
+        <v>2756</v>
       </c>
       <c r="G298" t="s">
-        <v>2746</v>
+        <v>2757</v>
       </c>
       <c r="H298" t="s">
-        <v>2747</v>
+        <v>2758</v>
       </c>
       <c r="I298" t="s">
-        <v>2748</v>
+        <v>2759</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
-        <v>47</v>
+        <v>2760</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
-        <v>48</v>
+        <v>2761</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2749</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>5915</v>
+        <v>5430</v>
       </c>
       <c r="B299" t="s">
-        <v>2750</v>
+        <v>2763</v>
       </c>
       <c r="C299" t="s">
-        <v>2751</v>
+        <v>2764</v>
       </c>
       <c r="D299" t="s">
-        <v>2752</v>
+        <v>2765</v>
       </c>
       <c r="E299" t="s">
-        <v>2753</v>
+        <v>2766</v>
       </c>
       <c r="F299" t="s">
-        <v>2754</v>
+        <v>2767</v>
       </c>
       <c r="G299" t="s">
-        <v>2755</v>
+        <v>2768</v>
       </c>
       <c r="H299" t="s">
-        <v>2756</v>
+        <v>2769</v>
       </c>
       <c r="I299" t="s">
-        <v>2757</v>
+        <v>2770</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2758</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>5927</v>
+        <v>5431</v>
       </c>
       <c r="B300" t="s">
-        <v>2759</v>
+        <v>2772</v>
       </c>
       <c r="C300" t="s">
-        <v>2760</v>
+        <v>2773</v>
       </c>
       <c r="D300" t="s">
-        <v>2761</v>
+        <v>2774</v>
       </c>
       <c r="E300" t="s">
-        <v>2762</v>
+        <v>2775</v>
       </c>
       <c r="F300" t="s">
-        <v>2763</v>
+        <v>2776</v>
       </c>
       <c r="G300" t="s">
-        <v>2764</v>
+        <v>2777</v>
       </c>
       <c r="H300" t="s">
-        <v>2765</v>
+        <v>2778</v>
       </c>
       <c r="I300" t="s">
-        <v>2766</v>
+        <v>2779</v>
       </c>
       <c r="J300" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K300" t="s">
-        <v>59</v>
+        <v>319</v>
       </c>
       <c r="L300" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M300" t="s">
-        <v>61</v>
+        <v>321</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2767</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>5928</v>
+        <v>5433</v>
       </c>
       <c r="B301" t="s">
-        <v>2768</v>
+        <v>2781</v>
       </c>
       <c r="C301" t="s">
-        <v>2769</v>
+        <v>2782</v>
       </c>
       <c r="D301" t="s">
-        <v>2770</v>
+        <v>2783</v>
       </c>
       <c r="E301" t="s">
-        <v>2771</v>
+        <v>2784</v>
       </c>
       <c r="F301" t="s">
-        <v>2772</v>
+        <v>2785</v>
       </c>
       <c r="G301" t="s">
-        <v>2773</v>
+        <v>2786</v>
       </c>
       <c r="H301" t="s">
-        <v>2774</v>
+        <v>2787</v>
       </c>
       <c r="I301" t="s">
-        <v>2775</v>
+        <v>2788</v>
       </c>
       <c r="J301" t="s">
-        <v>2776</v>
+        <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>2777</v>
+        <v>206</v>
       </c>
       <c r="L301" t="s">
-        <v>2778</v>
+        <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>2779</v>
+        <v>207</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2780</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>5931</v>
+        <v>5435</v>
       </c>
       <c r="B302" t="s">
-        <v>2781</v>
+        <v>2790</v>
       </c>
       <c r="C302" t="s">
-        <v>2782</v>
+        <v>2791</v>
       </c>
       <c r="D302" t="s">
-        <v>2783</v>
+        <v>2792</v>
       </c>
       <c r="E302" t="s">
-        <v>2784</v>
+        <v>2793</v>
       </c>
       <c r="F302" t="s">
-        <v>2785</v>
+        <v>2794</v>
       </c>
       <c r="G302" t="s">
-        <v>2786</v>
+        <v>2795</v>
       </c>
       <c r="H302" t="s">
-        <v>2787</v>
+        <v>2796</v>
       </c>
       <c r="I302" t="s">
-        <v>2788</v>
+        <v>2797</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2789</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>5932</v>
+        <v>5436</v>
       </c>
       <c r="B303" t="s">
-        <v>2790</v>
+        <v>2799</v>
       </c>
       <c r="C303" t="s">
-        <v>2791</v>
+        <v>2800</v>
       </c>
       <c r="D303" t="s">
-        <v>2792</v>
+        <v>2801</v>
       </c>
       <c r="E303" t="s">
-        <v>2793</v>
+        <v>2802</v>
       </c>
       <c r="F303" t="s">
-        <v>2794</v>
+        <v>2803</v>
       </c>
       <c r="G303" t="s">
-        <v>2795</v>
+        <v>2804</v>
       </c>
       <c r="H303" t="s">
-        <v>2796</v>
+        <v>2805</v>
       </c>
       <c r="I303" t="s">
-        <v>2797</v>
+        <v>2806</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2798</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>5934</v>
+        <v>5437</v>
       </c>
       <c r="B304" t="s">
-        <v>2799</v>
+        <v>2808</v>
       </c>
       <c r="C304" t="s">
-        <v>2800</v>
+        <v>2809</v>
       </c>
       <c r="D304" t="s">
-        <v>2801</v>
+        <v>2810</v>
       </c>
       <c r="E304" t="s">
-        <v>2802</v>
+        <v>2811</v>
       </c>
       <c r="F304" t="s">
-        <v>2803</v>
+        <v>2812</v>
       </c>
       <c r="G304" t="s">
-        <v>2804</v>
+        <v>2813</v>
       </c>
       <c r="H304" t="s">
-        <v>2805</v>
+        <v>2814</v>
       </c>
       <c r="I304" t="s">
-        <v>2806</v>
+        <v>2815</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2807</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>5953</v>
+        <v>5439</v>
       </c>
       <c r="B305" t="s">
-        <v>2808</v>
+        <v>2817</v>
       </c>
       <c r="C305" t="s">
-        <v>2809</v>
+        <v>2818</v>
       </c>
       <c r="D305" t="s">
-        <v>2810</v>
+        <v>2819</v>
       </c>
       <c r="E305" t="s">
-        <v>2811</v>
+        <v>2820</v>
       </c>
       <c r="F305" t="s">
-        <v>2812</v>
+        <v>2821</v>
       </c>
       <c r="G305" t="s">
-        <v>2813</v>
+        <v>2822</v>
       </c>
       <c r="H305" t="s">
-        <v>2814</v>
+        <v>2823</v>
       </c>
       <c r="I305" t="s">
-        <v>2815</v>
+        <v>2824</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
         <v>25</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
         <v>27</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2816</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>5981</v>
+        <v>5449</v>
       </c>
       <c r="B306" t="s">
-        <v>2817</v>
+        <v>2826</v>
       </c>
       <c r="C306" t="s">
-        <v>2818</v>
+        <v>2827</v>
       </c>
       <c r="D306" t="s">
-        <v>2819</v>
+        <v>2828</v>
       </c>
       <c r="E306" t="s">
-        <v>2820</v>
+        <v>2829</v>
       </c>
       <c r="F306" t="s">
-        <v>2821</v>
+        <v>2830</v>
       </c>
       <c r="G306" t="s">
-        <v>2822</v>
+        <v>2831</v>
       </c>
       <c r="H306" t="s">
-        <v>2823</v>
+        <v>2832</v>
       </c>
       <c r="I306" t="s">
-        <v>2824</v>
+        <v>2833</v>
       </c>
       <c r="J306" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>2825</v>
+        <v>47</v>
       </c>
       <c r="L306" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>2826</v>
+        <v>48</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2827</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>5986</v>
+        <v>5456</v>
       </c>
       <c r="B307" t="s">
-        <v>2828</v>
+        <v>2835</v>
       </c>
       <c r="C307" t="s">
-        <v>2829</v>
+        <v>2836</v>
       </c>
       <c r="D307" t="s">
-        <v>2830</v>
+        <v>2837</v>
       </c>
       <c r="E307" t="s">
-        <v>2831</v>
+        <v>2838</v>
       </c>
       <c r="F307" t="s">
-        <v>2832</v>
+        <v>2839</v>
       </c>
       <c r="G307" t="s">
-        <v>2833</v>
+        <v>2840</v>
       </c>
       <c r="H307" t="s">
-        <v>2834</v>
+        <v>2841</v>
       </c>
       <c r="I307" t="s">
-        <v>2835</v>
+        <v>2842</v>
       </c>
       <c r="J307" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K307" t="s">
-        <v>170</v>
+        <v>1590</v>
       </c>
       <c r="L307" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M307" t="s">
-        <v>171</v>
+        <v>1592</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2836</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>5989</v>
+        <v>5470</v>
       </c>
       <c r="B308" t="s">
-        <v>2837</v>
+        <v>2844</v>
       </c>
       <c r="C308" t="s">
-        <v>2838</v>
+        <v>2845</v>
       </c>
       <c r="D308" t="s">
-        <v>2839</v>
+        <v>2846</v>
       </c>
       <c r="E308" t="s">
-        <v>2840</v>
+        <v>2847</v>
       </c>
       <c r="F308" t="s">
-        <v>2841</v>
+        <v>2848</v>
       </c>
       <c r="G308" t="s">
-        <v>2842</v>
+        <v>2849</v>
       </c>
       <c r="H308" t="s">
-        <v>2843</v>
+        <v>2850</v>
       </c>
       <c r="I308" t="s">
-        <v>2844</v>
+        <v>2851</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>1998</v>
+        <v>206</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
-        <v>1999</v>
+        <v>207</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2845</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>6018</v>
+        <v>5474</v>
       </c>
       <c r="B309" t="s">
-        <v>2846</v>
+        <v>2853</v>
       </c>
       <c r="C309" t="s">
-        <v>2847</v>
+        <v>2854</v>
       </c>
       <c r="D309" t="s">
-        <v>2848</v>
+        <v>2855</v>
       </c>
       <c r="E309" t="s">
-        <v>2849</v>
+        <v>2856</v>
       </c>
       <c r="F309" t="s">
-        <v>2850</v>
+        <v>2857</v>
       </c>
       <c r="G309" t="s">
-        <v>2851</v>
+        <v>2858</v>
       </c>
       <c r="H309" t="s">
-        <v>2852</v>
+        <v>2859</v>
       </c>
       <c r="I309" t="s">
-        <v>2853</v>
+        <v>2860</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2854</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>6021</v>
+        <v>5475</v>
       </c>
       <c r="B310" t="s">
-        <v>2855</v>
+        <v>2862</v>
       </c>
       <c r="C310" t="s">
-        <v>2856</v>
+        <v>2863</v>
       </c>
       <c r="D310" t="s">
-        <v>2857</v>
+        <v>2864</v>
       </c>
       <c r="E310" t="s">
-        <v>2858</v>
+        <v>2865</v>
       </c>
       <c r="F310" t="s">
-        <v>2859</v>
+        <v>2866</v>
       </c>
       <c r="G310" t="s">
-        <v>2860</v>
+        <v>2867</v>
       </c>
       <c r="H310" t="s">
-        <v>2861</v>
+        <v>2868</v>
       </c>
       <c r="I310" t="s">
-        <v>2862</v>
+        <v>2869</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2863</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>6076</v>
+        <v>5476</v>
       </c>
       <c r="B311" t="s">
-        <v>2864</v>
+        <v>2871</v>
       </c>
       <c r="C311" t="s">
-        <v>2865</v>
+        <v>2872</v>
       </c>
       <c r="D311" t="s">
-        <v>2866</v>
+        <v>2873</v>
       </c>
       <c r="E311" t="s">
-        <v>2867</v>
+        <v>2874</v>
       </c>
       <c r="F311" t="s">
-        <v>2868</v>
+        <v>2875</v>
       </c>
       <c r="G311" t="s">
-        <v>2869</v>
+        <v>2876</v>
       </c>
       <c r="H311" t="s">
-        <v>2870</v>
+        <v>2877</v>
       </c>
       <c r="I311" t="s">
-        <v>2871</v>
+        <v>2878</v>
       </c>
       <c r="J311" t="s">
-        <v>24</v>
+        <v>2879</v>
       </c>
       <c r="K311" t="s">
-        <v>25</v>
+        <v>1322</v>
       </c>
       <c r="L311" t="s">
-        <v>26</v>
+        <v>2880</v>
       </c>
       <c r="M311" t="s">
-        <v>27</v>
+        <v>1323</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2872</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>6082</v>
+        <v>5478</v>
       </c>
       <c r="B312" t="s">
-        <v>2873</v>
+        <v>2882</v>
       </c>
       <c r="C312" t="s">
-        <v>2874</v>
+        <v>2883</v>
       </c>
       <c r="D312" t="s">
-        <v>2875</v>
+        <v>2884</v>
       </c>
       <c r="E312" t="s">
-        <v>2876</v>
+        <v>2885</v>
       </c>
       <c r="F312" t="s">
-        <v>2877</v>
+        <v>2886</v>
       </c>
       <c r="G312" t="s">
-        <v>2878</v>
+        <v>2887</v>
       </c>
       <c r="H312" t="s">
-        <v>2879</v>
+        <v>2888</v>
       </c>
       <c r="I312" t="s">
-        <v>2880</v>
+        <v>2889</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>579</v>
+        <v>25</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>580</v>
+        <v>27</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2881</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>6093</v>
+        <v>5479</v>
       </c>
       <c r="B313" t="s">
-        <v>2882</v>
+        <v>2891</v>
       </c>
       <c r="C313" t="s">
-        <v>2883</v>
+        <v>2892</v>
       </c>
       <c r="D313" t="s">
-        <v>2884</v>
+        <v>2893</v>
       </c>
       <c r="E313" t="s">
-        <v>2885</v>
+        <v>2894</v>
       </c>
       <c r="F313" t="s">
-        <v>2886</v>
+        <v>2895</v>
       </c>
       <c r="G313" t="s">
-        <v>2887</v>
+        <v>2896</v>
       </c>
       <c r="H313" t="s">
-        <v>2888</v>
+        <v>2897</v>
       </c>
       <c r="I313" t="s">
-        <v>2889</v>
+        <v>2898</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>2890</v>
+        <v>645</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
+      <c r="M313" t="s">
+        <v>646</v>
+      </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2891</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>6112</v>
+        <v>5482</v>
       </c>
       <c r="B314" t="s">
-        <v>2892</v>
+        <v>2900</v>
       </c>
       <c r="C314" t="s">
-        <v>2893</v>
+        <v>2901</v>
       </c>
       <c r="D314" t="s">
-        <v>2894</v>
+        <v>2902</v>
       </c>
       <c r="E314" t="s">
-        <v>2895</v>
+        <v>2903</v>
       </c>
       <c r="F314" t="s">
-        <v>2896</v>
+        <v>2904</v>
       </c>
       <c r="G314" t="s">
-        <v>2897</v>
+        <v>2905</v>
       </c>
       <c r="H314" t="s">
-        <v>2898</v>
+        <v>2906</v>
       </c>
       <c r="I314" t="s">
-        <v>2899</v>
+        <v>2907</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2900</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>6179</v>
+        <v>5483</v>
       </c>
       <c r="B315" t="s">
-        <v>2901</v>
+        <v>2909</v>
       </c>
       <c r="C315" t="s">
-        <v>2902</v>
+        <v>2910</v>
       </c>
       <c r="D315" t="s">
-        <v>2903</v>
+        <v>2911</v>
       </c>
       <c r="E315" t="s">
-        <v>2904</v>
+        <v>2912</v>
       </c>
       <c r="F315" t="s">
-        <v>2905</v>
+        <v>2913</v>
       </c>
       <c r="G315" t="s">
-        <v>2906</v>
+        <v>2914</v>
       </c>
       <c r="H315" t="s">
-        <v>2907</v>
+        <v>2915</v>
       </c>
       <c r="I315" t="s">
-        <v>2908</v>
+        <v>2916</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
         <v>25</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
         <v>27</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2909</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>6180</v>
+        <v>5485</v>
       </c>
       <c r="B316" t="s">
-        <v>2910</v>
+        <v>2918</v>
       </c>
       <c r="C316" t="s">
-        <v>2911</v>
+        <v>2919</v>
       </c>
       <c r="D316" t="s">
-        <v>2912</v>
+        <v>2920</v>
       </c>
       <c r="E316" t="s">
-        <v>2913</v>
+        <v>2921</v>
       </c>
       <c r="F316" t="s">
-        <v>2914</v>
+        <v>2922</v>
       </c>
       <c r="G316" t="s">
-        <v>2915</v>
+        <v>2923</v>
       </c>
       <c r="H316" t="s">
-        <v>2916</v>
+        <v>2924</v>
       </c>
       <c r="I316" t="s">
-        <v>2917</v>
+        <v>2925</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>25</v>
+        <v>2926</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
-        <v>27</v>
+        <v>2927</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2918</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>6203</v>
+        <v>5487</v>
       </c>
       <c r="B317" t="s">
-        <v>2919</v>
+        <v>2929</v>
       </c>
       <c r="C317" t="s">
-        <v>2920</v>
+        <v>2930</v>
       </c>
       <c r="D317" t="s">
-        <v>2921</v>
+        <v>2931</v>
       </c>
       <c r="E317" t="s">
-        <v>2922</v>
+        <v>2932</v>
       </c>
       <c r="F317" t="s">
-        <v>2923</v>
+        <v>2933</v>
       </c>
       <c r="G317" t="s">
-        <v>2924</v>
+        <v>2934</v>
       </c>
       <c r="H317" t="s">
-        <v>2925</v>
+        <v>2935</v>
       </c>
       <c r="I317" t="s">
-        <v>2926</v>
+        <v>2936</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
-        <v>170</v>
+        <v>2937</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
-        <v>171</v>
+        <v>2938</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2927</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>6208</v>
+        <v>5488</v>
       </c>
       <c r="B318" t="s">
-        <v>2928</v>
+        <v>2940</v>
       </c>
       <c r="C318" t="s">
-        <v>2929</v>
+        <v>2941</v>
       </c>
       <c r="D318" t="s">
-        <v>2930</v>
+        <v>2942</v>
       </c>
       <c r="E318" t="s">
-        <v>2931</v>
+        <v>2943</v>
       </c>
       <c r="F318" t="s">
-        <v>2932</v>
+        <v>2944</v>
       </c>
       <c r="G318" t="s">
-        <v>2933</v>
+        <v>2945</v>
       </c>
       <c r="H318" t="s">
-        <v>2934</v>
+        <v>2946</v>
       </c>
       <c r="I318" t="s">
-        <v>2935</v>
+        <v>2947</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2936</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>6211</v>
+        <v>5489</v>
       </c>
       <c r="B319" t="s">
-        <v>2937</v>
+        <v>2949</v>
       </c>
       <c r="C319" t="s">
-        <v>2938</v>
+        <v>2950</v>
       </c>
       <c r="D319" t="s">
-        <v>2939</v>
+        <v>2951</v>
       </c>
       <c r="E319" t="s">
-        <v>2940</v>
+        <v>2952</v>
       </c>
       <c r="F319" t="s">
-        <v>2941</v>
+        <v>2953</v>
       </c>
       <c r="G319" t="s">
-        <v>2942</v>
+        <v>2954</v>
       </c>
       <c r="H319" t="s">
-        <v>2943</v>
+        <v>2955</v>
       </c>
       <c r="I319" t="s">
-        <v>2944</v>
+        <v>2956</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>170</v>
+        <v>1371</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
-        <v>171</v>
+        <v>1372</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2945</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>6215</v>
+        <v>5490</v>
       </c>
       <c r="B320" t="s">
-        <v>2946</v>
+        <v>2958</v>
       </c>
       <c r="C320" t="s">
-        <v>2947</v>
+        <v>2959</v>
       </c>
       <c r="D320" t="s">
-        <v>2948</v>
+        <v>2960</v>
       </c>
       <c r="E320" t="s">
-        <v>2949</v>
+        <v>2961</v>
       </c>
       <c r="F320" t="s">
-        <v>2950</v>
+        <v>2962</v>
       </c>
       <c r="G320" t="s">
-        <v>2951</v>
+        <v>2963</v>
       </c>
       <c r="H320" t="s">
-        <v>2952</v>
+        <v>2964</v>
       </c>
       <c r="I320" t="s">
-        <v>2953</v>
+        <v>2965</v>
       </c>
       <c r="J320" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K320" t="s">
-        <v>170</v>
+        <v>2966</v>
       </c>
       <c r="L320" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M320" t="s">
-        <v>171</v>
+        <v>2967</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2954</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>6222</v>
+        <v>5493</v>
       </c>
       <c r="B321" t="s">
-        <v>2955</v>
+        <v>2969</v>
       </c>
       <c r="C321" t="s">
-        <v>2956</v>
+        <v>2970</v>
       </c>
       <c r="D321" t="s">
-        <v>2957</v>
+        <v>2971</v>
       </c>
       <c r="E321" t="s">
-        <v>2958</v>
+        <v>2972</v>
       </c>
       <c r="F321" t="s">
-        <v>2959</v>
+        <v>2973</v>
       </c>
       <c r="G321" t="s">
-        <v>2960</v>
+        <v>2974</v>
       </c>
       <c r="H321" t="s">
-        <v>2961</v>
+        <v>2975</v>
       </c>
       <c r="I321" t="s">
-        <v>2962</v>
+        <v>2976</v>
       </c>
       <c r="J321" t="s">
-        <v>2776</v>
+        <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>904</v>
+        <v>206</v>
       </c>
       <c r="L321" t="s">
-        <v>2778</v>
+        <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>905</v>
+        <v>207</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2963</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>6254</v>
+        <v>5495</v>
       </c>
       <c r="B322" t="s">
-        <v>2964</v>
+        <v>2978</v>
       </c>
       <c r="C322" t="s">
-        <v>2965</v>
+        <v>2979</v>
       </c>
       <c r="D322" t="s">
-        <v>2966</v>
+        <v>2980</v>
       </c>
       <c r="E322" t="s">
-        <v>2967</v>
+        <v>2981</v>
       </c>
       <c r="F322" t="s">
-        <v>2968</v>
+        <v>2982</v>
       </c>
       <c r="G322" t="s">
-        <v>2969</v>
+        <v>2983</v>
       </c>
       <c r="H322" t="s">
-        <v>2970</v>
+        <v>2984</v>
       </c>
       <c r="I322" t="s">
-        <v>2971</v>
+        <v>2985</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2972</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>6255</v>
+        <v>5496</v>
       </c>
       <c r="B323" t="s">
-        <v>2973</v>
+        <v>2987</v>
       </c>
       <c r="C323" t="s">
-        <v>2974</v>
+        <v>2988</v>
       </c>
       <c r="D323" t="s">
-        <v>2975</v>
+        <v>2989</v>
       </c>
       <c r="E323" t="s">
-        <v>2976</v>
+        <v>2990</v>
       </c>
       <c r="F323" t="s">
-        <v>2977</v>
+        <v>2991</v>
       </c>
       <c r="G323" t="s">
-        <v>2978</v>
+        <v>2992</v>
       </c>
       <c r="H323" t="s">
-        <v>2979</v>
+        <v>2993</v>
       </c>
       <c r="I323" t="s">
-        <v>2980</v>
+        <v>2994</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>2981</v>
+        <v>319</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>2982</v>
+        <v>321</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2983</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>6258</v>
+        <v>5499</v>
       </c>
       <c r="B324" t="s">
-        <v>2984</v>
+        <v>2996</v>
       </c>
       <c r="C324" t="s">
-        <v>2985</v>
+        <v>2997</v>
       </c>
       <c r="D324" t="s">
-        <v>2986</v>
+        <v>2998</v>
       </c>
       <c r="E324" t="s">
-        <v>2987</v>
+        <v>2999</v>
       </c>
       <c r="F324" t="s">
-        <v>2988</v>
+        <v>3000</v>
       </c>
       <c r="G324" t="s">
-        <v>2989</v>
+        <v>3001</v>
       </c>
       <c r="H324" t="s">
-        <v>2990</v>
+        <v>3002</v>
       </c>
       <c r="I324" t="s">
-        <v>2991</v>
+        <v>3003</v>
       </c>
       <c r="J324" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K324" t="s">
-        <v>25</v>
+        <v>3004</v>
       </c>
       <c r="L324" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M324" t="s">
-        <v>27</v>
+        <v>3005</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>2992</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>6259</v>
+        <v>5502</v>
       </c>
       <c r="B325" t="s">
-        <v>2993</v>
+        <v>3007</v>
       </c>
       <c r="C325" t="s">
-        <v>2994</v>
+        <v>3008</v>
       </c>
       <c r="D325" t="s">
-        <v>2995</v>
+        <v>3009</v>
       </c>
       <c r="E325" t="s">
-        <v>2996</v>
+        <v>3010</v>
       </c>
       <c r="F325" t="s">
-        <v>2997</v>
+        <v>3011</v>
       </c>
       <c r="G325" t="s">
-        <v>2998</v>
+        <v>3012</v>
       </c>
       <c r="H325" t="s">
-        <v>2999</v>
+        <v>3013</v>
       </c>
       <c r="I325" t="s">
-        <v>3000</v>
+        <v>3014</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3001</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>6261</v>
+        <v>5503</v>
       </c>
       <c r="B326" t="s">
-        <v>3002</v>
+        <v>3016</v>
       </c>
       <c r="C326" t="s">
-        <v>3003</v>
+        <v>3017</v>
       </c>
       <c r="D326" t="s">
-        <v>3004</v>
+        <v>3018</v>
       </c>
       <c r="E326" t="s">
-        <v>3005</v>
+        <v>3019</v>
       </c>
       <c r="F326" t="s">
-        <v>3006</v>
+        <v>3020</v>
       </c>
       <c r="G326" t="s">
-        <v>3007</v>
+        <v>3021</v>
       </c>
       <c r="H326" t="s">
-        <v>3008</v>
+        <v>3022</v>
       </c>
       <c r="I326" t="s">
-        <v>3009</v>
+        <v>3023</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
         <v>47</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
         <v>48</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3010</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>6263</v>
+        <v>5504</v>
       </c>
       <c r="B327" t="s">
-        <v>3011</v>
+        <v>3025</v>
       </c>
       <c r="C327" t="s">
-        <v>3012</v>
+        <v>3026</v>
       </c>
       <c r="D327" t="s">
-        <v>3013</v>
+        <v>3027</v>
       </c>
       <c r="E327" t="s">
-        <v>3014</v>
+        <v>3028</v>
       </c>
       <c r="F327" t="s">
-        <v>3015</v>
+        <v>3029</v>
       </c>
       <c r="G327" t="s">
-        <v>3016</v>
+        <v>3030</v>
       </c>
       <c r="H327" t="s">
-        <v>3017</v>
+        <v>3031</v>
       </c>
       <c r="I327" t="s">
-        <v>3018</v>
+        <v>3032</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3019</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>6272</v>
+        <v>5507</v>
       </c>
       <c r="B328" t="s">
-        <v>3020</v>
+        <v>3034</v>
       </c>
       <c r="C328" t="s">
-        <v>3021</v>
+        <v>3035</v>
       </c>
       <c r="D328" t="s">
-        <v>3022</v>
+        <v>3036</v>
       </c>
       <c r="E328" t="s">
-        <v>3023</v>
+        <v>3037</v>
       </c>
       <c r="F328" t="s">
-        <v>3024</v>
+        <v>3038</v>
       </c>
       <c r="G328" t="s">
-        <v>3025</v>
+        <v>3039</v>
       </c>
       <c r="H328" t="s">
-        <v>3026</v>
+        <v>3040</v>
       </c>
       <c r="I328" t="s">
-        <v>3027</v>
+        <v>3041</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3028</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>6274</v>
+        <v>5508</v>
       </c>
       <c r="B329" t="s">
-        <v>3029</v>
+        <v>3043</v>
       </c>
       <c r="C329" t="s">
-        <v>3030</v>
+        <v>3044</v>
       </c>
       <c r="D329" t="s">
-        <v>3031</v>
+        <v>3045</v>
       </c>
       <c r="E329" t="s">
-        <v>3032</v>
+        <v>3046</v>
       </c>
       <c r="F329" t="s">
-        <v>3033</v>
+        <v>3047</v>
       </c>
       <c r="G329" t="s">
-        <v>3034</v>
+        <v>3048</v>
       </c>
       <c r="H329" t="s">
-        <v>3035</v>
+        <v>3049</v>
       </c>
       <c r="I329" t="s">
-        <v>3036</v>
+        <v>3050</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3037</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>6275</v>
+        <v>5509</v>
       </c>
       <c r="B330" t="s">
-        <v>3038</v>
+        <v>3052</v>
       </c>
       <c r="C330" t="s">
-        <v>3039</v>
+        <v>3053</v>
       </c>
       <c r="D330" t="s">
-        <v>3040</v>
+        <v>3054</v>
       </c>
       <c r="E330" t="s">
-        <v>3041</v>
+        <v>3055</v>
       </c>
       <c r="F330" t="s">
-        <v>3042</v>
+        <v>3056</v>
       </c>
       <c r="G330" t="s">
-        <v>3043</v>
+        <v>3057</v>
       </c>
       <c r="H330" t="s">
-        <v>3044</v>
+        <v>3058</v>
       </c>
       <c r="I330" t="s">
-        <v>3045</v>
+        <v>3059</v>
       </c>
       <c r="J330" t="s">
-        <v>449</v>
+        <v>506</v>
       </c>
       <c r="K330" t="s">
-        <v>1476</v>
+        <v>1322</v>
       </c>
       <c r="L330" t="s">
-        <v>451</v>
+        <v>508</v>
       </c>
       <c r="M330" t="s">
-        <v>1478</v>
+        <v>1323</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3046</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>6327</v>
+        <v>5511</v>
       </c>
       <c r="B331" t="s">
-        <v>3047</v>
+        <v>3061</v>
       </c>
       <c r="C331" t="s">
-        <v>3048</v>
+        <v>3062</v>
       </c>
       <c r="D331" t="s">
-        <v>3049</v>
+        <v>3063</v>
       </c>
       <c r="E331" t="s">
-        <v>3050</v>
+        <v>3064</v>
       </c>
       <c r="F331" t="s">
-        <v>3051</v>
+        <v>3065</v>
       </c>
       <c r="G331" t="s">
-        <v>3052</v>
+        <v>3066</v>
       </c>
       <c r="H331" t="s">
-        <v>3053</v>
+        <v>3067</v>
       </c>
       <c r="I331" t="s">
-        <v>3054</v>
+        <v>3068</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>47</v>
+        <v>3069</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
-        <v>48</v>
+        <v>3070</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3055</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>6337</v>
+        <v>5512</v>
       </c>
       <c r="B332" t="s">
-        <v>3056</v>
+        <v>3072</v>
       </c>
       <c r="C332" t="s">
-        <v>3057</v>
+        <v>3073</v>
       </c>
       <c r="D332" t="s">
-        <v>3058</v>
+        <v>3074</v>
       </c>
       <c r="E332" t="s">
-        <v>3059</v>
+        <v>3075</v>
       </c>
       <c r="F332" t="s">
-        <v>3060</v>
+        <v>3076</v>
       </c>
       <c r="G332" t="s">
-        <v>3061</v>
+        <v>3077</v>
       </c>
       <c r="H332" t="s">
-        <v>3062</v>
+        <v>3078</v>
       </c>
       <c r="I332" t="s">
-        <v>3063</v>
+        <v>3079</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>47</v>
+        <v>206</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>48</v>
+        <v>207</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3064</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>6361</v>
+        <v>5514</v>
       </c>
       <c r="B333" t="s">
-        <v>3065</v>
+        <v>3081</v>
       </c>
       <c r="C333" t="s">
-        <v>3066</v>
+        <v>3082</v>
       </c>
       <c r="D333" t="s">
-        <v>3067</v>
+        <v>3083</v>
       </c>
       <c r="E333" t="s">
-        <v>3068</v>
+        <v>3084</v>
       </c>
       <c r="F333" t="s">
-        <v>3069</v>
+        <v>3085</v>
       </c>
       <c r="G333" t="s">
-        <v>3070</v>
+        <v>3086</v>
       </c>
       <c r="H333" t="s">
-        <v>3071</v>
+        <v>3087</v>
       </c>
       <c r="I333" t="s">
-        <v>3072</v>
+        <v>3088</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3073</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>6379</v>
+        <v>5516</v>
       </c>
       <c r="B334" t="s">
-        <v>3074</v>
+        <v>3090</v>
       </c>
       <c r="C334" t="s">
-        <v>3075</v>
+        <v>3091</v>
       </c>
       <c r="D334" t="s">
-        <v>3076</v>
+        <v>3092</v>
       </c>
       <c r="E334" t="s">
-        <v>3077</v>
+        <v>3093</v>
       </c>
       <c r="F334" t="s">
-        <v>3078</v>
+        <v>3094</v>
       </c>
       <c r="G334" t="s">
-        <v>3079</v>
+        <v>3095</v>
       </c>
       <c r="H334" t="s">
-        <v>3080</v>
+        <v>3096</v>
       </c>
       <c r="I334" t="s">
-        <v>3081</v>
+        <v>3097</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
         <v>25</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
         <v>27</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3082</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>6454</v>
+        <v>5517</v>
       </c>
       <c r="B335" t="s">
-        <v>3083</v>
+        <v>3099</v>
       </c>
       <c r="C335" t="s">
-        <v>3084</v>
+        <v>3100</v>
       </c>
       <c r="D335" t="s">
-        <v>3085</v>
+        <v>3101</v>
       </c>
       <c r="E335" t="s">
-        <v>3086</v>
+        <v>3102</v>
       </c>
       <c r="F335" t="s">
-        <v>3087</v>
+        <v>3103</v>
       </c>
       <c r="G335" t="s">
-        <v>3088</v>
+        <v>3104</v>
       </c>
       <c r="H335" t="s">
-        <v>3089</v>
+        <v>3105</v>
       </c>
       <c r="I335" t="s">
-        <v>3090</v>
+        <v>3106</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3091</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>6460</v>
+        <v>5518</v>
       </c>
       <c r="B336" t="s">
-        <v>3092</v>
+        <v>3108</v>
       </c>
       <c r="C336" t="s">
-        <v>3093</v>
+        <v>3109</v>
       </c>
       <c r="D336" t="s">
-        <v>3094</v>
+        <v>3110</v>
       </c>
       <c r="E336" t="s">
-        <v>3095</v>
+        <v>3111</v>
       </c>
       <c r="F336" t="s">
-        <v>3096</v>
+        <v>3112</v>
       </c>
       <c r="G336" t="s">
-        <v>3097</v>
+        <v>3113</v>
       </c>
       <c r="H336" t="s">
-        <v>3098</v>
+        <v>3114</v>
       </c>
       <c r="I336" t="s">
-        <v>3099</v>
+        <v>3115</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
         <v>25</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
         <v>27</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3100</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>6468</v>
+        <v>5520</v>
       </c>
       <c r="B337" t="s">
-        <v>3101</v>
+        <v>3117</v>
       </c>
       <c r="C337" t="s">
-        <v>3102</v>
+        <v>3118</v>
       </c>
       <c r="D337" t="s">
-        <v>3103</v>
+        <v>3119</v>
       </c>
       <c r="E337" t="s">
-        <v>3104</v>
+        <v>3120</v>
       </c>
       <c r="F337" t="s">
-        <v>3105</v>
+        <v>3121</v>
       </c>
       <c r="G337" t="s">
-        <v>3106</v>
+        <v>3122</v>
       </c>
       <c r="H337" t="s">
-        <v>3107</v>
+        <v>3123</v>
       </c>
       <c r="I337" t="s">
-        <v>3108</v>
+        <v>3124</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
-        <v>25</v>
+        <v>1322</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
-        <v>27</v>
+        <v>1323</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3109</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>6611</v>
+        <v>5542</v>
       </c>
       <c r="B338" t="s">
-        <v>3110</v>
+        <v>3126</v>
       </c>
       <c r="C338" t="s">
-        <v>3111</v>
+        <v>3127</v>
       </c>
       <c r="D338" t="s">
-        <v>3112</v>
+        <v>3128</v>
       </c>
       <c r="E338" t="s">
-        <v>3113</v>
+        <v>3129</v>
       </c>
       <c r="F338" t="s">
-        <v>3114</v>
+        <v>3130</v>
       </c>
       <c r="G338" t="s">
-        <v>3115</v>
+        <v>3131</v>
       </c>
       <c r="H338" t="s">
-        <v>3116</v>
+        <v>3132</v>
       </c>
       <c r="I338" t="s">
-        <v>3117</v>
+        <v>3133</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
         <v>25</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
         <v>27</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3118</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>6615</v>
+        <v>5545</v>
       </c>
       <c r="B339" t="s">
-        <v>3119</v>
+        <v>3135</v>
       </c>
       <c r="C339" t="s">
-        <v>3120</v>
+        <v>3136</v>
       </c>
       <c r="D339" t="s">
-        <v>3121</v>
+        <v>3137</v>
       </c>
       <c r="E339" t="s">
-        <v>3122</v>
+        <v>3138</v>
       </c>
       <c r="F339" t="s">
-        <v>3123</v>
+        <v>3139</v>
       </c>
       <c r="G339" t="s">
-        <v>3124</v>
+        <v>3140</v>
       </c>
       <c r="H339" t="s">
-        <v>3125</v>
+        <v>3141</v>
       </c>
       <c r="I339" t="s">
-        <v>3126</v>
+        <v>3142</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3127</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>6761</v>
+        <v>5657</v>
       </c>
       <c r="B340" t="s">
-        <v>3128</v>
+        <v>3144</v>
       </c>
       <c r="C340" t="s">
-        <v>3129</v>
+        <v>3145</v>
       </c>
       <c r="D340" t="s">
-        <v>3130</v>
+        <v>3146</v>
       </c>
       <c r="E340" t="s">
-        <v>3131</v>
+        <v>3147</v>
       </c>
       <c r="F340" t="s">
-        <v>3132</v>
+        <v>3148</v>
       </c>
       <c r="G340" t="s">
-        <v>3133</v>
+        <v>3149</v>
       </c>
       <c r="H340" t="s">
-        <v>3134</v>
+        <v>3150</v>
       </c>
       <c r="I340" t="s">
-        <v>3135</v>
+        <v>3151</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
         <v>25</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
         <v>27</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3136</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>6762</v>
+        <v>5733</v>
       </c>
       <c r="B341" t="s">
-        <v>3137</v>
+        <v>3153</v>
       </c>
       <c r="C341" t="s">
-        <v>3138</v>
+        <v>3154</v>
       </c>
       <c r="D341" t="s">
-        <v>3139</v>
+        <v>3155</v>
       </c>
       <c r="E341" t="s">
-        <v>3140</v>
+        <v>3156</v>
       </c>
       <c r="F341" t="s">
-        <v>3141</v>
+        <v>3157</v>
       </c>
       <c r="G341" t="s">
-        <v>3142</v>
+        <v>3158</v>
       </c>
       <c r="H341" t="s">
-        <v>3143</v>
+        <v>3159</v>
       </c>
       <c r="I341" t="s">
-        <v>3144</v>
+        <v>3160</v>
       </c>
       <c r="J341" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K341" t="s">
-        <v>689</v>
+        <v>47</v>
       </c>
       <c r="L341" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M341" t="s">
-        <v>690</v>
+        <v>48</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3145</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>6765</v>
+        <v>5787</v>
       </c>
       <c r="B342" t="s">
-        <v>3146</v>
+        <v>3162</v>
       </c>
       <c r="C342" t="s">
-        <v>3147</v>
+        <v>3163</v>
       </c>
       <c r="D342" t="s">
-        <v>3148</v>
+        <v>3164</v>
       </c>
       <c r="E342" t="s">
-        <v>3149</v>
+        <v>3165</v>
       </c>
       <c r="F342" t="s">
-        <v>3150</v>
+        <v>3166</v>
       </c>
       <c r="G342" t="s">
-        <v>3151</v>
+        <v>3167</v>
       </c>
       <c r="H342" t="s">
-        <v>3152</v>
+        <v>3168</v>
       </c>
       <c r="I342" t="s">
-        <v>3153</v>
+        <v>3169</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3154</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>6982</v>
+        <v>5792</v>
       </c>
       <c r="B343" t="s">
-        <v>3155</v>
+        <v>3171</v>
       </c>
       <c r="C343" t="s">
-        <v>3156</v>
+        <v>3172</v>
       </c>
       <c r="D343" t="s">
-        <v>3157</v>
+        <v>3173</v>
       </c>
       <c r="E343" t="s">
-        <v>3158</v>
+        <v>3174</v>
       </c>
       <c r="F343" t="s">
-        <v>3159</v>
+        <v>3175</v>
       </c>
       <c r="G343" t="s">
-        <v>3160</v>
+        <v>3176</v>
       </c>
       <c r="H343" t="s">
-        <v>3161</v>
+        <v>3177</v>
       </c>
       <c r="I343" t="s">
-        <v>3162</v>
+        <v>3178</v>
       </c>
       <c r="J343" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K343" t="s">
-        <v>3163</v>
+        <v>507</v>
       </c>
       <c r="L343" t="s">
-        <v>26</v>
+        <v>508</v>
+      </c>
+      <c r="M343" t="s">
+        <v>509</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3164</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>8265</v>
+        <v>5794</v>
       </c>
       <c r="B344" t="s">
-        <v>3165</v>
+        <v>3180</v>
       </c>
       <c r="C344" t="s">
-        <v>3166</v>
+        <v>3181</v>
       </c>
       <c r="D344" t="s">
-        <v>3167</v>
+        <v>3182</v>
       </c>
       <c r="E344" t="s">
-        <v>3168</v>
+        <v>3183</v>
       </c>
       <c r="F344" t="s">
-        <v>3169</v>
+        <v>3184</v>
       </c>
       <c r="G344" t="s">
-        <v>3170</v>
+        <v>3185</v>
       </c>
       <c r="H344" t="s">
-        <v>3171</v>
+        <v>3186</v>
       </c>
       <c r="I344" t="s">
-        <v>3172</v>
+        <v>3187</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>3173</v>
+        <v>206</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>3174</v>
+        <v>207</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3175</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>8289</v>
+        <v>5795</v>
       </c>
       <c r="B345" t="s">
-        <v>3176</v>
+        <v>3189</v>
       </c>
       <c r="C345" t="s">
-        <v>3177</v>
+        <v>3190</v>
       </c>
       <c r="D345" t="s">
-        <v>3178</v>
+        <v>3191</v>
       </c>
       <c r="E345" t="s">
-        <v>3179</v>
+        <v>3192</v>
       </c>
       <c r="F345" t="s">
-        <v>3180</v>
+        <v>3193</v>
       </c>
       <c r="G345" t="s">
-        <v>3181</v>
+        <v>3194</v>
       </c>
       <c r="H345" t="s">
-        <v>3182</v>
+        <v>3195</v>
       </c>
       <c r="I345" t="s">
-        <v>3183</v>
+        <v>3196</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>450</v>
+        <v>47</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
-        <v>452</v>
+        <v>48</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3184</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>8294</v>
+        <v>5796</v>
       </c>
       <c r="B346" t="s">
-        <v>3185</v>
+        <v>3198</v>
       </c>
       <c r="C346" t="s">
-        <v>3186</v>
+        <v>3199</v>
       </c>
       <c r="D346" t="s">
-        <v>3187</v>
+        <v>3200</v>
       </c>
       <c r="E346" t="s">
-        <v>3188</v>
+        <v>3201</v>
       </c>
       <c r="F346" t="s">
-        <v>3189</v>
+        <v>3202</v>
       </c>
       <c r="G346" t="s">
-        <v>3190</v>
+        <v>3203</v>
       </c>
       <c r="H346" t="s">
-        <v>3191</v>
+        <v>3204</v>
       </c>
       <c r="I346" t="s">
-        <v>3192</v>
+        <v>3205</v>
       </c>
       <c r="J346" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>745</v>
+        <v>206</v>
       </c>
       <c r="L346" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>746</v>
+        <v>207</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3193</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>8315</v>
+        <v>5798</v>
       </c>
       <c r="B347" t="s">
-        <v>3194</v>
+        <v>3207</v>
       </c>
       <c r="C347" t="s">
-        <v>3195</v>
+        <v>3208</v>
       </c>
       <c r="D347" t="s">
-        <v>3196</v>
+        <v>3209</v>
       </c>
       <c r="E347" t="s">
-        <v>3197</v>
+        <v>3210</v>
       </c>
       <c r="F347" t="s">
-        <v>3198</v>
+        <v>3211</v>
       </c>
       <c r="G347" t="s">
-        <v>3199</v>
+        <v>3212</v>
       </c>
       <c r="H347" t="s">
-        <v>3200</v>
+        <v>3213</v>
       </c>
       <c r="I347" t="s">
-        <v>3201</v>
+        <v>3214</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3202</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>8341</v>
+        <v>5799</v>
       </c>
       <c r="B348" t="s">
-        <v>3203</v>
+        <v>3216</v>
       </c>
       <c r="C348" t="s">
-        <v>3204</v>
+        <v>3217</v>
       </c>
       <c r="D348" t="s">
-        <v>3205</v>
+        <v>3218</v>
       </c>
       <c r="E348" t="s">
-        <v>3206</v>
+        <v>3219</v>
       </c>
       <c r="F348" t="s">
-        <v>3207</v>
+        <v>3220</v>
       </c>
       <c r="G348" t="s">
-        <v>3208</v>
+        <v>3221</v>
       </c>
       <c r="H348" t="s">
-        <v>3209</v>
+        <v>3222</v>
       </c>
       <c r="I348" t="s">
-        <v>3210</v>
+        <v>3223</v>
       </c>
       <c r="J348" t="s">
-        <v>24</v>
+        <v>2179</v>
       </c>
       <c r="K348" t="s">
-        <v>170</v>
+        <v>988</v>
       </c>
       <c r="L348" t="s">
-        <v>26</v>
+        <v>2181</v>
       </c>
       <c r="M348" t="s">
-        <v>171</v>
+        <v>989</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3211</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>8343</v>
+        <v>5802</v>
       </c>
       <c r="B349" t="s">
-        <v>3212</v>
+        <v>3225</v>
       </c>
       <c r="C349" t="s">
-        <v>3213</v>
+        <v>3226</v>
       </c>
       <c r="D349" t="s">
-        <v>3214</v>
+        <v>3227</v>
       </c>
       <c r="E349" t="s">
-        <v>3215</v>
+        <v>3228</v>
       </c>
       <c r="F349" t="s">
-        <v>3216</v>
+        <v>3229</v>
       </c>
       <c r="G349" t="s">
-        <v>3217</v>
+        <v>3230</v>
       </c>
       <c r="H349" t="s">
-        <v>3218</v>
+        <v>3231</v>
       </c>
       <c r="I349" t="s">
-        <v>3219</v>
+        <v>3232</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>25</v>
+        <v>1590</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
-        <v>27</v>
+        <v>1592</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3220</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>8344</v>
+        <v>5803</v>
       </c>
       <c r="B350" t="s">
-        <v>3221</v>
+        <v>3234</v>
       </c>
       <c r="C350" t="s">
-        <v>3222</v>
+        <v>3235</v>
       </c>
       <c r="D350" t="s">
-        <v>3223</v>
+        <v>3236</v>
       </c>
       <c r="E350" t="s">
-        <v>3224</v>
+        <v>3237</v>
       </c>
       <c r="F350" t="s">
-        <v>3225</v>
+        <v>3238</v>
       </c>
       <c r="G350" t="s">
-        <v>3226</v>
+        <v>3239</v>
       </c>
       <c r="H350" t="s">
-        <v>3227</v>
+        <v>3240</v>
       </c>
       <c r="I350" t="s">
-        <v>3228</v>
+        <v>3241</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3229</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>8355</v>
+        <v>5805</v>
       </c>
       <c r="B351" t="s">
-        <v>3230</v>
+        <v>3243</v>
       </c>
       <c r="C351" t="s">
-        <v>3231</v>
+        <v>3244</v>
       </c>
       <c r="D351" t="s">
-        <v>3232</v>
+        <v>3245</v>
       </c>
       <c r="E351" t="s">
-        <v>3233</v>
+        <v>3246</v>
       </c>
       <c r="F351" t="s">
-        <v>3234</v>
+        <v>3247</v>
       </c>
       <c r="G351" t="s">
-        <v>3235</v>
+        <v>3248</v>
       </c>
       <c r="H351" t="s">
-        <v>3236</v>
+        <v>3249</v>
       </c>
       <c r="I351" t="s">
-        <v>3237</v>
+        <v>3250</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>3238</v>
+        <v>25</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
+      <c r="M351" t="s">
+        <v>27</v>
+      </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3239</v>
+        <v>3251</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>8357</v>
+        <v>5808</v>
       </c>
       <c r="B352" t="s">
-        <v>3240</v>
+        <v>3252</v>
       </c>
       <c r="C352" t="s">
-        <v>3241</v>
+        <v>3253</v>
       </c>
       <c r="D352" t="s">
-        <v>3242</v>
+        <v>3254</v>
       </c>
       <c r="E352" t="s">
-        <v>3243</v>
+        <v>3255</v>
       </c>
       <c r="F352" t="s">
-        <v>3244</v>
+        <v>3256</v>
       </c>
       <c r="G352" t="s">
-        <v>3245</v>
+        <v>3257</v>
       </c>
       <c r="H352" t="s">
-        <v>3246</v>
+        <v>3258</v>
       </c>
       <c r="I352" t="s">
-        <v>3247</v>
+        <v>3259</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
-        <v>3238</v>
+        <v>25</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
+      <c r="M352" t="s">
+        <v>27</v>
+      </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3248</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>8377</v>
+        <v>5811</v>
       </c>
       <c r="B353" t="s">
-        <v>3249</v>
+        <v>3261</v>
       </c>
       <c r="C353" t="s">
-        <v>3250</v>
+        <v>3262</v>
       </c>
       <c r="D353" t="s">
-        <v>3251</v>
+        <v>3263</v>
       </c>
       <c r="E353" t="s">
-        <v>3252</v>
+        <v>3264</v>
       </c>
       <c r="F353" t="s">
-        <v>3253</v>
+        <v>3265</v>
       </c>
       <c r="G353" t="s">
-        <v>3254</v>
+        <v>3266</v>
       </c>
       <c r="H353" t="s">
-        <v>3255</v>
+        <v>3267</v>
       </c>
       <c r="I353" t="s">
-        <v>3256</v>
+        <v>3268</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
         <v>25</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
         <v>27</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3257</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>8386</v>
+        <v>5813</v>
       </c>
       <c r="B354" t="s">
-        <v>3258</v>
+        <v>3270</v>
       </c>
       <c r="C354" t="s">
-        <v>3259</v>
+        <v>3271</v>
       </c>
       <c r="D354" t="s">
-        <v>3260</v>
+        <v>3272</v>
       </c>
       <c r="E354" t="s">
-        <v>3261</v>
+        <v>3273</v>
       </c>
       <c r="F354" t="s">
-        <v>3262</v>
+        <v>3274</v>
       </c>
       <c r="G354" t="s">
-        <v>3263</v>
+        <v>3275</v>
       </c>
       <c r="H354" t="s">
-        <v>3264</v>
+        <v>3276</v>
       </c>
       <c r="I354" t="s">
-        <v>3265</v>
+        <v>3277</v>
       </c>
       <c r="J354" t="s">
-        <v>1813</v>
+        <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L354" t="s">
-        <v>1815</v>
+        <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3266</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>8387</v>
+        <v>5814</v>
       </c>
       <c r="B355" t="s">
-        <v>3267</v>
+        <v>3279</v>
       </c>
       <c r="C355" t="s">
-        <v>3268</v>
+        <v>3280</v>
       </c>
       <c r="D355" t="s">
-        <v>3269</v>
+        <v>3281</v>
       </c>
       <c r="E355" t="s">
-        <v>3270</v>
+        <v>3282</v>
       </c>
       <c r="F355" t="s">
-        <v>3271</v>
+        <v>3283</v>
       </c>
       <c r="G355" t="s">
-        <v>3272</v>
+        <v>3284</v>
       </c>
       <c r="H355" t="s">
-        <v>3273</v>
+        <v>3285</v>
       </c>
       <c r="I355" t="s">
-        <v>3274</v>
+        <v>3286</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3275</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>8388</v>
+        <v>5819</v>
       </c>
       <c r="B356" t="s">
-        <v>3276</v>
+        <v>3288</v>
       </c>
       <c r="C356" t="s">
-        <v>3277</v>
+        <v>3289</v>
       </c>
       <c r="D356" t="s">
-        <v>3278</v>
+        <v>3290</v>
       </c>
       <c r="E356" t="s">
-        <v>3279</v>
+        <v>3291</v>
       </c>
       <c r="F356" t="s">
-        <v>3280</v>
+        <v>3292</v>
       </c>
       <c r="G356" t="s">
-        <v>3281</v>
+        <v>3293</v>
       </c>
       <c r="H356" t="s">
-        <v>3282</v>
+        <v>3294</v>
       </c>
       <c r="I356" t="s">
-        <v>3283</v>
+        <v>3295</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3284</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>8392</v>
+        <v>5830</v>
       </c>
       <c r="B357" t="s">
-        <v>3285</v>
+        <v>3297</v>
       </c>
       <c r="C357" t="s">
-        <v>3286</v>
+        <v>3298</v>
       </c>
       <c r="D357" t="s">
-        <v>3287</v>
+        <v>3299</v>
       </c>
       <c r="E357" t="s">
-        <v>3288</v>
+        <v>3300</v>
       </c>
       <c r="F357" t="s">
-        <v>3289</v>
+        <v>3301</v>
       </c>
       <c r="G357" t="s">
-        <v>3290</v>
+        <v>3302</v>
       </c>
       <c r="H357" t="s">
-        <v>3291</v>
+        <v>3303</v>
       </c>
       <c r="I357" t="s">
-        <v>3292</v>
+        <v>3304</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>1814</v>
+        <v>25</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>1816</v>
+        <v>27</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3293</v>
+        <v>3305</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>8402</v>
+        <v>5840</v>
       </c>
       <c r="B358" t="s">
-        <v>3294</v>
+        <v>3306</v>
       </c>
       <c r="C358" t="s">
-        <v>3295</v>
+        <v>3307</v>
       </c>
       <c r="D358" t="s">
-        <v>3296</v>
+        <v>3308</v>
       </c>
       <c r="E358" t="s">
-        <v>3297</v>
+        <v>3309</v>
       </c>
       <c r="F358" t="s">
-        <v>3298</v>
+        <v>3310</v>
       </c>
       <c r="G358" t="s">
-        <v>3299</v>
+        <v>3311</v>
       </c>
       <c r="H358" t="s">
-        <v>3300</v>
+        <v>3312</v>
       </c>
       <c r="I358" t="s">
-        <v>3301</v>
+        <v>3313</v>
       </c>
       <c r="J358" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K358" t="s">
-        <v>170</v>
+        <v>3314</v>
       </c>
       <c r="L358" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M358" t="s">
-        <v>171</v>
+        <v>3315</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3302</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>8883</v>
+        <v>5863</v>
       </c>
       <c r="B359" t="s">
-        <v>3303</v>
+        <v>3317</v>
       </c>
       <c r="C359" t="s">
-        <v>3304</v>
+        <v>3318</v>
       </c>
       <c r="D359" t="s">
-        <v>3305</v>
+        <v>3319</v>
       </c>
       <c r="E359" t="s">
-        <v>3306</v>
+        <v>3320</v>
       </c>
       <c r="F359" t="s">
-        <v>3307</v>
+        <v>3321</v>
       </c>
       <c r="G359" t="s">
-        <v>3308</v>
+        <v>3322</v>
       </c>
       <c r="H359" t="s">
-        <v>3309</v>
+        <v>3323</v>
       </c>
       <c r="I359" t="s">
-        <v>3310</v>
+        <v>3324</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
         <v>25</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
         <v>27</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3311</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>8886</v>
+        <v>5866</v>
       </c>
       <c r="B360" t="s">
-        <v>3312</v>
+        <v>3326</v>
       </c>
       <c r="C360" t="s">
-        <v>3313</v>
+        <v>3327</v>
       </c>
       <c r="D360" t="s">
-        <v>3314</v>
+        <v>3328</v>
       </c>
       <c r="E360" t="s">
-        <v>3315</v>
+        <v>3329</v>
       </c>
       <c r="F360" t="s">
-        <v>3316</v>
+        <v>3330</v>
       </c>
       <c r="G360" t="s">
-        <v>3317</v>
+        <v>3331</v>
       </c>
       <c r="H360" t="s">
-        <v>3318</v>
+        <v>3332</v>
       </c>
       <c r="I360" t="s">
-        <v>3319</v>
+        <v>3333</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3320</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>8902</v>
+        <v>5886</v>
       </c>
       <c r="B361" t="s">
-        <v>3321</v>
+        <v>3335</v>
       </c>
       <c r="C361" t="s">
-        <v>3322</v>
+        <v>3336</v>
       </c>
       <c r="D361" t="s">
-        <v>3323</v>
+        <v>3337</v>
       </c>
       <c r="E361" t="s">
-        <v>3324</v>
+        <v>3338</v>
       </c>
       <c r="F361" t="s">
-        <v>3325</v>
+        <v>3339</v>
       </c>
       <c r="G361" t="s">
-        <v>3326</v>
+        <v>3340</v>
       </c>
       <c r="H361" t="s">
-        <v>3327</v>
+        <v>3341</v>
       </c>
       <c r="I361" t="s">
-        <v>3328</v>
+        <v>3342</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
-        <v>170</v>
+        <v>988</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
-        <v>171</v>
+        <v>989</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3329</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>8903</v>
+        <v>5888</v>
       </c>
       <c r="B362" t="s">
-        <v>3330</v>
+        <v>3344</v>
       </c>
       <c r="C362" t="s">
-        <v>3331</v>
+        <v>3345</v>
       </c>
       <c r="D362" t="s">
-        <v>3332</v>
+        <v>3346</v>
       </c>
       <c r="E362" t="s">
-        <v>3333</v>
+        <v>3347</v>
       </c>
       <c r="F362" t="s">
-        <v>3334</v>
+        <v>3348</v>
       </c>
       <c r="G362" t="s">
-        <v>3335</v>
+        <v>3349</v>
       </c>
       <c r="H362" t="s">
-        <v>3336</v>
+        <v>3350</v>
       </c>
       <c r="I362" t="s">
-        <v>3337</v>
+        <v>3351</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3338</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>8904</v>
+        <v>5889</v>
       </c>
       <c r="B363" t="s">
-        <v>3339</v>
+        <v>3353</v>
       </c>
       <c r="C363" t="s">
-        <v>3340</v>
+        <v>3354</v>
       </c>
       <c r="D363" t="s">
-        <v>3341</v>
+        <v>3355</v>
       </c>
       <c r="E363" t="s">
-        <v>3342</v>
+        <v>3356</v>
       </c>
       <c r="F363" t="s">
-        <v>3343</v>
+        <v>3357</v>
       </c>
       <c r="G363" t="s">
-        <v>3344</v>
+        <v>3358</v>
       </c>
       <c r="H363" t="s">
-        <v>3345</v>
+        <v>3359</v>
       </c>
       <c r="I363" t="s">
-        <v>3346</v>
+        <v>3360</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3347</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>8914</v>
+        <v>5907</v>
       </c>
       <c r="B364" t="s">
-        <v>3348</v>
+        <v>3362</v>
       </c>
       <c r="C364" t="s">
-        <v>3349</v>
+        <v>3363</v>
       </c>
       <c r="D364" t="s">
-        <v>3350</v>
+        <v>3364</v>
       </c>
       <c r="E364" t="s">
-        <v>3351</v>
+        <v>3365</v>
       </c>
       <c r="F364" t="s">
-        <v>3352</v>
+        <v>3366</v>
       </c>
       <c r="G364" t="s">
-        <v>3353</v>
+        <v>3367</v>
       </c>
       <c r="H364" t="s">
-        <v>3354</v>
+        <v>3368</v>
       </c>
       <c r="I364" t="s">
-        <v>3355</v>
+        <v>3369</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
         <v>25</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
         <v>27</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3356</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>8918</v>
+        <v>5913</v>
       </c>
       <c r="B365" t="s">
-        <v>3357</v>
+        <v>3371</v>
       </c>
       <c r="C365" t="s">
-        <v>3358</v>
+        <v>3372</v>
       </c>
       <c r="D365" t="s">
-        <v>3359</v>
+        <v>3373</v>
       </c>
       <c r="E365" t="s">
-        <v>3360</v>
+        <v>3374</v>
       </c>
       <c r="F365" t="s">
-        <v>3361</v>
+        <v>3375</v>
       </c>
       <c r="G365" t="s">
-        <v>3362</v>
+        <v>3376</v>
       </c>
       <c r="H365" t="s">
-        <v>3363</v>
+        <v>3377</v>
       </c>
       <c r="I365" t="s">
-        <v>3364</v>
+        <v>3378</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3365</v>
+        <v>3379</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>8945</v>
+        <v>5915</v>
       </c>
       <c r="B366" t="s">
-        <v>3366</v>
+        <v>3380</v>
       </c>
       <c r="C366" t="s">
-        <v>3367</v>
+        <v>3381</v>
       </c>
       <c r="D366" t="s">
-        <v>3368</v>
+        <v>3382</v>
       </c>
       <c r="E366" t="s">
-        <v>3369</v>
+        <v>3383</v>
       </c>
       <c r="F366" t="s">
-        <v>3370</v>
+        <v>3384</v>
       </c>
       <c r="G366" t="s">
-        <v>3371</v>
+        <v>3385</v>
       </c>
       <c r="H366" t="s">
-        <v>3372</v>
+        <v>3386</v>
       </c>
       <c r="I366" t="s">
-        <v>3373</v>
+        <v>3387</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
-        <v>47</v>
+        <v>206</v>
       </c>
       <c r="L366" t="s">
         <v>26</v>
       </c>
       <c r="M366" t="s">
-        <v>48</v>
+        <v>207</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3374</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>8950</v>
+        <v>5927</v>
       </c>
       <c r="B367" t="s">
-        <v>3375</v>
+        <v>3389</v>
       </c>
       <c r="C367" t="s">
-        <v>3376</v>
+        <v>3390</v>
       </c>
       <c r="D367" t="s">
-        <v>3377</v>
+        <v>3391</v>
       </c>
       <c r="E367" t="s">
-        <v>3378</v>
+        <v>3392</v>
       </c>
       <c r="F367" t="s">
-        <v>3379</v>
+        <v>3393</v>
       </c>
       <c r="G367" t="s">
-        <v>3380</v>
+        <v>3394</v>
       </c>
       <c r="H367" t="s">
-        <v>3381</v>
+        <v>3395</v>
       </c>
       <c r="I367" t="s">
-        <v>3382</v>
+        <v>3396</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>3383</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>8951</v>
+        <v>5928</v>
       </c>
       <c r="B368" t="s">
-        <v>3384</v>
+        <v>3398</v>
       </c>
       <c r="C368" t="s">
-        <v>3385</v>
+        <v>3399</v>
       </c>
       <c r="D368" t="s">
-        <v>3386</v>
+        <v>3400</v>
       </c>
       <c r="E368" t="s">
-        <v>3387</v>
+        <v>3401</v>
       </c>
       <c r="F368" t="s">
-        <v>3388</v>
+        <v>3402</v>
       </c>
       <c r="G368" t="s">
-        <v>3389</v>
+        <v>3403</v>
       </c>
       <c r="H368" t="s">
-        <v>3390</v>
+        <v>3404</v>
       </c>
       <c r="I368" t="s">
-        <v>3391</v>
+        <v>3405</v>
       </c>
       <c r="J368" t="s">
-        <v>24</v>
+        <v>3406</v>
       </c>
       <c r="K368" t="s">
-        <v>170</v>
+        <v>3407</v>
       </c>
       <c r="L368" t="s">
-        <v>26</v>
+        <v>3408</v>
       </c>
       <c r="M368" t="s">
-        <v>171</v>
+        <v>3409</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3392</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>8959</v>
+        <v>5931</v>
       </c>
       <c r="B369" t="s">
-        <v>3393</v>
+        <v>3411</v>
       </c>
       <c r="C369" t="s">
-        <v>3394</v>
+        <v>3412</v>
       </c>
       <c r="D369" t="s">
-        <v>3395</v>
+        <v>3413</v>
       </c>
       <c r="E369" t="s">
-        <v>3396</v>
+        <v>3414</v>
       </c>
       <c r="F369" t="s">
-        <v>3397</v>
+        <v>3415</v>
       </c>
       <c r="G369" t="s">
-        <v>3398</v>
+        <v>3416</v>
       </c>
       <c r="H369" t="s">
-        <v>3399</v>
+        <v>3417</v>
       </c>
       <c r="I369" t="s">
-        <v>3400</v>
+        <v>3418</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3401</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>8964</v>
+        <v>5932</v>
       </c>
       <c r="B370" t="s">
-        <v>3402</v>
+        <v>3420</v>
       </c>
       <c r="C370" t="s">
-        <v>3403</v>
+        <v>3421</v>
       </c>
       <c r="D370" t="s">
-        <v>3404</v>
+        <v>3422</v>
       </c>
       <c r="E370" t="s">
-        <v>3405</v>
+        <v>3423</v>
       </c>
       <c r="F370" t="s">
-        <v>3406</v>
+        <v>3424</v>
       </c>
       <c r="G370" t="s">
-        <v>3407</v>
+        <v>3425</v>
       </c>
       <c r="H370" t="s">
-        <v>3408</v>
+        <v>3426</v>
       </c>
       <c r="I370" t="s">
-        <v>3409</v>
+        <v>3427</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
-        <v>904</v>
+        <v>206</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
-        <v>905</v>
+        <v>207</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3410</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>10011</v>
+        <v>5934</v>
       </c>
       <c r="B371" t="s">
-        <v>3411</v>
+        <v>3429</v>
       </c>
       <c r="C371" t="s">
-        <v>3412</v>
+        <v>3430</v>
       </c>
       <c r="D371" t="s">
-        <v>3413</v>
+        <v>3431</v>
       </c>
       <c r="E371" t="s">
-        <v>3414</v>
+        <v>3432</v>
       </c>
       <c r="F371" t="s">
-        <v>3415</v>
+        <v>3433</v>
       </c>
       <c r="G371" t="s">
-        <v>3416</v>
+        <v>3434</v>
       </c>
       <c r="H371" t="s">
-        <v>3417</v>
+        <v>3435</v>
       </c>
       <c r="I371" t="s">
-        <v>3418</v>
+        <v>3436</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3419</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>10014</v>
+        <v>5936</v>
       </c>
       <c r="B372" t="s">
-        <v>3420</v>
+        <v>3438</v>
       </c>
       <c r="C372" t="s">
-        <v>3421</v>
+        <v>3439</v>
       </c>
       <c r="D372" t="s">
-        <v>3422</v>
+        <v>3440</v>
       </c>
       <c r="E372" t="s">
-        <v>3423</v>
+        <v>3441</v>
       </c>
       <c r="F372" t="s">
-        <v>3424</v>
+        <v>3442</v>
       </c>
       <c r="G372" t="s">
-        <v>3425</v>
+        <v>3443</v>
       </c>
       <c r="H372" t="s">
-        <v>3426</v>
+        <v>3444</v>
       </c>
       <c r="I372" t="s">
-        <v>3427</v>
+        <v>3445</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>3428</v>
+        <v>25</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>3429</v>
+        <v>27</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3430</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>10015</v>
+        <v>5953</v>
       </c>
       <c r="B373" t="s">
-        <v>3431</v>
+        <v>3447</v>
       </c>
       <c r="C373" t="s">
-        <v>3432</v>
+        <v>3448</v>
       </c>
       <c r="D373" t="s">
-        <v>3433</v>
+        <v>3449</v>
       </c>
       <c r="E373" t="s">
-        <v>3434</v>
+        <v>3450</v>
       </c>
       <c r="F373" t="s">
-        <v>3435</v>
+        <v>3451</v>
       </c>
       <c r="G373" t="s">
-        <v>3436</v>
+        <v>3452</v>
       </c>
       <c r="H373" t="s">
-        <v>3437</v>
+        <v>3453</v>
       </c>
       <c r="I373" t="s">
-        <v>3438</v>
+        <v>3454</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3439</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>10036</v>
+        <v>5976</v>
       </c>
       <c r="B374" t="s">
-        <v>3440</v>
+        <v>3456</v>
       </c>
       <c r="C374" t="s">
-        <v>3441</v>
+        <v>3457</v>
       </c>
       <c r="D374" t="s">
-        <v>3442</v>
+        <v>3458</v>
       </c>
       <c r="E374" t="s">
-        <v>3443</v>
+        <v>3459</v>
       </c>
       <c r="F374" t="s">
-        <v>3444</v>
+        <v>3460</v>
       </c>
       <c r="G374" t="s">
-        <v>3445</v>
+        <v>3461</v>
       </c>
       <c r="H374" t="s">
-        <v>3446</v>
+        <v>3462</v>
       </c>
       <c r="I374" t="s">
-        <v>3447</v>
+        <v>3463</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
-        <v>25</v>
+        <v>1590</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
-        <v>27</v>
+        <v>1592</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3448</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>10046</v>
+        <v>5978</v>
       </c>
       <c r="B375" t="s">
-        <v>3449</v>
+        <v>3465</v>
       </c>
       <c r="C375" t="s">
-        <v>3450</v>
+        <v>3466</v>
       </c>
       <c r="D375" t="s">
-        <v>3451</v>
+        <v>3467</v>
       </c>
       <c r="E375" t="s">
-        <v>3452</v>
+        <v>3468</v>
       </c>
       <c r="F375" t="s">
-        <v>3453</v>
+        <v>3469</v>
       </c>
       <c r="G375" t="s">
-        <v>3454</v>
+        <v>3470</v>
       </c>
       <c r="H375" t="s">
-        <v>3455</v>
+        <v>3471</v>
       </c>
       <c r="I375" t="s">
-        <v>3456</v>
+        <v>3472</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3457</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>10098</v>
+        <v>5981</v>
       </c>
       <c r="B376" t="s">
-        <v>3458</v>
+        <v>3474</v>
       </c>
       <c r="C376" t="s">
-        <v>3459</v>
+        <v>3475</v>
       </c>
       <c r="D376" t="s">
-        <v>3460</v>
+        <v>3476</v>
       </c>
       <c r="E376" t="s">
-        <v>3461</v>
+        <v>3477</v>
       </c>
       <c r="F376" t="s">
-        <v>3462</v>
+        <v>3478</v>
       </c>
       <c r="G376" t="s">
-        <v>3463</v>
+        <v>3479</v>
       </c>
       <c r="H376" t="s">
-        <v>3464</v>
+        <v>3480</v>
       </c>
       <c r="I376" t="s">
-        <v>3465</v>
+        <v>3481</v>
       </c>
       <c r="J376" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K376" t="s">
-        <v>25</v>
+        <v>3482</v>
       </c>
       <c r="L376" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M376" t="s">
-        <v>27</v>
+        <v>3483</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3466</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>10101</v>
+        <v>5986</v>
       </c>
       <c r="B377" t="s">
-        <v>3467</v>
+        <v>3485</v>
       </c>
       <c r="C377" t="s">
-        <v>3468</v>
+        <v>3486</v>
       </c>
       <c r="D377" t="s">
-        <v>3469</v>
+        <v>3487</v>
       </c>
       <c r="E377" t="s">
-        <v>3470</v>
+        <v>3488</v>
       </c>
       <c r="F377" t="s">
-        <v>3471</v>
+        <v>3489</v>
       </c>
       <c r="G377" t="s">
-        <v>3472</v>
+        <v>3490</v>
       </c>
       <c r="H377" t="s">
-        <v>3473</v>
+        <v>3491</v>
       </c>
       <c r="I377" t="s">
-        <v>3474</v>
+        <v>3492</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3475</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>10412</v>
+        <v>5989</v>
       </c>
       <c r="B378" t="s">
-        <v>3476</v>
+        <v>3494</v>
       </c>
       <c r="C378" t="s">
-        <v>3477</v>
+        <v>3495</v>
       </c>
       <c r="D378" t="s">
-        <v>3478</v>
+        <v>3496</v>
       </c>
       <c r="E378" t="s">
-        <v>3479</v>
+        <v>3497</v>
       </c>
       <c r="F378" t="s">
-        <v>3480</v>
+        <v>3498</v>
       </c>
       <c r="G378" t="s">
-        <v>3481</v>
+        <v>3499</v>
       </c>
       <c r="H378" t="s">
-        <v>3482</v>
+        <v>3500</v>
       </c>
       <c r="I378" t="s">
-        <v>3483</v>
+        <v>3501</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
-        <v>25</v>
+        <v>2385</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
-        <v>27</v>
+        <v>2386</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3484</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>10603</v>
+        <v>6014</v>
       </c>
       <c r="B379" t="s">
-        <v>3485</v>
+        <v>3503</v>
       </c>
       <c r="C379" t="s">
-        <v>3486</v>
+        <v>3504</v>
       </c>
       <c r="D379" t="s">
-        <v>3487</v>
+        <v>3505</v>
       </c>
       <c r="E379" t="s">
-        <v>3488</v>
+        <v>3506</v>
       </c>
       <c r="F379" t="s">
-        <v>3489</v>
+        <v>3507</v>
       </c>
       <c r="G379" t="s">
-        <v>3490</v>
+        <v>3508</v>
       </c>
       <c r="H379" t="s">
-        <v>3491</v>
+        <v>3509</v>
       </c>
       <c r="I379" t="s">
-        <v>3492</v>
+        <v>3510</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3493</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>10635</v>
+        <v>6017</v>
       </c>
       <c r="B380" t="s">
-        <v>3494</v>
+        <v>3512</v>
       </c>
       <c r="C380" t="s">
-        <v>3495</v>
+        <v>3513</v>
       </c>
       <c r="D380" t="s">
-        <v>3496</v>
+        <v>3514</v>
       </c>
       <c r="E380" t="s">
-        <v>3497</v>
+        <v>3515</v>
       </c>
       <c r="F380" t="s">
-        <v>3498</v>
+        <v>3516</v>
       </c>
       <c r="G380" t="s">
-        <v>3499</v>
+        <v>3517</v>
       </c>
       <c r="H380" t="s">
-        <v>3500</v>
+        <v>3518</v>
       </c>
       <c r="I380" t="s">
-        <v>3501</v>
+        <v>3519</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3502</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>10639</v>
+        <v>6018</v>
       </c>
       <c r="B381" t="s">
-        <v>3503</v>
+        <v>3521</v>
       </c>
       <c r="C381" t="s">
-        <v>3504</v>
+        <v>3522</v>
       </c>
       <c r="D381" t="s">
-        <v>3505</v>
+        <v>3523</v>
       </c>
       <c r="E381" t="s">
-        <v>3506</v>
+        <v>3524</v>
       </c>
       <c r="F381" t="s">
-        <v>3507</v>
+        <v>3525</v>
       </c>
       <c r="G381" t="s">
-        <v>3508</v>
+        <v>3526</v>
       </c>
       <c r="H381" t="s">
-        <v>3509</v>
+        <v>3527</v>
       </c>
       <c r="I381" t="s">
-        <v>3510</v>
+        <v>3528</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3511</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>10647</v>
+        <v>6021</v>
       </c>
       <c r="B382" t="s">
-        <v>3512</v>
+        <v>3530</v>
       </c>
       <c r="C382" t="s">
-        <v>3513</v>
+        <v>3531</v>
       </c>
       <c r="D382" t="s">
-        <v>3514</v>
+        <v>3532</v>
       </c>
       <c r="E382" t="s">
-        <v>3515</v>
+        <v>3533</v>
       </c>
       <c r="F382" t="s">
-        <v>3516</v>
+        <v>3534</v>
       </c>
       <c r="G382" t="s">
-        <v>3517</v>
+        <v>3535</v>
       </c>
       <c r="H382" t="s">
-        <v>3518</v>
+        <v>3536</v>
       </c>
       <c r="I382" t="s">
-        <v>3519</v>
+        <v>3537</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3520</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>10887</v>
+        <v>6035</v>
       </c>
       <c r="B383" t="s">
-        <v>3521</v>
+        <v>3539</v>
       </c>
       <c r="C383" t="s">
-        <v>3522</v>
+        <v>3540</v>
       </c>
       <c r="D383" t="s">
-        <v>3523</v>
+        <v>3541</v>
       </c>
       <c r="E383" t="s">
-        <v>3524</v>
+        <v>3542</v>
       </c>
       <c r="F383" t="s">
-        <v>3525</v>
+        <v>3543</v>
       </c>
       <c r="G383" t="s">
-        <v>3526</v>
+        <v>3544</v>
       </c>
       <c r="H383" t="s">
-        <v>3527</v>
+        <v>3545</v>
       </c>
       <c r="I383" t="s">
-        <v>3528</v>
+        <v>3546</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
-        <v>25</v>
+        <v>3547</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
-        <v>27</v>
+        <v>3548</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3529</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>10925</v>
+        <v>6076</v>
       </c>
       <c r="B384" t="s">
-        <v>3530</v>
+        <v>3550</v>
       </c>
       <c r="C384" t="s">
-        <v>3531</v>
+        <v>3551</v>
       </c>
       <c r="D384" t="s">
-        <v>3532</v>
+        <v>3552</v>
       </c>
       <c r="E384" t="s">
-        <v>3533</v>
+        <v>3553</v>
       </c>
       <c r="F384" t="s">
-        <v>3534</v>
+        <v>3554</v>
       </c>
       <c r="G384" t="s">
-        <v>3535</v>
+        <v>3555</v>
       </c>
       <c r="H384" t="s">
-        <v>3536</v>
+        <v>3556</v>
       </c>
       <c r="I384" t="s">
-        <v>3537</v>
+        <v>3557</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
         <v>25</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
         <v>27</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3538</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>10927</v>
+        <v>6078</v>
       </c>
       <c r="B385" t="s">
-        <v>3539</v>
+        <v>3559</v>
       </c>
       <c r="C385" t="s">
-        <v>3540</v>
+        <v>3560</v>
       </c>
       <c r="D385" t="s">
-        <v>3541</v>
+        <v>3561</v>
       </c>
       <c r="E385" t="s">
-        <v>3542</v>
+        <v>3562</v>
       </c>
       <c r="F385" t="s">
-        <v>3543</v>
+        <v>3563</v>
       </c>
       <c r="G385" t="s">
-        <v>3544</v>
+        <v>3564</v>
       </c>
       <c r="H385" t="s">
-        <v>3545</v>
+        <v>3565</v>
       </c>
       <c r="I385" t="s">
-        <v>3546</v>
+        <v>3566</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3547</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>10930</v>
+        <v>6082</v>
       </c>
       <c r="B386" t="s">
-        <v>3548</v>
+        <v>3568</v>
       </c>
       <c r="C386" t="s">
-        <v>3549</v>
+        <v>3569</v>
       </c>
       <c r="D386" t="s">
-        <v>3550</v>
+        <v>3570</v>
       </c>
       <c r="E386" t="s">
-        <v>3551</v>
+        <v>3571</v>
       </c>
       <c r="F386" t="s">
-        <v>3552</v>
+        <v>3572</v>
       </c>
       <c r="G386" t="s">
-        <v>3553</v>
+        <v>3573</v>
       </c>
       <c r="H386" t="s">
-        <v>3554</v>
+        <v>3574</v>
       </c>
       <c r="I386" t="s">
-        <v>3555</v>
+        <v>3575</v>
       </c>
       <c r="J386" t="s">
-        <v>1475</v>
+        <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>274</v>
+        <v>645</v>
       </c>
       <c r="L386" t="s">
-        <v>1477</v>
+        <v>26</v>
       </c>
       <c r="M386" t="s">
-        <v>275</v>
+        <v>646</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3556</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>10945</v>
+        <v>6093</v>
       </c>
       <c r="B387" t="s">
-        <v>3557</v>
+        <v>3577</v>
       </c>
       <c r="C387" t="s">
-        <v>3558</v>
+        <v>3578</v>
       </c>
       <c r="D387" t="s">
-        <v>3559</v>
+        <v>3579</v>
       </c>
       <c r="E387" t="s">
-        <v>3560</v>
+        <v>3580</v>
       </c>
       <c r="F387" t="s">
-        <v>3561</v>
+        <v>3581</v>
       </c>
       <c r="G387" t="s">
-        <v>3562</v>
+        <v>3582</v>
       </c>
       <c r="H387" t="s">
-        <v>3563</v>
+        <v>3583</v>
       </c>
       <c r="I387" t="s">
-        <v>3564</v>
+        <v>3584</v>
       </c>
       <c r="J387" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K387" t="s">
-        <v>745</v>
+        <v>1154</v>
       </c>
       <c r="L387" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M387" t="s">
-        <v>746</v>
+        <v>1155</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3565</v>
+        <v>3585</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>10947</v>
+        <v>6112</v>
       </c>
       <c r="B388" t="s">
-        <v>3566</v>
+        <v>3586</v>
       </c>
       <c r="C388" t="s">
-        <v>3567</v>
+        <v>3587</v>
       </c>
       <c r="D388" t="s">
-        <v>3568</v>
+        <v>3588</v>
       </c>
       <c r="E388" t="s">
-        <v>3569</v>
+        <v>3589</v>
       </c>
       <c r="F388" t="s">
-        <v>3570</v>
+        <v>3590</v>
       </c>
       <c r="G388" t="s">
-        <v>3571</v>
+        <v>3591</v>
       </c>
       <c r="H388" t="s">
-        <v>3572</v>
+        <v>3592</v>
       </c>
       <c r="I388" t="s">
-        <v>3573</v>
+        <v>3593</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3574</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>10948</v>
+        <v>6179</v>
       </c>
       <c r="B389" t="s">
-        <v>3575</v>
+        <v>3595</v>
       </c>
       <c r="C389" t="s">
-        <v>3576</v>
+        <v>3596</v>
       </c>
       <c r="D389" t="s">
-        <v>3577</v>
+        <v>3597</v>
       </c>
       <c r="E389" t="s">
-        <v>3578</v>
+        <v>3598</v>
       </c>
       <c r="F389" t="s">
-        <v>3579</v>
+        <v>3599</v>
       </c>
       <c r="G389" t="s">
-        <v>3580</v>
+        <v>3600</v>
       </c>
       <c r="H389" t="s">
-        <v>3581</v>
+        <v>3601</v>
       </c>
       <c r="I389" t="s">
-        <v>3582</v>
+        <v>3602</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3583</v>
+        <v>3603</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>10950</v>
+        <v>6180</v>
       </c>
       <c r="B390" t="s">
-        <v>3584</v>
+        <v>3604</v>
       </c>
       <c r="C390" t="s">
-        <v>3585</v>
+        <v>3605</v>
       </c>
       <c r="D390" t="s">
-        <v>3586</v>
+        <v>3606</v>
       </c>
       <c r="E390" t="s">
-        <v>3587</v>
+        <v>3607</v>
       </c>
       <c r="F390" t="s">
-        <v>3588</v>
+        <v>3608</v>
       </c>
       <c r="G390" t="s">
-        <v>3589</v>
+        <v>3609</v>
       </c>
       <c r="H390" t="s">
-        <v>3590</v>
+        <v>3610</v>
       </c>
       <c r="I390" t="s">
-        <v>3591</v>
+        <v>3611</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
-        <v>3592</v>
+        <v>25</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
+      <c r="M390" t="s">
+        <v>27</v>
+      </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3593</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>10951</v>
+        <v>6203</v>
       </c>
       <c r="B391" t="s">
-        <v>3594</v>
+        <v>3613</v>
       </c>
       <c r="C391" t="s">
-        <v>3595</v>
+        <v>3614</v>
       </c>
       <c r="D391" t="s">
-        <v>3596</v>
+        <v>3615</v>
       </c>
       <c r="E391" t="s">
-        <v>3597</v>
+        <v>3616</v>
       </c>
       <c r="F391" t="s">
-        <v>3598</v>
+        <v>3617</v>
       </c>
       <c r="G391" t="s">
-        <v>3599</v>
+        <v>3618</v>
       </c>
       <c r="H391" t="s">
-        <v>3600</v>
+        <v>3619</v>
       </c>
       <c r="I391" t="s">
-        <v>3601</v>
+        <v>3620</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
-        <v>47</v>
+        <v>206</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
-        <v>48</v>
+        <v>207</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3602</v>
+        <v>3621</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>11000</v>
+        <v>6208</v>
       </c>
       <c r="B392" t="s">
-        <v>3603</v>
+        <v>3622</v>
       </c>
       <c r="C392" t="s">
-        <v>3604</v>
+        <v>3623</v>
       </c>
       <c r="D392" t="s">
-        <v>3605</v>
+        <v>3624</v>
       </c>
       <c r="E392" t="s">
-        <v>3606</v>
+        <v>3625</v>
       </c>
       <c r="F392" t="s">
-        <v>3607</v>
+        <v>3626</v>
       </c>
       <c r="G392" t="s">
-        <v>3608</v>
+        <v>3627</v>
       </c>
       <c r="H392" t="s">
-        <v>3609</v>
+        <v>3628</v>
       </c>
       <c r="I392" t="s">
-        <v>3610</v>
+        <v>3629</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3611</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>11161</v>
+        <v>6211</v>
       </c>
       <c r="B393" t="s">
-        <v>3612</v>
+        <v>3631</v>
       </c>
       <c r="C393" t="s">
-        <v>3613</v>
+        <v>3632</v>
       </c>
       <c r="D393" t="s">
-        <v>3614</v>
+        <v>3633</v>
       </c>
       <c r="E393" t="s">
-        <v>3615</v>
+        <v>3634</v>
       </c>
       <c r="F393" t="s">
-        <v>3616</v>
+        <v>3635</v>
       </c>
       <c r="G393" t="s">
-        <v>3617</v>
+        <v>3636</v>
       </c>
       <c r="H393" t="s">
-        <v>3618</v>
+        <v>3637</v>
       </c>
       <c r="I393" t="s">
-        <v>3619</v>
+        <v>3638</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>1476</v>
+        <v>206</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>1478</v>
+        <v>207</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3620</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>11169</v>
+        <v>6215</v>
       </c>
       <c r="B394" t="s">
-        <v>3621</v>
+        <v>3640</v>
       </c>
       <c r="C394" t="s">
-        <v>3622</v>
+        <v>3641</v>
       </c>
       <c r="D394" t="s">
-        <v>3623</v>
+        <v>3642</v>
       </c>
       <c r="E394" t="s">
-        <v>3624</v>
+        <v>3643</v>
       </c>
       <c r="F394" t="s">
-        <v>3625</v>
+        <v>3644</v>
       </c>
       <c r="G394" t="s">
-        <v>3626</v>
+        <v>3645</v>
       </c>
       <c r="H394" t="s">
-        <v>3627</v>
+        <v>3646</v>
       </c>
       <c r="I394" t="s">
-        <v>3628</v>
+        <v>3647</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>59</v>
+        <v>206</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
-        <v>61</v>
+        <v>207</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3629</v>
+        <v>3648</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>11220</v>
+        <v>6222</v>
       </c>
       <c r="B395" t="s">
-        <v>3630</v>
+        <v>3649</v>
       </c>
       <c r="C395" t="s">
-        <v>3631</v>
+        <v>3650</v>
       </c>
       <c r="D395" t="s">
-        <v>3632</v>
+        <v>3651</v>
       </c>
       <c r="E395" t="s">
-        <v>3633</v>
+        <v>3652</v>
       </c>
       <c r="F395" t="s">
-        <v>3634</v>
+        <v>3653</v>
       </c>
       <c r="G395" t="s">
-        <v>3635</v>
+        <v>3654</v>
       </c>
       <c r="H395" t="s">
-        <v>3636</v>
+        <v>3655</v>
       </c>
       <c r="I395" t="s">
-        <v>3637</v>
+        <v>3656</v>
       </c>
       <c r="J395" t="s">
-        <v>24</v>
+        <v>3406</v>
       </c>
       <c r="K395" t="s">
-        <v>689</v>
+        <v>988</v>
       </c>
       <c r="L395" t="s">
-        <v>26</v>
+        <v>3408</v>
       </c>
       <c r="M395" t="s">
-        <v>690</v>
+        <v>989</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3638</v>
+        <v>3657</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>11231</v>
+        <v>6254</v>
       </c>
       <c r="B396" t="s">
-        <v>3639</v>
+        <v>3658</v>
       </c>
       <c r="C396" t="s">
-        <v>3640</v>
+        <v>3659</v>
       </c>
       <c r="D396" t="s">
-        <v>3641</v>
+        <v>3660</v>
       </c>
       <c r="E396" t="s">
-        <v>3642</v>
+        <v>3661</v>
       </c>
       <c r="F396" t="s">
-        <v>3643</v>
+        <v>3662</v>
       </c>
       <c r="G396" t="s">
-        <v>3644</v>
+        <v>3663</v>
       </c>
       <c r="H396" t="s">
-        <v>3645</v>
+        <v>3664</v>
       </c>
       <c r="I396" t="s">
-        <v>3646</v>
+        <v>3665</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3647</v>
+        <v>3666</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>11249</v>
+        <v>6255</v>
       </c>
       <c r="B397" t="s">
-        <v>3648</v>
+        <v>3667</v>
       </c>
       <c r="C397" t="s">
-        <v>3649</v>
+        <v>3668</v>
       </c>
       <c r="D397" t="s">
-        <v>3650</v>
+        <v>3669</v>
       </c>
       <c r="E397" t="s">
-        <v>3651</v>
+        <v>3670</v>
       </c>
       <c r="F397" t="s">
-        <v>3652</v>
+        <v>3671</v>
       </c>
       <c r="G397" t="s">
-        <v>3653</v>
+        <v>3672</v>
       </c>
       <c r="H397" t="s">
-        <v>3654</v>
+        <v>3673</v>
       </c>
       <c r="I397" t="s">
-        <v>3655</v>
+        <v>3674</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
-        <v>47</v>
+        <v>3675</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
-        <v>48</v>
+        <v>3676</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3656</v>
+        <v>3677</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>11251</v>
+        <v>6257</v>
       </c>
       <c r="B398" t="s">
-        <v>3657</v>
+        <v>3678</v>
       </c>
       <c r="C398" t="s">
-        <v>3658</v>
+        <v>3679</v>
       </c>
       <c r="D398" t="s">
-        <v>3659</v>
+        <v>3680</v>
       </c>
       <c r="E398" t="s">
-        <v>3660</v>
+        <v>3681</v>
       </c>
       <c r="F398" t="s">
-        <v>3661</v>
+        <v>3682</v>
       </c>
       <c r="G398" t="s">
-        <v>3662</v>
+        <v>3683</v>
       </c>
       <c r="H398" t="s">
-        <v>3663</v>
+        <v>3684</v>
       </c>
       <c r="I398" t="s">
-        <v>3664</v>
+        <v>3685</v>
       </c>
       <c r="J398" t="s">
-        <v>24</v>
+        <v>840</v>
       </c>
       <c r="K398" t="s">
-        <v>3238</v>
+        <v>319</v>
       </c>
       <c r="L398" t="s">
-        <v>26</v>
+        <v>842</v>
+      </c>
+      <c r="M398" t="s">
+        <v>321</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3665</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>11256</v>
+        <v>6258</v>
       </c>
       <c r="B399" t="s">
-        <v>3666</v>
+        <v>3687</v>
       </c>
       <c r="C399" t="s">
-        <v>3667</v>
+        <v>3688</v>
       </c>
       <c r="D399" t="s">
-        <v>3668</v>
+        <v>3689</v>
       </c>
       <c r="E399" t="s">
-        <v>3669</v>
+        <v>3690</v>
       </c>
       <c r="F399" t="s">
-        <v>3670</v>
+        <v>3691</v>
       </c>
       <c r="G399" t="s">
-        <v>3671</v>
+        <v>3692</v>
       </c>
       <c r="H399" t="s">
-        <v>3672</v>
+        <v>3693</v>
       </c>
       <c r="I399" t="s">
-        <v>3673</v>
+        <v>3694</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3674</v>
+        <v>3695</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>11287</v>
+        <v>6259</v>
       </c>
       <c r="B400" t="s">
-        <v>3675</v>
+        <v>3696</v>
       </c>
       <c r="C400" t="s">
-        <v>3676</v>
+        <v>3697</v>
       </c>
       <c r="D400" t="s">
-        <v>3677</v>
+        <v>3698</v>
       </c>
       <c r="E400" t="s">
-        <v>3678</v>
+        <v>3699</v>
       </c>
       <c r="F400" t="s">
-        <v>3679</v>
+        <v>3700</v>
       </c>
       <c r="G400" t="s">
-        <v>3680</v>
+        <v>3701</v>
       </c>
       <c r="H400" t="s">
-        <v>3681</v>
+        <v>3702</v>
       </c>
       <c r="I400" t="s">
-        <v>3682</v>
+        <v>3703</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3683</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>11299</v>
+        <v>6261</v>
       </c>
       <c r="B401" t="s">
-        <v>3684</v>
+        <v>3705</v>
       </c>
       <c r="C401" t="s">
-        <v>3685</v>
+        <v>3706</v>
       </c>
       <c r="D401" t="s">
-        <v>3686</v>
+        <v>3707</v>
       </c>
       <c r="E401" t="s">
-        <v>3687</v>
+        <v>3708</v>
       </c>
       <c r="F401" t="s">
-        <v>3688</v>
+        <v>3709</v>
       </c>
       <c r="G401" t="s">
-        <v>3689</v>
+        <v>3710</v>
       </c>
       <c r="H401" t="s">
-        <v>3690</v>
+        <v>3711</v>
       </c>
       <c r="I401" t="s">
-        <v>3691</v>
+        <v>3712</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3692</v>
+        <v>3713</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>11303</v>
+        <v>6263</v>
       </c>
       <c r="B402" t="s">
-        <v>3693</v>
+        <v>3714</v>
       </c>
       <c r="C402" t="s">
-        <v>3694</v>
+        <v>3715</v>
       </c>
       <c r="D402" t="s">
-        <v>3695</v>
+        <v>3716</v>
       </c>
       <c r="E402" t="s">
-        <v>3696</v>
+        <v>3717</v>
       </c>
       <c r="F402" t="s">
-        <v>3697</v>
+        <v>3718</v>
       </c>
       <c r="G402" t="s">
-        <v>3698</v>
+        <v>3719</v>
       </c>
       <c r="H402" t="s">
-        <v>3699</v>
+        <v>3720</v>
       </c>
       <c r="I402" t="s">
-        <v>3700</v>
+        <v>3721</v>
       </c>
       <c r="J402" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>274</v>
+        <v>206</v>
       </c>
       <c r="L402" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>275</v>
+        <v>207</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3701</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>11306</v>
+        <v>6265</v>
       </c>
       <c r="B403" t="s">
-        <v>3702</v>
+        <v>3723</v>
       </c>
       <c r="C403" t="s">
-        <v>3703</v>
+        <v>3724</v>
       </c>
       <c r="D403" t="s">
-        <v>3704</v>
+        <v>3725</v>
       </c>
       <c r="E403" t="s">
-        <v>3705</v>
+        <v>3726</v>
       </c>
       <c r="F403" t="s">
-        <v>3706</v>
+        <v>3727</v>
       </c>
       <c r="G403" t="s">
-        <v>3707</v>
+        <v>3728</v>
       </c>
       <c r="H403" t="s">
-        <v>3708</v>
+        <v>3729</v>
       </c>
       <c r="I403" t="s">
-        <v>3709</v>
+        <v>3730</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
-        <v>1135</v>
+        <v>206</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
+      <c r="M403" t="s">
+        <v>207</v>
+      </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3710</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>58060</v>
+        <v>6270</v>
       </c>
       <c r="B404" t="s">
-        <v>3711</v>
+        <v>3732</v>
       </c>
       <c r="C404" t="s">
-        <v>3712</v>
+        <v>3733</v>
       </c>
       <c r="D404" t="s">
-        <v>3713</v>
+        <v>3734</v>
       </c>
       <c r="E404" t="s">
-        <v>3714</v>
+        <v>3735</v>
       </c>
       <c r="F404" t="s">
-        <v>3715</v>
+        <v>3736</v>
       </c>
       <c r="G404" t="s">
-        <v>3716</v>
+        <v>3737</v>
       </c>
       <c r="H404" t="s">
-        <v>3717</v>
+        <v>3738</v>
       </c>
       <c r="I404" t="s">
-        <v>3718</v>
+        <v>3739</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
-        <v>3719</v>
+        <v>507</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
-        <v>3720</v>
+        <v>509</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3721</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>58066</v>
+        <v>6272</v>
       </c>
       <c r="B405" t="s">
-        <v>3722</v>
+        <v>3741</v>
       </c>
       <c r="C405" t="s">
-        <v>3723</v>
+        <v>3742</v>
       </c>
       <c r="D405" t="s">
-        <v>3724</v>
+        <v>3743</v>
       </c>
       <c r="E405" t="s">
-        <v>3725</v>
+        <v>3744</v>
       </c>
       <c r="F405" t="s">
-        <v>3726</v>
+        <v>3745</v>
       </c>
       <c r="G405" t="s">
-        <v>3727</v>
+        <v>3746</v>
       </c>
       <c r="H405" t="s">
-        <v>3728</v>
+        <v>3747</v>
       </c>
       <c r="I405" t="s">
-        <v>3729</v>
+        <v>3748</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
-        <v>274</v>
+        <v>206</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
       <c r="M405" t="s">
-        <v>275</v>
+        <v>207</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3730</v>
+        <v>3749</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>58067</v>
+        <v>6274</v>
       </c>
       <c r="B406" t="s">
-        <v>3731</v>
+        <v>3750</v>
       </c>
       <c r="C406" t="s">
-        <v>3732</v>
+        <v>3751</v>
       </c>
       <c r="D406" t="s">
-        <v>3733</v>
+        <v>3752</v>
       </c>
       <c r="E406" t="s">
-        <v>3734</v>
+        <v>3753</v>
       </c>
       <c r="F406" t="s">
-        <v>3735</v>
+        <v>3754</v>
       </c>
       <c r="G406" t="s">
-        <v>3736</v>
+        <v>3755</v>
       </c>
       <c r="H406" t="s">
-        <v>3737</v>
+        <v>3756</v>
       </c>
       <c r="I406" t="s">
-        <v>3738</v>
+        <v>3757</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
-        <v>3739</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>58090</v>
+        <v>6275</v>
       </c>
       <c r="B407" t="s">
-        <v>3740</v>
+        <v>3759</v>
       </c>
       <c r="C407" t="s">
-        <v>3741</v>
+        <v>3760</v>
       </c>
       <c r="D407" t="s">
-        <v>3742</v>
+        <v>3761</v>
       </c>
       <c r="E407" t="s">
-        <v>3743</v>
+        <v>3762</v>
       </c>
       <c r="F407" t="s">
-        <v>3744</v>
+        <v>3763</v>
       </c>
       <c r="G407" t="s">
-        <v>3745</v>
+        <v>3764</v>
       </c>
       <c r="H407" t="s">
-        <v>3746</v>
+        <v>3765</v>
       </c>
       <c r="I407" t="s">
-        <v>3747</v>
+        <v>3766</v>
       </c>
       <c r="J407" t="s">
-        <v>449</v>
+        <v>506</v>
       </c>
       <c r="K407" t="s">
-        <v>757</v>
+        <v>1590</v>
       </c>
       <c r="L407" t="s">
-        <v>451</v>
+        <v>508</v>
       </c>
       <c r="M407" t="s">
-        <v>759</v>
+        <v>1592</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
-        <v>3748</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>58091</v>
+        <v>6327</v>
       </c>
       <c r="B408" t="s">
-        <v>3749</v>
+        <v>3768</v>
       </c>
       <c r="C408" t="s">
-        <v>3750</v>
+        <v>3769</v>
       </c>
       <c r="D408" t="s">
-        <v>3751</v>
+        <v>3770</v>
       </c>
       <c r="E408" t="s">
-        <v>3752</v>
+        <v>3771</v>
       </c>
       <c r="F408" t="s">
-        <v>3753</v>
+        <v>3772</v>
       </c>
       <c r="G408" t="s">
-        <v>3754</v>
+        <v>3773</v>
       </c>
       <c r="H408" t="s">
-        <v>3755</v>
+        <v>3774</v>
       </c>
       <c r="I408" t="s">
-        <v>3756</v>
+        <v>3775</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
-        <v>3757</v>
+        <v>47</v>
       </c>
       <c r="L408" t="s">
         <v>26</v>
       </c>
+      <c r="M408" t="s">
+        <v>48</v>
+      </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
-        <v>3758</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>58093</v>
+        <v>6331</v>
       </c>
       <c r="B409" t="s">
-        <v>3759</v>
+        <v>3777</v>
       </c>
       <c r="C409" t="s">
-        <v>3760</v>
+        <v>3778</v>
       </c>
       <c r="D409" t="s">
-        <v>3761</v>
+        <v>3779</v>
       </c>
       <c r="E409" t="s">
-        <v>3762</v>
+        <v>3780</v>
       </c>
       <c r="F409" t="s">
-        <v>3763</v>
+        <v>3781</v>
       </c>
       <c r="G409" t="s">
-        <v>3764</v>
+        <v>3782</v>
       </c>
       <c r="H409" t="s">
-        <v>3765</v>
+        <v>3783</v>
       </c>
       <c r="I409" t="s">
-        <v>3766</v>
+        <v>3784</v>
       </c>
       <c r="J409" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K409" t="s">
-        <v>1998</v>
+        <v>206</v>
       </c>
       <c r="L409" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M409" t="s">
-        <v>1999</v>
+        <v>207</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3767</v>
+        <v>3785</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>58120</v>
+        <v>6337</v>
       </c>
       <c r="B410" t="s">
-        <v>3768</v>
+        <v>3786</v>
       </c>
       <c r="C410" t="s">
-        <v>3769</v>
+        <v>3787</v>
       </c>
       <c r="D410" t="s">
-        <v>3770</v>
+        <v>3788</v>
       </c>
       <c r="E410" t="s">
-        <v>3771</v>
+        <v>3789</v>
       </c>
       <c r="F410" t="s">
-        <v>3772</v>
+        <v>3790</v>
       </c>
       <c r="G410" t="s">
-        <v>3773</v>
+        <v>3791</v>
       </c>
       <c r="H410" t="s">
-        <v>3774</v>
+        <v>3792</v>
       </c>
       <c r="I410" t="s">
-        <v>3775</v>
+        <v>3793</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3776</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>58122</v>
+        <v>6361</v>
       </c>
       <c r="B411" t="s">
-        <v>3777</v>
+        <v>3795</v>
       </c>
       <c r="C411" t="s">
-        <v>3778</v>
+        <v>3796</v>
       </c>
       <c r="D411" t="s">
-        <v>3779</v>
+        <v>3797</v>
       </c>
       <c r="E411" t="s">
-        <v>3780</v>
+        <v>3798</v>
       </c>
       <c r="F411" t="s">
-        <v>3781</v>
+        <v>3799</v>
       </c>
       <c r="G411" t="s">
-        <v>3782</v>
+        <v>3800</v>
       </c>
       <c r="H411" t="s">
-        <v>3783</v>
+        <v>3801</v>
       </c>
       <c r="I411" t="s">
-        <v>3784</v>
+        <v>3802</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3785</v>
+        <v>3803</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>58125</v>
+        <v>6379</v>
       </c>
       <c r="B412" t="s">
-        <v>3786</v>
+        <v>3804</v>
       </c>
       <c r="C412" t="s">
-        <v>3787</v>
+        <v>3805</v>
       </c>
       <c r="D412" t="s">
-        <v>3788</v>
+        <v>3806</v>
       </c>
       <c r="E412" t="s">
-        <v>3789</v>
+        <v>3807</v>
       </c>
       <c r="F412" t="s">
-        <v>3790</v>
+        <v>3808</v>
       </c>
       <c r="G412" t="s">
-        <v>3791</v>
+        <v>3809</v>
       </c>
       <c r="H412" t="s">
-        <v>3792</v>
+        <v>3810</v>
       </c>
       <c r="I412" t="s">
-        <v>3793</v>
+        <v>3811</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>3238</v>
+        <v>25</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
+      <c r="M412" t="s">
+        <v>27</v>
+      </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3794</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>58144</v>
+        <v>6389</v>
       </c>
       <c r="B413" t="s">
-        <v>3795</v>
+        <v>3813</v>
       </c>
       <c r="C413" t="s">
-        <v>3796</v>
+        <v>3814</v>
       </c>
       <c r="D413" t="s">
-        <v>3797</v>
+        <v>3815</v>
       </c>
       <c r="E413" t="s">
-        <v>3798</v>
+        <v>3816</v>
       </c>
       <c r="F413" t="s">
-        <v>3799</v>
+        <v>3817</v>
       </c>
       <c r="G413" t="s">
-        <v>3800</v>
+        <v>3818</v>
       </c>
       <c r="H413" t="s">
-        <v>3801</v>
+        <v>3819</v>
       </c>
       <c r="I413" t="s">
-        <v>3802</v>
+        <v>3820</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
         <v>25</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
         <v>27</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
-        <v>3803</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>58148</v>
+        <v>6454</v>
       </c>
       <c r="B414" t="s">
-        <v>3804</v>
+        <v>3822</v>
       </c>
       <c r="C414" t="s">
-        <v>3805</v>
+        <v>3823</v>
       </c>
       <c r="D414" t="s">
-        <v>3806</v>
+        <v>3824</v>
       </c>
       <c r="E414" t="s">
-        <v>3807</v>
+        <v>3825</v>
       </c>
       <c r="F414" t="s">
-        <v>3808</v>
+        <v>3826</v>
       </c>
       <c r="G414" t="s">
-        <v>3809</v>
+        <v>3827</v>
       </c>
       <c r="H414" t="s">
-        <v>3810</v>
+        <v>3828</v>
       </c>
       <c r="I414" t="s">
-        <v>3811</v>
+        <v>3829</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
-        <v>1070</v>
+        <v>206</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
-        <v>1071</v>
+        <v>207</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
-        <v>3812</v>
+        <v>3830</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>58218</v>
+        <v>6460</v>
       </c>
       <c r="B415" t="s">
-        <v>3813</v>
+        <v>3831</v>
       </c>
       <c r="C415" t="s">
-        <v>3814</v>
+        <v>3832</v>
       </c>
       <c r="D415" t="s">
-        <v>3815</v>
+        <v>3833</v>
       </c>
       <c r="E415" t="s">
-        <v>3816</v>
+        <v>3834</v>
       </c>
       <c r="F415" t="s">
-        <v>3817</v>
+        <v>3835</v>
       </c>
       <c r="G415" t="s">
-        <v>3818</v>
+        <v>3836</v>
       </c>
       <c r="H415" t="s">
-        <v>3819</v>
+        <v>3837</v>
       </c>
       <c r="I415" t="s">
-        <v>3820</v>
+        <v>3838</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L415" t="s">
         <v>26</v>
       </c>
       <c r="M415" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
-        <v>3821</v>
+        <v>3839</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>58223</v>
+        <v>6468</v>
       </c>
       <c r="B416" t="s">
-        <v>3822</v>
+        <v>3840</v>
       </c>
       <c r="C416" t="s">
-        <v>3823</v>
+        <v>3841</v>
       </c>
       <c r="D416" t="s">
-        <v>3824</v>
+        <v>3842</v>
       </c>
       <c r="E416" t="s">
-        <v>3825</v>
+        <v>3843</v>
       </c>
       <c r="F416" t="s">
-        <v>3826</v>
+        <v>3844</v>
       </c>
       <c r="G416" t="s">
-        <v>3827</v>
+        <v>3845</v>
       </c>
       <c r="H416" t="s">
-        <v>3828</v>
+        <v>3846</v>
       </c>
       <c r="I416" t="s">
-        <v>3829</v>
+        <v>3847</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
-        <v>3830</v>
+        <v>3848</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>58259</v>
+        <v>6611</v>
       </c>
       <c r="B417" t="s">
-        <v>3831</v>
+        <v>3849</v>
       </c>
       <c r="C417" t="s">
-        <v>3832</v>
+        <v>3850</v>
       </c>
       <c r="D417" t="s">
-        <v>3833</v>
+        <v>3851</v>
       </c>
       <c r="E417" t="s">
-        <v>3834</v>
+        <v>3852</v>
       </c>
       <c r="F417" t="s">
-        <v>3835</v>
+        <v>3853</v>
       </c>
       <c r="G417" t="s">
-        <v>3836</v>
+        <v>3854</v>
       </c>
       <c r="H417" t="s">
-        <v>3837</v>
+        <v>3855</v>
       </c>
       <c r="I417" t="s">
-        <v>3838</v>
+        <v>3856</v>
       </c>
       <c r="J417" t="s">
         <v>24</v>
       </c>
       <c r="K417" t="s">
-        <v>3839</v>
+        <v>25</v>
       </c>
       <c r="L417" t="s">
         <v>26</v>
       </c>
+      <c r="M417" t="s">
+        <v>27</v>
+      </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
-        <v>3840</v>
+        <v>3857</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>64597</v>
+        <v>6615</v>
       </c>
       <c r="B418" t="s">
-        <v>3841</v>
+        <v>3858</v>
       </c>
       <c r="C418" t="s">
-        <v>3842</v>
+        <v>3859</v>
       </c>
       <c r="D418" t="s">
-        <v>3843</v>
+        <v>3860</v>
       </c>
       <c r="E418" t="s">
-        <v>3844</v>
+        <v>3861</v>
       </c>
       <c r="F418" t="s">
-        <v>3845</v>
+        <v>3862</v>
       </c>
       <c r="G418" t="s">
-        <v>3846</v>
+        <v>3863</v>
       </c>
       <c r="H418" t="s">
-        <v>3847</v>
+        <v>3864</v>
       </c>
       <c r="I418" t="s">
-        <v>3848</v>
+        <v>3865</v>
       </c>
       <c r="J418" t="s">
         <v>24</v>
       </c>
       <c r="K418" t="s">
-        <v>1135</v>
+        <v>25</v>
       </c>
       <c r="L418" t="s">
         <v>26</v>
       </c>
+      <c r="M418" t="s">
+        <v>27</v>
+      </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3849</v>
+        <v>3866</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>64637</v>
+        <v>6761</v>
       </c>
       <c r="B419" t="s">
-        <v>3850</v>
+        <v>3867</v>
       </c>
       <c r="C419" t="s">
-        <v>3851</v>
+        <v>3868</v>
       </c>
       <c r="D419" t="s">
-        <v>3852</v>
+        <v>3869</v>
       </c>
       <c r="E419" t="s">
-        <v>3853</v>
+        <v>3870</v>
       </c>
       <c r="F419" t="s">
-        <v>3854</v>
+        <v>3871</v>
       </c>
       <c r="G419" t="s">
-        <v>3855</v>
+        <v>3872</v>
       </c>
       <c r="H419" t="s">
-        <v>3856</v>
+        <v>3873</v>
       </c>
       <c r="I419" t="s">
-        <v>3857</v>
+        <v>3874</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
-        <v>3858</v>
+        <v>3875</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>64643</v>
+        <v>6762</v>
       </c>
       <c r="B420" t="s">
-        <v>3859</v>
+        <v>3876</v>
       </c>
       <c r="C420" t="s">
-        <v>3860</v>
+        <v>3877</v>
       </c>
       <c r="D420" t="s">
-        <v>3861</v>
+        <v>3878</v>
       </c>
       <c r="E420" t="s">
-        <v>3862</v>
+        <v>3879</v>
       </c>
       <c r="F420" t="s">
-        <v>3863</v>
+        <v>3880</v>
       </c>
       <c r="G420" t="s">
-        <v>3864</v>
+        <v>3881</v>
       </c>
       <c r="H420" t="s">
-        <v>3865</v>
+        <v>3882</v>
       </c>
       <c r="I420" t="s">
-        <v>3866</v>
+        <v>3883</v>
       </c>
       <c r="J420" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K420" t="s">
-        <v>170</v>
+        <v>773</v>
       </c>
       <c r="L420" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M420" t="s">
-        <v>171</v>
+        <v>774</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
-        <v>3867</v>
+        <v>3884</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>64689</v>
+        <v>6765</v>
       </c>
       <c r="B421" t="s">
-        <v>3868</v>
+        <v>3885</v>
       </c>
       <c r="C421" t="s">
-        <v>3869</v>
+        <v>3886</v>
       </c>
       <c r="D421" t="s">
-        <v>3870</v>
+        <v>3887</v>
       </c>
       <c r="E421" t="s">
-        <v>3871</v>
+        <v>3888</v>
       </c>
       <c r="F421" t="s">
-        <v>3872</v>
+        <v>3889</v>
       </c>
       <c r="G421" t="s">
-        <v>3873</v>
+        <v>3890</v>
       </c>
       <c r="H421" t="s">
-        <v>3874</v>
+        <v>3891</v>
       </c>
       <c r="I421" t="s">
-        <v>3875</v>
+        <v>3892</v>
       </c>
       <c r="J421" t="s">
         <v>24</v>
       </c>
       <c r="K421" t="s">
-        <v>59</v>
+        <v>206</v>
       </c>
       <c r="L421" t="s">
         <v>26</v>
       </c>
       <c r="M421" t="s">
-        <v>61</v>
+        <v>207</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3876</v>
+        <v>3893</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65000</v>
+        <v>6820</v>
       </c>
       <c r="B422" t="s">
-        <v>3877</v>
+        <v>3894</v>
       </c>
       <c r="C422" t="s">
-        <v>3878</v>
+        <v>3895</v>
       </c>
       <c r="D422" t="s">
-        <v>3879</v>
+        <v>3896</v>
       </c>
       <c r="E422" t="s">
-        <v>3880</v>
+        <v>3897</v>
       </c>
       <c r="F422" t="s">
-        <v>3881</v>
+        <v>3898</v>
       </c>
       <c r="G422" t="s">
-        <v>3882</v>
+        <v>3899</v>
       </c>
       <c r="H422" t="s">
-        <v>3883</v>
+        <v>3900</v>
       </c>
       <c r="I422" t="s">
-        <v>3884</v>
+        <v>3901</v>
       </c>
       <c r="J422" t="s">
         <v>24</v>
       </c>
       <c r="K422" t="s">
-        <v>25</v>
+        <v>1322</v>
       </c>
       <c r="L422" t="s">
         <v>26</v>
       </c>
       <c r="M422" t="s">
-        <v>27</v>
+        <v>1323</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
-        <v>3885</v>
+        <v>3902</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65001</v>
+        <v>6982</v>
       </c>
       <c r="B423" t="s">
-        <v>3886</v>
+        <v>3903</v>
       </c>
       <c r="C423" t="s">
-        <v>3887</v>
+        <v>3904</v>
       </c>
       <c r="D423" t="s">
-        <v>3888</v>
+        <v>3905</v>
       </c>
       <c r="E423" t="s">
-        <v>3889</v>
+        <v>3906</v>
       </c>
       <c r="F423" t="s">
-        <v>3890</v>
+        <v>3907</v>
       </c>
       <c r="G423" t="s">
-        <v>3891</v>
+        <v>3908</v>
       </c>
       <c r="H423" t="s">
-        <v>3892</v>
+        <v>3909</v>
       </c>
       <c r="I423" t="s">
-        <v>3893</v>
+        <v>3910</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
-        <v>170</v>
+        <v>3911</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
-        <v>171</v>
+        <v>3912</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3894</v>
+        <v>3913</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65002</v>
+        <v>8265</v>
       </c>
       <c r="B424" t="s">
-        <v>3895</v>
+        <v>3914</v>
       </c>
       <c r="C424" t="s">
-        <v>3896</v>
+        <v>3915</v>
       </c>
       <c r="D424" t="s">
-        <v>3897</v>
+        <v>3916</v>
       </c>
       <c r="E424" t="s">
-        <v>3898</v>
+        <v>3917</v>
       </c>
       <c r="F424" t="s">
-        <v>3899</v>
+        <v>3918</v>
       </c>
       <c r="G424" t="s">
-        <v>3900</v>
+        <v>3919</v>
       </c>
       <c r="H424" t="s">
-        <v>3901</v>
+        <v>3920</v>
       </c>
       <c r="I424" t="s">
-        <v>3902</v>
+        <v>3921</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
-        <v>25</v>
+        <v>3922</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
-        <v>27</v>
+        <v>3923</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
-        <v>3903</v>
+        <v>3924</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65003</v>
+        <v>8289</v>
       </c>
       <c r="B425" t="s">
-        <v>3904</v>
+        <v>3925</v>
       </c>
       <c r="C425" t="s">
-        <v>3905</v>
+        <v>3926</v>
       </c>
       <c r="D425" t="s">
-        <v>3906</v>
+        <v>3927</v>
       </c>
       <c r="E425" t="s">
-        <v>3907</v>
+        <v>3928</v>
       </c>
       <c r="F425" t="s">
-        <v>3908</v>
+        <v>3929</v>
       </c>
       <c r="G425" t="s">
-        <v>3909</v>
+        <v>3930</v>
       </c>
       <c r="H425" t="s">
-        <v>3910</v>
+        <v>3931</v>
       </c>
       <c r="I425" t="s">
-        <v>3911</v>
+        <v>3932</v>
       </c>
       <c r="J425" t="s">
         <v>24</v>
       </c>
       <c r="K425" t="s">
-        <v>170</v>
+        <v>507</v>
       </c>
       <c r="L425" t="s">
         <v>26</v>
       </c>
       <c r="M425" t="s">
-        <v>171</v>
+        <v>509</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
-        <v>3912</v>
+        <v>3933</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>65004</v>
+        <v>8294</v>
       </c>
       <c r="B426" t="s">
-        <v>3913</v>
+        <v>3934</v>
       </c>
       <c r="C426" t="s">
-        <v>3914</v>
+        <v>3935</v>
       </c>
       <c r="D426" t="s">
-        <v>3915</v>
+        <v>3936</v>
       </c>
       <c r="E426" t="s">
-        <v>3916</v>
+        <v>3937</v>
       </c>
       <c r="F426" t="s">
-        <v>3917</v>
+        <v>3938</v>
       </c>
       <c r="G426" t="s">
-        <v>3918</v>
+        <v>3939</v>
       </c>
       <c r="H426" t="s">
-        <v>3919</v>
+        <v>3940</v>
       </c>
       <c r="I426" t="s">
-        <v>3920</v>
+        <v>3941</v>
       </c>
       <c r="J426" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K426" t="s">
-        <v>170</v>
+        <v>829</v>
       </c>
       <c r="L426" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M426" t="s">
-        <v>171</v>
+        <v>830</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
-        <v>3921</v>
+        <v>3942</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65005</v>
+        <v>8307</v>
       </c>
       <c r="B427" t="s">
-        <v>3922</v>
+        <v>3943</v>
       </c>
       <c r="C427" t="s">
-        <v>3923</v>
+        <v>3944</v>
       </c>
       <c r="D427" t="s">
-        <v>3924</v>
+        <v>3945</v>
       </c>
       <c r="E427" t="s">
-        <v>3925</v>
+        <v>3946</v>
       </c>
       <c r="F427" t="s">
-        <v>3926</v>
+        <v>3947</v>
       </c>
       <c r="G427" t="s">
-        <v>3927</v>
+        <v>3948</v>
       </c>
       <c r="H427" t="s">
-        <v>3928</v>
+        <v>3949</v>
       </c>
       <c r="I427" t="s">
-        <v>3929</v>
+        <v>3950</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
-        <v>3930</v>
+        <v>25</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427" t="s">
-        <v>3931</v>
+        <v>27</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3932</v>
+        <v>3951</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65006</v>
+        <v>8315</v>
       </c>
       <c r="B428" t="s">
-        <v>3933</v>
+        <v>3952</v>
       </c>
       <c r="C428" t="s">
-        <v>3934</v>
+        <v>3953</v>
       </c>
       <c r="D428" t="s">
-        <v>3935</v>
+        <v>3954</v>
       </c>
       <c r="E428" t="s">
-        <v>3936</v>
+        <v>3955</v>
       </c>
       <c r="F428" t="s">
-        <v>3937</v>
+        <v>3956</v>
       </c>
       <c r="G428" t="s">
-        <v>3938</v>
+        <v>3957</v>
       </c>
       <c r="H428" t="s">
-        <v>3939</v>
+        <v>3958</v>
       </c>
       <c r="I428" t="s">
-        <v>3940</v>
+        <v>3959</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
-        <v>3941</v>
+        <v>25</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
-        <v>3942</v>
+        <v>27</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
-        <v>3943</v>
+        <v>3960</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65007</v>
+        <v>8341</v>
       </c>
       <c r="B429" t="s">
-        <v>3944</v>
+        <v>3961</v>
       </c>
       <c r="C429" t="s">
-        <v>3945</v>
+        <v>3962</v>
       </c>
       <c r="D429" t="s">
-        <v>3946</v>
+        <v>3963</v>
       </c>
       <c r="E429" t="s">
-        <v>3947</v>
+        <v>3964</v>
       </c>
       <c r="F429" t="s">
-        <v>3948</v>
+        <v>3965</v>
       </c>
       <c r="G429" t="s">
-        <v>3949</v>
+        <v>3966</v>
       </c>
       <c r="H429" t="s">
-        <v>3950</v>
+        <v>3967</v>
       </c>
       <c r="I429" t="s">
-        <v>3951</v>
+        <v>3968</v>
       </c>
       <c r="J429" t="s">
         <v>24</v>
       </c>
       <c r="K429" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
-        <v>3952</v>
+        <v>3969</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65008</v>
+        <v>8342</v>
       </c>
       <c r="B430" t="s">
-        <v>3953</v>
+        <v>3970</v>
       </c>
       <c r="C430" t="s">
-        <v>3954</v>
+        <v>3971</v>
       </c>
       <c r="D430" t="s">
-        <v>3955</v>
+        <v>3972</v>
       </c>
       <c r="E430" t="s">
-        <v>3956</v>
+        <v>3973</v>
       </c>
       <c r="F430" t="s">
-        <v>3957</v>
+        <v>3974</v>
       </c>
       <c r="G430" t="s">
-        <v>3958</v>
+        <v>3975</v>
       </c>
       <c r="H430" t="s">
-        <v>3959</v>
+        <v>3976</v>
       </c>
       <c r="I430" t="s">
-        <v>3960</v>
+        <v>3977</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3961</v>
+        <v>3978</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65009</v>
+        <v>8343</v>
       </c>
       <c r="B431" t="s">
-        <v>3962</v>
+        <v>3979</v>
       </c>
       <c r="C431" t="s">
-        <v>3963</v>
+        <v>3980</v>
       </c>
       <c r="D431" t="s">
-        <v>3964</v>
+        <v>3981</v>
       </c>
       <c r="E431" t="s">
-        <v>3965</v>
+        <v>3982</v>
       </c>
       <c r="F431" t="s">
-        <v>3966</v>
+        <v>3983</v>
       </c>
       <c r="G431" t="s">
-        <v>3967</v>
+        <v>3984</v>
       </c>
       <c r="H431" t="s">
-        <v>3968</v>
+        <v>3985</v>
       </c>
       <c r="I431" t="s">
-        <v>3969</v>
+        <v>3986</v>
       </c>
       <c r="J431" t="s">
         <v>24</v>
       </c>
       <c r="K431" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
-        <v>3970</v>
+        <v>3987</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65010</v>
+        <v>8344</v>
       </c>
       <c r="B432" t="s">
-        <v>3971</v>
+        <v>3988</v>
       </c>
       <c r="C432" t="s">
-        <v>3972</v>
+        <v>3989</v>
       </c>
       <c r="D432" t="s">
-        <v>3973</v>
+        <v>3990</v>
       </c>
       <c r="E432" t="s">
-        <v>3974</v>
+        <v>3991</v>
       </c>
       <c r="F432" t="s">
-        <v>3975</v>
+        <v>3992</v>
       </c>
       <c r="G432" t="s">
-        <v>3976</v>
+        <v>3993</v>
       </c>
       <c r="H432" t="s">
-        <v>3977</v>
+        <v>3994</v>
       </c>
       <c r="I432" t="s">
-        <v>3978</v>
+        <v>3995</v>
       </c>
       <c r="J432" t="s">
         <v>24</v>
       </c>
       <c r="K432" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L432" t="s">
         <v>26</v>
       </c>
       <c r="M432" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
-        <v>3979</v>
+        <v>3996</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65011</v>
+        <v>8345</v>
       </c>
       <c r="B433" t="s">
-        <v>3980</v>
+        <v>3997</v>
       </c>
       <c r="C433" t="s">
-        <v>3981</v>
+        <v>3998</v>
       </c>
       <c r="D433" t="s">
-        <v>3982</v>
+        <v>3999</v>
       </c>
       <c r="E433" t="s">
-        <v>3983</v>
+        <v>4000</v>
       </c>
       <c r="F433" t="s">
-        <v>3984</v>
+        <v>4001</v>
       </c>
       <c r="G433" t="s">
-        <v>3985</v>
+        <v>4002</v>
       </c>
       <c r="H433" t="s">
-        <v>3986</v>
+        <v>4003</v>
       </c>
       <c r="I433" t="s">
-        <v>3987</v>
+        <v>4004</v>
       </c>
       <c r="J433" t="s">
         <v>24</v>
       </c>
       <c r="K433" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L433" t="s">
         <v>26</v>
       </c>
       <c r="M433" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
-        <v>3988</v>
+        <v>4005</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65012</v>
+        <v>8349</v>
       </c>
       <c r="B434" t="s">
-        <v>3989</v>
+        <v>4006</v>
       </c>
       <c r="C434" t="s">
-        <v>3990</v>
+        <v>4007</v>
       </c>
       <c r="D434" t="s">
-        <v>3991</v>
+        <v>4008</v>
       </c>
       <c r="E434" t="s">
-        <v>3992</v>
+        <v>4009</v>
       </c>
       <c r="F434" t="s">
-        <v>3993</v>
+        <v>4010</v>
       </c>
       <c r="G434" t="s">
-        <v>3994</v>
+        <v>4011</v>
       </c>
       <c r="H434" t="s">
-        <v>3995</v>
+        <v>4012</v>
       </c>
       <c r="I434" t="s">
-        <v>3996</v>
+        <v>4013</v>
       </c>
       <c r="J434" t="s">
         <v>24</v>
       </c>
       <c r="K434" t="s">
-        <v>3997</v>
+        <v>25</v>
       </c>
       <c r="L434" t="s">
         <v>26</v>
       </c>
       <c r="M434" t="s">
-        <v>3998</v>
+        <v>27</v>
       </c>
       <c r="N434" t="s">
         <v>28</v>
       </c>
       <c r="O434" t="s">
-        <v>3999</v>
+        <v>4014</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65013</v>
+        <v>8355</v>
       </c>
       <c r="B435" t="s">
-        <v>4000</v>
+        <v>4015</v>
       </c>
       <c r="C435" t="s">
-        <v>4001</v>
+        <v>4016</v>
       </c>
       <c r="D435" t="s">
-        <v>4002</v>
+        <v>4017</v>
       </c>
       <c r="E435" t="s">
-        <v>4003</v>
+        <v>4018</v>
       </c>
       <c r="F435" t="s">
-        <v>4004</v>
+        <v>4019</v>
       </c>
       <c r="G435" t="s">
-        <v>4005</v>
+        <v>4020</v>
       </c>
       <c r="H435" t="s">
-        <v>4006</v>
+        <v>4021</v>
       </c>
       <c r="I435" t="s">
-        <v>4007</v>
+        <v>4022</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
-        <v>25</v>
+        <v>4023</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435" t="s">
-        <v>27</v>
+        <v>4024</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>4008</v>
+        <v>4025</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65014</v>
+        <v>8357</v>
       </c>
       <c r="B436" t="s">
-        <v>4009</v>
+        <v>4026</v>
       </c>
       <c r="C436" t="s">
-        <v>4010</v>
+        <v>4027</v>
       </c>
       <c r="D436" t="s">
-        <v>4011</v>
+        <v>4028</v>
       </c>
       <c r="E436" t="s">
-        <v>4012</v>
+        <v>4029</v>
       </c>
       <c r="F436" t="s">
-        <v>4013</v>
+        <v>4030</v>
       </c>
       <c r="G436" t="s">
-        <v>4014</v>
+        <v>4031</v>
       </c>
       <c r="H436" t="s">
-        <v>4015</v>
+        <v>4032</v>
       </c>
       <c r="I436" t="s">
-        <v>4016</v>
+        <v>4033</v>
       </c>
       <c r="J436" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K436" t="s">
-        <v>689</v>
+        <v>4023</v>
       </c>
       <c r="L436" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M436" t="s">
-        <v>690</v>
+        <v>4024</v>
       </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
-        <v>4017</v>
+        <v>4034</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65015</v>
+        <v>8377</v>
       </c>
       <c r="B437" t="s">
-        <v>4018</v>
+        <v>4035</v>
       </c>
       <c r="C437" t="s">
-        <v>4019</v>
+        <v>4036</v>
       </c>
       <c r="D437" t="s">
-        <v>4020</v>
+        <v>4037</v>
       </c>
       <c r="E437" t="s">
-        <v>4021</v>
+        <v>4038</v>
       </c>
       <c r="F437" t="s">
-        <v>4022</v>
+        <v>4039</v>
       </c>
       <c r="G437" t="s">
-        <v>4023</v>
+        <v>4040</v>
       </c>
       <c r="H437" t="s">
-        <v>4024</v>
+        <v>4041</v>
       </c>
       <c r="I437" t="s">
-        <v>4025</v>
+        <v>4042</v>
       </c>
       <c r="J437" t="s">
         <v>24</v>
       </c>
       <c r="K437" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L437" t="s">
         <v>26</v>
       </c>
       <c r="M437" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
-        <v>4026</v>
+        <v>4043</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65016</v>
+        <v>8386</v>
       </c>
       <c r="B438" t="s">
-        <v>4027</v>
+        <v>4044</v>
       </c>
       <c r="C438" t="s">
-        <v>4028</v>
+        <v>4045</v>
       </c>
       <c r="D438" t="s">
-        <v>4029</v>
+        <v>4046</v>
       </c>
       <c r="E438" t="s">
-        <v>4030</v>
+        <v>4047</v>
       </c>
       <c r="F438" t="s">
-        <v>4031</v>
+        <v>4048</v>
       </c>
       <c r="G438" t="s">
-        <v>4032</v>
+        <v>4049</v>
       </c>
       <c r="H438" t="s">
-        <v>4033</v>
+        <v>4050</v>
       </c>
       <c r="I438" t="s">
-        <v>4034</v>
+        <v>4051</v>
       </c>
       <c r="J438" t="s">
-        <v>24</v>
+        <v>2179</v>
       </c>
       <c r="K438" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L438" t="s">
-        <v>26</v>
+        <v>2181</v>
       </c>
       <c r="M438" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
-        <v>4035</v>
+        <v>4052</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65017</v>
+        <v>8387</v>
       </c>
       <c r="B439" t="s">
-        <v>4036</v>
+        <v>4053</v>
       </c>
       <c r="C439" t="s">
-        <v>4037</v>
+        <v>4054</v>
       </c>
       <c r="D439" t="s">
-        <v>4038</v>
+        <v>4055</v>
       </c>
       <c r="E439" t="s">
-        <v>4039</v>
+        <v>4056</v>
       </c>
       <c r="F439" t="s">
-        <v>4040</v>
+        <v>4057</v>
       </c>
       <c r="G439" t="s">
-        <v>4041</v>
+        <v>4058</v>
       </c>
       <c r="H439" t="s">
-        <v>4042</v>
+        <v>4059</v>
       </c>
       <c r="I439" t="s">
-        <v>4043</v>
+        <v>4060</v>
       </c>
       <c r="J439" t="s">
         <v>24</v>
       </c>
       <c r="K439" t="s">
-        <v>4044</v>
+        <v>25</v>
       </c>
       <c r="L439" t="s">
         <v>26</v>
       </c>
       <c r="M439" t="s">
-        <v>4045</v>
+        <v>27</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
-        <v>4046</v>
+        <v>4061</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65018</v>
+        <v>8388</v>
       </c>
       <c r="B440" t="s">
-        <v>4047</v>
+        <v>4062</v>
       </c>
       <c r="C440" t="s">
-        <v>4048</v>
+        <v>4063</v>
       </c>
       <c r="D440" t="s">
-        <v>4049</v>
+        <v>4064</v>
       </c>
       <c r="E440" t="s">
-        <v>4050</v>
+        <v>4065</v>
       </c>
       <c r="F440" t="s">
-        <v>4051</v>
+        <v>4066</v>
       </c>
       <c r="G440" t="s">
-        <v>4052</v>
+        <v>4067</v>
       </c>
       <c r="H440" t="s">
-        <v>4053</v>
+        <v>4068</v>
       </c>
       <c r="I440" t="s">
-        <v>4054</v>
+        <v>4069</v>
       </c>
       <c r="J440" t="s">
         <v>24</v>
       </c>
       <c r="K440" t="s">
-        <v>4055</v>
+        <v>206</v>
       </c>
       <c r="L440" t="s">
         <v>26</v>
       </c>
       <c r="M440" t="s">
-        <v>4056</v>
+        <v>207</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
-        <v>4057</v>
+        <v>4070</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65019</v>
+        <v>8392</v>
       </c>
       <c r="B441" t="s">
-        <v>4058</v>
+        <v>4071</v>
       </c>
       <c r="C441" t="s">
-        <v>4059</v>
+        <v>4072</v>
       </c>
       <c r="D441" t="s">
-        <v>4060</v>
+        <v>4073</v>
       </c>
       <c r="E441" t="s">
-        <v>4061</v>
+        <v>4074</v>
       </c>
       <c r="F441" t="s">
-        <v>4062</v>
+        <v>4075</v>
       </c>
       <c r="G441" t="s">
-        <v>4063</v>
+        <v>4076</v>
       </c>
       <c r="H441" t="s">
-        <v>4064</v>
+        <v>4077</v>
       </c>
       <c r="I441" t="s">
-        <v>4065</v>
+        <v>4078</v>
       </c>
       <c r="J441" t="s">
         <v>24</v>
       </c>
       <c r="K441" t="s">
-        <v>170</v>
+        <v>2180</v>
       </c>
       <c r="L441" t="s">
         <v>26</v>
       </c>
       <c r="M441" t="s">
-        <v>171</v>
+        <v>2182</v>
       </c>
       <c r="N441" t="s">
         <v>28</v>
       </c>
       <c r="O441" t="s">
-        <v>4066</v>
+        <v>4079</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65020</v>
+        <v>8402</v>
       </c>
       <c r="B442" t="s">
-        <v>4067</v>
+        <v>4080</v>
       </c>
       <c r="C442" t="s">
-        <v>4068</v>
+        <v>4081</v>
       </c>
       <c r="D442" t="s">
-        <v>4069</v>
+        <v>4082</v>
       </c>
       <c r="E442" t="s">
-        <v>4070</v>
+        <v>4083</v>
       </c>
       <c r="F442" t="s">
-        <v>4071</v>
+        <v>4084</v>
       </c>
       <c r="G442" t="s">
-        <v>4072</v>
+        <v>4085</v>
       </c>
       <c r="H442" t="s">
-        <v>4073</v>
+        <v>4086</v>
       </c>
       <c r="I442" t="s">
-        <v>4074</v>
+        <v>4087</v>
       </c>
       <c r="J442" t="s">
         <v>24</v>
       </c>
       <c r="K442" t="s">
-        <v>4075</v>
+        <v>206</v>
       </c>
       <c r="L442" t="s">
         <v>26</v>
       </c>
       <c r="M442" t="s">
-        <v>4076</v>
+        <v>207</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
-        <v>4077</v>
+        <v>4088</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65021</v>
+        <v>8883</v>
       </c>
       <c r="B443" t="s">
-        <v>4078</v>
+        <v>4089</v>
       </c>
       <c r="C443" t="s">
-        <v>4079</v>
+        <v>4090</v>
       </c>
       <c r="D443" t="s">
-        <v>4080</v>
+        <v>4091</v>
       </c>
       <c r="E443" t="s">
-        <v>4081</v>
+        <v>4092</v>
       </c>
       <c r="F443" t="s">
-        <v>4082</v>
+        <v>4093</v>
       </c>
       <c r="G443" t="s">
-        <v>4083</v>
+        <v>4094</v>
       </c>
       <c r="H443" t="s">
-        <v>4084</v>
+        <v>4095</v>
       </c>
       <c r="I443" t="s">
-        <v>4085</v>
+        <v>4096</v>
       </c>
       <c r="J443" t="s">
         <v>24</v>
       </c>
       <c r="K443" t="s">
         <v>25</v>
       </c>
       <c r="L443" t="s">
         <v>26</v>
       </c>
       <c r="M443" t="s">
         <v>27</v>
       </c>
       <c r="N443" t="s">
         <v>28</v>
       </c>
       <c r="O443" t="s">
-        <v>4086</v>
+        <v>4097</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65022</v>
+        <v>8886</v>
       </c>
       <c r="B444" t="s">
-        <v>4087</v>
+        <v>4098</v>
       </c>
       <c r="C444" t="s">
-        <v>4088</v>
+        <v>4099</v>
       </c>
       <c r="D444" t="s">
-        <v>4089</v>
+        <v>4100</v>
       </c>
       <c r="E444" t="s">
-        <v>4090</v>
+        <v>4101</v>
       </c>
       <c r="F444" t="s">
-        <v>4091</v>
+        <v>4102</v>
       </c>
       <c r="G444" t="s">
-        <v>4092</v>
+        <v>4103</v>
       </c>
       <c r="H444" t="s">
-        <v>4093</v>
+        <v>4104</v>
       </c>
       <c r="I444" t="s">
-        <v>4094</v>
+        <v>4105</v>
       </c>
       <c r="J444" t="s">
         <v>24</v>
       </c>
       <c r="K444" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L444" t="s">
         <v>26</v>
       </c>
       <c r="M444" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N444" t="s">
         <v>28</v>
       </c>
       <c r="O444" t="s">
-        <v>4095</v>
+        <v>4106</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65023</v>
+        <v>8902</v>
       </c>
       <c r="B445" t="s">
-        <v>4096</v>
+        <v>4107</v>
       </c>
       <c r="C445" t="s">
-        <v>4097</v>
+        <v>4108</v>
       </c>
       <c r="D445" t="s">
-        <v>4098</v>
+        <v>4109</v>
       </c>
       <c r="E445" t="s">
-        <v>4099</v>
+        <v>4110</v>
       </c>
       <c r="F445" t="s">
-        <v>4100</v>
+        <v>4111</v>
       </c>
       <c r="G445" t="s">
-        <v>4101</v>
+        <v>4112</v>
       </c>
       <c r="H445" t="s">
-        <v>4102</v>
+        <v>4113</v>
       </c>
       <c r="I445" t="s">
-        <v>4103</v>
+        <v>4114</v>
       </c>
       <c r="J445" t="s">
         <v>24</v>
       </c>
       <c r="K445" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L445" t="s">
         <v>26</v>
       </c>
       <c r="M445" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
-        <v>4104</v>
+        <v>4115</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65025</v>
+        <v>8903</v>
       </c>
       <c r="B446" t="s">
-        <v>4105</v>
+        <v>4116</v>
       </c>
       <c r="C446" t="s">
-        <v>4106</v>
+        <v>4117</v>
       </c>
       <c r="D446" t="s">
-        <v>4107</v>
+        <v>4118</v>
       </c>
       <c r="E446" t="s">
-        <v>4108</v>
+        <v>4119</v>
       </c>
       <c r="F446" t="s">
-        <v>4109</v>
+        <v>4120</v>
       </c>
       <c r="G446" t="s">
-        <v>4110</v>
+        <v>4121</v>
       </c>
       <c r="H446" t="s">
-        <v>4111</v>
+        <v>4122</v>
       </c>
       <c r="I446" t="s">
-        <v>4112</v>
+        <v>4123</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
-        <v>4113</v>
+        <v>4124</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65026</v>
+        <v>8904</v>
       </c>
       <c r="B447" t="s">
-        <v>4114</v>
+        <v>4125</v>
       </c>
       <c r="C447" t="s">
-        <v>4115</v>
+        <v>4126</v>
       </c>
       <c r="D447" t="s">
-        <v>4116</v>
+        <v>4127</v>
       </c>
       <c r="E447" t="s">
-        <v>4117</v>
+        <v>4128</v>
       </c>
       <c r="F447" t="s">
-        <v>4118</v>
+        <v>4129</v>
       </c>
       <c r="G447" t="s">
-        <v>4119</v>
+        <v>4130</v>
       </c>
       <c r="H447" t="s">
-        <v>4120</v>
+        <v>4131</v>
       </c>
       <c r="I447" t="s">
-        <v>4121</v>
+        <v>4132</v>
       </c>
       <c r="J447" t="s">
         <v>24</v>
       </c>
       <c r="K447" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L447" t="s">
         <v>26</v>
       </c>
       <c r="M447" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N447" t="s">
         <v>28</v>
       </c>
       <c r="O447" t="s">
-        <v>4122</v>
+        <v>4133</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65027</v>
+        <v>8905</v>
       </c>
       <c r="B448" t="s">
-        <v>4123</v>
+        <v>4134</v>
       </c>
       <c r="C448" t="s">
-        <v>4124</v>
+        <v>4135</v>
       </c>
       <c r="D448" t="s">
-        <v>4125</v>
+        <v>4136</v>
       </c>
       <c r="E448" t="s">
-        <v>4126</v>
+        <v>4137</v>
       </c>
       <c r="F448" t="s">
-        <v>4127</v>
+        <v>4138</v>
       </c>
       <c r="G448" t="s">
-        <v>4128</v>
+        <v>4139</v>
       </c>
       <c r="H448" t="s">
-        <v>4129</v>
+        <v>4140</v>
       </c>
       <c r="I448" t="s">
-        <v>4130</v>
+        <v>4141</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
-        <v>689</v>
+        <v>4142</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
-        <v>690</v>
+        <v>4143</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
-        <v>4131</v>
+        <v>4144</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65028</v>
+        <v>8914</v>
       </c>
       <c r="B449" t="s">
-        <v>4132</v>
+        <v>4145</v>
       </c>
       <c r="C449" t="s">
-        <v>4133</v>
+        <v>4146</v>
       </c>
       <c r="D449" t="s">
-        <v>4134</v>
+        <v>4147</v>
       </c>
       <c r="E449" t="s">
-        <v>4135</v>
+        <v>4148</v>
       </c>
       <c r="F449" t="s">
-        <v>4136</v>
+        <v>4149</v>
       </c>
       <c r="G449" t="s">
-        <v>4137</v>
+        <v>4150</v>
       </c>
       <c r="H449" t="s">
-        <v>4138</v>
+        <v>4151</v>
       </c>
       <c r="I449" t="s">
-        <v>4139</v>
+        <v>4152</v>
       </c>
       <c r="J449" t="s">
         <v>24</v>
       </c>
       <c r="K449" t="s">
         <v>25</v>
       </c>
       <c r="L449" t="s">
         <v>26</v>
       </c>
       <c r="M449" t="s">
         <v>27</v>
       </c>
       <c r="N449" t="s">
         <v>28</v>
       </c>
       <c r="O449" t="s">
-        <v>4140</v>
+        <v>4153</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65030</v>
+        <v>8918</v>
       </c>
       <c r="B450" t="s">
-        <v>4141</v>
+        <v>4154</v>
       </c>
       <c r="C450" t="s">
-        <v>4142</v>
+        <v>4155</v>
       </c>
       <c r="D450" t="s">
-        <v>4143</v>
+        <v>4156</v>
       </c>
       <c r="E450" t="s">
-        <v>4144</v>
+        <v>4157</v>
       </c>
       <c r="F450" t="s">
-        <v>4145</v>
+        <v>4158</v>
       </c>
       <c r="G450" t="s">
-        <v>4146</v>
+        <v>4159</v>
       </c>
       <c r="H450" t="s">
-        <v>4147</v>
+        <v>4160</v>
       </c>
       <c r="I450" t="s">
-        <v>4148</v>
+        <v>4161</v>
       </c>
       <c r="J450" t="s">
         <v>24</v>
       </c>
       <c r="K450" t="s">
         <v>25</v>
       </c>
       <c r="L450" t="s">
         <v>26</v>
       </c>
       <c r="M450" t="s">
         <v>27</v>
       </c>
       <c r="N450" t="s">
         <v>28</v>
       </c>
       <c r="O450" t="s">
-        <v>4149</v>
+        <v>4162</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65031</v>
+        <v>8945</v>
       </c>
       <c r="B451" t="s">
-        <v>4150</v>
+        <v>4163</v>
       </c>
       <c r="C451" t="s">
-        <v>4151</v>
+        <v>4164</v>
       </c>
       <c r="D451" t="s">
-        <v>4152</v>
+        <v>4165</v>
       </c>
       <c r="E451" t="s">
-        <v>4153</v>
+        <v>4166</v>
       </c>
       <c r="F451" t="s">
-        <v>4154</v>
+        <v>4167</v>
       </c>
       <c r="G451" t="s">
-        <v>4155</v>
+        <v>4168</v>
       </c>
       <c r="H451" t="s">
-        <v>4156</v>
+        <v>4169</v>
       </c>
       <c r="I451" t="s">
-        <v>4157</v>
+        <v>4170</v>
       </c>
       <c r="J451" t="s">
         <v>24</v>
       </c>
       <c r="K451" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L451" t="s">
         <v>26</v>
       </c>
       <c r="M451" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N451" t="s">
         <v>28</v>
       </c>
       <c r="O451" t="s">
-        <v>4158</v>
+        <v>4171</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65032</v>
+        <v>8950</v>
       </c>
       <c r="B452" t="s">
-        <v>4159</v>
+        <v>4172</v>
       </c>
       <c r="C452" t="s">
-        <v>4160</v>
+        <v>4173</v>
       </c>
       <c r="D452" t="s">
-        <v>4161</v>
+        <v>4174</v>
       </c>
       <c r="E452" t="s">
-        <v>4162</v>
+        <v>4175</v>
       </c>
       <c r="F452" t="s">
-        <v>4163</v>
+        <v>4176</v>
       </c>
       <c r="G452" t="s">
-        <v>4164</v>
+        <v>4177</v>
       </c>
       <c r="H452" t="s">
-        <v>4165</v>
+        <v>4178</v>
       </c>
       <c r="I452" t="s">
-        <v>4166</v>
+        <v>4179</v>
       </c>
       <c r="J452" t="s">
         <v>24</v>
       </c>
       <c r="K452" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L452" t="s">
         <v>26</v>
       </c>
       <c r="M452" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
-        <v>4167</v>
+        <v>4180</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65033</v>
+        <v>8951</v>
       </c>
       <c r="B453" t="s">
-        <v>4168</v>
+        <v>4181</v>
       </c>
       <c r="C453" t="s">
-        <v>4169</v>
+        <v>4182</v>
       </c>
       <c r="D453" t="s">
-        <v>4170</v>
+        <v>4183</v>
       </c>
       <c r="E453" t="s">
-        <v>4171</v>
+        <v>4184</v>
       </c>
       <c r="F453" t="s">
-        <v>4172</v>
+        <v>4185</v>
       </c>
       <c r="G453" t="s">
-        <v>4173</v>
+        <v>4186</v>
       </c>
       <c r="H453" t="s">
-        <v>4174</v>
+        <v>4187</v>
       </c>
       <c r="I453" t="s">
-        <v>4175</v>
+        <v>4188</v>
       </c>
       <c r="J453" t="s">
         <v>24</v>
       </c>
       <c r="K453" t="s">
-        <v>4176</v>
+        <v>206</v>
       </c>
       <c r="L453" t="s">
         <v>26</v>
       </c>
       <c r="M453" t="s">
-        <v>4177</v>
+        <v>207</v>
       </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
-        <v>4178</v>
+        <v>4189</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65034</v>
+        <v>8954</v>
       </c>
       <c r="B454" t="s">
-        <v>4179</v>
+        <v>4190</v>
       </c>
       <c r="C454" t="s">
-        <v>4180</v>
+        <v>4191</v>
       </c>
       <c r="D454" t="s">
-        <v>4181</v>
+        <v>4192</v>
       </c>
       <c r="E454" t="s">
-        <v>4182</v>
+        <v>4193</v>
       </c>
       <c r="F454" t="s">
-        <v>4183</v>
+        <v>4194</v>
       </c>
       <c r="G454" t="s">
-        <v>4184</v>
+        <v>4195</v>
       </c>
       <c r="H454" t="s">
-        <v>4185</v>
+        <v>4196</v>
       </c>
       <c r="I454" t="s">
-        <v>4186</v>
+        <v>4197</v>
       </c>
       <c r="J454" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K454" t="s">
-        <v>579</v>
+        <v>206</v>
       </c>
       <c r="L454" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M454" t="s">
-        <v>580</v>
+        <v>207</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
-        <v>4187</v>
+        <v>4198</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65035</v>
+        <v>8959</v>
       </c>
       <c r="B455" t="s">
-        <v>4188</v>
+        <v>4199</v>
       </c>
       <c r="C455" t="s">
-        <v>4189</v>
+        <v>4200</v>
       </c>
       <c r="D455" t="s">
-        <v>4190</v>
+        <v>4201</v>
       </c>
       <c r="E455" t="s">
-        <v>4191</v>
+        <v>4202</v>
       </c>
       <c r="F455" t="s">
-        <v>4192</v>
+        <v>4203</v>
       </c>
       <c r="G455" t="s">
-        <v>4193</v>
+        <v>4204</v>
       </c>
       <c r="H455" t="s">
-        <v>4194</v>
+        <v>4205</v>
       </c>
       <c r="I455" t="s">
-        <v>4195</v>
+        <v>4206</v>
       </c>
       <c r="J455" t="s">
         <v>24</v>
       </c>
       <c r="K455" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L455" t="s">
         <v>26</v>
       </c>
       <c r="M455" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
-        <v>4196</v>
+        <v>4207</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65036</v>
+        <v>8964</v>
       </c>
       <c r="B456" t="s">
-        <v>4197</v>
+        <v>4208</v>
       </c>
       <c r="C456" t="s">
-        <v>4198</v>
+        <v>4209</v>
       </c>
       <c r="D456" t="s">
-        <v>4199</v>
+        <v>4210</v>
       </c>
       <c r="E456" t="s">
-        <v>4200</v>
+        <v>4211</v>
       </c>
       <c r="F456" t="s">
-        <v>4201</v>
+        <v>4212</v>
       </c>
       <c r="G456" t="s">
-        <v>4202</v>
+        <v>4213</v>
       </c>
       <c r="H456" t="s">
-        <v>4203</v>
+        <v>4214</v>
       </c>
       <c r="I456" t="s">
-        <v>4204</v>
+        <v>4215</v>
       </c>
       <c r="J456" t="s">
         <v>24</v>
       </c>
       <c r="K456" t="s">
-        <v>25</v>
+        <v>988</v>
       </c>
       <c r="L456" t="s">
         <v>26</v>
       </c>
       <c r="M456" t="s">
-        <v>27</v>
+        <v>989</v>
       </c>
       <c r="N456" t="s">
         <v>28</v>
       </c>
       <c r="O456" t="s">
-        <v>4205</v>
+        <v>4216</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65037</v>
+        <v>10011</v>
       </c>
       <c r="B457" t="s">
-        <v>4206</v>
+        <v>4217</v>
       </c>
       <c r="C457" t="s">
-        <v>4207</v>
+        <v>4218</v>
       </c>
       <c r="D457" t="s">
-        <v>4208</v>
+        <v>4219</v>
       </c>
       <c r="E457" t="s">
-        <v>4209</v>
+        <v>4220</v>
       </c>
       <c r="F457" t="s">
-        <v>4210</v>
+        <v>4221</v>
       </c>
       <c r="G457" t="s">
-        <v>4211</v>
+        <v>4222</v>
       </c>
       <c r="H457" t="s">
-        <v>4212</v>
+        <v>4223</v>
       </c>
       <c r="I457" t="s">
-        <v>4213</v>
+        <v>4224</v>
       </c>
       <c r="J457" t="s">
         <v>24</v>
       </c>
       <c r="K457" t="s">
         <v>25</v>
       </c>
       <c r="L457" t="s">
         <v>26</v>
       </c>
       <c r="M457" t="s">
         <v>27</v>
       </c>
       <c r="N457" t="s">
         <v>28</v>
       </c>
       <c r="O457" t="s">
-        <v>4214</v>
+        <v>4225</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65038</v>
+        <v>10014</v>
       </c>
       <c r="B458" t="s">
-        <v>4215</v>
+        <v>4226</v>
       </c>
       <c r="C458" t="s">
-        <v>4216</v>
+        <v>4227</v>
       </c>
       <c r="D458" t="s">
-        <v>4217</v>
+        <v>4228</v>
       </c>
       <c r="E458" t="s">
-        <v>4218</v>
+        <v>4229</v>
       </c>
       <c r="F458" t="s">
-        <v>4219</v>
+        <v>4230</v>
       </c>
       <c r="G458" t="s">
-        <v>4220</v>
+        <v>4231</v>
       </c>
       <c r="H458" t="s">
-        <v>4221</v>
+        <v>4232</v>
       </c>
       <c r="I458" t="s">
-        <v>4222</v>
+        <v>4233</v>
       </c>
       <c r="J458" t="s">
         <v>24</v>
       </c>
       <c r="K458" t="s">
-        <v>170</v>
+        <v>4234</v>
       </c>
       <c r="L458" t="s">
         <v>26</v>
       </c>
       <c r="M458" t="s">
-        <v>171</v>
+        <v>4235</v>
       </c>
       <c r="N458" t="s">
         <v>28</v>
       </c>
       <c r="O458" t="s">
-        <v>4223</v>
+        <v>4236</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65039</v>
+        <v>10015</v>
       </c>
       <c r="B459" t="s">
-        <v>4224</v>
+        <v>4237</v>
       </c>
       <c r="C459" t="s">
-        <v>4225</v>
+        <v>4238</v>
       </c>
       <c r="D459" t="s">
-        <v>4226</v>
+        <v>4239</v>
       </c>
       <c r="E459" t="s">
-        <v>4227</v>
+        <v>4240</v>
       </c>
       <c r="F459" t="s">
-        <v>4228</v>
+        <v>4241</v>
       </c>
       <c r="G459" t="s">
-        <v>4229</v>
+        <v>4242</v>
       </c>
       <c r="H459" t="s">
-        <v>4230</v>
+        <v>4243</v>
       </c>
       <c r="I459" t="s">
-        <v>4231</v>
+        <v>4244</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
-        <v>4232</v>
+        <v>4245</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65040</v>
+        <v>10036</v>
       </c>
       <c r="B460" t="s">
-        <v>4233</v>
+        <v>4246</v>
       </c>
       <c r="C460" t="s">
-        <v>4234</v>
+        <v>4247</v>
       </c>
       <c r="D460" t="s">
-        <v>4235</v>
+        <v>4248</v>
       </c>
       <c r="E460" t="s">
-        <v>4236</v>
+        <v>4249</v>
       </c>
       <c r="F460" t="s">
-        <v>4237</v>
+        <v>4250</v>
       </c>
       <c r="G460" t="s">
-        <v>4238</v>
+        <v>4251</v>
       </c>
       <c r="H460" t="s">
-        <v>4239</v>
+        <v>4252</v>
       </c>
       <c r="I460" t="s">
-        <v>4240</v>
+        <v>4253</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
-        <v>1476</v>
+        <v>25</v>
       </c>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460" t="s">
-        <v>1478</v>
+        <v>27</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
-        <v>4241</v>
+        <v>4254</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65043</v>
+        <v>10046</v>
       </c>
       <c r="B461" t="s">
-        <v>4242</v>
+        <v>4255</v>
       </c>
       <c r="C461" t="s">
-        <v>4243</v>
+        <v>4256</v>
       </c>
       <c r="D461" t="s">
-        <v>4244</v>
+        <v>4257</v>
       </c>
       <c r="E461" t="s">
-        <v>4245</v>
+        <v>4258</v>
       </c>
       <c r="F461" t="s">
-        <v>4246</v>
+        <v>4259</v>
       </c>
       <c r="G461" t="s">
-        <v>4247</v>
+        <v>4260</v>
       </c>
       <c r="H461" t="s">
-        <v>4248</v>
+        <v>4261</v>
       </c>
       <c r="I461" t="s">
-        <v>4249</v>
+        <v>4262</v>
       </c>
       <c r="J461" t="s">
         <v>24</v>
       </c>
       <c r="K461" t="s">
-        <v>25</v>
+        <v>319</v>
       </c>
       <c r="L461" t="s">
         <v>26</v>
       </c>
       <c r="M461" t="s">
-        <v>27</v>
+        <v>321</v>
       </c>
       <c r="N461" t="s">
         <v>28</v>
       </c>
       <c r="O461" t="s">
-        <v>4250</v>
+        <v>4263</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65044</v>
+        <v>10098</v>
       </c>
       <c r="B462" t="s">
-        <v>4251</v>
+        <v>4264</v>
       </c>
       <c r="C462" t="s">
-        <v>4252</v>
+        <v>4265</v>
       </c>
       <c r="D462" t="s">
-        <v>4253</v>
+        <v>4266</v>
       </c>
       <c r="E462" t="s">
-        <v>4254</v>
+        <v>4267</v>
       </c>
       <c r="F462" t="s">
-        <v>4255</v>
+        <v>4268</v>
       </c>
       <c r="G462" t="s">
-        <v>4256</v>
+        <v>4269</v>
       </c>
       <c r="H462" t="s">
-        <v>4257</v>
+        <v>4270</v>
       </c>
       <c r="I462" t="s">
-        <v>4258</v>
+        <v>4271</v>
       </c>
       <c r="J462" t="s">
         <v>24</v>
       </c>
       <c r="K462" t="s">
         <v>25</v>
       </c>
       <c r="L462" t="s">
         <v>26</v>
       </c>
       <c r="M462" t="s">
         <v>27</v>
       </c>
       <c r="N462" t="s">
         <v>28</v>
       </c>
       <c r="O462" t="s">
-        <v>4259</v>
+        <v>4272</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65045</v>
+        <v>10101</v>
       </c>
       <c r="B463" t="s">
-        <v>4260</v>
+        <v>4273</v>
       </c>
       <c r="C463" t="s">
-        <v>4261</v>
+        <v>4274</v>
       </c>
       <c r="D463" t="s">
-        <v>4262</v>
+        <v>4275</v>
       </c>
       <c r="E463" t="s">
-        <v>4263</v>
+        <v>4276</v>
       </c>
       <c r="F463" t="s">
-        <v>4264</v>
+        <v>4277</v>
       </c>
       <c r="G463" t="s">
-        <v>4265</v>
+        <v>4278</v>
       </c>
       <c r="H463" t="s">
-        <v>4266</v>
+        <v>4279</v>
       </c>
       <c r="I463" t="s">
-        <v>4267</v>
+        <v>4280</v>
       </c>
       <c r="J463" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="K463" t="s">
-        <v>4268</v>
+        <v>25</v>
       </c>
       <c r="L463" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="M463" t="s">
-        <v>4269</v>
+        <v>27</v>
       </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
-        <v>4270</v>
+        <v>4281</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65046</v>
+        <v>10107</v>
       </c>
       <c r="B464" t="s">
-        <v>4271</v>
+        <v>4282</v>
       </c>
       <c r="C464" t="s">
-        <v>4272</v>
+        <v>4283</v>
       </c>
       <c r="D464" t="s">
-        <v>4273</v>
+        <v>4284</v>
       </c>
       <c r="E464" t="s">
-        <v>4274</v>
+        <v>4285</v>
       </c>
       <c r="F464" t="s">
-        <v>4275</v>
+        <v>4286</v>
       </c>
       <c r="G464" t="s">
-        <v>4276</v>
+        <v>4287</v>
       </c>
       <c r="H464" t="s">
-        <v>4277</v>
+        <v>4288</v>
       </c>
       <c r="I464" t="s">
-        <v>4278</v>
+        <v>4289</v>
       </c>
       <c r="J464" t="s">
         <v>24</v>
       </c>
       <c r="K464" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L464" t="s">
         <v>26</v>
       </c>
       <c r="M464" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N464" t="s">
         <v>28</v>
       </c>
       <c r="O464" t="s">
-        <v>4279</v>
+        <v>4290</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65047</v>
+        <v>10404</v>
       </c>
       <c r="B465" t="s">
-        <v>4280</v>
+        <v>4291</v>
       </c>
       <c r="C465" t="s">
-        <v>4281</v>
+        <v>4292</v>
       </c>
       <c r="D465" t="s">
-        <v>4282</v>
+        <v>4293</v>
       </c>
       <c r="E465" t="s">
-        <v>4283</v>
+        <v>4294</v>
       </c>
       <c r="F465" t="s">
-        <v>4284</v>
+        <v>4295</v>
       </c>
       <c r="G465" t="s">
-        <v>4285</v>
+        <v>4296</v>
       </c>
       <c r="H465" t="s">
-        <v>4286</v>
+        <v>4297</v>
       </c>
       <c r="I465" t="s">
-        <v>4287</v>
+        <v>4298</v>
       </c>
       <c r="J465" t="s">
         <v>24</v>
       </c>
       <c r="K465" t="s">
-        <v>4268</v>
+        <v>25</v>
       </c>
       <c r="L465" t="s">
         <v>26</v>
       </c>
       <c r="M465" t="s">
-        <v>4269</v>
+        <v>27</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
-        <v>4288</v>
+        <v>4299</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65049</v>
+        <v>10412</v>
       </c>
       <c r="B466" t="s">
-        <v>4289</v>
+        <v>4300</v>
       </c>
       <c r="C466" t="s">
-        <v>4290</v>
+        <v>4301</v>
       </c>
       <c r="D466" t="s">
-        <v>4291</v>
+        <v>4302</v>
       </c>
       <c r="E466" t="s">
-        <v>4292</v>
+        <v>4303</v>
       </c>
       <c r="F466" t="s">
-        <v>4293</v>
+        <v>4304</v>
       </c>
       <c r="G466" t="s">
-        <v>4294</v>
+        <v>4305</v>
       </c>
       <c r="H466" t="s">
-        <v>4295</v>
+        <v>4306</v>
       </c>
       <c r="I466" t="s">
-        <v>4296</v>
+        <v>4307</v>
       </c>
       <c r="J466" t="s">
         <v>24</v>
       </c>
       <c r="K466" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L466" t="s">
         <v>26</v>
       </c>
       <c r="M466" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
-        <v>4297</v>
+        <v>4308</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65050</v>
+        <v>10603</v>
       </c>
       <c r="B467" t="s">
-        <v>4298</v>
+        <v>4309</v>
       </c>
       <c r="C467" t="s">
-        <v>4299</v>
+        <v>4310</v>
       </c>
       <c r="D467" t="s">
-        <v>4300</v>
+        <v>4311</v>
       </c>
       <c r="E467" t="s">
-        <v>4301</v>
+        <v>4312</v>
       </c>
       <c r="F467" t="s">
-        <v>4302</v>
+        <v>4313</v>
       </c>
       <c r="G467" t="s">
-        <v>4303</v>
+        <v>4314</v>
       </c>
       <c r="H467" t="s">
-        <v>4304</v>
+        <v>4315</v>
       </c>
       <c r="I467" t="s">
-        <v>4305</v>
+        <v>4316</v>
       </c>
       <c r="J467" t="s">
         <v>24</v>
       </c>
       <c r="K467" t="s">
         <v>25</v>
       </c>
       <c r="L467" t="s">
         <v>26</v>
       </c>
       <c r="M467" t="s">
         <v>27</v>
       </c>
       <c r="N467" t="s">
         <v>28</v>
       </c>
       <c r="O467" t="s">
-        <v>4306</v>
+        <v>4317</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65051</v>
+        <v>10635</v>
       </c>
       <c r="B468" t="s">
-        <v>4307</v>
+        <v>4318</v>
       </c>
       <c r="C468" t="s">
-        <v>4308</v>
+        <v>4319</v>
       </c>
       <c r="D468" t="s">
-        <v>4309</v>
+        <v>4320</v>
       </c>
       <c r="E468" t="s">
-        <v>4310</v>
+        <v>4321</v>
       </c>
       <c r="F468" t="s">
-        <v>4311</v>
+        <v>4322</v>
       </c>
       <c r="G468" t="s">
-        <v>4312</v>
+        <v>4323</v>
       </c>
       <c r="H468" t="s">
-        <v>4313</v>
+        <v>4324</v>
       </c>
       <c r="I468" t="s">
-        <v>4314</v>
+        <v>4325</v>
       </c>
       <c r="J468" t="s">
         <v>24</v>
       </c>
       <c r="K468" t="s">
-        <v>745</v>
+        <v>47</v>
       </c>
       <c r="L468" t="s">
         <v>26</v>
       </c>
       <c r="M468" t="s">
-        <v>746</v>
+        <v>48</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
-        <v>4315</v>
+        <v>4326</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65053</v>
+        <v>10639</v>
       </c>
       <c r="B469" t="s">
-        <v>4316</v>
+        <v>4327</v>
       </c>
       <c r="C469" t="s">
-        <v>4317</v>
+        <v>4328</v>
       </c>
       <c r="D469" t="s">
-        <v>4318</v>
+        <v>4329</v>
       </c>
       <c r="E469" t="s">
-        <v>4319</v>
+        <v>4330</v>
       </c>
       <c r="F469" t="s">
-        <v>4320</v>
+        <v>4331</v>
       </c>
       <c r="G469" t="s">
-        <v>4321</v>
+        <v>4332</v>
       </c>
       <c r="H469" t="s">
-        <v>4322</v>
+        <v>4333</v>
       </c>
       <c r="I469" t="s">
-        <v>4323</v>
+        <v>4334</v>
       </c>
       <c r="J469" t="s">
         <v>24</v>
       </c>
       <c r="K469" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
-        <v>4324</v>
+        <v>4335</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65054</v>
+        <v>10647</v>
       </c>
       <c r="B470" t="s">
-        <v>4325</v>
+        <v>4336</v>
       </c>
       <c r="C470" t="s">
-        <v>4326</v>
+        <v>4337</v>
       </c>
       <c r="D470" t="s">
-        <v>4327</v>
+        <v>4338</v>
       </c>
       <c r="E470" t="s">
-        <v>4328</v>
+        <v>4339</v>
       </c>
       <c r="F470" t="s">
-        <v>4329</v>
+        <v>4340</v>
       </c>
       <c r="G470" t="s">
-        <v>4330</v>
+        <v>4341</v>
       </c>
       <c r="H470" t="s">
-        <v>4331</v>
+        <v>4342</v>
       </c>
       <c r="I470" t="s">
-        <v>4332</v>
+        <v>4343</v>
       </c>
       <c r="J470" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K470" t="s">
-        <v>4333</v>
+        <v>206</v>
       </c>
       <c r="L470" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M470" t="s">
-        <v>4334</v>
+        <v>207</v>
       </c>
       <c r="N470" t="s">
         <v>28</v>
       </c>
       <c r="O470" t="s">
-        <v>4335</v>
+        <v>4344</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65055</v>
+        <v>10887</v>
       </c>
       <c r="B471" t="s">
-        <v>4336</v>
+        <v>4345</v>
       </c>
       <c r="C471" t="s">
-        <v>4337</v>
+        <v>4346</v>
       </c>
       <c r="D471" t="s">
-        <v>4338</v>
+        <v>4347</v>
       </c>
       <c r="E471" t="s">
-        <v>4339</v>
+        <v>4348</v>
       </c>
       <c r="F471" t="s">
-        <v>4340</v>
+        <v>4349</v>
       </c>
       <c r="G471" t="s">
-        <v>4341</v>
+        <v>4350</v>
       </c>
       <c r="H471" t="s">
-        <v>4342</v>
+        <v>4351</v>
       </c>
       <c r="I471" t="s">
-        <v>4343</v>
+        <v>4352</v>
       </c>
       <c r="J471" t="s">
         <v>24</v>
       </c>
       <c r="K471" t="s">
-        <v>579</v>
+        <v>25</v>
       </c>
       <c r="L471" t="s">
         <v>26</v>
       </c>
       <c r="M471" t="s">
-        <v>580</v>
+        <v>27</v>
       </c>
       <c r="N471" t="s">
         <v>28</v>
       </c>
       <c r="O471" t="s">
-        <v>4344</v>
+        <v>4353</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65057</v>
+        <v>10925</v>
       </c>
       <c r="B472" t="s">
-        <v>4345</v>
+        <v>4354</v>
       </c>
       <c r="C472" t="s">
-        <v>4346</v>
+        <v>4355</v>
       </c>
       <c r="D472" t="s">
-        <v>4347</v>
+        <v>4356</v>
       </c>
       <c r="E472" t="s">
-        <v>4348</v>
+        <v>4357</v>
       </c>
       <c r="F472" t="s">
-        <v>4349</v>
+        <v>4358</v>
       </c>
       <c r="G472" t="s">
-        <v>4350</v>
+        <v>4359</v>
       </c>
       <c r="H472" t="s">
-        <v>4351</v>
+        <v>4360</v>
       </c>
       <c r="I472" t="s">
-        <v>4352</v>
+        <v>4361</v>
       </c>
       <c r="J472" t="s">
         <v>24</v>
       </c>
       <c r="K472" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L472" t="s">
         <v>26</v>
       </c>
       <c r="M472" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N472" t="s">
         <v>28</v>
       </c>
       <c r="O472" t="s">
-        <v>4353</v>
+        <v>4362</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65058</v>
+        <v>10927</v>
       </c>
       <c r="B473" t="s">
-        <v>4354</v>
+        <v>4363</v>
       </c>
       <c r="C473" t="s">
-        <v>4355</v>
+        <v>4364</v>
       </c>
       <c r="D473" t="s">
-        <v>4356</v>
+        <v>4365</v>
       </c>
       <c r="E473" t="s">
-        <v>4357</v>
+        <v>4366</v>
       </c>
       <c r="F473" t="s">
-        <v>4358</v>
+        <v>4367</v>
       </c>
       <c r="G473" t="s">
-        <v>4359</v>
+        <v>4368</v>
       </c>
       <c r="H473" t="s">
-        <v>4360</v>
+        <v>4369</v>
       </c>
       <c r="I473" t="s">
-        <v>4361</v>
+        <v>4370</v>
       </c>
       <c r="J473" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K473" t="s">
-        <v>689</v>
+        <v>206</v>
       </c>
       <c r="L473" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M473" t="s">
-        <v>690</v>
+        <v>207</v>
       </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
-        <v>4362</v>
+        <v>4371</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65059</v>
+        <v>10930</v>
       </c>
       <c r="B474" t="s">
-        <v>4363</v>
+        <v>4372</v>
       </c>
       <c r="C474" t="s">
-        <v>4364</v>
+        <v>4373</v>
       </c>
       <c r="D474" t="s">
-        <v>4365</v>
+        <v>4374</v>
       </c>
       <c r="E474" t="s">
-        <v>4366</v>
+        <v>4375</v>
       </c>
       <c r="F474" t="s">
-        <v>4367</v>
+        <v>4376</v>
       </c>
       <c r="G474" t="s">
-        <v>4368</v>
+        <v>4377</v>
       </c>
       <c r="H474" t="s">
-        <v>4369</v>
+        <v>4378</v>
       </c>
       <c r="I474" t="s">
-        <v>4370</v>
+        <v>4379</v>
       </c>
       <c r="J474" t="s">
-        <v>24</v>
+        <v>1589</v>
       </c>
       <c r="K474" t="s">
-        <v>170</v>
+        <v>319</v>
       </c>
       <c r="L474" t="s">
-        <v>26</v>
+        <v>1591</v>
       </c>
       <c r="M474" t="s">
-        <v>171</v>
+        <v>321</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
-        <v>4371</v>
+        <v>4380</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65060</v>
+        <v>10945</v>
       </c>
       <c r="B475" t="s">
-        <v>4372</v>
+        <v>4381</v>
       </c>
       <c r="C475" t="s">
-        <v>4373</v>
+        <v>4382</v>
       </c>
       <c r="D475" t="s">
-        <v>4374</v>
+        <v>4383</v>
       </c>
       <c r="E475" t="s">
-        <v>4375</v>
+        <v>4384</v>
       </c>
       <c r="F475" t="s">
-        <v>4376</v>
+        <v>4385</v>
       </c>
       <c r="G475" t="s">
-        <v>4377</v>
+        <v>4386</v>
       </c>
       <c r="H475" t="s">
-        <v>4378</v>
+        <v>4387</v>
       </c>
       <c r="I475" t="s">
-        <v>4379</v>
+        <v>4388</v>
       </c>
       <c r="J475" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K475" t="s">
-        <v>47</v>
+        <v>829</v>
       </c>
       <c r="L475" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M475" t="s">
-        <v>48</v>
+        <v>830</v>
       </c>
       <c r="N475" t="s">
         <v>28</v>
       </c>
       <c r="O475" t="s">
-        <v>4380</v>
+        <v>4389</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65061</v>
+        <v>10947</v>
       </c>
       <c r="B476" t="s">
-        <v>4381</v>
+        <v>4390</v>
       </c>
       <c r="C476" t="s">
-        <v>4382</v>
+        <v>4391</v>
       </c>
       <c r="D476" t="s">
-        <v>4383</v>
+        <v>4392</v>
       </c>
       <c r="E476" t="s">
-        <v>4384</v>
+        <v>4393</v>
       </c>
       <c r="F476" t="s">
-        <v>4385</v>
+        <v>4394</v>
       </c>
       <c r="G476" t="s">
-        <v>4386</v>
+        <v>4395</v>
       </c>
       <c r="H476" t="s">
-        <v>4387</v>
+        <v>4396</v>
       </c>
       <c r="I476" t="s">
-        <v>4388</v>
+        <v>4397</v>
       </c>
       <c r="J476" t="s">
         <v>24</v>
       </c>
       <c r="K476" t="s">
-        <v>1476</v>
+        <v>206</v>
       </c>
       <c r="L476" t="s">
         <v>26</v>
       </c>
       <c r="M476" t="s">
-        <v>1478</v>
+        <v>207</v>
       </c>
       <c r="N476" t="s">
         <v>28</v>
       </c>
       <c r="O476" t="s">
-        <v>4389</v>
+        <v>4398</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65062</v>
+        <v>10948</v>
       </c>
       <c r="B477" t="s">
-        <v>4390</v>
+        <v>4399</v>
       </c>
       <c r="C477" t="s">
-        <v>4391</v>
+        <v>4400</v>
       </c>
       <c r="D477" t="s">
-        <v>4392</v>
+        <v>4401</v>
       </c>
       <c r="E477" t="s">
-        <v>4393</v>
+        <v>4402</v>
       </c>
       <c r="F477" t="s">
-        <v>4394</v>
+        <v>4403</v>
       </c>
       <c r="G477" t="s">
-        <v>4395</v>
+        <v>4404</v>
       </c>
       <c r="H477" t="s">
-        <v>4396</v>
+        <v>4405</v>
       </c>
       <c r="I477" t="s">
-        <v>4397</v>
+        <v>4406</v>
       </c>
       <c r="J477" t="s">
         <v>24</v>
       </c>
       <c r="K477" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L477" t="s">
         <v>26</v>
       </c>
       <c r="M477" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
-        <v>4398</v>
+        <v>4407</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65063</v>
+        <v>10950</v>
       </c>
       <c r="B478" t="s">
-        <v>4399</v>
+        <v>4408</v>
       </c>
       <c r="C478" t="s">
-        <v>4400</v>
+        <v>4409</v>
       </c>
       <c r="D478" t="s">
-        <v>4401</v>
+        <v>4410</v>
       </c>
       <c r="E478" t="s">
-        <v>4402</v>
+        <v>4411</v>
       </c>
       <c r="F478" t="s">
-        <v>4403</v>
+        <v>4412</v>
       </c>
       <c r="G478" t="s">
-        <v>4404</v>
+        <v>4413</v>
       </c>
       <c r="H478" t="s">
-        <v>4405</v>
+        <v>4414</v>
       </c>
       <c r="I478" t="s">
-        <v>4406</v>
+        <v>4415</v>
       </c>
       <c r="J478" t="s">
         <v>24</v>
       </c>
       <c r="K478" t="s">
-        <v>1070</v>
+        <v>4416</v>
       </c>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478" t="s">
-        <v>1071</v>
+        <v>4417</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
-        <v>4407</v>
+        <v>4418</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
-        <v>65068</v>
+        <v>10951</v>
       </c>
       <c r="B479" t="s">
-        <v>4408</v>
+        <v>4419</v>
       </c>
       <c r="C479" t="s">
-        <v>4409</v>
+        <v>4420</v>
       </c>
       <c r="D479" t="s">
-        <v>4410</v>
+        <v>4421</v>
       </c>
       <c r="E479" t="s">
-        <v>4411</v>
+        <v>4422</v>
       </c>
       <c r="F479" t="s">
-        <v>4412</v>
+        <v>4423</v>
       </c>
       <c r="G479" t="s">
-        <v>4413</v>
+        <v>4424</v>
       </c>
       <c r="H479" t="s">
-        <v>4414</v>
+        <v>4425</v>
       </c>
       <c r="I479" t="s">
-        <v>4415</v>
+        <v>4426</v>
       </c>
       <c r="J479" t="s">
         <v>24</v>
       </c>
       <c r="K479" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L479" t="s">
         <v>26</v>
       </c>
       <c r="M479" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N479" t="s">
         <v>28</v>
       </c>
       <c r="O479" t="s">
-        <v>4416</v>
+        <v>4427</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
-        <v>65069</v>
+        <v>10974</v>
       </c>
       <c r="B480" t="s">
-        <v>4417</v>
+        <v>4428</v>
       </c>
       <c r="C480" t="s">
-        <v>4418</v>
+        <v>4429</v>
       </c>
       <c r="D480" t="s">
-        <v>4419</v>
+        <v>4430</v>
       </c>
       <c r="E480" t="s">
-        <v>4420</v>
+        <v>4431</v>
       </c>
       <c r="F480" t="s">
-        <v>4421</v>
+        <v>4432</v>
       </c>
       <c r="G480" t="s">
-        <v>4422</v>
+        <v>4433</v>
       </c>
       <c r="H480" t="s">
-        <v>4423</v>
+        <v>4434</v>
       </c>
       <c r="I480" t="s">
-        <v>4424</v>
+        <v>4435</v>
       </c>
       <c r="J480" t="s">
         <v>24</v>
       </c>
       <c r="K480" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L480" t="s">
         <v>26</v>
       </c>
       <c r="M480" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N480" t="s">
         <v>28</v>
       </c>
       <c r="O480" t="s">
-        <v>4425</v>
+        <v>4436</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
-        <v>65071</v>
+        <v>11000</v>
       </c>
       <c r="B481" t="s">
-        <v>4426</v>
+        <v>4437</v>
       </c>
       <c r="C481" t="s">
-        <v>4427</v>
+        <v>4438</v>
       </c>
       <c r="D481" t="s">
-        <v>4428</v>
+        <v>4439</v>
       </c>
       <c r="E481" t="s">
-        <v>4429</v>
+        <v>4440</v>
       </c>
       <c r="F481" t="s">
-        <v>4430</v>
+        <v>4441</v>
       </c>
       <c r="G481" t="s">
-        <v>4431</v>
+        <v>4442</v>
       </c>
       <c r="H481" t="s">
-        <v>4432</v>
+        <v>4443</v>
       </c>
       <c r="I481" t="s">
-        <v>4433</v>
+        <v>4444</v>
       </c>
       <c r="J481" t="s">
         <v>24</v>
       </c>
       <c r="K481" t="s">
         <v>25</v>
       </c>
       <c r="L481" t="s">
         <v>26</v>
       </c>
       <c r="M481" t="s">
         <v>27</v>
       </c>
       <c r="N481" t="s">
         <v>28</v>
       </c>
       <c r="O481" t="s">
-        <v>4434</v>
+        <v>4445</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
-        <v>65073</v>
+        <v>11161</v>
       </c>
       <c r="B482" t="s">
-        <v>4435</v>
+        <v>4446</v>
       </c>
       <c r="C482" t="s">
-        <v>4436</v>
+        <v>4447</v>
       </c>
       <c r="D482" t="s">
-        <v>4437</v>
+        <v>4448</v>
       </c>
       <c r="E482" t="s">
-        <v>4438</v>
+        <v>4449</v>
       </c>
       <c r="F482" t="s">
-        <v>4439</v>
+        <v>4450</v>
       </c>
       <c r="G482" t="s">
-        <v>4440</v>
+        <v>4451</v>
       </c>
       <c r="H482" t="s">
-        <v>4441</v>
+        <v>4452</v>
       </c>
       <c r="I482" t="s">
-        <v>4442</v>
+        <v>4453</v>
       </c>
       <c r="J482" t="s">
         <v>24</v>
       </c>
       <c r="K482" t="s">
-        <v>25</v>
+        <v>1590</v>
       </c>
       <c r="L482" t="s">
         <v>26</v>
       </c>
       <c r="M482" t="s">
-        <v>27</v>
+        <v>1592</v>
       </c>
       <c r="N482" t="s">
         <v>28</v>
       </c>
       <c r="O482" t="s">
-        <v>4443</v>
+        <v>4454</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
-        <v>65074</v>
+        <v>11169</v>
       </c>
       <c r="B483" t="s">
-        <v>4444</v>
+        <v>4455</v>
       </c>
       <c r="C483" t="s">
-        <v>4445</v>
+        <v>4456</v>
       </c>
       <c r="D483" t="s">
-        <v>4446</v>
+        <v>4457</v>
       </c>
       <c r="E483" t="s">
-        <v>4447</v>
+        <v>4458</v>
       </c>
       <c r="F483" t="s">
-        <v>4448</v>
+        <v>4459</v>
       </c>
       <c r="G483" t="s">
-        <v>4449</v>
+        <v>4460</v>
       </c>
       <c r="H483" t="s">
-        <v>4450</v>
+        <v>4461</v>
       </c>
       <c r="I483" t="s">
-        <v>4451</v>
+        <v>4462</v>
       </c>
       <c r="J483" t="s">
         <v>24</v>
       </c>
       <c r="K483" t="s">
-        <v>4452</v>
+        <v>59</v>
       </c>
       <c r="L483" t="s">
         <v>26</v>
       </c>
       <c r="M483" t="s">
-        <v>4453</v>
+        <v>61</v>
       </c>
       <c r="N483" t="s">
         <v>28</v>
       </c>
       <c r="O483" t="s">
-        <v>4454</v>
+        <v>4463</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
-        <v>65075</v>
+        <v>11205</v>
       </c>
       <c r="B484" t="s">
-        <v>4455</v>
+        <v>4464</v>
       </c>
       <c r="C484" t="s">
-        <v>4456</v>
+        <v>4465</v>
       </c>
       <c r="D484" t="s">
-        <v>4457</v>
+        <v>4466</v>
       </c>
       <c r="E484" t="s">
-        <v>4458</v>
+        <v>4467</v>
       </c>
       <c r="F484" t="s">
-        <v>4459</v>
+        <v>4468</v>
       </c>
       <c r="G484" t="s">
-        <v>4460</v>
+        <v>4469</v>
       </c>
       <c r="H484" t="s">
-        <v>4461</v>
+        <v>4470</v>
       </c>
       <c r="I484" t="s">
-        <v>4462</v>
+        <v>4471</v>
       </c>
       <c r="J484" t="s">
-        <v>449</v>
+        <v>506</v>
       </c>
       <c r="K484" t="s">
-        <v>4176</v>
+        <v>3314</v>
       </c>
       <c r="L484" t="s">
-        <v>451</v>
+        <v>508</v>
       </c>
       <c r="M484" t="s">
-        <v>4177</v>
+        <v>3315</v>
       </c>
       <c r="N484" t="s">
         <v>28</v>
       </c>
       <c r="O484" t="s">
-        <v>4463</v>
+        <v>4472</v>
       </c>
     </row>
     <row r="485" spans="1:15">
       <c r="A485">
-        <v>65076</v>
+        <v>11220</v>
       </c>
       <c r="B485" t="s">
-        <v>4464</v>
+        <v>4473</v>
       </c>
       <c r="C485" t="s">
-        <v>4465</v>
+        <v>4474</v>
       </c>
       <c r="D485" t="s">
-        <v>4466</v>
+        <v>4475</v>
       </c>
       <c r="E485" t="s">
-        <v>4467</v>
+        <v>4476</v>
       </c>
       <c r="F485" t="s">
-        <v>4468</v>
+        <v>4477</v>
       </c>
       <c r="G485" t="s">
-        <v>4469</v>
+        <v>4478</v>
       </c>
       <c r="H485" t="s">
-        <v>4470</v>
+        <v>4479</v>
       </c>
       <c r="I485" t="s">
-        <v>4471</v>
+        <v>4480</v>
       </c>
       <c r="J485" t="s">
         <v>24</v>
       </c>
       <c r="K485" t="s">
-        <v>170</v>
+        <v>773</v>
       </c>
       <c r="L485" t="s">
         <v>26</v>
       </c>
       <c r="M485" t="s">
-        <v>171</v>
+        <v>774</v>
       </c>
       <c r="N485" t="s">
         <v>28</v>
       </c>
       <c r="O485" t="s">
-        <v>4472</v>
+        <v>4481</v>
       </c>
     </row>
     <row r="486" spans="1:15">
       <c r="A486">
-        <v>65077</v>
+        <v>11231</v>
       </c>
       <c r="B486" t="s">
-        <v>4473</v>
+        <v>4482</v>
       </c>
       <c r="C486" t="s">
-        <v>4474</v>
+        <v>4483</v>
       </c>
       <c r="D486" t="s">
-        <v>4475</v>
+        <v>4484</v>
       </c>
       <c r="E486" t="s">
-        <v>4476</v>
+        <v>4485</v>
       </c>
       <c r="F486" t="s">
-        <v>4477</v>
+        <v>4486</v>
       </c>
       <c r="G486" t="s">
-        <v>4478</v>
+        <v>4487</v>
       </c>
       <c r="H486" t="s">
-        <v>4479</v>
+        <v>4488</v>
       </c>
       <c r="I486" t="s">
-        <v>4480</v>
+        <v>4489</v>
       </c>
       <c r="J486" t="s">
         <v>24</v>
       </c>
       <c r="K486" t="s">
-        <v>745</v>
+        <v>206</v>
       </c>
       <c r="L486" t="s">
         <v>26</v>
       </c>
       <c r="M486" t="s">
-        <v>746</v>
+        <v>207</v>
       </c>
       <c r="N486" t="s">
         <v>28</v>
       </c>
       <c r="O486" t="s">
-        <v>4481</v>
+        <v>4490</v>
       </c>
     </row>
     <row r="487" spans="1:15">
       <c r="A487">
-        <v>65080</v>
+        <v>11249</v>
       </c>
       <c r="B487" t="s">
-        <v>4482</v>
+        <v>4491</v>
       </c>
       <c r="C487" t="s">
-        <v>4483</v>
+        <v>4492</v>
       </c>
       <c r="D487" t="s">
-        <v>4484</v>
+        <v>4493</v>
       </c>
       <c r="E487" t="s">
-        <v>4485</v>
+        <v>4494</v>
       </c>
       <c r="F487" t="s">
-        <v>4486</v>
+        <v>4495</v>
       </c>
       <c r="G487" t="s">
-        <v>4487</v>
+        <v>4496</v>
       </c>
       <c r="H487" t="s">
-        <v>4488</v>
+        <v>4497</v>
       </c>
       <c r="I487" t="s">
-        <v>4489</v>
+        <v>4498</v>
       </c>
       <c r="J487" t="s">
         <v>24</v>
       </c>
       <c r="K487" t="s">
         <v>47</v>
       </c>
       <c r="L487" t="s">
         <v>26</v>
       </c>
       <c r="M487" t="s">
         <v>48</v>
       </c>
       <c r="N487" t="s">
         <v>28</v>
       </c>
       <c r="O487" t="s">
-        <v>4490</v>
+        <v>4499</v>
       </c>
     </row>
     <row r="488" spans="1:15">
       <c r="A488">
-        <v>65081</v>
+        <v>11251</v>
       </c>
       <c r="B488" t="s">
-        <v>4491</v>
+        <v>4500</v>
       </c>
       <c r="C488" t="s">
-        <v>4492</v>
+        <v>4501</v>
       </c>
       <c r="D488" t="s">
-        <v>4493</v>
+        <v>4502</v>
       </c>
       <c r="E488" t="s">
-        <v>4494</v>
+        <v>4503</v>
       </c>
       <c r="F488" t="s">
-        <v>4495</v>
+        <v>4504</v>
       </c>
       <c r="G488" t="s">
-        <v>4496</v>
+        <v>4505</v>
       </c>
       <c r="H488" t="s">
-        <v>4497</v>
+        <v>4506</v>
       </c>
       <c r="I488" t="s">
-        <v>4498</v>
+        <v>4507</v>
       </c>
       <c r="J488" t="s">
         <v>24</v>
       </c>
       <c r="K488" t="s">
-        <v>47</v>
+        <v>4023</v>
       </c>
       <c r="L488" t="s">
         <v>26</v>
       </c>
       <c r="M488" t="s">
-        <v>48</v>
+        <v>4024</v>
       </c>
       <c r="N488" t="s">
         <v>28</v>
       </c>
       <c r="O488" t="s">
-        <v>4499</v>
+        <v>4508</v>
       </c>
     </row>
     <row r="489" spans="1:15">
       <c r="A489">
-        <v>65082</v>
+        <v>11256</v>
       </c>
       <c r="B489" t="s">
-        <v>4500</v>
+        <v>4509</v>
       </c>
       <c r="C489" t="s">
-        <v>4501</v>
+        <v>4510</v>
       </c>
       <c r="D489" t="s">
-        <v>4502</v>
+        <v>4511</v>
       </c>
       <c r="E489" t="s">
-        <v>4503</v>
+        <v>4512</v>
       </c>
       <c r="F489" t="s">
-        <v>4504</v>
+        <v>4513</v>
       </c>
       <c r="G489" t="s">
-        <v>4505</v>
+        <v>4514</v>
       </c>
       <c r="H489" t="s">
-        <v>4506</v>
+        <v>4515</v>
       </c>
       <c r="I489" t="s">
-        <v>4507</v>
+        <v>4516</v>
       </c>
       <c r="J489" t="s">
         <v>24</v>
       </c>
       <c r="K489" t="s">
-        <v>47</v>
+        <v>206</v>
       </c>
       <c r="L489" t="s">
         <v>26</v>
       </c>
       <c r="M489" t="s">
-        <v>48</v>
+        <v>207</v>
       </c>
       <c r="N489" t="s">
         <v>28</v>
       </c>
       <c r="O489" t="s">
-        <v>4508</v>
+        <v>4517</v>
       </c>
     </row>
     <row r="490" spans="1:15">
       <c r="A490">
-        <v>65083</v>
+        <v>11287</v>
       </c>
       <c r="B490" t="s">
-        <v>4509</v>
+        <v>4518</v>
       </c>
       <c r="C490" t="s">
-        <v>4510</v>
+        <v>4519</v>
       </c>
       <c r="D490" t="s">
-        <v>4511</v>
+        <v>4520</v>
       </c>
       <c r="E490" t="s">
-        <v>4512</v>
+        <v>4521</v>
       </c>
       <c r="F490" t="s">
-        <v>4513</v>
+        <v>4522</v>
       </c>
       <c r="G490" t="s">
-        <v>4514</v>
+        <v>4523</v>
       </c>
       <c r="H490" t="s">
-        <v>4515</v>
+        <v>4524</v>
       </c>
       <c r="I490" t="s">
-        <v>4516</v>
+        <v>4525</v>
       </c>
       <c r="J490" t="s">
         <v>24</v>
       </c>
       <c r="K490" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L490" t="s">
         <v>26</v>
       </c>
       <c r="M490" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N490" t="s">
         <v>28</v>
       </c>
       <c r="O490" t="s">
-        <v>4517</v>
+        <v>4526</v>
       </c>
     </row>
     <row r="491" spans="1:15">
       <c r="A491">
-        <v>65084</v>
+        <v>11299</v>
       </c>
       <c r="B491" t="s">
-        <v>4518</v>
+        <v>4527</v>
       </c>
       <c r="C491" t="s">
-        <v>4519</v>
+        <v>4528</v>
       </c>
       <c r="D491" t="s">
-        <v>4520</v>
+        <v>4529</v>
       </c>
       <c r="E491" t="s">
-        <v>4521</v>
+        <v>4530</v>
       </c>
       <c r="F491" t="s">
-        <v>4522</v>
+        <v>4531</v>
       </c>
       <c r="G491" t="s">
-        <v>4523</v>
+        <v>4532</v>
       </c>
       <c r="H491" t="s">
-        <v>4524</v>
+        <v>4533</v>
       </c>
       <c r="I491" t="s">
-        <v>4525</v>
+        <v>4534</v>
       </c>
       <c r="J491" t="s">
         <v>24</v>
       </c>
       <c r="K491" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L491" t="s">
         <v>26</v>
       </c>
       <c r="M491" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N491" t="s">
         <v>28</v>
       </c>
       <c r="O491" t="s">
-        <v>4526</v>
+        <v>4535</v>
       </c>
     </row>
     <row r="492" spans="1:15">
       <c r="A492">
-        <v>65085</v>
+        <v>11303</v>
       </c>
       <c r="B492" t="s">
-        <v>4527</v>
+        <v>4536</v>
       </c>
       <c r="C492" t="s">
-        <v>4528</v>
+        <v>4537</v>
       </c>
       <c r="D492" t="s">
-        <v>4529</v>
+        <v>4538</v>
       </c>
       <c r="E492" t="s">
-        <v>4530</v>
+        <v>4539</v>
       </c>
       <c r="F492" t="s">
-        <v>4531</v>
+        <v>4540</v>
       </c>
       <c r="G492" t="s">
-        <v>4532</v>
+        <v>4541</v>
       </c>
       <c r="H492" t="s">
-        <v>4533</v>
+        <v>4542</v>
       </c>
       <c r="I492" t="s">
-        <v>4534</v>
+        <v>4543</v>
       </c>
       <c r="J492" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K492" t="s">
-        <v>579</v>
+        <v>319</v>
       </c>
       <c r="L492" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M492" t="s">
-        <v>580</v>
+        <v>321</v>
       </c>
       <c r="N492" t="s">
         <v>28</v>
       </c>
       <c r="O492" t="s">
-        <v>4535</v>
+        <v>4544</v>
       </c>
     </row>
     <row r="493" spans="1:15">
       <c r="A493">
-        <v>65086</v>
+        <v>11306</v>
       </c>
       <c r="B493" t="s">
-        <v>4536</v>
+        <v>4545</v>
       </c>
       <c r="C493" t="s">
-        <v>4537</v>
+        <v>4546</v>
       </c>
       <c r="D493" t="s">
-        <v>4538</v>
+        <v>4547</v>
       </c>
       <c r="E493" t="s">
-        <v>4539</v>
+        <v>4548</v>
       </c>
       <c r="F493" t="s">
-        <v>4540</v>
+        <v>4549</v>
       </c>
       <c r="G493" t="s">
-        <v>4541</v>
+        <v>4550</v>
       </c>
       <c r="H493" t="s">
-        <v>4542</v>
+        <v>4551</v>
       </c>
       <c r="I493" t="s">
-        <v>4543</v>
+        <v>4552</v>
       </c>
       <c r="J493" t="s">
         <v>24</v>
       </c>
       <c r="K493" t="s">
-        <v>170</v>
+        <v>1219</v>
       </c>
       <c r="L493" t="s">
         <v>26</v>
       </c>
       <c r="M493" t="s">
-        <v>171</v>
+        <v>1220</v>
       </c>
       <c r="N493" t="s">
         <v>28</v>
       </c>
       <c r="O493" t="s">
-        <v>4544</v>
+        <v>4553</v>
       </c>
     </row>
     <row r="494" spans="1:15">
       <c r="A494">
-        <v>65087</v>
+        <v>58060</v>
       </c>
       <c r="B494" t="s">
-        <v>4545</v>
+        <v>4554</v>
       </c>
       <c r="C494" t="s">
-        <v>4546</v>
+        <v>4555</v>
       </c>
       <c r="D494" t="s">
-        <v>4547</v>
+        <v>4556</v>
       </c>
       <c r="E494" t="s">
-        <v>4548</v>
+        <v>4557</v>
       </c>
       <c r="F494" t="s">
-        <v>4549</v>
+        <v>4558</v>
       </c>
       <c r="G494" t="s">
-        <v>4550</v>
+        <v>4559</v>
       </c>
       <c r="H494" t="s">
-        <v>4551</v>
+        <v>4560</v>
       </c>
       <c r="I494" t="s">
-        <v>4552</v>
+        <v>4561</v>
       </c>
       <c r="J494" t="s">
         <v>24</v>
       </c>
       <c r="K494" t="s">
-        <v>170</v>
+        <v>4023</v>
       </c>
       <c r="L494" t="s">
         <v>26</v>
       </c>
       <c r="M494" t="s">
-        <v>171</v>
+        <v>4024</v>
       </c>
       <c r="N494" t="s">
         <v>28</v>
       </c>
       <c r="O494" t="s">
-        <v>4553</v>
+        <v>4562</v>
       </c>
     </row>
     <row r="495" spans="1:15">
       <c r="A495">
-        <v>65088</v>
+        <v>58066</v>
       </c>
       <c r="B495" t="s">
-        <v>4554</v>
+        <v>4563</v>
       </c>
       <c r="C495" t="s">
-        <v>4555</v>
+        <v>4564</v>
       </c>
       <c r="D495" t="s">
-        <v>4556</v>
+        <v>4565</v>
       </c>
       <c r="E495" t="s">
-        <v>4557</v>
+        <v>4566</v>
       </c>
       <c r="F495" t="s">
-        <v>4558</v>
+        <v>4567</v>
       </c>
       <c r="G495" t="s">
-        <v>4559</v>
+        <v>4568</v>
       </c>
       <c r="H495" t="s">
-        <v>4560</v>
+        <v>4569</v>
       </c>
       <c r="I495" t="s">
-        <v>4561</v>
+        <v>4570</v>
       </c>
       <c r="J495" t="s">
         <v>24</v>
       </c>
       <c r="K495" t="s">
-        <v>25</v>
+        <v>319</v>
       </c>
       <c r="L495" t="s">
         <v>26</v>
       </c>
       <c r="M495" t="s">
-        <v>27</v>
+        <v>321</v>
       </c>
       <c r="N495" t="s">
         <v>28</v>
       </c>
       <c r="O495" t="s">
-        <v>4562</v>
+        <v>4571</v>
       </c>
     </row>
     <row r="496" spans="1:15">
       <c r="A496">
-        <v>65089</v>
+        <v>58067</v>
       </c>
       <c r="B496" t="s">
-        <v>4563</v>
+        <v>4572</v>
       </c>
       <c r="C496" t="s">
-        <v>4564</v>
+        <v>4573</v>
       </c>
       <c r="D496" t="s">
-        <v>4565</v>
+        <v>4574</v>
       </c>
       <c r="E496" t="s">
-        <v>4566</v>
+        <v>4575</v>
       </c>
       <c r="F496" t="s">
-        <v>4567</v>
+        <v>4576</v>
       </c>
       <c r="G496" t="s">
-        <v>4568</v>
+        <v>4577</v>
       </c>
       <c r="H496" t="s">
-        <v>4569</v>
+        <v>4578</v>
       </c>
       <c r="I496" t="s">
-        <v>4570</v>
+        <v>4579</v>
       </c>
       <c r="J496" t="s">
         <v>24</v>
       </c>
       <c r="K496" t="s">
-        <v>25</v>
+        <v>319</v>
       </c>
       <c r="L496" t="s">
         <v>26</v>
       </c>
       <c r="M496" t="s">
-        <v>27</v>
+        <v>321</v>
       </c>
       <c r="N496" t="s">
         <v>28</v>
       </c>
       <c r="O496" t="s">
-        <v>4571</v>
+        <v>4580</v>
       </c>
     </row>
     <row r="497" spans="1:15">
       <c r="A497">
-        <v>65090</v>
+        <v>58090</v>
       </c>
       <c r="B497" t="s">
-        <v>4572</v>
+        <v>4581</v>
       </c>
       <c r="C497" t="s">
-        <v>4573</v>
+        <v>4582</v>
       </c>
       <c r="D497" t="s">
-        <v>4574</v>
+        <v>4583</v>
       </c>
       <c r="E497" t="s">
-        <v>4575</v>
+        <v>4584</v>
       </c>
       <c r="F497" t="s">
-        <v>4576</v>
+        <v>4585</v>
       </c>
       <c r="G497" t="s">
-        <v>4577</v>
+        <v>4586</v>
       </c>
       <c r="H497" t="s">
-        <v>4578</v>
+        <v>4587</v>
       </c>
       <c r="I497" t="s">
-        <v>4579</v>
+        <v>4588</v>
       </c>
       <c r="J497" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K497" t="s">
-        <v>25</v>
+        <v>841</v>
       </c>
       <c r="L497" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M497" t="s">
-        <v>27</v>
+        <v>843</v>
       </c>
       <c r="N497" t="s">
         <v>28</v>
       </c>
       <c r="O497" t="s">
-        <v>4580</v>
+        <v>4589</v>
       </c>
     </row>
     <row r="498" spans="1:15">
       <c r="A498">
-        <v>65091</v>
+        <v>58091</v>
       </c>
       <c r="B498" t="s">
-        <v>4581</v>
+        <v>4590</v>
       </c>
       <c r="C498" t="s">
-        <v>4582</v>
+        <v>4591</v>
       </c>
       <c r="D498" t="s">
-        <v>4583</v>
+        <v>4592</v>
       </c>
       <c r="E498" t="s">
-        <v>4584</v>
+        <v>4593</v>
       </c>
       <c r="F498" t="s">
-        <v>4585</v>
+        <v>4594</v>
       </c>
       <c r="G498" t="s">
-        <v>4586</v>
+        <v>4595</v>
       </c>
       <c r="H498" t="s">
-        <v>4587</v>
+        <v>4596</v>
       </c>
       <c r="I498" t="s">
-        <v>4588</v>
+        <v>4597</v>
       </c>
       <c r="J498" t="s">
         <v>24</v>
       </c>
       <c r="K498" t="s">
-        <v>25</v>
+        <v>4598</v>
       </c>
       <c r="L498" t="s">
         <v>26</v>
       </c>
       <c r="M498" t="s">
-        <v>27</v>
+        <v>4599</v>
       </c>
       <c r="N498" t="s">
         <v>28</v>
       </c>
       <c r="O498" t="s">
-        <v>4589</v>
+        <v>4600</v>
       </c>
     </row>
     <row r="499" spans="1:15">
       <c r="A499">
-        <v>65092</v>
+        <v>58093</v>
       </c>
       <c r="B499" t="s">
-        <v>4590</v>
+        <v>4601</v>
       </c>
       <c r="C499" t="s">
-        <v>4591</v>
+        <v>4602</v>
       </c>
       <c r="D499" t="s">
-        <v>4592</v>
+        <v>4603</v>
       </c>
       <c r="E499" t="s">
-        <v>4593</v>
+        <v>4604</v>
       </c>
       <c r="F499" t="s">
-        <v>4594</v>
+        <v>4605</v>
       </c>
       <c r="G499" t="s">
-        <v>4595</v>
+        <v>4606</v>
       </c>
       <c r="H499" t="s">
-        <v>4596</v>
+        <v>4607</v>
       </c>
       <c r="I499" t="s">
-        <v>4597</v>
+        <v>4608</v>
       </c>
       <c r="J499" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K499" t="s">
-        <v>170</v>
+        <v>2385</v>
       </c>
       <c r="L499" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M499" t="s">
-        <v>171</v>
+        <v>2386</v>
       </c>
       <c r="N499" t="s">
         <v>28</v>
       </c>
       <c r="O499" t="s">
-        <v>4598</v>
+        <v>4609</v>
       </c>
     </row>
     <row r="500" spans="1:15">
       <c r="A500">
-        <v>65093</v>
+        <v>58120</v>
       </c>
       <c r="B500" t="s">
-        <v>4599</v>
+        <v>4610</v>
       </c>
       <c r="C500" t="s">
-        <v>4600</v>
+        <v>4611</v>
       </c>
       <c r="D500" t="s">
-        <v>4601</v>
+        <v>4612</v>
       </c>
       <c r="E500" t="s">
-        <v>4602</v>
+        <v>4613</v>
       </c>
       <c r="F500" t="s">
-        <v>4603</v>
+        <v>4614</v>
       </c>
       <c r="G500" t="s">
-        <v>4604</v>
+        <v>4615</v>
       </c>
       <c r="H500" t="s">
-        <v>4605</v>
+        <v>4616</v>
       </c>
       <c r="I500" t="s">
-        <v>4606</v>
+        <v>4617</v>
       </c>
       <c r="J500" t="s">
         <v>24</v>
       </c>
       <c r="K500" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L500" t="s">
         <v>26</v>
       </c>
       <c r="M500" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N500" t="s">
         <v>28</v>
       </c>
       <c r="O500" t="s">
-        <v>4607</v>
+        <v>4618</v>
       </c>
     </row>
     <row r="501" spans="1:15">
       <c r="A501">
-        <v>65094</v>
+        <v>58122</v>
       </c>
       <c r="B501" t="s">
-        <v>4608</v>
+        <v>4619</v>
       </c>
       <c r="C501" t="s">
-        <v>4609</v>
+        <v>4620</v>
       </c>
       <c r="D501" t="s">
-        <v>4610</v>
+        <v>4621</v>
       </c>
       <c r="E501" t="s">
-        <v>4611</v>
+        <v>4622</v>
       </c>
       <c r="F501" t="s">
-        <v>4612</v>
+        <v>4623</v>
       </c>
       <c r="G501" t="s">
-        <v>4613</v>
+        <v>4624</v>
       </c>
       <c r="H501" t="s">
-        <v>4614</v>
+        <v>4625</v>
       </c>
       <c r="I501" t="s">
-        <v>4615</v>
+        <v>4626</v>
       </c>
       <c r="J501" t="s">
         <v>24</v>
       </c>
       <c r="K501" t="s">
-        <v>4616</v>
+        <v>206</v>
       </c>
       <c r="L501" t="s">
         <v>26</v>
       </c>
       <c r="M501" t="s">
-        <v>4617</v>
+        <v>207</v>
       </c>
       <c r="N501" t="s">
         <v>28</v>
       </c>
       <c r="O501" t="s">
-        <v>4618</v>
+        <v>4627</v>
       </c>
     </row>
     <row r="502" spans="1:15">
       <c r="A502">
-        <v>65095</v>
+        <v>58125</v>
       </c>
       <c r="B502" t="s">
-        <v>4619</v>
+        <v>4628</v>
       </c>
       <c r="C502" t="s">
-        <v>4620</v>
+        <v>4629</v>
       </c>
       <c r="D502" t="s">
-        <v>4621</v>
+        <v>4630</v>
       </c>
       <c r="E502" t="s">
-        <v>4622</v>
+        <v>4631</v>
       </c>
       <c r="F502" t="s">
-        <v>4623</v>
+        <v>4632</v>
       </c>
       <c r="G502" t="s">
-        <v>4624</v>
+        <v>4633</v>
       </c>
       <c r="H502" t="s">
-        <v>4625</v>
+        <v>4634</v>
       </c>
       <c r="I502" t="s">
-        <v>4626</v>
+        <v>4635</v>
       </c>
       <c r="J502" t="s">
         <v>24</v>
       </c>
       <c r="K502" t="s">
-        <v>745</v>
+        <v>4023</v>
       </c>
       <c r="L502" t="s">
         <v>26</v>
       </c>
       <c r="M502" t="s">
-        <v>746</v>
+        <v>4024</v>
       </c>
       <c r="N502" t="s">
         <v>28</v>
       </c>
       <c r="O502" t="s">
-        <v>4627</v>
+        <v>4636</v>
       </c>
     </row>
     <row r="503" spans="1:15">
       <c r="A503">
-        <v>65096</v>
+        <v>58144</v>
       </c>
       <c r="B503" t="s">
-        <v>4628</v>
+        <v>4637</v>
       </c>
       <c r="C503" t="s">
-        <v>4629</v>
+        <v>4638</v>
       </c>
       <c r="D503" t="s">
-        <v>4630</v>
+        <v>4639</v>
       </c>
       <c r="E503" t="s">
-        <v>4631</v>
+        <v>4640</v>
       </c>
       <c r="F503" t="s">
-        <v>4632</v>
+        <v>4641</v>
       </c>
       <c r="G503" t="s">
-        <v>4633</v>
+        <v>4642</v>
       </c>
       <c r="H503" t="s">
-        <v>4634</v>
+        <v>4643</v>
       </c>
       <c r="I503" t="s">
-        <v>4635</v>
+        <v>4644</v>
       </c>
       <c r="J503" t="s">
         <v>24</v>
       </c>
       <c r="K503" t="s">
         <v>25</v>
       </c>
       <c r="L503" t="s">
         <v>26</v>
       </c>
       <c r="M503" t="s">
         <v>27</v>
       </c>
       <c r="N503" t="s">
         <v>28</v>
       </c>
       <c r="O503" t="s">
-        <v>4636</v>
+        <v>4645</v>
       </c>
     </row>
     <row r="504" spans="1:15">
       <c r="A504">
-        <v>65097</v>
+        <v>58148</v>
       </c>
       <c r="B504" t="s">
-        <v>4637</v>
+        <v>4646</v>
       </c>
       <c r="C504" t="s">
-        <v>4638</v>
+        <v>4647</v>
       </c>
       <c r="D504" t="s">
-        <v>4639</v>
+        <v>4648</v>
       </c>
       <c r="E504" t="s">
-        <v>4640</v>
+        <v>4649</v>
       </c>
       <c r="F504" t="s">
-        <v>4641</v>
+        <v>4650</v>
       </c>
       <c r="G504" t="s">
-        <v>4642</v>
+        <v>4651</v>
       </c>
       <c r="H504" t="s">
-        <v>4643</v>
+        <v>4652</v>
       </c>
       <c r="I504" t="s">
-        <v>4644</v>
+        <v>4653</v>
       </c>
       <c r="J504" t="s">
         <v>24</v>
       </c>
       <c r="K504" t="s">
-        <v>170</v>
+        <v>1154</v>
       </c>
       <c r="L504" t="s">
         <v>26</v>
       </c>
       <c r="M504" t="s">
-        <v>171</v>
+        <v>1155</v>
       </c>
       <c r="N504" t="s">
         <v>28</v>
       </c>
       <c r="O504" t="s">
-        <v>4645</v>
+        <v>4654</v>
       </c>
     </row>
     <row r="505" spans="1:15">
       <c r="A505">
-        <v>65098</v>
+        <v>58188</v>
       </c>
       <c r="B505" t="s">
-        <v>4646</v>
+        <v>4655</v>
       </c>
       <c r="C505" t="s">
-        <v>4647</v>
+        <v>4656</v>
       </c>
       <c r="D505" t="s">
-        <v>4648</v>
+        <v>4657</v>
       </c>
       <c r="E505" t="s">
-        <v>4649</v>
+        <v>4658</v>
       </c>
       <c r="F505" t="s">
-        <v>4650</v>
+        <v>4659</v>
       </c>
       <c r="G505" t="s">
-        <v>4651</v>
+        <v>4660</v>
       </c>
       <c r="H505" t="s">
-        <v>4652</v>
+        <v>4661</v>
       </c>
       <c r="I505" t="s">
-        <v>4653</v>
+        <v>4662</v>
       </c>
       <c r="J505" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="K505" t="s">
-        <v>25</v>
+        <v>507</v>
       </c>
       <c r="L505" t="s">
-        <v>26</v>
+        <v>508</v>
       </c>
       <c r="M505" t="s">
-        <v>27</v>
+        <v>509</v>
       </c>
       <c r="N505" t="s">
         <v>28</v>
       </c>
       <c r="O505" t="s">
-        <v>4654</v>
+        <v>4663</v>
       </c>
     </row>
     <row r="506" spans="1:15">
       <c r="A506">
-        <v>65099</v>
+        <v>58218</v>
       </c>
       <c r="B506" t="s">
-        <v>4655</v>
+        <v>4664</v>
       </c>
       <c r="C506" t="s">
-        <v>4656</v>
+        <v>4665</v>
       </c>
       <c r="D506" t="s">
-        <v>4657</v>
+        <v>4666</v>
       </c>
       <c r="E506" t="s">
-        <v>4658</v>
+        <v>4667</v>
       </c>
       <c r="F506" t="s">
-        <v>4659</v>
+        <v>4668</v>
       </c>
       <c r="G506" t="s">
-        <v>4660</v>
+        <v>4669</v>
       </c>
       <c r="H506" t="s">
-        <v>4661</v>
+        <v>4670</v>
       </c>
       <c r="I506" t="s">
-        <v>4662</v>
+        <v>4671</v>
       </c>
       <c r="J506" t="s">
         <v>24</v>
       </c>
       <c r="K506" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L506" t="s">
         <v>26</v>
       </c>
       <c r="M506" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="N506" t="s">
         <v>28</v>
       </c>
       <c r="O506" t="s">
-        <v>4663</v>
+        <v>4672</v>
       </c>
     </row>
     <row r="507" spans="1:15">
       <c r="A507">
-        <v>65100</v>
+        <v>58223</v>
       </c>
       <c r="B507" t="s">
-        <v>4664</v>
+        <v>4673</v>
       </c>
       <c r="C507" t="s">
-        <v>4665</v>
+        <v>4674</v>
       </c>
       <c r="D507" t="s">
-        <v>4666</v>
+        <v>4675</v>
       </c>
       <c r="E507" t="s">
-        <v>4667</v>
+        <v>4676</v>
       </c>
       <c r="F507" t="s">
-        <v>4668</v>
+        <v>4677</v>
       </c>
       <c r="G507" t="s">
-        <v>4669</v>
+        <v>4678</v>
       </c>
       <c r="H507" t="s">
-        <v>4670</v>
+        <v>4679</v>
       </c>
       <c r="I507" t="s">
-        <v>4671</v>
+        <v>4680</v>
       </c>
       <c r="J507" t="s">
         <v>24</v>
       </c>
       <c r="K507" t="s">
-        <v>4044</v>
+        <v>206</v>
       </c>
       <c r="L507" t="s">
         <v>26</v>
       </c>
       <c r="M507" t="s">
-        <v>4045</v>
+        <v>207</v>
       </c>
       <c r="N507" t="s">
         <v>28</v>
       </c>
       <c r="O507" t="s">
-        <v>4672</v>
+        <v>4681</v>
       </c>
     </row>
     <row r="508" spans="1:15">
       <c r="A508">
-        <v>65101</v>
+        <v>58240</v>
       </c>
       <c r="B508" t="s">
-        <v>4673</v>
+        <v>4682</v>
       </c>
       <c r="C508" t="s">
-        <v>4674</v>
+        <v>4683</v>
       </c>
       <c r="D508" t="s">
-        <v>4675</v>
+        <v>4684</v>
       </c>
       <c r="E508" t="s">
-        <v>4676</v>
+        <v>4685</v>
       </c>
       <c r="F508" t="s">
-        <v>4677</v>
+        <v>4686</v>
       </c>
       <c r="G508" t="s">
-        <v>4678</v>
+        <v>4687</v>
       </c>
       <c r="H508" t="s">
-        <v>4679</v>
+        <v>4688</v>
       </c>
       <c r="I508" t="s">
-        <v>4680</v>
+        <v>4689</v>
       </c>
       <c r="J508" t="s">
         <v>24</v>
       </c>
       <c r="K508" t="s">
-        <v>170</v>
+        <v>4690</v>
       </c>
       <c r="L508" t="s">
         <v>26</v>
       </c>
       <c r="M508" t="s">
-        <v>171</v>
+        <v>4691</v>
       </c>
       <c r="N508" t="s">
         <v>28</v>
       </c>
       <c r="O508" t="s">
-        <v>4681</v>
+        <v>4692</v>
       </c>
     </row>
     <row r="509" spans="1:15">
       <c r="A509">
-        <v>65102</v>
+        <v>58259</v>
       </c>
       <c r="B509" t="s">
-        <v>4682</v>
+        <v>4693</v>
       </c>
       <c r="C509" t="s">
-        <v>4683</v>
+        <v>4694</v>
       </c>
       <c r="D509" t="s">
-        <v>4684</v>
+        <v>4695</v>
       </c>
       <c r="E509" t="s">
-        <v>4685</v>
+        <v>4696</v>
       </c>
       <c r="F509" t="s">
-        <v>4686</v>
+        <v>4697</v>
       </c>
       <c r="G509" t="s">
-        <v>4687</v>
+        <v>4698</v>
       </c>
       <c r="H509" t="s">
-        <v>4688</v>
+        <v>4699</v>
       </c>
       <c r="I509" t="s">
-        <v>4689</v>
+        <v>4700</v>
       </c>
       <c r="J509" t="s">
         <v>24</v>
       </c>
       <c r="K509" t="s">
-        <v>25</v>
+        <v>4701</v>
       </c>
       <c r="L509" t="s">
         <v>26</v>
       </c>
       <c r="M509" t="s">
-        <v>27</v>
+        <v>4702</v>
       </c>
       <c r="N509" t="s">
         <v>28</v>
       </c>
       <c r="O509" t="s">
-        <v>4690</v>
+        <v>4703</v>
       </c>
     </row>
     <row r="510" spans="1:15">
       <c r="A510">
-        <v>65104</v>
+        <v>64597</v>
       </c>
       <c r="B510" t="s">
-        <v>4691</v>
+        <v>4704</v>
       </c>
       <c r="C510" t="s">
-        <v>4692</v>
+        <v>4705</v>
       </c>
       <c r="D510" t="s">
-        <v>4693</v>
+        <v>4706</v>
       </c>
       <c r="E510" t="s">
-        <v>4694</v>
+        <v>4707</v>
       </c>
       <c r="F510" t="s">
-        <v>4695</v>
+        <v>4708</v>
       </c>
       <c r="G510" t="s">
-        <v>4696</v>
+        <v>4709</v>
       </c>
       <c r="H510" t="s">
-        <v>4697</v>
+        <v>4710</v>
       </c>
       <c r="I510" t="s">
-        <v>4698</v>
+        <v>4711</v>
       </c>
       <c r="J510" t="s">
         <v>24</v>
       </c>
       <c r="K510" t="s">
-        <v>2394</v>
+        <v>1219</v>
       </c>
       <c r="L510" t="s">
         <v>26</v>
       </c>
       <c r="M510" t="s">
-        <v>2395</v>
+        <v>1220</v>
       </c>
       <c r="N510" t="s">
         <v>28</v>
       </c>
       <c r="O510" t="s">
-        <v>4699</v>
+        <v>4712</v>
       </c>
     </row>
     <row r="511" spans="1:15">
       <c r="A511">
-        <v>65105</v>
+        <v>64637</v>
       </c>
       <c r="B511" t="s">
-        <v>4700</v>
+        <v>4713</v>
       </c>
       <c r="C511" t="s">
-        <v>4701</v>
+        <v>4714</v>
       </c>
       <c r="D511" t="s">
-        <v>4702</v>
+        <v>4715</v>
       </c>
       <c r="E511" t="s">
-        <v>4703</v>
+        <v>4716</v>
       </c>
       <c r="F511" t="s">
-        <v>4704</v>
+        <v>4717</v>
       </c>
       <c r="G511" t="s">
-        <v>4705</v>
+        <v>4718</v>
       </c>
       <c r="H511" t="s">
-        <v>4706</v>
+        <v>4719</v>
       </c>
       <c r="I511" t="s">
-        <v>4707</v>
+        <v>4720</v>
       </c>
       <c r="J511" t="s">
         <v>24</v>
       </c>
       <c r="K511" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L511" t="s">
         <v>26</v>
       </c>
       <c r="M511" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N511" t="s">
         <v>28</v>
       </c>
       <c r="O511" t="s">
-        <v>4708</v>
+        <v>4721</v>
       </c>
     </row>
     <row r="512" spans="1:15">
       <c r="A512">
-        <v>65107</v>
+        <v>64643</v>
       </c>
       <c r="B512" t="s">
-        <v>4709</v>
+        <v>4722</v>
       </c>
       <c r="C512" t="s">
-        <v>4710</v>
+        <v>4723</v>
       </c>
       <c r="D512" t="s">
-        <v>4711</v>
+        <v>4724</v>
       </c>
       <c r="E512" t="s">
-        <v>4712</v>
+        <v>4725</v>
       </c>
       <c r="F512" t="s">
-        <v>4713</v>
+        <v>4726</v>
       </c>
       <c r="G512" t="s">
-        <v>4714</v>
+        <v>4727</v>
       </c>
       <c r="H512" t="s">
-        <v>4715</v>
+        <v>4728</v>
       </c>
       <c r="I512" t="s">
-        <v>4716</v>
+        <v>4729</v>
       </c>
       <c r="J512" t="s">
         <v>24</v>
       </c>
       <c r="K512" t="s">
-        <v>4717</v>
+        <v>206</v>
       </c>
       <c r="L512" t="s">
         <v>26</v>
       </c>
+      <c r="M512" t="s">
+        <v>207</v>
+      </c>
       <c r="N512" t="s">
         <v>28</v>
       </c>
       <c r="O512" t="s">
-        <v>4718</v>
+        <v>4730</v>
       </c>
     </row>
     <row r="513" spans="1:15">
       <c r="A513">
-        <v>65116</v>
+        <v>64689</v>
       </c>
       <c r="B513" t="s">
-        <v>4719</v>
+        <v>4731</v>
       </c>
       <c r="C513" t="s">
-        <v>4720</v>
+        <v>4732</v>
       </c>
       <c r="D513" t="s">
-        <v>4721</v>
+        <v>4733</v>
       </c>
       <c r="E513" t="s">
-        <v>4722</v>
+        <v>4734</v>
       </c>
       <c r="F513" t="s">
-        <v>4723</v>
+        <v>4735</v>
       </c>
       <c r="G513" t="s">
-        <v>4724</v>
+        <v>4736</v>
       </c>
       <c r="H513" t="s">
-        <v>4725</v>
+        <v>4737</v>
       </c>
       <c r="I513" t="s">
-        <v>4726</v>
+        <v>4738</v>
       </c>
       <c r="J513" t="s">
         <v>24</v>
       </c>
       <c r="K513" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L513" t="s">
         <v>26</v>
       </c>
       <c r="M513" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N513" t="s">
         <v>28</v>
       </c>
       <c r="O513" t="s">
-        <v>4727</v>
+        <v>4739</v>
       </c>
     </row>
     <row r="514" spans="1:15">
       <c r="A514">
-        <v>65124</v>
+        <v>65000</v>
       </c>
       <c r="B514" t="s">
-        <v>4728</v>
+        <v>4740</v>
       </c>
       <c r="C514" t="s">
-        <v>4729</v>
+        <v>4741</v>
       </c>
       <c r="D514" t="s">
-        <v>4730</v>
+        <v>4742</v>
       </c>
       <c r="E514" t="s">
-        <v>4731</v>
+        <v>4743</v>
       </c>
       <c r="F514" t="s">
-        <v>4732</v>
+        <v>4744</v>
       </c>
       <c r="G514" t="s">
-        <v>4733</v>
+        <v>4745</v>
       </c>
       <c r="H514" t="s">
-        <v>4734</v>
+        <v>4746</v>
       </c>
       <c r="I514" t="s">
-        <v>4735</v>
+        <v>4747</v>
       </c>
       <c r="J514" t="s">
         <v>24</v>
       </c>
       <c r="K514" t="s">
         <v>25</v>
       </c>
       <c r="L514" t="s">
         <v>26</v>
       </c>
       <c r="M514" t="s">
         <v>27</v>
       </c>
       <c r="N514" t="s">
         <v>28</v>
       </c>
       <c r="O514" t="s">
-        <v>4736</v>
+        <v>4748</v>
       </c>
     </row>
     <row r="515" spans="1:15">
       <c r="A515">
-        <v>65479</v>
+        <v>65001</v>
       </c>
       <c r="B515" t="s">
-        <v>4737</v>
+        <v>4749</v>
       </c>
       <c r="C515" t="s">
-        <v>4738</v>
+        <v>4750</v>
       </c>
       <c r="D515" t="s">
-        <v>4739</v>
+        <v>4751</v>
       </c>
       <c r="E515" t="s">
-        <v>4740</v>
+        <v>4752</v>
       </c>
       <c r="F515" t="s">
-        <v>4741</v>
+        <v>4753</v>
       </c>
       <c r="G515" t="s">
-        <v>4742</v>
+        <v>4754</v>
       </c>
       <c r="H515" t="s">
-        <v>4743</v>
+        <v>4755</v>
       </c>
       <c r="I515" t="s">
-        <v>4744</v>
+        <v>4756</v>
       </c>
       <c r="J515" t="s">
         <v>24</v>
       </c>
       <c r="K515" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L515" t="s">
         <v>26</v>
       </c>
       <c r="M515" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="N515" t="s">
         <v>28</v>
       </c>
       <c r="O515" t="s">
-        <v>4745</v>
+        <v>4757</v>
       </c>
     </row>
     <row r="516" spans="1:15">
       <c r="A516">
-        <v>65566</v>
+        <v>65002</v>
       </c>
       <c r="B516" t="s">
-        <v>4746</v>
+        <v>4758</v>
       </c>
       <c r="C516" t="s">
-        <v>4747</v>
+        <v>4759</v>
       </c>
       <c r="D516" t="s">
-        <v>4748</v>
+        <v>4760</v>
       </c>
       <c r="E516" t="s">
-        <v>4749</v>
+        <v>4761</v>
       </c>
       <c r="F516" t="s">
-        <v>4750</v>
+        <v>4762</v>
       </c>
       <c r="G516" t="s">
-        <v>4751</v>
+        <v>4763</v>
       </c>
       <c r="H516" t="s">
-        <v>4752</v>
+        <v>4764</v>
       </c>
       <c r="I516" t="s">
-        <v>4753</v>
+        <v>4765</v>
       </c>
       <c r="J516" t="s">
         <v>24</v>
       </c>
       <c r="K516" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L516" t="s">
         <v>26</v>
       </c>
       <c r="M516" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N516" t="s">
         <v>28</v>
       </c>
       <c r="O516" t="s">
-        <v>4754</v>
+        <v>4766</v>
       </c>
     </row>
     <row r="517" spans="1:15">
       <c r="A517">
-        <v>65613</v>
+        <v>65003</v>
       </c>
       <c r="B517" t="s">
-        <v>4755</v>
+        <v>4767</v>
       </c>
       <c r="C517" t="s">
-        <v>4756</v>
+        <v>4768</v>
       </c>
       <c r="D517" t="s">
-        <v>4757</v>
+        <v>4769</v>
       </c>
       <c r="E517" t="s">
-        <v>4758</v>
+        <v>4770</v>
       </c>
       <c r="F517" t="s">
-        <v>4759</v>
+        <v>4771</v>
       </c>
       <c r="G517" t="s">
-        <v>4760</v>
+        <v>4772</v>
       </c>
       <c r="H517" t="s">
-        <v>4761</v>
+        <v>4773</v>
       </c>
       <c r="I517" t="s">
-        <v>4762</v>
+        <v>4774</v>
       </c>
       <c r="J517" t="s">
-        <v>4763</v>
+        <v>24</v>
       </c>
       <c r="K517" t="s">
-        <v>1650</v>
+        <v>206</v>
+      </c>
+      <c r="L517" t="s">
+        <v>26</v>
+      </c>
+      <c r="M517" t="s">
+        <v>207</v>
       </c>
       <c r="N517" t="s">
         <v>28</v>
       </c>
       <c r="O517" t="s">
-        <v>4764</v>
+        <v>4775</v>
       </c>
     </row>
     <row r="518" spans="1:15">
       <c r="A518">
-        <v>65869</v>
+        <v>65004</v>
       </c>
       <c r="B518" t="s">
-        <v>4765</v>
+        <v>4776</v>
       </c>
       <c r="C518" t="s">
-        <v>4766</v>
+        <v>4777</v>
       </c>
       <c r="D518" t="s">
-        <v>4767</v>
+        <v>4778</v>
       </c>
       <c r="E518" t="s">
-        <v>4768</v>
+        <v>4779</v>
       </c>
       <c r="F518" t="s">
-        <v>4769</v>
+        <v>4780</v>
       </c>
       <c r="G518" t="s">
-        <v>4770</v>
+        <v>4781</v>
       </c>
       <c r="H518" t="s">
-        <v>4771</v>
+        <v>4782</v>
       </c>
       <c r="I518" t="s">
-        <v>4772</v>
+        <v>4783</v>
       </c>
       <c r="J518" t="s">
         <v>24</v>
       </c>
       <c r="K518" t="s">
-        <v>1476</v>
+        <v>206</v>
       </c>
       <c r="L518" t="s">
         <v>26</v>
       </c>
       <c r="M518" t="s">
-        <v>1478</v>
+        <v>207</v>
       </c>
       <c r="N518" t="s">
         <v>28</v>
       </c>
       <c r="O518" t="s">
-        <v>4773</v>
+        <v>4784</v>
       </c>
     </row>
     <row r="519" spans="1:15">
       <c r="A519">
+        <v>65005</v>
+      </c>
+      <c r="B519" t="s">
+        <v>4785</v>
+      </c>
+      <c r="C519" t="s">
+        <v>4786</v>
+      </c>
+      <c r="D519" t="s">
+        <v>4787</v>
+      </c>
+      <c r="E519" t="s">
+        <v>4788</v>
+      </c>
+      <c r="F519" t="s">
+        <v>4789</v>
+      </c>
+      <c r="G519" t="s">
+        <v>4790</v>
+      </c>
+      <c r="H519" t="s">
+        <v>4791</v>
+      </c>
+      <c r="I519" t="s">
+        <v>4792</v>
+      </c>
+      <c r="J519" t="s">
+        <v>24</v>
+      </c>
+      <c r="K519" t="s">
+        <v>3004</v>
+      </c>
+      <c r="L519" t="s">
+        <v>26</v>
+      </c>
+      <c r="M519" t="s">
+        <v>3005</v>
+      </c>
+      <c r="N519" t="s">
+        <v>28</v>
+      </c>
+      <c r="O519" t="s">
+        <v>4793</v>
+      </c>
+    </row>
+    <row r="520" spans="1:15">
+      <c r="A520">
+        <v>65006</v>
+      </c>
+      <c r="B520" t="s">
+        <v>4794</v>
+      </c>
+      <c r="C520" t="s">
+        <v>4795</v>
+      </c>
+      <c r="D520" t="s">
+        <v>4796</v>
+      </c>
+      <c r="E520" t="s">
+        <v>4797</v>
+      </c>
+      <c r="F520" t="s">
+        <v>4798</v>
+      </c>
+      <c r="G520" t="s">
+        <v>4799</v>
+      </c>
+      <c r="H520" t="s">
+        <v>4800</v>
+      </c>
+      <c r="I520" t="s">
+        <v>4801</v>
+      </c>
+      <c r="J520" t="s">
+        <v>24</v>
+      </c>
+      <c r="K520" t="s">
+        <v>4802</v>
+      </c>
+      <c r="L520" t="s">
+        <v>26</v>
+      </c>
+      <c r="M520" t="s">
+        <v>4803</v>
+      </c>
+      <c r="N520" t="s">
+        <v>28</v>
+      </c>
+      <c r="O520" t="s">
+        <v>4804</v>
+      </c>
+    </row>
+    <row r="521" spans="1:15">
+      <c r="A521">
+        <v>65007</v>
+      </c>
+      <c r="B521" t="s">
+        <v>4805</v>
+      </c>
+      <c r="C521" t="s">
+        <v>4806</v>
+      </c>
+      <c r="D521" t="s">
+        <v>4807</v>
+      </c>
+      <c r="E521" t="s">
+        <v>4808</v>
+      </c>
+      <c r="F521" t="s">
+        <v>4809</v>
+      </c>
+      <c r="G521" t="s">
+        <v>4810</v>
+      </c>
+      <c r="H521" t="s">
+        <v>4811</v>
+      </c>
+      <c r="I521" t="s">
+        <v>4812</v>
+      </c>
+      <c r="J521" t="s">
+        <v>24</v>
+      </c>
+      <c r="K521" t="s">
+        <v>25</v>
+      </c>
+      <c r="L521" t="s">
+        <v>26</v>
+      </c>
+      <c r="M521" t="s">
+        <v>27</v>
+      </c>
+      <c r="N521" t="s">
+        <v>28</v>
+      </c>
+      <c r="O521" t="s">
+        <v>4813</v>
+      </c>
+    </row>
+    <row r="522" spans="1:15">
+      <c r="A522">
+        <v>65008</v>
+      </c>
+      <c r="B522" t="s">
+        <v>4814</v>
+      </c>
+      <c r="C522" t="s">
+        <v>4815</v>
+      </c>
+      <c r="D522" t="s">
+        <v>4816</v>
+      </c>
+      <c r="E522" t="s">
+        <v>4817</v>
+      </c>
+      <c r="F522" t="s">
+        <v>4818</v>
+      </c>
+      <c r="G522" t="s">
+        <v>4819</v>
+      </c>
+      <c r="H522" t="s">
+        <v>4820</v>
+      </c>
+      <c r="I522" t="s">
+        <v>4821</v>
+      </c>
+      <c r="J522" t="s">
+        <v>24</v>
+      </c>
+      <c r="K522" t="s">
+        <v>206</v>
+      </c>
+      <c r="L522" t="s">
+        <v>26</v>
+      </c>
+      <c r="M522" t="s">
+        <v>207</v>
+      </c>
+      <c r="N522" t="s">
+        <v>28</v>
+      </c>
+      <c r="O522" t="s">
+        <v>4822</v>
+      </c>
+    </row>
+    <row r="523" spans="1:15">
+      <c r="A523">
+        <v>65009</v>
+      </c>
+      <c r="B523" t="s">
+        <v>4823</v>
+      </c>
+      <c r="C523" t="s">
+        <v>4824</v>
+      </c>
+      <c r="D523" t="s">
+        <v>4825</v>
+      </c>
+      <c r="E523" t="s">
+        <v>4826</v>
+      </c>
+      <c r="F523" t="s">
+        <v>4827</v>
+      </c>
+      <c r="G523" t="s">
+        <v>4828</v>
+      </c>
+      <c r="H523" t="s">
+        <v>4829</v>
+      </c>
+      <c r="I523" t="s">
+        <v>4830</v>
+      </c>
+      <c r="J523" t="s">
+        <v>24</v>
+      </c>
+      <c r="K523" t="s">
+        <v>206</v>
+      </c>
+      <c r="L523" t="s">
+        <v>26</v>
+      </c>
+      <c r="M523" t="s">
+        <v>207</v>
+      </c>
+      <c r="N523" t="s">
+        <v>28</v>
+      </c>
+      <c r="O523" t="s">
+        <v>4831</v>
+      </c>
+    </row>
+    <row r="524" spans="1:15">
+      <c r="A524">
+        <v>65010</v>
+      </c>
+      <c r="B524" t="s">
+        <v>4832</v>
+      </c>
+      <c r="C524" t="s">
+        <v>4833</v>
+      </c>
+      <c r="D524" t="s">
+        <v>4834</v>
+      </c>
+      <c r="E524" t="s">
+        <v>4835</v>
+      </c>
+      <c r="F524" t="s">
+        <v>4836</v>
+      </c>
+      <c r="G524" t="s">
+        <v>4837</v>
+      </c>
+      <c r="H524" t="s">
+        <v>4838</v>
+      </c>
+      <c r="I524" t="s">
+        <v>4839</v>
+      </c>
+      <c r="J524" t="s">
+        <v>24</v>
+      </c>
+      <c r="K524" t="s">
+        <v>25</v>
+      </c>
+      <c r="L524" t="s">
+        <v>26</v>
+      </c>
+      <c r="M524" t="s">
+        <v>27</v>
+      </c>
+      <c r="N524" t="s">
+        <v>28</v>
+      </c>
+      <c r="O524" t="s">
+        <v>4840</v>
+      </c>
+    </row>
+    <row r="525" spans="1:15">
+      <c r="A525">
+        <v>65011</v>
+      </c>
+      <c r="B525" t="s">
+        <v>4841</v>
+      </c>
+      <c r="C525" t="s">
+        <v>4842</v>
+      </c>
+      <c r="D525" t="s">
+        <v>4843</v>
+      </c>
+      <c r="E525" t="s">
+        <v>4844</v>
+      </c>
+      <c r="F525" t="s">
+        <v>4845</v>
+      </c>
+      <c r="G525" t="s">
+        <v>4846</v>
+      </c>
+      <c r="H525" t="s">
+        <v>4847</v>
+      </c>
+      <c r="I525" t="s">
+        <v>4848</v>
+      </c>
+      <c r="J525" t="s">
+        <v>24</v>
+      </c>
+      <c r="K525" t="s">
+        <v>206</v>
+      </c>
+      <c r="L525" t="s">
+        <v>26</v>
+      </c>
+      <c r="M525" t="s">
+        <v>207</v>
+      </c>
+      <c r="N525" t="s">
+        <v>28</v>
+      </c>
+      <c r="O525" t="s">
+        <v>4849</v>
+      </c>
+    </row>
+    <row r="526" spans="1:15">
+      <c r="A526">
+        <v>65012</v>
+      </c>
+      <c r="B526" t="s">
+        <v>4850</v>
+      </c>
+      <c r="C526" t="s">
+        <v>4851</v>
+      </c>
+      <c r="D526" t="s">
+        <v>4852</v>
+      </c>
+      <c r="E526" t="s">
+        <v>4853</v>
+      </c>
+      <c r="F526" t="s">
+        <v>4854</v>
+      </c>
+      <c r="G526" t="s">
+        <v>4855</v>
+      </c>
+      <c r="H526" t="s">
+        <v>4856</v>
+      </c>
+      <c r="I526" t="s">
+        <v>4857</v>
+      </c>
+      <c r="J526" t="s">
+        <v>24</v>
+      </c>
+      <c r="K526" t="s">
+        <v>4858</v>
+      </c>
+      <c r="L526" t="s">
+        <v>26</v>
+      </c>
+      <c r="M526" t="s">
+        <v>4859</v>
+      </c>
+      <c r="N526" t="s">
+        <v>28</v>
+      </c>
+      <c r="O526" t="s">
+        <v>4860</v>
+      </c>
+    </row>
+    <row r="527" spans="1:15">
+      <c r="A527">
+        <v>65013</v>
+      </c>
+      <c r="B527" t="s">
+        <v>4861</v>
+      </c>
+      <c r="C527" t="s">
+        <v>4862</v>
+      </c>
+      <c r="D527" t="s">
+        <v>4863</v>
+      </c>
+      <c r="E527" t="s">
+        <v>4864</v>
+      </c>
+      <c r="F527" t="s">
+        <v>4865</v>
+      </c>
+      <c r="G527" t="s">
+        <v>4866</v>
+      </c>
+      <c r="H527" t="s">
+        <v>4867</v>
+      </c>
+      <c r="I527" t="s">
+        <v>4868</v>
+      </c>
+      <c r="J527" t="s">
+        <v>24</v>
+      </c>
+      <c r="K527" t="s">
+        <v>25</v>
+      </c>
+      <c r="L527" t="s">
+        <v>26</v>
+      </c>
+      <c r="M527" t="s">
+        <v>27</v>
+      </c>
+      <c r="N527" t="s">
+        <v>28</v>
+      </c>
+      <c r="O527" t="s">
+        <v>4869</v>
+      </c>
+    </row>
+    <row r="528" spans="1:15">
+      <c r="A528">
+        <v>65014</v>
+      </c>
+      <c r="B528" t="s">
+        <v>4870</v>
+      </c>
+      <c r="C528" t="s">
+        <v>4871</v>
+      </c>
+      <c r="D528" t="s">
+        <v>4872</v>
+      </c>
+      <c r="E528" t="s">
+        <v>4873</v>
+      </c>
+      <c r="F528" t="s">
+        <v>4874</v>
+      </c>
+      <c r="G528" t="s">
+        <v>4875</v>
+      </c>
+      <c r="H528" t="s">
+        <v>4876</v>
+      </c>
+      <c r="I528" t="s">
+        <v>4877</v>
+      </c>
+      <c r="J528" t="s">
+        <v>506</v>
+      </c>
+      <c r="K528" t="s">
+        <v>773</v>
+      </c>
+      <c r="L528" t="s">
+        <v>508</v>
+      </c>
+      <c r="M528" t="s">
+        <v>774</v>
+      </c>
+      <c r="N528" t="s">
+        <v>28</v>
+      </c>
+      <c r="O528" t="s">
+        <v>4878</v>
+      </c>
+    </row>
+    <row r="529" spans="1:15">
+      <c r="A529">
+        <v>65015</v>
+      </c>
+      <c r="B529" t="s">
+        <v>4879</v>
+      </c>
+      <c r="C529" t="s">
+        <v>4880</v>
+      </c>
+      <c r="D529" t="s">
+        <v>4881</v>
+      </c>
+      <c r="E529" t="s">
+        <v>4882</v>
+      </c>
+      <c r="F529" t="s">
+        <v>4883</v>
+      </c>
+      <c r="G529" t="s">
+        <v>4884</v>
+      </c>
+      <c r="H529" t="s">
+        <v>4885</v>
+      </c>
+      <c r="I529" t="s">
+        <v>4886</v>
+      </c>
+      <c r="J529" t="s">
+        <v>24</v>
+      </c>
+      <c r="K529" t="s">
+        <v>206</v>
+      </c>
+      <c r="L529" t="s">
+        <v>26</v>
+      </c>
+      <c r="M529" t="s">
+        <v>207</v>
+      </c>
+      <c r="N529" t="s">
+        <v>28</v>
+      </c>
+      <c r="O529" t="s">
+        <v>4887</v>
+      </c>
+    </row>
+    <row r="530" spans="1:15">
+      <c r="A530">
+        <v>65016</v>
+      </c>
+      <c r="B530" t="s">
+        <v>4888</v>
+      </c>
+      <c r="C530" t="s">
+        <v>4889</v>
+      </c>
+      <c r="D530" t="s">
+        <v>4890</v>
+      </c>
+      <c r="E530" t="s">
+        <v>4891</v>
+      </c>
+      <c r="F530" t="s">
+        <v>4892</v>
+      </c>
+      <c r="G530" t="s">
+        <v>4893</v>
+      </c>
+      <c r="H530" t="s">
+        <v>4894</v>
+      </c>
+      <c r="I530" t="s">
+        <v>4895</v>
+      </c>
+      <c r="J530" t="s">
+        <v>24</v>
+      </c>
+      <c r="K530" t="s">
+        <v>25</v>
+      </c>
+      <c r="L530" t="s">
+        <v>26</v>
+      </c>
+      <c r="M530" t="s">
+        <v>27</v>
+      </c>
+      <c r="N530" t="s">
+        <v>28</v>
+      </c>
+      <c r="O530" t="s">
+        <v>4896</v>
+      </c>
+    </row>
+    <row r="531" spans="1:15">
+      <c r="A531">
+        <v>65017</v>
+      </c>
+      <c r="B531" t="s">
+        <v>4897</v>
+      </c>
+      <c r="C531" t="s">
+        <v>4898</v>
+      </c>
+      <c r="D531" t="s">
+        <v>4899</v>
+      </c>
+      <c r="E531" t="s">
+        <v>4900</v>
+      </c>
+      <c r="F531" t="s">
+        <v>4901</v>
+      </c>
+      <c r="G531" t="s">
+        <v>4902</v>
+      </c>
+      <c r="H531" t="s">
+        <v>4903</v>
+      </c>
+      <c r="I531" t="s">
+        <v>4904</v>
+      </c>
+      <c r="J531" t="s">
+        <v>24</v>
+      </c>
+      <c r="K531" t="s">
+        <v>4905</v>
+      </c>
+      <c r="L531" t="s">
+        <v>26</v>
+      </c>
+      <c r="M531" t="s">
+        <v>4906</v>
+      </c>
+      <c r="N531" t="s">
+        <v>28</v>
+      </c>
+      <c r="O531" t="s">
+        <v>4907</v>
+      </c>
+    </row>
+    <row r="532" spans="1:15">
+      <c r="A532">
+        <v>65018</v>
+      </c>
+      <c r="B532" t="s">
+        <v>4908</v>
+      </c>
+      <c r="C532" t="s">
+        <v>4909</v>
+      </c>
+      <c r="D532" t="s">
+        <v>4910</v>
+      </c>
+      <c r="E532" t="s">
+        <v>4911</v>
+      </c>
+      <c r="F532" t="s">
+        <v>4912</v>
+      </c>
+      <c r="G532" t="s">
+        <v>4913</v>
+      </c>
+      <c r="H532" t="s">
+        <v>4914</v>
+      </c>
+      <c r="I532" t="s">
+        <v>4915</v>
+      </c>
+      <c r="J532" t="s">
+        <v>24</v>
+      </c>
+      <c r="K532" t="s">
+        <v>4916</v>
+      </c>
+      <c r="L532" t="s">
+        <v>26</v>
+      </c>
+      <c r="M532" t="s">
+        <v>4917</v>
+      </c>
+      <c r="N532" t="s">
+        <v>28</v>
+      </c>
+      <c r="O532" t="s">
+        <v>4918</v>
+      </c>
+    </row>
+    <row r="533" spans="1:15">
+      <c r="A533">
+        <v>65019</v>
+      </c>
+      <c r="B533" t="s">
+        <v>4919</v>
+      </c>
+      <c r="C533" t="s">
+        <v>4920</v>
+      </c>
+      <c r="D533" t="s">
+        <v>4921</v>
+      </c>
+      <c r="E533" t="s">
+        <v>4922</v>
+      </c>
+      <c r="F533" t="s">
+        <v>4923</v>
+      </c>
+      <c r="G533" t="s">
+        <v>4924</v>
+      </c>
+      <c r="H533" t="s">
+        <v>4925</v>
+      </c>
+      <c r="I533" t="s">
+        <v>4926</v>
+      </c>
+      <c r="J533" t="s">
+        <v>24</v>
+      </c>
+      <c r="K533" t="s">
+        <v>206</v>
+      </c>
+      <c r="L533" t="s">
+        <v>26</v>
+      </c>
+      <c r="M533" t="s">
+        <v>207</v>
+      </c>
+      <c r="N533" t="s">
+        <v>28</v>
+      </c>
+      <c r="O533" t="s">
+        <v>4927</v>
+      </c>
+    </row>
+    <row r="534" spans="1:15">
+      <c r="A534">
+        <v>65020</v>
+      </c>
+      <c r="B534" t="s">
+        <v>4928</v>
+      </c>
+      <c r="C534" t="s">
+        <v>4929</v>
+      </c>
+      <c r="D534" t="s">
+        <v>4930</v>
+      </c>
+      <c r="E534" t="s">
+        <v>4931</v>
+      </c>
+      <c r="F534" t="s">
+        <v>4932</v>
+      </c>
+      <c r="G534" t="s">
+        <v>4933</v>
+      </c>
+      <c r="H534" t="s">
+        <v>4934</v>
+      </c>
+      <c r="I534" t="s">
+        <v>4935</v>
+      </c>
+      <c r="J534" t="s">
+        <v>24</v>
+      </c>
+      <c r="K534" t="s">
+        <v>4936</v>
+      </c>
+      <c r="L534" t="s">
+        <v>26</v>
+      </c>
+      <c r="M534" t="s">
+        <v>4937</v>
+      </c>
+      <c r="N534" t="s">
+        <v>28</v>
+      </c>
+      <c r="O534" t="s">
+        <v>4938</v>
+      </c>
+    </row>
+    <row r="535" spans="1:15">
+      <c r="A535">
+        <v>65021</v>
+      </c>
+      <c r="B535" t="s">
+        <v>4939</v>
+      </c>
+      <c r="C535" t="s">
+        <v>4940</v>
+      </c>
+      <c r="D535" t="s">
+        <v>4941</v>
+      </c>
+      <c r="E535" t="s">
+        <v>4942</v>
+      </c>
+      <c r="F535" t="s">
+        <v>4943</v>
+      </c>
+      <c r="G535" t="s">
+        <v>4944</v>
+      </c>
+      <c r="H535" t="s">
+        <v>4945</v>
+      </c>
+      <c r="I535" t="s">
+        <v>4946</v>
+      </c>
+      <c r="J535" t="s">
+        <v>24</v>
+      </c>
+      <c r="K535" t="s">
+        <v>25</v>
+      </c>
+      <c r="L535" t="s">
+        <v>26</v>
+      </c>
+      <c r="M535" t="s">
+        <v>27</v>
+      </c>
+      <c r="N535" t="s">
+        <v>28</v>
+      </c>
+      <c r="O535" t="s">
+        <v>4947</v>
+      </c>
+    </row>
+    <row r="536" spans="1:15">
+      <c r="A536">
+        <v>65022</v>
+      </c>
+      <c r="B536" t="s">
+        <v>4948</v>
+      </c>
+      <c r="C536" t="s">
+        <v>4949</v>
+      </c>
+      <c r="D536" t="s">
+        <v>4950</v>
+      </c>
+      <c r="E536" t="s">
+        <v>4951</v>
+      </c>
+      <c r="F536" t="s">
+        <v>4952</v>
+      </c>
+      <c r="G536" t="s">
+        <v>4953</v>
+      </c>
+      <c r="H536" t="s">
+        <v>4954</v>
+      </c>
+      <c r="I536" t="s">
+        <v>4955</v>
+      </c>
+      <c r="J536" t="s">
+        <v>24</v>
+      </c>
+      <c r="K536" t="s">
+        <v>25</v>
+      </c>
+      <c r="L536" t="s">
+        <v>26</v>
+      </c>
+      <c r="M536" t="s">
+        <v>27</v>
+      </c>
+      <c r="N536" t="s">
+        <v>28</v>
+      </c>
+      <c r="O536" t="s">
+        <v>4956</v>
+      </c>
+    </row>
+    <row r="537" spans="1:15">
+      <c r="A537">
+        <v>65023</v>
+      </c>
+      <c r="B537" t="s">
+        <v>4957</v>
+      </c>
+      <c r="C537" t="s">
+        <v>4958</v>
+      </c>
+      <c r="D537" t="s">
+        <v>4959</v>
+      </c>
+      <c r="E537" t="s">
+        <v>4960</v>
+      </c>
+      <c r="F537" t="s">
+        <v>4961</v>
+      </c>
+      <c r="G537" t="s">
+        <v>4962</v>
+      </c>
+      <c r="H537" t="s">
+        <v>4963</v>
+      </c>
+      <c r="I537" t="s">
+        <v>4964</v>
+      </c>
+      <c r="J537" t="s">
+        <v>24</v>
+      </c>
+      <c r="K537" t="s">
+        <v>25</v>
+      </c>
+      <c r="L537" t="s">
+        <v>26</v>
+      </c>
+      <c r="M537" t="s">
+        <v>27</v>
+      </c>
+      <c r="N537" t="s">
+        <v>28</v>
+      </c>
+      <c r="O537" t="s">
+        <v>4965</v>
+      </c>
+    </row>
+    <row r="538" spans="1:15">
+      <c r="A538">
+        <v>65025</v>
+      </c>
+      <c r="B538" t="s">
+        <v>4966</v>
+      </c>
+      <c r="C538" t="s">
+        <v>4967</v>
+      </c>
+      <c r="D538" t="s">
+        <v>4968</v>
+      </c>
+      <c r="E538" t="s">
+        <v>4969</v>
+      </c>
+      <c r="F538" t="s">
+        <v>4970</v>
+      </c>
+      <c r="G538" t="s">
+        <v>4971</v>
+      </c>
+      <c r="H538" t="s">
+        <v>4972</v>
+      </c>
+      <c r="I538" t="s">
+        <v>4973</v>
+      </c>
+      <c r="J538" t="s">
+        <v>24</v>
+      </c>
+      <c r="K538" t="s">
+        <v>25</v>
+      </c>
+      <c r="L538" t="s">
+        <v>26</v>
+      </c>
+      <c r="M538" t="s">
+        <v>27</v>
+      </c>
+      <c r="N538" t="s">
+        <v>28</v>
+      </c>
+      <c r="O538" t="s">
+        <v>4974</v>
+      </c>
+    </row>
+    <row r="539" spans="1:15">
+      <c r="A539">
+        <v>65026</v>
+      </c>
+      <c r="B539" t="s">
+        <v>4975</v>
+      </c>
+      <c r="C539" t="s">
+        <v>4976</v>
+      </c>
+      <c r="D539" t="s">
+        <v>4977</v>
+      </c>
+      <c r="E539" t="s">
+        <v>4978</v>
+      </c>
+      <c r="F539" t="s">
+        <v>4979</v>
+      </c>
+      <c r="G539" t="s">
+        <v>4980</v>
+      </c>
+      <c r="H539" t="s">
+        <v>4981</v>
+      </c>
+      <c r="I539" t="s">
+        <v>4982</v>
+      </c>
+      <c r="J539" t="s">
+        <v>24</v>
+      </c>
+      <c r="K539" t="s">
+        <v>25</v>
+      </c>
+      <c r="L539" t="s">
+        <v>26</v>
+      </c>
+      <c r="M539" t="s">
+        <v>27</v>
+      </c>
+      <c r="N539" t="s">
+        <v>28</v>
+      </c>
+      <c r="O539" t="s">
+        <v>4983</v>
+      </c>
+    </row>
+    <row r="540" spans="1:15">
+      <c r="A540">
+        <v>65027</v>
+      </c>
+      <c r="B540" t="s">
+        <v>4984</v>
+      </c>
+      <c r="C540" t="s">
+        <v>4985</v>
+      </c>
+      <c r="D540" t="s">
+        <v>4986</v>
+      </c>
+      <c r="E540" t="s">
+        <v>4987</v>
+      </c>
+      <c r="F540" t="s">
+        <v>4988</v>
+      </c>
+      <c r="G540" t="s">
+        <v>4989</v>
+      </c>
+      <c r="H540" t="s">
+        <v>4990</v>
+      </c>
+      <c r="I540" t="s">
+        <v>4991</v>
+      </c>
+      <c r="J540" t="s">
+        <v>24</v>
+      </c>
+      <c r="K540" t="s">
+        <v>773</v>
+      </c>
+      <c r="L540" t="s">
+        <v>26</v>
+      </c>
+      <c r="M540" t="s">
+        <v>774</v>
+      </c>
+      <c r="N540" t="s">
+        <v>28</v>
+      </c>
+      <c r="O540" t="s">
+        <v>4992</v>
+      </c>
+    </row>
+    <row r="541" spans="1:15">
+      <c r="A541">
+        <v>65028</v>
+      </c>
+      <c r="B541" t="s">
+        <v>4993</v>
+      </c>
+      <c r="C541" t="s">
+        <v>4994</v>
+      </c>
+      <c r="D541" t="s">
+        <v>4995</v>
+      </c>
+      <c r="E541" t="s">
+        <v>4996</v>
+      </c>
+      <c r="F541" t="s">
+        <v>4997</v>
+      </c>
+      <c r="G541" t="s">
+        <v>4998</v>
+      </c>
+      <c r="H541" t="s">
+        <v>4999</v>
+      </c>
+      <c r="I541" t="s">
+        <v>5000</v>
+      </c>
+      <c r="J541" t="s">
+        <v>24</v>
+      </c>
+      <c r="K541" t="s">
+        <v>25</v>
+      </c>
+      <c r="L541" t="s">
+        <v>26</v>
+      </c>
+      <c r="M541" t="s">
+        <v>27</v>
+      </c>
+      <c r="N541" t="s">
+        <v>28</v>
+      </c>
+      <c r="O541" t="s">
+        <v>5001</v>
+      </c>
+    </row>
+    <row r="542" spans="1:15">
+      <c r="A542">
+        <v>65030</v>
+      </c>
+      <c r="B542" t="s">
+        <v>5002</v>
+      </c>
+      <c r="C542" t="s">
+        <v>5003</v>
+      </c>
+      <c r="D542" t="s">
+        <v>5004</v>
+      </c>
+      <c r="E542" t="s">
+        <v>5005</v>
+      </c>
+      <c r="F542" t="s">
+        <v>5006</v>
+      </c>
+      <c r="G542" t="s">
+        <v>5007</v>
+      </c>
+      <c r="H542" t="s">
+        <v>5008</v>
+      </c>
+      <c r="I542" t="s">
+        <v>5009</v>
+      </c>
+      <c r="J542" t="s">
+        <v>24</v>
+      </c>
+      <c r="K542" t="s">
+        <v>25</v>
+      </c>
+      <c r="L542" t="s">
+        <v>26</v>
+      </c>
+      <c r="M542" t="s">
+        <v>27</v>
+      </c>
+      <c r="N542" t="s">
+        <v>28</v>
+      </c>
+      <c r="O542" t="s">
+        <v>5010</v>
+      </c>
+    </row>
+    <row r="543" spans="1:15">
+      <c r="A543">
+        <v>65031</v>
+      </c>
+      <c r="B543" t="s">
+        <v>5011</v>
+      </c>
+      <c r="C543" t="s">
+        <v>5012</v>
+      </c>
+      <c r="D543" t="s">
+        <v>5013</v>
+      </c>
+      <c r="E543" t="s">
+        <v>5014</v>
+      </c>
+      <c r="F543" t="s">
+        <v>5015</v>
+      </c>
+      <c r="G543" t="s">
+        <v>5016</v>
+      </c>
+      <c r="H543" t="s">
+        <v>5017</v>
+      </c>
+      <c r="I543" t="s">
+        <v>5018</v>
+      </c>
+      <c r="J543" t="s">
+        <v>24</v>
+      </c>
+      <c r="K543" t="s">
+        <v>25</v>
+      </c>
+      <c r="L543" t="s">
+        <v>26</v>
+      </c>
+      <c r="M543" t="s">
+        <v>27</v>
+      </c>
+      <c r="N543" t="s">
+        <v>28</v>
+      </c>
+      <c r="O543" t="s">
+        <v>5019</v>
+      </c>
+    </row>
+    <row r="544" spans="1:15">
+      <c r="A544">
+        <v>65032</v>
+      </c>
+      <c r="B544" t="s">
+        <v>5020</v>
+      </c>
+      <c r="C544" t="s">
+        <v>5021</v>
+      </c>
+      <c r="D544" t="s">
+        <v>5022</v>
+      </c>
+      <c r="E544" t="s">
+        <v>5023</v>
+      </c>
+      <c r="F544" t="s">
+        <v>5024</v>
+      </c>
+      <c r="G544" t="s">
+        <v>5025</v>
+      </c>
+      <c r="H544" t="s">
+        <v>5026</v>
+      </c>
+      <c r="I544" t="s">
+        <v>5027</v>
+      </c>
+      <c r="J544" t="s">
+        <v>24</v>
+      </c>
+      <c r="K544" t="s">
+        <v>206</v>
+      </c>
+      <c r="L544" t="s">
+        <v>26</v>
+      </c>
+      <c r="M544" t="s">
+        <v>207</v>
+      </c>
+      <c r="N544" t="s">
+        <v>28</v>
+      </c>
+      <c r="O544" t="s">
+        <v>5028</v>
+      </c>
+    </row>
+    <row r="545" spans="1:15">
+      <c r="A545">
+        <v>65033</v>
+      </c>
+      <c r="B545" t="s">
+        <v>5029</v>
+      </c>
+      <c r="C545" t="s">
+        <v>5030</v>
+      </c>
+      <c r="D545" t="s">
+        <v>5031</v>
+      </c>
+      <c r="E545" t="s">
+        <v>5032</v>
+      </c>
+      <c r="F545" t="s">
+        <v>5033</v>
+      </c>
+      <c r="G545" t="s">
+        <v>5034</v>
+      </c>
+      <c r="H545" t="s">
+        <v>5035</v>
+      </c>
+      <c r="I545" t="s">
+        <v>5036</v>
+      </c>
+      <c r="J545" t="s">
+        <v>24</v>
+      </c>
+      <c r="K545" t="s">
+        <v>3314</v>
+      </c>
+      <c r="L545" t="s">
+        <v>26</v>
+      </c>
+      <c r="M545" t="s">
+        <v>3315</v>
+      </c>
+      <c r="N545" t="s">
+        <v>28</v>
+      </c>
+      <c r="O545" t="s">
+        <v>5037</v>
+      </c>
+    </row>
+    <row r="546" spans="1:15">
+      <c r="A546">
+        <v>65034</v>
+      </c>
+      <c r="B546" t="s">
+        <v>5038</v>
+      </c>
+      <c r="C546" t="s">
+        <v>5039</v>
+      </c>
+      <c r="D546" t="s">
+        <v>5040</v>
+      </c>
+      <c r="E546" t="s">
+        <v>5041</v>
+      </c>
+      <c r="F546" t="s">
+        <v>5042</v>
+      </c>
+      <c r="G546" t="s">
+        <v>5043</v>
+      </c>
+      <c r="H546" t="s">
+        <v>5044</v>
+      </c>
+      <c r="I546" t="s">
+        <v>5045</v>
+      </c>
+      <c r="J546" t="s">
+        <v>506</v>
+      </c>
+      <c r="K546" t="s">
+        <v>645</v>
+      </c>
+      <c r="L546" t="s">
+        <v>508</v>
+      </c>
+      <c r="M546" t="s">
+        <v>646</v>
+      </c>
+      <c r="N546" t="s">
+        <v>28</v>
+      </c>
+      <c r="O546" t="s">
+        <v>5046</v>
+      </c>
+    </row>
+    <row r="547" spans="1:15">
+      <c r="A547">
+        <v>65035</v>
+      </c>
+      <c r="B547" t="s">
+        <v>5047</v>
+      </c>
+      <c r="C547" t="s">
+        <v>5048</v>
+      </c>
+      <c r="D547" t="s">
+        <v>5049</v>
+      </c>
+      <c r="E547" t="s">
+        <v>5050</v>
+      </c>
+      <c r="F547" t="s">
+        <v>5051</v>
+      </c>
+      <c r="G547" t="s">
+        <v>5052</v>
+      </c>
+      <c r="H547" t="s">
+        <v>5053</v>
+      </c>
+      <c r="I547" t="s">
+        <v>5054</v>
+      </c>
+      <c r="J547" t="s">
+        <v>24</v>
+      </c>
+      <c r="K547" t="s">
+        <v>25</v>
+      </c>
+      <c r="L547" t="s">
+        <v>26</v>
+      </c>
+      <c r="M547" t="s">
+        <v>27</v>
+      </c>
+      <c r="N547" t="s">
+        <v>28</v>
+      </c>
+      <c r="O547" t="s">
+        <v>5055</v>
+      </c>
+    </row>
+    <row r="548" spans="1:15">
+      <c r="A548">
+        <v>65036</v>
+      </c>
+      <c r="B548" t="s">
+        <v>5056</v>
+      </c>
+      <c r="C548" t="s">
+        <v>5057</v>
+      </c>
+      <c r="D548" t="s">
+        <v>5058</v>
+      </c>
+      <c r="E548" t="s">
+        <v>5059</v>
+      </c>
+      <c r="F548" t="s">
+        <v>5060</v>
+      </c>
+      <c r="G548" t="s">
+        <v>5061</v>
+      </c>
+      <c r="H548" t="s">
+        <v>5062</v>
+      </c>
+      <c r="I548" t="s">
+        <v>5063</v>
+      </c>
+      <c r="J548" t="s">
+        <v>24</v>
+      </c>
+      <c r="K548" t="s">
+        <v>25</v>
+      </c>
+      <c r="L548" t="s">
+        <v>26</v>
+      </c>
+      <c r="M548" t="s">
+        <v>27</v>
+      </c>
+      <c r="N548" t="s">
+        <v>28</v>
+      </c>
+      <c r="O548" t="s">
+        <v>5064</v>
+      </c>
+    </row>
+    <row r="549" spans="1:15">
+      <c r="A549">
+        <v>65037</v>
+      </c>
+      <c r="B549" t="s">
+        <v>5065</v>
+      </c>
+      <c r="C549" t="s">
+        <v>5066</v>
+      </c>
+      <c r="D549" t="s">
+        <v>5067</v>
+      </c>
+      <c r="E549" t="s">
+        <v>5068</v>
+      </c>
+      <c r="F549" t="s">
+        <v>5069</v>
+      </c>
+      <c r="G549" t="s">
+        <v>5070</v>
+      </c>
+      <c r="H549" t="s">
+        <v>5071</v>
+      </c>
+      <c r="I549" t="s">
+        <v>5072</v>
+      </c>
+      <c r="J549" t="s">
+        <v>24</v>
+      </c>
+      <c r="K549" t="s">
+        <v>25</v>
+      </c>
+      <c r="L549" t="s">
+        <v>26</v>
+      </c>
+      <c r="M549" t="s">
+        <v>27</v>
+      </c>
+      <c r="N549" t="s">
+        <v>28</v>
+      </c>
+      <c r="O549" t="s">
+        <v>5073</v>
+      </c>
+    </row>
+    <row r="550" spans="1:15">
+      <c r="A550">
+        <v>65038</v>
+      </c>
+      <c r="B550" t="s">
+        <v>5074</v>
+      </c>
+      <c r="C550" t="s">
+        <v>5075</v>
+      </c>
+      <c r="D550" t="s">
+        <v>5076</v>
+      </c>
+      <c r="E550" t="s">
+        <v>5077</v>
+      </c>
+      <c r="F550" t="s">
+        <v>5078</v>
+      </c>
+      <c r="G550" t="s">
+        <v>5079</v>
+      </c>
+      <c r="H550" t="s">
+        <v>5080</v>
+      </c>
+      <c r="I550" t="s">
+        <v>5081</v>
+      </c>
+      <c r="J550" t="s">
+        <v>24</v>
+      </c>
+      <c r="K550" t="s">
+        <v>206</v>
+      </c>
+      <c r="L550" t="s">
+        <v>26</v>
+      </c>
+      <c r="M550" t="s">
+        <v>207</v>
+      </c>
+      <c r="N550" t="s">
+        <v>28</v>
+      </c>
+      <c r="O550" t="s">
+        <v>5082</v>
+      </c>
+    </row>
+    <row r="551" spans="1:15">
+      <c r="A551">
+        <v>65039</v>
+      </c>
+      <c r="B551" t="s">
+        <v>5083</v>
+      </c>
+      <c r="C551" t="s">
+        <v>5084</v>
+      </c>
+      <c r="D551" t="s">
+        <v>5085</v>
+      </c>
+      <c r="E551" t="s">
+        <v>5086</v>
+      </c>
+      <c r="F551" t="s">
+        <v>5087</v>
+      </c>
+      <c r="G551" t="s">
+        <v>5088</v>
+      </c>
+      <c r="H551" t="s">
+        <v>5089</v>
+      </c>
+      <c r="I551" t="s">
+        <v>5090</v>
+      </c>
+      <c r="J551" t="s">
+        <v>24</v>
+      </c>
+      <c r="K551" t="s">
+        <v>206</v>
+      </c>
+      <c r="L551" t="s">
+        <v>26</v>
+      </c>
+      <c r="M551" t="s">
+        <v>207</v>
+      </c>
+      <c r="N551" t="s">
+        <v>28</v>
+      </c>
+      <c r="O551" t="s">
+        <v>5091</v>
+      </c>
+    </row>
+    <row r="552" spans="1:15">
+      <c r="A552">
+        <v>65040</v>
+      </c>
+      <c r="B552" t="s">
+        <v>5092</v>
+      </c>
+      <c r="C552" t="s">
+        <v>5093</v>
+      </c>
+      <c r="D552" t="s">
+        <v>5094</v>
+      </c>
+      <c r="E552" t="s">
+        <v>5095</v>
+      </c>
+      <c r="F552" t="s">
+        <v>5096</v>
+      </c>
+      <c r="G552" t="s">
+        <v>5097</v>
+      </c>
+      <c r="H552" t="s">
+        <v>5098</v>
+      </c>
+      <c r="I552" t="s">
+        <v>5099</v>
+      </c>
+      <c r="J552" t="s">
+        <v>24</v>
+      </c>
+      <c r="K552" t="s">
+        <v>1590</v>
+      </c>
+      <c r="L552" t="s">
+        <v>26</v>
+      </c>
+      <c r="M552" t="s">
+        <v>1592</v>
+      </c>
+      <c r="N552" t="s">
+        <v>28</v>
+      </c>
+      <c r="O552" t="s">
+        <v>5100</v>
+      </c>
+    </row>
+    <row r="553" spans="1:15">
+      <c r="A553">
+        <v>65043</v>
+      </c>
+      <c r="B553" t="s">
+        <v>5101</v>
+      </c>
+      <c r="C553" t="s">
+        <v>5102</v>
+      </c>
+      <c r="D553" t="s">
+        <v>5103</v>
+      </c>
+      <c r="E553" t="s">
+        <v>5104</v>
+      </c>
+      <c r="F553" t="s">
+        <v>5105</v>
+      </c>
+      <c r="G553" t="s">
+        <v>5106</v>
+      </c>
+      <c r="H553" t="s">
+        <v>5107</v>
+      </c>
+      <c r="I553" t="s">
+        <v>5108</v>
+      </c>
+      <c r="J553" t="s">
+        <v>24</v>
+      </c>
+      <c r="K553" t="s">
+        <v>25</v>
+      </c>
+      <c r="L553" t="s">
+        <v>26</v>
+      </c>
+      <c r="M553" t="s">
+        <v>27</v>
+      </c>
+      <c r="N553" t="s">
+        <v>28</v>
+      </c>
+      <c r="O553" t="s">
+        <v>5109</v>
+      </c>
+    </row>
+    <row r="554" spans="1:15">
+      <c r="A554">
+        <v>65044</v>
+      </c>
+      <c r="B554" t="s">
+        <v>5110</v>
+      </c>
+      <c r="C554" t="s">
+        <v>5111</v>
+      </c>
+      <c r="D554" t="s">
+        <v>5112</v>
+      </c>
+      <c r="E554" t="s">
+        <v>5113</v>
+      </c>
+      <c r="F554" t="s">
+        <v>5114</v>
+      </c>
+      <c r="G554" t="s">
+        <v>5115</v>
+      </c>
+      <c r="H554" t="s">
+        <v>5116</v>
+      </c>
+      <c r="I554" t="s">
+        <v>5117</v>
+      </c>
+      <c r="J554" t="s">
+        <v>24</v>
+      </c>
+      <c r="K554" t="s">
+        <v>25</v>
+      </c>
+      <c r="L554" t="s">
+        <v>26</v>
+      </c>
+      <c r="M554" t="s">
+        <v>27</v>
+      </c>
+      <c r="N554" t="s">
+        <v>28</v>
+      </c>
+      <c r="O554" t="s">
+        <v>5118</v>
+      </c>
+    </row>
+    <row r="555" spans="1:15">
+      <c r="A555">
+        <v>65045</v>
+      </c>
+      <c r="B555" t="s">
+        <v>5119</v>
+      </c>
+      <c r="C555" t="s">
+        <v>5120</v>
+      </c>
+      <c r="D555" t="s">
+        <v>5121</v>
+      </c>
+      <c r="E555" t="s">
+        <v>5122</v>
+      </c>
+      <c r="F555" t="s">
+        <v>5123</v>
+      </c>
+      <c r="G555" t="s">
+        <v>5124</v>
+      </c>
+      <c r="H555" t="s">
+        <v>5125</v>
+      </c>
+      <c r="I555" t="s">
+        <v>5126</v>
+      </c>
+      <c r="J555" t="s">
+        <v>58</v>
+      </c>
+      <c r="K555" t="s">
+        <v>5127</v>
+      </c>
+      <c r="L555" t="s">
+        <v>60</v>
+      </c>
+      <c r="M555" t="s">
+        <v>5128</v>
+      </c>
+      <c r="N555" t="s">
+        <v>28</v>
+      </c>
+      <c r="O555" t="s">
+        <v>5129</v>
+      </c>
+    </row>
+    <row r="556" spans="1:15">
+      <c r="A556">
+        <v>65046</v>
+      </c>
+      <c r="B556" t="s">
+        <v>5130</v>
+      </c>
+      <c r="C556" t="s">
+        <v>5131</v>
+      </c>
+      <c r="D556" t="s">
+        <v>5132</v>
+      </c>
+      <c r="E556" t="s">
+        <v>5133</v>
+      </c>
+      <c r="F556" t="s">
+        <v>5134</v>
+      </c>
+      <c r="G556" t="s">
+        <v>5135</v>
+      </c>
+      <c r="H556" t="s">
+        <v>5136</v>
+      </c>
+      <c r="I556" t="s">
+        <v>5137</v>
+      </c>
+      <c r="J556" t="s">
+        <v>24</v>
+      </c>
+      <c r="K556" t="s">
+        <v>47</v>
+      </c>
+      <c r="L556" t="s">
+        <v>26</v>
+      </c>
+      <c r="M556" t="s">
+        <v>48</v>
+      </c>
+      <c r="N556" t="s">
+        <v>28</v>
+      </c>
+      <c r="O556" t="s">
+        <v>5138</v>
+      </c>
+    </row>
+    <row r="557" spans="1:15">
+      <c r="A557">
+        <v>65047</v>
+      </c>
+      <c r="B557" t="s">
+        <v>5139</v>
+      </c>
+      <c r="C557" t="s">
+        <v>5140</v>
+      </c>
+      <c r="D557" t="s">
+        <v>5141</v>
+      </c>
+      <c r="E557" t="s">
+        <v>5142</v>
+      </c>
+      <c r="F557" t="s">
+        <v>5143</v>
+      </c>
+      <c r="G557" t="s">
+        <v>5144</v>
+      </c>
+      <c r="H557" t="s">
+        <v>5145</v>
+      </c>
+      <c r="I557" t="s">
+        <v>5146</v>
+      </c>
+      <c r="J557" t="s">
+        <v>24</v>
+      </c>
+      <c r="K557" t="s">
+        <v>5127</v>
+      </c>
+      <c r="L557" t="s">
+        <v>26</v>
+      </c>
+      <c r="M557" t="s">
+        <v>5128</v>
+      </c>
+      <c r="N557" t="s">
+        <v>28</v>
+      </c>
+      <c r="O557" t="s">
+        <v>5147</v>
+      </c>
+    </row>
+    <row r="558" spans="1:15">
+      <c r="A558">
+        <v>65049</v>
+      </c>
+      <c r="B558" t="s">
+        <v>5148</v>
+      </c>
+      <c r="C558" t="s">
+        <v>5149</v>
+      </c>
+      <c r="D558" t="s">
+        <v>5150</v>
+      </c>
+      <c r="E558" t="s">
+        <v>5151</v>
+      </c>
+      <c r="F558" t="s">
+        <v>5152</v>
+      </c>
+      <c r="G558" t="s">
+        <v>5153</v>
+      </c>
+      <c r="H558" t="s">
+        <v>5154</v>
+      </c>
+      <c r="I558" t="s">
+        <v>5155</v>
+      </c>
+      <c r="J558" t="s">
+        <v>24</v>
+      </c>
+      <c r="K558" t="s">
+        <v>59</v>
+      </c>
+      <c r="L558" t="s">
+        <v>26</v>
+      </c>
+      <c r="M558" t="s">
+        <v>61</v>
+      </c>
+      <c r="N558" t="s">
+        <v>28</v>
+      </c>
+      <c r="O558" t="s">
+        <v>5156</v>
+      </c>
+    </row>
+    <row r="559" spans="1:15">
+      <c r="A559">
+        <v>65050</v>
+      </c>
+      <c r="B559" t="s">
+        <v>5157</v>
+      </c>
+      <c r="C559" t="s">
+        <v>5158</v>
+      </c>
+      <c r="D559" t="s">
+        <v>5159</v>
+      </c>
+      <c r="E559" t="s">
+        <v>5160</v>
+      </c>
+      <c r="F559" t="s">
+        <v>5161</v>
+      </c>
+      <c r="G559" t="s">
+        <v>5162</v>
+      </c>
+      <c r="H559" t="s">
+        <v>5163</v>
+      </c>
+      <c r="I559" t="s">
+        <v>5164</v>
+      </c>
+      <c r="J559" t="s">
+        <v>24</v>
+      </c>
+      <c r="K559" t="s">
+        <v>25</v>
+      </c>
+      <c r="L559" t="s">
+        <v>26</v>
+      </c>
+      <c r="M559" t="s">
+        <v>27</v>
+      </c>
+      <c r="N559" t="s">
+        <v>28</v>
+      </c>
+      <c r="O559" t="s">
+        <v>5165</v>
+      </c>
+    </row>
+    <row r="560" spans="1:15">
+      <c r="A560">
+        <v>65051</v>
+      </c>
+      <c r="B560" t="s">
+        <v>5166</v>
+      </c>
+      <c r="C560" t="s">
+        <v>5167</v>
+      </c>
+      <c r="D560" t="s">
+        <v>5168</v>
+      </c>
+      <c r="E560" t="s">
+        <v>5169</v>
+      </c>
+      <c r="F560" t="s">
+        <v>5170</v>
+      </c>
+      <c r="G560" t="s">
+        <v>5171</v>
+      </c>
+      <c r="H560" t="s">
+        <v>5172</v>
+      </c>
+      <c r="I560" t="s">
+        <v>5173</v>
+      </c>
+      <c r="J560" t="s">
+        <v>24</v>
+      </c>
+      <c r="K560" t="s">
+        <v>829</v>
+      </c>
+      <c r="L560" t="s">
+        <v>26</v>
+      </c>
+      <c r="M560" t="s">
+        <v>830</v>
+      </c>
+      <c r="N560" t="s">
+        <v>28</v>
+      </c>
+      <c r="O560" t="s">
+        <v>5174</v>
+      </c>
+    </row>
+    <row r="561" spans="1:15">
+      <c r="A561">
+        <v>65053</v>
+      </c>
+      <c r="B561" t="s">
+        <v>5175</v>
+      </c>
+      <c r="C561" t="s">
+        <v>5176</v>
+      </c>
+      <c r="D561" t="s">
+        <v>5177</v>
+      </c>
+      <c r="E561" t="s">
+        <v>5178</v>
+      </c>
+      <c r="F561" t="s">
+        <v>5179</v>
+      </c>
+      <c r="G561" t="s">
+        <v>5180</v>
+      </c>
+      <c r="H561" t="s">
+        <v>5181</v>
+      </c>
+      <c r="I561" t="s">
+        <v>5182</v>
+      </c>
+      <c r="J561" t="s">
+        <v>24</v>
+      </c>
+      <c r="K561" t="s">
+        <v>206</v>
+      </c>
+      <c r="L561" t="s">
+        <v>26</v>
+      </c>
+      <c r="M561" t="s">
+        <v>207</v>
+      </c>
+      <c r="N561" t="s">
+        <v>28</v>
+      </c>
+      <c r="O561" t="s">
+        <v>5183</v>
+      </c>
+    </row>
+    <row r="562" spans="1:15">
+      <c r="A562">
+        <v>65054</v>
+      </c>
+      <c r="B562" t="s">
+        <v>5184</v>
+      </c>
+      <c r="C562" t="s">
+        <v>5185</v>
+      </c>
+      <c r="D562" t="s">
+        <v>5186</v>
+      </c>
+      <c r="E562" t="s">
+        <v>5187</v>
+      </c>
+      <c r="F562" t="s">
+        <v>5188</v>
+      </c>
+      <c r="G562" t="s">
+        <v>5189</v>
+      </c>
+      <c r="H562" t="s">
+        <v>5190</v>
+      </c>
+      <c r="I562" t="s">
+        <v>5191</v>
+      </c>
+      <c r="J562" t="s">
+        <v>506</v>
+      </c>
+      <c r="K562" t="s">
+        <v>244</v>
+      </c>
+      <c r="L562" t="s">
+        <v>508</v>
+      </c>
+      <c r="M562" t="s">
+        <v>245</v>
+      </c>
+      <c r="N562" t="s">
+        <v>28</v>
+      </c>
+      <c r="O562" t="s">
+        <v>5192</v>
+      </c>
+    </row>
+    <row r="563" spans="1:15">
+      <c r="A563">
+        <v>65055</v>
+      </c>
+      <c r="B563" t="s">
+        <v>5193</v>
+      </c>
+      <c r="C563" t="s">
+        <v>5194</v>
+      </c>
+      <c r="D563" t="s">
+        <v>5195</v>
+      </c>
+      <c r="E563" t="s">
+        <v>5196</v>
+      </c>
+      <c r="F563" t="s">
+        <v>5197</v>
+      </c>
+      <c r="G563" t="s">
+        <v>5198</v>
+      </c>
+      <c r="H563" t="s">
+        <v>5199</v>
+      </c>
+      <c r="I563" t="s">
+        <v>5200</v>
+      </c>
+      <c r="J563" t="s">
+        <v>24</v>
+      </c>
+      <c r="K563" t="s">
+        <v>645</v>
+      </c>
+      <c r="L563" t="s">
+        <v>26</v>
+      </c>
+      <c r="M563" t="s">
+        <v>646</v>
+      </c>
+      <c r="N563" t="s">
+        <v>28</v>
+      </c>
+      <c r="O563" t="s">
+        <v>5201</v>
+      </c>
+    </row>
+    <row r="564" spans="1:15">
+      <c r="A564">
+        <v>65057</v>
+      </c>
+      <c r="B564" t="s">
+        <v>5202</v>
+      </c>
+      <c r="C564" t="s">
+        <v>5203</v>
+      </c>
+      <c r="D564" t="s">
+        <v>5204</v>
+      </c>
+      <c r="E564" t="s">
+        <v>5205</v>
+      </c>
+      <c r="F564" t="s">
+        <v>5206</v>
+      </c>
+      <c r="G564" t="s">
+        <v>5207</v>
+      </c>
+      <c r="H564" t="s">
+        <v>5208</v>
+      </c>
+      <c r="I564" t="s">
+        <v>5209</v>
+      </c>
+      <c r="J564" t="s">
+        <v>24</v>
+      </c>
+      <c r="K564" t="s">
+        <v>319</v>
+      </c>
+      <c r="L564" t="s">
+        <v>26</v>
+      </c>
+      <c r="M564" t="s">
+        <v>321</v>
+      </c>
+      <c r="N564" t="s">
+        <v>28</v>
+      </c>
+      <c r="O564" t="s">
+        <v>5210</v>
+      </c>
+    </row>
+    <row r="565" spans="1:15">
+      <c r="A565">
+        <v>65058</v>
+      </c>
+      <c r="B565" t="s">
+        <v>5211</v>
+      </c>
+      <c r="C565" t="s">
+        <v>5212</v>
+      </c>
+      <c r="D565" t="s">
+        <v>5213</v>
+      </c>
+      <c r="E565" t="s">
+        <v>5214</v>
+      </c>
+      <c r="F565" t="s">
+        <v>5215</v>
+      </c>
+      <c r="G565" t="s">
+        <v>5216</v>
+      </c>
+      <c r="H565" t="s">
+        <v>5217</v>
+      </c>
+      <c r="I565" t="s">
+        <v>5218</v>
+      </c>
+      <c r="J565" t="s">
+        <v>506</v>
+      </c>
+      <c r="K565" t="s">
+        <v>773</v>
+      </c>
+      <c r="L565" t="s">
+        <v>508</v>
+      </c>
+      <c r="M565" t="s">
+        <v>774</v>
+      </c>
+      <c r="N565" t="s">
+        <v>28</v>
+      </c>
+      <c r="O565" t="s">
+        <v>5219</v>
+      </c>
+    </row>
+    <row r="566" spans="1:15">
+      <c r="A566">
+        <v>65059</v>
+      </c>
+      <c r="B566" t="s">
+        <v>5220</v>
+      </c>
+      <c r="C566" t="s">
+        <v>5221</v>
+      </c>
+      <c r="D566" t="s">
+        <v>5222</v>
+      </c>
+      <c r="E566" t="s">
+        <v>5223</v>
+      </c>
+      <c r="F566" t="s">
+        <v>5224</v>
+      </c>
+      <c r="G566" t="s">
+        <v>5225</v>
+      </c>
+      <c r="H566" t="s">
+        <v>5226</v>
+      </c>
+      <c r="I566" t="s">
+        <v>5227</v>
+      </c>
+      <c r="J566" t="s">
+        <v>24</v>
+      </c>
+      <c r="K566" t="s">
+        <v>206</v>
+      </c>
+      <c r="L566" t="s">
+        <v>26</v>
+      </c>
+      <c r="M566" t="s">
+        <v>207</v>
+      </c>
+      <c r="N566" t="s">
+        <v>28</v>
+      </c>
+      <c r="O566" t="s">
+        <v>5228</v>
+      </c>
+    </row>
+    <row r="567" spans="1:15">
+      <c r="A567">
+        <v>65060</v>
+      </c>
+      <c r="B567" t="s">
+        <v>5229</v>
+      </c>
+      <c r="C567" t="s">
+        <v>5230</v>
+      </c>
+      <c r="D567" t="s">
+        <v>5231</v>
+      </c>
+      <c r="E567" t="s">
+        <v>5232</v>
+      </c>
+      <c r="F567" t="s">
+        <v>5233</v>
+      </c>
+      <c r="G567" t="s">
+        <v>5234</v>
+      </c>
+      <c r="H567" t="s">
+        <v>5235</v>
+      </c>
+      <c r="I567" t="s">
+        <v>5236</v>
+      </c>
+      <c r="J567" t="s">
+        <v>24</v>
+      </c>
+      <c r="K567" t="s">
+        <v>47</v>
+      </c>
+      <c r="L567" t="s">
+        <v>26</v>
+      </c>
+      <c r="M567" t="s">
+        <v>48</v>
+      </c>
+      <c r="N567" t="s">
+        <v>28</v>
+      </c>
+      <c r="O567" t="s">
+        <v>5237</v>
+      </c>
+    </row>
+    <row r="568" spans="1:15">
+      <c r="A568">
+        <v>65061</v>
+      </c>
+      <c r="B568" t="s">
+        <v>5238</v>
+      </c>
+      <c r="C568" t="s">
+        <v>5239</v>
+      </c>
+      <c r="D568" t="s">
+        <v>5240</v>
+      </c>
+      <c r="E568" t="s">
+        <v>5241</v>
+      </c>
+      <c r="F568" t="s">
+        <v>5242</v>
+      </c>
+      <c r="G568" t="s">
+        <v>5243</v>
+      </c>
+      <c r="H568" t="s">
+        <v>5244</v>
+      </c>
+      <c r="I568" t="s">
+        <v>5245</v>
+      </c>
+      <c r="J568" t="s">
+        <v>24</v>
+      </c>
+      <c r="K568" t="s">
+        <v>1590</v>
+      </c>
+      <c r="L568" t="s">
+        <v>26</v>
+      </c>
+      <c r="M568" t="s">
+        <v>1592</v>
+      </c>
+      <c r="N568" t="s">
+        <v>28</v>
+      </c>
+      <c r="O568" t="s">
+        <v>5246</v>
+      </c>
+    </row>
+    <row r="569" spans="1:15">
+      <c r="A569">
+        <v>65062</v>
+      </c>
+      <c r="B569" t="s">
+        <v>5247</v>
+      </c>
+      <c r="C569" t="s">
+        <v>5248</v>
+      </c>
+      <c r="D569" t="s">
+        <v>5249</v>
+      </c>
+      <c r="E569" t="s">
+        <v>5250</v>
+      </c>
+      <c r="F569" t="s">
+        <v>5251</v>
+      </c>
+      <c r="G569" t="s">
+        <v>5252</v>
+      </c>
+      <c r="H569" t="s">
+        <v>5253</v>
+      </c>
+      <c r="I569" t="s">
+        <v>5254</v>
+      </c>
+      <c r="J569" t="s">
+        <v>24</v>
+      </c>
+      <c r="K569" t="s">
+        <v>25</v>
+      </c>
+      <c r="L569" t="s">
+        <v>26</v>
+      </c>
+      <c r="M569" t="s">
+        <v>27</v>
+      </c>
+      <c r="N569" t="s">
+        <v>28</v>
+      </c>
+      <c r="O569" t="s">
+        <v>5255</v>
+      </c>
+    </row>
+    <row r="570" spans="1:15">
+      <c r="A570">
+        <v>65063</v>
+      </c>
+      <c r="B570" t="s">
+        <v>5256</v>
+      </c>
+      <c r="C570" t="s">
+        <v>5257</v>
+      </c>
+      <c r="D570" t="s">
+        <v>5258</v>
+      </c>
+      <c r="E570" t="s">
+        <v>5259</v>
+      </c>
+      <c r="F570" t="s">
+        <v>5260</v>
+      </c>
+      <c r="G570" t="s">
+        <v>5261</v>
+      </c>
+      <c r="H570" t="s">
+        <v>5262</v>
+      </c>
+      <c r="I570" t="s">
+        <v>5263</v>
+      </c>
+      <c r="J570" t="s">
+        <v>24</v>
+      </c>
+      <c r="K570" t="s">
+        <v>1154</v>
+      </c>
+      <c r="L570" t="s">
+        <v>26</v>
+      </c>
+      <c r="M570" t="s">
+        <v>1155</v>
+      </c>
+      <c r="N570" t="s">
+        <v>28</v>
+      </c>
+      <c r="O570" t="s">
+        <v>5264</v>
+      </c>
+    </row>
+    <row r="571" spans="1:15">
+      <c r="A571">
+        <v>65068</v>
+      </c>
+      <c r="B571" t="s">
+        <v>5265</v>
+      </c>
+      <c r="C571" t="s">
+        <v>5266</v>
+      </c>
+      <c r="D571" t="s">
+        <v>5267</v>
+      </c>
+      <c r="E571" t="s">
+        <v>5268</v>
+      </c>
+      <c r="F571" t="s">
+        <v>5269</v>
+      </c>
+      <c r="G571" t="s">
+        <v>5270</v>
+      </c>
+      <c r="H571" t="s">
+        <v>5271</v>
+      </c>
+      <c r="I571" t="s">
+        <v>5272</v>
+      </c>
+      <c r="J571" t="s">
+        <v>24</v>
+      </c>
+      <c r="K571" t="s">
+        <v>25</v>
+      </c>
+      <c r="L571" t="s">
+        <v>26</v>
+      </c>
+      <c r="M571" t="s">
+        <v>27</v>
+      </c>
+      <c r="N571" t="s">
+        <v>28</v>
+      </c>
+      <c r="O571" t="s">
+        <v>5273</v>
+      </c>
+    </row>
+    <row r="572" spans="1:15">
+      <c r="A572">
+        <v>65069</v>
+      </c>
+      <c r="B572" t="s">
+        <v>5274</v>
+      </c>
+      <c r="C572" t="s">
+        <v>5275</v>
+      </c>
+      <c r="D572" t="s">
+        <v>5276</v>
+      </c>
+      <c r="E572" t="s">
+        <v>5277</v>
+      </c>
+      <c r="F572" t="s">
+        <v>5278</v>
+      </c>
+      <c r="G572" t="s">
+        <v>5279</v>
+      </c>
+      <c r="H572" t="s">
+        <v>5280</v>
+      </c>
+      <c r="I572" t="s">
+        <v>5281</v>
+      </c>
+      <c r="J572" t="s">
+        <v>24</v>
+      </c>
+      <c r="K572" t="s">
+        <v>206</v>
+      </c>
+      <c r="L572" t="s">
+        <v>26</v>
+      </c>
+      <c r="M572" t="s">
+        <v>207</v>
+      </c>
+      <c r="N572" t="s">
+        <v>28</v>
+      </c>
+      <c r="O572" t="s">
+        <v>5282</v>
+      </c>
+    </row>
+    <row r="573" spans="1:15">
+      <c r="A573">
+        <v>65071</v>
+      </c>
+      <c r="B573" t="s">
+        <v>5283</v>
+      </c>
+      <c r="C573" t="s">
+        <v>5284</v>
+      </c>
+      <c r="D573" t="s">
+        <v>5285</v>
+      </c>
+      <c r="E573" t="s">
+        <v>5286</v>
+      </c>
+      <c r="F573" t="s">
+        <v>5287</v>
+      </c>
+      <c r="G573" t="s">
+        <v>5288</v>
+      </c>
+      <c r="H573" t="s">
+        <v>5289</v>
+      </c>
+      <c r="I573" t="s">
+        <v>5290</v>
+      </c>
+      <c r="J573" t="s">
+        <v>24</v>
+      </c>
+      <c r="K573" t="s">
+        <v>25</v>
+      </c>
+      <c r="L573" t="s">
+        <v>26</v>
+      </c>
+      <c r="M573" t="s">
+        <v>27</v>
+      </c>
+      <c r="N573" t="s">
+        <v>28</v>
+      </c>
+      <c r="O573" t="s">
+        <v>5291</v>
+      </c>
+    </row>
+    <row r="574" spans="1:15">
+      <c r="A574">
+        <v>65073</v>
+      </c>
+      <c r="B574" t="s">
+        <v>5292</v>
+      </c>
+      <c r="C574" t="s">
+        <v>5293</v>
+      </c>
+      <c r="D574" t="s">
+        <v>5294</v>
+      </c>
+      <c r="E574" t="s">
+        <v>5295</v>
+      </c>
+      <c r="F574" t="s">
+        <v>5296</v>
+      </c>
+      <c r="G574" t="s">
+        <v>5297</v>
+      </c>
+      <c r="H574" t="s">
+        <v>5298</v>
+      </c>
+      <c r="I574" t="s">
+        <v>5299</v>
+      </c>
+      <c r="J574" t="s">
+        <v>24</v>
+      </c>
+      <c r="K574" t="s">
+        <v>25</v>
+      </c>
+      <c r="L574" t="s">
+        <v>26</v>
+      </c>
+      <c r="M574" t="s">
+        <v>27</v>
+      </c>
+      <c r="N574" t="s">
+        <v>28</v>
+      </c>
+      <c r="O574" t="s">
+        <v>5300</v>
+      </c>
+    </row>
+    <row r="575" spans="1:15">
+      <c r="A575">
+        <v>65074</v>
+      </c>
+      <c r="B575" t="s">
+        <v>5301</v>
+      </c>
+      <c r="C575" t="s">
+        <v>5302</v>
+      </c>
+      <c r="D575" t="s">
+        <v>5303</v>
+      </c>
+      <c r="E575" t="s">
+        <v>5304</v>
+      </c>
+      <c r="F575" t="s">
+        <v>5305</v>
+      </c>
+      <c r="G575" t="s">
+        <v>5306</v>
+      </c>
+      <c r="H575" t="s">
+        <v>5307</v>
+      </c>
+      <c r="I575" t="s">
+        <v>5308</v>
+      </c>
+      <c r="J575" t="s">
+        <v>24</v>
+      </c>
+      <c r="K575" t="s">
+        <v>5309</v>
+      </c>
+      <c r="L575" t="s">
+        <v>26</v>
+      </c>
+      <c r="M575" t="s">
+        <v>5310</v>
+      </c>
+      <c r="N575" t="s">
+        <v>28</v>
+      </c>
+      <c r="O575" t="s">
+        <v>5311</v>
+      </c>
+    </row>
+    <row r="576" spans="1:15">
+      <c r="A576">
+        <v>65075</v>
+      </c>
+      <c r="B576" t="s">
+        <v>5312</v>
+      </c>
+      <c r="C576" t="s">
+        <v>5313</v>
+      </c>
+      <c r="D576" t="s">
+        <v>5314</v>
+      </c>
+      <c r="E576" t="s">
+        <v>5315</v>
+      </c>
+      <c r="F576" t="s">
+        <v>5316</v>
+      </c>
+      <c r="G576" t="s">
+        <v>5317</v>
+      </c>
+      <c r="H576" t="s">
+        <v>5318</v>
+      </c>
+      <c r="I576" t="s">
+        <v>5319</v>
+      </c>
+      <c r="J576" t="s">
+        <v>506</v>
+      </c>
+      <c r="K576" t="s">
+        <v>3314</v>
+      </c>
+      <c r="L576" t="s">
+        <v>508</v>
+      </c>
+      <c r="M576" t="s">
+        <v>3315</v>
+      </c>
+      <c r="N576" t="s">
+        <v>28</v>
+      </c>
+      <c r="O576" t="s">
+        <v>5320</v>
+      </c>
+    </row>
+    <row r="577" spans="1:15">
+      <c r="A577">
+        <v>65076</v>
+      </c>
+      <c r="B577" t="s">
+        <v>5321</v>
+      </c>
+      <c r="C577" t="s">
+        <v>5322</v>
+      </c>
+      <c r="D577" t="s">
+        <v>5323</v>
+      </c>
+      <c r="E577" t="s">
+        <v>5324</v>
+      </c>
+      <c r="F577" t="s">
+        <v>5325</v>
+      </c>
+      <c r="G577" t="s">
+        <v>5326</v>
+      </c>
+      <c r="H577" t="s">
+        <v>5327</v>
+      </c>
+      <c r="I577" t="s">
+        <v>5328</v>
+      </c>
+      <c r="J577" t="s">
+        <v>24</v>
+      </c>
+      <c r="K577" t="s">
+        <v>206</v>
+      </c>
+      <c r="L577" t="s">
+        <v>26</v>
+      </c>
+      <c r="M577" t="s">
+        <v>207</v>
+      </c>
+      <c r="N577" t="s">
+        <v>28</v>
+      </c>
+      <c r="O577" t="s">
+        <v>5329</v>
+      </c>
+    </row>
+    <row r="578" spans="1:15">
+      <c r="A578">
+        <v>65077</v>
+      </c>
+      <c r="B578" t="s">
+        <v>5330</v>
+      </c>
+      <c r="C578" t="s">
+        <v>5331</v>
+      </c>
+      <c r="D578" t="s">
+        <v>5332</v>
+      </c>
+      <c r="E578" t="s">
+        <v>5333</v>
+      </c>
+      <c r="F578" t="s">
+        <v>5334</v>
+      </c>
+      <c r="G578" t="s">
+        <v>5335</v>
+      </c>
+      <c r="H578" t="s">
+        <v>5336</v>
+      </c>
+      <c r="I578" t="s">
+        <v>5337</v>
+      </c>
+      <c r="J578" t="s">
+        <v>24</v>
+      </c>
+      <c r="K578" t="s">
+        <v>829</v>
+      </c>
+      <c r="L578" t="s">
+        <v>26</v>
+      </c>
+      <c r="M578" t="s">
+        <v>830</v>
+      </c>
+      <c r="N578" t="s">
+        <v>28</v>
+      </c>
+      <c r="O578" t="s">
+        <v>5338</v>
+      </c>
+    </row>
+    <row r="579" spans="1:15">
+      <c r="A579">
+        <v>65080</v>
+      </c>
+      <c r="B579" t="s">
+        <v>5339</v>
+      </c>
+      <c r="C579" t="s">
+        <v>5340</v>
+      </c>
+      <c r="D579" t="s">
+        <v>5341</v>
+      </c>
+      <c r="E579" t="s">
+        <v>5342</v>
+      </c>
+      <c r="F579" t="s">
+        <v>5343</v>
+      </c>
+      <c r="G579" t="s">
+        <v>5344</v>
+      </c>
+      <c r="H579" t="s">
+        <v>5345</v>
+      </c>
+      <c r="I579" t="s">
+        <v>5346</v>
+      </c>
+      <c r="J579" t="s">
+        <v>24</v>
+      </c>
+      <c r="K579" t="s">
+        <v>47</v>
+      </c>
+      <c r="L579" t="s">
+        <v>26</v>
+      </c>
+      <c r="M579" t="s">
+        <v>48</v>
+      </c>
+      <c r="N579" t="s">
+        <v>28</v>
+      </c>
+      <c r="O579" t="s">
+        <v>5347</v>
+      </c>
+    </row>
+    <row r="580" spans="1:15">
+      <c r="A580">
+        <v>65081</v>
+      </c>
+      <c r="B580" t="s">
+        <v>5348</v>
+      </c>
+      <c r="C580" t="s">
+        <v>5349</v>
+      </c>
+      <c r="D580" t="s">
+        <v>5350</v>
+      </c>
+      <c r="E580" t="s">
+        <v>5351</v>
+      </c>
+      <c r="F580" t="s">
+        <v>5352</v>
+      </c>
+      <c r="G580" t="s">
+        <v>5353</v>
+      </c>
+      <c r="H580" t="s">
+        <v>5354</v>
+      </c>
+      <c r="I580" t="s">
+        <v>5355</v>
+      </c>
+      <c r="J580" t="s">
+        <v>24</v>
+      </c>
+      <c r="K580" t="s">
+        <v>47</v>
+      </c>
+      <c r="L580" t="s">
+        <v>26</v>
+      </c>
+      <c r="M580" t="s">
+        <v>48</v>
+      </c>
+      <c r="N580" t="s">
+        <v>28</v>
+      </c>
+      <c r="O580" t="s">
+        <v>5356</v>
+      </c>
+    </row>
+    <row r="581" spans="1:15">
+      <c r="A581">
+        <v>65082</v>
+      </c>
+      <c r="B581" t="s">
+        <v>5357</v>
+      </c>
+      <c r="C581" t="s">
+        <v>5358</v>
+      </c>
+      <c r="D581" t="s">
+        <v>5359</v>
+      </c>
+      <c r="E581" t="s">
+        <v>5360</v>
+      </c>
+      <c r="F581" t="s">
+        <v>5361</v>
+      </c>
+      <c r="G581" t="s">
+        <v>5362</v>
+      </c>
+      <c r="H581" t="s">
+        <v>5363</v>
+      </c>
+      <c r="I581" t="s">
+        <v>5364</v>
+      </c>
+      <c r="J581" t="s">
+        <v>24</v>
+      </c>
+      <c r="K581" t="s">
+        <v>47</v>
+      </c>
+      <c r="L581" t="s">
+        <v>26</v>
+      </c>
+      <c r="M581" t="s">
+        <v>48</v>
+      </c>
+      <c r="N581" t="s">
+        <v>28</v>
+      </c>
+      <c r="O581" t="s">
+        <v>5365</v>
+      </c>
+    </row>
+    <row r="582" spans="1:15">
+      <c r="A582">
+        <v>65083</v>
+      </c>
+      <c r="B582" t="s">
+        <v>5366</v>
+      </c>
+      <c r="C582" t="s">
+        <v>5367</v>
+      </c>
+      <c r="D582" t="s">
+        <v>5368</v>
+      </c>
+      <c r="E582" t="s">
+        <v>5369</v>
+      </c>
+      <c r="F582" t="s">
+        <v>5370</v>
+      </c>
+      <c r="G582" t="s">
+        <v>5371</v>
+      </c>
+      <c r="H582" t="s">
+        <v>5372</v>
+      </c>
+      <c r="I582" t="s">
+        <v>5373</v>
+      </c>
+      <c r="J582" t="s">
+        <v>24</v>
+      </c>
+      <c r="K582" t="s">
+        <v>206</v>
+      </c>
+      <c r="L582" t="s">
+        <v>26</v>
+      </c>
+      <c r="M582" t="s">
+        <v>207</v>
+      </c>
+      <c r="N582" t="s">
+        <v>28</v>
+      </c>
+      <c r="O582" t="s">
+        <v>5374</v>
+      </c>
+    </row>
+    <row r="583" spans="1:15">
+      <c r="A583">
+        <v>65084</v>
+      </c>
+      <c r="B583" t="s">
+        <v>5375</v>
+      </c>
+      <c r="C583" t="s">
+        <v>5376</v>
+      </c>
+      <c r="D583" t="s">
+        <v>5377</v>
+      </c>
+      <c r="E583" t="s">
+        <v>5378</v>
+      </c>
+      <c r="F583" t="s">
+        <v>5379</v>
+      </c>
+      <c r="G583" t="s">
+        <v>5380</v>
+      </c>
+      <c r="H583" t="s">
+        <v>5381</v>
+      </c>
+      <c r="I583" t="s">
+        <v>5382</v>
+      </c>
+      <c r="J583" t="s">
+        <v>24</v>
+      </c>
+      <c r="K583" t="s">
+        <v>25</v>
+      </c>
+      <c r="L583" t="s">
+        <v>26</v>
+      </c>
+      <c r="M583" t="s">
+        <v>27</v>
+      </c>
+      <c r="N583" t="s">
+        <v>28</v>
+      </c>
+      <c r="O583" t="s">
+        <v>5383</v>
+      </c>
+    </row>
+    <row r="584" spans="1:15">
+      <c r="A584">
+        <v>65085</v>
+      </c>
+      <c r="B584" t="s">
+        <v>5384</v>
+      </c>
+      <c r="C584" t="s">
+        <v>5385</v>
+      </c>
+      <c r="D584" t="s">
+        <v>5386</v>
+      </c>
+      <c r="E584" t="s">
+        <v>5387</v>
+      </c>
+      <c r="F584" t="s">
+        <v>5388</v>
+      </c>
+      <c r="G584" t="s">
+        <v>5389</v>
+      </c>
+      <c r="H584" t="s">
+        <v>5390</v>
+      </c>
+      <c r="I584" t="s">
+        <v>5391</v>
+      </c>
+      <c r="J584" t="s">
+        <v>24</v>
+      </c>
+      <c r="K584" t="s">
+        <v>645</v>
+      </c>
+      <c r="L584" t="s">
+        <v>26</v>
+      </c>
+      <c r="M584" t="s">
+        <v>646</v>
+      </c>
+      <c r="N584" t="s">
+        <v>28</v>
+      </c>
+      <c r="O584" t="s">
+        <v>5392</v>
+      </c>
+    </row>
+    <row r="585" spans="1:15">
+      <c r="A585">
+        <v>65086</v>
+      </c>
+      <c r="B585" t="s">
+        <v>5393</v>
+      </c>
+      <c r="C585" t="s">
+        <v>5394</v>
+      </c>
+      <c r="D585" t="s">
+        <v>5395</v>
+      </c>
+      <c r="E585" t="s">
+        <v>5396</v>
+      </c>
+      <c r="F585" t="s">
+        <v>5397</v>
+      </c>
+      <c r="G585" t="s">
+        <v>5398</v>
+      </c>
+      <c r="H585" t="s">
+        <v>5399</v>
+      </c>
+      <c r="I585" t="s">
+        <v>5400</v>
+      </c>
+      <c r="J585" t="s">
+        <v>24</v>
+      </c>
+      <c r="K585" t="s">
+        <v>206</v>
+      </c>
+      <c r="L585" t="s">
+        <v>26</v>
+      </c>
+      <c r="M585" t="s">
+        <v>207</v>
+      </c>
+      <c r="N585" t="s">
+        <v>28</v>
+      </c>
+      <c r="O585" t="s">
+        <v>5401</v>
+      </c>
+    </row>
+    <row r="586" spans="1:15">
+      <c r="A586">
+        <v>65087</v>
+      </c>
+      <c r="B586" t="s">
+        <v>5402</v>
+      </c>
+      <c r="C586" t="s">
+        <v>5403</v>
+      </c>
+      <c r="D586" t="s">
+        <v>5404</v>
+      </c>
+      <c r="E586" t="s">
+        <v>5405</v>
+      </c>
+      <c r="F586" t="s">
+        <v>5406</v>
+      </c>
+      <c r="G586" t="s">
+        <v>5407</v>
+      </c>
+      <c r="H586" t="s">
+        <v>5408</v>
+      </c>
+      <c r="I586" t="s">
+        <v>5409</v>
+      </c>
+      <c r="J586" t="s">
+        <v>24</v>
+      </c>
+      <c r="K586" t="s">
+        <v>206</v>
+      </c>
+      <c r="L586" t="s">
+        <v>26</v>
+      </c>
+      <c r="M586" t="s">
+        <v>207</v>
+      </c>
+      <c r="N586" t="s">
+        <v>28</v>
+      </c>
+      <c r="O586" t="s">
+        <v>5410</v>
+      </c>
+    </row>
+    <row r="587" spans="1:15">
+      <c r="A587">
+        <v>65088</v>
+      </c>
+      <c r="B587" t="s">
+        <v>5411</v>
+      </c>
+      <c r="C587" t="s">
+        <v>5412</v>
+      </c>
+      <c r="D587" t="s">
+        <v>5413</v>
+      </c>
+      <c r="E587" t="s">
+        <v>5414</v>
+      </c>
+      <c r="F587" t="s">
+        <v>5415</v>
+      </c>
+      <c r="G587" t="s">
+        <v>5416</v>
+      </c>
+      <c r="H587" t="s">
+        <v>5417</v>
+      </c>
+      <c r="I587" t="s">
+        <v>5418</v>
+      </c>
+      <c r="J587" t="s">
+        <v>24</v>
+      </c>
+      <c r="K587" t="s">
+        <v>25</v>
+      </c>
+      <c r="L587" t="s">
+        <v>26</v>
+      </c>
+      <c r="M587" t="s">
+        <v>27</v>
+      </c>
+      <c r="N587" t="s">
+        <v>28</v>
+      </c>
+      <c r="O587" t="s">
+        <v>5419</v>
+      </c>
+    </row>
+    <row r="588" spans="1:15">
+      <c r="A588">
+        <v>65089</v>
+      </c>
+      <c r="B588" t="s">
+        <v>5420</v>
+      </c>
+      <c r="C588" t="s">
+        <v>5421</v>
+      </c>
+      <c r="D588" t="s">
+        <v>5422</v>
+      </c>
+      <c r="E588" t="s">
+        <v>5423</v>
+      </c>
+      <c r="F588" t="s">
+        <v>5424</v>
+      </c>
+      <c r="G588" t="s">
+        <v>5425</v>
+      </c>
+      <c r="H588" t="s">
+        <v>5426</v>
+      </c>
+      <c r="I588" t="s">
+        <v>5427</v>
+      </c>
+      <c r="J588" t="s">
+        <v>24</v>
+      </c>
+      <c r="K588" t="s">
+        <v>25</v>
+      </c>
+      <c r="L588" t="s">
+        <v>26</v>
+      </c>
+      <c r="M588" t="s">
+        <v>27</v>
+      </c>
+      <c r="N588" t="s">
+        <v>28</v>
+      </c>
+      <c r="O588" t="s">
+        <v>5428</v>
+      </c>
+    </row>
+    <row r="589" spans="1:15">
+      <c r="A589">
+        <v>65090</v>
+      </c>
+      <c r="B589" t="s">
+        <v>5429</v>
+      </c>
+      <c r="C589" t="s">
+        <v>5430</v>
+      </c>
+      <c r="D589" t="s">
+        <v>5431</v>
+      </c>
+      <c r="E589" t="s">
+        <v>5432</v>
+      </c>
+      <c r="F589" t="s">
+        <v>5433</v>
+      </c>
+      <c r="G589" t="s">
+        <v>5434</v>
+      </c>
+      <c r="H589" t="s">
+        <v>5435</v>
+      </c>
+      <c r="I589" t="s">
+        <v>5436</v>
+      </c>
+      <c r="J589" t="s">
+        <v>24</v>
+      </c>
+      <c r="K589" t="s">
+        <v>25</v>
+      </c>
+      <c r="L589" t="s">
+        <v>26</v>
+      </c>
+      <c r="M589" t="s">
+        <v>27</v>
+      </c>
+      <c r="N589" t="s">
+        <v>28</v>
+      </c>
+      <c r="O589" t="s">
+        <v>5437</v>
+      </c>
+    </row>
+    <row r="590" spans="1:15">
+      <c r="A590">
+        <v>65091</v>
+      </c>
+      <c r="B590" t="s">
+        <v>5438</v>
+      </c>
+      <c r="C590" t="s">
+        <v>5439</v>
+      </c>
+      <c r="D590" t="s">
+        <v>5440</v>
+      </c>
+      <c r="E590" t="s">
+        <v>5441</v>
+      </c>
+      <c r="F590" t="s">
+        <v>5442</v>
+      </c>
+      <c r="G590" t="s">
+        <v>5443</v>
+      </c>
+      <c r="H590" t="s">
+        <v>5444</v>
+      </c>
+      <c r="I590" t="s">
+        <v>5445</v>
+      </c>
+      <c r="J590" t="s">
+        <v>24</v>
+      </c>
+      <c r="K590" t="s">
+        <v>25</v>
+      </c>
+      <c r="L590" t="s">
+        <v>26</v>
+      </c>
+      <c r="M590" t="s">
+        <v>27</v>
+      </c>
+      <c r="N590" t="s">
+        <v>28</v>
+      </c>
+      <c r="O590" t="s">
+        <v>5446</v>
+      </c>
+    </row>
+    <row r="591" spans="1:15">
+      <c r="A591">
+        <v>65092</v>
+      </c>
+      <c r="B591" t="s">
+        <v>5447</v>
+      </c>
+      <c r="C591" t="s">
+        <v>5448</v>
+      </c>
+      <c r="D591" t="s">
+        <v>5449</v>
+      </c>
+      <c r="E591" t="s">
+        <v>5450</v>
+      </c>
+      <c r="F591" t="s">
+        <v>5451</v>
+      </c>
+      <c r="G591" t="s">
+        <v>5452</v>
+      </c>
+      <c r="H591" t="s">
+        <v>5453</v>
+      </c>
+      <c r="I591" t="s">
+        <v>5454</v>
+      </c>
+      <c r="J591" t="s">
+        <v>24</v>
+      </c>
+      <c r="K591" t="s">
+        <v>206</v>
+      </c>
+      <c r="L591" t="s">
+        <v>26</v>
+      </c>
+      <c r="M591" t="s">
+        <v>207</v>
+      </c>
+      <c r="N591" t="s">
+        <v>28</v>
+      </c>
+      <c r="O591" t="s">
+        <v>5455</v>
+      </c>
+    </row>
+    <row r="592" spans="1:15">
+      <c r="A592">
+        <v>65093</v>
+      </c>
+      <c r="B592" t="s">
+        <v>5456</v>
+      </c>
+      <c r="C592" t="s">
+        <v>5457</v>
+      </c>
+      <c r="D592" t="s">
+        <v>5458</v>
+      </c>
+      <c r="E592" t="s">
+        <v>5459</v>
+      </c>
+      <c r="F592" t="s">
+        <v>5460</v>
+      </c>
+      <c r="G592" t="s">
+        <v>5461</v>
+      </c>
+      <c r="H592" t="s">
+        <v>5462</v>
+      </c>
+      <c r="I592" t="s">
+        <v>5463</v>
+      </c>
+      <c r="J592" t="s">
+        <v>24</v>
+      </c>
+      <c r="K592" t="s">
+        <v>206</v>
+      </c>
+      <c r="L592" t="s">
+        <v>26</v>
+      </c>
+      <c r="M592" t="s">
+        <v>207</v>
+      </c>
+      <c r="N592" t="s">
+        <v>28</v>
+      </c>
+      <c r="O592" t="s">
+        <v>5464</v>
+      </c>
+    </row>
+    <row r="593" spans="1:15">
+      <c r="A593">
+        <v>65094</v>
+      </c>
+      <c r="B593" t="s">
+        <v>5465</v>
+      </c>
+      <c r="C593" t="s">
+        <v>5466</v>
+      </c>
+      <c r="D593" t="s">
+        <v>5467</v>
+      </c>
+      <c r="E593" t="s">
+        <v>5468</v>
+      </c>
+      <c r="F593" t="s">
+        <v>5469</v>
+      </c>
+      <c r="G593" t="s">
+        <v>5470</v>
+      </c>
+      <c r="H593" t="s">
+        <v>5471</v>
+      </c>
+      <c r="I593" t="s">
+        <v>5472</v>
+      </c>
+      <c r="J593" t="s">
+        <v>24</v>
+      </c>
+      <c r="K593" t="s">
+        <v>5473</v>
+      </c>
+      <c r="L593" t="s">
+        <v>26</v>
+      </c>
+      <c r="M593" t="s">
+        <v>5474</v>
+      </c>
+      <c r="N593" t="s">
+        <v>28</v>
+      </c>
+      <c r="O593" t="s">
+        <v>5475</v>
+      </c>
+    </row>
+    <row r="594" spans="1:15">
+      <c r="A594">
+        <v>65095</v>
+      </c>
+      <c r="B594" t="s">
+        <v>5476</v>
+      </c>
+      <c r="C594" t="s">
+        <v>5477</v>
+      </c>
+      <c r="D594" t="s">
+        <v>5478</v>
+      </c>
+      <c r="E594" t="s">
+        <v>5479</v>
+      </c>
+      <c r="F594" t="s">
+        <v>5480</v>
+      </c>
+      <c r="G594" t="s">
+        <v>5481</v>
+      </c>
+      <c r="H594" t="s">
+        <v>5482</v>
+      </c>
+      <c r="I594" t="s">
+        <v>5483</v>
+      </c>
+      <c r="J594" t="s">
+        <v>24</v>
+      </c>
+      <c r="K594" t="s">
+        <v>829</v>
+      </c>
+      <c r="L594" t="s">
+        <v>26</v>
+      </c>
+      <c r="M594" t="s">
+        <v>830</v>
+      </c>
+      <c r="N594" t="s">
+        <v>28</v>
+      </c>
+      <c r="O594" t="s">
+        <v>5484</v>
+      </c>
+    </row>
+    <row r="595" spans="1:15">
+      <c r="A595">
+        <v>65096</v>
+      </c>
+      <c r="B595" t="s">
+        <v>5485</v>
+      </c>
+      <c r="C595" t="s">
+        <v>5486</v>
+      </c>
+      <c r="D595" t="s">
+        <v>5487</v>
+      </c>
+      <c r="E595" t="s">
+        <v>5488</v>
+      </c>
+      <c r="F595" t="s">
+        <v>5489</v>
+      </c>
+      <c r="G595" t="s">
+        <v>5490</v>
+      </c>
+      <c r="H595" t="s">
+        <v>5491</v>
+      </c>
+      <c r="I595" t="s">
+        <v>5492</v>
+      </c>
+      <c r="J595" t="s">
+        <v>24</v>
+      </c>
+      <c r="K595" t="s">
+        <v>25</v>
+      </c>
+      <c r="L595" t="s">
+        <v>26</v>
+      </c>
+      <c r="M595" t="s">
+        <v>27</v>
+      </c>
+      <c r="N595" t="s">
+        <v>28</v>
+      </c>
+      <c r="O595" t="s">
+        <v>5493</v>
+      </c>
+    </row>
+    <row r="596" spans="1:15">
+      <c r="A596">
+        <v>65097</v>
+      </c>
+      <c r="B596" t="s">
+        <v>5494</v>
+      </c>
+      <c r="C596" t="s">
+        <v>5495</v>
+      </c>
+      <c r="D596" t="s">
+        <v>5496</v>
+      </c>
+      <c r="E596" t="s">
+        <v>5497</v>
+      </c>
+      <c r="F596" t="s">
+        <v>5498</v>
+      </c>
+      <c r="G596" t="s">
+        <v>5499</v>
+      </c>
+      <c r="H596" t="s">
+        <v>5500</v>
+      </c>
+      <c r="I596" t="s">
+        <v>5501</v>
+      </c>
+      <c r="J596" t="s">
+        <v>24</v>
+      </c>
+      <c r="K596" t="s">
+        <v>206</v>
+      </c>
+      <c r="L596" t="s">
+        <v>26</v>
+      </c>
+      <c r="M596" t="s">
+        <v>207</v>
+      </c>
+      <c r="N596" t="s">
+        <v>28</v>
+      </c>
+      <c r="O596" t="s">
+        <v>5502</v>
+      </c>
+    </row>
+    <row r="597" spans="1:15">
+      <c r="A597">
+        <v>65098</v>
+      </c>
+      <c r="B597" t="s">
+        <v>5503</v>
+      </c>
+      <c r="C597" t="s">
+        <v>5504</v>
+      </c>
+      <c r="D597" t="s">
+        <v>5505</v>
+      </c>
+      <c r="E597" t="s">
+        <v>5506</v>
+      </c>
+      <c r="F597" t="s">
+        <v>5507</v>
+      </c>
+      <c r="G597" t="s">
+        <v>5508</v>
+      </c>
+      <c r="H597" t="s">
+        <v>5509</v>
+      </c>
+      <c r="I597" t="s">
+        <v>5510</v>
+      </c>
+      <c r="J597" t="s">
+        <v>24</v>
+      </c>
+      <c r="K597" t="s">
+        <v>25</v>
+      </c>
+      <c r="L597" t="s">
+        <v>26</v>
+      </c>
+      <c r="M597" t="s">
+        <v>27</v>
+      </c>
+      <c r="N597" t="s">
+        <v>28</v>
+      </c>
+      <c r="O597" t="s">
+        <v>5511</v>
+      </c>
+    </row>
+    <row r="598" spans="1:15">
+      <c r="A598">
+        <v>65099</v>
+      </c>
+      <c r="B598" t="s">
+        <v>5512</v>
+      </c>
+      <c r="C598" t="s">
+        <v>5513</v>
+      </c>
+      <c r="D598" t="s">
+        <v>5514</v>
+      </c>
+      <c r="E598" t="s">
+        <v>5515</v>
+      </c>
+      <c r="F598" t="s">
+        <v>5516</v>
+      </c>
+      <c r="G598" t="s">
+        <v>5517</v>
+      </c>
+      <c r="H598" t="s">
+        <v>5518</v>
+      </c>
+      <c r="I598" t="s">
+        <v>5519</v>
+      </c>
+      <c r="J598" t="s">
+        <v>24</v>
+      </c>
+      <c r="K598" t="s">
+        <v>206</v>
+      </c>
+      <c r="L598" t="s">
+        <v>26</v>
+      </c>
+      <c r="M598" t="s">
+        <v>207</v>
+      </c>
+      <c r="N598" t="s">
+        <v>28</v>
+      </c>
+      <c r="O598" t="s">
+        <v>5520</v>
+      </c>
+    </row>
+    <row r="599" spans="1:15">
+      <c r="A599">
+        <v>65100</v>
+      </c>
+      <c r="B599" t="s">
+        <v>5521</v>
+      </c>
+      <c r="C599" t="s">
+        <v>5522</v>
+      </c>
+      <c r="D599" t="s">
+        <v>5523</v>
+      </c>
+      <c r="E599" t="s">
+        <v>5524</v>
+      </c>
+      <c r="F599" t="s">
+        <v>5525</v>
+      </c>
+      <c r="G599" t="s">
+        <v>5526</v>
+      </c>
+      <c r="H599" t="s">
+        <v>5527</v>
+      </c>
+      <c r="I599" t="s">
+        <v>5528</v>
+      </c>
+      <c r="J599" t="s">
+        <v>24</v>
+      </c>
+      <c r="K599" t="s">
+        <v>4905</v>
+      </c>
+      <c r="L599" t="s">
+        <v>26</v>
+      </c>
+      <c r="M599" t="s">
+        <v>4906</v>
+      </c>
+      <c r="N599" t="s">
+        <v>28</v>
+      </c>
+      <c r="O599" t="s">
+        <v>5529</v>
+      </c>
+    </row>
+    <row r="600" spans="1:15">
+      <c r="A600">
+        <v>65101</v>
+      </c>
+      <c r="B600" t="s">
+        <v>5530</v>
+      </c>
+      <c r="C600" t="s">
+        <v>5531</v>
+      </c>
+      <c r="D600" t="s">
+        <v>5532</v>
+      </c>
+      <c r="E600" t="s">
+        <v>5533</v>
+      </c>
+      <c r="F600" t="s">
+        <v>5534</v>
+      </c>
+      <c r="G600" t="s">
+        <v>5535</v>
+      </c>
+      <c r="H600" t="s">
+        <v>5536</v>
+      </c>
+      <c r="I600" t="s">
+        <v>5537</v>
+      </c>
+      <c r="J600" t="s">
+        <v>24</v>
+      </c>
+      <c r="K600" t="s">
+        <v>206</v>
+      </c>
+      <c r="L600" t="s">
+        <v>26</v>
+      </c>
+      <c r="M600" t="s">
+        <v>207</v>
+      </c>
+      <c r="N600" t="s">
+        <v>28</v>
+      </c>
+      <c r="O600" t="s">
+        <v>5538</v>
+      </c>
+    </row>
+    <row r="601" spans="1:15">
+      <c r="A601">
+        <v>65102</v>
+      </c>
+      <c r="B601" t="s">
+        <v>5539</v>
+      </c>
+      <c r="C601" t="s">
+        <v>5540</v>
+      </c>
+      <c r="D601" t="s">
+        <v>5541</v>
+      </c>
+      <c r="E601" t="s">
+        <v>5542</v>
+      </c>
+      <c r="F601" t="s">
+        <v>5543</v>
+      </c>
+      <c r="G601" t="s">
+        <v>5544</v>
+      </c>
+      <c r="H601" t="s">
+        <v>5545</v>
+      </c>
+      <c r="I601" t="s">
+        <v>5546</v>
+      </c>
+      <c r="J601" t="s">
+        <v>24</v>
+      </c>
+      <c r="K601" t="s">
+        <v>25</v>
+      </c>
+      <c r="L601" t="s">
+        <v>26</v>
+      </c>
+      <c r="M601" t="s">
+        <v>27</v>
+      </c>
+      <c r="N601" t="s">
+        <v>28</v>
+      </c>
+      <c r="O601" t="s">
+        <v>5547</v>
+      </c>
+    </row>
+    <row r="602" spans="1:15">
+      <c r="A602">
+        <v>65104</v>
+      </c>
+      <c r="B602" t="s">
+        <v>5548</v>
+      </c>
+      <c r="C602" t="s">
+        <v>5549</v>
+      </c>
+      <c r="D602" t="s">
+        <v>5550</v>
+      </c>
+      <c r="E602" t="s">
+        <v>5551</v>
+      </c>
+      <c r="F602" t="s">
+        <v>5552</v>
+      </c>
+      <c r="G602" t="s">
+        <v>5553</v>
+      </c>
+      <c r="H602" t="s">
+        <v>5554</v>
+      </c>
+      <c r="I602" t="s">
+        <v>5555</v>
+      </c>
+      <c r="J602" t="s">
+        <v>24</v>
+      </c>
+      <c r="K602" t="s">
+        <v>2926</v>
+      </c>
+      <c r="L602" t="s">
+        <v>26</v>
+      </c>
+      <c r="M602" t="s">
+        <v>2927</v>
+      </c>
+      <c r="N602" t="s">
+        <v>28</v>
+      </c>
+      <c r="O602" t="s">
+        <v>5556</v>
+      </c>
+    </row>
+    <row r="603" spans="1:15">
+      <c r="A603">
+        <v>65105</v>
+      </c>
+      <c r="B603" t="s">
+        <v>5557</v>
+      </c>
+      <c r="C603" t="s">
+        <v>5558</v>
+      </c>
+      <c r="D603" t="s">
+        <v>5559</v>
+      </c>
+      <c r="E603" t="s">
+        <v>5560</v>
+      </c>
+      <c r="F603" t="s">
+        <v>5561</v>
+      </c>
+      <c r="G603" t="s">
+        <v>5562</v>
+      </c>
+      <c r="H603" t="s">
+        <v>5563</v>
+      </c>
+      <c r="I603" t="s">
+        <v>5564</v>
+      </c>
+      <c r="J603" t="s">
+        <v>24</v>
+      </c>
+      <c r="K603" t="s">
+        <v>206</v>
+      </c>
+      <c r="L603" t="s">
+        <v>26</v>
+      </c>
+      <c r="M603" t="s">
+        <v>207</v>
+      </c>
+      <c r="N603" t="s">
+        <v>28</v>
+      </c>
+      <c r="O603" t="s">
+        <v>5565</v>
+      </c>
+    </row>
+    <row r="604" spans="1:15">
+      <c r="A604">
+        <v>65107</v>
+      </c>
+      <c r="B604" t="s">
+        <v>5566</v>
+      </c>
+      <c r="C604" t="s">
+        <v>5567</v>
+      </c>
+      <c r="D604" t="s">
+        <v>5568</v>
+      </c>
+      <c r="E604" t="s">
+        <v>5569</v>
+      </c>
+      <c r="F604" t="s">
+        <v>5570</v>
+      </c>
+      <c r="G604" t="s">
+        <v>5571</v>
+      </c>
+      <c r="H604" t="s">
+        <v>5572</v>
+      </c>
+      <c r="I604" t="s">
+        <v>5573</v>
+      </c>
+      <c r="J604" t="s">
+        <v>24</v>
+      </c>
+      <c r="K604" t="s">
+        <v>5574</v>
+      </c>
+      <c r="L604" t="s">
+        <v>26</v>
+      </c>
+      <c r="M604" t="s">
+        <v>5575</v>
+      </c>
+      <c r="N604" t="s">
+        <v>28</v>
+      </c>
+      <c r="O604" t="s">
+        <v>5576</v>
+      </c>
+    </row>
+    <row r="605" spans="1:15">
+      <c r="A605">
+        <v>65116</v>
+      </c>
+      <c r="B605" t="s">
+        <v>5577</v>
+      </c>
+      <c r="C605" t="s">
+        <v>5578</v>
+      </c>
+      <c r="D605" t="s">
+        <v>5579</v>
+      </c>
+      <c r="E605" t="s">
+        <v>5580</v>
+      </c>
+      <c r="F605" t="s">
+        <v>5581</v>
+      </c>
+      <c r="G605" t="s">
+        <v>5582</v>
+      </c>
+      <c r="H605" t="s">
+        <v>5583</v>
+      </c>
+      <c r="I605" t="s">
+        <v>5584</v>
+      </c>
+      <c r="J605" t="s">
+        <v>24</v>
+      </c>
+      <c r="K605" t="s">
+        <v>206</v>
+      </c>
+      <c r="L605" t="s">
+        <v>26</v>
+      </c>
+      <c r="M605" t="s">
+        <v>207</v>
+      </c>
+      <c r="N605" t="s">
+        <v>28</v>
+      </c>
+      <c r="O605" t="s">
+        <v>5585</v>
+      </c>
+    </row>
+    <row r="606" spans="1:15">
+      <c r="A606">
+        <v>65124</v>
+      </c>
+      <c r="B606" t="s">
+        <v>5586</v>
+      </c>
+      <c r="C606" t="s">
+        <v>5587</v>
+      </c>
+      <c r="D606" t="s">
+        <v>5588</v>
+      </c>
+      <c r="E606" t="s">
+        <v>5589</v>
+      </c>
+      <c r="F606" t="s">
+        <v>5590</v>
+      </c>
+      <c r="G606" t="s">
+        <v>5591</v>
+      </c>
+      <c r="H606" t="s">
+        <v>5592</v>
+      </c>
+      <c r="I606" t="s">
+        <v>5593</v>
+      </c>
+      <c r="J606" t="s">
+        <v>24</v>
+      </c>
+      <c r="K606" t="s">
+        <v>25</v>
+      </c>
+      <c r="L606" t="s">
+        <v>26</v>
+      </c>
+      <c r="M606" t="s">
+        <v>27</v>
+      </c>
+      <c r="N606" t="s">
+        <v>28</v>
+      </c>
+      <c r="O606" t="s">
+        <v>5594</v>
+      </c>
+    </row>
+    <row r="607" spans="1:15">
+      <c r="A607">
+        <v>65183</v>
+      </c>
+      <c r="B607" t="s">
+        <v>5595</v>
+      </c>
+      <c r="C607" t="s">
+        <v>5596</v>
+      </c>
+      <c r="D607" t="s">
+        <v>5597</v>
+      </c>
+      <c r="E607" t="s">
+        <v>5598</v>
+      </c>
+      <c r="F607" t="s">
+        <v>5599</v>
+      </c>
+      <c r="G607" t="s">
+        <v>5600</v>
+      </c>
+      <c r="H607" t="s">
+        <v>5601</v>
+      </c>
+      <c r="I607" t="s">
+        <v>5602</v>
+      </c>
+      <c r="J607" t="s">
+        <v>24</v>
+      </c>
+      <c r="K607" t="s">
+        <v>25</v>
+      </c>
+      <c r="L607" t="s">
+        <v>26</v>
+      </c>
+      <c r="M607" t="s">
+        <v>27</v>
+      </c>
+      <c r="N607" t="s">
+        <v>28</v>
+      </c>
+      <c r="O607" t="s">
+        <v>5603</v>
+      </c>
+    </row>
+    <row r="608" spans="1:15">
+      <c r="A608">
+        <v>65255</v>
+      </c>
+      <c r="B608" t="s">
+        <v>5604</v>
+      </c>
+      <c r="C608" t="s">
+        <v>5605</v>
+      </c>
+      <c r="D608" t="s">
+        <v>5606</v>
+      </c>
+      <c r="E608" t="s">
+        <v>5607</v>
+      </c>
+      <c r="F608" t="s">
+        <v>5608</v>
+      </c>
+      <c r="G608" t="s">
+        <v>5609</v>
+      </c>
+      <c r="H608" t="s">
+        <v>5610</v>
+      </c>
+      <c r="I608" t="s">
+        <v>5611</v>
+      </c>
+      <c r="J608" t="s">
+        <v>1755</v>
+      </c>
+      <c r="K608" t="s">
+        <v>5612</v>
+      </c>
+      <c r="L608" t="s">
+        <v>1757</v>
+      </c>
+      <c r="M608" t="s">
+        <v>5613</v>
+      </c>
+      <c r="N608" t="s">
+        <v>28</v>
+      </c>
+      <c r="O608" t="s">
+        <v>5614</v>
+      </c>
+    </row>
+    <row r="609" spans="1:15">
+      <c r="A609">
+        <v>65448</v>
+      </c>
+      <c r="B609" t="s">
+        <v>5615</v>
+      </c>
+      <c r="C609" t="s">
+        <v>5616</v>
+      </c>
+      <c r="D609" t="s">
+        <v>5617</v>
+      </c>
+      <c r="E609" t="s">
+        <v>5618</v>
+      </c>
+      <c r="F609" t="s">
+        <v>5619</v>
+      </c>
+      <c r="G609" t="s">
+        <v>5620</v>
+      </c>
+      <c r="H609" t="s">
+        <v>5621</v>
+      </c>
+      <c r="I609" t="s">
+        <v>5622</v>
+      </c>
+      <c r="J609" t="s">
+        <v>24</v>
+      </c>
+      <c r="K609" t="s">
+        <v>206</v>
+      </c>
+      <c r="L609" t="s">
+        <v>26</v>
+      </c>
+      <c r="M609" t="s">
+        <v>207</v>
+      </c>
+      <c r="N609" t="s">
+        <v>28</v>
+      </c>
+      <c r="O609" t="s">
+        <v>5623</v>
+      </c>
+    </row>
+    <row r="610" spans="1:15">
+      <c r="A610">
+        <v>65479</v>
+      </c>
+      <c r="B610" t="s">
+        <v>5624</v>
+      </c>
+      <c r="C610" t="s">
+        <v>5625</v>
+      </c>
+      <c r="D610" t="s">
+        <v>5626</v>
+      </c>
+      <c r="E610" t="s">
+        <v>5627</v>
+      </c>
+      <c r="F610" t="s">
+        <v>5628</v>
+      </c>
+      <c r="G610" t="s">
+        <v>5629</v>
+      </c>
+      <c r="H610" t="s">
+        <v>5630</v>
+      </c>
+      <c r="I610" t="s">
+        <v>5631</v>
+      </c>
+      <c r="J610" t="s">
+        <v>24</v>
+      </c>
+      <c r="K610" t="s">
+        <v>25</v>
+      </c>
+      <c r="L610" t="s">
+        <v>26</v>
+      </c>
+      <c r="M610" t="s">
+        <v>27</v>
+      </c>
+      <c r="N610" t="s">
+        <v>28</v>
+      </c>
+      <c r="O610" t="s">
+        <v>5632</v>
+      </c>
+    </row>
+    <row r="611" spans="1:15">
+      <c r="A611">
+        <v>65566</v>
+      </c>
+      <c r="B611" t="s">
+        <v>5633</v>
+      </c>
+      <c r="C611" t="s">
+        <v>5634</v>
+      </c>
+      <c r="D611" t="s">
+        <v>5635</v>
+      </c>
+      <c r="E611" t="s">
+        <v>5636</v>
+      </c>
+      <c r="F611" t="s">
+        <v>5637</v>
+      </c>
+      <c r="G611" t="s">
+        <v>5638</v>
+      </c>
+      <c r="H611" t="s">
+        <v>5639</v>
+      </c>
+      <c r="I611" t="s">
+        <v>5640</v>
+      </c>
+      <c r="J611" t="s">
+        <v>24</v>
+      </c>
+      <c r="K611" t="s">
+        <v>206</v>
+      </c>
+      <c r="L611" t="s">
+        <v>26</v>
+      </c>
+      <c r="M611" t="s">
+        <v>207</v>
+      </c>
+      <c r="N611" t="s">
+        <v>28</v>
+      </c>
+      <c r="O611" t="s">
+        <v>5641</v>
+      </c>
+    </row>
+    <row r="612" spans="1:15">
+      <c r="A612">
+        <v>65613</v>
+      </c>
+      <c r="B612" t="s">
+        <v>5642</v>
+      </c>
+      <c r="C612" t="s">
+        <v>5643</v>
+      </c>
+      <c r="D612" t="s">
+        <v>5644</v>
+      </c>
+      <c r="E612" t="s">
+        <v>5645</v>
+      </c>
+      <c r="F612" t="s">
+        <v>5646</v>
+      </c>
+      <c r="G612" t="s">
+        <v>5647</v>
+      </c>
+      <c r="H612" t="s">
+        <v>5648</v>
+      </c>
+      <c r="I612" t="s">
+        <v>5649</v>
+      </c>
+      <c r="J612" t="s">
+        <v>5650</v>
+      </c>
+      <c r="K612" t="s">
+        <v>1804</v>
+      </c>
+      <c r="L612" t="s">
+        <v>5651</v>
+      </c>
+      <c r="M612" t="s">
+        <v>1805</v>
+      </c>
+      <c r="N612" t="s">
+        <v>28</v>
+      </c>
+      <c r="O612" t="s">
+        <v>5652</v>
+      </c>
+    </row>
+    <row r="613" spans="1:15">
+      <c r="A613">
+        <v>65735</v>
+      </c>
+      <c r="B613" t="s">
+        <v>5653</v>
+      </c>
+      <c r="C613" t="s">
+        <v>5654</v>
+      </c>
+      <c r="D613" t="s">
+        <v>5655</v>
+      </c>
+      <c r="E613" t="s">
+        <v>5656</v>
+      </c>
+      <c r="F613" t="s">
+        <v>5657</v>
+      </c>
+      <c r="G613" t="s">
+        <v>5658</v>
+      </c>
+      <c r="H613" t="s">
+        <v>5659</v>
+      </c>
+      <c r="I613" t="s">
+        <v>5660</v>
+      </c>
+      <c r="J613" t="s">
+        <v>24</v>
+      </c>
+      <c r="K613" t="s">
+        <v>25</v>
+      </c>
+      <c r="L613" t="s">
+        <v>26</v>
+      </c>
+      <c r="M613" t="s">
+        <v>27</v>
+      </c>
+      <c r="N613" t="s">
+        <v>28</v>
+      </c>
+      <c r="O613" t="s">
+        <v>5661</v>
+      </c>
+    </row>
+    <row r="614" spans="1:15">
+      <c r="A614">
+        <v>65869</v>
+      </c>
+      <c r="B614" t="s">
+        <v>5662</v>
+      </c>
+      <c r="C614" t="s">
+        <v>5663</v>
+      </c>
+      <c r="D614" t="s">
+        <v>5664</v>
+      </c>
+      <c r="E614" t="s">
+        <v>5665</v>
+      </c>
+      <c r="F614" t="s">
+        <v>5666</v>
+      </c>
+      <c r="G614" t="s">
+        <v>5667</v>
+      </c>
+      <c r="H614" t="s">
+        <v>5668</v>
+      </c>
+      <c r="I614" t="s">
+        <v>5669</v>
+      </c>
+      <c r="J614" t="s">
+        <v>24</v>
+      </c>
+      <c r="K614" t="s">
+        <v>1590</v>
+      </c>
+      <c r="L614" t="s">
+        <v>26</v>
+      </c>
+      <c r="M614" t="s">
+        <v>1592</v>
+      </c>
+      <c r="N614" t="s">
+        <v>28</v>
+      </c>
+      <c r="O614" t="s">
+        <v>5670</v>
+      </c>
+    </row>
+    <row r="615" spans="1:15">
+      <c r="A615">
+        <v>65879</v>
+      </c>
+      <c r="B615" t="s">
+        <v>5671</v>
+      </c>
+      <c r="C615" t="s">
+        <v>5672</v>
+      </c>
+      <c r="D615" t="s">
+        <v>5673</v>
+      </c>
+      <c r="E615" t="s">
+        <v>5674</v>
+      </c>
+      <c r="F615" t="s">
+        <v>5675</v>
+      </c>
+      <c r="G615" t="s">
+        <v>5676</v>
+      </c>
+      <c r="H615" t="s">
+        <v>5677</v>
+      </c>
+      <c r="I615" t="s">
+        <v>5678</v>
+      </c>
+      <c r="J615" t="s">
+        <v>24</v>
+      </c>
+      <c r="K615" t="s">
+        <v>25</v>
+      </c>
+      <c r="L615" t="s">
+        <v>26</v>
+      </c>
+      <c r="M615" t="s">
+        <v>27</v>
+      </c>
+      <c r="N615" t="s">
+        <v>28</v>
+      </c>
+      <c r="O615" t="s">
+        <v>5679</v>
+      </c>
+    </row>
+    <row r="616" spans="1:15">
+      <c r="A616">
+        <v>65906</v>
+      </c>
+      <c r="B616" t="s">
+        <v>5680</v>
+      </c>
+      <c r="C616" t="s">
+        <v>5681</v>
+      </c>
+      <c r="D616" t="s">
+        <v>5682</v>
+      </c>
+      <c r="E616" t="s">
+        <v>5683</v>
+      </c>
+      <c r="F616" t="s">
+        <v>5684</v>
+      </c>
+      <c r="G616" t="s">
+        <v>5685</v>
+      </c>
+      <c r="H616" t="s">
+        <v>5686</v>
+      </c>
+      <c r="I616" t="s">
+        <v>5687</v>
+      </c>
+      <c r="J616" t="s">
+        <v>24</v>
+      </c>
+      <c r="K616" t="s">
+        <v>829</v>
+      </c>
+      <c r="L616" t="s">
+        <v>26</v>
+      </c>
+      <c r="M616" t="s">
+        <v>830</v>
+      </c>
+      <c r="N616" t="s">
+        <v>28</v>
+      </c>
+      <c r="O616" t="s">
+        <v>5688</v>
+      </c>
+    </row>
+    <row r="617" spans="1:15">
+      <c r="A617">
+        <v>66034</v>
+      </c>
+      <c r="B617" t="s">
+        <v>5689</v>
+      </c>
+      <c r="C617" t="s">
+        <v>5690</v>
+      </c>
+      <c r="D617" t="s">
+        <v>5691</v>
+      </c>
+      <c r="E617" t="s">
+        <v>5692</v>
+      </c>
+      <c r="F617" t="s">
+        <v>5693</v>
+      </c>
+      <c r="G617" t="s">
+        <v>5694</v>
+      </c>
+      <c r="H617" t="s">
+        <v>5695</v>
+      </c>
+      <c r="I617" t="s">
+        <v>5696</v>
+      </c>
+      <c r="J617" t="s">
+        <v>24</v>
+      </c>
+      <c r="K617" t="s">
+        <v>25</v>
+      </c>
+      <c r="L617" t="s">
+        <v>26</v>
+      </c>
+      <c r="M617" t="s">
+        <v>27</v>
+      </c>
+      <c r="N617" t="s">
+        <v>28</v>
+      </c>
+      <c r="O617" t="s">
+        <v>5697</v>
+      </c>
+    </row>
+    <row r="618" spans="1:15">
+      <c r="A618">
+        <v>66204</v>
+      </c>
+      <c r="B618" t="s">
+        <v>5698</v>
+      </c>
+      <c r="C618" t="s">
+        <v>5699</v>
+      </c>
+      <c r="D618" t="s">
+        <v>5700</v>
+      </c>
+      <c r="E618" t="s">
+        <v>5701</v>
+      </c>
+      <c r="F618" t="s">
+        <v>5702</v>
+      </c>
+      <c r="G618" t="s">
+        <v>5703</v>
+      </c>
+      <c r="H618" t="s">
+        <v>5704</v>
+      </c>
+      <c r="I618" t="s">
+        <v>5705</v>
+      </c>
+      <c r="J618" t="s">
+        <v>24</v>
+      </c>
+      <c r="K618" t="s">
+        <v>25</v>
+      </c>
+      <c r="L618" t="s">
+        <v>26</v>
+      </c>
+      <c r="M618" t="s">
+        <v>27</v>
+      </c>
+      <c r="N618" t="s">
+        <v>28</v>
+      </c>
+      <c r="O618" t="s">
+        <v>5706</v>
+      </c>
+    </row>
+    <row r="619" spans="1:15">
+      <c r="A619">
+        <v>66210</v>
+      </c>
+      <c r="B619" t="s">
+        <v>5707</v>
+      </c>
+      <c r="C619" t="s">
+        <v>5708</v>
+      </c>
+      <c r="D619" t="s">
+        <v>5709</v>
+      </c>
+      <c r="E619" t="s">
+        <v>5710</v>
+      </c>
+      <c r="F619" t="s">
+        <v>5711</v>
+      </c>
+      <c r="G619" t="s">
+        <v>5712</v>
+      </c>
+      <c r="H619" t="s">
+        <v>5713</v>
+      </c>
+      <c r="I619" t="s">
+        <v>5714</v>
+      </c>
+      <c r="J619" t="s">
+        <v>24</v>
+      </c>
+      <c r="K619" t="s">
+        <v>25</v>
+      </c>
+      <c r="L619" t="s">
+        <v>26</v>
+      </c>
+      <c r="M619" t="s">
+        <v>27</v>
+      </c>
+      <c r="N619" t="s">
+        <v>28</v>
+      </c>
+      <c r="O619" t="s">
+        <v>5715</v>
+      </c>
+    </row>
+    <row r="620" spans="1:15">
+      <c r="A620">
+        <v>66219</v>
+      </c>
+      <c r="B620" t="s">
+        <v>5716</v>
+      </c>
+      <c r="C620" t="s">
+        <v>5717</v>
+      </c>
+      <c r="D620" t="s">
+        <v>5718</v>
+      </c>
+      <c r="E620" t="s">
+        <v>5719</v>
+      </c>
+      <c r="F620" t="s">
+        <v>5720</v>
+      </c>
+      <c r="G620" t="s">
+        <v>5721</v>
+      </c>
+      <c r="H620" t="s">
+        <v>5722</v>
+      </c>
+      <c r="I620" t="s">
+        <v>5723</v>
+      </c>
+      <c r="J620" t="s">
+        <v>24</v>
+      </c>
+      <c r="K620" t="s">
+        <v>206</v>
+      </c>
+      <c r="L620" t="s">
+        <v>26</v>
+      </c>
+      <c r="M620" t="s">
+        <v>207</v>
+      </c>
+      <c r="N620" t="s">
+        <v>28</v>
+      </c>
+      <c r="O620" t="s">
+        <v>5724</v>
+      </c>
+    </row>
+    <row r="621" spans="1:15">
+      <c r="A621">
+        <v>66224</v>
+      </c>
+      <c r="B621" t="s">
+        <v>5725</v>
+      </c>
+      <c r="C621" t="s">
+        <v>5726</v>
+      </c>
+      <c r="D621" t="s">
+        <v>5727</v>
+      </c>
+      <c r="E621" t="s">
+        <v>5728</v>
+      </c>
+      <c r="F621" t="s">
+        <v>5729</v>
+      </c>
+      <c r="G621" t="s">
+        <v>5730</v>
+      </c>
+      <c r="H621" t="s">
+        <v>5731</v>
+      </c>
+      <c r="I621" t="s">
+        <v>5732</v>
+      </c>
+      <c r="J621" t="s">
+        <v>24</v>
+      </c>
+      <c r="K621" t="s">
+        <v>773</v>
+      </c>
+      <c r="L621" t="s">
+        <v>26</v>
+      </c>
+      <c r="M621" t="s">
+        <v>774</v>
+      </c>
+      <c r="N621" t="s">
+        <v>28</v>
+      </c>
+      <c r="O621" t="s">
+        <v>5733</v>
+      </c>
+    </row>
+    <row r="622" spans="1:15">
+      <c r="A622">
+        <v>66233</v>
+      </c>
+      <c r="B622" t="s">
+        <v>5734</v>
+      </c>
+      <c r="C622" t="s">
+        <v>5735</v>
+      </c>
+      <c r="D622" t="s">
+        <v>5736</v>
+      </c>
+      <c r="E622" t="s">
+        <v>5737</v>
+      </c>
+      <c r="F622" t="s">
+        <v>5738</v>
+      </c>
+      <c r="G622" t="s">
+        <v>5739</v>
+      </c>
+      <c r="H622" t="s">
+        <v>5740</v>
+      </c>
+      <c r="I622" t="s">
+        <v>5741</v>
+      </c>
+      <c r="J622" t="s">
+        <v>506</v>
+      </c>
+      <c r="K622" t="s">
+        <v>5742</v>
+      </c>
+      <c r="L622" t="s">
+        <v>508</v>
+      </c>
+      <c r="M622" t="s">
+        <v>5743</v>
+      </c>
+      <c r="N622" t="s">
+        <v>28</v>
+      </c>
+      <c r="O622" t="s">
+        <v>5744</v>
+      </c>
+    </row>
+    <row r="623" spans="1:15">
+      <c r="A623">
+        <v>66234</v>
+      </c>
+      <c r="B623" t="s">
+        <v>5745</v>
+      </c>
+      <c r="C623" t="s">
+        <v>5746</v>
+      </c>
+      <c r="D623" t="s">
+        <v>5747</v>
+      </c>
+      <c r="E623" t="s">
+        <v>5748</v>
+      </c>
+      <c r="F623" t="s">
+        <v>5749</v>
+      </c>
+      <c r="G623" t="s">
+        <v>5750</v>
+      </c>
+      <c r="H623" t="s">
+        <v>5751</v>
+      </c>
+      <c r="I623" t="s">
+        <v>5752</v>
+      </c>
+      <c r="J623" t="s">
+        <v>24</v>
+      </c>
+      <c r="K623" t="s">
+        <v>25</v>
+      </c>
+      <c r="L623" t="s">
+        <v>26</v>
+      </c>
+      <c r="M623" t="s">
+        <v>27</v>
+      </c>
+      <c r="N623" t="s">
+        <v>28</v>
+      </c>
+      <c r="O623" t="s">
+        <v>5753</v>
+      </c>
+    </row>
+    <row r="624" spans="1:15">
+      <c r="A624">
+        <v>66246</v>
+      </c>
+      <c r="B624" t="s">
+        <v>5754</v>
+      </c>
+      <c r="C624" t="s">
+        <v>5755</v>
+      </c>
+      <c r="D624" t="s">
+        <v>5756</v>
+      </c>
+      <c r="E624" t="s">
+        <v>5757</v>
+      </c>
+      <c r="F624" t="s">
+        <v>5758</v>
+      </c>
+      <c r="G624" t="s">
+        <v>5759</v>
+      </c>
+      <c r="H624" t="s">
+        <v>5760</v>
+      </c>
+      <c r="I624" t="s">
+        <v>5761</v>
+      </c>
+      <c r="J624" t="s">
+        <v>24</v>
+      </c>
+      <c r="K624" t="s">
+        <v>25</v>
+      </c>
+      <c r="L624" t="s">
+        <v>26</v>
+      </c>
+      <c r="M624" t="s">
+        <v>27</v>
+      </c>
+      <c r="N624" t="s">
+        <v>28</v>
+      </c>
+      <c r="O624" t="s">
+        <v>5762</v>
+      </c>
+    </row>
+    <row r="625" spans="1:15">
+      <c r="A625">
+        <v>66268</v>
+      </c>
+      <c r="B625" t="s">
+        <v>5763</v>
+      </c>
+      <c r="C625" t="s">
+        <v>5764</v>
+      </c>
+      <c r="D625" t="s">
+        <v>5765</v>
+      </c>
+      <c r="E625" t="s">
+        <v>5766</v>
+      </c>
+      <c r="F625" t="s">
+        <v>5767</v>
+      </c>
+      <c r="G625" t="s">
+        <v>5768</v>
+      </c>
+      <c r="H625" t="s">
+        <v>5769</v>
+      </c>
+      <c r="I625" t="s">
+        <v>5770</v>
+      </c>
+      <c r="J625" t="s">
+        <v>24</v>
+      </c>
+      <c r="K625" t="s">
+        <v>47</v>
+      </c>
+      <c r="L625" t="s">
+        <v>26</v>
+      </c>
+      <c r="M625" t="s">
+        <v>48</v>
+      </c>
+      <c r="N625" t="s">
+        <v>28</v>
+      </c>
+      <c r="O625" t="s">
+        <v>5771</v>
+      </c>
+    </row>
+    <row r="626" spans="1:15">
+      <c r="A626">
+        <v>66271</v>
+      </c>
+      <c r="B626" t="s">
+        <v>5772</v>
+      </c>
+      <c r="C626" t="s">
+        <v>5773</v>
+      </c>
+      <c r="D626" t="s">
+        <v>5774</v>
+      </c>
+      <c r="E626" t="s">
+        <v>5775</v>
+      </c>
+      <c r="F626" t="s">
+        <v>5776</v>
+      </c>
+      <c r="G626" t="s">
+        <v>5777</v>
+      </c>
+      <c r="H626" t="s">
+        <v>5778</v>
+      </c>
+      <c r="I626" t="s">
+        <v>5779</v>
+      </c>
+      <c r="J626" t="s">
+        <v>24</v>
+      </c>
+      <c r="K626" t="s">
+        <v>25</v>
+      </c>
+      <c r="L626" t="s">
+        <v>26</v>
+      </c>
+      <c r="M626" t="s">
+        <v>27</v>
+      </c>
+      <c r="N626" t="s">
+        <v>28</v>
+      </c>
+      <c r="O626" t="s">
+        <v>5780</v>
+      </c>
+    </row>
+    <row r="627" spans="1:15">
+      <c r="A627">
+        <v>66385</v>
+      </c>
+      <c r="B627" t="s">
+        <v>5781</v>
+      </c>
+      <c r="C627" t="s">
+        <v>5782</v>
+      </c>
+      <c r="D627" t="s">
+        <v>5783</v>
+      </c>
+      <c r="E627" t="s">
+        <v>5784</v>
+      </c>
+      <c r="F627" t="s">
+        <v>5785</v>
+      </c>
+      <c r="G627" t="s">
+        <v>5786</v>
+      </c>
+      <c r="H627" t="s">
+        <v>5787</v>
+      </c>
+      <c r="I627" t="s">
+        <v>5788</v>
+      </c>
+      <c r="J627" t="s">
+        <v>24</v>
+      </c>
+      <c r="K627" t="s">
+        <v>206</v>
+      </c>
+      <c r="L627" t="s">
+        <v>26</v>
+      </c>
+      <c r="M627" t="s">
+        <v>207</v>
+      </c>
+      <c r="N627" t="s">
+        <v>28</v>
+      </c>
+      <c r="O627" t="s">
+        <v>5789</v>
+      </c>
+    </row>
+    <row r="628" spans="1:15">
+      <c r="A628">
+        <v>66386</v>
+      </c>
+      <c r="B628" t="s">
+        <v>5790</v>
+      </c>
+      <c r="C628" t="s">
+        <v>5791</v>
+      </c>
+      <c r="D628" t="s">
+        <v>5792</v>
+      </c>
+      <c r="E628" t="s">
+        <v>5793</v>
+      </c>
+      <c r="F628" t="s">
+        <v>5794</v>
+      </c>
+      <c r="G628" t="s">
+        <v>5795</v>
+      </c>
+      <c r="H628" t="s">
+        <v>5796</v>
+      </c>
+      <c r="I628" t="s">
+        <v>5797</v>
+      </c>
+      <c r="J628" t="s">
+        <v>24</v>
+      </c>
+      <c r="K628" t="s">
+        <v>47</v>
+      </c>
+      <c r="L628" t="s">
+        <v>26</v>
+      </c>
+      <c r="M628" t="s">
+        <v>48</v>
+      </c>
+      <c r="N628" t="s">
+        <v>28</v>
+      </c>
+      <c r="O628" t="s">
+        <v>5798</v>
+      </c>
+    </row>
+    <row r="629" spans="1:15">
+      <c r="A629">
         <v>66392</v>
       </c>
-      <c r="B519" t="s">
-[...8 lines deleted...]
-      <c r="E519" t="s">
+      <c r="B629" t="s">
+        <v>5799</v>
+      </c>
+      <c r="C629" t="s">
+        <v>5800</v>
+      </c>
+      <c r="D629" t="s">
+        <v>5801</v>
+      </c>
+      <c r="E629" t="s">
+        <v>5802</v>
+      </c>
+      <c r="F629" t="s">
+        <v>5803</v>
+      </c>
+      <c r="G629" t="s">
+        <v>5804</v>
+      </c>
+      <c r="H629" t="s">
+        <v>5805</v>
+      </c>
+      <c r="I629" t="s">
+        <v>5806</v>
+      </c>
+      <c r="J629" t="s">
+        <v>24</v>
+      </c>
+      <c r="K629" t="s">
+        <v>25</v>
+      </c>
+      <c r="L629" t="s">
+        <v>26</v>
+      </c>
+      <c r="M629" t="s">
+        <v>27</v>
+      </c>
+      <c r="N629" t="s">
+        <v>28</v>
+      </c>
+      <c r="O629" t="s">
+        <v>5807</v>
+      </c>
+    </row>
+    <row r="630" spans="1:15">
+      <c r="A630">
+        <v>66510</v>
+      </c>
+      <c r="B630" t="s">
+        <v>5808</v>
+      </c>
+      <c r="C630" t="s">
+        <v>5809</v>
+      </c>
+      <c r="D630" t="s">
+        <v>5810</v>
+      </c>
+      <c r="E630" t="s">
+        <v>5811</v>
+      </c>
+      <c r="F630" t="s">
+        <v>5812</v>
+      </c>
+      <c r="G630" t="s">
+        <v>5813</v>
+      </c>
+      <c r="H630" t="s">
+        <v>5814</v>
+      </c>
+      <c r="I630" t="s">
+        <v>5815</v>
+      </c>
+      <c r="J630" t="s">
+        <v>1755</v>
+      </c>
+      <c r="K630" t="s">
+        <v>5816</v>
+      </c>
+      <c r="L630" t="s">
+        <v>1757</v>
+      </c>
+      <c r="M630" t="s">
+        <v>5817</v>
+      </c>
+      <c r="N630" t="s">
+        <v>28</v>
+      </c>
+      <c r="O630" t="s">
+        <v>5818</v>
+      </c>
+    </row>
+    <row r="631" spans="1:15">
+      <c r="A631">
+        <v>66511</v>
+      </c>
+      <c r="B631" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C631" t="s">
+        <v>5819</v>
+      </c>
+      <c r="D631" t="s">
+        <v>5820</v>
+      </c>
+      <c r="E631" t="s">
+        <v>5821</v>
+      </c>
+      <c r="F631" t="s">
+        <v>2101</v>
+      </c>
+      <c r="G631" t="s">
+        <v>2102</v>
+      </c>
+      <c r="H631" t="s">
+        <v>5822</v>
+      </c>
+      <c r="I631" t="s">
+        <v>5823</v>
+      </c>
+      <c r="J631" t="s">
+        <v>24</v>
+      </c>
+      <c r="K631" t="s">
+        <v>5824</v>
+      </c>
+      <c r="L631" t="s">
+        <v>26</v>
+      </c>
+      <c r="M631" t="s">
+        <v>5825</v>
+      </c>
+      <c r="N631" t="s">
+        <v>28</v>
+      </c>
+      <c r="O631" t="s">
+        <v>5826</v>
+      </c>
+    </row>
+    <row r="632" spans="1:15">
+      <c r="A632">
+        <v>66512</v>
+      </c>
+      <c r="B632" t="s">
+        <v>4740</v>
+      </c>
+      <c r="C632" t="s">
+        <v>5827</v>
+      </c>
+      <c r="D632" t="s">
+        <v>5828</v>
+      </c>
+      <c r="E632" t="s">
+        <v>5829</v>
+      </c>
+      <c r="F632" t="s">
+        <v>5830</v>
+      </c>
+      <c r="G632" t="s">
+        <v>4745</v>
+      </c>
+      <c r="H632" t="s">
+        <v>4746</v>
+      </c>
+      <c r="I632" t="s">
+        <v>4747</v>
+      </c>
+      <c r="J632" t="s">
+        <v>24</v>
+      </c>
+      <c r="K632" t="s">
+        <v>5831</v>
+      </c>
+      <c r="L632" t="s">
+        <v>26</v>
+      </c>
+      <c r="M632" t="s">
+        <v>5832</v>
+      </c>
+      <c r="N632" t="s">
+        <v>28</v>
+      </c>
+      <c r="O632" t="s">
+        <v>5833</v>
+      </c>
+    </row>
+    <row r="633" spans="1:15">
+      <c r="A633">
+        <v>66513</v>
+      </c>
+      <c r="B633" t="s">
+        <v>5834</v>
+      </c>
+      <c r="C633" t="s">
+        <v>5835</v>
+      </c>
+      <c r="D633" t="s">
+        <v>5836</v>
+      </c>
+      <c r="E633" t="s">
+        <v>5837</v>
+      </c>
+      <c r="F633" t="s">
+        <v>5838</v>
+      </c>
+      <c r="G633" t="s">
+        <v>5070</v>
+      </c>
+      <c r="H633" t="s">
+        <v>5839</v>
+      </c>
+      <c r="I633" t="s">
+        <v>5840</v>
+      </c>
+      <c r="J633" t="s">
+        <v>24</v>
+      </c>
+      <c r="K633" t="s">
+        <v>5831</v>
+      </c>
+      <c r="L633" t="s">
+        <v>26</v>
+      </c>
+      <c r="M633" t="s">
+        <v>5832</v>
+      </c>
+      <c r="N633" t="s">
+        <v>28</v>
+      </c>
+      <c r="O633" t="s">
+        <v>5841</v>
+      </c>
+    </row>
+    <row r="634" spans="1:15">
+      <c r="A634">
+        <v>66514</v>
+      </c>
+      <c r="B634" t="s">
+        <v>5842</v>
+      </c>
+      <c r="C634" t="s">
+        <v>5843</v>
+      </c>
+      <c r="D634" t="s">
+        <v>5844</v>
+      </c>
+      <c r="E634" t="s">
+        <v>5845</v>
+      </c>
+      <c r="F634" t="s">
+        <v>2237</v>
+      </c>
+      <c r="G634" t="s">
+        <v>2238</v>
+      </c>
+      <c r="H634" t="s">
+        <v>5846</v>
+      </c>
+      <c r="I634" t="s">
+        <v>5847</v>
+      </c>
+      <c r="J634" t="s">
+        <v>24</v>
+      </c>
+      <c r="K634" t="s">
+        <v>5831</v>
+      </c>
+      <c r="L634" t="s">
+        <v>26</v>
+      </c>
+      <c r="M634" t="s">
+        <v>5832</v>
+      </c>
+      <c r="N634" t="s">
+        <v>28</v>
+      </c>
+      <c r="O634" t="s">
+        <v>5848</v>
+      </c>
+    </row>
+    <row r="635" spans="1:15">
+      <c r="A635">
+        <v>66515</v>
+      </c>
+      <c r="B635" t="s">
+        <v>5849</v>
+      </c>
+      <c r="C635" t="s">
+        <v>5850</v>
+      </c>
+      <c r="D635" t="s">
+        <v>5851</v>
+      </c>
+      <c r="E635" t="s">
+        <v>5852</v>
+      </c>
+      <c r="F635" t="s">
+        <v>5853</v>
+      </c>
+      <c r="G635" t="s">
+        <v>1877</v>
+      </c>
+      <c r="H635" t="s">
+        <v>5854</v>
+      </c>
+      <c r="I635" t="s">
+        <v>5855</v>
+      </c>
+      <c r="J635" t="s">
+        <v>24</v>
+      </c>
+      <c r="K635" t="s">
+        <v>5831</v>
+      </c>
+      <c r="L635" t="s">
+        <v>26</v>
+      </c>
+      <c r="M635" t="s">
+        <v>5832</v>
+      </c>
+      <c r="N635" t="s">
+        <v>28</v>
+      </c>
+      <c r="O635" t="s">
+        <v>5856</v>
+      </c>
+    </row>
+    <row r="636" spans="1:15">
+      <c r="A636">
+        <v>66516</v>
+      </c>
+      <c r="B636" t="s">
+        <v>1854</v>
+      </c>
+      <c r="C636" t="s">
+        <v>5857</v>
+      </c>
+      <c r="D636" t="s">
+        <v>5858</v>
+      </c>
+      <c r="E636" t="s">
+        <v>5859</v>
+      </c>
+      <c r="F636" t="s">
+        <v>5860</v>
+      </c>
+      <c r="G636" t="s">
+        <v>5861</v>
+      </c>
+      <c r="H636" t="s">
+        <v>5862</v>
+      </c>
+      <c r="I636" t="s">
+        <v>1861</v>
+      </c>
+      <c r="J636" t="s">
+        <v>24</v>
+      </c>
+      <c r="K636" t="s">
+        <v>206</v>
+      </c>
+      <c r="L636" t="s">
+        <v>26</v>
+      </c>
+      <c r="M636" t="s">
+        <v>207</v>
+      </c>
+      <c r="N636" t="s">
+        <v>28</v>
+      </c>
+      <c r="O636" t="s">
+        <v>5863</v>
+      </c>
+    </row>
+    <row r="637" spans="1:15">
+      <c r="A637">
+        <v>66517</v>
+      </c>
+      <c r="B637" t="s">
+        <v>5864</v>
+      </c>
+      <c r="C637" t="s">
+        <v>5865</v>
+      </c>
+      <c r="D637" t="s">
+        <v>5866</v>
+      </c>
+      <c r="E637" t="s">
+        <v>5867</v>
+      </c>
+      <c r="F637" t="s">
+        <v>5868</v>
+      </c>
+      <c r="G637" t="s">
+        <v>5869</v>
+      </c>
+      <c r="H637" t="s">
+        <v>5870</v>
+      </c>
+      <c r="I637" t="s">
+        <v>5871</v>
+      </c>
+      <c r="J637" t="s">
+        <v>24</v>
+      </c>
+      <c r="K637" t="s">
+        <v>5831</v>
+      </c>
+      <c r="L637" t="s">
+        <v>26</v>
+      </c>
+      <c r="M637" t="s">
+        <v>5832</v>
+      </c>
+      <c r="N637" t="s">
+        <v>28</v>
+      </c>
+      <c r="O637" t="s">
+        <v>5872</v>
+      </c>
+    </row>
+    <row r="638" spans="1:15">
+      <c r="A638">
+        <v>66518</v>
+      </c>
+      <c r="B638" t="s">
+        <v>5873</v>
+      </c>
+      <c r="C638" t="s">
+        <v>5874</v>
+      </c>
+      <c r="D638" t="s">
+        <v>5875</v>
+      </c>
+      <c r="E638" t="s">
+        <v>5876</v>
+      </c>
+      <c r="F638" t="s">
+        <v>5877</v>
+      </c>
+      <c r="G638" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H638" t="s">
+        <v>5878</v>
+      </c>
+      <c r="I638" t="s">
+        <v>5879</v>
+      </c>
+      <c r="J638" t="s">
+        <v>24</v>
+      </c>
+      <c r="K638" t="s">
+        <v>206</v>
+      </c>
+      <c r="L638" t="s">
+        <v>26</v>
+      </c>
+      <c r="M638" t="s">
+        <v>207</v>
+      </c>
+      <c r="N638" t="s">
+        <v>28</v>
+      </c>
+      <c r="O638" t="s">
+        <v>5880</v>
+      </c>
+    </row>
+    <row r="639" spans="1:15">
+      <c r="A639">
+        <v>66519</v>
+      </c>
+      <c r="B639" t="s">
+        <v>5881</v>
+      </c>
+      <c r="C639" t="s">
+        <v>5882</v>
+      </c>
+      <c r="D639" t="s">
+        <v>5883</v>
+      </c>
+      <c r="E639" t="s">
+        <v>5884</v>
+      </c>
+      <c r="F639" t="s">
+        <v>5885</v>
+      </c>
+      <c r="G639" t="s">
+        <v>5886</v>
+      </c>
+      <c r="H639" t="s">
+        <v>2121</v>
+      </c>
+      <c r="I639" t="s">
+        <v>2122</v>
+      </c>
+      <c r="J639" t="s">
+        <v>24</v>
+      </c>
+      <c r="K639" t="s">
+        <v>5887</v>
+      </c>
+      <c r="L639" t="s">
+        <v>26</v>
+      </c>
+      <c r="M639" t="s">
+        <v>5888</v>
+      </c>
+      <c r="N639" t="s">
+        <v>28</v>
+      </c>
+      <c r="O639" t="s">
+        <v>5889</v>
+      </c>
+    </row>
+    <row r="640" spans="1:15">
+      <c r="A640">
+        <v>66520</v>
+      </c>
+      <c r="B640" t="s">
+        <v>2193</v>
+      </c>
+      <c r="C640" t="s">
+        <v>5890</v>
+      </c>
+      <c r="D640" t="s">
+        <v>5891</v>
+      </c>
+      <c r="E640" t="s">
+        <v>5892</v>
+      </c>
+      <c r="F640" t="s">
+        <v>2197</v>
+      </c>
+      <c r="G640" t="s">
+        <v>2198</v>
+      </c>
+      <c r="H640" t="s">
+        <v>2199</v>
+      </c>
+      <c r="I640" t="s">
+        <v>2200</v>
+      </c>
+      <c r="J640" t="s">
+        <v>24</v>
+      </c>
+      <c r="K640" t="s">
+        <v>25</v>
+      </c>
+      <c r="L640" t="s">
+        <v>26</v>
+      </c>
+      <c r="M640" t="s">
+        <v>27</v>
+      </c>
+      <c r="N640" t="s">
+        <v>28</v>
+      </c>
+      <c r="O640" t="s">
+        <v>5893</v>
+      </c>
+    </row>
+    <row r="641" spans="1:15">
+      <c r="A641">
+        <v>66521</v>
+      </c>
+      <c r="B641" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C641" t="s">
+        <v>5894</v>
+      </c>
+      <c r="D641" t="s">
+        <v>5895</v>
+      </c>
+      <c r="E641" t="s">
+        <v>5896</v>
+      </c>
+      <c r="F641" t="s">
+        <v>5897</v>
+      </c>
+      <c r="G641" t="s">
+        <v>1904</v>
+      </c>
+      <c r="H641" t="s">
+        <v>5898</v>
+      </c>
+      <c r="I641" t="s">
+        <v>1906</v>
+      </c>
+      <c r="J641" t="s">
+        <v>24</v>
+      </c>
+      <c r="K641" t="s">
+        <v>206</v>
+      </c>
+      <c r="L641" t="s">
+        <v>26</v>
+      </c>
+      <c r="M641" t="s">
+        <v>207</v>
+      </c>
+      <c r="N641" t="s">
+        <v>28</v>
+      </c>
+      <c r="O641" t="s">
+        <v>5899</v>
+      </c>
+    </row>
+    <row r="642" spans="1:15">
+      <c r="A642">
+        <v>66522</v>
+      </c>
+      <c r="B642" t="s">
+        <v>5900</v>
+      </c>
+      <c r="C642" t="s">
+        <v>5901</v>
+      </c>
+      <c r="D642" t="s">
+        <v>5902</v>
+      </c>
+      <c r="E642" t="s">
+        <v>5903</v>
+      </c>
+      <c r="F642" t="s">
+        <v>5904</v>
+      </c>
+      <c r="G642" t="s">
+        <v>5905</v>
+      </c>
+      <c r="H642" t="s">
+        <v>5906</v>
+      </c>
+      <c r="I642" t="s">
+        <v>5907</v>
+      </c>
+      <c r="J642" t="s">
+        <v>24</v>
+      </c>
+      <c r="K642" t="s">
+        <v>5612</v>
+      </c>
+      <c r="L642" t="s">
+        <v>26</v>
+      </c>
+      <c r="M642" t="s">
+        <v>5613</v>
+      </c>
+      <c r="N642" t="s">
+        <v>28</v>
+      </c>
+      <c r="O642" t="s">
+        <v>5908</v>
+      </c>
+    </row>
+    <row r="643" spans="1:15">
+      <c r="A643">
+        <v>66523</v>
+      </c>
+      <c r="B643" t="s">
+        <v>2088</v>
+      </c>
+      <c r="C643" t="s">
+        <v>5909</v>
+      </c>
+      <c r="D643" t="s">
+        <v>5910</v>
+      </c>
+      <c r="E643" t="s">
+        <v>5911</v>
+      </c>
+      <c r="F643" t="s">
+        <v>2092</v>
+      </c>
+      <c r="G643" t="s">
+        <v>2093</v>
+      </c>
+      <c r="H643" t="s">
+        <v>2094</v>
+      </c>
+      <c r="I643" t="s">
+        <v>5912</v>
+      </c>
+      <c r="J643" t="s">
+        <v>24</v>
+      </c>
+      <c r="K643" t="s">
+        <v>47</v>
+      </c>
+      <c r="L643" t="s">
+        <v>26</v>
+      </c>
+      <c r="M643" t="s">
+        <v>48</v>
+      </c>
+      <c r="N643" t="s">
+        <v>28</v>
+      </c>
+      <c r="O643" t="s">
+        <v>5913</v>
+      </c>
+    </row>
+    <row r="644" spans="1:15">
+      <c r="A644">
+        <v>66524</v>
+      </c>
+      <c r="B644" t="s">
+        <v>4908</v>
+      </c>
+      <c r="C644" t="s">
+        <v>5914</v>
+      </c>
+      <c r="D644" t="s">
+        <v>5915</v>
+      </c>
+      <c r="E644" t="s">
+        <v>5916</v>
+      </c>
+      <c r="F644" t="s">
+        <v>5917</v>
+      </c>
+      <c r="G644" t="s">
+        <v>4913</v>
+      </c>
+      <c r="H644" t="s">
+        <v>4914</v>
+      </c>
+      <c r="I644" t="s">
+        <v>4915</v>
+      </c>
+      <c r="J644" t="s">
+        <v>24</v>
+      </c>
+      <c r="K644" t="s">
+        <v>206</v>
+      </c>
+      <c r="L644" t="s">
+        <v>26</v>
+      </c>
+      <c r="M644" t="s">
+        <v>207</v>
+      </c>
+      <c r="N644" t="s">
+        <v>28</v>
+      </c>
+      <c r="O644" t="s">
+        <v>5918</v>
+      </c>
+    </row>
+    <row r="645" spans="1:15">
+      <c r="A645">
+        <v>66525</v>
+      </c>
+      <c r="B645" t="s">
+        <v>5919</v>
+      </c>
+      <c r="C645" t="s">
+        <v>4768</v>
+      </c>
+      <c r="D645" t="s">
+        <v>5920</v>
+      </c>
+      <c r="E645" t="s">
+        <v>5921</v>
+      </c>
+      <c r="F645" t="s">
+        <v>4771</v>
+      </c>
+      <c r="G645" t="s">
+        <v>4772</v>
+      </c>
+      <c r="H645" t="s">
+        <v>4773</v>
+      </c>
+      <c r="I645" t="s">
+        <v>5922</v>
+      </c>
+      <c r="J645" t="s">
+        <v>24</v>
+      </c>
+      <c r="K645" t="s">
+        <v>206</v>
+      </c>
+      <c r="L645" t="s">
+        <v>26</v>
+      </c>
+      <c r="M645" t="s">
+        <v>207</v>
+      </c>
+      <c r="N645" t="s">
+        <v>28</v>
+      </c>
+      <c r="O645" t="s">
+        <v>5923</v>
+      </c>
+    </row>
+    <row r="646" spans="1:15">
+      <c r="A646">
+        <v>66526</v>
+      </c>
+      <c r="B646" t="s">
+        <v>5924</v>
+      </c>
+      <c r="C646" t="s">
         <v>4777</v>
       </c>
-      <c r="F519" t="s">
-[...8 lines deleted...]
-      <c r="I519" t="s">
+      <c r="D646" t="s">
+        <v>5925</v>
+      </c>
+      <c r="E646" t="s">
+        <v>5926</v>
+      </c>
+      <c r="F646" t="s">
+        <v>5927</v>
+      </c>
+      <c r="G646" t="s">
         <v>4781</v>
       </c>
-      <c r="J519" t="s">
-[...14 lines deleted...]
-      <c r="O519" t="s">
+      <c r="H646" t="s">
         <v>4782</v>
+      </c>
+      <c r="I646" t="s">
+        <v>5928</v>
+      </c>
+      <c r="J646" t="s">
+        <v>24</v>
+      </c>
+      <c r="K646" t="s">
+        <v>206</v>
+      </c>
+      <c r="L646" t="s">
+        <v>26</v>
+      </c>
+      <c r="M646" t="s">
+        <v>207</v>
+      </c>
+      <c r="N646" t="s">
+        <v>28</v>
+      </c>
+      <c r="O646" t="s">
+        <v>5929</v>
+      </c>
+    </row>
+    <row r="647" spans="1:15">
+      <c r="A647">
+        <v>66527</v>
+      </c>
+      <c r="B647" t="s">
+        <v>2135</v>
+      </c>
+      <c r="C647" t="s">
+        <v>5930</v>
+      </c>
+      <c r="D647" t="s">
+        <v>5931</v>
+      </c>
+      <c r="E647" t="s">
+        <v>5932</v>
+      </c>
+      <c r="F647" t="s">
+        <v>5933</v>
+      </c>
+      <c r="G647" t="s">
+        <v>2140</v>
+      </c>
+      <c r="H647" t="s">
+        <v>2141</v>
+      </c>
+      <c r="I647" t="s">
+        <v>2142</v>
+      </c>
+      <c r="J647" t="s">
+        <v>24</v>
+      </c>
+      <c r="K647" t="s">
+        <v>5831</v>
+      </c>
+      <c r="L647" t="s">
+        <v>26</v>
+      </c>
+      <c r="M647" t="s">
+        <v>5832</v>
+      </c>
+      <c r="N647" t="s">
+        <v>28</v>
+      </c>
+      <c r="O647" t="s">
+        <v>5934</v>
+      </c>
+    </row>
+    <row r="648" spans="1:15">
+      <c r="A648">
+        <v>66529</v>
+      </c>
+      <c r="B648" t="s">
+        <v>5935</v>
+      </c>
+      <c r="C648" t="s">
+        <v>5936</v>
+      </c>
+      <c r="D648" t="s">
+        <v>5937</v>
+      </c>
+      <c r="E648" t="s">
+        <v>5938</v>
+      </c>
+      <c r="F648" t="s">
+        <v>5939</v>
+      </c>
+      <c r="G648" t="s">
+        <v>5207</v>
+      </c>
+      <c r="H648" t="s">
+        <v>5208</v>
+      </c>
+      <c r="I648" t="s">
+        <v>5209</v>
+      </c>
+      <c r="J648" t="s">
+        <v>24</v>
+      </c>
+      <c r="K648" t="s">
+        <v>2677</v>
+      </c>
+      <c r="L648" t="s">
+        <v>26</v>
+      </c>
+      <c r="M648" t="s">
+        <v>2678</v>
+      </c>
+      <c r="N648" t="s">
+        <v>28</v>
+      </c>
+      <c r="O648" t="s">
+        <v>5940</v>
+      </c>
+    </row>
+    <row r="649" spans="1:15">
+      <c r="A649">
+        <v>66530</v>
+      </c>
+      <c r="B649" t="s">
+        <v>5941</v>
+      </c>
+      <c r="C649" t="s">
+        <v>5942</v>
+      </c>
+      <c r="D649" t="s">
+        <v>5943</v>
+      </c>
+      <c r="E649" t="s">
+        <v>5944</v>
+      </c>
+      <c r="F649" t="s">
+        <v>5945</v>
+      </c>
+      <c r="G649" t="s">
+        <v>1821</v>
+      </c>
+      <c r="H649" t="s">
+        <v>1822</v>
+      </c>
+      <c r="I649" t="s">
+        <v>5946</v>
+      </c>
+      <c r="J649" t="s">
+        <v>24</v>
+      </c>
+      <c r="K649" t="s">
+        <v>1590</v>
+      </c>
+      <c r="L649" t="s">
+        <v>26</v>
+      </c>
+      <c r="M649" t="s">
+        <v>1592</v>
+      </c>
+      <c r="N649" t="s">
+        <v>28</v>
+      </c>
+      <c r="O649" t="s">
+        <v>5947</v>
+      </c>
+    </row>
+    <row r="650" spans="1:15">
+      <c r="A650">
+        <v>66531</v>
+      </c>
+      <c r="B650" t="s">
+        <v>5948</v>
+      </c>
+      <c r="C650" t="s">
+        <v>5949</v>
+      </c>
+      <c r="D650" t="s">
+        <v>5950</v>
+      </c>
+      <c r="E650" t="s">
+        <v>5951</v>
+      </c>
+      <c r="F650" t="s">
+        <v>5952</v>
+      </c>
+      <c r="G650" t="s">
+        <v>5953</v>
+      </c>
+      <c r="H650" t="s">
+        <v>5954</v>
+      </c>
+      <c r="I650" t="s">
+        <v>5955</v>
+      </c>
+      <c r="J650" t="s">
+        <v>506</v>
+      </c>
+      <c r="K650" t="s">
+        <v>5956</v>
+      </c>
+      <c r="L650" t="s">
+        <v>508</v>
+      </c>
+      <c r="M650" t="s">
+        <v>5957</v>
+      </c>
+      <c r="N650" t="s">
+        <v>28</v>
+      </c>
+      <c r="O650" t="s">
+        <v>5958</v>
+      </c>
+    </row>
+    <row r="651" spans="1:15">
+      <c r="A651">
+        <v>66532</v>
+      </c>
+      <c r="B651" t="s">
+        <v>5959</v>
+      </c>
+      <c r="C651" t="s">
+        <v>5960</v>
+      </c>
+      <c r="D651" t="s">
+        <v>5961</v>
+      </c>
+      <c r="E651" t="s">
+        <v>5962</v>
+      </c>
+      <c r="F651" t="s">
+        <v>2215</v>
+      </c>
+      <c r="G651" t="s">
+        <v>2216</v>
+      </c>
+      <c r="H651" t="s">
+        <v>2217</v>
+      </c>
+      <c r="I651" t="s">
+        <v>2218</v>
+      </c>
+      <c r="J651" t="s">
+        <v>506</v>
+      </c>
+      <c r="K651" t="s">
+        <v>5963</v>
+      </c>
+      <c r="L651" t="s">
+        <v>508</v>
+      </c>
+      <c r="M651" t="s">
+        <v>5964</v>
+      </c>
+      <c r="N651" t="s">
+        <v>28</v>
+      </c>
+      <c r="O651" t="s">
+        <v>5965</v>
+      </c>
+    </row>
+    <row r="652" spans="1:15">
+      <c r="A652">
+        <v>66533</v>
+      </c>
+      <c r="B652" t="s">
+        <v>5966</v>
+      </c>
+      <c r="C652" t="s">
+        <v>5967</v>
+      </c>
+      <c r="D652" t="s">
+        <v>5968</v>
+      </c>
+      <c r="E652" t="s">
+        <v>5969</v>
+      </c>
+      <c r="F652" t="s">
+        <v>1912</v>
+      </c>
+      <c r="G652" t="s">
+        <v>1913</v>
+      </c>
+      <c r="H652" t="s">
+        <v>1914</v>
+      </c>
+      <c r="I652" t="s">
+        <v>5970</v>
+      </c>
+      <c r="J652" t="s">
+        <v>24</v>
+      </c>
+      <c r="K652" t="s">
+        <v>5971</v>
+      </c>
+      <c r="L652" t="s">
+        <v>26</v>
+      </c>
+      <c r="M652" t="s">
+        <v>5972</v>
+      </c>
+      <c r="N652" t="s">
+        <v>28</v>
+      </c>
+      <c r="O652" t="s">
+        <v>5973</v>
+      </c>
+    </row>
+    <row r="653" spans="1:15">
+      <c r="A653">
+        <v>66534</v>
+      </c>
+      <c r="B653" t="s">
+        <v>5974</v>
+      </c>
+      <c r="C653" t="s">
+        <v>5975</v>
+      </c>
+      <c r="D653" t="s">
+        <v>5976</v>
+      </c>
+      <c r="E653" t="s">
+        <v>5977</v>
+      </c>
+      <c r="F653" t="s">
+        <v>5978</v>
+      </c>
+      <c r="G653" t="s">
+        <v>5979</v>
+      </c>
+      <c r="H653" t="s">
+        <v>3792</v>
+      </c>
+      <c r="I653" t="s">
+        <v>3793</v>
+      </c>
+      <c r="J653" t="s">
+        <v>24</v>
+      </c>
+      <c r="K653" t="s">
+        <v>47</v>
+      </c>
+      <c r="L653" t="s">
+        <v>26</v>
+      </c>
+      <c r="M653" t="s">
+        <v>48</v>
+      </c>
+      <c r="N653" t="s">
+        <v>28</v>
+      </c>
+      <c r="O653" t="s">
+        <v>5980</v>
+      </c>
+    </row>
+    <row r="654" spans="1:15">
+      <c r="A654">
+        <v>66535</v>
+      </c>
+      <c r="B654" t="s">
+        <v>5981</v>
+      </c>
+      <c r="C654" t="s">
+        <v>5982</v>
+      </c>
+      <c r="D654" t="s">
+        <v>5983</v>
+      </c>
+      <c r="E654" t="s">
+        <v>5984</v>
+      </c>
+      <c r="F654" t="s">
+        <v>5985</v>
+      </c>
+      <c r="G654" t="s">
+        <v>5986</v>
+      </c>
+      <c r="H654" t="s">
+        <v>5987</v>
+      </c>
+      <c r="I654" t="s">
+        <v>5988</v>
+      </c>
+      <c r="J654" t="s">
+        <v>5989</v>
+      </c>
+      <c r="K654" t="s">
+        <v>5990</v>
+      </c>
+      <c r="L654" t="s">
+        <v>5991</v>
+      </c>
+      <c r="M654" t="s">
+        <v>5992</v>
+      </c>
+      <c r="N654" t="s">
+        <v>28</v>
+      </c>
+      <c r="O654" t="s">
+        <v>5993</v>
+      </c>
+    </row>
+    <row r="655" spans="1:15">
+      <c r="A655">
+        <v>66536</v>
+      </c>
+      <c r="B655" t="s">
+        <v>5994</v>
+      </c>
+      <c r="C655" t="s">
+        <v>5995</v>
+      </c>
+      <c r="D655" t="s">
+        <v>5996</v>
+      </c>
+      <c r="E655" t="s">
+        <v>5997</v>
+      </c>
+      <c r="F655" t="s">
+        <v>5998</v>
+      </c>
+      <c r="G655" t="s">
+        <v>5999</v>
+      </c>
+      <c r="H655" t="s">
+        <v>6000</v>
+      </c>
+      <c r="I655" t="s">
+        <v>6001</v>
+      </c>
+      <c r="J655" t="s">
+        <v>24</v>
+      </c>
+      <c r="K655" t="s">
+        <v>5831</v>
+      </c>
+      <c r="L655" t="s">
+        <v>26</v>
+      </c>
+      <c r="M655" t="s">
+        <v>5832</v>
+      </c>
+      <c r="N655" t="s">
+        <v>28</v>
+      </c>
+      <c r="O655" t="s">
+        <v>6002</v>
+      </c>
+    </row>
+    <row r="656" spans="1:15">
+      <c r="A656">
+        <v>66537</v>
+      </c>
+      <c r="B656" t="s">
+        <v>6003</v>
+      </c>
+      <c r="C656" t="s">
+        <v>6004</v>
+      </c>
+      <c r="D656" t="s">
+        <v>6005</v>
+      </c>
+      <c r="E656" t="s">
+        <v>6006</v>
+      </c>
+      <c r="F656" t="s">
+        <v>6007</v>
+      </c>
+      <c r="G656" t="s">
+        <v>5591</v>
+      </c>
+      <c r="H656" t="s">
+        <v>5592</v>
+      </c>
+      <c r="I656" t="s">
+        <v>6008</v>
+      </c>
+      <c r="J656" t="s">
+        <v>24</v>
+      </c>
+      <c r="K656" t="s">
+        <v>5831</v>
+      </c>
+      <c r="L656" t="s">
+        <v>26</v>
+      </c>
+      <c r="M656" t="s">
+        <v>5832</v>
+      </c>
+      <c r="N656" t="s">
+        <v>28</v>
+      </c>
+      <c r="O656" t="s">
+        <v>6009</v>
+      </c>
+    </row>
+    <row r="657" spans="1:15">
+      <c r="A657">
+        <v>66538</v>
+      </c>
+      <c r="B657" t="s">
+        <v>6010</v>
+      </c>
+      <c r="C657" t="s">
+        <v>6011</v>
+      </c>
+      <c r="D657" t="s">
+        <v>6012</v>
+      </c>
+      <c r="E657" t="s">
+        <v>6013</v>
+      </c>
+      <c r="F657" t="s">
+        <v>6014</v>
+      </c>
+      <c r="G657" t="s">
+        <v>2207</v>
+      </c>
+      <c r="H657" t="s">
+        <v>2208</v>
+      </c>
+      <c r="I657" t="s">
+        <v>6015</v>
+      </c>
+      <c r="J657" t="s">
+        <v>24</v>
+      </c>
+      <c r="K657" t="s">
+        <v>6016</v>
+      </c>
+      <c r="L657" t="s">
+        <v>26</v>
+      </c>
+      <c r="M657" t="s">
+        <v>6017</v>
+      </c>
+      <c r="N657" t="s">
+        <v>28</v>
+      </c>
+      <c r="O657" t="s">
+        <v>6018</v>
+      </c>
+    </row>
+    <row r="658" spans="1:15">
+      <c r="A658">
+        <v>66540</v>
+      </c>
+      <c r="B658" t="s">
+        <v>6019</v>
+      </c>
+      <c r="C658" t="s">
+        <v>6020</v>
+      </c>
+      <c r="D658" t="s">
+        <v>6021</v>
+      </c>
+      <c r="E658" t="s">
+        <v>6022</v>
+      </c>
+      <c r="F658" t="s">
+        <v>6023</v>
+      </c>
+      <c r="G658" t="s">
+        <v>6024</v>
+      </c>
+      <c r="H658" t="s">
+        <v>6025</v>
+      </c>
+      <c r="I658" t="s">
+        <v>1852</v>
+      </c>
+      <c r="J658" t="s">
+        <v>24</v>
+      </c>
+      <c r="K658" t="s">
+        <v>6026</v>
+      </c>
+      <c r="L658" t="s">
+        <v>26</v>
+      </c>
+      <c r="M658" t="s">
+        <v>6027</v>
+      </c>
+      <c r="N658" t="s">
+        <v>28</v>
+      </c>
+      <c r="O658" t="s">
+        <v>6028</v>
+      </c>
+    </row>
+    <row r="659" spans="1:15">
+      <c r="A659">
+        <v>66541</v>
+      </c>
+      <c r="B659" t="s">
+        <v>2184</v>
+      </c>
+      <c r="C659" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D659" t="s">
+        <v>6029</v>
+      </c>
+      <c r="E659" t="s">
+        <v>6030</v>
+      </c>
+      <c r="F659" t="s">
+        <v>6031</v>
+      </c>
+      <c r="G659" t="s">
+        <v>2189</v>
+      </c>
+      <c r="H659" t="s">
+        <v>2190</v>
+      </c>
+      <c r="I659" t="s">
+        <v>2191</v>
+      </c>
+      <c r="J659" t="s">
+        <v>24</v>
+      </c>
+      <c r="K659" t="s">
+        <v>6032</v>
+      </c>
+      <c r="L659" t="s">
+        <v>26</v>
+      </c>
+      <c r="M659" t="s">
+        <v>6033</v>
+      </c>
+      <c r="N659" t="s">
+        <v>28</v>
+      </c>
+      <c r="O659" t="s">
+        <v>6034</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">