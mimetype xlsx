--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3352">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: O‘zbek
 # Source: https://hadeethenc.com/uz
-# Last update: 2025-08-11 14:22:30 (v1.6.0)
-# Check for updates: https://hadeethenc.com/en/check/uz/v1.6.0
+# Last update: 2025-10-15 23:00:13 (v1.7.0)
+# Check for updates: https://hadeethenc.com/en/check/uz/v1.7.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -2398,84 +2398,84 @@
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
   </si>
   <si>
     <t>Шумланиш ширкдир! Чунки унда қалб Аллоҳдан бошқасига боғланмоқда.
 Қалбда мустаҳкам жойлашиши ва ёдланиши учун муҳим масалаларни такрорлашнинг аҳамияти.
 Шумланишни Аллоҳга бўлган таваккул кетказади.
 Ёлғиз Аллоҳга таваккул қилишга ва У Зотга боғланишга буюрилмоқда.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Абу Довуд, Тирмизий, Ибн Можа ва Аҳмад ривояти]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3383</t>
   </si>
   <si>
     <t>فقلنا: أنت سيدنا، فقال: السيد الله، قلنا: وأفضلنا فضلا، وأعظمنا طولا، فقال: قولوا بقولكم، أو بعض قولكم، ولا يستجرينكم الشيطان</t>
   </si>
   <si>
-    <t>Сиз бизнинг саййидимизсиз. У зот: «Саййид Аллоҳ табарока ва таолодир» дедилар. Биз дедик: «Сиз бизнинг энг афзалимизсиз ва ичимизда дўстларга меҳрибон, душманларга қаҳрлисисиз». Ул зот дедилар: «Ўзларингизнинг оддий гапларингизни гапиринглар ёки шу айтган сўзингларингизнинг баъзиларини айтинглар. Шайтон сизларни ўз йўлига солиб, олиб кетиб қолмасин (ёки шайтон сизларни ҳар хил гапларни гапиришга журъатлик қилиб қўймасин)» дедилар</t>
+    <t>Сиз бизнинг саййидимизсиз. У зот: «Саййид Аллоҳ таолодир» дедилар. Биз дедик: «Сиз бизнинг энг афзалимизсиз ва ичимизда дўстларга меҳрибон, душманларга қаҳрлисисиз». У зот дедилар: «Ўзларингизнинг оддий гапларингизни гапиринглар ёки шу айтган сўзингларингизнинг баъзиларини айтинглар. Шайтон сизларни ўз йўлига солиб, олиб кетиб қолмасин (ёки шайтон сизларни ҳар хил гапларни гапиришга журъатлик қилиб қўймасин)» дедилар</t>
   </si>
   <si>
     <t>عَن عَبدِ الله بنِ الشِّخِّير رضي الله عنه قَالَ: انْطَلَقْتُ في وَفدِ بَنِي عَامِرٍ إِلى رَسُولِ الله صلى الله عليه وسلم، فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ».</t>
   </si>
   <si>
-    <t>Абдуллоҳ ибн Аш Шиххир разияллоҳу анҳудан ривоят қилинган ҳадисда у кишининг шундай деганлари айтилади: «Мен Бану Омирнинг вакиллар гуруҳида Расулуллоҳ соллаллоҳу алайҳи ва саллам ҳузурларига жўнадим. Етиб борганимизда У зотга қараб дедик: Сиз бизнинг саййидимизсиз. У зот: «Саййид Аллоҳ табарока ва таолодир» дедилар. Биз дедик: «Сиз бизнинг энг афзалимизсиз ва ичимизда дўстларга меҳрибон, душманларга қаҳрлисисиз». Ул зот дедилар: «Ўзларингизнинг оддий гапларингизни гапиринглар ёки шу айтган сўзингларингизнинг баъзиларини айтинглар. Шайтон сизларни ўз йўлига солиб, олиб кетиб қолмасин (ёки шайтон сизларни ҳар хил гапларни гапиришга журъатлик қилиб қўймасин)» дедилар.</t>
+    <t>Абдуллоҳ ибн Аш-Шиххир разияллоҳу анҳудан ривоят қилинган ҳадисда у кишининг шундай деганлари айтилади: «Мен Бану Омирнинг вакиллар гуруҳида Расулуллоҳ соллаллоҳу алайҳи ва саллам ҳузурларига жўнадим. Етиб борганимизда У зотга қараб дедик: Сиз бизнинг саййидимизсиз. У зот: «Саййид Аллоҳ таолодир» дедилар. Биз дедик: «Сиз бизнинг энг афзалимизсиз ва ичимизда дўстларга меҳрибон, душманларга қаҳрлисисиз». У зот дедилар: «Ўзларингизнинг оддий гапларингизни гапиринглар ёки шу айтган сўзингларингизнинг баъзиларини айтинглар. Шайтон сизларни ўз йўлига солиб, олиб кетиб қолмасин (ёки шайтон сизларни ҳар хил гапларни гапиришга журъатлик қилиб қўймасин)» дедилар.</t>
   </si>
   <si>
     <t>جاءَ جماعةٌ إلى النبيِّ صلى الله عليه وسلم، فلمّا وَصَلَوا إليه قالوا -مَادِحِين له- بعضَ الكلمات التي كَرِهَها صلى الله عليه وسلم، 
 فقالوا: "أنت سيدُنا"، 
 فقال لهم صلى الله عليه وسلم: 
 "السيدُ الله" 
 فله السُّؤْدَدُ التامُّ على خلقِهِ وهم عبيدُهُ. 
 وقالوا: أنت "أَفْضَلُنا فَضْلًا" وأعلانا رُتبةً وشرفًا ومزيةً. 
 وأنت "أعظَمُنا طَوْلًا" وأكثرنا عطاءً وعُلوًّا ورفعةً. 
 ثم أرشدَهم النبيُّ صلى الله عليه وسلم أن يقولوا قولهم المعتاد ولا يتكلَّفوا الألفاظ، وألَّا يَجُرَّهم الشيطان إلى الغلو والإطراء الذي يُوقِع فيما حُرِّم من الشرك ووسائله.</t>
   </si>
   <si>
     <t>Бир жамоат Набий соллаллоҳу алайҳи ва саллам ҳузурларига келди. Етиб келганларида У зот соллаллоҳу алайҳи ва саллам ёмон кўрадиган баъзи сўзларни айтдилар. «Сиз саййидимизсиз», дедилар. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Саййид Аллоҳдир», дедилар. У Зот махлуқотлари устидан тўлиқ ҳукмрон ва улар Унинг бандаларидир. «Сиз бизнинг энг афзалимиз, энг олий мартаба ва шараф эгасисиз. Ичимизда дўстларга меҳрибон, душманларга қаҳрлисисиз, энг саҳий, олий ва даражаси улуғисиз», –дедилар. Сўнгра Набий соллаллоҳу алайҳи ва саллам уларни одатдаги сўзларни айтишга, ўзларини ҳар хил бошқа мақтовлар учун урунтирмасликка йўлладилар ва уларни шайтон ғулувга олиб бориб ширк ва унинг василаларини қилдириб қўйишидан қайтардилар.</t>
   </si>
   <si>
     <t>عظم قدر النبي صلى الله عليه وسلم في نفوس أصحابه واحترامهم له.
 النهي عن التكلّف في الألفاظ، والاقتصاد في المقال.
 حماية التوحيد عما يُخِلُّ به من الأقوال والأعمال.
 النهي عن الغلو في المدح، فهو من مداخل الشيطان.
 النبي صلى الله عليه وسلم هو سيِّدُ ولد آدم، وما جاء في الحديث هو من باب التواضع، ومن باب الخوف عليهم أن يغلو فيه.</t>
   </si>
   <si>
     <t>Саҳобаларнинг наздида Набий соллаллоҳу алайҳи ва салламнинг қадрларининг улуғлиги ва У зотга бўлган ҳурматлари.
 Лафзларда муболаға қилишдан қайтариш ва сўзларда ўртача бўлиш.
-Тавҳидга путур етгазувчи сўз ва амаллардан ҳимоя қилиш.
-[...1 lines deleted...]
-Набий соллаллоҳу алайҳи ва саллам одам боласининг саййиди. Ҳадисдаги келган қайтариқ эса камтринлик бобидан бўлиб, улар ғулувга кетиб қолишларидан қўрққанлар.</t>
+Тавҳидни унга путур етгазувчи сўз ва амаллардан ҳимоя қилиш.
+Мақташда ғулувга кетишдан қайтарилмоқда. Чунки у шайтон кирадиган ўринлардандир.
+Набий соллаллоҳу алайҳи ва саллам одам боласининг саййиди. Ҳадисдаги келган қайтариқ эса камтаринлик бобидан бўлиб, улар ғулувга кетиб қолишларидан қўрққанлар.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>[Абу Довуд ва Ахмад ривояти]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3389</t>
   </si>
   <si>
     <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Албатта, сен аҳли китоб қавмнинг олдига борасан. Уларнинг ҳузурига борганингда, уларни «Аллоҳдан бошқа илоҳ йўқ ва Муҳаммад Аллоҳнинг Расулидир», деб гувоҳлик беришга даъват қил</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>Ибн Аббос разияллоҳу анҳу айтадилар: «Расулуллоҳ соллаллоҳу алайҳи ва саллам Муоз ибн Жабални Яманга юбораётиб, унга дедилар: « Албатта, сен аҳли китоб қавмнинг олдига борасан. Уларнинг ҳузурига борганингда, уларни «Аллоҳдан бошқа илоҳ йўқ ва Муҳаммад Аллоҳнинг Расулидир», деб гувоҳлик беришга даъват қил. Агар улар сенга бунда итоат этишса, Аллоҳ уларга бир кеча-кундузда беш намоз (ўқиш)ни фарз қилганини айт. Агар улар сенга бунда ҳам итоат этишса, Аллоҳ уларга бойларидан олиниб, камбағалларига қайтариладиган садақа (закот)ни уларга фарз қилганини айт. Агар улар бунда ҳам сенга итоат этишса, (закот олишда) сара молларини олишдан узоқ бўл. Мазлумнинг дуосидан сақлан, чунки у  билан Аллоҳ ўртасида парда йўқдир».</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
@@ -2568,102 +2568,102 @@
   </si>
   <si>
     <t>Улуғлаш ва мақташда шариат белгилаган чегарадан чиқишдан огоҳлантирилиши. Чунки бу нарса ширкка олиб боради.
 Расулуллоҳ соллаллоҳу алайҳи ва саллам қайтарган нарса бу умматда содир бўлди. Бир тоифа мусулмонлар Расулуллоҳ соллаллоҳу алайҳи ва салламга нисбатан, бир тоифаси аҳли байтга нисбатан ва яна бир тоифаси авлиёларга нисбатан ғулув кетиб, ширкка тушдилар.
 Расулуллоҳ соллаллоҳу алайҳи ва саллам Аллоҳ таолонинг бандаси бўлиб, рубубият хусусиятларидан бирор нарсанинг ўзларига қилиниши мумкин эмаслигини баён қилиш учун ўзларини “Аллоҳнинг бандаси” деб сифатладилар.
 Расулуллоҳ соллаллоҳу алайҳи ва саллам Аллоҳ таоло томонидан юборилган расул бўлиб, уни тасдиқлаш ва унга эргашиш вожиблигини баён қилиш учун ўзларини “Аллоҳнинг Расули” деб сифатладилар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3406</t>
   </si>
   <si>
     <t>أي عم، قل: لا إله إلا الله، كلمة أحاج لك بها عند الله</t>
   </si>
   <si>
     <t>Эй
 амаки, «Ла илаҳа иллаллоҳ» (Аллоҳдан бошқа ҳақ илоҳ йўқ) деб айтинг,
 бу калимани Аллоҳ азза ва жалланинг ҳузурида сиз учун ҳужжат
 қилай</t>
   </si>
   <si>
     <t>عن سَعِيدِ بْنِ الْمُسَيَّبِ، عَنْ أَبِيهِ قَالَ: لَمَّا حَضَرَتْ أَبَا طَالِبٍ الْوَفَاةُ، جَاءَهُ رَسُولُ اللهِ صلى الله عليه وسلم فَوَجَدَ عِنْدَهُ أَبَا جَهْلٍ وَعَبْدَ اللهِ بْنَ أَبِي أُمَيَّةَ بْنِ الْمُغِيرَةِ، فَقَالَ: «أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ»، فَقَالَ أَبُو جَهْلٍ وَعَبْدُ اللهِ بْنُ أَبِي أُمَيَّةَ: أَتَرْغَبُ عَنْ مِلَّةِ عَبْدِ الْمُطَّلِبِ، فَلَمْ يَزَلْ رَسُولُ اللهِ صلى الله عليه وسلم يَعْرِضُهَا عَلَيْهِ، وَيُعِيدَانِهِ بِتِلْكَ الْمَقَالَةِ، حَتَّى قَالَ أَبُو طَالِبٍ آخِرَ مَا كَلَّمَهُمْ: عَلَى مِلَّةِ عَبْدِ الْمُطَّلِبِ، وَأَبَى أَنْ يَقُولَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «وَاللهِ لَأَسْتَغْفِرَنَّ لَكَ مَا لَمْ أُنْهَ عَنْكَ»، فَأَنْزَلَ اللهُ: {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ} [التوبة: 113]، وَأَنْزَلَ اللهُ فِي أَبِي طَالِبٍ، فَقَالَ لِرَسُولِ اللهِ صلى الله عليه وسلم: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ} [القصص: 56].</t>
   </si>
   <si>
     <t>Саид ибн Мусайяб отасидан ривоят қилиб айтади: Абу Толиб вафот этар вақтида Расулуллоҳ соллаллоҳу алайҳи ва саллам
 унинг ҳузурига кирдилар. Унинг олдида Абу Жаҳл ва Абдуллоҳ ибн
-Аби Умайя бор эди. Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Эй
+Абу Умайя бор эди. Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Эй
 амаки, «Ла илаҳа иллаллоҳ» (Аллоҳдан бошқа ҳақ илоҳ йўқ) деб айтинг,
 бу калимани Аллоҳ азза ва жалланинг ҳузурида сиз учун ҳужжат
-қилай» — дедилар. Абу Жаҳл ва Абдуллоҳ ибн Аби Умайя: «Эй Абу
+қилай» — дедилар. Абу Жаҳл ва Абдуллоҳ ибн Абу Умайя: «Эй Абу
 Толиб, Абдулмутталибнинг миллатидан воз кечасанми?!» — дедилар. У
 иккиси гапиравердирлар, гапиравердилар ва охири Абу Толиб уларга:
 «Мен Абдулмутталибнинг миллатидаман» — деди. «Ла илаҳа Иллаллоҳ», дейишдан бош тортди. Шундай бўлсада, Расулуллоҳ соллаллоҳу алайҳи ва саллам:
 «Модомики, мен қайтарилмас эканман, сиз учун истиғфор айтаман» —
 дедилар. Шунда Аллоҳ Абу Толиб хақида: «Пайғамбар ва иймон келтирганларнинг, жаҳаннам аҳлидан эканлиги маълум бўлганидан сўнг қариндошлари бўлсада,
-мушриклар учун истиғфор айтишлари мумкин эмасдир» (Тавба:113) оятини туширди. Расулуллоҳ соллаллоҳу алайҳи ва салламга шундай деб марҳамат қилди:
-«Сиз яхши кўрган одамларингизни тўғри йўлга йўллай олмайсиз».
+мушриклар учун истиғфор айтишлари мумкин эмасдир» (Тавба:113) оятини нозил қилди. Расулуллоҳ соллаллоҳу алайҳи ва салламга шундай деб марҳамат қилди:
+«Сиз яхши кўрган одамларингизни тўғри йўлга йўллай олмайсиз. Лекин Аллоҳ кимни хоҳласа, ўшани ҳидоят қилур».
 (Қасос: 56).</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على عَمِّه أبي طالب وهو يَحْتَضِرُ، فقال له: 
 يا عم، قل "لا إله إلا الله"، كلمة أشهد لك بها عند الله، 
 فقال أبو جهل وعبد الله بن أبي أمية: يا أبا طالب، تترك ملة أبيك عبد المطلب؟! وهي عبادة الأصنام، فلم يزالا يُكلِّمانه حتى قال آخر شيء كلَّمهم به: على مِلَّةِ عبد المطلب، ملة الشرك وعبادة الأصنام، 
 فقال النبي صلى الله عليه وسلم: سأدعوا لك بالمغفرة ما لم ينهني ربي عن ذلك، فنزل قول الله تعالى: 
 {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ وَلَوْ كَانُوا أُولِي قُرْبَى مِنْ بَعْدِ مَا تَبَيَّنَ لَهُمْ أَنَّهُمْ أَصْحَابُ الْجَحِيمِ} [التوبة: 113]، 
 ونزل في أبي طالب قول الله تعالى: 
 {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللَّهَ يَهْدِي مَنْ يَشَاءُ وَهُوَ أَعْلَمُ بِالْمُهْتَدِينَ} [القصص: 56]، 
 فإنك لا تهدي مَن أحببتَ هدايتَه، إنما عليك البلاغ، والله يهدي من يشاء.</t>
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам амакилари Абу Толиб ўлар вақтида унинг ҳузурига кирдилар ва унга: «Эй амаки, «Ла илаҳа иллаллоҳ» (Аллоҳдан бошқа ҳақ илоҳ йўқ) деб атинг,
 бу калимани Аллоҳ азза ва жалланинг ҳузурида сиз учун ҳужжат
-қилай» — дедилар. Абу Жаҳл ва Абдуллоҳ ибн Аби Умайя: «Эй Абу Толиб, отанг Абдулмутталибнинг миллатидан воз кечасанми?!» — дедилар. У ҳам бўлса санамларга сиғиниш эди. У
+қилай» — дедилар. Абу Жаҳл ва Абдуллоҳ ибн Абу Умайя: «Эй Абу Толиб, отанг Абдулмутталибнинг миллатидан воз кечасанми?!» — дедилар. У ҳам бўлса санамларга сиғиниш эди. У
 иккиси гапиравердирлар, гапиравердилар ва охири Абу Толиб уларга:
-«Мен Абдулмутталибнинг миллатидаман, ширк ва санамларга ибодат қилиш миллатида» — деди. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Раббим мени қайтарманунча сизнинг ҳаққингизга истиғфор айтаман», – дедилар. Шунда Аллоҳ таолонинг қуйидаги ояти нозил бўлди. «Пайғамбар ва иймон келтирганларнинг, жаҳаннам аҳлидан эканлиги маълум бўлганидан сўнг қариндошлари бўлсада,
-[...1 lines deleted...]
-(Қасос: 56). Сиз ҳидоят топишини хоҳлаган инсонларингизни ҳидоят қила олмайсиз, сиздан етказишлик, холос. Аллоҳ хоҳлаганини хидоят қилур.</t>
+«Мен Абдулмутталибнинг миллатидаман, ширк ва санамларга ибодат қилиш миллатида» — деди. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Раббим мени қайтармагунча сизнинг ҳаққингизга истиғфор айтаман», – дедилар. Шунда Аллоҳ таолонинг қуйидаги ояти нозил бўлди. «Пайғамбар ва иймон келтирганларнинг, жаҳаннам аҳлидан эканлиги маълум бўлганидан сўнг қариндошлари бўлсада,
+мушриклар учун истиғфор айтишлари мумкин эмасдир». [Тавба: 113] Абу Толиб хақида эса Аллоҳ таолонинг қуйидаги ояти нозил бўлди: «Сиз яхши кўрган одамларингизни тўғри йўлга йўллай олмайсиз. Лекин Аллоҳ кимни хоҳласа, ўшани ҳидоят қилур. У ҳидоятга юрувчиларни яхши билгувчи Зотдир»
+[Қасос: 56]. Сиз ҳидоят топишини хоҳлаган инсонларингизни ҳидоят қила олмайсиз, сиздан етказишлик, холос. Аллоҳ хоҳлаганини хидоят қилур.</t>
   </si>
   <si>
     <t>تحريم الاستغفار للمشركين مهما كانت قرابتهم وعملهم وإحسانهم.
 تقليدُ الآباء والأكابر بالباطل مِن فِعْل أهل الجاهلية.
 كمالُ شفقة النبيِّ صلى الله عليه وسلم وحرصِه على دعوة الناس وهدايتهم.
 الرد على مَن زعم إسلام أبي طالب.
 الأعمال بالخواتيم.
 بطلان التعلُّق بالنبيِّ عليه الصلاة والسلام وغيره لِجَلْب النفع أو دفع الضرر.
 من قال "لا إله إلا الله" عن علمٍ ويقين واعتقادٍ دخل في الإسلام.
 مضرة أصحاب السوء وقرناء الشر على الإنسان.
 معنى "لا إله إلا الله": تركُ عبادة الأصنام والأولياء والصالحين وإفراد الله بالعبادة، وأنّ المشركين يعرفون معناها.
 جواز عيادة المريض المشرك إذا رُجي إسلامُه.
 هداية التوفيق بيد الله وحده لا شريك له،  وإنما على الرسول صلى الله عليه وسلم هداية الدلالة والإرشاد والبلاغ.</t>
   </si>
   <si>
     <t>Мушриклар қанча яқин ҳамда кўп эҳсон ва яхши амал қилган бўлмасинлар, уларнинг хақларига истиғфор айтиш ҳаром.
 Оталар ва катталарга ботил ишда тақлид қилиш жоҳилият ишларидандир.
 Набий соллаллоҳу алайҳи ва салламнинг жуда раҳмли ва одамларни даъват қилишга ва ҳидоят топишларига жуда харислиги.
 Абу Толиб мусулмон бўлган деганларга раддия.
 Амаллар хотимасига қараб ўлчанади.
-Набий соллаллоҳу алайҳи ва саллам ёки бирор бошқа одам фойда олиб келади ёки зарарни кетказади деб уларга боғланиш ботил.
+Набий соллаллоҳу алайҳи ва саллам ёки бирор бошқа одам фойда олиб келади ёки зарарни кетказади деб уларга боғланишнинг ботиллиги.
 Ким «Ла илаҳа иллаллоҳ» калимасини илм, ишонч ва эътиқод қилиб айтса Ислом динига киради.
 Ёмон дўст ва тенгдошларнинг инсонга зарари.
 «Ла илаҳа иллаллоҳ»нинг маъноси: санам, авлиё ва солиҳларга ибодат қилишни тарк қилиш ҳамда Аллоҳни ибодатда яккалаш. Мушриклар бу калиманинг асл маъносини биладилар.
 Агар исломга киришида умид бўлса, касал мушрикни зиёрат қилиш жоиз.
 Ҳидоятга тавфиқ бериш Аллоҳ таолонинг қўлида. Пайғамбар соллаллоҳу алайҳи ва саллам эса ҳидоятга далолат қиладилар, унга бошлайдилар ва уни етказадилар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3410</t>
   </si>
   <si>
     <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>Одамлар ичида Қиёмат куни шафоатим билан энг саодатманд бўладиган киши «Лаа илааҳа иллаллоҳ»ни қалбидан ихлос билан айтган кишидир», дедилар</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: «Эй Аллоҳнинг Расули, одамлар ичида Қиёмат кунида шафоатингиз билан энг саодатманд бўладиган киши ким бўлади?» дейилди. Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Эй Абу Ҳурайра, аниқки, шу гапни сендан олдин ҳеч ким сўрамаслигини билар эдим, чунки ҳадисга ўта ҳарислигингни кўрганман.  Одамлар ичида Қиёмат куни шафоатим билан энг саодатманд бўладиган киши «Лаа илааҳа иллаллоҳ»ни қалбидан ихлос билан айтган кишидир», дедилар».</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
@@ -2802,180 +2802,177 @@
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам ушбу ҳадиси шарифда динлари ва дунёларида, сўз ва амалларида илмсиз суратда ғулувга кетиб, Набий соллаллоҳу алайҳи ва саллам олиб келган шариат доирасида чиқиб кетувчи муташаддид кимсалар ҳалокатга учрагани ва зиён кўргани ҳақида хабар бермоқдалар.</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
     <t>Ҳар қандай ишда қийинчилик ва машаққат туғдиришнинг ҳаромлиги ҳамда ҳар бир ишда, айниқса, ибодатларда ва солиҳ кишиларни улуғлашда бундан четланишга тарғиб қилингани.
 Ибодатни ва бошқа амалларни мукаммал адо этишга интилиш яхши нарса, лекин бу шариатга мувофиқ бўлмоғи лозим.
 Муҳим ишни таъкидлашнинг мустаҳаблиги. Шунинг учун Расулуллоҳ соллаллоҳу алайҳи ва саллам мазкур жумлани уч марта такрорладилар.
 Ислом динининг бағрикенглиги ва енгиллиги.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3420</t>
   </si>
   <si>
     <t>لا عدوى، ولا طيرة، ويعجبني الفأل قال قيل: وما الفأل؟ قال: الكلمة الطيبة</t>
   </si>
   <si>
-    <t>Касаллик юқиши, қушлар билан шумланиш йўқ, фаъл эса, мени ажаблантиради», дедилар.
-[...1 lines deleted...]
-«Яхши сўз», дедилар</t>
+    <t>Касаллик юқиши, қушлар билан шумланиш йўқ! Фаъл эса, мени ажаблантиради», дедилар.
+«Эй Аллоҳнинг Расули, фаъл нима?», дейилди. «Яхши сўз», дедилар</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ».</t>
   </si>
   <si>
-    <t>Анас ибн Молик разияллоҳу анҳудан ривоят қилинади: «Набий соллаллоҳу алайҳи ва саллам: «Касаллик юқиши, қушлар билан шумланиш йўқ, фаъл эса, мени ажаблантиради», дедилар.
-[...1 lines deleted...]
-«Яхши сўз», дедилар».</t>
+    <t>Анас ибн Молик разияллоҳу анҳудан ривоят қилинади: Набий соллаллоҳу алайҳи ва саллам: «Касаллик юқиши, қушлар билан шумланиш йўқ! Фаъл эса, мени ажаблантиради», дедилар.
+«Эй Аллоҳнинг Расули, фаъл нима?», дейилди. «Яхши сўз», дедилар.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ العدوى التي كان يَعتقدُها أهلَ الجاهلية بأنَّ المَرضَ يَنتقل بنفسه إلى الآخر من دون قَدَرِ الله بأنها باطلة، 
 وأنَّ الطيرة باطلة، وهي التشاؤم من أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العَاهَات أو الأرقام أو الأيام أو غير ذلك،
 وإنما ذَكَرَ الطيرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشروع في عملٍ من سفر أو تجارة أو غير ذلك، فإن طار جهة اليمين تفاءل ومضى لما يريد، وإن طار جهة الشمال تشاءم وكَفَّ عمّا يريد. 
 ثم أخبر صلى الله عليه وسلم أنه يُعجبه الفَأْل، وهو ما يَحْدُثُ للإنسانِ من الفرح والسرور من كلمة طيبة يسمعها، وتجعله يحسن الظن بربه.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам жоҳилият аҳли эътиқод қилгани каби касаллик Аллоҳнинг тақдирисиз ўзи ўтиши ботил эътиқод эканини ҳамда ушлар, ҳайвонлар, касаллик эгалари, рақамлар, кунлар ёки шу каби нарсаларни кўрганда ё эшитганда шумланиш ҳам ботил эканини хабар бердилар. Бу ҳадисда қушни зикр қилганларининг сабаби жоҳилият вақтида шу машҳур эди. Кўриниши қуйидагича: агар бир ишни, тижоратни бошламоқчи бўлса ёки сафарга чиқмоқчи бўлса, қуш учиради. Агар ўнг томонга учса, яхшилик аломати деб ҳисоблаб ишида давом этади. Агар чап томонга учса, шумланади ва ишини тўхтатади. Сўнгра Набий соллаллоҳу алайҳи ва саллам фаъл уларни ажаблантиришини хабар бердилар.
-У инсон қалбига хурсандчилик олиб кирадиган ва Раббига бўлган гумонини яхшилайдиган сўздир.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам жоҳилият аҳли эътиқод қилгани каби касаллик Аллоҳнинг тақдирисиз, ўзи ўтиши ҳамда қушлар, ҳайвонлар, касаллик эгалари, рақамлар, кунлар ёки шу каби нарсаларни кўрганда ёки эшитганда шумланиш ботил эканини хабар бердилар. Бу ҳадисда қушни зикр қилганларининг сабаби, жоҳилият вақтида машҳур эди. Кўриниши қуйидагича: Агар бир ишни, масалан тижоратни бошламоқчи бўлса ёки сафарга чиқмоқчи бўлса, қуш учиради. Агар ўнг томонга учса, яхшилик аломати деб ҳисоблаб, ишида давом этади. Агар чап томонга учса, шумланади ва ишини тўхтатади. Сўнгра Набий соллаллоҳу алайҳи ва саллам фаъл уларни ажаблантиришини хабар бердилар. Фаъл - инсон қалбига хурсандчилик олиб кирадиган ва Раббига бўлган гумонини яхшилайдиган сўздир.</t>
   </si>
   <si>
     <t>التوكُّل على الله تعالى، وأنه لا يأتي بالخير إلا الله، ولا يدفع الشر إلا الله.
 النهي عن الطيرة، وهي ما يُتشاءم منه، ويصد عن العمل.
 الفأل ليس من الطيرة المنهي عنها، بل هو من حُسْنِ الظن بالله تعالى.
 كل شيء يحصل بتقدير الله عز وجل وحده لا شريك له.</t>
   </si>
   <si>
-    <t>Аллоҳга таваккул. Яхшиликни олиб келувчи ёмонликни қайтарувчи фақат Аллоҳ.
+    <t>Аллоҳга таваккул. Яхшиликни олиб келувчи ҳам, ёмонликни қайтарувчи ҳам фақат Аллоҳ.
 Бир нарсадан шумланиб амалдан тўхташдан қайтарилмоқда.
-Фаъл қайтарилган шумланиш турига кирмайди, балки у Аллох таоло ҳақида яхши гумонда бўлишдир.
-Баоча нарса елғиз Аллоҳ таоло тақдири билан амалга ошади.</t>
+Фаъл қайтарилган шумланиш турига кирмайди, аксинча, у Аллоҳ таоло ҳақида яхши гумонда бўлишдир.
+Барча нарса ёлғиз Аллоҳ таоло тақдири билан амалга ошади.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3422</t>
   </si>
   <si>
     <t>عن النبي صلى الله عليه وسلم أنه قال في الأنصار: لا يحبهم إلا مؤمن، ولا يبغضهم إلا منافق، من أحبهم أحبه الله ومن أبغضهم أبغضه الله</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам ансорлар хақида: «Уларни фақат мўмин яхши кўради ва фақат мунофиқ ёмон кўради. Уларни ким яхши кўрса, Аллоҳ уни яхши кўради ва ким уларни ёмон кўрса Аллоҳ уни ёмон кўради», – дедилар</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ».</t>
   </si>
   <si>
     <t>Бароъ разияллоҳу анҳудан ривоят қилинади: Набий соллаллоҳу алайҳи ва саллам ансорлар хақида: «Уларни фақат мўмин яхши кўради ва фақат мунофиқ ёмон кўради. Уларни ким яхши кўрса, Аллоҳ уни яхши кўради ва ким уларни ёмон кўрса Аллоҳ уни ёмон кўради», – дедилар.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حُبَّ الأنصار مِن أهل المدينة، علامةٌ على كمال الإيمان؛ وهذا لسابِقَتِهم في نُصرة الإسلام والنبي عليه الصلاة والسلام، والسعي في إيواء المسلمين، وبذلهم أموالهم وأنفسهم في سبيل الله، وأنَّ بُغضَهم عَلامةٌ على النفاق. 
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن أَحَبَّ الأنصار أحبَّه الله، ومَن أبغضهم أبغضَه الله.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам Мадина аҳлидан бўлган ансорларни яхши кўриш комил иймонга далолат қилишини хабар бердилар. Ислом ва пайғамбаримизга ёрдам, мусулмонларга бошпана, Аллоҳ йўлида жонлари ва молларини қурбон қилганлари учун уларга бу улуғ мақом берилди. Уларни ёмон кўриш нифоқнинг аломатидир. Сўнгра ансорларни яхши кўрган инсонни Аллоҳ яхши кўришини ва уларни ёмон кўрган инсонни Аллоҳ ёмон кўришини хабар бердилар.</t>
   </si>
   <si>
     <t>فيه مَنْقَبَة عظيمة للأنصار، فحُبُّهم علامةٌ على الإيمان وبراءةٌ من النفاق.
 حُبُّ أولياء الله ونصرتهم سبب في حب الله للعبد.
 فضل السابقين الأولين في الإسلام.</t>
   </si>
   <si>
     <t>Бу ҳадисда ансорлар учун улуғ фазилат бор. Уларни яхши кўриш иймоннинг аломати ва нифоқдан покланишдир.
 Аллоҳнинг авлиёларини яхши кўриш ва уларга ёрдам бериш Аллоҳнинг муҳаббатига сабаб бўлади.
 Исломга биринчи кирганларнинг фазилати.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3438</t>
   </si>
   <si>
     <t>فتوضأ لهم وضوء النبي صلى الله عليه وسلم</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам таҳоратлари каби таҳорат олдилар</t>
   </si>
   <si>
     <t>عَنْ يحيى بنِ عُمَارةَ المَازِنِيِّ قَالَ: شَهِدْتُ عَمْرَو بْنَ أَبِي حَسَنٍ سَأَلَ عَبْدَ اللَّهِ بْنَ زَيْدٍ، عَنْ وُضُوءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَدَعَا بِتَوْرٍ مِنْ مَاءٍ، فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَكْفَأَ عَلَى يَدِهِ مِنَ التَّوْرِ، فَغَسَلَ يَدَيْهِ ثَلاَثًا، ثُمَّ أَدْخَلَ يَدَهُ فِي التَّوْرِ، فَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثَلاَثَ غَرَفَاتٍ، ثُمَّ أَدْخَلَ يَدَهُ فَغَسَلَ وَجْهَهُ ثَلاَثًا، ثُمَّ غَسَلَ يَدَيْهِ مَرَّتَيْنِ إِلَى المِرْفَقَيْنِ، ثُمَّ أَدْخَلَ يَدَهُ فَمَسَحَ رَأْسَهُ، فَأَقْبَلَ بِهِمَا وَأَدْبَرَ مَرَّةً وَاحِدَةً، ثُمَّ غَسَلَ رِجْلَيْهِ إِلَى الكَعْبَيْنِ.</t>
   </si>
   <si>
-    <t>Яҳё ибн Умаро Музанийдан ривоят қилинади: Амр ибн Абу Ҳасанни Абдуллоҳ  ибн Зайддан Набий соллаллоҳу алайҳи ва салламнинг таҳоратлари ҳақида сўраганларини кўрдим. У киши бир идишта сув олиб келишга буюрдилар. Набий соллаллоҳу алайҳи ва саллам таҳоратлари каби таҳорат олдилар. Идишдан қўлларига сув қуйиб икки қўлларини уч маротаба ювдилар. Сўнгра идишга қўлларини солиб, уч марта оғиз чайдилар ва бурунга сув олиб, қоқдилар. Сўнгра қўлларига сув олиб уч марта юзларини ювдилар. Сўнгра қўлларини тирсакларигача икки маротаба ювдилар. Сўнгра қўлларига яна сув олиб бошларига масҳ тортидилар. Бир марта бошларининг бошидан охиригача қўлларини юрғизиб уни қайтардилар. Сўнгра оёқларини икки қизил ошиқларигача ювдилар.</t>
+    <t>Яҳё ибн Умора Музанийдан ривоят қилинади: Амр ибн Абу Ҳасанни Абдуллоҳ  ибн Зайддан Набий соллаллоҳу алайҳи ва салламнинг таҳоратлари ҳақида сўраганларини кўрдим. У киши бир идишта сув олиб келишга буюрдилар. Набий соллаллоҳу алайҳи ва саллам таҳоратлари каби таҳорат олдилар. Идишдан қўлларига сув қуйиб икки қўлларини уч маротаба ювдилар. Сўнгра идишга қўлларини солиб, уч марта оғиз чайдилар ва бурунга сув олиб, қоқдилар. Сўнгра қўлларига сув олиб уч марта юзларини ювдилар. Сўнгра қўлларини тирсакларигача икки маротаба ювдилар. Сўнгра қўлларига яна сув олиб бошларига масҳ тортидилар. Бир марта бошларининг бошидан охиригача қўлларини юрғизиб уни қайтардилар. Сўнгра икки оёқларини қизил ошиқларигача ювдилар.</t>
   </si>
   <si>
     <t>بَيَّنَ عبدُ الله بن زيدٍ رضي الله عنه كيفيةَ وضوءِ النبيِّ صلى الله عليه وسلم، بصورة فِعليَّة، 
 فطلب إناءً صغيرًا مِن ماء، 
 فبدأ أوّلًا بغسل كفيه، ثم أمال الإناء وصَبَّ مِن الماء فغسلهما ثلاثًا خارج الإناء، 
 ثم أَدخلَ يدَه في الإناء، فاغْتَرَفَ منه ثلاثَ غَرفات يتمضمض في كل غرفة ويستنشق ويستنثر، 
 ثم اغترف من الإناء فغسل وجهه ثلاث مرات، 
 ثم اغترف منه فغسل يديه إلى المرفقين مرتين مرتين، 
 ثم أدخل يديه في الإناء فمسح رأسه بيديه بَدَأَ بِمُقَدَّم رأسِهِ حتى وصل إلى قَفَاه أعلى الرقبة، ثم ردَّهما حتى وصل إلى المكان الذي بدأ منه، 
 ثم غسل رجليه مع الكعبين.</t>
   </si>
   <si>
     <t>Абдуллоҳ ибн Зайд Набий соллаллоҳу алайҳи ва салламнинг таҳоратларини амалий кўринишда кўрсатиб бердилар. Суви бор кичик идиш талаб қилдилар ва биринчи кафтларини ювиш билан бошладилар. Идишни энгаштириб, қўлларига қуйиб уч маротаба ювдилар. Сўнгра қўлларини уч марта идишга солдилар. Ҳар солганларида оғизларини чайиб, бурунларига сув олиб қоқар эдилар. Сўнгра қўлларини идишга солиб, сув олиб, уч марта юзларини ювдилар. Сўнгра яна сув олиб қўлларини тирсакларигача икки мартадан ювдилар. Сўнгра яна қўлларига сув олиб, бошларига масҳ тортдилар. Бошларининг олд қисмидан бошлаб охиригача, яъни, бўйиннинг йўқорисигача қўлларини юргизиб, бошлаган жойларига қайтариб келдилар. Сўнгра оёқларини қизил ошиққача ювдилар.</t>
   </si>
   <si>
     <t>سُلُوْكُ المُعلِّم أقربَ الوسائل إلى الفهم ورسوخ العلم، ومن ذلك التعليم بالعمل.
 جواز التكرار ثلاثًا في بعض أعضاء الوضوء واثنتين في بعضها، والواجب مرة واحدة.
 وجوب الترتيب بين أعضاء الوضوء كما جاء في الحديث.
 حَدُّ الوجه مِن مَنابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا.</t>
   </si>
   <si>
-    <t>Муаллимнинг юриш туриши илм ва фаҳмнинг мустахкам бўлишига энг яқин васила. Амалий таълим ҳам шунинг турларидандир.
+    <t>Муаллимнинг юриш туриши илм ва фаҳмнинг мустахкам бўлишига энг яқин васила. Амалий таълим ҳам шунинг жумласидандир.
 Таҳоратни баъзи аъзоларини уч ва баъзисини икки марта ювиш жоиз. Бир марта ювиш эса вожибдир.
 Ҳадисда келгандай тахорат аъзоларини тартиб билан ювиш вожиб.
-Юзни одатда бўйига соч чиқадиган жойдан соқол чиққан жойгача ёки иякгача, энига эса бир қулоқдан иккинчисигача ювиш вожибдир.</t>
+Юзни бўйига одатда соч чиқадиган жойдан соқол чиққан жойгача ёки иякгача, энига эса бир қулоқдан иккинчисигача ювиш вожибдир.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3444</t>
   </si>
   <si>
     <t>إنما كان يكفيك أن تقول بيديك هكذا ثم ضرب بيديه الأرض ضربة واحدة، ثم مسح الشمال على اليمين، وظاهر كفيه ووجهه</t>
   </si>
   <si>
-    <t>Қўлларинг билан мана бундай қилсанг кифоя қиларди», дея қўллари билан ерга бир марта урдилар, сўнг чап қўлларини ўнг қўлларига, (бир ривоятда икки қўлларини бир-бирига) кафтларининг устига ва юзларига суртдилар</t>
+    <t>Қўлларинг билан мана бундай қилсанг кифоя қиларди», дея қўллари билан ерга бир марта урдилар, сўнг чап қўлларини ўнг қўлларига, кафтларининг устига ва юзларига суртдилар</t>
   </si>
   <si>
     <t>عَنْ عَمَّارِ بنِ ياسِرٍ رضي الله عنه قال: بَعَثَنِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي حَاجَةٍ، فَأَجْنَبْتُ فَلَمْ أَجِدِ الْمَاءَ، فَتَمَرَّغْتُ فِي الصَّعِيدِ كَمَا تَمَرَّغُ الدَّابَّةُ ثُمَّ أَتَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَذَكَرْتُ ذَلِكَ لَهُ فَقَالَ: «إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ.</t>
   </si>
   <si>
-    <t>Аммор ибн Ёсир розияллоҳу анҳу айтади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам мени иш билан бир ерга юбордилар. Мен жунуб бўлиб қолдим. Сув топа олмагач, ҳайвон тупроққа ағанаганидек, тупроққа ағанадим. Сўнг Расулуллоҳ соллаллоҳу алайҳи ва салламнинг ҳузурларига келиб, ушбу ишим ҳақида хабар бердим. У зот: «Қўлларинг билан мана бундай қилсанг кифоя қиларди», дея қўллари билан ерга бир марта урдилар, сўнг чап қўлларини ўнг қўлларига, (бир ривоятда икки қўлларини бир-бирига) кафтларининг устига ва юзларига суртдилар».</t>
+    <t>Аммор ибн Ёсир разияллоҳу анҳу айтади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам мени иш билан бир ерга юбордилар. Мен жунуб бўлиб қолдим. Сув топа олмагач, ҳайвон тупроққа ағанаганидек, тупроққа ағанадим. Сўнг Расулуллоҳ соллаллоҳу алайҳи ва салламнинг ҳузурларига келиб, ушбу ишим ҳақида хабар бердим. У зот: «Қўлларинг билан мана бундай қилсанг кифоя қиларди», дея қўллари билан ерга бир марта урдилар, сўнг чап қўлларини ўнг қўлларига, кафтларининг устига ва юзларига суртдилар».</t>
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
-    <t>Сафарларнинг бирида Набий соллаллоҳу алайҳи ва саллам Аммор ибн Ёсирни юмуш билан бир ерга жўнатади. Ўшанда у жимоъ қилгани ёки шаҳват билан маний тушгани учун жунуб бўлиб қолади ва ювинишга сув топа олмайди. У кичик бетаҳоратликдан таяммум қилиш мумкинлигини билар, аммо, жанобатдан покланиш учун таяммум қилиш жоизлигини билмас эди. Шу боис ижтиҳод қилди ва сувга қиёслаб, кичик бетаҳоратликдан покланиш учун таяммум қилинганда баъзи таҳорат аъзоларига тупроқ суртилгани каби, жанобатдан покланиш учун ҳам бутун баданни тупроққа белаш керак деб ўйлади ва ерга ағанаб, бутун баданини тупроққа белаб, сўнг намоз ўқиди. Бироқ ўз ижтиҳодига биноан қилган бу амалидан кўнгли хижил бўлиб, Набий соллаллоҳу алайҳи ва салламнинг ҳузур-ларига келгач бу ҳақда У зотга хабар беради. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам бутун баданингни тупроққа белашинг ўрнига икки қўлингни бир марта ерга уриб, сўнг чап қўлинг билан ўнг қўлинг устига ва икки кафтинг ҳамда юзингга суртишинг кифоя қиларди деган мазмунда кўрсатма берадилар.</t>
+    <t>Сафарларнинг бирида Набий соллаллоҳу алайҳи ва саллам Аммор ибн Ёсирни юмуш билан бир ерга жўнатдилар. Ўшанда у жимоъ қилгани ёки шаҳват билан маний тушгани учун жунуб бўлиб қолди ва ювинишга сув топа олмади. У кичик бетаҳоратликдан таяммум қилиш мумкинлигини билар, аммо, жанобатдан покланиш учун таяммум қилиш жоизлигини билмас эди. Шу боис ижтиҳод қилди ва сувга қиёслаб, кичик бетаҳоратликдан покланиш учун таяммум қилинганда баъзи таҳорат аъзоларига тупроқ суртилгани каби, жанобатдан покланиш учун ҳам бутун баданни тупроққа белаш керак деб ўйлади ва ерга ағанаб, бутун баданини тупроққа белаб, сўнг намоз ўқиди. Бироқ ўз ижтиҳодига биноан қилган бу амалидан кўнгли хижил бўлиб, Набий соллаллоҳу алайҳи ва салламнинг ҳузур-ларига келгач бу ҳақда У зотга хабар беради. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам унга бавл каби кичик таҳоратсизликдан ҳам жунуб каби катта таҳоратсизликдан ҳам покланишни баёнлаб: «бутун баданингни тупроққа белашинг ўрнига икки қўлингни бир марта ерга уриб, сўнг чап қўлинг билан ўнг қўлинг устига ва икки кафтинг ҳамда юзингга суртишинг кифоя қиларди», деган мазмунда кўрсатма берадилар.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Таяммум қилишдан олдин сув излаш лозим.
 Жанобатдан покланишда ғуслнинг ўрнига таяммум қилиш жоиз.
 Катта бетаҳоратликдан таяммум қилишнинг кўриниши кичик бетаҳоратликнинг ҳукми билан бир хил.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3461</t>
   </si>
   <si>
     <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>Ким менга икки жағининг орасидаги ва икки оёғининг орасидагига кафолат берса, мен унга жаннатга кафолатни бераман», дедилар</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Саҳл ибн Саъд разияллоҳу анҳу ривоят қилади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Ким менга икки жағининг орасидаги ва икки оёғининг орасидагига кафолат берса, мен унга жаннатга кафолатни бераман», дедилар».</t>
@@ -2985,57 +2982,57 @@
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам мусулмон киши уларга эътибор берса, жаннат киришини кафолатлайдиган икки иш ҳақида хабар бермоқдалар.
 Биринчиси: Аллоҳ таолони ғазаблантирадиган сўзлардан тилни тийиш.
 Иккинчиси: Жинсий аъзони фаҳш(зино)дан сақлаш.
 Чунки кўп гуноҳ ишларга мана шу икки аъзо сабабли тушиб қолинади.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Тилни ва жинсий аъзони сақлаш, кишини жаннатга олиб кирадиган йўллардан биридир.
 Тил ва жинсий аъзо алоҳида таъкидланишига сабаб шуки, бу икки аъзо дунё ва охиратда инсоннинг бошига келадиган балоларнинг масдари – асосий сабабидир.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3475</t>
   </si>
   <si>
     <t>كنت أغتسل أنا والنبي صلى الله عليه وسلم من إناء واحد كلانا جنب، وكان يأمرني، فأتزر، فيباشرني وأنا حائض،</t>
   </si>
   <si>
-    <t>Мен ва Расулуллоҳ соллаллоҳу алайҳи ва саллам жунублик ҳолтимизда бир идишдан ғусл қилар эдик. Агар ҳайз кўрган бўлсам  мени изор кийиб олишга буюрар эдилар ва мендан фойдаланар эдилар</t>
+    <t>Мен ва Расулуллоҳ соллаллоҳу алайҳи ва саллам жунублик ҳолатимизда бир идишдан ғусл қилар эдик. Агар ҳайз кўрган бўлсам  мени изор кийиб олишга буюрар эдилар ва мендан фойдаланар эдилар</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ، وَكَانَ يُخْرِجُ رَأْسَهُ إِلَيَّ وَهُوَ مُعْتَكِفٌ فَأَغْسِلُهُ وَأَنَا حَائِضٌ.</t>
   </si>
   <si>
-    <t>Мўминларнинг онаси Оиша разияллоҳу анҳодан ривоят қилинади: «Мен ва Расулуллоҳ соллаллоҳу алайҳи ва саллам жунублик ҳолтимизда бир идишдан ғусл қилар эдик. Агар ҳайз кўрган бўлсам  мени изор кийиб олишга буюрар эдилар ва мендан фойдаланар эдилар. У зот эътикофда бўлсалар масжиддан бошларини мен томонга чиқарардилар, мен эса ҳайзли ҳолатда бўлсам ҳам, бошларини ювиб қўяр эдим», – дедилар.</t>
+    <t>Мўминларнинг онаси Оиша разияллоҳу анҳодан ривоят қилинади: «Мен ва Расулуллоҳ соллаллоҳу алайҳи ва саллам жунублик ҳолатимизда бир идишдан ғусл қилар эдик. Агар ҳайз кўрган бўлсам  мени изор кийиб олишга буюрар эдилар ва мендан фойдаланар эдилар. У зот эътикофда бўлсалар масжиддан бошларини мен томонга чиқарардилар, мен эса ҳайзли ҳолатда бўлсам ҳам, бошларини ювиб қўяр эдим».</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ أُمُّ المؤمنين رضي الله عنها عن بعض أحوالِها الخاصة معه صلى الله عليه وسلم، ومن ذلك: أنها كانت تغتسل من الجنابة معه صلى الله عليه وسلم مِن إناءٍ واحدٍ فيأخذان منه معًا. 
 وأنه صلى الله عليه وسلم إذا أراد إتيانَها وهي حائض أَمَرَها أَنْ تُغطي بدنَها مِن السُّرَّةِ إلى الركبة، فيباشرها بما دون الجماع. 
 وأنه صلى الله عليه وسلم كان يَعتكف في المسجد فيُخرِج رأسَه إلى عائشة فتغسله وهي في بيتها حائضٌ.</t>
   </si>
   <si>
     <t>Мўминларнинг онаси Оиша разияллоҳу анҳо Набий соллаллоҳу алайҳи ва саллам билан бўлган ҳолатлари ҳақида хабар бердилар. Улардан: Пайғамбаримиз билан бирга битта идишдан сув олиб ғусл қилишлари. У зот Оиша онамиз ҳайз кўрган вақтларида улар билан яқинлик қилмоқчи бўлсалар киндикдан тиззагача бўлган ўринларини ёпишга буюрар ва ундан фойдаланар эдилар. Яна У зот масжидда эътикофда ўтирганларида бошларини Оиша онамизга чиқарар эдилар ва бошларини уйларида ҳайз ҳолларида ювиб қўяр эдилар.</t>
   </si>
   <si>
     <t>جواز اغتسال الرجل وزوجتِه مِن إناءٍ واحد.
 جواز مباشرة الحائض فيما دون الفرج، وأنَّ بدنَها طاهر.
 استحباب لبسِها الإزارَ وقتَ المباشرة.
 اتخاذ الأسباب المانعة من الوقوع في المحرم.
 منع مُكْثِ الحائضِ في المسجد.
 إباحة مباشرتِها الأشياءَ رطبة أو يابسة، ومن ذلك غسل الشعر وترجيله.
 حسن عشرة النبي صلى الله عليه وسلم لأهله.</t>
   </si>
   <si>
     <t>Эр ва аёл битта идишдан ғусл олиши жоиз.
 Ҳайз кўрган аёлнинг фаржидан бошқа жойини фойдаланиш жоиз ва унинг бадани пок.
 Ой кўрган аёл яқинлик қилиш вақтида изор кийиши мустаҳаб.
 Ҳаром ишни қилиб қўйишдан сақлайдиган сабабларни ушлаш керак.
 Ой кўрган аёл масжидда туриши мумкин эмас.
 Ой кўрган аёл қуруқ ёки ҳўл нарсаларни ушлаши жоиз. Сочни ювиш ва тараш шулар жумласидандир.
@@ -3066,104 +3063,104 @@
   <si>
     <t>Ушбу ҳадиси шарифда Набий соллаллоҳу алайҳи ва саллам бизнинг устимизга шундай амирлар келишини, уларнинг баъзи амаллари шариатга тўғри келгани учун маъруф (яхши) амал ва баъзисини шариатга хилоф бўлгани учун мункар санашимизни хабар бердилар. Ким мункарни қалби билан ёмон кўрса-ю лекин инкор қилишга қудрати етмаса, гуноҳ ва нифоқдан тоза бўлибди. Ким қўли ва тили билан инкор қилишга қодир бўлса ва инкор қилса, гуноҳдан ва унга (амалга) шерик бўлишдан саломат бўлибди. Аммо ким ишларига рози бўлса ва унга эргашса ҳалок бўлади.
 Сўнгра: «Бундай сифатларга эга бўлган амирларга қарши урушмайликми?», – деб Набий соллаллоҳу алайҳи ва салламдан сўрадилар. Шунда уларни бу ишдан қайтардилар ва: «Йўқ, токи сизларнинг орангизда намозни қоим қилар эканлар», – дедилар.</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам ғайб ишлари ҳақида хабар беришлари ва ҳудди У киши хабар берганларидай бўлиши, У зотнинг нубувватларига далолат қилади.
 Мункарга рози бўлиш ва унга шерик бўлиш мумкин эмас, балки уни инкор қилиш лозим.
 Амирлар шариатга хилоф иш қилсалар, бу ишда уларга итоат қилиш жоиз эмас.
 Мусулмонлар ишига волий бўлганларга қарши чиқиши мумкин эмас. Чунки бундай ишларнинг ортидан қон тўкилиши ва ҳотиржамлик кетиши каби фасодлар келиб чиқади. Гуноҳкор волийларнинг мункарини кўтара билиш ва уларнинг азийятларига сабр қилиш, уларга қарши чиқишдан келиб чиққан нарсадан кўра енгилроқдир.
 Намознинг иши улуғ! Намоз куфр билан ислом ўртасини ажратиб туради.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3481</t>
   </si>
   <si>
     <t>بايعت رسول الله صلى الله عليه وسلم على شهادة أن لا إله إلا الله، وأن محمدا رسول الله، وإقام الصلاة، وإيتاء الزكاة، والسمع والطاعة، والنصح لكل مسلم</t>
   </si>
   <si>
-    <t>Мен Расулуллоҳ соллаллоҳу алайҳи ва салламга «Аллоҳдан ўзга илоҳ йўқ ва Муҳаммад У Зотнинг пайғамбари» деб гувоҳлик беришга, намозни барпо қилишга, закотни адо этишга, қулоқ солиб итоат этишга ва ҳар бир мусулмонга насиҳат қилишга байъат бердим</t>
+    <t>Мен Расулуллоҳ соллаллоҳу алайҳи ва салламга «Аллоҳдан ўзга илоҳ йўқ ва Муҳаммад У Зотнинг пайғамбари», деб гувоҳлик беришга, намозни барпо қилишга, закотни адо этишга, қулоқ солиб итоат этишга ва ҳар бир мусулмонга насиҳат қилишга байъат бердим</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِِ بْنِ عَبْدِ اللَّهِ رضي الله عنه قَالَ: بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ.</t>
   </si>
   <si>
-    <t>Жарир ибн Абдуллоҳ разияллоҳу анҳу айтадилар: «Мен Расулуллоҳ соллаллоҳу алайҳи ва салламга «Аллоҳдан ўзга илоҳ йўқ ва Муҳаммад У Зотнинг пайғамбари» деб гувоҳлик беришга, намозни барпо қилишга, закотни адо этишга, қулоқ солиб итоат этишга ва ҳар бир мусулмонга насиҳат қилишга байъат бердим».</t>
+    <t>Жарир ибн Абдуллоҳ разияллоҳу анҳу айтадилар: «Мен Расулуллоҳ соллаллоҳу алайҳи ва салламга «Аллоҳдан ўзга илоҳ йўқ ва Муҳаммад У Зотнинг пайғамбари», деб гувоҳлик беришга, намозни барпо қилишга, закотни адо этишга, қулоқ солиб итоат этишга ва ҳар бир мусулмонга насиҳат қилишга байъат бердим».</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ جريرُ بنِ عبدِ الله رضي الله عنه أنه التزمَ وعاهَدَ النبيَّ صلى الله عليه وسلم على التوحيد وأداء الصلوات الخمس المفروضات في اليوم والليلة، بشروطها وأركانها وواجباتها وسننها، وعلى أداء الزكاة المكتوبة، وهي عبادة مالية واجبة، تؤخذ من الأغنياء وتعطى المستحقين مِن الفقراء وغيرهم، وعلى الطاعة لولاة الأمر، والنصح لكل مسلم، وذلك بالحرص على منفعته، وإيصال الخير إليه، ودفع الشر عنه بالقول والفعل.</t>
   </si>
   <si>
     <t>Жарир ибн Абдуллоҳ разияллоҳу анҳу Набий соллаллоҳу алайҳи ва салламга қуйидаги ишларни бажаришга аҳду паймон берганлари ҳақида хабар бердилар: Тавҳид, куну тун беш маҳал фарз намозни шарт, рукн, вожиб ва суннатларига риоя қилиб қоим қилишга, бойликдаги вожиб ибодат бўлган закотни ўз ҳақдорларига беришга, бошлиқларга итоат этишга, ҳар бир мусулмонга насиҳат қилиш. Насиҳат - мусулмонга манфаат олиб келишга, унга яхшилик етишига ҳарис бўлиш ва ундан сўз ва амал орқали ёмонликни даф қилиш.</t>
   </si>
   <si>
     <t>أهمية الصلاة والزكاة، وهما من أركان الإسلام.
 أهمية النصح والتناصح بين المسلمين، حتى بايع رسول الله صلى الله عليه وسلم الصحابة رضي الله عنهم عليها.</t>
   </si>
   <si>
     <t>Намоз ва закотнинг аҳамияти ҳамда улар Ислом рукнларидан бир рукн эканлиги.
 Мусулмонлар бир бирига холис ва насихатгўй бўлишларининг аҳамияти. Шунинг учун Расулуллоҳ соллаллоҳу алайҳи ва саллам саҳобалардан шу ишга байъат олдилар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3512</t>
   </si>
   <si>
     <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
-    <t>Раббингиз Аллоҳдан тақво қилинг, беш маҳал намозингизни ўқинг, ойингларда рўза тутинглар, молингизни закотини адо этинг, бошлиғингларга итоат этинг ва Раббингиз жаннатига киринг!</t>
+    <t>Раббингиз Аллоҳдан тақво қилинг, беш маҳал намозингизни ўқинг, ойингизда рўза тутинг, молингизни закотини адо этинг ва бошлиғингизга итоат этинг, Раббингиз жаннатига кирасиз!</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
-    <t>Абу Умома разияллоҳу анҳудан ривоят қилинади: «Видолашув ҳажида Расулуллоҳ соллаллоҳу алайҳи ва салламни шундай деб хутба қилаётганларини эшитдим: «Раббингиз Аллоҳдан тақво қилинг, беш маҳал намозингизни ўқинг, ойингларда рўза тутинглар, молингизни закотини адо этинг, бошлиғингларга итоат этинг ва Раббингиз жаннатига киринг!».</t>
+    <t>Абу Умома разияллоҳу анҳудан ривоят қилинади: «Видолашув ҳажида Расулуллоҳ соллаллоҳу алайҳи ва салламни шундай деб хутба қилаётганларини эшитдим: «Раббингиз Аллоҳдан тақво қилинг, беш маҳал намозингизни ўқинг, ойингизда рўза тутинг, молингизни закотини адо этинг ва бошлиғингизга итоат этинг, Раббингиз жаннатига кирасиз!».</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
-    <t>Ҳижратнинг ўнинчи йили Арафа куни «Видолашув ҳажида» Набий соллаллоҳу алайҳи ва саллам хутба қилдилар. Унинг «Видолашув» деб аталиш сабаби шундаки, Расулуллоҳ соллаллоҳу алайҳи ва саллам у хажда одамлар билан видолашган эдилар. Барчани Раббиларининг буйруқларини бажариш, қайтариқларидан қайтиш билан У Зотга тақво қилишга, Аллоҳ бир кеча кундузда фарз қилган беш маҳал намозни ўқишга, Рамазон ойида рўза тутишга, бахиллик қилмасдан молларидан закот беришга, Аллоҳга маъсият бўлмаган ўринда бошлиқларга итоат этишга буюрдилар. Ким зикр қилинган нарсаларни бажарса, унинг савоби жаннатдир.</t>
+    <t>Ҳижратнинг ўнинчи йили Арафа куни «Видолашув ҳажида» Набий соллаллоҳу алайҳи ва саллам хутба қилдилар. Унинг «Видолашув» деб аталиш сабаби шундаки, Расулуллоҳ соллаллоҳу алайҳи ва саллам у хажда одамлар билан видолашган эдилар. Барчани Раббиларининг буйруқларини бажариш, қайтариқларидан қайтиш билан У Зотга тақво қилишга, Аллоҳ бир кеча кундузда фарз қилган беш маҳал намозни ўқишга, Рамазон ойида рўза тутишга, бахиллик қилмасдан молларидан закот беришга ва Аллоҳга маъсият бўлмаган ўринда бошлиқларга итоат этишга буюрдилар. Ким зикр қилинган нарсаларни бажарса, унинг савоби жаннатдир.</t>
   </si>
   <si>
     <t>هذه الأعمال من أسباب دخول الجنة.</t>
   </si>
   <si>
-    <t>Бу амаллар жаннатга кириш сабабларидан.</t>
+    <t>Бу амаллар жаннатга кириш сабабларидандир.</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
     <t>[Тирмизий ва Аҳмад ривояти]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3520</t>
   </si>
   <si>
     <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
   </si>
   <si>
     <t>Бирингларнинг таҳорати бузилгач янги таҳорат олмагунча Аллоҳ унинг (таҳоратсиз ўқиган) намозини қабул қилмайди»,  – дедилар</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ».</t>
   </si>
   <si>
     <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Бирингларнинг таҳорати бузилгач янги таҳорат олмагунча Аллоҳ унинг (таҳоратсиз ўқиган) намозини қабул қилмайди»,  – дедилар.</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
@@ -3365,81 +3362,81 @@
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>Аллоҳнинг шариатини етказишга тарғиб қилиниши. Киши  ёдлаган ва ўрганган нарсаларини, гарчи оз бўлса ҳам, бошқаларга етказиши лозим.
 Аллоҳга тўғри ибодат қилиш ва динни тўғри етказиш учун шаръий илмларни ўрганиш вожиблиги.
 Ҳадисдаги қаттиқ таҳдидга кириб қолмаслик учун эшитган ёки ўрганган ҳар бир ҳадисни бошқаларга етказиш ёки тарқатишдан олдин унинг саҳиҳлигига (Расулуллоҳ соллаллоҳу алайҳи ва салламга оид эканига) ишонч ҳосил қилиш лозимлиги.
 Ёлғон гапириб қўймаслик учун сўзлаганда ростгўй бўлишга ва ҳадис ривоят қилишда эҳтиёт бўлишга тарғиб қилингани. Хоссатан, Аллоҳнинг шариати ҳақида сўз борганда қаттиқроқ эътибор бериш лозим.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3686</t>
   </si>
   <si>
     <t>دلني على عمل إذا عملته دخلت الجنة، قال: تعبد الله لا تشرك به شيئا، وتقيم الصلاة المكتوبة، وتؤدي الزكاة المفروضة، وتصوم رمضان</t>
   </si>
   <si>
     <t>Мени бир амалга далолат қилинг-ки, уни қилсам жаннатга кирай», деди. У зот
 «Аллоҳга ибодат қил ва Унга ҳеч нарсани ширк келтирма, фарз намозни қоим қил, Фарз қилинган закотни адо эт, Рамазон (рўзаси)ни тут!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ أَعْرَابِيًّا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ» قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ لاَ أَزِيدُ عَلَى هَذَا، فَلَمَّا وَلَّى قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَرَّهُ أَنْ يَنْظُرَ إِلَى رَجُلٍ مِنْ أَهْلِ الجَنَّةِ، فَلْيَنْظُرْ إِلَى هَذَا».</t>
   </si>
   <si>
-    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Бир киши Расулуллоҳ соллаллоҳу алайҳи ва салламнинг ҳузурларига келиб:
+    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Бир киши Набий соллаллоҳу алайҳи ва салламнинг ҳузурларига келиб:
 «Мени бир амалга далолат қилинг-ки, уни қилсам жаннатга кирай», деди. У зот
 «Аллоҳга ибодат қил ва Унга ҳеч нарсани ширк келтирма, фарз намозни қоим қил, Фарз қилинган закотни адо эт, Рамазон (рўзаси)ни тут!», дедилар. Шунда у
-«Жоним унинг қўлида бўлган зот билан қасамки, бунга бирор нарсани зиёда қилмайман», деди.
+«Жоним унинг қўлида бўлган Зот билан қасамки, бунга бирор нарсани зиёда қилмайман», деди.
 У қайтгач Пайғамбар соллаллоҳу алайҳи ва саллам:
 «Кимни аҳли жаннатдан бир одамга назар солиш хурсанд қилса, бунга назар солсин», дедилар.</t>
   </si>
   <si>
     <t>قَدِمَ رجلٌ مِن أهلِ الباديةِ على النبيِّ صلى الله عليه وسلم لِيَدُلَّه على عَملٍ يُدخله الجنة، 
 فأجابه النبي صلى الله عليه وسلم بأنَّ دخول الجنة والنجاة من النار يَتَوَقَّفانِ على أداء أركان الإسلام، من عبادة الله وحده، وأن لا تشرك به شيئًا. 
 وتقيم الصلوات الخمس التي أوجبها الله على عباده في كل يوم وليلة. 
 وتعطي زكاة المال التي أوجبها الله عليك، وتدفعها لمستحقها. 
 وتحافظ على صيام شهر رمضان في وقته. 
 قال الرجل والذي نفسي بيده لا أزيد على العمل المفروض الذي سمعته منك شيئًا من الطاعات، ولا أنقص منه. 
 فلما انصرف قال النبي صلى الله عليه وسلم: 
 مَن سرَّه أن يَنظرَ إلى رجل من أهل الجنة فلينظر إلى هذا الأعرابي.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва салламнинг ҳузурларига бир аъробий (бадавий) киши жаннатга киргизувчи амалга далолат қилишлари учун насиҳат сўраб келди. Набий соллаллоҳу алайҳи ва саллам жаннатга кириш ва дўзахдан қутилиш Ислом арконларини бажариб, ёлғиз Аллоҳга сиғиниш ва У Зотга ширк қилмаслик билан бўлади деб жавоб бердилар. Яна қўшимча ўлароқ бир кеча кундузда Аллоҳ таоло фарз қилган беш маҳал намозни қоим қилиш, Аллоҳ фарз қилган закотни ҳақдорларига бериш, Ўз вақтида Рамазон рўзасини тутиш кераклигини айтдилар. Шунда бояги киши: «Жоним қўлида бўлган Зотга қасамки, сиздан эшитган фарз амаллар устига бирорта амални қўшмайман ҳам, ундан камайтирмайман ҳам», – деди. У кетган вақтда Набий соллаллоҳу алайҳи ва саллам: «Ким жаннат аҳлидан бўлган кишига қарамоқчи бўлса, шу бадавийга қарасин», – дедилар.</t>
+    <t>Набий соллаллоҳу алайҳи ва салламнинг ҳузурларига бир аъробий (бадавий) киши жаннатга киргизувчи амалга далолат қилишлари учун насиҳат сўраб келди. Набий соллаллоҳу алайҳи ва саллам жаннатга кириш ва дўзахдан қутилиш Ислом арконларини бажариб, ёлғиз Аллоҳга сиғиниш ва У Зотга ширк қилмаслик билан бўлади деб жавоб бердилар. Яна қўшимча ўлароқ бир кеча кундузда Аллоҳ таоло фарз қилган беш маҳал намозни қоим қилиш, Аллоҳ фарз қилган закотни ҳақдорларига бериш ва ўз вақтида Рамазон рўзасини тутиш кераклигини айтдилар. Шунда бояги киши: «Жоним қўлида бўлган Зотга қасамки, сиздан эшитган фарз амаллар устига бирорта амални қўшмайман ҳам, ундан камайтирмайман ҳам», – деди. У кетгач Набий соллаллоҳу алайҳи ва саллам: «Ким жаннат аҳлидан бўлган кишига қарамоқчи бўлса, шу бадавийга қарасин», – дедилар.</t>
   </si>
   <si>
     <t>توحيد الله تعالى بالعبادة أول ما يُبدأ به في الدعوة إلى الله.
 الاكتفاء بتعليم الواجبات على مَن كان حديثَ عهدٍ بإسلام.
 الدعوة إلى الله تعالى لا بُد فيها من التدرُّج.
 حرص الرجل على تَعلُّم أمر دينه.
 إذا اقتصر المسلم على الواجبات فإنه يفلح، ولكن لا يعني هذا التساهل بالتطوعات؛ لأن التطوع يُكمل به النقص بالفرائض.
 تخصيص بعض العبادات بالذكر دليل على أهميتها والحض عليها، ولا يعني عدم وجوب غيرها.</t>
   </si>
   <si>
     <t>Даъватда дастлаб Аллоҳ таолони ибодатда яккалаш (тавҳид) билан бошлаш лозим.
-Исломга янги кирган инсонга фақат фарз нарсаларни ўргатиш билан кифояланиш лозим.
+Исломга янги кирган инсонга фақат фарз нарсаларни ўргатиш билан кифояланиш.
 Аллоҳ таолога даъват қилишда аста-секинлик билан кўтарилиш керак.
 Кишининг динни таълимотларини ўрганишда ҳарис бўлиши.
 Агар киши фарз амалларни қилиш билан чекланса ҳам ютуққа эришади. Аммо бунинг маъноси нафл ибодатларга енгил қараш керак дегани эмас. Чунки нафл ибодатлар фарз ибодатлардаги камчиликларни тўлдиради.
 Баъзи ибодатларни хос зикр қилиш ундан бошқаси фарз эмаслигига далолат қилмайди, аксинча, зикр қилинган ибодатларнинг чуқур аҳамиятга эга эканига далолат қилади.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3689</t>
   </si>
   <si>
     <t>ما يصيب المسلم من نصب ولا وصب ولا هم ولا حزن ولا أذى ولا غم حتى الشوكة يشاكها إلا كفر الله بها من خطاياه</t>
   </si>
   <si>
     <t>Мусулмонга бирор ҳорғинликми, беморликми, ташвишми, қайғуми, озорми, ғамми етса, ҳатто тикан кирса ҳам Аллоҳ таоло булар туфайли унинг хатоларини ўчиради", дедилар</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَعَنْ أَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ».</t>
   </si>
   <si>
     <t>Абу Саид Ал-Худрий ва Абу Ҳурайра разияллоҳу анҳумолардан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: "Мусулмонга бирор ҳорғинликми, беморликми, ташвишми, қайғуми, озорми, ғамми етса, ҳатто тикан кирса ҳам Аллоҳ таоло булар туфайли унинг хатоларини ўчиради", дедилар».</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда мусулмонга етадиган касаллик, қайғу, ғам-ғусса, қийинчилик, хавф, очлик, ҳаттоки қўлига кириб озор берган бир тикан ҳам гуноҳларига каффорат бўлиши ва хатоларини ўчиришини баёнламоқдалар.</t>
@@ -3580,139 +3577,139 @@
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам ушбу ҳадиси шарифда одамларга қарз берадиган ёки қарзга нарса сотадиган бир киши ҳақида хабар бермоқдалар. Одамлардан унинг қарзини талаб қиладиган хизматкорига шундай дер эди: «Агар қарздор олдига борсанг, унинг қарзини тўлашга имкони бўлмаса, ундан кечиб юбор ёки унга яна муҳлат бер ва қаттиқ талаб қилиб туриб олма ёхуд гарчи камроқ бўлса ҳам, унда борини қабул қил». Бу ишларни Аллоҳ унинг ҳам гуноҳларидан ўтиши ва уни кечиришини умид қилиб қиларди. Сўнгра у вафот этганда, Аллоҳ унинг гуноҳларидан кечди.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>Инсонларга яхши муомалада бўлиш, уларни кечириш ва қарзини тўлаш имкони бўлмаганлардан кечиб юбориш Қиёмат кунида банданинг нажот топишининг энг катта сабабларидан ҳисобланади.
 Бандаларга яхшилик қилиш, Аллоҳга холис бўлиш ва У Зотнинг раҳматини умид қилиш гуноҳларнинг кечирилиш сабабларидан ҳисобланади.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3753</t>
   </si>
   <si>
     <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>Умматимнинг гуноҳларини ошкор қилувчиларидан бошқа ҳаммаси авф этилади</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
-    <t>Абу Ҳурайра разияллоҳу анҳу айтадилар: Расулуллоҳ соллаллоҳу алайҳи ва салламнинг шундай деганларини эшитдим: «Умматимнинг гуноҳларини ошкор қилувчиларидан бошқа ҳаммаси авф этилади. Гуноҳни ошкор этишлик шуки, киши кечаси бир амални қилади, тонг отгач, Аллоҳ таоло унинг гуноҳларини яширган бўлса-да: "Эй фалончи, бу кеча бундай-бундай ишларни қилдим", дейди. Ҳолбуки, Раббиси уни пардаси билан ўраган эди, у бўлса, тонг отгач, ўзидан Аллоҳнинг пардасини олиб ташлади».</t>
+    <t>Абу Ҳурайра разияллоҳу анҳу айтадилар: Расулуллоҳ соллаллоҳу алайҳи ва салламнинг шундай деганларини эшитдим: «Умматимнинг гуноҳларини ошкор қилувчиларидан бошқа ҳаммаси авф этилади. Гуноҳни ошкор этишлик шуки, киши кечаси бир амални қилади, тонг отгач, Аллоҳ таоло унинг гуноҳларини яширган бўлса-да: "Эй фалончи, бу кеча бундай-бундай ишларни қилдим", дейди. Ҳолбуки, Раббиси уни пардаси билан беркитган эди, у бўлса, тонг отгач, ўзидан Аллоҳнинг пардасини олиб ташлади».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам гуноҳкор мусулмонни Аллоҳ кечириши умид қилинишини, лекин, гуноҳ қилгач фахрланиб, бошқаларга ошкор қилган киши бундан мустасно эканини баён қилдилар. Чунки у туни бир маъсият ишни бажаради, сўнгра Аллоҳ гуноҳини яширган ҳолда тонг оттиради. Тонгда эса, кеча фалон гуноҳни бажарганини айтиб беради. Аллоҳ гуноҳини яширган ҳолда тунни ўтказган эди, эртаси эса Аллоҳнинг пардасини ертиб ташлади.</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
     <t>Аллоҳ гуноҳни яширгач уни ошкор қилишнинг оқибати.
 Гуноҳни ошкора қилиш, мўминлар орасида фаҳш ишни ёйиш демакдир.
 Аллоҳ кимни бу дунёда гуноҳини яширган бўлса охиратда ҳам яширади. Бу Аллоҳ таолонинг бандаларига бўлган раҳматидандир.
-Ким гуноҳ билан балоланган бўлса, уни яшириши ва Аллоҳга тавба қилиши лозим.
-Гуноҳни ошкора қилиш катта гуноҳ бўлиб, мағфиратдан мосуво бўлишга сабаб бўлади.</t>
+Ким бир гуноҳ билан балоланган бўлса, уни яшириши ва Аллоҳга тавба қилиши лозим.
+Гуноҳни ошкора қилиш катта гуноҳ бўлиб, мағфиратдан маҳрум бўлишга сабаб бўлади.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3756</t>
   </si>
   <si>
     <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>Силаи раҳм қилувчи — бу мукофотловчи (борди-келди қилганлар билангина алоқа қилиб юрган киши) эмас! Балки қариндошчилик узиб қўйилганда уни боғлаган киши ҳақиқий силаи раҳм қилувчидир!» дедилар</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>Абдуллоҳ ибн Амр разияллоҳу анҳумодан ривоят қилинади: «Набий соллаллоҳу алайҳи ва саллам: «Силаи раҳм қилувчи — бу мукофотловчи (борди-келди қилганлар билангина алоқа қилиб юрган киши) эмас! Балки қариндошчилик узиб қўйилганда уни боғлаган киши ҳақиқий силаи раҳм қилувчидир!» дедилар».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам ушбу ҳадиси шарифда силаи раҳм ва қариндошларга яхшилик қилишда комил инсон — яхшилик муқобилида яхшилик қиладиган киши эмас, балки қариндошлари ундан қариндошчилик алоқасини узсалар-да боғлаган ва ёмонлик қилсалар-да уларга яхшилик билан жавоб қайтарган киши силаи раҳм қилишда ҳақиқий комил инсон эканини хабар бердилар.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Шариатга биноан силаи раҳм — қилганга яраша жавоб қайтариш, саломга яраша алик олиш эмас, балки қариндошчиликни сиздан узганларга уни боғлашингиз, сизга зулм қилганларини кечиришингиз, сизга бермаганларига беришингиздир.
 Силаи раҳм қариндошларга яхшилик улашиш, мол-дунё билан ёрдам бериш, ҳақларига дуо қилиш, яхшиликка буюриб, ёмонликдан қайтариш, қўлдан келгунча улардан ёмонликларни даф этиш ва шу кабилар билан бўлади.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3854</t>
   </si>
   <si>
     <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>Ё Расулуллоҳ, биз Сизга бир марта байъат қилган эдик, ҳозир нимага байъат қилайлик?», деб сўрадик. Шунда айтдилар: «Сизлар менга Ёлғиз Аллоҳга ибодат қилишга, Унга бирор нарсани ширк келтирмасликка, беш вақт намозни қоим қилишга ҳамда сўзларимга қулоқ тутиб, итоат этишга байът - қасамёд қилинглар!» Сўнгра овозларини пастлатиб кўшиб қўйдилар: «Одамлардан бирор нарса сўраманглар!</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
-    <t>Абу Муслим Ховланий айтадилар: Менга суюкли ва ишончли бўлган Авф ибн Молик Ашжоъий разияллоҳу анҳу айтиб бердилар: Биз Расулуллоҳ соллоллоҳу алайҳи ва салламнинг ҳузурларида етти ёки саккиз ёки тўққиз киши ўтирган эдик, У зот: «Аллоҳнинг Элчисига байъат - қасамёд қилмайсизларми?», – дедилар. Биз яқинда байъат қилган эдик, шу боисдан: «Ё Расулуллоҳ, биз Сизга байъат қилдик-ку», дедик. Лекин У зот айтган сўзларини яна икки бор такрорлаганларидан кейин қўлларимизни Пайғамбар соллаллоҳу алайҳи ва салламнинг қўлларига қўйиб У зотга яна қайтадан байъат қилдик ва: «Ё Расулуллоҳ, биз Сизга бир марта байъат қилган эдик, ҳозир нимага байъат қилайлик?», деб сўрадик. Шунда айтдилар: «Сизлар менга Ёлғиз Аллоҳга ибодат қилишга, Унга бирор нарсани ширк келтирмасликка, беш вақт намозни қоим қилишга ҳамда сўзларимга қулоқ тутиб, итоат этишга байът - қасамёд қилинглар!» Сўнгра овозларини пастлатиб кўшиб қўйдилар: «Одамлардан бирор нарса сўраманглар!» Ровий айтади: «Шундан кейин ўша байъат қилган кишилардан айримлари агар туя устида турган вақтида қамчиси тушиб кетадиган бўлса ҳам уни олиб беришни бировдан сўрамас эди».</t>
+    <t>Абу Муслим Хавлоний айтадилар: Менга суюкли ва ишончли бўлган Авф ибн Молик Ашжаъий разияллоҳу анҳу айтиб бердилар: Биз Расулуллоҳ соллоллоҳу алайҳи ва салламнинг ҳузурларида етти ёки саккиз ёки тўққиз киши ўтирган эдик, У зот: «Аллоҳнинг Элчисига байъат - қасамёд қилмайсизларми?», – дедилар. Биз яқинда байъат қилган эдик, шу боисдан: «Ё Расулуллоҳ, биз Сизга байъат қилдик-ку», дедик. Лекин У зот айтган сўзларини яна икки бор такрорлаганларидан кейин қўлларимизни Пайғамбар соллаллоҳу алайҳи ва салламнинг қўлларига қўйиб У зотга яна қайтадан байъат қилдик ва: «Ё Расулуллоҳ, биз Сизга бир марта байъат қилган эдик, ҳозир нимага байъат қилайлик?», деб сўрадик. Шунда айтдилар: «Сизлар менга Ёлғиз Аллоҳга ибодат қилишга, Унга бирор нарсани ширк келтирмасликка, беш вақт намозни қоим қилишга ҳамда сўзларимга қулоқ тутиб, итоат этишга байът - қасамёд қилинглар!» Сўнгра овозларини пастлатиб кўшиб қўйдилар: «Одамлардан бирор нарса сўраманглар!» Ровий айтади: «Шундан кейин ўша байъат қилган кишилардан айримлари агар туя устида турган вақтида қамчиси тушиб кетадиган бўлса ҳам уни олиб беришни бировдан сўрамас эди».</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам бир неча саҳобалар билан ўтирганларида улардан уч бора қуйидаги ишларни бажаришга байъат, аҳду паймон олдилар:
+    <t>Набий соллаллоҳу алайҳи ва саллам бир неча саҳобалар билан ўтирганларида улардан уч бора қуйидаги ишларни бажаришга байъат, аҳду паймон олишни сўрадилар:
 Биринчи: Буйруқларини бажариб, қайтарганларидан қайтиб, ёлғиз Аллоҳ таолога ибодат қилиш ва У Зотга ширк келтирмаслик.
 Иккинчи: Бир кеча ва кундузда ўқилиши фарз қилинган беш маҳал фарз намозни қоим қилиш.
 Учинчи: Мусулмонлар бошлиқларига яхшиликда қулоқ солиб итоат қилиш.
 Тўртинчи: Барча ҳожатларини инсонлардан эмас, аксинча, Аллоҳ таолодан сўраш. Буни Набий соллаллоҳу алайҳи ва саллам паст овозда айтдилар.
 Саҳобалар байъатларига вафодор қолиб унга амал қилдилар, ҳаттоки, ҳадисни ривоят қилган киши айтганидек: «Ўша саҳобалардан бирининг қамчиси тушиб кетса, уни олиб беришларини сўрамас, балки ўзи тушиб олар эди».</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>Инсонлардан сўрамасликка ва сўраш деб аталган барча нарсадан бош тортишга, ҳаттоки арзимас нарсаларда ҳам одамлардан беҳожат бўлишга ундалмоқда.
-Дунё ишларига тегишли нарсаларни сўрашдан қайтарилган. Илм ва дин ишлари хақида сўраш жоиз.</t>
+Дунё ишларига тегишли нарсаларни сўрашдан қайтарилган. Илм ва дин ишлари хақида сўраш бундан мустасно.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4176</t>
   </si>
   <si>
     <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>Ким камбағалга муҳлат берса ёки қарзидан кечиб юборса, уни Аллоҳ қиёмат куни, Ўзининг соясидан бошқа соя йўқ кунда Аршининг соясига олади»,– дедилар</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Абу Ҳурайра разияллоҳу анҳу ривоят қиладилар: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Ким камбағалга муҳлат берса ёки қарзидан кечиб юборса, уни Аллоҳ қиёмат куни, Ўзининг соясидан бошқа соя йўқ кунда Аршининг соясига олади»,– дедилар».</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда қарздорга муҳлат берган ёки баъзи қарзини кечиб юборган инсоннинг мукофоти ҳақида хабар бермоқдалар. Инсонларнинг устиларидан қуёш яқинлашиб унинг иссиғи янада кучайган Қиёмат кунида Аллоҳ таоло у бандани  ўз соясига олишини хабар бердилар. У кунда Аллоҳ таоло ўз соясига олганлардан бошқа ҳеч ким соя топа олмайди.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
@@ -3802,237 +3799,505 @@
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда Аллоҳ кимга яхшилик истаса, унга ўзида, дунёсида ёки аҳлида мусибат беришини хабар бердилар. Мусибат келгани учун мўмин Аллоҳга дуо қилиб илтижо қилади, унинг гуноҳлари кечирилади ва даражаси кўтарилади.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Мўмин киши балонинг ҳар хил турига йўлиқади.
 Мусибат баъзида мўминнинг даражасини олий қилиб, хатосини ўчириш учун Аллоҳнинг бандасига бўлган севгисининг белгиси ҳам бўлиши мумкин.
 Мусибат вақтида сабрга ундаш ва сабрсизликдан қайтариш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4204</t>
   </si>
   <si>
     <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
   </si>
   <si>
     <t>Инсонлар "Аллоҳдан ўзга ҳақ илоҳ йўқ ва Муҳаммад Унинг Расулидир" деб гувоҳлик бериб, намозни адо этмагунларича ва закотни бермагунларича</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
-    <t>Ибн Умар разияллоҳу анҳумодан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Инсонлар "Аллоҳдан ўзга ҳақ илоҳ йўқ ва Муҳаммад Унинг Расулидир" деб гувоҳлик бериб, намозни адо этмагунларича ва закотни бермагунларича, улар билан жанг қилишга буюрилдим. Агар одамлар юқоридагиларга амал қилсалар, мендан қонлари ва молларини омон сақлаган бўладилар. Фақат Ислом ҳаққи бундан мустасно. Уларнинг ҳисоб-китоби эса Аллоҳ таолога ҳаволадир», – дедилар.</t>
+    <t>Ибн Умар разияллоҳу анҳумодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Инсонлар "Аллоҳдан ўзга ҳақ илоҳ йўқ ва Муҳаммад Унинг Расулидир" деб гувоҳлик бериб, намозни адо этмагунларича ва закотни бермагунларича, улар билан жанг қилишга буюрилдим. Агар одамлар юқоридагиларга амал қилсалар, мендан қонлари ва молларини омон сақлаган бўладилар. Фақат Ислом ҳаққи бундан мустасно. Уларнинг ҳисоб-китоби эса Аллоҳ таолога ҳаволадир», – дедилар.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
-    <t>Аллоҳ таоло Набий соллаллоҳу алайҳи ва салламни мушриклар билан: «Ёлғиз Аллоҳдан ўзга хақ маъбуд ҳам  Унинг шериги ҳам йўқ ва Мухаммад соллаллоҳу алайҳи ва саллам унинг пайғамбари» деб гувоҳлик бермагунларича, ҳамда бу калима тақозо қилган куну тундаги беш маҳал намозни қоим ва фарз қилинган закотни ҳақдорларга бермагунларича урушишларини бюрганини хабар бердилар. Агар бу ишларни қилсалар Ислом уларни қоноарини ва молларини сақлайди. Ислом аҳкомлари тақозо қиладиган катта жарима ёки ўлимга лойиқ жиноят қилмагунларича ўлтириш мумкин эмас. Сўнгра Қиёмат куни Аллох ўзи ҳисоб китобларини қилади. Чунки Унинг ўзи уларни сирларини билади.</t>
+    <t>Пайғамбаримиз соллаллоҳу алайҳи ва саллам хабар бердиларки, то мушриклар ҳақиқий маъбуд бўлмиш фақатгина ягона ва шериги йўқ Аллоҳ эканлиги ва Муҳаммад соллаллоҳу алайҳи ва салламнинг расул эканликларига шаҳодат бергунларигача, шу шаҳодатнинг талабига амал қилиб, куну тун беш вақт намозни адо этгунлари ва фарз қилинган закотни бергунларигача Аллоҳ таоло У зотга улар билан урушишни буюрди. Агар бу ишларни қилсалар, Ислом уларнинг қонлари ва молларини ҳимоя қилади. Ислом аҳкомлари тақозо қиладиган катта жарима ёки ўлимга лойиқ жиноят қилмагунларича ўлдирилишлари мумкин эмас. Сўнгра Қиёмат куни Аллоҳ таоло Ўзи ҳисоб-китоб қилади. Чунки фақат Унинг Ўзигина уларнинг сирларини билур.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
-    <t>Аҳкомлар ишларнинг зоҳирига қараб ўлчанади. Сирлари эса, Аллоҳга хавола.
-[...1 lines deleted...]
-Бу ҳадис мушрикларни мажбурлаб динга олиб киришга далолат қилмайди, балки улар хоҳласалар динга кирадилар ёки жизя тўлайдилар. Иккаласидан ҳам бош тортсалар ва Исломга даъват қилишни ман қилсалар Ислом аҳкомлари асносида уруш қилинади.</t>
+    <t>Аҳкомлар фақат зоҳирига қараб юритилади. Сирларни эса Аллоҳ ўз зиммасига олган.
+Тавҳидга даъват қилишнинг аҳамияти ва даъватда аввал бошланадиган нарса ҳам шу эканлиги.
+Бу ҳадис мушрикларни мажбурлаб динга олиб киришга далолат қилмайди, аксинча, улар хоҳласалар динга кирадилар ёки жизя тўлайдилар. Иккаласидан ҳам бош тортсалар ва Исломга даъват қилишни ман қилсалар, Ислом аҳкомлари асосида уруш қилинади.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4211</t>
   </si>
   <si>
     <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>Уловдаги киши пиёдага, юриб кетаётган киши ўтирганга, озчилик кўпчиликка салом беради</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Уловдаги киши пиёдага, юриб кетаётган киши ўтирганга, озчилик кўпчиликка салом беради», дедилар.</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам салом бериш одобларига бизни йўлламоқдалар. Кичик каттага, уловдаги киши пиёдага, юриб кетаётган киши ўтирган одамга, озчилик кўпчиликка салом беради.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
     <t>Ҳадисда келгандай салом бериш мустаҳаб. Юриб кетаётган киши отлиққа ёки яна бошқа зикр қилинган нарсалар тескарича бўлса ҳам жоиз, лекин, афзал ва авлороғига тескари иш бўлади.
 Ҳадисда келгандай салом бериш муҳаббат ва улфатга сабаб бўлади.
 Агар зикр қилинган нарсаларда бирдай бўлсалар, уларнинг энг яхшилари салом билан бошлаганларидир.
-Шариатнинг инсонлар муҳтож бўлган барча нарсани баёнлаб бериши, унинг комиллигига далолат қилади.
+Шариатнинг инсонлар муҳтож бўлган барча нарсани баёнлаб бериши, унинг комиллигидандир.
 Салом беришнинг одоблари ва ҳар бир ҳақ эгасининг ҳаққини бериш таълими.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4243</t>
+  </si>
+  <si>
+    <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
+  </si>
+  <si>
+    <t>Мен сизларга бирор ишни айтмагунча, мендан ортиқча нарсаларни сўраманглар! Албатта, сизлардан олдин ўтган умматлар ўз пайғамбарларига кўп савол беришлари ва ихтилоф қилишлари сабабли ҳалок бўлганлар</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
+  </si>
+  <si>
+    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Мен сизларга бирор ишни айтмагунча, мендан ортиқча нарсаларни сўраманглар! Албатта, сизлардан олдин ўтган умматлар ўз пайғамбарларига кўп савол беришлари ва ихтилоф қилишлари сабабли ҳалок бўлганлар. Шундай экан, агар мен сизларни бирор нарсадан қайтарсам, ундан тийилинглар. Агар бирор ишга буюрсам, қодир бўлганингизча бажаринглар», — дедилар.</t>
+  </si>
+  <si>
+    <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
+فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
+فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
+وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
+الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
+الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
+  </si>
+  <si>
+    <t>Набий соллаллоҳу алайҳи ва саллам шаръий аҳкомлар уч хил бўлишини зикр қилдилар: буюрилган, қайтарилган ва сукут қилинган нарсалар.
+Биринчи: шариат ҳукм чиқармаган масалалар. Яъни, бирор нарсанинг ҳалол ёки ҳаромлиги ҳақида очиқ ҳукм йўқ. Агар шариат бирор нарса ҳақида ҳукм айтмаган бўлса, у нарса аслида вожиб саналмайди. Пайғамбаримиз соллаллоҳу алайҳи ва салламнинг даврларида ҳали ҳукми нозил бўлмаган нарса ҳақида сўраш мумкин эмас бўлган. Чунки у ҳақида сўрашлик билан вожиб ёки ҳаром қилиб қўйилиши хавфи бор эди. Аллоҳ таоло Ўз бандаларига раҳм қилиб бу нарсаларни ҳукмсиз қолдирган. Аммо пайғамбаримиз соллаллоҳу алайҳи ва салламнинг вафотларидан сўнг агар савол динда зарур бўлган масалани билиш учун фатво олиш ёки таълим мақсадида бўлса — у жоиз, балки, бажарилиши лозимдир. Аммо агар инкор қилинган ва қийинчиликка сабаб бўладиган бўлса, ҳадисдаги қайтарилган савол турига тушиб қолади. Чунки бу иш Бани Исроилда бўлган воқеага ўхшаш ҳолатга олиб бориши мумкин. Уларга «битта сигир сўйинглар» деб буюрилган вақтда қандай бўлишидан қатъий назар бирорта сигирни сўйиб қўйишганда етарли бўлар эди. Аммо улар қийинлаштирдилар ва Аллоҳ ҳам уларга қийин қилиб қўйди.
+Иккинчи: қайтарилган ишлар. Яъни, уни тарк этган одам савоб олади, қилган киши эса жазоланади. Шунинг учун уларнинг барчасидан тийилиш вожиб.
+Учинчиси – амр қилинган ишлар. Яъни, уни бажарган савоб олади, тарк этган эса жазоланади. Шунинг учун киши қодир бўлганича бажариши вожиб.</t>
+  </si>
+  <si>
+    <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
+حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
+الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
+الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
+النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
+  </si>
+  <si>
+    <t>Энг зарур ва эҳтиёж сезилган ишлар билан машғул бўлиб, ҳозир лозим бўлмаган нарсаларни тарк этиш, ҳали рўй бермаган нарсалар ҳақида савол бериб овора бўлмаслик керак.
+Масалаларни мураккаблаштирувчи, шубҳалар эшигини очиб, кўп ихтилофларга олиб бориши мумкин бўлган савол бериш ҳаром.
+Барча ман этилган ишларни тарк этиш буюрулган. Чунки уларни тарк этишда машаққат йўқ. Шунинг учун ҳам улар ҳақидаги қайтариқ умумий бўлган.
+Қилиниши буюрилган ишларни эса қодир бўлгунча бажариш керак. Чунки уни бажаришда машаққат бўлиши ёки одам унга ожиз қолиши мумкин. Шу сабабли уларни бажариш кишининг қудратига яраша бўлади.
+Кўп савол беришдан қайтарилган бўлиб, уламолар саволни икки турга бўлишган:
+Биринчи: дин ишларида зарур бўлган нарсаларни ўргатиш мақсадида бериладиган савол. Шариатимиз бундай савол турларини беришга буюрган бўлиб, саҳобаларнинг саволлари ҳам шу турдан эди.
+Иккинчи: инжиқлик ва қийинчиликка асосланган савол. Бундай савол туридан қайтарилган.
+Аввалги умматларда бўлганидек, умматни ўз пайғамбарига хилоф қилишдан огоҳлантириш.
+Кераксиз нарсалар ҳақида кўп савол бериш ва пайғамбарлар билан тортишиш ҳалокат сабабидир. Айниқса, Аллоҳдан ўзга ҳеч ким билмайдиган ғайбий масалалар ва қиёмат кунининг ҳолатлари каби етиб бўлмайдиган ишлар шу бобдан.
+Қийин ва мураккаб масалалар ҳақида савол беришдан қайтарилган.
+Авзоий (раҳимаҳуллоҳ) айтади: «Аллоҳ бир бандасини илм баракасидан маҳрум қилмоқчи бўлса, унинг тилига хато ва ноўрин сўзларни солиб қўяди. Мен уларнинг илмлари жуда оз эканини кўрдим».
+ Ибн Ваҳб (раҳимаҳуллоҳ) айтган: «Имом Моликнинг шундай деганини эшитдим: «Илм ҳақида мунозара ва тортишиш кишининг қалбидан илм нурини олиб қўяди».</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4295</t>
+  </si>
+  <si>
+    <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>Сен улкан нарса ҳақида сўрадинг», – дедилар.
+— Бироқ Аллоҳ таоло осон қилган кишига осондир</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Муоз ибн Жабал разияллоҳу анҳудан ривоят қилинади: Набий соллаллоҳу алайҳи ва саллам билан бирга сафарда эдим. Бир кетаётганимизда У зотга яқин бўлдим. Шунда:  «Ё Расулуллоҳ, менга шундай бир амални айтингки, у мени жаннатга киритиб, дўзахдан узоқлаштирсин», – дедим.
+«Сен улкан нарса ҳақида сўрадинг», – дедилар.
+— Бироқ Аллоҳ таоло осон қилган кишига осондир: Аллоҳга бирон-бир нарсани шерик этмасдан ибодат қил. Намозни тўкис адо эт, закот бер, Рамазон рўзасини тут ва Байтуллоҳга ҳаж қил!
+Сўнг дедилар: «Сенга яхшилик эшикларини кўрсатайми?! Рўза қалқондир. Садақа бамисоли сув ўтни ўчирганидек гуноҳларни ўчиради. Кишининг тунда ўқиган намози ҳам (яхшилик эшикларидандир). 
+Сўнг Расулуллоҳ соллаллоҳу алайҳи ва саллам қуйидаги оятни тиловат қилдилар: «Уларнинг ёнбошлари ўрин-жойларидан йироқ бўлур (яъни тунларини ибодат билан ўтказиб оз ухлайдилар). Улар Раббиларига қўрқув ва умидворлик билан дуо-илтижо қилурлар ва Биз уларга ризқ қилиб берган нарсадан инфоқ эҳсон қилурлар. Бас уларнинг қилиб ўтган амалларига мукофот қилиб, улар учун беркитиб қўйилган кўзлар қувончини бирон жон била олмас» [Сажда: 16-17].
+Сўнг дедилар: «Сенга ишнинг боши, устуни ва чўққиси ҳақида хабар берайми?!»
+«Ҳа, ё Расулуллоҳ!» – дедим.
+«Ишнинг боши Ислом, устуни намоз ва чўққиси Жиҳоддир», – дедилар. 
+Сўнгра дедилар: «Сенга мана шуларнинг ҳаммасининг ўзаги хақида хабар берайми?!»
+«Ҳа, ё Расулуллоҳ!» – деб жавоб бердим. Набий соллаллоҳу алайҳи ва саллам тилларини ушлаб дедилар: «Мана бунингни тийгин!» 
+«Эй Аллоҳнинг Пайғамбари, нима, биз гапирган гапларимизга ҳам жавобгар бўламизми?!» – дедим.
+Шунда: «Сени йўқлаб, онанг йиғласин, ахир одамларни юзлари билан (ёки "бурунлари билан" дедилар) дўзахга қулатадиган нарса тилларининг мевалари эмасми?!» – дедилар.</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
+قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
+الأول: تعبد الله وحده ولا تشرك به شيئًا. 
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟ 
+قال معاذ رضي الله عنه: بلى يا رسول الله. 
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. 
+وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله. 
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. 
+قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟! 
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>Муоз разияллоҳу анҳу ривоят қиладилар:
+«Мен Пайғамбар соллаллоҳу алайҳи ва саллам билан бир сафарда эдим. Бир куни саҳар пайти уларга яқинроқ бўлиб йўлда кетар эканмиз, мен дедим: «Ё Расулаллоҳ, мени жаннатга киритадиган ва дўзахдан узоқлаштирадиган амал ҳақида хабар берсангиз». Шунда У зот соллаллоҳу алайҳи ва саллам дедилар:
+«Албатта сен мендан жуда улкан амал ҳақида сўрадинг. Бу амални нафслар учун бажариш оғир, лекин Аллоҳ осон қилиб қўйган банда учун енгилдир. У амал — Ислом фарзларини адо этиш:
+1. Аллоҳгагина ибодат қилиш ва унга ҳеч нарсани шерик қилмаслик.
+2. Кундуз ва туннинг беш вақт –бомдод, пешин, аср, шом ва хуфтон– фарз намозларини ўз шартлари, рукнлари ва вожиблари билан адо этиш.
+3. Фарз закотни бериш. Закот – шариатда белгиланган миқдорга етган молдан олиниб, ҳақдорларга бериладиган молиявий ибодатдир.
+4. Рамазон рўзасини тутиш. Рўза – ибодат ниятида саҳардан то қуёш ботгунга қадар еб-ичиш ва бошқа рўзани бузувчи ишлардан тийилишдир.
+5. Аллоҳ азза ва жаллага ибодат қилишни мақсад қилиб, маносикларни бажариш учун Байтуллоҳга ҳаж қилиб бориш.
+Сўнгра Расулуллоҳ соллаллоҳу алайҳи ва саллам дедилар:
+«Сенга яхшилик эшикларига етаклайдиган йўлларни ҳам айтайми? Улар фарзлардан кейинги нафл ибодатлардир:
+Аввало, нафл рўза. Бу гуноҳлардан сақлайди. Чунки у шаҳватни синдиради, кучни заифлаштиради.
+Сўнгра нафл садақа. У гуноҳ қилинганидан кейин уни ўчиради, юқотади ва изини йўқотади.
+Кейин, туннинг учинчи бўлигида нафл намоз (таҳажжуд) ўқиш. Сўнг Пайғамбар соллаллоҳу алайҳи ва саллам Қуръондан қуйидаги оятни тиловат қилдилар:
+«Улар ётоқларидан узоқлашадилар» – яъни ухлашдан воз кечиб намоз ўқиш учун туришади. Улар Раббиларига қўрқиб ва умид қилиб дуо қиладилар. Биз берган ризқдан улар садақа қилдилар. Уларнинг учун қандай кўзларни қувонтирувчи неъматлар яшириб қўйилганини ҳеч ким билмайди. Бу – улар қилган амаллари учун бериладиган мукофотдир».
+Сўнгра Расулуллоҳ соллаллоҳу алайҳи ва саллам яна дедилар:
+«Сенга диннинг асосини, унинг устуни ва энг юқори даражасини ҳам айтайми?»
+Муоз разияллоҳу анҳу дедилар:
+«Албатта, ё Расулаллоҳ».
+Пайғамбар соллаллоҳу алайҳи ва саллам дедилар:
+«Ишнинг боши — Ислом. У икки шаҳодат (яъни: «Лаа илаҳа иллаллоҳ» ва «Муҳаммадур Расулуллоҳ»). Улар билан инсонда диннинг асоси барпо бўлади. Унинг устуни — намоз. Устунсиз уй бўлмаганидай намозсиз ҳам Ислом бўлмайди. Ким намоз ўқиса, унинг дини мустаҳкам ва баланд бўлади. Унинг энг юқори даражаси эса — жиҳод. Бу Аллоҳнинг каломини олий қилиш йўлида душманлар билан жанга киришиб, куч ва жонини қурбон қилишдир.
+Сўнг У зот соллаллоҳу алайҳи ва саллам яна дедилар: «Сенга шу айтилган нарсаларни мустаҳкамлаб турадиган асосий нарсани ҳам айтайми?» Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам ўз тилларини ушлаб, дедилар:
+«Мана шуни тий!  Сенга дахли бўлмаган сўзларни гапирма!» Муоз разияллоҳу анҳу сўрадилар: «Ё Расулаллоҳ, биз айтган ҳар бир сўзимиз учун Раббимиз ҳисоб қилиб, жазо берадими?!»
+Пайғамбар соллаллоҳу алайҳи ва саллам дедилар:
+«Онаси йўқотгур! (Бу араб тилида ҳайрат ва огоҳлантириш ифодаси қатори ишлатилади, ҳақиқий дуо маъносида эмас.) Одамларни юзлари билан дўзахга йиқитадиган нарса, уларнинг тиллари орқали йиғган нарсаларидир. Яъни, куфр сўзлари, ҳақорат, сўкиниш, ғийбат, чақимчилик, бўҳтон ва шунга ўхшаш сўзлар сабабли-ку».</t>
+  </si>
+  <si>
+    <t>حرص الصحابة رضي الله عنهم على العِلْم، ولهذا يَكثُرُ منهم سؤال النبي صلى الله عليه وسلم عنه.
+فقه الصحابة رضي الله عنهم لعلمهم أنَّ الأعمال سبب لدخول الجنة.
+السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
+ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
+رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
+رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
+فضل التقرب بالنوافل بعد أداء الفرائض.
+الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
+وجوب حفظ اللسان عما يضر الإنسان في دينه.
+كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
+  </si>
+  <si>
+    <t>Саҳоба разияллоҳу анҳумлар илмга қаттиқ ҳарис бўлганлар. Шунинг учун ҳам Пайғамбар соллаллоҳу алайҳи ва салламга кўп саволлар берганлар.
+Саҳобаларнинг фиқҳи: амаллар жаннатга киришга сабаб эканини яхши билишар эдилар.
+Муоз разияллоҳу анҳудан содир бўлган савол жуда улуғ савол эди. Чунки у аслида ҳаёт ва борлиқ сирини ўз ичига олган. Чунки бу дунёдаги ҳар бир мавжудот — одамлар ҳам, жинлар ҳам — охиратда ё жаннатга, ё дўзахга киради. Шунинг учун бу савол улуғ савол эди.
+Жаннатга кириш Исломнинг беш рукнини адо этишга боғлиқ: икки шаҳодат, намоз, закот, рўза ва ҳаж.
+Диннинг боши, энг улуғ вазифа ва энг муҳим бурч — Аллоҳни ягона деб билиш ва фақат Унгагина ибодат қилишдир.
+Аллоҳнинг бандаларига раҳмати. Бандалар кўп савобларга эришишлари ва гуноҳлари кечирилиши учун У Зот кўп яхшилик эшикларини очиб берди.
+Фарзларни адо этгандан кейин нафллар билан Аллоҳга яқинлашишнинг фазилати.
+Намоз — Исломнинг устуни. Уй устунсиз йиқилгани каби, Ислом ҳам намозсиз йиқилади.
+Инсон динига зарар етказадиган сўзлардан тилни сақлаши вожибдир.
+Тилни тийиш, уни назорат қилиш ва ошиқча гаплардан тўсиш — барча яхшиликнинг асосидир.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[Тирмизий, Ибн Можа ва Аҳмад ривояти]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4303</t>
   </si>
   <si>
     <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>Қачон икки мусулмон бир-бирига қилич ўқталса, ўлдирувчи ҳам, ўлдирилган ҳам жаҳаннамдадир</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Абу Бакроҳ разияллоҳу анҳудан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Қачон икки мусулмон бир-бирига қилич ўқталса, ўлдирувчи ҳам, ўлдирилган ҳам жаҳаннамдадир»,– деганларида мен: «Эй Аллоҳнинг Расули, мана бу-ку қотил, ўлдирилганнинг айби нима?»,- дедим. У зот: «Чунки у ҳам шеригини ўлдирмоқчи бўлган эди»,– дедилар».</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда қачон икки мусулмон  бир-бирини ўлдириш учун қилич кўтарсалар ва бири иккинчисини ўлдирса, иккаласи ҳам дўзахга киришини хабар бердилар. Қотилку маълум, аммо ўлдирилган дўзахга нима учун тушганини саҳобалар тушина олишмади, шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам у биродарини ўлдиришга ҳарис бўлгани учун дўзахда дея хабар бердилар. Чунки у ўзи ўлиб қолмаганда шеригини ўлдирган бўлар эди.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Ким маъсиятни қилишга ошиқса ва сабабларни бажарса, лекин маъсиятни қила олмасада жазога йўлиқади.
 Мусулмонлар бир-бири билан уруш қилишидан қаттиқ қайтариш ва шу сабабдан дўзахга тушишидан огоҳлантириш.
 Бир мусулмон иккинчи мусулмонни ҳақ билан ўлдирса бу ҳадис остига кирмайди. Масалан, золим ва фасодчи мусулмонларга қарши урушишлик.
 Кабира гуноҳни қилиш билан одам кофир бўлмайди, чунки Расулуллоҳ соллаллоҳу алайҳи ва саллам қилич кўтарганларни мусулмон деб атадилар.
 Икки мусулмон бир-бирини қандай услубда ўлдирса ҳам, дўзахга киради. Бу ерда қиличнинг зикр қилиниши мисол қаторида холос.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4304</t>
+  </si>
+  <si>
+    <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>Яхшилик бу ҳусни хулқдир. Гуноҳ эса кўнглинг хотиржам бўлмаган ва одамлар билиб қолишини
+истамайдиган ишингдир», – дедилар</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Наввос ибн Самъон Ансорий разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва салламдан яхшилик ва гуноҳ ҳақида сўрадим. Шунда: «Яхшилик бу ҳусни хулқдир. Гуноҳ эса кўнглинг хотиржам бўлмаган ва одамлар билиб қолишини
+истамайдиган ишингдир», – дедилар.</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
+أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
+وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
+  </si>
+  <si>
+    <t>Набий соллаллоҳу алайҳи ва саллам яхшилик ва ёмонлик ҳақида сўралдилар. Шунда:
+«Аллоҳга нисбатан ҳусни хулқ - У Зотга гўзал тақво қилиш билан, одамларга эса, уларнинг озор-балоларига сабр қилиш, ғазабни жиловлай олиш, юзда илиқ табассум ва очиқ қиёфа билан юриш, ширин сўз айтиш, қариндошлик ришталарини мустаҳкам тутиш, итоат қилиш, меҳрибонлик ва саховат кўрсатиш, самимий муомала ва яхши ҳамсуҳбатликка риоя қилиш билан бўлади.
+«Гуноҳ» эса — шубҳали нарсалардан нафсда ҳаяжон ва хавсираш пайдо қилиб, қалб бу ишдан хотиржам бўлмаслигидир», — деб жавоб бердилар . Яъни, гуноҳ бўлишидан шубҳа туғилиб, қўрқув ҳисси пайдо бўлиши гуноҳнинг аломатидир. Шу билан бирга, уни зийоли одамларга ошкор қилишни ҳам хоҳламайди. Чунки нафс табиатан ўзининг яхшилиги кўринишини хуш кўради. Агар инсон айрим амалларини яхши ва комил инсонлар кўриб қолишидан уялиб, ошкор қилишдан нафрат этса, демак, у ишда яхшилик йўқ, аксинча, гуноҳ амалдир.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>Яхши хулқларга чақириқ. Зеро ҳусни хулқ — яхшиликнинг энг улуғ сифатларидан биридир.
+Ҳақ билан ботил масаласи мўмин учун қоронғу бўлиб қолмайди. Аксинча, у қалбидаги нур орқали ҳақни таниб олади, ботилдан эса нафратланиб унга қарши чиқади.
+Гуноҳнинг аломатларидан бири — қалбнинг безовта ва оромсиз бўлиши ҳамда одамлар уни кўриб қолишини ёқтирмасликдир.
+Синдий раҳимаҳуллоҳ айтадилар: Бу ҳадис одамлар ҳақ ёки ботиллигини билмайдиган шубҳали ишлар ҳақида. Аммо агар шариат буюрган иш бўлса, унинг яхши экани айтилмаса ҳам у яхшиликдир. Бир нарсадан қайтарган бўлса, демак, у ёмон ва гуноҳ ишдир. Бундай ҳолларда қалбга қулоқ солиш ва ҳотиржамлигига назар солишга ҳожат йўқ.
+Ҳадисдаги мурожаат соф фитрат соҳибларига қаратилган. Фитрати тескари бўлиб кетган, яъни, маъруфни маъруф деб билмайдиган, мункарни мункар деб танимайдиган, балки, фақат ҳавои-нафсини эътироф этадиганларга эмас.
+Тийбий раҳимаҳуллоҳ айтадилар: «Ҳадисдаги яхшилик сўзи турли маъноларда тафсир қилинган. Баъзи жойда у нафс ва қалб ором топадиган нарса деб изоҳланган, бошқа жойда эса иймон деб изоҳланган, яна бошқа жойда банданинг Аллоҳга яқинлашиши деб талқин қилинган. Бу ерда эса ҳусни хулқ деб таърифланган. Ҳусни хулқ эса — озорга чидаш, кам ғазабланиш, юзни очиқ тутиш, гапда ширин сўзли бўлиш каби сифатлар билан изоҳланади. Уларнинг барчаси маънода ўзаро яқиндир».</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4308</t>
   </si>
   <si>
     <t>الدين النصيحة</t>
   </si>
   <si>
     <t>Дин – насиҳатдир</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Тамим Ад-Дорий разияллоҳу анҳудан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Дин – насиҳатдир”,– дедилар. Биз: «Кимга (насиҳат)?» – деб сўрадик. «Аллоҳга, Унинг китобига, пайғамбарига, мусулмонларнинг имом-бошлиқларига ва ҳаммасига (ҳамма мусулмонларга)»,– дедилар».</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда дин Аллоҳ буюргандай комил, нуқсонсиз бажарилиши учун сидқ ва ихлос устига қурилгани ҳақида хабар бермоқдалар.
 Шунда Расулуллоҳ соллаллоҳу алайҳи ва салламга: «Насиҳат ким учун бўлади?»,— дейилди.
 Биринчи: Аллоҳ таолога насиҳат – Холис Унга ибодат қилиш ва Унга ширк келтирмаслик, У Зотнинг Рабб, Илоҳ эканига ҳамда исм-сифатларига иймон келтириш, У Зотни улуғлаш ва У Зотга иймон келтиришга даъват ила бўлади.
 Иккинчи: Аллоҳнинг китоби Қуръони Каримга насиҳат: Уни Аллоҳнинг каломи, китобларнинг охиргиси, бундан аввалги барча шариатларнинг ҳукмини насх қилувчи (ўчирувчи) деб эътиқод қилишдир. Уни улуғлаймиз, тиловат қиламиз, ҳукмларига амал қиламиз, муташобиҳларига таслим бўламиз, уни бузғунчиларнинг бузишидан сақлаймиз, панд-насиҳатидан ибрат оламиз, унга тегишли илмларни тарқатамиз ва унга даъват қиламиз.
 Учинчи: Аллоҳнинг расули Муҳаммад соллаллоҳу алайҳи ва салламга насиҳат: У кишини пайғамбарларнинг охиргиси деб эътиқод қилиш, олиб келган нарсаларини тасдиқлаш, буйруқларини бажариш, қайтариқларидан тийилиш, Аллоҳга у киши кўрсатиб бергандай ибодат қилиш, у кишини улуғлаш ва ҳурмат қилиш, у кишининг даъватини ва шариатини тарқатиш ва у кишини туҳматлардан ҳимоя қилиш билан бўлади.
-Тўртинчи: Мусулмонларнинг имомларига насиҳат: Ҳақда уларга ёрдам бериш, бирор ишда улар билан тортишмаслик ва Аллоҳга итоат қилишга буюрсалар уларга итоат қилишлик.
+Тўртинчи: Мусулмонларнинг имомларига насиҳат: Ҳақда уларга ёрдам бериш, бирор ишда улар билан тортишмаслик ва Аллоҳга итоат қилишга буюрсалар уларга итоат қилиш.
 Бешинчи: Мусулмонларга насиҳат – Уларга яхшилик қилиш, даъват қилиш, уларга озор бермаслик, яхшиликни раво кўриш, яхшилик ва тақво устида ёрдамлашиш билан бўлади.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Барчага насиҳат қилишликка бўлган буйруқ.
 Насиҳатнинг диндаги аҳамияти.
 Дин эътиқод, сўз ва амалларни ўз ичига олган.
 Нафс насиҳат қилинаётган кишига нисбатан хиёнатдан тоза бўлиши ва унга яхшиликни хоҳлаши насиҳатнинг турларидандир.
 Расулуллоҳ соллаллоҳу алайҳи ва салламнинг таълимлари гўзаллиги. Биринчи нарсани қисқа зикр қилиб кейин уни батафсил ёритиб бердилар.
 Аввало муҳим нарсалардан бошлаш. Расулуллоҳ соллаллоҳу алайҳи ва саллам биринчи Аллоҳга сўнгра китобига сўнгра Расулига сўнгра мусулмонларнинг имомларига ундан кейин барча мусулмонларга дея бирин-кетин зикр қилдилар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4309</t>
   </si>
   <si>
     <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>Албатта, ҳалол (нарсалар) аниқ, ҳаром (нарсалар) ҳам аниқ</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
-    <t>Нуъмон ибн Башир разияллоҳу анҳумодан ривоят қилинган ҳадис. У киши бармоқларини қулоқларига тутиб: «Расулуллоҳ соллаллоҳу алайҳи ва саллам шундай деяётганларини эшитдим»,– дедилар: «Албатта, ҳалол (нарсалар) аниқ, ҳаром (нарсалар) ҳам аниқ. Бу иккисининг ўртасида шубҳали ишлар борки, уни одамларнинг кўпчилиги билмайди. Ким шубҳа(ли нарса)лардан сақланса, дини ва обрўсини пок тутибди. Ким шубҳа(ли нарса)ларни қилса, ҳаромга кириб қолибди. (Бунинг мисоли) худди қўриқланадиган ер атрофида қўй боқадиган чўпон каби: (қўйлари бир кун келиб) шу ерга кириб кетиши мумкин. Огоҳ бўлинглар: ҳар бир подшоҳнинг ўз қўриқланадиган (биров дахл қила олмайдиган) ери бор. Огоҳ бўлинглар: Аллоҳнинг қўриқланадиган ери У ҳаром қилган нарсалардир. Огоҳ бўлинглар: жасадда бир парча гўшт борки, агар у яхши бўлса, бутун жасад ислоҳ (яроқли) бўлади, агар фосид (бузуқ) бўлса, бутун жасад бузилади. Огоҳ бўлинглар: у қалбдир!»</t>
+    <t>Нуъмон ибн Башир разияллоҳу анҳудан ривоят қилинган ҳадис. У киши бармоқларини қулоқларига тутиб: «Расулуллоҳ соллаллоҳу алайҳи ва саллам шундай деяётганларини эшитдим»,– дедилар: «Албатта, ҳалол (нарсалар) аниқ, ҳаром (нарсалар) ҳам аниқ. Бу иккисининг ўртасида шубҳали ишлар борки, уни одамларнинг кўпчилиги билмайди. Ким шубҳа(ли нарса)лардан сақланса, дини ва обрўсини пок тутибди. Ким шубҳа(ли нарса)ларни қилса, ҳаромга кириб қолибди. (Бунинг мисоли) худди қўриқланадиган ер атрофида қўй боқадиган чўпон каби: (қўйлари бир кун келиб) шу ерга кириб кетиши мумкин. Огоҳ бўлинглар: ҳар бир подшоҳнинг ўз қўриқланадиган (биров дахл қила олмайдиган) ери бор. Огоҳ бўлинглар: Аллоҳнинг қўриқланадиган ери У ҳаром қилган нарсалардир. Огоҳ бўлинглар: жасадда бир парча гўшт борки, агар у яхши бўлса, бутун жасад ислоҳ (яроқли) бўлади, агар фосид (бузуқ) бўлса, бутун жасад бузилади. Огоҳ бўлинглар: у қалбдир!»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда барча нарсани ўз ичига оладиган қоидани баён қилдилар. У қоида уч қисмга бўлинади: Очиқ-ойдин ҳалол, очиқ-ойдин ҳаром ва ҳукми ноаниқ, ҳалол-ҳаромлиги шубҳали ва кўп инсонлар унинг ҳукмини билмайдиган нарсалар.
 Ким ана ўша шубҳали нарсаларни тарк қилса, ҳаромга тушиб қолишдан узоқда бўлиб динини сақлайди ва шу билан бирга одамлар наздида обрўсини сақлаб қолади. Ким шубҳали нарсалардан четланмаса, ҳаром нарсаларга дучор бўлади ва одамлар наздида обрўси тушади. Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда шубҳали ишларни қилиб юрувчи киши ҳақида чиройли бир мисол олиб келдилар. У худди қўриқланадиган ер атрофида қўй боқадиган чўпон каби: тўсиққа яқинлиги туфайли(қўйлари бир кун келиб) шу ерга кириб кетиши мумкин. Шубҳали ишларни қиладиган киши ҳам шу кабидир. Шубҳали ишлари билан ҳаромга яқинлашади ва бир кун келиб ҳаромга ҳам тушиб қолиши мумкин. Шундан кейин Расулуллоҳ соллаллоҳу алайҳи ва саллам жасадда бир лаҳта гўшт (яъни қалб) борлиги ва у ислоҳ бўлса бутун жасад ислоҳ бўлишини хабар бердилар.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Ҳукми аниқ бўлмаган шубҳали нарсаларни тарк қилишга тарғиб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4314</t>
   </si>
   <si>
+    <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>Эй Одамлар! Аллоҳ покдир ва фақат пок нарсанигина қабул
+қилади. Албатта, Аллоҳ пайғамбарларга буюрган нарсани мўминларга
+ҳам амр этди</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
+  </si>
+  <si>
+    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам айтдилар: «Эй Одамлар! Аллоҳ покдир ва фақат пок нарсанигина қабул
+қилади. Албатта, Аллоҳ пайғамбарларга буюрган нарсани мўминларга
+ҳам амр этди: «Эй Пайғамбарлар, ҳалол-пок таомлардан енглар ва солиҳ
+амал қилинглар! Мен нима қилаётганганингизни билувчиман». Яна айтганки: «Эй мўминлар, сизларга ризқ қилиб берган покиза нарсалардан енглар». Сўнг Расулуллоҳ соллаллоҳу алайҳи ва саллам узоқ сафарга чиққан, сочлари тароқ тегмаганидан тўзиб кетган, чанг-тўзон сочининг рангини ўзгартириб юборган бир киши ҳақида гапирдилар: «Ҳалиги одам қўлларини кўкка чўзиб: "Раббим! Раббим!" деб дуо
+қилмоқда. Бироқ унинг егани ҳаром, ичгани ҳаром, кийгани ҳаром ва
+ўзи ҳаром билан озиқланган. Қандай қилиб унинг дуоси ижобат
+бўлсин?!».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك. 
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر. 
+ثالثًا: يرفع يديه إلى السماء بالدعاء. 
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب! 
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>Пайғамбар соллаллоҳу алайҳи ва саллам хабар бердиларки, Аллоҳ Таоло пок, муқаддас, камчилик ва нуқсонлардан мутлақо йироқ, барча камолот сифатлар билан сифатланган Зотдир. Шунинг учун У Зот амал қиладиган ишлар, айтилган сўзлар ва эътиқодлардан фақат пок бўлганини қабул қилади. Яъни, улар фақат Аллоҳ учун ихлос билан қилинган ва Пайғамбар соллаллоҳу алайҳи ва саллам суннатларига мувофиқ бўлиши лозим. Аллоҳга яқинлашиш ҳам фақат шу йўл билан бўлиши керак. Мўминнинг амалларини покловчи энг катта сабаблардан бири — унинг таоми ҳалол бўлишидадир. Таоми ҳалол бўлса, амали ҳам пок ва қабулга муносиб бўлади. Шунинг учун Аллоҳ мўминларни пайғамбарларни буюргани каби буюрди: ҳалолдан еб, солиҳ амал қилинг. Шундай деб марҳамат қилди: «Эй Пайғамбарлар, ҳалол-пок таомлардан енглар ва солиҳ
+амал қилинглар. Мен нима қилаётганганингизни билувчиман». Яна айтганки: «Эй мўминлар, сизларга ризқ қилиб
+берган покиза нарсалардан енглар».
+Сўнгра Пайғамбар соллаллоҳу алайҳи ва саллам одамларнинг амалини бузадиган ва унинг қабул қилинишига тўсқинлик қиладиган ҳаром таомдан қайтардилар. Чунки инсон қанчалик қабул бўлиши учун турли (зоҳирий)сабабларни қилмасин, агар ҳаром билан озиқланган бўлса, амаллари қабул қилинмайди. Шулардан:
+Биринчи: ҳаж, жиҳод, қариндош-уруғни зиёрат қилиш ва бошқа ибодатларни бажариш учун узоқ сафар қилиш.
+Иккинчи: сайёҳнинг сочи таралмаган, ранг-рўйи ўзгарган, кийими чанга ботган ҳолда муҳтож бўлиб юриши.
+Учинчи: қўлларини осмонга кўтариб дуо қилиши.
+Тўртинчи: Аллоҳнинг исмлари билан тавассул қилиб, илтижо ва такрор билан «Ё Раббим, Ё Раббим!» деб дуо қилиши.
+Лекин шунча сабабларга қарамай, унинг дуоси қабул қилинмайди. Чунки унинг егани ҳам, ичгани ҳам, кийгани ҳам ҳаром бўлган, бутун вужуди ҳаром билан ўсган. Шу ҳолда қандай қилиб унинг дуоси қабул қилинсин?!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>Аллоҳ таоло Зоти, сифатлари, феъллари ва ҳукмларида комилдир.
+Аллоҳ таолога ихлос ва Пайғамбаримиз соллаллоҳу алайҳи ва салламга эргашиш буюрилган.
+Амалга рағбатлантирувчи воситаларни ишлатиш. Чунки Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Албатта, Аллоҳ мўминларни ҳам пайғамбарларга буюрган нарсаларга буюрди», дедилар. Агар мўмин бу пайғамбарларга буюрилган амаллардан эканини билса, шу ишни бажаришга шижоатланади ва ўзида куч топади.
+Дуо қабул бўлишига тўсқинлик қиладиган нарсалардан бири — ҳаром луқмадир.
+Дуо ижобат бўлишининг бешта сабаби бор:
+1. Узоқ сафар – чунки у инсонда ҳокисорликни пайдо қилади. Бу эса дуо ижобат бўлишининг энг улуғ сабабларидандир.
+2. Зарурият ҳолати.
+3. Қўлларни осмонга кўтариш.
+4. Аллоҳга илтижо қилиб, «Раббим!» деган сўзни қайта-қайта такрорлаш, бу энг улуғ сабаблардан.
+5. Ҳалол ва пок луқма.
+Ҳалол ва пок луқма солиҳ амалларга ёрдамчи омиллардан ҳисобланади.
+Қозий раҳимаҳуллоҳ айтган: «Тоййиб» (пок, яхши) сўзи «хабис» (ифлос, ёмон)нинг зиддидир.
+– У Аллоҳга нисбат берилса, демак: У нуқсонлардан пок, айблардан муназзаҳ дегани.
+– Агар одамга нисбатан айтилса: у ёмон хулқ ва қабиҳ амаллардан узоқ, аксинча, уларнинг муқобили – гўзал хулқ ва яхши амаллар билан безанган деганидир.
+– Агар мол-дунё ҳақида айтилса, демак у ҳалол ва мол-дунёнинг энг яхшисидандир.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4316</t>
+  </si>
+  <si>
     <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>Албатта, Аллоҳ ҳар бир нарсада яхшилик қилишни ёзиб қўйди</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
-    <t>Шаддод ибн Авс разияллоҳу анҳунинг ҳадиси: «Расулуллоҳ соллаллоҳу алайҳи ва салламдан икки нарсани ёдлаб олдим: «Албатта, Аллоҳ ҳар бир нарсада яхшилик қилишни ёзиб қўйди. Агар бирон нарсани ўлдирсанглар, яхши усулда (қийнамасдан, азобламасдан) ўлдиринглар. (Бирон чорва ҳайвонини) сўйсанглар, сўйишни яхши усулда бажаринглар – сизлардан (ўша ҳайвонни сўяётган) бирингиз пичоғини (ўткир қилиб) чархласин ва сўйилаётган ҳайвонга (жон беришни) осон қилсин», – дедилар.</t>
+    <t>Шаддод ибн Авс разияллоҳу анҳудан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва салламдан икки нарсани ёдлаб олдим: «Албатта, Аллоҳ ҳар бир нарсада яхшилик қилишни ёзиб қўйди. Агар бирон нарсани ўлдирсанглар, яхши усулда (қийнамасдан, азобламасдан) ўлдиринглар. (Бирон чорва ҳайвонини) сўйсанглар, сўйишни яхши усулда бажаринглар – сизлардан (ўша ҳайвонни сўяётган) бирингиз пичоғини (ўткир қилиб) чархласин ва сўйилаётган ҳайвонга (жон беришни) осон қилсин», – дедилар.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда Аллоҳ ҳар бир ишда бизга эҳсон қилишни вожиб қилганини хабар бердилар.
 Эҳсон: Ҳар доим Аллоҳнинг бандани кузатиб туришини эътиқод қилишдир. Бирортага яхшилик қилганда, азият беришдан ўзини тийганда, ўлдирганда ва жонлиқ сўйганда ҳам эҳсон қилишлик лозим. (Яъни Аллоҳ кўриб турганини ҳис қилиб қийнамай сўйиш керак)
 Масалан, қасос олаётиб ўлдириш вақтидаги эҳсон: Ўлдирилиши керак бўлган инсонни энг осон ва тез ўладиган йўл билан ўлдирмоқ.
 Сўяётгандаги эҳсон: Пичоқнинг ўткир қилиниши, уни ҳайвонни олдида унга кўрсатиб ўткирламаслик ҳамда бошқа ҳайвонни олдида сўймасликдир.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>Аллоҳнинг махлуқотларга бўлган лутфи ва меҳрибонлиги.
 Ўлдираётиб ёки сўяётиб ҳам эҳсон қилиш, яъни шариат кўрсатган услубда бўлмоғи.
 Шариатимиз ҳаттоки ҳайвонга ҳам меҳр кўрсатиш ва юмшоқ муомалада бўлишга буюриши шариатнинг комил ва у барча яхшиликларни ўз ичига олганлигига далолат қилади.
 Инсонни ўлдиргандан кейин мусла қилишдан (мурдасини майдалаш) қайтариш.
 Ҳайвонга азоб берадиган барча нарса ҳаромдир.</t>
@@ -4090,420 +4355,901 @@
     <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади. Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Аллоҳ таоло сизларнинг кўринишингизга ҳам, бойлигингизга ҳам қарамайди, балки қалбларингизга ва амалларингизга қарайди»,— дедилар.</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда, Аллоҳ бандаларнинг ташқи кўринишларига (чиройликми хунукми, каттами кичикми, касалми соғми) қарамаслигини баён қилдилар. ва шу билан бирга бойликларига ҳам (кўпми озми) қарамаслигини баён қилдилар. Яъни, Аллоҳ бандани бу нарсалар учун ҳисоб китоб қилмайди. Нега сен фалончидан бой бўлмадинг нега сен чиройлироқ бўлмадинг демайди. Балки, инсонларнинг қалбларида – тақво, яқийн ва холислик борми ёки риё ва сумъа борми – шу нарсаларга қарайди. Уларнинг амалларига қарайди – тўғрими хатоми – сўнгра шунга қараб мукофот ёки жазо беради.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Қалбни ислоҳ қилишга эътибор беришлик ва уни барча ёмон нарсалардан тозаламоқ.
 Қалб ихлос ила, амал эса Расулуллоҳ соллаллоҳу алайҳи ва салламга эргашиш ила ислоҳ бўлади. Аллоҳ таоло эътиборга оладиган нарса шу иккисидир.
 Инсон моли, чиройи, жисми ва шу дунё матолари ила мағрурланмаслиги лозим.
 Ички кўринишига эмас, балки фақат ташқи кўринишига эътибор беришдан огоҳлантириш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4555</t>
   </si>
   <si>
+    <t>إن الله ورسوله حرم بيع الخمر، والميتة والخنزير والأصنام</t>
+  </si>
+  <si>
+    <t>Аллоҳ ва Унинг Расули хамр, ўлимтик, чўчқа ва санамларнинг савдосини ҳаром қилди</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ عَامَ الفَتْحِ وَهُوَ بِمَكَّةَ: «إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ»، فَقِيلَ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ شُحُومَ المَيْتَةِ، فَإِنَّهَا يُطْلَى بِهَا السُّفُنُ، وَيُدْهَنُ بِهَا الجُلُودُ، وَيَسْتَصْبِحُ بِهَا النَّاسُ؟ فَقَالَ: «لاَ، هُوَ حَرَامٌ»، ثُمَّ قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عِنْدَ ذَلِكَ: «قَاتَلَ اللَّهُ اليَهُودَ إِنَّ اللَّهَ لَمَّا حَرَّمَ شُحُومَهَا جَمَلُوهُ، ثُمَّ بَاعُوهُ، فَأَكَلُوا ثَمَنَهُ».</t>
+  </si>
+  <si>
+    <t>Жобир разияллоҳу анҳумодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва салламнинг фатҳ йили Маккада: «Аллоҳ ва Унинг Расули хамр, ўлимтик, чўчқа ва санамларнинг савдосини ҳаром қилди», деганларини эшитдим. Шунда: «Ё расулуллоҳ, ўлимтик ёғига нима дейсиз? Ахир у кемаларга суртилади, у билан терилар мойланади, одамлар чироқ ёқишади», – дейилди. У зот: «Йўқ! У ҳаром», – дедилар. Кейин ўшанда Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Аллоҳ яҳудийдарни ҳалок қилсин! Аллоҳ азза ва жалла уларга унинг ёғини ҳаром қилганда уни эритиб, кейин сотиб, пулини ейишди», – дедилар.</t>
+  </si>
+  <si>
+    <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
+  </si>
+  <si>
+    <t>Жобир ибн Абдуллоҳ разияллоҳу анҳумо фатҳ йили Маккада турганларида Набий соллаллоҳу алайҳи ва салламнинг: «Аллоҳ ва Расули хамр, ўлимтик, чўчқа ва санамлар савдосини ҳаром қилди», деганларини эшитдилар. Шунда саҳобалар: « Ё Аллоҳнинг Расули, ўлимтик ёғини сотсак бўладими? Чунки у кемаларга суртилади, у билан терилар мойланади, одамлар чироқ ёқишади», – деб айтишди. Шунда У зот: «Йўқ! Уни сотиш ҳаром», – дедилар. Сўнгра Расулуллоҳ соллаллоҳу алайҳи ва саллам: Аллоҳ яҳудларни ҳалок қилсин, лаънатласин! Аллоҳ уларга ҳайвонларнинг ёғини ҳаром қилганда уни эритиб, сўнгра эритилганини сотиб, унинг пулини едилар», – дедилар.</t>
+  </si>
+  <si>
+    <t>قال النووي: الميتة والخمر والخنزير: أجمع المسلمون على تحريم بيع كلِّ واحدٍ منها.
+قال القاضي: تَضَمَّنَ هذا الحديث أن ما لا يَحِلُّ أكلُه والانتفاع به لا يجوز بيعه، ولا يحل أكل ثمنه، كما في الشحوم المذكورة في الحديث.
+قال ابن حجر: وسياقُه مُشْعِرٌ بِقُوَّة ما أوّله الأكثر أن المراد بقوله: "هو حرام" البيع لا الانتفاع.
+كلُّ حِيْلةٍ يُتَوَصَّل بها إلى تحليل مُحَرَّمٍ فهي باطلة.
+قال النووي: قال العلماء: وفي عموم تحريم بيع الميتة أنه يحرم بيع جُثَّة الكافر إذا قتلناه وطَلَبَ الكفّارُ شراءَه، أو دَفْع عِوَضٍ عنه، وقد جاء في الحديث: أنّ نوفل بن عبد الله المخزومي قتله المسلمون يوم الخندق، فبذل الكفار في جسده عشرة آلاف درهم للنبي صلى الله عليه وسلم فلم يأخذْها، ودَفَعَه إليهم.</t>
+  </si>
+  <si>
+    <t>Нававий раҳимаҳуллоҳ айтганлар:
+«Ўлимтик, хамр ва чўчқанинг ҳар бирини сотиш ҳаромлигига барча мусулмонлар иттифоқ қилишган».
+Қозий айтди: «Бу ҳадис шу маънони ўз ичига оладики, ейиш ва ундан фойдаланиш мумкин бўлмаган ҳар қандай нарсани сотиш ҳам, пулини ейиш ҳам жоиз эмас. Ҳадисда зикр қилинган ёғлар бунга яққол мисол.
+Ибн Ҳажар айтадилар: Ҳадиснинг сиёғи кўп уламоларнинг «У ҳаром» деган сўзидан «Сотиш мақсад қилинган, фойдаланиш эмас» деган сўзлари кучли эканига далолат қилади.
+Ҳаромни ҳалол қилишга олиб борадиган ҳар бир маккорона йўл — ботилдир.
+Нававий раҳимаҳуллоҳ айтадилар:
+«Олимлар шундай деганлар: Ўлимтикни сотишнинг умумий ҳаромлигининг ичига кофирнинг жасадини сотиш ҳам киради. Агар биз уни ўлдирсак ва кофирлар унинг жасадини сотиб олишни ёки эвазига бирор нарса беришни талаб қилсалар, бу ҳам ҳаром ҳисобланади. Чунки ҳадисда келганки: Навфал ибн Абдуллоҳ ал-Махзумийни муслимонлар Хандақ куни ўлдирган эдилар. Кофирлар унинг жасади учун Расулуллоҳ соллаллоҳу алайҳи ва салламга ўн минг дирҳам таклиф қилишди, лекин Пайғамбар алайҳиссалом буни қабул қилмадилар ва жасадни (бепул) уларга қайтариб бердилар.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4556</t>
+  </si>
+  <si>
+    <t>أوليس قد جعل الله لكم ما تصدقون؟ إن بكل تسبيحة صدقة، وكل تكبيرة صدقة، وكل تحميدة صدقة، وكل تهليلة صدقة، وأمر بالمعروف صدقة، ونهي عن منكر صدقة، وفي بضع أحدكم صدقة</t>
+  </si>
+  <si>
+    <t>Аллоҳ таоло сизларга ҳам садақа қилинадиган нарсаларни бермаганми? Ҳар
+бир тасбеҳингиз – садақа, ҳар бир такбирингиз – садақа, ҳар бир
+таҳлилингиз – садақа, яхшиликка буюриш – садақа, ёмонликдан қайтариш – садақа ва жуфтингиз билан қовушишингиз ҳам садақа!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رضي الله عنه: أَنَّ نَاسًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالُوا لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: يَا رَسُولَ اللهِ، ذَهَبَ أَهْلُ الدُّثُورِ بِالْأُجُورِ، يُصَلُّونَ كَمَا نُصَلِّي، وَيَصُومُونَ كَمَا نَصُومُ، وَيَتَصَدَّقُونَ بِفُضُولِ أَمْوَالِهِمْ، قَالَ: «أَوَلَيْسَ قَدْ جَعَلَ اللهُ لَكُمْ مَا تَصَّدَّقُونَ؟ إِنَّ بِكُلِّ تَسْبِيحَةٍ صَدَقَةً، وَكُلِّ تَكْبِيرَةٍ صَدَقَةً، وَكُلِّ تَحْمِيدَةٍ صَدَقَةً، وَكُلِّ تَهْلِيلَةٍ صَدَقَةً، وَأَمْرٌ بِالْمَعْرُوفِ صَدَقَةٌ، وَنَهْيٌ عَنْ مُنْكَرٍ صَدَقَةٌ، وَفِي بُضْعِ أَحَدِكُمْ صَدَقَةٌ»، قَالُوا: يَا رَسُولَ اللهِ، أَيَأتِي أَحَدُنَا شَهْوَتَهُ وَيَكُونُ لَهُ فِيهَا أَجْرٌ؟ قَالَ: «أَرَأَيْتُمْ لَوْ وَضَعَهَا فِي حَرَامٍ أَكَانَ عَلَيْهِ فِيهَا وِزْرٌ؟ فَكَذَلِكَ إِذَا وَضَعَهَا فِي الْحَلَالِ كَانَ لَهُ أَجْرٌ».</t>
+  </si>
+  <si>
+    <t>Абу Зарр разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам асҳобларидан баъзи бировлар У зотга дедилар: 
+— Ё Расулуллоҳ! Бой-бадавлат одамлар ажр-савобларни олиб кетишди-ку: улар биз намоз ўқиганимиздек намоз ўқишади, рўза
+тутганимиздек рўза тутишади ва ошиқча мол-давлатларидан садақа қилишади. 
+— Аллоҳ таоло сизларга ҳам садақа қилинадиган нарсаларни бермаганми? Ҳар
+бир тасбеҳингиз – садақа, ҳар бир такбирингиз – садақа, ҳар бир
+таҳлилингиз – садақа, яхшиликка буюриш – садақа, ёмонликдан қайтариш – садақа ва жуфтингиз билан қовушишингиз ҳам садақа! 
+— Ё Расулуллоҳ! Агар биримиз шаҳватини қондирса, шунинг учун ҳам
+ажр оладими?! 
+— Ахир у шаҳватини ҳаромга тўкканида гуноҳкор бўлармиди?! Демак, шаҳватини ҳалолга тўккани унинг учун ҳам ажр бўлади.</t>
+  </si>
+  <si>
+    <t>اشْتَكَى بعضُ فقراء الصحابة حالَهم وفقرَهم للنبيِّ صلى الله عليه وسلم وعَدَم تَصَدُّقِهم بالأموال لِيَحصلوا على الأجور الكثيرة كما حصل عليها إخوانُهم أصحاب المال الكثير وليفعلوا الخير مثلهم؛ حيث إنهم يُصلُّون كما نصلِّي، ويصومون كما نصوم، ويتصدقون بفضول أموالهم ولا نتصدق! 
+فَدَلَّهم النبيُ صلى الله عليه وسلم على ما يقدرون عليه من الصدقات،‏ فقال صلى الله عليه وسلم: 
+أَوَلَيس قد جعل الله لكم ما تَصدّقون به على أنفسكم؟! فإنّ قولَكم: (سبحان الله) يكون لكم أجر صدقة، وكذا قول: (الله أكبر) صدقة، وقول: (الحمد لله) صدقة، وقول: (لا إله إلا الله) صدقة، و(الأمر بالمعروف) صدقة، و(النهي عن المنكر) صدقة، بل ‏وفي جماع أحدكم لزوجته صدقة.
+فتعجَّبوا، وقالوا: يا رسول الله، أيأتي أحدُنا شهوتَه ويكونُ له فيها أجر؟! 
+قال: أرأيتم لو وَضعها في حرامٍ مِن زنى أو غيره أكان عليه فيها إثم؟ فكذلك إذا وضعها في الحلال كان له أجر.</t>
+  </si>
+  <si>
+    <t>Баъзи саҳобаларнинг фақирлари ҳолатлари ва фақирликларидан Набий соллаллоҳу алайҳи ва салламга шикоят қилдилар. Улар: «Биз бой саҳобалар каби кўп савобли амаллар қилиш имкониятига эга эмасмиз. Улар ҳам биз сингари намоз ўқийдилар, биз каби рўза тутадилар, лекин ортиқча молларидан садақа қиладилар. Биз эса садақа қила олмаймиз!» дедилар. Шунда Набий соллаллоҳу алайҳи ва саллам уларга ўзлари қодир бўлган садақани кўрсатдилар ва дедилар: «Аллоҳ таоло сизларга ҳам садақа қилиш йўлини бермаганмиди?! Сизларнинг “Субҳаналлоҳ” дейишингиз садақадир, “Аллоҳу акбар” дейишингиз садақадир, “Алҳамдулиллаҳ” дейишингиз садақадир, “Лаа илааҳа иллаллоҳ” дейишингиз ҳам садақадир. Яна маъруфга буюришингиз садақа, мункардан қайтаришингиз садақа. Ҳатто сизлардан бирингизнинг ҳалол йўл билан хотини билан яқинлиги ҳам садақадир». Саҳобалар ажабланиб: «Ё Расулуллоҳ, одам ўз шаҳватини қондирса ҳам унга ажр бўладими?», — дедилар. У зот соллаллоҳу алайҳи ва саллам дедилар: «Қаранглар-чи, агар одам уни ҳаромда – зино ёки бошқа йўлда қондирса, унга гуноҳ бўладими? Энди уни ҳалолда қондирса, унга савоб бўлади».</t>
+  </si>
+  <si>
+    <t>تنافُس الصحابة على فعل الخيرات، وحرصهم في نيل عظيم الأجر والفضل من عند الله تعالى.
+كثرة وجوه أعمال الخير، وأنها تشمل كلَّ عمل يقوم به المسلم بنية صالحة وقَصْد حَسَن.
+يسر الإسلام وسهولته، فكل مسلم يجد ما يَعمله ليطيع الله به.
+قال النووي: وفي هذا دليل على أنَّ المباحات تصير طاعات بالنيات الصادقات، فالجماع يكون عبادة إذا نَوَى به قضاء حقّ الزوجة ومعاشرتها بالمعروف الذي أمر الله تعالى به، أو طلب ولد صالح، أو إعفاف نفسه أو إعفاف الزوجة ومنعهما جميعًا من النظر إلى حرام، أو الفكر فيه، أو الهم به، أو غير ذلك من المقاصد الصالحة.
+ضرب المثل والقياس؛ ليكون أوضح وأوقع في نفس السامع.</t>
+  </si>
+  <si>
+    <t>Саҳобаларнинг яхшиликларда ўзаро мусобақалашиши ва Аллоҳ таолодан улуғ ажр ва фазл олишга ҳирс билан интилишлари.
+Яхшилик ишларининг турлари жуда кўплиги, яъни, мусулмон ҳар қандай яхши ният ва тоза мақсад билан қилган амалининг барчаси савобли иш ҳисобланиши.
+Ислом енгил ва осон дин. Ҳар бир мусулмон Аллоҳга итоат қилиш учун ўзига лойиқ амални топа олади.
+Имом Нававий раҳимаҳуллоҳ айтадилар: «Бу ҳадис мубоҳ ишлар тўғри ният билан тоатга айланишига далил. Масалан, киши хотини билан яқинлик қилишни, Аллоҳ амр қилганидек, унинг ҳаққини адо этиш ниятида ёки солиҳ фарзанд талабида ёки ўзини ҳам, хотинини ҳам ҳаромга қарашдан, ҳаромни ўйлашдан ёки унга қадам қўйишдан сақлаш мақсадида қилса, у ибодат ҳисобланади».
+Мисол келтириш ва қиёс қилиш эшитувчининг қалбида ҳужжатни янада равшанроқ ва таъсирлироқ қилади.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4558</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>Одамлар орасида аввалги пайғамбарлардан сақланиб қолган бир гап шуки: «Агар уялмасанг, хоҳлаган ишингни қил!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبي مَسْعُودٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Абу Масъуд разияллоҳу анҳудан ривоят қилинади: Набий соллаллоҳу алайҳи ва саллам шундай дедилар: «Одамлар орасида аввалги пайғамбарлардан сақланиб қолган бир гап шуки: «Агар уялмасанг, хоҳлаган ишингни қил!».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>Пайғамбаримиз соллаллоҳу алайҳи ва саллам авлоддан авлодга ўтиб умматимизнинг биринчи авлодигача етиб келган, олдинги пайғамбарлардан қолган бир васият борлиги ҳақида хабар бердилар. У ҳам бўлса:
+«Қилмоқчи бўлган ишингга қара: агар у ишдан уялишга ҳожат бўлмаса, уни бажар; агар у иш уялишга арзийдиган нарса бўлса, уни тарк эт. Чунки ёмон ва қораланадиган ишлардан қайтарувчи нарса — ҳаёдир. Кимда ҳаё бўлмаса, у ҳар турли фаҳш ва мункар ишлар ичига чўкиб кетади».</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>Ҳаё яхши хулқларнинг асли.
+Ҳаё анбиёларнинг сифатидан ва улардан бизга мерос.
+Ҳаё мусулмон кишини зийнатловчи амалларга чорлайди ва уни булғайдиган ишлардан қайтаради.
+Нававий раҳимаҳуллоҳ айтадилар: «Бу ердаги амр мубоҳликка далолат қилади. Аллоҳдан ҳам, одамлардан ҳам уялмайдиган иш бўлса, уни бажараверсин. Агар уялтирадиган иш бўлса, қилмасин. Ислом динининг бутун мазмун-моҳияти шу нарса устига қурилган. Яъни, инсон вожиб ва мандуб ишларни тарк қилишдан ҳамда ҳаром ва макруҳ ишларни бажаришдан уялиши лозим. Мубоҳга келсак, уни бажаришдан ёки тарк қилишдан уялиш ўрнига қараб жоиз. Шундай қилиб ҳадис Исломнинг беш ҳукмини ўз ичига олди.
+Бу таҳдидли буйруқ ҳам дейилган. Яъни, агар сенда ҳаё бўлмаса, хоҳлаганингни қил, Аллоҳ албатта жазоингни беради деган маъно.
+Яна хабар маъносидаги буйруқ ҳам дейилган. Яъни, уялмаган инсон хоҳлаганини қилади.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4559</t>
+  </si>
+  <si>
     <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>Албатта, амаллар ниятларга кўра (баҳоланади). Ва ҳар бир кишига ўзи ният қилган нарсаси (бўлади)</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>Умар ибн Хаттоб разияллоҳу анҳу ривоят қиладилар. Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Албатта, амал ниятга кўра (баҳоланади). Ва кишига ўзи ният қилган нарсаси (бўлади). Кимнинг ҳижрати Аллоҳ ва Унинг расули учун бўлса, демак, унинг ҳижрати Аллоҳ ва Унинг расули учун бўлибди (яъни, шу амалнинг савобини топибди). Кимнинг ҳижрати мол-дунёга эришиш ёки бир аёлга уйланиш учун бўлса, унинг ҳижрати ўзи ҳижрат (мақсад) қилган нарса учун бўлибди»,— дедилар. Бухорийдаги ривоятда: «Албатта, амаллар ниятларга кўра (баҳоланади). Ва ҳар бир кишига ўзи ният қилган нарсаси (бўлади)»,— дейилган.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда амаллар ниятларга қараб баҳоланишини хабар бердилар. Бу ҳукм барча ибодат ва муомалаларга тегишлидир. Ким бир амални қилсаю ва амалидан фақат дунёвий манфаатни кўзласа, унга шу нарса берилади ва савобдан маҳрум бўлади. Энди ким Аллоҳга яқинлашишни ният қилган бўлса унга кўп савоб ва ажрлар берилади. Гарчи у амал ейиш ичиш каби оддий амал бўлса ҳам савоб олаверади.
-Сўнгра Расулуллоҳ соллаллоҳу алайҳи ва саллам ташқи кўриниши бир хил амални мисол қилиб, унга ниятнинг қанчалик таъсири бор эканини хабар бердилар. Бир киши Аллоҳнинг розилиги учун ҳижрат қилди. Унинг ҳижрати, тўғри нийяти сабабли қабул бўлди. Ва яна бир киши-ки, ҳижрат қилди, ҳижратидан бойлик ёки мансаб ёки бир аёлни мақсад қилди. Бу ҳижрати билан фақат ана ўша дунёвий матосига эришади, лекин унга савоб-ажрдан бирор насиба йўқдир.</t>
+Сўнгра Расулуллоҳ соллаллоҳу алайҳи ва саллам ташқи кўриниши бир хил амални мисол қилиб, унга ниятнинг қанчалик таъсири бор эканини хабар бердилар. Бир киши Аллоҳнинг розилиги учун ҳижрат қилди. Унинг ҳижрати, тўғри нийяти сабабли қабул бўлди. Ва яна бир киши-ки, ҳижрат қилди, ҳижратидан бойлик ёки мансаб ёки бир аёлни мақсад қилди. Бу ҳижрати билан фақат ана ўша дунёвий матосига эришади, лекин унга савоб-ажрдан бирор насиба йўқ.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>Ихлосга тарғиб. Чунки, Аллоҳ таоло фақат ўзининг юзи исталган амални қабул қилади.
 Банда Аллоҳга яқинлаштирадиган амалларни ният қилмай оддий ҳолат каби қиладиган бўлса, то Аллоҳга яқинлашишни ният қилмагунча унга савоб йўқдир.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4560</t>
   </si>
   <si>
     <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
-    <t>Ислом – «Аллоҳдан ўзга ҳақ илоҳ йўқ ва албатта, Муҳаммад Унинг элчисидир»,— деб гувоҳлик беришинг, намоз ўқишинг, закот беришинг, Рамазон (ойи) рўзасини тутишинг ва йўлига қодир бўлсанг Байтга (Каъбага) ҳаж қилиб боришинг</t>
+    <t>Ислом – «Аллоҳдан ўзга ҳақ илоҳ йўқ ва албатта, Муҳаммад Унинг элчисидир»,— деб гувоҳлик беришинг, намозни қоим қилишинг, закотни беришинг, Рамазон (ойи) рўзасини тутишинг ва йўлига қодир бўлсанг Байтга (Каъбага) ҳаж қилиб боришинг</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
-    <t>Умар ибн Хаттоб разияллоҳу анҳу ривоят қиладилар: «Бир куни Расулуллоҳ соллаллоҳу алайҳи ва салламнинг олдиларида ўтирган эдик. Бир пайт кийимлари оппоқ, соч-соқоли қоп-қора, устида сафар аломати кўринмаётган (кийимларига гард қўнмаган-ки, узоқдан сафар қилиб келибди, десак) ва биронтамиз ҳам уни танимайдиган бир киши тўсатдан пайдо бўлди. У Расулуллоҳ соллаллоҳу алайҳи ва салламнинг олдиларига келиб ўтириб, икки тиззасини (Расулуллоҳнинг) тиззаларига тиради (юзма-юз, бақамти бўлиб ўтириб олди), икки қўлини (ўзининг) сони устига қўйиб, «Эй Муҳаммад, менга Ислом ҳақида хабар бер»,— деди. Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Ислом – «Аллоҳдан ўзга ҳақ илоҳ йўқ ва албатта, Муҳаммад Унинг элчисидир»,— деб гувоҳлик беришинг, намоз ўқишинг, закот беришинг, Рамазон (ойи) рўзасини тутишинг ва йўлига қодир бўлсанг Байтга (Каъбага) ҳаж қилиб боришинг»,— дедилар. У: «Тўғри айтдинг»,— деди. Унинг ишидан ажабландик: ўзи сўраб, (жавобни) ўзи тасдиқлаяпти. Кейин: «Менга иймон ҳақида хабар бер»,— деди. Расулуллоҳ соллаллоҳу алайҳи ва саллам: «(Иймон) Аллоҳга, Унинг малоика-фаришталарига, китобларига, пайғамбарларига, охират кунига ва қадарнинг яхшию ёмонига иймон келтиришинг»,— дедилар. У: «Тўғри айтдинг»,— деб, кейин «Энди эҳсон ҳақида хабар бер»,— деди. Расулуллоҳ соллаллоҳу алайҳи ва саллам: «(Эҳсон) Аллоҳга Уни кўриб тургандек ибодат қилишинг. Агар Уни кўрмасанг, У сени кўради (биринчи ҳолатдагидек ибодат қила олмасанг, унда иккинчи ҳолатдагидек – Аллоҳ сени кўриб турганини ҳис қилиб, Унга ибодат қилишинг)»,— дедилар. У (савол беришда давом этиб): «Қиёмат (қачон бўлиши) ҳақида хабар бер»,— деди. Расулуллоҳ соллаллоҳу алайҳи ва саллам: «У ҳақида сўралувчи сўровчидан илмлироқ эмас (сен унинг қачон бўлишини билмаганингдек, мен ҳам бу ҳақида ҳеч нарса билмайман)»,— дедилар. У: «Унда унинг аломатлари ҳақида хабар бер»,— деди. Расулуллоҳ соллаллоҳу алайҳи ва саллам: «(Аломатлари) чўри ўз бекасини туғиши (фарзанд улғайиб ўз онасига худди чўрисидек муомала қилиши), ялангоёқ, яланғоч, қашшоқ, (олдин) қўй боқиб юрган кишилар баланд-баланд бинолар қуришда ўзаро мусобақага киришиши»,— дедилар. Кейин у одам кетди. Бир муддат жим туриб қолдик. Кейин (Расулуллоҳ соллаллоҳу алайҳи ва саллам): «Эй Умар, бу савол берувчи кимлигини биласанми?» – дедилар. «Аллоҳ ва Расули билгувчироқ», деб жавоб бердим. (Расулуллоҳ соллаллоҳу алайҳи ва саллам) «У Жибрил. Сизларга динингизни ўргатиш учун келган эди»,— деб айтдилар”.</t>
+    <t>Умар ибн Хаттоб разияллоҳу анҳу ривоят қиладилар: «Бир куни Расулуллоҳ соллаллоҳу алайҳи ва салламнинг олдиларида ўтирган эдик. Бир пайт кийимлари оппоқ, соч-соқоли қоп-қора, устида сафар аломати кўринмаётган (кийимларига гард қўнмаган-ки, узоқдан сафар қилиб келибди, десак) ва биронтамиз ҳам уни танимайдиган бир киши тўсатдан пайдо бўлди. У Расулуллоҳ соллаллоҳу алайҳи ва салламнинг олдиларига келиб ўтирди, икки тиззасини (Расулуллоҳнинг) тиззаларига тиради (юзма-юз, бақамти бўлиб ўтириб олди), икки қўлини (ўзининг) сони устига қўйиб, «Эй Муҳаммад, менга Ислом ҳақида хабар бер»,— деди. Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Ислом – «Аллоҳдан ўзга ҳақ илоҳ йўқ ва албатта, Муҳаммад Унинг элчисидир»,— деб гувоҳлик беришинг, намозни қоим қилишинг, закотни беришинг, Рамазон (ойи) рўзасини тутишинг ва йўлига қодир бўлсанг Байтга (Каъбага) ҳаж қилиб боришинг»,— дедилар. У: «Тўғри айтдинг»,— деди. Унинг ишидан ажабландик: ўзи сўраб, (жавобни) ўзи тасдиқлаяпти. Кейин: «Менга иймон ҳақида хабар бер»,— деди. Расулуллоҳ соллаллоҳу алайҳи ва саллам: «(Иймон) Аллоҳга, Унинг малоика-фаришталарига, китобларига, пайғамбарларига, охират кунига ва қадарнинг яхшию ёмонига иймон келтиришинг»,— дедилар. У (одам): «Тўғри айтдинг»,— деб, кейин «Энди эҳсон ҳақида хабар бер»,— деди. Расулуллоҳ соллаллоҳу алайҳи ва саллам: «(Эҳсон) Аллоҳга Уни кўриб тургандек ибодат қилишинг. Агар Уни кўрмасанг, У сени кўради (биринчи ҳолатдагидек ибодат қила олмасанг, унда иккинчи ҳолатдагидек – Аллоҳ сени кўриб турганини ҳис қилиб, Унга ибодат қил)»,— дедилар. У (савол беришда давом этиб): «Қиёмат (қачон бўлиши) ҳақида хабар бер»,— деди. Расулуллоҳ соллаллоҳу алайҳи ва саллам: «У ҳақида сўралувчи сўровчидан илмлироқ эмас (сен унинг қачон бўлишини билмаганингдек, мен ҳам бу ҳақида ҳеч нарса билмайман)»,— дедилар. У: «Унда унинг аломатлари ҳақида хабар бер»,— деди. Расулуллоҳ соллаллоҳу алайҳи ва саллам: «(Аломатлари) чўри ўз бекасини туғиши (фарзанд улғайиб ўз онасига худди чўрисидек муомала қилиши), ялангоёқ, яланғоч, қашшоқ, (олдин) қўй боқиб юрган кишилар баланд-баланд бинолар қуришда ўзаро мусобақага киришиши»,— дедилар. Кейин у одам кетди. Бир муддат жим туриб қолдик. Кейин (Расулуллоҳ соллаллоҳу алайҳи ва саллам): «Эй Умар, бу савол берувчи кимлигини биласанми?» – дедилар. «Аллоҳ ва Расули билгувчироқ», деб жавоб бердим. (Расулуллоҳ соллаллоҳу алайҳи ва саллам) «У Жибрил. Сизларга динингизни ўргатиш учун келган эди»,— деб айтдилар».</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
-    <t>Умар разияллоҳу анҳу бу ҳадисда қуйидагиларни хабар бермоқдалар: «Бир куни Жаброил алайҳиссалом саҳобаи киромлар олдига улар танимайдиган киши кўринишида келди. Кийимлари оппоқ, сочлари қоп-қора, унда чарчоқ, чанг, сочлари тўзиш, кийимлари кир бўлиш каби сафар аломатлари кўринмас эди. Расулуллоҳ соллаллоҳу алайҳи ва салламнинг олдида ўтирганлардан бирортаси у кишини танимасди. Илм олувчи каби бўлиб Расулуллоҳ соллаллоҳу алайҳи ва салламнинг олдиларига келиб ўтирди. Сўнгра ислом дини ҳақида сўради. Шунда Пайғамбаримиз исломнинг беш арконини: Шаҳодат калимасини айтиб иймон келтириш, беш вақт намозни ўз вақтида адо қилиш, закотни керакли инсонларга ўз вақтида бериш, Рамазон рўзасини тутиш ва қўлидан келган одам ҳаж қилиши керак эканини хабар бердилар.
+    <t>Умар разияллоҳу анҳу бу ҳадисда қуйидагиларни хабар бермоқдалар: «Бир куни Жаброил алайҳиссалом саҳобаи киромлар олдига улар танимайдиган киши кўринишида келди. Кийимлари оппоқ, сочлари қоп-қора, унда чарчоқ, чанг, сочлари тўзиш, кийимлари кир бўлиш каби сафар аломатлари кўринмас эди. Расулуллоҳ соллаллоҳу алайҳи ва салламнинг олдида ўтирганлардан бирортаси у кишини танимасди. Илм олувчи каби бўлиб Расулуллоҳ соллаллоҳу алайҳи ва салламнинг олдиларига келиб ўтирди. Сўнгра ислом дини ҳақида сўради. Шунда Пайғамбаримиз исломнинг беш арконини: Шаҳодат калимасини айтиб иймон келтириш, беш вақт намозни ўз вақтида адо этиш, закотни керакли инсонларга ўз вақтида бериш, Рамазон рўзасини тутиш ва қўлидан келган одам ҳаж қилиши керак эканини хабар бердилар.
 Шунда суровчи: «Тўғри айттингиз», — деди. Шунда саҳобалар билмайдигандай бўлиб сураб кейин «тўғри айттингиз» дейишидан ҳайрон қолдилар.
 Кейин иймон хақида сўради. Шунда Пайғамбаримиз соллаллоҳу алайҳи ва саллам иймоннинг олти арконини баён қилдилар. Улар: Аллоҳ таолони бор деб барча сифатларига иймон келтириш ва яратишга  ўхшаш ўзига хос ишларида ҳамда ибодатда яккалашлик. Сўнгра Аллоҳ таоло нурдан яратган ҳеч қачон Аллоҳга осийлик қилмайдиган ва буйруқларини аъло даражада бажарадиган фаришталарга, Аллоҳ томонидан Пайғамбарларга туширилган Таврот, Инжил ва Қуръони Карим каби бошқа китобларга, Аллоҳнинг динини етказувчи Нуҳ, Иброҳим, Мусо, Ийсо ва уларнинг сўнгиси Муҳаммад соллаллоҳу алайҳим ва саллам каби барча пайғамбарларга, ҳамда қиёмат кунига иймон келтиришдир. Қиёмат: Инсон ўлганидан сўнг қабрдаги ҳаёти, қайта тирилиши, ҳисоб китоб қилиниши сўнгра жаннатга ёки дўзахга кириши каби нарсаларни ўз ичига олади. Сўнгра Аллоҳ ўз илми ва ҳикмати ила тақдирни ёзгани ва У хоҳлагандай уни яратишига қараб тақдирда ёзилган нарсалар бўлишига иймон келтиришлик. Сўнгра Эҳсон ҳақида сўради. Эҳсон – Аллоҳни кўриб тургандай ибодат қилиш, агар у бу даражагача ета олмаса, унда Аллоҳ уни кўриб тургандай ибодат қилиш. Биринчиси мушоҳада даражаси, иккинчиси муроқаба даражаси. Биринчиси иккинчисидан юқорироқ даража ҳисобланади.
 Сўнгра Қиёмат соати ҳақида сўради. Шунда Пайғамбаримиз соллаллоҳу алайҳи ва саллам Қиёматнинг вақтини Аллоҳгина билиши, махлуқотлардан  эса ҳеч ким билмаслиги ва сўраётган ҳам сўралаётган хам билмаслигини хабар қилдилар.
 Сўнгра Қиёматнинг аломатлари ҳақида сўради. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам чўрилар ва уларнинг болалари кўп бўлиши ёки оналарига чўридай муомала қилиб оқ бўладиган болалар кўпайиши, ҳамда қуй боқувчи камбағал инсонларнинг моли-дунёси кўпайиб чиройли биноларни қуриб бир-бирларига фахрланишлари эканини баён қилдилар.
 Сўнгра Набий соллаллоҳу алайҳи ва саллам бу нарсаларни сўраган зот Жаброил экани ва саҳобаларга ўз динларини ўргатиш учун келганини хабар бердилар.</t>
   </si>
   <si>
     <t>حُسْن خُلُقِ النبي صلى الله عليه وسلم، وأنه يجلس مع أصحابه ويجلسون إليه.
 مشروعية الرفق بالسائل وتقريبه، ليتمكن من السؤال غير مُنْقَبِضٍ ولا خائف.
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
-    <t>Расулуллоҳ соллаллоҳу алайҳи ва салламнинг чиройли хулқлари ва саҳобалари билан ўтиришлари.
+    <t>Расулуллоҳ соллаллоҳу алайҳи ва салламнинг гўзал хулқлари ва саҳобалари билан ўтиришлари.
 Сўраётган инсон бемалол қўрқмай савол бериши учун ўнга юмшоқ муомала қилиш ва ўзига яқинлаштириш.
 Муаллим олдида одобли бўлиш. Жаброил алайхиссалом Расулуллоҳ соллаллоҳу алайҳи ва салламнинг олдиларида улардан илм олиш учун одоб билан ўтирдилар.
 Ислом арконлари бешта ва иймон асослари олтита.
 Ислом ва иймон жамланганда, ислом зоҳирий амалларни, иймон эса ботиний амалларни ўз ичига олади.
 Ислом дини ўз ичига хар хил даражаларни қамраб олгандир.
 Биринчиси: Ислом.
 Иккинчиси: Иймон.
 Учинчиси: Эҳсон.
 Энг баланд даража эҳсон даражасидир.
 Сўровчи аслида билмаганлиги сабабидан сўрайди. Шунинг учун ҳам саҳобалар Жаброил алайҳисаломнинг сўраб унинг орқасидан саволнинг жавобини тасдиқлаганидан ажабланишди.
-Энг муҳим нарсалардан бошлашлик кераклиги. Чунки Ислом хақида сўралганда шаҳодат калимаси билан, иймон ҳақида сўралганда эса, Аллоҳга иймон келтириш билан бошладилар.
+Энг муҳим нарсалардан бошлаш кераклиги. Чунки Ислом хақида сўралганда шаҳодат калимаси билан, иймон ҳақида сўралганда эса, Аллоҳга иймон келтириш билан бошладилар.
 Ўзи биладиган нарсани бошқалар билиши  учун аҳли илмлардан сўраш жоизлиги.
 Қиёмат кунининг вақтини Аллоҳ таоло ўз ғайб оламида яшириб қўйгандир.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4563</t>
   </si>
   <si>
+    <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
+  </si>
+  <si>
+    <t>Сени шубҳага солган нарсани
+қўйгин-да, шубҳалантирмайдиган нарсани ол. Содиқлик ҳотиржамликдир, ёлғон эса хавсирашликдир</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
+  </si>
+  <si>
+    <t>Абул Ҳавроъ Саъдий айтадилар: «Ҳасан ибн Али разияллоҳу анҳумога: «Расулуллоҳ соллаллоҳу алайҳи ва салламдан нимани ёдлаб олгансиз», – дедим». «Мен Расулуллоҳ соллаллоҳу алайҳи ва салламдан
+мана бу сўзларни ёдлаб қолганман дедилар: «Сени шубҳага солган нарсани
+қўйгин-да, шубҳалантирмайдиган нарсани ол. Содиқлик ҳотиржамликдир, ёлғон эса хавсирашликдир».</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
+  </si>
+  <si>
+    <t>Набий соллаллоҳу алайҳи ва саллам ҳалол ёки ҳаромлиги аниқ бўлмаган шубҳали сўз ва амалларни тарк қилиб, ҳалоллигида шубҳа бўлмаган амалларни бажаришга буюрдилар. Шунда қалб хавсираш ва изтиробдан ҳоли, ҳотиржам ва сокин бўлади.</t>
+  </si>
+  <si>
+    <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
+النهي عن الوقوع في الشبهات.
+إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
+رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
+  </si>
+  <si>
+    <t>Мусулмон шубҳали нарсаларни тарк қилиб, ишларини аниқ нарсалар устига қуриши лозим. Дини бўйича басиратга эга бўлиши керак.
+Шубҳали ишларни бажаришдан қайтариқ.
+Ҳотиржам ва роҳатда яшамоқчи бўлсанг, шубҳали нарсани тарк қил ва уни улоқтир.
+Аллоҳ таолонинг бандаларнинг нафси ва қалби ҳотиржам бўладиган нарсага буюриши ва ташвишу изтироб олиб келадиган нарсадан қайтаришида У Зотнинг катта марҳамати аён бўлади.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4564</t>
+  </si>
+  <si>
     <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
   </si>
   <si>
-    <t>Кишининг жамоат билан ўқиган намози уйида ва бозорда ўқиган намозидан йигирма қанча миқдор кўп­роқдир</t>
+    <t>Кишининг жамоат билан ўқиган намози уйида ва бозорда ўқиган намозидан йигирма қанча миқдор кўпроқдир</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
-    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Кишининг жамоат билан ўқиган намози уйида ва бозорда ўқиган намозидан йигирма қанча миқдор кўп­роқдир. Агар ана шу киши таҳоратини чиройли қилиб, мас­жидга фақат намоз ўқишни ният қилиб чиқса, масжидга киргунига қадар ҳар бир қадамига даражалари кўтарилиб, хатолари ўчирилади. Масжидга киргач  уни фақат намоз ушлаб турган бўлса, намоз ўқиган ерида таҳоратини бузмасдан, бировга озор бермай ўтирар экан, у намозда деб ҳисобланади ва фаришталар унга саловат айтиб турушади. Фаришталар: «Аллоҳим уни мағфират қил, тавбасини қабул айла», деб айтишади.</t>
+    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Кишининг жамоат билан ўқиган намози уйида ва бозорда ўқиган намозидан йигирма қанча миқдор кўпроқдир. Агар ана шу киши таҳоратини чиройли қилиб, мас­жидга фақат намоз ўқишни ният қилиб чиқса, масжидга киргунига қадар ҳар бир қадамига даражалари кўтарилиб, хатолари ўчирилади. Масжидга киргач  уни фақат намоз ушлаб турган бўлса, намоз ўқиган ерида таҳоратини бузмасдан, бировга озор бермай ўтирар экан, у намозда деб ҳисобланади ва фаришталар унга салавот айтиб турушади. Фаришталар: «Аллоҳим уни раҳмат эт, мағфират қил, тавбасини қабул айла», деб айтишади.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам кишининг жамоат билан ўқиган намози уйида ёки бозорида ўқиган намозидан йигирма қанча миқдор кўпроқ эканини хабар бермоқдалар. Сўнгра бу нарсанинг сабабини зикр қилдилар: Бир киши чиройли қилиб яхшилаб таҳорат олса, сўнгра масжидга фақатгина намоз учун чиқса, ҳар бир қадамига даражалари кўтарилиб, хатолари ўчирилади. Агар масжидга кирса ва намозни кутиб ўтирар экан, намоз ўқиябди деган ажр олиб туради ва намоз ўқиган ўрнида таҳоратини бузмай ҳамда фаришталар ва одамларга азият бермай ўтирар экан, фаришталар унинг ҳаққига дуо қилиб: «Аллоҳим уни мағфират айла ва тавбасини қабул эт», – деб турадилар.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам кишининг жамоат билан ўқиган намози уйида ёки бозорида ўқиган намозидан йигирма қанча миқдор кўпроқ эканини хабар бермоқдалар. Сўнгра бу нарсанинг сабабини зикр қилдилар: Бир киши чиройли қилиб яхшилаб таҳорат олса, сўнгра масжидга фақатгина намоз учун чиқса, ҳар бир қадамига даражалари кўтарилиб, хатолари ўчирилади. Агар масжидга кирса ва намозни кутиб ўтирса, намоз ўқиябди деган ажр олиб туради ва намоз ўқиган ўрнида таҳоратини бузмай ҳамда фаришталар ва одамларга азият бермай ўтирса, фаришталар унинг ҳаққига дуо қилиб: «Аллоҳим уни мағфират айла, раҳмат эт ва тавбасини қабул қил», – деб турадилар.</t>
   </si>
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
 صلاة الجماعة في المسجد أفضل من صلاة الإنسان منفردًا بخمس أو ست أو سبع وعشرين درجة.
 من وظائف الملائكة الدعاء للمؤمنين.
 فضل الذهاب للمسجد متوضئًا.</t>
   </si>
   <si>
     <t>Кишининг уйида ва бозорида ўқиган намози саҳиҳ, лекин, жамоатни узрсиз тарк қилгани учун гуноҳкор бўлади.
 Масжидда ўқилган намоз одам ўзи ўқиган намозидан йигирма беш ёки йигирма олти ёки йигирма етти даража афзал.
 Фаришталарнинг вазифаларидан: мўминлар учун дуо қилиш.
-Таҳорат билан намоз ўқишнинг фазилати.</t>
+Масжидга таҳорат билан боришнинг фазилати.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4566</t>
+  </si>
+  <si>
+    <t>كل سلامى من الناس عليه صدقة</t>
+  </si>
+  <si>
+    <t>Инсонлардаги барча аъзолар учун қуёш чиқадиган ҳар бир кунда садақа бор</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Инсонлардаги барча аъзолар учун қуёш чиқадиган ҳар бир кунда садақа бор: Икки киши ўртасида адолат қилишинг – садақа. Бировнинг уловга минишига ёрдам бериб, уни чиқариб қўйишинг ёки нарсасини олиб беришинг – садақа. Яхши сўз – садақа. Йўлдан азиятли нарсани олиб ташлашинг ҳам – садақадир», – дедилар.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
+وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
+عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
+وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
+والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
+وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
+وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>Набий соллаллоҳу алайҳи ва саллам ҳар бир балоғатга етган, ақли тўла мусулмоннинг ҳар куни ўз танасидаги ҳар бир бўғим сонига яраша садақа беришини баён қилдилар. Бу садақа Аллоҳ таолога соғлик ва саломатлик неъматлари учун шукр ифода қилиш мақсадида ихтиёрий қилинади. Чунки Аллоҳ таоло инсоннинг суякларини бўғимли қилиб, улар орқали ушлаш ва очиш-ёпиш ҳаракатларини қилиш имкониятини берди. Ушбу садақа мол-мулк бериш билангина эмас, балки, барча яхшилик ишлари орқали ҳам адо этилади. Масалан: — Икки кишини яраштириб, улар орасида адолат қилиб беришингиз садақа. — Ожиз одамга ёрдам бериб, уни ҳайвонига миндириш ёки юкини кўтариб бериши ҳам садақа. — Яхши сўз айтиш — зикр, дуо, салом ва шу кабилар ҳам садақа. — Намозга ташлаб борган ҳар бир қадамингиз садақа. — Йўлда одамларга озор бериши мумкин бўлган нарсани олиб ташлашингиз ҳам садақа.</t>
+  </si>
+  <si>
+    <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
+الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
+الترغيب في المداومة على النوافل والصدقات كل يوم.
+فضل الإصلاح بين الناس.
+الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
+الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
+وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
+  </si>
+  <si>
+    <t>Инсон суякларининг тузилиши ва уларнинг соғлом бўлиши Аллоҳ таолонинг энг улуғ неъматларидан биридир. Ушбу неъматларга шукрни тўла адо этишлик учун ҳар бир суяк учун алоҳида садақа бериш зарур.
+— Ҳар куни Аллоҳнинг неъматлари барқарор бўлиб тургани учун доимо шукрни янгилашга тарғиб.
+— Ҳар куни нафл ибодатлар ва садақаларни доимий қилиб боришга тарғиб.
+— Одамларнинг орасини ислоҳ қилишнинг фазилати.
+— Бир мусулмонни бошқа мусулмонга ёрдам беришга ундаш. Чунки унинг ёрдам бериши ҳам садақадир.
+— Жамоат намозларида ҳозир бўлиш, унга юриб бориш ва шу билан масжидни обод қилишга ундаш.
+— Мусулмонларнинг йўлларини ҳурмат қилиш, уларга озор бериши ёки зиён етказиши мумкин бўлган ишлардан сақланишнинг вожиблиги.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4568</t>
+  </si>
+  <si>
+    <t>كن في الدنيا كأنك غريب أو عابر سبيل</t>
+  </si>
+  <si>
+    <t>Дунёда бир ғариб ёки
+йўловчидек бўлгин</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِمَنْكِبِي، فَقَالَ: «كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ»، وَكَانَ ابْنُ عُمَرَ، يَقُولُ: إِذَا أَمْسَيْتَ فَلاَ تَنْتَظِرِ الصَّبَاحَ، وَإِذَا أَصْبَحْتَ فَلاَ تَنْتَظِرِ المَسَاءَ، وَخُذْ مِنْ صِحَّتِكَ لِمَرَضِكَ، وَمِنْ حَيَاتِكَ لِمَوْتِكَ.</t>
+  </si>
+  <si>
+    <t>Абдуллоҳ ибн Умар разияллоҳу анҳумодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам  икки елкамдан тутиб дедилар: «Дунёда бир ғариб ёки
+йўловчидек бўлгин».  Абдуллоҳ ибн Умар разияллоҳу анҳумо айтардилар: «Кун ботса, тонгни кутма. Тонг кирса, кеч бўлишини кутма. Касалликдан олдин соғлигингни, 
+ўлимингдан олдин ҳаётингни ғанимат бил».</t>
+  </si>
+  <si>
+    <t>ذَكَرَ ابنُ عُمر رضي الله عنهما بأن النبي صلى الله عليه وسلم أخذ بمنكبه -وهو مَجْمَع العَضُد والكَتِف- وقال له: كن في الدنيا كأنك غريب، قَدِمَ بلدًا لا مَسْكن لَهُ فيه يؤويه، ولا ساكن يسليه، خالٍ عن الأهل والعيال والعلائق، التي هي سبب الاشتغال عن الخالق، بل كن أشدَّ من الغريب وهو عابر السبيل المار على الطريق طالبًا وطنه؛ لأن الغريب قد يسكن في بلاد الغُرْبة ويُقيم فيها، بخلاف عابر السبيل القاصد للبلد، فإن من شأنه التخفف وعدم التوقف، والحرص على وصول بلده، فكما أن المسافر لا يحتاج إلى أكثر مما يبلغه إلى غاية سفره، فكذلك لا يحتاج المؤمن في الدنيا إلى أكثر مما يبلغه المَحل. 
+فعمل ابن عمر بهذه النصيحة وكان يقول: إذا أصبحتَ فلا تنتظر المساء، وإذا أمسيتَ فلا تنتظر الصباح، وعُدَّ نفسك في أهل القبور، ولأن العمرَ لا يخلو عن صحة ومرض؛ 
+فبادر أيام صحتك بالطاعة لمرضك؛ واغتنم الأعمال الصالحة في الصحة قبل أن يحول بينك وبينها المرض، واغتنم حياتك في الدنيا، فاجمع فيها ما ينفعك بعد موتك.</t>
+  </si>
+  <si>
+    <t>Ибн Умар разияллоҳу анҳумо ривоят қиладилар: Пайғамбаримиз соллаллоҳу алайҳи ва саллам уларнинг елкаларига қўлларини қўйиб шундай дедилар: «Дунёда ўзингни ғарибдек тут». Яъни, ўзга шаҳарга келган, у ерда на уй-жойи бор, на уни овутиб тургувчи аҳли-оиласи бор, аксинча яқинлардан узоқда дунёвий боғланишлардан холи инсондек бўлгин. Чунки бундай боғланишлар бандани Яратгандан ғофил қилади.
+Ҳатто ғарибдан ҳам ортиқроқ ҳолатда йўловчи каби бўл. Чунки ғариб бошқа юртда узоқ муддат туриб қолиши мумкин. Лекин йўловчи эса йўлдан ўтиб кетаётган киши бўлиб, у, албатта, ўз ватанига қайтишни истайди. Йўловчининг одати енгил юриш, ортиқча юкдан қочиш ва тўхтаб қолмасликдир. Унинг барча интилиши — манзилига етиб боришдир.
+Шунингдек, мўмин киши ҳам дунёда мусофир кабидир: унинг эҳтиёжи фақатгина охират манзилига етказадиган воситалардан иборат бўлиши керак. Дунёнинг ортиқча нарсалари унга шарт эмас.
+Ибн Умар разияллоҳу анҳумо бу насиҳатга амал қилдилар. У киши шундай дер эдилар: Агар тонг оттирсанг, кечни кутма! Кеч кирса, тонгни кутма! Ўзингни қабр аҳлларидан деб ҳисобла! Чунки умр соғлиқ ва касалликдан ҳоли эмас. Касал кунинг келишидан олдин соғ-саломат кунингда тоат ибодат қилиб ол. Касаллик сен ва солиҳ амаллар орасини тўсиб қўймасидан олдин соғ-саломат пайтингни ғанимат бил. Дунё ҳаётини ғанимат билиб, ўлимдан кейин манфаат берадиган нарсаларни жамлаб ол.</t>
+  </si>
+  <si>
+    <t>وضع المُعلّم كفَّه على كتف المتعلم عند التعليم للتأنيس والتنبيه.
+الابتداء بالنصيحة والإرشاد لمن لم يطلب ذلك.
+حسن تعليم النبي صلى الله عليه وسلم بضرب الأمثال المُقْنِعَة، بقوله: "كُنْ فِي الدُّنْيَا كَأَنَّكَ غَريْبٌ أَوْ عَابِرُ سَبِيْلٍ".
+اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
+ بيان قِصَر الأمل، والاستعداد للموت.
+ الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
+المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
+فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
+وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
+  </si>
+  <si>
+    <t>Ўқитувчининг таълим жараёнида шогирдни руҳлантириш ва огоҳлантириш учун унинг елкасига қўл қўйиши.
+Талаб қилмаса ҳам насиҳат ва тўгри йўл кўрсатиш.
+Расулуллоҳ соллаллоҳу алайҳи ва салламнинг: «Дунёда ғарибдек ёки йўловчидек бўл», деган сўзлари У зот таълимда гўзал услублар ва зарби масаллар ишлатишларига далолат қилади.
+Одамларнинг охират томон юришлари ҳар хил. Йўловчи зуҳд масаласида ғарибдан кўра олийроқдир.
+Орзуни қисқа қилиш ва ўлимга тайёр туриш.
+Ҳадис ризқдан воз кечиш ёки дунё лаззатларини ҳаром дейишга далолат қилмайди. Аксинча, дунёнинг ўткинчилигини эслатиб, унга ортиқча берилиб кетмасликка ва зоҳидликка тарғиб қилади.
+Соғлиқ ёки ўлим тўсқинлик қилиб қолмасидан аввал савобли амалларга шошилиш.
+Абдуллоҳ ибн Умар разияллоҳу анҳумонинг фазилатлари – чунки у киши бу насиҳатдан қаттиқ таъсирланганлар.
+Мўминнинг ватани – жаннат. Шунинг учун у дунёда ғариб бўлиб, охиратга сафар қилмоқда. Унинг қалби бу ғариб юртга эмас, балки, ўзининг ҳақиқий ватанига – охиратга боғланган. Дунёда туриши эса, фақат зарур эҳтиёжини адо этиш ва охират сафарига  тайёргарлик кўриш учундир.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4704</t>
+  </si>
+  <si>
+    <t>لا تحاسدوا، ولا تناجشوا، ولا تباغضوا، ولا تدابروا، ولا يبع بعضكم على بيع بعض، وكونوا عباد الله إخوانا</t>
+  </si>
+  <si>
+    <t>Бир-бирингизга ҳасад қилманглар, сунъий равишда молнинг нархини оширманглар,
+ўзаро нафрат - адоватда бўлманлар, 
+бир-бирларингизга тескари ўгирилиб кетманглар. Ҳеч бирингиз бошқа
+бировнинг савдоси устидан савдо қилмасин. Эй Аллоҳнинг қуллари, 
+ўзаро биродар бўлинглар</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحَاسَدُوا، وَلَا تَنَاجَشُوا، وَلَا تَبَاغَضُوا، وَلَا تَدَابَرُوا، وَلَا يَبِعْ بَعْضُكُمْ عَلَى بَيْعِ بَعْضٍ، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا الْمُسْلِمُ أَخُو الْمُسْلِمِ، لَا يَظْلِمُهُ وَلَا يَخْذُلُهُ، وَلَا يَحْقِرُهُ التَّقْوَى هَاهُنَا» وَيُشِيرُ إِلَى صَدْرِهِ ثَلَاثَ مَرَّاتٍ «بِحَسْبِ امْرِئٍ مِنَ الشَّرِّ أَنْ يَحْقِرَ أَخَاهُ الْمُسْلِمَ، كُلُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ حَرَامٌ، دَمُهُ، وَمَالُهُ، وَعِرْضُهُ».</t>
+  </si>
+  <si>
+    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Бир-бирингизга ҳасад қилманглар, сунъий равишда молнинг нархини оширманглар,
+ўзаро нафрат - адоватда бўлманлар, 
+бир-бирларингизга тескари ўгирилиб кетманглар. Ҳеч бирингиз бошқа
+бировнинг савдоси устидан савдо қилмасин. Эй Аллоҳнинг қуллари, 
+ўзаро биродар бўлинглар. Мусулмон-мусулмоннинг биродаридир: У
+биродарига зулм қилмайди, уни алдамайди ва пастга урмайди. Тақво
+мана бу ерда! – Расулуллоҳ соллаллоҳу алайҳи ва саллам шундай деб уч
+марта кўкракларига ишора қилдилар. - Кишининг ёмонлигига унинг
+мусулмон биродарини пастга уриши кифоядир. Мусулмоннинг қони, 
+моли ва обрў-номуси бошқа бир мусулмон учун ҳаромдир.</t>
+  </si>
+  <si>
+    <t>أَوْصَى النبيُّ صلى الله عليه وسلم المسلمَ بأخيه المسلم خيرًا، وبيَّن بعض ما يجب عليه من الواجبات والآداب نحوهم؛ ومن ذلك: 
+الوصية الأولى: لا تحاسدوا بأن يتمَنَّى بعضكم زوال نعمة بعض. 
+الثانية: لا تناجشوا بأن يزيد في ثمن السلعة وهو لا يريد شراءها؛ وإنما يريد نفع البائع، أو الإضرار بالمشتري. 
+الثالثة: لا تباغضوا وهي إرادة المضرة وهي ضد المحبة؛ إلا إذا كان البغض في الله تعالى؛ فإنه واجب. 
+الرابعة: لا تدابروا بأن يعطِيَ كل واحد منكم أخاه دبره وقفاه فيعرض عنه ويهجره. 
+الخامسة: لا يبع بعضكم على بيع بعضٍ بأن يقول لمن اشترى سلعة: عندي مثلها بأقل منها أو أجود منها بسعرها. 
+ثم أوصى عليه الصلاة والسلام بوصية جامعة فقال: وكونوا كالإخوة بترك ما ذُكِر من منهيات، وببذل المودة والرفق والشفقة والملاطفة والتعاون في الخير، مع صفاء القلوب والنصيحة بكل حال. 
+ومن مقتضيات هذه الأخوة: 
+ألّا يَظلم أخاه المسلم ويعتدي عليه. 
+وألّا يترك أخاه المسلم يُظلم فيخذله في مقام يستطيع أن ينتصر له، ويرفع عنه الظلم. 
+وألّا يحتقره ويستقله وينظر إليه بعين الاستنقاص والازدراء؛ وهو ناتج عن كِبر في القلب.
+ثم بيَّن النبيُّ صلى الله عليه وسلم ثلاث مرات أن التقوى في القلب، ومن كان في قلبه التقوى التي تقتضي حسن الخلق، وخشية الله ومراقبته فإنه لا يحتقر مسلمًا، وكافيه من خصال الشر ورذائل الأخلاق احتقار أخيه المسلم؛ وذلك لكِبرٍ في قلبه. 
+ثم أَكَّدَ صلى الله عليه وسلم على ما مضى بأنَّ كل المسلم على المسلم حرامٌ: دمُه: بأن يعتدي عليه بقتل أو ما دونه كجرح أو ضرب ونحوها، وكذا ماله: بأن يأخذ منه بغير حق، وكذا عِرضه: بأن يذمّه في نفسه أو حسبه.</t>
+  </si>
+  <si>
+    <t>Набий соллаллоҳу алайҳи ва саллам мусулмон кишига ўз мусулмон биродарини иззат-ҳурмат қилиш, унга яхши муомала қилишни васият қилдилар ҳамда биродарлик ҳақ-ҳуқуқлари ва одоб-ахлоқ қоидаларидан айримларини баён қилдилар.
+Жумладан: Биринчи васият: бир-бирингларга ҳасад қилманглар! Яъни, бирингиз иккинчингиздаги неъмат йўқ бўлиб кетишини орзу қилмасин. Иккинчи: «Нажш қилманглар», яъни, аслида молни сотиб олиш нияти йўқ. Фақат унинг баҳосини ошириб, фақат сотувчига фойда келтириш ёки харидорга зарар етказиш учун шундай қилишдан тийилинглар. Учинчи: «Бир-бирингизни ёмон кўрманглар». Бу муҳаббатнинг тескариси, бировга зарар етказишни хоҳлаш демакдир. Фақат Аллоҳ таоло йўлидаги ёмон кўриш бундан мустасно, чунки у вожибдир. Тўртинчи: «Бир-бирингиздан юз ўгирманглар», яъни, бирингиз ўз биродарингизга орқа ўгириб, уни тарк этиб кетмасин. Бешинчи васият: «Ҳеч бирингиз бошқа
+бировнинг савдоси устидан савдо қилмангиз», яъни, кимдир бирор молни сотиб олаётганда, унга: «Менда ҳам шунга ўхшаши бор, лекин арзонроқ» ёки «менда ундан ҳам яхшироғи бор, шу нархда» деманглар. Сўнгра Расулуллоҳ саллаллоҳу алайҳи ва саллам умумий васият қилдилар: «Биродар бўлинглар!», яъни, юқорида ман қилинган ишлардан узоқ туриб, муҳаббат ва меҳр-шафқат кўрсатиш, мулойимлик ва илиқ муомалада бўлиш, яхшиликда ҳамкорлик қилиш, қалбларни пок ва самимий тутиш, ҳар доим насиҳат қилиш билан биродар бўлинглар. Бу биродарликнинг талаблари шулардан иборат: Мусулмон биродарига зулм ва тажовуз қилмаслиги. Мусулмон биродарига ёрдам бера оладиган, зулмни ундан кўтара оладиган ўринда уни тарк қилиб қўймаслиги керак. Мусулмон киши ўз биродарини ҳақир санамаслиги, уни камситмаслиги ва менсимаслик кўзи билан қарамаслиги лозим. Чунки бундай ҳолат қалбдаги кибрдан келиб чиқади. Сўнг Пайғамбар саллаллоҳу алайҳи ва саллам уч марта таъкидлаб айтдилар: «Тақво — қалбдадир». Кимнинг қалбида тақво бўлса, у яхши хулқ, Аллоҳдан қўрқиш ва Унинг назоратида эканлигини ҳис қилиш билан безанади. Бундай инсон ҳеч қачон мусулмонни ҳақир санамайди. Зеро, биродарини ҳақирлаш — қалбдаги кибр туфайли юзага чиқадиган энг ёмон сифат ва иллатлардан биридир. Сўнг Пайғамбар саллаллоҳу алайҳи ва саллам олдин айтилган ҳукмни яна бир бор қаттиқроқ таъкидладилар: «Ҳар бир мусулмоннинг бошқа мусулмонга нисбатан қони ҳам, мол-мулки ҳам, обрў-нуфузи ҳам ҳаромдир». Яъни, унинг қони — уни ўлдириш ёки ундан кичикроқ тажовузлар, масалан, жароҳат етказиш, уриш ва шу кабилар орқали ноқонуний йўл билан қон тўкиш; унинг мол-мулки — ҳақсиз олиб қўйиш; унинг обрў-нуфузи эса — уни шахсият жиҳатидан ёки насаби ҳақида ҳақорат қилиб, камситиш ҳаром ҳисобланади.</t>
+  </si>
+  <si>
+    <t>الأمر بكلِّ ما تقتضيه الأخوة الإيمانية، والنهي عن ما يضادها من الأقوال والأعمال.
+عمدة التقوى ما في القلب من معرفة الله، وخشيته ومراقبته، وهذه التقوى ينتج عنها الأعمال الصالحة.
+الانحراف الظاهر يدلُّ على ضعف تقوى القلب.
+النهي عن أذية المسلم بأي وجه من الوجوه من قول أو فعل.
+ليس من الحسد أن يتمنى المسلم أن يكون مثل غيره، دون تمني زوالها عن الآخر، وهذا يسمى غبطة؛ وهي جائزة تعين على المسابقة إلى الخيرات.
+الإنسان بطبعه يكره أن يفوقَه أحد في شيء من الفضائل، فإن أحب زوالها عن الآخر فهو الحسد المذموم، وإن أحب المسابقة فهي الغبطة الجائزة.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه أن يبيّن للمشتري أنه خدع في شرائه خداعًا فاحشًا؛ فهذا من مقتضيات النصيحة، بشرط أن تكون نيته نصح أخيه المشتري لا الإضرار بالبائع، والأعمال بالنيات.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه  إذا كان البائعان لم يتراضيا ولم يستقر الثمن.
+ليس من التباغض المنهي عنه في الحديث: البغض في الله، فهو واجب، ومِن أوثق عرى الإيمان.</t>
+  </si>
+  <si>
+    <t>Иймоний биродарликнинг барча талабларини бажаришга амр этилган ва унга зид бўлган сўз ҳамда амаллардан қайтарилган.
+Тақвонинг асоси Аллоҳни таниш, Ундан қўрқиш ва Унинг назоратида эканлигини ҳис қилишдир. Мана шу тақво инсонни яхши амалларга чорлайди.
+Зоҳирий амаллардаги залолат, қалбдаги тақво заифлигига далолат қилади.
+Мусулмонга ҳар қандай азият беришдан қайтарилган.
+Ҳасад — бировдаги неъматини йўқ бўлишини орзу қилишдир. Аммо мусулмон киши бошқадаги неъмат ўзида ҳам бўлишини хоҳлаб, лекин, бошқадан унинг йўқ бўлишини истамаса, бу «ҳавас» деб аталади ва бу яхшиликларда мусобақалашишга туртки беради, шунинг учун бу жоиз.
+Инсон табиатан бирор фазилатда бошқа инсон ундан устун бўлишини ёқтирмайди. Агар бошқадан неъматнинг йўқолишини истаса — бу ёмон саналган ҳасад ҳисобланади. Агар ўзи ҳам шу неъматга эга бўлишни ва мусобақалашишни хоҳласа — бу жоиз бўлган ҳавасдир.
+Агар харидор қаттиқ алданиб, ҳақиқий нархидан жуда баланд баҳога сотиб олаётган бўлса, харидорни хабардор қилиш биродарининг савдосига аралашиш эмас, насиҳат хисобланади. Фақат ният харидорга яхшилик қилиш бўлиши керак, сотувчига зарар етказиш эмас. Чунки амаллар ниятга боғлиқ.
+Агар сотувчи ва харидор ҳали ўзаро рози бўлмаган ва нарх келишилмаган бўлса, савдога савдо қўшиш ҳисобланмайди.
+Ҳадисда қайтарилган «бир-бирини ёмон кўриш» ичига Аллоҳ таоло йўлидаги адоват кирмайди. Чунки Аллоҳ йўлида ёмон кўриш вожибдир ва у иймоннинг энг мустаҳкам арқонларидан биридир.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4706</t>
   </si>
   <si>
     <t>لا تغضب</t>
   </si>
   <si>
     <t>Ғазабланма!</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: «Бир киши Расулуллоҳ соллаллоҳу алайҳи ва салламга: «Менга насиҳат қилинг»,— деди. Расулуллоҳ алайҳисалом: «Ғазабланма!» – дедилар. У одам саволини қайта-қайта такрорлади. Расулуллоҳ соллаллоҳу алайҳи ва саллам яна: «Ғазабланма!» – дедилар».</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>Саҳобалардан бири Расулуллоҳ соллаллоҳу алайҳи ва салламдан унга фойдаси тегадиган нарсани ўргатиб қўйишларини сўради. Шунда Пайғамбаримиз ғазаб қилмасликка буюрдилар. Бунинг маъноси:  Уни ғазаблантирадиган нарсалардан четланиши, ғазабланса ўзини ушлаши ҳамда ғазаби уни бировни ўлдиришга, уришга, сўкишга ёки шу каби нарсага олиб бормаслигидир.
 Бояги киши қайта-қайта яна васият қилишларини сўради, лекин Расулуллоҳ соллаллоҳу алайҳи ва саллам «Ғазабланма!» - дейишдан нарига ўтмадилар.</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>Ғазабдан ва унинг сабабларидан четланишлик. Чунки ғазаб ўз ичига барча ёмонликни олгандир. Ундан четланиш эса, барча яхшиликнинг асосидир.
 Аллоҳ харом қилган нарса қилинаётганда ғазабланиш Аллоҳ учун ғазабланиш бўлиб, у мақталган ғазабдир.
 Эшитувчи бир сўзни муҳим эканини англаб, сақлаб қолиши учун  ҳожат тўғилган вақтда қайта-қайта айтишлик.
 Олимдан насиҳат сўрашнинг фазилати.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4709</t>
   </si>
   <si>
     <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
-    <t>Бировга зарар бериш ҳам, бировдан зарар кўриш ҳам йўқ. Ким зарар берса Аллоҳ унга зарар беради. Ким ишни қийинлаштирса, Аллох унга қийинлаштиради» – дедилар</t>
+    <t>Ўзига зарар бериш ҳам, бировга зарар бериш ҳам йўқ. Ким зарар берса Аллоҳ унга зарар беради. Ким ишни қийинлаштирса, Аллох унга қийинлаштиради» – дедилар</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
-    <t>Абу Саид Ал-Худри разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Бировга зарар бериш ҳам, бировдан зарар кўриш ҳам йўқ. Ким зарар берса Аллоҳ унга зарар беради. Ким ишни қийинлаштирса, Аллох унга қийинлаштиради» – дедилар.</t>
+    <t>Абу Саид Ал-Худри разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Ўзига зарар бериш ҳам, бировга зарар бериш ҳам йўқ. Ким зарар берса Аллоҳ унга зарар беради. Ким ишни қийинлаштирса, Аллох унга қийинлаштиради» – дедилар.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
-    <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда зарарнинг барча тури ва унинг барча кўринишини инсон ўзидан ва бошқалардан даф қилиши керак эканини баён қилмоқдалар. Киши ўзига зарар бериши мумкин бўлмагани каби бошқаларга ҳам зарар бермаслиги лозим.
+    <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда зарарнинг барча тури ва унинг барча кўринишини инсон ўзидан ва бошқалардан даф қилиши керак эканини баён қилмоқдалар. Киши ўзига зарар бериши мумкин бўлмагани каби, бошқаларга ҳам зарар бермаслиги лозим.
 Ёмонликка ёмонлик билан жавоб қайтариш жоиз эмас. Чунки, ёмонлик, ёмонлик билан даф қилинмайди. Фақатгина (шариат асосида) қасос олиш бундан мустаснодир.
 Сўнгра Расулуллоҳ соллаллоҳу алайҳи ва саллам бошқаларга зарар берган инсонга зарар етиши ва инсонларнинг ишларини қийинлаштирган кишининг иши қийинлашишини баён қилдилар.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Жазо бераётганда керагидан ортиқ жазо беришдан қайтариш.
 Аллох бандаларини, уларга зиён бўладиган ишга буюрмаган.
 Сўз, харакат ёки бир нарсани тарк қилиш билан зарар бериш ҳаромдир.
 Жазо, қилинган ишга яраша бўлади. Ким бошқаларга зарар берса, Аллох унга зарар беради. Ким (бошқалар ишини) қийинлаштирса Аллоҳ (унинг ишини) қийинлаштиради.
-Шариатнинг қоидаларидан:  «Зарар йўқ қилиниши керак». Шариат зарарни ўз ҳолича ташлаб қўймайди, балки уни бартараф этишга ҳаракат қилади.</t>
+Шариатнинг қоидаларидан:  «Зарар йўқ қилиниши керак». Шариат зарарни ўз ҳолича ташлаб қўймайди, балки уни бартараф этишга ундайди.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[Бу ҳадисни саҳиҳ даражасига кўтарадиган ривоятлари бор]</t>
   </si>
   <si>
     <t>[Дорақутний ривояти]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4711</t>
   </si>
   <si>
+    <t>لا يزال لسانك رطبا من ذكر الله</t>
+  </si>
+  <si>
+    <t>Тилинг Аллоҳнинг зикри билан намланишдан тўхтамасин», – дедилар</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
+  </si>
+  <si>
+    <t>Абдуллоҳ ибн Буср разияллоҳу анҳудан ривоят қилинади: Бир киши: «Ё Расулуллоҳ, Ислом аҳкомлари менга кўпайиб кетди. Менга шундай бир нарса ҳақида хабар беринг-ки, мен уни маҳкам ушлаб олай», – деди. Шунда Расулуллоҳ: «Тилинг Аллоҳнинг зикри билан намланишдан тўхтамасин», – дедилар.</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>Бир киши Набий соллаллоҳу алайҳи ва салламга нафл иболатлар кўпайиб кетганидан, уни бажаришдан ожиз қолгани ҳақида хабар берди. Сўнгра маҳкам ушлашлик учун  Набий соллаллоҳу алайҳи ва салламдан кўп савоб олиб келадиган енгил ишга далолат қилиб қўйишларини сўради.
+У зот соллаллоҳу алайҳи ва саллам унга ҳар вақт ва ҳар ҳолатда – тасбеҳ, таҳмид, истиғфор, дуо ва шу кабилар билан – Аллоҳ таолонинг зикрида доимий бўлиб, тили доимо шу нарсалар билан нам ва ҳаракатда туришига йўллаб қўйдилар.</t>
+  </si>
+  <si>
+    <t>فضل المداومة على ذكر الله تعالى.
+من عظيم فضل الله تيسير أسباب الأجر.
+تفاضل العباد في نصيبهم من أبواب البر والخير.
+كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
+مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
+  </si>
+  <si>
+    <t>Аллоҳни ҳар доим зикр қилишнинг фазилати.
+Савоб олишни осон қилиб қўйиш Аллоҳнинг фазли улуғлигига далолат қилади.
+Бандаларнинг насибалари яхшилик эшикларида ҳар хил.
+Тасбиҳ, ҳамд, тахлил, такбир ва шу каби бошқа тил билан бўлган зикрлар қалб билан амалга оширилса кўп тоатлар ўрнини босади.
+Набий соллаллоҳу алайҳи ва саллам савол берувчига муносиб равишда жавоб берар эдилар.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4716</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>Сизлардан биронтангиз ўзи яхши кўрган нарсани биродарига раво кўрмагунича мўмин бўлмайди», — дедилар</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
+  </si>
+  <si>
+    <t>Анас ибн Молик разияллоҳу анҳудан ривоят қилинади: Набий соллаллоҳу алайҳи ва саллам: «Сизлардан биронтангиз ўзи яхши кўрган нарсани биродарига раво кўрмагунича мўмин бўлмайди», — дедилар.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
+  </si>
+  <si>
+    <t>Пайғамбар саллоллоҳу алайҳи ва саллам баён қилдилар-ки, мусулмоннинг иймони тўлиқ бўлиши учун у ўз диндоши учун ҳам худди ўзига яхши кўрган нарсаларни, жумладан, ибодатлари ва дину дунёдаги турли яхши амалларни раво кўриши, шунингдек, ўзига ёмон кўрган нарсаларни унга ҳам ёмон кўриши шарт. Иймони комил банда агар бирор мусулмонда дин жиҳатидан камчилик кўрса, уни ислоҳ қилишга ҳаракат қилади. Агар унда яхшилик кўрса, уни мустаҳкамлайди ва ёрдам беради. Унинг дини ёки дунёсида унга самимий маслаҳат беради.</t>
+  </si>
+  <si>
+    <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
+الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
+تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
+استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
+قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
+  </si>
+  <si>
+    <t>Мусулмон киши ўз диндоши учун ҳам ўзига ёққан нарсани яхши кўриши фарздир. Чунки ким ўз диндоши учун ўзига ёққан нарсани яхши кўрмаса, унда иймон йўқлиги ҳақидаги  ҳадис бу ишнинг вожиблигига далолат қилади.
+Аллоҳ йўлидаги биродарлик насаб (қариндошлик) биродарлигидан ҳам устундир. Шунинг учун унинг ҳаққи янада кучлироқдир.
+Бу муҳаббатга зид бўлган ҳар қандай гап-сўз ва ишлар — масалан, алдов, ғийбат, ҳасад, мусулмоннинг жонига, мол-мулки ёки шаънига тажовуз қилиш — ҳаром қилинган.
+Амалга чорловчи баъзи сўзларни ишлатиш. Чунки ҳадисда «биродари (акаси ёки укаси) учун» деган ибора келган.
+Кирмоний раҳматуллоҳи алайҳи айтдилар: «Одам ўз диндоши учун ўзига ёқмаган ёмонликни ёмон кўриши ҳам иймондандир. Бу ҳадисда ёмон кўришлик алоҳида зикр қилинмади, чунки бир нарсани яхши кўриш унинг зиддини ёқтирмасликни ўз ичига олади. Шунинг учун алоҳида таъкид қилишга эҳтиёж қолмаган».</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4717</t>
+  </si>
+  <si>
     <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
-    <t>Сизлар Аллоҳга ҳақиқий таваккал қилсаларингиз, эрталаб оч чиқиб кечқурун тўқ қайтган қушлар каби сизларни ҳам ризқлантиради»,— деб айтганларини эшитдим</t>
+    <t>Сизлар Аллоҳга ҳақиқий таваккал қилсаларингиз эрталаб оч чиқиб кечқурун тўқ қайтган қушлар каби сизларни ҳам ризқлантиради»,— деб айтганларини эшитдим</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
-    <t>Умар ибн Хаттоб разияллоҳу анҳу ривоят қиладилар: Расулуллоҳ соллаллоҳу алайҳи ва салламни: «Сизлар Аллоҳга ҳақиқий таваккал қилсаларингиз, эрталаб оч чиқиб кечқурун тўқ қайтган қушлар каби сизларни ҳам ризқлантиради»,— деб айтганларини эшитдим.</t>
+    <t>Умар ибн Хаттоб разияллоҳу анҳу ривоят қиладилар: Расулуллоҳ соллаллоҳу алайҳи ва салламни: «Сизлар Аллоҳга ҳақиқий таваккал қилсаларингиз эрталаб оч чиқиб кечқурун тўқ қайтган қушлар каби сизларни ҳам ризқлантиради»,— деб айтганларини эшитдим.</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда Аллоҳ таолога диний ва дунёвий ишларда манфаатларни жалб қилишда ҳамда зарарларни даф қилишда Аллоҳга суянишга ундамоқдалар. Чунки берувчи ҳам, олувчи ҳам, манфаат ва зарар берувчи ҳам фақатгина Аллоҳдир. Манфаатларни олиб келадиган ва зарарларни кетқазадиган сабабларни Аллоҳга суянган ҳолда қилишимиз лозим. Қачон шундай қилсак, Аллох бизга эрталаб оч кетиб кечқурун қорни тўқ бўлиб қайтадиган қуш каби ризқлантиради. Қушнинг дангасаликсиз ва бепарволиксиз (уйидан чиқиб изланиши)  ризқ талабида қилинган сабабларнинг бир туридир.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>Таваккулнинг фазилати. У ризқни жалб қилувчи энг улуғ сабаблардандир.
 Таваккул, сабабларни бажаришни инкор килмайди. Чунки, Набий соллаллоҳу алайҳи ва саллам ҳақиқий таваккул, ризқ талабида юришга тескари эмаслигини хабар бердилар.
 Шариат, қалб амалларига эътибор бериши, чунки таваккул қалб амалларидандир.
 Инсоннинг фақат сабабларга боғланиб қолиши динининг ноқислигига, сабабларни тарк қилиши эса унинг ақлининг ноқислигига далолат қилади.</t>
   </si>
   <si>
-    <t>رواه الترمذي وابن ماجه وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4721</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، ولكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>Агар одамларнинг даъволарига асосланиб сўраган нарсалари берилаверса, (айрим) кимсалар қавмнинг молию қонини даъво қилиб чиққан бўлардилар. Бироқ даъво қилувчи далил келтириши, инкор этувчи қасам ичиши шарт», – дедилар</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>Ибн Аббос разияллоҳу анҳумодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Агар одамларнинг даъволарига асосланиб сўраган нарсалари берилаверса, (айрим) кимсалар қавмнинг молию қонини даъво қилиб чиққан бўлардилар. Бироқ даъво қилувчи далил келтириши, инкор этувчи қасам ичиши шарт», – дедилар.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
+  </si>
+  <si>
+    <t>Пайғамбар саллоллоҳу алайҳи ва саллам баён қилдиларки, агар одамларга далил-исботсиз, фақат даъволари асосидагина (ҳақ) берилса, у ҳолда баъзилар бошқаларнинг мол-мулклари ва жонларини даъво қилиб чиқар эдилар. Шунинг учун, даъво қилган киши талаб қилаётган нарсасига далил ва гувоҳ келтириши лозим. Агар унинг ҳеч қандай далили бўлмаса, даъво етказилган шахсга мурожаат қилинади. У даъвони инкор этса, қасам ичиши шарт бўлади ва шу орқали жавобгарликдан халос бўлади.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
+الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
+القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
+كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
+  </si>
+  <si>
+    <t>Ибн Дакийқ ал-Ийд раҳимаҳуллоҳ дедилар: Бу ҳадис — аҳкомлар асосларидан бири бўлиб, ихтилоф ва низо вақтида энг улуғ манбадир.
+Шариат одамларнинг мол-мулки ва жонларини суиистеъмол қилиниши ва ўйинчоққа айлантирилишидан муҳофаза қилиш учун нозил қилинган.
+Қози ўз билгани билан ҳукм чиқармайди, балки, далил ва гувоҳларга таянади.
+Ҳар қандай далил-исботдан холи даъво рад этилади. Бу ҳуқуқ ва муомалалар масалаларида бўладими ёки иймон ва илм масалаларида бўладими — фарқи йўқ.</t>
+  </si>
+  <si>
+    <t>رواه البيهقي</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4722</t>
   </si>
   <si>
     <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>Ким динимизда асли йўқ нарсани пайдо қилса, у рад қилинур</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
-    <t>Оиша разияллоҳу анҳо ривоят қилади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Ким динимизда асли йўқ нарсани пайдо қилса, у рад қилинур», дедилар. Муттафақун алайҳ. Имом Муслим ривоятида эса: «Кимки биз буюрмаган амални қилса, рад қилинур», – деганлар.</t>
+    <t>Оиша разияллоҳу анҳодан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Ким динимизда асли йўқ нарсани пайдо қилса, у рад қилинур», дедилар. Муттафақун алайҳ. Имом Муслим ривоятида эса: «Кимки биз буюрмаган амални қилса, у рад қилинур», – деганлар.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам ким динда янги нарса ихтиро қилса ёки китоб ва суннатдан далил бўлмай туриб амал қилган бўлса, у амал рад қилинишини ва Аллоҳ ҳузурида қабул бўлмаслигини баён қилдилар.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Ибодатлар китоб ва суннатда келган нарсалар устига қурилган бўлиб, Аллоҳ таолога Ўзи буюрмаган бидъат ва янгиликлар билан ибодат қилмаймиз.
-Дин ақл ва яхши деб ўйлаш билан бўлмайди, аксинча, Расулуллоҳ соллаллоҳу алайҳи ва салламга эргашиш билан бўлади.
+Дин ақл ва яхши деб ўйлаш билан эмас, аксинча, Расулуллоҳ соллаллоҳу алайҳи ва салламга эргашиш билан бўлади.
 Бу ҳадис диннинг комил эканига далолат қилади.
 Бидъат - Набий соллаллоҳу алайҳи ва саллам ва саҳобалар даврида бўлмай янги чиққан  ақида, сўз ёки амалдир.
-Бу ҳадис Ислом асосларидан бир асос бўлиб, у амаллар учун тарози кабидир. Ҳудди Аллоҳнинг юзини истаб қилинмаган ишга савоб берилмагани каби Расулуллоҳ соллаллоҳу алайҳи ва саллам олиб келган йўлга тўғри келмаган амалга ҳам савоб берилмайди.
+Бу ҳадис Ислом асосларидан бир асос бўлиб, у амаллар учун тарози кабидир. Ҳудди Аллоҳнинг юзини истаб қилинмаган ишга савоб берилмагани каби Расулуллоҳ соллаллоҳу алайҳи ва саллам олиб келган йўлга тўғри келмаган амалга ҳам ўз соҳибига рад қилинур.
 Дунё ишларида эмас, аксинча, дин ишларида янгилик пайдо қилишдан қайтарилган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4792</t>
+  </si>
+  <si>
+    <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
+  </si>
+  <si>
+    <t>Ким бир мўминнинг битта дунёвий ташвишини аритса, Аллоҳ таоло унинг Қиёмат кунидаги ташвишларидан бирини
+аритади</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
+  </si>
+  <si>
+    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам айтдилар: «Ким бир мўминнинг битта дунёвий ташвишини аритса, Аллоҳ таоло унинг Қиёмат кунидаги ташвишларидан бирини
+аритади. Ким қийналган кишига енгиллик келтирса, Аллоҳ таоло унга дунёю охиратда енгиллик беради. Модомики, банда биродарининг ёрдамида экан, Аллоҳ таоло унинг ёрдамида бўлади. Ким илм талабида
+йўл юрса, Аллоҳ таоло унга жаннат йўлини осон қилиб қўяди. Одамлар Аллоҳнинг уйларидан бирига йиғилиб, Унинг китобини тиловат қилиб, уни ўзаро дарс қилиб, ўргансалар, улар устига осудалик тушади, 
+уларни раҳмат қоплайди ва фаришталар ўраб олади. Аллоҳ таоло ўз ҳузуридагиларга уларни зикр қилади. Амали секинлаштирган кимсани насл-насаби тезлаштира олмайди».</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
+ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
+ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
+والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
+ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
+وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
+ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
+  </si>
+  <si>
+    <t>Набий соллаллоҳу алайҳи ва саллам ушбу ҳадиси шарифда мусулмоннинг Аллоҳ ҳузуридаги мукофоти унинг мусулмон биродарлари билан қандай муомалада эканлигига қараб бўлишини хабар бердилар. Кимки бир мўминнинг дунёдаги бир қийинчилигини енгиллатса, ғам-ташвишини кетказса, қиёмат куни Аллоҳ таоло унинг бир қийинчилигини енгиллатиб қўяди. Ким қийналган кишига енгиллик яратса, осонлаштирса ва қийинчилигини аритса, Аллоҳ унга дунё ва охиратда енгиллик беради. Кимки бир мусулмоннинг айбини ёпса, яъни, кўриб қолган гуноҳ ёки камчилигини ошкор қилмаса, Аллоҳ таоло унинг айбини дунёда ҳам, охиратда ҳам ёпиб қўяди. Аллоҳ таоло биродарига дини ёки дунёсида  ёрдам бериб юрган банданинг мутлақо ёрдамчиси бўлади. Ёрдам эса дуо, тана, бойлик ва бошқа турли йўллар билан ҳам бўлади. Кимки Аллоҳнинг розилигини истаб, дин илмини ўрганиш учун йўлга чиқса, Аллоҳ таоло унга Жаннат йўлини осон қилиб қўяди. Аллоҳнинг уйларидан бирида тўпланиб, Қуръонни тиловат қиладиган ва уни ўзаро ўрганадиган қавмнинг устига сакинат ва хотиржамлик тушади, уларни Аллоҳнинг раҳмати қоплаб олади, фаришталар уларни ўраб туради. Аллоҳ таоло уларни Ўз ҳузуридаги муқарраб фаришталар орасида зикр қилади. Аллоҳ бандани Малоъул-Аълода зикр қилишининг ўзи унга етарли шарафдир. Кимнинг амали оз бўлса, катта амал эгаларининг даражасига ета олмайди. Шунинг учун инсон насаби ва оталарининг шарафига суяниб олиб кам амал қилмаслиги керак.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
+الترغيب في التيسير على المعسر.
+الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
+مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
+ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
+الحث على طلب العلم وتلاوة القرآن وتدارسه.
+قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
+الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
+  </si>
+  <si>
+    <t>Ибн Дақиқ ал-Ъийд раҳимаҳуллоҳ шундай деган:
+«Бу ҳадис улуғ ҳадис бўлиб, ҳар хил илмлар, қоидалар ва одоб-ахлоқларни ўз ичига олган. Унда мусулмонларнинг эҳтиёжларини қондириш ва уларга илм, мол-мулк, ёрдам, манфаатли маслаҳат, насиҳат ёки бошқа ҳар қандай йўл билан фойда етказишнинг фазилати зикр этилган».
+Қийналган кишига енгиллик яратишга тарғиб.
+Мусулмон бандага ёрдам беришга ундалмоқда. Банда биродарига қанчалик ёрдам берса, Аллоҳ ҳам унга шунча ёрдам беради.
+Мусулмонни (айбини) ёпишдан мақсад — унинг айбларини қидирмаслик. Салафлардан баъзилари: «Мен айблари йўқ одамларни кўрдим, улар одамларнинг айбларини тилга олдилар, натижада одамлар уларда ҳам айб топдилар. Ва мен айблари бор одамларни ҳам кўрдим, улар одамларнинг айбларини тилга олмадилар, шу сабабдан, уларнинг ўз айблари унутилди», — деганлар.
+Одамларнинг айбини беркитиш — ёмонликни тарк этиш ва уни ўзгартирмаслик дегани эмас. Аксинча, агар у инсон фасодчи ва золим бўлмаса ёмонлигини ўзгартириш ва беркитиш лозим. Аммо агар кимдир фасод ва исён билан танилган бўлса, унга нисбатан беркитиш яхши саналмайди. Балки, агар ундан(етказишдан) зарар ва бузғунчилик келмаслигига ишонч бўлса, унинг иши ҳокимият эгасига етказилиши лозим. Чунки айбини ёпиш уни фасодга рағбатлантиради, одамларга озор беришга журъат қилади ва бошқа ёмон ниятли кишиларни ҳам шу ишга ундайди.
+Илм талаб қилиш, Қуръон тиловат қилиш ва уни биргаликда ўрганишга ундаш.
+Имом Нававий раҳимаҳуллоҳ айтадилар: «Бу ҳадис масжидда Қуръонни биргаликда тиловат қилишнинг фазилатига далилдир. Масжиддан ташқарида ҳам мадраса, рибот ёки шунга ўхшаш жойларда йиғилиб ўқиш ҳам шу фазилатга киради».
+Аллоҳ таоло ажрни амалларга боғлади, насл насабга эмас.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4801</t>
   </si>
   <si>
     <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>Эй бандаларим! Мен зулмни Ўзимга ҳаром қилдим. Уни сизларнинг ораларингизда ҳам ҳаром қилдим. Бир-бирларингизга зулм қилманглар</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Абу Зарр разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам дедилар: Аллоҳ таоло бундай марҳамат қилади:
 «Эй бандаларим! Мен зулмни Ўзимга ҳаром қилдим. Уни сизларнинг ораларингизда ҳам ҳаром қилдим. Бир-бирларингизга зулм қилманглар.
 Эй бандаларим! Мен тўғри йўлга йўллаганлардан бошқа ҳаммангиз адашгансиз. Мендан тўғри йўлни сўранглар, сизларни тўғри йўлга йўллайман.
 Эй бандаларим! Мен ризқлантирганлардан бошқа барчангиз очсиз. Мендан ризқ сўранглар, сизларни тўйдираман.
 Эй бандаларим! Мен кийим берганлардан бошқангиз яланғочсиз. Мендан кийим сўранглар, кийим бераман.
 Эй бандаларим! Сизлар кечаю кундуз хато (гуноҳ) қиласиз. Мен барча гуноҳларни кечиргувчиман. Мендан гуноҳларингизни кечиришимни сўранглар, гуноҳларингизни кечираман.
 Эй бандаларим! Менга зарар етказа олмайсиз, чунки зарарингиз етадиган даражада эмассиз. Менга фойда келтира олмайсиз, чунки фойда келтирадиган мавқеда эмассиз.
 Эй бандаларим! Сизлардан аввалгилар ва кейингилар, инсонлар ва жинлар орангиздаги энг тақводор одамдек бўлса ҳам, мулкимни асло кўпайтирмайди.
-Эй бандаларим! Сизлардан аввалгилар ва кейингилар, инсонлар ва жинлар орангиздаги энг фожир одамдек бўлса ҳам, мулкимдан бир нарсани камайтирмайди.
+Эй бандаларим! Сизлардан аввалгилар ва кейингилар, инсонлар ва жинлар энг фожир одамдек бўлса ҳам, мулкимдан бир нарсани камайтирмайди.
 Эй бандаларим! Сизлардан аввалгилар ва кейингилар, инсонлар ва жинлар ҳамма бир майдонга тўпланиб, Мендан сўраса, ҳар бир инсонга сўраганини берсам, мулким денгизга ботириб чиқарилган игнанинг учидаги сувчалик ҳам камаймайди.
 Эй бандаларим! Амалларингизни ҳисоблаб қўяман. Сўнг уларнинг эвазини (мукофоти ёки жазосини) тўлиқ қилиб бераман. Ким яхшиликни топса, Аллоҳ таолога ҳамд айтсин. Ким ёмонликка йўлиқса, ўзидан бошқани айбламасин!»</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
-    <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда, Аллоҳ таоло, зулмни ўзига ҳаром қилгани ва уни бандалари орасида ҳам ҳаром қилганини баён қилдилар. Шунинг учун бир инсон бошқага зулм қилмаслиги лозим. Махлуқотларнинг Аллоҳ тавфиқ бериб ҳидоят қилганларидан бошқа барчаси залолатда эканини ва ким Аллоҳдан тўғри йўл сўраса унга тавфиқ ва ҳидоят беришини айтди. Бандаларнинг барчаси фақирдирлар. Улар Аллоҳ таолога барча ҳожатларида муҳтожлар. Ким Аллоҳдан ҳожатлари учун ёрдам сўраса унинг хожатини ўташини хабар берди. Бандалар эртаю кеч гуноҳ қилишларини ва гуноҳларига мағфират сўрасалар Аллоҳ уларни кечиришини хабар берди. Бандалар У зотга манфаат ҳам зарар ҳам бера олмасликларини, улар барчаси энг тақволи киши бўлишса ҳам уларнинг тақвоси Аллоҳнинг мулкини зиёда қилиб қўймаслигини, ҳамда улар барчаси энг фожир инсоннинг қалбичалик фожир бўлсалар хам у зотнинг мулкидан бирор нарса ноқис бўлмаслигини хабар берди. Инсонлар ва жинлар, аввалгилар ва охиргилар бир тепаликка туришса, сўнгра Аллоҳдан ўз ҳожатларини сўрасалар, шунда Аллоҳ уларга сўраганларини берса, ҳудди игна сувга ботирилиб қайта чиқарганда сувдан ҳеч нарсани камайтирмагани каби У зотнинг мулкидан ҳам сўраган нарсаларини бериш ҳеч нарсани камайтирмаслигини хабар берди. Албатта, бу нарса У зотнинг мулкининг комиллигидандир.
+    <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда, Аллоҳ таоло, зулмни ўзига ҳаром қилгани ва уни бандалари орасида ҳам ҳаром қилганини баён қилдилар. Шунинг учун бир инсон бошқага зулм қилмаслиги лозим. Махлуқотларнинг Аллоҳ тавфиқ бериб ҳидоят қилганларидан бошқа барчаси залолатда эканини ва ким Аллоҳдан тўғри йўл сўраса унга тавфиқ ва ҳидоят беришини айтди. Бандаларнинг барчаси фақирдирлар. Улар Аллоҳ таолога барча ҳожатларида муҳтожлар. Ким Аллоҳдан ҳожатлари учун ёрдам сўраса унинг хожатини ўташини хабар берди. Бандалар эртаю кеч гуноҳ қилишларини ва гуноҳларига мағфират сўрасалар Аллоҳ уларни кечиришини хабар берди. Бандалар Аллоҳ таолога манфаат ҳам зарар ҳам бера олмасликларини, улар барчаси энг тақволи киши бўлишса ҳам уларнинг тақвоси Аллоҳнинг мулкини зиёда қилиб қўймаслигини, ҳамда улар барчаси энг фожир инсоннинг қалбичалик фожир бўлсалар хам у зотнинг мулкидан бирор нарса ноқис бўлмаслигини хабар берди. Инсонлар ва жинлар, аввалгилар ва охиргилар бир тепаликка туришса, сўнгра Аллоҳдан ўз ҳожатларини сўрасалар, шунда Аллоҳ уларга сўраганларини берса, ҳудди игна сувга ботирилиб қайта чиқарганда сувдан ҳеч нарсани камайтирмагани каби У Зотнинг мулкидан ҳам сўраган нарсаларини бериш ҳеч нарсани камайтирмаслигини хабар берди. Албатта, бу нарса У Зотнинг мулкининг комиллигидандир.
 Аллоҳ бандаларнинг амалларини сақлаши, ҳисоблаши ва шунга яраша қиёмат куни мукофот ёки жазо беришини хабар берди. Ким қилган амалини мукофотини топса, Аллоҳ унга тоатларга тавфиқ бергани учун ҳамд айтсин. Энди ким қилган амалига мукофот эмас балки жазо топса, ёмонликка бошловчи нафсинигина маломат қилсин.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
     <t>Бу ҳадисни Расулуллоҳ соллаллоҳу алайҳи ва саллам ўз Раббиларидан ривоят қиладилар. Бу ҳадис – Ҳадиси Қудсий ёки Илоҳий деб номланади. Бу ҳадиснинг лафзи ва маъноси Аллохдан, лекин унда Қуръоннинг хусусиятлари йўқ. Масалан, Қуръонни тиловат қилиш ибодат бўлиб таҳоратсиз ушласа бўлмайди ва мўъжизавий хусусиятлари бордир. Аммо ҳадиси қудсий бундай эмас.
 Бандаларга илм ва ҳидоятнинг ҳосил бўлиши Аллоҳнинг илми ва ҳидоятидандир.
 Бандага қандай яхшилик етса, бу Аллоҳнинг фазлидан ва қандай ёмонлик етса, ўзининг ҳавои нафсидандир.
-Ким яхши иш қилса, бу Аллоҳнинг тавфиқи, ва (у ишга берган) мукофоти эса унинг фазлидандир, Унга ҳамд бўлсин. Ким ёмон иш қилган бўлса, ўзинигина айбласин.</t>
+Ким яхши иш қилса, бу Аллоҳнинг тавфиқи, ва (у ишга берган) мукофоти эса Унинг фазлидандир, Унга ҳамд бўлсин. Ким ёмон иш қилган бўлса, ўзинигина айбласин.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4810</t>
   </si>
   <si>
     <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>Эй бола, албатта мен сенга бир нечта сўзларни ўргатаман: Аллоҳни сақлагин, сени ҳам сақлайди. Аллоҳ таолони сақласанг, Уни ўзинг билан бирга топасан. Агар сўрасанг Аллоҳдан сўра</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
-    <t>Абдуллоҳ ибн Аббос разияллоҳу анҳумодан ривоят қилинган ҳадис: «Расулуллоҳ соллаллоҳу алайҳи васалламнинг орқаларида эдим. У зот дедилар: “Эй бола, албатта мен сенга бир нечта сўзларни ўргатаман: Аллоҳни сақлагин, сени ҳам сақлайди. Аллоҳ таолони сақласанг, Уни ўзинг билан бирга топасан. Агар сўрасанг Аллоҳдан сўра. Агар ёрдам сўрасанг Аллоҳдан ёрдам сўра. Билгинки, уммат сенга бирор нарса билан наф беришга тўпланса, Аллоҳ таоло сен учун ёзиб қўйган нарса билангина наф етказишади. Агар сенга бирор нарса билан зарар етказишга тўпланишса, Аллоҳ таоло сен учун ёзиб қўйган нарса билангина зарар етказишади. Қаламлар кўтарилди. Саҳифалар қуриди».</t>
+    <t>Абдуллоҳ ибн Аббос разияллоҳу анҳумодан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи васалламнинг орқаларида эдим. У зот дедилар: “Эй бола, албатта мен сенга бир нечта сўзларни ўргатаман: Аллоҳни сақлагин, сени ҳам сақлайди. Аллоҳ таолони сақласанг, Уни ўзинг билан бирга топасан. Агар сўрасанг Аллоҳдан сўра. Агар ёрдам сўрасанг Аллоҳдан ёрдам сўра. Билгинки, уммат сенга бирор нарса билан наф беришга тўпланса, Аллоҳ таоло сен учун ёзиб қўйган нарса билангина наф етказишади. Агар сенга бирор нарса билан зарар етказишга тўпланишса, Аллоҳ таоло сен учун ёзиб қўйган нарса билангина зарар етказишади. Қаламлар кўтарилди. Саҳифалар қуриди».</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>Ибн Аббос разияллоҳу анҳу ёшлик чоғларида, Расулуллоҳ соллаллоҳу алайҳи ва саллам билан бирга уловда кетаётганларида Пайғамбаримиз у кишига: «Аллоҳ сенга манфаат берадиган ишларни ўргатаман», – дедилар.
-Сўзларида давом этиб: «Аллоҳнинг буйруқларини бажариб, қайтариқларидан қайтиб унинг ҳақларини сақла!Аллоҳ сени ҳар доим тоат-ибодатда кўрсин, ҳеч қачон гуноҳу махсиятда кўрмасин. Агар шундай қилсанг, Аллох сени дунё ва охират ёмонликларидан сақлайди ва қандай ғаминг бўлса, сенга ёрдам беради.
+Сўзларида давом этиб: «Аллоҳнинг буйруқларини бажариб, қайтариқларидан қайтиб унинг ҳақларини муҳофаза қил! Аллоҳ сени ҳар доим тоат-ибодатда кўрсин, ҳеч қачон гуноҳу махсиятда кўрмасин. Агар шундай қилсанг, Аллох сени дунё ва охират ёмонликларидан сақлайди ва қандай ғаминг бўлса, сенга ёрдам беради.
 Агар сен бирон нарса сўрамоқчи бўлсанг фақатгина Аллоҳдан сўра, чунки фақат У сўраганларга жавоб беради.
 Агар ёрдам керак бўлса, Аллоҳдангина ёрдам сўра.
 Анниқ ишонгинки, агар бутун дунё сенга манфаат бериш учун йиғилса, Аллоҳ тақдирингга ёзганидан ошиқча манфаат бера олмайдилар. Агар бутун ер юзи сенга зарар бериш учун йиғилса, Аллоҳ тақдирингга ёзганидан ошиқча зарар бера олмаслар.
-Бу нарсаларни Аллоҳ ўз илми ва ҳикмати билан тақдирга ёзгандир. Аллоҳ ёзган нарсалар ҳеч қачон ўзгармайди», – дедилар.</t>
+Бу нарсаларни Аллоҳ ўз илми ва ҳикмати билан тақдирга ёзгандир. Аллоҳ ёзган нарсалар ўзгармайди», – дедилар.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Кичкина болаларга тавхид, одоб ва бошқа дин масалаларини ўргатишнинг аҳамияти.
 Мукофот ёки жазо амалга яраша бўлур.
 Фақат Аллоҳга суяниш ва таваккул қилишга буйруқ.  У қандай ҳам яхши вакил.
 Қазо ва қадарга иймон келтириш ва унга рози бўлиш ҳамда, Аллоҳ барча нарсани тақдирини белгилаб қўйганлиги.
 Ким Аллоҳни амрини зое қилса, Аллоҳ ҳам уни зое қилади, сақламайди.</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[Тирмизий ривояти]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4811</t>
   </si>
   <si>
@@ -4609,57 +5355,57 @@
   </si>
   <si>
     <t>Бу ҳадиси шарифда, Расулуллоҳ соллалоҳу алайҳи ва саллам умматларининг барчаси жаннатга кириши ва фақатгина бош тортганлар бундан мустасно эканини хабар бердилар.
 Шунда саҳобалар: «Йо Расулуллоҳ, ким ҳам бош тортарди», – дедилар.
 Шунда Пайғамбаримиз соллаллоҳу алайҳи ва саллам жавобан: «Ким пайғамбарга итоат қилган ва эргашган бўлса, жаннатга киради. Ким осийлик қилса, шариатга бўйинсунмаса, ёмон амаллари ила (жаннатга) киришдан бош тортибди», – дедилар.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>Пайғамбаримиз соллаллоҳу алайҳи ва салламга итоат қилиш Аллоҳга итоат қилиш демакдир. У кишига осийлик қилиш эса Аллоҳга осийликдир.
 Пайғамбаримиз соллаллоҳу алайҳи ва салламга итоат жаннатга, у кишига осийлик эса, дўзахга олиб киради.
 Бу умматнинг итоаткорларига хушхабар, уларнинг барчаси жаннатга киради. Фақатгина Аллоҳ ва Унинг Расулига осийлик қилганлар бундан мустаснодирлар.
 Пайғамбаримиз соллаллоҳу алайҳи ва салламнинг умматларига шафқатлари ва улар ҳидоят топишини хоҳлашлари.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4947</t>
   </si>
   <si>
     <t>لا تزول قدما عبد يوم القيامة حتى يسأل عن عمره فيما أفناه، وعن علمه فيم فعل، وعن ماله من أين اكتسبه وفيم أنفقه، وعن جسمه فيم أبلاه</t>
   </si>
   <si>
-    <t>У кунда банданинг икки қадами токи ундан тўрт нарса ҳақида сўралмагунига қадар ўрнидан жилмайди: умрини нимага сарф қилгани, ёшлигини нима билан ўтказгани, молини қаердан топиб, қаерга сарфлагани, илми билан нимага амал қилгани», – дедилар</t>
+    <t>Қиёмат куни банданинг икки қадами токи ундан тўрт нарса ҳақида сўралмагунига қадар ўрнидан жилмайди: умрини нимага сарф қилгани, илми билан нимага амал қилгани, молини қаердан топиб, қаерга сарфлагани ва танасини нимада заифлатгани», – дедилар</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَرْزَةَ الأَسْلَمِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ».</t>
   </si>
   <si>
-    <t>Абу Барза Асламий разияллоҳу анҳудан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «У кунда банданинг икки қадами токи ундан тўрт нарса ҳақида сўралмагунига қадар ўрнидан жилмайди: умрини нимага сарф қилгани, ёшлигини нима билан ўтказгани, молини қаердан топиб, қаерга сарфлагани, илми билан нимага амал қилгани», – дедилар.</t>
+    <t>Абу Барза Асламий разияллоҳу анҳудан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Қиёмат куни банданинг икки қадами токи ундан тўрт нарса ҳақида сўралмагунига қадар ўрнидан жилмайди: умрини нимага сарф қилгани, илми билан нимага амал қилгани, молини қаердан топиб, қаерга сарфлагани ва танасини нимада заифлатгани», – дедилар.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам ҳеч ким Қиёмат куни ҳисоб-китоб ўрнидан жаннат ёки дўзахга қуйидаги ишлар ҳақида сўралмагунча ўтмаслигини хабар бердилар:
 Биринчи: Ҳаётини нимага сарфлади ва қандай ўтказди?
 Иккинчи: Илмини Аллоҳ учун олдими? Унга амал қилдими? Ҳақдорларга етказдими?
 Учинчи: Мол-дунёсини қаердан топди, ҳалолданми ёки ҳаромданми? Аллоҳни рози қиладиган нарсага сарфладими ёки ғазабланадиган нарсагами?
 Тўртинчи: Жисми, қуввати, офияти, йигитлигини нимага ишлатди?</t>
   </si>
   <si>
     <t>الحث على اغتنام الحياة فيما يرضي الله تعالى.
 نعم الله على العباد كثيرة، وسيسأله عن النعيم الذي كان فيه، فعليه أن يضع نعم الله فيما يرضيه.</t>
   </si>
   <si>
     <t>Ҳаётни Аллоҳ рози бўладиган нарсаларга сарфлашга ундаш.
 Аллоҳнинг бандасининг устида неъматларининг кўплиги. Аллоҳ бу неъматлар хақида сўрайди. Шунинг учун уларни Аллоҳ рози бўладиган ўринларга сарфлаш лозим.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4950</t>
@@ -4679,63 +5425,63 @@
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда Жаброил алайхиссалом қўшнига яхшилик қилишга, унинг хаққини сақлашга, азият берса, сабр қилишга  қайта-қайта буюраверганларидан, яқинда ўлганидан кейин меросидан ҳам улуш берилиши тўғрисида вахий тушса керак деб ўйлаб қолганларини хабар бермоқдалар. Қўшни - мусулмонми, кофирми,  қариндошми, қариндош эмасми фарқи йўқ, ҳовлиси яқин бўлган барча қўшнидир.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Қўшнининг хаққи улуғ ва унга инсон риоя қилмоғи лозимдир.
 Қайта-қайта қўшни ҳақида васият қилиниши, унинг ҳурматини жойига қўйиш, яхшилик қилиш, яхши кўриш, ундан зарарни даф қилиш, касал бўлса зиёрат қилиш, хурсандчилигига шерик бўлиш ва мусибат вақтида таъзия билдириш каби ишларни тақозо қилади.
 Қўшнининг эшиги яқин бўлгани сари, унинг ҳаққи ошиб бораваради.
 Қўшнига яхшилик қилиш ва унга ёмонлик қилишдан қайтариш каби халқни ислоҳ қилувчи нарсаларга ҳам эътибор бериши, шариатнинг комиллигига далолат қилади.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4965</t>
   </si>
   <si>
     <t>أرأيتم لو أن نهرا بباب أحدكم يغتسل فيه كل يوم خمسا، ما تقول ذلك يبقي من درنه؟</t>
   </si>
   <si>
-    <t>Айтингизчи, агар бирортангизнинг эшиги олдида анҳор бўлиб, унда ҳар куни беш марта ювинса, нима дейсиз, бу унинг кирлигидан (бирор нарсани) қолдирадими?», деб сўрадилар</t>
+    <t>Айтингизчи, агар бирортангизнинг эшиги олдида дарё бўлиб, унда ҳар куни беш марта ювинса, нима дейсиз, бу унинг кирлигидан (бирор нарсани) қолдирадими?», деб сўрадилар</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟» قَالُوا: لَا يُبْقِي مِنْ دَرَنِهِ شَيْئًا، قَالَ: «فَذَلِكَ مِثْلُ الصَّلَوَاتِ الخَمْسِ، يَمْحُو اللَّهُ بِهِ الخَطَايَا».</t>
   </si>
   <si>
-    <t>Абу Ҳурайра разияллоҳу анҳудан қилинган  ривоятда у киши Расулуллоҳ соллаллоҳу алайҳи ва салламнинг шундай деганларини эшитганлар: «Айтингизчи, агар бирортангизнинг эшиги олдида анҳор бўлиб, унда ҳар куни беш марта ювинса, нима дейсиз, бу унинг кирлигидан (бирор нарсани) қолдирадими?», деб сўрадилар. (Саҳобалар:) «Бирорта ҳам кирлик қолдирмайди» деб жавоб беришди. «Беш вақт намознинг мисоли шудир, Аллоҳ улар билан барча хатоларни ўчириб юборади» дедилар.</t>
+    <t>Абу Ҳурайра разияллоҳу анҳудан қилинган  ривоятда у киши Расулуллоҳ соллаллоҳу алайҳи ва салламнинг шундай деганларини эшитганлар: «Айтингизчи, агар бирортангизнинг эшиги олдида дарё бўлиб, унда ҳар куни беш марта ювинса, нима дейсиз, бу унинг кирлигидан (бирор нарсани) қолдирадими?», деб сўрадилар. (Саҳобалар:) «Бирорта ҳам кирлик қолдирмайди» деб жавоб беришди. «Беш вақт намознинг мисоли шудир, Аллоҳ улар билан барча хатоларни ўчириб юборади» дедилар.</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الصلواتِ الخمس في كلِّ يومٍ وليلةٍ في إزالتِها وتكفيرِها لصغائر الذنوب والخطايا بِنَهْرٍ على بابِ الإنسان يَغتسلُ منه كلَّ يومٍ خمسَ مرات، فلا يبقى مِن دَرَنِهِ ووَسَخِهِ شيءٌ.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам куну тунда ўқиладиган беш маҳал намозни ва кичик гуноҳларни ўчириб кетказишини бир инсон эшиги олдидаги анҳордан беш марта ювинишига ўхшатдилар. Ювинавергач сув бирор кир қолмагандай, намоз ҳам шундай, бирорта гуноҳ қолдирмайди.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам куну тунда ўқиладиган беш маҳал намозни ва у кичик гуноҳларни ўчириб кетказишини бир инсон эшиги олдидаги анҳордан беш марта ювинишига ўхшатдилар. Ювинавергач сув бирор кир қолдирмагандай, намоз ҳам шундай, бирорта гуноҳ қолдирмайди.</t>
   </si>
   <si>
     <t>هذا الفضلُ خاصٌّ بتكفير الصغائر، أما الكبائر فلا بُد من التوبة منها.
 فضل أداء الصلوات الخمس والمحافظة عليها بشروطِها وأركانِها وواجباتِها وسننِها.</t>
   </si>
   <si>
     <t>Бу фазилат кичик гуноҳларни ўчиришга тегишли, катта гуноҳлар эса тавбага муҳтож.
 Беш маҳал намозни унинг шарти, аркони, вожибот ва суннатларига муҳофаза қилиш билан адо этишнинг фазилати.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4968</t>
   </si>
   <si>
     <t>مثل المؤمنين في توادهم وتراحمهم وتعاطفهم مثل الجسد، إذا اشتكى منه عضو تداعى له سائر الجسد بالسهر والحمى</t>
   </si>
   <si>
     <t>Мўминлар ўзаро муҳаббатлашишда, ўзаро раҳмдилликда, ўзаро ҳамдардликда бутун бир танага ўхшайдилар. Жасаддан бирор аъзо оғриса, бутун жасад бунга уйқусизлик ва иситма билан жавоб қайтаради», –дедилар</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى».</t>
   </si>
   <si>
     <t>Нўъмон ибн Башийрдан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Мўминлар ўзаро муҳаббатлашишда, ўзаро раҳмдилликда, ўзаро ҳамдардликда бутун бир танага ўхшайдилар. Жасаддан бирор аъзо оғриса, бутун жасад бунга уйқусизлик ва иситма билан жавоб қайтаради», –дедилар.</t>
   </si>
   <si>
@@ -4750,51 +5496,51 @@
   </si>
   <si>
     <t>Мусулмон ҳақларини улуғламоқ ва бир-бирларига хушмуомила бўлишлари ва ёрдам беришга ундашлари керак.
 Иймон аҳлининг ораларида муҳаббат ва нусрат бўлиши керак.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4969</t>
   </si>
   <si>
     <t>مروا أولادكم بالصلاة وهم أبناء سبع سنين، واضربوهم عليها وهم أبناء عشر، وفرقوا بينهم في المضاجع</t>
   </si>
   <si>
     <t>Фарзандларингизни етти ёшида намозга буюринг! Улар ўн ёшга етганларида намоз ўқимасалар, уринг ва ётар ўринларини ажратиб, алоҳида қилиб қўйинг», – дедилар</t>
   </si>
   <si>
     <t>عن عمرو بن شُعيب عن أبيه عن جدِّه قال: قال رسولُ الله صلى الله عليه وسلم: «مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ».</t>
   </si>
   <si>
     <t>Амр ибн Шуъайб отасидан, отаси эса бобосидан ривоят қилади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Фарзандларингизни етти ёшида намозга буюринг! Улар ўн ёшга етганларида намоз ўқимасалар, уринг ва ётар ўринларини ажратиб, алоҳида қилиб қўйинг», – дедилар».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على الأبِ أنْ يأمُرَ أولادَه -الذكور والإناث- بالصلاة وأعمارهم سبع سنين، ويُعَلِّمهم ما يحتاجون لإقامتها. 
 وإذا بَلَغُوا عشرَ سنين زادَ في الأمر، فيضرب على التقصير فيها، ويُفَرِّق بينهم في الفِراش.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам оталарни ўғил ёки қиз фарзандларининг ёши еттига етганда намозга буюришини ва уни қоим қилишлари учун керакли илмларни ўргатишлари керак эканини  баёнламоқдалар. Ўн ёшга тўлганларида иш янада кучаяди. Агар камчиликка йўл қўйсалар, жазоланадилар. Ётар жойларини ажратиб алоҳида қилиб қўйилади.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам оталарни ўғил ёки қиз фарзандларининг ёши еттига етганда намозга буюришини ва уни қоим қилишлари учун керакли илмларни ўргатишлари керак эканини  баёнламоқдалар. Ўн ёшга тўлганларида буйруқ янада кучаяди. Агар камчиликка йўл қўйсалар, жазоланадилар. Ётар жойларини ҳам ажратиб алоҳида қилиб қўйилади.</t>
   </si>
   <si>
     <t>تعليم الأولاد الصغار قبل البلوغ أمورَ الدين، ومن أهمِّها الصلاة.
 الضرب يكون للتأديب، وليس للتعذيب، فيضرب ضربًا يليق بحالِه.
 عناية الشريعة بحفظ الأعراض، وسدُّها كلَّ طريقٍ قد يُفضي إلى الفساد.</t>
   </si>
   <si>
     <t>Болалар балоғатга етишларидан олдин дин ишларини, хусусан, ишларнинг энг муҳими бўлган намоз бўйича таълим беришлишлари лозим.
 Ҳадисдаги уришга буйруқ одоб бериш учун, азоблаш учун эмас. Ҳолатига қараб урилади.
 Шариатнинг ор-номусга бўлган эътибори. Фасодга олиб борувчи барча йўлларни тўсиш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5272</t>
   </si>
   <si>
     <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>Албатта, дам солиш (афсун ўқиш), тумор тақиш ва иссиқ-совуқ қилиш ширкдир» – дедилар</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
     <t>Абдуллоҳ ибн Масъуд разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Албатта, дам солиш (афсун ўқиш), тумор тақиш ва иссиқ-совуқ қилиш ширкдир» – дедилар.</t>
@@ -5471,94 +6217,94 @@
   <si>
     <t>إن النبي صلى الله عليه وسلم خرج علينا، فقلنا: يا رسول الله، قد علمنا كيف نسلم عليك، فكيف نصلي عليك؟</t>
   </si>
   <si>
     <t>У зот: «Расулуллоҳ соллаллоҳу алайҳи ва салламдан: «Эй Аллоҳнинг Расули, сизга қандай салом беришни ўргандик, энди сизга қандай саловат айтамиз?</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى قَالَ: لَقِيَنِي كَعْبُ بْنُ عُجْرَةَ، فَقَالَ: أَلاَ أُهْدِي لَكَ هَدِيَّةً؟ إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟ قَالَ: «فَقُولُوا: اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا صَلَّيْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ، اللَّهُمَّ بَارِكْ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا بَارَكْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ».</t>
   </si>
   <si>
     <t>Абдурраҳмон ибн Абу Лайло айтади: Менга Каъб ибн Ужро разияллоҳу анҳу йўлиқиб: «Сенга Набий соллаллоҳу алайҳи ва салламдан эшитган бир совғани совға қилайми?» деди. (Мен: "Албатта, менга совға қилинг!”, дедим.) У зот: «Расулуллоҳ соллаллоҳу алайҳи ва салламдан: «Эй Аллоҳнинг Расули, сизга қандай салом беришни ўргандик, энди сизга қандай саловат айтамиз?» деб сўрадик. У зот: «Аллооҳумма солли алаа Муҳаммадин ва алаа аали Муҳаммад, камаа соллайта алаа аали Иброоҳиим, иннака Ҳамиидум Мажиид. Аллооҳумма баарик алаа Муҳаммадин ва алаа аали Муҳаммад, камаа баарокта алаа аали Иброоҳиим, иннака Ҳамиидум Мажиид», денглар», –дедилар.</t>
   </si>
   <si>
     <t>سَألَ الصحابةُ النبيَّ صلى الله عليه وسلم عن كيفيةِ الصلاةِ عليه؟ بعد مَعرفتِهِم كيفيةَ السلامِ عليه في التحيات: "السلام عليك أيها النبي ورحمة الله وبركاته..."؟ 
 فأخبرَهم النبيُّ صلى الله عليه وسلم بكيفيةِ الصلاةِ عليه، ومعناها: 
 "اللهم صلِّ على محمدٍ وعلى آل محمد" 
 أي: أثن عليه بالذكر الجميل في الملأ الأعلى، وعلى أتباعه في دينه، والمؤمنون من قرابته. 
 "كما صلَّيتَ على آل إبراهيم" 
 فكما تفضلت على آل إبراهيم عليه السلام وهم إبراهيم وإسماعيل وإسحاق وذريتهم وأتباعهم المؤمنين، فأَلْحِقْ فضلك بمحمدٍ صلى الله عليه وسلم. 
 "إنك حميد مجيد" 
 أي: المحمود في ذاتك وصفاتك وأفعالك، الواسع في عظمتك وسلطانك وعطائك. 
 "اللهم بارك على محمدٍ وعلى آل محمد كما باركتَ على آل إبراهيم" 
 أي أعطِهِ من الخير والكرامة أعظمَها وزِدْها وثَبِّتْها.</t>
   </si>
   <si>
-    <t>Саҳобалар ташаҳудда «Ассалааму алайка аййўҳаннабий ва роҳматуллоҳи ва барокаатуҳ...» деб пайғамбаримизга салом беришни ўрганганларидан сўнг, Набий соллаллоҳу алайҳи ва салламдан саловатнинг кўриниши хақида сўрадилар. Набий соллаллоҳу алайҳи ва саллам уларга саловат айтишнинг кўриниши ҳақида хабар бердилар. Маъноси: «Аллооҳумма солли алаа Муҳаммадин ва алаа аали Муҳаммад». Яъни: Аллоҳим У зотга, динларига эргашганларга,мўмин қариндошларига олий малода (фришталарнинг ҳузурида) саловат айт, яъни, мақтагин! «Камаа соллайта алаа аали Иброҳим» Ҳудди Иброҳим алайҳиссалом оилаларига марҳамат қилганинг каби Муҳаммад соллаллоҳу алайҳи ва салламга ҳам марҳамат қилгин.
-Иброҳим алайҳиссаломнинг оилалари: Исмоил, Исҳоқ, уларнинг зурриётлари ва уларга эргашган барча мўминлар. «иннака Ҳамиидум Мажиид». Яъни: Зотинг, сифатинг ва феълларинг мақталган. Улуғлигинг, салтанатинг ва саҳоватинг кенгдир. «Аллооҳумма баарик алаа Муҳаммадив ва алаа аали Муҳаммад, камаа баарокта алаа аали Иброоҳиим». Яъни: Яхшилик ва карамингнинг энг улуғини бер ҳамда уни зиёда, собит қил!</t>
+    <t>Саҳобалар ташаҳудда «Ассалааму алайка аййўҳаннабий ва роҳматуллоҳи ва барокаатуҳ...» деб пайғамбаримизга салом беришни ўрганганларидан сўнг, Набий соллаллоҳу алайҳи ва салламдан салавотнинг кўриниши хақида сўрадилар. Набий соллаллоҳу алайҳи ва саллам уларга салавот айтишнинг кўриниши ҳақида хабар бердилар. Маъноси: «Аллооҳумма солли алаа Муҳаммадин ва алаа аали Муҳаммад». Яъни: Аллоҳим У зотга, динларига эргашганларга,мўмин қариндошларига олий малода (фришталарнинг ҳузурида) салавот айт, яъни, мақтагин! «Камаа соллайта алаа аали Иброҳим» Ҳудди Иброҳим алайҳиссалом оилаларига марҳамат қилганинг каби Муҳаммад соллаллоҳу алайҳи ва салламга ҳам марҳамат қилгин.
+Иброҳим алайҳиссаломнинг оилалари: Исмоил, Исҳоқ, уларнинг зурриётлари ва уларга эргашган барча мўминлар. «иннака Ҳамиидун Мажиид». Яъни: Зотинг, сифатинг ва феълларинг мақталган. Улуғлигинг, салтанатинг ва саҳоватинг кенгдир. «Аллооҳумма баарик алаа Муҳаммадин ва алаа аали Муҳаммад, камаа баарокта алаа аали Иброоҳиим». Яъни: Яхшилик ва карамингнинг энг улуғини бер ҳамда уни зиёда, собит қил!</t>
   </si>
   <si>
     <t>السَّلَفُ كانوا يتهادَوْن مسائلَ العلم.
 وجوب الصلاة على النبي صلى الله عليه وسلم في التشهد الأخير من الصلاة.
 النبي صلى الله عليه وسلم علَّم أصحابَه السلامَ والصلاةَ عليه.
 هذه الصيغة هي أكملُ الصِّيَغِ في الصلاةِ على النبيِّ صلى الله عليه وسلم.</t>
   </si>
   <si>
-    <t>Салафлар илмий масалаларни бир-бирларига ҳадия қилар эдилар.
-[...2 lines deleted...]
-Бу Набий соллаллоҳу алайҳи ва салламга саловат айтишнинг энг комил кўринишларидан бири.</t>
+    <t>Салафлар илмий масалаларни бир-бирларига ҳадя қилар эдилар.
+Набий соллаллоҳу алайҳи ва салламга намознинг охирги ташаҳҳудида салавот айтиш вожиб.
+Набий соллаллоҳу алайҳи ва саллам саҳобаларига салавот ва салом айтишни ўргатдилар.
+Бу Набий соллаллоҳу алайҳи ва салламга салавот айтишнинг энг комил кўринишларидан бири.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5377</t>
   </si>
   <si>
     <t>لا صلاة لمن لم يقرأ بفاتحة الكتاب</t>
   </si>
   <si>
     <t>Фотиҳа сурасини ўқимаган кишининг намози йўқ», – дедилар</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ بْنِ الصَّامِتِ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ».</t>
   </si>
   <si>
     <t>Убода ибн Сомит разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Фотиҳа сурасини ўқимаган кишининг намози йўқ», – дедилар.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلمَ أنَّ الصلاةَ لا تَصِحُّ إلا بقراءة سورة الفاتحة، فهي ركن من أركان الصلاة في كلِّ ركعة.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам Фотиҳа сурасини ўқимаган кишининг намози ўтмаслиги ва ҳар бир ракатда фотиҳани ўқиш намознинг арконларидан бири эканини хабар бердилар.</t>
   </si>
   <si>
     <t>لا يُجْزِىءُ عن قراءةِ الفاتحةِ غيرُها مع القُدرةِ عليها.
 بُطلان الركعة التي لم يُقرأْ فيها بالفاتحة، مِن المُتَعَمِّدِ والجاهلِ والناسي؛ لأنها ركن، والأركان لا تسقط مطلقًا.
 تسقط قراءةُ الفاتحةِ عن المأموم إذا أدركَ الإمام راكعًا.</t>
   </si>
   <si>
     <t>Фотиҳа сурасини ўқишга қодир бўла туриб бошқасини ўқиса намози ўтмайди.
-Атайлаб, билмасдан ёки эсдан чиқариб Фотиҳа сурасини ўқимлмаган ракатнинг ботиллиги. Чунки Фотиҳа намознинг рукни, рукнлар эса умуман соқит бўлмайди.
+Атайлаб, билмасдан ёки эсдан чиқариб Фотиҳа сураси ўқимлмаган ракат ботилдир. Чунки Фотиҳа намознинг рукни, рукнлар эса умуман соқит бўлмайди.
 Агар имомга руку ҳолда етишиб қолса Фотиҳа соқит бўлади.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5378</t>
   </si>
   <si>
     <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>Банда Раббисига энг яқин бўладиган вақти бу сажда қилган холатидир. Бас (саждада) дуони кўпайтиринглар» – дедилар</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Банда Раббисига энг яқин бўладиган вақти бу сажда қилган холатидир. Бас (саждада) дуони кўпайтиринглар» – дедилар.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Пайғамбаримиз соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда банда Раббисига саждада энг яқин бўлишини хабар бердилар. Чунки намоз ўқувчи танасининг энг афзал аъзосини Аллоҳ азза ва жаллага тавозеълик қилиб, бўйсуниб ва ўзини хўр тутиб пешонасини саждагоҳга қўяди.
 Шунинг учун Расулуллоҳ соллаллоҳу алайҳи ва саллам саждада дуони кўпайтиришга буюрдилар. Шундай қилиб бандада сўз ва феъл билан Аллоҳга ўзини хўр тутиш жамланади.</t>
   </si>
@@ -5655,50 +6401,97 @@
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Жарир ибн Абдуллоҳ разияллоҳу анҳудан ривоят қилинади. Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Ким инсонларни раҳм қилмаса, Аллох азза ва жалла ҳам уни раҳм қилмайди» –дедилар.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Пайғамбаримиз соллаллоҳу алайҳи ва саллам инсонларни раҳм қилмайдиганни Аллоҳ ҳам раҳм қилмаслигини хабар бердилар. Банда бошқаларга раҳм қилиши Аллоҳнинг раҳматига етишининг энг катта сабабларидандир.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Инсонларга раҳм қилиш муҳим бўлгани учун инсонлар зикр қилинди. Лекин, аслида бошқа махлуқотларга ҳам раҳм қилинмоғи лозим.
 Аллоҳ меҳрибон ва меҳрибон бандаларини раҳм қилади. Мукофот, қилган амалларининг жинсидандир.
 Одамларга раҳм қилиш - уларга яхшилик қилиш, улардан ёмонликни  даф қилиш ва яхши муомала қилиш демакдир.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5439</t>
+  </si>
+  <si>
+    <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
+  </si>
+  <si>
+    <t>Эй Одам боласи, мадомики, сен Менга дуо қилиб, Мендан умидвор турар экансан, нима гуноҳ қилган бўлсангда, парво қилмасдан мағфират этаман</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
+  </si>
+  <si>
+    <t>Анас ибн Молик разияллоҳу анҳудан ривоят қилинади: Мен Расулуллоҳ соллаллоҳу алайҳи ва салламнинг шундай деганларини эшитдим: «Аллоҳ таоло деди: Эй Одам боласи, мадомики, сен Менга дуо қилиб, Мендан умидвор турар экансан, нима гуноҳ қилган бўлсангда, парво қилмасдан мағфират этаман. Эй Одам боласи, агар гуноҳинг булутларга қадар етса-да, Менга истиғфор айтсанг, сени мағфират этаман. Эй Одам боласи, агар сен ҳузуримга ер юзини қоплайдиган гуноҳлар билан келсанг ва Менга ҳеч нарсани шерик қилмаган ҳолда рўбарў бўлсанг, Мен сени ер юзини қоплайдиган мағфират билан қарши оламан!»</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
+يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
+يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
+  </si>
+  <si>
+    <t>Пайғамбар саллоллоҳу алайҳи ва саллам хабар бердиларки, Аллоҳ таоло ҳадиси қудсийда шундай деди:
+«Эй Одам боласи! Сен мендан дуо қилиб сўрар экансан, то-ки раҳматимдан умид узмасанг, гуноҳларингни кечираман ва уларни ўчириб ташлайман, улар катта гуноҳлардан бўлса ҳам, мен унга эътибор бермайман. Эй Одам боласи! Агар сенинг гуноҳларинг осмон билан ер орасини тўлдирадиган даражада кўп бўлиб, унинг кенгликларига етиб, ҳар тарафини қамраб олса ҳам, кейин сен мендан истиғфор сўрасанг, кўплигига қарамасдан  барчасини кечираман ва ўчириб ташлайман.
+Эй Одам боласи! Агар сен менинг ҳузуримга ерни тўлдирганча гуноҳ ва осийлик билан келсанг-да, лекин, ширк қилмаган ҳолингда, яъни муваҳҳид бўлган ҳолингда келсанг, мен сени ерни тўлдирганича мағфират билан қарши оламан. Чунки Менинг мағфиратим кенг ва Мен ширкдан бошқа барча гуноҳларни кечираман».</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله تعالى ومغفرته وفضله.
+فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
+خطر الشرك وأن الله لا يغفر للمشركين.
+قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
+هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
+الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
+  </si>
+  <si>
+    <t>Аллоҳ таолонинг раҳмати, мағфирати ва фазли беқиёс кенг.
+Тавҳиднинг улуғ фазилати – Аллоҳ таоло тавҳид аҳлининг гуноҳ ва осийликларини мағфират этади.
+Ширкнинг хатари катта экани ва Аллоҳ мушрикларнинг гуноҳларини мағфират қилмаслиги.
+Ибн Ражаб раҳимаҳуллоҳ айтадилар: бу ҳадисда гуноҳларнинг мағфират қилинишига сабаб бўладиган уч нарса жамланган:
+Биринчи: Аллоҳнинг раҳматидан умид қилган ҳолда дуо қилиш.
+Иккинчи: истиғфор айтиш ва тавба қилиш.
+Учинчи: муваҳҳид ҳолда вафот этиш.
+Бу ҳадис — Пайғамбар соллаллоҳу алайҳи ва салламнинг Раббилари номидан ривоят қилган ҳадисдир. У «қудсий» ёки «илоҳий» ҳадис деб аталади. Унинг лафзи ҳам, маъноси ҳам Аллоҳдан, лекин Қуръонга хос бўлган сифатларга эга эмас. Масалан, тиловати билан ибодат қилиш, унинг учун таҳорат олиш, таҳаддий қилиш ва мўъжиза каби хусусиятлар унда йўқ.
+Гуноҳлар уч турлидир:
+Биринчи: Аллоҳга ширк келтириш. Бу гуноҳни Аллоҳ кечирмайди. Аллоҳ таоло марҳамат қилади: «Кимки Аллоҳга ширк келтирса, албатта, Аллоҳ унга жаннатни ҳаром қиладир».
+Иккинчи: банда билан Раббиси орасидаги гуноҳ ва маъсиятлар. Аллоҳ азза ва жалла буларни истаса кечиради ва ташлаб қўяди.
+Учинчи: бандаларнинг бир-бирига зулм қилиши. Аллоҳ гуноҳнинг бу туридаги ҳеч нарсани қолдирмайди, аксинча, қасосни вожиб қилади.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/5456</t>
   </si>
   <si>
     <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>Аллоҳ энг ёмон кўрадиган кимса ашаддий хусуматчидир!» – дедилар</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>Оиша разияллоҳу анҳодан ривоят қилинади. Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Аллоҳ энг ёмон кўрадиган кимса ашаддий хусуматчидир!» – дедилар.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Пайғамбаримиз соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда Аллоҳ кўп ва қаттиқ хусумат қиладиган инсонни ёмон кўришини хабар бердилар. У инсон ҳаққа эргашишдан бош тортиб, уни баҳс ва тортишиш билан даф қилишга ҳаракат қилади, ёки ҳақ бўлади, лекин жуда ошириб, муътадилликдан чиқиб илмсиз талашади.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
@@ -5908,94 +6701,94 @@
     <t>Дуо ибодатнинг аслидир. Аллоҳдан бошқага сарфлаш жоиз эмасдир.
 Дуо ибодатнинг моҳиятини, Аллоҳни бой ва чексиз қудратини ҳамда банда у зотга муҳтож эканини ўз ичига олади.
 Аллоҳнинг ибодатини ва унга дуо қилишни ташлаган инсонга қаттиқ ваъид бордир. Аллоҳга дуо қилишни тарк қилган инсонлар жаҳаннамга ҳақир ва хўрланган ҳолда киражаклар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5496</t>
   </si>
   <si>
     <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва салламнинг энг кўп қиладиган дуолари: «Аллоҳумма роббанаа аатина фиддуня ҳасанаҳ ва фил аахироти ҳасанаҳ ва қинаа азабаннаар», – эди</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
     <t>Анас разияллоҳу анҳудан ривоят қилинади: Набий соллаллоҳу алайҳи ва салламнинг энг кўп қиладиган дуолари: «Аллоҳумма роббанаа аатина фиддуня ҳасанаҳ ва фил аахироти ҳасанаҳ ва қинаа азабаннаар», – эди.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам ўзида кўп маъноларни жамлаган дуолар билан кўп дуо қилар эдилар. Улардан: «Аллоҳумма роббанаа аатина фиддуня ҳасанаҳ ва фил аахироти ҳасанаҳ ва қинаа азабаннаар» дуоси. Бу дуо ўзига кенг ва ҳалол ризқ, солиҳа аёл, кўз қувонадиган бола, роҳат, фойдали илм, солиҳ амал ва шу каби ёқадиган мубоҳ дунё яхшиликларини олади. Охират яхшиликдаридан эса қабр, мавқиф ва дўзах азобларидан саломат бўлиш, шу билан бирга, Аллоҳ розилигига етиш, абадий неъмат, меҳрибон Рабб таолога яқин бўлиш кабиларни ўз ичига олади.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам ўзида кўп маъноларни жамлаган дуолар билан кўп дуо қилар эдилар. Улардан: «Аллоҳумма роббанаа аатина фиддуня ҳасанаҳ ва фил аахироти ҳасанаҳ ва қинаа азабаннаар» дуоси. Бу дуо кенг ва ҳалол ризқ, солиҳа аёл, кўз қувонадиган фарзанд, роҳат, фойдали илм, солиҳ амал ва шу каби мубоҳ дунё яхшиликларини ўз ичига олади. Охират яхшиликдаридан эса қабр, мавқиф ва дўзах азобларидан саломат бўлиш, шу билан бирга, Аллоҳ розилигига етиш, абадий неъмат, меҳрибон Рабб таолога яқин бўлиш кабиларни ўз ичига олади.</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва салламни ўрнак кўриб, ўзида кўп маъноларни жамлаган дуолар билан дуо қилиш мустаҳаб.
+    <t>Набий соллаллоҳу алайҳи ва салламни ўрнак тутиб, ўзида кўп маъноларни жамлаган дуолар билан дуо қилиш мустаҳаб.
 Инсон дуосида дунё ва охират яхшиликларини сўраб дуо қилиши яхшироқ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5502</t>
   </si>
   <si>
     <t>سيد الاستغفار</t>
   </si>
   <si>
     <t>Ким саййидул истиғфор</t>
   </si>
   <si>
     <t>عَنْ شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَيِّدُ الِاسْتِغْفَارِ أَنْ تَقُولَ: اللَّهُمَّ أَنْتَ رَبِّي لاَ إِلَهَ إِلَّا أَنْتَ، خَلَقْتَنِي وَأَنَا عَبْدُكَ، وَأَنَا عَلَى عَهْدِكَ وَوَعْدِكَ مَا اسْتَطَعْتُ، أَعُوذُ بِكَ مِنْ شَرِّ مَا صَنَعْتُ، أَبُوءُ لَكَ بِنِعْمَتِكَ عَلَيَّ، وَأَبُوءُ لَكَ بِذَنْبِي فَاغْفِرْ لِي، فَإِنَّهُ لاَ يَغْفِرُ الذُّنُوبَ إِلَّا أَنْتَ» قَالَ: «وَمَنْ قَالَهَا مِنَ النَّهَارِ مُوقِنًا بِهَا، فَمَاتَ مِنْ يَوْمِهِ قَبْلَ أَنْ يُمْسِيَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ، وَمَنْ قَالَهَا مِنَ اللَّيْلِ وَهُوَ مُوقِنٌ بِهَا، فَمَاتَ قَبْلَ أَنْ يُصْبِحَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ».</t>
   </si>
   <si>
-    <t>Шаддод ибн Авс розияллоҳу анҳудан ривоят қилинади: Набий соллаллоҳу алайҳи ва саллам: «Ким саййидул истиғфор–«Аллоҳумма анта роббий лаа илаҳа илла анта холақтаний ва ана ъабдука ва ана ъала ъаҳдика ва ваъдика мастатоъту аъузу бика мин шарри ма сонаъту, абу`у лака биниъматика ъалаййа ва абу`у бизамбий фағфирлий фаиннаҳу ла йағфируз зунуба илла анта»ни тонгда чин қалбидан айтиб, тун киргунича вафот этса, жаннатга киради. Ким тунда чин қалбидан айтиб, тонг отгунича вафот этса, унда ҳам жаннатга киради», дедилар.
-Маъноси: Аллоҳим, Сен парвардигоримсан, Сендан бошқа илоҳ йўқ. Мени яратдинг ва мен Сенинг қулингман. Мен Сенга берган ваъдамда ва Сенга берган аҳдимда қодир бўлганимча турибман. Қилган нарсаларимнинг ёмонидан Сенинг номинг билан паноҳ тилайман. Менга ато қилган неъматларингга иқрор бўлдим ва яна гуноҳларимга ҳам иқрор бўлдим. Менинг гуноҳларимни кечир. Чунки Сендан бошқаси гуноҳларни кечира олмайди.</t>
+    <t>Шаддод ибн Авс разияллоҳу анҳудан ривоят қилинади: Набий соллаллоҳу алайҳи ва саллам: «Ким саййидул истиғфор–«Аллоҳумма анта Роббий лаа илаҳа илла анта холақтаний ва ана ъабдука ва ана ъала ъаҳдика ва ваъдика мастатоъту аъузу бика мин шарри ма сонаъту, абу`у лака биниъматика ъалаййа ва абу`у бизамбий фағфирлий фаиннаҳу ла йағфируз зунуба илла анта»ни тонгда чин қалбидан айтиб, тун киргунича вафот этса, жаннатга киради. Ким тунда чин қалбидан айтиб, тонг отгунича вафот этса, унда ҳам жаннатга киради», дедилар.
+Маъноси: Аллоҳим, Сен Раббимсан, Сендан бошқа илоҳ йўқ. Мени яратдинг ва мен Сенинг қулингман. Мен Сенга берган ваъдамда ва Сенга берган аҳдимда қодир бўлганимча турибман. Қилган нарсаларимнинг ёмонидан Сенинг номинг билан паноҳ тилайман. Менга ато қилган неъматларингга иқрор бўлдим ва яна гуноҳларимга ҳам иқрор бўлдим. Менинг гуноҳларимни кечир. Чунки Сендан бошқаси гуноҳларни кечира олмайди.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ للاستغفار ألفاظًا، وأنَّ أفضلَها وأعظمَها أنْ يقولَ العبد: 
 "اللهم أنت ربي لا إله إلا أنت خلقتني وأنا عبدك وأنا على عَهْدِكَ وَوَعْدِكَ ما اسْتَطَعْتُ أعوذ بك من شر ما صنعتُ أَبُوءُ لك بنعمتك عليَّ وأَبُوءُ لك بذنبي فَاغْفرْ لي فإنه لا يغفر الذنوب إلا أنت" 
 فيُقِرُّ العبدُ لله بالتوحيد أولًا، وأنَّ الله خالقُه ومعبوده لا شريك له، وأنه على ما عاهد الله سبحانه عليه من الإيمان به والطاعة له، بحسب استطاعته؛ لأن العبد مهما قام به من العبادة لا يَقْدِرُ أن يأتيَ بجميع ما أمره الله به ولا القيام بما يجب من شكر النعم، وأنه يلتجئ إلى الله، ويعتصم به، فإنه المستعاذ به من الشر الذي صنعه العبد، 
 وأنه يقر ويعترف له طوعًا بنعمته عليه، ويرجع على نفسه بالإقرار والاعتراف بإثمه ومعصيته، 
 وبعد هذا التوسل إلى الله، يدعو ربه أن يغفر له بأن يستر ذنوبه ويقيه آثامَها بعفوه وفضله ورحمته، فإنه لا يغفر الذنوب إلا هو عز وجل. 
 ثم أخبر عليه الصلاة والسلام أنها من أذكار الصباح والليل، فمن قالها بيقين واستحضار لمعانيها وإيمان بها في أول يومه، ما بين طلوع الشمس إلى زوالها، وهو وقت النهار، فمات، دخل الجنة، 
 ومن قالها ليلًا، وهو من غروب الشمس إلى طلوع الفجر، فمات قبل أن يصبح، دخل الجنة.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам истиғфорни ҳар хил лафзлари бор эканини ва энг афзали, улуғи қуйидаги эканини хабар бердилар: «Аллоҳим, Сен парвардигоримсан, Сендан бошқа илоҳ йўқ. Мени яратдинг ва мен Сенинг қулингман. Мен Сенга берган ваъдам ва аҳдимда қодир бўлганимча турибман. Қилган нарсаларимнинг ёмонидан Сенинг номинг билан паноҳ тилайман. Менга ато қилган неъматларингга иқрор бўлдим. Ва яна гуноҳларимга ҳам иқрор бўлдим. Менинг гуноҳларимни кечир. Чунки Сендан бошқаси гуноҳларни кечира олмайди». Авваламбор Аллоҳнинг шериги йўқ. Банда Аллоҳнинг унинг ёлғиз  яратувчиси, маъбуди эканига ҳамда Аллоҳга бўлган иймони ва қўлидан келгинча тоат-ибодатда эканини эътироф этади. Чунки банда қанча ҳаракат қилса ҳам Аллоҳ буюрган барча ибодатларни бажара олмайди ва неъматларига тўлиқ шукр қила олмайди. Банда Аллоҳга илтижо қилиб, У Зотни маҳкам ушлайди. Чунки У Зотнинг Ўзи банда қилган ёмонликларидан паноҳ беради. Банда У Зотнинг ўзининг устидаги неъматларини эътироф этади ва гуноҳу маъсиятларини бўйнига олади. Банда юқоридаги нарсалар билан Аллоҳга тавассул қилгандан сўнг гуноҳларини беркитиб, Ундан мағфирати, авфи, фазли ва раҳмати билан гуноҳларини ўчиришини сўраб дуо қилади. Чунки гуноҳларни У Зотдан бошқа мағфират этувчи йўқ. Сўнгра Набий соллаллоҳу алайҳи ва саллам бу зикр эрталабки кечки зикрлардан эканини хабар бердилар. Ким-ки тўлиқ ишонч, маъноларини ҳис қилган ҳолда унга иймон келтириб, кундузи, яъни, қуёш чиқиш вақтидан пешингача бўлган оралиқдаги вақтда айтса сўнгра  вафот этса, жаннатга киради. Ким кеч айтса, яъни, қуёш ботгандан эрталабгача бўлган вақтда айтса ва тонг отишидан олдин вафот этса, жаннат аҳлидан бўлади.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам истиғфорни ҳар хил лафзлари бор эканини ва  уларнинг энг афзали, улуғи қуйидаги эканини хабар бердилар: «Аллоҳим, Сен Раббимсан, Сендан бошқа илоҳ йўқ. Мени яратдинг ва мен Сенинг қулингман. Мен Сенга берган ваъдам ва аҳдимда қодир бўлганимча турибман. Қилган нарсаларимнинг ёмонидан Сенинг номинг билан паноҳ тилайман. Менга ато қилган неъматларингга иқрор бўлдим. Ва яна гуноҳларимга ҳам иқрор бўлдим. Менинг гуноҳларимни кечир. Чунки Сендан бошқаси гуноҳларни кечира олмайди». Авваламбор Аллоҳнинг шериги йўқ. Банда Аллоҳнинг унинг ёлғиз  яратувчиси, маъбуди эканига ҳамда Аллоҳга бўлган иймони ва қўлидан келгинча тоат-ибодатда эканини эътироф этади. Чунки банда қанча ҳаракат қилса ҳам Аллоҳ буюрган барча ибодатларни бажара олмайди ва неъматларига тўлиқ шукр қила олмайди. Банда Аллоҳга илтижо қилиб, У Зотни маҳкам ушлайди. Чунки У Зотнинг Ўзи банда қилган ёмонликларидан паноҳ беради. Банда У Зотнинг ўзининг устидаги неъматларини эътироф этади ва гуноҳу маъсиятларини бўйнига олади. Банда юқоридаги нарсалар билан Аллоҳга тавассул қилгандан сўнг гуноҳларини беркитиб, Ундан мағфирати, авфи, фазли ва раҳмати билан гуноҳларини ўчиришини сўраб дуо қилади. Чунки гуноҳларни У Зотдан бошқа мағфират этувчи йўқ. Сўнгра Набий соллаллоҳу алайҳи ва саллам бу зикр эрталабки кечки зикрлардан эканини хабар бердилар. Ким-ки тўлиқ ишонч, маъноларини ҳис қилган ҳолда унга иймон келтириб, кундузи, яъни, қуёш чиқиш вақтидан пешингача бўлган оралиқдаги вақтда айтса сўнгра  вафот этса, жаннатга киради. Ким кеч айтса, яъни, қуёш ботгандан эрталабгача бўлган вақтда айтса ва тонг отишидан олдин вафот этса, жаннат аҳлидан бўлади.</t>
   </si>
   <si>
     <t>صيغ الاستغفار تختلف وبعضها أفضل من بعض.
 أنه ينبغي للعبد أن يحرص على دعاء الله بهذا الدعاء؛ لأنه سيد الاستغفار.</t>
   </si>
   <si>
-    <t>Истиғфор айтишнинг кўринишлари ҳар хил ва баъзиси баъзисидан афзалроқ.
+    <t>Истиғфор айтишнинг кўринишлари ҳар хил бўлиб, баъзиси баъзисидан афзалроқдир.
 Банда Аллоҳга ушбу дуо билан дуо қилишга ҳарис бўлиши лозим. Чунки бу Истиғфорлар саййиди.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5503</t>
   </si>
   <si>
     <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>Икки калима борки, улар тилга енгил, тарозида оғир ва Раҳмонга маҳбуб</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>Абу Ҳурайра разияллоҳу анҳу ривоят қиладилар: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Икки калима борки, улар тилга енгил, тарозида оғир ва Раҳмонга маҳбуб, улар: “Субҳаналлоҳи ва биҳамдиҳи, Субҳаналлоҳил аъзийм», – дедилар.</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>Пайғамбаримиз соллаллоҳу алайҳи ва саллам ҳар қандай ҳолатда нутқ қилиш машаққатсиз, осон, тарозида ажри улуғ ҳамда Раббимиз Раҳмон таоло яхши кўрадиган икки сўз ҳақида хабар бердилар. Улар:
 «Субҳаналлоҳи ва биҳамдиҳи, Субҳаналлоҳил аъзийм» 
 Бу сўзлар Аллоҳни улуғлик ва камолот билан васфлаш, ҳамда У Зотни ҳар қандай нуқсонлардан поклашни ўз ичига олади.</t>
@@ -6290,51 +7083,51 @@
 Атир ва бошқа ҳадияларни қабул қилишда Набий соллаллоху алайҳи ва саллам хулқларининг чиройи ва комиллиги.
 Атир ишлатишга қизиқтириш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5733</t>
   </si>
   <si>
     <t>اتقوا الظلم، فإن الظلم ظلمات يوم القيامة، واتقوا الشح، فإن الشح أهلك من كان قبلكم،</t>
   </si>
   <si>
     <t>Зулмдан сақланинглар! Зеро, зулм қиёмат куни зулмат бўлур. Зиқналикдан сақланинглар! Зеро, зиқналик сизлардан олдингиларни ҳалок этди</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ، حَمَلَهُمْ عَلَى أَنْ سَفَكُوا دِمَاءَهُمْ وَاسْتَحَلُّوا مَحَارِمَهُمْ».</t>
   </si>
   <si>
     <t>Жобир ибн Абдуллоҳ разияллоҳу анҳумодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Зулмдан сақланинглар! Зеро, зулм қиёмат куни зулмат бўлур. Зиқналикдан сақланинглар! Зеро, зиқналик сизлардан олдингиларни ҳалок этди – уларни ўзаро қонларини тўкишга ва ҳаром ишларни ҳалол қилишга олиб келди», – дедилар».</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم من الظلم، ومنه: ظلم الناس وظلم النفس والظلم في حق الله تعالى، 
 وهو تَرْكُ إعطاءِ كلِّ ذِي حقٍّ حقَّه، وأنَّ الظلم ظلمات على أصحابِه يوم القيامة من حصول الشدائد والأهوال، 
 ونهى عن الشح الذي هو شدة البخل مع الحرص، ومنه التقصير في أداء الحقوق المالية وشدة الحرص على الدنيا، 
 وهذا النوع من الظلم أَهْلَكَ من كان قبلنا من الأمم، حيث حَمَلَهم على قتل بعضهم، وإباحة ما حرم الله من المحرمات.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам зулмдан огоҳлантирдилар. Унинг турларидан: Одамларга, ўзига ёки Аллоҳнинг ҳақларида зулм қилишдир. Зулм - ҳақ эгасига ўз хаққини бермасликдир. Зулм Қиёмат куни ўз эгасига қийинчиликлар даҳшатлар зулматини ҳосил қилади. Набий соллаллоҳу алайҳи ва саллам дунёга ҳарис бўлиб, қаттиқ бахиллик қилиш бўлган зиқналикдан ҳам қайтардилар. Молидаги ҳақларни бажаришда камчиликка йўл қўйиш ва дунёга қаттиқ ҳарис бўлиш зиқналикнинг турларидандир. Зулмнинг бу тури биздан олдингиларни ҳалоқ қилган. У бир-бирларини ўлдиришга ва Аллоҳ харом қилган нарсаларни ҳалоллаб олишга олиб борди.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам зулмдан огоҳлантирдилар. Унинг турларидан: Одамларга, ўзига ёки Аллоҳнинг ҳақларида зулм қилишдир. Зулм - ҳақ эгасига ўз хаққини бермасликдир. Зулм Қиёмат куни ўз эгасига қийинчиликлар ва даҳшатлар зулматини ҳосил қилади. Шунингдек дунёга ҳарис бўлиб, қаттиқ бахиллик қилишни ифодалаган зиқналикдан ҳам қайтардилар. Молидаги ҳақларни адо этишда камчиликка йўл қўйиш ва дунёга қаттиқ ҳарис бўлиш зиқналикнинг турларидандир. Зулмнинг бу тури биздан олдингиларни ҳалоқ қилган. У бир-бирларини ўлдиришга ва Аллоҳ харом қилган нарсаларни ҳалоллаб олишга олиб борди.</t>
   </si>
   <si>
     <t>بذل المال ومواساة الإخوان من أسباب التَّحَابِّ والتواصل.
 البخل والشح يَجُرُّ إلى المعاصي والفواحش والآثام.
 الاعتبار بأحوال الأمم السابقة.</t>
   </si>
   <si>
     <t>Мол-дунёни сарф қилиш ва биродаларига ёрдам бериш ўзаро муҳаббат ва алоқани мустаҳкамлашга сабаб бўладиган нарсалардандир.
 Бахиллик ва зиқналик инсонни маъсият, фаҳш ва гуноҳларга етаклайди.
 Олдинги умматлар ҳолидан ибрат олиш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5787</t>
   </si>
   <si>
     <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
   </si>
   <si>
     <t>Мўминларнинг иймони комилроғи хулқи яхшироғидир. Сизларнинг яхшиларингиз аёлларига яхшилик қиладиганингиздир», дедилар</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ».</t>
   </si>
   <si>
     <t>Абу Ҳурайра разияллоҳу анҳу ривоят қиладилар: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Мўминларнинг иймони комилроғи хулқи яхшироғидир. Сизларнинг яхшиларингиз аёлларига яхшилик қиладиганингиздир», дедилар».</t>
@@ -6540,143 +7333,143 @@
     <t>Набий соллаллоҳу алайҳи ва саллам Аллоҳ таолонинг: «Эй Одам боласи, (Вожиб ва мустаҳаб нафақалардан) инфоқ қилгин, шунда сенга (ризқингни) кенгайтириб, ўрнини тўлдириб, барака бераман», – деганини хабар бердилар.</t>
   </si>
   <si>
     <t>الحث على الصدقة والإنفاق في سبيل الله.
 الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Аллоҳ йўлида инфоқ ва садақа қилишга ундамоқ.
 Яхшилик йўлларида инфоқ қилиш, ризқнинг бир неча баравар кўпайиши ва унда барака бўлишига ҳамда инфоқ қилган нарсасининг ўрнини Аллоҳ тўлдириб беришига энг катта сабаблардандир.
 Бу ҳадисни Расулуллоҳ соллаллоҳу алайҳи ва саллам ўз Раббиларидан ривоят қилдилар. Бу ҳадис – Ҳадиси Қудсий ёки  Ҳадиси Илоҳий деб номланади. Бу ҳадиснинг лафзи ва маъноси Аллоҳдан, лекин унда Қуръоннинг хусусиятлари йўқ. Масалан, Қуръонни тиловат қилиш ибодат, таҳоратсиз ушласа бўлмайди, у мўъжизавийдир ва шунга ўхшаш бошқа хусусиятлари ҳам мавжуд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5805</t>
   </si>
   <si>
     <t>أن رجلا سأل النبي صلى الله عليه وسلم: أي الإسلام خير؟ قال: تطعم الطعام، وتقرأ السلام على من عرفت ومن لم تعرف</t>
   </si>
   <si>
     <t>Бир киши Набий соллаллоҳу алайҳи ва салламдан энг яхши Ислом ҳақида сўради. Шунда Набий соллаллоҳу алайҳи ва саллам: «Таом беришинг, таниган ва танимаган мусулмонга салом беришинг», – деб жавоб қилдилар</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ».</t>
   </si>
   <si>
-    <t>Абдуллоҳ ибн Амр разияллоҳу анҳудан: Бир киши Набий соллаллоҳу алайҳи ва салламдан энг яхши Ислом ҳақида сўради. Шунда Набий соллаллоҳу алайҳи ва саллам: «Таом беришинг, таниган ва танимаган мусулмонга салом беришинг», – деб жавоб қилдилар.</t>
+    <t>Абдуллоҳ ибн Амр разияллоҳу анҳумодан ривоят қилинади: Бир киши Набий соллаллоҳу алайҳи ва салламдан энг яхши Ислом ҳақида сўради. Шунда Набий соллаллоҳу алайҳи ва саллам: «Таом беришинг, таниган ва танимаган мусулмонга салом беришинг», – деб жавоб қилдилар.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم: أيُّ خِصَالِ الإسلامِ أفضلُ؟ فَذَكَرَ خَصْلتين:
 الأولى: الإكثار من إطعام الفقراء، ويدخل فيه الصدقة والهدية والضيافة والوليمة، وتتأكد فضيلة الإطعام في أوقات المجاعة وغلاء الأسعار. 
 والثانية: إلقاء السلام على كلِّ مسلم، عَرَفْتَه أوْ لم تَعْرِفْه.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам Исломдаги энг яхши ҳислат қайси экани ҳақида сўралдилар. Шунда иккита ҳислатни зикр қилдилар.
-Биринчи:  Фақирларга таом беришни кўпайтириш. Бунга садақа, ҳадия, меҳмондорчилик, валималар ҳам киради. Нархлар қиммат бўлиб очарчилик кўпайган вақтларда бу янада фазилатлироқ амалга айланади.
+Биринчи:  Фақирларга таом беришни кўпайтириш. Бунга садақа, ҳадя, меҳмондорчилик, валималар ҳам киради. Нархлар қиммат бўлиб очарчилик кўпайган вақтларда бу янада фазилатлироқ амалга айланади.
 Иккинчи: Таниган ва танимаган барча мусулмонга салом бериш.</t>
   </si>
   <si>
     <t>حرص الصحابة على معرفة الخِصال التي تنفع في الدنيا والآخرة.
 السلام وإطعام الطعام من أفضل الأعمال في الإسلام؛ لفضلها وحاجة الناس إليها في كل وقت.
 بهاتين الخصلتين يجتمع الإحسان بالقول والفعل، وهو أكمل الإحسان.
 هذه الخصال فيما يتعلَّق بتعامل المسلمين فيما بينهم، وهناك خِصالٌ في تعامُلِ العبد مع ربِّه.
 البدء بالسلام مخصوص بين المسلمين، فلا يُسلَّم ابتداءً على كافر.</t>
   </si>
   <si>
     <t>Саҳобаларнинг дунё ва охиратда фойда берадиган ҳислатларга ҳарис бўлиши.
 Салом бериш ва таом улашиш Исломдаги энг яхши амаллардандир. Чунки инсонлар ҳар доим унга муҳтожлар.
-Бу икки ҳислат билан сўз ва амал жамланади. Бу эҳсоннинг энг комил тури.
-Бу хислатлар мусулмонлар бир-бирларига ишлатадиган ҳислатлардандир. Банда Рабби билан ишлатадиган ҳислатлар ҳам бор.
+Бу икки ҳислат билан сўз ва амал жамланади. Бу эса эҳсоннинг энг комил туридир.
+Бу хислатлар мусулмонлар ўз-ора ишлатадиган ҳислатлардандир. Банда Рабби билан ишлатадиган ҳислатлар ҳам бор.
 Биринчи салом бериш мусулмонлар орасидаги хислатлардан. Кофирга эса биринчи салом берилмайди.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5808</t>
   </si>
   <si>
     <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
   </si>
   <si>
     <t>Албатта, Аллоҳ золимга муҳлат бериб қўяди. Аммо уни бир тутганда, қўйиб юбормайди</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
   </si>
   <si>
     <t>Абу Мусо разияллоҳу анҳудан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Албатта, Аллоҳ золимга муҳлат бериб қўяди. Аммо уни бир тутганда, қўйиб юбормайди», дедилар ва «Роббинг золим шаҳарларни ушлаганида, ана шундай ушлайди. Албатта, Унинг ушлаши аламли ва шиддатлидир» (ояти)ни тиловат қилдилар». [Ҳуд: 102]</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда  осийлик, ширк  ва инсонларга зулм қилишдан огоҳлантирмоқдалар. Аллоҳ таоло золимга муҳлат бериб, молини ва умрини узун қилиб қўяди ва жазосини тезлаштирмайди. Агар тавба қилмаса, уни зулми кўп бўлгани учун ушлайдида қўйиб юбормайди ва тарк ҳам қилмайди.
 Сўнгра Пайғамбаримиз соллаллоҳу алайҳи ва саллам: «Роббинг золим шаҳарларни ушлаганида, ана шундай ушлайди. Албатта, Унинг ушлаши аламли ва шиддатлидир» (ояти)ни ўқидилар». [Ҳуд: 102]</t>
   </si>
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
     <t>Оқил инсон тавбага шошилмоғи ва зулм қилиб юрган бўлса, Аллоҳнинг макридан омондаман деб ўйлаб қолмаслиги лозим.
 Аллоҳнинг золимларга бўлган муҳлати ҳамда жазони тезлаштирмаслиги (агар тавба қилмасалар) азоблари янада кучли ва ёмонроқ бўлиши учундир.
 Зулм, умматларга Аллоҳнинг жазоси ёғилишига сабаб бўладиган нарсалардандир.
 Агар Аллоҳ бир қишлоқни ҳалок қилса, унда солиҳлар ҳам бўлиши мумкин. Улар Қиёмат куни ўша салоҳиятлари устида тириладилар. Жазо уларни хам ўраб олгани уларга зарар бермайди.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5811</t>
   </si>
   <si>
     <t>كلكم راع فمسئول عن رعيته،</t>
   </si>
   <si>
     <t>Ҳар бирингиз бошқарувчисиз ва ҳар бирингиз қўл остингиздагилар учун масъулсиз</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمرَ رَضِيَ اللَّهُ عَنْهُما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ، فَالأَمِيرُ الَّذِي عَلَى النَّاسِ رَاعٍ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالرَّجُلُ رَاعٍ عَلَى أَهْلِ بَيْتِهِ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالمَرْأَةُ رَاعِيَةٌ عَلَى بَيْتِ بَعْلِهَا وَوَلَدِهِ وَهِيَ مَسْئُولَةٌ عَنْهُمْ، وَالعَبْدُ رَاعٍ عَلَى مَالِ سَيِّدِهِ وَهُوَ مَسْئُولٌ عَنْهُ، أَلاَ فَكُلُّكُمْ رَاعٍ وَكُلُّكُمْ مَسْئُولٌ عَنْ رَعِيَّتِهِ».</t>
   </si>
   <si>
-    <t>Абдуллоҳ ибн Умар разияллоҳу анҳумодан: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Ҳар бирингиз бошқарувчисиз ва ҳар бирингиз қўл остингиздагилар учун масъулсиз. Ҳар бир раҳбар инсонлар устидан бошқарувчи ва улар учун масъулдир. Эр ўз аҳли аёли ва қўл остидагилар устидан бошқарувчи ва улар учун масъулдир. Хотин эрининг уйида бошқарувчи ва қўл остидагилар учун масъулдир. Қул хожасининг молига бошқарувчи ва унинг учун масъулдир. Ҳар бирингиз қўл остингиздагилар учун масъулсиз», дедилар».</t>
+    <t>Абдуллоҳ ибн Умар разияллоҳу анҳумодан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Ҳар бирингиз бошқарувчисиз ва ҳар бирингиз қўл остингиздагилар учун масъулсиз. Ҳар бир раҳбар инсонлар устидан бошқарувчи ва улар учун масъулдир. Эр ўз аҳли аёли ва қўл остидагилар устидан бошқарувчи ва улар учун масъулдир. Хотин эрининг уйида бошқарувчи ва қўл остидагилар учун масъулдир. Қул хожасининг молига бошқарувчи ва унинг учун масъулдир. Ҳар бирингиз қўл остингиздагилар учун масъулсиз», дедилар».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم في المجتمع مسؤوليةً يرعاها ويَتَحَمّلُها، 
 فالإمامُ والأمير راعٍ فيما استرعاه الله، فعليه حفظُ شرائعهم، وحمايتُهم ممّن جارَ عليهم، ومجاهدة عدوهم، وعدم تضييع حقوقهم،
 والرجل في أهل بيته مُكَلَّف بالقيام عليهم بالنفقة، وحسن المعاشرة، وتعليمهم وتأديبهم،
 والمرأة في بيت زوجها راعية بحسن تدبير بيته، وتربية أولاده، وهي مسؤولة عن ذلك،
 والخادم المملوك والأجير مسؤول في مال سيده بالقيام بحفظ ما في يده منه، وخدمته، وهو مسؤول عن ذلك،
 فكل أحد راع فيما استُرْعِيَ عليه، وكل أحد مسؤول عن رعيته.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам ҳар бир мусулмоннинг одамлар орасида бўйнига олган, бажарадиган масъулиятлари бор эканини хабар бердилар. Имом (мусулмонларнинг бошқарувчиси) ва амир Аллоҳ бошлиқ қилиб қўйганлар устидан бошқарувчидирлар. Аллоҳнинг аҳкомларини сақлаши, зулм қилганлардан ҳимоя қилиши, душманлари билан урушиши ва ҳақларини зое қилмаслиги даркор. Киши аҳли оиласининг нафақаси, яхши яшашлари, таълими ва одоби бўйича жавобгар. Аёл эрининг уйида уй ишлари, бола тарбияси бўйича бошқарувчи ва шунга масъул. Хизматчи, қул ва ишчи саййидининг моли ҳақида сўралади. Молини яхши сақлаганлиги ва хизмати ҳақида сўралади. Ҳар бир инсон қўл остидагиларга мутасадди ва масъулдир.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам ҳар бир мусулмоннинг одамлар орасида бўйнига олган, бажарадиган масъулиятлари бор эканини хабар бердилар. Имом (мусулмонларнинг бошқарувчиси) ва амир Аллоҳ бошлиқ қилиб қўйганлар устидан бошқарувчидирлар. Аллоҳнинг аҳкомларини сақлаши, зулм қилганлардан ҳимоя қилиши, душманлари билан урушиши ва ҳақларини зое қилмаслиги даркор. Киши аҳли оиласининг нафақаси, яхши яшашлари, таълими ва одоби бўйича жавобгар. Аёл эрининг уйида уй ишлари, бола тарбияси бўйича бошқарувчи ва шунга масъул. Хизматчи, қул ва ишчи саййидининг молига масъул. Молини яхши сақлаганлиги ва хизмати ҳақида сўралади. Ҳар бир инсон қўл остидагиларга мутасадди ва масъулдир.</t>
   </si>
   <si>
     <t>المسؤولية في المجتمع المسلم عامَّة، وكلٌّ بِحَسَبِهِ وقدرتِه ومسؤوليتِه.
 عِظَمُ مسؤولية المرأة، وذلك بالقيام بحقِّ بيت زوجها وواجباتِها نحو أولادِها.</t>
   </si>
   <si>
-    <t>Мусулмонларнинг жамиятида барчада масъулият бор. Барча кучи, қудрати етадиган нарсалардан масъул.
+    <t>Мусулмонларнинг жамиятида барчада масъулият бор. Барча кучи ва қудрати етадиган нарсалардан масъул.
 Аёлнинг масъулиятлари жуда катта.
 Эрининг уй-жойи ва ўз болалари олдидаги масъулиятларинг кўплиги бунга яққол далил.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5819</t>
   </si>
   <si>
     <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
   </si>
   <si>
     <t>Ўзимдан кейин эркакларга аёллардан кўра зарарлироқ фитнани қолдирмадим», дедилар</t>
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
     <t>Усома ибн Зайд разияллоҳу анҳумодан ривоят қилинади: «Набий соллаллоҳу алайҳи ва саллам: «Ўзимдан кейин эркакларга аёллардан кўра зарарлироқ фитнани қолдирмадим», дедилар».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда ўзларидан кейин эркакларга аёллардан кўра зарарлироқ синов ва фитна қолдирмаганларини хабар бермоқдалар. Агар аёл киши ўз аҳлидан бўлса, унга эргашиб шариатга хилоф ишларни қилиши, агар бегона бўлса, у билан аралашиб, ёлғиз қолиб ундан кейин бўладиган фасод ишларни қилиши мумкин.</t>
   </si>
   <si>
@@ -6777,104 +7570,104 @@
     <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда мусулмонларнинг энг яхшиси ва Аллоҳнинг наздида даражаси энг улуғи: Қуръоннинг тиловатини, фиқҳини, тафсирини ёдлаб, ўрганиб бошқаларга ўзи ўрганган нарсаларни ўргатиб амал қилган киши эканини хабар бердилар.</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
     <t>Қуръоннинг шарафи ва у энг яхши сўз эканининг баёни, чунки у Аллоҳнинг сўзидир.
 Таълим олувчиларнинг энг яхшиси ўзи билан чекланмасдан бошқаларга ҳам ўргатганидир.
 Қуръонни ўрганиш ва ўргатиш унинг тиловатини, маъноларини ва аҳкомларини ўз ичига олади.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5913</t>
   </si>
   <si>
     <t>والذي نفسي بيده لتركبن سنة من كان قبلكم</t>
   </si>
   <si>
     <t>Жоним қўлида бўлган Зотга қасамки, ўзингиздан олдингиларнинг суннатларига эргашасизлар», – дедилар</t>
   </si>
   <si>
     <t>عَنْ أَبِي وَاقِدٍ اللَّيْثِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لَمَّا خَرَجَ إِلَى حُنَيْنٍ مَرَّ بِشَجَرَةٍ لِلْمُشْرِكِينَ يُقَالُ لَهَا: ذَاتُ أَنْوَاطٍ يُعَلِّقُونَ عَلَيْهَا أَسْلِحَتَهُمْ، فَقَالُوا: يَا رَسُولَ اللهِ، اجْعَلْ لَنَا ذَاتَ أَنْوَاطٍ كَمَا لَهُمْ ذَاتُ أَنْوَاطٍ، فَقَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «سُبْحَانَ اللهِ! هَذَا كَمَا قَالَ قَوْمُ مُوسَى {اجْعَلْ لَنَا إِلَهًا كَمَا لَهُمْ آلِهَةٌ} [الأعراف: 138] وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ».</t>
   </si>
   <si>
-    <t>Абу Воқид Лайсий разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам Ҳунайнга томон кетаётган вақтларида  мушриклар қуролларини илиб қўядиган  «Зоту анвот» деган дарахт олдидан ўтдилар. Шунда (динга яқинда кирган) баъзи саҳобалари: «Ё Расулуллоҳ, бизга ҳам уларникидай «зоту анвот» қилиб беринг» дедилар. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Субҳаналлоҳ! Худди Мусо қавми айтган сўзларни айтмоқдасизлар. Улар: «Эй Мусо, бизларга ҳам уларнинг илоҳлари каби худо қилиб (ясаб) бер», дедилар. (Аъроф: 138) 
+    <t>Абу Воқид Лайсий разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам Ҳунайн томон кетаётган вақтларида  мушриклар қуролларини илиб қўядиган  «Зоту анвот» деган дарахт олдидан ўтдилар. Шунда (динга яқинда кирган) баъзи саҳобалари: «Ё Расулуллоҳ, бизга ҳам уларникидай «зоту анвот» қилиб беринг» дедилар. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Субҳаналлоҳ! Худди Мусо қавми айтган сўзларни айтмоқдасизлар. Улар: «Эй Мусо, бизларга ҳам уларнинг илоҳлари каби худо қилиб (ясаб) бер», дедилар. [Аъроф: 138] 
 Жоним қўлида бўлган Зотга қасамки, ўзингиздан олдингиларнинг суннатларига эргашасизлар», – дедилар.</t>
   </si>
   <si>
     <t>خَرَجَ رسولُ الله صلى الله عليه وسلم إلى حُنَيْن وهو: وادٍ بين الطائف ومكة، وكان معه بعضُ الصحابة الذين دخلوا في الإسلام قريبًا، 
 فمرُّوا بشجرة يقال لها: "ذات أنواط"، أي: ذات مُعَلَّقات، كان المشركون يُعَظِّمونها ويعلِّقون عليها أسلحتَهم وغيرَها طلبًا للبركة، 
 فطلبوا مِن الرسول صلى الله عليه وسلم أن يَجْعَلَ لهم شجرةً مثلَها، يُعلِّقون عليها أسلحتهم، طلبًا للبركة؛ ظَنًّا منهم أنَّ هذا أمرٌ جائز، 
 فسبَّح النبيُّ صلى الله عليه وسلم استنكارًا لهذه المقالة، وتعظيمًا لله، وأخبَر أنّ هذه المقالة تُشْبِهُ مقالةَ قوم موسى له: {اجعل لنا إلهًا كما لهم آلهة}، 
 لمَّا رَأَوْا مَن يَعْبُدُ الأصنام فطلبوا أن يكونَ لهم أصنامٌ كما للمشركين أصنامٌ، وأنَّ هذا اتّباعٌ لطريقتِهم، 
 ثم أخبَر صلى الله عليه وسلم أنَّ هذه الأمة ستَتَّبِع طريقةَ اليهود والنصارى وتفعل فِعلَهم، مُحَذِّرًا من ذلك.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам Макка ва Тоиф ўртасидаги Ҳунайн водийсига чиқдилар. У зот билан динга янги кирган баъзи саҳобалар ҳам бор эди. «Зоту анвот» яъни, илинган нарсалар эгаси деган дарахт олдидан ўтдилар. Уни мушриклар улуғлашар ва унга қуролларини ундан барака талаб қилиб илиб қўяр эдилар. Баъзи саҳобалар қуролларини илиб ундан барака талаб қилиш мақсадида бу нарсани жоиз деб гумон қилиб Расулуллоҳдан уларга ҳам дарахт қилиб беришларини сўрашди. Шунда Набий соллаллоҳу алайҳи ва саллам бу сўзни инкор қилиб, Аллоҳ таолони улуғлаб тасбиҳ айтдилар. Бу Мусо алайҳиссалом қавмининг «Уларнинг олиҳлари каби бизга ҳам илоҳ қилиб бер», деган сўзига ўхшаш сўз эканини хабар бердилар. Улар (Бану исроил) санамларга сиғинаётган мушрикларини кўрганларида уларникига ўхшаш санамлари бўлишини талаб қилдилар. Бу эса, уларнинг йўлига эргашишдир. Сўнгра Набий соллаллоҳу алайҳи ва саллам бу уммат яҳуд ва насронийларга эргашишини улардан қайтарган холда хабар бердилар.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам Макка ва Тоиф ўртасидаги Ҳунайн водийсига чиқдилар. У зот билан динга янги кирган баъзи саҳобалар ҳам бор эди. «Зоту анвот» яъни, илинган нарсалар эгаси деган дарахт олдидан ўтдилар. Уни мушриклар улуғлашар ва унга қуролларини  ва бошқа буюмларини ундан барака сўраб қилиб илиб қўяр эдилар. Баъзи саҳобалар қуролларини илиб ундан барака талаб қилиш мақсадида бу нарсани жоиз деб гумон қилиб Расулуллоҳдан уларга ҳам дарахт қилиб беришларини сўрашди. Шунда Набий соллаллоҳу алайҳи ва саллам бу сўзни инкор қилиб ва Аллоҳ таолони улуғлаб тасбиҳ айтдилар. Бу Мусо алайҳиссалом қавмининг «Уларнинг олиҳлари каби бизга ҳам илоҳ қилиб бер», деган сўзига ўхшаш сўз эканини хабар бердилар. Улар (Бану исроил) санамларга сиғинаётган мушрикларини кўрганларида уларникига ўхшаш санамлари бўлишини талаб қилдилар. Бу эса, уларнинг йўлига эргашишдир. Сўнгра Набий соллаллоҳу алайҳи ва саллам бу уммат яҳуд ва насронийларга эргашишини улардан қайтарган холда хабар бердилар.</t>
   </si>
   <si>
     <t>الإنسانُ قد يَستحسنُ شيئًا يَظُنُّه يُقَرِّبُه إلى الله تعالى، وهو يُبْعِدُه عنه.
 ينبغي للمسلم أن يُسَبِّح ويُكَبِّر إذا سمِع ما لا ينبغي أن يُقَال في الدين، وعند التَّعَجُّب.
 من الشرك التَّبَرُّك بالأشجارِ والأحجارِ وغيرها، والبَرَكة إنما تطلب من الله وحده.
 سبب عبادة الأصنام هو تعظيمها، والعكوف عندها، والتَبَرُّك بها.
 وجوب سَدِّ الأبواب والطُّرُق التي تُوصل إلى الشرك.
 ما جاء من النصوص في ذمِّ اليهود والنصارى هو تحذيرٌ لنا.
 النَّهْيُ عن التَّشَبُّه بأهل الجاهلية واليهود والنصارى، إلا ما دلَّ الدليل على أنه من ديننا.</t>
   </si>
   <si>
     <t>Инсон баъзида Аллоҳдан узоқлаштирадиган нарсани Унга яқинлаштиради деб ўйлаб бажариши мумкин.
 Мусулмон киши динда айтилиши мумкин бўлмаган ва ажабланарли нарсани эшитса тасбеҳ ва такбир айтиши лозим.
-Дарахт, тош ва бошқа нарсалардан барака талаб қилиш ширкдир. Барака фақат Аллоҳ таолодан талаб қилинади.
-Санамларни улуғлаш, олдида ўтириш ва ундан барака талаб қилиш уларга ибодат қилиниши сабабларидандир.
+Дарахт, тош ва бошқа нарсалардан барака талаб қилиш ширкдир. Барака фақат Аллоҳ таолодан сўралади.
+Санамларни улуғлаш, олдида ўтириш ва ундан барака талаб қилиш уларга ибодат қилинишининг сабабларидандир.
 Ширкка олиб борувчи йўл ва эшикларни ёпиш лозим.
-Яҳуд ва насронийларни ёмонлаб келган оят ва ҳадислар бизни огоҳлантириш учун келган.
-Жоҳилият аҳли, яҳуд ва насронийларга динимизга тўғри келмайдиган нарсаларда ўхшашдан қайтариқ.</t>
+Яҳуд ва насронийларни ёмонлаб келган оят ва ҳадислар бизни огоҳлантириш учундир.
+Жоҳилият аҳли, яҳуд ва насронийларга динимизга тўғри келмайдиган нарсаларда ўхшашдан қайтарилган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5927</t>
   </si>
   <si>
     <t>أن رجلا أتى النبي صلى الله عليه وسلم، فكلمه في بعض الأمر، فقال: ما شاء الله وشئت، فقال النبي صلى الله عليه وسلم: أجعلتني لله عدلا؟ قل: ما شاء الله وحده</t>
   </si>
   <si>
-    <t>Бир киши Набий соллаллоҳу алайҳи ва саллам олдиларига келиб баъзи ишлар хақида гаплашди ва: «Маа шаа Аллоҳу ва шиъта», яъни, Аллоҳ ва сиз хоҳлагандай бўлибди», – деди. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Мени Аллоҳга тенг қилдингми? «Аллоҳ хоҳлагандай бўлибди», – дегин», – дедилар</t>
+    <t>Бир киши Набий соллаллоҳу алайҳи ва саллам олдиларига келиб баъзи ишлар хақида гаплашди ва: «Маа шаа Аллоҳу ва шиъта», яъни, Аллоҳ ва сиз хоҳлагандай бўлибди», – деди. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Мени Аллоҳга тенг қилдингми? «Ёлғиз Аллоҳ хоҳлагандай бўлибди», – дегин», – дедилар</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما: أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ».</t>
   </si>
   <si>
-    <t>Ибн Аббос разияллоҳу анҳудан ривоят қилинади: Бир киши Набий соллаллоҳу алайҳи ва саллам олдиларига келиб баъзи ишлар хақида гаплашди ва: «Маа шаа Аллоҳу ва шиъта», яъни, Аллоҳ ва сиз хоҳлагандай бўлибди», – деди. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Мени Аллоҳга тенг қилдингми? «Аллоҳ хоҳлагандай бўлибди», – дегин», – дедилар.</t>
+    <t>Ибн Аббос разияллоҳу анҳудан ривоят қилинади: Бир киши Набий соллаллоҳу алайҳи ва саллам олдиларига келиб баъзи ишлар хақида гаплашди ва: «Маа шаа Аллоҳу ва шиъта», яъни, Аллоҳ ва сиз хоҳлагандай бўлибди», – деди. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Мени Аллоҳга тенг қилдингми? «Ёлғиз Аллоҳ хоҳлагандай бўлибди», – дегин», – дедилар.</t>
   </si>
   <si>
     <t>جاءَ رجلٌ إلى النبيِّ صلى الله عليه وسلم فكَلَّمَه في أمرٍ له، ثم قال: "ما شاء الله وشئت"، 
 فأنكر عليه النبيُّ صلى الله عليه وسلم هذا القول، وأخبره أنّ عَطْف مشيئة المخلوق على مشيئة الله بالواو شِركٌ أصغر، لا يجوز للمسلم أن يَتَلَفَّظَ به، 
 ثم أَرْشَدَه إلى القول الحق: "ما شاء الله وحده"، فيُفْرِد الله في مشيئته، ولا يَعْطِف عليه مشيئة أحدٍ بأيِّ نوع من أنواع العَطْف.</t>
   </si>
   <si>
-    <t>Бир киши Набий соллаллоҳу алайҳи ва саллам олдиларига келиб ўзига тегишли баъзи ишлар ҳақида гаплашиб: «Маа шаа Аллоҳу ва шиъта», яъни, «Аллоҳ ва сиз хоҳлагандай бўлибди», деди. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам бу сўзни инкор қилиб Аллоҳ хоҳишига банда хоҳишини тенглаштириш кичик ширк ҳамда мусулмон бундай дейиши мумкин эмас эканини хабар бердилар. Сўнгра ҳақ сўзга йўллаб қўйдилар. У ҳам бўлса, ёлғиз «Маа шаа Аллоҳ», сўзининг ўзи. Хоҳишни ёлғиз Аллоҳга нисбат беради, унга ҳеч ким ва ҳеч қандай хоҳишини уламайди.</t>
+    <t>Бир киши Набий соллаллоҳу алайҳи ва саллам олдиларига келиб ўзига тегишли баъзи ишлар ҳақида гаплашиб: «Маа шаа Аллоҳу ва шиъта», яъни, «Аллоҳ ва сиз хоҳлагандай бўлибди», деди. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам бу сўзни инкор қилиб Аллоҳ хоҳишига банда хоҳишини тенглаштириш кичик ширк ҳамда мусулмон бундай дейиши мумкин эмас эканини хабар бердилар. Сўнгра ҳақ сўзга йўллаб қўйдилар. У ҳам бўлса, ёлғиз «Маа шаа Аллоҳ», сўзининг ўзи. Хоҳишни ёлғиз Аллоҳга нисбат беради, унга ҳеч кимнинг хоҳишини, ҳеч қандай улаш сийғаси билан уламайди.</t>
   </si>
   <si>
     <t>النهي عن قول: ما شاء الله وشئت، وما أشبهه مما فيه عَطْف مشيئة العبد على مشيئة الله بالواو؛ لأنه شرك أصغر.
 وجوب إنكار المنكر.
 رسول الله صلى الله عليه وسلم قد حَمَى حِمَى التوحيد، وسدَّ طرق الشرك.
 عند إنكار المنكر يحسن توجيه المدعو إلى بديل مباح، اقتداءً بالنبي صلى الله عليه وسلم.
 الجمع بين قوله صلى الله عليه وسلم في هذا الحديث: «ما شاء الله وَحْدَه»، وقوله في الحديث الآخر: «قل: ما شاء الله ثم شئت» أن قول الشخص: «ما شاء الله ثم شئت» جائز، لكن قوله: «ما شاء الله وحده» أفضل.
 يجوز أن تقول: «ما شاء الله ثم شئت» ولكن الأفضل قول: «ما شاء الله وحده».</t>
   </si>
   <si>
     <t>«Аллоҳ ва сиз хоҳлагандай бўлибди» ва шу каби Аллоҳнинг хоҳишига банданинг хоҳишини тенглаштирадиган сўзлардан қайтарилмоқда. Чунки у кичик ширк.
 Мункарни инкор қилиш вожиб.
 Расулуллоҳ соллаллоҳу алайҳи ва саллам тавҳид ҳудудларини ҳимоя қилдилар ва унга олиб борувчи йўлларни тўсдилар.
 Набий соллаллоҳу алайҳи ва салламга иқтидо қилган ҳолда мункарни инкор қилаётган пайтда бошқа мубоҳ нарсага йўллаш яхши.
 Набий соллаллоҳу алайҳи ва салламнинг бу ердаги: «Маа шаа Аллоҳ» сўзини ўзини айт» деган сўзлари ва бошқа ҳадисда: «Маа шаа Аллоҳ сумма шиъта», яъни, Аллоҳ сўнгра сиз хоҳлагандай бўлибди деган сўзларини жамлайдиган бўлсак, иккинчиси жоиз, биринчиси эса афзал экани маълум бўлади.
 «Аллоҳ сўнгра сен хоҳлагандай бўлибди», деб айтиш жоиз, лекин, «Аллоҳ хоҳлагандай бўлибди» деб айтиш афзал.</t>
   </si>
   <si>
     <t>إسناده حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Санади ҳасан]</t>
@@ -6882,51 +7675,51 @@
   <si>
     <t>[Ибн Можа, Насоий Куброда ва Аҳмад ривоят қилишган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5928</t>
   </si>
   <si>
     <t>أشد الناس عذابا عند الله يوم القيامة الذين يضاهون بخلق الله</t>
   </si>
   <si>
     <t>Аллоҳнинг ҳузурида қиёмат куни энг ашаддий азобга учрайдиганлар, Аллоҳнинг яратганига ўхшатишга уринганлардир</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: دَخَلَ عَلَيَّ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَقَدْ سَتَرْتُ سَهْوَةً لِي بِقِرَامٍ فِيهِ تَمَاثِيلُ، فَلَمَّا رَآهُ هَتَكَهُ وَتَلَوَّنَ وَجْهُهُ وَقَالَ: «يَا عَائِشَةُ، أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ» قَالَتْ عَائِشَةُ: «فَقَطَعْنَاهُ فَجَعَلْنَا مِنْهُ وِسَادَةً أَوْ وِسَادَتَيْنِ».</t>
   </si>
   <si>
     <t>Мўминларнинг онаси Оиша разияллоҳу анҳодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи васаллам олдимга кирдилар. Мен токчамга нафис парда тўсиб қўйган эдим. Унда суратлар бор эди. У зот уни кўришлари билан тортиб олдилар ва ранглари ўзгариб:
 «Эй, Оиша! Аллоҳнинг ҳузурида қиёмат куни энг ашаддий азобга учрайдиганлар, Аллоҳнинг яратганига ўхшатишга уринганлардир», дедилар. Бас, биз уни бўлиб, битта ёки иккита болиш қилиб олдик.</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم بيتَه على عائشة رضي الله عنها فوجدَها قد سترتْ الخِزانة الصغيرة التي يُوضَع فيها المتاع بقماش فيه تصاوير لذوات الأرواح، فتَغَيَّرَ لونُ وجهِهِ غضبًا لله ونَزَعَه، وقال: 
 أشدُّ الناس عذابًا يوم القيامة الذين يُشابِهون بتصاويرهم خلقَ الله. 
 قالت عائشة: فجعلناه وِسَادَة أو وسادتين.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам уйларига Оиша разияллоҳу анҳо ҳузурларига кирдилар. Кичкина жавонни тирик жонзотнинг сурати бор парда билан ёпиб қўйганларини кўриб, Аллоҳ учун юзлари ўзгариб ғазабландилар ва юлиб ташладилар ва: «Қиёмат куни азоби энг қаттиқ инсонлар чизга суратлари билан Аллоҳга ўхшашга ҳаракат қилганлар», – дедилар. Оиша онамиз: «Шунда биз уни битта ёки иккита тўшакча қилиб олдик», – дедилар.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам уйларига Оиша разияллоҳу анҳо ҳузурларига кирдилар. Кичкина жавонни тирик жонзотнинг сурати бор парда билан ёпиб қўйганларини кўриб, Аллоҳ учун юзлари ўзгариб ғазабландилар ва уни юлиб ташладилар ва: «Қиёмат куни азоби энг қаттиқ инсонлар чизган сўратлари билан Аллоҳга ўхшашга ҳаракат қилганлар», – дедилар. Оиша онамиз: «Шунда биз уни битта ёки иккита тўшакча қилиб олдик», – дедилар.</t>
   </si>
   <si>
     <t>إنكار المنكر وقتَ رؤيتِه وعدم التراخي في ذلك، ما لم يكن في ذلك مفسدة أكبر.
 العذاب يوم القيامة يتفاوت بحسب عِظَمِ الذنب.
 تصوير ذوات الأرواح من كبائر الذنوب.
 من حِكَمِ تحريم التصوير مضاهاة خلق الله تعالى، سواءً قصد المصوِّرُ المضاهاة أو لم يقصد.
 حرص الشريعة على حفظ الأموال بالاستفادة منها بعد تجنيبِها ما يحرم فيها.
 المنع من صناعة صور ذات الأرواح على أيِّ شَكْلٍ كان، ولو كانت ممتهنة.</t>
   </si>
   <si>
     <t>Агар янада катта фасод иш рўй бермаса, мункарни кўриши билан дарҳол инкор қилиши ва сусткашлик қилмаслиги керак.
 Қиёмат куни гуноҳнинг катталигига қараб азобда тафовут бўлади.
 Руҳи бор нарсаларни чизиш катта гуноҳлардан.
 Суратнинг ҳаром қилинишининг ҳикматларидан: Чизувчи қасддан ёки ўзи билмаган ҳолда чизган суратлари билан Аллоҳга ўхшашга ҳаракат қилган бўлади.
 Шариат бойликни ҳаромдан сақлагач уни тўғри фойдаланишга ҳарислиги.
 Қандай ҳолатда бўлмасин, кўп ишлатиладиган қадирсиз бўлса ҳам, жонзотларни чизиш ман қилинмоқда.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5931</t>
   </si>
   <si>
     <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>Ким бир манзилга тушгандан кейин «Аллоҳнинг тугал калималари ила У яратган нарсаларнинг ёмонлигидан паноҳини сўрайман» деса, унга ўша манзилдан жўнаб кетгунича бирор нарса зарар қилмайди», деганларини эшитдим</t>
@@ -6991,61 +7784,61 @@
   </si>
   <si>
     <t>Руҳи бор нарсаларни чизиш ҳаромлиги, чунки у ширкга василадир.
 Қўлидан келадиган ёки салтанати бўлган инсон мункарни қўли билан йўқ қилиши машруъдир.
 Сурат, ҳайкал ва қабрлар устига бинолар қуриш каби жоҳилият асоратларини кетказишга Набий соллаллоҳу алайҳи ва салламнинг ҳарисликлари.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5934</t>
   </si>
   <si>
     <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>Токи сизлардан бирингиз мени отаси, фарзанди ва бошқалардан ҳам кўпроқ яхши кўрмагунича иймонли бўлмайди», дедилар</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>Анас разияллоҳу анҳудан ривоят қилинади: «Набий соллаллоҳу алайҳи ва саллам: «Токи сизлардан бирингиз мени отаси, фарзанди ва бошқалардан ҳам кўпроқ яхши кўрмагунича иймонли бўлмайди», дедилар».</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
-    <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда мусулмон банда У кишини онаси, отаси, боласи, қизи ва бошқа барча инсонлардан кўпроқ яхши кўрмагунча тўлиқ иймонли бўлмаслигини хабар бердилар. Бу муҳаббат У кишига итоатни, ёрдам беришни ва осийлик қилмасликни ўз ичига олади.</t>
+    <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда мусулмон банда У зотни онаси, отаси, боласи, қизи ва бошқа барча инсонлардан кўпроқ яхши кўрмагунча тўлиқ иймонли бўлмаслигини хабар бердилар. Бу муҳаббат У зотга итоат қилишни, ёрдам беришни ва осийлик қилмасликни ўз ичига олади.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
-    <t>Расулуллоҳ соллаллоҳу алайҳи ва салламни яхши кўриш ва барча махлуқларни муҳаббатидан устун қўйиш вожиблиги.
-Муҳаббат комиллигининг аломатларидан: Расулуллоҳнинг суннатларига ёрдам бериш ва молу жонни шунинг йўлида сарфлаш.
+    <t>Расулуллоҳ соллаллоҳу алайҳи ва салламни яхши кўриш ва У зотга бўлган муҳаббатни барча махлуқларнинг муҳаббатидан устун қўйиш вожиблиги.
+Расулуллоҳнинг суннатларига ёрдам бериш ва молу жонни шунинг йўлида сарфлаш, муҳаббат комиллигининг аломатларидандир.
 Расулуллоҳ соллаллоҳу алайҳи ва салламга муҳаббат – буюрган нарсаларига итоат, хабарларини тасдиқлаш, қайтарган нарсаларидан четланиш ва у кишига эргашиб бидъатларни тарк этишдир.
 Набий соллаллоҳу алайҳи ва салламнинг ҳақлари барча инсонлар ҳаққидан улуғроқдир. Чунки У зот залолатдан ҳидоятга чиқишимизга ва дўзахдан қутилиб жаннатга киришимизга сабабчи бўлган кишидирлар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5953</t>
   </si>
   <si>
     <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>Ким қуш билан фол очса ёки қуш билан фол очтирса, ким коҳинлик қилса ёки коҳинга мурожаат қилса, ким сеҳр қилса ёки сеҳр қилдирса, бас, биздан эмасдир</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>Имрон ибн Ҳусойн разияллоҳу анҳудан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Ким қуш билан фол очса ёки қуш билан фол очтирса, ким коҳинлик қилса ёки коҳинга мурожаат қилса, ким сеҳр қилса ёки сеҳр қилдирса, бас, биздан эмасдир. Ким фолбинга бориб, унинг айтганига ишонса, Муҳаммад соллаллоҳу алайҳи васалламга нозил қилинган нарсага куфр келтирибди», дедилар».</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
@@ -7157,138 +7950,138 @@
 қўйилган шарт, бажаришингиз керак бўлган шартларнинг энг ҳақлисидир», дедилар.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда вафо қилишга энг авло шарт, аёл билан роҳатланишга сабаб бўлган шарт эканини баён қилдилар. Улар никоҳ вақтида аёл талаб қилган мубоҳ шартлардир.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
     <t>Келин-куёв бир-биридан талаб қилган шартларга вафо қилиши лозим. Фақат ҳалолни ҳаром ва ҳаромни ҳалол қиладиган шартлар бундан мустасно.
 Никоҳда қўйилган шартларга вафо қилиш бошқаларидан муҳимроқдир, чунки бу фаржни ҳалоллаб олиш муқобилидаги шартдир.
 Исломда никоҳнинг улуғлиги. Шу боис шартларига вафо қилишни таъкидлаб айтмоқда.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/6021</t>
   </si>
   <si>
     <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
   </si>
   <si>
-    <t>Қул ҳуваллоҳу аҳад», Фалақ ва Нос сураларини эрталабда ва кечда уч марта айтинг, сизни барча ёмонликлардан сақлайди», – дедилар</t>
+    <t>Қул ҳуваллоҳу аҳад», Фалақ ва Нос сураларини эрталаб ва кеч уч марта айтинг, сизни барча ёмонликлардан сақлайди», – дедилар</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
-    <t>Абдуллоҳ ибн Хубайб разияллоҳу анҳудан ривоят қилинади: Ёмғирли қоп-қора тунда Расулуллоҳ соллаллоҳу алайҳи ва саллам бизга намоз ўқиб беришлари учун чиқдик. У кишини олдиларига етиб бордим. «Айтинг», – дедилар. Ҳеч нарса демадим. Сўнгра: «Айтинг», – дедилар. Ҳеч нарса демадим. Сўнгра яна: «Айтинг», – дедилар. «Нима деб айтай», – дедим. «Қул ҳуваллоҳу аҳад», Фалақ ва Нос сураларини эрталабда ва кечда уч марта айтинг, сизни барча ёмонликлардан сақлайди», – дедилар.</t>
+    <t>Абдуллоҳ ибн Хубайб разияллоҳу анҳудан ривоят қилинади: Ёмғирли қоронғу тунда Расулуллоҳ соллаллоҳу алайҳи ва саллам бизга намоз ўқиб беришлари учун чиқдик. У кишини олдиларига етиб бордим. «Айтинг», – дедилар. Ҳеч нарса демадим. Сўнгра: «Айтинг», – дедилар. Ҳеч нарса демадим. Сўнгра яна: «Айтинг», – дедилар. «Нима деб айтай», – дедим. «Қул ҳуваллоҳу аҳад», Фалақ ва Нос сураларини эрталаб ва кеч уч марта айтинг, сизни барча ёмонликлардан сақлайди», – дедилар.</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
-    <t>Улуғ саҳоба Абдуллоҳ ибн Хубайб разияллоҳу анҳу хабар бериб айтадилар: Улар ёмғирли қоп-қора тунда Расулуллоҳ соллаллоҳу алайҳи ва саллам уларга намоз ўқиб беришлари учун излаб чиқдилар ва У зотни топдилар. Шунда Набий соллаллоҳу алайҳи ва саллам уларга: «Айтинг», яъни, ўқинг дедилар. Ҳеч нарса ўқимадилар. Сўзларини яна қайтардилар. Шунда Абдуллоҳ: «Ё Расулуллоҳ, Нима ўқий», –дедилар. Шунда Набий соллаллоҳу алайҳи ва саллам айтдиларки: «Қул ҳуваллоҳу аҳад», яъни, Ихлос, «Қул аъузу бироббилфалақ», яъни, Фалақ, «Қул аъузу бироббиннас», яъни, Нос сураларини эрталабда ва кечда уч марта ўқинг, барча ёмонликлардан сақлайди ва ҳимоя қилади.</t>
+    <t>Улуғ саҳоба Абдуллоҳ ибн Хубайб разияллоҳу анҳу хабар бериб айтадилар: Улар ёмғирли қоронғу тунда Расулуллоҳ соллаллоҳу алайҳи ва саллам уларга намоз ўқиб беришлари учун излаб чиқдилар ва У зотни топдилар. Шунда Набий соллаллоҳу алайҳи ва саллам уларга: «Айтинг», яъни, ўқинг дедилар. Ҳеч нарса ўқимадилар. Сўзларини яна қайтардилар. Шунда Абдуллоҳ: «Ё Расулуллоҳ, Нима ўқий», –дедилар. Шунда Набий соллаллоҳу алайҳи ва саллам айтдиларки: «Қул ҳуваллоҳу аҳад», яъни, Ихлос, «Қул аъузу бироббилфалақ», яъни, Фалақ, «Қул аъузу бироббиннас», яъни, Нос сураларини эрталаб ва кеч уч мартадан ўқинг, барча ёмонликлардан сақлайди ва ҳимоя қилади.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
-    <t>Ихлос, Фалақ ва Нос сураларини эрталаб ва кечда ўқиш мустаҳаб ва улар барча ёмонликлардан сақлайдилар.
+    <t>Ихлос, Фалақ ва Нос сураларини эрталаб ва кеч ўқиш мустаҳаб ва улар барча ёмонликлардан сақлайдилар.
 Ихлос, Фалақ ва Нос сураларининг фазилати.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[Абу Довуд, Тирмизий ва Насоий ривояти]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/6082</t>
   </si>
   <si>
     <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>Лаа илааҳа иллаллоҳу ваҳдаҳу лаа шариика лаҳ, Аллоҳу акбару кабиро, валҳамдулиллаҳи касиро, субҳаналлоҳи роббилъаламин, лаа ҳавла валаа қуввата илла биллаҳил ъазизил ҳаким</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Саъд разияллоҳу анҳудан ривоят қилинади: Бир аъробий Расулуллоҳ соллаллоҳу алайҳи ва салламга келиб: «Айтиб юришим учун менга бир калима ўргатинг», – деди. «Лаа илааҳа иллаллоҳу ваҳдаҳу лаа шариика лаҳ, Аллоҳу акбару кабиро, валҳамдулиллаҳи касиро, субҳаналлоҳи роббилъаламин, лаа ҳавла валаа қуввата илла биллаҳил ъазизил ҳаким», деб айт», дедилар. «Булар барчаси Раббимга, менгачи», –деди. Шунда «Аллоҳ мени кечир, раҳм айла, ҳидоятга сол ва менга ризқ бер», – дегин», дедилар».</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
 أي: تَنَزَّهَ وتَقَدَّسَ عن النقص، 
 "لا حول ولا قوة إلا بالله العزيز الحكيم" 
 أي: لا تَحَوُّلٌ من حَالٍ إلى حالٍ إلا بالله وإعانتِه وتوفيقِه، 
 فقال الرجل: هؤلاء الكلمات لربي لِذِكْرِهِ وتعظيمِه، فما لي من الدعاء لنفسي؟ 
 فقال له عليه الصلاة والسلام: قل: 
 "اللهم اغفر لي" 
 بمحو السيئات وسترها، 
 "وارحمني" 
 بإيصال المنافع والمصالح الدينية والدنيوية لي، 
 "واهدني" 
 لأحسن الأحوال وإلى الصراط المستقيم، 
 "وارزقني" 
 المال الحلال والصحة وكل خير وعافية.</t>
   </si>
   <si>
-    <t>Саҳрода яшовчи бир киши Расулуллоҳ соллаллоҳу алайҳи ва салламдан зикр ўргатишларини сўради. Расулуллоҳ соллаллоҳу алайҳи ва саллам унга шундай дедилар: «Лаа илааҳа иллаллоҳу ваҳдаҳу лаа шарийка лаҳ» тавҳид шаҳодати билан бошладилар. Маъноси эса «Аллоҳдан ўзга ҳақ маъбуд йўқ», деганидир. «Аллоҳу акбару кабийро», яъни, Аллоҳ барча нарсадан улуғ ва буюк. «валҳамдулиллаҳи касиро», яъни, Аллоҳнинг сон-саноқсиз неъматлари, сифатлари ва ишлари учун кўпдан кўп ҳамд айтаман. «Субҳаналлоҳи роббил ъаламин», яъни, нуқсондан пок ва муқаддас бўлди. «Лаа ҳавла валаа қуввата илла биллааҳ», яъни, бир ҳолатдан иккинчи  ҳолатга фақатгина Аллоҳнинг тавфиқи ва ёрдами билан бўлади. Шунда ҳалиги киши: «Бу дуолар Раббимни улуғлаш ва зикр қилиш учундир. Ўзимга нима деб дуо қилай», – деди. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам унга шундай дедилар: «Эй Аллоҳ,  гунохларимни ўчириш ва яшириш билан мени мағфират қил. . Дин ва дунё манфаатларини менга ато этиш билан «мени раҳм айла». . Сиротул мустақимга ва энг яхши аҳволларга «мени ҳидоят қил». . Ҳалол бойлик, сиҳҳат саломатлик, яхшилик ва офият билан «ризқлантир». .</t>
+    <t>Саҳрода яшовчи бир киши Расулуллоҳ соллаллоҳу алайҳи ва салламдан зикр ўргатишларини сўради. Расулуллоҳ соллаллоҳу алайҳи ва саллам унга шундай дедилар: «Лаа илааҳа иллаллоҳу ваҳдаҳу лаа шарийка лаҳ» тавҳид шаҳодати билан бошладилар. Маъноси эса «Аллоҳдан ўзга ҳақ маъбуд йўқ», деганидир. «Аллоҳу акбару кабийро», яъни, Аллоҳ барча нарсадан улуғ ва буюк. «валҳамдулиллаҳи касиро», яъни, Аллоҳнинг сон-саноқсиз неъматлари, сифатлари ва ишлари учун кўпдан кўп ҳамд айтаман. «Субҳаналлоҳи Роббил ъаламин», яъни, нуқсондан пок ва муқаддас бўлди. «Лаа ҳавла валаа қуввата илла биллааҳил азиизил ҳакиим», яъни, бир ҳолатдан иккинчи  ҳолатга ўзгариш фақатгина Аллоҳнинг тавфиқи ва ёрдами билан бўлади. Шунда ҳалиги киши: «Бу дуолар Раббимни улуғлаш ва зикр қилиш учундир. Ўзимга нима деб дуо қилай», – деди. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам унга шундай дедилар: «Аллоҳим,  гунохларимни ўчириш ва яшириш билан мени мағфират қил. . Дин ва дунё манфаатларини менга ато этиш билан «мени раҳм айла». . Сиротул мустақимга ва энг яхши аҳволларга «мени ҳидоят қил». . Ҳалол бойлик, сиҳҳат саломатлик, яхшилик ва офият билан «ризқлантир». .</t>
   </si>
   <si>
     <t>الحث على ذكر الله بالتهليل والتكبير والتحميد والتسبيح.
 استحباب ذكر الله والثناء عليه قبل الدعاء.
 استحباب دعاء الإنسان بأطيب الدعاء، وبما هو مأثور مما فيه جوامع خير الدنيا والآخرة، وله أن يدعو بما يشاء.
 ينبغي للعبد الحرص على تَعَلُّم ما ينفعه في الدنيا والآخرة.
 الحث على طلب المغفرة والرحمة والرزق، فهي جِمَاع الخير.
 شفقته صلى الله عليه وسلم على تعليمِ أمتِهِ ما ينفعهم.
 ذُكِرَت الرحمة بعد المغفرة ليتكامل التطهير، فالمغفرة ستر الذنوب ومحوها والزحزحة عن النار، والرحمة إيصال الخيرات ودخول الجنة، وهذا هو الفوز العظيم.</t>
   </si>
   <si>
     <t>Аллоҳ таолони таҳлил, такбир, таҳмид ва тасбиҳлар ила зикр қилишга ундалмоқда.
 Дуодан олдин Аллоҳга мақтов айтиш ва зикр қилиш мустаҳаб.
 Инсон асарларда келган дунё ва охират яхшиликларини жамлаган дуолар билан дуо қилиши мустаҳаб ва шу билан бирга хоҳлаган нарсаларини сўраб дуо қилиши мумкин.
 Банда дунё ва охиратига манфаат олиб келадиган нарсалар билан дуо қилмоғи лозим.
-Мағфират, раҳмат ва ризқ талаб қилишга ундалмоқда. Бу эса барча яхшиликларни ўзида жамлайди.
-Набий соллаллоҳу алайҳи ва салламнинг умматларига ианфаат берадиган нарсани таълим беришлари.
+Мағфират, раҳмат ва ризқ талаб қилишга ундалмоқда. Бу эса барча яхшиликларни жамлайди.
+Набий соллаллоҳу алайҳи ва салламнинг умматларига манфаат берадиган нарсани таълим беришлари.
 Тозаланиш комил бўлиши учун раҳмат мағфиратдан кейин зикр қилинди. 
 Мағфират - гуноҳларни яшириш, уларни ўчириш ҳамда дўзахдан узоқлаштириш. 
 Раҳмат - яхшиликни еткизиш ва жаннатга киришдир. Манашу улкан ютуқ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/6112</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>Расулуллоҳ саллаллоҳу алайҳи ва саллам инсонларнинг энг гўзал ахлоқлиси эдилар</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
     <t>Анас ибн Молик разияллоҳу анҳу дедилар: «Расулуллоҳ саллаллоҳу алайҳи ва саллам инсонларнинг энг гўзал ахлоқлиси эдилар».</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам энг комил хулқ соҳиби эдилар. Чиройли муомала, яхшилик қилиш, очиқ юзли бўлиб бошқаларга азият бермай, уларнинг азиятларини кўтара билиш каби барча яхши ахлоқларда энг олдинда эдилар</t>
   </si>
@@ -7424,51 +8217,51 @@
   </si>
   <si>
     <t>Аллоҳ таолони зикр қилишга ундаш ва у зикр қуёш нури тушган барча нарсадан яхшироқ эканлигига далолат.
 Зикрдаги ажр ва фазилатлар сабабли уни кўпайтиришга ундамоқ.
 Дунё матоси оз ва шаҳватлари завол бўлувчидир.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/6211</t>
   </si>
   <si>
     <t>ما من امرئ مسلم تحضره صلاة مكتوبة فيحسن وضوءها وخشوعها وركوعها، إلا كانت كفارة لما قبلها من الذنوب، ما لم يؤت كبيرة، وذلك الدهر كله</t>
   </si>
   <si>
     <t>Қайси бир мусулмон кишига фарз намоз (вақти) келса-ю, унинг таҳоратини, хушуъ ва рукуъсини яхшилаб адо этса, мадомики гуноҳи кабира қилмаган бўлса ўзидан олдинги гуноҳларга каффорат бўлади. Бу ҳар доим шундайдир</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ».</t>
   </si>
   <si>
     <t>Усмон разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва салламни шундай деганларини эшитганман: «Қайси бир мусулмон кишига фарз намоз (вақти) келса-ю, унинг таҳоратини, хушуъ ва рукуъсини яхшилаб адо этса, мадомики гуноҳи кабира қилмаган бўлса ўзидан олдинги гуноҳларга каффорат бўлади. Бу ҳар доим шундайдир».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه ما مِن مُسلم يَدخل عليه وقت الصلاة المفروضة فيحسن وضوءها ويُتِمُّه، ثم يَخشع في صلاته بحيث يكون قلبُه وجوارحُه كلُّها مُقبلةً على الله مستحضرةً عظمتَه، ويُتم أفعالَ الصلاةِ كالركوعِ والسجود وغيرِهِ، إلا كانت هذه الصلاةُ مُكفِّرَةً لما قبلها من المعاصي الصغائر، ما لم يعمل كبيرة من كبائر الذنوب، وهذا الفضل مُمْتَدٌّ على مَرِّ الزمان وفي كل صلاة.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам баёнламоқдаларки, қайси бир мусулмон кишига фарз намози вақти кирса-ю, таҳоратини тамомий қилса, сўнгра намозида хушуъ қилса, яъни, қалби ва бутун аъзолари билан Аллоҳга иқбол қилиб, унинг улуғлигини ҳис қилса ва шу билан бирга руку-сажда каби намознинг бошқа қисмларини тўлиқ бажарса, катта гуноҳларни бажармаган бўлса, олдинги барча кичик гуноҳларига каффорат бўлади. Ҳар бир намозда қанча вақт ўтса ҳам шу фазилат қолаверади.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам баёнламоқдаларки, қайси бир мусулмон кишига фарз намози вақти кирса-ю, таҳоратини тамомий қилса, сўнгра намозида хушуъ қилса, яъни, қалби ва бутун аъзолари билан Аллоҳга иқбол қилиб, унинг улуғлигини ҳис қилса ва шу билан бирга руку-сажда каби намознинг бошқа қисмларини тўлиқ бажарса, катта гуноҳларни бажармаган бўлса, олдинги барча кичик гуноҳларига каффорат бўлади. Бу фазилат ҳар бир намозда қанча вақт ўтса ҳам қолаверади.</t>
   </si>
   <si>
     <t>الصلاة المكفرة للذنوب هي التي أحسن العبد وضوءَها، وأدَّاها خاشعًا يبتغي بها وجه الله تعالى.
 فضل المداومة على العبادات، وأنها سبب لمغفرة صغائر الذنوب.
 فضل إحسان الوضوء، وإحسان الصلاة والخشوع فيها. 
 أهمية اجتناب كبائر الذنوب لمغفرة الذنوب الصغائر.
 كبائر الذنوب لا تُكَفَّر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Гуноҳларга каффорат бўлувчи намоз, банда таҳоратини яхшилаб олиб, Аллоҳни юзини истаб хушуъ билан ўқиган намозидир.
 Ибодатларга давомий бўлишнинг фазли ва унинг кичик гуноҳлар кечирилишига сабаб бўлиши.
 Таҳоратни яхшилаб олиш, намозни яхшилаб адо этиш ва унда хушуъ қилишнинг фазилати.
 Кичик гуноҳлар кечирилиши учун катта гуноҳлардан сақланишнинг аҳамияти.
 Катта гуноҳлар фақат тавба билан кечирилади.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/6254</t>
   </si>
   <si>
     <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
   </si>
   <si>
     <t>Аллоҳ учун ушбу кунларда ( яъни ўн кунликда) қилинадиган солиҳ амаллардан кўра севимлироқ амал йўқдир</t>
   </si>
   <si>
@@ -7491,102 +8284,102 @@
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>Зул ҳижжанинг ўн кунида қилинган солиҳ амалнинг фазли. Мусулмон киши бу кунларни Аллоҳнинг зикри, Қўръон тиловати, такбир, таҳлил, таҳмид, намоз, садақа, рўза ва бошқа солиҳ амаллар билан тўлдириб ғанимат билмоғи лозим.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[Бухорий ва Абу Довуд ривоят, ҳадис лафзи Абу Довуд ривояти]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/6255</t>
   </si>
   <si>
     <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>Қуръон қироат қилувчи мўмин утружжа  сингари хушбўй ва хуштаъмдир, Қуръон қироат қилмайдиган мўмин эса хурмо каби ширин бўлгани билан хушбуй ҳиддан маҳрумдир</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
-    <t>Абу Мусо ал-Ашъарий ривоят қиладилар: Расулуллоҳ саллаллоҳу алайҳи ва саллам бундай дедилар: «Қуръон қироат қилувчи мўмин утружжа  сингари хушбўй ва хуштаъмдир, Қуръон қироат қилмайдиган мўмин эса хурмо каби ширин бўлгани билан хушбуй ҳиддан маҳрумдир, Қуръон қироат қиладиган мунофиқ хусусига келсак, у райҳон каби хушбўй бўлсада, таъми аччиқдир, Қуръон қироат қилмайдиган мунофиқ эса аччиқ тарвуз (колоквинт) каби ҳидсиз ва таъми аччиқдир!».</t>
+    <t>Абу Мусо ал-Ашъарий разияллоҳу анҳу ривоят қиладилар: Расулуллоҳ саллаллоҳу алайҳи ва саллам бундай дедилар: «Қуръон қироат қилувчи мўмин утружжа  сингари хушбўй ва хуштаъмдир, Қуръон қироат қилмайдиган мўмин эса хурмо каби ширин бўлгани билан хушбуй ҳиддан маҳрумдир, Қуръон қироат қиладиган мунофиқ хусусига келсак, у райҳон каби хушбўй бўлсада, таъми аччиқдир, Қуръон қироат қилмайдиган мунофиқ эса аччиқ тарвуз (колоквинт) каби ҳидсиз ва таъми аччиқдир!».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
 الثاني: المُؤمن الذي لا يقرأ القرآن، فهو كالتَّمْرَة، طعمُها حُلْو، ولا ريح لها، فقلبُه مُشتملٌ على الإيمان كاشتمال التمرة على الحلاوة في طعمها وباطنها، وعدم ظهور ريح لها يَشُمُّه الناسُ؛ لعدم ظهور قراءة منه يرتاح الناس بسماعها. 
 الثالث: المنافق الذي يقرأ القرآن، فهو كالريحانة، لها رائحة طيبة وطعمها مُرّ، حيث لم يُصلِح قلبَه بالإيمان، ولم يعملْ بالقرآن، ويَظهرُ أمامَ الناس أنه مؤمن، فريحُها الطيب يُشبه قراءتَه، وطعمُها المُرُّ يُشبه كُفرَه. 
 الرابع: المنافق الذي لا يقرأ القرآن، فهو كالحَنْظَلَة، حيثُ إنها لا رائحة لها، ومُرٌّ مذاقُها، فانعدام ريحِها أَشبَهَ انعدامَ ريحِه؛ لعدم قراءته، ومَرَارةُ طعمِها شَبيهٌ بمرارة كفرِه، فباطنُه خَالٍ من الإيمان، وظاهره لا نفع فيه، بل هو ضارٌّ.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадисда Қуръонни ўқувчи ва ундан фойда олувчиларнинг қисмларини баёнлаб бердилар.
 Биринчи қисм: Қуръонни ўқиб ундан фойда олаётган мўмин. У утружжа меваси каби, унинг таъми тотли, ҳиди хушбўй, ранги чиройли, фойдаси кўп. У мўмин ҳам ўқиганига амал қилади ва Аллоҳнинг бандаларига фойда беради.
 Иккинчи қисм: Қуръон ўқимайдиган мўмин. У ҳурмо каби таъми ширин, лекин ҳиди йўқ. Ҳурмо ўз ичига ширин таъмни олгани каби унинг ҳам қалбини иймон ўраб олган. Хурмода одамлар ҳидаб роҳатланадиган ҳиди йўқ бўлгани каби унинг ҳам Қуръон ўқиганини эшитиб одамлар роҳат ола олмайди.
 Учинчи қисм: Қуръон ўқийдиган мунофиқ. У райҳон каби, унинг ҳиди ширин, таъми эса аччиқ. Чунки у қалбини иймон билан ислоҳ қилмаган ва қуръонга амал қилмаган. Одамларга эса ўзини мўмин каби кўрсатади.  Унинг ҳам қироатига ўхшаб ҳиди ширин, лекин, куфри каби таъми аччиқ.
-Тўртинчи қисм: Қуръон ўқимайдиган мунофиқ аччиқ тарвуз (колоквинт) меваси каби. Чунки унинг ҳиди йўқ ва таъми аччиқ. Қуръон ўқимаслиги ҳиди йўқлигига ўхшатилди. Таъмининг аччиқлиги куфрининг аччиқлигига ўхшатилди. Унинг ичи иймондан холи, кўринишидан эса наф йўқ, балки, зарарли ҳамдир.</t>
+Тўртинчи қисм: Қуръон ўқимайдиган мунофиқ аччиқ тарвуз (колоквинт) меваси каби. Чунки унинг ҳиди йўқ ва таъми аччиқ. Қуръон ўқимаслиги ҳиди йўқлигига ўхшатилди. Таъмининг аччиқлиги эса куфрининг аччиқлигига ўхшатилди. Унинг ичи иймондан холи, кўринишидан эса наф йўқ, балки, зарарли ҳамдир.</t>
   </si>
   <si>
     <t>بيان فضيلة حامل القرآن العامل به.
 مِن طُرُق التعليم ضَرْبُ المَثَل؛ لتقريب الفهم.
 ينبغي للمسلم أن يكونَ له وِرْدٌ مُسْتَمِرٌّ مِن كتاب الله تعالى.</t>
   </si>
   <si>
     <t>Қуръонни ёдлаб унга амал қилувчининг фазилати.
 Тушунишга осон бўлиши учун мисол олиб келиш таълимнинг усулларидандир.
 Мусулмонда ҳар доим ўқиб юрадиган Қуръони Каримдан бир қисми (вирд) бўлиши керак.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/6258</t>
   </si>
   <si>
     <t>معقبات لا يخيب قائلهن أو فاعلهن دبر كل صلاة مكتوبة، ثلاث وثلاثون تسبيحة، وثلاث وثلاثون تحميدة، وأربع وثلاثون تكبيرة</t>
   </si>
   <si>
     <t>Муаққибалар бор, уларни ҳар бир фарз намоздан кейин айтган ёки бажарган киши ноумид бўлмайди: ўттиз учта тасбиҳ, ўттиз учта таҳмид ва ўттиз тўртта такбир»,- дедилар</t>
   </si>
   <si>
     <t>عَنْ كَعْبِ بْنِ عُجْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً».</t>
   </si>
   <si>
     <t>Каъб ибн Ужро разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Муаққибалар бор, уларни ҳар бир фарз намоздан кейин айтган ёки бажарган киши ноумид бўлмайди: ўттиз учта тасбиҳ, ўттиз учта таҳмид ва ўттиз тўртта такбир»,- дедилар.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أذكارٍ لا يَخْسَرُ ولا يَنْدَمُ قائلُها، بل له ثوابُ هذه الكلمات، ويأتي بعضُها عَقِبَ بعضٍ، وتُقال عَقِب الصلاة المفروضة، وهي: 
 "سبحان الله" ثلاثًا وثلاثين مرة، أي تنزيهه تعالى عن كل نقص. 
 و"الحمد لله" ثلاثًا وثلاثين مرة، وهي وصف الله بالكمال التامِّ مع محبته وتعظيمه. 
 و"الله أكبر" أربعًا وثلاثين مرة، فالله أكبر وأعظم وأعزُّ من كل شيء.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам айтувчиси ютқазмайдиган, надомат ҳам қилмайдиган, балки, катта савобга эга зикрлар ҳақида хабар бердилар. Улар фарз намозлардан кейин бир-биридан кейин айтилади. Улар:
 Ўттиз уч марта «Субҳаналлоҳ» яъни, Аллоҳ таоло барча нуқсонлардан пок.
-Ўттиз уч марта «Алҳамдулиллаҳ» яъни, Аллоҳ таолога муҳаббат ва У Зотни улуғлаш билан комиллик билан сифатлаш.
-Ўттиз тўрт марта «Аллоҳу акбар», яъни, Аллоҳ барча нарсадан азиз ва улуғроқдир.</t>
+Ўттиз уч марта «Алҳамдулиллаҳ» яъни, Аллоҳ таолога муҳаббат ва У Зотни улуғлаш ила комиллик билан сифатлаш.
+Ўттиз тўрт марта «Аллоҳу акбар», яъни, Аллоҳ барча нарсадан азиз ва улуғдир.</t>
   </si>
   <si>
     <t>فضل التسبيح والتحميد والتكبير، فهُنَّ الباقيات الصالحات.</t>
   </si>
   <si>
     <t>Тасбиҳ, таҳмид ва такбирнинг фазилати. Ана ўшалар боқий қолувчи солиҳ амаллардандир.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/6259</t>
   </si>
   <si>
     <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>Ким Аср намозини тарк қилса, амали беҳуда кетади», деганлар», деди</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
     <t>Бурайда ибн Ҳусайб разияллоҳу анҳу: «Аср намозини тезроқ ўқинглар, чунки Расулуллоҳ соллаллоҳу алайҳи васаллам:
 «Ким Аср намозини тарк қилса, амали беҳуда кетади», деганлар», деди».</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
@@ -7620,72 +8413,72 @@
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда ким таҳоратни суннат ва одобларига риоя қилиб олса, таҳорат ёмонликлар ва хатолари ўчирилишига, ҳаттоки қўли ва оёқларининг тирноқлари орасидаги гуноҳлари ҳам ювилишига сабаб бўлишини хабар бердилар.</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>Таҳоратнинг суннат ва одобларига эътибор бериб амал қилишга ундамоқ.
 Таҳоратнинг фазилати. У кичик гуноҳларга коффоратдир. Катта гуноҳларга келсак, уларга тавба қилиш лозим.
 Хатолар ўчирилишинг шарти, Набий соллаллоҳу алайҳи ва саллам баёнлаганларидек таҳоратни комил қилиб, эътиборсизлик қилмасдан олиш.
 Бу ҳадисдаги гуноҳлар ювилиши катта гуноҳлардан четланиб, улардан тавба қилишга боғланган. Аллоҳ таоло айтадики: «Агар қайтарилган нарсаларнинг катталаридан четда бўлсангиз, гуноҳларингизни кечирамиз».</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/6263</t>
   </si>
   <si>
     <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
   </si>
   <si>
-    <t>Ким муаззиннинг азонини эшитганда: « Ашҳаду аллаа илааҳа иллаллоҳу, ваҳдаҳу лаа шарийка лаҳу ва анна Муҳаммадан ъабдуҳу ва росуулуҳу. Розийту биллаҳи Роббан ва Муҳаммадин росуулан ва бил ислаами дийнан» деб айтса гуноҳлари кечирилади».
-Маъноси: Шериги бўлмаган Аллоҳдан ўзга илоҳ йўқ ва Муҳаммад соллаллоҳу алайҳи ва саллам У Зотнинг бандаси ва пайғамбари, Аллоҳни Рабб, Муҳаммад соллаллоҳу алайҳи ва салламни пайғамбар, Исломни пайғамбар деб рози бўлдим</t>
+    <t>Ким муаззиннинг азонини эшитганда: « Ашҳаду аллаа илааҳа иллаллоҳу, ваҳдаҳу лаа шарийка лаҳу ва анна Муҳаммадан ъабдуҳу ва росуулуҳу. Розийту биллаҳи Роббан ва би-Муҳаммадин росуулан ва бил-ислаами дийнан» деб айтса гуноҳлари кечирилади».
+Маъноси: Шериги бўлмаган Аллоҳдан ўзга илоҳ йўқ ва Муҳаммад соллаллоҳу алайҳи ва саллам У Зотнинг бандаси ва пайғамбари, Аллоҳни Рабб, Муҳаммад соллаллоҳу алайҳи ва салламни пайғамбар, Исломни дин деб рози бўлдим</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
-    <t>Саъд ибн Абу Ваққос разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам шундай дедилар: «Ким муаззиннинг азонини эшитганда: « Ашҳаду аллаа илааҳа иллаллоҳу, ваҳдаҳу лаа шарийка лаҳу ва анна Муҳаммадан ъабдуҳу ва росуулуҳу. Розийту биллаҳи Роббан ва Муҳаммадин росуулан ва бил ислаами дийнан» деб айтса гуноҳлари кечирилади».
-Маъноси: Шериги бўлмаган Аллоҳдан ўзга илоҳ йўқ ва Муҳаммад соллаллоҳу алайҳи ва саллам У Зотнинг бандаси ва пайғамбари, Аллоҳни Рабб, Муҳаммад соллаллоҳу алайҳи ва салламни пайғамбар, Исломни пайғамбар деб рози бўлдим.</t>
+    <t>Саъд ибн Абу Ваққос разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам шундай дедилар: «Ким муаззиннинг азонини эшитганда: « Ашҳаду аллаа илааҳа иллаллоҳу, ваҳдаҳу лаа шарийка лаҳу ва анна Муҳаммадан ъабдуҳу ва росуулуҳу. Розийту биллаҳи Роббан ва би-Муҳаммадин росуулан ва бил-ислаами дийнан» деб айтса гуноҳлари кечирилади».
+Маъноси: Шериги бўлмаган Аллоҳдан ўзга илоҳ йўқ ва Муҳаммад соллаллоҳу алайҳи ва саллам У Зотнинг бандаси ва пайғамбари, Аллоҳни Рабб, Муҳаммад соллаллоҳу алайҳи ва салламни пайғамбар, Исломни дин деб рози бўлдим.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам хабар бермоқдалар-ки, ким муаззинни эшитганда: «Ашҳаду аллаа илааҳа иллаллоҳу, ваҳдаҳу лаа шарийка лаҳ», яъни, Аллоҳдан ўзга ибодатга тотиқли маъбуд йўқ ва бошқа барча маъбудлар ботил эканига иқрор бўлдим, эътироф эттим. «Ва Муҳаммад У Зотнинг бандаси ва пайғамбари» яъни, сиғинилмайдиган банда ва ёлғонга чиқарилмайдиган пайғамбар. «Аллоҳни Рабб деб рози бўлдим», яъни, Рубубият, улуҳият ва исм сифатларига рози бўлдим деганидир. «Муҳаммад соллаллоҳу алайҳи ва салламни пайғамбар деб рози бўлдим», яъни, олиб келган ва бизга етказган барча нарсаларига рози бўлдим. «Исломга рози бўлдим», яъни, унинг аҳкомларига, буйруқ ва қайтариқларининг барчасига рози бўлдим деб айтса олдинги барча гуноҳлари кечирилиб кетади. Дин - эътиқод ва бўйсуниш деганидир. Гуноҳларидан мақсад кичик гуноҳлар.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам хабар бермоқдалар-ки, ким муаззинни эшитганда: «Ашҳаду аллаа илааҳа иллаллоҳу, ваҳдаҳу лаа шарийка лаҳ», яъни, Аллоҳдан ўзга ибодатга тотиқли маъбуд йўқ ва бошқа барча маъбудлар ботил эканига иқрор бўлдим, эътироф этдим. «Ва Муҳаммад У Зотнинг бандаси ва пайғамбари» яъни, сиғинилмайдиган банда ва ёлғонга чиқарилмайдиган пайғамбар. «Аллоҳни Рабб деб рози бўлдим», яъни, Рубубият, улуҳият ва исм сифатларига рози бўлдим деганидир. «Муҳаммад соллаллоҳу алайҳи ва салламни пайғамбар деб рози бўлдим», яъни, олиб келган ва бизга етказган барча нарсаларига рози бўлдим. «Исломга рози бўлдим», яъни, унинг аҳкомларига, буйруқ ва қайтариқларининг барчасига рози бўлдим деб айтса олдинги барча гуноҳлари кечирилиб кетади. Дин - эътиқод ва бўйсуниш деганидир. Гуноҳларидан мақсад кичик гуноҳлар.</t>
   </si>
   <si>
     <t>ترديد هذا الدعاء عند سماع النداء من مُكَفِّرات الذنوب.</t>
   </si>
   <si>
     <t>Азонни эшитганда шу дуони айтиш гуноҳларга каффорат бўлади.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/6272</t>
   </si>
   <si>
     <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
   </si>
   <si>
     <t>Кимки кечқурун Бақара сурасининг охирги икки оятини ўқиса, унга кифоя қилади», дедилар</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
   </si>
   <si>
     <t>Абу Масъуд разияллоҳу анҳу ривоят қиладилар: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Кимки кечқурун Бақара сурасининг охирги икки оятини ўқиса, унга кифоя қилади», дедилар.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
   </si>
@@ -7728,131 +8521,131 @@
   <si>
     <t>الحث على الإكثار من تلاوة القرآن.
 للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
 سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
 فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
   </si>
   <si>
     <t>Қуръон тиловатини кўпайтиришга ундамоқ.
 Қорининг тиловатидаги ҳар бир ҳарф учун ўн ҳисса кўп савоб ёзилажак.
 Бандасига савобни кўпайтириб берган Аллоҳнинг саҳийлик ва раҳматининг кенгилиги.
 Қуръон бошқа сўзлардан афзал бўлиб, уни тиловат қилиш ибодатдир. Чунки у Аллоҳ таолонинг каломи.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/6275</t>
   </si>
   <si>
     <t>كذبني ابن آدم ولم يكن له ذلك، وشتمني ولم يكن له ذلك</t>
   </si>
   <si>
     <t>Одам фарзанди мени ёлғонга чиқарди, у бундай қилмаслиги керак эди!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «قَالَ اللَّهُ: كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ، فَأَمَّا تَكْذِيبُهُ إِيَّايَ فَقَوْلُهُ: لَنْ يُعِيدَنِي، كَمَا بَدَأَنِي، وَلَيْسَ أَوَّلُ الخَلْقِ بِأَهْوَنَ عَلَيَّ مِنْ إِعَادَتِهِ، وَأَمَّا شَتْمُهُ إِيَّايَ فَقَوْلُهُ: اتَّخَذَ اللَّهُ وَلَدًا وَأَنَا الأَحَدُ الصَّمَدُ، لَمْ أَلِدْ وَلَمْ أُولَدْ، وَلَمْ يَكُنْ لِي كُفْؤًا أَحَدٌ».</t>
   </si>
   <si>
-    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Пайғамбар алайҳиссалом бундай дедилар: «Аллоҳ таоло айтадики, «Одам фарзанди мени ёлғонга чиқарди, у бундай қилмаслиги керак эди! У мени ҳақорат қилди, у бундай қилмаслиги керак эди! У "Ўлганимдан сўнг мени яратгандай қайта тирилтирмайди" деганидир. Ваҳоланки, илгари инсонни яратганим, кейин уни қайта тирилтиришимдан осонроқ бўлмаган. Унинг мени ҳақорат қилганига келсак, у: «Аллоҳнинг боласи бор»,- дейди. Ваҳоланки, мен яккаю ягона, абадий, туғмаган ва туғулмаган ҳамда тенги йўқ зотдирман!».</t>
+    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Пайғамбар алайҳиссалом бундай дедилар: «Аллоҳ таоло айтадики, «Одам фарзанди мени ёлғонга чиқарди, у бундай қилмаслиги керак эди! У мени ҳақорат қилди, у бундай қилмаслиги керак эди! Унинг мени ёлғонга чиқариши, у: "Ўлганимдан сўнг мени яратгандай қайта тирилтирмайди" деганидир. Ваҳоланки, илгари инсонни яратганим, кейин уни қайта тирилтиришимдан осонроқ эмас. Унинг мени ҳақорат қилганига келсак, у: «Аллоҳнинг боласи бор»,- дейди. Ваҳоланки, мен яккаю ягона, абадий, туғмаган ва туғулмаган ҳамда тенги йўқ зотдирман!».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم في الحديث القُدْسِيِّ أنّ اللهَ عز وجل أَخْبَرَ عن المشركين والكفار أنهم يُكذِّبونه ويَصِفُونه بالنقائص والمعايب، وما كان ينبغي لهم ذلك. 
 فأما تكذيبُهم لله: فَزَعْمُهم أنَّ الله لن يُعيدَهم بعد موتِهم مرة أخرى كما خلقهم أول مرة من عَدَم، فردَّ عليهم بأن الذي بَدَأ الخَلْقَ مِن العَدَم قادرٌ على إعادتهم بل أهون، وإن كان الأمر بالنسبة لله مستويان الخلق والإعادة، فالله على كل شيء قدير.
 وأما شتمهم: فقولهم: إن له ولدًا، فَرَدَّ عليهم بأنه الأحد المُتَفَرِّدُ بجميع الكمالات في أسمائه وصفاته وأفعاله، المُنَزَّه عن كل نقص وعيب، الصمد الذي لا يحتاج إلى أحد، ويحتاج إليه كل أحد، ولم يكن والدًا لأحد، ولم يكن ولدًا لأحد، ولم يكن لي كفؤًا أحدٌ من مثيلٍ أو نظيرٍ سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам ҳадиси қудусийда Аллоҳ таоло мушрик ва кофирлар У Зотни ёлғонга чиқариши, айбу нуқсонлар билан сифатлаши ва бу ишга уларнинг ҳақлари йўқ эканини хабар бераётганини баёнладилар.
-Аллоҳни ёлғонга чиқаришлари: Ўлганларидан кейин Аллоҳ уларни биринчи бор яратганидек қайта тирилтира олмайди деб даъво қилишларидир. Уларни биринчи бор яратган Зот қайта тирилтира олиши, бу иш унга осонроқ эканини айтиб раддия билдирди. Аллоҳ учун биринчи марта яратиш ҳам, уни қайтадан яратиш ҳам бир хил енгил ва У Зот барча нарсага қодир.
-Сўкишларига келсак: У Зотнинг боласи бор деб айтишларидир. У Зот барча ишларида, исму сифатларида, барча камолотнинг турларида ягона, ёлғиз, барча нуқсонлардан пок, ҳеч кимга муҳтож эмас, балки, барча унга муҳтож Сомад Зот. Ҳеч кимга ота ёки бобо эмас, У Зотга тенг ҳеч ким йўқ, улуғ ва пок Зот эканини хабар бериб раддия билдирди.</t>
+Аллоҳни ёлғонга чиқаришлари: Ўлганларидан кейин Аллоҳ уларни биринчи бор яратганидек қайта тирилтира олмайди деб даъво қилишларидир. Уларни биринчи бор яратган Зот қайта тирилтира олиши, бу иш унга осонроқ эканини айтиб раддия билдирди. Зотан Аллоҳ учун биринчи марта яратиш ҳам, уни қайтадан яратиш ҳам бир хил енгил ва У Зот барча нарсага қодир.
+Сўкишларига келсак: У Зотнинг боласи бор деб айтишларидир. У Зот барча ишларида, исму сифатларида, барча камолотнинг турларида ягона, ёлғиз, барча нуқсонлардан пок, ҳеч кимга муҳтож эмас, балки, барча унга муҳтож Сомад Зот. Ҳеч кимга ота ёки бола эмас, У Зотга тенг ҳеч ким йўқ, улуғ ва пок Зот эканини хабар бериб раддия билдирди.</t>
   </si>
   <si>
     <t>إثبات كمال القدرة لله تعالى.
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
     <t>Аллоҳ таолога комил қудратни нисбат бериш.
 Ўлимдан кейин тирилишни тасдиқлаш.
 Қиёматни инкор қилган ёки Аллоҳга бола нисбат берган инсоннинг кофир бўлиши.
 Аллоҳ таолога тенг ёки ўхшаши йўқ.
-Аллоҳ ҳалимлигининг кенглиги ва кофирларнинг балки Аллоҳга қайтарлар деб муҳлат бериши.</t>
+Аллоҳ ҳалимлигининг кенглиги ва кофирлар тавба қилишлари ҳамда Аллоҳга қайтишлари учун муҳлат бериши.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/6327</t>
   </si>
   <si>
     <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
-    <t>Кимда ким менга дўст бўлмиш бандамга душманлик қилса, мен унга уруш эълон қиламан! Бандам мен унга фарз қилган амалдан суюклироқ бирон иш билан менга яқинлаша олмаган</t>
+    <t>Ким-ки менинг дўстимга душманлик қилса, мен унга уруш эълон қиламан! Бандам мен унга фарз қилган амалдан кўра суюклироқ бирон иш билан менга яқинлаша олмайди</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
   </si>
   <si>
-    <t>Абу Ҳурайра ривоят қиладилар: «Расулуллоҳ саллаллҳу алайҳи ва саллам: «Аллоҳ таоло бундай дейди»,- дедилар: «Кимда ким менга дўст бўлмиш бандамга душманлик қилса, мен унга уруш эълон қиламан! Бандам мен унга фарз қилган амалдан суюклироқ бирон иш билан менга яқинлаша олмаган (Аллоҳ фарз қилган амаллар Ўзи учун энг маҳбубидир). Бандам (фарзларни бажарганидан кейин) нафллар (қўшимча ибодатлар, солиҳ амаллар) билан менга яқинлашаверар экан, уни яхши кўриб қоламан. Уни яхши кўрсам, эшитадиган қулоғи, кўрадиган кўзи, ушлайдиган қўли, юрадиган оёғи бўламан (доимо, ҳар жойда уни қўллаб-қувватлайман). (Шундан кейин) мендан (бирон ҳожатини) сўраса, уни бераман. Мендан (ўзи қўрққан нарсаларга қарши) паноҳ сўраса, уни ҳимоямга оламан. Мен ўлимни ёқтирмайдиган мўминнинг жонини олишга иккиланмаганимдек бирор нарса ҳақида иккиланмайман, уни дарҳол бажараман, мен бандамга ёмонликни раво кўрмайман».</t>
+    <t>Абу Ҳурайра разияллоҳу анҳу ривоят қиладилар: Расулуллоҳ саллалоҳу алайҳи ва саллам: «Аллоҳ таоло бундай дейди»,– дедилар: «Ким-ки менинг дўстимга душманлик қилса, мен унга уруш эълон қиламан! Бандам мен унга фарз қилган амалдан кўра суюклироқ бирон иш билан менга яқинлаша олмайди (Аллоҳ фарз қилган амаллар Ўзи учун энг маҳбубидир). Бандам (фарзларни бажарганидан кейин) нафллар (қўшимча ибодатлар, солиҳ амаллар) билан менга яқинлашаверар экан, уни яхши кўриб қоламан. Уни яхши кўрсам, эшитадиган қулоғи, кўрадиган кўзи, ушлайдиган қўли, юрадиган оёғи бўламан (доимо, ҳар жойда уни қўллаб-қувватлайман). (Шундан кейин) мендан (бирон ҳожатини) сўраса, уни бераман. Мендан (ўзи қўрққан нарсаларга қарши) паноҳ сўраса, уни ҳимоямга оламан. Мен ўлимни ёқтирмайдиган мўминнинг жонини олишга иккиланмаганимдек бирор нарса ҳақида иккиланмайман. Уни дарҳол бажараман ва мен бандамга ёмонликни раво кўрмайман».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
 مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
 وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
 فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
 ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам ҳадиси қудсийда Аллоҳ таоло шундай деганини хабар бердилар: «Ким менинг дўстларимдан бирига азият берса ва ғазаблантирса, дарҳақиқат мен унга душманлик эълон қилдим.
-[...6 lines deleted...]
-Сўнгра Аллоҳ таоло шундай деди: «Мўминга бўлган меҳрим сабабли унинг жонини олишдаги тараддудимдай ҳеч қайси ишда тараддуд қилмадим. Чунки мўмин ўлим аламини ёмон кўради, Аллоҳ эса мўминга алам беришни ёмон кўради.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам ҳадиси қудсийда Аллоҳ таоло шундай деганини хабар бердилар: «Ким менинг дўстларимдан бирига азият берса ва ғазаблантирса, дарҳақиқат, мен унга душманлик эълон қилдим».
+Валий – тақводор мўмин. Банданинг иймони ва тақвосига қараб қанчалик Аллоҳга валий эканлиги белгиланади. Мусулмон банда ўз Раббига У Зот фарз ва вожиб қилган ибодатларни бажариш ва ҳаром қилинган нарсалардан тийилишдан кўра севимлироқ амал билан яқинлашмаган. Мусулмон фарз амаллар билан бирга нафл ибодатларни ҳам бажариб борса, Аллоҳнинг муҳаббатига эришади. Агар Аллоҳ уни яхши кўрса, ушбу тўрт аъзосини тўғри йўлга солади:
+Қулоғини тўғри йўлга солиб қўяди-ки, у билан Аллоҳ рози бўладиган нарсанигина эшитади.
+Кўзини тўғри йўлга солиб қўяди-ки, у билан фақат Аллоҳ яхши кўрадиган ва рози бўладиган нарсаларгагина қарайди.
+Қўлини тўғри йўлга солиб қўяди-ки, фақат Аллоҳ рози бўладиган нарсаларнигина ушлайди.
+Оёқларини тўгри йўлга солиб қўяди-ки, у фақат яхшилик ва Аллоҳ рози бўладиган йўлдангина юради.
+Шу билан бирга Аллоҳдан бир нарса сўраса, сўраганини беради ва дуоси мустажоб инсонга айланади. Агар Аллоҳдан паноҳ сўраса, ундан ҳимоя талаб қилиб Унга илтижо қилса, қўрққан нарсасидан Аллоҳ уни сақлайди ва ҳимоя қилади.
+Сўнгра Аллоҳ таоло шундай деди: «Мўминга бўлган меҳрим сабабли унинг жонини олишдаги тараддудимдай ҳеч қайси ишда тараддуд қилмадим. Чунки мўмин ўлим аламини ёмон кўради, Аллоҳ эса мўминга алам беришни ёмон кўради».</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
-    <t>Бу Набий соллаллоҳу алайҳи ва саллам ўз Раббиларидан ривоят қилган ҳадислардандир. Ҳидиси қудсий ёки илоҳий деб аталади. Бу ҳадиснинг лафзи ҳам маъноси ҳам Аллоҳдан, лекин унда бошқа сўзлардан ажратиб турадиган Қуръон хусусиятлари йўқ. Қуръон хусусиятларидан: Тиловат қилиш билан ибодат қилинади, таҳорат билан ушлаш шарт, таҳаддий, мўжиза ва бошқалар.
-[...3 lines deleted...]
-Валийликка вожиботларни бажариш ҳаром нарсаларни тарк қилиш биоан етади.
+    <t>Бу ҳадис Набий соллаллоҳу алайҳи ва саллам ўз Раббиларидан ривоят қилган ҳадислардан бири. Бу сингари ҳадислар ҳадиси қудсий ёки илоҳий ҳадис деб аталади. Бу ҳадиснинг лафзи ҳам маъноси ҳам Аллоҳдан, бироқ унда бошқа сўзлардан ажратиб турадиган Қуръоннинг хусусиятлари йўқ. Қуръоннинг хусусиятларидан: Тиловат қилиш билан ибодат қилинади, таҳорат билан ушлаш шарт, чақириқ, мўжиза ва бошқа шу каби хусусиятлар.
+Аллоҳнинг дўстларига озор беришдан қайтариқ, уларни яхши кўришга ундаш ва фазилатларини эътироф этиш.
+Аллоҳнинг душманларига душманлик қилиш ва уларни дўст тутмасликка буйруқ.
+Ким-ки шариатга эргашмай туриб Аллоҳга валий (дўст) эканини даъво қилса, даъвосида ёлғончидир.
+Валийлик мақомига шариятнинг буйруқларини бажариш ва ҳаром нарсаларни тарк қилиш билан эришилади.
 Банда фарз амаллардан кейин нафл ибодатларни бажариши ва ҳаром амалларни тарк қилиши Аллоҳнинг муҳаббатига етишга сабаб бўлади.
-Авлиёлар шарафига ва манзилатларининг улуғлигига далолат.</t>
+Авлиёларнинг шарафи ва даражаларининг улуғлиги.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/6337</t>
   </si>
   <si>
     <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>Агар киши ўз аҳлига инфоқ қилса ва ажрини умид қилса, у унга садақа бўлади», дедилар</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Абу Масъуд разияллоҳу анҳу ривоят қиладилар: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Агар киши ўз аҳлига инфоқ қилса ва ажрини умид қилса, у унга садақа бўлади», дедилар».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда киши инфоқ қилиши лозим бўлган аёли, ота-онаси, болалари ва бошқа аҳли аъзоларига инфоқ қилса ва шу иши билан Аллоҳга яқинлашишни ва савобини умид қилса, унга садақанинг ажри берилишини хабар бердилар.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
@@ -7920,73 +8713,73 @@
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أسفاره، والناسُ في مكان نومِهم الذي يَبِيْتُون فيه في رِحالِهم وخيامِهم، فأَرْسَلَ شخصًا إلى الناس يأمرهم بِقَطْع القَلَائد التي تُعَلَّق على البعير سواء كانت من الوَتَر -وَتَر القَوْس- أو من غيره كالجَرَس أو النعل، وذلك لأنهم كانوا يُقَلِّدونها حذرًا من العين، فأُمِرُوا بقطعها؛ لأنها لا تَرُدُّ عنهم شيئًا، وأنَّ النفعَ والضرَّ بيد الله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам сафарларининг бирида эдилар. Инсонлар чодирларида дам оларди. Шунда инсонларни олдига бир шахсни юбориб туялар бўйнига илинган камон ипи, қўнғироқ ёки оёқ кийим бўлса кесиб ташлашни буюрдилар. Чунки улар кўз тегишидан қўрқиб илардилар, шунинг учун кесишга буюрдилар. Чунки бу илинган нарсалар инсонлардан ҳеч нарсани қайтармайди. Фоида ва зарар фақат ёлғиз Аллоҳ таолонинг қўлидадир.</t>
   </si>
   <si>
     <t>تحريم تعليق الأوتار والقلائد لجلب النفع أو دفع الضر؛ لأن ذلك من الشرك.
 ربط القلادة من غير الوتر إذا كان للزينة أو لقيادة الدابة أو لربطها به فلا بأس به.
 وجوب إنكار المنكر بحسب الاستطاعة.
 وجوب تعلق القلب بالله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Манфаат олиб келиш ёки зарарни кетказиш учун бўйинбоғлар ва ипларни илиш ҳаром, чунки у ширк амалдир.
 Ватардан бошқа бўйинбоғларни зийнат, ҳайвонни етаклаш ёки уни боғлаш учун ишлатилишида муаммо йўқ.
 Қўлидан келгунча мункарни инкор қилиш вожибдир.
 Қалбни Ёлғиз шериги йўқ Аллоҳга боғлаш вожибдир.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/6761</t>
   </si>
   <si>
     <t>من علق تميمة فقد أشرك</t>
   </si>
   <si>
-    <t>Ким тумор тоқиб олган бўлса, дарҳақиқат ширк қилибди</t>
+    <t>Ким тумор тақиб олган бўлса, дарҳақиқат, ширк қилибди</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ الْجُهَنِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقْبَلَ إِلَيْهِ رَهْطٌ، فَبَايَعَ تِسْعَةً وَأَمْسَكَ عَنْ وَاحِدٍ، فَقَالُوا: يَا رَسُولَ اللهِ، بَايَعْتَ تِسْعَةً وَتَرَكْتَ هَذَا؟ قَالَ: «إِنَّ عَلَيْهِ تَمِيمَةً»، فَأَدْخَلَ يَدَهُ فَقَطَعَهَا، فَبَايَعَهُ، وَقَالَ: «مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ».</t>
   </si>
   <si>
-    <t>Уқба ибн Амир разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам олдиларига бир гуруҳ одамлар келди. Тўққизтасининг байъатини қабул қилди, биттасидан қўлларини тортдилар. Шунда: «Эй Расулуллоҳ, тўққизтасининг байъатини қабул қилдингиз биттасини тарк қилдингиз», – дедилар. Шунда қўлини киргиздида юлиб ташлади. Шунда байъатини қабул қилдилар ва шундай дедилар: «Ким тумор тоқиб олган бўлса, дарҳақиқат ширк қилибди».</t>
+    <t>Уқба ибн Омир разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва салламнинг ҳузурларига бир гуруҳ одамлар келди. Тўққизтасининг байъатини (аҳдини) қабул қилдилар ва биттасидан қўлларини тортдилар. Саҳобалар: «Ё Расулуллоҳ, тўққизтасининг байъатини қабул қилдингиз ва биттасини тарк қилдингиз», – дедилар. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Унда тумор бор», – дедилар. Ҳалиги киши қўлини киргиздида туморни юлиб ташлади. Сўнг байъатини қабул қилдилар ва шундай дедилар: «Ким тумор тақиб олган бўлса, дарҳақиқат, ширк қилибди».</t>
   </si>
   <si>
     <t>قَدِمَ جماعةٌ إلى النبيّ صلى الله عليه وسلم، وكان عددُهم عشرة، فبايع تسعةً منهم على الإسلام والمتابعة، ولم يبايع العاشر، فلما سُئل عن سببِ ذلك قال عليه الصلاة والسلام: 
 إنّ عليه تميمة، وهي ما يُربط أو يُعلَّق مِن الخَرَز وغيرِها لِدَفع العين أو الضرر. 
 فأدخلَ الرجلُ يدَه لموضع التميمة وقَطَعَها وتَخلَّص منها، فبايعه النبي صلى الله عليه وسلم عند ذلك، وقال مُحَذِّرًا من التمائم ومُبَيِّنًا حكمَها: 
 "مَن علَّقَ تَميمة فقد أشرك".</t>
   </si>
   <si>
-    <t>Ўнта одамлан ташкил топган бир гуруҳ одамлар Набий соллаллоҳу алайҳи ва саллам ҳузурларига келдилар. Тўққизтасининг  Исломга ва иттибоъга бўлган байъатини қабул қилдилар, ўнинчисининг эса байъатини қабул қилмадилар. Унинг сабаби ҳақида сўралганларида шундай дедилар: «Унда тумори бор экан», – дедилар. Тумор – кўз ва зарарни кетказиш учун маржон ва шу кабилардан ясалган нарса бўлиб уни бойлаб ёки осиб олишади. Шунда бояги киши туморни кесиб юлиб ташлади ва ундан халос бўлди. Набий соллаллоҳу алайҳи ва саллам шу пайтта унинг байъатини қабул қилдилар ва туморлардан огоҳлантириб ва унинг ҳукмини баёнлаб шундай дедилар: «Ким тумор тоқиб олган бўлса, дарҳақиқат ширк қилибди».</t>
+    <t>Ўн кишидан ташкил топган бир гуруҳ одамлар Набий соллаллоҳу алайҳи ва салламнинг ҳузурларига келдилар. Тўққизтасининг  Ислом дини ва Набий соллаллоҳу алайҳи ва салламга эргашишга  бўлган байъатини қабул қилдилар, ўнинчи кишининг байъатини қабул қилмадилар. Бунинг сабаби ҳақида сўралганларида: «Унда тумори бор экан», – дедилар. Тумор – кўз тегиши ва зарарни кетказиш учун маржон ва шу кабилардан ясалган нарса бўлиб, уни бойлаб ёки осиб олишади. Шунда бояги киши туморни юлиб ташлади ва ундан халос бўлди. Набий соллаллоҳу алайҳи ва саллам шу пайтда унинг байъатини қабул қилдилар ва туморлардан огоҳлантириб, унинг ҳукмини баёнлаб шундай дедилар: «Ким тумор тақиб олган бўлса, дарҳақиқат, ширк қилибди».</t>
   </si>
   <si>
     <t>مَن اعتَمَدَ على غير الله عامَلَه الله بِنَقِيْضِ قَصْدِه.
 اعتقاد أنَّ تَعليقَ التمائمِ سببٌ في دفع الأذى والعين شركٌ أصغر، أما إن اعتقد أنها تنفع بذاتها فهو شرك أكبر.</t>
   </si>
   <si>
-    <t>Ким Аллоҳдан бошқага суянса, Аллоҳ у билан тескарича муомала қилади.
+    <t>Ким Аллоҳдан бошқага суянса, Аллоҳ уни у умид қилган нарсанинг тескарисига дучор қилади.
 Ким туморни кўз ва азият кетишига сабаб деб эътиқод қилса, кичик ширк бўлади. Ким уни ўзи манфаат беради деб эътиқод қилса, катта ширк бўлади.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/6762</t>
   </si>
   <si>
     <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
   </si>
   <si>
     <t>Ким "Аллоҳдан ўзга ҳақ маъбуд йўқ" деб, Аллоҳдан бошқа маъбудларга кофир бўлса, у одамнинг қонини тўкиш, молини талаш ҳаромдир ва ҳисоби Аллоҳгадир», – деганларини эшитдим</t>
   </si>
   <si>
     <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>Ториқ ибн Ашям Ашжаъий разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва салламни: «Ким "Аллоҳдан ўзга ҳақ маъбуд йўқ" деб, Аллоҳдан бошқа маъбудларга кофир бўлса, у одамнинг қонини тўкиш, молини талаш ҳаромдир ва ҳисоби Аллоҳгадир», – деганларини эшитдим.</t>
   </si>
   <si>
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда ким тили билан «Лаа илааҳа иллаллоҳ» яъни «Аллоҳдан бошқа ҳақ маъбуд йўқ», деса ва гувоҳлик берса, Аллоҳдан бошқа маъбудларга куфр келтирса, Исломдан бошқа динлардан воз кечса, унинг моли ва қони мусулмонларга ҳаром бўлади. Аммалларининг зоҳирига қараб баҳо берамиз. Агар бирор жарима қилмаса, Ислом ҳукмлари қоим бўладиган бирор жиноят қилмаса, унинг моли тортиб олинмайди қони тўкилмайди.
 Ҳисобини Қиёмат куни Аллох сўрайди.  Агар содиқ бўлса, савобини, агар мунофиқ бўлса, азобини беражак.</t>
   </si>
@@ -8064,197 +8857,197 @@
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам бошқаларга раҳм қиладиган инсонларни қилган ишларига мувофиқ равишда Аллоҳ таоло барча нарсани ўраб олган раҳмати билан раҳм қилишини баёнладилар.
 Сўнгра Набий соллаллоҳу алайҳи ва саллам ер юзидаги инсон, хайвон, қуш ва бошқа барча нарсаларга раҳм қилишга буюрдилар. Бунинг мукофоти Аллоҳ таолонинг етти қават осмон устидан уни раҳм қилишидир.</t>
   </si>
   <si>
     <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
  الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
 الجزاء من جنس العمل، فالراحمون يرحمهم الله.</t>
   </si>
   <si>
     <t>Ислом дини раҳмдиллик дини. Унинг барчаси Аллоҳга итоат ва махлуқотларга эҳсон устига қурилгандир.
 Аллоҳ азза ва жалла раҳм сифати билан сифатланган. У Раҳмон, Раҳим ва бандаларига раҳматини еткузивчи Зот.
 Мукофот амалга қараб баҳоланади. Раҳмлиларни Аллоҳ таоло раҳм қилади.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/8289</t>
   </si>
   <si>
     <t>أن رجلا توضأ فترك موضع ظفر على قدمه فأبصره النبي صلى الله عليه وسلم فقال: ارجع فأحسن وضوءك فرجع، ثم صلى</t>
   </si>
   <si>
-    <t>Бир киши таҳорат олди ва оёғида тирноқчалик жойни ташлаб қўйди. Буни Расулуллоҳ соллаллоҳу алайҳи ва саллам кўриб қолдилар ва: «Қайтгинда таҳоратингни яхшилаб олиб кел», – дедилар. Қайтиб келди сўнгра намоз ўқиди</t>
+    <t>Бир киши таҳорат олди ва оёғида тирноқчалик жойни ташлаб қўйди. Буни Расулуллоҳ соллаллоҳу алайҳи ва саллам кўриб қолдилар ва: «Қайтгин, таҳоратингни яхшилаб олиб кел!», – дедилар. Қайтиб келди сўнгра намоз ўқиди</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قال: أَخْبَرَنِي عُمَرُ بْنُ الْخَطَّابِ: أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى.</t>
   </si>
   <si>
-    <t>Жобир ибн Абдуллоҳ разияллоҳу анҳу айтади: «Менга Умар ибн Хаттоб хабар берди: Бир киши таҳорат олди ва оёғида тирноқчалик жойни ташлаб қўйди. Буни Расулуллоҳ соллаллоҳу алайҳи ва саллам кўриб қолдилар ва: «Қайтгинда таҳоратингни яхшилаб олиб кел», – дедилар. Қайтиб келди сўнгра намоз ўқиди.</t>
+    <t>Жобир ибн Абдуллоҳ разияллоҳу анҳу айтади: Менга Умар ибн Хаттоб хабар берди: Бир киши таҳорат олди ва оёғида тирноқчалик жойни ташлаб қўйди. Буни Расулуллоҳ соллаллоҳу алайҳи ва саллам кўриб қолдилар ва: «Қайтгин, таҳоратингни яхшилаб олиб кел!», – дедилар. Қайтиб келди сўнгра намоз ўқиди.</t>
   </si>
   <si>
     <t>أَخْبَرَ عُمَرُ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم أَبْصَرَ رَجلًا انتهى مِن وضوئه، فتَرَكَ قَدْرَ ظُفرٍ في قَدَمه لم يُصِبْهُ ماءُ الوضوء، 
 فقال له مشيرًا إلى موضع التقصير: ارجع فأحسن وضوءك وأَتِمَّه وأعْطِ كلَّ عُضوٍ حقَّه من الماء، 
 فرجع الرجل فأتمّ وضوءه ثم صلى.</t>
   </si>
   <si>
-    <t>Умар разияллоҳу анҳу хабар бериь айтадилар: «Набий соллаллоҳу алайҳи ва саллам бир киши таҳорат олиб оёғига тирноқчалик сув тегмай қолганини кўриб қолдилар. Тегмай қолган жойига ишора қилиб: «Қайтгинда таҳоратингни яхшилаб ол ва ҳар бир аъзонинг хаққини тўлиқ бер», – дедилар. Киши қайтиб тахоратини тўлиқ олиб келди сўнгра намоз ўқиди.</t>
+    <t>Умар разияллоҳу анҳу хабар бериб айтадилар: Набий соллаллоҳу алайҳи ва саллам бир киши таҳорат олиб оёғига тирноқчалик сув тегмай қолганини кўриб қолдилар. Тегмай қолган жойига ишора қилиб: «Қайтгинда, таҳоратингни яхшилаб ол ва ҳар бир аъзонинг хаққини тўлиқ бер», – дедилар. Киши қайтиб тахоратини тўлиқ олиб келди сўнгра намоз ўқиди.</t>
   </si>
   <si>
     <t>وجوبُ المبَادَرة إلى الأمرِ بالمعروف، وإرشادِ الجاهلِ والغَافل، وخصوصًا إذا كان المُنكَر يترتَّب عليه فسادُ عبادته.
 وجوب تعميم أعضاء الوضوء بالماء، وأنَّ من ترك جزءًا من العضو -ولو يسيرًا- لم يصحّ معه الوضوء ولزمته الإعادة إذا كان الفاصل طويلًا.
 مشروعية إحسان الوضوء، وذلك بإتمامه وإسْبَاغه على الوجه المأمور به شرعًا.
 القدمان من أعضاء الوضوء، ولا يكفي فيهما المسح، بل لابدَّ من الغسل.
 ينبغي الموالاة بين أعضاء الوضوء، بحيث يَغسل كلَّ عضو قبل أن يَجِفَّ الذي قبله.
 الجهل والنسيان لا يُسقِطان الواجبَ، وإنما يُسقِطان الإثمَ، فهذا الرجل الذي لم يُسْبِغ وضوءه لجهله لم يُسقِط عنه النبيُّ صلى الله عليه وسلم الواجبَ، وهو الوضوء، وإنما أمره أن يعيدَه.</t>
   </si>
   <si>
-    <t>Яхшиликка буюришга, жоҳил ғафлатдаги кишини тўғри йўлга бошлашга, хоссатан ибодати бузуладиган мункар бўлса, ўнглашга шошилиш лозим.
-[...4 lines deleted...]
-Билмаслик ва эсдан чиқариш вожибни соқит қилмайди, балки гуноҳни соқит қилади. Набий соллаллоҳу алайҳи ва саллам таҳоратни яхшилаб олмаган бу кишидан вожибни соқит қилмадилар, балки бошилан олишга буюрдилар.</t>
+    <t>Яхшиликка буюришга, ғафлатдаги жоҳил кишини тўғри йўлга бошлашга, хусусан ибодати бузуладиган мункар бўлса, ўнглашга шошилиш лозим.
+Таҳорат аъзоларининг барчасига сув тегиши керак. Аъзонинг кичкина ерига бўлса ҳам сув тегмаса ва таҳорат олганига кўп вақт бўлган бўлса, янгидан олиши лозим.
+Таҳоратни яхшилаб олиш машруъ. Бу эса шариат буюргандай тўлиқ бажариш билан бўлади.
+Икки оёқ таҳоратда ювиладиган аъзоларидандир. Устига масҳ тортиб қўйишни ўзи кифоя қилмайди.
+Таҳорат аъзоларини узлуксиз, яъни, бир аъзони ундан олдингиси қуриб қолишидан олдин ювиш керак.
+Билмаслик ва эсдан чиқариш гарчи гуноҳни соқит қилса да вожибни соқит қилмайди. Набий соллаллоҳу алайҳи ва саллам таҳоратни яхшилаб олмаган бу кишидан вожибни соқит қилмадилар, балки бошидан олишга буюрдилар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/8386</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам Аллоҳ таолони ҳар онларида зикр қилар эдилар</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>Оиша разияллоҳу анҳо айтадилар: «Набий соллаллоҳу алайҳи ва саллам Аллоҳ таолони ҳар онларида зикр қилар эдилар».</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>Оиша разияллоҳу анҳо Набий соллаллоҳу алайҳи ва саллам Аллоҳ таолонинг зикрига жуда ҳарис эканликларини ва У киши Аллоҳни ҳар бир замону маконда ва хар ҳолатда зикр қилишларини хабар бердилар.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Аллоҳ таолонинг зикри учун кичик ва катта ҳадасдан тоза ва таҳоратли бўлиш шарт эмас.
 Набий соллаллоҳу алайҳи ва саллам Аллоҳни зикр қилишда давомийликлари.
 Набий соллаллоҳу алайҳи ва салламга иқтидо қилиб Аллоҳ таолони ҳар онда зикр қилишга ундаш. Фақатгина зикр қилиш ман этилган, ҳожатини қазо қилиш каби ўринларда зикр қилмаслик керак.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/8402</t>
   </si>
   <si>
     <t>صنفان من أهل النار لم أرهما، قوم معهم سياط كأذناب البقر يضربون بها الناس، ونساء كاسيات عاريات مميلات مائلات</t>
   </si>
   <si>
-    <t>Дўзах аҳлининг икки тоифасини ҳали кўрмадим: қўлида сигирнинг думига ўхшаш қамчиси бор, улар билан одамларни урадиганлар; кийим кийган яланғоч аёллар, йўлдан оздирувчи ва йўлдан озувчи аёллар</t>
+    <t>Дўзах аҳлининг икки тоифасини ҳали кўрмадим: қўлида сигирнинг думига ўхшаш қамчиси бор, улар билан одамларни урадиганлар ҳамда кийим кийган яланғоч аёллар, йўлдан оздирувчи ва йўлдан озувчи аёллар</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ، رُؤُوسُهُنَّ كَأَسْنِمَةِ الْبُخْتِ الْمَائِلَةِ، لَا يَدْخُلْنَ الْجَنَّةَ، وَلَا يَجِدْنَ رِيحَهَا، وَإِنَّ رِيحَهَا لَيُوجَدُ مِنْ مَسِيرَةِ كَذَا وَكَذَا».</t>
   </si>
   <si>
-    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Дўзах аҳлининг икки тоифасини ҳали кўрмадим: қўлида сигирнинг думига ўхшаш қамчиси бор, улар билан одамларни урадиганлар; кийим кийган яланғоч аёллар, йўлдан оздирувчи ва йўлдан озувчи аёллар. Уларнинг боши худди туянинг қийшайган ўркачига ўхшайди. Улар жаннатга ҳам кирмайди, унинг ҳидини ҳам ҳидламайди. Ваҳоланки, унинг ҳиди фалон-фалон масофадан келиб туради», – дедилар».</t>
+    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Дўзах аҳлининг икки тоифасини ҳали кўрмадим: қўлида сигирнинг думига ўхшаш қамчиси бор, улар билан одамларни урадиганлар ҳамда кийим кийган яланғоч аёллар, йўлдан оздирувчи ва йўлдан озувчи аёллар. Уларнинг боши худди туянинг қийшайган ўркачига ўхшайди. Улар жаннатга ҳам кирмайди, унинг ҳидини ҳам ҳидламайдилар. Ваҳоланки, унинг ҳиди фалон-фалон масофадан келиб туради», – дедилар».</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن صِنفين مِن الناس مِن أهل النار لم يَرَهما ولم يُوجدا في عَصرِه، بل سيكونان بعده:
 الصنف الأول: قومٌ معهم سِيَاطٌ كذُيول البقر طويلة، يضربون بها الناس، وهم الشُّرَطُ وأعوانُ الظلمة الذين يضربون الناس بغير حق. 
 والصنف الثاني: نساءٌ خَلَعْنَ ثوبَ العِفَّة والحياء الذي فُطِرَتْ عليه الأنثى عادةً.
 ووصفهن: كاسيات في الحقيقة، عاريات في المعنى؛ لأنهن يَلبَسنَ ثيابًا رقاقًا تَصِفُ البَشَرَة، ويَستُرْنَ بعضَ بَدنِهِن ويَكشفنَ بعضَه؛ إظهارًا للجمال، 
 مُمِيْلات قلوب الرجال إليهنَّ بِلبسِهنّ وتَبَخْتُرِهُنّ بالمشي، مميلات لأكتافِهن، ويُمِلْنَ غيرَهنَّ إلى الانحراف والزيغ الواقعات فيه، 
 ومن صفاتهن: رؤوسُهنَّ مِثلُ سنام الجمل المائل، فهنّ يُعَظِّمْنَ حَجْمَ رؤوسِهِنَّ ويُكبرنها بلف عصابة ونحوها، 
 والتشبيه بأسنمة البُخت إنما هو لارتفاع شعرِهنّ وظفائرِهنّ فوقَ رؤوسهن، وتَكَسُّرها بما يضفرنه حتى تميلَ إلى ناحية من نواحي الرأس كما يميل سنام البعير. 
 فمَنْ كُنّ بهذه الصفات ففيهن هذا الوعيد الشديد بأنْ لا يَدخُلْنَ الجنة ولا يَجِدْنَ ريحَها ولا يَقْرَبْنَ منها، وريح الجنة يوجد ويُشَمُّ من مسافة بعيدة.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам ўз даврларида йўқ, лекин кейин пайдо бўладиган дўзах аҳлидан бўлган икки хил одамлардан огоҳлантирмоқдалар.
-Биринчи тури: қўлларида сигирнинг думига ўхшаш қамчилари бор. Улар золимларнинг тан ходимлари ва ёрдамчилари инсонларни беҳақ урадилар.
-[...1 lines deleted...]
-У аёлларнинг сифатларидан: ўзи аслида кийинган бўлсалар ҳам, маънавий жиҳатдан ялонғочлар . Чунки улар чиройларини кўрсатиш учун таналарининг баъзисини ёпиб ва баъзисини очиб турадиган  тор кийимларни киядилар. Ўзларининг кийимлари, аста юришлари ва елкаларини очишлари билан эркакларнинг қалбларини ўзларига мойил қиладиган хамда бошқа аёлларни ҳам тўғри йўлдан оздириб ўзлари тушган залолатга етаклайдиган аёллар. Ва яна уларнинг сифатларидан: Рўмолларини туянинг ўркачига ўхшатиб ўрашларидир. Улар рўмолларини (ичидаги сочларини) тепа томонга кўтариб бошларини катта қилиб кўрсатишади. Туянинг уркачига ўхшатилишининг сабаби сочларини дўмпайтириб бошларина ўраб оладилар. Сўнгра ураб олган сочлари  туянинг уркачига ўхшаб уёқда буёққа оғиб туради. Қайси-ки бир аёлда ушбу сифатлардан бири бўлса, юқорида зикр қилинган жаннатнинг ҳидини ҳам ҳидламаслик ва унга яқинлашмаслик таҳдиди остига тушади. Ҳолбуки, жаннатнинг ифори узоқ масофадан сезилиб туради.</t>
+Биринчи тури: Қўлларида сигирнинг думига ўхшаш қамчилари бор. Улар золимларнинг тан ходимлари ва ёрдамчилари бўлиб, инсонларни ноҳақ урадилар.
+Иккинчи тури: Иффат ва ҳаё либосини ечган аёллар. Ваҳоланки, аёлларнинг фитрати ҳаё устига қурилган бўлса ҳам.
+Бундай аёлларнинг сифатларидан: Ўзи кийинган, аммо, маънавий жиҳатдан ялонғоч. Чунки улар чиройларини кўрсатиш учун таналарининг баъзисини ёпиб, баъзисини эса очиб турадиган тор кийимларни киядилар. Ўзларининг кийимлари, аста юришлари ва елкаларини очишлари билан эркакларнинг қалбларини ўзларига мойил қиладиган хамда бошқа аёлларни ҳам тўғри йўлдан оздириб, ўзлари тушган залолатга етаклайдиган аёллар. Яна уларнинг сифатларидан: Рўмолларини туянинг ўркачига ўхшатиб ўрашларидир. Улар рўмолларини (ичидаги сочларини) тепа томонга кўтариб, бошларини катта қилиб кўрсатишади. Туянинг ўркачига ўхшатилишининг сабаби, сочларини дўмпайтириб, бошларига ўраб оладилар. Сўнгра ўраб олган сочлари  туянинг уркачига ўхшаб бир томонга оғиб туради. Қайси-ки бир аёлда ушбу сифатлардан бири бўлса, юқорида зикр қилинган жаннатнинг ҳидини ҳам ҳидламаслик ва унга яқинлашмаслик таҳдиди остига тушади. Ҳолбуки, жаннатнинг ифори узоқ масофадан сезилиб туради.</t>
   </si>
   <si>
     <t>تحريم ضربِ الناس وإيذائهم دون إثم فعلوه أو ذنب اقترفوه.
 تحريم إعانة الظلمة على ظلمهم.
 تحذير النساء من التبرُّج والسفور ولبس الضيق والشَّفاف الذي يَصف العورة أو يُجَسِّمها.
 حث المرأة المسلمة على الالتزام بأوامر الله، والبُعد عمّا يُسخِطه ويجعلها تستحق العذاب الأليم المقيم في الآخرة.
 الحديث من دلائل نبوَّته عليه الصلاة والسلام، حيث أخبر عليه الصلاة والسلام عن الأمور الغيبية التي لم تقع، ووقعت كما أخبر.</t>
   </si>
   <si>
-    <t>Гуноҳсиз одамларни уриш ва уларга азият юериш ҳаром.
+    <t>Гуноҳсиз одамларни уриш ва уларга азият бериш ҳаром.
 Золимларнинг зулмига ёрдам бериш ҳаром.
-Авратни сифатлаб турадиган ёки ёпишиб турадиган тор ёки шаффоф кийимларни кейишдан ва очиқ-сочиқ кийинишдан қайтарилмоқда.
+Авратни васфлаб турадиган, ёпишиб турадиган тор ёки шаффоф кийимларни кийиш ҳамда очиқ-сочиқ кийинишдан қайтариқ.
 Муслима аёлни Аллоҳнинг буйруқларини бажаришга ундаш ва У Зотни ғазаблантириб охират азобига лойиқ бўлиб қолишдан узоқлаштириш.
-Бу ҳадис Набий соллаллоҳу алайҳи ва салламнинг пайғамбарликларининг далиллариландир. Чунки Набий соллаллоҳу алайҳи ва саллам ҳоли рўй бермаган нарсадар ҳақида хабар бердилар ва улар айтгандай содир бўлди.</t>
+Бу ҳадис Набий соллаллоҳу алайҳи ва салламнинг пайғамбарликларининг далилларидан. Чунки Набий соллаллоҳу алайҳи ва саллам ҳали рўй бермаган нарсалар ҳақида хабар бердилар ва улар айтгандай содир бўлди.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/8903</t>
   </si>
   <si>
     <t>لا ينظر الرجل إلى عورة الرجل، ولا المرأة إلى عورة المرأة</t>
   </si>
   <si>
     <t>Эркак эркакнинг, аёл аёлнинг авратига қарамасин</t>
   </si>
   <si>
     <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ، وَلَا يُفْضِي الرَّجُلُ إِلَى الرَّجُلِ فِي ثَوْبٍ وَاحِدٍ، وَلَا تُفْضِي الْمَرْأَةُ إِلَى الْمَرْأَةِ فِي الثَّوْبِ الْوَاحِدِ».</t>
   </si>
   <si>
     <t>Абу Саид Худрий разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Эркак эркакнинг, аёл аёлнинг авратига қарамасин. Эркак эркак билан бир матога ўраниб олмасин, аёл аёл билан бир матога ўраниб олмасин», дедилар.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أن يَنظُرَ الرجلُ إلى عورة الرجل، أو تنظرَ المرأةُ إلى عورة المرأة. 
 والعورة: هي كل ما يُسْتَحْيَا منه إذا ظَهَر، وعورة الرجل هي ما بين سُرَّتِه ورُكبتِه، 
 والمرأةُ كلُّها عورةٌ بالنسبة للرجال الأجانب، وبالنسبة للنساء ولمحارمِها فإنها تُظْهِرُ ما يَظْهَر عادةً عند عملِها في البيت. 
 ونَهى النبيُّ صلى الله عليه وسلم عن أنْ يَخْلُوَ الرجلُ إلى الرجل في ثوبٍ واحدٍ أو تحت غطاء واحدٍ مُتَجَرِّدَيْن، وعن أنْ تَخْلُوَ المرأةُ إلى المرأة في ثوب واحد أو تحت غطاء واحد مُتَجَرِّدَتين؛ لأن ذلك قد يُؤدِّي إلى لَمْسِ كلٍّ منهما عورةَ صاحبه، ولمسُها مَنهيٌّ عنه كالنظر إليها، بل هو أشد في النهي؛ لما يؤدي ذلك إلى مفاسد أكبر.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам эркак эркакнинг аёл аёлнинг авратига қарашдан қайтардилар.
-[...1 lines deleted...]
-Яна Набий соллаллоҳу алайҳи ва саллам эркак билан эркак ёки аёл билан аёл битта кийимни ёки битта ёпинчиқни ялонғоч бўлиб ичига кириб олишдан қайтардилар. Чунки бир-бирининг авратига қўллари тегиб кетиши мумкин.  Тегишлик эса, қараш каби ҳаром, балки унданда ёмонроқ, унданда каттароқ фасодга олиб боради.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам эркак эркакнинг, аёл аёлнинг авратига қарашдан қайтардилар.
+Аврат- барча кўриниб қолишидан уялинадиган жой. Эркакнинг аврати киндигидан тиззасигача. Аёлнинг бегона эркакларга нисбатан ҳамма жойи аврат. Бошқа аёллар ва маҳрамларига нисбатан эса, одатда уйда ишлаётганда зоҳир бўладиган аъзоралини кўрсатиши жоиз.
+Яна Набий соллаллоҳу алайҳи ва саллам эркак билан эркак ёки аёл билан аёл битта кийимни ёки битта ёпинчиқни ялонғоч бўлиб ичига кириб олишдан қайтардилар. Чунки бир-бирининг авратига қўллари тегиб кетиши мумкин. Тегишлик эса, қараш каби ҳаром, балки унданда ёмонроқ, унданда каттароқ фасодга олиб боради.</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
-    <t>Авратларга қарашдан қайтарилган, лекин эри хотин бундан мустасно.
-[...3 lines deleted...]
-Эркаклар эркакларга, аёллар аёлларга деб хос зикр қилинди-ки, чунки авратларни шулар олдида очиш ва қараш кўпинча содир бўлади.</t>
+    <t>Авратларга қарашдан қайтарилган, магарам эри хотин бундан мустасно.
+Ислом жамиятни пок ушлашга ҳарис бўлиб, фаҳшга олиб борувчи барча йўлларни ёпган.
+Даволаниш ва шу каби эҳтиёжлар сабабли (агар бошқа имконият йўқ бўлса) авратга қараш шаҳватсиз бўлиш шарти билан жоиз.
+Мусулмон авратини беркитишга ва бошқаларнинг авратига қарамасликка буюрилган.
+Эркаклар эркакларга, аёллар аёлларга деб хос зикр қилинди. Чунки авратларни улар олдида очиш ва қараш кўпинча содир бўлади.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/8904</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам қазаъдан қайтарганлар». (Яъни сочни баъзисини олиб баъзисини тарк қилишдан қайтардилар)</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>Ибн Умар разияллоҳу анҳудан: «Расулуллоҳ соллаллоҳу алайҳи ва саллам қазаъдан қайтарганлар». (Яъни сочни баъзисини олиб баъзисини тарк қилишдан қайтардилар)</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам сочни баъзисини олиб қолганини қолдириб қўйишдан қайтардилар.
 Наҳий катта-кичик эркакларни ўз ичига олади. Аёлларга келсак, сочларини калга олиши мумкин эмас.</t>
   </si>
   <si>
@@ -8315,192 +9108,192 @@
     <t>Анас разияллоҳу анҳудан ривоят қилинади: «Умар разияллоҳу анҳунинг ҳузурида эдик. Шунда у: «Ғулувга кетишдан қайтарилдик»,  дедилар».</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>Умар разияллоҳу анҳу Расулуллоҳ соллаллоҳу алайҳи ва саллам уларни сўз ёки феълда ҳожати йўқ бўлган машаққаттан қайтарганларини хабар бердилар.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>Қайтарилган ғулув ишлардан: Кўп савол, илми етмайдиган нарсага киришиш ёки Аллоҳ кенг қилиб қўйган нарсани қисишдир.
 Мусулмон ўзини очиқкўнгилликка ўргатиши ҳамда сўз, амал, еб-ичиш ва бошқа ҳолатларда ғулувдан сақлаши лозим.
 Ислом енгил диндир.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/8945</t>
   </si>
   <si>
     <t>لا تصحب الملائكة رفقة فيها كلب ولا جرس</t>
   </si>
   <si>
-    <t>Фаришталар ит ва қўнғироқ бор жамоага ҳамроҳ бўлмайди», дедилар</t>
+    <t>Фаришталар ит ва қўнғироқ бор жамоага ҳамроҳ бўлмайдилар», - дедилар</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
-    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Фаришталар ит ва қўнғироқ бор жамоага ҳамроҳ бўлмайди», дедилар».</t>
+    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Фаришталар ит ва қўнғироқ бор жамоага ҳамроҳ бўлмайдилар», - дедилар.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам фаришталар сафарда ўзларига итни ёки ҳайвон ҳар ҳаракатланганда овоз чиқарадиган қўнғироқни ҳамроҳ қилиб олганларга ҳамроҳ бўлмасликларини хабар бердилар.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам фаришталар сафарда ўзларига итни ёки ҳайвон ҳаракатланганда овоз чиқарадиган қўнғироқни ҳамроҳ қилиб олганларга ҳамроҳ бўлмасликларини хабар бердилар.</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
-    <t>Итни сақлаш ёки ёнида олиб юришдан қайтарилмоқда. Лекин овчи ит ва қўриқчи ит бундан мустасно.
-[...1 lines deleted...]
-Қўнғироқдан қайтарилмоқда, чунки у шайтоннинг сурнайдприландир. Шу билан бирга бу нарсада насронийларга ўхшаш бор.
+    <t>Итни сақлаш ёки ёнида олиб юришдан қайтариқ. Аммо ов ити ва қўриқчи ит бундан мустасно.
+Ҳамроҳ бўлмайдиган фаришталар раҳмат фаришталаридир. Муҳофаза қилувчи фаришталар эса бандаларни сафарда ҳам, уйларида ҳам тарк қилмайдилар.
+Қўнғироқдан қайтарилмоқда. Чунки у шайтоннинг сурнайларидан. Шунингдек бу нарсада насронийларга ўхшаш бор.
 Мусулмон киши фаришталардан узоқлашишга сабаб бўладиган барча нарсадан узоқлашишга ҳарис бўлиши лозим.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/8951</t>
   </si>
   <si>
     <t>كنا لا نعد الكدرة والصفرة بعد الطهر شيئا</t>
   </si>
   <si>
-    <t>Ҳайздан тоза бўлгач хира ранг ва сарғиш суюқликни ҳайз ҳисобламас эдик», деганлар</t>
+    <t>Ҳайздан тоза бўлгач, хира ранг ва сарғиш суюқликни ҳайз деб ҳисобламас эдик</t>
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
-    <t>Умму Атия разияллоҳу анҳо Набий соллаллоҳу алайҳи ва салламга байъат берган аёллардан эди: «Ҳайздан тоза бўлгач хира ранг ва сарғиш суюқликни ҳайз ҳисобламас эдик», деганлар.</t>
+    <t>Набий соллаллоҳу алайҳи ва салламга байъат берган аёллардан бири, Умму Атия разияллоҳу анҳодан ривоят қилинади: «Ҳайздан тоза бўлгач, хира ранг ва сарғиш суюқликни ҳайз деб ҳисобламас эдик».</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Умму Атийя разияллоҳу анҳо Набий соллаллоҳу алайҳи ва саллам замонларида аёллар ҳайздан тозалангач фарждан чиқадиган хира ёки сариқ суюқликни ҳайз деб ҳисобламасдан намоз ва рўзани  тутишни тарк қилмасликларини хабар бердилар.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
-    <t>Ҳайздан тозалангач, қон сабабли ҳосил бўлган хира ёки сариқ сувга эътибор берилмаслигини хабар бердилар.
-[...1 lines deleted...]
-Аёл киши ҳайздан тозалангач сариқ ёки хира сув сабабли намозни ҳам рўзани ҳам тарк қилмайди, балки таҳорат олиб намозини ўқийверади.</t>
+    <t>Ҳайздан тозалангач, қон сабабли ҳосил бўлган хира ёки сариқ сувга эътибор берилмайди.
+Ҳайз вақтида сариқ ёки хира сув тушиши ҳайз бўлиб ҳисобланади. Чунки у ўз вақтидаги қон бўлиб, сув билан аралашган холос.
+Аёл киши ҳайздан тозалангач сариқ ёки хира сув сабабли намозни ҳам, рўзани ҳам тарк қилмайди, аксинча, таҳорат олиб, намозини ўқийверади.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
     <t>[Абу Довуд шу лафз билан ривоят қилган, Бухорийда эса (тозалангандан кейин) деган жойи йўқ]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/10014</t>
   </si>
   <si>
     <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>Ҳайзинг сени (ибодатдан) тўсиб турганича кутгин-да, кейин ғусл қил</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
-    <t>Мўминлар онаси Оиша разияллоҳу анҳодан ривоят қилинади: «Умму Ҳабиба бинт Жаҳш — Абдурроҳман ибн Авфнинг хотини — Расулуллоҳ соллаллоҳу алайҳи ва салламга (истиҳоза) қондан шикоят қилди. У зот унга: «Ҳайзинг сени (ибодатдан) тўсиб турганича кутгин-да, кейин ғусл қил», дедилар. У эса ҳар намоз олдидаг ғусл қилпр эди».</t>
+    <t>Мўминларнинг онаси Оиша разияллоҳу анҳодан ривоят қилинади: «Умму Ҳабиба бинт Жаҳш — Абдурроҳман ибн Авфнинг хотини — Расулуллоҳ соллаллоҳу алайҳи ва салламга (истиҳоза) қондан шикоят қилди. У зот унга: «Ҳайзинг сени (ибодатдан) тўсиб турганича кутгин-да, кейин ғусл қил», дедилар. У эса ҳар намоз олдидан ғусл қилар эди».</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
-    <t>Саҳобиялардан бири Набий соллаллоҳу алайҳи ва салламга ундан (истиҳоза) қон келишда давом этаётганини айтиб шикоят қилди. Шунда бу касалликка йўлиқишидан олдин неча кун ҳайз кўрган бўлса ўшанча кун кутиб, ундан кейин ғусл олиб намоз  ўқишга буюрдилар. У эса, ҳар бир намоз учун ихтиёрий ғусл олар эдилар.</t>
+    <t>Саҳобиялардан бири Набий соллаллоҳу алайҳи ва салламга ундан (истиҳоза) қон келишда давом этаётганини айтиб шикоят қилди. Шунда бу касалликка йўлиқишидан олдин қанча кун ҳайз кўрган бўлса шунча кун кутиб, ундан сўнг ғусл олиб намоз ўқишга буюрдилар. Умму Ҳабиба эса ҳар бир намоз учун ихтиёрий ғусл олар эди.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
 المستحاضة تَعتَبِر نفسَها حائضًا قَدْر الأيَّام التي كان يأتيها فيها الحيض، قبل أن يُصيبها ما أصابها من الاستحاضة.
 إذا مَضَت قَدْرُ أيَّام عادتِها الأصلية، فإنَّها تُعتَبر طاهرةً من الحيض -ولو أنَّ دم الاستحاضة معها- فتغتسل من الحيض.
 المستحاضة لا يجب عليها الغسل لكل صلاة؛ لأنَّ اغتسالَها رضي الله عنها كان باجتهاد منها، ولو كان واجبًا لَبَيَّنَه لها رسولُ الله صلى الله عليه وسلم.
 المستحاضة يلزمها أن تتوضأ لكل صلاة؛ لأن حَدَثَها دائم لا ينقطع، ومثلُها كلُّ مَن حَدَثه دائم كالذي به سَلَسُ بول، أو خروج ريح مستمر.
 سؤال أهل العلم عمّا يُشكل في أمور الدين، حيث إنّ هذه المرأة شَكَت إلى النبي صلى الله عليه وسلم، وسألته عن كثرة الدم الذي يصيبها.</t>
   </si>
   <si>
-    <t>Истиҳоза: Аёл кишининг одатдаги ҳайз кунларидан кейин ҳам қон чиқишда давом этишидир.
-Истиҳозага йўлиққан аёл, бу касалликка йўлиқишидан олдин неча кун ҳайз кўрган бўлса,ўшанча кунини эътиборга олади қолгани қон келса-да оддий кунлар ҳукмига ўтади.
+    <t>Истиҳоза - аёл кишининг одатдаги ҳайз кунларидан кейин ҳам қон чиқишда давом этишидир.
+Истиҳозага йўлиққан аёл бу касалликка йўлиқишидан олдин неча кун ҳайз кўрган бўлса, шунча кунини эътиборга олади. Қолган қон эса оддий кунлар ҳукмига ўтади.
 Одатдаги кунлари ўтгач, истиҳоза қони бўлса ҳам ҳайздан тоза деб эътибор қилинади ва ғусл олади.
-Истиҳоза бўлган аёл ҳар бир намозга ғусл олиши вожиб эмас. Чунки саҳобия ижтиҳодларидан келиб чиқиб қилганлар, агар вожиб бўлганда Набий соллаллоҳу алайҳи ва саллам баёнлаган бўлардилар.
-[...1 lines deleted...]
-Дин ишларида бирор мушкулга йўлиққан инсон аҳли илмлардан сўраши лозим. Чунки бу аёл Набий соллаллоҳу алайҳи ва салламга кўп қон келишини шикоят қилди.</t>
+Истиҳоза бўлган аёл ҳар бир намозга ғусл олиши вожиб эмас. Чунки Умму Ҳабиба ўз ижтиҳодларидан келиб чиқиб ҳар намоз олдидан ювинганлар. Агар вожиб бўлганда Набий соллаллоҳу алайҳи ва саллам баёнлаган бўлардилар.
+Истиҳоза бўлган аёл ҳар бир намозга таҳорат олиши лозим. Чунки унинг ҳадаси (қони) доимий, тўхтамайди. Бавл ёки ел тўхтамай чиқиб турадиган касалликка йўлиққан киши ҳам шунинг ҳукмида.
+Бу аёл кўп қон келишини Набий соллаллоҳу алайҳи ва салламга шикоят қилгани каби, дин ишларида бирор муаммога йўлиққан инсон ҳам аҳли илмлардан сўраши лозим.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/10015</t>
   </si>
   <si>
     <t>الغسل يوم الجمعة واجب على كل محتلم، وأن يستن، وأن يمس طيبا إن وجد</t>
   </si>
   <si>
-    <t>Ҳар бир балоғатга етган инсонга ғусл, мисвок қилиш ва топса атир суртиши вожиб</t>
+    <t>Ҳар бир балоғатга етган инсон жума куни ғусл қилиши, мисвок ишлатиши ва топса атир суртиши вожибдир</t>
   </si>
   <si>
     <t>عَنْ عَمْرِو بْنُ سُلَيْمٍ الأَنْصَارِيُّ قَالَ: أَشْهَدُ عَلَى أَبِي سَعِيدٍ قَالَ: أَشْهَدُ عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ».</t>
   </si>
   <si>
-    <t>Амр ибн Сулайм Ансорий разияллоҳу анҳудан ривоят қилинади: «Гувоҳлик бераманки Абу Саид шунлай дедилар: «Гувоҳлик бераманки Расулуллоҳ соллаллоҳу алайҳи ва саллам шундай дедилар: «Ҳар бир балоғатга етган инсонга ғусл, мисвок қилиш ва топса атир суртиши вожиб».</t>
+    <t>Амр ибн Сулайм Ансорий разияллоҳу анҳудан ривоят қилинади: Гувоҳлик бераманки, Абу Саид шундай дедилар: «Гувоҳлик бераманки, Расулуллоҳ соллаллоҳу алайҳи ва саллам шундай дедилар: «Ҳар бир балоғатга етган инсон жума куни ғусл қилиши, мисвок ишлатиши ва топса атир суртиши вожибдир».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الغُسل يوم الجمعة مُتأكِّد كالواجب في حقِّ كلِّ ذَكَرٍ بالِغ من المسلمين ممّن وَجبت عليه الجمعة، 
 وأن ينظِّف أسنانَه بالسواك ونحوه، 
 وأن يتطيَّب بأيِّ رائحة عِطْرية طيبة.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам жума куни жума намози вожиб бўлган балоғатга етган эркак киши ғусл олиши, тишларини мисвок ёки шу каби нарса билан тозалаши, яхши ҳид таратадиган атир сепиши вожиб каби таъкидлаб буюрилган амал эканини хабар бердилар.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам жума куни жума намозини ўқиш вожиб бўлган, балоғатга етган эркак киши ғусл олиши, тишларини мисвок ёки шу каби нарса билан тозалаши, хушбўй ҳид таратадиган атир сепиши лозим эканлигини хабар бердилар.</t>
   </si>
   <si>
     <t>تأكُّد استحباب غُسل يوم الجمعة على كلِّ رجل مسلم بالغ.
 النَّظافة وإزالة الروائح الكَريهة مطلوبة شرعًا للمسلم.
 تعظِيم يوم الجمعة، والاستعداد له.
 تأكيد استحباب الاسْتِيَاك للجمعة.
 استحباب التطيُّب بأيِّ رائحة عطرية طيبة قبل الذهاب للجمعة.
 المرأة إذا خرجت من بيتها للصلاة أو غيرها، فلا يجوز لها التَّطَيُّب؛ لدلالة السُّنة على تحريم ذلك.
 المحتلم هو البالغ، والبلوغ يحصل بعلامات، ثلاث منها يشترك فيها الرجل والمرأة وهي: الأولى: إكمال خمس عشرة سنة، والثانية: إذا نَبَتَ الشعر الخشن حول الفرج، والثالثة: إنزل المني بالاحتلام أو بالشهوة ولو بغير احتلام، وأما العلامة الرابعة فهي تخص المرأة وهي: الحيض، فإذا حاضت المرأة صارت بالغة.</t>
   </si>
   <si>
     <t>Ҳар бир балоғатга етган мусулмон эркак ғусл олиши мустаҳаб экани таъкидланмоқда.
-Ёмон ҳидларни кетказиб тоза юриш шаръан мусулмондан талаб қилинган.
+Мусулмон ёмон ҳидларни кетказиб тоза юриши шаръан талаб қилинган.
 Жума кунини улуғлаш ва унга тайёрланиш.
-Жума куни мисвок ишлатиш мустаҳаб экан таъкидланмоқда.
-[...3 lines deleted...]
-Учинчи: Иҳтилом ёки шаҳват сабабли мани тушиши. Тўртинчи аломат эса, аёлларга тегишли, у ҳам бўлса: ҳайз, агар аёл киши ҳайз кўрса балоғатга етган бўлади.</t>
+Жума куни мисвок ишлатиш мустаҳаб экани таъкидланмоқда.
+Жумага боришдан олдин бирор атир билан хушбўйланиш мустаҳаб.
+Аёл киши уйидан намоз ёки шу каби нарсалар учун  чиқса бошқа ҳадислар далолат қилгани каби хушбўйланиши жоиз эмас, ҳаром.
+Балоғатга етишнинг ўз аломатлари бор. Учтасида аёл ҳам эркак ҳам иштирок этади. Биринчиси: Ўн беш ёшга тўлиш. Иккинчи: Фарж атрофига қалин туклар чиқиши.
+Учинчи: Иҳтилом ёки шаҳват сабабли мани тушиши. Тўртинчи аломат эса аёлларга тегишли, у ҳам бўлса: ҳайз. Агар аёл киши ҳайз кўрса балоғатга етган бўлади.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/10036</t>
   </si>
   <si>
     <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>Қайси бир банда Аллоҳдан бошқа ҳақ илоҳ йўқлигига, албатта Муҳаммад алайҳиссалом Унинг қули ва расули эканига сидқидилдан гувоҳлик берса, Аллоҳ унга дўзахни ҳаром қилади</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
     <t>Анас ибн Молик разияллоҳу анҳудан ривоят қилинади: «Набий соллаллоҳу алайҳи ва саллам Муоз разияллоҳу анҳуни уловга эргаштириб кетаётган эдилар. «Эй Муоз ибн Жабал», – дедилар.
 У: «Лаббайка ва саъдайка, эй Расулуллоҳ», – деди. Расулуллоҳ: «Эй Муоз», – дедилар. У: «Лаббайка ва саъдайка, эй Расулуллоҳ», – деди. Уч маротаба такрорланди. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Қайси бир банда Аллоҳдан бошқа ҳақ илоҳ йўқлигига, албатта Муҳаммад алайҳиссалом Унинг қули ва расули эканига сидқидилдан гувоҳлик берса, Аллоҳ унга дўзахни ҳаром қилади», дедилар. Муоз: «Эй Аллоҳнинг расули, бу ҳақда одамларга хабар берайми? Улар бу билан хурсанд бўлишади», деганида, Расулуллоҳ соллаллоҳу алайҳи ва саллам: «(Йўқ), бунинг хабарини берсанг, унга суяниб (амал қилмай қўйишади)», дедилар. Аввалига Муоз хабар бермай юрди. Лекин ўлими яқинлашганда, илмни яшириб гуноҳкор бўлиб қолишдан хавотир бўлган ҳолда унинг хабарини бердилар».</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
@@ -8513,161 +9306,161 @@
 Муоз разияллоҳу анҳу бу хабарни ўлгунларигача ҳеч кимга айтмадилар. Ўлишларидан олдин илмни яшириш гуноҳини олмаслик учун айтиб бердилар.</t>
   </si>
   <si>
     <t>تواضع النبي صلى الله عليه وسلم في إردافه معاذًا خلفه على دابته.
 طريقة تعليم النبي صلى الله عليه وسلم، حيث كرر المناداة لمعاذ ليَشُدَّ انتباهَه لِمَا سيقول.
 من شروط شهادة: أن لا إله إلا الله وأن محمدًا رسول الله أنْ يكون قائلها صادقًا متيقنًا غير كاذب أو شاك.
 أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
 فضل الشهادتين لمن قالها صادقًا.
 جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
   </si>
   <si>
     <t>Муоз разияллоҳу анҳуни уловларига мингаштириб олишлари Набий соллаллоҳу алайҳи ва салламнинг тавозеълигига далолат қилади.
 Муоз разияллоҳу анҳунинг эътиборини тортиш учун қайта-қайта нидо қилишлари, Набий соллаллоҳу алайҳи ва салламнинг таълимдаги йўлларини кўрсатади.
 Лаа илааҳа иллоллоҳ ва Муҳаммадун Расулуллоҳ шаҳодатининг шартларидан: уни айтаётган инсон уни ёлғонга чиқармай ёки у нарсада шак қилмай қалби билан ишониб айтиши.
 Агар тавҳид аҳли гуноҳлари сабабли дўзахга кирсалар ҳам жаҳаннам оловида абадий қолмайдилар. Гуноҳларидан тозалангач ундан чиқарилурлар.
 Сидқидиладан айтган инсон учун шаҳодатнинг фазли.
 Агар бир ҳадисни айтса-ю унинг ортидан фитна-фасод чиқадиган бўлса, уни айтмаслик жоиздир.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/10098</t>
   </si>
   <si>
     <t>المسلم من سلم المسلمون من لسانه ويده، والمهاجر من هجر ما نهى الله عنه</t>
   </si>
   <si>
-    <t>Мусулмонлар тили ва қўлидан омон бўлган киши мусулмон. Аллоҳ қайтарган нарсалардан қайтган инсон ҳақиқий муҳожирдир», – дедилар</t>
+    <t>Мусулмон - бошқа мусулмонлар унинг тили ва қўлидан омон бўлганларидир. Муҳожир - Аллоҳ қайтарган нарсалардан қайтган инсондир», – дедилар</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ».</t>
   </si>
   <si>
-    <t>Абдуллоҳ ибн Амр разияллоҳу анҳумодан ривоят қилинади: «Набий соллаллоҳу алайҳи ва саллам: «Мусулмонлар тили ва қўлидан омон бўлган киши мусулмон. Аллоҳ қайтарган нарсалардан қайтган инсон ҳақиқий муҳожирдир», – дедилар.</t>
+    <t>Абдуллоҳ ибн Амр разияллоҳу анҳумодан ривоят қилинади: Набий соллаллоҳу алайҳи ва саллам: «Мусулмон - бошқа мусулмонлар унинг тили ва қўлидан омон бўлганларидир. Муҳожир - Аллоҳ қайтарган нарсалардан қайтган инсондир», – дедилар.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам мусулмонларга  тили билан азият бермайдиган киши ҳақиқий Исломи комил инсон эканини ҳамда мусулмонларни сўкмаслиги, лаънатламаслиги, ғийбат қилмаслиги ва тили билан умуман зарар бермаслигини хабар бердилар. Яна хабар бердиларки, улар унинг қўлидан ҳам  омондалар, тажовуз қилмайди, ҳақсиз молларини олиш ва шу каби зулмларни бажармайди. Аллоҳ ҳаром қилган нарсаларни тарк қилган эса, ҳақиқий муҳожир.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам мусулмонларга  тили билан азият бермайдиган киши ҳақиқий Исломи комил инсон эканини ҳамда мусулмонларни сўкмаслиги, лаънатламаслиги, ғийбат қилмаслиги ва тили билан умуман зарар бермаслигини хабар бердилар. Яна хабар бердиларки, мусулмонлар унинг қўлидан ҳам омондалар. Уларга тажовуз қилмайди, ҳақсиз молларини олиш ва шу каби зулмларни бажармайди. Ҳақиқий муҳожир эса Аллоҳ ҳаром қилган нарсаларни тарк қилган кишидир.</t>
   </si>
   <si>
     <t>كمال الإسلام لا يكون إلا بِعَدَم إِلْحاقِ الأذى بالآخرين ماديًّا كان أو معنويًّا.
 خص اللسان واليد بالذكر؛ لكثرة أخطائهما وأضرارهما، فإنَّ معظم الشرور تصدر عنهما.
 الحث على ترك المعاصي والتزام ما أمر الله تعالى به.
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
-    <t>Бошқаларга моддий ёки маънавий озор бермаса, кейин кишининг Исломи комил бўлади.
-Тил ва қўлни зарари ва хатоси кўп бўлгани ва кўп ёмонликлар шулардан содир бўлгани учун зикр қилинди.
+    <t>Кишининг дини бошқаларга моддий ёки маънавий озор бермаслик билан комил бўлади.
+Тил ва қўлни зарари ва хатоси кўп бўлгани ва кўп ёмонликлар шу икки аъзодан содир бўлгани учун зикр қилинди.
 Маъсиятларни тарк қилишга ва Аллоҳ буюрган нарсаларни бажаришга ундалмоқда.
-Аллоҳни ва мусулмонларни ҳаққини бажарган инсон энг афзал мусулмон.
-[...1 lines deleted...]
-Аллоҳ ҳаром қилган нарсаларнр ташлаш комил ҳижратдир.</t>
+Аллоҳ ва мусулмонларнинг ҳаққини бажарган инсон энг афзал мусулмондир.
+Тажовузкорлик тил билан ҳам, қўл билан ҳам бўлиши мумкин.
+Аллоҳ ҳаром қилган нарсаларни тарк қилиш - комил ҳижратдир.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/10101</t>
   </si>
   <si>
     <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>Улуғ ва Буюк Роббимиз ҳар туннинг охирги учдан бир қисми қолганида дунё осмонига тушар</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
     <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам айтдилар: «Улуғ ва Буюк Роббимиз ҳар туннинг охирги учдан бир қисми қолганида дунё осмонига тушар ва: "Ким Менга дуо қилаяпти, ижобат қиларман, ким Мендан сўраяпти, ато қиларман, ким Мендан истиғфор сўраяпти, уни кечиргайман!», –дер».</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда Аллоҳ таоло ҳар туннинг учинчи бўлими қолганда, дунё осмонига тушишини ҳамда уларни дуо қилишга, хоҳлаган нарсаларини сўрашга,  истиғфор айтишга қизиқтиришини, ундашини ҳамда Аллоҳ уларни дуосини ижобат қилишини, сўраганларини беришини ва мўмин бандаларининг гуноҳларини кечиришини баён қилдилар.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>Туннинг охирги учинчи бўлими, ундаги намоз, дуо ва истиғфорнинг фазилати.
 Инсон бу ҳадисни эшитганда, дуо ижобат бўладиган вақтларни ғанимат билиши лозим.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/10412</t>
   </si>
   <si>
     <t>لا تسافر المرأة مسيرة يومين إلا ومعها زوجها أو ذو محرم</t>
   </si>
   <si>
-    <t>Аёл киши асло икки кунлик масофага эрисиз ёки маҳрамсиз сафар қилмасин</t>
+    <t>Аёл киши асло икки кунлик масофага эрисиз ёки маҳрамсиз сафар қилмасин!</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ -وَكَانَ غَزَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ثِنْتَيْ عَشْرَةَ غَزْوَةً- قَالَ: سَمِعْتُ أَرْبَعًا مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَعْجَبْنَنِي، قَالَ: «لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ، وَلاَ صَوْمَ فِي يَوْمَيْنِ: الفِطْرِ وَالأَضْحَى، وَلاَ صَلاَةَ بَعْدَ الصُّبْحِ حَتَّى تَطْلُعَ الشَّمْسُ، وَلاَ بَعْدَ العَصْرِ حَتَّى تَغْرُبَ، وَلاَ تُشَدُّ الرِّحَالُ إِلَّا إِلَى ثَلاَثَةِ مَسَاجِدَ: مَسْجِدِ الحَرَامِ، وَمَسْجِدِ الأَقْصَى، وَمَسْجِدِي هَذَا».</t>
   </si>
   <si>
-    <t>Абу Саид Худрий разияллоҳу анҳу айтадилар. У киши Набий соллаллоҳу алайҳи ва саллам билан ўн иккита ғазотта қатнашганлар. Набий соллаллоҳу алайҳи ва салламдан тўртта нарсани эшитдим ва улар мени ажаблантирди. «Аёл киши асло икки кунлик масофага эрисиз ёки маҳрамсиз сафар қилмасин. Фитр ва Қурбон ҳаитлари рўза йўқ. Бомдод намозидан сўнг қуёш чиққинча, асрдан кийин шомгача намоз ўқилмайди. Зиёрат учун фақат учта масжидга борилади: «Масжид Ал-Ҳаром, Масжид Ал-Ақсо ва менинг бу масжидим», – дедилар.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам билан ўн иккита ғазотта қатнашган Абу Саид Худрий разияллоҳу анҳу айтадилар: Набий соллаллоҳу алайҳи ва салламдан қуйидаги тўртта нарсани эшитдим ва улар мени ажаблантирди: «Аёл киши асло икки кунлик масофага эрисиз ёки маҳрамсиз сафар қилмасин! Фитр ва Қурбон ҳайитлари куни рўза йўқ! Бомдод намозидан сўнг қуёш чиққунча, асрдан кийин шомгача намоз ўқилмайди. Зиёрат учун фақат учта масжидга борилади: «Масжид Ал-Ҳаром, Масжид Ал-Ақсо ва менинг бу масжидим», – дедилар.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عَن أربعة أمور: 
 أولها: منع المرأة من السفر مَسيرة يومين بدون زوجِها أو أحدٍ محارمِها وهو مَن حَرُمتْ عليه تحريمًا مؤبدًا مِن الأقارب، كالابن والأب، وابن الأخ وابن الأخت، والعم والخال، ونحو ذلك. 
 ثانيها: النهي عن صوم يوم عيد الفطر ويوم عيد الأضحى، وسواء صامهما المسلم عن نَذْر، أو تطوُّع، أو كفارة. 
 ثالثها: النهي عن صلاة التطوع بعد صلاة العصر حتى تغرب الشمس، وبعد طلوع الصبح حتى تطلع الشمس. 
 رابعها: النهي عن السفر إلى بُقْعَة من البِقاع واعتقاد فضلها واعتقاد مضاعفة الحسنات فيها غير هذه المساجد الثلاثة فلا تُشد الرحال لغيرها لأجل الصلاة فيها، فإنَّ الأجر لا يُضاعف إلا في هذه المساجد الثلاثة، المسجد الحرام، والمسجد النبوي، والمسجد الأقصى.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам тўртта нарсадан қайтардилар.
-Биринчи: Аёл кишини икки кунлик узоқликдаги жойга эри ёки махрамисиз сафар қилишини манъ қилдилар. Аёл кишининг абадий маҳрами ўғли, отаси, акаси ва опасининг ўғли, амакиси, тоғаси ва шу каби яқинларидир.
-[...2 lines deleted...]
-Тўртинчи: Уч масжиддан ташқари бошқа жойга у фазилатли ва бир неча баробар бошқа масжидларга қараганда кўпроқ савоб оламан деб намоз ўқигани сафар қилишдан қайтардилар. Масжид Ал-Ҳаром, Масжид Ан-Набавий ва Масжид Ал-Ақсо ўша уч масжиддир.</t>
+Биринчи: Аёл кишини икки кунлик узоқликдаги жойга эри ёки маҳрамисиз сафар қилишини ман қилдилар. Аёл кишининг абадий маҳрами - ўғли, отаси, акаси ёки опасининг ўғли, амакиси, тоғаси ва шу каби яқинларидир.
+Иккинчи: Фитр ва Қурбон ҳайити кунлари рўза тутишдан қайтардилар. У рўза назр, нафл ёки каффорат бўлишидан қатъий назар ҳаромдир.
+Учинчи: Бомдоддан кегин қуёш чиққунча, асрдан кегин кун ботгунича нафл намоздан қайтардилар.
+Тўртинчи: Уч масжиддан ташқари бошқа жойга фазилати ва бошқа масжидларга қараганда кўпроқ савоб олиш умидида намоз ўқиш учун сафар қилишдан қайтардилар. Масжид Ал-Ҳаром, Масжид Ан-Набавий ва Масжид Ал-Ақсо ўша уч масжиддир.</t>
   </si>
   <si>
     <t>عَدم جواز سَفر المرأة بلا مَحْرم.
 المرأة ليست محرمًا للمرأة في السَّفر؛ لقوله: "زوجُها أو ذو محرم".
 كلُّ ما يُسمى سفرًا فإن المرأة تُنهى عنه بغير زوج أو مَحرم، وهذا الحديث كان بحسب حال السائل وموطنه.
 مَحْرَم المرأة هو زوجها أو من يحرم عليها الزواج منه بالتأبيد بسببِ قرابةٍ كالأب والابن والعم والخال، أو رضاع كالأب من الرضاع والعم من الرضاع، أو مصاهرة كأبي الزوج، ويكون مسلمًا بالغًا عاقلًا ثقة مأمونًا، فإنَّ المقصود من المحرم حمايةُ المرأة وصيانتُها والقيام بشأنها.
 اعتناء الشريعة الإسلامية بالمرأة، وحمايتها وصَونها.
 عدم صحة صلاة التطوع المُطْلق بعد صلاة الفجر والعصر، ويُستثنى مِن ذلك قضاء الفرائض الفوائت، وذوات الأسباب كتحيَّة المسجد ونحو ذلك.
 تَحْرُم الصلاة بعد طلوع الشمس مباشرة، بل لابد من ارتفاعها قَدْرَ رمحٍ، بما يُقارب عشرَ دقائق إلى ربع ساعة تقريبًا.
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
 فضل المساجد الثلاثة ومَزِيَّتُها على غيرها.
 عدم جواز السفر لزيارة القبور ولو كان قَبر النبي صلى الله عليه وسلم، وتجوز زيارته لمن كان في المدينة، أو أتى إليها لغرضٍ مشروعٍ أو جائز.</t>
   </si>
   <si>
     <t>Аёл киши маҳрамсиз сафар қилиши мумкин эмас.
-Расулуллоҳ соллаллоҳу алайҳи ва салламнинг: «Эри ёки махрами» деган сўзлари учун аёл аёлга маҳрам бўла олмайди.
-[...4 lines deleted...]
-Қуёш чиқиши билан дарров ўқиш ҳам ҳаром, балки бир камон ўқи миқдорида кўтарилиши лозим. Бу ўн ва ўн беш дақиқа оралиғидаги вақтни ўз ичига олади.
+Расулуллоҳ соллаллоҳу алайҳи ва салламнинг: «Эри ёки махрами» деган сўзларига биноан аёл бошқа аёлга маҳрам бўла олмайди.
+Ҳар бир сафар деб аталган нарсадан аёл киши эри ёки маҳрамисиз боришидан қайтарилади. Бу ҳадис эса сўровчининг холига қараб айтилган.
+Аёл кишининг эри, отаси, ўғли, амакиси, тоғаси, уни эмизган аёлнинг эри, эмизган аёлнинг қайниси ёки ўз қайнотаси маҳрам бўлади. Маҳрам шахс мусулмон, балоғатга етган, ақлли, ишончли ва омонатдор бўлиши керак. Чунки маҳрамдан мақсад аёлни ҳимоя қилиш, сақлаш, ишларини қоим қила олишдир.
+Ислом шариатининг аёл киши ва унинг химоясига бўлган эътибори.
+Бомдод ва аср намозидан кейин мутлоқ нафл намоз ўқиш жоиз эмас. Аммо ўтиб кетган фарз ёки сабаби бўлган таҳийётулмасжид каби намозларни ўқиш жоиз.
+Қуёш чиқиши билан дарров ўқиш ҳам ҳаром, балки, бир найза ўқи миқдорида кўтарилиши лозим. Бу ўн ва ўн беш дақиқа оралиғидаги вақт.
 Аср вақти қуёш ботгунча давом этади.
 Ушбу уч масжидга зиёрат учун бориш жоиз.
 Бу уч масжиднинг фазли ва бошқа масжидлардан ажралиб турадиган хусусияти.
 Набий соллаллоҳу алайҳи ва саллам қабрлари бўлса ҳам қабрларни зиёрат қилиш учун бориш жоиз эмас. Мадинада бўлган инсон ёки унга шариат рўхсат берган нарса учун келган одам зиёрат қилиши жоиз.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/10603</t>
   </si>
   <si>
     <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>Қабрлар устига ўтирманглар ва уларга қараб намоз ўқиманглар»,  дедилар</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>Абу Марсад Ғанавий разияллоҳу анҳудан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Қабрлар устига ўтирманглар ва уларга қараб намоз ўқиманглар»,  дедилар».</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
@@ -9111,50 +9904,126 @@
     <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ».</t>
   </si>
   <si>
     <t>Арфажа разияллоҳу анҳу айтадилар: «Расулуллоҳ соллаллоҳу алайҳи ва салламнинг шундай деганларини эшитганман: «Барчангиз бир амирнинг атрофига жипслашиб турган ҳолингизда бир киши келиб, бирлигингизни бузишни ва жамоатингизни ажратишни хоҳласа, уни ўлдиринглар!»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда агар мусулмонлар бир ҳоким остига бир жамоа бўлиб йиғилсалар, сўнгра бирор киши ҳукм талашиб ёки мусулмонларни жамоаларга бўлиш учун келса, уни ёмонлигини даф қилиш ва мусулмонларни қонини сақлаш учун уни ман қилишлари ва урушишлари вожиб бўлишини хабар бердилар.</t>
   </si>
   <si>
     <t>وجوب السمع والطاعة لولي أمر المسلمين في غير معصية، وتحريم الخروج عليه.
 مَن خَرَجَ على إمام المسلمين وجماعتهم فإنه يجب قتاله مهما كانت منزلته شَرَفًا ونَسَبًا.
 الحث على الاجتماع وعدم التفرُّق والاختلاف.</t>
   </si>
   <si>
     <t>Мусулмонлар ўз бошчиларига маъсият бўлмаган ўринда қулоқ солиб итоат қилишлари лозим. Уларга қарши чиқиш ҳаром.
 Мусулмонлар амири ва жамоасига қарши чиққан инсоннинг насаби ва шарафи қанча улуғ бўлса ҳам, унга қарши урушилади.
 Бирдамликка ундаб, бўлиниш ва ихтилофни йўқ қилиш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/58223</t>
   </si>
   <si>
+    <t>اجتنبوا هذه القاذورة التي نهى الله عنها فمن ألم فليستتر بستر الله وليتب إلى الله، فإنه من يبد لنا صفحته نقم عليه كتاب الله عز وجل</t>
+  </si>
+  <si>
+    <t>Аллоҳ қайтарган бу ифлос ишлардан четланинглар. Ким шу ишни қилиб қўядиган бўлса, Аллоҳнинг пардаси билан беркиниб, Аллоҳга тавба қилсин. Ким бизга қилган ишини ошкора қилса, унга Аллоҳ китобининг ҳукмини қоим қиламиз</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صلى الله عليه وسلم قَامَ بَعْدَ أَنْ رَجَمَ الْأَسْلَمِيَّ فَقَالَ: «اجْتَنِبُوا ‌هَذِهِ ‌الْقَاذُورَةَ الَّتِي نَهَى اللَّهُ عَنْهَا فَمَنْ أَلَمَّ فَلْيَسْتَتِرْ بِسِتْرِ اللَّهِ وَلْيُتُبْ إِلَى اللَّهِ، فَإِنَّهُ مَنْ يُبْدِ لْنَا صَفْحَتَهُ نُقِمْ عَلَيْهِ كِتَابَ اللَّهِ عز وجل».</t>
+  </si>
+  <si>
+    <t>Абдуллоҳ ибн Умар разияллоҳу анҳумодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам Асламийни тошбўрон қилгач, турдилар ва шундай дедилар: «Аллоҳ қайтарган бу ифлос ишлардан четланинглар. Ким шу ишни қилиб қўядиган бўлса, Аллоҳнинг пардаси билан беркиниб, Аллоҳга тавба қилсин. Ким бизга қилган ишини ошкора қилса, унга Аллоҳ китобининг ҳукмини қоим қиламиз».</t>
+  </si>
+  <si>
+    <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
+اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
+الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
+الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
+  </si>
+  <si>
+    <t>Ибн Умар разияллоҳу анҳумо хабар бердиларки, Пайғамбаримиз соллаллоҳу алайҳи ва саллам Моиз ибн Молик Асламий разияллоҳу анҳунинг зино ҳадди билан тошбўрон қилиниши амалга оширилгандан сўнг туриб, одамларга хутба қилдилар ва дедилар: «Бу разил ва ифлос ишдан — Аллоҳ таоло қайтарган гуноҳлардан, нафратли ва уйятли ҳаром ишлардан узоқ бўлинглар. Ким шу ишларни қилиб қўйса, унинг зиммасига икки нарса вожиб бўлади: Биринчи: Аллоҳ таоло уни яширгани учун ўзи гуноҳини ошкор қилмасин, бошқаларга айтмасин. Иккинчи: Аллоҳ таолога тавба қилишга шошилсин ва гуноҳида  туриб олмасин. Энди кимнинг гуноҳи  бизга зоҳир бўлса, у ҳолда, ўша гуноҳ учун Қуръонда зикр этилган жазони татбиқ этишимиз керак бўлади.</t>
+  </si>
+  <si>
+    <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
+الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
+وجوب اجتناب المعاصي، والتوبة منها.</t>
+  </si>
+  <si>
+    <t>Гуноҳ қилган банда ўзини фош этмасдан яширишига ва гуноҳини фақат Рабби билан ўзи ўртасида қолдириб, тезроқ тавба қилишига тарғиб.
+Жазо иши ҳокимга етиб борса, албатта, берилган жазони татбиқ этиши лозим.
+Гуноҳлардан узоқ туриш ва улардан тавба қилишнинг вожиблиги.</t>
+  </si>
+  <si>
+    <t>رواه الحاكم والبيهقي</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/58240</t>
+  </si>
+  <si>
+    <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
+  </si>
+  <si>
+    <t>Ҳар бир маст қилувчи нарса — хамрдир. Ҳар бир маст қилувчи нарса — ҳаромдир. Ким бу дунёда хамр ичиб, унга ружу қўйган ҳолида вафот этса ва тавба қилмаган бўлса, охиратда уни ичмайди»,— дедилар</t>
+  </si>
+  <si>
+    <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
+  </si>
+  <si>
+    <t>Ибн Умар разияллоҳу анҳумо ривоят қиладилар: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Ҳар бир маст қилувчи нарса — хамрдир. Ҳар бир маст қилувчи нарса — ҳаромдир. Ким бу дунёда хамр ичиб, унга ружу қўйган ҳолида вафот этса ва тавба қилмаган бўлса, охиратда уни ичмайди»,— дедилар.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
+وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
+  </si>
+  <si>
+    <t>Набий соллаллоҳу алайҳи ва саллам ҳар қандай ақлни йўқотадиган ва маст қиладиган нарса — у ичимлик бўладими, овқат бўладими, ёки ҳидлаб истеъмол қилиниши мумкин бўлган нарсалар бўладими — барчаси хамр (маст қилувчи) эканини баён қилдилар. Ҳар қандай маст қиладиган, ақлни йўқотадиган нарсани Аллоҳ таоло ҳаром қилган ва ундан қайтарган. Унинг оз ёки кўплигининг фарқи йўқлиги таъкидланган. Кимки ушбу маст қилувчи нарсаларнинг бирортасини ичса, уларни ичишни одат қилиб, тавба қилмай ўша ҳолатда вафот этса, Аллоҳнинг жазосига лойиқ бўлган ҳолатда жаннатда уни ичишдан маҳрум бўлади.</t>
+  </si>
+  <si>
+    <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
+الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
+مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
+ الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
+  </si>
+  <si>
+    <t>— Хамрнинг ҳаром қилинишидаги сабаб — унинг маст қилиши. Шунинг учун қайси турда бўлишидан қатъий назар, ҳар қандай маст қилувчи нарса ҳаромдир.
+— Аллоҳ таоло маст қилувчи нарсани унинг катта зарарлари ва бузғунчиликка олиб бориши сабабли ҳаром қилган.
+— Жаннатда хамр (ароқ) ичиш комил лаззат ва тўлиқ неъматлардан бири ҳисобланади.
+— Кимки дунёда хамр ичишдан ўзини тия олмаса, Аллоҳ таоло уни жаннатда хамр ичишдан маҳрум қилади. Чунки жазо — амалнинг ўзига монанд қилиб берилади.
+— Гуноҳларга ўлимдан олдин тавба қилишга шошилиш.</t>
+  </si>
+  <si>
+    <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/58259</t>
+  </si>
+  <si>
     <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>Кимки мусулмонлар билан тинчлик келишувидаги кофирни ўлдирса, жаннатнинг ҳидини ҳам ҳидламайди. Ваҳоланки, жаннатнинг ҳиди қирқ йиллик масофадан келиб туради». –дедилар</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Абдуллоҳ ибн Амр разияллоҳу анҳумодан ривоят қилинади: «Набий соллаллоҳу алайҳи ва саллам: «Кимки мусулмонлар билан тинчлик келишувидаги кофирни ўлдирса, жаннатнинг ҳидини ҳам ҳидламайди. Ваҳоланки, жаннатнинг ҳиди қирқ йиллик масофадан келиб туради». –дедилар».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам муъаҳадни, яъни ислом диёрига омонлик ва аҳд билан кирган кофирни ким ўлдирса, жаннатнинг ҳидини ҳам ҳидламайди ва унинг (жаннат) ҳиди қирқ йиллик масофадан келиб туришини хабар бердилар.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
     <t>Зиммий, мусулмонлар билан тинчлик келишувидаги ва омонлик олган кофирни ўлдириш ҳаром ва катта гуноҳлардан.
 Муъаҳад — Ўз ватанида яшайдиган, мусулмонларга қарши урушмасликка ва мусулмонлар ҳам унга қарши урушмасликларига аҳди олинган кофир кимса. 
@@ -9197,51 +10066,51 @@
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/64689</t>
   </si>
   <si>
     <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>Ислом беш устунга бино қилингандир</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>Абдуллоҳ ибн Умар разияллоҳу анҳумодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Ислом беш устунга бино қилингандир: «Лаа илааҳа иллаллоҳу Муҳаммадур Расулуллоҳ», деб шаҳодат айтишга, намозни тўкис адо этишга, закот беришга, ҳаж қилиш ва Рамазон рўзасини тутишга», – дедилар».</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда Ислом динини беш устун устига қурилган бинога ўхшатдилар. Исломнинг бошқа хислатлари бинонинг тўлиқловчи ўрнида. Бу рукнларнинг биринчиси: икки шаҳодат; Аллоҳдан ўзга ҳақ илоҳ йўқ ва Муҳаммад соллаллоҳу алайҳи ва саллам Аллохнинг расули эканлигига гувоҳлик бериш. Бири иккинчисидан айрилмайди. Банда Аллоҳ таолонинг ягоналиги ва ибодатга фақат Унинг Ўзи лойиқ эканини эътироф этиб, унинг маъносига амал қилиб, Мухаммад соллаллоҳу алайҳи ва салламга эргашиб, иймон келтириб гувоҳлик беради. Иккинчи рукн: намозни қоим қилиш: Улар бир кеча-кундузда ўқиладиган бешта намоз: бомдод, пешин, аср, шом ва ҳуфтонни шарти, арконлари ва вожиботларига амал қилган ҳолда ўқиш. Учинчи рукн: фарз закотни бериш. У мол билан бўладиган ибодат бўлиб, шариатдаги  маълум миқдорга етгач ҳақли одамга берилади. Тўртинчи рукн: ҳаж – Маккага ҳаж амалларини бажариш ва Аллоҳ таолога ибодат қилиш учун бориш. Бешинчи рукн: рамазон рўзасини тутиш – бомдоддан  то шомгача ейиш, ичиш ва бошқа рўзани бузувчи нарсалардан Аллоҳга ибодат қилиш ниятида тийилиш.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда Ислом динини беш устун устига қурилган мустаҳкам бинога ўхшатдилар. Исломнинг бошқа хислатлари бинонинг тўлиқловчи ўрнида. Бу рукнларнинг биринчиси: икки шаҳодат; Аллоҳдан ўзга ҳақ илоҳ йўқ ва Муҳаммад соллаллоҳу алайҳи ва саллам Аллохнинг расули эканлигига гувоҳлик бериш. Бири иккинчисидан айрилмайди. Банда Аллоҳ таолонинг ягоналиги ва ибодатга фақат Унинг Ўзи лойиқ эканини эътироф этиб, унинг маъносига амал қилиб, Мухаммад соллаллоҳу алайҳи ва салламга эргашиб, иймон келтириб гувоҳлик беради. Иккинчи рукн: намозни қоим қилиш: Улар бир кеча-кундузда ўқиладиган бешта намоз: бомдод, пешин, аср, шом ва ҳуфтонни шарти, арконлари ва вожиботларига амал қилган ҳолда ўқиш. Учинчи рукн: фарз закотни бериш. У мол билан бўладиган ибодат бўлиб, шариатдаги  маълум миқдорга етгач ҳақли одамга берилади. Тўртинчи рукн: ҳаж – Маккага ҳаж амалларини бажариш ва Аллоҳ таолога ибодат қилиш учун бориш. Бешинчи рукн: рамазон рўзасини тутиш – бомдоддан  то шомгача ейиш, ичиш ва бошқа рўзани бузувчи нарсалардан Аллоҳга ибодат қилиш ниятида тийилиш.</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
     <t>Икки шаҳодат бир-биридан ажралмайди, шунинг учун битта рукн қилинган.
 Икки шаҳодат диннинг асоси бўлиб, на амал ва на сўз бу икки шаҳодатсиз қабул бўлмайди.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/65000</t>
   </si>
   <si>
     <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>Қай бирингиз гуноҳ ишни кўрса, уни қўли билан ўзгартирсин. Қўли билан кучи етмаса, тили билан қайтарсин! Тили билан ҳам қайтара олмаса, қалби билан нафратлансин! Қалб билан нафратланиш эса, иймоннинг энг заиф ҳолидир</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Абу Саид Худрий разияллоҳу анҳудан ривоят қилинади:
 «Расулуллоҳ соллаллоҳу алайҳи ва салламнинг шундай деганларини эшитдим: «Қай бирингиз гуноҳ ишни кўрса, уни қўли билан ўзгартирсин. Қўли билан кучи етмаса, тили билан қайтарсин! Тили билан ҳам қайтара олмаса, қалби билан нафратлансин! Қалб билан нафратланиш эса, иймоннинг энг заиф ҳолидир».</t>
   </si>
@@ -10516,74 +11385,74 @@
   </si>
   <si>
     <t>Пайғамбаримиз Муҳаммад соллаллоҳу алайҳи ва саллам бу дунёнинг олови жаҳаннам оловининг етмишдан бир парчаси эканини хабар бердилар. Охират оловининг ҳарорати бу дунё оловининг ҳароратидан олтмиш тўққиз баравар кучлидир. Уларнинг ҳар бири шу дунё оловининг ҳарорати каби кучлидир. Расулуллоҳ соллаллоҳу алайҳи ва салламга: "Дунё олови бўлса ҳам жаҳаннамдаги одамларни куйдиришга етарли эди", - дейилди. Бунга жавобан Пайғамбаримиз соллаллоҳу алайҳи ва саллам: "Жаҳаннам олови дунё оловидан олтмиш тўққиз баравар иссиқроқдир. Уларнинг ҳар бирининг ҳарорати дунё олови каби иссиқдир", - дедилар.</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>Дўзахга олиб борадиган амаллардан одамларни узоқлаштириш учун, жаҳаннамдан огоҳлантиришлик.
 Жаҳҳаннам олови ва азобининг муаззамлиги ва ҳароратининг баландлиги.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/65036</t>
   </si>
   <si>
     <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>Бизга (ўзлари) ростгўй ва ростгўйлиги (Аллоҳдан келган ваҳий билан) тасдиқланган зот – Расулуллоҳ соллаллоҳу алайҳи ва саллам ҳадис айтиб бердилар: «Албатта сизлардан ҳар бирингизнинг яратилиши онасининг қорнида (дастлабки) қирқ кун (давомида) «нутфа» (бир томчи сув) ҳолида амалга ошади</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
-    <t>Абдуллоҳ ибн Масъуд разияллоҳу анҳудан ривоят қилинади: «Бизга (ўзлари) ростгўй ва ростгўйлиги (Аллоҳдан келган ваҳий билан) тасдиқланган зот – Расулуллоҳ соллаллоҳу алайҳи ва саллам ҳадис айтиб бердилар: «Албатта сизлардан ҳар бирингизнинг яратилиши онасининг қорнида (дастлабки) қирқ кун (давомида) «нутфа» (бир томчи сув) ҳолида амалга ошади. Кейин худди шунча муддат (кейинги қирқ кун давомида) «алақа» (лахта қон) ҳолатида бўлади. Кейин худди шунча муддат (кейинги қирқ кун давомида) «музға» (бир парча гўшт) ҳолатида бўлади. Сўнгра унга (ҳомилага) бир малак-фаришта юборилиб, тўртта сўзни (ишни) ёзиш буюрилади: ризқи, ажали (умри), амали (дунёда қиладиган ишлари), бахтли ёки бахтсиз бўлиши. Ундан ўзга ҳақ илоҳ бўлмаган Аллоҳга қасамки, сизлардан бирингиз жаннат аҳлининг амалини қилиб бораверади, ҳаттоки, у билан жаннатнинг орасида бир зироъ (газ – 70 см атрофида) масофа қолади. Шунда унга ёзилган китоб (тақдир) етиб келади ва дўзах аҳли амалини қилиб, у ерга кириб кетади. Ва яна сизлардан бирингиз дўзах аҳлининг амалини қилиб бораверади, ҳаттоки у билан дўзахнинг орасида бир зироъ (газ – 70 см атрофида) масофа қолади. Шунда унга ёзилган китоб (тақдир) етиб келади ва жаннат аҳли амалини қилиб, у ерга кириб кетади».</t>
+    <t>Абдуллоҳ ибн Масъуд разияллоҳу анҳудан ривоят қилинади: «Бизга (ўзлари) ростгўй ва ростгўйлиги (Аллоҳдан келган ваҳий билан) тасдиқланган зот – Расулуллоҳ соллаллоҳу алайҳи ва саллам ҳадис айтиб бердилар: «Албатта сизлардан ҳар бирингизнинг яратилиши онасининг қорнида (дастлабки) қирқ кун (давомида) «нутфа» (бир томчи сув) ҳолида амалга ошади. Кейин худди шунча муддат (кейинги қирқ кун давомида) «алақа» (лахта қон) ҳолатида бўлади. Кейин худди шунча муддат (кейинги қирқ кун давомида) «музға» (бир парча гўшт) ҳолатида бўлади. Сўнгра унга (ҳомилага) бир малак-фаришта юборилиб, тўртта сўзни (ишни) ёзиш буюрилади: ризқи, ажали (умри), амали (дунёда қиладиган ишлари), бахтли ёки бахтсиз бўлиши. Ундан ўзга ҳақ илоҳ бўлмаган Аллоҳга қасамки, сизлардан бирингиз жаннат аҳлининг амалини қилиб бораверади, ҳаттоки, у билан жаннатнинг орасида бир зироъ (газ – 70 см атрофида) масофа қолади. Шунда унга ёзилган китоб (тақдир) етиб келади ва дўзах аҳли амалини қилиб, дўзахга кириб кетади. Ва яна сизлардан бирингиз дўзах аҳлининг амалини қилиб бораверади, ҳаттоки у билан дўзахнинг орасида бир зироъ (газ – 70 см атрофида) масофа қолади. Шунда унга ёзилган китоб (тақдир) етиб келади ва жаннат аҳли амалини қилиб, у ерга кириб кетади».</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
-    <t>Абдуллоҳ ибн Масъуд разияллоҳу анҳу айтдилар: Айтаётган гапида ростгўй ва ростгўйлигига Аллоҳ гувоҳ бўлган Расулуллоҳ соллаллоҳу алайҳи ва саллам бизга ҳадис айтдилар: "Бировингизнинг хилқати тўпланади". Яъни, эр хотини билан қовушгач  ундан чиққан тарқоқ уруғлар, рафиқанинг қорнида қирқ кун қолади. Сўнгра, иккинчи қирқ кунликда лахта-ивиган қонга айланади. Учинчи қирқ кунликда эса, уруғ чайналадиган даражада, катта бўлган тишлам гўшт шаклига айланади. Учинчи чилла тугаганидан сўнг, Аллоҳ таоло бир фариштани юборади ва фаришта унга руҳ пуфлайди. Фариштан тўртта нарсани ёзишга буюрилади: Ризқини - Яъни, ҳаёти давомида одамзот қўлга киритадиган барча неъматларни ёзади. Унинг ажалини. Ажал - банданинг бу дунёда қолиш муддатидир. Амалини. Яъни, у ким ва бахтиёр бўладими ёки бахтиқароми? Сўнгра Пайғамбаримиз Муҳаммад солалллоҳу алайҳи ва саллам таъкидлаб айтаяптиларки, бир одам жаннат аҳлининг амалини қилади. Одамлар кўзи билан қаралганида, у худди солиҳ амални қилгандек кўринади. Солиҳ амалларни шундай қиладики, у билан жаннат орасида, яъни, бировнинг бирон ерга яқинлашиши учун бир оз қолганидек, жаннатга кириши учун бир оз масофа қолади. Пешонасига ёзилган нарса устун келади-да, дўзахийларнинг бир ишини қилади ва ҳаётини шу иш билан тугатади. Натижада жаҳаннамга киради. Чунки амалнинг қабул бўлиш шартларидан бири, шу амалда собит туриб, уни ўзгартирмасликдир. Ва яна бир бошқа одам жаҳаннам аҳлининг амалларини қилиб жаҳаннамга шунчалар яқинлашадики, у билан жаҳаннам ўртасида бир оз қолади. Тақдирда ёзилгани устун келиб жаннатийлар амалидан бирини қилади-да, жаннатга киради.</t>
+    <t>Абдуллоҳ ибн Масъуд разияллоҳу анҳу айтдилар: Айтаётган гапида ростгўй ва ростгўйлигига Аллоҳ гувоҳ бўлган Расулуллоҳ соллаллоҳу алайҳи ва саллам бизга ҳадис айтдилар: "Бировингизнинг хилқати тўпланади". Яъни, эр хотини билан қовушгач  ундан чиққан тарқоқ уруғлар, рафиқанинг қорнида қирқ кун қолади. Сўнгра, иккинчи қирқ кунликда лахта-ивиган қонга айланади. Учинчи қирқ кунликда эса, уруғ чайналадиган даражада катта бўлган тишлам гўшт шаклига айланади. Учинчи чилла тугаганидан сўнг, Аллоҳ таоло бир фариштани юборади ва фаришта унга руҳ пуфлайди. Фариштан тўртта нарсани ёзишга буюрилади: Ризқини - Яъни, ҳаёти давомида одамзот қўлга киритадиган барча неъматларни ёзади. Унинг ажалини. Ажал - банданинг бу дунёда қолиш муддатидир. Амалини ва  бахтиёр ёки бахтиқаролигини. Сўнгра Пайғамбаримиз Муҳаммад солалллоҳу алайҳи ва саллам таъкидлаб айтяптиларки, бир одам жаннат аҳлининг амалини қилади. Одамлар кўзи билан қаралганида, у худди солиҳ амални қилгандек кўринади. Солиҳ амалларни шундай қиладики, у билан жаннат орасида, яъни, бировнинг бирон ерга яқинлашиши учун бир оз қолганидек, жаннатга кириши учун бир оз масофа қолади. Тақдирига ёзилган нарса устун келади-да, дўзахийларнинг бир ишини қилади ва ҳаётини шу иш билан тугатади. Натижада жаҳаннамга киради. Чунки амалнинг қабул бўлиш шартларидан бири, шу амалда собит туриб, уни ўзгартирмасликдир. Ва яна бир бошқа одам жаҳаннам аҳлининг амалларини қилиб жаҳаннамга шунчалар яқинлашадики, у билан жаҳаннам ўртасида бир оз қолади. Тақдирда ёзилгани устун келиб жаннатийлар амалидан бирини қилади-да, жаннатга киради.</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
-    <t>Барча ишларнинг охири – бошида тақдирига ёзилгандай бўлиб ниҳоясига етади. (Яъни тақдирда нима деб ёзилган бўлса, банда унинг тескарисини қанча қилса ҳам, ўша нарса бўлади)
+    <t>Барча ишларнинг охири – бошида тақдирига ёзилгандай бўлиб ниҳоясига етади.
 Амалларнинг кўринишига алданиб қолишдан огоҳлантириш, чунки амаллар хотималарига қараб баҳоланади.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/65037</t>
   </si>
   <si>
     <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>Аллоҳ, махлуқотларнинг тақдирларини еру осмонни яратишдан эллик минг йил илгари ёзиб қўйгандир</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>Абдуллоҳ ибн Амр ибн Ос разияллоҳу анҳумодан нақл қилинади:
 "Расулуллоҳ соллаллоҳу алайҳи ва салламнинг шундай деганларини эшитдим: "Аллоҳ, махлуқотларнинг тақдирларини еру осмонни яратишдан эллик минг йил илгари ёзиб қўйгандир. Арши (ўша пайтда) сувнинг устида эди".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>Пайғамбаримиз Муҳаммад соллаллоҳу алайҳи ва саллам Аллоҳ таоло еру осмонларни яратишидан эллик минг йил аввал лавҳул-Маҳфузга халойиқларнинг ҳаётию ўлими ва ризқи ҳақида батафсил ёзиб қўйгани ва бу тақдирлар Аллоҳ ҳукм қилгандай жорий бўлиши ҳақида хабар бермоқдалар. Ҳар бир нарса Аллоҳнинг қазоси (ҳукми) ва тақдири билан амалга ошади. Банданинг ёнидан хато қилиб ўтиб кетган нарса (аслида) тегиши керак эмас эди! Қандай мусибатга учраган бўлса, у ундан адашиши (тегмасдан ўтиб кетиши) мумкин эмас эди!</t>
@@ -11066,51 +11935,51 @@
     <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدا حبشيا، وسترون من بعدي اختلافا شديدا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
     <t>Сизларга Аллоҳ азза ва жалладан қўрқишни васият қиламан. Агар бир қул устингизга амир бўлса ҳам, унга қулоқ тутинг, итоат этинг! Ҳали сизлардан (узоқроқ) яшаганларингиз кўп ихтилофларни кўради. Бас, менинг суннатим ва ҳидоят қилинган, тўғри йўлдаги халифаларнинг
 суннатига эргашингиз</t>
   </si>
   <si>
     <t>عن العِرْباضِ بن ساريةَ رضي الله عنه قال: قام فينا رسول الله صلى الله عليه وسلم ذات يوم، فوَعَظَنا مَوعظةً بليغةً وَجِلتْ منها القلوبُ، وذَرَفتْ منها العيونُ، فقيل: يا رسول الله، وعظتَنَا موعظةَ مُودِّعٍ فاعهد إلينا بعهد. فقال: «عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين، عَضُّوا عليها بالنواجِذ، وإياكم والأمور المحدثات، فإن كل بدعة ضلالة».</t>
   </si>
   <si>
     <t>Ирбоз ибн Сория разияллоҳу анҳудан ривоят: «Расулуллоҳ соллаллоҳу алайҳи ва саллам бизга мавъиза қилдилар. Бундан қалблар
 қўрқувга тушди, кўзлар ёшга тўлди. «Ё Расулуллоҳ! Бу бамисоли видолашаётган кишининг мавъизасидек
 бўлди. Энди насиҳат қилинг!», – дедик.
 «Сизларга Аллоҳ азза ва жалладан қўрқишни васият қиламан. Агар бир қул устингизга амир бўлса ҳам, унга қулоқ тутинг, итоат этинг! Ҳали сизлардан (узоқроқ) яшаганларингиз кўп ихтилофларни кўради. Бас, менинг суннатим ва ҳидоят қилинган, тўғри йўлдаги халифаларнинг
 суннатига эргашингиз! Уни ақл тишларингиз билан (маҳкам) тишлаб олинглар. Янги пайдо бўлган ишлардан эҳтиёт бўлинглар. Зеро, ҳар бир бидъат залолатдир», – дедилар.</t>
   </si>
   <si>
     <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، 
 فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، 
 قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
 والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
 ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
 وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
-    <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда жуда қаттиқ мавъиза қилдилар. Ундан қалблар ларзага келиб, кўзлар ёшга тўлди. У зотнинг қаттиқ маърузаларини кўриб: «Ё Расулуллоҳ, ҳудди бу видолашувчининг маърузасига ўхшайди», – деб У кишидан сўнг маҳкам ушлашлари учун васийят сўрадилар. «Вожиботларни бажариш ва ҳаром нарсаларни тарк қилиш билан Аллоҳга тақво қилишни васият қиламан», – дедилар. Агар устингизга қул амир бўлган бўлса ёки зўрлик қилиб босиб олган бўлса ҳам қулоқ солиб, итоат қилинглар! Яъни, энг паст одам амир бўлган бўлса ҳам, нафратланмай, фитна тарқалмаслиги учун итоат қилинглар! Сизлардан ким яшаса, кўп ихтилофларни кўради. Сўнгра бу ихтилофдан чиқиш йўлини баёнлаб бердилар. У ҳам бўлса, У зот ва улардан кейинги Абу Бакр, Умар ибн Хаттоб, Усмон ибн Аффон ва Алий ибн Абу Толиб разияллоҳу анҳум каби тўғри йўлдаги хулафои рошидинлар суннатларини маҳкам ақл тишлари билан тишлаш, яъни суннатни маҳкам ушлашда жидду жаҳд қилиш демакдир. Диндаги янги чиққан бидъат ишлардан огоҳлантирдилар. Ҳар бир бидъат залолатдир.</t>
+    <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда жуда қаттиқ мавъиза қилдилар. Ундан қалблар ларзага келиб, кўзлар ёшга тўлди. У зотнинг қаттиқ маърузаларини кўриб: «Ё Расулуллоҳ, ҳудди бу видолашувчининг маърузасига ўхшайди», – деб У зотдан кегин маҳкам ушлашлари учун васийят сўрадилар. «Вожиботларни бажариш ва ҳаром нарсаларни тарк қилиш билан Аллоҳга тақво қилишни васият қиламан», – дедилар. Агар устингизга қул амир бўлган бўлса ёки зўрлик қилиб босиб олган бўлса ҳам қулоқ солиб, итоат қилинглар! Яъни, энг паст одам амир бўлган бўлса ҳам, нафратланмай, фитна тарқалмаслиги учун итоат қилинглар! Сизлардан ким яшаса, кўп ихтилофларни кўради. Сўнгра бу ихтилофдан чиқиш йўлини баёнлаб бердилар. У ҳам бўлса, У зот ва улардан кейинги Абу Бакр сиддиқ, Умар ибн Хаттоб, Усмон ибн Аффон ва Алий ибн Абу Толиб разияллоҳу анҳум каби тўғри йўлдаги хулафои рошидинлар суннатларини маҳкам ақл тишлари билан тишлаш, яъни суннатни маҳкам ушлашда жидду жаҳд қилиш демакдир. Диндаги янги чиққан бидъат ишлардан огоҳлантирдилар. Чунки ҳар бир бидъат залолатдир.</t>
   </si>
   <si>
     <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
 العناية بالمواعظ وترقيق القلوب.
 الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
 النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
 السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Суннатни маҳкам ушлаш ва унга эргашишнинг аҳамияти.
 Маъруза ва қалбларни юмшатувчи нарсаларга эътибор қаратиш.
 У зотдан кейинги тўғри йўлдаги тўрт халифага эргашишга буюрилмоқда. Улар Абу Бакр, Умар ибн Хаттоб, Усмон ибн Аффон ва Алий ибн Абу Толиб разияллоҳу анҳум.
 Динда бидъат ихтиро қилишдан қайтариш ва ҳар бир бидъат залолатдир.
 Мўминларга амир бўлганларга маъсият бўлмаган ўринда қулоқ солиб итоат қилиш лозим.
 Ҳар қандай вақт ва ва ҳар қандай ҳолатда Аллоҳга тақво қилишнинг аҳамияти.
 Бу уммат орасида ихтилоф бўлиши аниқ. Ихтилоф бўлган вақтда Расулуллоҳ соллаллоҳу алайҳи ва саллам ва хулафои рошидинларнинг суннатларига қайтиш лозим.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/65057</t>
   </si>
   <si>
     <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
@@ -12513,50 +13382,99 @@
   </si>
   <si>
     <t>Усмон ибн Абул Ос разияллоҳу анҳудан ривоят қилинади: «Ё Расулуллоҳ, шайтон мен билан намозим ва қироатим орасида ҳалақит қилиб, чалкаштириб юбораябти», дедим. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам: «У «Хинзаб», деб номланадиган шайтон. Агар сен уни ҳис қилсанг, Аллоҳ номи ила ундан паноҳ тила ва чап томонингга уч марта туфлаб қўй», дедилар. Мен У зотнинг айтганларини қилган эдим, Аллоҳ таоло мендан уни кетказди».</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>Усмон ибн Абу Ос разияллоҳу анҳу Набий соллаллоҳу алайҳи ва салламга келиб: «Ё Расулуллоҳ, шайтон мен ва намозим ўртасини бўлиб унда хушуъ қилишдан тўсаябди ва қироатимга қоришиб мени шубҳалантирмоқда», – деди. Шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам унга: «У Хинзаб деб номланадиган шайтон. Агар унга дуч келсанг ва уни сезсанг Аллоҳга қаттиқ боғлан ва У Зотдан паноҳ тила! Уч марта озгина сулак билан чап томонингга тупур» - дедилар . Усмон разияллоҳу анҳу: «Набий соллаллоҳу алайҳи ва саллам буюрганларини қилдим ва Аллоҳ мендан уни кетказди», – деди.</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>Намозда қалб ҳозир бўлиши ва хушуънинг муҳимлиги. Шайтон намозни бузишга ва унда шубҳалантиришга қаттиқ тиришади.
 Намозда шайтон васваса қилганда ундан паноҳ сўраб, чап томонга уч марта туфлаш мустаҳабдир.
 Саҳоба разияллоҳу анҳумлар ҳар бир муаммолларида унинг ечимини топиш учун Набий соллаллоҳу алайҳи ва салламга қайтишлари.
 Саҳобаларнинг қалблари тирик ва ғамлари охират бўлган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/65105</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
+  </si>
+  <si>
+    <t>Тўрт нарса борки, мана шулар кимда бўлса, аниқ мунофиқ бўлибди. Кимда булардан бирортаси бўлса, уни ташламагунича унда мунофиқликнинг бир хислати бор бўлади: сўзласа ёлғон сўзлайди, аҳдлашса хиёнат қилади, ваъда берса хилоф қилади, тортишса фожирлик қилади», - дедилар</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
+  </si>
+  <si>
+    <t>Абдуллоҳ ибн Амр разияллоҳу анҳумодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: Тўрт нарса борки, мана шулар кимда бўлса, аниқ мунофиқ бўлибди. Кимда булардан бирортаси бўлса, уни ташламагунича унда мунофиқликнинг бир хислати бор бўлади: сўзласа ёлғон сўзлайди, аҳдлашса хиёнат қилади, ваъда берса хилоф қилади, тортишса фожирлик қилади», - дедилар.</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>Пайғамбар соллаллоҳу алайҳи ва саллам тўртта хислат ҳақида огоҳлантирдилар. Агар бу хислатлар бир мусулмонда йиғилса, у шу хислатлари сабаб мунофиққа ўхшаб қолади. Бу эса ана шу сифатлар унда доимий ва кўп учраса шундай бўлади, агар баъзида, камдан-кам содир бўлса, бу ҳукмга кирмайди. У хислатлар қуйидагилар:
+1. Гапирганда — қасддан ёлғон гапириши ва ростгўй бўлмаслиги.
+2. Ахд ва ваъда берса — унга вафо қилмаслиги, шеригини алдаб хиёнат қилиши.
+3. Ваъда берса бажармаслиги ва ваъдасини бузиши.
+4. Биров билан тортишиб, жанжал қилса, ҳақдан оғиб кетиши, уни рад этиши ва йўққа чиқариш учун турли ҳийла ишлатиши, ёлғон ва ботил гапларни айтиши.
+Мунофиқлик – ташқи кўринишида бир нарсани кўрсатиб, ичида унга тескари бўлишдир. Ана шу маъно мазкур хислатлар эгасида мавжуд. Унинг мунофиқлиги одамлар билан муомалада, гапирганда, ваъда берганда, ишониб омонат топширилганда, тортишганда ёки аҳдлашганда кўринади. Бу Исломдаги мунофиқлик бобидан эмас, яъни, ўзини мусулмон кўрсатиб, ичида куфрни яшириш маъносида эмас. Лекин кимда бу хислатлардан бири бўлса, токи уни тарк қилгунга қадар у кишида мунофиқлик сифатидан бир сифат бўлади.</t>
+  </si>
+  <si>
+    <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
+المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
+قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
+النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
+قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
+قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
+  </si>
+  <si>
+    <t>Мунофиқнинг баъзи белгиларини баён қилишдан мақсад — мусулмонларни у сифатлардан қайтариш ва уларни бажариб қўйишдан огоҳлантиришдир.
+Ҳадисдан кўзда тутилган маъно шуки: бу хислатлар — мунофиқлик хислатларидир. Уларнинг эгаси мунофиқларга ўхшайди ва уларнинг ахлоқи билан ахлоқланади. Лекин бу у Исломни кўрсатиб, ичида куфрни яширган мунофиқ кабидир дегани эмас. Лекин баъзилар: «Бу гап ана шу хислатлар унга ғолиб келиб, уларни оддий санаб, аҳамият бермай қўйган одам ҳақида айтилган. Чунки шундай киши, одатда, эътиқоди бузуқ мнофиқ бўлади», – деганлар.
+Ғаззолий раҳимаҳуллоҳ айтади: «Диёнатнинг асоси учта нарсага чекланган: сўз, амал ва ният. Ҳадисда ёлғон билан сўзнинг бузуқлигига ишора қилинди, хиёнат билан амалнинг бузуқлигига ишора қилинди, ваъдада турмаслик билан ниятнинг бузуқлигига ишора қилинди. Чунки ваъдани бузиш — агар ваъда берган вақтда нияти бузуқ бўлса, мунофиқликка киради. Лекин агар у ваъда берган пайтда бажаришга қатъий ният қилган бўлиб, кейин қандайдир тўсиқ чиқса ёки унга бошқа фикр келиб қолса, бу ҳолат мунофиқлик шаклига кирмайди».
+Нифоқ икки хил бўлади:
+1. Эътиқодий мунофиқлик — бунда одам Исломни кўрсатиб, ичида куфрни яширади. Бу уни иймондан чиқаради.
+2. Амалий мунофиқлик — мунофиқларнинг ахлоқлари ва сифатларига ўхшаб қолиш. Бу инсонни иймондан чиқармайди, аммо, катта гуноҳ ҳисобланади.
+Ибн Ҳажар раҳимаҳуллоҳ айтади: «Уламолар ижмоъ қилганларки, агар кимдир қалби ва тили билан тасдиқлаган бўлса-ю ва ана шу хислатларга тушиб қолса, унга кофир деб ҳукм қилинмайди ва жаҳаннамда абадий қоладиган мунофиқ деб ҳам ҳисобланмайди».
+Нававий раҳимаҳуллоҳ айтади: «Баъзи уламоларнинг сўзларига кўра, бу ҳадис Пайғамбар соллаллоҳу алайҳи ва салламнинг замонидаги мунофиқларга тегишлидир. Улар иймон келтирдик деб айтиб, ёлғончи бўлишган. Динида омонатдор бўлиб кўринганлар, аммо хиёнат қилганлар. Дин ишларида ва уни ҳимоя қилишда ваъда берганлар, лекин ваъдаларини бузганлар. Тортишув ва низоларга киришганларида эса ҳақдан оғиб, ёлғон ва ёмонликка юз тутганлар».</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/65124</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -12859,51 +13777,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O342"/>
+  <dimension ref="A1:O361"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -17809,11138 +18727,12019 @@
       </c>
       <c r="I106" t="s">
         <v>987</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
         <v>25</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
         <v>27</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
         <v>988</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>4304</v>
+        <v>4295</v>
       </c>
       <c r="B107" t="s">
         <v>989</v>
       </c>
       <c r="C107" t="s">
         <v>990</v>
       </c>
       <c r="D107" t="s">
         <v>991</v>
       </c>
       <c r="E107" t="s">
         <v>992</v>
       </c>
       <c r="F107" t="s">
         <v>993</v>
       </c>
       <c r="G107" t="s">
         <v>994</v>
       </c>
       <c r="H107" t="s">
         <v>995</v>
       </c>
       <c r="I107" t="s">
         <v>996</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>4309</v>
+        <v>4303</v>
       </c>
       <c r="B108" t="s">
         <v>998</v>
       </c>
       <c r="C108" t="s">
         <v>999</v>
       </c>
       <c r="D108" t="s">
         <v>1000</v>
       </c>
       <c r="E108" t="s">
         <v>1001</v>
       </c>
       <c r="F108" t="s">
         <v>1002</v>
       </c>
       <c r="G108" t="s">
         <v>1003</v>
       </c>
       <c r="H108" t="s">
         <v>1004</v>
       </c>
       <c r="I108" t="s">
         <v>1005</v>
       </c>
       <c r="J108" t="s">
-        <v>24</v>
+        <v>511</v>
       </c>
       <c r="K108" t="s">
-        <v>112</v>
+        <v>1006</v>
       </c>
       <c r="L108" t="s">
-        <v>26</v>
+        <v>513</v>
       </c>
       <c r="M108" t="s">
-        <v>113</v>
+        <v>1007</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>4314</v>
+        <v>4304</v>
       </c>
       <c r="B109" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="C109" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="D109" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="E109" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="F109" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="G109" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="H109" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="I109" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
         <v>25</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
         <v>27</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>4319</v>
+        <v>4308</v>
       </c>
       <c r="B110" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="C110" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="D110" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="E110" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="F110" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="G110" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="H110" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="I110" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>112</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>113</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>4322</v>
+        <v>4309</v>
       </c>
       <c r="B111" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="C111" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="D111" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="E111" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="F111" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="G111" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="H111" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="I111" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>4555</v>
+        <v>4314</v>
       </c>
       <c r="B112" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="C112" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="D112" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="E112" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="F112" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="G112" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="H112" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="I112" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>4560</v>
+        <v>4316</v>
       </c>
       <c r="B113" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="C113" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="D113" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="E113" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="F113" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="G113" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="H113" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="I113" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>4563</v>
+        <v>4319</v>
       </c>
       <c r="B114" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="C114" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="D114" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="E114" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="F114" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="G114" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="H114" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="I114" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>112</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>113</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>4566</v>
+        <v>4322</v>
       </c>
       <c r="B115" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="C115" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="D115" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="E115" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="F115" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="G115" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="H115" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="I115" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
         <v>25</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>27</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>4709</v>
+        <v>4555</v>
       </c>
       <c r="B116" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="C116" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="D116" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="E116" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="F116" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="G116" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="H116" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="I116" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>4711</v>
+        <v>4556</v>
       </c>
       <c r="B117" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="C117" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="D117" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="E117" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="F117" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="G117" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="H117" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="I117" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="J117" t="s">
-        <v>1087</v>
+        <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>1088</v>
+        <v>25</v>
       </c>
       <c r="L117" t="s">
+        <v>26</v>
+      </c>
+      <c r="M117" t="s">
+        <v>27</v>
+      </c>
+      <c r="N117" t="s">
+        <v>28</v>
+      </c>
+      <c r="O117" t="s">
         <v>1089</v>
-      </c>
-[...7 lines deleted...]
-        <v>1091</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>4721</v>
+        <v>4558</v>
       </c>
       <c r="B118" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D118" t="s">
         <v>1092</v>
       </c>
-      <c r="C118" t="s">
+      <c r="E118" t="s">
         <v>1093</v>
       </c>
-      <c r="D118" t="s">
+      <c r="F118" t="s">
         <v>1094</v>
       </c>
-      <c r="E118" t="s">
+      <c r="G118" t="s">
         <v>1095</v>
       </c>
-      <c r="F118" t="s">
+      <c r="H118" t="s">
         <v>1096</v>
       </c>
-      <c r="G118" t="s">
+      <c r="I118" t="s">
         <v>1097</v>
       </c>
-      <c r="H118" t="s">
+      <c r="J118" t="s">
+        <v>24</v>
+      </c>
+      <c r="K118" t="s">
+        <v>112</v>
+      </c>
+      <c r="L118" t="s">
+        <v>26</v>
+      </c>
+      <c r="M118" t="s">
+        <v>113</v>
+      </c>
+      <c r="N118" t="s">
+        <v>28</v>
+      </c>
+      <c r="O118" t="s">
         <v>1098</v>
-      </c>
-[...19 lines deleted...]
-        <v>1102</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>4792</v>
+        <v>4559</v>
       </c>
       <c r="B119" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D119" t="s">
+        <v>1101</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1102</v>
+      </c>
+      <c r="F119" t="s">
         <v>1103</v>
       </c>
-      <c r="C119" t="s">
+      <c r="G119" t="s">
         <v>1104</v>
       </c>
-      <c r="D119" t="s">
+      <c r="H119" t="s">
         <v>1105</v>
       </c>
-      <c r="E119" t="s">
+      <c r="I119" t="s">
         <v>1106</v>
       </c>
-      <c r="F119" t="s">
+      <c r="J119" t="s">
+        <v>24</v>
+      </c>
+      <c r="K119" t="s">
+        <v>47</v>
+      </c>
+      <c r="L119" t="s">
+        <v>26</v>
+      </c>
+      <c r="M119" t="s">
+        <v>48</v>
+      </c>
+      <c r="N119" t="s">
+        <v>28</v>
+      </c>
+      <c r="O119" t="s">
         <v>1107</v>
-      </c>
-[...25 lines deleted...]
-        <v>1111</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>4810</v>
+        <v>4560</v>
       </c>
       <c r="B120" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D120" t="s">
+        <v>1110</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1111</v>
+      </c>
+      <c r="F120" t="s">
         <v>1112</v>
       </c>
-      <c r="C120" t="s">
+      <c r="G120" t="s">
         <v>1113</v>
       </c>
-      <c r="D120" t="s">
+      <c r="H120" t="s">
         <v>1114</v>
       </c>
-      <c r="E120" t="s">
+      <c r="I120" t="s">
         <v>1115</v>
       </c>
-      <c r="F120" t="s">
+      <c r="J120" t="s">
+        <v>24</v>
+      </c>
+      <c r="K120" t="s">
+        <v>25</v>
+      </c>
+      <c r="L120" t="s">
+        <v>26</v>
+      </c>
+      <c r="M120" t="s">
+        <v>27</v>
+      </c>
+      <c r="N120" t="s">
+        <v>28</v>
+      </c>
+      <c r="O120" t="s">
         <v>1116</v>
-      </c>
-[...25 lines deleted...]
-        <v>1120</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>4811</v>
+        <v>4563</v>
       </c>
       <c r="B121" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D121" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F121" t="s">
         <v>1121</v>
       </c>
-      <c r="C121" t="s">
+      <c r="G121" t="s">
         <v>1122</v>
       </c>
-      <c r="D121" t="s">
+      <c r="H121" t="s">
         <v>1123</v>
       </c>
-      <c r="E121" t="s">
+      <c r="I121" t="s">
         <v>1124</v>
       </c>
-      <c r="F121" t="s">
+      <c r="J121" t="s">
+        <v>24</v>
+      </c>
+      <c r="K121" t="s">
+        <v>112</v>
+      </c>
+      <c r="L121" t="s">
+        <v>26</v>
+      </c>
+      <c r="M121" t="s">
+        <v>113</v>
+      </c>
+      <c r="N121" t="s">
+        <v>28</v>
+      </c>
+      <c r="O121" t="s">
         <v>1125</v>
-      </c>
-[...25 lines deleted...]
-        <v>1131</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>4817</v>
+        <v>4564</v>
       </c>
       <c r="B122" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D122" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F122" t="s">
+        <v>1130</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1131</v>
+      </c>
+      <c r="H122" t="s">
         <v>1132</v>
       </c>
-      <c r="C122" t="s">
+      <c r="I122" t="s">
         <v>1133</v>
       </c>
-      <c r="D122" t="s">
+      <c r="J122" t="s">
+        <v>24</v>
+      </c>
+      <c r="K122" t="s">
         <v>1134</v>
       </c>
-      <c r="E122" t="s">
+      <c r="L122" t="s">
+        <v>26</v>
+      </c>
+      <c r="N122" t="s">
+        <v>28</v>
+      </c>
+      <c r="O122" t="s">
         <v>1135</v>
-      </c>
-[...28 lines deleted...]
-        <v>1140</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>4935</v>
+        <v>4566</v>
       </c>
       <c r="B123" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D123" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F123" t="s">
+        <v>1140</v>
+      </c>
+      <c r="G123" t="s">
         <v>1141</v>
       </c>
-      <c r="C123" t="s">
+      <c r="H123" t="s">
         <v>1142</v>
       </c>
-      <c r="D123" t="s">
+      <c r="I123" t="s">
         <v>1143</v>
       </c>
-      <c r="E123" t="s">
+      <c r="J123" t="s">
+        <v>24</v>
+      </c>
+      <c r="K123" t="s">
+        <v>25</v>
+      </c>
+      <c r="L123" t="s">
+        <v>26</v>
+      </c>
+      <c r="M123" t="s">
+        <v>27</v>
+      </c>
+      <c r="N123" t="s">
+        <v>28</v>
+      </c>
+      <c r="O123" t="s">
         <v>1144</v>
-      </c>
-[...28 lines deleted...]
-        <v>1149</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>4947</v>
+        <v>4568</v>
       </c>
       <c r="B124" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D124" t="s">
+        <v>1147</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F124" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G124" t="s">
         <v>1150</v>
       </c>
-      <c r="C124" t="s">
+      <c r="H124" t="s">
         <v>1151</v>
       </c>
-      <c r="D124" t="s">
+      <c r="I124" t="s">
         <v>1152</v>
       </c>
-      <c r="E124" t="s">
+      <c r="J124" t="s">
+        <v>24</v>
+      </c>
+      <c r="K124" t="s">
+        <v>25</v>
+      </c>
+      <c r="L124" t="s">
+        <v>26</v>
+      </c>
+      <c r="M124" t="s">
+        <v>27</v>
+      </c>
+      <c r="N124" t="s">
+        <v>28</v>
+      </c>
+      <c r="O124" t="s">
         <v>1153</v>
-      </c>
-[...28 lines deleted...]
-        <v>1158</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>4950</v>
+        <v>4704</v>
       </c>
       <c r="B125" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D125" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F125" t="s">
+        <v>1158</v>
+      </c>
+      <c r="G125" t="s">
         <v>1159</v>
       </c>
-      <c r="C125" t="s">
+      <c r="H125" t="s">
         <v>1160</v>
       </c>
-      <c r="D125" t="s">
+      <c r="I125" t="s">
         <v>1161</v>
       </c>
-      <c r="E125" t="s">
+      <c r="J125" t="s">
+        <v>24</v>
+      </c>
+      <c r="K125" t="s">
+        <v>47</v>
+      </c>
+      <c r="L125" t="s">
+        <v>26</v>
+      </c>
+      <c r="M125" t="s">
+        <v>48</v>
+      </c>
+      <c r="N125" t="s">
+        <v>28</v>
+      </c>
+      <c r="O125" t="s">
         <v>1162</v>
-      </c>
-[...28 lines deleted...]
-        <v>1167</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>4965</v>
+        <v>4706</v>
       </c>
       <c r="B126" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D126" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F126" t="s">
+        <v>1167</v>
+      </c>
+      <c r="G126" t="s">
         <v>1168</v>
       </c>
-      <c r="C126" t="s">
+      <c r="H126" t="s">
         <v>1169</v>
       </c>
-      <c r="D126" t="s">
+      <c r="I126" t="s">
         <v>1170</v>
       </c>
-      <c r="E126" t="s">
+      <c r="J126" t="s">
+        <v>24</v>
+      </c>
+      <c r="K126" t="s">
+        <v>112</v>
+      </c>
+      <c r="L126" t="s">
+        <v>26</v>
+      </c>
+      <c r="M126" t="s">
+        <v>113</v>
+      </c>
+      <c r="N126" t="s">
+        <v>28</v>
+      </c>
+      <c r="O126" t="s">
         <v>1171</v>
-      </c>
-[...28 lines deleted...]
-        <v>1176</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>4968</v>
+        <v>4709</v>
       </c>
       <c r="B127" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D127" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F127" t="s">
+        <v>1176</v>
+      </c>
+      <c r="G127" t="s">
         <v>1177</v>
       </c>
-      <c r="C127" t="s">
+      <c r="H127" t="s">
         <v>1178</v>
       </c>
-      <c r="D127" t="s">
+      <c r="I127" t="s">
         <v>1179</v>
       </c>
-      <c r="E127" t="s">
+      <c r="J127" t="s">
+        <v>24</v>
+      </c>
+      <c r="K127" t="s">
+        <v>47</v>
+      </c>
+      <c r="L127" t="s">
+        <v>26</v>
+      </c>
+      <c r="M127" t="s">
+        <v>48</v>
+      </c>
+      <c r="N127" t="s">
+        <v>28</v>
+      </c>
+      <c r="O127" t="s">
         <v>1180</v>
-      </c>
-[...28 lines deleted...]
-        <v>1185</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>4969</v>
+        <v>4711</v>
       </c>
       <c r="B128" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D128" t="s">
+        <v>1183</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F128" t="s">
+        <v>1185</v>
+      </c>
+      <c r="G128" t="s">
         <v>1186</v>
       </c>
-      <c r="C128" t="s">
+      <c r="H128" t="s">
         <v>1187</v>
       </c>
-      <c r="D128" t="s">
+      <c r="I128" t="s">
         <v>1188</v>
       </c>
-      <c r="E128" t="s">
+      <c r="J128" t="s">
         <v>1189</v>
       </c>
-      <c r="F128" t="s">
+      <c r="K128" t="s">
         <v>1190</v>
       </c>
-      <c r="G128" t="s">
+      <c r="L128" t="s">
         <v>1191</v>
       </c>
-      <c r="H128" t="s">
+      <c r="M128" t="s">
         <v>1192</v>
       </c>
-      <c r="I128" t="s">
+      <c r="N128" t="s">
+        <v>28</v>
+      </c>
+      <c r="O128" t="s">
         <v>1193</v>
-      </c>
-[...16 lines deleted...]
-        <v>1194</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>5272</v>
+        <v>4716</v>
       </c>
       <c r="B129" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C129" t="s">
         <v>1195</v>
       </c>
-      <c r="C129" t="s">
+      <c r="D129" t="s">
         <v>1196</v>
       </c>
-      <c r="D129" t="s">
+      <c r="E129" t="s">
         <v>1197</v>
       </c>
-      <c r="E129" t="s">
+      <c r="F129" t="s">
         <v>1198</v>
       </c>
-      <c r="F129" t="s">
+      <c r="G129" t="s">
         <v>1199</v>
       </c>
-      <c r="G129" t="s">
+      <c r="H129" t="s">
         <v>1200</v>
       </c>
-      <c r="H129" t="s">
+      <c r="I129" t="s">
         <v>1201</v>
       </c>
-      <c r="I129" t="s">
+      <c r="J129" t="s">
+        <v>24</v>
+      </c>
+      <c r="K129" t="s">
+        <v>1006</v>
+      </c>
+      <c r="L129" t="s">
+        <v>26</v>
+      </c>
+      <c r="M129" t="s">
+        <v>1007</v>
+      </c>
+      <c r="N129" t="s">
+        <v>28</v>
+      </c>
+      <c r="O129" t="s">
         <v>1202</v>
-      </c>
-[...16 lines deleted...]
-        <v>1203</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>5273</v>
+        <v>4717</v>
       </c>
       <c r="B130" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C130" t="s">
         <v>1204</v>
       </c>
-      <c r="C130" t="s">
+      <c r="D130" t="s">
         <v>1205</v>
       </c>
-      <c r="D130" t="s">
+      <c r="E130" t="s">
         <v>1206</v>
       </c>
-      <c r="E130" t="s">
+      <c r="F130" t="s">
         <v>1207</v>
       </c>
-      <c r="F130" t="s">
+      <c r="G130" t="s">
         <v>1208</v>
       </c>
-      <c r="G130" t="s">
+      <c r="H130" t="s">
         <v>1209</v>
       </c>
-      <c r="H130" t="s">
+      <c r="I130" t="s">
         <v>1210</v>
       </c>
-      <c r="I130" t="s">
+      <c r="J130" t="s">
+        <v>24</v>
+      </c>
+      <c r="K130" t="s">
+        <v>25</v>
+      </c>
+      <c r="L130" t="s">
+        <v>26</v>
+      </c>
+      <c r="M130" t="s">
+        <v>27</v>
+      </c>
+      <c r="N130" t="s">
+        <v>28</v>
+      </c>
+      <c r="O130" t="s">
         <v>1211</v>
-      </c>
-[...16 lines deleted...]
-        <v>1214</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>5326</v>
+        <v>4721</v>
       </c>
       <c r="B131" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D131" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E131" t="s">
         <v>1215</v>
       </c>
-      <c r="C131" t="s">
+      <c r="F131" t="s">
         <v>1216</v>
       </c>
-      <c r="D131" t="s">
+      <c r="G131" t="s">
         <v>1217</v>
       </c>
-      <c r="E131" t="s">
+      <c r="H131" t="s">
         <v>1218</v>
       </c>
-      <c r="F131" t="s">
+      <c r="I131" t="s">
         <v>1219</v>
       </c>
-      <c r="G131" t="s">
+      <c r="J131" t="s">
+        <v>24</v>
+      </c>
+      <c r="K131" t="s">
+        <v>1006</v>
+      </c>
+      <c r="L131" t="s">
+        <v>26</v>
+      </c>
+      <c r="M131" t="s">
+        <v>1007</v>
+      </c>
+      <c r="N131" t="s">
+        <v>28</v>
+      </c>
+      <c r="O131" t="s">
         <v>1220</v>
-      </c>
-[...22 lines deleted...]
-        <v>1223</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>5330</v>
+        <v>4722</v>
       </c>
       <c r="B132" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D132" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E132" t="s">
         <v>1224</v>
       </c>
-      <c r="C132" t="s">
+      <c r="F132" t="s">
         <v>1225</v>
       </c>
-      <c r="D132" t="s">
+      <c r="G132" t="s">
         <v>1226</v>
       </c>
-      <c r="E132" t="s">
+      <c r="H132" t="s">
         <v>1227</v>
       </c>
-      <c r="F132" t="s">
+      <c r="I132" t="s">
         <v>1228</v>
       </c>
-      <c r="G132" t="s">
+      <c r="J132" t="s">
+        <v>24</v>
+      </c>
+      <c r="K132" t="s">
         <v>1229</v>
       </c>
-      <c r="H132" t="s">
+      <c r="L132" t="s">
+        <v>26</v>
+      </c>
+      <c r="N132" t="s">
+        <v>28</v>
+      </c>
+      <c r="O132" t="s">
         <v>1230</v>
-      </c>
-[...19 lines deleted...]
-        <v>1232</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>5331</v>
+        <v>4792</v>
       </c>
       <c r="B133" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D133" t="s">
         <v>1233</v>
       </c>
-      <c r="C133" t="s">
+      <c r="E133" t="s">
         <v>1234</v>
       </c>
-      <c r="D133" t="s">
+      <c r="F133" t="s">
         <v>1235</v>
       </c>
-      <c r="E133" t="s">
+      <c r="G133" t="s">
         <v>1236</v>
       </c>
-      <c r="F133" t="s">
+      <c r="H133" t="s">
         <v>1237</v>
       </c>
-      <c r="G133" t="s">
+      <c r="I133" t="s">
         <v>1238</v>
       </c>
-      <c r="H133" t="s">
+      <c r="J133" t="s">
+        <v>24</v>
+      </c>
+      <c r="K133" t="s">
+        <v>25</v>
+      </c>
+      <c r="L133" t="s">
+        <v>26</v>
+      </c>
+      <c r="M133" t="s">
+        <v>27</v>
+      </c>
+      <c r="N133" t="s">
+        <v>28</v>
+      </c>
+      <c r="O133" t="s">
         <v>1239</v>
-      </c>
-[...19 lines deleted...]
-        <v>1241</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>5332</v>
+        <v>4801</v>
       </c>
       <c r="B134" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D134" t="s">
         <v>1242</v>
       </c>
-      <c r="C134" t="s">
+      <c r="E134" t="s">
         <v>1243</v>
       </c>
-      <c r="D134" t="s">
+      <c r="F134" t="s">
         <v>1244</v>
       </c>
-      <c r="E134" t="s">
+      <c r="G134" t="s">
         <v>1245</v>
       </c>
-      <c r="F134" t="s">
+      <c r="H134" t="s">
         <v>1246</v>
       </c>
-      <c r="G134" t="s">
+      <c r="I134" t="s">
         <v>1247</v>
       </c>
-      <c r="H134" t="s">
+      <c r="J134" t="s">
+        <v>24</v>
+      </c>
+      <c r="K134" t="s">
+        <v>112</v>
+      </c>
+      <c r="L134" t="s">
+        <v>26</v>
+      </c>
+      <c r="M134" t="s">
+        <v>113</v>
+      </c>
+      <c r="N134" t="s">
+        <v>28</v>
+      </c>
+      <c r="O134" t="s">
         <v>1248</v>
-      </c>
-[...19 lines deleted...]
-        <v>1250</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>5335</v>
+        <v>4810</v>
       </c>
       <c r="B135" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D135" t="s">
         <v>1251</v>
       </c>
-      <c r="C135" t="s">
+      <c r="E135" t="s">
         <v>1252</v>
       </c>
-      <c r="D135" t="s">
+      <c r="F135" t="s">
         <v>1253</v>
       </c>
-      <c r="E135" t="s">
+      <c r="G135" t="s">
         <v>1254</v>
       </c>
-      <c r="F135" t="s">
+      <c r="H135" t="s">
         <v>1255</v>
       </c>
-      <c r="G135" t="s">
+      <c r="I135" t="s">
         <v>1256</v>
       </c>
-      <c r="H135" t="s">
+      <c r="J135" t="s">
+        <v>24</v>
+      </c>
+      <c r="K135" t="s">
+        <v>112</v>
+      </c>
+      <c r="L135" t="s">
+        <v>26</v>
+      </c>
+      <c r="M135" t="s">
+        <v>113</v>
+      </c>
+      <c r="N135" t="s">
+        <v>28</v>
+      </c>
+      <c r="O135" t="s">
         <v>1257</v>
-      </c>
-[...19 lines deleted...]
-        <v>1259</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>5346</v>
+        <v>4811</v>
       </c>
       <c r="B136" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D136" t="s">
         <v>1260</v>
       </c>
-      <c r="C136" t="s">
+      <c r="E136" t="s">
         <v>1261</v>
       </c>
-      <c r="D136" t="s">
+      <c r="F136" t="s">
         <v>1262</v>
       </c>
-      <c r="E136" t="s">
+      <c r="G136" t="s">
         <v>1263</v>
       </c>
-      <c r="F136" t="s">
+      <c r="H136" t="s">
         <v>1264</v>
       </c>
-      <c r="G136" t="s">
+      <c r="I136" t="s">
         <v>1265</v>
       </c>
-      <c r="H136" t="s">
+      <c r="J136" t="s">
+        <v>24</v>
+      </c>
+      <c r="K136" t="s">
         <v>1266</v>
       </c>
-      <c r="I136" t="s">
+      <c r="L136" t="s">
+        <v>26</v>
+      </c>
+      <c r="M136" t="s">
         <v>1267</v>
       </c>
-      <c r="J136" t="s">
-[...2 lines deleted...]
-      <c r="K136" t="s">
+      <c r="N136" t="s">
+        <v>28</v>
+      </c>
+      <c r="O136" t="s">
         <v>1268</v>
-      </c>
-[...10 lines deleted...]
-        <v>1270</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>5348</v>
+        <v>4817</v>
       </c>
       <c r="B137" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C137" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D137" t="s">
         <v>1271</v>
       </c>
-      <c r="C137" t="s">
+      <c r="E137" t="s">
         <v>1272</v>
       </c>
-      <c r="D137" t="s">
+      <c r="F137" t="s">
         <v>1273</v>
       </c>
-      <c r="E137" t="s">
+      <c r="G137" t="s">
         <v>1274</v>
       </c>
-      <c r="F137" t="s">
+      <c r="H137" t="s">
         <v>1275</v>
       </c>
-      <c r="G137" t="s">
+      <c r="I137" t="s">
         <v>1276</v>
       </c>
-      <c r="H137" t="s">
+      <c r="J137" t="s">
+        <v>24</v>
+      </c>
+      <c r="K137" t="s">
+        <v>25</v>
+      </c>
+      <c r="L137" t="s">
+        <v>26</v>
+      </c>
+      <c r="M137" t="s">
+        <v>27</v>
+      </c>
+      <c r="N137" t="s">
+        <v>28</v>
+      </c>
+      <c r="O137" t="s">
         <v>1277</v>
-      </c>
-[...19 lines deleted...]
-        <v>1279</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>5351</v>
+        <v>4935</v>
       </c>
       <c r="B138" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D138" t="s">
         <v>1280</v>
       </c>
-      <c r="C138" t="s">
+      <c r="E138" t="s">
         <v>1281</v>
       </c>
-      <c r="D138" t="s">
+      <c r="F138" t="s">
         <v>1282</v>
       </c>
-      <c r="E138" t="s">
+      <c r="G138" t="s">
         <v>1283</v>
       </c>
-      <c r="F138" t="s">
+      <c r="H138" t="s">
         <v>1284</v>
       </c>
-      <c r="G138" t="s">
+      <c r="I138" t="s">
         <v>1285</v>
       </c>
-      <c r="H138" t="s">
+      <c r="J138" t="s">
+        <v>24</v>
+      </c>
+      <c r="K138" t="s">
+        <v>112</v>
+      </c>
+      <c r="L138" t="s">
+        <v>26</v>
+      </c>
+      <c r="M138" t="s">
+        <v>113</v>
+      </c>
+      <c r="N138" t="s">
+        <v>28</v>
+      </c>
+      <c r="O138" t="s">
         <v>1286</v>
-      </c>
-[...19 lines deleted...]
-        <v>1288</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>5353</v>
+        <v>4947</v>
       </c>
       <c r="B139" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D139" t="s">
         <v>1289</v>
       </c>
-      <c r="C139" t="s">
+      <c r="E139" t="s">
         <v>1290</v>
       </c>
-      <c r="D139" t="s">
+      <c r="F139" t="s">
         <v>1291</v>
       </c>
-      <c r="E139" t="s">
+      <c r="G139" t="s">
         <v>1292</v>
       </c>
-      <c r="F139" t="s">
+      <c r="H139" t="s">
         <v>1293</v>
       </c>
-      <c r="G139" t="s">
+      <c r="I139" t="s">
         <v>1294</v>
       </c>
-      <c r="H139" t="s">
+      <c r="J139" t="s">
+        <v>24</v>
+      </c>
+      <c r="K139" t="s">
+        <v>47</v>
+      </c>
+      <c r="L139" t="s">
+        <v>26</v>
+      </c>
+      <c r="M139" t="s">
+        <v>48</v>
+      </c>
+      <c r="N139" t="s">
+        <v>28</v>
+      </c>
+      <c r="O139" t="s">
         <v>1295</v>
-      </c>
-[...19 lines deleted...]
-        <v>1297</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>5354</v>
+        <v>4950</v>
       </c>
       <c r="B140" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C140" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D140" t="s">
         <v>1298</v>
       </c>
-      <c r="C140" t="s">
+      <c r="E140" t="s">
         <v>1299</v>
       </c>
-      <c r="D140" t="s">
+      <c r="F140" t="s">
         <v>1300</v>
       </c>
-      <c r="E140" t="s">
+      <c r="G140" t="s">
         <v>1301</v>
       </c>
-      <c r="F140" t="s">
+      <c r="H140" t="s">
         <v>1302</v>
       </c>
-      <c r="G140" t="s">
+      <c r="I140" t="s">
         <v>1303</v>
       </c>
-      <c r="H140" t="s">
+      <c r="J140" t="s">
+        <v>24</v>
+      </c>
+      <c r="K140" t="s">
+        <v>1266</v>
+      </c>
+      <c r="L140" t="s">
+        <v>26</v>
+      </c>
+      <c r="M140" t="s">
+        <v>1267</v>
+      </c>
+      <c r="N140" t="s">
+        <v>28</v>
+      </c>
+      <c r="O140" t="s">
         <v>1304</v>
-      </c>
-[...19 lines deleted...]
-        <v>1306</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>5359</v>
+        <v>4965</v>
       </c>
       <c r="B141" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C141" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D141" t="s">
         <v>1307</v>
       </c>
-      <c r="C141" t="s">
+      <c r="E141" t="s">
         <v>1308</v>
       </c>
-      <c r="D141" t="s">
+      <c r="F141" t="s">
         <v>1309</v>
       </c>
-      <c r="E141" t="s">
+      <c r="G141" t="s">
         <v>1310</v>
       </c>
-      <c r="F141" t="s">
+      <c r="H141" t="s">
         <v>1311</v>
       </c>
-      <c r="G141" t="s">
+      <c r="I141" t="s">
         <v>1312</v>
-      </c>
-[...4 lines deleted...]
-        <v>1314</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
         <v>25</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
         <v>27</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1315</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>5364</v>
+        <v>4968</v>
       </c>
       <c r="B142" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C142" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D142" t="s">
         <v>1316</v>
       </c>
-      <c r="C142" t="s">
+      <c r="E142" t="s">
         <v>1317</v>
       </c>
-      <c r="D142" t="s">
+      <c r="F142" t="s">
         <v>1318</v>
       </c>
-      <c r="E142" t="s">
+      <c r="G142" t="s">
         <v>1319</v>
       </c>
-      <c r="F142" t="s">
+      <c r="H142" t="s">
         <v>1320</v>
       </c>
-      <c r="G142" t="s">
+      <c r="I142" t="s">
         <v>1321</v>
       </c>
-      <c r="H142" t="s">
+      <c r="J142" t="s">
+        <v>24</v>
+      </c>
+      <c r="K142" t="s">
+        <v>25</v>
+      </c>
+      <c r="L142" t="s">
+        <v>26</v>
+      </c>
+      <c r="M142" t="s">
+        <v>27</v>
+      </c>
+      <c r="N142" t="s">
+        <v>28</v>
+      </c>
+      <c r="O142" t="s">
         <v>1322</v>
-      </c>
-[...19 lines deleted...]
-        <v>1324</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>5365</v>
+        <v>4969</v>
       </c>
       <c r="B143" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C143" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D143" t="s">
         <v>1325</v>
       </c>
-      <c r="C143" t="s">
+      <c r="E143" t="s">
         <v>1326</v>
       </c>
-      <c r="D143" t="s">
+      <c r="F143" t="s">
         <v>1327</v>
       </c>
-      <c r="E143" t="s">
+      <c r="G143" t="s">
         <v>1328</v>
       </c>
-      <c r="F143" t="s">
+      <c r="H143" t="s">
         <v>1329</v>
       </c>
-      <c r="G143" t="s">
+      <c r="I143" t="s">
         <v>1330</v>
-      </c>
-[...4 lines deleted...]
-        <v>1332</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
         <v>25</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
         <v>27</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1333</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>5367</v>
+        <v>5272</v>
       </c>
       <c r="B144" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C144" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D144" t="s">
         <v>1334</v>
       </c>
-      <c r="C144" t="s">
+      <c r="E144" t="s">
         <v>1335</v>
       </c>
-      <c r="D144" t="s">
+      <c r="F144" t="s">
         <v>1336</v>
       </c>
-      <c r="E144" t="s">
+      <c r="G144" t="s">
         <v>1337</v>
       </c>
-      <c r="F144" t="s">
+      <c r="H144" t="s">
         <v>1338</v>
       </c>
-      <c r="G144" t="s">
+      <c r="I144" t="s">
         <v>1339</v>
       </c>
-      <c r="H144" t="s">
+      <c r="J144" t="s">
+        <v>498</v>
+      </c>
+      <c r="K144" t="s">
+        <v>499</v>
+      </c>
+      <c r="L144" t="s">
+        <v>500</v>
+      </c>
+      <c r="M144" t="s">
+        <v>501</v>
+      </c>
+      <c r="N144" t="s">
+        <v>28</v>
+      </c>
+      <c r="O144" t="s">
         <v>1340</v>
-      </c>
-[...19 lines deleted...]
-        <v>1342</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>5368</v>
+        <v>5273</v>
       </c>
       <c r="B145" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C145" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D145" t="s">
         <v>1343</v>
       </c>
-      <c r="C145" t="s">
+      <c r="E145" t="s">
         <v>1344</v>
       </c>
-      <c r="D145" t="s">
+      <c r="F145" t="s">
         <v>1345</v>
       </c>
-      <c r="E145" t="s">
+      <c r="G145" t="s">
         <v>1346</v>
       </c>
-      <c r="F145" t="s">
+      <c r="H145" t="s">
         <v>1347</v>
       </c>
-      <c r="G145" t="s">
+      <c r="I145" t="s">
         <v>1348</v>
       </c>
-      <c r="H145" t="s">
+      <c r="J145" t="s">
+        <v>24</v>
+      </c>
+      <c r="K145" t="s">
         <v>1349</v>
       </c>
-      <c r="I145" t="s">
+      <c r="L145" t="s">
+        <v>26</v>
+      </c>
+      <c r="M145" t="s">
         <v>1350</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
         <v>1351</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>5371</v>
+        <v>5326</v>
       </c>
       <c r="B146" t="s">
         <v>1352</v>
       </c>
       <c r="C146" t="s">
         <v>1353</v>
       </c>
       <c r="D146" t="s">
         <v>1354</v>
       </c>
       <c r="E146" t="s">
         <v>1355</v>
       </c>
       <c r="F146" t="s">
         <v>1356</v>
       </c>
       <c r="G146" t="s">
         <v>1357</v>
       </c>
       <c r="H146" t="s">
         <v>1358</v>
       </c>
       <c r="I146" t="s">
         <v>1359</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
+        <v>112</v>
+      </c>
+      <c r="L146" t="s">
+        <v>26</v>
+      </c>
+      <c r="M146" t="s">
+        <v>113</v>
+      </c>
+      <c r="N146" t="s">
+        <v>28</v>
+      </c>
+      <c r="O146" t="s">
         <v>1360</v>
-      </c>
-[...10 lines deleted...]
-        <v>1362</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>5372</v>
+        <v>5330</v>
       </c>
       <c r="B147" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C147" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D147" t="s">
         <v>1363</v>
       </c>
-      <c r="C147" t="s">
+      <c r="E147" t="s">
         <v>1364</v>
       </c>
-      <c r="D147" t="s">
+      <c r="F147" t="s">
         <v>1365</v>
       </c>
-      <c r="E147" t="s">
+      <c r="G147" t="s">
         <v>1366</v>
       </c>
-      <c r="F147" t="s">
+      <c r="H147" t="s">
         <v>1367</v>
       </c>
-      <c r="G147" t="s">
+      <c r="I147" t="s">
         <v>1368</v>
       </c>
-      <c r="H147" t="s">
+      <c r="J147" t="s">
+        <v>24</v>
+      </c>
+      <c r="K147" t="s">
+        <v>112</v>
+      </c>
+      <c r="L147" t="s">
+        <v>26</v>
+      </c>
+      <c r="M147" t="s">
+        <v>113</v>
+      </c>
+      <c r="N147" t="s">
+        <v>28</v>
+      </c>
+      <c r="O147" t="s">
         <v>1369</v>
-      </c>
-[...19 lines deleted...]
-        <v>1371</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>5375</v>
+        <v>5331</v>
       </c>
       <c r="B148" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C148" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D148" t="s">
         <v>1372</v>
       </c>
-      <c r="C148" t="s">
+      <c r="E148" t="s">
         <v>1373</v>
       </c>
-      <c r="D148" t="s">
+      <c r="F148" t="s">
         <v>1374</v>
       </c>
-      <c r="E148" t="s">
+      <c r="G148" t="s">
         <v>1375</v>
       </c>
-      <c r="F148" t="s">
+      <c r="H148" t="s">
         <v>1376</v>
       </c>
-      <c r="G148" t="s">
+      <c r="I148" t="s">
         <v>1377</v>
       </c>
-      <c r="H148" t="s">
+      <c r="J148" t="s">
+        <v>24</v>
+      </c>
+      <c r="K148" t="s">
+        <v>47</v>
+      </c>
+      <c r="L148" t="s">
+        <v>26</v>
+      </c>
+      <c r="M148" t="s">
+        <v>48</v>
+      </c>
+      <c r="N148" t="s">
+        <v>28</v>
+      </c>
+      <c r="O148" t="s">
         <v>1378</v>
-      </c>
-[...19 lines deleted...]
-        <v>1380</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>5377</v>
+        <v>5332</v>
       </c>
       <c r="B149" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C149" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D149" t="s">
         <v>1381</v>
       </c>
-      <c r="C149" t="s">
+      <c r="E149" t="s">
         <v>1382</v>
       </c>
-      <c r="D149" t="s">
+      <c r="F149" t="s">
         <v>1383</v>
       </c>
-      <c r="E149" t="s">
+      <c r="G149" t="s">
         <v>1384</v>
       </c>
-      <c r="F149" t="s">
+      <c r="H149" t="s">
         <v>1385</v>
       </c>
-      <c r="G149" t="s">
+      <c r="I149" t="s">
         <v>1386</v>
-      </c>
-[...4 lines deleted...]
-        <v>1388</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
         <v>25</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
         <v>27</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1389</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>5378</v>
+        <v>5335</v>
       </c>
       <c r="B150" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C150" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D150" t="s">
         <v>1390</v>
       </c>
-      <c r="C150" t="s">
+      <c r="E150" t="s">
         <v>1391</v>
       </c>
-      <c r="D150" t="s">
+      <c r="F150" t="s">
         <v>1392</v>
       </c>
-      <c r="E150" t="s">
+      <c r="G150" t="s">
         <v>1393</v>
       </c>
-      <c r="F150" t="s">
+      <c r="H150" t="s">
         <v>1394</v>
       </c>
-      <c r="G150" t="s">
+      <c r="I150" t="s">
         <v>1395</v>
-      </c>
-[...4 lines deleted...]
-        <v>1397</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
         <v>25</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
         <v>27</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1398</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>5382</v>
+        <v>5346</v>
       </c>
       <c r="B151" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C151" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D151" t="s">
         <v>1399</v>
       </c>
-      <c r="C151" t="s">
+      <c r="E151" t="s">
         <v>1400</v>
       </c>
-      <c r="D151" t="s">
+      <c r="F151" t="s">
         <v>1401</v>
       </c>
-      <c r="E151" t="s">
+      <c r="G151" t="s">
         <v>1402</v>
       </c>
-      <c r="F151" t="s">
+      <c r="H151" t="s">
         <v>1403</v>
       </c>
-      <c r="G151" t="s">
+      <c r="I151" t="s">
         <v>1404</v>
       </c>
-      <c r="H151" t="s">
+      <c r="J151" t="s">
+        <v>24</v>
+      </c>
+      <c r="K151" t="s">
         <v>1405</v>
       </c>
-      <c r="I151" t="s">
+      <c r="L151" t="s">
+        <v>26</v>
+      </c>
+      <c r="M151" t="s">
         <v>1406</v>
-      </c>
-[...10 lines deleted...]
-        <v>113</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
         <v>1407</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>5435</v>
+        <v>5348</v>
       </c>
       <c r="B152" t="s">
         <v>1408</v>
       </c>
       <c r="C152" t="s">
         <v>1409</v>
       </c>
       <c r="D152" t="s">
         <v>1410</v>
       </c>
       <c r="E152" t="s">
         <v>1411</v>
       </c>
       <c r="F152" t="s">
         <v>1412</v>
       </c>
       <c r="G152" t="s">
         <v>1413</v>
       </c>
       <c r="H152" t="s">
         <v>1414</v>
       </c>
       <c r="I152" t="s">
         <v>1415</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
         <v>112</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
         <v>113</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
         <v>1416</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>5437</v>
+        <v>5351</v>
       </c>
       <c r="B153" t="s">
         <v>1417</v>
       </c>
       <c r="C153" t="s">
         <v>1418</v>
       </c>
       <c r="D153" t="s">
         <v>1419</v>
       </c>
       <c r="E153" t="s">
         <v>1420</v>
       </c>
       <c r="F153" t="s">
         <v>1421</v>
       </c>
       <c r="G153" t="s">
         <v>1422</v>
       </c>
       <c r="H153" t="s">
         <v>1423</v>
       </c>
       <c r="I153" t="s">
         <v>1424</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
         <v>25</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
         <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
         <v>1425</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>5439</v>
+        <v>5353</v>
       </c>
       <c r="B154" t="s">
         <v>1426</v>
       </c>
       <c r="C154" t="s">
         <v>1427</v>
       </c>
       <c r="D154" t="s">
         <v>1428</v>
       </c>
       <c r="E154" t="s">
         <v>1429</v>
       </c>
       <c r="F154" t="s">
         <v>1430</v>
       </c>
       <c r="G154" t="s">
         <v>1431</v>
       </c>
       <c r="H154" t="s">
         <v>1432</v>
       </c>
       <c r="I154" t="s">
         <v>1433</v>
       </c>
       <c r="J154" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K154" t="s">
-        <v>25</v>
+        <v>618</v>
       </c>
       <c r="L154" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M154" t="s">
-        <v>27</v>
+        <v>619</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
         <v>1434</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>5474</v>
+        <v>5354</v>
       </c>
       <c r="B155" t="s">
         <v>1435</v>
       </c>
       <c r="C155" t="s">
         <v>1436</v>
       </c>
       <c r="D155" t="s">
         <v>1437</v>
       </c>
       <c r="E155" t="s">
         <v>1438</v>
       </c>
       <c r="F155" t="s">
         <v>1439</v>
       </c>
       <c r="G155" t="s">
         <v>1440</v>
       </c>
       <c r="H155" t="s">
         <v>1441</v>
       </c>
       <c r="I155" t="s">
         <v>1442</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
         <v>1443</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>5475</v>
+        <v>5359</v>
       </c>
       <c r="B156" t="s">
         <v>1444</v>
       </c>
       <c r="C156" t="s">
         <v>1445</v>
       </c>
       <c r="D156" t="s">
         <v>1446</v>
       </c>
       <c r="E156" t="s">
         <v>1447</v>
       </c>
       <c r="F156" t="s">
         <v>1448</v>
       </c>
       <c r="G156" t="s">
         <v>1449</v>
       </c>
       <c r="H156" t="s">
         <v>1450</v>
       </c>
       <c r="I156" t="s">
         <v>1451</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>5476</v>
+        <v>5364</v>
       </c>
       <c r="B157" t="s">
         <v>1453</v>
       </c>
       <c r="C157" t="s">
         <v>1454</v>
       </c>
       <c r="D157" t="s">
         <v>1455</v>
       </c>
       <c r="E157" t="s">
         <v>1456</v>
       </c>
       <c r="F157" t="s">
         <v>1457</v>
       </c>
       <c r="G157" t="s">
         <v>1458</v>
       </c>
       <c r="H157" t="s">
         <v>1459</v>
       </c>
       <c r="I157" t="s">
         <v>1460</v>
       </c>
       <c r="J157" t="s">
+        <v>24</v>
+      </c>
+      <c r="K157" t="s">
+        <v>47</v>
+      </c>
+      <c r="L157" t="s">
+        <v>26</v>
+      </c>
+      <c r="M157" t="s">
+        <v>48</v>
+      </c>
+      <c r="N157" t="s">
+        <v>28</v>
+      </c>
+      <c r="O157" t="s">
         <v>1461</v>
-      </c>
-[...13 lines deleted...]
-        <v>1463</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>5478</v>
+        <v>5365</v>
       </c>
       <c r="B158" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C158" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D158" t="s">
         <v>1464</v>
       </c>
-      <c r="C158" t="s">
+      <c r="E158" t="s">
         <v>1465</v>
       </c>
-      <c r="D158" t="s">
+      <c r="F158" t="s">
         <v>1466</v>
       </c>
-      <c r="E158" t="s">
+      <c r="G158" t="s">
         <v>1467</v>
       </c>
-      <c r="F158" t="s">
+      <c r="H158" t="s">
         <v>1468</v>
       </c>
-      <c r="G158" t="s">
+      <c r="I158" t="s">
         <v>1469</v>
-      </c>
-[...4 lines deleted...]
-        <v>1471</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
         <v>25</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
         <v>27</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1472</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>5493</v>
+        <v>5367</v>
       </c>
       <c r="B159" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C159" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D159" t="s">
         <v>1473</v>
       </c>
-      <c r="C159" t="s">
+      <c r="E159" t="s">
         <v>1474</v>
       </c>
-      <c r="D159" t="s">
+      <c r="F159" t="s">
         <v>1475</v>
       </c>
-      <c r="E159" t="s">
+      <c r="G159" t="s">
         <v>1476</v>
       </c>
-      <c r="F159" t="s">
+      <c r="H159" t="s">
         <v>1477</v>
       </c>
-      <c r="G159" t="s">
+      <c r="I159" t="s">
         <v>1478</v>
       </c>
-      <c r="H159" t="s">
+      <c r="J159" t="s">
+        <v>24</v>
+      </c>
+      <c r="K159" t="s">
+        <v>25</v>
+      </c>
+      <c r="L159" t="s">
+        <v>26</v>
+      </c>
+      <c r="M159" t="s">
+        <v>27</v>
+      </c>
+      <c r="N159" t="s">
+        <v>28</v>
+      </c>
+      <c r="O159" t="s">
         <v>1479</v>
-      </c>
-[...19 lines deleted...]
-        <v>1481</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>5496</v>
+        <v>5368</v>
       </c>
       <c r="B160" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C160" t="s">
+        <v>1481</v>
+      </c>
+      <c r="D160" t="s">
         <v>1482</v>
       </c>
-      <c r="C160" t="s">
+      <c r="E160" t="s">
         <v>1483</v>
       </c>
-      <c r="D160" t="s">
+      <c r="F160" t="s">
         <v>1484</v>
       </c>
-      <c r="E160" t="s">
+      <c r="G160" t="s">
         <v>1485</v>
       </c>
-      <c r="F160" t="s">
+      <c r="H160" t="s">
         <v>1486</v>
       </c>
-      <c r="G160" t="s">
+      <c r="I160" t="s">
         <v>1487</v>
       </c>
-      <c r="H160" t="s">
+      <c r="J160" t="s">
+        <v>24</v>
+      </c>
+      <c r="K160" t="s">
+        <v>25</v>
+      </c>
+      <c r="L160" t="s">
+        <v>26</v>
+      </c>
+      <c r="M160" t="s">
+        <v>27</v>
+      </c>
+      <c r="N160" t="s">
+        <v>28</v>
+      </c>
+      <c r="O160" t="s">
         <v>1488</v>
-      </c>
-[...19 lines deleted...]
-        <v>1490</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>5502</v>
+        <v>5371</v>
       </c>
       <c r="B161" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C161" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D161" t="s">
         <v>1491</v>
       </c>
-      <c r="C161" t="s">
+      <c r="E161" t="s">
         <v>1492</v>
       </c>
-      <c r="D161" t="s">
+      <c r="F161" t="s">
         <v>1493</v>
       </c>
-      <c r="E161" t="s">
+      <c r="G161" t="s">
         <v>1494</v>
       </c>
-      <c r="F161" t="s">
+      <c r="H161" t="s">
         <v>1495</v>
       </c>
-      <c r="G161" t="s">
+      <c r="I161" t="s">
         <v>1496</v>
       </c>
-      <c r="H161" t="s">
+      <c r="J161" t="s">
+        <v>24</v>
+      </c>
+      <c r="K161" t="s">
         <v>1497</v>
       </c>
-      <c r="I161" t="s">
+      <c r="L161" t="s">
+        <v>26</v>
+      </c>
+      <c r="M161" t="s">
         <v>1498</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
         <v>1499</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>5503</v>
+        <v>5372</v>
       </c>
       <c r="B162" t="s">
         <v>1500</v>
       </c>
       <c r="C162" t="s">
         <v>1501</v>
       </c>
       <c r="D162" t="s">
         <v>1502</v>
       </c>
       <c r="E162" t="s">
         <v>1503</v>
       </c>
       <c r="F162" t="s">
         <v>1504</v>
       </c>
       <c r="G162" t="s">
         <v>1505</v>
       </c>
       <c r="H162" t="s">
         <v>1506</v>
       </c>
       <c r="I162" t="s">
         <v>1507</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
         <v>1508</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>5507</v>
+        <v>5375</v>
       </c>
       <c r="B163" t="s">
         <v>1509</v>
       </c>
       <c r="C163" t="s">
         <v>1510</v>
       </c>
       <c r="D163" t="s">
         <v>1511</v>
       </c>
       <c r="E163" t="s">
         <v>1512</v>
       </c>
       <c r="F163" t="s">
         <v>1513</v>
       </c>
       <c r="G163" t="s">
         <v>1514</v>
       </c>
       <c r="H163" t="s">
         <v>1515</v>
       </c>
       <c r="I163" t="s">
         <v>1516</v>
       </c>
       <c r="J163" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K163" t="s">
-        <v>25</v>
+        <v>607</v>
       </c>
       <c r="L163" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M163" t="s">
-        <v>27</v>
+        <v>608</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
         <v>1517</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>5509</v>
+        <v>5377</v>
       </c>
       <c r="B164" t="s">
         <v>1518</v>
       </c>
       <c r="C164" t="s">
         <v>1519</v>
       </c>
       <c r="D164" t="s">
         <v>1520</v>
       </c>
       <c r="E164" t="s">
         <v>1521</v>
       </c>
       <c r="F164" t="s">
         <v>1522</v>
       </c>
       <c r="G164" t="s">
         <v>1523</v>
       </c>
       <c r="H164" t="s">
         <v>1524</v>
       </c>
       <c r="I164" t="s">
         <v>1525</v>
       </c>
       <c r="J164" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>1100</v>
+        <v>25</v>
       </c>
       <c r="L164" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M164" t="s">
-        <v>1101</v>
+        <v>27</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
         <v>1526</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>5512</v>
+        <v>5378</v>
       </c>
       <c r="B165" t="s">
         <v>1527</v>
       </c>
       <c r="C165" t="s">
         <v>1528</v>
       </c>
       <c r="D165" t="s">
         <v>1529</v>
       </c>
       <c r="E165" t="s">
         <v>1530</v>
       </c>
       <c r="F165" t="s">
         <v>1531</v>
       </c>
       <c r="G165" t="s">
         <v>1532</v>
       </c>
       <c r="H165" t="s">
         <v>1533</v>
       </c>
       <c r="I165" t="s">
         <v>1534</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
         <v>1535</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>5514</v>
+        <v>5382</v>
       </c>
       <c r="B166" t="s">
         <v>1536</v>
       </c>
       <c r="C166" t="s">
         <v>1537</v>
       </c>
       <c r="D166" t="s">
         <v>1538</v>
       </c>
       <c r="E166" t="s">
         <v>1539</v>
       </c>
       <c r="F166" t="s">
         <v>1540</v>
       </c>
       <c r="G166" t="s">
         <v>1541</v>
       </c>
       <c r="H166" t="s">
         <v>1542</v>
       </c>
       <c r="I166" t="s">
         <v>1543</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>784</v>
+        <v>112</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>785</v>
+        <v>113</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
         <v>1544</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>5516</v>
+        <v>5435</v>
       </c>
       <c r="B167" t="s">
         <v>1545</v>
       </c>
       <c r="C167" t="s">
         <v>1546</v>
       </c>
       <c r="D167" t="s">
         <v>1547</v>
       </c>
       <c r="E167" t="s">
         <v>1548</v>
       </c>
       <c r="F167" t="s">
         <v>1549</v>
       </c>
       <c r="G167" t="s">
         <v>1550</v>
       </c>
       <c r="H167" t="s">
         <v>1551</v>
       </c>
       <c r="I167" t="s">
         <v>1552</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
         <v>1553</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>5517</v>
+        <v>5437</v>
       </c>
       <c r="B168" t="s">
         <v>1554</v>
       </c>
       <c r="C168" t="s">
         <v>1555</v>
       </c>
       <c r="D168" t="s">
         <v>1556</v>
       </c>
       <c r="E168" t="s">
         <v>1557</v>
       </c>
       <c r="F168" t="s">
         <v>1558</v>
       </c>
       <c r="G168" t="s">
         <v>1559</v>
       </c>
       <c r="H168" t="s">
         <v>1560</v>
       </c>
       <c r="I168" t="s">
         <v>1561</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
         <v>25</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
         <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
         <v>1562</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>5518</v>
+        <v>5439</v>
       </c>
       <c r="B169" t="s">
         <v>1563</v>
       </c>
       <c r="C169" t="s">
         <v>1564</v>
       </c>
       <c r="D169" t="s">
         <v>1565</v>
       </c>
       <c r="E169" t="s">
         <v>1566</v>
       </c>
       <c r="F169" t="s">
         <v>1567</v>
       </c>
       <c r="G169" t="s">
         <v>1568</v>
       </c>
       <c r="H169" t="s">
         <v>1569</v>
       </c>
       <c r="I169" t="s">
         <v>1570</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
         <v>1571</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>5545</v>
+        <v>5456</v>
       </c>
       <c r="B170" t="s">
         <v>1572</v>
       </c>
       <c r="C170" t="s">
         <v>1573</v>
       </c>
       <c r="D170" t="s">
         <v>1574</v>
       </c>
       <c r="E170" t="s">
         <v>1575</v>
       </c>
       <c r="F170" t="s">
         <v>1576</v>
       </c>
       <c r="G170" t="s">
         <v>1577</v>
       </c>
       <c r="H170" t="s">
         <v>1578</v>
       </c>
       <c r="I170" t="s">
         <v>1579</v>
       </c>
       <c r="J170" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K170" t="s">
-        <v>112</v>
+        <v>1266</v>
       </c>
       <c r="L170" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M170" t="s">
-        <v>113</v>
+        <v>1267</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
         <v>1580</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>5657</v>
+        <v>5474</v>
       </c>
       <c r="B171" t="s">
         <v>1581</v>
       </c>
       <c r="C171" t="s">
         <v>1582</v>
       </c>
       <c r="D171" t="s">
         <v>1583</v>
       </c>
       <c r="E171" t="s">
         <v>1584</v>
       </c>
       <c r="F171" t="s">
         <v>1585</v>
       </c>
       <c r="G171" t="s">
         <v>1586</v>
       </c>
       <c r="H171" t="s">
         <v>1587</v>
       </c>
       <c r="I171" t="s">
         <v>1588</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
         <v>25</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
         <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
         <v>1589</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>5733</v>
+        <v>5475</v>
       </c>
       <c r="B172" t="s">
         <v>1590</v>
       </c>
       <c r="C172" t="s">
         <v>1591</v>
       </c>
       <c r="D172" t="s">
         <v>1592</v>
       </c>
       <c r="E172" t="s">
         <v>1593</v>
       </c>
       <c r="F172" t="s">
         <v>1594</v>
       </c>
       <c r="G172" t="s">
         <v>1595</v>
       </c>
       <c r="H172" t="s">
         <v>1596</v>
       </c>
       <c r="I172" t="s">
         <v>1597</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
         <v>1598</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>5787</v>
+        <v>5476</v>
       </c>
       <c r="B173" t="s">
         <v>1599</v>
       </c>
       <c r="C173" t="s">
         <v>1600</v>
       </c>
       <c r="D173" t="s">
         <v>1601</v>
       </c>
       <c r="E173" t="s">
         <v>1602</v>
       </c>
       <c r="F173" t="s">
         <v>1603</v>
       </c>
       <c r="G173" t="s">
         <v>1604</v>
       </c>
       <c r="H173" t="s">
         <v>1605</v>
       </c>
       <c r="I173" t="s">
         <v>1606</v>
       </c>
       <c r="J173" t="s">
-        <v>24</v>
+        <v>1607</v>
       </c>
       <c r="K173" t="s">
-        <v>112</v>
+        <v>1006</v>
       </c>
       <c r="L173" t="s">
-        <v>26</v>
+        <v>1608</v>
       </c>
       <c r="M173" t="s">
-        <v>113</v>
+        <v>1007</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>5792</v>
+        <v>5478</v>
       </c>
       <c r="B174" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="C174" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="D174" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="E174" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="F174" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="G174" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="H174" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="I174" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="J174" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>533</v>
+        <v>25</v>
       </c>
       <c r="L174" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M174" t="s">
-        <v>534</v>
+        <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>5794</v>
+        <v>5493</v>
       </c>
       <c r="B175" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="C175" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="D175" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="E175" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="F175" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="G175" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="H175" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="I175" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
         <v>112</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
         <v>113</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>5796</v>
+        <v>5496</v>
       </c>
       <c r="B176" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="C176" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="D176" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="E176" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="F176" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="G176" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="H176" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="I176" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>112</v>
+        <v>607</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
-        <v>113</v>
+        <v>608</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>5798</v>
+        <v>5502</v>
       </c>
       <c r="B177" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="C177" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="D177" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="E177" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="F177" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="G177" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="H177" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="I177" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>5799</v>
+        <v>5503</v>
       </c>
       <c r="B178" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="C178" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="D178" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="E178" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="F178" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="G178" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="H178" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="I178" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="J178" t="s">
-        <v>1087</v>
+        <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>618</v>
+        <v>47</v>
       </c>
       <c r="L178" t="s">
-        <v>1089</v>
+        <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>619</v>
+        <v>48</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>5803</v>
+        <v>5507</v>
       </c>
       <c r="B179" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="C179" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="D179" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="E179" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="F179" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="G179" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="H179" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="I179" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
         <v>25</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
         <v>27</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>5805</v>
+        <v>5509</v>
       </c>
       <c r="B180" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="C180" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="D180" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="E180" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="F180" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="G180" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="H180" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="I180" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="J180" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K180" t="s">
-        <v>25</v>
+        <v>1006</v>
       </c>
       <c r="L180" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M180" t="s">
-        <v>27</v>
+        <v>1007</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1670</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>5808</v>
+        <v>5512</v>
       </c>
       <c r="B181" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="C181" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="D181" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="E181" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
       <c r="F181" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="G181" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
       <c r="H181" t="s">
-        <v>1677</v>
+        <v>1679</v>
       </c>
       <c r="I181" t="s">
-        <v>1678</v>
+        <v>1680</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>5811</v>
+        <v>5514</v>
       </c>
       <c r="B182" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="C182" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
       <c r="D182" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="E182" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="F182" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="G182" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="H182" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="I182" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>25</v>
+        <v>784</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
-        <v>27</v>
+        <v>785</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>5819</v>
+        <v>5516</v>
       </c>
       <c r="B183" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="C183" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="D183" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="E183" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="F183" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="G183" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="H183" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="I183" t="s">
-        <v>1696</v>
+        <v>1698</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
         <v>25</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
         <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>5830</v>
+        <v>5517</v>
       </c>
       <c r="B184" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="C184" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="D184" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="E184" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="F184" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="G184" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="H184" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="I184" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
         <v>25</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
         <v>27</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>5866</v>
+        <v>5518</v>
       </c>
       <c r="B185" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
       <c r="C185" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
       <c r="D185" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="E185" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="F185" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="G185" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="H185" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="I185" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
         <v>25</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
         <v>27</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>5907</v>
+        <v>5545</v>
       </c>
       <c r="B186" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="C186" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="D186" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="E186" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="F186" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="G186" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="H186" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="I186" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>5913</v>
+        <v>5657</v>
       </c>
       <c r="B187" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="C187" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="D187" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="E187" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="F187" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="G187" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="H187" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="I187" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>5927</v>
+        <v>5733</v>
       </c>
       <c r="B188" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="C188" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="D188" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="E188" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="F188" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="G188" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="H188" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="I188" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>784</v>
+        <v>47</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>785</v>
+        <v>48</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>5928</v>
+        <v>5787</v>
       </c>
       <c r="B189" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="C189" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="D189" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="E189" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="F189" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="G189" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="H189" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="I189" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="J189" t="s">
-        <v>1751</v>
+        <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>1752</v>
+        <v>112</v>
       </c>
       <c r="L189" t="s">
+        <v>26</v>
+      </c>
+      <c r="M189" t="s">
+        <v>113</v>
+      </c>
+      <c r="N189" t="s">
+        <v>28</v>
+      </c>
+      <c r="O189" t="s">
         <v>1753</v>
-      </c>
-[...7 lines deleted...]
-        <v>1755</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>5931</v>
+        <v>5792</v>
       </c>
       <c r="B190" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1755</v>
+      </c>
+      <c r="D190" t="s">
         <v>1756</v>
       </c>
-      <c r="C190" t="s">
+      <c r="E190" t="s">
         <v>1757</v>
       </c>
-      <c r="D190" t="s">
+      <c r="F190" t="s">
         <v>1758</v>
       </c>
-      <c r="E190" t="s">
+      <c r="G190" t="s">
         <v>1759</v>
       </c>
-      <c r="F190" t="s">
+      <c r="H190" t="s">
         <v>1760</v>
       </c>
-      <c r="G190" t="s">
+      <c r="I190" t="s">
         <v>1761</v>
       </c>
-      <c r="H190" t="s">
+      <c r="J190" t="s">
+        <v>498</v>
+      </c>
+      <c r="K190" t="s">
+        <v>533</v>
+      </c>
+      <c r="L190" t="s">
+        <v>500</v>
+      </c>
+      <c r="M190" t="s">
+        <v>534</v>
+      </c>
+      <c r="N190" t="s">
+        <v>28</v>
+      </c>
+      <c r="O190" t="s">
         <v>1762</v>
-      </c>
-[...19 lines deleted...]
-        <v>1764</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>5932</v>
+        <v>5794</v>
       </c>
       <c r="B191" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1764</v>
+      </c>
+      <c r="D191" t="s">
         <v>1765</v>
       </c>
-      <c r="C191" t="s">
+      <c r="E191" t="s">
         <v>1766</v>
       </c>
-      <c r="D191" t="s">
+      <c r="F191" t="s">
         <v>1767</v>
       </c>
-      <c r="E191" t="s">
+      <c r="G191" t="s">
         <v>1768</v>
       </c>
-      <c r="F191" t="s">
+      <c r="H191" t="s">
         <v>1769</v>
       </c>
-      <c r="G191" t="s">
+      <c r="I191" t="s">
         <v>1770</v>
-      </c>
-[...4 lines deleted...]
-        <v>1772</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>112</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>113</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1773</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>5934</v>
+        <v>5796</v>
       </c>
       <c r="B192" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1773</v>
+      </c>
+      <c r="D192" t="s">
         <v>1774</v>
       </c>
-      <c r="C192" t="s">
+      <c r="E192" t="s">
         <v>1775</v>
       </c>
-      <c r="D192" t="s">
+      <c r="F192" t="s">
         <v>1776</v>
       </c>
-      <c r="E192" t="s">
+      <c r="G192" t="s">
         <v>1777</v>
       </c>
-      <c r="F192" t="s">
+      <c r="H192" t="s">
         <v>1778</v>
       </c>
-      <c r="G192" t="s">
+      <c r="I192" t="s">
         <v>1779</v>
-      </c>
-[...4 lines deleted...]
-        <v>1781</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
         <v>112</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
         <v>113</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1782</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>5953</v>
+        <v>5798</v>
       </c>
       <c r="B193" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D193" t="s">
         <v>1783</v>
       </c>
-      <c r="C193" t="s">
+      <c r="E193" t="s">
         <v>1784</v>
       </c>
-      <c r="D193" t="s">
+      <c r="F193" t="s">
         <v>1785</v>
       </c>
-      <c r="E193" t="s">
+      <c r="G193" t="s">
         <v>1786</v>
       </c>
-      <c r="F193" t="s">
+      <c r="H193" t="s">
         <v>1787</v>
       </c>
-      <c r="G193" t="s">
+      <c r="I193" t="s">
         <v>1788</v>
       </c>
-      <c r="H193" t="s">
+      <c r="J193" t="s">
+        <v>24</v>
+      </c>
+      <c r="K193" t="s">
+        <v>112</v>
+      </c>
+      <c r="L193" t="s">
+        <v>26</v>
+      </c>
+      <c r="M193" t="s">
+        <v>113</v>
+      </c>
+      <c r="N193" t="s">
+        <v>28</v>
+      </c>
+      <c r="O193" t="s">
         <v>1789</v>
-      </c>
-[...19 lines deleted...]
-        <v>1791</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>5981</v>
+        <v>5799</v>
       </c>
       <c r="B194" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D194" t="s">
         <v>1792</v>
       </c>
-      <c r="C194" t="s">
+      <c r="E194" t="s">
         <v>1793</v>
       </c>
-      <c r="D194" t="s">
+      <c r="F194" t="s">
         <v>1794</v>
       </c>
-      <c r="E194" t="s">
+      <c r="G194" t="s">
         <v>1795</v>
       </c>
-      <c r="F194" t="s">
+      <c r="H194" t="s">
         <v>1796</v>
       </c>
-      <c r="G194" t="s">
+      <c r="I194" t="s">
         <v>1797</v>
       </c>
-      <c r="H194" t="s">
+      <c r="J194" t="s">
+        <v>1189</v>
+      </c>
+      <c r="K194" t="s">
+        <v>618</v>
+      </c>
+      <c r="L194" t="s">
+        <v>1191</v>
+      </c>
+      <c r="M194" t="s">
+        <v>619</v>
+      </c>
+      <c r="N194" t="s">
+        <v>28</v>
+      </c>
+      <c r="O194" t="s">
         <v>1798</v>
-      </c>
-[...19 lines deleted...]
-        <v>1802</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5986</v>
+        <v>5803</v>
       </c>
       <c r="B195" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1801</v>
+      </c>
+      <c r="E195" t="s">
+        <v>1802</v>
+      </c>
+      <c r="F195" t="s">
         <v>1803</v>
       </c>
-      <c r="C195" t="s">
+      <c r="G195" t="s">
         <v>1804</v>
       </c>
-      <c r="D195" t="s">
+      <c r="H195" t="s">
         <v>1805</v>
       </c>
-      <c r="E195" t="s">
+      <c r="I195" t="s">
         <v>1806</v>
       </c>
-      <c r="F195" t="s">
+      <c r="J195" t="s">
+        <v>24</v>
+      </c>
+      <c r="K195" t="s">
+        <v>25</v>
+      </c>
+      <c r="L195" t="s">
+        <v>26</v>
+      </c>
+      <c r="M195" t="s">
+        <v>27</v>
+      </c>
+      <c r="N195" t="s">
+        <v>28</v>
+      </c>
+      <c r="O195" t="s">
         <v>1807</v>
-      </c>
-[...25 lines deleted...]
-        <v>1811</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5989</v>
+        <v>5805</v>
       </c>
       <c r="B196" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1809</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1810</v>
+      </c>
+      <c r="E196" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F196" t="s">
         <v>1812</v>
       </c>
-      <c r="C196" t="s">
+      <c r="G196" t="s">
         <v>1813</v>
       </c>
-      <c r="D196" t="s">
+      <c r="H196" t="s">
         <v>1814</v>
       </c>
-      <c r="E196" t="s">
+      <c r="I196" t="s">
         <v>1815</v>
       </c>
-      <c r="F196" t="s">
+      <c r="J196" t="s">
+        <v>24</v>
+      </c>
+      <c r="K196" t="s">
+        <v>25</v>
+      </c>
+      <c r="L196" t="s">
+        <v>26</v>
+      </c>
+      <c r="M196" t="s">
+        <v>27</v>
+      </c>
+      <c r="N196" t="s">
+        <v>28</v>
+      </c>
+      <c r="O196" t="s">
         <v>1816</v>
-      </c>
-[...25 lines deleted...]
-        <v>1820</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>6021</v>
+        <v>5808</v>
       </c>
       <c r="B197" t="s">
+        <v>1817</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1819</v>
+      </c>
+      <c r="E197" t="s">
+        <v>1820</v>
+      </c>
+      <c r="F197" t="s">
         <v>1821</v>
       </c>
-      <c r="C197" t="s">
+      <c r="G197" t="s">
         <v>1822</v>
       </c>
-      <c r="D197" t="s">
+      <c r="H197" t="s">
         <v>1823</v>
       </c>
-      <c r="E197" t="s">
+      <c r="I197" t="s">
         <v>1824</v>
-      </c>
-[...10 lines deleted...]
-        <v>1828</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
         <v>25</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
         <v>27</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1829</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>6082</v>
+        <v>5811</v>
       </c>
       <c r="B198" t="s">
+        <v>1826</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1828</v>
+      </c>
+      <c r="E198" t="s">
+        <v>1829</v>
+      </c>
+      <c r="F198" t="s">
         <v>1830</v>
       </c>
-      <c r="C198" t="s">
+      <c r="G198" t="s">
         <v>1831</v>
       </c>
-      <c r="D198" t="s">
+      <c r="H198" t="s">
         <v>1832</v>
       </c>
-      <c r="E198" t="s">
+      <c r="I198" t="s">
         <v>1833</v>
       </c>
-      <c r="F198" t="s">
+      <c r="J198" t="s">
+        <v>24</v>
+      </c>
+      <c r="K198" t="s">
+        <v>25</v>
+      </c>
+      <c r="L198" t="s">
+        <v>26</v>
+      </c>
+      <c r="M198" t="s">
+        <v>27</v>
+      </c>
+      <c r="N198" t="s">
+        <v>28</v>
+      </c>
+      <c r="O198" t="s">
         <v>1834</v>
-      </c>
-[...25 lines deleted...]
-        <v>1840</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>6112</v>
+        <v>5819</v>
       </c>
       <c r="B199" t="s">
+        <v>1835</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D199" t="s">
+        <v>1837</v>
+      </c>
+      <c r="E199" t="s">
+        <v>1838</v>
+      </c>
+      <c r="F199" t="s">
+        <v>1839</v>
+      </c>
+      <c r="G199" t="s">
+        <v>1840</v>
+      </c>
+      <c r="H199" t="s">
         <v>1841</v>
       </c>
-      <c r="C199" t="s">
+      <c r="I199" t="s">
         <v>1842</v>
       </c>
-      <c r="D199" t="s">
+      <c r="J199" t="s">
+        <v>24</v>
+      </c>
+      <c r="K199" t="s">
+        <v>25</v>
+      </c>
+      <c r="L199" t="s">
+        <v>26</v>
+      </c>
+      <c r="M199" t="s">
+        <v>27</v>
+      </c>
+      <c r="N199" t="s">
+        <v>28</v>
+      </c>
+      <c r="O199" t="s">
         <v>1843</v>
-      </c>
-[...31 lines deleted...]
-        <v>1849</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>6180</v>
+        <v>5830</v>
       </c>
       <c r="B200" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1845</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1846</v>
+      </c>
+      <c r="E200" t="s">
+        <v>1847</v>
+      </c>
+      <c r="F200" t="s">
+        <v>1848</v>
+      </c>
+      <c r="G200" t="s">
+        <v>1849</v>
+      </c>
+      <c r="H200" t="s">
         <v>1850</v>
       </c>
-      <c r="C200" t="s">
+      <c r="I200" t="s">
         <v>1851</v>
-      </c>
-[...16 lines deleted...]
-        <v>1857</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
         <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
         <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1858</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>6203</v>
+        <v>5866</v>
       </c>
       <c r="B201" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1854</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1855</v>
+      </c>
+      <c r="E201" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F201" t="s">
+        <v>1857</v>
+      </c>
+      <c r="G201" t="s">
+        <v>1858</v>
+      </c>
+      <c r="H201" t="s">
         <v>1859</v>
       </c>
-      <c r="C201" t="s">
+      <c r="I201" t="s">
         <v>1860</v>
       </c>
-      <c r="D201" t="s">
+      <c r="J201" t="s">
+        <v>24</v>
+      </c>
+      <c r="K201" t="s">
+        <v>25</v>
+      </c>
+      <c r="L201" t="s">
+        <v>26</v>
+      </c>
+      <c r="M201" t="s">
+        <v>27</v>
+      </c>
+      <c r="N201" t="s">
+        <v>28</v>
+      </c>
+      <c r="O201" t="s">
         <v>1861</v>
-      </c>
-[...31 lines deleted...]
-        <v>1867</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>6208</v>
+        <v>5907</v>
       </c>
       <c r="B202" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1863</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1864</v>
+      </c>
+      <c r="E202" t="s">
+        <v>1865</v>
+      </c>
+      <c r="F202" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G202" t="s">
+        <v>1867</v>
+      </c>
+      <c r="H202" t="s">
         <v>1868</v>
       </c>
-      <c r="C202" t="s">
+      <c r="I202" t="s">
         <v>1869</v>
       </c>
-      <c r="D202" t="s">
+      <c r="J202" t="s">
+        <v>24</v>
+      </c>
+      <c r="K202" t="s">
+        <v>25</v>
+      </c>
+      <c r="L202" t="s">
+        <v>26</v>
+      </c>
+      <c r="M202" t="s">
+        <v>27</v>
+      </c>
+      <c r="N202" t="s">
+        <v>28</v>
+      </c>
+      <c r="O202" t="s">
         <v>1870</v>
-      </c>
-[...31 lines deleted...]
-        <v>1876</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>6211</v>
+        <v>5913</v>
       </c>
       <c r="B203" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1872</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1873</v>
+      </c>
+      <c r="E203" t="s">
+        <v>1874</v>
+      </c>
+      <c r="F203" t="s">
+        <v>1875</v>
+      </c>
+      <c r="G203" t="s">
+        <v>1876</v>
+      </c>
+      <c r="H203" t="s">
         <v>1877</v>
       </c>
-      <c r="C203" t="s">
+      <c r="I203" t="s">
         <v>1878</v>
       </c>
-      <c r="D203" t="s">
+      <c r="J203" t="s">
+        <v>24</v>
+      </c>
+      <c r="K203" t="s">
+        <v>47</v>
+      </c>
+      <c r="L203" t="s">
+        <v>26</v>
+      </c>
+      <c r="M203" t="s">
+        <v>48</v>
+      </c>
+      <c r="N203" t="s">
+        <v>28</v>
+      </c>
+      <c r="O203" t="s">
         <v>1879</v>
-      </c>
-[...31 lines deleted...]
-        <v>1885</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>6254</v>
+        <v>5927</v>
       </c>
       <c r="B204" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1881</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1882</v>
+      </c>
+      <c r="E204" t="s">
+        <v>1883</v>
+      </c>
+      <c r="F204" t="s">
+        <v>1884</v>
+      </c>
+      <c r="G204" t="s">
+        <v>1885</v>
+      </c>
+      <c r="H204" t="s">
         <v>1886</v>
       </c>
-      <c r="C204" t="s">
+      <c r="I204" t="s">
         <v>1887</v>
       </c>
-      <c r="D204" t="s">
+      <c r="J204" t="s">
+        <v>24</v>
+      </c>
+      <c r="K204" t="s">
+        <v>784</v>
+      </c>
+      <c r="L204" t="s">
+        <v>26</v>
+      </c>
+      <c r="M204" t="s">
+        <v>785</v>
+      </c>
+      <c r="N204" t="s">
+        <v>28</v>
+      </c>
+      <c r="O204" t="s">
         <v>1888</v>
-      </c>
-[...31 lines deleted...]
-        <v>1894</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>6255</v>
+        <v>5928</v>
       </c>
       <c r="B205" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1890</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1891</v>
+      </c>
+      <c r="E205" t="s">
+        <v>1892</v>
+      </c>
+      <c r="F205" t="s">
+        <v>1893</v>
+      </c>
+      <c r="G205" t="s">
+        <v>1894</v>
+      </c>
+      <c r="H205" t="s">
         <v>1895</v>
       </c>
-      <c r="C205" t="s">
+      <c r="I205" t="s">
         <v>1896</v>
       </c>
-      <c r="D205" t="s">
+      <c r="J205" t="s">
         <v>1897</v>
       </c>
-      <c r="E205" t="s">
+      <c r="K205" t="s">
         <v>1898</v>
       </c>
-      <c r="F205" t="s">
+      <c r="L205" t="s">
         <v>1899</v>
       </c>
-      <c r="G205" t="s">
+      <c r="M205" t="s">
         <v>1900</v>
       </c>
-      <c r="H205" t="s">
+      <c r="N205" t="s">
+        <v>28</v>
+      </c>
+      <c r="O205" t="s">
         <v>1901</v>
-      </c>
-[...19 lines deleted...]
-        <v>1905</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>6258</v>
+        <v>5931</v>
       </c>
       <c r="B206" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1903</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1904</v>
+      </c>
+      <c r="E206" t="s">
+        <v>1905</v>
+      </c>
+      <c r="F206" t="s">
         <v>1906</v>
       </c>
-      <c r="C206" t="s">
+      <c r="G206" t="s">
         <v>1907</v>
       </c>
-      <c r="D206" t="s">
+      <c r="H206" t="s">
         <v>1908</v>
       </c>
-      <c r="E206" t="s">
+      <c r="I206" t="s">
         <v>1909</v>
-      </c>
-[...10 lines deleted...]
-        <v>1913</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
         <v>25</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
         <v>27</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1914</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>6259</v>
+        <v>5932</v>
       </c>
       <c r="B207" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1913</v>
+      </c>
+      <c r="E207" t="s">
+        <v>1914</v>
+      </c>
+      <c r="F207" t="s">
         <v>1915</v>
       </c>
-      <c r="C207" t="s">
+      <c r="G207" t="s">
         <v>1916</v>
       </c>
-      <c r="D207" t="s">
+      <c r="H207" t="s">
         <v>1917</v>
       </c>
-      <c r="E207" t="s">
+      <c r="I207" t="s">
         <v>1918</v>
-      </c>
-[...10 lines deleted...]
-        <v>1922</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
         <v>112</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
         <v>113</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1923</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>6261</v>
+        <v>5934</v>
       </c>
       <c r="B208" t="s">
+        <v>1920</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1921</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1922</v>
+      </c>
+      <c r="E208" t="s">
+        <v>1923</v>
+      </c>
+      <c r="F208" t="s">
         <v>1924</v>
       </c>
-      <c r="C208" t="s">
+      <c r="G208" t="s">
         <v>1925</v>
       </c>
-      <c r="D208" t="s">
+      <c r="H208" t="s">
         <v>1926</v>
       </c>
-      <c r="E208" t="s">
+      <c r="I208" t="s">
         <v>1927</v>
       </c>
-      <c r="F208" t="s">
+      <c r="J208" t="s">
+        <v>24</v>
+      </c>
+      <c r="K208" t="s">
+        <v>112</v>
+      </c>
+      <c r="L208" t="s">
+        <v>26</v>
+      </c>
+      <c r="M208" t="s">
+        <v>113</v>
+      </c>
+      <c r="N208" t="s">
+        <v>28</v>
+      </c>
+      <c r="O208" t="s">
         <v>1928</v>
-      </c>
-[...25 lines deleted...]
-        <v>1932</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>6263</v>
+        <v>5953</v>
       </c>
       <c r="B209" t="s">
+        <v>1929</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1931</v>
+      </c>
+      <c r="E209" t="s">
+        <v>1932</v>
+      </c>
+      <c r="F209" t="s">
         <v>1933</v>
       </c>
-      <c r="C209" t="s">
+      <c r="G209" t="s">
         <v>1934</v>
       </c>
-      <c r="D209" t="s">
+      <c r="H209" t="s">
         <v>1935</v>
       </c>
-      <c r="E209" t="s">
+      <c r="I209" t="s">
         <v>1936</v>
       </c>
-      <c r="F209" t="s">
+      <c r="J209" t="s">
+        <v>24</v>
+      </c>
+      <c r="K209" t="s">
+        <v>25</v>
+      </c>
+      <c r="L209" t="s">
+        <v>26</v>
+      </c>
+      <c r="M209" t="s">
+        <v>27</v>
+      </c>
+      <c r="N209" t="s">
+        <v>28</v>
+      </c>
+      <c r="O209" t="s">
         <v>1937</v>
-      </c>
-[...25 lines deleted...]
-        <v>1941</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>6272</v>
+        <v>5981</v>
       </c>
       <c r="B210" t="s">
+        <v>1938</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1939</v>
+      </c>
+      <c r="D210" t="s">
+        <v>1940</v>
+      </c>
+      <c r="E210" t="s">
+        <v>1941</v>
+      </c>
+      <c r="F210" t="s">
         <v>1942</v>
       </c>
-      <c r="C210" t="s">
+      <c r="G210" t="s">
         <v>1943</v>
       </c>
-      <c r="D210" t="s">
+      <c r="H210" t="s">
         <v>1944</v>
       </c>
-      <c r="E210" t="s">
+      <c r="I210" t="s">
         <v>1945</v>
       </c>
-      <c r="F210" t="s">
+      <c r="J210" t="s">
+        <v>498</v>
+      </c>
+      <c r="K210" t="s">
         <v>1946</v>
       </c>
-      <c r="G210" t="s">
+      <c r="L210" t="s">
+        <v>500</v>
+      </c>
+      <c r="M210" t="s">
         <v>1947</v>
       </c>
-      <c r="H210" t="s">
+      <c r="N210" t="s">
+        <v>28</v>
+      </c>
+      <c r="O210" t="s">
         <v>1948</v>
-      </c>
-[...19 lines deleted...]
-        <v>1950</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>6274</v>
+        <v>5986</v>
       </c>
       <c r="B211" t="s">
+        <v>1949</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D211" t="s">
         <v>1951</v>
       </c>
-      <c r="C211" t="s">
+      <c r="E211" t="s">
         <v>1952</v>
       </c>
-      <c r="D211" t="s">
+      <c r="F211" t="s">
         <v>1953</v>
       </c>
-      <c r="E211" t="s">
+      <c r="G211" t="s">
         <v>1954</v>
       </c>
-      <c r="F211" t="s">
+      <c r="H211" t="s">
         <v>1955</v>
       </c>
-      <c r="G211" t="s">
+      <c r="I211" t="s">
         <v>1956</v>
       </c>
-      <c r="H211" t="s">
+      <c r="J211" t="s">
+        <v>24</v>
+      </c>
+      <c r="K211" t="s">
+        <v>112</v>
+      </c>
+      <c r="L211" t="s">
+        <v>26</v>
+      </c>
+      <c r="M211" t="s">
+        <v>113</v>
+      </c>
+      <c r="N211" t="s">
+        <v>28</v>
+      </c>
+      <c r="O211" t="s">
         <v>1957</v>
-      </c>
-[...19 lines deleted...]
-        <v>1959</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>6275</v>
+        <v>5989</v>
       </c>
       <c r="B212" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D212" t="s">
         <v>1960</v>
       </c>
-      <c r="C212" t="s">
+      <c r="E212" t="s">
         <v>1961</v>
       </c>
-      <c r="D212" t="s">
+      <c r="F212" t="s">
         <v>1962</v>
       </c>
-      <c r="E212" t="s">
+      <c r="G212" t="s">
         <v>1963</v>
       </c>
-      <c r="F212" t="s">
+      <c r="H212" t="s">
         <v>1964</v>
       </c>
-      <c r="G212" t="s">
+      <c r="I212" t="s">
         <v>1965</v>
       </c>
-      <c r="H212" t="s">
+      <c r="J212" t="s">
+        <v>24</v>
+      </c>
+      <c r="K212" t="s">
+        <v>1349</v>
+      </c>
+      <c r="L212" t="s">
+        <v>26</v>
+      </c>
+      <c r="M212" t="s">
+        <v>1350</v>
+      </c>
+      <c r="N212" t="s">
+        <v>28</v>
+      </c>
+      <c r="O212" t="s">
         <v>1966</v>
-      </c>
-[...19 lines deleted...]
-        <v>1968</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>6327</v>
+        <v>6021</v>
       </c>
       <c r="B213" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D213" t="s">
         <v>1969</v>
       </c>
-      <c r="C213" t="s">
+      <c r="E213" t="s">
         <v>1970</v>
       </c>
-      <c r="D213" t="s">
+      <c r="F213" t="s">
         <v>1971</v>
       </c>
-      <c r="E213" t="s">
+      <c r="G213" t="s">
         <v>1972</v>
       </c>
-      <c r="F213" t="s">
+      <c r="H213" t="s">
         <v>1973</v>
       </c>
-      <c r="G213" t="s">
+      <c r="I213" t="s">
         <v>1974</v>
       </c>
-      <c r="H213" t="s">
+      <c r="J213" t="s">
+        <v>24</v>
+      </c>
+      <c r="K213" t="s">
+        <v>25</v>
+      </c>
+      <c r="L213" t="s">
+        <v>26</v>
+      </c>
+      <c r="M213" t="s">
+        <v>27</v>
+      </c>
+      <c r="N213" t="s">
+        <v>28</v>
+      </c>
+      <c r="O213" t="s">
         <v>1975</v>
-      </c>
-[...19 lines deleted...]
-        <v>1977</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>6337</v>
+        <v>6082</v>
       </c>
       <c r="B214" t="s">
+        <v>1976</v>
+      </c>
+      <c r="C214" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D214" t="s">
         <v>1978</v>
       </c>
-      <c r="C214" t="s">
+      <c r="E214" t="s">
         <v>1979</v>
       </c>
-      <c r="D214" t="s">
+      <c r="F214" t="s">
         <v>1980</v>
       </c>
-      <c r="E214" t="s">
+      <c r="G214" t="s">
         <v>1981</v>
       </c>
-      <c r="F214" t="s">
+      <c r="H214" t="s">
         <v>1982</v>
       </c>
-      <c r="G214" t="s">
+      <c r="I214" t="s">
         <v>1983</v>
       </c>
-      <c r="H214" t="s">
+      <c r="J214" t="s">
+        <v>24</v>
+      </c>
+      <c r="K214" t="s">
         <v>1984</v>
       </c>
-      <c r="I214" t="s">
+      <c r="L214" t="s">
+        <v>26</v>
+      </c>
+      <c r="M214" t="s">
         <v>1985</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
         <v>1986</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>6460</v>
+        <v>6112</v>
       </c>
       <c r="B215" t="s">
         <v>1987</v>
       </c>
       <c r="C215" t="s">
         <v>1988</v>
       </c>
       <c r="D215" t="s">
         <v>1989</v>
       </c>
       <c r="E215" t="s">
         <v>1990</v>
       </c>
       <c r="F215" t="s">
         <v>1991</v>
       </c>
       <c r="G215" t="s">
         <v>1992</v>
       </c>
       <c r="H215" t="s">
         <v>1993</v>
       </c>
       <c r="I215" t="s">
         <v>1994</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
         <v>1995</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>6468</v>
+        <v>6180</v>
       </c>
       <c r="B216" t="s">
         <v>1996</v>
       </c>
       <c r="C216" t="s">
         <v>1997</v>
       </c>
       <c r="D216" t="s">
         <v>1998</v>
       </c>
       <c r="E216" t="s">
         <v>1999</v>
       </c>
       <c r="F216" t="s">
         <v>2000</v>
       </c>
       <c r="G216" t="s">
         <v>2001</v>
       </c>
       <c r="H216" t="s">
         <v>2002</v>
       </c>
       <c r="I216" t="s">
         <v>2003</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
         <v>25</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
         <v>27</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
         <v>2004</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>6761</v>
+        <v>6203</v>
       </c>
       <c r="B217" t="s">
         <v>2005</v>
       </c>
       <c r="C217" t="s">
         <v>2006</v>
       </c>
       <c r="D217" t="s">
         <v>2007</v>
       </c>
       <c r="E217" t="s">
         <v>2008</v>
       </c>
       <c r="F217" t="s">
         <v>2009</v>
       </c>
       <c r="G217" t="s">
         <v>2010</v>
       </c>
       <c r="H217" t="s">
         <v>2011</v>
       </c>
       <c r="I217" t="s">
         <v>2012</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
         <v>2013</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>6762</v>
+        <v>6208</v>
       </c>
       <c r="B218" t="s">
         <v>2014</v>
       </c>
       <c r="C218" t="s">
         <v>2015</v>
       </c>
       <c r="D218" t="s">
         <v>2016</v>
       </c>
       <c r="E218" t="s">
         <v>2017</v>
       </c>
       <c r="F218" t="s">
         <v>2018</v>
       </c>
       <c r="G218" t="s">
         <v>2019</v>
       </c>
       <c r="H218" t="s">
         <v>2020</v>
       </c>
       <c r="I218" t="s">
         <v>2021</v>
       </c>
       <c r="J218" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>451</v>
+        <v>112</v>
       </c>
       <c r="L218" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M218" t="s">
-        <v>452</v>
+        <v>113</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
         <v>2022</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>6765</v>
+        <v>6211</v>
       </c>
       <c r="B219" t="s">
         <v>2023</v>
       </c>
       <c r="C219" t="s">
         <v>2024</v>
       </c>
       <c r="D219" t="s">
         <v>2025</v>
       </c>
       <c r="E219" t="s">
         <v>2026</v>
       </c>
       <c r="F219" t="s">
         <v>2027</v>
       </c>
       <c r="G219" t="s">
         <v>2028</v>
       </c>
       <c r="H219" t="s">
         <v>2029</v>
       </c>
       <c r="I219" t="s">
         <v>2030</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
         <v>112</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
         <v>113</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
         <v>2031</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>8265</v>
+        <v>6254</v>
       </c>
       <c r="B220" t="s">
         <v>2032</v>
       </c>
       <c r="C220" t="s">
         <v>2033</v>
       </c>
       <c r="D220" t="s">
         <v>2034</v>
       </c>
       <c r="E220" t="s">
         <v>2035</v>
       </c>
       <c r="F220" t="s">
         <v>2036</v>
       </c>
       <c r="G220" t="s">
         <v>2037</v>
       </c>
       <c r="H220" t="s">
         <v>2038</v>
       </c>
       <c r="I220" t="s">
         <v>2039</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
+        <v>112</v>
+      </c>
+      <c r="L220" t="s">
+        <v>26</v>
+      </c>
+      <c r="M220" t="s">
+        <v>113</v>
+      </c>
+      <c r="N220" t="s">
+        <v>28</v>
+      </c>
+      <c r="O220" t="s">
         <v>2040</v>
-      </c>
-[...10 lines deleted...]
-        <v>2042</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>8289</v>
+        <v>6255</v>
       </c>
       <c r="B221" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C221" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D221" t="s">
         <v>2043</v>
       </c>
-      <c r="C221" t="s">
+      <c r="E221" t="s">
         <v>2044</v>
       </c>
-      <c r="D221" t="s">
+      <c r="F221" t="s">
         <v>2045</v>
       </c>
-      <c r="E221" t="s">
+      <c r="G221" t="s">
         <v>2046</v>
       </c>
-      <c r="F221" t="s">
+      <c r="H221" t="s">
         <v>2047</v>
       </c>
-      <c r="G221" t="s">
+      <c r="I221" t="s">
         <v>2048</v>
       </c>
-      <c r="H221" t="s">
+      <c r="J221" t="s">
+        <v>24</v>
+      </c>
+      <c r="K221" t="s">
         <v>2049</v>
       </c>
-      <c r="I221" t="s">
+      <c r="L221" t="s">
+        <v>26</v>
+      </c>
+      <c r="M221" t="s">
         <v>2050</v>
-      </c>
-[...10 lines deleted...]
-        <v>534</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
         <v>2051</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>8386</v>
+        <v>6258</v>
       </c>
       <c r="B222" t="s">
         <v>2052</v>
       </c>
       <c r="C222" t="s">
         <v>2053</v>
       </c>
       <c r="D222" t="s">
         <v>2054</v>
       </c>
       <c r="E222" t="s">
         <v>2055</v>
       </c>
       <c r="F222" t="s">
         <v>2056</v>
       </c>
       <c r="G222" t="s">
         <v>2057</v>
       </c>
       <c r="H222" t="s">
         <v>2058</v>
       </c>
       <c r="I222" t="s">
         <v>2059</v>
       </c>
       <c r="J222" t="s">
-        <v>1087</v>
+        <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L222" t="s">
-        <v>1089</v>
+        <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
         <v>2060</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>8402</v>
+        <v>6259</v>
       </c>
       <c r="B223" t="s">
         <v>2061</v>
       </c>
       <c r="C223" t="s">
         <v>2062</v>
       </c>
       <c r="D223" t="s">
         <v>2063</v>
       </c>
       <c r="E223" t="s">
         <v>2064</v>
       </c>
       <c r="F223" t="s">
         <v>2065</v>
       </c>
       <c r="G223" t="s">
         <v>2066</v>
       </c>
       <c r="H223" t="s">
         <v>2067</v>
       </c>
       <c r="I223" t="s">
         <v>2068</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
         <v>112</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
         <v>113</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
         <v>2069</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>8903</v>
+        <v>6261</v>
       </c>
       <c r="B224" t="s">
         <v>2070</v>
       </c>
       <c r="C224" t="s">
         <v>2071</v>
       </c>
       <c r="D224" t="s">
         <v>2072</v>
       </c>
       <c r="E224" t="s">
         <v>2073</v>
       </c>
       <c r="F224" t="s">
         <v>2074</v>
       </c>
       <c r="G224" t="s">
         <v>2075</v>
       </c>
       <c r="H224" t="s">
         <v>2076</v>
       </c>
       <c r="I224" t="s">
         <v>2077</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
         <v>2078</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>8904</v>
+        <v>6263</v>
       </c>
       <c r="B225" t="s">
         <v>2079</v>
       </c>
       <c r="C225" t="s">
         <v>2080</v>
       </c>
       <c r="D225" t="s">
         <v>2081</v>
       </c>
       <c r="E225" t="s">
         <v>2082</v>
       </c>
       <c r="F225" t="s">
         <v>2083</v>
       </c>
       <c r="G225" t="s">
         <v>2084</v>
       </c>
       <c r="H225" t="s">
         <v>2085</v>
       </c>
       <c r="I225" t="s">
         <v>2086</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
         <v>112</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
         <v>113</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
         <v>2087</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>8914</v>
+        <v>6272</v>
       </c>
       <c r="B226" t="s">
         <v>2088</v>
       </c>
       <c r="C226" t="s">
         <v>2089</v>
       </c>
       <c r="D226" t="s">
         <v>2090</v>
       </c>
       <c r="E226" t="s">
         <v>2091</v>
       </c>
       <c r="F226" t="s">
         <v>2092</v>
       </c>
       <c r="G226" t="s">
         <v>2093</v>
       </c>
       <c r="H226" t="s">
         <v>2094</v>
       </c>
       <c r="I226" t="s">
         <v>2095</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
         <v>2096</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>8918</v>
+        <v>6274</v>
       </c>
       <c r="B227" t="s">
         <v>2097</v>
       </c>
       <c r="C227" t="s">
         <v>2098</v>
       </c>
       <c r="D227" t="s">
         <v>2099</v>
       </c>
       <c r="E227" t="s">
         <v>2100</v>
       </c>
       <c r="F227" t="s">
         <v>2101</v>
       </c>
       <c r="G227" t="s">
         <v>2102</v>
       </c>
       <c r="H227" t="s">
         <v>2103</v>
       </c>
       <c r="I227" t="s">
         <v>2104</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
         <v>25</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
         <v>27</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
         <v>2105</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>8945</v>
+        <v>6275</v>
       </c>
       <c r="B228" t="s">
         <v>2106</v>
       </c>
       <c r="C228" t="s">
         <v>2107</v>
       </c>
       <c r="D228" t="s">
         <v>2108</v>
       </c>
       <c r="E228" t="s">
         <v>2109</v>
       </c>
       <c r="F228" t="s">
         <v>2110</v>
       </c>
       <c r="G228" t="s">
         <v>2111</v>
       </c>
       <c r="H228" t="s">
         <v>2112</v>
       </c>
       <c r="I228" t="s">
         <v>2113</v>
       </c>
       <c r="J228" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K228" t="s">
-        <v>47</v>
+        <v>1266</v>
       </c>
       <c r="L228" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M228" t="s">
-        <v>48</v>
+        <v>1267</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
         <v>2114</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>8951</v>
+        <v>6327</v>
       </c>
       <c r="B229" t="s">
         <v>2115</v>
       </c>
       <c r="C229" t="s">
         <v>2116</v>
       </c>
       <c r="D229" t="s">
         <v>2117</v>
       </c>
       <c r="E229" t="s">
         <v>2118</v>
       </c>
       <c r="F229" t="s">
         <v>2119</v>
       </c>
       <c r="G229" t="s">
         <v>2120</v>
       </c>
       <c r="H229" t="s">
         <v>2121</v>
       </c>
       <c r="I229" t="s">
         <v>2122</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
         <v>2123</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>10014</v>
+        <v>6337</v>
       </c>
       <c r="B230" t="s">
         <v>2124</v>
       </c>
       <c r="C230" t="s">
         <v>2125</v>
       </c>
       <c r="D230" t="s">
         <v>2126</v>
       </c>
       <c r="E230" t="s">
         <v>2127</v>
       </c>
       <c r="F230" t="s">
         <v>2128</v>
       </c>
       <c r="G230" t="s">
         <v>2129</v>
       </c>
       <c r="H230" t="s">
         <v>2130</v>
       </c>
       <c r="I230" t="s">
         <v>2131</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
+        <v>47</v>
+      </c>
+      <c r="L230" t="s">
+        <v>26</v>
+      </c>
+      <c r="M230" t="s">
+        <v>48</v>
+      </c>
+      <c r="N230" t="s">
+        <v>28</v>
+      </c>
+      <c r="O230" t="s">
         <v>2132</v>
-      </c>
-[...10 lines deleted...]
-        <v>2134</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>10015</v>
+        <v>6460</v>
       </c>
       <c r="B231" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C231" t="s">
+        <v>2134</v>
+      </c>
+      <c r="D231" t="s">
         <v>2135</v>
       </c>
-      <c r="C231" t="s">
+      <c r="E231" t="s">
         <v>2136</v>
       </c>
-      <c r="D231" t="s">
+      <c r="F231" t="s">
         <v>2137</v>
       </c>
-      <c r="E231" t="s">
+      <c r="G231" t="s">
         <v>2138</v>
       </c>
-      <c r="F231" t="s">
+      <c r="H231" t="s">
         <v>2139</v>
       </c>
-      <c r="G231" t="s">
+      <c r="I231" t="s">
         <v>2140</v>
       </c>
-      <c r="H231" t="s">
+      <c r="J231" t="s">
+        <v>24</v>
+      </c>
+      <c r="K231" t="s">
+        <v>25</v>
+      </c>
+      <c r="L231" t="s">
+        <v>26</v>
+      </c>
+      <c r="M231" t="s">
+        <v>27</v>
+      </c>
+      <c r="N231" t="s">
+        <v>28</v>
+      </c>
+      <c r="O231" t="s">
         <v>2141</v>
-      </c>
-[...19 lines deleted...]
-        <v>2143</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>10036</v>
+        <v>6468</v>
       </c>
       <c r="B232" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C232" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D232" t="s">
         <v>2144</v>
       </c>
-      <c r="C232" t="s">
+      <c r="E232" t="s">
         <v>2145</v>
       </c>
-      <c r="D232" t="s">
+      <c r="F232" t="s">
         <v>2146</v>
       </c>
-      <c r="E232" t="s">
+      <c r="G232" t="s">
         <v>2147</v>
       </c>
-      <c r="F232" t="s">
+      <c r="H232" t="s">
         <v>2148</v>
       </c>
-      <c r="G232" t="s">
+      <c r="I232" t="s">
         <v>2149</v>
-      </c>
-[...4 lines deleted...]
-        <v>2151</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
         <v>25</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
         <v>27</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2152</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>10098</v>
+        <v>6761</v>
       </c>
       <c r="B233" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C233" t="s">
+        <v>2152</v>
+      </c>
+      <c r="D233" t="s">
         <v>2153</v>
       </c>
-      <c r="C233" t="s">
+      <c r="E233" t="s">
         <v>2154</v>
       </c>
-      <c r="D233" t="s">
+      <c r="F233" t="s">
         <v>2155</v>
       </c>
-      <c r="E233" t="s">
+      <c r="G233" t="s">
         <v>2156</v>
       </c>
-      <c r="F233" t="s">
+      <c r="H233" t="s">
         <v>2157</v>
       </c>
-      <c r="G233" t="s">
+      <c r="I233" t="s">
         <v>2158</v>
-      </c>
-[...4 lines deleted...]
-        <v>2160</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
         <v>25</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
         <v>27</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2161</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>10101</v>
+        <v>6762</v>
       </c>
       <c r="B234" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C234" t="s">
+        <v>2161</v>
+      </c>
+      <c r="D234" t="s">
         <v>2162</v>
       </c>
-      <c r="C234" t="s">
+      <c r="E234" t="s">
         <v>2163</v>
       </c>
-      <c r="D234" t="s">
+      <c r="F234" t="s">
         <v>2164</v>
       </c>
-      <c r="E234" t="s">
+      <c r="G234" t="s">
         <v>2165</v>
       </c>
-      <c r="F234" t="s">
+      <c r="H234" t="s">
         <v>2166</v>
       </c>
-      <c r="G234" t="s">
+      <c r="I234" t="s">
         <v>2167</v>
       </c>
-      <c r="H234" t="s">
+      <c r="J234" t="s">
+        <v>498</v>
+      </c>
+      <c r="K234" t="s">
+        <v>451</v>
+      </c>
+      <c r="L234" t="s">
+        <v>500</v>
+      </c>
+      <c r="M234" t="s">
+        <v>452</v>
+      </c>
+      <c r="N234" t="s">
+        <v>28</v>
+      </c>
+      <c r="O234" t="s">
         <v>2168</v>
-      </c>
-[...19 lines deleted...]
-        <v>2170</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>10412</v>
+        <v>6765</v>
       </c>
       <c r="B235" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C235" t="s">
+        <v>2170</v>
+      </c>
+      <c r="D235" t="s">
         <v>2171</v>
       </c>
-      <c r="C235" t="s">
+      <c r="E235" t="s">
         <v>2172</v>
       </c>
-      <c r="D235" t="s">
+      <c r="F235" t="s">
         <v>2173</v>
       </c>
-      <c r="E235" t="s">
+      <c r="G235" t="s">
         <v>2174</v>
       </c>
-      <c r="F235" t="s">
+      <c r="H235" t="s">
         <v>2175</v>
       </c>
-      <c r="G235" t="s">
+      <c r="I235" t="s">
         <v>2176</v>
       </c>
-      <c r="H235" t="s">
+      <c r="J235" t="s">
+        <v>24</v>
+      </c>
+      <c r="K235" t="s">
+        <v>112</v>
+      </c>
+      <c r="L235" t="s">
+        <v>26</v>
+      </c>
+      <c r="M235" t="s">
+        <v>113</v>
+      </c>
+      <c r="N235" t="s">
+        <v>28</v>
+      </c>
+      <c r="O235" t="s">
         <v>2177</v>
-      </c>
-[...19 lines deleted...]
-        <v>2179</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>10603</v>
+        <v>8265</v>
       </c>
       <c r="B236" t="s">
+        <v>2178</v>
+      </c>
+      <c r="C236" t="s">
+        <v>2179</v>
+      </c>
+      <c r="D236" t="s">
         <v>2180</v>
       </c>
-      <c r="C236" t="s">
+      <c r="E236" t="s">
         <v>2181</v>
       </c>
-      <c r="D236" t="s">
+      <c r="F236" t="s">
         <v>2182</v>
       </c>
-      <c r="E236" t="s">
+      <c r="G236" t="s">
         <v>2183</v>
       </c>
-      <c r="F236" t="s">
+      <c r="H236" t="s">
         <v>2184</v>
       </c>
-      <c r="G236" t="s">
+      <c r="I236" t="s">
         <v>2185</v>
       </c>
-      <c r="H236" t="s">
+      <c r="J236" t="s">
+        <v>24</v>
+      </c>
+      <c r="K236" t="s">
         <v>2186</v>
       </c>
-      <c r="I236" t="s">
+      <c r="L236" t="s">
+        <v>26</v>
+      </c>
+      <c r="M236" t="s">
         <v>2187</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
         <v>2188</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>10647</v>
+        <v>8289</v>
       </c>
       <c r="B237" t="s">
         <v>2189</v>
       </c>
       <c r="C237" t="s">
         <v>2190</v>
       </c>
       <c r="D237" t="s">
         <v>2191</v>
       </c>
       <c r="E237" t="s">
         <v>2192</v>
       </c>
       <c r="F237" t="s">
         <v>2193</v>
       </c>
       <c r="G237" t="s">
         <v>2194</v>
       </c>
       <c r="H237" t="s">
         <v>2195</v>
       </c>
       <c r="I237" t="s">
         <v>2196</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>112</v>
+        <v>533</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>113</v>
+        <v>534</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
         <v>2197</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>10887</v>
+        <v>8386</v>
       </c>
       <c r="B238" t="s">
         <v>2198</v>
       </c>
       <c r="C238" t="s">
         <v>2199</v>
       </c>
       <c r="D238" t="s">
         <v>2200</v>
       </c>
       <c r="E238" t="s">
         <v>2201</v>
       </c>
       <c r="F238" t="s">
         <v>2202</v>
       </c>
       <c r="G238" t="s">
         <v>2203</v>
       </c>
       <c r="H238" t="s">
         <v>2204</v>
       </c>
       <c r="I238" t="s">
         <v>2205</v>
       </c>
       <c r="J238" t="s">
-        <v>24</v>
+        <v>1189</v>
       </c>
       <c r="K238" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L238" t="s">
-        <v>26</v>
+        <v>1191</v>
       </c>
       <c r="M238" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
         <v>2206</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>10925</v>
+        <v>8402</v>
       </c>
       <c r="B239" t="s">
         <v>2207</v>
       </c>
       <c r="C239" t="s">
         <v>2208</v>
       </c>
       <c r="D239" t="s">
         <v>2209</v>
       </c>
       <c r="E239" t="s">
         <v>2210</v>
       </c>
       <c r="F239" t="s">
         <v>2211</v>
       </c>
       <c r="G239" t="s">
         <v>2212</v>
       </c>
       <c r="H239" t="s">
         <v>2213</v>
       </c>
       <c r="I239" t="s">
         <v>2214</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
         <v>2215</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>10930</v>
+        <v>8903</v>
       </c>
       <c r="B240" t="s">
         <v>2216</v>
       </c>
       <c r="C240" t="s">
         <v>2217</v>
       </c>
       <c r="D240" t="s">
         <v>2218</v>
       </c>
       <c r="E240" t="s">
         <v>2219</v>
       </c>
       <c r="F240" t="s">
         <v>2220</v>
       </c>
       <c r="G240" t="s">
         <v>2221</v>
       </c>
       <c r="H240" t="s">
         <v>2222</v>
       </c>
       <c r="I240" t="s">
         <v>2223</v>
       </c>
       <c r="J240" t="s">
+        <v>24</v>
+      </c>
+      <c r="K240" t="s">
+        <v>112</v>
+      </c>
+      <c r="L240" t="s">
+        <v>26</v>
+      </c>
+      <c r="M240" t="s">
+        <v>113</v>
+      </c>
+      <c r="N240" t="s">
+        <v>28</v>
+      </c>
+      <c r="O240" t="s">
         <v>2224</v>
-      </c>
-[...13 lines deleted...]
-        <v>2226</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>10947</v>
+        <v>8904</v>
       </c>
       <c r="B241" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C241" t="s">
+        <v>2226</v>
+      </c>
+      <c r="D241" t="s">
         <v>2227</v>
       </c>
-      <c r="C241" t="s">
+      <c r="E241" t="s">
         <v>2228</v>
       </c>
-      <c r="D241" t="s">
+      <c r="F241" t="s">
         <v>2229</v>
       </c>
-      <c r="E241" t="s">
+      <c r="G241" t="s">
         <v>2230</v>
       </c>
-      <c r="F241" t="s">
+      <c r="H241" t="s">
         <v>2231</v>
       </c>
-      <c r="G241" t="s">
+      <c r="I241" t="s">
         <v>2232</v>
-      </c>
-[...4 lines deleted...]
-        <v>2234</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
         <v>112</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
         <v>113</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2235</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>10951</v>
+        <v>8914</v>
       </c>
       <c r="B242" t="s">
+        <v>2234</v>
+      </c>
+      <c r="C242" t="s">
+        <v>2235</v>
+      </c>
+      <c r="D242" t="s">
         <v>2236</v>
       </c>
-      <c r="C242" t="s">
+      <c r="E242" t="s">
         <v>2237</v>
       </c>
-      <c r="D242" t="s">
+      <c r="F242" t="s">
         <v>2238</v>
       </c>
-      <c r="E242" t="s">
+      <c r="G242" t="s">
         <v>2239</v>
       </c>
-      <c r="F242" t="s">
+      <c r="H242" t="s">
         <v>2240</v>
       </c>
-      <c r="G242" t="s">
+      <c r="I242" t="s">
         <v>2241</v>
       </c>
-      <c r="H242" t="s">
+      <c r="J242" t="s">
+        <v>24</v>
+      </c>
+      <c r="K242" t="s">
+        <v>25</v>
+      </c>
+      <c r="L242" t="s">
+        <v>26</v>
+      </c>
+      <c r="M242" t="s">
+        <v>27</v>
+      </c>
+      <c r="N242" t="s">
+        <v>28</v>
+      </c>
+      <c r="O242" t="s">
         <v>2242</v>
-      </c>
-[...19 lines deleted...]
-        <v>2244</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>11287</v>
+        <v>8918</v>
       </c>
       <c r="B243" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C243" t="s">
+        <v>2244</v>
+      </c>
+      <c r="D243" t="s">
         <v>2245</v>
       </c>
-      <c r="C243" t="s">
+      <c r="E243" t="s">
         <v>2246</v>
       </c>
-      <c r="D243" t="s">
+      <c r="F243" t="s">
         <v>2247</v>
       </c>
-      <c r="E243" t="s">
+      <c r="G243" t="s">
         <v>2248</v>
       </c>
-      <c r="F243" t="s">
+      <c r="H243" t="s">
         <v>2249</v>
       </c>
-      <c r="G243" t="s">
+      <c r="I243" t="s">
         <v>2250</v>
       </c>
-      <c r="H243" t="s">
+      <c r="J243" t="s">
+        <v>24</v>
+      </c>
+      <c r="K243" t="s">
+        <v>25</v>
+      </c>
+      <c r="L243" t="s">
+        <v>26</v>
+      </c>
+      <c r="M243" t="s">
+        <v>27</v>
+      </c>
+      <c r="N243" t="s">
+        <v>28</v>
+      </c>
+      <c r="O243" t="s">
         <v>2251</v>
-      </c>
-[...19 lines deleted...]
-        <v>2253</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>58060</v>
+        <v>8945</v>
       </c>
       <c r="B244" t="s">
+        <v>2252</v>
+      </c>
+      <c r="C244" t="s">
+        <v>2253</v>
+      </c>
+      <c r="D244" t="s">
         <v>2254</v>
       </c>
-      <c r="C244" t="s">
+      <c r="E244" t="s">
         <v>2255</v>
       </c>
-      <c r="D244" t="s">
+      <c r="F244" t="s">
         <v>2256</v>
       </c>
-      <c r="E244" t="s">
+      <c r="G244" t="s">
         <v>2257</v>
       </c>
-      <c r="F244" t="s">
+      <c r="H244" t="s">
         <v>2258</v>
       </c>
-      <c r="G244" t="s">
+      <c r="I244" t="s">
         <v>2259</v>
       </c>
-      <c r="H244" t="s">
+      <c r="J244" t="s">
+        <v>24</v>
+      </c>
+      <c r="K244" t="s">
+        <v>47</v>
+      </c>
+      <c r="L244" t="s">
+        <v>26</v>
+      </c>
+      <c r="M244" t="s">
+        <v>48</v>
+      </c>
+      <c r="N244" t="s">
+        <v>28</v>
+      </c>
+      <c r="O244" t="s">
         <v>2260</v>
-      </c>
-[...19 lines deleted...]
-        <v>2264</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>58066</v>
+        <v>8951</v>
       </c>
       <c r="B245" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C245" t="s">
+        <v>2262</v>
+      </c>
+      <c r="D245" t="s">
+        <v>2263</v>
+      </c>
+      <c r="E245" t="s">
+        <v>2264</v>
+      </c>
+      <c r="F245" t="s">
         <v>2265</v>
       </c>
-      <c r="C245" t="s">
+      <c r="G245" t="s">
         <v>2266</v>
       </c>
-      <c r="D245" t="s">
+      <c r="H245" t="s">
         <v>2267</v>
       </c>
-      <c r="E245" t="s">
+      <c r="I245" t="s">
         <v>2268</v>
       </c>
-      <c r="F245" t="s">
+      <c r="J245" t="s">
+        <v>24</v>
+      </c>
+      <c r="K245" t="s">
+        <v>112</v>
+      </c>
+      <c r="L245" t="s">
+        <v>26</v>
+      </c>
+      <c r="M245" t="s">
+        <v>113</v>
+      </c>
+      <c r="N245" t="s">
+        <v>28</v>
+      </c>
+      <c r="O245" t="s">
         <v>2269</v>
-      </c>
-[...25 lines deleted...]
-        <v>2273</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>58120</v>
+        <v>10014</v>
       </c>
       <c r="B246" t="s">
+        <v>2270</v>
+      </c>
+      <c r="C246" t="s">
+        <v>2271</v>
+      </c>
+      <c r="D246" t="s">
+        <v>2272</v>
+      </c>
+      <c r="E246" t="s">
+        <v>2273</v>
+      </c>
+      <c r="F246" t="s">
         <v>2274</v>
       </c>
-      <c r="C246" t="s">
+      <c r="G246" t="s">
         <v>2275</v>
       </c>
-      <c r="D246" t="s">
+      <c r="H246" t="s">
         <v>2276</v>
       </c>
-      <c r="E246" t="s">
+      <c r="I246" t="s">
         <v>2277</v>
       </c>
-      <c r="F246" t="s">
+      <c r="J246" t="s">
+        <v>24</v>
+      </c>
+      <c r="K246" t="s">
         <v>2278</v>
       </c>
-      <c r="G246" t="s">
+      <c r="L246" t="s">
+        <v>26</v>
+      </c>
+      <c r="M246" t="s">
         <v>2279</v>
       </c>
-      <c r="H246" t="s">
+      <c r="N246" t="s">
+        <v>28</v>
+      </c>
+      <c r="O246" t="s">
         <v>2280</v>
-      </c>
-[...19 lines deleted...]
-        <v>2282</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>58122</v>
+        <v>10015</v>
       </c>
       <c r="B247" t="s">
+        <v>2281</v>
+      </c>
+      <c r="C247" t="s">
+        <v>2282</v>
+      </c>
+      <c r="D247" t="s">
         <v>2283</v>
       </c>
-      <c r="C247" t="s">
+      <c r="E247" t="s">
         <v>2284</v>
       </c>
-      <c r="D247" t="s">
+      <c r="F247" t="s">
         <v>2285</v>
       </c>
-      <c r="E247" t="s">
+      <c r="G247" t="s">
         <v>2286</v>
       </c>
-      <c r="F247" t="s">
+      <c r="H247" t="s">
         <v>2287</v>
       </c>
-      <c r="G247" t="s">
+      <c r="I247" t="s">
         <v>2288</v>
-      </c>
-[...4 lines deleted...]
-        <v>2290</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
         <v>112</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
         <v>113</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2291</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>58218</v>
+        <v>10036</v>
       </c>
       <c r="B248" t="s">
+        <v>2290</v>
+      </c>
+      <c r="C248" t="s">
+        <v>2291</v>
+      </c>
+      <c r="D248" t="s">
         <v>2292</v>
       </c>
-      <c r="C248" t="s">
+      <c r="E248" t="s">
         <v>2293</v>
       </c>
-      <c r="D248" t="s">
+      <c r="F248" t="s">
         <v>2294</v>
       </c>
-      <c r="E248" t="s">
+      <c r="G248" t="s">
         <v>2295</v>
       </c>
-      <c r="F248" t="s">
+      <c r="H248" t="s">
         <v>2296</v>
       </c>
-      <c r="G248" t="s">
+      <c r="I248" t="s">
         <v>2297</v>
       </c>
-      <c r="H248" t="s">
+      <c r="J248" t="s">
+        <v>24</v>
+      </c>
+      <c r="K248" t="s">
+        <v>25</v>
+      </c>
+      <c r="L248" t="s">
+        <v>26</v>
+      </c>
+      <c r="M248" t="s">
+        <v>27</v>
+      </c>
+      <c r="N248" t="s">
+        <v>28</v>
+      </c>
+      <c r="O248" t="s">
         <v>2298</v>
-      </c>
-[...19 lines deleted...]
-        <v>2300</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>58223</v>
+        <v>10098</v>
       </c>
       <c r="B249" t="s">
+        <v>2299</v>
+      </c>
+      <c r="C249" t="s">
+        <v>2300</v>
+      </c>
+      <c r="D249" t="s">
         <v>2301</v>
       </c>
-      <c r="C249" t="s">
+      <c r="E249" t="s">
         <v>2302</v>
       </c>
-      <c r="D249" t="s">
+      <c r="F249" t="s">
         <v>2303</v>
       </c>
-      <c r="E249" t="s">
+      <c r="G249" t="s">
         <v>2304</v>
       </c>
-      <c r="F249" t="s">
+      <c r="H249" t="s">
         <v>2305</v>
       </c>
-      <c r="G249" t="s">
+      <c r="I249" t="s">
         <v>2306</v>
       </c>
-      <c r="H249" t="s">
+      <c r="J249" t="s">
+        <v>24</v>
+      </c>
+      <c r="K249" t="s">
+        <v>25</v>
+      </c>
+      <c r="L249" t="s">
+        <v>26</v>
+      </c>
+      <c r="M249" t="s">
+        <v>27</v>
+      </c>
+      <c r="N249" t="s">
+        <v>28</v>
+      </c>
+      <c r="O249" t="s">
         <v>2307</v>
-      </c>
-[...19 lines deleted...]
-        <v>2309</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>64637</v>
+        <v>10101</v>
       </c>
       <c r="B250" t="s">
+        <v>2308</v>
+      </c>
+      <c r="C250" t="s">
+        <v>2309</v>
+      </c>
+      <c r="D250" t="s">
         <v>2310</v>
       </c>
-      <c r="C250" t="s">
+      <c r="E250" t="s">
         <v>2311</v>
       </c>
-      <c r="D250" t="s">
+      <c r="F250" t="s">
         <v>2312</v>
       </c>
-      <c r="E250" t="s">
+      <c r="G250" t="s">
         <v>2313</v>
       </c>
-      <c r="F250" t="s">
+      <c r="H250" t="s">
         <v>2314</v>
       </c>
-      <c r="G250" t="s">
+      <c r="I250" t="s">
         <v>2315</v>
       </c>
-      <c r="H250" t="s">
+      <c r="J250" t="s">
+        <v>24</v>
+      </c>
+      <c r="K250" t="s">
+        <v>25</v>
+      </c>
+      <c r="L250" t="s">
+        <v>26</v>
+      </c>
+      <c r="M250" t="s">
+        <v>27</v>
+      </c>
+      <c r="N250" t="s">
+        <v>28</v>
+      </c>
+      <c r="O250" t="s">
         <v>2316</v>
-      </c>
-[...19 lines deleted...]
-        <v>2318</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>64689</v>
+        <v>10412</v>
       </c>
       <c r="B251" t="s">
+        <v>2317</v>
+      </c>
+      <c r="C251" t="s">
+        <v>2318</v>
+      </c>
+      <c r="D251" t="s">
         <v>2319</v>
       </c>
-      <c r="C251" t="s">
+      <c r="E251" t="s">
         <v>2320</v>
       </c>
-      <c r="D251" t="s">
+      <c r="F251" t="s">
         <v>2321</v>
       </c>
-      <c r="E251" t="s">
+      <c r="G251" t="s">
         <v>2322</v>
       </c>
-      <c r="F251" t="s">
+      <c r="H251" t="s">
         <v>2323</v>
       </c>
-      <c r="G251" t="s">
+      <c r="I251" t="s">
         <v>2324</v>
       </c>
-      <c r="H251" t="s">
+      <c r="J251" t="s">
+        <v>24</v>
+      </c>
+      <c r="K251" t="s">
+        <v>25</v>
+      </c>
+      <c r="L251" t="s">
+        <v>26</v>
+      </c>
+      <c r="M251" t="s">
+        <v>27</v>
+      </c>
+      <c r="N251" t="s">
+        <v>28</v>
+      </c>
+      <c r="O251" t="s">
         <v>2325</v>
-      </c>
-[...19 lines deleted...]
-        <v>2327</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>65000</v>
+        <v>10603</v>
       </c>
       <c r="B252" t="s">
+        <v>2326</v>
+      </c>
+      <c r="C252" t="s">
+        <v>2327</v>
+      </c>
+      <c r="D252" t="s">
         <v>2328</v>
       </c>
-      <c r="C252" t="s">
+      <c r="E252" t="s">
         <v>2329</v>
       </c>
-      <c r="D252" t="s">
+      <c r="F252" t="s">
         <v>2330</v>
       </c>
-      <c r="E252" t="s">
+      <c r="G252" t="s">
         <v>2331</v>
       </c>
-      <c r="F252" t="s">
+      <c r="H252" t="s">
         <v>2332</v>
       </c>
-      <c r="G252" t="s">
+      <c r="I252" t="s">
         <v>2333</v>
-      </c>
-[...4 lines deleted...]
-        <v>2335</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
         <v>25</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
         <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2336</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>65001</v>
+        <v>10647</v>
       </c>
       <c r="B253" t="s">
+        <v>2335</v>
+      </c>
+      <c r="C253" t="s">
+        <v>2336</v>
+      </c>
+      <c r="D253" t="s">
         <v>2337</v>
       </c>
-      <c r="C253" t="s">
+      <c r="E253" t="s">
         <v>2338</v>
       </c>
-      <c r="D253" t="s">
+      <c r="F253" t="s">
         <v>2339</v>
       </c>
-      <c r="E253" t="s">
+      <c r="G253" t="s">
         <v>2340</v>
       </c>
-      <c r="F253" t="s">
+      <c r="H253" t="s">
         <v>2341</v>
       </c>
-      <c r="G253" t="s">
+      <c r="I253" t="s">
         <v>2342</v>
-      </c>
-[...4 lines deleted...]
-        <v>2344</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
         <v>112</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
         <v>113</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2345</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>65002</v>
+        <v>10887</v>
       </c>
       <c r="B254" t="s">
+        <v>2344</v>
+      </c>
+      <c r="C254" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D254" t="s">
         <v>2346</v>
       </c>
-      <c r="C254" t="s">
+      <c r="E254" t="s">
         <v>2347</v>
       </c>
-      <c r="D254" t="s">
+      <c r="F254" t="s">
         <v>2348</v>
       </c>
-      <c r="E254" t="s">
+      <c r="G254" t="s">
         <v>2349</v>
       </c>
-      <c r="F254" t="s">
+      <c r="H254" t="s">
         <v>2350</v>
       </c>
-      <c r="G254" t="s">
+      <c r="I254" t="s">
         <v>2351</v>
-      </c>
-[...4 lines deleted...]
-        <v>2353</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
         <v>25</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
         <v>27</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2354</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>65003</v>
+        <v>10925</v>
       </c>
       <c r="B255" t="s">
+        <v>2353</v>
+      </c>
+      <c r="C255" t="s">
+        <v>2354</v>
+      </c>
+      <c r="D255" t="s">
         <v>2355</v>
       </c>
-      <c r="C255" t="s">
+      <c r="E255" t="s">
         <v>2356</v>
       </c>
-      <c r="D255" t="s">
+      <c r="F255" t="s">
         <v>2357</v>
       </c>
-      <c r="E255" t="s">
+      <c r="G255" t="s">
         <v>2358</v>
       </c>
-      <c r="F255" t="s">
+      <c r="H255" t="s">
         <v>2359</v>
       </c>
-      <c r="G255" t="s">
+      <c r="I255" t="s">
         <v>2360</v>
       </c>
-      <c r="H255" t="s">
+      <c r="J255" t="s">
+        <v>24</v>
+      </c>
+      <c r="K255" t="s">
+        <v>25</v>
+      </c>
+      <c r="L255" t="s">
+        <v>26</v>
+      </c>
+      <c r="M255" t="s">
+        <v>27</v>
+      </c>
+      <c r="N255" t="s">
+        <v>28</v>
+      </c>
+      <c r="O255" t="s">
         <v>2361</v>
-      </c>
-[...19 lines deleted...]
-        <v>2363</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>65004</v>
+        <v>10930</v>
       </c>
       <c r="B256" t="s">
+        <v>2362</v>
+      </c>
+      <c r="C256" t="s">
+        <v>2363</v>
+      </c>
+      <c r="D256" t="s">
         <v>2364</v>
       </c>
-      <c r="C256" t="s">
+      <c r="E256" t="s">
         <v>2365</v>
       </c>
-      <c r="D256" t="s">
+      <c r="F256" t="s">
         <v>2366</v>
       </c>
-      <c r="E256" t="s">
+      <c r="G256" t="s">
         <v>2367</v>
       </c>
-      <c r="F256" t="s">
+      <c r="H256" t="s">
         <v>2368</v>
       </c>
-      <c r="G256" t="s">
+      <c r="I256" t="s">
         <v>2369</v>
       </c>
-      <c r="H256" t="s">
+      <c r="J256" t="s">
         <v>2370</v>
       </c>
-      <c r="I256" t="s">
+      <c r="K256" t="s">
+        <v>607</v>
+      </c>
+      <c r="L256" t="s">
         <v>2371</v>
       </c>
-      <c r="J256" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M256" t="s">
-        <v>113</v>
+        <v>608</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
         <v>2372</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>65005</v>
+        <v>10947</v>
       </c>
       <c r="B257" t="s">
         <v>2373</v>
       </c>
       <c r="C257" t="s">
         <v>2374</v>
       </c>
       <c r="D257" t="s">
         <v>2375</v>
       </c>
       <c r="E257" t="s">
         <v>2376</v>
       </c>
       <c r="F257" t="s">
         <v>2377</v>
       </c>
       <c r="G257" t="s">
         <v>2378</v>
       </c>
       <c r="H257" t="s">
         <v>2379</v>
       </c>
       <c r="I257" t="s">
         <v>2380</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
+        <v>112</v>
+      </c>
+      <c r="L257" t="s">
+        <v>26</v>
+      </c>
+      <c r="M257" t="s">
+        <v>113</v>
+      </c>
+      <c r="N257" t="s">
+        <v>28</v>
+      </c>
+      <c r="O257" t="s">
         <v>2381</v>
-      </c>
-[...10 lines deleted...]
-        <v>2383</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>65006</v>
+        <v>10951</v>
       </c>
       <c r="B258" t="s">
+        <v>2382</v>
+      </c>
+      <c r="C258" t="s">
+        <v>2383</v>
+      </c>
+      <c r="D258" t="s">
         <v>2384</v>
       </c>
-      <c r="C258" t="s">
+      <c r="E258" t="s">
         <v>2385</v>
       </c>
-      <c r="D258" t="s">
+      <c r="F258" t="s">
         <v>2386</v>
       </c>
-      <c r="E258" t="s">
+      <c r="G258" t="s">
         <v>2387</v>
       </c>
-      <c r="F258" t="s">
+      <c r="H258" t="s">
         <v>2388</v>
       </c>
-      <c r="G258" t="s">
+      <c r="I258" t="s">
         <v>2389</v>
       </c>
-      <c r="H258" t="s">
+      <c r="J258" t="s">
+        <v>24</v>
+      </c>
+      <c r="K258" t="s">
+        <v>47</v>
+      </c>
+      <c r="L258" t="s">
+        <v>26</v>
+      </c>
+      <c r="M258" t="s">
+        <v>48</v>
+      </c>
+      <c r="N258" t="s">
+        <v>28</v>
+      </c>
+      <c r="O258" t="s">
         <v>2390</v>
-      </c>
-[...19 lines deleted...]
-        <v>2394</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>65007</v>
+        <v>11287</v>
       </c>
       <c r="B259" t="s">
+        <v>2391</v>
+      </c>
+      <c r="C259" t="s">
+        <v>2392</v>
+      </c>
+      <c r="D259" t="s">
+        <v>2393</v>
+      </c>
+      <c r="E259" t="s">
+        <v>2394</v>
+      </c>
+      <c r="F259" t="s">
         <v>2395</v>
       </c>
-      <c r="C259" t="s">
+      <c r="G259" t="s">
         <v>2396</v>
       </c>
-      <c r="D259" t="s">
+      <c r="H259" t="s">
         <v>2397</v>
       </c>
-      <c r="E259" t="s">
+      <c r="I259" t="s">
         <v>2398</v>
       </c>
-      <c r="F259" t="s">
+      <c r="J259" t="s">
+        <v>24</v>
+      </c>
+      <c r="K259" t="s">
+        <v>112</v>
+      </c>
+      <c r="L259" t="s">
+        <v>26</v>
+      </c>
+      <c r="M259" t="s">
+        <v>113</v>
+      </c>
+      <c r="N259" t="s">
+        <v>28</v>
+      </c>
+      <c r="O259" t="s">
         <v>2399</v>
-      </c>
-[...25 lines deleted...]
-        <v>2403</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>65008</v>
+        <v>58060</v>
       </c>
       <c r="B260" t="s">
+        <v>2400</v>
+      </c>
+      <c r="C260" t="s">
+        <v>2401</v>
+      </c>
+      <c r="D260" t="s">
+        <v>2402</v>
+      </c>
+      <c r="E260" t="s">
+        <v>2403</v>
+      </c>
+      <c r="F260" t="s">
         <v>2404</v>
       </c>
-      <c r="C260" t="s">
+      <c r="G260" t="s">
         <v>2405</v>
       </c>
-      <c r="D260" t="s">
+      <c r="H260" t="s">
         <v>2406</v>
       </c>
-      <c r="E260" t="s">
+      <c r="I260" t="s">
         <v>2407</v>
       </c>
-      <c r="F260" t="s">
+      <c r="J260" t="s">
+        <v>24</v>
+      </c>
+      <c r="K260" t="s">
         <v>2408</v>
       </c>
-      <c r="G260" t="s">
+      <c r="L260" t="s">
+        <v>26</v>
+      </c>
+      <c r="M260" t="s">
         <v>2409</v>
       </c>
-      <c r="H260" t="s">
+      <c r="N260" t="s">
+        <v>28</v>
+      </c>
+      <c r="O260" t="s">
         <v>2410</v>
-      </c>
-[...19 lines deleted...]
-        <v>2412</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>65009</v>
+        <v>58066</v>
       </c>
       <c r="B261" t="s">
+        <v>2411</v>
+      </c>
+      <c r="C261" t="s">
+        <v>2412</v>
+      </c>
+      <c r="D261" t="s">
         <v>2413</v>
       </c>
-      <c r="C261" t="s">
+      <c r="E261" t="s">
         <v>2414</v>
       </c>
-      <c r="D261" t="s">
+      <c r="F261" t="s">
         <v>2415</v>
       </c>
-      <c r="E261" t="s">
+      <c r="G261" t="s">
         <v>2416</v>
       </c>
-      <c r="F261" t="s">
+      <c r="H261" t="s">
         <v>2417</v>
       </c>
-      <c r="G261" t="s">
+      <c r="I261" t="s">
         <v>2418</v>
       </c>
-      <c r="H261" t="s">
+      <c r="J261" t="s">
+        <v>24</v>
+      </c>
+      <c r="K261" t="s">
+        <v>607</v>
+      </c>
+      <c r="L261" t="s">
+        <v>26</v>
+      </c>
+      <c r="M261" t="s">
+        <v>608</v>
+      </c>
+      <c r="N261" t="s">
+        <v>28</v>
+      </c>
+      <c r="O261" t="s">
         <v>2419</v>
-      </c>
-[...19 lines deleted...]
-        <v>2421</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>65010</v>
+        <v>58120</v>
       </c>
       <c r="B262" t="s">
+        <v>2420</v>
+      </c>
+      <c r="C262" t="s">
+        <v>2421</v>
+      </c>
+      <c r="D262" t="s">
         <v>2422</v>
       </c>
-      <c r="C262" t="s">
+      <c r="E262" t="s">
         <v>2423</v>
       </c>
-      <c r="D262" t="s">
+      <c r="F262" t="s">
         <v>2424</v>
       </c>
-      <c r="E262" t="s">
+      <c r="G262" t="s">
         <v>2425</v>
       </c>
-      <c r="F262" t="s">
+      <c r="H262" t="s">
         <v>2426</v>
       </c>
-      <c r="G262" t="s">
+      <c r="I262" t="s">
         <v>2427</v>
-      </c>
-[...4 lines deleted...]
-        <v>2429</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
         <v>25</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
         <v>27</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2430</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>65011</v>
+        <v>58122</v>
       </c>
       <c r="B263" t="s">
+        <v>2429</v>
+      </c>
+      <c r="C263" t="s">
+        <v>2430</v>
+      </c>
+      <c r="D263" t="s">
         <v>2431</v>
       </c>
-      <c r="C263" t="s">
+      <c r="E263" t="s">
         <v>2432</v>
       </c>
-      <c r="D263" t="s">
+      <c r="F263" t="s">
         <v>2433</v>
       </c>
-      <c r="E263" t="s">
+      <c r="G263" t="s">
         <v>2434</v>
       </c>
-      <c r="F263" t="s">
+      <c r="H263" t="s">
         <v>2435</v>
       </c>
-      <c r="G263" t="s">
+      <c r="I263" t="s">
         <v>2436</v>
-      </c>
-[...4 lines deleted...]
-        <v>2438</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
         <v>112</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
         <v>113</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2439</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>65012</v>
+        <v>58218</v>
       </c>
       <c r="B264" t="s">
+        <v>2438</v>
+      </c>
+      <c r="C264" t="s">
+        <v>2439</v>
+      </c>
+      <c r="D264" t="s">
         <v>2440</v>
       </c>
-      <c r="C264" t="s">
+      <c r="E264" t="s">
         <v>2441</v>
       </c>
-      <c r="D264" t="s">
+      <c r="F264" t="s">
         <v>2442</v>
       </c>
-      <c r="E264" t="s">
+      <c r="G264" t="s">
         <v>2443</v>
       </c>
-      <c r="F264" t="s">
+      <c r="H264" t="s">
         <v>2444</v>
       </c>
-      <c r="G264" t="s">
+      <c r="I264" t="s">
         <v>2445</v>
       </c>
-      <c r="H264" t="s">
+      <c r="J264" t="s">
+        <v>24</v>
+      </c>
+      <c r="K264" t="s">
+        <v>112</v>
+      </c>
+      <c r="L264" t="s">
+        <v>26</v>
+      </c>
+      <c r="M264" t="s">
+        <v>113</v>
+      </c>
+      <c r="N264" t="s">
+        <v>28</v>
+      </c>
+      <c r="O264" t="s">
         <v>2446</v>
-      </c>
-[...19 lines deleted...]
-        <v>2450</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>65013</v>
+        <v>58223</v>
       </c>
       <c r="B265" t="s">
+        <v>2447</v>
+      </c>
+      <c r="C265" t="s">
+        <v>2448</v>
+      </c>
+      <c r="D265" t="s">
+        <v>2449</v>
+      </c>
+      <c r="E265" t="s">
+        <v>2450</v>
+      </c>
+      <c r="F265" t="s">
         <v>2451</v>
       </c>
-      <c r="C265" t="s">
+      <c r="G265" t="s">
         <v>2452</v>
       </c>
-      <c r="D265" t="s">
+      <c r="H265" t="s">
         <v>2453</v>
       </c>
-      <c r="E265" t="s">
+      <c r="I265" t="s">
         <v>2454</v>
       </c>
-      <c r="F265" t="s">
+      <c r="J265" t="s">
+        <v>24</v>
+      </c>
+      <c r="K265" t="s">
+        <v>112</v>
+      </c>
+      <c r="L265" t="s">
+        <v>26</v>
+      </c>
+      <c r="M265" t="s">
+        <v>113</v>
+      </c>
+      <c r="N265" t="s">
+        <v>28</v>
+      </c>
+      <c r="O265" t="s">
         <v>2455</v>
-      </c>
-[...25 lines deleted...]
-        <v>2459</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>65014</v>
+        <v>58240</v>
       </c>
       <c r="B266" t="s">
+        <v>2456</v>
+      </c>
+      <c r="C266" t="s">
+        <v>2457</v>
+      </c>
+      <c r="D266" t="s">
+        <v>2458</v>
+      </c>
+      <c r="E266" t="s">
+        <v>2459</v>
+      </c>
+      <c r="F266" t="s">
         <v>2460</v>
       </c>
-      <c r="C266" t="s">
+      <c r="G266" t="s">
         <v>2461</v>
       </c>
-      <c r="D266" t="s">
+      <c r="H266" t="s">
         <v>2462</v>
       </c>
-      <c r="E266" t="s">
+      <c r="I266" t="s">
         <v>2463</v>
       </c>
-      <c r="F266" t="s">
+      <c r="J266" t="s">
+        <v>24</v>
+      </c>
+      <c r="K266" t="s">
         <v>2464</v>
       </c>
-      <c r="G266" t="s">
+      <c r="L266" t="s">
+        <v>26</v>
+      </c>
+      <c r="N266" t="s">
+        <v>28</v>
+      </c>
+      <c r="O266" t="s">
         <v>2465</v>
-      </c>
-[...22 lines deleted...]
-        <v>2468</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>65015</v>
+        <v>58259</v>
       </c>
       <c r="B267" t="s">
+        <v>2466</v>
+      </c>
+      <c r="C267" t="s">
+        <v>2467</v>
+      </c>
+      <c r="D267" t="s">
+        <v>2468</v>
+      </c>
+      <c r="E267" t="s">
         <v>2469</v>
       </c>
-      <c r="C267" t="s">
+      <c r="F267" t="s">
         <v>2470</v>
       </c>
-      <c r="D267" t="s">
+      <c r="G267" t="s">
         <v>2471</v>
       </c>
-      <c r="E267" t="s">
+      <c r="H267" t="s">
         <v>2472</v>
       </c>
-      <c r="F267" t="s">
+      <c r="I267" t="s">
         <v>2473</v>
       </c>
-      <c r="G267" t="s">
+      <c r="J267" t="s">
+        <v>24</v>
+      </c>
+      <c r="K267" t="s">
         <v>2474</v>
       </c>
-      <c r="H267" t="s">
+      <c r="L267" t="s">
+        <v>26</v>
+      </c>
+      <c r="N267" t="s">
+        <v>28</v>
+      </c>
+      <c r="O267" t="s">
         <v>2475</v>
-      </c>
-[...19 lines deleted...]
-        <v>2477</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>65016</v>
+        <v>64637</v>
       </c>
       <c r="B268" t="s">
+        <v>2476</v>
+      </c>
+      <c r="C268" t="s">
+        <v>2477</v>
+      </c>
+      <c r="D268" t="s">
         <v>2478</v>
       </c>
-      <c r="C268" t="s">
+      <c r="E268" t="s">
         <v>2479</v>
       </c>
-      <c r="D268" t="s">
+      <c r="F268" t="s">
         <v>2480</v>
       </c>
-      <c r="E268" t="s">
+      <c r="G268" t="s">
         <v>2481</v>
       </c>
-      <c r="F268" t="s">
+      <c r="H268" t="s">
         <v>2482</v>
       </c>
-      <c r="G268" t="s">
+      <c r="I268" t="s">
         <v>2483</v>
       </c>
-      <c r="H268" t="s">
+      <c r="J268" t="s">
+        <v>24</v>
+      </c>
+      <c r="K268" t="s">
+        <v>47</v>
+      </c>
+      <c r="L268" t="s">
+        <v>26</v>
+      </c>
+      <c r="M268" t="s">
+        <v>48</v>
+      </c>
+      <c r="N268" t="s">
+        <v>28</v>
+      </c>
+      <c r="O268" t="s">
         <v>2484</v>
-      </c>
-[...19 lines deleted...]
-        <v>2486</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>65017</v>
+        <v>64689</v>
       </c>
       <c r="B269" t="s">
+        <v>2485</v>
+      </c>
+      <c r="C269" t="s">
+        <v>2486</v>
+      </c>
+      <c r="D269" t="s">
         <v>2487</v>
       </c>
-      <c r="C269" t="s">
+      <c r="E269" t="s">
         <v>2488</v>
       </c>
-      <c r="D269" t="s">
+      <c r="F269" t="s">
         <v>2489</v>
       </c>
-      <c r="E269" t="s">
+      <c r="G269" t="s">
         <v>2490</v>
       </c>
-      <c r="F269" t="s">
+      <c r="H269" t="s">
         <v>2491</v>
       </c>
-      <c r="G269" t="s">
+      <c r="I269" t="s">
         <v>2492</v>
       </c>
-      <c r="H269" t="s">
+      <c r="J269" t="s">
+        <v>24</v>
+      </c>
+      <c r="K269" t="s">
+        <v>784</v>
+      </c>
+      <c r="L269" t="s">
+        <v>26</v>
+      </c>
+      <c r="M269" t="s">
+        <v>785</v>
+      </c>
+      <c r="N269" t="s">
+        <v>28</v>
+      </c>
+      <c r="O269" t="s">
         <v>2493</v>
-      </c>
-[...19 lines deleted...]
-        <v>2497</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>65018</v>
+        <v>65000</v>
       </c>
       <c r="B270" t="s">
+        <v>2494</v>
+      </c>
+      <c r="C270" t="s">
+        <v>2495</v>
+      </c>
+      <c r="D270" t="s">
+        <v>2496</v>
+      </c>
+      <c r="E270" t="s">
+        <v>2497</v>
+      </c>
+      <c r="F270" t="s">
         <v>2498</v>
       </c>
-      <c r="C270" t="s">
+      <c r="G270" t="s">
         <v>2499</v>
       </c>
-      <c r="D270" t="s">
+      <c r="H270" t="s">
         <v>2500</v>
       </c>
-      <c r="E270" t="s">
+      <c r="I270" t="s">
         <v>2501</v>
       </c>
-      <c r="F270" t="s">
+      <c r="J270" t="s">
+        <v>24</v>
+      </c>
+      <c r="K270" t="s">
+        <v>25</v>
+      </c>
+      <c r="L270" t="s">
+        <v>26</v>
+      </c>
+      <c r="M270" t="s">
+        <v>27</v>
+      </c>
+      <c r="N270" t="s">
+        <v>28</v>
+      </c>
+      <c r="O270" t="s">
         <v>2502</v>
-      </c>
-[...25 lines deleted...]
-        <v>2508</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>65019</v>
+        <v>65001</v>
       </c>
       <c r="B271" t="s">
+        <v>2503</v>
+      </c>
+      <c r="C271" t="s">
+        <v>2504</v>
+      </c>
+      <c r="D271" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E271" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F271" t="s">
+        <v>2507</v>
+      </c>
+      <c r="G271" t="s">
+        <v>2508</v>
+      </c>
+      <c r="H271" t="s">
         <v>2509</v>
       </c>
-      <c r="C271" t="s">
+      <c r="I271" t="s">
         <v>2510</v>
-      </c>
-[...16 lines deleted...]
-        <v>2516</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
         <v>112</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
         <v>113</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2517</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>65020</v>
+        <v>65002</v>
       </c>
       <c r="B272" t="s">
+        <v>2512</v>
+      </c>
+      <c r="C272" t="s">
+        <v>2513</v>
+      </c>
+      <c r="D272" t="s">
+        <v>2514</v>
+      </c>
+      <c r="E272" t="s">
+        <v>2515</v>
+      </c>
+      <c r="F272" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G272" t="s">
+        <v>2517</v>
+      </c>
+      <c r="H272" t="s">
         <v>2518</v>
       </c>
-      <c r="C272" t="s">
+      <c r="I272" t="s">
         <v>2519</v>
       </c>
-      <c r="D272" t="s">
+      <c r="J272" t="s">
+        <v>24</v>
+      </c>
+      <c r="K272" t="s">
+        <v>25</v>
+      </c>
+      <c r="L272" t="s">
+        <v>26</v>
+      </c>
+      <c r="M272" t="s">
+        <v>27</v>
+      </c>
+      <c r="N272" t="s">
+        <v>28</v>
+      </c>
+      <c r="O272" t="s">
         <v>2520</v>
-      </c>
-[...31 lines deleted...]
-        <v>2528</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>65021</v>
+        <v>65003</v>
       </c>
       <c r="B273" t="s">
+        <v>2521</v>
+      </c>
+      <c r="C273" t="s">
+        <v>2522</v>
+      </c>
+      <c r="D273" t="s">
+        <v>2523</v>
+      </c>
+      <c r="E273" t="s">
+        <v>2524</v>
+      </c>
+      <c r="F273" t="s">
+        <v>2525</v>
+      </c>
+      <c r="G273" t="s">
+        <v>2526</v>
+      </c>
+      <c r="H273" t="s">
+        <v>2527</v>
+      </c>
+      <c r="I273" t="s">
+        <v>2528</v>
+      </c>
+      <c r="J273" t="s">
+        <v>24</v>
+      </c>
+      <c r="K273" t="s">
+        <v>112</v>
+      </c>
+      <c r="L273" t="s">
+        <v>26</v>
+      </c>
+      <c r="M273" t="s">
+        <v>113</v>
+      </c>
+      <c r="N273" t="s">
+        <v>28</v>
+      </c>
+      <c r="O273" t="s">
         <v>2529</v>
-      </c>
-[...37 lines deleted...]
-        <v>2537</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>65022</v>
+        <v>65004</v>
       </c>
       <c r="B274" t="s">
+        <v>2530</v>
+      </c>
+      <c r="C274" t="s">
+        <v>2531</v>
+      </c>
+      <c r="D274" t="s">
+        <v>2532</v>
+      </c>
+      <c r="E274" t="s">
+        <v>2533</v>
+      </c>
+      <c r="F274" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G274" t="s">
+        <v>2535</v>
+      </c>
+      <c r="H274" t="s">
+        <v>2536</v>
+      </c>
+      <c r="I274" t="s">
+        <v>2537</v>
+      </c>
+      <c r="J274" t="s">
+        <v>24</v>
+      </c>
+      <c r="K274" t="s">
+        <v>112</v>
+      </c>
+      <c r="L274" t="s">
+        <v>26</v>
+      </c>
+      <c r="M274" t="s">
+        <v>113</v>
+      </c>
+      <c r="N274" t="s">
+        <v>28</v>
+      </c>
+      <c r="O274" t="s">
         <v>2538</v>
-      </c>
-[...37 lines deleted...]
-        <v>2546</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>65023</v>
+        <v>65005</v>
       </c>
       <c r="B275" t="s">
+        <v>2539</v>
+      </c>
+      <c r="C275" t="s">
+        <v>2540</v>
+      </c>
+      <c r="D275" t="s">
+        <v>2541</v>
+      </c>
+      <c r="E275" t="s">
+        <v>2542</v>
+      </c>
+      <c r="F275" t="s">
+        <v>2543</v>
+      </c>
+      <c r="G275" t="s">
+        <v>2544</v>
+      </c>
+      <c r="H275" t="s">
+        <v>2545</v>
+      </c>
+      <c r="I275" t="s">
+        <v>2546</v>
+      </c>
+      <c r="J275" t="s">
+        <v>24</v>
+      </c>
+      <c r="K275" t="s">
         <v>2547</v>
       </c>
-      <c r="C275" t="s">
+      <c r="L275" t="s">
+        <v>26</v>
+      </c>
+      <c r="M275" t="s">
         <v>2548</v>
       </c>
-      <c r="D275" t="s">
+      <c r="N275" t="s">
+        <v>28</v>
+      </c>
+      <c r="O275" t="s">
         <v>2549</v>
-      </c>
-[...31 lines deleted...]
-        <v>2555</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>65025</v>
+        <v>65006</v>
       </c>
       <c r="B276" t="s">
+        <v>2550</v>
+      </c>
+      <c r="C276" t="s">
+        <v>2551</v>
+      </c>
+      <c r="D276" t="s">
+        <v>2552</v>
+      </c>
+      <c r="E276" t="s">
+        <v>2553</v>
+      </c>
+      <c r="F276" t="s">
+        <v>2554</v>
+      </c>
+      <c r="G276" t="s">
+        <v>2555</v>
+      </c>
+      <c r="H276" t="s">
         <v>2556</v>
       </c>
-      <c r="C276" t="s">
+      <c r="I276" t="s">
         <v>2557</v>
       </c>
-      <c r="D276" t="s">
+      <c r="J276" t="s">
+        <v>24</v>
+      </c>
+      <c r="K276" t="s">
         <v>2558</v>
       </c>
-      <c r="E276" t="s">
+      <c r="L276" t="s">
+        <v>26</v>
+      </c>
+      <c r="M276" t="s">
         <v>2559</v>
       </c>
-      <c r="F276" t="s">
+      <c r="N276" t="s">
+        <v>28</v>
+      </c>
+      <c r="O276" t="s">
         <v>2560</v>
-      </c>
-[...25 lines deleted...]
-        <v>2564</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>65026</v>
+        <v>65007</v>
       </c>
       <c r="B277" t="s">
+        <v>2561</v>
+      </c>
+      <c r="C277" t="s">
+        <v>2562</v>
+      </c>
+      <c r="D277" t="s">
+        <v>2563</v>
+      </c>
+      <c r="E277" t="s">
+        <v>2564</v>
+      </c>
+      <c r="F277" t="s">
         <v>2565</v>
       </c>
-      <c r="C277" t="s">
+      <c r="G277" t="s">
         <v>2566</v>
       </c>
-      <c r="D277" t="s">
+      <c r="H277" t="s">
         <v>2567</v>
       </c>
-      <c r="E277" t="s">
+      <c r="I277" t="s">
         <v>2568</v>
-      </c>
-[...10 lines deleted...]
-        <v>2572</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
         <v>25</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
         <v>27</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2573</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>65027</v>
+        <v>65008</v>
       </c>
       <c r="B278" t="s">
+        <v>2570</v>
+      </c>
+      <c r="C278" t="s">
+        <v>2571</v>
+      </c>
+      <c r="D278" t="s">
+        <v>2572</v>
+      </c>
+      <c r="E278" t="s">
+        <v>2573</v>
+      </c>
+      <c r="F278" t="s">
         <v>2574</v>
       </c>
-      <c r="C278" t="s">
+      <c r="G278" t="s">
         <v>2575</v>
       </c>
-      <c r="D278" t="s">
+      <c r="H278" t="s">
         <v>2576</v>
       </c>
-      <c r="E278" t="s">
+      <c r="I278" t="s">
         <v>2577</v>
       </c>
-      <c r="F278" t="s">
+      <c r="J278" t="s">
+        <v>24</v>
+      </c>
+      <c r="K278" t="s">
+        <v>112</v>
+      </c>
+      <c r="L278" t="s">
+        <v>26</v>
+      </c>
+      <c r="M278" t="s">
+        <v>113</v>
+      </c>
+      <c r="N278" t="s">
+        <v>28</v>
+      </c>
+      <c r="O278" t="s">
         <v>2578</v>
-      </c>
-[...25 lines deleted...]
-        <v>2582</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>65028</v>
+        <v>65009</v>
       </c>
       <c r="B279" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C279" t="s">
+        <v>2580</v>
+      </c>
+      <c r="D279" t="s">
+        <v>2581</v>
+      </c>
+      <c r="E279" t="s">
+        <v>2582</v>
+      </c>
+      <c r="F279" t="s">
         <v>2583</v>
       </c>
-      <c r="C279" t="s">
+      <c r="G279" t="s">
         <v>2584</v>
       </c>
-      <c r="D279" t="s">
+      <c r="H279" t="s">
         <v>2585</v>
       </c>
-      <c r="E279" t="s">
+      <c r="I279" t="s">
         <v>2586</v>
       </c>
-      <c r="F279" t="s">
+      <c r="J279" t="s">
+        <v>24</v>
+      </c>
+      <c r="K279" t="s">
+        <v>112</v>
+      </c>
+      <c r="L279" t="s">
+        <v>26</v>
+      </c>
+      <c r="M279" t="s">
+        <v>113</v>
+      </c>
+      <c r="N279" t="s">
+        <v>28</v>
+      </c>
+      <c r="O279" t="s">
         <v>2587</v>
-      </c>
-[...25 lines deleted...]
-        <v>2591</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>65030</v>
+        <v>65010</v>
       </c>
       <c r="B280" t="s">
+        <v>2588</v>
+      </c>
+      <c r="C280" t="s">
+        <v>2589</v>
+      </c>
+      <c r="D280" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E280" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F280" t="s">
         <v>2592</v>
       </c>
-      <c r="C280" t="s">
+      <c r="G280" t="s">
         <v>2593</v>
       </c>
-      <c r="D280" t="s">
+      <c r="H280" t="s">
         <v>2594</v>
       </c>
-      <c r="E280" t="s">
+      <c r="I280" t="s">
         <v>2595</v>
-      </c>
-[...10 lines deleted...]
-        <v>2599</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
         <v>25</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
         <v>27</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2600</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>65031</v>
+        <v>65011</v>
       </c>
       <c r="B281" t="s">
+        <v>2597</v>
+      </c>
+      <c r="C281" t="s">
+        <v>2598</v>
+      </c>
+      <c r="D281" t="s">
+        <v>2599</v>
+      </c>
+      <c r="E281" t="s">
+        <v>2600</v>
+      </c>
+      <c r="F281" t="s">
         <v>2601</v>
       </c>
-      <c r="C281" t="s">
+      <c r="G281" t="s">
         <v>2602</v>
       </c>
-      <c r="D281" t="s">
+      <c r="H281" t="s">
         <v>2603</v>
       </c>
-      <c r="E281" t="s">
+      <c r="I281" t="s">
         <v>2604</v>
       </c>
-      <c r="F281" t="s">
+      <c r="J281" t="s">
+        <v>24</v>
+      </c>
+      <c r="K281" t="s">
+        <v>112</v>
+      </c>
+      <c r="L281" t="s">
+        <v>26</v>
+      </c>
+      <c r="M281" t="s">
+        <v>113</v>
+      </c>
+      <c r="N281" t="s">
+        <v>28</v>
+      </c>
+      <c r="O281" t="s">
         <v>2605</v>
-      </c>
-[...25 lines deleted...]
-        <v>2609</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>65032</v>
+        <v>65012</v>
       </c>
       <c r="B282" t="s">
+        <v>2606</v>
+      </c>
+      <c r="C282" t="s">
+        <v>2607</v>
+      </c>
+      <c r="D282" t="s">
+        <v>2608</v>
+      </c>
+      <c r="E282" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F282" t="s">
         <v>2610</v>
       </c>
-      <c r="C282" t="s">
+      <c r="G282" t="s">
         <v>2611</v>
       </c>
-      <c r="D282" t="s">
+      <c r="H282" t="s">
         <v>2612</v>
       </c>
-      <c r="E282" t="s">
+      <c r="I282" t="s">
         <v>2613</v>
       </c>
-      <c r="F282" t="s">
+      <c r="J282" t="s">
+        <v>24</v>
+      </c>
+      <c r="K282" t="s">
         <v>2614</v>
       </c>
-      <c r="G282" t="s">
+      <c r="L282" t="s">
+        <v>26</v>
+      </c>
+      <c r="M282" t="s">
         <v>2615</v>
       </c>
-      <c r="H282" t="s">
+      <c r="N282" t="s">
+        <v>28</v>
+      </c>
+      <c r="O282" t="s">
         <v>2616</v>
-      </c>
-[...19 lines deleted...]
-        <v>2618</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>65033</v>
+        <v>65013</v>
       </c>
       <c r="B283" t="s">
+        <v>2617</v>
+      </c>
+      <c r="C283" t="s">
+        <v>2618</v>
+      </c>
+      <c r="D283" t="s">
         <v>2619</v>
       </c>
-      <c r="C283" t="s">
+      <c r="E283" t="s">
         <v>2620</v>
       </c>
-      <c r="D283" t="s">
+      <c r="F283" t="s">
         <v>2621</v>
       </c>
-      <c r="E283" t="s">
+      <c r="G283" t="s">
         <v>2622</v>
       </c>
-      <c r="F283" t="s">
+      <c r="H283" t="s">
         <v>2623</v>
       </c>
-      <c r="G283" t="s">
+      <c r="I283" t="s">
         <v>2624</v>
       </c>
-      <c r="H283" t="s">
+      <c r="J283" t="s">
+        <v>24</v>
+      </c>
+      <c r="K283" t="s">
+        <v>25</v>
+      </c>
+      <c r="L283" t="s">
+        <v>26</v>
+      </c>
+      <c r="M283" t="s">
+        <v>27</v>
+      </c>
+      <c r="N283" t="s">
+        <v>28</v>
+      </c>
+      <c r="O283" t="s">
         <v>2625</v>
-      </c>
-[...19 lines deleted...]
-        <v>2629</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>65034</v>
+        <v>65014</v>
       </c>
       <c r="B284" t="s">
+        <v>2626</v>
+      </c>
+      <c r="C284" t="s">
+        <v>2627</v>
+      </c>
+      <c r="D284" t="s">
+        <v>2628</v>
+      </c>
+      <c r="E284" t="s">
+        <v>2629</v>
+      </c>
+      <c r="F284" t="s">
         <v>2630</v>
       </c>
-      <c r="C284" t="s">
+      <c r="G284" t="s">
         <v>2631</v>
       </c>
-      <c r="D284" t="s">
+      <c r="H284" t="s">
         <v>2632</v>
       </c>
-      <c r="E284" t="s">
+      <c r="I284" t="s">
         <v>2633</v>
-      </c>
-[...10 lines deleted...]
-        <v>2637</v>
       </c>
       <c r="J284" t="s">
         <v>498</v>
       </c>
       <c r="K284" t="s">
-        <v>1838</v>
+        <v>451</v>
       </c>
       <c r="L284" t="s">
         <v>500</v>
       </c>
       <c r="M284" t="s">
-        <v>1839</v>
+        <v>452</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2638</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>65035</v>
+        <v>65015</v>
       </c>
       <c r="B285" t="s">
+        <v>2635</v>
+      </c>
+      <c r="C285" t="s">
+        <v>2636</v>
+      </c>
+      <c r="D285" t="s">
+        <v>2637</v>
+      </c>
+      <c r="E285" t="s">
+        <v>2638</v>
+      </c>
+      <c r="F285" t="s">
         <v>2639</v>
       </c>
-      <c r="C285" t="s">
+      <c r="G285" t="s">
         <v>2640</v>
       </c>
-      <c r="D285" t="s">
+      <c r="H285" t="s">
         <v>2641</v>
       </c>
-      <c r="E285" t="s">
+      <c r="I285" t="s">
         <v>2642</v>
       </c>
-      <c r="F285" t="s">
+      <c r="J285" t="s">
+        <v>24</v>
+      </c>
+      <c r="K285" t="s">
+        <v>112</v>
+      </c>
+      <c r="L285" t="s">
+        <v>26</v>
+      </c>
+      <c r="M285" t="s">
+        <v>113</v>
+      </c>
+      <c r="N285" t="s">
+        <v>28</v>
+      </c>
+      <c r="O285" t="s">
         <v>2643</v>
-      </c>
-[...25 lines deleted...]
-        <v>2647</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>65036</v>
+        <v>65016</v>
       </c>
       <c r="B286" t="s">
+        <v>2644</v>
+      </c>
+      <c r="C286" t="s">
+        <v>2645</v>
+      </c>
+      <c r="D286" t="s">
+        <v>2646</v>
+      </c>
+      <c r="E286" t="s">
+        <v>2647</v>
+      </c>
+      <c r="F286" t="s">
         <v>2648</v>
       </c>
-      <c r="C286" t="s">
+      <c r="G286" t="s">
         <v>2649</v>
       </c>
-      <c r="D286" t="s">
+      <c r="H286" t="s">
         <v>2650</v>
       </c>
-      <c r="E286" t="s">
+      <c r="I286" t="s">
         <v>2651</v>
-      </c>
-[...10 lines deleted...]
-        <v>2655</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
         <v>25</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
         <v>27</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2656</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>65037</v>
+        <v>65017</v>
       </c>
       <c r="B287" t="s">
+        <v>2653</v>
+      </c>
+      <c r="C287" t="s">
+        <v>2654</v>
+      </c>
+      <c r="D287" t="s">
+        <v>2655</v>
+      </c>
+      <c r="E287" t="s">
+        <v>2656</v>
+      </c>
+      <c r="F287" t="s">
         <v>2657</v>
       </c>
-      <c r="C287" t="s">
+      <c r="G287" t="s">
         <v>2658</v>
       </c>
-      <c r="D287" t="s">
+      <c r="H287" t="s">
         <v>2659</v>
       </c>
-      <c r="E287" t="s">
+      <c r="I287" t="s">
         <v>2660</v>
       </c>
-      <c r="F287" t="s">
+      <c r="J287" t="s">
+        <v>24</v>
+      </c>
+      <c r="K287" t="s">
         <v>2661</v>
       </c>
-      <c r="G287" t="s">
+      <c r="L287" t="s">
+        <v>26</v>
+      </c>
+      <c r="M287" t="s">
         <v>2662</v>
       </c>
-      <c r="H287" t="s">
+      <c r="N287" t="s">
+        <v>28</v>
+      </c>
+      <c r="O287" t="s">
         <v>2663</v>
-      </c>
-[...19 lines deleted...]
-        <v>2665</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>65038</v>
+        <v>65018</v>
       </c>
       <c r="B288" t="s">
+        <v>2664</v>
+      </c>
+      <c r="C288" t="s">
+        <v>2665</v>
+      </c>
+      <c r="D288" t="s">
         <v>2666</v>
       </c>
-      <c r="C288" t="s">
+      <c r="E288" t="s">
         <v>2667</v>
       </c>
-      <c r="D288" t="s">
+      <c r="F288" t="s">
         <v>2668</v>
       </c>
-      <c r="E288" t="s">
+      <c r="G288" t="s">
         <v>2669</v>
       </c>
-      <c r="F288" t="s">
+      <c r="H288" t="s">
         <v>2670</v>
       </c>
-      <c r="G288" t="s">
+      <c r="I288" t="s">
         <v>2671</v>
       </c>
-      <c r="H288" t="s">
+      <c r="J288" t="s">
+        <v>24</v>
+      </c>
+      <c r="K288" t="s">
         <v>2672</v>
       </c>
-      <c r="I288" t="s">
+      <c r="L288" t="s">
+        <v>26</v>
+      </c>
+      <c r="M288" t="s">
         <v>2673</v>
-      </c>
-[...10 lines deleted...]
-        <v>113</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
         <v>2674</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>65039</v>
+        <v>65019</v>
       </c>
       <c r="B289" t="s">
         <v>2675</v>
       </c>
       <c r="C289" t="s">
         <v>2676</v>
       </c>
       <c r="D289" t="s">
         <v>2677</v>
       </c>
       <c r="E289" t="s">
         <v>2678</v>
       </c>
       <c r="F289" t="s">
         <v>2679</v>
       </c>
       <c r="G289" t="s">
         <v>2680</v>
       </c>
       <c r="H289" t="s">
         <v>2681</v>
       </c>
       <c r="I289" t="s">
         <v>2682</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
         <v>112</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
         <v>113</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
         <v>2683</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>65040</v>
+        <v>65020</v>
       </c>
       <c r="B290" t="s">
         <v>2684</v>
       </c>
       <c r="C290" t="s">
         <v>2685</v>
       </c>
       <c r="D290" t="s">
         <v>2686</v>
       </c>
       <c r="E290" t="s">
         <v>2687</v>
       </c>
       <c r="F290" t="s">
         <v>2688</v>
       </c>
       <c r="G290" t="s">
         <v>2689</v>
       </c>
       <c r="H290" t="s">
         <v>2690</v>
       </c>
       <c r="I290" t="s">
         <v>2691</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
-        <v>1129</v>
+        <v>2692</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
-        <v>1130</v>
+        <v>2693</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2692</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>65043</v>
+        <v>65021</v>
       </c>
       <c r="B291" t="s">
-        <v>2693</v>
+        <v>2695</v>
       </c>
       <c r="C291" t="s">
-        <v>2694</v>
+        <v>2696</v>
       </c>
       <c r="D291" t="s">
-        <v>2695</v>
+        <v>2697</v>
       </c>
       <c r="E291" t="s">
-        <v>2696</v>
+        <v>2698</v>
       </c>
       <c r="F291" t="s">
-        <v>2697</v>
+        <v>2699</v>
       </c>
       <c r="G291" t="s">
-        <v>2698</v>
+        <v>2700</v>
       </c>
       <c r="H291" t="s">
-        <v>2699</v>
+        <v>2701</v>
       </c>
       <c r="I291" t="s">
-        <v>2700</v>
+        <v>2702</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
         <v>25</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
         <v>27</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2701</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>65044</v>
+        <v>65022</v>
       </c>
       <c r="B292" t="s">
-        <v>2702</v>
+        <v>2704</v>
       </c>
       <c r="C292" t="s">
-        <v>2703</v>
+        <v>2705</v>
       </c>
       <c r="D292" t="s">
-        <v>2704</v>
+        <v>2706</v>
       </c>
       <c r="E292" t="s">
-        <v>2705</v>
+        <v>2707</v>
       </c>
       <c r="F292" t="s">
-        <v>2706</v>
+        <v>2708</v>
       </c>
       <c r="G292" t="s">
-        <v>2707</v>
+        <v>2709</v>
       </c>
       <c r="H292" t="s">
-        <v>2708</v>
+        <v>2710</v>
       </c>
       <c r="I292" t="s">
-        <v>2709</v>
+        <v>2711</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
         <v>25</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
         <v>27</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2710</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>65045</v>
+        <v>65023</v>
       </c>
       <c r="B293" t="s">
-        <v>2711</v>
+        <v>2713</v>
       </c>
       <c r="C293" t="s">
-        <v>2712</v>
+        <v>2714</v>
       </c>
       <c r="D293" t="s">
-        <v>2713</v>
+        <v>2715</v>
       </c>
       <c r="E293" t="s">
-        <v>2714</v>
+        <v>2716</v>
       </c>
       <c r="F293" t="s">
-        <v>2715</v>
+        <v>2717</v>
       </c>
       <c r="G293" t="s">
-        <v>2716</v>
+        <v>2718</v>
       </c>
       <c r="H293" t="s">
-        <v>2717</v>
+        <v>2719</v>
       </c>
       <c r="I293" t="s">
-        <v>2718</v>
+        <v>2720</v>
       </c>
       <c r="J293" t="s">
-        <v>2719</v>
+        <v>24</v>
       </c>
       <c r="K293" t="s">
-        <v>2720</v>
+        <v>25</v>
       </c>
       <c r="L293" t="s">
+        <v>26</v>
+      </c>
+      <c r="M293" t="s">
+        <v>27</v>
+      </c>
+      <c r="N293" t="s">
+        <v>28</v>
+      </c>
+      <c r="O293" t="s">
         <v>2721</v>
-      </c>
-[...7 lines deleted...]
-        <v>2723</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>65046</v>
+        <v>65025</v>
       </c>
       <c r="B294" t="s">
+        <v>2722</v>
+      </c>
+      <c r="C294" t="s">
+        <v>2723</v>
+      </c>
+      <c r="D294" t="s">
         <v>2724</v>
       </c>
-      <c r="C294" t="s">
+      <c r="E294" t="s">
         <v>2725</v>
       </c>
-      <c r="D294" t="s">
+      <c r="F294" t="s">
         <v>2726</v>
       </c>
-      <c r="E294" t="s">
+      <c r="G294" t="s">
         <v>2727</v>
       </c>
-      <c r="F294" t="s">
+      <c r="H294" t="s">
         <v>2728</v>
       </c>
-      <c r="G294" t="s">
+      <c r="I294" t="s">
         <v>2729</v>
       </c>
-      <c r="H294" t="s">
+      <c r="J294" t="s">
+        <v>24</v>
+      </c>
+      <c r="K294" t="s">
+        <v>25</v>
+      </c>
+      <c r="L294" t="s">
+        <v>26</v>
+      </c>
+      <c r="M294" t="s">
+        <v>27</v>
+      </c>
+      <c r="N294" t="s">
+        <v>28</v>
+      </c>
+      <c r="O294" t="s">
         <v>2730</v>
-      </c>
-[...19 lines deleted...]
-        <v>2732</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>65047</v>
+        <v>65026</v>
       </c>
       <c r="B295" t="s">
+        <v>2731</v>
+      </c>
+      <c r="C295" t="s">
+        <v>2732</v>
+      </c>
+      <c r="D295" t="s">
         <v>2733</v>
       </c>
-      <c r="C295" t="s">
+      <c r="E295" t="s">
         <v>2734</v>
       </c>
-      <c r="D295" t="s">
+      <c r="F295" t="s">
         <v>2735</v>
       </c>
-      <c r="E295" t="s">
+      <c r="G295" t="s">
         <v>2736</v>
       </c>
-      <c r="F295" t="s">
+      <c r="H295" t="s">
         <v>2737</v>
       </c>
-      <c r="G295" t="s">
+      <c r="I295" t="s">
         <v>2738</v>
       </c>
-      <c r="H295" t="s">
+      <c r="J295" t="s">
+        <v>24</v>
+      </c>
+      <c r="K295" t="s">
+        <v>25</v>
+      </c>
+      <c r="L295" t="s">
+        <v>26</v>
+      </c>
+      <c r="M295" t="s">
+        <v>27</v>
+      </c>
+      <c r="N295" t="s">
+        <v>28</v>
+      </c>
+      <c r="O295" t="s">
         <v>2739</v>
-      </c>
-[...19 lines deleted...]
-        <v>2741</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>65049</v>
+        <v>65027</v>
       </c>
       <c r="B296" t="s">
+        <v>2740</v>
+      </c>
+      <c r="C296" t="s">
+        <v>2741</v>
+      </c>
+      <c r="D296" t="s">
         <v>2742</v>
       </c>
-      <c r="C296" t="s">
+      <c r="E296" t="s">
         <v>2743</v>
       </c>
-      <c r="D296" t="s">
+      <c r="F296" t="s">
         <v>2744</v>
       </c>
-      <c r="E296" t="s">
+      <c r="G296" t="s">
         <v>2745</v>
       </c>
-      <c r="F296" t="s">
+      <c r="H296" t="s">
         <v>2746</v>
       </c>
-      <c r="G296" t="s">
+      <c r="I296" t="s">
         <v>2747</v>
       </c>
-      <c r="H296" t="s">
+      <c r="J296" t="s">
+        <v>24</v>
+      </c>
+      <c r="K296" t="s">
+        <v>451</v>
+      </c>
+      <c r="L296" t="s">
+        <v>26</v>
+      </c>
+      <c r="M296" t="s">
+        <v>452</v>
+      </c>
+      <c r="N296" t="s">
+        <v>28</v>
+      </c>
+      <c r="O296" t="s">
         <v>2748</v>
-      </c>
-[...19 lines deleted...]
-        <v>2750</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>65050</v>
+        <v>65028</v>
       </c>
       <c r="B297" t="s">
+        <v>2749</v>
+      </c>
+      <c r="C297" t="s">
+        <v>2750</v>
+      </c>
+      <c r="D297" t="s">
         <v>2751</v>
       </c>
-      <c r="C297" t="s">
+      <c r="E297" t="s">
         <v>2752</v>
       </c>
-      <c r="D297" t="s">
+      <c r="F297" t="s">
         <v>2753</v>
       </c>
-      <c r="E297" t="s">
+      <c r="G297" t="s">
         <v>2754</v>
       </c>
-      <c r="F297" t="s">
+      <c r="H297" t="s">
         <v>2755</v>
       </c>
-      <c r="G297" t="s">
+      <c r="I297" t="s">
         <v>2756</v>
-      </c>
-[...4 lines deleted...]
-        <v>2758</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
         <v>25</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
         <v>27</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2759</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>65051</v>
+        <v>65030</v>
       </c>
       <c r="B298" t="s">
+        <v>2758</v>
+      </c>
+      <c r="C298" t="s">
+        <v>2759</v>
+      </c>
+      <c r="D298" t="s">
         <v>2760</v>
       </c>
-      <c r="C298" t="s">
+      <c r="E298" t="s">
         <v>2761</v>
       </c>
-      <c r="D298" t="s">
+      <c r="F298" t="s">
         <v>2762</v>
       </c>
-      <c r="E298" t="s">
+      <c r="G298" t="s">
         <v>2763</v>
       </c>
-      <c r="F298" t="s">
+      <c r="H298" t="s">
         <v>2764</v>
       </c>
-      <c r="G298" t="s">
+      <c r="I298" t="s">
         <v>2765</v>
       </c>
-      <c r="H298" t="s">
+      <c r="J298" t="s">
+        <v>24</v>
+      </c>
+      <c r="K298" t="s">
+        <v>25</v>
+      </c>
+      <c r="L298" t="s">
+        <v>26</v>
+      </c>
+      <c r="M298" t="s">
+        <v>27</v>
+      </c>
+      <c r="N298" t="s">
+        <v>28</v>
+      </c>
+      <c r="O298" t="s">
         <v>2766</v>
-      </c>
-[...19 lines deleted...]
-        <v>2768</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>65053</v>
+        <v>65031</v>
       </c>
       <c r="B299" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C299" t="s">
+        <v>2768</v>
+      </c>
+      <c r="D299" t="s">
         <v>2769</v>
       </c>
-      <c r="C299" t="s">
+      <c r="E299" t="s">
         <v>2770</v>
       </c>
-      <c r="D299" t="s">
+      <c r="F299" t="s">
         <v>2771</v>
       </c>
-      <c r="E299" t="s">
+      <c r="G299" t="s">
         <v>2772</v>
       </c>
-      <c r="F299" t="s">
+      <c r="H299" t="s">
         <v>2773</v>
       </c>
-      <c r="G299" t="s">
+      <c r="I299" t="s">
         <v>2774</v>
       </c>
-      <c r="H299" t="s">
+      <c r="J299" t="s">
+        <v>24</v>
+      </c>
+      <c r="K299" t="s">
+        <v>25</v>
+      </c>
+      <c r="L299" t="s">
+        <v>26</v>
+      </c>
+      <c r="M299" t="s">
+        <v>27</v>
+      </c>
+      <c r="N299" t="s">
+        <v>28</v>
+      </c>
+      <c r="O299" t="s">
         <v>2775</v>
-      </c>
-[...19 lines deleted...]
-        <v>2777</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>65054</v>
+        <v>65032</v>
       </c>
       <c r="B300" t="s">
+        <v>2776</v>
+      </c>
+      <c r="C300" t="s">
+        <v>2777</v>
+      </c>
+      <c r="D300" t="s">
         <v>2778</v>
       </c>
-      <c r="C300" t="s">
+      <c r="E300" t="s">
         <v>2779</v>
       </c>
-      <c r="D300" t="s">
+      <c r="F300" t="s">
         <v>2780</v>
       </c>
-      <c r="E300" t="s">
+      <c r="G300" t="s">
         <v>2781</v>
       </c>
-      <c r="F300" t="s">
+      <c r="H300" t="s">
         <v>2782</v>
       </c>
-      <c r="G300" t="s">
+      <c r="I300" t="s">
         <v>2783</v>
       </c>
-      <c r="H300" t="s">
+      <c r="J300" t="s">
+        <v>24</v>
+      </c>
+      <c r="K300" t="s">
+        <v>112</v>
+      </c>
+      <c r="L300" t="s">
+        <v>26</v>
+      </c>
+      <c r="M300" t="s">
+        <v>113</v>
+      </c>
+      <c r="N300" t="s">
+        <v>28</v>
+      </c>
+      <c r="O300" t="s">
         <v>2784</v>
-      </c>
-[...19 lines deleted...]
-        <v>2788</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>65055</v>
+        <v>65033</v>
       </c>
       <c r="B301" t="s">
+        <v>2785</v>
+      </c>
+      <c r="C301" t="s">
+        <v>2786</v>
+      </c>
+      <c r="D301" t="s">
+        <v>2787</v>
+      </c>
+      <c r="E301" t="s">
+        <v>2788</v>
+      </c>
+      <c r="F301" t="s">
         <v>2789</v>
       </c>
-      <c r="C301" t="s">
+      <c r="G301" t="s">
         <v>2790</v>
       </c>
-      <c r="D301" t="s">
+      <c r="H301" t="s">
         <v>2791</v>
       </c>
-      <c r="E301" t="s">
+      <c r="I301" t="s">
         <v>2792</v>
       </c>
-      <c r="F301" t="s">
+      <c r="J301" t="s">
+        <v>24</v>
+      </c>
+      <c r="K301" t="s">
         <v>2793</v>
       </c>
-      <c r="G301" t="s">
+      <c r="L301" t="s">
+        <v>26</v>
+      </c>
+      <c r="M301" t="s">
         <v>2794</v>
       </c>
-      <c r="H301" t="s">
+      <c r="N301" t="s">
+        <v>28</v>
+      </c>
+      <c r="O301" t="s">
         <v>2795</v>
-      </c>
-[...19 lines deleted...]
-        <v>2797</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>65057</v>
+        <v>65034</v>
       </c>
       <c r="B302" t="s">
+        <v>2796</v>
+      </c>
+      <c r="C302" t="s">
+        <v>2797</v>
+      </c>
+      <c r="D302" t="s">
         <v>2798</v>
       </c>
-      <c r="C302" t="s">
+      <c r="E302" t="s">
         <v>2799</v>
       </c>
-      <c r="D302" t="s">
+      <c r="F302" t="s">
         <v>2800</v>
       </c>
-      <c r="E302" t="s">
+      <c r="G302" t="s">
         <v>2801</v>
       </c>
-      <c r="F302" t="s">
+      <c r="H302" t="s">
         <v>2802</v>
       </c>
-      <c r="G302" t="s">
+      <c r="I302" t="s">
         <v>2803</v>
       </c>
-      <c r="H302" t="s">
+      <c r="J302" t="s">
+        <v>498</v>
+      </c>
+      <c r="K302" t="s">
+        <v>1984</v>
+      </c>
+      <c r="L302" t="s">
+        <v>500</v>
+      </c>
+      <c r="M302" t="s">
+        <v>1985</v>
+      </c>
+      <c r="N302" t="s">
+        <v>28</v>
+      </c>
+      <c r="O302" t="s">
         <v>2804</v>
-      </c>
-[...19 lines deleted...]
-        <v>2806</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>65058</v>
+        <v>65035</v>
       </c>
       <c r="B303" t="s">
+        <v>2805</v>
+      </c>
+      <c r="C303" t="s">
+        <v>2806</v>
+      </c>
+      <c r="D303" t="s">
         <v>2807</v>
       </c>
-      <c r="C303" t="s">
+      <c r="E303" t="s">
         <v>2808</v>
       </c>
-      <c r="D303" t="s">
+      <c r="F303" t="s">
         <v>2809</v>
       </c>
-      <c r="E303" t="s">
+      <c r="G303" t="s">
         <v>2810</v>
       </c>
-      <c r="F303" t="s">
+      <c r="H303" t="s">
         <v>2811</v>
       </c>
-      <c r="G303" t="s">
+      <c r="I303" t="s">
         <v>2812</v>
       </c>
-      <c r="H303" t="s">
+      <c r="J303" t="s">
+        <v>24</v>
+      </c>
+      <c r="K303" t="s">
+        <v>25</v>
+      </c>
+      <c r="L303" t="s">
+        <v>26</v>
+      </c>
+      <c r="M303" t="s">
+        <v>27</v>
+      </c>
+      <c r="N303" t="s">
+        <v>28</v>
+      </c>
+      <c r="O303" t="s">
         <v>2813</v>
-      </c>
-[...19 lines deleted...]
-        <v>2815</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>65059</v>
+        <v>65036</v>
       </c>
       <c r="B304" t="s">
+        <v>2814</v>
+      </c>
+      <c r="C304" t="s">
+        <v>2815</v>
+      </c>
+      <c r="D304" t="s">
         <v>2816</v>
       </c>
-      <c r="C304" t="s">
+      <c r="E304" t="s">
         <v>2817</v>
       </c>
-      <c r="D304" t="s">
+      <c r="F304" t="s">
         <v>2818</v>
       </c>
-      <c r="E304" t="s">
+      <c r="G304" t="s">
         <v>2819</v>
       </c>
-      <c r="F304" t="s">
+      <c r="H304" t="s">
         <v>2820</v>
       </c>
-      <c r="G304" t="s">
+      <c r="I304" t="s">
         <v>2821</v>
       </c>
-      <c r="H304" t="s">
+      <c r="J304" t="s">
+        <v>24</v>
+      </c>
+      <c r="K304" t="s">
+        <v>25</v>
+      </c>
+      <c r="L304" t="s">
+        <v>26</v>
+      </c>
+      <c r="M304" t="s">
+        <v>27</v>
+      </c>
+      <c r="N304" t="s">
+        <v>28</v>
+      </c>
+      <c r="O304" t="s">
         <v>2822</v>
-      </c>
-[...19 lines deleted...]
-        <v>2824</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>65060</v>
+        <v>65037</v>
       </c>
       <c r="B305" t="s">
+        <v>2823</v>
+      </c>
+      <c r="C305" t="s">
+        <v>2824</v>
+      </c>
+      <c r="D305" t="s">
         <v>2825</v>
       </c>
-      <c r="C305" t="s">
+      <c r="E305" t="s">
         <v>2826</v>
       </c>
-      <c r="D305" t="s">
+      <c r="F305" t="s">
         <v>2827</v>
       </c>
-      <c r="E305" t="s">
+      <c r="G305" t="s">
         <v>2828</v>
       </c>
-      <c r="F305" t="s">
+      <c r="H305" t="s">
         <v>2829</v>
       </c>
-      <c r="G305" t="s">
+      <c r="I305" t="s">
         <v>2830</v>
       </c>
-      <c r="H305" t="s">
+      <c r="J305" t="s">
+        <v>24</v>
+      </c>
+      <c r="K305" t="s">
+        <v>25</v>
+      </c>
+      <c r="L305" t="s">
+        <v>26</v>
+      </c>
+      <c r="M305" t="s">
+        <v>27</v>
+      </c>
+      <c r="N305" t="s">
+        <v>28</v>
+      </c>
+      <c r="O305" t="s">
         <v>2831</v>
-      </c>
-[...19 lines deleted...]
-        <v>2833</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>65061</v>
+        <v>65038</v>
       </c>
       <c r="B306" t="s">
+        <v>2832</v>
+      </c>
+      <c r="C306" t="s">
+        <v>2833</v>
+      </c>
+      <c r="D306" t="s">
         <v>2834</v>
       </c>
-      <c r="C306" t="s">
+      <c r="E306" t="s">
         <v>2835</v>
       </c>
-      <c r="D306" t="s">
+      <c r="F306" t="s">
         <v>2836</v>
       </c>
-      <c r="E306" t="s">
+      <c r="G306" t="s">
         <v>2837</v>
       </c>
-      <c r="F306" t="s">
+      <c r="H306" t="s">
         <v>2838</v>
       </c>
-      <c r="G306" t="s">
+      <c r="I306" t="s">
         <v>2839</v>
       </c>
-      <c r="H306" t="s">
+      <c r="J306" t="s">
+        <v>24</v>
+      </c>
+      <c r="K306" t="s">
+        <v>112</v>
+      </c>
+      <c r="L306" t="s">
+        <v>26</v>
+      </c>
+      <c r="M306" t="s">
+        <v>113</v>
+      </c>
+      <c r="N306" t="s">
+        <v>28</v>
+      </c>
+      <c r="O306" t="s">
         <v>2840</v>
-      </c>
-[...19 lines deleted...]
-        <v>2842</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>65062</v>
+        <v>65039</v>
       </c>
       <c r="B307" t="s">
+        <v>2841</v>
+      </c>
+      <c r="C307" t="s">
+        <v>2842</v>
+      </c>
+      <c r="D307" t="s">
         <v>2843</v>
       </c>
-      <c r="C307" t="s">
+      <c r="E307" t="s">
         <v>2844</v>
       </c>
-      <c r="D307" t="s">
+      <c r="F307" t="s">
         <v>2845</v>
       </c>
-      <c r="E307" t="s">
+      <c r="G307" t="s">
         <v>2846</v>
       </c>
-      <c r="F307" t="s">
+      <c r="H307" t="s">
         <v>2847</v>
       </c>
-      <c r="G307" t="s">
+      <c r="I307" t="s">
         <v>2848</v>
       </c>
-      <c r="H307" t="s">
+      <c r="J307" t="s">
+        <v>24</v>
+      </c>
+      <c r="K307" t="s">
+        <v>112</v>
+      </c>
+      <c r="L307" t="s">
+        <v>26</v>
+      </c>
+      <c r="M307" t="s">
+        <v>113</v>
+      </c>
+      <c r="N307" t="s">
+        <v>28</v>
+      </c>
+      <c r="O307" t="s">
         <v>2849</v>
-      </c>
-[...19 lines deleted...]
-        <v>2851</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>65063</v>
+        <v>65040</v>
       </c>
       <c r="B308" t="s">
+        <v>2850</v>
+      </c>
+      <c r="C308" t="s">
+        <v>2851</v>
+      </c>
+      <c r="D308" t="s">
         <v>2852</v>
       </c>
-      <c r="C308" t="s">
+      <c r="E308" t="s">
         <v>2853</v>
       </c>
-      <c r="D308" t="s">
+      <c r="F308" t="s">
         <v>2854</v>
       </c>
-      <c r="E308" t="s">
+      <c r="G308" t="s">
         <v>2855</v>
       </c>
-      <c r="F308" t="s">
+      <c r="H308" t="s">
         <v>2856</v>
       </c>
-      <c r="G308" t="s">
+      <c r="I308" t="s">
         <v>2857</v>
       </c>
-      <c r="H308" t="s">
+      <c r="J308" t="s">
+        <v>24</v>
+      </c>
+      <c r="K308" t="s">
+        <v>1266</v>
+      </c>
+      <c r="L308" t="s">
+        <v>26</v>
+      </c>
+      <c r="M308" t="s">
+        <v>1267</v>
+      </c>
+      <c r="N308" t="s">
+        <v>28</v>
+      </c>
+      <c r="O308" t="s">
         <v>2858</v>
-      </c>
-[...19 lines deleted...]
-        <v>2862</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>65065</v>
+        <v>65043</v>
       </c>
       <c r="B309" t="s">
+        <v>2859</v>
+      </c>
+      <c r="C309" t="s">
+        <v>2860</v>
+      </c>
+      <c r="D309" t="s">
+        <v>2861</v>
+      </c>
+      <c r="E309" t="s">
+        <v>2862</v>
+      </c>
+      <c r="F309" t="s">
         <v>2863</v>
       </c>
-      <c r="C309" t="s">
+      <c r="G309" t="s">
         <v>2864</v>
       </c>
-      <c r="D309" t="s">
+      <c r="H309" t="s">
         <v>2865</v>
       </c>
-      <c r="E309" t="s">
+      <c r="I309" t="s">
         <v>2866</v>
       </c>
-      <c r="F309" t="s">
+      <c r="J309" t="s">
+        <v>24</v>
+      </c>
+      <c r="K309" t="s">
+        <v>25</v>
+      </c>
+      <c r="L309" t="s">
+        <v>26</v>
+      </c>
+      <c r="M309" t="s">
+        <v>27</v>
+      </c>
+      <c r="N309" t="s">
+        <v>28</v>
+      </c>
+      <c r="O309" t="s">
         <v>2867</v>
-      </c>
-[...25 lines deleted...]
-        <v>2873</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>65068</v>
+        <v>65044</v>
       </c>
       <c r="B310" t="s">
+        <v>2868</v>
+      </c>
+      <c r="C310" t="s">
+        <v>2869</v>
+      </c>
+      <c r="D310" t="s">
+        <v>2870</v>
+      </c>
+      <c r="E310" t="s">
+        <v>2871</v>
+      </c>
+      <c r="F310" t="s">
+        <v>2872</v>
+      </c>
+      <c r="G310" t="s">
+        <v>2873</v>
+      </c>
+      <c r="H310" t="s">
         <v>2874</v>
       </c>
-      <c r="C310" t="s">
+      <c r="I310" t="s">
         <v>2875</v>
-      </c>
-[...16 lines deleted...]
-        <v>2881</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
         <v>25</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
         <v>27</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2882</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>65069</v>
+        <v>65045</v>
       </c>
       <c r="B311" t="s">
+        <v>2877</v>
+      </c>
+      <c r="C311" t="s">
+        <v>2878</v>
+      </c>
+      <c r="D311" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E311" t="s">
+        <v>2880</v>
+      </c>
+      <c r="F311" t="s">
+        <v>2881</v>
+      </c>
+      <c r="G311" t="s">
+        <v>2882</v>
+      </c>
+      <c r="H311" t="s">
         <v>2883</v>
       </c>
-      <c r="C311" t="s">
+      <c r="I311" t="s">
         <v>2884</v>
       </c>
-      <c r="D311" t="s">
+      <c r="J311" t="s">
         <v>2885</v>
       </c>
-      <c r="E311" t="s">
+      <c r="K311" t="s">
         <v>2886</v>
       </c>
-      <c r="F311" t="s">
+      <c r="L311" t="s">
         <v>2887</v>
       </c>
-      <c r="G311" t="s">
+      <c r="M311" t="s">
         <v>2888</v>
       </c>
-      <c r="H311" t="s">
+      <c r="N311" t="s">
+        <v>28</v>
+      </c>
+      <c r="O311" t="s">
         <v>2889</v>
-      </c>
-[...19 lines deleted...]
-        <v>2891</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>65071</v>
+        <v>65046</v>
       </c>
       <c r="B312" t="s">
+        <v>2890</v>
+      </c>
+      <c r="C312" t="s">
+        <v>2891</v>
+      </c>
+      <c r="D312" t="s">
         <v>2892</v>
       </c>
-      <c r="C312" t="s">
+      <c r="E312" t="s">
         <v>2893</v>
       </c>
-      <c r="D312" t="s">
+      <c r="F312" t="s">
         <v>2894</v>
       </c>
-      <c r="E312" t="s">
+      <c r="G312" t="s">
         <v>2895</v>
       </c>
-      <c r="F312" t="s">
+      <c r="H312" t="s">
         <v>2896</v>
       </c>
-      <c r="G312" t="s">
+      <c r="I312" t="s">
         <v>2897</v>
       </c>
-      <c r="H312" t="s">
+      <c r="J312" t="s">
+        <v>24</v>
+      </c>
+      <c r="K312" t="s">
+        <v>47</v>
+      </c>
+      <c r="L312" t="s">
+        <v>26</v>
+      </c>
+      <c r="M312" t="s">
+        <v>48</v>
+      </c>
+      <c r="N312" t="s">
+        <v>28</v>
+      </c>
+      <c r="O312" t="s">
         <v>2898</v>
-      </c>
-[...19 lines deleted...]
-        <v>2900</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>65073</v>
+        <v>65047</v>
       </c>
       <c r="B313" t="s">
+        <v>2899</v>
+      </c>
+      <c r="C313" t="s">
+        <v>2900</v>
+      </c>
+      <c r="D313" t="s">
         <v>2901</v>
       </c>
-      <c r="C313" t="s">
+      <c r="E313" t="s">
         <v>2902</v>
       </c>
-      <c r="D313" t="s">
+      <c r="F313" t="s">
         <v>2903</v>
       </c>
-      <c r="E313" t="s">
+      <c r="G313" t="s">
         <v>2904</v>
       </c>
-      <c r="F313" t="s">
+      <c r="H313" t="s">
         <v>2905</v>
       </c>
-      <c r="G313" t="s">
+      <c r="I313" t="s">
         <v>2906</v>
       </c>
-      <c r="H313" t="s">
+      <c r="J313" t="s">
+        <v>24</v>
+      </c>
+      <c r="K313" t="s">
+        <v>2886</v>
+      </c>
+      <c r="L313" t="s">
+        <v>26</v>
+      </c>
+      <c r="M313" t="s">
+        <v>2888</v>
+      </c>
+      <c r="N313" t="s">
+        <v>28</v>
+      </c>
+      <c r="O313" t="s">
         <v>2907</v>
-      </c>
-[...19 lines deleted...]
-        <v>2909</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>65074</v>
+        <v>65049</v>
       </c>
       <c r="B314" t="s">
+        <v>2908</v>
+      </c>
+      <c r="C314" t="s">
+        <v>2909</v>
+      </c>
+      <c r="D314" t="s">
         <v>2910</v>
       </c>
-      <c r="C314" t="s">
+      <c r="E314" t="s">
         <v>2911</v>
       </c>
-      <c r="D314" t="s">
+      <c r="F314" t="s">
         <v>2912</v>
       </c>
-      <c r="E314" t="s">
+      <c r="G314" t="s">
         <v>2913</v>
       </c>
-      <c r="F314" t="s">
+      <c r="H314" t="s">
         <v>2914</v>
       </c>
-      <c r="G314" t="s">
+      <c r="I314" t="s">
         <v>2915</v>
       </c>
-      <c r="H314" t="s">
+      <c r="J314" t="s">
+        <v>24</v>
+      </c>
+      <c r="K314" t="s">
+        <v>784</v>
+      </c>
+      <c r="L314" t="s">
+        <v>26</v>
+      </c>
+      <c r="M314" t="s">
+        <v>785</v>
+      </c>
+      <c r="N314" t="s">
+        <v>28</v>
+      </c>
+      <c r="O314" t="s">
         <v>2916</v>
-      </c>
-[...19 lines deleted...]
-        <v>2920</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>65075</v>
+        <v>65050</v>
       </c>
       <c r="B315" t="s">
+        <v>2917</v>
+      </c>
+      <c r="C315" t="s">
+        <v>2918</v>
+      </c>
+      <c r="D315" t="s">
+        <v>2919</v>
+      </c>
+      <c r="E315" t="s">
+        <v>2920</v>
+      </c>
+      <c r="F315" t="s">
         <v>2921</v>
       </c>
-      <c r="C315" t="s">
+      <c r="G315" t="s">
         <v>2922</v>
       </c>
-      <c r="D315" t="s">
+      <c r="H315" t="s">
         <v>2923</v>
       </c>
-      <c r="E315" t="s">
+      <c r="I315" t="s">
         <v>2924</v>
       </c>
-      <c r="F315" t="s">
+      <c r="J315" t="s">
+        <v>24</v>
+      </c>
+      <c r="K315" t="s">
+        <v>25</v>
+      </c>
+      <c r="L315" t="s">
+        <v>26</v>
+      </c>
+      <c r="M315" t="s">
+        <v>27</v>
+      </c>
+      <c r="N315" t="s">
+        <v>28</v>
+      </c>
+      <c r="O315" t="s">
         <v>2925</v>
-      </c>
-[...25 lines deleted...]
-        <v>2929</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>65076</v>
+        <v>65051</v>
       </c>
       <c r="B316" t="s">
+        <v>2926</v>
+      </c>
+      <c r="C316" t="s">
+        <v>2927</v>
+      </c>
+      <c r="D316" t="s">
+        <v>2928</v>
+      </c>
+      <c r="E316" t="s">
+        <v>2929</v>
+      </c>
+      <c r="F316" t="s">
         <v>2930</v>
       </c>
-      <c r="C316" t="s">
+      <c r="G316" t="s">
         <v>2931</v>
       </c>
-      <c r="D316" t="s">
+      <c r="H316" t="s">
         <v>2932</v>
       </c>
-      <c r="E316" t="s">
+      <c r="I316" t="s">
         <v>2933</v>
       </c>
-      <c r="F316" t="s">
+      <c r="J316" t="s">
+        <v>24</v>
+      </c>
+      <c r="K316" t="s">
+        <v>499</v>
+      </c>
+      <c r="L316" t="s">
+        <v>26</v>
+      </c>
+      <c r="M316" t="s">
+        <v>501</v>
+      </c>
+      <c r="N316" t="s">
+        <v>28</v>
+      </c>
+      <c r="O316" t="s">
         <v>2934</v>
-      </c>
-[...25 lines deleted...]
-        <v>2938</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>65077</v>
+        <v>65053</v>
       </c>
       <c r="B317" t="s">
+        <v>2935</v>
+      </c>
+      <c r="C317" t="s">
+        <v>2936</v>
+      </c>
+      <c r="D317" t="s">
+        <v>2937</v>
+      </c>
+      <c r="E317" t="s">
+        <v>2938</v>
+      </c>
+      <c r="F317" t="s">
         <v>2939</v>
       </c>
-      <c r="C317" t="s">
+      <c r="G317" t="s">
         <v>2940</v>
       </c>
-      <c r="D317" t="s">
+      <c r="H317" t="s">
         <v>2941</v>
       </c>
-      <c r="E317" t="s">
+      <c r="I317" t="s">
         <v>2942</v>
       </c>
-      <c r="F317" t="s">
+      <c r="J317" t="s">
+        <v>24</v>
+      </c>
+      <c r="K317" t="s">
+        <v>112</v>
+      </c>
+      <c r="L317" t="s">
+        <v>26</v>
+      </c>
+      <c r="M317" t="s">
+        <v>113</v>
+      </c>
+      <c r="N317" t="s">
+        <v>28</v>
+      </c>
+      <c r="O317" t="s">
         <v>2943</v>
-      </c>
-[...25 lines deleted...]
-        <v>2947</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>65080</v>
+        <v>65054</v>
       </c>
       <c r="B318" t="s">
+        <v>2944</v>
+      </c>
+      <c r="C318" t="s">
+        <v>2945</v>
+      </c>
+      <c r="D318" t="s">
+        <v>2946</v>
+      </c>
+      <c r="E318" t="s">
+        <v>2947</v>
+      </c>
+      <c r="F318" t="s">
         <v>2948</v>
       </c>
-      <c r="C318" t="s">
+      <c r="G318" t="s">
         <v>2949</v>
       </c>
-      <c r="D318" t="s">
+      <c r="H318" t="s">
         <v>2950</v>
       </c>
-      <c r="E318" t="s">
+      <c r="I318" t="s">
         <v>2951</v>
       </c>
-      <c r="F318" t="s">
+      <c r="J318" t="s">
+        <v>498</v>
+      </c>
+      <c r="K318" t="s">
         <v>2952</v>
       </c>
-      <c r="G318" t="s">
+      <c r="L318" t="s">
+        <v>500</v>
+      </c>
+      <c r="M318" t="s">
         <v>2953</v>
       </c>
-      <c r="H318" t="s">
+      <c r="N318" t="s">
+        <v>28</v>
+      </c>
+      <c r="O318" t="s">
         <v>2954</v>
-      </c>
-[...19 lines deleted...]
-        <v>2956</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>65081</v>
+        <v>65055</v>
       </c>
       <c r="B319" t="s">
+        <v>2955</v>
+      </c>
+      <c r="C319" t="s">
+        <v>2956</v>
+      </c>
+      <c r="D319" t="s">
         <v>2957</v>
       </c>
-      <c r="C319" t="s">
+      <c r="E319" t="s">
         <v>2958</v>
       </c>
-      <c r="D319" t="s">
+      <c r="F319" t="s">
         <v>2959</v>
       </c>
-      <c r="E319" t="s">
+      <c r="G319" t="s">
         <v>2960</v>
       </c>
-      <c r="F319" t="s">
+      <c r="H319" t="s">
         <v>2961</v>
       </c>
-      <c r="G319" t="s">
+      <c r="I319" t="s">
         <v>2962</v>
       </c>
-      <c r="H319" t="s">
+      <c r="J319" t="s">
+        <v>24</v>
+      </c>
+      <c r="K319" t="s">
+        <v>1984</v>
+      </c>
+      <c r="L319" t="s">
+        <v>26</v>
+      </c>
+      <c r="M319" t="s">
+        <v>1985</v>
+      </c>
+      <c r="N319" t="s">
+        <v>28</v>
+      </c>
+      <c r="O319" t="s">
         <v>2963</v>
-      </c>
-[...19 lines deleted...]
-        <v>2965</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>65082</v>
+        <v>65057</v>
       </c>
       <c r="B320" t="s">
+        <v>2964</v>
+      </c>
+      <c r="C320" t="s">
+        <v>2965</v>
+      </c>
+      <c r="D320" t="s">
         <v>2966</v>
       </c>
-      <c r="C320" t="s">
+      <c r="E320" t="s">
         <v>2967</v>
       </c>
-      <c r="D320" t="s">
+      <c r="F320" t="s">
         <v>2968</v>
       </c>
-      <c r="E320" t="s">
+      <c r="G320" t="s">
         <v>2969</v>
       </c>
-      <c r="F320" t="s">
+      <c r="H320" t="s">
         <v>2970</v>
       </c>
-      <c r="G320" t="s">
+      <c r="I320" t="s">
         <v>2971</v>
       </c>
-      <c r="H320" t="s">
+      <c r="J320" t="s">
+        <v>24</v>
+      </c>
+      <c r="K320" t="s">
+        <v>607</v>
+      </c>
+      <c r="L320" t="s">
+        <v>26</v>
+      </c>
+      <c r="M320" t="s">
+        <v>608</v>
+      </c>
+      <c r="N320" t="s">
+        <v>28</v>
+      </c>
+      <c r="O320" t="s">
         <v>2972</v>
-      </c>
-[...19 lines deleted...]
-        <v>2974</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>65083</v>
+        <v>65058</v>
       </c>
       <c r="B321" t="s">
+        <v>2973</v>
+      </c>
+      <c r="C321" t="s">
+        <v>2974</v>
+      </c>
+      <c r="D321" t="s">
         <v>2975</v>
       </c>
-      <c r="C321" t="s">
+      <c r="E321" t="s">
         <v>2976</v>
       </c>
-      <c r="D321" t="s">
+      <c r="F321" t="s">
         <v>2977</v>
       </c>
-      <c r="E321" t="s">
+      <c r="G321" t="s">
         <v>2978</v>
       </c>
-      <c r="F321" t="s">
+      <c r="H321" t="s">
         <v>2979</v>
       </c>
-      <c r="G321" t="s">
+      <c r="I321" t="s">
         <v>2980</v>
       </c>
-      <c r="H321" t="s">
+      <c r="J321" t="s">
+        <v>498</v>
+      </c>
+      <c r="K321" t="s">
+        <v>451</v>
+      </c>
+      <c r="L321" t="s">
+        <v>500</v>
+      </c>
+      <c r="M321" t="s">
+        <v>452</v>
+      </c>
+      <c r="N321" t="s">
+        <v>28</v>
+      </c>
+      <c r="O321" t="s">
         <v>2981</v>
-      </c>
-[...19 lines deleted...]
-        <v>2983</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>65084</v>
+        <v>65059</v>
       </c>
       <c r="B322" t="s">
+        <v>2982</v>
+      </c>
+      <c r="C322" t="s">
+        <v>2983</v>
+      </c>
+      <c r="D322" t="s">
         <v>2984</v>
       </c>
-      <c r="C322" t="s">
+      <c r="E322" t="s">
         <v>2985</v>
       </c>
-      <c r="D322" t="s">
+      <c r="F322" t="s">
         <v>2986</v>
       </c>
-      <c r="E322" t="s">
+      <c r="G322" t="s">
         <v>2987</v>
       </c>
-      <c r="F322" t="s">
+      <c r="H322" t="s">
         <v>2988</v>
       </c>
-      <c r="G322" t="s">
+      <c r="I322" t="s">
         <v>2989</v>
       </c>
-      <c r="H322" t="s">
+      <c r="J322" t="s">
+        <v>24</v>
+      </c>
+      <c r="K322" t="s">
+        <v>112</v>
+      </c>
+      <c r="L322" t="s">
+        <v>26</v>
+      </c>
+      <c r="M322" t="s">
+        <v>113</v>
+      </c>
+      <c r="N322" t="s">
+        <v>28</v>
+      </c>
+      <c r="O322" t="s">
         <v>2990</v>
-      </c>
-[...19 lines deleted...]
-        <v>2992</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>65085</v>
+        <v>65060</v>
       </c>
       <c r="B323" t="s">
+        <v>2991</v>
+      </c>
+      <c r="C323" t="s">
+        <v>2992</v>
+      </c>
+      <c r="D323" t="s">
         <v>2993</v>
       </c>
-      <c r="C323" t="s">
+      <c r="E323" t="s">
         <v>2994</v>
       </c>
-      <c r="D323" t="s">
+      <c r="F323" t="s">
         <v>2995</v>
       </c>
-      <c r="E323" t="s">
+      <c r="G323" t="s">
         <v>2996</v>
       </c>
-      <c r="F323" t="s">
+      <c r="H323" t="s">
         <v>2997</v>
       </c>
-      <c r="G323" t="s">
+      <c r="I323" t="s">
         <v>2998</v>
       </c>
-      <c r="H323" t="s">
+      <c r="J323" t="s">
+        <v>24</v>
+      </c>
+      <c r="K323" t="s">
+        <v>47</v>
+      </c>
+      <c r="L323" t="s">
+        <v>26</v>
+      </c>
+      <c r="M323" t="s">
+        <v>48</v>
+      </c>
+      <c r="N323" t="s">
+        <v>28</v>
+      </c>
+      <c r="O323" t="s">
         <v>2999</v>
-      </c>
-[...19 lines deleted...]
-        <v>3001</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>65086</v>
+        <v>65061</v>
       </c>
       <c r="B324" t="s">
+        <v>3000</v>
+      </c>
+      <c r="C324" t="s">
+        <v>3001</v>
+      </c>
+      <c r="D324" t="s">
         <v>3002</v>
       </c>
-      <c r="C324" t="s">
+      <c r="E324" t="s">
         <v>3003</v>
       </c>
-      <c r="D324" t="s">
+      <c r="F324" t="s">
         <v>3004</v>
       </c>
-      <c r="E324" t="s">
+      <c r="G324" t="s">
         <v>3005</v>
       </c>
-      <c r="F324" t="s">
+      <c r="H324" t="s">
         <v>3006</v>
       </c>
-      <c r="G324" t="s">
+      <c r="I324" t="s">
         <v>3007</v>
       </c>
-      <c r="H324" t="s">
+      <c r="J324" t="s">
+        <v>24</v>
+      </c>
+      <c r="K324" t="s">
+        <v>1266</v>
+      </c>
+      <c r="L324" t="s">
+        <v>26</v>
+      </c>
+      <c r="M324" t="s">
+        <v>1267</v>
+      </c>
+      <c r="N324" t="s">
+        <v>28</v>
+      </c>
+      <c r="O324" t="s">
         <v>3008</v>
-      </c>
-[...19 lines deleted...]
-        <v>3010</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>65087</v>
+        <v>65062</v>
       </c>
       <c r="B325" t="s">
+        <v>3009</v>
+      </c>
+      <c r="C325" t="s">
+        <v>3010</v>
+      </c>
+      <c r="D325" t="s">
         <v>3011</v>
       </c>
-      <c r="C325" t="s">
+      <c r="E325" t="s">
         <v>3012</v>
       </c>
-      <c r="D325" t="s">
+      <c r="F325" t="s">
         <v>3013</v>
       </c>
-      <c r="E325" t="s">
+      <c r="G325" t="s">
         <v>3014</v>
       </c>
-      <c r="F325" t="s">
+      <c r="H325" t="s">
         <v>3015</v>
       </c>
-      <c r="G325" t="s">
+      <c r="I325" t="s">
         <v>3016</v>
       </c>
-      <c r="H325" t="s">
+      <c r="J325" t="s">
+        <v>24</v>
+      </c>
+      <c r="K325" t="s">
+        <v>25</v>
+      </c>
+      <c r="L325" t="s">
+        <v>26</v>
+      </c>
+      <c r="M325" t="s">
+        <v>27</v>
+      </c>
+      <c r="N325" t="s">
+        <v>28</v>
+      </c>
+      <c r="O325" t="s">
         <v>3017</v>
-      </c>
-[...19 lines deleted...]
-        <v>3019</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>65088</v>
+        <v>65063</v>
       </c>
       <c r="B326" t="s">
+        <v>3018</v>
+      </c>
+      <c r="C326" t="s">
+        <v>3019</v>
+      </c>
+      <c r="D326" t="s">
         <v>3020</v>
       </c>
-      <c r="C326" t="s">
+      <c r="E326" t="s">
         <v>3021</v>
       </c>
-      <c r="D326" t="s">
+      <c r="F326" t="s">
         <v>3022</v>
       </c>
-      <c r="E326" t="s">
+      <c r="G326" t="s">
         <v>3023</v>
       </c>
-      <c r="F326" t="s">
+      <c r="H326" t="s">
         <v>3024</v>
       </c>
-      <c r="G326" t="s">
+      <c r="I326" t="s">
         <v>3025</v>
       </c>
-      <c r="H326" t="s">
+      <c r="J326" t="s">
+        <v>24</v>
+      </c>
+      <c r="K326" t="s">
         <v>3026</v>
       </c>
-      <c r="I326" t="s">
+      <c r="L326" t="s">
+        <v>26</v>
+      </c>
+      <c r="M326" t="s">
         <v>3027</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
         <v>3028</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>65089</v>
+        <v>65065</v>
       </c>
       <c r="B327" t="s">
         <v>3029</v>
       </c>
       <c r="C327" t="s">
         <v>3030</v>
       </c>
       <c r="D327" t="s">
         <v>3031</v>
       </c>
       <c r="E327" t="s">
         <v>3032</v>
       </c>
       <c r="F327" t="s">
         <v>3033</v>
       </c>
       <c r="G327" t="s">
         <v>3034</v>
       </c>
       <c r="H327" t="s">
         <v>3035</v>
       </c>
       <c r="I327" t="s">
         <v>3036</v>
       </c>
       <c r="J327" t="s">
-        <v>24</v>
+        <v>3037</v>
       </c>
       <c r="K327" t="s">
-        <v>25</v>
+        <v>1266</v>
       </c>
       <c r="L327" t="s">
-        <v>26</v>
+        <v>3038</v>
       </c>
       <c r="M327" t="s">
-        <v>27</v>
+        <v>1267</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3037</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>65090</v>
+        <v>65068</v>
       </c>
       <c r="B328" t="s">
-        <v>3038</v>
+        <v>3040</v>
       </c>
       <c r="C328" t="s">
-        <v>3039</v>
+        <v>3041</v>
       </c>
       <c r="D328" t="s">
-        <v>3040</v>
+        <v>3042</v>
       </c>
       <c r="E328" t="s">
-        <v>3041</v>
+        <v>3043</v>
       </c>
       <c r="F328" t="s">
-        <v>3042</v>
+        <v>3044</v>
       </c>
       <c r="G328" t="s">
-        <v>3043</v>
+        <v>3045</v>
       </c>
       <c r="H328" t="s">
-        <v>3044</v>
+        <v>3046</v>
       </c>
       <c r="I328" t="s">
-        <v>3045</v>
+        <v>3047</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
         <v>25</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
         <v>27</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3046</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>65091</v>
+        <v>65069</v>
       </c>
       <c r="B329" t="s">
-        <v>3047</v>
+        <v>3049</v>
       </c>
       <c r="C329" t="s">
-        <v>3048</v>
+        <v>3050</v>
       </c>
       <c r="D329" t="s">
-        <v>3049</v>
+        <v>3051</v>
       </c>
       <c r="E329" t="s">
-        <v>3050</v>
+        <v>3052</v>
       </c>
       <c r="F329" t="s">
-        <v>3051</v>
+        <v>3053</v>
       </c>
       <c r="G329" t="s">
-        <v>3052</v>
+        <v>3054</v>
       </c>
       <c r="H329" t="s">
-        <v>3053</v>
+        <v>3055</v>
       </c>
       <c r="I329" t="s">
-        <v>3054</v>
+        <v>3056</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3055</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>65092</v>
+        <v>65071</v>
       </c>
       <c r="B330" t="s">
-        <v>3056</v>
+        <v>3058</v>
       </c>
       <c r="C330" t="s">
-        <v>3057</v>
+        <v>3059</v>
       </c>
       <c r="D330" t="s">
-        <v>3058</v>
+        <v>3060</v>
       </c>
       <c r="E330" t="s">
-        <v>3059</v>
+        <v>3061</v>
       </c>
       <c r="F330" t="s">
-        <v>3060</v>
+        <v>3062</v>
       </c>
       <c r="G330" t="s">
-        <v>3061</v>
+        <v>3063</v>
       </c>
       <c r="H330" t="s">
-        <v>3062</v>
+        <v>3064</v>
       </c>
       <c r="I330" t="s">
-        <v>3063</v>
+        <v>3065</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3064</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>65093</v>
+        <v>65073</v>
       </c>
       <c r="B331" t="s">
-        <v>3065</v>
+        <v>3067</v>
       </c>
       <c r="C331" t="s">
-        <v>3066</v>
+        <v>3068</v>
       </c>
       <c r="D331" t="s">
-        <v>3067</v>
+        <v>3069</v>
       </c>
       <c r="E331" t="s">
-        <v>3068</v>
+        <v>3070</v>
       </c>
       <c r="F331" t="s">
-        <v>3069</v>
+        <v>3071</v>
       </c>
       <c r="G331" t="s">
-        <v>3070</v>
+        <v>3072</v>
       </c>
       <c r="H331" t="s">
-        <v>3071</v>
+        <v>3073</v>
       </c>
       <c r="I331" t="s">
-        <v>3072</v>
+        <v>3074</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3073</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>65094</v>
+        <v>65074</v>
       </c>
       <c r="B332" t="s">
-        <v>3074</v>
+        <v>3076</v>
       </c>
       <c r="C332" t="s">
-        <v>3075</v>
+        <v>3077</v>
       </c>
       <c r="D332" t="s">
-        <v>3076</v>
+        <v>3078</v>
       </c>
       <c r="E332" t="s">
-        <v>3077</v>
+        <v>3079</v>
       </c>
       <c r="F332" t="s">
-        <v>3078</v>
+        <v>3080</v>
       </c>
       <c r="G332" t="s">
-        <v>3079</v>
+        <v>3081</v>
       </c>
       <c r="H332" t="s">
-        <v>3080</v>
+        <v>3082</v>
       </c>
       <c r="I332" t="s">
-        <v>3081</v>
+        <v>3083</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>3082</v>
+        <v>3084</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>3083</v>
+        <v>3085</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3084</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>65095</v>
+        <v>65075</v>
       </c>
       <c r="B333" t="s">
-        <v>3085</v>
+        <v>3087</v>
       </c>
       <c r="C333" t="s">
-        <v>3086</v>
+        <v>3088</v>
       </c>
       <c r="D333" t="s">
-        <v>3087</v>
+        <v>3089</v>
       </c>
       <c r="E333" t="s">
-        <v>3088</v>
+        <v>3090</v>
       </c>
       <c r="F333" t="s">
-        <v>3089</v>
+        <v>3091</v>
       </c>
       <c r="G333" t="s">
-        <v>3090</v>
+        <v>3092</v>
       </c>
       <c r="H333" t="s">
-        <v>3091</v>
+        <v>3093</v>
       </c>
       <c r="I333" t="s">
-        <v>3092</v>
+        <v>3094</v>
       </c>
       <c r="J333" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K333" t="s">
-        <v>499</v>
+        <v>2793</v>
       </c>
       <c r="L333" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M333" t="s">
-        <v>501</v>
+        <v>2794</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3093</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>65096</v>
+        <v>65076</v>
       </c>
       <c r="B334" t="s">
-        <v>3094</v>
+        <v>3096</v>
       </c>
       <c r="C334" t="s">
-        <v>3095</v>
+        <v>3097</v>
       </c>
       <c r="D334" t="s">
-        <v>3096</v>
+        <v>3098</v>
       </c>
       <c r="E334" t="s">
-        <v>3097</v>
+        <v>3099</v>
       </c>
       <c r="F334" t="s">
-        <v>3098</v>
+        <v>3100</v>
       </c>
       <c r="G334" t="s">
-        <v>3099</v>
+        <v>3101</v>
       </c>
       <c r="H334" t="s">
-        <v>3100</v>
+        <v>3102</v>
       </c>
       <c r="I334" t="s">
-        <v>3101</v>
+        <v>3103</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3102</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>65097</v>
+        <v>65077</v>
       </c>
       <c r="B335" t="s">
-        <v>3103</v>
+        <v>3105</v>
       </c>
       <c r="C335" t="s">
-        <v>3104</v>
+        <v>3106</v>
       </c>
       <c r="D335" t="s">
-        <v>3105</v>
+        <v>3107</v>
       </c>
       <c r="E335" t="s">
-        <v>3106</v>
+        <v>3108</v>
       </c>
       <c r="F335" t="s">
-        <v>3107</v>
+        <v>3109</v>
       </c>
       <c r="G335" t="s">
-        <v>3108</v>
+        <v>3110</v>
       </c>
       <c r="H335" t="s">
-        <v>3109</v>
+        <v>3111</v>
       </c>
       <c r="I335" t="s">
-        <v>3110</v>
+        <v>3112</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>112</v>
+        <v>499</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>113</v>
+        <v>501</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3111</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>65098</v>
+        <v>65080</v>
       </c>
       <c r="B336" t="s">
-        <v>3112</v>
+        <v>3114</v>
       </c>
       <c r="C336" t="s">
-        <v>3113</v>
+        <v>3115</v>
       </c>
       <c r="D336" t="s">
-        <v>3114</v>
+        <v>3116</v>
       </c>
       <c r="E336" t="s">
-        <v>3115</v>
+        <v>3117</v>
       </c>
       <c r="F336" t="s">
-        <v>3116</v>
+        <v>3118</v>
       </c>
       <c r="G336" t="s">
-        <v>3117</v>
+        <v>3119</v>
       </c>
       <c r="H336" t="s">
-        <v>3118</v>
+        <v>3120</v>
       </c>
       <c r="I336" t="s">
-        <v>3119</v>
+        <v>3121</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3120</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>65099</v>
+        <v>65081</v>
       </c>
       <c r="B337" t="s">
-        <v>3121</v>
+        <v>3123</v>
       </c>
       <c r="C337" t="s">
-        <v>3122</v>
+        <v>3124</v>
       </c>
       <c r="D337" t="s">
-        <v>3123</v>
+        <v>3125</v>
       </c>
       <c r="E337" t="s">
-        <v>3124</v>
+        <v>3126</v>
       </c>
       <c r="F337" t="s">
-        <v>3125</v>
+        <v>3127</v>
       </c>
       <c r="G337" t="s">
-        <v>3126</v>
+        <v>3128</v>
       </c>
       <c r="H337" t="s">
-        <v>3127</v>
+        <v>3129</v>
       </c>
       <c r="I337" t="s">
-        <v>3128</v>
+        <v>3130</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3129</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>65100</v>
+        <v>65082</v>
       </c>
       <c r="B338" t="s">
-        <v>3130</v>
+        <v>3132</v>
       </c>
       <c r="C338" t="s">
-        <v>3131</v>
+        <v>3133</v>
       </c>
       <c r="D338" t="s">
-        <v>3132</v>
+        <v>3134</v>
       </c>
       <c r="E338" t="s">
-        <v>3133</v>
+        <v>3135</v>
       </c>
       <c r="F338" t="s">
-        <v>3134</v>
+        <v>3136</v>
       </c>
       <c r="G338" t="s">
-        <v>3135</v>
+        <v>3137</v>
       </c>
       <c r="H338" t="s">
-        <v>3136</v>
+        <v>3138</v>
       </c>
       <c r="I338" t="s">
-        <v>3137</v>
+        <v>3139</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>2495</v>
+        <v>47</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>2496</v>
+        <v>48</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3138</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>65101</v>
+        <v>65083</v>
       </c>
       <c r="B339" t="s">
-        <v>3139</v>
+        <v>3141</v>
       </c>
       <c r="C339" t="s">
-        <v>3140</v>
+        <v>3142</v>
       </c>
       <c r="D339" t="s">
-        <v>3141</v>
+        <v>3143</v>
       </c>
       <c r="E339" t="s">
-        <v>3142</v>
+        <v>3144</v>
       </c>
       <c r="F339" t="s">
-        <v>3143</v>
+        <v>3145</v>
       </c>
       <c r="G339" t="s">
-        <v>3144</v>
+        <v>3146</v>
       </c>
       <c r="H339" t="s">
-        <v>3145</v>
+        <v>3147</v>
       </c>
       <c r="I339" t="s">
-        <v>3146</v>
+        <v>3148</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
         <v>112</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
         <v>113</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3147</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>65102</v>
+        <v>65084</v>
       </c>
       <c r="B340" t="s">
-        <v>3148</v>
+        <v>3150</v>
       </c>
       <c r="C340" t="s">
-        <v>3149</v>
+        <v>3151</v>
       </c>
       <c r="D340" t="s">
-        <v>3150</v>
+        <v>3152</v>
       </c>
       <c r="E340" t="s">
-        <v>3151</v>
+        <v>3153</v>
       </c>
       <c r="F340" t="s">
-        <v>3152</v>
+        <v>3154</v>
       </c>
       <c r="G340" t="s">
-        <v>3153</v>
+        <v>3155</v>
       </c>
       <c r="H340" t="s">
-        <v>3154</v>
+        <v>3156</v>
       </c>
       <c r="I340" t="s">
-        <v>3155</v>
+        <v>3157</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
         <v>25</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
         <v>27</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3156</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>65104</v>
+        <v>65085</v>
       </c>
       <c r="B341" t="s">
-        <v>3157</v>
+        <v>3159</v>
       </c>
       <c r="C341" t="s">
-        <v>3158</v>
+        <v>3160</v>
       </c>
       <c r="D341" t="s">
-        <v>3159</v>
+        <v>3161</v>
       </c>
       <c r="E341" t="s">
-        <v>3160</v>
+        <v>3162</v>
       </c>
       <c r="F341" t="s">
-        <v>3161</v>
+        <v>3163</v>
       </c>
       <c r="G341" t="s">
-        <v>3162</v>
+        <v>3164</v>
       </c>
       <c r="H341" t="s">
-        <v>3163</v>
+        <v>3165</v>
       </c>
       <c r="I341" t="s">
-        <v>3164</v>
+        <v>3166</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
-        <v>3165</v>
+        <v>1984</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
-        <v>3166</v>
+        <v>1985</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
         <v>3167</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>65105</v>
+        <v>65086</v>
       </c>
       <c r="B342" t="s">
         <v>3168</v>
       </c>
       <c r="C342" t="s">
         <v>3169</v>
       </c>
       <c r="D342" t="s">
         <v>3170</v>
       </c>
       <c r="E342" t="s">
         <v>3171</v>
       </c>
       <c r="F342" t="s">
         <v>3172</v>
       </c>
       <c r="G342" t="s">
         <v>3173</v>
       </c>
       <c r="H342" t="s">
         <v>3174</v>
       </c>
       <c r="I342" t="s">
         <v>3175</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
         <v>112</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
         <v>113</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
         <v>3176</v>
+      </c>
+    </row>
+    <row r="343" spans="1:15">
+      <c r="A343">
+        <v>65087</v>
+      </c>
+      <c r="B343" t="s">
+        <v>3177</v>
+      </c>
+      <c r="C343" t="s">
+        <v>3178</v>
+      </c>
+      <c r="D343" t="s">
+        <v>3179</v>
+      </c>
+      <c r="E343" t="s">
+        <v>3180</v>
+      </c>
+      <c r="F343" t="s">
+        <v>3181</v>
+      </c>
+      <c r="G343" t="s">
+        <v>3182</v>
+      </c>
+      <c r="H343" t="s">
+        <v>3183</v>
+      </c>
+      <c r="I343" t="s">
+        <v>3184</v>
+      </c>
+      <c r="J343" t="s">
+        <v>24</v>
+      </c>
+      <c r="K343" t="s">
+        <v>112</v>
+      </c>
+      <c r="L343" t="s">
+        <v>26</v>
+      </c>
+      <c r="M343" t="s">
+        <v>113</v>
+      </c>
+      <c r="N343" t="s">
+        <v>28</v>
+      </c>
+      <c r="O343" t="s">
+        <v>3185</v>
+      </c>
+    </row>
+    <row r="344" spans="1:15">
+      <c r="A344">
+        <v>65088</v>
+      </c>
+      <c r="B344" t="s">
+        <v>3186</v>
+      </c>
+      <c r="C344" t="s">
+        <v>3187</v>
+      </c>
+      <c r="D344" t="s">
+        <v>3188</v>
+      </c>
+      <c r="E344" t="s">
+        <v>3189</v>
+      </c>
+      <c r="F344" t="s">
+        <v>3190</v>
+      </c>
+      <c r="G344" t="s">
+        <v>3191</v>
+      </c>
+      <c r="H344" t="s">
+        <v>3192</v>
+      </c>
+      <c r="I344" t="s">
+        <v>3193</v>
+      </c>
+      <c r="J344" t="s">
+        <v>24</v>
+      </c>
+      <c r="K344" t="s">
+        <v>25</v>
+      </c>
+      <c r="L344" t="s">
+        <v>26</v>
+      </c>
+      <c r="M344" t="s">
+        <v>27</v>
+      </c>
+      <c r="N344" t="s">
+        <v>28</v>
+      </c>
+      <c r="O344" t="s">
+        <v>3194</v>
+      </c>
+    </row>
+    <row r="345" spans="1:15">
+      <c r="A345">
+        <v>65089</v>
+      </c>
+      <c r="B345" t="s">
+        <v>3195</v>
+      </c>
+      <c r="C345" t="s">
+        <v>3196</v>
+      </c>
+      <c r="D345" t="s">
+        <v>3197</v>
+      </c>
+      <c r="E345" t="s">
+        <v>3198</v>
+      </c>
+      <c r="F345" t="s">
+        <v>3199</v>
+      </c>
+      <c r="G345" t="s">
+        <v>3200</v>
+      </c>
+      <c r="H345" t="s">
+        <v>3201</v>
+      </c>
+      <c r="I345" t="s">
+        <v>3202</v>
+      </c>
+      <c r="J345" t="s">
+        <v>24</v>
+      </c>
+      <c r="K345" t="s">
+        <v>25</v>
+      </c>
+      <c r="L345" t="s">
+        <v>26</v>
+      </c>
+      <c r="M345" t="s">
+        <v>27</v>
+      </c>
+      <c r="N345" t="s">
+        <v>28</v>
+      </c>
+      <c r="O345" t="s">
+        <v>3203</v>
+      </c>
+    </row>
+    <row r="346" spans="1:15">
+      <c r="A346">
+        <v>65090</v>
+      </c>
+      <c r="B346" t="s">
+        <v>3204</v>
+      </c>
+      <c r="C346" t="s">
+        <v>3205</v>
+      </c>
+      <c r="D346" t="s">
+        <v>3206</v>
+      </c>
+      <c r="E346" t="s">
+        <v>3207</v>
+      </c>
+      <c r="F346" t="s">
+        <v>3208</v>
+      </c>
+      <c r="G346" t="s">
+        <v>3209</v>
+      </c>
+      <c r="H346" t="s">
+        <v>3210</v>
+      </c>
+      <c r="I346" t="s">
+        <v>3211</v>
+      </c>
+      <c r="J346" t="s">
+        <v>24</v>
+      </c>
+      <c r="K346" t="s">
+        <v>25</v>
+      </c>
+      <c r="L346" t="s">
+        <v>26</v>
+      </c>
+      <c r="M346" t="s">
+        <v>27</v>
+      </c>
+      <c r="N346" t="s">
+        <v>28</v>
+      </c>
+      <c r="O346" t="s">
+        <v>3212</v>
+      </c>
+    </row>
+    <row r="347" spans="1:15">
+      <c r="A347">
+        <v>65091</v>
+      </c>
+      <c r="B347" t="s">
+        <v>3213</v>
+      </c>
+      <c r="C347" t="s">
+        <v>3214</v>
+      </c>
+      <c r="D347" t="s">
+        <v>3215</v>
+      </c>
+      <c r="E347" t="s">
+        <v>3216</v>
+      </c>
+      <c r="F347" t="s">
+        <v>3217</v>
+      </c>
+      <c r="G347" t="s">
+        <v>3218</v>
+      </c>
+      <c r="H347" t="s">
+        <v>3219</v>
+      </c>
+      <c r="I347" t="s">
+        <v>3220</v>
+      </c>
+      <c r="J347" t="s">
+        <v>24</v>
+      </c>
+      <c r="K347" t="s">
+        <v>25</v>
+      </c>
+      <c r="L347" t="s">
+        <v>26</v>
+      </c>
+      <c r="M347" t="s">
+        <v>27</v>
+      </c>
+      <c r="N347" t="s">
+        <v>28</v>
+      </c>
+      <c r="O347" t="s">
+        <v>3221</v>
+      </c>
+    </row>
+    <row r="348" spans="1:15">
+      <c r="A348">
+        <v>65092</v>
+      </c>
+      <c r="B348" t="s">
+        <v>3222</v>
+      </c>
+      <c r="C348" t="s">
+        <v>3223</v>
+      </c>
+      <c r="D348" t="s">
+        <v>3224</v>
+      </c>
+      <c r="E348" t="s">
+        <v>3225</v>
+      </c>
+      <c r="F348" t="s">
+        <v>3226</v>
+      </c>
+      <c r="G348" t="s">
+        <v>3227</v>
+      </c>
+      <c r="H348" t="s">
+        <v>3228</v>
+      </c>
+      <c r="I348" t="s">
+        <v>3229</v>
+      </c>
+      <c r="J348" t="s">
+        <v>24</v>
+      </c>
+      <c r="K348" t="s">
+        <v>112</v>
+      </c>
+      <c r="L348" t="s">
+        <v>26</v>
+      </c>
+      <c r="M348" t="s">
+        <v>113</v>
+      </c>
+      <c r="N348" t="s">
+        <v>28</v>
+      </c>
+      <c r="O348" t="s">
+        <v>3230</v>
+      </c>
+    </row>
+    <row r="349" spans="1:15">
+      <c r="A349">
+        <v>65093</v>
+      </c>
+      <c r="B349" t="s">
+        <v>3231</v>
+      </c>
+      <c r="C349" t="s">
+        <v>3232</v>
+      </c>
+      <c r="D349" t="s">
+        <v>3233</v>
+      </c>
+      <c r="E349" t="s">
+        <v>3234</v>
+      </c>
+      <c r="F349" t="s">
+        <v>3235</v>
+      </c>
+      <c r="G349" t="s">
+        <v>3236</v>
+      </c>
+      <c r="H349" t="s">
+        <v>3237</v>
+      </c>
+      <c r="I349" t="s">
+        <v>3238</v>
+      </c>
+      <c r="J349" t="s">
+        <v>24</v>
+      </c>
+      <c r="K349" t="s">
+        <v>112</v>
+      </c>
+      <c r="L349" t="s">
+        <v>26</v>
+      </c>
+      <c r="M349" t="s">
+        <v>113</v>
+      </c>
+      <c r="N349" t="s">
+        <v>28</v>
+      </c>
+      <c r="O349" t="s">
+        <v>3239</v>
+      </c>
+    </row>
+    <row r="350" spans="1:15">
+      <c r="A350">
+        <v>65094</v>
+      </c>
+      <c r="B350" t="s">
+        <v>3240</v>
+      </c>
+      <c r="C350" t="s">
+        <v>3241</v>
+      </c>
+      <c r="D350" t="s">
+        <v>3242</v>
+      </c>
+      <c r="E350" t="s">
+        <v>3243</v>
+      </c>
+      <c r="F350" t="s">
+        <v>3244</v>
+      </c>
+      <c r="G350" t="s">
+        <v>3245</v>
+      </c>
+      <c r="H350" t="s">
+        <v>3246</v>
+      </c>
+      <c r="I350" t="s">
+        <v>3247</v>
+      </c>
+      <c r="J350" t="s">
+        <v>24</v>
+      </c>
+      <c r="K350" t="s">
+        <v>3248</v>
+      </c>
+      <c r="L350" t="s">
+        <v>26</v>
+      </c>
+      <c r="M350" t="s">
+        <v>3249</v>
+      </c>
+      <c r="N350" t="s">
+        <v>28</v>
+      </c>
+      <c r="O350" t="s">
+        <v>3250</v>
+      </c>
+    </row>
+    <row r="351" spans="1:15">
+      <c r="A351">
+        <v>65095</v>
+      </c>
+      <c r="B351" t="s">
+        <v>3251</v>
+      </c>
+      <c r="C351" t="s">
+        <v>3252</v>
+      </c>
+      <c r="D351" t="s">
+        <v>3253</v>
+      </c>
+      <c r="E351" t="s">
+        <v>3254</v>
+      </c>
+      <c r="F351" t="s">
+        <v>3255</v>
+      </c>
+      <c r="G351" t="s">
+        <v>3256</v>
+      </c>
+      <c r="H351" t="s">
+        <v>3257</v>
+      </c>
+      <c r="I351" t="s">
+        <v>3258</v>
+      </c>
+      <c r="J351" t="s">
+        <v>24</v>
+      </c>
+      <c r="K351" t="s">
+        <v>499</v>
+      </c>
+      <c r="L351" t="s">
+        <v>26</v>
+      </c>
+      <c r="M351" t="s">
+        <v>501</v>
+      </c>
+      <c r="N351" t="s">
+        <v>28</v>
+      </c>
+      <c r="O351" t="s">
+        <v>3259</v>
+      </c>
+    </row>
+    <row r="352" spans="1:15">
+      <c r="A352">
+        <v>65096</v>
+      </c>
+      <c r="B352" t="s">
+        <v>3260</v>
+      </c>
+      <c r="C352" t="s">
+        <v>3261</v>
+      </c>
+      <c r="D352" t="s">
+        <v>3262</v>
+      </c>
+      <c r="E352" t="s">
+        <v>3263</v>
+      </c>
+      <c r="F352" t="s">
+        <v>3264</v>
+      </c>
+      <c r="G352" t="s">
+        <v>3265</v>
+      </c>
+      <c r="H352" t="s">
+        <v>3266</v>
+      </c>
+      <c r="I352" t="s">
+        <v>3267</v>
+      </c>
+      <c r="J352" t="s">
+        <v>24</v>
+      </c>
+      <c r="K352" t="s">
+        <v>25</v>
+      </c>
+      <c r="L352" t="s">
+        <v>26</v>
+      </c>
+      <c r="M352" t="s">
+        <v>27</v>
+      </c>
+      <c r="N352" t="s">
+        <v>28</v>
+      </c>
+      <c r="O352" t="s">
+        <v>3268</v>
+      </c>
+    </row>
+    <row r="353" spans="1:15">
+      <c r="A353">
+        <v>65097</v>
+      </c>
+      <c r="B353" t="s">
+        <v>3269</v>
+      </c>
+      <c r="C353" t="s">
+        <v>3270</v>
+      </c>
+      <c r="D353" t="s">
+        <v>3271</v>
+      </c>
+      <c r="E353" t="s">
+        <v>3272</v>
+      </c>
+      <c r="F353" t="s">
+        <v>3273</v>
+      </c>
+      <c r="G353" t="s">
+        <v>3274</v>
+      </c>
+      <c r="H353" t="s">
+        <v>3275</v>
+      </c>
+      <c r="I353" t="s">
+        <v>3276</v>
+      </c>
+      <c r="J353" t="s">
+        <v>24</v>
+      </c>
+      <c r="K353" t="s">
+        <v>112</v>
+      </c>
+      <c r="L353" t="s">
+        <v>26</v>
+      </c>
+      <c r="M353" t="s">
+        <v>113</v>
+      </c>
+      <c r="N353" t="s">
+        <v>28</v>
+      </c>
+      <c r="O353" t="s">
+        <v>3277</v>
+      </c>
+    </row>
+    <row r="354" spans="1:15">
+      <c r="A354">
+        <v>65098</v>
+      </c>
+      <c r="B354" t="s">
+        <v>3278</v>
+      </c>
+      <c r="C354" t="s">
+        <v>3279</v>
+      </c>
+      <c r="D354" t="s">
+        <v>3280</v>
+      </c>
+      <c r="E354" t="s">
+        <v>3281</v>
+      </c>
+      <c r="F354" t="s">
+        <v>3282</v>
+      </c>
+      <c r="G354" t="s">
+        <v>3283</v>
+      </c>
+      <c r="H354" t="s">
+        <v>3284</v>
+      </c>
+      <c r="I354" t="s">
+        <v>3285</v>
+      </c>
+      <c r="J354" t="s">
+        <v>24</v>
+      </c>
+      <c r="K354" t="s">
+        <v>25</v>
+      </c>
+      <c r="L354" t="s">
+        <v>26</v>
+      </c>
+      <c r="M354" t="s">
+        <v>27</v>
+      </c>
+      <c r="N354" t="s">
+        <v>28</v>
+      </c>
+      <c r="O354" t="s">
+        <v>3286</v>
+      </c>
+    </row>
+    <row r="355" spans="1:15">
+      <c r="A355">
+        <v>65099</v>
+      </c>
+      <c r="B355" t="s">
+        <v>3287</v>
+      </c>
+      <c r="C355" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D355" t="s">
+        <v>3289</v>
+      </c>
+      <c r="E355" t="s">
+        <v>3290</v>
+      </c>
+      <c r="F355" t="s">
+        <v>3291</v>
+      </c>
+      <c r="G355" t="s">
+        <v>3292</v>
+      </c>
+      <c r="H355" t="s">
+        <v>3293</v>
+      </c>
+      <c r="I355" t="s">
+        <v>3294</v>
+      </c>
+      <c r="J355" t="s">
+        <v>24</v>
+      </c>
+      <c r="K355" t="s">
+        <v>112</v>
+      </c>
+      <c r="L355" t="s">
+        <v>26</v>
+      </c>
+      <c r="M355" t="s">
+        <v>113</v>
+      </c>
+      <c r="N355" t="s">
+        <v>28</v>
+      </c>
+      <c r="O355" t="s">
+        <v>3295</v>
+      </c>
+    </row>
+    <row r="356" spans="1:15">
+      <c r="A356">
+        <v>65100</v>
+      </c>
+      <c r="B356" t="s">
+        <v>3296</v>
+      </c>
+      <c r="C356" t="s">
+        <v>3297</v>
+      </c>
+      <c r="D356" t="s">
+        <v>3298</v>
+      </c>
+      <c r="E356" t="s">
+        <v>3299</v>
+      </c>
+      <c r="F356" t="s">
+        <v>3300</v>
+      </c>
+      <c r="G356" t="s">
+        <v>3301</v>
+      </c>
+      <c r="H356" t="s">
+        <v>3302</v>
+      </c>
+      <c r="I356" t="s">
+        <v>3303</v>
+      </c>
+      <c r="J356" t="s">
+        <v>24</v>
+      </c>
+      <c r="K356" t="s">
+        <v>2661</v>
+      </c>
+      <c r="L356" t="s">
+        <v>26</v>
+      </c>
+      <c r="M356" t="s">
+        <v>2662</v>
+      </c>
+      <c r="N356" t="s">
+        <v>28</v>
+      </c>
+      <c r="O356" t="s">
+        <v>3304</v>
+      </c>
+    </row>
+    <row r="357" spans="1:15">
+      <c r="A357">
+        <v>65101</v>
+      </c>
+      <c r="B357" t="s">
+        <v>3305</v>
+      </c>
+      <c r="C357" t="s">
+        <v>3306</v>
+      </c>
+      <c r="D357" t="s">
+        <v>3307</v>
+      </c>
+      <c r="E357" t="s">
+        <v>3308</v>
+      </c>
+      <c r="F357" t="s">
+        <v>3309</v>
+      </c>
+      <c r="G357" t="s">
+        <v>3310</v>
+      </c>
+      <c r="H357" t="s">
+        <v>3311</v>
+      </c>
+      <c r="I357" t="s">
+        <v>3312</v>
+      </c>
+      <c r="J357" t="s">
+        <v>24</v>
+      </c>
+      <c r="K357" t="s">
+        <v>112</v>
+      </c>
+      <c r="L357" t="s">
+        <v>26</v>
+      </c>
+      <c r="M357" t="s">
+        <v>113</v>
+      </c>
+      <c r="N357" t="s">
+        <v>28</v>
+      </c>
+      <c r="O357" t="s">
+        <v>3313</v>
+      </c>
+    </row>
+    <row r="358" spans="1:15">
+      <c r="A358">
+        <v>65102</v>
+      </c>
+      <c r="B358" t="s">
+        <v>3314</v>
+      </c>
+      <c r="C358" t="s">
+        <v>3315</v>
+      </c>
+      <c r="D358" t="s">
+        <v>3316</v>
+      </c>
+      <c r="E358" t="s">
+        <v>3317</v>
+      </c>
+      <c r="F358" t="s">
+        <v>3318</v>
+      </c>
+      <c r="G358" t="s">
+        <v>3319</v>
+      </c>
+      <c r="H358" t="s">
+        <v>3320</v>
+      </c>
+      <c r="I358" t="s">
+        <v>3321</v>
+      </c>
+      <c r="J358" t="s">
+        <v>24</v>
+      </c>
+      <c r="K358" t="s">
+        <v>25</v>
+      </c>
+      <c r="L358" t="s">
+        <v>26</v>
+      </c>
+      <c r="M358" t="s">
+        <v>27</v>
+      </c>
+      <c r="N358" t="s">
+        <v>28</v>
+      </c>
+      <c r="O358" t="s">
+        <v>3322</v>
+      </c>
+    </row>
+    <row r="359" spans="1:15">
+      <c r="A359">
+        <v>65104</v>
+      </c>
+      <c r="B359" t="s">
+        <v>3323</v>
+      </c>
+      <c r="C359" t="s">
+        <v>3324</v>
+      </c>
+      <c r="D359" t="s">
+        <v>3325</v>
+      </c>
+      <c r="E359" t="s">
+        <v>3326</v>
+      </c>
+      <c r="F359" t="s">
+        <v>3327</v>
+      </c>
+      <c r="G359" t="s">
+        <v>3328</v>
+      </c>
+      <c r="H359" t="s">
+        <v>3329</v>
+      </c>
+      <c r="I359" t="s">
+        <v>3330</v>
+      </c>
+      <c r="J359" t="s">
+        <v>24</v>
+      </c>
+      <c r="K359" t="s">
+        <v>3331</v>
+      </c>
+      <c r="L359" t="s">
+        <v>26</v>
+      </c>
+      <c r="M359" t="s">
+        <v>3332</v>
+      </c>
+      <c r="N359" t="s">
+        <v>28</v>
+      </c>
+      <c r="O359" t="s">
+        <v>3333</v>
+      </c>
+    </row>
+    <row r="360" spans="1:15">
+      <c r="A360">
+        <v>65105</v>
+      </c>
+      <c r="B360" t="s">
+        <v>3334</v>
+      </c>
+      <c r="C360" t="s">
+        <v>3335</v>
+      </c>
+      <c r="D360" t="s">
+        <v>3336</v>
+      </c>
+      <c r="E360" t="s">
+        <v>3337</v>
+      </c>
+      <c r="F360" t="s">
+        <v>3338</v>
+      </c>
+      <c r="G360" t="s">
+        <v>3339</v>
+      </c>
+      <c r="H360" t="s">
+        <v>3340</v>
+      </c>
+      <c r="I360" t="s">
+        <v>3341</v>
+      </c>
+      <c r="J360" t="s">
+        <v>24</v>
+      </c>
+      <c r="K360" t="s">
+        <v>112</v>
+      </c>
+      <c r="L360" t="s">
+        <v>26</v>
+      </c>
+      <c r="M360" t="s">
+        <v>113</v>
+      </c>
+      <c r="N360" t="s">
+        <v>28</v>
+      </c>
+      <c r="O360" t="s">
+        <v>3342</v>
+      </c>
+    </row>
+    <row r="361" spans="1:15">
+      <c r="A361">
+        <v>65124</v>
+      </c>
+      <c r="B361" t="s">
+        <v>3343</v>
+      </c>
+      <c r="C361" t="s">
+        <v>3344</v>
+      </c>
+      <c r="D361" t="s">
+        <v>3345</v>
+      </c>
+      <c r="E361" t="s">
+        <v>3346</v>
+      </c>
+      <c r="F361" t="s">
+        <v>3347</v>
+      </c>
+      <c r="G361" t="s">
+        <v>3348</v>
+      </c>
+      <c r="H361" t="s">
+        <v>3349</v>
+      </c>
+      <c r="I361" t="s">
+        <v>3350</v>
+      </c>
+      <c r="J361" t="s">
+        <v>24</v>
+      </c>
+      <c r="K361" t="s">
+        <v>25</v>
+      </c>
+      <c r="L361" t="s">
+        <v>26</v>
+      </c>
+      <c r="M361" t="s">
+        <v>27</v>
+      </c>
+      <c r="N361" t="s">
+        <v>28</v>
+      </c>
+      <c r="O361" t="s">
+        <v>3351</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">