--- v1 (2025-11-04)
+++ v2 (2025-11-24)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3352">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3635">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: O‘zbek
 # Source: https://hadeethenc.com/uz
-# Last update: 2025-10-15 23:00:13 (v1.7.0)
-# Check for updates: https://hadeethenc.com/en/check/uz/v1.7.0
+# Last update: 2025-11-12 00:20:08 (v1.9.0)
+# Check for updates: https://hadeethenc.com/en/check/uz/v1.9.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -569,54 +569,54 @@
     <t>Киши бир биродарини яхши кўрса, унга яхши кўришини билдириб қўйсин», дедилар</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Миқдом ибн Маъдий Кариб разияллоҳу анҳудан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Киши бир биродарини яхши кўрса, унга яхши кўришини билдириб қўйсин», дедилар».</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам ушбу ҳадиси шарифда мўминларнинг бир-бирларига бўлган алоқаларини кучайтирадиган ва улар орасида муҳаббатни ёядиган сабаблардан бирини баён қилмоқдалар. Шунга кўра, бир киши биродарини яхши кўрса, унга яхши кўришини билдириб қўйиши керак.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Дунёвий манфаатни кўзламасдан, холис Аллоҳ учун яхши кўришнинг фазилати.
 Ораларидаги муҳаббат ва дўстлик кучайиши учун биродарига уни Аллоҳ учун яхши кўришини хабар бериш мустаҳаб амалдир.
 Мўминлар орасида меҳр-муҳаббатнинг ёйилиши Аллоҳ йўлидаги биродарликни кучайтиради ҳамда жамиятни парокандалик ва бўлинишдан сақлайди.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-[...2 lines deleted...]
-    <t>[Абу Довуд, Тирмизи, Насоий Сунани куброда ва Аҳмад ривоят қилишган]</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[Абу Довуд, Тирмизий, Насоий Сунан Куброда ва Аҳмад ривоят қилишган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3017</t>
   </si>
   <si>
     <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>Йўқ, бу томир (узилиши) дир. Лекин қанча кун ҳайз кўрсанг, шунча пайт намозни тарк қил, сунгра ғусул олгин ва намоз ўқигин!» – дедилар</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>Оиша разийаллоҳу анҳодан ривоят қилинади: «Фотима бинти Абу Ҳубайш Набий соллаллоҳу алайҳи ва саллам ҳузурларига келиб сўради: «Мен истиҳоза кўрадиган ва покланмайдиган ( ҳайзи тўхтамайдиган) аёлман. Намозни тарк қилайми?». Шунда У зот: « Йўқ, бу томир (узилиши) дир. Лекин қанча кун ҳайз кўрсанг, шунча пайт намозни тарк қил, сунгра ғусул олгин ва намоз ўқигин!» – дедилар».</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>Фотима бинти Абу Ҳубайш Набий соллаллоҳу алайҳи ва салламдан: «Менинг ҳайзим тўхтамайди. Ҳайз замонидан бошқа вақтда ҳам қон келаверади. Бошқа кунларнинг ҳукми ҳам ҳайз кунларим ҳукмига тушадими? Шунда намозни тарк қилайми?», – деб сўрадилар. Шунда Набий соллаллоҳу алайҳи ва саллам: «У истиҳоза қони. У бачадондаги томир узулишидан келиб чиқади ва у ҳайз қони эмас. Касал бўлишингдан олдин ойнинг қайси вақтида ҳайз кўрган бўлсанг, ўша вақтларда рўза ва намоз каби ҳайз кўрган аёлга ман қилинадиган нарсаларни тарк қилгин. Агар ўша муддат тугаса, ҳайздан тозаланганлар каби бўласан. Қон ўрнини ювгин, сўнгра бутун баданингни ювиб ғусл ол, сўнгра намоз ўқи!»,- дедилар.</t>
   </si>
@@ -2195,51 +2195,51 @@
     <t>Аллоҳнинг муҳаббатига қараб амаллар бир-бирларидан афзал бўлади.
 Мусулмон киши амалларнинг энг афзалига интилиши лозим.
 Набий соллаллоҳу алайҳи ва салламнинг шахслар ва ҳолатларга қараб энг яхши амал ҳақида берган жавоблари ҳар хил бўлган. Ҳар бирига нима кўпроқ наф олиб келишига қараганлар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3365</t>
   </si>
   <si>
     <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>Мунофиқларга энг оғир намоз Хуфтон ва Бомдод намозларидир. Агар у иккисидаги нарсани билганларида, эмаклаб бўлса ҳам келар эдилар</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Мунофиқларга энг оғир намоз Хуфтон ва Бомдод намозларидир. Агар у иккисидаги нарсани билганларида, эмаклаб бўлса ҳам келар эдилар. Батаҳқиқ, намозга амр қилиб, у қоим қилинганда бир кишини одамларга намоз ўқиб беришини буюриб, сўнгра ўзим ўтин боғламларини кўтарган одамлар билан намозга ҳозир бўлмаган одамларнинг олдига бориб, уйларига ўт қўйиб юбормоқчи бўлдим», дедилар».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам мунофиқлар ва уларнинг намоздан ялқовланишлари, хоссатан бомдод ва ҳуфтон намозларидан ялқовланишлари ҳақида хабар бердилар. Агар мусулмонлар жамоати билан намоз ўқишнинг фазилатини билганларида эди, ёш бола қўли ва тиззаси билан эмаклагандай эмаклаб келган бўлар эдилар.
-Набий соллаллоҳу алайҳи ва саллам намозга буюрсалару қомат айтилса, у зотнинг ўрниларига бошқа киши имомлик қилса-ю сўнгра намозга келмайдиган кишиларнинг уйларига бир тўда одамлар билан ўтин олиб бориб уйларини ёқиб ташлашларини ният қилдилар. Чунки улар жуда қаттиқ гунох қилишган эди, лекин у зот бундай қилмадилар, чунки у уйларда гуноҳсиз аёллар, болалар ва узрли инсонлар бор эди. Набий соллаллоҳу алайҳи ва саллам намозга буюрсалару қомат айтилса, у зотнинг ўрниларига бошқа киши имомлик қилса-ю сўнгра намозга келмайдиган кишиларнинг уйларига бир тўда одамлар билан ўтин олиб бориб уйларини ёндириб ташлашни ният қилдилар. Чунки улар жуда қаттиқ гуноҳ қилишган эди, лекин У зот бундай қилмадилар, чунки у уйларда гуноҳсиз аёллар, болалар ва узрли инсонлар бор эди.</t>
+Набий соллаллоҳу алайҳи ва саллам намозга буюрсалару қомат айтилса, у зотнинг ўрниларига бошқа киши имомлик қилса-ю сўнгра намозга келмайдиган кишиларнинг уйларига бир тўда одамлар билан ўтин олиб бориб уйларини ёндириб ташлашни ният қилдилар. Чунки улар жуда қаттиқ гуноҳ қилишган эди, лекин У зот бундай қилмадилар, чунки у уйларда гуноҳсиз аёллар, болалар ва узрли инсонлар бор эди.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Масжиддаги жамоатдан орқада қолишнинг хатари.
 Мунофиқлар ибодатларидан риё ва сумъадан бошқа нарсани хоҳламайдилар. Шунинг учун ҳам намозга фақат одамлар кўргандагина келадилар.
 Бомдод ва ҳуфтон намозларини жамоат билан ўқиш савобининг улуғлиги. Бу икки намоз унга эмаклаб бўлса ҳам келишга лойиқ.
 Бомдод ва ҳуфтон намозига маҳкам бўлиш нифоқдан саломат қилади, шунингдек у иикаласидан ортда қолиш ва бормаслик мунофиқларнинг сифатларидан.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/3366</t>
   </si>
   <si>
     <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
   </si>
   <si>
     <t>Бир киши Набий соллаллоҳу алайҳи ва салламнинг ҳузурларида чап қўли билан таом еди. Бас, У зот: 
 «Ўнг қўлинг билан тановул қил!»,- дедилар.
 «Қодир эмасман»,- деди у.
 «Қодир бўлмагин!»,- дедилар</t>
   </si>
@@ -3820,50 +3820,99 @@
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>Ибн Умар разияллоҳу анҳумодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Инсонлар "Аллоҳдан ўзга ҳақ илоҳ йўқ ва Муҳаммад Унинг Расулидир" деб гувоҳлик бериб, намозни адо этмагунларича ва закотни бермагунларича, улар билан жанг қилишга буюрилдим. Агар одамлар юқоридагиларга амал қилсалар, мендан қонлари ва молларини омон сақлаган бўладилар. Фақат Ислом ҳаққи бундан мустасно. Уларнинг ҳисоб-китоби эса Аллоҳ таолога ҳаволадир», – дедилар.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>Пайғамбаримиз соллаллоҳу алайҳи ва саллам хабар бердиларки, то мушриклар ҳақиқий маъбуд бўлмиш фақатгина ягона ва шериги йўқ Аллоҳ эканлиги ва Муҳаммад соллаллоҳу алайҳи ва салламнинг расул эканликларига шаҳодат бергунларигача, шу шаҳодатнинг талабига амал қилиб, куну тун беш вақт намозни адо этгунлари ва фарз қилинган закотни бергунларигача Аллоҳ таоло У зотга улар билан урушишни буюрди. Агар бу ишларни қилсалар, Ислом уларнинг қонлари ва молларини ҳимоя қилади. Ислом аҳкомлари тақозо қиладиган катта жарима ёки ўлимга лойиқ жиноят қилмагунларича ўлдирилишлари мумкин эмас. Сўнгра Қиёмат куни Аллоҳ таоло Ўзи ҳисоб-китоб қилади. Чунки фақат Унинг Ўзигина уларнинг сирларини билур.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>Аҳкомлар фақат зоҳирига қараб юритилади. Сирларни эса Аллоҳ ўз зиммасига олган.
 Тавҳидга даъват қилишнинг аҳамияти ва даъватда аввал бошланадиган нарса ҳам шу эканлиги.
 Бу ҳадис мушрикларни мажбурлаб динга олиб киришга далолат қилмайди, аксинча, улар хоҳласалар динга кирадилар ёки жизя тўлайдилар. Иккаласидан ҳам бош тортсалар ва Исломга даъват қилишни ман қилсалар, Ислом аҳкомлари асосида уруш қилинади.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4211</t>
+  </si>
+  <si>
+    <t>إن الله تجاوز لي عن أمتي الخطأ والنسيان وما استكرهوا عليه</t>
+  </si>
+  <si>
+    <t>Аллоҳ таоло умматимнинг хатосидан, унутган нарсасидан ва мажбурланган ишидан кечди», – дедилар</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إنَّ اللَّهَ تَجَاوَزَ لِي عَنْ أُمَّتِي الخَطَأَ وَالنِّسْيَانَ وَمَا اسْتُكْرِهُوا عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Ибн Аббос разияллоҳу анҳумодан: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Аллоҳ таоло умматимнинг хатосидан, унутган нарсасидан ва мажбурланган ишидан кечди», – дедилар.</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم : أن الله عفا عن أمته في ثلاثة أحوال:
+الأولى: الخطأ، وهو ما صدر منهم دون تعمد، وهو أن يقصد المسلم بفعله شيئًا، فيصادف فعله غير ما قصده. 
+والثانية: النسيان، وهو أن يكون المسلم متذكرًا لشيء، ولكن ينساه عند الفعل، فلا إثم في ذلك أيضًا. 
+والثالثة: الإكراه ، فقد يُكره العبد على فعل شيء لا يريده مع عدم قدرته على دفع الإكراه، وحينئذٍ لا يقع عليه الإثم أو الحرج.
+مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
+  </si>
+  <si>
+    <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам Аллоҳ таоло умматнинг уч ҳолатда қиладиган гуноҳларини кечиришини хабар бердилар: Биринчиси – хато. Яъни атайламасдан бир ишни қилиб қўйиши. Мусулмон бир ишни қасд қилиб бажаради ва қасд қилган нарсасидан бошқа нарсага дуч келади. Иккинчиси – унутиш. Мусулмон бир нарсани эслаб юради, аммо амал пайтида уни унутиб қўяди. Бундай ҳолатда ҳам гуноҳ йўқ. Учинчиси – мажбурланиш. Агар банда хоҳламаган ишига мажбурланса ва унга қарши туришга қодир бўлмаса, у ҳолда унга гуноҳ ҳам маломат ҳам йўқ. Лекин шуни эътиборга олиш керакки, бу ҳадис – банда билан Рабби ўртасидаги масалага тааллуқли. Агар у ўзи унутиб амр қилинган ибодатни тарк этса, унинг зиммасидан соқит бўлмайди (масалан, намозни унутиб қўйса, кейин қазосини ўқиши керак). Шунингдек, агар унинг хатоси ёки унутганлиги бошқаларга зиён етказса, бандаларнинг ҳаққи соқит бўлмайди. Масалан, кимдир адашиб одам ўлдирса – дия (қон пули) тўлаши ёки кимдир адашиб машинасини бузиб қўйса – товон тўлаши лозим.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
+فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
+رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
+لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
+  </si>
+  <si>
+    <t>Аллоҳ таолонинг ушбу уч ҳолатда бандалардан гуноҳ содир бўлса, гуноҳларини кечириши У Зотнинг бандаларига бўлган раҳмати ва лутфи кенглигига далолат қилади.
+Аллоҳ таолонинг Пайғамбаримиз Муҳаммад соллаллоҳу алайҳи ва саллам ва У зотнинг умматларига бўлган фазли.
+Гуноҳнинг кечирилиши — ҳукм ёки кафолатнинг йўқолиши дегани эмас. Масалан, бир киши таҳоратни унутиб, ўзини таҳоратли деб ўйлаб намоз ўқиса, гуноҳ қилмаган бўлади. Лекин таҳорат олиши ва намозни қайта ўқиши вожибдир.
+Мажбурият ҳолатида гуноҳ кечирилиши учун муайян шартлар бўлиши лозим. Масалан, мажбурловчи киши айтган таҳдидини амалга оширишга қодир бўлиши керак.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه والبيهقي وغيرهما</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4216</t>
   </si>
   <si>
     <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>Уловдаги киши пиёдага, юриб кетаётган киши ўтирганга, озчилик кўпчиликка салом беради</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Уловдаги киши пиёдага, юриб кетаётган киши ўтирганга, озчилик кўпчиликка салом беради», дедилар.</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам салом бериш одобларига бизни йўлламоқдалар. Кичик каттага, уловдаги киши пиёдага, юриб кетаётган киши ўтирган одамга, озчилик кўпчиликка салом беради.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
@@ -4051,50 +4100,90 @@
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда қачон икки мусулмон  бир-бирини ўлдириш учун қилич кўтарсалар ва бири иккинчисини ўлдирса, иккаласи ҳам дўзахга киришини хабар бердилар. Қотилку маълум, аммо ўлдирилган дўзахга нима учун тушганини саҳобалар тушина олишмади, шунда Расулуллоҳ соллаллоҳу алайҳи ва саллам у биродарини ўлдиришга ҳарис бўлгани учун дўзахда дея хабар бердилар. Чунки у ўзи ўлиб қолмаганда шеригини ўлдирган бўлар эди.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Ким маъсиятни қилишга ошиқса ва сабабларни бажарса, лекин маъсиятни қила олмасада жазога йўлиқади.
 Мусулмонлар бир-бири билан уруш қилишидан қаттиқ қайтариш ва шу сабабдан дўзахга тушишидан огоҳлантириш.
 Бир мусулмон иккинчи мусулмонни ҳақ билан ўлдирса бу ҳадис остига кирмайди. Масалан, золим ва фасодчи мусулмонларга қарши урушишлик.
 Кабира гуноҳни қилиш билан одам кофир бўлмайди, чунки Расулуллоҳ соллаллоҳу алайҳи ва саллам қилич кўтарганларни мусулмон деб атадилар.
 Икки мусулмон бир-бирини қандай услубда ўлдирса ҳам, дўзахга киради. Бу ерда қиличнинг зикр қилиниши мисол қаторида холос.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4304</t>
   </si>
   <si>
+    <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
+  </si>
+  <si>
+    <t>Дунёга қизиқма, шунда Аллоҳ сени яхши кўради. Одамлардаги нарсаларга қизиқма, шунда одамлар ҳам сени яхши кўришади</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Абул Аббос Саҳл ибн Саъд Соидий разияллоҳу анҳудан ривоят қилинади:  Бир киши Расулуллоҳ соллаллоҳу алайҳи ва салламнинг ҳузурларига келиб, 
+деди: «Ё Расулуллоҳ! Менга шундай бир амални кўрсатингки, агар уни қилсам, Аллоҳ ҳам, одамлар ҳам мени яхши кўрсин». 
+Набий соллаллоҳу алайҳи ва саллам дедилар: «Дунёга қизиқма, шунда Аллоҳ сени яхши кўради. Одамлардаги нарсаларга қизиқма, шунда одамлар ҳам сени яхши кўришади».</t>
+  </si>
+  <si>
+    <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
+  </si>
+  <si>
+    <t>Бир киши Расулуллоҳ соллаллоҳу алайҳи ва салламдан Аллоҳ таоло ҳам, одамлар ҳам яхши кўрадиган амалга йўллаб қўйишларини сўради.
+Шунда Пайғамбар соллаллоҳу алайҳи ва саллам дедилар: «Агар ошиқча дунё матоларини, охиратда фойда бермайдиган нарсаларни ва динингга зарар олиб келиши мумкин бўлган нарсаларни тарк қилсанг Аллоҳ сени яхши кўради. Агар одамларнинг қўлидаги дунё матоларини тарк қилсанг одамлар сени яхши кўради. Чунки одамлар табиатан қўлларидаги нарсага эга бўлмоқчи бўлган одамни ёмон кўрадилар ва ким у нарсаларни тарк қилса яхши кўрадилар.</t>
+  </si>
+  <si>
+    <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
+الزهد مرتبته أعلى من الورع؛ لأن الورع ترك ما قد يضر، والزهد ترك ما لا ينفع في الآخرة.
+قال السندي: إن الدنيا محبوبة عند الناس فمن يزاحمهم فيها يصير مبغوضًا عندهم بقدر ذلك، ومن تركهم ومحبوبهم يكون محبوبًا في قلوبهم بقدر ذلك.</t>
+  </si>
+  <si>
+    <t>Дунёдан зуҳд қилишнинг фазилати. Зуҳд – охиратда фойда бермайдиган нарсаларни тарк қилишдир.
+Зуҳд "Вароъ" даражасидан олийроқ. Чунки "Вароъ" охирида зарар берадиган нарсани тарк қилиш. Зуҳд эса охиратда фойда бермайдиган нарсани тарк қилишдир.
+Синдий раҳимаҳуллоҳ айтадилар: Дунё инсонлар наздида севимли нарсадир. Кимки улар билан рақобатлашса, шу миқдорда улар учун ёмон кўрилган шахсга айланади. Кимки уларни ва уларнинг севимли нарсасини тарк этса, шу миқдорда уларнинг қалбларидан жой олади.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وغيره بأسانيد حسنة</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه وغيره بأسانيد حسنة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4307</t>
+  </si>
+  <si>
     <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
   </si>
   <si>
     <t>Яхшилик бу ҳусни хулқдир. Гуноҳ эса кўнглинг хотиржам бўлмаган ва одамлар билиб қолишини
 истамайдиган ишингдир», – дедилар</t>
   </si>
   <si>
     <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
   </si>
   <si>
     <t>Наввос ибн Самъон Ансорий разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва салламдан яхшилик ва гуноҳ ҳақида сўрадим. Шунда: «Яхшилик бу ҳусни хулқдир. Гуноҳ эса кўнглинг хотиржам бўлмаган ва одамлар билиб қолишини
 истамайдиган ишингдир», – дедилар.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
 أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
 وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам яхшилик ва ёмонлик ҳақида сўралдилар. Шунда:
 «Аллоҳга нисбатан ҳусни хулқ - У Зотга гўзал тақво қилиш билан, одамларга эса, уларнинг озор-балоларига сабр қилиш, ғазабни жиловлай олиш, юзда илиқ табассум ва очиқ қиёфа билан юриш, ширин сўз айтиш, қариндошлик ришталарини мустаҳкам тутиш, итоат қилиш, меҳрибонлик ва саховат кўрсатиш, самимий муомала ва яхши ҳамсуҳбатликка риоя қилиш билан бўлади.
 «Гуноҳ» эса — шубҳали нарсалардан нафсда ҳаяжон ва хавсираш пайдо қилиб, қалб бу ишдан хотиржам бўлмаслигидир», — деб жавоб бердилар . Яъни, гуноҳ бўлишидан шубҳа туғилиб, қўрқув ҳисси пайдо бўлиши гуноҳнинг аломатидир. Шу билан бирга, уни зийоли одамларга ошкор қилишни ҳам хоҳламайди. Чунки нафс табиатан ўзининг яхшилиги кўринишини хуш кўради. Агар инсон айрим амалларини яхши ва комил инсонлар кўриб қолишидан уялиб, ошкор қилишдан нафрат этса, демак, у ишда яхшилик йўқ, аксинча, гуноҳ амалдир.</t>
   </si>
   <si>
     <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
@@ -4141,50 +4230,93 @@
 Шунда Расулуллоҳ соллаллоҳу алайҳи ва салламга: «Насиҳат ким учун бўлади?»,— дейилди.
 Биринчи: Аллоҳ таолога насиҳат – Холис Унга ибодат қилиш ва Унга ширк келтирмаслик, У Зотнинг Рабб, Илоҳ эканига ҳамда исм-сифатларига иймон келтириш, У Зотни улуғлаш ва У Зотга иймон келтиришга даъват ила бўлади.
 Иккинчи: Аллоҳнинг китоби Қуръони Каримга насиҳат: Уни Аллоҳнинг каломи, китобларнинг охиргиси, бундан аввалги барча шариатларнинг ҳукмини насх қилувчи (ўчирувчи) деб эътиқод қилишдир. Уни улуғлаймиз, тиловат қиламиз, ҳукмларига амал қиламиз, муташобиҳларига таслим бўламиз, уни бузғунчиларнинг бузишидан сақлаймиз, панд-насиҳатидан ибрат оламиз, унга тегишли илмларни тарқатамиз ва унга даъват қиламиз.
 Учинчи: Аллоҳнинг расули Муҳаммад соллаллоҳу алайҳи ва салламга насиҳат: У кишини пайғамбарларнинг охиргиси деб эътиқод қилиш, олиб келган нарсаларини тасдиқлаш, буйруқларини бажариш, қайтариқларидан тийилиш, Аллоҳга у киши кўрсатиб бергандай ибодат қилиш, у кишини улуғлаш ва ҳурмат қилиш, у кишининг даъватини ва шариатини тарқатиш ва у кишини туҳматлардан ҳимоя қилиш билан бўлади.
 Тўртинчи: Мусулмонларнинг имомларига насиҳат: Ҳақда уларга ёрдам бериш, бирор ишда улар билан тортишмаслик ва Аллоҳга итоат қилишга буюрсалар уларга итоат қилиш.
 Бешинчи: Мусулмонларга насиҳат – Уларга яхшилик қилиш, даъват қилиш, уларга озор бермаслик, яхшиликни раво кўриш, яхшилик ва тақво устида ёрдамлашиш билан бўлади.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Барчага насиҳат қилишликка бўлган буйруқ.
 Насиҳатнинг диндаги аҳамияти.
 Дин эътиқод, сўз ва амалларни ўз ичига олган.
 Нафс насиҳат қилинаётган кишига нисбатан хиёнатдан тоза бўлиши ва унга яхшиликни хоҳлаши насиҳатнинг турларидандир.
 Расулуллоҳ соллаллоҳу алайҳи ва салламнинг таълимлари гўзаллиги. Биринчи нарсани қисқа зикр қилиб кейин уни батафсил ёритиб бердилар.
 Аввало муҳим нарсалардан бошлаш. Расулуллоҳ соллаллоҳу алайҳи ва саллам биринчи Аллоҳга сўнгра китобига сўнгра Расулига сўнгра мусулмонларнинг имомларига ундан кейин барча мусулмонларга дея бирин-кетин зикр қилдилар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4309</t>
+  </si>
+  <si>
+    <t>الرضاعة تحرم ما تحرم الولادة</t>
+  </si>
+  <si>
+    <t>Туғишганлик кимни маҳрам қилса, эмизиш ҳам шуларни маҳрам қилади»,– дедилар</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الرَّضَاعَةُ تُحَرِّمُ مَا تُحَرِّمُ الوِلَادَةُ».</t>
+  </si>
+  <si>
+    <t>Оиша разияллоҳу анҳодан ривоят қилинади: «Набий соллаллоҳу алайҳи ва саллам: «Туғишганлик кимни маҳрам қилса, эмизиш ҳам шуларни маҳрам қилади»,– дедилар.</t>
+  </si>
+  <si>
+    <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
+  </si>
+  <si>
+    <t>Набий соллаллоҳу алайҳи ва саллам туғишганликда тоға, амаки, ака ва бошқалар маҳрам бўлгани каби эмизишликда ҳам шулар маҳрамга айланишини ва туғишганлик қандай аҳкомларни мубоҳ қилган бўлса, эмизиш ҳам шуларни мубоҳ қилишини баён қилдилар.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في أحكام الرضاع.
+قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
+إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
+دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
+المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
+المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
+  </si>
+  <si>
+    <t>Бу ҳадис – сут эмизиш ҳукмлари борасида қоида ҳисобланади.
+Ибн Ҳажар раҳимаҳуллоҳ айтадилар: Расулуллоҳ соллаллоҳу алайҳи ва салламнинг: «Туғишганлик кимни маҳрам қилса, эмизиш ҳам шуларни маҳрам қилади», деган сўзлари, туғишганлик мубоҳ қилган ишларни эмизишлик ҳам мубоҳ қилишига ҳам далолат қилади. Эмизган аёлнинг болалари ва эмизилган бола ўртасида никоҳ ва унга тобеъ нарсалар ҳаром бўлишига ҳамда қариндошдай муомала қилиниб, бир бирига қараши, ёлгиз қолиши ва бирга сафар қилиши жоизлигига уламолар ижмоъ қилишган. Аммо бундан она ва фарзанд ўртасидаги мерос, нафақа бериш, қулни озод қилиш, гувоҳлик, «ақила» (дия тўлашда қариндошлар ёрдами) ва қасос соқит бўлиши каби аҳкомларда хам бирга деган маъно келиб чиқмайди.
+Сўт эмиш орқали маҳрам бўлиш, абадий маҳрам бўлиш демакдир.
+Бошқа ҳадислардан маълум бўлишича, сут эмиш орқали собит бўлган маҳрамлик беш марта аниқ (тўлиқ) сут эмиш билан собит бўлади ва бу икки йиллик эмизиш даврида бўлиши лозим.
+Насаб орқали маҳрам бўлувчилар:
+Оналар – уларга хоҳ она томондан, хоҳ ота томондан бўлсин, бувилар ҳам улардан катталари ҳам киради. 
+Қизлар – уларга қизлардан келадиган набиралар ва уларнинг авлодлари ҳам киради.
+Опа-сингиллар – хоҳ ота-онадан, хоҳ фақат отадан, ёки фақат онадан бўлсин.
+Аммалар – ота тарафдан бўлган барча опа-сингиллар. Шунингдек, боболарнинг барча опа-сингиллари ҳам киради.
+Холалар – она тарафдан бўлган барча опа-сингиллар. Шунингдек, ота ёки она томонидан бўлишидан қатъий назар бувиларнинг барча опа-сингиллари ҳам киради.
+Жиян қизлар – ака-укаларнинг ва опа-сингилларнинг қизлари, уларнинг авлодлари билан бирга.
+Сут эмиш орқали ҳаром бўлувчилар – насаб орқали ҳаром бўлувчилар билан баробар. Яъни, насабда ҳаром бўлган ҳар бир аёл, сут эмиш орқали ҳам ҳаром бўлади. Фақат бир истисно бор: эмизикдош акасининг онаси ва эмизиш сабабли бўлган ўғлининг синглиси маҳрам саналмайди.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4311</t>
   </si>
   <si>
     <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>Албатта, ҳалол (нарсалар) аниқ, ҳаром (нарсалар) ҳам аниқ</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>Нуъмон ибн Башир разияллоҳу анҳудан ривоят қилинган ҳадис. У киши бармоқларини қулоқларига тутиб: «Расулуллоҳ соллаллоҳу алайҳи ва саллам шундай деяётганларини эшитдим»,– дедилар: «Албатта, ҳалол (нарсалар) аниқ, ҳаром (нарсалар) ҳам аниқ. Бу иккисининг ўртасида шубҳали ишлар борки, уни одамларнинг кўпчилиги билмайди. Ким шубҳа(ли нарса)лардан сақланса, дини ва обрўсини пок тутибди. Ким шубҳа(ли нарса)ларни қилса, ҳаромга кириб қолибди. (Бунинг мисоли) худди қўриқланадиган ер атрофида қўй боқадиган чўпон каби: (қўйлари бир кун келиб) шу ерга кириб кетиши мумкин. Огоҳ бўлинглар: ҳар бир подшоҳнинг ўз қўриқланадиган (биров дахл қила олмайдиган) ери бор. Огоҳ бўлинглар: Аллоҳнинг қўриқланадиган ери У ҳаром қилган нарсалардир. Огоҳ бўлинглар: жасадда бир парча гўшт борки, агар у яхши бўлса, бутун жасад ислоҳ (яроқли) бўлади, агар фосид (бузуқ) бўлса, бутун жасад бузилади. Огоҳ бўлинглар: у қалбдир!»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда барча нарсани ўз ичига оладиган қоидани баён қилдилар. У қоида уч қисмга бўлинади: Очиқ-ойдин ҳалол, очиқ-ойдин ҳаром ва ҳукми ноаниқ, ҳалол-ҳаромлиги шубҳали ва кўп инсонлар унинг ҳукмини билмайдиган нарсалар.
 Ким ана ўша шубҳали нарсаларни тарк қилса, ҳаромга тушиб қолишдан узоқда бўлиб динини сақлайди ва шу билан бирга одамлар наздида обрўсини сақлаб қолади. Ким шубҳали нарсалардан четланмаса, ҳаром нарсаларга дучор бўлади ва одамлар наздида обрўси тушади. Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда шубҳали ишларни қилиб юрувчи киши ҳақида чиройли бир мисол олиб келдилар. У худди қўриқланадиган ер атрофида қўй боқадиган чўпон каби: тўсиққа яқинлиги туфайли(қўйлари бир кун келиб) шу ерга кириб кетиши мумкин. Шубҳали ишларни қиладиган киши ҳам шу кабидир. Шубҳали ишлари билан ҳаромга яқинлашади ва бир кун келиб ҳаромга ҳам тушиб қолиши мумкин. Шундан кейин Расулуллоҳ соллаллоҳу алайҳи ва саллам жасадда бир лаҳта гўшт (яъни қалб) борлиги ва у ислоҳ бўлса бутун жасад ислоҳ бўлишини хабар бердилар.</t>
   </si>
   <si>
@@ -4605,50 +4737,53 @@
 мана бу сўзларни ёдлаб қолганман дедилар: «Сени шубҳага солган нарсани
 қўйгин-да, шубҳалантирмайдиган нарсани ол. Содиқлик ҳотиржамликдир, ёлғон эса хавсирашликдир».</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам ҳалол ёки ҳаромлиги аниқ бўлмаган шубҳали сўз ва амалларни тарк қилиб, ҳалоллигида шубҳа бўлмаган амалларни бажаришга буюрдилар. Шунда қалб хавсираш ва изтиробдан ҳоли, ҳотиржам ва сокин бўлади.</t>
   </si>
   <si>
     <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
 النهي عن الوقوع في الشبهات.
 إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
 رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
   </si>
   <si>
     <t>Мусулмон шубҳали нарсаларни тарк қилиб, ишларини аниқ нарсалар устига қуриши лозим. Дини бўйича басиратга эга бўлиши керак.
 Шубҳали ишларни бажаришдан қайтариқ.
 Ҳотиржам ва роҳатда яшамоқчи бўлсанг, шубҳали нарсани тарк қил ва уни улоқтир.
 Аллоҳ таолонинг бандаларнинг нафси ва қалби ҳотиржам бўладиган нарсага буюриши ва ташвишу изтироб олиб келадиган нарсадан қайтаришида У Зотнинг катта марҳамати аён бўлади.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4564</t>
   </si>
   <si>
     <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
   </si>
   <si>
     <t>Кишининг жамоат билан ўқиган намози уйида ва бозорда ўқиган намозидан йигирма қанча миқдор кўпроқдир</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Кишининг жамоат билан ўқиган намози уйида ва бозорда ўқиган намозидан йигирма қанча миқдор кўпроқдир. Агар ана шу киши таҳоратини чиройли қилиб, мас­жидга фақат намоз ўқишни ният қилиб чиқса, масжидга киргунига қадар ҳар бир қадамига даражалари кўтарилиб, хатолари ўчирилади. Масжидга киргач  уни фақат намоз ушлаб турган бўлса, намоз ўқиган ерида таҳоратини бузмасдан, бировга озор бермай ўтирар экан, у намозда деб ҳисобланади ва фаришталар унга салавот айтиб турушади. Фаришталар: «Аллоҳим уни раҳмат эт, мағфират қил, тавбасини қабул айла», деб айтишади.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам кишининг жамоат билан ўқиган намози уйида ёки бозорида ўқиган намозидан йигирма қанча миқдор кўпроқ эканини хабар бермоқдалар. Сўнгра бу нарсанинг сабабини зикр қилдилар: Бир киши чиройли қилиб яхшилаб таҳорат олса, сўнгра масжидга фақатгина намоз учун чиқса, ҳар бир қадамига даражалари кўтарилиб, хатолари ўчирилади. Агар масжидга кирса ва намозни кутиб ўтирса, намоз ўқиябди деган ажр олиб туради ва намоз ўқиган ўрнида таҳоратини бузмай ҳамда фаришталар ва одамларга азият бермай ўтирса, фаришталар унинг ҳаққига дуо қилиб: «Аллоҳим уни мағфират айла, раҳмат эт ва тавбасини қабул қил», – деб турадилар.</t>
   </si>
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
@@ -5035,51 +5170,112 @@
   <si>
     <t>Ибн Аббос разияллоҳу анҳумодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Агар одамларнинг даъволарига асосланиб сўраган нарсалари берилаверса, (айрим) кимсалар қавмнинг молию қонини даъво қилиб чиққан бўлардилар. Бироқ даъво қилувчи далил келтириши, инкор этувчи қасам ичиши шарт», – дедилар.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
   </si>
   <si>
     <t>Пайғамбар саллоллоҳу алайҳи ва саллам баён қилдиларки, агар одамларга далил-исботсиз, фақат даъволари асосидагина (ҳақ) берилса, у ҳолда баъзилар бошқаларнинг мол-мулклари ва жонларини даъво қилиб чиқар эдилар. Шунинг учун, даъво қилган киши талаб қилаётган нарсасига далил ва гувоҳ келтириши лозим. Агар унинг ҳеч қандай далили бўлмаса, даъво етказилган шахсга мурожаат қилинади. У даъвони инкор этса, қасам ичиши шарт бўлади ва шу орқали жавобгарликдан халос бўлади.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
 الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
 القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
 كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
   </si>
   <si>
     <t>Ибн Дакийқ ал-Ийд раҳимаҳуллоҳ дедилар: Бу ҳадис — аҳкомлар асосларидан бири бўлиб, ихтилоф ва низо вақтида энг улуғ манбадир.
 Шариат одамларнинг мол-мулки ва жонларини суиистеъмол қилиниши ва ўйинчоққа айлантирилишидан муҳофаза қилиш учун нозил қилинган.
 Қози ўз билгани билан ҳукм чиқармайди, балки, далил ва гувоҳларга таянади.
 Ҳар қандай далил-исботдан холи даъво рад этилади. Бу ҳуқуқ ва муомалалар масалаларида бўладими ёки иймон ва илм масалаларида бўладими — фарқи йўқ.</t>
   </si>
   <si>
     <t>رواه البيهقي</t>
   </si>
   <si>
+    <t>[رواه البيهقي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4722</t>
+  </si>
+  <si>
+    <t>ما ملأ آدمي وعاء شرا من بطن، بحسب ابن آدم أكلات يقمن صلبه، فإن كان لا محالة، فثلث لطعامه، وثلث لشرابه، وثلث لنفسه</t>
+  </si>
+  <si>
+    <t>Одам боласи тўлдирадиган идишларнинг энг ёмони қориндир. Одам боласига қаддини тутадиган емаклар кифоядир. Агар жуда лозим бўлса, таоми учун учдан бир, шароби учун учдан бир ва нафаси учун учдан бир», дедилар</t>
+  </si>
+  <si>
+    <t>عَنْ المِقْدَامِ بْنِ مَعْدِي كَرِبَ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مَلأَ آدَمِيٌّ وِعَاءً شَرًّا مِنْ بَطْنٍ، بِحَسْبِ ابْنِ آدَمَ أَكَلاَتٌ يُقِمْنَ صُلْبَهُ، فَإِنْ كَانَ لَا مَحَالَةَ، فَثُلُثٌ لِطَعَامِهِ، وَثُلُثٌ لِشَرَابِهِ، وَثُلُثٌ لِنَفَسِهِ».</t>
+  </si>
+  <si>
+    <t>Миқдом ибн Маъдийкариб разияллоҳу анҳудан ривоят қилинади: Набий соллаллоҳу алайҳи ва саллам «Одам боласи тўлдирадиган идишларнинг энг ёмони қориндир. Одам боласига қаддини тутадиган емаклар кифоядир. Агар жуда лозим бўлса, таоми учун учдан бир, шароби учун учдан бир ва нафаси учун учдан бир», дедилар».</t>
+  </si>
+  <si>
+    <t>يرشدنا النبي الكريم صلى الله عليه وسلم إلى أصل من أصول الطب، وهي الوقاية التي يقي بها الإنسان صحته، وهي التقليل من الأكل، بل يأكل بقدر ما يسد رمقه ويقويه على أعماله اللازمة، وإن شر وعاء مُلئ هو البطن لما ينتج عن الشبع من الأمراض الفتاكة التي لا تحصى عاجلًا أو آجلًا باطنًا أو ظاهرًا.
+ثم إن الرسول صلى الله عليه وسلم قال: إذا كان الإنسان لابد له من الشبع، فليجعل الأكل بمقدار الثلث، والثلث الآخر للشرب، والثلث للنفس حتى لا يحصل عليه ضيق وضرر، وكسل عن تأدية ما أوجب الله عليه في أمر دينه أو دنياه.</t>
+  </si>
+  <si>
+    <t>Пайғамбаримиз соллаллоҳу алайҳи ва саллам бизларни тиббиёт илмининг асосларидан бири бўлмиш: «Даволагандан кўра олдини олиш афзал» – деган қоидасига йўлладилар. Яъни, таомни кам ейиш, фақат қувват берадиган зарур ишларига етарли бўладиган миқдорда овқатланиш. Чунки энг ёмон тўлдирилган идиш – бу инсоннинг қорнидир. Чунки ортиқча ейиш инсоннинг ичи ёки ташида,  эрта ёки кеч саноқсиз ёмон касалликларни келиб чиқаради. Сўнгра Расулуллоҳ соллаллоҳу алайҳи ва саллам шундай дедилар: агар инсонга тўйиб ейиш зарур бўлиб қолса, ошқозоннинг учдан бир қисмини овқатга, учдан бир қисмини ичимликка, қолган учдан бир қисмини эса нафас олишга қолдирсин. Шунда инсонга зарар ва қийинчилик етмайди, ҳамда Аллоҳ таоло фарз этган дин  ёки дунё ишларини бажаришда сусткаш бўлмайди.</t>
+  </si>
+  <si>
+    <t>عدم التوسع في الأكل والشرب، وهذا أصل جامع لأصول الطب كلها، لما في كثرة الشبع من الأمراض والأسقام.
+الغاية من الأكل، هي حفظ الصحة والقوة وبهما سلامة الحياة.
+لملء البطن من الطعام أضرار بدنية ودينية، قال عمر رضي الله عنه: «إياكم والبطنة، فإنها مفسدة للجسم ومكسلة عن الصلاة».
+الأكل من حيث الحكم على أقسام: واجب، وهو ما به تُحفظ الحياة ويؤدي تركه إلى ضرر. جائز، وهو ما زاد على القدر الواجب ولا يُخشى ضرره. مكروه، وهو ما يُخشى ضرره. محرم، وهو ما يُعلم ضرره. ومستحب، وهو ما يُستعان به على عبادة الله وطاعته، وقد أجمل ذلك في الحديث في ثلاث مراتب: أولها: ملء البطن. ثانيها: أكلات أو لقيمات يقمن صلبه. ثالثها: قوله: «ثلث لطعامه وثلث لشرابه وثلث لنفسه» وهذا كله إذا كان جنس المأكول حلالًا.
+الحديث قاعدة من قواعد الطب، وحيث إن علم الطب مداره على ثلاثة أصول: حفظ القوة والحمية والاستفراغ، فقد اشتمل الحديث على الأولين منها، كما في قوله تعالى : (وَكُلُوا وَاشْرَبُوا وَلَا تُسْرِفُوا إِنَّهُ لَا يُحِبُّ الْمُسْرِفِينَ) [الأعراف: 31].
+كمال هذه الشريعة حيث اشتملت على مصالح الإنسان في دينه ودنياه.
+من علوم الشريعة أصولُ الطب وأنواع منه، كما جاء في العسل والحبة السوداء.
+اشتمال أحكام الشريعة على الحكمة، وأنها مبنية على درء المفاسد وجلب المصالح.</t>
+  </si>
+  <si>
+    <t>Овқат ва ичимликда ҳаддан ошмаслик – тиббиёт илмининг барча қоидаларини ўз ичига олган умумий асосдир. Чунки ортиқча тўйиш турли хил касалликлар ва дардларга олиб боради.
+Овқатланишдан кўзланган мақсад – соғлиқ ва қувватни сақлашдир. Ана шу иккиси билан ҳаёт соғлом ва тинч кечади.
+Қоринни ортиқча тўлдириш – тана ва дин учун зарардир. Ҳазрати Умар разияллоҳу анҳу айтадилар: «Қорин тўқлигидан сақланинглар, зеро у танага зарар етказади ва намозга суст қилади».
+Овқатланиш ҳукм жиҳатидан бир нечта бўлимга бўлинган:
+Вожиб – ҳаётни сақлайдиган ва уни тарк этиш зарар келтирадиган миқдор.
+Жоиз – зарур миқдордан ортиқ, лекин зарари йўқ.
+Макруҳ – зарар бериши мумкин бўлган миқдор.
+Ҳаром – зарари маълум бўлган миқдор.
+Мустаҳаб – Аллоҳга ибодат ва итоатда куч-қувват бериш учун ейиладиган миқдор.
+Ҳадис бу ҳолатлардан учта даражани жамлаган:
+1. Қоринни тўлдириш.
+2. Бир неча луқма, инсоннинг белини тутувчи миқдор.
+3. «Учдан бири таом учун, учдан бири ичимлик учун ва учдан бири нафас учун» деган қоида.
+Зикр қилинган қоидаларнинг барчаси овқат ҳалол бўлса амал қилади.
+Ушбу ҳадис – тиббиёт қоидаларидан биридир. Чунки тиббиёт илми уч асосга таянади: қувватни сақлаш, зарардан ҳимояланиш ва ортиқчасидан халос бўлиш. Ҳадис биринчи икки асосни ўз ичига олган. Худди Қуръондаги: «Енглар ва ичинглар, лекин исроф қилманглар. Албатта, Аллоҳ исроф қилувчиларни яхши кўрмайди», ояти каби. [Аъроф: 31]
+Ислом шариатининг комиллиги. Чунки у инсоннинг дини ва дунёсидаги манфаатларини ўз ичига олгандир.
+Шариат илмларининг ичида тиббиётнинг асослари ва турли кўринишлари бор. Масалан, асал ва қора седана ҳақида келган ҳадислар.
+Шариат аҳкомлари ҳикматларга асосланган бўлиб, у зарарларни бартараф қилиш ва фойда-манфаатларни олиб келиш устига қурилгандир.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد والترمذي والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4723</t>
   </si>
   <si>
     <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>Ким динимизда асли йўқ нарсани пайдо қилса, у рад қилинур</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>Оиша разияллоҳу анҳодан ривоят қилинади: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Ким динимизда асли йўқ нарсани пайдо қилса, у рад қилинур», дедилар. Муттафақун алайҳ. Имом Муслим ривоятида эса: «Кимки биз буюрмаган амални қилса, у рад қилинур», – деганлар.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам ким динда янги нарса ихтиро қилса ёки китоб ва суннатдан далил бўлмай туриб амал қилган бўлса, у амал рад қилинишини ва Аллоҳ ҳузурида қабул бўлмаслигини баён қилдилар.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
@@ -9169,51 +9365,51 @@
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва салламга байъат берган аёллардан бири, Умму Атия разияллоҳу анҳодан ривоят қилинади: «Ҳайздан тоза бўлгач, хира ранг ва сарғиш суюқликни ҳайз деб ҳисобламас эдик».</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Умму Атийя разияллоҳу анҳо Набий соллаллоҳу алайҳи ва саллам замонларида аёллар ҳайздан тозалангач фарждан чиқадиган хира ёки сариқ суюқликни ҳайз деб ҳисобламасдан намоз ва рўзани  тутишни тарк қилмасликларини хабар бердилар.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Ҳайздан тозалангач, қон сабабли ҳосил бўлган хира ёки сариқ сувга эътибор берилмайди.
 Ҳайз вақтида сариқ ёки хира сув тушиши ҳайз бўлиб ҳисобланади. Чунки у ўз вақтидаги қон бўлиб, сув билан аралашган холос.
 Аёл киши ҳайздан тозалангач сариқ ёки хира сув сабабли намозни ҳам, рўзани ҳам тарк қилмайди, аксинча, таҳорат олиб, намозини ўқийверади.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
-    <t>[Абу Довуд шу лафз билан ривоят қилган, Бухорийда эса (тозалангандан кейин) деган жойи йўқ]</t>
+    <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/10014</t>
   </si>
   <si>
     <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>Ҳайзинг сени (ибодатдан) тўсиб турганича кутгин-да, кейин ғусл қил</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>Мўминларнинг онаси Оиша разияллоҳу анҳодан ривоят қилинади: «Умму Ҳабиба бинт Жаҳш — Абдурроҳман ибн Авфнинг хотини — Расулуллоҳ соллаллоҳу алайҳи ва салламга (истиҳоза) қондан шикоят қилди. У зот унга: «Ҳайзинг сени (ибодатдан) тўсиб турганича кутгин-да, кейин ғусл қил», дедилар. У эса ҳар намоз олдидан ғусл қилар эди».</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>Саҳобиялардан бири Набий соллаллоҳу алайҳи ва салламга ундан (истиҳоза) қон келишда давом этаётганини айтиб шикоят қилди. Шунда бу касалликка йўлиқишидан олдин қанча кун ҳайз кўрган бўлса шунча кун кутиб, ундан сўнг ғусл олиб намоз ўқишга буюрдилар. Умму Ҳабиба эса ҳар бир намоз учун ихтиёрий ғусл олар эди.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
@@ -9721,54 +9917,54 @@
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ибн Масъуд разияллоҳу анҳу Набий соллаллоҳу алайҳи ва саллам уларга  жума, никоҳ хутбаси ва шунга ўхшаш ўринларда айтиладиган ҳожат хутбасини ўргатганларини хабар бердилар. Бу хутба – Аллоҳ ҳамднинг барча турига ҳақли экани, фақатгина ёлғиз ундан ёрдам сўралиши, гуноҳларни сатр қиладиган ва уларни кечириб юборадиган Зот фақат У экани, нафс ва бошқа нарсаларнинг ёмонлигидан қутилиш учун фақат унга илтижо қилиниши каби улуғ маъноларни ўз ичига олгандир.
 Сўнгра Расулуллоҳ соллаллоҳу алайҳи ва саллам ҳидоят фақат Унинг қўлида эканини, У кимни ҳидоят қилса, адаштирувчи, кимни адаштирса, уни ҳидоят қилувчи йўқ эканини хабар бердилар.
 Сўнгра тавхид шаҳодатини яъни Аллохдан ўзга ҳақ маъбуд йўқлигини ҳамда рисолат шаҳодатини яъни Муҳаммад соллаллоҳу алайҳи ва саллам У Зотнинг бандаси ва пайғамбари эканини зикр қилдилар.
 Сўнгра бу хутбани қуйидаги уч оят билан тугатдилар. У оятлар ўз ичига Аллоҳ таолога тақво, Унинг юзини истаб буюрганларини  бажариб қайтарганларидан қайтишни олган, ҳамда ким шу ишларни қилса, амаллари ва сўзлари ислоҳ бўлиши, гунохлари кечирилиши, дунёда бахтли ва Қиёмат кунида жаннатга эришиши ваъда қилинган.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Никоҳ, жума ва бошқа хутбаларни шу хутба билан бошлаш мустаҳаб.
 Хутба ҳамд, икки шаҳодат ва баъзи қуръон оятларини ўз ичига олган бўлиши керак.
 Набий соллаллоҳу алайҳи ва салламнинг саҳобалар мухтож бўлган дин илмларини ўргатишлари.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
-[...2 lines deleted...]
-    <t>[Абу Довуд, Тирмизий, Ибн Можа, Насоий ва Аҳмад ривояти]</t>
+    <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>Валийсиз никоҳлаш (ва никоҳланиш) йўқдир» –дедилар</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Абу Мусо  разияллоҳу анҳу ривоят қиладилар: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Валийсиз никоҳлаш (ва никоҳланиш) йўқдир» –дедилар»</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам аёлнинг валийсиз никоҳи никоҳ эмаслигини баёнладилар.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
@@ -9848,51 +10044,51 @@
   <si>
     <t>Чап қўл билан ейиш ёки ичиш ила шайтонга ўхшашдан қайтарилган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/58122</t>
   </si>
   <si>
     <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>Ким тоатдан чиқиб, жамоатни тарк қилган ҳолда ўлса, жоҳилият ўлими билан ўлибди</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Абу Ҳурайра разияллоҳу анҳу ривоят қиладилар: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Ким тоатдан чиқиб, жамоатни тарк қилган ҳолда ўлса, жоҳилият ўлими билан ўлибди. Кимда-ким миллати учун ғазабланиб, мақсади ноаниқ байроқ остида жанг қилса, ёки миллатчиликга даъват қилса, ёки миллатчиликга ёрдам берса ва шу ҳолда ўлим топса, жоҳилият ўлими билан ўлибди! Кимда-ким менинг умматимга қарши чиқиб, улардан яхши ва ёмонларини ўлдирса, мўминларини ўлдириш оқибатидан ҳам қўрқмаса ва ҳеч кимнинг аҳдига вафо қилмаса, бас у мендан эмас, мен ҳам ундан эмасдирман!» –дедилар».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда ким валий амрнинг (шаръий ҳоким) тоатидан чиқиб, байъат беришга иттифоқ қилинган имомга байъат бермай ислом жамоатидан ажралиб ўлса, амирга бўйсинмайдиган, бир жамоа бўлмайдиган, балки фирқа ва гуруҳларга бўлиниб  бир-бирлари билан урушадиган бўлса, жоҳилият аҳли ўлгандай ўлишини хабар бердилар.
-. Пайғамбаримиз соллаллоҳу алайҳи ва саллам ким ҳақлиги ботиллигидан ажрамаган байроқ остида урушса, дин ва ҳақ учун эмас, балки илм ва ақлсиз мутаассибларча ўз қавми ва қабиласи учунгина ғазаб қилса, урушса ва шу ҳолда ўлса, жоҳилият қатли каби қатл бўлишини таълим бердилар.
+Пайғамбаримиз соллаллоҳу алайҳи ва саллам ким ҳақлиги ботиллигидан ажрамаган байроқ остида урушса, дин ва ҳақ учун эмас, балки илм ва ақлсиз мутаассибларча ўз қавми ва қабиласи учунгина ғазаб қилса, урушса ва шу ҳолда ўлса, жоҳилият қатли каби қатл бўлишини таълим бердилар.
 Ким Пайғамбаримиз соллаллоҳу алайҳи ва салламнинг умматларига қарши чиқса, солиҳи-ю фожирига қилич кўтарса, нима қилаётганига эътибор бермаса, мўминини ўлдириш оқибатидан қўрқмаса, валий амр ва кофирларга берган аҳдига вафо қилмасдан бузса, катта гуноҳга қўл урган бўлади. Ким ушбу ишни қилса, бу қаттиқ тахдидга лойиқ бўлади.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Аллох таолога қарши маъсият бўлмаган ишда валий амрга итоат қилиш вожиб.
 Имом тоатидан чиққан ва мусулмонлар жамоатидан ажраган инсонга қаттиқ огоҳлантириш бор. Ким шундай ҳолда ўлса, аҳли жохилият йўлида ўлади.
 Ҳадисда ўз қавми учун урушишдан қайтариқ бор.
 Аҳдга вафо қилиш вожибдир.
 Итоаткорликда ва жамоатга қўшилишда кўп яхшилик, ҳотиржамлик ва ҳолат яхшиланиши бор.
 Жоҳилият аҳли ахволига ўхшашдан қайтариқ бор.
 Мусулмонлар жамоатини маҳкам тутишга бўлган буйруқ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
@@ -9938,87 +10134,93 @@
     <t>Абдуллоҳ ибн Умар разияллоҳу анҳумодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам Асламийни тошбўрон қилгач, турдилар ва шундай дедилар: «Аллоҳ қайтарган бу ифлос ишлардан четланинглар. Ким шу ишни қилиб қўядиган бўлса, Аллоҳнинг пардаси билан беркиниб, Аллоҳга тавба қилсин. Ким бизга қилган ишини ошкора қилса, унга Аллоҳ китобининг ҳукмини қоим қиламиз».</t>
   </si>
   <si>
     <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
 اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
 الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
 الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
   </si>
   <si>
     <t>Ибн Умар разияллоҳу анҳумо хабар бердиларки, Пайғамбаримиз соллаллоҳу алайҳи ва саллам Моиз ибн Молик Асламий разияллоҳу анҳунинг зино ҳадди билан тошбўрон қилиниши амалга оширилгандан сўнг туриб, одамларга хутба қилдилар ва дедилар: «Бу разил ва ифлос ишдан — Аллоҳ таоло қайтарган гуноҳлардан, нафратли ва уйятли ҳаром ишлардан узоқ бўлинглар. Ким шу ишларни қилиб қўйса, унинг зиммасига икки нарса вожиб бўлади: Биринчи: Аллоҳ таоло уни яширгани учун ўзи гуноҳини ошкор қилмасин, бошқаларга айтмасин. Иккинчи: Аллоҳ таолога тавба қилишга шошилсин ва гуноҳида  туриб олмасин. Энди кимнинг гуноҳи  бизга зоҳир бўлса, у ҳолда, ўша гуноҳ учун Қуръонда зикр этилган жазони татбиқ этишимиз керак бўлади.</t>
   </si>
   <si>
     <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
 الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
 وجوب اجتناب المعاصي، والتوبة منها.</t>
   </si>
   <si>
     <t>Гуноҳ қилган банда ўзини фош этмасдан яширишига ва гуноҳини фақат Рабби билан ўзи ўртасида қолдириб, тезроқ тавба қилишига тарғиб.
 Жазо иши ҳокимга етиб борса, албатта, берилган жазони татбиқ этиши лозим.
 Гуноҳлардан узоқ туриш ва улардан тавба қилишнинг вожиблиги.</t>
   </si>
   <si>
     <t>رواه الحاكم والبيهقي</t>
   </si>
   <si>
+    <t>[رواه الحاكم والبيهقي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/uz/browse/hadith/58240</t>
   </si>
   <si>
     <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>Ҳар бир маст қилувчи нарса — хамрдир. Ҳар бир маст қилувчи нарса — ҳаромдир. Ким бу дунёда хамр ичиб, унга ружу қўйган ҳолида вафот этса ва тавба қилмаган бўлса, охиратда уни ичмайди»,— дедилар</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>Ибн Умар разияллоҳу анҳумо ривоят қиладилар: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Ҳар бир маст қилувчи нарса — хамрдир. Ҳар бир маст қилувчи нарса — ҳаромдир. Ким бу дунёда хамр ичиб, унга ружу қўйган ҳолида вафот этса ва тавба қилмаган бўлса, охиратда уни ичмайди»,— дедилар.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам ҳар қандай ақлни йўқотадиган ва маст қиладиган нарса — у ичимлик бўладими, овқат бўладими, ёки ҳидлаб истеъмол қилиниши мумкин бўлган нарсалар бўладими — барчаси хамр (маст қилувчи) эканини баён қилдилар. Ҳар қандай маст қиладиган, ақлни йўқотадиган нарсани Аллоҳ таоло ҳаром қилган ва ундан қайтарган. Унинг оз ёки кўплигининг фарқи йўқлиги таъкидланган. Кимки ушбу маст қилувчи нарсаларнинг бирортасини ичса, уларни ичишни одат қилиб, тавба қилмай ўша ҳолатда вафот этса, Аллоҳнинг жазосига лойиқ бўлган ҳолатда жаннатда уни ичишдан маҳрум бўлади.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>— Хамрнинг ҳаром қилинишидаги сабаб — унинг маст қилиши. Шунинг учун қайси турда бўлишидан қатъий назар, ҳар қандай маст қилувчи нарса ҳаромдир.
 — Аллоҳ таоло маст қилувчи нарсани унинг катта зарарлари ва бузғунчиликка олиб бориши сабабли ҳаром қилган.
 — Жаннатда хамр (ароқ) ичиш комил лаззат ва тўлиқ неъматлардан бири ҳисобланади.
 — Кимки дунёда хамр ичишдан ўзини тия олмаса, Аллоҳ таоло уни жаннатда хамр ичишдан маҳрум қилади. Чунки жазо — амалнинг ўзига монанд қилиб берилади.
 — Гуноҳларга ўлимдан олдин тавба қилишга шошилиш.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
+  </si>
+  <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/58259</t>
   </si>
   <si>
     <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>Кимки мусулмонлар билан тинчлик келишувидаги кофирни ўлдирса, жаннатнинг ҳидини ҳам ҳидламайди. Ваҳоланки, жаннатнинг ҳиди қирқ йиллик масофадан келиб туради». –дедилар</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Абдуллоҳ ибн Амр разияллоҳу анҳумодан ривоят қилинади: «Набий соллаллоҳу алайҳи ва саллам: «Кимки мусулмонлар билан тинчлик келишувидаги кофирни ўлдирса, жаннатнинг ҳидини ҳам ҳидламайди. Ваҳоланки, жаннатнинг ҳиди қирқ йиллик масофадан келиб туради». –дедилар».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам муъаҳадни, яъни ислом диёрига омонлик ва аҳд билан кирган кофирни ким ўлдирса, жаннатнинг ҳидини ҳам ҳидламайди ва унинг (жаннат) ҳиди қирқ йиллик масофадан келиб туришини хабар бердилар.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
@@ -11872,56 +12074,50 @@
   <si>
     <t>Қуръон соҳибига: «Ўқи ва кўтарил! Дунёда Қуръонни тиловат қилганинг каби тиловат қил! Албатта жаннатдаги охирги манзилинг охирги ўқиган оятинг миқдорича  бўлади</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Абдуллоҳ ибн Амр ибн Ос разияллоҳу анҳумодан Расулуллоҳ соллаллоҳу алайҳи ва салламнинг шундай деганлари ривоят қилинади: «Қуръон соҳибига: «Ўқи ва кўтарил! Дунёда Қуръонни тиловат қилганинг каби тиловат қил! Албатта жаннатдаги охирги манзилинг охирги ўқиган оятинг миқдорича  бўлади».</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Пайғамбаримиз Муҳаммад соллаллоҳу алайҳи ва саллам Аллоҳнинг китобини ёдлаб, ундаги буйруқ ва қайтариқларга амал қилган ва жаннатга кирган қорига: "Қуръонни ўқи ва шу ўқишинг билан жаннатнинг (юқори) даражаларига кўтарил! Қуръонни, дунё ҳаётида шошилмай ва чиройли тиловат қилганингдек, тартил билан ўқи! Чунки, сенинг тураржойинг охирги оятни қаерда ўқисанг ўша ердир"-, дейилишидан хабар бермоқдалар.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Амаллар шакл ва миқдорига мувофиқ мукофотланади.
 Қуръонни тиловат қилиш, уни ўқишга моҳир бўлиш, Қуръонни ёд олиш ва унинг оятлари ҳақида тафаккур қилиш ҳамда унга амал қилишга тарғиб.
 Жаннатдаги манзил ва даражалар хилма-хилдир. (Боамал) қорилар жаннатнинг энг баланд қаватларидан жой оладилар.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[Абу Довуд, Тирмизий, Насоий Сунан Куброда ва Аҳмад ривоят қилишган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/65054</t>
   </si>
   <si>
     <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>Қуръонни баланд товушда ўқиган одам, ошкора садақа қилган одамга ўхшайди. Қуръонни паст товушда ўқиган одам, садақани пинҳона қилган одамга ўхшайди</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Уқба ибн Омир Жуҳаний разияллоҳу анҳудан Расулуллоҳ соллаллоҳу алайҳи ва салламнинг шундай деганлари ривоят қилинади: «Қуръонни баланд товушда ўқиган одам, ошкора садақа қилган одамга ўхшайди. Қуръонни паст товушда ўқиган одам, садақани пинҳона қилган одамга ўхшайди».</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Пайғамбаримиз Муҳаммад соллаллоҳу алайҳи ва саллам Қуръонни баланд ўқиган одам садақани ошкора берган одамга, Қуръонни паст товушда ўқиган одам эса, садақани пинҳон берган одамга ўхшашини баён қилдилар.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
@@ -13431,50 +13627,1021 @@
 2. Ахд ва ваъда берса — унга вафо қилмаслиги, шеригини алдаб хиёнат қилиши.
 3. Ваъда берса бажармаслиги ва ваъдасини бузиши.
 4. Биров билан тортишиб, жанжал қилса, ҳақдан оғиб кетиши, уни рад этиши ва йўққа чиқариш учун турли ҳийла ишлатиши, ёлғон ва ботил гапларни айтиши.
 Мунофиқлик – ташқи кўринишида бир нарсани кўрсатиб, ичида унга тескари бўлишдир. Ана шу маъно мазкур хислатлар эгасида мавжуд. Унинг мунофиқлиги одамлар билан муомалада, гапирганда, ваъда берганда, ишониб омонат топширилганда, тортишганда ёки аҳдлашганда кўринади. Бу Исломдаги мунофиқлик бобидан эмас, яъни, ўзини мусулмон кўрсатиб, ичида куфрни яшириш маъносида эмас. Лекин кимда бу хислатлардан бири бўлса, токи уни тарк қилгунга қадар у кишида мунофиқлик сифатидан бир сифат бўлади.</t>
   </si>
   <si>
     <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
 المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
 قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
 النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
 قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
 قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
   </si>
   <si>
     <t>Мунофиқнинг баъзи белгиларини баён қилишдан мақсад — мусулмонларни у сифатлардан қайтариш ва уларни бажариб қўйишдан огоҳлантиришдир.
 Ҳадисдан кўзда тутилган маъно шуки: бу хислатлар — мунофиқлик хислатларидир. Уларнинг эгаси мунофиқларга ўхшайди ва уларнинг ахлоқи билан ахлоқланади. Лекин бу у Исломни кўрсатиб, ичида куфрни яширган мунофиқ кабидир дегани эмас. Лекин баъзилар: «Бу гап ана шу хислатлар унга ғолиб келиб, уларни оддий санаб, аҳамият бермай қўйган одам ҳақида айтилган. Чунки шундай киши, одатда, эътиқоди бузуқ мнофиқ бўлади», – деганлар.
 Ғаззолий раҳимаҳуллоҳ айтади: «Диёнатнинг асоси учта нарсага чекланган: сўз, амал ва ният. Ҳадисда ёлғон билан сўзнинг бузуқлигига ишора қилинди, хиёнат билан амалнинг бузуқлигига ишора қилинди, ваъдада турмаслик билан ниятнинг бузуқлигига ишора қилинди. Чунки ваъдани бузиш — агар ваъда берган вақтда нияти бузуқ бўлса, мунофиқликка киради. Лекин агар у ваъда берган пайтда бажаришга қатъий ният қилган бўлиб, кейин қандайдир тўсиқ чиқса ёки унга бошқа фикр келиб қолса, бу ҳолат мунофиқлик шаклига кирмайди».
 Нифоқ икки хил бўлади:
 1. Эътиқодий мунофиқлик — бунда одам Исломни кўрсатиб, ичида куфрни яширади. Бу уни иймондан чиқаради.
 2. Амалий мунофиқлик — мунофиқларнинг ахлоқлари ва сифатларига ўхшаб қолиш. Бу инсонни иймондан чиқармайди, аммо, катта гуноҳ ҳисобланади.
 Ибн Ҳажар раҳимаҳуллоҳ айтади: «Уламолар ижмоъ қилганларки, агар кимдир қалби ва тили билан тасдиқлаган бўлса-ю ва ана шу хислатларга тушиб қолса, унга кофир деб ҳукм қилинмайди ва жаҳаннамда абадий қоладиган мунофиқ деб ҳам ҳисобланмайди».
 Нававий раҳимаҳуллоҳ айтади: «Баъзи уламоларнинг сўзларига кўра, бу ҳадис Пайғамбар соллаллоҳу алайҳи ва салламнинг замонидаги мунофиқларга тегишлидир. Улар иймон келтирдик деб айтиб, ёлғончи бўлишган. Динида омонатдор бўлиб кўринганлар, аммо хиёнат қилганлар. Дин ишларида ва уни ҳимоя қилишда ваъда берганлар, лекин ваъдаларини бузганлар. Тортишув ва низоларга киришганларида эса ҳақдан оғиб, ёлғон ва ёмонликка юз тутганлар».</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/65124</t>
+  </si>
+  <si>
+    <t>من حسن إسلام المرء تركه ما لا يعنيه</t>
+  </si>
+  <si>
+    <t>Кишининг ўзига тегишли бўлмаган нарсани тарк этиши  унинг исломининг – гўзаллилигидандир», – дедилар</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مِنْ حُسْنِ إِسْلَامِ المَرْءِ تَرْكُهُ مَا لَا يَعْنِيهِ».</t>
+  </si>
+  <si>
+    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Кишининг ўзига тегишли бўлмаган нарсани тарк этиши  унинг исломининг – гўзаллилигидандир», – дедилар.</t>
+  </si>
+  <si>
+    <t>بين النبي صلى الله عليه وسلم: أن من كمال محاسن إسلام المسلم وتمام إيمانه، ابتعاده عما لا يعنيه ولا يخصه ولا يهمه وما لا يفيده من الأقوال والأفعال، أو مما لا يعنيه من أمور الدين والدنيا، فالاشتغال بما ليس للإنسان ربما شغله عما يعنيه، أو أداه إلى ما يلزمه اجتنابه؛ فإن الإنسان مسؤول عن أعماله يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Пайғамбаримиз соллаллоҳу алайҳи ва саллам баён қилдиларки, мусулмон кишининг исломдаги гўзал хулқларидан ва иймонининг комиллигидан – дин ёки дунёга оид бўлишидан қатъий назар, уни қизиқтирмайдиган, унга тегишли бўлмаган ва фойда келтирмайдиган сўзлар ва ишлардан узоқ бўлишидадир. Чунки инсонни қизиқтирмайдиган нарсалар билан банд бўлиши, уни ўзи учун зарур бўлган ишлардан узоқлаштириб қўйиши ёки тарк этиши лозим бўлган ишларга уни етаклаб қўйиши мумкин. Албатта, қиёмат куни инсон ўз амаллари учун жавоб беради.</t>
+  </si>
+  <si>
+    <t>الناس يتفاوتون في الإسلام، وأنه يزداد حسنًا ببعض الأعمال.
+ترك اللغو والفضول من الأقول والأفعال دليل على كمال إسلام المرء.
+الحث على الاشتغال فيما يعني المرءَ من شؤون دِينه ودنياه، فإذا كان مِن حُسن إسلام المرء تركه ما لا يعنيه، فمِن حُسنه إذًا اشتغالُه فيما يعنيه.
+قال ابن القيم رحمه الله : وقد جمع النبي صلى الله عليه وسلم الورع كله في كلمة واحدة، فقال: «من حسن إسلام المرء: تركُه ما لا يعنيه»، فهذا يعم الترك لما لا يعني: من الكلام، والنظر، والاستماع، والبطش، والمشي، والفكر، وسائر الحركات الظاهرة والباطنة، فهذه كلمة شافية في الورع.
+قال ابن رجب: هذا الحديث أصل من أصول الأدب.
+الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
+الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
+يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
+  </si>
+  <si>
+    <t>Инсонларнинг Исломдаги даражалари ҳар хил. Кишининг Исломи айрим амаллар билан янада гўзаллашади.
+Беҳуда сўз ва ортиқча ишларни тарк этиш – инсон динининг комиллигига далолатдир.
+Инсоннинг исломини гўзал қиладиган нарсалардан бири — унинг ўзига тегишли бўлмаган, фойдасиз нарсалардан узоқ туриши бўлса, яна бир гўзал жиҳати — унинг дини ва дунёсига фойда берувчи ишлар билан машғул бўлишидадир.
+Ибн Қаййим раҳимаҳуллоҳ айтадилар: Пайғамбаримиз соллаллоҳу алайҳи ва саллам бутун вароъни (тақвони) бир калимада жамладилар: «Кишининг исломининг гўзаллигидан – ўзига тегишлик бўлмаган нарсани тарк этиши». Бу гап сўзлаш, қараш, эшитиш, қўл билан иш қилиш, юриш, фикр юритиш ва бошқа ички-ташқи ҳаракатларнинг барчасини ўз ичига олади. Бу – тақво ҳақида мукаммал ва шифобахш сўздир.
+Ибн Ражаб раҳимаҳуллоҳ айтганлар: Ушбу ҳадис – одоб илмининг асосларидан биридир.
+Илм талаб қилишга тарғиб бор. Чунки илм орқали инсон ўзига тегишли ва тегишли бўлмаган нарсани ажрата олади.
+Яхшиликка буюриш, ёмонликдан қайтариш ва насиҳат қилиш – инсонга тегишли ишлардандир. Чунки улар буюрилган ишлардан ҳисобланади.
+Ҳадиснинг умумий маъносига қуйидагилар ҳам киради: инсонга тегишли бўлмаган, Аллоҳ таоло ҳаром қилган нарсалардан ва Пайғамбар соллаллоҳу алайҳи ва саллам ёқтирмаган ишлардан узоқ туриш. Шунингдек, охиратга оид кераксиз масалалардан ҳам узоқ туриш, масалан: ғайб ҳақиқатлари, яратилиш ва амал ҳақидаги майда-чуйда батафсил баҳслар. Шунингдек, ҳеч қачон содир бўлмаган ёки содир бўлиши деярли мумкин бўлмаган, ҳатто тасаввурга ҳам келмайдиган масалалар ҳақида савол бериш ва тортишиш.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/65255</t>
+  </si>
+  <si>
+    <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
+  </si>
+  <si>
+    <t>Аллоҳ таоло бир қанча фарзларни лозим этди, бас, уларни зое қилмангиз. Ҳад-
+чегараларни белгилади, уларни босиб ўтмангиз. Айрим нарсаларни ҳаром қилди, уларга яқин йўламангиз. Баъзи нарсалар хусусида - унутганидан эмас, сизларга марҳамат кўрсатиб, сукут қилди, бас, 
+улар устида баҳс қилмангиз</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
+  </si>
+  <si>
+    <t>Абу Саълаба ал-Хушаний Журсум ибн Ношир разияллоҳу анҳудан ривоят қилинади: 
+Расулуллоҳ соллаллоҳу алайҳи ва саллам айтдилар: «Аллоҳ таоло бир қанча фарзларни лозим этди, бас, уларни зое қилмангиз. Ҳад-
+чегараларни белгилади, уларни босиб ўтмангиз. Айрим нарсаларни ҳаром қилди, уларга яқин йўламангиз. Баъзи нарсалар хусусида - унутганидан эмас, сизларга марҳамат кўрсатиб, сукут қилди, бас, 
+улар устида баҳс қилмангиз».</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
+  </si>
+  <si>
+    <t>Набий соллаллоҳу алайҳи ва саллам Аллоҳ таоло бир қанча нарсларни вожиб ва фарз қилганлигини, бас, ўша нарсаларни бажаришимизни ва эътиборсизлик ҳам, тарк ҳам қилмаслигимизни буйруқ қилдилар. Аллоҳ таоло Ўзи рози бўлмайдиган нарсалардан қайтишимиз ва бажармаслигимиз учун чегара ва тўсиқларни белгилаб қўйди. Шу билан бирга шариат буйруқларига қўшимча қўшмаслигимизга буюрдилар. Яна буюрдиларки: Аллоҳ таоло бир нечта нарсаларни ҳаром қилди, унга яқинлашманг ва қабул ҳам қилманг. Булардан бошқа нарсалар ҳақида бандаларига раҳмат ўлароқ ҳукм чиқармади, тарк қилиб қўйди. Шунинг учун мубоҳ ҳолатида қолди, у нарсаларни қидирманглар.</t>
+  </si>
+  <si>
+    <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
+تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
+أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
+حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
+وجوب المحافظة على فرائض الله تعالى.
+تحريم التعدي على حدود الله تعالى.</t>
+  </si>
+  <si>
+    <t>Ушбу ҳадис Аллоҳ таолонинг қонун чиқарувчи ва ҳукм фақат У Зотнинг қўлида эканига далилдир.
+Ҳадисда шаръий қоидалар баён қилинган: Ҳукм — ё очиқ айтилган ёки сукут қилинган; Очиқ айтилгани фарз, суннат ёки ҳаром, макруҳ бўлади. Сукут қилингани эса мубоҳдир.
+Аллоҳ таоло ҳеч нарса демаган, фарз қилмаган, тақиқламаган ишлар ҳалолдир.
+Расулуллоҳ соллаллоҳу алайҳи ва саллам ҳадисни жуда равшан ва тартибли баён қилдилар.
+Аллоҳнинг фарзларини муҳофаза қилиш вожибдир.
+Аллоҳ таолонинг ҳудудларини ошиб ўтиш ҳаромдир.</t>
+  </si>
+  <si>
+    <t>رواه الدارقطني في سننه، وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الدارقطني في سننه وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66510</t>
+  </si>
+  <si>
+    <t>Амаллар фақатгина ниятлар билан
+эътиборлидир ва ҳар бир киши учун унинг ният қилган нарсасигина берилади</t>
+  </si>
+  <si>
+    <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Амирул-мўминин Абу Ҳафс Умар ибн Хаттоб разияллоҳу анҳудан ривоят қилинади: Мен Расулуллоҳ соллаллоҳу алайҳи ва салламнинг шундай деганларини эшитдим: «Амаллар фақатгина ниятлар билан
+эътиборлидир ва ҳар бир киши учун унинг ният қилган нарсасигина берилади. Бас, кимнинг ҳижрати Аллоҳ ва Унинг Расули учун бўлса, унинг ҳижрати Аллоҳ ва Расули учун деб эътибор қилинади. Кимнинг
+ҳижрати бирон дунё матоҳини қўлга киритиш ёки бирон аёлни никоҳлаб олиш учун бўлган экан, бас, унинг ҳижрати нима учун
+қилинган бўлса, ўша учундир».</t>
+  </si>
+  <si>
+    <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
+الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
+النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
+  </si>
+  <si>
+    <t>Ихлосга тарғиб. Чунки, Аллоҳ таоло фақат ўзининг юзи исталган амални қабул қилади.
+Банда Аллоҳга яқинлаштирадиган амалларни ният қилмай оддий ҳолат каби қиладиган бўлса, то Аллоҳга яқинлашишни ният қилмагунча унга савоб йўқдир.
+Ният ибодатларнинг ўзаро орасини ва одат билан ибодат орасини ажратиб беради.</t>
+  </si>
+  <si>
+    <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
+  </si>
+  <si>
+    <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66511</t>
+  </si>
+  <si>
+    <t>Абу Абдураҳмон Абдуллоҳ ибн Умар ибн Хаттоб разияллоҳу анҳумодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва салламни шундай деганларини эшитдим:||«Ислом беш устунга бино қилингандир: «Лаа илааҳа иллаллоҳу Муҳаммадур Расулуллоҳ», деб шаҳодат айтишга, намозни тўкис адо этишга, закот беришга, ҳаж қилиш ва Рамазон рўзасини тутишга», – дедилар</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Абу Абдураҳмон Абдуллоҳ ибн Умар ибн Хаттоб разияллоҳу анҳумодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва салламни шундай деганларини эшитдим: «Ислом беш устунга бино қилингандир: «Лаа илааҳа иллаллоҳу Муҳаммадур Расулуллоҳ», деб шаҳодат айтишга, намозни тўкис адо этишга, закот беришга, ҳаж қилиш ва Рамазон рўзасини тутишга», – дедилар».</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
+  </si>
+  <si>
+    <t>Ҳақиқатда, сизлардан ҳар бир
+кишининг яратилиши онасининг қорнида қирқ кун ичида томчи сув
+("нутфа") ҳолида амалга ошади</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
+  </si>
+  <si>
+    <t>Абу Абдураҳмон Абдуллоҳ ибн Масъуд разияллоҳу анҳудан ривоят қилинади: Бизга барча ишлари ва сўзлари ҳаққу рост бўлган ва Аллоҳ тарафидан ҳақ
+ваъда олишга мушарраф бўлган зот - Расулуллоҳ соллаллоҳу алайҳи ва
+саллам қуйидаги ҳадисни айтганлар: «Ҳақиқатда, сизлардан ҳар бир
+кишининг яратилиши онасининг қорнида қирқ кун ичида томчи сув
+("нутфа") ҳолида амалга ошади. Сўнг худди шунча муддат ичида лахта қон ("алақа") ҳолида бўлади. Сўнгра яна шунча вақт ичида бир парча гўшт ("музға") ҳолида бўлади. Кейин унга бир фаришта юборилади ва ўша фаришта унга жон пуфлайди. Сўнг фариштага шу инсоннинг тақдирига тааллуқли бўлган тўрт нарсани - ризқи, ажали, 
+амали ҳамда бахтсиз ёки бахтли эканини ёзиш фармон қилинади. Ундан ўзга ҳеч қандай илоҳ йўқ бўлган Аллоҳга қасамки, сизлардан бирингиз жаннат аҳлининг амалларини қилиб юради, ҳатто у билан
+жаннат ўртасида бир зиро масофа қолади. Шунда унинг китобидаги ёзув вақти етиб, у дўзах аҳлининг амалини қилиб қўяди-да, 
+дўзахга кириб кетади. Сизларнинг яна бировингиз дўзах аҳлининг амалларини қилиб юради, ҳатто у билан жаҳаннам ўртасида бир зиро масофа қолади. Шунда унинг китобидаги ёзув ғолиб келиб, у инсон жаннат аҳли амалини қилади-да, жаннатга кириб кетади».</t>
+  </si>
+  <si>
+    <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
+  </si>
+  <si>
+    <t>بيان مراحل خلق الإنسان.
+الإيمان بالقضاء والقدر.
+الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
+التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
+هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
+  </si>
+  <si>
+    <t>Инсоннинг яратилиш босқичлари.
+Қазои қадарга иймон келтириш.
+Барча ишларнинг охири – бошида тақдирига ёзилгандай бўлиб ниҳоясига етади.
+Амалларнинг кўринишига алданиб қолишдан огоҳлантириш, чунки амаллар хотималарига қараб баҳоланади.
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66513</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
+  </si>
+  <si>
+    <t>Ким бизнинг мана бу ишимизда ундан бўлмаган янги нарсани чиқарса, у (иши) рад қилингандир</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>Мўминларнинг онаси Умму Абдуллоҳ Оиша разияллоҳу анҳодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Ким бизнинг мана бу ишимизда ундан бўлмаган янги нарсани чиқарса, у (иши) рад қилингандир», дедилар.</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>Ибодатлар китоб ва суннатда келган нарсалар устига қурилган бўлиб, Аллоҳ таолога Ўзи буюрмаган бидъат ва янгиликлар билан ибодат қилмаймиз.
+Дин ақл ва яхши деб ўйлаш билан эмас, аксинча, Расулуллоҳ соллаллоҳу алайҳи ва салламга эргашиш билан бўлади.
+Бу ҳадис диннинг комил эканига далолат қилади.
+Бидъат - Набий соллаллоҳу алайҳи ва саллам ва саҳобалар даврида бўлмай янги чиққан  ақида, сўз ёки амалдир.
+Бу ҳадис Ислом асосларидан бир асос бўлиб, у амаллар учун тарози кабидир. Ҳудди Аллоҳнинг юзини истаб қилинмаган ишга савоб берилмагани каби Расулуллоҳ соллаллоҳу алайҳи ва саллам олиб келган йўлга тўғри келмаган амалга ҳам ўз соҳибига рад қилинур.
+Ҳадис янги чиққан бидъат ва содир бўлаётган мункар ишларни рад қилишдаги қоидадир.
+Дунё ишларида эмас, аксинча, дин ишларида янгилик пайдо қилишдан қайтарилган.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66514</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>Абу Абдуллоҳ Нуъмон ибн Башир разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва салламни шундай деганларини эшитдим:||«Албатта, ҳалол (нарсалар) аниқ, ҳаром (нарсалар) ҳам аниқ. Бу иккисининг ўртасида шубҳали ишлар борки, уни одамларнинг кўпчилиги билмайди. Ким шубҳа(ли нарса)лардан сақланса, дини ва обрўсини пок тутибди. Ким шубҳа(ли нарса)ларни қилса, ҳаромга кириб қолибди. (Бунинг мисоли) худди қўриқланадиган ер атрофида қўй боқадиган чўпон каби: (қўйлари бир кун келиб) шу ерга кириб кетиши мумкин. Огоҳ бўлинглар: ҳар бир подшоҳнинг ўз қўриқланадиган (биров дахл қила олмайдиган) ери бор. Огоҳ бўлинглар: Аллоҳнинг қўриқланадиган ери У ҳаром қилган нарсалардир. Огоҳ бўлинглар: жасадда бир парча гўшт борки, агар у яхши бўлса, бутун жасад ислоҳ (яроқли) бўлади, агар фосид (бузуқ) бўлса, бутун жасад бузилади. Огоҳ бўлинглар: у қалбдир!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>Абу Абдуллоҳ Нуъмон ибн Башир разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва салламни шундай деганларини эшитдим: «Албатта, ҳалол (нарсалар) аниқ, ҳаром (нарсалар) ҳам аниқ. Бу иккисининг ўртасида шубҳали ишлар борки, уни одамларнинг кўпчилиги билмайди. Ким шубҳа(ли нарса)лардан сақланса, дини ва обрўсини пок тутибди. Ким шубҳа(ли нарса)ларни қилса, ҳаромга кириб қолибди. (Бунинг мисоли) худди қўриқланадиган ер атрофида қўй боқадиган чўпон каби: (қўйлари бир кун келиб) шу ерга кириб кетиши мумкин. Огоҳ бўлинглар: ҳар бир подшоҳнинг ўз қўриқланадиган (биров дахл қила олмайдиган) ери бор. Огоҳ бўлинглар: Аллоҳнинг қўриқланадиган ери У ҳаром қилган нарсалардир. Огоҳ бўлинглар: жасадда бир парча гўшт борки, агар у яхши бўлса, бутун жасад ислоҳ (яроқли) бўлади, агар фосид (бузуқ) бўлса, бутун жасад бузилади. Огоҳ бўлинглар: у қалбдир!»</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>Ҳадис –шубҳалардан сақланишда асосий қоидадир.
+Ҳукми аниқ бўлмаган шубҳали нарсаларни тарк қилишга тарғиб.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>Абу Руқойя Тамим ибн Авс Дорий разияллоҳу анҳудан ривоят қилинади: Набий соллаллоҳу алайҳи ва саллам:||«Дин – насиҳатдир”,– дедилар. Биз: «Кимга (насиҳат)?» – деб сўрадик. «Аллоҳга, Унинг китобига, пайғамбарига, мусулмонларнинг имом-бошлиқларига ва ҳаммасига (ҳамма мусулмонларга)»,– дедилар</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Абу Руқойя Тамим ибн Авс Дорий разияллоҳу анҳудан ривоят қилинади: Набий соллаллоҳу алайҳи ва саллам: «Дин – насиҳатдир”,– дедилар. Биз: «Кимга (насиҳат)?» – деб сўрадик. «Аллоҳга, Унинг китобига, пайғамбарига, мусулмонларнинг имом-бошлиқларига ва ҳаммасига (ҳамма мусулмонларга)»,– дедилар».</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>Пайғамбаримиз соллаллоҳу алайҳи ва саллам амал Аллоҳ таоло фарз қилганидек камчилик ва хиёнатсиз, холис адо этилиши учун динимиз ихлос ва сидққа таянган ҳолда барпо бўлганини хабар бердилар. Саҳобалар: «Насийҳат кимга қилинади?», дедилар. Расулуллоҳ соллаллоҳу алайҳи ва саллам: Биринчи: Аллоҳ таолога насиҳат – Амални фақат У Зот учун холис қилиш, ширкдан сақланиш, Унинг рубубияти ва улуҳиятига, исм ва сифатларига иймон келтириш, амрларини улуғлаш, одамларни У Зотга иймон келтиришга даъват қилиш. Иккинчи: Аллоҳнинг китоби «Қуръон»га насиҳат – Уни Аллоҳнинг каломи ва охирги китоби эканига иймон келтириш, олдинги шариатларни бекор қилувчи эканини тасдиқлаш, улуғлаш, ҳаққоний тиловат қилиш, муҳкам оятларига амал қилиш, муташобиҳларига иймон келтириш, ботил таъвиллардан ҳимоя қилиш, огоҳлантиришларидан ибрат олиш, илмларини тарқатиш ва одамларни унга даъват қилиш. Учинчи: Расулуллоҳ Муҳаммад соллаллоҳу алайҳи ва салламга насиҳат – У зотнинг охирги пайғамбар эканини тасдиқлаш, олиб келган хабарларига иймон келтириш, амрларига итоат этиш, қайтарган нарсаларидан узоқ туриш, Аллоҳга фақат У зот олиб келган шариат билан ибодат қилиш, У зотнинг ҳақларини улуғлаш, У зотни эъзозлаш, даъватларини ёйиш, шариатларини тарқатиш ва У зотдан ботил айблар ва туҳматларни даф қилиш. Тўртинчи: Мусулмонларнинг имомлари ва раҳбарларига насиҳат – Уларни ҳақ йўлда қўллаб-қувватлаш, уларга қарши исён қилмаслик, Аллоҳга итоат ўрнида уларни эшитиш ва итоат қилиш. Бешинчи: Омма мусулмонларга насиҳат – Уларга яхшилик қилиш, ҳақ йўлга даъват этиш, озор беришдан сақланиш, уларга яхшиликни раво кўриб, улар билан биргаликда яхшилик ва тақво йўлида ҳамкорлик қилиш.</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
+  </si>
+  <si>
+    <t>Мен сизларни нимадан қайтарган бўлсам, қайтинглар, нимага буюрган бўлсам, тоқатингиз даражасида адо қилинглар</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
+  </si>
+  <si>
+    <t>Абу Ҳурайра Абдураҳмон ибн Сохр разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва салламнинг шундай деганларини эшитдим: «Мен сизларни нимадан қайтарган бўлсам, қайтинглар, нимага буюрган бўлсам, тоқатингиз даражасида адо қилинглар. Сизлардан аввалги қавмлар пайғамбарларига кўп саволлар ёғдириб, уларга хилоф қилганлари сабабли ҳалок бўлдилар».</t>
+  </si>
+  <si>
+    <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
+ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
+  </si>
+  <si>
+    <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам агар У зот бирор нарсадан қайтарсалар, ундан мутлақо тийилишимиз вожиблигини, бирор амалга буюрсалар, қодир бўлганимизича уни адо этишимиз лозим эканлигини хабар бермоқдалар. Сўнгра бизнинг умматимиз олдинги умматлардек пайғамбарларига кўп савол бериб, буйруқларидан юз ўгирганлардек бўлишдан огоҳлантирдилар. Улар шу сабабли Аллоҳнинг турли азоб ва ҳалокатларига учрадилар. Улар каби ҳалокатга дучор бўлмаслигимиз учун биз уларга ўхшамаслигимиз зарур.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
+النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
+ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
+لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
+كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
+  </si>
+  <si>
+    <t>Ушбу ҳадис  Аллоҳнинг амрларини бажариш ва тақиқларидан тийилишда асосий қоидалардандир.
+Қайтарилган ишларга ҳеч бир ҳолатда рухсат йўқ, уларни мутлақо тарк этиш шарт. Амр қилинган ишлар эса, қодир бўлганимизча адо этилади. Чунки тарк қилиш ҳар кимнинг қўлидан келади, амал қилиш эса, уни бажаришга қувват ва имконият талаб қилади.
+Кўп савол беришдан қайтарилган бўлиб, уламолар саволни икки турга бўлишган:
+Қайтариқ кўпни ҳам, озни ҳам ўз ичига олади. Масалан, рибонинг озидан ҳам, кўпидан ҳам қайтарилгандир.
+Ҳаромга олиб борувчи сабабларни тарк қилиш. Чунки, бу четланиш маъноларидандир.
+Расулуллоҳ саллаллоҳу алайҳи ва салламнинг бир буйруғини эшитган одам "бу мустаҳабми, ёки вожибми?" дейишлиги дуруст эмас. Ваҳоланки, расулуллоҳ соллалоҳу алайҳи ва саллам: "Уни қудратингиз етганича бажаринг!" демоқдалар.
+Кўп савол бериш — ҳалокатга сабаб бўлади, айниқса, инсон ақли етмайдиган масалаларда, ғайб ёки қиёмат кунининг ҳолатлари ҳақида кўп савол бериши. Танаттуъ ва ғулувга кетувчилардан бўлиб қолманг ва ҳалокатга йўлиқмаслик учун кўп савол берманг.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66517</t>
+  </si>
+  <si>
+    <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам айтдилар:||«Эй Одамлар! Аллоҳ покдир ва фақат пок нарсанигина қабул қилади. Албатта, Аллоҳ пайғамбарларга буюрган нарсани мўминларга ҳам амр этди: «Эй Пайғамбарлар, ҳалол-пок таомлардан енглар ва солиҳ амал қилинглар. Мен нима қилаётганганингизни билувчиман». Яна айтганки: «Эй мўминлар, сизларга ризқ қилиб берган покиза нарсалардан енглар». Сўнг Расулуллоҳ
+соллаллоҳу алайҳи ва саллам узоқ сафарга чиққан, сочлари тароқ тегмаганидан патила-патила бўлиб кетган, чанг-тўзон сочининг
+рангини ўзгартириб юборган бир киши ҳақида гапирдилар: «Ҳалиги одам қўлларини кўкка чўзиб: "Ё Рабб! Ё Рабб!" деб дуо қилмоқда. Бироқ унинг егани ҳаром, ичгани ҳаром, кийгани ҳаром ва ўзи ҳаром билан озиқланган. Қандай қилиб унинг дуоси ижобат бўлсин?!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
+  </si>
+  <si>
+    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам айтдилар: «Эй Одамлар! Аллоҳ покдир ва фақат пок нарсанигина қабул қилади. Албатта, Аллоҳ пайғамбарларга буюрган нарсани мўминларга ҳам амр этди: «Эй Пайғамбарлар, ҳалол-пок таомлардан енглар ва солиҳ амал қилинглар. Мен нима қилаётганганингизни билувчиман». Яна айтганки: «Эй мўминлар, сизларга ризқ қилиб берган покиза нарсалардан енглар». Сўнг Расулуллоҳ
+соллаллоҳу алайҳи ва саллам узоқ сафарга чиққан, сочлари тароқ тегмаганидан патила-патила бўлиб кетган, чанг-тўзон сочининг
+рангини ўзгартириб юборган бир киши ҳақида гапирдилар: «Ҳалиги одам қўлларини кўкка чўзиб: "Ё Рабб! Ё Рабб!" деб дуо қилмоқда. Бироқ унинг егани ҳаром, ичгани ҳаром, кийгани ҳаром ва ўзи ҳаром билан озиқланган. Қандай қилиб унинг дуоси ижобат бўлсин?!»</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر.
+ثالثًا: يرفع يديه إلى السماء بالدعاء.
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب!
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصف به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>Аллоҳ таоло Зоти, сифатлари, феъллари ва ҳукмларида комилдир.
+Аллоҳ таолога ихлос ва Пайғамбаримиз соллаллоҳу алайҳи ва салламга эргашиш буюрилган.
+Амалга рағбатлантирувчи воситаларни ишлатиш. Чунки Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Албатта, Аллоҳ мўминларни ҳам пайғамбарларга буюрган нарсаларга буюрди», дедилар. Агар мўмин бу пайғамбарларга буюрилган амаллардан эканини билса, шу ишни бажаришга шижоатланади ва ўзида куч топади.
+Дуо қабул бўлишига тўсқинлик қиладиган нарсалардан бири — ҳаром луқмадир.
+Дуо ижобат бўлишининг бешта сабаби бор:
+1. Узоқ сафар – чунки у инсонда ҳокисорликни пайдо қилади. Бу эса дуо ижобат бўлишининг энг улуғ сабабларидандир.
+Қозий раҳимаҳуллоҳ айтган: «Тоййиб» (пок, яхши) сўзи «хабис» (ифлос, ёмон)нинг зиддидир.
+– У Аллоҳга нисбат берилса, демак: У нуқсонлардан пок, айблардан муназзаҳ демакдир.
+– Агар одамга нисбатан айтилса: у ёмон хулқ ва қабиҳ амаллардан узоқ аксинча уларнинг муқобили – гўзал хулқ ва яхши амаллар билан безанган деганидир.
+– Агар мол-дунё ҳақида айтилса, демак у ҳалол ва мол-дунёнинг энг яхшисидандир».</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66518</t>
+  </si>
+  <si>
+    <t>دع ما يريبك إلى ما لا يريبك</t>
+  </si>
+  <si>
+    <t>Сени шубҳага солган нарсани қўйгин-да, шубҳалантирмайдиган нарсани ол</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
+  </si>
+  <si>
+    <t>Расулуллоҳ соллаллоҳу алайҳи ва салламнинг набиралари ва райҳонлари - Абу Муҳаммад Ҳасан ибн Али ибн Абу Толиб разияллоҳу анҳумодан ривоят : «Мен Расулуллоҳ соллаллоҳу алайҳи ва салламдан
+мана бу сўзларни ёдлаб қолганман: «Сени шубҳага солган нарсани қўйгин-да, шубҳалантирмайдиган нарсани ол».</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
+  </si>
+  <si>
+    <t>Набий соллаллоҳу алайҳи ва саллам ҳалол ёки ҳаромлиги аниқ бўлмаган, шак-шубҳали сўз ва амалларни тарк қилиб, ҳалол ва яхши экани аниқ бўлган ишларни қилишга буюрдилар.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66519</t>
+  </si>
+  <si>
+    <t>Расулуллоҳ соллаллоҳу алайҳи ва салламнинг ходимлари - Абу Ҳамза
+Анас ибн Молик разияллоҳу анҳудан ривоят қилинади: Пайғамбар соллаллоҳу алайҳи ва саллам дедилар:||«Сизлардан биронтангиз ўзи яхши кўрган нарсани биродарига раво кўрмагунича мўмин бўлмайди», — дедилар</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>Расулуллоҳ соллаллоҳу алайҳи ва салламнинг ходимлари - Абу Ҳамза
+Анас ибн Молик разияллоҳу анҳудан ривоят қилинади: Пайғамбар соллаллоҳу алайҳи ва саллам дедилар: «Сизлардан биронтангиз ўзи яхши кўрган нарсани биродарига раво кўрмагунича мўмин бўлмайди», — дедилар.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>Аллоҳ ҳар ишни гўзал бажаришни буюрди</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
+  </si>
+  <si>
+    <t>Абу Яъло Шаддод ибн Авс разияллоҳу анҳу Расулуллоҳ соллаллоҳу алайҳи ва салламдан ривоят қилади: «Аллоҳ ҳар ишни гўзал бажаришни буюрди. Ҳаттоки, ўлдиришни ҳам эҳсон билан адо қилинг. Агар қўй сўйсангиз, гўзал тарзда сўйинг. Агар қатл қилсангиз чиройли тарзда қатл қилинг. (Жонлиқ сўймоқчи бўлган) Бировингиз пичоқни ўткирлаб турсин ва  қурбонлик роҳатда жон берсин!»</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
+فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
+والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
+  </si>
+  <si>
+    <t>رحمة الله عزّ وجل ولطفه بالخلق.
+إحسان القتل والذبح بأن يكون على الوجه المشروع.
+كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
+النهي عن المُثْلة بالإنسان بعد قتله.
+تحريم كل ما فيه تعذيب للحيوان.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66521</t>
+  </si>
+  <si>
+    <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
+  </si>
+  <si>
+    <t>Эй бола! Мен сенга бир неча калималарни ўргатаман: Аллоҳнинг ҳақларини сақлагин - У Зот сени сақлайди. Аллоҳнинг ҳақларини сақла - Уни қаршингда топасан. Агар сўрасанг, Аллоҳдан сўра. Агар кўмак
+тиласанг, Аллоҳдан тила</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
+وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
+  </si>
+  <si>
+    <t>Абу Аббос Абдуллоҳ ибн Аббос разияллоҳу анҳумодан ривоят қилинади: Бир куни
+Набий соллаллоҳу алайҳи ва салламнинг орқаларидан уловларига мингашиб
+кетаётган эдим. Шунда улар менга: «Эй бола! Мен сенга бир неча калималарни ўргатаман: Аллоҳнинг ҳақларини сақлагин - У Зот сени сақлайди. Аллоҳнинг ҳақларини сақла - Уни қаршингда топасан. Агар сўрасанг, Аллоҳдан сўра. Агар кўмак
+тиласанг, Аллоҳдан тила. Билгинки, бутун уммат сенга бир манфаат етказмоқ учун жамлансалар ҳам, фақат, Аллоҳ таоло сен учун ёзиб қўйган манфаатни етказа оладилар. Агар улар сенга бир зарар бермоқ қасдида тўплансалар ҳам, фақат, Аллоҳ сенга ёзиб қўйган зарарнигина бера оладилар. Қаламлар кўтарилган, саҳифалар қуриб бўлган».</t>
+  </si>
+  <si>
+    <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
+احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
+وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
+وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
+ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
+وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
+وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
+  </si>
+  <si>
+    <t>Ибн Аббос разияллоҳу анҳумо хабар берадиларки, у киши ёш болалик пайтларида Расулуллоҳ соллаллоҳу алайҳи ва салламнинг орқаларида уловга миниб кетаётган эдилар. Шунда У зот шундай дедилар: «Мен сенга Аллоҳ таолонинг  фойдаси тегадиган баъзи нарсаларни ўргатаман: Аллоҳнинг буйруқларини бажариш ва қайтарган нарсаларидан қайтиш билан У Зотни ёдингда тут. У Зот сени тоат ибодат қилаётган ҳолда топсин. Гуноҳ ва маъсият устида кўрмасин. Агар сен шундай қилсанг, Аллоҳ сени дунё ва охиратнинг ёмонликларидан асрайди ва қаерга юзлансанг, сени ғалаба ва ёрдам билан қувватлайди». Агар бирор нарсани сўрамоқчи бўлсанг, фақат Аллоҳдан сўра. Чунки ҳақиқий мустажоб қилувчи фақат Унинг Ўзидир. Агар ёрдам истасанг, фақат Аллоҳдан ёрдам сўра. Шунга қатъий ишонгинки, бутун ер юзидаги одамлар сенга манфаат етказиш учун бирлашсалар ҳам, Аллоҳ сен учун ёзиб қўйганидан ўзга нарсани беролмайдилар. Агар ҳаммаси сенга зарар етказишга йиғилсалар ҳам, Аллоҳ тақдир қилганидан ўзга нарсани етказолмайдилар. Чунки Аллоҳ таоло ҳамма нарсани Ўз ҳикмат ва илмига биноан ёзиб қўйган. У ёзган тақдирни ҳеч ким ўзгартира олмайди. Ким Аллоҳнинг амрларини муҳофаза қилиб, ман этганларидан сақланса, Аллоҳ таоло унинг олдида бўлиб, ҳолидан огоҳ бўлади, унга ёрдам ва қувват иноят қилади. Банда тинчлик ва фаровонликда Аллоҳга итоат қилса, Аллоҳ унга қийинчилик ва синов вақтида чиқар йўл бериб, уни халос қилади. Ҳар бир банда Аллоҳ тақдир қилган нарсага – яхши бўлсин, ёмон бўлсин – рози бўлиши лозим. Муаммолар ва офатлар билан юзма-юз келганда эса сабр қилиши керак. Зеро, сабр – нажотнинг калитидир. Қийинчилик авжига чиққанида, албатта, Аллоҳдан енгиллик келади. Ҳар бир машаққатдан кейин Аллоҳ осонлик ва енгилликни ато қилади.</t>
+  </si>
+  <si>
+    <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
+الجزاء من جنس العمل.
+الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
+الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
+من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
+البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
+تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
+  </si>
+  <si>
+    <t>Кичкина болаларга тавхид, одоб ва бошқа дин масалаларини ўргатишнинг аҳамияти.
+Мукофот ёки жазо амалга яраша бўлур.
+Фақат Аллоҳга суяниш ва таваккул қилишга буйруқ.  У қандай ҳам яхши вакил.
+Қазо ва қадарга иймон келтириш ва унга рози бўлиш ҳамда, Аллоҳ барча нарсани тақдирини белгилаб қўйганлиги.
+Ким Аллоҳни амрини зое қилса, Аллоҳ ҳам уни зое қилади, сақламайди.
+Улуғ башорат шундаки: агар инсон қийинчиликка дуч келса, унинг ортидан осонлик ва енгиллик келишини кутсин.
+«Билгинки, нима сени четлаб ўтган
+ бўлса, унинг сенга тегиши (тақдирда) йўқ эди. Сенга етган нарсанинг (тақдири азалда) сени четлаб ўтиши йўқ эди», – деган сўзларни банда унга мусибат етганда ёки яхши кўрганини юқотганда эсласа, тасалли бўлади. Биринчи жумла ёмон кўрган нарсаси содир бўлган вақтда таслия бўлса, иккинчи жумла эса яхши кўрган нарсасидан айрилган вақтда таслия бўлур.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66522</t>
+  </si>
+  <si>
+    <t>Абу Масъуд Уқба ибн Амр Ансорий разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам:||«Одамлар орасида аввалги пайғамбарлардан сақланиб қолган бир гап шуки: «Агар уялмасанг, хоҳлаган ишингни қил!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Абу Масъуд Уқба ибн Амр Ансорий разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Одамлар орасида аввалги пайғамбарлардан сақланиб қолган бир гап шуки: «Агар уялмасанг, хоҳлаган ишингни қил!».</t>
+  </si>
+  <si>
+    <t>Ҳаё яхши хулқларнинг асли.
+Ҳаё анбиёларнинг сифатидан ва улардан бизга мерос.
+Ҳаё мусулмон кишини зийнатловчи амалларга чорлайди ва уни булғайдиган ишлардан қайтаради.
+Нававий раҳимаҳуллоҳ айтадилар: «Бу ердаги амр мубоҳликка далолат қилади. Аллоҳдан ҳам, одамлардан ҳам уялмайдиган иш бўлса, уни бажараверсин. Агар уялтирадиган иш бўлса, қилмасин. Ислом динининг бутун мазмун-моҳияти шу нарса устига қурилган. Яъни, инсон вожиб ва мандуб ишларни тарк қилишдан ҳамда ҳаром ва макруҳ ишларни бажаришдан уялиши лозим. Мубоҳга келсак, уни бажаришдан ёки тарк қилишдан уялиш ўрнига қараб жоиз. Шундай қилиб ҳадис Исломнинг беш ҳукмини ўз ичига олди.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>Абу Амр – Абу Амроҳ ҳам дейилади – Суфён ибн Абдуллоҳ разияллоҳу анҳу айтадилар:||«Ё Расулуллоҳ, менга ислом (ақидаси ва шариатида) шундай бир сўзни айтинг-ки, бошқа ҳеч кимдан сўрамай», – дедим. «Аллоҳга иймон келтирдим деб айт, сўнгра шунинг устида мустақим бўл!», – дедилар</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>Абу Амр – Абу Амроҳ ҳам дейилади – Суфён ибн Абдуллоҳ разияллоҳу анҳу айтадилар: «Ё Расулуллоҳ, менга ислом (ақидаси ва шариатида) шундай бир сўзни айтинг-ки, бошқа ҳеч кимдан сўрамай», – дедим. «Аллоҳга иймон келтирдим деб айт, сўнгра шунинг устида мустақим бўл!», – дедилар.</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66524</t>
+  </si>
+  <si>
+    <t>أرأيت إذا صليت المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
+  </si>
+  <si>
+    <t>Нима дейсиз, агар фарз қилинган (беш вақт) намозларни ўқисам, рамазон (ойи) рўзасини тутсам, ҳалолни ҳалол, ҳаромни ҳаром деб ҳисобласам</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
+  </si>
+  <si>
+    <t>Абу Абдуллоҳ Жобир ибн Абдуллоҳ Ансорий разияллоҳу анҳумодан ривоят қилинади: «Расулуллоҳ соллаллолҳу алайҳи ва салламдан: «Нима дейсиз, агар фарз қилинган (беш вақт) намозларни ўқисам, рамазон (ойи) рўзасини тутсам, ҳалолни ҳалол, ҳаромни ҳаром деб ҳисобласам, жаннатга кираманми?!", - деб сўраган одамга: «Ҳа»,- деб жавоб бердилар.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66525</t>
+  </si>
+  <si>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
+  </si>
+  <si>
+    <t>Покизалик - иймоннинг ярмидир. “Алҳамду лиллаҳ” мезонни тўлдиради. “Субҳаналлоҳ” ва “Алҳамду лиллаҳ” осмонлару ер оралиғини тўлдиришади (ёки тўлдиради)</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
+  </si>
+  <si>
+    <t>Абу Молик Ҳорис ибн Осим Ашъарий разияллоҳу анҳудан ривоят қилинади:  Расулуллоҳ соллаллоҳу алайҳи ва саллам дедилар: «Покизалик - иймоннинг ярмидир. “Алҳамду лиллаҳ” мезонни тўлдиради. “Субҳаналлоҳ” ва “Алҳамду лиллаҳ” осмонлару ер оралиғини тўлдиришади (ёки тўлдиради). Намоз нурдир. Садақа (закот ) далил-ҳужжатдир. Сабр зиёдир! Қуръон сенинг фойдангга ёхуд зарарингга ҳужжатдир. Ҳамма тонг саҳардан ҳаракат қилиб, ўзини (Аллоҳга ёки шайтонга) сотади. Ёки нафсини халос қилади ёки уни ҳалок этади».</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66526</t>
+  </si>
+  <si>
+    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам:||«Инсонлардаги барча бўғинлар учун қуёш чиқадиган ҳар бир кунда садақа мавжуд: Икки киши ўртасида адолат қилишинг – 
+садақа. Бировнинг уловга минишига ёрдам бериб, уни чиқариб қўйишинг ёки нарсасини олиб беришинг – садақа. Яхши сўз – садақа. 
+Йўлдан азиятли нарсани олиб ташлашинг ҳам – садақадир</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Инсонлардаги барча бўғинлар учун қуёш чиқадиган ҳар бир кунда садақа мавжуд: Икки киши ўртасида адолат қилишинг – 
+садақа. Бировнинг уловга минишига ёрдам бериб, уни чиқариб қўйишинг ёки нарсасини олиб беришинг – садақа. Яхши сўз – садақа. 
+Йўлдан азиятли нарсани олиб ташлашинг ҳам – садақадир».</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66527</t>
+  </si>
+  <si>
+    <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>Сизларга Аллоҳ азза ва жалладан қўрқишни васият қиламан. Агар бир қул устингизга бошчи бўлса ҳам, унга қулоқ тутинг, итоат этинг. Ҳали сизлардан (узоқроқ) яшаганларингиз кўп ихтилофларни кўради. Бас, менинг суннатимга ва ҳидоят қилинган, тўғри йўлдаги халифаларнинг суннатига эргашингиз</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
+  </si>
+  <si>
+    <t>Ирбоз ибн Сория разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ саллаллоҳу алайҳи ва саллам бизга маъруза қилдилар. Бундан қалблар қўрқувга тушди, кўзлар ёшга тўлди. Шунда биз: «Ё Расулуллоҳ! Бу бамисоли видолашаётган кишининг маърузасидек бўлди. Энди насиҳат қилинг!» дедик. «Сизларга Аллоҳ азза ва жалладан қўрқишни васият қиламан. Агар бир қул устингизга бошчи бўлса ҳам, унга қулоқ тутинг, итоат этинг. Ҳали сизлардан (узоқроқ) яшаганларингиз кўп ихтилофларни кўради. Бас, менинг суннатимга ва ҳидоят қилинган, тўғри йўлдаги халифаларнинг суннатига эргашингиз! Уни озиқ тишларингиз билан (маҳкам) тишлаб олинглар. Янги пайдо бўлган ишлардан эҳтиёт бўлинглар. Зеро, ҳар бир бидъат залолатдир», – дедилар.</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66529</t>
+  </si>
+  <si>
+    <t>لقد سألت عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>Сен улкан нарса ҳақида сўрадинг. Бироқ у Аллоҳ таоло осон қилган кишига осондир</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللهُ عَنْهُ قَالَ: قُلْت يَا رَسُولَ اللَّهِ! أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدْنِي مِنْ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَ عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ: تَعْبُدُ اللَّهَ لَا تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلَاةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ، ثُمَّ قَالَ: أَلَا أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ، الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الْخَطِيئَةَ كَمَا يُطْفِئُ المَاءُ النَّارَ، وَصَلَاةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ، ثُمَّ تَلَا: {تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ} حَتَّى {بَلَغَ يَعْمَلُونَ}، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِرَأْسِ الأَمْرِ وَعَمُودِهِ وَذِرْوَةِ سَنَامِهِ، فَقُلْتُ: بَلَى يَا رَسُولَ اللَّهِ، قَالَ: رَأْسُ الأَمْرِ الإِسْلَامُ، وَعَمُودُهُ الصَّلَاةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِمِلَاكِ ذَلِكَ كُلِّهِ، فقُلْت: بَلَى يَا رَسُولَ اللَّه! فَأَخَذَ بِلِسَانِهِ وَقَالَ: كُفَّ عَلَيْك هَذَا، قُلْت: يَا نَبِيَّ اللَّهِ! وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ، فَقَالَ: ثَكِلَتْكَ أُمُّكَ وَهَلْ يَكُبُّ النَّاسَ عَلَى وُجُوهِهِمْ أَوْ قَالَ عَلَى مَنَاخِرِهِمْ إلَّا حَصَائِدُ أَلسِنَتِهِمْ»!</t>
+  </si>
+  <si>
+    <t>Муоз ибн Жабал разияллоҳу анҳудан ривоят қилинади: Мен Набий соллаллоҳу алайҳи ва салламга: 
+«Ё Расулуллоҳ, менга шундай бир амални айтингки, у мени жаннатга киритиб, дўзахдан узоқлаштирсин», – дедим. «Сен улкан нарса ҳақида сўрадинг. Бироқ у Аллоҳ таоло осон қилган кишига осондир: 
+Аллоҳга бирон-бир нарсани шерик этмасдан ибодат қил. Намозни тўкис адо эт , закот бер, Рамазон рўзасини тут ва Байтуллоҳга ҳаж
+қил!» Сўнг дедилар: «Сенга яхшилик эшикларини кўрсатайинми?! Рўза қалқондир. 
+Садақа бамисоли сув ўтни ўчирганидек гуноҳларни ўчиради. Кишининг
+тунда ўқиган намози ҳам (яхшилик эшикларидандир)».  Сўнг Расулуллоҳ соллаллоҳу алайҳи ва саллам қуйидаги оят ни тиловат қилдилар: «Уларнинг ёнбошлари ўрин-жойларидан йироқ бўлур (яъни, 
+тунларини ибодат билан ўтказиб, оз ухлайдилар). Улар Раббиларига қўрқув ва умидворлик билан дуо-илтижо қилурлар ва Биз уларга ризқ қилиб берган нарсалардан инфоқ-эҳсон қилурлар. Бас уларнинг қилиб ўтган амалларига мукофот қилиб, улар учун беркитиб қўйилган кўзлар қувончини бирон жон била олмас».
+Сўнг дедилар: «Сенга ишнинг боши, устуни ва чўққиси ҳақида хабар берайми?!»
+«Ҳа, ё Расулуллоҳ!» – дедим мен. 
+«Ишнинг боши Ислом, устуни намоз ва чўққиси жиҳоддир!» 
+Сўнгра яна шундай дедилар: «Сенга мана шуларнинг ҳаммасининг ўзаги ҳақида хабар берайми?!». «Ҳа, ё Расулуллоҳ!» - деб жавоб бердим. Набий соллаллоҳу алайҳи ва
+саллам тилларини ушлаб, дедилар: «Мана бунингни тийгин!»
+— Эй Аллоҳнинг Пайғамбари, нима, биз гапирган гапларимизга ҳам
+жавобгар бўламизми?!
+— Сени йўқлаб онанг йиғласин, ахир одамларни юзлари билан (ёки
+“бурунлари билан” дедилар) дўзахга қулатадиган нарса тилларининг
+самараси эмасми?!.</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
+الأول: تعبد الله وحده ولا تشرك به شيئًا.
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس.
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل:
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟
+قال معاذ رضي الله عنه: بلى يا رسول الله.
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله.
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟!
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66530</t>
+  </si>
+  <si>
+    <t>لا ضرر ولا ضرار</t>
+  </si>
+  <si>
+    <t>Исломда зарар бериш ҳам, зарарга ошиғи билан жавоб бериш ҳам йўқдир</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
+  </si>
+  <si>
+    <t>Абу Саид Саъд ибн Молик ибн Синон Ал-Худрий разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам дедилар: «Исломда зарар бериш ҳам, зарарга ошиғи билан жавоб бериш ҳам йўқдир».</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
+ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
+  </si>
+  <si>
+    <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда зарарнинг барча тури ва унинг барча кўринишини инсон ўзидан ва бошқалардан даф қилиши керак эканини баён қилмоқдалар. Киши ўзига зарар бериши мумкин бўлмагани каби бошқаларга ҳам зарар бермаслиги лозим. Ёмонликка ёмонлик билан жавоб қайтариш жоиз эмас. Чунки, ёмонлик, ёмонлик билан даф қилинмайди. Фақатгина (шариат асосида) қасос олиш бундан мустаснодир.</t>
+  </si>
+  <si>
+    <t>النهي عن المجازاة بأكثر من المِثْل.
+لم يأمر اللهُ عبادَه بشيء يضرُّهم.
+الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
+من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
+  </si>
+  <si>
+    <t>Жазо бераётганда керагидан ортиқ жазо беришдан қайтариш.
+Аллох бандаларини, уларга зиён бўладиган ишга буюрмаган.
+Бу ҳадис зарар бериш ҳаромлиги бўйича қоидадир. Зарар – сўз, феъл ва тарк билан бўлади.
+Шариатнинг қоидаларидан:  «Зарар йўқ қилиниши керак». Шариат зарарни ўз ҳолича ташлаб қўймайди, балки уни бартараф этишга ундайди.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66531</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>Ибн Аббос разияллоҳу анҳумодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам:||«Агар одамларнинг даъволарига асосланиб сўраган нарсалари берилаверса, (айрим) кимсалар қавмнинг моли ва қонини даъво қилиб чиққан бўлардилар. Бироқ даъво қилувчи далил келтириши, инкор этувчи қасам ичиши шарт», – дедилар</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>Ибн Аббос разияллоҳу анҳумодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Агар одамларнинг даъволарига асосланиб сўраган нарсалари берилаверса, (айрим) кимсалар қавмнинг моли ва қонини даъво қилиб чиққан бўлардилар. Бироқ даъво қилувчи далил келтириши, инкор этувчи қасам ичиши шарт», – дедилар.</t>
+  </si>
+  <si>
+    <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66532</t>
+  </si>
+  <si>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك</t>
+  </si>
+  <si>
+    <t>Аллоҳ таоло яхшиликларни ҳам, ёмонликларни ҳам ёзди, сўнгра уни баён қилиб берди</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ تَبَارَكَ وَتَعَالَى، قَالَ: «إنَّ اللهَ كَتَبَ الحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إلَى سَبْعِمِائَةِ ضِعْفٍ إلَى أَضْعَافٍ كَثِيرَةٍ، وَإِنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ سَيِّئَةً وَاحِدَةً».</t>
+  </si>
+  <si>
+    <t>Абдуллоҳ ибн Аббос разияллоҳу анҳумодан ривоят: Расулуллоҳ соллаллоҳу
+алайҳи ва саллам Раббилари Аллоҳ таборака ва таолодан ривоят қилиб дедилар: «Аллоҳ таоло яхшиликларни ҳам, ёмонликларни ҳам ёзди, сўнгра уни баён қилиб берди: ким бир яхшиликни кўнглига
+тугса-ю, уни қилмаса, Аллоҳ таоло Ўз ҳузурида уни комил яхшилик сифатида ёзиб қўяди. Агар бир яхшиликни кўнглига тугиб, уни амалга ҳам оширса, Аллоҳ таоло уни ўз ҳузурида ўн ҳасанотдан етти юз баробаргача – беҳад зиёдалар билан ёзиб қўяди. Агар банда бир ёмонликни кўнглига тугса-ю, уни қилмаса, Аллоҳ таоло ўз ҳузурида уни
+комил яхшилик сифатида ёзиб қўяди. Агар бир ёмонликни кўнглига тугиб, уни амалга оширса, Аллоҳ таоло уни битта ёмонлик сифатида ёзиб қўяди».</t>
+  </si>
+  <si>
+    <t>Аллоҳ таолонинг бу умматга бўлган улуғ фазли, яхши ишларга бир неча баробар кўп савоб ёзилиши ва ёмон ишларга бир неча баробар кўп гуноҳ ёзилмаслиги.
+Амал қилаётганда ниятнинг аҳамияти ва таъсири.
+Ким бир яхши ишни қилишни мақсад қилса-ю, лекин қила олмаса, Аллоҳ унга битта ҳасанот ёзади. Бу эса Аллоҳнинг лутфи ва эҳсонига далолат қилади.
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم في صحيحيهما بهذه الحروف</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم في صحيحيهما بهذه الحروف]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66533</t>
+  </si>
+  <si>
+    <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>Аллоҳ таоло айтади: Кимда-ким Менинг дўстим билан адоватлашса, Мен унга уруш эълон қиламан. Бандам Мен унинг зиммасига фарз этган амаллардан кўра суюклироқ нарса билан Менга
+қурбат-яқинлик ҳосил қилмаган</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
+  </si>
+  <si>
+    <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам айтадилар: «Аллоҳ таоло айтади: Кимда-ким Менинг дўстим билан адоватлашса, Мен унга уруш эълон қиламан. Бандам Мен унинг зиммасига фарз этган амаллардан кўра суюклироқ нарса билан Менга
+қурбат-яқинлик ҳосил қилмаган. Бандам Менга нафл ибодатлар билан тобора яқинлашаверганидан, ҳатто уни яхши кўриб қоламан. Агар уни яхши кўрсам, Мен унинг эшитадиган қулоғи, кўрадиган кўзи, 
+ушлайдиган қўли ва юрадиган оёғи бўламан. Агар Мендан сўраса, албатта, унга бераман. Агар Мендан паноҳ тиласа, албатта, уни
+паноҳимга оламан».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
+  </si>
+  <si>
+    <t>Пайғамбаримиз соллаллоҳу алайҳи ва саллам ҳадиси қудсийда хабар берганларки, Аллоҳ таоло марҳамат қилиб айтди: «Ким Менинг бир валий (дўст) бандамга озор берса, уни хафа қилса ёки ундан нафратланса, унга қарши уруш эълон қилдим». Валий – мўмин ва тақводор киши. Банда қай даражада иймон ва тақвога эга бўлса, унинг Аллоҳ наздидаги валийлик мақоми ҳам шу даражада бўлади. Аллоҳ таолога энг маҳбуб бўлган амал — У зот фарз қилиб буюрган ибодатлардир. Банда фарзларни адо этиш ва ҳаромлардан тийилиш билан Аллоҳга яқинлашади. Кейин эса фарзлар билан бирга нафл ибодатларни ҳам бажариш орқали Аллоҳнинг муҳаббатига сазовор бўлади. Аллоҳ таоло уни севиб қолса, уни қуйидагиларда муваффақиятли қилади: Қулоғини тўғри йўлга солиб қўяди — Аллоҳ рози бўлган нарсаларнигина эшитади. Кўзини тўғри йўлга солиб қўяди — Аллоҳ яхши кўрган ва рози бўлган нарсаларгагина қарайди. Қўлини тўғрилаб қўяди — қўли билан фақат Аллоҳ рози бўлган амалларни қилади. Оёғини тўғри йўлга солади — оёғи билан фақат Аллоҳ рози бўладиган хайрли йўлларга юради. Шунингдек, агар у Аллоҳдан ниманидир сўраса, Аллоҳ унга беради. Агар ҳимоя ва паноҳ истаса, Аллоҳ таоло унга паноҳ беради ва уни ҳимоя қилади.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66534</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى يكون هواه تبعا لما جئت به</t>
+  </si>
+  <si>
+    <t>Кимнинг ҳавои нафси мен олиб келган нарсага эргашмагунча иймонли бўлмайди</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُحَمَّدٍ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى يَكُونَ هَوَاهُ تَبَعًا لِمَا جِئْتُ بِهِ».</t>
+  </si>
+  <si>
+    <t>Абу Муҳаммад Абдуллоҳ ибн Амр ибн Ос разияллоҳу анҳумодан ривоят қилинади: 
+Расулуллоҳ соллаллоҳу алайҳи ва саллам дедилар: «Кимнинг ҳавои нафси мен олиб келган нарсага эргашмагунча иймонли бўлмайди».</t>
+  </si>
+  <si>
+    <t>بين النبي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أن الإنسان لا يكونا مؤمنًا كامل الإيمان الواجب حتى تكون محبته تابعة لما جاء به الرسول صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ من الأوامر والنواهي وغيرها، فيحب ما أمر به، ويكْرَهُ ما نَهَى عنه.</t>
+  </si>
+  <si>
+    <t>Набий саллаллоҳу алайҳи ва саллам баён қилдиларки, банда Аллоҳ ҳузурида тўлиқ иймон соҳиблари қаторида бўлиши учун унинг муҳаббати Расулуллоҳ саллаллоҳу алайҳи ва саллам келтирган барча амру наҳийларга тобе бўлиши лозим. Яъни, У зот буюрган нарсани яхши кўриши, қайтарган нарсадан эса нафратланиши лозим.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في التسليم للشرع والانقياد له.
+تحذير الإنسان من أن من يحكم العقل أو العادة ويقدمه على ما جاء به الرسول صلى الله عليه وسلم، ففاعل ذلك قد نُفي الإيمان عنه.
+وجوب تحكيم الشريعة في كل شيء، لقوله: «لِمَا جِئتُ به».
+أن الإيمان يزيد بالطاعة وينقص بالمعصية.</t>
+  </si>
+  <si>
+    <t>Бу ҳадис – шариатга тўлиқ таслим бўлиш ва унга итоат қилиш қоидасидир.
+Инсон ақл ёки урфни Расулуллоҳ саллаллоҳу алайҳи ва саллам олиб келган шариатдан устун қўйишидан қаттиқ огоҳлантирилмоқда. Ким шундай қилса, иймонидан маҳрум бўлади.
+Ҳар бир ишда шариатни ҳукмдор қилиш вожибдир. Чунки «Мен олиб келган нарсага» деган жумлада шу маъно бор.
+Иймон тоат-ибодат орқали зиёда бўлади, гуноҳ ва осийлик орқали эса нуқсонга учрайди.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث صحيح</t>
+  </si>
+  <si>
+    <t>رويناه في كتاب الحجة بإسناد صحيح</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث صحيح]</t>
+  </si>
+  <si>
+    <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66535</t>
+  </si>
+  <si>
+    <t>كل مسكر حرام</t>
+  </si>
+  <si>
+    <t>Ҳар бир маст қилувчи нарса ҳаромдир</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
+وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
+وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>Абу Бурда отаси Абу Мусо разияллоҳу анҳудан ривоят қилади: Набий соллаллоҳу алайҳи ва саллам У кишини Яманга юбориб, у ерда ясаладиган ичимликлар ҳақида сўрадилар. Абу Мусо: «Битъ ва Мизр», – дедилар.  Абу Бурдага: «Битъ нима?» – дейилди. «Асал набизи (виноси). Мизр эса, арпа набизи», – деди.
+Шунда Расулуллоҳ: «Ҳар бир маст қилувчи ичимлик ҳаром», – дедилар.</t>
+  </si>
+  <si>
+    <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
+فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
+فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
+  </si>
+  <si>
+    <t>Абу Мусо Ашъарий разияллоҳу анҳудан ривоят қилинади: «Набий соллаллоҳу алайҳи ва саллам у кишини Яманга юбораётганларида у ерда тайёрланадиган ичимликлар ҳақида у ҳаромми дея сўралдилар, шунда набий соллалоҳу алайҳи ва саллам у ичимликлар ҳақида батафсил сўрадилар». Абу Мусо разияллоҳу анҳу: «Улар – Битъ – асал набизи (виноси) ва Мизр – арпа набизи», – дедилар. Шунда пурмаъно сўзлар ато этилган зот Набий соллаллоҳу алайҳи ва саллам: «Ҳар бир маст қилувчи нарса ҳаром», – дедилар.</t>
+  </si>
+  <si>
+    <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
+الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
+أهمية السؤال عن ما يحتاج إليه المسلم.
+كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
+أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
+  </si>
+  <si>
+    <t>Набиз – сувга хурмо, асал, арпа ёки шу каби нарсалар солиниб, сув улардан мазза ва ширинлик оладиган ичимликдир. Аммо вақт ўтиши билан у ачишни бошлаб, маст қилувчи ҳолатга айланиши мумкин.
+Бу ҳадис барча маст қилувчи ичимликларни,  масалан, май, банг ва шунга ўхшаш ҳар қандай нарсани ҳаромлигини баён қилувчи қоидадир.
+Мусулмон киши эҳтиёж сезган нарсасини сўраб, билиб олиши қанчалик муҳим эканига ишора қилинмоқда.
+Баъзи муҳожир саҳобалар маст ҳолатларида намоз ўқийдилар ва қироатда адашиб, аралаштириб юборадилар. Шунда қуйидаги оят нозил бўлиб, фақат намоз вақтида маст қилувчи ичимлик ичиш ҳаром қилинади. Аллоҳ таоло айтади: «Эй иймон келтирганлар! Маст ҳолингизда – то айтаётган гапингизни биладиган бўлмагунингизча, намозга яқинлашманг», [Нисо: 43]. Сўнгра Аллоҳ таоло қуйидаги сўзи билан маст қилувчи ичимликларни бутунлай ҳаром қилади: «Эй иймон келтирганлар! Албатта, хамр, қимор, бутлар ва (фол очадиган) чўплар ифлосдир. Шайтоннинг ишидир. Бас, ундан четда бўлинг. Шоядки, нажот топсангиз. Албатта, шайтон хамр ва қимор туфайли ораларингизга адоват ва ёмон кўришликни солишни ҳамда сизларни Аллоҳнинг зикридан ва намоздан тўсишни хоҳлайди. Энди тўхтарсизлар?!» 
+[Моида: 90-91].
+Аллоҳ таоло майни унда мавжуд катта зарарлар ва улкан фасодлари сабабли ҳаром қилган.
+(Ичимлик бобида) Бирор нарсани ҳаром қилишдаги асосий мезон – унда маст қилувчи сифатнинг мавжудлигидир. Агар набиз маст қилувчи хусусиятга эга бўлса – ҳаромдир, агар маст қилувчи бўлмаса – мубоҳ ҳисобланади.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66536</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
+  </si>
+  <si>
+    <t>Абдуллоҳ ибн Амр разияллоҳу анҳумодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам:||«Тўрт нарса борки, мана шулар кимда бўлса, мунофиқ бўлибди. Кимда булардан бирортаси бўлса, уни ташламагунича унда мунофиқликнинг бир хислати бор бўлади: сўзласа ёлғон сўзлайди; аҳдлашса хиёнат қилади; ваъда берса хилоф қилади; тортишса фожирлик қилади», – дедилар</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
+  </si>
+  <si>
+    <t>Абдуллоҳ ибн Амр разияллоҳу анҳумодан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Тўрт нарса борки, мана шулар кимда бўлса, мунофиқ бўлибди. Кимда булардан бирортаси бўлса, уни ташламагунича унда мунофиқликнинг бир хислати бор бўлади: сўзласа ёлғон сўзлайди; аҳдлашса хиёнат қилади; ваъда берса хилоф қилади; тортишса фожирлик қилади», – дедилар.</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>Мунофиқнинг баъзи белгиларини баён қилишдан мақсад — мусулмонларни у сифатлардан қайтариш ва уларни бажариб қўйишдан огоҳлантиришдир.
+Ҳадисдан кўзда тутилган маъно шуки: бу хислатлар — мунофиқлик хислатларидир. Уларнинг эгаси мунофиқларга ўхшайди ва уларнинг ахлоқи билан ахлоқланади. Лекин бу у Исломни кўрсатиб, ичида куфрни яширган мунофиқ кабидир дегани эмас. Лекин баъзилар: «Бу гап ана шу хислатлар унга ғолиб келиб, уларни оддий санаб, аҳамият бермай қўйган одам ҳақида айтилган. Чунки шундай киши, одатда, эътиқоди бузуқ мнофиқ бўлади», – деганлар.
+Ғаззолий раҳимаҳуллоҳ айтади: «Диёнатнинг асоси учта нарсага чекланган: сўз, амал ва ният. Ҳадисда ёлғон билан сўзнинг бузуқлигига ишора қилинди, хиёнат билан амалнинг бузуқлигига ишора қилинди, ваъдада турмаслик билан ниятнинг бузуқлигига ишора қилинди. Чунки ваъдани бузиш — агар ваъда берган вақтда нияти бузуқ бўлса, мунофиқликка киради. Лекин агар у ваъда берган пайтда бажаришга қатъий ният қилган бўлиб, кейин қандайдир тўсиқ чиқса ёки унга бошқа фикр келиб қолса, бу ҳолат мунофиқлик шаклига кирмайди».
+Нифоқ икки хил бўлади:
+1. Эътиқодий мунофиқлик — бунда одам Исломни кўрсатиб, ичида куфрни яширади. Бу уни иймондан чиқаради.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66537</t>
+  </si>
+  <si>
+    <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
+  </si>
+  <si>
+    <t>Агар Аллоҳга ҳақиқий таваккал қилсангиз, У сизларни эрталаб уясидан оч-наҳор учиб чиқиб, кечки пайт қорни тўйиб қайтган қушни ризқлантиргани каби ризқлантирур», – дедилар</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
+  </si>
+  <si>
+    <t>Умар ибн Хаттоб разияллоҳу анҳудан ривоят қилинади: Набий соллаллоҳу алайҳи ва саллам: «Агар Аллоҳга ҳақиқий таваккал қилсангиз, У сизларни эрталаб уясидан оч-наҳор учиб чиқиб, кечки пайт қорни тўйиб қайтган қушни ризқлантиргани каби ризқлантирур», – дедилар.</t>
+  </si>
+  <si>
+    <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66538</t>
+  </si>
+  <si>
+    <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>Яхшилик – чиройли хулқдир. Гуноҳ –
+кўнглинг хотиржам бўлмаган ва одамлар билиб қолишини истамайдиган ишингдир</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
+وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
+  </si>
+  <si>
+    <t>Наввос ибн Самъон разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Яхшилик – чиройли хулқдир. Гуноҳ –
+кўнглинг хотиржам бўлмаган ва одамлар билиб қолишини истамайдиган ишингдир», – дедилар.</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
+وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
+  </si>
+  <si>
+    <t>Расулуллоҳ соллаллоҳу алайҳи ва саллам яхшилик ва ёмонлик ҳақида хабар бердилар. У зот айтдиларки: энг улуғ яхшилик – Аллоҳ билан бўлган муносабатда тақводор бўлиш, бандалар билан эса озорларига сабр қилиш, кам ғазабланиш, очиқ юзли бўлиш, ширин сўзлаш, қариндошлик ришталарини боғлаш, итоат ва лутф кўрсатиш, яхшилик қилиш, яхши муомалада бўлишдир. Яхшилик шундай амалки, у қалб ва нафсга ором бериб, хотиржамлик бахш этади. Гуноҳ эса – нафсда шубҳа уйғотиб, қалб хотиржам қабул қила олмайдиган, инсонда у қилмиш гуноҳ бўлиши мумкин деган хавотир туғдирадиган амалдир. Бундай нарсани инсон ўзидан улуғ ва комил кишилар кўриб қолишидан уялади. Чунки нафс табиатан одамлар унинг яхшиликларини кўришини истайди, аммо агар ишини одамлар кўришини истамаса, демак у ишда яхшилик йўқ, аксинча, ёмонликдир. Агар одамлар сенга бу ҳақда фатво берсалар ҳам, қалбингда шубҳа ва иккиланиш қолса, у фатвога эргашма, чунки ҳақиқий шубҳа мавжуд экан, нотўғри фатво уни йўқота олмайди. Аммо агар фатво Қуръон ва суннат далили асосида берилган бўлса, унга қайтиш вожибдир. Гарчи сенинг қалбингда ёқимсизлик сезилса ҳам.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
+  </si>
+  <si>
+    <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66540</t>
+  </si>
+  <si>
+    <t>Шунда: «Тилинг Аллоҳнинг зикри билан намланишдан тўхтамасин</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
+وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>Абдуллоҳ ибн Буср разияллоҳу анҳудан ривоят қилинади: Набий соллаллоҳу алайҳи ва салламга бир киши келиб: «Ё Расулуллоҳ! Ислом аҳкомлари кўпайиб кетди. Барча нарсаларни ўзига жамлаган боб ҳақида менга хабар беринг», – деди. Шунда: «Тилинг Аллоҳнинг зикри билан намланишдан тўхтамасин», – дедилар.</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -13777,51 +14944,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O361"/>
+  <dimension ref="A1:O396"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -18680,12066 +19847,13723 @@
       </c>
       <c r="I105" t="s">
         <v>978</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
         <v>25</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>27</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>4243</v>
+        <v>4216</v>
       </c>
       <c r="B106" t="s">
         <v>980</v>
       </c>
       <c r="C106" t="s">
         <v>981</v>
       </c>
       <c r="D106" t="s">
         <v>982</v>
       </c>
       <c r="E106" t="s">
         <v>983</v>
       </c>
       <c r="F106" t="s">
         <v>984</v>
       </c>
       <c r="G106" t="s">
         <v>985</v>
       </c>
       <c r="H106" t="s">
         <v>986</v>
       </c>
       <c r="I106" t="s">
         <v>987</v>
       </c>
       <c r="J106" t="s">
-        <v>24</v>
+        <v>988</v>
       </c>
       <c r="K106" t="s">
-        <v>25</v>
+        <v>989</v>
       </c>
       <c r="L106" t="s">
-        <v>26</v>
+        <v>990</v>
       </c>
       <c r="M106" t="s">
-        <v>27</v>
+        <v>991</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>4295</v>
+        <v>4243</v>
       </c>
       <c r="B107" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="C107" t="s">
-        <v>990</v>
+        <v>994</v>
       </c>
       <c r="D107" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="E107" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="F107" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="G107" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="H107" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="I107" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>4303</v>
+        <v>4295</v>
       </c>
       <c r="B108" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="C108" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="D108" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="E108" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
       <c r="F108" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="G108" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="H108" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="I108" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="J108" t="s">
-        <v>511</v>
+        <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>1006</v>
+        <v>25</v>
       </c>
       <c r="L108" t="s">
-        <v>513</v>
+        <v>26</v>
       </c>
       <c r="M108" t="s">
-        <v>1007</v>
+        <v>27</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>4304</v>
+        <v>4303</v>
       </c>
       <c r="B109" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="C109" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="D109" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="E109" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="F109" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="G109" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="H109" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="I109" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="J109" t="s">
-        <v>24</v>
+        <v>511</v>
       </c>
       <c r="K109" t="s">
-        <v>25</v>
+        <v>1019</v>
       </c>
       <c r="L109" t="s">
-        <v>26</v>
+        <v>513</v>
       </c>
       <c r="M109" t="s">
-        <v>27</v>
+        <v>1020</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>4308</v>
+        <v>4304</v>
       </c>
       <c r="B110" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="C110" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="D110" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="E110" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="F110" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="G110" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="H110" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="I110" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>4309</v>
+        <v>4307</v>
       </c>
       <c r="B111" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="C111" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="D111" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="E111" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="F111" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="G111" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="H111" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="I111" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="J111" t="s">
-        <v>24</v>
+        <v>988</v>
       </c>
       <c r="K111" t="s">
-        <v>112</v>
+        <v>1039</v>
       </c>
       <c r="L111" t="s">
-        <v>26</v>
+        <v>990</v>
       </c>
       <c r="M111" t="s">
-        <v>113</v>
+        <v>1040</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>4314</v>
+        <v>4308</v>
       </c>
       <c r="B112" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="C112" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
       <c r="D112" t="s">
-        <v>1038</v>
+        <v>1044</v>
       </c>
       <c r="E112" t="s">
-        <v>1039</v>
+        <v>1045</v>
       </c>
       <c r="F112" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="G112" t="s">
-        <v>1041</v>
+        <v>1047</v>
       </c>
       <c r="H112" t="s">
-        <v>1042</v>
+        <v>1048</v>
       </c>
       <c r="I112" t="s">
-        <v>1043</v>
+        <v>1049</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1044</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>4316</v>
+        <v>4309</v>
       </c>
       <c r="B113" t="s">
-        <v>1045</v>
+        <v>1051</v>
       </c>
       <c r="C113" t="s">
-        <v>1046</v>
+        <v>1052</v>
       </c>
       <c r="D113" t="s">
-        <v>1047</v>
+        <v>1053</v>
       </c>
       <c r="E113" t="s">
-        <v>1048</v>
+        <v>1054</v>
       </c>
       <c r="F113" t="s">
-        <v>1049</v>
+        <v>1055</v>
       </c>
       <c r="G113" t="s">
-        <v>1050</v>
+        <v>1056</v>
       </c>
       <c r="H113" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="I113" t="s">
-        <v>1052</v>
+        <v>1058</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
         <v>112</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
         <v>113</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1053</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>4319</v>
+        <v>4311</v>
       </c>
       <c r="B114" t="s">
-        <v>1054</v>
+        <v>1060</v>
       </c>
       <c r="C114" t="s">
-        <v>1055</v>
+        <v>1061</v>
       </c>
       <c r="D114" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
       <c r="E114" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="F114" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="G114" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="H114" t="s">
-        <v>1060</v>
+        <v>1066</v>
       </c>
       <c r="I114" t="s">
-        <v>1061</v>
+        <v>1067</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1062</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>4322</v>
+        <v>4314</v>
       </c>
       <c r="B115" t="s">
-        <v>1063</v>
+        <v>1069</v>
       </c>
       <c r="C115" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="D115" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="E115" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
       <c r="F115" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="G115" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="H115" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="I115" t="s">
-        <v>1070</v>
+        <v>1076</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
         <v>25</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>27</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1071</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>4555</v>
+        <v>4316</v>
       </c>
       <c r="B116" t="s">
-        <v>1072</v>
+        <v>1078</v>
       </c>
       <c r="C116" t="s">
-        <v>1073</v>
+        <v>1079</v>
       </c>
       <c r="D116" t="s">
-        <v>1074</v>
+        <v>1080</v>
       </c>
       <c r="E116" t="s">
-        <v>1075</v>
+        <v>1081</v>
       </c>
       <c r="F116" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="G116" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="H116" t="s">
-        <v>1078</v>
+        <v>1084</v>
       </c>
       <c r="I116" t="s">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
         <v>112</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
         <v>113</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1080</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>4556</v>
+        <v>4319</v>
       </c>
       <c r="B117" t="s">
-        <v>1081</v>
+        <v>1087</v>
       </c>
       <c r="C117" t="s">
-        <v>1082</v>
+        <v>1088</v>
       </c>
       <c r="D117" t="s">
-        <v>1083</v>
+        <v>1089</v>
       </c>
       <c r="E117" t="s">
-        <v>1084</v>
+        <v>1090</v>
       </c>
       <c r="F117" t="s">
-        <v>1085</v>
+        <v>1091</v>
       </c>
       <c r="G117" t="s">
-        <v>1086</v>
+        <v>1092</v>
       </c>
       <c r="H117" t="s">
-        <v>1087</v>
+        <v>1093</v>
       </c>
       <c r="I117" t="s">
-        <v>1088</v>
+        <v>1094</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1089</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>4558</v>
+        <v>4322</v>
       </c>
       <c r="B118" t="s">
-        <v>1090</v>
+        <v>1096</v>
       </c>
       <c r="C118" t="s">
-        <v>1091</v>
+        <v>1097</v>
       </c>
       <c r="D118" t="s">
-        <v>1092</v>
+        <v>1098</v>
       </c>
       <c r="E118" t="s">
-        <v>1093</v>
+        <v>1099</v>
       </c>
       <c r="F118" t="s">
-        <v>1094</v>
+        <v>1100</v>
       </c>
       <c r="G118" t="s">
-        <v>1095</v>
+        <v>1101</v>
       </c>
       <c r="H118" t="s">
-        <v>1096</v>
+        <v>1102</v>
       </c>
       <c r="I118" t="s">
-        <v>1097</v>
+        <v>1103</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1098</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>4559</v>
+        <v>4555</v>
       </c>
       <c r="B119" t="s">
-        <v>1099</v>
+        <v>1105</v>
       </c>
       <c r="C119" t="s">
-        <v>1100</v>
+        <v>1106</v>
       </c>
       <c r="D119" t="s">
-        <v>1101</v>
+        <v>1107</v>
       </c>
       <c r="E119" t="s">
-        <v>1102</v>
+        <v>1108</v>
       </c>
       <c r="F119" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="G119" t="s">
-        <v>1104</v>
+        <v>1110</v>
       </c>
       <c r="H119" t="s">
-        <v>1105</v>
+        <v>1111</v>
       </c>
       <c r="I119" t="s">
-        <v>1106</v>
+        <v>1112</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1107</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>4560</v>
+        <v>4556</v>
       </c>
       <c r="B120" t="s">
-        <v>1108</v>
+        <v>1114</v>
       </c>
       <c r="C120" t="s">
-        <v>1109</v>
+        <v>1115</v>
       </c>
       <c r="D120" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="E120" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="F120" t="s">
-        <v>1112</v>
+        <v>1118</v>
       </c>
       <c r="G120" t="s">
-        <v>1113</v>
+        <v>1119</v>
       </c>
       <c r="H120" t="s">
-        <v>1114</v>
+        <v>1120</v>
       </c>
       <c r="I120" t="s">
-        <v>1115</v>
+        <v>1121</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
         <v>25</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
         <v>27</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1116</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>4563</v>
+        <v>4558</v>
       </c>
       <c r="B121" t="s">
-        <v>1117</v>
+        <v>1123</v>
       </c>
       <c r="C121" t="s">
-        <v>1118</v>
+        <v>1124</v>
       </c>
       <c r="D121" t="s">
-        <v>1119</v>
+        <v>1125</v>
       </c>
       <c r="E121" t="s">
-        <v>1120</v>
+        <v>1126</v>
       </c>
       <c r="F121" t="s">
-        <v>1121</v>
+        <v>1127</v>
       </c>
       <c r="G121" t="s">
-        <v>1122</v>
+        <v>1128</v>
       </c>
       <c r="H121" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="I121" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
         <v>112</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
         <v>113</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1125</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>4564</v>
+        <v>4559</v>
       </c>
       <c r="B122" t="s">
-        <v>1126</v>
+        <v>1132</v>
       </c>
       <c r="C122" t="s">
-        <v>1127</v>
+        <v>1133</v>
       </c>
       <c r="D122" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
       <c r="E122" t="s">
-        <v>1129</v>
+        <v>1135</v>
       </c>
       <c r="F122" t="s">
-        <v>1130</v>
+        <v>1136</v>
       </c>
       <c r="G122" t="s">
-        <v>1131</v>
+        <v>1137</v>
       </c>
       <c r="H122" t="s">
-        <v>1132</v>
+        <v>1138</v>
       </c>
       <c r="I122" t="s">
-        <v>1133</v>
+        <v>1139</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>1134</v>
+        <v>47</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
+      <c r="M122" t="s">
+        <v>48</v>
+      </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1135</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>4566</v>
+        <v>4560</v>
       </c>
       <c r="B123" t="s">
-        <v>1136</v>
+        <v>1141</v>
       </c>
       <c r="C123" t="s">
-        <v>1137</v>
+        <v>1142</v>
       </c>
       <c r="D123" t="s">
-        <v>1138</v>
+        <v>1143</v>
       </c>
       <c r="E123" t="s">
-        <v>1139</v>
+        <v>1144</v>
       </c>
       <c r="F123" t="s">
-        <v>1140</v>
+        <v>1145</v>
       </c>
       <c r="G123" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="H123" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="I123" t="s">
-        <v>1143</v>
+        <v>1148</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
         <v>25</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
         <v>27</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>4568</v>
+        <v>4563</v>
       </c>
       <c r="B124" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="C124" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="D124" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="E124" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="F124" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="G124" t="s">
-        <v>1150</v>
+        <v>1155</v>
       </c>
       <c r="H124" t="s">
-        <v>1151</v>
+        <v>1156</v>
       </c>
       <c r="I124" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>4704</v>
+        <v>4564</v>
       </c>
       <c r="B125" t="s">
-        <v>1154</v>
+        <v>1159</v>
       </c>
       <c r="C125" t="s">
-        <v>1155</v>
+        <v>1160</v>
       </c>
       <c r="D125" t="s">
-        <v>1156</v>
+        <v>1161</v>
       </c>
       <c r="E125" t="s">
-        <v>1157</v>
+        <v>1162</v>
       </c>
       <c r="F125" t="s">
-        <v>1158</v>
+        <v>1163</v>
       </c>
       <c r="G125" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="H125" t="s">
-        <v>1160</v>
+        <v>1165</v>
       </c>
       <c r="I125" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
-        <v>47</v>
+        <v>1167</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
-        <v>48</v>
+        <v>1168</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1162</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>4706</v>
+        <v>4566</v>
       </c>
       <c r="B126" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
       <c r="C126" t="s">
-        <v>1164</v>
+        <v>1171</v>
       </c>
       <c r="D126" t="s">
-        <v>1165</v>
+        <v>1172</v>
       </c>
       <c r="E126" t="s">
-        <v>1166</v>
+        <v>1173</v>
       </c>
       <c r="F126" t="s">
-        <v>1167</v>
+        <v>1174</v>
       </c>
       <c r="G126" t="s">
-        <v>1168</v>
+        <v>1175</v>
       </c>
       <c r="H126" t="s">
-        <v>1169</v>
+        <v>1176</v>
       </c>
       <c r="I126" t="s">
-        <v>1170</v>
+        <v>1177</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1171</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>4709</v>
+        <v>4568</v>
       </c>
       <c r="B127" t="s">
-        <v>1172</v>
+        <v>1179</v>
       </c>
       <c r="C127" t="s">
-        <v>1173</v>
+        <v>1180</v>
       </c>
       <c r="D127" t="s">
-        <v>1174</v>
+        <v>1181</v>
       </c>
       <c r="E127" t="s">
-        <v>1175</v>
+        <v>1182</v>
       </c>
       <c r="F127" t="s">
-        <v>1176</v>
+        <v>1183</v>
       </c>
       <c r="G127" t="s">
-        <v>1177</v>
+        <v>1184</v>
       </c>
       <c r="H127" t="s">
-        <v>1178</v>
+        <v>1185</v>
       </c>
       <c r="I127" t="s">
-        <v>1179</v>
+        <v>1186</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1180</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>4711</v>
+        <v>4704</v>
       </c>
       <c r="B128" t="s">
-        <v>1181</v>
+        <v>1188</v>
       </c>
       <c r="C128" t="s">
-        <v>1182</v>
+        <v>1189</v>
       </c>
       <c r="D128" t="s">
-        <v>1183</v>
+        <v>1190</v>
       </c>
       <c r="E128" t="s">
-        <v>1184</v>
+        <v>1191</v>
       </c>
       <c r="F128" t="s">
-        <v>1185</v>
+        <v>1192</v>
       </c>
       <c r="G128" t="s">
-        <v>1186</v>
+        <v>1193</v>
       </c>
       <c r="H128" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="I128" t="s">
-        <v>1188</v>
+        <v>1195</v>
       </c>
       <c r="J128" t="s">
-        <v>1189</v>
+        <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>1190</v>
+        <v>47</v>
       </c>
       <c r="L128" t="s">
-        <v>1191</v>
+        <v>26</v>
       </c>
       <c r="M128" t="s">
-        <v>1192</v>
+        <v>48</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>4716</v>
+        <v>4706</v>
       </c>
       <c r="B129" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="C129" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="D129" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="E129" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="F129" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="G129" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="H129" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="I129" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>1006</v>
+        <v>112</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
-        <v>1007</v>
+        <v>113</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>4717</v>
+        <v>4709</v>
       </c>
       <c r="B130" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="C130" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="D130" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="E130" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="F130" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="G130" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="H130" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="I130" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>4721</v>
+        <v>4711</v>
       </c>
       <c r="B131" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="C131" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="D131" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="E131" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="F131" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="G131" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="H131" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="I131" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="J131" t="s">
-        <v>24</v>
+        <v>1223</v>
       </c>
       <c r="K131" t="s">
-        <v>1006</v>
+        <v>1224</v>
       </c>
       <c r="L131" t="s">
-        <v>26</v>
+        <v>1225</v>
       </c>
       <c r="M131" t="s">
-        <v>1007</v>
+        <v>1226</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1220</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>4722</v>
+        <v>4716</v>
       </c>
       <c r="B132" t="s">
-        <v>1221</v>
+        <v>1228</v>
       </c>
       <c r="C132" t="s">
-        <v>1222</v>
+        <v>1229</v>
       </c>
       <c r="D132" t="s">
-        <v>1223</v>
+        <v>1230</v>
       </c>
       <c r="E132" t="s">
-        <v>1224</v>
+        <v>1231</v>
       </c>
       <c r="F132" t="s">
-        <v>1225</v>
+        <v>1232</v>
       </c>
       <c r="G132" t="s">
-        <v>1226</v>
+        <v>1233</v>
       </c>
       <c r="H132" t="s">
-        <v>1227</v>
+        <v>1234</v>
       </c>
       <c r="I132" t="s">
-        <v>1228</v>
+        <v>1235</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>1229</v>
+        <v>1019</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
+      <c r="M132" t="s">
+        <v>1020</v>
+      </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1230</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>4792</v>
+        <v>4717</v>
       </c>
       <c r="B133" t="s">
-        <v>1231</v>
+        <v>1237</v>
       </c>
       <c r="C133" t="s">
-        <v>1232</v>
+        <v>1238</v>
       </c>
       <c r="D133" t="s">
-        <v>1233</v>
+        <v>1239</v>
       </c>
       <c r="E133" t="s">
-        <v>1234</v>
+        <v>1240</v>
       </c>
       <c r="F133" t="s">
-        <v>1235</v>
+        <v>1241</v>
       </c>
       <c r="G133" t="s">
-        <v>1236</v>
+        <v>1242</v>
       </c>
       <c r="H133" t="s">
-        <v>1237</v>
+        <v>1243</v>
       </c>
       <c r="I133" t="s">
-        <v>1238</v>
+        <v>1244</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
         <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1239</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>4801</v>
+        <v>4721</v>
       </c>
       <c r="B134" t="s">
-        <v>1240</v>
+        <v>1246</v>
       </c>
       <c r="C134" t="s">
-        <v>1241</v>
+        <v>1247</v>
       </c>
       <c r="D134" t="s">
-        <v>1242</v>
+        <v>1248</v>
       </c>
       <c r="E134" t="s">
-        <v>1243</v>
+        <v>1249</v>
       </c>
       <c r="F134" t="s">
-        <v>1244</v>
+        <v>1250</v>
       </c>
       <c r="G134" t="s">
-        <v>1245</v>
+        <v>1251</v>
       </c>
       <c r="H134" t="s">
-        <v>1246</v>
+        <v>1252</v>
       </c>
       <c r="I134" t="s">
-        <v>1247</v>
+        <v>1253</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>112</v>
+        <v>1019</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
-        <v>113</v>
+        <v>1020</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1248</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>4810</v>
+        <v>4722</v>
       </c>
       <c r="B135" t="s">
-        <v>1249</v>
+        <v>1255</v>
       </c>
       <c r="C135" t="s">
-        <v>1250</v>
+        <v>1256</v>
       </c>
       <c r="D135" t="s">
-        <v>1251</v>
+        <v>1257</v>
       </c>
       <c r="E135" t="s">
-        <v>1252</v>
+        <v>1258</v>
       </c>
       <c r="F135" t="s">
-        <v>1253</v>
+        <v>1259</v>
       </c>
       <c r="G135" t="s">
-        <v>1254</v>
+        <v>1260</v>
       </c>
       <c r="H135" t="s">
-        <v>1255</v>
+        <v>1261</v>
       </c>
       <c r="I135" t="s">
-        <v>1256</v>
+        <v>1262</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>112</v>
+        <v>1263</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
-        <v>113</v>
+        <v>1264</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1257</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>4811</v>
+        <v>4723</v>
       </c>
       <c r="B136" t="s">
-        <v>1258</v>
+        <v>1266</v>
       </c>
       <c r="C136" t="s">
-        <v>1259</v>
+        <v>1267</v>
       </c>
       <c r="D136" t="s">
-        <v>1260</v>
+        <v>1268</v>
       </c>
       <c r="E136" t="s">
-        <v>1261</v>
+        <v>1269</v>
       </c>
       <c r="F136" t="s">
-        <v>1262</v>
+        <v>1270</v>
       </c>
       <c r="G136" t="s">
-        <v>1263</v>
+        <v>1271</v>
       </c>
       <c r="H136" t="s">
-        <v>1264</v>
+        <v>1272</v>
       </c>
       <c r="I136" t="s">
-        <v>1265</v>
+        <v>1273</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>1266</v>
+        <v>1274</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
-        <v>1267</v>
+        <v>1275</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1268</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>4817</v>
+        <v>4792</v>
       </c>
       <c r="B137" t="s">
-        <v>1269</v>
+        <v>1277</v>
       </c>
       <c r="C137" t="s">
-        <v>1270</v>
+        <v>1278</v>
       </c>
       <c r="D137" t="s">
-        <v>1271</v>
+        <v>1279</v>
       </c>
       <c r="E137" t="s">
-        <v>1272</v>
+        <v>1280</v>
       </c>
       <c r="F137" t="s">
-        <v>1273</v>
+        <v>1281</v>
       </c>
       <c r="G137" t="s">
-        <v>1274</v>
+        <v>1282</v>
       </c>
       <c r="H137" t="s">
-        <v>1275</v>
+        <v>1283</v>
       </c>
       <c r="I137" t="s">
-        <v>1276</v>
+        <v>1284</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
         <v>25</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>27</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1277</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>4935</v>
+        <v>4801</v>
       </c>
       <c r="B138" t="s">
-        <v>1278</v>
+        <v>1286</v>
       </c>
       <c r="C138" t="s">
-        <v>1279</v>
+        <v>1287</v>
       </c>
       <c r="D138" t="s">
-        <v>1280</v>
+        <v>1288</v>
       </c>
       <c r="E138" t="s">
-        <v>1281</v>
+        <v>1289</v>
       </c>
       <c r="F138" t="s">
-        <v>1282</v>
+        <v>1290</v>
       </c>
       <c r="G138" t="s">
-        <v>1283</v>
+        <v>1291</v>
       </c>
       <c r="H138" t="s">
-        <v>1284</v>
+        <v>1292</v>
       </c>
       <c r="I138" t="s">
-        <v>1285</v>
+        <v>1293</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
         <v>112</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
         <v>113</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1286</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>4947</v>
+        <v>4810</v>
       </c>
       <c r="B139" t="s">
-        <v>1287</v>
+        <v>1295</v>
       </c>
       <c r="C139" t="s">
-        <v>1288</v>
+        <v>1296</v>
       </c>
       <c r="D139" t="s">
-        <v>1289</v>
+        <v>1297</v>
       </c>
       <c r="E139" t="s">
-        <v>1290</v>
+        <v>1298</v>
       </c>
       <c r="F139" t="s">
-        <v>1291</v>
+        <v>1299</v>
       </c>
       <c r="G139" t="s">
-        <v>1292</v>
+        <v>1300</v>
       </c>
       <c r="H139" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
       <c r="I139" t="s">
-        <v>1294</v>
+        <v>1302</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1295</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>4950</v>
+        <v>4811</v>
       </c>
       <c r="B140" t="s">
-        <v>1296</v>
+        <v>1304</v>
       </c>
       <c r="C140" t="s">
-        <v>1297</v>
+        <v>1305</v>
       </c>
       <c r="D140" t="s">
-        <v>1298</v>
+        <v>1306</v>
       </c>
       <c r="E140" t="s">
-        <v>1299</v>
+        <v>1307</v>
       </c>
       <c r="F140" t="s">
-        <v>1300</v>
+        <v>1308</v>
       </c>
       <c r="G140" t="s">
-        <v>1301</v>
+        <v>1309</v>
       </c>
       <c r="H140" t="s">
-        <v>1302</v>
+        <v>1310</v>
       </c>
       <c r="I140" t="s">
-        <v>1303</v>
+        <v>1311</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>1266</v>
+        <v>1312</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>1267</v>
+        <v>1313</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1304</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>4965</v>
+        <v>4817</v>
       </c>
       <c r="B141" t="s">
-        <v>1305</v>
+        <v>1315</v>
       </c>
       <c r="C141" t="s">
-        <v>1306</v>
+        <v>1316</v>
       </c>
       <c r="D141" t="s">
-        <v>1307</v>
+        <v>1317</v>
       </c>
       <c r="E141" t="s">
-        <v>1308</v>
+        <v>1318</v>
       </c>
       <c r="F141" t="s">
-        <v>1309</v>
+        <v>1319</v>
       </c>
       <c r="G141" t="s">
-        <v>1310</v>
+        <v>1320</v>
       </c>
       <c r="H141" t="s">
-        <v>1311</v>
+        <v>1321</v>
       </c>
       <c r="I141" t="s">
-        <v>1312</v>
+        <v>1322</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
         <v>25</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
         <v>27</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1313</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>4968</v>
+        <v>4935</v>
       </c>
       <c r="B142" t="s">
-        <v>1314</v>
+        <v>1324</v>
       </c>
       <c r="C142" t="s">
-        <v>1315</v>
+        <v>1325</v>
       </c>
       <c r="D142" t="s">
-        <v>1316</v>
+        <v>1326</v>
       </c>
       <c r="E142" t="s">
-        <v>1317</v>
+        <v>1327</v>
       </c>
       <c r="F142" t="s">
-        <v>1318</v>
+        <v>1328</v>
       </c>
       <c r="G142" t="s">
-        <v>1319</v>
+        <v>1329</v>
       </c>
       <c r="H142" t="s">
-        <v>1320</v>
+        <v>1330</v>
       </c>
       <c r="I142" t="s">
-        <v>1321</v>
+        <v>1331</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1322</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>4969</v>
+        <v>4947</v>
       </c>
       <c r="B143" t="s">
-        <v>1323</v>
+        <v>1333</v>
       </c>
       <c r="C143" t="s">
-        <v>1324</v>
+        <v>1334</v>
       </c>
       <c r="D143" t="s">
-        <v>1325</v>
+        <v>1335</v>
       </c>
       <c r="E143" t="s">
-        <v>1326</v>
+        <v>1336</v>
       </c>
       <c r="F143" t="s">
-        <v>1327</v>
+        <v>1337</v>
       </c>
       <c r="G143" t="s">
-        <v>1328</v>
+        <v>1338</v>
       </c>
       <c r="H143" t="s">
-        <v>1329</v>
+        <v>1339</v>
       </c>
       <c r="I143" t="s">
-        <v>1330</v>
+        <v>1340</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1331</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>5272</v>
+        <v>4950</v>
       </c>
       <c r="B144" t="s">
-        <v>1332</v>
+        <v>1342</v>
       </c>
       <c r="C144" t="s">
-        <v>1333</v>
+        <v>1343</v>
       </c>
       <c r="D144" t="s">
-        <v>1334</v>
+        <v>1344</v>
       </c>
       <c r="E144" t="s">
-        <v>1335</v>
+        <v>1345</v>
       </c>
       <c r="F144" t="s">
-        <v>1336</v>
+        <v>1346</v>
       </c>
       <c r="G144" t="s">
-        <v>1337</v>
+        <v>1347</v>
       </c>
       <c r="H144" t="s">
-        <v>1338</v>
+        <v>1348</v>
       </c>
       <c r="I144" t="s">
-        <v>1339</v>
+        <v>1349</v>
       </c>
       <c r="J144" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>499</v>
+        <v>1312</v>
       </c>
       <c r="L144" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>501</v>
+        <v>1313</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1340</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>5273</v>
+        <v>4965</v>
       </c>
       <c r="B145" t="s">
-        <v>1341</v>
+        <v>1351</v>
       </c>
       <c r="C145" t="s">
-        <v>1342</v>
+        <v>1352</v>
       </c>
       <c r="D145" t="s">
-        <v>1343</v>
+        <v>1353</v>
       </c>
       <c r="E145" t="s">
-        <v>1344</v>
+        <v>1354</v>
       </c>
       <c r="F145" t="s">
-        <v>1345</v>
+        <v>1355</v>
       </c>
       <c r="G145" t="s">
-        <v>1346</v>
+        <v>1356</v>
       </c>
       <c r="H145" t="s">
-        <v>1347</v>
+        <v>1357</v>
       </c>
       <c r="I145" t="s">
-        <v>1348</v>
+        <v>1358</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>1349</v>
+        <v>25</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
-        <v>1350</v>
+        <v>27</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1351</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>5326</v>
+        <v>4968</v>
       </c>
       <c r="B146" t="s">
-        <v>1352</v>
+        <v>1360</v>
       </c>
       <c r="C146" t="s">
-        <v>1353</v>
+        <v>1361</v>
       </c>
       <c r="D146" t="s">
-        <v>1354</v>
+        <v>1362</v>
       </c>
       <c r="E146" t="s">
-        <v>1355</v>
+        <v>1363</v>
       </c>
       <c r="F146" t="s">
-        <v>1356</v>
+        <v>1364</v>
       </c>
       <c r="G146" t="s">
-        <v>1357</v>
+        <v>1365</v>
       </c>
       <c r="H146" t="s">
-        <v>1358</v>
+        <v>1366</v>
       </c>
       <c r="I146" t="s">
-        <v>1359</v>
+        <v>1367</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1360</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>5330</v>
+        <v>4969</v>
       </c>
       <c r="B147" t="s">
-        <v>1361</v>
+        <v>1369</v>
       </c>
       <c r="C147" t="s">
-        <v>1362</v>
+        <v>1370</v>
       </c>
       <c r="D147" t="s">
-        <v>1363</v>
+        <v>1371</v>
       </c>
       <c r="E147" t="s">
-        <v>1364</v>
+        <v>1372</v>
       </c>
       <c r="F147" t="s">
-        <v>1365</v>
+        <v>1373</v>
       </c>
       <c r="G147" t="s">
-        <v>1366</v>
+        <v>1374</v>
       </c>
       <c r="H147" t="s">
-        <v>1367</v>
+        <v>1375</v>
       </c>
       <c r="I147" t="s">
-        <v>1368</v>
+        <v>1376</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1369</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>5331</v>
+        <v>5272</v>
       </c>
       <c r="B148" t="s">
-        <v>1370</v>
+        <v>1378</v>
       </c>
       <c r="C148" t="s">
-        <v>1371</v>
+        <v>1379</v>
       </c>
       <c r="D148" t="s">
-        <v>1372</v>
+        <v>1380</v>
       </c>
       <c r="E148" t="s">
-        <v>1373</v>
+        <v>1381</v>
       </c>
       <c r="F148" t="s">
-        <v>1374</v>
+        <v>1382</v>
       </c>
       <c r="G148" t="s">
-        <v>1375</v>
+        <v>1383</v>
       </c>
       <c r="H148" t="s">
-        <v>1376</v>
+        <v>1384</v>
       </c>
       <c r="I148" t="s">
-        <v>1377</v>
+        <v>1385</v>
       </c>
       <c r="J148" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K148" t="s">
-        <v>47</v>
+        <v>499</v>
       </c>
       <c r="L148" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M148" t="s">
-        <v>48</v>
+        <v>501</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1378</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>5332</v>
+        <v>5273</v>
       </c>
       <c r="B149" t="s">
-        <v>1379</v>
+        <v>1387</v>
       </c>
       <c r="C149" t="s">
-        <v>1380</v>
+        <v>1388</v>
       </c>
       <c r="D149" t="s">
-        <v>1381</v>
+        <v>1389</v>
       </c>
       <c r="E149" t="s">
-        <v>1382</v>
+        <v>1390</v>
       </c>
       <c r="F149" t="s">
-        <v>1383</v>
+        <v>1391</v>
       </c>
       <c r="G149" t="s">
-        <v>1384</v>
+        <v>1392</v>
       </c>
       <c r="H149" t="s">
-        <v>1385</v>
+        <v>1393</v>
       </c>
       <c r="I149" t="s">
-        <v>1386</v>
+        <v>1394</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>25</v>
+        <v>1395</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
-        <v>27</v>
+        <v>1396</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1387</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>5335</v>
+        <v>5326</v>
       </c>
       <c r="B150" t="s">
-        <v>1388</v>
+        <v>1398</v>
       </c>
       <c r="C150" t="s">
-        <v>1389</v>
+        <v>1399</v>
       </c>
       <c r="D150" t="s">
-        <v>1390</v>
+        <v>1400</v>
       </c>
       <c r="E150" t="s">
-        <v>1391</v>
+        <v>1401</v>
       </c>
       <c r="F150" t="s">
-        <v>1392</v>
+        <v>1402</v>
       </c>
       <c r="G150" t="s">
-        <v>1393</v>
+        <v>1403</v>
       </c>
       <c r="H150" t="s">
-        <v>1394</v>
+        <v>1404</v>
       </c>
       <c r="I150" t="s">
-        <v>1395</v>
+        <v>1405</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1396</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>5346</v>
+        <v>5330</v>
       </c>
       <c r="B151" t="s">
-        <v>1397</v>
+        <v>1407</v>
       </c>
       <c r="C151" t="s">
-        <v>1398</v>
+        <v>1408</v>
       </c>
       <c r="D151" t="s">
-        <v>1399</v>
+        <v>1409</v>
       </c>
       <c r="E151" t="s">
-        <v>1400</v>
+        <v>1410</v>
       </c>
       <c r="F151" t="s">
-        <v>1401</v>
+        <v>1411</v>
       </c>
       <c r="G151" t="s">
-        <v>1402</v>
+        <v>1412</v>
       </c>
       <c r="H151" t="s">
-        <v>1403</v>
+        <v>1413</v>
       </c>
       <c r="I151" t="s">
-        <v>1404</v>
+        <v>1414</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>1405</v>
+        <v>112</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
-        <v>1406</v>
+        <v>113</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1407</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>5348</v>
+        <v>5331</v>
       </c>
       <c r="B152" t="s">
-        <v>1408</v>
+        <v>1416</v>
       </c>
       <c r="C152" t="s">
-        <v>1409</v>
+        <v>1417</v>
       </c>
       <c r="D152" t="s">
-        <v>1410</v>
+        <v>1418</v>
       </c>
       <c r="E152" t="s">
-        <v>1411</v>
+        <v>1419</v>
       </c>
       <c r="F152" t="s">
-        <v>1412</v>
+        <v>1420</v>
       </c>
       <c r="G152" t="s">
-        <v>1413</v>
+        <v>1421</v>
       </c>
       <c r="H152" t="s">
-        <v>1414</v>
+        <v>1422</v>
       </c>
       <c r="I152" t="s">
-        <v>1415</v>
+        <v>1423</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1416</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>5351</v>
+        <v>5332</v>
       </c>
       <c r="B153" t="s">
-        <v>1417</v>
+        <v>1425</v>
       </c>
       <c r="C153" t="s">
-        <v>1418</v>
+        <v>1426</v>
       </c>
       <c r="D153" t="s">
-        <v>1419</v>
+        <v>1427</v>
       </c>
       <c r="E153" t="s">
-        <v>1420</v>
+        <v>1428</v>
       </c>
       <c r="F153" t="s">
-        <v>1421</v>
+        <v>1429</v>
       </c>
       <c r="G153" t="s">
-        <v>1422</v>
+        <v>1430</v>
       </c>
       <c r="H153" t="s">
-        <v>1423</v>
+        <v>1431</v>
       </c>
       <c r="I153" t="s">
-        <v>1424</v>
+        <v>1432</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
         <v>25</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
         <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>5353</v>
+        <v>5335</v>
       </c>
       <c r="B154" t="s">
-        <v>1426</v>
+        <v>1434</v>
       </c>
       <c r="C154" t="s">
-        <v>1427</v>
+        <v>1435</v>
       </c>
       <c r="D154" t="s">
-        <v>1428</v>
+        <v>1436</v>
       </c>
       <c r="E154" t="s">
-        <v>1429</v>
+        <v>1437</v>
       </c>
       <c r="F154" t="s">
-        <v>1430</v>
+        <v>1438</v>
       </c>
       <c r="G154" t="s">
-        <v>1431</v>
+        <v>1439</v>
       </c>
       <c r="H154" t="s">
-        <v>1432</v>
+        <v>1440</v>
       </c>
       <c r="I154" t="s">
-        <v>1433</v>
+        <v>1441</v>
       </c>
       <c r="J154" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>618</v>
+        <v>25</v>
       </c>
       <c r="L154" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>619</v>
+        <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1434</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>5354</v>
+        <v>5346</v>
       </c>
       <c r="B155" t="s">
-        <v>1435</v>
+        <v>1443</v>
       </c>
       <c r="C155" t="s">
-        <v>1436</v>
+        <v>1444</v>
       </c>
       <c r="D155" t="s">
-        <v>1437</v>
+        <v>1445</v>
       </c>
       <c r="E155" t="s">
-        <v>1438</v>
+        <v>1446</v>
       </c>
       <c r="F155" t="s">
-        <v>1439</v>
+        <v>1447</v>
       </c>
       <c r="G155" t="s">
-        <v>1440</v>
+        <v>1448</v>
       </c>
       <c r="H155" t="s">
-        <v>1441</v>
+        <v>1449</v>
       </c>
       <c r="I155" t="s">
-        <v>1442</v>
+        <v>1450</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>112</v>
+        <v>1451</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
-        <v>113</v>
+        <v>1452</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1443</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>5359</v>
+        <v>5348</v>
       </c>
       <c r="B156" t="s">
-        <v>1444</v>
+        <v>1454</v>
       </c>
       <c r="C156" t="s">
-        <v>1445</v>
+        <v>1455</v>
       </c>
       <c r="D156" t="s">
-        <v>1446</v>
+        <v>1456</v>
       </c>
       <c r="E156" t="s">
-        <v>1447</v>
+        <v>1457</v>
       </c>
       <c r="F156" t="s">
-        <v>1448</v>
+        <v>1458</v>
       </c>
       <c r="G156" t="s">
-        <v>1449</v>
+        <v>1459</v>
       </c>
       <c r="H156" t="s">
-        <v>1450</v>
+        <v>1460</v>
       </c>
       <c r="I156" t="s">
-        <v>1451</v>
+        <v>1461</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1452</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>5364</v>
+        <v>5351</v>
       </c>
       <c r="B157" t="s">
-        <v>1453</v>
+        <v>1463</v>
       </c>
       <c r="C157" t="s">
-        <v>1454</v>
+        <v>1464</v>
       </c>
       <c r="D157" t="s">
-        <v>1455</v>
+        <v>1465</v>
       </c>
       <c r="E157" t="s">
-        <v>1456</v>
+        <v>1466</v>
       </c>
       <c r="F157" t="s">
-        <v>1457</v>
+        <v>1467</v>
       </c>
       <c r="G157" t="s">
-        <v>1458</v>
+        <v>1468</v>
       </c>
       <c r="H157" t="s">
-        <v>1459</v>
+        <v>1469</v>
       </c>
       <c r="I157" t="s">
-        <v>1460</v>
+        <v>1470</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1461</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>5365</v>
+        <v>5353</v>
       </c>
       <c r="B158" t="s">
-        <v>1462</v>
+        <v>1472</v>
       </c>
       <c r="C158" t="s">
-        <v>1463</v>
+        <v>1473</v>
       </c>
       <c r="D158" t="s">
-        <v>1464</v>
+        <v>1474</v>
       </c>
       <c r="E158" t="s">
-        <v>1465</v>
+        <v>1475</v>
       </c>
       <c r="F158" t="s">
-        <v>1466</v>
+        <v>1476</v>
       </c>
       <c r="G158" t="s">
-        <v>1467</v>
+        <v>1477</v>
       </c>
       <c r="H158" t="s">
-        <v>1468</v>
+        <v>1478</v>
       </c>
       <c r="I158" t="s">
-        <v>1469</v>
+        <v>1479</v>
       </c>
       <c r="J158" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K158" t="s">
-        <v>25</v>
+        <v>618</v>
       </c>
       <c r="L158" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M158" t="s">
-        <v>27</v>
+        <v>619</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1470</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>5367</v>
+        <v>5354</v>
       </c>
       <c r="B159" t="s">
-        <v>1471</v>
+        <v>1481</v>
       </c>
       <c r="C159" t="s">
-        <v>1472</v>
+        <v>1482</v>
       </c>
       <c r="D159" t="s">
-        <v>1473</v>
+        <v>1483</v>
       </c>
       <c r="E159" t="s">
-        <v>1474</v>
+        <v>1484</v>
       </c>
       <c r="F159" t="s">
-        <v>1475</v>
+        <v>1485</v>
       </c>
       <c r="G159" t="s">
-        <v>1476</v>
+        <v>1486</v>
       </c>
       <c r="H159" t="s">
-        <v>1477</v>
+        <v>1487</v>
       </c>
       <c r="I159" t="s">
-        <v>1478</v>
+        <v>1488</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1479</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>5368</v>
+        <v>5359</v>
       </c>
       <c r="B160" t="s">
-        <v>1480</v>
+        <v>1490</v>
       </c>
       <c r="C160" t="s">
-        <v>1481</v>
+        <v>1491</v>
       </c>
       <c r="D160" t="s">
-        <v>1482</v>
+        <v>1492</v>
       </c>
       <c r="E160" t="s">
-        <v>1483</v>
+        <v>1493</v>
       </c>
       <c r="F160" t="s">
-        <v>1484</v>
+        <v>1494</v>
       </c>
       <c r="G160" t="s">
-        <v>1485</v>
+        <v>1495</v>
       </c>
       <c r="H160" t="s">
-        <v>1486</v>
+        <v>1496</v>
       </c>
       <c r="I160" t="s">
-        <v>1487</v>
+        <v>1497</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
         <v>25</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
         <v>27</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1488</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>5371</v>
+        <v>5364</v>
       </c>
       <c r="B161" t="s">
-        <v>1489</v>
+        <v>1499</v>
       </c>
       <c r="C161" t="s">
-        <v>1490</v>
+        <v>1500</v>
       </c>
       <c r="D161" t="s">
-        <v>1491</v>
+        <v>1501</v>
       </c>
       <c r="E161" t="s">
-        <v>1492</v>
+        <v>1502</v>
       </c>
       <c r="F161" t="s">
-        <v>1493</v>
+        <v>1503</v>
       </c>
       <c r="G161" t="s">
-        <v>1494</v>
+        <v>1504</v>
       </c>
       <c r="H161" t="s">
-        <v>1495</v>
+        <v>1505</v>
       </c>
       <c r="I161" t="s">
-        <v>1496</v>
+        <v>1506</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>1497</v>
+        <v>47</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>1498</v>
+        <v>48</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1499</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>5372</v>
+        <v>5365</v>
       </c>
       <c r="B162" t="s">
-        <v>1500</v>
+        <v>1508</v>
       </c>
       <c r="C162" t="s">
-        <v>1501</v>
+        <v>1509</v>
       </c>
       <c r="D162" t="s">
-        <v>1502</v>
+        <v>1510</v>
       </c>
       <c r="E162" t="s">
-        <v>1503</v>
+        <v>1511</v>
       </c>
       <c r="F162" t="s">
-        <v>1504</v>
+        <v>1512</v>
       </c>
       <c r="G162" t="s">
-        <v>1505</v>
+        <v>1513</v>
       </c>
       <c r="H162" t="s">
-        <v>1506</v>
+        <v>1514</v>
       </c>
       <c r="I162" t="s">
-        <v>1507</v>
+        <v>1515</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
         <v>25</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
         <v>27</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1508</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>5375</v>
+        <v>5367</v>
       </c>
       <c r="B163" t="s">
-        <v>1509</v>
+        <v>1517</v>
       </c>
       <c r="C163" t="s">
-        <v>1510</v>
+        <v>1518</v>
       </c>
       <c r="D163" t="s">
-        <v>1511</v>
+        <v>1519</v>
       </c>
       <c r="E163" t="s">
-        <v>1512</v>
+        <v>1520</v>
       </c>
       <c r="F163" t="s">
-        <v>1513</v>
+        <v>1521</v>
       </c>
       <c r="G163" t="s">
-        <v>1514</v>
+        <v>1522</v>
       </c>
       <c r="H163" t="s">
-        <v>1515</v>
+        <v>1523</v>
       </c>
       <c r="I163" t="s">
-        <v>1516</v>
+        <v>1524</v>
       </c>
       <c r="J163" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>607</v>
+        <v>25</v>
       </c>
       <c r="L163" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>608</v>
+        <v>27</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1517</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>5377</v>
+        <v>5368</v>
       </c>
       <c r="B164" t="s">
-        <v>1518</v>
+        <v>1526</v>
       </c>
       <c r="C164" t="s">
-        <v>1519</v>
+        <v>1527</v>
       </c>
       <c r="D164" t="s">
-        <v>1520</v>
+        <v>1528</v>
       </c>
       <c r="E164" t="s">
-        <v>1521</v>
+        <v>1529</v>
       </c>
       <c r="F164" t="s">
-        <v>1522</v>
+        <v>1530</v>
       </c>
       <c r="G164" t="s">
-        <v>1523</v>
+        <v>1531</v>
       </c>
       <c r="H164" t="s">
-        <v>1524</v>
+        <v>1532</v>
       </c>
       <c r="I164" t="s">
-        <v>1525</v>
+        <v>1533</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
         <v>25</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
         <v>27</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1526</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>5378</v>
+        <v>5371</v>
       </c>
       <c r="B165" t="s">
-        <v>1527</v>
+        <v>1535</v>
       </c>
       <c r="C165" t="s">
-        <v>1528</v>
+        <v>1536</v>
       </c>
       <c r="D165" t="s">
-        <v>1529</v>
+        <v>1537</v>
       </c>
       <c r="E165" t="s">
-        <v>1530</v>
+        <v>1538</v>
       </c>
       <c r="F165" t="s">
-        <v>1531</v>
+        <v>1539</v>
       </c>
       <c r="G165" t="s">
-        <v>1532</v>
+        <v>1540</v>
       </c>
       <c r="H165" t="s">
-        <v>1533</v>
+        <v>1541</v>
       </c>
       <c r="I165" t="s">
-        <v>1534</v>
+        <v>1542</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>25</v>
+        <v>1543</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
-        <v>27</v>
+        <v>1544</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1535</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>5382</v>
+        <v>5372</v>
       </c>
       <c r="B166" t="s">
-        <v>1536</v>
+        <v>1546</v>
       </c>
       <c r="C166" t="s">
-        <v>1537</v>
+        <v>1547</v>
       </c>
       <c r="D166" t="s">
-        <v>1538</v>
+        <v>1548</v>
       </c>
       <c r="E166" t="s">
-        <v>1539</v>
+        <v>1549</v>
       </c>
       <c r="F166" t="s">
-        <v>1540</v>
+        <v>1550</v>
       </c>
       <c r="G166" t="s">
-        <v>1541</v>
+        <v>1551</v>
       </c>
       <c r="H166" t="s">
-        <v>1542</v>
+        <v>1552</v>
       </c>
       <c r="I166" t="s">
-        <v>1543</v>
+        <v>1553</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1544</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>5435</v>
+        <v>5375</v>
       </c>
       <c r="B167" t="s">
-        <v>1545</v>
+        <v>1555</v>
       </c>
       <c r="C167" t="s">
-        <v>1546</v>
+        <v>1556</v>
       </c>
       <c r="D167" t="s">
-        <v>1547</v>
+        <v>1557</v>
       </c>
       <c r="E167" t="s">
-        <v>1548</v>
+        <v>1558</v>
       </c>
       <c r="F167" t="s">
-        <v>1549</v>
+        <v>1559</v>
       </c>
       <c r="G167" t="s">
-        <v>1550</v>
+        <v>1560</v>
       </c>
       <c r="H167" t="s">
-        <v>1551</v>
+        <v>1561</v>
       </c>
       <c r="I167" t="s">
-        <v>1552</v>
+        <v>1562</v>
       </c>
       <c r="J167" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K167" t="s">
-        <v>112</v>
+        <v>607</v>
       </c>
       <c r="L167" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M167" t="s">
-        <v>113</v>
+        <v>608</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1553</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>5437</v>
+        <v>5377</v>
       </c>
       <c r="B168" t="s">
-        <v>1554</v>
+        <v>1564</v>
       </c>
       <c r="C168" t="s">
-        <v>1555</v>
+        <v>1565</v>
       </c>
       <c r="D168" t="s">
-        <v>1556</v>
+        <v>1566</v>
       </c>
       <c r="E168" t="s">
-        <v>1557</v>
+        <v>1567</v>
       </c>
       <c r="F168" t="s">
-        <v>1558</v>
+        <v>1568</v>
       </c>
       <c r="G168" t="s">
-        <v>1559</v>
+        <v>1569</v>
       </c>
       <c r="H168" t="s">
-        <v>1560</v>
+        <v>1570</v>
       </c>
       <c r="I168" t="s">
-        <v>1561</v>
+        <v>1571</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
         <v>25</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
         <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1562</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>5439</v>
+        <v>5378</v>
       </c>
       <c r="B169" t="s">
-        <v>1563</v>
+        <v>1573</v>
       </c>
       <c r="C169" t="s">
-        <v>1564</v>
+        <v>1574</v>
       </c>
       <c r="D169" t="s">
-        <v>1565</v>
+        <v>1575</v>
       </c>
       <c r="E169" t="s">
-        <v>1566</v>
+        <v>1576</v>
       </c>
       <c r="F169" t="s">
-        <v>1567</v>
+        <v>1577</v>
       </c>
       <c r="G169" t="s">
-        <v>1568</v>
+        <v>1578</v>
       </c>
       <c r="H169" t="s">
-        <v>1569</v>
+        <v>1579</v>
       </c>
       <c r="I169" t="s">
-        <v>1570</v>
+        <v>1580</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1571</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>5456</v>
+        <v>5382</v>
       </c>
       <c r="B170" t="s">
-        <v>1572</v>
+        <v>1582</v>
       </c>
       <c r="C170" t="s">
-        <v>1573</v>
+        <v>1583</v>
       </c>
       <c r="D170" t="s">
-        <v>1574</v>
+        <v>1584</v>
       </c>
       <c r="E170" t="s">
-        <v>1575</v>
+        <v>1585</v>
       </c>
       <c r="F170" t="s">
-        <v>1576</v>
+        <v>1586</v>
       </c>
       <c r="G170" t="s">
-        <v>1577</v>
+        <v>1587</v>
       </c>
       <c r="H170" t="s">
-        <v>1578</v>
+        <v>1588</v>
       </c>
       <c r="I170" t="s">
-        <v>1579</v>
+        <v>1589</v>
       </c>
       <c r="J170" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>1266</v>
+        <v>112</v>
       </c>
       <c r="L170" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M170" t="s">
-        <v>1267</v>
+        <v>113</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1580</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>5474</v>
+        <v>5435</v>
       </c>
       <c r="B171" t="s">
-        <v>1581</v>
+        <v>1591</v>
       </c>
       <c r="C171" t="s">
-        <v>1582</v>
+        <v>1592</v>
       </c>
       <c r="D171" t="s">
-        <v>1583</v>
+        <v>1593</v>
       </c>
       <c r="E171" t="s">
-        <v>1584</v>
+        <v>1594</v>
       </c>
       <c r="F171" t="s">
-        <v>1585</v>
+        <v>1595</v>
       </c>
       <c r="G171" t="s">
-        <v>1586</v>
+        <v>1596</v>
       </c>
       <c r="H171" t="s">
-        <v>1587</v>
+        <v>1597</v>
       </c>
       <c r="I171" t="s">
-        <v>1588</v>
+        <v>1598</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1589</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>5475</v>
+        <v>5437</v>
       </c>
       <c r="B172" t="s">
-        <v>1590</v>
+        <v>1600</v>
       </c>
       <c r="C172" t="s">
-        <v>1591</v>
+        <v>1601</v>
       </c>
       <c r="D172" t="s">
-        <v>1592</v>
+        <v>1602</v>
       </c>
       <c r="E172" t="s">
-        <v>1593</v>
+        <v>1603</v>
       </c>
       <c r="F172" t="s">
-        <v>1594</v>
+        <v>1604</v>
       </c>
       <c r="G172" t="s">
-        <v>1595</v>
+        <v>1605</v>
       </c>
       <c r="H172" t="s">
-        <v>1596</v>
+        <v>1606</v>
       </c>
       <c r="I172" t="s">
-        <v>1597</v>
+        <v>1607</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1598</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>5476</v>
+        <v>5439</v>
       </c>
       <c r="B173" t="s">
-        <v>1599</v>
+        <v>1609</v>
       </c>
       <c r="C173" t="s">
-        <v>1600</v>
+        <v>1610</v>
       </c>
       <c r="D173" t="s">
-        <v>1601</v>
+        <v>1611</v>
       </c>
       <c r="E173" t="s">
-        <v>1602</v>
+        <v>1612</v>
       </c>
       <c r="F173" t="s">
-        <v>1603</v>
+        <v>1613</v>
       </c>
       <c r="G173" t="s">
-        <v>1604</v>
+        <v>1614</v>
       </c>
       <c r="H173" t="s">
-        <v>1605</v>
+        <v>1615</v>
       </c>
       <c r="I173" t="s">
-        <v>1606</v>
+        <v>1616</v>
       </c>
       <c r="J173" t="s">
-        <v>1607</v>
+        <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>1006</v>
+        <v>25</v>
       </c>
       <c r="L173" t="s">
-        <v>1608</v>
+        <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>1007</v>
+        <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1609</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>5478</v>
+        <v>5456</v>
       </c>
       <c r="B174" t="s">
-        <v>1610</v>
+        <v>1618</v>
       </c>
       <c r="C174" t="s">
-        <v>1611</v>
+        <v>1619</v>
       </c>
       <c r="D174" t="s">
-        <v>1612</v>
+        <v>1620</v>
       </c>
       <c r="E174" t="s">
-        <v>1613</v>
+        <v>1621</v>
       </c>
       <c r="F174" t="s">
-        <v>1614</v>
+        <v>1622</v>
       </c>
       <c r="G174" t="s">
-        <v>1615</v>
+        <v>1623</v>
       </c>
       <c r="H174" t="s">
-        <v>1616</v>
+        <v>1624</v>
       </c>
       <c r="I174" t="s">
-        <v>1617</v>
+        <v>1625</v>
       </c>
       <c r="J174" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K174" t="s">
-        <v>25</v>
+        <v>1312</v>
       </c>
       <c r="L174" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M174" t="s">
-        <v>27</v>
+        <v>1313</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1618</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>5493</v>
+        <v>5474</v>
       </c>
       <c r="B175" t="s">
-        <v>1619</v>
+        <v>1627</v>
       </c>
       <c r="C175" t="s">
-        <v>1620</v>
+        <v>1628</v>
       </c>
       <c r="D175" t="s">
-        <v>1621</v>
+        <v>1629</v>
       </c>
       <c r="E175" t="s">
-        <v>1622</v>
+        <v>1630</v>
       </c>
       <c r="F175" t="s">
-        <v>1623</v>
+        <v>1631</v>
       </c>
       <c r="G175" t="s">
-        <v>1624</v>
+        <v>1632</v>
       </c>
       <c r="H175" t="s">
-        <v>1625</v>
+        <v>1633</v>
       </c>
       <c r="I175" t="s">
-        <v>1626</v>
+        <v>1634</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1627</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>5496</v>
+        <v>5475</v>
       </c>
       <c r="B176" t="s">
-        <v>1628</v>
+        <v>1636</v>
       </c>
       <c r="C176" t="s">
-        <v>1629</v>
+        <v>1637</v>
       </c>
       <c r="D176" t="s">
-        <v>1630</v>
+        <v>1638</v>
       </c>
       <c r="E176" t="s">
-        <v>1631</v>
+        <v>1639</v>
       </c>
       <c r="F176" t="s">
-        <v>1632</v>
+        <v>1640</v>
       </c>
       <c r="G176" t="s">
-        <v>1633</v>
+        <v>1641</v>
       </c>
       <c r="H176" t="s">
-        <v>1634</v>
+        <v>1642</v>
       </c>
       <c r="I176" t="s">
-        <v>1635</v>
+        <v>1643</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>607</v>
+        <v>112</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
-        <v>608</v>
+        <v>113</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1636</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>5502</v>
+        <v>5476</v>
       </c>
       <c r="B177" t="s">
-        <v>1637</v>
+        <v>1645</v>
       </c>
       <c r="C177" t="s">
-        <v>1638</v>
+        <v>1646</v>
       </c>
       <c r="D177" t="s">
-        <v>1639</v>
+        <v>1647</v>
       </c>
       <c r="E177" t="s">
-        <v>1640</v>
+        <v>1648</v>
       </c>
       <c r="F177" t="s">
-        <v>1641</v>
+        <v>1649</v>
       </c>
       <c r="G177" t="s">
-        <v>1642</v>
+        <v>1650</v>
       </c>
       <c r="H177" t="s">
-        <v>1643</v>
+        <v>1651</v>
       </c>
       <c r="I177" t="s">
-        <v>1644</v>
+        <v>1652</v>
       </c>
       <c r="J177" t="s">
-        <v>24</v>
+        <v>1653</v>
       </c>
       <c r="K177" t="s">
-        <v>25</v>
+        <v>1019</v>
       </c>
       <c r="L177" t="s">
-        <v>26</v>
+        <v>1654</v>
       </c>
       <c r="M177" t="s">
-        <v>27</v>
+        <v>1020</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1645</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>5503</v>
+        <v>5478</v>
       </c>
       <c r="B178" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="C178" t="s">
-        <v>1647</v>
+        <v>1657</v>
       </c>
       <c r="D178" t="s">
-        <v>1648</v>
+        <v>1658</v>
       </c>
       <c r="E178" t="s">
-        <v>1649</v>
+        <v>1659</v>
       </c>
       <c r="F178" t="s">
-        <v>1650</v>
+        <v>1660</v>
       </c>
       <c r="G178" t="s">
-        <v>1651</v>
+        <v>1661</v>
       </c>
       <c r="H178" t="s">
-        <v>1652</v>
+        <v>1662</v>
       </c>
       <c r="I178" t="s">
-        <v>1653</v>
+        <v>1663</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1654</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>5507</v>
+        <v>5493</v>
       </c>
       <c r="B179" t="s">
-        <v>1655</v>
+        <v>1665</v>
       </c>
       <c r="C179" t="s">
-        <v>1656</v>
+        <v>1666</v>
       </c>
       <c r="D179" t="s">
-        <v>1657</v>
+        <v>1667</v>
       </c>
       <c r="E179" t="s">
-        <v>1658</v>
+        <v>1668</v>
       </c>
       <c r="F179" t="s">
-        <v>1659</v>
+        <v>1669</v>
       </c>
       <c r="G179" t="s">
-        <v>1660</v>
+        <v>1670</v>
       </c>
       <c r="H179" t="s">
-        <v>1661</v>
+        <v>1671</v>
       </c>
       <c r="I179" t="s">
-        <v>1662</v>
+        <v>1672</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1663</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>5509</v>
+        <v>5496</v>
       </c>
       <c r="B180" t="s">
-        <v>1664</v>
+        <v>1674</v>
       </c>
       <c r="C180" t="s">
-        <v>1665</v>
+        <v>1675</v>
       </c>
       <c r="D180" t="s">
-        <v>1666</v>
+        <v>1676</v>
       </c>
       <c r="E180" t="s">
-        <v>1667</v>
+        <v>1677</v>
       </c>
       <c r="F180" t="s">
-        <v>1668</v>
+        <v>1678</v>
       </c>
       <c r="G180" t="s">
-        <v>1669</v>
+        <v>1679</v>
       </c>
       <c r="H180" t="s">
-        <v>1670</v>
+        <v>1680</v>
       </c>
       <c r="I180" t="s">
-        <v>1671</v>
+        <v>1681</v>
       </c>
       <c r="J180" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>1006</v>
+        <v>607</v>
       </c>
       <c r="L180" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>1007</v>
+        <v>608</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1672</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>5512</v>
+        <v>5502</v>
       </c>
       <c r="B181" t="s">
-        <v>1673</v>
+        <v>1683</v>
       </c>
       <c r="C181" t="s">
-        <v>1674</v>
+        <v>1684</v>
       </c>
       <c r="D181" t="s">
-        <v>1675</v>
+        <v>1685</v>
       </c>
       <c r="E181" t="s">
-        <v>1676</v>
+        <v>1686</v>
       </c>
       <c r="F181" t="s">
-        <v>1677</v>
+        <v>1687</v>
       </c>
       <c r="G181" t="s">
-        <v>1678</v>
+        <v>1688</v>
       </c>
       <c r="H181" t="s">
-        <v>1679</v>
+        <v>1689</v>
       </c>
       <c r="I181" t="s">
-        <v>1680</v>
+        <v>1690</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1681</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>5514</v>
+        <v>5503</v>
       </c>
       <c r="B182" t="s">
-        <v>1682</v>
+        <v>1692</v>
       </c>
       <c r="C182" t="s">
-        <v>1683</v>
+        <v>1693</v>
       </c>
       <c r="D182" t="s">
-        <v>1684</v>
+        <v>1694</v>
       </c>
       <c r="E182" t="s">
-        <v>1685</v>
+        <v>1695</v>
       </c>
       <c r="F182" t="s">
-        <v>1686</v>
+        <v>1696</v>
       </c>
       <c r="G182" t="s">
-        <v>1687</v>
+        <v>1697</v>
       </c>
       <c r="H182" t="s">
-        <v>1688</v>
+        <v>1698</v>
       </c>
       <c r="I182" t="s">
-        <v>1689</v>
+        <v>1699</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>784</v>
+        <v>47</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
-        <v>785</v>
+        <v>48</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1690</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>5516</v>
+        <v>5507</v>
       </c>
       <c r="B183" t="s">
-        <v>1691</v>
+        <v>1701</v>
       </c>
       <c r="C183" t="s">
-        <v>1692</v>
+        <v>1702</v>
       </c>
       <c r="D183" t="s">
-        <v>1693</v>
+        <v>1703</v>
       </c>
       <c r="E183" t="s">
-        <v>1694</v>
+        <v>1704</v>
       </c>
       <c r="F183" t="s">
-        <v>1695</v>
+        <v>1705</v>
       </c>
       <c r="G183" t="s">
-        <v>1696</v>
+        <v>1706</v>
       </c>
       <c r="H183" t="s">
-        <v>1697</v>
+        <v>1707</v>
       </c>
       <c r="I183" t="s">
-        <v>1698</v>
+        <v>1708</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
         <v>25</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
         <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1699</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>5517</v>
+        <v>5509</v>
       </c>
       <c r="B184" t="s">
-        <v>1700</v>
+        <v>1710</v>
       </c>
       <c r="C184" t="s">
-        <v>1701</v>
+        <v>1711</v>
       </c>
       <c r="D184" t="s">
-        <v>1702</v>
+        <v>1712</v>
       </c>
       <c r="E184" t="s">
-        <v>1703</v>
+        <v>1713</v>
       </c>
       <c r="F184" t="s">
-        <v>1704</v>
+        <v>1714</v>
       </c>
       <c r="G184" t="s">
-        <v>1705</v>
+        <v>1715</v>
       </c>
       <c r="H184" t="s">
-        <v>1706</v>
+        <v>1716</v>
       </c>
       <c r="I184" t="s">
-        <v>1707</v>
+        <v>1717</v>
       </c>
       <c r="J184" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K184" t="s">
-        <v>25</v>
+        <v>1019</v>
       </c>
       <c r="L184" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M184" t="s">
-        <v>27</v>
+        <v>1020</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1708</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>5518</v>
+        <v>5512</v>
       </c>
       <c r="B185" t="s">
-        <v>1709</v>
+        <v>1719</v>
       </c>
       <c r="C185" t="s">
-        <v>1710</v>
+        <v>1720</v>
       </c>
       <c r="D185" t="s">
-        <v>1711</v>
+        <v>1721</v>
       </c>
       <c r="E185" t="s">
-        <v>1712</v>
+        <v>1722</v>
       </c>
       <c r="F185" t="s">
-        <v>1713</v>
+        <v>1723</v>
       </c>
       <c r="G185" t="s">
-        <v>1714</v>
+        <v>1724</v>
       </c>
       <c r="H185" t="s">
-        <v>1715</v>
+        <v>1725</v>
       </c>
       <c r="I185" t="s">
-        <v>1716</v>
+        <v>1726</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1717</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>5545</v>
+        <v>5514</v>
       </c>
       <c r="B186" t="s">
-        <v>1718</v>
+        <v>1728</v>
       </c>
       <c r="C186" t="s">
-        <v>1719</v>
+        <v>1729</v>
       </c>
       <c r="D186" t="s">
-        <v>1720</v>
+        <v>1730</v>
       </c>
       <c r="E186" t="s">
-        <v>1721</v>
+        <v>1731</v>
       </c>
       <c r="F186" t="s">
-        <v>1722</v>
+        <v>1732</v>
       </c>
       <c r="G186" t="s">
-        <v>1723</v>
+        <v>1733</v>
       </c>
       <c r="H186" t="s">
-        <v>1724</v>
+        <v>1734</v>
       </c>
       <c r="I186" t="s">
-        <v>1725</v>
+        <v>1735</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>112</v>
+        <v>784</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>113</v>
+        <v>785</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1726</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>5657</v>
+        <v>5516</v>
       </c>
       <c r="B187" t="s">
-        <v>1727</v>
+        <v>1737</v>
       </c>
       <c r="C187" t="s">
-        <v>1728</v>
+        <v>1738</v>
       </c>
       <c r="D187" t="s">
-        <v>1729</v>
+        <v>1739</v>
       </c>
       <c r="E187" t="s">
-        <v>1730</v>
+        <v>1740</v>
       </c>
       <c r="F187" t="s">
-        <v>1731</v>
+        <v>1741</v>
       </c>
       <c r="G187" t="s">
-        <v>1732</v>
+        <v>1742</v>
       </c>
       <c r="H187" t="s">
-        <v>1733</v>
+        <v>1743</v>
       </c>
       <c r="I187" t="s">
-        <v>1734</v>
+        <v>1744</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
         <v>25</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
         <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1735</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>5733</v>
+        <v>5517</v>
       </c>
       <c r="B188" t="s">
-        <v>1736</v>
+        <v>1746</v>
       </c>
       <c r="C188" t="s">
-        <v>1737</v>
+        <v>1747</v>
       </c>
       <c r="D188" t="s">
-        <v>1738</v>
+        <v>1748</v>
       </c>
       <c r="E188" t="s">
-        <v>1739</v>
+        <v>1749</v>
       </c>
       <c r="F188" t="s">
-        <v>1740</v>
+        <v>1750</v>
       </c>
       <c r="G188" t="s">
-        <v>1741</v>
+        <v>1751</v>
       </c>
       <c r="H188" t="s">
-        <v>1742</v>
+        <v>1752</v>
       </c>
       <c r="I188" t="s">
-        <v>1743</v>
+        <v>1753</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1744</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>5787</v>
+        <v>5518</v>
       </c>
       <c r="B189" t="s">
-        <v>1745</v>
+        <v>1755</v>
       </c>
       <c r="C189" t="s">
-        <v>1746</v>
+        <v>1756</v>
       </c>
       <c r="D189" t="s">
-        <v>1747</v>
+        <v>1757</v>
       </c>
       <c r="E189" t="s">
-        <v>1748</v>
+        <v>1758</v>
       </c>
       <c r="F189" t="s">
-        <v>1749</v>
+        <v>1759</v>
       </c>
       <c r="G189" t="s">
-        <v>1750</v>
+        <v>1760</v>
       </c>
       <c r="H189" t="s">
-        <v>1751</v>
+        <v>1761</v>
       </c>
       <c r="I189" t="s">
-        <v>1752</v>
+        <v>1762</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1753</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>5792</v>
+        <v>5545</v>
       </c>
       <c r="B190" t="s">
-        <v>1754</v>
+        <v>1764</v>
       </c>
       <c r="C190" t="s">
-        <v>1755</v>
+        <v>1765</v>
       </c>
       <c r="D190" t="s">
-        <v>1756</v>
+        <v>1766</v>
       </c>
       <c r="E190" t="s">
-        <v>1757</v>
+        <v>1767</v>
       </c>
       <c r="F190" t="s">
-        <v>1758</v>
+        <v>1768</v>
       </c>
       <c r="G190" t="s">
-        <v>1759</v>
+        <v>1769</v>
       </c>
       <c r="H190" t="s">
-        <v>1760</v>
+        <v>1770</v>
       </c>
       <c r="I190" t="s">
-        <v>1761</v>
+        <v>1771</v>
       </c>
       <c r="J190" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>533</v>
+        <v>112</v>
       </c>
       <c r="L190" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>534</v>
+        <v>113</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1762</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>5794</v>
+        <v>5657</v>
       </c>
       <c r="B191" t="s">
-        <v>1763</v>
+        <v>1773</v>
       </c>
       <c r="C191" t="s">
-        <v>1764</v>
+        <v>1774</v>
       </c>
       <c r="D191" t="s">
-        <v>1765</v>
+        <v>1775</v>
       </c>
       <c r="E191" t="s">
-        <v>1766</v>
+        <v>1776</v>
       </c>
       <c r="F191" t="s">
-        <v>1767</v>
+        <v>1777</v>
       </c>
       <c r="G191" t="s">
-        <v>1768</v>
+        <v>1778</v>
       </c>
       <c r="H191" t="s">
-        <v>1769</v>
+        <v>1779</v>
       </c>
       <c r="I191" t="s">
-        <v>1770</v>
+        <v>1780</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1771</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>5796</v>
+        <v>5733</v>
       </c>
       <c r="B192" t="s">
-        <v>1772</v>
+        <v>1782</v>
       </c>
       <c r="C192" t="s">
-        <v>1773</v>
+        <v>1783</v>
       </c>
       <c r="D192" t="s">
-        <v>1774</v>
+        <v>1784</v>
       </c>
       <c r="E192" t="s">
-        <v>1775</v>
+        <v>1785</v>
       </c>
       <c r="F192" t="s">
-        <v>1776</v>
+        <v>1786</v>
       </c>
       <c r="G192" t="s">
-        <v>1777</v>
+        <v>1787</v>
       </c>
       <c r="H192" t="s">
-        <v>1778</v>
+        <v>1788</v>
       </c>
       <c r="I192" t="s">
-        <v>1779</v>
+        <v>1789</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1780</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>5798</v>
+        <v>5787</v>
       </c>
       <c r="B193" t="s">
-        <v>1781</v>
+        <v>1791</v>
       </c>
       <c r="C193" t="s">
-        <v>1782</v>
+        <v>1792</v>
       </c>
       <c r="D193" t="s">
-        <v>1783</v>
+        <v>1793</v>
       </c>
       <c r="E193" t="s">
-        <v>1784</v>
+        <v>1794</v>
       </c>
       <c r="F193" t="s">
-        <v>1785</v>
+        <v>1795</v>
       </c>
       <c r="G193" t="s">
-        <v>1786</v>
+        <v>1796</v>
       </c>
       <c r="H193" t="s">
-        <v>1787</v>
+        <v>1797</v>
       </c>
       <c r="I193" t="s">
-        <v>1788</v>
+        <v>1798</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
         <v>112</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
         <v>113</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1789</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>5799</v>
+        <v>5792</v>
       </c>
       <c r="B194" t="s">
-        <v>1790</v>
+        <v>1800</v>
       </c>
       <c r="C194" t="s">
-        <v>1791</v>
+        <v>1801</v>
       </c>
       <c r="D194" t="s">
-        <v>1792</v>
+        <v>1802</v>
       </c>
       <c r="E194" t="s">
-        <v>1793</v>
+        <v>1803</v>
       </c>
       <c r="F194" t="s">
-        <v>1794</v>
+        <v>1804</v>
       </c>
       <c r="G194" t="s">
-        <v>1795</v>
+        <v>1805</v>
       </c>
       <c r="H194" t="s">
-        <v>1796</v>
+        <v>1806</v>
       </c>
       <c r="I194" t="s">
-        <v>1797</v>
+        <v>1807</v>
       </c>
       <c r="J194" t="s">
-        <v>1189</v>
+        <v>498</v>
       </c>
       <c r="K194" t="s">
-        <v>618</v>
+        <v>533</v>
       </c>
       <c r="L194" t="s">
-        <v>1191</v>
+        <v>500</v>
       </c>
       <c r="M194" t="s">
-        <v>619</v>
+        <v>534</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1798</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5803</v>
+        <v>5794</v>
       </c>
       <c r="B195" t="s">
-        <v>1799</v>
+        <v>1809</v>
       </c>
       <c r="C195" t="s">
-        <v>1800</v>
+        <v>1810</v>
       </c>
       <c r="D195" t="s">
-        <v>1801</v>
+        <v>1811</v>
       </c>
       <c r="E195" t="s">
-        <v>1802</v>
+        <v>1812</v>
       </c>
       <c r="F195" t="s">
-        <v>1803</v>
+        <v>1813</v>
       </c>
       <c r="G195" t="s">
-        <v>1804</v>
+        <v>1814</v>
       </c>
       <c r="H195" t="s">
-        <v>1805</v>
+        <v>1815</v>
       </c>
       <c r="I195" t="s">
-        <v>1806</v>
+        <v>1816</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1807</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5805</v>
+        <v>5796</v>
       </c>
       <c r="B196" t="s">
-        <v>1808</v>
+        <v>1818</v>
       </c>
       <c r="C196" t="s">
-        <v>1809</v>
+        <v>1819</v>
       </c>
       <c r="D196" t="s">
-        <v>1810</v>
+        <v>1820</v>
       </c>
       <c r="E196" t="s">
-        <v>1811</v>
+        <v>1821</v>
       </c>
       <c r="F196" t="s">
-        <v>1812</v>
+        <v>1822</v>
       </c>
       <c r="G196" t="s">
-        <v>1813</v>
+        <v>1823</v>
       </c>
       <c r="H196" t="s">
-        <v>1814</v>
+        <v>1824</v>
       </c>
       <c r="I196" t="s">
-        <v>1815</v>
+        <v>1825</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1816</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5808</v>
+        <v>5798</v>
       </c>
       <c r="B197" t="s">
-        <v>1817</v>
+        <v>1827</v>
       </c>
       <c r="C197" t="s">
-        <v>1818</v>
+        <v>1828</v>
       </c>
       <c r="D197" t="s">
-        <v>1819</v>
+        <v>1829</v>
       </c>
       <c r="E197" t="s">
-        <v>1820</v>
+        <v>1830</v>
       </c>
       <c r="F197" t="s">
-        <v>1821</v>
+        <v>1831</v>
       </c>
       <c r="G197" t="s">
-        <v>1822</v>
+        <v>1832</v>
       </c>
       <c r="H197" t="s">
-        <v>1823</v>
+        <v>1833</v>
       </c>
       <c r="I197" t="s">
-        <v>1824</v>
+        <v>1834</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1825</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5811</v>
+        <v>5799</v>
       </c>
       <c r="B198" t="s">
-        <v>1826</v>
+        <v>1836</v>
       </c>
       <c r="C198" t="s">
-        <v>1827</v>
+        <v>1837</v>
       </c>
       <c r="D198" t="s">
-        <v>1828</v>
+        <v>1838</v>
       </c>
       <c r="E198" t="s">
-        <v>1829</v>
+        <v>1839</v>
       </c>
       <c r="F198" t="s">
-        <v>1830</v>
+        <v>1840</v>
       </c>
       <c r="G198" t="s">
-        <v>1831</v>
+        <v>1841</v>
       </c>
       <c r="H198" t="s">
-        <v>1832</v>
+        <v>1842</v>
       </c>
       <c r="I198" t="s">
-        <v>1833</v>
+        <v>1843</v>
       </c>
       <c r="J198" t="s">
-        <v>24</v>
+        <v>1223</v>
       </c>
       <c r="K198" t="s">
-        <v>25</v>
+        <v>618</v>
       </c>
       <c r="L198" t="s">
-        <v>26</v>
+        <v>1225</v>
       </c>
       <c r="M198" t="s">
-        <v>27</v>
+        <v>619</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1834</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5819</v>
+        <v>5803</v>
       </c>
       <c r="B199" t="s">
-        <v>1835</v>
+        <v>1845</v>
       </c>
       <c r="C199" t="s">
-        <v>1836</v>
+        <v>1846</v>
       </c>
       <c r="D199" t="s">
-        <v>1837</v>
+        <v>1847</v>
       </c>
       <c r="E199" t="s">
-        <v>1838</v>
+        <v>1848</v>
       </c>
       <c r="F199" t="s">
-        <v>1839</v>
+        <v>1849</v>
       </c>
       <c r="G199" t="s">
-        <v>1840</v>
+        <v>1850</v>
       </c>
       <c r="H199" t="s">
-        <v>1841</v>
+        <v>1851</v>
       </c>
       <c r="I199" t="s">
-        <v>1842</v>
+        <v>1852</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
         <v>25</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
         <v>27</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1843</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5830</v>
+        <v>5805</v>
       </c>
       <c r="B200" t="s">
-        <v>1844</v>
+        <v>1854</v>
       </c>
       <c r="C200" t="s">
-        <v>1845</v>
+        <v>1855</v>
       </c>
       <c r="D200" t="s">
-        <v>1846</v>
+        <v>1856</v>
       </c>
       <c r="E200" t="s">
-        <v>1847</v>
+        <v>1857</v>
       </c>
       <c r="F200" t="s">
-        <v>1848</v>
+        <v>1858</v>
       </c>
       <c r="G200" t="s">
-        <v>1849</v>
+        <v>1859</v>
       </c>
       <c r="H200" t="s">
-        <v>1850</v>
+        <v>1860</v>
       </c>
       <c r="I200" t="s">
-        <v>1851</v>
+        <v>1861</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
         <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
         <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1852</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5866</v>
+        <v>5808</v>
       </c>
       <c r="B201" t="s">
-        <v>1853</v>
+        <v>1863</v>
       </c>
       <c r="C201" t="s">
-        <v>1854</v>
+        <v>1864</v>
       </c>
       <c r="D201" t="s">
-        <v>1855</v>
+        <v>1865</v>
       </c>
       <c r="E201" t="s">
-        <v>1856</v>
+        <v>1866</v>
       </c>
       <c r="F201" t="s">
-        <v>1857</v>
+        <v>1867</v>
       </c>
       <c r="G201" t="s">
-        <v>1858</v>
+        <v>1868</v>
       </c>
       <c r="H201" t="s">
-        <v>1859</v>
+        <v>1869</v>
       </c>
       <c r="I201" t="s">
-        <v>1860</v>
+        <v>1870</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1861</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5907</v>
+        <v>5811</v>
       </c>
       <c r="B202" t="s">
-        <v>1862</v>
+        <v>1872</v>
       </c>
       <c r="C202" t="s">
-        <v>1863</v>
+        <v>1873</v>
       </c>
       <c r="D202" t="s">
-        <v>1864</v>
+        <v>1874</v>
       </c>
       <c r="E202" t="s">
-        <v>1865</v>
+        <v>1875</v>
       </c>
       <c r="F202" t="s">
-        <v>1866</v>
+        <v>1876</v>
       </c>
       <c r="G202" t="s">
-        <v>1867</v>
+        <v>1877</v>
       </c>
       <c r="H202" t="s">
-        <v>1868</v>
+        <v>1878</v>
       </c>
       <c r="I202" t="s">
-        <v>1869</v>
+        <v>1879</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
         <v>25</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
         <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1870</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5913</v>
+        <v>5819</v>
       </c>
       <c r="B203" t="s">
-        <v>1871</v>
+        <v>1881</v>
       </c>
       <c r="C203" t="s">
-        <v>1872</v>
+        <v>1882</v>
       </c>
       <c r="D203" t="s">
-        <v>1873</v>
+        <v>1883</v>
       </c>
       <c r="E203" t="s">
-        <v>1874</v>
+        <v>1884</v>
       </c>
       <c r="F203" t="s">
-        <v>1875</v>
+        <v>1885</v>
       </c>
       <c r="G203" t="s">
-        <v>1876</v>
+        <v>1886</v>
       </c>
       <c r="H203" t="s">
-        <v>1877</v>
+        <v>1887</v>
       </c>
       <c r="I203" t="s">
-        <v>1878</v>
+        <v>1888</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1879</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5927</v>
+        <v>5830</v>
       </c>
       <c r="B204" t="s">
-        <v>1880</v>
+        <v>1890</v>
       </c>
       <c r="C204" t="s">
-        <v>1881</v>
+        <v>1891</v>
       </c>
       <c r="D204" t="s">
-        <v>1882</v>
+        <v>1892</v>
       </c>
       <c r="E204" t="s">
-        <v>1883</v>
+        <v>1893</v>
       </c>
       <c r="F204" t="s">
-        <v>1884</v>
+        <v>1894</v>
       </c>
       <c r="G204" t="s">
-        <v>1885</v>
+        <v>1895</v>
       </c>
       <c r="H204" t="s">
-        <v>1886</v>
+        <v>1896</v>
       </c>
       <c r="I204" t="s">
-        <v>1887</v>
+        <v>1897</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>784</v>
+        <v>25</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
-        <v>785</v>
+        <v>27</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1888</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5928</v>
+        <v>5866</v>
       </c>
       <c r="B205" t="s">
-        <v>1889</v>
+        <v>1899</v>
       </c>
       <c r="C205" t="s">
-        <v>1890</v>
+        <v>1900</v>
       </c>
       <c r="D205" t="s">
-        <v>1891</v>
+        <v>1901</v>
       </c>
       <c r="E205" t="s">
-        <v>1892</v>
+        <v>1902</v>
       </c>
       <c r="F205" t="s">
-        <v>1893</v>
+        <v>1903</v>
       </c>
       <c r="G205" t="s">
-        <v>1894</v>
+        <v>1904</v>
       </c>
       <c r="H205" t="s">
-        <v>1895</v>
+        <v>1905</v>
       </c>
       <c r="I205" t="s">
-        <v>1896</v>
+        <v>1906</v>
       </c>
       <c r="J205" t="s">
-        <v>1897</v>
+        <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>1898</v>
+        <v>25</v>
       </c>
       <c r="L205" t="s">
-        <v>1899</v>
+        <v>26</v>
       </c>
       <c r="M205" t="s">
-        <v>1900</v>
+        <v>27</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1901</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5931</v>
+        <v>5907</v>
       </c>
       <c r="B206" t="s">
-        <v>1902</v>
+        <v>1908</v>
       </c>
       <c r="C206" t="s">
-        <v>1903</v>
+        <v>1909</v>
       </c>
       <c r="D206" t="s">
-        <v>1904</v>
+        <v>1910</v>
       </c>
       <c r="E206" t="s">
-        <v>1905</v>
+        <v>1911</v>
       </c>
       <c r="F206" t="s">
-        <v>1906</v>
+        <v>1912</v>
       </c>
       <c r="G206" t="s">
-        <v>1907</v>
+        <v>1913</v>
       </c>
       <c r="H206" t="s">
-        <v>1908</v>
+        <v>1914</v>
       </c>
       <c r="I206" t="s">
-        <v>1909</v>
+        <v>1915</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
         <v>25</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
         <v>27</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1910</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5932</v>
+        <v>5913</v>
       </c>
       <c r="B207" t="s">
-        <v>1911</v>
+        <v>1917</v>
       </c>
       <c r="C207" t="s">
-        <v>1912</v>
+        <v>1918</v>
       </c>
       <c r="D207" t="s">
-        <v>1913</v>
+        <v>1919</v>
       </c>
       <c r="E207" t="s">
-        <v>1914</v>
+        <v>1920</v>
       </c>
       <c r="F207" t="s">
-        <v>1915</v>
+        <v>1921</v>
       </c>
       <c r="G207" t="s">
-        <v>1916</v>
+        <v>1922</v>
       </c>
       <c r="H207" t="s">
-        <v>1917</v>
+        <v>1923</v>
       </c>
       <c r="I207" t="s">
-        <v>1918</v>
+        <v>1924</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1919</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5934</v>
+        <v>5927</v>
       </c>
       <c r="B208" t="s">
-        <v>1920</v>
+        <v>1926</v>
       </c>
       <c r="C208" t="s">
-        <v>1921</v>
+        <v>1927</v>
       </c>
       <c r="D208" t="s">
-        <v>1922</v>
+        <v>1928</v>
       </c>
       <c r="E208" t="s">
-        <v>1923</v>
+        <v>1929</v>
       </c>
       <c r="F208" t="s">
-        <v>1924</v>
+        <v>1930</v>
       </c>
       <c r="G208" t="s">
-        <v>1925</v>
+        <v>1931</v>
       </c>
       <c r="H208" t="s">
-        <v>1926</v>
+        <v>1932</v>
       </c>
       <c r="I208" t="s">
-        <v>1927</v>
+        <v>1933</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>112</v>
+        <v>784</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>113</v>
+        <v>785</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1928</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5953</v>
+        <v>5928</v>
       </c>
       <c r="B209" t="s">
-        <v>1929</v>
+        <v>1935</v>
       </c>
       <c r="C209" t="s">
-        <v>1930</v>
+        <v>1936</v>
       </c>
       <c r="D209" t="s">
-        <v>1931</v>
+        <v>1937</v>
       </c>
       <c r="E209" t="s">
-        <v>1932</v>
+        <v>1938</v>
       </c>
       <c r="F209" t="s">
-        <v>1933</v>
+        <v>1939</v>
       </c>
       <c r="G209" t="s">
-        <v>1934</v>
+        <v>1940</v>
       </c>
       <c r="H209" t="s">
-        <v>1935</v>
+        <v>1941</v>
       </c>
       <c r="I209" t="s">
-        <v>1936</v>
+        <v>1942</v>
       </c>
       <c r="J209" t="s">
-        <v>24</v>
+        <v>1943</v>
       </c>
       <c r="K209" t="s">
-        <v>25</v>
+        <v>1944</v>
       </c>
       <c r="L209" t="s">
-        <v>26</v>
+        <v>1945</v>
       </c>
       <c r="M209" t="s">
-        <v>27</v>
+        <v>1946</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1937</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5981</v>
+        <v>5931</v>
       </c>
       <c r="B210" t="s">
-        <v>1938</v>
+        <v>1948</v>
       </c>
       <c r="C210" t="s">
-        <v>1939</v>
+        <v>1949</v>
       </c>
       <c r="D210" t="s">
-        <v>1940</v>
+        <v>1950</v>
       </c>
       <c r="E210" t="s">
-        <v>1941</v>
+        <v>1951</v>
       </c>
       <c r="F210" t="s">
-        <v>1942</v>
+        <v>1952</v>
       </c>
       <c r="G210" t="s">
-        <v>1943</v>
+        <v>1953</v>
       </c>
       <c r="H210" t="s">
-        <v>1944</v>
+        <v>1954</v>
       </c>
       <c r="I210" t="s">
-        <v>1945</v>
+        <v>1955</v>
       </c>
       <c r="J210" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>1946</v>
+        <v>25</v>
       </c>
       <c r="L210" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>1947</v>
+        <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1948</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5986</v>
+        <v>5932</v>
       </c>
       <c r="B211" t="s">
-        <v>1949</v>
+        <v>1957</v>
       </c>
       <c r="C211" t="s">
-        <v>1950</v>
+        <v>1958</v>
       </c>
       <c r="D211" t="s">
-        <v>1951</v>
+        <v>1959</v>
       </c>
       <c r="E211" t="s">
-        <v>1952</v>
+        <v>1960</v>
       </c>
       <c r="F211" t="s">
-        <v>1953</v>
+        <v>1961</v>
       </c>
       <c r="G211" t="s">
-        <v>1954</v>
+        <v>1962</v>
       </c>
       <c r="H211" t="s">
-        <v>1955</v>
+        <v>1963</v>
       </c>
       <c r="I211" t="s">
-        <v>1956</v>
+        <v>1964</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
         <v>112</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
         <v>113</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1957</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5989</v>
+        <v>5934</v>
       </c>
       <c r="B212" t="s">
-        <v>1958</v>
+        <v>1966</v>
       </c>
       <c r="C212" t="s">
-        <v>1959</v>
+        <v>1967</v>
       </c>
       <c r="D212" t="s">
-        <v>1960</v>
+        <v>1968</v>
       </c>
       <c r="E212" t="s">
-        <v>1961</v>
+        <v>1969</v>
       </c>
       <c r="F212" t="s">
-        <v>1962</v>
+        <v>1970</v>
       </c>
       <c r="G212" t="s">
-        <v>1963</v>
+        <v>1971</v>
       </c>
       <c r="H212" t="s">
-        <v>1964</v>
+        <v>1972</v>
       </c>
       <c r="I212" t="s">
-        <v>1965</v>
+        <v>1973</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>1349</v>
+        <v>112</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>1350</v>
+        <v>113</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1966</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>6021</v>
+        <v>5953</v>
       </c>
       <c r="B213" t="s">
-        <v>1967</v>
+        <v>1975</v>
       </c>
       <c r="C213" t="s">
-        <v>1968</v>
+        <v>1976</v>
       </c>
       <c r="D213" t="s">
-        <v>1969</v>
+        <v>1977</v>
       </c>
       <c r="E213" t="s">
-        <v>1970</v>
+        <v>1978</v>
       </c>
       <c r="F213" t="s">
-        <v>1971</v>
+        <v>1979</v>
       </c>
       <c r="G213" t="s">
-        <v>1972</v>
+        <v>1980</v>
       </c>
       <c r="H213" t="s">
-        <v>1973</v>
+        <v>1981</v>
       </c>
       <c r="I213" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
         <v>25</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
         <v>27</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1975</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>6082</v>
+        <v>5981</v>
       </c>
       <c r="B214" t="s">
-        <v>1976</v>
+        <v>1984</v>
       </c>
       <c r="C214" t="s">
-        <v>1977</v>
+        <v>1985</v>
       </c>
       <c r="D214" t="s">
-        <v>1978</v>
+        <v>1986</v>
       </c>
       <c r="E214" t="s">
-        <v>1979</v>
+        <v>1987</v>
       </c>
       <c r="F214" t="s">
-        <v>1980</v>
+        <v>1988</v>
       </c>
       <c r="G214" t="s">
-        <v>1981</v>
+        <v>1989</v>
       </c>
       <c r="H214" t="s">
-        <v>1982</v>
+        <v>1990</v>
       </c>
       <c r="I214" t="s">
-        <v>1983</v>
+        <v>1991</v>
       </c>
       <c r="J214" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K214" t="s">
-        <v>1984</v>
+        <v>1992</v>
       </c>
       <c r="L214" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M214" t="s">
-        <v>1985</v>
+        <v>1993</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1986</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>6112</v>
+        <v>5986</v>
       </c>
       <c r="B215" t="s">
-        <v>1987</v>
+        <v>1995</v>
       </c>
       <c r="C215" t="s">
-        <v>1988</v>
+        <v>1996</v>
       </c>
       <c r="D215" t="s">
-        <v>1989</v>
+        <v>1997</v>
       </c>
       <c r="E215" t="s">
-        <v>1990</v>
+        <v>1998</v>
       </c>
       <c r="F215" t="s">
-        <v>1991</v>
+        <v>1999</v>
       </c>
       <c r="G215" t="s">
-        <v>1992</v>
+        <v>2000</v>
       </c>
       <c r="H215" t="s">
-        <v>1993</v>
+        <v>2001</v>
       </c>
       <c r="I215" t="s">
-        <v>1994</v>
+        <v>2002</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
         <v>112</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
         <v>113</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1995</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>6180</v>
+        <v>5989</v>
       </c>
       <c r="B216" t="s">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="C216" t="s">
-        <v>1997</v>
+        <v>2005</v>
       </c>
       <c r="D216" t="s">
-        <v>1998</v>
+        <v>2006</v>
       </c>
       <c r="E216" t="s">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="F216" t="s">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="G216" t="s">
-        <v>2001</v>
+        <v>2009</v>
       </c>
       <c r="H216" t="s">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="I216" t="s">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>25</v>
+        <v>1395</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>27</v>
+        <v>1396</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2004</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>6203</v>
+        <v>6021</v>
       </c>
       <c r="B217" t="s">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="C217" t="s">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="D217" t="s">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="E217" t="s">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="F217" t="s">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="G217" t="s">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="H217" t="s">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="I217" t="s">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2013</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>6208</v>
+        <v>6082</v>
       </c>
       <c r="B218" t="s">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="C218" t="s">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="D218" t="s">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="E218" t="s">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="F218" t="s">
-        <v>2018</v>
+        <v>2026</v>
       </c>
       <c r="G218" t="s">
-        <v>2019</v>
+        <v>2027</v>
       </c>
       <c r="H218" t="s">
-        <v>2020</v>
+        <v>2028</v>
       </c>
       <c r="I218" t="s">
-        <v>2021</v>
+        <v>2029</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>112</v>
+        <v>2030</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
-        <v>113</v>
+        <v>2031</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2022</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>6211</v>
+        <v>6112</v>
       </c>
       <c r="B219" t="s">
-        <v>2023</v>
+        <v>2033</v>
       </c>
       <c r="C219" t="s">
-        <v>2024</v>
+        <v>2034</v>
       </c>
       <c r="D219" t="s">
-        <v>2025</v>
+        <v>2035</v>
       </c>
       <c r="E219" t="s">
-        <v>2026</v>
+        <v>2036</v>
       </c>
       <c r="F219" t="s">
-        <v>2027</v>
+        <v>2037</v>
       </c>
       <c r="G219" t="s">
-        <v>2028</v>
+        <v>2038</v>
       </c>
       <c r="H219" t="s">
-        <v>2029</v>
+        <v>2039</v>
       </c>
       <c r="I219" t="s">
-        <v>2030</v>
+        <v>2040</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
         <v>112</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
         <v>113</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2031</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>6254</v>
+        <v>6180</v>
       </c>
       <c r="B220" t="s">
-        <v>2032</v>
+        <v>2042</v>
       </c>
       <c r="C220" t="s">
-        <v>2033</v>
+        <v>2043</v>
       </c>
       <c r="D220" t="s">
-        <v>2034</v>
+        <v>2044</v>
       </c>
       <c r="E220" t="s">
-        <v>2035</v>
+        <v>2045</v>
       </c>
       <c r="F220" t="s">
-        <v>2036</v>
+        <v>2046</v>
       </c>
       <c r="G220" t="s">
-        <v>2037</v>
+        <v>2047</v>
       </c>
       <c r="H220" t="s">
-        <v>2038</v>
+        <v>2048</v>
       </c>
       <c r="I220" t="s">
-        <v>2039</v>
+        <v>2049</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2040</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>6255</v>
+        <v>6203</v>
       </c>
       <c r="B221" t="s">
-        <v>2041</v>
+        <v>2051</v>
       </c>
       <c r="C221" t="s">
-        <v>2042</v>
+        <v>2052</v>
       </c>
       <c r="D221" t="s">
-        <v>2043</v>
+        <v>2053</v>
       </c>
       <c r="E221" t="s">
-        <v>2044</v>
+        <v>2054</v>
       </c>
       <c r="F221" t="s">
-        <v>2045</v>
+        <v>2055</v>
       </c>
       <c r="G221" t="s">
-        <v>2046</v>
+        <v>2056</v>
       </c>
       <c r="H221" t="s">
-        <v>2047</v>
+        <v>2057</v>
       </c>
       <c r="I221" t="s">
-        <v>2048</v>
+        <v>2058</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>2049</v>
+        <v>112</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
-        <v>2050</v>
+        <v>113</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2051</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>6258</v>
+        <v>6208</v>
       </c>
       <c r="B222" t="s">
-        <v>2052</v>
+        <v>2060</v>
       </c>
       <c r="C222" t="s">
-        <v>2053</v>
+        <v>2061</v>
       </c>
       <c r="D222" t="s">
-        <v>2054</v>
+        <v>2062</v>
       </c>
       <c r="E222" t="s">
-        <v>2055</v>
+        <v>2063</v>
       </c>
       <c r="F222" t="s">
-        <v>2056</v>
+        <v>2064</v>
       </c>
       <c r="G222" t="s">
-        <v>2057</v>
+        <v>2065</v>
       </c>
       <c r="H222" t="s">
-        <v>2058</v>
+        <v>2066</v>
       </c>
       <c r="I222" t="s">
-        <v>2059</v>
+        <v>2067</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2060</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>6259</v>
+        <v>6211</v>
       </c>
       <c r="B223" t="s">
-        <v>2061</v>
+        <v>2069</v>
       </c>
       <c r="C223" t="s">
-        <v>2062</v>
+        <v>2070</v>
       </c>
       <c r="D223" t="s">
-        <v>2063</v>
+        <v>2071</v>
       </c>
       <c r="E223" t="s">
-        <v>2064</v>
+        <v>2072</v>
       </c>
       <c r="F223" t="s">
-        <v>2065</v>
+        <v>2073</v>
       </c>
       <c r="G223" t="s">
-        <v>2066</v>
+        <v>2074</v>
       </c>
       <c r="H223" t="s">
-        <v>2067</v>
+        <v>2075</v>
       </c>
       <c r="I223" t="s">
-        <v>2068</v>
+        <v>2076</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
         <v>112</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
         <v>113</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2069</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>6261</v>
+        <v>6254</v>
       </c>
       <c r="B224" t="s">
-        <v>2070</v>
+        <v>2078</v>
       </c>
       <c r="C224" t="s">
-        <v>2071</v>
+        <v>2079</v>
       </c>
       <c r="D224" t="s">
-        <v>2072</v>
+        <v>2080</v>
       </c>
       <c r="E224" t="s">
-        <v>2073</v>
+        <v>2081</v>
       </c>
       <c r="F224" t="s">
-        <v>2074</v>
+        <v>2082</v>
       </c>
       <c r="G224" t="s">
-        <v>2075</v>
+        <v>2083</v>
       </c>
       <c r="H224" t="s">
-        <v>2076</v>
+        <v>2084</v>
       </c>
       <c r="I224" t="s">
-        <v>2077</v>
+        <v>2085</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2078</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>6263</v>
+        <v>6255</v>
       </c>
       <c r="B225" t="s">
-        <v>2079</v>
+        <v>2087</v>
       </c>
       <c r="C225" t="s">
-        <v>2080</v>
+        <v>2088</v>
       </c>
       <c r="D225" t="s">
-        <v>2081</v>
+        <v>2089</v>
       </c>
       <c r="E225" t="s">
-        <v>2082</v>
+        <v>2090</v>
       </c>
       <c r="F225" t="s">
-        <v>2083</v>
+        <v>2091</v>
       </c>
       <c r="G225" t="s">
-        <v>2084</v>
+        <v>2092</v>
       </c>
       <c r="H225" t="s">
-        <v>2085</v>
+        <v>2093</v>
       </c>
       <c r="I225" t="s">
-        <v>2086</v>
+        <v>2094</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>112</v>
+        <v>2095</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>113</v>
+        <v>2096</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2087</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>6272</v>
+        <v>6258</v>
       </c>
       <c r="B226" t="s">
-        <v>2088</v>
+        <v>2098</v>
       </c>
       <c r="C226" t="s">
-        <v>2089</v>
+        <v>2099</v>
       </c>
       <c r="D226" t="s">
-        <v>2090</v>
+        <v>2100</v>
       </c>
       <c r="E226" t="s">
-        <v>2091</v>
+        <v>2101</v>
       </c>
       <c r="F226" t="s">
-        <v>2092</v>
+        <v>2102</v>
       </c>
       <c r="G226" t="s">
-        <v>2093</v>
+        <v>2103</v>
       </c>
       <c r="H226" t="s">
-        <v>2094</v>
+        <v>2104</v>
       </c>
       <c r="I226" t="s">
-        <v>2095</v>
+        <v>2105</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2096</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>6274</v>
+        <v>6259</v>
       </c>
       <c r="B227" t="s">
-        <v>2097</v>
+        <v>2107</v>
       </c>
       <c r="C227" t="s">
-        <v>2098</v>
+        <v>2108</v>
       </c>
       <c r="D227" t="s">
-        <v>2099</v>
+        <v>2109</v>
       </c>
       <c r="E227" t="s">
-        <v>2100</v>
+        <v>2110</v>
       </c>
       <c r="F227" t="s">
-        <v>2101</v>
+        <v>2111</v>
       </c>
       <c r="G227" t="s">
-        <v>2102</v>
+        <v>2112</v>
       </c>
       <c r="H227" t="s">
-        <v>2103</v>
+        <v>2113</v>
       </c>
       <c r="I227" t="s">
-        <v>2104</v>
+        <v>2114</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2105</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>6275</v>
+        <v>6261</v>
       </c>
       <c r="B228" t="s">
-        <v>2106</v>
+        <v>2116</v>
       </c>
       <c r="C228" t="s">
-        <v>2107</v>
+        <v>2117</v>
       </c>
       <c r="D228" t="s">
-        <v>2108</v>
+        <v>2118</v>
       </c>
       <c r="E228" t="s">
-        <v>2109</v>
+        <v>2119</v>
       </c>
       <c r="F228" t="s">
-        <v>2110</v>
+        <v>2120</v>
       </c>
       <c r="G228" t="s">
-        <v>2111</v>
+        <v>2121</v>
       </c>
       <c r="H228" t="s">
-        <v>2112</v>
+        <v>2122</v>
       </c>
       <c r="I228" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="J228" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>1266</v>
+        <v>47</v>
       </c>
       <c r="L228" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>1267</v>
+        <v>48</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>6327</v>
+        <v>6263</v>
       </c>
       <c r="B229" t="s">
-        <v>2115</v>
+        <v>2125</v>
       </c>
       <c r="C229" t="s">
-        <v>2116</v>
+        <v>2126</v>
       </c>
       <c r="D229" t="s">
-        <v>2117</v>
+        <v>2127</v>
       </c>
       <c r="E229" t="s">
-        <v>2118</v>
+        <v>2128</v>
       </c>
       <c r="F229" t="s">
-        <v>2119</v>
+        <v>2129</v>
       </c>
       <c r="G229" t="s">
-        <v>2120</v>
+        <v>2130</v>
       </c>
       <c r="H229" t="s">
-        <v>2121</v>
+        <v>2131</v>
       </c>
       <c r="I229" t="s">
-        <v>2122</v>
+        <v>2132</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2123</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>6337</v>
+        <v>6272</v>
       </c>
       <c r="B230" t="s">
-        <v>2124</v>
+        <v>2134</v>
       </c>
       <c r="C230" t="s">
-        <v>2125</v>
+        <v>2135</v>
       </c>
       <c r="D230" t="s">
-        <v>2126</v>
+        <v>2136</v>
       </c>
       <c r="E230" t="s">
-        <v>2127</v>
+        <v>2137</v>
       </c>
       <c r="F230" t="s">
-        <v>2128</v>
+        <v>2138</v>
       </c>
       <c r="G230" t="s">
-        <v>2129</v>
+        <v>2139</v>
       </c>
       <c r="H230" t="s">
-        <v>2130</v>
+        <v>2140</v>
       </c>
       <c r="I230" t="s">
-        <v>2131</v>
+        <v>2141</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2132</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>6460</v>
+        <v>6274</v>
       </c>
       <c r="B231" t="s">
-        <v>2133</v>
+        <v>2143</v>
       </c>
       <c r="C231" t="s">
-        <v>2134</v>
+        <v>2144</v>
       </c>
       <c r="D231" t="s">
-        <v>2135</v>
+        <v>2145</v>
       </c>
       <c r="E231" t="s">
-        <v>2136</v>
+        <v>2146</v>
       </c>
       <c r="F231" t="s">
-        <v>2137</v>
+        <v>2147</v>
       </c>
       <c r="G231" t="s">
-        <v>2138</v>
+        <v>2148</v>
       </c>
       <c r="H231" t="s">
-        <v>2139</v>
+        <v>2149</v>
       </c>
       <c r="I231" t="s">
-        <v>2140</v>
+        <v>2150</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
         <v>25</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
         <v>27</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2141</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>6468</v>
+        <v>6275</v>
       </c>
       <c r="B232" t="s">
-        <v>2142</v>
+        <v>2152</v>
       </c>
       <c r="C232" t="s">
-        <v>2143</v>
+        <v>2153</v>
       </c>
       <c r="D232" t="s">
-        <v>2144</v>
+        <v>2154</v>
       </c>
       <c r="E232" t="s">
-        <v>2145</v>
+        <v>2155</v>
       </c>
       <c r="F232" t="s">
-        <v>2146</v>
+        <v>2156</v>
       </c>
       <c r="G232" t="s">
-        <v>2147</v>
+        <v>2157</v>
       </c>
       <c r="H232" t="s">
-        <v>2148</v>
+        <v>2158</v>
       </c>
       <c r="I232" t="s">
-        <v>2149</v>
+        <v>2159</v>
       </c>
       <c r="J232" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K232" t="s">
-        <v>25</v>
+        <v>1312</v>
       </c>
       <c r="L232" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M232" t="s">
-        <v>27</v>
+        <v>1313</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2150</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>6761</v>
+        <v>6327</v>
       </c>
       <c r="B233" t="s">
-        <v>2151</v>
+        <v>2161</v>
       </c>
       <c r="C233" t="s">
-        <v>2152</v>
+        <v>2162</v>
       </c>
       <c r="D233" t="s">
-        <v>2153</v>
+        <v>2163</v>
       </c>
       <c r="E233" t="s">
-        <v>2154</v>
+        <v>2164</v>
       </c>
       <c r="F233" t="s">
-        <v>2155</v>
+        <v>2165</v>
       </c>
       <c r="G233" t="s">
-        <v>2156</v>
+        <v>2166</v>
       </c>
       <c r="H233" t="s">
-        <v>2157</v>
+        <v>2167</v>
       </c>
       <c r="I233" t="s">
-        <v>2158</v>
+        <v>2168</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2159</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>6762</v>
+        <v>6337</v>
       </c>
       <c r="B234" t="s">
-        <v>2160</v>
+        <v>2170</v>
       </c>
       <c r="C234" t="s">
-        <v>2161</v>
+        <v>2171</v>
       </c>
       <c r="D234" t="s">
-        <v>2162</v>
+        <v>2172</v>
       </c>
       <c r="E234" t="s">
-        <v>2163</v>
+        <v>2173</v>
       </c>
       <c r="F234" t="s">
-        <v>2164</v>
+        <v>2174</v>
       </c>
       <c r="G234" t="s">
-        <v>2165</v>
+        <v>2175</v>
       </c>
       <c r="H234" t="s">
-        <v>2166</v>
+        <v>2176</v>
       </c>
       <c r="I234" t="s">
-        <v>2167</v>
+        <v>2177</v>
       </c>
       <c r="J234" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>451</v>
+        <v>47</v>
       </c>
       <c r="L234" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M234" t="s">
-        <v>452</v>
+        <v>48</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2168</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>6765</v>
+        <v>6460</v>
       </c>
       <c r="B235" t="s">
-        <v>2169</v>
+        <v>2179</v>
       </c>
       <c r="C235" t="s">
-        <v>2170</v>
+        <v>2180</v>
       </c>
       <c r="D235" t="s">
-        <v>2171</v>
+        <v>2181</v>
       </c>
       <c r="E235" t="s">
-        <v>2172</v>
+        <v>2182</v>
       </c>
       <c r="F235" t="s">
-        <v>2173</v>
+        <v>2183</v>
       </c>
       <c r="G235" t="s">
-        <v>2174</v>
+        <v>2184</v>
       </c>
       <c r="H235" t="s">
-        <v>2175</v>
+        <v>2185</v>
       </c>
       <c r="I235" t="s">
-        <v>2176</v>
+        <v>2186</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2177</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>8265</v>
+        <v>6468</v>
       </c>
       <c r="B236" t="s">
-        <v>2178</v>
+        <v>2188</v>
       </c>
       <c r="C236" t="s">
-        <v>2179</v>
+        <v>2189</v>
       </c>
       <c r="D236" t="s">
-        <v>2180</v>
+        <v>2190</v>
       </c>
       <c r="E236" t="s">
-        <v>2181</v>
+        <v>2191</v>
       </c>
       <c r="F236" t="s">
-        <v>2182</v>
+        <v>2192</v>
       </c>
       <c r="G236" t="s">
-        <v>2183</v>
+        <v>2193</v>
       </c>
       <c r="H236" t="s">
-        <v>2184</v>
+        <v>2194</v>
       </c>
       <c r="I236" t="s">
-        <v>2185</v>
+        <v>2195</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>2186</v>
+        <v>25</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
-        <v>2187</v>
+        <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2188</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>8289</v>
+        <v>6761</v>
       </c>
       <c r="B237" t="s">
-        <v>2189</v>
+        <v>2197</v>
       </c>
       <c r="C237" t="s">
-        <v>2190</v>
+        <v>2198</v>
       </c>
       <c r="D237" t="s">
-        <v>2191</v>
+        <v>2199</v>
       </c>
       <c r="E237" t="s">
-        <v>2192</v>
+        <v>2200</v>
       </c>
       <c r="F237" t="s">
-        <v>2193</v>
+        <v>2201</v>
       </c>
       <c r="G237" t="s">
-        <v>2194</v>
+        <v>2202</v>
       </c>
       <c r="H237" t="s">
-        <v>2195</v>
+        <v>2203</v>
       </c>
       <c r="I237" t="s">
-        <v>2196</v>
+        <v>2204</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>533</v>
+        <v>25</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>534</v>
+        <v>27</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2197</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>8386</v>
+        <v>6762</v>
       </c>
       <c r="B238" t="s">
-        <v>2198</v>
+        <v>2206</v>
       </c>
       <c r="C238" t="s">
-        <v>2199</v>
+        <v>2207</v>
       </c>
       <c r="D238" t="s">
-        <v>2200</v>
+        <v>2208</v>
       </c>
       <c r="E238" t="s">
-        <v>2201</v>
+        <v>2209</v>
       </c>
       <c r="F238" t="s">
-        <v>2202</v>
+        <v>2210</v>
       </c>
       <c r="G238" t="s">
-        <v>2203</v>
+        <v>2211</v>
       </c>
       <c r="H238" t="s">
-        <v>2204</v>
+        <v>2212</v>
       </c>
       <c r="I238" t="s">
-        <v>2205</v>
+        <v>2213</v>
       </c>
       <c r="J238" t="s">
-        <v>1189</v>
+        <v>498</v>
       </c>
       <c r="K238" t="s">
-        <v>112</v>
+        <v>451</v>
       </c>
       <c r="L238" t="s">
-        <v>1191</v>
+        <v>500</v>
       </c>
       <c r="M238" t="s">
-        <v>113</v>
+        <v>452</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2206</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>8402</v>
+        <v>6765</v>
       </c>
       <c r="B239" t="s">
-        <v>2207</v>
+        <v>2215</v>
       </c>
       <c r="C239" t="s">
-        <v>2208</v>
+        <v>2216</v>
       </c>
       <c r="D239" t="s">
-        <v>2209</v>
+        <v>2217</v>
       </c>
       <c r="E239" t="s">
-        <v>2210</v>
+        <v>2218</v>
       </c>
       <c r="F239" t="s">
-        <v>2211</v>
+        <v>2219</v>
       </c>
       <c r="G239" t="s">
-        <v>2212</v>
+        <v>2220</v>
       </c>
       <c r="H239" t="s">
-        <v>2213</v>
+        <v>2221</v>
       </c>
       <c r="I239" t="s">
-        <v>2214</v>
+        <v>2222</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
         <v>112</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
         <v>113</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2215</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>8903</v>
+        <v>8265</v>
       </c>
       <c r="B240" t="s">
-        <v>2216</v>
+        <v>2224</v>
       </c>
       <c r="C240" t="s">
-        <v>2217</v>
+        <v>2225</v>
       </c>
       <c r="D240" t="s">
-        <v>2218</v>
+        <v>2226</v>
       </c>
       <c r="E240" t="s">
-        <v>2219</v>
+        <v>2227</v>
       </c>
       <c r="F240" t="s">
-        <v>2220</v>
+        <v>2228</v>
       </c>
       <c r="G240" t="s">
-        <v>2221</v>
+        <v>2229</v>
       </c>
       <c r="H240" t="s">
-        <v>2222</v>
+        <v>2230</v>
       </c>
       <c r="I240" t="s">
-        <v>2223</v>
+        <v>2231</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>112</v>
+        <v>2232</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
-        <v>113</v>
+        <v>2233</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2224</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>8904</v>
+        <v>8289</v>
       </c>
       <c r="B241" t="s">
-        <v>2225</v>
+        <v>2235</v>
       </c>
       <c r="C241" t="s">
-        <v>2226</v>
+        <v>2236</v>
       </c>
       <c r="D241" t="s">
-        <v>2227</v>
+        <v>2237</v>
       </c>
       <c r="E241" t="s">
-        <v>2228</v>
+        <v>2238</v>
       </c>
       <c r="F241" t="s">
-        <v>2229</v>
+        <v>2239</v>
       </c>
       <c r="G241" t="s">
-        <v>2230</v>
+        <v>2240</v>
       </c>
       <c r="H241" t="s">
-        <v>2231</v>
+        <v>2241</v>
       </c>
       <c r="I241" t="s">
-        <v>2232</v>
+        <v>2242</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>112</v>
+        <v>533</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
-        <v>113</v>
+        <v>534</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2233</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>8914</v>
+        <v>8386</v>
       </c>
       <c r="B242" t="s">
-        <v>2234</v>
+        <v>2244</v>
       </c>
       <c r="C242" t="s">
-        <v>2235</v>
+        <v>2245</v>
       </c>
       <c r="D242" t="s">
-        <v>2236</v>
+        <v>2246</v>
       </c>
       <c r="E242" t="s">
-        <v>2237</v>
+        <v>2247</v>
       </c>
       <c r="F242" t="s">
-        <v>2238</v>
+        <v>2248</v>
       </c>
       <c r="G242" t="s">
-        <v>2239</v>
+        <v>2249</v>
       </c>
       <c r="H242" t="s">
-        <v>2240</v>
+        <v>2250</v>
       </c>
       <c r="I242" t="s">
-        <v>2241</v>
+        <v>2251</v>
       </c>
       <c r="J242" t="s">
-        <v>24</v>
+        <v>1223</v>
       </c>
       <c r="K242" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L242" t="s">
-        <v>26</v>
+        <v>1225</v>
       </c>
       <c r="M242" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2242</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>8918</v>
+        <v>8402</v>
       </c>
       <c r="B243" t="s">
-        <v>2243</v>
+        <v>2253</v>
       </c>
       <c r="C243" t="s">
-        <v>2244</v>
+        <v>2254</v>
       </c>
       <c r="D243" t="s">
-        <v>2245</v>
+        <v>2255</v>
       </c>
       <c r="E243" t="s">
-        <v>2246</v>
+        <v>2256</v>
       </c>
       <c r="F243" t="s">
-        <v>2247</v>
+        <v>2257</v>
       </c>
       <c r="G243" t="s">
-        <v>2248</v>
+        <v>2258</v>
       </c>
       <c r="H243" t="s">
-        <v>2249</v>
+        <v>2259</v>
       </c>
       <c r="I243" t="s">
-        <v>2250</v>
+        <v>2260</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2251</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>8945</v>
+        <v>8903</v>
       </c>
       <c r="B244" t="s">
-        <v>2252</v>
+        <v>2262</v>
       </c>
       <c r="C244" t="s">
-        <v>2253</v>
+        <v>2263</v>
       </c>
       <c r="D244" t="s">
-        <v>2254</v>
+        <v>2264</v>
       </c>
       <c r="E244" t="s">
-        <v>2255</v>
+        <v>2265</v>
       </c>
       <c r="F244" t="s">
-        <v>2256</v>
+        <v>2266</v>
       </c>
       <c r="G244" t="s">
-        <v>2257</v>
+        <v>2267</v>
       </c>
       <c r="H244" t="s">
-        <v>2258</v>
+        <v>2268</v>
       </c>
       <c r="I244" t="s">
-        <v>2259</v>
+        <v>2269</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2260</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>8951</v>
+        <v>8904</v>
       </c>
       <c r="B245" t="s">
-        <v>2261</v>
+        <v>2271</v>
       </c>
       <c r="C245" t="s">
-        <v>2262</v>
+        <v>2272</v>
       </c>
       <c r="D245" t="s">
-        <v>2263</v>
+        <v>2273</v>
       </c>
       <c r="E245" t="s">
-        <v>2264</v>
+        <v>2274</v>
       </c>
       <c r="F245" t="s">
-        <v>2265</v>
+        <v>2275</v>
       </c>
       <c r="G245" t="s">
-        <v>2266</v>
+        <v>2276</v>
       </c>
       <c r="H245" t="s">
-        <v>2267</v>
+        <v>2277</v>
       </c>
       <c r="I245" t="s">
-        <v>2268</v>
+        <v>2278</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
         <v>112</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
         <v>113</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2269</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>10014</v>
+        <v>8914</v>
       </c>
       <c r="B246" t="s">
-        <v>2270</v>
+        <v>2280</v>
       </c>
       <c r="C246" t="s">
-        <v>2271</v>
+        <v>2281</v>
       </c>
       <c r="D246" t="s">
-        <v>2272</v>
+        <v>2282</v>
       </c>
       <c r="E246" t="s">
-        <v>2273</v>
+        <v>2283</v>
       </c>
       <c r="F246" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G246" t="s">
-        <v>2275</v>
+        <v>2285</v>
       </c>
       <c r="H246" t="s">
-        <v>2276</v>
+        <v>2286</v>
       </c>
       <c r="I246" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>2278</v>
+        <v>25</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
-        <v>2279</v>
+        <v>27</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2280</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>10015</v>
+        <v>8918</v>
       </c>
       <c r="B247" t="s">
-        <v>2281</v>
+        <v>2289</v>
       </c>
       <c r="C247" t="s">
-        <v>2282</v>
+        <v>2290</v>
       </c>
       <c r="D247" t="s">
-        <v>2283</v>
+        <v>2291</v>
       </c>
       <c r="E247" t="s">
-        <v>2284</v>
+        <v>2292</v>
       </c>
       <c r="F247" t="s">
-        <v>2285</v>
+        <v>2293</v>
       </c>
       <c r="G247" t="s">
-        <v>2286</v>
+        <v>2294</v>
       </c>
       <c r="H247" t="s">
-        <v>2287</v>
+        <v>2295</v>
       </c>
       <c r="I247" t="s">
-        <v>2288</v>
+        <v>2296</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2289</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>10036</v>
+        <v>8945</v>
       </c>
       <c r="B248" t="s">
-        <v>2290</v>
+        <v>2298</v>
       </c>
       <c r="C248" t="s">
-        <v>2291</v>
+        <v>2299</v>
       </c>
       <c r="D248" t="s">
-        <v>2292</v>
+        <v>2300</v>
       </c>
       <c r="E248" t="s">
-        <v>2293</v>
+        <v>2301</v>
       </c>
       <c r="F248" t="s">
-        <v>2294</v>
+        <v>2302</v>
       </c>
       <c r="G248" t="s">
-        <v>2295</v>
+        <v>2303</v>
       </c>
       <c r="H248" t="s">
-        <v>2296</v>
+        <v>2304</v>
       </c>
       <c r="I248" t="s">
-        <v>2297</v>
+        <v>2305</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2298</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>10098</v>
+        <v>8951</v>
       </c>
       <c r="B249" t="s">
-        <v>2299</v>
+        <v>2307</v>
       </c>
       <c r="C249" t="s">
-        <v>2300</v>
+        <v>2308</v>
       </c>
       <c r="D249" t="s">
-        <v>2301</v>
+        <v>2309</v>
       </c>
       <c r="E249" t="s">
-        <v>2302</v>
+        <v>2310</v>
       </c>
       <c r="F249" t="s">
-        <v>2303</v>
+        <v>2311</v>
       </c>
       <c r="G249" t="s">
-        <v>2304</v>
+        <v>2312</v>
       </c>
       <c r="H249" t="s">
-        <v>2305</v>
+        <v>2313</v>
       </c>
       <c r="I249" t="s">
-        <v>2306</v>
+        <v>2314</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2307</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>10101</v>
+        <v>10014</v>
       </c>
       <c r="B250" t="s">
-        <v>2308</v>
+        <v>2316</v>
       </c>
       <c r="C250" t="s">
-        <v>2309</v>
+        <v>2317</v>
       </c>
       <c r="D250" t="s">
-        <v>2310</v>
+        <v>2318</v>
       </c>
       <c r="E250" t="s">
-        <v>2311</v>
+        <v>2319</v>
       </c>
       <c r="F250" t="s">
-        <v>2312</v>
+        <v>2320</v>
       </c>
       <c r="G250" t="s">
-        <v>2313</v>
+        <v>2321</v>
       </c>
       <c r="H250" t="s">
-        <v>2314</v>
+        <v>2322</v>
       </c>
       <c r="I250" t="s">
-        <v>2315</v>
+        <v>2323</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>25</v>
+        <v>2324</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>27</v>
+        <v>2325</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2316</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>10412</v>
+        <v>10015</v>
       </c>
       <c r="B251" t="s">
-        <v>2317</v>
+        <v>2327</v>
       </c>
       <c r="C251" t="s">
-        <v>2318</v>
+        <v>2328</v>
       </c>
       <c r="D251" t="s">
-        <v>2319</v>
+        <v>2329</v>
       </c>
       <c r="E251" t="s">
-        <v>2320</v>
+        <v>2330</v>
       </c>
       <c r="F251" t="s">
-        <v>2321</v>
+        <v>2331</v>
       </c>
       <c r="G251" t="s">
-        <v>2322</v>
+        <v>2332</v>
       </c>
       <c r="H251" t="s">
-        <v>2323</v>
+        <v>2333</v>
       </c>
       <c r="I251" t="s">
-        <v>2324</v>
+        <v>2334</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2325</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>10603</v>
+        <v>10036</v>
       </c>
       <c r="B252" t="s">
-        <v>2326</v>
+        <v>2336</v>
       </c>
       <c r="C252" t="s">
-        <v>2327</v>
+        <v>2337</v>
       </c>
       <c r="D252" t="s">
-        <v>2328</v>
+        <v>2338</v>
       </c>
       <c r="E252" t="s">
-        <v>2329</v>
+        <v>2339</v>
       </c>
       <c r="F252" t="s">
-        <v>2330</v>
+        <v>2340</v>
       </c>
       <c r="G252" t="s">
-        <v>2331</v>
+        <v>2341</v>
       </c>
       <c r="H252" t="s">
-        <v>2332</v>
+        <v>2342</v>
       </c>
       <c r="I252" t="s">
-        <v>2333</v>
+        <v>2343</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
         <v>25</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
         <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2334</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>10647</v>
+        <v>10098</v>
       </c>
       <c r="B253" t="s">
-        <v>2335</v>
+        <v>2345</v>
       </c>
       <c r="C253" t="s">
-        <v>2336</v>
+        <v>2346</v>
       </c>
       <c r="D253" t="s">
-        <v>2337</v>
+        <v>2347</v>
       </c>
       <c r="E253" t="s">
-        <v>2338</v>
+        <v>2348</v>
       </c>
       <c r="F253" t="s">
-        <v>2339</v>
+        <v>2349</v>
       </c>
       <c r="G253" t="s">
-        <v>2340</v>
+        <v>2350</v>
       </c>
       <c r="H253" t="s">
-        <v>2341</v>
+        <v>2351</v>
       </c>
       <c r="I253" t="s">
-        <v>2342</v>
+        <v>2352</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2343</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>10887</v>
+        <v>10101</v>
       </c>
       <c r="B254" t="s">
-        <v>2344</v>
+        <v>2354</v>
       </c>
       <c r="C254" t="s">
-        <v>2345</v>
+        <v>2355</v>
       </c>
       <c r="D254" t="s">
-        <v>2346</v>
+        <v>2356</v>
       </c>
       <c r="E254" t="s">
-        <v>2347</v>
+        <v>2357</v>
       </c>
       <c r="F254" t="s">
-        <v>2348</v>
+        <v>2358</v>
       </c>
       <c r="G254" t="s">
-        <v>2349</v>
+        <v>2359</v>
       </c>
       <c r="H254" t="s">
-        <v>2350</v>
+        <v>2360</v>
       </c>
       <c r="I254" t="s">
-        <v>2351</v>
+        <v>2361</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
         <v>25</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
         <v>27</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2352</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>10925</v>
+        <v>10412</v>
       </c>
       <c r="B255" t="s">
-        <v>2353</v>
+        <v>2363</v>
       </c>
       <c r="C255" t="s">
-        <v>2354</v>
+        <v>2364</v>
       </c>
       <c r="D255" t="s">
-        <v>2355</v>
+        <v>2365</v>
       </c>
       <c r="E255" t="s">
-        <v>2356</v>
+        <v>2366</v>
       </c>
       <c r="F255" t="s">
-        <v>2357</v>
+        <v>2367</v>
       </c>
       <c r="G255" t="s">
-        <v>2358</v>
+        <v>2368</v>
       </c>
       <c r="H255" t="s">
-        <v>2359</v>
+        <v>2369</v>
       </c>
       <c r="I255" t="s">
-        <v>2360</v>
+        <v>2370</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
         <v>25</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
         <v>27</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2361</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>10930</v>
+        <v>10603</v>
       </c>
       <c r="B256" t="s">
-        <v>2362</v>
+        <v>2372</v>
       </c>
       <c r="C256" t="s">
-        <v>2363</v>
+        <v>2373</v>
       </c>
       <c r="D256" t="s">
-        <v>2364</v>
+        <v>2374</v>
       </c>
       <c r="E256" t="s">
-        <v>2365</v>
+        <v>2375</v>
       </c>
       <c r="F256" t="s">
-        <v>2366</v>
+        <v>2376</v>
       </c>
       <c r="G256" t="s">
-        <v>2367</v>
+        <v>2377</v>
       </c>
       <c r="H256" t="s">
-        <v>2368</v>
+        <v>2378</v>
       </c>
       <c r="I256" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="J256" t="s">
-        <v>2370</v>
+        <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>607</v>
+        <v>25</v>
       </c>
       <c r="L256" t="s">
-        <v>2371</v>
+        <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>608</v>
+        <v>27</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2372</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>10947</v>
+        <v>10647</v>
       </c>
       <c r="B257" t="s">
-        <v>2373</v>
+        <v>2381</v>
       </c>
       <c r="C257" t="s">
-        <v>2374</v>
+        <v>2382</v>
       </c>
       <c r="D257" t="s">
-        <v>2375</v>
+        <v>2383</v>
       </c>
       <c r="E257" t="s">
-        <v>2376</v>
+        <v>2384</v>
       </c>
       <c r="F257" t="s">
-        <v>2377</v>
+        <v>2385</v>
       </c>
       <c r="G257" t="s">
-        <v>2378</v>
+        <v>2386</v>
       </c>
       <c r="H257" t="s">
-        <v>2379</v>
+        <v>2387</v>
       </c>
       <c r="I257" t="s">
-        <v>2380</v>
+        <v>2388</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
         <v>112</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
         <v>113</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2381</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>10951</v>
+        <v>10887</v>
       </c>
       <c r="B258" t="s">
-        <v>2382</v>
+        <v>2390</v>
       </c>
       <c r="C258" t="s">
-        <v>2383</v>
+        <v>2391</v>
       </c>
       <c r="D258" t="s">
-        <v>2384</v>
+        <v>2392</v>
       </c>
       <c r="E258" t="s">
-        <v>2385</v>
+        <v>2393</v>
       </c>
       <c r="F258" t="s">
-        <v>2386</v>
+        <v>2394</v>
       </c>
       <c r="G258" t="s">
-        <v>2387</v>
+        <v>2395</v>
       </c>
       <c r="H258" t="s">
-        <v>2388</v>
+        <v>2396</v>
       </c>
       <c r="I258" t="s">
-        <v>2389</v>
+        <v>2397</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2390</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>11287</v>
+        <v>10925</v>
       </c>
       <c r="B259" t="s">
-        <v>2391</v>
+        <v>2399</v>
       </c>
       <c r="C259" t="s">
-        <v>2392</v>
+        <v>2400</v>
       </c>
       <c r="D259" t="s">
-        <v>2393</v>
+        <v>2401</v>
       </c>
       <c r="E259" t="s">
-        <v>2394</v>
+        <v>2402</v>
       </c>
       <c r="F259" t="s">
-        <v>2395</v>
+        <v>2403</v>
       </c>
       <c r="G259" t="s">
-        <v>2396</v>
+        <v>2404</v>
       </c>
       <c r="H259" t="s">
-        <v>2397</v>
+        <v>2405</v>
       </c>
       <c r="I259" t="s">
-        <v>2398</v>
+        <v>2406</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2399</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>58060</v>
+        <v>10930</v>
       </c>
       <c r="B260" t="s">
-        <v>2400</v>
+        <v>2408</v>
       </c>
       <c r="C260" t="s">
-        <v>2401</v>
+        <v>2409</v>
       </c>
       <c r="D260" t="s">
-        <v>2402</v>
+        <v>2410</v>
       </c>
       <c r="E260" t="s">
-        <v>2403</v>
+        <v>2411</v>
       </c>
       <c r="F260" t="s">
-        <v>2404</v>
+        <v>2412</v>
       </c>
       <c r="G260" t="s">
-        <v>2405</v>
+        <v>2413</v>
       </c>
       <c r="H260" t="s">
-        <v>2406</v>
+        <v>2414</v>
       </c>
       <c r="I260" t="s">
-        <v>2407</v>
+        <v>2415</v>
       </c>
       <c r="J260" t="s">
-        <v>24</v>
+        <v>2416</v>
       </c>
       <c r="K260" t="s">
-        <v>2408</v>
+        <v>607</v>
       </c>
       <c r="L260" t="s">
-        <v>26</v>
+        <v>2417</v>
       </c>
       <c r="M260" t="s">
-        <v>2409</v>
+        <v>608</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2410</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>58066</v>
+        <v>10947</v>
       </c>
       <c r="B261" t="s">
-        <v>2411</v>
+        <v>2419</v>
       </c>
       <c r="C261" t="s">
-        <v>2412</v>
+        <v>2420</v>
       </c>
       <c r="D261" t="s">
-        <v>2413</v>
+        <v>2421</v>
       </c>
       <c r="E261" t="s">
-        <v>2414</v>
+        <v>2422</v>
       </c>
       <c r="F261" t="s">
-        <v>2415</v>
+        <v>2423</v>
       </c>
       <c r="G261" t="s">
-        <v>2416</v>
+        <v>2424</v>
       </c>
       <c r="H261" t="s">
-        <v>2417</v>
+        <v>2425</v>
       </c>
       <c r="I261" t="s">
-        <v>2418</v>
+        <v>2426</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>607</v>
+        <v>112</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>608</v>
+        <v>113</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2419</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>58120</v>
+        <v>10951</v>
       </c>
       <c r="B262" t="s">
-        <v>2420</v>
+        <v>2428</v>
       </c>
       <c r="C262" t="s">
-        <v>2421</v>
+        <v>2429</v>
       </c>
       <c r="D262" t="s">
-        <v>2422</v>
+        <v>2430</v>
       </c>
       <c r="E262" t="s">
-        <v>2423</v>
+        <v>2431</v>
       </c>
       <c r="F262" t="s">
-        <v>2424</v>
+        <v>2432</v>
       </c>
       <c r="G262" t="s">
-        <v>2425</v>
+        <v>2433</v>
       </c>
       <c r="H262" t="s">
-        <v>2426</v>
+        <v>2434</v>
       </c>
       <c r="I262" t="s">
-        <v>2427</v>
+        <v>2435</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2428</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>58122</v>
+        <v>11287</v>
       </c>
       <c r="B263" t="s">
-        <v>2429</v>
+        <v>2437</v>
       </c>
       <c r="C263" t="s">
-        <v>2430</v>
+        <v>2438</v>
       </c>
       <c r="D263" t="s">
-        <v>2431</v>
+        <v>2439</v>
       </c>
       <c r="E263" t="s">
-        <v>2432</v>
+        <v>2440</v>
       </c>
       <c r="F263" t="s">
-        <v>2433</v>
+        <v>2441</v>
       </c>
       <c r="G263" t="s">
-        <v>2434</v>
+        <v>2442</v>
       </c>
       <c r="H263" t="s">
-        <v>2435</v>
+        <v>2443</v>
       </c>
       <c r="I263" t="s">
-        <v>2436</v>
+        <v>2444</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
         <v>112</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
         <v>113</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2437</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>58218</v>
+        <v>58060</v>
       </c>
       <c r="B264" t="s">
-        <v>2438</v>
+        <v>2446</v>
       </c>
       <c r="C264" t="s">
-        <v>2439</v>
+        <v>2447</v>
       </c>
       <c r="D264" t="s">
-        <v>2440</v>
+        <v>2448</v>
       </c>
       <c r="E264" t="s">
-        <v>2441</v>
+        <v>2449</v>
       </c>
       <c r="F264" t="s">
-        <v>2442</v>
+        <v>2450</v>
       </c>
       <c r="G264" t="s">
-        <v>2443</v>
+        <v>2451</v>
       </c>
       <c r="H264" t="s">
-        <v>2444</v>
+        <v>2452</v>
       </c>
       <c r="I264" t="s">
-        <v>2445</v>
+        <v>2453</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>112</v>
+        <v>2454</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
-        <v>113</v>
+        <v>2455</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2446</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>58223</v>
+        <v>58066</v>
       </c>
       <c r="B265" t="s">
-        <v>2447</v>
+        <v>2457</v>
       </c>
       <c r="C265" t="s">
-        <v>2448</v>
+        <v>2458</v>
       </c>
       <c r="D265" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
       <c r="E265" t="s">
-        <v>2450</v>
+        <v>2460</v>
       </c>
       <c r="F265" t="s">
-        <v>2451</v>
+        <v>2461</v>
       </c>
       <c r="G265" t="s">
-        <v>2452</v>
+        <v>2462</v>
       </c>
       <c r="H265" t="s">
-        <v>2453</v>
+        <v>2463</v>
       </c>
       <c r="I265" t="s">
-        <v>2454</v>
+        <v>2464</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>112</v>
+        <v>607</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>113</v>
+        <v>608</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2455</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>58240</v>
+        <v>58120</v>
       </c>
       <c r="B266" t="s">
-        <v>2456</v>
+        <v>2466</v>
       </c>
       <c r="C266" t="s">
-        <v>2457</v>
+        <v>2467</v>
       </c>
       <c r="D266" t="s">
-        <v>2458</v>
+        <v>2468</v>
       </c>
       <c r="E266" t="s">
-        <v>2459</v>
+        <v>2469</v>
       </c>
       <c r="F266" t="s">
-        <v>2460</v>
+        <v>2470</v>
       </c>
       <c r="G266" t="s">
-        <v>2461</v>
+        <v>2471</v>
       </c>
       <c r="H266" t="s">
-        <v>2462</v>
+        <v>2472</v>
       </c>
       <c r="I266" t="s">
-        <v>2463</v>
+        <v>2473</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>2464</v>
+        <v>25</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
+      <c r="M266" t="s">
+        <v>27</v>
+      </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2465</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>58259</v>
+        <v>58122</v>
       </c>
       <c r="B267" t="s">
-        <v>2466</v>
+        <v>2475</v>
       </c>
       <c r="C267" t="s">
-        <v>2467</v>
+        <v>2476</v>
       </c>
       <c r="D267" t="s">
-        <v>2468</v>
+        <v>2477</v>
       </c>
       <c r="E267" t="s">
-        <v>2469</v>
+        <v>2478</v>
       </c>
       <c r="F267" t="s">
-        <v>2470</v>
+        <v>2479</v>
       </c>
       <c r="G267" t="s">
-        <v>2471</v>
+        <v>2480</v>
       </c>
       <c r="H267" t="s">
-        <v>2472</v>
+        <v>2481</v>
       </c>
       <c r="I267" t="s">
-        <v>2473</v>
+        <v>2482</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>2474</v>
+        <v>112</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
+      <c r="M267" t="s">
+        <v>113</v>
+      </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2475</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>64637</v>
+        <v>58218</v>
       </c>
       <c r="B268" t="s">
-        <v>2476</v>
+        <v>2484</v>
       </c>
       <c r="C268" t="s">
-        <v>2477</v>
+        <v>2485</v>
       </c>
       <c r="D268" t="s">
-        <v>2478</v>
+        <v>2486</v>
       </c>
       <c r="E268" t="s">
-        <v>2479</v>
+        <v>2487</v>
       </c>
       <c r="F268" t="s">
-        <v>2480</v>
+        <v>2488</v>
       </c>
       <c r="G268" t="s">
-        <v>2481</v>
+        <v>2489</v>
       </c>
       <c r="H268" t="s">
-        <v>2482</v>
+        <v>2490</v>
       </c>
       <c r="I268" t="s">
-        <v>2483</v>
+        <v>2491</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2484</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>64689</v>
+        <v>58223</v>
       </c>
       <c r="B269" t="s">
-        <v>2485</v>
+        <v>2493</v>
       </c>
       <c r="C269" t="s">
-        <v>2486</v>
+        <v>2494</v>
       </c>
       <c r="D269" t="s">
-        <v>2487</v>
+        <v>2495</v>
       </c>
       <c r="E269" t="s">
-        <v>2488</v>
+        <v>2496</v>
       </c>
       <c r="F269" t="s">
-        <v>2489</v>
+        <v>2497</v>
       </c>
       <c r="G269" t="s">
-        <v>2490</v>
+        <v>2498</v>
       </c>
       <c r="H269" t="s">
-        <v>2491</v>
+        <v>2499</v>
       </c>
       <c r="I269" t="s">
-        <v>2492</v>
+        <v>2500</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>784</v>
+        <v>112</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>785</v>
+        <v>113</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2493</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>65000</v>
+        <v>58240</v>
       </c>
       <c r="B270" t="s">
-        <v>2494</v>
+        <v>2502</v>
       </c>
       <c r="C270" t="s">
-        <v>2495</v>
+        <v>2503</v>
       </c>
       <c r="D270" t="s">
-        <v>2496</v>
+        <v>2504</v>
       </c>
       <c r="E270" t="s">
-        <v>2497</v>
+        <v>2505</v>
       </c>
       <c r="F270" t="s">
-        <v>2498</v>
+        <v>2506</v>
       </c>
       <c r="G270" t="s">
-        <v>2499</v>
+        <v>2507</v>
       </c>
       <c r="H270" t="s">
-        <v>2500</v>
+        <v>2508</v>
       </c>
       <c r="I270" t="s">
-        <v>2501</v>
+        <v>2509</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>25</v>
+        <v>2510</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>27</v>
+        <v>2511</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2502</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>65001</v>
+        <v>58259</v>
       </c>
       <c r="B271" t="s">
-        <v>2503</v>
+        <v>2513</v>
       </c>
       <c r="C271" t="s">
-        <v>2504</v>
+        <v>2514</v>
       </c>
       <c r="D271" t="s">
-        <v>2505</v>
+        <v>2515</v>
       </c>
       <c r="E271" t="s">
-        <v>2506</v>
+        <v>2516</v>
       </c>
       <c r="F271" t="s">
-        <v>2507</v>
+        <v>2517</v>
       </c>
       <c r="G271" t="s">
-        <v>2508</v>
+        <v>2518</v>
       </c>
       <c r="H271" t="s">
-        <v>2509</v>
+        <v>2519</v>
       </c>
       <c r="I271" t="s">
-        <v>2510</v>
+        <v>2520</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
-        <v>112</v>
+        <v>2521</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
-        <v>113</v>
+        <v>2522</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2511</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>65002</v>
+        <v>64637</v>
       </c>
       <c r="B272" t="s">
-        <v>2512</v>
+        <v>2524</v>
       </c>
       <c r="C272" t="s">
-        <v>2513</v>
+        <v>2525</v>
       </c>
       <c r="D272" t="s">
-        <v>2514</v>
+        <v>2526</v>
       </c>
       <c r="E272" t="s">
-        <v>2515</v>
+        <v>2527</v>
       </c>
       <c r="F272" t="s">
-        <v>2516</v>
+        <v>2528</v>
       </c>
       <c r="G272" t="s">
-        <v>2517</v>
+        <v>2529</v>
       </c>
       <c r="H272" t="s">
-        <v>2518</v>
+        <v>2530</v>
       </c>
       <c r="I272" t="s">
-        <v>2519</v>
+        <v>2531</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2520</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>65003</v>
+        <v>64689</v>
       </c>
       <c r="B273" t="s">
-        <v>2521</v>
+        <v>2533</v>
       </c>
       <c r="C273" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="D273" t="s">
-        <v>2523</v>
+        <v>2535</v>
       </c>
       <c r="E273" t="s">
-        <v>2524</v>
+        <v>2536</v>
       </c>
       <c r="F273" t="s">
-        <v>2525</v>
+        <v>2537</v>
       </c>
       <c r="G273" t="s">
-        <v>2526</v>
+        <v>2538</v>
       </c>
       <c r="H273" t="s">
-        <v>2527</v>
+        <v>2539</v>
       </c>
       <c r="I273" t="s">
-        <v>2528</v>
+        <v>2540</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>112</v>
+        <v>784</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
-        <v>113</v>
+        <v>785</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2529</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>65004</v>
+        <v>65000</v>
       </c>
       <c r="B274" t="s">
-        <v>2530</v>
+        <v>2542</v>
       </c>
       <c r="C274" t="s">
-        <v>2531</v>
+        <v>2543</v>
       </c>
       <c r="D274" t="s">
-        <v>2532</v>
+        <v>2544</v>
       </c>
       <c r="E274" t="s">
-        <v>2533</v>
+        <v>2545</v>
       </c>
       <c r="F274" t="s">
-        <v>2534</v>
+        <v>2546</v>
       </c>
       <c r="G274" t="s">
-        <v>2535</v>
+        <v>2547</v>
       </c>
       <c r="H274" t="s">
-        <v>2536</v>
+        <v>2548</v>
       </c>
       <c r="I274" t="s">
-        <v>2537</v>
+        <v>2549</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2538</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>65005</v>
+        <v>65001</v>
       </c>
       <c r="B275" t="s">
-        <v>2539</v>
+        <v>2551</v>
       </c>
       <c r="C275" t="s">
-        <v>2540</v>
+        <v>2552</v>
       </c>
       <c r="D275" t="s">
-        <v>2541</v>
+        <v>2553</v>
       </c>
       <c r="E275" t="s">
-        <v>2542</v>
+        <v>2554</v>
       </c>
       <c r="F275" t="s">
-        <v>2543</v>
+        <v>2555</v>
       </c>
       <c r="G275" t="s">
-        <v>2544</v>
+        <v>2556</v>
       </c>
       <c r="H275" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="I275" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>2547</v>
+        <v>112</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
-        <v>2548</v>
+        <v>113</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2549</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>65006</v>
+        <v>65002</v>
       </c>
       <c r="B276" t="s">
-        <v>2550</v>
+        <v>2560</v>
       </c>
       <c r="C276" t="s">
-        <v>2551</v>
+        <v>2561</v>
       </c>
       <c r="D276" t="s">
-        <v>2552</v>
+        <v>2562</v>
       </c>
       <c r="E276" t="s">
-        <v>2553</v>
+        <v>2563</v>
       </c>
       <c r="F276" t="s">
-        <v>2554</v>
+        <v>2564</v>
       </c>
       <c r="G276" t="s">
-        <v>2555</v>
+        <v>2565</v>
       </c>
       <c r="H276" t="s">
-        <v>2556</v>
+        <v>2566</v>
       </c>
       <c r="I276" t="s">
-        <v>2557</v>
+        <v>2567</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>2558</v>
+        <v>25</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
-        <v>2559</v>
+        <v>27</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2560</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>65007</v>
+        <v>65003</v>
       </c>
       <c r="B277" t="s">
-        <v>2561</v>
+        <v>2569</v>
       </c>
       <c r="C277" t="s">
-        <v>2562</v>
+        <v>2570</v>
       </c>
       <c r="D277" t="s">
-        <v>2563</v>
+        <v>2571</v>
       </c>
       <c r="E277" t="s">
-        <v>2564</v>
+        <v>2572</v>
       </c>
       <c r="F277" t="s">
-        <v>2565</v>
+        <v>2573</v>
       </c>
       <c r="G277" t="s">
-        <v>2566</v>
+        <v>2574</v>
       </c>
       <c r="H277" t="s">
-        <v>2567</v>
+        <v>2575</v>
       </c>
       <c r="I277" t="s">
-        <v>2568</v>
+        <v>2576</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2569</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>65008</v>
+        <v>65004</v>
       </c>
       <c r="B278" t="s">
-        <v>2570</v>
+        <v>2578</v>
       </c>
       <c r="C278" t="s">
-        <v>2571</v>
+        <v>2579</v>
       </c>
       <c r="D278" t="s">
-        <v>2572</v>
+        <v>2580</v>
       </c>
       <c r="E278" t="s">
-        <v>2573</v>
+        <v>2581</v>
       </c>
       <c r="F278" t="s">
-        <v>2574</v>
+        <v>2582</v>
       </c>
       <c r="G278" t="s">
-        <v>2575</v>
+        <v>2583</v>
       </c>
       <c r="H278" t="s">
-        <v>2576</v>
+        <v>2584</v>
       </c>
       <c r="I278" t="s">
-        <v>2577</v>
+        <v>2585</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
         <v>112</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
         <v>113</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2578</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>65009</v>
+        <v>65005</v>
       </c>
       <c r="B279" t="s">
-        <v>2579</v>
+        <v>2587</v>
       </c>
       <c r="C279" t="s">
-        <v>2580</v>
+        <v>2588</v>
       </c>
       <c r="D279" t="s">
-        <v>2581</v>
+        <v>2589</v>
       </c>
       <c r="E279" t="s">
-        <v>2582</v>
+        <v>2590</v>
       </c>
       <c r="F279" t="s">
-        <v>2583</v>
+        <v>2591</v>
       </c>
       <c r="G279" t="s">
-        <v>2584</v>
+        <v>2592</v>
       </c>
       <c r="H279" t="s">
-        <v>2585</v>
+        <v>2593</v>
       </c>
       <c r="I279" t="s">
-        <v>2586</v>
+        <v>2594</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>112</v>
+        <v>2595</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>113</v>
+        <v>2596</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2587</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>65010</v>
+        <v>65006</v>
       </c>
       <c r="B280" t="s">
-        <v>2588</v>
+        <v>2598</v>
       </c>
       <c r="C280" t="s">
-        <v>2589</v>
+        <v>2599</v>
       </c>
       <c r="D280" t="s">
-        <v>2590</v>
+        <v>2600</v>
       </c>
       <c r="E280" t="s">
-        <v>2591</v>
+        <v>2601</v>
       </c>
       <c r="F280" t="s">
-        <v>2592</v>
+        <v>2602</v>
       </c>
       <c r="G280" t="s">
-        <v>2593</v>
+        <v>2603</v>
       </c>
       <c r="H280" t="s">
-        <v>2594</v>
+        <v>2604</v>
       </c>
       <c r="I280" t="s">
-        <v>2595</v>
+        <v>2605</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>25</v>
+        <v>2606</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
-        <v>27</v>
+        <v>2607</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>65011</v>
+        <v>65007</v>
       </c>
       <c r="B281" t="s">
-        <v>2597</v>
+        <v>2609</v>
       </c>
       <c r="C281" t="s">
-        <v>2598</v>
+        <v>2610</v>
       </c>
       <c r="D281" t="s">
-        <v>2599</v>
+        <v>2611</v>
       </c>
       <c r="E281" t="s">
-        <v>2600</v>
+        <v>2612</v>
       </c>
       <c r="F281" t="s">
-        <v>2601</v>
+        <v>2613</v>
       </c>
       <c r="G281" t="s">
-        <v>2602</v>
+        <v>2614</v>
       </c>
       <c r="H281" t="s">
-        <v>2603</v>
+        <v>2615</v>
       </c>
       <c r="I281" t="s">
-        <v>2604</v>
+        <v>2616</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2605</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>65012</v>
+        <v>65008</v>
       </c>
       <c r="B282" t="s">
-        <v>2606</v>
+        <v>2618</v>
       </c>
       <c r="C282" t="s">
-        <v>2607</v>
+        <v>2619</v>
       </c>
       <c r="D282" t="s">
-        <v>2608</v>
+        <v>2620</v>
       </c>
       <c r="E282" t="s">
-        <v>2609</v>
+        <v>2621</v>
       </c>
       <c r="F282" t="s">
-        <v>2610</v>
+        <v>2622</v>
       </c>
       <c r="G282" t="s">
-        <v>2611</v>
+        <v>2623</v>
       </c>
       <c r="H282" t="s">
-        <v>2612</v>
+        <v>2624</v>
       </c>
       <c r="I282" t="s">
-        <v>2613</v>
+        <v>2625</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>2614</v>
+        <v>112</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
-        <v>2615</v>
+        <v>113</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2616</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>65013</v>
+        <v>65009</v>
       </c>
       <c r="B283" t="s">
-        <v>2617</v>
+        <v>2627</v>
       </c>
       <c r="C283" t="s">
-        <v>2618</v>
+        <v>2628</v>
       </c>
       <c r="D283" t="s">
-        <v>2619</v>
+        <v>2629</v>
       </c>
       <c r="E283" t="s">
-        <v>2620</v>
+        <v>2630</v>
       </c>
       <c r="F283" t="s">
-        <v>2621</v>
+        <v>2631</v>
       </c>
       <c r="G283" t="s">
-        <v>2622</v>
+        <v>2632</v>
       </c>
       <c r="H283" t="s">
-        <v>2623</v>
+        <v>2633</v>
       </c>
       <c r="I283" t="s">
-        <v>2624</v>
+        <v>2634</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2625</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>65014</v>
+        <v>65010</v>
       </c>
       <c r="B284" t="s">
-        <v>2626</v>
+        <v>2636</v>
       </c>
       <c r="C284" t="s">
-        <v>2627</v>
+        <v>2637</v>
       </c>
       <c r="D284" t="s">
-        <v>2628</v>
+        <v>2638</v>
       </c>
       <c r="E284" t="s">
-        <v>2629</v>
+        <v>2639</v>
       </c>
       <c r="F284" t="s">
-        <v>2630</v>
+        <v>2640</v>
       </c>
       <c r="G284" t="s">
-        <v>2631</v>
+        <v>2641</v>
       </c>
       <c r="H284" t="s">
-        <v>2632</v>
+        <v>2642</v>
       </c>
       <c r="I284" t="s">
-        <v>2633</v>
+        <v>2643</v>
       </c>
       <c r="J284" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>451</v>
+        <v>25</v>
       </c>
       <c r="L284" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>452</v>
+        <v>27</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2634</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>65015</v>
+        <v>65011</v>
       </c>
       <c r="B285" t="s">
-        <v>2635</v>
+        <v>2645</v>
       </c>
       <c r="C285" t="s">
-        <v>2636</v>
+        <v>2646</v>
       </c>
       <c r="D285" t="s">
-        <v>2637</v>
+        <v>2647</v>
       </c>
       <c r="E285" t="s">
-        <v>2638</v>
+        <v>2648</v>
       </c>
       <c r="F285" t="s">
-        <v>2639</v>
+        <v>2649</v>
       </c>
       <c r="G285" t="s">
-        <v>2640</v>
+        <v>2650</v>
       </c>
       <c r="H285" t="s">
-        <v>2641</v>
+        <v>2651</v>
       </c>
       <c r="I285" t="s">
-        <v>2642</v>
+        <v>2652</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
         <v>112</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
         <v>113</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2643</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>65016</v>
+        <v>65012</v>
       </c>
       <c r="B286" t="s">
-        <v>2644</v>
+        <v>2654</v>
       </c>
       <c r="C286" t="s">
-        <v>2645</v>
+        <v>2655</v>
       </c>
       <c r="D286" t="s">
-        <v>2646</v>
+        <v>2656</v>
       </c>
       <c r="E286" t="s">
-        <v>2647</v>
+        <v>2657</v>
       </c>
       <c r="F286" t="s">
-        <v>2648</v>
+        <v>2658</v>
       </c>
       <c r="G286" t="s">
-        <v>2649</v>
+        <v>2659</v>
       </c>
       <c r="H286" t="s">
-        <v>2650</v>
+        <v>2660</v>
       </c>
       <c r="I286" t="s">
-        <v>2651</v>
+        <v>2661</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>25</v>
+        <v>2662</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
-        <v>27</v>
+        <v>2663</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2652</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>65017</v>
+        <v>65013</v>
       </c>
       <c r="B287" t="s">
-        <v>2653</v>
+        <v>2665</v>
       </c>
       <c r="C287" t="s">
-        <v>2654</v>
+        <v>2666</v>
       </c>
       <c r="D287" t="s">
-        <v>2655</v>
+        <v>2667</v>
       </c>
       <c r="E287" t="s">
-        <v>2656</v>
+        <v>2668</v>
       </c>
       <c r="F287" t="s">
-        <v>2657</v>
+        <v>2669</v>
       </c>
       <c r="G287" t="s">
-        <v>2658</v>
+        <v>2670</v>
       </c>
       <c r="H287" t="s">
-        <v>2659</v>
+        <v>2671</v>
       </c>
       <c r="I287" t="s">
-        <v>2660</v>
+        <v>2672</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>2661</v>
+        <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
-        <v>2662</v>
+        <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2663</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>65018</v>
+        <v>65014</v>
       </c>
       <c r="B288" t="s">
-        <v>2664</v>
+        <v>2674</v>
       </c>
       <c r="C288" t="s">
-        <v>2665</v>
+        <v>2675</v>
       </c>
       <c r="D288" t="s">
-        <v>2666</v>
+        <v>2676</v>
       </c>
       <c r="E288" t="s">
-        <v>2667</v>
+        <v>2677</v>
       </c>
       <c r="F288" t="s">
-        <v>2668</v>
+        <v>2678</v>
       </c>
       <c r="G288" t="s">
-        <v>2669</v>
+        <v>2679</v>
       </c>
       <c r="H288" t="s">
-        <v>2670</v>
+        <v>2680</v>
       </c>
       <c r="I288" t="s">
-        <v>2671</v>
+        <v>2681</v>
       </c>
       <c r="J288" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K288" t="s">
-        <v>2672</v>
+        <v>451</v>
       </c>
       <c r="L288" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M288" t="s">
-        <v>2673</v>
+        <v>452</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2674</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>65019</v>
+        <v>65015</v>
       </c>
       <c r="B289" t="s">
-        <v>2675</v>
+        <v>2683</v>
       </c>
       <c r="C289" t="s">
-        <v>2676</v>
+        <v>2684</v>
       </c>
       <c r="D289" t="s">
-        <v>2677</v>
+        <v>2685</v>
       </c>
       <c r="E289" t="s">
-        <v>2678</v>
+        <v>2686</v>
       </c>
       <c r="F289" t="s">
-        <v>2679</v>
+        <v>2687</v>
       </c>
       <c r="G289" t="s">
-        <v>2680</v>
+        <v>2688</v>
       </c>
       <c r="H289" t="s">
-        <v>2681</v>
+        <v>2689</v>
       </c>
       <c r="I289" t="s">
-        <v>2682</v>
+        <v>2690</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
         <v>112</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
         <v>113</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2683</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>65020</v>
+        <v>65016</v>
       </c>
       <c r="B290" t="s">
-        <v>2684</v>
+        <v>2692</v>
       </c>
       <c r="C290" t="s">
-        <v>2685</v>
+        <v>2693</v>
       </c>
       <c r="D290" t="s">
-        <v>2686</v>
+        <v>2694</v>
       </c>
       <c r="E290" t="s">
-        <v>2687</v>
+        <v>2695</v>
       </c>
       <c r="F290" t="s">
-        <v>2688</v>
+        <v>2696</v>
       </c>
       <c r="G290" t="s">
-        <v>2689</v>
+        <v>2697</v>
       </c>
       <c r="H290" t="s">
-        <v>2690</v>
+        <v>2698</v>
       </c>
       <c r="I290" t="s">
-        <v>2691</v>
+        <v>2699</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
-        <v>2692</v>
+        <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
-        <v>2693</v>
+        <v>27</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2694</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>65021</v>
+        <v>65017</v>
       </c>
       <c r="B291" t="s">
-        <v>2695</v>
+        <v>2701</v>
       </c>
       <c r="C291" t="s">
-        <v>2696</v>
+        <v>2702</v>
       </c>
       <c r="D291" t="s">
-        <v>2697</v>
+        <v>2703</v>
       </c>
       <c r="E291" t="s">
-        <v>2698</v>
+        <v>2704</v>
       </c>
       <c r="F291" t="s">
-        <v>2699</v>
+        <v>2705</v>
       </c>
       <c r="G291" t="s">
-        <v>2700</v>
+        <v>2706</v>
       </c>
       <c r="H291" t="s">
-        <v>2701</v>
+        <v>2707</v>
       </c>
       <c r="I291" t="s">
-        <v>2702</v>
+        <v>2708</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>25</v>
+        <v>2709</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
-        <v>27</v>
+        <v>2710</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2703</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>65022</v>
+        <v>65018</v>
       </c>
       <c r="B292" t="s">
-        <v>2704</v>
+        <v>2712</v>
       </c>
       <c r="C292" t="s">
-        <v>2705</v>
+        <v>2713</v>
       </c>
       <c r="D292" t="s">
-        <v>2706</v>
+        <v>2714</v>
       </c>
       <c r="E292" t="s">
-        <v>2707</v>
+        <v>2715</v>
       </c>
       <c r="F292" t="s">
-        <v>2708</v>
+        <v>2716</v>
       </c>
       <c r="G292" t="s">
-        <v>2709</v>
+        <v>2717</v>
       </c>
       <c r="H292" t="s">
-        <v>2710</v>
+        <v>2718</v>
       </c>
       <c r="I292" t="s">
-        <v>2711</v>
+        <v>2719</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
-        <v>25</v>
+        <v>2720</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
-        <v>27</v>
+        <v>2721</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2712</v>
+        <v>2722</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>65023</v>
+        <v>65019</v>
       </c>
       <c r="B293" t="s">
-        <v>2713</v>
+        <v>2723</v>
       </c>
       <c r="C293" t="s">
-        <v>2714</v>
+        <v>2724</v>
       </c>
       <c r="D293" t="s">
-        <v>2715</v>
+        <v>2725</v>
       </c>
       <c r="E293" t="s">
-        <v>2716</v>
+        <v>2726</v>
       </c>
       <c r="F293" t="s">
-        <v>2717</v>
+        <v>2727</v>
       </c>
       <c r="G293" t="s">
-        <v>2718</v>
+        <v>2728</v>
       </c>
       <c r="H293" t="s">
-        <v>2719</v>
+        <v>2729</v>
       </c>
       <c r="I293" t="s">
-        <v>2720</v>
+        <v>2730</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2721</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>65025</v>
+        <v>65020</v>
       </c>
       <c r="B294" t="s">
-        <v>2722</v>
+        <v>2732</v>
       </c>
       <c r="C294" t="s">
-        <v>2723</v>
+        <v>2733</v>
       </c>
       <c r="D294" t="s">
-        <v>2724</v>
+        <v>2734</v>
       </c>
       <c r="E294" t="s">
-        <v>2725</v>
+        <v>2735</v>
       </c>
       <c r="F294" t="s">
-        <v>2726</v>
+        <v>2736</v>
       </c>
       <c r="G294" t="s">
-        <v>2727</v>
+        <v>2737</v>
       </c>
       <c r="H294" t="s">
-        <v>2728</v>
+        <v>2738</v>
       </c>
       <c r="I294" t="s">
-        <v>2729</v>
+        <v>2739</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
-        <v>25</v>
+        <v>2740</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
-        <v>27</v>
+        <v>2741</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2730</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>65026</v>
+        <v>65021</v>
       </c>
       <c r="B295" t="s">
-        <v>2731</v>
+        <v>2743</v>
       </c>
       <c r="C295" t="s">
-        <v>2732</v>
+        <v>2744</v>
       </c>
       <c r="D295" t="s">
-        <v>2733</v>
+        <v>2745</v>
       </c>
       <c r="E295" t="s">
-        <v>2734</v>
+        <v>2746</v>
       </c>
       <c r="F295" t="s">
-        <v>2735</v>
+        <v>2747</v>
       </c>
       <c r="G295" t="s">
-        <v>2736</v>
+        <v>2748</v>
       </c>
       <c r="H295" t="s">
-        <v>2737</v>
+        <v>2749</v>
       </c>
       <c r="I295" t="s">
-        <v>2738</v>
+        <v>2750</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
         <v>25</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
         <v>27</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2739</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>65027</v>
+        <v>65022</v>
       </c>
       <c r="B296" t="s">
-        <v>2740</v>
+        <v>2752</v>
       </c>
       <c r="C296" t="s">
-        <v>2741</v>
+        <v>2753</v>
       </c>
       <c r="D296" t="s">
-        <v>2742</v>
+        <v>2754</v>
       </c>
       <c r="E296" t="s">
-        <v>2743</v>
+        <v>2755</v>
       </c>
       <c r="F296" t="s">
-        <v>2744</v>
+        <v>2756</v>
       </c>
       <c r="G296" t="s">
-        <v>2745</v>
+        <v>2757</v>
       </c>
       <c r="H296" t="s">
-        <v>2746</v>
+        <v>2758</v>
       </c>
       <c r="I296" t="s">
-        <v>2747</v>
+        <v>2759</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>451</v>
+        <v>25</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>452</v>
+        <v>27</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2748</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>65028</v>
+        <v>65023</v>
       </c>
       <c r="B297" t="s">
-        <v>2749</v>
+        <v>2761</v>
       </c>
       <c r="C297" t="s">
-        <v>2750</v>
+        <v>2762</v>
       </c>
       <c r="D297" t="s">
-        <v>2751</v>
+        <v>2763</v>
       </c>
       <c r="E297" t="s">
-        <v>2752</v>
+        <v>2764</v>
       </c>
       <c r="F297" t="s">
-        <v>2753</v>
+        <v>2765</v>
       </c>
       <c r="G297" t="s">
-        <v>2754</v>
+        <v>2766</v>
       </c>
       <c r="H297" t="s">
-        <v>2755</v>
+        <v>2767</v>
       </c>
       <c r="I297" t="s">
-        <v>2756</v>
+        <v>2768</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
         <v>25</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
         <v>27</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2757</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>65030</v>
+        <v>65025</v>
       </c>
       <c r="B298" t="s">
-        <v>2758</v>
+        <v>2770</v>
       </c>
       <c r="C298" t="s">
-        <v>2759</v>
+        <v>2771</v>
       </c>
       <c r="D298" t="s">
-        <v>2760</v>
+        <v>2772</v>
       </c>
       <c r="E298" t="s">
-        <v>2761</v>
+        <v>2773</v>
       </c>
       <c r="F298" t="s">
-        <v>2762</v>
+        <v>2774</v>
       </c>
       <c r="G298" t="s">
-        <v>2763</v>
+        <v>2775</v>
       </c>
       <c r="H298" t="s">
-        <v>2764</v>
+        <v>2776</v>
       </c>
       <c r="I298" t="s">
-        <v>2765</v>
+        <v>2777</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
         <v>25</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
         <v>27</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2766</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>65031</v>
+        <v>65026</v>
       </c>
       <c r="B299" t="s">
-        <v>2767</v>
+        <v>2779</v>
       </c>
       <c r="C299" t="s">
-        <v>2768</v>
+        <v>2780</v>
       </c>
       <c r="D299" t="s">
-        <v>2769</v>
+        <v>2781</v>
       </c>
       <c r="E299" t="s">
-        <v>2770</v>
+        <v>2782</v>
       </c>
       <c r="F299" t="s">
-        <v>2771</v>
+        <v>2783</v>
       </c>
       <c r="G299" t="s">
-        <v>2772</v>
+        <v>2784</v>
       </c>
       <c r="H299" t="s">
-        <v>2773</v>
+        <v>2785</v>
       </c>
       <c r="I299" t="s">
-        <v>2774</v>
+        <v>2786</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
         <v>25</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
         <v>27</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2775</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>65032</v>
+        <v>65027</v>
       </c>
       <c r="B300" t="s">
-        <v>2776</v>
+        <v>2788</v>
       </c>
       <c r="C300" t="s">
-        <v>2777</v>
+        <v>2789</v>
       </c>
       <c r="D300" t="s">
-        <v>2778</v>
+        <v>2790</v>
       </c>
       <c r="E300" t="s">
-        <v>2779</v>
+        <v>2791</v>
       </c>
       <c r="F300" t="s">
-        <v>2780</v>
+        <v>2792</v>
       </c>
       <c r="G300" t="s">
-        <v>2781</v>
+        <v>2793</v>
       </c>
       <c r="H300" t="s">
-        <v>2782</v>
+        <v>2794</v>
       </c>
       <c r="I300" t="s">
-        <v>2783</v>
+        <v>2795</v>
       </c>
       <c r="J300" t="s">
         <v>24</v>
       </c>
       <c r="K300" t="s">
-        <v>112</v>
+        <v>451</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
-        <v>113</v>
+        <v>452</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2784</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>65033</v>
+        <v>65028</v>
       </c>
       <c r="B301" t="s">
-        <v>2785</v>
+        <v>2797</v>
       </c>
       <c r="C301" t="s">
-        <v>2786</v>
+        <v>2798</v>
       </c>
       <c r="D301" t="s">
-        <v>2787</v>
+        <v>2799</v>
       </c>
       <c r="E301" t="s">
-        <v>2788</v>
+        <v>2800</v>
       </c>
       <c r="F301" t="s">
-        <v>2789</v>
+        <v>2801</v>
       </c>
       <c r="G301" t="s">
-        <v>2790</v>
+        <v>2802</v>
       </c>
       <c r="H301" t="s">
-        <v>2791</v>
+        <v>2803</v>
       </c>
       <c r="I301" t="s">
-        <v>2792</v>
+        <v>2804</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>2793</v>
+        <v>25</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>2794</v>
+        <v>27</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2795</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>65034</v>
+        <v>65030</v>
       </c>
       <c r="B302" t="s">
-        <v>2796</v>
+        <v>2806</v>
       </c>
       <c r="C302" t="s">
-        <v>2797</v>
+        <v>2807</v>
       </c>
       <c r="D302" t="s">
-        <v>2798</v>
+        <v>2808</v>
       </c>
       <c r="E302" t="s">
-        <v>2799</v>
+        <v>2809</v>
       </c>
       <c r="F302" t="s">
-        <v>2800</v>
+        <v>2810</v>
       </c>
       <c r="G302" t="s">
-        <v>2801</v>
+        <v>2811</v>
       </c>
       <c r="H302" t="s">
-        <v>2802</v>
+        <v>2812</v>
       </c>
       <c r="I302" t="s">
-        <v>2803</v>
+        <v>2813</v>
       </c>
       <c r="J302" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>1984</v>
+        <v>25</v>
       </c>
       <c r="L302" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>1985</v>
+        <v>27</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2804</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>65035</v>
+        <v>65031</v>
       </c>
       <c r="B303" t="s">
-        <v>2805</v>
+        <v>2815</v>
       </c>
       <c r="C303" t="s">
-        <v>2806</v>
+        <v>2816</v>
       </c>
       <c r="D303" t="s">
-        <v>2807</v>
+        <v>2817</v>
       </c>
       <c r="E303" t="s">
-        <v>2808</v>
+        <v>2818</v>
       </c>
       <c r="F303" t="s">
-        <v>2809</v>
+        <v>2819</v>
       </c>
       <c r="G303" t="s">
-        <v>2810</v>
+        <v>2820</v>
       </c>
       <c r="H303" t="s">
-        <v>2811</v>
+        <v>2821</v>
       </c>
       <c r="I303" t="s">
-        <v>2812</v>
+        <v>2822</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
         <v>25</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
         <v>27</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2813</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>65036</v>
+        <v>65032</v>
       </c>
       <c r="B304" t="s">
-        <v>2814</v>
+        <v>2824</v>
       </c>
       <c r="C304" t="s">
-        <v>2815</v>
+        <v>2825</v>
       </c>
       <c r="D304" t="s">
-        <v>2816</v>
+        <v>2826</v>
       </c>
       <c r="E304" t="s">
-        <v>2817</v>
+        <v>2827</v>
       </c>
       <c r="F304" t="s">
-        <v>2818</v>
+        <v>2828</v>
       </c>
       <c r="G304" t="s">
-        <v>2819</v>
+        <v>2829</v>
       </c>
       <c r="H304" t="s">
-        <v>2820</v>
+        <v>2830</v>
       </c>
       <c r="I304" t="s">
-        <v>2821</v>
+        <v>2831</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2822</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>65037</v>
+        <v>65033</v>
       </c>
       <c r="B305" t="s">
-        <v>2823</v>
+        <v>2833</v>
       </c>
       <c r="C305" t="s">
-        <v>2824</v>
+        <v>2834</v>
       </c>
       <c r="D305" t="s">
-        <v>2825</v>
+        <v>2835</v>
       </c>
       <c r="E305" t="s">
-        <v>2826</v>
+        <v>2836</v>
       </c>
       <c r="F305" t="s">
-        <v>2827</v>
+        <v>2837</v>
       </c>
       <c r="G305" t="s">
-        <v>2828</v>
+        <v>2838</v>
       </c>
       <c r="H305" t="s">
-        <v>2829</v>
+        <v>2839</v>
       </c>
       <c r="I305" t="s">
-        <v>2830</v>
+        <v>2840</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>25</v>
+        <v>2841</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
-        <v>27</v>
+        <v>2842</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2831</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>65038</v>
+        <v>65034</v>
       </c>
       <c r="B306" t="s">
-        <v>2832</v>
+        <v>2844</v>
       </c>
       <c r="C306" t="s">
-        <v>2833</v>
+        <v>2845</v>
       </c>
       <c r="D306" t="s">
-        <v>2834</v>
+        <v>2846</v>
       </c>
       <c r="E306" t="s">
-        <v>2835</v>
+        <v>2847</v>
       </c>
       <c r="F306" t="s">
-        <v>2836</v>
+        <v>2848</v>
       </c>
       <c r="G306" t="s">
-        <v>2837</v>
+        <v>2849</v>
       </c>
       <c r="H306" t="s">
-        <v>2838</v>
+        <v>2850</v>
       </c>
       <c r="I306" t="s">
-        <v>2839</v>
+        <v>2851</v>
       </c>
       <c r="J306" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K306" t="s">
-        <v>112</v>
+        <v>2030</v>
       </c>
       <c r="L306" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M306" t="s">
-        <v>113</v>
+        <v>2031</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2840</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>65039</v>
+        <v>65035</v>
       </c>
       <c r="B307" t="s">
-        <v>2841</v>
+        <v>2853</v>
       </c>
       <c r="C307" t="s">
-        <v>2842</v>
+        <v>2854</v>
       </c>
       <c r="D307" t="s">
-        <v>2843</v>
+        <v>2855</v>
       </c>
       <c r="E307" t="s">
-        <v>2844</v>
+        <v>2856</v>
       </c>
       <c r="F307" t="s">
-        <v>2845</v>
+        <v>2857</v>
       </c>
       <c r="G307" t="s">
-        <v>2846</v>
+        <v>2858</v>
       </c>
       <c r="H307" t="s">
-        <v>2847</v>
+        <v>2859</v>
       </c>
       <c r="I307" t="s">
-        <v>2848</v>
+        <v>2860</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2849</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>65040</v>
+        <v>65036</v>
       </c>
       <c r="B308" t="s">
-        <v>2850</v>
+        <v>2862</v>
       </c>
       <c r="C308" t="s">
-        <v>2851</v>
+        <v>2863</v>
       </c>
       <c r="D308" t="s">
-        <v>2852</v>
+        <v>2864</v>
       </c>
       <c r="E308" t="s">
-        <v>2853</v>
+        <v>2865</v>
       </c>
       <c r="F308" t="s">
-        <v>2854</v>
+        <v>2866</v>
       </c>
       <c r="G308" t="s">
-        <v>2855</v>
+        <v>2867</v>
       </c>
       <c r="H308" t="s">
-        <v>2856</v>
+        <v>2868</v>
       </c>
       <c r="I308" t="s">
-        <v>2857</v>
+        <v>2869</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>1266</v>
+        <v>25</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
-        <v>1267</v>
+        <v>27</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2858</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>65043</v>
+        <v>65037</v>
       </c>
       <c r="B309" t="s">
-        <v>2859</v>
+        <v>2871</v>
       </c>
       <c r="C309" t="s">
-        <v>2860</v>
+        <v>2872</v>
       </c>
       <c r="D309" t="s">
-        <v>2861</v>
+        <v>2873</v>
       </c>
       <c r="E309" t="s">
-        <v>2862</v>
+        <v>2874</v>
       </c>
       <c r="F309" t="s">
-        <v>2863</v>
+        <v>2875</v>
       </c>
       <c r="G309" t="s">
-        <v>2864</v>
+        <v>2876</v>
       </c>
       <c r="H309" t="s">
-        <v>2865</v>
+        <v>2877</v>
       </c>
       <c r="I309" t="s">
-        <v>2866</v>
+        <v>2878</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
         <v>25</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
         <v>27</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2867</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>65044</v>
+        <v>65038</v>
       </c>
       <c r="B310" t="s">
-        <v>2868</v>
+        <v>2880</v>
       </c>
       <c r="C310" t="s">
-        <v>2869</v>
+        <v>2881</v>
       </c>
       <c r="D310" t="s">
-        <v>2870</v>
+        <v>2882</v>
       </c>
       <c r="E310" t="s">
-        <v>2871</v>
+        <v>2883</v>
       </c>
       <c r="F310" t="s">
-        <v>2872</v>
+        <v>2884</v>
       </c>
       <c r="G310" t="s">
-        <v>2873</v>
+        <v>2885</v>
       </c>
       <c r="H310" t="s">
-        <v>2874</v>
+        <v>2886</v>
       </c>
       <c r="I310" t="s">
-        <v>2875</v>
+        <v>2887</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2876</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>65045</v>
+        <v>65039</v>
       </c>
       <c r="B311" t="s">
-        <v>2877</v>
+        <v>2889</v>
       </c>
       <c r="C311" t="s">
-        <v>2878</v>
+        <v>2890</v>
       </c>
       <c r="D311" t="s">
-        <v>2879</v>
+        <v>2891</v>
       </c>
       <c r="E311" t="s">
-        <v>2880</v>
+        <v>2892</v>
       </c>
       <c r="F311" t="s">
-        <v>2881</v>
+        <v>2893</v>
       </c>
       <c r="G311" t="s">
-        <v>2882</v>
+        <v>2894</v>
       </c>
       <c r="H311" t="s">
-        <v>2883</v>
+        <v>2895</v>
       </c>
       <c r="I311" t="s">
-        <v>2884</v>
+        <v>2896</v>
       </c>
       <c r="J311" t="s">
-        <v>2885</v>
+        <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>2886</v>
+        <v>112</v>
       </c>
       <c r="L311" t="s">
-        <v>2887</v>
+        <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>2888</v>
+        <v>113</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2889</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>65046</v>
+        <v>65040</v>
       </c>
       <c r="B312" t="s">
-        <v>2890</v>
+        <v>2898</v>
       </c>
       <c r="C312" t="s">
-        <v>2891</v>
+        <v>2899</v>
       </c>
       <c r="D312" t="s">
-        <v>2892</v>
+        <v>2900</v>
       </c>
       <c r="E312" t="s">
-        <v>2893</v>
+        <v>2901</v>
       </c>
       <c r="F312" t="s">
-        <v>2894</v>
+        <v>2902</v>
       </c>
       <c r="G312" t="s">
-        <v>2895</v>
+        <v>2903</v>
       </c>
       <c r="H312" t="s">
-        <v>2896</v>
+        <v>2904</v>
       </c>
       <c r="I312" t="s">
-        <v>2897</v>
+        <v>2905</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>47</v>
+        <v>1312</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>48</v>
+        <v>1313</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2898</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>65047</v>
+        <v>65043</v>
       </c>
       <c r="B313" t="s">
-        <v>2899</v>
+        <v>2907</v>
       </c>
       <c r="C313" t="s">
-        <v>2900</v>
+        <v>2908</v>
       </c>
       <c r="D313" t="s">
-        <v>2901</v>
+        <v>2909</v>
       </c>
       <c r="E313" t="s">
-        <v>2902</v>
+        <v>2910</v>
       </c>
       <c r="F313" t="s">
-        <v>2903</v>
+        <v>2911</v>
       </c>
       <c r="G313" t="s">
-        <v>2904</v>
+        <v>2912</v>
       </c>
       <c r="H313" t="s">
-        <v>2905</v>
+        <v>2913</v>
       </c>
       <c r="I313" t="s">
-        <v>2906</v>
+        <v>2914</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>2886</v>
+        <v>25</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
-        <v>2888</v>
+        <v>27</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2907</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>65049</v>
+        <v>65044</v>
       </c>
       <c r="B314" t="s">
-        <v>2908</v>
+        <v>2916</v>
       </c>
       <c r="C314" t="s">
-        <v>2909</v>
+        <v>2917</v>
       </c>
       <c r="D314" t="s">
-        <v>2910</v>
+        <v>2918</v>
       </c>
       <c r="E314" t="s">
-        <v>2911</v>
+        <v>2919</v>
       </c>
       <c r="F314" t="s">
-        <v>2912</v>
+        <v>2920</v>
       </c>
       <c r="G314" t="s">
-        <v>2913</v>
+        <v>2921</v>
       </c>
       <c r="H314" t="s">
-        <v>2914</v>
+        <v>2922</v>
       </c>
       <c r="I314" t="s">
-        <v>2915</v>
+        <v>2923</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>784</v>
+        <v>25</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>785</v>
+        <v>27</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2916</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>65050</v>
+        <v>65045</v>
       </c>
       <c r="B315" t="s">
-        <v>2917</v>
+        <v>2925</v>
       </c>
       <c r="C315" t="s">
-        <v>2918</v>
+        <v>2926</v>
       </c>
       <c r="D315" t="s">
-        <v>2919</v>
+        <v>2927</v>
       </c>
       <c r="E315" t="s">
-        <v>2920</v>
+        <v>2928</v>
       </c>
       <c r="F315" t="s">
-        <v>2921</v>
+        <v>2929</v>
       </c>
       <c r="G315" t="s">
-        <v>2922</v>
+        <v>2930</v>
       </c>
       <c r="H315" t="s">
-        <v>2923</v>
+        <v>2931</v>
       </c>
       <c r="I315" t="s">
-        <v>2924</v>
+        <v>2932</v>
       </c>
       <c r="J315" t="s">
-        <v>24</v>
+        <v>2933</v>
       </c>
       <c r="K315" t="s">
-        <v>25</v>
+        <v>2934</v>
       </c>
       <c r="L315" t="s">
-        <v>26</v>
+        <v>2935</v>
       </c>
       <c r="M315" t="s">
-        <v>27</v>
+        <v>2936</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2925</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>65051</v>
+        <v>65046</v>
       </c>
       <c r="B316" t="s">
-        <v>2926</v>
+        <v>2938</v>
       </c>
       <c r="C316" t="s">
-        <v>2927</v>
+        <v>2939</v>
       </c>
       <c r="D316" t="s">
-        <v>2928</v>
+        <v>2940</v>
       </c>
       <c r="E316" t="s">
-        <v>2929</v>
+        <v>2941</v>
       </c>
       <c r="F316" t="s">
-        <v>2930</v>
+        <v>2942</v>
       </c>
       <c r="G316" t="s">
-        <v>2931</v>
+        <v>2943</v>
       </c>
       <c r="H316" t="s">
-        <v>2932</v>
+        <v>2944</v>
       </c>
       <c r="I316" t="s">
-        <v>2933</v>
+        <v>2945</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>499</v>
+        <v>47</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
-        <v>501</v>
+        <v>48</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2934</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>65053</v>
+        <v>65047</v>
       </c>
       <c r="B317" t="s">
-        <v>2935</v>
+        <v>2947</v>
       </c>
       <c r="C317" t="s">
+        <v>2948</v>
+      </c>
+      <c r="D317" t="s">
+        <v>2949</v>
+      </c>
+      <c r="E317" t="s">
+        <v>2950</v>
+      </c>
+      <c r="F317" t="s">
+        <v>2951</v>
+      </c>
+      <c r="G317" t="s">
+        <v>2952</v>
+      </c>
+      <c r="H317" t="s">
+        <v>2953</v>
+      </c>
+      <c r="I317" t="s">
+        <v>2954</v>
+      </c>
+      <c r="J317" t="s">
+        <v>24</v>
+      </c>
+      <c r="K317" t="s">
+        <v>2934</v>
+      </c>
+      <c r="L317" t="s">
+        <v>26</v>
+      </c>
+      <c r="M317" t="s">
         <v>2936</v>
       </c>
-      <c r="D317" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2943</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>65054</v>
+        <v>65049</v>
       </c>
       <c r="B318" t="s">
-        <v>2944</v>
+        <v>2956</v>
       </c>
       <c r="C318" t="s">
-        <v>2945</v>
+        <v>2957</v>
       </c>
       <c r="D318" t="s">
-        <v>2946</v>
+        <v>2958</v>
       </c>
       <c r="E318" t="s">
-        <v>2947</v>
+        <v>2959</v>
       </c>
       <c r="F318" t="s">
-        <v>2948</v>
+        <v>2960</v>
       </c>
       <c r="G318" t="s">
-        <v>2949</v>
+        <v>2961</v>
       </c>
       <c r="H318" t="s">
-        <v>2950</v>
+        <v>2962</v>
       </c>
       <c r="I318" t="s">
-        <v>2951</v>
+        <v>2963</v>
       </c>
       <c r="J318" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>2952</v>
+        <v>784</v>
       </c>
       <c r="L318" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M318" t="s">
-        <v>2953</v>
+        <v>785</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2954</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>65055</v>
+        <v>65050</v>
       </c>
       <c r="B319" t="s">
-        <v>2955</v>
+        <v>2965</v>
       </c>
       <c r="C319" t="s">
-        <v>2956</v>
+        <v>2966</v>
       </c>
       <c r="D319" t="s">
-        <v>2957</v>
+        <v>2967</v>
       </c>
       <c r="E319" t="s">
-        <v>2958</v>
+        <v>2968</v>
       </c>
       <c r="F319" t="s">
-        <v>2959</v>
+        <v>2969</v>
       </c>
       <c r="G319" t="s">
-        <v>2960</v>
+        <v>2970</v>
       </c>
       <c r="H319" t="s">
-        <v>2961</v>
+        <v>2971</v>
       </c>
       <c r="I319" t="s">
-        <v>2962</v>
+        <v>2972</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>1984</v>
+        <v>25</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
-        <v>1985</v>
+        <v>27</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2963</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>65057</v>
+        <v>65051</v>
       </c>
       <c r="B320" t="s">
-        <v>2964</v>
+        <v>2974</v>
       </c>
       <c r="C320" t="s">
-        <v>2965</v>
+        <v>2975</v>
       </c>
       <c r="D320" t="s">
-        <v>2966</v>
+        <v>2976</v>
       </c>
       <c r="E320" t="s">
-        <v>2967</v>
+        <v>2977</v>
       </c>
       <c r="F320" t="s">
-        <v>2968</v>
+        <v>2978</v>
       </c>
       <c r="G320" t="s">
-        <v>2969</v>
+        <v>2979</v>
       </c>
       <c r="H320" t="s">
-        <v>2970</v>
+        <v>2980</v>
       </c>
       <c r="I320" t="s">
-        <v>2971</v>
+        <v>2981</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>607</v>
+        <v>499</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
-        <v>608</v>
+        <v>501</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2972</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>65058</v>
+        <v>65053</v>
       </c>
       <c r="B321" t="s">
-        <v>2973</v>
+        <v>2983</v>
       </c>
       <c r="C321" t="s">
-        <v>2974</v>
+        <v>2984</v>
       </c>
       <c r="D321" t="s">
-        <v>2975</v>
+        <v>2985</v>
       </c>
       <c r="E321" t="s">
-        <v>2976</v>
+        <v>2986</v>
       </c>
       <c r="F321" t="s">
-        <v>2977</v>
+        <v>2987</v>
       </c>
       <c r="G321" t="s">
-        <v>2978</v>
+        <v>2988</v>
       </c>
       <c r="H321" t="s">
-        <v>2979</v>
+        <v>2989</v>
       </c>
       <c r="I321" t="s">
-        <v>2980</v>
+        <v>2990</v>
       </c>
       <c r="J321" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>451</v>
+        <v>112</v>
       </c>
       <c r="L321" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>452</v>
+        <v>113</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2981</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>65059</v>
+        <v>65054</v>
       </c>
       <c r="B322" t="s">
-        <v>2982</v>
+        <v>2992</v>
       </c>
       <c r="C322" t="s">
-        <v>2983</v>
+        <v>2993</v>
       </c>
       <c r="D322" t="s">
-        <v>2984</v>
+        <v>2994</v>
       </c>
       <c r="E322" t="s">
-        <v>2985</v>
+        <v>2995</v>
       </c>
       <c r="F322" t="s">
-        <v>2986</v>
+        <v>2996</v>
       </c>
       <c r="G322" t="s">
-        <v>2987</v>
+        <v>2997</v>
       </c>
       <c r="H322" t="s">
-        <v>2988</v>
+        <v>2998</v>
       </c>
       <c r="I322" t="s">
-        <v>2989</v>
+        <v>2999</v>
       </c>
       <c r="J322" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K322" t="s">
-        <v>112</v>
+        <v>150</v>
       </c>
       <c r="L322" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M322" t="s">
-        <v>113</v>
+        <v>151</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2990</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>65060</v>
+        <v>65055</v>
       </c>
       <c r="B323" t="s">
-        <v>2991</v>
+        <v>3001</v>
       </c>
       <c r="C323" t="s">
-        <v>2992</v>
+        <v>3002</v>
       </c>
       <c r="D323" t="s">
-        <v>2993</v>
+        <v>3003</v>
       </c>
       <c r="E323" t="s">
-        <v>2994</v>
+        <v>3004</v>
       </c>
       <c r="F323" t="s">
-        <v>2995</v>
+        <v>3005</v>
       </c>
       <c r="G323" t="s">
-        <v>2996</v>
+        <v>3006</v>
       </c>
       <c r="H323" t="s">
-        <v>2997</v>
+        <v>3007</v>
       </c>
       <c r="I323" t="s">
-        <v>2998</v>
+        <v>3008</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>47</v>
+        <v>2030</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>48</v>
+        <v>2031</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2999</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>65061</v>
+        <v>65057</v>
       </c>
       <c r="B324" t="s">
-        <v>3000</v>
+        <v>3010</v>
       </c>
       <c r="C324" t="s">
-        <v>3001</v>
+        <v>3011</v>
       </c>
       <c r="D324" t="s">
-        <v>3002</v>
+        <v>3012</v>
       </c>
       <c r="E324" t="s">
-        <v>3003</v>
+        <v>3013</v>
       </c>
       <c r="F324" t="s">
-        <v>3004</v>
+        <v>3014</v>
       </c>
       <c r="G324" t="s">
-        <v>3005</v>
+        <v>3015</v>
       </c>
       <c r="H324" t="s">
-        <v>3006</v>
+        <v>3016</v>
       </c>
       <c r="I324" t="s">
-        <v>3007</v>
+        <v>3017</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>1266</v>
+        <v>607</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>1267</v>
+        <v>608</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>3008</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>65062</v>
+        <v>65058</v>
       </c>
       <c r="B325" t="s">
-        <v>3009</v>
+        <v>3019</v>
       </c>
       <c r="C325" t="s">
-        <v>3010</v>
+        <v>3020</v>
       </c>
       <c r="D325" t="s">
-        <v>3011</v>
+        <v>3021</v>
       </c>
       <c r="E325" t="s">
-        <v>3012</v>
+        <v>3022</v>
       </c>
       <c r="F325" t="s">
-        <v>3013</v>
+        <v>3023</v>
       </c>
       <c r="G325" t="s">
-        <v>3014</v>
+        <v>3024</v>
       </c>
       <c r="H325" t="s">
-        <v>3015</v>
+        <v>3025</v>
       </c>
       <c r="I325" t="s">
-        <v>3016</v>
+        <v>3026</v>
       </c>
       <c r="J325" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K325" t="s">
-        <v>25</v>
+        <v>451</v>
       </c>
       <c r="L325" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M325" t="s">
-        <v>27</v>
+        <v>452</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3017</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>65063</v>
+        <v>65059</v>
       </c>
       <c r="B326" t="s">
-        <v>3018</v>
+        <v>3028</v>
       </c>
       <c r="C326" t="s">
-        <v>3019</v>
+        <v>3029</v>
       </c>
       <c r="D326" t="s">
-        <v>3020</v>
+        <v>3030</v>
       </c>
       <c r="E326" t="s">
-        <v>3021</v>
+        <v>3031</v>
       </c>
       <c r="F326" t="s">
-        <v>3022</v>
+        <v>3032</v>
       </c>
       <c r="G326" t="s">
-        <v>3023</v>
+        <v>3033</v>
       </c>
       <c r="H326" t="s">
-        <v>3024</v>
+        <v>3034</v>
       </c>
       <c r="I326" t="s">
-        <v>3025</v>
+        <v>3035</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>3026</v>
+        <v>112</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
-        <v>3027</v>
+        <v>113</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3028</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>65065</v>
+        <v>65060</v>
       </c>
       <c r="B327" t="s">
-        <v>3029</v>
+        <v>3037</v>
       </c>
       <c r="C327" t="s">
-        <v>3030</v>
+        <v>3038</v>
       </c>
       <c r="D327" t="s">
-        <v>3031</v>
+        <v>3039</v>
       </c>
       <c r="E327" t="s">
-        <v>3032</v>
+        <v>3040</v>
       </c>
       <c r="F327" t="s">
-        <v>3033</v>
+        <v>3041</v>
       </c>
       <c r="G327" t="s">
-        <v>3034</v>
+        <v>3042</v>
       </c>
       <c r="H327" t="s">
-        <v>3035</v>
+        <v>3043</v>
       </c>
       <c r="I327" t="s">
-        <v>3036</v>
+        <v>3044</v>
       </c>
       <c r="J327" t="s">
-        <v>3037</v>
+        <v>24</v>
       </c>
       <c r="K327" t="s">
-        <v>1266</v>
+        <v>47</v>
       </c>
       <c r="L327" t="s">
-        <v>3038</v>
+        <v>26</v>
       </c>
       <c r="M327" t="s">
-        <v>1267</v>
+        <v>48</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3039</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>65068</v>
+        <v>65061</v>
       </c>
       <c r="B328" t="s">
-        <v>3040</v>
+        <v>3046</v>
       </c>
       <c r="C328" t="s">
-        <v>3041</v>
+        <v>3047</v>
       </c>
       <c r="D328" t="s">
-        <v>3042</v>
+        <v>3048</v>
       </c>
       <c r="E328" t="s">
-        <v>3043</v>
+        <v>3049</v>
       </c>
       <c r="F328" t="s">
-        <v>3044</v>
+        <v>3050</v>
       </c>
       <c r="G328" t="s">
-        <v>3045</v>
+        <v>3051</v>
       </c>
       <c r="H328" t="s">
-        <v>3046</v>
+        <v>3052</v>
       </c>
       <c r="I328" t="s">
-        <v>3047</v>
+        <v>3053</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
-        <v>25</v>
+        <v>1312</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
-        <v>27</v>
+        <v>1313</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3048</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>65069</v>
+        <v>65062</v>
       </c>
       <c r="B329" t="s">
-        <v>3049</v>
+        <v>3055</v>
       </c>
       <c r="C329" t="s">
-        <v>3050</v>
+        <v>3056</v>
       </c>
       <c r="D329" t="s">
-        <v>3051</v>
+        <v>3057</v>
       </c>
       <c r="E329" t="s">
-        <v>3052</v>
+        <v>3058</v>
       </c>
       <c r="F329" t="s">
-        <v>3053</v>
+        <v>3059</v>
       </c>
       <c r="G329" t="s">
-        <v>3054</v>
+        <v>3060</v>
       </c>
       <c r="H329" t="s">
-        <v>3055</v>
+        <v>3061</v>
       </c>
       <c r="I329" t="s">
-        <v>3056</v>
+        <v>3062</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3057</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>65071</v>
+        <v>65063</v>
       </c>
       <c r="B330" t="s">
-        <v>3058</v>
+        <v>3064</v>
       </c>
       <c r="C330" t="s">
-        <v>3059</v>
+        <v>3065</v>
       </c>
       <c r="D330" t="s">
-        <v>3060</v>
+        <v>3066</v>
       </c>
       <c r="E330" t="s">
-        <v>3061</v>
+        <v>3067</v>
       </c>
       <c r="F330" t="s">
-        <v>3062</v>
+        <v>3068</v>
       </c>
       <c r="G330" t="s">
-        <v>3063</v>
+        <v>3069</v>
       </c>
       <c r="H330" t="s">
-        <v>3064</v>
+        <v>3070</v>
       </c>
       <c r="I330" t="s">
-        <v>3065</v>
+        <v>3071</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>25</v>
+        <v>3072</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>27</v>
+        <v>3073</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3066</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>65073</v>
+        <v>65065</v>
       </c>
       <c r="B331" t="s">
-        <v>3067</v>
+        <v>3075</v>
       </c>
       <c r="C331" t="s">
-        <v>3068</v>
+        <v>3076</v>
       </c>
       <c r="D331" t="s">
-        <v>3069</v>
+        <v>3077</v>
       </c>
       <c r="E331" t="s">
-        <v>3070</v>
+        <v>3078</v>
       </c>
       <c r="F331" t="s">
-        <v>3071</v>
+        <v>3079</v>
       </c>
       <c r="G331" t="s">
-        <v>3072</v>
+        <v>3080</v>
       </c>
       <c r="H331" t="s">
-        <v>3073</v>
+        <v>3081</v>
       </c>
       <c r="I331" t="s">
-        <v>3074</v>
+        <v>3082</v>
       </c>
       <c r="J331" t="s">
-        <v>24</v>
+        <v>3083</v>
       </c>
       <c r="K331" t="s">
-        <v>25</v>
+        <v>1312</v>
       </c>
       <c r="L331" t="s">
-        <v>26</v>
+        <v>3084</v>
       </c>
       <c r="M331" t="s">
-        <v>27</v>
+        <v>1313</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3075</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>65074</v>
+        <v>65068</v>
       </c>
       <c r="B332" t="s">
-        <v>3076</v>
+        <v>3086</v>
       </c>
       <c r="C332" t="s">
-        <v>3077</v>
+        <v>3087</v>
       </c>
       <c r="D332" t="s">
-        <v>3078</v>
+        <v>3088</v>
       </c>
       <c r="E332" t="s">
-        <v>3079</v>
+        <v>3089</v>
       </c>
       <c r="F332" t="s">
-        <v>3080</v>
+        <v>3090</v>
       </c>
       <c r="G332" t="s">
-        <v>3081</v>
+        <v>3091</v>
       </c>
       <c r="H332" t="s">
-        <v>3082</v>
+        <v>3092</v>
       </c>
       <c r="I332" t="s">
-        <v>3083</v>
+        <v>3093</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>3084</v>
+        <v>25</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>3085</v>
+        <v>27</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3086</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>65075</v>
+        <v>65069</v>
       </c>
       <c r="B333" t="s">
-        <v>3087</v>
+        <v>3095</v>
       </c>
       <c r="C333" t="s">
-        <v>3088</v>
+        <v>3096</v>
       </c>
       <c r="D333" t="s">
-        <v>3089</v>
+        <v>3097</v>
       </c>
       <c r="E333" t="s">
-        <v>3090</v>
+        <v>3098</v>
       </c>
       <c r="F333" t="s">
-        <v>3091</v>
+        <v>3099</v>
       </c>
       <c r="G333" t="s">
-        <v>3092</v>
+        <v>3100</v>
       </c>
       <c r="H333" t="s">
-        <v>3093</v>
+        <v>3101</v>
       </c>
       <c r="I333" t="s">
-        <v>3094</v>
+        <v>3102</v>
       </c>
       <c r="J333" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>2793</v>
+        <v>112</v>
       </c>
       <c r="L333" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>2794</v>
+        <v>113</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3095</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>65076</v>
+        <v>65071</v>
       </c>
       <c r="B334" t="s">
-        <v>3096</v>
+        <v>3104</v>
       </c>
       <c r="C334" t="s">
-        <v>3097</v>
+        <v>3105</v>
       </c>
       <c r="D334" t="s">
-        <v>3098</v>
+        <v>3106</v>
       </c>
       <c r="E334" t="s">
-        <v>3099</v>
+        <v>3107</v>
       </c>
       <c r="F334" t="s">
-        <v>3100</v>
+        <v>3108</v>
       </c>
       <c r="G334" t="s">
-        <v>3101</v>
+        <v>3109</v>
       </c>
       <c r="H334" t="s">
-        <v>3102</v>
+        <v>3110</v>
       </c>
       <c r="I334" t="s">
-        <v>3103</v>
+        <v>3111</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3104</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>65077</v>
+        <v>65073</v>
       </c>
       <c r="B335" t="s">
-        <v>3105</v>
+        <v>3113</v>
       </c>
       <c r="C335" t="s">
-        <v>3106</v>
+        <v>3114</v>
       </c>
       <c r="D335" t="s">
-        <v>3107</v>
+        <v>3115</v>
       </c>
       <c r="E335" t="s">
-        <v>3108</v>
+        <v>3116</v>
       </c>
       <c r="F335" t="s">
-        <v>3109</v>
+        <v>3117</v>
       </c>
       <c r="G335" t="s">
-        <v>3110</v>
+        <v>3118</v>
       </c>
       <c r="H335" t="s">
-        <v>3111</v>
+        <v>3119</v>
       </c>
       <c r="I335" t="s">
-        <v>3112</v>
+        <v>3120</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>499</v>
+        <v>25</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>501</v>
+        <v>27</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3113</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>65080</v>
+        <v>65074</v>
       </c>
       <c r="B336" t="s">
-        <v>3114</v>
+        <v>3122</v>
       </c>
       <c r="C336" t="s">
-        <v>3115</v>
+        <v>3123</v>
       </c>
       <c r="D336" t="s">
-        <v>3116</v>
+        <v>3124</v>
       </c>
       <c r="E336" t="s">
-        <v>3117</v>
+        <v>3125</v>
       </c>
       <c r="F336" t="s">
-        <v>3118</v>
+        <v>3126</v>
       </c>
       <c r="G336" t="s">
-        <v>3119</v>
+        <v>3127</v>
       </c>
       <c r="H336" t="s">
-        <v>3120</v>
+        <v>3128</v>
       </c>
       <c r="I336" t="s">
-        <v>3121</v>
+        <v>3129</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>47</v>
+        <v>3130</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>48</v>
+        <v>3131</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3122</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>65081</v>
+        <v>65075</v>
       </c>
       <c r="B337" t="s">
-        <v>3123</v>
+        <v>3133</v>
       </c>
       <c r="C337" t="s">
-        <v>3124</v>
+        <v>3134</v>
       </c>
       <c r="D337" t="s">
-        <v>3125</v>
+        <v>3135</v>
       </c>
       <c r="E337" t="s">
-        <v>3126</v>
+        <v>3136</v>
       </c>
       <c r="F337" t="s">
-        <v>3127</v>
+        <v>3137</v>
       </c>
       <c r="G337" t="s">
-        <v>3128</v>
+        <v>3138</v>
       </c>
       <c r="H337" t="s">
-        <v>3129</v>
+        <v>3139</v>
       </c>
       <c r="I337" t="s">
-        <v>3130</v>
+        <v>3140</v>
       </c>
       <c r="J337" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K337" t="s">
-        <v>47</v>
+        <v>2841</v>
       </c>
       <c r="L337" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M337" t="s">
-        <v>48</v>
+        <v>2842</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3131</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>65082</v>
+        <v>65076</v>
       </c>
       <c r="B338" t="s">
-        <v>3132</v>
+        <v>3142</v>
       </c>
       <c r="C338" t="s">
-        <v>3133</v>
+        <v>3143</v>
       </c>
       <c r="D338" t="s">
-        <v>3134</v>
+        <v>3144</v>
       </c>
       <c r="E338" t="s">
-        <v>3135</v>
+        <v>3145</v>
       </c>
       <c r="F338" t="s">
-        <v>3136</v>
+        <v>3146</v>
       </c>
       <c r="G338" t="s">
-        <v>3137</v>
+        <v>3147</v>
       </c>
       <c r="H338" t="s">
-        <v>3138</v>
+        <v>3148</v>
       </c>
       <c r="I338" t="s">
-        <v>3139</v>
+        <v>3149</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3140</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>65083</v>
+        <v>65077</v>
       </c>
       <c r="B339" t="s">
-        <v>3141</v>
+        <v>3151</v>
       </c>
       <c r="C339" t="s">
-        <v>3142</v>
+        <v>3152</v>
       </c>
       <c r="D339" t="s">
-        <v>3143</v>
+        <v>3153</v>
       </c>
       <c r="E339" t="s">
-        <v>3144</v>
+        <v>3154</v>
       </c>
       <c r="F339" t="s">
-        <v>3145</v>
+        <v>3155</v>
       </c>
       <c r="G339" t="s">
-        <v>3146</v>
+        <v>3156</v>
       </c>
       <c r="H339" t="s">
-        <v>3147</v>
+        <v>3157</v>
       </c>
       <c r="I339" t="s">
-        <v>3148</v>
+        <v>3158</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
-        <v>112</v>
+        <v>499</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
-        <v>113</v>
+        <v>501</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3149</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>65084</v>
+        <v>65080</v>
       </c>
       <c r="B340" t="s">
-        <v>3150</v>
+        <v>3160</v>
       </c>
       <c r="C340" t="s">
-        <v>3151</v>
+        <v>3161</v>
       </c>
       <c r="D340" t="s">
-        <v>3152</v>
+        <v>3162</v>
       </c>
       <c r="E340" t="s">
-        <v>3153</v>
+        <v>3163</v>
       </c>
       <c r="F340" t="s">
-        <v>3154</v>
+        <v>3164</v>
       </c>
       <c r="G340" t="s">
-        <v>3155</v>
+        <v>3165</v>
       </c>
       <c r="H340" t="s">
-        <v>3156</v>
+        <v>3166</v>
       </c>
       <c r="I340" t="s">
-        <v>3157</v>
+        <v>3167</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3158</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>65085</v>
+        <v>65081</v>
       </c>
       <c r="B341" t="s">
-        <v>3159</v>
+        <v>3169</v>
       </c>
       <c r="C341" t="s">
-        <v>3160</v>
+        <v>3170</v>
       </c>
       <c r="D341" t="s">
-        <v>3161</v>
+        <v>3171</v>
       </c>
       <c r="E341" t="s">
-        <v>3162</v>
+        <v>3172</v>
       </c>
       <c r="F341" t="s">
-        <v>3163</v>
+        <v>3173</v>
       </c>
       <c r="G341" t="s">
-        <v>3164</v>
+        <v>3174</v>
       </c>
       <c r="H341" t="s">
-        <v>3165</v>
+        <v>3175</v>
       </c>
       <c r="I341" t="s">
-        <v>3166</v>
+        <v>3176</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
-        <v>1984</v>
+        <v>47</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
-        <v>1985</v>
+        <v>48</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3167</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>65086</v>
+        <v>65082</v>
       </c>
       <c r="B342" t="s">
-        <v>3168</v>
+        <v>3178</v>
       </c>
       <c r="C342" t="s">
-        <v>3169</v>
+        <v>3179</v>
       </c>
       <c r="D342" t="s">
-        <v>3170</v>
+        <v>3180</v>
       </c>
       <c r="E342" t="s">
-        <v>3171</v>
+        <v>3181</v>
       </c>
       <c r="F342" t="s">
-        <v>3172</v>
+        <v>3182</v>
       </c>
       <c r="G342" t="s">
-        <v>3173</v>
+        <v>3183</v>
       </c>
       <c r="H342" t="s">
-        <v>3174</v>
+        <v>3184</v>
       </c>
       <c r="I342" t="s">
-        <v>3175</v>
+        <v>3185</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3176</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>65087</v>
+        <v>65083</v>
       </c>
       <c r="B343" t="s">
-        <v>3177</v>
+        <v>3187</v>
       </c>
       <c r="C343" t="s">
-        <v>3178</v>
+        <v>3188</v>
       </c>
       <c r="D343" t="s">
-        <v>3179</v>
+        <v>3189</v>
       </c>
       <c r="E343" t="s">
-        <v>3180</v>
+        <v>3190</v>
       </c>
       <c r="F343" t="s">
-        <v>3181</v>
+        <v>3191</v>
       </c>
       <c r="G343" t="s">
-        <v>3182</v>
+        <v>3192</v>
       </c>
       <c r="H343" t="s">
-        <v>3183</v>
+        <v>3193</v>
       </c>
       <c r="I343" t="s">
-        <v>3184</v>
+        <v>3194</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
         <v>112</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
         <v>113</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3185</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>65088</v>
+        <v>65084</v>
       </c>
       <c r="B344" t="s">
-        <v>3186</v>
+        <v>3196</v>
       </c>
       <c r="C344" t="s">
-        <v>3187</v>
+        <v>3197</v>
       </c>
       <c r="D344" t="s">
-        <v>3188</v>
+        <v>3198</v>
       </c>
       <c r="E344" t="s">
-        <v>3189</v>
+        <v>3199</v>
       </c>
       <c r="F344" t="s">
-        <v>3190</v>
+        <v>3200</v>
       </c>
       <c r="G344" t="s">
-        <v>3191</v>
+        <v>3201</v>
       </c>
       <c r="H344" t="s">
-        <v>3192</v>
+        <v>3202</v>
       </c>
       <c r="I344" t="s">
-        <v>3193</v>
+        <v>3203</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
         <v>25</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
         <v>27</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3194</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>65089</v>
+        <v>65085</v>
       </c>
       <c r="B345" t="s">
-        <v>3195</v>
+        <v>3205</v>
       </c>
       <c r="C345" t="s">
-        <v>3196</v>
+        <v>3206</v>
       </c>
       <c r="D345" t="s">
-        <v>3197</v>
+        <v>3207</v>
       </c>
       <c r="E345" t="s">
-        <v>3198</v>
+        <v>3208</v>
       </c>
       <c r="F345" t="s">
-        <v>3199</v>
+        <v>3209</v>
       </c>
       <c r="G345" t="s">
-        <v>3200</v>
+        <v>3210</v>
       </c>
       <c r="H345" t="s">
-        <v>3201</v>
+        <v>3211</v>
       </c>
       <c r="I345" t="s">
-        <v>3202</v>
+        <v>3212</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>25</v>
+        <v>2030</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
-        <v>27</v>
+        <v>2031</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3203</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>65090</v>
+        <v>65086</v>
       </c>
       <c r="B346" t="s">
-        <v>3204</v>
+        <v>3214</v>
       </c>
       <c r="C346" t="s">
-        <v>3205</v>
+        <v>3215</v>
       </c>
       <c r="D346" t="s">
-        <v>3206</v>
+        <v>3216</v>
       </c>
       <c r="E346" t="s">
-        <v>3207</v>
+        <v>3217</v>
       </c>
       <c r="F346" t="s">
-        <v>3208</v>
+        <v>3218</v>
       </c>
       <c r="G346" t="s">
-        <v>3209</v>
+        <v>3219</v>
       </c>
       <c r="H346" t="s">
-        <v>3210</v>
+        <v>3220</v>
       </c>
       <c r="I346" t="s">
-        <v>3211</v>
+        <v>3221</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3212</v>
+        <v>3222</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>65091</v>
+        <v>65087</v>
       </c>
       <c r="B347" t="s">
-        <v>3213</v>
+        <v>3223</v>
       </c>
       <c r="C347" t="s">
-        <v>3214</v>
+        <v>3224</v>
       </c>
       <c r="D347" t="s">
-        <v>3215</v>
+        <v>3225</v>
       </c>
       <c r="E347" t="s">
-        <v>3216</v>
+        <v>3226</v>
       </c>
       <c r="F347" t="s">
-        <v>3217</v>
+        <v>3227</v>
       </c>
       <c r="G347" t="s">
-        <v>3218</v>
+        <v>3228</v>
       </c>
       <c r="H347" t="s">
-        <v>3219</v>
+        <v>3229</v>
       </c>
       <c r="I347" t="s">
-        <v>3220</v>
+        <v>3230</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3221</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>65092</v>
+        <v>65088</v>
       </c>
       <c r="B348" t="s">
-        <v>3222</v>
+        <v>3232</v>
       </c>
       <c r="C348" t="s">
-        <v>3223</v>
+        <v>3233</v>
       </c>
       <c r="D348" t="s">
-        <v>3224</v>
+        <v>3234</v>
       </c>
       <c r="E348" t="s">
-        <v>3225</v>
+        <v>3235</v>
       </c>
       <c r="F348" t="s">
-        <v>3226</v>
+        <v>3236</v>
       </c>
       <c r="G348" t="s">
-        <v>3227</v>
+        <v>3237</v>
       </c>
       <c r="H348" t="s">
-        <v>3228</v>
+        <v>3238</v>
       </c>
       <c r="I348" t="s">
-        <v>3229</v>
+        <v>3239</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3230</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>65093</v>
+        <v>65089</v>
       </c>
       <c r="B349" t="s">
-        <v>3231</v>
+        <v>3241</v>
       </c>
       <c r="C349" t="s">
-        <v>3232</v>
+        <v>3242</v>
       </c>
       <c r="D349" t="s">
-        <v>3233</v>
+        <v>3243</v>
       </c>
       <c r="E349" t="s">
-        <v>3234</v>
+        <v>3244</v>
       </c>
       <c r="F349" t="s">
-        <v>3235</v>
+        <v>3245</v>
       </c>
       <c r="G349" t="s">
-        <v>3236</v>
+        <v>3246</v>
       </c>
       <c r="H349" t="s">
-        <v>3237</v>
+        <v>3247</v>
       </c>
       <c r="I349" t="s">
-        <v>3238</v>
+        <v>3248</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3239</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>65094</v>
+        <v>65090</v>
       </c>
       <c r="B350" t="s">
-        <v>3240</v>
+        <v>3250</v>
       </c>
       <c r="C350" t="s">
-        <v>3241</v>
+        <v>3251</v>
       </c>
       <c r="D350" t="s">
-        <v>3242</v>
+        <v>3252</v>
       </c>
       <c r="E350" t="s">
-        <v>3243</v>
+        <v>3253</v>
       </c>
       <c r="F350" t="s">
-        <v>3244</v>
+        <v>3254</v>
       </c>
       <c r="G350" t="s">
-        <v>3245</v>
+        <v>3255</v>
       </c>
       <c r="H350" t="s">
-        <v>3246</v>
+        <v>3256</v>
       </c>
       <c r="I350" t="s">
-        <v>3247</v>
+        <v>3257</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>3248</v>
+        <v>25</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>3249</v>
+        <v>27</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3250</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>65095</v>
+        <v>65091</v>
       </c>
       <c r="B351" t="s">
-        <v>3251</v>
+        <v>3259</v>
       </c>
       <c r="C351" t="s">
-        <v>3252</v>
+        <v>3260</v>
       </c>
       <c r="D351" t="s">
-        <v>3253</v>
+        <v>3261</v>
       </c>
       <c r="E351" t="s">
-        <v>3254</v>
+        <v>3262</v>
       </c>
       <c r="F351" t="s">
-        <v>3255</v>
+        <v>3263</v>
       </c>
       <c r="G351" t="s">
-        <v>3256</v>
+        <v>3264</v>
       </c>
       <c r="H351" t="s">
-        <v>3257</v>
+        <v>3265</v>
       </c>
       <c r="I351" t="s">
-        <v>3258</v>
+        <v>3266</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>499</v>
+        <v>25</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>501</v>
+        <v>27</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3259</v>
+        <v>3267</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>65096</v>
+        <v>65092</v>
       </c>
       <c r="B352" t="s">
-        <v>3260</v>
+        <v>3268</v>
       </c>
       <c r="C352" t="s">
-        <v>3261</v>
+        <v>3269</v>
       </c>
       <c r="D352" t="s">
-        <v>3262</v>
+        <v>3270</v>
       </c>
       <c r="E352" t="s">
-        <v>3263</v>
+        <v>3271</v>
       </c>
       <c r="F352" t="s">
-        <v>3264</v>
+        <v>3272</v>
       </c>
       <c r="G352" t="s">
-        <v>3265</v>
+        <v>3273</v>
       </c>
       <c r="H352" t="s">
-        <v>3266</v>
+        <v>3274</v>
       </c>
       <c r="I352" t="s">
-        <v>3267</v>
+        <v>3275</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3268</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>65097</v>
+        <v>65093</v>
       </c>
       <c r="B353" t="s">
-        <v>3269</v>
+        <v>3277</v>
       </c>
       <c r="C353" t="s">
-        <v>3270</v>
+        <v>3278</v>
       </c>
       <c r="D353" t="s">
-        <v>3271</v>
+        <v>3279</v>
       </c>
       <c r="E353" t="s">
-        <v>3272</v>
+        <v>3280</v>
       </c>
       <c r="F353" t="s">
-        <v>3273</v>
+        <v>3281</v>
       </c>
       <c r="G353" t="s">
-        <v>3274</v>
+        <v>3282</v>
       </c>
       <c r="H353" t="s">
-        <v>3275</v>
+        <v>3283</v>
       </c>
       <c r="I353" t="s">
-        <v>3276</v>
+        <v>3284</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
         <v>112</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
         <v>113</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3277</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>65098</v>
+        <v>65094</v>
       </c>
       <c r="B354" t="s">
-        <v>3278</v>
+        <v>3286</v>
       </c>
       <c r="C354" t="s">
-        <v>3279</v>
+        <v>3287</v>
       </c>
       <c r="D354" t="s">
-        <v>3280</v>
+        <v>3288</v>
       </c>
       <c r="E354" t="s">
-        <v>3281</v>
+        <v>3289</v>
       </c>
       <c r="F354" t="s">
-        <v>3282</v>
+        <v>3290</v>
       </c>
       <c r="G354" t="s">
-        <v>3283</v>
+        <v>3291</v>
       </c>
       <c r="H354" t="s">
-        <v>3284</v>
+        <v>3292</v>
       </c>
       <c r="I354" t="s">
-        <v>3285</v>
+        <v>3293</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>25</v>
+        <v>3294</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>27</v>
+        <v>3295</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3286</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>65099</v>
+        <v>65095</v>
       </c>
       <c r="B355" t="s">
-        <v>3287</v>
+        <v>3297</v>
       </c>
       <c r="C355" t="s">
-        <v>3288</v>
+        <v>3298</v>
       </c>
       <c r="D355" t="s">
-        <v>3289</v>
+        <v>3299</v>
       </c>
       <c r="E355" t="s">
-        <v>3290</v>
+        <v>3300</v>
       </c>
       <c r="F355" t="s">
-        <v>3291</v>
+        <v>3301</v>
       </c>
       <c r="G355" t="s">
-        <v>3292</v>
+        <v>3302</v>
       </c>
       <c r="H355" t="s">
-        <v>3293</v>
+        <v>3303</v>
       </c>
       <c r="I355" t="s">
-        <v>3294</v>
+        <v>3304</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>112</v>
+        <v>499</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>113</v>
+        <v>501</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3295</v>
+        <v>3305</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>65100</v>
+        <v>65096</v>
       </c>
       <c r="B356" t="s">
-        <v>3296</v>
+        <v>3306</v>
       </c>
       <c r="C356" t="s">
-        <v>3297</v>
+        <v>3307</v>
       </c>
       <c r="D356" t="s">
-        <v>3298</v>
+        <v>3308</v>
       </c>
       <c r="E356" t="s">
-        <v>3299</v>
+        <v>3309</v>
       </c>
       <c r="F356" t="s">
-        <v>3300</v>
+        <v>3310</v>
       </c>
       <c r="G356" t="s">
-        <v>3301</v>
+        <v>3311</v>
       </c>
       <c r="H356" t="s">
-        <v>3302</v>
+        <v>3312</v>
       </c>
       <c r="I356" t="s">
-        <v>3303</v>
+        <v>3313</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>2661</v>
+        <v>25</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>2662</v>
+        <v>27</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3304</v>
+        <v>3314</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>65101</v>
+        <v>65097</v>
       </c>
       <c r="B357" t="s">
-        <v>3305</v>
+        <v>3315</v>
       </c>
       <c r="C357" t="s">
-        <v>3306</v>
+        <v>3316</v>
       </c>
       <c r="D357" t="s">
-        <v>3307</v>
+        <v>3317</v>
       </c>
       <c r="E357" t="s">
-        <v>3308</v>
+        <v>3318</v>
       </c>
       <c r="F357" t="s">
-        <v>3309</v>
+        <v>3319</v>
       </c>
       <c r="G357" t="s">
-        <v>3310</v>
+        <v>3320</v>
       </c>
       <c r="H357" t="s">
-        <v>3311</v>
+        <v>3321</v>
       </c>
       <c r="I357" t="s">
-        <v>3312</v>
+        <v>3322</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
         <v>112</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
         <v>113</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3313</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>65102</v>
+        <v>65098</v>
       </c>
       <c r="B358" t="s">
-        <v>3314</v>
+        <v>3324</v>
       </c>
       <c r="C358" t="s">
-        <v>3315</v>
+        <v>3325</v>
       </c>
       <c r="D358" t="s">
-        <v>3316</v>
+        <v>3326</v>
       </c>
       <c r="E358" t="s">
-        <v>3317</v>
+        <v>3327</v>
       </c>
       <c r="F358" t="s">
-        <v>3318</v>
+        <v>3328</v>
       </c>
       <c r="G358" t="s">
-        <v>3319</v>
+        <v>3329</v>
       </c>
       <c r="H358" t="s">
-        <v>3320</v>
+        <v>3330</v>
       </c>
       <c r="I358" t="s">
-        <v>3321</v>
+        <v>3331</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
         <v>25</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
         <v>27</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3322</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>65104</v>
+        <v>65099</v>
       </c>
       <c r="B359" t="s">
-        <v>3323</v>
+        <v>3333</v>
       </c>
       <c r="C359" t="s">
-        <v>3324</v>
+        <v>3334</v>
       </c>
       <c r="D359" t="s">
-        <v>3325</v>
+        <v>3335</v>
       </c>
       <c r="E359" t="s">
-        <v>3326</v>
+        <v>3336</v>
       </c>
       <c r="F359" t="s">
-        <v>3327</v>
+        <v>3337</v>
       </c>
       <c r="G359" t="s">
-        <v>3328</v>
+        <v>3338</v>
       </c>
       <c r="H359" t="s">
-        <v>3329</v>
+        <v>3339</v>
       </c>
       <c r="I359" t="s">
-        <v>3330</v>
+        <v>3340</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>3331</v>
+        <v>112</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
-        <v>3332</v>
+        <v>113</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3333</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>65105</v>
+        <v>65100</v>
       </c>
       <c r="B360" t="s">
-        <v>3334</v>
+        <v>3342</v>
       </c>
       <c r="C360" t="s">
-        <v>3335</v>
+        <v>3343</v>
       </c>
       <c r="D360" t="s">
-        <v>3336</v>
+        <v>3344</v>
       </c>
       <c r="E360" t="s">
-        <v>3337</v>
+        <v>3345</v>
       </c>
       <c r="F360" t="s">
-        <v>3338</v>
+        <v>3346</v>
       </c>
       <c r="G360" t="s">
-        <v>3339</v>
+        <v>3347</v>
       </c>
       <c r="H360" t="s">
-        <v>3340</v>
+        <v>3348</v>
       </c>
       <c r="I360" t="s">
-        <v>3341</v>
+        <v>3349</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>112</v>
+        <v>2709</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>113</v>
+        <v>2710</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3342</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
+        <v>65101</v>
+      </c>
+      <c r="B361" t="s">
+        <v>3351</v>
+      </c>
+      <c r="C361" t="s">
+        <v>3352</v>
+      </c>
+      <c r="D361" t="s">
+        <v>3353</v>
+      </c>
+      <c r="E361" t="s">
+        <v>3354</v>
+      </c>
+      <c r="F361" t="s">
+        <v>3355</v>
+      </c>
+      <c r="G361" t="s">
+        <v>3356</v>
+      </c>
+      <c r="H361" t="s">
+        <v>3357</v>
+      </c>
+      <c r="I361" t="s">
+        <v>3358</v>
+      </c>
+      <c r="J361" t="s">
+        <v>24</v>
+      </c>
+      <c r="K361" t="s">
+        <v>112</v>
+      </c>
+      <c r="L361" t="s">
+        <v>26</v>
+      </c>
+      <c r="M361" t="s">
+        <v>113</v>
+      </c>
+      <c r="N361" t="s">
+        <v>28</v>
+      </c>
+      <c r="O361" t="s">
+        <v>3359</v>
+      </c>
+    </row>
+    <row r="362" spans="1:15">
+      <c r="A362">
+        <v>65102</v>
+      </c>
+      <c r="B362" t="s">
+        <v>3360</v>
+      </c>
+      <c r="C362" t="s">
+        <v>3361</v>
+      </c>
+      <c r="D362" t="s">
+        <v>3362</v>
+      </c>
+      <c r="E362" t="s">
+        <v>3363</v>
+      </c>
+      <c r="F362" t="s">
+        <v>3364</v>
+      </c>
+      <c r="G362" t="s">
+        <v>3365</v>
+      </c>
+      <c r="H362" t="s">
+        <v>3366</v>
+      </c>
+      <c r="I362" t="s">
+        <v>3367</v>
+      </c>
+      <c r="J362" t="s">
+        <v>24</v>
+      </c>
+      <c r="K362" t="s">
+        <v>25</v>
+      </c>
+      <c r="L362" t="s">
+        <v>26</v>
+      </c>
+      <c r="M362" t="s">
+        <v>27</v>
+      </c>
+      <c r="N362" t="s">
+        <v>28</v>
+      </c>
+      <c r="O362" t="s">
+        <v>3368</v>
+      </c>
+    </row>
+    <row r="363" spans="1:15">
+      <c r="A363">
+        <v>65104</v>
+      </c>
+      <c r="B363" t="s">
+        <v>3369</v>
+      </c>
+      <c r="C363" t="s">
+        <v>3370</v>
+      </c>
+      <c r="D363" t="s">
+        <v>3371</v>
+      </c>
+      <c r="E363" t="s">
+        <v>3372</v>
+      </c>
+      <c r="F363" t="s">
+        <v>3373</v>
+      </c>
+      <c r="G363" t="s">
+        <v>3374</v>
+      </c>
+      <c r="H363" t="s">
+        <v>3375</v>
+      </c>
+      <c r="I363" t="s">
+        <v>3376</v>
+      </c>
+      <c r="J363" t="s">
+        <v>24</v>
+      </c>
+      <c r="K363" t="s">
+        <v>3377</v>
+      </c>
+      <c r="L363" t="s">
+        <v>26</v>
+      </c>
+      <c r="M363" t="s">
+        <v>3378</v>
+      </c>
+      <c r="N363" t="s">
+        <v>28</v>
+      </c>
+      <c r="O363" t="s">
+        <v>3379</v>
+      </c>
+    </row>
+    <row r="364" spans="1:15">
+      <c r="A364">
+        <v>65105</v>
+      </c>
+      <c r="B364" t="s">
+        <v>3380</v>
+      </c>
+      <c r="C364" t="s">
+        <v>3381</v>
+      </c>
+      <c r="D364" t="s">
+        <v>3382</v>
+      </c>
+      <c r="E364" t="s">
+        <v>3383</v>
+      </c>
+      <c r="F364" t="s">
+        <v>3384</v>
+      </c>
+      <c r="G364" t="s">
+        <v>3385</v>
+      </c>
+      <c r="H364" t="s">
+        <v>3386</v>
+      </c>
+      <c r="I364" t="s">
+        <v>3387</v>
+      </c>
+      <c r="J364" t="s">
+        <v>24</v>
+      </c>
+      <c r="K364" t="s">
+        <v>112</v>
+      </c>
+      <c r="L364" t="s">
+        <v>26</v>
+      </c>
+      <c r="M364" t="s">
+        <v>113</v>
+      </c>
+      <c r="N364" t="s">
+        <v>28</v>
+      </c>
+      <c r="O364" t="s">
+        <v>3388</v>
+      </c>
+    </row>
+    <row r="365" spans="1:15">
+      <c r="A365">
         <v>65124</v>
       </c>
-      <c r="B361" t="s">
-[...26 lines deleted...]
-      <c r="K361" t="s">
+      <c r="B365" t="s">
+        <v>3389</v>
+      </c>
+      <c r="C365" t="s">
+        <v>3390</v>
+      </c>
+      <c r="D365" t="s">
+        <v>3391</v>
+      </c>
+      <c r="E365" t="s">
+        <v>3392</v>
+      </c>
+      <c r="F365" t="s">
+        <v>3393</v>
+      </c>
+      <c r="G365" t="s">
+        <v>3394</v>
+      </c>
+      <c r="H365" t="s">
+        <v>3395</v>
+      </c>
+      <c r="I365" t="s">
+        <v>3396</v>
+      </c>
+      <c r="J365" t="s">
+        <v>24</v>
+      </c>
+      <c r="K365" t="s">
         <v>25</v>
       </c>
-      <c r="L361" t="s">
-[...2 lines deleted...]
-      <c r="M361" t="s">
+      <c r="L365" t="s">
+        <v>26</v>
+      </c>
+      <c r="M365" t="s">
         <v>27</v>
       </c>
-      <c r="N361" t="s">
-[...3 lines deleted...]
-        <v>3351</v>
+      <c r="N365" t="s">
+        <v>28</v>
+      </c>
+      <c r="O365" t="s">
+        <v>3397</v>
+      </c>
+    </row>
+    <row r="366" spans="1:15">
+      <c r="A366">
+        <v>65255</v>
+      </c>
+      <c r="B366" t="s">
+        <v>3398</v>
+      </c>
+      <c r="C366" t="s">
+        <v>3399</v>
+      </c>
+      <c r="D366" t="s">
+        <v>3400</v>
+      </c>
+      <c r="E366" t="s">
+        <v>3401</v>
+      </c>
+      <c r="F366" t="s">
+        <v>3402</v>
+      </c>
+      <c r="G366" t="s">
+        <v>3403</v>
+      </c>
+      <c r="H366" t="s">
+        <v>3404</v>
+      </c>
+      <c r="I366" t="s">
+        <v>3405</v>
+      </c>
+      <c r="J366" t="s">
+        <v>988</v>
+      </c>
+      <c r="K366" t="s">
+        <v>3406</v>
+      </c>
+      <c r="L366" t="s">
+        <v>990</v>
+      </c>
+      <c r="M366" t="s">
+        <v>3407</v>
+      </c>
+      <c r="N366" t="s">
+        <v>28</v>
+      </c>
+      <c r="O366" t="s">
+        <v>3408</v>
+      </c>
+    </row>
+    <row r="367" spans="1:15">
+      <c r="A367">
+        <v>66510</v>
+      </c>
+      <c r="B367" t="s">
+        <v>3409</v>
+      </c>
+      <c r="C367" t="s">
+        <v>3410</v>
+      </c>
+      <c r="D367" t="s">
+        <v>3411</v>
+      </c>
+      <c r="E367" t="s">
+        <v>3412</v>
+      </c>
+      <c r="F367" t="s">
+        <v>3413</v>
+      </c>
+      <c r="G367" t="s">
+        <v>3414</v>
+      </c>
+      <c r="H367" t="s">
+        <v>3415</v>
+      </c>
+      <c r="I367" t="s">
+        <v>3416</v>
+      </c>
+      <c r="J367" t="s">
+        <v>988</v>
+      </c>
+      <c r="K367" t="s">
+        <v>3417</v>
+      </c>
+      <c r="L367" t="s">
+        <v>990</v>
+      </c>
+      <c r="M367" t="s">
+        <v>3418</v>
+      </c>
+      <c r="N367" t="s">
+        <v>28</v>
+      </c>
+      <c r="O367" t="s">
+        <v>3419</v>
+      </c>
+    </row>
+    <row r="368" spans="1:15">
+      <c r="A368">
+        <v>66511</v>
+      </c>
+      <c r="B368" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C368" t="s">
+        <v>3420</v>
+      </c>
+      <c r="D368" t="s">
+        <v>3421</v>
+      </c>
+      <c r="E368" t="s">
+        <v>3422</v>
+      </c>
+      <c r="F368" t="s">
+        <v>1145</v>
+      </c>
+      <c r="G368" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H368" t="s">
+        <v>3423</v>
+      </c>
+      <c r="I368" t="s">
+        <v>3424</v>
+      </c>
+      <c r="J368" t="s">
+        <v>24</v>
+      </c>
+      <c r="K368" t="s">
+        <v>3425</v>
+      </c>
+      <c r="L368" t="s">
+        <v>26</v>
+      </c>
+      <c r="M368" t="s">
+        <v>3426</v>
+      </c>
+      <c r="N368" t="s">
+        <v>28</v>
+      </c>
+      <c r="O368" t="s">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="369" spans="1:15">
+      <c r="A369">
+        <v>66512</v>
+      </c>
+      <c r="B369" t="s">
+        <v>2542</v>
+      </c>
+      <c r="C369" t="s">
+        <v>3428</v>
+      </c>
+      <c r="D369" t="s">
+        <v>3429</v>
+      </c>
+      <c r="E369" t="s">
+        <v>3430</v>
+      </c>
+      <c r="F369" t="s">
+        <v>3431</v>
+      </c>
+      <c r="G369" t="s">
+        <v>2547</v>
+      </c>
+      <c r="H369" t="s">
+        <v>2548</v>
+      </c>
+      <c r="I369" t="s">
+        <v>2549</v>
+      </c>
+      <c r="J369" t="s">
+        <v>24</v>
+      </c>
+      <c r="K369" t="s">
+        <v>3432</v>
+      </c>
+      <c r="L369" t="s">
+        <v>26</v>
+      </c>
+      <c r="M369" t="s">
+        <v>3433</v>
+      </c>
+      <c r="N369" t="s">
+        <v>28</v>
+      </c>
+      <c r="O369" t="s">
+        <v>3434</v>
+      </c>
+    </row>
+    <row r="370" spans="1:15">
+      <c r="A370">
+        <v>66513</v>
+      </c>
+      <c r="B370" t="s">
+        <v>3435</v>
+      </c>
+      <c r="C370" t="s">
+        <v>3436</v>
+      </c>
+      <c r="D370" t="s">
+        <v>3437</v>
+      </c>
+      <c r="E370" t="s">
+        <v>3438</v>
+      </c>
+      <c r="F370" t="s">
+        <v>3439</v>
+      </c>
+      <c r="G370" t="s">
+        <v>2876</v>
+      </c>
+      <c r="H370" t="s">
+        <v>3440</v>
+      </c>
+      <c r="I370" t="s">
+        <v>3441</v>
+      </c>
+      <c r="J370" t="s">
+        <v>24</v>
+      </c>
+      <c r="K370" t="s">
+        <v>3432</v>
+      </c>
+      <c r="L370" t="s">
+        <v>26</v>
+      </c>
+      <c r="M370" t="s">
+        <v>3433</v>
+      </c>
+      <c r="N370" t="s">
+        <v>28</v>
+      </c>
+      <c r="O370" t="s">
+        <v>3442</v>
+      </c>
+    </row>
+    <row r="371" spans="1:15">
+      <c r="A371">
+        <v>66514</v>
+      </c>
+      <c r="B371" t="s">
+        <v>3443</v>
+      </c>
+      <c r="C371" t="s">
+        <v>3444</v>
+      </c>
+      <c r="D371" t="s">
+        <v>3445</v>
+      </c>
+      <c r="E371" t="s">
+        <v>3446</v>
+      </c>
+      <c r="F371" t="s">
+        <v>1281</v>
+      </c>
+      <c r="G371" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H371" t="s">
+        <v>3447</v>
+      </c>
+      <c r="I371" t="s">
+        <v>3448</v>
+      </c>
+      <c r="J371" t="s">
+        <v>24</v>
+      </c>
+      <c r="K371" t="s">
+        <v>3432</v>
+      </c>
+      <c r="L371" t="s">
+        <v>26</v>
+      </c>
+      <c r="M371" t="s">
+        <v>3433</v>
+      </c>
+      <c r="N371" t="s">
+        <v>28</v>
+      </c>
+      <c r="O371" t="s">
+        <v>3449</v>
+      </c>
+    </row>
+    <row r="372" spans="1:15">
+      <c r="A372">
+        <v>66515</v>
+      </c>
+      <c r="B372" t="s">
+        <v>3450</v>
+      </c>
+      <c r="C372" t="s">
+        <v>3451</v>
+      </c>
+      <c r="D372" t="s">
+        <v>3452</v>
+      </c>
+      <c r="E372" t="s">
+        <v>3453</v>
+      </c>
+      <c r="F372" t="s">
+        <v>3454</v>
+      </c>
+      <c r="G372" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H372" t="s">
+        <v>3455</v>
+      </c>
+      <c r="I372" t="s">
+        <v>3456</v>
+      </c>
+      <c r="J372" t="s">
+        <v>24</v>
+      </c>
+      <c r="K372" t="s">
+        <v>3432</v>
+      </c>
+      <c r="L372" t="s">
+        <v>26</v>
+      </c>
+      <c r="M372" t="s">
+        <v>3433</v>
+      </c>
+      <c r="N372" t="s">
+        <v>28</v>
+      </c>
+      <c r="O372" t="s">
+        <v>3457</v>
+      </c>
+    </row>
+    <row r="373" spans="1:15">
+      <c r="A373">
+        <v>66516</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C373" t="s">
+        <v>3458</v>
+      </c>
+      <c r="D373" t="s">
+        <v>3459</v>
+      </c>
+      <c r="E373" t="s">
+        <v>3460</v>
+      </c>
+      <c r="F373" t="s">
+        <v>3461</v>
+      </c>
+      <c r="G373" t="s">
+        <v>3462</v>
+      </c>
+      <c r="H373" t="s">
+        <v>3463</v>
+      </c>
+      <c r="I373" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J373" t="s">
+        <v>24</v>
+      </c>
+      <c r="K373" t="s">
+        <v>112</v>
+      </c>
+      <c r="L373" t="s">
+        <v>26</v>
+      </c>
+      <c r="M373" t="s">
+        <v>113</v>
+      </c>
+      <c r="N373" t="s">
+        <v>28</v>
+      </c>
+      <c r="O373" t="s">
+        <v>3464</v>
+      </c>
+    </row>
+    <row r="374" spans="1:15">
+      <c r="A374">
+        <v>66517</v>
+      </c>
+      <c r="B374" t="s">
+        <v>3465</v>
+      </c>
+      <c r="C374" t="s">
+        <v>3466</v>
+      </c>
+      <c r="D374" t="s">
+        <v>3467</v>
+      </c>
+      <c r="E374" t="s">
+        <v>3468</v>
+      </c>
+      <c r="F374" t="s">
+        <v>3469</v>
+      </c>
+      <c r="G374" t="s">
+        <v>3470</v>
+      </c>
+      <c r="H374" t="s">
+        <v>3471</v>
+      </c>
+      <c r="I374" t="s">
+        <v>3472</v>
+      </c>
+      <c r="J374" t="s">
+        <v>24</v>
+      </c>
+      <c r="K374" t="s">
+        <v>3432</v>
+      </c>
+      <c r="L374" t="s">
+        <v>26</v>
+      </c>
+      <c r="M374" t="s">
+        <v>3433</v>
+      </c>
+      <c r="N374" t="s">
+        <v>28</v>
+      </c>
+      <c r="O374" t="s">
+        <v>3473</v>
+      </c>
+    </row>
+    <row r="375" spans="1:15">
+      <c r="A375">
+        <v>66518</v>
+      </c>
+      <c r="B375" t="s">
+        <v>3474</v>
+      </c>
+      <c r="C375" t="s">
+        <v>3475</v>
+      </c>
+      <c r="D375" t="s">
+        <v>3476</v>
+      </c>
+      <c r="E375" t="s">
+        <v>3477</v>
+      </c>
+      <c r="F375" t="s">
+        <v>3478</v>
+      </c>
+      <c r="G375" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H375" t="s">
+        <v>3479</v>
+      </c>
+      <c r="I375" t="s">
+        <v>3480</v>
+      </c>
+      <c r="J375" t="s">
+        <v>24</v>
+      </c>
+      <c r="K375" t="s">
+        <v>112</v>
+      </c>
+      <c r="L375" t="s">
+        <v>26</v>
+      </c>
+      <c r="M375" t="s">
+        <v>113</v>
+      </c>
+      <c r="N375" t="s">
+        <v>28</v>
+      </c>
+      <c r="O375" t="s">
+        <v>3481</v>
+      </c>
+    </row>
+    <row r="376" spans="1:15">
+      <c r="A376">
+        <v>66519</v>
+      </c>
+      <c r="B376" t="s">
+        <v>3482</v>
+      </c>
+      <c r="C376" t="s">
+        <v>3483</v>
+      </c>
+      <c r="D376" t="s">
+        <v>3484</v>
+      </c>
+      <c r="E376" t="s">
+        <v>3485</v>
+      </c>
+      <c r="F376" t="s">
+        <v>3486</v>
+      </c>
+      <c r="G376" t="s">
+        <v>3487</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1165</v>
+      </c>
+      <c r="I376" t="s">
+        <v>1166</v>
+      </c>
+      <c r="J376" t="s">
+        <v>24</v>
+      </c>
+      <c r="K376" t="s">
+        <v>3488</v>
+      </c>
+      <c r="L376" t="s">
+        <v>26</v>
+      </c>
+      <c r="M376" t="s">
+        <v>3489</v>
+      </c>
+      <c r="N376" t="s">
+        <v>28</v>
+      </c>
+      <c r="O376" t="s">
+        <v>3490</v>
+      </c>
+    </row>
+    <row r="377" spans="1:15">
+      <c r="A377">
+        <v>66520</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C377" t="s">
+        <v>3491</v>
+      </c>
+      <c r="D377" t="s">
+        <v>3492</v>
+      </c>
+      <c r="E377" t="s">
+        <v>3493</v>
+      </c>
+      <c r="F377" t="s">
+        <v>1241</v>
+      </c>
+      <c r="G377" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1243</v>
+      </c>
+      <c r="I377" t="s">
+        <v>1244</v>
+      </c>
+      <c r="J377" t="s">
+        <v>24</v>
+      </c>
+      <c r="K377" t="s">
+        <v>25</v>
+      </c>
+      <c r="L377" t="s">
+        <v>26</v>
+      </c>
+      <c r="M377" t="s">
+        <v>27</v>
+      </c>
+      <c r="N377" t="s">
+        <v>28</v>
+      </c>
+      <c r="O377" t="s">
+        <v>3494</v>
+      </c>
+    </row>
+    <row r="378" spans="1:15">
+      <c r="A378">
+        <v>66521</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C378" t="s">
+        <v>3495</v>
+      </c>
+      <c r="D378" t="s">
+        <v>3496</v>
+      </c>
+      <c r="E378" t="s">
+        <v>3497</v>
+      </c>
+      <c r="F378" t="s">
+        <v>3498</v>
+      </c>
+      <c r="G378" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H378" t="s">
+        <v>3499</v>
+      </c>
+      <c r="I378" t="s">
+        <v>1094</v>
+      </c>
+      <c r="J378" t="s">
+        <v>24</v>
+      </c>
+      <c r="K378" t="s">
+        <v>112</v>
+      </c>
+      <c r="L378" t="s">
+        <v>26</v>
+      </c>
+      <c r="M378" t="s">
+        <v>113</v>
+      </c>
+      <c r="N378" t="s">
+        <v>28</v>
+      </c>
+      <c r="O378" t="s">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="379" spans="1:15">
+      <c r="A379">
+        <v>66522</v>
+      </c>
+      <c r="B379" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C379" t="s">
+        <v>3502</v>
+      </c>
+      <c r="D379" t="s">
+        <v>3503</v>
+      </c>
+      <c r="E379" t="s">
+        <v>3504</v>
+      </c>
+      <c r="F379" t="s">
+        <v>3505</v>
+      </c>
+      <c r="G379" t="s">
+        <v>3506</v>
+      </c>
+      <c r="H379" t="s">
+        <v>3507</v>
+      </c>
+      <c r="I379" t="s">
+        <v>3508</v>
+      </c>
+      <c r="J379" t="s">
+        <v>24</v>
+      </c>
+      <c r="K379" t="s">
+        <v>3406</v>
+      </c>
+      <c r="L379" t="s">
+        <v>26</v>
+      </c>
+      <c r="M379" t="s">
+        <v>3407</v>
+      </c>
+      <c r="N379" t="s">
+        <v>28</v>
+      </c>
+      <c r="O379" t="s">
+        <v>3509</v>
+      </c>
+    </row>
+    <row r="380" spans="1:15">
+      <c r="A380">
+        <v>66523</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C380" t="s">
+        <v>3510</v>
+      </c>
+      <c r="D380" t="s">
+        <v>3511</v>
+      </c>
+      <c r="E380" t="s">
+        <v>3512</v>
+      </c>
+      <c r="F380" t="s">
+        <v>1136</v>
+      </c>
+      <c r="G380" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H380" t="s">
+        <v>1138</v>
+      </c>
+      <c r="I380" t="s">
+        <v>3513</v>
+      </c>
+      <c r="J380" t="s">
+        <v>24</v>
+      </c>
+      <c r="K380" t="s">
+        <v>47</v>
+      </c>
+      <c r="L380" t="s">
+        <v>26</v>
+      </c>
+      <c r="M380" t="s">
+        <v>48</v>
+      </c>
+      <c r="N380" t="s">
+        <v>28</v>
+      </c>
+      <c r="O380" t="s">
+        <v>3514</v>
+      </c>
+    </row>
+    <row r="381" spans="1:15">
+      <c r="A381">
+        <v>66524</v>
+      </c>
+      <c r="B381" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C381" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D381" t="s">
+        <v>3516</v>
+      </c>
+      <c r="E381" t="s">
+        <v>3517</v>
+      </c>
+      <c r="F381" t="s">
+        <v>3518</v>
+      </c>
+      <c r="G381" t="s">
+        <v>2717</v>
+      </c>
+      <c r="H381" t="s">
+        <v>2718</v>
+      </c>
+      <c r="I381" t="s">
+        <v>2719</v>
+      </c>
+      <c r="J381" t="s">
+        <v>24</v>
+      </c>
+      <c r="K381" t="s">
+        <v>112</v>
+      </c>
+      <c r="L381" t="s">
+        <v>26</v>
+      </c>
+      <c r="M381" t="s">
+        <v>113</v>
+      </c>
+      <c r="N381" t="s">
+        <v>28</v>
+      </c>
+      <c r="O381" t="s">
+        <v>3519</v>
+      </c>
+    </row>
+    <row r="382" spans="1:15">
+      <c r="A382">
+        <v>66525</v>
+      </c>
+      <c r="B382" t="s">
+        <v>3520</v>
+      </c>
+      <c r="C382" t="s">
+        <v>3521</v>
+      </c>
+      <c r="D382" t="s">
+        <v>3522</v>
+      </c>
+      <c r="E382" t="s">
+        <v>3523</v>
+      </c>
+      <c r="F382" t="s">
+        <v>2573</v>
+      </c>
+      <c r="G382" t="s">
+        <v>2574</v>
+      </c>
+      <c r="H382" t="s">
+        <v>2575</v>
+      </c>
+      <c r="I382" t="s">
+        <v>2576</v>
+      </c>
+      <c r="J382" t="s">
+        <v>24</v>
+      </c>
+      <c r="K382" t="s">
+        <v>112</v>
+      </c>
+      <c r="L382" t="s">
+        <v>26</v>
+      </c>
+      <c r="M382" t="s">
+        <v>113</v>
+      </c>
+      <c r="N382" t="s">
+        <v>28</v>
+      </c>
+      <c r="O382" t="s">
+        <v>3524</v>
+      </c>
+    </row>
+    <row r="383" spans="1:15">
+      <c r="A383">
+        <v>66526</v>
+      </c>
+      <c r="B383" t="s">
+        <v>3525</v>
+      </c>
+      <c r="C383" t="s">
+        <v>3526</v>
+      </c>
+      <c r="D383" t="s">
+        <v>3527</v>
+      </c>
+      <c r="E383" t="s">
+        <v>3528</v>
+      </c>
+      <c r="F383" t="s">
+        <v>3529</v>
+      </c>
+      <c r="G383" t="s">
+        <v>2583</v>
+      </c>
+      <c r="H383" t="s">
+        <v>2584</v>
+      </c>
+      <c r="I383" t="s">
+        <v>2585</v>
+      </c>
+      <c r="J383" t="s">
+        <v>24</v>
+      </c>
+      <c r="K383" t="s">
+        <v>112</v>
+      </c>
+      <c r="L383" t="s">
+        <v>26</v>
+      </c>
+      <c r="M383" t="s">
+        <v>113</v>
+      </c>
+      <c r="N383" t="s">
+        <v>28</v>
+      </c>
+      <c r="O383" t="s">
+        <v>3530</v>
+      </c>
+    </row>
+    <row r="384" spans="1:15">
+      <c r="A384">
+        <v>66527</v>
+      </c>
+      <c r="B384" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C384" t="s">
+        <v>3531</v>
+      </c>
+      <c r="D384" t="s">
+        <v>3532</v>
+      </c>
+      <c r="E384" t="s">
+        <v>3533</v>
+      </c>
+      <c r="F384" t="s">
+        <v>3534</v>
+      </c>
+      <c r="G384" t="s">
+        <v>1184</v>
+      </c>
+      <c r="H384" t="s">
+        <v>1185</v>
+      </c>
+      <c r="I384" t="s">
+        <v>1186</v>
+      </c>
+      <c r="J384" t="s">
+        <v>24</v>
+      </c>
+      <c r="K384" t="s">
+        <v>3432</v>
+      </c>
+      <c r="L384" t="s">
+        <v>26</v>
+      </c>
+      <c r="M384" t="s">
+        <v>3433</v>
+      </c>
+      <c r="N384" t="s">
+        <v>28</v>
+      </c>
+      <c r="O384" t="s">
+        <v>3535</v>
+      </c>
+    </row>
+    <row r="385" spans="1:15">
+      <c r="A385">
+        <v>66529</v>
+      </c>
+      <c r="B385" t="s">
+        <v>3536</v>
+      </c>
+      <c r="C385" t="s">
+        <v>3537</v>
+      </c>
+      <c r="D385" t="s">
+        <v>3538</v>
+      </c>
+      <c r="E385" t="s">
+        <v>3539</v>
+      </c>
+      <c r="F385" t="s">
+        <v>3540</v>
+      </c>
+      <c r="G385" t="s">
+        <v>3015</v>
+      </c>
+      <c r="H385" t="s">
+        <v>3016</v>
+      </c>
+      <c r="I385" t="s">
+        <v>3017</v>
+      </c>
+      <c r="J385" t="s">
+        <v>24</v>
+      </c>
+      <c r="K385" t="s">
+        <v>1543</v>
+      </c>
+      <c r="L385" t="s">
+        <v>26</v>
+      </c>
+      <c r="M385" t="s">
+        <v>1544</v>
+      </c>
+      <c r="N385" t="s">
+        <v>28</v>
+      </c>
+      <c r="O385" t="s">
+        <v>3541</v>
+      </c>
+    </row>
+    <row r="386" spans="1:15">
+      <c r="A386">
+        <v>66530</v>
+      </c>
+      <c r="B386" t="s">
+        <v>3542</v>
+      </c>
+      <c r="C386" t="s">
+        <v>3543</v>
+      </c>
+      <c r="D386" t="s">
+        <v>3544</v>
+      </c>
+      <c r="E386" t="s">
+        <v>3545</v>
+      </c>
+      <c r="F386" t="s">
+        <v>3546</v>
+      </c>
+      <c r="G386" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H386" t="s">
+        <v>1017</v>
+      </c>
+      <c r="I386" t="s">
+        <v>1018</v>
+      </c>
+      <c r="J386" t="s">
+        <v>24</v>
+      </c>
+      <c r="K386" t="s">
+        <v>1312</v>
+      </c>
+      <c r="L386" t="s">
+        <v>26</v>
+      </c>
+      <c r="M386" t="s">
+        <v>1313</v>
+      </c>
+      <c r="N386" t="s">
+        <v>28</v>
+      </c>
+      <c r="O386" t="s">
+        <v>3547</v>
+      </c>
+    </row>
+    <row r="387" spans="1:15">
+      <c r="A387">
+        <v>66531</v>
+      </c>
+      <c r="B387" t="s">
+        <v>3548</v>
+      </c>
+      <c r="C387" t="s">
+        <v>3549</v>
+      </c>
+      <c r="D387" t="s">
+        <v>3550</v>
+      </c>
+      <c r="E387" t="s">
+        <v>3551</v>
+      </c>
+      <c r="F387" t="s">
+        <v>3552</v>
+      </c>
+      <c r="G387" t="s">
+        <v>3553</v>
+      </c>
+      <c r="H387" t="s">
+        <v>3554</v>
+      </c>
+      <c r="I387" t="s">
+        <v>3555</v>
+      </c>
+      <c r="J387" t="s">
+        <v>498</v>
+      </c>
+      <c r="K387" t="s">
+        <v>3556</v>
+      </c>
+      <c r="L387" t="s">
+        <v>500</v>
+      </c>
+      <c r="M387" t="s">
+        <v>3557</v>
+      </c>
+      <c r="N387" t="s">
+        <v>28</v>
+      </c>
+      <c r="O387" t="s">
+        <v>3558</v>
+      </c>
+    </row>
+    <row r="388" spans="1:15">
+      <c r="A388">
+        <v>66532</v>
+      </c>
+      <c r="B388" t="s">
+        <v>3559</v>
+      </c>
+      <c r="C388" t="s">
+        <v>3560</v>
+      </c>
+      <c r="D388" t="s">
+        <v>3561</v>
+      </c>
+      <c r="E388" t="s">
+        <v>3562</v>
+      </c>
+      <c r="F388" t="s">
+        <v>1259</v>
+      </c>
+      <c r="G388" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1261</v>
+      </c>
+      <c r="I388" t="s">
+        <v>1262</v>
+      </c>
+      <c r="J388" t="s">
+        <v>498</v>
+      </c>
+      <c r="K388" t="s">
+        <v>3563</v>
+      </c>
+      <c r="L388" t="s">
+        <v>500</v>
+      </c>
+      <c r="M388" t="s">
+        <v>3564</v>
+      </c>
+      <c r="N388" t="s">
+        <v>28</v>
+      </c>
+      <c r="O388" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="389" spans="1:15">
+      <c r="A389">
+        <v>66533</v>
+      </c>
+      <c r="B389" t="s">
+        <v>3566</v>
+      </c>
+      <c r="C389" t="s">
+        <v>3567</v>
+      </c>
+      <c r="D389" t="s">
+        <v>3568</v>
+      </c>
+      <c r="E389" t="s">
+        <v>3569</v>
+      </c>
+      <c r="F389" t="s">
+        <v>1100</v>
+      </c>
+      <c r="G389" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1102</v>
+      </c>
+      <c r="I389" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J389" t="s">
+        <v>24</v>
+      </c>
+      <c r="K389" t="s">
+        <v>3571</v>
+      </c>
+      <c r="L389" t="s">
+        <v>26</v>
+      </c>
+      <c r="M389" t="s">
+        <v>3572</v>
+      </c>
+      <c r="N389" t="s">
+        <v>28</v>
+      </c>
+      <c r="O389" t="s">
+        <v>3573</v>
+      </c>
+    </row>
+    <row r="390" spans="1:15">
+      <c r="A390">
+        <v>66534</v>
+      </c>
+      <c r="B390" t="s">
+        <v>3574</v>
+      </c>
+      <c r="C390" t="s">
+        <v>3575</v>
+      </c>
+      <c r="D390" t="s">
+        <v>3576</v>
+      </c>
+      <c r="E390" t="s">
+        <v>3577</v>
+      </c>
+      <c r="F390" t="s">
+        <v>3578</v>
+      </c>
+      <c r="G390" t="s">
+        <v>3579</v>
+      </c>
+      <c r="H390" t="s">
+        <v>2176</v>
+      </c>
+      <c r="I390" t="s">
+        <v>2177</v>
+      </c>
+      <c r="J390" t="s">
+        <v>24</v>
+      </c>
+      <c r="K390" t="s">
+        <v>47</v>
+      </c>
+      <c r="L390" t="s">
+        <v>26</v>
+      </c>
+      <c r="M390" t="s">
+        <v>48</v>
+      </c>
+      <c r="N390" t="s">
+        <v>28</v>
+      </c>
+      <c r="O390" t="s">
+        <v>3580</v>
+      </c>
+    </row>
+    <row r="391" spans="1:15">
+      <c r="A391">
+        <v>66535</v>
+      </c>
+      <c r="B391" t="s">
+        <v>3581</v>
+      </c>
+      <c r="C391" t="s">
+        <v>3582</v>
+      </c>
+      <c r="D391" t="s">
+        <v>3583</v>
+      </c>
+      <c r="E391" t="s">
+        <v>3584</v>
+      </c>
+      <c r="F391" t="s">
+        <v>3585</v>
+      </c>
+      <c r="G391" t="s">
+        <v>3586</v>
+      </c>
+      <c r="H391" t="s">
+        <v>3587</v>
+      </c>
+      <c r="I391" t="s">
+        <v>3588</v>
+      </c>
+      <c r="J391" t="s">
+        <v>3589</v>
+      </c>
+      <c r="K391" t="s">
+        <v>3590</v>
+      </c>
+      <c r="L391" t="s">
+        <v>3591</v>
+      </c>
+      <c r="M391" t="s">
+        <v>3592</v>
+      </c>
+      <c r="N391" t="s">
+        <v>28</v>
+      </c>
+      <c r="O391" t="s">
+        <v>3593</v>
+      </c>
+    </row>
+    <row r="392" spans="1:15">
+      <c r="A392">
+        <v>66536</v>
+      </c>
+      <c r="B392" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C392" t="s">
+        <v>3595</v>
+      </c>
+      <c r="D392" t="s">
+        <v>3596</v>
+      </c>
+      <c r="E392" t="s">
+        <v>3597</v>
+      </c>
+      <c r="F392" t="s">
+        <v>3598</v>
+      </c>
+      <c r="G392" t="s">
+        <v>3599</v>
+      </c>
+      <c r="H392" t="s">
+        <v>3600</v>
+      </c>
+      <c r="I392" t="s">
+        <v>3601</v>
+      </c>
+      <c r="J392" t="s">
+        <v>24</v>
+      </c>
+      <c r="K392" t="s">
+        <v>3432</v>
+      </c>
+      <c r="L392" t="s">
+        <v>26</v>
+      </c>
+      <c r="M392" t="s">
+        <v>3433</v>
+      </c>
+      <c r="N392" t="s">
+        <v>28</v>
+      </c>
+      <c r="O392" t="s">
+        <v>3602</v>
+      </c>
+    </row>
+    <row r="393" spans="1:15">
+      <c r="A393">
+        <v>66537</v>
+      </c>
+      <c r="B393" t="s">
+        <v>3603</v>
+      </c>
+      <c r="C393" t="s">
+        <v>3604</v>
+      </c>
+      <c r="D393" t="s">
+        <v>3605</v>
+      </c>
+      <c r="E393" t="s">
+        <v>3606</v>
+      </c>
+      <c r="F393" t="s">
+        <v>3607</v>
+      </c>
+      <c r="G393" t="s">
+        <v>3394</v>
+      </c>
+      <c r="H393" t="s">
+        <v>3395</v>
+      </c>
+      <c r="I393" t="s">
+        <v>3608</v>
+      </c>
+      <c r="J393" t="s">
+        <v>24</v>
+      </c>
+      <c r="K393" t="s">
+        <v>3432</v>
+      </c>
+      <c r="L393" t="s">
+        <v>26</v>
+      </c>
+      <c r="M393" t="s">
+        <v>3433</v>
+      </c>
+      <c r="N393" t="s">
+        <v>28</v>
+      </c>
+      <c r="O393" t="s">
+        <v>3609</v>
+      </c>
+    </row>
+    <row r="394" spans="1:15">
+      <c r="A394">
+        <v>66538</v>
+      </c>
+      <c r="B394" t="s">
+        <v>3610</v>
+      </c>
+      <c r="C394" t="s">
+        <v>3611</v>
+      </c>
+      <c r="D394" t="s">
+        <v>3612</v>
+      </c>
+      <c r="E394" t="s">
+        <v>3613</v>
+      </c>
+      <c r="F394" t="s">
+        <v>3614</v>
+      </c>
+      <c r="G394" t="s">
+        <v>1251</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1252</v>
+      </c>
+      <c r="I394" t="s">
+        <v>1253</v>
+      </c>
+      <c r="J394" t="s">
+        <v>24</v>
+      </c>
+      <c r="K394" t="s">
+        <v>3615</v>
+      </c>
+      <c r="L394" t="s">
+        <v>26</v>
+      </c>
+      <c r="M394" t="s">
+        <v>3616</v>
+      </c>
+      <c r="N394" t="s">
+        <v>28</v>
+      </c>
+      <c r="O394" t="s">
+        <v>3617</v>
+      </c>
+    </row>
+    <row r="395" spans="1:15">
+      <c r="A395">
+        <v>66540</v>
+      </c>
+      <c r="B395" t="s">
+        <v>3618</v>
+      </c>
+      <c r="C395" t="s">
+        <v>3619</v>
+      </c>
+      <c r="D395" t="s">
+        <v>3620</v>
+      </c>
+      <c r="E395" t="s">
+        <v>3621</v>
+      </c>
+      <c r="F395" t="s">
+        <v>3622</v>
+      </c>
+      <c r="G395" t="s">
+        <v>3623</v>
+      </c>
+      <c r="H395" t="s">
+        <v>3624</v>
+      </c>
+      <c r="I395" t="s">
+        <v>1049</v>
+      </c>
+      <c r="J395" t="s">
+        <v>24</v>
+      </c>
+      <c r="K395" t="s">
+        <v>3625</v>
+      </c>
+      <c r="L395" t="s">
+        <v>26</v>
+      </c>
+      <c r="M395" t="s">
+        <v>3626</v>
+      </c>
+      <c r="N395" t="s">
+        <v>28</v>
+      </c>
+      <c r="O395" t="s">
+        <v>3627</v>
+      </c>
+    </row>
+    <row r="396" spans="1:15">
+      <c r="A396">
+        <v>66541</v>
+      </c>
+      <c r="B396" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C396" t="s">
+        <v>3628</v>
+      </c>
+      <c r="D396" t="s">
+        <v>3629</v>
+      </c>
+      <c r="E396" t="s">
+        <v>3630</v>
+      </c>
+      <c r="F396" t="s">
+        <v>3631</v>
+      </c>
+      <c r="G396" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1234</v>
+      </c>
+      <c r="I396" t="s">
+        <v>1235</v>
+      </c>
+      <c r="J396" t="s">
+        <v>24</v>
+      </c>
+      <c r="K396" t="s">
+        <v>3632</v>
+      </c>
+      <c r="L396" t="s">
+        <v>26</v>
+      </c>
+      <c r="M396" t="s">
+        <v>3633</v>
+      </c>
+      <c r="N396" t="s">
+        <v>28</v>
+      </c>
+      <c r="O396" t="s">
+        <v>3634</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">