--- v2 (2025-11-24)
+++ v3 (2025-12-14)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3635">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3664">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: O‘zbek
 # Source: https://hadeethenc.com/uz
-# Last update: 2025-11-12 00:20:08 (v1.9.0)
-# Check for updates: https://hadeethenc.com/en/check/uz/v1.9.0
+# Last update: 2025-11-28 15:36:44 (v1.11.0)
+# Check for updates: https://hadeethenc.com/en/check/uz/v1.11.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -3959,50 +3959,97 @@
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>Энг зарур ва эҳтиёж сезилган ишлар билан машғул бўлиб, ҳозир лозим бўлмаган нарсаларни тарк этиш, ҳали рўй бермаган нарсалар ҳақида савол бериб овора бўлмаслик керак.
 Масалаларни мураккаблаштирувчи, шубҳалар эшигини очиб, кўп ихтилофларга олиб бориши мумкин бўлган савол бериш ҳаром.
 Барча ман этилган ишларни тарк этиш буюрулган. Чунки уларни тарк этишда машаққат йўқ. Шунинг учун ҳам улар ҳақидаги қайтариқ умумий бўлган.
 Қилиниши буюрилган ишларни эса қодир бўлгунча бажариш керак. Чунки уни бажаришда машаққат бўлиши ёки одам унга ожиз қолиши мумкин. Шу сабабли уларни бажариш кишининг қудратига яраша бўлади.
 Кўп савол беришдан қайтарилган бўлиб, уламолар саволни икки турга бўлишган:
 Биринчи: дин ишларида зарур бўлган нарсаларни ўргатиш мақсадида бериладиган савол. Шариатимиз бундай савол турларини беришга буюрган бўлиб, саҳобаларнинг саволлари ҳам шу турдан эди.
 Иккинчи: инжиқлик ва қийинчиликка асосланган савол. Бундай савол туридан қайтарилган.
 Аввалги умматларда бўлганидек, умматни ўз пайғамбарига хилоф қилишдан огоҳлантириш.
 Кераксиз нарсалар ҳақида кўп савол бериш ва пайғамбарлар билан тортишиш ҳалокат сабабидир. Айниқса, Аллоҳдан ўзга ҳеч ким билмайдиган ғайбий масалалар ва қиёмат кунининг ҳолатлари каби етиб бўлмайдиган ишлар шу бобдан.
 Қийин ва мураккаб масалалар ҳақида савол беришдан қайтарилган.
 Авзоий (раҳимаҳуллоҳ) айтади: «Аллоҳ бир бандасини илм баракасидан маҳрум қилмоқчи бўлса, унинг тилига хато ва ноўрин сўзларни солиб қўяди. Мен уларнинг илмлари жуда оз эканини кўрдим».
  Ибн Ваҳб (раҳимаҳуллоҳ) айтган: «Имом Моликнинг шундай деганини эшитдим: «Илм ҳақида мунозара ва тортишиш кишининг қалбидан илм нурини олиб қўяди».</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4295</t>
+  </si>
+  <si>
+    <t>اتق الله حيثما كنت، وأتبع السيئة الحسنة تمحها، وخالق الناس بخلق حسن</t>
+  </si>
+  <si>
+    <t>Қаерда бўлсанг ҳам Аллоҳга тақво қил. Ёмонликка уни ўчирувчи яхшиликни эргаштир ва инсонларга яхши хулқ билан муомала қил!», – дедилар</t>
+  </si>
+  <si>
+    <t>‌عَنْ ‌أَبِي ‌ذَرٍّ، ‌جُنْدُبِ ‌بْنِ ‌جُنَادَةَ، ‌وَأَبِي ‌عَبْدِ ‌الرَّحْمَنِ، ‌مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقِ اللَّهَ حَيْثُمَا كُنْت، وَأَتْبِعْ السَّيِّئَةَ الْحَسَنَةَ تَمْحُهَا، وَخَالِقْ النَّاسَ بِخُلُقٍ حَسَنٍ».</t>
+  </si>
+  <si>
+    <t>Абу Зарр Жундуб ибн Жунода ва Абу Абдураҳмон Муоз ибн Жабал разияллоҳу анҳумо ривоят қиладилар: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Қаерда бўлсанг ҳам Аллоҳга тақво қил. Ёмонликка уни ўчирувчи яхшиликни эргаштир ва инсонларга яхши хулқ билан муомала қил!», – дедилар.</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم بثلاثة أمور:
+الأول: تقوى الله وذلك بفعل الواجبات، وترك المحرمات، في كل مكان وزمان وحال، في السر والعلانية، وفي العافية والبلاء وغير ذلك.
+الثاني: إذا وقعت في سيئة، فافعل بعدها حسنة من صلاة وصدقة وبر وصلة وتوبة وغير ذلك، فإن ذلك يمحو السيئة. 
+الثالث: عامل الناس بأخلاق حسنة، مِنْ تبسم في وجوههم، ورفق ولين وبذل معروف وكف أذى.</t>
+  </si>
+  <si>
+    <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда учта нарсага буюрмоқдалар. Биринчи: Аллоҳдан тақво қилиш — яъни ҳар бир вақтда, ҳар бир ҳолатда, яширин ва ошкора ҳолда, фаровонликда ҳам, қийинчиликда ҳам ва бошқа барча ҳолатларда вожиб амалларни бажариш ва ҳаром ишлардан тийилишдир. Иккинчи: агар бир ёмон иш қилиб қўйсанг, ундан кейин намоз, садақа, ота-онага яхшилик, силаи раҳм, тавба ва шу каби солиҳ амалларни қил. Чунки солиҳ амаллар ёмонликни ўчиради. Учинчи: Инсонларга табассум, мулойимлик, раҳмдиллик, яхшилик қилиш ва озор етказишдан тийилиш билан гўзал муомалада бўл.</t>
+  </si>
+  <si>
+    <t>فضل الله عزّ وجل على العباد في رحمته ومغفرته وعفوه.
+اشتمل الحديث على الحقوق الثالثة: حق الله بالتقوى، وحق النفس بفعل الحسنات بعد السيئات، وحق الناس بالمعاملة بالأخلاق الحسنة.
+الترغيب في فعل الحسنات بعد السيئات، وحسن الخلق من خصال التقوى، وإنما أفرد بالذكر للحاجة إلى بيانها.</t>
+  </si>
+  <si>
+    <t>Аллоҳ таолонинг бандаларга раҳмати, мағфирати ва афви билан кўрсатган фазли-карами.
+Ҳадис уч хил ҳуқуқни қамраб олган: Аллоҳнинг ҳаққи – ундан тақво қилиш.
+Нафснинг ҳаққи – ёмон амаллардан сўнг яхши амаллар қилиш. Одамларнинг ҳаққи – улар билан гўзал ахлоқ билан муомала қилиш.
+Ёмон амаллардан кейин яхши амалларга ҳаракат қилиш ва гўзал хулқ — тақвонинг хислатларидандир. Баён қилишга эҳтиёж бўлгани учун алоҳида зикр қилинди.</t>
+  </si>
+  <si>
+    <t>قال الترمذي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه الترمذي</t>
+  </si>
+  <si>
+    <t>[قال الترمذي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[Тирмизий ривояти]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4302</t>
   </si>
   <si>
     <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>Сен улкан нарса ҳақида сўрадинг», – дедилар.
 — Бироқ Аллоҳ таоло осон қилган кишига осондир</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
     <t>Муоз ибн Жабал разияллоҳу анҳудан ривоят қилинади: Набий соллаллоҳу алайҳи ва саллам билан бирга сафарда эдим. Бир кетаётганимизда У зотга яқин бўлдим. Шунда:  «Ё Расулуллоҳ, менга шундай бир амални айтингки, у мени жаннатга киритиб, дўзахдан узоқлаштирсин», – дедим.
 «Сен улкан нарса ҳақида сўрадинг», – дедилар.
 — Бироқ Аллоҳ таоло осон қилган кишига осондир: Аллоҳга бирон-бир нарсани шерик этмасдан ибодат қил. Намозни тўкис адо эт, закот бер, Рамазон рўзасини тут ва Байтуллоҳга ҳаж қил!
 Сўнг дедилар: «Сенга яхшилик эшикларини кўрсатайми?! Рўза қалқондир. Садақа бамисоли сув ўтни ўчирганидек гуноҳларни ўчиради. Кишининг тунда ўқиган намози ҳам (яхшилик эшикларидандир). 
 Сўнг Расулуллоҳ соллаллоҳу алайҳи ва саллам қуйидаги оятни тиловат қилдилар: «Уларнинг ёнбошлари ўрин-жойларидан йироқ бўлур (яъни тунларини ибодат билан ўтказиб оз ухлайдилар). Улар Раббиларига қўрқув ва умидворлик билан дуо-илтижо қилурлар ва Биз уларга ризқ қилиб берган нарсадан инфоқ эҳсон қилурлар. Бас уларнинг қилиб ўтган амалларига мукофот қилиб, улар учун беркитиб қўйилган кўзлар қувончини бирон жон била олмас» [Сажда: 16-17].
 Сўнг дедилар: «Сенга ишнинг боши, устуни ва чўққиси ҳақида хабар берайми?!»
 «Ҳа, ё Расулуллоҳ!» – дедим.
 «Ишнинг боши Ислом, устуни намоз ва чўққиси Жиҳоддир», – дедилар. 
 Сўнгра дедилар: «Сенга мана шуларнинг ҳаммасининг ўзаги хақида хабар берайми?!»
 «Ҳа, ё Расулуллоҳ!» – деб жавоб бердим. Набий соллаллоҳу алайҳи ва саллам тилларини ушлаб дедилар: «Мана бунингни тийгин!» 
 «Эй Аллоҳнинг Пайғамбари, нима, биз гапирган гапларимизга ҳам жавобгар бўламизми?!» – дедим.
 Шунда: «Сени йўқлаб, онанг йиғласин, ахир одамларни юзлари билан (ёки "бурунлари билан" дедилар) дўзахга қулатадиган нарса тилларининг мевалари эмасми?!» – дедилар.</t>
   </si>
@@ -5031,50 +5078,98 @@
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Жазо бераётганда керагидан ортиқ жазо беришдан қайтариш.
 Аллох бандаларини, уларга зиён бўладиган ишга буюрмаган.
 Сўз, харакат ёки бир нарсани тарк қилиш билан зарар бериш ҳаромдир.
 Жазо, қилинган ишга яраша бўлади. Ким бошқаларга зарар берса, Аллох унга зарар беради. Ким (бошқалар ишини) қийинлаштирса Аллоҳ (унинг ишини) қийинлаштиради.
 Шариатнинг қоидаларидан:  «Зарар йўқ қилиниши керак». Шариат зарарни ўз ҳолича ташлаб қўймайди, балки уни бартараф этишга ундайди.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[Бу ҳадисни саҳиҳ даражасига кўтарадиган ривоятлари бор]</t>
   </si>
   <si>
     <t>[Дорақутний ривояти]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4711</t>
   </si>
   <si>
+    <t>لا يحل دم امرئ مسلم إلا بإحدى ثلاث</t>
+  </si>
+  <si>
+    <t>Мусулмон кишининг қони фақат учта ишнинг биттаси билангина ҳалол бўлади</t>
+  </si>
+  <si>
+    <t>عَنِ ابنِ مَسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ دَمُ امْرِئٍ مُسْلِمٍ إِلَّا بِإِحْدَى ثَلَاثٍ: الثَّيِّبُ الزَّانِي، وَالنَّفْسُ بِالنَّفْسِ، وَالتَّارِكُ لِدِينِهِ المُفَارِقُ لِلْجَمَاعَةِ».</t>
+  </si>
+  <si>
+    <t>Ибн Масъуд разияллоҳу анҳудан ривоят қилинади: Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Мусулмон кишининг қони фақат учта ишнинг биттаси билангина ҳалол бўлади: оила кўрган зинокор, жонга жон ва жамоатдан ажраб, Исломни тарк этган одам», – дедилар.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دمَ المسلم حرام، إلا إنْ فعل واحدة من خصال ثلاث: 
+الأولى: مَن وقع في فاحشة الزنا، وقد تزوج بعقد صحيح؛ فيحل قتله بالرجم. 
+الثانية: من قَتل نفسًا معصومة عمدًا بغير حق، قُتل بشروطه. 
+الثالثة: الخارج عن جماعة المسلمين؛ إما بترك دينه الإسلام كله بالردة، أو المفارق بغير ردة بترك بعضه كأهل البغي، وقطاع الطريق، والمحاربين من الخوارج وغيرهم.</t>
+  </si>
+  <si>
+    <t>Набий соллаллоҳу алайҳи ва саллам ушбу ҳадисда мусулмоннинг қони ҳаром эканини, агар ушбу учта хислаттан бирини бажарса, қони ҳалолга айланишини баёнладилар: Биринчи: Ким шариатга мувофиқ келадиган никоҳи бўла туриб, зино каби фаҳш ишга қўл урса, у тошбўрон қилиш билан қатл этилиши ҳалол бўлади. Иккинчи: Ҳақсиз равишда атайлаб маъсум жонни ўлдирган киши маълум шартлар асосида қатл қилинади. Учинчи: мусулмонлар жамоасидан чиқиб кетган киши; Ислом динидан бутунлай чиқиб муртад бўлиб кетган ёки муртад бўлмаса ҳам диннинг бир қисмини тарк қилганлар. Масалан, Аҳли бағий (исёнчи гуруҳ), йўл қароқчилари ва душманчилик қилган хаворижлар.</t>
+  </si>
+  <si>
+    <t>تحريم فعل هذه الخصال الثلاث، وأن من فعل واحدة منها استحق عقوبة القتل: إما كفرًا، وهو المرتد عن الإسلام، وإما حدًّا، وهما: الثيب الزاني، والقاتل عمدًا.
+وجوب حفظ الأعراض ونقائها.
+وجوب احترام المسلم، وأنه معصوم الدم.
+الحث على التزام جماعة المسلمين وعدم مفارقتهم.
+حسن تعليم النبي صلى الله عليه وسلم حيث يَرِدُ كلامُه أحيانًا بالتقسيم؛ لأن التقسيم يحصر المسائل ويجمعها وهو أسرع حفظًا.
+شرع الله الحدودَ؛ لردع الجناة، ولحماية المجتمع ووقايتِه من الجرائم.
+تطبيق هذه الحدود هو من اختصاص ولي الأمر.
+أسباب القتل أكثر من ثلاثة، ولكنها لا تخرج عنها، قال ابن العربي المالكي: ولا تخرج عن هذه الثلاثة بحال، فإنَّ مَن سَحَرَ أو سب نبيَّ الله كفر، فهو داخل في التارك لدينه.</t>
+  </si>
+  <si>
+    <t>Ушбу учта ишни қилиш ҳаром (тақиқланган) бўлиб, ким улардан бирини қилса, ўлим жазосига лойиқ бўлади:
+​1. Кофирлик (куфр) сабабли – у Исломдан қайтган (муртад) кишидир.
+​2.Ҳадд (шариатда белгиланган жазо) сабабли, улар эса:
+​– Турмуш қурган зинокор.
+– Қасддан қотиллик қилган қотил.
+Номусни ва унинг поклигини сақлаш вожибдир.
+Мусулмонни эъзозлаш вожиб ва унинг қони маъсум.
+Мусулмонлар жамоатини лозим тутишга ва улардан ажралмасликка ундаш.
+Набий соллаллоҳу алайҳи ва салламнинг гўзал услубдаги таълимлари. Чунки у киши баъзан масалани тақсимлаб берар эдилар. Зеро, тақсимлаш масалаларни аниқлаб уларни жамлайди ва ёд олиш учун осонроқ бўлади.
+Аллоҳ таоло жиноятчиларни қўрқитиш ва жамиятни жиноятдан сақлаш учун жазоларни белгилаб қўйди.
+Бу жазоларни татбиқ қилиш, амирларгагина хосдир.
+Қатл (ўлим жазоси) сабаблари учтадан кўпроқ, лекин, улар шу доирадан ташқарига чиқмайди. Ибн Арабий Моликий айтадилар: «Улар ҳеч бир ҳолатда бу учтадан ташқарига чиқмайди. Чунки ким сеҳр қилса ёки Аллоҳнинг набийини сўкса, у кофир бўлади ва шу сабабли динини тарк этганлар (муртадлар) доирасига киради».</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/4714</t>
+  </si>
+  <si>
     <t>لا يزال لسانك رطبا من ذكر الله</t>
   </si>
   <si>
     <t>Тилинг Аллоҳнинг зикри билан намланишдан тўхтамасин», – дедилар</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
   </si>
   <si>
     <t>Абдуллоҳ ибн Буср разияллоҳу анҳудан ривоят қилинади: Бир киши: «Ё Расулуллоҳ, Ислом аҳкомлари менга кўпайиб кетди. Менга шундай бир нарса ҳақида хабар беринг-ки, мен уни маҳкам ушлаб олай», – деди. Шунда Расулуллоҳ: «Тилинг Аллоҳнинг зикри билан намланишдан тўхтамасин», – дедилар.</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
     <t>Бир киши Набий соллаллоҳу алайҳи ва салламга нафл иболатлар кўпайиб кетганидан, уни бажаришдан ожиз қолгани ҳақида хабар берди. Сўнгра маҳкам ушлашлик учун  Набий соллаллоҳу алайҳи ва салламдан кўп савоб олиб келадиган енгил ишга далолат қилиб қўйишларини сўради.
 У зот соллаллоҳу алайҳи ва саллам унга ҳар вақт ва ҳар ҳолатда – тасбеҳ, таҳмид, истиғфор, дуо ва шу кабилар билан – Аллоҳ таолонинг зикрида доимий бўлиб, тили доимо шу нарсалар билан нам ва ҳаракатда туришига йўллаб қўйдилар.</t>
   </si>
   <si>
     <t>فضل المداومة على ذكر الله تعالى.
 من عظيم فضل الله تيسير أسباب الأجر.
 تفاضل العباد في نصيبهم من أبواب البر والخير.
 كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
 مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
@@ -5418,56 +5513,50 @@
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>Ибн Аббос разияллоҳу анҳу ёшлик чоғларида, Расулуллоҳ соллаллоҳу алайҳи ва саллам билан бирга уловда кетаётганларида Пайғамбаримиз у кишига: «Аллоҳ сенга манфаат берадиган ишларни ўргатаман», – дедилар.
 Сўзларида давом этиб: «Аллоҳнинг буйруқларини бажариб, қайтариқларидан қайтиб унинг ҳақларини муҳофаза қил! Аллоҳ сени ҳар доим тоат-ибодатда кўрсин, ҳеч қачон гуноҳу махсиятда кўрмасин. Агар шундай қилсанг, Аллох сени дунё ва охират ёмонликларидан сақлайди ва қандай ғаминг бўлса, сенга ёрдам беради.
 Агар сен бирон нарса сўрамоқчи бўлсанг фақатгина Аллоҳдан сўра, чунки фақат У сўраганларга жавоб беради.
 Агар ёрдам керак бўлса, Аллоҳдангина ёрдам сўра.
 Анниқ ишонгинки, агар бутун дунё сенга манфаат бериш учун йиғилса, Аллоҳ тақдирингга ёзганидан ошиқча манфаат бера олмайдилар. Агар бутун ер юзи сенга зарар бериш учун йиғилса, Аллоҳ тақдирингга ёзганидан ошиқча зарар бера олмаслар.
 Бу нарсаларни Аллоҳ ўз илми ва ҳикмати билан тақдирга ёзгандир. Аллоҳ ёзган нарсалар ўзгармайди», – дедилар.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Кичкина болаларга тавхид, одоб ва бошқа дин масалаларини ўргатишнинг аҳамияти.
 Мукофот ёки жазо амалга яраша бўлур.
 Фақат Аллоҳга суяниш ва таваккул қилишга буйруқ.  У қандай ҳам яхши вакил.
 Қазо ва қадарга иймон келтириш ва унга рози бўлиш ҳамда, Аллоҳ барча нарсани тақдирини белгилаб қўйганлиги.
 Ким Аллоҳни амрини зое қилса, Аллоҳ ҳам уни зое қилади, сақламайди.</t>
   </si>
   <si>
-    <t>رواه الترمذي</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/uz/browse/hadith/4811</t>
   </si>
   <si>
     <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>Банда гуноҳ қилди ва:
 «Эй, Аллоҳим, гуноҳимни мағфират қилгин», деди</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Абу Ҳурайра разияллоҳу анҳудан ривоят қилади: «Набий соллаллоҳу алайҳи васаллам Раббиларидан ҳикоя қилароқ:
 «Банда гуноҳ қилди ва:
 «Эй, Аллоҳим, гуноҳимни мағфират қилгин», деди.
 Шунда У зот таборака ва таоло:
 «Бандам гуноҳ қилди. Сўнгра ўзининг гуноҳини мағфират қиладиган ва гуноҳ туфайли муохаза қиладиган Роббиси борлигини билди», дейди.
 Сўнгра у яна қайта гуноҳ қилди ва:
 «Эй, Роббим, гуноҳимни мағфират қилгин», деди.
 Шунда У зот таборака ва таоло:
 «Бандам гуноҳ қилди. Сўнгра ўзининг гуноҳни мағфират қиладиган ва гуноҳ туфайли муохаза қиладиган Роббиси борлигини билди», дейди.
 Сўнгра у яна қайта гуноҳ қилди ва:
 «Эй, Роббим, гуноҳимни мағфират қилгин», деди.
 Шунда У зот таборака ва таоло:
@@ -7695,50 +7784,85 @@
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда Аллоҳнинг ҳудудлари ва шариати асосида  инсонларга барча дину дунё ишларида енгиллаштириш ва осонлаштиришга буюриб, қийинлаштиришдан қайтармоқдалар.
 Яхши ишлар хушхабарини беришга, ва нафратлантирмасликка ундамоқдалар.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>Мўмин киши инсонларга Аллоҳни суйдириб У Зот томонга ошиқтириши лозим.
 Аллоҳга даъват қилувчи киши, инсонларга Исломни етказишда ҳикмат билан ёндашмоғи лозим.
 Яхшилик билан башорат бериш инсонларда даъватчига ва даъват қилаётган нарсасига нисбатан хурсандчилик ҳамда унга яқинлашиш ва ҳотиржамликни ҳосил қилади.
 Қийинчилик даъватчи инсондан қочиш, юз ўгириш ва унинг сўзларига шубҳа қилишга олиб боради.
 Аллоҳнинг бандаларига бўлган раҳмати. У Зот бандаларига саҳий динни ва енгил шариатни бериб рози бўлди.
 (Ҳадисда) буюрилаётган енгилчилик,  шариат олиб келган нарсалардир.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/uz/browse/hadith/5866</t>
+  </si>
+  <si>
+    <t>ألحقوا الفرائض بأهلها، فما بقي فلأولى رجل ذكر</t>
+  </si>
+  <si>
+    <t>Фарзларни ўз аҳлига беринглар, ортиб қолгани эса энг яқин эркак кишигадир», – дедилар</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلْحِقُوا الفَرَائِضَ بِأَهْلِهَا، فَمَا بَقِيَ فَلِأَوْلَى رَجُلٍ ذَكَرٍ».</t>
+  </si>
+  <si>
+    <t>Ибн Аббос разияллоҳу анҳумодан ривоят қилинади: Набий соллаллоҳу алайҳи ва саллам: «Фарзларни ўз аҳлига беринглар, ортиб қолгани эса энг яқин эркак кишигадир», – дедилар.</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم القائمين على قسمة التركة أن يوزعوها على مستحقيها بالقسمة العادلة الشرعية كما أراد الله تعالى، فيعطى أصحاب الفروض المقدرة فروضهم في كتاب الله، وهي الثلثان والثلث والسدس والنصف والربع والثمن، فما بقى بعدها، فإنه يعطى إلى من هو أقرب إلى الميت من الرجال، ويسمون العصبة.</t>
+  </si>
+  <si>
+    <t>Набий соллаллоҳу алайҳи ва саллам меъросни тақсимлаётганларни Аллоҳ хоҳлагандай, шариат асосида одил равишда тақсимлашга буюрдилар. Аллоҳ белгилаб берган фарз эгаларига ўз ҳиссаларини берсин. Ҳиссалар – учдан икки, учдан бир, олтидан бир, ярим, тўртдан бир ва саккиздан бир бўлиб бўлинади. Бўлиниб битгач қолгани маййитга энг яқин эркакларга берилади ва уни «Асоба» деб номлайдилар.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في قسمة التركة.
+أن قسمة الفرائض تكون بالبداءة بأهل الفرائض.
+أن ما بقي بعد الفروض للعصبة.
+تقديم الأقرب فالأقرب فلا يرث عاصب بعيد كالعم، مع وجود عاصب قريب كالأب.
+أنه لا شيء للعاصب إذا استغرقت الفروض التركة، أي لم يبق منها شيئًا.</t>
+  </si>
+  <si>
+    <t>Ҳадис меросни бўлишдаги қоида.
+Меросни тақсимлаш фарз эгаларидан (белгиланган улуш соҳибларидан) бошлаш билан амалга оширилади.
+Фарзлардан кейин қолган нарса «Асобага» тегишлидир.
+Аввало энг яқинни сўнгра ундан кейингисини муқаддам (устун) қўйиш лозим. Шунинг учун, ота каби яқин «Асоба» мавжуд бўлганда, амаки каби узоқ «Асоба» мерос олмайди.
+Агар фарзлар (белгиланган улушлар) меъросни тўлиқ эгалласа, яъни, ундан ҳеч нарса қолмаса, «Асобага» ҳеч нарса берилмайди.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/uz/browse/hadith/5887</t>
   </si>
   <si>
     <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>Қуръонни такрорлаб туринглар! Жоним қўлида бўлган Зотга қасамки, (Қуръон) арқонига боғлаб қўйилган туядан ҳам тезроқ қочиб кетади», дедилар</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>Абу Мусо Ашъарий разияллоҳу анҳу ривоят қиладилар: «Расулуллоҳ соллаллоҳу алайҳи ва саллам: «Қуръонни такрорлаб туринглар! Жоним қўлида бўлган Зотга қасамки, (Қуръон) арқонига боғлаб қўйилган туядан ҳам тезроқ қочиб кетади», дедилар».</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>Набий соллаллоҳу алайҳи ва саллам бу ҳадиси шарифда Қуръонни ёдлаб қалбига жойлагандан сўнг эсдан чиқариб юбормаслик учун доимий равишда такрорлаб туришга буюрдилар. Шунингдек пайғамбаримиз соллаллоҳу алайҳи ва саллам қасам ичиб, Қуръонни туёғини қайириб боғлаб қўйилган туядан ҳам тез қалбдан қочиб чиқиб кетишини таъкидладилар. Агар инсон уни такрорлаб турса, ушлаб қолади, агар бўш қўйса, қўлдан бой беради.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Агар Ҳофизи Қуръон уни тиловат қилишда бардавом бўлса, қалбида ёдланган ҳолда қолади, агар ундай қилмаса эсдан чиқаради ва уни ташлаб кетади.
@@ -14944,51 +15068,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O396"/>
+  <dimension ref="A1:O399"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -19988,13582 +20112,13723 @@
       </c>
       <c r="I108" t="s">
         <v>1009</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
         <v>25</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>27</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
         <v>1010</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>4303</v>
+        <v>4302</v>
       </c>
       <c r="B109" t="s">
         <v>1011</v>
       </c>
       <c r="C109" t="s">
         <v>1012</v>
       </c>
       <c r="D109" t="s">
         <v>1013</v>
       </c>
       <c r="E109" t="s">
         <v>1014</v>
       </c>
       <c r="F109" t="s">
         <v>1015</v>
       </c>
       <c r="G109" t="s">
         <v>1016</v>
       </c>
       <c r="H109" t="s">
         <v>1017</v>
       </c>
       <c r="I109" t="s">
         <v>1018</v>
       </c>
       <c r="J109" t="s">
-        <v>511</v>
+        <v>1019</v>
       </c>
       <c r="K109" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="L109" t="s">
-        <v>513</v>
+        <v>1021</v>
       </c>
       <c r="M109" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>4304</v>
+        <v>4303</v>
       </c>
       <c r="B110" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="C110" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D110" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="E110" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="F110" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="G110" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="H110" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="I110" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="J110" t="s">
-        <v>24</v>
+        <v>511</v>
       </c>
       <c r="K110" t="s">
-        <v>25</v>
+        <v>1032</v>
       </c>
       <c r="L110" t="s">
-        <v>26</v>
+        <v>513</v>
       </c>
       <c r="M110" t="s">
-        <v>27</v>
+        <v>1033</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>4307</v>
+        <v>4304</v>
       </c>
       <c r="B111" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="C111" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="D111" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="E111" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="F111" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="G111" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
       <c r="H111" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I111" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
       <c r="J111" t="s">
-        <v>988</v>
+        <v>24</v>
       </c>
       <c r="K111" t="s">
-        <v>1039</v>
+        <v>25</v>
       </c>
       <c r="L111" t="s">
-        <v>990</v>
+        <v>26</v>
       </c>
       <c r="M111" t="s">
-        <v>1040</v>
+        <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>4308</v>
+        <v>4307</v>
       </c>
       <c r="B112" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="C112" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="D112" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="E112" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="F112" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="G112" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="H112" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="I112" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="J112" t="s">
-        <v>24</v>
+        <v>988</v>
       </c>
       <c r="K112" t="s">
-        <v>112</v>
+        <v>1052</v>
       </c>
       <c r="L112" t="s">
-        <v>26</v>
+        <v>990</v>
       </c>
       <c r="M112" t="s">
-        <v>113</v>
+        <v>1053</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>4309</v>
+        <v>4308</v>
       </c>
       <c r="B113" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="C113" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="D113" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="E113" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="F113" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="G113" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="H113" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="I113" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
         <v>112</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
         <v>113</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>4311</v>
+        <v>4309</v>
       </c>
       <c r="B114" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="C114" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="D114" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="E114" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="F114" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="G114" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="H114" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="I114" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>4314</v>
+        <v>4311</v>
       </c>
       <c r="B115" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="C115" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="D115" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="E115" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="F115" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
       <c r="G115" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="H115" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="I115" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
         <v>25</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>27</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>4316</v>
+        <v>4314</v>
       </c>
       <c r="B116" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="C116" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="D116" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="E116" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="F116" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="G116" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="H116" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
       <c r="I116" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>4319</v>
+        <v>4316</v>
       </c>
       <c r="B117" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="C117" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="D117" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="E117" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="F117" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="G117" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="H117" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="I117" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
         <v>112</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
         <v>113</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>4322</v>
+        <v>4319</v>
       </c>
       <c r="B118" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="C118" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="D118" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="E118" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="F118" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="G118" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="H118" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="I118" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>4555</v>
+        <v>4322</v>
       </c>
       <c r="B119" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="C119" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="D119" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="E119" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="F119" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="G119" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="H119" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="I119" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>4556</v>
+        <v>4555</v>
       </c>
       <c r="B120" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="C120" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="D120" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="E120" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="F120" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="G120" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="H120" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="I120" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>4558</v>
+        <v>4556</v>
       </c>
       <c r="B121" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
       <c r="C121" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="D121" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="E121" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
       <c r="F121" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
       <c r="G121" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="H121" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="I121" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>4559</v>
+        <v>4558</v>
       </c>
       <c r="B122" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="C122" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="D122" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="E122" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="F122" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="G122" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="H122" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="I122" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>4560</v>
+        <v>4559</v>
       </c>
       <c r="B123" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
       <c r="C123" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
       <c r="D123" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
       <c r="E123" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="F123" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
       <c r="G123" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
       <c r="H123" t="s">
-        <v>1147</v>
+        <v>1151</v>
       </c>
       <c r="I123" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>4563</v>
+        <v>4560</v>
       </c>
       <c r="B124" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="C124" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="D124" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="E124" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="F124" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="G124" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="H124" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="I124" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>4564</v>
+        <v>4563</v>
       </c>
       <c r="B125" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="C125" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="D125" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="E125" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="F125" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="G125" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="H125" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="I125" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
-        <v>1167</v>
+        <v>112</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
-        <v>1168</v>
+        <v>113</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>4566</v>
+        <v>4564</v>
       </c>
       <c r="B126" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="C126" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="D126" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="E126" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="F126" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="G126" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="H126" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="I126" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>25</v>
+        <v>1180</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
-        <v>27</v>
+        <v>1181</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>4568</v>
+        <v>4566</v>
       </c>
       <c r="B127" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
       <c r="C127" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="D127" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
       <c r="E127" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="F127" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="G127" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="H127" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="I127" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
         <v>25</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
         <v>27</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1187</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>4704</v>
+        <v>4568</v>
       </c>
       <c r="B128" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="C128" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="D128" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="E128" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="F128" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="G128" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="H128" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="I128" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>4706</v>
+        <v>4704</v>
       </c>
       <c r="B129" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="C129" t="s">
-        <v>1198</v>
+        <v>1202</v>
       </c>
       <c r="D129" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="E129" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="F129" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="G129" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="H129" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="I129" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>4709</v>
+        <v>4706</v>
       </c>
       <c r="B130" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="C130" t="s">
-        <v>1207</v>
+        <v>1211</v>
       </c>
       <c r="D130" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
       <c r="E130" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="F130" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="G130" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="H130" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="I130" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>4711</v>
+        <v>4709</v>
       </c>
       <c r="B131" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="C131" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="D131" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="E131" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="F131" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="G131" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="H131" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="I131" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="J131" t="s">
-        <v>1223</v>
+        <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>1224</v>
+        <v>47</v>
       </c>
       <c r="L131" t="s">
-        <v>1225</v>
+        <v>26</v>
       </c>
       <c r="M131" t="s">
-        <v>1226</v>
+        <v>48</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
         <v>1227</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>4716</v>
+        <v>4711</v>
       </c>
       <c r="B132" t="s">
         <v>1228</v>
       </c>
       <c r="C132" t="s">
         <v>1229</v>
       </c>
       <c r="D132" t="s">
         <v>1230</v>
       </c>
       <c r="E132" t="s">
         <v>1231</v>
       </c>
       <c r="F132" t="s">
         <v>1232</v>
       </c>
       <c r="G132" t="s">
         <v>1233</v>
       </c>
       <c r="H132" t="s">
         <v>1234</v>
       </c>
       <c r="I132" t="s">
         <v>1235</v>
       </c>
       <c r="J132" t="s">
-        <v>24</v>
+        <v>1236</v>
       </c>
       <c r="K132" t="s">
-        <v>1019</v>
+        <v>1237</v>
       </c>
       <c r="L132" t="s">
-        <v>26</v>
+        <v>1238</v>
       </c>
       <c r="M132" t="s">
-        <v>1020</v>
+        <v>1239</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>4717</v>
+        <v>4714</v>
       </c>
       <c r="B133" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="C133" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="D133" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="E133" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="F133" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="G133" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="H133" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="I133" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
         <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>4721</v>
+        <v>4716</v>
       </c>
       <c r="B134" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="C134" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="D134" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="E134" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="F134" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="G134" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="H134" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="I134" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>1019</v>
+        <v>1032</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
-        <v>1020</v>
+        <v>1033</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>4722</v>
+        <v>4717</v>
       </c>
       <c r="B135" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="C135" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="D135" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="E135" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="F135" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="G135" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="H135" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="I135" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>1263</v>
+        <v>25</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
-        <v>1264</v>
+        <v>27</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>4723</v>
+        <v>4721</v>
       </c>
       <c r="B136" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="C136" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="D136" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="E136" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="F136" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="G136" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="H136" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="I136" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>1274</v>
+        <v>1032</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
-        <v>1275</v>
+        <v>1033</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
         <v>1276</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>4792</v>
+        <v>4722</v>
       </c>
       <c r="B137" t="s">
         <v>1277</v>
       </c>
       <c r="C137" t="s">
         <v>1278</v>
       </c>
       <c r="D137" t="s">
         <v>1279</v>
       </c>
       <c r="E137" t="s">
         <v>1280</v>
       </c>
       <c r="F137" t="s">
         <v>1281</v>
       </c>
       <c r="G137" t="s">
         <v>1282</v>
       </c>
       <c r="H137" t="s">
         <v>1283</v>
       </c>
       <c r="I137" t="s">
         <v>1284</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>25</v>
+        <v>1285</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
-        <v>27</v>
+        <v>1286</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>4801</v>
+        <v>4723</v>
       </c>
       <c r="B138" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="C138" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="D138" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="E138" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="F138" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="G138" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="H138" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="I138" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>112</v>
+        <v>1296</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
-        <v>113</v>
+        <v>1297</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>4810</v>
+        <v>4792</v>
       </c>
       <c r="B139" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="C139" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="D139" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="E139" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="F139" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="G139" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="H139" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="I139" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>4811</v>
+        <v>4801</v>
       </c>
       <c r="B140" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="C140" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="D140" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="E140" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="F140" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="G140" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="H140" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="I140" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>1312</v>
+        <v>112</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>1313</v>
+        <v>113</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>4817</v>
+        <v>4810</v>
       </c>
       <c r="B141" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="C141" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="D141" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="E141" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="F141" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="G141" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="H141" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="I141" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>4935</v>
+        <v>4811</v>
       </c>
       <c r="B142" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="C142" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="D142" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="E142" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="F142" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="G142" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="H142" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="I142" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>112</v>
+        <v>1020</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
-        <v>113</v>
+        <v>1022</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>4947</v>
+        <v>4817</v>
       </c>
       <c r="B143" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="C143" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="D143" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="E143" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="F143" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="G143" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="H143" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="I143" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>4950</v>
+        <v>4935</v>
       </c>
       <c r="B144" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="C144" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="D144" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="E144" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="F144" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="G144" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="H144" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="I144" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>1312</v>
+        <v>112</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>1313</v>
+        <v>113</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>4965</v>
+        <v>4947</v>
       </c>
       <c r="B145" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="C145" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="D145" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="E145" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="F145" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="G145" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="H145" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="I145" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>4968</v>
+        <v>4950</v>
       </c>
       <c r="B146" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="C146" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="D146" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="E146" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="F146" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="G146" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="H146" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="I146" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>25</v>
+        <v>1020</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
-        <v>27</v>
+        <v>1022</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>4969</v>
+        <v>4965</v>
       </c>
       <c r="B147" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="C147" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="D147" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="E147" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="F147" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="G147" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="H147" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="I147" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
         <v>25</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
         <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>5272</v>
+        <v>4968</v>
       </c>
       <c r="B148" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="C148" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="D148" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="E148" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="F148" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="G148" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="H148" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="I148" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="J148" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>499</v>
+        <v>25</v>
       </c>
       <c r="L148" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M148" t="s">
-        <v>501</v>
+        <v>27</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>5273</v>
+        <v>4969</v>
       </c>
       <c r="B149" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="C149" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="D149" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="E149" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="F149" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="G149" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="H149" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="I149" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>1395</v>
+        <v>25</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
-        <v>1396</v>
+        <v>27</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
         <v>1397</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>5326</v>
+        <v>5272</v>
       </c>
       <c r="B150" t="s">
         <v>1398</v>
       </c>
       <c r="C150" t="s">
         <v>1399</v>
       </c>
       <c r="D150" t="s">
         <v>1400</v>
       </c>
       <c r="E150" t="s">
         <v>1401</v>
       </c>
       <c r="F150" t="s">
         <v>1402</v>
       </c>
       <c r="G150" t="s">
         <v>1403</v>
       </c>
       <c r="H150" t="s">
         <v>1404</v>
       </c>
       <c r="I150" t="s">
         <v>1405</v>
       </c>
       <c r="J150" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K150" t="s">
-        <v>112</v>
+        <v>499</v>
       </c>
       <c r="L150" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M150" t="s">
-        <v>113</v>
+        <v>501</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
         <v>1406</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>5330</v>
+        <v>5273</v>
       </c>
       <c r="B151" t="s">
         <v>1407</v>
       </c>
       <c r="C151" t="s">
         <v>1408</v>
       </c>
       <c r="D151" t="s">
         <v>1409</v>
       </c>
       <c r="E151" t="s">
         <v>1410</v>
       </c>
       <c r="F151" t="s">
         <v>1411</v>
       </c>
       <c r="G151" t="s">
         <v>1412</v>
       </c>
       <c r="H151" t="s">
         <v>1413</v>
       </c>
       <c r="I151" t="s">
         <v>1414</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>112</v>
+        <v>1415</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
-        <v>113</v>
+        <v>1416</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>5331</v>
+        <v>5326</v>
       </c>
       <c r="B152" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="C152" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="D152" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="E152" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="F152" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="G152" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="H152" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="I152" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>5332</v>
+        <v>5330</v>
       </c>
       <c r="B153" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="C153" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="D153" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="E153" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="F153" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="G153" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="H153" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="I153" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>5335</v>
+        <v>5331</v>
       </c>
       <c r="B154" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="C154" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="D154" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="E154" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="F154" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="G154" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="H154" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="I154" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>5346</v>
+        <v>5332</v>
       </c>
       <c r="B155" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="C155" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="D155" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="E155" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="F155" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="G155" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="H155" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="I155" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>1451</v>
+        <v>25</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
-        <v>1452</v>
+        <v>27</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>5348</v>
+        <v>5335</v>
       </c>
       <c r="B156" t="s">
         <v>1454</v>
       </c>
       <c r="C156" t="s">
         <v>1455</v>
       </c>
       <c r="D156" t="s">
         <v>1456</v>
       </c>
       <c r="E156" t="s">
         <v>1457</v>
       </c>
       <c r="F156" t="s">
         <v>1458</v>
       </c>
       <c r="G156" t="s">
         <v>1459</v>
       </c>
       <c r="H156" t="s">
         <v>1460</v>
       </c>
       <c r="I156" t="s">
         <v>1461</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
         <v>1462</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>5351</v>
+        <v>5346</v>
       </c>
       <c r="B157" t="s">
         <v>1463</v>
       </c>
       <c r="C157" t="s">
         <v>1464</v>
       </c>
       <c r="D157" t="s">
         <v>1465</v>
       </c>
       <c r="E157" t="s">
         <v>1466</v>
       </c>
       <c r="F157" t="s">
         <v>1467</v>
       </c>
       <c r="G157" t="s">
         <v>1468</v>
       </c>
       <c r="H157" t="s">
         <v>1469</v>
       </c>
       <c r="I157" t="s">
         <v>1470</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>25</v>
+        <v>1471</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
-        <v>27</v>
+        <v>1472</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>5353</v>
+        <v>5348</v>
       </c>
       <c r="B158" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="C158" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="D158" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="E158" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="F158" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="G158" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="H158" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="I158" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="J158" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>618</v>
+        <v>112</v>
       </c>
       <c r="L158" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M158" t="s">
-        <v>619</v>
+        <v>113</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>5354</v>
+        <v>5351</v>
       </c>
       <c r="B159" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="C159" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="D159" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="E159" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="F159" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="G159" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="H159" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="I159" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>5359</v>
+        <v>5353</v>
       </c>
       <c r="B160" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="C160" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="D160" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="E160" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="F160" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="G160" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="H160" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="I160" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="J160" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K160" t="s">
-        <v>25</v>
+        <v>618</v>
       </c>
       <c r="L160" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M160" t="s">
-        <v>27</v>
+        <v>619</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>5364</v>
+        <v>5354</v>
       </c>
       <c r="B161" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="C161" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="D161" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="E161" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="F161" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="G161" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="H161" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="I161" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>5365</v>
+        <v>5359</v>
       </c>
       <c r="B162" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="C162" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="D162" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="E162" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="F162" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="G162" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="H162" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="I162" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
         <v>25</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
         <v>27</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>5367</v>
+        <v>5364</v>
       </c>
       <c r="B163" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="C163" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="D163" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="E163" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="F163" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="G163" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="H163" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="I163" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>5368</v>
+        <v>5365</v>
       </c>
       <c r="B164" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="C164" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="D164" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="E164" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="F164" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="G164" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="H164" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="I164" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
         <v>25</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
         <v>27</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>5371</v>
+        <v>5367</v>
       </c>
       <c r="B165" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="C165" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="D165" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="E165" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="F165" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="G165" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="H165" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="I165" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>1543</v>
+        <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
-        <v>1544</v>
+        <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
         <v>1545</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>5372</v>
+        <v>5368</v>
       </c>
       <c r="B166" t="s">
         <v>1546</v>
       </c>
       <c r="C166" t="s">
         <v>1547</v>
       </c>
       <c r="D166" t="s">
         <v>1548</v>
       </c>
       <c r="E166" t="s">
         <v>1549</v>
       </c>
       <c r="F166" t="s">
         <v>1550</v>
       </c>
       <c r="G166" t="s">
         <v>1551</v>
       </c>
       <c r="H166" t="s">
         <v>1552</v>
       </c>
       <c r="I166" t="s">
         <v>1553</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
         <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
         <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
         <v>1554</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>5375</v>
+        <v>5371</v>
       </c>
       <c r="B167" t="s">
         <v>1555</v>
       </c>
       <c r="C167" t="s">
         <v>1556</v>
       </c>
       <c r="D167" t="s">
         <v>1557</v>
       </c>
       <c r="E167" t="s">
         <v>1558</v>
       </c>
       <c r="F167" t="s">
         <v>1559</v>
       </c>
       <c r="G167" t="s">
         <v>1560</v>
       </c>
       <c r="H167" t="s">
         <v>1561</v>
       </c>
       <c r="I167" t="s">
         <v>1562</v>
       </c>
       <c r="J167" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>607</v>
+        <v>1563</v>
       </c>
       <c r="L167" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>608</v>
+        <v>1564</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>5377</v>
+        <v>5372</v>
       </c>
       <c r="B168" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="C168" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="D168" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="E168" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="F168" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="G168" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="H168" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="I168" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
         <v>25</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
         <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>5378</v>
+        <v>5375</v>
       </c>
       <c r="B169" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="C169" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="D169" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="E169" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="F169" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="G169" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="H169" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="I169" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="J169" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K169" t="s">
-        <v>25</v>
+        <v>607</v>
       </c>
       <c r="L169" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M169" t="s">
-        <v>27</v>
+        <v>608</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>5382</v>
+        <v>5377</v>
       </c>
       <c r="B170" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="C170" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="D170" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="E170" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="F170" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="G170" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="H170" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="I170" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>5435</v>
+        <v>5378</v>
       </c>
       <c r="B171" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="C171" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="D171" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
       <c r="E171" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="F171" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="G171" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="H171" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="I171" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>5437</v>
+        <v>5382</v>
       </c>
       <c r="B172" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="C172" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="D172" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="E172" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="F172" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="G172" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="H172" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="I172" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>5439</v>
+        <v>5435</v>
       </c>
       <c r="B173" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="C173" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="D173" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="E173" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="F173" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="G173" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="H173" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="I173" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>5456</v>
+        <v>5437</v>
       </c>
       <c r="B174" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="C174" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="D174" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="E174" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="F174" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="G174" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="H174" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="I174" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="J174" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>1312</v>
+        <v>25</v>
       </c>
       <c r="L174" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M174" t="s">
-        <v>1313</v>
+        <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>5474</v>
+        <v>5439</v>
       </c>
       <c r="B175" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="C175" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="D175" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="E175" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="F175" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="G175" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="H175" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="I175" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
         <v>25</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
         <v>27</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>5475</v>
+        <v>5456</v>
       </c>
       <c r="B176" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="C176" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="D176" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="E176" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="F176" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="G176" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="H176" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="I176" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="J176" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K176" t="s">
-        <v>112</v>
+        <v>1020</v>
       </c>
       <c r="L176" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M176" t="s">
-        <v>113</v>
+        <v>1022</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>5476</v>
+        <v>5474</v>
       </c>
       <c r="B177" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="C177" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="D177" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="E177" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="F177" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="G177" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="H177" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="I177" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="J177" t="s">
-        <v>1653</v>
+        <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>1019</v>
+        <v>25</v>
       </c>
       <c r="L177" t="s">
-        <v>1654</v>
+        <v>26</v>
       </c>
       <c r="M177" t="s">
-        <v>1020</v>
+        <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
         <v>1655</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>5478</v>
+        <v>5475</v>
       </c>
       <c r="B178" t="s">
         <v>1656</v>
       </c>
       <c r="C178" t="s">
         <v>1657</v>
       </c>
       <c r="D178" t="s">
         <v>1658</v>
       </c>
       <c r="E178" t="s">
         <v>1659</v>
       </c>
       <c r="F178" t="s">
         <v>1660</v>
       </c>
       <c r="G178" t="s">
         <v>1661</v>
       </c>
       <c r="H178" t="s">
         <v>1662</v>
       </c>
       <c r="I178" t="s">
         <v>1663</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
         <v>1664</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>5493</v>
+        <v>5476</v>
       </c>
       <c r="B179" t="s">
         <v>1665</v>
       </c>
       <c r="C179" t="s">
         <v>1666</v>
       </c>
       <c r="D179" t="s">
         <v>1667</v>
       </c>
       <c r="E179" t="s">
         <v>1668</v>
       </c>
       <c r="F179" t="s">
         <v>1669</v>
       </c>
       <c r="G179" t="s">
         <v>1670</v>
       </c>
       <c r="H179" t="s">
         <v>1671</v>
       </c>
       <c r="I179" t="s">
         <v>1672</v>
       </c>
       <c r="J179" t="s">
-        <v>24</v>
+        <v>1673</v>
       </c>
       <c r="K179" t="s">
-        <v>112</v>
+        <v>1032</v>
       </c>
       <c r="L179" t="s">
-        <v>26</v>
+        <v>1674</v>
       </c>
       <c r="M179" t="s">
-        <v>113</v>
+        <v>1033</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>5496</v>
+        <v>5478</v>
       </c>
       <c r="B180" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
       <c r="C180" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="D180" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
       <c r="E180" t="s">
-        <v>1677</v>
+        <v>1679</v>
       </c>
       <c r="F180" t="s">
-        <v>1678</v>
+        <v>1680</v>
       </c>
       <c r="G180" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="H180" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="I180" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>607</v>
+        <v>25</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>608</v>
+        <v>27</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>5502</v>
+        <v>5493</v>
       </c>
       <c r="B181" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="C181" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="D181" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="E181" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="F181" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="G181" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="H181" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="I181" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>5503</v>
+        <v>5496</v>
       </c>
       <c r="B182" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="C182" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="D182" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="E182" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="F182" t="s">
-        <v>1696</v>
+        <v>1698</v>
       </c>
       <c r="G182" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="H182" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="I182" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>47</v>
+        <v>607</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
-        <v>48</v>
+        <v>608</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>5507</v>
+        <v>5502</v>
       </c>
       <c r="B183" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="C183" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="D183" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="E183" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="F183" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="G183" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="H183" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
       <c r="I183" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
         <v>25</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
         <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>5509</v>
+        <v>5503</v>
       </c>
       <c r="B184" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="C184" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="D184" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="E184" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="F184" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="G184" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="H184" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="I184" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="J184" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>1019</v>
+        <v>47</v>
       </c>
       <c r="L184" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M184" t="s">
-        <v>1020</v>
+        <v>48</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>5512</v>
+        <v>5507</v>
       </c>
       <c r="B185" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="C185" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="D185" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="E185" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="F185" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="G185" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="H185" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="I185" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>5514</v>
+        <v>5509</v>
       </c>
       <c r="B186" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="C186" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="D186" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="E186" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="F186" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="G186" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="H186" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="I186" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="J186" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K186" t="s">
-        <v>784</v>
+        <v>1032</v>
       </c>
       <c r="L186" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M186" t="s">
-        <v>785</v>
+        <v>1033</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>5516</v>
+        <v>5512</v>
       </c>
       <c r="B187" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="C187" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="D187" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="E187" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="F187" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="G187" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="H187" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="I187" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>5517</v>
+        <v>5514</v>
       </c>
       <c r="B188" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="C188" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="D188" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="E188" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="F188" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="G188" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="H188" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="I188" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>25</v>
+        <v>784</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>27</v>
+        <v>785</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>5518</v>
+        <v>5516</v>
       </c>
       <c r="B189" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="C189" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="D189" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="E189" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="F189" t="s">
-        <v>1759</v>
+        <v>1761</v>
       </c>
       <c r="G189" t="s">
-        <v>1760</v>
+        <v>1762</v>
       </c>
       <c r="H189" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="I189" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
         <v>25</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
         <v>27</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>5545</v>
+        <v>5517</v>
       </c>
       <c r="B190" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="C190" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="D190" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="E190" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
       <c r="F190" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
       <c r="G190" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="H190" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="I190" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>5657</v>
+        <v>5518</v>
       </c>
       <c r="B191" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="C191" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="D191" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="E191" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="F191" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="G191" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="H191" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="I191" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>5733</v>
+        <v>5545</v>
       </c>
       <c r="B192" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="C192" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="D192" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="E192" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="F192" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
       <c r="G192" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="H192" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="I192" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>5787</v>
+        <v>5657</v>
       </c>
       <c r="B193" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="C193" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="D193" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="E193" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="F193" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="G193" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="H193" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
       <c r="I193" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>5792</v>
+        <v>5733</v>
       </c>
       <c r="B194" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="C194" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
       <c r="D194" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
       <c r="E194" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="F194" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="G194" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="H194" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="I194" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="J194" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>533</v>
+        <v>47</v>
       </c>
       <c r="L194" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M194" t="s">
-        <v>534</v>
+        <v>48</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5794</v>
+        <v>5787</v>
       </c>
       <c r="B195" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="C195" t="s">
-        <v>1810</v>
+        <v>1812</v>
       </c>
       <c r="D195" t="s">
-        <v>1811</v>
+        <v>1813</v>
       </c>
       <c r="E195" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="F195" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
       <c r="G195" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="H195" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="I195" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
         <v>112</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
         <v>113</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5796</v>
+        <v>5792</v>
       </c>
       <c r="B196" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="C196" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="D196" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="E196" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="F196" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="G196" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="H196" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="I196" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
       <c r="J196" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K196" t="s">
-        <v>112</v>
+        <v>533</v>
       </c>
       <c r="L196" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M196" t="s">
-        <v>113</v>
+        <v>534</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5798</v>
+        <v>5794</v>
       </c>
       <c r="B197" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="C197" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="D197" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="E197" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="F197" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="G197" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="H197" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="I197" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
         <v>112</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
         <v>113</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5799</v>
+        <v>5796</v>
       </c>
       <c r="B198" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="C198" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="D198" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="E198" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="F198" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="G198" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="H198" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="I198" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="J198" t="s">
-        <v>1223</v>
+        <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>618</v>
+        <v>112</v>
       </c>
       <c r="L198" t="s">
-        <v>1225</v>
+        <v>26</v>
       </c>
       <c r="M198" t="s">
-        <v>619</v>
+        <v>113</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5803</v>
+        <v>5798</v>
       </c>
       <c r="B199" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="C199" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="D199" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="E199" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="F199" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="G199" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="H199" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="I199" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5805</v>
+        <v>5799</v>
       </c>
       <c r="B200" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="C200" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="D200" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="E200" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="F200" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="G200" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="H200" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="I200" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="J200" t="s">
-        <v>24</v>
+        <v>1236</v>
       </c>
       <c r="K200" t="s">
-        <v>25</v>
+        <v>618</v>
       </c>
       <c r="L200" t="s">
-        <v>26</v>
+        <v>1238</v>
       </c>
       <c r="M200" t="s">
-        <v>27</v>
+        <v>619</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5808</v>
+        <v>5803</v>
       </c>
       <c r="B201" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="C201" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="D201" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="E201" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="F201" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="G201" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="H201" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="I201" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5811</v>
+        <v>5805</v>
       </c>
       <c r="B202" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="C202" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="D202" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="E202" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="F202" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="G202" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="H202" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
       <c r="I202" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
         <v>25</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
         <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5819</v>
+        <v>5808</v>
       </c>
       <c r="B203" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
       <c r="C203" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="D203" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="E203" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="F203" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="G203" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="H203" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="I203" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
         <v>25</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
         <v>27</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5830</v>
+        <v>5811</v>
       </c>
       <c r="B204" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="C204" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="D204" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
       <c r="E204" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
       <c r="F204" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="G204" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="H204" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
       <c r="I204" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
         <v>25</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
         <v>27</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5866</v>
+        <v>5819</v>
       </c>
       <c r="B205" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="C205" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="D205" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="E205" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="F205" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="G205" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="H205" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="I205" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
         <v>25</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
         <v>27</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5907</v>
+        <v>5830</v>
       </c>
       <c r="B206" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
       <c r="C206" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
       <c r="D206" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
       <c r="E206" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
       <c r="F206" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="G206" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="H206" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
       <c r="I206" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
         <v>25</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
         <v>27</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5913</v>
+        <v>5866</v>
       </c>
       <c r="B207" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
       <c r="C207" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
       <c r="D207" t="s">
-        <v>1919</v>
+        <v>1921</v>
       </c>
       <c r="E207" t="s">
-        <v>1920</v>
+        <v>1922</v>
       </c>
       <c r="F207" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="G207" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="H207" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="I207" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5927</v>
+        <v>5887</v>
       </c>
       <c r="B208" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="C208" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="D208" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
       <c r="E208" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="F208" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="G208" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
       <c r="H208" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="I208" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>784</v>
+        <v>25</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>785</v>
+        <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5928</v>
+        <v>5907</v>
       </c>
       <c r="B209" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="C209" t="s">
-        <v>1936</v>
+        <v>1938</v>
       </c>
       <c r="D209" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="E209" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="F209" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
       <c r="G209" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
       <c r="H209" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="I209" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="J209" t="s">
-        <v>1943</v>
+        <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>1944</v>
+        <v>25</v>
       </c>
       <c r="L209" t="s">
+        <v>26</v>
+      </c>
+      <c r="M209" t="s">
+        <v>27</v>
+      </c>
+      <c r="N209" t="s">
+        <v>28</v>
+      </c>
+      <c r="O209" t="s">
         <v>1945</v>
-      </c>
-[...7 lines deleted...]
-        <v>1947</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5931</v>
+        <v>5913</v>
       </c>
       <c r="B210" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D210" t="s">
         <v>1948</v>
       </c>
-      <c r="C210" t="s">
+      <c r="E210" t="s">
         <v>1949</v>
       </c>
-      <c r="D210" t="s">
+      <c r="F210" t="s">
         <v>1950</v>
       </c>
-      <c r="E210" t="s">
+      <c r="G210" t="s">
         <v>1951</v>
       </c>
-      <c r="F210" t="s">
+      <c r="H210" t="s">
         <v>1952</v>
       </c>
-      <c r="G210" t="s">
+      <c r="I210" t="s">
         <v>1953</v>
       </c>
-      <c r="H210" t="s">
+      <c r="J210" t="s">
+        <v>24</v>
+      </c>
+      <c r="K210" t="s">
+        <v>47</v>
+      </c>
+      <c r="L210" t="s">
+        <v>26</v>
+      </c>
+      <c r="M210" t="s">
+        <v>48</v>
+      </c>
+      <c r="N210" t="s">
+        <v>28</v>
+      </c>
+      <c r="O210" t="s">
         <v>1954</v>
-      </c>
-[...19 lines deleted...]
-        <v>1956</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5932</v>
+        <v>5927</v>
       </c>
       <c r="B211" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D211" t="s">
         <v>1957</v>
       </c>
-      <c r="C211" t="s">
+      <c r="E211" t="s">
         <v>1958</v>
       </c>
-      <c r="D211" t="s">
+      <c r="F211" t="s">
         <v>1959</v>
       </c>
-      <c r="E211" t="s">
+      <c r="G211" t="s">
         <v>1960</v>
       </c>
-      <c r="F211" t="s">
+      <c r="H211" t="s">
         <v>1961</v>
       </c>
-      <c r="G211" t="s">
+      <c r="I211" t="s">
         <v>1962</v>
       </c>
-      <c r="H211" t="s">
+      <c r="J211" t="s">
+        <v>24</v>
+      </c>
+      <c r="K211" t="s">
+        <v>784</v>
+      </c>
+      <c r="L211" t="s">
+        <v>26</v>
+      </c>
+      <c r="M211" t="s">
+        <v>785</v>
+      </c>
+      <c r="N211" t="s">
+        <v>28</v>
+      </c>
+      <c r="O211" t="s">
         <v>1963</v>
-      </c>
-[...19 lines deleted...]
-        <v>1965</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5934</v>
+        <v>5928</v>
       </c>
       <c r="B212" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D212" t="s">
         <v>1966</v>
       </c>
-      <c r="C212" t="s">
+      <c r="E212" t="s">
         <v>1967</v>
       </c>
-      <c r="D212" t="s">
+      <c r="F212" t="s">
         <v>1968</v>
       </c>
-      <c r="E212" t="s">
+      <c r="G212" t="s">
         <v>1969</v>
       </c>
-      <c r="F212" t="s">
+      <c r="H212" t="s">
         <v>1970</v>
       </c>
-      <c r="G212" t="s">
+      <c r="I212" t="s">
         <v>1971</v>
       </c>
-      <c r="H212" t="s">
+      <c r="J212" t="s">
         <v>1972</v>
       </c>
-      <c r="I212" t="s">
+      <c r="K212" t="s">
         <v>1973</v>
       </c>
-      <c r="J212" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L212" t="s">
-        <v>26</v>
+        <v>1974</v>
       </c>
       <c r="M212" t="s">
-        <v>113</v>
+        <v>1975</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5953</v>
+        <v>5931</v>
       </c>
       <c r="B213" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="C213" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="D213" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="E213" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
       <c r="F213" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="G213" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="H213" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="I213" t="s">
-        <v>1982</v>
+        <v>1984</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
         <v>25</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
         <v>27</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5981</v>
+        <v>5932</v>
       </c>
       <c r="B214" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="C214" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="D214" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="E214" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="F214" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="G214" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="H214" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="I214" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="J214" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>1992</v>
+        <v>112</v>
       </c>
       <c r="L214" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>1993</v>
+        <v>113</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
         <v>1994</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5986</v>
+        <v>5934</v>
       </c>
       <c r="B215" t="s">
         <v>1995</v>
       </c>
       <c r="C215" t="s">
         <v>1996</v>
       </c>
       <c r="D215" t="s">
         <v>1997</v>
       </c>
       <c r="E215" t="s">
         <v>1998</v>
       </c>
       <c r="F215" t="s">
         <v>1999</v>
       </c>
       <c r="G215" t="s">
         <v>2000</v>
       </c>
       <c r="H215" t="s">
         <v>2001</v>
       </c>
       <c r="I215" t="s">
         <v>2002</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
         <v>112</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
         <v>113</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
         <v>2003</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5989</v>
+        <v>5953</v>
       </c>
       <c r="B216" t="s">
         <v>2004</v>
       </c>
       <c r="C216" t="s">
         <v>2005</v>
       </c>
       <c r="D216" t="s">
         <v>2006</v>
       </c>
       <c r="E216" t="s">
         <v>2007</v>
       </c>
       <c r="F216" t="s">
         <v>2008</v>
       </c>
       <c r="G216" t="s">
         <v>2009</v>
       </c>
       <c r="H216" t="s">
         <v>2010</v>
       </c>
       <c r="I216" t="s">
         <v>2011</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>1395</v>
+        <v>25</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>1396</v>
+        <v>27</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
         <v>2012</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>6021</v>
+        <v>5981</v>
       </c>
       <c r="B217" t="s">
         <v>2013</v>
       </c>
       <c r="C217" t="s">
         <v>2014</v>
       </c>
       <c r="D217" t="s">
         <v>2015</v>
       </c>
       <c r="E217" t="s">
         <v>2016</v>
       </c>
       <c r="F217" t="s">
         <v>2017</v>
       </c>
       <c r="G217" t="s">
         <v>2018</v>
       </c>
       <c r="H217" t="s">
         <v>2019</v>
       </c>
       <c r="I217" t="s">
         <v>2020</v>
       </c>
       <c r="J217" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K217" t="s">
-        <v>25</v>
+        <v>2021</v>
       </c>
       <c r="L217" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M217" t="s">
-        <v>27</v>
+        <v>2022</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>6082</v>
+        <v>5986</v>
       </c>
       <c r="B218" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="C218" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="D218" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="E218" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="F218" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="G218" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="H218" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="I218" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>2030</v>
+        <v>112</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
-        <v>2031</v>
+        <v>113</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
         <v>2032</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>6112</v>
+        <v>5989</v>
       </c>
       <c r="B219" t="s">
         <v>2033</v>
       </c>
       <c r="C219" t="s">
         <v>2034</v>
       </c>
       <c r="D219" t="s">
         <v>2035</v>
       </c>
       <c r="E219" t="s">
         <v>2036</v>
       </c>
       <c r="F219" t="s">
         <v>2037</v>
       </c>
       <c r="G219" t="s">
         <v>2038</v>
       </c>
       <c r="H219" t="s">
         <v>2039</v>
       </c>
       <c r="I219" t="s">
         <v>2040</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>112</v>
+        <v>1415</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
-        <v>113</v>
+        <v>1416</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
         <v>2041</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>6180</v>
+        <v>6021</v>
       </c>
       <c r="B220" t="s">
         <v>2042</v>
       </c>
       <c r="C220" t="s">
         <v>2043</v>
       </c>
       <c r="D220" t="s">
         <v>2044</v>
       </c>
       <c r="E220" t="s">
         <v>2045</v>
       </c>
       <c r="F220" t="s">
         <v>2046</v>
       </c>
       <c r="G220" t="s">
         <v>2047</v>
       </c>
       <c r="H220" t="s">
         <v>2048</v>
       </c>
       <c r="I220" t="s">
         <v>2049</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
         <v>25</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
         <v>27</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
         <v>2050</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>6203</v>
+        <v>6082</v>
       </c>
       <c r="B221" t="s">
         <v>2051</v>
       </c>
       <c r="C221" t="s">
         <v>2052</v>
       </c>
       <c r="D221" t="s">
         <v>2053</v>
       </c>
       <c r="E221" t="s">
         <v>2054</v>
       </c>
       <c r="F221" t="s">
         <v>2055</v>
       </c>
       <c r="G221" t="s">
         <v>2056</v>
       </c>
       <c r="H221" t="s">
         <v>2057</v>
       </c>
       <c r="I221" t="s">
         <v>2058</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>112</v>
+        <v>2059</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
-        <v>113</v>
+        <v>2060</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2059</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>6208</v>
+        <v>6112</v>
       </c>
       <c r="B222" t="s">
-        <v>2060</v>
+        <v>2062</v>
       </c>
       <c r="C222" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
       <c r="D222" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
       <c r="E222" t="s">
-        <v>2063</v>
+        <v>2065</v>
       </c>
       <c r="F222" t="s">
-        <v>2064</v>
+        <v>2066</v>
       </c>
       <c r="G222" t="s">
-        <v>2065</v>
+        <v>2067</v>
       </c>
       <c r="H222" t="s">
-        <v>2066</v>
+        <v>2068</v>
       </c>
       <c r="I222" t="s">
-        <v>2067</v>
+        <v>2069</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
         <v>112</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
         <v>113</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>6211</v>
+        <v>6180</v>
       </c>
       <c r="B223" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="C223" t="s">
-        <v>2070</v>
+        <v>2072</v>
       </c>
       <c r="D223" t="s">
-        <v>2071</v>
+        <v>2073</v>
       </c>
       <c r="E223" t="s">
-        <v>2072</v>
+        <v>2074</v>
       </c>
       <c r="F223" t="s">
-        <v>2073</v>
+        <v>2075</v>
       </c>
       <c r="G223" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
       <c r="H223" t="s">
-        <v>2075</v>
+        <v>2077</v>
       </c>
       <c r="I223" t="s">
-        <v>2076</v>
+        <v>2078</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2077</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>6254</v>
+        <v>6203</v>
       </c>
       <c r="B224" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
       <c r="C224" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="D224" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
       <c r="E224" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="F224" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="G224" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="H224" t="s">
-        <v>2084</v>
+        <v>2086</v>
       </c>
       <c r="I224" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
         <v>112</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
         <v>113</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>6255</v>
+        <v>6208</v>
       </c>
       <c r="B225" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
       <c r="C225" t="s">
-        <v>2088</v>
+        <v>2090</v>
       </c>
       <c r="D225" t="s">
-        <v>2089</v>
+        <v>2091</v>
       </c>
       <c r="E225" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="F225" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
       <c r="G225" t="s">
-        <v>2092</v>
+        <v>2094</v>
       </c>
       <c r="H225" t="s">
-        <v>2093</v>
+        <v>2095</v>
       </c>
       <c r="I225" t="s">
-        <v>2094</v>
+        <v>2096</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>2095</v>
+        <v>112</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>2096</v>
+        <v>113</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
         <v>2097</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>6258</v>
+        <v>6211</v>
       </c>
       <c r="B226" t="s">
         <v>2098</v>
       </c>
       <c r="C226" t="s">
         <v>2099</v>
       </c>
       <c r="D226" t="s">
         <v>2100</v>
       </c>
       <c r="E226" t="s">
         <v>2101</v>
       </c>
       <c r="F226" t="s">
         <v>2102</v>
       </c>
       <c r="G226" t="s">
         <v>2103</v>
       </c>
       <c r="H226" t="s">
         <v>2104</v>
       </c>
       <c r="I226" t="s">
         <v>2105</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
         <v>2106</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>6259</v>
+        <v>6254</v>
       </c>
       <c r="B227" t="s">
         <v>2107</v>
       </c>
       <c r="C227" t="s">
         <v>2108</v>
       </c>
       <c r="D227" t="s">
         <v>2109</v>
       </c>
       <c r="E227" t="s">
         <v>2110</v>
       </c>
       <c r="F227" t="s">
         <v>2111</v>
       </c>
       <c r="G227" t="s">
         <v>2112</v>
       </c>
       <c r="H227" t="s">
         <v>2113</v>
       </c>
       <c r="I227" t="s">
         <v>2114</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
         <v>112</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
         <v>113</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
         <v>2115</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>6261</v>
+        <v>6255</v>
       </c>
       <c r="B228" t="s">
         <v>2116</v>
       </c>
       <c r="C228" t="s">
         <v>2117</v>
       </c>
       <c r="D228" t="s">
         <v>2118</v>
       </c>
       <c r="E228" t="s">
         <v>2119</v>
       </c>
       <c r="F228" t="s">
         <v>2120</v>
       </c>
       <c r="G228" t="s">
         <v>2121</v>
       </c>
       <c r="H228" t="s">
         <v>2122</v>
       </c>
       <c r="I228" t="s">
         <v>2123</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>47</v>
+        <v>2124</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>48</v>
+        <v>2125</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2124</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>6263</v>
+        <v>6258</v>
       </c>
       <c r="B229" t="s">
-        <v>2125</v>
+        <v>2127</v>
       </c>
       <c r="C229" t="s">
-        <v>2126</v>
+        <v>2128</v>
       </c>
       <c r="D229" t="s">
-        <v>2127</v>
+        <v>2129</v>
       </c>
       <c r="E229" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="F229" t="s">
-        <v>2129</v>
+        <v>2131</v>
       </c>
       <c r="G229" t="s">
-        <v>2130</v>
+        <v>2132</v>
       </c>
       <c r="H229" t="s">
-        <v>2131</v>
+        <v>2133</v>
       </c>
       <c r="I229" t="s">
-        <v>2132</v>
+        <v>2134</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2133</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>6272</v>
+        <v>6259</v>
       </c>
       <c r="B230" t="s">
-        <v>2134</v>
+        <v>2136</v>
       </c>
       <c r="C230" t="s">
-        <v>2135</v>
+        <v>2137</v>
       </c>
       <c r="D230" t="s">
-        <v>2136</v>
+        <v>2138</v>
       </c>
       <c r="E230" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="F230" t="s">
-        <v>2138</v>
+        <v>2140</v>
       </c>
       <c r="G230" t="s">
-        <v>2139</v>
+        <v>2141</v>
       </c>
       <c r="H230" t="s">
-        <v>2140</v>
+        <v>2142</v>
       </c>
       <c r="I230" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
         <v>112</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
         <v>113</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2142</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>6274</v>
+        <v>6261</v>
       </c>
       <c r="B231" t="s">
-        <v>2143</v>
+        <v>2145</v>
       </c>
       <c r="C231" t="s">
-        <v>2144</v>
+        <v>2146</v>
       </c>
       <c r="D231" t="s">
-        <v>2145</v>
+        <v>2147</v>
       </c>
       <c r="E231" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="F231" t="s">
-        <v>2147</v>
+        <v>2149</v>
       </c>
       <c r="G231" t="s">
-        <v>2148</v>
+        <v>2150</v>
       </c>
       <c r="H231" t="s">
-        <v>2149</v>
+        <v>2151</v>
       </c>
       <c r="I231" t="s">
-        <v>2150</v>
+        <v>2152</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2151</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>6275</v>
+        <v>6263</v>
       </c>
       <c r="B232" t="s">
-        <v>2152</v>
+        <v>2154</v>
       </c>
       <c r="C232" t="s">
-        <v>2153</v>
+        <v>2155</v>
       </c>
       <c r="D232" t="s">
-        <v>2154</v>
+        <v>2156</v>
       </c>
       <c r="E232" t="s">
-        <v>2155</v>
+        <v>2157</v>
       </c>
       <c r="F232" t="s">
-        <v>2156</v>
+        <v>2158</v>
       </c>
       <c r="G232" t="s">
-        <v>2157</v>
+        <v>2159</v>
       </c>
       <c r="H232" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="I232" t="s">
-        <v>2159</v>
+        <v>2161</v>
       </c>
       <c r="J232" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>1312</v>
+        <v>112</v>
       </c>
       <c r="L232" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M232" t="s">
-        <v>1313</v>
+        <v>113</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2160</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>6327</v>
+        <v>6272</v>
       </c>
       <c r="B233" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
       <c r="C233" t="s">
-        <v>2162</v>
+        <v>2164</v>
       </c>
       <c r="D233" t="s">
-        <v>2163</v>
+        <v>2165</v>
       </c>
       <c r="E233" t="s">
-        <v>2164</v>
+        <v>2166</v>
       </c>
       <c r="F233" t="s">
-        <v>2165</v>
+        <v>2167</v>
       </c>
       <c r="G233" t="s">
-        <v>2166</v>
+        <v>2168</v>
       </c>
       <c r="H233" t="s">
-        <v>2167</v>
+        <v>2169</v>
       </c>
       <c r="I233" t="s">
-        <v>2168</v>
+        <v>2170</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>6337</v>
+        <v>6274</v>
       </c>
       <c r="B234" t="s">
-        <v>2170</v>
+        <v>2172</v>
       </c>
       <c r="C234" t="s">
-        <v>2171</v>
+        <v>2173</v>
       </c>
       <c r="D234" t="s">
-        <v>2172</v>
+        <v>2174</v>
       </c>
       <c r="E234" t="s">
-        <v>2173</v>
+        <v>2175</v>
       </c>
       <c r="F234" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="G234" t="s">
-        <v>2175</v>
+        <v>2177</v>
       </c>
       <c r="H234" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
       <c r="I234" t="s">
-        <v>2177</v>
+        <v>2179</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>6460</v>
+        <v>6275</v>
       </c>
       <c r="B235" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="C235" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
       <c r="D235" t="s">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="E235" t="s">
-        <v>2182</v>
+        <v>2184</v>
       </c>
       <c r="F235" t="s">
-        <v>2183</v>
+        <v>2185</v>
       </c>
       <c r="G235" t="s">
-        <v>2184</v>
+        <v>2186</v>
       </c>
       <c r="H235" t="s">
-        <v>2185</v>
+        <v>2187</v>
       </c>
       <c r="I235" t="s">
-        <v>2186</v>
+        <v>2188</v>
       </c>
       <c r="J235" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K235" t="s">
-        <v>25</v>
+        <v>1020</v>
       </c>
       <c r="L235" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M235" t="s">
-        <v>27</v>
+        <v>1022</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2187</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>6468</v>
+        <v>6327</v>
       </c>
       <c r="B236" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
       <c r="C236" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
       <c r="D236" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
       <c r="E236" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="F236" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="G236" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="H236" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="I236" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2196</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>6761</v>
+        <v>6337</v>
       </c>
       <c r="B237" t="s">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="C237" t="s">
-        <v>2198</v>
+        <v>2200</v>
       </c>
       <c r="D237" t="s">
-        <v>2199</v>
+        <v>2201</v>
       </c>
       <c r="E237" t="s">
-        <v>2200</v>
+        <v>2202</v>
       </c>
       <c r="F237" t="s">
-        <v>2201</v>
+        <v>2203</v>
       </c>
       <c r="G237" t="s">
-        <v>2202</v>
+        <v>2204</v>
       </c>
       <c r="H237" t="s">
-        <v>2203</v>
+        <v>2205</v>
       </c>
       <c r="I237" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2205</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>6762</v>
+        <v>6460</v>
       </c>
       <c r="B238" t="s">
-        <v>2206</v>
+        <v>2208</v>
       </c>
       <c r="C238" t="s">
-        <v>2207</v>
+        <v>2209</v>
       </c>
       <c r="D238" t="s">
-        <v>2208</v>
+        <v>2210</v>
       </c>
       <c r="E238" t="s">
-        <v>2209</v>
+        <v>2211</v>
       </c>
       <c r="F238" t="s">
-        <v>2210</v>
+        <v>2212</v>
       </c>
       <c r="G238" t="s">
-        <v>2211</v>
+        <v>2213</v>
       </c>
       <c r="H238" t="s">
-        <v>2212</v>
+        <v>2214</v>
       </c>
       <c r="I238" t="s">
-        <v>2213</v>
+        <v>2215</v>
       </c>
       <c r="J238" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>451</v>
+        <v>25</v>
       </c>
       <c r="L238" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>452</v>
+        <v>27</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2214</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>6765</v>
+        <v>6468</v>
       </c>
       <c r="B239" t="s">
-        <v>2215</v>
+        <v>2217</v>
       </c>
       <c r="C239" t="s">
-        <v>2216</v>
+        <v>2218</v>
       </c>
       <c r="D239" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="E239" t="s">
-        <v>2218</v>
+        <v>2220</v>
       </c>
       <c r="F239" t="s">
-        <v>2219</v>
+        <v>2221</v>
       </c>
       <c r="G239" t="s">
-        <v>2220</v>
+        <v>2222</v>
       </c>
       <c r="H239" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
       <c r="I239" t="s">
-        <v>2222</v>
+        <v>2224</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2223</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>8265</v>
+        <v>6761</v>
       </c>
       <c r="B240" t="s">
-        <v>2224</v>
+        <v>2226</v>
       </c>
       <c r="C240" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
       <c r="D240" t="s">
-        <v>2226</v>
+        <v>2228</v>
       </c>
       <c r="E240" t="s">
-        <v>2227</v>
+        <v>2229</v>
       </c>
       <c r="F240" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="G240" t="s">
-        <v>2229</v>
+        <v>2231</v>
       </c>
       <c r="H240" t="s">
-        <v>2230</v>
+        <v>2232</v>
       </c>
       <c r="I240" t="s">
-        <v>2231</v>
+        <v>2233</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>2232</v>
+        <v>25</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
-        <v>2233</v>
+        <v>27</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
         <v>2234</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>8289</v>
+        <v>6762</v>
       </c>
       <c r="B241" t="s">
         <v>2235</v>
       </c>
       <c r="C241" t="s">
         <v>2236</v>
       </c>
       <c r="D241" t="s">
         <v>2237</v>
       </c>
       <c r="E241" t="s">
         <v>2238</v>
       </c>
       <c r="F241" t="s">
         <v>2239</v>
       </c>
       <c r="G241" t="s">
         <v>2240</v>
       </c>
       <c r="H241" t="s">
         <v>2241</v>
       </c>
       <c r="I241" t="s">
         <v>2242</v>
       </c>
       <c r="J241" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K241" t="s">
-        <v>533</v>
+        <v>451</v>
       </c>
       <c r="L241" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M241" t="s">
-        <v>534</v>
+        <v>452</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
         <v>2243</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>8386</v>
+        <v>6765</v>
       </c>
       <c r="B242" t="s">
         <v>2244</v>
       </c>
       <c r="C242" t="s">
         <v>2245</v>
       </c>
       <c r="D242" t="s">
         <v>2246</v>
       </c>
       <c r="E242" t="s">
         <v>2247</v>
       </c>
       <c r="F242" t="s">
         <v>2248</v>
       </c>
       <c r="G242" t="s">
         <v>2249</v>
       </c>
       <c r="H242" t="s">
         <v>2250</v>
       </c>
       <c r="I242" t="s">
         <v>2251</v>
       </c>
       <c r="J242" t="s">
-        <v>1223</v>
+        <v>24</v>
       </c>
       <c r="K242" t="s">
         <v>112</v>
       </c>
       <c r="L242" t="s">
-        <v>1225</v>
+        <v>26</v>
       </c>
       <c r="M242" t="s">
         <v>113</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
         <v>2252</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>8402</v>
+        <v>8265</v>
       </c>
       <c r="B243" t="s">
         <v>2253</v>
       </c>
       <c r="C243" t="s">
         <v>2254</v>
       </c>
       <c r="D243" t="s">
         <v>2255</v>
       </c>
       <c r="E243" t="s">
         <v>2256</v>
       </c>
       <c r="F243" t="s">
         <v>2257</v>
       </c>
       <c r="G243" t="s">
         <v>2258</v>
       </c>
       <c r="H243" t="s">
         <v>2259</v>
       </c>
       <c r="I243" t="s">
         <v>2260</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>112</v>
+        <v>2261</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
-        <v>113</v>
+        <v>2262</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2261</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>8903</v>
+        <v>8289</v>
       </c>
       <c r="B244" t="s">
-        <v>2262</v>
+        <v>2264</v>
       </c>
       <c r="C244" t="s">
-        <v>2263</v>
+        <v>2265</v>
       </c>
       <c r="D244" t="s">
-        <v>2264</v>
+        <v>2266</v>
       </c>
       <c r="E244" t="s">
-        <v>2265</v>
+        <v>2267</v>
       </c>
       <c r="F244" t="s">
-        <v>2266</v>
+        <v>2268</v>
       </c>
       <c r="G244" t="s">
-        <v>2267</v>
+        <v>2269</v>
       </c>
       <c r="H244" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="I244" t="s">
-        <v>2269</v>
+        <v>2271</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>112</v>
+        <v>533</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>113</v>
+        <v>534</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>8904</v>
+        <v>8386</v>
       </c>
       <c r="B245" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="C245" t="s">
-        <v>2272</v>
+        <v>2274</v>
       </c>
       <c r="D245" t="s">
-        <v>2273</v>
+        <v>2275</v>
       </c>
       <c r="E245" t="s">
-        <v>2274</v>
+        <v>2276</v>
       </c>
       <c r="F245" t="s">
-        <v>2275</v>
+        <v>2277</v>
       </c>
       <c r="G245" t="s">
-        <v>2276</v>
+        <v>2278</v>
       </c>
       <c r="H245" t="s">
-        <v>2277</v>
+        <v>2279</v>
       </c>
       <c r="I245" t="s">
-        <v>2278</v>
+        <v>2280</v>
       </c>
       <c r="J245" t="s">
-        <v>24</v>
+        <v>1236</v>
       </c>
       <c r="K245" t="s">
         <v>112</v>
       </c>
       <c r="L245" t="s">
-        <v>26</v>
+        <v>1238</v>
       </c>
       <c r="M245" t="s">
         <v>113</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2279</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>8914</v>
+        <v>8402</v>
       </c>
       <c r="B246" t="s">
-        <v>2280</v>
+        <v>2282</v>
       </c>
       <c r="C246" t="s">
-        <v>2281</v>
+        <v>2283</v>
       </c>
       <c r="D246" t="s">
-        <v>2282</v>
+        <v>2284</v>
       </c>
       <c r="E246" t="s">
-        <v>2283</v>
+        <v>2285</v>
       </c>
       <c r="F246" t="s">
-        <v>2284</v>
+        <v>2286</v>
       </c>
       <c r="G246" t="s">
-        <v>2285</v>
+        <v>2287</v>
       </c>
       <c r="H246" t="s">
-        <v>2286</v>
+        <v>2288</v>
       </c>
       <c r="I246" t="s">
-        <v>2287</v>
+        <v>2289</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2288</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>8918</v>
+        <v>8903</v>
       </c>
       <c r="B247" t="s">
-        <v>2289</v>
+        <v>2291</v>
       </c>
       <c r="C247" t="s">
-        <v>2290</v>
+        <v>2292</v>
       </c>
       <c r="D247" t="s">
-        <v>2291</v>
+        <v>2293</v>
       </c>
       <c r="E247" t="s">
-        <v>2292</v>
+        <v>2294</v>
       </c>
       <c r="F247" t="s">
-        <v>2293</v>
+        <v>2295</v>
       </c>
       <c r="G247" t="s">
-        <v>2294</v>
+        <v>2296</v>
       </c>
       <c r="H247" t="s">
-        <v>2295</v>
+        <v>2297</v>
       </c>
       <c r="I247" t="s">
-        <v>2296</v>
+        <v>2298</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2297</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>8945</v>
+        <v>8904</v>
       </c>
       <c r="B248" t="s">
-        <v>2298</v>
+        <v>2300</v>
       </c>
       <c r="C248" t="s">
-        <v>2299</v>
+        <v>2301</v>
       </c>
       <c r="D248" t="s">
-        <v>2300</v>
+        <v>2302</v>
       </c>
       <c r="E248" t="s">
-        <v>2301</v>
+        <v>2303</v>
       </c>
       <c r="F248" t="s">
-        <v>2302</v>
+        <v>2304</v>
       </c>
       <c r="G248" t="s">
-        <v>2303</v>
+        <v>2305</v>
       </c>
       <c r="H248" t="s">
-        <v>2304</v>
+        <v>2306</v>
       </c>
       <c r="I248" t="s">
-        <v>2305</v>
+        <v>2307</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2306</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>8951</v>
+        <v>8914</v>
       </c>
       <c r="B249" t="s">
-        <v>2307</v>
+        <v>2309</v>
       </c>
       <c r="C249" t="s">
-        <v>2308</v>
+        <v>2310</v>
       </c>
       <c r="D249" t="s">
-        <v>2309</v>
+        <v>2311</v>
       </c>
       <c r="E249" t="s">
-        <v>2310</v>
+        <v>2312</v>
       </c>
       <c r="F249" t="s">
-        <v>2311</v>
+        <v>2313</v>
       </c>
       <c r="G249" t="s">
-        <v>2312</v>
+        <v>2314</v>
       </c>
       <c r="H249" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="I249" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2315</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>10014</v>
+        <v>8918</v>
       </c>
       <c r="B250" t="s">
-        <v>2316</v>
+        <v>2318</v>
       </c>
       <c r="C250" t="s">
-        <v>2317</v>
+        <v>2319</v>
       </c>
       <c r="D250" t="s">
-        <v>2318</v>
+        <v>2320</v>
       </c>
       <c r="E250" t="s">
-        <v>2319</v>
+        <v>2321</v>
       </c>
       <c r="F250" t="s">
-        <v>2320</v>
+        <v>2322</v>
       </c>
       <c r="G250" t="s">
-        <v>2321</v>
+        <v>2323</v>
       </c>
       <c r="H250" t="s">
-        <v>2322</v>
+        <v>2324</v>
       </c>
       <c r="I250" t="s">
-        <v>2323</v>
+        <v>2325</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>2324</v>
+        <v>25</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>2325</v>
+        <v>27</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
         <v>2326</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>10015</v>
+        <v>8945</v>
       </c>
       <c r="B251" t="s">
         <v>2327</v>
       </c>
       <c r="C251" t="s">
         <v>2328</v>
       </c>
       <c r="D251" t="s">
         <v>2329</v>
       </c>
       <c r="E251" t="s">
         <v>2330</v>
       </c>
       <c r="F251" t="s">
         <v>2331</v>
       </c>
       <c r="G251" t="s">
         <v>2332</v>
       </c>
       <c r="H251" t="s">
         <v>2333</v>
       </c>
       <c r="I251" t="s">
         <v>2334</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
         <v>2335</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>10036</v>
+        <v>8951</v>
       </c>
       <c r="B252" t="s">
         <v>2336</v>
       </c>
       <c r="C252" t="s">
         <v>2337</v>
       </c>
       <c r="D252" t="s">
         <v>2338</v>
       </c>
       <c r="E252" t="s">
         <v>2339</v>
       </c>
       <c r="F252" t="s">
         <v>2340</v>
       </c>
       <c r="G252" t="s">
         <v>2341</v>
       </c>
       <c r="H252" t="s">
         <v>2342</v>
       </c>
       <c r="I252" t="s">
         <v>2343</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
         <v>2344</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>10098</v>
+        <v>10014</v>
       </c>
       <c r="B253" t="s">
         <v>2345</v>
       </c>
       <c r="C253" t="s">
         <v>2346</v>
       </c>
       <c r="D253" t="s">
         <v>2347</v>
       </c>
       <c r="E253" t="s">
         <v>2348</v>
       </c>
       <c r="F253" t="s">
         <v>2349</v>
       </c>
       <c r="G253" t="s">
         <v>2350</v>
       </c>
       <c r="H253" t="s">
         <v>2351</v>
       </c>
       <c r="I253" t="s">
         <v>2352</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>25</v>
+        <v>2353</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>27</v>
+        <v>2354</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2353</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>10101</v>
+        <v>10015</v>
       </c>
       <c r="B254" t="s">
-        <v>2354</v>
+        <v>2356</v>
       </c>
       <c r="C254" t="s">
-        <v>2355</v>
+        <v>2357</v>
       </c>
       <c r="D254" t="s">
-        <v>2356</v>
+        <v>2358</v>
       </c>
       <c r="E254" t="s">
-        <v>2357</v>
+        <v>2359</v>
       </c>
       <c r="F254" t="s">
-        <v>2358</v>
+        <v>2360</v>
       </c>
       <c r="G254" t="s">
-        <v>2359</v>
+        <v>2361</v>
       </c>
       <c r="H254" t="s">
-        <v>2360</v>
+        <v>2362</v>
       </c>
       <c r="I254" t="s">
-        <v>2361</v>
+        <v>2363</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2362</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>10412</v>
+        <v>10036</v>
       </c>
       <c r="B255" t="s">
-        <v>2363</v>
+        <v>2365</v>
       </c>
       <c r="C255" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="D255" t="s">
-        <v>2365</v>
+        <v>2367</v>
       </c>
       <c r="E255" t="s">
-        <v>2366</v>
+        <v>2368</v>
       </c>
       <c r="F255" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="G255" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
       <c r="H255" t="s">
-        <v>2369</v>
+        <v>2371</v>
       </c>
       <c r="I255" t="s">
-        <v>2370</v>
+        <v>2372</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
         <v>25</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
         <v>27</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2371</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>10603</v>
+        <v>10098</v>
       </c>
       <c r="B256" t="s">
-        <v>2372</v>
+        <v>2374</v>
       </c>
       <c r="C256" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="D256" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="E256" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
       <c r="F256" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="G256" t="s">
-        <v>2377</v>
+        <v>2379</v>
       </c>
       <c r="H256" t="s">
-        <v>2378</v>
+        <v>2380</v>
       </c>
       <c r="I256" t="s">
-        <v>2379</v>
+        <v>2381</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
         <v>25</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
         <v>27</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2380</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>10647</v>
+        <v>10101</v>
       </c>
       <c r="B257" t="s">
-        <v>2381</v>
+        <v>2383</v>
       </c>
       <c r="C257" t="s">
-        <v>2382</v>
+        <v>2384</v>
       </c>
       <c r="D257" t="s">
-        <v>2383</v>
+        <v>2385</v>
       </c>
       <c r="E257" t="s">
-        <v>2384</v>
+        <v>2386</v>
       </c>
       <c r="F257" t="s">
-        <v>2385</v>
+        <v>2387</v>
       </c>
       <c r="G257" t="s">
-        <v>2386</v>
+        <v>2388</v>
       </c>
       <c r="H257" t="s">
-        <v>2387</v>
+        <v>2389</v>
       </c>
       <c r="I257" t="s">
-        <v>2388</v>
+        <v>2390</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2389</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>10887</v>
+        <v>10412</v>
       </c>
       <c r="B258" t="s">
-        <v>2390</v>
+        <v>2392</v>
       </c>
       <c r="C258" t="s">
-        <v>2391</v>
+        <v>2393</v>
       </c>
       <c r="D258" t="s">
-        <v>2392</v>
+        <v>2394</v>
       </c>
       <c r="E258" t="s">
-        <v>2393</v>
+        <v>2395</v>
       </c>
       <c r="F258" t="s">
-        <v>2394</v>
+        <v>2396</v>
       </c>
       <c r="G258" t="s">
-        <v>2395</v>
+        <v>2397</v>
       </c>
       <c r="H258" t="s">
-        <v>2396</v>
+        <v>2398</v>
       </c>
       <c r="I258" t="s">
-        <v>2397</v>
+        <v>2399</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
         <v>25</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
         <v>27</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2398</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>10925</v>
+        <v>10603</v>
       </c>
       <c r="B259" t="s">
-        <v>2399</v>
+        <v>2401</v>
       </c>
       <c r="C259" t="s">
-        <v>2400</v>
+        <v>2402</v>
       </c>
       <c r="D259" t="s">
-        <v>2401</v>
+        <v>2403</v>
       </c>
       <c r="E259" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="F259" t="s">
-        <v>2403</v>
+        <v>2405</v>
       </c>
       <c r="G259" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
       <c r="H259" t="s">
-        <v>2405</v>
+        <v>2407</v>
       </c>
       <c r="I259" t="s">
-        <v>2406</v>
+        <v>2408</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
         <v>25</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
         <v>27</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2407</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>10930</v>
+        <v>10647</v>
       </c>
       <c r="B260" t="s">
-        <v>2408</v>
+        <v>2410</v>
       </c>
       <c r="C260" t="s">
-        <v>2409</v>
+        <v>2411</v>
       </c>
       <c r="D260" t="s">
-        <v>2410</v>
+        <v>2412</v>
       </c>
       <c r="E260" t="s">
-        <v>2411</v>
+        <v>2413</v>
       </c>
       <c r="F260" t="s">
-        <v>2412</v>
+        <v>2414</v>
       </c>
       <c r="G260" t="s">
-        <v>2413</v>
+        <v>2415</v>
       </c>
       <c r="H260" t="s">
-        <v>2414</v>
+        <v>2416</v>
       </c>
       <c r="I260" t="s">
-        <v>2415</v>
+        <v>2417</v>
       </c>
       <c r="J260" t="s">
-        <v>2416</v>
+        <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>607</v>
+        <v>112</v>
       </c>
       <c r="L260" t="s">
-        <v>2417</v>
+        <v>26</v>
       </c>
       <c r="M260" t="s">
-        <v>608</v>
+        <v>113</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
         <v>2418</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>10947</v>
+        <v>10887</v>
       </c>
       <c r="B261" t="s">
         <v>2419</v>
       </c>
       <c r="C261" t="s">
         <v>2420</v>
       </c>
       <c r="D261" t="s">
         <v>2421</v>
       </c>
       <c r="E261" t="s">
         <v>2422</v>
       </c>
       <c r="F261" t="s">
         <v>2423</v>
       </c>
       <c r="G261" t="s">
         <v>2424</v>
       </c>
       <c r="H261" t="s">
         <v>2425</v>
       </c>
       <c r="I261" t="s">
         <v>2426</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
         <v>2427</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>10951</v>
+        <v>10925</v>
       </c>
       <c r="B262" t="s">
         <v>2428</v>
       </c>
       <c r="C262" t="s">
         <v>2429</v>
       </c>
       <c r="D262" t="s">
         <v>2430</v>
       </c>
       <c r="E262" t="s">
         <v>2431</v>
       </c>
       <c r="F262" t="s">
         <v>2432</v>
       </c>
       <c r="G262" t="s">
         <v>2433</v>
       </c>
       <c r="H262" t="s">
         <v>2434</v>
       </c>
       <c r="I262" t="s">
         <v>2435</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
         <v>2436</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>11287</v>
+        <v>10930</v>
       </c>
       <c r="B263" t="s">
         <v>2437</v>
       </c>
       <c r="C263" t="s">
         <v>2438</v>
       </c>
       <c r="D263" t="s">
         <v>2439</v>
       </c>
       <c r="E263" t="s">
         <v>2440</v>
       </c>
       <c r="F263" t="s">
         <v>2441</v>
       </c>
       <c r="G263" t="s">
         <v>2442</v>
       </c>
       <c r="H263" t="s">
         <v>2443</v>
       </c>
       <c r="I263" t="s">
         <v>2444</v>
       </c>
       <c r="J263" t="s">
-        <v>24</v>
+        <v>2445</v>
       </c>
       <c r="K263" t="s">
-        <v>112</v>
+        <v>607</v>
       </c>
       <c r="L263" t="s">
-        <v>26</v>
+        <v>2446</v>
       </c>
       <c r="M263" t="s">
-        <v>113</v>
+        <v>608</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2445</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>58060</v>
+        <v>10947</v>
       </c>
       <c r="B264" t="s">
-        <v>2446</v>
+        <v>2448</v>
       </c>
       <c r="C264" t="s">
-        <v>2447</v>
+        <v>2449</v>
       </c>
       <c r="D264" t="s">
-        <v>2448</v>
+        <v>2450</v>
       </c>
       <c r="E264" t="s">
-        <v>2449</v>
+        <v>2451</v>
       </c>
       <c r="F264" t="s">
-        <v>2450</v>
+        <v>2452</v>
       </c>
       <c r="G264" t="s">
-        <v>2451</v>
+        <v>2453</v>
       </c>
       <c r="H264" t="s">
-        <v>2452</v>
+        <v>2454</v>
       </c>
       <c r="I264" t="s">
-        <v>2453</v>
+        <v>2455</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>2454</v>
+        <v>112</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
-        <v>2455</v>
+        <v>113</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
         <v>2456</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>58066</v>
+        <v>10951</v>
       </c>
       <c r="B265" t="s">
         <v>2457</v>
       </c>
       <c r="C265" t="s">
         <v>2458</v>
       </c>
       <c r="D265" t="s">
         <v>2459</v>
       </c>
       <c r="E265" t="s">
         <v>2460</v>
       </c>
       <c r="F265" t="s">
         <v>2461</v>
       </c>
       <c r="G265" t="s">
         <v>2462</v>
       </c>
       <c r="H265" t="s">
         <v>2463</v>
       </c>
       <c r="I265" t="s">
         <v>2464</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>607</v>
+        <v>47</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>608</v>
+        <v>48</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
         <v>2465</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>58120</v>
+        <v>11287</v>
       </c>
       <c r="B266" t="s">
         <v>2466</v>
       </c>
       <c r="C266" t="s">
         <v>2467</v>
       </c>
       <c r="D266" t="s">
         <v>2468</v>
       </c>
       <c r="E266" t="s">
         <v>2469</v>
       </c>
       <c r="F266" t="s">
         <v>2470</v>
       </c>
       <c r="G266" t="s">
         <v>2471</v>
       </c>
       <c r="H266" t="s">
         <v>2472</v>
       </c>
       <c r="I266" t="s">
         <v>2473</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
         <v>2474</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>58122</v>
+        <v>58060</v>
       </c>
       <c r="B267" t="s">
         <v>2475</v>
       </c>
       <c r="C267" t="s">
         <v>2476</v>
       </c>
       <c r="D267" t="s">
         <v>2477</v>
       </c>
       <c r="E267" t="s">
         <v>2478</v>
       </c>
       <c r="F267" t="s">
         <v>2479</v>
       </c>
       <c r="G267" t="s">
         <v>2480</v>
       </c>
       <c r="H267" t="s">
         <v>2481</v>
       </c>
       <c r="I267" t="s">
         <v>2482</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>112</v>
+        <v>2483</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
-        <v>113</v>
+        <v>2484</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2483</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>58218</v>
+        <v>58066</v>
       </c>
       <c r="B268" t="s">
-        <v>2484</v>
+        <v>2486</v>
       </c>
       <c r="C268" t="s">
-        <v>2485</v>
+        <v>2487</v>
       </c>
       <c r="D268" t="s">
-        <v>2486</v>
+        <v>2488</v>
       </c>
       <c r="E268" t="s">
-        <v>2487</v>
+        <v>2489</v>
       </c>
       <c r="F268" t="s">
-        <v>2488</v>
+        <v>2490</v>
       </c>
       <c r="G268" t="s">
-        <v>2489</v>
+        <v>2491</v>
       </c>
       <c r="H268" t="s">
-        <v>2490</v>
+        <v>2492</v>
       </c>
       <c r="I268" t="s">
-        <v>2491</v>
+        <v>2493</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>112</v>
+        <v>607</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
-        <v>113</v>
+        <v>608</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2492</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>58223</v>
+        <v>58120</v>
       </c>
       <c r="B269" t="s">
-        <v>2493</v>
+        <v>2495</v>
       </c>
       <c r="C269" t="s">
-        <v>2494</v>
+        <v>2496</v>
       </c>
       <c r="D269" t="s">
-        <v>2495</v>
+        <v>2497</v>
       </c>
       <c r="E269" t="s">
-        <v>2496</v>
+        <v>2498</v>
       </c>
       <c r="F269" t="s">
-        <v>2497</v>
+        <v>2499</v>
       </c>
       <c r="G269" t="s">
-        <v>2498</v>
+        <v>2500</v>
       </c>
       <c r="H269" t="s">
-        <v>2499</v>
+        <v>2501</v>
       </c>
       <c r="I269" t="s">
-        <v>2500</v>
+        <v>2502</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2501</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>58240</v>
+        <v>58122</v>
       </c>
       <c r="B270" t="s">
-        <v>2502</v>
+        <v>2504</v>
       </c>
       <c r="C270" t="s">
-        <v>2503</v>
+        <v>2505</v>
       </c>
       <c r="D270" t="s">
-        <v>2504</v>
+        <v>2506</v>
       </c>
       <c r="E270" t="s">
-        <v>2505</v>
+        <v>2507</v>
       </c>
       <c r="F270" t="s">
-        <v>2506</v>
+        <v>2508</v>
       </c>
       <c r="G270" t="s">
-        <v>2507</v>
+        <v>2509</v>
       </c>
       <c r="H270" t="s">
-        <v>2508</v>
+        <v>2510</v>
       </c>
       <c r="I270" t="s">
-        <v>2509</v>
+        <v>2511</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>2510</v>
+        <v>112</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>2511</v>
+        <v>113</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
         <v>2512</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>58259</v>
+        <v>58218</v>
       </c>
       <c r="B271" t="s">
         <v>2513</v>
       </c>
       <c r="C271" t="s">
         <v>2514</v>
       </c>
       <c r="D271" t="s">
         <v>2515</v>
       </c>
       <c r="E271" t="s">
         <v>2516</v>
       </c>
       <c r="F271" t="s">
         <v>2517</v>
       </c>
       <c r="G271" t="s">
         <v>2518</v>
       </c>
       <c r="H271" t="s">
         <v>2519</v>
       </c>
       <c r="I271" t="s">
         <v>2520</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
+        <v>112</v>
+      </c>
+      <c r="L271" t="s">
+        <v>26</v>
+      </c>
+      <c r="M271" t="s">
+        <v>113</v>
+      </c>
+      <c r="N271" t="s">
+        <v>28</v>
+      </c>
+      <c r="O271" t="s">
         <v>2521</v>
-      </c>
-[...10 lines deleted...]
-        <v>2523</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>64637</v>
+        <v>58223</v>
       </c>
       <c r="B272" t="s">
+        <v>2522</v>
+      </c>
+      <c r="C272" t="s">
+        <v>2523</v>
+      </c>
+      <c r="D272" t="s">
         <v>2524</v>
       </c>
-      <c r="C272" t="s">
+      <c r="E272" t="s">
         <v>2525</v>
       </c>
-      <c r="D272" t="s">
+      <c r="F272" t="s">
         <v>2526</v>
       </c>
-      <c r="E272" t="s">
+      <c r="G272" t="s">
         <v>2527</v>
       </c>
-      <c r="F272" t="s">
+      <c r="H272" t="s">
         <v>2528</v>
       </c>
-      <c r="G272" t="s">
+      <c r="I272" t="s">
         <v>2529</v>
       </c>
-      <c r="H272" t="s">
+      <c r="J272" t="s">
+        <v>24</v>
+      </c>
+      <c r="K272" t="s">
+        <v>112</v>
+      </c>
+      <c r="L272" t="s">
+        <v>26</v>
+      </c>
+      <c r="M272" t="s">
+        <v>113</v>
+      </c>
+      <c r="N272" t="s">
+        <v>28</v>
+      </c>
+      <c r="O272" t="s">
         <v>2530</v>
-      </c>
-[...19 lines deleted...]
-        <v>2532</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>64689</v>
+        <v>58240</v>
       </c>
       <c r="B273" t="s">
+        <v>2531</v>
+      </c>
+      <c r="C273" t="s">
+        <v>2532</v>
+      </c>
+      <c r="D273" t="s">
         <v>2533</v>
       </c>
-      <c r="C273" t="s">
+      <c r="E273" t="s">
         <v>2534</v>
       </c>
-      <c r="D273" t="s">
+      <c r="F273" t="s">
         <v>2535</v>
       </c>
-      <c r="E273" t="s">
+      <c r="G273" t="s">
         <v>2536</v>
       </c>
-      <c r="F273" t="s">
+      <c r="H273" t="s">
         <v>2537</v>
       </c>
-      <c r="G273" t="s">
+      <c r="I273" t="s">
         <v>2538</v>
       </c>
-      <c r="H273" t="s">
+      <c r="J273" t="s">
+        <v>24</v>
+      </c>
+      <c r="K273" t="s">
         <v>2539</v>
       </c>
-      <c r="I273" t="s">
+      <c r="L273" t="s">
+        <v>26</v>
+      </c>
+      <c r="M273" t="s">
         <v>2540</v>
-      </c>
-[...10 lines deleted...]
-        <v>785</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
         <v>2541</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>65000</v>
+        <v>58259</v>
       </c>
       <c r="B274" t="s">
         <v>2542</v>
       </c>
       <c r="C274" t="s">
         <v>2543</v>
       </c>
       <c r="D274" t="s">
         <v>2544</v>
       </c>
       <c r="E274" t="s">
         <v>2545</v>
       </c>
       <c r="F274" t="s">
         <v>2546</v>
       </c>
       <c r="G274" t="s">
         <v>2547</v>
       </c>
       <c r="H274" t="s">
         <v>2548</v>
       </c>
       <c r="I274" t="s">
         <v>2549</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
-        <v>25</v>
+        <v>2550</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
-        <v>27</v>
+        <v>2551</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2550</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>65001</v>
+        <v>64637</v>
       </c>
       <c r="B275" t="s">
-        <v>2551</v>
+        <v>2553</v>
       </c>
       <c r="C275" t="s">
-        <v>2552</v>
+        <v>2554</v>
       </c>
       <c r="D275" t="s">
-        <v>2553</v>
+        <v>2555</v>
       </c>
       <c r="E275" t="s">
-        <v>2554</v>
+        <v>2556</v>
       </c>
       <c r="F275" t="s">
-        <v>2555</v>
+        <v>2557</v>
       </c>
       <c r="G275" t="s">
-        <v>2556</v>
+        <v>2558</v>
       </c>
       <c r="H275" t="s">
-        <v>2557</v>
+        <v>2559</v>
       </c>
       <c r="I275" t="s">
-        <v>2558</v>
+        <v>2560</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2559</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>65002</v>
+        <v>64689</v>
       </c>
       <c r="B276" t="s">
-        <v>2560</v>
+        <v>2562</v>
       </c>
       <c r="C276" t="s">
-        <v>2561</v>
+        <v>2563</v>
       </c>
       <c r="D276" t="s">
-        <v>2562</v>
+        <v>2564</v>
       </c>
       <c r="E276" t="s">
-        <v>2563</v>
+        <v>2565</v>
       </c>
       <c r="F276" t="s">
-        <v>2564</v>
+        <v>2566</v>
       </c>
       <c r="G276" t="s">
-        <v>2565</v>
+        <v>2567</v>
       </c>
       <c r="H276" t="s">
-        <v>2566</v>
+        <v>2568</v>
       </c>
       <c r="I276" t="s">
-        <v>2567</v>
+        <v>2569</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>25</v>
+        <v>784</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
-        <v>27</v>
+        <v>785</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2568</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>65003</v>
+        <v>65000</v>
       </c>
       <c r="B277" t="s">
-        <v>2569</v>
+        <v>2571</v>
       </c>
       <c r="C277" t="s">
-        <v>2570</v>
+        <v>2572</v>
       </c>
       <c r="D277" t="s">
-        <v>2571</v>
+        <v>2573</v>
       </c>
       <c r="E277" t="s">
-        <v>2572</v>
+        <v>2574</v>
       </c>
       <c r="F277" t="s">
-        <v>2573</v>
+        <v>2575</v>
       </c>
       <c r="G277" t="s">
-        <v>2574</v>
+        <v>2576</v>
       </c>
       <c r="H277" t="s">
-        <v>2575</v>
+        <v>2577</v>
       </c>
       <c r="I277" t="s">
-        <v>2576</v>
+        <v>2578</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2577</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>65004</v>
+        <v>65001</v>
       </c>
       <c r="B278" t="s">
-        <v>2578</v>
+        <v>2580</v>
       </c>
       <c r="C278" t="s">
-        <v>2579</v>
+        <v>2581</v>
       </c>
       <c r="D278" t="s">
-        <v>2580</v>
+        <v>2582</v>
       </c>
       <c r="E278" t="s">
-        <v>2581</v>
+        <v>2583</v>
       </c>
       <c r="F278" t="s">
-        <v>2582</v>
+        <v>2584</v>
       </c>
       <c r="G278" t="s">
-        <v>2583</v>
+        <v>2585</v>
       </c>
       <c r="H278" t="s">
-        <v>2584</v>
+        <v>2586</v>
       </c>
       <c r="I278" t="s">
-        <v>2585</v>
+        <v>2587</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
         <v>112</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
         <v>113</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2586</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>65005</v>
+        <v>65002</v>
       </c>
       <c r="B279" t="s">
-        <v>2587</v>
+        <v>2589</v>
       </c>
       <c r="C279" t="s">
-        <v>2588</v>
+        <v>2590</v>
       </c>
       <c r="D279" t="s">
-        <v>2589</v>
+        <v>2591</v>
       </c>
       <c r="E279" t="s">
-        <v>2590</v>
+        <v>2592</v>
       </c>
       <c r="F279" t="s">
-        <v>2591</v>
+        <v>2593</v>
       </c>
       <c r="G279" t="s">
-        <v>2592</v>
+        <v>2594</v>
       </c>
       <c r="H279" t="s">
-        <v>2593</v>
+        <v>2595</v>
       </c>
       <c r="I279" t="s">
-        <v>2594</v>
+        <v>2596</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>2595</v>
+        <v>25</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>2596</v>
+        <v>27</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
         <v>2597</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>65006</v>
+        <v>65003</v>
       </c>
       <c r="B280" t="s">
         <v>2598</v>
       </c>
       <c r="C280" t="s">
         <v>2599</v>
       </c>
       <c r="D280" t="s">
         <v>2600</v>
       </c>
       <c r="E280" t="s">
         <v>2601</v>
       </c>
       <c r="F280" t="s">
         <v>2602</v>
       </c>
       <c r="G280" t="s">
         <v>2603</v>
       </c>
       <c r="H280" t="s">
         <v>2604</v>
       </c>
       <c r="I280" t="s">
         <v>2605</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
+        <v>112</v>
+      </c>
+      <c r="L280" t="s">
+        <v>26</v>
+      </c>
+      <c r="M280" t="s">
+        <v>113</v>
+      </c>
+      <c r="N280" t="s">
+        <v>28</v>
+      </c>
+      <c r="O280" t="s">
         <v>2606</v>
-      </c>
-[...10 lines deleted...]
-        <v>2608</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>65007</v>
+        <v>65004</v>
       </c>
       <c r="B281" t="s">
+        <v>2607</v>
+      </c>
+      <c r="C281" t="s">
+        <v>2608</v>
+      </c>
+      <c r="D281" t="s">
         <v>2609</v>
       </c>
-      <c r="C281" t="s">
+      <c r="E281" t="s">
         <v>2610</v>
       </c>
-      <c r="D281" t="s">
+      <c r="F281" t="s">
         <v>2611</v>
       </c>
-      <c r="E281" t="s">
+      <c r="G281" t="s">
         <v>2612</v>
       </c>
-      <c r="F281" t="s">
+      <c r="H281" t="s">
         <v>2613</v>
       </c>
-      <c r="G281" t="s">
+      <c r="I281" t="s">
         <v>2614</v>
       </c>
-      <c r="H281" t="s">
+      <c r="J281" t="s">
+        <v>24</v>
+      </c>
+      <c r="K281" t="s">
+        <v>112</v>
+      </c>
+      <c r="L281" t="s">
+        <v>26</v>
+      </c>
+      <c r="M281" t="s">
+        <v>113</v>
+      </c>
+      <c r="N281" t="s">
+        <v>28</v>
+      </c>
+      <c r="O281" t="s">
         <v>2615</v>
-      </c>
-[...19 lines deleted...]
-        <v>2617</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>65008</v>
+        <v>65005</v>
       </c>
       <c r="B282" t="s">
+        <v>2616</v>
+      </c>
+      <c r="C282" t="s">
+        <v>2617</v>
+      </c>
+      <c r="D282" t="s">
         <v>2618</v>
       </c>
-      <c r="C282" t="s">
+      <c r="E282" t="s">
         <v>2619</v>
       </c>
-      <c r="D282" t="s">
+      <c r="F282" t="s">
         <v>2620</v>
       </c>
-      <c r="E282" t="s">
+      <c r="G282" t="s">
         <v>2621</v>
       </c>
-      <c r="F282" t="s">
+      <c r="H282" t="s">
         <v>2622</v>
       </c>
-      <c r="G282" t="s">
+      <c r="I282" t="s">
         <v>2623</v>
       </c>
-      <c r="H282" t="s">
+      <c r="J282" t="s">
+        <v>24</v>
+      </c>
+      <c r="K282" t="s">
         <v>2624</v>
       </c>
-      <c r="I282" t="s">
+      <c r="L282" t="s">
+        <v>26</v>
+      </c>
+      <c r="M282" t="s">
         <v>2625</v>
-      </c>
-[...10 lines deleted...]
-        <v>113</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
         <v>2626</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>65009</v>
+        <v>65006</v>
       </c>
       <c r="B283" t="s">
         <v>2627</v>
       </c>
       <c r="C283" t="s">
         <v>2628</v>
       </c>
       <c r="D283" t="s">
         <v>2629</v>
       </c>
       <c r="E283" t="s">
         <v>2630</v>
       </c>
       <c r="F283" t="s">
         <v>2631</v>
       </c>
       <c r="G283" t="s">
         <v>2632</v>
       </c>
       <c r="H283" t="s">
         <v>2633</v>
       </c>
       <c r="I283" t="s">
         <v>2634</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>112</v>
+        <v>2635</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>113</v>
+        <v>2636</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2635</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>65010</v>
+        <v>65007</v>
       </c>
       <c r="B284" t="s">
-        <v>2636</v>
+        <v>2638</v>
       </c>
       <c r="C284" t="s">
-        <v>2637</v>
+        <v>2639</v>
       </c>
       <c r="D284" t="s">
-        <v>2638</v>
+        <v>2640</v>
       </c>
       <c r="E284" t="s">
-        <v>2639</v>
+        <v>2641</v>
       </c>
       <c r="F284" t="s">
-        <v>2640</v>
+        <v>2642</v>
       </c>
       <c r="G284" t="s">
-        <v>2641</v>
+        <v>2643</v>
       </c>
       <c r="H284" t="s">
-        <v>2642</v>
+        <v>2644</v>
       </c>
       <c r="I284" t="s">
-        <v>2643</v>
+        <v>2645</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
         <v>25</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
         <v>27</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2644</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>65011</v>
+        <v>65008</v>
       </c>
       <c r="B285" t="s">
-        <v>2645</v>
+        <v>2647</v>
       </c>
       <c r="C285" t="s">
-        <v>2646</v>
+        <v>2648</v>
       </c>
       <c r="D285" t="s">
-        <v>2647</v>
+        <v>2649</v>
       </c>
       <c r="E285" t="s">
-        <v>2648</v>
+        <v>2650</v>
       </c>
       <c r="F285" t="s">
-        <v>2649</v>
+        <v>2651</v>
       </c>
       <c r="G285" t="s">
-        <v>2650</v>
+        <v>2652</v>
       </c>
       <c r="H285" t="s">
-        <v>2651</v>
+        <v>2653</v>
       </c>
       <c r="I285" t="s">
-        <v>2652</v>
+        <v>2654</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
         <v>112</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
         <v>113</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2653</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>65012</v>
+        <v>65009</v>
       </c>
       <c r="B286" t="s">
-        <v>2654</v>
+        <v>2656</v>
       </c>
       <c r="C286" t="s">
-        <v>2655</v>
+        <v>2657</v>
       </c>
       <c r="D286" t="s">
-        <v>2656</v>
+        <v>2658</v>
       </c>
       <c r="E286" t="s">
-        <v>2657</v>
+        <v>2659</v>
       </c>
       <c r="F286" t="s">
-        <v>2658</v>
+        <v>2660</v>
       </c>
       <c r="G286" t="s">
-        <v>2659</v>
+        <v>2661</v>
       </c>
       <c r="H286" t="s">
-        <v>2660</v>
+        <v>2662</v>
       </c>
       <c r="I286" t="s">
-        <v>2661</v>
+        <v>2663</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>2662</v>
+        <v>112</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
-        <v>2663</v>
+        <v>113</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
         <v>2664</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>65013</v>
+        <v>65010</v>
       </c>
       <c r="B287" t="s">
         <v>2665</v>
       </c>
       <c r="C287" t="s">
         <v>2666</v>
       </c>
       <c r="D287" t="s">
         <v>2667</v>
       </c>
       <c r="E287" t="s">
         <v>2668</v>
       </c>
       <c r="F287" t="s">
         <v>2669</v>
       </c>
       <c r="G287" t="s">
         <v>2670</v>
       </c>
       <c r="H287" t="s">
         <v>2671</v>
       </c>
       <c r="I287" t="s">
         <v>2672</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
         <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
         <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
         <v>2673</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>65014</v>
+        <v>65011</v>
       </c>
       <c r="B288" t="s">
         <v>2674</v>
       </c>
       <c r="C288" t="s">
         <v>2675</v>
       </c>
       <c r="D288" t="s">
         <v>2676</v>
       </c>
       <c r="E288" t="s">
         <v>2677</v>
       </c>
       <c r="F288" t="s">
         <v>2678</v>
       </c>
       <c r="G288" t="s">
         <v>2679</v>
       </c>
       <c r="H288" t="s">
         <v>2680</v>
       </c>
       <c r="I288" t="s">
         <v>2681</v>
       </c>
       <c r="J288" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>451</v>
+        <v>112</v>
       </c>
       <c r="L288" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M288" t="s">
-        <v>452</v>
+        <v>113</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
         <v>2682</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>65015</v>
+        <v>65012</v>
       </c>
       <c r="B289" t="s">
         <v>2683</v>
       </c>
       <c r="C289" t="s">
         <v>2684</v>
       </c>
       <c r="D289" t="s">
         <v>2685</v>
       </c>
       <c r="E289" t="s">
         <v>2686</v>
       </c>
       <c r="F289" t="s">
         <v>2687</v>
       </c>
       <c r="G289" t="s">
         <v>2688</v>
       </c>
       <c r="H289" t="s">
         <v>2689</v>
       </c>
       <c r="I289" t="s">
         <v>2690</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
-        <v>112</v>
+        <v>2691</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
-        <v>113</v>
+        <v>2692</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2691</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>65016</v>
+        <v>65013</v>
       </c>
       <c r="B290" t="s">
-        <v>2692</v>
+        <v>2694</v>
       </c>
       <c r="C290" t="s">
-        <v>2693</v>
+        <v>2695</v>
       </c>
       <c r="D290" t="s">
-        <v>2694</v>
+        <v>2696</v>
       </c>
       <c r="E290" t="s">
-        <v>2695</v>
+        <v>2697</v>
       </c>
       <c r="F290" t="s">
-        <v>2696</v>
+        <v>2698</v>
       </c>
       <c r="G290" t="s">
-        <v>2697</v>
+        <v>2699</v>
       </c>
       <c r="H290" t="s">
-        <v>2698</v>
+        <v>2700</v>
       </c>
       <c r="I290" t="s">
-        <v>2699</v>
+        <v>2701</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
         <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
         <v>27</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2700</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>65017</v>
+        <v>65014</v>
       </c>
       <c r="B291" t="s">
-        <v>2701</v>
+        <v>2703</v>
       </c>
       <c r="C291" t="s">
-        <v>2702</v>
+        <v>2704</v>
       </c>
       <c r="D291" t="s">
-        <v>2703</v>
+        <v>2705</v>
       </c>
       <c r="E291" t="s">
-        <v>2704</v>
+        <v>2706</v>
       </c>
       <c r="F291" t="s">
-        <v>2705</v>
+        <v>2707</v>
       </c>
       <c r="G291" t="s">
-        <v>2706</v>
+        <v>2708</v>
       </c>
       <c r="H291" t="s">
-        <v>2707</v>
+        <v>2709</v>
       </c>
       <c r="I291" t="s">
-        <v>2708</v>
+        <v>2710</v>
       </c>
       <c r="J291" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K291" t="s">
-        <v>2709</v>
+        <v>451</v>
       </c>
       <c r="L291" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M291" t="s">
-        <v>2710</v>
+        <v>452</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
         <v>2711</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>65018</v>
+        <v>65015</v>
       </c>
       <c r="B292" t="s">
         <v>2712</v>
       </c>
       <c r="C292" t="s">
         <v>2713</v>
       </c>
       <c r="D292" t="s">
         <v>2714</v>
       </c>
       <c r="E292" t="s">
         <v>2715</v>
       </c>
       <c r="F292" t="s">
         <v>2716</v>
       </c>
       <c r="G292" t="s">
         <v>2717</v>
       </c>
       <c r="H292" t="s">
         <v>2718</v>
       </c>
       <c r="I292" t="s">
         <v>2719</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
+        <v>112</v>
+      </c>
+      <c r="L292" t="s">
+        <v>26</v>
+      </c>
+      <c r="M292" t="s">
+        <v>113</v>
+      </c>
+      <c r="N292" t="s">
+        <v>28</v>
+      </c>
+      <c r="O292" t="s">
         <v>2720</v>
-      </c>
-[...10 lines deleted...]
-        <v>2722</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>65019</v>
+        <v>65016</v>
       </c>
       <c r="B293" t="s">
+        <v>2721</v>
+      </c>
+      <c r="C293" t="s">
+        <v>2722</v>
+      </c>
+      <c r="D293" t="s">
         <v>2723</v>
       </c>
-      <c r="C293" t="s">
+      <c r="E293" t="s">
         <v>2724</v>
       </c>
-      <c r="D293" t="s">
+      <c r="F293" t="s">
         <v>2725</v>
       </c>
-      <c r="E293" t="s">
+      <c r="G293" t="s">
         <v>2726</v>
       </c>
-      <c r="F293" t="s">
+      <c r="H293" t="s">
         <v>2727</v>
       </c>
-      <c r="G293" t="s">
+      <c r="I293" t="s">
         <v>2728</v>
       </c>
-      <c r="H293" t="s">
+      <c r="J293" t="s">
+        <v>24</v>
+      </c>
+      <c r="K293" t="s">
+        <v>25</v>
+      </c>
+      <c r="L293" t="s">
+        <v>26</v>
+      </c>
+      <c r="M293" t="s">
+        <v>27</v>
+      </c>
+      <c r="N293" t="s">
+        <v>28</v>
+      </c>
+      <c r="O293" t="s">
         <v>2729</v>
-      </c>
-[...19 lines deleted...]
-        <v>2731</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>65020</v>
+        <v>65017</v>
       </c>
       <c r="B294" t="s">
+        <v>2730</v>
+      </c>
+      <c r="C294" t="s">
+        <v>2731</v>
+      </c>
+      <c r="D294" t="s">
         <v>2732</v>
       </c>
-      <c r="C294" t="s">
+      <c r="E294" t="s">
         <v>2733</v>
       </c>
-      <c r="D294" t="s">
+      <c r="F294" t="s">
         <v>2734</v>
       </c>
-      <c r="E294" t="s">
+      <c r="G294" t="s">
         <v>2735</v>
       </c>
-      <c r="F294" t="s">
+      <c r="H294" t="s">
         <v>2736</v>
       </c>
-      <c r="G294" t="s">
+      <c r="I294" t="s">
         <v>2737</v>
       </c>
-      <c r="H294" t="s">
+      <c r="J294" t="s">
+        <v>24</v>
+      </c>
+      <c r="K294" t="s">
         <v>2738</v>
       </c>
-      <c r="I294" t="s">
+      <c r="L294" t="s">
+        <v>26</v>
+      </c>
+      <c r="M294" t="s">
         <v>2739</v>
       </c>
-      <c r="J294" t="s">
-[...2 lines deleted...]
-      <c r="K294" t="s">
+      <c r="N294" t="s">
+        <v>28</v>
+      </c>
+      <c r="O294" t="s">
         <v>2740</v>
-      </c>
-[...10 lines deleted...]
-        <v>2742</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>65021</v>
+        <v>65018</v>
       </c>
       <c r="B295" t="s">
+        <v>2741</v>
+      </c>
+      <c r="C295" t="s">
+        <v>2742</v>
+      </c>
+      <c r="D295" t="s">
         <v>2743</v>
       </c>
-      <c r="C295" t="s">
+      <c r="E295" t="s">
         <v>2744</v>
       </c>
-      <c r="D295" t="s">
+      <c r="F295" t="s">
         <v>2745</v>
       </c>
-      <c r="E295" t="s">
+      <c r="G295" t="s">
         <v>2746</v>
       </c>
-      <c r="F295" t="s">
+      <c r="H295" t="s">
         <v>2747</v>
       </c>
-      <c r="G295" t="s">
+      <c r="I295" t="s">
         <v>2748</v>
       </c>
-      <c r="H295" t="s">
+      <c r="J295" t="s">
+        <v>24</v>
+      </c>
+      <c r="K295" t="s">
         <v>2749</v>
       </c>
-      <c r="I295" t="s">
+      <c r="L295" t="s">
+        <v>26</v>
+      </c>
+      <c r="M295" t="s">
         <v>2750</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
         <v>2751</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>65022</v>
+        <v>65019</v>
       </c>
       <c r="B296" t="s">
         <v>2752</v>
       </c>
       <c r="C296" t="s">
         <v>2753</v>
       </c>
       <c r="D296" t="s">
         <v>2754</v>
       </c>
       <c r="E296" t="s">
         <v>2755</v>
       </c>
       <c r="F296" t="s">
         <v>2756</v>
       </c>
       <c r="G296" t="s">
         <v>2757</v>
       </c>
       <c r="H296" t="s">
         <v>2758</v>
       </c>
       <c r="I296" t="s">
         <v>2759</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
         <v>2760</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>65023</v>
+        <v>65020</v>
       </c>
       <c r="B297" t="s">
         <v>2761</v>
       </c>
       <c r="C297" t="s">
         <v>2762</v>
       </c>
       <c r="D297" t="s">
         <v>2763</v>
       </c>
       <c r="E297" t="s">
         <v>2764</v>
       </c>
       <c r="F297" t="s">
         <v>2765</v>
       </c>
       <c r="G297" t="s">
         <v>2766</v>
       </c>
       <c r="H297" t="s">
         <v>2767</v>
       </c>
       <c r="I297" t="s">
         <v>2768</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>25</v>
+        <v>2769</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
-        <v>27</v>
+        <v>2770</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2769</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>65025</v>
+        <v>65021</v>
       </c>
       <c r="B298" t="s">
-        <v>2770</v>
+        <v>2772</v>
       </c>
       <c r="C298" t="s">
-        <v>2771</v>
+        <v>2773</v>
       </c>
       <c r="D298" t="s">
-        <v>2772</v>
+        <v>2774</v>
       </c>
       <c r="E298" t="s">
-        <v>2773</v>
+        <v>2775</v>
       </c>
       <c r="F298" t="s">
-        <v>2774</v>
+        <v>2776</v>
       </c>
       <c r="G298" t="s">
-        <v>2775</v>
+        <v>2777</v>
       </c>
       <c r="H298" t="s">
-        <v>2776</v>
+        <v>2778</v>
       </c>
       <c r="I298" t="s">
-        <v>2777</v>
+        <v>2779</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
         <v>25</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
         <v>27</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2778</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>65026</v>
+        <v>65022</v>
       </c>
       <c r="B299" t="s">
-        <v>2779</v>
+        <v>2781</v>
       </c>
       <c r="C299" t="s">
-        <v>2780</v>
+        <v>2782</v>
       </c>
       <c r="D299" t="s">
-        <v>2781</v>
+        <v>2783</v>
       </c>
       <c r="E299" t="s">
-        <v>2782</v>
+        <v>2784</v>
       </c>
       <c r="F299" t="s">
-        <v>2783</v>
+        <v>2785</v>
       </c>
       <c r="G299" t="s">
-        <v>2784</v>
+        <v>2786</v>
       </c>
       <c r="H299" t="s">
-        <v>2785</v>
+        <v>2787</v>
       </c>
       <c r="I299" t="s">
-        <v>2786</v>
+        <v>2788</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
         <v>25</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
         <v>27</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2787</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>65027</v>
+        <v>65023</v>
       </c>
       <c r="B300" t="s">
-        <v>2788</v>
+        <v>2790</v>
       </c>
       <c r="C300" t="s">
-        <v>2789</v>
+        <v>2791</v>
       </c>
       <c r="D300" t="s">
-        <v>2790</v>
+        <v>2792</v>
       </c>
       <c r="E300" t="s">
-        <v>2791</v>
+        <v>2793</v>
       </c>
       <c r="F300" t="s">
-        <v>2792</v>
+        <v>2794</v>
       </c>
       <c r="G300" t="s">
-        <v>2793</v>
+        <v>2795</v>
       </c>
       <c r="H300" t="s">
-        <v>2794</v>
+        <v>2796</v>
       </c>
       <c r="I300" t="s">
-        <v>2795</v>
+        <v>2797</v>
       </c>
       <c r="J300" t="s">
         <v>24</v>
       </c>
       <c r="K300" t="s">
-        <v>451</v>
+        <v>25</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
-        <v>452</v>
+        <v>27</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2796</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>65028</v>
+        <v>65025</v>
       </c>
       <c r="B301" t="s">
-        <v>2797</v>
+        <v>2799</v>
       </c>
       <c r="C301" t="s">
-        <v>2798</v>
+        <v>2800</v>
       </c>
       <c r="D301" t="s">
-        <v>2799</v>
+        <v>2801</v>
       </c>
       <c r="E301" t="s">
-        <v>2800</v>
+        <v>2802</v>
       </c>
       <c r="F301" t="s">
-        <v>2801</v>
+        <v>2803</v>
       </c>
       <c r="G301" t="s">
-        <v>2802</v>
+        <v>2804</v>
       </c>
       <c r="H301" t="s">
-        <v>2803</v>
+        <v>2805</v>
       </c>
       <c r="I301" t="s">
-        <v>2804</v>
+        <v>2806</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
         <v>25</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
         <v>27</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2805</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>65030</v>
+        <v>65026</v>
       </c>
       <c r="B302" t="s">
-        <v>2806</v>
+        <v>2808</v>
       </c>
       <c r="C302" t="s">
-        <v>2807</v>
+        <v>2809</v>
       </c>
       <c r="D302" t="s">
-        <v>2808</v>
+        <v>2810</v>
       </c>
       <c r="E302" t="s">
-        <v>2809</v>
+        <v>2811</v>
       </c>
       <c r="F302" t="s">
-        <v>2810</v>
+        <v>2812</v>
       </c>
       <c r="G302" t="s">
-        <v>2811</v>
+        <v>2813</v>
       </c>
       <c r="H302" t="s">
-        <v>2812</v>
+        <v>2814</v>
       </c>
       <c r="I302" t="s">
-        <v>2813</v>
+        <v>2815</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
         <v>25</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
         <v>27</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2814</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>65031</v>
+        <v>65027</v>
       </c>
       <c r="B303" t="s">
-        <v>2815</v>
+        <v>2817</v>
       </c>
       <c r="C303" t="s">
-        <v>2816</v>
+        <v>2818</v>
       </c>
       <c r="D303" t="s">
-        <v>2817</v>
+        <v>2819</v>
       </c>
       <c r="E303" t="s">
-        <v>2818</v>
+        <v>2820</v>
       </c>
       <c r="F303" t="s">
-        <v>2819</v>
+        <v>2821</v>
       </c>
       <c r="G303" t="s">
-        <v>2820</v>
+        <v>2822</v>
       </c>
       <c r="H303" t="s">
-        <v>2821</v>
+        <v>2823</v>
       </c>
       <c r="I303" t="s">
-        <v>2822</v>
+        <v>2824</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>25</v>
+        <v>451</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
-        <v>27</v>
+        <v>452</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2823</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>65032</v>
+        <v>65028</v>
       </c>
       <c r="B304" t="s">
-        <v>2824</v>
+        <v>2826</v>
       </c>
       <c r="C304" t="s">
-        <v>2825</v>
+        <v>2827</v>
       </c>
       <c r="D304" t="s">
-        <v>2826</v>
+        <v>2828</v>
       </c>
       <c r="E304" t="s">
-        <v>2827</v>
+        <v>2829</v>
       </c>
       <c r="F304" t="s">
-        <v>2828</v>
+        <v>2830</v>
       </c>
       <c r="G304" t="s">
-        <v>2829</v>
+        <v>2831</v>
       </c>
       <c r="H304" t="s">
-        <v>2830</v>
+        <v>2832</v>
       </c>
       <c r="I304" t="s">
-        <v>2831</v>
+        <v>2833</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2832</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>65033</v>
+        <v>65030</v>
       </c>
       <c r="B305" t="s">
-        <v>2833</v>
+        <v>2835</v>
       </c>
       <c r="C305" t="s">
-        <v>2834</v>
+        <v>2836</v>
       </c>
       <c r="D305" t="s">
-        <v>2835</v>
+        <v>2837</v>
       </c>
       <c r="E305" t="s">
-        <v>2836</v>
+        <v>2838</v>
       </c>
       <c r="F305" t="s">
-        <v>2837</v>
+        <v>2839</v>
       </c>
       <c r="G305" t="s">
-        <v>2838</v>
+        <v>2840</v>
       </c>
       <c r="H305" t="s">
-        <v>2839</v>
+        <v>2841</v>
       </c>
       <c r="I305" t="s">
-        <v>2840</v>
+        <v>2842</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>2841</v>
+        <v>25</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
-        <v>2842</v>
+        <v>27</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
         <v>2843</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>65034</v>
+        <v>65031</v>
       </c>
       <c r="B306" t="s">
         <v>2844</v>
       </c>
       <c r="C306" t="s">
         <v>2845</v>
       </c>
       <c r="D306" t="s">
         <v>2846</v>
       </c>
       <c r="E306" t="s">
         <v>2847</v>
       </c>
       <c r="F306" t="s">
         <v>2848</v>
       </c>
       <c r="G306" t="s">
         <v>2849</v>
       </c>
       <c r="H306" t="s">
         <v>2850</v>
       </c>
       <c r="I306" t="s">
         <v>2851</v>
       </c>
       <c r="J306" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>2030</v>
+        <v>25</v>
       </c>
       <c r="L306" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>2031</v>
+        <v>27</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
         <v>2852</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>65035</v>
+        <v>65032</v>
       </c>
       <c r="B307" t="s">
         <v>2853</v>
       </c>
       <c r="C307" t="s">
         <v>2854</v>
       </c>
       <c r="D307" t="s">
         <v>2855</v>
       </c>
       <c r="E307" t="s">
         <v>2856</v>
       </c>
       <c r="F307" t="s">
         <v>2857</v>
       </c>
       <c r="G307" t="s">
         <v>2858</v>
       </c>
       <c r="H307" t="s">
         <v>2859</v>
       </c>
       <c r="I307" t="s">
         <v>2860</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
         <v>2861</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>65036</v>
+        <v>65033</v>
       </c>
       <c r="B308" t="s">
         <v>2862</v>
       </c>
       <c r="C308" t="s">
         <v>2863</v>
       </c>
       <c r="D308" t="s">
         <v>2864</v>
       </c>
       <c r="E308" t="s">
         <v>2865</v>
       </c>
       <c r="F308" t="s">
         <v>2866</v>
       </c>
       <c r="G308" t="s">
         <v>2867</v>
       </c>
       <c r="H308" t="s">
         <v>2868</v>
       </c>
       <c r="I308" t="s">
         <v>2869</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>25</v>
+        <v>2870</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
-        <v>27</v>
+        <v>2871</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2870</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>65037</v>
+        <v>65034</v>
       </c>
       <c r="B309" t="s">
-        <v>2871</v>
+        <v>2873</v>
       </c>
       <c r="C309" t="s">
-        <v>2872</v>
+        <v>2874</v>
       </c>
       <c r="D309" t="s">
-        <v>2873</v>
+        <v>2875</v>
       </c>
       <c r="E309" t="s">
-        <v>2874</v>
+        <v>2876</v>
       </c>
       <c r="F309" t="s">
-        <v>2875</v>
+        <v>2877</v>
       </c>
       <c r="G309" t="s">
-        <v>2876</v>
+        <v>2878</v>
       </c>
       <c r="H309" t="s">
-        <v>2877</v>
+        <v>2879</v>
       </c>
       <c r="I309" t="s">
-        <v>2878</v>
+        <v>2880</v>
       </c>
       <c r="J309" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K309" t="s">
-        <v>25</v>
+        <v>2059</v>
       </c>
       <c r="L309" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M309" t="s">
-        <v>27</v>
+        <v>2060</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2879</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>65038</v>
+        <v>65035</v>
       </c>
       <c r="B310" t="s">
-        <v>2880</v>
+        <v>2882</v>
       </c>
       <c r="C310" t="s">
-        <v>2881</v>
+        <v>2883</v>
       </c>
       <c r="D310" t="s">
-        <v>2882</v>
+        <v>2884</v>
       </c>
       <c r="E310" t="s">
-        <v>2883</v>
+        <v>2885</v>
       </c>
       <c r="F310" t="s">
-        <v>2884</v>
+        <v>2886</v>
       </c>
       <c r="G310" t="s">
-        <v>2885</v>
+        <v>2887</v>
       </c>
       <c r="H310" t="s">
-        <v>2886</v>
+        <v>2888</v>
       </c>
       <c r="I310" t="s">
-        <v>2887</v>
+        <v>2889</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2888</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>65039</v>
+        <v>65036</v>
       </c>
       <c r="B311" t="s">
-        <v>2889</v>
+        <v>2891</v>
       </c>
       <c r="C311" t="s">
-        <v>2890</v>
+        <v>2892</v>
       </c>
       <c r="D311" t="s">
-        <v>2891</v>
+        <v>2893</v>
       </c>
       <c r="E311" t="s">
-        <v>2892</v>
+        <v>2894</v>
       </c>
       <c r="F311" t="s">
-        <v>2893</v>
+        <v>2895</v>
       </c>
       <c r="G311" t="s">
-        <v>2894</v>
+        <v>2896</v>
       </c>
       <c r="H311" t="s">
-        <v>2895</v>
+        <v>2897</v>
       </c>
       <c r="I311" t="s">
-        <v>2896</v>
+        <v>2898</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2897</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>65040</v>
+        <v>65037</v>
       </c>
       <c r="B312" t="s">
-        <v>2898</v>
+        <v>2900</v>
       </c>
       <c r="C312" t="s">
-        <v>2899</v>
+        <v>2901</v>
       </c>
       <c r="D312" t="s">
-        <v>2900</v>
+        <v>2902</v>
       </c>
       <c r="E312" t="s">
-        <v>2901</v>
+        <v>2903</v>
       </c>
       <c r="F312" t="s">
-        <v>2902</v>
+        <v>2904</v>
       </c>
       <c r="G312" t="s">
-        <v>2903</v>
+        <v>2905</v>
       </c>
       <c r="H312" t="s">
-        <v>2904</v>
+        <v>2906</v>
       </c>
       <c r="I312" t="s">
-        <v>2905</v>
+        <v>2907</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>1312</v>
+        <v>25</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>1313</v>
+        <v>27</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2906</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>65043</v>
+        <v>65038</v>
       </c>
       <c r="B313" t="s">
-        <v>2907</v>
+        <v>2909</v>
       </c>
       <c r="C313" t="s">
-        <v>2908</v>
+        <v>2910</v>
       </c>
       <c r="D313" t="s">
-        <v>2909</v>
+        <v>2911</v>
       </c>
       <c r="E313" t="s">
-        <v>2910</v>
+        <v>2912</v>
       </c>
       <c r="F313" t="s">
-        <v>2911</v>
+        <v>2913</v>
       </c>
       <c r="G313" t="s">
-        <v>2912</v>
+        <v>2914</v>
       </c>
       <c r="H313" t="s">
-        <v>2913</v>
+        <v>2915</v>
       </c>
       <c r="I313" t="s">
-        <v>2914</v>
+        <v>2916</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2915</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>65044</v>
+        <v>65039</v>
       </c>
       <c r="B314" t="s">
-        <v>2916</v>
+        <v>2918</v>
       </c>
       <c r="C314" t="s">
-        <v>2917</v>
+        <v>2919</v>
       </c>
       <c r="D314" t="s">
-        <v>2918</v>
+        <v>2920</v>
       </c>
       <c r="E314" t="s">
-        <v>2919</v>
+        <v>2921</v>
       </c>
       <c r="F314" t="s">
-        <v>2920</v>
+        <v>2922</v>
       </c>
       <c r="G314" t="s">
-        <v>2921</v>
+        <v>2923</v>
       </c>
       <c r="H314" t="s">
-        <v>2922</v>
+        <v>2924</v>
       </c>
       <c r="I314" t="s">
-        <v>2923</v>
+        <v>2925</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2924</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>65045</v>
+        <v>65040</v>
       </c>
       <c r="B315" t="s">
-        <v>2925</v>
+        <v>2927</v>
       </c>
       <c r="C315" t="s">
-        <v>2926</v>
+        <v>2928</v>
       </c>
       <c r="D315" t="s">
-        <v>2927</v>
+        <v>2929</v>
       </c>
       <c r="E315" t="s">
-        <v>2928</v>
+        <v>2930</v>
       </c>
       <c r="F315" t="s">
-        <v>2929</v>
+        <v>2931</v>
       </c>
       <c r="G315" t="s">
-        <v>2930</v>
+        <v>2932</v>
       </c>
       <c r="H315" t="s">
-        <v>2931</v>
+        <v>2933</v>
       </c>
       <c r="I315" t="s">
-        <v>2932</v>
+        <v>2934</v>
       </c>
       <c r="J315" t="s">
-        <v>2933</v>
+        <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>2934</v>
+        <v>1020</v>
       </c>
       <c r="L315" t="s">
+        <v>26</v>
+      </c>
+      <c r="M315" t="s">
+        <v>1022</v>
+      </c>
+      <c r="N315" t="s">
+        <v>28</v>
+      </c>
+      <c r="O315" t="s">
         <v>2935</v>
-      </c>
-[...7 lines deleted...]
-        <v>2937</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>65046</v>
+        <v>65043</v>
       </c>
       <c r="B316" t="s">
+        <v>2936</v>
+      </c>
+      <c r="C316" t="s">
+        <v>2937</v>
+      </c>
+      <c r="D316" t="s">
         <v>2938</v>
       </c>
-      <c r="C316" t="s">
+      <c r="E316" t="s">
         <v>2939</v>
       </c>
-      <c r="D316" t="s">
+      <c r="F316" t="s">
         <v>2940</v>
       </c>
-      <c r="E316" t="s">
+      <c r="G316" t="s">
         <v>2941</v>
       </c>
-      <c r="F316" t="s">
+      <c r="H316" t="s">
         <v>2942</v>
       </c>
-      <c r="G316" t="s">
+      <c r="I316" t="s">
         <v>2943</v>
       </c>
-      <c r="H316" t="s">
+      <c r="J316" t="s">
+        <v>24</v>
+      </c>
+      <c r="K316" t="s">
+        <v>25</v>
+      </c>
+      <c r="L316" t="s">
+        <v>26</v>
+      </c>
+      <c r="M316" t="s">
+        <v>27</v>
+      </c>
+      <c r="N316" t="s">
+        <v>28</v>
+      </c>
+      <c r="O316" t="s">
         <v>2944</v>
-      </c>
-[...19 lines deleted...]
-        <v>2946</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>65047</v>
+        <v>65044</v>
       </c>
       <c r="B317" t="s">
+        <v>2945</v>
+      </c>
+      <c r="C317" t="s">
+        <v>2946</v>
+      </c>
+      <c r="D317" t="s">
         <v>2947</v>
       </c>
-      <c r="C317" t="s">
+      <c r="E317" t="s">
         <v>2948</v>
       </c>
-      <c r="D317" t="s">
+      <c r="F317" t="s">
         <v>2949</v>
       </c>
-      <c r="E317" t="s">
+      <c r="G317" t="s">
         <v>2950</v>
       </c>
-      <c r="F317" t="s">
+      <c r="H317" t="s">
         <v>2951</v>
       </c>
-      <c r="G317" t="s">
+      <c r="I317" t="s">
         <v>2952</v>
       </c>
-      <c r="H317" t="s">
+      <c r="J317" t="s">
+        <v>24</v>
+      </c>
+      <c r="K317" t="s">
+        <v>25</v>
+      </c>
+      <c r="L317" t="s">
+        <v>26</v>
+      </c>
+      <c r="M317" t="s">
+        <v>27</v>
+      </c>
+      <c r="N317" t="s">
+        <v>28</v>
+      </c>
+      <c r="O317" t="s">
         <v>2953</v>
-      </c>
-[...19 lines deleted...]
-        <v>2955</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>65049</v>
+        <v>65045</v>
       </c>
       <c r="B318" t="s">
+        <v>2954</v>
+      </c>
+      <c r="C318" t="s">
+        <v>2955</v>
+      </c>
+      <c r="D318" t="s">
         <v>2956</v>
       </c>
-      <c r="C318" t="s">
+      <c r="E318" t="s">
         <v>2957</v>
       </c>
-      <c r="D318" t="s">
+      <c r="F318" t="s">
         <v>2958</v>
       </c>
-      <c r="E318" t="s">
+      <c r="G318" t="s">
         <v>2959</v>
       </c>
-      <c r="F318" t="s">
+      <c r="H318" t="s">
         <v>2960</v>
       </c>
-      <c r="G318" t="s">
+      <c r="I318" t="s">
         <v>2961</v>
       </c>
-      <c r="H318" t="s">
+      <c r="J318" t="s">
         <v>2962</v>
       </c>
-      <c r="I318" t="s">
+      <c r="K318" t="s">
         <v>2963</v>
       </c>
-      <c r="J318" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L318" t="s">
-        <v>26</v>
+        <v>2964</v>
       </c>
       <c r="M318" t="s">
-        <v>785</v>
+        <v>2965</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2964</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>65050</v>
+        <v>65046</v>
       </c>
       <c r="B319" t="s">
-        <v>2965</v>
+        <v>2967</v>
       </c>
       <c r="C319" t="s">
-        <v>2966</v>
+        <v>2968</v>
       </c>
       <c r="D319" t="s">
-        <v>2967</v>
+        <v>2969</v>
       </c>
       <c r="E319" t="s">
-        <v>2968</v>
+        <v>2970</v>
       </c>
       <c r="F319" t="s">
-        <v>2969</v>
+        <v>2971</v>
       </c>
       <c r="G319" t="s">
-        <v>2970</v>
+        <v>2972</v>
       </c>
       <c r="H319" t="s">
-        <v>2971</v>
+        <v>2973</v>
       </c>
       <c r="I319" t="s">
-        <v>2972</v>
+        <v>2974</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2973</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>65051</v>
+        <v>65047</v>
       </c>
       <c r="B320" t="s">
-        <v>2974</v>
+        <v>2976</v>
       </c>
       <c r="C320" t="s">
-        <v>2975</v>
+        <v>2977</v>
       </c>
       <c r="D320" t="s">
-        <v>2976</v>
+        <v>2978</v>
       </c>
       <c r="E320" t="s">
-        <v>2977</v>
+        <v>2979</v>
       </c>
       <c r="F320" t="s">
-        <v>2978</v>
+        <v>2980</v>
       </c>
       <c r="G320" t="s">
-        <v>2979</v>
+        <v>2981</v>
       </c>
       <c r="H320" t="s">
-        <v>2980</v>
+        <v>2982</v>
       </c>
       <c r="I320" t="s">
-        <v>2981</v>
+        <v>2983</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>499</v>
+        <v>2963</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
-        <v>501</v>
+        <v>2965</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2982</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>65053</v>
+        <v>65049</v>
       </c>
       <c r="B321" t="s">
-        <v>2983</v>
+        <v>2985</v>
       </c>
       <c r="C321" t="s">
-        <v>2984</v>
+        <v>2986</v>
       </c>
       <c r="D321" t="s">
-        <v>2985</v>
+        <v>2987</v>
       </c>
       <c r="E321" t="s">
-        <v>2986</v>
+        <v>2988</v>
       </c>
       <c r="F321" t="s">
-        <v>2987</v>
+        <v>2989</v>
       </c>
       <c r="G321" t="s">
-        <v>2988</v>
+        <v>2990</v>
       </c>
       <c r="H321" t="s">
-        <v>2989</v>
+        <v>2991</v>
       </c>
       <c r="I321" t="s">
-        <v>2990</v>
+        <v>2992</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>112</v>
+        <v>784</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>113</v>
+        <v>785</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2991</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>65054</v>
+        <v>65050</v>
       </c>
       <c r="B322" t="s">
-        <v>2992</v>
+        <v>2994</v>
       </c>
       <c r="C322" t="s">
-        <v>2993</v>
+        <v>2995</v>
       </c>
       <c r="D322" t="s">
-        <v>2994</v>
+        <v>2996</v>
       </c>
       <c r="E322" t="s">
-        <v>2995</v>
+        <v>2997</v>
       </c>
       <c r="F322" t="s">
-        <v>2996</v>
+        <v>2998</v>
       </c>
       <c r="G322" t="s">
-        <v>2997</v>
+        <v>2999</v>
       </c>
       <c r="H322" t="s">
-        <v>2998</v>
+        <v>3000</v>
       </c>
       <c r="I322" t="s">
-        <v>2999</v>
+        <v>3001</v>
       </c>
       <c r="J322" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="L322" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M322" t="s">
-        <v>151</v>
+        <v>27</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>3000</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>65055</v>
+        <v>65051</v>
       </c>
       <c r="B323" t="s">
-        <v>3001</v>
+        <v>3003</v>
       </c>
       <c r="C323" t="s">
-        <v>3002</v>
+        <v>3004</v>
       </c>
       <c r="D323" t="s">
-        <v>3003</v>
+        <v>3005</v>
       </c>
       <c r="E323" t="s">
-        <v>3004</v>
+        <v>3006</v>
       </c>
       <c r="F323" t="s">
-        <v>3005</v>
+        <v>3007</v>
       </c>
       <c r="G323" t="s">
-        <v>3006</v>
+        <v>3008</v>
       </c>
       <c r="H323" t="s">
-        <v>3007</v>
+        <v>3009</v>
       </c>
       <c r="I323" t="s">
-        <v>3008</v>
+        <v>3010</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>2030</v>
+        <v>499</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>2031</v>
+        <v>501</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>3009</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>65057</v>
+        <v>65053</v>
       </c>
       <c r="B324" t="s">
-        <v>3010</v>
+        <v>3012</v>
       </c>
       <c r="C324" t="s">
-        <v>3011</v>
+        <v>3013</v>
       </c>
       <c r="D324" t="s">
-        <v>3012</v>
+        <v>3014</v>
       </c>
       <c r="E324" t="s">
-        <v>3013</v>
+        <v>3015</v>
       </c>
       <c r="F324" t="s">
-        <v>3014</v>
+        <v>3016</v>
       </c>
       <c r="G324" t="s">
-        <v>3015</v>
+        <v>3017</v>
       </c>
       <c r="H324" t="s">
-        <v>3016</v>
+        <v>3018</v>
       </c>
       <c r="I324" t="s">
-        <v>3017</v>
+        <v>3019</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>607</v>
+        <v>112</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>608</v>
+        <v>113</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>3018</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>65058</v>
+        <v>65054</v>
       </c>
       <c r="B325" t="s">
-        <v>3019</v>
+        <v>3021</v>
       </c>
       <c r="C325" t="s">
-        <v>3020</v>
+        <v>3022</v>
       </c>
       <c r="D325" t="s">
-        <v>3021</v>
+        <v>3023</v>
       </c>
       <c r="E325" t="s">
-        <v>3022</v>
+        <v>3024</v>
       </c>
       <c r="F325" t="s">
-        <v>3023</v>
+        <v>3025</v>
       </c>
       <c r="G325" t="s">
-        <v>3024</v>
+        <v>3026</v>
       </c>
       <c r="H325" t="s">
-        <v>3025</v>
+        <v>3027</v>
       </c>
       <c r="I325" t="s">
-        <v>3026</v>
+        <v>3028</v>
       </c>
       <c r="J325" t="s">
         <v>498</v>
       </c>
       <c r="K325" t="s">
-        <v>451</v>
+        <v>150</v>
       </c>
       <c r="L325" t="s">
         <v>500</v>
       </c>
       <c r="M325" t="s">
-        <v>452</v>
+        <v>151</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3027</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>65059</v>
+        <v>65055</v>
       </c>
       <c r="B326" t="s">
-        <v>3028</v>
+        <v>3030</v>
       </c>
       <c r="C326" t="s">
-        <v>3029</v>
+        <v>3031</v>
       </c>
       <c r="D326" t="s">
-        <v>3030</v>
+        <v>3032</v>
       </c>
       <c r="E326" t="s">
-        <v>3031</v>
+        <v>3033</v>
       </c>
       <c r="F326" t="s">
-        <v>3032</v>
+        <v>3034</v>
       </c>
       <c r="G326" t="s">
-        <v>3033</v>
+        <v>3035</v>
       </c>
       <c r="H326" t="s">
-        <v>3034</v>
+        <v>3036</v>
       </c>
       <c r="I326" t="s">
-        <v>3035</v>
+        <v>3037</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>112</v>
+        <v>2059</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
-        <v>113</v>
+        <v>2060</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3036</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>65060</v>
+        <v>65057</v>
       </c>
       <c r="B327" t="s">
-        <v>3037</v>
+        <v>3039</v>
       </c>
       <c r="C327" t="s">
-        <v>3038</v>
+        <v>3040</v>
       </c>
       <c r="D327" t="s">
-        <v>3039</v>
+        <v>3041</v>
       </c>
       <c r="E327" t="s">
-        <v>3040</v>
+        <v>3042</v>
       </c>
       <c r="F327" t="s">
-        <v>3041</v>
+        <v>3043</v>
       </c>
       <c r="G327" t="s">
-        <v>3042</v>
+        <v>3044</v>
       </c>
       <c r="H327" t="s">
-        <v>3043</v>
+        <v>3045</v>
       </c>
       <c r="I327" t="s">
-        <v>3044</v>
+        <v>3046</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
-        <v>47</v>
+        <v>607</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
-        <v>48</v>
+        <v>608</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3045</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>65061</v>
+        <v>65058</v>
       </c>
       <c r="B328" t="s">
-        <v>3046</v>
+        <v>3048</v>
       </c>
       <c r="C328" t="s">
-        <v>3047</v>
+        <v>3049</v>
       </c>
       <c r="D328" t="s">
-        <v>3048</v>
+        <v>3050</v>
       </c>
       <c r="E328" t="s">
-        <v>3049</v>
+        <v>3051</v>
       </c>
       <c r="F328" t="s">
-        <v>3050</v>
+        <v>3052</v>
       </c>
       <c r="G328" t="s">
-        <v>3051</v>
+        <v>3053</v>
       </c>
       <c r="H328" t="s">
-        <v>3052</v>
+        <v>3054</v>
       </c>
       <c r="I328" t="s">
-        <v>3053</v>
+        <v>3055</v>
       </c>
       <c r="J328" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K328" t="s">
-        <v>1312</v>
+        <v>451</v>
       </c>
       <c r="L328" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M328" t="s">
-        <v>1313</v>
+        <v>452</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3054</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>65062</v>
+        <v>65059</v>
       </c>
       <c r="B329" t="s">
-        <v>3055</v>
+        <v>3057</v>
       </c>
       <c r="C329" t="s">
-        <v>3056</v>
+        <v>3058</v>
       </c>
       <c r="D329" t="s">
-        <v>3057</v>
+        <v>3059</v>
       </c>
       <c r="E329" t="s">
-        <v>3058</v>
+        <v>3060</v>
       </c>
       <c r="F329" t="s">
-        <v>3059</v>
+        <v>3061</v>
       </c>
       <c r="G329" t="s">
-        <v>3060</v>
+        <v>3062</v>
       </c>
       <c r="H329" t="s">
-        <v>3061</v>
+        <v>3063</v>
       </c>
       <c r="I329" t="s">
-        <v>3062</v>
+        <v>3064</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3063</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>65063</v>
+        <v>65060</v>
       </c>
       <c r="B330" t="s">
-        <v>3064</v>
+        <v>3066</v>
       </c>
       <c r="C330" t="s">
-        <v>3065</v>
+        <v>3067</v>
       </c>
       <c r="D330" t="s">
-        <v>3066</v>
+        <v>3068</v>
       </c>
       <c r="E330" t="s">
-        <v>3067</v>
+        <v>3069</v>
       </c>
       <c r="F330" t="s">
-        <v>3068</v>
+        <v>3070</v>
       </c>
       <c r="G330" t="s">
-        <v>3069</v>
+        <v>3071</v>
       </c>
       <c r="H330" t="s">
-        <v>3070</v>
+        <v>3072</v>
       </c>
       <c r="I330" t="s">
-        <v>3071</v>
+        <v>3073</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>3072</v>
+        <v>47</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>3073</v>
+        <v>48</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
         <v>3074</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>65065</v>
+        <v>65061</v>
       </c>
       <c r="B331" t="s">
         <v>3075</v>
       </c>
       <c r="C331" t="s">
         <v>3076</v>
       </c>
       <c r="D331" t="s">
         <v>3077</v>
       </c>
       <c r="E331" t="s">
         <v>3078</v>
       </c>
       <c r="F331" t="s">
         <v>3079</v>
       </c>
       <c r="G331" t="s">
         <v>3080</v>
       </c>
       <c r="H331" t="s">
         <v>3081</v>
       </c>
       <c r="I331" t="s">
         <v>3082</v>
       </c>
       <c r="J331" t="s">
+        <v>24</v>
+      </c>
+      <c r="K331" t="s">
+        <v>1020</v>
+      </c>
+      <c r="L331" t="s">
+        <v>26</v>
+      </c>
+      <c r="M331" t="s">
+        <v>1022</v>
+      </c>
+      <c r="N331" t="s">
+        <v>28</v>
+      </c>
+      <c r="O331" t="s">
         <v>3083</v>
-      </c>
-[...13 lines deleted...]
-        <v>3085</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>65068</v>
+        <v>65062</v>
       </c>
       <c r="B332" t="s">
+        <v>3084</v>
+      </c>
+      <c r="C332" t="s">
+        <v>3085</v>
+      </c>
+      <c r="D332" t="s">
         <v>3086</v>
       </c>
-      <c r="C332" t="s">
+      <c r="E332" t="s">
         <v>3087</v>
       </c>
-      <c r="D332" t="s">
+      <c r="F332" t="s">
         <v>3088</v>
       </c>
-      <c r="E332" t="s">
+      <c r="G332" t="s">
         <v>3089</v>
       </c>
-      <c r="F332" t="s">
+      <c r="H332" t="s">
         <v>3090</v>
       </c>
-      <c r="G332" t="s">
+      <c r="I332" t="s">
         <v>3091</v>
-      </c>
-[...4 lines deleted...]
-        <v>3093</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
         <v>25</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
         <v>27</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3094</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>65069</v>
+        <v>65063</v>
       </c>
       <c r="B333" t="s">
+        <v>3093</v>
+      </c>
+      <c r="C333" t="s">
+        <v>3094</v>
+      </c>
+      <c r="D333" t="s">
         <v>3095</v>
       </c>
-      <c r="C333" t="s">
+      <c r="E333" t="s">
         <v>3096</v>
       </c>
-      <c r="D333" t="s">
+      <c r="F333" t="s">
         <v>3097</v>
       </c>
-      <c r="E333" t="s">
+      <c r="G333" t="s">
         <v>3098</v>
       </c>
-      <c r="F333" t="s">
+      <c r="H333" t="s">
         <v>3099</v>
       </c>
-      <c r="G333" t="s">
+      <c r="I333" t="s">
         <v>3100</v>
       </c>
-      <c r="H333" t="s">
+      <c r="J333" t="s">
+        <v>24</v>
+      </c>
+      <c r="K333" t="s">
         <v>3101</v>
       </c>
-      <c r="I333" t="s">
+      <c r="L333" t="s">
+        <v>26</v>
+      </c>
+      <c r="M333" t="s">
         <v>3102</v>
-      </c>
-[...10 lines deleted...]
-        <v>113</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
         <v>3103</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>65071</v>
+        <v>65065</v>
       </c>
       <c r="B334" t="s">
         <v>3104</v>
       </c>
       <c r="C334" t="s">
         <v>3105</v>
       </c>
       <c r="D334" t="s">
         <v>3106</v>
       </c>
       <c r="E334" t="s">
         <v>3107</v>
       </c>
       <c r="F334" t="s">
         <v>3108</v>
       </c>
       <c r="G334" t="s">
         <v>3109</v>
       </c>
       <c r="H334" t="s">
         <v>3110</v>
       </c>
       <c r="I334" t="s">
         <v>3111</v>
       </c>
       <c r="J334" t="s">
-        <v>24</v>
+        <v>3112</v>
       </c>
       <c r="K334" t="s">
-        <v>25</v>
+        <v>1020</v>
       </c>
       <c r="L334" t="s">
-        <v>26</v>
+        <v>3113</v>
       </c>
       <c r="M334" t="s">
-        <v>27</v>
+        <v>1022</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3112</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>65073</v>
+        <v>65068</v>
       </c>
       <c r="B335" t="s">
-        <v>3113</v>
+        <v>3115</v>
       </c>
       <c r="C335" t="s">
-        <v>3114</v>
+        <v>3116</v>
       </c>
       <c r="D335" t="s">
-        <v>3115</v>
+        <v>3117</v>
       </c>
       <c r="E335" t="s">
-        <v>3116</v>
+        <v>3118</v>
       </c>
       <c r="F335" t="s">
-        <v>3117</v>
+        <v>3119</v>
       </c>
       <c r="G335" t="s">
-        <v>3118</v>
+        <v>3120</v>
       </c>
       <c r="H335" t="s">
-        <v>3119</v>
+        <v>3121</v>
       </c>
       <c r="I335" t="s">
-        <v>3120</v>
+        <v>3122</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
         <v>25</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
         <v>27</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3121</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>65074</v>
+        <v>65069</v>
       </c>
       <c r="B336" t="s">
-        <v>3122</v>
+        <v>3124</v>
       </c>
       <c r="C336" t="s">
-        <v>3123</v>
+        <v>3125</v>
       </c>
       <c r="D336" t="s">
-        <v>3124</v>
+        <v>3126</v>
       </c>
       <c r="E336" t="s">
-        <v>3125</v>
+        <v>3127</v>
       </c>
       <c r="F336" t="s">
-        <v>3126</v>
+        <v>3128</v>
       </c>
       <c r="G336" t="s">
-        <v>3127</v>
+        <v>3129</v>
       </c>
       <c r="H336" t="s">
-        <v>3128</v>
+        <v>3130</v>
       </c>
       <c r="I336" t="s">
-        <v>3129</v>
+        <v>3131</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>3130</v>
+        <v>112</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>3131</v>
+        <v>113</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
         <v>3132</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>65075</v>
+        <v>65071</v>
       </c>
       <c r="B337" t="s">
         <v>3133</v>
       </c>
       <c r="C337" t="s">
         <v>3134</v>
       </c>
       <c r="D337" t="s">
         <v>3135</v>
       </c>
       <c r="E337" t="s">
         <v>3136</v>
       </c>
       <c r="F337" t="s">
         <v>3137</v>
       </c>
       <c r="G337" t="s">
         <v>3138</v>
       </c>
       <c r="H337" t="s">
         <v>3139</v>
       </c>
       <c r="I337" t="s">
         <v>3140</v>
       </c>
       <c r="J337" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K337" t="s">
-        <v>2841</v>
+        <v>25</v>
       </c>
       <c r="L337" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M337" t="s">
-        <v>2842</v>
+        <v>27</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
         <v>3141</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>65076</v>
+        <v>65073</v>
       </c>
       <c r="B338" t="s">
         <v>3142</v>
       </c>
       <c r="C338" t="s">
         <v>3143</v>
       </c>
       <c r="D338" t="s">
         <v>3144</v>
       </c>
       <c r="E338" t="s">
         <v>3145</v>
       </c>
       <c r="F338" t="s">
         <v>3146</v>
       </c>
       <c r="G338" t="s">
         <v>3147</v>
       </c>
       <c r="H338" t="s">
         <v>3148</v>
       </c>
       <c r="I338" t="s">
         <v>3149</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
         <v>3150</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>65077</v>
+        <v>65074</v>
       </c>
       <c r="B339" t="s">
         <v>3151</v>
       </c>
       <c r="C339" t="s">
         <v>3152</v>
       </c>
       <c r="D339" t="s">
         <v>3153</v>
       </c>
       <c r="E339" t="s">
         <v>3154</v>
       </c>
       <c r="F339" t="s">
         <v>3155</v>
       </c>
       <c r="G339" t="s">
         <v>3156</v>
       </c>
       <c r="H339" t="s">
         <v>3157</v>
       </c>
       <c r="I339" t="s">
         <v>3158</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
-        <v>499</v>
+        <v>3159</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
-        <v>501</v>
+        <v>3160</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3159</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>65080</v>
+        <v>65075</v>
       </c>
       <c r="B340" t="s">
-        <v>3160</v>
+        <v>3162</v>
       </c>
       <c r="C340" t="s">
-        <v>3161</v>
+        <v>3163</v>
       </c>
       <c r="D340" t="s">
-        <v>3162</v>
+        <v>3164</v>
       </c>
       <c r="E340" t="s">
-        <v>3163</v>
+        <v>3165</v>
       </c>
       <c r="F340" t="s">
-        <v>3164</v>
+        <v>3166</v>
       </c>
       <c r="G340" t="s">
-        <v>3165</v>
+        <v>3167</v>
       </c>
       <c r="H340" t="s">
-        <v>3166</v>
+        <v>3168</v>
       </c>
       <c r="I340" t="s">
-        <v>3167</v>
+        <v>3169</v>
       </c>
       <c r="J340" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K340" t="s">
-        <v>47</v>
+        <v>2870</v>
       </c>
       <c r="L340" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M340" t="s">
-        <v>48</v>
+        <v>2871</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3168</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>65081</v>
+        <v>65076</v>
       </c>
       <c r="B341" t="s">
-        <v>3169</v>
+        <v>3171</v>
       </c>
       <c r="C341" t="s">
-        <v>3170</v>
+        <v>3172</v>
       </c>
       <c r="D341" t="s">
-        <v>3171</v>
+        <v>3173</v>
       </c>
       <c r="E341" t="s">
-        <v>3172</v>
+        <v>3174</v>
       </c>
       <c r="F341" t="s">
-        <v>3173</v>
+        <v>3175</v>
       </c>
       <c r="G341" t="s">
-        <v>3174</v>
+        <v>3176</v>
       </c>
       <c r="H341" t="s">
-        <v>3175</v>
+        <v>3177</v>
       </c>
       <c r="I341" t="s">
-        <v>3176</v>
+        <v>3178</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3177</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>65082</v>
+        <v>65077</v>
       </c>
       <c r="B342" t="s">
-        <v>3178</v>
+        <v>3180</v>
       </c>
       <c r="C342" t="s">
-        <v>3179</v>
+        <v>3181</v>
       </c>
       <c r="D342" t="s">
-        <v>3180</v>
+        <v>3182</v>
       </c>
       <c r="E342" t="s">
-        <v>3181</v>
+        <v>3183</v>
       </c>
       <c r="F342" t="s">
-        <v>3182</v>
+        <v>3184</v>
       </c>
       <c r="G342" t="s">
-        <v>3183</v>
+        <v>3185</v>
       </c>
       <c r="H342" t="s">
-        <v>3184</v>
+        <v>3186</v>
       </c>
       <c r="I342" t="s">
-        <v>3185</v>
+        <v>3187</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
-        <v>47</v>
+        <v>499</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
-        <v>48</v>
+        <v>501</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3186</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>65083</v>
+        <v>65080</v>
       </c>
       <c r="B343" t="s">
-        <v>3187</v>
+        <v>3189</v>
       </c>
       <c r="C343" t="s">
-        <v>3188</v>
+        <v>3190</v>
       </c>
       <c r="D343" t="s">
-        <v>3189</v>
+        <v>3191</v>
       </c>
       <c r="E343" t="s">
-        <v>3190</v>
+        <v>3192</v>
       </c>
       <c r="F343" t="s">
-        <v>3191</v>
+        <v>3193</v>
       </c>
       <c r="G343" t="s">
-        <v>3192</v>
+        <v>3194</v>
       </c>
       <c r="H343" t="s">
-        <v>3193</v>
+        <v>3195</v>
       </c>
       <c r="I343" t="s">
-        <v>3194</v>
+        <v>3196</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3195</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>65084</v>
+        <v>65081</v>
       </c>
       <c r="B344" t="s">
-        <v>3196</v>
+        <v>3198</v>
       </c>
       <c r="C344" t="s">
-        <v>3197</v>
+        <v>3199</v>
       </c>
       <c r="D344" t="s">
-        <v>3198</v>
+        <v>3200</v>
       </c>
       <c r="E344" t="s">
-        <v>3199</v>
+        <v>3201</v>
       </c>
       <c r="F344" t="s">
-        <v>3200</v>
+        <v>3202</v>
       </c>
       <c r="G344" t="s">
-        <v>3201</v>
+        <v>3203</v>
       </c>
       <c r="H344" t="s">
-        <v>3202</v>
+        <v>3204</v>
       </c>
       <c r="I344" t="s">
-        <v>3203</v>
+        <v>3205</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3204</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>65085</v>
+        <v>65082</v>
       </c>
       <c r="B345" t="s">
-        <v>3205</v>
+        <v>3207</v>
       </c>
       <c r="C345" t="s">
-        <v>3206</v>
+        <v>3208</v>
       </c>
       <c r="D345" t="s">
-        <v>3207</v>
+        <v>3209</v>
       </c>
       <c r="E345" t="s">
-        <v>3208</v>
+        <v>3210</v>
       </c>
       <c r="F345" t="s">
-        <v>3209</v>
+        <v>3211</v>
       </c>
       <c r="G345" t="s">
-        <v>3210</v>
+        <v>3212</v>
       </c>
       <c r="H345" t="s">
-        <v>3211</v>
+        <v>3213</v>
       </c>
       <c r="I345" t="s">
-        <v>3212</v>
+        <v>3214</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>2030</v>
+        <v>47</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
-        <v>2031</v>
+        <v>48</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3213</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>65086</v>
+        <v>65083</v>
       </c>
       <c r="B346" t="s">
-        <v>3214</v>
+        <v>3216</v>
       </c>
       <c r="C346" t="s">
-        <v>3215</v>
+        <v>3217</v>
       </c>
       <c r="D346" t="s">
-        <v>3216</v>
+        <v>3218</v>
       </c>
       <c r="E346" t="s">
-        <v>3217</v>
+        <v>3219</v>
       </c>
       <c r="F346" t="s">
-        <v>3218</v>
+        <v>3220</v>
       </c>
       <c r="G346" t="s">
-        <v>3219</v>
+        <v>3221</v>
       </c>
       <c r="H346" t="s">
-        <v>3220</v>
+        <v>3222</v>
       </c>
       <c r="I346" t="s">
-        <v>3221</v>
+        <v>3223</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
         <v>112</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
         <v>113</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3222</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>65087</v>
+        <v>65084</v>
       </c>
       <c r="B347" t="s">
-        <v>3223</v>
+        <v>3225</v>
       </c>
       <c r="C347" t="s">
-        <v>3224</v>
+        <v>3226</v>
       </c>
       <c r="D347" t="s">
-        <v>3225</v>
+        <v>3227</v>
       </c>
       <c r="E347" t="s">
-        <v>3226</v>
+        <v>3228</v>
       </c>
       <c r="F347" t="s">
-        <v>3227</v>
+        <v>3229</v>
       </c>
       <c r="G347" t="s">
-        <v>3228</v>
+        <v>3230</v>
       </c>
       <c r="H347" t="s">
-        <v>3229</v>
+        <v>3231</v>
       </c>
       <c r="I347" t="s">
-        <v>3230</v>
+        <v>3232</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3231</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>65088</v>
+        <v>65085</v>
       </c>
       <c r="B348" t="s">
-        <v>3232</v>
+        <v>3234</v>
       </c>
       <c r="C348" t="s">
-        <v>3233</v>
+        <v>3235</v>
       </c>
       <c r="D348" t="s">
-        <v>3234</v>
+        <v>3236</v>
       </c>
       <c r="E348" t="s">
-        <v>3235</v>
+        <v>3237</v>
       </c>
       <c r="F348" t="s">
-        <v>3236</v>
+        <v>3238</v>
       </c>
       <c r="G348" t="s">
-        <v>3237</v>
+        <v>3239</v>
       </c>
       <c r="H348" t="s">
-        <v>3238</v>
+        <v>3240</v>
       </c>
       <c r="I348" t="s">
-        <v>3239</v>
+        <v>3241</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
-        <v>25</v>
+        <v>2059</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
-        <v>27</v>
+        <v>2060</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3240</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>65089</v>
+        <v>65086</v>
       </c>
       <c r="B349" t="s">
-        <v>3241</v>
+        <v>3243</v>
       </c>
       <c r="C349" t="s">
-        <v>3242</v>
+        <v>3244</v>
       </c>
       <c r="D349" t="s">
-        <v>3243</v>
+        <v>3245</v>
       </c>
       <c r="E349" t="s">
-        <v>3244</v>
+        <v>3246</v>
       </c>
       <c r="F349" t="s">
-        <v>3245</v>
+        <v>3247</v>
       </c>
       <c r="G349" t="s">
-        <v>3246</v>
+        <v>3248</v>
       </c>
       <c r="H349" t="s">
-        <v>3247</v>
+        <v>3249</v>
       </c>
       <c r="I349" t="s">
-        <v>3248</v>
+        <v>3250</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3249</v>
+        <v>3251</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>65090</v>
+        <v>65087</v>
       </c>
       <c r="B350" t="s">
-        <v>3250</v>
+        <v>3252</v>
       </c>
       <c r="C350" t="s">
-        <v>3251</v>
+        <v>3253</v>
       </c>
       <c r="D350" t="s">
-        <v>3252</v>
+        <v>3254</v>
       </c>
       <c r="E350" t="s">
-        <v>3253</v>
+        <v>3255</v>
       </c>
       <c r="F350" t="s">
-        <v>3254</v>
+        <v>3256</v>
       </c>
       <c r="G350" t="s">
-        <v>3255</v>
+        <v>3257</v>
       </c>
       <c r="H350" t="s">
-        <v>3256</v>
+        <v>3258</v>
       </c>
       <c r="I350" t="s">
-        <v>3257</v>
+        <v>3259</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3258</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>65091</v>
+        <v>65088</v>
       </c>
       <c r="B351" t="s">
-        <v>3259</v>
+        <v>3261</v>
       </c>
       <c r="C351" t="s">
-        <v>3260</v>
+        <v>3262</v>
       </c>
       <c r="D351" t="s">
-        <v>3261</v>
+        <v>3263</v>
       </c>
       <c r="E351" t="s">
-        <v>3262</v>
+        <v>3264</v>
       </c>
       <c r="F351" t="s">
-        <v>3263</v>
+        <v>3265</v>
       </c>
       <c r="G351" t="s">
-        <v>3264</v>
+        <v>3266</v>
       </c>
       <c r="H351" t="s">
-        <v>3265</v>
+        <v>3267</v>
       </c>
       <c r="I351" t="s">
-        <v>3266</v>
+        <v>3268</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
         <v>25</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
         <v>27</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3267</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>65092</v>
+        <v>65089</v>
       </c>
       <c r="B352" t="s">
-        <v>3268</v>
+        <v>3270</v>
       </c>
       <c r="C352" t="s">
-        <v>3269</v>
+        <v>3271</v>
       </c>
       <c r="D352" t="s">
-        <v>3270</v>
+        <v>3272</v>
       </c>
       <c r="E352" t="s">
-        <v>3271</v>
+        <v>3273</v>
       </c>
       <c r="F352" t="s">
-        <v>3272</v>
+        <v>3274</v>
       </c>
       <c r="G352" t="s">
-        <v>3273</v>
+        <v>3275</v>
       </c>
       <c r="H352" t="s">
-        <v>3274</v>
+        <v>3276</v>
       </c>
       <c r="I352" t="s">
-        <v>3275</v>
+        <v>3277</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3276</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>65093</v>
+        <v>65090</v>
       </c>
       <c r="B353" t="s">
-        <v>3277</v>
+        <v>3279</v>
       </c>
       <c r="C353" t="s">
-        <v>3278</v>
+        <v>3280</v>
       </c>
       <c r="D353" t="s">
-        <v>3279</v>
+        <v>3281</v>
       </c>
       <c r="E353" t="s">
-        <v>3280</v>
+        <v>3282</v>
       </c>
       <c r="F353" t="s">
-        <v>3281</v>
+        <v>3283</v>
       </c>
       <c r="G353" t="s">
-        <v>3282</v>
+        <v>3284</v>
       </c>
       <c r="H353" t="s">
-        <v>3283</v>
+        <v>3285</v>
       </c>
       <c r="I353" t="s">
-        <v>3284</v>
+        <v>3286</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3285</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>65094</v>
+        <v>65091</v>
       </c>
       <c r="B354" t="s">
-        <v>3286</v>
+        <v>3288</v>
       </c>
       <c r="C354" t="s">
-        <v>3287</v>
+        <v>3289</v>
       </c>
       <c r="D354" t="s">
-        <v>3288</v>
+        <v>3290</v>
       </c>
       <c r="E354" t="s">
-        <v>3289</v>
+        <v>3291</v>
       </c>
       <c r="F354" t="s">
-        <v>3290</v>
+        <v>3292</v>
       </c>
       <c r="G354" t="s">
-        <v>3291</v>
+        <v>3293</v>
       </c>
       <c r="H354" t="s">
-        <v>3292</v>
+        <v>3294</v>
       </c>
       <c r="I354" t="s">
-        <v>3293</v>
+        <v>3295</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>3294</v>
+        <v>25</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>3295</v>
+        <v>27</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
         <v>3296</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>65095</v>
+        <v>65092</v>
       </c>
       <c r="B355" t="s">
         <v>3297</v>
       </c>
       <c r="C355" t="s">
         <v>3298</v>
       </c>
       <c r="D355" t="s">
         <v>3299</v>
       </c>
       <c r="E355" t="s">
         <v>3300</v>
       </c>
       <c r="F355" t="s">
         <v>3301</v>
       </c>
       <c r="G355" t="s">
         <v>3302</v>
       </c>
       <c r="H355" t="s">
         <v>3303</v>
       </c>
       <c r="I355" t="s">
         <v>3304</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>499</v>
+        <v>112</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>501</v>
+        <v>113</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
         <v>3305</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>65096</v>
+        <v>65093</v>
       </c>
       <c r="B356" t="s">
         <v>3306</v>
       </c>
       <c r="C356" t="s">
         <v>3307</v>
       </c>
       <c r="D356" t="s">
         <v>3308</v>
       </c>
       <c r="E356" t="s">
         <v>3309</v>
       </c>
       <c r="F356" t="s">
         <v>3310</v>
       </c>
       <c r="G356" t="s">
         <v>3311</v>
       </c>
       <c r="H356" t="s">
         <v>3312</v>
       </c>
       <c r="I356" t="s">
         <v>3313</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
         <v>3314</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>65097</v>
+        <v>65094</v>
       </c>
       <c r="B357" t="s">
         <v>3315</v>
       </c>
       <c r="C357" t="s">
         <v>3316</v>
       </c>
       <c r="D357" t="s">
         <v>3317</v>
       </c>
       <c r="E357" t="s">
         <v>3318</v>
       </c>
       <c r="F357" t="s">
         <v>3319</v>
       </c>
       <c r="G357" t="s">
         <v>3320</v>
       </c>
       <c r="H357" t="s">
         <v>3321</v>
       </c>
       <c r="I357" t="s">
         <v>3322</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>112</v>
+        <v>3323</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>113</v>
+        <v>3324</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3323</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>65098</v>
+        <v>65095</v>
       </c>
       <c r="B358" t="s">
-        <v>3324</v>
+        <v>3326</v>
       </c>
       <c r="C358" t="s">
-        <v>3325</v>
+        <v>3327</v>
       </c>
       <c r="D358" t="s">
-        <v>3326</v>
+        <v>3328</v>
       </c>
       <c r="E358" t="s">
-        <v>3327</v>
+        <v>3329</v>
       </c>
       <c r="F358" t="s">
-        <v>3328</v>
+        <v>3330</v>
       </c>
       <c r="G358" t="s">
-        <v>3329</v>
+        <v>3331</v>
       </c>
       <c r="H358" t="s">
-        <v>3330</v>
+        <v>3332</v>
       </c>
       <c r="I358" t="s">
-        <v>3331</v>
+        <v>3333</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>25</v>
+        <v>499</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
-        <v>27</v>
+        <v>501</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3332</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>65099</v>
+        <v>65096</v>
       </c>
       <c r="B359" t="s">
-        <v>3333</v>
+        <v>3335</v>
       </c>
       <c r="C359" t="s">
-        <v>3334</v>
+        <v>3336</v>
       </c>
       <c r="D359" t="s">
-        <v>3335</v>
+        <v>3337</v>
       </c>
       <c r="E359" t="s">
-        <v>3336</v>
+        <v>3338</v>
       </c>
       <c r="F359" t="s">
-        <v>3337</v>
+        <v>3339</v>
       </c>
       <c r="G359" t="s">
-        <v>3338</v>
+        <v>3340</v>
       </c>
       <c r="H359" t="s">
-        <v>3339</v>
+        <v>3341</v>
       </c>
       <c r="I359" t="s">
-        <v>3340</v>
+        <v>3342</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3341</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>65100</v>
+        <v>65097</v>
       </c>
       <c r="B360" t="s">
-        <v>3342</v>
+        <v>3344</v>
       </c>
       <c r="C360" t="s">
-        <v>3343</v>
+        <v>3345</v>
       </c>
       <c r="D360" t="s">
-        <v>3344</v>
+        <v>3346</v>
       </c>
       <c r="E360" t="s">
-        <v>3345</v>
+        <v>3347</v>
       </c>
       <c r="F360" t="s">
-        <v>3346</v>
+        <v>3348</v>
       </c>
       <c r="G360" t="s">
-        <v>3347</v>
+        <v>3349</v>
       </c>
       <c r="H360" t="s">
-        <v>3348</v>
+        <v>3350</v>
       </c>
       <c r="I360" t="s">
-        <v>3349</v>
+        <v>3351</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>2709</v>
+        <v>112</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>2710</v>
+        <v>113</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3350</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>65101</v>
+        <v>65098</v>
       </c>
       <c r="B361" t="s">
-        <v>3351</v>
+        <v>3353</v>
       </c>
       <c r="C361" t="s">
-        <v>3352</v>
+        <v>3354</v>
       </c>
       <c r="D361" t="s">
-        <v>3353</v>
+        <v>3355</v>
       </c>
       <c r="E361" t="s">
-        <v>3354</v>
+        <v>3356</v>
       </c>
       <c r="F361" t="s">
-        <v>3355</v>
+        <v>3357</v>
       </c>
       <c r="G361" t="s">
-        <v>3356</v>
+        <v>3358</v>
       </c>
       <c r="H361" t="s">
-        <v>3357</v>
+        <v>3359</v>
       </c>
       <c r="I361" t="s">
-        <v>3358</v>
+        <v>3360</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3359</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>65102</v>
+        <v>65099</v>
       </c>
       <c r="B362" t="s">
-        <v>3360</v>
+        <v>3362</v>
       </c>
       <c r="C362" t="s">
-        <v>3361</v>
+        <v>3363</v>
       </c>
       <c r="D362" t="s">
-        <v>3362</v>
+        <v>3364</v>
       </c>
       <c r="E362" t="s">
-        <v>3363</v>
+        <v>3365</v>
       </c>
       <c r="F362" t="s">
-        <v>3364</v>
+        <v>3366</v>
       </c>
       <c r="G362" t="s">
-        <v>3365</v>
+        <v>3367</v>
       </c>
       <c r="H362" t="s">
-        <v>3366</v>
+        <v>3368</v>
       </c>
       <c r="I362" t="s">
-        <v>3367</v>
+        <v>3369</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3368</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>65104</v>
+        <v>65100</v>
       </c>
       <c r="B363" t="s">
-        <v>3369</v>
+        <v>3371</v>
       </c>
       <c r="C363" t="s">
-        <v>3370</v>
+        <v>3372</v>
       </c>
       <c r="D363" t="s">
-        <v>3371</v>
+        <v>3373</v>
       </c>
       <c r="E363" t="s">
-        <v>3372</v>
+        <v>3374</v>
       </c>
       <c r="F363" t="s">
-        <v>3373</v>
+        <v>3375</v>
       </c>
       <c r="G363" t="s">
-        <v>3374</v>
+        <v>3376</v>
       </c>
       <c r="H363" t="s">
-        <v>3375</v>
+        <v>3377</v>
       </c>
       <c r="I363" t="s">
-        <v>3376</v>
+        <v>3378</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
-        <v>3377</v>
+        <v>2738</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
-        <v>3378</v>
+        <v>2739</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
         <v>3379</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>65105</v>
+        <v>65101</v>
       </c>
       <c r="B364" t="s">
         <v>3380</v>
       </c>
       <c r="C364" t="s">
         <v>3381</v>
       </c>
       <c r="D364" t="s">
         <v>3382</v>
       </c>
       <c r="E364" t="s">
         <v>3383</v>
       </c>
       <c r="F364" t="s">
         <v>3384</v>
       </c>
       <c r="G364" t="s">
         <v>3385</v>
       </c>
       <c r="H364" t="s">
         <v>3386</v>
       </c>
       <c r="I364" t="s">
         <v>3387</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
         <v>112</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
         <v>113</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
         <v>3388</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>65124</v>
+        <v>65102</v>
       </c>
       <c r="B365" t="s">
         <v>3389</v>
       </c>
       <c r="C365" t="s">
         <v>3390</v>
       </c>
       <c r="D365" t="s">
         <v>3391</v>
       </c>
       <c r="E365" t="s">
         <v>3392</v>
       </c>
       <c r="F365" t="s">
         <v>3393</v>
       </c>
       <c r="G365" t="s">
         <v>3394</v>
       </c>
       <c r="H365" t="s">
         <v>3395</v>
       </c>
       <c r="I365" t="s">
         <v>3396</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
         <v>25</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
         <v>27</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
         <v>3397</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>65255</v>
+        <v>65104</v>
       </c>
       <c r="B366" t="s">
         <v>3398</v>
       </c>
       <c r="C366" t="s">
         <v>3399</v>
       </c>
       <c r="D366" t="s">
         <v>3400</v>
       </c>
       <c r="E366" t="s">
         <v>3401</v>
       </c>
       <c r="F366" t="s">
         <v>3402</v>
       </c>
       <c r="G366" t="s">
         <v>3403</v>
       </c>
       <c r="H366" t="s">
         <v>3404</v>
       </c>
       <c r="I366" t="s">
         <v>3405</v>
       </c>
       <c r="J366" t="s">
-        <v>988</v>
+        <v>24</v>
       </c>
       <c r="K366" t="s">
         <v>3406</v>
       </c>
       <c r="L366" t="s">
-        <v>990</v>
+        <v>26</v>
       </c>
       <c r="M366" t="s">
         <v>3407</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
         <v>3408</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>66510</v>
+        <v>65105</v>
       </c>
       <c r="B367" t="s">
         <v>3409</v>
       </c>
       <c r="C367" t="s">
         <v>3410</v>
       </c>
       <c r="D367" t="s">
         <v>3411</v>
       </c>
       <c r="E367" t="s">
         <v>3412</v>
       </c>
       <c r="F367" t="s">
         <v>3413</v>
       </c>
       <c r="G367" t="s">
         <v>3414</v>
       </c>
       <c r="H367" t="s">
         <v>3415</v>
       </c>
       <c r="I367" t="s">
         <v>3416</v>
       </c>
       <c r="J367" t="s">
-        <v>988</v>
+        <v>24</v>
       </c>
       <c r="K367" t="s">
+        <v>112</v>
+      </c>
+      <c r="L367" t="s">
+        <v>26</v>
+      </c>
+      <c r="M367" t="s">
+        <v>113</v>
+      </c>
+      <c r="N367" t="s">
+        <v>28</v>
+      </c>
+      <c r="O367" t="s">
         <v>3417</v>
-      </c>
-[...10 lines deleted...]
-        <v>3419</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>66511</v>
+        <v>65124</v>
       </c>
       <c r="B368" t="s">
-        <v>1141</v>
+        <v>3418</v>
       </c>
       <c r="C368" t="s">
+        <v>3419</v>
+      </c>
+      <c r="D368" t="s">
         <v>3420</v>
       </c>
-      <c r="D368" t="s">
+      <c r="E368" t="s">
         <v>3421</v>
       </c>
-      <c r="E368" t="s">
+      <c r="F368" t="s">
         <v>3422</v>
       </c>
-      <c r="F368" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G368" t="s">
-        <v>1146</v>
+        <v>3423</v>
       </c>
       <c r="H368" t="s">
-        <v>3423</v>
+        <v>3424</v>
       </c>
       <c r="I368" t="s">
-        <v>3424</v>
+        <v>3425</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>3425</v>
+        <v>25</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
+        <v>27</v>
+      </c>
+      <c r="N368" t="s">
+        <v>28</v>
+      </c>
+      <c r="O368" t="s">
         <v>3426</v>
-      </c>
-[...4 lines deleted...]
-        <v>3427</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>66512</v>
+        <v>65255</v>
       </c>
       <c r="B369" t="s">
-        <v>2542</v>
+        <v>3427</v>
       </c>
       <c r="C369" t="s">
         <v>3428</v>
       </c>
       <c r="D369" t="s">
         <v>3429</v>
       </c>
       <c r="E369" t="s">
         <v>3430</v>
       </c>
       <c r="F369" t="s">
         <v>3431</v>
       </c>
       <c r="G369" t="s">
-        <v>2547</v>
+        <v>3432</v>
       </c>
       <c r="H369" t="s">
-        <v>2548</v>
+        <v>3433</v>
       </c>
       <c r="I369" t="s">
-        <v>2549</v>
+        <v>3434</v>
       </c>
       <c r="J369" t="s">
-        <v>24</v>
+        <v>988</v>
       </c>
       <c r="K369" t="s">
-        <v>3432</v>
+        <v>3435</v>
       </c>
       <c r="L369" t="s">
-        <v>26</v>
+        <v>990</v>
       </c>
       <c r="M369" t="s">
-        <v>3433</v>
+        <v>3436</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3434</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>66513</v>
+        <v>66510</v>
       </c>
       <c r="B370" t="s">
-        <v>3435</v>
+        <v>3438</v>
       </c>
       <c r="C370" t="s">
-        <v>3436</v>
+        <v>3439</v>
       </c>
       <c r="D370" t="s">
-        <v>3437</v>
+        <v>3440</v>
       </c>
       <c r="E370" t="s">
-        <v>3438</v>
+        <v>3441</v>
       </c>
       <c r="F370" t="s">
-        <v>3439</v>
+        <v>3442</v>
       </c>
       <c r="G370" t="s">
-        <v>2876</v>
+        <v>3443</v>
       </c>
       <c r="H370" t="s">
-        <v>3440</v>
+        <v>3444</v>
       </c>
       <c r="I370" t="s">
-        <v>3441</v>
+        <v>3445</v>
       </c>
       <c r="J370" t="s">
-        <v>24</v>
+        <v>988</v>
       </c>
       <c r="K370" t="s">
-        <v>3432</v>
+        <v>3446</v>
       </c>
       <c r="L370" t="s">
-        <v>26</v>
+        <v>990</v>
       </c>
       <c r="M370" t="s">
-        <v>3433</v>
+        <v>3447</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3442</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>66514</v>
+        <v>66511</v>
       </c>
       <c r="B371" t="s">
-        <v>3443</v>
+        <v>1154</v>
       </c>
       <c r="C371" t="s">
-        <v>3444</v>
+        <v>3449</v>
       </c>
       <c r="D371" t="s">
-        <v>3445</v>
+        <v>3450</v>
       </c>
       <c r="E371" t="s">
-        <v>3446</v>
+        <v>3451</v>
       </c>
       <c r="F371" t="s">
-        <v>1281</v>
+        <v>1158</v>
       </c>
       <c r="G371" t="s">
-        <v>1282</v>
+        <v>1159</v>
       </c>
       <c r="H371" t="s">
-        <v>3447</v>
+        <v>3452</v>
       </c>
       <c r="I371" t="s">
-        <v>3448</v>
+        <v>3453</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
-        <v>3432</v>
+        <v>3454</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
-        <v>3433</v>
+        <v>3455</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3449</v>
+        <v>3456</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>66515</v>
+        <v>66512</v>
       </c>
       <c r="B372" t="s">
-        <v>3450</v>
+        <v>2571</v>
       </c>
       <c r="C372" t="s">
-        <v>3451</v>
+        <v>3457</v>
       </c>
       <c r="D372" t="s">
-        <v>3452</v>
+        <v>3458</v>
       </c>
       <c r="E372" t="s">
-        <v>3453</v>
+        <v>3459</v>
       </c>
       <c r="F372" t="s">
-        <v>3454</v>
+        <v>3460</v>
       </c>
       <c r="G372" t="s">
-        <v>1074</v>
+        <v>2576</v>
       </c>
       <c r="H372" t="s">
-        <v>3455</v>
+        <v>2577</v>
       </c>
       <c r="I372" t="s">
-        <v>3456</v>
+        <v>2578</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>3432</v>
+        <v>3461</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>3433</v>
+        <v>3462</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3457</v>
+        <v>3463</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>66516</v>
+        <v>66513</v>
       </c>
       <c r="B373" t="s">
-        <v>1051</v>
+        <v>3464</v>
       </c>
       <c r="C373" t="s">
-        <v>3458</v>
+        <v>3465</v>
       </c>
       <c r="D373" t="s">
-        <v>3459</v>
+        <v>3466</v>
       </c>
       <c r="E373" t="s">
-        <v>3460</v>
+        <v>3467</v>
       </c>
       <c r="F373" t="s">
+        <v>3468</v>
+      </c>
+      <c r="G373" t="s">
+        <v>2905</v>
+      </c>
+      <c r="H373" t="s">
+        <v>3469</v>
+      </c>
+      <c r="I373" t="s">
+        <v>3470</v>
+      </c>
+      <c r="J373" t="s">
+        <v>24</v>
+      </c>
+      <c r="K373" t="s">
         <v>3461</v>
       </c>
-      <c r="G373" t="s">
+      <c r="L373" t="s">
+        <v>26</v>
+      </c>
+      <c r="M373" t="s">
         <v>3462</v>
       </c>
-      <c r="H373" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3464</v>
+        <v>3471</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>66517</v>
+        <v>66514</v>
       </c>
       <c r="B374" t="s">
-        <v>3465</v>
+        <v>3472</v>
       </c>
       <c r="C374" t="s">
-        <v>3466</v>
+        <v>3473</v>
       </c>
       <c r="D374" t="s">
-        <v>3467</v>
+        <v>3474</v>
       </c>
       <c r="E374" t="s">
-        <v>3468</v>
+        <v>3475</v>
       </c>
       <c r="F374" t="s">
-        <v>3469</v>
+        <v>1303</v>
       </c>
       <c r="G374" t="s">
-        <v>3470</v>
+        <v>1304</v>
       </c>
       <c r="H374" t="s">
-        <v>3471</v>
+        <v>3476</v>
       </c>
       <c r="I374" t="s">
-        <v>3472</v>
+        <v>3477</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
-        <v>3432</v>
+        <v>3461</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
-        <v>3433</v>
+        <v>3462</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3473</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>66518</v>
+        <v>66515</v>
       </c>
       <c r="B375" t="s">
-        <v>3474</v>
+        <v>3479</v>
       </c>
       <c r="C375" t="s">
-        <v>3475</v>
+        <v>3480</v>
       </c>
       <c r="D375" t="s">
-        <v>3476</v>
+        <v>3481</v>
       </c>
       <c r="E375" t="s">
-        <v>3477</v>
+        <v>3482</v>
       </c>
       <c r="F375" t="s">
-        <v>3478</v>
+        <v>3483</v>
       </c>
       <c r="G375" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="H375" t="s">
-        <v>3479</v>
+        <v>3484</v>
       </c>
       <c r="I375" t="s">
-        <v>3480</v>
+        <v>3485</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
-        <v>112</v>
+        <v>3461</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
-        <v>113</v>
+        <v>3462</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3481</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>66519</v>
+        <v>66516</v>
       </c>
       <c r="B376" t="s">
-        <v>3482</v>
+        <v>1064</v>
       </c>
       <c r="C376" t="s">
-        <v>3483</v>
+        <v>3487</v>
       </c>
       <c r="D376" t="s">
-        <v>3484</v>
+        <v>3488</v>
       </c>
       <c r="E376" t="s">
-        <v>3485</v>
+        <v>3489</v>
       </c>
       <c r="F376" t="s">
-        <v>3486</v>
+        <v>3490</v>
       </c>
       <c r="G376" t="s">
-        <v>3487</v>
+        <v>3491</v>
       </c>
       <c r="H376" t="s">
-        <v>1165</v>
+        <v>3492</v>
       </c>
       <c r="I376" t="s">
-        <v>1166</v>
+        <v>1071</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
-        <v>3488</v>
+        <v>112</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
-        <v>3489</v>
+        <v>113</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3490</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>66520</v>
+        <v>66517</v>
       </c>
       <c r="B377" t="s">
-        <v>1237</v>
+        <v>3494</v>
       </c>
       <c r="C377" t="s">
-        <v>3491</v>
+        <v>3495</v>
       </c>
       <c r="D377" t="s">
-        <v>3492</v>
+        <v>3496</v>
       </c>
       <c r="E377" t="s">
-        <v>3493</v>
+        <v>3497</v>
       </c>
       <c r="F377" t="s">
-        <v>1241</v>
+        <v>3498</v>
       </c>
       <c r="G377" t="s">
-        <v>1242</v>
+        <v>3499</v>
       </c>
       <c r="H377" t="s">
-        <v>1243</v>
+        <v>3500</v>
       </c>
       <c r="I377" t="s">
-        <v>1244</v>
+        <v>3501</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>25</v>
+        <v>3461</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
-        <v>27</v>
+        <v>3462</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3494</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>66521</v>
+        <v>66518</v>
       </c>
       <c r="B378" t="s">
-        <v>1087</v>
+        <v>3503</v>
       </c>
       <c r="C378" t="s">
-        <v>3495</v>
+        <v>3504</v>
       </c>
       <c r="D378" t="s">
-        <v>3496</v>
+        <v>3505</v>
       </c>
       <c r="E378" t="s">
-        <v>3497</v>
+        <v>3506</v>
       </c>
       <c r="F378" t="s">
-        <v>3498</v>
+        <v>3507</v>
       </c>
       <c r="G378" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="H378" t="s">
-        <v>3499</v>
+        <v>3508</v>
       </c>
       <c r="I378" t="s">
-        <v>1094</v>
+        <v>3509</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
         <v>112</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
         <v>113</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3500</v>
+        <v>3510</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>66522</v>
+        <v>66519</v>
       </c>
       <c r="B379" t="s">
-        <v>3501</v>
+        <v>3511</v>
       </c>
       <c r="C379" t="s">
-        <v>3502</v>
+        <v>3512</v>
       </c>
       <c r="D379" t="s">
-        <v>3503</v>
+        <v>3513</v>
       </c>
       <c r="E379" t="s">
-        <v>3504</v>
+        <v>3514</v>
       </c>
       <c r="F379" t="s">
-        <v>3505</v>
+        <v>3515</v>
       </c>
       <c r="G379" t="s">
-        <v>3506</v>
+        <v>3516</v>
       </c>
       <c r="H379" t="s">
-        <v>3507</v>
+        <v>1178</v>
       </c>
       <c r="I379" t="s">
-        <v>3508</v>
+        <v>1179</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>3406</v>
+        <v>3517</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>3407</v>
+        <v>3518</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3509</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>66523</v>
+        <v>66520</v>
       </c>
       <c r="B380" t="s">
-        <v>1132</v>
+        <v>1259</v>
       </c>
       <c r="C380" t="s">
-        <v>3510</v>
+        <v>3520</v>
       </c>
       <c r="D380" t="s">
-        <v>3511</v>
+        <v>3521</v>
       </c>
       <c r="E380" t="s">
-        <v>3512</v>
+        <v>3522</v>
       </c>
       <c r="F380" t="s">
-        <v>1136</v>
+        <v>1263</v>
       </c>
       <c r="G380" t="s">
-        <v>1137</v>
+        <v>1264</v>
       </c>
       <c r="H380" t="s">
-        <v>1138</v>
+        <v>1265</v>
       </c>
       <c r="I380" t="s">
-        <v>3513</v>
+        <v>1266</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3514</v>
+        <v>3523</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>66524</v>
+        <v>66521</v>
       </c>
       <c r="B381" t="s">
-        <v>2712</v>
+        <v>1100</v>
       </c>
       <c r="C381" t="s">
-        <v>3515</v>
+        <v>3524</v>
       </c>
       <c r="D381" t="s">
-        <v>3516</v>
+        <v>3525</v>
       </c>
       <c r="E381" t="s">
-        <v>3517</v>
+        <v>3526</v>
       </c>
       <c r="F381" t="s">
-        <v>3518</v>
+        <v>3527</v>
       </c>
       <c r="G381" t="s">
-        <v>2717</v>
+        <v>1105</v>
       </c>
       <c r="H381" t="s">
-        <v>2718</v>
+        <v>3528</v>
       </c>
       <c r="I381" t="s">
-        <v>2719</v>
+        <v>1107</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
         <v>112</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
         <v>113</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3519</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>66525</v>
+        <v>66522</v>
       </c>
       <c r="B382" t="s">
-        <v>3520</v>
+        <v>3530</v>
       </c>
       <c r="C382" t="s">
-        <v>3521</v>
+        <v>3531</v>
       </c>
       <c r="D382" t="s">
-        <v>3522</v>
+        <v>3532</v>
       </c>
       <c r="E382" t="s">
-        <v>3523</v>
+        <v>3533</v>
       </c>
       <c r="F382" t="s">
-        <v>2573</v>
+        <v>3534</v>
       </c>
       <c r="G382" t="s">
-        <v>2574</v>
+        <v>3535</v>
       </c>
       <c r="H382" t="s">
-        <v>2575</v>
+        <v>3536</v>
       </c>
       <c r="I382" t="s">
-        <v>2576</v>
+        <v>3537</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>112</v>
+        <v>3435</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>113</v>
+        <v>3436</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3524</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>66526</v>
+        <v>66523</v>
       </c>
       <c r="B383" t="s">
-        <v>3525</v>
+        <v>1145</v>
       </c>
       <c r="C383" t="s">
-        <v>3526</v>
+        <v>3539</v>
       </c>
       <c r="D383" t="s">
-        <v>3527</v>
+        <v>3540</v>
       </c>
       <c r="E383" t="s">
-        <v>3528</v>
+        <v>3541</v>
       </c>
       <c r="F383" t="s">
-        <v>3529</v>
+        <v>1149</v>
       </c>
       <c r="G383" t="s">
-        <v>2583</v>
+        <v>1150</v>
       </c>
       <c r="H383" t="s">
-        <v>2584</v>
+        <v>1151</v>
       </c>
       <c r="I383" t="s">
-        <v>2585</v>
+        <v>3542</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3530</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>66527</v>
+        <v>66524</v>
       </c>
       <c r="B384" t="s">
-        <v>1179</v>
+        <v>2741</v>
       </c>
       <c r="C384" t="s">
-        <v>3531</v>
+        <v>3544</v>
       </c>
       <c r="D384" t="s">
-        <v>3532</v>
+        <v>3545</v>
       </c>
       <c r="E384" t="s">
-        <v>3533</v>
+        <v>3546</v>
       </c>
       <c r="F384" t="s">
-        <v>3534</v>
+        <v>3547</v>
       </c>
       <c r="G384" t="s">
-        <v>1184</v>
+        <v>2746</v>
       </c>
       <c r="H384" t="s">
-        <v>1185</v>
+        <v>2747</v>
       </c>
       <c r="I384" t="s">
-        <v>1186</v>
+        <v>2748</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
-        <v>3432</v>
+        <v>112</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
-        <v>3433</v>
+        <v>113</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3535</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>66529</v>
+        <v>66525</v>
       </c>
       <c r="B385" t="s">
-        <v>3536</v>
+        <v>3549</v>
       </c>
       <c r="C385" t="s">
-        <v>3537</v>
+        <v>3550</v>
       </c>
       <c r="D385" t="s">
-        <v>3538</v>
+        <v>3551</v>
       </c>
       <c r="E385" t="s">
-        <v>3539</v>
+        <v>3552</v>
       </c>
       <c r="F385" t="s">
-        <v>3540</v>
+        <v>2602</v>
       </c>
       <c r="G385" t="s">
-        <v>3015</v>
+        <v>2603</v>
       </c>
       <c r="H385" t="s">
-        <v>3016</v>
+        <v>2604</v>
       </c>
       <c r="I385" t="s">
-        <v>3017</v>
+        <v>2605</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>1543</v>
+        <v>112</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>1544</v>
+        <v>113</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3541</v>
+        <v>3553</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>66530</v>
+        <v>66526</v>
       </c>
       <c r="B386" t="s">
-        <v>3542</v>
+        <v>3554</v>
       </c>
       <c r="C386" t="s">
-        <v>3543</v>
+        <v>3555</v>
       </c>
       <c r="D386" t="s">
-        <v>3544</v>
+        <v>3556</v>
       </c>
       <c r="E386" t="s">
-        <v>3545</v>
+        <v>3557</v>
       </c>
       <c r="F386" t="s">
-        <v>3546</v>
+        <v>3558</v>
       </c>
       <c r="G386" t="s">
-        <v>1016</v>
+        <v>2612</v>
       </c>
       <c r="H386" t="s">
-        <v>1017</v>
+        <v>2613</v>
       </c>
       <c r="I386" t="s">
-        <v>1018</v>
+        <v>2614</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>1312</v>
+        <v>112</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
-        <v>1313</v>
+        <v>113</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3547</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>66531</v>
+        <v>66527</v>
       </c>
       <c r="B387" t="s">
-        <v>3548</v>
+        <v>1192</v>
       </c>
       <c r="C387" t="s">
-        <v>3549</v>
+        <v>3560</v>
       </c>
       <c r="D387" t="s">
-        <v>3550</v>
+        <v>3561</v>
       </c>
       <c r="E387" t="s">
-        <v>3551</v>
+        <v>3562</v>
       </c>
       <c r="F387" t="s">
-        <v>3552</v>
+        <v>3563</v>
       </c>
       <c r="G387" t="s">
-        <v>3553</v>
+        <v>1197</v>
       </c>
       <c r="H387" t="s">
-        <v>3554</v>
+        <v>1198</v>
       </c>
       <c r="I387" t="s">
-        <v>3555</v>
+        <v>1199</v>
       </c>
       <c r="J387" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K387" t="s">
-        <v>3556</v>
+        <v>3461</v>
       </c>
       <c r="L387" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M387" t="s">
-        <v>3557</v>
+        <v>3462</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3558</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>66532</v>
+        <v>66529</v>
       </c>
       <c r="B388" t="s">
-        <v>3559</v>
+        <v>3565</v>
       </c>
       <c r="C388" t="s">
-        <v>3560</v>
+        <v>3566</v>
       </c>
       <c r="D388" t="s">
-        <v>3561</v>
+        <v>3567</v>
       </c>
       <c r="E388" t="s">
-        <v>3562</v>
+        <v>3568</v>
       </c>
       <c r="F388" t="s">
-        <v>1259</v>
+        <v>3569</v>
       </c>
       <c r="G388" t="s">
-        <v>1260</v>
+        <v>3044</v>
       </c>
       <c r="H388" t="s">
-        <v>1261</v>
+        <v>3045</v>
       </c>
       <c r="I388" t="s">
-        <v>1262</v>
+        <v>3046</v>
       </c>
       <c r="J388" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="K388" t="s">
-        <v>3563</v>
+        <v>1563</v>
       </c>
       <c r="L388" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="M388" t="s">
-        <v>3564</v>
+        <v>1564</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3565</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>66533</v>
+        <v>66530</v>
       </c>
       <c r="B389" t="s">
-        <v>3566</v>
+        <v>3571</v>
       </c>
       <c r="C389" t="s">
-        <v>3567</v>
+        <v>3572</v>
       </c>
       <c r="D389" t="s">
-        <v>3568</v>
+        <v>3573</v>
       </c>
       <c r="E389" t="s">
-        <v>3569</v>
+        <v>3574</v>
       </c>
       <c r="F389" t="s">
-        <v>1100</v>
+        <v>3575</v>
       </c>
       <c r="G389" t="s">
-        <v>1101</v>
+        <v>1029</v>
       </c>
       <c r="H389" t="s">
-        <v>1102</v>
+        <v>1030</v>
       </c>
       <c r="I389" t="s">
-        <v>3570</v>
+        <v>1031</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>3571</v>
+        <v>1020</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
-        <v>3572</v>
+        <v>1022</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3573</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>66534</v>
+        <v>66531</v>
       </c>
       <c r="B390" t="s">
-        <v>3574</v>
+        <v>3577</v>
       </c>
       <c r="C390" t="s">
-        <v>3575</v>
+        <v>3578</v>
       </c>
       <c r="D390" t="s">
-        <v>3576</v>
+        <v>3579</v>
       </c>
       <c r="E390" t="s">
-        <v>3577</v>
+        <v>3580</v>
       </c>
       <c r="F390" t="s">
-        <v>3578</v>
+        <v>3581</v>
       </c>
       <c r="G390" t="s">
-        <v>3579</v>
+        <v>3582</v>
       </c>
       <c r="H390" t="s">
-        <v>2176</v>
+        <v>3583</v>
       </c>
       <c r="I390" t="s">
-        <v>2177</v>
+        <v>3584</v>
       </c>
       <c r="J390" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="K390" t="s">
-        <v>47</v>
+        <v>3585</v>
       </c>
       <c r="L390" t="s">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="M390" t="s">
-        <v>48</v>
+        <v>3586</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3580</v>
+        <v>3587</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>66535</v>
+        <v>66532</v>
       </c>
       <c r="B391" t="s">
-        <v>3581</v>
+        <v>3588</v>
       </c>
       <c r="C391" t="s">
-        <v>3582</v>
+        <v>3589</v>
       </c>
       <c r="D391" t="s">
-        <v>3583</v>
+        <v>3590</v>
       </c>
       <c r="E391" t="s">
-        <v>3584</v>
+        <v>3591</v>
       </c>
       <c r="F391" t="s">
-        <v>3585</v>
+        <v>1281</v>
       </c>
       <c r="G391" t="s">
-        <v>3586</v>
+        <v>1282</v>
       </c>
       <c r="H391" t="s">
-        <v>3587</v>
+        <v>1283</v>
       </c>
       <c r="I391" t="s">
-        <v>3588</v>
+        <v>1284</v>
       </c>
       <c r="J391" t="s">
-        <v>3589</v>
+        <v>498</v>
       </c>
       <c r="K391" t="s">
-        <v>3590</v>
+        <v>3592</v>
       </c>
       <c r="L391" t="s">
-        <v>3591</v>
+        <v>500</v>
       </c>
       <c r="M391" t="s">
-        <v>3592</v>
+        <v>3593</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3593</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>66536</v>
+        <v>66533</v>
       </c>
       <c r="B392" t="s">
-        <v>3594</v>
+        <v>3595</v>
       </c>
       <c r="C392" t="s">
-        <v>3595</v>
+        <v>3596</v>
       </c>
       <c r="D392" t="s">
-        <v>3596</v>
+        <v>3597</v>
       </c>
       <c r="E392" t="s">
-        <v>3597</v>
+        <v>3598</v>
       </c>
       <c r="F392" t="s">
-        <v>3598</v>
+        <v>1113</v>
       </c>
       <c r="G392" t="s">
+        <v>1114</v>
+      </c>
+      <c r="H392" t="s">
+        <v>1115</v>
+      </c>
+      <c r="I392" t="s">
         <v>3599</v>
       </c>
-      <c r="H392" t="s">
+      <c r="J392" t="s">
+        <v>24</v>
+      </c>
+      <c r="K392" t="s">
         <v>3600</v>
       </c>
-      <c r="I392" t="s">
+      <c r="L392" t="s">
+        <v>26</v>
+      </c>
+      <c r="M392" t="s">
         <v>3601</v>
-      </c>
-[...10 lines deleted...]
-        <v>3433</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
         <v>3602</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>66537</v>
+        <v>66534</v>
       </c>
       <c r="B393" t="s">
         <v>3603</v>
       </c>
       <c r="C393" t="s">
         <v>3604</v>
       </c>
       <c r="D393" t="s">
         <v>3605</v>
       </c>
       <c r="E393" t="s">
         <v>3606</v>
       </c>
       <c r="F393" t="s">
         <v>3607</v>
       </c>
       <c r="G393" t="s">
-        <v>3394</v>
+        <v>3608</v>
       </c>
       <c r="H393" t="s">
-        <v>3395</v>
+        <v>2205</v>
       </c>
       <c r="I393" t="s">
-        <v>3608</v>
+        <v>2206</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>3432</v>
+        <v>47</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>3433</v>
+        <v>48</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
         <v>3609</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>66538</v>
+        <v>66535</v>
       </c>
       <c r="B394" t="s">
         <v>3610</v>
       </c>
       <c r="C394" t="s">
         <v>3611</v>
       </c>
       <c r="D394" t="s">
         <v>3612</v>
       </c>
       <c r="E394" t="s">
         <v>3613</v>
       </c>
       <c r="F394" t="s">
         <v>3614</v>
       </c>
       <c r="G394" t="s">
-        <v>1251</v>
+        <v>3615</v>
       </c>
       <c r="H394" t="s">
-        <v>1252</v>
+        <v>3616</v>
       </c>
       <c r="I394" t="s">
-        <v>1253</v>
+        <v>3617</v>
       </c>
       <c r="J394" t="s">
-        <v>24</v>
+        <v>3618</v>
       </c>
       <c r="K394" t="s">
-        <v>3615</v>
+        <v>3619</v>
       </c>
       <c r="L394" t="s">
-        <v>26</v>
+        <v>3620</v>
       </c>
       <c r="M394" t="s">
-        <v>3616</v>
+        <v>3621</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3617</v>
+        <v>3622</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>66540</v>
+        <v>66536</v>
       </c>
       <c r="B395" t="s">
-        <v>3618</v>
+        <v>3623</v>
       </c>
       <c r="C395" t="s">
-        <v>3619</v>
+        <v>3624</v>
       </c>
       <c r="D395" t="s">
-        <v>3620</v>
+        <v>3625</v>
       </c>
       <c r="E395" t="s">
-        <v>3621</v>
+        <v>3626</v>
       </c>
       <c r="F395" t="s">
-        <v>3622</v>
+        <v>3627</v>
       </c>
       <c r="G395" t="s">
-        <v>3623</v>
+        <v>3628</v>
       </c>
       <c r="H395" t="s">
-        <v>3624</v>
+        <v>3629</v>
       </c>
       <c r="I395" t="s">
-        <v>1049</v>
+        <v>3630</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>3625</v>
+        <v>3461</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>3626</v>
+        <v>3462</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3627</v>
+        <v>3631</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
+        <v>66537</v>
+      </c>
+      <c r="B396" t="s">
+        <v>3632</v>
+      </c>
+      <c r="C396" t="s">
+        <v>3633</v>
+      </c>
+      <c r="D396" t="s">
+        <v>3634</v>
+      </c>
+      <c r="E396" t="s">
+        <v>3635</v>
+      </c>
+      <c r="F396" t="s">
+        <v>3636</v>
+      </c>
+      <c r="G396" t="s">
+        <v>3423</v>
+      </c>
+      <c r="H396" t="s">
+        <v>3424</v>
+      </c>
+      <c r="I396" t="s">
+        <v>3637</v>
+      </c>
+      <c r="J396" t="s">
+        <v>24</v>
+      </c>
+      <c r="K396" t="s">
+        <v>3461</v>
+      </c>
+      <c r="L396" t="s">
+        <v>26</v>
+      </c>
+      <c r="M396" t="s">
+        <v>3462</v>
+      </c>
+      <c r="N396" t="s">
+        <v>28</v>
+      </c>
+      <c r="O396" t="s">
+        <v>3638</v>
+      </c>
+    </row>
+    <row r="397" spans="1:15">
+      <c r="A397">
+        <v>66538</v>
+      </c>
+      <c r="B397" t="s">
+        <v>3639</v>
+      </c>
+      <c r="C397" t="s">
+        <v>3640</v>
+      </c>
+      <c r="D397" t="s">
+        <v>3641</v>
+      </c>
+      <c r="E397" t="s">
+        <v>3642</v>
+      </c>
+      <c r="F397" t="s">
+        <v>3643</v>
+      </c>
+      <c r="G397" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1274</v>
+      </c>
+      <c r="I397" t="s">
+        <v>1275</v>
+      </c>
+      <c r="J397" t="s">
+        <v>24</v>
+      </c>
+      <c r="K397" t="s">
+        <v>3644</v>
+      </c>
+      <c r="L397" t="s">
+        <v>26</v>
+      </c>
+      <c r="M397" t="s">
+        <v>3645</v>
+      </c>
+      <c r="N397" t="s">
+        <v>28</v>
+      </c>
+      <c r="O397" t="s">
+        <v>3646</v>
+      </c>
+    </row>
+    <row r="398" spans="1:15">
+      <c r="A398">
+        <v>66540</v>
+      </c>
+      <c r="B398" t="s">
+        <v>3647</v>
+      </c>
+      <c r="C398" t="s">
+        <v>3648</v>
+      </c>
+      <c r="D398" t="s">
+        <v>3649</v>
+      </c>
+      <c r="E398" t="s">
+        <v>3650</v>
+      </c>
+      <c r="F398" t="s">
+        <v>3651</v>
+      </c>
+      <c r="G398" t="s">
+        <v>3652</v>
+      </c>
+      <c r="H398" t="s">
+        <v>3653</v>
+      </c>
+      <c r="I398" t="s">
+        <v>1062</v>
+      </c>
+      <c r="J398" t="s">
+        <v>24</v>
+      </c>
+      <c r="K398" t="s">
+        <v>3654</v>
+      </c>
+      <c r="L398" t="s">
+        <v>26</v>
+      </c>
+      <c r="M398" t="s">
+        <v>3655</v>
+      </c>
+      <c r="N398" t="s">
+        <v>28</v>
+      </c>
+      <c r="O398" t="s">
+        <v>3656</v>
+      </c>
+    </row>
+    <row r="399" spans="1:15">
+      <c r="A399">
         <v>66541</v>
       </c>
-      <c r="B396" t="s">
-[...39 lines deleted...]
-        <v>3634</v>
+      <c r="B399" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C399" t="s">
+        <v>3657</v>
+      </c>
+      <c r="D399" t="s">
+        <v>3658</v>
+      </c>
+      <c r="E399" t="s">
+        <v>3659</v>
+      </c>
+      <c r="F399" t="s">
+        <v>3660</v>
+      </c>
+      <c r="G399" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1256</v>
+      </c>
+      <c r="I399" t="s">
+        <v>1257</v>
+      </c>
+      <c r="J399" t="s">
+        <v>24</v>
+      </c>
+      <c r="K399" t="s">
+        <v>3661</v>
+      </c>
+      <c r="L399" t="s">
+        <v>26</v>
+      </c>
+      <c r="M399" t="s">
+        <v>3662</v>
+      </c>
+      <c r="N399" t="s">
+        <v>28</v>
+      </c>
+      <c r="O399" t="s">
+        <v>3663</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">