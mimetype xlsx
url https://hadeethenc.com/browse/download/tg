--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,1379 +12,1935 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1655">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2201">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: тоҷикӣ
 # Source: https://hadeethenc.com/tg
-# Last update: 2024-12-28 00:35:21 (v1.6.0)
-# Check for updates: https://hadeethenc.com/en/check/tg/v1.6.0
+# Last update: 2025-11-18 02:22:13 (v1.10.0)
+# Check for updates: https://hadeethenc.com/en/check/tg/v1.10.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
     <t>benefits_ar</t>
   </si>
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
-    <t>مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ</t>
+    <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>“Касе барои ризои Худо ҳаҷ кунад ва муртакиби фаҳшу ҷимоъ ва корҳои ношоиста нашавад, тавре аз ҳаҷ бармегардад, ба монанди рӯзе, ки аз модараш таваллуд шудааст.” (яъне пок аз гуноҳон)</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт: “Касе барои ризои Худо ҳаҷ кунад ва муртакиби фаҳшу ҷимоъ ва корҳои ношоиста нашавад, тавре аз ҳаҷ бармегардад, ба монанди рӯзе, ки аз модараш таваллуд шудааст.” (яъне пок аз гуноҳон)</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
     <t>Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) баён фармудааст, ки ҳар касе барои ризои Худо ҳаҷ кунад ва дар ҳаҷҷи худ муртакиби "рафас" нашавад, яъне: ҳамхобагӣ бо ҳамсар ё амалҳое, ки пеш аз он анҷом мешавад, монанди бӯсидан ва ламс кардан. Ҳамчунин ба маънои суханони ношоиста ва фаҳшо омадааст, ва корҳои бад ва гуноҳ анҷом надиҳад. Яке дигар аз амалҳои ношоиста маҳзуроти эҳром (амалҳое, ки дар вақти адои ҳаҷ, ҳоҷӣ бояд аз онҳо худдорӣ кунад) аст, ки агар амалҳои мазкурро анҷом надиҳад, аз ҳаҷ дар ҳоле бармегардад, ки мавриди омӯрзиш қарор гирифта аст, ҳамоно монанди навзоде, ки аз модар бегуноҳ таваллуд шудааст.</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>Агарчи фусуқ (нофармонӣ, сарпечӣ) дар ҳар мавриде манъ ва ба таври бояд аз он худдорӣ шавад, вале дар мавриди ҳаҷ бинобар гиромидошти маносики он ба таври таъкид зикр шудааст.
 Инсон бехато ва пок аз гуноҳ ба дунё меояд, ӯ низ гуноҳони дигаронро ба душ нахоҳад дошт.</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[صحيح]</t>
   </si>
   <si>
     <t>[متفق عليه]</t>
   </si>
   <si>
     <t>tg</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/2758</t>
   </si>
   <si>
-    <t>إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ</t>
+    <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>Агар касе бародарашро дӯст бидорад, бигзор аз муҳаббаташ ӯро огаҳ кунад</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Аз Миқдом ибни Маъдӣ Кариб (Худованд аз ӯ розӣ бод) омадааст, ки Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Агар касе бародарашро дӯст бидорад, бигзор аз муҳаббаташ ӯро огаҳ кунад".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) яке аз авомили тақвияти робита ва густариши муҳаббат миёни муъминонро чунин баён медорад: "агар касе бародарашро дӯст дорад, ба ӯ бигӯяд, ки ӯро дӯст медорад".</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Фазилати муҳаббат ва дӯстии холис барои Аллоҳ Таъоло, на барои манфиатҳои дунявӣ.
 Огаҳ сохтани касе, ки ӯро танҳо барои Аллоҳ дӯст медоред амали нек ва мустаҳаб аст, то муҳаббат ва ошноӣ бештар гардад.
 Густариши муҳаббат миёни муъминон бародариро мустаҳкам ва ҷомеаро аз парокандагӣ ва тафриқа нигоҳ медорад.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-[...2 lines deleted...]
-    <t>[رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد]</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3017</t>
   </si>
   <si>
-    <t>اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ</t>
+    <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>Аз ҳафт (гуноҳи) ҳалоккунанда дурӣ ҷӯед</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) омадааст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Аз ҳафт (гуноҳи) ҳалоккунанда дурӣ ҷӯед" Гуфтанд: эй Расули Худо онҳо кадомҳоянд? Расули Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Ширк овардан ба Худованд, ҷодугарӣ, куштани ҷоне, ки Худованд ҳаром гардонидааст, магар ба ҳақ, хӯрдани рибо (судхӯрӣ), хурдани моли ятим, гурез дар рӯзи набард ва туҳмат задан ба занони покдомани мӯъмини ноогоҳ".</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
     <t>Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) уммати худро амр фармуданд то аз ҳафт гуноҳи ҳалоккунанда дурӣ ҷӯянд. Чун аз ӯ (Салому дуруди Аллоҳ бар ӯ бод) дар мавриди гуноҳони мазкур пурсида шуд, гуфтанд:
 1- Ширк овардан ба Худованд, ба монанди ҳамто ва монанд қарор додан ба Ӯ Таъоло ва ҳаргуна ибодат, ки барои ғайр аз Худо анҷом дода мешавад, ё ҳар ибодат, ки бо ширк оғоз меёбад. Паёмбари Худо нахустини ҳафт гуноҳи ҳалоккунандаро ширк гуфтаанд, зеро ширк бузургтарин гуноҳ аст.
 2- Сеҳр ва ҷоду, ки иборат аст аз: гиреҳҳо, вирдҳо, доруҳо ва дуд андохтани баъзе чизҳо. Таъсири сеҳр ин аст, ки касро бемор ва ё ҳатто ба марг мерасонад, миёни зану шавҳар ҷудоӣ меандозад, ки ин худ аз амалҳои шайтонӣ аст. Бисёре аз амалҳои сеҳр ба воситаи ширк ва корҳое ки шайтон дӯст медорад, анҷом дода мешавад.
 3- Куштани нафсе, ки Аллоҳ куштани онро манъ кардааст, магар бо далоил ва аҳкоми шаръӣ, ки он ҳам ба воситаи ҳоким анҷом дода мешавад.
 4- Муомила бо рибо, чи аз роҳи судхӯрии мустақим бошад ё василаи дигари ба даст овардани суд.
 5- Дастдарозӣ бар моли кӯдаке, ки падараш пеш аз ба балоғат расидани ӯ вафот кардааст.
 6- Фирор аз ҷанг бо кофирон.
 7- Туҳмат задани занони покдоману озода ба зино, ҳамчунин туҳмат задан ба мардҳо.</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
     <t>Гуноҳони кабира маҳдуд ба ҳафт гуноҳи мазкур нест, балки интихоби ин адад бинобар хатар ва бузургии онҳо аст.
 Куштани нафс дар ҳоле ҷоиз аст, ки далели шаръӣ барои он вуҷӯд дошта бошад, ба монанди қасос, муртад шудан ва мард ва ё зани зинокор, ки пас аз никоҳ ва хонадор шудан даст ба зино мезананд, ки он ҳам танҳо тавассути ҳокими шаръӣ анҷом мешавад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3331</t>
   </si>
   <si>
-    <t>اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا</t>
+    <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>Худоё! қабри маро чун бутхона магардон</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: " Худоё! қабри маро чун бутхона магардон, Аллоҳ лаънат кунад қавмеро, ки қабрҳои паёмбаронашонро масҷид гирифтаанд".</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
     <t>Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) ба сӯи Парвардигор дуо фармуд то қабри ӯро монанди буте ки парастида мешавад ва сӯи он саҷда гузошта мешавад, нагардонад. Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) огаҳ фармуданд, ки Худованд касонеро, ки қабрҳои паёмбаронашонро ҳамчун масҷид гирифтанд аз раҳматаш дур ва ронда кардааст, зеро масҷид қарор додани он чизе ҷуз васила ва баҳона барои ибодат ва эътиқод доштанд ба онҳо нест.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>Зиёдаравӣ аз меъёри шаръӣ дар мавриди қабрҳои паёмбарон ва солеҳон, боиси парастиши онҳо ба ғайр аз Аллоҳ мегардад, бинобар ин бояд аз ҳаргуна васила, ки ба ширк мерасонад барҳазар буд.
 Ба қасди ибодат ва ё бузургдошти қабрҳо рафтан, новобаста аз он ки соҳиби қабр аз солеҳон ва дӯстони Аллоҳ бошад, ба ҳеҷ ваҷҳ ҷоиз нест.
 Бино кардани масҷид бар қабрҳо ҳаром аст.
 Хондани намоз назди қабр, агарчи масҷид ҳам онҷо бино нашуда бошад, ҳаром аст, ба ҷуз намози ҷаноза назди қабре, ки бар ӯ намози ҷаноза хонда нашуда бошад.</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
     <t>[رواه أحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3336</t>
   </si>
   <si>
-    <t>أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ</t>
+    <t>أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه</t>
   </si>
   <si>
     <t>Ман аз ширк бениёзтарин ҳастам, ҳар кӣ амалеро анҷом диҳад, ки касеро бо Ман дар он шарик месозад, ӯ ва ширкашро ба ҳоли худаш мегузорам</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Аллоҳ Таборак ва Таъоло фармудааст: Ман аз ширк бениёзтарин ҳастам, ҳар кӣ амалеро анҷом диҳад, ки касеро бо Ман дар он шарик месозад, ӯ ва ширкашро ба ҳоли худаш мегузорам".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар медиҳад, ки Аллоҳ Таъоло худ фармудааст, ки пок аз ҳар гуна шарик аст, Ӯ Таъоло аз ҳама чиз бениёз аст, агар банда амалеро барои Худо ва дар айни ҳол барои ғайри Худо анҷом диҳад, Аллоҳ ӯро раҳо намуда аз ӯ намепазирад ва амалашро ба соҳибаш бармегардонад, Амал бояд танҳо барои ризои Худованд бошад, зеро Ӯ Таъоло танҳо амалеро мепазирад, ки фақат барои Ӯ Таъоло анҷом дода мешавад.</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
     <t>Ҳушдор аз воқеъ шудан дар ширк, ки он монеъи қабул шудани амалҳо аст.
 Эҳсоси азамат ва бениёзии Худованд дар худ, зеро он ба инсон кӯмак мекунад дар амалҳои худ ихлос дошта бошад.</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[رواه مسلم]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3342</t>
   </si>
   <si>
-    <t>إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا</t>
+    <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
     <t>Бидонед ман ба даргоҳи Аллоҳ бароат ҷустаам, ки аз миёни шумо халиле (дӯсте) дошта бошам, зеро Аллоҳ таоло маро халили худ гардонидааст, чунончи Иброҳимро халили худ гардонида буд</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
     <t>Аз Ҷундуб (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паембари Худо (Салому дуруди Аллоҳ бар ӯ бод)-ро панҷ рӯз пеш аз маргаш шунидам, ки мегуфт: "Бидонед ман ба даргоҳи Аллоҳ бароат ҷустаам, ки аз миёни шумо халиле (дӯсте) дошта бошам, зеро Аллоҳ таоло маро халили худ гардонидааст, чунончи Иброҳимро халили худ гардонида буд, агар аз миёни умматам халиле мегирифтам, бешак Абубакрро халили худ қарор медодам. Огоҳ бошед, ки пешиниёни шумо қабрҳои паёмбарони худро масҷид мегирифтанд, шуморо ҳушдор медиҳам, ки қабрҳоро масҷид қарор надиҳед, ман шуморо аз ин кор бозмедорам".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) моро аз мақоми худ назди Аллоҳ Таъоло хабар додааст, ки ӯ (Салому дуруди Аллоҳ бар ӯ бод) ба баландтарин мақоми муҳаббат назди Худованд расидааст, Чунончи Иброҳим (Алайҳис-салом) ба он расида буд. Бинобар ин ҷуз Аллоҳ халили касе буданро напазируфтанд, зеро қалби ӯ (Салому дуруди Аллоҳ бар ӯ бод) пур аз муҳаббату азамат ва шинохти Парвардигор буд, ки гунҷоиши муҳаббати касе ҷуз Аллоҳро дар он нест. Агар аз миёни бандагон касеро халили худ қарор медод ӯ Абубакри Сиддиқро (Худованд аз ӯ розӣ бод) буд. Сипас Паёмбари Худо ҳушдор додаанд, ки набояд фаротар аз ҳудуди муҳаббат қадам гузошта шавад, чунончи яҳуд ва насоро дар мавриди қабрҳои паёмбарон ва солеҳони худ муртакиби ин хато шуда ононро дар баробари Ӯ Таъоло маъбуди худ қарор доданд ва бар қабрҳои онҳо масҷид ва маъбад бино карданд. Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) умматашро аз ин амалкарди онҳо манъ фармуданд.</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
   <si>
     <t>Фазлу бузургии Абубакри Сиддиқ (Худованд аз ӯ розӣ бод) ва инки ӯ беҳтарини саҳобагон ва шоистатарини онҳо барои хилофат баъд аз вафоти Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) буданд.
 Бино кардани масҷидҳо бар болои қабрҳо аз корҳои мункари умматҳои пешин аст.
 Қарор додани қабрҳо ҳамчун макон барои ибодат ё намоз гузоштан назди он ё ба сӯи он, ё бино кардани масҷид ва қубба болои он, аз бими воқеъ шудан дар ширк, манъ шудааст.
 Ҳушдор аз зиёдаравӣ ва ғулув дар ҳаққи солеҳон ва бузургон, зеро он муҷиби бурдани инсон ба сӯи ширк аст.
 Хатари ҳар ончи, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) моро аз он барҳазар доштааст, чунончи панҷ шабонарӯз қабл аз реҳлаташ бар он таъкид фармуданд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3347</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ</t>
+    <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
     <t>Хонаҳои худро монанди қабристон насозед, қабри маро ҷашнгоҳ қарор надиҳед, бар ман дуруд бифиристед, зеро дуруди шумо ҳар ҷое бошед ба ман мерасад</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Хонаҳои худро монанди қабристон насозед, қабри маро ҷашнгоҳ қарор надиҳед, бар ман дуруд бифиристед, зеро дуруди шумо ҳар ҷое бошед ба ман мерасад".</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз маҳрум сохтани хонаҳо аз намоз, ба монанди қабристон, ки наметавон дар он намоз гузошт, наҳй фармуданд. Паёмбари Худо ба таври ҳамешагӣ зиёрати қабри худ ва ҷамъ шудан ба шакли мунтазам назди онро наҳй фармуданд, зеро он василае ба сӯи ширк аст, ва ӯ (Салому дуруди Аллоҳ бар ӯ бод) амр фармудаанд, ки дар ҳар ҷое аз курраи замин бошед барояш дуруд бифиристед, зеро дуруди шумо чи аз дур ва чи аз наздик барояш яксон мерасад ва ниёз ба зиёрати ҳамешагии оромгоҳ ӯ (Салому дуруди Аллоҳ бар ӯ бод) нест.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>Наҳй аз маҳрум сохтани хонаҳо аз намоз ва ибодати Аллоҳ Таъоло дар онҳо.
 Манъи сафар ба қасди зиёрати фақат қабри Паёмбар (Салому дуруди Аллоҳ бар ӯ бод), зеро ӯ (Салому дуруди Аллоҳ бар ӯ бод) моро дастур ба дуруд фиристодан намуданд, ки он дар ҳар куҷое аз дунё бошем ба ӯ (Салому дуруди Аллоҳ бар ӯ бод) мерасад, аммо сафар ба қасди зиёрати масҷиди набавӣ ва намоз хондан дар он ҷоиз аст.
 Ҷашнгоҳ гирифтани қабри Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ва зиёрати бардавоми он ба таври махсус ва дар замони махсус, ва зиёрати ҳар қабри дигаре, ноҷоиз ва ҳаром аст.
 Машрӯъияти салом ва дуруд фиристодан бар Паёмбар (Салому дуруди Аллоҳ ба ӯ бод) далели иззат ва каромати ӯ (Салому дуруди Аллоҳ бар ӯ бод) назди Парвардигор аст.
 Чун тарки намоз назди қабрҳо барои саҳобагон амри муқаррарӣ шуд, Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз нагузоштани намоз дар хонаҳо наҳй фармуданд, то хонаҳо низ монанди қабристоне набошанд, ки дар он намоз хонда намешавад.</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
     <t>[حسن]</t>
   </si>
   <si>
     <t>[رواه أبو داود]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3350</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ</t>
+    <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>Ҳар касе ба ғайр аз Аллоҳ савганд ёд кунад, ё кофир шудааст ё ширк варзидааст</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Аз ибни Умар (Худованд аз он ду розӣ бод) ривоят аст, ки ӯ мардеро дид, ки мегуфт: савганд ба Каъба, Ибни Умар гуфт: ғайр аз Аллоҳ ба чизе дигар савганд ёд карда намешавад, зеро ман Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт: "Ҳар касе ба ғайр аз Аллоҳ савганд ёд кунад, ё кофир шудааст ё ширк варзидааст".</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) фармудаанд, ки ҳар касе ба ғайр аз Аллоҳ ва ному сифатҳои Ӯ Таъоло савганд ёд кунад куфр ба Аллоҳ ва ё ширк варзидааст, зеро савганд ба чиз ё ба касе маънои бузургдошт ва таъзими онро дорад, дар ҳоле, ки таъзим ва бузургдошт танҳо барои Аллоҳ аст. Пас бояд танҳо ба Аллоҳ ва ному сифатҳои Ӯ Таъоло савганд ёд карда шавад. Савганд ёд кардан ба ғайр аз Аллоҳ ширки асғар аст, аммо ончи ба номаш савганд ёд мекунадро баробар ба Аллоҳ ё зиёдтар аз Ӯ Таъоло бузург бидонад муртакиби ширки акбар шудааст.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Таъзим ва бузургшуморӣ дар савганд танҳо барои Аллоҳ Таъоло аст, ба ҷуз Аллоҳ ва ба ному сифатҳои Ӯ Таъоло, савганд ёд карда намешавад.
 Саҳобагони киром ба "амри ба маъруф ва наҳй аз мункар" таваҷҷӯҳи хос доштанд, ба вижа агар амали мункари пайванд ба куфр ва ширк мебуд.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3359</t>
   </si>
   <si>
-    <t>إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ</t>
+    <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Ту назди мардумоне меравӣ, ки аҳли китоб ҳастанд, вақте онҳоро диди ба гуфтани "Ашҳаду ан ло илоҳа иллаллоҳ ва ашҳаду анна Муҳаммадан расулуллоҳ" фаро бихон</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>Аз ибни Аббос (Худованд аз он ду розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) вақте Муъоз ибни Ҷабалро ба Яман фиристод, ба ӯ гуфт: "Ту назди мардумоне меравӣ, ки аҳли китоб ҳастанд, вақте онҳоро диди ба гуфтани "Ашҳаду ан ло илоҳа иллаллоҳ ва ашҳаду анна Муҳаммадан расулуллоҳ" фаро бихон. Агар онҳо аз ту пазируфтанд ба онон бигӯ, ки Худованд дар як шабонарӯз панҷ вақт намозро фарз гардонидааст, пас агар онҳо намози панҷгонаро пазируфтанд ба онон бигӯ, ки Худованд садақаеро фарз гардонидааст, ки аз сарватмандони онҳо гирифта бар фақиронашон дода мешавад. Агар онҳо инро низ пазируфтанд аз амволи гаронбаҳои онҳо барҳазар бош ва аз дуои мазлум битарс, зеро байни мазлум ва байни Аллоҳ пардае вуҷӯд надорад".</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>Ҳангоме ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) Муъоз ибни Ҷабал (Худованд аз ӯ розӣ бод) - ро ба ҳайси муаллим ва даъваткунанда ба сӯи Аллоҳ ба сарзамини Яман фиристод, ӯро огаҳ фармуд, ки ӯ бо мардумоне аз насоро рӯ ба рӯ хоҳад шуд, то Муъоз омодагӣ барои мувоҷеҳ шудан бо ононро дар худ касб кунад ва даъвати худро аз амалҳои аз ҳама муҳимтар оғоз кунад. Нахуст онҳоро ба сӯи ақидаи дуруст фаро хонад, яъне гӯвоҳӣ диҳанд, ки маъбуди барҳаққе ҷуз Аллоҳ нест ва Муҳаммад фиристодаи Ӯ Таъоло аст. Зеро калимаи шаҳодат калид ва роҳи вуруд ба Ислом аст, ки агар онҳо калима арза намуда онро пазируфтанд ононро амр барои барпо доштани намозҳо бикунад, Зеро намоз бузургтарини воҷибот баъд аз тавҳид аст. Агар онҳо намозро барпо доштанд, пас сарватмандони онҳоро амр кунад, ки закоти молашонро ба фақирон диҳанд. Сипас Паёмбари Худо Муъозро аз гирифтани беҳтарин амволи онҳо барҳазар доштанд, зеро воҷиб он аст, ки аз амволи миёнаарзиш гирифта шавад. Сипас Паёмбари Худо ба ӯ тавсия кард, ки аз зулм дурӣ ҷӯяд, то мазлуме алайҳи ӯ дуо накунад, зеро дуои мазлум мустаҷоб аст.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Маънои "Ло илоҳа иллаллоҳ" танҳо Худоро парастидан ва тарки ибодати ғайри Аллоҳ аст.
 Маънои "ва ашҳаду анна Муҳаммадан расулуллоҳ" Имон доштан ба Муҳаммад ва ба ончи, ки ба ӯ нозил шудааст ва инки ӯ охирин паёмбар ба суи башарият аст.
 Гуфтугӯ бо донишманд ва касе ки шубҳа дорад, монанди гуфтугӯ бо нодон нест, бинобар ин Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) Муъозро огоҳ намуд, ки "ту назди қавме меравӣ, ки аҳли китоб ҳастанд".
 Барои раҳоӣ аз шак ва шубҳаҳои шубҳаандозон огоҳ будани мусалмон аз умури дини худаш аст, ки он бо  талаби илм ба даст меояд.
 Ботил шудани дини яҳудиён ва масеҳиён пас аз биъсати Муҳаммад (Салому дуруди Аллоҳ бар ӯ бод) ва баёни инки онҳо аз зумраи наҷотёфтагон  дар рӯзи қиёмат нахоҳанд буд, магар инки ислом бипазиранд ва ба Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) имон биёваранд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3390</t>
   </si>
   <si>
-    <t>لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ</t>
+    <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>Дар ситоиши ман зиёдаравӣ накунед, чунончи насоро дар ситоиши писари Марям зиёдаравӣ карданд, ман бандаи Аллоҳ ҳастам, бинобар ин бигӯед: фиристода ва бандаи Аллоҳ</t>
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Аз Умар ибни Хаттоб (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт: "Дар ситоиши ман зиёдаравӣ накунед, чунончи насоро дар ситоиши писари Марям зиёдаравӣ карданд, ман бандаи Аллоҳ ҳастам, бинобар ин бигӯед: фиристода ва бандаи Аллоҳ".</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ифрот ва берун рафтан аз ҳадди шаръӣ дар мадҳ ва ситоиши худ ва васф намудани ӯ (Салому дуруди Аллоҳ бар ӯ бод) ба сифат ва амалҳое, ки хоси Аллоҳ Таъоло аст, ё гуфтани инки ӯ (Салому дуруди Аллоҳ бар ӯ бод) ғайбро медонад ва ё дар баробари Аллоҳ аз ӯ дуо хостан, чунончи масеҳиён бо Исо ибни Марям карданд, манъ намудааст. Сипас баён намуданд, ки ӯ бандае аз бандагони Аллоҳ аст ва амр фармуданд, ки ӯро банда ва фиристодаи Аллоҳ бигӯем.</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>Ҳушдор аз таҷовуз кардани ҳадди шаръӣ дар мадҳу ситоиш ва бузургдошт, зеро он яке аз авомил ба сӯи ширк аст.
 Ончи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз он ҳушдор дода буд, дар миёни ин уммат иттифоқ афтодааст. Гурӯҳе дар мавриди шахсияти Паёмбар (Салому дуруди Аллоҳ бар ӯ бод), гурӯҳи дигаре дар мавриди аҳлу байти Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ва гурӯҳе дар мавриди авлиё дучори зиёдаравӣ гардида гирифтори ширк шуданд.
 Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) худро "бандаи Аллоҳ" васф намуда баён доштанд, ки ӯ касе аст, ки бандагӣ ба Парвардигорро дорад. Бинобар ин нисбат додани ҳеҷ яке аз хусусиятҳои Худованд ба ӯ ҷоиз нест.
 Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) худро "фиристодаи Аллоҳ" васф намуда баён намуданд, ки ӯ фиристодаи Худо ба сӯи башарият аст, бинобар ин тасдиқ ва пайравӣ аз ӯ воҷиб аст.</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[رواه البخاري]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3406</t>
   </si>
   <si>
-    <t>أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ</t>
+    <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>Хушбахттарини мардум дар рӯзи қиёмат ба шафоати ман касе аст, ки аз самими қалб ва ҷон "Ло илоҳа иллаллоҳ"  бигӯяд</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: ба Паёмбари Худо гуфтанд: эй Паёмбари Худо аз ҳама хушбахттар ба шафоати ту дар рӯзи қиёмат кист? Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Эй Абуҳурайра аз сабаби аз ҳама бештар аҳамият доданат бар аҳодиси ман, гумон доштам касе пеш аз ту дар ин маврид намепурсад. Хушбахттарини мардум дар рӯзи қиёмат ба шафоати ман касе аст, ки аз самими қалб ва ҷон "Ло илоҳа иллаллоҳ"  бигӯяд".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додаанд, ки баҳрамандтарин мардум дар рӯзи қиёмат аз шафоати ӯ (Салому дуруди Аллоҳ бар ӯ бод) касе аст, ки аз самими қалб ва холисона "Ло илоҳа иллаллоҳ", яъне нест маъбуде барҳақ магар Аллоҳ, бигӯяд ва дар айни ҳол бадур ва пок аз ширк ва риё бошад.</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
     <t>Исботи шафоати Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар рӯзи қиёмат ва инки шафоати Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фақат барои яктопарастон аст.
 Шафоати Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ин аст, ки Паёмбари Худо аз даргоҳи Худованд истидъо (тавассул) мекунад то муваҳидоне ки сазовори дӯзах шудаанд ба онҷо ворид нашаванд ва ё он муваҳидоне, ки дохили дӯзах шудаанд аз он берун карда шаванд.
 Фазилати аз самими қалб ба забон овардани калимаи тавҳид ва асари бузурги он.
 Калимаи тавҳид пас аз донистани маънои он ва амал кардан ба муқтазои он таҳаққуқ меёбад.
 Фазилати шахсияти Абуҳурайра (Худованд аз ӯ розӣ бод) ва эҳтимоми ӯ ба илм.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3414</t>
   </si>
   <si>
-    <t>مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ</t>
+    <t>من لقي الله لا يشرك به شيئا دخل الجنة، ومن لقيه يشرك به دخل النار</t>
   </si>
   <si>
     <t>Ҳаркӣ дар ҳоле ба дидори Аллоҳ биравад, ки чизеро ба Ӯ шарик наёварда бошад, ба биҳишт ворид мешавад, ва ҳаркӣ дар ҳоле ба дидори Аллоҳ биравад, ки ба Ӯ ширк оварда бошад, ба дӯзах ворид мешавад</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ».</t>
   </si>
   <si>
     <t>Аз Ҷобир ибни Абдуллоҳ (Худованд аз он ду розӣ бод) ривоят аст, ки гуфт: Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт: "Ҳаркӣ дар ҳоле ба дидори Аллоҳ биравад, ки чизеро ба Ӯ шарик наёварда бошад, ба биҳишт ворид мешавад, ва ҳаркӣ дар ҳоле ба дидори Аллоҳ биравад, ки ба Ӯ ширк оварда бошад, ба дӯзах ворид мешавад".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ مَن مات لا يشرك بالله شيئًا فمصيرُه إلى الجنة وإنْ عُذِّبَ على بعضِ ذنوبِه، وأنَّ مَن مات وهو يشرك بالله شيئًا خُلِّد في النار.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) огоҳ фармудааст, ки ҳар касе дар ҳоле бимирад, ки ба Аллоҳ чизеро шарик наоварда бошад, ҷойгоҳаш биҳишт аст, агарчи барои бархе аз гуноҳонаш азоб хоҳад дид. Аммо касе дар ҳоле бимирад, ки ба Аллоҳ ширк оварда бошад, ҷойгоҳаш ҷовидонӣ дар дӯзах аст.</t>
   </si>
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
     <t>Фазилати тавҳид ва инки он сабаби раҳоӣ аз ҷовидон мондан дар дӯзах аст.
 Андоза миёни банда ва ҷаннату дӯзах чизе ҷуз марг нест.
 Ҳӯшдор аз ширк -чи хурд бошад ва чи бузург- зеро роҳи наҷот аз дӯзах дурӣ ҷустан аз ширк аст.
 Ончи дар аъмол муътабар аст, хотима ва анҷоми он аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3418</t>
   </si>
   <si>
-    <t>هَلَكَ الْمُتَنَطِّعُون</t>
+    <t>هلك المتنطعون</t>
   </si>
   <si>
     <t>Зиёдаравон ҳалок шуданд</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
   </si>
   <si>
     <t>Аз Абдуллоҳ ибни Масъуд (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Зиёдаравон ҳалок шуданд" ва Паёмбари Худо ин суханро се бор такрор намуданд.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар мавриди ноумедӣ ва бохти зиёдаравону ифроткунандагон, ки бе илм ва дарки роҳи дуруст, дар дину дунё ва гуфтору кирдорашон аз ҳудуди шаръӣ ва ончи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) овардааст фаротар қадам мегузоранд, хабар додааст.</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
     <t>Сахтгирӣ ва такаллуф дар ҳама ҳолот ҳаром ва дар ивази он ташвиқу тарғиб барои иҷтиноб варзидан аз он, аз ҷумла дар ибодот ва бузургдошти солеҳон, кори нек аст.
 Ба таври комил анҷом додани ибодот ва ҳар амали дигар, бо риояи аҳкоми шаръӣ, кори писандида аст.
 Таъкид фармудан дар масоили муҳим амали матлуб ва писандида аст, зеро Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) он ҷумларо (аз рӯи таъкид) се бор такрор намуданд.
 Осонӣ ва тасомуҳ дар Ислом</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3420</t>
   </si>
   <si>
-    <t>مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ</t>
+    <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>Ҳар кӣ барои ман миёни риш ва бурут (яъне даҳонашро) ва миёни ду пой (яъне шармгоҳашро) кафолат диҳад (ки ба он ду муртакиби гуноҳ намешавад), ман барояш биҳиштро кафолат медиҳам</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Аз Саҳл ибни Саъд (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод ) фармуданд: "Ҳар кӣ барои ман миёни риш ва бурут (яъне даҳонашро) ва миёни ду пой (яъне шармгоҳашро) кафолат диҳад (ки ба он ду муртакиби гуноҳ намешавад), ман барояш биҳиштро кафолат медиҳам".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар мавриди ду чиз хабар додааст, ки агар мусалмон ба он пойбанд бошад, вориди биҳишт мешавад.
 Якум: ҳифзи забон аз сухане ки боиси хашму ғазаби Аллоҳ мешавад.
 Дуввум: ҳифзи шармгоҳ аз воқеъ шудан дар фаҳшо (зино).
 Зеро инсон бо ин ду узв бештар муртакиби гуноҳ мешавад.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Ҳифзи забон ва шармгоҳ, роҳи расидан ба биҳишт аст.
 Дар ин ҳадис аз забон ва шармгоҳ ба шакли вижа ном бурда шудааст, зеро барои инсон онҳо бузургтарин мусибат дар дунё ва охират ҳастанд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3475</t>
   </si>
   <si>
-    <t>إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا</t>
+    <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>Агар банда бемор ё мусофир шавад, барояш ҳамон подош ва савобе навишта мешавад, ки дар хона ва бо тани сиҳат анҷом медод</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Аз Абумусои Ашъарӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Агар банда бемор ё мусофир шавад, барояш ҳамон подош ва савобе навишта мешавад, ки дар хона ва бо тани сиҳат анҷом медод".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз фазл ва раҳмати Худованд мегӯяд, ки агар мусалмон дар ҳоли тансиҳатӣ ва иқоматаш ба адои амали нек одат карда бошад, сипас барои ӯ узре пеш ояд, ба монанди беморӣ ва сафар, ки аз адои он амал оҷиз ояд, барояш ҳамон подош ва савобе навишта мешавад, ки дар ҳоли тансиҳатӣ ва иқоматаш анҷом медод.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Фаровонии фазл ва неъмати Худованд бар бандагонаш.
 Ташвиқ ба кӯшиш дар анҷоми ибодот ва аъмоли нек ва истифода аз вақт дар ҳоли тандурустӣ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3553</t>
   </si>
   <si>
-    <t>أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ</t>
+    <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>Беҳтарин зикр: Ло илоҳа иллаллоҳ, ва беҳтарин дуо: Алҳамду лиллоҳ аст</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Аз Ҷобир (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт: "Беҳтарин зикр: Ло илоҳа иллаллоҳ, ва беҳтарин дуо: Алҳамду лиллоҳ аст".</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мефармоянд, ки беҳтарин зикр "Ло илоҳа иллаллоҳ", ки маънояш "Нест маъбуди барҳақ магар Аллоҳ" аст, ва беҳтарин дуо "Алҳамду лиллоҳ", ки маънояш "Эътироф кардани онки Худованд субҳонаҳу ва Таъоло неъматдиҳанда ва сазовори беҳтарин ва зеботарин васф" аст.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Ташвиқ барои бисёр зикр кардани Худованд бо "Ло илоҳа иллаллоҳ" ва дуо бо "Алҳамдуллилоҳ".</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[رواه الترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3567</t>
   </si>
   <si>
-    <t>الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ</t>
+    <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>Биҳишт ба шумо наздиктар аз банди кафшҳоятон аст ва дӯзах низ монанди он</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Аз ибни Масъуд (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Биҳишт ба шумо наздиктар аз банди кафшҳоятон аст ва дӯзах низ монанди он".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мегӯянд, биҳишт ва дӯзах ба андозаи банди кафшҳо, ки пушти пой аст, ба инсон наздик аст, чун мумкин аст инсон амале анҷом медиҳад, ки сабаби ризои Худованд гашта ба сабаби он вориди биҳишт мешавад, ё муртакиби гуноҳе мешавад, ки ӯро вориди дӯзах мекунад.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Ташвиқ ба анҷом додани амали нек, агарчанд андак бошад, ва бим додан аз амали бад, агарчанд ҳам андак бошад.
 Зиндагии мусалмон бояд ҳамеша миёни тарс ва умед бошад, ҳамеша аз Худованд устуворӣ бар ҳақро талаб кунад ва мағрури ҳоли худ нагашта худро таслими ҳақ намояд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3581</t>
   </si>
   <si>
-    <t>السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ</t>
+    <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>Мисвок поккунандаи даҳон ва писандида назди Худованд аст</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Аз Оиша (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Мисвок поккунандаи даҳон ва писандида назди Худованд аст".</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додаанд, ки мисвок задани дандонҳо бо чуби дарахти арок ва дарахтони дигари ҳаммонанди он, даҳонро аз чирк ва бӯйҳои нохуш пок мекунад. Мисвок задан яке аз сабабҳои хушнудии Парвардигор аст, ки дар он тоат аз Аллоҳ ва пайравӣ аз фармудаҳои Ӯ Таъоло аст, зеро покӣ ва назофат худ аз амалҳои маҳбуби Худованд аст.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>Фазилати мисвок задан ва ташвиқи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) уммати худ барои бисёр анҷом додани он.
 Барои мисвок истифода аз чуби дарахти арок беҳтар аст ва истифода аз хамирдандон низ боке надорад.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
     <t>[رواه النسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3588</t>
   </si>
   <si>
-    <t>الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ</t>
+    <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>Намозҳои панҷгона, аз ҷумъа то ҷумъаи дигар ва аз рамазон то рамазони дигар ва дар ҳоли дурӣ аз кабоир, кафорати гуноҳони байни онҳо мегардад</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Расули Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Намозҳои панҷгона, аз ҷумъа то ҷумъаи дигар ва аз рамазон то рамазони дигар ва дар ҳоли дурӣ аз кабоир, кафорати гуноҳони байни онҳо мегардад".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён намудаанд, ки намозҳои панҷгона, ва дар як ҳафта як маротиба намози ҷумъа ва дар як сол рӯза доштани моҳи Рамазон, кафорат ва поккунандаи гуноҳони сағира ҳастанд, ки банда дар ин миён анҷом медиҳад, ба ин шарт, ки аз гуноҳони кабира бипарҳезад. Аммо гуноҳони кабира, ба монанди зино ва шаробнӯшӣ ба ҷуз тавба пок намешаванд.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Гуноҳон ду қисм ҳастанд: гуноҳони кабира (бузург) ва гуноҳони сағира (хурд).
 Шарти пок шудани гуноҳони сағира парҳез ва дурӣ аз гуноҳони кабира аст.
 Гуноҳони кабира, монанди зино ва шаробнӯшӣ, аз ҷумлаи гуноҳоне ҳастанд, ки барои онҳо дар дунё ҳадди шаръӣ ва ё дар охират ваъдаи азоб ё гирифторӣ ба ғазаби Худо ё мавриди лаънат қарор гирифтан, муайян шудааст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3591</t>
   </si>
   <si>
-    <t>بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Аз ман ба дигарон, агарчи як оят ҳам бошад, бирасонед. Эроде барои шумо нест агар дар мавриди Бани Исроил нақл ва сухан мегӯед, ва ҳар касе қасдан бар ман дурӯғ бандад, ҷойгоҳи худро дар дӯзах омода созад</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Аз Абдуллоҳ ибни Амр (Худованд аз он ду розӣ бод) ривоят аст, ки Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Аз ман ба дигарон, агарчи як оят ҳам бошад, бирасонед. Эроде барои шумо нест агар дар мавриди Бани Исроил нақл ва сухан мегӯед, ва ҳар касе қасдан бар ман дурӯғ бандад, ҷойгоҳи худро дар дӯзах омода созад".</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дастур медиҳад, ки ҳарчи аз номи ӯ расонида мешавад бояд аз Қуръон ва Суннат бошад, агарчи андаке бошад, ба монанди ояте аз Қуръон ё ҳадисе аз фармудаҳои ӯ (Салому дуруди Аллоҳ бар ӯ бод), ба ин шарт, ки ҳар касе онро ба мардум мерасонад худ онро фаро гирифта ба дарки маънои он бирасад. Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён намуданд, ки нақли қавл аз Бани Исроил ва воқеаҳое, ки болои онҳо омадааст, ба гунае, ки мухолиф бо шариати мо нест, ишколе надорад. Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ҳушдор доданд, ки аз номи ӯ дурӯғ нагӯянд ва ҳар касе дониста бар ӯ дуруғе нисбат диҳад, ҷойгоҳашро дар дӯзах омода сохтааст.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>Ташвиқу тарғиб барои расонидани шариати Худовандӣ ва инки инсон ончиро фаро гирифта дарк намудааст бояд ба дигарон бирасонад, агарчи андак ва кам бошад.
 Барои ибодат ва тарзи дурусти таблиғи шариати Худовандӣ бояд илми шаръиро фаро гирифт.
 Пеш аз нашри  ҳадис бояд саҳеҳ будани он дониста шавад, то аз дучор шудан ба ин таҳдиди сахт, ки Паёмбари Худо гуфтаанд, ҷилавгирӣ шавад.
 Ташвиқ ба садоқат дар гуфтор ва эҳтиёт дар нақли ҳадис, то дучори дурӯғгӯӣ нагардад, ба вижа дар шариати Худовандӣ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3686</t>
   </si>
   <si>
-    <t>حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ</t>
+    <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
     <t>Дӯзах бо шаҳватҳо иҳота шудааст ва биҳишт бо нохӯшояндҳо</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Дӯзах бо шаҳватҳо иҳота шудааст ва биҳишт бо нохӯшояндҳо".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён фармуданд, ки дӯзах бо чизҳое иҳота шудааст, ки нафси инсон ба он майл дорад, монанди корҳои ҳаром ва кӯтоҳӣ дар анҷоми воҷибот. Бинобар ин ҳар касе пайравӣ аз ҳаво ва нафси худ кунад сазовори дӯзах мегардад, Биҳишт бо чизҳое иҳота шудааст, ки нафси инсониро аз он хӯш намеояд, ба монанди сабр дар анҷоми амалҳо ва даст кашидан аз ҳаром. Пас ҳар касе талош варзад то худро аз он боздорад, сазовори дохил шудан ба биҳишт мегардад.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>Яке аз сабабҳои воқеъ шудан дар шаҳватҳо, зебо ҷилва додани амалҳои зишту мункар аз ҷониби шайтон аст, то нафси инсон ба он бештар майл кунад.
 Фармони дурӣ аз ҳавову ҳавасҳое, ки шариат ҳаром гардонидааст, зеро он роҳе аст ба сӯи ҷаҳаннам, ва сабр бар сахтиҳо, ки он роҳе ба сӯи биҳишт аст.
 Фазилати ҷиҳод бо нафс, ва талош дар анҷоми ибодатҳо ва сабр бар сахтӣ ва машаққатҳое, ки атрофи ибодатҳоро фаро гирифтаанд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3702</t>
   </si>
   <si>
-    <t>حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ</t>
+    <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>Ҳаққи мусалмон бар мусалмон панҷ аст: посухи салом, аёдати бемор, иштирок дар ҷаноза, иҷобати даъват ва посух бар касе, ки атса мезанад</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки мегӯяд: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт: "Ҳаққи мусалмон бар мусалмон панҷ аст: посухи салом, аёдати бемор, иштирок дар ҷаноза, иҷобати даъват ва посух бар касе, ки атса мезанад"</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баъзе аз ҳуқуқи як мусалмон бар мусалмони дигарро ингуна баён фармуданд: Нахустин ҳақи як мусалмон бар бародараш ин аст, ки посухи саломи ӯро гӯяд.
 Ҳаққи дуюм: Аёдат ва дидори шахси бемор аст.
 Ҳаққи сеюм: иштирок дар ҷаноза ва то қабристон рафтан аз пушти ҷаноза ва то дафн кардани майит онҷо мондан.
 Ҳаққи чаҳорум: Пазируфтани даъват, ки агар  ӯ ба тӯйи арусӣ ё маросими дигар даъват шавад, бипазирад.
 Ҳаққи панҷум: касе, ки атса мезанад ва "Алҳамдуллилоҳ" мегӯяд дар посух ба ӯ "Ярҳамукаллоҳ" гуфта шавад, ки сипас худи атсазананда боз бигӯяд: "Яҳдикум Аллоҳ ва юслиҳ болакум" (Худованд шуморо ҳидоят ва хаёлатонро нек бидорад).</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
     <t>Аҳамияти дини Ислом бар устувории ҳуқуқ байни мусалмонон ва таҳкими бародарӣ ва муҳаббат байни онҳо.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3706</t>
   </si>
   <si>
-    <t>رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى</t>
+    <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>Худованд раҳмат кунад мардеро, ки дар хариду фурӯш ва дар бозпасгирии қарзи худ осонгир аст</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>Аз Ҷобир (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Худованд раҳмат кунад мардеро, ки дар хариду фурӯш ва дар бозпасгирии қарзи худ осонгир аст".</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) барои касоне, ки дар хариду фурӯш осонгир ва саховатманду некрафтор ҳастанд, дуои нек фармуданд. Дар вақти фурӯш бо муштарӣ некрафтор бошад ва ба қимати муносиб ба ӯ бидиҳад. Агар аз дигарон чизе мехарад саховатманд бошад ва қимати моли онҳоро беарзиш накунад. Дар талаби қарзи худ сахтгир набошад, балки бо нармӣ ва мардонагӣ онро талаб кунад ва то метавонад ба ӯ мӯҳлати бештар диҳад, дар баробари фақирону бенавоён сангдил ва сахтгир набошад.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>Яке аз ҳадафҳои шариат, ҳифз ва нигоҳ доштани ончи боиси беҳтар шудани муносибот байни мардум мешавад, аст.
 Ташвиқ ба корбурди ахлоқи нек дар муомилот байни мардум, ба монанди хариду фурӯш ва амсоли он.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3716</t>
   </si>
   <si>
-    <t>كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا</t>
+    <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>Марде ба мардум қарз медод ва ба ҷавони зердасти худ мегуфт: агар (барои гирифтани қарз) назди тангдасте рафтӣ ӯро бубахш, шояд ба сабаби он Худованд моро бубахшад</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Марде ба мардум қарз медод ва ба ҷавони зердасти худ мегуфт: агар (барои гирифтани қарз) назди тангдасте рафтӣ ӯро бубахш, шояд ба сабаби он Худованд моро бубахшад. Ӯ дар ҳоле бо Худованд мулоқот мекунад, ки ӯро бахшидааст".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар мавриди марде мегӯяд, ки ба мардум қарз медод ё бо қарз ба онҳо мол медод, ва ба ғуломи худ, ки қарзи ӯро аз мардум мегирифт, мегуфт: Агар назди касе рафтӣ, ки тавони пардохти қарзи худро надорад "аз ӯ бигзар" ё ба ӯ муҳлат бидеҳ ва дар гирифтани қарз пойфишорӣ накун, ё тавони пардохти ҳар миқдоре аз молро дорад бипазир, ки шояд ба сабаби он Худованд аз мо бигзарад ва мавриди бахшиш қарор бидиҳад. Чун он мард вафот кард, Худованд ӯро авф ва аз гуноҳонаш даргузашт.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>Муомилаи нек бо мардум ва гузашт дар тангдастӣ, аз бузургтарин асбоби наҷоти банда дар рӯзи қиёмат аст.
 Некӣ ба мардум, ихлос дар амал ва умед бастан ба раҳмати Худованд аз сабабҳои омӯрзиши гуноҳон аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3753</t>
   </si>
   <si>
-    <t>لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا</t>
+    <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>Онки пайванди хешовандиро нигоҳ медорад, на он аст, ки муомилаи ба мисл кардааст, балки ӯ касе аст, ки чун аз ӯ риштаи хешовандӣ катъ шавад онро васл менамояд</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>Аз Абдуллоҳ ибни Амр (Худованд аз он ду розӣ бод) ривоят аст, ки Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Онки пайванди хешовандиро нигоҳ медорад, на он аст, ки муомилаи ба мисл кардааст, балки ӯ касе аст, ки чун аз ӯ риштаи хешовандӣ катъ шавад онро васл менамояд"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар медиҳад, ки касе ба таври комил робитаи хешовандиро ба ҷой меорад ва ба наздикони худ ба некӣ рафтор мекунад, ӯ аз ҷумлаи касоне нест, ки некиро дар муқобили некӣ анҷом медиҳанд, балки касе, ки риштаи хешовандиро ба таври комил ба ҷой меорад дар ҳақиқат касе аст, ки чун дигарон робитаашон бо ӯро қатъ кунанд ӯ онро пайваста нигоҳ медорад, агар яке аз хешовандон ба ӯ бадӣ кунад ӯ дар муқобил ба некӣ посух медиҳад.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Робитаи хешовандии мӯътабар дар шариати мо ҳамон аст, ки чун он дар баробари ту қатъ карда шавад ту онро нигоҳ дорӣ, касоне, ки ба ту ситам карданд авф кунӣ ва ба касоне, ки туро аз чизе махрум сохтаанд, ато кунӣ, на инки подош танҳо дар муқобили подош ва некӣ анҷом дода шавад.
 Робитаи хешовандӣ бо анҷоми некие, ки дар тавон аст, ба монанди дуои нек, додани мол, амри ба маъруф ва наҳй аз мункар ва ба қадри тавон дафъ кардани бадиҳо аз онҳо, ба даст меояд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3854</t>
   </si>
   <si>
-    <t>مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ</t>
+    <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>Ҳар касе ба шахси қарздор муҳлат бидиҳад, ё аз қарзи ӯ кам кунад, Аллоҳи Муттаъол рӯзи қиёмат ӯро зери сояи арши Худ, ки он рӯз сояе ҷуз сояи Ӯ нест, қарор медиҳад</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ҳар касе ба шахси қарздор муҳлат бидиҳад, ё аз қарзи ӯ кам кунад, Аллоҳи Муттаъол рӯзи қиёмат ӯро зери сояи арши Худ, ки он рӯз сояе ҷуз сояи Ӯ нест, қарор медиҳад".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додаанд, ки ҳар касе ба шахсе, ки аз ӯ қарздор аст муҳлат диҳад ё аз қарзи ӯ кам кунад, подошаш он аст, ки вақте рӯзи қиёмат хуршед бар сари бандагон наздик мешавад ва гармияш болои онҳо шиддат меёбад, Худованд ӯро зери сояи арши Худ қарор медиҳад, рӯзе, ки дар он касе ҷуз сояи Худованд соя нахоҳад ёфт.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Фазилати осонгирӣ бар бандагони Аллоҳ Таъоло ва баёни инки он аз сабабҳои наҷот ёфтан аз ваҳшат ва сахтиҳои рӯзи қиёмат аст.
 Муҷозот ва подош вобаста ба амал аст.</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
     <t>[رواه الترمذي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4186</t>
   </si>
   <si>
-    <t>مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Ҳар кӣ моҳи рамазонро аз рӯи имон ва барои дарёфти савоб рӯза бигирад, гуноҳони гузаштаи ӯ бахшида мешавад</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ҳар кӣ моҳи рамазонро аз рӯи имон ва барои дарёфти савоб рӯза бигирад, гуноҳони гузаштаи ӯ бахшида мешавад"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар медиҳад, ки ҳар касе моҳи рамазонро аз рӯи имон ба Аллоҳ ва бовар доштан ба фарзияти он ва аҷру подош, ки дар он Худованд барои рӯзадорон арзонӣ доштааст, рӯза бидорад ва ҳадафи ӯ танҳо барои Худо, на аз рӯи риё ва худнамоӣ, бошад, гуноҳони гузаштаи ӯ омӯрзида мешавад.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Фазилати ихлос ва аҳамияти он дар рӯза доштани моҳи Рамазон ва дигар амалҳои нек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4196</t>
   </si>
   <si>
-    <t>مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Ҳар кӣ шаби Қадрро аз рӯйи имон ва дарёфти савоб шабзиндадорӣ намояд, гуноҳони гузаштаи ӯ омурзида мешавад</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ҳар кӣ шаби Қадрро аз рӯйи имон ва дарёфти савоб шабзиндадорӣ намояд, гуноҳони гузаштаи ӯ омурзида мешавад"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар мавриди фазилати қиёми шаби қадр, ки дар даҳаи охири рамазон аст, хабар дода фармудааст, ки ҳар кӣ онро аз рӯи ихлосу имондорӣ ва огоҳ будан аз фазоили он ва бо умеди касби савоб, на барои худнамоӣ ва риё, бо намозу дуо ва зикру тиловати Қуръон сипарӣ намояд, гуноҳони гузаштаи ӯ омурзида мешавад.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>Фазилати шаби қадр ва ташвиқ барои шабзиндадории он.
 Амали нек танҳо бо нияти холис пазируфта мешавад.
 Аз фазл ва раҳмати Худованд аст, ки ҳар кӣ шаби қадрро аз рӯи имондорӣ ва бо ҳадафи касби аҷру савоб шабзиндадорӣ намояд, гуноҳони гузаштаи ӯ омурзида мешавад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4202</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ</t>
+    <t>من يرد الله به خيرا يصب منه</t>
   </si>
   <si>
     <t>Худованд ба касе хайр бихоҳад, ӯро мавриди ибтило қарор медиҳад</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Худованд ба касе хайр бихоҳад, ӯро мавриди ибтило қарор медиҳад".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додаанд, ки ҳаргоҳ Худованд барои касе аз бандагонаш хайр бихоҳад, ӯро дар ҷону мол ва хонадонаш мавриди озмоиш қарор медиҳад, ки банда бо дуо ва тазарруъ ба Парвардигораш мутавассил мешавад, ки ба сабаби он гуноҳонаш бахшида ва соҳиби манзилати боло мегардад.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Муъмин дучори мусибат ва озмоишҳо қарор мегирад.
 Озмоиш ва ибтило шояд нишонаи муҳаббати Худованд ба бандааш бошад, то  ба сабаби он дараҷа ва манзилаташро боло барад ва гуноҳонашро бубахшад.
 Ташвиқ ба сабр дар мусибатҳо ва наафтодан дар ваҳм ва ваҳшат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4204</t>
   </si>
   <si>
-    <t>إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ</t>
+    <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
+  </si>
+  <si>
+    <t>Амр шудаам, ки бо мардум биҷангам, то ин ки онҳо гувоҳӣ диҳанд, ки маъбуде ба ҳақ нест ҷуз Аллоҳ ва ин ки Муҳаммад расули Аллоҳ аст ва намозро бигузоранд ва закот бидиҳанд</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
+  </si>
+  <si>
+    <t>Аз Ибни Умар (Худованд аз он ду розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Амр шудаам, ки бо мардум биҷангам, то ин ки онҳо гувоҳӣ диҳанд, ки маъбуде ба ҳақ нест ҷуз Аллоҳ ва ин ки Муҳаммад расули Аллоҳ аст ва намозро бигузоранд ва закот бидиҳанд. Пас, вақте чунин карданд, ҷон ва молашонро аз ман ҳифз кардаанд, магар ба ҳаққи Ислом ва ҳисобашон назди Аллоҳ аст".</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
+فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён намудаанд, ки Аллоҳ ба ӯ амр кардааст, бо мушрикон биҷангад, то онҳо гувоҳӣ диҳанд, ки маъбуде ба ҳақ ҷуз Аллоҳи ягонаи бешарик нест ва гувоҳӣ диҳанд, ки Муҳаммад (Салому дуруди Аллоҳ бар ӯ бод) фиристодаи Аллоҳ аст. Ва ба муқтазои ин шаҳодат амал кунанд. Аз ҷумла, пойбандӣ ба намозҳои панҷгона дар шабонарӯз ва додани закоти фарзӣ ба мустаҳиқони он. Пас, агар ин корҳоро анҷом диҳанд, Ислом хун ва моли онҳоро ҳифз мекунад, аз ин рӯ, куштани онҳо ҷоиз нест, магар ин ки ҷурмеро муртакиб шаванд, ки бинобар аҳкоми Ислом сазовори куштан шаванд. Сипас Аллоҳ Таъоло ҳисоби онҳоро ба уҳда дорад, зеро Аллоҳ аст, ки аз ниҳони онон бохабар аст.</t>
+  </si>
+  <si>
+    <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
+أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
+لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
+  </si>
+  <si>
+    <t>Аҳком бинобар зоҳир иҷро мешавад. Ва Аллоҳ он чиро, ки  (дар дилҳо) пинҳон аст, ба уҳда мегирад.
+Аҳамияти тавҳид ва ин ки он аввалин чизе аст, ки дар даъват ба он оғоз карда мешавад.
+Ин ҳадис маънои онро надорад, ки мушрикон маҷбуран вориди Ислом шаванд, балки ба онҳо ихтиёри дохил шудан ба Ислом ё пардохти ҷизя дода шудааст. Аммо агар ибо варзиданд ва аз даъват ба Ислом саркашӣ карданд, танҳо тибқи аҳкоми Ислом ҷуз набард бо онон намемонад.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4211</t>
+  </si>
+  <si>
+    <t>إن الله تجاوز لي عن أمتي الخطأ والنسيان وما استكرهوا عليه</t>
+  </si>
+  <si>
+    <t>Ба дурустӣ, Худо ба хотири ман аз умматонам хатову фаромӯшӣ ва он чиро, ки бар он маҷбур карда шудаанд, гузашт кардааст</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إنَّ اللَّهَ تَجَاوَزَ لِي عَنْ أُمَّتِي الخَطَأَ وَالنِّسْيَانَ وَمَا اسْتُكْرِهُوا عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Аз Ибни Аббос (разияллоҳу анҳумо) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Ба дурустӣ, Худо ба хотири ман аз умматонам хатову фаромӯшӣ ва он чиро, ки бар он маҷбур карда шудаанд, гузашт кардааст".</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم : أن الله عفا عن أمته في ثلاثة أحوال:
+الأولى: الخطأ، وهو ما صدر منهم دون تعمد، وهو أن يقصد المسلم بفعله شيئًا، فيصادف فعله غير ما قصده. 
+والثانية: النسيان، وهو أن يكون المسلم متذكرًا لشيء، ولكن ينساه عند الفعل، فلا إثم في ذلك أيضًا. 
+والثالثة: الإكراه ، فقد يُكره العبد على فعل شيء لا يريده مع عدم قدرته على دفع الإكراه، وحينئذٍ لا يقع عليه الإثم أو الحرج.
+مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
+  </si>
+  <si>
+    <t>Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) хабар медиҳад, ки Аллоҳ Таъоло барои уммати ӯ се ҳолатро афв кардааст: Аввал: Хато, яъне коре, ки бе қасд ва ният анҷом мешавад. Мусалмон мехоҳад кори дурустеро анҷом диҳад, вале амалаш баръакси қасдаш мебарояд. Аллоҳ дар чунин ҳолат афв мекунад, зеро он амдан набудааст. Дуюм: Фаромӯшӣ, яъне мусалмон чизеро дар ёд дорад, вале дар вақти амал онро фаромӯш мекунад. Дар чунин ҳолат низ бар ӯ гуноҳ нест, зеро фаромӯшӣ аз табиати инсон аст ва Аллоҳ Таъоло чунин ҳолатҳоро афв кардааст. Сеюм: Иҷбор, яъне шахсро маҷбур мекунанд, ки амале анҷом диҳад, дар ҳоле ки ӯ анҷом додани он амалро намехоҳад, вале наметавонад маҷбуриро бартараф кунад. Дар чунин ҳолат, бар ӯ гуноҳ нест ва гунаҳкор шуморида намешавад. Бо таваҷҷуҳ ба он ки мавзуи ҳадис дар мавриди он чи байни банда ва Парвардигораш дар анҷоми кори мамнуъ аст, аммо агар касе фармонеро (фаризае) фаромӯш карда тарк кунад, воҷиб аз ӯ соқит намешавад, бояд онро ҷуброн кунад (масалан, намози фаромӯшшударо қазо дорад). Агар амали ӯ, ҳарчанд хато ё маҷбурӣ анҷом шуда бошад, ба дигарон зиён расонад, ҳаққи мардум соқит намешавад. Масалан, агар касе нохост одаме кушта бошад, бар ӯ дия (ҷаримаи хун) лозим аст. Агар мошини касеро беқасд вайрон кунад,  бояд зарарро ҷуброн кунад.
+Хулоса, ҳадис дар ҳаққи гуноҳони шахсӣ байни банда ва Худо сабукӣ медиҳад, вале ҳаққи мардум ҷуброн намешавад.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
+فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
+رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
+لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
+  </si>
+  <si>
+    <t>Гузашт ва раҳмати васеи Худованди Азза ва Ҷалла ва лутфи Ӯ ба бандагонаш дар он зоҳир аст, ки агар гуноҳ аз рӯи хато, фаромӯшӣ, ё маҷбурӣ содир шавад, гуноҳ бар гардани банда навишта намешавад.
+Фазли Худо бар Паёмбари Акрам Муҳаммад (Саллаллоҳу алайҳи ва саллам) ва уммати ӯ.
+Бардошта шудани гуноҳ маънои бардошта шудани ҳукм ё замонатро надорад. Масалан, касе, ки таҳорат карданро фаромӯш кард ва намоз хонд, бо гумони он ки таҳорат дорад, барои ин амалаш гуноҳ намегирад, зеро фаромӯш кард. Аммо намозаш дуруст нест, чун шарт (таҳорат) вуҷуд надошт. Бояд таҳорат гирад ва намозро дубора ба ҷо оварад. Яъне, гуноҳ нест, вале масъулият ҳаст.
+Барои он ки гуноҳ аз шахсе, ки ба сабаби иҷборӣ амалеро содир кардааст, бардошта шавад, шартҳое вуҷуд доранд. Аз ҷумла, қодир будани маҷбуркунанда (касе, ки таҳдид мекунад) бояд воқеан тавон дошта бошад, ки таҳдиди худро иҷро кунад, (масалан, ҷон, мол ё обрӯи шахсро ба хатар андозад).</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه والبيهقي وغيرهما</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4216</t>
+  </si>
+  <si>
+    <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
+  </si>
+  <si>
+    <t>Модоме ки шуморо раҳо кардаам (ва амре накардаам) манро (бо ҳамон масоиле, ки ба шумо мегӯям) раҳо кунед (ва дар бораи масоили ногуфта напурсед). Зеро умматҳои гузаштаро суоли зиёд ва мухолифат бо паёмбаронашон ба ҳалокат расонд</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
+  </si>
+  <si>
+    <t>Аз Абуҳурайра (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Модоме ки шуморо раҳо кардаам (ва амре накардаам) манро (бо ҳамон масоиле, ки ба шумо мегӯям) раҳо кунед (ва дар бораи масоили ногуфта напурсед). Зеро умматҳои гузаштаро суоли зиёд ва мухолифат бо паёмбаронашон ба ҳалокат расонд. Бинобар ин ҳаргоҳ шуморо аз чизе боздоштам, аз он дурӣ намоед ва чун шуморо ба анҷоми коре дастур додам, то ҷое, ки метавонед ба он амал кунед".</t>
+  </si>
+  <si>
+    <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
+فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
+فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
+وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
+الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
+الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Саллалоҳу алайҳи ва саллам) фармудаанд, ки ҳукмҳои шаръӣ ба се гурӯҳ тақсим мешаванд: Он чи дар борааш сукут шудааст, наҳйҳо ва амрҳо.
+Аммо аввал: Он чизе аст, ки шаръ дар борааш сукут кардааст, яъне ҷое, ки ҳукм надорад ва асл дар ҳар чиз адами вуҷуб аст. Дар даврони Паёмбар (Саллалоҳу алайҳи ва саллам) воҷиб он буд, ки дар бораи он чизе, ки рух надодааст, пурсида нашавад, аз бими он ки мабодо дар бораи он воҷиб ё таҳрим нозил нашавад. Зеро Аллоҳ Таъоло онро аз рӯйи раҳматаш барои бандагонаш тарк кардааст. Аммо баъд аз вафоти Паёмбар (Саллалоҳу алайҳи ва саллам) агар суол дар шакли фатво ё таълими чизе, дар амри дин лозим бошад, ҷоиз аст, балки ба ин пурсиш амр шудааст. Аммо агар пурсиш аз рӯӣ сахтгирӣ ва такаллуф бошад, ин ҳамон пурсише аст, ки дар ҳадис аз он наҳй шудааст. Зеро ин метавонад сабаби он чизе шавад, ки ба Банӣ Исроил рӯй дод. Вақте ки ба забҳи модагове амр шуданд, агар ягон говро забҳ мекарданд, корашон ба охир расида буд, аммо онон сахтгирӣ карданд ва бар онон сахт гирифта шуд.
+Дувум: Наҳйшудаҳо, яъне ҳар ки онҳоро тарк кунад савоб мегирад ва касе онҳоро тарк накунад муҷозот мешавад. Пас, бояд аз ҳамааш дурӣ кард.
+Севум: Фармудаҳо, яъне он чизҳоест, ки анҷом диҳандааш савоб мегирад ва тарк кунандааш муҷозот мешавад. Пас, бояд ба андозаи тавоноӣ анҷомаш дод.</t>
+  </si>
+  <si>
+    <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
+حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
+الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
+الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
+النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
+  </si>
+  <si>
+    <t>Инсон бояд ба он чизе, ки аз ҳама муҳим ва зарур аст, таваҷҷуҳ кунад ва он чизеро, ки лозим нест, тарк кунад ва бо пурсиши он чизе, ки рӯй надодааст, банд нашавад.
+Саволҳое, ки метавонанд масъалаҳоро печидатар гардонанд ва дари шубҳаҳоеро, ки боиси ихтилофоти зиёд мешаванд, боз кунанд, ҳаром аст.
+Амр ба тарки ҳамаи манҳиёт, зеро тарки он кори душворе нест. Бинобар ин, наҳй аз он ба таври умумӣ ворид шудааст.
+Амр ба анҷоми маъмурот ба қадри тавоноӣ аст, зеро анҷоми амр шояд бо душворӣ бошад ва ё шояд шахс аз уҳдаи ин кор набарояд. Барои ҳамин амр ба ин корҳо бар қадри тавоноӣ аст.
+Наҳй аз зиёд пурсидан. Олимон пурсишро ба ду қисм ҷудо кардаанд: якум, он чи ба шакли таълим ва омӯзиш аст, яъне омӯхтани он чизҳое, ки дар дин ба он ниёз аст. Ин пурсиш матлуб аст ва пурсишҳои саҳоба аз ин навъ буданд. Дувум: пурсиш аз рӯй такаллуф бошад, ки аз ин пурсиш наҳй шудааст.
+Ҳушдори ин уммат аз нофармонии паёмбараш, чунон ки дар умматҳои пеш аз ӯ низ рух додааст.
+Аз ҳад зиёд пурсидан дар бораи чизҳои нолозим ва ихтилоф бо паёмбарон сабаби ҳалокат аст. Бахусус, дар корҳое, ки наметавон ба он даст ёфт ва аз он огоҳ шуд, монанди масъалаҳои ғайбӣ, ки танҳо Аллоҳ аз он огоҳ аст ва аҳволи рӯзи қиёмат.
+Наҳй аз пурсиш дар корҳои душвор. Авзоӣ мегӯяд: Агар Худованд бихоҳад, ки бандаашро аз баракати илм маҳрум созад, масъалаҳои печида ва душворро бар забонаш ҷорӣ месозад, ман ононро аз комилмтарин мардум ёфтаам. Ибни Ваҳб мегӯяд: Моликро шунидам, ки мегуфт: Ҷадал ва муноқиша дар илм, нури илмро аз дили инсон дур мекунад.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4295</t>
+  </si>
+  <si>
+    <t>اتق الله حيثما كنت، وأتبع السيئة الحسنة تمحها، وخالق الناس بخلق حسن</t>
+  </si>
+  <si>
+    <t>Ҳар ҷое бошӣ, аз Худо битарс ва пас аз ҳар бадӣ хубие анҷом деҳ, то он (бадӣ)-ро маҳв кунад ва бо ахлоқи нек бо мардум рафтор кун!</t>
+  </si>
+  <si>
+    <t>‌عَنْ ‌أَبِي ‌ذَرٍّ، ‌جُنْدُبِ ‌بْنِ ‌جُنَادَةَ، ‌وَأَبِي ‌عَبْدِ ‌الرَّحْمَنِ، ‌مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقِ اللَّهَ حَيْثُمَا كُنْت، وَأَتْبِعْ السَّيِّئَةَ الْحَسَنَةَ تَمْحُهَا، وَخَالِقْ النَّاسَ بِخُلُقٍ حَسَنٍ».</t>
+  </si>
+  <si>
+    <t>Аз Абузар, Ҷундуб ибни Ҷунода ва Абуабдурраҳмон, Муъоз ибни Ҷабал (разияллоҳу анҳумо) ривоят аст, ки Паёмбари Аллоҳ (Саллалоҳу алайҳи ва саллам) фармуданд: "Ҳар ҷое бошӣ, аз Худо битарс ва пас аз ҳар бадӣ хубие анҷом деҳ, то он (бадӣ)-ро маҳв кунад ва бо ахлоқи нек бо мардум рафтор кун!"</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم بثلاثة أمور:
+الأول: تقوى الله وذلك بفعل الواجبات، وترك المحرمات، في كل مكان وزمان وحال، في السر والعلانية، وفي العافية والبلاء وغير ذلك.
+الثاني: إذا وقعت في سيئة، فافعل بعدها حسنة من صلاة وصدقة وبر وصلة وتوبة وغير ذلك، فإن ذلك يمحو السيئة. 
+الثالث: عامل الناس بأخلاق حسنة، مِنْ تبسم في وجوههم، ورفق ولين وبذل معروف وكف أذى.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Саллалоҳу алайҳи ва саллам) ба се чиз амр намудааст: Якум: Парҳезгорӣ аз Аллоҳ Таъоло, бо анҷом додани воҷиботаш ва тарк намудани муҳаррамоташ, дар ҳар макон, замон ва ҳолат, пинҳон ва ошкоро, дар неъмат ва мусибат ва ғайра. Дуюм: Агар муртакиби гуноҳе шудӣ, пас аз он кори неке анҷом деҳ, аз қабили намоз, садақа, некӣ ба мардум, силаи раҳм, тавба ва ғайра. Зеро ин амали нек гуноҳро пок месозад. Сеюм: Бо мардум бо ахлоқи нек муомила кун, аз қабили табассум дар рӯйи онҳо, нармӣ ва мулоимат, кумак кардан ба дигарон ва манъи озору азияти мардум.</t>
+  </si>
+  <si>
+    <t>فضل الله عزّ وجل على العباد في رحمته ومغفرته وعفوه.
+اشتمل الحديث على الحقوق الثالثة: حق الله بالتقوى، وحق النفس بفعل الحسنات بعد السيئات، وحق الناس بالمعاملة بالأخلاق الحسنة.
+الترغيب في فعل الحسنات بعد السيئات، وحسن الخلق من خصال التقوى، وإنما أفرد بالذكر للحاجة إلى بيانها.</t>
+  </si>
+  <si>
+    <t>Фазлу карами Аллоҳ Таъоло бар бандагонаш дар раҳмат, мағфират ва бахшиши Ӯ.
+Ин ҳадис се ҳақро дарбар мегирад: 
+Ҳаққи Худованд - бо парҳезгорӣ ва иҷрои фармони Ӯ; 
+ҳаққи нафс - бо анҷоми корҳои нек пас аз корҳои бад, то ки пок шавад; 
+ҳаққи мардум - бо муомилаи нек, ахлоқи хуб, нармӣ ва рафтори хуб бо онҳо.
+Тарғиб ва ташвиқ ба анҷоми корҳои нек пас аз гуноҳон ва ахлоқи неки хуш яке аз хислатҳои парҳезгорист. Азбаски, мардум ниёз ба фаҳмидани аҳамияти онро доранд, он ҷудо зикр карда шудааст.</t>
+  </si>
+  <si>
+    <t>قال الترمذي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه الترمذي</t>
+  </si>
+  <si>
+    <t>[قال الترمذي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4302</t>
+  </si>
+  <si>
+    <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>Ба дурустӣ, маро аз (коре) бузург суол кардӣ. Дар ҳақиқат ин (кор) танҳо бар касе осон аст, ки Худои Таъоло онро бар вай муяссар гардонад</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Аз Муъоз ибни Ҷабал (разияллоҳу анҳу) ривоят аст, ки гуфт: Дар сафаре ҳамроҳи Паёмбар (Саллалоҳу алайҳи ва саллам) будам, дар ҳоли роҳ рафтан ба ӯ наздик шудам ва ба ӯ  гуфтам: Эй Пёмбари Худо, аз амале бароям бигӯ, ки маро ба биҳишт дохил кунад ва аз оташи дӯзах дур созад". Паёмбар гуфт: «Ба дурустӣ, маро аз (коре) бузург суол кардӣ. Дар ҳақиқат ин (кор) танҳо бар касе осон аст, ки Худои Таъоло онро бар вай муяссар гардонад: Худоро ибодат кунӣ ва ба Ӯ ҳеҷ чизро шарик муқаррар насозӣ; ва намоз бигузорӣ; ва закот бидиҳӣ; ва (моҳи) Рамазонро рӯза бидорӣ; ва Хонаро ҳаҷ бикунӣ». Сипас гуфт: «Оё туро ба дарвозаҳои хайр далолат кунам?: Рӯза сипар аст (ки рӯзадорро аз азоби дӯзах нигоҳ медорад); ва садақа гуноҳро маҳв месозад, ҳамчуноне, ки об оташро хомӯш месозад; ва (дигаре аз дарвозаҳои хайр) намози мард дар нимаи шаб (аст)». (Ровӣ) гуфт: "Пас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) (ин оятро) тиловат кард: (Дар ними шаб) паҳлӯҳояшон аз бистарҳо дур мешавад (ва хоби ширинро тарк гуфта ва ба ибодати Парвардигорашон мепардозанд) [Сураи Саҷда, ояти 16]. 
+Сипас гуфт: «Оё туро аз саромади ҳамаи корҳо, сутуни он ва баландтарини он хабар диҳам?» Гуфтам: "Оре, эй Расули Худо". Гуфт: «Саромади корҳо ислом аст, сутуни он намоз аст ва баландтарин мақоми он кӯшиш барои пешрафти дин аст». Сипас гуфт: «Оё туро аз асли ҳамаи онҳо хабар диҳам?» Гуфтам: "Оре, эй Расули Худо". Пас ба забонаш ишора карду гуфт: «Инро нигоҳ дор!» Гуфтам: "Эй Паёмбари Худо, оё барои он чи мо мегӯем, накӯҳиш карда мешавем?" Сипас гуфт: «Модарат дар мотамат нишинад, магар одамонро бар рӯйҳояшон - ё ин ки гуфт: бар биниҳояшон– ба ҷуз маҳсули бади забонҳояшон боз барои чизи дигаре ба оташ меафкананд?!» [Яъне ҷазои касе, ки дар байни мардум бадгӯӣ карда мегардад ин аст, ки ӯ аз рӯяш ва ё аз бинияш кашида-кашида ба дӯзах андохта мешавад].</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
+قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
+الأول: تعبد الله وحده ولا تشرك به شيئًا. 
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟ 
+قال معاذ رضي الله عنه: بلى يا رسول الله. 
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. 
+وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله. 
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. 
+قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟! 
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>Муъоз (разияллоҳу анҳу) мегӯяд: Дар сафаре ҳамроҳи Паёмбар (Саллалоҳу алайҳи ва саллам) будам ва рӯзе ҳангоми роҳ рафтан ба ӯ наздик шудам ва гуфтам: Эй Расули Аллоҳ! барои ман амалеро бигӯ, ки манро ба биҳишт дохил кунад ва аз дӯзах дур созад. Паёмбар (Саллалоҳу алайҳи ва саллам) фармуд: Дар бораи чизе аз ман пурсидӣ, ки амал карданаш бар инсонҳо бузург аст. Аммо он бар касе, ки Худо барояш осон гардонад, осон аст. Фарзҳои Исломро анҷом деҳ:
+Якум: Танҳо Аллоҳро ибодат кун ва касеро бо Ӯ шарик қарор мадеҳ.
+Дувум: Намозҳои панҷгона (бомдод, пешин, аср, шом, хуфтан)-ро дар шабонарӯз бо шартҳо, аркон ва воҷиботаш  анҷом бидеҳ.
+Севум: Закоти фарзиро бидеҳ. Ин ибодати молист, ки дар ҳар моле, ки ба ҳадди муайяни шаръӣ расида бошад, бароварда ва ба соҳибҳаққонаш дода мешавад.
+Чаҳорум: Моҳи Рамазонро рӯза бигир. Яъне, худдорӣ аз хӯрдану нӯшидан ва дигар ботилкунандаҳои рӯза бо нияти ибодат, аз тулӯи субҳ то ғуруби офтоб.
+Панҷум: Бо қасди адои маносик ба Макка меравӣ ва бо нияти ибодат ба Худованд ҳаҷҷи байтуллоҳ (Каъба)-ро анҷом медиҳӣ.
+Сипас Паёмбари Аллоҳ (Саллалоҳу алайҳи ва саллам) фармуданд: Оё ба он роҳе, ки туро ба сӯи дарҳои некӣ мебарад, роҳнамоӣ кунам? Он роҳ анҷом додани навофил баъди фароиз аст:
+Аввал: Рӯзаи нафлӣ, ки инсонро аз воқеъ шудан дар гуноҳон нигоҳ медорад, тавассути шикастани шаҳват ва заиф сохтани нерӯи нафс.
+Дуюм: Садақаи нафл (ихтиёрӣ) гуноҳро пас аз анҷомаш хомӯш мекунад, онро аз байн мебарад ва асарашро пок месозад.
+Севум: Намози таҳаҷҷуд, ки дар сеяки охири шаб хонда мешавад. Сипас Паёмбар (Саллалоҳу алайҳи ва саллам) ин оятро хонд: (Паҳлуҳои онҳо аз бистарҳо дур мешаванд) (Парвардигори худро (бо намоз, зикр, тиловат ва дуо) мехонанд) (Аз рӯи тарсу умед ва аз он чи ба онон додаем инфоқ мекунанд, ҳеҷ кас намедонад чи неъматҳое, дар рӯзи қиёмат, ки боиси равшании чашмони онон мешавад ва неъматҳои биҳиштро барояшон ниҳон доштаем), (ҳамчун подоши аъмоле, ки анҷом медоданд).
+Сипас Паёмбар (Саллалоҳу алайҳи ва саллам) фармуд: Оё туро аз асли дин ва сутуни он, ки ба он такя дода шудааст ва баландтарин қуллаи он хабар диҳам?
+Муъоз (разияллоҳу анҳу) гуфт: Оре, эй Паёмбари Аллоҳ.
+Паёмбар (Саллалоҳу алайҳи ва саллам) гуфт: Саромади корҳо ислом шаҳодатайн аст ва бо ин ду инсон соҳиби асли дин мешавад. Ва сутуни он намоз аст, пас ислом бидуни намоз вуҷуд надорад. Чунон ки хона бесутун намешавад, пас ҳар ки намоз хонад динаш муҳкам ва манзилаташ боло меравад ва баландтарин мақоми он ҷиҳод ва кӯшиш намудан дар мубориза ва ҷанг бо душманони дин барои пешрафти дин аст.
+Сипас Паёмбари Аллоҳ (Саллаллоҳу алайҳи ва саллам) гуфт: Оё намехоҳӣ аз комилсозӣ ва неку анҷом додани он чи гузашт, туро хабар диҳам? Паёмбар (Саллалоҳу алайҳи ва саллам) ба забони худ ишора карда, гуфт:  Инро нигоҳ дор (яъне, забонатро) ва дар бораи чизе, ки ба ту рабте надорад, ҳарф мазан. Муъоз гуфт: Оё Парвардигори мо моро ба ҳар чизе, ки ба забон меорем, бозхост ва ҳисобу ҷазо мекунад?
+Паёмбари Худо (Саллалоҳу алайҳи ва саллам) фармуданд: "Фақадатка уммука!" — яъне: Модарат туро гум кунад! Аммо мақсад аз ин лаънат ё дуои бад нест, балки ин ибораест дар забони арабӣ барои ҷалби таваҷҷуҳ ва танбеҳ додан ба чизе муҳим.  
+Сипас фармуданд: Оё мардумро ба хотири ҳосили забонҳояшон (яъне гуфторашон) рӯбарӯ ба дӯзах намеандозад? Аз қабили: куфр, туҳмат, дашном, ғайбат, суханчинӣ, буҳтон ва монанди инҳо.</t>
+  </si>
+  <si>
+    <t>حرص الصحابة رضي الله عنهم على العِلْم، ولهذا يَكثُرُ منهم سؤال النبي صلى الله عليه وسلم عنه.
+فقه الصحابة رضي الله عنهم لعلمهم أنَّ الأعمال سبب لدخول الجنة.
+السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
+ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
+رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
+رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
+فضل التقرب بالنوافل بعد أداء الفرائض.
+الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
+وجوب حفظ اللسان عما يضر الإنسان في دينه.
+كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
+  </si>
+  <si>
+    <t>Саҳобагон (разияллоҳу анҳум) барои омӯзиши илм эҳтимоми зиёд медоданд, бинобар ин, саволҳои зиёдеро аз Паёмбари Худо (Саллалоҳу алайҳи ва саллам) мепурсиданд.
+Фаҳмиши саҳоба (разияллоҳу анҳум) бар пояи донишашон буд, ки аъмоли нек боиси ворид шудан ба биҳишт мегардад.
+Саволе, ки аз тарафи Муъоз (разияллоҳу анҳу) сурат гирифт, саволи бузург аст, зеро дар ҳақиқат он сирри ҳаёт ва вуҷуд мебошад. Ҳар мавҷуде дар ин дунё — чӣ аз ҷин бошад ё инсон — охираташ ё ҷаннат аст ё дӯзах. Аз ҳамин сабаб, ин савол дорои аҳамияти бузург аст.
+Вориди ҷаннат шудани ӯ бо анҷом додани панҷ рукни Ислом бастагӣ дорад, яъне: гувоҳӣ додан (шаҳодатайн), намоз, закот, рӯза ва ҳаҷ.
+Саромади дин, муҳимтарину гаронбаҳотарин воҷибҳо, тавҳиди Худо аст, яъне танҳо Ӯро ибодат кардан ва бе шарик.
+Раҳмати Худованд ба бандагонаш дар он аст, ки дарҳои хайрро ба рӯйи онҳо кушодааст, то аз омилҳои аҷр ва бахшиши гуноҳон баҳра баранд.
+Фазилати наздик шудан ба Аллоҳ бо ибодатҳои нафлӣ баъд аз адои фарзҳо.
+Намоз дар дини Ислом чун сутуни хайма аст, бо барҳам хӯрдани он Ислом низ меравад, ҳамчуноне, ки бо афтодани сутун хайма меафтад.
+Ҳифзи забон аз ҳар чизе, ки ба дини инсон зарар мерасонад, воҷиб аст.
+Боз доштан ва идора кардани забон, решаи тамоми хайру некиҳо аст.</t>
+  </si>
+  <si>
+    <t>صحيح بمجموع طرقه</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[صحيح بمجموع طرقه]</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4303</t>
+  </si>
+  <si>
+    <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>Вақте ду мусалмони шамшер ба даст дар муқобили ҳам қарор мегиранд, қотил ва мақтул (ҳарду) дар дӯзах ҳастанд</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Аз Абубакра (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт: "Вақте ду мусалмони шамшер ба даст дар муқобили ҳам қарор мегиранд, қотил ва мақтул (ҳарду) дар дӯзах ҳастанд". Гуфтам: Эй Расули Худо ин қотил аст, аммо гуноҳи мақтул чист? Фармуданд: "Ӯ низ мехост ҷониби муқобилро бикушад".</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мефармояд, ки агар ду мусалмон шамшер ба даст дар муқобили ҳамдигар қарор гирифтанд ва ҳар як қасди куштани дигарро дошт, пас қотил ба сабаби куштани ҳариф дар оташи дӯзах аст. Саҳобагон бо тааҷҷуб аз сабаби дохил шудани шахси кушташуда ба дӯзах пурсиданд, Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар доданд, ки ӯ низ аз аҳли дӯзах аст, зеро ӯ ҳам қасди куштани ҳарифашро дошт, магар инки ҷониби муқобил сабқат намуда ӯро кушт.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Касе қасди анҷоми гуноҳе дар қалби худ дорад ва барои анҷоми он дастбакор шуд (агарчи муваффақ ба анҷом додани он ҳам нашавад) сазовори ҷазо аст.
 Ҳӯшдори шадид аз ҷанг бо мусалмонон ва ваъдаи дӯзах барое касоне, ки даст ба ин амал мезананд.
 Аммо агар ҷанг бо гурӯҳе аз саркашон ва фасодкорони ин уммат бошад, пас шомили ваъдаи мазкур намегардад.
 Ба касе, ки гуноҳи кабира анҷом медиҳад, кофир гуфта намешавад, зеро Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ду нафари дар ҳоли ҷанг бо ҳамдигарро мусалмон номидааст.
 Агар ду мусалмон бо ҳар навъ силоҳ ва ё василаи дигар дар муқобили ҳам қарор бигиранд ва яке дигариро бикушад, қотил ва мақтул ҳарду сазовори дӯзах ҳастанд. Зикр шудани шамшер дар ҳадиси мазкур барои мисол аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4304</t>
   </si>
   <si>
-    <t>الدِّينُ النَّصِيحَةُ</t>
+    <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
+  </si>
+  <si>
+    <t>Дар дунё қаноатманду парҳезгор бош, то сазовори дӯст доштани Худо бошӣ; аз (тамаъ кардани) ҳар чизе, ки мардум ба даст овардаанд, парҳез кун, то туро мардум дӯст бидоранд</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Аз Абулаббос Саҳл ибни Саъди Соъидӣ (разияллоҳу анҳу) ривоят аст, ки гуфт: "(Рӯзе) як мард назди Паёмбари Худо (Саллалоҳу алайҳи ва саллам) омаду гуфт: Эй Паёмбари Худо, маро ба амале роҳнамоӣ кун, ки ҳар гоҳ онро иҷро кунам, сазовори дӯст доштани Аллоҳ ва мардум бошам". Паёмбар фармуд: "Дар дунё қаноатманду парҳезгор бош, то сазовори дӯст доштани Худо бошӣ; аз (тамаъ кардани) ҳар чизе, ки мардум ба даст овардаанд, парҳез кун, то туро мардум дӯст бидоранд".</t>
+  </si>
+  <si>
+    <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
+  </si>
+  <si>
+    <t>Марде аз Паёмбар (Саллаллоҳу алайҳи ва саллам) пурсид, ки кадом амалро иҷро кунам, то Худо маро дӯст дорад ва мардум низ маро дӯст доранд? Паёмбар (Саллаллоҳу алайҳи ва саллам) фармуд: Худо туро дӯст медорад, агар он чиро, ки аз дунё зиёдатӣ ва барои охиратат суд надорад, тарк кунӣ ва аз он чизе, ки ба дини ту зарар мерасонад, дурӣ ҷӯйӣ. Мардум дар ҳоле туро дӯст медоранд, ки агар нисбати он чизе, ки аз дунё дар дасти онҳо аст, берағбат бошӣ. Зеро мардум табиатан дунёро дӯст медоранд ва касе, ки бо онҳо барои дунё рақобат мекунад, онҳоро ғазабнок мекунад, вале касе, ки дунёро барояшон вогузорад, дӯсташ медоранд.</t>
+  </si>
+  <si>
+    <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
+الزهد مرتبته أعلى من الورع؛ لأن الورع ترك ما قد يضر، والزهد ترك ما لا ينفع في الآخرة.
+قال السندي: إن الدنيا محبوبة عند الناس فمن يزاحمهم فيها يصير مبغوضًا عندهم بقدر ذلك، ومن تركهم ومحبوبهم يكون محبوبًا في قلوبهم بقدر ذلك.</t>
+  </si>
+  <si>
+    <t>Фазилати зуҳд дар дунё, яъне раҳо кардани чизе, ки дар охират суде надорад.
+Мартабаи зуҳд аз вараъ (парҳезгорӣ) болотар аст, зеро парҳезгорӣ тарки он чизе аст, ки метавонад зараровар бошад, дар ҳоле, ки зуҳд тарки он чизе аст, ки дар охират суде надорад.
+Синдӣ гуфтааст: Дунё дар назари мардум дӯстдошта аст, ки ҳар кас бо онҳо дар он рақобат кунад, ҳамон қадар дар дилҳояшон бадбин мешавад ва касе ки онҳоро ва дӯстдоштаи онҳоро тарк кунад, ҳамон қадар дар дилҳояшон дӯстдошта мешавад.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وغيره بأسانيد حسنة</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه وغيره بأسانيد حسنة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4307</t>
+  </si>
+  <si>
+    <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>Некӣ, ахлоқи нек аст, ва гуноҳ он чизест, ки дар дилат нооромӣ эҷод кунад ва нахоҳӣ ки мардум аз он огоҳ шаванд</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Аз Нувос ибни Симъони Ансорӣ (разияллоҳу анҳу) ривоят аст, ки гуфт: Паёмбари Худо (Саллаллоҳу алайҳи ва саллам)-ро дар бораи некӣ ва гуноҳ пурсидам, фармуданд:
+ "Некӣ, ахлоқи нек аст, ва гуноҳ он чизест, ки дар дилат нооромӣ эҷод кунад ва нахоҳӣ ки мардум аз он огоҳ шаванд".</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
+أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
+وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Саллалоҳу алайҳи ва саллам) дар бораи некӣ ва гуноҳ пурсида шуд, фармуданд:
+Бузургтарин хусусиятҳои некӣ ахлоқи нек ва бо тақво ба Аллоҳ Таъоло аст. Ва бо мардум, бо таҳаммули озор, камхашмӣ, чеҳраи кушода, сухани нек, силаи раҳм, итоат, хубӣ кардан, меҳрубонӣ, некӯкорӣ, ҳамзистии хуб ва дӯстии шоиста аст.
+Аммо гуноҳ чизе аст, ки дар дил шубҳа ва нооромӣ эҷод мекунад. Ва он аз корҳое аст, ки инсон худ дар дилаш ба он шак дорад ва дилаш нисбат ба он осуда нест ва метарсад, ки гуноҳ бошад. Ва намехоҳад, ки он дар назди касе ошкор шавад, зеро дар назари мардумони бо обрӯ зишт менамояд. Зеро нафси инсон зотан дӯст медорад, ки мардум аз корҳои неки ӯ огоҳ шаванд. Пас, агар касе нахоҳад дигарон аз коре, ки анҷом додааст, бохабар шаванд, маълум мешавад, ки он кор гуноҳ аст ва хайре дар он нест.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>Тарғиб ба ахлоқи неку, зеро хулқи нек яке аз бузургтарин сифатҳои некукорӣ аст.
+Ҳақ ва ботил бар муъмин пӯшида намемонад, балки ӯ ҳақро бо нуре, ки дар қалбаш ҳаст, мешиносад ва аз ботил безор шуда, онро инкор мекунад.
+Аз нишонаҳои гуноҳ ин аст, ки қалб нороҳат ва ноором мешавад ва шахс намехоҳад мардум аз он огоҳ шаванд.
+Синдӣ мегӯяд: Ин сухан дар бораи муштабиҳот аст (корҳое, ки миёнаи ҳалол ва ҳаром қарор доранд) ва мардум дар онҳо ба таври қатъӣ яке аз ду ҷонибро намедонанд. Аммо корҳое ки шаръан дастур дода шудаанд ва бар зидди онҳо далеле вуҷуд надорад, онҳо аз аъмоли нек мебошанд. Ҳамчунин корҳое, ки шаръан манъ шудаанд, онҳо гуноҳанд, ва дар ин ду ҳолат ниёз ба пурсон кардани қалб ва оромиши он нест.
+Мухотаб дар ҳадис соҳибони фитрати солим мебошанд, на онҳое, ки қалбҳояшон вожгун шудааст ва дигар некро нек намешиносанду бадро бад намешуморанд, магар он чизеро ки нафси онон дӯст бидорад.
+Тайибӣ гуфтааст: Гуфта шудааст, ки истилоҳи "некию некӯкорӣ" дар ҳадис бо маъноҳои гуногун тафсир шудааст: Дар як маврид бар он чизе гуфта шудааст, ки нафс ба он ором мешавад ва қалб ба он итминон меёбад; дар ҷои дигар ба маънои имон омадааст; ва дар ҷои дигар он чи туро ба сӯи Худо наздик мекунад, дар ҳадиси мазкур "бир" ба хулқи нек тафсир шудааст. Ва хулқи нек инҳоянд: тахаммул (тобоварӣ) бар озор, кам ғазаб кардан, рӯи кушода доштан, сухани нек гуфтан ва монанди инҳо, ки ҳамаи ин маъноҳо ба ҳам наздиканд.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4308</t>
+  </si>
+  <si>
+    <t>الدين النصيحة</t>
   </si>
   <si>
     <t>Дин (-и ислом) насиҳат аст</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Аз Тамими Дорӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Дин (-и ислом) насиҳат аст". Гуфтем: (Насиҳат) барои кист? Гуфт: "(Насиҳат) барои Худо, барои китоби Аллоҳ (Қуръон), барои паёмбараш ва барои пешвоёни мусалмонон ва барои умуми онҳо".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додаанд ки дин бар асоси ихлос ва садоқат пойдор аст, пас бояд ҳамон гуна, ки Худованд дастур додааст, ба таври комил ва бе кутоҳӣ анҷом дода шавад .
 Аз паёмбар (Салому дуруди Аллоҳ бар ӯ бод) пурсиданд: Насиҳат барои чи касоне аст? Фармуданд:
 Якум: Насиҳат барои Аллоҳ субҳонаҳу ва Таъоло, бо шарти инки амал холисона барои Ӯ Таъоло бошад, касеро дар баробари Ӯ Таъоло шарик қарор надодан, имон овардан ба рубубият, улуҳият, номҳо ва сифатҳои Ӯ Таъоло, бузург доштани дастуроти Ӯ ва даъват ба сӯи имон овардан ба Ӯ Таъоло.
 Дуввум: Насиҳат барои китоби Аллоҳ, ки ҳамоно ҳамон Қуръони карим аст. Бовар доштан бар инки Қуръон сухани Аллоҳ ва охирин китобе аст, ки аз ҷониби Аллоҳ нозил шудааст ва инки Қуръони Карим тамоми шариъатҳои қаблиро мансух намудааст. Қуръони Каримро гиромӣ дорем, ҳамон гуна, ки бояд тиловат карда шавад тиловат кунем, бо муҳкамоти он амал кунем ва дар мавриди  муташобеҳоти он худро таслим ва аз таъвили аҳли таҳриф дур бошем, аз мавъиза ва пандҳои он панд бипазирем, дар нашр ва даъват ба сӯи он ҳамеша дар талош бошем.
 Сеюм: Насиҳат барои Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод). Муътақид бар он бошем, ки ӯ вопасин Паёмбар аст, ончи ӯ мегӯяд тасдиқ намуда ба он амал намоем, аз ончи наҳй фармудааст дурӣ намоем, Худовандро танҳо он гуна, ки ӯ (Салому дуруди Аллоҳ бар ӯ бод) фармудааст ибодат кунем, Ӯ Таъолоро бузург ва худро бандаи ночизи Ӯ бидонем, даъват ва шариати илоҳиро мунташир намуда иттиҳомот алайҳи Ӯ Таъолоро инкор намоем.
 Чаҳорум: Насиҳат барои ҳокимони мусалмон, яъне ёрӣ додани онҳо дар роҳи ҳақ, адами мухолифат бо онон ва итоат кардан аз онҳо дар роҳи итоат аз Аллоҳ.
 Панҷум: Насиҳат барои мусалмонон, яъне некӣ кардан ба онҳо, даст бардоштан аз озор ва азият ба онҳо, хайр ва некӣ хостан барои онҳо ва ҳамкорӣ бо онон дар некӣ ва тақво.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Насиҳат дар дин бояд фарогир ва ҳамагонӣ бошад.
 Фазилат ва ҷойгоҳи баланди насиҳат дар дин.
 Дин эътиқодот ва гуфтору кирдорро дар бар мегирад.
 Насиҳат бояд аз самими қалб ва ба дур аз фиреб  ва ба қасди иродаи хайр ба шахсе, ки ба ӯ насиҳат мешавад, берун ояд.
 Нахуст ба таври умум ва сипас баёни он ба таври муфассал аз равиши неки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар таълим аст.
 Яке дигар аз равиши Паёмбари Худо дар таълим оғоз кардан аз амри муҳимтарин ва сипас амри муҳимтар аст, чунончи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) нахуст аз "насиҳат барои Аллоҳ" оғоз намуда сипас "насиҳат бар китоби Ӯ Таъоло" ва ҳамин гуна "насиҳат барои фиристодаи Ӯ Таъоло"-ро қарор доданд, ва пас аз он "бар ҳокимони мусалмон" ва "бар ҳамаи мусалмонон"-ро фармуданд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4309</t>
   </si>
   <si>
-    <t>إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ</t>
+    <t>الرضاعة تحرم ما تحرم الولادة</t>
+  </si>
+  <si>
+    <t>“Ширхорагӣ ҳамон чизҳоеро ҳаром мегардонад, ки вилодат (насаб) ҳаром мекунад”</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الرَّضَاعَةُ تُحَرِّمُ مَا تُحَرِّمُ الوِلَادَةُ».</t>
+  </si>
+  <si>
+    <t>Аз Оиша (разияллоҳу анҳо) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: “Ширхорагӣ ҳамон чизҳоеро ҳаром мегардонад, ки вилодат (насаб) ҳаром мекунад”.</t>
+  </si>
+  <si>
+    <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Саллаллоҳу алайҳи ва саллам) баён намуданд, ки ширхорагӣ ҳамон чизҳое ҳаром мегардад, ки аз ҷиҳати таваллуд ва насаб ҳаром аст, мисли тағоӣ, амак ё бародар... Ва он чи ки аз ҷиҳати ширхорагӣ иҷозат дода мешавад, ҳамон чиз аст, ки аз ҷиҳати таваллуд иҷозат дода мешавад.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في أحكام الرضاع.
+قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
+إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
+دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
+المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
+المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
+  </si>
+  <si>
+    <t>Ин ҳадис қоидае аст дар аҳкоми ширхорагӣ.
+Ибни Ҳаҷар мегӯяд: Сухани Паёмбар (Саллалоҳу алайҳи ва саллам) “Ширхорагӣ ҳамон чизҳоеро ҳаром мегардонад, ки вилодат ҳаром мекунад”. Яъне, ҳамон чизеро мубоҳ мегардонад, ки вилодат мубоҳ мекунад. Ва ин бо иттифоқи уламо аст дар масоиле, ки ба ҳаром будани никоҳ ва он чи ба он вобастааст, марбут мешавад, ва низ дар паҳн шудани маҳрамият байни кӯдаки ширхӯрда ва фарзандони зане, ки ӯро шир додааст, ва муносибати онҳо чун хешовандон дар масъалаи назар кардан, танҳо будан (халват) ва ҳамсафарӣ. Аммо бо ин вуҷуд, дигар аҳкоми модарӣ, монанди мерос гирифтан, нафақа додан, озод шудан бо моликият, шаҳодат, дия ва лағви қасос, бар он асос намешаванд.
+Собит шудани ҳукми ҳаром будан бо сабаби ширхорагӣ, ҳурмати абадӣ аст.
+Ҳадисҳои дигар нишон медиҳанд, ки ҳурмат бо сабаби ширхорагӣ танҳо бо панҷ бор шир додани маълум собит мешавад ва ин бояд дар ду соли аввали зиндагӣ бошад.
+Ҳурмат аз рӯи насаб (хешутаборӣ) инҳоянд: 
+Модарон. Дар ин гурӯҳ модарони падарӣ ва модарӣ ва ҳарчанд, ки боло равад шомил мешаванд. 
+Духтарон. Дар ин гуӯҳ набераҳо аз духтар ва писар, ҳарчанд, ки поён равад шомиланд. 
+Хоҳарон. Дар он хоҳ аз падару модар, хоҳ аз яке аз он ду бошанд шомил мешаванд. 
+Аммаҳо. Дар ин гурӯҳ ҳамаи хоҳарони падар, хоҳ хоҳари як падару модар, ё нимахоҳар; ҳамчунин хоҳарони бобоҳо, ҳарчанд боло равад, дохил мешаванд. 
+Холаҳо. Ба ин гурӯҳ ҳамаи хоҳарони модар, хоҳ аз як падару модар бошанд, хоҳ нимахоҳар; ҳамчунин хоҳарони бибӣ, хоҳ аз тарафи падар бошанд, хоҳ аз модар, ҳарчанд боло равад, дохил мешаванд. Инчунин духтарони бародар ва духтарони хоҳар ва ҳар қадар поён равад шомил мешаванд.
+Ҳурмат аз рӯӣ ширхорагӣ. Аз роҳи ширхорагӣ ҳамон чизҳое ҳаром мешавад, ки аз рӯӣ насаб ҳаром мешавад. Яъне, ҳар касе, ки бо хун ҳаром мешавад, ҳамон гуна бо ширхорагӣ низ ҳаром мешавад. Магар: Модари бародари ширхора (яъне зани дигаре, ки бародарат аз ӯ шир хӯрдааст), ҳаром нест. Хоҳари писари ширхорагӣ низ ҳаром намешавад. Ин ду аз роҳи ширхорагӣ ҳаром намешаванд.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4311</t>
+  </si>
+  <si>
+    <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>Ҳалол ошкору равшан аст ва ҳаром ҳам ошкору равшан аст</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>Аз Нуъмон ибни Башир (Худованд аз ӯ розӣ бод) ривоят аст, ки мегӯяд: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт -ва Нуъмон  ду ангушташро ба сӯи гушҳояш бардошт-: "Ҳалол ошкору равшан аст ва ҳаром ҳам ошкору равшан аст ва дар миёни ҳалол ва ҳаром чизҳои шубҳанок вуҷӯд дорад, ки бисёре аз мардум онҳоро намедонанд, пас ҳар касе аз онҳо бипарҳезад дин ва шарафи худро нигоҳ доштааст, ва ҳар касе дар умури шубҳанок афтад дар ҳаром афтидааст, монанди чӯпоне, ки рамаи худро атрофи ҳарими дигарон мечаронад ва эҳтимоли ворид шудани рама ба ҳарими онон аст. Огоҳ бошед, ки ҳар подшоҳ ҳарими худро дорад ва огоҳ бошед, ки ҳарими Худованд ҳамон ҳаромкардаҳои Ӯ Таъолост. Огоҳ бошед, ки дар бадан гӯштпорае ҳаст, ки агар он дуруст шавад тамоми бадан дуруст мешавад, ва агар он вайрон ша­вад тамоми бадан вайрон мешавад, огоҳ бошед, ки он гӯштпора қалб аст".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар ҳадиси мазкур як қоидаи умумиеро баён намуданд, ки дар шариати мо  тамоми ашё ба се даста тақсим мешаванд: ҳалол, ки ошкору равшан аст ва ҳаром, ки низ ошкору равшан аст ва миёни ин ду ашёи дигар вуҷӯд, дорад, ки ҳалол ва ё ҳаром будани онҳо баён ва равшан нашудааст, ки он муштабиҳот номида мешавад ва бисёри аз мардум ҳукми онро намедонанд.
 Пас ҳар кас муштабеҳотро тарк намояд, дини худро аз воқеъ шудан дар ҳаром ҳифз кардааст ва обуруи худро аз сухани мардум дар мавриди инки ӯро ба хотири иртикоби муштабиҳот сарзаниш мекунанд, дар амон нигоҳ доштааст. Касе аз муштабеҳот дурӣ накунад, ё худро дар ҳаром андохтааст ё  дар назди мардум беобрӯ шудааст. Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) касеро, ки дар умури муштабеҳот воқеъ мешавад ба монанди чӯпоне ташбеҳ кардааст, ки чорвои худро атрофи замине мечаронад, ки марзбандӣ шудааст ва хавфи ворид шудани чорво ба онҷо аст. Пас ҳамин гуна ҳар касе кори шубҳанокеро анҷом диҳад, наздик ба ҳаром гашта хавфи ворид шудан ба онро дорад. Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар доданд, ки дар ҷисми инсон гӯштпорае аст, ки бо салоҳи он тамоми бадан ба салоҳ меояд ва бо фосид шудани он тамоми бадан фосид мешавад, ки он қалб аст.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Ташвиқ ба тарки амали муштабеҳ (шубҳанок), ки ҳукмаш мушаххас нест.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4314</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ</t>
+    <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>Эй мардум, ҳамоно Худо пок аст ва ҷуз покӣ чизеро қабул намекунад. Ба дурустӣ, Худо муъминонро бар он чи амр кардааст, ки паёмбаронро ба он амр карда буд</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
+  </si>
+  <si>
+    <t>Аз Абуҳурайра (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Эй мардум, ҳамоно Худо пок аст ва ҷуз покӣ чизеро қабул намекунад. Ба дурустӣ, Худо муъминонро бар он чи амр кардааст, ки паёмбаронро ба он амр карда буд. Ва Худои Таъоло мефармояд: ﴾Эй паёмбарон аз покизаҳо бихӯред ва корҳои шоиста бикунед, ки ман ба он чи анҷом медиҳед, огоҳам﴿ [Сураи Муъминун, ояти 51]; ва муъминонро фармуд: ﴾Эй муъминон! Аз неъматҳои покизае, ки ба шумо рӯзӣ додаем, бихӯред﴿ [Сураи Бақара, ояти 172]. Сипас Паёамбар (Салому дуруди Аллоҳ бар ӯ бод) мардеро зикр кард, ки сафари дуру дарозе мекунад, бо мӯйҳои парешону гардолуд, дастонашро ба сӯйи осмон бардошта мегӯяд: "Эй Парвардигори ман, Эй Парвардигори ман!" Дар ҳоле, ки таому шароб ва либосаш аз ҳаром буда ва аз ҳаром ғизо гирифтааст. Пас дар чунин ҳол чӣ гуна (дуои ӯ) иҷобат мешавад?!"</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك. 
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر. 
+ثالثًا: يرفع يديه إلى السماء بالدعاء. 
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب! 
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>Паёмбари Аллоҳ (Саллаллоҳу алайҳи ва саллам) хабар доданд, ки Аллоҳ Таъоло поку муқаддас аст, аз ҳар гуна нуқс ва айб орӣ ва бо тамоми сифатҳои комил ороста аст. Ӯ танҳо амалҳо, гуфторҳо ва эътиқодҳои покро мепазирад, яъне он чи холисона барои Худост ва мувофиқ ба суннати Паёмбар (Саллаллоҳу алайҳи ва саллам) мебошад. Пас, набояд касе ба Аллоҳ наздик шавад, магар бо он чи пок ва дуруст аст. Аз бузургтарин сабабҳои қабул шудани амалҳо, пок будани хӯроки банда аст, яъне аз ҳалол будани ризқаш. Агар хӯрданаш ҳалол бошад, амалаш низ пок мешавад. Бар ҳамин асос, Аллоҳ ба муъминон ҳамон чизеро амр кардааст, ки ба паёмбарон фармудааст: хӯрдани ҳалол ва анҷоми аъмоли солеҳ.  
+Худованд мефармояд: (Эй паёмбарон, аз [ғизоҳои] покиза бихӯред ва кори шоиста анҷом диҳед. Яқинан, ман ба он чи мекунед, огоҳам), дар ҷои дигар мефармояд: (Эй касоне, ки имон овардаед, аз чизҳои покизае, ки рӯзии шумо кардаем, бихӯред).
+Сипас Паёмбари Аллоҳ (Саллаллоҳу алайҳи ва саллам) аз хӯрдани ҳаром, ки амалро фосид месозад ва монеи қабул шудани он мегардад, ҳушдор доданд, ҳарчанд инсон тамоми сабабҳои зоҳирии қабулро анҷом диҳад. Аз ҷумлаи ин сабабҳо:
+Аввал: Сафар кардан ба хотири тоатҳо, монанди ҳаҷ, ҷиҳод, силаи раҳм ва ғайра.
+Дувум: Зоҳири номураттаб: мӯйҳои парешон ва шона назада, хоколуд, либоси ифлос, яъне дар ҳолати ночорӣ ва ниёзмандӣ.
+Севум: Дастони худро ба сӯи осмон барои дуо мебардорад.
+Чаҳорум: Бо номҳои Аллоҳ дуо мекунад ва бо исрор мегӯяд: "Ё Рабб! Ё Рабб!"
+Аммо бо вуҷуди ин ҳама нишонаҳои иҷобати дуо, дуояш қабул намешавад! (Чаро?) Зеро хӯрокаш ҳаром, нӯшокиаш ҳаром, либосаш ҳаром ва бо ҳаром парвариш ёфтааст. Пас, имкон надорад дуои касе, ки дорои ин гуна хусусиятҳо аст, қабул шавад. Чӣ гуна дуои касе, ки бо ҳаром бузург шудааст, қабул шавад!?</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>Камоли Аллоҳ Таъоло дар Зот, сифатҳо, афъол ва аҳкомаш (комилу бе айб аст).
+Амр ба ихлос дар амалҳо барои Аллоҳ ва пайравӣ аз Паёмбар (Саллаллоҳу алайҳи ва саллам).
+Бо истифода аз он чизе, ки ба амал ташвиқ мекунад. Чунон ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Худованд муъминонро ба он чи ба паёмбарон фармудааст, фармон додааст". Пас, агар муъмин донад, ки ин яке аз фармудаҳои паёмбарон аст, ба ӯ қувват мебахшад ва ба иҷрои он ташвиқ меёбад.
+Аз ҷумлаи монеаҳои истиҷобати дуо хӯрдани ҳаром ва парвариш ёфтан бо молу ғизои ҳаром аст.
+Аз сабабҳои иҷобати дуо панҷ чиз аст:
+1. Дарозии сафар, зеро он боиси шикастагӣ ва ниёзмандии қалб мешавад, ки аз бузургтарин сабабҳои иҷобат аст.  
+2. Ҳолати дармондагӣ ва бечорагӣ. 3. Боло бурдани дастон ба самти осмон аз одоби дуо аст.  4. Илтиҷо ва исрор дар дуо, бо такрори «Ё Рабб, ё Рабб», ки аз роҳҳои бузурги иҷобат мебошад.  5. Хӯрданӣ ва нӯшидании ҳалол.
+Хӯрдани ҳалол ва покиза аз сабабҳои кумак кунанда барои амали нек аст.
+Қозӣ Айёз мегӯяд: «Тайиб» муқобили «хабис» (нопок) аст. Вақте ки Аллоҳ ба сифати «Тайиб» тавсиф мешавад, мақсад он аст, ки Ӯ аз ҳар нуқс ва айб пок ва муқаддас аст. Вақте ки ин сифат барои инсон гуфта мешавад, маънояш он аст, ки ӯ аз ахлоқи зишт ва аъмоли қабеҳ пок аст ва бо ахлоқи нек ороста шудааст. Вақте ки барои мол гуфта мешавад, мақсад он аст, ки он ҳалол ва аз беҳтарин молҳо мебошад.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4316</t>
+  </si>
+  <si>
+    <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>Худованд эҳсон (некӣ)-ро бар ҳама чиз муқаррар кардааст</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>Аз Шаддод ибни Авс (Худованд аз ӯ розӣ бод) ривоят аст, ки мегӯяд: аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ду чиз ҳифз кардаам, ки фармудаанд: "Худованд эҳсон (некӣ)-ро бар ҳама чиз муқаррар кардааст. Чун агар куштед бо некӣ бикушед ва агар забҳ кардед бо некӣ забҳ кунед. Ҳаргоҳ касе аз шумо забҳ мекунад корди худро тез кунад то қурбонии худро дар вақти забҳ азоб надиҳад".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додаанд, ки Худованд эҳсон дар ҳама чизро бароямон воҷиб гардонидааст, ва эҳсон иборат аст аз: муроқибати ҳамешагии Худованд бар ибодати мо, бар анҷоми амалҳои нек ва даст бардоштан аз озор ва азияти тамоми махлуқот, ки ҳатто дар забҳи чорво эҳсон бояд дар назар гирифта шавад.
 Эҳсон дар қасос ин аст, ки: осонтарину сабуктарин ва камдардтарин равиши қатл дар назар гирифта шавад.
 Эҳсон дар забҳ ин аст, ки: ҳамчун шафқат ба чорво корди тез интихоб кунад, кордро дур аз чашми чорво тез кунад ва пеши чашми чорвои дигар забҳ накунад.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>Шафқат ва меҳрубонии Худованд бар махлуқот.
 Эҳсон дар қатл ва забҳ ин аст, ки ба ваҷҳи машрӯъ анҷом дода шавад.
 Камоли шариат ва ҳамашумулии он бар тамоми аъмоли хайр, аз ҷумла шафқат ва меҳрубонӣ бар ҳайвонот.
 Наҳй аз мусла (буридани гӯшу бинӣ ва ё дасту пои мурда).
 Ҳар ончи боиси озор ва шиканҷаи ҳайвон мешавад ҳаром аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4319</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً</t>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
     <t>Ҳамоно Аллоҳ некиҳо ва бадиҳоро навишта сипас онҳоро баён фармудааст, пас касе қасди анҷоми кори некеро кунад ва онро анҷом дода натавонад, Худованд барои ӯ як ҳасанаи комил менависад. Агар касе қасди анҷоми кори некеро кунад ва онро анҷом диҳад, Худованд барои ӯ аз даҳ то ҳафтсад баробар ҳасана ва ҳатто бештар аз он менависад. Агар касе қасди анҷоми амали нораво кунад ва онро анҷом надиҳад, Худованд барои ӯ як ҳасана менависад, аммо  агар қасд кунад ва  онро анҷом диҳад, Худованд барояш танҳо як бадӣ менависад</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
     <t>Аз ибни Аббос (Худованд аз он ду розӣ бод) омадааст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз Парвардигораш ривоят оварда мефармояд: "Ҳамоно Аллоҳ некиҳо ва бадиҳоро навишта сипас онҳоро баён фармудааст, пас касе қасди анҷоми кори некеро кунад ва онро анҷом дода натавонад, Худованд барои ӯ як ҳасанаи комил менависад. Агар касе қасди анҷоми кори некеро кунад ва онро анҷом диҳад, Худованд барои ӯ аз даҳ то ҳафтсад баробар ҳасана ва ҳатто бештар аз он менависад. Агар касе қасди анҷоми амали нораво кунад ва онро анҷом надиҳад, Худованд барои ӯ як ҳасана менависад, аммо  агар қасд кунад ва  онро анҷом диҳад, Худованд барояш танҳо як бадӣ менависад".</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мефармояд, ки Худованд некӣ ва бадиҳоро муқаррар намуда сипас бар ду фаришта чигуна навиштани онҳоро баён фармудааст:
 Ҳар кӣ ирода ва қасди анҷоми амали нек кунад, барои ӯ як ҳасана навишта мешавад, агарчи онро анҷом надиҳад. Аммо агар онро анҷом диҳад аз даҳ то ҳафтсад ҳасана ва ҳатто бештар аз он барои ӯ навишта мешавад, ки он вобаста аст ба ихлос дар қалб ва бештар расонидани нафъ бар дигарон ва амалҳои дигаре ҳаммонанди он.
 Ҳаркӣ ирода ва қасди анҷоми амали нораво кунад ва онро анҷом надиҳад, барои ӯ як ҳасана навишта мешавад, аммо агар ба сабаби машғул будан ва набуди фурсат барои анҷоми авомили расидан ба он онро тарк намояд чизе барои ӯ навишта намешавад. Агар ба сабаби аҷз ва нотавонӣ онро тарк намояд ончи дар қалб дошт навишта мешавад, аммо дар сурати анҷоми он барояш танҳо як гуноҳ навишта мешавад.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Баёни фазли бузурги Худованд бар ин уммат, ки аъмоли некашон барзиёд ва аъмоли бади онҳо танҳо як баробар навишта мешавад.
 Аҳамияти ният дар аъмол ва таъсири он.
 Яке дигар аз фазл ва меҳрубонии Худованд бар бандагонаш ин аст, ки ҳар кӣ қасди анҷоми амали нек кунад ва онро анҷом надиҳад барояш як ҳасана навишта мешавад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4322</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ</t>
+    <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>Худованд ба сурат ва моли шумо нигоҳ намекунад, балки ба дилҳо ва амалҳои шумо менигарад</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки мегӯяд: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Худованд ба сурат ва моли шумо нигоҳ намекунад, балки ба дилҳо ва амалҳои шумо менигарад".</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён фармудаанд, ки Худованд ба ҷисм ва чеҳраи бандагон наменигарад, ки зишт аст ва ё зебо? Тани бузург дорад ва ё кӯчак? Солим аст ё носолим? Ба дорои онҳо наменигарад, ки зиёд аст ва ё кам? Худованд бандагонро бар асоси умури мазкур ва тафовуташон дар он бозхост ва муҳосаба  намекунад, балки ба қалб ва андозаи сидқу ихлос ва тақво, ё аз рӯи худнамоӣ аст ё риё, менигарад. Ба амалҳои онон назар карда мешавад, ки нек ва дуруст аст ё фосид ва сипас бар асоси он ҷазо ва подош дода мешаванд.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Эҳтимом додан ба ислоҳи қалб ва пок нигоҳ доштани он аз сифатҳои мазмума.
 Салоҳи дил аз ихлос ва салоҳи амалҳо аз пайравӣ ба Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) бармеояд, ки ин ду мавриди назар ва эътибор  назди Худованд ҳастанд.
 Инсон набояд ба мол, ҷамол, тан ва ва чизҳои дигаре аз мазоҳири дунё мағрур шавад.
 Ҳӯшдор аз фиреб хӯрдан ба шакли зоҳирӣ ва адами таваҷҷӯҳ бар ботин.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4555</t>
   </si>
   <si>
-    <t>إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى</t>
+    <t>إن الله ورسوله حرم بيع الخمر، والميتة والخنزير والأصنام</t>
+  </si>
+  <si>
+    <t>Худованди Мутаъол ва Расули Ӯ хариду фурӯши шароб, худмурда, хук ва бутҳоро ҳаром гардонидаанд</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ عَامَ الفَتْحِ وَهُوَ بِمَكَّةَ: «إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ»، فَقِيلَ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ شُحُومَ المَيْتَةِ، فَإِنَّهَا يُطْلَى بِهَا السُّفُنُ، وَيُدْهَنُ بِهَا الجُلُودُ، وَيَسْتَصْبِحُ بِهَا النَّاسُ؟ فَقَالَ: «لاَ، هُوَ حَرَامٌ»، ثُمَّ قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عِنْدَ ذَلِكَ: «قَاتَلَ اللَّهُ اليَهُودَ إِنَّ اللَّهَ لَمَّا حَرَّمَ شُحُومَهَا جَمَلُوهُ، ثُمَّ بَاعُوهُ، فَأَكَلُوا ثَمَنَهُ».</t>
+  </si>
+  <si>
+    <t>Аз Ҷобир ибни Абдуллоҳ (разияллоҳу анҳумо) ривоят аст, ки соли фатҳи Макка, замоне ки Паёмбар (Саллаллоҳу алайҳи ва саллам) онҷо буд, аз ӯ шунидааст, ки фармуданд: "Худованди Мутаъол ва Расули Ӯ хариду фурӯши шароб, худмурда, хук ва бутҳоро ҳаром гардонидаанд». Касе гуфт: Ё Расулаллоҳ, дар мавриди чарбии худмурда, ки мардум аз он дар сохтани киштиҳо ва равған додани пӯстҳо ва рӯшан кардани чароғҳо истифода мекунанд, чӣ мегӯед? Фармуданд: «На, ҳаром аст». Ва дар ақиби ин сухан фармуданд: «Худованд яҳудро нобуд кунад, вақте ки Худованди Мутаъол чарбии (ҳайвонот)-ро бар онҳо ҳаром намуд, онро об намуда равғанашро гирифта, сипас онро фурӯхтанд ва пулашро хӯрданд".</t>
+  </si>
+  <si>
+    <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
+  </si>
+  <si>
+    <t>Аз Ҷобир ибни Абдуллоҳ (разияллоҳу анҳумо) ривоят аст, ки соли фатҳи Макка, замоне ки Паёмбар (Саллаллоҳу алайҳи ва саллам) онҷо буд, аз ӯ шунидааст, ки фармуданд: Ҳамоно Аллоҳ ва паёмбараш хариду фурӯши шароб, худмурда, хук ва бутҳоро ҳаром карданд. Пас, касе пурсид: Эй Расули Худо, оё метавонем чарбии ҳайвони худмурдаро бифурӯшем? Зеро он барои чармсозӣ, равған кардани киштиҳо ва мардум аз он барои равшан кардани чароғҳо истифода мекунанд. Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: На, фурӯши он ҳам ҳаром аст. Сипас Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: Худованд яҳудиёнро ҳалок ва лаънат кард, зеро вақте Худо чарбии ҳайвонро бар онҳо ҳаром кард, онҳо онро об карданд, равған гирифтанд ва онро фурӯхтанд ва пули онро хӯрданд (яъне қоидаи ҳаромро бо ҳила шикастанд).</t>
+  </si>
+  <si>
+    <t>قال النووي: الميتة والخمر والخنزير: أجمع المسلمون على تحريم بيع كلِّ واحدٍ منها.
+قال القاضي: تَضَمَّنَ هذا الحديث أن ما لا يَحِلُّ أكلُه والانتفاع به لا يجوز بيعه، ولا يحل أكل ثمنه، كما في الشحوم المذكورة في الحديث.
+قال ابن حجر: وسياقُه مُشْعِرٌ بِقُوَّة ما أوّله الأكثر أن المراد بقوله: "هو حرام" البيع لا الانتفاع.
+كلُّ حِيْلةٍ يُتَوَصَّل بها إلى تحليل مُحَرَّمٍ فهي باطلة.
+قال النووي: قال العلماء: وفي عموم تحريم بيع الميتة أنه يحرم بيع جُثَّة الكافر إذا قتلناه وطَلَبَ الكفّارُ شراءَه، أو دَفْع عِوَضٍ عنه، وقد جاء في الحديث: أنّ نوفل بن عبد الله المخزومي قتله المسلمون يوم الخندق، فبذل الكفار في جسده عشرة آلاف درهم للنبي صلى الله عليه وسلم فلم يأخذْها، ودَفَعَه إليهم.</t>
+  </si>
+  <si>
+    <t>Нававӣ мегӯяд: Мусалмонон дар ҳаром будани хариду фурӯши худмурда, шароб ва хук иттифоқ доранд.
+Қозӣ Аёз мегӯяд: Ин ҳадис далолат бар он мекунад, ки ҳар чизе, ки хӯрдан ё баҳра бурданаш ҳалол нест, фурӯхтанаш низ ҷоиз нест ва хӯрдани пули он ҳам ҳалол нест, мисли равғанҳои дар ҳадис зикршуда.
+Ибни Ҳаҷар мегӯяд: Сиёқи ҳадис ҳамон маъноро ишора мекунад, ки аксари олимон бардошт кардаанд. Ва ин ки мақсад аз (ҳаром аст) манъ кардани фурӯши он аст, на истифода бурдан аз он.
+Ҳар ҳилае, ки ҳаромро ҳалол мегардонад, ботил аст.
+Нававӣ мегӯяд: Олимон гуфтаанд: Дар умуми таҳрими фурӯши худмурда, ин низ ворид мешавад, ки фурӯши ҷасади кофир низ ҳаром аст, агар ӯро мусалмонон кушта бошанд ва кофирон барои харидани ҷасади ӯ ё пардохти чизе ба ивази он биёянд. Дар ҳадис омадааст, ки Навфал ибни Абдуллоҳи Махзумиро мусалмонон дар рӯзи ҷанги Хандақ куштанд. Кофирон ба назди Паёмбари Аллоҳ (Саллалоҳу алайҳи ва саллам) омада, барои ҷасадаш даҳ ҳазор дирҳам пешниҳод карданд, аммо он ҳазрат онро қабул накарданд ва ҷасадро ба онҳо доданд.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4556</t>
+  </si>
+  <si>
+    <t>أوليس قد جعل الله لكم ما تصدقون؟ إن بكل تسبيحة صدقة، وكل تكبيرة صدقة، وكل تحميدة صدقة، وكل تهليلة صدقة، وأمر بالمعروف صدقة، ونهي عن منكر صدقة، وفي بضع أحدكم صدقة</t>
+  </si>
+  <si>
+    <t>Оё Худои Таъоло барои шумо имкони чизе садақа карданро надодааст?! Ба дурустӣ ба ҳар бор "субҳоналлоҳ" гуфтан садақа аст; ва ба ҳар бор "Аллоҳу Акбар" гуфтан садақа аст; ва ба ҳар бор "алҳамдулиллоҳ" гуфтан садақа аст; ва ба ҳар бор "ло илоҳа иллаллоҳ" гуфтан садақа аст; ва амри маъруф кардан садақа аст; ва наҳйи мункар кардан садақа аст; ва дар муошират кардани ҳар яки шумо бо ҳамсаронатон садақа аст</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رضي الله عنه: أَنَّ نَاسًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالُوا لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: يَا رَسُولَ اللهِ، ذَهَبَ أَهْلُ الدُّثُورِ بِالْأُجُورِ، يُصَلُّونَ كَمَا نُصَلِّي، وَيَصُومُونَ كَمَا نَصُومُ، وَيَتَصَدَّقُونَ بِفُضُولِ أَمْوَالِهِمْ، قَالَ: «أَوَلَيْسَ قَدْ جَعَلَ اللهُ لَكُمْ مَا تَصَّدَّقُونَ؟ إِنَّ بِكُلِّ تَسْبِيحَةٍ صَدَقَةً، وَكُلِّ تَكْبِيرَةٍ صَدَقَةً، وَكُلِّ تَحْمِيدَةٍ صَدَقَةً، وَكُلِّ تَهْلِيلَةٍ صَدَقَةً، وَأَمْرٌ بِالْمَعْرُوفِ صَدَقَةٌ، وَنَهْيٌ عَنْ مُنْكَرٍ صَدَقَةٌ، وَفِي بُضْعِ أَحَدِكُمْ صَدَقَةٌ»، قَالُوا: يَا رَسُولَ اللهِ، أَيَأتِي أَحَدُنَا شَهْوَتَهُ وَيَكُونُ لَهُ فِيهَا أَجْرٌ؟ قَالَ: «أَرَأَيْتُمْ لَوْ وَضَعَهَا فِي حَرَامٍ أَكَانَ عَلَيْهِ فِيهَا وِزْرٌ؟ فَكَذَلِكَ إِذَا وَضَعَهَا فِي الْحَلَالِ كَانَ لَهُ أَجْرٌ».</t>
+  </si>
+  <si>
+    <t>Аз Абузар (Худованд аз ӯ розӣ бод) чунин ривоят аст: "Гурӯҳе аз ёрони Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) ба ӯ гуфтанд: "Эй Паёмбари Худо, сарватмандон ҳама савобҳоро бо худ бурданд. Онҳо айнан монанди мо намоз мегузоранд; ва айнан монанди мо рӯза медоранд; ва боз аз молҳои зиёдатиашон садақа мекунанд". Пас гуфт: «Оё Худои Таъоло барои шумо имкони чизе садақа карданро надодааст?! Ба дурустӣ ба ҳар бор "субҳоналлоҳ" гуфтан садақа аст; ва ба ҳар бор "Аллоҳу Акбар" гуфтан садақа аст; ва ба ҳар бор "алҳамдулиллоҳ" гуфтан садақа аст; ва ба ҳар бор "ло илоҳа иллаллоҳ" гуфтан садақа аст; ва амри маъруф кардан садақа аст; ва наҳйи мункар кардан садақа аст; ва дар муошират кардани ҳар яки шумо бо ҳамсаронатон садақа аст». Гуфтанд: "Эй Паёмбари Худо, агар яке аз мо шаҳваташро (дар ҳамсараш) сарф кунад, дар ин барои ӯ савоб бошад?" Гуфт: «Оё медонед, ки агар шаҳваташро дар ҳаром сарф кунад, барои ӯ гуноҳе ҳаст?! Пас, ҳамчунин агар онро дар ҳалол бигузорад, барои ӯ савоб бошад".</t>
+  </si>
+  <si>
+    <t>اشْتَكَى بعضُ فقراء الصحابة حالَهم وفقرَهم للنبيِّ صلى الله عليه وسلم وعَدَم تَصَدُّقِهم بالأموال لِيَحصلوا على الأجور الكثيرة كما حصل عليها إخوانُهم أصحاب المال الكثير وليفعلوا الخير مثلهم؛ حيث إنهم يُصلُّون كما نصلِّي، ويصومون كما نصوم، ويتصدقون بفضول أموالهم ولا نتصدق! 
+فَدَلَّهم النبيُ صلى الله عليه وسلم على ما يقدرون عليه من الصدقات،‏ فقال صلى الله عليه وسلم: 
+أَوَلَيس قد جعل الله لكم ما تَصدّقون به على أنفسكم؟! فإنّ قولَكم: (سبحان الله) يكون لكم أجر صدقة، وكذا قول: (الله أكبر) صدقة، وقول: (الحمد لله) صدقة، وقول: (لا إله إلا الله) صدقة، و(الأمر بالمعروف) صدقة، و(النهي عن المنكر) صدقة، بل ‏وفي جماع أحدكم لزوجته صدقة.
+فتعجَّبوا، وقالوا: يا رسول الله، أيأتي أحدُنا شهوتَه ويكونُ له فيها أجر؟! 
+قال: أرأيتم لو وَضعها في حرامٍ مِن زنى أو غيره أكان عليه فيها إثم؟ فكذلك إذا وضعها في الحلال كان له أجر.</t>
+  </si>
+  <si>
+    <t>Баъзе аз саҳобагони фақир, вазъияти худро ба Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) шикоят карданд ва гуфтанд, ки мо наметавонем мисли бародарони сарватмандамон бо мол садақа диҳем, то подоши зиёде ба даст орем ва кори нек анҷом диҳем. Онҳо намоз мехонанд, чунон ки мо мехонем, рӯза медоранд, чунон ки мо рӯза медорем, аммо бо молу амволи зиёдатии худ садақа медиҳанд, аммо мо чунин тавон надорем. Паёмбар (Саллаллоҳу алайҳи ва саллам) онҳоро ба садақаҳое роҳнамоӣ кард, ки тавон доранд. Паёмбар гуфт: Оё Худо барои шумо он чизеро, ки садақа мекунед, бар зидди нафси худ қарор надодааст?! Пас, “Субҳоналлоҳ” гуфтанатон барои шумо садақа аст, ҳамчунин “Аллоҳу Акбар”, “Алҳамдулиллоҳ” ва “Ло илаҳа иллаллоҳ” гуфтан ҳама садақа ҳастанд. Амр ба маъруф ва наҳйи аз мункар низ садақа аст, ҳатто дар вақти муошират бо ҳамсаратон ҳам садақа ҳаст. Онҳо таъаҷҷуб карданд ва гуфтанд: "Эй Расули Худо, оё касе метавонад шаҳваташро бароварда созад ва барои он аҷру савоб дошта бошад?!" Фармуданд: "Оё фикр мекунед, агар онро дар ҳаром, мисли зино ё ғайра сарф кунад, оё бар ӯ гуноҳ аст? Ҳамин тавр, агар онро дар ҳалол сарф кунад, барои ӯ подош аст".</t>
+  </si>
+  <si>
+    <t>تنافُس الصحابة على فعل الخيرات، وحرصهم في نيل عظيم الأجر والفضل من عند الله تعالى.
+كثرة وجوه أعمال الخير، وأنها تشمل كلَّ عمل يقوم به المسلم بنية صالحة وقَصْد حَسَن.
+يسر الإسلام وسهولته، فكل مسلم يجد ما يَعمله ليطيع الله به.
+قال النووي: وفي هذا دليل على أنَّ المباحات تصير طاعات بالنيات الصادقات، فالجماع يكون عبادة إذا نَوَى به قضاء حقّ الزوجة ومعاشرتها بالمعروف الذي أمر الله تعالى به، أو طلب ولد صالح، أو إعفاف نفسه أو إعفاف الزوجة ومنعهما جميعًا من النظر إلى حرام، أو الفكر فيه، أو الهم به، أو غير ذلك من المقاصد الصالحة.
+ضرب المثل والقياس؛ ليكون أوضح وأوقع في نفس السامع.</t>
+  </si>
+  <si>
+    <t>Рақобати саҳобаҳо дар анҷоми корҳои нек ва кӯшиши онҳо дар ба даст овардани аҷру фазли бузург аз ҷониби Аллоҳ Таъоло.
+Бисёр будани роҳҳои анҷоми корҳои нек ва он ки ҳар амале, ки мусалмон бо нияти нек ва қасди хуб анҷом медиҳад, аз корҳои хайр ба шумор меравад.
+Осонӣ дар Ислом: Ҳар як мусалмон коре пайдо мекунад, ки тавассути он ба Худо итоат кунад.
+Нававӣ мегӯяд: Дар ин (ҳадис) далеле ҳаст бар он ки корҳои мубоҳ бо нияти содиқона ба итоат ва ибодат табдил меёбанд. Пас, ҳамбистарӣ бо ҳамсар ибодат мешавад, агар ният дошта бошад, ки барои адои ҳаққи ҳамсар мувофиқи фармудаи Худо муоширати нек мекунад, ё ин ки талаби фарзанди солеҳ, покдоман нигоҳ доштани худ ё ҳамсар, дур кардани ҳарду аз нигоҳ ба ҳаром, ё фикр кардан ва орзӯи он, ё ҳар мақсади неки дигаре.
+Зикри масал ва қиёс, барои он аст, ки маъно равшантар ва таъсиргузортар дар дили шунаванда бошад.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4558</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>Ба дурустӣ, он чи мардум аз панди паёмбарони пешин дарёфтаанд, ин аст: "Ҳар гоҳ шарм накардӣ, пас ҳар чи мехоҳӣ бикун»". [Шарму ҳаё дар ҳамаи шариатҳои осмонӣ писандида ва мавриди ситоиш будааст. Яъне, агар шарму ҳаё надошта бошӣ, ки туро аз чизҳои ҳаром боздорад, пас ҳар чи хоҳӣ бикун, вале барои худ бадбахтӣ меорӣ]</t>
+  </si>
+  <si>
+    <t>عَنْ أَبي مَسْعُودٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Аз Абумасъуд (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Ба дурустӣ, он чи мардум аз панди паёмбарони пешин дарёфтаанд, ин аст: "Ҳар гоҳ шарм накардӣ, пас ҳар чи мехоҳӣ бикун»". [Шарму ҳаё дар ҳамаи шариатҳои осмонӣ писандида ва мавриди ситоиш будааст. Яъне, агар шарму ҳаё надошта бошӣ, ки туро аз чизҳои ҳаром боздорад, пас ҳар чи хоҳӣ бикун, вале барои худ бадбахтӣ меорӣ].</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>Паёмбари Аллоҳ (Саллаллоҳу алайҳи ва саллам) хабар доданд, ки яке аз васиятҳое, ки аз паёмбарони пешин омадааст ва мардум онро дар байни худ паҳн намуда, аз насл ба насл мерос гирифтаанд, то ба аввали ин уммат расидааст, чунин аст: Ба он чи мехоҳӣ анҷом диҳӣ, назар кун, агар он чизе бошад, ки анҷом доданаш сабаби шарму ҳаё нагардад, пас анҷомаш деҳ, аммо агар амале бошад, ки анҷом доданаш сабаби шарму ҳаё гардад, пас онро тарк кун. Зеро шарму ҳаё монеи асосии анҷоми корҳои зишту нораво аст. Ҳар касе, ки ҳаё надошта бошад, ба ҳар гуна фаҳшо ва амали зишт гирифтор мешавад.</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>Шарму ҳаё асоси ахлоқи неку аст.
+Шарму ҳаё хислате аз хислатҳои паёмбарон (алайҳиму-с-салом) мебошад ва ин хислат аз онҳо нақл шудааст.
+Шарму ҳаё чизест, ки мусалмонро водор ба анҷом додани он чи ӯро зебо ва ороста мегардонад, мекунад, ва ӯро аз он чи, ки сабаби паст ва шарманда шуданаш аст, бозмедорад.
+Нававӣ мегӯяд: Амри зикршуда дар ҳадис маънои мубоҳ (иҷозатдодашуда)-ро дорад. Яъне, агар хоҳӣ коре анҷом диҳӣ ва дар анҷом доданаш аз Аллоҳ Таъоло ва мардум шарм надорӣ, пас анҷом деҳ; вагарна, аз он дурӣ ҷӯй. Ва бар ҳамин асос дини Ислом поягузорӣ шудааст.
+Тавзеҳаш ин аст: Он чи воҷиб ва мустаҳаб аст, тарки он боиси шарму ҳаё аст. Он чи ҳаром ва макруҳ аст, анҷомаш боис мешавад, ки инсон шарм намояд. Аммо амри мубоҳ, анҷом додан ё тарки он ҷоиз аст ва ҳеҷ яке боиси шарм нест.
+Пас, ин ҳадис ҳамаи панҷ ҳукми шаръиро дар бар мегирад.  
+Гуфта шудааст: Ин амр маънои таҳдидро дорад, яъне агар шарм аз ту бардошта шавад, пас ҳар чи бихоҳӣ анҷом деҳ, зеро Худо туро муҷозот хоҳад кард.
+Гуфтаи дигар: Ин амр ба маънои хабар аст, яъне ҳар касе, ки шарм надошта бошад, ҳар кореро анҷом медиҳад, чӣ дуруст, чӣ нодуруст.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4559</t>
+  </si>
+  <si>
+    <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>Албатта амалҳо вобаста ба ниятҳо ҳастанд ва барои ҳар шахс он чизе аст, ки ба қасди расидан ба он ният кардааст</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>Аз Умар ибни Хаттоб ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Амалҳо вобаста ба ният ҳастанд ва барои ҳар кас ҳамон хоҳад буд, ки барои расидан ба он ният кардааст, пас касе ҳиҷраташ ба сӯи Аллоҳ ва расулаш бошад, ҳиҷрати ӯ ба сӯи Аллоҳ ва расулаш аст, ва касе ҳиҷрати ӯ барои моли дунё бошад, ё занеро ба никоҳи худ дароварад, пас ҳиҷрати ӯ барои чизе аст, ки ба ҳадафи расидан ба он ҳиҷрат кардааст". Дар ривояти Бухорӣ омадааст: "Албатта амалҳо вобаста ба ниятҳо ҳастанд ва барои ҳар шахс он чизе аст, ки ба қасди расидан ба он ният кардааст".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён фармудаанд, ки амалҳои бандагон вобаста ба ниятҳои худи онҳо аст, ки ин як ҳукми умумӣ ва фарогири тамоми ибодот ва муомилот аст. Пас ҳар кӣ амалеро барои расидан ба ҳадафи муаян ният кунад, ҳамонро ба даст меорад ва барояш подош нахоҳад буд. Ҳар кӣ амалеро барои расидан ба ризои Худованд анҷом медиҳад, барояш аҷр ва подоши нек хоҳад буд, агарчи як амали кам ва оддӣ бошад, монанди хурдан ва нӯшидан.
 Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) барои тавзеҳи бештари таъсири ният бар амалҳо, ки дар зоҳир барои мо яксон вонамуд мешаванд, мисолҳо оварда баён намуданд, ки ҳар касе аз ватани худ барои дарёфти ризо ва хушнудии Парвардигораш ҳиҷрат кунад, ҳиҷрати шаръӣ ва писандида аст ва барои нияти содиқонаи худ  соҳиби аҷр ва савоб мегардад, ва ҳар касе ҳадаф аз ҳиҷраташ дарёфти манфиати дунявӣ, аз ҷумла мол, мансаб, тиҷорат ва ё издивоҷ бошад, аз он ҳиҷрат танҳо ҳамон чизе, ки барои расидан ба он қасд карда буд дармеёбад ва аз аҷру подош баҳрае нахоҳад бурд.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>Ташвиқ ба ихлос, зеро Худованд танҳо ҳамон амалеро мепазирад, ки барои ризои Ӯ Таъоло бошад.
 Агар касе амалҳое, ки барои тақарруб ба Аллоҳ анҷом дода мешавандро аз рӯи одат анҷом диҳад, подош дода намешавад, магар инки қасди наздик шудан ба Худоро дошта бошад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4560</t>
   </si>
   <si>
-    <t>الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا</t>
+    <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
     <t>Ислом ин аст, ки: шаҳодат бидиҳӣ нест маъбуде барҳақ ҷуз Худо ва Муҳаммад фиристодаи Ӯ Таъоло аст, намозро барпой дорӣ, закот бидиҳӣ, рӯзаи моҳи Рамазон бидорӣ ва ҳаҷҷи Хона бикунӣ, агар тавонои онро дошта бошӣ</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
     <t>Аз Умар ибни Хаттоб (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: "Рӯзе мо назди Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) нишаста будем, ногоҳ марде зоҳир шуд, ки дар тан либосҳои бисёр сафед ва мӯйи сари бисёр сиёҳ дошт ва ҳеҷ асаре аз сафар (гард ва ғубор) бар ӯ дида намешуд ва касе аз мо низ ӯро намешинохт. Ӯ назди Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) нишаст ва зонуҳои худро бар зонуҳои он ҳазрат расонида кафҳои дастонашро болои ронҳояш гузошт ва гуфт: "Эй Муҳаммад маро аз Ислом хабар деҳ!" Паёмбари Худо (Салому дуруди Аллоҳ бар бод) гуфт:" Ислом ин аст, ки: шаҳодат бидиҳӣ нест маъбуде барҳақ ҷуз Худо ва Муҳаммад фиристодаи Ӯ Таъоло аст, намозро барпой дорӣ, закот бидиҳӣ, рӯзаи моҳи Рамазон бидорӣ ва ҳаҷҷи Хона бикунӣ, агар тавонои онро дошта бошӣ". Он мард гуфт: "Рост гуфтӣ". (Умар Худованд аз ӯ розӣ бод) мегӯяд: "Мо аз он мард таъаҷҷуб кардем, ки худ суол мекунад ва боз мегӯяд: "Рост гуфтӣ". Он мард боз аз Паёмбари Худо пурсид: "Маро аз имон хабар бидеҳ?". Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гуфт: "Имон ин аст, ки ба Худо, ба фариштагони Ӯ, ба китобҳои Ӯ, ба паёмбарони Ӯ ва ба рӯзи охират имон дошта бошӣ, ҳамон гуна, ки ба тақдир ва неку бади он имон дошта бошӣ". Он мард гуфт: "Рост гуфтӣ ва сипас гуфт: маро аз эҳсон хабар бидеҳ?" Паёмбари Худо гуфт: "Эҳсон он аст, ки Худоро онгуна бипарастӣ, ки гуё Ӯро мебинӣ, агар ту Ӯро набинӣ, Ӯ туро мебинад". Он мард гуфт: "Аз (омадани) рӯзи қиёмат маро хабар деҳ!" Паёмбари Худо гуфт: "Дар ин маврид шахсе, ки аз ӯ суол мекунед донотар аз суолкунанда нест". Он мард гуфт: "Пас аз нишонаҳои он рӯз маро бигӯ!" Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гуфт: "Аз нишонаҳои қиёмат ин аст, ки каниз (зан) хоҷаи худро зояд ва фақирони луч ва пойбараҳна, ва чӯпононро бубинӣ, ки дар қасру баландошёнасозӣ бо ҳам сабқат кунанд". Сипас он мард бархост ва аз назди мо рафт. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) пас аз андаке аз ман пурсид: "Эй Умар! Оё медонӣ ин марди суолкунанда кӣ буд?" Умар гуфт: "Худо ва паёмбараш беҳтар медонанд" Паёмбари Худо Гуфт: "Ӯ Ҷабраил аст, омада буд то барои шумо динатонро биомӯзад".</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
     <t>Умар ибни Хаттоб (Худованд аз ӯ розӣ бод) хабар медиҳад, ки Ҷабраил (Алайҳи салом) дар сурати марди ношиносе ба назди саҳоба омад, ки либосаш бисёр сафед ва мӯи сараш бисёр сиёҳ буд ва асаре аз сафар, монанди гарду ғубор, либоси чиркин ва мӯйҳои пароканда дар ӯ дида намешуд, ва касе аз ҳозирин, ки назди Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) нишаста буданд низ ӯро намешинохт. Сипас ӯ назди Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ҳамчун як шахсе, ки мехоҳад чизе биомӯзад нишаст ва ӯ (с)-ро аз Ислом пурсид ва Паёмбари Худо дар посух ба ӯ рукнҳои зерро номбар фармуданд: бар забон овардани калимаи шаҳодатайн, барпо доштани намозҳои панҷгона, адо кардани закот, рӯза доштани моҳи Рамазон ва Ҳаҷ кардан барои касе, ки тавони онро дорад.
 Вақте суолкунанда ба Паёмбари Худо гуфт: рост гуфтӣ, саҳобагон дар таъаҷҷуб омаданд, ки чигуна шахсе мехоҳад чизе биомӯзад боз дар айни ҳол тасдиқ мекунад. (Яъне посухро худ аз пеш медонад).
 Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро аз имон пурсид, ва ӯ (с) дар посух аркони шашгонаро зикр намуданд, ки иборатанд аз: имон ба вуҷӯди Аллоҳ ва сифатҳои Ӯ Таъоло,  ягонагии Ӯ Таъоло дар афъолаш, ба монанди халқ кардан, ягонагии Ӯ Таъоло дар ибодаташ, имон ба фариштагон, ки Худованд онҳоро аз нур офарида аст ва онон бандагони гиромие ҳастанд, ки нофармонии Худовандро намекунанд ва бо амри Ӯ Таъоло амал мекунанд, имон ба китобҳои нозилшуда бар паёмбарон, ба монанди Қуръон, Таврот, Инҷил ва дигар китобҳо, имон ба паёмбарон, ки дини Худоро нашр мекунанд, ба монанди Нӯҳ, Иброҳим, Мусо, Исо ва охирин паёмбар Муҳаммад (Салому дуруди Аллоҳ бар ҳамаашон бод) ва дигар расулон ва паёмбарон. Имон ба рӯзи қиёмат, ки шомили марҳилаҳои баъд аз марг аст, ба монанди қабр, олами барзах ва инки инсон пас аз мурдан зинда карда шуда мавриди ҳисоб қарор мегирад ва сарнавишти ӯ ё ба сӯи биҳишт аст ё ба дӯзах, имон доштан бар инки Худованд тақдири ҳама мавҷудотро мувофиқ бо илми қадими Худ ва иқтизои ҳикмат ва иродааш қарор дода аст ва чигунае ки Ӯ Таъоло муқаддар сохтааст ҳамонгуна офарида ва воқеъ мешавад. Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)- ро аз эҳсон суол намуд. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд, ки эҳсон яъне Худовандро чунон ибодат кунад, ки гӯё Ӯ Таъолоро мебинад, агар ба ин мартаба даст наёфт пас Худовандро чунон ибодат кунад, ки Аллоҳ ӯро мебинад. Мартабаи аввал мартабаи мушоҳада аст, ки болотарин мартаба ва мартабаи дуввум мартабаи муроқибат аст.
 Сипас аз замони вуқӯъи қиёмат пурсид? Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён фармуданд, ки донистани замони вуқӯъи қиёматро Худованд ба худ ихтисос додааст ва касе аз махлуқот онро намедонад, на суолкунанда ва на шахси суолшуда.
 Сипас Паёмбари Худоро аз нишонаҳои қиёмат пурсид. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён фармуданд, ки яке аз нишонаҳои наздик шудани қиёмат зиёд шудани канизон ва фарзандони онон, ё ҳамон бадрафтории фарзандон бо модаронашон аст, ки гӯйӣ бо каниз ва зердасти худ  рафтор мекунанд, ва инки дунё чунон бар чӯпон ва фақирон рӯй меорад, ки дар сохт ва ороиши қаср ва баландошёнаҳо бо ҳам фахрфурушӣ мекунанд.
@@ -1396,412 +1952,876 @@
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>Одоб ва ахлоқи неки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ва ҳамнишинӣ бо ёронаш.
 Нармӣ дар баробари суолкунанда ва наздик шинондани ӯ, то бидуни тарс ва ҳарос савол кунад.
 Одоб дар баробари муаллим, чунончи Ҷабраил (Алайҳи салом) назди Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) бо камоли одоб нишаста буд то чизе биомӯзад.
 Аркони Ислом панҷ ва усули имон шаш аст.
 Вақте Ислом бо имон якҷо зикр шавад, Ислом ба маънои умури зоҳирӣ ва имон ба маънои умури ботинӣ маънидод мешавад.
 Баёни инки дин дараҷаҳои гуногун дорад. Якум: Ислом, дуввум: Имон, севум: Эҳсон, ки он баландтарин дараҷаи дин аст.
 Дар асл суолро касе медиҳад, ки маълумот надорад ва надонистан худ сабаби суол кардан аст, бинобарин саҳобагон дар таъаҷҷуб омаданд, ки ӯ ҳам суол мекунад ва ҳам тасдиқ.
 Шурӯъ карданд бо муҳимтарин пурсиш сипас бо муҳимтар. Зеро дар ҳадиси мазкур барои фаҳмиши Ислом аз шаҳодатайн ва барои фаҳмиши имон, аз имон ба Аллоҳ оғоз фармуд.
 Пурсиш аз аҳли илм аз ончи суолкунанда низ худ огоҳ аст, то дигарон биомӯзанд.
 Қиёмат ва вақти он маҳдуд ба илми Худованд аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4563</t>
   </si>
   <si>
-    <t>لَا تَغْضَبْ</t>
+    <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
+  </si>
+  <si>
+    <t>Он чизеро, ки дар (бораи дуруст будани) он шак дорӣ, тарк кун ва ба он чизе рӯй биёр, ки дар он шак надорӣ, Зеро ростгӯӣ оромиш меорад ва дурӯғ, шакку шубҳа ба вуҷуд меорад</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
+  </si>
+  <si>
+    <t>Аз Абуҳаврои Саъдӣ ривоят аст, ки гуфт: Ҳасан ибни Алӣ (разияллоҳу анҳумо)-ро гуфтам: Чи чизро аз Паёмбар (Саллалоҳу алайҳи ва саллам) дар ёд дорӣ? Гуфт: Аз Паёмбар (Саллалоҳу алайҳи ва саллам) инро дар ёд дорам, ки фармуданд: "Он чизеро, ки дар (бораи дуруст будани) он шак дорӣ, тарк кун ва ба он чизе рӯй биёр, ки дар он шак надорӣ, Зеро ростгӯӣ оромиш меорад ва дурӯғ, шакку шубҳа ба вуҷуд меорад".</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
+  </si>
+  <si>
+    <t>Паёмбари Аллоҳ (Саллалоҳу алайҳи ва саллам) фармуданд, ки: Он чизеро, ки дар дурустияш шубҳа дорӣ, хоҳ гуфтор бошад, ё амал, дар ҳаром будан ё набудан, ҳалол ё ҳаром будан, тарк кун, ва рӯй биёр ба он чизе, ки дар дурустӣ ва ҳалол буданаш яқин дорӣ. Зеро қалб ба чизе, ки ҳалол ва некӯ будани он маълум аст, ором мегирад ва ба он мутмаин мешавад. Аммо ҳар он чи шубҳаовар аст, қалбро ба изтироб ва нороҳатӣ меандозад.</t>
+  </si>
+  <si>
+    <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
+النهي عن الوقوع في الشبهات.
+إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
+رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
+  </si>
+  <si>
+    <t>Барои як мусалмон лозим аст, ки корҳо ва амалашро бар асоси яқин бино кунад, на бар шубҳа. Ва бояд дар дини худ бо фаҳми равшан ва дониш амал намояд.
+Наҳй аз воқеъ шудан дар чизҳои шубҳанок.
+Агар оромии дил ва роҳатии хотир мехоҳӣ, пас чизҳои машкукро тарк кун ва онро канор гузор.
+Аз раҳмату меҳрубонии Аллоҳ Таъоло нисбат ба бандагонаш аст, ки онҳоро ба чизҳое амр намудааст, ки боиси оромии нафс ва хотир мешавад ва онҳоро аз он чи боиси ташвиш ва саргардонӣ мешавад, манъ намудааст.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4564</t>
+  </si>
+  <si>
+    <t>كل سلامى من الناس عليه صدقة</t>
+  </si>
+  <si>
+    <t>Бар ҳар мафсале (банди ангушт, даст...)  аз мафсалҳои мардум ҳар рӯз садақае лозим аст</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Аз Абуҳурайра (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Бар ҳар мафсале (банди ангушт, даст...)  аз мафсалҳои мардум ҳар рӯз садақае лозим аст, Ҳар рӯз, ки офтоб тулуъ мекунад ва (шахс) байни ду нафар адолат барқарор мекунад ва шахсеро дар савор шудан ба маркабаш кумак мекунад ё матоъашро барои ӯ, ки бар маркабаш нишаста аст, мебардорад, барояш садақа аст. Сухани нек садақа аст ва ҳар қадаме, ки ба сӯи намоз бармедорад садақа аст ва ин ки озор ва азиятеро аз роҳ дур мекунад, садақа аст".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
+وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
+عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
+وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
+والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
+وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
+وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Саллалоҳу алайҳи ва саллам) баён намуданд, ки бар ҳар мусалмони мукаллаф дар ҳар шабонарӯз ба андозаи адади мафосили устухонҳояш садақае аз рӯйи шукр барои Аллоҳ Таъоло, ки ба ӯ иноят бахшидааст ва барои устухонҳояш мафосиле қарор додааст, то онҳоро боз ва баста кунад, лозим аст. Ва ин ки ин садақа бо тамоми корҳои хайр анҷом дода мешавад ва маҳдуд ба бахшидани мол нест, аз ҷумла: Адолат ва оштӣ андохтан миёни ду шахсе, ки бо ҳам ихтилоф доранд, садақа аст, Вақте ба нотавоне кумак мекунӣ ба маркабаш савор шавад ва ашёашро барояш бардошта медиҳӣ, садақа аст. Сухани нек, аз қабили зикр, дуо, сулҳ ва ғайра, садақа аст. Ва ҳар қадаме, ки ба сӯи намоз мегузорӣ, садақа аст. Ва аз роҳ дур кардани он чи зараровар аст, садақа аст.</t>
+  </si>
+  <si>
+    <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
+الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
+الترغيب في المداومة على النوافل والصدقات كل يوم.
+فضل الإصلاح بين الناس.
+الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
+الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
+وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
+  </si>
+  <si>
+    <t>Сохтор ва якпорчагии устухонҳои инсон яке аз бузургтарин неъматҳои Аллоҳ Таъоло аст. Аз ин рӯ, ҳар устухонро бояд аз номи худ садақа дод, то шукронаи он неъмат пурра шавад.
+Ташвиқ ва тарғиб барои идомаи ин неъматҳо ҳар рӯз шукрона кардан.
+Ташвиқ ба идома додани нофилаҳо ва садақаҳои ихтиёрӣ ҳар рӯз.
+Фазилати ислоҳ байни одамон.
+Ташвиқ ба ёрӣ додани бародарон, зеро ин ёрӣ додан худаш садақа аст.
+Ташвиқ ба ҳозир шудан ба намозҳои ҷамоат ва роҳ рафтан ба сӯи масҷидҳо ва обод кардани масҷидҳо бо ин кор.
+Эҳтиром ба роҳҳои мусалмонон бо дур сохтани ҳар он чи ба онон озору зиён мерасонад, воҷиб аст.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4568</t>
+  </si>
+  <si>
+    <t>كن في الدنيا كأنك غريب أو عابر سبيل</t>
+  </si>
+  <si>
+    <t>Дар дунё он чуноне бош, ки гӯё ғариб ва ё роҳгузаре ҳастӣ</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِمَنْكِبِي، فَقَالَ: «كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ»، وَكَانَ ابْنُ عُمَرَ، يَقُولُ: إِذَا أَمْسَيْتَ فَلاَ تَنْتَظِرِ الصَّبَاحَ، وَإِذَا أَصْبَحْتَ فَلاَ تَنْتَظِرِ المَسَاءَ، وَخُذْ مِنْ صِحَّتِكَ لِمَرَضِكَ، وَمِنْ حَيَاتِكَ لِمَوْتِكَ.</t>
+  </si>
+  <si>
+    <t>Аз Абдуллоҳ ибни Умар (разияллоҳу анҳумо) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) аз китфи ман дошта чунин фармуданд: "Дар дунё он чуноне бош, ки гӯё ғариб ва ё роҳгузаре ҳастӣ». Ва Ибни Умар (Худованд аз он ду розӣ бод) (ҳамеша) мегуфт: "Ҳар гоҳ шаб фаро расад, мунтазири субҳ набош ва ҳар гоҳ ки ба субҳ расидӣ, мунтазири шаб набош. Ва аз сиҳатмандии худ (чизе) барои бемориат ва аз ҳаёти худ (чизе) барои маргат бигир.</t>
+  </si>
+  <si>
+    <t>ذَكَرَ ابنُ عُمر رضي الله عنهما بأن النبي صلى الله عليه وسلم أخذ بمنكبه -وهو مَجْمَع العَضُد والكَتِف- وقال له: كن في الدنيا كأنك غريب، قَدِمَ بلدًا لا مَسْكن لَهُ فيه يؤويه، ولا ساكن يسليه، خالٍ عن الأهل والعيال والعلائق، التي هي سبب الاشتغال عن الخالق، بل كن أشدَّ من الغريب وهو عابر السبيل المار على الطريق طالبًا وطنه؛ لأن الغريب قد يسكن في بلاد الغُرْبة ويُقيم فيها، بخلاف عابر السبيل القاصد للبلد، فإن من شأنه التخفف وعدم التوقف، والحرص على وصول بلده، فكما أن المسافر لا يحتاج إلى أكثر مما يبلغه إلى غاية سفره، فكذلك لا يحتاج المؤمن في الدنيا إلى أكثر مما يبلغه المَحل. 
+فعمل ابن عمر بهذه النصيحة وكان يقول: إذا أصبحتَ فلا تنتظر المساء، وإذا أمسيتَ فلا تنتظر الصباح، وعُدَّ نفسك في أهل القبور، ولأن العمرَ لا يخلو عن صحة ومرض؛ 
+فبادر أيام صحتك بالطاعة لمرضك؛ واغتنم الأعمال الصالحة في الصحة قبل أن يحول بينك وبينها المرض، واغتنم حياتك في الدنيا، فاجمع فيها ما ينفعك بعد موتك.</t>
+  </si>
+  <si>
+    <t>Ибн Умар (разияллоҳу анҳумо) ёдовар мешавад, ки Паёмбари Худо (Саллалоҳу алайҳи ва саллам) аз шона (пайванди бозуву шона)-и ӯ гирифт ва фармуд: "Дар дунё монанди ғариб бош." Яъне, мисли касе бош, ки ба шаҳре омада, ки на хона дорад дар он паноҳ барад, на дӯстоне, ки ӯро дилбардорӣ кунанд. Аз хешу ақрабо, фарзандону наздикон дур, зеро маҳз ҳамин чизҳоянд, ки инсонро аз Парвардигораш машғул месозанд, Балки аз ғариб ҳам шадидтар бош, монанди мусофире, ки роҳро тай мекунад, дар роҳ аст ва ба ватани аслиаш меравад. Зеро шахси ғариб мумкин аст дар кишвари бегона иқомат кунад ва худро ҷо кунад. Аммо мусофир, ки танҳо аз роҳ мегузарад ва қасди расидан ба манзили худро дорад, чунин нест. Балки мақсади ӯ сабукӣ овардан ва зудтар ба ватани аслиаш расидан аст, на таваққуф ва истиқомат кардан. Ҳамин тавр ки мусофир ба чизе беш аз он чи ки ӯро то охири роҳ мерасонад, эҳтиёҷ надорад, муъмин низ дар дунё ба чизе беш аз он чи ки ӯро ба охират мерасонад, ниёз надорад.
+Ибни Умар (разияллоҳу анҳумо) ба ин васияти Паёмбари Аллоҳ (Саллаллоҳу алайҳи ва саллам) амал мекард ва мегуфт: "Ҳангоме ки саҳар кардӣ, интизори шаб машав; ва ҳангоме ки шаб кардӣ, интизори саҳар машав. Ва худро аз аҳли қабрҳо бишмор". Зеро умр ҳамеша дар ҳолати тағйир аст, гоҳе сиҳатӣ, гоҳе беморӣ ва инсон намедонад кай умраш ба поён мерасад. Пас дар рӯзҳои сиҳатият ба тоату ибодат талош кун, пеш аз он ки беморӣ монеи амали солеҳ гардад. Дар дунё зиндагиатро ғанимат шумор ва барои худ он чизеро ҷамъоварӣ ва захира кун, ки баъд аз маргат бароят судманд бошад.</t>
+  </si>
+  <si>
+    <t>وضع المُعلّم كفَّه على كتف المتعلم عند التعليم للتأنيس والتنبيه.
+الابتداء بالنصيحة والإرشاد لمن لم يطلب ذلك.
+حسن تعليم النبي صلى الله عليه وسلم بضرب الأمثال المُقْنِعَة، بقوله: "كُنْ فِي الدُّنْيَا كَأَنَّكَ غَريْبٌ أَوْ عَابِرُ سَبِيْلٍ".
+اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
+ بيان قِصَر الأمل، والاستعداد للموت.
+ الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
+المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
+فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
+وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
+  </si>
+  <si>
+    <t>Гузоштани муаллим дасти худро бар китфи шогирд ҳангоми таълим барои улфат, таваҷҷуҳ додан ва бедор сохтани ҳушёрии ӯ аст.
+Оғоз кардани насиҳат ва роҳнамоӣ ба касе, ки онро дархост накардааст.
+Омӯзгории зебои Паёмбари (Саллаллоҳу алайҳи ва саллам), ки бо зарбулмасалҳои қонеъкунанда ба хубӣ таълим медод, чунончи, фармуданд: "Дар дунё чунон бош, ки гӯё ғариб ё мусофире бошӣ".
+Мардум дар сафари худ ба сӯи охират мутафовит ҳастанд, монанди роҳгузар, ки нисбат ба ғариб, дар зуҳд мартабаи болотаре дорад.
+Баёни кӯтоҳии умед ва омодагӣ барои марг.
+Ин ҳадис маънои тарк кардани ризқ ва мамнуъ кардани лаззатҳои дунёро надорад, балки маънои ташвиқ ба зоҳидӣ ва каму ночиз шуморидани онро дорад.
+Шитоб кардан дар анҷоми амалҳои савоб пеш аз нотавонӣ дар анҷоми он, ки метавонад беморӣ ё марг монеи анҷом додани он шавад.
+Фазилати Абдуллоҳ ибни Умар (разияллоҳу анҳумо), чун ӯ таҳти таъсири ин мавъизаи Паёмбар (Саллалоҳу алайҳи ва саллам) қарор гирифт.
+Ватани муъминон ҷаннат аст, бинобар ин, ӯ дар дунё ғариб ва мусофир ба сӯи охират аст. Дили ӯ ба ягон ҷои дунё пайваст нест, балки ба ватани худ, ки бармегардад, вобаста аст. Зиндагӣ дар ин дунё барои қонеъ кардани ниёзҳост ва омодагӣ барои бозгашт ба ватани аслиаш аст.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4704</t>
+  </si>
+  <si>
+    <t>لا تحاسدوا، ولا تناجشوا، ولا تباغضوا، ولا تدابروا، ولا يبع بعضكم على بيع بعض، وكونوا عباد الله إخوانا</t>
+  </si>
+  <si>
+    <t>Ба якдигар ҳасад набаред; ба якдигар зиён нарасонед; ба якдигар кина нагиред; ба якдигар душманӣ накунед; баъзе аз шумо бар савдои баъзеи дигаре савдо накунад; ва эй бандагони Худо, бо ҳам бародар бошед</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحَاسَدُوا، وَلَا تَنَاجَشُوا، وَلَا تَبَاغَضُوا، وَلَا تَدَابَرُوا، وَلَا يَبِعْ بَعْضُكُمْ عَلَى بَيْعِ بَعْضٍ، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا الْمُسْلِمُ أَخُو الْمُسْلِمِ، لَا يَظْلِمُهُ وَلَا يَخْذُلُهُ، وَلَا يَحْقِرُهُ التَّقْوَى هَاهُنَا» وَيُشِيرُ إِلَى صَدْرِهِ ثَلَاثَ مَرَّاتٍ «بِحَسْبِ امْرِئٍ مِنَ الشَّرِّ أَنْ يَحْقِرَ أَخَاهُ الْمُسْلِمَ، كُلُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ حَرَامٌ، دَمُهُ، وَمَالُهُ، وَعِرْضُهُ».</t>
+  </si>
+  <si>
+    <t>Аз Абуҳурайра (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Ба якдигар ҳасад набаред; ба якдигар зиён нарасонед; ба якдигар кина нагиред; ба якдигар душманӣ накунед; баъзе аз шумо бар савдои баъзеи дигаре савдо накунад; ва эй бандагони Худо, бо ҳам бародар бошед; мусулмон бародари мусулмон аст, бар ӯ зулм накунад, ӯро хиёнат накунад, ӯро таҳқир накунад. Тақво ана ин ҷост». -Ва ба синаи худ се бор ишорат кард– «Аз бадӣ ҳамин мардро басанда аст, ки бародари мусулмонашро нописандӣ кунад. (Ҳуқуқи) ҳар як мусулмон назди мусулмони дигар муқаддас аст, хуни ӯ ва моли ӯ ва шарафу обрӯи ӯ".</t>
+  </si>
+  <si>
+    <t>أَوْصَى النبيُّ صلى الله عليه وسلم المسلمَ بأخيه المسلم خيرًا، وبيَّن بعض ما يجب عليه من الواجبات والآداب نحوهم؛ ومن ذلك: 
+الوصية الأولى: لا تحاسدوا بأن يتمَنَّى بعضكم زوال نعمة بعض. 
+الثانية: لا تناجشوا بأن يزيد في ثمن السلعة وهو لا يريد شراءها؛ وإنما يريد نفع البائع، أو الإضرار بالمشتري. 
+الثالثة: لا تباغضوا وهي إرادة المضرة وهي ضد المحبة؛ إلا إذا كان البغض في الله تعالى؛ فإنه واجب. 
+الرابعة: لا تدابروا بأن يعطِيَ كل واحد منكم أخاه دبره وقفاه فيعرض عنه ويهجره. 
+الخامسة: لا يبع بعضكم على بيع بعضٍ بأن يقول لمن اشترى سلعة: عندي مثلها بأقل منها أو أجود منها بسعرها. 
+ثم أوصى عليه الصلاة والسلام بوصية جامعة فقال: وكونوا كالإخوة بترك ما ذُكِر من منهيات، وببذل المودة والرفق والشفقة والملاطفة والتعاون في الخير، مع صفاء القلوب والنصيحة بكل حال. 
+ومن مقتضيات هذه الأخوة: 
+ألّا يَظلم أخاه المسلم ويعتدي عليه. 
+وألّا يترك أخاه المسلم يُظلم فيخذله في مقام يستطيع أن ينتصر له، ويرفع عنه الظلم. 
+وألّا يحتقره ويستقله وينظر إليه بعين الاستنقاص والازدراء؛ وهو ناتج عن كِبر في القلب.
+ثم بيَّن النبيُّ صلى الله عليه وسلم ثلاث مرات أن التقوى في القلب، ومن كان في قلبه التقوى التي تقتضي حسن الخلق، وخشية الله ومراقبته فإنه لا يحتقر مسلمًا، وكافيه من خصال الشر ورذائل الأخلاق احتقار أخيه المسلم؛ وذلك لكِبرٍ في قلبه. 
+ثم أَكَّدَ صلى الله عليه وسلم على ما مضى بأنَّ كل المسلم على المسلم حرامٌ: دمُه: بأن يعتدي عليه بقتل أو ما دونه كجرح أو ضرب ونحوها، وكذا ماله: بأن يأخذ منه بغير حق، وكذا عِرضه: بأن يذمّه في نفسه أو حسبه.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Саллаллоҳу алайҳи ва саллам) мусалмонро ба бародари мусалмонаш бо некиҳо васият кард ва баъзе вазифаҳо ва одоберо, ки нисбат ба онҳо бояд дошта бошад, шарҳ дод, аз ҷумла: Васияти аввал: Ҳасад набаред, ба ин сурат, ки баъзе аз шумо орзуи аз байн рафтани неъматҳои дигаронро дошта бошад. Васияти дуввум: Қиммати молро бо дурӯғ ва бе ниёз ба харид зиёд накунед, яъне нархро зиёд накунед, вақте ки намехоҳед онро бихаред, балки мақсадаш ё кумак ба фурӯшанда аст ё зарар расонидан ба харидор. Васияти сеюм: Бо якдигар душманӣ макунед! Ва он зарар расондан аст, ки зидди муҳаббат мебошад, магар ин ки душманӣ барои Аллоҳ Таъоло бошад, дар ин ҳолат воҷиб аст. Васияти чаҳорум: Ба якдигар пушт нагардонед, ба ин маъно, ки ҳар яке аз шумо ба бародараш пушт гардонад ва аз ӯ рӯй гардонида ӯро тарк кунад. Васияти панҷум: Болои муомилаи якдигар муомила накунед, монанди ин ки ба харидор бигӯяд: "Ман мисли ҳамин чизро бо нархи камтар ё сифати беҳтар дорам". Сипас, Паёмбар (Саллаллоҳу алайҳи ва саллам) ба васияти умумие ишора карданд ва фармуданд: Ҳамчун бародароне барои ҳамдигар бошед, бо парҳез аз он чи манъ карда шуд, ва бо баён намудани муҳаббат, нармӣ, шафқат, муомила ва ҳамкорӣ дар некукорӣ, бо покии дилҳо ва маслиҳат дар ҳар ҳолат. Ва аз лавозими ин бародарӣ, ин аст: Ба бародари мусалмонаш зулму ситам накунад ва ба ҳаққи ӯ таҷовуз накунад. Бародари мусулмонашро дар ҳолати мазлумият танҳо нагузорад ва ӯро дар ҷое, ки метавонад ёрӣ расонад ва зулмро аз ӯ  бардорад. Ӯро таҳқир накунад ва кӯчак нашуморад ва ба ӯ бо назари поён ва ҳақоратангез нанигарад, ки ин аз бузургбинӣ ва такббуру ғурури дил бармеояд. Сипас, Паёмбар (Саллаллоҳу алайҳи ва саллам) се бор баён намуданд, ки тақво дар дил аст ва касе, ки дар дилаш тақво дошта бошад, ки он ахлоқи хуб ва тарс аз Худову ва назорати Ӯро ба ҳамроҳ дорад, ӯ ягон мусалмонро паст намешуморад. Сипас баён намуданд, ки аз хислатҳои бад ва ахлоқи паст барои шахс ҳамин кофӣ аст, ки бародари мусалмонашро таҳқир кунад, ки ин нишони такббуру ғурур дар дил аст. Сипас, Паёмбар (Саллаллоҳу алайҳи ва саллам) таъкид карданд, ки ҳар мусалмон бар мусалмони дигар ҳаром аст: рехтани хунаш, яъне касе набояд бо қатл ё ҷароҳат ё задан ва дигар амалҳо ба ӯ осеб расонад; 
+молаш, яъне касе набояд бидуни ҳақ молашро бигирад; 
+ва номусаш, яъне бо бадгӯӣ аз шахсият ва аслу насаби ӯ.</t>
+  </si>
+  <si>
+    <t>الأمر بكلِّ ما تقتضيه الأخوة الإيمانية، والنهي عن ما يضادها من الأقوال والأعمال.
+عمدة التقوى ما في القلب من معرفة الله، وخشيته ومراقبته، وهذه التقوى ينتج عنها الأعمال الصالحة.
+الانحراف الظاهر يدلُّ على ضعف تقوى القلب.
+النهي عن أذية المسلم بأي وجه من الوجوه من قول أو فعل.
+ليس من الحسد أن يتمنى المسلم أن يكون مثل غيره، دون تمني زوالها عن الآخر، وهذا يسمى غبطة؛ وهي جائزة تعين على المسابقة إلى الخيرات.
+الإنسان بطبعه يكره أن يفوقَه أحد في شيء من الفضائل، فإن أحب زوالها عن الآخر فهو الحسد المذموم، وإن أحب المسابقة فهي الغبطة الجائزة.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه أن يبيّن للمشتري أنه خدع في شرائه خداعًا فاحشًا؛ فهذا من مقتضيات النصيحة، بشرط أن تكون نيته نصح أخيه المشتري لا الإضرار بالبائع، والأعمال بالنيات.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه  إذا كان البائعان لم يتراضيا ولم يستقر الثمن.
+ليس من التباغض المنهي عنه في الحديث: البغض في الله، فهو واجب، ومِن أوثق عرى الإيمان.</t>
+  </si>
+  <si>
+    <t>Амр ба ҳама чизҳое, ки муқтазои бародари имонӣ аст ва манъ аз ҳар чизе, ки бар зидди он суханҳо ва амалҳо аст.
+Асоси тақво он аст, ки дар қалб маърифати Худо, тарс аз Ӯ ва назорат кардани Худо бошад. Аз ҳамин гуна тақвои қалбӣ аъмоли солеҳ ба вуҷуд меоянд.
+Гумроҳии зоҳирӣ бар заъфи тақвои қалб далолат мекунад.
+Озор додани мусалмон ба ҳар шакле, хоҳ бо гуфтор бошад ё бо амал, манъ шудааст.
+Ин ки як мусалмон орзу кунад мисли шахси дигар неъмате дошта бошад, бидуни орзуи аз байн рафтани он аз дигарон, ҳасад нест. Инро "ғибта" меноманд ва он ҷоиз аст, зеро барои мусобиқа дар корҳои нек кумак мекунад.
+Инсон табиатан намехоҳад, ки касе дар ягон фазилат аз ӯ пеш гузарад. Агар дӯст дорад, ки он неъмат аз дигарон бардошта шавад, ин ҳасади мазамматшуда аст. Вале агар хоҳиши пешӣ гирифтан дар фазилат дошта бошад, ин ғибтаи ҷоиз аст.
+Агар ба харидор фаҳмонад, ки ӯ дар харидорӣ фиреби шадиде хӯрдааст, аз фурӯши мусалмон бар фурӯши бародараш ҳисобида намешавад, зеро ин аз ҷумлаи талаботи насиҳат кардан аст, ба шарте, ки қасди ӯ ростгӯӣ ва насиҳат ба бародари мусалмонаш бошад, на зарар расондан ба фурӯшанда. Зеро амалҳо бо ниятҳо бастагӣ доранд.
+Ин аз фурӯши мусалмон бар фурӯши бародараш ҳисобида намешавад, агар фурӯшанда ва харидор ҳанӯз бо ҳам ризо нашуда бошанд ва нарх муқаррар нашуда бошад.
+Душманӣ дар роҳи Худо аз ҷумлаи душмание, ки дар ҳадис манъ шудааст, нест, зеро душманӣ дар роҳи Худо воҷиб аст ва аз мустаҳкамтарин пайвандҳои имон ба шумор меравад.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4706</t>
+  </si>
+  <si>
+    <t>لا تغضب</t>
   </si>
   <si>
     <t>Ғазаб накун</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки: Марде ба Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гуфт: маро насиҳат кун. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Ғазаб накун". Он мард чанд бор аз Паёмбар насиҳат хост, Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Ғазаб накун".</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>Яке аз саҳобагон аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хост ӯро ба коре, ки манфиат бахшад роҳнамои кунад. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ба ӯ гуфт: "Ғазаб накун", яъне аз амалҳое, ки сабаби ба вуҷуд омадани хашму ғазаб мешавад дурӣ кунад, агар асабонӣ мешавад саъй кунад оташи ғазабашро фурӯ нишонад, то кор ба куштан, задан, дашном додан ва ғайра нарасад.
 Он мард чанд бор насиҳат хост, аммо Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) чизе ҷуз "Ғазаб накун" изофа нафармуд.</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>Огоҳӣ аз ғазаб кардан ва сабабҳои он, зеро ғазаб бадиҳо дар пай дорад ва ҳазар аз он сабаби руидани некиҳост.
 Аммо ғазаб барои Худованд, ба монанди ба ғазаб омадан дар ҳоли поймол шудани фармудаҳои Аллоҳ, мавриди ситоиш аст.
 Такрори сухан агар ба он ниёз бошад, то шунаванда аз он огоҳ шавад ва ба аҳамияти он пай бибарад.
 Фазилати талаби насиҳат аз донишмандон.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4709</t>
   </si>
   <si>
-    <t>لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ</t>
+    <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>На ба худ ва на ба дигарон зиён нарасонед, касе зиён бирасонад Аллоҳ ба ӯ зиён мерасонад ва касе машаққат бирасонад Аллоҳ ба ӯ машаққатро раво дорад</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Аз Абусаъиди Худрӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "На ба худ ва на ба дигарон зиён нарасонед, касе зиён бирасонад Аллоҳ ба ӯ зиён мерасонад ва касе машаққат бирасонад Аллоҳ ба ӯ машаққатро раво дорад".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён намуданд, ки ҷилавгирӣ аз осеб ва зуҳуроти он ба худ ва бар дигарон лозим аст, ва барои касе ҷоиз нест бар худ ва на бар дигарон зарар бирасонад.
 Ҷоиз нест посухи зарар бо зарар бошад, зеро зарар бо расонидани зарар бартараф намешавад, магар аз роҳи қасос ва бидуни таъадӣ.
 Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён доштанд, ки касе ба мардум зарар мерасонад зарар хоҳад дид, ва касе машақат бар мардум меорад машақат хоҳад дид.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Наҳй аз муҷозоте ки бештар аз ҳад (-и шаръӣ) бошад.
 Худованд бандагонро ба чизе, ки бар зиёни онҳо тамом мешавад, амр нафармудааст.
 Зарар расонидан бар худ ва бар дигарон, бо забон бошад ва ё амал, ҳаром аст.
 Муҷозот аз ҷинси амал аст, ҳар кӣ зиён расонад Худованд ба ӯ зиён мерасонад ва ҳар кӣ душворӣ ба мардум орад Худо бар ӯ душворӣ меорад.
 Яке аз қоидаҳои шариъат ин аст, ки "Зарар бартараф карда мешавад". Шариат зарарро қабул надорад, ва зарар расонидан бар дигаронро инкор мекунад.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[صحيح بشواهده]</t>
   </si>
   <si>
     <t>[رواه الدارقطني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4711</t>
   </si>
   <si>
-    <t>لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا</t>
+    <t>لا يحل دم امرئ مسلم إلا بإحدى ثلاث</t>
+  </si>
+  <si>
+    <t>Раво нест рехтани хуни фарди мусалмон, магар ба яке аз се чиз</t>
+  </si>
+  <si>
+    <t>عَنِ ابنِ مَسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ دَمُ امْرِئٍ مُسْلِمٍ إِلَّا بِإِحْدَى ثَلَاثٍ: الثَّيِّبُ الزَّانِي، وَالنَّفْسُ بِالنَّفْسِ، وَالتَّارِكُ لِدِينِهِ المُفَارِقُ لِلْجَمَاعَةِ».</t>
+  </si>
+  <si>
+    <t>Аз Ибни Масъуд (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Раво нест рехтани хуни фарди мусалмон, магар ба яке аз се чиз: зан ё марди издивоҷ кардаи зинокор ва (қатли) ҷоне ба (қасоси) ҷон (-и дигар) ва касе, ки тарки дини худ кунад ва аз ҷамъияти мусалмонон ҷудо шавад".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دمَ المسلم حرام، إلا إنْ فعل واحدة من خصال ثلاث: 
+الأولى: مَن وقع في فاحشة الزنا، وقد تزوج بعقد صحيح؛ فيحل قتله بالرجم. 
+الثانية: من قَتل نفسًا معصومة عمدًا بغير حق، قُتل بشروطه. 
+الثالثة: الخارج عن جماعة المسلمين؛ إما بترك دينه الإسلام كله بالردة، أو المفارق بغير ردة بترك بعضه كأهل البغي، وقطاع الطريق، والمحاربين من الخوارج وغيرهم.</t>
+  </si>
+  <si>
+    <t>Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) баён намуданд, ки хуни мусалмон ҳаром аст, магар дар ин се ҳолат: Аввал: Касе, ки пас аз издивоҷи саҳеҳ (яъне бо ақди дуруст ва шаръӣ) даст ба фоҳишагии зино занад, чунин шахс барояш ҷазои қатл тавассути сангсор (раҷм) ҷорӣ мегардад. Дувум: Касе, ки як инсони маъсумро қасдан ва ноҳақ бикушад. Бо фароҳам шудани шароити қасос, (қотил) кушта мешавад (яъне барояш ҷазои қатл бо қасос татбиқ мегардад). Сеюм: Касе, ки аз ҷамоати мусалмонон хориҷ шавад, хоҳ бо тарки дини Ислом ба куллӣ (яъне, комил аз Ислом рӯй гардондан), ё ҷузъӣ (яъне, тарки баъзе аз аҳкоми дин) бошад, монанди исёнгарон, роҳзанҳо ва муҳорибон аз гурӯҳи хавориҷ ва ғайра.</t>
+  </si>
+  <si>
+    <t>تحريم فعل هذه الخصال الثلاث، وأن من فعل واحدة منها استحق عقوبة القتل: إما كفرًا، وهو المرتد عن الإسلام، وإما حدًّا، وهما: الثيب الزاني، والقاتل عمدًا.
+وجوب حفظ الأعراض ونقائها.
+وجوب احترام المسلم، وأنه معصوم الدم.
+الحث على التزام جماعة المسلمين وعدم مفارقتهم.
+حسن تعليم النبي صلى الله عليه وسلم حيث يَرِدُ كلامُه أحيانًا بالتقسيم؛ لأن التقسيم يحصر المسائل ويجمعها وهو أسرع حفظًا.
+شرع الله الحدودَ؛ لردع الجناة، ولحماية المجتمع ووقايتِه من الجرائم.
+تطبيق هذه الحدود هو من اختصاص ولي الأمر.
+أسباب القتل أكثر من ثلاثة، ولكنها لا تخرج عنها، قال ابن العربي المالكي: ولا تخرج عن هذه الثلاثة بحال، فإنَّ مَن سَحَرَ أو سب نبيَّ الله كفر، فهو داخل في التارك لدينه.</t>
+  </si>
+  <si>
+    <t>Анҷом додани ин се хислат ҳаром аст. Ҳар касе муртакиби яке аз ин се хислат шуд, ҷазои қатл бояд бар ӯ ҷорӣ мешавад: Ё ба сабаби куфр, ки он хориҷ шудан аз Ислом аст, ё ба сабаби ҳади шаръӣ, ки он бар зани шавҳардор ва марди зандори зинокор ҷорӣ мешавад ва инчуин касе, ки қасдан касеро мекушад.
+Ҳифзи обрӯ, нангу номус ва покӣ воҷиб аст.
+Воҷиб будани эҳтироми мусалмон ва ин ки хуни ӯ маҳфуз ва муҳтарам аст.
+Тарғибу ташвиқ ба ҳамроҳии ҷамоати мусалмонон ва ҷудо нашудан аз онон.
+Шеваи омӯзиши зебои Паёмбар (Саллаллоҳу алайҳи ва саллам), чунон ки суханаш баъзан ба сурати тақсимбандӣ шуда меояд ва тақсимбандӣ кардан масъалаҳоро маҳдуд ва ҷамъбаст мекунад ва ҳифз карданро осонтар месозад.
+Худованд ҳудудро машруъ гардонидааст, то ҷинояткоронро боздорад ва ҷомеаро муҳофизат кунад ва аз ҷиноятҳо пешгирӣ намояд.
+Иҷрои ин ҳудуд аз ихтиёроти ҳоким ё ҳукумати исломӣ аст.
+Сабабҳои ҳукми қатл бештар аз ин се ҳолат ҳастанд, лекин аз ин се ҳолат берун нестанд. Ибни Арабии Моликӣ мегӯяд: "(Сабабҳои қатл бештар аз се ҳолат ҳастанд), вале ба ҳеҷ ваҷҳ аз ин се сабаб хориҷ намешаванд. Зеро, касе, ки ҷоду мекунад ё Паёмбарро дашном медиҳад, кофир мешавад ва дар гурӯҳи касоне шумурда мешавад, ки дини худро тарк кардаанд."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4714</t>
+  </si>
+  <si>
+    <t>لا يزال لسانك رطبا من ذكر الله</t>
+  </si>
+  <si>
+    <t>Забонатро ҳамеша бо зикри Аллоҳ тар нигаҳдор</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
+  </si>
+  <si>
+    <t>Аз Абдуллоҳ ибни Буср (разияллоҳу анҳу) ривоят аст, ки марде гуфт: "Эй Расули Худо, аҳкоми ислом бар ман зиёд шудааст, чизе ба ман бигӯ, ки ба он чанг бизанам". Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) фармуд: "Забонатро ҳамеша бо зикри Аллоҳ тар нигаҳдор".</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>Марде назди Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) шикоят кард, ки ибодатҳои нафлӣ (яъне суннату мустаҳабҳо) барояш бисёр шудаанд ва ба сабаби заъфаш аз иҷрои онҳо оҷиз мондааст. Сипас аз Паёмбар (Саллаллоҳу алайҳи ва саллам) хоҳиш кард, ки амали осонеро ба ӯ нишон диҳад, ки савоби бисёр дошта бошад ва битавонад ба он амал чанг занад ва пойбанд бошад.
+Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) ӯро роҳнамоӣ кард, ки ҳамеша забонаш ба зикри Худованд, дар ҳар вақт ва ҳар ҳолат тар бошад, ба монанди тасбеҳ (субҳоналлоҳ), таҳмид (алҳамдулиллоҳ), истиғфор (астағфируллоҳ), дуо ва дигар зикрҳои ба ин монанд.</t>
+  </si>
+  <si>
+    <t>فضل المداومة على ذكر الله تعالى.
+من عظيم فضل الله تيسير أسباب الأجر.
+تفاضل العباد في نصيبهم من أبواب البر والخير.
+كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
+مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
+  </si>
+  <si>
+    <t>Фазилати мудовимат бар зикри Аллоҳ Таъоло.
+Аз бузургтарин фазли Худо осон кардани роҳҳои ба даст овардани савоб аст.
+Бартарии бандагон бар якдигар, саҳми онҳо дар корҳои некӣ ва хайр аст.
+Зиёд зикр кардани номи Аллоҳ бо забон, бо тасбеҳ, таҳмид, таҳлил, такбир ва ғайра, ҳамроҳ бо мувофиқати дил, ҷойгузини бештари ибодатҳои нафлӣ аст.
+Мурооти Паёмбар (Саллалоҳу алайҳи ва саллам) дар посухи саволдиҳанда ба он чи ки муносиби ҳолати ӯ аст.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4716</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>Ҳар кадоми шумо то он чиро, ки барои худ дӯст медорад, барои бародар (-и мусалмонаш) низ дӯст надорад, ҳанӯз имон наовардааст</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
+  </si>
+  <si>
+    <t>Аз Анас (разияллоҳу анҳу) аз Паёмбар (Саллалоҳу алайҳи ва саллам) ривоят аст, ки фармуданд: "Ҳар кадоми шумо то он чиро, ки барои худ дӯст медорад, барои бародар (-и мусалмонаш) низ дӯст надорад, ҳанӯз имон наовардааст".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Саллалоҳу алайҳи ва саллам) тавзеҳ додааст, ки ҳеҷ мусалмоне наметавонад имони комилро ба даст орад, то он чиро, ки худаш аз тоату амалҳои гуногун дар дин ва дунё дӯст медорад, барои бародари (муъмини) худ дӯст бидорад ва он чиро, ки барои худ бад мебинад, барои ӯ низ бад бинад. Агар дар дини бародари мусалмонаш нуқсоне бубинад, барои ислоҳаш саъй кунад ва агар дар ӯ хайре бубинад, ӯро роҳнамоӣ кунад, кумакаш кунад ва дар умури дин ва зиндагии дунявӣ пандаш диҳад.</t>
+  </si>
+  <si>
+    <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
+الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
+تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
+استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
+قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
+  </si>
+  <si>
+    <t>Вуҷуби дӯст доштани шахс барои бародараш он чиро, ки барои худ дӯст медорад; зеро нафйи имон аз касе, ки барои бародараш ҳамон чиро дӯст намедорад, ки барои худ дӯст медорад, далолат мекунад бар воҷиб будани ин муҳаббат.
+Бародарӣ дар роҳи Худо бартар аз бародарии насаб аст. Аз ин рӯ, ҳаққи он воҷибтар аст.
+Ҳаром будани ҳар гуфтору кирдоре, ки бо ин муҳаббат мухолиф аст, аз қабили: фиреб, ғайбат, ҳасад, таҷовуз ба ҷон, мол, ё обрӯйи мусалмон.
+Истифодаи баъзе лафзҳое, ки шахсро ба амал ташвиқ мекунад, чунон ки дар инҷо аз лафзи "бародараш" истифода бурда шудааст.
+Кирмонӣ (раҳимаҳуллоҳ) гуфтааст: Аз ҷумлаи имон он аст, ки инсон барои бародари худ ҳамон чизеро, ки барои худ бад медонад, низ бад шуморад. Паёмбар (Саллалоҳу алайҳи ва саллам) инро зикр накардааст, зеро дӯст доштани чизе, сабаби бад дидани зидди он аст, бинобар ин ба зикри мустақими он эҳтиёҷ набуд.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4717</t>
+  </si>
+  <si>
+    <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>Агар шумо бар Худованд он гуна, ки шоистаи Ӯ Таъоло аст таваккул кунед, Ӯ ба шумо он гуна рӯзӣ медиҳад, ки ба парандагон рӯзӣ медиҳад, субҳ аз лонаи худ бо шиками холӣ мебароянд ва шомгоҳ бо шиками пур бармегарданд</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>Аз Умар ибни Хаттоб (Худованд аз ӯ розӣ бод) ривоят аст, ки ӯ аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) шунидааст, ки мегуфт: "Агар шумо бар Худованд он гуна, ки шоистаи Ӯ Таъоло аст таваккул кунед, Ӯ ба шумо он гуна рӯзӣ медиҳад, ки ба парандагон рӯзӣ медиҳад, субҳ аз лонаи худ бо шиками холӣ мебароянд ва шомгоҳ бо шиками пур бармегарданд"</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) моро ташвиқ мекунад, ки дар талаби нафъ ва дур кардани зарар дар умури дин ва дунёи худ, ба Худованди Мутаъол таваккул кунем, зеро касе ато намедиҳад, боз намедорад, суд ва зиён намебахшад магар Ӯ Таъоло. Мо бояд ба таваккул кардани холисона бар Худо амалҳоеро анҷом диҳем, ки дар он ҷалби манфиат ва дафъи зарар бошад. Чун агар мо ин корро анҷом диҳем Худованд ба мо рӯзӣ медиҳад, он гуна ки парандагон саҳаргоҳ аз лонаҳо бо шиками гурусна берун меоянд ва шомгоҳ бо шиками сер бармегарданд. Ин амали парандагон навъе аз асбоби талош барои талаби ризқ ва рӯзӣ бидуни вобастагӣ ва танбалӣ аст.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>Фазилати ба Аллоҳ таваккал кардан ва инки таваккал кардан ба Аллоҳ аз бузургтарин сабабҳои ҷалби ризқ аст.
 Таваккул мунофот бо амал кардан ба асбоб надорад, зеро Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) хабар додаанд, ки таваккал кардани ростин муқобил бо саъю талош дар талаби ризқ нест.
 Аҳамият додани шариат ба амалҳои қалбӣ, зеро таваккал кардан худ аз амалҳои қалбӣ аст.
 Такя кардан фақат ба сабабҳо кӯтоҳӣ дар дин ва тарки сабабҳо кӯтоҳӣ дар ақл аст.</t>
   </si>
   <si>
-    <t>رواه الترمذي وابن ماجه وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4721</t>
   </si>
   <si>
-    <t>يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا</t>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، ولكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>Агар (мол танҳо) бо даъво кардан ба мардум дода мешуд, мардон молу хуни қавмро даъво мекарданд, лекин ба даъвогар гувоҳ овардан ва ба он ки мункир мешавад, қасам хӯрдан (лозим) аст</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>Аз Ибни Аббос (разияллоҳу анҳумо) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Агар (мол танҳо) бо даъво кардан ба мардум дода мешуд, мардон молу хуни қавмро даъво мекарданд, лекин ба даъвогар гувоҳ овардан ва ба он ки мункир мешавад, қасам хӯрдан (лозим) аст".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
+  </si>
+  <si>
+    <t>Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) баён намуданд, ки агар ба мардум танҳо бо даъвоҳои худашон (бе ягон далелу қарина) он чиро, ки даъво доранд, дода шавад, пас баъзеҳо молу хуни мардумро даъво мекарданд. Аз ин рӯ, бар даъвогар лозим аст, ки далел ва бурҳон пешниҳод кунад. Агар далеле надошта бошад, даъво бар муқобили касе, ки аз он талаб мешавад (яъне муҳокимашаванда) равона мешавад. Агар ӯ инкор кунад, пас бояд савганд хӯрад ва бо ин роҳ бегуноҳ дониста мешавад.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
+الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
+القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
+كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
+  </si>
+  <si>
+    <t>Ибни Дақиқи Ъид мегӯяд: Ин ҳадис яке аз асосҳои муҳимми ҳукмҳо ва бузургтарин марҷаъ дар ҳолати ихтилоф ва низоъ мебошад.
+Шариат барои ҳифзи молу ҷони мардум аз фиребу найранг омадааст.
+Қозӣ бо дониши шахсии худ ҳукм намекунад, балки ба далелу бурҳонҳо руҷуъ мекунад.
+Ҳар касе даъвое бидуни ҳеҷ гуна далелу бурҳон кунад, даъвояш рад карда мешавад, хоҳ ин дар масоили ҳуқуқ ва муомилот бошад ва хоҳ дар масоили имон ва илм.</t>
+  </si>
+  <si>
+    <t>رواه البيهقي</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4722</t>
+  </si>
+  <si>
+    <t>ما ملأ آدمي وعاء شرا من بطن، بحسب ابن آدم أكلات يقمن صلبه، فإن كان لا محالة، فثلث لطعامه، وثلث لشرابه، وثلث لنفسه</t>
+  </si>
+  <si>
+    <t>Одамизод ҳеҷ зарферо бадтар аз шикамаш пур накардааст. Барои инсон кофӣ аст чандон бихӯрад, ки зинда бимонад, агар ночор ба хӯрдани бештар аз он шуд, пас, бояд сеяки меъдаи худро барои хӯрданиҳо ва сеяки дуюмро ба нӯшиданиҳо ва сеяки дигарро барои нафас кашидан ихтисос диҳад</t>
+  </si>
+  <si>
+    <t>عَنْ المِقْدَامِ بْنِ مَعْدِي كَرِبَ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مَلأَ آدَمِيٌّ وِعَاءً شَرًّا مِنْ بَطْنٍ، بِحَسْبِ ابْنِ آدَمَ أَكَلاَتٌ يُقِمْنَ صُلْبَهُ، فَإِنْ كَانَ لَا مَحَالَةَ، فَثُلُثٌ لِطَعَامِهِ، وَثُلُثٌ لِشَرَابِهِ، وَثُلُثٌ لِنَفَسِهِ».</t>
+  </si>
+  <si>
+    <t>Аз Миқдом ибни Маъди Кариб (разияллоҳу анҳу) ривоят аст, ки гуфт: Паёмбар (Саллалоҳу алайҳи ва саллам)-ро шунидам, ки мефармояд: "Одамизод ҳеҷ зарферо бадтар аз шикамаш пур накардааст. Барои инсон кофӣ аст чандон бихӯрад, ки зинда бимонад, агар ночор ба хӯрдани бештар аз он шуд, пас, бояд сеяки меъдаи худро барои хӯрданиҳо ва сеяки дуюмро ба нӯшиданиҳо ва сеяки дигарро барои нафас кашидан ихтисос диҳад".</t>
+  </si>
+  <si>
+    <t>يرشدنا النبي الكريم صلى الله عليه وسلم إلى أصل من أصول الطب، وهي الوقاية التي يقي بها الإنسان صحته، وهي التقليل من الأكل، بل يأكل بقدر ما يسد رمقه ويقويه على أعماله اللازمة، وإن شر وعاء مُلئ هو البطن لما ينتج عن الشبع من الأمراض الفتاكة التي لا تحصى عاجلًا أو آجلًا باطنًا أو ظاهرًا.
+ثم إن الرسول صلى الله عليه وسلم قال: إذا كان الإنسان لابد له من الشبع، فليجعل الأكل بمقدار الثلث، والثلث الآخر للشرب، والثلث للنفس حتى لا يحصل عليه ضيق وضرر، وكسل عن تأدية ما أوجب الله عليه في أمر دينه أو دنياه.</t>
+  </si>
+  <si>
+    <t>Паёмбари Акрам (Саллалоҳу алайҳи ва саллам) моро ба яке аз усулҳои асосии тиб роҳнамоӣ мекунад, ки он пешгирӣ (профилактика) аст. Яъне, инсон бояд саломатии худро бо камхӯрӣ нигоҳ дорад. Бояд танҳо ба қадре бихӯрад, ки гуруснагияшро дур кунад ва ӯро барои анҷоми корҳои зарурӣ қувват бахшад. Зеро бадтарин зарфе, ки пур мешавад, шикам аст, аз серхӯрӣ бемориҳои зиёде ба вуҷуд меояд, ки бархе фавран ва баъзе дертар, бархе ошкор ва бархе пинҳон пайдо мешаванд. Сипас Расули Худо (Саллалоҳу алайҳи ва саллам) фармуданд: Агар инсон ночор бошад, ки сер шавад, пас бояд аз се як ҳиссаи шикамашро барои хӯрок, як ҳиссаи дигарро барои нӯшидан ва як ҳиссаи боқимондаашро барои нафаскашӣ гузорад, то ки тангии нафас, зарар ва танбалӣ дар анҷоми фарзҳои диниву дунявӣ бар ӯ роҳ наёбад.</t>
+  </si>
+  <si>
+    <t>عدم التوسع في الأكل والشرب، وهذا أصل جامع لأصول الطب كلها، لما في كثرة الشبع من الأمراض والأسقام.
+الغاية من الأكل، هي حفظ الصحة والقوة وبهما سلامة الحياة.
+لملء البطن من الطعام أضرار بدنية ودينية، قال عمر رضي الله عنه: «إياكم والبطنة، فإنها مفسدة للجسم ومكسلة عن الصلاة».
+الأكل من حيث الحكم على أقسام: واجب، وهو ما به تُحفظ الحياة ويؤدي تركه إلى ضرر. جائز، وهو ما زاد على القدر الواجب ولا يُخشى ضرره. مكروه، وهو ما يُخشى ضرره. محرم، وهو ما يُعلم ضرره. ومستحب، وهو ما يُستعان به على عبادة الله وطاعته، وقد أجمل ذلك في الحديث في ثلاث مراتب: أولها: ملء البطن. ثانيها: أكلات أو لقيمات يقمن صلبه. ثالثها: قوله: «ثلث لطعامه وثلث لشرابه وثلث لنفسه» وهذا كله إذا كان جنس المأكول حلالًا.
+الحديث قاعدة من قواعد الطب، وحيث إن علم الطب مداره على ثلاثة أصول: حفظ القوة والحمية والاستفراغ، فقد اشتمل الحديث على الأولين منها، كما في قوله تعالى : (وَكُلُوا وَاشْرَبُوا وَلَا تُسْرِفُوا إِنَّهُ لَا يُحِبُّ الْمُسْرِفِينَ) [الأعراف: 31].
+كمال هذه الشريعة حيث اشتملت على مصالح الإنسان في دينه ودنياه.
+من علوم الشريعة أصولُ الطب وأنواع منه، كما جاء في العسل والحبة السوداء.
+اشتمال أحكام الشريعة على الحكمة، وأنها مبنية على درء المفاسد وجلب المصالح.</t>
+  </si>
+  <si>
+    <t>Худдорӣ аз зиёд хӯрдану нӯшидан, ин як асоси умумии тамоми қоидаҳои тиббӣ аст, зеро пурхӯрӣ сабаби бемориҳо ва дардҳои гуногун мегардад.
+Мақсади хӯрок хӯрдан нигоҳ доштани сиҳатӣ ва қувват аст, ки бо онҳо ҳаёт солим мемонад.
+Серхӯрӣ ба бадан ва дин зарар дорад. Умар (разияллоҳу анҳу) гуфт: "Аз серхӯрӣ парҳез кунед, зеро он баданро табоҳ мекунад ва сабаби сустии инсон дар намоз мешавад".
+Хӯрдан аз нигоҳи ҳукм бар панҷ қисм ҷудо мешавад: Воҷиб, он чизе, ки барои ҳифзи ҳаёт зарур аст ва тарки он ба зарар меанҷомад. Ҷоиз, зиёда аз ҳадди зарурӣ, ки зарараш эҳтимолӣ нест. Макрӯҳ, он чизе, ки эҳтимоли зарар доштанаш вуҷуд дорад. Ҳаром, он чизе, ки зиён доштани он маълум аст. Мустаҳаб, он чизе, ки дар ибодати Худо кумак мекунад.
+Ин мафҳум дар ҳадис бо се марҳила ҷамъбаст шудааст. Аввал: пур кардани шикам. Дувум: чанд луқма барои устувории бадан. Севум: "Як сеюм барои таом, як сеюм барои нӯшокӣ ва як сеюм барои нафаскашӣ". Ин ҳама дар сурате дуруст аст, ки навъи хӯрок ҳалол бошад.
+Ин ҳадис яке аз қоидаҳои асосии тиб ба шумор меравад. Азбаски илми тиб бар се асос такя мекунад: нигоҳдории қувват, парҳез ва тоза кардани бадан, ҳадис ду асоси аввалро дар бар мегирад. Чуноне, ки Худованд мефармояд: (ва [дар зиндагӣ, аз хӯрокҳои покиза] бихӯред ва биошомед, вале исроф накунед, [ки] бе тардид, Аллоҳ Таъоло исрофкунандагонро дӯст намедорад) (Сураи Аъроф, ояти 31).
+Камолоти ин шариати исломӣ дар он зоҳир аст, ки ҳамаи манфиатҳои инсонро, чи дар динаш ва чи дар дунёяш дарбар мегирад.
+Аз ҷумлаи илмҳои шариат бахшҳои асосии тиб ва навъҳои гуногуни он низ ҳастанд, чунончи, дар бораи асал ва сиёҳдона (ҳаббат-ус-савдо) омадааст.
+Аҳкоми шариат шомили ҳикмат аст, ки асоси онҳо ҳикмат ва бар пояи пешгирии зарарҳо ва ҷалби манфиатҳо қарор гирифтаанд.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد والترمذي والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4723</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
+  </si>
+  <si>
+    <t>Ҳар ки дар ин амри мо (дини мо) чизеро биёварад, ки аз он нест, он (чиз) пазируфта намешавад</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
+ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>Аз Оиша (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ҳар ки дар ин амри мо (дини мо) чизеро биёварад, ки аз он нест, он (чиз) пазируфта намешавад". Муттафақун алайҳи. Ва дар ривояти Муслим омадааст: "Ҳар ки коре анҷом диҳад, ки амри мо бар он нест, он (кор) мардуд аст".</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мефармояд, ки ҳар касе дар дин кори наве ихтироъ кунад ё коре анҷом диҳад, ки аз Қуръон ва Суннат далеле надошта бошад, он кор ба соҳибаш рад карда мешавад ва назди Аллоҳ пазируфта намешавад.</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>Ибодат бар асоси он чизе аст, ки дар Қуръону Суннат омадааст. Бинобар ин, Аллоҳ Таъолоро ибодат намекунем магар бар асоси шариат, на бар асоси бидъат ва навсохтаҳо.
+Дин бар асоси раъй (назар ва фикр) ва неку пиндоштан нест, балки бар пайравӣ аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аст.
+Ин ҳадис далолат бар комил будани дин (Ислом) мекунад.
+Бидъат ҳар чизи навсохтае аст, ки ба дин ворид шудааст ва дар замони Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ва асҳобаш вуҷуд надошт, чи эътиқод бошад ё сухан, ё амал.
+Ин ҳадис яке аз аслҳои дини Ислом аст ва монанди тарозуест барои амалҳо. Ҳамон тавр ки ҳар амале ба хотири Аллоҳ набошад, пазируфта намешавад ва анҷомдиҳандааш савобе намегирад, инчунин ҳар амале, ки бар асоси раҳнамоии Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) набошад, ба анҷомдиҳандааш бозгардонида мешавад ва аз ӯ пазируфта намешавад.
+Навовариҳое, ки аз он наҳйи шудааст, корҳое ҳастанд, ки ба дин марбут ҳастанд на ба корҳои дунё.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4792</t>
+  </si>
+  <si>
+    <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
+  </si>
+  <si>
+    <t>Ҳар ки яке аз мушкилоти муъминеро дар дунё дур созад, Худои Таъоло сахтие аз сахтиҳои рӯзи қиёматро аз ӯ дур месозад</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
+  </si>
+  <si>
+    <t>Аз Абуҳурайра (разияллоҳу анҳу) ривоят аст, ки гуфт: Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Ҳар ки яке аз мушкилоти муъминеро дар дунё дур созад, Худои Таъоло сахтие аз сахтиҳои рӯзи қиёматро аз ӯ дур месозад; ва ҳар ки (кори) дармондаеро осон кунад, Худои Таъоло бар вай дар дунёву охират осонӣ расонад; ва ҳар ки (айби) мусулмонеро бипӯшонад, Худо (гуноҳи) ӯро дар дунёву охират пӯшида дорад. Ва Худо дар ёрии банда аст, модоме ки банда дар (фикри) ёрӣ намудани бародар (-и мусулмон)-аш бошад. Ҳар ки дар ҷустуҷӯи илмомӯзӣ бошад, Худо ба (баракати) он илм роҳеро ба сӯйи ҷаннат бар вай осон созад. Ҳар гоҳ ки мардуме дар масҷиде аз масоҷид ҷамъ омада, Қуръон тиловат кунанд ва аз он дарс омӯзанд, пас бар дилҳои онҳо оромӣ нозил шавад ва раҳмати Худо онҳоро фаро гирад ва малоикаҳо онҳоро иҳота кунанд ва Худо онҳоро дар байни касоне, ки назди Ӯст, ёд кунад; ва ҳар ки дар амал сустӣ кунад, ҳеҷ гоҳ насабаш ӯро ба ҷое нарасонад</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
+ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
+ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
+والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
+ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
+وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
+ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
+  </si>
+  <si>
+    <t>Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) баён карданд, ки подоши мусалмон назди Худованд мувофиқи амалест, ки бо дигар мусалмонон анҷом медиҳад. Пас, ҳар касе, ки аз як муъмин мусибате ё душворие аз мусибатҳои дунёро сабук кунад, Худо аз ӯ мусибате аз мусибатҳои рӯзи қиёматро сабук мегардонад. Ҳар касе, ки ба як тангдаст осонӣ биёрад ва душвориашро сабук намояд, Худованд бар ӯ дар дунё ва охират осонӣ хоҳад овард. Ҳар касе, ки айби як мусалмонро пӯшонад, масалан, агар чизе аз лағзиш ё хатоҳои ӯро бинад, ки шоистаи ошкор шуданаш нест, Худованд низ айби ӯро дар дунё ва охират пинҳон медорад. Худо ёридиҳандаи бандаи худ мешавад, то вақте ки он банда дар ёрии бародари худ, дар корҳои динӣ ё дунявии ӯ бошад. Ин ёрӣ метавонад бо дуо, кумак бо ҷисм, мол ё дигар роҳҳо бошад. Касе, ки барои омӯхтани илми шаръӣ меравад ва қасдаш танҳо розигии Худованд аст, Худо ба василаи он роҳро ба сӯи биҳишт барояш осон мегардонад. Ҳар гоҳ гурӯҳе дар яке аз хонаҳои Худо ҷамъ шаванд ва китоби Худоро тиловат кунанду онро байни худ биомӯзанд, оромиш ва вақор бар онҳо нозил мегардад; раҳмати Худо онҳоро фаро мегирад; фариштагон онҳоро иҳота мекунанд; Худованд дар назди мавҷудоти баландмартабаи Худ онҳоро ёд мекунад. Ва чи шарафе бузургтар аз он аст, ки Худо бандаро дар малаи аъло ёд кунад! Касе, ки аъмолаш нопурра бошад, ба мартабаи соҳибони аъмоли нек нахоҳад расид. Пас, набояд шахс танҳо ба шарафи насаб ва фазилати падарону гузаштагонаш такя кунад ва дар амал кӯтоҳӣ намояд.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
+الترغيب في التيسير على المعسر.
+الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
+مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
+ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
+الحث على طلب العلم وتلاوة القرآن وتدارسه.
+قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
+الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
+  </si>
+  <si>
+    <t>Ибни Дақиқи Ъид гуфтааст: Ин ҳадис ҳадисест бузург ва фарогир, ки намудҳои гуногуни илмҳо, қоидаҳо ва одобҳоро дар бар гирифта аст. Он дорои фазилати баровардани эҳтиёҷоти мусалмонон ва расондани манфиат ба онҳо бо ҳар он чи муяссар шавад, хоҳ бо илм, ё мол, ё кумак, ё ишора ба маслиҳат, ё насиҳат ва ғайра мебошад.
+Тарғибу ташвиқ намудан ба осонгирӣ бар қарздор ё шахси дар тангдастӣ буда.
+Тарғиб ба кумак расонидан ба бародари мусалмон ва ин ки Аллоҳ Таъоло ба миқдори кумаке, ки банда ба бародараш мекунад, ба ӯ ёрӣ мерасонад.
+Аз ҷумлаи пинҳон доштани айби мусалмон ин аст, ки кас айбҳои ӯро пайгирӣ накунад. Аз баъзе аз салаф ривоят шудааст, ки гуфтанд: "Гурӯҳеро дарёфтам, ки айбе надоштанд, пас вақте ба айбҳои мардум пардохтанд, мардум низ айбҳои онҳоро зикр карданд. Ва гурӯҳеро дарёфтам, ки айбҳое доштанд, вале аз зикр кардани айбҳои мардум худдорӣ мекарданд, мардум низ айбҳои онҳоро фаромӯш карданд."
+Пӯшондани айби мардум маънои раҳо кардани мункар ва тағйир надодани он нест, балки бояд мункарро тағйир дод ва айбро пӯшонид. Ва ин (амри пӯшондан) дар ҳаққи касест, ки ба фасод ва исён машҳур нест. Аммо касе, ки ба бадӣ ва саркашӣ маъруф аст, пас дар ҳаққи ӯ пӯшиш мустаҳаб нест, балки бояд корашро ба соҳиби ҳокимият расонд, агар тарсе аз фитна ва фасод набошад. Зеро пӯшондани айби ӯ, ӯро ба фасод ташвиқ мекунад ва ӯро ба озори мардум ҷуръат мебахшад ва дигар бадкоронро низ ҷуръат медиҳад.
+Ташвиқ ба дарёфти илм ва қироат ва омӯзиши Қуръон.
+Нававӣ гуфтааст: Дар ин (ҳадис) далеле бар фазилати ҷамъ шудан барои қироати Қуръон дар масҷид аст... Ва умед аст, ки ин фазилат барои касоне, ки дар мактаб ё марказҳои илмӣ барои таълим ҷамъ мешаванд, насиб мешавад. Иншоаллоҳ.
+Ҷазо танҳо бар асоси амалҳо аз ҷониби Худо муқаррар шудааст, на бар асоси насаб ва қабила ё табақа.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/4801</t>
+  </si>
+  <si>
+    <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>Эй бандагони Ман! ҳамоно ман зулмро бар Худ ҳаром гардонидам ва онро дар байни шумо низ ҳаром гардонидаам</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Аз Абузар (Худованд аз ӯ розӣ бод) ривоят аст: Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) дар ривояте аз Аллоҳ Таборак ва Таоло меорад, ки Ӯ Таъоло мефармояд: "Эй бандагони Ман! ҳамоно ман зулмро бар Худ ҳаром гардонидам ва онро дар байни шумо низ ҳаром гардонидаам, пас ба ҳамдигар зулм накунед!. Эй бандагони Ман! ҳамаи шумо гумроҳед, магар касе, ки ӯро ҳидоят кардаам, пас аз Ман роҳи рост талаб кунед, то шуморо роҳнамоӣ кунам. Эй бандагони Ман! ҳамаи шумо гуруснаед, магар касе, ки ӯро таом додаам, пас аз Ман талаб кунед то шуморо бихуронам. Эй бандагони Ман! ҳамаи шумо бараҳнаед, магар касе, ки ӯро пӯшонидаам, пас аз Ман бихоҳед то шуморо бипӯшонам. Эй бандагони Ман! Шумо шабу рӯз хато мекунед ва Ман ҳастам, ки гуноҳонро мебахшам, пас аз Ман омӯрзиш биталабед, то шуморо биомурзам. Эй бандагони Ман шумо ҳаргиз наметавонед ба Ман зараре бирасонед ва ҳаргиз фоидае бар Ман наметавонед бирасонед. Эй бандагони Ман! Агар аз аввалин то охирини шумо, инс ва ҷинни шумо ҳама бар парҳезгортарин қалби фарде аз шумо (ҷамъ) оянд, ҳеҷ чизе дар мулки Ман намеафзояд. Эй бандагони Ман! 
 Агар аз аввалин то охирини шумо ва инсу ҷинни шумо ҳама бар бадкирдортарин қалби як фарде аз шумо (ҷамъ) оянд ҳеҷ чизе аз мулки Ман кам намекунад. Эй бандагони Ман! агар аз аввалин то охирини шумо ва инсу ҷинни шумо ҳама дар як майдон (ҷамъ) оянд ва аз Ман хоҳиш кунанд ва ба ҳар яки шумо ончи мехоҳандро бидиҳам, ҳеҷ чизе аз мулки Ман кам намешавад, магар ба андозаи як сӯзан, ки дар баҳр фурӯ бурда шавад. Эй бандагони Ман! Ин амалҳои шумо аст, ки онҳоро барои шумо бармешуморам, сипас (подоши) онҳоро барои шумо комил медиҳам, пас ҳар кӣ хайр ва некӣ дарёфт Худоро ҳамд гӯяд ва ҳар кӣ ғайри онро дарёфт, ҷуз худаш касеро маломат накунад".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён намуданд, ки Худованд мегӯяд Ӯ зулмро бар худ ҳаром гардонидааст ва ҳамингуна дар миёни бандагон низ онро ҳаром гардонидааст, то касе бар касе зулм накунад. Ҳама аз роҳи ҳақ гумроҳанд, магар бо ҳидоят ва тавфиқи Худовандӣ, ва ҳар кӣ аз Худованд ҳидоят ва тавфиқ бихоҳад, ӯро тавфиқ ва ҳидоят медиҳад, Ҳама фақир ва дар ниёзҳои худ муҳтоҷи Худованд ҳастанд ва ҳар кӣ барои рафъи онҳо аз Худо бихоҳад, Ӯ Таъоло ҳоҷатҳояшро бароварда ва ӯро басанда хоҳад буд. Онҳо шабу рӯз гуноҳ мекунанд ва чун аз Худованд талаби омӯрзиш ва пӯшиши гуноҳон кунанд, Худованд онҳоро мавриди омӯрзиш қарор дода гуноҳони онҳоро мепӯшонад, ва онон ҳеҷ зарар ва ё нафъе ба Худо расонида наметавонанд, Агар онҳо ҳамагон яксон ба монанди як парҳезгортарин фард бошанд, тақвои онҳо дар мулки Худованд чизеро изофа нахоҳад кард, ва ҳамингуна агар ҳамаи онҳо яксон дар қалби як бадкирдортарин фард бошанд, кирдори онҳо чизе аз мулки Худованд кам намекунад, зеро онҳо ҳама нотавон, фақир ва ниёзманд ба Аллоҳ Таоло, дар ҳар замон ва макон ҳастанд ва Ӯ Таъоло бениёз аст. Агар ҳамаи онҳо - инсу ҷин ва аввалину охиринашон - дар як ҷой ҷамъ оянд ва аз Худованд бихоҳанд ва Ӯ Таъоло талаби тамоми онҳоро бароварда созад, чизе аз мулки Худованд кам намекунад, магар миқдори сӯзан ки дар баҳр андохта ва берун оварда мешавад, ки ин далели камоли бениёзии Ӯ Таъоло аст.
 Худованд амалҳои бандагонро ҳисоб ва назди Худ нигоҳ медорад ва дар рӯзи қиёмат подоши онҳоро ба пуррагӣ бармегардонад. Пас ҳар кӣ подоши амалашро нек ёфт, Аллоҳро барои тавфиқи тоаташ шукр гӯяд, ва ҳар кӣ подоши амалашро ғайри он ёфт, ҷуз нафси худ, ки ӯро ба сӯи зиёнкорӣ далолат мекард, касеро маломат накунад.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
     <t>Ин ҳадис, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз Парвардигораш ривоят мекунад, ҳадиси қудсӣ ё ҳадиси илоҳӣ номида мешавад. Лафз ва маънои он аз ҷониби Аллоҳ аст, аммо вижагиҳое, ки хосси Қуръон аст дар он нест, ба монанд: ибодат будани хондани он, таҳорат кардан барои хондани он, ба чолиш кашидани мардум, ки агар метавонанд ҳаммонанди як ояти онро биёранд ва мӯъҷиза будани он.
 Илм ва ҳидоят, ки бандагон ба он мерасанд бо ҳидоят ва таълимоти Худованд аст.
 Ҳар хайр ва некӣ, ки ба банда мерасад аз фазли Аллоҳ Таоло аст ва ҳар шарр ва бадӣ, ки ба ӯ мерасад ҷуз худ ва ҳаваси худ касеро маломат накунад
 Ҳар кӣ амали нек анҷом диҳад аз фазл ва тавфиқи Худовандӣ аст, подоши он раҳмате аз ҷониби Худованд аст ва ситоиш Худовандро бод, ва ҳар кӣ амале ғайр аз некӣ анҷом диҳад касеро ҷуз худаш маломат накунад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4810</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ</t>
+    <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>Эй ҷавон! Ба ту чанд панд меомӯзонам, (ҳудуди) Худоро нигоҳ дор, то Худо туро нигоҳ дорад, (ҳудуди) Худоро нигоҳ дор, ӯ Таъолоро пеши рӯи худ биёбӣ. Агар чизе мехоҳӣ, аз Худо бихоҳ ва агар ёрӣ мехоҳӣ аз Худо ёрӣ бихоҳ</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
     <t>Аз ибни Аббос (Худованд аз он ду розӣ бод) ривоят аст, ки гуфт: Рӯзе пушти сари Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) (бар маркаб нишаста) будам, ки фармуданд: "Эй ҷавон! Ба ту чанд панд меомӯзонам, (ҳудуди) Худоро нигоҳ дор, то Худо туро нигоҳ дорад, (ҳудуди) Худоро нигоҳ дор, ӯ Таъолоро пеши рӯи худ биёбӣ. Агар чизе мехоҳӣ, аз Худо бихоҳ ва агар ёрӣ мехоҳӣ аз Худо ёрӣ бихоҳ. Бидон агар тамоми мардумон ҷамъ оянд, то туро ёрӣ расонанд, ёрӣ расонида наметавонанд, магар ончи Худо бар ту навиштааст, ва агар тамоми мардумон ҷамъ оянд то бар ту зарар расонанд, зараре расонида наметавонанд магар ончи, ки Худо бар ту навиштааст, қаламҳо бардошта шудаанд ва саҳифаҳо хушк шудаанд".</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>Ибни Аббос (Худованд аз ӯ розӣ бод) ривоят мекунад, ки хурдсолӣ дар маркабе пушти Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) савор буд, Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ба ӯ гуфт: ман ба ту чанд чизе таълим медиҳам, ки Худованд бо онҳо туро манфиат медиҳад:
 Худовандро бо риояи фармудаҳо ва дурӣ аз навоҳияш бо худ бидонед, ба гунае, ки Ӯ Таъоло туро дар тоату ибодат ба Худ бинад, на дар гуноҳон ва нофармонӣ. Агар ингуна амал кунед, Ӯ Таъоло шуморо аз балоҳои дунё ва охират дар паноҳаш нигоҳ медорад ва ҳарҷо ки бошед Худо ба шумо нусрат медиҳад.
 Агар чизе мехоҳӣ фақат аз Худо бихоҳ, зеро танҳо Ӯ Таъолост, ки ба суолкунандагон посух мегӯяд.
 Агар ёрӣ мехоҳӣ фақат аз Худо бихоҳ.
 Ба яқин бидон, ки агар аҳли замин ҳама ҷамъ оянд, то барои ту манфиат бахшанд, суде ба ту нахоҳад расид, магар ончи Худованд навишта аст, ва агар аҳли замин ҳама ҷамъ оянд, то ба ту зиёне расонанд, зиёне ба ту нахоҳад расид, магар ончи Худованд муқаддар сохта аст.
 Худованд ин корро навиштааст ва бар асоси илм ва ҳикмати Ӯ Таъоло муқаддар сохта шудааст, ва ончи Худованд навишта аст тағйире надорад.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Аҳамияти омӯзиши масоили динӣ ба кӯдакон ва фарзандон, аз ҷумла тавҳид, одоб ва ғайра.
 Подош аз ҷинси амал аст.
 Амр ба эътимод ва таваккул кардани танҳо бар Худо, ва Ӯ Таъоло беҳтарин корсоз ва пуштибон аст.
 Имон ба қазо ва қадар ва розӣ будан ба он, ва инки Худованд ҳама чизро муқаддар кардааст.
 Ҳар кӣ аз фармони Худованд саркашӣ ва кӯтоҳӣ кунад, Худованд ӯро зоеъ месозад ва аз ӯ муҳофизат намекунад.</t>
   </si>
   <si>
-    <t>رواه الترمذي</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4811</t>
   </si>
   <si>
-    <t>أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي</t>
+    <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>Банда гуноҳ мекунад ва сипас мегӯяд: Парвардигоро! гуноҳони маро биёмурз</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз Парвардигораш овардааст, ки Ӯ Таъоло мефармояд: "Банда гуноҳ мекунад ва сипас мегӯяд: Парвардигоро! гуноҳони маро биёмурз, Аллоҳ Таборак ва Таъоло мегӯяд: бандаам гуноҳ кард ва донист, ки Парвардигоре дорад, ки бахшандаи гуноҳон аст ва Ӯ Таъоло барои гуноҳ муҷозот низ мекунад, банда дубора муртакиби гуноҳ шуд ва гуфт: Парвардигоро гуноҳамро биёмӯрз. Пас Аллоҳ Таборак ва Таъоло фармуд: бандаам гуноҳе кард ва донист, ки Парвардигоре дорад, ки гуноҳро мебахшад ва барои гуноҳ муҷозот низ мекунад, банда боз муртакиби гуноҳ шуд ва гуфт: Парвардигоро гуноҳамро биёмӯрз. Аллоҳ Таборак ва Таъоло мефармояд: бандаам гуноҳ кард ва донист, ки Парвардигоре дорад, ки гуноҳро мебахшад ва барои гуноҳ муҷозот низ мекунад, ҳарчи мехоҳӣ бикун, ки ман туро  бахшидам".</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз Парвардигор ривоят мекунад, ки агар банда гуноҳ кунад ва сипас бигӯяд: Парвардигоро гуноҳи маро бибахш, Худованд мефармояд: бандаи ман гуноҳ кард ва донист Парвардигоре дорад гуноҳро мебахшад ва онро мепӯшонад, ё барои гуноҳ муҷозот мекунад, пас ӯро мавриди мағфират қарор додам. Банда боз муртакиби гуноҳ шуд ва гуфт: Парвардигоро гуноҳи маро бибахш, Худованд мефармояд: бандаи ман гуноҳ кард ва донист ӯ Парвардигоре дорад, ки гуноҳро мебахшад ва онро мепӯшонад ва аз он дар мегузарад, ё барои гуноҳ муҷозот низ мекунад, пас Ман бандаамро бахшидам. Банда боз муртакиби гуноҳ шуд ва гуфт: Парвардигоро гуноҳи маро бибахш, Худованд мефармояд: бандаам гуноҳ кард ва донист, ки ӯ Парвардигоре дорад, ки гуноҳро мебахшад ва онро мепӯшонад ва аз он мегузарад, ё инки барои гуноҳ муҷозот мекунад, пас бандаамро бахшидам. То замоне, ки банда пас аз ҳар гуноҳ аз он даст мекашад ва пушаймон мешавад ва тасмим барои барнагаштан ба гуноҳ мекунад, аммо нафсаш бар ӯ ғолиб меояд ва боз дар гуноҳ воқеъ мешавад, ва боз тавба мекунад ӯро мебахшам, зеро тавба ончи пеш аз он будро аз байн мебарад.</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Вусъати раҳмати Худованд бар бандагон, новобаста аз инки инсон чи кор мекунад ва ба чи андоза гуноҳ мекунад чун рӯй ба Худо меорад ва тавба мекунад, Худованд тавбаи ӯро мепазирад.
 Мӯъмин умед ба омӯрзиши Худованд дорад ва аз азоби Ӯ метарсад, шитобон ба сӯи тавба рӯй меорад ва ба гуноҳ идома намедиҳад.
 Шартҳои тавбаи дуруст: тарки гуноҳ, пушаймонӣ ва азми бознагаштан ба гуноҳ. Агар тавба аз зулм бар мардум, дар мол, номус, ё ҷони онҳо бошад шарти чаҳорум изофа мешавад, ки иборат аст аз: ҳалолият хостан (талаби ҳалол кардан, пиҳил кардан) аз соҳиби ҳақ ва ё додани ҳаққи ӯст.
 Аҳамияти шинохти Аллоҳ Таъоло, ки бандаро аз масоили динаш огоҳ месозад, ҳаргоҳ гуноҳ кард тавба мекунад, ноумед намешавад ва зиёдаравӣ намекунад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4817</t>
   </si>
   <si>
-    <t>إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ</t>
+    <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>Касоне, ки адлро пеша кардаанд бар минбарҳое аз нур дар тарафи дасти рости Худованд қарор доранд ва ҳарду дасти Ӯ Таъоло рост аст</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
     <t>Аз Абдуллоҳ ибни Амр (Худованд аз он ду розӣ бод) ривоят аст, ки мегӯяд: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Касоне, ки адлро пеша кардаанд бар минбарҳое аз нур дар тарафи дасти рости Худованд қарор доранд ва ҳарду дасти Ӯ Таъоло рост аст, онҳо касоне ҳастанд, ки дар қазоват, дар мавриди аҳли худ ва дар масъулияти худ адолат меварзанд".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мефармоянд, онон, ки бар зердастон ва хонаводаи худ адолатро пеша мекунанд, барои гиромидошт онҳо дар рӯзи қиёмат бар минбарҳои баланд, ки аз нур офарида шудаанд, хоҳанд нишаст. Ин минбарҳо дар самти рости Парвардигор қарор доранд ва ҳарду дасти Ӯ субҳонаҳу ва Таъоло рост аст.</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Фазилати адолат ва ташвиқ ба он.
 Адолат як амри ҳамашумул аст, ки  тамоми ҳолатҳо ва ҳукмҳои байни мардум, ҳатто байни зану фарзандон ва ғайраро дарбар мегирад.
 Баёни ҷойгоҳи одилон дар рӯзи қиёмат.
 Ҷойгоҳ ва манзилат ҳар яке аҳли имон дар рӯзи қиёмат бар асоси аъмолаш аст.
 Равиши ташвиқ кардан яке аз усулҳои даъват аст, ки шахси даъватшавандаро ба тоат ташвиқ мекунад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4935</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى</t>
+    <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>Ҳамаи уммати ман вориди биҳишт мешаванд, магар касе саркашӣ кунад</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ҳамаи уммати ман вориди биҳишт мешаванд, магар касе саркашӣ кунад". Гуфтанд: Эй Расули Худо чи касе саркашӣ мекунад? Гуфт: "Ҳар касе аз ман итоат кунад, вориди биҳишт мешавад ва ҳар касе нофармонӣ кунад саркашӣ кардааст".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додаанд, ки ҳама уммати ӯ вориди биҳишт мешаванд, магар касе, ки худдорӣ кунад!
 Саҳобагон (Худованд аз онҳо розӣ бод) гуфтанд: чи касе аз ворид шудан худдорӣ мекунад?
 Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: ҳар касе таслим шавад ва аз Паёмбар пайравӣ кунад, вориди биҳишт мешавад ва ҳар касе саркашӣ кунад ва ба қонунҳои шариат таслим нашавад, бо сабаби корҳои бадаш аз ворид шудан ба биҳишт худдорӣ варзидааст.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>Итоат аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) итоат аз Аллоҳ аст ва сарпечӣ аз итоати ӯ (Салому дуруди Аллоҳ бар ӯ бод) маъсият ва сарпечӣ аз итоати Аллоҳ аст.
 Итоат аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) муҷиби ворид шудан ба биҳишт ва сарпечӣ кардан аз ӯ муҷиби ворид шудан ба дӯзах аст.
 Мужда барои фармонбардорони  ин уммат, ки  ҳамагон вориди биҳишт мешаванд, магар касе ки аз Худо ва паёмбараш нофармонӣ кунад.
 Шафқат ва меҳрубонии Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) бар уммати худ ва иштиёқи ӯ барои ҳидояти онон.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4947</t>
   </si>
   <si>
-    <t>مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ</t>
+    <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>Ҳамвора Ҷабраил маро дар мавриди ҳамсоя тавсия мекард, то онҷо ки гумон кардам ӯро меросбар хоҳад кард</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>Аз ибни Умар (Худованд аз он ду розӣ бод) ривоят аст,ки  Паёмбар (салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ҳамвора Ҷабраил маро дар мавриди ҳамсоя тавсия мекард, то онҷо ки гумон кардам ӯро меросбар хоҳад кард."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мефармоянд, ки Ҷабраил ҳамвора масъалаи таваҷҷуҳ ба ҳамсояро барояшон такрор мекарданд ва ӯро ба ин кор амр мекарданд ва дар бораи ҳаққи ӯ ва озор нарасонидан ба ӯ онқадар тавсия медоданд, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гумон карданд дар мавриди пас аз марг меросбар қарор гирифтани ҳамсоя ваҳй нозил хоҳад шуд.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Азамати ҳаққи ҳамсоя ва зарурати таваҷҷуҳ ба он.
 Борҳо ва бо таъкид тавсия намудан барои ҳаққи ҳамсоя зарурати эҳтироми ӯ, меҳрубонӣ бо ӯ, некӣ кардан ва дур кардани зиён аз ӯ, аёдати ӯ дар ҳоли беморӣ, табрик кардан дар ҳоли хушҳолӣ ва тассалият гуфтани ӯ дар ҳангоми мусибатро тақозо мекунад.
 Ба ҳар андоза, ки дарвозаи ҳамсоя наздиктар бошад ба ҳамон андоза таъкид бар ҳифзи ҳаққи ӯ бештар мешавад.
 Камоли шариъат дар ончи ба ҷомеа нафъ мерасонад аст, монанди некӣ ва эҳсон ба ҳамсоягон ва дафъи зарар аз онон.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/4965</t>
   </si>
   <si>
-    <t>إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ</t>
+    <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>Руқия (-и ғайри шаръӣ), тумор ва тивала (барои муҳаббат андохтан дар қалби яке аз ҳамсарон барои дуст доштани ҷониби дигар) ширк аст</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
     <t>Аз Абдуллоҳ ибни Масъуд (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт: "Руқия (-и ғайри шаръӣ), тумор ва тивала (барои муҳаббат андохтан дар қалби яке аз ҳамсарон барои дуст доштани ҷониби дигар) ширк аст".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) амалҳоеро, ки анҷом додани онҳо ширк аст, баён фармуданд, аз ҷумла:
 Аввал: Руқия (-и ғайри шаръӣ), яъне суханоне, ки дар он ширк аст ва аҳли ҷоҳилият онро ба хотири шифо ёфтан мехонданд.
 Дуввум: Тумор, яъне мӯҳра ва дигар чизҳое, ки барои дафъи чашм дар тани кӯдакон ва ҳайвонот меовезанд.
 Севум: Тивала, ки барои муҳаббат андохтан ва дӯст доштани яке аз ҳамсарон барои дигаре сохта мешавад.
 Амалҳои мазкур аз ҷумлаи ширкиёт ҳастанд, зеро инҷо ба вуҷӯд овардани сабаб аст, ки на ба далели шаръӣ собит аст ва на бо сабаби ҳиссӣ, ки таҷриба онро собит кунад. Аммо дар мавриди сабабҳои шаръӣ, монанди Қуръон хондан ё сабабҳои ҳиссӣ, монанди доруҳое ки бо таҷриба ва озмоиш собит шудааст, ба шарти танҳо як сабаб донистани он ва инки нафъ ва зарар ба дасти Аллоҳ аст, ҷоиз аст.</t>
   </si>
@@ -1814,1820 +2834,1898 @@
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Ҳифз ва нигоҳ доштани эътиқод ва тавҳид аз ончи онро ноқиз мекунад.
 Истифода аз руқияҳои ширкӣ, тумору муҳраҳо ва таъвизаҳои муҳаббат, ҳаром аст.
 Эътиқод бар инки се амали мазкур аз ҷумлаи асбоб ҳастанд, ширки асғар (ширки хурд) аст, чун ончи ки сабаб буда наметавонад, сабаб қарор додааст. Аммо агар бар ин бовар бошад, ки худи онҳо зарар ва фоида мерасонанд, ширки акбар (ширки бузург) аст.
 Огоҳӣ аз анҷоми амалҳои ширк ва ҳаром.
 Наҳй аз Руқия ва баёни инки он аз ширкиёт аст, магар руқияи шаръӣ, ки он ҷоиз аст.
 Дили банда бояд танҳо ба Худои якто баста бошад, зеро нафъ ва зиён танҳо аз ҷониби Худованди ягона аст, касе ҷуз Ӯ хайр ва некӣ намеорад ва ҷуз Ӯ Таъоло касе бадиро дафъ намекунад.
 Руқия бо се шарт ҷоиз аст: 
 1- Бар ин бовар бошад, ки руқия танҳо як сабаб аст ва нафъ ба дасти Худованд аст. 
 2- Руқия бояд иборат аз оятҳои қуръонӣ, номҳо ва сифатҳои Аллоҳ ва дуоҳои набавӣ ва машруъ бошад. 
 3- Бояд ба забони қобили фаҳм бошад ва шомили ҷоду ва тилисмҳо набошад.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5273</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ</t>
+    <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>Оё медонед ғайбат чист?" Гуфтанд: Аллоҳ ва Паёмбараш огоҳтаранд. Гуфт: "Бародаратро ба ончи, ки дӯст надорад ёд кунӣ</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Оё медонед ғайбат чист?" Гуфтанд: Аллоҳ ва Паёмбараш огоҳтаранд. Гуфт: "Бародаратро ба ончи, ки дӯст надорад ёд кунӣ" Гуфтанд: агар ончи мегӯям дар бародарам бошад чӣ? Гуфт: "Агар ончи мегӯи дар ӯ бошад, ӯро ғайбат кардаи ва агар ончи мегӯи дар ӯ набошад бар ӯ тӯҳмат задаи".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ҳақиқати ғайбати ҳаромро баён фармуда мегӯянд, ки он: зикр кардани як мусалмон дар ғоиб аз чизе, ки дӯст надорад аст, чи аз сифатҳои марбут ба тан ва чеҳраи ӯ бошад ва ё марбут ба равиш ва ахлоқи ӯ, ба монанди: кӯр, кӯтоҳ ва ё фиребгар ва дурӯғгӯ ва ё дигар хислатҳои нописанд, агарчи хислатҳои мазкур дар ӯ бошанд.
 Аммо агар сифатҳои мазкур дар ӯ набошад, пас он бадтар аз ғайбат аст, ки ба он бӯҳтон гуфта мешавад, яъне: тӯҳмат задан ба инсон ба ончи ки дар ӯ нест.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ба як равиши нек таълим медоданд, ба гунае, ки масъалаҳоро ба шеваи пурсиш баён мефармуданд.
 Адаб ва рафтори неки саҳобагон дар баробари Паёмбар (Салому дуруди Аллоҳ бар ӯ бод), чунончи дар посух гуфтанд: Худо ва Паёмбараш беҳтар медонанд.
 Шахсе чун дар мавриди чизе, ки намедонад пурсида шавад, мегӯяд: Аллоҳу Аълам (Худо беҳтар медонад).
 Ҳифзи қавонини шариъат марбут бо ҳифзи ҳуқуқ ва бародарӣ дар ҷомеа аст.
 Ғайбат кардан ҳаром аст, магар дар баъзе аз маворид, ки барои маслиҳати ҷомеа аст, аз ҷумла: дафъи зулм, чунончи шахси мазлум назди касе, ки тавони дафъи зулм ва гирифтани ҳаққи ӯро дорад меравад ва мегӯяд: фалонӣ бар ман зулм кард, ё фалон чунин кореро дар ҳаққи ман кардааст. Ё машварат ва маслиҳат дар мавриди ақди никоҳ, шарикӣ дар мол ва тиҷорат ва ё дар мавриди ҳамсоядорӣ бошад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5326</t>
   </si>
   <si>
-    <t>اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ</t>
+    <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>Худоё ҳар касе масъулияте бар умматамро бар уҳда гирифт ва бар онон сахтгирӣ намуд, бар ӯ сахтгир бош ва ҳар касе масъулияте бар умматамро ба уҳда гирифт ва бар онон меҳрубонӣ кард, Ту низ бар ӯ меҳрубон ва осонгир бош</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
     <t>Аз Оиша (Худованд аз ӯ рози бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки дар хонаи ман ин суханро гуфт: "Худоё ҳар касе масъулияте бар умматамро бар уҳда гирифт ва бар онон сахтгирӣ намуд, бар ӯ сахтгир бош ва ҳар касе масъулияте бар умматамро ба уҳда гирифт ва бар онон меҳрубонӣ кард, Ту низ бар ӯ меҳрубон ва осонгир бош".</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) барои касе ки масъулияте аз умури мусалмононро бар уҳда гирад - кучак бошад ё бузург, масъулияти баланд бошад ё дар сатҳи поин- ва бар онҳо сахтгирӣ кунад ва осонгирию нармӣ накунад, дуо фармуд, ки Аллоҳ ӯро аз ҷинси амалаш подош диҳад, яъне бар ӯ сахтгир бошад.
 Ва касе бар онҳо меҳрубон ва осонгир бошад, Худованд бар ӯ меҳрубон ва дар корҳояш осонӣ фармояд.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
     <t>Ҳар касе масъулияте аз умури мусалмононро ба уҳда дорад, бояд ба қадри тавон бар онҳо меҳрубон ва осонгир бошад.
 Подош аз ҷинси амал аст.
 Мизони сахтгирӣ ва ё осонгирӣ он аст, ки мухолиф ба Қуръон ва суннат набошад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5330</t>
   </si>
   <si>
-    <t>إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>Мардоне ҳастанд, ки ба ноҳақ ба моли Худо даст мезананд, пас барои онҳо рӯзи қиёмат оташи ҷаҳаннам аст</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Аз Хавлаи Ансорӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам ки мегуфт: "Мардоне ҳастанд, ки ба ноҳақ ба моли Худо даст мезананд, пас барои онҳо рӯзи қиёмат оташи ҷаҳаннам аст".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз ҳоли касоне хабар додааст, ки моли мусалмононро ба ноҳақ мегиранд ва зери тасарруфи худ меоранд, яъне аз роҳи ғайри ҳалол ва нораво онро ҷамъ меорад ва онро дар ҷои худ сарф намекунад, ба монанди моли ятимон, амволи вақф, хиёнат дар амонат ва гирифтани мол аз буҷаи умумӣ.
 Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар доданд, ки подоши онон дар рӯзи қиёмат оташи дӯзах аст.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>Моле, ки ба дасти мардумон аст, моли Ӯ Таъоло аст, ки миёни онҳо вогузоштааст то онро дар роҳи дуруст ва машрӯъ сарф намоянд ва аз тасарруфи ноҷо ва ботил худдорӣ кунанд, чи он мол ба дасти ҳоким бошад ва ё оммаи аз мардум.
 Шариат дар мавриди моли умумӣ бисёр сахтгир аст ва ҳар кӣ масъулияти чизе аз онро бар дӯш дорад, дар қиёмат аз чигуна ба даст овардан ва дар чи мавориде сарф кардани он посух хоҳад гуфт.
 Ин таҳдиди шариат шомили касоне аст, ки моли худ ё моли дигаронро дар роҳи нодуруст сарф менамоянд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5331</t>
   </si>
   <si>
-    <t>مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ</t>
+    <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>Худованд ҳар касеро масъулияте болои аз мардум вомегузорад ва ӯ дар ҳоле мемирад, ки бар раияташ хиёнат кардааст, Худованд биҳиштро бар ӯ ҳаром гардонидааст</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Аз Маъқил ибни Ясори Музанӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт: "Худованд ҳар касеро масъулияте болои аз мардум вомегузорад ва ӯ дар ҳоле мемирад, ки бар раияташ хиёнат кардааст, Худованд биҳиштро бар ӯ ҳаром гардонидааст".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мефармояд, ки ҳар касе Аллоҳ ӯро ҳоким ва масъул қарор додааст, чи масъулияти бузурге бар дӯш дорад, монанди ҳоким ва амир, ва ё сарпарастии хос, ба монанди сарпарастии мард ё зан дар хонаи худ ва бар зердастони худ беэътиноӣ кунад, дар масъулияти худ фиреб ва хиёнат кунад, барои онон хайр ва некӣ нахоҳад ва ҳуқуқи динӣ ва дунявии ононро зоеъ кунад, сазовори ин ҷазои сахт хоҳад буд.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Ин таҳдид на танҳо барои касоне аст, ки дар баландтарин маносиб нишастаанд, балки шомили тамоми касоне аст, ки ҳатто кӯчактарин масъулият бар онҳо вогузор шудааст.
 Ҳар кӣ масъулияте аз умури мусалмонон бар ӯ вогузор шудааст бояд ба насиҳати  онҳо бипардозад, дар адои амонат талош кунад ва аз хиёнат барҳазар бошад.
 Вазифа ва масъулият бисёр як амри бузург аст, баробар аст, ки масъулияти калон бошад ё кӯчак, сарпарасти умумӣ бошад ё аз як гурӯҳи хос.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5335</t>
   </si>
   <si>
-    <t>كُلُّ مَعْرُوفٍ صَدَقَةٌ</t>
+    <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>Ҳар кори нек садақа аст</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Аз Ҷобир ибни Абдуллоҳ (Худованд аз он ду розӣ бод) аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ривоят аст, ки фармуданд: "Ҳар кори нек садақа аст".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар медиҳад, ки ҳар амали нек ва ҳар ончи ба дигарон суд мерасонад, чӣ дар сухан бошад ё дар амал, садақа аст ва савобу подош дорад.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Садақа танҳо ба ончи инсон аз моли худ медиҳад нест, балки ҳар амали нек, ки инсон анҷом медиҳад ё ҳар сухани нек ба забон меорад ва ба дигарон мерасонад, садақа аст.
 Ин ҳадис мардумро ба анҷоми амалҳои нек ва анҷоми ҳар амал, ки ба нафъи дигарон аст, ташвиқ мекунад.
 Ҳеҷ амали некро, ҳарчанд андак бошад ҳам, кам нашумор.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5346</t>
   </si>
   <si>
-    <t>لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ</t>
+    <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>Ҳеҷ амали некро кам нашумор, ҳатто агар бо чеҳраи кушода ба дидори бародарат биравӣ</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>Аз Абузар (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Ҳеҷ амали некро кам нашумор, ҳатто агар бо чеҳраи кушода ба дидори бародарат биравӣ".</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>Паёмбар (салому дуруди Аллоҳ бар ӯ бод) ба анҷоми амалҳои нек ва кам надонистани он, агарчи андак бошад ҳам, ташвиқ ва водор намудаанд, аз ҷумла бо чеҳраи кушода мулоқот кардан бо дигарон. Бинобар ин шахси мусалмон бояд ба он аҳамият диҳад, зеро он боиси тасаллӣ ва шод шудани бародари мусалмон мешавад.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
     <t>Фазилати муҳаббат миёни муъминон ва бо табассум ва чеҳраи кушода мулоқот кардан бо онон.
 Камол ва ҳамашумул будани ин шариат ва инки ҳарчи ба нафъ ва ягонагии мусалмонон аст, ба армуғон овардааст.
 Ташвиқ ба анҷоми амалҳои нек, агарчи андак бошад.
 Хушҳолӣ андохтан бар қалби мусалмонон амали нек аст, зеро он боиси ба вуҷуд омадани улфат ва муҳаббат миёни онҳо мегардад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5348</t>
   </si>
   <si>
-    <t>لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ</t>
+    <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
     <t>Нерӯманд касе нест, ки ҳарифро бар замин мезанад, балки нерӯманд касест, ки ҳангоми ғазаб худро идора мекунад</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Нерӯманд касе нест, ки ҳарифро бар замин мезанад, балки нерӯманд касест, ки ҳангоми ғазаб худро идора мекунад".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён мефармоянд, ки нерӯи ростин нерӯи бадан нест, ё нерӯманд касе нест, ки паҳлавононро бар замин мезанад, балки нерӯманд касе аст, ки ҳангоми хашму ғазаб болои худ ғолиб меояд, зеро ин нишони қудрат ва пирӯзии ӯ бар шайтон аст.</t>
   </si>
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>Фазилати бурдборӣ ва худдорӣ ҳангоми хашм ва инки ин амалкард аз амалҳои шоистае аст, ки дини ислом ба он ташвиқ мекунад.
 Худдорӣ ҳангоми хашму ғазаб душвортар аз мубориза бо душман аст.
 Ислом маъно ва мафҳуми тавон ва қудрати замони ҷоҳилӣ ва пеш аз исломро ба маънои ахлоқи  наҷиб табдил додааст, яъне тавонотарин шахс касест, ки бар худ мусаллат бошад.
 Дурӣ кардан аз асабоният ва ғазаб, ба сабаби онки осеб ба афрод ва ҷомеа мерасонад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5351</t>
   </si>
   <si>
-    <t>مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ</t>
+    <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>Ҳар кӣ худро ба қавме монанд бисозад, аз зумраи онон аст</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
     <t>Аз ибни Умар (Худованд аз он ду розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Ҳар кӣ худро ба қавме монанд бисозад, аз зумраи онон аст".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мефармояд, ки ҳар касе худро ба қавме аз кофирон, фосиқон ва ё солеҳон монанд кунад - бо анҷом додани амале, ки аз назари эътиқод, ибодат ё расму ойин хоси онҳост - пас ӯ яке аз онҳост. Зеро ташбеҳ кардан дар зоҳир ба онҳо, ба монанди онҳо будан дар ботин аст. Шакке нест, ки тақлид аз як қавм аз ҳавас бармеояд ва метавонад боиси дӯст доштан ва ситоишу майл кардан ба онҳо шавад, ҳамон гуна, ки метавонад инсонро ҳатто дар ботин ва ҳам дар ибодат ба монанд шудан ба онҳо водор созад.  - Худо аз он нигоҳ дорад -.</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>Огоҳӣ аз ташбеҳ ва тақлид аз кофирон ва фосиқон.
 Ташвиқ ба тақлид аз солеҳон ва пайравӣ кардан аз онҳо.
 Ташбеҳ дар зоҳир, муҷиби ба вуҷуд омадани муҳаббат дар ботин мегардад.
 Инсон ба андозаи ҳамон тақлид ва чигунагии он мавриди гуноҳ ва азоб қарор мегирад.
 Тақлид аз кофирон дар дин ва расму оини онҳо ҳаром аст, аммо ончи аз дин ва одатҳои онон нест, монанди: ҳунар омӯхтан ва ғайра мамнӯъ дониста намешавад.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5353</t>
   </si>
   <si>
-    <t>مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ</t>
+    <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>Касе ба амали хайр далолат кунад, подоше ҳаммонанди анҷомдиҳандаи онро хоҳад дошт</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>Аз Абумасъуди Ансорӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Марде назди Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) омад ва гуфт: ман маркабамро аз даст додаам, ба ман маркабе бидеҳ! Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гуфт: "Надорам", марде гуфт: эй Расули Аллоҳ ман ӯро назди касе мебарам, ки ӯро маркаб медиҳад. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: " Касе ба амали хайр далолат кунад, подоше ҳаммонанди анҷомдиҳандаи онро хоҳад дошт"</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>Марде назди Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) омад ва гуфт: маркаби ман ҳалок шудааст, ба ман маркабе бидеҳ то маро бибарад. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз ӯ узр хост ва гуфт маркабе надорад ба ӯ бидиҳад. Марде онҷо ҳозир буд, гуфт: эй Расули Аллоҳ! Ман ӯро ба назди касе роҳнамоӣ мекунам, ки ӯро маркаб медиҳад. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд, ки ӯ низ дар аҷри садақадиҳанда шарик аст, зеро ниёзмандеро ба назди ӯ роҳнамоӣ кардааст.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>Ташвиқ барои далолат кардан ба хайр.
 Ташвиқ ва тарғиб ба амали хайр яке аз сабабҳои ҳамбастагӣ ва такомули ҷомеаи мусалмон аст.
 Вусъати фазл ва лутфи Худованд.
 Ин ҳадис як қоидаи умумӣ аст, ки фарогири тамоми аъмоли хайр аст..
 Агар шахсе тавони бароварда сохтани ниёзи ниёзмандеро надорад пас ӯро ба каси дигар роҳнамоӣ кунад, (ки тавони баровардани ниёзи ӯро дорад)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5354</t>
   </si>
   <si>
-    <t>لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا</t>
+    <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
     <t>Мурдагонро носазо нагӯед, зеро онҳо ба сазои аъмолашон расидаанд</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
     <t>Аз Оиша (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: " Мурдагонро носазо нагӯед, зеро онҳо ба сазои аъмолашон расидаанд".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ҳукми дашном ва носазо гуфтан ба мурдагон ва таън бар обрӯйи ононро баён фармуда ин амалро берун аз ахлоқи мусалмон донистаанд, зеро онон ба натиҷаи аъмоли худ - чи хуб буд ва ё бад - расидаанд ва бадгӯӣ ба онон намерасад балки он танҳо як озор ба зиндагон аст.</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
     <t>Ин ҳадис далел бар ҳаром будани дашном ва носазо гуфтан ба мурдагон аст.
 Тарк ва худдорӣ аз дашном ба мурдагон барои дар назар гирифтани зиндагон ва ҳифзи ҷомеа аз душманӣ ва кинаварзӣ аст.
 Ҳикмати наҳй аз дашном ба мурдагон ин аст, ки онҳо ба натиҷаи аъмолашон расидаанд ва дигар дашном додан ба онон суд нахоҳад бахшид, балки сабаби озори наздикони онҳо ки зинда ҳастанд, мегардад.
 Инсон набояд ончи дар он манфиат набошад ба забон орад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5364</t>
   </si>
   <si>
-    <t>لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ</t>
+    <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
   </si>
   <si>
     <t>Барои як мусалмон ҷоиз нест бештар аз се рӯз бо бародари мусулмонаш қаҳрӣ бимонад, вақте бо ҳам вомехуранд аз ҳамдигар рӯй мегардонанд ва беҳтарини онҳо ҳамон аст, ки бо салом гуфтан оғоз мекунад</t>
   </si>
   <si>
     <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
   </si>
   <si>
     <t>Аз Абуаюби Ансорӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гуфтанд: "Барои як мусалмон ҷоиз нест бештар аз се рӯз бо бародари мусулмонаш қаҳрӣ бимонад, вақте бо ҳам вомехуранд аз ҳамдигар рӯй мегардонанд ва беҳтарини онҳо ҳамон аст, ки бо салом гуфтан оғоз мекунад".</t>
   </si>
   <si>
     <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
 وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз қаҳрӣ кардан бо бародари мусалмони худ бештар аз се рӯз наҳй кардаанд, яъне чун бо ҳам вомехӯранд салом намедиҳанд ва сухан намегӯянд.
 Беҳтарини ин ду ҳамоне аст, ки барои аз байн бурдани хусумат талош меварзад, дар салом додан сабқат мекунад. Мақсуд аз қаҳр инҷо ҳамон хусумат дар мавриди масоили шахсӣ аст, аммо қаҳр будан дар мавриди ҳуқуқи илоҳӣ, монанди қаҳр будан бо  гунаҳкорону бидъаткор ва дӯстони бад маршрут ба вақт нест, балки вобаста ба тарки он ва бо ҳам омадан аст.</t>
   </si>
   <si>
     <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
 فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
 حرص الإسلام على الأخوة والألفة بين أهله.</t>
   </si>
   <si>
     <t>Бо назардошти табиати инсонӣ се рӯз ё камтар аз он қаҳр будан ҷоиз аст, бинобарин се рӯз ё камтар аз он мавриди авф аст, то он ҳолат бартараф гардад.
 Фазилати салом додан ва инки салом додан ончи дар дилҳост аз байн мебарад ва он аз нишонаҳои муҳаббат аст.
 Ислом ҷонибдори бародарӣ ва улфат миёни муъминон аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5365</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ</t>
+    <t>لا يدخل الجنة قاطع رحم</t>
   </si>
   <si>
     <t>Касе, ки риштаи хешовандиро қатъ мекунад вориди биҳишт намешавад</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
     <t>Аз Ҷубайр ибни Мутъим (Худованд аз ӯ розӣ бод) омадааст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунид ки мегуфт: "Касе, ки риштаи хешовандиро қатъ мекунад вориди биҳишт намешавад".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён фармуданд, ки ҳар касе пайванди хешовандиро қатъ мекунад, ё ба онҳо озор мерасонад ва бадӣ мекунад сазовори ворид шудан ба биҳишт нахоҳад буд.</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
     <t>Қатъи пайванди хешутаборӣ аз гуноҳони кабира аст.
 Робитаҳои хешовандӣ бар асоси ончи миёни мардум маъмул аст, сурат мегирад  ва бо таваҷҷуҳ ба замон ва ҷои зист ва мардумон мутафовит аст.
 Робитаҳои хешовандӣ иборатанд аз: зиёрат кардан, садақа додан, некӣ кардан бо онҳо, аёдати беморон, амри ба маъруф ва наҳй кардани онҳо аз мункар ва ғайра.
 Қатъи робитаи хешовандӣ ба ҳар андоза, ки ба хешони наздик бошад ба ҳамон андоза гуноҳаш бузургтар аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5367</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ</t>
+    <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>Суханчин вориди биҳишт намешавад</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>Аз Ҳузайфа (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мефармуд: "Суханчин вориди биҳишт намешавад".</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар медиҳад, ки ҳар суханчин ба қасди фасод миёни мардум сухан мебарад, подошаш ин аст, ки вориди биҳишт нахоҳад шуд.</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>Суханчинӣ аз гуноҳони кабира аст.
 Дар ин ҳадис аз суханчинӣ ба таври қатъӣ наҳй шудааст, зеро он сабаби фасод ва зиён миёни мардум ва ҷомеа аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5368</t>
   </si>
   <si>
-    <t>مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ</t>
+    <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>Ҳар кӣ бихоҳад дар ризқи ӯ фаровонӣ ояд ва аҷали ӯ ба таъхир андохта шавад, пайванди хешовандиро нигоҳ дорад</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>Аз Анас ибни Молик (Худованд аз ӯ розӣ бод) ривоят аст, ки Расули Аллоҳ (салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ҳар кӣ бихоҳад дар ризқи ӯ фаровонӣ ояд ва аҷали ӯ ба таъхир андохта шавад, пайванди хешовандиро нигоҳ дорад".</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) бо анҷоми зиёрату дидорбинӣ ва ҳамкории ҷониву молӣ ҳифзи робита бо хешовандонро ташвиқ намудаанд, ки он сабаби фаровонӣ дар ризқу рӯзӣ ва дарозумрӣ аст.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
     <t>Манзур аз хешовандӣ, хешовандон аз тарафи падару модар ҳастанд ва ба ҳар андоза, ки хешовандӣ наздиктар бошад ба ҳамон андоза дар робитаи хешовандӣ ва силаи раҳм авлотаранд.
 Подош аз ҷинси амал аст, ҳар кӣ бо некӣ ва хубӣ пайванди хешовандиро ба ҷой оварад, Аллоҳ дар умр ва ризқи ӯ афзунӣ мебахшад.
 Силаи раҳм боиси вусъати ризқу рузӣ ва дарозии умр аст, агарчи аҷал ва ризқу рузии банда маҳдуд ва мушаххас аст, аммо инҷо мақсуд аз баракат дар умр ва ризқ он аст, ки мумкин аст дар зиндагии худ амалҳои бештар ва судмандтар аз дигарон анҷом диҳад. Ҳамингуна бархе бар инанд, ки мақсуд аз баракат дар умр ва рӯзӣ ба маънои ҳақиқии он аст. Худованд донотар аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5372</t>
   </si>
   <si>
-    <t>مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ</t>
+    <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Ҳар кӣ ба касе зиён бирасонад, Аллоҳ бар ӯ зиён мерасонад ва ҳар кӣ сахтгир бошад, Аллоҳ бар ӯ сахтгир аст</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Аз Абусирма (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ҳар кӣ ба касе зиён бирасонад, Аллоҳ бар ӯ зиён мерасонад ва ҳар кӣ сахтгир бошад, Аллоҳ бар ӯ сахтгир аст".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ҳушдор додааст, ки касе бар мусалмоне зиён мерасонад ва ё болои ӯ машаққат меорад, чи бар ҷонаш бошад ё дар молаш ва ё бар хонаводааш, Аллоҳ ӯро аз ҷинси амале ки кардааст подош ва ҷазо медиҳад.</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
   </si>
   <si>
     <t>Зиён расонидан ва машақат овардан болои як мусалмон ҳаром аст.
 Худованд барои бандагонаш интиқомгиранда аст.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5375</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ</t>
+    <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>Лаҳзаи наздиктарини банда ба Парвардигораш дар ҳоли саҷда будан аст, пас дар ин лаҳза бисёр дуо кунед</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Лаҳзаи наздиктарини банда ба Парвардигораш дар ҳоли саҷда будан аст, пас дар ин лаҳза бисёр дуо кунед".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён намуданд, ки наздиктарин ҳолати банда ба Парвардигор дар ҳолати саҷда будан аст, зеро дар ин ҳолат намозгузор гиромитарин узви бадани худро аз рӯи фурӯтанӣ ва хоксорӣ ва тавозуъ дар баробари Аллоҳи Мутаъол, бар замин мегузорад.
 Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дастур додаанд, ки банда то метавонад дар ҳоли саҷда бештар дуо кунад, ки он фурӯтанӣ назди Худованд дар қавл ва дар амалро ба ҳам меорад.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>Тоату ибодат бандаро ба Аллоҳи Мутаъол наздиктар мекунад.
 Бисёр дуо кардан дар ҳоли саҷда амали мустаҳаб аст, зеро он аз ҳолатҳое аст, ки дуо қабул мешавад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5382</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ</t>
+    <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
     <t>Ҳар касе намози бомдодро хонад, дар амон ва ҳимояти Аллоҳ аст</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
     <t>Аз Ҷундуб ибни Абдуллоҳи Қасрӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ҳар касе намози бомдодро хонад, дар амон ва ҳимояти Аллоҳ аст, Пас (ҳушёр бошед, ки) Аллоҳ барои дар ҳимоят ва амон гирифтанаш аз шумо чизе нахоҳад, зеро ҳар кӣ аз Ӯ дар бораи амон ва ҳимояташ бипурсад, ӯро гирифтор созад, сипас ӯро бар рӯяш ба оташи дӯзах андозад".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар доданд, ки ҳар касе намози бомдодро бихонад зери ҳимояти Аллоҳ қарор дорад, ӯро дар паноҳаш мегирад ва ёриаш медиҳад.
 Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз шикастани ин аҳду паймон ҳушдор доданд, ё бо тарки намоз субҳ бошад ва ё бо дарафтодан ба касе ки намози субҳро адо намудааст. Ҳар кас ин корро анҷом диҳад аҳдро зер пой гузошта сазовори ҷазои сахт аст, яъне Аллоҳ ӯро дар бораи ҳаққаш мутолаба мекунад ва касе ки Аллоҳ ҳаққашро аз ӯ талаб кунад мавриди гирифтори шадиди Ӯ Таъоло гардида бар рӯяш дар оташи дӯзах меафканад.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>Аҳамияти намози бомдод ва фазилати он.
 Огоҳӣ аз дарафтодан ва зиён расондан ба касе ки намози субҳро адо намудааст.
 Худованд аз касе, ки ба бандагони солеҳаш ҳамла мекунад ва зиён мерасонад интиқом мегирад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5435</t>
   </si>
   <si>
-    <t>مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ</t>
+    <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>Ҳар кӣ ба Худо ва рӯзи қиёмат бовар дорад, пас бояд сухани нек гӯяд ё хомӯш бимонад</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: «Ҳар кӣ ба Худо ва рӯзи қиёмат бовар дорад, пас бояд сухани нек гӯяд ё хомӯш бимонад; ва ҳар кӣ ба Худо ва рӯзи қиёмат бовар дорад, пас бояд ҳамсояаашро гиромӣ дорад, ва ҳар кӣ ба Худо ва рӯзи қиёмат бовар дорад, пас бояд меҳмонашро икром намояд».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён фармуданд, ки ҳар касе ба Аллоҳ ва рӯзи қиёмат имон дорад, ки бозгашташ ба он ҷост ва бар асоси амалҳояш подош дода мешавад, имонаш ӯро ба анҷоми аъмоли зер водор месозад:
 Аввал: Сухани нек, аз ҷумла тасбеҳу таҳлил ва амри ба маъруф ва наҳйи аз мункар ва ислоҳкорӣ байни мардум. Пас агар ҳар кӣ ин амалҳоро анҷом намедиҳад сукутро интихоб кунад ва аз озори мардум бипарҳезад ва забонашро нигоҳ дорад.
 Дуввум: Эҳтироми ҳамсоя, бо некӣ кардан ва зарар нарасонидан ба ӯ.
 Севум: Иззат ва эҳтироми меҳмоне, ки ба дидори ту меояд, яъне пазироӣ аз ӯ бо сухани нек ва гузоштани дастархон ва ончи муяссар барои туст.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>Имон ба Аллоҳ ва рӯзи қиёмат сарчашмаи ҳама некиҳост ва инсонро ба анҷоми некиҳо фаро мехонад.
 Ҳушдор ва огоҳӣ аз захмҳои забонӣ.
 Дини Ислом дини улфат ва саховатмандӣ аст.
 Сифатҳои мазкур аз шохаҳои имон ва аз одоби ҳамида ҳастанд.
 Пургӯӣ ва зиёдаравӣ дар сухан мумкин аст сабаби воқеъ шудан дар макрӯҳ ва ё ҳаром гардад, ҳамингуна некӣ дар сухан нагуфтан аст, магар инки сухани нек бигӯяд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5437</t>
   </si>
   <si>
-    <t>مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ</t>
+    <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>Ҳар кӣ ба мардум раҳм намекунад, Аллоҳ Таоло ба ӯ раҳм намекунад</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Аз Ҷарир ибни Абдуллоҳ (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ҳар кӣ ба мардум раҳм намекунад, Аллоҳ Таоло ба ӯ раҳм намекунад".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мефармояд, ки ҳар кӣ ба мардум раҳм накунад Аллоҳи Мутаъол низ бар ӯ раҳм намекунад. Раҳму меҳрубонӣ бар халқ аз бузургтарин авомили касби раҳмати Худованд аст.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Раҳму шафқат бар ҳама мавҷудот лозим аст, аммо бинобар аҳамияти вижа ба мардумон, ба таври хос аз онон ном бурда шудааст.
 Аллоҳ меҳрубон аст ва бар бандагони меҳрубонаш меҳрубон аст, пас подош аз ҷинси амал аст.
 Меҳрубонӣ ба мардум, яъне некӣ кардан ба онҳо, дафъи бадӣ аз онҳо ва рафтори меҳрубонона доштан ба онҳост.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5439</t>
   </si>
   <si>
-    <t>إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ</t>
+    <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
+  </si>
+  <si>
+    <t>Эй фарзанди одам! Ҳаргоҳ манро мехонию ба ман умед дорӣ, туро бар он чи ки буд (ба хотири амалҳоят) меомурзам ва аз ту парвое надорам</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
+  </si>
+  <si>
+    <t>Аз Анас ибни Молик (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: "Аз Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) шунидам, ки мегуфт: Худованд фармудааст: "Эй фарзанди одам! Ҳаргоҳ манро мехонию ба ман умед дорӣ, туро бар он чи ки буд (ба хотири амалҳоят) меомурзам ва аз ту парвое надорам. Эй фарзанди одам! Агар гуноҳони ту ба абрҳои осмон бирасад ва онгоҳ аз ман талаби омурзиш кунӣ, туро меомурзам ва гуноҳони туро хоҳам бахшид ва парвое надорам. Эй фарзанди одам! Агар ба сӯи ман биоӣ дар ҳоле, ки ба пурии замин гуноҳ ва хато дорӣ, вале ба ман ширк наоварӣ, ман бо замини пур аз мағфират ва бахшиш ба сӯи ту меоям".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
+يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
+يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Саллалоҳу алайҳи ва саллам) хабар доданд, ки Аллоҳ Таъоло дар ҳадиси қудсӣ фармудааст: Эй фарзанди Одам! То вақте ки Маро дуо мекунӣ ва ба раҳмати Ман умед дорӣ ва ноумед намешавӣ, гуноҳатро мепӯшонам ва онро пок мекунам ва ба он аҳамияте намедиҳам, ҳарчанд он гуноҳ аз ҷумлаи гуноҳони кабира бошад. Эй фарзанди Одам! Агар гуноҳони ту он қадар зиёд шаванд, ки миёни осмон ва заминро пур кунанд, то он ҷо ки тамоми гӯшаҳояшро фаро гиранд, сипас аз Ман омурзиш бихоҳӣ, ҳамаи онро маҳв мекунам ва мебахшам ва ба бисёрии онҳо аҳамият намедиҳам.
+Эй фарзанди Одам! Агар баъд аз марг бо гуноҳону маъсиятҳое назди Ман биёӣ, ки андозаи тамоми заминро фаро гирифтаанд, вале дар ҳолате ба наздам биёӣ, ки Манро ягона дониста бошӣ ва ба Ман ҳеҷ шарик қарор надодаӣ, тамоми гуноҳонатро бо андозаи замин мағфират мекунам. Зеро Ман соҳиби мағфирати васеъ ҳастам ва ғайр аз ширк ҳама гуноҳонро меомурзам.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله تعالى ومغفرته وفضله.
+فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
+خطر الشرك وأن الله لا يغفر للمشركين.
+قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
+هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
+الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
+  </si>
+  <si>
+    <t>Вусъати раҳмат, мағфират ва фазли Аллоҳ Таъоло.
+Фазилати тавҳид ва ин ки Аллоҳ Таъоло гуноҳони муваҳидонро мебахшад.
+Хатари ширк ва ин ки Аллоҳ Таъоло мушриконро намебахшад.
+Ибни Раҷаб мегӯяд: Дар ин ҳадис се сабабе, ки бо онҳо гуноҳон бахшида мешаванд, зикр шудааст: Дуо бо ҳамроҳии умед, истиғфор ва талаби тавба, мурдан бар тавҳид (яъне, бе ширк).
+Ин ҳадис аз он ҳадисҳоест, ки Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) аз Парвардигораш ривоят кардааст ва он ҳадиси қудсӣ ё илоҳӣ номида мешавад. Лафз ва маънояш аз ҷониби Худост, аммо он хусусиятҳои Қуръонро надорад. Хондани он монанди Қуръон ибодат маҳсуб намешавад; барои хондани он таҳорат шарт ва лозим нест; мушриконро барои мисли он овардан ба чолиш накашидааст ва инчунин монанди Қуръон муъҷизанок нест.
+Гуноҳҳон се навъанд:
+Якум: Ширк варзидан ба Аллоҳ, ин гуноҳест, ки Аллоҳ Таъоло онро намебахшад. Аллоҳ Таъоло мефармояд: (Ҳар ки ба Худо ширк оварад, Худо биҳиштро бар ӯ  ҳаром кардааст).
+Дуввум: Зулми банда бар худ дар миёни ӯ ва Парвардигораш, яъне гуноҳҳон ва маъсиятҳое, ки фақат миёни банда ва Худованд ҳастанд. Худованд метавонад ин гуноҳҳонро биомурзад ва аз он гузарад, агар бихоҳад.
+Севум: Гуноҳҳоне, ки Худованд чизе аз онҳоро раҳо намекунад ва онҳо иборатанд аз зулми бандагон байни якдигар. Дар ин ҳолат, ҳатман қасос гирифта мешавад, ҳисобу китоб сурат мегирад ва ҳақҳо ба соҳибонашон бозгардонида мешаванд.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/5456</t>
+  </si>
+  <si>
+    <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>Нафратовартарин мардум назди Аллоҳ, кинатузтарини хусуматгаронанд</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>Аз Оиша (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Нафратовартарин мардум назди Аллоҳ, кинатузтарини хусуматгаронанд"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармудаанд, ки Аллоҳ Таборак ва Таъоло аз миёни мардумон ба касе бештар нафрат дорад, ки бисёр хусуматгар аст, ҳақиқатро намепазирад, талош мекунад бо ҷангу ҷидол ҳақиқатро бартараф кунад, ё дар низоъ ҳақ бо ӯст аммо дар баҳс ба андозае муболиға ва зиёдаравӣ мекунад, ки аз ҳадди эътидол берун меравад ва бидуни илм баҳс ва мунозира мекунад.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>Даъво ва талаби ҳуқуқи ситамдида тавассути додхоҳии шаръӣ ва қонунӣ аз ҷумлаи даъвоҳои мазмума қарор намегирад.
 Баҳс ва хусумат аз офатҳои забонӣ аст, ки боиси тафриқа ва низоъ миёни мусалмонон мешавад.
 Баҳс ва даъво ба шеваи нек ва талаби ҳақиқат бошад нек аст, аммо агар барои инкори ҳақ ва таъйиди ботил ва ё  бидуни далелу ҳуҷҷат бошад ғайри қобили қабул аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5474</t>
   </si>
   <si>
-    <t>أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ</t>
+    <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
     <t>Маҳбубтарин сухан назди Аллоҳ чаҳор аст: "Субҳоналлоҳ" (Пок аст Аллоҳ), "Алҳамдулиллоҳ" (Ситоиш барои Аллоҳ аст), "Ло илоҳа иллаллоҳ" (Нест маъбуди барҳақ ҷуз Аллоҳ) ва "Аллоҳу акбар" (Аллоҳ бузург аст), боке надорад бо кадоме аз онҳо оғоз кунӣ</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
     <t>Аз Самура ибни Ҷундуб (Худованд аз ӯ рози бод) ривоят аст, ки Паёмбар (салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Маҳбубтарин сухан назди Аллоҳ чаҳор аст: "Субҳоналлоҳ" (Пок аст Аллоҳ), "Алҳамдулиллоҳ" (Ситоиш барои Аллоҳ аст), "Ло илоҳа иллаллоҳ" (Нест маъбуди барҳақ ҷуз Аллоҳ) ва "Аллоҳу акбар" (Аллоҳ бузург аст), боке надорад бо кадоме аз онҳо оғоз кунӣ".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён фармуданд, ки маҳбубтарин сухан назди Аллоҳ чаҳор сухан аст:
 Субҳоналлоҳ: яъне пок донистани Аллоҳ аз ҳамагуна нуқсон ва камбудӣ.
 Алҳамдулиллоҳ: яъне васфи Аллоҳ бо камоли том ва муҳаббату бузургдошти Ӯ.
 Ло илоҳа иллаллоҳ: яъне нест маъбуди барҳақ ҷуз Аллоҳ.
 Аллоҳу акбар: яъне Аллоҳ бузургу гиромитар ва боиззаттар аз ҳама чиз аст.
 Фазилат ва касби савоби зикрҳои мазкур вобаста ба риоят дар ба тартиб гуфтани онҳо нест.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>Осонӣ дар шариат, зеро боке вуҷуд надорад бо кадоме аз ин калимот оғоз мекунад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5475</t>
   </si>
   <si>
-    <t>سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ</t>
+    <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
     <t>Аз Расули Аллоҳ (Салому дуруди Аллоҳ бар ӯ бод) дар мавриди бештарин чизе, ки мардумро вориди биҳишт мекунад, пурсида шуд, Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Тарс аз Аллоҳ ва ахлоқи неку</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра, (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Аз Расули Аллоҳ (Салому дуруди Аллоҳ бар ӯ бод) дар мавриди бештарин чизе, ки мардумро вориди биҳишт мекунад, пурсида шуд, Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Тарс аз Аллоҳ ва ахлоқи неку". Ҳамингуна чун аз ӯ (Салому дуруди Аллоҳ бар ӯ бод) дар мавриди бештарин чизе, ки мардумро вориди дӯзах мекунад, пурсида шуд,  фармуданд: "Даҳон ва шармгоҳ (аврат)".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
 تقوى الله وحسن الخلق. 
 فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
 وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
 وأن أعظم الأسباب التي تدخل النار سببان، هما:
 اللسان والفرج.
 فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
 والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён фармуданд, ки бузургтарин сабабҳои ворид шудан ба биҳишт, ду сабаб аст:
 Тарс аз Аллоҳ ва ахлоқи неку.
 Тарс аз Аллоҳ: яъне инки миёни худ ва азоби Аллоҳ бо анҷоми фармудаҳо ва дурӣ аз манъкардаҳои Ӯ Таъоло монеа ва парда бисозӣ.
 Ахлоқи нек: бо анҷоми амали неку кушодарӯйи ва озор нарасонидан ба дигарон ба даст меояд.
 Бузургтарин омилҳои ворид шудан ба дӯзах ду сабаб аст:
 Забон ва шармгоҳ.
 Нигоҳ доштани забон аз маъсият, ба монанди: дуруғ гуфтан, ғайбат кардан, суханчинӣ ва ғайра.
 Нигоҳ доштани шармгоҳи аз маъсият, ба монанди : зино, ливота ва ғайра.</t>
   </si>
   <si>
     <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
 خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
 خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
   </si>
   <si>
     <t>Ворид шудани ба ҷаннат омилҳое дорад, ки бархе марбут ба Аллоҳ Таъолост, аз ҷумла тарс аз Ӯ Таъоло ва бархеи дигар марбут ба мардум, аз ҷумла ахлоқ ва одоби нек.
 Забон барои инсон бисёр хатарнок ва яке аз сабабҳои ворид кардани ӯ ба ҷаҳаннам аст.
 Хатари шаҳват ва амалҳои ношоиста бар инсон ва инки он аз бештарин сабабҳои ворид шудан ба дӯзах аст.</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
     <t>[حسن صحيح]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5476</t>
   </si>
   <si>
-    <t>الْحَيَاءُ مِنَ الْإِيمَانِ</t>
+    <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>Ҳаё аз имон аст</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Аз Абдуллоҳ ибни Умар (Худованд аз он ду розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мардеро шунид, ки бародарашро дар бораи ҳаё панд медод, Паёмбари Худо гуфт: "Ҳаё аз имон аст".</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мардеро шунид, ки бародарашро ба тарки зиёдаравӣ дар ҳаё насиҳат мекард, Паёмбари Худо барои ӯ баён фармуданд, ки ҳаё аз имон аст ва он хайру некӣ ба бор меорад.
 Ҳаё рафторе аст, ки боиси анҷоми амалҳои зебо ва тарки корҳои зишт мегардад.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>Ончи ки шуморо аз корҳои нек бозмедорад, ҳаё номида намешавад, балки он хиҷолат, нотавонӣ, тарсуӣ ва буздилӣ аст.
 Шарму ҳаё дар баробари Аллоҳ бо анҷоми дастурот ва тарки манъкардаҳои Ӯ Таъоло ҳосил мешавад.
 Шарму ҳаё аз мардум иборат аст аз эҳтироми онҳо, қадрдонии онҳо ва дурӣ аз амалҳое, ки миёни мардум зишт дониста мешавад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5478</t>
   </si>
   <si>
-    <t>الدُّعَاءُ هُوَ الْعِبَادَةُ</t>
+    <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>Дуо ибодат аст</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>Аз Нуъмон ибни Башир (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт: "Дуо ибодат аст", сипас ин оятро қироат фармуданд: "Парвардигоратон фармуд: Маро бихонед, то [дуои] шуморо иҷобат кунам. Касоне, ки аз ибодати Ман саркашӣ мекунанд, ба зудӣ бо хорӣ ба ҷаҳаннам ворид мешаванд". (Сураи Ғофир: 60)</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд, ки дуо ибодат аст, пас бояд холис барои Аллоҳ бошад, чи он дуои талаб бошад, монанди чизе барои манфиати худ хостан ё аз Аллоҳ барои дафъи зиёнҳои дунявӣ ва ухравӣ талаб намудан, ё инки дуои ибодат, яъне ҳар гуфтор ва кирдори зоҳирӣ ва ботинӣ, ки ризои Аллоҳ дар он аст ва тамоми ибодоти қалбӣ, баданӣ ва ё молӣ.
 Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ҳамчун истидлол ояти зерро қироат фармуд, ки Ӯ Таъоло мефармояд: "Маро бихонед, то [дуои] шуморо иҷобат кунам. Касоне, ки аз ибодати Ман саркашӣ мекунанд, ба зудӣ бо хорӣ ба ҷаҳаннам ворид мешаванд" (Сураи Ғофир: 60).</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>Дуо асоси ибодат аст ва набояд онро барои ғайри Аллоҳ анҷом дод.
 Дуо ин воқеияти бандагӣ, эътироф ба бениёзӣ ва қудрати Парвардигор ва эътирофи ниёзмандии бандагон ба суи Парвардигор аст.
 Ҷазои сахт барои касоне, ки аз ибодат ва руй овардан ба Худо саркашӣ мекунанд, ва касоне, ки аз руй овардан ба Худо саркашӣ мекунанд хору ҳақир вориди дӯзах мешаванд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5496</t>
   </si>
   <si>
-    <t>كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ</t>
+    <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>Ду калимае аст, ки дар забон бисёр сабук, дар тарозу сангин ва назди Худованд маҳбуб ҳастанд</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Ду калимае аст, ки дар забон бисёр сабук, дар тарозу сангин ва назди Худованд маҳбуб ҳастанд: "Субҳоналлоҳи-л-ъазим" ва
 "Субҳоналлоҳи ва биҳамдиҳи".</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар бораи ду калима фармуданд, ки инсон ба осонӣ ва дар ҳар ҳолате метавонад ба забон оварад, подоши онҳо дар мизон бисёр бузург аст ва Худованд он ду калимаро дӯст медорад:
 "Субҳоналлоҳил-азим" ва "Субҳоналлоҳи ва биҳамдиҳи", дар ин ду калима васфи Худованд ба азамат ва камол ва танзиҳи Ӯ Таборак ва Таъоло аз навоқис аст.</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
     <t>Бузургтарин зикр ҳамон аст, ки танзиҳ ва ситоиши Аллоҳ дар он ҷамъ оянд.
 Баёни вусъати раҳмати Аллоҳ бар бандагон, ки Ӯ Таъоло барои амали андак подоши бузург медиҳад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5507</t>
   </si>
   <si>
-    <t>لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ</t>
+    <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>Назди Аллоҳ Таъоло чизе гиромитар аз дуо нест</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Назди Аллоҳ Таъоло чизе гиромитар аз дуо нест".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён фармуданд, ки чизе дар ибодот назди Аллоҳ беҳтар аз дуо нест, зеро дар он эътироф ба ғанӣ ва бениёзии Аллоҳ Таъоло ва эътироф ба нотавонӣ ва ниёзмандии банда ба сӯи Ӯст.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Фазилати дуо ва инки ҳар касе ба сӯи Аллоҳ дуо мекунад, ӯро гиромӣ ва бузург бидонад иқрор намояд, ки Аллоҳ ғанӣ ва бениёз аст, зеро аз нодор касе чизе намехоҳад. Ӯ шунаво аст, зеро ба сӯи ношунаво дуо карда намешавад, Ӯ карим аст, зеро аз бахил талаб карда намешавад, Ӯ раҳиму меҳрубон аст, зеро золим дуо карда намешавад, Ӯ қодиру тавоно аст, зеро ба сӯи оҷизу нотавон дуо карда намешавад, Ӯ қариб аст, зеро дур намешунавад, ва Ӯ Таъоло дорои бисёр сифатҳои бузург ва зебои дигар аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5509</t>
   </si>
   <si>
-    <t>مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ</t>
+    <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>Садақа молро кам намекунад, Худованд чун бандаашро мавриди авф қарор диҳад ба ӯ иззати бештар медиҳад, ва ҳеҷ кас дар баробари Аллоҳ фурӯтанӣ намекунад магар инки ба ӯ бартарӣ мебахшад</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Садақа молро кам намекунад, Худованд чун бандаашро мавриди авф қарор диҳад ба ӯ иззати бештар медиҳад, ва ҳеҷ кас дар баробари Аллоҳ фурӯтанӣ намекунад магар инки ба ӯ бартарӣ мебахшад".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён фармуданд, ки садақа молро кам намекунад, балки офат ва бадиҳоро дур месозад ва Худованд дар ивази он ба ӯ  хайри бузург медиҳад, пас дар садақа афзоиш аст, на коҳиш.
 Бахшиш дар ҳоли қодир будан барои бозхост ё интиқом, чизе ҷуз қувват ва иззатро намеафзояд.
 Касе на барои тарс аз касе ва на барои мадоро бо касе ва на барои манфиатталабӣ ва танҳо барои ризои Худованд фурӯтанӣ мекунад Ӯ Таъоло ба ӯ ҷойгоҳи баланд ва иззат медиҳад.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
     <t>Хайру саодат ва комёбӣ дар риоя кардани қавонини шариат ва анҷоми амалҳои нек аст, агарчи бархе хилофи онро гумон кунанд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5512</t>
   </si>
   <si>
-    <t>مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ</t>
+    <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>Ҳар кас аз обурӯи бародараш дифоъ кунад, Аллоҳ Таъоло дар рӯзи қиёмат оташи дӯзахро аз ӯ дур мегардонад</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Аз Абудардо (Худованд аз ӯ розӣ бод) аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ривоят аст, ки фармуд: "Ҳар кас аз обурӯи бародараш дифоъ кунад, Аллоҳ Таъоло дар рӯзи қиёмат оташи дӯзахро аз ӯ дур мегардонад".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мефармояд, ки ҳар касе аз обурӯй ва шаъну шарафи бародараш дар ғиёби ӯ дифоъ кунад ва нагузорад ба ӯ иҳонат ва бадӣ расад, Аллоҳ Таъоло дар рӯзи қиёмат азобро аз ӯ дур месозад.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Сухан нагуфтан дар мавриди номус ва шарафи мусалмон.
 Подош аз ҷинси амал аст, ҳар касе аз обурӯи бародараш дифоъ кунад, Аллоҳ оташи дузахро аз ӯ дур месозад.
 Ислом дини бародарӣ ва ҳимоят аз ҳамдигар аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5514</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Ҳар кас дар як рӯз сад бор "Субҳоналлоҳи ва биҳамдиҳи" бигӯяд, гуноҳонаш омӯрзида мешавад, агарчи ба андозаи кафки дарё бошад</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ҳар кас дар як рӯз сад бор "Субҳоналлоҳи ва биҳамдиҳи" бигӯяд, гуноҳонаш омӯрзида мешавад, агарчи ба андозаи кафки дарё бошад".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додаанд, ки ҳар кас дар як рӯз сад бор "Субҳоналлоҳи ва биҳамдиҳи" бигӯяд гуноҳонаш пок ва бахшида мешавад, агарчи ба андозаи кафки сафед, ки ҳангоми мавҷ рӯйи баҳр намоён мешавад, бошад.</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.
 المراد في الحديث تَكْفير صغائر الذنوب، وأمَّا الكبائر فلا بدَّ لها من توبة.</t>
   </si>
   <si>
     <t>Касе ин калимаро ба таври пай дар пай ва ё пароканда дар як рӯз сад бор бигӯяд ин савобро дармеёбад.
 Тасбиҳ: (Субҳоналлоҳ гуфтан), яъне пок донистани Аллоҳ аз ҳамагуна нуқс ва нотамомӣ. Ҳамд: тавсифи Ӯ Таъоло ба камол бо тамоми муҳаббат ва бузургдоштӣ.
 Мурод дар ин ҳадис кафораи гуноҳони сағира аст, аммо барои кафораи гуноҳони кабира бояд тавба кунад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5516</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ</t>
+    <t>من قال: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، عشر مرار</t>
   </si>
   <si>
     <t>Ҳар кас даҳ бор "Ло илоҳа иллаллоҳу ваҳдаҳу ло шарика лаҳу лаҳул-мулк ва лаҳул-ҳамд ва ҳува ало кулли шайъин қадир</t>
   </si>
   <si>
     <t>عن أبي أيوب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ كَانَ كَمَنْ أَعْتَقَ أَرْبَعَةَ أَنْفُسٍ مِنْ وَلَدِ إِسْمَاعِيلَ».</t>
   </si>
   <si>
     <t>Аз Абуаюб (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ҳар кас даҳ бор "Ло илоҳа иллаллоҳу ваҳдаҳу ло шарика лаҳу лаҳул-мулк ва лаҳул-ҳамд ва ҳува ало кулли шайъин қадир", (Ҳеҷ маъбуди (барҳаққе) ҷуз Аллоҳ нест, Ӯ Таъоло яктост ва шарике надорад, подшоҳӣ аз они Ӯст, ҳамду ситоиш аз они Ӯст ва Ӯ ба анҷоми ҳар коре қодиру тавоност) бигӯяд, подошаш монанди касе аст, ки чаҳор нафар (ғулом) аз фарзандони Исмоилро озод кардааст".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال: «لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير»، ومعناها: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المُخْتَصُّ بالمُلْكِ التامّ، والمُستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يُعجزه شيء. 
 فمَن كَرَّر هذا الذِّكْرَ العظيم في يوم عشر مرَّات؛ صار له من الأجر مثل أجر من أزال الرِّقِّ عن أربعة مماليك من ذُرِّيَّة إسماعيل بن إبراهيم عليهما الصلاة والسلام، وخَصَّ ذُريةَ إسماعيل عليه السلام؛ لأنهم أشرفُ من غيرهم.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додааст, ки ҳар кӣ бигӯяд: "Ло илоҳа иллоллоҳу ваҳдаҳу ло шарика лаҳу, лаҳул-мулку ва лаҳул-ҳамд ва ҳува ъало кулли шайъин қадир", (Ҳеҷ маъбуди (барҳаққе) ҷуз Аллоҳ нест, Ӯ Таъоло яктост ва шарике надорад, подшоҳӣ аз они Ӯст, ва ҳамду ситоиш аз они Ӯст, ва Ӯ ба анҷоми ҳар коре қодиру тавоност). Яъне  маъбуде ба ҳақ нест ҷуз Аллоҳ, ки якто ва бешарик аст ва танҳо Ӯ мулки комилро дорад на дигарон ва Ӯ сазовори мадҳу сано ва ситоиш тавъам бо муҳаббат ва бузургдошт аст, Ӯ тавоно аст ва ҳеҷ чизе қодир ба нотавон ва оҷиз кардани Ӯ нест. Ҳар касе ин зикри бузургро дар як рӯз даҳ маротиба бигӯяд, монанди он аст, ки чаҳор барда аз насли Исмоил ибни Иброҳим озод кардааст. Ба таври махсус зикр шудани зурияи Исмоил, бинобар насаби шарифтар доштани онҳо аз дигарон аст.</t>
   </si>
   <si>
     <t>فضيلة هذا الذكر المتضمن إفراد الله تعالى بالألوهية، والملك، والحمد، والقدرة التامة.
 ينال ثواب هذا الذكر من قاله متواليا أو متفرقا.</t>
   </si>
   <si>
     <t>Фазилати ин зикр, ки дар он ягона Худованди Мутаъолро ибодат кардан, Молик донистан, тамоми ҳамду ситоиш ва қудрати томро барои Ӯ донистан аст.
 Подоши ин зикр барои касе, ки онро даҳ маротиба пай дар пай ва ё ҷудо мехонад, хоҳад расид.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5517</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ</t>
+    <t>من يرد الله به خيرا يفقهه في الدين</t>
   </si>
   <si>
     <t>Ҳар кӣ Аллоҳ ба ӯ иродаи хайр намояд, ӯро дар дин фақиҳ (олим) мегардонад</t>
   </si>
   <si>
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
     <t>Аз Муовия (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт: "Ҳар кӣ Аллоҳ ба ӯ иродаи хайр намояд, ӯро дар дин фақиҳ (олим) мегардонад, ҳамоно ман Қосим (тақсимкунанда) ҳастам ва онеки ато мекунад Аллоҳ аст. Ин уммат то замоне зери дастуроти Аллоҳ побарҷо аст, касе ба онон зиён намерасонад, то инки амри Аллоҳ фаро расад".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додаанд, ки ҳаркас Аллоҳ барояш иродаи хайр кунад, фаҳми дин ба ӯ ато мекунад. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) қосим аст, яъне ончи Аллоҳ аз ризқу рӯзӣ, илм ва дигар чизҳо ба ӯ ато фармудааст, тақсим мекунад, аммо бахшандаи воқеӣ Худованд аст ва дигарон василае ҳастанд, ки ҷуз ба изни Аллоҳ суде намебахшанд. Ин уммат то замоне пойбанди фармони Худо ҳастанд то фаро расидани қиёмат касе ба онҳо зиён намерасонад.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>Фазилати омӯзиши илми шаръӣ ва таълим додану тарғиб кардан ба он.
 Ногузир дар ин уммат касоне ҳастанд, ки ҳақро барпо медоранд, ҳаргоҳ гурӯҳе аз он даст бикашанд, гуруҳи дигаре анҷомаш хоҳанд дод.
 Фаҳми дин аз ҷумлаи иродаҳои неки Аллоҳ барои бандагон аст.
 Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ба амр ва иродаи Аллоҳ медиҳад ва ӯ молики чизе нест.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5518</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ</t>
+    <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
     <t>Парвардигор бандаи парҳезгор, сарватманд ва ниҳон (касе, ки амалҳояш барои дар пеши чашми мардум нест)-ро дӯст медорад</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
     <t>Аз Саъд ибни Абиваққос (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Расули Аллоҳ (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мефармуд: "Парвардигор бандаи парҳезгор, сарватманд ва ниҳон (касе, ки амалҳояш барои дар пеши чашми мардум нест)-ро дӯст медорад"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар бод) баён фармуданд, ки Худованд баъзе аз бандагонашро дӯст медорад, аз ҷумла:
 Парҳезгор: яъне ӯ касе аст, ки аз дастуроти Худованд фармон мебарад ва аз навоҳӣ дурӣ меҷӯяд.
 Сарватмандро дӯст медорад: сарватманд яъне касе, ки худро танҳо ниёзманди Худованд медонад ва ба касе ғайр аз Аллоҳ таваҷҷуҳ намекунад.
 Шахси ниҳонкорро дӯст медорад: шахси хоксор ва мутавозеъ, ки Парвардигорашро мепарастад ва танҳо ба ончи барояш судманд аст машғул мешавад ва барои ӯ муҳим нест касе ӯро бишносад ё мадҳу ситоиш кунад ва дар мавридаш суханони нек бигӯяд.</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
     <t>Тавзеҳ додани баъзе аз сифатҳое, ки барои ба даст овардани муҳаббати Аллоҳ ба бандагонаш лозим аст, яъне парҳезгорӣ, фурӯтанӣ ва розигӣ ва қаноатмандӣ аз он чи Худо тақсим кардааст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5545</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان لا يرد الطيب</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хушбӯиро рад намекард</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ.</t>
   </si>
   <si>
     <t>Аз Анас ибни Молик, (Худованд аз ӯ рози бод): ривоят аст, ки: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хушбӯиро рад намекард.</t>
   </si>
   <si>
     <t>كان مِن هَديِ النبيِّ صلى الله عليه وسلم أنه لا يَرُدُّ الطِّيْبَ ويَقْبَلَه؛ لأنه خفيفُ المَحمل وطَيِّبُ الرَّائحة.</t>
   </si>
   <si>
     <t>Яке аз роҳнамудҳои Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ин буд, ки хушбӯиро рад намекард ва онро мепазируфт, зеро бо худ гирифтани он осон ва бӯяш форам аст.</t>
   </si>
   <si>
     <t>استحباب قبول عَطِيَّةِ الطِّيْبِ؛ لأنه لا مُؤْنَة لحملِه ولا مِنَّةَ في قبوله.
 كمال وحسن خلق النبي صلى الله عليه وسلم في عدم رد الطيب، وقبول هدية من يهدي إليه.
  الترغيب في استعمال الطيب.</t>
   </si>
   <si>
     <t>Пазируфтани хушбӯи ҳамчун ҳадия кори нек аст, зеро бо худ гирифтани он бисёр осон ва агар онро бипазири миннат карда намешавӣ.
 Камол ва ахлоқи неки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар пазируфтани ҳадя ва рад накардани он.
 Ташвиқ ба истифода бурдани хушбӯи.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5733</t>
   </si>
   <si>
-    <t>أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ</t>
+    <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
   </si>
   <si>
     <t>Комилтарин мӯъминон аз нигоҳи имон касоне ҳастанд, ки хушахлоқтарин  ҳастанд,  ва беҳтарини шумо касоне ҳастанд, ки беҳтарин барои занонашон ҳастанд</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Расули Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Комилтарин мӯъминон аз нигоҳи имон касоне ҳастанд, ки хушахлоқтарин  ҳастанд,  ва беҳтарини шумо касоне ҳастанд, ки беҳтарин барои занонашон ҳастанд".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أَكْمَلَ الناس إيمانًا مَن حَسُنَ خُلُقُه، وذلك بطَلَاقَةِ الوجه، وبذل المعروف، وحسن الكلام، وكف الأذى.
 وخَيْرَ المؤمنين خيرُهم لنسائِهِ، كزَوجتِه وبَناتِه وأخواتِه وقَريباتِه؛ لأنهن مِن أحقِّ الناس بحُسْنِ الخُلُق.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармудаанд, ки имони касоне комилтарин аст, ки ахлоқи нек доранд, яъне бо чеҳраи кушода ҳастанд, амалҳои нек анҷом медиҳанд, хушзабон ҳастанд ва ба касе озори онҳо намерасад.
 Беҳтарини муъминон ононе ҳастанд, ки беҳтарин барои занони хонаводаи худ ҳастанд , яъне: барои ҳамсарон, духтарон, хоҳарон ва дигар занони наздики худ, зеро онҳо аз ҷумлаи касоне ҳастанд, ки сазовори бархурд бо равиши неканд.</t>
   </si>
   <si>
     <t>فضيلة الأخلاق الحسنة وأنها من الإيمان.
  العمل من الإيمان، والإيمان يزيد وينقص.
 إكرام الإسلام للمرأة والترغيب في الإحسان إليها.</t>
   </si>
   <si>
     <t>Фазилати ахлоқи нек ва инки он аз шохаи имон аст.
 Амал аз имон аст ва имон зиёд ва кам мешавад.
 Эҳтироми Ислом ба зан ва ташвиқу тарғиб барои некӣ кардан ба онҳо.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5792</t>
   </si>
   <si>
-    <t>الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ</t>
+    <t>الدنيا متاع، وخير متاع الدنيا المرأة الصالحة</t>
   </si>
   <si>
     <t>Дунё матоъ аст ва беҳтарин матоъи дунё зани солеҳа аст</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
     <t>Аз Абдуллоҳ ибни Амр (Худованд аз он ду розӣ бод) ривоят аст, ки Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Дунё матоъ аст ва беҳтарин матоъи дунё зани солеҳа аст".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додаанд, ки дунё ва он чи дар он аст, гузаро ва барои баҳра бурдан барои як замони кӯтоҳ ва муаян аст ва аз ҳама беҳтарини ин неъматҳо зани покдоман аст, ки чун мард ба ӯ назар кунад хушҳолаш кунад, ва чун фармонаш диҳад фармонбардорӣ кунад ва чун дар хона набошад худ ва молашро ҳифз мекунад.</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>Лаззат бурдан аз неъматҳои поки дунё, ки Аллоҳ онро барои бандагонаш ҳалол гардонидааст, аммо бидуни фахрфӯрушӣ ва исрофкорӣ дар он.
 Ташвиқ ба интихоби ҳамсари покдоман, зеро ӯ шавҳари худро дар ибодати Парвардигораш кумак мекунад.
 Беҳтарин лаззати дунё ҳамон аст, ки зери фармонбардорӣ аз Худо бошад, ё ёрирасон барои итоат аз Ӯ Таъоло.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5794</t>
   </si>
   <si>
-    <t>إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ</t>
+    <t>إن الرفق لا يكون في شيء إلا زانه، ولا ينزع من شيء إلا شانه</t>
   </si>
   <si>
     <t>Меҳрубонӣ дар ҳар чизе буд онро зиннат мебахшад ва аз ҳар чизе гирифта шавад, онро зишт месозад</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها زوج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ».</t>
   </si>
   <si>
     <t>Аз Оиша (Худованд аз ӯ розӣ бод) ҳамсари Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Меҳрубонӣ дар ҳар чизе буд онро зиннат мебахшад ва аз ҳар чизе гирифта шавад, онро зишт месозад".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
 وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мефармояд, ки меҳрубонӣ, бурдборӣ ва нармӣ дар гуфтор ва дар кирдор ҳамаро некутар ва зеботар мегардонад ва эҳтимоли расидан ба ниёз ва ҳоҷати шахсро наздиктар мекунад.
 Номеҳрубонӣ ва зиштрафторӣ сабаби бад шудан ва зиштӣ дар ҳар кор аст, ки эҳтимоли расидани шахс ба ҳадафашро боздорад ё роҳи расидан ба онро сахт ва душвортар созад.</t>
   </si>
   <si>
     <t>الحثُّ على التَّخَلُّقِ بالرِّفق. 
 الرِّفقُ يَزينُ المرءَ، وهو سببٌ لكل خير في أمور الدِّين والدنيا.</t>
   </si>
   <si>
     <t>Ташвиқ ба рафтори нек ва меҳрубонӣ.
 Меҳрубонӣ ва нармӣ мардро зиннат мебахшад ва сабаби бурдборихо дар корҳои динӣ ва дунявии ӯ мегардад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5796</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا</t>
+    <t>إن الله ليرضى عن العبد أن يأكل الأكلة فيحمده عليها، أو يشرب الشربة فيحمده عليها</t>
   </si>
   <si>
     <t>Худованд аз бандае, ки чун таом хурд Худоро ҳамд гӯяд, ё об нӯшад Худоро ҳамд (Алҳамду лиллоҳ) гӯяд, розӣ мешавад</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا».</t>
   </si>
   <si>
     <t>Аз Анас ибни Молик (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Расули Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Худованд аз бандае, ки чун таом хурд Худоро ҳамд гӯяд, ё об нӯшад Худоро ҳамд (Алҳамду лиллоҳ) гӯяд, розӣ мешавад".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ حَمْدَ العبدِ ربَّه على فَضْلِهِ ونِعَمِهِ مِن الأمور التي يَحْصُل بها رضا الله؛ فيَطْعَمُ الطعامَ ويقول: الحمد لله، ويَشرَبُ الشَّرَابَ ويقول: الحمد لله.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён медорад, ки ҳамду ситоиши банда аз Парвардигораш барои фазлу неъматҳо аз умурест, ки сабаби касби ризояти Аллоҳ мегардад, ба ин гуна, ки чун таомро мехурад мегӯяд: Алҳамду лиллоҳ ва чун менӯшад мегӯяд: Алҳамду лиллоҳ.</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
     <t>Аз карами Аллоҳи Мутаъол аст, ки ризқро медиҳад ва бо ҳамд гуфтан розӣ аст.
 Ризои Худованд бисёр ба осонӣ ба даст меояд, танҳо бо "Алҳамду лиллоҳ" гуфтан пас аз хурдан ва нӯшидан.
 Аз одоби хӯрдан ва нӯшидан ин аст, ки пас аз он бигӯяд: Алҳамду лиллоҳ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5798</t>
   </si>
   <si>
-    <t>إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ</t>
+    <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
     <t>Муъмин бо ахлоқи нек мақоми шахси рузадори шабзиндадорро дармеёбад</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
     <t>Аз Оиша (Худованд аз ӯ рози бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт: "Муъмин бо ахлоқи нек мақоми шахси рузадори шабзиндадорро дармеёбад".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён мефармояд, ки ахлоқи нек шахсро ба мақоми касе мерасонад, ки дар рӯз рӯза медорад ва дар шаб намоз мегузорад, ва ахлоқи нек яъне: некӣ кардан, сухани нек гуфтан, чеҳраи кушода доштан, парҳез аз озори мардум ва тоб овардан ба озори онҳо.</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>Аҳамияти бузурги Ислом ба ахлоқи нек ва такмили он.
 Банда бо ахлоқи нек ба мақоми касе мерасад, ки ҳамвора рӯза медорад ва шабзиндадор, ки ҳаргиз хаста намешавад.
 Рӯза доштан ва дар шаб намоз гузоштан ду амали бузурге аст, ки барои кас пурмашақат аст, аммо шахси хушахлоқ ба рафтори неки худ мақоми онҳоро дармеёбад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5799</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا</t>
+    <t>إن من خياركم أحسنكم أخلاقا</t>
   </si>
   <si>
     <t>Ҳамоно беҳтарини шумо касоне ҳастанд, ки некӯтарин ахлоқро доранд</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: لَمْ يَكُنِ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَاحِشًا وَلَا مُتَفَحِّشًا، وَكَانَ يَقُولُ: «إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا».</t>
   </si>
   <si>
     <t>Аз Абдуллоҳ ибни Амр (Худованд аз он ду розӣ бод) гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) на баддаҳон буд ва на дашномгӯ ва ӯ (Салому дуруди Аллоҳ бар ӯ бод) мегуфт: "Ҳамоно беҳтарини шумо касоне ҳастанд, ки некӯтарин ахлоқро доранд".</t>
   </si>
   <si>
     <t>لم يَكنْ مِن أخلاقِ النبيِّ صلى الله عليه وسلم الكلامُ القبيح، أو الفعلُ القبيح، ولم يكن يَقصدُه ولا يتعمدُه، فهو صلى الله عليه وسلم ذو خلق عظيم.
 وكان صلى الله عليه وسلم يقول: إنَّ أفضلَكم عند الله أحسنُكم خُلُقًا، بِبَذْلِ المعروف، وطلاقةِ الوجه، وكَفِّ الأذى واحتماله، ومخالطة الناس بالجميل.</t>
   </si>
   <si>
     <t>Гуфтани суханони зишт ва амалҳои зишт аз ахлоқи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) набуд ва қасдан ҳам анҷом намедоданд, ӯ (Салому дуруди Аллоҳ бар ӯ бод) соҳиби ахлоқи бузург буд.
 Паёмбар (Салому дуруди Аллоҳ бар ӯ бод мефармуданд: Беҳтарини шумо дар назди Аллоҳ касоне ҳастанд, ки некӯтарин ахлоқро доранд, яъне кори нек анҷом медиҳанд, чеҳраи кушода доранд, аз озор расонидан ба дигарон парҳез мекунанд ва таҳаммули озор бар худро доранд ва дар таомул бо мардум бисёр меҳрубон ҳастанд.</t>
   </si>
   <si>
     <t>على المؤمن أن يبتعد عن الفُحْش من الكلام السيِّئ والفعل القبيح.
 كمال خُلُق رسول الله صلى الله عليه وسلم، فلا يَصْدُرُ عنه إلا العمل الصالح والقول الطيب.
 حسن الخلق مَيْدانٌ للتنافس، فمَن سَبَقَ كان من خيار المؤمنين وأكملِهم إيمانًا.</t>
   </si>
   <si>
     <t>Муъмин бояд аз бадгӯӣ ва бадрафторӣ дурӣ ҷӯяд.
 Аз камоли ахлоқи Расули Худо (Салому дуруди Аллоҳ бар ӯ бод) ҷуз амали нек ва некгуфторӣ набуд.
 Ахлоқи нек майдони рақобат аст, ҳар кӣ дар он сабқат варзид, аз нектарин ва комилтарин муъминон аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5803</t>
   </si>
   <si>
-    <t>قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ</t>
+    <t>قال الله: أنفق يا ابن آدم أنفق عليك</t>
   </si>
   <si>
     <t>Аллоҳи Мутаъол фармудааст: Эй фарзанди одам! инфоқ кун, то Ман низ бар ту инфоқ кунам</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Аллоҳи Мутаъол фармудааст: Эй фарзанди одам! инфоқ кун, то Ман низ бар ту инфоқ кунам".</t>
   </si>
   <si>
     <t>يَخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال: أنفق يا ابن آدم -من النفقات الواجبة والمستحبة- أُوَسِّعْ عليك وآتِك عِوَضًا عن ذلك وأباركْ لك فيه.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ривоят мекунад, ки Худованди Мутаъол фармуд: Эй фарзанди Одам, инфоқ кун - аз нафақаҳои фарзӣ ва мустаҳаб  - ва Ман дар ивази он ба ту фаровонӣ медиҳам ва дар он бароят баракат мефармоям.</t>
   </si>
   <si>
     <t>الحث على الصدقة والإنفاق في سبيل الله.
 الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Ташвиқ бар садақа додан ва инфоқ дар роҳи Аллоҳ.
 Инфоқ кардан дар амалҳои хайр аз бузургтарин сабабҳои баракат дар ризқ ва афзоиши он аст ва Худованд ба банда дар ивази ончи инфоқ кардааст боз хоҳад дод.
 Ба ин ҳадис, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз Парвардигораш ривоят мекунад, ҳадиси қудсӣ ё ҳадиси илоҳӣ гуфта мешавад. Лафз ва маънои ҳадиси қудсӣ аз ҷониби Аллоҳ аст, аммо хусусиёти қуръонӣ, ки вижаи худи Қуръони Карим аст дар он нест, чунончи хондани он (монанди Қуръон) ибодат нест ва барои хондани он таҳорат лозим намеояд, ҳамонгуна ки Қуръон дигаронро барои овардан ба мисли он ба чолиш кашидааст нест.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5805</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ</t>
+    <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
   </si>
   <si>
     <t>Ҳамоно Аллоҳ ба золим муҳлат медиҳад, ва чун ӯро гирифт, дигар раҳояш намекунад</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
   </si>
   <si>
     <t>Аз Абумусо (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ҳамоно Аллоҳ ба золим муҳлат медиҳад, ва чун ӯро гирифт, дигар раҳояш намекунад". Сипас ин ояти каримаро қироат фармуд: "Ва чунин аст бозхости Парвардигорат, ки аҳолии шаҳрҳоеро, ки ситамгор [-у мушрик] буданд, фаро мегирифт. Бе гумон, бозхости ӯ дарднок ва сахт аст". (Ҳуд 102)"</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз фурӯ рафтан дар гуноҳу маъосӣ ва ширк ва зулму ситам дар ҳаққи мардум ҳушдор додааст. Аллоҳ Таъоло ба золим муҳлат медиҳад ва бозхости ӯро ба таъхир меандозад, умрашро тулонӣ ва ба ӯ моли зиёд медиҳад ва дар уқубати ӯ шитоб намекунад. Пас агар тавба накард, ӯро ба муҷозот мегирад ва ба сабаби зулми зиёд, ки анҷом додааст дигар раҳояш намекунад.
 Сипас Паёмбари Худо ин сухани Аллоҳро тиловат фармуд: "Ва чунин аст бозхости Парвардигорат, ки аҳолии шаҳрҳоеро, ки ситамгор [-у мушрик] буданд, фаро мегирифт. Бе гумон, бозхости Ӯ дарднок ва сахт аст". (Сураи Ҳуд: 102)"</t>
   </si>
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
     <t>Шахси оқил бояд ҳарчи зудтар тавба кунад ва агар ба зулмаш идома диҳад худро аз макри илоҳӣ дар амон надонад.
 Аллоҳи Мутаъол ба ситамгарон мӯҳлат медиҳад ва дар азобашон шитоб намекунад, то бештар гирифтори иғво ва дучанд шудани азобашон гардад, агар тавба намекунанд.
 Зулм яке аз сабабҳои муҷозоти мардум аз ҷониби Аллоҳ аст.
 Агар Аллоҳ қавмеро ҳалок кунад, ки мумкин аст миёни онҳо некӯкорон бошад, ба онҳо зиёне дар рӯзи қиёмат нахоҳад буд, зеро  онҳо бар асоси некӣ ва салоҳ, ки дар он буданд ҳашр хоҳанд шуд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5811</t>
   </si>
   <si>
-    <t>مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ</t>
+    <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
   </si>
   <si>
     <t>Ман пас аз худ барои мардон озмоише зиёновартар аз занон боқӣ нагузоштам</t>
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
     <t>Аз Усома ибни Зайд (Худованд аз он ду розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод фармуд: "Ман пас аз худ барои мардон озмоише зиёновартар аз занон боқӣ нагузоштам"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додаанд, ки пас аз худ фитна ва озмоише барои мардон боқӣ нагузоштааст, ки зиёновартар аз фитнаи занон бошад, агар ин зан аз хонаводаи худи ӯ бошад мумкин аст бар хилофи шариат аз ӯ пайравӣ кунад ва агар зани ба ӯ бегона ва номаҳрам бошад мумкин аст бо ихтилот ва хилват ва бадиҳои ношиъ аз он ҳосил шавад.</t>
   </si>
   <si>
     <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
 ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
   </si>
   <si>
     <t>Мусалмон бояд аз фитнаи занон барҳазар бошад ва ҳар роҳеро, ки ба сӯи он мебарад, бибандад.
 Мӯъмин бояд барои солим мондан аз фитнаҳо ба Аллоҳ паноҳ барад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5830</t>
   </si>
   <si>
-    <t>يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا</t>
+    <t>يسروا ولا تعسروا، وبشروا ولا تنفروا</t>
   </si>
   <si>
     <t>Осонгир бошед на сахтгир, муждадиҳанда бошед на мутанаффиркунанда</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا».</t>
   </si>
   <si>
     <t>Аз Анас ибни Молик (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Осонгир бошед на сахтгир, муждадиҳанда бошед на мутанаффиркунанда".</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ба осонгирӣ ва сахтгир набудан дар ҳама корҳои динӣ ва дунявӣ бо мардум амр фармудаанд, яъне танҳо дар доираи ончи Аллоҳ Таъоло ва шаръ мубоҳ қарор додааст.
 Паёмбари Худо ташвиқ намудаанд, ки мардумро муждаи ба хайр диҳед на ононро мутанаффир созед.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>Вазифаи мӯъмин ин аст, ки Аллоҳи Мутаъолро назди мардум маҳбуб созад ва ононро ба кори хайр ташвиқ намояд.
 Даъватгари ростин бояд оқилона бубинад, ки чигуна даъвати Исломро ба мардум мерасонад.
 Мужда додани ба хайр сабаби ба вуҷӯд омадани хушҳолӣ, алоқамандӣ ва итминони мардум ба шахси даъватгар ва ончи ба онон пешниҳод мекунад, аст.
 Аммо сахтгирӣ сабаби танаффур, гурез ва эҷоди шак миёни мардум нисбат ба суханони даъватгар мегардад.
 Вусъати раҳмати Худованд, ки бар бандагонаш дини тасомуҳ ва шариати осонро писандидааст.
 Осонгирӣ, ки дар ҳадиси мазкур ба он тавсия шудааст, ҳамон аст, ки машрӯъият дорад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5866</t>
   </si>
   <si>
-    <t>تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا</t>
+    <t>ألحقوا الفرائض بأهلها، فما بقي فلأولى رجل ذكر</t>
+  </si>
+  <si>
+    <t>Саҳмҳои меросро ба соҳибонашон бидиҳед. Он чи боқӣ монад барои наздиктарин мард (аз хешовандон) аст</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلْحِقُوا الفَرَائِضَ بِأَهْلِهَا، فَمَا بَقِيَ فَلِأَوْلَى رَجُلٍ ذَكَرٍ».</t>
+  </si>
+  <si>
+    <t>Ибни Аббос (разияллоҳу анҳумо) аз Паёмбар (Салалоҳу алайҳи ва саллам) ривоят мекунад, ки фармуданд: "Саҳмҳои меросро ба соҳибонашон бидиҳед. Он чи боқӣ монад барои наздиктарин мард (аз хешовандон) аст".</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم القائمين على قسمة التركة أن يوزعوها على مستحقيها بالقسمة العادلة الشرعية كما أراد الله تعالى، فيعطى أصحاب الفروض المقدرة فروضهم في كتاب الله، وهي الثلثان والثلث والسدس والنصف والربع والثمن، فما بقى بعدها، فإنه يعطى إلى من هو أقرب إلى الميت من الرجال، ويسمون العصبة.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Саллаллоҳу алайҳи ва саллам) ба касоне, ки меросро тақсим мекунанд, фармон дод, ки тақсими мерос миёни мустаҳиққони он бояд бо адолат ва мувофиқи шариат бошад, ҳамонгуна ки Аллоҳ Таъоло хостааст. Соҳибони саҳмҳои муайян, ки саҳмҳояшон дар Қуръони Карим муайян шудааст, яъне дуто сеяк, сеяк, шашяк, нисф, чаҳоряк ва ҳаштяк ба соҳибони ҳаққи мерос дода шавад. Қисми боқимонда бошад, ба наздикони марде, ки фавтидааст, аз наздиктарин ҷинси мардон дода мешавад, ки онҳоро "асаба" меноманд.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في قسمة التركة.
+أن قسمة الفرائض تكون بالبداءة بأهل الفرائض.
+أن ما بقي بعد الفروض للعصبة.
+تقديم الأقرب فالأقرب فلا يرث عاصب بعيد كالعم، مع وجود عاصب قريب كالأب.
+أنه لا شيء للعاصب إذا استغرقت الفروض التركة، أي لم يبق منها شيئًا.</t>
+  </si>
+  <si>
+    <t>Ин ҳадис қоида дар тақсими мерос аст.
+Тақсими саҳмҳои мерос бо шуруъ аз саҳмҳои муайян (аҳли фароиз ё саҳмҳо) сурат мегирад.
+Он чизе, ки пас аз додани саҳмҳои муайяншуда боқӣ мемонад, ба асаба (хешовандони падарӣ) дода мешавад.
+Муқаддам доштани наздиктар, сипас наздиктар. Хеши падарии дур, монанди, амак, дар ҳоли будани хеши наздиктар, монанди падар, мерос намебарад.
+Агар саҳмҳои муайяншуда ҳамаи меросро дар бар гирад ва чизе боқӣ намонад, дар ин ҳолат барои асаба чизе боқӣ намемонад.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/5887</t>
+  </si>
+  <si>
+    <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>Бар (тиловати) Қуръон муҳофизат кунед, зеро савганд ба касе, ки ҷони Муҳаммад ба дасти Ӯст (фаромӯш кардани) Қуръон сареътар аз фирор кардани шутуре аст, ки пойҳояшон бо таноб баста шудааст</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>Аз Абумусои Ашъарӣ (Худованд аз ӯ розӣ бод) ривоят аст, Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Бар (тиловати) Қуръон муҳофизат кунед, зеро савганд ба касе, ки ҷони Муҳаммад ба дасти Ӯст (фаромӯш кардани) Қуръон сареътар аз фирор кардани шутуре аст, ки пойҳояшон бо таноб баста шудааст".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) амр фармудаанд, ки Қуръонро ҳифз кунед ва пайваста онро тиловат кунед, то пас аз ҳифзи он дар қалб онро фаромӯш накунед. Сипас савганд ёд карданд, ки рафтан ва фаромӯш шудани Қуръон аз синаҳо сареътар аз фирори шутуре аст, ки пойҳояш баста шудааст, ба гунае, ки агар инсон бар он муҳофизат кунад, онро нигоҳ медорад ва агар раҳояш кунад аз даст меравад.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Ҳофизи Қуръон агар пайваста онро такрор кунад, дар синааш маҳфуз мемонад, вагарна аз ёдаш меравад ва фаромӯш мешавад.
 Аз фоидаҳои пайваста тиловат кардани Қуръон: Аҷру савоб ва баланд шудани мақом ва мартаба дар рӯзи қиёмат аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5907</t>
   </si>
   <si>
-    <t>خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ</t>
+    <t>خيركم من تعلم القرآن وعلمه</t>
   </si>
   <si>
     <t>Беҳтарини шумо касе аст, ки Қуръонро меомӯзад ва онро ба дигарон таълим медиҳад</t>
   </si>
   <si>
     <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
   </si>
   <si>
     <t>Аз Усмон (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Беҳтарини шумо касе аст, ки Қуръонро меомӯзад ва онро ба дигарон таълим медиҳад".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармудаанд, ки беҳтарини мусалмонон ва волотарини онҳо назди Аллоҳ касе аст, ки тиловат, ҳифз, тартил, фаҳм ва тафсири Қуръонро фаро гирад ва ба он амал кунад ва ончи аз худ кардааст ба дигарон низ таълим диҳад.</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
     <t>Баёни шарофати Қуръони карим, ки он беҳтарин калом аст, чун он каломи Аллоҳ аст.
 Беҳтарин омузанда ҳамон аст, ки ба дигарон низ меомӯзонад.
 Омӯзиш ва таълими Қуръон шомили тиловат, фаҳми маонӣ ва аҳкоми он аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5913</t>
   </si>
   <si>
-    <t>مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ</t>
+    <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>Ҳар кӣ ба манзиле ояд ва сипас бигӯяд: "Аъӯзу бикалимотиллоҳит-томот мин шарри мо халақ" (Паноҳ мебарам ба калимаҳои комили Аллоҳ аз шарри он чи офаридааст), то замоне, ки онҷо аст ба ӯ зиёне нахоҳад расид</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
     <t>Аз Хавла бинти Ҳакими Суламӣ ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегӯяд: "Ҳар кӣ ба манзиле ояд ва сипас бигӯяд: "Аъӯзу бикалимотиллоҳит-томот мин шарри мо халақ" (Паноҳ мебарам ба калимаҳои комили Аллоҳ аз шарри он чи офаридааст), то замоне, ки онҷо аст ба ӯ зиёне нахоҳад расид".</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) уммати худро ба парҳезгорӣ ва паноҳгоҳи судманд ҳидоят мекунад, ҳар кас бояд ба он аз хатаре, ки ҳангоми истиқрор дар ҳар ҷое аз рӯӣ замин битарсад, хоҳ дар мусофират бошад ё дар саёҳат ва ё дар ғайра, ба калимаҳои комили Аллоҳ, ки дар фазлу баракат ва судмандӣ комил ва аз ҳар айбу нуқсон солим аст, аз шарри ҳар махлуқот, ки дар он шарр аст паноҳ бибарад, дар натиҷа то замоне дар он манзилгоҳ аст, аз ҳар озоре дар амон бимонад.</t>
   </si>
   <si>
     <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
 جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
 فضيلة هذا الدعاء وبركته.
 التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
 إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
 مشروعية هذا الدعاء لمَن نزل مكانًا في الحضر أو السَّفر.</t>
   </si>
   <si>
     <t>Паноҳ бурдан ба Аллоҳ, ба ном ва сифатҳои Ӯ Таъоло ибодат аст.
 Паноҳ бурдан ба каломи Аллоҳ ҷоиз аст, зеро он яке аз сифатҳои Ӯ Таъоло аст, бар хилофи паноҳ бурдан ба дигар махлуқот, ки ширк аст.
 Фазилат ва баракати ин дуъо.
 Паноҳ бурдан бо зикр ва дуоҳо сабаби дар амон мондан аз шар ва бадиҳост.
 Паноҳ бурдан ба ғайр аз Аллоҳ, ба монанди ҷин, ҷодугар, фолбинон ва ғайра нораво аст.
 Машруъияти ин дуо барои касоне, ки дар хона ва ё дар сафар қарор доранд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5932</t>
   </si>
   <si>
-    <t>أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ</t>
+    <t>ألا أبعثك على ما بعثني عليه رسول الله صلى الله عليه وسلم؟ أن لا تدع تمثالا إلا طمسته، ولا قبرا مشرفا إلا سويته</t>
   </si>
   <si>
     <t>Оё туро ба коре нафиристам, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) маро барои анҷоми он фиристода буд? Инки ҳеҷ муҷассамаеро боқӣ нагузорӣ ва ҳар қабри баландро дидӣ онро ҳамвор созӣ</t>
   </si>
   <si>
     <t>عن أبي الهيَّاج الأسدي قال: قَالَ لِي ‌عَلِيُّ بْنُ أَبِي طَالِبٍ: أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ.</t>
   </si>
   <si>
     <t>Аз Абуҳайёҷи Асадӣ ривоят аст, ки гуфт: Алӣ ибни Абӯтолиб ба ман гуфт: Оё туро ба коре нафиристам, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) маро барои анҷоми он фиристода буд? Инки ҳеҷ муҷассамаеро боқӣ нагузорӣ ва ҳар қабри баландро дидӣ онро ҳамвор созӣ.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ёрони худро мефиристод, то ҳар куҷо муҷассамае ҳаст онро аз байн бибаранд, муҷассама ҳар сурате аст, ки дар он чизи ҷондор тасвир шудааст, хоҳ он ба шакли ҳайкал бошад ё ба шакли дигар.
 Ҳар куҷо қабри баландро диданд онро ҳамвор кунанд ва биное, ки болои он аст хароб кунанд, ё онро ба андозае ҳамвор кунанд, ки на бештар аз як ваҷаб баланд бошад.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>Таҳрими ба тасвир баровардани мавҷудоти зинда, зеро он аз василаҳои ширк аст.
 Машрӯъияти бо даст аз байн бурдани мункар барои касоне, ки тавони онро доранд.
 Таваҷҷуҳ ва аҳамияти Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) барои аз байн бурдани осори ҷоҳилият, аз ҷумла тасвиру муҷассамаҳо ва биноҳое, ки болои қабрҳо сохта шудааст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5934</t>
   </si>
   <si>
-    <t>لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ</t>
+    <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>Ҳеҷ касе аз шумо имон намеоварад, то инки ман барои ӯ аз падар, фарзанд ва тамоми мардум маҳбубтар бошам</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>Аз Анас (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Ҳеҷ касе аз шумо имон намеоварад, то инки ман барои ӯ аз падар, фарзанд ва тамоми мардум маҳбубтар бошам".</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармудаанд, ки имони мусалмон комил намешавад, то инки муҳаббати Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро бар муҳаббати модар, падар, писару духтар  ва тамоми мардум муқаддам бидорад. Муҳаббати Паёмбар итоат ва пуштибонӣ аз ӯ ва тарки маъсиятро тақозо мекунад.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>Зарурати муҳаббати Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ва муқаддам донистани муҳаббати ӯ бар тамоми махлуқот.
 Аз нишонаҳои камоли муҳаббат: ҳимоят аз суннати Паёмбари Худо ва нисор кардани молу ҷон барои ӯст.
 Муҳаббати Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мусталзими итоат аз авомир, тасдиқи ончи фармудаанд, дурӣ аз ончи нахй кардаанд, тарки бидъат ва пайравӣ аз ӯ (Салому дуруди Аллоҳ бар ӯ бод) аст.
 Ҳаққи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) бузургтар ва мукамалтар аз  ҳамаи мардумон аст, зеро ӯ сабаби ҳидояти мо аз гумроҳӣ, наҷот аз оташи дӯзах ва пирӯзӣ дар биҳишт аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5953</t>
   </si>
   <si>
-    <t>‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ</t>
+    <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>Ҳар кӣ фолбинӣ кунад ё назди фолбин биравад, ғайб ва пешгӯӣ кунад ё назди касе биравад барояш пешгӯӣ кунад, ё ҳар касе сеҳр кунад ва ё назди соҳир биравад</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>Аз Имрон ибни Ҳусайн (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Ҳар кӣ фолбинӣ кунад ё назди фолбин биравад, ғайб ва пешгӯӣ кунад ё назди касе биравад барояш пешгӯӣ кунад, ё ҳар касе сеҳр кунад ва ё назди соҳир биравад, аз мо нест, ва ҳар касе назди коҳин биравад ва ӯро тасдиқ кунад, пас ба он чи бар Муҳаммад (Салому дуруди Аллоҳ бар ӯ бод) нозил шудааст, куфр варзидааст".</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) касоне аз уммати худро, ки баъзе аз аъмоли зерро  анҷом медиҳанд бо лафзи "Аз мо нест" таҳдид кардаанд, аз ҷумла:
 Якум: "Ҳар кӣ фолбинӣ кунад ё касе фоли ӯро бинад". Вожаи фол дар ин ҳадис бо лафзи "Татайюр" омадааст, татаюр аз решаи тайр (паранда) аст. Сарчашмаи ин амал раҳо кардани парранда ҳангоми анҷоми коре буд, ба монанди сафар кардан, тиҷорат ва ғайра, ки агар парранда ба тарафи рост парвоз кунад фоли нек аст ва агар ба тарафи чап парвоз кунад фоли бад аст ва аз анҷоми он худдорӣ мекунад. Анҷоми ин амал, чи худ онро анҷом диҳад ё касе дигар барои ӯ анҷом диҳад, ҷоиз нест. Ҳукми мазкур шомили тамоми фолбиниҳост, хоҳ аз шунидаҳо бошад ё аз диданиҳо, ё паррандаҳо ва ё ҳайвонот,  ё одамони маъюб бошад ва ё бо адади хоссе ё рӯзҳои ҳафта.
 Дуввум: "Ҳар касе ғайбгӯӣ кунад ё касе барои ӯ пешгӯӣ ва ғайбгӯӣ кунад", яъне ҳар кӣ бо истифода аз ситораҳо ва ё чизҳои дигар иддиои илми ғайбро кунад, ё ба назди касе, равад, ки муддаъии илми ғайб аст, ба монанди фолбин ё коҳин ва ё монанди онҳо ва сухани ӯро тасдиқ кунад, ба ончӣ бар Муҳаммад (Салому дуруди Аллоҳ бар ӯ бод) нозил шудааст, куфр варзидааст.
 Севвум: "Ҳар касе ҷоду кунад ва ё ба назди ҷодугар равад", яъне касе ба сеҳру ҷоду машғул аст, ё ба назди ҷодугар меравад то бо воситаи ҷоду ба касе суд ва ё зиён бирасонад ва ё рахҳоеро гиреҳ баста бар онҳо таъвиз ва тилисмҳои  ҳаромро хонда дам меандозад.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والإيمان بقضاء الله وقدره، وتحريم الطيرة والتشاؤم والسحر والكهانة، أو سؤال أصحابها ذلك.
 ادعاء علم الغيب من الشرك الذي ينافي التوحيد.
 تحريم تصديق الكهان والذهاب إليهم، ويلحق بذلك قراءة ما يُسمى بالكَفِّ والفِنْجَان والبروج والنظر فيها ولو على سبيل الاطلاع.</t>
   </si>
   <si>
     <t>Таваккал ба Аллоҳ ва Имон доштан ба қазо ва қадар воҷиб аст. Фолбинӣ, сеҳру ҷоду, пешгӯӣ ва иддиои ғайб кардан ё ба назди чунин ашхос ба мақсадҳои мазкур рафтан ҳаром аст.
 Даъвои илми ғайб аз ширкиёт ва мухолиф бар тавҳид аст.
 Назди фолбинҳо рафтан ва эътиқод бар онҳо ҳаром аст. Ҳамингуна бар кафи даст ва пиёла ва бурҷҳо нигоҳ кардан ва хондан ҳаром аст, ҳатто агар барои фаҳмидан бошад.</t>
   </si>
   <si>
     <t>رواه البزار</t>
   </si>
   <si>
     <t>[رواه البزار]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5981</t>
   </si>
   <si>
-    <t>مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً</t>
+    <t>من أتى عرافا فسأله عن شيء لم تقبل له صلاة أربعين ليلة</t>
   </si>
   <si>
     <t>Ҳар кас назди  арроф (фолбин-пешгӯянда) равад ва аз ӯ чизе бипурсад, чиҳил шаб намозаш қабул намешавад</t>
   </si>
   <si>
     <t>عن بعض أزواج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً».</t>
   </si>
   <si>
     <t>Аз баъзе ҳамсарони Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Ҳар кас назди  арроф (фолбин-пешгӯянда) равад ва аз ӯ чизе бипурсад, чиҳил шаб намозаш қабул намешавад"</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من إتيان العرّاف -هو اسم عام للكاهن والمُنِّجم والرَّمَّال ونحوهم، ممن يَسْتَدِلُّ على معرفة الغيب بمقدمات يستعملها -، وأنَّ مُجَرَّدَ سؤالِهِ عن شيء من أمور الغيب سيَحْرِمُه الله به ثوابَ صلاته أربعين يومًا؛ وذلك عقوبة له على هذا الإثم والذنب الكبير.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз рафтан ба назди арроф ҳушдор медиҳад. Арроф -ҳамон мунаҷҷим, коҳин ва раммол ва монанди инҳо аст, касоне ки бо гуфтани баъзе аз суханон иддиои илми ғайб мекунанд-. Пурсидани умури ғайбӣ аз чунин ашхос сабаб мешавад Аллоҳ инсонро аз савоби чиҳил рӯз намозаш маҳрум бигардонад, ки ин муҷозоте аст барои ин гуноҳи бузург.
 Мунаҷҷим ё ситорашинос касе аст, ки бар асоси бурҷҳо ва қарор гирифтани ситораҳо иддиои ғайбгуӣ ва пешбинии ояндаро мекунанд.</t>
   </si>
   <si>
     <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
 قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
 يَدْخُلُ في الحديث ما يُسمّى بالأبراج والنظر فيها، وقراءة الكَفِّ والفنجان -ولو على سبيل الاطلاع فقط-؛ لأن ذلك كلَّه من الكهانة ومن دعوى علم الغيب.
 إذا كان هذا جزاءَ مَن أتى العَرّاف، فكيف بجزاء العراف نفسه؟
 صلاة أربعين يومًا تَقَعُ مُجزئة لا يَجِبُ قضاؤها، ولكن لا ثواب فيها.</t>
   </si>
   <si>
     <t>Фолбинӣ ва рафтан ба назди фолбинҳо ва пурсидани онҳо аз ғайбиёт ҳаром аст.
 Мумкин аст инсон ҳамчун муҷозот барои гуноҳаш аз савоби тоъатҳои худ маҳрум шавад.
 Нигаристан ба бурҷҳо (бурҷҳои фалакӣ), ба кафи даст ва дар пиёла хондан -ҳатто агар барои маълумот ва кунҷкобӣ бошад- низ шомили ин ҳукм аст, зеро ин ҳама навъе аз фолбинӣ ва иддиои илми ғайб ҳастанд.
 Агар ин муҷозоти касе аст, ки назди фолбин меравад, пас муҷозоти шахси фолбин чигуна аст?
 Намози чиҳил рӯзи ӯ дуруст ва ниёз ба қазо доштан нест, аммо савоб надорад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5986</t>
   </si>
   <si>
-    <t>من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ</t>
+    <t>من اقتبس علما من النجوم اقتبس شعبة من السحر، زاد ما زاد</t>
   </si>
   <si>
     <t>Ҳар кӣ чизе аз илми нуҷум биомӯзад, шохае аз ҷодугарӣ омӯхтааст, ва ҳарчи бештар биомӯзад, сеҳри бештар омӯхтааст</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ».</t>
   </si>
   <si>
     <t>Аз ибни Аббос (Худованд аз он ду розӣ бод) ривоят аст, ки гуфт: Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Ҳар кӣ чизе аз илми нуҷум биомӯзад, шохае аз ҷодугарӣ омӯхтааст, ва ҳарчи бештар биомӯзад, сеҳри бештар омӯхтааст".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мефармояд, ки ҳар касе аз илми ситораҳо ва бурҷҳо ба худ касб кунад ва аз ҳаракат, вуруд ва хуруҷи онҳо бар ҳаводиси заминӣ, аз қабили марг ё зиндагӣ ё бемории фалонӣ, ё ончи дар оянда рӯй медиҳад хулоса барорад, шохае аз илми ҷодуро омухтааст. Ба ҳар андоза, ки инсон бештар аз ин илм фаро гирад, илми ҷодуро бештар фаро гирифтааст.</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>Ситорашиносӣ, ки хабар додан аз ончи дар оянда рух медиҳад аст ва аз ҳолатҳои ситорагон гирифта мешавад, ҳаром аст, зеро он иддиъои донистани илми ғайб аст.
 Ситорашиносие, ки қатъиян ҷоиз нест навъе аз сеҳр аст, ки бар тавҳид мунофот дорад, бар хилофи назар кардан бар ситорагон барои шинохти ҷиҳат, қибла ё барои шинохти тағйири моҳҳо ва фаслҳо, ки ин ҷоиз ва мубоҳ аст.
 Ба ҳар андоза, ки ситорашиносӣ омӯхта шавад ба ҳамон андоза ба омӯхтани сеҳр наздиктар мешавад.
 Аллоҳ Таъоло се фоидаи ситорагонро дар Қуръони карим зикр фармудааст: барои зиннати осмон, мардум бо онҳо роҳи худро меёбанд ва барои сангсор кардани шайтонҳо.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/5989</t>
   </si>
   <si>
-    <t>أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ</t>
+    <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
     <t>Сазовортарин шартҳое, ки бояд ба он пойбанд бошед, ҳамон аст, ки бо он ҳамсаронатон барои шумо ҳалол шудаанд</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
     <t>Аз Ъуқба ибни Ъомир (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Сазовортарин шартҳое, ки бояд ба он пойбанд бошед, ҳамон аст, ки бо он ҳамсаронатон барои шумо ҳалол шудаанд".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён намудаанд, ки муҳимтарин ва сазовортарин шартҳое, ки бояд ба он пойбанд бошед, ҳамон аст, ки ба сабаби он лаззат бурдан аз зан ҳалол мешавад, яъне ҳамон шартҳои мубоҳи никоҳ, ки зан дар ақди никоҳи худ талаб кардааст.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
     <t>Шартҳое, ки яке аз ҳамсарон ба дигаре гузоштааст, бояд иҷро шаванд, магар шарте, ки ҳалолро ҳаром ё ҳаромро ҳалол мегардонад.
 Пойбанд будан ба шартҳои никоҳ бештар аз шартҳои дигар мавриди назар аст, зеро он дар муқобили ҳалол шудани баҳрабарии ҷинсӣ аст.
 Манзилати волои издивоҷ дар Ислом, зеро Ислом ба вафо кардан ба шартҳои он таъкид фармудааст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/6021</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا</t>
+    <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>Паёмбар (салому дуруди Аллоҳ бар ӯ бод) некуахлоқтарини мардум буд</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
     <t>Аз Анас ибни Молик, (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (салому дуруди Аллоҳ бар ӯ бод) некуахлоқтарини мардум буд.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) комилтарини мардум аз нигоҳи ахлоқ буд. Ӯ дар тамоми мавориди ахлоқӣ ва некӣ аз ҷумла: гуфтори писандида, некукорӣ, чеҳраи кушода, дурӣ аз озор ва таҳаммули он аз дигарон пешӣ ва бартарӣ доштанд.</t>
   </si>
   <si>
     <t>كمال خُلق النبي صلى الله عليه وسلم.
 النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
 الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
   </si>
   <si>
     <t>Камоли ахлоқи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод).
 Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) барои ахлоқи некӯ улгуи комил аст.
 Даъват ба пайрави намудан аз ахлоқи накӯи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/6180</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يهلل بهن دبر كل صلاة</t>
   </si>
   <si>
     <t>баъд аз ҳар намоз ин зикр вирди забони Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) буд</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي الزُّبَيْرِ قَالَ: كَانَ ‌ابْنُ الزُّبَيْرِ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ حِينَ يُسَلِّمُ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، لَا إِلَهَ إِلَّا اللهُ، ‌وَلَا ‌نَعْبُدُ ‌إِلَّا إِيَّاهُ، لَهُ النِّعْمَةُ وَلَهُ الْفَضْلُ وَلَهُ الثَّنَاءُ الْحَسَنُ، لَا إِلَهَ إِلَّا اللهُ مُخْلِصِينَ لَهُ الدِّينَ وَلَوْ كَرِهَ الْكَافِرُونَ» وَقَالَ: «كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ».</t>
   </si>
   <si>
     <t>Аз Абузубайр ривоят аст, ки гуфт: Ибни Зубайр баъд аз ҳар намоз, ҳангоме, ки салом медод ин зикрро мегуфт: "Ло илоҳа иллаллоҳ ваҳдаҳу ло шарика лаҳу, лаҳул-мулку ва лаҳул-ҳамд, ва Ҳува ъало кулли шайъин қадир, ло ҳавла ва ло қуввата илло биллоҳ, ло илоҳа иллаллоҳ, ва ло наъбуду илло ийёҳ, лаҳун-неъмату ва лаҳул-фазл ва лаҳус - саноул-ҳасан, ло илоҳа иллаллоҳу мухлисина лаҳуд-дин ва лав кариҳа-л-кофирун" Абдуллоҳ ибни Зубайр мегӯяд: баъд аз ҳар намоз ин зикр вирди забони Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) буд.</t>
   </si>
   <si>
     <t>كان رسولُ الله صلى الله عليه وسلم يُهلِّلُ بعد تسليمِه من كلِّ صلاةٍ مكتوبةٍ بهذا الذكر العظيم، ومعناه: 
 "لا إله إلا الله": يعني لا معبود بحق إلا الله. 
 "وحده لا شريك له" أي: إنه لا مشارك له في ألوهيته وربوبيته وأسمائه وصفاته. 
 "له الملك" أي: له الملك المُطْلَق العام الشامل الواسع، ملك السموات والأرض وما بينهما. 
 "وله الحمد" أي: هو المُتصف بالكمال المطلق، المحمود بالكمال محبةً وتعظيمًا على كل حال، في السراء، وفي الضراء. 
 "وهو على كل شيء قدير": فقُدرته كاملة وتامَّة من كل وجهٍ، لا يُعجزه شيءٌ، ولا يمتنع عليه أمرٌ من الأمور. 
 "لا حول ولا قوة إلا بالله" أي: لا تَحَوُّل من حالٍ إلى حال، ومن معصية الله إلى طاعته، ولا قوة إلا بالله فهو المعين وعليه التُّكْلان. 
 "لا إله إلا الله، ولا نعبد إلا إياه": تأكيد على معنى الألوهية ونفي الشرك، وأنه لا يستحق العبادة سواه. 
 "له النعمة وله الفضل": فهو الذي يخلق النِّعَم ويملكها، ويتفضَّل بها على من يشاء من عباده.
 "وله الثناء الحسن": على ذاته وصفاته وأفعاله ونعمه، وعلى كل حال.
 "لا إله إلا الله، مخلصين له الدين": أي موحِّدين لا رياء ولا سمعة في طاعة الله. 
 "ولو كره الكافرون"، أي: ثابتين على توحيد الله وعبادته ولو كره الكافرون.</t>
   </si>
   <si>
@@ -3636,1386 +4734,1558 @@
 "Ваҳдаҳу ло шарика лаҳу" : Ӯ дар Улуҳият ва Рубубият ва номҳо ва сифатҳояш ҳеҷ шарике надорад.
 "Лаҳул-мулк" : Фармонравоии мутлақу умумӣ ва фарогир ва фармонравоии замину осмонҳо ва ончи миёни онҳост, азони Ӯст.
 "Ва лаҳул-ҳамд": яъне Ӯ Таъоло мавсуф ба камоли мутлақ аст, Ӯ дар ҳама ҳолат, дар хушӣ ва дар сахтӣ, бо эҳтироми комил ва аз рӯи муҳаббат ва бузургдоштӣ васф карда мешавад.
 "Ва Ҳува ъало кулли шайъин қадир": Қудрати Ӯ Таъоло аз ҳар нигоҳ комил аст, ҳеҷ чиз Ӯро нотавон намесозад ва ҳеҷ ғайри имконе баро Ӯ вуҷуд надорад.
 "Ло ҳавла ва ло қуввата илло биллоҳ": Ҳеҷ тағйир ва дигаргунӣ аз як ҳолат ба ҳолати дигар нест, ҳеҷ роҳе аз маъсияти Аллоҳ ба сӯи итоати Ӯ нест ва ҳеҷ қудрате нест магар ончи ба дасти Ӯст, Ӯ мададгор ва таваккули мо танҳо ба Ӯ Таъолост.
 " Ло илоҳа илло Аллоҳ, ва ло наъбуду илло ийоҳу": инҷо таъкид бар улуҳият ва инкори ширк аст ва инки ҷуз Ӯ Таъоло касе сазовори парастиш нест.
 "Лаҳун-неъмаҳ ва лаҳул-фазл": Ӯст Офаридгор ва соҳиби неъмат, ба ҳар кӣ аз бандагонаш бихоҳад медиҳад.
 "Ва лаҳус-саноул-ҳасан": Ҳамд ва ситоиши нек бар зоту сифот ва афъолу неъматҳои Ӯ Таъолост.
 "Ло илоҳа иллаллоҳ мухлисина лаҳуд-дин": Ӯро ягона медонем ва дар тоати Аллоҳ риё ва худнамоӣ намекунем.
 "Ва лав кариҳал-кофирун": Бар тавҳиди Аллоҳ ва ибодати Ӯ собитқадам ҳастем, агарчи кофиронро хуш наояд.</t>
   </si>
   <si>
     <t>استحباب المحافظة على هذا الذكر بعد كل صلاة مكتوبة.
 المسلم يَعْتَزُّ بدينِهِ ويُظْهِرُ شعائرَه، ولو كره الكافرون.
 إذا وَرَدَتْ في الحديث كلمةُ: "دُبر الصلاة"، فإن كان ما في الحديث ذِكْرًا فالأصل أن يكون بعد السلام، وإن كان دعاءً فيكون قبل السلام من الصلاة.</t>
   </si>
   <si>
     <t>Баъд аз ҳар намози фарзӣ гуфтани ин дуо мустаҳаб аст.
 Мусалмон ба дини худ ифтихор мекунад ва шиъору маносики онро анҷом медиҳад, гарчанд кофиронро аз он хуш наояд.
 Агар дар ҳадис калимаи "пас аз намоз" ояд ва дар идома калимаи "зикр" ояд, асл бар он аст, ки баъд аз саломи намоз аст ва агар калимаи "дуо" ояд асл ин аст, ки пеш аз салом додан дар намоз аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/6203</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ</t>
+    <t>لا تجعلوا بيوتكم مقابر، إن الشيطان ينفر من البيت الذي تقرأ فيه سورة البقرة</t>
   </si>
   <si>
     <t>Хонаҳои худро (ба монанди) қабристон нагардонед, Ҳамоно шайтон аз хонае, ки дар он сураи Бақара хонда мешавад гурезон аст</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Хонаҳои худро (ба монанди) қабристон нагардонед, Ҳамоно шайтон аз хонае, ки дар он сураи Бақара хонда мешавад гурезон аст".</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن تعطيلِ البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ثم أخبر صلى الله عليه وسلم أنَّ الشيطانَ يَنْفِرُ من البيت الذي تُقرأُ فيه سورةُ البقرة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз намоз нахондан дар хонаҳо наҳй фармудаанд, зеро он монанди қабристон мешавад, ки дар онҷо намоз хонда намешавад.
 Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд хонае, ки дар он сураи Бақара хонда мешавад, шайтон гурезон аст.</t>
   </si>
   <si>
     <t>استحباب الإكثار من العبادات وصلاة النافلة في البيوت.
 لا يجوز الصلاة في المقابر؛ لأنها وسيلة من وسائل الشرك والغلو في أصحابها، ما عدا صلاة الجنازة.
 النهي عن الصلاة عند القبور قد تَقَرَّر عند الصحابة، ولذلك نهى النبي صلى الله عليه وسلم أن تُجعل البيوت مثل المقابر لا يُصلّى فيها.</t>
   </si>
   <si>
     <t>Зиёд анҷом додани ибодот ва намозҳои нофила гузоштан дар хона мустаҳаб аст.
 Намоз хондан дар қабристон ҷоиз нест, зеро он василае аз василаҳои ширк ва зиёдаравӣ дар баробари мурдагон аст, ба ҷуз намози ҷаноза, ки хондани он ҷоиз аст.
 Намоз нахондан дар назди қабр низ аз саҳобагон ҳам ворид шудааст, бинобарин Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) амр фармуданд то дар хонаҳо низ намоз хонда шавад то монанди қабристон, ки онҷо намоз гузошта намешавад, нагарданд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/6208</t>
   </si>
   <si>
-    <t>لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ</t>
+    <t>لأن أقول: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، أحب إلي مما طلعت عليه الشمس</t>
   </si>
   <si>
     <t>Инки бигӯям Субҳоналлоҳ, Алҳамду лиллоҳ, Ло илоҳа иллаллоҳ ва Аллоҳу акбар, барои ман маҳбубтар аз ҳар чизе аст, ки офтоб бар он тулӯъ мекунад</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Инки бигӯям Субҳоналлоҳ, Алҳамду лиллоҳ, Ло илоҳа иллаллоҳ ва Аллоҳу акбар, барои ман маҳбубтар аз ҳар чизе аст, ки офтоб бар он тулӯъ мекунад".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ ذِكْرَ اللهِ تعالى بهذه الكلمات العظيمات خيرٌ من الدنيا وما فيها، وهي: 
 "سبحان الله": تنزيه لله عن النقائص.
 "الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
 "لا إله إلا الله": لا معبود بحق إلا الله.
 "الله أكبر": أعظم وأجل من كلِّ شيء.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мефармоянд, ки зикри Аллоҳ Таъоло бо ин калимоти бузург аз дунё ва ҳар ҳарчи дар он аст беҳтар аст, ки иборатанд аз:
 "Субҳоналлоҳ": Пок донистани Аллоҳ аз ҳамагуна камбудӣ ва нуқсон.
 "Алҳамдулиллоҳ" Ҳамду ситоиши Аллоҳ бо сифатҳои комилаш ва муҳаббату бузургдошти Ӯ Таъоло.
 "Ло илоҳа иллаллоҳ": Нест маъбуди барҳақ магар Аллоҳ.
 "Аллоҳу акбар" бузургтару бартар аз ҳама чиз.</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>Ташвиқ ба зикри Аллоҳ, ва инки зикри Аллоҳ маҳбубтар аз ҳар чизе аст, ки банда дар давоми рӯз анҷом медиҳад.
 Ташвиқ ба зикри зиёд гуфтан, бинобар савоб ва фазилати он.
 Лаззати дунё ночиз ва ҳавасу шаҳвати он зудгузар аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/6211</t>
   </si>
   <si>
-    <t>ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر</t>
+    <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
   </si>
   <si>
     <t>Ҳеҷ рузе нест, ки амали нек назди Худованд маҳбубтар аз ин рӯзҳо бошад". Яъне: рӯзҳои даҳгона</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
   </si>
   <si>
     <t>Аз ибни Аббос (Худованд аз он ду розӣ бод) ривоят аст, ки гуфт: Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Ҳеҷ рузе нест, ки амали нек назди Худованд маҳбубтар аз ин рӯзҳо бошад". Яъне: рӯзҳои даҳгона (Даҳаи моҳи зилҳиҷҷа),  гуфтанд: эй Расули Аллоҳ, ҳатто ҷиҳод дар роҳи Аллоҳ? Фармуд: "Ҳатто ҷиҳод  дар роҳи Аллоҳ, магар марде, ки бо ҷону молаш дар роҳи Худо баромад ва чизе аз онро барнагардонид".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди аллоҳ бар ӯ бод) баён фармуданд, ки амали нек дар даҳаи  аввали моҳи Зулҳиҷҷа беҳтар аз дигар рӯзҳои сол аст.
 Саҳобагон (Худованд аз онҳо розӣ бод) аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар мавриди ҷиҳод дар рӯзҳои ғайр аз ин даҳа пурсиданд, ки оё он беҳтар аст ё амалҳои нек дар ин рӯзҳо? Чун онҳо бар ин буданд, ки, ҷиҳод аз беҳтарин амалҳо аст.
 Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар посух гуфтанд: амали нек дар ин рӯзҳо беҳтар аз ҷиҳод дар рӯзҳои дигар аст, магар марде, ки ба ҷиҳод баромад ва ҷону моли худро дар роҳи Аллоҳ фидо намуд. Ин аст ягона амал, ки бар дигар амалҳо дар рӯзҳои мазкур бартарӣ дорад.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>Фазилати амали нек дар даҳаи зулҳиҷҷа. Бинобарин мусалмон бояд ин рӯзҳоро ғанимат дониста то метавонад бештар ибодат намояд, аз ҷумла зикри Аллоҳ, Қуръон хондан, такбиру таҳлилу ҳамду сано гуфтан, намоз хондан, рӯза гирифтан, садақа додан ва амалҳои неки дигар анҷом додан.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[رواه البخاري وأبو داود، واللفظ له]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/6255</t>
   </si>
   <si>
-    <t>مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ</t>
+    <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>Ҳар кӣ намози асрро тарк кунад, амалаш табоҳ шудааст</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
     <t>Аз Бурайда ибни Ҳасиб (Худованд аз ӯ розӣ бод) ривоят аст, ки фармуд: Барои адои намози аср барвақт биёед, зеро Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ҳар кӣ намози асрро тарк кунад, амалаш табоҳ шудааст".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз қасдан ба таъхир гузоштани намози аср ҳушдор дода баён намудаанд, ки ҳар кӣ ин корро анҷом диҳад, амалаш ботилу фосид ва табоҳ гаштааст.</t>
   </si>
   <si>
     <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
 الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
   </si>
   <si>
     <t>Ташвиқ ба адо кардани намози аср дар аввали вақт ва пешқадам будан дар анҷоми он.
 Таҳдиди сахт барои касоне, ки намози асрро тарк мекунанд, гуноҳи анҷом надодани намози аср дар вақти худ бузургтар аз дигар намозҳо аст, зеро намози аср ҳамон намози вусто (миёна) аст, ки ба вижа дар ояти зер зикр шудааст: "[Эй мусулмонон] бар [анҷоми] ҳама намозҳо ва [ба хусус] намози аср кӯшо бошед [саъю талош кунед] ва бо фурӯтаниву фармонбардорӣ барои Аллоҳ Таъоло ба по хезед" (Сураи Бақара: 238)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/6261</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ</t>
+    <t>من توضأ فأحسن الوضوء خرجت خطاياه من جسده حتى تخرج من تحت أظفاره</t>
   </si>
   <si>
     <t>Ҳар кӣ таҳорат кунад ва онро нек анҷом диҳад, гуноҳони ӯ аз баданаш, ҳатто аз зери нохунҳояш берун меояд</t>
   </si>
   <si>
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
     <t>Аз Усмон ибни Аффон (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Ҳар кӣ таҳорат кунад ва онро нек анҷом диҳад, гуноҳони ӯ аз баданаш, ҳатто аз зери нохунҳояш берун меояд".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд, ки ҳар кӣ таҳорат кунад ва одобу суннатҳои онро риоя кунад аз сабабҳои пок шудани гуноҳони ӯ мегардад, то онҷо ки ҳатто гуноҳонаш аз зери нохунҳои дасту пояш берун меояд.</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>Ташвиқи мардум барои омӯзиши таҳорат, бо риояи суннат ва одоби вузуъ ва амал кардан ба он.
 Фазилати таҳорат ва инки (риояи суннат ва одоби он) сабаби каффораи гуноҳони хурд аст, аммо барои гуноҳони кабира бояд тавба кард.
 Шарти рехтани гуноҳон, пурра ва бидуни камбуд анҷом додани таҳорат аст, чунончи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён намуданд.
 Каффораи гуноҳон дар ҳадиси мазкур ба шарти дурӣ аз гуноҳони кабира ва тавба аз онон маҳдуд шудааст, Худованд мефармояд: "[Эй муъминон] Агар аз гуноҳони бузурге, ки аз он наҳй шудаед, дурӣ кунед, гуноҳон [-и сағиратон]-ро аз шумо мезудоем ва шуморо дар ҷойгоҳи шоистаи [биҳишт] ворид мекунем". (Сураи Нисо: 31)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/6263</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ</t>
+    <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
   </si>
   <si>
     <t>Ҳар кас ду ояти охири сураи Бақараро дар шаб бихонад, барояш басанда аст</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
   </si>
   <si>
     <t>Аз Абумасъуд (Худованд аз ӯ розӣ бод) омадааст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ҳар кас ду ояти охири сураи Бақараро дар шаб бихонад, барояш басанда аст".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар доданд, ки ҳар кас ду ояти охири сураи Бақараро дар шаб бихонад, Худованд бадиҳоро аз ӯ дур мекунад. Ҳамчунин ворид шудааст, ки дар ивази намози шаб хондан барояш кифоят мекунад, ва гуфта шудаст: барояш дар ивази хондани дигар зикрҳо басанда аст, ва гуфтаанд: ин камтарин миқдор аз Қуръон аст, ки барои қиёми шаб кифоят мекунад. Ақволи дигар низ дар ин маврид ворид шудааст ва шояд ҳама ончи зикр шуд дуруст ва ҳама шомили як лафзанд.</t>
   </si>
   <si>
     <t>بيان فضل أواخر سورة البقرة، وهي من قوله تعالى : (آمن الرسول ...)  إلى آخر السورة.
 أواخر سورة البقرة تدفع عن صاحبها السوءَ والشرَّ والشيطانَ إذا قرأها من الليل.
 الليلة تبدأ بغروب الشمس، وتنتهي بطلوع الفجر.</t>
   </si>
   <si>
     <t>Баёни фазилати оятҳои охири сураи Бақара, ки оғоз аз (Омана расулу....) то охири сура аст.
 Охири сураи Бақара, агар дар шаб хонда шавад, хонандаашро аз бадӣ ва шарри шайтон дур месозад.
 Шаб аз ғуруби офтоб оғоз ёфта бо тулӯъи он поён меёбад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/6274</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا</t>
+    <t>من قرأ حرفا من كتاب الله فله به حسنة، والحسنة بعشر أمثالها</t>
   </si>
   <si>
     <t>Ҳар кас як ҳарф аз Қуръон бихонад, барояш як ҳасана аст ва ҳар ҳасана даҳ баробари он аст</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا، لَا أَقُولُ {الم} حَرْفٌ، وَلَكِنْ {أَلِفٌ} حَرْفٌ، وَ{لَامٌ} حَرْفٌ، وَ{مِيمٌ} حَرْفٌ».</t>
   </si>
   <si>
     <t>Аз Абдуллоҳ ибни Масъуд (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ҳар кас як ҳарф аз Қуръон бихонад, барояш як ҳасана аст ва ҳар ҳасана даҳ баробари он аст, ман намегӯям: (алиф, лом, мим), як ҳарф аст, балки алиф як ҳарф, лом як ҳарф ва мим як ҳарф аст".</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم أنَّ كلَّ مسلمٍ يقرأ حرفًا من كتاب اللّه فله به حسنة، ويُضاعَفُ له الأجرُ إلى عشَرةِ أمثالِه.
 ثم بَيَّنَ ذلك بقوله: (لا أقول "ألم" حرف، ولكن ألف حرف، ولام حرف، وميم حرف): فتكون ثلاثة فيها ثلاثون حسنة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармудаанд, ки ҳар мусалмоне, ки ҳарфе аз китоби Худо бихонад як ҳасана хоҳад гирифт ва савоби ӯ барояш то даҳчанд дода мешавад.
 Сипас онро баён фармуда гуфтанд: (Ман намегӯям «алиф лом мим» як ҳарф аст, балки алиф як ҳарф, лом як ҳарф ва мим як ҳарф аст). Пас он иборат аз се ҳарф аст, ки барояш сӣ савоб дода мешавад.</t>
   </si>
   <si>
     <t>الحث على الإكثار من تلاوة القرآن.
 للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
 سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
 فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
   </si>
   <si>
     <t>Ташвиқ ба зиёд тиловат кардани Қуръон.
 Барои тиловат кардани ҳар як ҳарфе аз Қуръон як ҳасана аст, ки ҳар ҳасана баробар аст ба даҳ ҳасана.
 Вусъати фазл ва раҳмати Худованд, ки подоши бандагони некӯкорро чанд баробар медиҳад.
 Фазилат ва бартарии Қуръон бар дигар суханон, зеро он сухани Худованд ва хондани он ибодат аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/6275</t>
   </si>
   <si>
-    <t>إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ</t>
+    <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>Ҳар ки бо дӯсте аз дӯстони ман душманӣ варзад, ман бо ӯ ҷанг эълон кардаам. Ва бандаам бо чизе ба ман наздик нашудааст, ки барои ман маҳбубтар аз он чи бар ӯ фарз кардаам, бошад</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
+  </si>
+  <si>
+    <t>Аз Абуҳурайра (разияллоҳу анҳу) ривоят аст, ки гуфт: Расули Аллоҳ (Саллалоҳу алайҳи ва саллам) фармуданд: "Дар ҳақиқат Аллоҳ Таъоло фармуд: Ҳар ки бо дӯсте аз дӯстони ман душманӣ варзад, ман бо ӯ ҷанг эълон кардаам. Ва бандаам бо чизе ба ман наздик нашудааст, ки барои ман маҳбубтар аз он чи бар ӯ фарз кардаам, бошад. Ва бандаам ҳамвора бо нафлҳо ба ман наздики меҷӯяд, то ин ки дӯсташ бидорам ва чун дӯсташ доштам, ман гӯши ӯ мешавам, ки бо он мешунавад ва чашми ӯ мешавам, ки бо он мебинад ва дасти ӯ мешавам, ки бо он мегирад ва пойи ӯ мешавам, ки бо он роҳ меравад. Ва агар аз ман бихоҳад, қатъан, ба ӯ ато хоҳам кард ва агар аз ман паноҳ бихоҳад, ӯро паноҳ хоҳам дод. Ва дар ҳеҷ коре, ки анҷомаш медиҳам, ба андозаи гирифтани ҷони муъмин тараддуд накардаам, ӯ маргро намеписандад ва ман ҳам озори ӯро намеписандам".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
+مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
+وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
+فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
+ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Саллалоҳу алайҳи ва саллам) дар ҳадиси қудсӣ хабар додааст, ки Аллоҳ Таъоло мефармояд: Ҳар ки дӯсте аз дӯстони манро озор диҳад ва ӯро хашмгин кунад ё аз ӯ кина ба дил гирад, Ман бо ӯ эълони душманӣ кардаам.
+Валӣ: Муъмини солеҳ ва парҳезгор аст ва ҳар чи қадар банда аз имон ва тақво бархурдор бошад, ҳамон қадар аз вилояти Аллоҳ баҳраманд хоҳад шуд. Ва мусалмон бо чизе ба Парвардигораш наздик нашудааст, ки назди Парвардигор маҳбубтар аз анҷоми фарзҳояш ва тарки ҳаромҳояш бошад. Ва банда ҳамвора бо анҷом додани нафлҳо бо ҳамроҳии фарзҳояш ба Парвардигораш наздиктар мешавад, то ин ки муҳаббати Аллоҳро ба даст орад. Чун Аллоҳ ӯро дӯст бидорад, ӯро дар ин чаҳор узваш тавфиқи кори дуруст медиҳад:
+Дар шунавоияш ӯро тавфиқ медиҳад, пас танҳо чизеро мешунавад, ки Аллоҳ аз он розӣ аст.
+Ва дар биноияш ӯро тавфиқ медиҳад, пас танҳо чизеро мебинад, ки Аллоҳ онро дӯст медорад ва меписандад.
+Ва дар дасташ тавфиқ медиҳад, пас бо дастонаш танҳо кореро мекунад, ки сабаби розигии Аллоҳ аст.
+Ва дар пояш тавфиқ медиҳад, бинобар ин танҳо ҷое меравад, ки Аллоҳ розӣ аст, ва қадам намезанад, магар дар корҳои хайр.
+Ва бо ин ҳама, агар аз Аллоҳ чизе бихоҳад, барояш ато мекунад. Бинобар ин, мустаҷобуддуо мешавад. Ва агар ба Аллоҳ паноҳ бибарад, ӯро паноҳ медиҳад ва аз он чи метарсад дар амон медорад.
+Сипас Аллоҳ Таъоло фармуд: Дар чизе тараддуд накардам, магар дар гирифтани ҷони муъмин, аз рӯйи раҳмат ба ӯ, зеро муъмин маргро дӯст надорад ва Аллоҳ дарди муъминро намеписандад.</t>
+  </si>
+  <si>
+    <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
+النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
+الأمر بمعاداة أعداء الله وتحريم موالاتهم.
+مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
+تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
+مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
+الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
+  </si>
+  <si>
+    <t>Ин ҳадисро Паёмбар (Саллалоҳу алайҳи ва саллам) аз Парвардигораш ривоят кардааст ва онро ҳадиси қудсӣ ё ҳадиси илоҳӣ меноманд. Ҳадисе аст, ки лафз ва маънояш аз сӯи Аллоҳ аст, вале хусусияти Қуръонро надорад ва хондани лафзаш монанди Қуръон ибодат нест ва барои хонданаш вузӯ гирифтан лозим нест. Ва монанди Қуръон дигаронро барои монанди он овардан ба чолиш нахондааст ва муъҷиза нест ва ғайра.
+Наҳйи аз озор расондан ба дӯстони Аллоҳ ва ташвиқ ба муҳаббати онон ва эътироф ба фазилаташон.
+Амр ба душманӣ бо душманони Аллоҳ ва таҳрими дӯстӣ бо онон.
+Касе даъвои дӯстӣ ва вилояти Аллоҳро кунад, аммо аз шариати Ӯ пайравӣ накунад, иддиояш дурӯғ аст.
+Вилояти илоҳӣ ва дӯстии Ӯ бо анҷом додани воҷибот ва тарки ҳаромҳояш ба даст меояд.
+Яке аз сабабҳои муҳаббати Аллоҳ ба бандааш ва иҷобати дуои ӯ, анҷом додани нафлҳо баъд аз ба ҷо овардани фарзҳо ва тарки ҳаромҳо аст.
+Ин ҳадис нишондиҳандаи шаъну шараф ва бартарии авлиёи Аллоҳ ва баландии мартабаи онон аст.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/6337</t>
+  </si>
+  <si>
+    <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>Агар мард ба қасди касби аҷр ба хонаводаи худ инфоқ кунад барояш садақа навишта мешавад</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Аз Абумасъуд (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Агар мард ба қасди касби аҷр ба хонаводаи худ инфоқ кунад барояш садақа навишта мешавад".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мефармояд, ки агар марде ба умеди касби подош ба хонаводаи худ, ки инфоқ бар онон бар худи ӯ воҷиб аст, ба монанди ҳамсар, падару модар, фарзандон ва ғайра ва аз Аллоҳ интизори савоби онро дорад, барояш подоши садақа хоҳад буд.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
     <t>Касби подош бо инфоқ кардан бар аҳли худ.
 Муъмин дар амали худ ризои Худованд ва аҷру подош аз Ӯ Таъолоро мехоҳад.
 Банда бояд ҳар амалеро бо нияти нек анҷом диҳад, аз ҷумла ҳангоми нафақа кардан ба хонаводаи худ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/6460</t>
   </si>
   <si>
-    <t>الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ</t>
+    <t>الإيمان بضع وسبعون أو بضع وستون شعبة، فأفضلها قول لا إله إلا الله، وأدناها إماطة الأذى عن الطريق</t>
   </si>
   <si>
     <t>Имон ҳафтоду чанд -ё шасту чанд- шоха дорад, ки болотарини он гуфтани "Ло илоҳа иллаллоҳ" ва кӯчактарини он дур кардани (чизҳои) зараррасон аз роҳ аст</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ، وَالْحَيَاءُ شُعْبَةٌ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Имон ҳафтоду чанд -ё шасту чанд- шоха дорад, ки болотарини он гуфтани "Ло илоҳа иллаллоҳ" ва кӯчактарини он дур кардани (чизҳои) зараррасон аз роҳ аст, ва ҳаё шохае аз имон аст".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ الإيمانَ شُعَبٌ وخِصَالٌ كثيرة، تشتمل على أعمالٍ واعتقاداتٍ وأقوالٍ.
 وأنَّ أعلى خِصال الإيمان وأفضلَها قول: «لا إله إلا الله»، عالمًا بمعناها، عاملًا بمقتضاها، مِن أنّ الله هو الإله الواحد الأحد المستحق للعبادة وحده دون ما سواه.
 وأن أقلَّ أعمال الإيمان هو تَنْحِيَةُ كلِّ ما يؤذي الناسَ في طرقاتِهم.
 ثم أخبر صلى الله عليه وسلم أنَّ الحياءَ مِن خِصال الإيمان، وهو خُلُقٌ يبعث على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармудаанд, ки имон дорои шоха ва вижагиҳои бисёре аст, ки шомил амалҳову эътиқодот ва гуфторҳост.
 Баландтарин ва беҳтарин вижагиҳои имон гуфтани "Ло илоҳа иллаллоҳ" бо донистани маъно ва амал кардан ба муқтазои он аст, яъне Аллоҳ ҳамон маъбуди ягонае аст, ки танҳо Ӯ шоистаи ибодат аст.
 Кӯчактарин шохаи имон аз роҳ дур кардани ҳар чизе аст, ки ба мардум зиён мерасонад.
 Сипас Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) баён намуданд, ки ҳаё аз вижагиҳои имон ва хислате аст, ки инсонро ба анҷоми амалҳои зебо ва тарк кардани зиштиҳо бармеангезад.</t>
   </si>
   <si>
     <t>الإيمان مراتب بعضها أفضل من بعض.
 الإيمان قول وعمل واعتقاد.
 الحياء من الله تعالى يقتضي: ألّا يراكَ حيث نهاك، وألّا يَفْقِدَكَ حيث أمرك.
 ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
   </si>
   <si>
     <t>Имон дараҷаҳое дорад, ки бархе беҳтар аз бархе дигар аст.
 Имон гуфтор, амал ва эътиқод аст.
 Ҳаё дар пешгоҳи Аллоҳ Таъоло ин аст, ки: аз ончи туро наҳй фармудааст бадур бошӣ ва дар баробари ончи амр фармудааст ҳозир бошӣ.
 Зикри адад инҷо ба маънои маҳдуд будани он нест, балки баёнгари бартар ва зиёд будани подоши амалҳои нек аст, зеро араб вақте як адади муайянро зикр кунанд манзурашон нафйи бештар аз он нест.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/6468</t>
   </si>
   <si>
-    <t>لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ</t>
+    <t>لا يبقين في رقبة بعير قلادة من وتر أو قلادة إلا قطعت</t>
   </si>
   <si>
     <t>Ҳар шутур, ки дар гардан ресмон ва гарданбанд дорад бурида шавад</t>
   </si>
   <si>
     <t>عن أبي بَشير الأنصاري رضي الله عنه: أَنَّهُ كَانَ مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي بَعْضِ أَسْفَارِهِ، قَالَ: فَأَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَسُولًا -وَالنَّاسُ فِي مَبِيتِهِمْ-: «لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ».</t>
   </si>
   <si>
     <t>Аз Абубашири Ансорӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки : Дар яке аз сафарҳо бо Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) буд ва Расули Аллоҳ дар ҳоле, ки мардум барои шабгузаронӣ ҷойгир шуда буданд касеро фиристод ва фармуд: "Ҳар шутур, ки дар гардан ресмон ва гарданбанд дорад бурида шавад".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أسفاره، والناسُ في مكان نومِهم الذي يَبِيْتُون فيه في رِحالِهم وخيامِهم، فأَرْسَلَ شخصًا إلى الناس يأمرهم بِقَطْع القَلَائد التي تُعَلَّق على البعير سواء كانت من الوَتَر -وَتَر القَوْس- أو من غيره كالجَرَس أو النعل، وذلك لأنهم كانوا يُقَلِّدونها حذرًا من العين، فأُمِرُوا بقطعها؛ لأنها لا تَرُدُّ عنهم شيئًا، وأنَّ النفعَ والضرَّ بيد الله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар яке аз сафарҳои худ, ки мардум дар хаймаҳои худ буданд, шахсеро назди онон фиристод то бигӯяд тамоми гарданбандҳои шутуронро, чи аз зиҳ (зиҳи камон) бошад ё зангӯла ва ё ҳатто наъл, бигиранд, зеро онҳо аз тарси чашм расидан ин амалро анҷом медоданд. Бинобарин дастур дода шуданд то ҳама онро қатъ кунанд, зеро он чашм ва зарарро дафъ намекунад, суд ва зиён ҳама ба дасти Аллоҳи ягона аст, ки Ӯро шарик нест.</t>
   </si>
   <si>
     <t>تحريم تعليق الأوتار والقلائد لجلب النفع أو دفع الضر؛ لأن ذلك من الشرك.
 ربط القلادة من غير الوتر إذا كان للزينة أو لقيادة الدابة أو لربطها به فلا بأس به.
 وجوب إنكار المنكر بحسب الاستطاعة.
 وجوب تعلق القلب بالله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Овехтани ресмону гарданбандҳо барои ҷалби манфиат ё дафъи зиён ҳаром аст, зеро он аз ҷумлаи ширкиёт аст.
 Бастани гарданбанд агар барои зиннат ё идора кардани ҳайвонот бошад боке надорад.
 Инкор кардани мункар ба андозаи тавон воҷиб аст
 Қалб бояд ба Худои ягона ва бешарик мутааллиқ ва вобаста бошад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/6761</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ</t>
+    <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
   </si>
   <si>
     <t>Ҳар касе "Ло илоҳа иллаллоҳ" гӯяд ва ончи ғайр аз Аллоҳ парастиш мешавад инкор кунад, мол ва хунаш ҳаром мешавад ва (боқӣ) ҳисобаш назди Аллоҳ аст</t>
   </si>
   <si>
     <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>Аз Ториқ ибни Ашими Ашҷаъӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт: "Ҳар касе "Ло илоҳа иллаллоҳ" гӯяд ва ончи ғайр аз Аллоҳ парастиш мешавад инкор кунад, мол ва хунаш ҳаром мешавад ва (боқӣ) ҳисобаш назди Аллоҳ аст".</t>
   </si>
   <si>
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мефармояд, ки ҳар кас бо забонаш "Ло илоҳа иллаллоҳ" бигӯяд ва гувоҳӣ диҳад, ки "Нест маъбуди барҳақ магар Аллоҳ" ва ончи ғайр аз Аллоҳ парастида мешавад, инкор кунад ва аз ҳама динҳо ҷуз Ислом безорӣ ҷӯяд, мол ва ҷонаш бар мусалмонон ҳаром аст ва ҷуз амали зоҳирӣ дигар амалҳои ӯ марбути мо бандагон нест, ҷон ва моли ӯ дар амон аст, магар инки муртакиби ҷиноят шавад, ки ба муқтазои аҳкоми Ислом муҷозоти ӯ лозим меояд.
 Ҳисоби ӯ дар қиёмат назди Аллоҳ аст, агар дар имонаш содиқ буд сазовори подош ва агар мунофиқ буд сазовори азоб аст.</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
     <t>Гуфтани "Ло илоҳа иллаллоҳ" ва инкори ҳар ончи ғайри Аллоҳ парастида мешавад, шарти ворид шудан ба Ислом аст.
 Мақсуд аз (Ло илоҳа иллаллоҳ) инкори ҳар чи ғайри Аллоҳ парастиш карда мешавад аст, ба монанди бутҳо, қабрҳо ва ғайра ва танҳо Худоро ибодат кардан аст.
 Касе танҳо Худоро ибодат кунад ва дар зоҳир пойбанд ба аҳкоми шариат бошад, бояд ба ҳоли худ гузошта шавад, магар инки аз ӯ хилофи ончи зикр шуд ошкор шавад.
 Мол, хун ва номуси мусалмон ҳаром аст, магар аз рӯи ҳақ.
 Қазоват дар дунё бар асоси зоҳир ва дар охират бар асоси ният ва мақсадҳост.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/6765</t>
   </si>
   <si>
-    <t>فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ</t>
+    <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>Ахлоқи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) Қуръон буд</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>Саъд ибни Ҳишом ибни Ъомир вақте назди Оиша (Худованд аз ӯ розӣ бод) даромад, гуфт: Эй модари муъминон манро аз ахлоқи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) бигӯ! Гуфт: Оё Қуръонро намехонӣ? Гуфт: бале мехонам, гуфт: Ахлоқи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) Қуръон буд.</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>Модари муъминон Оиша (Худованд аз ӯ розӣ бод) аз ахлоқи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) пурсида шуд, ӯ саволдиҳандаро бисёр ба як сухани фарогир, яъне Қуръони карим, ки тамоми сифоти комилро дар худ дорад, посух гуфтанд. Ҳазрати Оиша  гуфтанд, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ахлоқи Қуръонро дошт, ончи Қуръон амр фармудааст анҷом медод ва аз ончи наҳй кардааст дурӣ меҷуст, аз ахлоқи ӯ амал карда ба Қуръон ва пойбанд ба аҳкоми он буд, пойбанди тарбияти қуръонӣ буд ва ба амсолу қиссаҳои он эътибор медоданд.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>Ташвиқ ва тарғиб ба пайравӣ аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар қабули ахлоқи қуръонӣ.
 Ситоиши ахлоқи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ва инки ахлоқи неки ӯ аз нури ваҳй буд.
 Қуръон сарчашмаи тамоми ахлоқи нек аст.
 Ахлоқ дар Ислом тамоми дин, яъне анҷом додани дастурот ва дурӣ аз навоҳиро, фаро мегирад.</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
     <t>[رواه مسلم في جملة حديثٍ طويلٍ]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/8265</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ</t>
+    <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар ҳама ҳолат зикри Аллоҳро мекард</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>Аз Оиша (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар ҳама ҳолат зикри Аллоҳро мекард.</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>Модари муъминон Оиша (Худованд аз ӯ розӣ бод) ривоят мекунад, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) бисёр пойбанд ба зикри Аллоҳ буд ва дар ҳама замон ва макон Аллоҳро ёд мекард.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Таҳорат ва ё ғусл аз шартҳои зикри Аллоҳ Таъоло нест.
 Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) пайваста зикр менамуданд.
 Ташвиқ ба бисёр зикр кардани Аллоҳ Таъоло, чунончи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) менамуданд, магар дар мавориде, ки зикр дар он манъ шудааст, ба монанди ҳангоми қазои ҳоҷат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/8402</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ</t>
+    <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз қазаъ (тарошидани як қисме аз мӯи сар ва гузоштани қисмати дигар) наҳй фармуданд</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>Аз ибни Умар (Худованд аз он ду розӣ бод) омадааст: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз қазаъ (тарошидани як қисме аз мӯи сар ва гузоштани қисмати дигар) наҳй фармуданд.</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз тарошидани қисмате аз мӯи сар ва гузоштани қисмати дигар наҳй фармудааст.
 Инҷо мамнуъият танҳо барои мардон аст, чи хурдсол бошад ва ё бузургсол, аммо занонро иҷозат барои тарошидани сар нест.</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>Таваҷҷуҳи шариъати исломӣ ба намуди зоҳирии инсон.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/8914</t>
   </si>
   <si>
-    <t>تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ</t>
+    <t>تلك الكلمة من الحق يخطفها الجني فيقرها في أذن وليه قر الدجاجة، فيخلطون فيها أكثر من مائة كذبة</t>
   </si>
   <si>
     <t>Он як калимаи ҳақ аст, ки ҷин онро медуздад ва монанди қуд-қуди мурғ дар гӯши валии худ қарор медиҳад, сипас онҳо сад дурӯғи дигар дар атрофи он меафзоянд</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سَأَلَ أُنَاسٌ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْكُهَّانِ، فَقَالَ لَهُمْ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسُوا بِشَيْءٍ» قَالُوا: يَا رَسُولَ اللهِ، فَإِنَّهُمْ يُحَدِّثُونَ أَحْيَانًا بِالشَّيْءِ يَكُونُ حَقًّا، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ».</t>
   </si>
   <si>
     <t>Аз Оиша (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Бархе аз мардум аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар бораи фолбинон пурсиданд ва Расули Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Онҳо чизе нестанд". Гуфтанд: эй Расули Худо! Гоҳо онон чизе мегӯянд, ки он рух медиҳад. Расули Аллоҳ (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Он як калимаи ҳақ аст, ки ҷин онро медуздад ва монанди қуд-қуди мурғ дар гӯши валии худ қарор медиҳад, сипас онҳо сад дурӯғи дигар дар атрофи он меафзоянд".</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الذين يُخبِرون عن المُغيبات في المستقبل، فقال: لا تَعْبَؤُوا بهم، ولا تأخذوا بكلامهم، ولا يَهُمّكم أمرُهم. 
 فقالوا: إنَّ قولَهم يوافِقُ الواقع في بعض الأحيان، كما لو أخبروا عن وقوعِ أمرٍ غيبيٍّ في شهر كذا في يوم كذا، فإنه يقع على وفق قولهم.
 فقال صلى الله عليه وسلم: إنَّ الجنَّ يَخْطَفُون ما يَسمعونه من خبر السماء، فيَنزلون إلى أوليائهم من الكهان فيخبرونهم بما سمعوا، ثم يُضيفُ الكاهِنُ إلى هذا الذي سمعه من السماء مائةَ كذبة.</t>
   </si>
   <si>
     <t>Аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар мавриди касоне ки аз ғайб ва ончи дар оянда рух медиҳад хабар медиҳанд (яъне фолбинон), пурсида шуд, фармуданд: ба онон аҳамият надиҳед, гуфтаҳои онҳоро қабул накунед ва он ба шумо ҳеҷ дахл надорад.
 Гуфтанд: гоҳо ончи мегӯянд мутобиқ бо воқеият аст, монанди дар фалон рӯз ва дар фалон моҳ рух додани кори ғайбиеро мегӯянд ва ҳамон гуна, ки гуфтанд воқеъ мешавад.
 Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: ҷинҳо хабари осмониро мешунаванд ва онро рабуда ба назди авлиёи худ, ҳамон фолгирон, фурӯд меоянд ва ба онҳо мерасонанд ва фолгирон атрофи он хабар сад дурӯғи дигар меафзоянд.</t>
   </si>
   <si>
     <t>النهي عن تصديق الكُهَّان، وأن ما يقولونه كذب واختلاق ،وإنْ صَدق في بعض الأحيان.
  حُفظت السماء من الشياطين ببعثة النبي صلى الله عليه وسلم أن تسمع شيئًا من الوحي أو غيره إلا من استرق السمع وسَلِمَ من الشهب.
 الجِن يَتَّخذون لهم أولياء من الإنس.</t>
   </si>
   <si>
     <t>Бовар кардан ба фолгирон наҳй шудааст, ҳарчи онҳо мегӯянд дурӯғ ва бофта аст, агарчи гоҳо дуруст ояд.
 Осмон пас аз биъсати Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз шайтонҳо ва шунидани ваҳй аз ҷониби онҳо ҳифз шудааст, магар шайтонҳое, ки дуздона гӯш кунанд ва аз исобати шаҳобҳо ҷон ба саломат баранд.
 Ҷинҳо аз миёни мардум барои худ дӯст интихоб мекунанд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/8918</t>
   </si>
   <si>
-    <t>كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ</t>
+    <t>كنا عند عمر فقال: نهينا عن التكلف</t>
   </si>
   <si>
     <t>Мо назди Умар будем ва ӯ гуфт: мо аз такаллуф наҳй шудаем</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
     <t>Аз Анас (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Мо назди Умар будем ва ӯ гуфт: мо аз такаллуф наҳй шудаем.</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>Умар (Худованд аз ӯ розӣ бод) хабар медиҳад, ки Расули Худо (Салому дуруди Аллоҳ бар ӯ бод) ононро аз ҳар ончи такаллуф (машаққат ва сахтӣ) меорад, бидуни онки ниёзе ба он бошад, чи дар гуфтор ва чи дар амал, наҳй фармуданд.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>Аз ҷумлаи такаллуфот, ки наҳй шудааст иборатанд аз:, пурсишҳои зиёд, дар ончи илм ва огоҳӣ надорад худро ба таклиф андохтан ва ё сахтгир будан дар коре, ки Худо барояш осон кардааст.
 Мусалмон бояд худро ба мудоро ва адами машақатоварӣ дар амалу кирдор, яъне дар хӯрдану ошомидан, дар гуфтор ва дар тамоми ҳолатҳои зиндагӣ, одат диҳад.
 Ислом дини осонӣ аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/8945</t>
   </si>
   <si>
-    <t>مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ</t>
+    <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>Касе содиқона ва аз қалб гувоҳӣ диҳад, ки нест маъбуди барҳақ ҷуз Аллоҳ ва Муҳаммад фиристодаи Аллоҳ аст, Худованд оташи дӯзахро бар ӯ ҳаром мегардонад</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
     <t>Аз Анас ибни Молик, (Худованд аз ӯ рози бод) омадааст: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) бар маркабе савор ва Муъоз пушти ӯ нишаста буд, гуфт: "Эй Муъоз ибни Ҷабал" Гуфт: бале эй Расули Худо дар хидматат ҳастам. Гуфт: "Эй Муъоз" Муъоз гуфт: бале эй расули Худо дар хидматат ҳастам ва инро се маротиба такрор намуданд. Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Касе содиқона ва аз қалб гувоҳӣ диҳад, ки нест маъбуди барҳақ ҷуз Аллоҳ ва Муҳаммад фиристодаи Аллоҳ аст, Худованд оташи дӯзахро бар ӯ ҳаром мегардонад". Муъоз гуфт: оё ин муждаро ба мардум бирасонам? Паёмбари Худо фармуд:" онҳо дигар бар ин такя мекунанд". Муъоз ин ҳадисро ҳангоми вафот аз тарси мабодо инки (барои пинҳон кардани илм) гунаҳгор шавад, гуфтааст.</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
     <t>Муъоз ибни Ҷабал (Худованд аз ӯ розӣ бод) пушти Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) савор буд ва Паёмбари Худо ба ӯ гуфт: эй Муъоз! Ва инро се бор такрор фармуданд, ки такрори ин қавл инҷо бинобар таъкид ва аҳамияти ончи мегуядро дорад.
 Муъоз (Худованд аз ӯ розӣ бод) посухи ҳар се пурсишро ин гуна ҷавоб доданд: "Лаббайка ё Расулаллоҳ ва саъдайка" (Пай дар пай ба ту ҷавоб мегӯям эй Расули Худо ва барои ту хушӣ хоҳонам).
 Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: Ҳар касе содиқона ва аз қалб гувоҳӣ диҳад, ки ҳеҷ маъбуди бар ҳақ ҷуз Аллоҳ нест ва Муҳаммад фиристодаи Ӯ Таъоло аст, ва бар ин бовар бимирад Худованд оташи дӯзахро бар ӯ ҳаром мегардонад.
 Муъоз (Худованд аз ӯ розӣ бод) аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) иҷозат хост, ки оё ин муждаи некро ба мардум бирасонад?
 Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) бим аз он дошт, ки мабодо мардум такя бар ин мужда намуда танбалӣ кунанд ва амалашон кам шавад.
 Муъоз то замони пеш аз марги худ онро ба касе нагуфт, аммо бинобар тарс аз афтодан ба гуноҳи китмони илм онро ошкор кард.</t>
   </si>
   <si>
     <t>تواضع النبي صلى الله عليه وسلم في إردافه معاذًا خلفه على دابته.
 طريقة تعليم النبي صلى الله عليه وسلم، حيث كرر المناداة لمعاذ ليَشُدَّ انتباهَه لِمَا سيقول.
 من شروط شهادة: أن لا إله إلا الله وأن محمدًا رسول الله أنْ يكون قائلها صادقًا متيقنًا غير كاذب أو شاك.
 أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
 فضل الشهادتين لمن قالها صادقًا.
 جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
   </si>
   <si>
     <t>Савор кардани Муъоз пушти сари худ аз нишонаҳои тавозуъи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аст.
 Равиши Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар таълим, яъне чанд маротиба садо ва хитоб кардани ӯ, то таваҷҷуҳи ӯро ба ончи мегӯяд ҷалб кунад.
 Аз ҷумлаи шартҳои калимаи шаҳодат бо яқин ва аз қалб гуфтани "Ло илоҳа иллаллоҳ ва анна Муҳаммадан Расулуллоҳ" аст.
 Аҳли тавҳид ҳамеша дар оташи дӯзах нахоҳанд буд, агар ба сабаби гуноҳон вориди он шаванд пас аз пок шудан берун карда мешаванд.
 Фазилати шаҳодатайн барои касе ки онро содиқона ба забон меоварад.
 Нагуфтани ҳадис дар баъзе аз маворид, ки боиси фасод шавад ҷоиз аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/10098</t>
   </si>
   <si>
-    <t>يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ</t>
+    <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>Худованди Мутаъол ҳар шаб, дар сеяки охири он</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Худованди Мутаъол ҳар шаб, дар сеяки охири он, ба осмони дунё фурӯд меояд ва мефармояд: "Чӣ касе Маро мехонад то ӯро иҷобат кунам? Кӣ аз Ман талаб мекунад то ба ӯ ато кунам? Чӣ касе аз Ман омӯрзиш мехоҳад то ӯро биёмурзам?"</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мефармояд, ки Худованди мутаъол ҳар шаб, дар сеяки охири он, ба осмони дунё фурӯд меояд ва бандагонро ташвиқ мекунад, ки Ӯро дуо кунанд, зеро ҳар касе Ӯро дуо кунад, дуояшро иҷобат мекунад, ва ононро ташвиқ мекунад, ки ҳарчи мехоҳанд аз Ӯ талаб кунанд, зеро ҳар касе аз Ӯ талаб кунад ба ӯ ато мекунад, аз онон мехоҳад, ки аз Ӯ талаби омӯрзиш кунанд, зеро Ӯ бандагони мӯъмини худро мавриди мағфират ва омӯрзиш қарор медиҳад.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>Фазилати сеяки охири шаб ва намозу дуо ва истиғфор дар он.
 Вақте банда ин хадисро мешунавад бояд талош кунад то аз вақтҳои қабули дуо истифода кунад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/10412</t>
   </si>
   <si>
-    <t>لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا</t>
+    <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>Бар қабрҳо нанишинед ва ба сӯи онҳо намоз нагузоред</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>Аз Абумарсади Ғанавӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Бар қабрҳо нанишинед ва ба сӯи онҳо намоз нагузоред".</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз нишастан бар қабрҳо наҳй фармуданд.
 Ҳамчунин аз намоз хондан ба сӯи қабрҳо наҳй фармуданд, яъне қабр дар тарафи қиблаи намозгоҳ бошад, зеро он яке аз василаҳои ширк аст.</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
   <si>
     <t>Намоз хондан дар қабристон ё миёни қабрҳо ва ё ба сӯи қабрҳо наҳй шудааст, магар намози ҷаноза, ки бо суннат собит аст.
 Манъи намоз ба сӯи қабрҳо, бинобар ҷилавгирӣ аз расидан ба ширк аст.
 Ислом зиёдаравӣ дар мавриди қабрҳо ва беэҳтиромӣ нисбати онро манъ кардааст, пас на ифрот (зиёдаравӣ) шавад ва на тафрит (бепарвоӣ).
 Ҳурмати мусалмон ҳамоно пас аз маргаш низ боқист, чунончи Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) мефармояд: (Шикастани устухони мурда монанди шикастани он дар ҳоли зинда буданаш аст).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/10647</t>
   </si>
   <si>
-    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي</t>
+    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) миёни ду саҷда мегуфт: "Худоё бар ман мағфират кун ва бар ман раҳм кун ва бар ман офият бибахш ва манро ҳидоят кун ва бар ман ризқу рӯзи ато фармо</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>Аз ибни Аббос (Худованд аз он ду розӣ бод) ривоят аст, ки: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) миёни ду саҷда мегуфт: "Худоё бар ман мағфират кун ва бар ман раҳм кун ва бар ман офият бибахш ва манро ҳидоят кун ва бар ман ризқу рӯзи ато фармо".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар миёни ду саҷда ин панҷ дуо, ки мусалмон ба он бисёр ниёз дорад ва хайри дунё ва охиратро фаро мегирад,  мегуфтанд, ки иборатанд аз: талаби мағфират, пӯшонидани гуноҳон ва гузашт аз онҳо, талаби раҳмат, офият аз ҳавасу шубҳаҳо ва беморию дардҳо, талаби ҳидоят аз Худованд ва устуворӣ дар он, талаби илму имон ва амали нек ва моли ҳалол ва покиза.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Машруъияти ин дуо дар байни ду саҷда.
 Фазилати ин дуоҳо, ки шомили хайр дар дунё ва охират ҳастанд.</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
     <t>[حسن بشواهده]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/10930</t>
   </si>
   <si>
-    <t>اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ</t>
+    <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>Аллоҳумма Анта Салом ва минка салом, таборакта зул-ҷалоли вал-икром</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>Аз Савбон (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Расули Аллоҳ (Худованд аз ӯ розӣ бод) чун аз намоз фориғ мешуд се бор истиғфор намуда сипас мегуфт: "Аллоҳумма Анта Салом ва минка салом, таборакта зул-ҷалоли вал-икром" Валид мегӯяд: аз Авзоъӣ пурсидам: истиғфор чигуна аст? Гуфт: бигу: Астағфируллоҳ, астағфируллоҳ.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>Ҳар вақт Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз намоз берун мешуд, мегуфт: Астағфируллоҳ, астағфируллоҳ, астағфируллоҳ. (Яъне аз Худо омӯрзиш металабам)
 Сипас бо гуфтани "Бор илоҳо! Ту (аз ҳар айбу нуқсон) солим ҳасти ва саломати аз сӯйи Ту аст, бо баракат ҳастӣ эй соҳиби карам ва азамат" Худовандро ба бузургӣ ёд менамуд. Худованд дар сифоти худ комил ва аз ҳар айб ва нуқс муназзаҳ аст, танҳо аз Ӯ Таъоло аз шарри дунё ва охират амон мехоҳем, Ӯ Таъоло соҳиби азамат ва эҳсон аст, ки ба неъматҳояш дар ҳарду ҷаҳон ба афзунӣ бахшидааст.</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
   <si>
     <t>Астағфируллоҳ гуфтан пас аз ҳар намоз ва мунтазам анҷом додани он мустаҳаб аст.
 Истиғфор барои  комил кардани ноқисиҳо дар ибодат ва ҷуброни (кӯтоҳиҳо дар) тоат ва тақсир дар он мустаҳаб аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/10947</t>
   </si>
   <si>
-    <t>صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ</t>
+    <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>Истода намоз бигзор, агар наметавонӣ нишаста ва агар наметавонӣ ба паҳлу</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>Аз Имрон ибни Ҳусайн (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Ман бавосир доштам ва аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар бораи намоз пурсидам ва Паёмбари Худо фармуд: "Истода намоз бигзор, агар наметавонӣ нишаста ва агар наметавонӣ ба паҳлу".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён намудаанд, ки асос дар намоз истода хондан аст, магар дар ҳолати нотавонӣ, ки нишаста намоз мехонад ва агар тавони онро ҳам надошта бошад пас ба паҳлу намозро адо кунад.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>То замоне ки ақли инсон собит аст намоз аз ӯ соқит намегардад, ӯ мувофиқи тавон, яъне агар тавони истодан дар ӯ набошад нишаста ва агар тавони онро ҳам надошта бошад ба паҳлу намози худро мегузорад.
 Аз лутф ва осониҳои Ислом ин аст, ки банда ба ҳар гуна, ки тавони адои ибодатро дорад анҷом медиҳад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/10951</t>
   </si>
   <si>
-    <t>هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ</t>
+    <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>Оё нидои намоз (азон)-ро мешунавӣ?" Гуфт: Бале. Паёмбари Худо фармуд: пас иҷобат кун</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Марди нобиное назди Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) омад ва гуфт: эй Расули Худо (Салому дуруди Аллоҳ бар ӯ бод) ман роҳнамо надорам то манро ба масҷид бирасонад ва аз Расули Худо (Салому дуруди Аллоҳ бар ӯ бод) иҷоза хост то намозашро дар хона гузорад, Паёмбари Худо ба ӯ иҷоза дод, ва чун хост биравад ӯро нидо кард ва гуфт: "Оё нидои намоз (азон)-ро мешунавӣ?" Гуфт: Бале. Паёмбари Худо фармуд: пас иҷобат кун".</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>Марди нобиное назди Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) омад ва гуфт: эй Расули Худо (Салому дуруди Аллоҳ бар ӯ бод) касе надорам маро дар намозҳои панҷгона ба масҷид барад ва ӯ мехост Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ӯро иҷозат диҳад то намозҳоро дар хона гузорад. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) чун ӯро иҷозат дод ва мехост аз онҷо мунсариф шавад, Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ӯро садо кард ва гуфт: оё азонро мешунавӣ? Гуфт бале. Фармуданд: Пас нидои ба сӯи намоз (азон)-ро иҷобат кун.</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>Намози ҷамоат воҷиб аст ва рухсат танҳо барои чизҳои бисёр лозим ва изтирорӣ буда метавонад.
 Фармудаи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) "Иҷобат кун" далолат ба вуҷуби намози ҷамоат барои касоне дорад, ки азонро мешунаванд, зеро асос дар амр воҷиб аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/11287</t>
   </si>
   <si>
-    <t>عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ</t>
+    <t>علمنا رسول الله صلى الله عليه وسلم خطبة الحاجة</t>
   </si>
   <si>
     <t>Расули Худо (Салому дуруди Аллоҳ бар ӯ бод) хутбаи ҳоҷатро ба мо омӯхт</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ: إِنَّ الحَمْدَ للهِ، نَسْتَعِيْنُهُ وَنَسْتَغْفِرُهُ، وَنَعُوْذُ بِهِ مِنْ شُرُوْرِ أَنْفُسِنَا، مَنْ يَهْدِ اللهُ فَلَا مُضِلَّ لَهُ، وَمَنْ يُضْلِلْ فَلَا هَادِيَ لَهُ، وَأَشْهَدُ أَنْ لَا إِلَهَ إِلَّا الله، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُوْلُهُ، {يَا أَيُّهَا النَّاسُ اتَّقُوا رَبَّكُمُ الَّذِي خَلَقَكُمْ مِنْ نَفْسٍ وَاحِدَةٍ وَخَلَقَ مِنْهَا زَوْجَهَا وَبَثَّ مِنْهُمَا رِجَالًا كَثِيرًا وَنِسَاءً وَاتَّقُوا اللَّهَ الَّذِي تَسَاءَلُونَ بِهِ والأرحام إن الله كان عليكم رقيبا} [النساء: 1]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ حَقَّ تُقَاتِهِ وَلَا تَمُوتُنَّ إِلَّا وَأَنْتُمْ مُسْلِمُونَ} [آل عمران: 102]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ وَقُولُوا قَوْلًا سَدِيدًا (70) يُصْلِحْ لَكُمْ أَعْمَالَكُمْ وَيَغْفِرْ لَكُمْ ذُنُوبَكُمْ وَمَنْ يُطِعِ اللَّهَ وَرَسُولَهُ فَقَدْ فَازَ فَوْزًا عَظِيمًا} [الأحزاب:70 - 71].</t>
   </si>
   <si>
     <t>Аз Абдуллоҳ ибни Масъуд (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Расули Худо (Салому дуруди Аллоҳ бар ӯ бод) хутбаи ҳоҷатро ба мо омӯхт: Ҳамоно, ҳамду ситоиш аз они Аллоҳ аст, мо аз Ӯ ёрӣ ва омӯрзиш мехоҳем ва аз шарру бадии нафсҳоямон ба Ӯ паноҳ мебарем, Ҳар касеро Аллоҳ ҳидоят кунад, барои ӯ гумроҳкунандае нест ва ҳар киро Аллоҳ гумроҳ кунад, барояш ҳидояткунандае нест, ва гувоҳӣ медиҳам, ки нест илоҳи барҳақ магар Аллоҳ ва гувоҳӣ медиҳам, ки Муҳаммад бандаи Ӯ ва фиристодаи Ӯ Таъоло аст. (Эй мардум, аз Парвардигоратон парво кунед [битарсед], [ҳамон зоте] ки шуморо аз як тан офарид ва ҳамсарашро [низ] аз ӯ офарид ва аз [насли] он ду мардону занони бисёре пароканд. Ва аз Парвардигоре, ки ба [номи] Ӯ аз якдигар дархост мекунед, парво [тақво] намоед ва аз [гусастани] пайванди хешовандӣ бипарҳезед. Бе гумон, Аллоҳ Таъоло ҳамвора муроқиб [-у нигаҳбони] шумост.) (Сураи Нисо: 1). ( Эй касоне, ки имон овардаед, аз Аллоҳ Таъоло – он гуна ки шоистаи парво кардан [тарсидан] аз Ӯст – парво кунед [битарсед] ва ҷуз дар мусулмонӣ намиред) (Сураи Оли Имрон: 102)  (Эй касоне, ки имон овардаед, аз Аллоҳ Таъоло парво кунед ва сухани рост ва дуруст бигӯед [Парҳезгор ва ростгӯ бошед] то Аллоҳ Таъоло корҳоятонро ислоҳ кунад ва гуноҳонатонро биёмӯрзад ва [бидонед] ҳар кӣ аз Аллоҳ Таъоло ва Паёмбараш итоат кунад, яқинан ба комёбии бузурге даст ёфтааст. (Сураи Аҳзоб: 70 - 71)</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ибни Масъуд (Худованд аз ӯ розӣ бод) ривоят мекунад, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ба онҳо хутбаи ҳоҷатро омӯхт. Хутбаи ҳоҷат он аст, ки дар оғози суханронӣ дар хутбаҳо ва хутбаҳои мавриди ниёз, монанди хутбаи никоҳ ва хутбаи ҷумъа ва ғайра гуфта мешавад. Ин хутба дорои маъонии бузург аст, аз ҷумла баёни сазовор будани Аллоҳ Таъоло барои ҳамагуна ситоиш, ва танҳо аз Ӯ, ки ягона ва бидуни шарик аст талаби ёрӣ кардан, то Ӯ Таъоло гуноҳони моро бипӯшонад ва аз онҳо даргузарад ва аз ҳама бадиҳо, бадиҳои нафс ва ғайра ба Ӯ Таъоло паноҳ бибарем.
 Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд, ки ҳидоят ба дасти Аллоҳ аст, пас ҳар киро Ӯ Таъоло ҳидоят кунад, ӯро гумроҳкунанда нахоҳад буд ва ҳар киро гумроҳ кунад, ҳидояткунандае нахоҳад буд.
 Сипас аз шаҳодати тавҳид ёдовар шуданд, яъне "нест маъбуди барҳақ магар Аллоҳ" ва шаҳодати рисолат яъне "Муҳаммад банда ва фиристодаи Ӯ Таъолост"
 Паёмбари Худо ин хутбаро бо се ояти мазкур хотима бахшиданд, ки шомили тақво ва тарс аз Аллоҳ, бо анҷоми авомир ва дурӣ аз навоҳии Ӯ Таъоло ба қасди касби ризояти Аллоҳ Таъоло аст. Подоши ҳар кӣ чунин кард барояш гуфтору кирдори нек, омӯрзиши гуноҳон, зиндагии осоишта дар дунё ва дарёфти биҳишт дар охиратро хоҳад дошт.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Оғоз кардани хутбаҳои никоҳ, ҷумъа ва ғайра бо ин хутба мустаҳаб аст.
 Хутба бояд шомили ҳамду ситоиш ва шаҳодатайн ва бархе аз оятҳои қуръонӣ бошад.
 Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ба саҳобагон он чиро, ки дар динашон ба он ниёз доштанд, таълим медод.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
-[...2 lines deleted...]
-    <t>[رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد]</t>
+    <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/58060</t>
   </si>
   <si>
-    <t>‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ</t>
+    <t>اجتنبوا هذه القاذورة التي نهى الله عنها فمن ألم فليستتر بستر الله وليتب إلى الله، فإنه من يبد لنا صفحته نقم عليه كتاب الله عز وجل</t>
+  </si>
+  <si>
+    <t>Аз ин амали зишту палиди зино дурӣ кунед, ки Аллоҳ Таъоло аз он наҳй кардааст ва ҳар кас муртакиби он шуд, бояд онро чунон пӯшонад, ки Аллоҳ Таъоло пӯшонида аст ва ба сӯйи Аллоҳ Таъоло тавба кунад, ки агар гуноҳи касе бар мо ошкор гашт, ҳукми Қуръонро бар ӯ ҷорӣ хоҳем кард</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صلى الله عليه وسلم قَامَ بَعْدَ أَنْ رَجَمَ الْأَسْلَمِيَّ فَقَالَ: «اجْتَنِبُوا ‌هَذِهِ ‌الْقَاذُورَةَ الَّتِي نَهَى اللَّهُ عَنْهَا فَمَنْ أَلَمَّ فَلْيَسْتَتِرْ بِسِتْرِ اللَّهِ وَلْيُتُبْ إِلَى اللَّهِ، فَإِنَّهُ مَنْ يُبْدِ لْنَا صَفْحَتَهُ نُقِمْ عَلَيْهِ كِتَابَ اللَّهِ عز وجل».</t>
+  </si>
+  <si>
+    <t>Аз Абдуллоҳ ибни Умар (разияллоҳу анҳумо) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) баъд аз сангсор кардани Асламӣ бархост ва фармуд: "Аз ин амали зишту палиди зино дурӣ кунед, ки Аллоҳ Таъоло аз он наҳй кардааст ва ҳар кас муртакиби он шуд, бояд онро чунон пӯшонад, ки Аллоҳ Таъоло пӯшонида аст ва ба сӯйи Аллоҳ Таъоло тавба кунад, ки агар гуноҳи касе бар мо ошкор гашт, ҳукми Қуръонро бар ӯ ҷорӣ хоҳем кард".</t>
+  </si>
+  <si>
+    <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
+اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
+الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
+الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
+  </si>
+  <si>
+    <t>Ибни Умар (разияллоҳу анҳумо) хабар дод, ки Паёмбар (Саллалоҳу алайҳи ва саллам) баъд аз он ки Моъиз ибни Молики Асламӣ (разияллоҳу анҳу)-ро бо ҳадди зино сангсор кард, бархост ва ба мардум хутба хонд ва гуфт: Аз иртикоби ин амали зишту нописанди зино барҳазар бошед. Ва баён намуданд, ки ҳар ки муртакиби ин амали нописанд ва қабеҳ шавад, ки Аллоҳ Таъоло аз он наҳй кардааст, бояд ду корро анҷом диҳад: Якум: Гуноҳи худро пинҳон кунад, он чунон ки Худованд ӯро пинҳон кардааст ва гуноҳи худро ба касе хабар надиҳад. Дувум: Ин ки фавран дар назди Аллоҳ Таъоло тавба кунад ва дар гуноҳ исрор наварзад. Ва агар гуноҳи ӯ барои мо ошкор гардад, бар ӯ ҳад ва ҳукми муқарраркардаи Китоби Худовандро барои он гуноҳ иҷро хоҳем кард.</t>
+  </si>
+  <si>
+    <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
+الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
+وجوب اجتناب المعاصي، والتوبة منها.</t>
+  </si>
+  <si>
+    <t>Тарғибу ташвиқ ба ин ки бандаи гунаҳгор, гуноҳи худро пинҳон кунад ва байни худ ва Парвардигораш аз гуноҳаш тавба кунад.
+Агар ҳад ба ҳоким расид, бояд он ҳад иҷро шавад.
+Вуҷуби дурӣ аз гуноҳон ва тавба кардан аз онҳо.</t>
+  </si>
+  <si>
+    <t>رواه الحاكم والبيهقي</t>
+  </si>
+  <si>
+    <t>[رواه الحاكم والبيهقي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/58240</t>
+  </si>
+  <si>
+    <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
+  </si>
+  <si>
+    <t>Ҳар масткунандае май аст ва ҳар масткунанда ҳаром аст ва ҳар кас дар дунё май нӯшад ва дар ҳоли гирифтории он бимирад ва тавба накарда бошад, дар охират онро наменӯшад</t>
+  </si>
+  <si>
+    <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
+  </si>
+  <si>
+    <t>Аз Ибни Умар (разияллоҳу анҳумо) ривоят аст, ки Паёмбар (Саллаллоҳу алайҳи ва саллам) фармуданд: "Ҳар масткунандае май аст ва ҳар масткунанда ҳаром аст ва ҳар кас дар дунё май нӯшад ва дар ҳоли гирифтории он бимирад ва тавба накарда бошад, дар охират онро наменӯшад".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
+وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Саллаллоҳу алайҳи ва саллам) баён намуданд, ки ҳар чизе, ки ақли одамиро хира кунад ва аз байн бибарад майи масткунанда аст, чи нӯшиданӣ бошад, чи хурданӣ ва чи бӯйиданӣ ё навъҳои дигар. Аллоҳ Таъоло ҳар он чи ақлро аз байн бибарад ҳаром сохта ва аз он наҳй кардааст, кам бошад ё зиёд. Ва ҳар касе яке аз анвоъи ин масткунандаҳоро бинӯшад ва бар ин кор мудовимат дошта бошад ва тавба накарда бимирад, сазовори ҷазои илоҳӣ аст, ки аз нӯшидани он дар биҳишт маҳрум шавад.</t>
+  </si>
+  <si>
+    <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
+الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
+مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
+ الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
+  </si>
+  <si>
+    <t>Сабаби таҳрими май, масткунанда буданаш аст. Бинобар ин, ҳар чизе, ки маст кунад - аз ҳар ҷинсе бошад - ҳаром аст.
+Аллоҳ Таъоло майро ҳаром кардааст. Аз сабаби он ки дар он зарар ва бадиҳои бузург мавҷуд аст.
+Шароб нӯшидан дар биҳишт нишонаи ҳаловати комил ва саодати комил аст.
+Касе, ки дар дунё аз нӯшидани шароб даст накашад, Худованд ӯро дар биҳишт аз нӯшидани он маҳрум мекунад, пас подош аз ҷинси амал аст.
+Ташвиқ барои оғоз кардани тавба аз гуноҳҳон пеш аз марг.</t>
+  </si>
+  <si>
+    <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
+  </si>
+  <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/58259</t>
+  </si>
+  <si>
+    <t>بني الإسلام على خمس</t>
+  </si>
+  <si>
+    <t>Ислом бар панҷ асос бино ёфтааст</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Аз Абдуллоҳ ибни Умар (Худованд аз он ду розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ислом бар панҷ асос бино ёфтааст: Гувоҳӣ додан ба ин ки маъбуди барҳақе ҷуз Аллоҳ Таъоло нест ва ин ки Муҳаммад (Салому дуруди Аллоҳ бар ӯ бод) расул ва фиристодаи Худост, барпо доштани намоз, додани закот, ҳаҷҷи Хона ва рӯзаи Рамазон".</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
+وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
+والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
+والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
+والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
+والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) Исломро бо панҷ рукни он ба биное ташбеҳ кардааст, ки бар ин панҷ рукн устувор аст ва боқимонда вижагиҳои Ислом монанди комилкунандаҳои ин бино ҳастанд. Аввалини он рукнҳо, шаҳодатайн аст. Яъне, гувоҳӣ додан бар ин ки ҳеҷ илоҳи барҳаққе нест, ҷуз Аллоҳ ва ин ки Муҳаммад паёмбари Аллоҳ аст. Ва ин ду шаҳодат як рукнанд, ки аз якдигар ҷудо намешаванд. Банда бо эътироф ба ягонагии Аллоҳ ва сазовори ибодат будани Ӯ ба ягонагӣ ва дар ҳоле, ки ба муқтазои он амал мекунад ва ба паёмбарии Муҳаммад (Салому дуруди Аллоҳ бар ӯ бод) имон овардааст ва аз ӯ пайравӣ мекунад, ин (шаҳодатайн)-ро ба забон меорад. Рукни дуввум: Барпо доштани намоз аст. Ин рукн намозҳои панҷгонае, ки дар як шабонарӯз аст, монанди бомдод, пешин, аср, шом ва хуфтанро бо ҳама шартҳо, рукнҳо ва воҷиботашон дар бар мегирад. Рукни севум: Адо намудани закоти фарзӣ. Ин ибодати молии воҷибест, ки чун молу сарвати (шахси мусалмон) ба миқдори муайянкардаи шариат бирасад, (миқдори муайянкардаи шариатро гирифта) ба афроди мустаҳиқ дода мешавад. Рукни чаҳорум: Ҳаҷ, яъне сафар кардан ба Макка барои адои маросимҳои ҳаҷ, ба хотири ибодати Аллоҳ Таъоло. Рукни панҷум: Рӯзаи моҳи Рамазон. Даст кашидан аз хӯрдану нӯшидан ва дигар шиканандаҳои рӯза ба нияти ибодати Аллоҳ аз тулуи фаҷр то ғуруби офтоб.</t>
+  </si>
+  <si>
+    <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
+الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
+  </si>
+  <si>
+    <t>Ҷудонашаванда будани ин ду шаҳодат, ба шакле, ки яке аз онҳо бидуни дуввумӣ дуруст нест, бинобар ин ҳарду шаҳодат як рукн ҳисоб мешавад.
+Шаҳодатайн асоси дин ҳастанд, пас ҳеҷ сухане ва коре бидуни шаҳодатайн қабул намешавад.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/65000</t>
+  </si>
+  <si>
+    <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>Ҳар кӣ аз шумо кори зишт ва норавоеро дид, пас бояд онро бо дасташ бартараф созад, агар натавонад бо забонаш онро инкор кунад ва агар натавонад пас бо дилаш, ки он (инкор кардани бо дил) зинаи заъифтарини имон аст</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
-    <t>Аз Абусаиди Худрӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт: «Ҳар кӣ аз шумо кори зишт ва норавоеро дид, пас бояд онро бо дасташ бартараф созад, агар натавонад бо забонаш онро инкор кунад ва агар натавонад пас бо дилаш, ки он (инкор кардани бо дил) зинаи заъифтарини имон аст».</t>
+    <t>Аз Абусаиди Худрӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт: "Ҳар кӣ аз шумо кори зишт ва норавоеро дид, пас бояд онро бо дасташ бартараф созад, агар натавонад бо забонаш онро инкор кунад ва агар натавонад пас бо дилаш, ки он (инкор кардани бо дил) зинаи заъифтарини имон аст".</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар Ӯ бод)  ба бартараф кардани кори зишт ва нораво, ба андозаи тавон, дастур додаанд, ки он иборат аст аз ҳар чизе, ки Худованд ва паёмбараш наҳй фармудаанд. Шахси мусалмон вақте кори зишт ва норавоеро мебинад, бояд ба қадри тавон онро тағйир диҳад. Агар аз бо даст тағйир додани он оҷиз бошад, пас бо забон онро манъ кунад, ӯро аз паёмад ва зарарҳои мункарот огаҳ сохта дар ивази он ҳарчи барои банда барояш дар он хайр аст, ҳидоят фармояд. Пас агар аз боздоштани он бо забон ҳам оҷиз омад, онро бо дилаш инкор кунад, ба гунае, ки агар қудрат ва тавони тағйир ва ё боздоштани аз онро медошт, ба таври ҳатмӣ онро анҷом медод. Тағйир ё худ инкор кардани мункар бо дил заъифтарин мартабаи имон дар тағйир додани кори зишту нораво аст.</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
     <t>Ин ҳадис асл ва мабнои мароҳили тағйир додани мункарот аст.
 Дар ин ҳадис дастур ба наҳй аз мункарот, ва ба таври тадриҷӣ тағйир доданаш, ба андозаи тавони ҳар шахс аст.
 Наҳй аз мункар як боби муҳим дар дин аст, ки ҳар як фарди мусалмон ба андозаи тавон дар иҷрои он мукаллаф аст.
 Амри ба маъруф ва наҳйи аз мункар аз вижагиҳои имон аст, ва имон ҳам дар худ вижагии зиёд ва кам шуданро дорад.
 Яке аз шартҳои наҳй аз мункар донистани ҳукм ва чигуна мункар будани он аст.
 Ва аз шартҳои тағйир додани мункар ин аст, ки:  сабаби ба вуҷӯд омадани мункари бузургтар ва норавотар нагардад.
 Наҳй аз мункар дар худ одоб ва шартҳоеро дорад, ки шахси мусалмон бояд аз онҳо бохабар бошад.
 Инкор кардани мункар дар навбати худ ниёз ба зиракии шаръӣ ва илму фаҳмиш дорад.
 Инкор накардани мункар (ҳадди ақал) бо дил, нишонаи заъфи имони шахси мусалмон аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65001</t>
   </si>
   <si>
-    <t>مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ</t>
+    <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>Касе ки исломаш некӯ бошад - некӯӣ дар ислом ба  маънои пойбанд будан дар дин ва тарки гуноҳон аст - ба ончи дар замони ҷоҳилият анҷом додааст бозхост нахоҳад шуд, (баробар аст, ки гуноҳ кабира бошад, монанди зино ва куштор, ё аз гуноҳони сағира (хурд)). Ва касе дар ислом муртакиби кори баде шуд (ва аз динаш баргардад), барои ончи дар ҷоҳилият ва ҳам барои ончи пас аз ислом оварданаш муртакиб шудааст, бозхост хоҳад шуд</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>Аз ибни Масъуд (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Марде пурсид: Эй Расули Худо: Оё барои ончи дар замони ҷоҳилият анҷом додаем, пурсида хоҳем шуд? Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Касе ки исломаш некӯ бошад - некӯӣ дар ислом ба  маънои пойбанд будан дар дин ва тарки гуноҳон аст - ба ончи дар замони ҷоҳилият анҷом додааст бозхост нахоҳад шуд, (баробар аст, ки гуноҳ кабира бошад, монанди зино ва куштор, ё аз гуноҳони сағира (хурд)). Ва касе дар ислом муртакиби кори баде шуд (ва аз динаш баргардад), барои ончи дар ҷоҳилият ва ҳам барои ончи пас аз ислом оварданаш муртакиб шудааст, бозхост хоҳад шуд".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фазилат ва бузургии ислом пазируфтанро ин гуна баён медорад, ки ҳар касе ислом пазируфт, содиқона ва аз рӯи ихлос мусалмон шуд, аз ончи дар замони пеш аз ислом оварданаш муртакиб шудааст, пурсида нахоҳад шуд. Ва ҳар касе пас аз ислом пазируфтан кори баде анҷом дод, ба ин маъно ки мунофиқ бошад ё аз динаш баргардад, барои тамоми гуноҳони пеш аз ислом ва баъди мусалмон шуданаш бозхост ва ҷазо дода хоҳад шуд.</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>Нигаронӣ ва тарси саҳобагон (Худованд аз онҳо розӣ бод) аз амалҳое ки пеш аз ислом анҷом додаанд.
 Ташвиқ бар устуворӣ дар дин ва тарки гуноҳон.
 Аз фазилатҳои пазируфтани дини Ислом ин аст, ки тамоми гуноҳони гузашта бахшида мешаванд,
 аммо муртад (касе, ки аз дин баргаштааст) ва мунофиқ барои ҳама гуноҳоне, ки пеш аз Ислом ва баъди он анҷом додааст, бозхост ва муҷозот хоҳад шуд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65002</t>
   </si>
   <si>
-    <t>أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ</t>
+    <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>агар намозҳои фарз (намозҳои панҷгона)-ро ба ҷо орам, моҳи рамазонро рӯза бидорам, ҳалолро ҳалол ва ҳаромро ҳаром бидонам</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
     <t>Аз Ҷобир (Худованд аз ӯ розӣ бод) ривоят аст: марде аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) пурсид: оё ман  агар намозҳои фарз (намозҳои панҷгона)-ро ба ҷо орам, моҳи рамазонро рӯза бидорам, ҳалолро ҳалол ва ҳаромро ҳаром бидонам, ва бар он чизеро зиёд накунам, оё бароям басанда аст аз аҳли биҳишт бошам? Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: " Оре". Он мард гуфт: Қасам ба Аллоҳ чизеро бар он зиёд нахоҳам кард.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар ин ҳадиси муборак баён медорад, ки ҳар касе намозҳои панҷгонаро адо кунад, агарчи намозҳои нафлӣ нахонад, ва моҳи рамазонро рӯза дорад ва рӯзаи нафлӣ нагирад, ҳалолро ҳалол донад ва онро анҷом диҳад ва ҳаромро ҳаром донад ва аз он дурӣ ҷуяд, дохили ҷаннат хоҳад шуд.</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Мусалмон бояд дар анҷоми фароиз ва тарки амалҳои ҳаром шавқманд бошад ва ҳадаф аз он дохил шудан ба биҳишт бошад.
 Аҳамияти анҷом додани амали ҳалол ва муътақид будан бар онки он як амали ҳалол аст, ва ҳаром донистани амали ҳаром ва муътақид будан бар онки як амали ҳаром аст.
 Адои воҷибот ва тарки муҳаррамот сабаби дохил шудан ба биҳишт аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65003</t>
   </si>
   <si>
-    <t>الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ</t>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
     <t>Покӣ нисфи имон аст, ва "Алҳамду лиллоҳ" тарозуро пур мекунад, ва "Субҳонал-лоҳи" ва "Алҳамду лиллоҳи" миёни осмон ва заминро</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
-    <t>Аз Абумолики Ашъарӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: «Покӣ нисфи имон аст, ва "Алҳамду лиллоҳ" тарозуро пур мекунад, ва "Субҳонал-лоҳи" ва "Алҳамду лиллоҳи" миёни осмон ва заминро пур мекунанд. Намоз нур аст, садақа бурҳон аст, сабр равшанӣ аст ва Қуръон далел (ҳуҷҷат)-е аст барои ту ё бар алайҳи ту. Ҳамаи мардум субҳ (аз хона) берун мешаванд, дар ҳоле ки нафси худро фурӯхтаанд, пас он (яъне нафси худ)-ро ё озод кардаанд ва ё ҳалок сохтаанд».</t>
+    <t>Аз Абумолики Ашъарӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Покӣ нисфи имон аст, ва "Алҳамду лиллоҳ" тарозуро пур мекунад, ва "Субҳонал-лоҳи" ва "Алҳамду лиллоҳи" миёни осмон ва заминро пур мекунанд. Намоз нур аст, садақа бурҳон аст, сабр равшанӣ аст ва Қуръон далел (ҳуҷҷат)-е аст барои ту ё бар алайҳи ту. Ҳамаи мардум субҳ (аз хона) берун мешаванд, дар ҳоле ки нафси худро фурӯхтаанд, пас он (яъне нафси худ)-ро ё озод кардаанд ва ё ҳалок сохтаанд".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
     <t>Паёмбар (Дуруду саломи Аллоҳ бар ӯ бод) хабар медиҳад, ки таҳорат ва покии зоҳирӣ бо обдаст ва ғусл ба даст меояд, ки он худ яке аз шартҳои намоз аст. Инки Паёмбари Худо гуфтанд: "Алҳамду лиллоҳ тарозуро пур мекунад" сано гуфтан ба Парвардигор ва тавсифи Ӯ Таъоло ба сифатҳои камол аст, ки чун рӯзи қиёмат ба тарозу гузошта мешавад тарозуи аъмолро пур мекунад. Ва гуфтани "Субҳоналлоҳ ва Алҳамду лиллоҳ" ба маънои пок ва муназзаҳ донистани Худованд аз ҳамагуна нуқсон аст, ва васфи Ӯ Таъоло ба тамоми сифатҳои комил, ки танҳо сазовори бузургӣ ва ҷалоли Ӯст ва бо доштани муҳаббат ва бузургдошти Худованд, миёни осмон ва заминро пур мекунад. "Намоз нур аст" намоз барои банда нуре аст дар дил, дар чеҳра, дар қабр ва дар рӯзи қиёмат. "Садақа бурҳон аст", садақа далиле аст бар сидқи имони муъмин ва тафовути ӯ аз мунофиқ, ки аз садақа додан худро бозмедорад, зеро ба савоби он бовар надорад. Ва "Сабр равшанӣ аст" - яъне худдорӣ аз тарс ва норизоятӣ-  он нурест, ки бо худ гармӣ ва сӯзиш дорад, ҳамоно монанди нури офтоб, зеро он душвор аст ва ниёз ба худдорӣ аз хоҳишотро дорад. Аз инҷост, ки соҳибсабр ҳамеша дар равшанӣ ва дар роҳи дуруст аст. Сабр худ, собир будан дар тоъати Худованд ва дур будан аз маъсияти Ӯ Таъоло ва сабр дар мушкилот ва мусибатҳои дунявӣ аст. "Қуръон ҳуҷҷат барои (ба фоидаи) ту аст", яъне бо тиловат кардану амал кардан ба он. Ва "Ҳуҷҷат аст бар алайҳи ту" яъне тарк кардани тиловат ва амал накардан ба он. Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мефармояд, ки мардум ҳама аз хоб бедор шуда ба мақсади анҷоми корҳои худ аз хона берун мешаванд. Сипас бархе роҳи ростро интихоб намуда худро аз оташи дӯзах наҷот медиҳанд ва бархеи дигар аз роҳи рост мунҳариф гашта бо анҷоми гуноҳон худро сазовори дӯзах мегардонанд.</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>Таҳорат (покӣ) ду навъ аст: таҳорати зоҳирӣ, ки бо обдаст ва ғусл ба амал меояд ва таҳорати ботинӣ (дарунӣ), ки бо тавҳид, имон ва амали нек ба даст меояд.
 Аҳамияти пойбанд будан дар намозҳо, ки он дар дунё ва охират нуре барои банда хоҳад буд.
 Садақа нишонаи сидқи омин аст.
 Аҳамияти амал кардан ба Қуръон, то ҳуҷҷате барои ту бошад на бар алайҳи ту.
 Агар нафси худро ба тоъат машғул насозӣ, туро ба гуноҳ ва маъсият машғул хоҳад сохт.
 Ҳар як инсон бояд амал кунад, ё худро бо тоат ва ибодат кардан озод мекунад ё бо маъсияти кардан гирифтори азоб.
 Сабр таҳаммул ва истиқоматро тақозо мекунад, ки албатта сахтиҳо дарбар дорад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65004</t>
   </si>
   <si>
-    <t>أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ</t>
+    <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>Огоҳ бошед, ки чи басо ҳадиси ман ба марде бирасад ва ӯ дар ҳоле ки бар тахту такягоҳи худ такя задааст бигӯяд: миёни ману шумо китоби Аллоҳ аст</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>Аз Миқдом ибни Маъдикариб (Худованд аз ӯ розӣ бод) ривоят аст, ки мегӯяд: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Огоҳ бошед, ки чи басо ҳадиси ман ба марде бирасад ва ӯ дар ҳоле ки бар тахту такягоҳи худ такя задааст бигӯяд: миёни ману шумо китоби Аллоҳ аст, пас ҳарчиро Қуръон ҳалол гуфтааст ҳалол ва ҳарчиро ҳаром гуфтааст ҳаром медонем, ҳоло онки он чиро Расули Худо ҳаром гуфтааст, ҳамон аст, ки Аллоҳ онро ҳаром гардонида аст".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) огаҳ кардаанд, ки замоне наздик шудааст, ки гурӯҳе нишастаанд ва яке аз онҳо бар такягоҳаш такя задааст ва ҳадиси паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) ба ӯ мерасад, ва ӯ мегӯяд: чизе, ки миёни мо ва шумо файсала мекунад Қуръон аст ва барои мо он басанда аст, ҳарчиро Қуръон ҳалол гуфтааст ҳалол медонем ва ҳарчиро ҳаром гуфтааст аз он дурӣ меҷӯем. Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён фармуданд, ки ҳар чизеро ӯ дар суннаташ ҳаром гардонидааст, монанди он аст, ки Худованд дар китобаш онро ҳаром фармудааст, чун ӯ (Салому дуруди Аллоҳ бар ӯ бод) паёмрасоне аз ҷониби Парвардигораш аст.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Бузургдошти суннати Паёмбар (Салому дуруди Аллоҳ бар ӯ бод), низ монанди Қуръон аст,ки мавриди такрим қарор гирифта ба он амал карда мешавад.
 Итоат аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) итоат кардан аз Аллоҳ аст ва нофармонӣ аз ӯ (Салому дуруди Аллоҳ бар ӯ бод), нофармонӣ кардан аз Аллоҳ аст.
 Исботи ҳуҷҷат будани суннат ва рад бар мункирони он.
 Касе аз Суннат, бо иддиои амал кардан танҳо ба Қуръон, рӯй гардонад, ба ин маъност, ки  ӯ аз Қуръон ва Суннат ҳарду рӯй гардонидааст ва дар даъвои худ, ки пайравӣ аз Қуръон мекунад, дурӯғгӯе беш нест.
 Яке аз нишонаҳои нубуввати Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додан аз чизе аст, ки дар оянда воқеъ хоҳад шуд, ва ҳамон гуна, ки ӯ (Салому дуруди Аллоҳ бар ӯ бод) гуфта буд иттифоқ афтод.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65005</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟</t>
+    <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>Эй Расули Худо! Ман ба тамоми анвоъи аз гуноҳон даст задаам (оё Худованд тавбаи манро мепазирад?) Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Оё гувоҳӣ медиҳӣ, ки нест худое бар ҳақ магар Аллоҳ, ва инки Муҳаммад расули Аллоҳ аст?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Аз Анас (Худованд аз ӯ розӣ бод) ривоят аст, ки мегӯяд: Марде назди Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) омад ва гуфт: Эй Расули Худо! Ман ба тамоми анвоъи аз гуноҳон даст задаам (оё Худованд тавбаи манро мепазирад?) Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Оё гувоҳӣ медиҳӣ, ки нест худое бар ҳақ магар Аллоҳ, ва инки Муҳаммад расули Аллоҳ аст?" Он мард се маротиба гуфт: бале гувоҳӣ медиҳам. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гуфт: " Ин (яъне тавба кардан ва гувоҳӣ додани ту) бар ивази он аст.</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>Марде назди Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) омад ва гуфт: Эй расули Худо! Ман муртакиби ҳамагуна гуноҳон шудаам, ба тамоми гуноҳони сағира ва кабира даст задаам, оё Худованд маро мебахшад? Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ба ӯ гуфт: "Оё гувоҳӣ медиҳӣ, ки нест худое бар ҳақ магар Аллоҳ, Ва инки Муҳаммад расули Аллоҳ аст? Ин суханро се маротиба такрор намуданд, ва он мард ҷавоб гуфт: бале гувоҳӣ медиҳам. Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ӯро аз фазилат ва бузургии калимаи шаҳодат ва инки он каффораи гуноҳон, ва инки ҳамчунин тавба гуноҳони гузаштаро пок месозад, огаҳ фармуданд.</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>Азамат ва фазилати калимаи шаҳодат ва бартарии он бар гуноҳон, барои касоне, ки онро аз самими қалб мегӯянд.
 Ислом ончи пеш аз он анҷом шудааст, бартараф месозад.
 Тавбаи содиқона гуноҳони гузаштаро пок месозад.
 Такрор дар таълим аз роҳнамудҳои Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аст.
 Фазилати (калимаи) шаҳодатайн, наҷот ёфтан аз абадӣ будан дар дӯзах аст.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
     <t>[رواه أبو يعلى والطبراني والضياء المقدسي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65006</t>
   </si>
   <si>
-    <t>فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا</t>
+    <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>Ҳаққи Худованд бар бандагонаш он аст, ки Ӯро ибодат кунанд ва чизеро шарики Ӯ қарор надиҳанд, ва ҳаққи бандагон бар Худованд он аст, ки Ӯ Таъоло онҳоро дар ҳоле,ки ба Ӯ таъоло шарик қоил нашудаанд азоб надиҳад</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>Аз Муъоз (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Пушти Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар маркабе ки Уфайр ном дошт,  нишаста будам. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гуфтанд: "Эй Муъоз оё медони ҳаққи Худованд бар бандагонаш ва ҳаққи бандагонаш бар Худованд чист? Гуфтам: Худованд ва Паёмбараш хубтар медонанд. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Ҳаққи Худованд бар бандагонаш он аст, ки Ӯро ибодат кунанд ва чизеро шарики Ӯ қарор надиҳанд, ва ҳаққи бандагон бар Худованд он аст, ки Ӯ Таъоло онҳоро дар ҳоле,ки ба Ӯ таъоло шарик қоил нашудаанд азоб надиҳад". Муъоз (Худованд аз ӯ розӣ бод) мегӯяд: гуфтам эй Расули худо! Оё мардумро мужда надиҳам? Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гуфт: "Башорат надеҳ, ки онҳо ба ин такя (ва танбалӣ) мекунанд".</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
     <t>Паёмбари Худо ҳаққи Худованд бар бандагон ва ҳаққи бандагон бар Худовандро ин гуна баён медоранд: ҳаққи Худованд бар бандагон он аст, ки Ӯро танҳо ибодат кунанд ва касеро бо Ӯ Таъоло шарик қарор надиҳанд, ва ҳаққи бандагон бар Худованд он аст, ки касе аз онҳоро, модом ба Худованд касеро шарик қарор намедиҳанд, азоб надиҳад. Сипас Муъоз (Худованд аз ӯ розӣ бод) гуфт: эй Расули Худо! Оё мардумро мужда надиҳам, то аз ин хушхабар хушҳол шаванд? Аммо Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ӯро аз мужда додан боздоштанд, то мардум ба он такя накунанд, (яъне дар ибодат ва амал кӯтоҳӣ накунанд).</t>
   </si>
   <si>
     <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
 بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
 فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
 حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
 التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
 عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Ҳаққи Худованд, ки бар бандагонаш воҷиб гардонидааст он аст, ки танҳо Худовандро бипарастанд ва чизеро шарики Ӯ Таъоло қарор надиҳанд.
 Ҳаққи бандагон бар Худованд, ки Ӯ Таъоло ба унвони фазл ва неъмат бар худ ниҳодааст, ин аст, ки Ӯ Таъоло онҳоро азоб надиҳад ва дохили биҳишт гардонад.
 Инҷо муждаи бузурге барои касоне аст, ки танҳо Худовандро мепарастанд ва чизеро бо Ӯ Таъоло шарик қарор намедиҳанд, ва сарнавишташон биҳишти ҷовидон аст.
 Муъоз (Худованд аз ӯ розӣ бод) пеш аз вафот, аз тарси онки мабодо дар гуноҳи пинҳонкунандаи илм гирифтор нашавад, ин ҳадисро ривоят кардааст.
 Як насиҳат ё огоҳӣ мабнӣ бар адами интишори баъзе аз аҳодис дар миёни баъзе аз мардум аз тарси касоне, ки маънои онро дарк намекунанд. Ин огоҳӣ дар мавриди аҳодисе аст, ки дар он ҳадде аз ҳудуди шариъат ё амале аз амалҳои зарурӣ дар дин набошад.
 Муъминоне, ки даст ба гуноҳ мезананд зери ирода ва машиати Худованд ҳастанд, агар бихоҳад онҳоро азоб медиҳад ва агар бихоҳад онҳоро меомурзад ва сипас сарнавишташон биҳишт хоҳад буд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65007</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ</t>
+    <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
   </si>
   <si>
     <t>Ҳар касе дар ҳоле бимирад, ки ба Худованд шарик наовардааст, вориди биҳишт мешавад, ва ҳар касе дар ҳоле бимирад, ки ба Худованд шарик қоил бошад вориди дӯзах хоҳад шуд</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
   </si>
   <si>
     <t>Аз Ҷобир (Худованд аз ӯ розӣ бод) ривоят аст, ки: марде назди Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) омад ва пурсид: Эй Паёмбари Худо! Он ду воҷиб кадомҳоянд? Паёмбар фармуданд:" Ҳар касе дар ҳоле бимирад, ки ба Худованд шарик наовардааст, вориди биҳишт мешавад, ва ҳар касе дар ҳоле бимирад, ки ба Худованд шарик қоил бошад вориди дӯзах хоҳад шуд".</t>
   </si>
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
     <t>Марде аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар мавриди ду хислат, ки яке инсонро ба биҳишт  ва дигаре ба дӯзах мебарад чист? Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар посух ба ӯ гуфтаанд: Хислате, ки инсонро ба биҳишт мебарад ин аст, ки банда дар ҳоле бимирад, ки танҳо Худовандро ибодат кунад ва касеро бо Ӯ шарик қарор надиҳад. Аммо хислате ки инсонро ба дӯзах мебарад, ин аст, ки ӯ дар ҳоле мемирад, ки ба Худованд чизеро шарик қарор медиҳад, барои Худованд дар улуҳият, рубубият ва номҳо ва сифатҳои Ӯ Таъоло монанд ва шарик қоил шавад.</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Фазилати яктопарастӣ ва инки ҳар касе ба Худованд шарик қоил нашавад ва бар ин эътиқод вафот кунад, аз аҳли биҳишт аст.
 Хатари ширк ва инки ҳар касе ба Худованд шарик қоил шавад ва бар ин эътиқод вафот кунад аз аҳли дӯзах аст.
 Гунаҳгорони мӯъмин зери иродат ва машиати Худованд ҳастанд, агар Ӯ Таъоло хоҳад онҳоро азоб медиҳад ва агар хоҳад мебахшад ва дар охир бозгашташон ба биҳишт аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65008</t>
   </si>
   <si>
-    <t>إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ</t>
+    <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
     <t>зеро ӯ ҳеҷ гоҳ нагуфтааст: Парвардигоро рӯзи қиёмат гуноҳони маро биёмӯрз</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
     <t>Аз Оиша (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Гуфтам: Эй Расули Аллоҳ! Ибни Ҷудъон дар замони ҷоҳилият силаи раҳм (робитаи хешутаборӣ) бар ҷой меовард ва бар мискинон таъом медод, оё ин амалаш ба ӯ суд дорад? Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ба ӯ ҳеҷ нафъе надорад, зеро ӯ ҳеҷ гоҳ нагуфтааст: Парвардигоро рӯзи қиёмат гуноҳони маро биёмӯрз"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар мавриди Абдуллоҳ ибни Ҷудъон, ки пеш аз Ислом яке аз бузургони Қурайш буд ва робитаи хешутабориро ба ҷой меовард ва ба онҳо некӣ мекард, ба бенавоён таом медод ва дигар корҳои нек, ки ислом ба онҳо ташвиқ намудааст, анҷом медод, хабар додааст, ки ин амалҳояш барои ӯ дар рӯзи қиёмат ҳеҷ нафъе нахоҳанд дод, зеро ӯ ба Худованд имон наоварда буд ва боре ҳам нагуфта буд: Парвардигоро дар рӯзи қиёмат гуноҳони маро биёмӯрз.</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
 بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
 الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
 أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
   </si>
   <si>
     <t>Фазилати имон ва баёни инки имон шарти қабули амалҳо аст.
 Баёни бад будани куфр ва баёни инки куфр амалҳои некро барбод медихад.
 Амалҳои неки кофирон ҳеҷ нафъе барояшон нахоҳад бахшид, зеро онҳо ба Худованд ва рӯзи қиёмат имон надоранд.
 Амалҳои неки як инсон пас аз ислом оварданаш дар номаи аъмолаш сабт ва барояш подош хоҳад дошт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65009</t>
   </si>
   <si>
-    <t>هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ</t>
+    <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
     <t>Оё медонед Парвардигоратон чи мегӯяд?" Гуфтанд: Худованд ва расулаш донотаранд. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гуфт: "Парвардигоратон мегӯяд: баъзе аз бандагонам ба Ман имон оварданд ва баъзеи дигар кофир шуданд</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
     <t>Аз Зайд ибни Холиди Ҷуҳанӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) намози бомдодро зери осмони абрӣ бароямон гузошт ва пас аз поёни намоз рӯй ба мо овард ва гуфт: "Оё медонед Парвардигоратон чи мегӯяд?" Гуфтанд: Худованд ва расулаш донотаранд. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гуфт: "Парвардигоратон мегӯяд: баъзе аз бандагонам ба Ман имон оварданд ва баъзеи дигар кофир шуданд, Аммо ҳар касе гуфт: ба фазлу раҳмати Худованд бароямон борон борид, ӯ бар Ман имон овардааст ва бар ситора кофир шудааст. Аммо касе бигӯяд ба сабаби ин ва ё он ситора бароямон борон борид, пас ӯ бар Ман кофир ва бар ситорагон имон овардааст".</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
 وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
 وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) намози бомдодро дар Ҳудайбия - қаряе наздик ба Макка - пас аз шаби боронӣ, гузошт ва пас аз адои намоз рӯй ба мардум овард ва гуфт: оё медонед Парвардигори бузурги шумо чи мегӯяд? Гуфтанд: Худованд ва расулаш беҳтар медонанд. Паёмбар фармудаанд: Худованд баён медорад, ки мардум ҳангоми боридани борон бар ду даста тақсим мешаванд: дастаи аввал касоне ки ба Худованд имон доранд, ва дастаи дуввум касоне ки ба Худованд кофир шудаанд. Ҳар касе бигӯяд: ба фазлу раҳмати Худованд бароямон борон борид, ва боридани боронро ба Худованд нисбат диҳад ӯ ба Худованди Офаридагори ҳастӣ имон овардааст ва сабабро дар ситорагон надидааст. Аммо касе бигӯяд: ба сабаби ин ё он ситора борон боридааст, пас ӯ ба Аллоҳ кофир ва бар ситорагон имон овардааст, ва ҳадаф аз куфр инҷо куфри асғар аст, зеро боридани боронро ба ситорагон нисбат додааст, дар ҳоле, ки Худованд онро сабаби шаръӣ ва ё қадарӣ қарор надодааст. Аммо касе бар ин бовар бошад, ки боридани борон ва дигар ҳаводиси табиъӣ марбут ба ҳаракати сайёраҳост ва ҳаракати онҳоро дар ин ҳаводис омили асосӣ бидонад пас ӯ куфр (куфри акбар) варзидааст.</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Пас аз боридани борон гуфтани "Ба фазл ва раҳмати Худованд барои мо борон борид" мустаҳаб аст.
 Ҳар касе неъмати боридани боронро ба ситораҳо, аз рӯи офариниш ва эҷод, нисбат диҳад, пас ӯ куфри акбар варзидааст (куфри акбар инсонро аз дин хориҷ мекунад). Аммо  агар касе сабаби боридани боронро дар ситораҳо бинад, пас ӯ куфри асғар варзидааст  (Куфри асғар инсонро аз дин хориҷ намекунад), зеро инҷо на сабаби шаръӣ вуҷӯд дорад ва на сабаби ҳиссӣ.
 Неъмат дар ҳоли куфрони он сабаби куфр ва дар ҳоли  шукр бар он сабаби имондорӣ мегардад.
 Гуфтани: "Ба сабаби ин ё он ситора борон борид" наҳй шудааст, агарчи мақсад аз он вақт ва замон дар назар бошад, чун ин худ як василаи дур шудан аз ширк аст.
 Дили инсон барои ба даст овардани неъматҳо ва дур кардани балоҳо бояд ба Худованд вобаста бошад. (На бар чизи дигаре аз офариниш, монанди ситора, табиат,осмон ва замин)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65010</t>
   </si>
   <si>
-    <t>إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ</t>
+    <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
     <t>Мо дар дили худ чизҳое (ба монанди шак ва куфр) меёбем, ки ба забон овардани он бароямон бисёр сахт аст. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) пурсиданд: "Оё чунин аст, ки мегӯед?" Гуфтанд: бале. Фармуданд: "Он имони холис аст</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: جَاءَ نَاسٌ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَسَأَلُوهُ: إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра, (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Гурӯҳе аз асҳоби Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) назди эшон омаданд ва аз ӯ (с) пурсиданд: Мо дар дили худ чизҳое (ба монанди шак ва куфр) меёбем, ки ба забон овардани он бароямон бисёр сахт аст. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) пурсиданд: "Оё чунин аст, ки мегӯед?" Гуфтанд: бале. Фармуданд: "Он имони холис аст"</t>
   </si>
   <si>
     <t>جاء جماعة مِن أصحاب النبي صلى الله عليه وسلم فسألوه عن ما يجدونه في أنفسهم من الأمور الكبيرة التي يعظم عليهم النطق بها لقبحها ونفورهم عنها، 
 فقال عليه الصلاة والسلام: إن هذا الذي وجدتموه هو صريح الإيمان واليقين الذي يدفعكم لمنع ما يلقيه الشيطان في القلب واستنكاركم النطق وتعاظم ذلك في أنفسكم، وإن الشيطان لم يتمكن من قلوبكم، بخلاف من تمكَّن الشيطان من قلبه ولم يجد معه مدافعة.</t>
   </si>
   <si>
     <t>Гурӯҳе аз ёрони Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) назди Паёмбари Худо омаданд ва аз ӯ дар бораи шак ва васвасаҳои бузурге, ки дар дили худ эҳсос мекарданд ва аз сабаби зишт будани онҳо аз ба забон оварданашон танаффур доштанд, пурсиданд. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гуфтанд: Ончи дар дили шумо шӯъла мезанад ва боис шудааст, ки дар баробари ончи шайтон дар дилатон андохта аст истодагарӣ карда ва аз ба забон овардани он худдорӣ мекунед, имони холис ва яқин аст, ки ин худ нишонае аз роҳ наёфтани Шайтон ба дилҳои шумост, бар хилофи касоне, ки Шайтон бар дилҳои онҳо мусаллат гашта дар баробари он ҳеҷ чорае надоранд.</t>
   </si>
   <si>
     <t>بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 عدم التصديق والقبول بما يراود النَّفس مِن وساوس، فإنها مِن الشيطان.
 وسوسة الشيطان لا تضر المؤمن، ولكن ليستعذ بالله من وسوسته، ولينته عن الاسترسال في ذلك.
 لا ينبغي للمسلم السكوت عما يُشْكِل عليه في أمر دينه، وينبغي له السؤال عنه.</t>
   </si>
   <si>
     <t>Баёни заъфи Шайтон дар баробари муъминон ва баёни инки танҳо қодир ба васваса аст.
 Бовар накардан ба васвасаҳое, ки дар нафси инсон мегузарад, зеро он аз ҷониби Шайтон аст.
 Васвасаи Шайтон осебе бар шахси мӯъмин намерасонад, аммо бояд аз васвасаҳои шайтонӣ ба Худо паноҳ барад ва аз он худдорӣ кунад.
 Мусалмон набояд дар мавриди ончи боиси шак дар динаш мешавад сукут кунад, балки бояд дар ин бора (аз аҳли илм) бипурсад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65011</t>
   </si>
   <si>
-    <t>الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ</t>
+    <t>الحمد لله الذي رد كيده إلى الوسوسة</t>
   </si>
   <si>
     <t>ҳамду ситоиш барои Аллоҳ аст, ки найранги ӯро ба васваса табдил дод</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: جاءَ رجُلُ إلى النبي صلى الله عليه وسلم فقال: يا رسولَ اللهِ، إن أحدنا يجدُ في نفسِهِ -يُعرِّضُ بالشَّيءِ- لأَن يكونَ حُمَمَةً أحَبُّ إليه من أن يتكلَّم بِهِ، فقال: «اللهُ أكبرُ، اللهُ أكبرُ، الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ».</t>
   </si>
   <si>
     <t>Аз ибни Аббос (Худованд аз он ду розӣ бод) ривоят аст, ки гуфт: Марде назди Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) омад ва гуфт: Эй Расули Худо! Яке аз мо дар худ чизеро эҳсос мекунад -бо дастонаш ишора карда-, ки хокистар шудан барояш авлотар аз он аст, ки онро ба забон биёрад. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Худованд бузург аст, Худованд бузург аст, ҳамду ситоиш барои Аллоҳ аст, ки найранги ӯро ба васваса табдил дод".</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>Марде назди Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) омад ва гуфт: Эй расули Худо: Яке аз мо дар дили худ чизе дорад, ки ба забон овардани он барояш бисёр сахт аст, то ҷое, ки сухтан ва хокистар шудан барояш беҳтар аз сухан гуфтан дар мавриди он аст. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ду бор такбир гуфтанд ва шукри Худовандро ба ҷой оварданд, ки Худованд найранги шайтонро ба васваса табдил дод.</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>Дар баёни инки Шайтон ҳамеша дар камини муъминон аст, то онҳоро бо васваса аз имон ба куфр баргардонад.
 Баёни нотавонии  Шайтон дар баробари мӯъминон, ки танҳо ва танҳо тавони васвасаро дорад.
 Мӯъмин ҳамеша бояд дур аз васвасаи шайтон бошад.
 Ҷоиз будани такбир (гуфтани "Худо бузург аст") ҳангоми мувоҷеҳ шудан бо кори писандида ва шигифтангез.
 Машрӯъияти пурсиш аз уламо дар ҳоли надонистани масоиле, ки барои мусалмон муҳим аст.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
   </si>
   <si>
     <t>[رواه أبو داود والنسائي في الكبرى]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65012</t>
   </si>
   <si>
-    <t>يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ</t>
+    <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>Шайтон назди яке аз шумо меояд ва мегӯяд: инро кӣ офарид? онро кӣ офарид? Ҳатто дар ниҳоят мепурсад: Парвардигори туро кӣ офарид? Чун агар яке аз шуморо чунин пурсише пеш ояд, ба Худо паноҳ бибарад ва аз идома додан ба чунин пурсише даст бикашад</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Расули Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Шайтон назди яке аз шумо меояд ва мегӯяд: инро кӣ офарид? онро кӣ офарид? Ҳатто дар ниҳоят мепурсад: Парвардигори туро кӣ офарид? Чун агар яке аз шуморо чунин пурсише пеш ояд, ба Худо паноҳ бибарад ва аз идома додан ба чунин пурсише даст бикашад".</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
     <t>Инҷо Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар мавриди илоҷ ва дармони судманд бар саволҳои васвасаомези шайтон бар муъмин огаҳ сохтааст. Шайтон мегӯяд: кӣ инро офаридааст? Кӣ он чизро офаридааст? Осмонро кӣ офарид? Заминро кӣ офарид? Мӯъмини ростин мегӯяд: Аллоҳ онҳоро офаридааст. Аммо Шайтон бо ин ҳама иктифо накарда бо пурсишҳои васвасаомезаш идома дода мегӯяд: Худои туро кӣ офаридааст? Барои мӯъминон се роҳӣ дурӣ ҷустан аз васвасаҳо вуҷӯд дорад, ки иборатанд аз:
 - Имон ба Худо.
 - Паноҳ бурдан ба Худованд аз Шайтон.
 - Худдорӣ аз андешидан дар мавриди васвасаҳои шайтонӣ.</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
     <t>Худдорӣ аз васвасаҳои шайтонӣ ва наандешидан дар мавриди онҳо, ва рӯй овардан ба Худованди Мутаъол барои рафъи онҳо.
 Тамоми васваса ва андешаҳои мухолиф бо шаръ, ки дар дили инсон пайдо мешавад, аз ҷониби Шайтон аст.
 Худдорӣ аз андешидан дар зоти Худованд ва ташвиқ бар андешидан ва тадаббур дар мавриди офариниш ва нишонаҳои Ӯ Таъоло.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65013</t>
   </si>
   <si>
-    <t>الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ</t>
+    <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
   </si>
   <si>
     <t>Амалҳо шаш (даста) ҳастанд, ва мардум чаҳор (даста) ва сипас ду воҷиб аст, мисл ба мисл аст ва як ҳасана (некӣ) баробар аст ба даҳ ҳасанаи ҳаммислаш, як ҳасана баробар аст ба ҳафтсад ҳасана</t>
   </si>
   <si>
     <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
   </si>
   <si>
     <t>Аз Хурайм ибни Фотик (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Амалҳо шаш (даста) ҳастанд, ва мардум чаҳор (даста) ва сипас ду воҷиб аст, мисл ба мисл аст ва як ҳасана (некӣ) баробар аст ба даҳ ҳасанаи ҳаммислаш, як ҳасана баробар аст ба ҳафтсад ҳасана. Аммо ду воҷиб: (1) Ҳар касе дар ҳоле бимирад, ки ба Худо шарик қоил нашуда бошад, ба биҳишт ворид мешавад. (2) Ҳар касе дар ҳоле бимирад, ки ба Худо шарик қоил шуда бошад, пас ба дӯзах ворид мешавад. Мисл ба мисл ин аст, ки: ҳар касе нияти анҷоми кори неке дар дил дошта бошад ва Худованд аз розаш огаҳ бошад барояш як ҳасана навишта мешавад, ва ҳар касе кори баде анҷом диҳад, бар ӯ як бадӣ навишта мешавад. Ҳар касе ҳасанае (некӣ) анҷом диҳад барояш даҳ баробар навишта мешавад. Ҳар касе чизе дар роҳи Худо нафақа кунад, як ҳасанаи ӯ ба ҳафтсад баробар навишта мешавад. Аммо инки мардум чаҳор (даста)-анд:  (1) Бархе дар дунё барояшон фаровонӣ ва дар охират маҳдудият хоҳад буд. (2) Бархе дар дунё барояшон маҳдудият ва дар охират барояшон фаровонӣ фароҳам хоҳад буд. (3) Бархе дар дунё ва охират дучори тангдастӣ ва маҳдудият ҳастанд. (4) Ва бархе дигар дар дунё ва охират аз фаровонӣ бархурдор ҳастанд".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الأعمال ستة أنواع، وأن الناس أربعة أصناف. فالأعمال الستة هي: 
 أولًا: من مات وهو لا يشرك بالله شيئًا وجبت له الجنة.
 وثانيًا: من مات وهو يشرك بالله شيئًا وجبت عليه النار خالدًا فيها. 
 وهما الموجبتان. 
 وثالثًا: الحسنة المَنْوِيَّة، فمن نوى أن يعمل حسنة وكان صادقًا في نيته حتى يَشعر بها بقلبه ويَعلم اللهُ منه هذه النية، ثم يعرض له أمر فلا يستطيع أن يعمل هذه الحسنة فتكتب له حسنة كاملة. 
 ورابعًا: السيئة المفعولة، من عمل سيئة تكتب له سيئة واحدة.
 وهما: مثلٌ بمثلٍ من غير تضعيف. 
 وخامسًا: حسنة تكون بعشر حسنات مثلها، وهو من نوى حسنة وعملها؛ تكتب له عشر حسنات. 
 وسادسًا: حسنة تكون بسبعمائة حسنة، وهي من أنفق نفقة واحدة في سبيل الله فتكتب له هذه الحسنة بسبعمائة حسنة، وهذا من فضله تبارك وتعالى وكرمه على عباده. 
 وأما أصناف الناس الأربعة فهم: 
 الأول: من هو مُوسَّع عليه في الدنيا من الرزق، منعّم فيها يجد فيها ما يشاء، ولكنه مضيّق عليه في الآخرة ومصيره إلى النار، وهو الكافر الغني. 
 والثاني: من هو مضيّق عليه في الدنيا من الرزق، ولكنه موسع عليه في الآخرة، ومصيره إلى الجنة، وهو المؤمن الفقير. 
 والثالث: من هو مضيّق عليه في الدنيا والآخرة، وهو الكافر الفقير. 
 والرابع: من هو موسع عليه في الدنيا والآخرة، وهو المؤمن الغني.</t>
@@ -5040,701 +6310,744 @@
 Чаҳорум: Мӯъмини сарватманд. 
 Касе аст, ки дар дунё ва охират аз фаровонӣ бархурдор аст.</t>
   </si>
   <si>
     <t>عظيم فضل الله تعالى على العباد وتضعيفه للحسنات.
 عدل الله وكرمه، إذ عاملنا في السيئة بالعدل فجزاءُ السيئة بواحدة.
 عِظم الشرك بالله، ففيه الحرمان من الجنة.
 بيان فضل النفقة في سبيل الله.
 مضاعفة ثواب النفقة في سبيل الله يبدأ من سبعمائة ضعف؛ لأنها تُعين على إعلاء كلمة الله.
 بيان أصناف الناس واختلافهم.
 يوسَّع في الدنيا للمؤمن ولغير المؤمن ولا يوسع في الآخرة إلا للمؤمن.</t>
   </si>
   <si>
     <t>Фазлу неъмати бузурги Худованд бар бандагон ва чанд баробар афзун шудани амалҳои неки онҳо.
 Аз адл ва карами Худованд аст, ки вақте банда як амали бад анҷом медиҳад як бадӣ навишта мешавад.
 Ширк овардан ба Худованд бисёр бузург ва сазояш маҳрум шудан аз биҳишт аст.
 Баёни фазилати нафақа кардан дар роҳи Худованд.
 Нафақа дар роҳи Худо аз ҳафтсад баробар оғоз гардида ва барои касе, ки Ӯ Таъоло бихоҳад бештар ва бештар дар аъмоли некаш навишта мешавад, чун он барои эълони калиматуллоҳ аст.
 Баёни аснофи мардум ва тафовут миёни онҳо.
 Барои муъмин ва кофир дар дунё фаровонӣ дода мешавад, аммо дар охират танҳо барои мӯъминон аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65014</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ</t>
+    <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
     <t>Худованд мӯъмини некӯкорро зулм намекунад, барои амалҳои некаш дар дунё ато карда мешавад ва дар охират подоши нек барояш хоҳад дошт</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
     <t>Аз Анас ибни Молик (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Расули Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Худованд мӯъмини некӯкорро зулм намекунад, барои амалҳои некаш дар дунё ато карда мешавад ва дар охират подоши нек барояш хоҳад дошт. Аммо кофир барои некиҳояш дар дунё рӯзӣ дода мешавад ва барои охират чизе аз некиҳояш намемонад то барояш подош дода шавад".</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
     <t>Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) лутфи бузурги  Худовандро бар мӯъминон ва адлаш бар кофиронро баён медорад. Аз подоши амалҳои неки мӯъмин кам карда намешавад, балки дар баробари итоат аз авомири Худованд дар дунё некӣ ва барои охират подош хоҳад дошт, ва шояд ҳам тамоми подошҳо барои охирати ӯ сабт ва ҳифз карда шавад. Аммо Худованд подоши некиҳои кофиронро ба некӣ дар дунё мубаддал мегардонад ва барои охират чизе барояшон боқӣ нахоҳад монд, зеро амали нек, ки дар дунё ва охират судманд аст бояд аз ҷониби шахси мӯъмин анҷом шавад.</t>
   </si>
   <si>
     <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
   </si>
   <si>
     <t>Ҳар касе дар ҳоли куфр бимирад, ҳеҷ амале барояш (дар охират) судманд нахоҳад буд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65015</t>
   </si>
   <si>
-    <t>أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ</t>
+    <t>أسلمت على ما سلف من خير</t>
   </si>
   <si>
     <t>Некиҳое, ки пеш аз Ислом пазируфтан анҷом додаи, бо ту ҳастанд</t>
   </si>
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
     <t>Аз Ҳаким ибни Ҳизом (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Гуфтам: Эй Паёмбари Худо! Оё барои амалҳое, ки дар замони ҷоҳилият ба қасди ибодат анҷом медодам, ба монанди садақа, озод кардани ғулом ва робитаи хешутаборӣ, подош хоҳам гирифт? Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Некиҳое, ки пеш аз Ислом пазируфтан анҷом додаи, бо ту ҳастанд".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён мефармоянд, ки кофир агар ислом бипазирад, барои амалҳои нек, ки пеш аз Ислом анҷом додааст, ба монанди садақа, озод кардани ғулом, силаи раҳм ва дигар амалҳои нек, подош дода мешавад.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
     <t>Агар касе бар куфр бимирад, барои амалҳои нек, ки дар дунё анҷом додааст, дар охират барояш судманд нахоҳад буд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65016</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ</t>
+    <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>Худованд дӯст медорад ба рухсатҳо (осониҳое, ки Худованд дар ибодатҳояш иҷозат додааст) амал карда шавад,  ҳамонгуна, ки дӯст медорад ба дастурот (фарз ва воҷибот)-аш амал карда шавад</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
     <t>Аз ибни Аббос (Худованд аз он ду розӣ бод) ривоят аст, ки гуфт: Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Худованд дӯст медорад ба рухсатҳо (осониҳое, ки Худованд дар ибодатҳояш иҷозат додааст) амал карда шавад,  ҳамонгуна, ки дӯст медорад ба дастурот (фарз ва воҷибот)-аш амал карда шавад".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
     <t>Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) баён медорад, ки Худованд дӯст медорад ба осониҳои шаръӣ - рухсат ва осонӣ дар ибодатҳо ва аҳкоми шариъат, ба монанди қаср хондан дар сафар ва ё ҷамъ кардани ду намоз дар як вақт - амал кунанд. Ҳамонгуна, ки Ӯ Таъоло дӯст медорад дастурот, фарз ва воҷибот, ки бар бандагон муқарар кардааст, анҷом дода шаванд. Зеро фармони Худовандӣ дар дастурот ва рухсатҳо як аст.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>Аз раҳмату меҳрубонии Худованд бар бандагонаш ин аст, ки Ӯ Таъоло дӯст медорад ба осониҳо, ки дар шаръ додааст, амал карда шавад.
 Ин як шариати комил аст ва машаққат (сахтӣ ва душворӣ) аз ин уммат бардошта шудааст.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[رواه ابن حبان]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65017</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً</t>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
+  </si>
+  <si>
+    <t>Дар мавриди Ислом ба ман сухане бигӯ, ки ҷуз ту аз касе напурсам. Фармуданд: "Бигӯ: Ба Аллоҳ имон овардам, сипас истиқомат биварз (рост бош)</t>
+  </si>
+  <si>
+    <t>عَنْ سُفْيان بنِ عَبْدِ اللهِ الثَّقَفِيّ رضي الله عنه قال: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>Аз Суфён ибни Абдуллоҳи Сақафӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Гуфтам: Эй паёмбари Аллоҳ! Дар мавриди Ислом ба ман сухане бигӯ, ки ҷуз ту аз касе напурсам. Фармуданд: "Бигӯ: Ба Аллоҳ имон овардам, сипас истиқомат биварз (рост бош)".</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
+فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
+ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>Саҳобии гиромӣ Суфён ибни Абдуллоҳ (Худованд аз ӯ розӣ бод) аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хост, ки барояш суханеро бигӯяд, ки маънои Исломро фарогир бошад, то ба он пойбанд шавад ва дар бораи он аз касе дигар напурсад. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) барояш гуфт: Бигӯ: Аллоҳро ба ягонагӣ шинохтам ва имон овардам, ки Ӯ Парвардигор ва Илоҳ ва Холиқ ва Маъбуди ба ҳаққи ман аст ва шарике надорад. Сипас бо иҷрои фарзҳои Аллоҳ ва тарки ҳаромкардаҳои Ӯ ва пойдорӣ бар он ба итоати Аллоҳ идома медиҳад.</t>
+  </si>
+  <si>
+    <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
+أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
+الإيمان شرط لقبول الأعمال .
+الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
+الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
+  </si>
+  <si>
+    <t>Асли дин имон ба Аллоҳ, ба рубубият ва улуҳият ва номҳо ва сифатҳои Ӯ аст.
+Аҳамияти истиқомат баъд аз имон овардан, идомаи ибодат ва устувор мондан дар он.
+Имон шарти қабули амалҳо аст.
+Имон ба Аллоҳ, ҳамаи он чиро, ки эътиқод бар он воҷиб аст, дар бар мегирад. Аз ҷумла, ақоид ва усуле, ки марбут ба имон аст ва ҳар он амалҳои қалбие, ки дар партави ин ақоид бошад. Инчунин дар ҳолати ботинӣ ва зоҳирӣ фармонбардор ва таслим шудан ба Аллоҳ.
+Истиқомат, ба маънои мондан дар роҳи рост ва идомаи он бо анҷоми воҷибот ва тарки манҳиёт аст.</t>
+  </si>
+  <si>
+    <t>رواه مسلم وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه مسلم وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/65018</t>
+  </si>
+  <si>
+    <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>Мисоли як мунофиқ монанди гӯсфанде аст, ки миёни ду рама саргардон аст, гоҳ ба сӯи ин рама ва гоҳ ба сӯи рамаи дигар медавад</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>Аз ибни Умар (Худованд аз он ду розӣ бод) аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ривоят аст, ки гуфт: "Мисоли як мунофиқ монанди гӯсфанде аст, ки миёни ду рама саргардон аст, гоҳ ба сӯи ин рама ва гоҳ ба сӯи рамаи дигар медавад"</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) ҳоли шахси мунофиқро чунин баён намудааст, ки ӯ мисли як гӯсфанди  саргардон аст, ки намедонад ба сӯи кадом яке аз рамаҳо биравад. Гоҳ ба тарафи ин рама меравад гоҳ ба тарафи рамаи дигар. Мунофиқон дар миёни куфр ва имон ҳайрон ва саргардонанд, на дар зоҳир ва ботин бо мӯъминонанд ва на бо кофирон, дар зоҳир бо мӯъминонанд ва дар ботин дар шакку тардид, гоҳ майл ба сӯи инҳо мекунанд ва гоҳҳо ба сӯи онҳо.</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
 التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
   </si>
   <si>
     <t>Яке аз роҳнамудҳои Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) овардани зарбулмасалҳо барои бештар баён кардани маонӣ аст.
 Шарҳи ҳоли мунофиқон дар мавриди дудилагӣ ва бесуботии онҳо.
 Ҳушдор аз ҳоли мунофиқон ва ташвиқ бар  ростӣ ва устуворӣ дар имон, чи дар зоҳир бошад ва чи дар ботин.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65019</t>
   </si>
   <si>
-    <t>إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ</t>
+    <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>Имон дар даруни ҳар яке аз шумо фарсуда мешавад, ҳамонгуна ки либос фарсуда мешавад, пас аз Худованд бихоҳед, ки имонро дар дилҳои шумо таҷдид кунад</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>Аз Абдуллоҳ ибни Амр ибни Ъос (Худованд аз он ду розӣ бод) гуфт: Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Имон дар даруни ҳар яке аз шумо фарсуда мешавад, ҳамонгуна ки либос фарсуда мешавад, пас аз Худованд бихоҳед, ки имонро дар дилҳои шумо таҷдид кунад".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) огаҳ кардаанд, ки имон дар дили мусалмон фарсуда ва заъиф мешавад, ҳамонгуна ки либоси нав бар асари истифодаи тулонӣ куҳна ва фарсуда мешавад. Заъиф ва фарсуда шудани имон аз сабаби сустӣ дар адои ибодатҳо ва фурӯ рафтан дар гуноҳон ва шаҳватҳо ба миён меояд. Бинобар ин Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ба мо дастур ва иршод додаанд то бо адои фароиз ва бештар зикру истиғфор кардан аз Худованд бихоҳем имони моро таҷдид бифармояд.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Талаб кардан аз Худованд барои пойдорӣ дар имон ва таҷдиди он дар қалбҳо, бояд ташвиқ карда шавад.
 Имон қавл, амал ва эътиқод аст, ки бо тоъат кардан зиёд ва бо гуноҳ кардан кам мешавад.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
     <t>[رواه الحاكم والطبراني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65020</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ</t>
+    <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>Аз нишонаҳои қиёмат он аст, ки илм аз байн меравад ва ҷаҳлу нодонӣ зиёд мегардад, зино ва шаробнӯшӣ бештар ривоҷ меёбад, мардон кам ва занон зиёд мешаванд, то инки барои панҷоҳ зан як сарпараст (мард) мерасад</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>Аз Анас (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: барои шумо ҳадисеро, ки аз  Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) шунидам мегӯям, ки ғайр аз ман касе онро ба шумо нахоҳад гуфт: аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) шунидам, ки мегуфт: "Аз нишонаҳои қиёмат он аст, ки илм аз байн меравад ва ҷаҳлу нодонӣ зиёд мегардад, зино ва шаробнӯшӣ бештар ривоҷ меёбад, мардон кам ва занон зиёд мешаванд, то инки барои панҷоҳ зан як сарпараст (мард) мерасад".</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён фармудааст, ки аз нишонаҳои наздик шудани қиёмат аз байн рафтани илми шариъат аст, ки бо сабаби марги уламо ба миён меояд. (Зеро бо сабаби марги уламо илми шариат аз байн рафта ҷои онро ҷаҳлу нодонӣ фаро мегирад), ки дар натиҷаи он, ҷаҳлу нодонӣ бештар мегардад, зино ва фоҳишагӣ бештар ривоҷ ёфта шаробнӯшӣ ба авҷи худ мерасад. Шумори мардон кам ва аз занон зиёд мешавад, то онҷо, ки барои ҳар панҷоҳ зан як мард хоҳад буд, ки ба кор ва умури онҳо расидагӣ мекунад.</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
 علم وقت الساعة من الأمور الغيبية التي استأثر الله بها.
 الحث على تعلم العلم الشرعي قبل فقده.</t>
   </si>
   <si>
     <t>Баёни баъзе аз нишонаҳои қиёмат.
 Замони вуқӯъи қиёмат аз илмҳои ғайбӣ аст, ки Худованд онро ба худ ихтисос додааст.
 Улуми шариат қабл аз онки аз байн биравад, бояд ба таври ҳатмӣ фаро гирифта шавад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65021</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ</t>
+    <t>لا تقوم الساعة حتى تقاتلوا اليهود، حتى يقول الحجر وراءه اليهودي: يا مسلم، هذا يهودي ورائي فاقتله</t>
   </si>
   <si>
     <t>Қиёмат барпо намешавад, то онки шумо бо яҳудиён меҷангед, ҳатто санге, ки яҳудӣ пушти он пинҳон шудааст мегӯяд: эй мусалмон! Ин яҳудӣ аст пушти ман пинҳон шудааст, ӯро бикуш</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Қиёмат барпо намешавад, то онки шумо бо яҳудиён меҷангед, ҳатто санге, ки яҳудӣ пушти он пинҳон шудааст мегӯяд: эй мусалмон! Ин яҳудӣ аст пушти ман пинҳон шудааст, ӯро бикуш".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
 حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додааст, ки қиёмат барпо намешавад, то замоне, ки мусалмонон бо яҳудиён биҷанганд. Ҳатто яҳудие, ки аз ҷанг гурехтааст ва мехоҳад пушти санг пинҳон шавад, санг бо хости Худованд ба сухан омада мусалмонро фарёд мезанад, ки яҳудӣ пушти он пинҳон шудааст, то биёяд ва ӯро бикушад.</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>Хабар додани Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз баъзе аз умури ғайбӣ ва ё ончи дар оянда рух хоҳад дод, ҳамон гуна, ки Худованд ӯро хабар додааст, ва ба таври ҳатмӣ рух хоҳанд дод.
 Ҷанги мусалмонон бо яҳуд дар охири замон ва инки он аз нишонаҳои қиёмат аст.
 Боқӣ мондани дини ислом то рӯзи қиёмат ва пирӯзии он бар тамоми динҳо.
 Пирӯзии мусалмонон бар душманони худ, аз ҷумла ба сухан омадани санг дар охири замон аз нишонаҳои он аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65023</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ</t>
+    <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
   </si>
   <si>
     <t>Қиёмат барпо намешавад то инки офтоб аз мағриб тулӯъ кунад, ва чун аз мағриб тулӯъ кунад мардум пас аз дидани он ҳама имон биёваранд</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: " Қиёмат барпо намешавад то инки офтоб аз мағриб тулӯъ кунад, ва чун аз мағриб тулӯъ кунад мардум пас аз дидани он ҳама имон биёваранд. (Рӯзе, ки баъзе нишонаҳои Аллоҳ ошкор шавад, имони касе, ки пеш аз он имон наёварда ё дар вақти имон доштанаш кори неке анҷом надодааст, барои ӯ фоидае нахоҳад дошт. (Анъом: 158)). Қиёмат дар ҳоле фаро мерасад, ки ду мард дар ҳоли хариду фурӯши матоъи худ ҳастанд, аммо на хариду фурӯши худро ба поён мерасонанд ва на фурсат барои ҷамъ кардани он хоҳад монд. Қиёмат дар ҳоле барпо мешавад, ки марде шири шутури худро ҷӯшида аммо фурсат барои нӯшидани он нахоҳад монд. Қиёмат дар ҳоле барпо мешавад, ки марде ҳавзи худро таъмир мекунад, аммо аз он об наменӯшад. Қиёмат дар ҳоле барпо мешавад, ки яке аз шумо луқмаи нонро ба тарафи даҳонаш мебарад, аммо онро намехӯрад".</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه وسلم أن من علامات الساعة الكبرى أن تطلع الشمس من المغرب بدلًا من المشرق، وعندما يراها الناس يؤمنون جميعًا، 
 فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
 ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
 فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
 وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
 وتقوم الساعة والرجل يصلح حوضه ويُطيِّنُه فلا يسقي فيه، 
 وتقوم الساعة والرجل قد رفع لقمته إلى فمه ليأكل فلا يأكلها.</t>
   </si>
   <si>
     <t>Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) хабар медиҳад, ки яке аз нишонаҳои қиёмат он аст, ки офтоб на аз машриқ балки аз мағриб тулӯъ мекунад, ва чун мардум онро бо чашми худ мебинанд, ҳама имон меоваранд. Дар он вақт на кофирро имон суд хоҳад бахшид, ва на касеро амали нек ва тавба. Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) огаҳ фармудаанд, ки қиёмат ба таври ногаҳонӣ барпо мешавад, ба гунае, ки мардум дар он лаҳза машғули кор ва зиндагии худ ҳастанд. Қиёмат дар ҳоле барпо мешавад, ки фурӯшанда ва харидор машғули савдои худ ҳастанд, матоъ миёни онҳо гузошта шудааст, аммо савдо нотамом боқӣ мемонад, ҳатто фурсат барои ҷамъ кардани он нахоҳад монд. Қиёмат дар ҳоле барпо мешавад, ки мард шутури худро ҷӯшида аммо дигар фурсат барои нӯшидани он намеёбад. Қиёмат дар ҳоле барпо мешавад, ки марде ҳавзи оби худро бино ва таъмир кардааст, аммо аз оби он истифода намекунад. Қиёмат дар ҳоле барпо мешавад, ки марде луқмаи таоми худро мебардорад то ба даҳон гузорад, аммо онро хурда наметавонад.</t>
   </si>
   <si>
     <t>الإسلام والتوبة مقبولة ما لم تطلع الشمس من مغربها.
 الحث على الاستعداد للساعة بالإيمان والعمل الصالح؛ لأن الساعة تأتي بغتة.</t>
   </si>
   <si>
     <t>Имон овардан ва тавба кардан то замоне пазируфта мешавад, ки хуршед аз мағриб тулӯъ накардааст.
 Омодагӣ барои рӯзи қиёмат бо имон ва амалҳои нек, зеро қиёмат ногаҳон фаро мерасад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65026</t>
   </si>
   <si>
-    <t>حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ</t>
+    <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
   </si>
   <si>
     <t>Паҳноӣ ҳавзи ман ба андозаи як моҳ роҳ рафтан аст, обаш сафедтар аз шир ва бӯяш хушбӯтар аз миск аст</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
   </si>
   <si>
     <t>Аз Абдуллоҳ ибни Амр (Худованд аз он ду розӣ бод) гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Паҳноӣ ҳавзи ман ба андозаи як моҳ роҳ рафтан аст, обаш сафедтар аз шир ва бӯяш хушбӯтар аз миск аст, кӯзаҳои он монанди ситорагони осмон  ҳастанд, касе аз он бинӯшад дигар ҳаргиз ташна намешавад"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
 وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
 وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
 وأباريقه مثل نجوم السماء في كثرتها، 
 مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додаанд, ки рӯзи қиёмат соҳиби ҳавзе ҳастанд, ки паҳноӣ ва дарозии он ба андозаи як моҳа роҳ рафтан аст, обаш сафедтар аз шир, бӯяш хуштар аз бӯйи миск ва шумори кӯзаҳои он ба андозаи ситораҳои осмон аст. Касе аз он ҳавз бо он кӯзаҳо об бинӯшад дигар ҳаргиз ташнагиро нахоҳад дид.</t>
   </si>
   <si>
     <t>حوض النبي صلى الله عليه وسلم مجمع ماء عظيم يرده المؤمنون من أمته يوم القيامة.
 حصول النعيم لمن يشرب من الحوض فلا يظمأ أبدا.</t>
   </si>
   <si>
     <t>Ҳавзи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) як ҳавзи бисёр пуроб ва лабрез аст, ки мӯъминони уммати ӯ (Салому дуруди Аллоҳ бар ӯ бод) рӯзи қиёмат аз он об менӯшанд.
 Саодат насиби касе мешавад, ки аз он ҳавз менӯшад ва дигар ҳаргиз ташнагиро нахоҳад дид.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65030</t>
   </si>
   <si>
-    <t>إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي</t>
+    <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
   </si>
   <si>
     <t>Ман (рӯзи қиёмат) назди ҳавз ҳастам, то бубинам кадоме аз шумо ба назди ман ворид мешавед ва иддаеро аз назди ман мебаранд ва ман мегӯям: Парвардигоро! Онҳо аз ман ва аз уммати ман ҳастанд</t>
   </si>
   <si>
     <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
   </si>
   <si>
     <t>Аз Асмоа духтари Абубакр (Худованд аз он ду розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Ман (рӯзи қиёмат) назди ҳавз ҳастам, то бубинам кадоме аз шумо ба назди ман ворид мешавед ва иддаеро аз назди ман мебаранд ва ман мегӯям: Парвардигоро! Онҳо аз ман ва аз уммати ман ҳастанд, гуфта мешавад: оё медонӣ пас аз ту чи амалҳое анҷом додаанд? Савганд ба Аллоҳ онҳо дини худро тарк карда ба ҳоли аввалии худ  бармегаштанд"</t>
   </si>
   <si>
     <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
 وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
 فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён медоранд, ки ӯ рӯзи қиёмат дар назди ҳавз аст то бубинад, ки чи касе аз умматонаш ба назди ҳавз меояд, баъзе аз мардумон аз назди ӯ (Салому дуруди Аллоҳ бар ӯ бод) бурда мешаванд ва Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мегӯяд: Парвардигорам! Онҳо аз ман ва аз уммати ман ҳастанд. Ба Паёмбар гуфта мешавад: Оё медонӣ пас аз шумо чи амалҳое анҷом медоданд? Савганд ба Аллоҳ онҳо дини худро тарк карда ба ҳоли аввалии худ бармегаштанд, онҳо на аз ту ва на аз уммати ту ҳастанд.</t>
   </si>
   <si>
     <t>رحمة النبي صلى الله عليه وسلم بأمته وحرصه عليهم.
 خطورة مخالفة ما كان عليه النبي صلى الله عليه وسلم.
 الحث على التمسك بسنة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Шафқат ва меҳрубонии Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) бар умматони худ ва таваҷҷуҳи ӯ нисбат ба онҳо.
 Хатари мухолифат бар ончи, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ба мо овардааст.
 Даъват барои риоя ва чанг задан ба суннати Паёмбар (Салому дуруди Аллоҳ бар ӯ бод).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65031</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا</t>
+    <t>والذي نفس محمد بيده لآنيته أكثر من عدد نجوم السماء وكواكبها</t>
   </si>
   <si>
     <t>Қасам ба Онки ҷони Муҳаммад ба дасти Ӯст, зарфҳои ҳавз бештар аз ситорагони осмон</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا آنِيَةُ الْحَوْضِ؟ قَالَ: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا، أَلَا فِي اللَّيْلَةِ الْمُظْلِمَةِ الْمُصْحِيَةِ، آنِيَةُ الْجَنَّةِ مَنْ شَرِبَ مِنْهَا لَمْ يَظْمَأْ آخِرَ مَا عَلَيْهِ، يَشْخَبُ فِيهِ مِيزَابَانِ مِنَ الْجَنَّةِ، مَنْ شَرِبَ مِنْهُ لَمْ يَظْمَأْ، عَرْضُهُ مِثْلُ طُولِهِ، مَا بَيْنَ عَمَّانَ إِلَى أَيْلَةَ، مَاؤُهُ أَشَدُّ بَيَاضًا مِنَ اللَّبَنِ، وَأَحْلَى مِنَ الْعَسَلِ».</t>
   </si>
   <si>
     <t>Аз Абузар (Худованд аз ӯ розӣ бод) ривоят аст, ки мегӯяд: ба Паёмбари Худо гуфтам: Эй Паёмбари Худо! Зарфҳои ҳавз чигуна ҳастанд? Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Қасам ба Онки ҷони Муҳаммад ба дасти Ӯст, зарфҳои ҳавз бештар аз ситорагони осмон ҳастанд, ки дар шаби торик ва беабр дида мешаванд, ҳар касе аз зарфҳои биҳишт бинӯшад дигар ташна намешавад, аз ду новадони биҳишт ба он об мерезад, касе аз он бинӯшад дигар ташна намешавад. Андозаи паҳноӣ ва тӯли он баробар аст, андозаи он ба монанди фосилаи миёни Уммон ва Айла аст, оби он сафедтар аз шир ва ширинтар аз асал аст".</t>
   </si>
   <si>
     <t>أقسم النبي صلى الله عليه وسلم بأن آنية حوضه يوم القيامة أكثر من عدد نجوم وكواكب السماء، 
 وذلك يظهر في الليلة المظلمة التي لا قمر فيها؛ لأن الليلة المقمرة لا تكون فيها النجوم واضحة لاستتارها بضوء القمر، والتي لا غيم فيها؛ لأن وجود الغيم يمنع من رؤية النجوم، 
 وأن آنية الجنة، مَن شرب من الشراب الذي فيها لا يعطش أبدًا، ويكون ذلك آخر ما يصيب الشارب من العطش، 
 وأن حوضه يسيل فيه ميزابان من الجنة، وعرضه مثل طوله؛ 
 فالحوض متساوي الأركان، طوله يكون بمقدار المسافة التي بين عَمّان وهي بلدة بالبلقاء من الشام، إلى أَيْلَةَ وهي مدينة معروفة في طرف الشام، 
 وماء الحوض أكثر بياضًا من اللبن، وطعمه أحلى من طعم العسل.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) савганд ёд намуданд, ки зарфҳои ҳавзи ӯ (с) дар рӯзи қиёмат бештар аз шумори ситорагони осмон ҳастанд, ки дар шаби торик ва бе моҳтоб дида мешавад, зеро дар шаби равшан ва моҳтобӣ ситорагон ба хубӣ дида намешаванд, ҳамон гуна, ки дар шаби абрӣ низ дидани онҳо душвор аст. Аз вижагиҳои  зарфҳои биҳиштӣ ин аст, ки ҳар касе аз оби онҳо бинӯшад, дигар ҳаргиз ташна намешавад ва охирин ташнагии онҳо хоҳад буд. Вижагии дигари ҳавзи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)  вуҷӯди ду новадон аст, ки аз биҳишт об сарозер мешавад ва  паҳноӣ он ҳавз ба андозаи тӯли он аст. Чаҳор тарафи ҳавз мутасовӣ ва баробар аст, ки андозаи як тарафи он баробар аст ба андозаи масофаи миёни Уммон, шаҳре дар сарзамини Балқои Шом, то Айла, ки шаҳри машҳури дигаре дар дигар гӯшаи Шом аст. Оби ҳавз сафедтар аз шир ва ширинтар аз асал аст.</t>
   </si>
   <si>
     <t>إثبات الحوض وما فيه من أنواع النعيم.
 عِظم الحوض وطوله وعرضه وكثرة آنيته.</t>
   </si>
   <si>
     <t>Исботи вуҷӯди ҳавз ва анвоъи неъматҳо дар он.
 Ҳавзи Паёмбари Худо ва паҳновари он бисёр бузург ва дорои зарфҳои бешумор аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65032</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن الله سيخلص رجلا من أمتي على رءوس الخلائق يوم القيامة</t>
   </si>
   <si>
     <t>Худованд рӯзи қиёмат мардеро аз уммати ман дар баробари мардум ихтиёр намуда</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ العَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ، فَيَنْشُرُ عَلَيْهِ تِسْعَةً وَتِسْعِينَ سِجِلًّا، كُلُّ سِجِلٍّ مِثْلُ مَدِّ الْبَصَرِ، ثُمَّ يَقُولُ: أَتُنْكِرُ مِنْ هَذَا شَيْئًا؟ أَظَلَمَكَ كَتَبَتِي الْحَافِظُونَ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: أَفَلَكَ عُذْرٌ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: بَلَى إِنَّ لَكَ عِنْدَنَا حَسَنَةً، فَإِنَّهُ لَا ظُلْمَ عَلَيْكَ الْيَوْمَ، فَتُخْرَجُ بِطَاقَةٌ فِيهَا: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، فَيَقُولُ: احْضُرْ وَزْنَكَ، فَيَقُولُ: يَا رَبِّ مَا هَذِهِ الْبِطَاقَةُ مَعَ هَذِهِ السِّجِلَّاتِ؟ فَقَالَ: إِنَّكَ لَا تُظْلَمُ، قَالَ: فَتُوضَعُ السِّجِلَّاتُ فِي كِفَّةٍ، وَالْبِطَاقَةُ فِي كِفَّةٍ، فَطَاشَتِ السِّجِلَّاتُ، وَثَقُلَتِ الْبِطَاقَةُ، فَلَا يَثْقُلُ مَعَ اسْمِ اللهِ شَيْءٌ».</t>
   </si>
   <si>
     <t>Аз Абдуллоҳ ибни Амр ибни Ос (Худованд аз он ду розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Худованд рӯзи қиёмат мардеро аз уммати ман дар баробари мардум ихтиёр намуда барои ӯ навадунуҳ китоб (саҳифаро)-ро мекушояд, ки дарозии ҳар саҳифаи он то ҷое ки чашм мебинад, (масофае ки чашми инсон мерасад) паҳн карда шуда аст. Сипас Худованд мефармояд: оё чизе аз ин навиштаҳоро инкор мекунӣ? Оё котибони ман ба ту зулм кардаанд? Он мард мегӯяд: не эй Парвардигор. Сипас Худованд мегӯяд: оё ягон узре дори? Он мард мегӯяд: не эй Парвардигор. Сипас Худованд мегӯяд: аммо ту назди Мо (яъне дар номаи аъмолаш) як ҳасана (некӣ)-е дорӣ ва имрӯз бароят зулме раво дошта намешавад. Сипас порчае аз коғазеро меоранд, ки дар он навишта шудааст: Ашҳаду ан ло илоҳа иллалоҳ ва ашҳаду анна Муҳаммадан ъабдуҳу ва расулуҳу.  Ба ӯ гуфта мешавад: ба назди тарозуят биё, мегӯяд: Парвардигоро ин баргаи коғаз дар баробари он саҳифаҳо чи ҳисоб мешавад ва чи вазн дорад? Худованд мегӯяд: ба ту зулму ситам нахоҳад шуд. Сипас он саҳифаҳо дар як паллаи тарозу гузошта мешаванд ва баргаи коғаз дар паллаи дигар, ва он саҳифаҳо ба ҳар тараф пароканда мешаванд ва паллае ки бар он барга гузошта шудааст вазнинӣ мекунад. Чизе дар баробари номи Аллоҳ вазнинтар аз он нест".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم إن الله يختار رجلًا من أمته على رؤوس الخلائق يوم القيامة يُنادَى به ليُحاسَب، فيَعرِضُ عليه تسعةً وتسعين سِجِلًّا وهي صحائف أعماله السيئة التي كان يعمل بها في الدنيا، وطول كل سجل مثل مد البصر، 
 ثم يقول الله عز وجل لهذا الرجل: أتنكر شيئًا من المكتوب في هذه السِّجِلّات؟ 
 أظلمك ملائكتي الحفظة الكتبة؟ 
 فيقول الرجل: لا يا رب. 
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён медоранд, ки рӯзи қиёмат Худованд мардеро аз миёни умматаш барои ҳисоб ва бозхост дар ҳузури мардум интихоб мекунад. Назди ӯ 99 саҳифа гузошта мешавад, ки иборат аз амалҳои бади ӯ дар дунё ҳастанд ва дарозии ҳар як саҳифа ба андозаи масофаи дидани чашм аст. Худованд ба он мард хитоб фармуда мегӯяд: оё чизе аз навиштаҳои ин китобҳоро инкор мекунӣ? Оё фариштаҳои нависанда зулме барои ту раво дидаанд? Он мард мегӯяд: не эй Парвардигори ман. Худованд мегӯяд: оё барои амалҳое, ки дар дунё анҷом додаи узр ва баҳонае дорӣ? Хоҳ аз сабаби фаромӯшӣ, иштибоҳ ё нодонӣ? Он мард мегӯяд: не эй Парвардигори ман, ҳеҷ узр ва баҳонае надоштам. Аммо Худованд мегӯяд: балки назди мо ҳасана (некӣ)-е аз шумо вуҷӯд дорад, ки имрӯз ба сабаби он ба шумо ситам нахоҳад шуд. Сипас баргае ба ӯ нишон дода мешавад, ки дар он навишта шудааст: Гувоҳӣ медиҳам нест худое барҳақ магар Аллоҳ, ва гувоҳӣ медиҳам, ки Муҳаммад банда ва фиристодаи Худост. Сипас Худованд ба он мард мегӯяд: тарозуи худро биёр. Он мард бо таъаҷҷуб мегӯяд: Парвардигорам! Ин барга дар баробари ин ҳама саҳифаҳо чи вазне дорад? Худованд мегӯяд: Имрӯз бар ту зулм нахоҳад шуд. Гуфт: саҳифаҳо (амалҳои бади ӯ) дар як паллаи тарозу ва он барга (амали нек, калимаи шаҳодат) дар паллаи дигари тарозу гузошта мешавад, ки он сангинтар аз тамоми саҳифаҳо бармеояд ва мавриди мағфирати Парвардигор қарор мегирад.</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>Бузургӣ ва азамати калимаи тавҳид: Гувоҳӣ додан бар инки нест худое бар ҳақ магар Аллоҳ, ва вазни он дар тарозуи аъмол.
 Гуфтани "Ло илоҳа иллаллоҳ" фақат бо забон басанда нест, балки бояд маънои он фаҳмида ва ба он амал карда шавад.
 Ихлос ва қуввати тавҳид сабаби мағфират ва пок шудан аз гуноҳон аст.
 Имони ҳар шахс ба андоза ва тафовути ихлос, ки дар қалб дорад мутафовит аз дигарон аст, баъзе аз мардум ин калимаро ба забон меоранд, вале ба андозаи гуноҳонашон азоб дода мешаванд.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[رواه الترمذي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65033</t>
   </si>
   <si>
-    <t>لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ</t>
+    <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>Вақте Худованд биҳишт ва дузахро офарид, Ҷибраил (Алайҳис-салом)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>Абуҳурайра (Худованд аз ӯ розӣ бод) аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ривоят мекунад, ки фармуданд: "Вақте Худованд биҳишт ва дузахро офарид, Ҷибраил (Алайҳис-салом) -ро ба биҳишт фиристод ва ба ӯ гуфт: биҳишт ва ончи барои бошандагони он омода кардаам, бубин. Ҷибраил (Алайҳис-салом) биҳиштро дид ва баргашту гуфт: савганд ба иззати Ту ҳар касе сифати онро шунавад шефтаи он мешавад. Сипас Худованд фармуд то атрофи он бо сахтӣ ва душвориҳо печонида шавад. Боз Худованд ба Ҷабраил гуфт: бирав биҳишт ва ончи барои сокинони он омода кардаам, бубин. Ҷибраил (Алайҳис-салом) ба биҳишт назар кард ва дид, ки атрофи он бо сахтиҳо ва мушкилот печонида шудааст, гуфт: ба иззати Ту қасам, аз он метарсам, ки касе ба онҷо дохил нашавад. Худованд гуфт: бирав дӯзах ва ончи барои сокинони он омода кардаам, бубин. Ҷибраил (Алайҳис-салом) ба дӯзах назар кард, дид оташ болои ҳам аланга мезанад, баргашт ва гуфт: ба иззати Ту қасам касе ба он дохил намешавад. Худованд амр фармуд то атрофи он бо шаҳват ва ҳавову ҳавасҳо печонида шавад. (Худованд) гуфт: баргард ва ба он назар кун. Ҷабраил дид дӯзах бо шаҳват ва ҳавову ҳавасҳо печонида шудааст, баргашт ва гуфт: Қасам ба иззати Ту метарсам касе аз он наҷот нахоҳад ёфт".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
     <t>Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) хабар додаанд, ки вақте Худованд биҳишт ва дузахро офарид Ҷибраил (Алайҳис-салом)-ро гуфт: бирав ва ба он назар кун, чун Ҷибраил (Алайҳис-салом) биҳиштро дид, баргашт ва гуфт: эй Парвардигори ман! Ҳар касе аз биҳишт ва фаровонии неъмат ва хайроти он бишнавад, ҷуз ин нест, ки дӯст медорад вориди биҳишт шавад ва барои дохил шудан ба он амал мекунад. Сипас Худованд биҳиштро бо мушкилоту машаққатҳо, аз ҷумла бо анҷоми дастурот ва иҷтиноб аз мункарот, иҳота фармудааст. Ҳар касе мехоҳад ба онҷо ворид шавад бояд он машаққат ва сахтиҳоро убур кунад. Пас аз онки биҳишт ба машаққату сахтиҳо иҳота шуд, Худованд ба Ҷибраил (Алайҳис-салом) гуфт: бирав ва ба он як назар кун. Ҷибраил (Алайҳис-салом) ба биҳишт назар афканду баргашт ва гуфт: эй Парвардигори ман! Қасам ба иззати Ту машаққат ва мушкилоте, ки дар роҳи расидан ба он гузошта шудааст, метарсам касе ба онҷо дохил нахоҳад шуд. Чун Худованд дӯзахро офарид, ба Ҷибраил (Алайҳис-салом) гуфт: бирав ва ба он як назар кун. Пас аз онки Ҷибраил аз онҷо баргашт, гуфт: эй Парвардигори ман! Қасам ба иззати Ту, ҳар касе аз азобу шиканҷа ва машаққатҳои он бишнавад, аз амалҳое, ки сабаби ворид шудани банда ба онҷо мешавад, дар гурез хоҳад буд. Баъд аз онки Худованд ҳавас ва шаҳавотро дар роҳи расидан ба дузах қарор дод, ба Ҷибраил гуфт: бирав ва ба он як нигоҳ кун. Ҷибраил (Алайҳис-салом) пас аз онки аз онҷо баргашт, гуфт: Эй Парвардигори ман! Қасам ба иззати Ту, аз он метарсам, ки касе аз он наҷот нахоҳад ёфт, чун роҳи расидан ба он ҳавову ҳавас ва шаҳавот аст.</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>Боварӣ ва имон доштан бар онки биҳишту дӯзах  ҳоло вуҷуд дорад.
 Имон ба ғайб ва ба ҳар ончи аз ҷониби Худованд ва Паёмбараш (Салому дуруди Аллоҳ бар ӯ бод) омадааст, воҷиб аст.
 Аҳамияти сабр бар  сахтиҳо, зеро он роҳи расидан ба биҳишт аст.
 Аҳамияти дурӣ ҷустан аз муҳаррамот, зеро он роҳи дӯзах ба рӯи бандаро мекушояд.
 Роҳи расидан ба биҳишт бо сахтиҳо ва аз дӯзах бо шаҳавот сохта шудааст, ки ин худ як имтиҳон ва озмоиш дар зиндагии дунёст.
 Роҳи расидан ба биҳишт бисёр сахт ва пурмашаққат аст, ки сабру бурдборӣ ва имондориро тақозо мекунад. Аммо роҳи расидан ба дӯзах ҳавову ҳавас ва шаҳавот аст.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي والنسائي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65034</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ</t>
+    <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
     <t>Марг ба шакли қучқори сиёҳ-сафед</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
     <t>Аз Абусъаиди Худрӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: " Марг ба шакли қучқори сиёҳ-сафед оварда мешавад ва садо карда мешавад: эй биҳиштиён! Биҳиштиён сарҳои худро баланд карда гӯш фаро медиҳанд ва нидокунанда мегӯяд: оё инро мешиносед? Биҳиштиён, ки ҳама онро дидаанд ва мешиносанд мегӯянд бале ин марг аст. Сипас ба тарафи дузахиён садо карда мешавад ва дузахиён сарҳои худро баланд карда ба сӯи нидокунанда нигоҳ мекунанд ва ба онҳо гуфта мешавад: оё инро мешиносед? Дузахиён низ, ки онро дидаанд ва мешиносанд, мегӯянд: оре, ин марг аст. Сипас он кушта мешавад ва ба биҳиштиён гуфта мешавад, ки инҷо барои шумо ҷовидонӣ аст ва дигар марг барои шумо нест. Ҳамин гуна ба аҳли дӯзах гуфта мешавад, ки инҷо ҷовидонӣ аст ва дигар марг вуҷӯд надорад. Сипас Паёмбари Худо ин ду оятро хонд: (Битарсон (эй Паёмбар) одамонро аз рӯзи пушаймонӣ­­, ки чун кор ба поён расад. (аҳли дунё дар ғафлатанд) ва имрӯз онон дар дунё дар ғафлатанд ва онҳо аз ин сабаб имон намеоранд. (Марям: 39)"</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
 وذلك ليكون زيادة في نعيم المؤمنين، ونكاية في عذاب الكافرين.
 ثم قرأ النبي صلى الله عليه وسلم: 
 {وَأَنْذِرْهُمْ يَوْمَ الْحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ وَهُمْ لا يُؤْمِنُونَ} 
 فيوم القيامة يفصل بين أهل الجنة والنار، ودخل كل إلى ما صار إليه مخلدًا فيه، 
 فيتحسر المسيء ويندم إذ لم يحسن، والمقصر إذ لم يزدد من الخير.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён мекунад, ки рӯзи қиёмат марг ба шакли як  гӯсфанди нари сиёҳ-сафед оварда мешавад, ва гуфта мешавад, ки: эй аҳли биҳишт! Биҳиштиён сарҳои худро баланд карда нигоҳ мекунанд ва ба онҳо гуфта мешавад: Оё инро мешиносед? Биҳиштиён мегӯянд: оре ин марг аст ва ҳамагон, ки онро дидаанд, мешиносанд. Сипас он садокунанда боз садо мезанад, ки эй дузахиён! Онон низ сарҳои худро боло карда менигаранд, ва ба онҳо гуфта мешавад: оё инро мешиносед? Мегӯянд: оре, ин марг аст ва ҳамагон, ки онро дидаанд мешиносанд. Сипас он кушта мешавад ва нидокунанда мегӯяд: эй аҳли биҳишт! Барои шумо инҷо ҷовидонист ва дигар марг вуҷӯд надорад. Ва эй аҳли дӯзах! Инҷо барои шумо ҷовидонист ва дигар марг вуҷӯд надорад. Ин барои афзунӣ бар неъмат ва саодати биҳиштиён ва азоби бештар барои кофирон аст. Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ин оятро хонданд: (Битарсон (эй Паёмбар) одамонро аз рӯзи пушаймонӣ­­, ки чун кор ба поён расад. Ва имрӯз онон дар дунё дар ғафлатанд ва онҳо аз ин сабаб имон намеоранд (Марям: 39)). Рӯзи қиёмат миёни аҳли биҳишт ва дӯзахиён фосила эҷод мешавад ва ҳар кас ба ҷои абадӣ ва ҷовидонии худ меравад. Дар он рӯз гунаҳкор ҳасрат аз он мехурад, ки чаро амали нек анҷом надодааст ва касе, ки амали кам анҷом додааст пушаймон аз он аст, ки чаро дар амалҳои некаш наафзудааст.</t>
   </si>
   <si>
     <t>مصير الإنسان في الآخرة هو الخلود في الجنة أو النار.
 التحذير الشديد من هول يوم القيامة وأنه يوم الحسرة والندم.
 بيان دوام سرور أهل الجنة، ودوام حزن أهل النّار.</t>
   </si>
   <si>
     <t>Сарнавишти инсон дар охират ҷовидон мондан ё дар биҳишт аст ва ё дар дӯзах.
 Ҳушдор аз ваҳшати рӯзи қиёмат ва инки он рӯзи ҳасрат ва надомат аст.
 Баёни ҳамешагии саодати биҳиштиён ва ҷовидон дар андӯҳ мондани дузахиён.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65035</t>
   </si>
   <si>
-    <t>نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ</t>
+    <t>ناركم جزء من سبعين جزءا من نار جهنم</t>
   </si>
   <si>
     <t>Ин оташи шумо бахше аз ҳафтод бахши оташи дӯзах аст</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ»، قِيلَ: يَا رَسُولَ اللَّهِ، إِنْ كَانَتْ لَكَافِيَةً. قَالَ: «فُضِّلَتْ عَلَيْهِنَّ بِتِسْعَةٍ وَسِتِّينَ جُزْءًا كُلُّهُنَّ مِثْلُ حَرِّهَا».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармудаанд: "Ин оташи шумо бахше аз ҳафтод бахши оташи дӯзах аст". Гуфтанд: эй Расули Худо! Ҳамин оташи дунё худ басанда аст. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гуфт: "Гармии он шасту нуҳ баробар бештар аз ин оташ аст, ки гармии ҳар яки он ба андозаи ин оташ аст"</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додааст, ки оташи дунё танҳо як бахше аз ҳафтод бахши оташи дӯзах аст, қуввати гармии оташи дӯзах шасту нуҳ баробари дигар бештар аз гармии оташи дунё аст, ки ҳар як қисмати он баробари гармии оташи дунё аст. Гуфтанд: эй Расули Худо! Ҳамон оташи дунё барои касоне, ки вориди дӯзах мешаванд худ басанда аст. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гуфт: гармии оташи дӯзах шасту нуҳ маротиба бештар аз оташи дунё аст, ки гармии ҳар як қисмати он баробар ба оташи дунё аст.</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>Ҳушдор ва бим додан аз оташи дӯзах, то мардум аз амалҳое, ки сабаби ворид шудан ба дӯзах мешаванд, барҳазар бошанд.
 Оташи дӯзах бисёр ҳавлнок ва дардовар, ва дорои ҳарорати бисёр баланд аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65036</t>
   </si>
   <si>
-    <t>حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً</t>
+    <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>Расули Худо (Салому дуруди Аллоҳ бар ӯ бод), ки ӯ ростгӯ ва тасдиқшуда аст ба мо чунин фармуданд: "Тарзи офариниши ҳар яке аз шумо ба гунае аст, ки ба муддати чиҳил рӯз дар батни модар, ҷамъ меояд</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
     <t>Аз Абдуллоҳ ибни Масъуд (Худованд аз ӯ розӣ бод) ривоят аст, ки мегӯяд: Расули Худо (Салому дуруди Аллоҳ бар ӯ бод), ки ӯ ростгӯ ва тасдиқшуда аст ба мо чунин фармуданд: "Тарзи офариниши ҳар яке аз шумо ба гунае аст, ки ба муддати чиҳил рӯз дар батни модар, ҷамъ меояд. Сипас чиҳил рӯзи дигар ба хунпора табдил меёбад, пас аз он чиҳил рӯзи дигар ҳамчун гӯштпора. Сипас фаришта фиристода мешавад ва ба навиштани чаҳор чиз: ризқ, марг, амал ва инки ӯ бадбахт аст ё хушбахт, амр шуда, дар ӯ рӯҳ дамонда мешавад. Савганд ба зоте, ки ҷуз Ӯ маъбуде нест, яке аз шумо амали биҳиштиёнро анҷом медиҳад то инки миёни ӯ ва ҷаннат ба масофаи як зироъ боқӣ мемонад, аммо тақдир бар ӯ сабқат намуда амали дӯзахиёнро анҷом дода, вориди ҷаҳаннам мешавад. Ҳамин гуна яке аз шумо амали дӯзахиёнро анҷом медиҳад то инки миёни ӯ ва дӯзах ба масофаи як зироъ боқӣ мемонад, аммо тақдир бар ӯ сабқат намуда  амали биҳиштиёнро анҷом медиҳад  ва вориди ҷаннат мешавад".</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>Ибни Масъуд мегӯяд: Расули Худо (Салому дуруди Аллоҳ бар ӯ бод), ки ӯ дар гуфтораш ростгӯ ва тасдиқшуда аз ҷониби Аллоҳ аст ба мо чунин фармуданд: Тарзи офариниши ҳар яке аз шумо ба гунае аст, ки чун мард бо ҳамсараш ҳамхобагӣ мекунад оби мании парокандаи ӯ дар шиками зан муддати чиҳил рӯз ба шакли нутфа мемонад. Сипас чиҳил рӯзи дигар алақа, ба монанди хунпораи ғафс, мемонад. Боз чиҳил рӯзи дигар табдил ба музға, гӯштпорае ба монанди луқмаи ҷавидашуда, боқӣ мемонад. Сипас Худованд пас аз поёни чиҳилрӯзаи сеюм фариштаеро мефиристад то дар он рӯҳро бидамонад. Ба фаришта дастур дода мешавад то чор чизро бинависад, ки иборатанд аз: ризқи ӯ, яъне ҳамон андоза аз неъматҳое, ки дар зиндагӣ ба даст меорад. Аҷали ӯ, яъне ҳамон муддат ва замоне, ки дар дунё боқӣ мемонад. Амали ӯ, яъне чи амалҳоеро анҷом медиҳад? 
 Ӯ як шахси бадбахт хоҳад буд ва ё хушбахт. Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) савганд ёд мекунад, ки шахсе амалҳои биҳиштиёнро анҷом медиҳад, ба гунае ки ба чашми мардум амали нек вонамуд мегардад, то инки миёни ӯ ва биҳишт ба андозаи як зироъ (як газ) мемонад, (яъне: миёни ӯ ва расидан ба биҳишт фосилае ҷуз як газ намемонад), аммо тақдир ва ончи бар ӯ навишта шудааст ғолиб омада ногоҳ амале аз амалҳои дӯзахиёнро анҷом дода поёни кораш ворид шудан ба ҷаҳаннам аст. Зеро шарти қабули амал устуворӣ дар он аст. Ҳамин гуна шахсе амалҳои аҳли дӯзахро анҷом медиҳад, то инки барои ворид шудан ба дӯзах ҷуз масофаи як зироъ намемонад, ногаҳон тақдир бар ӯ ғолиб омада амале аз амалҳои биҳиштиёнро анҷом медиҳад ва вориди ҷаннат мешавад.</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>Сарнавишт ва оқибати тамоми аъмол вобаста ба қазо ва қадар аст, ки дар он аз пеш чи навишта шудааст.
 Аз мағрур шудан ба зоҳири амалҳо бояд барҳазар буд, зеро тамоми кор вобастагӣ ба анҷом ва поёни он дорад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65037</t>
   </si>
   <si>
-    <t>كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ</t>
+    <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>Худованд панҷоҳ ҳазор сол қабл аз офариниш замин ва осмонҳо, тақдири халоиқро навиштааст</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>Аз  Абдуллоҳ ибни Амр ибни Ос (Худованд аз он ду розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт: "Худованд панҷоҳ ҳазор сол қабл аз офариниш замин ва осмонҳо, тақдири халоиқро навиштааст, ва фармуд: Арши Худованд болои об буд".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар мавриди сарнавишти офариниш мефармояд, ки Худованд ҳама ончи дар тақдири инсонҳост, зиндагӣ, марг, рӯзӣ ва монанди инҳо, панҷоҳ ҳазор сол қабл аз офариниши замину осмонҳо дар лавҳи маҳфуз ба таври муфассал навиштааст, ва мутобиқи ончи Ӯ Таъоло муқаддар фармудааст, воқеъ мешавад. Ҳар чизе воқеъ мешавад ба иродат ва тақдири Худовандӣ аст. Ончи бар банда расид, мумкин набуд, ба ӯ нарасад, ва ончи ба ӯ нарасидааст, мумкин набуд, ки ба ӯ бирасад.</t>
   </si>
   <si>
     <t>وجوب الإيمان بالقضاء والقدر.
 القدر هو: علم الله بالأشياء وكتابته ومشيئته وخلقه لها.
 الإيمان بأن الأقدار مكتوبة قبل خلق السماوات والأرض يُثمِر الرضا والتسليم.
  أنّ عرش الرحمن كان على الماء قبل خلق السموات والأرض.</t>
   </si>
   <si>
     <t>Имон ба қазо ва қадар воҷиб аст.
 Тақдир иборат аст аз: илми Худованд бар ҳама чиз, аз офариниш, навиштан ва иродаи Ӯ Таъоло бар онҳо.
 Имон доштан бар инки тақдир пеш аз офариниши осмонҳо ва замин навишта шудааст, ки боиси ризоят ва таслим шудан мегардад.
 Ва имон доштан бар инки Ъарши Худованд пеш аз офариниши осмонҳо ва замин болои об буд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65038</t>
   </si>
   <si>
-    <t>كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ</t>
+    <t>كل شيء بقدر، حتى العجز والكيس، أو الكيس والعجز</t>
   </si>
   <si>
     <t>Ҳама чиз вобаста ба тақдир аст, ҳатто оҷизию нотавонӣ ва зиракию ҳӯшёрӣ</t>
   </si>
   <si>
     <t>عَنْ طَاوُسٍ أَنَّهُ قَالَ: أَدْرَكْتُ نَاسًا مِنْ أَصْحَابِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُونَ كُلُّ شَيْءٍ بِقَدَرٍ، قَالَ: وَسَمِعْتُ عَبْدَ اللهِ بْنَ عُمَرَ رضي الله عنهما يَقُولُ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ».</t>
   </si>
   <si>
     <t>Аз Товус ривоят аст, ки гуфт: мардумоне аз ёрони Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро дидем, ки мегуфтанд: ҳама чиз вобастагӣ ба тақдир дорад. Мегӯяд: Абдуллоҳ ибни Умарро (Худованд аз он ду розӣ бод) шунидам, ки мегуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Ҳама чиз вобаста ба тақдир аст, ҳатто оҷизию нотавонӣ ва зиракию ҳӯшёрӣ".</t>
   </si>
   <si>
     <t>بيَّن النبي صلى الله عليه وسلم أن كل شيء بقدر؛ 
 حتى العجز وهو: ترك ما يجب فعله والتسويف به وتأخيره عن وقته، بأمور الدنيا والآخرة. 
 وحتى الْكَيْسُ وهو: النشاط والحِذْق بأمور الدنيا والآخرة. 
 وإن الله عز وجل قد قدَّر العجز والكيس وكل شيء، لا يقع في الوجود إلا وقد سبق به علم الله ومشيئته.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён намуданд, ки ҳама чиз марбут ба тақдир аст, ҳатто аҷз ва нотавонӣ, ки иборат аст аз: тарк кардани коре, ки бояд анҷом дода шавад ва ба таъхир андохтани он аз вақташ дар корҳои дунё ва охират. Ҳамчунин ҳушёрӣ ва зиракӣ, ки иборат аст аз: фаъолият ва маҳорат доштан дар корҳои дунё ва охират. Худованди Мутаъол тавон  ва нотавонӣ ва дар умум ҳама чизро муқаддар намудааст, ҳеҷ чиз рух намедиҳад, магар инки илм ва машияти Худованд бар он навишта шудааст.</t>
   </si>
   <si>
     <t>بيان اعتقاد الصحابة رضوان الله عليهم في القدر.
 كل شيء يحصل بقدر الله حتى العجز والنشاط.
 تثبت وحذر الصحابة رضوان الله عليهم في نقل حديث رسول الله صلى الله عليه وسلم.
 الإيمان بالقدر كله خيره وشره.</t>
   </si>
   <si>
     <t>Баёни эътиқоди саҳоба (Худованд аз онҳо розӣ бод) дар мавриди тақдир.
 Ҳама чиз дар ин дунё тибқи ончи Худованд муқаддар намудааст рух медиҳад, ҳатто оҷизию нотавони ва ё нишоту ҳушёрӣ.
 Диққат ва эҳтиёткории саҳобагони киром дар нақл ва ривояти ҳадиси Паёмбар (Салому дуруди Аллоҳ бар ӯ бод).
 Имон ба тақдир, ба нек ва ба бади он.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65039</t>
   </si>
   <si>
-    <t>إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً</t>
+    <t>إذا قضى الله لعبد أن يموت بأرض جعل له إليها حاجة</t>
   </si>
   <si>
     <t>Худованд агар муқаддар созад, ки банда дар сарзамин ё ҷои дигаре бимирад, барои ӯ дар онҷо ҳоҷат ва ниёзе қарор медиҳад</t>
   </si>
   <si>
     <t>عَنْ مَطَرِ بْنِ عُكَامِسٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً».</t>
   </si>
   <si>
     <t>Аз Матар ибни Укомис (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Худованд агар муқаддар созад, ки банда дар сарзамин ё ҷои дигаре бимирад, барои ӯ дар онҷо ҳоҷат ва ниёзе қарор медиҳад".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله إذا قضى وقدَّر لعبد أن يموت بأرض وهو غير موجود فيها؛ جعل له إليها حاجة فيأتي إليها، فتقبض روحه فيها.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додаанд, ки Худованд агар марги бандаеро дар сарзамине муқаррар сохта бошад, ки худи ӯ дар он сарзамин ҳузур надорад, барои ӯ дар он сарзамин ниёз ва ҳоҷате қарор медиҳад, ки банда ба онҷо меояд ва дар онҷо қабзи руҳ мешавад.</t>
   </si>
   <si>
     <t>الحديث مصداق لقول الله عز وجل: {وما تدري نفس بأي أرض تموت}.</t>
   </si>
   <si>
     <t>Ин ҳадис худ мисдоқи сухани Худованд аст, ки мефармояд: "Ва ҳеҷ кас намедонад, ки дар кадом сарзамин мемирад".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65040</t>
   </si>
@@ -5771,453 +7084,491 @@
 فأسلم ضمام، وأخبر النبي صلى الله عليه وسلم أنه سيدعو قومه للإسلام. ثم عرف نفسه وأنه ضمام بن ثعلبة من بني سعد بن بكر.</t>
   </si>
   <si>
     <t>Анас ибни Молик (Худованд аз ӯ розӣ бод) хабар медиҳад, ки саҳобагон бо  Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар масҷид нишаста буданд, марде савор бар шутур даромада шутури худро шинонд ва дар ҷое баст, ва аз онҳо пурсид: кадоме аз шумо Муҳаммад аст? Паёмбар (Салому дуруди Аллоҳ бар ӯ бод),  миёни қавм такя зада нишаста буд, гуфтем: ин марди сафедпӯст, ки такя задааст Муҳаммад аст. Он мард ба Паёмбари Худо гуфт: эй фарзанди Абдулмутталиб! Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Туро мешунавам, бипурс ва ман посухат мегӯям". Мард ба Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гуфт: ман аз ту мепурсам ва ман дар тарзи пурсишҳои худ  сахтгир ҳастам, бинобар ин аз ман малол набошед. Яъне: аз ман дилтанг нашавед ва ғазаб накунед. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: Ҳар чизе мехоҳӣ бипурс. Гуфт: туро ба хотири Парвардигорат ва Парвардигори пешиниёнат мепурсам, ки оё ту фиристодаи Худо ба сӯи тамоми мардумон ҳастӣ? Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) бинобар тасдиқ бар гуфтори худ фармуд: "Бор Илоҳо, бале". Мард гуфт: ба хотири Аллоҳ аз ту мепурсам, оё Аллоҳ туро амр кардааст, ки дар як шабонарӯз панҷ вақт намоз хонем? Яъне ҳамон намозҳои панҷгона. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Боро Илоҳо, бале". Мард гуфт: ба хотири Аллоҳ аз ту мепурсам, оё Аллоҳ туро амр кардааст, ки ин моҳро рӯза бидорем? Яъне моҳи рамазонро. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Боро Илоҳо, бале". Мард гуфт: Ба хотири Аллоҳ аз ту мепурсам, оё Аллоҳ туро амр фармудааст, ки садақаро аз сарватмандони худ гирифта ба фақирон тақсим кунем? Яъне закотро. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Боро Илоҳо, бале". Сипас Зимом ислом пазируфта ба Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гуфт, ки қавми худро ба ин дин даъват мекунад. Сипас худро муаррифӣ намуд, ки ӯ Зимом ибни Саълаба аз бани Саъд ибни Бакр аст.</t>
   </si>
   <si>
     <t>تواضع النبي عليه الصَّلاة والسّلام؛ إذ لم يستطع الرَّجل أن يُفرِّق بينه وبين أصحابه.
 حسن خلق النبي عليه السلام، وتلطفه في الرد على السائل، وأن حسن الرد من أسباب قبول الدعوة.
 جواز تعريف الرجل بصفة من البياض والحمرة، والطول والقصر، ونحو ذلك مما لا يقصد به العيب، إن لم يَكره ذلك.
 جواز دخول الكافر المسجد للحاجة.
 لم يذكر الحج في الحديث لأنه قد يكون لم يفرض وقت مجيئه.
 حرص الصحابة على دعوة الناس؛ فبمجرد إسلامه حرص على دعوة قومه.</t>
   </si>
   <si>
     <t>Дар инҷо тавозуъ ва хоксории Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ошкор мешавад, ки он мард натавонист Паёмбари Худоро дар миёни асҳобаш бишносад.
 Ҳамин гуна аз ин моҷаро рафтори нек ва нармрафтории Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар баробари саволдиҳанда ошкор мешавад, ва аз инҷо бармеояд, ки посухи нек аз сабабҳои пазируфтани даъват аст.
 Муаррифӣ кардани шахс бо сифатҳое ҳамчун: сафедпӯст, гармрӯй, баланд, паст ва ғайра, ки ҳадаф аз он айбгирӣ набошад ва барои худи он шахс нописанд наояд, ҷоиз аст.
 Дохил шудани кофир аз руи зарурат ба масҷид ҷоиз аст.
 Дар ин ҳадиси мазкур ҳаҷ зикр нашудааст, чун эҳтимол дорад ҳануз он вақт ҳаҷ фарз нашуда буд.
 Аз ривоят мазкур бармеояд, ки саҳобагони муштоқи даъвати мардум ба ин дин буданд, зеро ӯ чун ислом пазируфт ҳамзамон ба фикри даъвати қавми худ ба ин дин шуд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65044</t>
   </si>
   <si>
-    <t>ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ</t>
+    <t>ذكر النبي صلى الله عليه وسلم شيئا، فقال: ذاك عند أوان ذهاب العلم</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ишора ба матлабе кард ва фармуд:" Он ҳангоми аз байн рафтани илм аст</t>
   </si>
   <si>
     <t>عَنْ زِيَادِ بْنِ لَبِيدٍ رضي الله عنه قَالَ: ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ» قُلْتُ: يَا رَسُولَ اللَّهِ، وَكَيْفَ يَذْهَبُ الْعِلْمُ، وَنَحْنُ نَقْرَأُ الْقُرْآنَ وَنُقْرِئُهُ أَبْنَاءَنَا وَيُقْرِئُهُ أَبْنَاؤُنَا أَبْنَاءَهُمْ إِلَى يَوْمِ الْقِيَامَةِ؟ قَالَ: «ثَكِلَتْكَ أُمُّكَ زِيَادُ، إِنْ كُنْتُ لَأُرَاكَ مِنْ أَفْقَهِ رَجُلٍ بِالْمَدِينَةِ، أَوَلَيْسَ هَذِهِ الْيَهُودُ وَالنَّصَارَى يَقْرَؤونَ التَّوْرَاةَ وَالْإِنْجِيلَ، لَا يَعْمَلُونَ بِشَيْءٍ مِمَّا فِيهِمَا؟!».</t>
   </si>
   <si>
     <t>Аз Зиёд ибни Лабид (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ишора ба матлабе кард ва фармуд:" Он ҳангоми аз байн рафтани илм аст". Гуфтам: Эй расули Худо! Чигуна илм аз байн меравад, дар ҳоле ки мо Қуръонро мехонем ва онро ба фарзандони худ меомӯзонем ва фарзандони мо низ ба фарзандони худ меомӯзонанд ва ҳамин гуна то рӯзи қиёмат идома хоҳад ёфт? Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Эй Зиёд! Модарат дар азоят бинишинад, туро аз фақеҳтарин мардони Мадина фикр мекардам, оё намебинӣ, ки яҳудиён ва насрониён Таврот ва Инҷилро мехонанд ва ба ҳеҷ яке аз фармудаҳои он амал намекунанд?".</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) миёни ёронаш нишаста буд ва фармуд: як замоне аст, ки илм аз миёни мардум бардошта мешавад, Зиёд ибни Лабиди ансорӣ (Худованд аз ӯ розӣ бод) аз ин сухани Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар тааҷҷуб афтода аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) пурсид: чигуна илм аз дасти мо меравад, дар ҳоле ки мо Қуръонро  хонда онро ҳифз кардаем? Савганд ба Худо мо онро мехонем ва ба занону фарзандони худ ва фарзандони фарзандони худ онро меомӯзонем. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) бо тааҷҷуб  гуфт: Модарат дар азоят бинишинад эй Зиёд! Ман туро аз олимони Мадина мешумурдам. Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён фармуданд, ки: аз байн рафтани илм ба маънои аз даст рафтани Қуръон нест, балки амал накардан ба илм, ба маънои аз байн рафтани он аст. Яҳуд ва насоро, ки барояшон Таврот ва Инҷил фиристода шудааст, барояшон суде набахшид, зеро онҳо бо он амал накарданд ва аз ончи дар он барояшон дастур шудааст баҳраманд нашуданд.</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>Ҳамин гуна доштани Қуръон ва амал накардани мардум ба он ҳеҷ суде нахоҳад дошт.
 Аз байн рафтани илм шомили чанд мавриди зайл аст: вафоти Паёмбар (Салому дуруди Аллоҳ бар ӯ бод), вафоти олимон ва амал накардан ба илм.
 Яке аз нишонаҳои қиёмат низ аз байн рафтани илм ва амал накардан ба он аст.
 Чун инҷо ҳадаф амал кардан ба илм аст, пас бояд барои он ташвиқ ва даъват карда шавад.</t>
   </si>
   <si>
     <t>صحيح لغيره</t>
   </si>
   <si>
     <t>رواه ابن ماجه</t>
   </si>
   <si>
     <t>[صحيح لغيره]</t>
   </si>
   <si>
     <t>[رواه ابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65045</t>
   </si>
   <si>
-    <t>لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا}</t>
+    <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>Аҳли китобро на тасдиқ кунед ва на такзиб, балки бигӯед: (Имон овардем ба Аллоҳ ва ба ончи бар мо нозил шудааст)</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки мегӯяд: Аҳли китоб Тавротро бо (забони) ибрӣ мехонданд ва барои мусалмонон онро бо арабӣ тафсир мекарданд. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Аҳли китобро на тасдиқ кунед ва на такзиб, балки бигӯед: (Имон овардем ба Аллоҳ ва ба ончи бар мо нозил шудааст) (Бақара 136)"</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
 وأمر النبي صلى الله عليه وسلم أن نقول: 
 {آمنا بالله وما أنزل إلينا وما أنزل إلى إبراهيم وإسماعيل وإسحاق ويعقوب والأسباط وما أوتي موسى وعيسى وما أوتي النبيون من ربهم لا نفرق بين أحد منهم ونحن له مسلمون} 
 [البقرة: 136].</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) уммати худро аз фиреби ончи аҳли китоб нақл ва ривоят мекунанд, барҳазар доштааст. Дар замони Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) яҳудиён Тавротро ба забони ибрӣ, ки забони худи яҳудиён буд, мехонданд ва барои мусалмонон ба забони арабӣ тафсир ва маънидод мекарданд. Бинобар ин Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: аҳли китобро на тасдиқ кунед ва на такзиб, чун ончи онҳо мегӯянд дуруст ва дурӯғи он шинохта намешавад. Худованд моро амр фармудааст то бар ончи аз Қуръон бар мо нозил шудааст ва китобе, ки бар онҳо нозил шудааст, имон дошта бошем, ва мо дар навбати худ ҳеҷ роҳи донистани дуруст ва ё дуруғ будани ончи онҳо аз китобҳои худ нақл ва ривоят мекунанд надорем, магар ҳар ончи, ки дар шариати мо тавзеҳи дуруст ва ё хато будани он баён шуда бошад. Бинобар ин мо худдориро интихоб намуда на онҳоро тасдиқ мекунем ва на такзиб, то дар ончи онҳо дар китобҳои худ таҳриф кардаанд шарик набошем. Шояд дар баъзе аз маворид ончи мегӯянд дуруст ва мувофиқ ба шариати мо бошад, ки дар ин ҳолат ончи мо низ имон овардан ба он амр шудаем, инкор карда бошем. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) амр фармудаанд, ки бигӯем: (Эй муъминон ба аҳли китоб бигӯед:) "Мо ба Аллоҳ Таъоло имон овардаем ва ба он чи бар мо нозил шудааст ва ба он чи, ки бар Иброҳиму Исмоил ва Исҳоқу Яъқуб ва наводагон [-и Яъқуб] нозил гардид ва [ҳамчунин] ба он чи, ки ба Мӯсо ва Исо дода шудааст ва ба он чи, ки ба паёмбарони [дигар] аз тарафи Парвардигорашон дода шудааст [оре, ба ҳамаи онон имон меоварем] ва миёни ҳеҷ як аз эшон тафовут намегузорем ва мо [ҳамагӣ] таслими Аллоҳ Таъоло ҳастем" (Сураи Бақара: 136)</t>
   </si>
   <si>
     <t>ما أخبر به أهل الكتاب ثلاثة أقسام: قسم يوافق القرآن والسنة فيُصدَّق، وقسم يخالف القرآن والسنة فهذا باطل ويكذَّب، وقسم ثالث ليس في القرآن والسنة ما يدل على صدقه ولا كذبه؛ فهذا يُروى، ولا يُصدَّق ولا يُكذَّب.</t>
   </si>
   <si>
     <t>Ончи аҳли китоб мегӯянд бар се қисм аст: 1) Ончи мувофиқ бо Қуръон ва суннат аст, ки он тасдиқ карда мешавад. 2) Ончи мухолиф бо Қуръон ва суннат аст, ки он ботил ва дуруғ шуморида мешавад. 3) Ончи,  ки дар Қуръон ва суннат чизе дар мавриди дуруст ва ё дурӯғ будани он ворид нашудааст, ки он ривоят карда мешавад, вале тасдиқ ё такзиб карда намешавад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65046</t>
   </si>
   <si>
-    <t>لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ</t>
+    <t>لا تعلموا العلم لتباهوا به العلماء، ولا لتماروا به السفهاء</t>
   </si>
   <si>
     <t>Илмро барои фахрфурӯшӣ бар уламо ва муноқиша кардан бо аблаҳон наомӯзед</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ، وَلَا تَخَيَّرُوا بِهِ الْمَجَالِسَ، فَمَنْ فَعَلَ ذَلِكَ، فَالنَّارُ النَّارُ».</t>
   </si>
   <si>
     <t>Аз Ҷобир ибни Абдуллоҳ (Худованд аз он ду розӣ бод) ривоят аст, ки Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: " Илмро барои фахрфурӯшӣ бар уламо ва муноқиша кардан бо аблаҳон наомӯзед, ва на инки дар маҷолис болонишин бошед, зеро ҳар касе чунин кунад, ҷояш ҷаҳаннам аст, ҷаҳаннам".</t>
   </si>
   <si>
     <t>حذَّّر النبي صلى الله عليه وسلم من طلب العلم لمفاخرة ومباهاة العلماء، وإظهار أني عالم مثلكم، أو لتخاطبوا وتجادلوا به السفهاء وخِفاف العقول، أو يتعلم لأن يتصدَّر في المجالس، ويُقدَّم على غيره فيها. 
 فمن فعل ذلك؛ فإنه يستحقّ النار بريائه وعدم الإخلاص في طلب العلم لله.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз талаби илм барои худнамоӣ назди уламо ва нишон додани худ ҳамчун як соҳибилм ва ё барои баҳс ва мунозира кардан бо аҳмақону камақлон, ё барои болонишин шудан дар маҷолис ва бартарӣ доштан бар дигарон, барҳазар доштаанд. Ҳар касе чунин кунад, ӯ бинобар риёкорӣ ва адами ихлос дар талаби илм, сазовори оташи дӯзах аст.</t>
   </si>
   <si>
     <t>الوعيد بالنار لمن تعلَّم العلم ليفاخر به أو يجادل به أو يتصدَّر به المجالس، ونحو ذلك.
 أهمية إخلاص النية لمن تعلَّم العلم وعلَّمه.
 النية أساس الأعمال وعليها يكون الجزاء.</t>
   </si>
   <si>
     <t>Барои касоне, ки илмро барои фахр ва риёкорӣ, ё барои баҳсу муноқиша ё барои болонишин шудан дар маҷолис ва ё барои дигар аҳдофи дунявӣ меомӯзанд, ваъдаи дӯзах дода шудааст.
 Ихлос дар ният барои касоне, ки илм меомӯзанд ё таълим медиҳанд, бисёр муҳим аст.
 Ният асос ва мабнои амалҳост ва бар асоси он подош дода мешавад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65047</t>
   </si>
   <si>
-    <t>ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا</t>
+    <t>ضرب الله مثلا صراطا مستقيما</t>
   </si>
   <si>
     <t>Худованд мисоли роҳи рост (Сироти мустақим)-ро ин гуна баён медорад</t>
   </si>
   <si>
     <t>عَنْ النَّوَّاسِ بْنِ سَمْعَانَ الْأَنْصَارِيِّ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا، وَعَلَى جَنْبَتَيْ الصِّرَاطِ سُورَانِ، فِيهِمَا أَبْوَابٌ مُفَتَّحَةٌ، وَعَلَى الْأَبْوَابِ سُتُورٌ مُرْخَاةٌ، وَعَلَى بَابِ الصِّرَاطِ دَاعٍ يَقُولُ: أَيُّهَا النَّاسُ، ادْخُلُوا الصِّرَاطَ جَمِيعًا، وَلَا تَتَعَرَّجُوا، وَدَاعٍ يَدْعُو مِنْ فَوْقِ الصِّرَاطِ، فَإِذَا أَرَادَ يَفْتَحُ شَيْئًا مِنْ تِلْكَ الْأَبْوَابِ، قَالَ: وَيْحَكَ لَا تَفْتَحْهُ، فَإِنَّكَ إِنْ تَفْتَحْهُ تَلِجْهُ، وَالصِّرَاطُ الْإِسْلَامُ، وَالسُّورَانِ: حُدُودُ اللهِ، وَالْأَبْوَابُ الْمُفَتَّحَةُ: مَحَارِمُ اللهِ، وَذَلِكَ الدَّاعِي عَلَى رَأْسِ الصِّرَاطِ: كِتَابُ اللهِ، وَالدَّاعِي مِنِ فَوْقَ الصِّرَاطِ: وَاعِظُ اللهِ فِي قَلْبِ كُلِّ مُسْلِمٍ».</t>
   </si>
   <si>
     <t>Аз Нуввос ибни Самъони ансорӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: " Худованд мисоли роҳи рост (Сироти мустақим)-ро ин гуна баён медорад, ки дар ду тарафи он девор аст ва дар он деворҳо дарҳои боз ва бар дарҳо пардаҳо овезон аст. Назди дари "Сирот" касе истодааст, ки мегӯяд: эй мардум! Ҳамагон вориди ин роҳ (-и рост) шавед ва каҷравӣ накунед. Нидокунандаи дигаре бар сари он роҳ аст, ки агар касе бихоҳад яке аз он дарҳоро боз кунад (яъне пардаи онро кушояд), мегӯяд: вой бар ту он дарро боз накун, ки дохили он мешавӣ. Сирот (роҳ) ҳамон Ислом аст ва деворҳо ҳамон ҳудуд, ки Худованд гузоштааст ва дарҳои боз ҳаромкардаҳои Аллоҳ. Нидокунандае ки бар сари роҳ аст, китоби Аллоҳ ва даъваткунандае ки болои роҳ аст панддиҳандае аз ҷониби Аллоҳ дар дили ҳар як мусалмон аст"</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
 وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
 وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
 وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
   </si>
   <si>
     <t>Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) баён намуданд, ки: Худованд Исломро мисоли як роҳи рост ва дароз гуфтааст, ки ҳеҷ каҷӣ надорад, ва дар ду тарафи он девор аст, ки ҳамоно маънои  ҳудудҳои илоҳиро дорад. Дар он деворҳо дарҳои кушода ҳастанд, ки онҳо ҳамон ҳаромкардаҳои Худованд ҳастанд, ва пардаҳои овезон бар он дарҳо ҳиҷоб ва сатре ҳастанд, ки ончи пушти парда ҳастро аз чашми гузарандагон мепӯшонад. Дар оғози роҳ касе истодаст, ки мардумро ба сӯи роҳи рост даъват мекунад ва мегӯяд: дар ин роҳ ба тарафи чап ва рост нигоҳ накунед ва танҳо ба роҳи рост биравед, ки он ҳамон китоби Аллоҳ аст. Нидокунандаи дигаре болои роҳ аст, ки ҳаргоҳ касе бихоҳад яке аз пардаҳоро боз кунад, ӯро ҳушдор медиҳад ва мегӯяд: вой бар ту онро боз накун ва илло дохили он мешавӣ ва дигар наметавонӣ аз дохил шудан ба онҷо худро боздорӣ, ва ин ҳамон панддиҳандае аз ҷониби Аллоҳ аст, ки дар дили ҳар як мусалмон вуҷӯд дорад.</t>
   </si>
   <si>
     <t>الإسلام هو الدين الحق، وأنه الصراط المستقيم الذي يوصلنا إلى الجنة.
 وجوب الالتزام بحدود الله وبما أحلَّ وحرَّم، وأنّ التَّساهل فيها يُورِث الهلاك.
 فضل القرآن العظيم والحث على العمل به، ففيه الهدى والنور والفلاح.
 رحمة الله بعباده وبما أودعه في قلوب المؤمنين ما يمنعهم ويعظهم عن الوقوع في المهالك.
 الله برحمته جعل للعباد حواجز تمنعهم من الوقوع في المعاصي.
 من وسائل التعليم ضرب المثل للتقريب والتوضيح.</t>
   </si>
   <si>
     <t>Ислом дини ҳақ ва ҳамон роҳи рост аст, ки моро ба биҳишт мерасонад.
 Зарурати риояи  ҳудуди Худовандӣ ва тамоми ончи ҳалол ва ҳаром гардонидааст ва инки саҳлангорӣ дар ин маврид сабаби ҳалоки банда мегардад.
 Фазилати Қуръони карим ва ташвиқ барои амал кардан ба он, зеро ҳидоят ва нуру растагорӣ дар он аст.
 Аз раҳмат ва меҳрубонии Худованд аст, ки бар қалби бандагони худ ончиро ҷой додааст, ки онҳоро аз роҳи каҷ ва ончи сабаби ҳалоки онҳо мешавад, бозмедорад.
 Ҳамин гуна Худованд бо раҳмат ва меҳрубонии худ барои бандагонаш мониаҳое қарор додааст, ки онҳоро аз гуноҳ кардан боз медорад.
 Яке аз равишҳои омӯзиш ва таълим овардани мисолҳо барои дарки бештари мафҳум аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65049</t>
   </si>
   <si>
-    <t>أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ</t>
+    <t>أنزل على رسول الله صلى الله عليه وسلم وهو ابن أربعين</t>
   </si>
   <si>
     <t>Бар Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар синни чилсолагӣ ваҳй нозил шуд</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ، فَمَكَثَ بِمَكَّةَ ثَلَاثَ عَشْرَةَ سَنَةً، ثُمَّ أُمِرَ بِالْهِجْرَةِ، فَهَاجَرَ إِلَى الْمَدِينَةِ، فَمَكَثَ بِهَا عَشْرَ سِنِينَ، ثُمَّ تُوُفِّيَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ.</t>
   </si>
   <si>
     <t>Аз ибни Аббос (Худованд аз он ду розӣ бод) ривоят аст, ки мегӯяд: Бар Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар синни чилсолагӣ ваҳй нозил шуд, сездаҳ сол дар Макка монданд, сипас амр ба ҳиҷрат шуд ва ба  Мадина ҳиҷрат фармуд ва ба муддати даҳ сол онҷо истиқомат намуда дар онҷо вафот намуданд.</t>
   </si>
   <si>
     <t>يخبر ابن عباس رضي الله عنهما: أن الوحي أنزل على رسول الله صلى الله عليه وسلم وبُعث وعمره أربعون سنة، 
 فأقام بمكة ثلاث عشرة سنة بعد الوحي، 
 ثم أُمِرَ بالهجرة إلى المدينة وأقام بها عشر سنين، 
 ثم توفي صلى الله عليه وسلم وعمره ثلاثٌ وستون سنة.</t>
   </si>
   <si>
     <t>Ибни Аббос (Худованд аз он ду розӣ бод) хабар медиҳад, ки: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар синни чилсолагӣ мабъус ба паёмбарӣ ва барои бори нахуст ба ӯ ваҳй нозил шуд, пас аз нузули ваҳй сездаҳ соли умри мубораки ӯ дар Макка сипарӣ шуд, сипас аз ҷониби Аллоҳ дастур шуд то ба Мадина ҳиҷрат фармояд, ки даҳ соли дигар аз умри муборакашон онҷо гузашт ва дар синни шастусесолагӣ дар Мадина вафот намуданд.</t>
   </si>
   <si>
     <t>اهتمام الصحابة بسيرة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Таваҷҷуҳ ва эҳтимоми саҳоба ба зиндагиномаи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65050</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}</t>
+    <t>كان النبي صلى الله عليه وسلم لا يعرف فصل السورة حتى تنزل عليه بسم الله الرحمن الرحيم</t>
   </si>
   <si>
     <t>Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) ҷудоӣ миёни сураҳоро намедонист магар дар ҳоле, ки (Бисмиллоҳир-раҳмонир-раҳим) нозил мешуд</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}.</t>
   </si>
   <si>
     <t>Аз ибни Аббос (Худованд аз он ду розӣ бод) ривоят аст, ки гуфт: Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) ҷудоӣ миёни сураҳоро намедонист магар дар ҳоле, ки (Бисмиллоҳир-раҳмонир-раҳим) нозил мешуд.</t>
   </si>
   <si>
     <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
   </si>
   <si>
     <t>Ибни Аббос (Худованд аз он ду розӣ бод) баён мекунад, ки сураҳои Қуръони карим бар Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) нозил мешуд ва фосила байни сураҳо ва поёни онҳоро намедонист, то инки (Бисмиллоҳир-раҳмонир-раҳим) нозил мешуд ва онгоҳ медонист, ки поёни сураи қаблӣ ва оғози сураи нав аст.</t>
   </si>
   <si>
     <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
   </si>
   <si>
     <t>"Бисмиллоҳир-раҳмонир-раҳим" сураҳоро аз ҳам  ҷудо мекунад, магар байни сураи Анфол ва Тавба.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65051</t>
   </si>
   <si>
-    <t>أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟</t>
+    <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
   </si>
   <si>
     <t>Оё яке аз шумо дӯст дорад, ки вақте назди хонаводаи худ бармегардад, онҷо се шутури ҳомиладори фарбеҳро биёбад?</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Расули Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Оё яке аз шумо дӯст дорад, ки вақте назди хонаводаи худ бармегардад, онҷо се шутури ҳомиладори фарбеҳро биёбад?"Гуфтем: Оре. Фармуд: "се ояте, ки шумо дар намоз мехонед, беҳтар аз се шутури ҳомиладори фарбеҳ аст".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) подоши се оят, ки дар намоз хонда мешавадро беҳтар аз он донистаанд, ки касе дар хонаи худ се шутури ҳомиладори фарбеҳ дошта бошад.</t>
   </si>
   <si>
     <t>بيان فضل قراءة القرآن في الصلاة.
 الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
 هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
   </si>
   <si>
     <t>Баёни фазилати хондани Қуръон дар намоз.
 Амали нек беҳтар ва мондагортар аз мол ва матоъи фаношавандаи ин дунё аст.
 Фазилати мазкур муқаяд танҳо ба хондани се оят нест, балки намозгузор ҳар қадар оятҳои бештар дар намоз бихонад, подоши он бештар аз он аст, ки ба адади он шутурҳои ҳомилаи фарбеҳ дошта бошад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65053</t>
   </si>
   <si>
-    <t>يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها</t>
+    <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
   </si>
   <si>
     <t>Ба соҳиби Қуръон (касе ки Қуръонро ҳифз карда ва ба он амал мекунад) гуфта мешавад: бихон ва соҳиби манзилати боло бишав, Қуръонро бо тартил бихон, чунончи дар дунё онро бо тартил мехондӣ, зеро ҷойгоҳ ва манзилати ту назди охирин ояте аст, ки мехонӣ</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Аз Абдуллоҳ ибни Амр (Худованд аз он ду розӣ бод) гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Ба соҳиби Қуръон (касе ки Қуръонро ҳифз карда ва ба он амал мекунад) гуфта мешавад: бихон ва соҳиби манзилати боло бишав, Қуръонро бо тартил бихон, чунончи дар дунё онро бо тартил мехондӣ, зеро ҷойгоҳ ва манзилати ту назди охирин ояте аст, ки мехонӣ"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар медиҳад, ки ба ҳофизи Қуръон, касе, ки дар дунё онро ҳифз карда буд ва ҳамеша онро тиловат ва ба он амал мекард, чун дохили биҳишт шавад ба ӯ гуфта мешавад: Қуръонро бихон ва ба дараҷаҳои баланди биҳишт бирас, онро бо тартиб ва бодиққату оромиш бихон, ҳамон гуна, ки дар дунё тиловат мефармудӣ, зеро ҷойгоҳ ва манзилати ту дар биҳишт бар асоси охирин оятест, ки мехонӣ.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Подош дар охират бастагӣ ба андоза ва чигунагии амал дорад.
 Ташвиқ ба тиловат, ҳифз, бо тартил хондан, тадаббур ва амал кардан ба Қуръон.
 Биҳишт дорои манзилат ва дараҷаҳост, ки барои ҳофизони Қуръон баландтарин дараҷаи он аст.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65054</t>
   </si>
   <si>
-    <t>الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة</t>
+    <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>Касе, ки Қуръонро ошкор мехонад монанди касе аст, ки садақаро ошкор медиҳад, ва касе, ки Қуръонро пинҳон мехонад монанди касе аст, ки садақаро пинҳон медиҳад</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Аз Уқба ибни Омири Ҷуҳанӣ (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Касе, ки Қуръонро ошкор мехонад монанди касе аст, ки садақаро ошкор медиҳад, ва касе, ки Қуръонро пинҳон мехонад монанди касе аст, ки садақаро пинҳон медиҳад".</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён намуданд, ки ҳар касе Қуръонро ошкор ва баланд мехонад монанди касе аст, ки садақаро ошкор медиҳад, ва ҳар касе Қуръонро пинҳон ва паст мехонад монанди касе аст, ки садақаро пинҳон медиҳад.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Пинҳон хондани Қуръон беҳтар аст,  ҳамон гуна, ки пинҳон садақа кардан беҳтар аст, зеро он аз рӯи ихлос ва дур аз риё ва худписандӣ аст, магар инки ниёз ба баланд хондан бошад, монанди таълим додани Қуръон.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65055</t>
   </si>
   <si>
-    <t>كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ</t>
+    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدا حبشيا، وسترون من بعدي اختلافا شديدا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>Шуморо ба тақвои Аллоҳ ва гӯш супурдан ва итоат кардан амр мекунам, ҳатто агар (амиратон) бардаи ҳабашӣ бошад. Баъд аз ман ихтилофи шадиде хоҳед дид, пас ба суннати ман ва суннати халифаҳои рошидини ҳидоятёфта чанг бизанед</t>
+  </si>
+  <si>
+    <t>عن العِرْباضِ بن ساريةَ رضي الله عنه قال: قام فينا رسول الله صلى الله عليه وسلم ذات يوم، فوَعَظَنا مَوعظةً بليغةً وَجِلتْ منها القلوبُ، وذَرَفتْ منها العيونُ، فقيل: يا رسول الله، وعظتَنَا موعظةَ مُودِّعٍ فاعهد إلينا بعهد. فقال: «عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين، عَضُّوا عليها بالنواجِذ، وإياكم والأمور المحدثات، فإن كل بدعة ضلالة».</t>
+  </si>
+  <si>
+    <t>Аз Ирбоз ибни Сория (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Рӯзе Расули Аллоҳ (Салому дуруди Аллоҳ бар ӯ бод) дар  миёни мо бархост ва ба мо мавъизае кард, ки дилҳоямонро ба ларза овард ва чашмонамонро ашколуд сохт. Пас гуфта шуд: Эй Расули Аллоҳ! моро мавъизае гуфтӣ мисли мавъизаи видоъкунанда буд, пас моро тавсияе бикун. Фармуданд: "Шуморо ба тақвои Аллоҳ ва гӯш супурдан ва итоат кардан амр мекунам, ҳатто агар (амиратон) бардаи ҳабашӣ бошад. Баъд аз ман ихтилофи шадиде хоҳед дид, пас ба суннати ман ва суннати халифаҳои рошидини ҳидоятёфта чанг бизанед, инро бо дандонҳои курсиятон бигиред ва аз корҳои навпайдо барҳазар бошед, зеро ҳар чизи навпайдо (дар дин) гумроҳӣ аст".</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، 
+فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، 
+قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
+والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
+ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
+وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ба асҳоби худ мавъизаи балиғе карданд, ки дилҳоро ба тарсу ҳарос ва ашкро ба чашмонашон овард. Пас чун муболиға ва умқи мавъизаи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро диданд, гуфтанд: Эй Расули Аллоҳ (Салому дуруди Аллоҳ бар ӯ бод), гӯё ин хутбаи видоъ аст, пас аз ӯ васияте хостанд, ки баъд аз ишон ба он пойбанд бошанд. Фармуданд: Шуморо тавсия медиҳам, ки аз Аллоҳ Таъоло бо анҷом додани фарзҳояш ва тарк кардани муҳаррамоташ битарсед. Шунидан ва итоат кардан, яъне ба ҳокимон, ҳатто агар бардае ба иморати шумо ё ба вилояти шумо расид, яъне, камтарин мардум ҳокими шумо шуд аз ӯ итоат кунед ва аз тарси барангехтани фитна аз итоати ӯ сар натобед, зеро ҳар ки аз шумо зинда бимонад ихтилофи зиёдеро хоҳад дид. Сипас роҳи раҳоӣ аз ин ихтилофро ба онҳо фаҳмонд, ки он ҳам тамассук ба суннати худ ва суннати халифаҳои ҳидоятёфтааш баъд аз ӯ, монанди Абубакри Сиддиқ, Умар ибни Хаттоб, Усмон ибни Аффон ва Алӣ ибни Абўтолиб (Худованд аз онҳо розӣ бод) ва гирифтани он бо дандонҳо аст. Ва мақсад аз ин мисол ҷиддият дар риояи суннат ва пойбандӣ ба он аст. Ононро аз корҳои навпайдо ва тозасохта дар дин ҳушдор дод, зеро ҳар бидъат гумроҳӣ аст.</t>
+  </si>
+  <si>
+    <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
+العناية بالمواعظ وترقيق القلوب.
+الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
+النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
+السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
+أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
+الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
+  </si>
+  <si>
+    <t>Аҳамияти пойбандӣ ба Суннат ва пайравӣ аз он.
+Таваҷҷуҳ ба мавъиза ва нарм кардани дилҳо (бо мавъиза).
+Фармони пайравӣ аз чаҳор халифаи рошиди ҳидоятёфта баъд аз ӯ, яъне Абубакр, Умар, Усмон ва Алӣ, (Худованд аз онҳо розӣ бод).
+Наҳйи аз бидъаткорӣ дар дин ва ин ки ҳар бидъат гумроҳӣ аст.
+Шунидан ва итоат кардани ҳар касе, ки сардории мусалмононро бар уҳда гирифтааст, дар ғайри гуноҳ.
+Аҳамияти тақвои Аллоҳ Таъоло дар ҳама ҳолатҳо ва замонҳо.
+Ихтилоф дар ин уммат рӯй медиҳад ва ҳангоми рӯй додани ихтилоф, баргаштан ба суннати Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)  ва суннати халифаҳои рошидин лозим аст.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/65057</t>
+  </si>
+  <si>
+    <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>даҳ оятро аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) меомӯхтанд ва пас аз худ кардани маъно ва мафоҳим ва амал кардан ба он, сипас ба фарогирии даҳ ояти дигар мепардохтанд</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>Аз Абу-Абдурраҳмони Сулламӣ (Раҳмати Худо бар ӯ бод) ривоят аст, ки мегӯяд: Яке аз саҳобагони Паёмбар (Салому дуруди Аллоҳ бар ӯ бод), ки моро Қуръон таълим медод, гуфт, ки онҳо даҳ оятро аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) меомӯхтанд ва пас аз худ кардани маъно ва мафоҳим ва амал кардан ба он, сипас ба фарогирии даҳ ояти дигар мепардохтанд. Мегӯянд: илм ва амал карданро (бо ҳам) меомӯхтем.</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>Саҳобагони Паёмбар (Худованд аз онҳо розӣ бод) даҳ оятро аз Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) таълим гирифта ва пас аз амал кардан ба он боз даҳ ояти дигарро фаро мегирифтанд ва ба он амал мекарданд.</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
 العلم يكون قبل القول والعمل.</t>
   </si>
   <si>
     <t>Фазилати саҳобагони Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ва таваҷҷуҳи хоси онҳо ба фаро гирифтани Қуръон ва амал кардан ба он.
 Омӯхтани Қуръон танҳо ба маънои хондан ва ҳифз кардани он нест, балки амал кардан ба маъонии оятҳои он пас аз худ кардани он аст.
 Илм қабл аз қавл ва амал аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65058</t>
   </si>
   <si>
-    <t>يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ</t>
+    <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
   </si>
   <si>
     <t>Эй Абумунзир, оё медонӣ кадом оят аз китоби Аллоҳ, ки ту фаро гирифтаи бузургтар аст?" Мегӯяд: гуфтам: (Аллоҳу ло илоҳа илло ҳува -алҳайю-алқайюм (Бақара: 255). Паёмбари Худо бар қафаси синаам зад ва гуфт: "Худованд илматро бештар гардонад эй Абумунзир</t>
   </si>
   <si>
     <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
   </si>
   <si>
     <t>Аз Убай ибни Каъб (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Эй Абумунзир, оё медонӣ кадом ояте аз китоби Аллоҳ, ки фаро гирифтаи, бузургтар аст?" Абумунзир мегӯяд: гуфтам: Аллоҳ ва расулаш донотаранд. Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гуфт: "Эй Абумунзир, оё медонӣ кадом оят аз китоби Аллоҳ, ки ту фаро гирифтаи бузургтар аст?" Мегӯяд: гуфтам: (Аллоҳу ло илоҳа илло ҳува -алҳайю-алқайюм (Бақара: 255). Паёмбари Худо бар қафаси синаам зад ва гуфт: "Худованд илматро бештар гардонад эй Абумунзир"</t>
   </si>
   <si>
     <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
 فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
 فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) Убай ибни Каъбро аз бузургтарин ояти китоби Худованд пурсид, Убай ибни Каъб пас аз каме тардид, гуфт: он Оятул-курсӣ аст (Аллоҳу ло илоҳа илло ҳува -алҳайю-алқайюм (Бақара: 255). Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) бинобар тасдиқ бар посухи ӯ ва бо ишора бар инки синаи ӯ пур аз илму ҳикмат аст, бар қафаси синааш зад ва барои ӯ дуъо карданд, ки Худованд илмиашро биафзояд ва саодатманд бошад.</t>
   </si>
   <si>
     <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
 آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
   </si>
   <si>
     <t>Аз ривояти мазкур бармеояд, ки Убай ибни Каъб (Худованд аз ӯ розӣ бод) соҳибманзилат ва дорои дастоварди бузург гаштааст.
 Оятул-курсӣ бузургтарин оят дар Қуръони карим аст, ки мебояд ҳифз ва дар маънояш тадаббур ва ба он амал карда шавад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65059</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
   </si>
   <si>
     <t>Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) ҳар шаб чун ба бистари хоб мерафт, ду кафи дастони худро ҷамъ карда дар он сураҳои: (Қул ҳувал-лоҳу аҳад),  (Қул аъузу бираббил-фалақ) ва (Қул аъузу бираббин-нос)</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
   </si>
   <si>
     <t>Аз Оиша (Худованд аз ӯ розӣ бод) ривоят аст, ки: Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) ҳар шаб чун ба бистари хоб мерафт, ду кафи дастони худро ҷамъ карда дар он сураҳои: (Қул ҳувал-лоҳу аҳад),  (Қул аъузу бираббил-фалақ) ва (Қул аъузу бираббин-нос) -ро  мехонд ва кафҳои дастонашро ба ҳар ҷое аз баданаш, ки муяссар ва дастрас буд масҳ мекард. Аз сар ва рӯй ва аз пешорӯи бадани худ оғоз карда ин амалро се маротиба анҷом медоданд.</t>
   </si>
   <si>
     <t>كان من هديه صلى الله عليه وسلم إذا أوى إلى فراشه لينام جَمَعَ كفـيه ورفعهما -كما يفعل الداعي- ونَفَخَ فيهما من فمِه نفخًا لطيفًا مع رِيْق يسير ويقرأ السور الثلاث: 
 {قل هو الله أحد} 
 و{قل أعوذ برب الفلق} 
 و{قل أعوذ برب الناس}، 
 ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
   </si>
   <si>
     <t>Яке аз роҳнамудҳои Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ин аст, ки вақте ба бистари хоб мерафт ду кафи дастони худро бо ҳам ҷамъ карда ба боло мебардошт, ҳамонгуна, ки дар дуо бардошта мешавад, ва дар он сураҳои (Қул ҳувал-лоҳу аҳад, (Қул аъузу бираббил-фалақ) ва (Қул аъузу бираббин-нос)-ро хонда бо андак аз оби даҳон дамонда бо кафи дастонаш ҳар қисмате аз баданашонро, ки метавонистанд масҳ мекарданд. Ин амалро аз сар ва рӯй ва сипас аз қисми пеши бадан шуруъ карда се бор анҷом медоданд.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
   </si>
   <si>
     <t>Хондани сураи Ихлос ва муъавизатайн пеш аз хоб ва дамидан дар кафи дастон ва масҳ кардани ҳар қисмате аз баданро, ки имкон дорад, мустаҳаб аст.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65060</t>
   </si>
   <si>
-    <t>فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ</t>
+    <t>فإذا رأيت الذين يتبعون ما تشابه منه فأولئك الذين سمى الله، فاحذروهم</t>
   </si>
   <si>
     <t>Агар касеро дидӣ, ки думболи муташобеҳот аст, онҳо ҳамон касоне ҳастанд, ки Худо аз онҳо ном бурдааст, пас аз онон барҳазар бош</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رَضِيَ اللهُ عَنْهَا قَالَتْ: تَلَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ هَذِهِ الْآيَةَ: {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ، وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ، وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ} [آل عمران: 7]. قَالَتْ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ».</t>
   </si>
   <si>
     <t>Аз Оиша (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Расули Аллоҳ (Салому дуруди Аллоҳ бар ӯ бод) ин оятро тиловат фармуданд: ([Эй паёмбар] Ӯст, ки китоб [-и Қуръон]-ро бар ту нозил кард. Бахше аз он оёти муҳкам [сареҳу равшан] аст, ки онҳо асоси китобанду [бахши] дигар муташобеҳот аст [ки таъвилпазиранд]; аммо касоне, ки дар дилҳояшон инҳироф аст, барои фитнаҷӯӣ [ва гумроҳ кардани мардум] ва ба хотири таъвили он [ба дилхоҳи худ], аз муташобеҳи он пайравӣ мекунанд; ҳол он ки таъвилашро [касе] ҷуз Аллоҳ таоло намедонад; ва росихони дар илм [уламои дин] мегӯянд: "Мо ба ҳамаи он [оёт, чи муҳкаму чи муташобеҳ] имон овардем; ҳама аз тарафи Парвардигори мост"; ва ҷуз хирадмандон касе панд намегирад. (Оли Имрон: 7). Оиша (Худованд аз ӯ розӣ бод) гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Агар касеро дидӣ, ки думболи муташобеҳот аст, онҳо ҳамон касоне ҳастанд, ки Худо аз онҳо ном бурдааст, пас аз онон барҳазар бош"</t>
   </si>
   <si>
     <t>قرأ رسول الله صلى الله عليه وسلم هذه الآية: 
 {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ}، 
 وفيها أخبر الله سبحانه أنه هو الذي أنزل على نبيه القرآن، الذي منه آيات واضحة الدلالة، معلومة الأحكام لا لبس فيها، هي أصل الكتاب ومرجعه، وهي المرجع عند الاختلاف، 
 ومنه آيات أُخر محتملة لأكثر من معنى، يلتبس معناها على بعض الناس، أو يظن أن بينها وبين الآية الأخرى تعارض، 
 ثم بين الله تعامل الناس مع هذا الآيات، 
 فالذين في قلوبهم مَيْلٌ عن الحق فيتركون المُحْكم، ويأخذون بالمتشابه المُحْتمل، يبتغون بذلك إثارة الشبهة وإضلال الناس، ويبتغون بذلك تأويلها على ما يوافق أهواءهم، 
 وأما الثابتون في العلم فإنهم يعلمون هذا المتشابه، ويردُّونه للمحكم، ويؤمنون به وأنه من عند الله سبحانه وتعالى، ولا يمكن أن يلتبس أو يتعارض، ولكن ما يتذكر بذلك ولا يتعظ إلا أصحاب العقول السليمة. 
 ثم قال النبي صلى الله عليه وسلم لأم المؤمنين عائشة رضي الله عنها أنها إذا رأت الذين يتبعون المتشابه فإنهم هم الذين سمَّى الله في قوله: 
 {فأما الذين في قلوبهم زيغ} 
 فاحذروهم ولا تصغوا إليهم.</t>
   </si>
   <si>
     <t>Расули Аллоҳ (Салому дуруди Аллоҳ бар ӯ бод) ин оятро тиловат карданд: ([Эй паёмбар] Ӯст, ки китоб [-и Қуръон]-ро бар ту нозил кард. Бахше аз он оёти муҳкам [сареҳу равшан] аст, ки онҳо асоси китобанду [бахши] дигар муташобеҳот аст [ки таъвилпазиранд]; аммо касоне, ки дар дилҳояшон инҳироф аст, барои фитнаҷӯӣ [ва гумроҳ кардани мардум] ва ба хотири таъвили он [ба дилхоҳи худ], аз муташобеҳи он пайравӣ мекунанд; ҳол он ки таъвилашро [касе] ҷуз Аллоҳ таоло намедонад; ва росихони дар илм [уламои дин] мегӯянд: "Мо ба ҳамаи он [оёт, чи муҳкаму чи муташобеҳ] имон овардем; ҳама аз тарафи Парвардигори мост"; ва ҷуз хирадмандон касе панд намегирад. (Оли Имрон 7). Дар оёти мазкур Худованди Муттаъол хабар додааст, ки Ӯ Қуръонро бар паёмбараш фиристодааст, қисме аз он оятҳое ҳастанд, ки дорои маънои равшан ва ҳукми возеҳ аст ва чизе мубҳам дар он вуҷӯд надорад, ва ин аст асли Китоб ва сарчашмаи он, ва дар ҳоли вуҷӯди ихтилоф манбаъи бозгашт хоҳад буд. Қисми дигари он оятҳое ҳастанд, ки эҳтимоли чанд маъно дар онҳо вуҷӯд дорад ва маънои онҳо барои баъзе аз мардум номафҳум боқӣ мемонад, ё ба ин гумон, ки миёни ин оят ва оятҳои дигар таъоруз ва ихтилоф аст. Сипас Худованд шеваи бархурди мардумон бо ин оятҳоро ин гуна баён медорад, ки касоне дар дилҳояшон майли аз ҳақ баромадан аст оятҳои муҳкамро раҳо карда рӯй ба оятҳои муташобеҳ меоранд, ки маъонии эҳтимолӣ дар онҳо вуҷӯд дорад ва ҳадафашон аз он шубҳа андохтан миёни мардум ва гумроҳ кардани онҳо аст, мехоҳанд онҳоро мувофиқи майл ва ҳаваси худ таъвил ва тафсир кунанд. Аммо онон, ки дар илм устуворанд, оятҳои муташобеҳро медонанд ва маъонии онҳоро тибқи оятҳои муҳкам вомегузоранд ва ба он имон доранд ва медонанд, ки аз сӯи Парвардигор ҳастанд ва имкони дорои мафҳуми дигар ва ё таъоруз бар дигар оёт дар онҳо вуҷӯд надорад. Аммо танҳо касоне пандпазир мешаванд, ки ақли солим доранд. Сипас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ба модари муъминон Оиша (Худованд аз ӯ розӣ бод гуфт: агар касеро дидӣ, ки думболи муташобеҳот аст, бидон онон ҳамон касоне ҳастанд, ки Худованд онҳоро дар ин оят ном бурдааст, (аммо касоне ки дар дилҳояшон инҳироф ва гумроҳӣ аст) аз онҳо бипарҳезед ва ба суханонашон гӯш надиҳед.</t>
   </si>
@@ -6227,113 +7578,1080 @@
 في ختم الآية بقوله تعالى: {وما يذكر إلا أولو الألباب} تعريض بالزائغين، ومدح للراسخين، يعني: مَن لم يتذكَّر ويتَّعظ، واتَّبع هواه ليس مِن أولي الألباب.
 اتباع المتشابه سبب لزيغ القلب.
 وجوب رد الآيات المتشابهة التي قد لا يُفهم معناها إلى الآيات المحكمة.
 جعل الله سبحانه بعضَ القرآن محكمًا وبعضَه متشابهًا؛ ابتلاءً للناس ليتميز أهل الإيمان من أهل الضلال.
 في وقوع المتشابه في القرآن: إظهار فضل العلماء على غيرهم، وإعلام للعقول بقصورها؛ لتستسلم لبارئها وتعترف بعجزها.
 فضيلة الرسوخ في العلم وضرورة الثبات فيه.
 للمفسرين في الوقوف على {الله} من قوله: { وما يعلم تأويله إلا الله والراسخون في العلم } قولان، فمن وقف على {الله}، فيكون المراد بالتأويل علم حقيقة الشيء وكنهه وما لا سبيل إلى إدراكه كأمر الروح والساعة مما استأثر الله بعلمه، والراسخون في العلم يؤمنون به ويكلون حقائقه إلى الله فيسلمون ويسلمون، ومن وصل ولم يقف على {الله} ، فيكون المراد بالتأويل التفسير والكشف والإيضاح، فيكون الله يعلمه والراسخون في العلم يعلمونه أيضا، فيؤمنون بها ويردونها للمحكم.</t>
   </si>
   <si>
     <t>Оятҳои муҳкам: оятҳое ҳастанд, ки маънояшон ошкор ва далолаташон равшан аст. Муташобеҳ: оятҳое ҳастанд, ки эҳтимоли бештар аз як маъноро дошта ниёз ба баррасӣ ва дарк доранд.
 Ҳушдор аз ҳамнишинӣ бо гумроҳон ва аҳли бидъат ва касоне, ки барои гумроҳ кардани мардум шакку шубҳа эҷод мекунанд.
 Дар поёни ояти мазкур, ки бо "ва ҷуз хирадмандон касе панд намегирад" хотима ёфтааст, накуҳиш бар мунҳарифшудагон ва ситоиш бар олимони раббонӣ ва собитқадам аст. Яъне: касе, ки панд нагирифт ва аз ҳавову ҳаваси худ пайравӣ кард, аз ҷумлаи афроди хирадманд нест.
 Пайравӣ аз муташобеҳ сабаби инҳироф ва гумроҳӣ мешавад.
 Оятҳои муташобеҳ, ки шояд мафҳуми онҳо дарк карда нашавад, бояд дар мавриди онҳо ба оятҳои муҳкам муроҷиат карда шавад.
 Худованд бахше аз оятҳои Қуръонро муҳкам ва қисме аз онро муташобеҳ қарор додааст, ва ин як имтиҳоне аст аз ҷониби Худованд барои мардум, то аҳли имон аз гумроҳон ташхис карда шавад.
 Вуҷӯди муташобеҳот дар Қуръони карим нишонгари бартарӣ ва фазилати олимон аз дигарон ва огоҳ сохтани зеҳнҳо аз камбуд ва костиҳо  аст, то ба оҷиз будани худ эътироф ва таслими Офаридгори худ шавад.
 Фазилати устуворӣ дар илм ва зарурати пойдорӣ дар он.
 Муфассирон дар мавриди "Таъвили онро танҳо Аллоҳ медонад" дар ин фармудаи Ӯ Таъоло: { وما يعلم تأويله إلا الله والراسخون في العلم } бар ду назар ҳастанд:
 1-Мурод аз он огоҳӣ ва донистани воқеияти як чиз, моҳияти он ва ончи, ки ҳеҷ роҳе барои дарк ва донистани он вуҷӯд надорад аст, ба монанди: рӯҳ ва қиёмат, ки илми он мунҳасир ба Ӯ Таъоло аст. Росихони дар илм (онон, ки дар илм устуворанд) ба он имон доранд ва ҳақиқати онро ба Худо месупоранд ва худ таслими он шуда аз ҳар гуна таъвил даст мебардоранд.
 2-Мурод аз таъвил тафсир ва тавзеҳот аст, яъне Худованд онро медонад ва росихони дар илм низ аз он огоҳанд, ба он имон доранд ва дар мавриди тафсири он ба оятҳои муҳкам руҷуъ мекунанд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65062</t>
   </si>
   <si>
-    <t>أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟</t>
+    <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>Оё касе, ки дар дунё ӯро бо ду пой роҳ рафтан водоштааст, қодир нест рӯзи қиёмат ӯро он гуна водорад, ки бар рӯи чеҳраи худ роҳ равад"?</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>Аз Қатода (Раҳмати Худо бар ӯ бод) ривоят аст, ки гуфт: Анас ибни Молик ба мо гуфт: марде аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) пурсид, ки эй Паёмбари Аллоҳ! Кофир чигуна бар рӯяш ҳашр мешавад? Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Оё касе, ки дар дунё ӯро бо ду пой роҳ рафтан водоштааст, қодир нест рӯзи қиёмат ӯро он гуна водорад, ки бар рӯи чеҳраи худ роҳ равад"? Қатода гуфт: Оре, ба иззат ва ҷалоли Парвардигорамон.</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>Аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) пурсида шуд, ки кофир дар рӯзи қиёмат чигуна бар рӯяш ҳашр карда мешавад? Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуд: оё Худованд, ки ӯро дар дунё бо ду пой роҳ рафтан водоштааст, қодир нест ӯро дар рӯзи қиёмат он гуна водорад, ки бар рӯи чеҳраи худ роҳ равад! Худованд бар ҳама чиз қодиру тавоност.</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
     <t>Кофир дар рӯзи қиёмат он гуна хор  ва залил аст, ки бар рӯи чеҳраи худ роҳ меравад.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65068</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ</t>
+    <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
   </si>
   <si>
     <t>Бигу: нест маъбуди бар ҳақ, магар Аллоҳ, то дар рӯзи қиёмат бароят гувоҳӣ бидиҳам</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
   </si>
   <si>
     <t>Аз Абуҳурайра, (Худованд аз ӯ рози бод)  ривоят аст, ки гуфт: Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) ба амакаш гуфт: "Бигу: нест маъбуди бар ҳақ, магар Аллоҳ, то дар рӯзи қиёмат бароят гувоҳӣ бидиҳам". Гуфт: агар таънаи Қурайш бар ман намебуд ва аз сухани онҳо, ки ӯро тарс ба ин кор водошт, эмин мебудам, бо (гуфтани) он чашмонатро равшан мекардам. Худованд ин оятро нозил фармуд: ([Эй паёмбар] Бе тардид, ту ҳар киро дӯст дошта бошӣ, наметавонӣ [ба иҷбор ба роҳи рост] ҳидоят кунӣ, балки Аллоҳ таоло аст, ки ҳар касро бихоҳад, ҳидоят мекунад (Қасас: 56))</t>
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
     <t>Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) аз амакаш Абутолиб, ки дар ҳолати марг буд, хоҳиш кард "Ло илоҳа иллаллоҳ" бигӯяд то ӯро дар рӯзи қиёмат шафоат ва барои ислом пазируфтанаш гувоҳӣ диҳад, аммо ӯ аз тарси инки мабодо Қурайш бигӯяд ӯ аз тарси марг ва нотавонӣ имон овард, худдорӣ кард. Ба Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) гуфт: агар ончи гуфтам намебуд туро ба орзуят мерасондам ва бо гуфтани калимаи шаҳодат дилатро шод мекардам, то хушнуд шавӣ. Худованд ояти мазкурро бинобар ин нозил фармуд, ки тавфиқи ҳидоят ба дасти Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) нест, балки танҳо Аллоҳ касеро бихоҳад тавфиқ ва ҳидоят мефармояд ва масъулияти Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) роҳнамоӣ ва даъвати мардум ба роҳи рост аст.</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>Ҳақиқат аз тарси ончи мардум мегӯянд тарк карда намешавад.
 Ба дасти Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) далолат ва роҳнамоӣ аст, на тавфиқи ҳидоят.
 Ҷоиз будани зиёрати кофири бемор ба қасди даъвати ӯ ба ислом.
 Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) дар ҳар шароите муштоқи даъвати мардум ба сӯи Худованди Муттаъол буд.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/65069</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
+  </si>
+  <si>
+    <t>Чаҳор хислат аст, ки агар дар касе бошад, мунофиқи холис аст. Ва ҳар касе яке аз ин хислатҳоро дошта бошад, пас дар ӯ нишонае аз нифоқ ҳаст, то вақте ки онро тарк кунад: Ҳаргоҳ сухан гӯяд-дурӯғ гӯяд; ҳар гоҳ аҳду паймон бандад, онро шиканад; ҳар гоҳ ваъда диҳад, хилоф кунад; ҳар гоҳ хусумату душманӣ кунад, туҳмат занад ва аз ҳад гузарад</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
+  </si>
+  <si>
+    <t>Аз Абдуллоҳ ибни Амр (разияллоҳу анҳумо) ривоят аст, ки гуфт: Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Чаҳор хислат аст, ки агар дар касе бошад, мунофиқи холис аст. Ва ҳар касе яке аз ин хислатҳоро дошта бошад, пас дар ӯ нишонае аз нифоқ ҳаст, то вақте ки онро тарк кунад: Ҳаргоҳ сухан гӯяд-дурӯғ гӯяд; ҳар гоҳ аҳду паймон бандад, онро шиканад; ҳар гоҳ ваъда диҳад, хилоф кунад; ҳар гоҳ хусумату душманӣ кунад, туҳмат занад ва аз ҳад гузарад".</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>Паёмбари Аллоҳ (Саллаллоҳу алайҳи ва саллам) аз чаҳор хислат ҳушдор доданд, ки агар дар як мусалмон ҷамъ шаванд, ӯ ба сабаби ин хислатҳо ба мунофиқон шабоҳати сахт пайдо мекунад. Ин ҳукм барои касест, ки ин хислатҳо дар ӯ ғолиб ва доимӣ бошанд. Аммо касе, ки гоҳ-гоҳ чунин амал кунад, ин таҳдид ӯро дар бар намегирад. Он хислатҳо иборатанд аз:
+Якум: Вақте ҳарф мезанад қасдан дурӯғ мегӯяд ва дар гуфтораш ростӣ нест.
+Дувум: Вақте аҳду паймон мебандад, ба аҳдаш вафо намекунад ва ба он касе, ки бо ӯ аҳд бастааст, хиёнат мекунад.
+Севум: Вақте ваъда медиҳад, ба ваъдааш вафо намекунад ва хилофи он амал мекунад.
+Чаҳорум: Вақте баҳсу ҷанҷол мекунад, аз ҳақ берун меравад, бо макр ва ҳила ҳақро рад мекунад ва дурӯғу ботил мегӯяд.
+Нифоқ ин аст, ки шахс чизеро изҳор мекунад, ки дар ботин хилофи онро дорад. Ва ин маънӣ дар касе, ки ин хислатҳоро дорад, мавҷуд аст. Нифоқи ӯ дар ҳаққи касе аст, ки бо ӯ ҳарф задааст, ваъда кардааст, ӯро амин шуморидааст, бо ӯ баҳсу ҷанҷол кардааст ва бо ӯ аҳду паймон бастааст, на ин ки ӯ дар ислом мунофиқ бошад, ки зоҳир исломро қабул дорад ва ботинан кофир аст. Аммо касе, ки яке аз ин хислатҳоро дорад, дар ӯ нишонаи нифоқ ҳаст, то он ки онро тарк намояд.</t>
+  </si>
+  <si>
+    <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
+المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
+قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
+النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
+قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
+قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
+  </si>
+  <si>
+    <t>Баъзе аломатҳои мунофиқ барои тарсондан ва ҳушдор додан зикр шудаанд, то мардум аз афтодан ба онҳо худро эмин нигоҳ доранд.
+Мақсади ҳадис: 
+Ин хислатҳо, хислатҳои нифоқ мебошанд ва соҳиби онҳо дар ин хислатҳо ба мунофиқон шабоҳат дорад ва ба ахлоқи онҳо муттахаллиқ шудааст. На ин ки ӯ мунофиқе бошад, ки зоҳир исломро нишон медиҳад ва ботинан кофир аст. Ва гуфта шудааст: Ин ҳукм барои касест, ки ин хислатҳо бар ӯ ғолиб гаштаанд ва бо онҳо бепарвоёна бархӯрдааст ва онҳоро сабук шуморидааст. Чунин шахс одатан эътиқоди фосид дорад.
+Ғаззолӣ мегӯяд: Пояи дини ислом дар се чиз хулоса мешавад: гуфтор, амал ва ният. Ӯ ҳушдор додааст, ки фасоди гуфтор дурӯғ гуфтан, фасоди амал хиёнат кардан ва фасоди ният ваъдахилофӣ намудан аст. Зеро хилофи ваъда танҳо дар ҳолате мунофиқӣ шуморида мешавад, ки шахс ҳангоми ваъда додан қасди иҷро накардани онро дошта бошад. Аммо агар нияти иҷро кардани онро дошт, вале монеъе пеш омад ё ақидааш иваз шуд, ин ҳолат нишонаи нифоқ нест.
+Нифоқ ду навъ аст: Нифоқи эътиқодӣ, ки соҳиби он аз имон хориҷ мешавад. Ва он ин аст, ки дар зоҳир исломро нишон медиҳад, вале дар ботин кофир аст.
+Нифоқи амалӣ, монанд шудани шахс ба мунофиқон дар ахлоқашон, (мисли дурӯғ гуфтан, хиёнат кардан, хилофи ваъда намудан ва беадолатӣ дар муноқиша). Ин навъи нифоқ шахсро аз имон хориҷ намекунад, аммо гуноҳи кабира ба ҳисоб меравад.
+Ибни Ҳаҷар мегӯяд: Уламо иттифоқ доранд, ки агар касе бо қалб ва забонаш имон дошта бошад ва муртакиби ин хислатҳо шавад, кофир шуморида намешавад ва мунофиқе нест, ки дар дӯзах абадӣ бимонад.
+Нававӣ мегӯяд: Бархе уламо гуфтаанд, ки ҳадис ба мунофиқони замони Паёмбари Худо (Саллалоҳу алайҳи ва саллам) дахл дорад, ки исломро зоҳир мекарданд, вале ботинан дурӯғ гуфтанд, дар амри динашон амин шуморида шуданд, вале хиёнат карданд, дар амри дин ва ёрии он аҳду паймон бастанд, вале хилофи он амал карданд ва дар душманӣ варзидан аз ҳад гузаштанд ва носипос гуфтанд.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/65124</t>
+  </si>
+  <si>
+    <t>من حسن إسلام المرء تركه ما لا يعنيه</t>
+  </si>
+  <si>
+    <t>Аз (ҷумлаи) зебоии исломи шахс он аст, ки он чиро бар вай фоида надорад, тарк намояд</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مِنْ حُسْنِ إِسْلَامِ المَرْءِ تَرْكُهُ مَا لَا يَعْنِيهِ».</t>
+  </si>
+  <si>
+    <t>Аз Абуҳурайра (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Аз (ҷумлаи) зебоии исломи шахс он аст, ки он чиро бар вай фоида надорад, тарк намояд".</t>
+  </si>
+  <si>
+    <t>بين النبي صلى الله عليه وسلم: أن من كمال محاسن إسلام المسلم وتمام إيمانه، ابتعاده عما لا يعنيه ولا يخصه ولا يهمه وما لا يفيده من الأقوال والأفعال، أو مما لا يعنيه من أمور الدين والدنيا، فالاشتغال بما ليس للإنسان ربما شغله عما يعنيه، أو أداه إلى ما يلزمه اجتنابه؛ فإن الإنسان مسؤول عن أعماله يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Саллаллоҳу алайҳи ва саллам) баён намуданд, ки камоли зебоии Ислом ва камоли имони мусалмон дар он аст, ки инсон аз он чизҳое, ки ба ӯ дахл надорад, ба ӯ тааллуқ надорад ва барои ӯ фоидае надорад, чи аз суханҳо ва чи аз амалҳо дурӣ ҷӯяд. Зиёда аз ин, машғул шудан ба чизҳое, ки ба инсон дахл надоранд, метавонанд ӯро аз корҳои муҳим маҳрум кунанд, ё ӯро ба чизҳое расонанд, ки бояд аз онҳо парҳез кунад. Инсон рӯзи қиёмат барои амалаш посухгӯ аст.</t>
+  </si>
+  <si>
+    <t>الناس يتفاوتون في الإسلام، وأنه يزداد حسنًا ببعض الأعمال.
+ترك اللغو والفضول من الأقول والأفعال دليل على كمال إسلام المرء.
+الحث على الاشتغال فيما يعني المرءَ من شؤون دِينه ودنياه، فإذا كان مِن حُسن إسلام المرء تركه ما لا يعنيه، فمِن حُسنه إذًا اشتغالُه فيما يعنيه.
+قال ابن القيم رحمه الله : وقد جمع النبي صلى الله عليه وسلم الورع كله في كلمة واحدة، فقال: «من حسن إسلام المرء: تركُه ما لا يعنيه»، فهذا يعم الترك لما لا يعني: من الكلام، والنظر، والاستماع، والبطش، والمشي، والفكر، وسائر الحركات الظاهرة والباطنة، فهذه كلمة شافية في الورع.
+قال ابن رجب: هذا الحديث أصل من أصول الأدب.
+الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
+الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
+يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
+  </si>
+  <si>
+    <t>Одамон дар Ислом бо ҳам тафовут доранд ва ҳамоно Ислом бо баъзе амалҳо некутар мегардад.
+Дурӣ кардан аз суҳбатҳои беҳуда ва ёвагӯӣ ва амалҳои ғайризарурӣ нишонаи камоли исломи шахс аст.
+Тарғиб ба ин ки инсон бояд ба корҳои марбут ба дин ва дунёаш машғул бошад. Агар аз зебоии исломи шахс дур буданаш аз он чизҳое, ки ба ӯ дахл надорад, бошад, пас, машғул шуданаш ба он чизҳое, ки ба ӯ дахл доранд, низ аз камол ва зебоии ислом ӯст.
+Ибн Қайим (раҳимаҳуллоҳ) гуфт: Паёмбар (Саллаллоҳу алайҳи ва саллам) тамоми парҳезгориро дар як ҷумла ҷамъ карда гуфтаст: "Аз хубии исломи шахс он аст, ки он чиро, ки бар вай фоида надорад, тарк намояд". Ин ҷумла ҳама гуна дасткашӣ аз ҳар гуна гуфтугӯ, нигариш, гӯш кардан, даст дароз кардан, роҳ рафтан, андешидан ва дигар ҳаракатҳои зоҳирӣ ва ботинии баданро, фаро мегирад ва ин сухан дармонгар дар боби парҳезгорӣ аст.
+Ибн Раҷаб гуфт: Ин ҳадис яке аз асосҳои адаб аст.
+Ташвиқ ба илмомӯзӣ, зеро ба воситаи он инсон мефаҳмад, ки чӣ чиз ба ӯ зарур аст ва чӣ чиз на.
+Амр ба маъруф ва наҳйи аз мункар ва насиҳат. Инҳо аз корҳое ҳастанд, ки ба инсон марбут ҳастанд, зеро ӯ дар ин маврид ба он маъмур шуда аст.
+Дар доираи маънои умумии ҳадис ворид мешавад: Дурӣ кардан аз он чизе, ки ба инсон марбут нест, аз он чизҳое, ки Худо ҳаром гардонидааст ва Паёмбар (Саллаллоҳу алайҳи ва саллам) нописанд донистааст. Инчунин дурӣ кардан аз он чизҳое, ки ба умури охират, мисли ҳақиқатҳои ғайбӣ ва тафсилоти ҳукм дар офариниш ва фармон дахл доранд ва ӯ ба он ниёз надорад. Масалан, пурсидан ва кунҷкобӣ кардан дар масъалаҳои муқаддар ва эҳтимолӣ, ки ҳанӯз рух надодааст ё кам рӯй медиҳад, ё ҳатто воқеъ шуданашро тасаввур карда намешавад.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/65255</t>
+  </si>
+  <si>
+    <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
+  </si>
+  <si>
+    <t>Ба дурустӣ, Худованд фаризаҳоро муқаррар намуд, пас онҳоро зоеъ накунед; ва ҳудудҳоро (барои уқубату ҷазо) муайян сохт, пас онҳоро таҷовуз накунед; ва ҳаромҳоро ҳаром гардонид, пас ба онҳо наздик нашавед; ва дар бораи (баъзе) чизҳо бинобар меҳрубонӣ намудан барои шумо на аз рӯйи фаромӯшӣ, сукут (ихтиёр) кард, пас шумо онҳоро ҷустуҷў накунед</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
+  </si>
+  <si>
+    <t>Аз Абусаълаба ал-Хушанӣ, Ҷурсум ибни Ношир (разияллоҳу анҳу) ривоят аст, ки гуфт: Паёмбари Худо (Саллалоҳу алайҳи ва саллам) гуфт: "Ба дурустӣ, Худованд фаризаҳоро муқаррар намуд, пас онҳоро зоеъ накунед; ва ҳудудҳоро (барои уқубату ҷазо) муайян сохт, пас онҳоро таҷовуз накунед; ва ҳаромҳоро ҳаром гардонид, пас ба онҳо наздик нашавед; ва дар бораи (баъзе) чизҳо бинобар меҳрубонӣ намудан барои шумо на аз рӯйи фаромӯшӣ, сукут (ихтиёр) кард, пас шумо онҳоро ҷустуҷў накунед".</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
+  </si>
+  <si>
+    <t>Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) хабар медиҳад, ки Худованд чизҳоеро воҷиб гардонида ва фарзҳоеро муқаррар намудааст, пас ба онҳо пойбанд бошед ва дар иҷрои онҳо кӯтоҳӣ накунед. Ва бароятон марзҳо ва боздорандаҳое муайян кардааст, ки шуморо аз корҳои нописанд бозмедоранд, пас бар он чи шариат фармон додааст, наяфзоед. Ва муҳаррамотеро ҳаром гардонидааст, пас аз онҳо парҳез кунед ва ба онҳо наздик нашавед. Аммо он чизҳое, ки Худованд дар борааш сукут кардааст, онҳоро аз рӯи раҳматаш барои шумо вогузоштааст, пас бар асли мубоҳ ва ҳалол боқӣ бимонад, бинобар ин, дар пайи ҷустуҷӯи онҳо набошед.</t>
+  </si>
+  <si>
+    <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
+تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
+أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
+حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
+وجوب المحافظة على فرائض الله تعالى.
+تحريم التعدي على حدود الله تعالى.</t>
+  </si>
+  <si>
+    <t>Ин ҳадис далеле аст бар ин ки танҳо Худованд қонунгузор ва ташреъкунанда аст ва фармон танҳо ба дасти Ӯ Субҳонаҳу аст.
+Ин ҳадис қоидаҳои шариатро дар бар мегирад, ҳам дар ҳукм ва ҳам дар мубоҳ будан; зеро ҳукми шаръӣ ё дар борааш сухан гуфта шудааст ё сукут шудааст. Агар зикр шуда бошад, пас ё амр бо вуҷуб ё мустаҳаб шудааст, ё манъ бо таҳрим ё макрӯҳ шудааст ва агар зикр нашуда бошад, пас он мубоҳ аст.
+Ин аст, ки ҳар чизеро, ки Худо нисбат ба он сукут кардааст, на фарзаш гардонидааст, на ҳадде барояш муайян кардааст ва на онро манъ кардааст, пас он ҳалол аст.
+Зебоии баёни Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) дар он зоҳир аст, ки ҳадисро бо чунин тақсимбандии равшан ва фаҳмо баён намудааст.
+Вуҷуби пойбанди бар фарзҳои Аллоҳ Таъоло.
+Ҳаром будани таҷовуз аз ҳудуди муайянкардаи Аллоҳ Таъоло.</t>
+  </si>
+  <si>
+    <t>رواه الدارقطني في سننه، وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الدارقطني في سننه وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66510</t>
+  </si>
+  <si>
+    <t>Савоби амалҳо вобаста бо ният аст; ва ҳар кас мувофиқи нияташ ҷазо дода мешавад</t>
+  </si>
+  <si>
+    <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Аз Амирулмуъминин Абуҳафс, Умар ибни Хаттоб (разияллоҳу анҳу) ривоят аст, ки гуфт: Паёмбар (Саллалоҳу алайҳи ва саллам)-ро шунидам, ки мегӯяд: "Савоби амалҳо вобаста бо ният аст; ва ҳар кас мувофиқи нияташ ҷазо дода мешавад. Пас ҳар ки ба сӯйи Аллоҳ ва Расулаш ҳиҷрат кард, ҳиҷрати ӯ ба сӯйи Аллоҳ ва Расули Ӯст. Ва ҳар кас, ки ҳиҷраташ ба сӯйи дунё бошад, то онро ба даст орад ё ба хотири издивоҷ бо зане бошад, ки ӯро ба никоҳ дарорад, пас ҳиҷрати ӯ ба сӯйи ҳамон чизе аст, ки ба он сӯй ҳиҷрат кардааст".</t>
+  </si>
+  <si>
+    <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
+الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
+النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
+  </si>
+  <si>
+    <t>Ташвиқ ба ихлос, зеро Худованд танҳо ҳамон амалеро мепазирад, ки барои ризои Ӯ Таъоло бошад.
+Агар касе амалҳое, ки барои тақарруб ба Аллоҳ анҷом дода мешавандро аз рӯи одат анҷом диҳад, подош дода намешавад, магар инки қасди наздик шудан ба Худоро дошта бошад.
+Ният байни ибодатҳои мухталиф фарқ мегузорад. Инчунин ибодатҳоро аз одатҳо ҷудо месозад.</t>
+  </si>
+  <si>
+    <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
+  </si>
+  <si>
+    <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66511</t>
+  </si>
+  <si>
+    <t>Аз Абуабдурраҳмон Абдуллоҳ ибни Умар ибни Хаттоб (разияллоҳу анҳумо) ривоят аст, ки гуфт: Паёмбар (Саллалоҳу алайҳи ва саллам)-ро шунидам, ки мегӯяд:||"Ислом бар панҷ асос бино ёфтааст: Гувоҳӣ додан ба ин ки маъбуди барҳақе ҷуз Аллоҳ Таъоло нест ва ин ки Муҳаммад (Салому дуруди Аллоҳ бар ӯ бод) расул ва фиристодаи Худост, барпо доштани намоз, додани закот, ҳаҷҷи Хона ва рӯзаи Рамазон</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Аз Абуабдурраҳмон Абдуллоҳ ибни Умар ибни Хаттоб (разияллоҳу анҳумо) ривоят аст, ки гуфт: Паёмбар (Саллалоҳу алайҳи ва саллам)-ро шунидам, ки мегӯяд: "Ислом бар панҷ асос бино ёфтааст: Гувоҳӣ додан ба ин ки маъбуди барҳақе ҷуз Аллоҳ Таъоло нест ва ин ки Муҳаммад (Салому дуруди Аллоҳ бар ӯ бод) расул ва фиристодаи Худост, барпо доштани намоз, додани закот, ҳаҷҷи Хона ва рӯзаи Рамазон".</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
+  </si>
+  <si>
+    <t>Офариниши ҳар кадоми шумо дар шиками модараш дар чиҳил рӯз ба таври оби манӣ воқеъ мегардад</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
+  </si>
+  <si>
+    <t>Аз Абуабдурраҳмон Абдуллоҳ ибни Масъуд (разияллоҳу анҳу) ривоят аст, ки гуфт: "Расули Худо (Саллалоҳу алайҳи ва саллам), ки ростгӯ ва тасдиқшуда аст барои мо фармуд: "Офариниши ҳар кадоми шумо дар шиками модараш дар чиҳил рӯз ба таври оби манӣ воқеъ мегардад, пасон ба монанди ҳамон (миқдор) хуни баста мегардад, боз монанди ҳамон (миқдор) порчаи гӯште мегардад. Сипас малоикае ба сӯйи ӯ фиристода мешавад ва рӯҳро дар он медамад, пас он (малоика) ба чаҳор чиз амр карда мешавад: ба навиштани ризқи он (шахс), муддати зиндагонии он (шахс), амали он (шахс) ва бадбахтӣ ё хушбахтии он (шахс). Қасам бар Худое, ки ҳеҷ маъбуде барҳақ ҷуз Ӯ нест, ба дурустӣ, яке аз шумо ҳатман амали аҳли биҳиштро анҷом медиҳад, то байни ӯ ва байни биҳишт (масофаи) як оринҷ намемонад, вале тақдираш бар вай сабқат карда, амали аҳли дӯзахро анҷом медиҳад ва дар он дохил мешавад. Ба дурустӣ, яке аз шумо ҳатман амали аҳли дӯзахро анҷом медиҳад, то байни ӯ ва байни дӯзах (масофае) намемонад, вале тақдираш бар вай сабқат карда амали аҳли биҳиштро анҷом медиҳад ва дар он дохил мешавад".</t>
+  </si>
+  <si>
+    <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
+  </si>
+  <si>
+    <t>بيان مراحل خلق الإنسان.
+الإيمان بالقضاء والقدر.
+الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
+التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
+هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
+  </si>
+  <si>
+    <t>Баёни марҳилаҳои офариниши инсон.
+Имон ба қазо ва қадар.
+Сарнавишт ва оқибати тамоми аъмол вобаста ба қазо ва қадар аст, ки дар он аз пеш чи навишта шудааст.
+Аз мағрур шудан ба зоҳири амалҳо бояд барҳазар буд, зеро тамоми кор вобастагӣ ба анҷом ва поёни он дорад.
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66513</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
+  </si>
+  <si>
+    <t>Ҳар ки ба ин кори мо (шариати исломӣ) чизи наве дохил кунад, ки аз он нест, он амр мардуд аст</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>Аз модари муъминон Умми Абдуллоҳ Оиша (разияллоҳу анҳо) ривоят аст, ки гуфт: Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) фармуданд: "Ҳар ки ба ин кори мо (шариати исломӣ) чизи наве дохил кунад, ки аз он нест, он амр мардуд аст".</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>Ибодат бар асоси он чизе аст, ки дар Қуръону Суннат омадааст. Бинобар ин, Аллоҳ Таъолоро ибодат намекунем магар бар асоси шариат, на бар асоси бидъат ва навсохтаҳо.
+Дин бар асоси раъй (назар ва фикр) ва неку пиндоштан нест, балки бар пайравӣ аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аст.
+Ин ҳадис далолат бар комил будани дин (Ислом) мекунад.
+Бидъат ҳар чизи навсохтае аст, ки ба дин ворид шудааст ва дар замони Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ва асҳобаш вуҷуд надошт, чи эътиқод бошад ё сухан, ё амал.
+Ин ҳадис яке аз аслҳои дини Ислом аст ва монанди тарозуест барои амалҳо. Ҳамон тавр ки ҳар амале ба хотири Аллоҳ набошад, пазируфта намешавад ва анҷомдиҳандааш савобе намегирад, инчунин ҳар амале, ки бар асоси раҳнамоии Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) набошад, ба анҷомдиҳандааш бозгардонида мешавад ва аз ӯ пазируфта намешавад.
+Ин ҳадис қоидае аст барои рад кардани бидъатҳои падидомада ва мункароти рӯйдода.
+Навовариҳое, ки аз он наҳйи шудааст, корҳое ҳастанд, ки ба дин марбут ҳастанд на ба корҳои дунё.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66514</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>Аз Абуабдуллоҳ Нуъмон ибни Башир (разияллоҳу анҳу) ривоят аст, ки гуфт: Паёмбар (Саллалоҳу алайҳи ва саллам) - ро шунидам, ки мегӯяд:||"Ҳалол ошкору равшан аст ва ҳаром ҳам ошкору равшан аст ва дар миёни ҳалол ва ҳаром чизҳои шубҳанок вуҷӯд дорад, ки бисёре аз мардум онҳоро намедонанд, пас ҳар касе аз онҳо бипарҳезад дин ва шарафи худро нигоҳ доштааст, ва ҳар касе дар умури шубҳанок афтад дар ҳаром афтидааст, монанди чӯпоне, ки рамаи худро атрофи ҳарими дигарон мечаронад ва эҳтимоли ворид шудани рама ба ҳарими онон аст. Огоҳ бошед, ки ҳар подшоҳ ҳарими худро дорад ва огоҳ бошед, ки ҳарими Худованд ҳамон ҳаромкардаҳои Ӯ Таъолост. Огоҳ бошед, ки дар бадан гӯштпорае ҳаст, ки агар он дуруст шавад тамоми бадан дуруст мешавад, ва агар он вайрон ша­вад тамоми бадан вайрон мешавад, огоҳ бошед, ки он гӯштпора қалб аст</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>Аз Абуабдуллоҳ Нуъмон ибни Башир (разияллоҳу анҳу) ривоят аст, ки гуфт: Паёмбар (Саллалоҳу алайҳи ва саллам) - ро шунидам, ки мегӯяд: "Ҳалол ошкору равшан аст ва ҳаром ҳам ошкору равшан аст ва дар миёни ҳалол ва ҳаром чизҳои шубҳанок вуҷӯд дорад, ки бисёре аз мардум онҳоро намедонанд, пас ҳар касе аз онҳо бипарҳезад дин ва шарафи худро нигоҳ доштааст, ва ҳар касе дар умури шубҳанок афтад дар ҳаром афтидааст, монанди чӯпоне, ки рамаи худро атрофи ҳарими дигарон мечаронад ва эҳтимоли ворид шудани рама ба ҳарими онон аст. Огоҳ бошед, ки ҳар подшоҳ ҳарими худро дорад ва огоҳ бошед, ки ҳарими Худованд ҳамон ҳаромкардаҳои Ӯ Таъолост. Огоҳ бошед, ки дар бадан гӯштпорае ҳаст, ки агар он дуруст шавад тамоми бадан дуруст мешавад, ва агар он вайрон ша­вад тамоми бадан вайрон мешавад, огоҳ бошед, ки он гӯштпора қалб аст".</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>Ин ҳадис қоидае аст дар парҳез аз шубҳаҳо.
+Ташвиқ ба тарки амали муштабеҳ (шубҳанок), ки ҳукмаш мушаххас нест.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>Аз Абуруқайя Тамим ибни Авси Дорӣ (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд:||"Дин (-и ислом) насиҳат аст". Гуфтем: (Насиҳат) барои кист? Гуфт: "(Насиҳат) барои Худо, барои китоби Аллоҳ (Қуръон), барои паёмбараш ва барои пешвоёни мусалмонон ва барои умуми онҳо</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Аз Абуруқайя Тамим ибни Авси Дорӣ (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Дин (-и ислом) насиҳат аст". Гуфтем: (Насиҳат) барои кист? Гуфт: "(Насиҳат) барои Худо, барои китоби Аллоҳ (Қуръон), барои паёмбараш ва барои пешвоёни мусалмонон ва барои умуми онҳо".</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) хабар доданд, ки дин бар пояи ихлос ва ростгӯӣ устувор аст, то он гоҳ ки ба таври комил ва бе кӯтоҳӣ ё фиреб адо гардад, тавре ки Худованд фарз гардондааст. Пас Паёмбар (Саллалоҳу алайҳи ва саллам) пурсида шуд, ки насиҳат барои чи касе аст? Фармуданд: Аввал: Насиҳат барои Аллоҳ Субҳонаҳу ва Таъоло, яъне: ихлоси аъмол танҳо барои Ӯ бошад; ба Ӯ ширк оварда нашавад; ба рубубият, улуҳият, номҳо ва сифатҳои Ӯ имон оварда шавад; фармону бузургии Ӯ эҳтиром гардад ва мардумро ба имон овардан ба Ӯ даъват намудан. Дуюм: Насиҳат барои китоби Ӯ, яъне Қуръони Карим, бо ин ки бовар дошта бошем, ки он каломи Ӯ ва охирин китобаш аст, ки нозил шудааст, тамоми шариатҳои пешинро насх кардааст; онро бузург шуморем ва ба дурустӣ тиловаташ кунем; ба аҳкомаш амал намоем; ба муташобеҳоташ таслим шавем; аз таъвили ботили таҳрифгарон онро дифоъ кунем; аз мавъизаҳояш ибрат гирем; илмашро паҳн намоем ва мардумро ба он даъват кунем. Сеюм: Насиҳат барои Расули Худо Муҳаммад (Саллаллоҳу алайҳи ва саллам) — бо ин бовар, ки Ӯ охирин паёмбар аст, ба он чи овардааст, имон оварем; фармонҳояшро итоат кунем; аз манъкардаҳояш дурӣ ҷӯем; танҳо мувофиқи он чи ӯ баён кардааст, Худоро ибодат кунем; ӯро бузург шуморем; эҳтиромаш кунем; даъваташро паҳн намоем; шариаташро таблиғ кунем ва ҳар туҳматеро, ки ба ӯ баста мешавад, рад кунем. Чаҳорум: Насиҳат барои пешвоёни мусалмонҳо, бо ёрӣ карданашон дар ҳақ; ихтилоф накардан бо онҳо дар амри ҳукумат; ва шунидану итоат кардан ба онҳо дар он чи итоати Худо аст. Панҷум: Насиҳат барои мусалмонҳо, ба онҳо некӣ кардан; даъват карданашон ба хайр; зарар нарасондан ба онҳо; дӯст доштани некӣ барои онҳо ва ҳамкорӣ бо онҳо дар корҳои нек ва парҳезгорӣ.</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
+  </si>
+  <si>
+    <t>Он чи шуморо аз он наҳй кардаам, аз он дурӣ биҷӯед ва он чи шуморо бар он амр кардаам, пас аз он ҳар қадар, ки тавонистед, иҷро бикунед</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
+  </si>
+  <si>
+    <t>Аз Абуҳурайра Абдурраҳмон ибни Сахр (разияллоҳу анҳу) ривоят аст, ки гуфт: Паёмбар (Саллалоҳу алайҳи ва саллам) - ро шунидам, ки мегӯяд: "Он чи шуморо аз он наҳй кардаам, аз он дурӣ биҷӯед ва он чи шуморо бар он амр кардаам, пас аз он ҳар қадар, ки тавонистед, иҷро бикунед. Ба дурустӣ, он умматонеро, ки пеш аз шумо буданд, саволҳои бисёрашон ва ихтилофашон бар паёмбарон ҳалок кардааст".</t>
+  </si>
+  <si>
+    <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
+ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
+  </si>
+  <si>
+    <t>Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) ба мо фаҳмонданд, ки ҳар гоҳ моро аз чизе манъ кунад, воҷиб аст онро пурра тарк намоем, бидуни ҳеҷ истисно. Аммо ҳар гоҳ ба амале фармон диҳад, бар мо воҷиб аст, то қадри тавоноиямон онро анҷом диҳем. Сипас моро ҳушдор доданд, то мисли баъзе аз умматҳои гузашта набошем, ки бисёр саволҳои зиёдатӣ аз паёмбарони худ мекарданд ва ба онҳо итоат намекарданд. Пас, Худованд онҳоро бо намудҳои гуногуни ҳалокат ва азоб ҷазо дод. Аз ин рӯ, набояд мо низ мисли онҳо бошем, то мисли онҳо ҳалок нашавем.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
+النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
+ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
+لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
+كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
+  </si>
+  <si>
+    <t>Ин ҳадис қоидаест дар баёни воҷиб будани иҷрои фармудаҳо ва дурӣ ҷустан аз корҳои мамнуъ.
+Наҳй (боздоштан) иҷозати анҷоми ҳеҷ чизеро намедиҳад, аммо амр бо қобилият муқайяд ва маҳдуд аст, зеро тарк (дурӣ кардан) қобили иҷро аст, вале анҷом додани амри фармуда ниёз ба қудрати иҷро дорад.
+Наҳй аз зиёд пурсидан. Олимон пурсишро ба ду қисм ҷудо кардаанд: якум, он чи ба шакли таълим ва омӯзиш аст, яъне омӯхтани он чизҳое, ки дар дин ба он ниёз аст. Ин пурсиш матлуб аст ва пурсишҳои саҳоба аз ин навъ буданд. Дувум: пурсиш аз рӯй такаллуф бошад, ки аз ин пурсиш наҳй шудааст.
+Ҳушдори ин уммат аз нофармонии паёмбараш, чунон ки дар умматҳои пеш аз ӯ низ рух додааст.
+Манъшуда ҳам камашро дар бар мегирад ва ҳам бисёрашро; зеро дурӣ ҷустан аз он муяссар намешавад, магар бо дурӣ аз каму беши он. Масалан, вақте моро аз рибо (судхӯрӣ) манъ карданд, ин ҳам рибои камро дар бар мегирад ва ҳам рибои зиёдро.
+Раҳо кардани воситаҳое, ки ба ҳаром меорад, зеро он маънои дурӣ ҷустан ҳисоб мешавад.
+Бояд инсон вақте фармони Паёмбари Худо (Саллалоҳу алайҳи ва саллам) ба гӯшаш расид, нагӯяд: Оё ин воҷиб аст ё мустаҳаб? Балки бояд бидуни таъхир ба иҷрои он шитоб кунад, чунки Паёмбар (Саллалоҳу алайҳи ва саллам) фармудааст: "Аз он чизе, ки фармон дода шудаед, ҳар қадар ки тавонистед, иҷро кунед".
+Саволи зиёд сабаби ҳалокат мешавад, хусусан дар масъалаҳое, ки расидан ба онҳо имкон надорад, монанди масоили ғайбӣ ва чӣ гунагии аҳволи рӯзи қиёмат. Дар чунин чизҳо саволи зиёд макун, то ҳалок нашавӣ ва аз ҷумлаи мардумони сахтгир ва резабин қарор гирӣ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66517</t>
+  </si>
+  <si>
+    <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>Аз Абуҳурайра (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд:||"Ҳамоно Худованд пок аст ва ҷуз покӣ чизеро қабул намекунад. Ба дурустӣ, Худо муъминонро бар он чи амр кардааст, ки паёмбаронро ба он амр карда буд. Ва Худои Таъоло мефармояд: ﴾Эй паёмбарон, аз покизаҳо бихӯред ва корҳои шоиста бикунед, ки ман ба он чи анҷом медиҳед, огоҳам﴿ [Сураи Муъминун, ояти 51]; ва муъминонро фармуд: ﴾Эй муъминон, аз неъматҳои покизае, ки ба шумо рӯзӣ додаем, бихӯред﴿ [Сураи Бақара, ояти 172]. 
+Сипас паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мардеро зикр кард, ки сафари дуру дарозе мекунад, бо мӯйҳои парешону гардолуд, дастонашро ба сӯйи осмон бардошта мегӯяд: "Эй Парвардигори ман, эй Парвардигори ман!" Дар ҳоле, ки таому шароб ва либосаш аз ҳаром буда ва аз ҳаром ғизо гирифтааст. Пас дар чунин ҳол чӣ гуна (дуои ӯ) иҷобат мешавад?!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
+  </si>
+  <si>
+    <t>Аз Абуҳурайра (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Ҳамоно Худованд пок аст ва ҷуз покӣ чизеро қабул намекунад. Ба дурустӣ, Худо муъминонро бар он чи амр кардааст, ки паёмбаронро ба он амр карда буд. Ва Худои Таъоло мефармояд: ﴾Эй паёмбарон, аз покизаҳо бихӯред ва корҳои шоиста бикунед, ки ман ба он чи анҷом медиҳед, огоҳам﴿ [Сураи Муъминун, ояти 51]; ва муъминонро фармуд: ﴾Эй муъминон, аз неъматҳои покизае, ки ба шумо рӯзӣ додаем, бихӯред﴿ [Сураи Бақара, ояти 172]. 
+Сипас паёмбар (Салому дуруди Аллоҳ бар ӯ бод) мардеро зикр кард, ки сафари дуру дарозе мекунад, бо мӯйҳои парешону гардолуд, дастонашро ба сӯйи осмон бардошта мегӯяд: "Эй Парвардигори ман, эй Парвардигори ман!" Дар ҳоле, ки таому шароб ва либосаш аз ҳаром буда ва аз ҳаром ғизо гирифтааст. Пас дар чунин ҳол чӣ гуна (дуои ӯ) иҷобат мешавад?!".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر.
+ثالثًا: يرفع يديه إلى السماء بالدعاء.
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب!
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصف به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>Камоли Аллоҳ Таъоло дар Зот, сифатҳо, афъол ва аҳкомаш (комилу бе айб аст).
+Амр ба ихлос дар амалҳо барои Аллоҳ ва пайравӣ аз Паёмбар (Саллаллоҳу алайҳи ва саллам).
+Бо истифода аз он чизе, ки ба амал ташвиқ мекунад. Чунон ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Худованд муъминонро ба он чи ба паёмбарон фармудааст, фармон додааст". Пас, агар муъмин донад, ки ин яке аз фармудаҳои паёмбарон аст, ба ӯ қувват мебахшад ва ба иҷрои он ташвиқ меёбад.
+Аз ҷумлаи монеаҳои истиҷобати дуо хӯрдани ҳаром ва парвариш ёфтан бо молу ғизои ҳаром аст.
+Аз сабабҳои иҷобати дуо панҷ чиз аст:
+1. Дарозии сафар, зеро он боиси шикастагӣ ва ниёзмандии қалб мешавад, ки аз бузургтарин сабабҳои иҷобат аст.  
+Қозӣ гуфтааст: «Тайиб - пок» муқобили «хабис - палид» аст. Вақте ки ин сифат ба Худо нисбат дода мешавад, мақсад он аст, ки Ӯ аз нуқсонҳо пок ва аз офатҳо муқаддас аст. Вақте ки бе қайд, ба банда нисбат дода мешавад, мақсад он аст, ки ӯ аз ахлоқи паст ва аъмоли зишт пок буда, бо зидди онҳо ороста аст. Ва вақте ки ба мол нисбат дода мешавад, мақсад он аст, ки он мол ҳалол ва аз беҳтарин молҳост.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66518</t>
+  </si>
+  <si>
+    <t>دع ما يريبك إلى ما لا يريبك</t>
+  </si>
+  <si>
+    <t>Раҳо кун он чиро, ки туро ба шубҳа меандозад ва бигир он чиро, ки туро ба шубҳа намеандозад [зеро дар ростӣ оромиши хотир аст ва дар дурӯғ шакку шубҳа аст]</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
+  </si>
+  <si>
+    <t>Аз Абумуҳаммад, Ҳасан ибни Алӣ ибни Абутолиб, набераи Паёмбар (Саллалоҳу алайҳи ва саллам) ва наваи дӯстдоштаи ӯ ривоят аст, ки гуфт: Аз Расули Аллоҳ (Саллалоҳу алайҳи ва саллам) дар ёд дорам, ки фармуд: "Раҳо кун он чиро, ки туро ба шубҳа меандозад ва бигир он чиро, ки туро ба шубҳа намеандозад [зеро дар ростӣ оромиши хотир аст ва дар дурӯғ шакку шубҳа аст]".</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
+  </si>
+  <si>
+    <t>Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) амр фармуданд, ки инсон бояд чизеро, ки дар ҳалол ё ҳаром буданаш шакку шубҳа дорад, аз гуфтор ё кирдор, тарк кунад ва ба он чи ки шак надорад ва аз ҳалол буданаш мутмаин аст, рӯй оварад.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66519</t>
+  </si>
+  <si>
+    <t>Аз Абуҳамза Анас ибни Молик (разияллоҳу анҳу) ходими Паёмбар (Саллалоҳу алайҳи ва саллам) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд:||"Ҳар кадоми шумо то он чиро, ки барои худ дӯст медорад, барои бародар (-и мусалмонаш) низ дӯст надорад, ҳанӯз имон наовардааст</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>Аз Абуҳамза Анас ибни Молик (разияллоҳу анҳу) ходими Паёмбар (Саллалоҳу алайҳи ва саллам) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Ҳар кадоми шумо то он чиро, ки барои худ дӯст медорад, барои бародар (-и мусалмонаш) низ дӯст надорад, ҳанӯз имон наовардааст".</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
+  </si>
+  <si>
+    <t>Аз Абуяъло Шаддод ибни Авс (разияллоҳу анҳу) аз Паёмбар (Саллалоҳу алайҳи ва саллам) ривоят аст, ки фармуданд: "Худованд эҳсон (некӣ)-ро бар ҳама чиз муқаррар кардааст. Чун агар куштед бо некӣ бикушед ва агар забҳ кардед бо некӣ забҳ кунед. Ҳаргоҳ касе аз шумо забҳ мекунад корди худро тез кунад то қурбонии худро дар вақти забҳ азоб надиҳад".</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
+فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
+والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
+  </si>
+  <si>
+    <t>رحمة الله عزّ وجل ولطفه بالخلق.
+إحسان القتل والذبح بأن يكون على الوجه المشروع.
+كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
+النهي عن المُثْلة بالإنسان بعد قتله.
+تحريم كل ما فيه تعذيب للحيوان.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66521</t>
+  </si>
+  <si>
+    <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
+  </si>
+  <si>
+    <t>Эй ҷавон! ба дурустӣ ки ман туро якчанд панде биомӯзам: (ҳудуди) Худоро нигоҳ дор, то Худо туро нигоҳ дорад; (ҳудуди) Худоро нигоҳ дор, то Ӯро дар рӯ ба рӯят биёбӣ. Ҳар гоҳ чизе талаб кунӣ, аз Худо талаб кун, ҳар гоҳ ёрӣ биҷӯӣ аз Худо ёрӣ биҷӯ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
+وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
+  </si>
+  <si>
+    <t>Аз Абулаббос Абдуллоҳ ибни Аббос (разияллоҳу анҳумо) ривоят аст, ки гуфт: Рӯзе пушти сари Паёмбар (Саллаллоҳу алайҳи ва саллам) будам, ки гуфт: "Эй ҷавон! ба дурустӣ ки ман туро якчанд панде биомӯзам: (ҳудуди) Худоро нигоҳ дор, то Худо туро нигоҳ дорад; (ҳудуди) Худоро нигоҳ дор, то Ӯро дар рӯ ба рӯят биёбӣ. Ҳар гоҳ чизе талаб кунӣ, аз Худо талаб кун, ҳар гоҳ ёрӣ биҷӯӣ аз Худо ёрӣ биҷӯ. Ва бидон, ки агар ҳамаи мардум ҷамъ шаванд, то туро ба чизе ёрӣ расонанд, ёрӣ расонида наметавонанд, магар ба он чизе, ки Худо бар ту навиштааст; ва агар ҳамаи мардум ҷамъ шаванд, то ба ту зарар расонанд, зараре расонида наметавонанд, магар ба он чизе, ки Худо бар ту навиштааст, қаламҳо бардошта шудаанд ва номаҳо хушк шудаанд".</t>
+  </si>
+  <si>
+    <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
+احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
+وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
+وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
+ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
+وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
+وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
+  </si>
+  <si>
+    <t>Ибн Аббос (разияллоҳу анҳу) хабар медиҳад, ки вақте хурдсол буд ва ҳамроҳи Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) савор буд, он ҳазрат ба ӯ гуфтанд: "Ман ба ту чанд чизро меомӯзонам, ки Худо туро ба онҳо баҳраманд мекунад": Худовандро бо риояи фармудаҳо ва дурӣ аз манъкардаҳояш бо худ бидон, ба гунае, ки Ӯ Таъоло туро дар тоату ибодат ба Худ бинад, на дар гуноҳон ва нофармонӣ. Агар ин гуна амал кардӣ, Ӯ Таъоло туро аз балоҳои дунё ва охират дар паноҳаш нигоҳ медорад ва ҳарҷо ки бошӣ Худо ба ту нусрат медиҳад. Агар чизе мехоҳӣ фақат аз Худо бихоҳ, зеро танҳо Ӯ Таъолост, ки ба суолкунандагон посух мегӯяд. Агар ёрӣ мехоҳӣ фақат аз Худо бихоҳ. Ба яқин бидон, ки агар аҳли замин ҳама ҷамъ оянд, то барои ту манфиат бахшанд, суде ба ту нахоҳад расид, магар он чи Худованд навишта аст ва агар аҳли замин ҳама ҷамъ оянд, ки то ба ту зиёне расонанд, зиёне ба ту нахоҳад расид, магар он чи Худованд бароят муқаддар сохта аст. Худованд ин корро навиштааст ва бар асоси илм ва ҳикмати Ӯ Таъоло муқаддар сохта шудааст ва он чи Худованд навишта аст, тағйире надорад. Ва ҳар касе Худоро бо итоат аз фармонҳояш ва дурӣ аз манҳиёташ ҳифз мекунад, пас Худованд низ пешорӯйи банда аст, аз ҳоли ӯ огоҳ аст ва ӯро ҳифз мекунад ва ёрӣ медиҳад. Агар банда дар замони осудагӣ ва неъмат итоати Худоро кунад, Худо дар замони сахтӣ ва тангӣ барояш наҷот ва роҳе барои баромадан медиҳад. Бояд ҳар як банда аз тақдири Худо, хоҳ хайр бошад, хоҳ шар, розӣ бошад. Ва дар вақти сахтӣ ва мусибат сабр намояд, зеро сабр калиди наҷот аст. Ҳар гоҳ тангдилӣ ва бенавоӣ зиёд шавад, пас бидонад, ки наҷот ва кушоиш аз ҷониби Худованд наздик аст. Ва ҳар гоҳ душворӣ ва сахтӣ пеш ояд, ҳатман Худованд ба дунболи он осониро хоҳад фиристод.</t>
+  </si>
+  <si>
+    <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
+الجزاء من جنس العمل.
+الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
+الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
+من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
+البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
+تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
+  </si>
+  <si>
+    <t>Аҳамияти омӯзиши масоили динӣ ба кӯдакон ва фарзандон, аз ҷумла тавҳид, одоб ва ғайра.
+Подош аз ҷинси амал аст.
+Амр ба эътимод ва таваккул кардани танҳо бар Худо, ва Ӯ Таъоло беҳтарин корсоз ва пуштибон аст.
+Имон ба қазо ва қадар ва розӣ будан ба он, ва инки Худованд ҳама чизро муқаддар кардааст.
+Ҳар кӣ аз фармони Худованд саркашӣ ва кӯтоҳӣ кунад, Худованд ӯро зоеъ месозад ва аз ӯ муҳофизат намекунад.
+Муждаи бузург ин аст, ки ҳаргоҳ инсон ба тангӣ ва душворӣ дучор шавад, бояд мунтазири осонӣ бошад.
+Оромиш барои банда дар вақти расидани мусибат ва аз даст рафтани чизе, ки дӯсташ медошт, дар сухани Паёмбар (Саллалоҳу алайҳи ва саллам) зикр шудааст: "Бидон, он чи ба ту расид, ҳаргиз наметавонист аз ту бигзарад; ва он чи аз ту бозмонд ва ба ту нарасид, ҳаргиз наметавонист ба ту бирасад". Ҷумлаи аввал тасаллӣ медиҳад дар баробари чизҳои ногуворе, ки ба инсон расидааст, яъне ин кори тақдир буд. Ҷумлаи дувум оромӣ мебахшад дар баробари он чизҳое, ки дӯсташ медошт, вале онҳоро аз даст дод, яъне аслан барои ту муқаррар нашуда буд.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66522</t>
+  </si>
+  <si>
+    <t>Аз Абумасъуд, Уқба ибни Амри Ансории Бадрӣ (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд:||"Ба дурустӣ, он чи мардум аз панди паёмбарони пешин дарёфтаанд, ин аст: "Ҳар гоҳ шарм накардӣ, пас ҳар чи мехоҳӣ бикун»". [Шарму ҳаё дар ҳамаи шариатҳои осмонӣ писандида ва мавриди ситоиш будааст. Яъне, агар шарму ҳаё надошта бошӣ, ки туро аз чизҳои ҳаром боздорад, пас ҳар чи хоҳӣ бикун, вале барои худ бадбахтӣ меорӣ]</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Аз Абумасъуд, Уқба ибни Амри Ансории Бадрӣ (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Ба дурустӣ, он чи мардум аз панди паёмбарони пешин дарёфтаанд, ин аст: "Ҳар гоҳ шарм накардӣ, пас ҳар чи мехоҳӣ бикун»". [Шарму ҳаё дар ҳамаи шариатҳои осмонӣ писандида ва мавриди ситоиш будааст. Яъне, агар шарму ҳаё надошта бошӣ, ки туро аз чизҳои ҳаром боздорад, пас ҳар чи хоҳӣ бикун, вале барои худ бадбахтӣ меорӣ].</t>
+  </si>
+  <si>
+    <t>Шарму ҳаё асоси ахлоқи неку аст.
+Шарму ҳаё хислате аз хислатҳои паёмбарон (алайҳиму-с-салом) мебошад ва ин хислат аз онҳо нақл шудааст.
+Шарму ҳаё чизест, ки мусалмонро водор ба анҷом додани он чи ӯро зебо ва ороста мегардонад, мекунад, ва ӯро аз он чи, ки сабаби паст ва шарманда шуданаш аст, бозмедорад.
+Нававӣ мегӯяд: Амри зикршуда дар ҳадис маънои мубоҳ (иҷозатдодашуда)-ро дорад. Яъне, агар хоҳӣ коре анҷом диҳӣ ва дар анҷом доданаш аз Аллоҳ Таъоло ва мардум шарм надорӣ, пас анҷом деҳ; вагарна, аз он дурӣ ҷӯй. Ва бар ҳамин асос дини Ислом поягузорӣ шудааст.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>Аз Абуамр, дар ривояте, Абуамра Суфён ибни Абдуллоҳ (разияллоҳу анҳу) ривоят аст, ки гуфт:||Гуфтам: Эй паёмбари Аллоҳ! Дар мавриди Ислом ба ман сухане бигӯ, ки ҷуз ту аз касе напурсам. Фармуданд: "Бигӯ: Ба Аллоҳ имон овардам, сипас истиқомат биварз (рост бош)</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>Аз Абуамр, дар ривояте, Абуамра Суфён ибни Абдуллоҳ (разияллоҳу анҳу) ривоят аст, ки гуфт: Гуфтам: Эй паёмбари Аллоҳ! Дар мавриди Ислом ба ман сухане бигӯ, ки ҷуз ту аз касе напурсам. Фармуданд: "Бигӯ: Ба Аллоҳ имон овардам, сипас истиқомат биварз (рост бош)".</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66524</t>
+  </si>
+  <si>
+    <t>أرأيت إذا صليت المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
+  </si>
+  <si>
+    <t>Барои ман хабар деҳ, оё ҳар гоҳ намозҳои фарзшударо бихонам, моҳи Рамазонро рӯза бидорам, ҳалолро ҳалол бидонам ва ҳаромро ҳаром бидонам</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
+  </si>
+  <si>
+    <t>Аз Абуабдуллоҳ Ҷобир ибни Абдуллоҳи Ансорӣ (разияллоҳу анҳумо) ривоят аст, ки гуфт: "Марде аз Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) суол карда пурсид: "Барои ман хабар деҳ, оё ҳар гоҳ намозҳои фарзшударо бихонам, моҳи Рамазонро рӯза бидорам, ҳалолро ҳалол бидонам ва ҳаромро ҳаром бидонам ва ба онҳо чизе наафзоям, ба биҳишт дохил мешавам?" Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) гуфт: «"Оре".</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66525</t>
+  </si>
+  <si>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
+  </si>
+  <si>
+    <t>Покизагӣ нисфи имон аст. (Савоби лафзи) "алҳамдулиллоҳ" мизон(-и некӣ)-ро пур мекунад. (Савоби лафзи) "субҳоналлоҳ ва алҳамдулиллоҳ" он чи байни замину осмонҳост, пур мекунад</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
+  </si>
+  <si>
+    <t>Аз Абумолик, Ҳорис ибни Осими Ашъарӣ (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Покизагӣ нисфи имон аст. (Савоби лафзи) "алҳамдулиллоҳ" мизон(-и некӣ)-ро пур мекунад. (Савоби лафзи) "субҳоналлоҳ ва алҳамдулиллоҳ" он чи байни замину осмонҳост, пур мекунад. Намоз рӯшноӣ аст. Садақа бурҳон(-и имондорӣ) аст. Сабру шикебоӣ равшанӣ(-и имон) аст. Қуръон барои ту ё бар зидди ту ҳуҷҷат аст. Мардумон бомдодон саъйу талош мекунанд, пас касе (бо анҷом додани корҳои нек) ҷонашро (ба Худо) фурӯхта, пас (худро аз азоб) раҳо мекунад ва каси дигаре (бо анҷом додани корҳои зишт) ҷонашро (ба шайтон ва ҳавову ҳаваси худ) фурӯхта, пас (худро) ба ҳалокат мувоҷеҳ месозад"</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66526</t>
+  </si>
+  <si>
+    <t>Аз Абуҳурайра (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд:||"Барои ҳар як пайванди устухони инсон садақа лозим аст. Ҳар рӯзе, ки дар он офтоб тулуъ мекунад, агар миёни ду нафар оштӣ биандозӣ (адолат кунӣ), садақа аст; ва чун ба марде барои савор шудан ба ҳайвони савориаш ёрӣ расонӣ ё бар он ҳайвон бору бандашро бор кунӣ ё бардорӣ, садақа аст; ва сухани хуш садақа аст; ва ҳар як қадаме, ки барои рафтан ба намоз мегузорӣ, садақа аст; ва чун чизи озордиҳандаро аз сари роҳ бартараф кунӣ, садақа аст</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Аз Абуҳурайра (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Барои ҳар як пайванди устухони инсон садақа лозим аст. Ҳар рӯзе, ки дар он офтоб тулуъ мекунад, агар миёни ду нафар оштӣ биандозӣ (адолат кунӣ), садақа аст; ва чун ба марде барои савор шудан ба ҳайвони савориаш ёрӣ расонӣ ё бар он ҳайвон бору бандашро бор кунӣ ё бардорӣ, садақа аст; ва сухани хуш садақа аст; ва ҳар як қадаме, ки барои рафтан ба намоз мегузорӣ, садақа аст; ва чун чизи озордиҳандаро аз сари роҳ бартараф кунӣ, садақа аст".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66527</t>
+  </si>
+  <si>
+    <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>Шуморо ба тақвои Аллоҳ Таъоло ва гӯш кардан ва итоат кардан (-и фармонраво) васият мекунам, ҳарчанд бардае бар шумо ҳукмрон шавад. Ҳар ки баъд аз ман зинда монад, ихтилофоти бисёре хоҳад дид. Пас, бар шумо лозим аст аз суннати ман ва суннати халифаҳои роҳнамо ва ҳидоятёфтаи ман пайравӣ кунед</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
+  </si>
+  <si>
+    <t>Аз Абӯ Наҷиҳ ал-Ирбоз ибни Сория (разияллоҳу анҳу) ривоят аст, ки гуфт: Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) моро панде дод, ки қалбҳо аз он ба ларза омаданд ва ашкҳо аз чашмҳо ҷорӣ шуд. Гуфтем: Эй Расули Худо! Ин гӯё мавъизаи касест, ки бо мо видоъ мекунад. Ба мо васият кун! Фармуд: "Шуморо ба тақвои Аллоҳ Таъоло ва гӯш кардан ва итоат кардан (-и фармонраво) васият мекунам, ҳарчанд бардае бар шумо ҳукмрон шавад. Ҳар ки баъд аз ман зинда монад, ихтилофоти бисёре хоҳад дид. Пас, бар шумо лозим аст аз суннати ман ва суннати халифаҳои роҳнамо ва ҳидоятёфтаи ман пайравӣ кунед. Ба он сахт чанг занед ва онро бо дандонҳои курсӣ нигоҳ доред. Ва аз корҳои навпайдо (дар дин) эҳтиёт кунед, зеро ҳар бидъате гумроҳист".</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66529</t>
+  </si>
+  <si>
+    <t>لقد سألت عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>Ба дурустӣ, аз ман дар бораи амри бузурге пурсидӣ. Дар ҳақиқат ин (кор) танҳо бар касе осон аст, ки Худои Таъоло онро бар вай муяссар гардонад</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللهُ عَنْهُ قَالَ: قُلْت يَا رَسُولَ اللَّهِ! أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدْنِي مِنْ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَ عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ: تَعْبُدُ اللَّهَ لَا تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلَاةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ، ثُمَّ قَالَ: أَلَا أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ، الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الْخَطِيئَةَ كَمَا يُطْفِئُ المَاءُ النَّارَ، وَصَلَاةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ، ثُمَّ تَلَا: {تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ} حَتَّى {بَلَغَ يَعْمَلُونَ}، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِرَأْسِ الأَمْرِ وَعَمُودِهِ وَذِرْوَةِ سَنَامِهِ، فَقُلْتُ: بَلَى يَا رَسُولَ اللَّهِ، قَالَ: رَأْسُ الأَمْرِ الإِسْلَامُ، وَعَمُودُهُ الصَّلَاةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِمِلَاكِ ذَلِكَ كُلِّهِ، فقُلْت: بَلَى يَا رَسُولَ اللَّه! فَأَخَذَ بِلِسَانِهِ وَقَالَ: كُفَّ عَلَيْك هَذَا، قُلْت: يَا نَبِيَّ اللَّهِ! وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ، فَقَالَ: ثَكِلَتْكَ أُمُّكَ وَهَلْ يَكُبُّ النَّاسَ عَلَى وُجُوهِهِمْ أَوْ قَالَ عَلَى مَنَاخِرِهِمْ إلَّا حَصَائِدُ أَلسِنَتِهِمْ»!</t>
+  </si>
+  <si>
+    <t>Аз Муъоз ибни Ҷабал (разияллоҳу анҳу) ривоят аст, ки гуфт: "Гуфтам: Эй Паёмбари Худо, манро аз коре хабар деҳ, ки манро ба биҳишт дохил кунад ва аз оташи дӯзах дур созад". Фармуданд: "Ба дурустӣ, аз ман дар бораи амри бузурге пурсидӣ. Дар ҳақиқат ин (кор) танҳо бар касе осон аст, ки Худои Таъоло онро бар вай муяссар гардонад: Худоро ибодат кунӣ ва ба Ӯ ҳеҷ чизро шарик муқаррар насозӣ; ва намоз бигузорӣ; ва закот бидиҳӣ; ва (моҳи) Рамазонро рӯза бидорӣ; ва Хонаро ҳаҷ бикунӣ». Сипас гуфт: «Оё туро ба дарҳои хайр далолат кунам?: Рӯза сипар аст (ки рӯзадорро аз азоби дӯзах нигоҳ медорад); ва садақа гуноҳро маҳв месозад, ҳамчуноне, ки об оташро хомӯш месозад; ва (дигаре аз дарҳои хайр) намози мард дар нимаи шаб (аст)». (Ровӣ) гуфт: "Пас Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) (ин оятро) тиловат кард: (Дар ними шаб) паҳлӯҳояшон аз бистарҳо дур мешавад (ва хоби ширинро тарк гуфта ва ба ибодати Парвардигорашон мепардозанд) [Саҷда, 32: 16]. Сипас гуфт: «Оё туро аз саромади ҳамаи корҳо, сутуни он ва баландтарини он хабар диҳам?» Гуфтам: "Оре, эй Паёмбари Худо". Гуфт: «Саромади корҳо ислом аст, сутуни он намоз аст ва баландтарин мақоми он кӯшиш барои пешрафти дин аст». Сипас гуфт: «Оё туро аз асли ҳамаи онҳо хабар диҳам?» Гуфтам: "Оре, эй Расули Худо". Ба забонаш ишора карду гуфт: «Инро нигоҳ дор!» Гуфтам: "Эй Паёмбари Худо, оё барои он чи мо мегӯем, накӯҳиш карда мешавем?" Сипас гуфт: «Модарат аз ту ҷудо бод, магар одамонро бар рӯйҳояшон– ё ин ки гуфт: бар биниҳояшон– ба ҷуз маҳсули бади забонҳояшон боз барои чизи дигаре ба оташ (-и дӯзах) меафкананд?!" [Яъне ҷазои касе, ки дар байни мардум бадгӯӣ карда мегардад ин аст, ки ӯ аз рӯяш ва ё аз бинияш кашида-кашида ба дӯзах андохта мешавад].</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
+الأول: تعبد الله وحده ولا تشرك به شيئًا.
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس.
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل:
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟
+قال معاذ رضي الله عنه: بلى يا رسول الله.
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله.
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟!
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66530</t>
+  </si>
+  <si>
+    <t>لا ضرر ولا ضرار</t>
+  </si>
+  <si>
+    <t>(Дар дини ислом ба худ) зиён овардан ва (ё ба дигарон) зиён расонидан иҷозат нест</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
+  </si>
+  <si>
+    <t>Аз Абусаъид Саъд ибни Молик ибни Синони Худрӣ (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "(Дар дини ислом ба худ) зиён овардан ва (ё ба дигарон) зиён расонидан иҷозат нест".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
+ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) баён намуданд, ки ҷилавгирӣ аз осеб ва зуҳуроти он ба худ ва бар дигарон лозим аст, ва барои шахс ҷоиз нест, ки бар худ ва ё бар дигарон зарар бирасонад. Ҷоиз нест посухи зарар бо зарар бошад, зеро зарар бо расонидани зарар бартараф намешавад, магар аз роҳи қасос ва бидуни таъадӣ.</t>
+  </si>
+  <si>
+    <t>النهي عن المجازاة بأكثر من المِثْل.
+لم يأمر اللهُ عبادَه بشيء يضرُّهم.
+الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
+من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
+  </si>
+  <si>
+    <t>Наҳй аз муҷозоте ки бештар аз ҳад (-и шаръӣ) бошад.
+Худованд бандагонро ба чизе, ки бар зиёни онҳо тамом мешавад, амр нафармудааст.
+Ин ҳадис қоидаест дар ҳаром будани зарар ва зиёну озор расондан, хоҳ бо гуфтор бошад, ё кирдор ва ё бо тарки масъулият.
+Яке аз қоидаҳои шариъат ин аст, ки "Зарар бартараф карда мешавад". Шариат зарарро қабул надорад, ва зарар расонидан бар дигаронро инкор мекунад.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66531</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>Аз Ибни Аббос (разияллоҳу анҳумо) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд:||"Агар (мол танҳо) бо даъво кардан ба мардум дода мешуд, он гоҳ мардон молу хуни қавмро даъво мекарданд, лекин ба даъвогар гувоҳ овардан ва ба он ки мункир мешавад, қасам ёд кардан (лозим) аст</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>Аз Ибни Аббос (разияллоҳу анҳумо) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Агар (мол танҳо) бо даъво кардан ба мардум дода мешуд, он гоҳ мардон молу хуни қавмро даъво мекарданд, лекин ба даъвогар гувоҳ овардан ва ба он ки мункир мешавад, қасам ёд кардан (лозим) аст".</t>
+  </si>
+  <si>
+    <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66532</t>
+  </si>
+  <si>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك</t>
+  </si>
+  <si>
+    <t>Ҳаройина, Худои Таъоло хубиҳо ва бадиҳоро муқаррар намуда, сипас онҳоро баён кардааст</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ تَبَارَكَ وَتَعَالَى، قَالَ: «إنَّ اللهَ كَتَبَ الحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إلَى سَبْعِمِائَةِ ضِعْفٍ إلَى أَضْعَافٍ كَثِيرَةٍ، وَإِنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ سَيِّئَةً وَاحِدَةً».</t>
+  </si>
+  <si>
+    <t>Ибни Аббос (разияллоҳу анҳумо) аз Паёмбари Худо (Саллалоҳу алайҳи ва саллам) нақл мекунад, ки ӯ дар он чи аз Парвардигор Таборака ва Таъоло ривоят мекунад фармуд: "Ҳаройина, Худои Таъоло хубиҳо ва бадиҳоро муқаррар намуда, сипас онҳоро баён кардааст. Пас, ҳар ки қасди некӣ карду онро ба анҷом нарасонид, Худои Таъоло онро (барои вай) дар назди Худ як хубии комил менависад ва агар қасди некӣ карду онро ба анҷом расонид, Худои Таъоло онро (барои вай) дар назди Худ аз даҳ хубӣ то ҳафсад баробар ва аз он ҳам бештар менависад; ва агар қасди бадӣ карду онро адо накард, Худои Таъоло онро (барои вай) дар назди Худ як хубии комил менависад; ва агар қасди бадӣ карду онро ба анҷом расонид, Худои Таъоло онро (барои вай) як бадӣ менависад".</t>
+  </si>
+  <si>
+    <t>Баёни фазли бузурги Худованд бар ин уммат, ки аъмоли некашон барзиёд ва аъмоли бади онҳо танҳо як баробар навишта мешавад.
+Аҳамияти ният дар аъмол ва таъсири он.
+Яке дигар аз фазл ва меҳрубонии Худованд бар бандагонаш ин аст, ки ҳар кӣ қасди анҷоми амали нек кунад ва онро анҷом надиҳад барояш як ҳасана навишта мешавад.
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم في صحيحيهما بهذه الحروف</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم في صحيحيهما بهذه الحروف]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66533</t>
+  </si>
+  <si>
+    <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>Худои Таъоло фармудааст: "Ҳар ки бо дӯсте аз дӯстони Ман душманӣ намояд, Ман бар (зидди) вай ҷанг эълон менамоям. Бандаи Манро ҳеҷ чизе барои наздикӣ ҷустан ба сӯйи Ман сазовортар аз (иҷрои) он чи ки бар вай фарз гардондаам, нест</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
+  </si>
+  <si>
+    <t>Аз Абуҳурайра (разияллоҳу анҳу) ривоят аст, ки гуфт: Паёмбари Худо (Саллалоҳу алайҳи ва саллам) фармуданд: "Худои Таъоло фармудааст: "Ҳар ки бо дӯсте аз дӯстони Ман душманӣ намояд, Ман бар (зидди) вай ҷанг эълон менамоям. Бандаи Манро ҳеҷ чизе барои наздикӣ ҷустан ба сӯйи Ман сазовортар аз (иҷрои) он чи ки бар вай фарз гардондаам, нест. Ва бандаи Ман ҳамеша ба воситаи анҷом додани ибодатҳои нофила ба Ман наздиктар мешавад, то Ман ӯро дӯст мегирам, вақте ки Ман вайро дӯст доштам, он гоҳ (нигаҳдорандаи) гӯши ӯ хоҳам шуд, ки ба воситаи он вай хоҳад шунид; ва (нигаҳдорандаи) чашми ӯ, ки ба воситаи он вай хоҳад дид; ва (нигаҳдорандаи) дасти ӯ, ки ба воситаи он вай сахт хоҳад гирифт; ва (нигаҳдорандаи) пойи ӯ, ки ба воситаи он вай ҳаракат хоҳад кард. Ва агар ӯ аз Ман чизе талаб кунад, Ман бетаъхир ба ӯ инро мебахшам, агар ӯ ба паноҳи Ман шитобад, Ман, албатта, ӯро дар паноҳи Худ мегирам!".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
+  </si>
+  <si>
+    <t>Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) дар ҳадиси қудсӣ хабар доданд, ки Худованд фармудааст: “Ҳар касе, ки ба яке аз авлиёи Ман озор расонад, ӯро озурда ва бад бинад, пас Ман ба ӯ эълон мекунам, ки бо ӯ душманӣ мекунам.” Валӣ: муъмини парҳезгор аст. Ба қадри имон ва тақвои банда, саҳми ӯ аз вилояти Худованд хоҳад буд. Беҳтарин чизе, ки як мусалмон метавонад тавассути он ба Парвардигораш наздик шавад, анҷом додани амалҳои маҳбуби Худованд, аз фарзҳо ва воҷибҳо ва тарки муҳаррамоти Ӯ аст. Ва мусалмон ҳамеша бо адои навофил дар баробари фарзҳо ба Парвардигори худ наздик мешавад, то ин ки муҳаббати Аллоҳро ба даст меорад.  Агар Худованд бандаро дӯст дорад, дар ин чаҳор узв ӯро ёрӣ ва ҳидоят мекунад. Яъне, Худованд ӯро роҳнамоӣ мекунад ва дар ҳар кори хайр мададгораш мешавад: Худованд ӯро дар гӯшаш роҳнамоӣ мекунад, пас ба чизе гӯш намедиҳад, магар он чизе, ки Худовандро хушнуд месозад. Худованд ӯро дар чашмаш раҳнамоӣ мекунад, пас намегузорад, ба ҷуз он чи Худованд дидани онро дӯст дорад ва аз он розист, чизи дигареро нигоҳ кунад. Худованд ӯро дар дасташ роҳнамоӣ мекунад, пас бо дасти худ фақат кореро анҷом медиҳад, ки хушнудӣ ва розигии Худованд дар он аст. Худованд ӯро дар пойҳояш роҳнамоӣ мекунад, танҳо ба тарафе меравад, ки хушнудӣ ва розигии Худованд дар он аст ва ҷуз дар роҳи хайру некӣ ҳаракат намекунад. Ва бо ин ҳама, агар аз Худованд чизе талаб кунад, Худованд ба ӯ он чизро ато мекунад, дуояш мустаҷоб мешавад. Ва агар ба Худо паноҳ барад ва аз Ӯ ҳифозат хоҳад, Худованд ӯро паноҳ медиҳад ва аз он чизе, ки метарсад, муҳофизаташ мекунад.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66534</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى يكون هواه تبعا لما جئت به</t>
+  </si>
+  <si>
+    <t>Касе аз шумо имон намеорад то он даме, ки ҳавову ҳавасашро пайрави он чизе, ки ман овардаам бигардонад</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُحَمَّدٍ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى يَكُونَ هَوَاهُ تَبَعًا لِمَا جِئْتُ بِهِ».</t>
+  </si>
+  <si>
+    <t>Аз Абуабдуллоҳ ибни Амр ибни Ъос (разияллоҳу анҳумо) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Касе аз шумо имон намеорад то он даме, ки ҳавову ҳавасашро пайрави он чизе, ки ман овардаам бигардонад".</t>
+  </si>
+  <si>
+    <t>بين النبي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أن الإنسان لا يكونا مؤمنًا كامل الإيمان الواجب حتى تكون محبته تابعة لما جاء به الرسول صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ من الأوامر والنواهي وغيرها، فيحب ما أمر به، ويكْرَهُ ما نَهَى عنه.</t>
+  </si>
+  <si>
+    <t>Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) баён карданд, ки инсон дорои имони комил ва воҷиб намегардад, магар вақте ки муҳаббати ӯ мутобиқи он чи Паёмбар (Саллаллоҳу алайҳи ва саллам) овардааст, аз амрҳо, наҳйҳо ва дигар чизҳо, бошад. Яъне, бояд он чи ӯ амр кардааст, дӯст бидорад ва он чи наҳй кардааст, бад пиндорад ва аз он дур бошад.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في التسليم للشرع والانقياد له.
+تحذير الإنسان من أن من يحكم العقل أو العادة ويقدمه على ما جاء به الرسول صلى الله عليه وسلم، ففاعل ذلك قد نُفي الإيمان عنه.
+وجوب تحكيم الشريعة في كل شيء، لقوله: «لِمَا جِئتُ به».
+أن الإيمان يزيد بالطاعة وينقص بالمعصية.</t>
+  </si>
+  <si>
+    <t>Ин ҳадис қоидаест дар зарурати таслим шудан ба шариат ва фармонбардорӣ аз он.
+Ин огоҳ кардани инсон аст, ки ҳар касе ақл ё одатро болотар аз он чи Расули Худо (Саллалоҳу алайҳи ва саллам) овардааст, қарор диҳад, пас чунин шахс аз имон маҳрум шуморида мешавад.
+Вуҷуби ҳоким қарор додани шариат дар ҳама чиз, ба далели гуфтаи он Ҳазрат: "Он чиро, ки ман овардаам".
+Имон бо итоат афзоиш меёбад ва бо гуноҳ кам мешавад.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث صحيح</t>
+  </si>
+  <si>
+    <t>رويناه في كتاب الحجة بإسناد صحيح</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث صحيح]</t>
+  </si>
+  <si>
+    <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66535</t>
+  </si>
+  <si>
+    <t>كل مسكر حرام</t>
+  </si>
+  <si>
+    <t>Ҳар чизе, ки масткунанда бошад, ҳаром аст</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
+وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
+وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>Аз Абубурда аз падараш Абумусои Ашъарӣ ривоят аст: Паёмбари Худо (Саллалоҳу алайҳи ва саллам) ӯро ба тарафи Яман фиристоданд ва дар бораи баъзе аз нӯшиданиҳое, ки дар он ҷо сохта мешуд, аз эшон пурсиданд, ки чистанд онҳо? Гуфт: ал-Битъ ва ал-Мирз аст. Ва ба Абубурда гуфт: "ал-Битъ чист?" Гуфт: Оби асал ва ал-Мизр оби ҷав. Сипас Фармуданд: "Ҳар чизе, ки мастӣ биёварад, ҳаром аст". Ривояти Бухорӣ.</t>
+  </si>
+  <si>
+    <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
+فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
+فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
+  </si>
+  <si>
+    <t>Абумусои Ашъарӣ (разияллоҳу анҳу) хабар медиҳад, ки Паёмбар (Саллалоҳу алайҳи ва саллам) ӯро ба Яман фиристод. Ӯро (Паёмбарро) дар бораи нӯшокиҳое, ки он ҷо таёр мекунанд, пурсид, ки оё он нӯшокиҳо ҳаром ҳастанд ё ҳалол. Паёмбар (Саллалоҳу алайҳи ва саллам) дар ин бораи он нӯшиданиҳо тавзеҳ хост. Абумусо (разияллоҳу анҳу) гуфт: Он нӯшиданиҳо яке "битъ" мебошад, ки аз асал таёр мешавад ва дигарӣ "мазр", ки аз ҷав таёр мешавад. Пас, Паёмбар (Саллалоҳу алайҳи ва саллам), ки аз суханони фарогир ва кӯтоҳ баҳраманд аст, фармуд: "Ҳар чизи масткунанда ҳаром аст".</t>
+  </si>
+  <si>
+    <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
+الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
+أهمية السؤال عن ما يحتاج إليه المسلم.
+كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
+أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
+  </si>
+  <si>
+    <t>Набиз: Обест, ки дар он хурмо, ё асал, ё ҷав ё монанди он андохта мешавад, то ки таъм ва маззаи ширин бигирад. Баъд аз муддате мумкин аст, ки тахмир шавад (тағйир ёбад) ва ба нӯшокии масткунанда табдил ёбад.
+Ин ҳадис қоидаест дар ҳаром будани ҳама навъҳои масткунандаҳо, монанди шароб, ҳашиш ва ғайра.
+Аҳамияти пурсидан дар бораи чизҳое, ки як мусалмон ба он эҳтиёҷ дорад.
+Аввалин бор май вақте ҳаром шуд, ки бар асари нӯшидани он яке аз муҳоҷирон дар вақти намоз хондан оятҳоро ба ҳам омехта хонд, пас ояти зерин нозил шуд: (Эй касоне, ки имон овардаед, дар ҳоли мастӣ ба намоз наистед, то замоне ки бидонед чӣ мегӯед) (Сураи Нисо, ояти 43).
+Пас аз он, мунодии Паёмбар (Саллалоҳу алайҳи ва саллам) эълон мекард: "Маст ба намоз наздик нашавад".
+Сипас Аллоҳ Таъоло шаробро бо ояти зерин пурра ҳаром гардонид: (Эй касоне, ки имон овардаед, бе тардид, шаробу қимор ва бутҳову тирҳои қуръакашӣ палид [ва] аз кор [-ҳои] шайтон ҳастанд, пас, аз онҳо дурӣ кунед, бошад, ки растагор шавед, 90 Дар ҳақиқат, шайтон мехоҳад бо шаробу қимор, миёнатон душманӣ ва кина эҷод кунад ва шуморо аз ёди Аллоҳ Таъоло ва аз намоз боздорад, пас, [эй муъминон, ҳоло ки ҳақиқатро донистед] оё аз онҳо даст бармедоред? 91) (Сураи Моида, оятҳои 90-91).  
+Ин нишон медиҳад, ки таҳрими шароб ба тадриҷ сурат гирифт, то ниҳоят Аллоҳ онро комилан манъ кард.
+Аллоҳ Таъоло майро ҳаром кард, зеро он зиёну фасоди бузургро дар бар мегирад.
+Меъёр дар ҳаром будани нӯшокиҳо сифати масткунандагии онҳост; агар набиз (нӯшокии аз мева, асал, ё ҷав омодашуда) дорои хусусияти масткунӣ бошад, он ҳаром аст. Вале агар чунин набошад ва маст накунад, он ҳалол ва ҷоиз аст.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66536</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
+  </si>
+  <si>
+    <t>Аз Абдуллоҳ ибни Амр (разияллоҳу анҳумо) ривоят аст, ки гуфт: Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд:||"Чор чиз аст, ки агар дар шахсе бошанд, он шахс мунофиқи холис аст ва агар яке аз онҳо дар ӯ бошад, ба хислате аз хислатҳои нифоқ муттасиф гардидааст, магар он, ки он хислатро тарк намояд: Чун сухан бигӯяд, дурӯғ гӯяд; агар ваъда диҳад хилофи ваъдааш амал кунад; агар душманӣ кунад аз ҳад мегузарад; агар аҳду паймон бибандад, хиёнат кунад</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
+  </si>
+  <si>
+    <t>Аз Абдуллоҳ ибни Амр (разияллоҳу анҳумо) ривоят аст, ки гуфт: Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Чор чиз аст, ки агар дар шахсе бошанд, он шахс мунофиқи холис аст ва агар яке аз онҳо дар ӯ бошад, ба хислате аз хислатҳои нифоқ муттасиф гардидааст, магар он, ки он хислатро тарк намояд: Чун сухан бигӯяд, дурӯғ гӯяд; агар ваъда диҳад хилофи ваъдааш амал кунад; агар душманӣ кунад аз ҳад мегузарад; агар аҳду паймон бибандад, хиёнат кунад".</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Баъзе аломатҳои мунофиқ барои тарсондан ва ҳушдор додан зикр шудаанд, то мардум аз афтодан ба онҳо худро эмин нигоҳ доранд.
+Мақсади ҳадис: 
+Ин хислатҳо, хислатҳои нифоқ мебошанд ва соҳиби онҳо дар ин хислатҳо ба мунофиқон шабоҳат дорад ва ба ахлоқи онҳо муттахаллиқ шудааст. На ин ки ӯ мунофиқе бошад, ки зоҳир исломро нишон медиҳад ва ботинан кофир аст. Ва гуфта шудааст: Ин ҳукм барои касест, ки ин хислатҳо бар ӯ ғолиб гаштаанд ва бо онҳо бепарвоёна бархӯрдааст ва онҳоро сабук шуморидааст. Чунин шахс одатан эътиқоди фосид дорад.
+Ғаззолӣ мегӯяд: Пояи дини ислом дар се чиз хулоса мешавад: гуфтор, амал ва ният. Ӯ ҳушдор додааст, ки фасоди гуфтор дурӯғ гуфтан, фасоди амал хиёнат кардан ва фасоди ният ваъдахилофӣ намудан аст. Зеро хилофи ваъда танҳо дар ҳолате мунофиқӣ шуморида мешавад, ки шахс ҳангоми ваъда додан қасди иҷро накардани онро дошта бошад. Аммо агар нияти иҷро кардани онро дошт, вале монеъе пеш омад ё ақидааш иваз шуд, ин ҳолат нишонаи нифоқ нест.
+Нифоқ ду навъ аст: Нифоқи эътиқодӣ, ки соҳиби он аз имон хориҷ мешавад. Ва он ин аст, ки дар зоҳир исломро нишон медиҳад, вале дар ботин кофир аст.
+Нифоқи амалӣ, монанд шудани шахс ба мунофиқон дар ахлоқашон, (мисли дурӯғ гуфтан, хиёнат кардан, хилофи ваъда намудан ва беадолатӣ дар муноқиша). Ин навъи нифоқ шахсро аз имон хориҷ намекунад, аммо гуноҳи кабира ба ҳисоб меравад.
+</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66537</t>
+  </si>
+  <si>
+    <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
+  </si>
+  <si>
+    <t>Агар шумо чуноне, ки шоиста аст, бар Аллоҳ таваккал кунед, ба шумо рӯзӣ хоҳад дод ҳамчуноне, ки ба парандагон рӯзӣ медиҳад, ки субҳ гурусна аз лонаи худ берун мераванд ва шомгоҳон бо шиками сер боз мегарданд</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
+  </si>
+  <si>
+    <t>Аз Умар ибни Хаттоб (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Агар шумо чуноне, ки шоиста аст, бар Аллоҳ таваккал кунед, ба шумо рӯзӣ хоҳад дод ҳамчуноне, ки ба парандагон рӯзӣ медиҳад, ки субҳ гурусна аз лонаи худ берун мераванд ва шомгоҳон бо шиками сер боз мегарданд".</t>
+  </si>
+  <si>
+    <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66538</t>
+  </si>
+  <si>
+    <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>Некӣ кардан ахлоқи хуб аст ва гуноҳ он аст, ки дар дилат нороҳатӣ биорад ва аз ошкор шуданаш дар байни мардум туро бадат ояд</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
+وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
+  </si>
+  <si>
+    <t>Аз Нувос ибни Самъон (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Некӣ кардан ахлоқи хуб аст ва гуноҳ он аст, ки дар дилат нороҳатӣ биорад ва аз ошкор шуданаш дар байни мардум туро бадат ояд".</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
+وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
+  </si>
+  <si>
+    <t>Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) дар бораи некукорӣ ва гуноҳ хабар доданд. Фармуданд, ки аз бузургтарин сифатҳои некӣ — ахлоқи нек бо Аллоҳ Таъоло тавассути тақво; ва бо мардум, тавассути таҳаммули озор, камхашмӣ, чеҳраи кушода, сухани нарм, пайвандӣ, итоат, меҳрубонӣ, некукорӣ ва ҳамнишинии нек аст. Ва некӣ он чизест, ки қалб ва нафс ба он ором мегиранд. Аммо гуноҳ он чизест, ки дар нафс эҳсоси нороҳатӣ ва шубҳа ба вуҷуд меорад, ки дил ба он ором намегирад ва тарсе дар дил пайдо мешавад, ки мабодо гуноҳ бошад ва шубҳа боқӣ мемонад. Агар шахс аз ошкор кардани он амали худ шарм медорад, зеро дар назди мардум ва шахсиятҳои бообурӯ зишт менамояд, пас, он гуноҳ аст, на некӣ. Зеро нафс табиатан мехоҳад, ки мардум аз корҳои некаш огоҳ шаванд. Пас, агар инсон нахоҳад, ки ин амалҳояш назди дигарон ошкор шаванд, ин аломати гуноҳ будани он амал аст.
+Ҳатто агар олимон ва мардум барои ту он амалро ҳалол бидонанд, ту набояд онро то замоне ки шубҳа дар дили ту боқист, анҷом диҳӣ. Зеро агар шубҳа дуруст бошад, фатво онро аз байн намебарад, зеро муфтӣ шояд бар асоси далели шаръӣ фатво надодааст. Аммо агар фатво бар асоси далели шаръӣ бошад, бар ту лозим аст, ки ба он амал кунӣ, ҳатто агар нафси ту ба он майл надошта бошад.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
+  </si>
+  <si>
+    <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66540</t>
+  </si>
+  <si>
+    <t>Забонатро ҳамеша бо зикри Аллоҳ Таъоло тар нигаҳдор</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
+وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>Аз Абдулло ибни Буср (разияллоҳу анҳу) ривоят аст, ки гуфт: Марде ба назди Паёмбар(Саллалоҳу алайҳи ва саллам) омад ва гуфт: Эй Расули Худо ба дурустӣ, ки фармудаҳои Ислом бар мо хеле бисёр шудааст, оё ягон амале ҳаст, ки бо анҷом доданаш ҳамаи амалҳоро шомил шавад? Фармуданд: "Забонатро ҳамеша бо зикри Аллоҳ Таъоло тар нигаҳдор".</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -6636,51 +8954,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O176"/>
+  <dimension ref="A1:O239"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -8061,6861 +10379,9822 @@
       </c>
       <c r="I31" t="s">
         <v>300</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>122</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>123</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>4304</v>
+        <v>4211</v>
       </c>
       <c r="B32" t="s">
         <v>302</v>
       </c>
       <c r="C32" t="s">
         <v>303</v>
       </c>
       <c r="D32" t="s">
         <v>304</v>
       </c>
       <c r="E32" t="s">
         <v>305</v>
       </c>
       <c r="F32" t="s">
         <v>306</v>
       </c>
       <c r="G32" t="s">
         <v>307</v>
       </c>
       <c r="H32" t="s">
         <v>308</v>
       </c>
       <c r="I32" t="s">
         <v>309</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
         <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>4309</v>
+        <v>4216</v>
       </c>
       <c r="B33" t="s">
         <v>311</v>
       </c>
       <c r="C33" t="s">
         <v>312</v>
       </c>
       <c r="D33" t="s">
         <v>313</v>
       </c>
       <c r="E33" t="s">
         <v>314</v>
       </c>
       <c r="F33" t="s">
         <v>315</v>
       </c>
       <c r="G33" t="s">
         <v>316</v>
       </c>
       <c r="H33" t="s">
         <v>317</v>
       </c>
       <c r="I33" t="s">
         <v>318</v>
       </c>
       <c r="J33" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="K33" t="s">
-        <v>69</v>
+        <v>320</v>
       </c>
       <c r="L33" t="s">
-        <v>26</v>
+        <v>321</v>
       </c>
       <c r="M33" t="s">
-        <v>70</v>
+        <v>322</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>4314</v>
+        <v>4295</v>
       </c>
       <c r="B34" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C34" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="D34" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="E34" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="F34" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="G34" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="H34" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="I34" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>4319</v>
+        <v>4302</v>
       </c>
       <c r="B35" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="C35" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="D35" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="E35" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="F35" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="G35" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="H35" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="I35" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="J35" t="s">
-        <v>24</v>
+        <v>341</v>
       </c>
       <c r="K35" t="s">
-        <v>69</v>
+        <v>342</v>
       </c>
       <c r="L35" t="s">
-        <v>26</v>
+        <v>343</v>
       </c>
       <c r="M35" t="s">
-        <v>70</v>
+        <v>344</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>4322</v>
+        <v>4303</v>
       </c>
       <c r="B36" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C36" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="D36" t="s">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="E36" t="s">
-        <v>341</v>
+        <v>349</v>
       </c>
       <c r="F36" t="s">
-        <v>342</v>
+        <v>350</v>
       </c>
       <c r="G36" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="H36" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="I36" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="J36" t="s">
-        <v>24</v>
+        <v>354</v>
       </c>
       <c r="K36" t="s">
-        <v>25</v>
+        <v>355</v>
       </c>
       <c r="L36" t="s">
-        <v>26</v>
+        <v>356</v>
       </c>
       <c r="M36" t="s">
-        <v>27</v>
+        <v>357</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>346</v>
+        <v>358</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>4555</v>
+        <v>4304</v>
       </c>
       <c r="B37" t="s">
-        <v>347</v>
+        <v>359</v>
       </c>
       <c r="C37" t="s">
-        <v>348</v>
+        <v>360</v>
       </c>
       <c r="D37" t="s">
-        <v>349</v>
+        <v>361</v>
       </c>
       <c r="E37" t="s">
-        <v>350</v>
+        <v>362</v>
       </c>
       <c r="F37" t="s">
-        <v>351</v>
+        <v>363</v>
       </c>
       <c r="G37" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="H37" t="s">
-        <v>353</v>
+        <v>365</v>
       </c>
       <c r="I37" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>355</v>
+        <v>367</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>4560</v>
+        <v>4307</v>
       </c>
       <c r="B38" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="C38" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
       <c r="D38" t="s">
-        <v>358</v>
+        <v>370</v>
       </c>
       <c r="E38" t="s">
-        <v>359</v>
+        <v>371</v>
       </c>
       <c r="F38" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="G38" t="s">
-        <v>361</v>
+        <v>373</v>
       </c>
       <c r="H38" t="s">
-        <v>362</v>
+        <v>374</v>
       </c>
       <c r="I38" t="s">
-        <v>363</v>
+        <v>375</v>
       </c>
       <c r="J38" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="K38" t="s">
-        <v>25</v>
+        <v>376</v>
       </c>
       <c r="L38" t="s">
-        <v>26</v>
+        <v>321</v>
       </c>
       <c r="M38" t="s">
-        <v>27</v>
+        <v>377</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>364</v>
+        <v>378</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>4563</v>
+        <v>4308</v>
       </c>
       <c r="B39" t="s">
-        <v>365</v>
+        <v>379</v>
       </c>
       <c r="C39" t="s">
-        <v>366</v>
+        <v>380</v>
       </c>
       <c r="D39" t="s">
-        <v>367</v>
+        <v>381</v>
       </c>
       <c r="E39" t="s">
-        <v>368</v>
+        <v>382</v>
       </c>
       <c r="F39" t="s">
-        <v>369</v>
+        <v>383</v>
       </c>
       <c r="G39" t="s">
-        <v>370</v>
+        <v>384</v>
       </c>
       <c r="H39" t="s">
-        <v>371</v>
+        <v>385</v>
       </c>
       <c r="I39" t="s">
-        <v>372</v>
+        <v>386</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>69</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>70</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>373</v>
+        <v>387</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>4709</v>
+        <v>4309</v>
       </c>
       <c r="B40" t="s">
-        <v>374</v>
+        <v>388</v>
       </c>
       <c r="C40" t="s">
-        <v>375</v>
+        <v>389</v>
       </c>
       <c r="D40" t="s">
-        <v>376</v>
+        <v>390</v>
       </c>
       <c r="E40" t="s">
-        <v>377</v>
+        <v>391</v>
       </c>
       <c r="F40" t="s">
-        <v>378</v>
+        <v>392</v>
       </c>
       <c r="G40" t="s">
-        <v>379</v>
+        <v>393</v>
       </c>
       <c r="H40" t="s">
-        <v>380</v>
+        <v>394</v>
       </c>
       <c r="I40" t="s">
-        <v>381</v>
+        <v>395</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>382</v>
+        <v>396</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>4711</v>
+        <v>4311</v>
       </c>
       <c r="B41" t="s">
-        <v>383</v>
+        <v>397</v>
       </c>
       <c r="C41" t="s">
-        <v>384</v>
+        <v>398</v>
       </c>
       <c r="D41" t="s">
-        <v>385</v>
+        <v>399</v>
       </c>
       <c r="E41" t="s">
-        <v>386</v>
+        <v>400</v>
       </c>
       <c r="F41" t="s">
-        <v>387</v>
+        <v>401</v>
       </c>
       <c r="G41" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
       <c r="H41" t="s">
-        <v>389</v>
+        <v>403</v>
       </c>
       <c r="I41" t="s">
-        <v>390</v>
+        <v>404</v>
       </c>
       <c r="J41" t="s">
-        <v>391</v>
+        <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>392</v>
+        <v>25</v>
       </c>
       <c r="L41" t="s">
-        <v>393</v>
+        <v>26</v>
       </c>
       <c r="M41" t="s">
-        <v>394</v>
+        <v>27</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>4721</v>
+        <v>4314</v>
       </c>
       <c r="B42" t="s">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="C42" t="s">
-        <v>397</v>
+        <v>407</v>
       </c>
       <c r="D42" t="s">
-        <v>398</v>
+        <v>408</v>
       </c>
       <c r="E42" t="s">
-        <v>399</v>
+        <v>409</v>
       </c>
       <c r="F42" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
       <c r="G42" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="H42" t="s">
-        <v>402</v>
+        <v>412</v>
       </c>
       <c r="I42" t="s">
-        <v>403</v>
+        <v>413</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>404</v>
+        <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
-        <v>405</v>
+        <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>4810</v>
+        <v>4316</v>
       </c>
       <c r="B43" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
       <c r="C43" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="D43" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
       <c r="E43" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="F43" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="G43" t="s">
-        <v>412</v>
+        <v>420</v>
       </c>
       <c r="H43" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
       <c r="I43" t="s">
-        <v>414</v>
+        <v>422</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>69</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>70</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>415</v>
+        <v>423</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>4811</v>
+        <v>4319</v>
       </c>
       <c r="B44" t="s">
-        <v>416</v>
+        <v>424</v>
       </c>
       <c r="C44" t="s">
-        <v>417</v>
+        <v>425</v>
       </c>
       <c r="D44" t="s">
-        <v>418</v>
+        <v>426</v>
       </c>
       <c r="E44" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="F44" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="G44" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
       <c r="H44" t="s">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c r="I44" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>424</v>
+        <v>69</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
-        <v>425</v>
+        <v>70</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>4817</v>
+        <v>4322</v>
       </c>
       <c r="B45" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="C45" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="D45" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="E45" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="F45" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="G45" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="H45" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="I45" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>4935</v>
+        <v>4555</v>
       </c>
       <c r="B46" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="C46" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="D46" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="E46" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="F46" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="G46" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="H46" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="I46" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>69</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>70</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>4947</v>
+        <v>4556</v>
       </c>
       <c r="B47" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="C47" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="D47" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="E47" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="F47" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="G47" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="H47" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="I47" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>4965</v>
+        <v>4558</v>
       </c>
       <c r="B48" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="C48" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="D48" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="E48" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="F48" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="G48" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="H48" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="I48" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>5273</v>
+        <v>4559</v>
       </c>
       <c r="B49" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="C49" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="D49" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="E49" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="F49" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="G49" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="H49" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="I49" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>471</v>
+        <v>122</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
-        <v>472</v>
+        <v>123</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>5326</v>
+        <v>4560</v>
       </c>
       <c r="B50" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="C50" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="D50" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="E50" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="F50" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="G50" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="H50" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="I50" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>5330</v>
+        <v>4563</v>
       </c>
       <c r="B51" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="C51" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="D51" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="E51" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="F51" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="G51" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="H51" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="I51" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
         <v>69</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
         <v>70</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>5331</v>
+        <v>4564</v>
       </c>
       <c r="B52" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="C52" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="D52" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="E52" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="F52" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="G52" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="H52" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="I52" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>122</v>
+        <v>504</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
-        <v>123</v>
+        <v>505</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>5335</v>
+        <v>4568</v>
       </c>
       <c r="B53" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="C53" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="D53" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="E53" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="F53" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="G53" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="H53" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="I53" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>5346</v>
+        <v>4704</v>
       </c>
       <c r="B54" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="C54" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="D54" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="E54" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="F54" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="G54" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="H54" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="I54" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>518</v>
+        <v>122</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
-        <v>519</v>
+        <v>123</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>5348</v>
+        <v>4706</v>
       </c>
       <c r="B55" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="C55" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="D55" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="E55" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="F55" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="G55" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="H55" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="I55" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>69</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
         <v>70</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>5351</v>
+        <v>4709</v>
       </c>
       <c r="B56" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="C56" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="D56" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="E56" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="F56" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="G56" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="H56" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="I56" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>25</v>
+        <v>122</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>5353</v>
+        <v>4711</v>
       </c>
       <c r="B57" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="C57" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="D57" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="E57" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="F57" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="G57" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="H57" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="I57" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="J57" t="s">
-        <v>89</v>
+        <v>551</v>
       </c>
       <c r="K57" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="L57" t="s">
-        <v>91</v>
+        <v>553</v>
       </c>
       <c r="M57" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>5354</v>
+        <v>4714</v>
       </c>
       <c r="B58" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="C58" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="D58" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="E58" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="F58" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="G58" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="H58" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="I58" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>5364</v>
+        <v>4716</v>
       </c>
       <c r="B59" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="C59" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="D59" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="E59" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="F59" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="G59" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="H59" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="I59" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>122</v>
+        <v>355</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
-        <v>123</v>
+        <v>357</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>5365</v>
+        <v>4717</v>
       </c>
       <c r="B60" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="C60" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="D60" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="E60" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="F60" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="G60" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="H60" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="I60" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
         <v>25</v>
       </c>
       <c r="L60" t="s">
         <v>26</v>
       </c>
       <c r="M60" t="s">
         <v>27</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>5367</v>
+        <v>4721</v>
       </c>
       <c r="B61" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="C61" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="D61" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="E61" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="F61" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="G61" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="H61" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="I61" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>25</v>
+        <v>355</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
-        <v>27</v>
+        <v>357</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>5368</v>
+        <v>4722</v>
       </c>
       <c r="B62" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="C62" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="D62" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="E62" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="F62" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="G62" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="H62" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="I62" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>25</v>
+        <v>600</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
-        <v>27</v>
+        <v>601</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>594</v>
+        <v>602</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>5372</v>
+        <v>4723</v>
       </c>
       <c r="B63" t="s">
-        <v>595</v>
+        <v>603</v>
       </c>
       <c r="C63" t="s">
-        <v>596</v>
+        <v>604</v>
       </c>
       <c r="D63" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
       <c r="E63" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="F63" t="s">
-        <v>599</v>
+        <v>607</v>
       </c>
       <c r="G63" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="H63" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
       <c r="I63" t="s">
-        <v>602</v>
+        <v>610</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>25</v>
+        <v>611</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
-        <v>27</v>
+        <v>612</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>603</v>
+        <v>613</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>5375</v>
+        <v>4792</v>
       </c>
       <c r="B64" t="s">
-        <v>604</v>
+        <v>614</v>
       </c>
       <c r="C64" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="D64" t="s">
-        <v>606</v>
+        <v>616</v>
       </c>
       <c r="E64" t="s">
-        <v>607</v>
+        <v>617</v>
       </c>
       <c r="F64" t="s">
-        <v>608</v>
+        <v>618</v>
       </c>
       <c r="G64" t="s">
-        <v>609</v>
+        <v>619</v>
       </c>
       <c r="H64" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="I64" t="s">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="J64" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>612</v>
+        <v>25</v>
       </c>
       <c r="L64" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M64" t="s">
-        <v>613</v>
+        <v>27</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>5382</v>
+        <v>4801</v>
       </c>
       <c r="B65" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="C65" t="s">
-        <v>616</v>
+        <v>624</v>
       </c>
       <c r="D65" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
       <c r="E65" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="F65" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
       <c r="G65" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="H65" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="I65" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
         <v>69</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
         <v>70</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>5435</v>
+        <v>4810</v>
       </c>
       <c r="B66" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="C66" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="D66" t="s">
-        <v>626</v>
+        <v>634</v>
       </c>
       <c r="E66" t="s">
-        <v>627</v>
+        <v>635</v>
       </c>
       <c r="F66" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
       <c r="G66" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="H66" t="s">
-        <v>630</v>
+        <v>638</v>
       </c>
       <c r="I66" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
         <v>69</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
         <v>70</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>632</v>
+        <v>640</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>5437</v>
+        <v>4811</v>
       </c>
       <c r="B67" t="s">
-        <v>633</v>
+        <v>641</v>
       </c>
       <c r="C67" t="s">
-        <v>634</v>
+        <v>642</v>
       </c>
       <c r="D67" t="s">
-        <v>635</v>
+        <v>643</v>
       </c>
       <c r="E67" t="s">
-        <v>636</v>
+        <v>644</v>
       </c>
       <c r="F67" t="s">
-        <v>637</v>
+        <v>645</v>
       </c>
       <c r="G67" t="s">
-        <v>638</v>
+        <v>646</v>
       </c>
       <c r="H67" t="s">
-        <v>639</v>
+        <v>647</v>
       </c>
       <c r="I67" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>25</v>
+        <v>342</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
-        <v>27</v>
+        <v>344</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>641</v>
+        <v>649</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>5439</v>
+        <v>4817</v>
       </c>
       <c r="B68" t="s">
-        <v>642</v>
+        <v>650</v>
       </c>
       <c r="C68" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="D68" t="s">
-        <v>644</v>
+        <v>652</v>
       </c>
       <c r="E68" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="F68" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="G68" t="s">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="H68" t="s">
-        <v>648</v>
+        <v>656</v>
       </c>
       <c r="I68" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
         <v>25</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
         <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>650</v>
+        <v>658</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>5474</v>
+        <v>4935</v>
       </c>
       <c r="B69" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
       <c r="C69" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="D69" t="s">
-        <v>653</v>
+        <v>661</v>
       </c>
       <c r="E69" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="F69" t="s">
-        <v>655</v>
+        <v>663</v>
       </c>
       <c r="G69" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="H69" t="s">
-        <v>657</v>
+        <v>665</v>
       </c>
       <c r="I69" t="s">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>5475</v>
+        <v>4947</v>
       </c>
       <c r="B70" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
       <c r="C70" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="D70" t="s">
-        <v>662</v>
+        <v>670</v>
       </c>
       <c r="E70" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
       <c r="F70" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="G70" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="H70" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="I70" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>5476</v>
+        <v>4965</v>
       </c>
       <c r="B71" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="C71" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
       <c r="D71" t="s">
-        <v>671</v>
+        <v>679</v>
       </c>
       <c r="E71" t="s">
-        <v>672</v>
+        <v>680</v>
       </c>
       <c r="F71" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="G71" t="s">
-        <v>674</v>
+        <v>682</v>
       </c>
       <c r="H71" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="I71" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
       <c r="J71" t="s">
-        <v>677</v>
+        <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>404</v>
+        <v>25</v>
       </c>
       <c r="L71" t="s">
-        <v>678</v>
+        <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>405</v>
+        <v>27</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>5478</v>
+        <v>5273</v>
       </c>
       <c r="B72" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="C72" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="D72" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="E72" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="F72" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="G72" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="H72" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="I72" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>25</v>
+        <v>694</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
-        <v>27</v>
+        <v>695</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>5496</v>
+        <v>5326</v>
       </c>
       <c r="B73" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="C73" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="D73" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="E73" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
       <c r="F73" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="G73" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
       <c r="H73" t="s">
-        <v>695</v>
+        <v>703</v>
       </c>
       <c r="I73" t="s">
-        <v>696</v>
+        <v>704</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>612</v>
+        <v>69</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
-        <v>613</v>
+        <v>70</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>5507</v>
+        <v>5330</v>
       </c>
       <c r="B74" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
       <c r="C74" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
       <c r="D74" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="E74" t="s">
-        <v>701</v>
+        <v>709</v>
       </c>
       <c r="F74" t="s">
-        <v>702</v>
+        <v>710</v>
       </c>
       <c r="G74" t="s">
-        <v>703</v>
+        <v>711</v>
       </c>
       <c r="H74" t="s">
-        <v>704</v>
+        <v>712</v>
       </c>
       <c r="I74" t="s">
-        <v>705</v>
+        <v>713</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>706</v>
+        <v>714</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>5509</v>
+        <v>5331</v>
       </c>
       <c r="B75" t="s">
-        <v>707</v>
+        <v>715</v>
       </c>
       <c r="C75" t="s">
-        <v>708</v>
+        <v>716</v>
       </c>
       <c r="D75" t="s">
-        <v>709</v>
+        <v>717</v>
       </c>
       <c r="E75" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
       <c r="F75" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
       <c r="G75" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="H75" t="s">
-        <v>713</v>
+        <v>721</v>
       </c>
       <c r="I75" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="J75" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>404</v>
+        <v>122</v>
       </c>
       <c r="L75" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M75" t="s">
-        <v>405</v>
+        <v>123</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>5512</v>
+        <v>5335</v>
       </c>
       <c r="B76" t="s">
-        <v>716</v>
+        <v>724</v>
       </c>
       <c r="C76" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="D76" t="s">
-        <v>718</v>
+        <v>726</v>
       </c>
       <c r="E76" t="s">
-        <v>719</v>
+        <v>727</v>
       </c>
       <c r="F76" t="s">
-        <v>720</v>
+        <v>728</v>
       </c>
       <c r="G76" t="s">
-        <v>721</v>
+        <v>729</v>
       </c>
       <c r="H76" t="s">
-        <v>722</v>
+        <v>730</v>
       </c>
       <c r="I76" t="s">
-        <v>723</v>
+        <v>731</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>724</v>
+        <v>732</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>5514</v>
+        <v>5346</v>
       </c>
       <c r="B77" t="s">
-        <v>725</v>
+        <v>733</v>
       </c>
       <c r="C77" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="D77" t="s">
-        <v>727</v>
+        <v>735</v>
       </c>
       <c r="E77" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="F77" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="G77" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
       <c r="H77" t="s">
-        <v>731</v>
+        <v>739</v>
       </c>
       <c r="I77" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>272</v>
+        <v>741</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
-        <v>273</v>
+        <v>742</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>5516</v>
+        <v>5348</v>
       </c>
       <c r="B78" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="C78" t="s">
-        <v>735</v>
+        <v>745</v>
       </c>
       <c r="D78" t="s">
-        <v>736</v>
+        <v>746</v>
       </c>
       <c r="E78" t="s">
-        <v>737</v>
+        <v>747</v>
       </c>
       <c r="F78" t="s">
-        <v>738</v>
+        <v>748</v>
       </c>
       <c r="G78" t="s">
-        <v>739</v>
+        <v>749</v>
       </c>
       <c r="H78" t="s">
-        <v>740</v>
+        <v>750</v>
       </c>
       <c r="I78" t="s">
-        <v>741</v>
+        <v>751</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L78" t="s">
         <v>26</v>
       </c>
       <c r="M78" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>742</v>
+        <v>752</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>5517</v>
+        <v>5351</v>
       </c>
       <c r="B79" t="s">
-        <v>743</v>
+        <v>753</v>
       </c>
       <c r="C79" t="s">
-        <v>744</v>
+        <v>754</v>
       </c>
       <c r="D79" t="s">
-        <v>745</v>
+        <v>755</v>
       </c>
       <c r="E79" t="s">
-        <v>746</v>
+        <v>756</v>
       </c>
       <c r="F79" t="s">
-        <v>747</v>
+        <v>757</v>
       </c>
       <c r="G79" t="s">
-        <v>748</v>
+        <v>758</v>
       </c>
       <c r="H79" t="s">
-        <v>749</v>
+        <v>759</v>
       </c>
       <c r="I79" t="s">
-        <v>750</v>
+        <v>760</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
         <v>25</v>
       </c>
       <c r="L79" t="s">
         <v>26</v>
       </c>
       <c r="M79" t="s">
         <v>27</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
-        <v>751</v>
+        <v>761</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>5518</v>
+        <v>5353</v>
       </c>
       <c r="B80" t="s">
-        <v>752</v>
+        <v>762</v>
       </c>
       <c r="C80" t="s">
-        <v>753</v>
+        <v>763</v>
       </c>
       <c r="D80" t="s">
-        <v>754</v>
+        <v>764</v>
       </c>
       <c r="E80" t="s">
-        <v>755</v>
+        <v>765</v>
       </c>
       <c r="F80" t="s">
-        <v>756</v>
+        <v>766</v>
       </c>
       <c r="G80" t="s">
-        <v>757</v>
+        <v>767</v>
       </c>
       <c r="H80" t="s">
-        <v>758</v>
+        <v>768</v>
       </c>
       <c r="I80" t="s">
-        <v>759</v>
+        <v>769</v>
       </c>
       <c r="J80" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K80" t="s">
-        <v>25</v>
+        <v>770</v>
       </c>
       <c r="L80" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M80" t="s">
-        <v>27</v>
+        <v>771</v>
       </c>
       <c r="N80" t="s">
         <v>28</v>
       </c>
       <c r="O80" t="s">
-        <v>760</v>
+        <v>772</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>5545</v>
+        <v>5354</v>
       </c>
       <c r="B81" t="s">
-        <v>761</v>
+        <v>773</v>
       </c>
       <c r="C81" t="s">
-        <v>762</v>
+        <v>774</v>
       </c>
       <c r="D81" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="E81" t="s">
-        <v>764</v>
+        <v>776</v>
       </c>
       <c r="F81" t="s">
-        <v>765</v>
+        <v>777</v>
       </c>
       <c r="G81" t="s">
-        <v>766</v>
+        <v>778</v>
       </c>
       <c r="H81" t="s">
-        <v>767</v>
+        <v>779</v>
       </c>
       <c r="I81" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
         <v>69</v>
       </c>
       <c r="L81" t="s">
         <v>26</v>
       </c>
       <c r="M81" t="s">
         <v>70</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>769</v>
+        <v>781</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>5733</v>
+        <v>5364</v>
       </c>
       <c r="B82" t="s">
-        <v>770</v>
+        <v>782</v>
       </c>
       <c r="C82" t="s">
-        <v>771</v>
+        <v>783</v>
       </c>
       <c r="D82" t="s">
-        <v>772</v>
+        <v>784</v>
       </c>
       <c r="E82" t="s">
-        <v>773</v>
+        <v>785</v>
       </c>
       <c r="F82" t="s">
-        <v>774</v>
+        <v>786</v>
       </c>
       <c r="G82" t="s">
-        <v>775</v>
+        <v>787</v>
       </c>
       <c r="H82" t="s">
-        <v>776</v>
+        <v>788</v>
       </c>
       <c r="I82" t="s">
-        <v>777</v>
+        <v>789</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
         <v>122</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
         <v>123</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>778</v>
+        <v>790</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>5792</v>
+        <v>5365</v>
       </c>
       <c r="B83" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="C83" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="D83" t="s">
-        <v>781</v>
+        <v>793</v>
       </c>
       <c r="E83" t="s">
-        <v>782</v>
+        <v>794</v>
       </c>
       <c r="F83" t="s">
-        <v>783</v>
+        <v>795</v>
       </c>
       <c r="G83" t="s">
-        <v>784</v>
+        <v>796</v>
       </c>
       <c r="H83" t="s">
-        <v>785</v>
+        <v>797</v>
       </c>
       <c r="I83" t="s">
-        <v>786</v>
+        <v>798</v>
       </c>
       <c r="J83" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>102</v>
+        <v>25</v>
       </c>
       <c r="L83" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M83" t="s">
-        <v>103</v>
+        <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>787</v>
+        <v>799</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>5794</v>
+        <v>5367</v>
       </c>
       <c r="B84" t="s">
-        <v>788</v>
+        <v>800</v>
       </c>
       <c r="C84" t="s">
-        <v>789</v>
+        <v>801</v>
       </c>
       <c r="D84" t="s">
-        <v>790</v>
+        <v>802</v>
       </c>
       <c r="E84" t="s">
-        <v>791</v>
+        <v>803</v>
       </c>
       <c r="F84" t="s">
-        <v>792</v>
+        <v>804</v>
       </c>
       <c r="G84" t="s">
-        <v>793</v>
+        <v>805</v>
       </c>
       <c r="H84" t="s">
-        <v>794</v>
+        <v>806</v>
       </c>
       <c r="I84" t="s">
-        <v>795</v>
+        <v>807</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>796</v>
+        <v>808</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>5796</v>
+        <v>5368</v>
       </c>
       <c r="B85" t="s">
-        <v>797</v>
+        <v>809</v>
       </c>
       <c r="C85" t="s">
-        <v>798</v>
+        <v>810</v>
       </c>
       <c r="D85" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="E85" t="s">
-        <v>800</v>
+        <v>812</v>
       </c>
       <c r="F85" t="s">
-        <v>801</v>
+        <v>813</v>
       </c>
       <c r="G85" t="s">
-        <v>802</v>
+        <v>814</v>
       </c>
       <c r="H85" t="s">
-        <v>803</v>
+        <v>815</v>
       </c>
       <c r="I85" t="s">
-        <v>804</v>
+        <v>816</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>805</v>
+        <v>817</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>5798</v>
+        <v>5372</v>
       </c>
       <c r="B86" t="s">
-        <v>806</v>
+        <v>818</v>
       </c>
       <c r="C86" t="s">
-        <v>807</v>
+        <v>819</v>
       </c>
       <c r="D86" t="s">
-        <v>808</v>
+        <v>820</v>
       </c>
       <c r="E86" t="s">
-        <v>809</v>
+        <v>821</v>
       </c>
       <c r="F86" t="s">
-        <v>810</v>
+        <v>822</v>
       </c>
       <c r="G86" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="H86" t="s">
-        <v>812</v>
+        <v>824</v>
       </c>
       <c r="I86" t="s">
-        <v>813</v>
+        <v>825</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>814</v>
+        <v>826</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>5799</v>
+        <v>5375</v>
       </c>
       <c r="B87" t="s">
-        <v>815</v>
+        <v>827</v>
       </c>
       <c r="C87" t="s">
-        <v>816</v>
+        <v>828</v>
       </c>
       <c r="D87" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
       <c r="E87" t="s">
-        <v>818</v>
+        <v>830</v>
       </c>
       <c r="F87" t="s">
-        <v>819</v>
+        <v>831</v>
       </c>
       <c r="G87" t="s">
-        <v>820</v>
+        <v>832</v>
       </c>
       <c r="H87" t="s">
-        <v>821</v>
+        <v>833</v>
       </c>
       <c r="I87" t="s">
-        <v>822</v>
+        <v>834</v>
       </c>
       <c r="J87" t="s">
-        <v>391</v>
+        <v>89</v>
       </c>
       <c r="K87" t="s">
-        <v>547</v>
+        <v>835</v>
       </c>
       <c r="L87" t="s">
-        <v>393</v>
+        <v>91</v>
       </c>
       <c r="M87" t="s">
-        <v>548</v>
+        <v>836</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>823</v>
+        <v>837</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>5803</v>
+        <v>5382</v>
       </c>
       <c r="B88" t="s">
-        <v>824</v>
+        <v>838</v>
       </c>
       <c r="C88" t="s">
-        <v>825</v>
+        <v>839</v>
       </c>
       <c r="D88" t="s">
-        <v>826</v>
+        <v>840</v>
       </c>
       <c r="E88" t="s">
-        <v>827</v>
+        <v>841</v>
       </c>
       <c r="F88" t="s">
-        <v>828</v>
+        <v>842</v>
       </c>
       <c r="G88" t="s">
-        <v>829</v>
+        <v>843</v>
       </c>
       <c r="H88" t="s">
-        <v>830</v>
+        <v>844</v>
       </c>
       <c r="I88" t="s">
-        <v>831</v>
+        <v>845</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>5805</v>
+        <v>5435</v>
       </c>
       <c r="B89" t="s">
-        <v>833</v>
+        <v>847</v>
       </c>
       <c r="C89" t="s">
-        <v>834</v>
+        <v>848</v>
       </c>
       <c r="D89" t="s">
-        <v>835</v>
+        <v>849</v>
       </c>
       <c r="E89" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="F89" t="s">
-        <v>837</v>
+        <v>851</v>
       </c>
       <c r="G89" t="s">
-        <v>838</v>
+        <v>852</v>
       </c>
       <c r="H89" t="s">
-        <v>839</v>
+        <v>853</v>
       </c>
       <c r="I89" t="s">
-        <v>840</v>
+        <v>854</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L89" t="s">
         <v>26</v>
       </c>
       <c r="M89" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>841</v>
+        <v>855</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>5811</v>
+        <v>5437</v>
       </c>
       <c r="B90" t="s">
-        <v>842</v>
+        <v>856</v>
       </c>
       <c r="C90" t="s">
-        <v>843</v>
+        <v>857</v>
       </c>
       <c r="D90" t="s">
-        <v>844</v>
+        <v>858</v>
       </c>
       <c r="E90" t="s">
-        <v>845</v>
+        <v>859</v>
       </c>
       <c r="F90" t="s">
-        <v>846</v>
+        <v>860</v>
       </c>
       <c r="G90" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="H90" t="s">
-        <v>848</v>
+        <v>862</v>
       </c>
       <c r="I90" t="s">
-        <v>849</v>
+        <v>863</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
         <v>25</v>
       </c>
       <c r="L90" t="s">
         <v>26</v>
       </c>
       <c r="M90" t="s">
         <v>27</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>850</v>
+        <v>864</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>5830</v>
+        <v>5439</v>
       </c>
       <c r="B91" t="s">
-        <v>851</v>
+        <v>865</v>
       </c>
       <c r="C91" t="s">
-        <v>852</v>
+        <v>866</v>
       </c>
       <c r="D91" t="s">
-        <v>853</v>
+        <v>867</v>
       </c>
       <c r="E91" t="s">
-        <v>854</v>
+        <v>868</v>
       </c>
       <c r="F91" t="s">
-        <v>855</v>
+        <v>869</v>
       </c>
       <c r="G91" t="s">
-        <v>856</v>
+        <v>870</v>
       </c>
       <c r="H91" t="s">
-        <v>857</v>
+        <v>871</v>
       </c>
       <c r="I91" t="s">
-        <v>858</v>
+        <v>872</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
         <v>25</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
         <v>27</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>859</v>
+        <v>873</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>5866</v>
+        <v>5456</v>
       </c>
       <c r="B92" t="s">
-        <v>860</v>
+        <v>874</v>
       </c>
       <c r="C92" t="s">
-        <v>861</v>
+        <v>875</v>
       </c>
       <c r="D92" t="s">
-        <v>862</v>
+        <v>876</v>
       </c>
       <c r="E92" t="s">
-        <v>863</v>
+        <v>877</v>
       </c>
       <c r="F92" t="s">
-        <v>864</v>
+        <v>878</v>
       </c>
       <c r="G92" t="s">
-        <v>865</v>
+        <v>879</v>
       </c>
       <c r="H92" t="s">
-        <v>866</v>
+        <v>880</v>
       </c>
       <c r="I92" t="s">
-        <v>867</v>
+        <v>881</v>
       </c>
       <c r="J92" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K92" t="s">
-        <v>25</v>
+        <v>342</v>
       </c>
       <c r="L92" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M92" t="s">
-        <v>27</v>
+        <v>344</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>868</v>
+        <v>882</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>5907</v>
+        <v>5474</v>
       </c>
       <c r="B93" t="s">
-        <v>869</v>
+        <v>883</v>
       </c>
       <c r="C93" t="s">
-        <v>870</v>
+        <v>884</v>
       </c>
       <c r="D93" t="s">
-        <v>871</v>
+        <v>885</v>
       </c>
       <c r="E93" t="s">
-        <v>872</v>
+        <v>886</v>
       </c>
       <c r="F93" t="s">
-        <v>873</v>
+        <v>887</v>
       </c>
       <c r="G93" t="s">
-        <v>874</v>
+        <v>888</v>
       </c>
       <c r="H93" t="s">
-        <v>875</v>
+        <v>889</v>
       </c>
       <c r="I93" t="s">
-        <v>876</v>
+        <v>890</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
         <v>25</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93" t="s">
         <v>27</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>877</v>
+        <v>891</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>5913</v>
+        <v>5475</v>
       </c>
       <c r="B94" t="s">
-        <v>878</v>
+        <v>892</v>
       </c>
       <c r="C94" t="s">
-        <v>879</v>
+        <v>893</v>
       </c>
       <c r="D94" t="s">
-        <v>880</v>
+        <v>894</v>
       </c>
       <c r="E94" t="s">
-        <v>881</v>
+        <v>895</v>
       </c>
       <c r="F94" t="s">
-        <v>882</v>
+        <v>896</v>
       </c>
       <c r="G94" t="s">
-        <v>883</v>
+        <v>897</v>
       </c>
       <c r="H94" t="s">
-        <v>884</v>
+        <v>898</v>
       </c>
       <c r="I94" t="s">
-        <v>885</v>
+        <v>899</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
-        <v>886</v>
+        <v>900</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>5932</v>
+        <v>5476</v>
       </c>
       <c r="B95" t="s">
-        <v>887</v>
+        <v>901</v>
       </c>
       <c r="C95" t="s">
-        <v>888</v>
+        <v>902</v>
       </c>
       <c r="D95" t="s">
-        <v>889</v>
+        <v>903</v>
       </c>
       <c r="E95" t="s">
-        <v>890</v>
+        <v>904</v>
       </c>
       <c r="F95" t="s">
-        <v>891</v>
+        <v>905</v>
       </c>
       <c r="G95" t="s">
-        <v>892</v>
+        <v>906</v>
       </c>
       <c r="H95" t="s">
-        <v>893</v>
+        <v>907</v>
       </c>
       <c r="I95" t="s">
-        <v>894</v>
+        <v>908</v>
       </c>
       <c r="J95" t="s">
-        <v>24</v>
+        <v>909</v>
       </c>
       <c r="K95" t="s">
-        <v>69</v>
+        <v>355</v>
       </c>
       <c r="L95" t="s">
-        <v>26</v>
+        <v>910</v>
       </c>
       <c r="M95" t="s">
-        <v>70</v>
+        <v>357</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>895</v>
+        <v>911</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>5934</v>
+        <v>5478</v>
       </c>
       <c r="B96" t="s">
-        <v>896</v>
+        <v>912</v>
       </c>
       <c r="C96" t="s">
-        <v>897</v>
+        <v>913</v>
       </c>
       <c r="D96" t="s">
-        <v>898</v>
+        <v>914</v>
       </c>
       <c r="E96" t="s">
-        <v>899</v>
+        <v>915</v>
       </c>
       <c r="F96" t="s">
-        <v>900</v>
+        <v>916</v>
       </c>
       <c r="G96" t="s">
-        <v>901</v>
+        <v>917</v>
       </c>
       <c r="H96" t="s">
-        <v>902</v>
+        <v>918</v>
       </c>
       <c r="I96" t="s">
-        <v>903</v>
+        <v>919</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
-        <v>904</v>
+        <v>920</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>5953</v>
+        <v>5496</v>
       </c>
       <c r="B97" t="s">
-        <v>905</v>
+        <v>921</v>
       </c>
       <c r="C97" t="s">
-        <v>906</v>
+        <v>922</v>
       </c>
       <c r="D97" t="s">
-        <v>907</v>
+        <v>923</v>
       </c>
       <c r="E97" t="s">
-        <v>908</v>
+        <v>924</v>
       </c>
       <c r="F97" t="s">
-        <v>909</v>
+        <v>925</v>
       </c>
       <c r="G97" t="s">
-        <v>910</v>
+        <v>926</v>
       </c>
       <c r="H97" t="s">
-        <v>911</v>
+        <v>927</v>
       </c>
       <c r="I97" t="s">
-        <v>912</v>
+        <v>928</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>25</v>
+        <v>835</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97" t="s">
-        <v>27</v>
+        <v>836</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
-        <v>913</v>
+        <v>929</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>5981</v>
+        <v>5507</v>
       </c>
       <c r="B98" t="s">
-        <v>914</v>
+        <v>930</v>
       </c>
       <c r="C98" t="s">
-        <v>915</v>
+        <v>931</v>
       </c>
       <c r="D98" t="s">
-        <v>916</v>
+        <v>932</v>
       </c>
       <c r="E98" t="s">
-        <v>917</v>
+        <v>933</v>
       </c>
       <c r="F98" t="s">
-        <v>918</v>
+        <v>934</v>
       </c>
       <c r="G98" t="s">
-        <v>919</v>
+        <v>935</v>
       </c>
       <c r="H98" t="s">
-        <v>920</v>
+        <v>936</v>
       </c>
       <c r="I98" t="s">
-        <v>921</v>
+        <v>937</v>
       </c>
       <c r="J98" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K98" t="s">
-        <v>922</v>
+        <v>25</v>
       </c>
       <c r="L98" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M98" t="s">
-        <v>923</v>
+        <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>924</v>
+        <v>938</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>5986</v>
+        <v>5509</v>
       </c>
       <c r="B99" t="s">
-        <v>925</v>
+        <v>939</v>
       </c>
       <c r="C99" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="D99" t="s">
-        <v>927</v>
+        <v>941</v>
       </c>
       <c r="E99" t="s">
-        <v>928</v>
+        <v>942</v>
       </c>
       <c r="F99" t="s">
-        <v>929</v>
+        <v>943</v>
       </c>
       <c r="G99" t="s">
-        <v>930</v>
+        <v>944</v>
       </c>
       <c r="H99" t="s">
-        <v>931</v>
+        <v>945</v>
       </c>
       <c r="I99" t="s">
-        <v>932</v>
+        <v>946</v>
       </c>
       <c r="J99" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K99" t="s">
-        <v>69</v>
+        <v>355</v>
       </c>
       <c r="L99" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M99" t="s">
-        <v>70</v>
+        <v>357</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
-        <v>933</v>
+        <v>947</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>5989</v>
+        <v>5512</v>
       </c>
       <c r="B100" t="s">
-        <v>934</v>
+        <v>948</v>
       </c>
       <c r="C100" t="s">
-        <v>935</v>
+        <v>949</v>
       </c>
       <c r="D100" t="s">
-        <v>936</v>
+        <v>950</v>
       </c>
       <c r="E100" t="s">
-        <v>937</v>
+        <v>951</v>
       </c>
       <c r="F100" t="s">
-        <v>938</v>
+        <v>952</v>
       </c>
       <c r="G100" t="s">
-        <v>939</v>
+        <v>953</v>
       </c>
       <c r="H100" t="s">
-        <v>940</v>
+        <v>954</v>
       </c>
       <c r="I100" t="s">
-        <v>941</v>
+        <v>955</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>471</v>
+        <v>69</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
-        <v>472</v>
+        <v>70</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>942</v>
+        <v>956</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>6021</v>
+        <v>5514</v>
       </c>
       <c r="B101" t="s">
-        <v>943</v>
+        <v>957</v>
       </c>
       <c r="C101" t="s">
-        <v>944</v>
+        <v>958</v>
       </c>
       <c r="D101" t="s">
-        <v>945</v>
+        <v>959</v>
       </c>
       <c r="E101" t="s">
-        <v>946</v>
+        <v>960</v>
       </c>
       <c r="F101" t="s">
-        <v>947</v>
+        <v>961</v>
       </c>
       <c r="G101" t="s">
-        <v>948</v>
+        <v>962</v>
       </c>
       <c r="H101" t="s">
-        <v>949</v>
+        <v>963</v>
       </c>
       <c r="I101" t="s">
-        <v>950</v>
+        <v>964</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
-        <v>25</v>
+        <v>272</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
-        <v>27</v>
+        <v>273</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>951</v>
+        <v>965</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>6180</v>
+        <v>5516</v>
       </c>
       <c r="B102" t="s">
-        <v>952</v>
+        <v>966</v>
       </c>
       <c r="C102" t="s">
-        <v>953</v>
+        <v>967</v>
       </c>
       <c r="D102" t="s">
-        <v>954</v>
+        <v>968</v>
       </c>
       <c r="E102" t="s">
-        <v>955</v>
+        <v>969</v>
       </c>
       <c r="F102" t="s">
-        <v>956</v>
+        <v>970</v>
       </c>
       <c r="G102" t="s">
-        <v>957</v>
+        <v>971</v>
       </c>
       <c r="H102" t="s">
-        <v>958</v>
+        <v>972</v>
       </c>
       <c r="I102" t="s">
-        <v>959</v>
+        <v>973</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
         <v>25</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
         <v>27</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>960</v>
+        <v>974</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>6203</v>
+        <v>5517</v>
       </c>
       <c r="B103" t="s">
-        <v>961</v>
+        <v>975</v>
       </c>
       <c r="C103" t="s">
-        <v>962</v>
+        <v>976</v>
       </c>
       <c r="D103" t="s">
-        <v>963</v>
+        <v>977</v>
       </c>
       <c r="E103" t="s">
-        <v>964</v>
+        <v>978</v>
       </c>
       <c r="F103" t="s">
-        <v>965</v>
+        <v>979</v>
       </c>
       <c r="G103" t="s">
-        <v>966</v>
+        <v>980</v>
       </c>
       <c r="H103" t="s">
-        <v>967</v>
+        <v>981</v>
       </c>
       <c r="I103" t="s">
-        <v>968</v>
+        <v>982</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>969</v>
+        <v>983</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>6208</v>
+        <v>5518</v>
       </c>
       <c r="B104" t="s">
-        <v>970</v>
+        <v>984</v>
       </c>
       <c r="C104" t="s">
-        <v>971</v>
+        <v>985</v>
       </c>
       <c r="D104" t="s">
-        <v>972</v>
+        <v>986</v>
       </c>
       <c r="E104" t="s">
-        <v>973</v>
+        <v>987</v>
       </c>
       <c r="F104" t="s">
-        <v>974</v>
+        <v>988</v>
       </c>
       <c r="G104" t="s">
-        <v>975</v>
+        <v>989</v>
       </c>
       <c r="H104" t="s">
-        <v>976</v>
+        <v>990</v>
       </c>
       <c r="I104" t="s">
-        <v>977</v>
+        <v>991</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>978</v>
+        <v>992</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>6211</v>
+        <v>5545</v>
       </c>
       <c r="B105" t="s">
-        <v>979</v>
+        <v>993</v>
       </c>
       <c r="C105" t="s">
-        <v>980</v>
+        <v>994</v>
       </c>
       <c r="D105" t="s">
-        <v>981</v>
+        <v>995</v>
       </c>
       <c r="E105" t="s">
-        <v>982</v>
+        <v>996</v>
       </c>
       <c r="F105" t="s">
-        <v>983</v>
+        <v>997</v>
       </c>
       <c r="G105" t="s">
-        <v>984</v>
+        <v>998</v>
       </c>
       <c r="H105" t="s">
-        <v>985</v>
+        <v>999</v>
       </c>
       <c r="I105" t="s">
-        <v>986</v>
+        <v>1000</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
         <v>69</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>70</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>987</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>6255</v>
+        <v>5733</v>
       </c>
       <c r="B106" t="s">
-        <v>988</v>
+        <v>1002</v>
       </c>
       <c r="C106" t="s">
-        <v>989</v>
+        <v>1003</v>
       </c>
       <c r="D106" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="E106" t="s">
-        <v>991</v>
+        <v>1005</v>
       </c>
       <c r="F106" t="s">
-        <v>992</v>
+        <v>1006</v>
       </c>
       <c r="G106" t="s">
-        <v>993</v>
+        <v>1007</v>
       </c>
       <c r="H106" t="s">
-        <v>994</v>
+        <v>1008</v>
       </c>
       <c r="I106" t="s">
-        <v>995</v>
+        <v>1009</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
-        <v>996</v>
+        <v>122</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
-        <v>997</v>
+        <v>123</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>998</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>6261</v>
+        <v>5792</v>
       </c>
       <c r="B107" t="s">
-        <v>999</v>
+        <v>1011</v>
       </c>
       <c r="C107" t="s">
-        <v>1000</v>
+        <v>1012</v>
       </c>
       <c r="D107" t="s">
-        <v>1001</v>
+        <v>1013</v>
       </c>
       <c r="E107" t="s">
-        <v>1002</v>
+        <v>1014</v>
       </c>
       <c r="F107" t="s">
-        <v>1003</v>
+        <v>1015</v>
       </c>
       <c r="G107" t="s">
-        <v>1004</v>
+        <v>1016</v>
       </c>
       <c r="H107" t="s">
-        <v>1005</v>
+        <v>1017</v>
       </c>
       <c r="I107" t="s">
-        <v>1006</v>
+        <v>1018</v>
       </c>
       <c r="J107" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K107" t="s">
-        <v>122</v>
+        <v>102</v>
       </c>
       <c r="L107" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M107" t="s">
-        <v>123</v>
+        <v>103</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>1007</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>6263</v>
+        <v>5794</v>
       </c>
       <c r="B108" t="s">
-        <v>1008</v>
+        <v>1020</v>
       </c>
       <c r="C108" t="s">
-        <v>1009</v>
+        <v>1021</v>
       </c>
       <c r="D108" t="s">
-        <v>1010</v>
+        <v>1022</v>
       </c>
       <c r="E108" t="s">
-        <v>1011</v>
+        <v>1023</v>
       </c>
       <c r="F108" t="s">
-        <v>1012</v>
+        <v>1024</v>
       </c>
       <c r="G108" t="s">
-        <v>1013</v>
+        <v>1025</v>
       </c>
       <c r="H108" t="s">
-        <v>1014</v>
+        <v>1026</v>
       </c>
       <c r="I108" t="s">
-        <v>1015</v>
+        <v>1027</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
         <v>69</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>70</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1016</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>6274</v>
+        <v>5796</v>
       </c>
       <c r="B109" t="s">
-        <v>1017</v>
+        <v>1029</v>
       </c>
       <c r="C109" t="s">
-        <v>1018</v>
+        <v>1030</v>
       </c>
       <c r="D109" t="s">
-        <v>1019</v>
+        <v>1031</v>
       </c>
       <c r="E109" t="s">
-        <v>1020</v>
+        <v>1032</v>
       </c>
       <c r="F109" t="s">
-        <v>1021</v>
+        <v>1033</v>
       </c>
       <c r="G109" t="s">
-        <v>1022</v>
+        <v>1034</v>
       </c>
       <c r="H109" t="s">
-        <v>1023</v>
+        <v>1035</v>
       </c>
       <c r="I109" t="s">
-        <v>1024</v>
+        <v>1036</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1025</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>6275</v>
+        <v>5798</v>
       </c>
       <c r="B110" t="s">
-        <v>1026</v>
+        <v>1038</v>
       </c>
       <c r="C110" t="s">
-        <v>1027</v>
+        <v>1039</v>
       </c>
       <c r="D110" t="s">
-        <v>1028</v>
+        <v>1040</v>
       </c>
       <c r="E110" t="s">
-        <v>1029</v>
+        <v>1041</v>
       </c>
       <c r="F110" t="s">
-        <v>1030</v>
+        <v>1042</v>
       </c>
       <c r="G110" t="s">
-        <v>1031</v>
+        <v>1043</v>
       </c>
       <c r="H110" t="s">
-        <v>1032</v>
+        <v>1044</v>
       </c>
       <c r="I110" t="s">
-        <v>1033</v>
+        <v>1045</v>
       </c>
       <c r="J110" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K110" t="s">
-        <v>424</v>
+        <v>69</v>
       </c>
       <c r="L110" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M110" t="s">
-        <v>425</v>
+        <v>70</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1034</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>6460</v>
+        <v>5799</v>
       </c>
       <c r="B111" t="s">
-        <v>1035</v>
+        <v>1047</v>
       </c>
       <c r="C111" t="s">
-        <v>1036</v>
+        <v>1048</v>
       </c>
       <c r="D111" t="s">
-        <v>1037</v>
+        <v>1049</v>
       </c>
       <c r="E111" t="s">
-        <v>1038</v>
+        <v>1050</v>
       </c>
       <c r="F111" t="s">
-        <v>1039</v>
+        <v>1051</v>
       </c>
       <c r="G111" t="s">
-        <v>1040</v>
+        <v>1052</v>
       </c>
       <c r="H111" t="s">
-        <v>1041</v>
+        <v>1053</v>
       </c>
       <c r="I111" t="s">
-        <v>1042</v>
+        <v>1054</v>
       </c>
       <c r="J111" t="s">
-        <v>24</v>
+        <v>551</v>
       </c>
       <c r="K111" t="s">
-        <v>25</v>
+        <v>770</v>
       </c>
       <c r="L111" t="s">
-        <v>26</v>
+        <v>553</v>
       </c>
       <c r="M111" t="s">
-        <v>27</v>
+        <v>771</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1043</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>6468</v>
+        <v>5803</v>
       </c>
       <c r="B112" t="s">
-        <v>1044</v>
+        <v>1056</v>
       </c>
       <c r="C112" t="s">
-        <v>1045</v>
+        <v>1057</v>
       </c>
       <c r="D112" t="s">
-        <v>1046</v>
+        <v>1058</v>
       </c>
       <c r="E112" t="s">
-        <v>1047</v>
+        <v>1059</v>
       </c>
       <c r="F112" t="s">
-        <v>1048</v>
+        <v>1060</v>
       </c>
       <c r="G112" t="s">
-        <v>1049</v>
+        <v>1061</v>
       </c>
       <c r="H112" t="s">
-        <v>1050</v>
+        <v>1062</v>
       </c>
       <c r="I112" t="s">
-        <v>1051</v>
+        <v>1063</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
         <v>25</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
         <v>27</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1052</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>6761</v>
+        <v>5805</v>
       </c>
       <c r="B113" t="s">
-        <v>1053</v>
+        <v>1065</v>
       </c>
       <c r="C113" t="s">
-        <v>1054</v>
+        <v>1066</v>
       </c>
       <c r="D113" t="s">
-        <v>1055</v>
+        <v>1067</v>
       </c>
       <c r="E113" t="s">
-        <v>1056</v>
+        <v>1068</v>
       </c>
       <c r="F113" t="s">
-        <v>1057</v>
+        <v>1069</v>
       </c>
       <c r="G113" t="s">
-        <v>1058</v>
+        <v>1070</v>
       </c>
       <c r="H113" t="s">
-        <v>1059</v>
+        <v>1071</v>
       </c>
       <c r="I113" t="s">
-        <v>1060</v>
+        <v>1072</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
         <v>25</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
         <v>27</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1061</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>6765</v>
+        <v>5811</v>
       </c>
       <c r="B114" t="s">
-        <v>1062</v>
+        <v>1074</v>
       </c>
       <c r="C114" t="s">
-        <v>1063</v>
+        <v>1075</v>
       </c>
       <c r="D114" t="s">
-        <v>1064</v>
+        <v>1076</v>
       </c>
       <c r="E114" t="s">
-        <v>1065</v>
+        <v>1077</v>
       </c>
       <c r="F114" t="s">
-        <v>1066</v>
+        <v>1078</v>
       </c>
       <c r="G114" t="s">
-        <v>1067</v>
+        <v>1079</v>
       </c>
       <c r="H114" t="s">
-        <v>1068</v>
+        <v>1080</v>
       </c>
       <c r="I114" t="s">
-        <v>1069</v>
+        <v>1081</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1070</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>8265</v>
+        <v>5830</v>
       </c>
       <c r="B115" t="s">
-        <v>1071</v>
+        <v>1083</v>
       </c>
       <c r="C115" t="s">
-        <v>1072</v>
+        <v>1084</v>
       </c>
       <c r="D115" t="s">
-        <v>1073</v>
+        <v>1085</v>
       </c>
       <c r="E115" t="s">
-        <v>1074</v>
+        <v>1086</v>
       </c>
       <c r="F115" t="s">
-        <v>1075</v>
+        <v>1087</v>
       </c>
       <c r="G115" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="H115" t="s">
-        <v>1077</v>
+        <v>1089</v>
       </c>
       <c r="I115" t="s">
-        <v>1078</v>
+        <v>1090</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>1079</v>
+        <v>25</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
-        <v>1080</v>
+        <v>27</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1081</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>8402</v>
+        <v>5866</v>
       </c>
       <c r="B116" t="s">
-        <v>1082</v>
+        <v>1092</v>
       </c>
       <c r="C116" t="s">
-        <v>1083</v>
+        <v>1093</v>
       </c>
       <c r="D116" t="s">
-        <v>1084</v>
+        <v>1094</v>
       </c>
       <c r="E116" t="s">
-        <v>1085</v>
+        <v>1095</v>
       </c>
       <c r="F116" t="s">
-        <v>1086</v>
+        <v>1096</v>
       </c>
       <c r="G116" t="s">
-        <v>1087</v>
+        <v>1097</v>
       </c>
       <c r="H116" t="s">
-        <v>1088</v>
+        <v>1098</v>
       </c>
       <c r="I116" t="s">
-        <v>1089</v>
+        <v>1099</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1090</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>8914</v>
+        <v>5887</v>
       </c>
       <c r="B117" t="s">
-        <v>1091</v>
+        <v>1101</v>
       </c>
       <c r="C117" t="s">
-        <v>1092</v>
+        <v>1102</v>
       </c>
       <c r="D117" t="s">
-        <v>1093</v>
+        <v>1103</v>
       </c>
       <c r="E117" t="s">
-        <v>1094</v>
+        <v>1104</v>
       </c>
       <c r="F117" t="s">
-        <v>1095</v>
+        <v>1105</v>
       </c>
       <c r="G117" t="s">
-        <v>1096</v>
+        <v>1106</v>
       </c>
       <c r="H117" t="s">
-        <v>1097</v>
+        <v>1107</v>
       </c>
       <c r="I117" t="s">
-        <v>1098</v>
+        <v>1108</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
         <v>25</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
         <v>27</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1099</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>8918</v>
+        <v>5907</v>
       </c>
       <c r="B118" t="s">
-        <v>1100</v>
+        <v>1110</v>
       </c>
       <c r="C118" t="s">
-        <v>1101</v>
+        <v>1111</v>
       </c>
       <c r="D118" t="s">
-        <v>1102</v>
+        <v>1112</v>
       </c>
       <c r="E118" t="s">
-        <v>1103</v>
+        <v>1113</v>
       </c>
       <c r="F118" t="s">
-        <v>1104</v>
+        <v>1114</v>
       </c>
       <c r="G118" t="s">
-        <v>1105</v>
+        <v>1115</v>
       </c>
       <c r="H118" t="s">
-        <v>1106</v>
+        <v>1116</v>
       </c>
       <c r="I118" t="s">
-        <v>1107</v>
+        <v>1117</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
         <v>25</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
         <v>27</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1108</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>8945</v>
+        <v>5913</v>
       </c>
       <c r="B119" t="s">
-        <v>1109</v>
+        <v>1119</v>
       </c>
       <c r="C119" t="s">
-        <v>1110</v>
+        <v>1120</v>
       </c>
       <c r="D119" t="s">
-        <v>1111</v>
+        <v>1121</v>
       </c>
       <c r="E119" t="s">
-        <v>1112</v>
+        <v>1122</v>
       </c>
       <c r="F119" t="s">
-        <v>1113</v>
+        <v>1123</v>
       </c>
       <c r="G119" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="H119" t="s">
-        <v>1115</v>
+        <v>1125</v>
       </c>
       <c r="I119" t="s">
-        <v>1116</v>
+        <v>1126</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
         <v>122</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
         <v>123</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1117</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>10098</v>
+        <v>5932</v>
       </c>
       <c r="B120" t="s">
-        <v>1118</v>
+        <v>1128</v>
       </c>
       <c r="C120" t="s">
-        <v>1119</v>
+        <v>1129</v>
       </c>
       <c r="D120" t="s">
-        <v>1120</v>
+        <v>1130</v>
       </c>
       <c r="E120" t="s">
-        <v>1121</v>
+        <v>1131</v>
       </c>
       <c r="F120" t="s">
-        <v>1122</v>
+        <v>1132</v>
       </c>
       <c r="G120" t="s">
-        <v>1123</v>
+        <v>1133</v>
       </c>
       <c r="H120" t="s">
-        <v>1124</v>
+        <v>1134</v>
       </c>
       <c r="I120" t="s">
-        <v>1125</v>
+        <v>1135</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1126</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>10412</v>
+        <v>5934</v>
       </c>
       <c r="B121" t="s">
-        <v>1127</v>
+        <v>1137</v>
       </c>
       <c r="C121" t="s">
-        <v>1128</v>
+        <v>1138</v>
       </c>
       <c r="D121" t="s">
-        <v>1129</v>
+        <v>1139</v>
       </c>
       <c r="E121" t="s">
-        <v>1130</v>
+        <v>1140</v>
       </c>
       <c r="F121" t="s">
-        <v>1131</v>
+        <v>1141</v>
       </c>
       <c r="G121" t="s">
-        <v>1132</v>
+        <v>1142</v>
       </c>
       <c r="H121" t="s">
-        <v>1133</v>
+        <v>1143</v>
       </c>
       <c r="I121" t="s">
-        <v>1134</v>
+        <v>1144</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1135</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>10647</v>
+        <v>5953</v>
       </c>
       <c r="B122" t="s">
-        <v>1136</v>
+        <v>1146</v>
       </c>
       <c r="C122" t="s">
-        <v>1137</v>
+        <v>1147</v>
       </c>
       <c r="D122" t="s">
-        <v>1138</v>
+        <v>1148</v>
       </c>
       <c r="E122" t="s">
-        <v>1139</v>
+        <v>1149</v>
       </c>
       <c r="F122" t="s">
-        <v>1140</v>
+        <v>1150</v>
       </c>
       <c r="G122" t="s">
-        <v>1141</v>
+        <v>1151</v>
       </c>
       <c r="H122" t="s">
-        <v>1142</v>
+        <v>1152</v>
       </c>
       <c r="I122" t="s">
-        <v>1143</v>
+        <v>1153</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1144</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>10930</v>
+        <v>5981</v>
       </c>
       <c r="B123" t="s">
-        <v>1145</v>
+        <v>1155</v>
       </c>
       <c r="C123" t="s">
-        <v>1146</v>
+        <v>1156</v>
       </c>
       <c r="D123" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="E123" t="s">
-        <v>1148</v>
+        <v>1158</v>
       </c>
       <c r="F123" t="s">
-        <v>1149</v>
+        <v>1159</v>
       </c>
       <c r="G123" t="s">
-        <v>1150</v>
+        <v>1160</v>
       </c>
       <c r="H123" t="s">
-        <v>1151</v>
+        <v>1161</v>
       </c>
       <c r="I123" t="s">
-        <v>1152</v>
+        <v>1162</v>
       </c>
       <c r="J123" t="s">
-        <v>1153</v>
+        <v>89</v>
       </c>
       <c r="K123" t="s">
-        <v>612</v>
+        <v>1163</v>
       </c>
       <c r="L123" t="s">
-        <v>1154</v>
+        <v>91</v>
       </c>
       <c r="M123" t="s">
-        <v>613</v>
+        <v>1164</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1155</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>10947</v>
+        <v>5986</v>
       </c>
       <c r="B124" t="s">
-        <v>1156</v>
+        <v>1166</v>
       </c>
       <c r="C124" t="s">
-        <v>1157</v>
+        <v>1167</v>
       </c>
       <c r="D124" t="s">
-        <v>1158</v>
+        <v>1168</v>
       </c>
       <c r="E124" t="s">
-        <v>1159</v>
+        <v>1169</v>
       </c>
       <c r="F124" t="s">
-        <v>1160</v>
+        <v>1170</v>
       </c>
       <c r="G124" t="s">
-        <v>1161</v>
+        <v>1171</v>
       </c>
       <c r="H124" t="s">
-        <v>1162</v>
+        <v>1172</v>
       </c>
       <c r="I124" t="s">
-        <v>1163</v>
+        <v>1173</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
         <v>69</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
         <v>70</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1164</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>10951</v>
+        <v>5989</v>
       </c>
       <c r="B125" t="s">
-        <v>1165</v>
+        <v>1175</v>
       </c>
       <c r="C125" t="s">
-        <v>1166</v>
+        <v>1176</v>
       </c>
       <c r="D125" t="s">
-        <v>1167</v>
+        <v>1177</v>
       </c>
       <c r="E125" t="s">
-        <v>1168</v>
+        <v>1178</v>
       </c>
       <c r="F125" t="s">
-        <v>1169</v>
+        <v>1179</v>
       </c>
       <c r="G125" t="s">
-        <v>1170</v>
+        <v>1180</v>
       </c>
       <c r="H125" t="s">
-        <v>1171</v>
+        <v>1181</v>
       </c>
       <c r="I125" t="s">
-        <v>1172</v>
+        <v>1182</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
-        <v>122</v>
+        <v>694</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
-        <v>123</v>
+        <v>695</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1173</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>11287</v>
+        <v>6021</v>
       </c>
       <c r="B126" t="s">
-        <v>1174</v>
+        <v>1184</v>
       </c>
       <c r="C126" t="s">
-        <v>1175</v>
+        <v>1185</v>
       </c>
       <c r="D126" t="s">
-        <v>1176</v>
+        <v>1186</v>
       </c>
       <c r="E126" t="s">
-        <v>1177</v>
+        <v>1187</v>
       </c>
       <c r="F126" t="s">
-        <v>1178</v>
+        <v>1188</v>
       </c>
       <c r="G126" t="s">
-        <v>1179</v>
+        <v>1189</v>
       </c>
       <c r="H126" t="s">
-        <v>1180</v>
+        <v>1190</v>
       </c>
       <c r="I126" t="s">
-        <v>1181</v>
+        <v>1191</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1182</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>58060</v>
+        <v>6180</v>
       </c>
       <c r="B127" t="s">
-        <v>1183</v>
+        <v>1193</v>
       </c>
       <c r="C127" t="s">
-        <v>1184</v>
+        <v>1194</v>
       </c>
       <c r="D127" t="s">
-        <v>1185</v>
+        <v>1195</v>
       </c>
       <c r="E127" t="s">
-        <v>1186</v>
+        <v>1196</v>
       </c>
       <c r="F127" t="s">
-        <v>1187</v>
+        <v>1197</v>
       </c>
       <c r="G127" t="s">
-        <v>1188</v>
+        <v>1198</v>
       </c>
       <c r="H127" t="s">
-        <v>1189</v>
+        <v>1199</v>
       </c>
       <c r="I127" t="s">
-        <v>1190</v>
+        <v>1200</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>1191</v>
+        <v>25</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
-        <v>1192</v>
+        <v>27</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1193</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>65001</v>
+        <v>6203</v>
       </c>
       <c r="B128" t="s">
-        <v>1194</v>
+        <v>1202</v>
       </c>
       <c r="C128" t="s">
-        <v>1195</v>
+        <v>1203</v>
       </c>
       <c r="D128" t="s">
-        <v>1196</v>
+        <v>1204</v>
       </c>
       <c r="E128" t="s">
-        <v>1197</v>
+        <v>1205</v>
       </c>
       <c r="F128" t="s">
-        <v>1198</v>
+        <v>1206</v>
       </c>
       <c r="G128" t="s">
-        <v>1199</v>
+        <v>1207</v>
       </c>
       <c r="H128" t="s">
-        <v>1200</v>
+        <v>1208</v>
       </c>
       <c r="I128" t="s">
-        <v>1201</v>
+        <v>1209</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
         <v>69</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>70</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1202</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>65002</v>
+        <v>6208</v>
       </c>
       <c r="B129" t="s">
-        <v>1203</v>
+        <v>1211</v>
       </c>
       <c r="C129" t="s">
-        <v>1204</v>
+        <v>1212</v>
       </c>
       <c r="D129" t="s">
-        <v>1205</v>
+        <v>1213</v>
       </c>
       <c r="E129" t="s">
-        <v>1206</v>
+        <v>1214</v>
       </c>
       <c r="F129" t="s">
-        <v>1207</v>
+        <v>1215</v>
       </c>
       <c r="G129" t="s">
-        <v>1208</v>
+        <v>1216</v>
       </c>
       <c r="H129" t="s">
-        <v>1209</v>
+        <v>1217</v>
       </c>
       <c r="I129" t="s">
-        <v>1210</v>
+        <v>1218</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1211</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>65003</v>
+        <v>6211</v>
       </c>
       <c r="B130" t="s">
-        <v>1212</v>
+        <v>1220</v>
       </c>
       <c r="C130" t="s">
-        <v>1213</v>
+        <v>1221</v>
       </c>
       <c r="D130" t="s">
-        <v>1214</v>
+        <v>1222</v>
       </c>
       <c r="E130" t="s">
-        <v>1215</v>
+        <v>1223</v>
       </c>
       <c r="F130" t="s">
-        <v>1216</v>
+        <v>1224</v>
       </c>
       <c r="G130" t="s">
-        <v>1217</v>
+        <v>1225</v>
       </c>
       <c r="H130" t="s">
-        <v>1218</v>
+        <v>1226</v>
       </c>
       <c r="I130" t="s">
-        <v>1219</v>
+        <v>1227</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>69</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>70</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1220</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>65004</v>
+        <v>6255</v>
       </c>
       <c r="B131" t="s">
-        <v>1221</v>
+        <v>1229</v>
       </c>
       <c r="C131" t="s">
-        <v>1222</v>
+        <v>1230</v>
       </c>
       <c r="D131" t="s">
-        <v>1223</v>
+        <v>1231</v>
       </c>
       <c r="E131" t="s">
-        <v>1224</v>
+        <v>1232</v>
       </c>
       <c r="F131" t="s">
-        <v>1225</v>
+        <v>1233</v>
       </c>
       <c r="G131" t="s">
-        <v>1226</v>
+        <v>1234</v>
       </c>
       <c r="H131" t="s">
-        <v>1227</v>
+        <v>1235</v>
       </c>
       <c r="I131" t="s">
-        <v>1228</v>
+        <v>1236</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>69</v>
+        <v>1237</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
-        <v>70</v>
+        <v>1238</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1229</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>65005</v>
+        <v>6261</v>
       </c>
       <c r="B132" t="s">
-        <v>1230</v>
+        <v>1240</v>
       </c>
       <c r="C132" t="s">
-        <v>1231</v>
+        <v>1241</v>
       </c>
       <c r="D132" t="s">
-        <v>1232</v>
+        <v>1242</v>
       </c>
       <c r="E132" t="s">
-        <v>1233</v>
+        <v>1243</v>
       </c>
       <c r="F132" t="s">
-        <v>1234</v>
+        <v>1244</v>
       </c>
       <c r="G132" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="H132" t="s">
-        <v>1236</v>
+        <v>1246</v>
       </c>
       <c r="I132" t="s">
-        <v>1237</v>
+        <v>1247</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>1238</v>
+        <v>122</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
-        <v>1239</v>
+        <v>123</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1240</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>65006</v>
+        <v>6263</v>
       </c>
       <c r="B133" t="s">
-        <v>1241</v>
+        <v>1249</v>
       </c>
       <c r="C133" t="s">
-        <v>1242</v>
+        <v>1250</v>
       </c>
       <c r="D133" t="s">
-        <v>1243</v>
+        <v>1251</v>
       </c>
       <c r="E133" t="s">
-        <v>1244</v>
+        <v>1252</v>
       </c>
       <c r="F133" t="s">
-        <v>1245</v>
+        <v>1253</v>
       </c>
       <c r="G133" t="s">
-        <v>1246</v>
+        <v>1254</v>
       </c>
       <c r="H133" t="s">
-        <v>1247</v>
+        <v>1255</v>
       </c>
       <c r="I133" t="s">
-        <v>1248</v>
+        <v>1256</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>1249</v>
+        <v>69</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
-        <v>1250</v>
+        <v>70</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1251</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>65007</v>
+        <v>6274</v>
       </c>
       <c r="B134" t="s">
-        <v>1252</v>
+        <v>1258</v>
       </c>
       <c r="C134" t="s">
-        <v>1253</v>
+        <v>1259</v>
       </c>
       <c r="D134" t="s">
-        <v>1254</v>
+        <v>1260</v>
       </c>
       <c r="E134" t="s">
-        <v>1255</v>
+        <v>1261</v>
       </c>
       <c r="F134" t="s">
-        <v>1256</v>
+        <v>1262</v>
       </c>
       <c r="G134" t="s">
-        <v>1257</v>
+        <v>1263</v>
       </c>
       <c r="H134" t="s">
-        <v>1258</v>
+        <v>1264</v>
       </c>
       <c r="I134" t="s">
-        <v>1259</v>
+        <v>1265</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
         <v>25</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>27</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1260</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>65008</v>
+        <v>6275</v>
       </c>
       <c r="B135" t="s">
-        <v>1261</v>
+        <v>1267</v>
       </c>
       <c r="C135" t="s">
-        <v>1262</v>
+        <v>1268</v>
       </c>
       <c r="D135" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="E135" t="s">
-        <v>1264</v>
+        <v>1270</v>
       </c>
       <c r="F135" t="s">
-        <v>1265</v>
+        <v>1271</v>
       </c>
       <c r="G135" t="s">
-        <v>1266</v>
+        <v>1272</v>
       </c>
       <c r="H135" t="s">
-        <v>1267</v>
+        <v>1273</v>
       </c>
       <c r="I135" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="J135" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K135" t="s">
-        <v>69</v>
+        <v>342</v>
       </c>
       <c r="L135" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M135" t="s">
-        <v>70</v>
+        <v>344</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>65009</v>
+        <v>6337</v>
       </c>
       <c r="B136" t="s">
-        <v>1270</v>
+        <v>1276</v>
       </c>
       <c r="C136" t="s">
-        <v>1271</v>
+        <v>1277</v>
       </c>
       <c r="D136" t="s">
-        <v>1272</v>
+        <v>1278</v>
       </c>
       <c r="E136" t="s">
-        <v>1273</v>
+        <v>1279</v>
       </c>
       <c r="F136" t="s">
-        <v>1274</v>
+        <v>1280</v>
       </c>
       <c r="G136" t="s">
-        <v>1275</v>
+        <v>1281</v>
       </c>
       <c r="H136" t="s">
-        <v>1276</v>
+        <v>1282</v>
       </c>
       <c r="I136" t="s">
-        <v>1277</v>
+        <v>1283</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1278</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>65010</v>
+        <v>6460</v>
       </c>
       <c r="B137" t="s">
-        <v>1279</v>
+        <v>1285</v>
       </c>
       <c r="C137" t="s">
-        <v>1280</v>
+        <v>1286</v>
       </c>
       <c r="D137" t="s">
-        <v>1281</v>
+        <v>1287</v>
       </c>
       <c r="E137" t="s">
-        <v>1282</v>
+        <v>1288</v>
       </c>
       <c r="F137" t="s">
-        <v>1283</v>
+        <v>1289</v>
       </c>
       <c r="G137" t="s">
-        <v>1284</v>
+        <v>1290</v>
       </c>
       <c r="H137" t="s">
-        <v>1285</v>
+        <v>1291</v>
       </c>
       <c r="I137" t="s">
-        <v>1286</v>
+        <v>1292</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
         <v>25</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>27</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1287</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>65011</v>
+        <v>6468</v>
       </c>
       <c r="B138" t="s">
-        <v>1288</v>
+        <v>1294</v>
       </c>
       <c r="C138" t="s">
-        <v>1289</v>
+        <v>1295</v>
       </c>
       <c r="D138" t="s">
-        <v>1290</v>
+        <v>1296</v>
       </c>
       <c r="E138" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="F138" t="s">
-        <v>1292</v>
+        <v>1298</v>
       </c>
       <c r="G138" t="s">
-        <v>1293</v>
+        <v>1299</v>
       </c>
       <c r="H138" t="s">
-        <v>1294</v>
+        <v>1300</v>
       </c>
       <c r="I138" t="s">
-        <v>1295</v>
+        <v>1301</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1296</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>65012</v>
+        <v>6761</v>
       </c>
       <c r="B139" t="s">
-        <v>1297</v>
+        <v>1303</v>
       </c>
       <c r="C139" t="s">
-        <v>1298</v>
+        <v>1304</v>
       </c>
       <c r="D139" t="s">
-        <v>1299</v>
+        <v>1305</v>
       </c>
       <c r="E139" t="s">
-        <v>1300</v>
+        <v>1306</v>
       </c>
       <c r="F139" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
       <c r="G139" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
       <c r="H139" t="s">
-        <v>1303</v>
+        <v>1309</v>
       </c>
       <c r="I139" t="s">
-        <v>1304</v>
+        <v>1310</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>1305</v>
+        <v>25</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
-        <v>1306</v>
+        <v>27</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>65013</v>
+        <v>6765</v>
       </c>
       <c r="B140" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="C140" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="D140" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="E140" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
       <c r="F140" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="G140" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="H140" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="I140" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>65014</v>
+        <v>8265</v>
       </c>
       <c r="B141" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="C141" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="D141" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="E141" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="F141" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
       <c r="G141" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="H141" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="I141" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="J141" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>58</v>
+        <v>1329</v>
       </c>
       <c r="L141" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M141" t="s">
-        <v>59</v>
+        <v>1330</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>65015</v>
+        <v>8402</v>
       </c>
       <c r="B142" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="C142" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="D142" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
       <c r="E142" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="F142" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="G142" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="H142" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
       <c r="I142" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
         <v>69</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
         <v>70</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>65016</v>
+        <v>8914</v>
       </c>
       <c r="B143" t="s">
-        <v>1335</v>
+        <v>1341</v>
       </c>
       <c r="C143" t="s">
-        <v>1336</v>
+        <v>1342</v>
       </c>
       <c r="D143" t="s">
-        <v>1337</v>
+        <v>1343</v>
       </c>
       <c r="E143" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="F143" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="G143" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
       <c r="H143" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="I143" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
         <v>25</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
         <v>27</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1343</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>65017</v>
+        <v>8918</v>
       </c>
       <c r="B144" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="C144" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
       <c r="D144" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="E144" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="F144" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="G144" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="H144" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="I144" t="s">
-        <v>1351</v>
+        <v>1357</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>1352</v>
+        <v>25</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>1353</v>
+        <v>27</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>65019</v>
+        <v>8945</v>
       </c>
       <c r="B145" t="s">
-        <v>1355</v>
+        <v>1359</v>
       </c>
       <c r="C145" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="D145" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="E145" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="F145" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="G145" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="H145" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
       <c r="I145" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>65020</v>
+        <v>10098</v>
       </c>
       <c r="B146" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="C146" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="D146" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
       <c r="E146" t="s">
-        <v>1367</v>
+        <v>1371</v>
       </c>
       <c r="F146" t="s">
-        <v>1368</v>
+        <v>1372</v>
       </c>
       <c r="G146" t="s">
-        <v>1369</v>
+        <v>1373</v>
       </c>
       <c r="H146" t="s">
-        <v>1370</v>
+        <v>1374</v>
       </c>
       <c r="I146" t="s">
-        <v>1371</v>
+        <v>1375</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>1372</v>
+        <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
-        <v>1373</v>
+        <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>65021</v>
+        <v>10412</v>
       </c>
       <c r="B147" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="C147" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="D147" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="E147" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="F147" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="G147" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="H147" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="I147" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
         <v>25</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
         <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>65023</v>
+        <v>10647</v>
       </c>
       <c r="B148" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="C148" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="D148" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="E148" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="F148" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="G148" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="H148" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="I148" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>65026</v>
+        <v>10930</v>
       </c>
       <c r="B149" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="C149" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="D149" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="E149" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="F149" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="G149" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="H149" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="I149" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="J149" t="s">
-        <v>24</v>
+        <v>1403</v>
       </c>
       <c r="K149" t="s">
-        <v>25</v>
+        <v>835</v>
       </c>
       <c r="L149" t="s">
-        <v>26</v>
+        <v>1404</v>
       </c>
       <c r="M149" t="s">
-        <v>27</v>
+        <v>836</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>65030</v>
+        <v>10947</v>
       </c>
       <c r="B150" t="s">
-        <v>1402</v>
+        <v>1406</v>
       </c>
       <c r="C150" t="s">
-        <v>1403</v>
+        <v>1407</v>
       </c>
       <c r="D150" t="s">
-        <v>1404</v>
+        <v>1408</v>
       </c>
       <c r="E150" t="s">
-        <v>1405</v>
+        <v>1409</v>
       </c>
       <c r="F150" t="s">
-        <v>1406</v>
+        <v>1410</v>
       </c>
       <c r="G150" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="H150" t="s">
-        <v>1408</v>
+        <v>1412</v>
       </c>
       <c r="I150" t="s">
-        <v>1409</v>
+        <v>1413</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>65031</v>
+        <v>10951</v>
       </c>
       <c r="B151" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
       <c r="C151" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
       <c r="D151" t="s">
-        <v>1413</v>
+        <v>1417</v>
       </c>
       <c r="E151" t="s">
-        <v>1414</v>
+        <v>1418</v>
       </c>
       <c r="F151" t="s">
-        <v>1415</v>
+        <v>1419</v>
       </c>
       <c r="G151" t="s">
-        <v>1416</v>
+        <v>1420</v>
       </c>
       <c r="H151" t="s">
-        <v>1417</v>
+        <v>1421</v>
       </c>
       <c r="I151" t="s">
-        <v>1418</v>
+        <v>1422</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>25</v>
+        <v>122</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>65032</v>
+        <v>11287</v>
       </c>
       <c r="B152" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="C152" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="D152" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="E152" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
       <c r="F152" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="G152" t="s">
-        <v>1425</v>
+        <v>1429</v>
       </c>
       <c r="H152" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="I152" t="s">
-        <v>1427</v>
+        <v>1431</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
         <v>69</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
         <v>70</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1428</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>65033</v>
+        <v>58060</v>
       </c>
       <c r="B153" t="s">
-        <v>1429</v>
+        <v>1433</v>
       </c>
       <c r="C153" t="s">
-        <v>1430</v>
+        <v>1434</v>
       </c>
       <c r="D153" t="s">
-        <v>1431</v>
+        <v>1435</v>
       </c>
       <c r="E153" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
       <c r="F153" t="s">
-        <v>1433</v>
+        <v>1437</v>
       </c>
       <c r="G153" t="s">
-        <v>1434</v>
+        <v>1438</v>
       </c>
       <c r="H153" t="s">
-        <v>1435</v>
+        <v>1439</v>
       </c>
       <c r="I153" t="s">
-        <v>1436</v>
+        <v>1440</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
-        <v>1438</v>
+        <v>1442</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1439</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>65034</v>
+        <v>58240</v>
       </c>
       <c r="B154" t="s">
-        <v>1440</v>
+        <v>1444</v>
       </c>
       <c r="C154" t="s">
-        <v>1441</v>
+        <v>1445</v>
       </c>
       <c r="D154" t="s">
-        <v>1442</v>
+        <v>1446</v>
       </c>
       <c r="E154" t="s">
-        <v>1443</v>
+        <v>1447</v>
       </c>
       <c r="F154" t="s">
-        <v>1444</v>
+        <v>1448</v>
       </c>
       <c r="G154" t="s">
-        <v>1445</v>
+        <v>1449</v>
       </c>
       <c r="H154" t="s">
-        <v>1446</v>
+        <v>1450</v>
       </c>
       <c r="I154" t="s">
-        <v>1447</v>
+        <v>1451</v>
       </c>
       <c r="J154" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>1448</v>
+        <v>1452</v>
       </c>
       <c r="L154" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1450</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>65035</v>
+        <v>58259</v>
       </c>
       <c r="B155" t="s">
-        <v>1451</v>
+        <v>1455</v>
       </c>
       <c r="C155" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
       <c r="D155" t="s">
-        <v>1453</v>
+        <v>1457</v>
       </c>
       <c r="E155" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="F155" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="G155" t="s">
-        <v>1456</v>
+        <v>1460</v>
       </c>
       <c r="H155" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
       <c r="I155" t="s">
-        <v>1458</v>
+        <v>1462</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>25</v>
+        <v>1463</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
-        <v>27</v>
+        <v>1464</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1459</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>65036</v>
+        <v>65000</v>
       </c>
       <c r="B156" t="s">
-        <v>1460</v>
+        <v>1466</v>
       </c>
       <c r="C156" t="s">
-        <v>1461</v>
+        <v>1467</v>
       </c>
       <c r="D156" t="s">
-        <v>1462</v>
+        <v>1468</v>
       </c>
       <c r="E156" t="s">
-        <v>1463</v>
+        <v>1469</v>
       </c>
       <c r="F156" t="s">
-        <v>1464</v>
+        <v>1470</v>
       </c>
       <c r="G156" t="s">
-        <v>1465</v>
+        <v>1471</v>
       </c>
       <c r="H156" t="s">
-        <v>1466</v>
+        <v>1472</v>
       </c>
       <c r="I156" t="s">
-        <v>1467</v>
+        <v>1473</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
         <v>25</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
         <v>27</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1468</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>65037</v>
+        <v>65001</v>
       </c>
       <c r="B157" t="s">
-        <v>1469</v>
+        <v>1475</v>
       </c>
       <c r="C157" t="s">
-        <v>1470</v>
+        <v>1476</v>
       </c>
       <c r="D157" t="s">
-        <v>1471</v>
+        <v>1477</v>
       </c>
       <c r="E157" t="s">
-        <v>1472</v>
+        <v>1478</v>
       </c>
       <c r="F157" t="s">
-        <v>1473</v>
+        <v>1479</v>
       </c>
       <c r="G157" t="s">
-        <v>1474</v>
+        <v>1480</v>
       </c>
       <c r="H157" t="s">
-        <v>1475</v>
+        <v>1481</v>
       </c>
       <c r="I157" t="s">
-        <v>1476</v>
+        <v>1482</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1477</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>65038</v>
+        <v>65002</v>
       </c>
       <c r="B158" t="s">
-        <v>1478</v>
+        <v>1484</v>
       </c>
       <c r="C158" t="s">
-        <v>1479</v>
+        <v>1485</v>
       </c>
       <c r="D158" t="s">
-        <v>1480</v>
+        <v>1486</v>
       </c>
       <c r="E158" t="s">
-        <v>1481</v>
+        <v>1487</v>
       </c>
       <c r="F158" t="s">
-        <v>1482</v>
+        <v>1488</v>
       </c>
       <c r="G158" t="s">
-        <v>1483</v>
+        <v>1489</v>
       </c>
       <c r="H158" t="s">
-        <v>1484</v>
+        <v>1490</v>
       </c>
       <c r="I158" t="s">
-        <v>1485</v>
+        <v>1491</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1486</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>65039</v>
+        <v>65003</v>
       </c>
       <c r="B159" t="s">
-        <v>1487</v>
+        <v>1493</v>
       </c>
       <c r="C159" t="s">
-        <v>1488</v>
+        <v>1494</v>
       </c>
       <c r="D159" t="s">
-        <v>1489</v>
+        <v>1495</v>
       </c>
       <c r="E159" t="s">
-        <v>1490</v>
+        <v>1496</v>
       </c>
       <c r="F159" t="s">
-        <v>1491</v>
+        <v>1497</v>
       </c>
       <c r="G159" t="s">
-        <v>1492</v>
+        <v>1498</v>
       </c>
       <c r="H159" t="s">
-        <v>1493</v>
+        <v>1499</v>
       </c>
       <c r="I159" t="s">
-        <v>1494</v>
+        <v>1500</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
         <v>69</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
         <v>70</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1495</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>65040</v>
+        <v>65004</v>
       </c>
       <c r="B160" t="s">
-        <v>1496</v>
+        <v>1502</v>
       </c>
       <c r="C160" t="s">
-        <v>1497</v>
+        <v>1503</v>
       </c>
       <c r="D160" t="s">
-        <v>1498</v>
+        <v>1504</v>
       </c>
       <c r="E160" t="s">
-        <v>1499</v>
+        <v>1505</v>
       </c>
       <c r="F160" t="s">
-        <v>1500</v>
+        <v>1506</v>
       </c>
       <c r="G160" t="s">
-        <v>1501</v>
+        <v>1507</v>
       </c>
       <c r="H160" t="s">
-        <v>1502</v>
+        <v>1508</v>
       </c>
       <c r="I160" t="s">
-        <v>1503</v>
+        <v>1509</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>424</v>
+        <v>69</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>425</v>
+        <v>70</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1504</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>65044</v>
+        <v>65005</v>
       </c>
       <c r="B161" t="s">
-        <v>1505</v>
+        <v>1511</v>
       </c>
       <c r="C161" t="s">
-        <v>1506</v>
+        <v>1512</v>
       </c>
       <c r="D161" t="s">
-        <v>1507</v>
+        <v>1513</v>
       </c>
       <c r="E161" t="s">
-        <v>1508</v>
+        <v>1514</v>
       </c>
       <c r="F161" t="s">
-        <v>1509</v>
+        <v>1515</v>
       </c>
       <c r="G161" t="s">
-        <v>1510</v>
+        <v>1516</v>
       </c>
       <c r="H161" t="s">
-        <v>1511</v>
+        <v>1517</v>
       </c>
       <c r="I161" t="s">
-        <v>1512</v>
+        <v>1518</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>25</v>
+        <v>1519</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>27</v>
+        <v>1520</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1513</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>65045</v>
+        <v>65006</v>
       </c>
       <c r="B162" t="s">
-        <v>1514</v>
+        <v>1522</v>
       </c>
       <c r="C162" t="s">
-        <v>1515</v>
+        <v>1523</v>
       </c>
       <c r="D162" t="s">
-        <v>1516</v>
+        <v>1524</v>
       </c>
       <c r="E162" t="s">
-        <v>1517</v>
+        <v>1525</v>
       </c>
       <c r="F162" t="s">
-        <v>1518</v>
+        <v>1526</v>
       </c>
       <c r="G162" t="s">
-        <v>1519</v>
+        <v>1527</v>
       </c>
       <c r="H162" t="s">
-        <v>1520</v>
+        <v>1528</v>
       </c>
       <c r="I162" t="s">
-        <v>1521</v>
+        <v>1529</v>
       </c>
       <c r="J162" t="s">
-        <v>1522</v>
+        <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>1523</v>
+        <v>1530</v>
       </c>
       <c r="L162" t="s">
-        <v>1524</v>
+        <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>1525</v>
+        <v>1531</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1526</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>65046</v>
+        <v>65007</v>
       </c>
       <c r="B163" t="s">
-        <v>1527</v>
+        <v>1533</v>
       </c>
       <c r="C163" t="s">
-        <v>1528</v>
+        <v>1534</v>
       </c>
       <c r="D163" t="s">
-        <v>1529</v>
+        <v>1535</v>
       </c>
       <c r="E163" t="s">
-        <v>1530</v>
+        <v>1536</v>
       </c>
       <c r="F163" t="s">
-        <v>1531</v>
+        <v>1537</v>
       </c>
       <c r="G163" t="s">
-        <v>1532</v>
+        <v>1538</v>
       </c>
       <c r="H163" t="s">
-        <v>1533</v>
+        <v>1539</v>
       </c>
       <c r="I163" t="s">
-        <v>1534</v>
+        <v>1540</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1535</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>65047</v>
+        <v>65008</v>
       </c>
       <c r="B164" t="s">
-        <v>1536</v>
+        <v>1542</v>
       </c>
       <c r="C164" t="s">
-        <v>1537</v>
+        <v>1543</v>
       </c>
       <c r="D164" t="s">
-        <v>1538</v>
+        <v>1544</v>
       </c>
       <c r="E164" t="s">
-        <v>1539</v>
+        <v>1545</v>
       </c>
       <c r="F164" t="s">
-        <v>1540</v>
+        <v>1546</v>
       </c>
       <c r="G164" t="s">
-        <v>1541</v>
+        <v>1547</v>
       </c>
       <c r="H164" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="I164" t="s">
-        <v>1543</v>
+        <v>1549</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>1523</v>
+        <v>69</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
-        <v>1525</v>
+        <v>70</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1544</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>65049</v>
+        <v>65009</v>
       </c>
       <c r="B165" t="s">
-        <v>1545</v>
+        <v>1551</v>
       </c>
       <c r="C165" t="s">
-        <v>1546</v>
+        <v>1552</v>
       </c>
       <c r="D165" t="s">
-        <v>1547</v>
+        <v>1553</v>
       </c>
       <c r="E165" t="s">
-        <v>1548</v>
+        <v>1554</v>
       </c>
       <c r="F165" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="G165" t="s">
-        <v>1550</v>
+        <v>1556</v>
       </c>
       <c r="H165" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
       <c r="I165" t="s">
-        <v>1552</v>
+        <v>1558</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>272</v>
+        <v>69</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
-        <v>273</v>
+        <v>70</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1553</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>65050</v>
+        <v>65010</v>
       </c>
       <c r="B166" t="s">
-        <v>1554</v>
+        <v>1560</v>
       </c>
       <c r="C166" t="s">
-        <v>1555</v>
+        <v>1561</v>
       </c>
       <c r="D166" t="s">
-        <v>1556</v>
+        <v>1562</v>
       </c>
       <c r="E166" t="s">
-        <v>1557</v>
+        <v>1563</v>
       </c>
       <c r="F166" t="s">
-        <v>1558</v>
+        <v>1564</v>
       </c>
       <c r="G166" t="s">
-        <v>1559</v>
+        <v>1565</v>
       </c>
       <c r="H166" t="s">
-        <v>1560</v>
+        <v>1566</v>
       </c>
       <c r="I166" t="s">
-        <v>1561</v>
+        <v>1567</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
         <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
         <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1562</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>65051</v>
+        <v>65011</v>
       </c>
       <c r="B167" t="s">
-        <v>1563</v>
+        <v>1569</v>
       </c>
       <c r="C167" t="s">
-        <v>1564</v>
+        <v>1570</v>
       </c>
       <c r="D167" t="s">
-        <v>1565</v>
+        <v>1571</v>
       </c>
       <c r="E167" t="s">
-        <v>1566</v>
+        <v>1572</v>
       </c>
       <c r="F167" t="s">
-        <v>1567</v>
+        <v>1573</v>
       </c>
       <c r="G167" t="s">
-        <v>1568</v>
+        <v>1574</v>
       </c>
       <c r="H167" t="s">
-        <v>1569</v>
+        <v>1575</v>
       </c>
       <c r="I167" t="s">
-        <v>1570</v>
+        <v>1576</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1571</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>65053</v>
+        <v>65012</v>
       </c>
       <c r="B168" t="s">
-        <v>1572</v>
+        <v>1578</v>
       </c>
       <c r="C168" t="s">
-        <v>1573</v>
+        <v>1579</v>
       </c>
       <c r="D168" t="s">
-        <v>1574</v>
+        <v>1580</v>
       </c>
       <c r="E168" t="s">
-        <v>1575</v>
+        <v>1581</v>
       </c>
       <c r="F168" t="s">
-        <v>1576</v>
+        <v>1582</v>
       </c>
       <c r="G168" t="s">
-        <v>1577</v>
+        <v>1583</v>
       </c>
       <c r="H168" t="s">
-        <v>1578</v>
+        <v>1584</v>
       </c>
       <c r="I168" t="s">
-        <v>1579</v>
+        <v>1585</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>69</v>
+        <v>1586</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>70</v>
+        <v>1587</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1580</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>65054</v>
+        <v>65013</v>
       </c>
       <c r="B169" t="s">
-        <v>1581</v>
+        <v>1589</v>
       </c>
       <c r="C169" t="s">
-        <v>1582</v>
+        <v>1590</v>
       </c>
       <c r="D169" t="s">
-        <v>1583</v>
+        <v>1591</v>
       </c>
       <c r="E169" t="s">
-        <v>1584</v>
+        <v>1592</v>
       </c>
       <c r="F169" t="s">
-        <v>1585</v>
+        <v>1593</v>
       </c>
       <c r="G169" t="s">
-        <v>1586</v>
+        <v>1594</v>
       </c>
       <c r="H169" t="s">
-        <v>1587</v>
+        <v>1595</v>
       </c>
       <c r="I169" t="s">
-        <v>1588</v>
+        <v>1596</v>
       </c>
       <c r="J169" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K169" t="s">
-        <v>1589</v>
+        <v>25</v>
       </c>
       <c r="L169" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M169" t="s">
-        <v>1590</v>
+        <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1591</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>65055</v>
+        <v>65014</v>
       </c>
       <c r="B170" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
       <c r="C170" t="s">
-        <v>1593</v>
+        <v>1599</v>
       </c>
       <c r="D170" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
       <c r="E170" t="s">
-        <v>1595</v>
+        <v>1601</v>
       </c>
       <c r="F170" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
       <c r="G170" t="s">
-        <v>1597</v>
+        <v>1603</v>
       </c>
       <c r="H170" t="s">
-        <v>1598</v>
+        <v>1604</v>
       </c>
       <c r="I170" t="s">
-        <v>1599</v>
+        <v>1605</v>
       </c>
       <c r="J170" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K170" t="s">
-        <v>1448</v>
+        <v>58</v>
       </c>
       <c r="L170" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M170" t="s">
-        <v>1449</v>
+        <v>59</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1600</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>65058</v>
+        <v>65015</v>
       </c>
       <c r="B171" t="s">
-        <v>1601</v>
+        <v>1607</v>
       </c>
       <c r="C171" t="s">
-        <v>1602</v>
+        <v>1608</v>
       </c>
       <c r="D171" t="s">
-        <v>1603</v>
+        <v>1609</v>
       </c>
       <c r="E171" t="s">
-        <v>1604</v>
+        <v>1610</v>
       </c>
       <c r="F171" t="s">
-        <v>1605</v>
+        <v>1611</v>
       </c>
       <c r="G171" t="s">
-        <v>1606</v>
+        <v>1612</v>
       </c>
       <c r="H171" t="s">
-        <v>1607</v>
+        <v>1613</v>
       </c>
       <c r="I171" t="s">
-        <v>1608</v>
+        <v>1614</v>
       </c>
       <c r="J171" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="L171" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M171" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1609</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>65059</v>
+        <v>65016</v>
       </c>
       <c r="B172" t="s">
-        <v>1610</v>
+        <v>1616</v>
       </c>
       <c r="C172" t="s">
-        <v>1611</v>
+        <v>1617</v>
       </c>
       <c r="D172" t="s">
-        <v>1612</v>
+        <v>1618</v>
       </c>
       <c r="E172" t="s">
-        <v>1613</v>
+        <v>1619</v>
       </c>
       <c r="F172" t="s">
-        <v>1614</v>
+        <v>1620</v>
       </c>
       <c r="G172" t="s">
-        <v>1615</v>
+        <v>1621</v>
       </c>
       <c r="H172" t="s">
-        <v>1616</v>
+        <v>1622</v>
       </c>
       <c r="I172" t="s">
-        <v>1617</v>
+        <v>1623</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1618</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>65060</v>
+        <v>65017</v>
       </c>
       <c r="B173" t="s">
-        <v>1619</v>
+        <v>1625</v>
       </c>
       <c r="C173" t="s">
-        <v>1620</v>
+        <v>1626</v>
       </c>
       <c r="D173" t="s">
-        <v>1621</v>
+        <v>1627</v>
       </c>
       <c r="E173" t="s">
-        <v>1622</v>
+        <v>1628</v>
       </c>
       <c r="F173" t="s">
-        <v>1623</v>
+        <v>1629</v>
       </c>
       <c r="G173" t="s">
-        <v>1624</v>
+        <v>1630</v>
       </c>
       <c r="H173" t="s">
-        <v>1625</v>
+        <v>1631</v>
       </c>
       <c r="I173" t="s">
-        <v>1626</v>
+        <v>1632</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>122</v>
+        <v>1633</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>123</v>
+        <v>1634</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1627</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>65062</v>
+        <v>65018</v>
       </c>
       <c r="B174" t="s">
-        <v>1628</v>
+        <v>1636</v>
       </c>
       <c r="C174" t="s">
-        <v>1629</v>
+        <v>1637</v>
       </c>
       <c r="D174" t="s">
-        <v>1630</v>
+        <v>1638</v>
       </c>
       <c r="E174" t="s">
-        <v>1631</v>
+        <v>1639</v>
       </c>
       <c r="F174" t="s">
-        <v>1632</v>
+        <v>1640</v>
       </c>
       <c r="G174" t="s">
-        <v>1633</v>
+        <v>1641</v>
       </c>
       <c r="H174" t="s">
-        <v>1634</v>
+        <v>1642</v>
       </c>
       <c r="I174" t="s">
-        <v>1635</v>
+        <v>1643</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>25</v>
+        <v>1644</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
-        <v>27</v>
+        <v>1645</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1636</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>65068</v>
+        <v>65019</v>
       </c>
       <c r="B175" t="s">
-        <v>1637</v>
+        <v>1647</v>
       </c>
       <c r="C175" t="s">
-        <v>1638</v>
+        <v>1648</v>
       </c>
       <c r="D175" t="s">
-        <v>1639</v>
+        <v>1649</v>
       </c>
       <c r="E175" t="s">
-        <v>1640</v>
+        <v>1650</v>
       </c>
       <c r="F175" t="s">
-        <v>1641</v>
+        <v>1651</v>
       </c>
       <c r="G175" t="s">
-        <v>1642</v>
+        <v>1652</v>
       </c>
       <c r="H175" t="s">
-        <v>1643</v>
+        <v>1653</v>
       </c>
       <c r="I175" t="s">
-        <v>1644</v>
+        <v>1654</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1645</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
+        <v>65020</v>
+      </c>
+      <c r="B176" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D176" t="s">
+        <v>1658</v>
+      </c>
+      <c r="E176" t="s">
+        <v>1659</v>
+      </c>
+      <c r="F176" t="s">
+        <v>1660</v>
+      </c>
+      <c r="G176" t="s">
+        <v>1661</v>
+      </c>
+      <c r="H176" t="s">
+        <v>1662</v>
+      </c>
+      <c r="I176" t="s">
+        <v>1663</v>
+      </c>
+      <c r="J176" t="s">
+        <v>24</v>
+      </c>
+      <c r="K176" t="s">
+        <v>1664</v>
+      </c>
+      <c r="L176" t="s">
+        <v>26</v>
+      </c>
+      <c r="M176" t="s">
+        <v>1665</v>
+      </c>
+      <c r="N176" t="s">
+        <v>28</v>
+      </c>
+      <c r="O176" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="177" spans="1:15">
+      <c r="A177">
+        <v>65021</v>
+      </c>
+      <c r="B177" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D177" t="s">
+        <v>1669</v>
+      </c>
+      <c r="E177" t="s">
+        <v>1670</v>
+      </c>
+      <c r="F177" t="s">
+        <v>1671</v>
+      </c>
+      <c r="G177" t="s">
+        <v>1672</v>
+      </c>
+      <c r="H177" t="s">
+        <v>1673</v>
+      </c>
+      <c r="I177" t="s">
+        <v>1674</v>
+      </c>
+      <c r="J177" t="s">
+        <v>24</v>
+      </c>
+      <c r="K177" t="s">
+        <v>25</v>
+      </c>
+      <c r="L177" t="s">
+        <v>26</v>
+      </c>
+      <c r="M177" t="s">
+        <v>27</v>
+      </c>
+      <c r="N177" t="s">
+        <v>28</v>
+      </c>
+      <c r="O177" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="178" spans="1:15">
+      <c r="A178">
+        <v>65023</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D178" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E178" t="s">
+        <v>1679</v>
+      </c>
+      <c r="F178" t="s">
+        <v>1680</v>
+      </c>
+      <c r="G178" t="s">
+        <v>1681</v>
+      </c>
+      <c r="H178" t="s">
+        <v>1682</v>
+      </c>
+      <c r="I178" t="s">
+        <v>1683</v>
+      </c>
+      <c r="J178" t="s">
+        <v>24</v>
+      </c>
+      <c r="K178" t="s">
+        <v>25</v>
+      </c>
+      <c r="L178" t="s">
+        <v>26</v>
+      </c>
+      <c r="M178" t="s">
+        <v>27</v>
+      </c>
+      <c r="N178" t="s">
+        <v>28</v>
+      </c>
+      <c r="O178" t="s">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="179" spans="1:15">
+      <c r="A179">
+        <v>65026</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D179" t="s">
+        <v>1687</v>
+      </c>
+      <c r="E179" t="s">
+        <v>1688</v>
+      </c>
+      <c r="F179" t="s">
+        <v>1689</v>
+      </c>
+      <c r="G179" t="s">
+        <v>1690</v>
+      </c>
+      <c r="H179" t="s">
+        <v>1691</v>
+      </c>
+      <c r="I179" t="s">
+        <v>1692</v>
+      </c>
+      <c r="J179" t="s">
+        <v>24</v>
+      </c>
+      <c r="K179" t="s">
+        <v>25</v>
+      </c>
+      <c r="L179" t="s">
+        <v>26</v>
+      </c>
+      <c r="M179" t="s">
+        <v>27</v>
+      </c>
+      <c r="N179" t="s">
+        <v>28</v>
+      </c>
+      <c r="O179" t="s">
+        <v>1693</v>
+      </c>
+    </row>
+    <row r="180" spans="1:15">
+      <c r="A180">
+        <v>65030</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D180" t="s">
+        <v>1696</v>
+      </c>
+      <c r="E180" t="s">
+        <v>1697</v>
+      </c>
+      <c r="F180" t="s">
+        <v>1698</v>
+      </c>
+      <c r="G180" t="s">
+        <v>1699</v>
+      </c>
+      <c r="H180" t="s">
+        <v>1700</v>
+      </c>
+      <c r="I180" t="s">
+        <v>1701</v>
+      </c>
+      <c r="J180" t="s">
+        <v>24</v>
+      </c>
+      <c r="K180" t="s">
+        <v>25</v>
+      </c>
+      <c r="L180" t="s">
+        <v>26</v>
+      </c>
+      <c r="M180" t="s">
+        <v>27</v>
+      </c>
+      <c r="N180" t="s">
+        <v>28</v>
+      </c>
+      <c r="O180" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="181" spans="1:15">
+      <c r="A181">
+        <v>65031</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1704</v>
+      </c>
+      <c r="D181" t="s">
+        <v>1705</v>
+      </c>
+      <c r="E181" t="s">
+        <v>1706</v>
+      </c>
+      <c r="F181" t="s">
+        <v>1707</v>
+      </c>
+      <c r="G181" t="s">
+        <v>1708</v>
+      </c>
+      <c r="H181" t="s">
+        <v>1709</v>
+      </c>
+      <c r="I181" t="s">
+        <v>1710</v>
+      </c>
+      <c r="J181" t="s">
+        <v>24</v>
+      </c>
+      <c r="K181" t="s">
+        <v>25</v>
+      </c>
+      <c r="L181" t="s">
+        <v>26</v>
+      </c>
+      <c r="M181" t="s">
+        <v>27</v>
+      </c>
+      <c r="N181" t="s">
+        <v>28</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1711</v>
+      </c>
+    </row>
+    <row r="182" spans="1:15">
+      <c r="A182">
+        <v>65032</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D182" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E182" t="s">
+        <v>1715</v>
+      </c>
+      <c r="F182" t="s">
+        <v>1716</v>
+      </c>
+      <c r="G182" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H182" t="s">
+        <v>1718</v>
+      </c>
+      <c r="I182" t="s">
+        <v>1719</v>
+      </c>
+      <c r="J182" t="s">
+        <v>24</v>
+      </c>
+      <c r="K182" t="s">
+        <v>69</v>
+      </c>
+      <c r="L182" t="s">
+        <v>26</v>
+      </c>
+      <c r="M182" t="s">
+        <v>70</v>
+      </c>
+      <c r="N182" t="s">
+        <v>28</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1720</v>
+      </c>
+    </row>
+    <row r="183" spans="1:15">
+      <c r="A183">
+        <v>65033</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1722</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1723</v>
+      </c>
+      <c r="E183" t="s">
+        <v>1724</v>
+      </c>
+      <c r="F183" t="s">
+        <v>1725</v>
+      </c>
+      <c r="G183" t="s">
+        <v>1726</v>
+      </c>
+      <c r="H183" t="s">
+        <v>1727</v>
+      </c>
+      <c r="I183" t="s">
+        <v>1728</v>
+      </c>
+      <c r="J183" t="s">
+        <v>24</v>
+      </c>
+      <c r="K183" t="s">
+        <v>1729</v>
+      </c>
+      <c r="L183" t="s">
+        <v>26</v>
+      </c>
+      <c r="M183" t="s">
+        <v>1730</v>
+      </c>
+      <c r="N183" t="s">
+        <v>28</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="184" spans="1:15">
+      <c r="A184">
+        <v>65034</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1733</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1734</v>
+      </c>
+      <c r="E184" t="s">
+        <v>1735</v>
+      </c>
+      <c r="F184" t="s">
+        <v>1736</v>
+      </c>
+      <c r="G184" t="s">
+        <v>1737</v>
+      </c>
+      <c r="H184" t="s">
+        <v>1738</v>
+      </c>
+      <c r="I184" t="s">
+        <v>1739</v>
+      </c>
+      <c r="J184" t="s">
+        <v>89</v>
+      </c>
+      <c r="K184" t="s">
+        <v>1740</v>
+      </c>
+      <c r="L184" t="s">
+        <v>91</v>
+      </c>
+      <c r="M184" t="s">
+        <v>1741</v>
+      </c>
+      <c r="N184" t="s">
+        <v>28</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="185" spans="1:15">
+      <c r="A185">
+        <v>65035</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1745</v>
+      </c>
+      <c r="E185" t="s">
+        <v>1746</v>
+      </c>
+      <c r="F185" t="s">
+        <v>1747</v>
+      </c>
+      <c r="G185" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H185" t="s">
+        <v>1749</v>
+      </c>
+      <c r="I185" t="s">
+        <v>1750</v>
+      </c>
+      <c r="J185" t="s">
+        <v>24</v>
+      </c>
+      <c r="K185" t="s">
+        <v>25</v>
+      </c>
+      <c r="L185" t="s">
+        <v>26</v>
+      </c>
+      <c r="M185" t="s">
+        <v>27</v>
+      </c>
+      <c r="N185" t="s">
+        <v>28</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="186" spans="1:15">
+      <c r="A186">
+        <v>65036</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D186" t="s">
+        <v>1754</v>
+      </c>
+      <c r="E186" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F186" t="s">
+        <v>1756</v>
+      </c>
+      <c r="G186" t="s">
+        <v>1757</v>
+      </c>
+      <c r="H186" t="s">
+        <v>1758</v>
+      </c>
+      <c r="I186" t="s">
+        <v>1759</v>
+      </c>
+      <c r="J186" t="s">
+        <v>24</v>
+      </c>
+      <c r="K186" t="s">
+        <v>25</v>
+      </c>
+      <c r="L186" t="s">
+        <v>26</v>
+      </c>
+      <c r="M186" t="s">
+        <v>27</v>
+      </c>
+      <c r="N186" t="s">
+        <v>28</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="187" spans="1:15">
+      <c r="A187">
+        <v>65037</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1763</v>
+      </c>
+      <c r="E187" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F187" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G187" t="s">
+        <v>1766</v>
+      </c>
+      <c r="H187" t="s">
+        <v>1767</v>
+      </c>
+      <c r="I187" t="s">
+        <v>1768</v>
+      </c>
+      <c r="J187" t="s">
+        <v>24</v>
+      </c>
+      <c r="K187" t="s">
+        <v>25</v>
+      </c>
+      <c r="L187" t="s">
+        <v>26</v>
+      </c>
+      <c r="M187" t="s">
+        <v>27</v>
+      </c>
+      <c r="N187" t="s">
+        <v>28</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="188" spans="1:15">
+      <c r="A188">
+        <v>65038</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1772</v>
+      </c>
+      <c r="E188" t="s">
+        <v>1773</v>
+      </c>
+      <c r="F188" t="s">
+        <v>1774</v>
+      </c>
+      <c r="G188" t="s">
+        <v>1775</v>
+      </c>
+      <c r="H188" t="s">
+        <v>1776</v>
+      </c>
+      <c r="I188" t="s">
+        <v>1777</v>
+      </c>
+      <c r="J188" t="s">
+        <v>24</v>
+      </c>
+      <c r="K188" t="s">
+        <v>69</v>
+      </c>
+      <c r="L188" t="s">
+        <v>26</v>
+      </c>
+      <c r="M188" t="s">
+        <v>70</v>
+      </c>
+      <c r="N188" t="s">
+        <v>28</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="189" spans="1:15">
+      <c r="A189">
+        <v>65039</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1780</v>
+      </c>
+      <c r="D189" t="s">
+        <v>1781</v>
+      </c>
+      <c r="E189" t="s">
+        <v>1782</v>
+      </c>
+      <c r="F189" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G189" t="s">
+        <v>1784</v>
+      </c>
+      <c r="H189" t="s">
+        <v>1785</v>
+      </c>
+      <c r="I189" t="s">
+        <v>1786</v>
+      </c>
+      <c r="J189" t="s">
+        <v>24</v>
+      </c>
+      <c r="K189" t="s">
+        <v>69</v>
+      </c>
+      <c r="L189" t="s">
+        <v>26</v>
+      </c>
+      <c r="M189" t="s">
+        <v>70</v>
+      </c>
+      <c r="N189" t="s">
+        <v>28</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="190" spans="1:15">
+      <c r="A190">
+        <v>65040</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1789</v>
+      </c>
+      <c r="D190" t="s">
+        <v>1790</v>
+      </c>
+      <c r="E190" t="s">
+        <v>1791</v>
+      </c>
+      <c r="F190" t="s">
+        <v>1792</v>
+      </c>
+      <c r="G190" t="s">
+        <v>1793</v>
+      </c>
+      <c r="H190" t="s">
+        <v>1794</v>
+      </c>
+      <c r="I190" t="s">
+        <v>1795</v>
+      </c>
+      <c r="J190" t="s">
+        <v>24</v>
+      </c>
+      <c r="K190" t="s">
+        <v>342</v>
+      </c>
+      <c r="L190" t="s">
+        <v>26</v>
+      </c>
+      <c r="M190" t="s">
+        <v>344</v>
+      </c>
+      <c r="N190" t="s">
+        <v>28</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="191" spans="1:15">
+      <c r="A191">
+        <v>65044</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D191" t="s">
+        <v>1799</v>
+      </c>
+      <c r="E191" t="s">
+        <v>1800</v>
+      </c>
+      <c r="F191" t="s">
+        <v>1801</v>
+      </c>
+      <c r="G191" t="s">
+        <v>1802</v>
+      </c>
+      <c r="H191" t="s">
+        <v>1803</v>
+      </c>
+      <c r="I191" t="s">
+        <v>1804</v>
+      </c>
+      <c r="J191" t="s">
+        <v>24</v>
+      </c>
+      <c r="K191" t="s">
+        <v>25</v>
+      </c>
+      <c r="L191" t="s">
+        <v>26</v>
+      </c>
+      <c r="M191" t="s">
+        <v>27</v>
+      </c>
+      <c r="N191" t="s">
+        <v>28</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="192" spans="1:15">
+      <c r="A192">
+        <v>65045</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1806</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D192" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E192" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F192" t="s">
+        <v>1810</v>
+      </c>
+      <c r="G192" t="s">
+        <v>1811</v>
+      </c>
+      <c r="H192" t="s">
+        <v>1812</v>
+      </c>
+      <c r="I192" t="s">
+        <v>1813</v>
+      </c>
+      <c r="J192" t="s">
+        <v>1814</v>
+      </c>
+      <c r="K192" t="s">
+        <v>1815</v>
+      </c>
+      <c r="L192" t="s">
+        <v>1816</v>
+      </c>
+      <c r="M192" t="s">
+        <v>1817</v>
+      </c>
+      <c r="N192" t="s">
+        <v>28</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="193" spans="1:15">
+      <c r="A193">
+        <v>65046</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D193" t="s">
+        <v>1821</v>
+      </c>
+      <c r="E193" t="s">
+        <v>1822</v>
+      </c>
+      <c r="F193" t="s">
+        <v>1823</v>
+      </c>
+      <c r="G193" t="s">
+        <v>1824</v>
+      </c>
+      <c r="H193" t="s">
+        <v>1825</v>
+      </c>
+      <c r="I193" t="s">
+        <v>1826</v>
+      </c>
+      <c r="J193" t="s">
+        <v>24</v>
+      </c>
+      <c r="K193" t="s">
+        <v>122</v>
+      </c>
+      <c r="L193" t="s">
+        <v>26</v>
+      </c>
+      <c r="M193" t="s">
+        <v>123</v>
+      </c>
+      <c r="N193" t="s">
+        <v>28</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="194" spans="1:15">
+      <c r="A194">
+        <v>65047</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E194" t="s">
+        <v>1831</v>
+      </c>
+      <c r="F194" t="s">
+        <v>1832</v>
+      </c>
+      <c r="G194" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H194" t="s">
+        <v>1834</v>
+      </c>
+      <c r="I194" t="s">
+        <v>1835</v>
+      </c>
+      <c r="J194" t="s">
+        <v>24</v>
+      </c>
+      <c r="K194" t="s">
+        <v>1815</v>
+      </c>
+      <c r="L194" t="s">
+        <v>26</v>
+      </c>
+      <c r="M194" t="s">
+        <v>1817</v>
+      </c>
+      <c r="N194" t="s">
+        <v>28</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="195" spans="1:15">
+      <c r="A195">
+        <v>65049</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1838</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1839</v>
+      </c>
+      <c r="E195" t="s">
+        <v>1840</v>
+      </c>
+      <c r="F195" t="s">
+        <v>1841</v>
+      </c>
+      <c r="G195" t="s">
+        <v>1842</v>
+      </c>
+      <c r="H195" t="s">
+        <v>1843</v>
+      </c>
+      <c r="I195" t="s">
+        <v>1844</v>
+      </c>
+      <c r="J195" t="s">
+        <v>24</v>
+      </c>
+      <c r="K195" t="s">
+        <v>272</v>
+      </c>
+      <c r="L195" t="s">
+        <v>26</v>
+      </c>
+      <c r="M195" t="s">
+        <v>273</v>
+      </c>
+      <c r="N195" t="s">
+        <v>28</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1845</v>
+      </c>
+    </row>
+    <row r="196" spans="1:15">
+      <c r="A196">
+        <v>65050</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1846</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1847</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1848</v>
+      </c>
+      <c r="E196" t="s">
+        <v>1849</v>
+      </c>
+      <c r="F196" t="s">
+        <v>1850</v>
+      </c>
+      <c r="G196" t="s">
+        <v>1851</v>
+      </c>
+      <c r="H196" t="s">
+        <v>1852</v>
+      </c>
+      <c r="I196" t="s">
+        <v>1853</v>
+      </c>
+      <c r="J196" t="s">
+        <v>24</v>
+      </c>
+      <c r="K196" t="s">
+        <v>25</v>
+      </c>
+      <c r="L196" t="s">
+        <v>26</v>
+      </c>
+      <c r="M196" t="s">
+        <v>27</v>
+      </c>
+      <c r="N196" t="s">
+        <v>28</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="197" spans="1:15">
+      <c r="A197">
+        <v>65051</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E197" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F197" t="s">
+        <v>1859</v>
+      </c>
+      <c r="G197" t="s">
+        <v>1860</v>
+      </c>
+      <c r="H197" t="s">
+        <v>1861</v>
+      </c>
+      <c r="I197" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J197" t="s">
+        <v>24</v>
+      </c>
+      <c r="K197" t="s">
+        <v>90</v>
+      </c>
+      <c r="L197" t="s">
+        <v>26</v>
+      </c>
+      <c r="M197" t="s">
+        <v>92</v>
+      </c>
+      <c r="N197" t="s">
+        <v>28</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="198" spans="1:15">
+      <c r="A198">
+        <v>65053</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E198" t="s">
+        <v>1867</v>
+      </c>
+      <c r="F198" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G198" t="s">
+        <v>1869</v>
+      </c>
+      <c r="H198" t="s">
+        <v>1870</v>
+      </c>
+      <c r="I198" t="s">
+        <v>1871</v>
+      </c>
+      <c r="J198" t="s">
+        <v>24</v>
+      </c>
+      <c r="K198" t="s">
+        <v>69</v>
+      </c>
+      <c r="L198" t="s">
+        <v>26</v>
+      </c>
+      <c r="M198" t="s">
+        <v>70</v>
+      </c>
+      <c r="N198" t="s">
+        <v>28</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="199" spans="1:15">
+      <c r="A199">
+        <v>65054</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D199" t="s">
+        <v>1875</v>
+      </c>
+      <c r="E199" t="s">
+        <v>1876</v>
+      </c>
+      <c r="F199" t="s">
+        <v>1877</v>
+      </c>
+      <c r="G199" t="s">
+        <v>1878</v>
+      </c>
+      <c r="H199" t="s">
+        <v>1879</v>
+      </c>
+      <c r="I199" t="s">
+        <v>1880</v>
+      </c>
+      <c r="J199" t="s">
+        <v>89</v>
+      </c>
+      <c r="K199" t="s">
+        <v>38</v>
+      </c>
+      <c r="L199" t="s">
+        <v>91</v>
+      </c>
+      <c r="M199" t="s">
+        <v>39</v>
+      </c>
+      <c r="N199" t="s">
+        <v>28</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="200" spans="1:15">
+      <c r="A200">
+        <v>65055</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1883</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E200" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F200" t="s">
+        <v>1886</v>
+      </c>
+      <c r="G200" t="s">
+        <v>1887</v>
+      </c>
+      <c r="H200" t="s">
+        <v>1888</v>
+      </c>
+      <c r="I200" t="s">
+        <v>1889</v>
+      </c>
+      <c r="J200" t="s">
+        <v>24</v>
+      </c>
+      <c r="K200" t="s">
+        <v>1740</v>
+      </c>
+      <c r="L200" t="s">
+        <v>26</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1741</v>
+      </c>
+      <c r="N200" t="s">
+        <v>28</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="201" spans="1:15">
+      <c r="A201">
+        <v>65057</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1893</v>
+      </c>
+      <c r="E201" t="s">
+        <v>1894</v>
+      </c>
+      <c r="F201" t="s">
+        <v>1895</v>
+      </c>
+      <c r="G201" t="s">
+        <v>1896</v>
+      </c>
+      <c r="H201" t="s">
+        <v>1897</v>
+      </c>
+      <c r="I201" t="s">
+        <v>1898</v>
+      </c>
+      <c r="J201" t="s">
+        <v>24</v>
+      </c>
+      <c r="K201" t="s">
+        <v>835</v>
+      </c>
+      <c r="L201" t="s">
+        <v>26</v>
+      </c>
+      <c r="M201" t="s">
+        <v>836</v>
+      </c>
+      <c r="N201" t="s">
+        <v>28</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="202" spans="1:15">
+      <c r="A202">
+        <v>65058</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1900</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1902</v>
+      </c>
+      <c r="E202" t="s">
+        <v>1903</v>
+      </c>
+      <c r="F202" t="s">
+        <v>1904</v>
+      </c>
+      <c r="G202" t="s">
+        <v>1905</v>
+      </c>
+      <c r="H202" t="s">
+        <v>1906</v>
+      </c>
+      <c r="I202" t="s">
+        <v>1907</v>
+      </c>
+      <c r="J202" t="s">
+        <v>89</v>
+      </c>
+      <c r="K202" t="s">
+        <v>58</v>
+      </c>
+      <c r="L202" t="s">
+        <v>91</v>
+      </c>
+      <c r="M202" t="s">
+        <v>59</v>
+      </c>
+      <c r="N202" t="s">
+        <v>28</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="203" spans="1:15">
+      <c r="A203">
+        <v>65059</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1911</v>
+      </c>
+      <c r="E203" t="s">
+        <v>1912</v>
+      </c>
+      <c r="F203" t="s">
+        <v>1913</v>
+      </c>
+      <c r="G203" t="s">
+        <v>1914</v>
+      </c>
+      <c r="H203" t="s">
+        <v>1915</v>
+      </c>
+      <c r="I203" t="s">
+        <v>1916</v>
+      </c>
+      <c r="J203" t="s">
+        <v>24</v>
+      </c>
+      <c r="K203" t="s">
+        <v>69</v>
+      </c>
+      <c r="L203" t="s">
+        <v>26</v>
+      </c>
+      <c r="M203" t="s">
+        <v>70</v>
+      </c>
+      <c r="N203" t="s">
+        <v>28</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="204" spans="1:15">
+      <c r="A204">
+        <v>65060</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1920</v>
+      </c>
+      <c r="E204" t="s">
+        <v>1921</v>
+      </c>
+      <c r="F204" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G204" t="s">
+        <v>1923</v>
+      </c>
+      <c r="H204" t="s">
+        <v>1924</v>
+      </c>
+      <c r="I204" t="s">
+        <v>1925</v>
+      </c>
+      <c r="J204" t="s">
+        <v>24</v>
+      </c>
+      <c r="K204" t="s">
+        <v>122</v>
+      </c>
+      <c r="L204" t="s">
+        <v>26</v>
+      </c>
+      <c r="M204" t="s">
+        <v>123</v>
+      </c>
+      <c r="N204" t="s">
+        <v>28</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="205" spans="1:15">
+      <c r="A205">
+        <v>65062</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E205" t="s">
+        <v>1930</v>
+      </c>
+      <c r="F205" t="s">
+        <v>1931</v>
+      </c>
+      <c r="G205" t="s">
+        <v>1932</v>
+      </c>
+      <c r="H205" t="s">
+        <v>1933</v>
+      </c>
+      <c r="I205" t="s">
+        <v>1934</v>
+      </c>
+      <c r="J205" t="s">
+        <v>24</v>
+      </c>
+      <c r="K205" t="s">
+        <v>25</v>
+      </c>
+      <c r="L205" t="s">
+        <v>26</v>
+      </c>
+      <c r="M205" t="s">
+        <v>27</v>
+      </c>
+      <c r="N205" t="s">
+        <v>28</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="206" spans="1:15">
+      <c r="A206">
+        <v>65068</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1938</v>
+      </c>
+      <c r="E206" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F206" t="s">
+        <v>1940</v>
+      </c>
+      <c r="G206" t="s">
+        <v>1941</v>
+      </c>
+      <c r="H206" t="s">
+        <v>1942</v>
+      </c>
+      <c r="I206" t="s">
+        <v>1943</v>
+      </c>
+      <c r="J206" t="s">
+        <v>24</v>
+      </c>
+      <c r="K206" t="s">
+        <v>25</v>
+      </c>
+      <c r="L206" t="s">
+        <v>26</v>
+      </c>
+      <c r="M206" t="s">
+        <v>27</v>
+      </c>
+      <c r="N206" t="s">
+        <v>28</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="207" spans="1:15">
+      <c r="A207">
         <v>65069</v>
       </c>
-      <c r="B176" t="s">
-[...26 lines deleted...]
-      <c r="K176" t="s">
+      <c r="B207" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1947</v>
+      </c>
+      <c r="E207" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F207" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G207" t="s">
+        <v>1950</v>
+      </c>
+      <c r="H207" t="s">
+        <v>1951</v>
+      </c>
+      <c r="I207" t="s">
+        <v>1952</v>
+      </c>
+      <c r="J207" t="s">
+        <v>24</v>
+      </c>
+      <c r="K207" t="s">
         <v>69</v>
       </c>
-      <c r="L176" t="s">
-[...2 lines deleted...]
-      <c r="M176" t="s">
+      <c r="L207" t="s">
+        <v>26</v>
+      </c>
+      <c r="M207" t="s">
         <v>70</v>
       </c>
-      <c r="N176" t="s">
-[...3 lines deleted...]
-        <v>1654</v>
+      <c r="N207" t="s">
+        <v>28</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="208" spans="1:15">
+      <c r="A208">
+        <v>65124</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1956</v>
+      </c>
+      <c r="E208" t="s">
+        <v>1957</v>
+      </c>
+      <c r="F208" t="s">
+        <v>1958</v>
+      </c>
+      <c r="G208" t="s">
+        <v>1959</v>
+      </c>
+      <c r="H208" t="s">
+        <v>1960</v>
+      </c>
+      <c r="I208" t="s">
+        <v>1961</v>
+      </c>
+      <c r="J208" t="s">
+        <v>24</v>
+      </c>
+      <c r="K208" t="s">
+        <v>25</v>
+      </c>
+      <c r="L208" t="s">
+        <v>26</v>
+      </c>
+      <c r="M208" t="s">
+        <v>27</v>
+      </c>
+      <c r="N208" t="s">
+        <v>28</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="209" spans="1:15">
+      <c r="A209">
+        <v>65255</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1965</v>
+      </c>
+      <c r="E209" t="s">
+        <v>1966</v>
+      </c>
+      <c r="F209" t="s">
+        <v>1967</v>
+      </c>
+      <c r="G209" t="s">
+        <v>1968</v>
+      </c>
+      <c r="H209" t="s">
+        <v>1969</v>
+      </c>
+      <c r="I209" t="s">
+        <v>1970</v>
+      </c>
+      <c r="J209" t="s">
+        <v>319</v>
+      </c>
+      <c r="K209" t="s">
+        <v>1971</v>
+      </c>
+      <c r="L209" t="s">
+        <v>321</v>
+      </c>
+      <c r="M209" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N209" t="s">
+        <v>28</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="210" spans="1:15">
+      <c r="A210">
+        <v>66510</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D210" t="s">
+        <v>1976</v>
+      </c>
+      <c r="E210" t="s">
+        <v>1977</v>
+      </c>
+      <c r="F210" t="s">
+        <v>1978</v>
+      </c>
+      <c r="G210" t="s">
+        <v>1979</v>
+      </c>
+      <c r="H210" t="s">
+        <v>1980</v>
+      </c>
+      <c r="I210" t="s">
+        <v>1981</v>
+      </c>
+      <c r="J210" t="s">
+        <v>319</v>
+      </c>
+      <c r="K210" t="s">
+        <v>1982</v>
+      </c>
+      <c r="L210" t="s">
+        <v>321</v>
+      </c>
+      <c r="M210" t="s">
+        <v>1983</v>
+      </c>
+      <c r="N210" t="s">
+        <v>28</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1984</v>
+      </c>
+    </row>
+    <row r="211" spans="1:15">
+      <c r="A211">
+        <v>66511</v>
+      </c>
+      <c r="B211" t="s">
+        <v>478</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1986</v>
+      </c>
+      <c r="E211" t="s">
+        <v>1987</v>
+      </c>
+      <c r="F211" t="s">
+        <v>482</v>
+      </c>
+      <c r="G211" t="s">
+        <v>483</v>
+      </c>
+      <c r="H211" t="s">
+        <v>1988</v>
+      </c>
+      <c r="I211" t="s">
+        <v>1989</v>
+      </c>
+      <c r="J211" t="s">
+        <v>24</v>
+      </c>
+      <c r="K211" t="s">
+        <v>1990</v>
+      </c>
+      <c r="L211" t="s">
+        <v>26</v>
+      </c>
+      <c r="M211" t="s">
+        <v>1991</v>
+      </c>
+      <c r="N211" t="s">
+        <v>28</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1992</v>
+      </c>
+    </row>
+    <row r="212" spans="1:15">
+      <c r="A212">
+        <v>66512</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D212" t="s">
+        <v>1994</v>
+      </c>
+      <c r="E212" t="s">
+        <v>1995</v>
+      </c>
+      <c r="F212" t="s">
+        <v>1996</v>
+      </c>
+      <c r="G212" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H212" t="s">
+        <v>1472</v>
+      </c>
+      <c r="I212" t="s">
+        <v>1473</v>
+      </c>
+      <c r="J212" t="s">
+        <v>24</v>
+      </c>
+      <c r="K212" t="s">
+        <v>1997</v>
+      </c>
+      <c r="L212" t="s">
+        <v>26</v>
+      </c>
+      <c r="M212" t="s">
+        <v>1998</v>
+      </c>
+      <c r="N212" t="s">
+        <v>28</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="213" spans="1:15">
+      <c r="A213">
+        <v>66513</v>
+      </c>
+      <c r="B213" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C213" t="s">
+        <v>2001</v>
+      </c>
+      <c r="D213" t="s">
+        <v>2002</v>
+      </c>
+      <c r="E213" t="s">
+        <v>2003</v>
+      </c>
+      <c r="F213" t="s">
+        <v>2004</v>
+      </c>
+      <c r="G213" t="s">
+        <v>1766</v>
+      </c>
+      <c r="H213" t="s">
+        <v>2005</v>
+      </c>
+      <c r="I213" t="s">
+        <v>2006</v>
+      </c>
+      <c r="J213" t="s">
+        <v>24</v>
+      </c>
+      <c r="K213" t="s">
+        <v>1997</v>
+      </c>
+      <c r="L213" t="s">
+        <v>26</v>
+      </c>
+      <c r="M213" t="s">
+        <v>1998</v>
+      </c>
+      <c r="N213" t="s">
+        <v>28</v>
+      </c>
+      <c r="O213" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="214" spans="1:15">
+      <c r="A214">
+        <v>66514</v>
+      </c>
+      <c r="B214" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C214" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D214" t="s">
+        <v>2010</v>
+      </c>
+      <c r="E214" t="s">
+        <v>2011</v>
+      </c>
+      <c r="F214" t="s">
+        <v>618</v>
+      </c>
+      <c r="G214" t="s">
+        <v>619</v>
+      </c>
+      <c r="H214" t="s">
+        <v>2012</v>
+      </c>
+      <c r="I214" t="s">
+        <v>2013</v>
+      </c>
+      <c r="J214" t="s">
+        <v>24</v>
+      </c>
+      <c r="K214" t="s">
+        <v>1997</v>
+      </c>
+      <c r="L214" t="s">
+        <v>26</v>
+      </c>
+      <c r="M214" t="s">
+        <v>1998</v>
+      </c>
+      <c r="N214" t="s">
+        <v>28</v>
+      </c>
+      <c r="O214" t="s">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="215" spans="1:15">
+      <c r="A215">
+        <v>66515</v>
+      </c>
+      <c r="B215" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C215" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D215" t="s">
+        <v>2017</v>
+      </c>
+      <c r="E215" t="s">
+        <v>2018</v>
+      </c>
+      <c r="F215" t="s">
+        <v>2019</v>
+      </c>
+      <c r="G215" t="s">
+        <v>411</v>
+      </c>
+      <c r="H215" t="s">
+        <v>2020</v>
+      </c>
+      <c r="I215" t="s">
+        <v>2021</v>
+      </c>
+      <c r="J215" t="s">
+        <v>24</v>
+      </c>
+      <c r="K215" t="s">
+        <v>1997</v>
+      </c>
+      <c r="L215" t="s">
+        <v>26</v>
+      </c>
+      <c r="M215" t="s">
+        <v>1998</v>
+      </c>
+      <c r="N215" t="s">
+        <v>28</v>
+      </c>
+      <c r="O215" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="216" spans="1:15">
+      <c r="A216">
+        <v>66516</v>
+      </c>
+      <c r="B216" t="s">
+        <v>388</v>
+      </c>
+      <c r="C216" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D216" t="s">
+        <v>2024</v>
+      </c>
+      <c r="E216" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F216" t="s">
+        <v>2026</v>
+      </c>
+      <c r="G216" t="s">
+        <v>2027</v>
+      </c>
+      <c r="H216" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I216" t="s">
+        <v>395</v>
+      </c>
+      <c r="J216" t="s">
+        <v>24</v>
+      </c>
+      <c r="K216" t="s">
+        <v>69</v>
+      </c>
+      <c r="L216" t="s">
+        <v>26</v>
+      </c>
+      <c r="M216" t="s">
+        <v>70</v>
+      </c>
+      <c r="N216" t="s">
+        <v>28</v>
+      </c>
+      <c r="O216" t="s">
+        <v>2029</v>
+      </c>
+    </row>
+    <row r="217" spans="1:15">
+      <c r="A217">
+        <v>66517</v>
+      </c>
+      <c r="B217" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C217" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D217" t="s">
+        <v>2032</v>
+      </c>
+      <c r="E217" t="s">
+        <v>2033</v>
+      </c>
+      <c r="F217" t="s">
+        <v>2034</v>
+      </c>
+      <c r="G217" t="s">
+        <v>2035</v>
+      </c>
+      <c r="H217" t="s">
+        <v>2036</v>
+      </c>
+      <c r="I217" t="s">
+        <v>2037</v>
+      </c>
+      <c r="J217" t="s">
+        <v>24</v>
+      </c>
+      <c r="K217" t="s">
+        <v>1997</v>
+      </c>
+      <c r="L217" t="s">
+        <v>26</v>
+      </c>
+      <c r="M217" t="s">
+        <v>1998</v>
+      </c>
+      <c r="N217" t="s">
+        <v>28</v>
+      </c>
+      <c r="O217" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="218" spans="1:15">
+      <c r="A218">
+        <v>66518</v>
+      </c>
+      <c r="B218" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C218" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D218" t="s">
+        <v>2041</v>
+      </c>
+      <c r="E218" t="s">
+        <v>2042</v>
+      </c>
+      <c r="F218" t="s">
+        <v>2043</v>
+      </c>
+      <c r="G218" t="s">
+        <v>420</v>
+      </c>
+      <c r="H218" t="s">
+        <v>2044</v>
+      </c>
+      <c r="I218" t="s">
+        <v>2045</v>
+      </c>
+      <c r="J218" t="s">
+        <v>24</v>
+      </c>
+      <c r="K218" t="s">
+        <v>69</v>
+      </c>
+      <c r="L218" t="s">
+        <v>26</v>
+      </c>
+      <c r="M218" t="s">
+        <v>70</v>
+      </c>
+      <c r="N218" t="s">
+        <v>28</v>
+      </c>
+      <c r="O218" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="219" spans="1:15">
+      <c r="A219">
+        <v>66519</v>
+      </c>
+      <c r="B219" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C219" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D219" t="s">
+        <v>2049</v>
+      </c>
+      <c r="E219" t="s">
+        <v>2050</v>
+      </c>
+      <c r="F219" t="s">
+        <v>2051</v>
+      </c>
+      <c r="G219" t="s">
+        <v>2052</v>
+      </c>
+      <c r="H219" t="s">
+        <v>502</v>
+      </c>
+      <c r="I219" t="s">
+        <v>503</v>
+      </c>
+      <c r="J219" t="s">
+        <v>24</v>
+      </c>
+      <c r="K219" t="s">
+        <v>2053</v>
+      </c>
+      <c r="L219" t="s">
+        <v>26</v>
+      </c>
+      <c r="M219" t="s">
+        <v>2054</v>
+      </c>
+      <c r="N219" t="s">
+        <v>28</v>
+      </c>
+      <c r="O219" t="s">
+        <v>2055</v>
+      </c>
+    </row>
+    <row r="220" spans="1:15">
+      <c r="A220">
+        <v>66520</v>
+      </c>
+      <c r="B220" t="s">
+        <v>574</v>
+      </c>
+      <c r="C220" t="s">
+        <v>2056</v>
+      </c>
+      <c r="D220" t="s">
+        <v>2057</v>
+      </c>
+      <c r="E220" t="s">
+        <v>2058</v>
+      </c>
+      <c r="F220" t="s">
+        <v>578</v>
+      </c>
+      <c r="G220" t="s">
+        <v>579</v>
+      </c>
+      <c r="H220" t="s">
+        <v>580</v>
+      </c>
+      <c r="I220" t="s">
+        <v>581</v>
+      </c>
+      <c r="J220" t="s">
+        <v>24</v>
+      </c>
+      <c r="K220" t="s">
+        <v>25</v>
+      </c>
+      <c r="L220" t="s">
+        <v>26</v>
+      </c>
+      <c r="M220" t="s">
+        <v>27</v>
+      </c>
+      <c r="N220" t="s">
+        <v>28</v>
+      </c>
+      <c r="O220" t="s">
+        <v>2059</v>
+      </c>
+    </row>
+    <row r="221" spans="1:15">
+      <c r="A221">
+        <v>66521</v>
+      </c>
+      <c r="B221" t="s">
+        <v>424</v>
+      </c>
+      <c r="C221" t="s">
+        <v>425</v>
+      </c>
+      <c r="D221" t="s">
+        <v>2060</v>
+      </c>
+      <c r="E221" t="s">
+        <v>2061</v>
+      </c>
+      <c r="F221" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G221" t="s">
+        <v>429</v>
+      </c>
+      <c r="H221" t="s">
+        <v>2063</v>
+      </c>
+      <c r="I221" t="s">
+        <v>431</v>
+      </c>
+      <c r="J221" t="s">
+        <v>24</v>
+      </c>
+      <c r="K221" t="s">
+        <v>69</v>
+      </c>
+      <c r="L221" t="s">
+        <v>26</v>
+      </c>
+      <c r="M221" t="s">
+        <v>70</v>
+      </c>
+      <c r="N221" t="s">
+        <v>28</v>
+      </c>
+      <c r="O221" t="s">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="222" spans="1:15">
+      <c r="A222">
+        <v>66522</v>
+      </c>
+      <c r="B222" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C222" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D222" t="s">
+        <v>2067</v>
+      </c>
+      <c r="E222" t="s">
+        <v>2068</v>
+      </c>
+      <c r="F222" t="s">
+        <v>2069</v>
+      </c>
+      <c r="G222" t="s">
+        <v>2070</v>
+      </c>
+      <c r="H222" t="s">
+        <v>2071</v>
+      </c>
+      <c r="I222" t="s">
+        <v>2072</v>
+      </c>
+      <c r="J222" t="s">
+        <v>24</v>
+      </c>
+      <c r="K222" t="s">
+        <v>1971</v>
+      </c>
+      <c r="L222" t="s">
+        <v>26</v>
+      </c>
+      <c r="M222" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N222" t="s">
+        <v>28</v>
+      </c>
+      <c r="O222" t="s">
+        <v>2073</v>
+      </c>
+    </row>
+    <row r="223" spans="1:15">
+      <c r="A223">
+        <v>66523</v>
+      </c>
+      <c r="B223" t="s">
+        <v>469</v>
+      </c>
+      <c r="C223" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D223" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E223" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F223" t="s">
+        <v>473</v>
+      </c>
+      <c r="G223" t="s">
+        <v>474</v>
+      </c>
+      <c r="H223" t="s">
+        <v>475</v>
+      </c>
+      <c r="I223" t="s">
+        <v>2077</v>
+      </c>
+      <c r="J223" t="s">
+        <v>24</v>
+      </c>
+      <c r="K223" t="s">
+        <v>122</v>
+      </c>
+      <c r="L223" t="s">
+        <v>26</v>
+      </c>
+      <c r="M223" t="s">
+        <v>123</v>
+      </c>
+      <c r="N223" t="s">
+        <v>28</v>
+      </c>
+      <c r="O223" t="s">
+        <v>2078</v>
+      </c>
+    </row>
+    <row r="224" spans="1:15">
+      <c r="A224">
+        <v>66524</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C224" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D224" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E224" t="s">
+        <v>2081</v>
+      </c>
+      <c r="F224" t="s">
+        <v>2082</v>
+      </c>
+      <c r="G224" t="s">
+        <v>1641</v>
+      </c>
+      <c r="H224" t="s">
+        <v>1642</v>
+      </c>
+      <c r="I224" t="s">
+        <v>1643</v>
+      </c>
+      <c r="J224" t="s">
+        <v>24</v>
+      </c>
+      <c r="K224" t="s">
+        <v>69</v>
+      </c>
+      <c r="L224" t="s">
+        <v>26</v>
+      </c>
+      <c r="M224" t="s">
+        <v>70</v>
+      </c>
+      <c r="N224" t="s">
+        <v>28</v>
+      </c>
+      <c r="O224" t="s">
+        <v>2083</v>
+      </c>
+    </row>
+    <row r="225" spans="1:15">
+      <c r="A225">
+        <v>66525</v>
+      </c>
+      <c r="B225" t="s">
+        <v>2084</v>
+      </c>
+      <c r="C225" t="s">
+        <v>2085</v>
+      </c>
+      <c r="D225" t="s">
+        <v>2086</v>
+      </c>
+      <c r="E225" t="s">
+        <v>2087</v>
+      </c>
+      <c r="F225" t="s">
+        <v>1497</v>
+      </c>
+      <c r="G225" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H225" t="s">
+        <v>1499</v>
+      </c>
+      <c r="I225" t="s">
+        <v>1500</v>
+      </c>
+      <c r="J225" t="s">
+        <v>24</v>
+      </c>
+      <c r="K225" t="s">
+        <v>69</v>
+      </c>
+      <c r="L225" t="s">
+        <v>26</v>
+      </c>
+      <c r="M225" t="s">
+        <v>70</v>
+      </c>
+      <c r="N225" t="s">
+        <v>28</v>
+      </c>
+      <c r="O225" t="s">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="226" spans="1:15">
+      <c r="A226">
+        <v>66526</v>
+      </c>
+      <c r="B226" t="s">
+        <v>2089</v>
+      </c>
+      <c r="C226" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D226" t="s">
+        <v>2091</v>
+      </c>
+      <c r="E226" t="s">
+        <v>2092</v>
+      </c>
+      <c r="F226" t="s">
+        <v>2093</v>
+      </c>
+      <c r="G226" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H226" t="s">
+        <v>1508</v>
+      </c>
+      <c r="I226" t="s">
+        <v>1509</v>
+      </c>
+      <c r="J226" t="s">
+        <v>24</v>
+      </c>
+      <c r="K226" t="s">
+        <v>69</v>
+      </c>
+      <c r="L226" t="s">
+        <v>26</v>
+      </c>
+      <c r="M226" t="s">
+        <v>70</v>
+      </c>
+      <c r="N226" t="s">
+        <v>28</v>
+      </c>
+      <c r="O226" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="227" spans="1:15">
+      <c r="A227">
+        <v>66527</v>
+      </c>
+      <c r="B227" t="s">
+        <v>507</v>
+      </c>
+      <c r="C227" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D227" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E227" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F227" t="s">
+        <v>2098</v>
+      </c>
+      <c r="G227" t="s">
+        <v>512</v>
+      </c>
+      <c r="H227" t="s">
+        <v>513</v>
+      </c>
+      <c r="I227" t="s">
+        <v>514</v>
+      </c>
+      <c r="J227" t="s">
+        <v>24</v>
+      </c>
+      <c r="K227" t="s">
+        <v>1997</v>
+      </c>
+      <c r="L227" t="s">
+        <v>26</v>
+      </c>
+      <c r="M227" t="s">
+        <v>1998</v>
+      </c>
+      <c r="N227" t="s">
+        <v>28</v>
+      </c>
+      <c r="O227" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="228" spans="1:15">
+      <c r="A228">
+        <v>66529</v>
+      </c>
+      <c r="B228" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C228" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D228" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E228" t="s">
+        <v>2103</v>
+      </c>
+      <c r="F228" t="s">
+        <v>2104</v>
+      </c>
+      <c r="G228" t="s">
+        <v>1896</v>
+      </c>
+      <c r="H228" t="s">
+        <v>1897</v>
+      </c>
+      <c r="I228" t="s">
+        <v>1898</v>
+      </c>
+      <c r="J228" t="s">
+        <v>24</v>
+      </c>
+      <c r="K228" t="s">
+        <v>2105</v>
+      </c>
+      <c r="L228" t="s">
+        <v>26</v>
+      </c>
+      <c r="M228" t="s">
+        <v>2106</v>
+      </c>
+      <c r="N228" t="s">
+        <v>28</v>
+      </c>
+      <c r="O228" t="s">
+        <v>2107</v>
+      </c>
+    </row>
+    <row r="229" spans="1:15">
+      <c r="A229">
+        <v>66530</v>
+      </c>
+      <c r="B229" t="s">
+        <v>2108</v>
+      </c>
+      <c r="C229" t="s">
+        <v>2109</v>
+      </c>
+      <c r="D229" t="s">
+        <v>2110</v>
+      </c>
+      <c r="E229" t="s">
+        <v>2111</v>
+      </c>
+      <c r="F229" t="s">
+        <v>2112</v>
+      </c>
+      <c r="G229" t="s">
+        <v>351</v>
+      </c>
+      <c r="H229" t="s">
+        <v>352</v>
+      </c>
+      <c r="I229" t="s">
+        <v>353</v>
+      </c>
+      <c r="J229" t="s">
+        <v>24</v>
+      </c>
+      <c r="K229" t="s">
+        <v>342</v>
+      </c>
+      <c r="L229" t="s">
+        <v>26</v>
+      </c>
+      <c r="M229" t="s">
+        <v>344</v>
+      </c>
+      <c r="N229" t="s">
+        <v>28</v>
+      </c>
+      <c r="O229" t="s">
+        <v>2113</v>
+      </c>
+    </row>
+    <row r="230" spans="1:15">
+      <c r="A230">
+        <v>66531</v>
+      </c>
+      <c r="B230" t="s">
+        <v>2114</v>
+      </c>
+      <c r="C230" t="s">
+        <v>2115</v>
+      </c>
+      <c r="D230" t="s">
+        <v>2116</v>
+      </c>
+      <c r="E230" t="s">
+        <v>2117</v>
+      </c>
+      <c r="F230" t="s">
+        <v>2118</v>
+      </c>
+      <c r="G230" t="s">
+        <v>2119</v>
+      </c>
+      <c r="H230" t="s">
+        <v>2120</v>
+      </c>
+      <c r="I230" t="s">
+        <v>2121</v>
+      </c>
+      <c r="J230" t="s">
+        <v>89</v>
+      </c>
+      <c r="K230" t="s">
+        <v>2122</v>
+      </c>
+      <c r="L230" t="s">
+        <v>91</v>
+      </c>
+      <c r="M230" t="s">
+        <v>2123</v>
+      </c>
+      <c r="N230" t="s">
+        <v>28</v>
+      </c>
+      <c r="O230" t="s">
+        <v>2124</v>
+      </c>
+    </row>
+    <row r="231" spans="1:15">
+      <c r="A231">
+        <v>66532</v>
+      </c>
+      <c r="B231" t="s">
+        <v>2125</v>
+      </c>
+      <c r="C231" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D231" t="s">
+        <v>2127</v>
+      </c>
+      <c r="E231" t="s">
+        <v>2128</v>
+      </c>
+      <c r="F231" t="s">
+        <v>596</v>
+      </c>
+      <c r="G231" t="s">
+        <v>597</v>
+      </c>
+      <c r="H231" t="s">
+        <v>598</v>
+      </c>
+      <c r="I231" t="s">
+        <v>599</v>
+      </c>
+      <c r="J231" t="s">
+        <v>89</v>
+      </c>
+      <c r="K231" t="s">
+        <v>2129</v>
+      </c>
+      <c r="L231" t="s">
+        <v>91</v>
+      </c>
+      <c r="M231" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N231" t="s">
+        <v>28</v>
+      </c>
+      <c r="O231" t="s">
+        <v>2131</v>
+      </c>
+    </row>
+    <row r="232" spans="1:15">
+      <c r="A232">
+        <v>66533</v>
+      </c>
+      <c r="B232" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C232" t="s">
+        <v>2133</v>
+      </c>
+      <c r="D232" t="s">
+        <v>2134</v>
+      </c>
+      <c r="E232" t="s">
+        <v>2135</v>
+      </c>
+      <c r="F232" t="s">
+        <v>437</v>
+      </c>
+      <c r="G232" t="s">
+        <v>438</v>
+      </c>
+      <c r="H232" t="s">
+        <v>439</v>
+      </c>
+      <c r="I232" t="s">
+        <v>2136</v>
+      </c>
+      <c r="J232" t="s">
+        <v>24</v>
+      </c>
+      <c r="K232" t="s">
+        <v>2137</v>
+      </c>
+      <c r="L232" t="s">
+        <v>26</v>
+      </c>
+      <c r="M232" t="s">
+        <v>2138</v>
+      </c>
+      <c r="N232" t="s">
+        <v>28</v>
+      </c>
+      <c r="O232" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="233" spans="1:15">
+      <c r="A233">
+        <v>66534</v>
+      </c>
+      <c r="B233" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C233" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D233" t="s">
+        <v>2142</v>
+      </c>
+      <c r="E233" t="s">
+        <v>2143</v>
+      </c>
+      <c r="F233" t="s">
+        <v>2144</v>
+      </c>
+      <c r="G233" t="s">
+        <v>2145</v>
+      </c>
+      <c r="H233" t="s">
+        <v>1282</v>
+      </c>
+      <c r="I233" t="s">
+        <v>1283</v>
+      </c>
+      <c r="J233" t="s">
+        <v>24</v>
+      </c>
+      <c r="K233" t="s">
+        <v>122</v>
+      </c>
+      <c r="L233" t="s">
+        <v>26</v>
+      </c>
+      <c r="M233" t="s">
+        <v>123</v>
+      </c>
+      <c r="N233" t="s">
+        <v>28</v>
+      </c>
+      <c r="O233" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="234" spans="1:15">
+      <c r="A234">
+        <v>66535</v>
+      </c>
+      <c r="B234" t="s">
+        <v>2147</v>
+      </c>
+      <c r="C234" t="s">
+        <v>2148</v>
+      </c>
+      <c r="D234" t="s">
+        <v>2149</v>
+      </c>
+      <c r="E234" t="s">
+        <v>2150</v>
+      </c>
+      <c r="F234" t="s">
+        <v>2151</v>
+      </c>
+      <c r="G234" t="s">
+        <v>2152</v>
+      </c>
+      <c r="H234" t="s">
+        <v>2153</v>
+      </c>
+      <c r="I234" t="s">
+        <v>2154</v>
+      </c>
+      <c r="J234" t="s">
+        <v>2155</v>
+      </c>
+      <c r="K234" t="s">
+        <v>2156</v>
+      </c>
+      <c r="L234" t="s">
+        <v>2157</v>
+      </c>
+      <c r="M234" t="s">
+        <v>2158</v>
+      </c>
+      <c r="N234" t="s">
+        <v>28</v>
+      </c>
+      <c r="O234" t="s">
+        <v>2159</v>
+      </c>
+    </row>
+    <row r="235" spans="1:15">
+      <c r="A235">
+        <v>66536</v>
+      </c>
+      <c r="B235" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C235" t="s">
+        <v>2161</v>
+      </c>
+      <c r="D235" t="s">
+        <v>2162</v>
+      </c>
+      <c r="E235" t="s">
+        <v>2163</v>
+      </c>
+      <c r="F235" t="s">
+        <v>2164</v>
+      </c>
+      <c r="G235" t="s">
+        <v>2165</v>
+      </c>
+      <c r="H235" t="s">
+        <v>2166</v>
+      </c>
+      <c r="I235" t="s">
+        <v>2167</v>
+      </c>
+      <c r="J235" t="s">
+        <v>24</v>
+      </c>
+      <c r="K235" t="s">
+        <v>1997</v>
+      </c>
+      <c r="L235" t="s">
+        <v>26</v>
+      </c>
+      <c r="M235" t="s">
+        <v>1998</v>
+      </c>
+      <c r="N235" t="s">
+        <v>28</v>
+      </c>
+      <c r="O235" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="236" spans="1:15">
+      <c r="A236">
+        <v>66537</v>
+      </c>
+      <c r="B236" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C236" t="s">
+        <v>2170</v>
+      </c>
+      <c r="D236" t="s">
+        <v>2171</v>
+      </c>
+      <c r="E236" t="s">
+        <v>2172</v>
+      </c>
+      <c r="F236" t="s">
+        <v>2173</v>
+      </c>
+      <c r="G236" t="s">
+        <v>1959</v>
+      </c>
+      <c r="H236" t="s">
+        <v>1960</v>
+      </c>
+      <c r="I236" t="s">
+        <v>2174</v>
+      </c>
+      <c r="J236" t="s">
+        <v>24</v>
+      </c>
+      <c r="K236" t="s">
+        <v>1997</v>
+      </c>
+      <c r="L236" t="s">
+        <v>26</v>
+      </c>
+      <c r="M236" t="s">
+        <v>1998</v>
+      </c>
+      <c r="N236" t="s">
+        <v>28</v>
+      </c>
+      <c r="O236" t="s">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="237" spans="1:15">
+      <c r="A237">
+        <v>66538</v>
+      </c>
+      <c r="B237" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C237" t="s">
+        <v>2177</v>
+      </c>
+      <c r="D237" t="s">
+        <v>2178</v>
+      </c>
+      <c r="E237" t="s">
+        <v>2179</v>
+      </c>
+      <c r="F237" t="s">
+        <v>2180</v>
+      </c>
+      <c r="G237" t="s">
+        <v>588</v>
+      </c>
+      <c r="H237" t="s">
+        <v>589</v>
+      </c>
+      <c r="I237" t="s">
+        <v>590</v>
+      </c>
+      <c r="J237" t="s">
+        <v>24</v>
+      </c>
+      <c r="K237" t="s">
+        <v>2181</v>
+      </c>
+      <c r="L237" t="s">
+        <v>26</v>
+      </c>
+      <c r="M237" t="s">
+        <v>2182</v>
+      </c>
+      <c r="N237" t="s">
+        <v>28</v>
+      </c>
+      <c r="O237" t="s">
+        <v>2183</v>
+      </c>
+    </row>
+    <row r="238" spans="1:15">
+      <c r="A238">
+        <v>66540</v>
+      </c>
+      <c r="B238" t="s">
+        <v>2184</v>
+      </c>
+      <c r="C238" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D238" t="s">
+        <v>2186</v>
+      </c>
+      <c r="E238" t="s">
+        <v>2187</v>
+      </c>
+      <c r="F238" t="s">
+        <v>2188</v>
+      </c>
+      <c r="G238" t="s">
+        <v>2189</v>
+      </c>
+      <c r="H238" t="s">
+        <v>2190</v>
+      </c>
+      <c r="I238" t="s">
+        <v>386</v>
+      </c>
+      <c r="J238" t="s">
+        <v>24</v>
+      </c>
+      <c r="K238" t="s">
+        <v>2191</v>
+      </c>
+      <c r="L238" t="s">
+        <v>26</v>
+      </c>
+      <c r="M238" t="s">
+        <v>2192</v>
+      </c>
+      <c r="N238" t="s">
+        <v>28</v>
+      </c>
+      <c r="O238" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="239" spans="1:15">
+      <c r="A239">
+        <v>66541</v>
+      </c>
+      <c r="B239" t="s">
+        <v>565</v>
+      </c>
+      <c r="C239" t="s">
+        <v>2194</v>
+      </c>
+      <c r="D239" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E239" t="s">
+        <v>2196</v>
+      </c>
+      <c r="F239" t="s">
+        <v>2197</v>
+      </c>
+      <c r="G239" t="s">
+        <v>570</v>
+      </c>
+      <c r="H239" t="s">
+        <v>571</v>
+      </c>
+      <c r="I239" t="s">
+        <v>572</v>
+      </c>
+      <c r="J239" t="s">
+        <v>24</v>
+      </c>
+      <c r="K239" t="s">
+        <v>2198</v>
+      </c>
+      <c r="L239" t="s">
+        <v>26</v>
+      </c>
+      <c r="M239" t="s">
+        <v>2199</v>
+      </c>
+      <c r="N239" t="s">
+        <v>28</v>
+      </c>
+      <c r="O239" t="s">
+        <v>2200</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">