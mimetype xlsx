--- v1 (2025-11-24)
+++ v2 (2026-01-25)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2219">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: тоҷикӣ
 # Source: https://hadeethenc.com/tg
-# Last update: 2025-11-18 02:22:13 (v1.10.0)
-# Check for updates: https://hadeethenc.com/en/check/tg/v1.10.0
+# Last update: 2025-11-28 20:06:44 (v1.11.0)
+# Check for updates: https://hadeethenc.com/en/check/tg/v1.11.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -112,87 +112,173 @@
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>Агарчи фусуқ (нофармонӣ, сарпечӣ) дар ҳар мавриде манъ ва ба таври бояд аз он худдорӣ шавад, вале дар мавриди ҳаҷ бинобар гиромидошти маносики он ба таври таъкид зикр шудааст.
 Инсон бехато ва пок аз гуноҳ ба дунё меояд, ӯ низ гуноҳони дигаронро ба душ нахоҳад дошт.</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[صحيح]</t>
   </si>
   <si>
     <t>[متفق عليه]</t>
   </si>
   <si>
     <t>tg</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/2758</t>
+  </si>
+  <si>
+    <t>ألا أنبئكم بأكبر الكبائر؟</t>
+  </si>
+  <si>
+    <t>Оё шуморо аз бузургтарин (гуноҳони) кабира огоҳ насозам?</t>
+  </si>
+  <si>
+    <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
+  </si>
+  <si>
+    <t>Аз Абубакра (Худованд аз ӯ розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Оё шуморо аз бузургтарин (гуноҳони) кабира огоҳ насозам?". Се маротиба такрор карданд. Гуфтанд: Бале, эй Расули Аллоҳ. Фармуданд: "Шарик овардан ба Аллоҳ ва нофармонӣ кардан ба падару модар". Дар ҳоле ки такя карда буд, нишаст ва фармуд: "Огоҳ бошед (яке аз бузургтарин гуноҳи кабира ин) сухан ва гувоҳии дурӯғ аст". Ровӣ мегӯяд: Ҳамчунон инро такрор мекард, то ин ки гуфтем, кош сукут мекарданд.</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
+1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
+2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
+3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
+وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) саҳобагонашро аз бузургтарин гуноҳони кабира хабар додааст, аз он ҷумла сетояшро зикр кардааст:
+1. Ширк овардан ба Аллоҳ, ки иборат аст аз: Анҷом додани ҳар навъ аз ибодат барои ғайри Аллоҳ ва баробар кардани ғайри дигар чиз ба Аллоҳ дар улуҳият, рубубият ва номҳову сифатҳои Ӯ.
+2. Нофармонӣ аз падару модар: Озор додани падару модар бо гуфтор, рафтор ва беэътиноӣ ва тарки некӣ кардан ба онҳо.
+3. Сухани бардурӯғ ва аз ҷумлаи сухани дурӯғ, ин шаҳодати бардурӯғ аст. Ва он иборат аст аз ҳар сухани дурӯғе, ки бо ҳадафи таҳқиру кам шумурдани шахсе дар баробари ба даст овардани мол ё дастдарозӣ ба номусу обурӯйи он шахс ва монанди ин корҳо сурат мегирад.
+Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) нисбат ба сухани дурӯғ ва барои зишт будан ва осори баде, ки бар ҷомеа мегузорад, такрор ба такрор ҳушдор доданд. То ҷое, ки саҳоба аз рӯйи дилсӯзӣ барои он ҳазрат ва бад донистани он чи сабаби озори Ӯ мешавад, гуфтанд, ки кош ин гуфтаро зиёд идома намедоданд.</t>
+  </si>
+  <si>
+    <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
+عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
+الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
+  </si>
+  <si>
+    <t>Бузургтарин гуноҳ шарик овардан ба Аллоҳ аст. Зеро Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ин гуноҳро дар садри гуноҳони кабира ва бузургтарини он муаррифӣ кардааст. Ва ин ояти Қуръон низ сухани Паёмбарро таъйид мекунад, ки Аллоҳ Таъоло фармудааст: 
+"Бе гумон, Аллоҳ Таъоло ин гуноҳро, ки ба Ӯ шарик оварда шавад, намебахшад ва ғайр аз онро – барои ҳар ки бихоҳад – мебахшад; ва ҳар ки ба Аллоҳ Таъоло ширк варзад, яқинан, гуноҳи бузург ба гардан гирифтааст".
+Бузургии ҳуқуқи падару модар, чунон ки ҳаққи онҳоро бо ҳаққи Аллоҳ Таъоло зикр кардааст.
+Гуноҳон ба ду навъ тақсим мешаванд: кабира ва сағира (бузург ва хурд). 
+Гуноҳи кабира: ҳар гуноҳе аст, ки барои он ҷазои дунявӣ омада бошад, аз қабили ҷазо додан, нафрин ва лаънат хондан, ва ё таҳдиди ухравӣ дошта бошад, монанди таҳдиди дӯзахӣ шудан. Гуноҳони кабира дараҷаҳо доранд, ки дар ҳаром будан баъзе шадидтар аз дигараш аст. Ҳар гуноҳе, ки аз ҷумлаи гуноҳони кабира набошад, гуноҳи сағира аст.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/2941</t>
   </si>
   <si>
     <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>Агар касе бародарашро дӯст бидорад, бигзор аз муҳаббаташ ӯро огаҳ кунад</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Аз Миқдом ибни Маъдӣ Кариб (Худованд аз ӯ розӣ бод) омадааст, ки Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Агар касе бародарашро дӯст бидорад, бигзор аз муҳаббаташ ӯро огаҳ кунад".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) яке аз авомили тақвияти робита ва густариши муҳаббат миёни муъминонро чунин баён медорад: "агар касе бародарашро дӯст дорад, ба ӯ бигӯяд, ки ӯро дӯст медорад".</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Фазилати муҳаббат ва дӯстии холис барои Аллоҳ Таъоло, на барои манфиатҳои дунявӣ.
 Огаҳ сохтани касе, ки ӯро танҳо барои Аллоҳ дӯст медоред амали нек ва мустаҳаб аст, то муҳаббат ва ошноӣ бештар гардад.
 Густариши муҳаббат миёни муъминон бародариро мустаҳкам ва ҷомеаро аз парокандагӣ ва тафриқа нигоҳ медорад.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3017</t>
+  </si>
+  <si>
+    <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
+  </si>
+  <si>
+    <t>Гуноҳони кабира иборатанд аз: ширк овардан ба Аллоҳ, бадрафторӣ бо падару модар, куштани инсони бегуноҳ ва савганди дурӯғ</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
+  </si>
+  <si>
+    <t>Аз Абдуллоҳ ибни Амр ибни Ос (Худованд аз он ду розӣ бод) ривоят аст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Гуноҳони кабира иборатанд аз: ширк овардан ба Аллоҳ, бадрафторӣ бо падару модар, куштани инсони бегуноҳ ва савганди дурӯғ".</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
+فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
+وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
+وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
+ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
+  </si>
+  <si>
+    <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ба баёни гуноҳони кабира пардохтанд ва манзур аз гуноҳони кабира он гуноҳоне ҳастанд, ки анҷомдиҳандааш ба ваъиди шадид дар дунё ва охират таҳдид шудааст.
+Нахустини он гуноҳон "Ширк овардан ба Аллоҳ" аст: Ва он анҷом додани ҳар яке аз ибодатҳо барои ғайри Аллоҳ ва баробар сохтани касе ё чизе ба Аллоҳ дар яке аз хусусиятҳои улуҳият ва рубубият ва номҳо ва сифатҳои Аллоҳ аст.
+Ва дувумини он "Бадрафторӣ ба падару модар" Ва он ҳар чизе, ки ба падару модар озор мерасонад, чи дар гуфтор ва чӣ дар рафтор ва беэътиноӣ нисбат ба онҳо ва тарки неки дар ҳаққи онон.
+Ва сеюми он "Қатли нафс": ба ғайри ҳақ аст, монанди куштан аз рӯйи зулм ва таҷовуз дар ҳақ.
+Ва чаҳоруми он: " Савганди бардуруғ" аст, савганди бардуруғ ва донистани дуруғ будани он. Ин савгандро "ғамус" (ғутавар)  ном ниҳодаанд, ки соҳибашро дар гуноҳ ё дар оташи дӯзах ғутавар месозад.</t>
+  </si>
+  <si>
+    <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
+الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
+الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
+  </si>
+  <si>
+    <t>Савганди ғамус (савганди дуруғин барои чизе, ки дар гузашта рух додааст) ба сабаби шиддати хатарнок ва ҷиноят буданаш каффора надорад, балки тавба дорад.
+Ба таври хос зикр шудани чаҳор гуноҳ дар ин ҳадис барои бузург будани ин гуноҳон аст, на барои маҳдуд кардани гуноҳони кабира.
+Гуноҳон бар ду навъ кабира ва сағира тақсим мешаванд. Гуноҳи кабира: ҳар гуноҳе аст, ки барои он ҷазои дунявӣ омада бошад, аз қабили ҳудуд, нафрин ва лаънат ва ё таҳдиди ухравӣ монанди таҳдиди дӯзахӣ шудан. Гуноҳони кабира дараҷаҳо доранд, ки таҳрими баъзеашон шадидтар аз дигараш аст. Ҳар гуноҳе, ки аз ҷумлаи гуноҳони кабира набошад, гуноҳи сағира аст.</t>
+  </si>
+  <si>
+    <t>رواه البخاري</t>
+  </si>
+  <si>
+    <t>[رواه البخاري]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/3044</t>
   </si>
   <si>
     <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>Аз ҳафт (гуноҳи) ҳалоккунанда дурӣ ҷӯед</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) омадааст, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Аз ҳафт (гуноҳи) ҳалоккунанда дурӣ ҷӯед" Гуфтанд: эй Расули Худо онҳо кадомҳоянд? Расули Худо (Салому дуруди Аллоҳ бар ӯ бод) фармуд: "Ширк овардан ба Худованд, ҷодугарӣ, куштани ҷоне, ки Худованд ҳаром гардонидааст, магар ба ҳақ, хӯрдани рибо (судхӯрӣ), хурдани моли ятим, гурез дар рӯзи набард ва туҳмат задан ба занони покдомани мӯъмини ноогоҳ".</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
     <t>Паёмбари Худо (Салому дуруди Аллоҳ бар ӯ бод) уммати худро амр фармуданд то аз ҳафт гуноҳи ҳалоккунанда дурӣ ҷӯянд. Чун аз ӯ (Салому дуруди Аллоҳ бар ӯ бод) дар мавриди гуноҳони мазкур пурсида шуд, гуфтанд:
@@ -455,56 +541,50 @@
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Аз Умар ибни Хаттоб (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод)-ро шунидам, ки мегуфт: "Дар ситоиши ман зиёдаравӣ накунед, чунончи насоро дар ситоиши писари Марям зиёдаравӣ карданд, ман бандаи Аллоҳ ҳастам, бинобар ин бигӯед: фиристода ва бандаи Аллоҳ".</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ифрот ва берун рафтан аз ҳадди шаръӣ дар мадҳ ва ситоиши худ ва васф намудани ӯ (Салому дуруди Аллоҳ бар ӯ бод) ба сифат ва амалҳое, ки хоси Аллоҳ Таъоло аст, ё гуфтани инки ӯ (Салому дуруди Аллоҳ бар ӯ бод) ғайбро медонад ва ё дар баробари Аллоҳ аз ӯ дуо хостан, чунончи масеҳиён бо Исо ибни Марям карданд, манъ намудааст. Сипас баён намуданд, ки ӯ бандае аз бандагони Аллоҳ аст ва амр фармуданд, ки ӯро банда ва фиристодаи Аллоҳ бигӯем.</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>Ҳушдор аз таҷовуз кардани ҳадди шаръӣ дар мадҳу ситоиш ва бузургдошт, зеро он яке аз авомил ба сӯи ширк аст.
 Ончи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аз он ҳушдор дода буд, дар миёни ин уммат иттифоқ афтодааст. Гурӯҳе дар мавриди шахсияти Паёмбар (Салому дуруди Аллоҳ бар ӯ бод), гурӯҳи дигаре дар мавриди аҳлу байти Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ва гурӯҳе дар мавриди авлиё дучори зиёдаравӣ гардида гирифтори ширк шуданд.
 Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) худро "бандаи Аллоҳ" васф намуда баён доштанд, ки ӯ касе аст, ки бандагӣ ба Парвардигорро дорад. Бинобар ин нисбат додани ҳеҷ яке аз хусусиятҳои Худованд ба ӯ ҷоиз нест.
 Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) худро "фиристодаи Аллоҳ" васф намуда баён намуданд, ки ӯ фиристодаи Худо ба сӯи башарият аст, бинобар ин тасдиқ ва пайравӣ аз ӯ воҷиб аст.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[رواه البخاري]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/3406</t>
   </si>
   <si>
     <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>Хушбахттарини мардум дар рӯзи қиёмат ба шафоати ман касе аст, ки аз самими қалб ва ҷон "Ло илоҳа иллаллоҳ"  бигӯяд</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>Аз Абуҳурайра (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: ба Паёмбари Худо гуфтанд: эй Паёмбари Худо аз ҳама хушбахттар ба шафоати ту дар рӯзи қиёмат кист? Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) фармуданд: "Эй Абуҳурайра аз сабаби аз ҳама бештар аҳамият доданат бар аҳодиси ман, гумон доштам касе пеш аз ту дар ин маврид намепурсад. Хушбахттарини мардум дар рӯзи қиёмат ба шафоати ман касе аст, ки аз самими қалб ва ҷон "Ло илоҳа иллаллоҳ"  бигӯяд".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) хабар додаанд, ки баҳрамандтарин мардум дар рӯзи қиёмат аз шафоати ӯ (Салому дуруди Аллоҳ бар ӯ бод) касе аст, ки аз самими қалб ва холисона "Ло илоҳа иллаллоҳ", яъне нест маъбуде барҳақ магар Аллоҳ, бигӯяд ва дар айни ҳол бадур ва пок аз ширк ва риё бошад.</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
@@ -8954,51 +9034,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O239"/>
+  <dimension ref="A1:O241"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -9063,11138 +9143,11232 @@
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>25</v>
       </c>
       <c r="L3" t="s">
         <v>26</v>
       </c>
       <c r="M3" t="s">
         <v>27</v>
       </c>
       <c r="N3" t="s">
         <v>28</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4">
-        <v>3017</v>
+        <v>2941</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4" t="s">
         <v>35</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
+        <v>25</v>
+      </c>
+      <c r="L4" t="s">
+        <v>26</v>
+      </c>
+      <c r="M4" t="s">
+        <v>27</v>
+      </c>
+      <c r="N4" t="s">
+        <v>28</v>
+      </c>
+      <c r="O4" t="s">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5">
-        <v>3331</v>
+        <v>3017</v>
       </c>
       <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
         <v>41</v>
       </c>
-      <c r="C5" t="s">
+      <c r="E5" t="s">
         <v>42</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
         <v>43</v>
       </c>
-      <c r="E5" t="s">
+      <c r="G5" t="s">
         <v>44</v>
       </c>
-      <c r="F5" t="s">
+      <c r="H5" t="s">
         <v>45</v>
       </c>
-      <c r="G5" t="s">
+      <c r="I5" t="s">
         <v>46</v>
       </c>
-      <c r="H5" t="s">
+      <c r="J5" t="s">
+        <v>24</v>
+      </c>
+      <c r="K5" t="s">
         <v>47</v>
       </c>
-      <c r="I5" t="s">
+      <c r="L5" t="s">
+        <v>26</v>
+      </c>
+      <c r="M5" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N5" t="s">
         <v>28</v>
       </c>
       <c r="O5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6">
-        <v>3336</v>
+        <v>3044</v>
       </c>
       <c r="B6" t="s">
         <v>50</v>
       </c>
       <c r="C6" t="s">
         <v>51</v>
       </c>
       <c r="D6" t="s">
         <v>52</v>
       </c>
       <c r="E6" t="s">
         <v>53</v>
       </c>
       <c r="F6" t="s">
         <v>54</v>
       </c>
       <c r="G6" t="s">
         <v>55</v>
       </c>
       <c r="H6" t="s">
         <v>56</v>
       </c>
       <c r="I6" t="s">
         <v>57</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
         <v>58</v>
       </c>
       <c r="L6" t="s">
         <v>26</v>
       </c>
       <c r="M6" t="s">
         <v>59</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7">
-        <v>3342</v>
+        <v>3331</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="s">
         <v>62</v>
       </c>
       <c r="D7" t="s">
         <v>63</v>
       </c>
       <c r="E7" t="s">
         <v>64</v>
       </c>
       <c r="F7" t="s">
         <v>65</v>
       </c>
       <c r="G7" t="s">
         <v>66</v>
       </c>
       <c r="H7" t="s">
         <v>67</v>
       </c>
       <c r="I7" t="s">
         <v>68</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
+        <v>25</v>
+      </c>
+      <c r="L7" t="s">
+        <v>26</v>
+      </c>
+      <c r="M7" t="s">
+        <v>27</v>
+      </c>
+      <c r="N7" t="s">
+        <v>28</v>
+      </c>
+      <c r="O7" t="s">
         <v>69</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8">
-        <v>3347</v>
+        <v>3336</v>
       </c>
       <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
         <v>72</v>
       </c>
-      <c r="C8" t="s">
+      <c r="E8" t="s">
         <v>73</v>
       </c>
-      <c r="D8" t="s">
+      <c r="F8" t="s">
         <v>74</v>
       </c>
-      <c r="E8" t="s">
+      <c r="G8" t="s">
         <v>75</v>
       </c>
-      <c r="F8" t="s">
+      <c r="H8" t="s">
         <v>76</v>
       </c>
-      <c r="G8" t="s">
+      <c r="I8" t="s">
         <v>77</v>
       </c>
-      <c r="H8" t="s">
+      <c r="J8" t="s">
+        <v>24</v>
+      </c>
+      <c r="K8" t="s">
         <v>78</v>
       </c>
-      <c r="I8" t="s">
+      <c r="L8" t="s">
+        <v>26</v>
+      </c>
+      <c r="M8" t="s">
         <v>79</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N8" t="s">
         <v>28</v>
       </c>
       <c r="O8" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9">
-        <v>3350</v>
+        <v>3342</v>
       </c>
       <c r="B9" t="s">
         <v>81</v>
       </c>
       <c r="C9" t="s">
         <v>82</v>
       </c>
       <c r="D9" t="s">
         <v>83</v>
       </c>
       <c r="E9" t="s">
         <v>84</v>
       </c>
       <c r="F9" t="s">
         <v>85</v>
       </c>
       <c r="G9" t="s">
         <v>86</v>
       </c>
       <c r="H9" t="s">
         <v>87</v>
       </c>
       <c r="I9" t="s">
         <v>88</v>
       </c>
       <c r="J9" t="s">
+        <v>24</v>
+      </c>
+      <c r="K9" t="s">
         <v>89</v>
       </c>
-      <c r="K9" t="s">
+      <c r="L9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M9" t="s">
         <v>90</v>
       </c>
-      <c r="L9" t="s">
+      <c r="N9" t="s">
+        <v>28</v>
+      </c>
+      <c r="O9" t="s">
         <v>91</v>
-      </c>
-[...7 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10">
-        <v>3359</v>
+        <v>3347</v>
       </c>
       <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D10" t="s">
         <v>94</v>
       </c>
-      <c r="C10" t="s">
+      <c r="E10" t="s">
         <v>95</v>
       </c>
-      <c r="D10" t="s">
+      <c r="F10" t="s">
         <v>96</v>
       </c>
-      <c r="E10" t="s">
+      <c r="G10" t="s">
         <v>97</v>
       </c>
-      <c r="F10" t="s">
+      <c r="H10" t="s">
         <v>98</v>
       </c>
-      <c r="G10" t="s">
+      <c r="I10" t="s">
         <v>99</v>
       </c>
-      <c r="H10" t="s">
+      <c r="J10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K10" t="s">
+        <v>89</v>
+      </c>
+      <c r="L10" t="s">
+        <v>26</v>
+      </c>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>28</v>
+      </c>
+      <c r="O10" t="s">
         <v>100</v>
-      </c>
-[...19 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11">
-        <v>3390</v>
+        <v>3350</v>
       </c>
       <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>102</v>
+      </c>
+      <c r="D11" t="s">
+        <v>103</v>
+      </c>
+      <c r="E11" t="s">
+        <v>104</v>
+      </c>
+      <c r="F11" t="s">
         <v>105</v>
       </c>
-      <c r="C11" t="s">
+      <c r="G11" t="s">
         <v>106</v>
       </c>
-      <c r="D11" t="s">
+      <c r="H11" t="s">
         <v>107</v>
       </c>
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>108</v>
       </c>
-      <c r="F11" t="s">
+      <c r="J11" t="s">
         <v>109</v>
       </c>
-      <c r="G11" t="s">
+      <c r="K11" t="s">
         <v>110</v>
       </c>
-      <c r="H11" t="s">
+      <c r="L11" t="s">
         <v>111</v>
       </c>
-      <c r="I11" t="s">
+      <c r="M11" t="s">
         <v>112</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N11" t="s">
         <v>28</v>
       </c>
       <c r="O11" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12">
-        <v>3406</v>
+        <v>3359</v>
       </c>
       <c r="B12" t="s">
         <v>114</v>
       </c>
       <c r="C12" t="s">
         <v>115</v>
       </c>
       <c r="D12" t="s">
         <v>116</v>
       </c>
       <c r="E12" t="s">
         <v>117</v>
       </c>
       <c r="F12" t="s">
         <v>118</v>
       </c>
       <c r="G12" t="s">
         <v>119</v>
       </c>
       <c r="H12" t="s">
         <v>120</v>
       </c>
       <c r="I12" t="s">
         <v>121</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
         <v>122</v>
       </c>
       <c r="L12" t="s">
         <v>26</v>
       </c>
       <c r="M12" t="s">
         <v>123</v>
       </c>
       <c r="N12" t="s">
         <v>28</v>
       </c>
       <c r="O12" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13">
-        <v>3414</v>
+        <v>3390</v>
       </c>
       <c r="B13" t="s">
         <v>125</v>
       </c>
       <c r="C13" t="s">
         <v>126</v>
       </c>
       <c r="D13" t="s">
         <v>127</v>
       </c>
       <c r="E13" t="s">
         <v>128</v>
       </c>
       <c r="F13" t="s">
         <v>129</v>
       </c>
       <c r="G13" t="s">
         <v>130</v>
       </c>
       <c r="H13" t="s">
         <v>131</v>
       </c>
       <c r="I13" t="s">
         <v>132</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L13" t="s">
         <v>26</v>
       </c>
       <c r="M13" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N13" t="s">
         <v>28</v>
       </c>
       <c r="O13" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14">
-        <v>3418</v>
+        <v>3406</v>
       </c>
       <c r="B14" t="s">
         <v>134</v>
       </c>
       <c r="C14" t="s">
         <v>135</v>
       </c>
       <c r="D14" t="s">
         <v>136</v>
       </c>
       <c r="E14" t="s">
         <v>137</v>
       </c>
       <c r="F14" t="s">
         <v>138</v>
       </c>
       <c r="G14" t="s">
         <v>139</v>
       </c>
       <c r="H14" t="s">
         <v>140</v>
       </c>
       <c r="I14" t="s">
         <v>141</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="L14" t="s">
         <v>26</v>
       </c>
       <c r="M14" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="N14" t="s">
         <v>28</v>
       </c>
       <c r="O14" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
-        <v>3420</v>
+        <v>3414</v>
       </c>
       <c r="B15" t="s">
         <v>143</v>
       </c>
       <c r="C15" t="s">
         <v>144</v>
       </c>
       <c r="D15" t="s">
         <v>145</v>
       </c>
       <c r="E15" t="s">
         <v>146</v>
       </c>
       <c r="F15" t="s">
         <v>147</v>
       </c>
       <c r="G15" t="s">
         <v>148</v>
       </c>
       <c r="H15" t="s">
         <v>149</v>
       </c>
       <c r="I15" t="s">
         <v>150</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="L15" t="s">
         <v>26</v>
       </c>
       <c r="M15" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="N15" t="s">
         <v>28</v>
       </c>
       <c r="O15" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
-        <v>3475</v>
+        <v>3418</v>
       </c>
       <c r="B16" t="s">
         <v>152</v>
       </c>
       <c r="C16" t="s">
         <v>153</v>
       </c>
       <c r="D16" t="s">
         <v>154</v>
       </c>
       <c r="E16" t="s">
         <v>155</v>
       </c>
       <c r="F16" t="s">
         <v>156</v>
       </c>
       <c r="G16" t="s">
         <v>157</v>
       </c>
       <c r="H16" t="s">
         <v>158</v>
       </c>
       <c r="I16" t="s">
         <v>159</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="L16" t="s">
         <v>26</v>
       </c>
       <c r="M16" t="s">
-        <v>123</v>
+        <v>90</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
-        <v>3553</v>
+        <v>3420</v>
       </c>
       <c r="B17" t="s">
         <v>161</v>
       </c>
       <c r="C17" t="s">
         <v>162</v>
       </c>
       <c r="D17" t="s">
         <v>163</v>
       </c>
       <c r="E17" t="s">
         <v>164</v>
       </c>
       <c r="F17" t="s">
         <v>165</v>
       </c>
       <c r="G17" t="s">
         <v>166</v>
       </c>
       <c r="H17" t="s">
         <v>167</v>
       </c>
       <c r="I17" t="s">
         <v>168</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
-        <v>123</v>
+        <v>90</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
-        <v>3567</v>
+        <v>3475</v>
       </c>
       <c r="B18" t="s">
         <v>170</v>
       </c>
       <c r="C18" t="s">
         <v>171</v>
       </c>
       <c r="D18" t="s">
         <v>172</v>
       </c>
       <c r="E18" t="s">
         <v>173</v>
       </c>
       <c r="F18" t="s">
         <v>174</v>
       </c>
       <c r="G18" t="s">
         <v>175</v>
       </c>
       <c r="H18" t="s">
         <v>176</v>
       </c>
       <c r="I18" t="s">
         <v>177</v>
       </c>
       <c r="J18" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K18" t="s">
+        <v>58</v>
+      </c>
+      <c r="L18" t="s">
+        <v>26</v>
+      </c>
+      <c r="M18" t="s">
+        <v>59</v>
+      </c>
+      <c r="N18" t="s">
+        <v>28</v>
+      </c>
+      <c r="O18" t="s">
         <v>178</v>
-      </c>
-[...10 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
-        <v>3581</v>
+        <v>3553</v>
       </c>
       <c r="B19" t="s">
+        <v>179</v>
+      </c>
+      <c r="C19" t="s">
+        <v>180</v>
+      </c>
+      <c r="D19" t="s">
         <v>181</v>
       </c>
-      <c r="C19" t="s">
+      <c r="E19" t="s">
         <v>182</v>
       </c>
-      <c r="D19" t="s">
+      <c r="F19" t="s">
         <v>183</v>
       </c>
-      <c r="E19" t="s">
+      <c r="G19" t="s">
         <v>184</v>
       </c>
-      <c r="F19" t="s">
+      <c r="H19" t="s">
         <v>185</v>
       </c>
-      <c r="G19" t="s">
+      <c r="I19" t="s">
         <v>186</v>
       </c>
-      <c r="H19" t="s">
+      <c r="J19" t="s">
+        <v>24</v>
+      </c>
+      <c r="K19" t="s">
+        <v>58</v>
+      </c>
+      <c r="L19" t="s">
+        <v>26</v>
+      </c>
+      <c r="M19" t="s">
+        <v>59</v>
+      </c>
+      <c r="N19" t="s">
+        <v>28</v>
+      </c>
+      <c r="O19" t="s">
         <v>187</v>
-      </c>
-[...19 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
-        <v>3588</v>
+        <v>3567</v>
       </c>
       <c r="B20" t="s">
+        <v>188</v>
+      </c>
+      <c r="C20" t="s">
+        <v>189</v>
+      </c>
+      <c r="D20" t="s">
         <v>190</v>
       </c>
-      <c r="C20" t="s">
+      <c r="E20" t="s">
         <v>191</v>
       </c>
-      <c r="D20" t="s">
+      <c r="F20" t="s">
         <v>192</v>
       </c>
-      <c r="E20" t="s">
+      <c r="G20" t="s">
         <v>193</v>
       </c>
-      <c r="F20" t="s">
+      <c r="H20" t="s">
         <v>194</v>
       </c>
-      <c r="G20" t="s">
+      <c r="I20" t="s">
         <v>195</v>
       </c>
-      <c r="H20" t="s">
+      <c r="J20" t="s">
+        <v>109</v>
+      </c>
+      <c r="K20" t="s">
         <v>196</v>
       </c>
-      <c r="I20" t="s">
+      <c r="L20" t="s">
+        <v>111</v>
+      </c>
+      <c r="M20" t="s">
         <v>197</v>
       </c>
-      <c r="J20" t="s">
-[...2 lines deleted...]
-      <c r="K20" t="s">
+      <c r="N20" t="s">
+        <v>28</v>
+      </c>
+      <c r="O20" t="s">
         <v>198</v>
-      </c>
-[...10 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
-        <v>3591</v>
+        <v>3581</v>
       </c>
       <c r="B21" t="s">
+        <v>199</v>
+      </c>
+      <c r="C21" t="s">
+        <v>200</v>
+      </c>
+      <c r="D21" t="s">
         <v>201</v>
       </c>
-      <c r="C21" t="s">
+      <c r="E21" t="s">
         <v>202</v>
       </c>
-      <c r="D21" t="s">
+      <c r="F21" t="s">
         <v>203</v>
       </c>
-      <c r="E21" t="s">
+      <c r="G21" t="s">
         <v>204</v>
       </c>
-      <c r="F21" t="s">
+      <c r="H21" t="s">
         <v>205</v>
       </c>
-      <c r="G21" t="s">
+      <c r="I21" t="s">
         <v>206</v>
       </c>
-      <c r="H21" t="s">
+      <c r="J21" t="s">
+        <v>24</v>
+      </c>
+      <c r="K21" t="s">
+        <v>58</v>
+      </c>
+      <c r="L21" t="s">
+        <v>26</v>
+      </c>
+      <c r="M21" t="s">
+        <v>59</v>
+      </c>
+      <c r="N21" t="s">
+        <v>28</v>
+      </c>
+      <c r="O21" t="s">
         <v>207</v>
-      </c>
-[...19 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
-        <v>3686</v>
+        <v>3588</v>
       </c>
       <c r="B22" t="s">
+        <v>208</v>
+      </c>
+      <c r="C22" t="s">
+        <v>209</v>
+      </c>
+      <c r="D22" t="s">
         <v>210</v>
       </c>
-      <c r="C22" t="s">
+      <c r="E22" t="s">
         <v>211</v>
       </c>
-      <c r="D22" t="s">
+      <c r="F22" t="s">
         <v>212</v>
       </c>
-      <c r="E22" t="s">
+      <c r="G22" t="s">
         <v>213</v>
       </c>
-      <c r="F22" t="s">
+      <c r="H22" t="s">
         <v>214</v>
       </c>
-      <c r="G22" t="s">
+      <c r="I22" t="s">
         <v>215</v>
       </c>
-      <c r="H22" t="s">
+      <c r="J22" t="s">
+        <v>24</v>
+      </c>
+      <c r="K22" t="s">
         <v>216</v>
       </c>
-      <c r="I22" t="s">
+      <c r="L22" t="s">
+        <v>26</v>
+      </c>
+      <c r="M22" t="s">
         <v>217</v>
-      </c>
-[...10 lines deleted...]
-        <v>123</v>
       </c>
       <c r="N22" t="s">
         <v>28</v>
       </c>
       <c r="O22" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
-        <v>3702</v>
+        <v>3591</v>
       </c>
       <c r="B23" t="s">
         <v>219</v>
       </c>
       <c r="C23" t="s">
         <v>220</v>
       </c>
       <c r="D23" t="s">
         <v>221</v>
       </c>
       <c r="E23" t="s">
         <v>222</v>
       </c>
       <c r="F23" t="s">
         <v>223</v>
       </c>
       <c r="G23" t="s">
         <v>224</v>
       </c>
       <c r="H23" t="s">
         <v>225</v>
       </c>
       <c r="I23" t="s">
         <v>226</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
-        <v>123</v>
+        <v>90</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
-        <v>3706</v>
+        <v>3686</v>
       </c>
       <c r="B24" t="s">
         <v>228</v>
       </c>
       <c r="C24" t="s">
         <v>229</v>
       </c>
       <c r="D24" t="s">
         <v>230</v>
       </c>
       <c r="E24" t="s">
         <v>231</v>
       </c>
       <c r="F24" t="s">
         <v>232</v>
       </c>
       <c r="G24" t="s">
         <v>233</v>
       </c>
       <c r="H24" t="s">
         <v>234</v>
       </c>
       <c r="I24" t="s">
         <v>235</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
-        <v>3716</v>
+        <v>3702</v>
       </c>
       <c r="B25" t="s">
         <v>237</v>
       </c>
       <c r="C25" t="s">
         <v>238</v>
       </c>
       <c r="D25" t="s">
         <v>239</v>
       </c>
       <c r="E25" t="s">
         <v>240</v>
       </c>
       <c r="F25" t="s">
         <v>241</v>
       </c>
       <c r="G25" t="s">
         <v>242</v>
       </c>
       <c r="H25" t="s">
         <v>243</v>
       </c>
       <c r="I25" t="s">
         <v>244</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>122</v>
+        <v>58</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
-        <v>123</v>
+        <v>59</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
-        <v>3753</v>
+        <v>3706</v>
       </c>
       <c r="B26" t="s">
         <v>246</v>
       </c>
       <c r="C26" t="s">
         <v>247</v>
       </c>
       <c r="D26" t="s">
         <v>248</v>
       </c>
       <c r="E26" t="s">
         <v>249</v>
       </c>
       <c r="F26" t="s">
         <v>250</v>
       </c>
       <c r="G26" t="s">
         <v>251</v>
       </c>
       <c r="H26" t="s">
         <v>252</v>
       </c>
       <c r="I26" t="s">
         <v>253</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
         <v>25</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
         <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
-        <v>3854</v>
+        <v>3716</v>
       </c>
       <c r="B27" t="s">
         <v>255</v>
       </c>
       <c r="C27" t="s">
         <v>256</v>
       </c>
       <c r="D27" t="s">
         <v>257</v>
       </c>
       <c r="E27" t="s">
         <v>258</v>
       </c>
       <c r="F27" t="s">
         <v>259</v>
       </c>
       <c r="G27" t="s">
         <v>260</v>
       </c>
       <c r="H27" t="s">
         <v>261</v>
       </c>
       <c r="I27" t="s">
         <v>262</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>122</v>
+        <v>58</v>
       </c>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27" t="s">
-        <v>123</v>
+        <v>59</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>4186</v>
+        <v>3753</v>
       </c>
       <c r="B28" t="s">
         <v>264</v>
       </c>
       <c r="C28" t="s">
         <v>265</v>
       </c>
       <c r="D28" t="s">
         <v>266</v>
       </c>
       <c r="E28" t="s">
         <v>267</v>
       </c>
       <c r="F28" t="s">
         <v>268</v>
       </c>
       <c r="G28" t="s">
         <v>269</v>
       </c>
       <c r="H28" t="s">
         <v>270</v>
       </c>
       <c r="I28" t="s">
         <v>271</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
+        <v>25</v>
+      </c>
+      <c r="L28" t="s">
+        <v>26</v>
+      </c>
+      <c r="M28" t="s">
+        <v>27</v>
+      </c>
+      <c r="N28" t="s">
+        <v>28</v>
+      </c>
+      <c r="O28" t="s">
         <v>272</v>
-      </c>
-[...10 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>4196</v>
+        <v>3854</v>
       </c>
       <c r="B29" t="s">
+        <v>273</v>
+      </c>
+      <c r="C29" t="s">
+        <v>274</v>
+      </c>
+      <c r="D29" t="s">
         <v>275</v>
       </c>
-      <c r="C29" t="s">
+      <c r="E29" t="s">
         <v>276</v>
       </c>
-      <c r="D29" t="s">
+      <c r="F29" t="s">
         <v>277</v>
       </c>
-      <c r="E29" t="s">
+      <c r="G29" t="s">
         <v>278</v>
       </c>
-      <c r="F29" t="s">
+      <c r="H29" t="s">
         <v>279</v>
       </c>
-      <c r="G29" t="s">
+      <c r="I29" t="s">
         <v>280</v>
       </c>
-      <c r="H29" t="s">
+      <c r="J29" t="s">
+        <v>24</v>
+      </c>
+      <c r="K29" t="s">
+        <v>58</v>
+      </c>
+      <c r="L29" t="s">
+        <v>26</v>
+      </c>
+      <c r="M29" t="s">
+        <v>59</v>
+      </c>
+      <c r="N29" t="s">
+        <v>28</v>
+      </c>
+      <c r="O29" t="s">
         <v>281</v>
-      </c>
-[...19 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>4202</v>
+        <v>4186</v>
       </c>
       <c r="B30" t="s">
+        <v>282</v>
+      </c>
+      <c r="C30" t="s">
+        <v>283</v>
+      </c>
+      <c r="D30" t="s">
         <v>284</v>
       </c>
-      <c r="C30" t="s">
+      <c r="E30" t="s">
         <v>285</v>
       </c>
-      <c r="D30" t="s">
+      <c r="F30" t="s">
         <v>286</v>
       </c>
-      <c r="E30" t="s">
+      <c r="G30" t="s">
         <v>287</v>
       </c>
-      <c r="F30" t="s">
+      <c r="H30" t="s">
         <v>288</v>
       </c>
-      <c r="G30" t="s">
+      <c r="I30" t="s">
         <v>289</v>
       </c>
-      <c r="H30" t="s">
+      <c r="J30" t="s">
+        <v>24</v>
+      </c>
+      <c r="K30" t="s">
         <v>290</v>
       </c>
-      <c r="I30" t="s">
+      <c r="L30" t="s">
+        <v>26</v>
+      </c>
+      <c r="M30" t="s">
         <v>291</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>4204</v>
+        <v>4196</v>
       </c>
       <c r="B31" t="s">
         <v>293</v>
       </c>
       <c r="C31" t="s">
         <v>294</v>
       </c>
       <c r="D31" t="s">
         <v>295</v>
       </c>
       <c r="E31" t="s">
         <v>296</v>
       </c>
       <c r="F31" t="s">
         <v>297</v>
       </c>
       <c r="G31" t="s">
         <v>298</v>
       </c>
       <c r="H31" t="s">
         <v>299</v>
       </c>
       <c r="I31" t="s">
         <v>300</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>4211</v>
+        <v>4202</v>
       </c>
       <c r="B32" t="s">
         <v>302</v>
       </c>
       <c r="C32" t="s">
         <v>303</v>
       </c>
       <c r="D32" t="s">
         <v>304</v>
       </c>
       <c r="E32" t="s">
         <v>305</v>
       </c>
       <c r="F32" t="s">
         <v>306</v>
       </c>
       <c r="G32" t="s">
         <v>307</v>
       </c>
       <c r="H32" t="s">
         <v>308</v>
       </c>
       <c r="I32" t="s">
         <v>309</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
         <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>4216</v>
+        <v>4204</v>
       </c>
       <c r="B33" t="s">
         <v>311</v>
       </c>
       <c r="C33" t="s">
         <v>312</v>
       </c>
       <c r="D33" t="s">
         <v>313</v>
       </c>
       <c r="E33" t="s">
         <v>314</v>
       </c>
       <c r="F33" t="s">
         <v>315</v>
       </c>
       <c r="G33" t="s">
         <v>316</v>
       </c>
       <c r="H33" t="s">
         <v>317</v>
       </c>
       <c r="I33" t="s">
         <v>318</v>
       </c>
       <c r="J33" t="s">
+        <v>24</v>
+      </c>
+      <c r="K33" t="s">
+        <v>58</v>
+      </c>
+      <c r="L33" t="s">
+        <v>26</v>
+      </c>
+      <c r="M33" t="s">
+        <v>59</v>
+      </c>
+      <c r="N33" t="s">
+        <v>28</v>
+      </c>
+      <c r="O33" t="s">
         <v>319</v>
-      </c>
-[...13 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>4295</v>
+        <v>4211</v>
       </c>
       <c r="B34" t="s">
+        <v>320</v>
+      </c>
+      <c r="C34" t="s">
+        <v>321</v>
+      </c>
+      <c r="D34" t="s">
+        <v>322</v>
+      </c>
+      <c r="E34" t="s">
+        <v>323</v>
+      </c>
+      <c r="F34" t="s">
         <v>324</v>
       </c>
-      <c r="C34" t="s">
+      <c r="G34" t="s">
         <v>325</v>
       </c>
-      <c r="D34" t="s">
+      <c r="H34" t="s">
         <v>326</v>
       </c>
-      <c r="E34" t="s">
+      <c r="I34" t="s">
         <v>327</v>
-      </c>
-[...10 lines deleted...]
-        <v>331</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>4302</v>
+        <v>4216</v>
       </c>
       <c r="B35" t="s">
+        <v>329</v>
+      </c>
+      <c r="C35" t="s">
+        <v>330</v>
+      </c>
+      <c r="D35" t="s">
+        <v>331</v>
+      </c>
+      <c r="E35" t="s">
+        <v>332</v>
+      </c>
+      <c r="F35" t="s">
         <v>333</v>
       </c>
-      <c r="C35" t="s">
+      <c r="G35" t="s">
         <v>334</v>
       </c>
-      <c r="D35" t="s">
+      <c r="H35" t="s">
         <v>335</v>
       </c>
-      <c r="E35" t="s">
+      <c r="I35" t="s">
         <v>336</v>
       </c>
-      <c r="F35" t="s">
+      <c r="J35" t="s">
         <v>337</v>
       </c>
-      <c r="G35" t="s">
+      <c r="K35" t="s">
         <v>338</v>
       </c>
-      <c r="H35" t="s">
+      <c r="L35" t="s">
         <v>339</v>
       </c>
-      <c r="I35" t="s">
+      <c r="M35" t="s">
         <v>340</v>
       </c>
-      <c r="J35" t="s">
+      <c r="N35" t="s">
+        <v>28</v>
+      </c>
+      <c r="O35" t="s">
         <v>341</v>
-      </c>
-[...13 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>4303</v>
+        <v>4295</v>
       </c>
       <c r="B36" t="s">
+        <v>342</v>
+      </c>
+      <c r="C36" t="s">
+        <v>343</v>
+      </c>
+      <c r="D36" t="s">
+        <v>344</v>
+      </c>
+      <c r="E36" t="s">
+        <v>345</v>
+      </c>
+      <c r="F36" t="s">
         <v>346</v>
       </c>
-      <c r="C36" t="s">
+      <c r="G36" t="s">
         <v>347</v>
       </c>
-      <c r="D36" t="s">
+      <c r="H36" t="s">
         <v>348</v>
       </c>
-      <c r="E36" t="s">
+      <c r="I36" t="s">
         <v>349</v>
       </c>
-      <c r="F36" t="s">
+      <c r="J36" t="s">
+        <v>24</v>
+      </c>
+      <c r="K36" t="s">
+        <v>25</v>
+      </c>
+      <c r="L36" t="s">
+        <v>26</v>
+      </c>
+      <c r="M36" t="s">
+        <v>27</v>
+      </c>
+      <c r="N36" t="s">
+        <v>28</v>
+      </c>
+      <c r="O36" t="s">
         <v>350</v>
-      </c>
-[...25 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>4304</v>
+        <v>4302</v>
       </c>
       <c r="B37" t="s">
+        <v>351</v>
+      </c>
+      <c r="C37" t="s">
+        <v>352</v>
+      </c>
+      <c r="D37" t="s">
+        <v>353</v>
+      </c>
+      <c r="E37" t="s">
+        <v>354</v>
+      </c>
+      <c r="F37" t="s">
+        <v>355</v>
+      </c>
+      <c r="G37" t="s">
+        <v>356</v>
+      </c>
+      <c r="H37" t="s">
+        <v>357</v>
+      </c>
+      <c r="I37" t="s">
+        <v>358</v>
+      </c>
+      <c r="J37" t="s">
         <v>359</v>
       </c>
-      <c r="C37" t="s">
+      <c r="K37" t="s">
         <v>360</v>
       </c>
-      <c r="D37" t="s">
+      <c r="L37" t="s">
         <v>361</v>
       </c>
-      <c r="E37" t="s">
+      <c r="M37" t="s">
         <v>362</v>
       </c>
-      <c r="F37" t="s">
+      <c r="N37" t="s">
+        <v>28</v>
+      </c>
+      <c r="O37" t="s">
         <v>363</v>
-      </c>
-[...25 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>4307</v>
+        <v>4303</v>
       </c>
       <c r="B38" t="s">
+        <v>364</v>
+      </c>
+      <c r="C38" t="s">
+        <v>365</v>
+      </c>
+      <c r="D38" t="s">
+        <v>366</v>
+      </c>
+      <c r="E38" t="s">
+        <v>367</v>
+      </c>
+      <c r="F38" t="s">
         <v>368</v>
       </c>
-      <c r="C38" t="s">
+      <c r="G38" t="s">
         <v>369</v>
       </c>
-      <c r="D38" t="s">
+      <c r="H38" t="s">
         <v>370</v>
       </c>
-      <c r="E38" t="s">
+      <c r="I38" t="s">
         <v>371</v>
       </c>
-      <c r="F38" t="s">
+      <c r="J38" t="s">
         <v>372</v>
       </c>
-      <c r="G38" t="s">
+      <c r="K38" t="s">
         <v>373</v>
       </c>
-      <c r="H38" t="s">
+      <c r="L38" t="s">
         <v>374</v>
       </c>
-      <c r="I38" t="s">
+      <c r="M38" t="s">
         <v>375</v>
       </c>
-      <c r="J38" t="s">
-[...2 lines deleted...]
-      <c r="K38" t="s">
+      <c r="N38" t="s">
+        <v>28</v>
+      </c>
+      <c r="O38" t="s">
         <v>376</v>
-      </c>
-[...10 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>4308</v>
+        <v>4304</v>
       </c>
       <c r="B39" t="s">
+        <v>377</v>
+      </c>
+      <c r="C39" t="s">
+        <v>378</v>
+      </c>
+      <c r="D39" t="s">
         <v>379</v>
       </c>
-      <c r="C39" t="s">
+      <c r="E39" t="s">
         <v>380</v>
       </c>
-      <c r="D39" t="s">
+      <c r="F39" t="s">
         <v>381</v>
       </c>
-      <c r="E39" t="s">
+      <c r="G39" t="s">
         <v>382</v>
       </c>
-      <c r="F39" t="s">
+      <c r="H39" t="s">
         <v>383</v>
       </c>
-      <c r="G39" t="s">
+      <c r="I39" t="s">
         <v>384</v>
       </c>
-      <c r="H39" t="s">
+      <c r="J39" t="s">
+        <v>24</v>
+      </c>
+      <c r="K39" t="s">
+        <v>25</v>
+      </c>
+      <c r="L39" t="s">
+        <v>26</v>
+      </c>
+      <c r="M39" t="s">
+        <v>27</v>
+      </c>
+      <c r="N39" t="s">
+        <v>28</v>
+      </c>
+      <c r="O39" t="s">
         <v>385</v>
-      </c>
-[...19 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>4309</v>
+        <v>4307</v>
       </c>
       <c r="B40" t="s">
+        <v>386</v>
+      </c>
+      <c r="C40" t="s">
+        <v>387</v>
+      </c>
+      <c r="D40" t="s">
         <v>388</v>
       </c>
-      <c r="C40" t="s">
+      <c r="E40" t="s">
         <v>389</v>
       </c>
-      <c r="D40" t="s">
+      <c r="F40" t="s">
         <v>390</v>
       </c>
-      <c r="E40" t="s">
+      <c r="G40" t="s">
         <v>391</v>
       </c>
-      <c r="F40" t="s">
+      <c r="H40" t="s">
         <v>392</v>
       </c>
-      <c r="G40" t="s">
+      <c r="I40" t="s">
         <v>393</v>
       </c>
-      <c r="H40" t="s">
+      <c r="J40" t="s">
+        <v>337</v>
+      </c>
+      <c r="K40" t="s">
         <v>394</v>
       </c>
-      <c r="I40" t="s">
+      <c r="L40" t="s">
+        <v>339</v>
+      </c>
+      <c r="M40" t="s">
         <v>395</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>4311</v>
+        <v>4308</v>
       </c>
       <c r="B41" t="s">
         <v>397</v>
       </c>
       <c r="C41" t="s">
         <v>398</v>
       </c>
       <c r="D41" t="s">
         <v>399</v>
       </c>
       <c r="E41" t="s">
         <v>400</v>
       </c>
       <c r="F41" t="s">
         <v>401</v>
       </c>
       <c r="G41" t="s">
         <v>402</v>
       </c>
       <c r="H41" t="s">
         <v>403</v>
       </c>
       <c r="I41" t="s">
         <v>404</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>4314</v>
+        <v>4309</v>
       </c>
       <c r="B42" t="s">
         <v>406</v>
       </c>
       <c r="C42" t="s">
         <v>407</v>
       </c>
       <c r="D42" t="s">
         <v>408</v>
       </c>
       <c r="E42" t="s">
         <v>409</v>
       </c>
       <c r="F42" t="s">
         <v>410</v>
       </c>
       <c r="G42" t="s">
         <v>411</v>
       </c>
       <c r="H42" t="s">
         <v>412</v>
       </c>
       <c r="I42" t="s">
         <v>413</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>4316</v>
+        <v>4311</v>
       </c>
       <c r="B43" t="s">
         <v>415</v>
       </c>
       <c r="C43" t="s">
         <v>416</v>
       </c>
       <c r="D43" t="s">
         <v>417</v>
       </c>
       <c r="E43" t="s">
         <v>418</v>
       </c>
       <c r="F43" t="s">
         <v>419</v>
       </c>
       <c r="G43" t="s">
         <v>420</v>
       </c>
       <c r="H43" t="s">
         <v>421</v>
       </c>
       <c r="I43" t="s">
         <v>422</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>4319</v>
+        <v>4314</v>
       </c>
       <c r="B44" t="s">
         <v>424</v>
       </c>
       <c r="C44" t="s">
         <v>425</v>
       </c>
       <c r="D44" t="s">
         <v>426</v>
       </c>
       <c r="E44" t="s">
         <v>427</v>
       </c>
       <c r="F44" t="s">
         <v>428</v>
       </c>
       <c r="G44" t="s">
         <v>429</v>
       </c>
       <c r="H44" t="s">
         <v>430</v>
       </c>
       <c r="I44" t="s">
         <v>431</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>4322</v>
+        <v>4316</v>
       </c>
       <c r="B45" t="s">
         <v>433</v>
       </c>
       <c r="C45" t="s">
         <v>434</v>
       </c>
       <c r="D45" t="s">
         <v>435</v>
       </c>
       <c r="E45" t="s">
         <v>436</v>
       </c>
       <c r="F45" t="s">
         <v>437</v>
       </c>
       <c r="G45" t="s">
         <v>438</v>
       </c>
       <c r="H45" t="s">
         <v>439</v>
       </c>
       <c r="I45" t="s">
         <v>440</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>4555</v>
+        <v>4319</v>
       </c>
       <c r="B46" t="s">
         <v>442</v>
       </c>
       <c r="C46" t="s">
         <v>443</v>
       </c>
       <c r="D46" t="s">
         <v>444</v>
       </c>
       <c r="E46" t="s">
         <v>445</v>
       </c>
       <c r="F46" t="s">
         <v>446</v>
       </c>
       <c r="G46" t="s">
         <v>447</v>
       </c>
       <c r="H46" t="s">
         <v>448</v>
       </c>
       <c r="I46" t="s">
         <v>449</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>4556</v>
+        <v>4322</v>
       </c>
       <c r="B47" t="s">
         <v>451</v>
       </c>
       <c r="C47" t="s">
         <v>452</v>
       </c>
       <c r="D47" t="s">
         <v>453</v>
       </c>
       <c r="E47" t="s">
         <v>454</v>
       </c>
       <c r="F47" t="s">
         <v>455</v>
       </c>
       <c r="G47" t="s">
         <v>456</v>
       </c>
       <c r="H47" t="s">
         <v>457</v>
       </c>
       <c r="I47" t="s">
         <v>458</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
         <v>25</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
         <v>27</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>4558</v>
+        <v>4555</v>
       </c>
       <c r="B48" t="s">
         <v>460</v>
       </c>
       <c r="C48" t="s">
         <v>461</v>
       </c>
       <c r="D48" t="s">
         <v>462</v>
       </c>
       <c r="E48" t="s">
         <v>463</v>
       </c>
       <c r="F48" t="s">
         <v>464</v>
       </c>
       <c r="G48" t="s">
         <v>465</v>
       </c>
       <c r="H48" t="s">
         <v>466</v>
       </c>
       <c r="I48" t="s">
         <v>467</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>4559</v>
+        <v>4556</v>
       </c>
       <c r="B49" t="s">
         <v>469</v>
       </c>
       <c r="C49" t="s">
         <v>470</v>
       </c>
       <c r="D49" t="s">
         <v>471</v>
       </c>
       <c r="E49" t="s">
         <v>472</v>
       </c>
       <c r="F49" t="s">
         <v>473</v>
       </c>
       <c r="G49" t="s">
         <v>474</v>
       </c>
       <c r="H49" t="s">
         <v>475</v>
       </c>
       <c r="I49" t="s">
         <v>476</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>4560</v>
+        <v>4558</v>
       </c>
       <c r="B50" t="s">
         <v>478</v>
       </c>
       <c r="C50" t="s">
         <v>479</v>
       </c>
       <c r="D50" t="s">
         <v>480</v>
       </c>
       <c r="E50" t="s">
         <v>481</v>
       </c>
       <c r="F50" t="s">
         <v>482</v>
       </c>
       <c r="G50" t="s">
         <v>483</v>
       </c>
       <c r="H50" t="s">
         <v>484</v>
       </c>
       <c r="I50" t="s">
         <v>485</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>4563</v>
+        <v>4559</v>
       </c>
       <c r="B51" t="s">
         <v>487</v>
       </c>
       <c r="C51" t="s">
         <v>488</v>
       </c>
       <c r="D51" t="s">
         <v>489</v>
       </c>
       <c r="E51" t="s">
         <v>490</v>
       </c>
       <c r="F51" t="s">
         <v>491</v>
       </c>
       <c r="G51" t="s">
         <v>492</v>
       </c>
       <c r="H51" t="s">
         <v>493</v>
       </c>
       <c r="I51" t="s">
         <v>494</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>4564</v>
+        <v>4560</v>
       </c>
       <c r="B52" t="s">
         <v>496</v>
       </c>
       <c r="C52" t="s">
         <v>497</v>
       </c>
       <c r="D52" t="s">
         <v>498</v>
       </c>
       <c r="E52" t="s">
         <v>499</v>
       </c>
       <c r="F52" t="s">
         <v>500</v>
       </c>
       <c r="G52" t="s">
         <v>501</v>
       </c>
       <c r="H52" t="s">
         <v>502</v>
       </c>
       <c r="I52" t="s">
         <v>503</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
+        <v>25</v>
+      </c>
+      <c r="L52" t="s">
+        <v>26</v>
+      </c>
+      <c r="M52" t="s">
+        <v>27</v>
+      </c>
+      <c r="N52" t="s">
+        <v>28</v>
+      </c>
+      <c r="O52" t="s">
         <v>504</v>
-      </c>
-[...10 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>4568</v>
+        <v>4563</v>
       </c>
       <c r="B53" t="s">
+        <v>505</v>
+      </c>
+      <c r="C53" t="s">
+        <v>506</v>
+      </c>
+      <c r="D53" t="s">
         <v>507</v>
       </c>
-      <c r="C53" t="s">
+      <c r="E53" t="s">
         <v>508</v>
       </c>
-      <c r="D53" t="s">
+      <c r="F53" t="s">
         <v>509</v>
       </c>
-      <c r="E53" t="s">
+      <c r="G53" t="s">
         <v>510</v>
       </c>
-      <c r="F53" t="s">
+      <c r="H53" t="s">
         <v>511</v>
       </c>
-      <c r="G53" t="s">
+      <c r="I53" t="s">
         <v>512</v>
       </c>
-      <c r="H53" t="s">
+      <c r="J53" t="s">
+        <v>24</v>
+      </c>
+      <c r="K53" t="s">
+        <v>89</v>
+      </c>
+      <c r="L53" t="s">
+        <v>26</v>
+      </c>
+      <c r="M53" t="s">
+        <v>90</v>
+      </c>
+      <c r="N53" t="s">
+        <v>28</v>
+      </c>
+      <c r="O53" t="s">
         <v>513</v>
-      </c>
-[...19 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>4704</v>
+        <v>4564</v>
       </c>
       <c r="B54" t="s">
+        <v>514</v>
+      </c>
+      <c r="C54" t="s">
+        <v>515</v>
+      </c>
+      <c r="D54" t="s">
         <v>516</v>
       </c>
-      <c r="C54" t="s">
+      <c r="E54" t="s">
         <v>517</v>
       </c>
-      <c r="D54" t="s">
+      <c r="F54" t="s">
         <v>518</v>
       </c>
-      <c r="E54" t="s">
+      <c r="G54" t="s">
         <v>519</v>
       </c>
-      <c r="F54" t="s">
+      <c r="H54" t="s">
         <v>520</v>
       </c>
-      <c r="G54" t="s">
+      <c r="I54" t="s">
         <v>521</v>
       </c>
-      <c r="H54" t="s">
+      <c r="J54" t="s">
+        <v>24</v>
+      </c>
+      <c r="K54" t="s">
         <v>522</v>
       </c>
-      <c r="I54" t="s">
+      <c r="L54" t="s">
+        <v>26</v>
+      </c>
+      <c r="M54" t="s">
         <v>523</v>
-      </c>
-[...10 lines deleted...]
-        <v>123</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>4706</v>
+        <v>4568</v>
       </c>
       <c r="B55" t="s">
         <v>525</v>
       </c>
       <c r="C55" t="s">
         <v>526</v>
       </c>
       <c r="D55" t="s">
         <v>527</v>
       </c>
       <c r="E55" t="s">
         <v>528</v>
       </c>
       <c r="F55" t="s">
         <v>529</v>
       </c>
       <c r="G55" t="s">
         <v>530</v>
       </c>
       <c r="H55" t="s">
         <v>531</v>
       </c>
       <c r="I55" t="s">
         <v>532</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>4709</v>
+        <v>4704</v>
       </c>
       <c r="B56" t="s">
         <v>534</v>
       </c>
       <c r="C56" t="s">
         <v>535</v>
       </c>
       <c r="D56" t="s">
         <v>536</v>
       </c>
       <c r="E56" t="s">
         <v>537</v>
       </c>
       <c r="F56" t="s">
         <v>538</v>
       </c>
       <c r="G56" t="s">
         <v>539</v>
       </c>
       <c r="H56" t="s">
         <v>540</v>
       </c>
       <c r="I56" t="s">
         <v>541</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>122</v>
+        <v>58</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
-        <v>123</v>
+        <v>59</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>4711</v>
+        <v>4706</v>
       </c>
       <c r="B57" t="s">
         <v>543</v>
       </c>
       <c r="C57" t="s">
         <v>544</v>
       </c>
       <c r="D57" t="s">
         <v>545</v>
       </c>
       <c r="E57" t="s">
         <v>546</v>
       </c>
       <c r="F57" t="s">
         <v>547</v>
       </c>
       <c r="G57" t="s">
         <v>548</v>
       </c>
       <c r="H57" t="s">
         <v>549</v>
       </c>
       <c r="I57" t="s">
         <v>550</v>
       </c>
       <c r="J57" t="s">
+        <v>24</v>
+      </c>
+      <c r="K57" t="s">
+        <v>89</v>
+      </c>
+      <c r="L57" t="s">
+        <v>26</v>
+      </c>
+      <c r="M57" t="s">
+        <v>90</v>
+      </c>
+      <c r="N57" t="s">
+        <v>28</v>
+      </c>
+      <c r="O57" t="s">
         <v>551</v>
-      </c>
-[...13 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>4714</v>
+        <v>4709</v>
       </c>
       <c r="B58" t="s">
+        <v>552</v>
+      </c>
+      <c r="C58" t="s">
+        <v>553</v>
+      </c>
+      <c r="D58" t="s">
+        <v>554</v>
+      </c>
+      <c r="E58" t="s">
+        <v>555</v>
+      </c>
+      <c r="F58" t="s">
         <v>556</v>
       </c>
-      <c r="C58" t="s">
+      <c r="G58" t="s">
         <v>557</v>
       </c>
-      <c r="D58" t="s">
+      <c r="H58" t="s">
         <v>558</v>
       </c>
-      <c r="E58" t="s">
+      <c r="I58" t="s">
         <v>559</v>
       </c>
-      <c r="F58" t="s">
+      <c r="J58" t="s">
+        <v>24</v>
+      </c>
+      <c r="K58" t="s">
+        <v>58</v>
+      </c>
+      <c r="L58" t="s">
+        <v>26</v>
+      </c>
+      <c r="M58" t="s">
+        <v>59</v>
+      </c>
+      <c r="N58" t="s">
+        <v>28</v>
+      </c>
+      <c r="O58" t="s">
         <v>560</v>
-      </c>
-[...25 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>4716</v>
+        <v>4711</v>
       </c>
       <c r="B59" t="s">
+        <v>561</v>
+      </c>
+      <c r="C59" t="s">
+        <v>562</v>
+      </c>
+      <c r="D59" t="s">
+        <v>563</v>
+      </c>
+      <c r="E59" t="s">
+        <v>564</v>
+      </c>
+      <c r="F59" t="s">
         <v>565</v>
       </c>
-      <c r="C59" t="s">
+      <c r="G59" t="s">
         <v>566</v>
       </c>
-      <c r="D59" t="s">
+      <c r="H59" t="s">
         <v>567</v>
       </c>
-      <c r="E59" t="s">
+      <c r="I59" t="s">
         <v>568</v>
       </c>
-      <c r="F59" t="s">
+      <c r="J59" t="s">
         <v>569</v>
       </c>
-      <c r="G59" t="s">
+      <c r="K59" t="s">
         <v>570</v>
       </c>
-      <c r="H59" t="s">
+      <c r="L59" t="s">
         <v>571</v>
       </c>
-      <c r="I59" t="s">
+      <c r="M59" t="s">
         <v>572</v>
-      </c>
-[...10 lines deleted...]
-        <v>357</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>4717</v>
+        <v>4714</v>
       </c>
       <c r="B60" t="s">
         <v>574</v>
       </c>
       <c r="C60" t="s">
         <v>575</v>
       </c>
       <c r="D60" t="s">
         <v>576</v>
       </c>
       <c r="E60" t="s">
         <v>577</v>
       </c>
       <c r="F60" t="s">
         <v>578</v>
       </c>
       <c r="G60" t="s">
         <v>579</v>
       </c>
       <c r="H60" t="s">
         <v>580</v>
       </c>
       <c r="I60" t="s">
         <v>581</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
         <v>25</v>
       </c>
       <c r="L60" t="s">
         <v>26</v>
       </c>
       <c r="M60" t="s">
         <v>27</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>4721</v>
+        <v>4716</v>
       </c>
       <c r="B61" t="s">
         <v>583</v>
       </c>
       <c r="C61" t="s">
         <v>584</v>
       </c>
       <c r="D61" t="s">
         <v>585</v>
       </c>
       <c r="E61" t="s">
         <v>586</v>
       </c>
       <c r="F61" t="s">
         <v>587</v>
       </c>
       <c r="G61" t="s">
         <v>588</v>
       </c>
       <c r="H61" t="s">
         <v>589</v>
       </c>
       <c r="I61" t="s">
         <v>590</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>355</v>
+        <v>373</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
-        <v>357</v>
+        <v>375</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>4722</v>
+        <v>4717</v>
       </c>
       <c r="B62" t="s">
         <v>592</v>
       </c>
       <c r="C62" t="s">
         <v>593</v>
       </c>
       <c r="D62" t="s">
         <v>594</v>
       </c>
       <c r="E62" t="s">
         <v>595</v>
       </c>
       <c r="F62" t="s">
         <v>596</v>
       </c>
       <c r="G62" t="s">
         <v>597</v>
       </c>
       <c r="H62" t="s">
         <v>598</v>
       </c>
       <c r="I62" t="s">
         <v>599</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
+        <v>25</v>
+      </c>
+      <c r="L62" t="s">
+        <v>26</v>
+      </c>
+      <c r="M62" t="s">
+        <v>27</v>
+      </c>
+      <c r="N62" t="s">
+        <v>28</v>
+      </c>
+      <c r="O62" t="s">
         <v>600</v>
-      </c>
-[...10 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>4723</v>
+        <v>4721</v>
       </c>
       <c r="B63" t="s">
+        <v>601</v>
+      </c>
+      <c r="C63" t="s">
+        <v>602</v>
+      </c>
+      <c r="D63" t="s">
         <v>603</v>
       </c>
-      <c r="C63" t="s">
+      <c r="E63" t="s">
         <v>604</v>
       </c>
-      <c r="D63" t="s">
+      <c r="F63" t="s">
         <v>605</v>
       </c>
-      <c r="E63" t="s">
+      <c r="G63" t="s">
         <v>606</v>
       </c>
-      <c r="F63" t="s">
+      <c r="H63" t="s">
         <v>607</v>
       </c>
-      <c r="G63" t="s">
+      <c r="I63" t="s">
         <v>608</v>
       </c>
-      <c r="H63" t="s">
+      <c r="J63" t="s">
+        <v>24</v>
+      </c>
+      <c r="K63" t="s">
+        <v>373</v>
+      </c>
+      <c r="L63" t="s">
+        <v>26</v>
+      </c>
+      <c r="M63" t="s">
+        <v>375</v>
+      </c>
+      <c r="N63" t="s">
+        <v>28</v>
+      </c>
+      <c r="O63" t="s">
         <v>609</v>
-      </c>
-[...19 lines deleted...]
-        <v>613</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>4792</v>
+        <v>4722</v>
       </c>
       <c r="B64" t="s">
+        <v>610</v>
+      </c>
+      <c r="C64" t="s">
+        <v>611</v>
+      </c>
+      <c r="D64" t="s">
+        <v>612</v>
+      </c>
+      <c r="E64" t="s">
+        <v>613</v>
+      </c>
+      <c r="F64" t="s">
         <v>614</v>
       </c>
-      <c r="C64" t="s">
+      <c r="G64" t="s">
         <v>615</v>
       </c>
-      <c r="D64" t="s">
+      <c r="H64" t="s">
         <v>616</v>
       </c>
-      <c r="E64" t="s">
+      <c r="I64" t="s">
         <v>617</v>
       </c>
-      <c r="F64" t="s">
+      <c r="J64" t="s">
+        <v>24</v>
+      </c>
+      <c r="K64" t="s">
         <v>618</v>
       </c>
-      <c r="G64" t="s">
+      <c r="L64" t="s">
+        <v>26</v>
+      </c>
+      <c r="M64" t="s">
         <v>619</v>
       </c>
-      <c r="H64" t="s">
+      <c r="N64" t="s">
+        <v>28</v>
+      </c>
+      <c r="O64" t="s">
         <v>620</v>
-      </c>
-[...19 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>4801</v>
+        <v>4723</v>
       </c>
       <c r="B65" t="s">
+        <v>621</v>
+      </c>
+      <c r="C65" t="s">
+        <v>622</v>
+      </c>
+      <c r="D65" t="s">
         <v>623</v>
       </c>
-      <c r="C65" t="s">
+      <c r="E65" t="s">
         <v>624</v>
       </c>
-      <c r="D65" t="s">
+      <c r="F65" t="s">
         <v>625</v>
       </c>
-      <c r="E65" t="s">
+      <c r="G65" t="s">
         <v>626</v>
       </c>
-      <c r="F65" t="s">
+      <c r="H65" t="s">
         <v>627</v>
       </c>
-      <c r="G65" t="s">
+      <c r="I65" t="s">
         <v>628</v>
       </c>
-      <c r="H65" t="s">
+      <c r="J65" t="s">
+        <v>24</v>
+      </c>
+      <c r="K65" t="s">
         <v>629</v>
       </c>
-      <c r="I65" t="s">
+      <c r="L65" t="s">
+        <v>26</v>
+      </c>
+      <c r="M65" t="s">
         <v>630</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>4810</v>
+        <v>4792</v>
       </c>
       <c r="B66" t="s">
         <v>632</v>
       </c>
       <c r="C66" t="s">
         <v>633</v>
       </c>
       <c r="D66" t="s">
         <v>634</v>
       </c>
       <c r="E66" t="s">
         <v>635</v>
       </c>
       <c r="F66" t="s">
         <v>636</v>
       </c>
       <c r="G66" t="s">
         <v>637</v>
       </c>
       <c r="H66" t="s">
         <v>638</v>
       </c>
       <c r="I66" t="s">
         <v>639</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>4811</v>
+        <v>4801</v>
       </c>
       <c r="B67" t="s">
         <v>641</v>
       </c>
       <c r="C67" t="s">
         <v>642</v>
       </c>
       <c r="D67" t="s">
         <v>643</v>
       </c>
       <c r="E67" t="s">
         <v>644</v>
       </c>
       <c r="F67" t="s">
         <v>645</v>
       </c>
       <c r="G67" t="s">
         <v>646</v>
       </c>
       <c r="H67" t="s">
         <v>647</v>
       </c>
       <c r="I67" t="s">
         <v>648</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>342</v>
+        <v>89</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
-        <v>344</v>
+        <v>90</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>4817</v>
+        <v>4810</v>
       </c>
       <c r="B68" t="s">
         <v>650</v>
       </c>
       <c r="C68" t="s">
         <v>651</v>
       </c>
       <c r="D68" t="s">
         <v>652</v>
       </c>
       <c r="E68" t="s">
         <v>653</v>
       </c>
       <c r="F68" t="s">
         <v>654</v>
       </c>
       <c r="G68" t="s">
         <v>655</v>
       </c>
       <c r="H68" t="s">
         <v>656</v>
       </c>
       <c r="I68" t="s">
         <v>657</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>4935</v>
+        <v>4811</v>
       </c>
       <c r="B69" t="s">
         <v>659</v>
       </c>
       <c r="C69" t="s">
         <v>660</v>
       </c>
       <c r="D69" t="s">
         <v>661</v>
       </c>
       <c r="E69" t="s">
         <v>662</v>
       </c>
       <c r="F69" t="s">
         <v>663</v>
       </c>
       <c r="G69" t="s">
         <v>664</v>
       </c>
       <c r="H69" t="s">
         <v>665</v>
       </c>
       <c r="I69" t="s">
         <v>666</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>69</v>
+        <v>360</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>70</v>
+        <v>362</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>4947</v>
+        <v>4817</v>
       </c>
       <c r="B70" t="s">
         <v>668</v>
       </c>
       <c r="C70" t="s">
         <v>669</v>
       </c>
       <c r="D70" t="s">
         <v>670</v>
       </c>
       <c r="E70" t="s">
         <v>671</v>
       </c>
       <c r="F70" t="s">
         <v>672</v>
       </c>
       <c r="G70" t="s">
         <v>673</v>
       </c>
       <c r="H70" t="s">
         <v>674</v>
       </c>
       <c r="I70" t="s">
         <v>675</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>4965</v>
+        <v>4935</v>
       </c>
       <c r="B71" t="s">
         <v>677</v>
       </c>
       <c r="C71" t="s">
         <v>678</v>
       </c>
       <c r="D71" t="s">
         <v>679</v>
       </c>
       <c r="E71" t="s">
         <v>680</v>
       </c>
       <c r="F71" t="s">
         <v>681</v>
       </c>
       <c r="G71" t="s">
         <v>682</v>
       </c>
       <c r="H71" t="s">
         <v>683</v>
       </c>
       <c r="I71" t="s">
         <v>684</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>5273</v>
+        <v>4947</v>
       </c>
       <c r="B72" t="s">
         <v>686</v>
       </c>
       <c r="C72" t="s">
         <v>687</v>
       </c>
       <c r="D72" t="s">
         <v>688</v>
       </c>
       <c r="E72" t="s">
         <v>689</v>
       </c>
       <c r="F72" t="s">
         <v>690</v>
       </c>
       <c r="G72" t="s">
         <v>691</v>
       </c>
       <c r="H72" t="s">
         <v>692</v>
       </c>
       <c r="I72" t="s">
         <v>693</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
+        <v>58</v>
+      </c>
+      <c r="L72" t="s">
+        <v>26</v>
+      </c>
+      <c r="M72" t="s">
+        <v>59</v>
+      </c>
+      <c r="N72" t="s">
+        <v>28</v>
+      </c>
+      <c r="O72" t="s">
         <v>694</v>
-      </c>
-[...10 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>5326</v>
+        <v>4965</v>
       </c>
       <c r="B73" t="s">
+        <v>695</v>
+      </c>
+      <c r="C73" t="s">
+        <v>696</v>
+      </c>
+      <c r="D73" t="s">
         <v>697</v>
       </c>
-      <c r="C73" t="s">
+      <c r="E73" t="s">
         <v>698</v>
       </c>
-      <c r="D73" t="s">
+      <c r="F73" t="s">
         <v>699</v>
       </c>
-      <c r="E73" t="s">
+      <c r="G73" t="s">
         <v>700</v>
       </c>
-      <c r="F73" t="s">
+      <c r="H73" t="s">
         <v>701</v>
       </c>
-      <c r="G73" t="s">
+      <c r="I73" t="s">
         <v>702</v>
       </c>
-      <c r="H73" t="s">
+      <c r="J73" t="s">
+        <v>24</v>
+      </c>
+      <c r="K73" t="s">
+        <v>25</v>
+      </c>
+      <c r="L73" t="s">
+        <v>26</v>
+      </c>
+      <c r="M73" t="s">
+        <v>27</v>
+      </c>
+      <c r="N73" t="s">
+        <v>28</v>
+      </c>
+      <c r="O73" t="s">
         <v>703</v>
-      </c>
-[...19 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>5330</v>
+        <v>5273</v>
       </c>
       <c r="B74" t="s">
+        <v>704</v>
+      </c>
+      <c r="C74" t="s">
+        <v>705</v>
+      </c>
+      <c r="D74" t="s">
         <v>706</v>
       </c>
-      <c r="C74" t="s">
+      <c r="E74" t="s">
         <v>707</v>
       </c>
-      <c r="D74" t="s">
+      <c r="F74" t="s">
         <v>708</v>
       </c>
-      <c r="E74" t="s">
+      <c r="G74" t="s">
         <v>709</v>
       </c>
-      <c r="F74" t="s">
+      <c r="H74" t="s">
         <v>710</v>
       </c>
-      <c r="G74" t="s">
+      <c r="I74" t="s">
         <v>711</v>
       </c>
-      <c r="H74" t="s">
+      <c r="J74" t="s">
+        <v>24</v>
+      </c>
+      <c r="K74" t="s">
         <v>712</v>
       </c>
-      <c r="I74" t="s">
+      <c r="L74" t="s">
+        <v>26</v>
+      </c>
+      <c r="M74" t="s">
         <v>713</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>5331</v>
+        <v>5326</v>
       </c>
       <c r="B75" t="s">
         <v>715</v>
       </c>
       <c r="C75" t="s">
         <v>716</v>
       </c>
       <c r="D75" t="s">
         <v>717</v>
       </c>
       <c r="E75" t="s">
         <v>718</v>
       </c>
       <c r="F75" t="s">
         <v>719</v>
       </c>
       <c r="G75" t="s">
         <v>720</v>
       </c>
       <c r="H75" t="s">
         <v>721</v>
       </c>
       <c r="I75" t="s">
         <v>722</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
-        <v>123</v>
+        <v>90</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>5335</v>
+        <v>5330</v>
       </c>
       <c r="B76" t="s">
         <v>724</v>
       </c>
       <c r="C76" t="s">
         <v>725</v>
       </c>
       <c r="D76" t="s">
         <v>726</v>
       </c>
       <c r="E76" t="s">
         <v>727</v>
       </c>
       <c r="F76" t="s">
         <v>728</v>
       </c>
       <c r="G76" t="s">
         <v>729</v>
       </c>
       <c r="H76" t="s">
         <v>730</v>
       </c>
       <c r="I76" t="s">
         <v>731</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>5346</v>
+        <v>5331</v>
       </c>
       <c r="B77" t="s">
         <v>733</v>
       </c>
       <c r="C77" t="s">
         <v>734</v>
       </c>
       <c r="D77" t="s">
         <v>735</v>
       </c>
       <c r="E77" t="s">
         <v>736</v>
       </c>
       <c r="F77" t="s">
         <v>737</v>
       </c>
       <c r="G77" t="s">
         <v>738</v>
       </c>
       <c r="H77" t="s">
         <v>739</v>
       </c>
       <c r="I77" t="s">
         <v>740</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
+        <v>58</v>
+      </c>
+      <c r="L77" t="s">
+        <v>26</v>
+      </c>
+      <c r="M77" t="s">
+        <v>59</v>
+      </c>
+      <c r="N77" t="s">
+        <v>28</v>
+      </c>
+      <c r="O77" t="s">
         <v>741</v>
-      </c>
-[...10 lines deleted...]
-        <v>743</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>5348</v>
+        <v>5335</v>
       </c>
       <c r="B78" t="s">
+        <v>742</v>
+      </c>
+      <c r="C78" t="s">
+        <v>743</v>
+      </c>
+      <c r="D78" t="s">
         <v>744</v>
       </c>
-      <c r="C78" t="s">
+      <c r="E78" t="s">
         <v>745</v>
       </c>
-      <c r="D78" t="s">
+      <c r="F78" t="s">
         <v>746</v>
       </c>
-      <c r="E78" t="s">
+      <c r="G78" t="s">
         <v>747</v>
       </c>
-      <c r="F78" t="s">
+      <c r="H78" t="s">
         <v>748</v>
       </c>
-      <c r="G78" t="s">
+      <c r="I78" t="s">
         <v>749</v>
       </c>
-      <c r="H78" t="s">
+      <c r="J78" t="s">
+        <v>24</v>
+      </c>
+      <c r="K78" t="s">
+        <v>25</v>
+      </c>
+      <c r="L78" t="s">
+        <v>26</v>
+      </c>
+      <c r="M78" t="s">
+        <v>27</v>
+      </c>
+      <c r="N78" t="s">
+        <v>28</v>
+      </c>
+      <c r="O78" t="s">
         <v>750</v>
-      </c>
-[...19 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>5351</v>
+        <v>5346</v>
       </c>
       <c r="B79" t="s">
+        <v>751</v>
+      </c>
+      <c r="C79" t="s">
+        <v>752</v>
+      </c>
+      <c r="D79" t="s">
         <v>753</v>
       </c>
-      <c r="C79" t="s">
+      <c r="E79" t="s">
         <v>754</v>
       </c>
-      <c r="D79" t="s">
+      <c r="F79" t="s">
         <v>755</v>
       </c>
-      <c r="E79" t="s">
+      <c r="G79" t="s">
         <v>756</v>
       </c>
-      <c r="F79" t="s">
+      <c r="H79" t="s">
         <v>757</v>
       </c>
-      <c r="G79" t="s">
+      <c r="I79" t="s">
         <v>758</v>
       </c>
-      <c r="H79" t="s">
+      <c r="J79" t="s">
+        <v>24</v>
+      </c>
+      <c r="K79" t="s">
         <v>759</v>
       </c>
-      <c r="I79" t="s">
+      <c r="L79" t="s">
+        <v>26</v>
+      </c>
+      <c r="M79" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>5353</v>
+        <v>5348</v>
       </c>
       <c r="B80" t="s">
         <v>762</v>
       </c>
       <c r="C80" t="s">
         <v>763</v>
       </c>
       <c r="D80" t="s">
         <v>764</v>
       </c>
       <c r="E80" t="s">
         <v>765</v>
       </c>
       <c r="F80" t="s">
         <v>766</v>
       </c>
       <c r="G80" t="s">
         <v>767</v>
       </c>
       <c r="H80" t="s">
         <v>768</v>
       </c>
       <c r="I80" t="s">
         <v>769</v>
       </c>
       <c r="J80" t="s">
+        <v>24</v>
+      </c>
+      <c r="K80" t="s">
         <v>89</v>
       </c>
-      <c r="K80" t="s">
+      <c r="L80" t="s">
+        <v>26</v>
+      </c>
+      <c r="M80" t="s">
+        <v>90</v>
+      </c>
+      <c r="N80" t="s">
+        <v>28</v>
+      </c>
+      <c r="O80" t="s">
         <v>770</v>
-      </c>
-[...10 lines deleted...]
-        <v>772</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>5354</v>
+        <v>5351</v>
       </c>
       <c r="B81" t="s">
+        <v>771</v>
+      </c>
+      <c r="C81" t="s">
+        <v>772</v>
+      </c>
+      <c r="D81" t="s">
         <v>773</v>
       </c>
-      <c r="C81" t="s">
+      <c r="E81" t="s">
         <v>774</v>
       </c>
-      <c r="D81" t="s">
+      <c r="F81" t="s">
         <v>775</v>
       </c>
-      <c r="E81" t="s">
+      <c r="G81" t="s">
         <v>776</v>
       </c>
-      <c r="F81" t="s">
+      <c r="H81" t="s">
         <v>777</v>
       </c>
-      <c r="G81" t="s">
+      <c r="I81" t="s">
         <v>778</v>
       </c>
-      <c r="H81" t="s">
+      <c r="J81" t="s">
+        <v>24</v>
+      </c>
+      <c r="K81" t="s">
+        <v>25</v>
+      </c>
+      <c r="L81" t="s">
+        <v>26</v>
+      </c>
+      <c r="M81" t="s">
+        <v>27</v>
+      </c>
+      <c r="N81" t="s">
+        <v>28</v>
+      </c>
+      <c r="O81" t="s">
         <v>779</v>
-      </c>
-[...19 lines deleted...]
-        <v>781</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>5364</v>
+        <v>5353</v>
       </c>
       <c r="B82" t="s">
+        <v>780</v>
+      </c>
+      <c r="C82" t="s">
+        <v>781</v>
+      </c>
+      <c r="D82" t="s">
         <v>782</v>
       </c>
-      <c r="C82" t="s">
+      <c r="E82" t="s">
         <v>783</v>
       </c>
-      <c r="D82" t="s">
+      <c r="F82" t="s">
         <v>784</v>
       </c>
-      <c r="E82" t="s">
+      <c r="G82" t="s">
         <v>785</v>
       </c>
-      <c r="F82" t="s">
+      <c r="H82" t="s">
         <v>786</v>
       </c>
-      <c r="G82" t="s">
+      <c r="I82" t="s">
         <v>787</v>
       </c>
-      <c r="H82" t="s">
+      <c r="J82" t="s">
+        <v>109</v>
+      </c>
+      <c r="K82" t="s">
         <v>788</v>
       </c>
-      <c r="I82" t="s">
+      <c r="L82" t="s">
+        <v>111</v>
+      </c>
+      <c r="M82" t="s">
         <v>789</v>
-      </c>
-[...10 lines deleted...]
-        <v>123</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>5365</v>
+        <v>5354</v>
       </c>
       <c r="B83" t="s">
         <v>791</v>
       </c>
       <c r="C83" t="s">
         <v>792</v>
       </c>
       <c r="D83" t="s">
         <v>793</v>
       </c>
       <c r="E83" t="s">
         <v>794</v>
       </c>
       <c r="F83" t="s">
         <v>795</v>
       </c>
       <c r="G83" t="s">
         <v>796</v>
       </c>
       <c r="H83" t="s">
         <v>797</v>
       </c>
       <c r="I83" t="s">
         <v>798</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>5367</v>
+        <v>5364</v>
       </c>
       <c r="B84" t="s">
         <v>800</v>
       </c>
       <c r="C84" t="s">
         <v>801</v>
       </c>
       <c r="D84" t="s">
         <v>802</v>
       </c>
       <c r="E84" t="s">
         <v>803</v>
       </c>
       <c r="F84" t="s">
         <v>804</v>
       </c>
       <c r="G84" t="s">
         <v>805</v>
       </c>
       <c r="H84" t="s">
         <v>806</v>
       </c>
       <c r="I84" t="s">
         <v>807</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
         <v>808</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>5368</v>
+        <v>5365</v>
       </c>
       <c r="B85" t="s">
         <v>809</v>
       </c>
       <c r="C85" t="s">
         <v>810</v>
       </c>
       <c r="D85" t="s">
         <v>811</v>
       </c>
       <c r="E85" t="s">
         <v>812</v>
       </c>
       <c r="F85" t="s">
         <v>813</v>
       </c>
       <c r="G85" t="s">
         <v>814</v>
       </c>
       <c r="H85" t="s">
         <v>815</v>
       </c>
       <c r="I85" t="s">
         <v>816</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
         <v>25</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
         <v>27</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>5372</v>
+        <v>5367</v>
       </c>
       <c r="B86" t="s">
         <v>818</v>
       </c>
       <c r="C86" t="s">
         <v>819</v>
       </c>
       <c r="D86" t="s">
         <v>820</v>
       </c>
       <c r="E86" t="s">
         <v>821</v>
       </c>
       <c r="F86" t="s">
         <v>822</v>
       </c>
       <c r="G86" t="s">
         <v>823</v>
       </c>
       <c r="H86" t="s">
         <v>824</v>
       </c>
       <c r="I86" t="s">
         <v>825</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
         <v>25</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
         <v>27</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
         <v>826</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>5375</v>
+        <v>5368</v>
       </c>
       <c r="B87" t="s">
         <v>827</v>
       </c>
       <c r="C87" t="s">
         <v>828</v>
       </c>
       <c r="D87" t="s">
         <v>829</v>
       </c>
       <c r="E87" t="s">
         <v>830</v>
       </c>
       <c r="F87" t="s">
         <v>831</v>
       </c>
       <c r="G87" t="s">
         <v>832</v>
       </c>
       <c r="H87" t="s">
         <v>833</v>
       </c>
       <c r="I87" t="s">
         <v>834</v>
       </c>
       <c r="J87" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K87" t="s">
+        <v>25</v>
+      </c>
+      <c r="L87" t="s">
+        <v>26</v>
+      </c>
+      <c r="M87" t="s">
+        <v>27</v>
+      </c>
+      <c r="N87" t="s">
+        <v>28</v>
+      </c>
+      <c r="O87" t="s">
         <v>835</v>
-      </c>
-[...10 lines deleted...]
-        <v>837</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>5382</v>
+        <v>5372</v>
       </c>
       <c r="B88" t="s">
+        <v>836</v>
+      </c>
+      <c r="C88" t="s">
+        <v>837</v>
+      </c>
+      <c r="D88" t="s">
         <v>838</v>
       </c>
-      <c r="C88" t="s">
+      <c r="E88" t="s">
         <v>839</v>
       </c>
-      <c r="D88" t="s">
+      <c r="F88" t="s">
         <v>840</v>
       </c>
-      <c r="E88" t="s">
+      <c r="G88" t="s">
         <v>841</v>
       </c>
-      <c r="F88" t="s">
+      <c r="H88" t="s">
         <v>842</v>
       </c>
-      <c r="G88" t="s">
+      <c r="I88" t="s">
         <v>843</v>
       </c>
-      <c r="H88" t="s">
+      <c r="J88" t="s">
+        <v>24</v>
+      </c>
+      <c r="K88" t="s">
+        <v>25</v>
+      </c>
+      <c r="L88" t="s">
+        <v>26</v>
+      </c>
+      <c r="M88" t="s">
+        <v>27</v>
+      </c>
+      <c r="N88" t="s">
+        <v>28</v>
+      </c>
+      <c r="O88" t="s">
         <v>844</v>
-      </c>
-[...19 lines deleted...]
-        <v>846</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>5435</v>
+        <v>5375</v>
       </c>
       <c r="B89" t="s">
+        <v>845</v>
+      </c>
+      <c r="C89" t="s">
+        <v>846</v>
+      </c>
+      <c r="D89" t="s">
         <v>847</v>
       </c>
-      <c r="C89" t="s">
+      <c r="E89" t="s">
         <v>848</v>
       </c>
-      <c r="D89" t="s">
+      <c r="F89" t="s">
         <v>849</v>
       </c>
-      <c r="E89" t="s">
+      <c r="G89" t="s">
         <v>850</v>
       </c>
-      <c r="F89" t="s">
+      <c r="H89" t="s">
         <v>851</v>
       </c>
-      <c r="G89" t="s">
+      <c r="I89" t="s">
         <v>852</v>
       </c>
-      <c r="H89" t="s">
+      <c r="J89" t="s">
+        <v>109</v>
+      </c>
+      <c r="K89" t="s">
         <v>853</v>
       </c>
-      <c r="I89" t="s">
+      <c r="L89" t="s">
+        <v>111</v>
+      </c>
+      <c r="M89" t="s">
         <v>854</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>5437</v>
+        <v>5382</v>
       </c>
       <c r="B90" t="s">
         <v>856</v>
       </c>
       <c r="C90" t="s">
         <v>857</v>
       </c>
       <c r="D90" t="s">
         <v>858</v>
       </c>
       <c r="E90" t="s">
         <v>859</v>
       </c>
       <c r="F90" t="s">
         <v>860</v>
       </c>
       <c r="G90" t="s">
         <v>861</v>
       </c>
       <c r="H90" t="s">
         <v>862</v>
       </c>
       <c r="I90" t="s">
         <v>863</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L90" t="s">
         <v>26</v>
       </c>
       <c r="M90" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
         <v>864</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>5439</v>
+        <v>5435</v>
       </c>
       <c r="B91" t="s">
         <v>865</v>
       </c>
       <c r="C91" t="s">
         <v>866</v>
       </c>
       <c r="D91" t="s">
         <v>867</v>
       </c>
       <c r="E91" t="s">
         <v>868</v>
       </c>
       <c r="F91" t="s">
         <v>869</v>
       </c>
       <c r="G91" t="s">
         <v>870</v>
       </c>
       <c r="H91" t="s">
         <v>871</v>
       </c>
       <c r="I91" t="s">
         <v>872</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
         <v>873</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>5456</v>
+        <v>5437</v>
       </c>
       <c r="B92" t="s">
         <v>874</v>
       </c>
       <c r="C92" t="s">
         <v>875</v>
       </c>
       <c r="D92" t="s">
         <v>876</v>
       </c>
       <c r="E92" t="s">
         <v>877</v>
       </c>
       <c r="F92" t="s">
         <v>878</v>
       </c>
       <c r="G92" t="s">
         <v>879</v>
       </c>
       <c r="H92" t="s">
         <v>880</v>
       </c>
       <c r="I92" t="s">
         <v>881</v>
       </c>
       <c r="J92" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>342</v>
+        <v>25</v>
       </c>
       <c r="L92" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M92" t="s">
-        <v>344</v>
+        <v>27</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>5474</v>
+        <v>5439</v>
       </c>
       <c r="B93" t="s">
         <v>883</v>
       </c>
       <c r="C93" t="s">
         <v>884</v>
       </c>
       <c r="D93" t="s">
         <v>885</v>
       </c>
       <c r="E93" t="s">
         <v>886</v>
       </c>
       <c r="F93" t="s">
         <v>887</v>
       </c>
       <c r="G93" t="s">
         <v>888</v>
       </c>
       <c r="H93" t="s">
         <v>889</v>
       </c>
       <c r="I93" t="s">
         <v>890</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
         <v>25</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93" t="s">
         <v>27</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>5475</v>
+        <v>5456</v>
       </c>
       <c r="B94" t="s">
         <v>892</v>
       </c>
       <c r="C94" t="s">
         <v>893</v>
       </c>
       <c r="D94" t="s">
         <v>894</v>
       </c>
       <c r="E94" t="s">
         <v>895</v>
       </c>
       <c r="F94" t="s">
         <v>896</v>
       </c>
       <c r="G94" t="s">
         <v>897</v>
       </c>
       <c r="H94" t="s">
         <v>898</v>
       </c>
       <c r="I94" t="s">
         <v>899</v>
       </c>
       <c r="J94" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="K94" t="s">
-        <v>69</v>
+        <v>360</v>
       </c>
       <c r="L94" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="M94" t="s">
-        <v>70</v>
+        <v>362</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
         <v>900</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>5476</v>
+        <v>5474</v>
       </c>
       <c r="B95" t="s">
         <v>901</v>
       </c>
       <c r="C95" t="s">
         <v>902</v>
       </c>
       <c r="D95" t="s">
         <v>903</v>
       </c>
       <c r="E95" t="s">
         <v>904</v>
       </c>
       <c r="F95" t="s">
         <v>905</v>
       </c>
       <c r="G95" t="s">
         <v>906</v>
       </c>
       <c r="H95" t="s">
         <v>907</v>
       </c>
       <c r="I95" t="s">
         <v>908</v>
       </c>
       <c r="J95" t="s">
+        <v>24</v>
+      </c>
+      <c r="K95" t="s">
+        <v>25</v>
+      </c>
+      <c r="L95" t="s">
+        <v>26</v>
+      </c>
+      <c r="M95" t="s">
+        <v>27</v>
+      </c>
+      <c r="N95" t="s">
+        <v>28</v>
+      </c>
+      <c r="O95" t="s">
         <v>909</v>
-      </c>
-[...13 lines deleted...]
-        <v>911</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>5478</v>
+        <v>5475</v>
       </c>
       <c r="B96" t="s">
+        <v>910</v>
+      </c>
+      <c r="C96" t="s">
+        <v>911</v>
+      </c>
+      <c r="D96" t="s">
         <v>912</v>
       </c>
-      <c r="C96" t="s">
+      <c r="E96" t="s">
         <v>913</v>
       </c>
-      <c r="D96" t="s">
+      <c r="F96" t="s">
         <v>914</v>
       </c>
-      <c r="E96" t="s">
+      <c r="G96" t="s">
         <v>915</v>
       </c>
-      <c r="F96" t="s">
+      <c r="H96" t="s">
         <v>916</v>
       </c>
-      <c r="G96" t="s">
+      <c r="I96" t="s">
         <v>917</v>
       </c>
-      <c r="H96" t="s">
+      <c r="J96" t="s">
+        <v>24</v>
+      </c>
+      <c r="K96" t="s">
+        <v>89</v>
+      </c>
+      <c r="L96" t="s">
+        <v>26</v>
+      </c>
+      <c r="M96" t="s">
+        <v>90</v>
+      </c>
+      <c r="N96" t="s">
+        <v>28</v>
+      </c>
+      <c r="O96" t="s">
         <v>918</v>
-      </c>
-[...19 lines deleted...]
-        <v>920</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>5496</v>
+        <v>5476</v>
       </c>
       <c r="B97" t="s">
+        <v>919</v>
+      </c>
+      <c r="C97" t="s">
+        <v>920</v>
+      </c>
+      <c r="D97" t="s">
         <v>921</v>
       </c>
-      <c r="C97" t="s">
+      <c r="E97" t="s">
         <v>922</v>
       </c>
-      <c r="D97" t="s">
+      <c r="F97" t="s">
         <v>923</v>
       </c>
-      <c r="E97" t="s">
+      <c r="G97" t="s">
         <v>924</v>
       </c>
-      <c r="F97" t="s">
+      <c r="H97" t="s">
         <v>925</v>
       </c>
-      <c r="G97" t="s">
+      <c r="I97" t="s">
         <v>926</v>
       </c>
-      <c r="H97" t="s">
+      <c r="J97" t="s">
         <v>927</v>
       </c>
-      <c r="I97" t="s">
+      <c r="K97" t="s">
+        <v>373</v>
+      </c>
+      <c r="L97" t="s">
         <v>928</v>
       </c>
-      <c r="J97" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M97" t="s">
-        <v>836</v>
+        <v>375</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>5507</v>
+        <v>5478</v>
       </c>
       <c r="B98" t="s">
         <v>930</v>
       </c>
       <c r="C98" t="s">
         <v>931</v>
       </c>
       <c r="D98" t="s">
         <v>932</v>
       </c>
       <c r="E98" t="s">
         <v>933</v>
       </c>
       <c r="F98" t="s">
         <v>934</v>
       </c>
       <c r="G98" t="s">
         <v>935</v>
       </c>
       <c r="H98" t="s">
         <v>936</v>
       </c>
       <c r="I98" t="s">
         <v>937</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>25</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
         <v>938</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>5509</v>
+        <v>5496</v>
       </c>
       <c r="B99" t="s">
         <v>939</v>
       </c>
       <c r="C99" t="s">
         <v>940</v>
       </c>
       <c r="D99" t="s">
         <v>941</v>
       </c>
       <c r="E99" t="s">
         <v>942</v>
       </c>
       <c r="F99" t="s">
         <v>943</v>
       </c>
       <c r="G99" t="s">
         <v>944</v>
       </c>
       <c r="H99" t="s">
         <v>945</v>
       </c>
       <c r="I99" t="s">
         <v>946</v>
       </c>
       <c r="J99" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K99" t="s">
-        <v>355</v>
+        <v>853</v>
       </c>
       <c r="L99" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M99" t="s">
-        <v>357</v>
+        <v>854</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>5512</v>
+        <v>5507</v>
       </c>
       <c r="B100" t="s">
         <v>948</v>
       </c>
       <c r="C100" t="s">
         <v>949</v>
       </c>
       <c r="D100" t="s">
         <v>950</v>
       </c>
       <c r="E100" t="s">
         <v>951</v>
       </c>
       <c r="F100" t="s">
         <v>952</v>
       </c>
       <c r="G100" t="s">
         <v>953</v>
       </c>
       <c r="H100" t="s">
         <v>954</v>
       </c>
       <c r="I100" t="s">
         <v>955</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
         <v>956</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>5514</v>
+        <v>5509</v>
       </c>
       <c r="B101" t="s">
         <v>957</v>
       </c>
       <c r="C101" t="s">
         <v>958</v>
       </c>
       <c r="D101" t="s">
         <v>959</v>
       </c>
       <c r="E101" t="s">
         <v>960</v>
       </c>
       <c r="F101" t="s">
         <v>961</v>
       </c>
       <c r="G101" t="s">
         <v>962</v>
       </c>
       <c r="H101" t="s">
         <v>963</v>
       </c>
       <c r="I101" t="s">
         <v>964</v>
       </c>
       <c r="J101" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="K101" t="s">
-        <v>272</v>
+        <v>373</v>
       </c>
       <c r="L101" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="M101" t="s">
-        <v>273</v>
+        <v>375</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>5516</v>
+        <v>5512</v>
       </c>
       <c r="B102" t="s">
         <v>966</v>
       </c>
       <c r="C102" t="s">
         <v>967</v>
       </c>
       <c r="D102" t="s">
         <v>968</v>
       </c>
       <c r="E102" t="s">
         <v>969</v>
       </c>
       <c r="F102" t="s">
         <v>970</v>
       </c>
       <c r="G102" t="s">
         <v>971</v>
       </c>
       <c r="H102" t="s">
         <v>972</v>
       </c>
       <c r="I102" t="s">
         <v>973</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
         <v>974</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>5517</v>
+        <v>5514</v>
       </c>
       <c r="B103" t="s">
         <v>975</v>
       </c>
       <c r="C103" t="s">
         <v>976</v>
       </c>
       <c r="D103" t="s">
         <v>977</v>
       </c>
       <c r="E103" t="s">
         <v>978</v>
       </c>
       <c r="F103" t="s">
         <v>979</v>
       </c>
       <c r="G103" t="s">
         <v>980</v>
       </c>
       <c r="H103" t="s">
         <v>981</v>
       </c>
       <c r="I103" t="s">
         <v>982</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>25</v>
+        <v>290</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
-        <v>27</v>
+        <v>291</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
         <v>983</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>5518</v>
+        <v>5516</v>
       </c>
       <c r="B104" t="s">
         <v>984</v>
       </c>
       <c r="C104" t="s">
         <v>985</v>
       </c>
       <c r="D104" t="s">
         <v>986</v>
       </c>
       <c r="E104" t="s">
         <v>987</v>
       </c>
       <c r="F104" t="s">
         <v>988</v>
       </c>
       <c r="G104" t="s">
         <v>989</v>
       </c>
       <c r="H104" t="s">
         <v>990</v>
       </c>
       <c r="I104" t="s">
         <v>991</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
         <v>25</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
         <v>27</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
         <v>992</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>5545</v>
+        <v>5517</v>
       </c>
       <c r="B105" t="s">
         <v>993</v>
       </c>
       <c r="C105" t="s">
         <v>994</v>
       </c>
       <c r="D105" t="s">
         <v>995</v>
       </c>
       <c r="E105" t="s">
         <v>996</v>
       </c>
       <c r="F105" t="s">
         <v>997</v>
       </c>
       <c r="G105" t="s">
         <v>998</v>
       </c>
       <c r="H105" t="s">
         <v>999</v>
       </c>
       <c r="I105" t="s">
         <v>1000</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>5733</v>
+        <v>5518</v>
       </c>
       <c r="B106" t="s">
         <v>1002</v>
       </c>
       <c r="C106" t="s">
         <v>1003</v>
       </c>
       <c r="D106" t="s">
         <v>1004</v>
       </c>
       <c r="E106" t="s">
         <v>1005</v>
       </c>
       <c r="F106" t="s">
         <v>1006</v>
       </c>
       <c r="G106" t="s">
         <v>1007</v>
       </c>
       <c r="H106" t="s">
         <v>1008</v>
       </c>
       <c r="I106" t="s">
         <v>1009</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
         <v>1010</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>5792</v>
+        <v>5545</v>
       </c>
       <c r="B107" t="s">
         <v>1011</v>
       </c>
       <c r="C107" t="s">
         <v>1012</v>
       </c>
       <c r="D107" t="s">
         <v>1013</v>
       </c>
       <c r="E107" t="s">
         <v>1014</v>
       </c>
       <c r="F107" t="s">
         <v>1015</v>
       </c>
       <c r="G107" t="s">
         <v>1016</v>
       </c>
       <c r="H107" t="s">
         <v>1017</v>
       </c>
       <c r="I107" t="s">
         <v>1018</v>
       </c>
       <c r="J107" t="s">
+        <v>24</v>
+      </c>
+      <c r="K107" t="s">
         <v>89</v>
       </c>
-      <c r="K107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L107" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M107" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
         <v>1019</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>5794</v>
+        <v>5733</v>
       </c>
       <c r="B108" t="s">
         <v>1020</v>
       </c>
       <c r="C108" t="s">
         <v>1021</v>
       </c>
       <c r="D108" t="s">
         <v>1022</v>
       </c>
       <c r="E108" t="s">
         <v>1023</v>
       </c>
       <c r="F108" t="s">
         <v>1024</v>
       </c>
       <c r="G108" t="s">
         <v>1025</v>
       </c>
       <c r="H108" t="s">
         <v>1026</v>
       </c>
       <c r="I108" t="s">
         <v>1027</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
         <v>1028</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>5796</v>
+        <v>5792</v>
       </c>
       <c r="B109" t="s">
         <v>1029</v>
       </c>
       <c r="C109" t="s">
         <v>1030</v>
       </c>
       <c r="D109" t="s">
         <v>1031</v>
       </c>
       <c r="E109" t="s">
         <v>1032</v>
       </c>
       <c r="F109" t="s">
         <v>1033</v>
       </c>
       <c r="G109" t="s">
         <v>1034</v>
       </c>
       <c r="H109" t="s">
         <v>1035</v>
       </c>
       <c r="I109" t="s">
         <v>1036</v>
       </c>
       <c r="J109" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="K109" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="L109" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="M109" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
         <v>1037</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>5798</v>
+        <v>5794</v>
       </c>
       <c r="B110" t="s">
         <v>1038</v>
       </c>
       <c r="C110" t="s">
         <v>1039</v>
       </c>
       <c r="D110" t="s">
         <v>1040</v>
       </c>
       <c r="E110" t="s">
         <v>1041</v>
       </c>
       <c r="F110" t="s">
         <v>1042</v>
       </c>
       <c r="G110" t="s">
         <v>1043</v>
       </c>
       <c r="H110" t="s">
         <v>1044</v>
       </c>
       <c r="I110" t="s">
         <v>1045</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
         <v>1046</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>5799</v>
+        <v>5796</v>
       </c>
       <c r="B111" t="s">
         <v>1047</v>
       </c>
       <c r="C111" t="s">
         <v>1048</v>
       </c>
       <c r="D111" t="s">
         <v>1049</v>
       </c>
       <c r="E111" t="s">
         <v>1050</v>
       </c>
       <c r="F111" t="s">
         <v>1051</v>
       </c>
       <c r="G111" t="s">
         <v>1052</v>
       </c>
       <c r="H111" t="s">
         <v>1053</v>
       </c>
       <c r="I111" t="s">
         <v>1054</v>
       </c>
       <c r="J111" t="s">
-        <v>551</v>
+        <v>24</v>
       </c>
       <c r="K111" t="s">
-        <v>770</v>
+        <v>89</v>
       </c>
       <c r="L111" t="s">
-        <v>553</v>
+        <v>26</v>
       </c>
       <c r="M111" t="s">
-        <v>771</v>
+        <v>90</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>5803</v>
+        <v>5798</v>
       </c>
       <c r="B112" t="s">
         <v>1056</v>
       </c>
       <c r="C112" t="s">
         <v>1057</v>
       </c>
       <c r="D112" t="s">
         <v>1058</v>
       </c>
       <c r="E112" t="s">
         <v>1059</v>
       </c>
       <c r="F112" t="s">
         <v>1060</v>
       </c>
       <c r="G112" t="s">
         <v>1061</v>
       </c>
       <c r="H112" t="s">
         <v>1062</v>
       </c>
       <c r="I112" t="s">
         <v>1063</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
         <v>1064</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>5805</v>
+        <v>5799</v>
       </c>
       <c r="B113" t="s">
         <v>1065</v>
       </c>
       <c r="C113" t="s">
         <v>1066</v>
       </c>
       <c r="D113" t="s">
         <v>1067</v>
       </c>
       <c r="E113" t="s">
         <v>1068</v>
       </c>
       <c r="F113" t="s">
         <v>1069</v>
       </c>
       <c r="G113" t="s">
         <v>1070</v>
       </c>
       <c r="H113" t="s">
         <v>1071</v>
       </c>
       <c r="I113" t="s">
         <v>1072</v>
       </c>
       <c r="J113" t="s">
-        <v>24</v>
+        <v>569</v>
       </c>
       <c r="K113" t="s">
-        <v>25</v>
+        <v>788</v>
       </c>
       <c r="L113" t="s">
-        <v>26</v>
+        <v>571</v>
       </c>
       <c r="M113" t="s">
-        <v>27</v>
+        <v>789</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>5811</v>
+        <v>5803</v>
       </c>
       <c r="B114" t="s">
         <v>1074</v>
       </c>
       <c r="C114" t="s">
         <v>1075</v>
       </c>
       <c r="D114" t="s">
         <v>1076</v>
       </c>
       <c r="E114" t="s">
         <v>1077</v>
       </c>
       <c r="F114" t="s">
         <v>1078</v>
       </c>
       <c r="G114" t="s">
         <v>1079</v>
       </c>
       <c r="H114" t="s">
         <v>1080</v>
       </c>
       <c r="I114" t="s">
         <v>1081</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
         <v>1082</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>5830</v>
+        <v>5805</v>
       </c>
       <c r="B115" t="s">
         <v>1083</v>
       </c>
       <c r="C115" t="s">
         <v>1084</v>
       </c>
       <c r="D115" t="s">
         <v>1085</v>
       </c>
       <c r="E115" t="s">
         <v>1086</v>
       </c>
       <c r="F115" t="s">
         <v>1087</v>
       </c>
       <c r="G115" t="s">
         <v>1088</v>
       </c>
       <c r="H115" t="s">
         <v>1089</v>
       </c>
       <c r="I115" t="s">
         <v>1090</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
         <v>25</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>27</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>5866</v>
+        <v>5811</v>
       </c>
       <c r="B116" t="s">
         <v>1092</v>
       </c>
       <c r="C116" t="s">
         <v>1093</v>
       </c>
       <c r="D116" t="s">
         <v>1094</v>
       </c>
       <c r="E116" t="s">
         <v>1095</v>
       </c>
       <c r="F116" t="s">
         <v>1096</v>
       </c>
       <c r="G116" t="s">
         <v>1097</v>
       </c>
       <c r="H116" t="s">
         <v>1098</v>
       </c>
       <c r="I116" t="s">
         <v>1099</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
         <v>25</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
         <v>27</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>5887</v>
+        <v>5830</v>
       </c>
       <c r="B117" t="s">
         <v>1101</v>
       </c>
       <c r="C117" t="s">
         <v>1102</v>
       </c>
       <c r="D117" t="s">
         <v>1103</v>
       </c>
       <c r="E117" t="s">
         <v>1104</v>
       </c>
       <c r="F117" t="s">
         <v>1105</v>
       </c>
       <c r="G117" t="s">
         <v>1106</v>
       </c>
       <c r="H117" t="s">
         <v>1107</v>
       </c>
       <c r="I117" t="s">
         <v>1108</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
         <v>25</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
         <v>27</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>5907</v>
+        <v>5866</v>
       </c>
       <c r="B118" t="s">
         <v>1110</v>
       </c>
       <c r="C118" t="s">
         <v>1111</v>
       </c>
       <c r="D118" t="s">
         <v>1112</v>
       </c>
       <c r="E118" t="s">
         <v>1113</v>
       </c>
       <c r="F118" t="s">
         <v>1114</v>
       </c>
       <c r="G118" t="s">
         <v>1115</v>
       </c>
       <c r="H118" t="s">
         <v>1116</v>
       </c>
       <c r="I118" t="s">
         <v>1117</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
         <v>25</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
         <v>27</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
         <v>1118</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>5913</v>
+        <v>5887</v>
       </c>
       <c r="B119" t="s">
         <v>1119</v>
       </c>
       <c r="C119" t="s">
         <v>1120</v>
       </c>
       <c r="D119" t="s">
         <v>1121</v>
       </c>
       <c r="E119" t="s">
         <v>1122</v>
       </c>
       <c r="F119" t="s">
         <v>1123</v>
       </c>
       <c r="G119" t="s">
         <v>1124</v>
       </c>
       <c r="H119" t="s">
         <v>1125</v>
       </c>
       <c r="I119" t="s">
         <v>1126</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>5932</v>
+        <v>5907</v>
       </c>
       <c r="B120" t="s">
         <v>1128</v>
       </c>
       <c r="C120" t="s">
         <v>1129</v>
       </c>
       <c r="D120" t="s">
         <v>1130</v>
       </c>
       <c r="E120" t="s">
         <v>1131</v>
       </c>
       <c r="F120" t="s">
         <v>1132</v>
       </c>
       <c r="G120" t="s">
         <v>1133</v>
       </c>
       <c r="H120" t="s">
         <v>1134</v>
       </c>
       <c r="I120" t="s">
         <v>1135</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
         <v>1136</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>5934</v>
+        <v>5913</v>
       </c>
       <c r="B121" t="s">
         <v>1137</v>
       </c>
       <c r="C121" t="s">
         <v>1138</v>
       </c>
       <c r="D121" t="s">
         <v>1139</v>
       </c>
       <c r="E121" t="s">
         <v>1140</v>
       </c>
       <c r="F121" t="s">
         <v>1141</v>
       </c>
       <c r="G121" t="s">
         <v>1142</v>
       </c>
       <c r="H121" t="s">
         <v>1143</v>
       </c>
       <c r="I121" t="s">
         <v>1144</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>5953</v>
+        <v>5932</v>
       </c>
       <c r="B122" t="s">
         <v>1146</v>
       </c>
       <c r="C122" t="s">
         <v>1147</v>
       </c>
       <c r="D122" t="s">
         <v>1148</v>
       </c>
       <c r="E122" t="s">
         <v>1149</v>
       </c>
       <c r="F122" t="s">
         <v>1150</v>
       </c>
       <c r="G122" t="s">
         <v>1151</v>
       </c>
       <c r="H122" t="s">
         <v>1152</v>
       </c>
       <c r="I122" t="s">
         <v>1153</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
         <v>1154</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>5981</v>
+        <v>5934</v>
       </c>
       <c r="B123" t="s">
         <v>1155</v>
       </c>
       <c r="C123" t="s">
         <v>1156</v>
       </c>
       <c r="D123" t="s">
         <v>1157</v>
       </c>
       <c r="E123" t="s">
         <v>1158</v>
       </c>
       <c r="F123" t="s">
         <v>1159</v>
       </c>
       <c r="G123" t="s">
         <v>1160</v>
       </c>
       <c r="H123" t="s">
         <v>1161</v>
       </c>
       <c r="I123" t="s">
         <v>1162</v>
       </c>
       <c r="J123" t="s">
+        <v>24</v>
+      </c>
+      <c r="K123" t="s">
         <v>89</v>
       </c>
-      <c r="K123" t="s">
+      <c r="L123" t="s">
+        <v>26</v>
+      </c>
+      <c r="M123" t="s">
+        <v>90</v>
+      </c>
+      <c r="N123" t="s">
+        <v>28</v>
+      </c>
+      <c r="O123" t="s">
         <v>1163</v>
-      </c>
-[...10 lines deleted...]
-        <v>1165</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>5986</v>
+        <v>5953</v>
       </c>
       <c r="B124" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D124" t="s">
         <v>1166</v>
       </c>
-      <c r="C124" t="s">
+      <c r="E124" t="s">
         <v>1167</v>
       </c>
-      <c r="D124" t="s">
+      <c r="F124" t="s">
         <v>1168</v>
       </c>
-      <c r="E124" t="s">
+      <c r="G124" t="s">
         <v>1169</v>
       </c>
-      <c r="F124" t="s">
+      <c r="H124" t="s">
         <v>1170</v>
       </c>
-      <c r="G124" t="s">
+      <c r="I124" t="s">
         <v>1171</v>
       </c>
-      <c r="H124" t="s">
+      <c r="J124" t="s">
+        <v>24</v>
+      </c>
+      <c r="K124" t="s">
+        <v>25</v>
+      </c>
+      <c r="L124" t="s">
+        <v>26</v>
+      </c>
+      <c r="M124" t="s">
+        <v>27</v>
+      </c>
+      <c r="N124" t="s">
+        <v>28</v>
+      </c>
+      <c r="O124" t="s">
         <v>1172</v>
-      </c>
-[...19 lines deleted...]
-        <v>1174</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>5989</v>
+        <v>5981</v>
       </c>
       <c r="B125" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D125" t="s">
         <v>1175</v>
       </c>
-      <c r="C125" t="s">
+      <c r="E125" t="s">
         <v>1176</v>
       </c>
-      <c r="D125" t="s">
+      <c r="F125" t="s">
         <v>1177</v>
       </c>
-      <c r="E125" t="s">
+      <c r="G125" t="s">
         <v>1178</v>
       </c>
-      <c r="F125" t="s">
+      <c r="H125" t="s">
         <v>1179</v>
       </c>
-      <c r="G125" t="s">
+      <c r="I125" t="s">
         <v>1180</v>
       </c>
-      <c r="H125" t="s">
+      <c r="J125" t="s">
+        <v>109</v>
+      </c>
+      <c r="K125" t="s">
         <v>1181</v>
       </c>
-      <c r="I125" t="s">
+      <c r="L125" t="s">
+        <v>111</v>
+      </c>
+      <c r="M125" t="s">
         <v>1182</v>
-      </c>
-[...10 lines deleted...]
-        <v>695</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
         <v>1183</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>6021</v>
+        <v>5986</v>
       </c>
       <c r="B126" t="s">
         <v>1184</v>
       </c>
       <c r="C126" t="s">
         <v>1185</v>
       </c>
       <c r="D126" t="s">
         <v>1186</v>
       </c>
       <c r="E126" t="s">
         <v>1187</v>
       </c>
       <c r="F126" t="s">
         <v>1188</v>
       </c>
       <c r="G126" t="s">
         <v>1189</v>
       </c>
       <c r="H126" t="s">
         <v>1190</v>
       </c>
       <c r="I126" t="s">
         <v>1191</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>6180</v>
+        <v>5989</v>
       </c>
       <c r="B127" t="s">
         <v>1193</v>
       </c>
       <c r="C127" t="s">
         <v>1194</v>
       </c>
       <c r="D127" t="s">
         <v>1195</v>
       </c>
       <c r="E127" t="s">
         <v>1196</v>
       </c>
       <c r="F127" t="s">
         <v>1197</v>
       </c>
       <c r="G127" t="s">
         <v>1198</v>
       </c>
       <c r="H127" t="s">
         <v>1199</v>
       </c>
       <c r="I127" t="s">
         <v>1200</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>25</v>
+        <v>712</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
-        <v>27</v>
+        <v>713</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
         <v>1201</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>6203</v>
+        <v>6021</v>
       </c>
       <c r="B128" t="s">
         <v>1202</v>
       </c>
       <c r="C128" t="s">
         <v>1203</v>
       </c>
       <c r="D128" t="s">
         <v>1204</v>
       </c>
       <c r="E128" t="s">
         <v>1205</v>
       </c>
       <c r="F128" t="s">
         <v>1206</v>
       </c>
       <c r="G128" t="s">
         <v>1207</v>
       </c>
       <c r="H128" t="s">
         <v>1208</v>
       </c>
       <c r="I128" t="s">
         <v>1209</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
         <v>1210</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>6208</v>
+        <v>6180</v>
       </c>
       <c r="B129" t="s">
         <v>1211</v>
       </c>
       <c r="C129" t="s">
         <v>1212</v>
       </c>
       <c r="D129" t="s">
         <v>1213</v>
       </c>
       <c r="E129" t="s">
         <v>1214</v>
       </c>
       <c r="F129" t="s">
         <v>1215</v>
       </c>
       <c r="G129" t="s">
         <v>1216</v>
       </c>
       <c r="H129" t="s">
         <v>1217</v>
       </c>
       <c r="I129" t="s">
         <v>1218</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
         <v>1219</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>6211</v>
+        <v>6203</v>
       </c>
       <c r="B130" t="s">
         <v>1220</v>
       </c>
       <c r="C130" t="s">
         <v>1221</v>
       </c>
       <c r="D130" t="s">
         <v>1222</v>
       </c>
       <c r="E130" t="s">
         <v>1223</v>
       </c>
       <c r="F130" t="s">
         <v>1224</v>
       </c>
       <c r="G130" t="s">
         <v>1225</v>
       </c>
       <c r="H130" t="s">
         <v>1226</v>
       </c>
       <c r="I130" t="s">
         <v>1227</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
         <v>1228</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>6255</v>
+        <v>6208</v>
       </c>
       <c r="B131" t="s">
         <v>1229</v>
       </c>
       <c r="C131" t="s">
         <v>1230</v>
       </c>
       <c r="D131" t="s">
         <v>1231</v>
       </c>
       <c r="E131" t="s">
         <v>1232</v>
       </c>
       <c r="F131" t="s">
         <v>1233</v>
       </c>
       <c r="G131" t="s">
         <v>1234</v>
       </c>
       <c r="H131" t="s">
         <v>1235</v>
       </c>
       <c r="I131" t="s">
         <v>1236</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
+        <v>89</v>
+      </c>
+      <c r="L131" t="s">
+        <v>26</v>
+      </c>
+      <c r="M131" t="s">
+        <v>90</v>
+      </c>
+      <c r="N131" t="s">
+        <v>28</v>
+      </c>
+      <c r="O131" t="s">
         <v>1237</v>
-      </c>
-[...10 lines deleted...]
-        <v>1239</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>6261</v>
+        <v>6211</v>
       </c>
       <c r="B132" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D132" t="s">
         <v>1240</v>
       </c>
-      <c r="C132" t="s">
+      <c r="E132" t="s">
         <v>1241</v>
       </c>
-      <c r="D132" t="s">
+      <c r="F132" t="s">
         <v>1242</v>
       </c>
-      <c r="E132" t="s">
+      <c r="G132" t="s">
         <v>1243</v>
       </c>
-      <c r="F132" t="s">
+      <c r="H132" t="s">
         <v>1244</v>
       </c>
-      <c r="G132" t="s">
+      <c r="I132" t="s">
         <v>1245</v>
       </c>
-      <c r="H132" t="s">
+      <c r="J132" t="s">
+        <v>24</v>
+      </c>
+      <c r="K132" t="s">
+        <v>89</v>
+      </c>
+      <c r="L132" t="s">
+        <v>26</v>
+      </c>
+      <c r="M132" t="s">
+        <v>90</v>
+      </c>
+      <c r="N132" t="s">
+        <v>28</v>
+      </c>
+      <c r="O132" t="s">
         <v>1246</v>
-      </c>
-[...19 lines deleted...]
-        <v>1248</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>6263</v>
+        <v>6255</v>
       </c>
       <c r="B133" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D133" t="s">
         <v>1249</v>
       </c>
-      <c r="C133" t="s">
+      <c r="E133" t="s">
         <v>1250</v>
       </c>
-      <c r="D133" t="s">
+      <c r="F133" t="s">
         <v>1251</v>
       </c>
-      <c r="E133" t="s">
+      <c r="G133" t="s">
         <v>1252</v>
       </c>
-      <c r="F133" t="s">
+      <c r="H133" t="s">
         <v>1253</v>
       </c>
-      <c r="G133" t="s">
+      <c r="I133" t="s">
         <v>1254</v>
       </c>
-      <c r="H133" t="s">
+      <c r="J133" t="s">
+        <v>24</v>
+      </c>
+      <c r="K133" t="s">
         <v>1255</v>
       </c>
-      <c r="I133" t="s">
+      <c r="L133" t="s">
+        <v>26</v>
+      </c>
+      <c r="M133" t="s">
         <v>1256</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>6274</v>
+        <v>6261</v>
       </c>
       <c r="B134" t="s">
         <v>1258</v>
       </c>
       <c r="C134" t="s">
         <v>1259</v>
       </c>
       <c r="D134" t="s">
         <v>1260</v>
       </c>
       <c r="E134" t="s">
         <v>1261</v>
       </c>
       <c r="F134" t="s">
         <v>1262</v>
       </c>
       <c r="G134" t="s">
         <v>1263</v>
       </c>
       <c r="H134" t="s">
         <v>1264</v>
       </c>
       <c r="I134" t="s">
         <v>1265</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
         <v>1266</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>6275</v>
+        <v>6263</v>
       </c>
       <c r="B135" t="s">
         <v>1267</v>
       </c>
       <c r="C135" t="s">
         <v>1268</v>
       </c>
       <c r="D135" t="s">
         <v>1269</v>
       </c>
       <c r="E135" t="s">
         <v>1270</v>
       </c>
       <c r="F135" t="s">
         <v>1271</v>
       </c>
       <c r="G135" t="s">
         <v>1272</v>
       </c>
       <c r="H135" t="s">
         <v>1273</v>
       </c>
       <c r="I135" t="s">
         <v>1274</v>
       </c>
       <c r="J135" t="s">
+        <v>24</v>
+      </c>
+      <c r="K135" t="s">
         <v>89</v>
       </c>
-      <c r="K135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L135" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M135" t="s">
-        <v>344</v>
+        <v>90</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>6337</v>
+        <v>6274</v>
       </c>
       <c r="B136" t="s">
         <v>1276</v>
       </c>
       <c r="C136" t="s">
         <v>1277</v>
       </c>
       <c r="D136" t="s">
         <v>1278</v>
       </c>
       <c r="E136" t="s">
         <v>1279</v>
       </c>
       <c r="F136" t="s">
         <v>1280</v>
       </c>
       <c r="G136" t="s">
         <v>1281</v>
       </c>
       <c r="H136" t="s">
         <v>1282</v>
       </c>
       <c r="I136" t="s">
         <v>1283</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>6460</v>
+        <v>6275</v>
       </c>
       <c r="B137" t="s">
         <v>1285</v>
       </c>
       <c r="C137" t="s">
         <v>1286</v>
       </c>
       <c r="D137" t="s">
         <v>1287</v>
       </c>
       <c r="E137" t="s">
         <v>1288</v>
       </c>
       <c r="F137" t="s">
         <v>1289</v>
       </c>
       <c r="G137" t="s">
         <v>1290</v>
       </c>
       <c r="H137" t="s">
         <v>1291</v>
       </c>
       <c r="I137" t="s">
         <v>1292</v>
       </c>
       <c r="J137" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="K137" t="s">
-        <v>25</v>
+        <v>360</v>
       </c>
       <c r="L137" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="M137" t="s">
-        <v>27</v>
+        <v>362</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>6468</v>
+        <v>6337</v>
       </c>
       <c r="B138" t="s">
         <v>1294</v>
       </c>
       <c r="C138" t="s">
         <v>1295</v>
       </c>
       <c r="D138" t="s">
         <v>1296</v>
       </c>
       <c r="E138" t="s">
         <v>1297</v>
       </c>
       <c r="F138" t="s">
         <v>1298</v>
       </c>
       <c r="G138" t="s">
         <v>1299</v>
       </c>
       <c r="H138" t="s">
         <v>1300</v>
       </c>
       <c r="I138" t="s">
         <v>1301</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>6761</v>
+        <v>6460</v>
       </c>
       <c r="B139" t="s">
         <v>1303</v>
       </c>
       <c r="C139" t="s">
         <v>1304</v>
       </c>
       <c r="D139" t="s">
         <v>1305</v>
       </c>
       <c r="E139" t="s">
         <v>1306</v>
       </c>
       <c r="F139" t="s">
         <v>1307</v>
       </c>
       <c r="G139" t="s">
         <v>1308</v>
       </c>
       <c r="H139" t="s">
         <v>1309</v>
       </c>
       <c r="I139" t="s">
         <v>1310</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
         <v>25</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
         <v>27</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
         <v>1311</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>6765</v>
+        <v>6468</v>
       </c>
       <c r="B140" t="s">
         <v>1312</v>
       </c>
       <c r="C140" t="s">
         <v>1313</v>
       </c>
       <c r="D140" t="s">
         <v>1314</v>
       </c>
       <c r="E140" t="s">
         <v>1315</v>
       </c>
       <c r="F140" t="s">
         <v>1316</v>
       </c>
       <c r="G140" t="s">
         <v>1317</v>
       </c>
       <c r="H140" t="s">
         <v>1318</v>
       </c>
       <c r="I140" t="s">
         <v>1319</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
         <v>1320</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>8265</v>
+        <v>6761</v>
       </c>
       <c r="B141" t="s">
         <v>1321</v>
       </c>
       <c r="C141" t="s">
         <v>1322</v>
       </c>
       <c r="D141" t="s">
         <v>1323</v>
       </c>
       <c r="E141" t="s">
         <v>1324</v>
       </c>
       <c r="F141" t="s">
         <v>1325</v>
       </c>
       <c r="G141" t="s">
         <v>1326</v>
       </c>
       <c r="H141" t="s">
         <v>1327</v>
       </c>
       <c r="I141" t="s">
         <v>1328</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
+        <v>25</v>
+      </c>
+      <c r="L141" t="s">
+        <v>26</v>
+      </c>
+      <c r="M141" t="s">
+        <v>27</v>
+      </c>
+      <c r="N141" t="s">
+        <v>28</v>
+      </c>
+      <c r="O141" t="s">
         <v>1329</v>
-      </c>
-[...10 lines deleted...]
-        <v>1331</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>8402</v>
+        <v>6765</v>
       </c>
       <c r="B142" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C142" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D142" t="s">
         <v>1332</v>
       </c>
-      <c r="C142" t="s">
+      <c r="E142" t="s">
         <v>1333</v>
       </c>
-      <c r="D142" t="s">
+      <c r="F142" t="s">
         <v>1334</v>
       </c>
-      <c r="E142" t="s">
+      <c r="G142" t="s">
         <v>1335</v>
       </c>
-      <c r="F142" t="s">
+      <c r="H142" t="s">
         <v>1336</v>
       </c>
-      <c r="G142" t="s">
+      <c r="I142" t="s">
         <v>1337</v>
       </c>
-      <c r="H142" t="s">
+      <c r="J142" t="s">
+        <v>24</v>
+      </c>
+      <c r="K142" t="s">
+        <v>89</v>
+      </c>
+      <c r="L142" t="s">
+        <v>26</v>
+      </c>
+      <c r="M142" t="s">
+        <v>90</v>
+      </c>
+      <c r="N142" t="s">
+        <v>28</v>
+      </c>
+      <c r="O142" t="s">
         <v>1338</v>
-      </c>
-[...19 lines deleted...]
-        <v>1340</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>8914</v>
+        <v>8265</v>
       </c>
       <c r="B143" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C143" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D143" t="s">
         <v>1341</v>
       </c>
-      <c r="C143" t="s">
+      <c r="E143" t="s">
         <v>1342</v>
       </c>
-      <c r="D143" t="s">
+      <c r="F143" t="s">
         <v>1343</v>
       </c>
-      <c r="E143" t="s">
+      <c r="G143" t="s">
         <v>1344</v>
       </c>
-      <c r="F143" t="s">
+      <c r="H143" t="s">
         <v>1345</v>
       </c>
-      <c r="G143" t="s">
+      <c r="I143" t="s">
         <v>1346</v>
       </c>
-      <c r="H143" t="s">
+      <c r="J143" t="s">
+        <v>24</v>
+      </c>
+      <c r="K143" t="s">
         <v>1347</v>
       </c>
-      <c r="I143" t="s">
+      <c r="L143" t="s">
+        <v>26</v>
+      </c>
+      <c r="M143" t="s">
         <v>1348</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
         <v>1349</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>8918</v>
+        <v>8402</v>
       </c>
       <c r="B144" t="s">
         <v>1350</v>
       </c>
       <c r="C144" t="s">
         <v>1351</v>
       </c>
       <c r="D144" t="s">
         <v>1352</v>
       </c>
       <c r="E144" t="s">
         <v>1353</v>
       </c>
       <c r="F144" t="s">
         <v>1354</v>
       </c>
       <c r="G144" t="s">
         <v>1355</v>
       </c>
       <c r="H144" t="s">
         <v>1356</v>
       </c>
       <c r="I144" t="s">
         <v>1357</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
         <v>1358</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>8945</v>
+        <v>8914</v>
       </c>
       <c r="B145" t="s">
         <v>1359</v>
       </c>
       <c r="C145" t="s">
         <v>1360</v>
       </c>
       <c r="D145" t="s">
         <v>1361</v>
       </c>
       <c r="E145" t="s">
         <v>1362</v>
       </c>
       <c r="F145" t="s">
         <v>1363</v>
       </c>
       <c r="G145" t="s">
         <v>1364</v>
       </c>
       <c r="H145" t="s">
         <v>1365</v>
       </c>
       <c r="I145" t="s">
         <v>1366</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
         <v>1367</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>10098</v>
+        <v>8918</v>
       </c>
       <c r="B146" t="s">
         <v>1368</v>
       </c>
       <c r="C146" t="s">
         <v>1369</v>
       </c>
       <c r="D146" t="s">
         <v>1370</v>
       </c>
       <c r="E146" t="s">
         <v>1371</v>
       </c>
       <c r="F146" t="s">
         <v>1372</v>
       </c>
       <c r="G146" t="s">
         <v>1373</v>
       </c>
       <c r="H146" t="s">
         <v>1374</v>
       </c>
       <c r="I146" t="s">
         <v>1375</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
         <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
         <v>1376</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>10412</v>
+        <v>8945</v>
       </c>
       <c r="B147" t="s">
         <v>1377</v>
       </c>
       <c r="C147" t="s">
         <v>1378</v>
       </c>
       <c r="D147" t="s">
         <v>1379</v>
       </c>
       <c r="E147" t="s">
         <v>1380</v>
       </c>
       <c r="F147" t="s">
         <v>1381</v>
       </c>
       <c r="G147" t="s">
         <v>1382</v>
       </c>
       <c r="H147" t="s">
         <v>1383</v>
       </c>
       <c r="I147" t="s">
         <v>1384</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
         <v>1385</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>10647</v>
+        <v>10098</v>
       </c>
       <c r="B148" t="s">
         <v>1386</v>
       </c>
       <c r="C148" t="s">
         <v>1387</v>
       </c>
       <c r="D148" t="s">
         <v>1388</v>
       </c>
       <c r="E148" t="s">
         <v>1389</v>
       </c>
       <c r="F148" t="s">
         <v>1390</v>
       </c>
       <c r="G148" t="s">
         <v>1391</v>
       </c>
       <c r="H148" t="s">
         <v>1392</v>
       </c>
       <c r="I148" t="s">
         <v>1393</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
         <v>1394</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>10930</v>
+        <v>10412</v>
       </c>
       <c r="B149" t="s">
         <v>1395</v>
       </c>
       <c r="C149" t="s">
         <v>1396</v>
       </c>
       <c r="D149" t="s">
         <v>1397</v>
       </c>
       <c r="E149" t="s">
         <v>1398</v>
       </c>
       <c r="F149" t="s">
         <v>1399</v>
       </c>
       <c r="G149" t="s">
         <v>1400</v>
       </c>
       <c r="H149" t="s">
         <v>1401</v>
       </c>
       <c r="I149" t="s">
         <v>1402</v>
       </c>
       <c r="J149" t="s">
+        <v>24</v>
+      </c>
+      <c r="K149" t="s">
+        <v>25</v>
+      </c>
+      <c r="L149" t="s">
+        <v>26</v>
+      </c>
+      <c r="M149" t="s">
+        <v>27</v>
+      </c>
+      <c r="N149" t="s">
+        <v>28</v>
+      </c>
+      <c r="O149" t="s">
         <v>1403</v>
-      </c>
-[...13 lines deleted...]
-        <v>1405</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>10947</v>
+        <v>10647</v>
       </c>
       <c r="B150" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C150" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D150" t="s">
         <v>1406</v>
       </c>
-      <c r="C150" t="s">
+      <c r="E150" t="s">
         <v>1407</v>
       </c>
-      <c r="D150" t="s">
+      <c r="F150" t="s">
         <v>1408</v>
       </c>
-      <c r="E150" t="s">
+      <c r="G150" t="s">
         <v>1409</v>
       </c>
-      <c r="F150" t="s">
+      <c r="H150" t="s">
         <v>1410</v>
       </c>
-      <c r="G150" t="s">
+      <c r="I150" t="s">
         <v>1411</v>
       </c>
-      <c r="H150" t="s">
+      <c r="J150" t="s">
+        <v>24</v>
+      </c>
+      <c r="K150" t="s">
+        <v>89</v>
+      </c>
+      <c r="L150" t="s">
+        <v>26</v>
+      </c>
+      <c r="M150" t="s">
+        <v>90</v>
+      </c>
+      <c r="N150" t="s">
+        <v>28</v>
+      </c>
+      <c r="O150" t="s">
         <v>1412</v>
-      </c>
-[...19 lines deleted...]
-        <v>1414</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>10951</v>
+        <v>10930</v>
       </c>
       <c r="B151" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C151" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D151" t="s">
         <v>1415</v>
       </c>
-      <c r="C151" t="s">
+      <c r="E151" t="s">
         <v>1416</v>
       </c>
-      <c r="D151" t="s">
+      <c r="F151" t="s">
         <v>1417</v>
       </c>
-      <c r="E151" t="s">
+      <c r="G151" t="s">
         <v>1418</v>
       </c>
-      <c r="F151" t="s">
+      <c r="H151" t="s">
         <v>1419</v>
       </c>
-      <c r="G151" t="s">
+      <c r="I151" t="s">
         <v>1420</v>
       </c>
-      <c r="H151" t="s">
+      <c r="J151" t="s">
         <v>1421</v>
       </c>
-      <c r="I151" t="s">
+      <c r="K151" t="s">
+        <v>853</v>
+      </c>
+      <c r="L151" t="s">
         <v>1422</v>
       </c>
-      <c r="J151" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M151" t="s">
-        <v>123</v>
+        <v>854</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
         <v>1423</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>11287</v>
+        <v>10947</v>
       </c>
       <c r="B152" t="s">
         <v>1424</v>
       </c>
       <c r="C152" t="s">
         <v>1425</v>
       </c>
       <c r="D152" t="s">
         <v>1426</v>
       </c>
       <c r="E152" t="s">
         <v>1427</v>
       </c>
       <c r="F152" t="s">
         <v>1428</v>
       </c>
       <c r="G152" t="s">
         <v>1429</v>
       </c>
       <c r="H152" t="s">
         <v>1430</v>
       </c>
       <c r="I152" t="s">
         <v>1431</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>58060</v>
+        <v>10951</v>
       </c>
       <c r="B153" t="s">
         <v>1433</v>
       </c>
       <c r="C153" t="s">
         <v>1434</v>
       </c>
       <c r="D153" t="s">
         <v>1435</v>
       </c>
       <c r="E153" t="s">
         <v>1436</v>
       </c>
       <c r="F153" t="s">
         <v>1437</v>
       </c>
       <c r="G153" t="s">
         <v>1438</v>
       </c>
       <c r="H153" t="s">
         <v>1439</v>
       </c>
       <c r="I153" t="s">
         <v>1440</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
+        <v>58</v>
+      </c>
+      <c r="L153" t="s">
+        <v>26</v>
+      </c>
+      <c r="M153" t="s">
+        <v>59</v>
+      </c>
+      <c r="N153" t="s">
+        <v>28</v>
+      </c>
+      <c r="O153" t="s">
         <v>1441</v>
-      </c>
-[...10 lines deleted...]
-        <v>1443</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>58240</v>
+        <v>11287</v>
       </c>
       <c r="B154" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D154" t="s">
         <v>1444</v>
       </c>
-      <c r="C154" t="s">
+      <c r="E154" t="s">
         <v>1445</v>
       </c>
-      <c r="D154" t="s">
+      <c r="F154" t="s">
         <v>1446</v>
       </c>
-      <c r="E154" t="s">
+      <c r="G154" t="s">
         <v>1447</v>
       </c>
-      <c r="F154" t="s">
+      <c r="H154" t="s">
         <v>1448</v>
       </c>
-      <c r="G154" t="s">
+      <c r="I154" t="s">
         <v>1449</v>
       </c>
-      <c r="H154" t="s">
+      <c r="J154" t="s">
+        <v>24</v>
+      </c>
+      <c r="K154" t="s">
+        <v>89</v>
+      </c>
+      <c r="L154" t="s">
+        <v>26</v>
+      </c>
+      <c r="M154" t="s">
+        <v>90</v>
+      </c>
+      <c r="N154" t="s">
+        <v>28</v>
+      </c>
+      <c r="O154" t="s">
         <v>1450</v>
-      </c>
-[...19 lines deleted...]
-        <v>1454</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>58259</v>
+        <v>58060</v>
       </c>
       <c r="B155" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C155" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D155" t="s">
+        <v>1453</v>
+      </c>
+      <c r="E155" t="s">
+        <v>1454</v>
+      </c>
+      <c r="F155" t="s">
         <v>1455</v>
       </c>
-      <c r="C155" t="s">
+      <c r="G155" t="s">
         <v>1456</v>
       </c>
-      <c r="D155" t="s">
+      <c r="H155" t="s">
         <v>1457</v>
       </c>
-      <c r="E155" t="s">
+      <c r="I155" t="s">
         <v>1458</v>
       </c>
-      <c r="F155" t="s">
+      <c r="J155" t="s">
+        <v>24</v>
+      </c>
+      <c r="K155" t="s">
         <v>1459</v>
       </c>
-      <c r="G155" t="s">
+      <c r="L155" t="s">
+        <v>26</v>
+      </c>
+      <c r="M155" t="s">
         <v>1460</v>
       </c>
-      <c r="H155" t="s">
+      <c r="N155" t="s">
+        <v>28</v>
+      </c>
+      <c r="O155" t="s">
         <v>1461</v>
-      </c>
-[...19 lines deleted...]
-        <v>1465</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>65000</v>
+        <v>58240</v>
       </c>
       <c r="B156" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C156" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D156" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E156" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F156" t="s">
         <v>1466</v>
       </c>
-      <c r="C156" t="s">
+      <c r="G156" t="s">
         <v>1467</v>
       </c>
-      <c r="D156" t="s">
+      <c r="H156" t="s">
         <v>1468</v>
       </c>
-      <c r="E156" t="s">
+      <c r="I156" t="s">
         <v>1469</v>
       </c>
-      <c r="F156" t="s">
+      <c r="J156" t="s">
+        <v>24</v>
+      </c>
+      <c r="K156" t="s">
         <v>1470</v>
       </c>
-      <c r="G156" t="s">
+      <c r="L156" t="s">
+        <v>26</v>
+      </c>
+      <c r="M156" t="s">
         <v>1471</v>
       </c>
-      <c r="H156" t="s">
+      <c r="N156" t="s">
+        <v>28</v>
+      </c>
+      <c r="O156" t="s">
         <v>1472</v>
-      </c>
-[...19 lines deleted...]
-        <v>1474</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>65001</v>
+        <v>58259</v>
       </c>
       <c r="B157" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C157" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D157" t="s">
         <v>1475</v>
       </c>
-      <c r="C157" t="s">
+      <c r="E157" t="s">
         <v>1476</v>
       </c>
-      <c r="D157" t="s">
+      <c r="F157" t="s">
         <v>1477</v>
       </c>
-      <c r="E157" t="s">
+      <c r="G157" t="s">
         <v>1478</v>
       </c>
-      <c r="F157" t="s">
+      <c r="H157" t="s">
         <v>1479</v>
       </c>
-      <c r="G157" t="s">
+      <c r="I157" t="s">
         <v>1480</v>
       </c>
-      <c r="H157" t="s">
+      <c r="J157" t="s">
+        <v>24</v>
+      </c>
+      <c r="K157" t="s">
         <v>1481</v>
       </c>
-      <c r="I157" t="s">
+      <c r="L157" t="s">
+        <v>26</v>
+      </c>
+      <c r="M157" t="s">
         <v>1482</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
         <v>1483</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>65002</v>
+        <v>65000</v>
       </c>
       <c r="B158" t="s">
         <v>1484</v>
       </c>
       <c r="C158" t="s">
         <v>1485</v>
       </c>
       <c r="D158" t="s">
         <v>1486</v>
       </c>
       <c r="E158" t="s">
         <v>1487</v>
       </c>
       <c r="F158" t="s">
         <v>1488</v>
       </c>
       <c r="G158" t="s">
         <v>1489</v>
       </c>
       <c r="H158" t="s">
         <v>1490</v>
       </c>
       <c r="I158" t="s">
         <v>1491</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
         <v>25</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
         <v>27</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
         <v>1492</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>65003</v>
+        <v>65001</v>
       </c>
       <c r="B159" t="s">
         <v>1493</v>
       </c>
       <c r="C159" t="s">
         <v>1494</v>
       </c>
       <c r="D159" t="s">
         <v>1495</v>
       </c>
       <c r="E159" t="s">
         <v>1496</v>
       </c>
       <c r="F159" t="s">
         <v>1497</v>
       </c>
       <c r="G159" t="s">
         <v>1498</v>
       </c>
       <c r="H159" t="s">
         <v>1499</v>
       </c>
       <c r="I159" t="s">
         <v>1500</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
         <v>1501</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>65004</v>
+        <v>65002</v>
       </c>
       <c r="B160" t="s">
         <v>1502</v>
       </c>
       <c r="C160" t="s">
         <v>1503</v>
       </c>
       <c r="D160" t="s">
         <v>1504</v>
       </c>
       <c r="E160" t="s">
         <v>1505</v>
       </c>
       <c r="F160" t="s">
         <v>1506</v>
       </c>
       <c r="G160" t="s">
         <v>1507</v>
       </c>
       <c r="H160" t="s">
         <v>1508</v>
       </c>
       <c r="I160" t="s">
         <v>1509</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
         <v>1510</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>65005</v>
+        <v>65003</v>
       </c>
       <c r="B161" t="s">
         <v>1511</v>
       </c>
       <c r="C161" t="s">
         <v>1512</v>
       </c>
       <c r="D161" t="s">
         <v>1513</v>
       </c>
       <c r="E161" t="s">
         <v>1514</v>
       </c>
       <c r="F161" t="s">
         <v>1515</v>
       </c>
       <c r="G161" t="s">
         <v>1516</v>
       </c>
       <c r="H161" t="s">
         <v>1517</v>
       </c>
       <c r="I161" t="s">
         <v>1518</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
+        <v>89</v>
+      </c>
+      <c r="L161" t="s">
+        <v>26</v>
+      </c>
+      <c r="M161" t="s">
+        <v>90</v>
+      </c>
+      <c r="N161" t="s">
+        <v>28</v>
+      </c>
+      <c r="O161" t="s">
         <v>1519</v>
-      </c>
-[...10 lines deleted...]
-        <v>1521</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>65006</v>
+        <v>65004</v>
       </c>
       <c r="B162" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C162" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D162" t="s">
         <v>1522</v>
       </c>
-      <c r="C162" t="s">
+      <c r="E162" t="s">
         <v>1523</v>
       </c>
-      <c r="D162" t="s">
+      <c r="F162" t="s">
         <v>1524</v>
       </c>
-      <c r="E162" t="s">
+      <c r="G162" t="s">
         <v>1525</v>
       </c>
-      <c r="F162" t="s">
+      <c r="H162" t="s">
         <v>1526</v>
       </c>
-      <c r="G162" t="s">
+      <c r="I162" t="s">
         <v>1527</v>
       </c>
-      <c r="H162" t="s">
+      <c r="J162" t="s">
+        <v>24</v>
+      </c>
+      <c r="K162" t="s">
+        <v>89</v>
+      </c>
+      <c r="L162" t="s">
+        <v>26</v>
+      </c>
+      <c r="M162" t="s">
+        <v>90</v>
+      </c>
+      <c r="N162" t="s">
+        <v>28</v>
+      </c>
+      <c r="O162" t="s">
         <v>1528</v>
-      </c>
-[...19 lines deleted...]
-        <v>1532</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>65007</v>
+        <v>65005</v>
       </c>
       <c r="B163" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C163" t="s">
+        <v>1530</v>
+      </c>
+      <c r="D163" t="s">
+        <v>1531</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1532</v>
+      </c>
+      <c r="F163" t="s">
         <v>1533</v>
       </c>
-      <c r="C163" t="s">
+      <c r="G163" t="s">
         <v>1534</v>
       </c>
-      <c r="D163" t="s">
+      <c r="H163" t="s">
         <v>1535</v>
       </c>
-      <c r="E163" t="s">
+      <c r="I163" t="s">
         <v>1536</v>
       </c>
-      <c r="F163" t="s">
+      <c r="J163" t="s">
+        <v>24</v>
+      </c>
+      <c r="K163" t="s">
         <v>1537</v>
       </c>
-      <c r="G163" t="s">
+      <c r="L163" t="s">
+        <v>26</v>
+      </c>
+      <c r="M163" t="s">
         <v>1538</v>
       </c>
-      <c r="H163" t="s">
+      <c r="N163" t="s">
+        <v>28</v>
+      </c>
+      <c r="O163" t="s">
         <v>1539</v>
-      </c>
-[...19 lines deleted...]
-        <v>1541</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>65008</v>
+        <v>65006</v>
       </c>
       <c r="B164" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C164" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D164" t="s">
         <v>1542</v>
       </c>
-      <c r="C164" t="s">
+      <c r="E164" t="s">
         <v>1543</v>
       </c>
-      <c r="D164" t="s">
+      <c r="F164" t="s">
         <v>1544</v>
       </c>
-      <c r="E164" t="s">
+      <c r="G164" t="s">
         <v>1545</v>
       </c>
-      <c r="F164" t="s">
+      <c r="H164" t="s">
         <v>1546</v>
       </c>
-      <c r="G164" t="s">
+      <c r="I164" t="s">
         <v>1547</v>
       </c>
-      <c r="H164" t="s">
+      <c r="J164" t="s">
+        <v>24</v>
+      </c>
+      <c r="K164" t="s">
         <v>1548</v>
       </c>
-      <c r="I164" t="s">
+      <c r="L164" t="s">
+        <v>26</v>
+      </c>
+      <c r="M164" t="s">
         <v>1549</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
         <v>1550</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>65009</v>
+        <v>65007</v>
       </c>
       <c r="B165" t="s">
         <v>1551</v>
       </c>
       <c r="C165" t="s">
         <v>1552</v>
       </c>
       <c r="D165" t="s">
         <v>1553</v>
       </c>
       <c r="E165" t="s">
         <v>1554</v>
       </c>
       <c r="F165" t="s">
         <v>1555</v>
       </c>
       <c r="G165" t="s">
         <v>1556</v>
       </c>
       <c r="H165" t="s">
         <v>1557</v>
       </c>
       <c r="I165" t="s">
         <v>1558</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
         <v>1559</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>65010</v>
+        <v>65008</v>
       </c>
       <c r="B166" t="s">
         <v>1560</v>
       </c>
       <c r="C166" t="s">
         <v>1561</v>
       </c>
       <c r="D166" t="s">
         <v>1562</v>
       </c>
       <c r="E166" t="s">
         <v>1563</v>
       </c>
       <c r="F166" t="s">
         <v>1564</v>
       </c>
       <c r="G166" t="s">
         <v>1565</v>
       </c>
       <c r="H166" t="s">
         <v>1566</v>
       </c>
       <c r="I166" t="s">
         <v>1567</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
         <v>1568</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>65011</v>
+        <v>65009</v>
       </c>
       <c r="B167" t="s">
         <v>1569</v>
       </c>
       <c r="C167" t="s">
         <v>1570</v>
       </c>
       <c r="D167" t="s">
         <v>1571</v>
       </c>
       <c r="E167" t="s">
         <v>1572</v>
       </c>
       <c r="F167" t="s">
         <v>1573</v>
       </c>
       <c r="G167" t="s">
         <v>1574</v>
       </c>
       <c r="H167" t="s">
         <v>1575</v>
       </c>
       <c r="I167" t="s">
         <v>1576</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
         <v>1577</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>65012</v>
+        <v>65010</v>
       </c>
       <c r="B168" t="s">
         <v>1578</v>
       </c>
       <c r="C168" t="s">
         <v>1579</v>
       </c>
       <c r="D168" t="s">
         <v>1580</v>
       </c>
       <c r="E168" t="s">
         <v>1581</v>
       </c>
       <c r="F168" t="s">
         <v>1582</v>
       </c>
       <c r="G168" t="s">
         <v>1583</v>
       </c>
       <c r="H168" t="s">
         <v>1584</v>
       </c>
       <c r="I168" t="s">
         <v>1585</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
+        <v>25</v>
+      </c>
+      <c r="L168" t="s">
+        <v>26</v>
+      </c>
+      <c r="M168" t="s">
+        <v>27</v>
+      </c>
+      <c r="N168" t="s">
+        <v>28</v>
+      </c>
+      <c r="O168" t="s">
         <v>1586</v>
-      </c>
-[...10 lines deleted...]
-        <v>1588</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>65013</v>
+        <v>65011</v>
       </c>
       <c r="B169" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C169" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D169" t="s">
         <v>1589</v>
       </c>
-      <c r="C169" t="s">
+      <c r="E169" t="s">
         <v>1590</v>
       </c>
-      <c r="D169" t="s">
+      <c r="F169" t="s">
         <v>1591</v>
       </c>
-      <c r="E169" t="s">
+      <c r="G169" t="s">
         <v>1592</v>
       </c>
-      <c r="F169" t="s">
+      <c r="H169" t="s">
         <v>1593</v>
       </c>
-      <c r="G169" t="s">
+      <c r="I169" t="s">
         <v>1594</v>
       </c>
-      <c r="H169" t="s">
+      <c r="J169" t="s">
+        <v>24</v>
+      </c>
+      <c r="K169" t="s">
+        <v>89</v>
+      </c>
+      <c r="L169" t="s">
+        <v>26</v>
+      </c>
+      <c r="M169" t="s">
+        <v>90</v>
+      </c>
+      <c r="N169" t="s">
+        <v>28</v>
+      </c>
+      <c r="O169" t="s">
         <v>1595</v>
-      </c>
-[...19 lines deleted...]
-        <v>1597</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>65014</v>
+        <v>65012</v>
       </c>
       <c r="B170" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C170" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D170" t="s">
         <v>1598</v>
       </c>
-      <c r="C170" t="s">
+      <c r="E170" t="s">
         <v>1599</v>
       </c>
-      <c r="D170" t="s">
+      <c r="F170" t="s">
         <v>1600</v>
       </c>
-      <c r="E170" t="s">
+      <c r="G170" t="s">
         <v>1601</v>
       </c>
-      <c r="F170" t="s">
+      <c r="H170" t="s">
         <v>1602</v>
       </c>
-      <c r="G170" t="s">
+      <c r="I170" t="s">
         <v>1603</v>
       </c>
-      <c r="H170" t="s">
+      <c r="J170" t="s">
+        <v>24</v>
+      </c>
+      <c r="K170" t="s">
         <v>1604</v>
       </c>
-      <c r="I170" t="s">
+      <c r="L170" t="s">
+        <v>26</v>
+      </c>
+      <c r="M170" t="s">
         <v>1605</v>
-      </c>
-[...10 lines deleted...]
-        <v>59</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
         <v>1606</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>65015</v>
+        <v>65013</v>
       </c>
       <c r="B171" t="s">
         <v>1607</v>
       </c>
       <c r="C171" t="s">
         <v>1608</v>
       </c>
       <c r="D171" t="s">
         <v>1609</v>
       </c>
       <c r="E171" t="s">
         <v>1610</v>
       </c>
       <c r="F171" t="s">
         <v>1611</v>
       </c>
       <c r="G171" t="s">
         <v>1612</v>
       </c>
       <c r="H171" t="s">
         <v>1613</v>
       </c>
       <c r="I171" t="s">
         <v>1614</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
         <v>1615</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>65016</v>
+        <v>65014</v>
       </c>
       <c r="B172" t="s">
         <v>1616</v>
       </c>
       <c r="C172" t="s">
         <v>1617</v>
       </c>
       <c r="D172" t="s">
         <v>1618</v>
       </c>
       <c r="E172" t="s">
         <v>1619</v>
       </c>
       <c r="F172" t="s">
         <v>1620</v>
       </c>
       <c r="G172" t="s">
         <v>1621</v>
       </c>
       <c r="H172" t="s">
         <v>1622</v>
       </c>
       <c r="I172" t="s">
         <v>1623</v>
       </c>
       <c r="J172" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="K172" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
       <c r="L172" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="M172" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
         <v>1624</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>65017</v>
+        <v>65015</v>
       </c>
       <c r="B173" t="s">
         <v>1625</v>
       </c>
       <c r="C173" t="s">
         <v>1626</v>
       </c>
       <c r="D173" t="s">
         <v>1627</v>
       </c>
       <c r="E173" t="s">
         <v>1628</v>
       </c>
       <c r="F173" t="s">
         <v>1629</v>
       </c>
       <c r="G173" t="s">
         <v>1630</v>
       </c>
       <c r="H173" t="s">
         <v>1631</v>
       </c>
       <c r="I173" t="s">
         <v>1632</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
+        <v>89</v>
+      </c>
+      <c r="L173" t="s">
+        <v>26</v>
+      </c>
+      <c r="M173" t="s">
+        <v>90</v>
+      </c>
+      <c r="N173" t="s">
+        <v>28</v>
+      </c>
+      <c r="O173" t="s">
         <v>1633</v>
-      </c>
-[...10 lines deleted...]
-        <v>1635</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>65018</v>
+        <v>65016</v>
       </c>
       <c r="B174" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D174" t="s">
         <v>1636</v>
       </c>
-      <c r="C174" t="s">
+      <c r="E174" t="s">
         <v>1637</v>
       </c>
-      <c r="D174" t="s">
+      <c r="F174" t="s">
         <v>1638</v>
       </c>
-      <c r="E174" t="s">
+      <c r="G174" t="s">
         <v>1639</v>
       </c>
-      <c r="F174" t="s">
+      <c r="H174" t="s">
         <v>1640</v>
       </c>
-      <c r="G174" t="s">
+      <c r="I174" t="s">
         <v>1641</v>
       </c>
-      <c r="H174" t="s">
+      <c r="J174" t="s">
+        <v>24</v>
+      </c>
+      <c r="K174" t="s">
+        <v>25</v>
+      </c>
+      <c r="L174" t="s">
+        <v>26</v>
+      </c>
+      <c r="M174" t="s">
+        <v>27</v>
+      </c>
+      <c r="N174" t="s">
+        <v>28</v>
+      </c>
+      <c r="O174" t="s">
         <v>1642</v>
-      </c>
-[...19 lines deleted...]
-        <v>1646</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>65019</v>
+        <v>65017</v>
       </c>
       <c r="B175" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D175" t="s">
+        <v>1645</v>
+      </c>
+      <c r="E175" t="s">
+        <v>1646</v>
+      </c>
+      <c r="F175" t="s">
         <v>1647</v>
       </c>
-      <c r="C175" t="s">
+      <c r="G175" t="s">
         <v>1648</v>
       </c>
-      <c r="D175" t="s">
+      <c r="H175" t="s">
         <v>1649</v>
       </c>
-      <c r="E175" t="s">
+      <c r="I175" t="s">
         <v>1650</v>
       </c>
-      <c r="F175" t="s">
+      <c r="J175" t="s">
+        <v>24</v>
+      </c>
+      <c r="K175" t="s">
         <v>1651</v>
       </c>
-      <c r="G175" t="s">
+      <c r="L175" t="s">
+        <v>26</v>
+      </c>
+      <c r="M175" t="s">
         <v>1652</v>
       </c>
-      <c r="H175" t="s">
+      <c r="N175" t="s">
+        <v>28</v>
+      </c>
+      <c r="O175" t="s">
         <v>1653</v>
-      </c>
-[...19 lines deleted...]
-        <v>1655</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>65020</v>
+        <v>65018</v>
       </c>
       <c r="B176" t="s">
+        <v>1654</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D176" t="s">
         <v>1656</v>
       </c>
-      <c r="C176" t="s">
+      <c r="E176" t="s">
         <v>1657</v>
       </c>
-      <c r="D176" t="s">
+      <c r="F176" t="s">
         <v>1658</v>
       </c>
-      <c r="E176" t="s">
+      <c r="G176" t="s">
         <v>1659</v>
       </c>
-      <c r="F176" t="s">
+      <c r="H176" t="s">
         <v>1660</v>
       </c>
-      <c r="G176" t="s">
+      <c r="I176" t="s">
         <v>1661</v>
       </c>
-      <c r="H176" t="s">
+      <c r="J176" t="s">
+        <v>24</v>
+      </c>
+      <c r="K176" t="s">
         <v>1662</v>
       </c>
-      <c r="I176" t="s">
+      <c r="L176" t="s">
+        <v>26</v>
+      </c>
+      <c r="M176" t="s">
         <v>1663</v>
       </c>
-      <c r="J176" t="s">
-[...2 lines deleted...]
-      <c r="K176" t="s">
+      <c r="N176" t="s">
+        <v>28</v>
+      </c>
+      <c r="O176" t="s">
         <v>1664</v>
-      </c>
-[...10 lines deleted...]
-        <v>1666</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>65021</v>
+        <v>65019</v>
       </c>
       <c r="B177" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D177" t="s">
         <v>1667</v>
       </c>
-      <c r="C177" t="s">
+      <c r="E177" t="s">
         <v>1668</v>
       </c>
-      <c r="D177" t="s">
+      <c r="F177" t="s">
         <v>1669</v>
       </c>
-      <c r="E177" t="s">
+      <c r="G177" t="s">
         <v>1670</v>
       </c>
-      <c r="F177" t="s">
+      <c r="H177" t="s">
         <v>1671</v>
       </c>
-      <c r="G177" t="s">
+      <c r="I177" t="s">
         <v>1672</v>
       </c>
-      <c r="H177" t="s">
+      <c r="J177" t="s">
+        <v>24</v>
+      </c>
+      <c r="K177" t="s">
+        <v>89</v>
+      </c>
+      <c r="L177" t="s">
+        <v>26</v>
+      </c>
+      <c r="M177" t="s">
+        <v>90</v>
+      </c>
+      <c r="N177" t="s">
+        <v>28</v>
+      </c>
+      <c r="O177" t="s">
         <v>1673</v>
-      </c>
-[...19 lines deleted...]
-        <v>1675</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>65023</v>
+        <v>65020</v>
       </c>
       <c r="B178" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D178" t="s">
         <v>1676</v>
       </c>
-      <c r="C178" t="s">
+      <c r="E178" t="s">
         <v>1677</v>
       </c>
-      <c r="D178" t="s">
+      <c r="F178" t="s">
         <v>1678</v>
       </c>
-      <c r="E178" t="s">
+      <c r="G178" t="s">
         <v>1679</v>
       </c>
-      <c r="F178" t="s">
+      <c r="H178" t="s">
         <v>1680</v>
       </c>
-      <c r="G178" t="s">
+      <c r="I178" t="s">
         <v>1681</v>
       </c>
-      <c r="H178" t="s">
+      <c r="J178" t="s">
+        <v>24</v>
+      </c>
+      <c r="K178" t="s">
         <v>1682</v>
       </c>
-      <c r="I178" t="s">
+      <c r="L178" t="s">
+        <v>26</v>
+      </c>
+      <c r="M178" t="s">
         <v>1683</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
         <v>1684</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>65026</v>
+        <v>65021</v>
       </c>
       <c r="B179" t="s">
         <v>1685</v>
       </c>
       <c r="C179" t="s">
         <v>1686</v>
       </c>
       <c r="D179" t="s">
         <v>1687</v>
       </c>
       <c r="E179" t="s">
         <v>1688</v>
       </c>
       <c r="F179" t="s">
         <v>1689</v>
       </c>
       <c r="G179" t="s">
         <v>1690</v>
       </c>
       <c r="H179" t="s">
         <v>1691</v>
       </c>
       <c r="I179" t="s">
         <v>1692</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
         <v>25</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
         <v>27</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
         <v>1693</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>65030</v>
+        <v>65023</v>
       </c>
       <c r="B180" t="s">
         <v>1694</v>
       </c>
       <c r="C180" t="s">
         <v>1695</v>
       </c>
       <c r="D180" t="s">
         <v>1696</v>
       </c>
       <c r="E180" t="s">
         <v>1697</v>
       </c>
       <c r="F180" t="s">
         <v>1698</v>
       </c>
       <c r="G180" t="s">
         <v>1699</v>
       </c>
       <c r="H180" t="s">
         <v>1700</v>
       </c>
       <c r="I180" t="s">
         <v>1701</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
         <v>25</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
         <v>27</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
         <v>1702</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>65031</v>
+        <v>65026</v>
       </c>
       <c r="B181" t="s">
         <v>1703</v>
       </c>
       <c r="C181" t="s">
         <v>1704</v>
       </c>
       <c r="D181" t="s">
         <v>1705</v>
       </c>
       <c r="E181" t="s">
         <v>1706</v>
       </c>
       <c r="F181" t="s">
         <v>1707</v>
       </c>
       <c r="G181" t="s">
         <v>1708</v>
       </c>
       <c r="H181" t="s">
         <v>1709</v>
       </c>
       <c r="I181" t="s">
         <v>1710</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
         <v>25</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
         <v>27</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
         <v>1711</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>65032</v>
+        <v>65030</v>
       </c>
       <c r="B182" t="s">
         <v>1712</v>
       </c>
       <c r="C182" t="s">
         <v>1713</v>
       </c>
       <c r="D182" t="s">
         <v>1714</v>
       </c>
       <c r="E182" t="s">
         <v>1715</v>
       </c>
       <c r="F182" t="s">
         <v>1716</v>
       </c>
       <c r="G182" t="s">
         <v>1717</v>
       </c>
       <c r="H182" t="s">
         <v>1718</v>
       </c>
       <c r="I182" t="s">
         <v>1719</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
         <v>1720</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>65033</v>
+        <v>65031</v>
       </c>
       <c r="B183" t="s">
         <v>1721</v>
       </c>
       <c r="C183" t="s">
         <v>1722</v>
       </c>
       <c r="D183" t="s">
         <v>1723</v>
       </c>
       <c r="E183" t="s">
         <v>1724</v>
       </c>
       <c r="F183" t="s">
         <v>1725</v>
       </c>
       <c r="G183" t="s">
         <v>1726</v>
       </c>
       <c r="H183" t="s">
         <v>1727</v>
       </c>
       <c r="I183" t="s">
         <v>1728</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
+        <v>25</v>
+      </c>
+      <c r="L183" t="s">
+        <v>26</v>
+      </c>
+      <c r="M183" t="s">
+        <v>27</v>
+      </c>
+      <c r="N183" t="s">
+        <v>28</v>
+      </c>
+      <c r="O183" t="s">
         <v>1729</v>
-      </c>
-[...10 lines deleted...]
-        <v>1731</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>65034</v>
+        <v>65032</v>
       </c>
       <c r="B184" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D184" t="s">
         <v>1732</v>
       </c>
-      <c r="C184" t="s">
+      <c r="E184" t="s">
         <v>1733</v>
       </c>
-      <c r="D184" t="s">
+      <c r="F184" t="s">
         <v>1734</v>
       </c>
-      <c r="E184" t="s">
+      <c r="G184" t="s">
         <v>1735</v>
       </c>
-      <c r="F184" t="s">
+      <c r="H184" t="s">
         <v>1736</v>
       </c>
-      <c r="G184" t="s">
+      <c r="I184" t="s">
         <v>1737</v>
       </c>
-      <c r="H184" t="s">
+      <c r="J184" t="s">
+        <v>24</v>
+      </c>
+      <c r="K184" t="s">
+        <v>89</v>
+      </c>
+      <c r="L184" t="s">
+        <v>26</v>
+      </c>
+      <c r="M184" t="s">
+        <v>90</v>
+      </c>
+      <c r="N184" t="s">
+        <v>28</v>
+      </c>
+      <c r="O184" t="s">
         <v>1738</v>
-      </c>
-[...19 lines deleted...]
-        <v>1742</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>65035</v>
+        <v>65033</v>
       </c>
       <c r="B185" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1740</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1741</v>
+      </c>
+      <c r="E185" t="s">
+        <v>1742</v>
+      </c>
+      <c r="F185" t="s">
         <v>1743</v>
       </c>
-      <c r="C185" t="s">
+      <c r="G185" t="s">
         <v>1744</v>
       </c>
-      <c r="D185" t="s">
+      <c r="H185" t="s">
         <v>1745</v>
       </c>
-      <c r="E185" t="s">
+      <c r="I185" t="s">
         <v>1746</v>
       </c>
-      <c r="F185" t="s">
+      <c r="J185" t="s">
+        <v>24</v>
+      </c>
+      <c r="K185" t="s">
         <v>1747</v>
       </c>
-      <c r="G185" t="s">
+      <c r="L185" t="s">
+        <v>26</v>
+      </c>
+      <c r="M185" t="s">
         <v>1748</v>
       </c>
-      <c r="H185" t="s">
+      <c r="N185" t="s">
+        <v>28</v>
+      </c>
+      <c r="O185" t="s">
         <v>1749</v>
-      </c>
-[...19 lines deleted...]
-        <v>1751</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>65036</v>
+        <v>65034</v>
       </c>
       <c r="B186" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D186" t="s">
         <v>1752</v>
       </c>
-      <c r="C186" t="s">
+      <c r="E186" t="s">
         <v>1753</v>
       </c>
-      <c r="D186" t="s">
+      <c r="F186" t="s">
         <v>1754</v>
       </c>
-      <c r="E186" t="s">
+      <c r="G186" t="s">
         <v>1755</v>
       </c>
-      <c r="F186" t="s">
+      <c r="H186" t="s">
         <v>1756</v>
       </c>
-      <c r="G186" t="s">
+      <c r="I186" t="s">
         <v>1757</v>
       </c>
-      <c r="H186" t="s">
+      <c r="J186" t="s">
+        <v>109</v>
+      </c>
+      <c r="K186" t="s">
         <v>1758</v>
       </c>
-      <c r="I186" t="s">
+      <c r="L186" t="s">
+        <v>111</v>
+      </c>
+      <c r="M186" t="s">
         <v>1759</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
         <v>1760</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>65037</v>
+        <v>65035</v>
       </c>
       <c r="B187" t="s">
         <v>1761</v>
       </c>
       <c r="C187" t="s">
         <v>1762</v>
       </c>
       <c r="D187" t="s">
         <v>1763</v>
       </c>
       <c r="E187" t="s">
         <v>1764</v>
       </c>
       <c r="F187" t="s">
         <v>1765</v>
       </c>
       <c r="G187" t="s">
         <v>1766</v>
       </c>
       <c r="H187" t="s">
         <v>1767</v>
       </c>
       <c r="I187" t="s">
         <v>1768</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
         <v>25</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
         <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
         <v>1769</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>65038</v>
+        <v>65036</v>
       </c>
       <c r="B188" t="s">
         <v>1770</v>
       </c>
       <c r="C188" t="s">
         <v>1771</v>
       </c>
       <c r="D188" t="s">
         <v>1772</v>
       </c>
       <c r="E188" t="s">
         <v>1773</v>
       </c>
       <c r="F188" t="s">
         <v>1774</v>
       </c>
       <c r="G188" t="s">
         <v>1775</v>
       </c>
       <c r="H188" t="s">
         <v>1776</v>
       </c>
       <c r="I188" t="s">
         <v>1777</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
         <v>1778</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>65039</v>
+        <v>65037</v>
       </c>
       <c r="B189" t="s">
         <v>1779</v>
       </c>
       <c r="C189" t="s">
         <v>1780</v>
       </c>
       <c r="D189" t="s">
         <v>1781</v>
       </c>
       <c r="E189" t="s">
         <v>1782</v>
       </c>
       <c r="F189" t="s">
         <v>1783</v>
       </c>
       <c r="G189" t="s">
         <v>1784</v>
       </c>
       <c r="H189" t="s">
         <v>1785</v>
       </c>
       <c r="I189" t="s">
         <v>1786</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
         <v>1787</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>65040</v>
+        <v>65038</v>
       </c>
       <c r="B190" t="s">
         <v>1788</v>
       </c>
       <c r="C190" t="s">
         <v>1789</v>
       </c>
       <c r="D190" t="s">
         <v>1790</v>
       </c>
       <c r="E190" t="s">
         <v>1791</v>
       </c>
       <c r="F190" t="s">
         <v>1792</v>
       </c>
       <c r="G190" t="s">
         <v>1793</v>
       </c>
       <c r="H190" t="s">
         <v>1794</v>
       </c>
       <c r="I190" t="s">
         <v>1795</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>342</v>
+        <v>89</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>344</v>
+        <v>90</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
         <v>1796</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>65044</v>
+        <v>65039</v>
       </c>
       <c r="B191" t="s">
         <v>1797</v>
       </c>
       <c r="C191" t="s">
         <v>1798</v>
       </c>
       <c r="D191" t="s">
         <v>1799</v>
       </c>
       <c r="E191" t="s">
         <v>1800</v>
       </c>
       <c r="F191" t="s">
         <v>1801</v>
       </c>
       <c r="G191" t="s">
         <v>1802</v>
       </c>
       <c r="H191" t="s">
         <v>1803</v>
       </c>
       <c r="I191" t="s">
         <v>1804</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
         <v>1805</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>65045</v>
+        <v>65040</v>
       </c>
       <c r="B192" t="s">
         <v>1806</v>
       </c>
       <c r="C192" t="s">
         <v>1807</v>
       </c>
       <c r="D192" t="s">
         <v>1808</v>
       </c>
       <c r="E192" t="s">
         <v>1809</v>
       </c>
       <c r="F192" t="s">
         <v>1810</v>
       </c>
       <c r="G192" t="s">
         <v>1811</v>
       </c>
       <c r="H192" t="s">
         <v>1812</v>
       </c>
       <c r="I192" t="s">
         <v>1813</v>
       </c>
       <c r="J192" t="s">
+        <v>24</v>
+      </c>
+      <c r="K192" t="s">
+        <v>360</v>
+      </c>
+      <c r="L192" t="s">
+        <v>26</v>
+      </c>
+      <c r="M192" t="s">
+        <v>362</v>
+      </c>
+      <c r="N192" t="s">
+        <v>28</v>
+      </c>
+      <c r="O192" t="s">
         <v>1814</v>
-      </c>
-[...13 lines deleted...]
-        <v>1818</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>65046</v>
+        <v>65044</v>
       </c>
       <c r="B193" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1816</v>
+      </c>
+      <c r="D193" t="s">
+        <v>1817</v>
+      </c>
+      <c r="E193" t="s">
+        <v>1818</v>
+      </c>
+      <c r="F193" t="s">
         <v>1819</v>
       </c>
-      <c r="C193" t="s">
+      <c r="G193" t="s">
         <v>1820</v>
       </c>
-      <c r="D193" t="s">
+      <c r="H193" t="s">
         <v>1821</v>
       </c>
-      <c r="E193" t="s">
+      <c r="I193" t="s">
         <v>1822</v>
       </c>
-      <c r="F193" t="s">
+      <c r="J193" t="s">
+        <v>24</v>
+      </c>
+      <c r="K193" t="s">
+        <v>25</v>
+      </c>
+      <c r="L193" t="s">
+        <v>26</v>
+      </c>
+      <c r="M193" t="s">
+        <v>27</v>
+      </c>
+      <c r="N193" t="s">
+        <v>28</v>
+      </c>
+      <c r="O193" t="s">
         <v>1823</v>
-      </c>
-[...25 lines deleted...]
-        <v>1827</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>65047</v>
+        <v>65045</v>
       </c>
       <c r="B194" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1825</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1826</v>
+      </c>
+      <c r="E194" t="s">
+        <v>1827</v>
+      </c>
+      <c r="F194" t="s">
         <v>1828</v>
       </c>
-      <c r="C194" t="s">
+      <c r="G194" t="s">
         <v>1829</v>
       </c>
-      <c r="D194" t="s">
+      <c r="H194" t="s">
         <v>1830</v>
       </c>
-      <c r="E194" t="s">
+      <c r="I194" t="s">
         <v>1831</v>
       </c>
-      <c r="F194" t="s">
+      <c r="J194" t="s">
         <v>1832</v>
       </c>
-      <c r="G194" t="s">
+      <c r="K194" t="s">
         <v>1833</v>
       </c>
-      <c r="H194" t="s">
+      <c r="L194" t="s">
         <v>1834</v>
       </c>
-      <c r="I194" t="s">
+      <c r="M194" t="s">
         <v>1835</v>
-      </c>
-[...10 lines deleted...]
-        <v>1817</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
         <v>1836</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>65049</v>
+        <v>65046</v>
       </c>
       <c r="B195" t="s">
         <v>1837</v>
       </c>
       <c r="C195" t="s">
         <v>1838</v>
       </c>
       <c r="D195" t="s">
         <v>1839</v>
       </c>
       <c r="E195" t="s">
         <v>1840</v>
       </c>
       <c r="F195" t="s">
         <v>1841</v>
       </c>
       <c r="G195" t="s">
         <v>1842</v>
       </c>
       <c r="H195" t="s">
         <v>1843</v>
       </c>
       <c r="I195" t="s">
         <v>1844</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>272</v>
+        <v>58</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
-        <v>273</v>
+        <v>59</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
         <v>1845</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>65050</v>
+        <v>65047</v>
       </c>
       <c r="B196" t="s">
         <v>1846</v>
       </c>
       <c r="C196" t="s">
         <v>1847</v>
       </c>
       <c r="D196" t="s">
         <v>1848</v>
       </c>
       <c r="E196" t="s">
         <v>1849</v>
       </c>
       <c r="F196" t="s">
         <v>1850</v>
       </c>
       <c r="G196" t="s">
         <v>1851</v>
       </c>
       <c r="H196" t="s">
         <v>1852</v>
       </c>
       <c r="I196" t="s">
         <v>1853</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>25</v>
+        <v>1833</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
-        <v>27</v>
+        <v>1835</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
         <v>1854</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>65051</v>
+        <v>65049</v>
       </c>
       <c r="B197" t="s">
         <v>1855</v>
       </c>
       <c r="C197" t="s">
         <v>1856</v>
       </c>
       <c r="D197" t="s">
         <v>1857</v>
       </c>
       <c r="E197" t="s">
         <v>1858</v>
       </c>
       <c r="F197" t="s">
         <v>1859</v>
       </c>
       <c r="G197" t="s">
         <v>1860</v>
       </c>
       <c r="H197" t="s">
         <v>1861</v>
       </c>
       <c r="I197" t="s">
         <v>1862</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>90</v>
+        <v>290</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>92</v>
+        <v>291</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
         <v>1863</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>65053</v>
+        <v>65050</v>
       </c>
       <c r="B198" t="s">
         <v>1864</v>
       </c>
       <c r="C198" t="s">
         <v>1865</v>
       </c>
       <c r="D198" t="s">
         <v>1866</v>
       </c>
       <c r="E198" t="s">
         <v>1867</v>
       </c>
       <c r="F198" t="s">
         <v>1868</v>
       </c>
       <c r="G198" t="s">
         <v>1869</v>
       </c>
       <c r="H198" t="s">
         <v>1870</v>
       </c>
       <c r="I198" t="s">
         <v>1871</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
         <v>1872</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>65054</v>
+        <v>65051</v>
       </c>
       <c r="B199" t="s">
         <v>1873</v>
       </c>
       <c r="C199" t="s">
         <v>1874</v>
       </c>
       <c r="D199" t="s">
         <v>1875</v>
       </c>
       <c r="E199" t="s">
         <v>1876</v>
       </c>
       <c r="F199" t="s">
         <v>1877</v>
       </c>
       <c r="G199" t="s">
         <v>1878</v>
       </c>
       <c r="H199" t="s">
         <v>1879</v>
       </c>
       <c r="I199" t="s">
         <v>1880</v>
       </c>
       <c r="J199" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>38</v>
+        <v>110</v>
       </c>
       <c r="L199" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>39</v>
+        <v>112</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
         <v>1881</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>65055</v>
+        <v>65053</v>
       </c>
       <c r="B200" t="s">
         <v>1882</v>
       </c>
       <c r="C200" t="s">
         <v>1883</v>
       </c>
       <c r="D200" t="s">
         <v>1884</v>
       </c>
       <c r="E200" t="s">
         <v>1885</v>
       </c>
       <c r="F200" t="s">
         <v>1886</v>
       </c>
       <c r="G200" t="s">
         <v>1887</v>
       </c>
       <c r="H200" t="s">
         <v>1888</v>
       </c>
       <c r="I200" t="s">
         <v>1889</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>1740</v>
+        <v>89</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
-        <v>1741</v>
+        <v>90</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
         <v>1890</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>65057</v>
+        <v>65054</v>
       </c>
       <c r="B201" t="s">
         <v>1891</v>
       </c>
       <c r="C201" t="s">
         <v>1892</v>
       </c>
       <c r="D201" t="s">
         <v>1893</v>
       </c>
       <c r="E201" t="s">
         <v>1894</v>
       </c>
       <c r="F201" t="s">
         <v>1895</v>
       </c>
       <c r="G201" t="s">
         <v>1896</v>
       </c>
       <c r="H201" t="s">
         <v>1897</v>
       </c>
       <c r="I201" t="s">
         <v>1898</v>
       </c>
       <c r="J201" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="K201" t="s">
-        <v>835</v>
+        <v>47</v>
       </c>
       <c r="L201" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="M201" t="s">
-        <v>836</v>
+        <v>48</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
         <v>1899</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>65058</v>
+        <v>65055</v>
       </c>
       <c r="B202" t="s">
         <v>1900</v>
       </c>
       <c r="C202" t="s">
         <v>1901</v>
       </c>
       <c r="D202" t="s">
         <v>1902</v>
       </c>
       <c r="E202" t="s">
         <v>1903</v>
       </c>
       <c r="F202" t="s">
         <v>1904</v>
       </c>
       <c r="G202" t="s">
         <v>1905</v>
       </c>
       <c r="H202" t="s">
         <v>1906</v>
       </c>
       <c r="I202" t="s">
         <v>1907</v>
       </c>
       <c r="J202" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>58</v>
+        <v>1758</v>
       </c>
       <c r="L202" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M202" t="s">
-        <v>59</v>
+        <v>1759</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
         <v>1908</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>65059</v>
+        <v>65057</v>
       </c>
       <c r="B203" t="s">
         <v>1909</v>
       </c>
       <c r="C203" t="s">
         <v>1910</v>
       </c>
       <c r="D203" t="s">
         <v>1911</v>
       </c>
       <c r="E203" t="s">
         <v>1912</v>
       </c>
       <c r="F203" t="s">
         <v>1913</v>
       </c>
       <c r="G203" t="s">
         <v>1914</v>
       </c>
       <c r="H203" t="s">
         <v>1915</v>
       </c>
       <c r="I203" t="s">
         <v>1916</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>69</v>
+        <v>853</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
-        <v>70</v>
+        <v>854</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
         <v>1917</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>65060</v>
+        <v>65058</v>
       </c>
       <c r="B204" t="s">
         <v>1918</v>
       </c>
       <c r="C204" t="s">
         <v>1919</v>
       </c>
       <c r="D204" t="s">
         <v>1920</v>
       </c>
       <c r="E204" t="s">
         <v>1921</v>
       </c>
       <c r="F204" t="s">
         <v>1922</v>
       </c>
       <c r="G204" t="s">
         <v>1923</v>
       </c>
       <c r="H204" t="s">
         <v>1924</v>
       </c>
       <c r="I204" t="s">
         <v>1925</v>
       </c>
       <c r="J204" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="K204" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
       <c r="L204" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="M204" t="s">
-        <v>123</v>
+        <v>79</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
         <v>1926</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>65062</v>
+        <v>65059</v>
       </c>
       <c r="B205" t="s">
         <v>1927</v>
       </c>
       <c r="C205" t="s">
         <v>1928</v>
       </c>
       <c r="D205" t="s">
         <v>1929</v>
       </c>
       <c r="E205" t="s">
         <v>1930</v>
       </c>
       <c r="F205" t="s">
         <v>1931</v>
       </c>
       <c r="G205" t="s">
         <v>1932</v>
       </c>
       <c r="H205" t="s">
         <v>1933</v>
       </c>
       <c r="I205" t="s">
         <v>1934</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
         <v>1935</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>65068</v>
+        <v>65060</v>
       </c>
       <c r="B206" t="s">
         <v>1936</v>
       </c>
       <c r="C206" t="s">
         <v>1937</v>
       </c>
       <c r="D206" t="s">
         <v>1938</v>
       </c>
       <c r="E206" t="s">
         <v>1939</v>
       </c>
       <c r="F206" t="s">
         <v>1940</v>
       </c>
       <c r="G206" t="s">
         <v>1941</v>
       </c>
       <c r="H206" t="s">
         <v>1942</v>
       </c>
       <c r="I206" t="s">
         <v>1943</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
         <v>1944</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>65069</v>
+        <v>65062</v>
       </c>
       <c r="B207" t="s">
         <v>1945</v>
       </c>
       <c r="C207" t="s">
         <v>1946</v>
       </c>
       <c r="D207" t="s">
         <v>1947</v>
       </c>
       <c r="E207" t="s">
         <v>1948</v>
       </c>
       <c r="F207" t="s">
         <v>1949</v>
       </c>
       <c r="G207" t="s">
         <v>1950</v>
       </c>
       <c r="H207" t="s">
         <v>1951</v>
       </c>
       <c r="I207" t="s">
         <v>1952</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
         <v>1953</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>65124</v>
+        <v>65068</v>
       </c>
       <c r="B208" t="s">
         <v>1954</v>
       </c>
       <c r="C208" t="s">
         <v>1955</v>
       </c>
       <c r="D208" t="s">
         <v>1956</v>
       </c>
       <c r="E208" t="s">
         <v>1957</v>
       </c>
       <c r="F208" t="s">
         <v>1958</v>
       </c>
       <c r="G208" t="s">
         <v>1959</v>
       </c>
       <c r="H208" t="s">
         <v>1960</v>
       </c>
       <c r="I208" t="s">
         <v>1961</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
         <v>25</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
         <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
         <v>1962</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>65255</v>
+        <v>65069</v>
       </c>
       <c r="B209" t="s">
         <v>1963</v>
       </c>
       <c r="C209" t="s">
         <v>1964</v>
       </c>
       <c r="D209" t="s">
         <v>1965</v>
       </c>
       <c r="E209" t="s">
         <v>1966</v>
       </c>
       <c r="F209" t="s">
         <v>1967</v>
       </c>
       <c r="G209" t="s">
         <v>1968</v>
       </c>
       <c r="H209" t="s">
         <v>1969</v>
       </c>
       <c r="I209" t="s">
         <v>1970</v>
       </c>
       <c r="J209" t="s">
-        <v>319</v>
+        <v>24</v>
       </c>
       <c r="K209" t="s">
+        <v>89</v>
+      </c>
+      <c r="L209" t="s">
+        <v>26</v>
+      </c>
+      <c r="M209" t="s">
+        <v>90</v>
+      </c>
+      <c r="N209" t="s">
+        <v>28</v>
+      </c>
+      <c r="O209" t="s">
         <v>1971</v>
-      </c>
-[...10 lines deleted...]
-        <v>1973</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>66510</v>
+        <v>65124</v>
       </c>
       <c r="B210" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D210" t="s">
         <v>1974</v>
       </c>
-      <c r="C210" t="s">
+      <c r="E210" t="s">
         <v>1975</v>
       </c>
-      <c r="D210" t="s">
+      <c r="F210" t="s">
         <v>1976</v>
       </c>
-      <c r="E210" t="s">
+      <c r="G210" t="s">
         <v>1977</v>
       </c>
-      <c r="F210" t="s">
+      <c r="H210" t="s">
         <v>1978</v>
       </c>
-      <c r="G210" t="s">
+      <c r="I210" t="s">
         <v>1979</v>
       </c>
-      <c r="H210" t="s">
+      <c r="J210" t="s">
+        <v>24</v>
+      </c>
+      <c r="K210" t="s">
+        <v>25</v>
+      </c>
+      <c r="L210" t="s">
+        <v>26</v>
+      </c>
+      <c r="M210" t="s">
+        <v>27</v>
+      </c>
+      <c r="N210" t="s">
+        <v>28</v>
+      </c>
+      <c r="O210" t="s">
         <v>1980</v>
-      </c>
-[...19 lines deleted...]
-        <v>1984</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>66511</v>
+        <v>65255</v>
       </c>
       <c r="B211" t="s">
-        <v>478</v>
+        <v>1981</v>
       </c>
       <c r="C211" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E211" t="s">
+        <v>1984</v>
+      </c>
+      <c r="F211" t="s">
         <v>1985</v>
       </c>
-      <c r="D211" t="s">
+      <c r="G211" t="s">
         <v>1986</v>
       </c>
-      <c r="E211" t="s">
+      <c r="H211" t="s">
         <v>1987</v>
       </c>
-      <c r="F211" t="s">
-[...5 lines deleted...]
-      <c r="H211" t="s">
+      <c r="I211" t="s">
         <v>1988</v>
       </c>
-      <c r="I211" t="s">
+      <c r="J211" t="s">
+        <v>337</v>
+      </c>
+      <c r="K211" t="s">
         <v>1989</v>
       </c>
-      <c r="J211" t="s">
-[...2 lines deleted...]
-      <c r="K211" t="s">
+      <c r="L211" t="s">
+        <v>339</v>
+      </c>
+      <c r="M211" t="s">
         <v>1990</v>
       </c>
-      <c r="L211" t="s">
-[...2 lines deleted...]
-      <c r="M211" t="s">
+      <c r="N211" t="s">
+        <v>28</v>
+      </c>
+      <c r="O211" t="s">
         <v>1991</v>
-      </c>
-[...4 lines deleted...]
-        <v>1992</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>66512</v>
+        <v>66510</v>
       </c>
       <c r="B212" t="s">
-        <v>1466</v>
+        <v>1992</v>
       </c>
       <c r="C212" t="s">
         <v>1993</v>
       </c>
       <c r="D212" t="s">
         <v>1994</v>
       </c>
       <c r="E212" t="s">
         <v>1995</v>
       </c>
       <c r="F212" t="s">
         <v>1996</v>
       </c>
       <c r="G212" t="s">
-        <v>1471</v>
+        <v>1997</v>
       </c>
       <c r="H212" t="s">
-        <v>1472</v>
+        <v>1998</v>
       </c>
       <c r="I212" t="s">
-        <v>1473</v>
+        <v>1999</v>
       </c>
       <c r="J212" t="s">
-        <v>24</v>
+        <v>337</v>
       </c>
       <c r="K212" t="s">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="L212" t="s">
-        <v>26</v>
+        <v>339</v>
       </c>
       <c r="M212" t="s">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1999</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>66513</v>
+        <v>66511</v>
       </c>
       <c r="B213" t="s">
-        <v>2000</v>
+        <v>496</v>
       </c>
       <c r="C213" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="D213" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="E213" t="s">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="F213" t="s">
-        <v>2004</v>
+        <v>500</v>
       </c>
       <c r="G213" t="s">
-        <v>1766</v>
+        <v>501</v>
       </c>
       <c r="H213" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="I213" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
-        <v>1998</v>
+        <v>2009</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>66514</v>
+        <v>66512</v>
       </c>
       <c r="B214" t="s">
-        <v>2008</v>
+        <v>1484</v>
       </c>
       <c r="C214" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="D214" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="E214" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="F214" t="s">
-        <v>618</v>
+        <v>2014</v>
       </c>
       <c r="G214" t="s">
-        <v>619</v>
+        <v>1489</v>
       </c>
       <c r="H214" t="s">
-        <v>2012</v>
+        <v>1490</v>
       </c>
       <c r="I214" t="s">
-        <v>2013</v>
+        <v>1491</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>1997</v>
+        <v>2015</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>1998</v>
+        <v>2016</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>2014</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>66515</v>
+        <v>66513</v>
       </c>
       <c r="B215" t="s">
+        <v>2018</v>
+      </c>
+      <c r="C215" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D215" t="s">
+        <v>2020</v>
+      </c>
+      <c r="E215" t="s">
+        <v>2021</v>
+      </c>
+      <c r="F215" t="s">
+        <v>2022</v>
+      </c>
+      <c r="G215" t="s">
+        <v>1784</v>
+      </c>
+      <c r="H215" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I215" t="s">
+        <v>2024</v>
+      </c>
+      <c r="J215" t="s">
+        <v>24</v>
+      </c>
+      <c r="K215" t="s">
         <v>2015</v>
       </c>
-      <c r="C215" t="s">
+      <c r="L215" t="s">
+        <v>26</v>
+      </c>
+      <c r="M215" t="s">
         <v>2016</v>
       </c>
-      <c r="D215" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>2022</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>66516</v>
+        <v>66514</v>
       </c>
       <c r="B216" t="s">
-        <v>388</v>
+        <v>2026</v>
       </c>
       <c r="C216" t="s">
-        <v>2023</v>
+        <v>2027</v>
       </c>
       <c r="D216" t="s">
-        <v>2024</v>
+        <v>2028</v>
       </c>
       <c r="E216" t="s">
-        <v>2025</v>
+        <v>2029</v>
       </c>
       <c r="F216" t="s">
-        <v>2026</v>
+        <v>636</v>
       </c>
       <c r="G216" t="s">
-        <v>2027</v>
+        <v>637</v>
       </c>
       <c r="H216" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="I216" t="s">
-        <v>395</v>
+        <v>2031</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>69</v>
+        <v>2015</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>70</v>
+        <v>2016</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2029</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>66517</v>
+        <v>66515</v>
       </c>
       <c r="B217" t="s">
-        <v>2030</v>
+        <v>2033</v>
       </c>
       <c r="C217" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
       <c r="D217" t="s">
-        <v>2032</v>
+        <v>2035</v>
       </c>
       <c r="E217" t="s">
-        <v>2033</v>
+        <v>2036</v>
       </c>
       <c r="F217" t="s">
-        <v>2034</v>
+        <v>2037</v>
       </c>
       <c r="G217" t="s">
-        <v>2035</v>
+        <v>429</v>
       </c>
       <c r="H217" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
       <c r="I217" t="s">
-        <v>2037</v>
+        <v>2039</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>1997</v>
+        <v>2015</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
-        <v>1998</v>
+        <v>2016</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2038</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>66518</v>
+        <v>66516</v>
       </c>
       <c r="B218" t="s">
-        <v>2039</v>
+        <v>406</v>
       </c>
       <c r="C218" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
       <c r="D218" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="E218" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="F218" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="G218" t="s">
-        <v>420</v>
+        <v>2045</v>
       </c>
       <c r="H218" t="s">
-        <v>2044</v>
+        <v>2046</v>
       </c>
       <c r="I218" t="s">
-        <v>2045</v>
+        <v>413</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>66519</v>
+        <v>66517</v>
       </c>
       <c r="B219" t="s">
-        <v>2047</v>
+        <v>2048</v>
       </c>
       <c r="C219" t="s">
-        <v>2048</v>
+        <v>2049</v>
       </c>
       <c r="D219" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="E219" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="F219" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="G219" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="H219" t="s">
-        <v>502</v>
+        <v>2054</v>
       </c>
       <c r="I219" t="s">
-        <v>503</v>
+        <v>2055</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>2053</v>
+        <v>2015</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
-        <v>2054</v>
+        <v>2016</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>66520</v>
+        <v>66518</v>
       </c>
       <c r="B220" t="s">
-        <v>574</v>
+        <v>2057</v>
       </c>
       <c r="C220" t="s">
-        <v>2056</v>
+        <v>2058</v>
       </c>
       <c r="D220" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="E220" t="s">
-        <v>2058</v>
+        <v>2060</v>
       </c>
       <c r="F220" t="s">
-        <v>578</v>
+        <v>2061</v>
       </c>
       <c r="G220" t="s">
-        <v>579</v>
+        <v>438</v>
       </c>
       <c r="H220" t="s">
-        <v>580</v>
+        <v>2062</v>
       </c>
       <c r="I220" t="s">
-        <v>581</v>
+        <v>2063</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2059</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>66521</v>
+        <v>66519</v>
       </c>
       <c r="B221" t="s">
-        <v>424</v>
+        <v>2065</v>
       </c>
       <c r="C221" t="s">
-        <v>425</v>
+        <v>2066</v>
       </c>
       <c r="D221" t="s">
-        <v>2060</v>
+        <v>2067</v>
       </c>
       <c r="E221" t="s">
-        <v>2061</v>
+        <v>2068</v>
       </c>
       <c r="F221" t="s">
-        <v>2062</v>
+        <v>2069</v>
       </c>
       <c r="G221" t="s">
-        <v>429</v>
+        <v>2070</v>
       </c>
       <c r="H221" t="s">
-        <v>2063</v>
+        <v>520</v>
       </c>
       <c r="I221" t="s">
-        <v>431</v>
+        <v>521</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>69</v>
+        <v>2071</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
-        <v>70</v>
+        <v>2072</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2064</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>66522</v>
+        <v>66520</v>
       </c>
       <c r="B222" t="s">
-        <v>2065</v>
+        <v>592</v>
       </c>
       <c r="C222" t="s">
-        <v>2066</v>
+        <v>2074</v>
       </c>
       <c r="D222" t="s">
-        <v>2067</v>
+        <v>2075</v>
       </c>
       <c r="E222" t="s">
-        <v>2068</v>
+        <v>2076</v>
       </c>
       <c r="F222" t="s">
-        <v>2069</v>
+        <v>596</v>
       </c>
       <c r="G222" t="s">
-        <v>2070</v>
+        <v>597</v>
       </c>
       <c r="H222" t="s">
-        <v>2071</v>
+        <v>598</v>
       </c>
       <c r="I222" t="s">
-        <v>2072</v>
+        <v>599</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>1971</v>
+        <v>25</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>1972</v>
+        <v>27</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2073</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>66523</v>
+        <v>66521</v>
       </c>
       <c r="B223" t="s">
-        <v>469</v>
+        <v>442</v>
       </c>
       <c r="C223" t="s">
-        <v>2074</v>
+        <v>443</v>
       </c>
       <c r="D223" t="s">
-        <v>2075</v>
+        <v>2078</v>
       </c>
       <c r="E223" t="s">
-        <v>2076</v>
+        <v>2079</v>
       </c>
       <c r="F223" t="s">
-        <v>473</v>
+        <v>2080</v>
       </c>
       <c r="G223" t="s">
-        <v>474</v>
+        <v>447</v>
       </c>
       <c r="H223" t="s">
-        <v>475</v>
+        <v>2081</v>
       </c>
       <c r="I223" t="s">
-        <v>2077</v>
+        <v>449</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>123</v>
+        <v>90</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2078</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>66524</v>
+        <v>66522</v>
       </c>
       <c r="B224" t="s">
-        <v>1636</v>
+        <v>2083</v>
       </c>
       <c r="C224" t="s">
-        <v>2079</v>
+        <v>2084</v>
       </c>
       <c r="D224" t="s">
-        <v>2080</v>
+        <v>2085</v>
       </c>
       <c r="E224" t="s">
-        <v>2081</v>
+        <v>2086</v>
       </c>
       <c r="F224" t="s">
-        <v>2082</v>
+        <v>2087</v>
       </c>
       <c r="G224" t="s">
-        <v>1641</v>
+        <v>2088</v>
       </c>
       <c r="H224" t="s">
-        <v>1642</v>
+        <v>2089</v>
       </c>
       <c r="I224" t="s">
-        <v>1643</v>
+        <v>2090</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>69</v>
+        <v>1989</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>70</v>
+        <v>1990</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2083</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>66525</v>
+        <v>66523</v>
       </c>
       <c r="B225" t="s">
-        <v>2084</v>
+        <v>487</v>
       </c>
       <c r="C225" t="s">
-        <v>2085</v>
+        <v>2092</v>
       </c>
       <c r="D225" t="s">
-        <v>2086</v>
+        <v>2093</v>
       </c>
       <c r="E225" t="s">
-        <v>2087</v>
+        <v>2094</v>
       </c>
       <c r="F225" t="s">
-        <v>1497</v>
+        <v>491</v>
       </c>
       <c r="G225" t="s">
-        <v>1498</v>
+        <v>492</v>
       </c>
       <c r="H225" t="s">
-        <v>1499</v>
+        <v>493</v>
       </c>
       <c r="I225" t="s">
-        <v>1500</v>
+        <v>2095</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2088</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>66526</v>
+        <v>66524</v>
       </c>
       <c r="B226" t="s">
-        <v>2089</v>
+        <v>1654</v>
       </c>
       <c r="C226" t="s">
-        <v>2090</v>
+        <v>2097</v>
       </c>
       <c r="D226" t="s">
-        <v>2091</v>
+        <v>2098</v>
       </c>
       <c r="E226" t="s">
-        <v>2092</v>
+        <v>2099</v>
       </c>
       <c r="F226" t="s">
-        <v>2093</v>
+        <v>2100</v>
       </c>
       <c r="G226" t="s">
-        <v>1507</v>
+        <v>1659</v>
       </c>
       <c r="H226" t="s">
-        <v>1508</v>
+        <v>1660</v>
       </c>
       <c r="I226" t="s">
-        <v>1509</v>
+        <v>1661</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2094</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>66527</v>
+        <v>66525</v>
       </c>
       <c r="B227" t="s">
-        <v>507</v>
+        <v>2102</v>
       </c>
       <c r="C227" t="s">
-        <v>2095</v>
+        <v>2103</v>
       </c>
       <c r="D227" t="s">
-        <v>2096</v>
+        <v>2104</v>
       </c>
       <c r="E227" t="s">
-        <v>2097</v>
+        <v>2105</v>
       </c>
       <c r="F227" t="s">
-        <v>2098</v>
+        <v>1515</v>
       </c>
       <c r="G227" t="s">
-        <v>512</v>
+        <v>1516</v>
       </c>
       <c r="H227" t="s">
-        <v>513</v>
+        <v>1517</v>
       </c>
       <c r="I227" t="s">
-        <v>514</v>
+        <v>1518</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>1997</v>
+        <v>89</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
-        <v>1998</v>
+        <v>90</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2099</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>66529</v>
+        <v>66526</v>
       </c>
       <c r="B228" t="s">
-        <v>2100</v>
+        <v>2107</v>
       </c>
       <c r="C228" t="s">
-        <v>2101</v>
+        <v>2108</v>
       </c>
       <c r="D228" t="s">
-        <v>2102</v>
+        <v>2109</v>
       </c>
       <c r="E228" t="s">
-        <v>2103</v>
+        <v>2110</v>
       </c>
       <c r="F228" t="s">
-        <v>2104</v>
+        <v>2111</v>
       </c>
       <c r="G228" t="s">
-        <v>1896</v>
+        <v>1525</v>
       </c>
       <c r="H228" t="s">
-        <v>1897</v>
+        <v>1526</v>
       </c>
       <c r="I228" t="s">
-        <v>1898</v>
+        <v>1527</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>2105</v>
+        <v>89</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>2106</v>
+        <v>90</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2107</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>66530</v>
+        <v>66527</v>
       </c>
       <c r="B229" t="s">
-        <v>2108</v>
+        <v>525</v>
       </c>
       <c r="C229" t="s">
-        <v>2109</v>
+        <v>2113</v>
       </c>
       <c r="D229" t="s">
-        <v>2110</v>
+        <v>2114</v>
       </c>
       <c r="E229" t="s">
-        <v>2111</v>
+        <v>2115</v>
       </c>
       <c r="F229" t="s">
-        <v>2112</v>
+        <v>2116</v>
       </c>
       <c r="G229" t="s">
-        <v>351</v>
+        <v>530</v>
       </c>
       <c r="H229" t="s">
-        <v>352</v>
+        <v>531</v>
       </c>
       <c r="I229" t="s">
-        <v>353</v>
+        <v>532</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>342</v>
+        <v>2015</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>344</v>
+        <v>2016</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2113</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>66531</v>
+        <v>66529</v>
       </c>
       <c r="B230" t="s">
-        <v>2114</v>
+        <v>2118</v>
       </c>
       <c r="C230" t="s">
-        <v>2115</v>
+        <v>2119</v>
       </c>
       <c r="D230" t="s">
-        <v>2116</v>
+        <v>2120</v>
       </c>
       <c r="E230" t="s">
-        <v>2117</v>
+        <v>2121</v>
       </c>
       <c r="F230" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="G230" t="s">
-        <v>2119</v>
+        <v>1914</v>
       </c>
       <c r="H230" t="s">
-        <v>2120</v>
+        <v>1915</v>
       </c>
       <c r="I230" t="s">
-        <v>2121</v>
+        <v>1916</v>
       </c>
       <c r="J230" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
       <c r="L230" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M230" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2124</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>66532</v>
+        <v>66530</v>
       </c>
       <c r="B231" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
       <c r="C231" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="D231" t="s">
-        <v>2127</v>
+        <v>2128</v>
       </c>
       <c r="E231" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="F231" t="s">
-        <v>596</v>
+        <v>2130</v>
       </c>
       <c r="G231" t="s">
-        <v>597</v>
+        <v>369</v>
       </c>
       <c r="H231" t="s">
-        <v>598</v>
+        <v>370</v>
       </c>
       <c r="I231" t="s">
-        <v>599</v>
+        <v>371</v>
       </c>
       <c r="J231" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>2129</v>
+        <v>360</v>
       </c>
       <c r="L231" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M231" t="s">
-        <v>2130</v>
+        <v>362</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
         <v>2131</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>66533</v>
+        <v>66531</v>
       </c>
       <c r="B232" t="s">
         <v>2132</v>
       </c>
       <c r="C232" t="s">
         <v>2133</v>
       </c>
       <c r="D232" t="s">
         <v>2134</v>
       </c>
       <c r="E232" t="s">
         <v>2135</v>
       </c>
       <c r="F232" t="s">
-        <v>437</v>
+        <v>2136</v>
       </c>
       <c r="G232" t="s">
-        <v>438</v>
+        <v>2137</v>
       </c>
       <c r="H232" t="s">
-        <v>439</v>
+        <v>2138</v>
       </c>
       <c r="I232" t="s">
-        <v>2136</v>
+        <v>2139</v>
       </c>
       <c r="J232" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="K232" t="s">
-        <v>2137</v>
+        <v>2140</v>
       </c>
       <c r="L232" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="M232" t="s">
-        <v>2138</v>
+        <v>2141</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2139</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>66534</v>
+        <v>66532</v>
       </c>
       <c r="B233" t="s">
-        <v>2140</v>
+        <v>2143</v>
       </c>
       <c r="C233" t="s">
-        <v>2141</v>
+        <v>2144</v>
       </c>
       <c r="D233" t="s">
-        <v>2142</v>
+        <v>2145</v>
       </c>
       <c r="E233" t="s">
-        <v>2143</v>
+        <v>2146</v>
       </c>
       <c r="F233" t="s">
-        <v>2144</v>
+        <v>614</v>
       </c>
       <c r="G233" t="s">
-        <v>2145</v>
+        <v>615</v>
       </c>
       <c r="H233" t="s">
-        <v>1282</v>
+        <v>616</v>
       </c>
       <c r="I233" t="s">
-        <v>1283</v>
+        <v>617</v>
       </c>
       <c r="J233" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="K233" t="s">
-        <v>122</v>
+        <v>2147</v>
       </c>
       <c r="L233" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="M233" t="s">
-        <v>123</v>
+        <v>2148</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2146</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>66535</v>
+        <v>66533</v>
       </c>
       <c r="B234" t="s">
-        <v>2147</v>
+        <v>2150</v>
       </c>
       <c r="C234" t="s">
-        <v>2148</v>
+        <v>2151</v>
       </c>
       <c r="D234" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="E234" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="F234" t="s">
-        <v>2151</v>
+        <v>455</v>
       </c>
       <c r="G234" t="s">
-        <v>2152</v>
+        <v>456</v>
       </c>
       <c r="H234" t="s">
-        <v>2153</v>
+        <v>457</v>
       </c>
       <c r="I234" t="s">
         <v>2154</v>
       </c>
       <c r="J234" t="s">
+        <v>24</v>
+      </c>
+      <c r="K234" t="s">
         <v>2155</v>
       </c>
-      <c r="K234" t="s">
+      <c r="L234" t="s">
+        <v>26</v>
+      </c>
+      <c r="M234" t="s">
         <v>2156</v>
       </c>
-      <c r="L234" t="s">
+      <c r="N234" t="s">
+        <v>28</v>
+      </c>
+      <c r="O234" t="s">
         <v>2157</v>
-      </c>
-[...7 lines deleted...]
-        <v>2159</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>66536</v>
+        <v>66534</v>
       </c>
       <c r="B235" t="s">
+        <v>2158</v>
+      </c>
+      <c r="C235" t="s">
+        <v>2159</v>
+      </c>
+      <c r="D235" t="s">
         <v>2160</v>
       </c>
-      <c r="C235" t="s">
+      <c r="E235" t="s">
         <v>2161</v>
       </c>
-      <c r="D235" t="s">
+      <c r="F235" t="s">
         <v>2162</v>
       </c>
-      <c r="E235" t="s">
+      <c r="G235" t="s">
         <v>2163</v>
       </c>
-      <c r="F235" t="s">
+      <c r="H235" t="s">
+        <v>1300</v>
+      </c>
+      <c r="I235" t="s">
+        <v>1301</v>
+      </c>
+      <c r="J235" t="s">
+        <v>24</v>
+      </c>
+      <c r="K235" t="s">
+        <v>58</v>
+      </c>
+      <c r="L235" t="s">
+        <v>26</v>
+      </c>
+      <c r="M235" t="s">
+        <v>59</v>
+      </c>
+      <c r="N235" t="s">
+        <v>28</v>
+      </c>
+      <c r="O235" t="s">
         <v>2164</v>
-      </c>
-[...25 lines deleted...]
-        <v>2168</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>66537</v>
+        <v>66535</v>
       </c>
       <c r="B236" t="s">
+        <v>2165</v>
+      </c>
+      <c r="C236" t="s">
+        <v>2166</v>
+      </c>
+      <c r="D236" t="s">
+        <v>2167</v>
+      </c>
+      <c r="E236" t="s">
+        <v>2168</v>
+      </c>
+      <c r="F236" t="s">
         <v>2169</v>
       </c>
-      <c r="C236" t="s">
+      <c r="G236" t="s">
         <v>2170</v>
       </c>
-      <c r="D236" t="s">
+      <c r="H236" t="s">
         <v>2171</v>
       </c>
-      <c r="E236" t="s">
+      <c r="I236" t="s">
         <v>2172</v>
       </c>
-      <c r="F236" t="s">
+      <c r="J236" t="s">
         <v>2173</v>
       </c>
-      <c r="G236" t="s">
-[...5 lines deleted...]
-      <c r="I236" t="s">
+      <c r="K236" t="s">
         <v>2174</v>
       </c>
-      <c r="J236" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L236" t="s">
-        <v>26</v>
+        <v>2175</v>
       </c>
       <c r="M236" t="s">
-        <v>1998</v>
+        <v>2176</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2175</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>66538</v>
+        <v>66536</v>
       </c>
       <c r="B237" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
       <c r="C237" t="s">
-        <v>2177</v>
+        <v>2179</v>
       </c>
       <c r="D237" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="E237" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="F237" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
       <c r="G237" t="s">
-        <v>588</v>
+        <v>2183</v>
       </c>
       <c r="H237" t="s">
-        <v>589</v>
+        <v>2184</v>
       </c>
       <c r="I237" t="s">
-        <v>590</v>
+        <v>2185</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>2181</v>
+        <v>2015</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>2182</v>
+        <v>2016</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2183</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>66540</v>
+        <v>66537</v>
       </c>
       <c r="B238" t="s">
-        <v>2184</v>
+        <v>2187</v>
       </c>
       <c r="C238" t="s">
-        <v>2185</v>
+        <v>2188</v>
       </c>
       <c r="D238" t="s">
-        <v>2186</v>
+        <v>2189</v>
       </c>
       <c r="E238" t="s">
-        <v>2187</v>
+        <v>2190</v>
       </c>
       <c r="F238" t="s">
-        <v>2188</v>
+        <v>2191</v>
       </c>
       <c r="G238" t="s">
-        <v>2189</v>
+        <v>1977</v>
       </c>
       <c r="H238" t="s">
-        <v>2190</v>
+        <v>1978</v>
       </c>
       <c r="I238" t="s">
-        <v>386</v>
+        <v>2192</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>2191</v>
+        <v>2015</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>2192</v>
+        <v>2016</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
         <v>2193</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
+        <v>66538</v>
+      </c>
+      <c r="B239" t="s">
+        <v>2194</v>
+      </c>
+      <c r="C239" t="s">
+        <v>2195</v>
+      </c>
+      <c r="D239" t="s">
+        <v>2196</v>
+      </c>
+      <c r="E239" t="s">
+        <v>2197</v>
+      </c>
+      <c r="F239" t="s">
+        <v>2198</v>
+      </c>
+      <c r="G239" t="s">
+        <v>606</v>
+      </c>
+      <c r="H239" t="s">
+        <v>607</v>
+      </c>
+      <c r="I239" t="s">
+        <v>608</v>
+      </c>
+      <c r="J239" t="s">
+        <v>24</v>
+      </c>
+      <c r="K239" t="s">
+        <v>2199</v>
+      </c>
+      <c r="L239" t="s">
+        <v>26</v>
+      </c>
+      <c r="M239" t="s">
+        <v>2200</v>
+      </c>
+      <c r="N239" t="s">
+        <v>28</v>
+      </c>
+      <c r="O239" t="s">
+        <v>2201</v>
+      </c>
+    </row>
+    <row r="240" spans="1:15">
+      <c r="A240">
+        <v>66540</v>
+      </c>
+      <c r="B240" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C240" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D240" t="s">
+        <v>2204</v>
+      </c>
+      <c r="E240" t="s">
+        <v>2205</v>
+      </c>
+      <c r="F240" t="s">
+        <v>2206</v>
+      </c>
+      <c r="G240" t="s">
+        <v>2207</v>
+      </c>
+      <c r="H240" t="s">
+        <v>2208</v>
+      </c>
+      <c r="I240" t="s">
+        <v>404</v>
+      </c>
+      <c r="J240" t="s">
+        <v>24</v>
+      </c>
+      <c r="K240" t="s">
+        <v>2209</v>
+      </c>
+      <c r="L240" t="s">
+        <v>26</v>
+      </c>
+      <c r="M240" t="s">
+        <v>2210</v>
+      </c>
+      <c r="N240" t="s">
+        <v>28</v>
+      </c>
+      <c r="O240" t="s">
+        <v>2211</v>
+      </c>
+    </row>
+    <row r="241" spans="1:15">
+      <c r="A241">
         <v>66541</v>
       </c>
-      <c r="B239" t="s">
-[...39 lines deleted...]
-        <v>2200</v>
+      <c r="B241" t="s">
+        <v>583</v>
+      </c>
+      <c r="C241" t="s">
+        <v>2212</v>
+      </c>
+      <c r="D241" t="s">
+        <v>2213</v>
+      </c>
+      <c r="E241" t="s">
+        <v>2214</v>
+      </c>
+      <c r="F241" t="s">
+        <v>2215</v>
+      </c>
+      <c r="G241" t="s">
+        <v>588</v>
+      </c>
+      <c r="H241" t="s">
+        <v>589</v>
+      </c>
+      <c r="I241" t="s">
+        <v>590</v>
+      </c>
+      <c r="J241" t="s">
+        <v>24</v>
+      </c>
+      <c r="K241" t="s">
+        <v>2216</v>
+      </c>
+      <c r="L241" t="s">
+        <v>26</v>
+      </c>
+      <c r="M241" t="s">
+        <v>2217</v>
+      </c>
+      <c r="N241" t="s">
+        <v>28</v>
+      </c>
+      <c r="O241" t="s">
+        <v>2218</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">