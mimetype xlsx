--- v2 (2026-01-25)
+++ v3 (2026-03-27)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2228">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: тоҷикӣ
 # Source: https://hadeethenc.com/tg
-# Last update: 2025-11-28 20:06:44 (v1.11.0)
-# Check for updates: https://hadeethenc.com/en/check/tg/v1.11.0
+# Last update: 2026-03-25 01:21:24 (v1.12.0)
+# Check for updates: https://hadeethenc.com/en/check/tg/v1.12.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -5287,50 +5287,83 @@
   <si>
     <t>Модари муъминон Оиша (Худованд аз ӯ розӣ бод) аз ахлоқи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) пурсида шуд, ӯ саволдиҳандаро бисёр ба як сухани фарогир, яъне Қуръони карим, ки тамоми сифоти комилро дар худ дорад, посух гуфтанд. Ҳазрати Оиша  гуфтанд, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ахлоқи Қуръонро дошт, ончи Қуръон амр фармудааст анҷом медод ва аз ончи наҳй кардааст дурӣ меҷуст, аз ахлоқи ӯ амал карда ба Қуръон ва пойбанд ба аҳкоми он буд, пойбанди тарбияти қуръонӣ буд ва ба амсолу қиссаҳои он эътибор медоданд.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>Ташвиқ ва тарғиб ба пайравӣ аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар қабули ахлоқи қуръонӣ.
 Ситоиши ахлоқи Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ва инки ахлоқи неки ӯ аз нури ваҳй буд.
 Қуръон сарчашмаи тамоми ахлоқи нек аст.
 Ахлоқ дар Ислом тамоми дин, яъне анҷом додани дастурот ва дурӣ аз навоҳиро, фаро мегирад.</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
     <t>[رواه مسلم في جملة حديثٍ طويلٍ]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/8265</t>
   </si>
   <si>
+    <t>إن في الجنة لسوقا، يأتونها كل جمعة</t>
+  </si>
+  <si>
+    <t>Дар биҳишт бозоре ҳаст, ки онҳо (биҳиштиён) ҳар ҷумъа ба он меоянд</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رَضيَ اللهُ عنهُ أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ فِي الْجَنَّةِ لَسُوقًا، يَأْتُونَهَا كُلَّ جُمُعَةٍ، فَتَهُبُّ رِيحُ الشَّمَالِ فَتَحْثُو فِي وُجُوهِهِمْ وَثِيَابِهِمْ، فَيَزْدَادُونَ حُسْنًا وَجَمَالًا، فَيَرْجِعُونَ إِلَى أَهْلِيهِمْ وَقَدِ ازْدَادُوا حُسْنًا وَجَمَالًا، فَيَقُولُ لَهُمْ أَهْلُوهُمْ: وَاللهِ لَقَدِ ازْدَدْتُمْ بَعْدَنَا حُسْنًا وَجَمَالًا، فَيَقُولُونَ: وَأَنْتُمْ وَاللهِ لَقَدِ ازْدَدْتُمْ بَعْدَنَا حُسْنًا وَجَمَالًا».</t>
+  </si>
+  <si>
+    <t>Аз Анас ибни Молик (разияллоҳу анҳу) ривоят аст, ки Расули Аллоҳ (саллаллоҳу алайҳи ва саллам) фармуданд: "Дар биҳишт бозоре ҳаст, ки онҳо (биҳиштиён) ҳар ҷумъа ба он меоянд. Шамоли шимол бар рӯйҳо ва либосҳои онҳо мевазад, ки бар зебогӣ ва ҷамоли онҳо меафзояд. Ба назди хонаводаи худ бармегарданд ва мебинанд, ки бар ҳусну ҷамолашон афзуда шудааст. Хонаводаи онҳо ба онҳо мегӯянд: Ба Аллоҳ савганд, пас аз мо бар ҳусну ҷамолатон афзуда шудааст! Онҳо мегӯянд: Ба Аллоҳ савганд, шумо низ пас аз мо бар ҳусну ҷамолатон афзуда шудааст".</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم أن في الجنة مكانًا يجتمعون فيه، ليس فيه بيع ولا شراء يأخذون منه ما أرادوا، يأتونه مقدار كل سبعة أيام، فتهب ريح الشمال، فتحرك في وجوههم وثيابهم، فيزدادون حسنًا وجمالًا، فيرجعون إلى أهليهم وقد ازدادوا حسنًا وجمالًا، فيقول لهم أهلوهم: والله لقد ازددتم بعدنا حُسنًا وجمالًا، فيقولون: وأنتم والله لقد ازددتم بعدنا حسنًا وجمالًا.</t>
+  </si>
+  <si>
+    <t>Паёмбар (саллаллоҳу алайҳи ва саллам) хабар доданд, ки дар биҳишт маконе ҳаст, ки онҳо дар он ҷамъ мешаванд. Дар он ҷо хариду фурӯш нест. Ҳар кас аз он чизе бихоҳад мегирад. Онҳо дар ҳар ҳафт рӯз якбор ба онҷо меоянд. Шамоли шимол бар рӯйҳо ва либосҳояшон мевазад ва бар ҳусну ҷамоли онҳо меафзояд. Онҳо ба назди хонаводаи худ бармегарданд ва мебинанд, ки зебоии онҳо низ афзудааст. Хонаводаи онҳо мегӯянд: Ба Аллоҳ савганд, шумо пас аз мо зеботар шудаед, ва онҳо ҷавоб медиҳанд: Ба Аллоҳ савганд, шумо низ пас аз мо зеботар гаштаед.</t>
+  </si>
+  <si>
+    <t>بيان أن أهل الجنة في زيادة حُسن وجمال.
+الأحاديث توجب للإنسان الرغبة في العمل الصالح الذي يتوصّل به إلى هذه الدار.
+خص ريح الشمال بالذكر؛ لأنها كانت أحسن الرياح عند العرب حيث كانت تأتي بالخير والمطر.
+الحث على الدعوة إلى الله بالترغيب بالجنة ونعيمها.</t>
+  </si>
+  <si>
+    <t>Баёни ин ки ҳусну ҷамоли аҳли биҳишт ҳамеша дар ҳолати афзудан аст.
+Ҳадисҳо инсонро водор мекунанд, ки ба корҳои некӯ иштиёқ пайдо кунад, ки ӯро ба ин манзил (биҳишт) мерасонанд.
+Шамоли шимолро махсусан зикр карданд, зеро он беҳтарин шамол дар миёни арабҳо буд ва бо худ хайр ва борон меовард.
+Ташвиқ ба даъват ба сӯи Худо бо ваъдаи биҳишт ва неъматҳои он.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/tg/browse/hadith/8353</t>
+  </si>
+  <si>
     <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар ҳама ҳолат зикри Аллоҳро мекард</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>Аз Оиша (Худованд аз ӯ розӣ бод) ривоят аст, ки гуфт: Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) дар ҳама ҳолат зикри Аллоҳро мекард.</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>Модари муъминон Оиша (Худованд аз ӯ розӣ бод) ривоят мекунад, ки Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) бисёр пойбанд ба зикри Аллоҳ буд ва дар ҳама замон ва макон Аллоҳро ёд мекард.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Таҳорат ва ё ғусл аз шартҳои зикри Аллоҳ Таъоло нест.
 Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) пайваста зикр менамуданд.
@@ -7953,51 +7986,51 @@
 الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
   </si>
   <si>
     <t>Баёни марҳилаҳои офариниши инсон.
 Имон ба қазо ва қадар.
 Сарнавишт ва оқибати тамоми аъмол вобаста ба қазо ва қадар аст, ки дар он аз пеш чи навишта шудааст.
 Аз мағрур шудан ба зоҳири амалҳо бояд барҳазар буд, зеро тамоми кор вобастагӣ ба анҷом ва поёни он дорад.
 ____</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/66513</t>
   </si>
   <si>
     <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
   </si>
   <si>
     <t>Ҳар ки ба ин кори мо (шариати исломӣ) чизи наве дохил кунад, ки аз он нест, он амр мардуд аст</t>
   </si>
   <si>
     <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
 وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
-    <t>Аз модари муъминон Умми Абдуллоҳ Оиша (разияллоҳу анҳо) ривоят аст, ки гуфт: Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) фармуданд: "Ҳар ки ба ин кори мо (шариати исломӣ) чизи наве дохил кунад, ки аз он нест, он амр мардуд аст".</t>
+    <t>Аз модари муъминон Умми Абдуллоҳ Оиша (разияллоҳу анҳо) ривоят аст, ки гуфт: Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) фармуданд: "Ҳар ки ба ин кори мо (шариати исломӣ) чизи наве дохил кунад, ки аз он нест, он амр мардуд аст". Ва дар ривояти дигар аз Муслим омадааст: "Ҳар касе амале анҷом диҳад, ки дар дини мо набошад, пас он мардуд аст".</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Ибодат бар асоси он чизе аст, ки дар Қуръону Суннат омадааст. Бинобар ин, Аллоҳ Таъолоро ибодат намекунем магар бар асоси шариат, на бар асоси бидъат ва навсохтаҳо.
 Дин бар асоси раъй (назар ва фикр) ва неку пиндоштан нест, балки бар пайравӣ аз Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) аст.
 Ин ҳадис далолат бар комил будани дин (Ислом) мекунад.
 Бидъат ҳар чизи навсохтае аст, ки ба дин ворид шудааст ва дар замони Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) ва асҳобаш вуҷуд надошт, чи эътиқод бошад ё сухан, ё амал.
 Ин ҳадис яке аз аслҳои дини Ислом аст ва монанди тарозуест барои амалҳо. Ҳамон тавр ки ҳар амале ба хотири Аллоҳ набошад, пазируфта намешавад ва анҷомдиҳандааш савобе намегирад, инчунин ҳар амале, ки бар асоси раҳнамоии Паёмбар (Салому дуруди Аллоҳ бар ӯ бод) набошад, ба анҷомдиҳандааш бозгардонида мешавад ва аз ӯ пазируфта намешавад.
 Ин ҳадис қоидае аст барои рад кардани бидъатҳои падидомада ва мункароти рӯйдода.
 Навовариҳое, ки аз он наҳйи шудааст, корҳое ҳастанд, ки ба дин марбут ҳастанд на ба корҳои дунё.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/66514</t>
   </si>
   <si>
     <t>إن الحلال بين، وإن الحرام بين</t>
   </si>
@@ -8192,51 +8225,51 @@
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
 إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/66521</t>
   </si>
   <si>
     <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>Эй ҷавон! ба дурустӣ ки ман туро якчанд панде биомӯзам: (ҳудуди) Худоро нигоҳ дор, то Худо туро нигоҳ дорад; (ҳудуди) Худоро нигоҳ дор, то Ӯро дар рӯ ба рӯят биёбӣ. Ҳар гоҳ чизе талаб кунӣ, аз Худо талаб кун, ҳар гоҳ ёрӣ биҷӯӣ аз Худо ёрӣ биҷӯ</t>
   </si>
   <si>
     <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
 وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
   </si>
   <si>
-    <t>Аз Абулаббос Абдуллоҳ ибни Аббос (разияллоҳу анҳумо) ривоят аст, ки гуфт: Рӯзе пушти сари Паёмбар (Саллаллоҳу алайҳи ва саллам) будам, ки гуфт: "Эй ҷавон! ба дурустӣ ки ман туро якчанд панде биомӯзам: (ҳудуди) Худоро нигоҳ дор, то Худо туро нигоҳ дорад; (ҳудуди) Худоро нигоҳ дор, то Ӯро дар рӯ ба рӯят биёбӣ. Ҳар гоҳ чизе талаб кунӣ, аз Худо талаб кун, ҳар гоҳ ёрӣ биҷӯӣ аз Худо ёрӣ биҷӯ. Ва бидон, ки агар ҳамаи мардум ҷамъ шаванд, то туро ба чизе ёрӣ расонанд, ёрӣ расонида наметавонанд, магар ба он чизе, ки Худо бар ту навиштааст; ва агар ҳамаи мардум ҷамъ шаванд, то ба ту зарар расонанд, зараре расонида наметавонанд, магар ба он чизе, ки Худо бар ту навиштааст, қаламҳо бардошта шудаанд ва номаҳо хушк шудаанд".</t>
+    <t>Аз Абулаббос Абдуллоҳ ибни Аббос (разияллоҳу анҳумо) ривоят аст, ки гуфт: Рӯзе пушти сари Паёмбар (Саллаллоҳу алайҳи ва саллам) будам, ки гуфт: "Эй ҷавон! ба дурустӣ ки ман туро якчанд панде биомӯзам: (ҳудуди) Худоро нигоҳ дор, то Худо туро нигоҳ дорад; (ҳудуди) Худоро нигоҳ дор, то Ӯро дар рӯ ба рӯят биёбӣ. Ҳар гоҳ чизе талаб кунӣ, аз Худо талаб кун, ҳар гоҳ ёрӣ биҷӯӣ аз Худо ёрӣ биҷӯ. Ва бидон, ки агар ҳамаи мардум ҷамъ шаванд, то туро ба чизе ёрӣ расонанд, ёрӣ расонида наметавонанд, магар ба он чизе, ки Худо бар ту навиштааст; ва агар ҳамаи мардум ҷамъ шаванд, то ба ту зарар расонанд, зараре расонида наметавонанд, магар ба он чизе, ки Худо бар ту навиштааст, қаламҳо бардошта шудаанд ва номаҳо хушк шудаанд". Ва дар ривояти ғайри Тирмизӣ чунин омадааст: "(Ҳудуди) Худоро нигоҳ дор, то Ӯро ҳамроҳат биёбӣ; дар фаровонӣ Худоро бишинос, то Худо туро дар сахтӣ бишиносад. Ва бидон, ки он чи дар сарнавишти ту нест, ба ту нахоҳад расид; ва он чи ба ту расид, наметавонист ба ту нарасад. Ва бидон, ки нусрати Худо ҳамроҳи устуворӣ аст; ва кушоиш ҳамроҳи сахтӣ аст; ва дар ҳақиқат ҳамроҳи ҳар як душворӣ осонӣ аст".</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
 وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
   </si>
   <si>
     <t>Ибн Аббос (разияллоҳу анҳу) хабар медиҳад, ки вақте хурдсол буд ва ҳамроҳи Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) савор буд, он ҳазрат ба ӯ гуфтанд: "Ман ба ту чанд чизро меомӯзонам, ки Худо туро ба онҳо баҳраманд мекунад": Худовандро бо риояи фармудаҳо ва дурӣ аз манъкардаҳояш бо худ бидон, ба гунае, ки Ӯ Таъоло туро дар тоату ибодат ба Худ бинад, на дар гуноҳон ва нофармонӣ. Агар ин гуна амал кардӣ, Ӯ Таъоло туро аз балоҳои дунё ва охират дар паноҳаш нигоҳ медорад ва ҳарҷо ки бошӣ Худо ба ту нусрат медиҳад. Агар чизе мехоҳӣ фақат аз Худо бихоҳ, зеро танҳо Ӯ Таъолост, ки ба суолкунандагон посух мегӯяд. Агар ёрӣ мехоҳӣ фақат аз Худо бихоҳ. Ба яқин бидон, ки агар аҳли замин ҳама ҷамъ оянд, то барои ту манфиат бахшанд, суде ба ту нахоҳад расид, магар он чи Худованд навишта аст ва агар аҳли замин ҳама ҷамъ оянд, ки то ба ту зиёне расонанд, зиёне ба ту нахоҳад расид, магар он чи Худованд бароят муқаддар сохта аст. Худованд ин корро навиштааст ва бар асоси илм ва ҳикмати Ӯ Таъоло муқаддар сохта шудааст ва он чи Худованд навишта аст, тағйире надорад. Ва ҳар касе Худоро бо итоат аз фармонҳояш ва дурӣ аз манҳиёташ ҳифз мекунад, пас Худованд низ пешорӯйи банда аст, аз ҳоли ӯ огоҳ аст ва ӯро ҳифз мекунад ва ёрӣ медиҳад. Агар банда дар замони осудагӣ ва неъмат итоати Худоро кунад, Худо дар замони сахтӣ ва тангӣ барояш наҷот ва роҳе барои баромадан медиҳад. Бояд ҳар як банда аз тақдири Худо, хоҳ хайр бошад, хоҳ шар, розӣ бошад. Ва дар вақти сахтӣ ва мусибат сабр намояд, зеро сабр калиди наҷот аст. Ҳар гоҳ тангдилӣ ва бенавоӣ зиёд шавад, пас бидонад, ки наҷот ва кушоиш аз ҷониби Худованд наздик аст. Ва ҳар гоҳ душворӣ ва сахтӣ пеш ояд, ҳатман Худованд ба дунболи он осониро хоҳад фиристод.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
 البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
 تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
   </si>
   <si>
     <t>Аҳамияти омӯзиши масоили динӣ ба кӯдакон ва фарзандон, аз ҷумла тавҳид, одоб ва ғайра.
 Подош аз ҷинси амал аст.
@@ -8540,51 +8573,52 @@
   <si>
     <t>رويناه في كتاب الحجة بإسناد صحيح</t>
   </si>
   <si>
     <t>[قال النووي: حديث صحيح]</t>
   </si>
   <si>
     <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/66535</t>
   </si>
   <si>
     <t>كل مسكر حرام</t>
   </si>
   <si>
     <t>Ҳар чизе, ки масткунанда бошад, ҳаром аст</t>
   </si>
   <si>
     <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
 وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
 وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
 وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
   </si>
   <si>
-    <t>Аз Абубурда аз падараш Абумусои Ашъарӣ ривоят аст: Паёмбари Худо (Саллалоҳу алайҳи ва саллам) ӯро ба тарафи Яман фиристоданд ва дар бораи баъзе аз нӯшиданиҳое, ки дар он ҷо сохта мешуд, аз эшон пурсиданд, ки чистанд онҳо? Гуфт: ал-Битъ ва ал-Мирз аст. Ва ба Абубурда гуфт: "ал-Битъ чист?" Гуфт: Оби асал ва ал-Мизр оби ҷав. Сипас Фармуданд: "Ҳар чизе, ки мастӣ биёварад, ҳаром аст". Ривояти Бухорӣ.</t>
+    <t>Аз Абубурда аз падараш Абумусои Ашъарӣ ривоят аст: Паёмбари Худо (Саллалоҳу алайҳи ва саллам) ӯро ба тарафи Яман фиристоданд ва дар бораи баъзе аз нӯшиданиҳое, ки дар он ҷо сохта мешуд, аз эшон пурсиданд, ки чистанд онҳо? Гуфт: ал-Битъ ва ал-Мирз аст. Ва ба Абубурда гуфт: "ал-Битъ чист?" Гуфт: Оби асал ва ал-Мизр оби ҷав. Сипас Фармуданд: "Ҳар чизе, ки мастӣ биёварад, ҳаром аст". Ривояти Бухорӣ. Ва Муслим низ онро ривоят кардааст, ки лафзаш чунин аст: 
+Гуфт: Расули Худо (Саллаллоҳу алайҳи ва саллам) ман ва Муъозро ба Яман фиристод. Ман гуфтам: Эй Расули Худо! Дар сарзамини мо нӯшокие ҳаст, ки ба он «мизар» мегӯянд, ки аз ҷав сохта мешавад, ва нӯшокие ҳаст, ки «битъ» ном дорад ва аз асал тайёр мешавад. Пас Расулуллоҳ (Саллаллоҳу алайҳи ва саллам) фармуд: "Ҳар нӯшокие, ки маст кунад, ҳаром аст". Ва дар ривояти дигар аз Муслим омадааст, ки: Пас гуфт: "Ҳар он чи инсонро аз намоз боздорад ва маст кунад, ҳаром аст". Ва дар ривояти дигар аз Муслим омадааст: Расули Худо (Саллаллоҳу алайҳи ва саллам) ки суханҳои пурмазмунро бо кӯтоҳгӯӣ ифода мекард, фармуд: "Ман аз ҳар масткунандае, ки инсонро аз намоз боздорад наҳй мекунам".</t>
   </si>
   <si>
     <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
 فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
 فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
   </si>
   <si>
     <t>Абумусои Ашъарӣ (разияллоҳу анҳу) хабар медиҳад, ки Паёмбар (Саллалоҳу алайҳи ва саллам) ӯро ба Яман фиристод. Ӯро (Паёмбарро) дар бораи нӯшокиҳое, ки он ҷо таёр мекунанд, пурсид, ки оё он нӯшокиҳо ҳаром ҳастанд ё ҳалол. Паёмбар (Саллалоҳу алайҳи ва саллам) дар ин бораи он нӯшиданиҳо тавзеҳ хост. Абумусо (разияллоҳу анҳу) гуфт: Он нӯшиданиҳо яке "битъ" мебошад, ки аз асал таёр мешавад ва дигарӣ "мазр", ки аз ҷав таёр мешавад. Пас, Паёмбар (Саллалоҳу алайҳи ва саллам), ки аз суханони фарогир ва кӯтоҳ баҳраманд аст, фармуд: "Ҳар чизи масткунанда ҳаром аст".</t>
   </si>
   <si>
     <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
 الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
 أهمية السؤال عن ما يحتاج إليه المسلم.
 كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
 أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
   </si>
   <si>
     <t>Набиз: Обест, ки дар он хурмо, ё асал, ё ҷав ё монанди он андохта мешавад, то ки таъм ва маззаи ширин бигирад. Баъд аз муддате мумкин аст, ки тахмир шавад (тағйир ёбад) ва ба нӯшокии масткунанда табдил ёбад.
 Ин ҳадис қоидаест дар ҳаром будани ҳама навъҳои масткунандаҳо, монанди шароб, ҳашиш ва ғайра.
 Аҳамияти пурсидан дар бораи чизҳое, ки як мусалмон ба он эҳтиёҷ дорад.
 Аввалин бор май вақте ҳаром шуд, ки бар асари нӯшидани он яке аз муҳоҷирон дар вақти намоз хондан оятҳоро ба ҳам омехта хонд, пас ояти зерин нозил шуд: (Эй касоне, ки имон овардаед, дар ҳоли мастӣ ба намоз наистед, то замоне ки бидонед чӣ мегӯед) (Сураи Нисо, ояти 43).
 Пас аз он, мунодии Паёмбар (Саллалоҳу алайҳи ва саллам) эълон мекард: "Маст ба намоз наздик нашавад".
 Сипас Аллоҳ Таъоло шаробро бо ояти зерин пурра ҳаром гардонид: (Эй касоне, ки имон овардаед, бе тардид, шаробу қимор ва бутҳову тирҳои қуръакашӣ палид [ва] аз кор [-ҳои] шайтон ҳастанд, пас, аз онҳо дурӣ кунед, бошад, ки растагор шавед, 90 Дар ҳақиқат, шайтон мехоҳад бо шаробу қимор, миёнатон душманӣ ва кина эҷод кунад ва шуморо аз ёди Аллоҳ Таъоло ва аз намоз боздорад, пас, [эй муъминон, ҳоло ки ҳақиқатро донистед] оё аз онҳо даст бармедоред? 91) (Сураи Моида, оятҳои 90-91).  
 Ин нишон медиҳад, ки таҳрими шароб ба тадриҷ сурат гирифт, то ниҳоят Аллоҳ онро комилан манъ кард.
@@ -8639,86 +8673,87 @@
     <t>Аз Умар ибни Хаттоб (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Агар шумо чуноне, ки шоиста аст, бар Аллоҳ таваккал кунед, ба шумо рӯзӣ хоҳад дод ҳамчуноне, ки ба парандагон рӯзӣ медиҳад, ки субҳ гурусна аз лонаи худ берун мераванд ва шомгоҳон бо шиками сер боз мегарданд".</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
   </si>
   <si>
     <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/66538</t>
   </si>
   <si>
     <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
   </si>
   <si>
     <t>Некӣ кардан ахлоқи хуб аст ва гуноҳ он аст, ки дар дилат нороҳатӣ биорад ва аз ошкор шуданаш дар байни мардум туро бадат ояд</t>
   </si>
   <si>
     <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
 وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
   </si>
   <si>
-    <t>Аз Нувос ибни Самъон (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Некӣ кардан ахлоқи хуб аст ва гуноҳ он аст, ки дар дилат нороҳатӣ биорад ва аз ошкор шуданаш дар байни мардум туро бадат ояд".</t>
+    <t>Аз Нувос ибни Самъон (разияллоҳу анҳу) ривоят аст, ки Паёмбар (Саллалоҳу алайҳи ва саллам) фармуданд: "Некӣ кардан ахлоқи хуб аст ва гуноҳ он аст, ки дар дилат нороҳатӣ биорад ва аз ошкор шуданаш дар байни мардум туро бадат ояд". Аз Вобиса ибни Маъбад (разияллоҳу анҳу) ривоят аст, ки гуфт: Назди Паёмбари Худо (Саллалоҳу алайҳи ва саллам) омадам, пас фармуд: "Оё омадӣ, ки дар бораи некукорӣ ва гуноҳ савол кунӣ?" Гуфтам: Бале. Фармуд: "Аз қалбат фатво бигир. Некукорӣ он аст, ки нафс ба он ором гирад ва дил ба он итминон ёбад. Ва гуноҳ он аст, ки дар нафс тардид оварад, агарчи мардум бароят фатво диҳанд ва фатво диҳанд".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
 وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
   </si>
   <si>
     <t>Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) дар бораи некукорӣ ва гуноҳ хабар доданд. Фармуданд, ки аз бузургтарин сифатҳои некӣ — ахлоқи нек бо Аллоҳ Таъоло тавассути тақво; ва бо мардум, тавассути таҳаммули озор, камхашмӣ, чеҳраи кушода, сухани нарм, пайвандӣ, итоат, меҳрубонӣ, некукорӣ ва ҳамнишинии нек аст. Ва некӣ он чизест, ки қалб ва нафс ба он ором мегиранд. Аммо гуноҳ он чизест, ки дар нафс эҳсоси нороҳатӣ ва шубҳа ба вуҷуд меорад, ки дил ба он ором намегирад ва тарсе дар дил пайдо мешавад, ки мабодо гуноҳ бошад ва шубҳа боқӣ мемонад. Агар шахс аз ошкор кардани он амали худ шарм медорад, зеро дар назди мардум ва шахсиятҳои бообурӯ зишт менамояд, пас, он гуноҳ аст, на некӣ. Зеро нафс табиатан мехоҳад, ки мардум аз корҳои некаш огоҳ шаванд. Пас, агар инсон нахоҳад, ки ин амалҳояш назди дигарон ошкор шаванд, ин аломати гуноҳ будани он амал аст.
 Ҳатто агар олимон ва мардум барои ту он амалро ҳалол бидонанд, ту набояд онро то замоне ки шубҳа дар дили ту боқист, анҷом диҳӣ. Зеро агар шубҳа дуруст бошад, фатво онро аз байн намебарад, зеро муфтӣ шояд бар асоси далели шаръӣ фатво надодааст. Аммо агар фатво бар асоси далели шаръӣ бошад, бар ту лозим аст, ки ба он амал кунӣ, ҳатто агар нафси ту ба он майл надошта бошад.</t>
   </si>
   <si>
     <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
 الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
 من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
 قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
 المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
 قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
   </si>
   <si>
     <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
   </si>
   <si>
     <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/66540</t>
   </si>
   <si>
     <t>Забонатро ҳамеша бо зикри Аллоҳ Таъоло тар нигаҳдор</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
 وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
-    <t>Аз Абдулло ибни Буср (разияллоҳу анҳу) ривоят аст, ки гуфт: Марде ба назди Паёмбар(Саллалоҳу алайҳи ва саллам) омад ва гуфт: Эй Расули Худо ба дурустӣ, ки фармудаҳои Ислом бар мо хеле бисёр шудааст, оё ягон амале ҳаст, ки бо анҷом доданаш ҳамаи амалҳоро шомил шавад? Фармуданд: "Забонатро ҳамеша бо зикри Аллоҳ Таъоло тар нигаҳдор".</t>
+    <t>Аз Абдулло ибни Буср (разияллоҳу анҳу) ривоят аст, ки гуфт: Марде ба назди Паёмбар(Саллалоҳу алайҳи ва саллам) омад ва гуфт: Эй Расули Худо ба дурустӣ, ки фармудаҳои Ислом бар мо хеле бисёр шудааст, оё ягон амале ҳаст, ки бо анҷом доданаш ҳамаи амалҳоро шомил шавад? Фармуданд: "Забонатро ҳамеша бо зикри Аллоҳ Таъоло тар нигаҳдор". Дар ривояти дигаре аз ҳадиси Муъоз ибни Ҷабал (разияллоҳу анҳу) омадааст: "Охирин чизе, ки ман бо он аз Паёмбари Худо (Саллаллоҳу алайҳи ва саллам) ҷудо шудам, ин буд ки пурсидам: Кадом амал беҳтарин ва наздиктарин ба Худо аст? 
+Паёмбар (Саллаллоҳу алайҳи ва саллам) фармуд: "Он ки дар ҳоле бимирӣ, ки забонат аз зикри Худои Азза ва Ҷалла тар бошад".</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
     <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
   </si>
   <si>
     <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/tg/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
@@ -9034,51 +9069,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O241"/>
+  <dimension ref="A1:O242"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -15723,4652 +15758,4699 @@
       </c>
       <c r="I143" t="s">
         <v>1346</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
         <v>1347</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
         <v>1348</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
         <v>1349</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>8402</v>
+        <v>8353</v>
       </c>
       <c r="B144" t="s">
         <v>1350</v>
       </c>
       <c r="C144" t="s">
         <v>1351</v>
       </c>
       <c r="D144" t="s">
         <v>1352</v>
       </c>
       <c r="E144" t="s">
         <v>1353</v>
       </c>
       <c r="F144" t="s">
         <v>1354</v>
       </c>
       <c r="G144" t="s">
         <v>1355</v>
       </c>
       <c r="H144" t="s">
         <v>1356</v>
       </c>
       <c r="I144" t="s">
         <v>1357</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
         <v>89</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
         <v>90</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
         <v>1358</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>8914</v>
+        <v>8402</v>
       </c>
       <c r="B145" t="s">
         <v>1359</v>
       </c>
       <c r="C145" t="s">
         <v>1360</v>
       </c>
       <c r="D145" t="s">
         <v>1361</v>
       </c>
       <c r="E145" t="s">
         <v>1362</v>
       </c>
       <c r="F145" t="s">
         <v>1363</v>
       </c>
       <c r="G145" t="s">
         <v>1364</v>
       </c>
       <c r="H145" t="s">
         <v>1365</v>
       </c>
       <c r="I145" t="s">
         <v>1366</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
         <v>1367</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>8918</v>
+        <v>8914</v>
       </c>
       <c r="B146" t="s">
         <v>1368</v>
       </c>
       <c r="C146" t="s">
         <v>1369</v>
       </c>
       <c r="D146" t="s">
         <v>1370</v>
       </c>
       <c r="E146" t="s">
         <v>1371</v>
       </c>
       <c r="F146" t="s">
         <v>1372</v>
       </c>
       <c r="G146" t="s">
         <v>1373</v>
       </c>
       <c r="H146" t="s">
         <v>1374</v>
       </c>
       <c r="I146" t="s">
         <v>1375</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
         <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
         <v>1376</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>8945</v>
+        <v>8918</v>
       </c>
       <c r="B147" t="s">
         <v>1377</v>
       </c>
       <c r="C147" t="s">
         <v>1378</v>
       </c>
       <c r="D147" t="s">
         <v>1379</v>
       </c>
       <c r="E147" t="s">
         <v>1380</v>
       </c>
       <c r="F147" t="s">
         <v>1381</v>
       </c>
       <c r="G147" t="s">
         <v>1382</v>
       </c>
       <c r="H147" t="s">
         <v>1383</v>
       </c>
       <c r="I147" t="s">
         <v>1384</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
         <v>1385</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>10098</v>
+        <v>8945</v>
       </c>
       <c r="B148" t="s">
         <v>1386</v>
       </c>
       <c r="C148" t="s">
         <v>1387</v>
       </c>
       <c r="D148" t="s">
         <v>1388</v>
       </c>
       <c r="E148" t="s">
         <v>1389</v>
       </c>
       <c r="F148" t="s">
         <v>1390</v>
       </c>
       <c r="G148" t="s">
         <v>1391</v>
       </c>
       <c r="H148" t="s">
         <v>1392</v>
       </c>
       <c r="I148" t="s">
         <v>1393</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
         <v>1394</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>10412</v>
+        <v>10098</v>
       </c>
       <c r="B149" t="s">
         <v>1395</v>
       </c>
       <c r="C149" t="s">
         <v>1396</v>
       </c>
       <c r="D149" t="s">
         <v>1397</v>
       </c>
       <c r="E149" t="s">
         <v>1398</v>
       </c>
       <c r="F149" t="s">
         <v>1399</v>
       </c>
       <c r="G149" t="s">
         <v>1400</v>
       </c>
       <c r="H149" t="s">
         <v>1401</v>
       </c>
       <c r="I149" t="s">
         <v>1402</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
         <v>25</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
         <v>27</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
         <v>1403</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>10647</v>
+        <v>10412</v>
       </c>
       <c r="B150" t="s">
         <v>1404</v>
       </c>
       <c r="C150" t="s">
         <v>1405</v>
       </c>
       <c r="D150" t="s">
         <v>1406</v>
       </c>
       <c r="E150" t="s">
         <v>1407</v>
       </c>
       <c r="F150" t="s">
         <v>1408</v>
       </c>
       <c r="G150" t="s">
         <v>1409</v>
       </c>
       <c r="H150" t="s">
         <v>1410</v>
       </c>
       <c r="I150" t="s">
         <v>1411</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
         <v>1412</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>10930</v>
+        <v>10647</v>
       </c>
       <c r="B151" t="s">
         <v>1413</v>
       </c>
       <c r="C151" t="s">
         <v>1414</v>
       </c>
       <c r="D151" t="s">
         <v>1415</v>
       </c>
       <c r="E151" t="s">
         <v>1416</v>
       </c>
       <c r="F151" t="s">
         <v>1417</v>
       </c>
       <c r="G151" t="s">
         <v>1418</v>
       </c>
       <c r="H151" t="s">
         <v>1419</v>
       </c>
       <c r="I151" t="s">
         <v>1420</v>
       </c>
       <c r="J151" t="s">
+        <v>24</v>
+      </c>
+      <c r="K151" t="s">
+        <v>89</v>
+      </c>
+      <c r="L151" t="s">
+        <v>26</v>
+      </c>
+      <c r="M151" t="s">
+        <v>90</v>
+      </c>
+      <c r="N151" t="s">
+        <v>28</v>
+      </c>
+      <c r="O151" t="s">
         <v>1421</v>
-      </c>
-[...13 lines deleted...]
-        <v>1423</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>10947</v>
+        <v>10930</v>
       </c>
       <c r="B152" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C152" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D152" t="s">
         <v>1424</v>
       </c>
-      <c r="C152" t="s">
+      <c r="E152" t="s">
         <v>1425</v>
       </c>
-      <c r="D152" t="s">
+      <c r="F152" t="s">
         <v>1426</v>
       </c>
-      <c r="E152" t="s">
+      <c r="G152" t="s">
         <v>1427</v>
       </c>
-      <c r="F152" t="s">
+      <c r="H152" t="s">
         <v>1428</v>
       </c>
-      <c r="G152" t="s">
+      <c r="I152" t="s">
         <v>1429</v>
       </c>
-      <c r="H152" t="s">
+      <c r="J152" t="s">
         <v>1430</v>
       </c>
-      <c r="I152" t="s">
+      <c r="K152" t="s">
+        <v>853</v>
+      </c>
+      <c r="L152" t="s">
         <v>1431</v>
       </c>
-      <c r="J152" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M152" t="s">
-        <v>90</v>
+        <v>854</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>10951</v>
+        <v>10947</v>
       </c>
       <c r="B153" t="s">
         <v>1433</v>
       </c>
       <c r="C153" t="s">
         <v>1434</v>
       </c>
       <c r="D153" t="s">
         <v>1435</v>
       </c>
       <c r="E153" t="s">
         <v>1436</v>
       </c>
       <c r="F153" t="s">
         <v>1437</v>
       </c>
       <c r="G153" t="s">
         <v>1438</v>
       </c>
       <c r="H153" t="s">
         <v>1439</v>
       </c>
       <c r="I153" t="s">
         <v>1440</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>58</v>
+        <v>89</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
-        <v>59</v>
+        <v>90</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
         <v>1441</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>11287</v>
+        <v>10951</v>
       </c>
       <c r="B154" t="s">
         <v>1442</v>
       </c>
       <c r="C154" t="s">
         <v>1443</v>
       </c>
       <c r="D154" t="s">
         <v>1444</v>
       </c>
       <c r="E154" t="s">
         <v>1445</v>
       </c>
       <c r="F154" t="s">
         <v>1446</v>
       </c>
       <c r="G154" t="s">
         <v>1447</v>
       </c>
       <c r="H154" t="s">
         <v>1448</v>
       </c>
       <c r="I154" t="s">
         <v>1449</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>89</v>
+        <v>58</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>90</v>
+        <v>59</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
         <v>1450</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>58060</v>
+        <v>11287</v>
       </c>
       <c r="B155" t="s">
         <v>1451</v>
       </c>
       <c r="C155" t="s">
         <v>1452</v>
       </c>
       <c r="D155" t="s">
         <v>1453</v>
       </c>
       <c r="E155" t="s">
         <v>1454</v>
       </c>
       <c r="F155" t="s">
         <v>1455</v>
       </c>
       <c r="G155" t="s">
         <v>1456</v>
       </c>
       <c r="H155" t="s">
         <v>1457</v>
       </c>
       <c r="I155" t="s">
         <v>1458</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
+        <v>89</v>
+      </c>
+      <c r="L155" t="s">
+        <v>26</v>
+      </c>
+      <c r="M155" t="s">
+        <v>90</v>
+      </c>
+      <c r="N155" t="s">
+        <v>28</v>
+      </c>
+      <c r="O155" t="s">
         <v>1459</v>
-      </c>
-[...10 lines deleted...]
-        <v>1461</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>58240</v>
+        <v>58060</v>
       </c>
       <c r="B156" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C156" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D156" t="s">
         <v>1462</v>
       </c>
-      <c r="C156" t="s">
+      <c r="E156" t="s">
         <v>1463</v>
       </c>
-      <c r="D156" t="s">
+      <c r="F156" t="s">
         <v>1464</v>
       </c>
-      <c r="E156" t="s">
+      <c r="G156" t="s">
         <v>1465</v>
       </c>
-      <c r="F156" t="s">
+      <c r="H156" t="s">
         <v>1466</v>
       </c>
-      <c r="G156" t="s">
+      <c r="I156" t="s">
         <v>1467</v>
       </c>
-      <c r="H156" t="s">
+      <c r="J156" t="s">
+        <v>24</v>
+      </c>
+      <c r="K156" t="s">
         <v>1468</v>
       </c>
-      <c r="I156" t="s">
+      <c r="L156" t="s">
+        <v>26</v>
+      </c>
+      <c r="M156" t="s">
         <v>1469</v>
       </c>
-      <c r="J156" t="s">
-[...2 lines deleted...]
-      <c r="K156" t="s">
+      <c r="N156" t="s">
+        <v>28</v>
+      </c>
+      <c r="O156" t="s">
         <v>1470</v>
-      </c>
-[...10 lines deleted...]
-        <v>1472</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>58259</v>
+        <v>58240</v>
       </c>
       <c r="B157" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C157" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D157" t="s">
         <v>1473</v>
       </c>
-      <c r="C157" t="s">
+      <c r="E157" t="s">
         <v>1474</v>
       </c>
-      <c r="D157" t="s">
+      <c r="F157" t="s">
         <v>1475</v>
       </c>
-      <c r="E157" t="s">
+      <c r="G157" t="s">
         <v>1476</v>
       </c>
-      <c r="F157" t="s">
+      <c r="H157" t="s">
         <v>1477</v>
       </c>
-      <c r="G157" t="s">
+      <c r="I157" t="s">
         <v>1478</v>
       </c>
-      <c r="H157" t="s">
+      <c r="J157" t="s">
+        <v>24</v>
+      </c>
+      <c r="K157" t="s">
         <v>1479</v>
       </c>
-      <c r="I157" t="s">
+      <c r="L157" t="s">
+        <v>26</v>
+      </c>
+      <c r="M157" t="s">
         <v>1480</v>
       </c>
-      <c r="J157" t="s">
-[...2 lines deleted...]
-      <c r="K157" t="s">
+      <c r="N157" t="s">
+        <v>28</v>
+      </c>
+      <c r="O157" t="s">
         <v>1481</v>
-      </c>
-[...10 lines deleted...]
-        <v>1483</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>65000</v>
+        <v>58259</v>
       </c>
       <c r="B158" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C158" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D158" t="s">
         <v>1484</v>
       </c>
-      <c r="C158" t="s">
+      <c r="E158" t="s">
         <v>1485</v>
       </c>
-      <c r="D158" t="s">
+      <c r="F158" t="s">
         <v>1486</v>
       </c>
-      <c r="E158" t="s">
+      <c r="G158" t="s">
         <v>1487</v>
       </c>
-      <c r="F158" t="s">
+      <c r="H158" t="s">
         <v>1488</v>
       </c>
-      <c r="G158" t="s">
+      <c r="I158" t="s">
         <v>1489</v>
       </c>
-      <c r="H158" t="s">
+      <c r="J158" t="s">
+        <v>24</v>
+      </c>
+      <c r="K158" t="s">
         <v>1490</v>
       </c>
-      <c r="I158" t="s">
+      <c r="L158" t="s">
+        <v>26</v>
+      </c>
+      <c r="M158" t="s">
         <v>1491</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
         <v>1492</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>65001</v>
+        <v>65000</v>
       </c>
       <c r="B159" t="s">
         <v>1493</v>
       </c>
       <c r="C159" t="s">
         <v>1494</v>
       </c>
       <c r="D159" t="s">
         <v>1495</v>
       </c>
       <c r="E159" t="s">
         <v>1496</v>
       </c>
       <c r="F159" t="s">
         <v>1497</v>
       </c>
       <c r="G159" t="s">
         <v>1498</v>
       </c>
       <c r="H159" t="s">
         <v>1499</v>
       </c>
       <c r="I159" t="s">
         <v>1500</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
         <v>1501</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>65002</v>
+        <v>65001</v>
       </c>
       <c r="B160" t="s">
         <v>1502</v>
       </c>
       <c r="C160" t="s">
         <v>1503</v>
       </c>
       <c r="D160" t="s">
         <v>1504</v>
       </c>
       <c r="E160" t="s">
         <v>1505</v>
       </c>
       <c r="F160" t="s">
         <v>1506</v>
       </c>
       <c r="G160" t="s">
         <v>1507</v>
       </c>
       <c r="H160" t="s">
         <v>1508</v>
       </c>
       <c r="I160" t="s">
         <v>1509</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
         <v>1510</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>65003</v>
+        <v>65002</v>
       </c>
       <c r="B161" t="s">
         <v>1511</v>
       </c>
       <c r="C161" t="s">
         <v>1512</v>
       </c>
       <c r="D161" t="s">
         <v>1513</v>
       </c>
       <c r="E161" t="s">
         <v>1514</v>
       </c>
       <c r="F161" t="s">
         <v>1515</v>
       </c>
       <c r="G161" t="s">
         <v>1516</v>
       </c>
       <c r="H161" t="s">
         <v>1517</v>
       </c>
       <c r="I161" t="s">
         <v>1518</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
         <v>1519</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>65004</v>
+        <v>65003</v>
       </c>
       <c r="B162" t="s">
         <v>1520</v>
       </c>
       <c r="C162" t="s">
         <v>1521</v>
       </c>
       <c r="D162" t="s">
         <v>1522</v>
       </c>
       <c r="E162" t="s">
         <v>1523</v>
       </c>
       <c r="F162" t="s">
         <v>1524</v>
       </c>
       <c r="G162" t="s">
         <v>1525</v>
       </c>
       <c r="H162" t="s">
         <v>1526</v>
       </c>
       <c r="I162" t="s">
         <v>1527</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
         <v>89</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
         <v>90</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
         <v>1528</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>65005</v>
+        <v>65004</v>
       </c>
       <c r="B163" t="s">
         <v>1529</v>
       </c>
       <c r="C163" t="s">
         <v>1530</v>
       </c>
       <c r="D163" t="s">
         <v>1531</v>
       </c>
       <c r="E163" t="s">
         <v>1532</v>
       </c>
       <c r="F163" t="s">
         <v>1533</v>
       </c>
       <c r="G163" t="s">
         <v>1534</v>
       </c>
       <c r="H163" t="s">
         <v>1535</v>
       </c>
       <c r="I163" t="s">
         <v>1536</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
+        <v>89</v>
+      </c>
+      <c r="L163" t="s">
+        <v>26</v>
+      </c>
+      <c r="M163" t="s">
+        <v>90</v>
+      </c>
+      <c r="N163" t="s">
+        <v>28</v>
+      </c>
+      <c r="O163" t="s">
         <v>1537</v>
-      </c>
-[...10 lines deleted...]
-        <v>1539</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>65006</v>
+        <v>65005</v>
       </c>
       <c r="B164" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C164" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D164" t="s">
         <v>1540</v>
       </c>
-      <c r="C164" t="s">
+      <c r="E164" t="s">
         <v>1541</v>
       </c>
-      <c r="D164" t="s">
+      <c r="F164" t="s">
         <v>1542</v>
       </c>
-      <c r="E164" t="s">
+      <c r="G164" t="s">
         <v>1543</v>
       </c>
-      <c r="F164" t="s">
+      <c r="H164" t="s">
         <v>1544</v>
       </c>
-      <c r="G164" t="s">
+      <c r="I164" t="s">
         <v>1545</v>
       </c>
-      <c r="H164" t="s">
+      <c r="J164" t="s">
+        <v>24</v>
+      </c>
+      <c r="K164" t="s">
         <v>1546</v>
       </c>
-      <c r="I164" t="s">
+      <c r="L164" t="s">
+        <v>26</v>
+      </c>
+      <c r="M164" t="s">
         <v>1547</v>
       </c>
-      <c r="J164" t="s">
-[...2 lines deleted...]
-      <c r="K164" t="s">
+      <c r="N164" t="s">
+        <v>28</v>
+      </c>
+      <c r="O164" t="s">
         <v>1548</v>
-      </c>
-[...10 lines deleted...]
-        <v>1550</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>65007</v>
+        <v>65006</v>
       </c>
       <c r="B165" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1550</v>
+      </c>
+      <c r="D165" t="s">
         <v>1551</v>
       </c>
-      <c r="C165" t="s">
+      <c r="E165" t="s">
         <v>1552</v>
       </c>
-      <c r="D165" t="s">
+      <c r="F165" t="s">
         <v>1553</v>
       </c>
-      <c r="E165" t="s">
+      <c r="G165" t="s">
         <v>1554</v>
       </c>
-      <c r="F165" t="s">
+      <c r="H165" t="s">
         <v>1555</v>
       </c>
-      <c r="G165" t="s">
+      <c r="I165" t="s">
         <v>1556</v>
       </c>
-      <c r="H165" t="s">
+      <c r="J165" t="s">
+        <v>24</v>
+      </c>
+      <c r="K165" t="s">
         <v>1557</v>
       </c>
-      <c r="I165" t="s">
+      <c r="L165" t="s">
+        <v>26</v>
+      </c>
+      <c r="M165" t="s">
         <v>1558</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
         <v>1559</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>65008</v>
+        <v>65007</v>
       </c>
       <c r="B166" t="s">
         <v>1560</v>
       </c>
       <c r="C166" t="s">
         <v>1561</v>
       </c>
       <c r="D166" t="s">
         <v>1562</v>
       </c>
       <c r="E166" t="s">
         <v>1563</v>
       </c>
       <c r="F166" t="s">
         <v>1564</v>
       </c>
       <c r="G166" t="s">
         <v>1565</v>
       </c>
       <c r="H166" t="s">
         <v>1566</v>
       </c>
       <c r="I166" t="s">
         <v>1567</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
         <v>1568</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>65009</v>
+        <v>65008</v>
       </c>
       <c r="B167" t="s">
         <v>1569</v>
       </c>
       <c r="C167" t="s">
         <v>1570</v>
       </c>
       <c r="D167" t="s">
         <v>1571</v>
       </c>
       <c r="E167" t="s">
         <v>1572</v>
       </c>
       <c r="F167" t="s">
         <v>1573</v>
       </c>
       <c r="G167" t="s">
         <v>1574</v>
       </c>
       <c r="H167" t="s">
         <v>1575</v>
       </c>
       <c r="I167" t="s">
         <v>1576</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
         <v>89</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
         <v>90</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
         <v>1577</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>65010</v>
+        <v>65009</v>
       </c>
       <c r="B168" t="s">
         <v>1578</v>
       </c>
       <c r="C168" t="s">
         <v>1579</v>
       </c>
       <c r="D168" t="s">
         <v>1580</v>
       </c>
       <c r="E168" t="s">
         <v>1581</v>
       </c>
       <c r="F168" t="s">
         <v>1582</v>
       </c>
       <c r="G168" t="s">
         <v>1583</v>
       </c>
       <c r="H168" t="s">
         <v>1584</v>
       </c>
       <c r="I168" t="s">
         <v>1585</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
         <v>1586</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>65011</v>
+        <v>65010</v>
       </c>
       <c r="B169" t="s">
         <v>1587</v>
       </c>
       <c r="C169" t="s">
         <v>1588</v>
       </c>
       <c r="D169" t="s">
         <v>1589</v>
       </c>
       <c r="E169" t="s">
         <v>1590</v>
       </c>
       <c r="F169" t="s">
         <v>1591</v>
       </c>
       <c r="G169" t="s">
         <v>1592</v>
       </c>
       <c r="H169" t="s">
         <v>1593</v>
       </c>
       <c r="I169" t="s">
         <v>1594</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
         <v>1595</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>65012</v>
+        <v>65011</v>
       </c>
       <c r="B170" t="s">
         <v>1596</v>
       </c>
       <c r="C170" t="s">
         <v>1597</v>
       </c>
       <c r="D170" t="s">
         <v>1598</v>
       </c>
       <c r="E170" t="s">
         <v>1599</v>
       </c>
       <c r="F170" t="s">
         <v>1600</v>
       </c>
       <c r="G170" t="s">
         <v>1601</v>
       </c>
       <c r="H170" t="s">
         <v>1602</v>
       </c>
       <c r="I170" t="s">
         <v>1603</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
+        <v>89</v>
+      </c>
+      <c r="L170" t="s">
+        <v>26</v>
+      </c>
+      <c r="M170" t="s">
+        <v>90</v>
+      </c>
+      <c r="N170" t="s">
+        <v>28</v>
+      </c>
+      <c r="O170" t="s">
         <v>1604</v>
-      </c>
-[...10 lines deleted...]
-        <v>1606</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>65013</v>
+        <v>65012</v>
       </c>
       <c r="B171" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C171" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D171" t="s">
         <v>1607</v>
       </c>
-      <c r="C171" t="s">
+      <c r="E171" t="s">
         <v>1608</v>
       </c>
-      <c r="D171" t="s">
+      <c r="F171" t="s">
         <v>1609</v>
       </c>
-      <c r="E171" t="s">
+      <c r="G171" t="s">
         <v>1610</v>
       </c>
-      <c r="F171" t="s">
+      <c r="H171" t="s">
         <v>1611</v>
       </c>
-      <c r="G171" t="s">
+      <c r="I171" t="s">
         <v>1612</v>
       </c>
-      <c r="H171" t="s">
+      <c r="J171" t="s">
+        <v>24</v>
+      </c>
+      <c r="K171" t="s">
         <v>1613</v>
       </c>
-      <c r="I171" t="s">
+      <c r="L171" t="s">
+        <v>26</v>
+      </c>
+      <c r="M171" t="s">
         <v>1614</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
         <v>1615</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>65014</v>
+        <v>65013</v>
       </c>
       <c r="B172" t="s">
         <v>1616</v>
       </c>
       <c r="C172" t="s">
         <v>1617</v>
       </c>
       <c r="D172" t="s">
         <v>1618</v>
       </c>
       <c r="E172" t="s">
         <v>1619</v>
       </c>
       <c r="F172" t="s">
         <v>1620</v>
       </c>
       <c r="G172" t="s">
         <v>1621</v>
       </c>
       <c r="H172" t="s">
         <v>1622</v>
       </c>
       <c r="I172" t="s">
         <v>1623</v>
       </c>
       <c r="J172" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>78</v>
+        <v>25</v>
       </c>
       <c r="L172" t="s">
-        <v>111</v>
+        <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
         <v>1624</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>65015</v>
+        <v>65014</v>
       </c>
       <c r="B173" t="s">
         <v>1625</v>
       </c>
       <c r="C173" t="s">
         <v>1626</v>
       </c>
       <c r="D173" t="s">
         <v>1627</v>
       </c>
       <c r="E173" t="s">
         <v>1628</v>
       </c>
       <c r="F173" t="s">
         <v>1629</v>
       </c>
       <c r="G173" t="s">
         <v>1630</v>
       </c>
       <c r="H173" t="s">
         <v>1631</v>
       </c>
       <c r="I173" t="s">
         <v>1632</v>
       </c>
       <c r="J173" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="K173" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="L173" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="M173" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
         <v>1633</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>65016</v>
+        <v>65015</v>
       </c>
       <c r="B174" t="s">
         <v>1634</v>
       </c>
       <c r="C174" t="s">
         <v>1635</v>
       </c>
       <c r="D174" t="s">
         <v>1636</v>
       </c>
       <c r="E174" t="s">
         <v>1637</v>
       </c>
       <c r="F174" t="s">
         <v>1638</v>
       </c>
       <c r="G174" t="s">
         <v>1639</v>
       </c>
       <c r="H174" t="s">
         <v>1640</v>
       </c>
       <c r="I174" t="s">
         <v>1641</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
         <v>1642</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>65017</v>
+        <v>65016</v>
       </c>
       <c r="B175" t="s">
         <v>1643</v>
       </c>
       <c r="C175" t="s">
         <v>1644</v>
       </c>
       <c r="D175" t="s">
         <v>1645</v>
       </c>
       <c r="E175" t="s">
         <v>1646</v>
       </c>
       <c r="F175" t="s">
         <v>1647</v>
       </c>
       <c r="G175" t="s">
         <v>1648</v>
       </c>
       <c r="H175" t="s">
         <v>1649</v>
       </c>
       <c r="I175" t="s">
         <v>1650</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
+        <v>25</v>
+      </c>
+      <c r="L175" t="s">
+        <v>26</v>
+      </c>
+      <c r="M175" t="s">
+        <v>27</v>
+      </c>
+      <c r="N175" t="s">
+        <v>28</v>
+      </c>
+      <c r="O175" t="s">
         <v>1651</v>
-      </c>
-[...10 lines deleted...]
-        <v>1653</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>65018</v>
+        <v>65017</v>
       </c>
       <c r="B176" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D176" t="s">
         <v>1654</v>
       </c>
-      <c r="C176" t="s">
+      <c r="E176" t="s">
         <v>1655</v>
       </c>
-      <c r="D176" t="s">
+      <c r="F176" t="s">
         <v>1656</v>
       </c>
-      <c r="E176" t="s">
+      <c r="G176" t="s">
         <v>1657</v>
       </c>
-      <c r="F176" t="s">
+      <c r="H176" t="s">
         <v>1658</v>
       </c>
-      <c r="G176" t="s">
+      <c r="I176" t="s">
         <v>1659</v>
       </c>
-      <c r="H176" t="s">
+      <c r="J176" t="s">
+        <v>24</v>
+      </c>
+      <c r="K176" t="s">
         <v>1660</v>
       </c>
-      <c r="I176" t="s">
+      <c r="L176" t="s">
+        <v>26</v>
+      </c>
+      <c r="M176" t="s">
         <v>1661</v>
       </c>
-      <c r="J176" t="s">
-[...2 lines deleted...]
-      <c r="K176" t="s">
+      <c r="N176" t="s">
+        <v>28</v>
+      </c>
+      <c r="O176" t="s">
         <v>1662</v>
-      </c>
-[...10 lines deleted...]
-        <v>1664</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>65019</v>
+        <v>65018</v>
       </c>
       <c r="B177" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D177" t="s">
         <v>1665</v>
       </c>
-      <c r="C177" t="s">
+      <c r="E177" t="s">
         <v>1666</v>
       </c>
-      <c r="D177" t="s">
+      <c r="F177" t="s">
         <v>1667</v>
       </c>
-      <c r="E177" t="s">
+      <c r="G177" t="s">
         <v>1668</v>
       </c>
-      <c r="F177" t="s">
+      <c r="H177" t="s">
         <v>1669</v>
       </c>
-      <c r="G177" t="s">
+      <c r="I177" t="s">
         <v>1670</v>
       </c>
-      <c r="H177" t="s">
+      <c r="J177" t="s">
+        <v>24</v>
+      </c>
+      <c r="K177" t="s">
         <v>1671</v>
       </c>
-      <c r="I177" t="s">
+      <c r="L177" t="s">
+        <v>26</v>
+      </c>
+      <c r="M177" t="s">
         <v>1672</v>
-      </c>
-[...10 lines deleted...]
-        <v>90</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
         <v>1673</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>65020</v>
+        <v>65019</v>
       </c>
       <c r="B178" t="s">
         <v>1674</v>
       </c>
       <c r="C178" t="s">
         <v>1675</v>
       </c>
       <c r="D178" t="s">
         <v>1676</v>
       </c>
       <c r="E178" t="s">
         <v>1677</v>
       </c>
       <c r="F178" t="s">
         <v>1678</v>
       </c>
       <c r="G178" t="s">
         <v>1679</v>
       </c>
       <c r="H178" t="s">
         <v>1680</v>
       </c>
       <c r="I178" t="s">
         <v>1681</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
+        <v>89</v>
+      </c>
+      <c r="L178" t="s">
+        <v>26</v>
+      </c>
+      <c r="M178" t="s">
+        <v>90</v>
+      </c>
+      <c r="N178" t="s">
+        <v>28</v>
+      </c>
+      <c r="O178" t="s">
         <v>1682</v>
-      </c>
-[...10 lines deleted...]
-        <v>1684</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>65021</v>
+        <v>65020</v>
       </c>
       <c r="B179" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D179" t="s">
         <v>1685</v>
       </c>
-      <c r="C179" t="s">
+      <c r="E179" t="s">
         <v>1686</v>
       </c>
-      <c r="D179" t="s">
+      <c r="F179" t="s">
         <v>1687</v>
       </c>
-      <c r="E179" t="s">
+      <c r="G179" t="s">
         <v>1688</v>
       </c>
-      <c r="F179" t="s">
+      <c r="H179" t="s">
         <v>1689</v>
       </c>
-      <c r="G179" t="s">
+      <c r="I179" t="s">
         <v>1690</v>
       </c>
-      <c r="H179" t="s">
+      <c r="J179" t="s">
+        <v>24</v>
+      </c>
+      <c r="K179" t="s">
         <v>1691</v>
       </c>
-      <c r="I179" t="s">
+      <c r="L179" t="s">
+        <v>26</v>
+      </c>
+      <c r="M179" t="s">
         <v>1692</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
         <v>1693</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>65023</v>
+        <v>65021</v>
       </c>
       <c r="B180" t="s">
         <v>1694</v>
       </c>
       <c r="C180" t="s">
         <v>1695</v>
       </c>
       <c r="D180" t="s">
         <v>1696</v>
       </c>
       <c r="E180" t="s">
         <v>1697</v>
       </c>
       <c r="F180" t="s">
         <v>1698</v>
       </c>
       <c r="G180" t="s">
         <v>1699</v>
       </c>
       <c r="H180" t="s">
         <v>1700</v>
       </c>
       <c r="I180" t="s">
         <v>1701</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
         <v>25</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
         <v>27</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
         <v>1702</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>65026</v>
+        <v>65023</v>
       </c>
       <c r="B181" t="s">
         <v>1703</v>
       </c>
       <c r="C181" t="s">
         <v>1704</v>
       </c>
       <c r="D181" t="s">
         <v>1705</v>
       </c>
       <c r="E181" t="s">
         <v>1706</v>
       </c>
       <c r="F181" t="s">
         <v>1707</v>
       </c>
       <c r="G181" t="s">
         <v>1708</v>
       </c>
       <c r="H181" t="s">
         <v>1709</v>
       </c>
       <c r="I181" t="s">
         <v>1710</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
         <v>25</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
         <v>27</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
         <v>1711</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>65030</v>
+        <v>65026</v>
       </c>
       <c r="B182" t="s">
         <v>1712</v>
       </c>
       <c r="C182" t="s">
         <v>1713</v>
       </c>
       <c r="D182" t="s">
         <v>1714</v>
       </c>
       <c r="E182" t="s">
         <v>1715</v>
       </c>
       <c r="F182" t="s">
         <v>1716</v>
       </c>
       <c r="G182" t="s">
         <v>1717</v>
       </c>
       <c r="H182" t="s">
         <v>1718</v>
       </c>
       <c r="I182" t="s">
         <v>1719</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
         <v>25</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
         <v>27</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
         <v>1720</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>65031</v>
+        <v>65030</v>
       </c>
       <c r="B183" t="s">
         <v>1721</v>
       </c>
       <c r="C183" t="s">
         <v>1722</v>
       </c>
       <c r="D183" t="s">
         <v>1723</v>
       </c>
       <c r="E183" t="s">
         <v>1724</v>
       </c>
       <c r="F183" t="s">
         <v>1725</v>
       </c>
       <c r="G183" t="s">
         <v>1726</v>
       </c>
       <c r="H183" t="s">
         <v>1727</v>
       </c>
       <c r="I183" t="s">
         <v>1728</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
         <v>25</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
         <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
         <v>1729</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>65032</v>
+        <v>65031</v>
       </c>
       <c r="B184" t="s">
         <v>1730</v>
       </c>
       <c r="C184" t="s">
         <v>1731</v>
       </c>
       <c r="D184" t="s">
         <v>1732</v>
       </c>
       <c r="E184" t="s">
         <v>1733</v>
       </c>
       <c r="F184" t="s">
         <v>1734</v>
       </c>
       <c r="G184" t="s">
         <v>1735</v>
       </c>
       <c r="H184" t="s">
         <v>1736</v>
       </c>
       <c r="I184" t="s">
         <v>1737</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
         <v>1738</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>65033</v>
+        <v>65032</v>
       </c>
       <c r="B185" t="s">
         <v>1739</v>
       </c>
       <c r="C185" t="s">
         <v>1740</v>
       </c>
       <c r="D185" t="s">
         <v>1741</v>
       </c>
       <c r="E185" t="s">
         <v>1742</v>
       </c>
       <c r="F185" t="s">
         <v>1743</v>
       </c>
       <c r="G185" t="s">
         <v>1744</v>
       </c>
       <c r="H185" t="s">
         <v>1745</v>
       </c>
       <c r="I185" t="s">
         <v>1746</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
+        <v>89</v>
+      </c>
+      <c r="L185" t="s">
+        <v>26</v>
+      </c>
+      <c r="M185" t="s">
+        <v>90</v>
+      </c>
+      <c r="N185" t="s">
+        <v>28</v>
+      </c>
+      <c r="O185" t="s">
         <v>1747</v>
-      </c>
-[...10 lines deleted...]
-        <v>1749</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>65034</v>
+        <v>65033</v>
       </c>
       <c r="B186" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D186" t="s">
         <v>1750</v>
       </c>
-      <c r="C186" t="s">
+      <c r="E186" t="s">
         <v>1751</v>
       </c>
-      <c r="D186" t="s">
+      <c r="F186" t="s">
         <v>1752</v>
       </c>
-      <c r="E186" t="s">
+      <c r="G186" t="s">
         <v>1753</v>
       </c>
-      <c r="F186" t="s">
+      <c r="H186" t="s">
         <v>1754</v>
       </c>
-      <c r="G186" t="s">
+      <c r="I186" t="s">
         <v>1755</v>
       </c>
-      <c r="H186" t="s">
+      <c r="J186" t="s">
+        <v>24</v>
+      </c>
+      <c r="K186" t="s">
         <v>1756</v>
       </c>
-      <c r="I186" t="s">
+      <c r="L186" t="s">
+        <v>26</v>
+      </c>
+      <c r="M186" t="s">
         <v>1757</v>
       </c>
-      <c r="J186" t="s">
-[...2 lines deleted...]
-      <c r="K186" t="s">
+      <c r="N186" t="s">
+        <v>28</v>
+      </c>
+      <c r="O186" t="s">
         <v>1758</v>
-      </c>
-[...10 lines deleted...]
-        <v>1760</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>65035</v>
+        <v>65034</v>
       </c>
       <c r="B187" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1760</v>
+      </c>
+      <c r="D187" t="s">
         <v>1761</v>
       </c>
-      <c r="C187" t="s">
+      <c r="E187" t="s">
         <v>1762</v>
       </c>
-      <c r="D187" t="s">
+      <c r="F187" t="s">
         <v>1763</v>
       </c>
-      <c r="E187" t="s">
+      <c r="G187" t="s">
         <v>1764</v>
       </c>
-      <c r="F187" t="s">
+      <c r="H187" t="s">
         <v>1765</v>
       </c>
-      <c r="G187" t="s">
+      <c r="I187" t="s">
         <v>1766</v>
       </c>
-      <c r="H187" t="s">
+      <c r="J187" t="s">
+        <v>109</v>
+      </c>
+      <c r="K187" t="s">
         <v>1767</v>
       </c>
-      <c r="I187" t="s">
+      <c r="L187" t="s">
+        <v>111</v>
+      </c>
+      <c r="M187" t="s">
         <v>1768</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
         <v>1769</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>65036</v>
+        <v>65035</v>
       </c>
       <c r="B188" t="s">
         <v>1770</v>
       </c>
       <c r="C188" t="s">
         <v>1771</v>
       </c>
       <c r="D188" t="s">
         <v>1772</v>
       </c>
       <c r="E188" t="s">
         <v>1773</v>
       </c>
       <c r="F188" t="s">
         <v>1774</v>
       </c>
       <c r="G188" t="s">
         <v>1775</v>
       </c>
       <c r="H188" t="s">
         <v>1776</v>
       </c>
       <c r="I188" t="s">
         <v>1777</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
         <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
         <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
         <v>1778</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>65037</v>
+        <v>65036</v>
       </c>
       <c r="B189" t="s">
         <v>1779</v>
       </c>
       <c r="C189" t="s">
         <v>1780</v>
       </c>
       <c r="D189" t="s">
         <v>1781</v>
       </c>
       <c r="E189" t="s">
         <v>1782</v>
       </c>
       <c r="F189" t="s">
         <v>1783</v>
       </c>
       <c r="G189" t="s">
         <v>1784</v>
       </c>
       <c r="H189" t="s">
         <v>1785</v>
       </c>
       <c r="I189" t="s">
         <v>1786</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
         <v>25</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
         <v>27</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
         <v>1787</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>65038</v>
+        <v>65037</v>
       </c>
       <c r="B190" t="s">
         <v>1788</v>
       </c>
       <c r="C190" t="s">
         <v>1789</v>
       </c>
       <c r="D190" t="s">
         <v>1790</v>
       </c>
       <c r="E190" t="s">
         <v>1791</v>
       </c>
       <c r="F190" t="s">
         <v>1792</v>
       </c>
       <c r="G190" t="s">
         <v>1793</v>
       </c>
       <c r="H190" t="s">
         <v>1794</v>
       </c>
       <c r="I190" t="s">
         <v>1795</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
         <v>1796</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>65039</v>
+        <v>65038</v>
       </c>
       <c r="B191" t="s">
         <v>1797</v>
       </c>
       <c r="C191" t="s">
         <v>1798</v>
       </c>
       <c r="D191" t="s">
         <v>1799</v>
       </c>
       <c r="E191" t="s">
         <v>1800</v>
       </c>
       <c r="F191" t="s">
         <v>1801</v>
       </c>
       <c r="G191" t="s">
         <v>1802</v>
       </c>
       <c r="H191" t="s">
         <v>1803</v>
       </c>
       <c r="I191" t="s">
         <v>1804</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>89</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>90</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
         <v>1805</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>65040</v>
+        <v>65039</v>
       </c>
       <c r="B192" t="s">
         <v>1806</v>
       </c>
       <c r="C192" t="s">
         <v>1807</v>
       </c>
       <c r="D192" t="s">
         <v>1808</v>
       </c>
       <c r="E192" t="s">
         <v>1809</v>
       </c>
       <c r="F192" t="s">
         <v>1810</v>
       </c>
       <c r="G192" t="s">
         <v>1811</v>
       </c>
       <c r="H192" t="s">
         <v>1812</v>
       </c>
       <c r="I192" t="s">
         <v>1813</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>360</v>
+        <v>89</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>362</v>
+        <v>90</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
         <v>1814</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>65044</v>
+        <v>65040</v>
       </c>
       <c r="B193" t="s">
         <v>1815</v>
       </c>
       <c r="C193" t="s">
         <v>1816</v>
       </c>
       <c r="D193" t="s">
         <v>1817</v>
       </c>
       <c r="E193" t="s">
         <v>1818</v>
       </c>
       <c r="F193" t="s">
         <v>1819</v>
       </c>
       <c r="G193" t="s">
         <v>1820</v>
       </c>
       <c r="H193" t="s">
         <v>1821</v>
       </c>
       <c r="I193" t="s">
         <v>1822</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>25</v>
+        <v>360</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>27</v>
+        <v>362</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
         <v>1823</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>65045</v>
+        <v>65044</v>
       </c>
       <c r="B194" t="s">
         <v>1824</v>
       </c>
       <c r="C194" t="s">
         <v>1825</v>
       </c>
       <c r="D194" t="s">
         <v>1826</v>
       </c>
       <c r="E194" t="s">
         <v>1827</v>
       </c>
       <c r="F194" t="s">
         <v>1828</v>
       </c>
       <c r="G194" t="s">
         <v>1829</v>
       </c>
       <c r="H194" t="s">
         <v>1830</v>
       </c>
       <c r="I194" t="s">
         <v>1831</v>
       </c>
       <c r="J194" t="s">
+        <v>24</v>
+      </c>
+      <c r="K194" t="s">
+        <v>25</v>
+      </c>
+      <c r="L194" t="s">
+        <v>26</v>
+      </c>
+      <c r="M194" t="s">
+        <v>27</v>
+      </c>
+      <c r="N194" t="s">
+        <v>28</v>
+      </c>
+      <c r="O194" t="s">
         <v>1832</v>
-      </c>
-[...13 lines deleted...]
-        <v>1836</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>65046</v>
+        <v>65045</v>
       </c>
       <c r="B195" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1835</v>
+      </c>
+      <c r="E195" t="s">
+        <v>1836</v>
+      </c>
+      <c r="F195" t="s">
         <v>1837</v>
       </c>
-      <c r="C195" t="s">
+      <c r="G195" t="s">
         <v>1838</v>
       </c>
-      <c r="D195" t="s">
+      <c r="H195" t="s">
         <v>1839</v>
       </c>
-      <c r="E195" t="s">
+      <c r="I195" t="s">
         <v>1840</v>
       </c>
-      <c r="F195" t="s">
+      <c r="J195" t="s">
         <v>1841</v>
       </c>
-      <c r="G195" t="s">
+      <c r="K195" t="s">
         <v>1842</v>
       </c>
-      <c r="H195" t="s">
+      <c r="L195" t="s">
         <v>1843</v>
       </c>
-      <c r="I195" t="s">
+      <c r="M195" t="s">
         <v>1844</v>
-      </c>
-[...10 lines deleted...]
-        <v>59</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
         <v>1845</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>65047</v>
+        <v>65046</v>
       </c>
       <c r="B196" t="s">
         <v>1846</v>
       </c>
       <c r="C196" t="s">
         <v>1847</v>
       </c>
       <c r="D196" t="s">
         <v>1848</v>
       </c>
       <c r="E196" t="s">
         <v>1849</v>
       </c>
       <c r="F196" t="s">
         <v>1850</v>
       </c>
       <c r="G196" t="s">
         <v>1851</v>
       </c>
       <c r="H196" t="s">
         <v>1852</v>
       </c>
       <c r="I196" t="s">
         <v>1853</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>1833</v>
+        <v>58</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
-        <v>1835</v>
+        <v>59</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
         <v>1854</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>65049</v>
+        <v>65047</v>
       </c>
       <c r="B197" t="s">
         <v>1855</v>
       </c>
       <c r="C197" t="s">
         <v>1856</v>
       </c>
       <c r="D197" t="s">
         <v>1857</v>
       </c>
       <c r="E197" t="s">
         <v>1858</v>
       </c>
       <c r="F197" t="s">
         <v>1859</v>
       </c>
       <c r="G197" t="s">
         <v>1860</v>
       </c>
       <c r="H197" t="s">
         <v>1861</v>
       </c>
       <c r="I197" t="s">
         <v>1862</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>290</v>
+        <v>1842</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>291</v>
+        <v>1844</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
         <v>1863</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>65050</v>
+        <v>65049</v>
       </c>
       <c r="B198" t="s">
         <v>1864</v>
       </c>
       <c r="C198" t="s">
         <v>1865</v>
       </c>
       <c r="D198" t="s">
         <v>1866</v>
       </c>
       <c r="E198" t="s">
         <v>1867</v>
       </c>
       <c r="F198" t="s">
         <v>1868</v>
       </c>
       <c r="G198" t="s">
         <v>1869</v>
       </c>
       <c r="H198" t="s">
         <v>1870</v>
       </c>
       <c r="I198" t="s">
         <v>1871</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>25</v>
+        <v>290</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
-        <v>27</v>
+        <v>291</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
         <v>1872</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>65051</v>
+        <v>65050</v>
       </c>
       <c r="B199" t="s">
         <v>1873</v>
       </c>
       <c r="C199" t="s">
         <v>1874</v>
       </c>
       <c r="D199" t="s">
         <v>1875</v>
       </c>
       <c r="E199" t="s">
         <v>1876</v>
       </c>
       <c r="F199" t="s">
         <v>1877</v>
       </c>
       <c r="G199" t="s">
         <v>1878</v>
       </c>
       <c r="H199" t="s">
         <v>1879</v>
       </c>
       <c r="I199" t="s">
         <v>1880</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>110</v>
+        <v>25</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>112</v>
+        <v>27</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
         <v>1881</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>65053</v>
+        <v>65051</v>
       </c>
       <c r="B200" t="s">
         <v>1882</v>
       </c>
       <c r="C200" t="s">
         <v>1883</v>
       </c>
       <c r="D200" t="s">
         <v>1884</v>
       </c>
       <c r="E200" t="s">
         <v>1885</v>
       </c>
       <c r="F200" t="s">
         <v>1886</v>
       </c>
       <c r="G200" t="s">
         <v>1887</v>
       </c>
       <c r="H200" t="s">
         <v>1888</v>
       </c>
       <c r="I200" t="s">
         <v>1889</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>89</v>
+        <v>110</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
-        <v>90</v>
+        <v>112</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
         <v>1890</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>65054</v>
+        <v>65053</v>
       </c>
       <c r="B201" t="s">
         <v>1891</v>
       </c>
       <c r="C201" t="s">
         <v>1892</v>
       </c>
       <c r="D201" t="s">
         <v>1893</v>
       </c>
       <c r="E201" t="s">
         <v>1894</v>
       </c>
       <c r="F201" t="s">
         <v>1895</v>
       </c>
       <c r="G201" t="s">
         <v>1896</v>
       </c>
       <c r="H201" t="s">
         <v>1897</v>
       </c>
       <c r="I201" t="s">
         <v>1898</v>
       </c>
       <c r="J201" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="K201" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="L201" t="s">
-        <v>111</v>
+        <v>26</v>
       </c>
       <c r="M201" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
         <v>1899</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>65055</v>
+        <v>65054</v>
       </c>
       <c r="B202" t="s">
         <v>1900</v>
       </c>
       <c r="C202" t="s">
         <v>1901</v>
       </c>
       <c r="D202" t="s">
         <v>1902</v>
       </c>
       <c r="E202" t="s">
         <v>1903</v>
       </c>
       <c r="F202" t="s">
         <v>1904</v>
       </c>
       <c r="G202" t="s">
         <v>1905</v>
       </c>
       <c r="H202" t="s">
         <v>1906</v>
       </c>
       <c r="I202" t="s">
         <v>1907</v>
       </c>
       <c r="J202" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="K202" t="s">
-        <v>1758</v>
+        <v>47</v>
       </c>
       <c r="L202" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="M202" t="s">
-        <v>1759</v>
+        <v>48</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
         <v>1908</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>65057</v>
+        <v>65055</v>
       </c>
       <c r="B203" t="s">
         <v>1909</v>
       </c>
       <c r="C203" t="s">
         <v>1910</v>
       </c>
       <c r="D203" t="s">
         <v>1911</v>
       </c>
       <c r="E203" t="s">
         <v>1912</v>
       </c>
       <c r="F203" t="s">
         <v>1913</v>
       </c>
       <c r="G203" t="s">
         <v>1914</v>
       </c>
       <c r="H203" t="s">
         <v>1915</v>
       </c>
       <c r="I203" t="s">
         <v>1916</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>853</v>
+        <v>1767</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
-        <v>854</v>
+        <v>1768</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
         <v>1917</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>65058</v>
+        <v>65057</v>
       </c>
       <c r="B204" t="s">
         <v>1918</v>
       </c>
       <c r="C204" t="s">
         <v>1919</v>
       </c>
       <c r="D204" t="s">
         <v>1920</v>
       </c>
       <c r="E204" t="s">
         <v>1921</v>
       </c>
       <c r="F204" t="s">
         <v>1922</v>
       </c>
       <c r="G204" t="s">
         <v>1923</v>
       </c>
       <c r="H204" t="s">
         <v>1924</v>
       </c>
       <c r="I204" t="s">
         <v>1925</v>
       </c>
       <c r="J204" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>78</v>
+        <v>853</v>
       </c>
       <c r="L204" t="s">
-        <v>111</v>
+        <v>26</v>
       </c>
       <c r="M204" t="s">
-        <v>79</v>
+        <v>854</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
         <v>1926</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>65059</v>
+        <v>65058</v>
       </c>
       <c r="B205" t="s">
         <v>1927</v>
       </c>
       <c r="C205" t="s">
         <v>1928</v>
       </c>
       <c r="D205" t="s">
         <v>1929</v>
       </c>
       <c r="E205" t="s">
         <v>1930</v>
       </c>
       <c r="F205" t="s">
         <v>1931</v>
       </c>
       <c r="G205" t="s">
         <v>1932</v>
       </c>
       <c r="H205" t="s">
         <v>1933</v>
       </c>
       <c r="I205" t="s">
         <v>1934</v>
       </c>
       <c r="J205" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="K205" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="L205" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="M205" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
         <v>1935</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>65060</v>
+        <v>65059</v>
       </c>
       <c r="B206" t="s">
         <v>1936</v>
       </c>
       <c r="C206" t="s">
         <v>1937</v>
       </c>
       <c r="D206" t="s">
         <v>1938</v>
       </c>
       <c r="E206" t="s">
         <v>1939</v>
       </c>
       <c r="F206" t="s">
         <v>1940</v>
       </c>
       <c r="G206" t="s">
         <v>1941</v>
       </c>
       <c r="H206" t="s">
         <v>1942</v>
       </c>
       <c r="I206" t="s">
         <v>1943</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>58</v>
+        <v>89</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>59</v>
+        <v>90</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
         <v>1944</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>65062</v>
+        <v>65060</v>
       </c>
       <c r="B207" t="s">
         <v>1945</v>
       </c>
       <c r="C207" t="s">
         <v>1946</v>
       </c>
       <c r="D207" t="s">
         <v>1947</v>
       </c>
       <c r="E207" t="s">
         <v>1948</v>
       </c>
       <c r="F207" t="s">
         <v>1949</v>
       </c>
       <c r="G207" t="s">
         <v>1950</v>
       </c>
       <c r="H207" t="s">
         <v>1951</v>
       </c>
       <c r="I207" t="s">
         <v>1952</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
         <v>1953</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>65068</v>
+        <v>65062</v>
       </c>
       <c r="B208" t="s">
         <v>1954</v>
       </c>
       <c r="C208" t="s">
         <v>1955</v>
       </c>
       <c r="D208" t="s">
         <v>1956</v>
       </c>
       <c r="E208" t="s">
         <v>1957</v>
       </c>
       <c r="F208" t="s">
         <v>1958</v>
       </c>
       <c r="G208" t="s">
         <v>1959</v>
       </c>
       <c r="H208" t="s">
         <v>1960</v>
       </c>
       <c r="I208" t="s">
         <v>1961</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
         <v>25</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
         <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
         <v>1962</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>65069</v>
+        <v>65068</v>
       </c>
       <c r="B209" t="s">
         <v>1963</v>
       </c>
       <c r="C209" t="s">
         <v>1964</v>
       </c>
       <c r="D209" t="s">
         <v>1965</v>
       </c>
       <c r="E209" t="s">
         <v>1966</v>
       </c>
       <c r="F209" t="s">
         <v>1967</v>
       </c>
       <c r="G209" t="s">
         <v>1968</v>
       </c>
       <c r="H209" t="s">
         <v>1969</v>
       </c>
       <c r="I209" t="s">
         <v>1970</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
         <v>1971</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>65124</v>
+        <v>65069</v>
       </c>
       <c r="B210" t="s">
         <v>1972</v>
       </c>
       <c r="C210" t="s">
         <v>1973</v>
       </c>
       <c r="D210" t="s">
         <v>1974</v>
       </c>
       <c r="E210" t="s">
         <v>1975</v>
       </c>
       <c r="F210" t="s">
         <v>1976</v>
       </c>
       <c r="G210" t="s">
         <v>1977</v>
       </c>
       <c r="H210" t="s">
         <v>1978</v>
       </c>
       <c r="I210" t="s">
         <v>1979</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
         <v>1980</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>65255</v>
+        <v>65124</v>
       </c>
       <c r="B211" t="s">
         <v>1981</v>
       </c>
       <c r="C211" t="s">
         <v>1982</v>
       </c>
       <c r="D211" t="s">
         <v>1983</v>
       </c>
       <c r="E211" t="s">
         <v>1984</v>
       </c>
       <c r="F211" t="s">
         <v>1985</v>
       </c>
       <c r="G211" t="s">
         <v>1986</v>
       </c>
       <c r="H211" t="s">
         <v>1987</v>
       </c>
       <c r="I211" t="s">
         <v>1988</v>
       </c>
       <c r="J211" t="s">
-        <v>337</v>
+        <v>24</v>
       </c>
       <c r="K211" t="s">
+        <v>25</v>
+      </c>
+      <c r="L211" t="s">
+        <v>26</v>
+      </c>
+      <c r="M211" t="s">
+        <v>27</v>
+      </c>
+      <c r="N211" t="s">
+        <v>28</v>
+      </c>
+      <c r="O211" t="s">
         <v>1989</v>
-      </c>
-[...10 lines deleted...]
-        <v>1991</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>66510</v>
+        <v>65255</v>
       </c>
       <c r="B212" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D212" t="s">
         <v>1992</v>
       </c>
-      <c r="C212" t="s">
+      <c r="E212" t="s">
         <v>1993</v>
       </c>
-      <c r="D212" t="s">
+      <c r="F212" t="s">
         <v>1994</v>
       </c>
-      <c r="E212" t="s">
+      <c r="G212" t="s">
         <v>1995</v>
       </c>
-      <c r="F212" t="s">
+      <c r="H212" t="s">
         <v>1996</v>
       </c>
-      <c r="G212" t="s">
+      <c r="I212" t="s">
         <v>1997</v>
-      </c>
-[...4 lines deleted...]
-        <v>1999</v>
       </c>
       <c r="J212" t="s">
         <v>337</v>
       </c>
       <c r="K212" t="s">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="L212" t="s">
         <v>339</v>
       </c>
       <c r="M212" t="s">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>2002</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>66511</v>
+        <v>66510</v>
       </c>
       <c r="B213" t="s">
-        <v>496</v>
+        <v>2001</v>
       </c>
       <c r="C213" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D213" t="s">
         <v>2003</v>
       </c>
-      <c r="D213" t="s">
+      <c r="E213" t="s">
         <v>2004</v>
       </c>
-      <c r="E213" t="s">
+      <c r="F213" t="s">
         <v>2005</v>
       </c>
-      <c r="F213" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G213" t="s">
-        <v>501</v>
+        <v>2006</v>
       </c>
       <c r="H213" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="I213" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="J213" t="s">
-        <v>24</v>
+        <v>337</v>
       </c>
       <c r="K213" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="L213" t="s">
-        <v>26</v>
+        <v>339</v>
       </c>
       <c r="M213" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>66512</v>
+        <v>66511</v>
       </c>
       <c r="B214" t="s">
-        <v>1484</v>
+        <v>496</v>
       </c>
       <c r="C214" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="D214" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="E214" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="F214" t="s">
-        <v>2014</v>
+        <v>500</v>
       </c>
       <c r="G214" t="s">
-        <v>1489</v>
+        <v>501</v>
       </c>
       <c r="H214" t="s">
-        <v>1490</v>
+        <v>2015</v>
       </c>
       <c r="I214" t="s">
-        <v>1491</v>
+        <v>2016</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>66513</v>
+        <v>66512</v>
       </c>
       <c r="B215" t="s">
-        <v>2018</v>
+        <v>1493</v>
       </c>
       <c r="C215" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="D215" t="s">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E215" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F215" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G215" t="s">
-        <v>1784</v>
+        <v>1498</v>
       </c>
       <c r="H215" t="s">
-        <v>2023</v>
+        <v>1499</v>
       </c>
       <c r="I215" t="s">
+        <v>1500</v>
+      </c>
+      <c r="J215" t="s">
+        <v>24</v>
+      </c>
+      <c r="K215" t="s">
         <v>2024</v>
       </c>
-      <c r="J215" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>66514</v>
+        <v>66513</v>
       </c>
       <c r="B216" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="C216" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="D216" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="E216" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="F216" t="s">
-        <v>636</v>
+        <v>2031</v>
       </c>
       <c r="G216" t="s">
-        <v>637</v>
+        <v>1793</v>
       </c>
       <c r="H216" t="s">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="I216" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>66515</v>
+        <v>66514</v>
       </c>
       <c r="B217" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="C217" t="s">
-        <v>2034</v>
+        <v>2036</v>
       </c>
       <c r="D217" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="E217" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
       <c r="F217" t="s">
-        <v>2037</v>
+        <v>636</v>
       </c>
       <c r="G217" t="s">
-        <v>429</v>
+        <v>637</v>
       </c>
       <c r="H217" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="I217" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>66516</v>
+        <v>66515</v>
       </c>
       <c r="B218" t="s">
-        <v>406</v>
+        <v>2042</v>
       </c>
       <c r="C218" t="s">
-        <v>2041</v>
+        <v>2043</v>
       </c>
       <c r="D218" t="s">
-        <v>2042</v>
+        <v>2044</v>
       </c>
       <c r="E218" t="s">
-        <v>2043</v>
+        <v>2045</v>
       </c>
       <c r="F218" t="s">
-        <v>2044</v>
+        <v>2046</v>
       </c>
       <c r="G218" t="s">
-        <v>2045</v>
+        <v>429</v>
       </c>
       <c r="H218" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
       <c r="I218" t="s">
-        <v>413</v>
+        <v>2048</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>89</v>
+        <v>2024</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
-        <v>90</v>
+        <v>2025</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>66517</v>
+        <v>66516</v>
       </c>
       <c r="B219" t="s">
-        <v>2048</v>
+        <v>406</v>
       </c>
       <c r="C219" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="D219" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="E219" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="F219" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="G219" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="H219" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="I219" t="s">
-        <v>2055</v>
+        <v>413</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>2015</v>
+        <v>89</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
-        <v>2016</v>
+        <v>90</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
         <v>2056</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>66518</v>
+        <v>66517</v>
       </c>
       <c r="B220" t="s">
         <v>2057</v>
       </c>
       <c r="C220" t="s">
         <v>2058</v>
       </c>
       <c r="D220" t="s">
         <v>2059</v>
       </c>
       <c r="E220" t="s">
         <v>2060</v>
       </c>
       <c r="F220" t="s">
         <v>2061</v>
       </c>
       <c r="G220" t="s">
-        <v>438</v>
+        <v>2062</v>
       </c>
       <c r="H220" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="I220" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>89</v>
+        <v>2024</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
-        <v>90</v>
+        <v>2025</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>66519</v>
+        <v>66518</v>
       </c>
       <c r="B221" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="C221" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="D221" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="E221" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
       <c r="F221" t="s">
-        <v>2069</v>
+        <v>2070</v>
       </c>
       <c r="G221" t="s">
-        <v>2070</v>
+        <v>438</v>
       </c>
       <c r="H221" t="s">
-        <v>520</v>
+        <v>2071</v>
       </c>
       <c r="I221" t="s">
-        <v>521</v>
+        <v>2072</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>2071</v>
+        <v>89</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
-        <v>2072</v>
+        <v>90</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
         <v>2073</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>66520</v>
+        <v>66519</v>
       </c>
       <c r="B222" t="s">
-        <v>592</v>
+        <v>2074</v>
       </c>
       <c r="C222" t="s">
-        <v>2074</v>
+        <v>2075</v>
       </c>
       <c r="D222" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="E222" t="s">
-        <v>2076</v>
+        <v>2077</v>
       </c>
       <c r="F222" t="s">
-        <v>596</v>
+        <v>2078</v>
       </c>
       <c r="G222" t="s">
-        <v>597</v>
+        <v>2079</v>
       </c>
       <c r="H222" t="s">
-        <v>598</v>
+        <v>520</v>
       </c>
       <c r="I222" t="s">
-        <v>599</v>
+        <v>521</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>25</v>
+        <v>2080</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>27</v>
+        <v>2081</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2077</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>66521</v>
+        <v>66520</v>
       </c>
       <c r="B223" t="s">
-        <v>442</v>
+        <v>592</v>
       </c>
       <c r="C223" t="s">
-        <v>443</v>
+        <v>2083</v>
       </c>
       <c r="D223" t="s">
-        <v>2078</v>
+        <v>2084</v>
       </c>
       <c r="E223" t="s">
-        <v>2079</v>
+        <v>2085</v>
       </c>
       <c r="F223" t="s">
-        <v>2080</v>
+        <v>596</v>
       </c>
       <c r="G223" t="s">
-        <v>447</v>
+        <v>597</v>
       </c>
       <c r="H223" t="s">
-        <v>2081</v>
+        <v>598</v>
       </c>
       <c r="I223" t="s">
-        <v>449</v>
+        <v>599</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2082</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>66522</v>
+        <v>66521</v>
       </c>
       <c r="B224" t="s">
-        <v>2083</v>
+        <v>442</v>
       </c>
       <c r="C224" t="s">
-        <v>2084</v>
+        <v>443</v>
       </c>
       <c r="D224" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
       <c r="E224" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="F224" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
       <c r="G224" t="s">
-        <v>2088</v>
+        <v>447</v>
       </c>
       <c r="H224" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="I224" t="s">
-        <v>2090</v>
+        <v>449</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>1989</v>
+        <v>89</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>1990</v>
+        <v>90</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
         <v>2091</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>66523</v>
+        <v>66522</v>
       </c>
       <c r="B225" t="s">
-        <v>487</v>
+        <v>2092</v>
       </c>
       <c r="C225" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
       <c r="D225" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="E225" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
       <c r="F225" t="s">
-        <v>491</v>
+        <v>2096</v>
       </c>
       <c r="G225" t="s">
-        <v>492</v>
+        <v>2097</v>
       </c>
       <c r="H225" t="s">
-        <v>493</v>
+        <v>2098</v>
       </c>
       <c r="I225" t="s">
-        <v>2095</v>
+        <v>2099</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>58</v>
+        <v>1998</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>59</v>
+        <v>1999</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2096</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>66524</v>
+        <v>66523</v>
       </c>
       <c r="B226" t="s">
-        <v>1654</v>
+        <v>487</v>
       </c>
       <c r="C226" t="s">
-        <v>2097</v>
+        <v>2101</v>
       </c>
       <c r="D226" t="s">
-        <v>2098</v>
+        <v>2102</v>
       </c>
       <c r="E226" t="s">
-        <v>2099</v>
+        <v>2103</v>
       </c>
       <c r="F226" t="s">
-        <v>2100</v>
+        <v>491</v>
       </c>
       <c r="G226" t="s">
-        <v>1659</v>
+        <v>492</v>
       </c>
       <c r="H226" t="s">
-        <v>1660</v>
+        <v>493</v>
       </c>
       <c r="I226" t="s">
-        <v>1661</v>
+        <v>2104</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>89</v>
+        <v>58</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>90</v>
+        <v>59</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2101</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>66525</v>
+        <v>66524</v>
       </c>
       <c r="B227" t="s">
-        <v>2102</v>
+        <v>1663</v>
       </c>
       <c r="C227" t="s">
-        <v>2103</v>
+        <v>2106</v>
       </c>
       <c r="D227" t="s">
-        <v>2104</v>
+        <v>2107</v>
       </c>
       <c r="E227" t="s">
-        <v>2105</v>
+        <v>2108</v>
       </c>
       <c r="F227" t="s">
-        <v>1515</v>
+        <v>2109</v>
       </c>
       <c r="G227" t="s">
-        <v>1516</v>
+        <v>1668</v>
       </c>
       <c r="H227" t="s">
-        <v>1517</v>
+        <v>1669</v>
       </c>
       <c r="I227" t="s">
-        <v>1518</v>
+        <v>1670</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
         <v>89</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
         <v>90</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2106</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>66526</v>
+        <v>66525</v>
       </c>
       <c r="B228" t="s">
-        <v>2107</v>
+        <v>2111</v>
       </c>
       <c r="C228" t="s">
-        <v>2108</v>
+        <v>2112</v>
       </c>
       <c r="D228" t="s">
-        <v>2109</v>
+        <v>2113</v>
       </c>
       <c r="E228" t="s">
-        <v>2110</v>
+        <v>2114</v>
       </c>
       <c r="F228" t="s">
-        <v>2111</v>
+        <v>1524</v>
       </c>
       <c r="G228" t="s">
         <v>1525</v>
       </c>
       <c r="H228" t="s">
         <v>1526</v>
       </c>
       <c r="I228" t="s">
         <v>1527</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
         <v>89</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
         <v>90</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2112</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>66527</v>
+        <v>66526</v>
       </c>
       <c r="B229" t="s">
-        <v>525</v>
+        <v>2116</v>
       </c>
       <c r="C229" t="s">
-        <v>2113</v>
+        <v>2117</v>
       </c>
       <c r="D229" t="s">
-        <v>2114</v>
+        <v>2118</v>
       </c>
       <c r="E229" t="s">
-        <v>2115</v>
+        <v>2119</v>
       </c>
       <c r="F229" t="s">
-        <v>2116</v>
+        <v>2120</v>
       </c>
       <c r="G229" t="s">
-        <v>530</v>
+        <v>1534</v>
       </c>
       <c r="H229" t="s">
-        <v>531</v>
+        <v>1535</v>
       </c>
       <c r="I229" t="s">
-        <v>532</v>
+        <v>1536</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>2015</v>
+        <v>89</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>2016</v>
+        <v>90</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2117</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>66529</v>
+        <v>66527</v>
       </c>
       <c r="B230" t="s">
-        <v>2118</v>
+        <v>525</v>
       </c>
       <c r="C230" t="s">
-        <v>2119</v>
+        <v>2122</v>
       </c>
       <c r="D230" t="s">
-        <v>2120</v>
+        <v>2123</v>
       </c>
       <c r="E230" t="s">
-        <v>2121</v>
+        <v>2124</v>
       </c>
       <c r="F230" t="s">
-        <v>2122</v>
+        <v>2125</v>
       </c>
       <c r="G230" t="s">
-        <v>1914</v>
+        <v>530</v>
       </c>
       <c r="H230" t="s">
-        <v>1915</v>
+        <v>531</v>
       </c>
       <c r="I230" t="s">
-        <v>1916</v>
+        <v>532</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>2123</v>
+        <v>2024</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
-        <v>2124</v>
+        <v>2025</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>66530</v>
+        <v>66529</v>
       </c>
       <c r="B231" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="C231" t="s">
-        <v>2127</v>
+        <v>2128</v>
       </c>
       <c r="D231" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="E231" t="s">
-        <v>2129</v>
+        <v>2130</v>
       </c>
       <c r="F231" t="s">
-        <v>2130</v>
+        <v>2131</v>
       </c>
       <c r="G231" t="s">
-        <v>369</v>
+        <v>1923</v>
       </c>
       <c r="H231" t="s">
-        <v>370</v>
+        <v>1924</v>
       </c>
       <c r="I231" t="s">
-        <v>371</v>
+        <v>1925</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>360</v>
+        <v>2132</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
-        <v>362</v>
+        <v>2133</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2131</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>66531</v>
+        <v>66530</v>
       </c>
       <c r="B232" t="s">
-        <v>2132</v>
+        <v>2135</v>
       </c>
       <c r="C232" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="D232" t="s">
-        <v>2134</v>
+        <v>2137</v>
       </c>
       <c r="E232" t="s">
-        <v>2135</v>
+        <v>2138</v>
       </c>
       <c r="F232" t="s">
-        <v>2136</v>
+        <v>2139</v>
       </c>
       <c r="G232" t="s">
-        <v>2137</v>
+        <v>369</v>
       </c>
       <c r="H232" t="s">
-        <v>2138</v>
+        <v>370</v>
       </c>
       <c r="I232" t="s">
-        <v>2139</v>
+        <v>371</v>
       </c>
       <c r="J232" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="K232" t="s">
+        <v>360</v>
+      </c>
+      <c r="L232" t="s">
+        <v>26</v>
+      </c>
+      <c r="M232" t="s">
+        <v>362</v>
+      </c>
+      <c r="N232" t="s">
+        <v>28</v>
+      </c>
+      <c r="O232" t="s">
         <v>2140</v>
-      </c>
-[...10 lines deleted...]
-        <v>2142</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>66532</v>
+        <v>66531</v>
       </c>
       <c r="B233" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C233" t="s">
+        <v>2142</v>
+      </c>
+      <c r="D233" t="s">
         <v>2143</v>
       </c>
-      <c r="C233" t="s">
+      <c r="E233" t="s">
         <v>2144</v>
       </c>
-      <c r="D233" t="s">
+      <c r="F233" t="s">
         <v>2145</v>
       </c>
-      <c r="E233" t="s">
+      <c r="G233" t="s">
         <v>2146</v>
       </c>
-      <c r="F233" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H233" t="s">
-        <v>616</v>
+        <v>2147</v>
       </c>
       <c r="I233" t="s">
-        <v>617</v>
+        <v>2148</v>
       </c>
       <c r="J233" t="s">
         <v>109</v>
       </c>
       <c r="K233" t="s">
-        <v>2147</v>
+        <v>2149</v>
       </c>
       <c r="L233" t="s">
         <v>111</v>
       </c>
       <c r="M233" t="s">
-        <v>2148</v>
+        <v>2150</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2149</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>66533</v>
+        <v>66532</v>
       </c>
       <c r="B234" t="s">
-        <v>2150</v>
+        <v>2152</v>
       </c>
       <c r="C234" t="s">
-        <v>2151</v>
+        <v>2153</v>
       </c>
       <c r="D234" t="s">
-        <v>2152</v>
+        <v>2154</v>
       </c>
       <c r="E234" t="s">
-        <v>2153</v>
+        <v>2155</v>
       </c>
       <c r="F234" t="s">
-        <v>455</v>
+        <v>614</v>
       </c>
       <c r="G234" t="s">
-        <v>456</v>
+        <v>615</v>
       </c>
       <c r="H234" t="s">
-        <v>457</v>
+        <v>616</v>
       </c>
       <c r="I234" t="s">
-        <v>2154</v>
+        <v>617</v>
       </c>
       <c r="J234" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="K234" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
       <c r="L234" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="M234" t="s">
-        <v>2156</v>
+        <v>2157</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2157</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>66534</v>
+        <v>66533</v>
       </c>
       <c r="B235" t="s">
-        <v>2158</v>
+        <v>2159</v>
       </c>
       <c r="C235" t="s">
-        <v>2159</v>
+        <v>2160</v>
       </c>
       <c r="D235" t="s">
-        <v>2160</v>
+        <v>2161</v>
       </c>
       <c r="E235" t="s">
-        <v>2161</v>
+        <v>2162</v>
       </c>
       <c r="F235" t="s">
-        <v>2162</v>
+        <v>455</v>
       </c>
       <c r="G235" t="s">
+        <v>456</v>
+      </c>
+      <c r="H235" t="s">
+        <v>457</v>
+      </c>
+      <c r="I235" t="s">
         <v>2163</v>
       </c>
-      <c r="H235" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
-        <v>58</v>
+        <v>2164</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
-        <v>59</v>
+        <v>2165</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2164</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>66535</v>
+        <v>66534</v>
       </c>
       <c r="B236" t="s">
-        <v>2165</v>
+        <v>2167</v>
       </c>
       <c r="C236" t="s">
-        <v>2166</v>
+        <v>2168</v>
       </c>
       <c r="D236" t="s">
-        <v>2167</v>
+        <v>2169</v>
       </c>
       <c r="E236" t="s">
-        <v>2168</v>
+        <v>2170</v>
       </c>
       <c r="F236" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="G236" t="s">
-        <v>2170</v>
+        <v>2172</v>
       </c>
       <c r="H236" t="s">
-        <v>2171</v>
+        <v>1300</v>
       </c>
       <c r="I236" t="s">
-        <v>2172</v>
+        <v>1301</v>
       </c>
       <c r="J236" t="s">
+        <v>24</v>
+      </c>
+      <c r="K236" t="s">
+        <v>58</v>
+      </c>
+      <c r="L236" t="s">
+        <v>26</v>
+      </c>
+      <c r="M236" t="s">
+        <v>59</v>
+      </c>
+      <c r="N236" t="s">
+        <v>28</v>
+      </c>
+      <c r="O236" t="s">
         <v>2173</v>
-      </c>
-[...13 lines deleted...]
-        <v>2177</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>66536</v>
+        <v>66535</v>
       </c>
       <c r="B237" t="s">
+        <v>2174</v>
+      </c>
+      <c r="C237" t="s">
+        <v>2175</v>
+      </c>
+      <c r="D237" t="s">
+        <v>2176</v>
+      </c>
+      <c r="E237" t="s">
+        <v>2177</v>
+      </c>
+      <c r="F237" t="s">
         <v>2178</v>
       </c>
-      <c r="C237" t="s">
+      <c r="G237" t="s">
         <v>2179</v>
       </c>
-      <c r="D237" t="s">
+      <c r="H237" t="s">
         <v>2180</v>
       </c>
-      <c r="E237" t="s">
+      <c r="I237" t="s">
         <v>2181</v>
       </c>
-      <c r="F237" t="s">
+      <c r="J237" t="s">
         <v>2182</v>
       </c>
-      <c r="G237" t="s">
+      <c r="K237" t="s">
         <v>2183</v>
       </c>
-      <c r="H237" t="s">
+      <c r="L237" t="s">
         <v>2184</v>
       </c>
-      <c r="I237" t="s">
+      <c r="M237" t="s">
         <v>2185</v>
-      </c>
-[...10 lines deleted...]
-        <v>2016</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
         <v>2186</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>66537</v>
+        <v>66536</v>
       </c>
       <c r="B238" t="s">
         <v>2187</v>
       </c>
       <c r="C238" t="s">
         <v>2188</v>
       </c>
       <c r="D238" t="s">
         <v>2189</v>
       </c>
       <c r="E238" t="s">
         <v>2190</v>
       </c>
       <c r="F238" t="s">
         <v>2191</v>
       </c>
       <c r="G238" t="s">
-        <v>1977</v>
+        <v>2192</v>
       </c>
       <c r="H238" t="s">
-        <v>1978</v>
+        <v>2193</v>
       </c>
       <c r="I238" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>66538</v>
+        <v>66537</v>
       </c>
       <c r="B239" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="C239" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
       <c r="D239" t="s">
-        <v>2196</v>
+        <v>2198</v>
       </c>
       <c r="E239" t="s">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="F239" t="s">
-        <v>2198</v>
+        <v>2200</v>
       </c>
       <c r="G239" t="s">
-        <v>606</v>
+        <v>1986</v>
       </c>
       <c r="H239" t="s">
-        <v>607</v>
+        <v>1987</v>
       </c>
       <c r="I239" t="s">
-        <v>608</v>
+        <v>2201</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>2199</v>
+        <v>2024</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
-        <v>2200</v>
+        <v>2025</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2201</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>66540</v>
+        <v>66538</v>
       </c>
       <c r="B240" t="s">
-        <v>2202</v>
+        <v>2203</v>
       </c>
       <c r="C240" t="s">
-        <v>2203</v>
+        <v>2204</v>
       </c>
       <c r="D240" t="s">
-        <v>2204</v>
+        <v>2205</v>
       </c>
       <c r="E240" t="s">
-        <v>2205</v>
+        <v>2206</v>
       </c>
       <c r="F240" t="s">
-        <v>2206</v>
+        <v>2207</v>
       </c>
       <c r="G240" t="s">
-        <v>2207</v>
+        <v>606</v>
       </c>
       <c r="H240" t="s">
+        <v>607</v>
+      </c>
+      <c r="I240" t="s">
+        <v>608</v>
+      </c>
+      <c r="J240" t="s">
+        <v>24</v>
+      </c>
+      <c r="K240" t="s">
         <v>2208</v>
       </c>
-      <c r="I240" t="s">
-[...5 lines deleted...]
-      <c r="K240" t="s">
+      <c r="L240" t="s">
+        <v>26</v>
+      </c>
+      <c r="M240" t="s">
         <v>2209</v>
       </c>
-      <c r="L240" t="s">
-[...2 lines deleted...]
-      <c r="M240" t="s">
+      <c r="N240" t="s">
+        <v>28</v>
+      </c>
+      <c r="O240" t="s">
         <v>2210</v>
-      </c>
-[...4 lines deleted...]
-        <v>2211</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>66541</v>
+        <v>66540</v>
       </c>
       <c r="B241" t="s">
-        <v>583</v>
+        <v>2211</v>
       </c>
       <c r="C241" t="s">
         <v>2212</v>
       </c>
       <c r="D241" t="s">
         <v>2213</v>
       </c>
       <c r="E241" t="s">
         <v>2214</v>
       </c>
       <c r="F241" t="s">
         <v>2215</v>
       </c>
       <c r="G241" t="s">
+        <v>2216</v>
+      </c>
+      <c r="H241" t="s">
+        <v>2217</v>
+      </c>
+      <c r="I241" t="s">
+        <v>404</v>
+      </c>
+      <c r="J241" t="s">
+        <v>24</v>
+      </c>
+      <c r="K241" t="s">
+        <v>2218</v>
+      </c>
+      <c r="L241" t="s">
+        <v>26</v>
+      </c>
+      <c r="M241" t="s">
+        <v>2219</v>
+      </c>
+      <c r="N241" t="s">
+        <v>28</v>
+      </c>
+      <c r="O241" t="s">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="242" spans="1:15">
+      <c r="A242">
+        <v>66541</v>
+      </c>
+      <c r="B242" t="s">
+        <v>583</v>
+      </c>
+      <c r="C242" t="s">
+        <v>2221</v>
+      </c>
+      <c r="D242" t="s">
+        <v>2222</v>
+      </c>
+      <c r="E242" t="s">
+        <v>2223</v>
+      </c>
+      <c r="F242" t="s">
+        <v>2224</v>
+      </c>
+      <c r="G242" t="s">
         <v>588</v>
       </c>
-      <c r="H241" t="s">
+      <c r="H242" t="s">
         <v>589</v>
       </c>
-      <c r="I241" t="s">
+      <c r="I242" t="s">
         <v>590</v>
       </c>
-      <c r="J241" t="s">
-[...15 lines deleted...]
-        <v>2218</v>
+      <c r="J242" t="s">
+        <v>24</v>
+      </c>
+      <c r="K242" t="s">
+        <v>2225</v>
+      </c>
+      <c r="L242" t="s">
+        <v>26</v>
+      </c>
+      <c r="M242" t="s">
+        <v>2226</v>
+      </c>
+      <c r="N242" t="s">
+        <v>28</v>
+      </c>
+      <c r="O242" t="s">
+        <v>2227</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">