--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3774">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4277">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: தமிழ்
 # Source: https://hadeethenc.com/ta
-# Last update: 2025-04-14 19:56:07 (v1.14.0)
-# Check for updates: https://hadeethenc.com/en/check/ta/v1.14.0
+# Last update: 2025-11-20 19:59:55 (v1.18.0)
+# Check for updates: https://hadeethenc.com/en/check/ta/v1.18.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -164,918 +164,921 @@
   </si>
   <si>
     <t>ஜாஹிலிய்யாக் காலத்தில் உகாள் மஜின்னா, துல் மஜாஸ் ஆகியன சந்தைகளாக இருந்தன.(அவற்றில்) ஹஜ்ஜுடைய நாட்களில் வியாபாரம் செய்வதை (நபித் தோழர்கள்) பாவமானதாகக் கருதினார்கள். இது குறித்து (ஹஜ் காலங்களில் வியாபாரத்தின் மூலம்) உங்கள் இரட்சகனின் அருளைத் தேடிக்கொள்வதில் உங்களுக்கு எவ்விதக் குற்றமுமில்லை எனும் வசனம் ஹஜ் காலத்தில் இறங்கியது</t>
   </si>
   <si>
     <t>عن عبد الله بن عباس رضي الله عنهما قال: كانت عُكَاظُ، ومَجِنَّةُ، وذُو المجَازِ أسوَاقَاً في الجاهلية، فَتَأَثَّمُوا أنْ يَتَّجِرُوا في المواسم، فنزلت: {ليس عليكم جناح أن تبتغوا فضلاً من ربكم} "البقرة" (198) في مواسم الحج.</t>
   </si>
   <si>
     <t>ஜாஹிலிய்யாக் காலத்தில் உகாள், மஜின்னா, துல் மஜாஸ் ஆகியன சந்தைகளாக இருந்தன.(அவற்றில்) ஹஜ்ஜுடைய நாட்களில் வியாபாரம் செய்வதை (நபித் தோழர்கள்) பாவமானதாகக் கருதினார்கள் இது குறித்து (ஹஜ் காலங்களில் வியாபாரத்தின் மூலம்) உங்கள் இரட்சகனின்அருளைத் தேடிக்கொள்வதில் உங்களுக்கு எவ்விதக் குற்றமுமில்லை எனும் வசனம் ஹஜ்காலத்தில் இறங்கியது என அப்துல்லாஹ் இப்னு அப்பாஸ் ரழி அறிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>كانت هذه الأماكن أسواقاً للمشركين من قبل الإسلام يُتَاجِرُون فيها في أيام الحج، فخاف الصحابة رضي الله عنهم أن يأثموا إذا تَاجَرُوا فيها في أيام الحج، فأنزل الله هذه الآية ليُبَيِّنَ لهم أنَّ التجارة في موسم الحج لا تُفْسِدُهُ مع أداء النسك على الوجه الشرعي، على أنَّ التجارة في الحج جائزةٌ، لكنَّ الأولى والأحسن التفرغ لأداء نسك الحج، فهذا هو الأفضل.</t>
   </si>
   <si>
     <t>குறித்த அந்த இடங்கள் இணைவைப்பாளர்களுக்கு சொந்தமான சந்தைகளாக இருந்தன.அவைகளில் ஹஜ்ஜுடைய நாட்களில் வியாபாரம் செய்யக் கூடியவர்களாக இருந்தனர்.ஆகவே அவ்விடங்களில் ஹஜ்ஜுடைய நாட்களில்வியாபாரம் செய்வதினால் பாவம் ஏற்படும் என ஸஹாபாக்கள் பயந்தனர்.இதனால் அல்லாஹ் இவ்வசனத்தை இறக்கி ஹஜ்ஜுடைய நாட்களில் ஹஜ்ஜின் கிரியைகளை உரிய முறையில் நிறைவேற்றுவதுடன் வியாபாரம் செய்வது ஹஜ்ஜின் கிரியைகளில் எவ்விதப்பாதிப்பையும் ஏற்படுத்தாது என அவர்களுக்கு தெளிவு படுத்தினான்.அத்துடன் வியாபாரம் செய்வது அனுமதிக்கப்பட்டது என்றாலும் ஹஜ் கிரியைகளில் முழுமையாக ஈடுபடுவதுதான் மிகவும் ஏற்றமானதும் சிறந்த விடயமுமாகும்</t>
   </si>
   <si>
     <t>جَوَازُ التِّجَارة في مَوْسِمِ الحجِّ، وأنها لا تُفْسِدُهُ.
 أسواق الجاهلية لا تمنع من فعل المباح أو فعل الطاعة فيها.
 حِرْصُ الصَّحَابة -رضي الله عنهم- على مجانبة الإثم.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/2755</t>
   </si>
   <si>
-    <t>مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ</t>
+    <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>'உடலுறவில் ஈடுபடாமல், பாவங்கள் செய்யாமல் ஹஜ் செய்தவர் தனது தாய் அன்று ஈண்டெடுத்த பாலகன் போன்று திரும்புவார்'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதை தான் கேட்டதாக  அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள் : 'உடலுறவில் ஈடுபடாமல், பாவங்கள் செய்யாமல் ஹஜ் செய்தவர் தனது தாய் அன்று ஈண்டெடுத்த பாலகன் போன்று திரும்புவார்'.</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் யார் ஒருவர்  உடலுறவு மற்றும் அதனுடன் தொடர்பான முத்தமிடுதல், இச்சையுடன் தொடுதல் போன்ற ஆரம்ப செயற்பாடுகளில்; ஈடுபடாமலும் பாவமான மற்றும் தவறான காரியங்களை செய்யாமலும் அல்லாஹ்வுக்காகவே ஹஜ் செய்தால் அன்று பிறந்த பாலகனைப் போன்று பாவங்கள் மன்னிக்கப்பட்டவராக வீடு திரும்புவார் எனத் தெளிவு படுத்தியுள்ளார்கள் 
 ஹதீஸில் குறிப்பிடப்பட்ட 'ரபஸ்' என்ற வார்த்தையானது கெட்ட வார்த்தை பேசுதல் என்ற கருத்தையும் குறிக்கும். இங்கு குறிப்பிடப்பட்ட 'வலம் யப்ஸுக்' அதாவது புஸூக் என்பது இஹ்ராம் கட்டடியதும் செய்யக் கூடாத தடுக்கப்பட்ட காரியங்களைக் குறிக்கிறது.  அதாவது ஒரு குழந்தை பாவமற்ற நிலையில் பிறப்பதைப் போன்று தனது ஹஜ்ஜிலிருந்து பாவங்கள் மன்னிக்கப்பட்ட நிலையில் திரும்புவார்.</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>அனைத்து நிலைகளிலும் பாவங்கள் தடுக்கப்பட்டிருந்தாலும் அல்லாஹ்வின் புனித வீட்டில் ஹஜ் வணக்கத்தின் மகிமையைக் கருதி அச்சந்தர்ப்பத்தில் தடை மேலும் வலுயுறுத்தப்படுகின்றது.
 மனிதன் பிறக்கும் போது பாவமற்ற புனிதப்பிறவியாகவே இவ்வுலகில் பிறக்கின்றான், எனவே அவன் பிறருடைய பாவங்களை சுமக்க மாட்டான்.</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[இருவரும் (இமாம் புஹாரியும் முஸ்லிமும்) ஒன்று பட்டது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/2758</t>
   </si>
   <si>
-    <t>‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟</t>
+    <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
     <t>'பாவங்களில் மிகப்பெரியது குறித்து  உங்களுக்கு  அறிவித்துத் தரட்டுமா?'</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
     <t>அபூபக்ரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'பாவங்களில் மிகப்பெரியது குறித்து  உங்களுக்கு  அறிவித்துத் தரட்டுமா?' என்று மூன்று முறை நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள்  தமது தோழர்களிடம் கேட்டார்கள். அதற்கு அவர்கள்; 'ஆம் அல்லாஹ்வின் தூதரவர்களே!' எனக் கூறினார்கள். அப்போது, 'அல்லாஹ்வுக்கு இணைவைத்தல், பெற்றோரைத் துன்புறுத்தல்' என்று கூறினார்கள். பின்னர் சாய்ந்து கொண்டிருந்த அவர்கள் எழுந்து அமர்ந்து, 'அறிந்து கொள்ளுங்கள்; பொய் பேசுவதும், (மிகப் பெரிய பாவம்தான்)' என்று கூறினார்கள். இந்த வார்த்தையை கூறுவதை நிறுத்த மாட்டார்களா ? என்று நாம் கூறும் அளவுக்கு அவர்கள் திரும்பத் திரும்பச் சொல்லிக் கொண்டேயிருந்தார்கள்.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது தோழர்களுக்கு மிகப் பெரும்பவாங்கள் குறித்து தெரிவித்தார்கள். அதில் அவர்கள் மூன்று பாவங்கள் குறித்து பிரஸ்தாபித்தார்கள் அவை பின்வருமாறு:
 முதலாவது அல்லாஹ்வுக்கு இணைகற்பித்தல் : அதாவது  வணக்க வழிபாடுகளின் வகைகளுள் ஏதாவது ஒன்றை அல்லாஹ் அல்லாத ஒன்றிற்கு சமர்பித்தல்.மேலும் அல்லாஹ்வின் இறைமைத்துவம் (உலூஹிய்யா) , ருபூபிய்யா மற்றும் அவனின் திருநாமங்கள் பண்புகளில் அல்லாஹ்வை அல்லாஹ் அல்லாதவற்றுடன் நிகராக்குதல் போன்றவற்றை இது குறித்து நிற்கிறது.
 இரண்டாவது : பெற்றாருக்கு நோவினை செய்தல் என்பது சொல் மற்றும் செயல் ரீதியான அனைத்து விடயங்கள் மூலமும் பெற்றோரை துன்புறுத்துவதையும் அவர்களுக்கு உபகாரம் செய்யாதிருத்தலையும் குறிக்கிறது.
 பொய் பேசுதல் என்பதில் பொய் சாட்சியம் கூறுவதும் அடங்கியுள்ளது. பொய்ச் பேசுதல் என்பது : ஒருவருடைய பொருளாதாரத்தை உரிமையின்றி சுரண்டுவதற்காகவோ, அவருடைய மானத்தில் அத்துமீறுவதற்காகவோ பொய்யாக சோடிக்கப்பட்ட அனைத்து வித வார்த்தை களையும் உள்ளடக்குகின்ற ஒரு பொதுவான சொற் பிரயோகமாகும்.
 பொய் பேசுதல் ஒரு அசிங்கமான விடயம் மற்றும் அது  சமூகத்தில்; மோசமான தாக்க விளைவுகளை ஏற்படுத்துகிறது என்பதை உணர்த்தவே நபியவர்கள் பல முறை எச்சரித்து இவ்வார்த்தையைக் குறிப்பிட்டார்கள். இவ்வாறு பல முறை சொல்வதைக்  கேட்ட ஸஹாபாக்கள் நபியவர்கள் மீது கொண்ட பரிவினாலும், அசௌகரியம் ஏற்படக் கூடாது  என்பதனாலும் நபியவர்கள் இதனைக் கூறுவதை நிறுத்த மாட்டார்களா என அவர்கள் தங்களுக்கு மத்தியில் பேசிக்கொண்டார்கள்.</t>
   </si>
   <si>
     <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
 عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>பாவங்களில் மிகக்கொடுமையானது அல்லாஹ்வுக்கு இணைவைப்பதாகும், ஏனெனில் நபியவர்கள் இதனைத் தான் பாவங்களின் தலையாததாகவும் மிகப் பெரியதாகவும் ஆக்கியுள்ளார்கள்.' அல்லாஹ் தனக்கு இணை வைக்கப்படுவதை மன்னிக்க மாட்டான், அதுவல்லாததைத் தான் நாடியோருக்கு மன்னிக்கின்றான்' என்ற இறைவசனம் இதனை இன்னும் உறுதிப்படுத்துகின்றது.
 பெற்றோருக்கு செய்ய வேண்டிய கடமைகளின் மகிமை இங்கு சுட்டிக் காட்டப்பட்டுள்ளமை, ஏனெனில் அதனை அல்லாஹ் தனக்கு செய்ய வேண்டிய கடமையுடன் சேர்த்துக் கூறியுள்ளான்.
 பாவங்களை  பெரும்பாவங்கள், சிறுபாவங்கள் என இரண்டாக வகைப்படுத்திடமுடியும்;. அதில்  பெரும்பாவம் என்பது குறிப்பிட்ட செயலைச் செய்தால் சாபம் ஏற்படுதல், மற்றும் குறிப்பிட்ட குற்றங்களுக்கு ஷரீஆ நிர்ணயித்திருக்கும்   உலகியல்; தண்டனை கிடைத்தல், அல்லது  நரகத்தினுள் நுழைதல் என்ற மறுமை எச்சரிக்கையை  வலியுறுத்தும் அனைத்துப் பாவங்களையும் குறிக்கும். பெரும்பாவங்கள் பல படித்தரங்களைக் கொண்டவ, அவற்றில் சில சிலவற்றைவிடவும் மிகவும் கண்டனத்திற்குரிய கடுமையாக தடைசெய்யப்பட்டவையாக உள்ளன. பெரும்பவங்களைத் தவிர்ந்தவை அனைத்தும் சிறு பாவங்களாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/2941</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ</t>
+    <t>إن الله عز وجل ينهاكم أن تحلفوا بآبائكم</t>
   </si>
   <si>
     <t>'உங்களின் மூதாதையரைக் கொண்டு நீங்கள் சத்தியம் செய்வதை அல்லாஹ் உங்களுக்குத் தடை விதிக்கிறான்' என்றார்கள்</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ»، قَالَ عُمَرُ: فَوَاللهِ مَا حَلَفْتُ بِهَا مُنْذُ سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنْهَا ذَاكِرًا وَلَا آثِرًا.</t>
   </si>
   <si>
     <t>இறைத்தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், கூறியதாக உமர் இப்னுல் கத்தாப் ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள். 'உங்களின் மூதாதையரைக் கொண்டு நீங்கள் சத்தியம் செய்வதை அல்லாஹ் உங்களுக்குத் தடை விதிக்கிறான்' என்றார்கள். அல்லாஹ்வின் மீதாணையாக! இவ்வாறு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறக் கேட்டது முதல் நானாகப் பேசும் போதும் சரி; பிறரின் பேச்சை எடுத்துரைக்கும்போதும் சரி; நான் தந்தை பெயரால் சத்தியம் செய்ததில்லை என உமர் ரழியல்லாஹு அன்ஹு கூறுகிறார்கள் .</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أَنَّ اللهَ تعالى يَنهى عن الحَلِف بالآباء، فمَن أراد الحلف فلا يحلف إلا بالله، ولا يحلف بغيره. 
 ثم ذكر عُمَرُ بن الخطاب رضي الله عنه أنَّه لم يحلِفْ بها منذُ سَمِعَ رسولَ الله صلى الله عليه وسلم ينهى عن ذلك، لا مُتعمِّدًا ولا ناقِلًا عن غيرِِه حَلِفَه بغيرِ الله.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் அல்லாஹ் மூதாதையர்களின் மீது சத்தியம் செய்வதை தடுத்ததாக  நபி ஸல்லலல்லாஹுஅலைஹிவஸல்லம் தெரிவிக்கிறார்கள். யார் சத்தியம் செய்ய விரும்புகிறாரோ அவர் அல்லாஹ்வைத்தவிர வேறு எதிலும் சத்தியம் செய்ய வேண்டாம். இந்த செய்தியை உமர் இப்னுல் கத்தாப் ரழியல்லாஹு அன்ஹு அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் கேட்டது முதல் அவர் விரும்பியோ அல்லது பிறரின் செய்தியை உறுதிப்படுத்துவதற்காகவோ அல்லாஹ் அல்லாதவற்றின் மீது சத்தியம் செய்வதை தடுத்துக்கொண்டதாக குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>تحْريمُ الحلِف بغيرِ الله، وخصَّ الحلِف بِالآباء لأنَّه من عاداتِ الجَاهِلِيةِ.
 الحَلِف: هو القَسَم بالله أو بأسماء الله أو بصفات الله على أمر من الأمور لتأكيده.
 فَضِيلةُ عُمَر رضي الله عنه بِسُرْعَةِ امْتِثَالِه وَحُسْنِ فَهْمِهِ وتَوَرُّعِه.</t>
   </si>
   <si>
     <t>அல்லாஹ் அல்லாதவற்றின் மீது சத்தியம் செய்வது ஹராமாகும். இங்கு மூதாதையர்கள் மீது சத்தியம் செய்வது என குறிப்பிட்டு கூறக்காரணம் இது ஒரு ஜாஹிலிய்யாக் கால நடைமுறை என்பதினாலாகும்.
 சத்தியம் செய்தல் என்பது ஏதாவது விடயத்தை உறுதிப்படுத்துவதற்காக அல்லாஹ்வின் மீதோ அல்லது அல்லாஹ்வின் பெயர்களின் மீதோ அல்லது அல்லாஹ்வின் பண்புள் மீதோ சத்தியம் செய்வதைக் குறிக்கும்.
 இறைக்கட்டளைக்கு உடன் கட்டுப்படுதல், சிறந்த முறையில் புரிந்து கொள்ளுதல், பேணுதலைக் கடைப்பிடித்தல் போன்ற விடயங்களில் உமர் ரழியல்லாஹு அவர்களின் தனித்துவத்தையும் சிறப்பையும் இந்த ஹதீஸ் சுட்டிக்காட்டுகிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/2945</t>
   </si>
   <si>
-    <t>أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ</t>
+    <t>أول ما يقضى بين الناس يوم القيامة في الدماء</t>
   </si>
   <si>
     <t>மறுமை நாளில் (மனித உரிமைகள் தொடர்பான வழக்குகளில்) முதல்முதலாக மனிதர்களிடையே வழங்கப்படும் தீர்ப்பு கொலைகள் தொடர்பானதாகத் தான் இருக்கும்</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் கூறியதாக அப்துல்லாஹ் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் 
 அறிவிக்கிறார்கள். மறுமை நாளில் (மனித உரிமைகள் தொடர்பான வழக்குகளில்) முதல்முதலாக மனிதர்களிடையே வழங்கப்படும் தீர்ப்பு கொலைகள் தொடர்பானதாகத் தான் இருக்கும்.</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>மறுமை நாளில் மனிதர்களுக்கு மத்தியில் நிகழ்ந்த, அநியாயம் தொடர்பில் கொலை மற்றும் காயப்படுத்தியமை பற்றியே  முதலாவாதாக தீர்ப்பளிக்கப்படும் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
     <t>மறுமையில் விசாரிக்கப்படும் குற்றங்கள் தொடர்பான விடயங்களில் மிகப்பிரதானமான ஒன்று என்றவகையில் கொலைக்குற்றத்திற்கு முன்னுரிமை அளித்ததானது இதன் பாரதூரத்தன்மையை விளக்கப் போதுமான ஒன்றாகும்.
 பாவங்களின் கனதியானது, அதனால் ஏற்படும் விளைவைப் பொறுத்ததாகும். அந்த வகையில் அப்பாவித்தனமான உயிர்களை பறிப்பது மிகப்பெரும் கொடுமையாகும். இதனை விடவும் மிகவும் கொடுமை நிறைந்ததாக இறைநிராகரிப்பும், இணைவைப்பும் காணப்படுகின்றன.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/2962</t>
   </si>
   <si>
-    <t>مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا</t>
+    <t>من حمل علينا السلاح فليس منا</t>
   </si>
   <si>
     <t>யார் எமக்கெதிராக ஆயுதமேந்துகிறாரோ அவர் எம்மைச் சார்ந்தவரல்லர்'</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ மூஸா அல் அஷ்அரி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள்: யார் எமக்கெதிராக ஆயுதமேந்துகிறாரோ அவர் எம்மைச் சார்ந்தவரல்லர்'</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>முஸ்லிம்களை அச்சுருத்தி அவர்களின் சொத்துக்களை கொள்ளையடிப்பதற்காக முஸ்லிம்களுக்கெதிராக ஆயுதமேந்துவதை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எச்சரிக்கிறார்கள். யார் ஒருவர் எவ்வித நியாயமான காரணங்கள் ஏதுமின்றி இவ்வாறு செய்கிறானோ அவன் பெரும்பாவங்களில் ஒன்றை செய்தவனாவான். அவன் இந்த எச்சரிக்கைக்கு தகுதியானவனாக மாறி விடுகிறான்.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
   </si>
   <si>
     <t>தனது சகோதர முஸ்லிமுடன் போராடுதல் சண்டை சச்சரவில் ஈடுபடுபடுதலுக்கான கடுமையான எச்சரிக்கை இந்த ஹதீஸில் குறிப்பிடப்பட்டிருத்தல்.
 இப்பூமியில் நிகழும் மிகப்பெரும் சீர்கேடு மற்றும் தீமை முஸ்லிம்களுக்கெதிராக ஆயுதமேந்துவதும் கொலை செய்வதுமாகும்.
 ஹதீஸில் குறிப்பிடப்பட்ட எச்சரிக்கையானது அத்து மீறி நடக்கும் குழப்பவாதிகள், மற்றும் வரம்பு மீறி செயற்படுவோர் போன்றோருக்கு எதிராக,  நியாயமான காரணத்தினடிப்படையில் ஆயுதமேந்தி போராடுவதை உள்ளடக்கமாட்டாது.
 வேடிக்கைக்காகக் கூட முஸ்லிம்களை ஆயுதங்கள் போன்றவற்றால் அச்சுறுத்துவது ஹராமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/2997</t>
   </si>
   <si>
-    <t>إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ</t>
+    <t>إنهما ليعذبان، وما يعذبان في كبير، أما أحدهما فكان لا يستتر من البول، وأما الآخر فكان يمشي بالنميمة</t>
   </si>
   <si>
     <t>இவர்கள் இருவரும் வேதனை செய்யப்படுகிறார்கள். ஒரு பெரிய விஷயத்திற்காக (பாவத்திற்காக) இவர்கள் இருவரும் வேதனை செய்யப்படவில்லை, அவ்விருவரில் ஒருவர் தாம் சிறுநீர் கழிக்கும்போது மறைப்பதில்லை, மற்றொருவர் புறம்பேசித் திரிந்தார்' என்று கூறிவிட்டு</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: مَرَّ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِقَبْرَيْنِ، فَقَالَ: «إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ» ثُمَّ أَخَذَ جَرِيدَةً رَطْبَةً، فَشَقَّهَا نِصْفَيْنِ، فَغَرَزَ فِي كُلِّ قَبْرٍ وَاحِدَةً، قَالُوا: يَا رَسُولَ اللَّهِ، لِمَ فَعَلْتَ هَذَا؟ قَالَ: «لَعَلَّهُ يُخَفِّفُ عَنْهُمَا مَا لَمْ يَيْبَسَا».</t>
   </si>
   <si>
     <t>இப்னுஅப்பாஸ் ரழியல்லாஹு அன்ஹுமா அறிவிக்கிறார்கள். நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் இரண்டு கப்ருகளைக் கடந்து சென்றபோது;  'இவர்கள் இருவரும் வேதனை செய்யப்படுகிறார்கள். ஒரு பெரிய விஷயத்திற்காக (பாவத்திற்காக) இவர்கள் இருவரும் வேதனை செய்யப்படவில்லை, அவ்விருவரில் ஒருவர் தாம் சிறுநீர் கழிக்கும்போது மறைப்பதில்லை, மற்றொருவர் புறம்பேசித் திரிந்தார்' என்று கூறிவிட்டு, ஒரு பசுமையான ஈத்த மட்டையைக் கொண்டு வரச் சொல்லி அதை இரண்டாகப் பிளந்து ஒவ்வொரு கப்ரின் மீதும் ஒரு துண்டை நட்டினார்கள். அது பற்றி நபி  ஸல்லல்லாஹு அலைஹி வஸல்லம்  அவர்களிடம், 'இறைத்தூதர் அவர்களே! நீங்கள் ஏன் இவ்வாறு செய்தீர்கள்?' என கேட்கப்பட்டபோது, 'அந்த இரண்டு மட்டைத் துண்டுகளும் காயாமல் இருக்கும் காலமெல்லாம் அவர்கள் இருவரின் வேதனை குறைக்கப்படக் கூடும்' என்று இறைத்தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறினார்கள்.</t>
   </si>
   <si>
     <t>مَرَّ النبيُّ صلى الله عليه وسلم بقبرين فقال: 
 إنَّ صاحبَي هذين القبرين لَيُعذّبان؛ وما يعذبان في أمر كبير في نظركم، وإن كان كبيرًا عند الله، 
 أمّا أحدُهما فكان لا يَهتَمُّ بحفظ جَسَدِه وثيابِه مِن البول حين يَقْضي حاجتَه، 
 والآخَرُ كان يمشي بالنميمة بين الناس، فيَنْقُلُ كلامَ غيرِه بقصد الإضرار وإيقاع الخلاف والوقيعة بين الناس.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இரண்டு கப்ருகளுக்குப் பக்கமாக சென்றபோது அவர்கள்: இந்த இரண்டு கப்ருகளிலும் அடக்கம் செய்யப்பட்வர்கள் உண்மையில் வேதனை செய்யப்படுகிறார்கள், அவர்கள் இருவருக்கமான வேதனை உங்களின் பார்வையில் மிகப்பெரிய விடயத்திற்காக அல்ல என்று நீங்கள் நினைத்திருப்பீர்கள். ஆனால் அது அல்லாஹ்விடத்தில் மிகப்பெரிய பாவமாகும். அவ்விருவரில் ஒருவர் இயற்கைத்தேவையை –சிறுநீர் கழிக்கையில் அச்சிறுநீர் தனது உடல் மற்றும் ஆடையில் படுவதிலிருந்து பாதுகாத்துக்கொள்வதை பொருட்படுத்தாது இருந்தவர். மற்றொருவர், மக்களுக்கு மத்தியில் புறம் பேசித் திரிபவர். அதாவது, முரண்பாட்டையும் பிரச்சினையையும் மக்களுக்கு மத்தியில் ஏற்படுத்தி பெறும் பாதிப்பை ஏற்படுத்தும் நோக்கில் பிறரின் பேச்சை பரப்பித் திரிபவர்.</t>
   </si>
   <si>
     <t>النميمةُ وتركُ التنزُّهِ مِن البول مِن كبائر الذنوب ومِن أسباب عذاب القبر.
 كَشف الله سبحانه بعض المغيبات -كعذاب القبر- إظهارًا لعلامة نبوتِهِ صلى الله عليه وسلم.
 هذا الفعلُ مِن شَقِّ الجريدتين ووضعِها على القبر خاصٌّ بالنبي صلى الله عليه وسلم؛ لأن الله أطْلَعَه على حالِ صاحبَي القبر، فلا يقاس غيره به لأنه لا أحد يعلم أحوال أصحاب القبور.</t>
   </si>
   <si>
     <t>புறம் பேசுவதும், சிறுநீர் கழித்துவிட்டு முறையாக சுத்தம் செய்யாது இருத்தலும் மிகப்பெரும் பாவங்களில் ஒன்றாகவும், கப்ரில் வேதனை செய்யப்படுவதற்கான காரணங்களில் ஒன்றாகவும் காணப்படுகிறது.
 கப்ருடைய வேதனை போன்ற  மறைவான சில விடயங்களை நபி ஸல்லல்லாஹு  அலைஹிவஸல்லம் அவர்களின் நுபுவத்திற்கு சான்றாக அல்லாஹ் வெளிக்காட்டுகிறான்.
 ஈத்தம் மட்டையை பிளந்து அதனை அந்த கப்ருகளின் மீது நட்டிய செயலானது, நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கே உரிய பிரத்தியேகமான விடயமாகும். காரணம் கப்ரில் குறித்த இரு தோழர்களின் நிலமையை அல்லாஹ் நபியவர்களுக்கு அறியச்செய்தான். இந்த செயலை மற்றவர்கள் ஒப்பிட்டு செய்வது கூடாது. காரணம் அவர்களைப் பொறுத்தவரை கப்ரில் இருப்போரின் நிலை அவர்களுக்கு தெரியாது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3010</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ</t>
+    <t>إذا سمعتم النداء، فقولوا مثل ما يقول المؤذن</t>
   </si>
   <si>
     <t>'நீங்கள் பாங்கோசையைக் கேட்டால் முஅத்தின் கூறுவது போன்று கூறுங்கள்'</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஸஈத் அல் குத்ரி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'நீங்கள் பாங்கோசையைக் கேட்டால் முஅத்தின் கூறுவது போன்று கூறுங்கள்'</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على إجابة المؤذِّن عند سماعه، وذلك بأنْ نقولَ مثل ما يقول، جُملةً بجملة، 
 فحينما يُكَبِّرُ نُكَبِّرُ بعدَه، وحينما يأتي بالشهادتين، نأتي بهما بعده، 
 ويستثنى لفظ: (حي على الصلاة، حي على الفلاح) فإنه يُقال بعدهما: لا حول ولا قوة إلا بالله.</t>
   </si>
   <si>
     <t>முஅத்தின் -தொழுகை அழைப்பாளர்- பாங்கு கூறினால் அவற்றிற்கு அவர் கூறுவதை போன்று வார்த்தைக்கு வார்த்தை பதில் கூறுமாறு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் வலியுறுத்துகிறார்கள். அதாவது அவர்-முஅத்தின்- அல்லாஹு அக்பர் எனக் கூறினால் அவரைத்தொடர்ந்து நாமும் அல்லாஹு அக்பர் கூற வேண்டும், அதே போன்று ஷாஹாதா - அஷ்ஹது அன் லா இலாஹ இல்லல்லாஹு, அஷ்ஹது அன்ன முஹம்மதன் ரஸுலுல்லாஹ் என்று கூறுகையில் தொடர்ந்து நாமும் அது போல் கூற வேண்டும். ஆனால் (ஹய்ய அலஸ் ஸலாஹ், ஹய்ய அலல் பலாஹ்) என்ற வார்த்தைகள் இவற்றிலிருந்து விதிவிலக்குப் பெறுகிறது. இந்த வார்த்தையினை முஅத்தின் கூறிய பின் (லா ஹவ்ல வலா குவ்வத இல்லா பில்லாஹ்) எனக் கூறுதல் வேண்டும்.</t>
   </si>
   <si>
     <t>يتابع المؤذن الثاني بعد انتهاء الأول، وإنْ تعدَّد المؤذنون؛ لعموم الحديث.
 يُجيبُ المُؤذِّنَ في كلِّ أحوالِه، إنْ لم يكن في خَلاءٍ أو على حاجتِهِ.</t>
   </si>
   <si>
     <t>பல முஅத்தின்களின் அதானைக் கேட்கும் சந்தர்ப்பங்களில் முதலாவது ஒருவரின் பாங்கை பின்தொடர்ந்து பதிலளித்ததன் பின் மற்றைய அதானை பின்தொடர வேண்டும் என்பது, இந்த ஹதீஸ் குறிப்பிடும் பொதுக்கருத்தாகும்.
 தனது இயற்கைத் தேவையை நிறைவேற்றுவதற்காக செல்லும் சந்தர்ப்பம் தவிர்ந்த மற்றைய அனைத்து நிலமைகளிலும் அதானுக்கு பதிலளிக்க வேண்டும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3013</t>
   </si>
   <si>
-    <t>دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ</t>
+    <t>دعهما، فإني أدخلتهما طاهرتين</t>
   </si>
   <si>
     <t>அதைவிட்டுவிடுவீராக, கால்கள் இரண்டும் வுழூவுடன் இருக்கும் நிலையில்தான்  காலுறைகளை அணிந்தேன்' என்று கூறிவிட்டு</t>
   </si>
   <si>
     <t>عَنْ المُغِيرَةِ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَهْوَيْتُ لِأَنْزِعَ خُفَّيْهِ، فَقَالَ: «دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ» فَمَسَحَ عَلَيْهِمَا.</t>
   </si>
   <si>
     <t>முகீரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'நான் ஒரு பயணத்தின்போது நபி (ஸல்லல்லாஹு அலைஹிவஸல்லம்) அவர்களுடன் இருந்தேன். அவர்கள் (வுழூச் செய்தபோது) அவர்களின் இரண்டு காலுறைகளையும் கழற்றுவதற்குக் குனிந்தேன். அப்போது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், 'அதைவிட்டுவிடுவீராக, கால்கள் இரண்டும் வுழூவுடன் இருக்கும் நிலையில்தான்  காலுறைகளை அணிந்தேன்' என்று கூறிவிட்டு அவ்விரு காலுறைகளின் மீதும் மஸ்ஹ் செய்தார்கள்'</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم في أَحَدِ أسفارِه فتوضأ، 
 فلما بلغ غسل الرجلين مَدَّ المغيرةُ بن شعبة رضي الله عنه يديه لِنَزْعِ ما كان على قَدَمِ النبيِّ صلى الله عليه وسلم مِن خُفٍّ لغسل رجليه! 
 فقال النبي صلى الله عليه وسلم: اتركهما ولا تنزعهما، فإني أدخلت رِجْلَيَّ في الخُفين وأنا على طهارة، 
 فمسح النبي صلى الله عليه وسلم على خفيه بَدل غسل رجليه.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் ஒரு பிரயாணத்தில் இருந்தார்கள். அப்போது அவர்கள் வுழூ செய்தார்கள், இரு கால்களையும் கழுவும் நிலையை அடைந்ததும் முகீரா இப்னு ஷுஃபா ரழியல்லாஹு அன்ஹு அவர்கள் நபியவர்கள் கால்களை கழுவுவதற்காக அவர்களின் பாதணிகளை கழற்றுவதற்கு  கையை நீட்டினார்கள். அப்போது நபிஸல்லல்லாஹு அலைஹிவஸல்லம்  அதனை –காலுறைகளை-பாதணிகளை- -கழட்டாது விட்டுவிடுங்கள். ஏனெனில் நான் அதனை வுழூவோடு இருக்கும் நிலையிலேயே அணிந்தேன் என்று கூறினார்கள். இரு கால்களையும் கழுவுவதற்குப் பதிலாக தனது இரு காலுறைகளின்-(பாதணிகளின்) - மீதும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மஸ்ஹ் செய்தார்கள்.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين يكون عند الوضوء من حَدَثٍ أصغر، وأما الاغتسال للحدث الأكبر فلابد من غسل القدمين.
 المسح يكون مرة واحدة بإمرار اليد مبلولة على أعلى الخف دون أسفله.
 يشترط للمسح على الخفين أن يكون لبسهما بعد وضوء تامٍّ غَسَلَ فيه قدميه بالماء، وأن يكون الخف طاهرًا، ساترًا لمحل الفرض من القدم، وأنْ يكون مسحهما في الحَدَث الأصغر لا في الجنابة أو ما يوجب الغُسل، وأنْ يكون المسح في الوقت المحدَّد شرعًا وهو يومٌ وليلةٌ للمُقيم وثلاثة أيام بلياليها للمسافر.
 يقاس على الخفين كل ما يستر الرجلين من الجوارب وغيرها، فيجوز المسح عليها.
 حسن خلق النبي صلى الله عليه وسلم وتعليمه، حيث منع المغيرة من خلعهما، وبيَّن له السبب: أنه أدخلهما طاهرتين؛ لتطمئن نفسه، ويعرف الحكم.</t>
   </si>
   <si>
     <t>வுழூவுடன் காலுறை அணிந்திருந்து சிறு தொடக்கு ஏற்பட்டால், அவர்  வுழூ செய்யும் போது அதன் மீது மஸ்ஹ் செய்வது ஷரீஆவில் அங்கீகரிக்கப்பட்ட விடயமாகும். ஆனால் பெருந்தொடக்கு ஏற்பட்டால் அவர் இரு கால்களையும் கழுவுவது அவசியமாகும்.
 காலுறையின் மீது மஸ்ஹ் செய்வது என்பது ஈரக்கையால் காலுரையின் கீழ் பகுதியல்லாது மேல் பகுதியை தடவிடுவதாகும்.
 காலுறையின் மீது மஸ்ஹ் செய்வற்கு சில நிபந்தனைகள் உண்டு. அவைகளாவன: குறிப்பிட்ட காலுறையை முழுமையான முறையில் வுழு செய்ததன் பின் அணிந்திருத்தல் வேண்டும். காலுறையானது சுத்தமாக இருப்பதோடு, வுழுவின் போது கட்டாயம் கால் பகுதியில் கழுவவேண்டிய இடத்தை மறைக்கக்கூடியதாகவும் இருப்பது அவசியமாகும். மஸ்ஹானது சிறு தொடக்குக்கிற்கு உரியதேயன்றி ஜனாபத் மற்றும் அவசியம் குளிக்க வேண்டிய விடயங்களுக்கு அனுமதிக்கப்படமாட்டாது. அத்துடன் மஸ்ஹுக்குரிய காலப்பகுதி வரையறுக்கப்பட்டதாகும். அந்தவகையில் ஊரில் இருப்பவருக்கு ஒரு நாளும் பிரயாணிக்கு மூன்று நாட்களுமாகும்.
 'குப்'பின் அளவுகோளுக்கு அமைவாக இருக்கும் காலுறை போன்ற இரு கால்களையும் மறைக்கக் கூடியவை அனைத்தின் மீதும் மஸ்ஹ் செய்வது அனுமதிக்கப்படும்.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் நற்குணமும் அவர்களின்  அழகிய கற்பித்தல் பண்பும் தெளிவாகிறது. அன்னார் முகீராவை இரு பாதணிகளையும் கழட்டுவதை விட்டு தடுத்தது இதனை தெளிவு படுத்துகிறது. அவர்கள் தான் வுழுவுடன் அணிந்துள்ளதாகக் கூறி அவரை சமாதானப்படுத்தி அதன் சட்டத்தையும் தெளிவு படுத்தியமை அவர்களின்  அழகிய வழிமுறையை எடுத்துக்காட்டுகிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3014</t>
   </si>
   <si>
-    <t>إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ</t>
+    <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>'தனது சகோதரனை (அல்லாஹ்வுக்காக)ஒருவர் நேசித்தால் அவரிடம் தான் அவனை நேசிப்பதை அறிவிக்கட்டும்'</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அல் மிக்தாம் இப்னு மஃதீ கர்ப் ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள் : 'தனது சகோதரனை (அல்லாஹ்வுக்காக)ஒருவர் நேசித்தால் அவரிடம் தான் அவனை நேசிப்பதை அறிவிக்கட்டும்'.</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>முஃமின்களுக்கு மத்தியில் தொடர்பை –உறவை- வலுப்படுத்தி அன்பையும் நேசத்தையும் பரப்பும்; வழிமுறையொன்றை இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் தெளிவுபடுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>உலக நலனுக்காக அல்லாது அல்லாஹ்வுக்காக மாத்திரம் தூய்மையான நேசம் கொள்வதின் சிறப்பு குறிப்பிடப்பட்டிருத்தல்.
 அன்பும் நேசமும் மேலும் அதிகரிக்க அல்லாஹ்வுக்காக நேசிக்கப்பட்டவரிடம் தனது நேசத்தை, நேசிப்பவர் வெளிப்படுத்துவது விரும்பத்தக்கதாகும்.
 ஈமானிய சகோதரத்துவத்தை முஃமின்களுக்கு மத்தியில் வலுப்படுத்துவதானது அன்பை பரப்பவும், சமூகத்தை சிதைவு மற்றும் பிரிவினை போன்றனவற்றை விட்டும் பாதுகாக்கவும் செய்யும்.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3017</t>
   </si>
   <si>
-    <t>إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي</t>
+    <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>அது ஒரு நரம்பு நோய், மாதவிடாய் இரத்தமன்று. மாதவிடாய் ஏற்படும் நாட்களின் அளவுக்குத் தொழுகையை விட்டுவிட்டு, பின்னர் குளித்து தொழுது கொள்' என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் அறிவித்துள்ளார்கள். 'பாத்திமா பின்த் அபீ ஹுபைஷ் என்ற பெண் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து, 'நான் (இரத்தப் போக்கிலிருந்து) சுத்தமாவதே இல்லை. எனவே நான் தொழுகையை விடலாமா?' என்று கேட்டதற்கு,  ' வேண்டாம், அது ஒரு நரம்பு நோய், மாதவிடாய் இரத்தமன்று. மாதவிடாய் ஏற்படும் நாட்களின் அளவுக்குத் தொழுகையை விட்டுவிட்டு, பின்னர் குளித்து தொழுது கொள்' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>பாதிமா பின் அபூ ஹுபைஷ் அவர்கள் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து: 'தனக்கு தொடராக இரத்தம் வெளியேறுவது நிற்கவில்லை, அது மாதவிடாய் காலப்பகுதியையும் தாண்டிச் சென்று கொண்டிருக்கிறது, எனவே மாதவிடாய் சட்டத்தைப் பின்பற்றி தொழுகையை விட்டுவிடலாமா?' எனக் கேட்டார்கள். அதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்: 'அது தொடர் உதிரப்போக்கு, கருப்பையில் உள்ள நரம்பின் துண்டிப்பினால் ஏற்படுகின்ற நோய் நிலை இரத்தமாகும். அது மாதவிடாயல்ல எனப் பதிலளித்தார்கள் ஆகவே இஸ்திஹாழா வரமுன் உமக்கு வழமையில் மாதாந்தம் ஏற்படுகின்ற மாதவிடாய் காலப்பகுதியை நீ அடையும் நேரத்தில் அக்காலப்பகுதியில் மாத்திரம் தொழுகை மற்றும் நோன்பு போன்றவற்றை விட்டுவிடுவீராக, இது மாதவிடாய் காலப்பகுதியில் பின்பற்ற வேண்டிய விடயங்களாகும். வழமையான மாதவிடாய் நாட்கள் -காலப்பகுதி- முடிவடைந்ததுவிட்டால், நீ மாதவிடாயிலிருந்து தூய்மை அடைந்துவிட்டாய், ஆதலால் இரத்தம் இருக்குமிடத்தை நன்கு கழுவிவிட்டு பின்னர் தொடக்கை நீக்குவதற்காக முழுமையாக உடலை கழுவி குளித்து கொண்டு பின் தொழுவீராக என்று குறிப்பிட்டார்கள்.</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
 الفرق بين دم الحيض ودم الاستحاضة: أنَّ دمَ الحيضِ أسود ثخين مُنْتِن الرائحة، أما دم الاستحاضة فأحمر رقيق ليس له رائحة منتنة.</t>
   </si>
   <si>
     <t>ஒரு பெண் தனது மாதவிடாய் நாட்கள் முடிவடையும் போது குளிப்பது கடமையாகும்-வாஜிபாகும்.
 தொடர் உதிரப்போக்கால் பாதிக்கப்பட்ட  பெண் தொழுவது கடமையாகும்.
 ஹைழ் என்பது; வயதுவந்த ஒரு பெண்ணின் இனப்பெருக்கத் தொகுதிகளுள் ஒன்றான கருப்பையிலிருந்து யோனியினூடாக வெளிப்படும் இயற்கையான குருதியாகும். இது மாதத்தில் குறிப்பிட்ட சில தினங்கள் அவளுக்கு ஏற்படுகிறது.
 'இஸ்திஹாழா' என்பது கருப்பையின் அடிப்பகுதியில் அல்லாது அதன் வாய்ப்பகுதியில், மாதவிடாய் காலப்பகுதியல்லாத நேரங்களில்  அல்லது மாதவிடாய் காலப்பகுதியுடன் இணைந்து ஏற்படும் உதிரப்போக்காகும்.
 ஹைழ் (மாதவிடாய்) மற்றும் இஸ்திஹாழா(தொடர்உதிரப்போக்கு) இடையிலான வேறுபாட்டைப் பொறுத்தவரை ஹைழ் இரத்தமானது கருமையும், அடர்த்தியும் நிறைந்தாக இருப்பதோடு துர் நாற்றமும் காணப்படும். இஸ்திஹாழா இரத்தமானது அடர்த்தியற்ற சிவப்பு நிறத்தில் காணப்படுவதோடு அதற்கென்று துர்நாற்றங்கள் காணப்படமாட்டாது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3029</t>
   </si>
   <si>
-    <t>إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ</t>
+    <t>إذا توضأ أحدكم فليجعل في أنفه ثم لينثر، ومن استجمر فليوتر</t>
   </si>
   <si>
     <t>'உங்களில் ஒருவர் வுழூச் செய்தால் தம் நாசிற்கு தண்ணீர்ச் செலுத்தி பின்னர் அதை சிந்தட்டும். மலசலம் கழித்துவிட்டுக் கல்லால் சுத்தம் செய்பவர் ஒற்றைப் படையாகச் செய்யட்டும்</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ، وَإِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلْيَغْسِلْ يَدَهُ قَبْلَ أَنْ يُدْخِلَهَا فِي وَضُوئِهِ، فَإِنَّ أَحَدَكُمْ لاَ يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».
 ولفظ مسلم: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلَا يَغْمِسْ يَدَهُ فِي الْإِنَاءِ حَتَّى يَغْسِلَهَا ثَلَاثًا، فَإِنَّهُ لَا يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'உங்களில் ஒருவர் வுழூச் செய்தால் தம் நாசிற்கு தண்ணீர்ச் செலுத்தி பின்னர் அதை சிந்தட்டும். மலசலம் கழித்துவிட்டுக் கல்லால் சுத்தம் செய்பவர் ஒற்றைப் படையாகச் செய்யட்டும். உங்களில் ஒருவர் விழித்தெழுந்தால் அவர், தாம் வுழூச் செய்யும் தண்ணீரில் தம் கையை நுழைப்பதற்கு முன்னர் கழுவிக் கொள்ளட்டும். ஏனென்றால், (தூங்கத்தில்) தம் கை எங்கே இருந்தது என்பதை உங்களில் எவரும் அறியமாட்டார்' முஸ்லிமின் அறிவிப்பில்: உங்களில் ஒருவர் தூக்கத்திலிருந்து விழித்தெழுந்தால் இரு கைகளையும் கழுவமுன் வுழூ செய்யும் பாத்திரத்தினுள் செலுத்த வேண்டாம். ஏனென்றால் அவரின் இருகைகளும் இரவில் எங்கிருந்தது- எதனைத் தொட்டது- என்பது பற்றி அவர் அறியமாட்டார்.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أحكام الطهارة، ومنها: 
 لأول: أنَّ مَن توضأ فعليه أنْ يُدخِلَ الماءَ في أنفِهِ بالنَّفَسِ، ثم يُخرجه بالنَّفَسِ أيضًا. 
 والثاني: أنَّ مَن أراد تنظيفَ الأذى الخارج منه وإزالتَه بغير الماء كالحجارة ونحوها فيكون تنظيفُه على عدد فَرْدِيٍّ أقله ثلاثًا وأعلاه ما ينقطع به الخارج وينظف المحل. 
 والثالث: أن من استيقظ من نوم الليل لا يُدْخِلُ كفَّه في الإناء ليتوضأ حتى يغسلها ثلاث مرات خارج الإناء، فإنه لا يدري أين باتت يده، فلا يأمن النجاسة عليها، وقد يكون عبث بها الشيطان وحمل إليها أشياء مُضِرة للإنسان أو مُفسِدة للماء.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் சுத்தம்- வுழுவின் சட்டங்களின் சிலவற்றை இந்த ஹதீஸில் தெளிவுபடுத்துகிறார்கள். அவை பின்வருமாறு: முதலாவது: வுழு செய்யும் ஒருவர் நாசுக்கு நீர் செலுத்தி அதனை சிந்த வேண்டும். இரண்டாவது: சிறுநீர் கழித்த ஒருவர் அதனை நீர் அல்லாத கல் அல்லது அதன் நிலையிலுள்ள பொருட்களால் சுத்தம் செய்து, நீக்கிவிட நாடினால் அதனை ஒற்றைப்படையாக செய்ய வேண்டும். அதன் குறைந்தபட்ச எண்ணிக்கை மூன்றாகும். மூன்றாவது : இரவுத் தூக்கத்தில் இருந்து விழித்தெழுந்தவர் தனது இரு கைகளையும் பாத்திரத்திற்குள் இட முன் மூன்று தடவைகள் கழுவிக்கொள்ளல் வேண்டும். ஏனென்றால் அவர் இரவில் தூங்குகையில் அவரின் கை எவற்வையெல்லாம் தொட்டது என்பது பற்றி அவருக்கு தெரியாது. ஆகவே அசுத்தம் அவற்றில் பட்டிருக்காது என்பதற்கு எவ்வித உத்தரவாதமுமில்லை. சில வேளை ஷைத்தான் அவனைக் குழப்பி மனிதனுக்கு தீங்கு விளைவிக்கக் கூடிய அல்லது நீரை மாசுபடுத்தக்கூடியவைகளை கொண்டு வந்திருக்கவும் வாய்ப்புள்ளது.</t>
   </si>
   <si>
     <t>يجب الاستنشاق في الوضوء، وهو: إدخال الماء في الأنف بواسطة النَّفَس، وكذلك يجب الاستنثار، وهو: إخراج الماء من الأنف بواسطة النَّفَس. 
 استحباب الاستجمار وترًا.
 مشروعية غسل اليدين بعد نوم الليل ثلاثًا.</t>
   </si>
   <si>
     <t>வுழுவின் போது நாசுக்கு நீர் செலுத்தி அதனை சிந்துவது வாஜிபாகும். அதாவது நீரை மூச்சின் மூலம் நாசுக்குள் செலுத்தி மூச்சின் மூலம் அதனை வெளியே சிந்துவதையும் இது குறிக்கும்.
 ஓற்றைப்படையாக கல்வைத்து சுத்தம் செய்வது விரும்பத்தக்கதாகும்.
 இரவுத் தூக்த்திலிருந்து விழித்தபின் இரு கைகளையும் மூன்று தடவைகள் கழுவுவது மார்க்கத்தில் வலியுறுத்தப்பட்ட விடயமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3033</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ</t>
+    <t>إذا دخل الرجل بيته، فذكر الله عند دخوله وعند طعامه، قال الشيطان: لا مبيت لكم، ولا عشاء</t>
   </si>
   <si>
     <t>ஓர் மனிதர் தனது வீட்டினுள் நுழையும் போதும் உணவு உண்ணும் போதும் அல்லாஹ்வை நினைவு (பிஸ்மில்) கூறினால் ஷைத்தான் தனது நண்பர்களிடத்தில் உங்களுக்கு இரவில் தங்குவதற்கான இடமோ இரவுணவோ கிடையாது என்று கூறுகிறான்</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ، وَإِذَا دَخَلَ، فَلَمْ يَذْكُرِ اللهَ عِنْدَ دُخُولِهِ، قَالَ الشَّيْطَانُ: أَدْرَكْتُمُ الْمَبِيتَ، وَإِذَا لَمْ يَذْكُرِ اللهَ عِنْدَ طَعَامِهِ، قَالَ: أَدْرَكْتُمُ الْمَبِيتَ وَالْعَشَاءَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுவதை தான் செவிமடுத்ததாக ஜாபிர் இப்னு அப்துல்லாஹ் ரழியல்லாஹு அன்ஹுஅவர்கள் அறிவிக்கிறார்கள்: ஓர் மனிதர் தனது வீட்டினுள் நுழையும் போதும் உணவு உண்ணும் போதும் அல்லாஹ்வை நினைவு (பிஸ்மில்) கூறினால் ஷைத்தான் தனது நண்பர்களிடத்தில் உங்களுக்கு இரவில் தங்குவதற்கான இடமோ இரவுணவோ கிடையாது என்று கூறுகிறான். அந்த மனிதர் வீட்டினுள் நுழையும் போது அல்லாஹ்வை நினைவு (பிஸ்மில்) கூறாது நுழைந்து விட்டால் ஷைத்தான் தனது சகாக்களிடம் உங்களுக்கு தங்குமிடம் கிடைத்துவிட்டது என்று கூறுவான். அதே போல் உண்ணும் போது அல்லாஹ்வை நினைவு கூறாதிருந்தால் (பிஸ்மில் கூறாதிருந்தால்) ஷைத்தான் தனது சகாக்களிடத்தில் உங்களுக்கு தங்குமிடமும் இரவுஉணவும் கிடைத்து விட்டது என்று கூறுவான்'.</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِذِكْر الله عند دخول البيت وقبل تَنَاوُلِ الطعام، وأنه إذا ذَكَرَ اللهَ بقوله: (باسم الله) عند دخوله لبيتِه وعند بدء طعامِه، قال الشيطان لأعوانه: لا حَظَّ لكم بالمبيت ولا العشاء في هذا البيت الذي تَحَصَّنَ صاحبُه منكم بذكر الله تعالى. 
 وأما إذا دخل الرجل بيته فلم يذكر الله عند دخوله ولا عند تناوله الطعام، فيخبر الشيطان أعوانه أنهم أدركوا المبيت، والعشاء في هذا البيت.</t>
   </si>
   <si>
     <t>வீட்டினுள் நுழையும் போதும் சாப்பிட முன்பும் அல்லாஹ்வை நினைவு கூறுமாறு  இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் வலியுறுத்துகிறார்கள். அதாவது 'பிஸ்மில்லாஹ்' என்ற வார்த்தையை வீட்டினுள் நுழையும்போதும் உணவு உண்ண ஆரம்பிக்குபோதும் கூறினால், ஷைத்தான் தனது சகாக்களிடம் இந்த வீட்டுரிமைளார் அல்லாஹ்வை நினைவு கூறுவதன் மூலம் உங்களிடமிருந்து தன்னை பாதுகாத்துக் கொண்டான் ஆதலால் உங்களுக்கு இரவில் தங்குமிடமோ இரவு உணவோ கிடையாது என்று கூறுவான். அந்த மனிதர் தனது வீட்டினுள் நுழைகையிலும், உணவு உண்ணும் போதும் அல்லாஹ்வை நினைவு கூறாதிருந்தால் ஷைத்தான் தன சகாக்களுக்கு உங்களுக்கு இந்த விட்டில் தங்குவதற்கான இடமும், இரவுணவும் கிடைத்து விட்டது என அறிவிப்பான்.</t>
   </si>
   <si>
     <t>استحباب ذِكرِ الله عند دخول البيت وعند الطعام، فإن الشيطان يبيت في البيوت، ويأكل من طعام أهلها إذا لم يذكروا اسم الله تعالى.
 الشيطان يُراقِبُ ابنَ آدم في عملِهِ وتَصَرُّفِه وفي أموره كلِّها، فإذا غَفَل عن الذكر نال مُرادَه منه.
 الذكر يطرد الشيطان.
 لكل شيطان أتباع وأولياء يستبشرون بقوله ويَتَّبعون أمرَه.</t>
   </si>
   <si>
     <t>வீட்டினுள் நுழையும் போதும் உணவு உண்ணும் போதும் அல்லாஹ்வை நினைவு கூறுவது வரவேற்கத்தக்க விடயமாகும். ஏனெனில் அல்லாஹ்வை நினைவு கூறாத வீடுகளில் ஷைத்தான் இரவைக் கழிப்பதோடு அவ்வீட்டாரின் உணவிலும் பங்கு கொள்கிறான் .
 ஷைத்தான் ஆதமின் சந்ததியை அவனது செயற்பாடு, நடவடிக்கை மற்றும் எல்லா விவகாரங்களிலும் தருணம் பார்த்து அவதானித்துக் கொண்டிருக்கிறான். அவன் எப்போது அல்லாஹ்வை நினைவுகூறுவதிலிருந்து அலட்சியமாக இருக்கிறானோ அவ்வேளை அவனது இலக்கை அடைந்துகொள்கிறான்.
 இறை நினைவு ஷைத்தானை துரத்திவிடுகிறது.
 ஓவ்வொரு ஷைத்தானுக்கும் தனது கட்டளைகளை பின்பற்றி  நடக்கும் நேசர்களும், ஆதரவாளர்களும் உள்ளனர்.</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[இதனை முஸ்லிம் பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3037</t>
   </si>
   <si>
-    <t>الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ</t>
+    <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>'அல்லாஹ்வுக்கு இணைவைத்தல், பெற்றோரை துன்புறுத்தல், கொலை செய்தல், பொய் சத்தியம் செய்தல் ஆகியவை பெரும் பாவங்களாகும்'</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ருப்னுல் ஆஸ் ரழியல்லாஹு அன்ஹுமா அவர்கள் அறிவிக்கிறார்கள்: 'அல்லாஹ்வுக்கு இணைவைத்தல், பெற்றோரை துன்புறுத்தல், கொலை செய்தல், பொய் சத்தியம் செய்தல் ஆகியவை பெரும் பாவங்களாகும்'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
 فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பெரும்பவாங்கள் பற்றி தெளிவுபடுத்துகிறார்கள்; அவற்றை செய்பவன் இம்மை அல்லது மறுமையில் கடுமையான எச்சரிக்கைக்கு உட்படுவான்.
 அவற்றுள் முதலாவது : அல்லாஹ்வுக்கு இணைவைப்பதாகும் : இதன் கருத்து ; வணக்க வழிபாடுகளில் ஏதாவது ஒன்றை அல்லாஹ் அல்லாதவருக்கு செலுத்துதல், உலூஹிய்யா ருபூபிய்யா,அல்அஸ்மாஉ வஸ்ஸிபாத் -(அல்லாஹ்வின் அழகிய நாமங்களும் பண்புகளும்) போன்ற விடயங்களில் அல்லாஹ் தனக்கென தனித்துவமாக பெற்றிருக்கும் விடயங்களில் ஏதாவது ஒன்றை அல்லாஹ் அல்லாதோரும் பெற்றுள்ளனர் என சமப்படுத்துவதினை குறிக்கும்.
 இரண்டாவது : ' பெற்றோரைத் துன்புறுத்துதல்
 நோவினை செய்தல்': என்பது சொல் மற்றும் செயல் ரீதியான அனைத்து விடயங்கள் மூலமும் பெற்றோரை துன்புறுத்துவதையும் அவர்களுக்கு உபகாரம் செய்யாதிருத்தலையும் குறிக்கிறது.
 மூன்றாவது : எவ்வித நியாயமான காரணமுமில்லாது அநியாயமாகவும், அத்துமீறியும் ஒருவரை கொலை செய்தல்.
 நான்காவது : பொய் சத்தியம்  என்பது ' பொய்யென்று தெரிந்துகொண்டே ஒரு விவகாரம் சம்பந்தமாக பொய்யாக சத்தியம் செய்தலைக் இது குறிக்கிறது. 'அல் யமீனுல் கமூஸ்' என இச்சத்தியம் அழைக்கப்படக் காரணம் குறித்த நபரை இந்த சத்தியமானது பாவத்தில் அல்லது நரகில் தள்ளிவிடுவதினலாகும்.</t>
   </si>
   <si>
     <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
 الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>பொய் சத்தியத்தின் ஆபத்து மற்றும் குற்றத்தின் கடுமை காரணமாக அதற்கு கப்பாரா குற்றப் பரிகாரம் எதுவும் கிடையாது. மாறாக அதற்காக தவ்பாவே பரிகாரமாக அமையும்.
 இந்நபிமொழியில் இந்நான்குடன் மாத்திரம் சுருக்கிக் கொண்டிருப்பது பாவத்தால் இவை ஆபத்தானவை, என்பதற்காகவே தவிர இந்த நான்கு விடயங்கள் மாத்திரமதான் பெரும்பவங்கள்  என்பது இதன் கருத்தல்ல என்பதை புரிந்து கொள்ளல் வேண்டும். இதுவல்லாத பல பெரும்பாவங்கள் உண்டு.
 பாவங்களை பெரும்பாவங்கள், சிறுபாவங்கள் என இரண்டாக வகைப்படுத்திட முடியும், அதில்  பெரும்பாவம் என்பது குறிப்பிட்ட செயலைச் செய்தால் சாபம் ஏற்படுதல், மற்றும் குறிப்பிட்ட குற்றங்களுக்கு ஷரீஆ நிர்ணயித்திருக்கும்   உலகியல், தண்டனை கிடைத்தல், அல்லது  நரகத்தினுள் நுழைதல் என்ற மறுமை எச்சரிக்கையை வலியுறுத்தும் அனைத்துப் பாவங்களையும் குறிக்கும். பெரும்பாவங்கள் பல படித்தரங்களைக் கொண்டது அவற்றில் சில சிலவற்றைவிடவும் மிகவும் கண்டனத்திற்குரிய கடுமையாக தடைசெய்யப்பட்டவையாக உள்ளன. பெரும்பவங்களைத் தவிர்ந்தவை அனைத்தும் சிறு பாவங்களாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3044</t>
   </si>
   <si>
-    <t>إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ</t>
+    <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>“நிச்சயமாக இந்த உலகம் இனிமையும் பசுமையும் நிறைந்தவை. நீங்கள் எவ்வாறு செயலாற்றுகிறீர்கள் என்பதை பார்ப்பதற்காக அல்லாஹ் உங்ளை இதில் பிரதிநிதியாக-முகவர்களாக- ஆக்கியுள்ளான். ஆகவே நீங்கள் உலகவிடயங்களில் மூழ்கிவிடுவதிலிருந்தும் மற்றும் பெண்கள் விடயங்களில் மதிமயங்கி விடுவதைவிட்டும் எச்சரிக்கையாக இருங்கள்</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் கூறியதாக அபூ ஸஈத் அல் குத்ரி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : “நிச்சயமாக இந்த உலகம் இனிமையும் பசுமையும் நிறைந்தவை. நீங்கள் எவ்வாறு செயலாற்றுகிறீர்கள் என்பதை பார்ப்பதற்காக அல்லாஹ் உங்ளை இதில் பிரதிநிதியாக-முகவர்களாக- ஆக்கியுள்ளான். ஆகவே நீங்கள் உலகவிடயங்களில் மூழ்கிவிடுவதிலிருந்தும் மற்றும் பெண்கள் விடயங்களில் மதிமயங்கி விடுவதைவிட்டும் எச்சரிக்கையாக இருங்கள். ஏனெனில் இஸ்ரவேல் சந்ததிகளில் தோன்றிய குழப்பங்களில் முதன்மையானது பெண்கள் விவகாரத்திலாகும்”.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இவ்வுலகமானது சுவையில் இனிமையானது எனவும் பார்ப்பதற்கு கவர்ச்சி நிறைந்ததாகவும் உள்ளது எனவும் தெளிவுபடுத்துகிறார்கள். இவ்வாறு நபியவர்கள் கூறக் காரணம் என்னவெனில் மனிதன் இதில் கவர்ச்சியுற்று மூழ்கிச்செல்வது மாத்திரமல்லாது அதனையே தனது முழு இலக்காகவும் ஆக்கிக் கொள்வதற்கான வாய்ப்புள்ளது என்பதினாலாகும். நாம் இவ்வுலகில் அல்லாஹ்வுக்கு கட்டுப்பட்டு நடக்கிறோமா அல்லது கட்டுப்படாது நடக்கிறோமா? என்ற எமது செயல் முறை குறித்து  அவதானிக்கவே இவ்வுலகில் எம்மை ஒருவர் பின் ஒருவராக பிரதிநிதியாக வைத்துள்ளான். மேலும் நபியர்கள் இந்த ஹதீஸில் இவ்வுலக பொருட்கள் மற்றும் அலங்காரங்கள் குறித்து எச்சரிக்கையாக இருக்குமாறு பணிக்கிறார்கள். ஏனெனில் இவ்வுலக இன்பங்களில் திழைத்திருப்பது அல்லாஹ் உங்களுக்கிட்ட கட்டளைகளை விட்டுவிட்டு அவன் தடுத்த விடயங்களின் பால் அவை இட்டுச்செல்ல வழிவகுத்து விடும். இஸ்ரவேல் சந்ததிகளில் ஏற்பட்ட குழப்பங்களில் முதன்மையானது பெண்கள் சம்பந்தப்பந்தப் பட்டது என்பதினால், உலக கவர்ச்சிகளில் பெண்களின் கவர்ச்சியிலிருந்து எச்சரிக்கையாக இருப்பதே மிக முக்கிய விடயமாகும்.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>தக்வாவை –உள்ளச்சத்தை- பேணுமாறு வலியுறுத்தப்பட்டிருப்பதோடு உலகின் புறவயமான அலங்காரங்களில் மூழ்கி விடாதிருத்தல்.
 பெண்களைப் பார்த்தல், அவர்கள் அந்நிய ஆண்களுடன் கலத்தல் போன்ற விடயங்களில் அலட்சியமாக இருப்பதினால் அவர்களின் கவர்ச்சிக்குட்படுவதை விட்டும் எச்சரிக்கையாக இருத்தல்.
 உலகின் கவர்ச்சிகளில் பெண்களின் கவர்ச்சியே மிகவும் பெரியது.
 முன்னைய சமுதாயங்களின் நிகழ்வுகளிலிருந்து படிப்பினை பெறுதல். காரணம் இஸ்ரவேல் சமுதாயத்தில் நிகழ்ந்தவை பிற சமூகத்திலும் நடப்பதற்கான வாய்ப்புண்டு.
 பெண்கள் கவர்ச்சி-சோதனை- என்பது அவள் ஒரு மனைவியாக இருக்கும் நிலையில் அவள் தனது கணவனுக்கு அவனின் சக்திக்கு மீறிய செலவுகளை சில வேளை பணிக்க முடியும். இதனால் அவன் தன்னை மார்க்க விவகாரங்களில் ஈடுபடுத்திக் கொள்வதை தவிர்த்து, உலகை தேடுவதில் தன்னை அர்ப்பணிப்பதற்கு இது வழிவகுத்துவிடும். அத்துடன் அவள் ஒரு அந்நியபெண்ணாக இருந்து தன்னை அலங்கரித்து அழகையும் வெளிப்படுத்தி வெளியே நடமாடுபவளாகவும், ஆண்களுடன் சர்வசாதாரணமாக கலந்து இருப்பவளாகவும் இருப்பதன் மூலம் ஆண்கள் கவரப்பட்டு அவளின் கவர்ச்சியில் விழுந்து அனைத்து தரத்திலான விபச்சாரத்திலும் விழவும் வழிவகுத்துவிடும். ஆகவே ஒரு முஃமின் அல்லாஹ்விடம் பாதுகாப்புத் தேடுவதுடன் அவர்களின் இச்சோதனைகளிருந்து காப்பற்றப்பட வேண்டும் எனவும் அவனிடம் ஆதரவு வைக்க வேண்டும்</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3053</t>
   </si>
   <si>
-    <t>بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا</t>
+    <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>இன்பத்திலும் துன்பத்திலும் விருப்பிலும் வெறுப்பிலும் எங்களைவிடப் பிறருக்கு முன்னுரிமை அளிக்கப்படும் போதும் (தலைமையின் கட்டளையைச்) செவியுற்றுக் கீழ்ப் படிந்து நடப்போம்</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
     <t>உபாதா இப்னு அஸ்ஸாமித் ரழியல்லாஹு அன்ஹு  அவர்கள் கூறுகிறார்கள் : இன்பத்திலும் துன்பத்திலும் விருப்பிலும் வெறுப்பிலும் எங்களைவிடப் பிறருக்கு முன்னுரிமை அளிக்கப்படும் போதும் (தலைமையின் கட்டளையைச்) செவியுற்றுக் கீழ்ப் படிந்து நடப்போம் என்றும், எந்த விஷயம் பகிரங்கமான இறை மறுப்பு என்பதற்கு அல்லாஹ்விடமிருந்து உங்களுக்கு ஆதாரம் கிடைத்துள்ளதோ அத்தகைய விஷயத்தை ஆட்சியாளர்களிடம் நீங்கள் கண்டாலே தவிர அவர்களுடைய அதிகாரம் தொடர்பாகச் சண்டையிட மாட்டோம் என்றும், நாங்கள் எங்கிருந்தாலும் உண்மையே பேசுவோம் என்றும், அல்லாஹ்வின் விடயத்தில் பழிப்போரின் பழிச்சொல்லுக்கு அஞ்சமாட்டோம் என்றும் இறைத்தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்களிடம் நாங்கள் உறுதிமொழி அளித்தோம்.</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தமது தோழர்களிடத்தில், அதிகாரிகள் மற்றும் ஆட்சியாளர்களுக்கு இன்பத்திலும் துன்பத்திலும் -இலகுவான விடயத்திலும் சிரமமான விடயத்திலும், - வசதியான மற்றும்  வறுமையான  நிலைகளிலும், கட்டுப்பட்டு நடப்பதாக உறுதிமொழி பெற்றார்கள். அத்துடன் அவர்களின் ஆணைகள்; தமக்கு விருப்பமானதாக அல்லது விருப்பமில்லததாக இருப்பினும் சரியே, அதே போன்று குடிமக்களுக்கு சேரவேண்டிய பொது நிதிகள், பதவிகள் மற்றும் இவைகள் அல்லாத  விடயங்களில் தமக்கு முன்னுரிமையளித்து அவற்றை அவர்கள் அனுபவித்தாலும் அவர்களுக்கு எதிராக கிளர்ச்சி, போராட்டாம் செய்யாது நியாயமான முறையில் அவர்களின் ஆணைகளை செவியேற்று கட்டுப்பட்டு நடப்பது கடமையாகும். ஏனெனில் அவர்களின் இந்த அநியாயத்தை விடவும் இந்தப் போராட்டம், கிளர்ச்சி அதிக தீங்குகளையும், பாரிய குழப்பங்களையும், முஸ்லிம்களுக்கு மத்தியில் தோற்றுவிக்கின்றது. அதே போன்று அவர்கள் குறித்து அல்லாஹ்வுக்கு மாத்திரம் பயந்தவர்களாக இதயசுத்தியுடன், எவரது பழிச்சொல்லுக்கும் பயப்படாது உண்மையை கூறுவதிலும் தயங்கக்கூடாது.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
     <t>ஆட்சியாளர்களுக்கும், அதிகாரிகளுக்கும் கட்டுப்படுவதன் விளைவு முஸ்லிம்களுக்கு மத்தியில் பிரிவினை கலைந்து ஒற்றுமை ஏற்படுவதற்கு காரணமாக அமையும்.
 அல்லாஹ்வுக்கு முரணில்லாத விடயங்களில் இன்பத்திலும் துன்பத்திலும், விருப்பிலும் வெறுப்பிலும், அவர்கள் தமக்கென முன்னுரிமை அளித்து அனுபவிப்பதிலும் அதிகாரிகளுக்கும் ஆட்சியாளர்களுக்கும் செவிசாய்த்து கட்டுப்பட்டு நடப்பது கடமையாகும்.
 நாம் எங்கிருந்த போதும் எவரின் பழிச்சொல்லுக்கும் பயப்படாது அல்லாஹ்விற்கு மாத்திரம் பயந்தவர்களாக சத்தியத்தை உரைப்பது கடமையாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3061</t>
   </si>
   <si>
-    <t>حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ</t>
+    <t>حفظت من النبي صلى الله عليه وسلم عشر ركعات</t>
   </si>
   <si>
     <t>நபி(ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பத்து ரக்அத்களைத் தொழுததை நான் நினைவில் வைத்திருக்கிறேன்</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ: رَكْعَتَيْنِ قَبْلَ الظُّهْرِ، وَرَكْعَتَيْنِ بَعْدَهَا، وَرَكْعَتَيْنِ بَعْدَ المَغْرِبِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ بَعْدَ العِشَاءِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ قَبْلَ صَلاَةِ الصُّبْحِ، وَكَانَتْ سَاعَةً لاَ يُدْخَلُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيهَا، حَدَّثَتْنِي حَفْصَةُ أَنَّهُ كَانَ إِذَا أَذَّنَ المُؤَذِّنُ وَطَلَعَ الفَجْرُ صَلَّى رَكْعَتَيْنِ، وَفِي لَفْظٍ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يُصَلِّي بَعْدَ الْجُمُعَةِ رَكْعَتَيْنِ.</t>
   </si>
   <si>
     <t>இப்னு உமர் ரழியல்லாஹு அன்ஹுமா அவர்கள் கூறுகிறார்கள் : நபி(ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பத்து ரக்அத்களைத் தொழுததை நான் நினைவில் வைத்திருக்கிறேன் : லுஹருக்கு முன் இரண்டு ரக்அத்கள், லுஹருக்குப் பின் இரண்டு ரக்அத்கள், மஃரிபிற்குப் பின் வீட்டில் இரண்டு ரக்அத்கள், இஷாவிற்குப் பின் வீட்டில் இரண்டு ரக்அத்கள், ஸுப்ஹுக்கு முன் இரண்டு ரக்அத்கள் ஆகியனவே அவை.  ஸுப்ஹுக்கு முன் உள்ள அந்த நேரம் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம அவர்களிடம் யாரும் செல்ல முடியாத நேரமாகும். அத்துடன் முஅத்தின் அதான் கூறி பஜ்ரும் உதயமாகிவிட்டால் இரண்டு ரக்அத்துகள் தொழுவார்கள் என ஹப்ஸா ரழியல்லாஹு அன்ஹு அவர்கள் என்னிடம் கூறினார்கள். மேலும் ஒரு அறிவிப்பில் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஜும்ஆத் தொழுகையின் பின் இரண்டு ரக்அத்துக்கள் தொழுபவர்களாக இருந்தார்கள் என இடம்பெற்றுள்ளது.</t>
   </si>
   <si>
     <t>يُبَيِّنُ عبدُ الله بن عمر رضي الله عنهما: أنَّ مِن النوافل التي حفظها عن النبي صلى الله عليه وسلم عشر ركعات وتسمى السنن الرواتب، 
 ركعتين قبل الظهر، وركعتين بعدها، 
 وركعتين بعد المغرب في بيتِه، 
 وركعتين بعد العشاء في بيتِه، 
 وقبل الفجر ركعتين، 
 فتمَّتْ عشر ركعات. 
 وأما صلاة الجمعة فيصلي بعدها ركعتين.</t>
   </si>
   <si>
     <t>ராதிபான ஸுன்னத் தொழுகைள் என்றழைக்கப்படும் -பர்ழான தொழுகைகளுக்கு முன் அல்லது பின் தொழப்படும் தொழுகை- பத்து ரக்அத்துக்களை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடமிருந்து நினைவில் வைத்துக்கொண்டதாக இப்னு உமர் ரழியல்லாஹு அன்ஹுமா அவர்கள் தெளிவுபடுத்துகிறாரகள். அவைகள் பின்வருமாறு: லுஹருக்கு முன் இரண்டு ரக்அத்துக்கள், லுஹருக்குப் பின் இரண்டு ரக்அத்துக்கள், மஃரிபுக்குப் பின் வீட்டில் இரண்டு ரக்அத்துகள், இஷாவிற்குப் பின் வீட்டில் இரண்டு ரக்அத்துகள், ஸுப்ஹுத்தொழுகைக்கு முன் இரண்டு ரக்அத்துக்கள், ஆக இவைகள்; பத்து ரக்அத்துக்களாகும். ஜும்ஆத் தொழுகைக்குப்பின் இரண்டு ரக்கஅத்துக்கள் தொழுவார்கள்.</t>
   </si>
   <si>
     <t>استحباب هذه الرواتب، والمواظبة عليها.
 مشروعية أداء السنة في البيت.</t>
   </si>
   <si>
     <t>மேற்படி ராதிபான ஸுன்னத்துக்களை பேணித் தொழுவது வரவேற்கத்தக்க விடயமாகும்.
 ஸுன்னத்தான தொழுகைகளை வீட்டில் தொழுவதற்கு ஷரீஆவில் அனுமதியுள்ளது, என்பதையும் இந்த 	ஹதீஸ் தெளிவுபடுத்துகிறது.</t>
   </si>
   <si>
     <t>متفق عليه بجميع رواياته</t>
   </si>
   <si>
     <t>[இதன் எல்லா அறிவிப்புக்களும் புஹாரீ,முஸ்லிம் ஆகியோர் அறிவித்தவைகளாகும்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3062</t>
   </si>
   <si>
-    <t>أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ</t>
+    <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
   </si>
   <si>
     <t>(தொழுகை நடத்தும்) இமாமுக்கு முன் தலையை உயர்த்துபவர், அல்லாஹ் தன் தலையை கழுதையின் தலையாக மாற்றிவிடுவிடுவதை அல்லது அவரின் தோற்றத்தை கழுதையின் தோற்றமாக மாற்றிவிடுவதை அஞ்ச வேண்டாமா?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள்: (தொழுகை நடத்தும்) இமாமுக்கு முன் தலையை உயர்த்துபவர், அல்லாஹ் தன் தலையை கழுதையின் தலையாக மாற்றிவிடுவிடுவதை அல்லது அவரின் தோற்றத்தை கழுதையின் தோற்றமாக மாற்றிவிடுவதை அஞ்ச வேண்டாமா?</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على مَن يَرفَعُ رأسَه قبل إمامِهِ، بأنْ يجعلَ اللهُ رأسَه رأسَ حِمار، أو يَجعلَ صورتَه صورةَ حمار.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இமாமுக்கும் முன் முந்தி செல்பவருக்கு கடுமையான எச்சரிக்கையை பதிவு செய்கிறார்கள். அவ்வாறு நடந்து கொள்பவரின் தலை கழுதையின் தலையாக அல்லது அவரின் வடிவத்தை கழுதையின் வடிவமாக அல்லாஹ் மாற்றிடுவான் என்பதே அந்த கடுமையான எச்சரிகை.</t>
   </si>
   <si>
     <t>للمأموم مع الإمام أربع حالات: ثلاث منهي عنها، وهي: المسابقة والموافقة والتأخر، والمشروع للمأموم: المتابعة للإمام.
 وجوب متابعة المأموم للإمام في الصلاة.
 الوعيدُ بتغيير صورة من يرفع رأسه قبل الإمام إلى صورة حمار أَمْرٌ ممكن، وهو مِن المسخ.</t>
   </si>
   <si>
     <t>இமாமைப் பின்பற்றி தொழும் மஃமுமிற்கு நான்கு நிலைகள் உண்டு : அவற்றில் மூன்று தடுக்கப்பட்டவைகளாகவும் ஒன்று அனுமதிக்கப்பட்டதுமாகும். இமாமை முந்திச்செல்லுதல், இமாமுடன் ஒன்றாகச்செல்லுதல், தாமதமாகச் செல்லுதல் போன்றன தடுக்கப்பட்டவைகளாகும். இமாமைத் தொடரந்து அவரைப்பின்பற்றிச் செல்வது மாத்திரம் அனுமதிக்கப்பட்ட நிலையாகும்.
 தொழுகையில் இமாமைப் பின்துயர்ந்து செல்வது வாஜிபாகும்-கட்டாயமாகும்.
 இமாமுக்கும் முன் தலையை உயர்துபவரின் தோற்றம் மாற்றப்படுவது பற்றி எச்சரிக்கை நிகழ முடியுமான விடயமாகும் அதுவே உருமாற்றமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3086</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ</t>
+    <t>لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان</t>
   </si>
   <si>
     <t>'உணவு சாப்பிடுவதற்கு தயார் நிலையில் இருக்கும் போதும், சிறுநீர் மற்றும் மலத்தை அடக்கிக் கொண்டும் தொழக்கூடாது'</t>
   </si>
   <si>
     <t>عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர்  ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை  தான்   கேட்டதாக ஆஇஷா ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : 'உணவு சாப்பிடுவதற்கு தயார் நிலையில் இருக்கும் போதும், சிறுநீர் மற்றும் மலத்தை அடக்கிக் கொண்டும் தொழக்கூடாது'.</t>
   </si>
   <si>
     <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>உணவு சாப்பிடுவதற்கு தயாரான நிலையில்; தொழுபவர் மனது ஏங்கிக்கொண்டு உணவு பற்றிய சிந்தனையுடன் தொழுவதை அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அவைலஹிஸ்ஸலாம் அவர்கள் தடுத்தார்கள்.
 அதே போல் மலசலத்தை அடக்கிக்கொண்டு அதன் சிந்தனையில் தொழுவதையும் தடுத்தார்கள்.</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>தொழுவதற்கு முன் தொழுகையின் ஈடுபாட்டை, கவனத்தை சிதறடிக்கும் அனைத்தையும் தூரப்படுத்துவது  அவசியமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3088</t>
   </si>
   <si>
-    <t>عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ</t>
+    <t>علمني رسول الله صلى الله عليه وسلم، وكفي بين كفيه، التشهد، كما يعلمني السورة من القرآن</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் (எனது இரண்டு கைகளையும் பிடித்து) இறைத்தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களின் இரண்டு கைகளுக்கிடையே என் கை இருந்த நிலையில், குர்ஆனின் அத்தியாயத்தைக் கற்றுத்தருவதைப் போன்று (தொழுகையின் இருப்பில் ஓதப்படும்) தஷஹ்{ஹதை (அத்தஹிய்யாத்தைக்)   எனக்கு அவர்கள் கற்றுத்தந்தார்கள்</t>
   </si>
   <si>
     <t>عَنِ ابْنَ مَسْعُودٍ رضي الله عنه قَالَ: عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ: «التَّحِيَّاتُ لِلَّهِ، وَالصَّلَوَاتُ وَالطَّيِّبَاتُ، السَّلاَمُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، السَّلاَمُ عَلَيْنَا وَعَلَى عِبَادِ اللَّهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».
 وفي لفظ لهما: «إِنَّ اللهَ هُوَ السَّلَامُ، فَإِذَا قَعَدَ أَحَدُكُمْ فِي الصَّلَاةِ فَلْيَقُلْ: التَّحِيَّاتُ لِلَّهِ وَالصَّلَوَاتُ وَالطَّيِّبَاتُ السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، فَإِذَا قَالَهَا أَصَابَتْ كُلَّ عَبْدٍ لِلَّهِ صَالِحٍ فِي السَّمَاءِ وَالْأَرْضِ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، ثُمَّ يَتَخَيَّرُ مِنَ الْمَسْأَلَةِ مَا شَاءَ».</t>
   </si>
   <si>
     <t>இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள்: அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் (எனது இரண்டு கைகளையும் பிடித்து) இறைத்தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களின் இரண்டு கைகளுக்கிடையே என் கை இருந்த நிலையில், குர்ஆனின் அத்தியாயத்தைக் கற்றுத்தருவதைப் போன்று (தொழுகையின் இருப்பில் ஓதப்படும்) தஷஹ்{ஹதை (அத்தஹிய்யாத்தைக்)   எனக்கு அவர்கள் கற்றுத்தந்தார்கள். (அது பின்வருமாறு) ' அத்தஹிய்யாது லில்லாஹி வஸ்ஸலவாது வத்தய்யிபாது அஸ்ஸலாமு அலைக்க அய்யுஹன்னபிய்யு வரஹ்மதுல்லாஹி வபரகாதுஹு அஸ்ஸலாமு அலைனா வஅலா இபாதில்லாஹிஸ் ஸாலிஹீன். அஷ்ஹது அ(ன்)ல்லாயிலாஹ இல்லல்லாஹு வஅஷ்ஹது அன்ன முஹம்மதன் அப்துஹு வரஸூலுஹு' பொருள் : (அனைத்துக் காணிக்கைகளும் வணக்கங்களும்-தொழுகைகளும்- பாராட்டுகளும் அல்லாஹ்வுக்கே உரியன. நபியே! உங்களின் மீது சாந்தியும் அல்லாஹ்வின் அருளும் சுபிட்சமும் நிலவட்டுமாக! எங்களின் மீதும் அல்லாஹ்வின் நல்லடியார்களின் மீதும் சாந்தி நிலவட்டுமாக! வணக்கத்திற்குரியவன் அல்லாஹ் ஒருவனைத் தவிர வேறெருவமில்லை என்று நான் உறுதி கூறுகிறேன். மேலும், முஹம்மத்(ஸல்) அவர்கள் அல்லாஹ்வின் அடியாராகவும் தூதராகவும் இருக்கிறார்கள் என்றும் நான் உறுதி கூறுகிறேன்). புஹாரி முஸ்லிமின் இன்னொரு அறிவிப்பில்'  நிச்சயமாக அல்லாஹ் ' அஸ்ஸலாம் ஆவான்' உங்களில் ஒருவர் தொழுகையில் இறுதி அமர்வில் அமர்ந்தால் 'அத்தஹிய்யாது லில்லாஹி வஸ்ஸலவாது வத்தய்யிபாது அஸ்ஸலாமு அலைக்க அய்யுஹன்னபிய்யு வரஹ்மதுல்லாஹி வபரகாதுஹு அஸ்ஸலாமு அலைனா வஅலா இபாதில்லாஹிஸ் ஸாலிஹீன் என்று கூறட்டும். இவ்வாறு கூறும்போது வானம் பூமியிலுள்ள எல்லா அடியாருக்கும் நீங்கள் ஸலாம் கூறியவர்களாவீர்கள். (வணக்கத்திற்குரியவன் அல்லாஹ் ஒருவனைத் தவிர வேறெருவமில்லை என்று நான் உறுதி கூறுகிறேன். மேலும், முஹம்மத்(ஸல்) அவர்கள் அல்லாஹ்வின் அடியாராகவும் தூதராகவும் இருக்கிறார்கள் என்றும் நான் உறுதி கூறுகிறேன்).  இதன் பிறகு உங்களுக்கு விருப்பமாக துஆவைத் தேர்ந்தெடுத்து அதன் மூலம் பிரார்த்தியுங்கள்'.</t>
   </si>
   <si>
     <t>عَلَّمَ النبيُّ صلى الله عليه وسلم ابنَ مسعود رضي الله عنه التشهدَ الذي يقال في الصلاة، وقد جَعل يدَه في يديه، لِيَصْرِفَ انتباهَ ابنِ مسعود إليه. كما يُعَلِّمُه السورة من القرآن مما يدل على اعتناء النبي صلى الله عليه وسلم بهذا التشهد لفظًا ومعنى. 
 فقال: 
 "التَّحِيَّات لله":
  وهي كل قول أو فعل دَالٍّ على التعظيم، كلُّها مُسْتَحَقَّة لله عز وجل. 
 "الصَّلَوَاتُ": 
 وهي الصلاة المعروفة فرضُها ونفلُها لله تعالى. 
 "الطَّيِّبَاتُ": 
 هي الأقوال والأفعال والأوصاف الطيبة والدالّة على الكمال، كلُّها مستحقة لله تعالى. 
 "السلام عليك أيها النبي ورحمة الله وبركاته": 
 دعاء له بالسلامة من كل آفَةٍ ومكروه، والزيادة والكثرة من كل خير. 
 "السلام علينا وعلى عباد الله الصالحين": 
 دعاء بالسلامة للمُصلي ولكل عبد صالح في السماء والأرض. 
 "أشهد أن لا إله إلا الله": 
 أي أُقِرُّ إقرارًا جازمًا به بأنه لا معبود حق إلا الله. 
 "وأَنَّ مُحَمَّدًا عَبْدُهُ ورسولُهُ": 
 أُقِرُّ له بالعبودية والرسالة الخاتمة.
 ثم حَثَّ النبيُّ صلى الله عليه وسلم المصليَ أن يَختارَ مِن الدعاء ما شاء.</t>
   </si>
   <si>
     <t>தொழுகையில் ஓதப்படவேண்டிய தஷஹ்ஹுதை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்களுக்குக் கற்றுக்கொடுத்தார்கள். நபியவர்கள் இப்னுமஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்களின் கவனத்தை ஈர்க்கும் விதமாக அவரின் கையை தனது இருகரங்களால் பற்றிப் பிடித்துக் கொண்டிருந்தார்கள்.' அல்குர்ஆனின் அத்தியாயத்தை கற்றுக் கொடுப்பது போன்று இதனை கற்றுக் கொடுத்தார்கள்' என்ற வார்த்தையானது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த தஷஹ்ஹுதின் வார்த்தை மற்றும் கருத்தில்; அதீத கவனம் செலுத்தியுள்ளார்கள் என்பதைக் காட்டுகிறது. நபியவர்கள் பின்வறுமாறு கூறினார்கள்: அத்தஹிய்யாத்து லில்லாஹ் (அனைத்துக் காணிக்கைகளும் அல்லாஹ்வுக்கே உரியன.') என்பதன் கருத்து: அல்லாஹ்வை மேன்மைப்படுத்தும் எல்லா வார்த்தைகள்; மற்றும் செயல்களைக் குறிக்கிறது. இவையனைத்திற்கும் மிகவும் தகுதியானவனாக அல்லாஹ் இருக்கிறான். 'அஸ்ஸலவாத்' என்பதன் கருத்து : பர்ழான மற்றும் ஸுன்னத்தான அனைத்து தொழுகைகளும் அல்லாஹ்வுக்கே உரியன, என்பதாகும். 'அத்தய்யிபாத்து' என்பதன் அர்த்தம்: அல்லாஹ்வின் பரிபூரண நிலையை காட்டும் வார்த்தைகள்,செயல்கள் மற்றும் அழகிய வர்ணனைகள் அனைத்திற்கும் அல்லாஹ் மிகத்தகுதியானவன் அவை அவனுக்கே உரியது என்பதாகும். 'அஸ்ஸலாமு அலைக்க அய்யுஹன்னபிய்யு வரஹ்மதுல்லாஹி வபரகாதுஹு என்பது'. எல்லாவிதமான ஆபத்துக்கள், துயர்களிருந்தும் ஈடேற்றம் பெறவும், அனைத்து நன்மையான விடயங்களிலும் அதிகம் ஈடுபடவும் நபியவர்களுக்காக கேட்கும் ஒரு பிரார்த்தனையாகும். 'அஸ்ஸலாமு அலைனா வஅலா இபாதில்லாஹிஸ் ஸாலிஹீன் என்பது' : தொழுபவர் மற்றும் வானம் பூமியிலுள்ள நல்லடியார் அனைவரின் ஈடேற்றத்திற்காக கேட்கப்படும் பிரார்த்தனை. 'அஷ்ஹது அன்லாஇலாஹ இல்லல்லாஹு' என்பது,: உண்மையாக வணங்கப்படக்கூடியவன் அல்லாஹ்வைத் தவிர வேறு எதுவுமில்லை என்பதை நான் மிக உறுதியாக ஏற்றுக் கொள்கிறேன். 'அன்ன முஹம்மதன் அப்துஹு வரஸுலுஹு' என்பது; நபியவர்களின் அடிமைத்துவத்தையும், இறுதி தூதுத்துவத்தையும் நான் ஏற்று அங்கீகரிக்கிறேன் என்று பொருளாகும்.
 அத்தஹிய்யாத்தை ஓதிய பின் தொழுபவர் அவருக்கு விரும்பிய பிரார்த்னையை தேர்வு செய்து ஓதவும்  நபியவர்கள் வலியுறுத்தினார்கள்.</t>
   </si>
   <si>
     <t>مَحلُّ هذا التشهدِ القعودُ بعد السجدة الأخيرة في كل صلاة، وبعد الركعة الثانية في الثلاثية والرباعية.
 وجوب التحيات في التشهد، ويجوز أن يتشهدَ بأيِّ لفظ من ألفاظ التشهد مما ثبت عن النبي صلى الله عليه وسلم.
 جواز الدعاء في الصلاة بما أحب ما لم يكن إثمًا.
 استحباب البداءة بالنَّفْس في الدعاء.</t>
   </si>
   <si>
     <t>தஷஹ்ஹுத் அமர்வின் இடம் ஓவ்வொரு தொழுகையினதும் இறுதி ஸஜ்தாவின் பின்னராகும். அதாவது இரண்டு ரக்அத் கொண்ட தொழுகையில் இரண்டாம் ரக்அத்தின் இரண்டாம் ஸஜ்தாவின் பின்னரும், மூன்று, அல்லது நான்கு ரக்அத் கொண்ட தொழுகைகளில் இரண்டாம் ரக்அத்திற்குப் பின்னரும், இறுதியிலும் ஆகும்.
 தஷஹ்ஹுத் அமர்வில் அத்தஹிய்யாத் ஓதுவது வாஜிபாகும். நபியவர்களிடமிருந்து உறுதிப் படுத்தப்பட்ட தஷஹ்ஹுத் வார்த்தைகளில் ஏதாவது ஒன்றை  கூறுவது அனுமதிக்கப்பட்டதாகும்.
 பாவகாரியங்களல்லாத, தமக்கு விருப்பமான துஆவை தொழுகையில் ஓதுவது அனுமதிக்கப்பட்டதாகும்.
 பிரார்த்தனையில் முதலில் தமக்காக  பிரார்த்திப்பது வரவேற்கத்தக்கது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3096</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ</t>
+    <t>اللهم إني أعوذ بك من عذاب القبر، ومن عذاب النار، ومن فتنة المحيا والممات، ومن فتنة المسيح الدجال</t>
   </si>
   <si>
     <t>அல்லாஹும்ம இன்னீ அவூது பிக மின் அதாபில் கப்ரி வமின் அதாபின்னாரி வமின் ஃபித்னதில் மஹ்யா வல் மமாத், வமின் ஃபித்னதில் மஸீஹித் தஜ்ஜால்</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدْعُو وَيَقُولُ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ».
 وفِي لَفْظٍ لِمُسْلِمٍ: «إِذَا فَرَغَ أَحَدُكُمْ مِنَ التَّشَهُّدِ الْآخِرِ، فَلْيَتَعَوَّذْ بِاللهِ مِنْ أَرْبَعٍ: مِنْ عَذَابِ جَهَنَّمَ، وَمِنْ عَذَابِ الْقَبْرِ، وَمِنْ فِتْنَةِ الْمَحْيَا وَالْمَمَاتِ، وَمِنْ شَرِّ الْمَسِيحِ الدَّجَّالِ».</t>
   </si>
   <si>
     <t>அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள்: அல்லாஹும்ம இன்னீ அவூது பிக மின் அதாபில் கப்ரி வமின் அதாபின்னாரி வமின் ஃபித்னதில் மஹ்யா வல் மமாத், வமின் ஃபித்னதில் மஸீஹித் தஜ்ஜால்.என்று -இறுதி தஷஹ்ஹுதின் பின் பிரார்திக்கக் கூடியவராக இருந்தார்கள்: பொருள்: இறைவா! நான் உன்னிடம் கப்ரின் வேதனையிலிருந்தும், நரகின்; வேதனையிலிருந்தும், வாழ்வு மற்றும் இறப்பின் சோதனையிலிருந்தும், தஜ்ஜாலால் ஏற்படும் குழப்பத்திலிருந்தும்; பாதுகாப்பு தேடுகிறேன்.
 முஸ்லிமின் அறிவிப்பில் : 'உங்களில் ஒருவர் கடைசி தஷஹ்ஹூதை ஓதி முடித்த பின், நரக வேதனை, கப்ரு வேதனை, வாழ்வு மற்றும் மரணத்தின் சோதனை, தஜ்ஜால் மூலம் ஏற்படும் தீங்கு ஆகிய நான்கை விட்டும் அல்லாஹ்விடம் பாதுகாப்பு தேடட்டும்'  என்று நபிகள் நாயகம் (ஸல்) அவர்கள் கூறினார்கள்.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يَستعيذُ بالله مِن أربع، بعد التشهد الأخير وقبل السلام في الصلاة، وأَمَرَنا أن نستعيذَ بالله منها، 
 الأولى: مِن عذاب القبر. 
 الثانية: مِن عذاب النار وذلك يوم القيامة. 
 الثالثة: مِن فتنة المَحيا مِن شَهَوات الدنيا المحرمة ومن شبهاتها المُضِلَّة، ومن فتنة المَمَات، أي ساعة الاحتضار، من الزيغ عن الإسلام أو السنة، أو فتنة القبر كسؤال المَلَكين. 
 الرابعة: فتنة المسيح الدَّجَّال الذي يَخْرُج في آخر الزمان، يَبتلي الله به عباده؛ وخَصَّه بالذكر لعظيم فتنته وإضلاله.</t>
   </si>
   <si>
     <t>தொழுகையில் இறுதி தஷஹ்ஹுத் ஒதியதன் பின் ஸலாம் கொடுப்பதற்கு முன் நான்கு விடயங்களிலிருந்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அல்லாஹ்விடம் பாதுகாப்புத் தேடக்கூடியவராக இருந்தார்கள். எனவே நாமும் அவற்றிலிருந்து பாதுகாப்புத் தேடி பிராத்திக்க வேண்டும் என்றும் எமக்கு கட்டளையிடுகிறார்கள்.
 முதலாவது: கப்ரின் வேதனை
 இரண்டாவது: மறுமை நாளின் நரக வேதனை.
 மூன்றாவது: உலக வாழ்வு மற்றும் மரணத்தின் சோதனை : அதாவது உலக வாழ்வின் சோதனை என்பது உலகில் தடைசெய்யப்பட்ட ஆசைகள் மற்றும் வீணான சந்தேகங்கள் ஆகியவற்றைக் குறிக்கும். மரணத்தின் சோதனை மரணத் தருவாயில் இஸ்லாத்ததை விட்டு விலகிச் செல்லுதல் அல்லது ஸுன்னாவிலிருந்து தடம்புரலுதல் அல்லது கப்ரில் நிகழும் இருமலக்குகளின் விசாரணை குறித்த சோதனை போன்றவற்றைக் இது குறிக்கும்.
 நான்காவது : மறுமை நெருங்குகையில் இறுதிக் காலத்தில் வெளிப்படும் தஜ்ஜாலின் சோதனை : இவனால் அடியார்கள் அதிகம் சோதனைக்குள்ளாவார்கள். அந்நேரத்தில் அவனின் சோதனையும் வழிகெடுப்பும் மிகவும் உச்ச நிலையில் இருப்பதாலே இங்கு விசேடமாக குறிப்பிடப்பட்டுள்ளது.</t>
   </si>
   <si>
     <t>هذه الاستعاذة من مهمات الأدعية وجوامعها، لاشتمالها على الاستعاذة من شرور الدنيا والآخرة.
 ثبوت عذاب القبر وأنه حق.
 خطورة الفتن وأهمية الاستعانة بالله والدعاء للنجاة منها.
 إثبات خروج الدَّجَّال وعظم فتنته.
 استحباب هذا الدعاء عقب التشهد الأخير.
 استحباب الدعاء بعد العمل الصالح.</t>
   </si>
   <si>
     <t>இங்கு குறிப்பிடப்பட்ட பாதுகாப்புத் தேடும் பிரார்த்தனையானது பிரார்த்தனைகளில் மிகவும் முக்கியத்துவம் வாய்ந்ததாகவும், இம்மை மறுமையின் தீங்குகளிலிருந்து பாதுகாக்கவல்ல விடயங்களை உள்ளடக்கியிருப்பதாலும் இது கருத்துச் செரிவுமிக்கதாகவும் காணப்படுகிறது.
 மண்ணறை வேதனை உண்மையானது என உறுதிப்படுத்தப்பட்டிருத்தல்.
 சோதனைகளின் அபாயமும், இதிலிருந்து தப்பித்துக்கொள்ள அல்லாஹ்விடம் உதவி தேடி பிரார்த்திப்பதன் முக்கயத்துவமும் இங்கு குறிப்பிடப்பட்டுள்ளமை.
 தஜ்ஜாலின் வருகை உறுதிப்படுத்தப் பட்டிருப்பதுடன் அவனின்  மிகப்பெரும் சோதனையும் குறிப்பிடப்பட்டிருத்தல்.
 இறுதி தஷஹ்ஹூதின் பின் இந்த துஆவை ஓதுவது முஸ்தஹப்பாகும்.
 நல்ல காரியங்களின் பின் இந்த துஆவை ஓதுவது (முஸ்தஹப்பாகும்-) வரவேற்கத்தக்கதாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3103</t>
   </si>
   <si>
-    <t>إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ</t>
+    <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
   </si>
   <si>
     <t>'வெள்ளிக்கிழமை தினத்தில் இமாம் உரையாற்றிக் கொண்டிருக்கும்போது, உன் அருகில் இருப்பவரிடம் நீ 'மௌனமாக இரு' என்று கூறினாலும் நீ வீண்பேச்சு பேசியவனாவாய்'. (ஜும்ஆவின் பலனை இழந்துவிட்டாய்)</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகி றார்கள் : 'வெள்ளிக்கிழமை தினத்தில் இமாம் உரையாற்றிக் கொண்டிருக்கும்போது, உன் அருகில் இருப்பவரிடம் நீ 'மௌனமாக இரு' என்று கூறினாலும் நீ வீண்பேச்சு பேசியவனாவாய்'. (ஜும்ஆவின் பலனை இழந்துவிட்டாய்).</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
     <t>ஜும்ஆவிற்கு சமூகமளித்தவர்  அவசியம் கடைப் பிடிக்க வேண்டிய ஒழுங்கொன்றை பற்றி நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் தெளிவுபடுத்துகிறார்கள். அதாவது கதீப் அவர்கள் உரையாற்றுகையில் அவரின் போதனைகளை, அறிவுறைகளை சிந்தித்துணர்வதற்காக காது தாழ்த்தி மௌனமாக கேட்பது அவ்வொழுங்குகளின் முக்கியமான ஒன்றாகும். இமாம் உரையாற்றிக் கொண்டிருக்கையில் பிறரைப் பார்த்து 'செவிமடுப்பீராக' 'மௌனமாக இருப்பீராக' என  ஆகக் குறைந்தளவிலான வார்த்தைகளினால் பேசினாலும் அவர் ஜும்ஆவின் சிறப்பை இழந்துவிட்டவராவார் என விபரித்துள்ளார்கள்.</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
     <t>ஜும்ஆ உரை நிகழ்த்திக் கொண்டிருக்கையில்; பேசுவது தடுக்கப்பட்டதாகும்- ஹராமாகும்.அது தீமையைத் தடுத்தல், ஸலாத்திற்கு பதிலுரைத்தல், தும்மியவருக்குப் பதில் கூறல்,  போன்ற எந்த வகையான பேச்சாக இருந்தாலும் சரியே.
 ஜும்ஆ உரையின் போது இமாமுடன் ஒருவர்  பேசுதல், அல்லது இமாம் ஒருவருடன் பேசுவது போன்றவை  இதிலிருந்து விதிவிலக்களிக்கப்படுகிறது.
 இரண்டு உரைகளுக்கும் மத்தியில் தேவையின் போது பேசுவது அனுமதிக்கப்பட்டதாகும்.
 இமாம் உரைநிகழ்த்திக்கொண்டிருக்கையில் நபியவர்களின் பெயர்கூறினால் இரகசியமாக அவர்களின்; மீது ஸலாத்தும் ஸலாமும் கூறுவீராக. அதே போன்று இமாம் பிரார்த்தனை செய்தால் அந்த துஆவிற்கு இரகசியமாக ஆமீன் கூறுவீராக.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3107</t>
   </si>
   <si>
-    <t>السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ</t>
+    <t>الساعي على الأرملة والمسكين، كالمجاهد في سبيل الله، أو القائم الليل الصائم النهار</t>
   </si>
   <si>
     <t>'(கணவனை இழந்த) விதவைக்காகவும் ஏழைக்காகவும் பாடுபடுகிறவர், 'இறைவழியில் அறப்போர் புரிபவரைப் போன்றவராவார்' அல்லது 'இரவில் நின்று வணங்கிப் பகலில் நோன்பு நோற்பவரைப் போன்றவராவார்'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : '(கணவனை இழந்த) விதவைக்காகவும் ஏழைக்காகவும் பாடுபடுகிறவர், 'இறைவழியில் அறப்போர் புரிபவரைப் போன்றவராவார்' அல்லது 'இரவில் நின்று வணங்கிப் பகலில் நோன்பு நோற்பவரைப் போன்றவராவார்'.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الذي يقوم بمصالِحِ المرأةِ التي مات عنها زوجُها وليس لها أحدٌ يقوم بشؤونِها، والمسكينِ المُحتاج، ويُنفِقُ عليهم محتسبًا الأجرَ عند الله تعالى، فهو في الأجر كالمجاهد في سبيل الله، أو كالقائم في صلاة التهجد الذي لا يَتعب، الصائم الذي لا يفطر.</t>
   </si>
   <si>
     <t>தனது விவகாரங்களை கவனிப்பதற்கு எவரும் இல்லாத கணவனை இழந்த பெண், மற்றும் தேவையுள்ள ஏழைகளின் நலன்களில் ஈடுபட்டு அல்லாஹ்வின் கூலியை மாத்திரம் எதிர் பார்த்தவராக அவர்களுக்கு செலவு செய்பவருக் குரிய கூலி, இறைபாதையில் போரிடுபவர், தொடர்ச்சியான இராவணக்கத்தின் காரணமாக சோர்வடையாது நின்று வணங்குபவர், தொடர்ந்து நோன்பு நோற்பவர் ஆகியோருக்கு கிடைக்கும் கூலியை ஒத்தது  என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்நபிமொழியில் அறிவித்துள்ளார்கள்.</t>
   </si>
   <si>
     <t>الحثُّ على التعاون والتكافل وسَدّ حاجات الضعفاء.
 العبادة تشمل كلَّ عمل صالح، ومن العبادة السعي على الأرملة والمسكين.
 قال ابن هبيرة: والمراد أن الله تعالى يجمع له ثواب الصائم والقائم والمجاهد في دفعة؛ وذلك أنه قام للأرملة مقام زوجها ...، وقام على ذلك المسكين الذي عجز عن قيامه بنفسه، فأنفق هذا فضل قوته، وتصدق بجَلَدِه، فكان نفعه إذًا  يكافئ الصوم والقيام والجهاد.</t>
   </si>
   <si>
     <t>பலவீனமானவர்களின் தேவைகளைப் பூர்த்தி செய்தல், பரஸ்பர ஒத்துழைப்பு, மற்றும் பாராமரிப்பு  ஆகிய விடயங்களுக்கு இந்நபிமொழி தூண்டுகிறது.
 இபாதத் -வணக்க வழிபாடு என்பது நல்லறங்கள் அனைத்தையும் உள்ளடக்குகிறது, அவற்றில் விதவைகள் மற்றும் ஏழைகளுக்காக உழைப்பதும் அடங்குகிறது.
 இப்னு ஹுபைரா அவர்கள் பின்வரும் கருத்தை குறிப்பிடுகிறார்கள்: அல்லாஹ்; நோன்பாளி, இரவில் நின்று வணங்குபவர், இறைபாதையில் போராடும் போராளி ஆகியோரின் நன்மைகளை ஒன்றிணைத்து குறிப்பிட்டதன் கருத்தாவது, இவ்வாறு பாடுபடுபவர் விதவைகளுக்கு அவர்களின் கணவன்மார்களின் நிலையிலிருந்தும், தன்னால் உழைத்து வாழ்வதில் இயலாதவராக இருப்போருக்கு அவர்களின் நிலையிலிருந்து அதனை செய்து கொடுப்பவராக இருப்பதாகும். ஆகவே இப்பணியைச் செய்யும் அந்த நபர் தனது ஆகாரத்தின் மேலதிகமானதை செலவு செய்தோடு மாத்திரமின்றி தனது உடல் பலத்தையும் அதற்காக அவர் தர்மம் செய்வதால் அவருக்கு நோன்பு இரவு வணக்கம் ஜிஹாத் ஆகியவற்றின் நன்மைகள் கிடைப்பது பொருத்தமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3135</t>
   </si>
   <si>
-    <t>الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ</t>
+    <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
   </si>
   <si>
     <t>இயற்கை மரபுகள் ஐந்தாகும் : விருத்தசேதனம் (கத்னா) செய்வது, மர்ம உறுப்பின் முடியைக் களைவது, மீசையைக் கத்தரித்துக் கொள்வது, நகங்களை வெட்டிக் கொள்வது, அக்குள் முடிகளை அகற்றுவது ஆகியனவாகும்''</t>
   </si>
   <si>
     <t>عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை தான் செவிமடுத்ததாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு  அவர்கள் கூறினார்கள் : "இயற்கை மரபுகள் ஐந்தாகும் : விருத்தசேதனம் (கத்னா) செய்வது, மர்ம உறுப்பின் முடியைக் களைவது, மீசையைக் கத்தரித்துக் கொள்வது, நகங்களை வெட்டிக் கொள்வது, அக்குள் முடிகளை அகற்றுவது ஆகியனவாகும்''.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين:
 أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. 
 وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. 
 وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. 
 ورابعها: قص الأظفار. 
 وخامسها: نتف الإبط.</t>
   </si>
   <si>
     <t>நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இஸ்லாமிய மார்க்கத்திலும் மற்றும் நபிமார்களின் மரபுகளிலும் உள்ள ஐந்து விடயங்களை தெளிவுபடுத்துகிறார்கள்; அவை பின்வருமாறு :
 முதலாவது : விருத்த சேதனம்; விருத்தசேதனம் என்பது ஆணுறுப்பின் மேல் பகுதியில் உள்ள தோலை கத்தரிவிடுதல். பெண் பிறப்புறுப்பில் உறவு கொள்ளும் இடத்திற்கு மேலே உள்ள பகுதியை நீக்கி விடுதல்.
 இரண்டாவது: மர்ம உறுப்பின் மேலே உள்ள பகுதியில் காணப்படும் முடிகளை மழித்தல்.
 மூன்றாவது: மீசையை கத்தரித்தல் -ஒட்ட வெட்டுதல்- அதாவது ஆணின் உதட்டின் மேல் பகுதி தெரியுமளவிற்கு மேல் உதட்டுப்பக்கத்தில் வளரும் முடிகளை கத்தரிப்பதை குறிக்கிறது.
 நான்காவது : நகங்களை களைதல்.
 ஐந்தாவது :அக்குள் முடிகளை களைதல்.</t>
   </si>
   <si>
     <t>سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال.
 مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها.
 لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله.
 ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர்களின் இயற்கை மரபுகளை -வழிமுறைகளை அல்லாஹ் விரும்பி வரவேற்போதோடு அவற்றை கடைப்பிடித்து ஒழுகுமாறும் கட்டளையிடுகிறான். அவை யாவும் முழுமை, தூய்மை, அழகு போன்றவற்றிற்கு வழிவகுக்கிறது.
 இயற்கை மரபுகளில் அலட்சியம் கொள்ளாது பேணிநடப்பது மார்க்கம் வழிகாட்டிய விடயமாகும்.
 இவ்விடயங்களைக் கடைபிடிப்பதால் பலவிதமான ஆன்மீக, லௌகீக பயன்பாடுகள் உள்ளன. அழகிய தோற்றம், உடற்சுத்தம், ஆன்மீக சுத்தத்திற்கான பேணுதல், நிராகரிப்பாளர்களின் கலாச்சாரத்திற்கு மாறுசெய்தல், இறைக்கட்டளையை எடுத்து நடத்தல் போன்றன அவற்றுள் சிலதாகும்.
 வேறு அறிவிப்புகளில் -ஹதீஸ்களில்- இங்கே குறிப்பிடப்பட்ட ஐந்து விடயங்களுக்கு மேலதிகமாக தாடி வளர்த்தல், மிஸ்வாக் செய்தல் போன்ற இவை அல்லாத பல விடயங்கள் குறிப்பிடப்பட்டுள்ளன.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3144</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ</t>
+    <t>كان النبي صلى الله عليه وسلم إذا دخل الخلاء قال: اللهم إني أعوذ بك من الخبث والخبائث</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கழிப்பறைக்கு நுழையும் போது : 'அல்லாஹும்ம இன்னீ அஊதுபிக மினல் குப்ஸி வல் கபாஇஸி' எனக் கூறுபவர்களாக இருந்தார்கள். பொருள்: யா அல்லாஹ்! உன்னிடம் ஷைத்தான்களில் ஆண் மற்றும் பெண்ணகளின் தீங்கை விட்டும் உன்னிடம் பாதுகாப்புத் தேடுகிறேன்'</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَألَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ».</t>
   </si>
   <si>
     <t>அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கழிப்பறைக்கு நுழையும் போது : 'அல்லாஹும்ம இன்னீ அஊதுபிக மினல் குப்ஸி வல் கபாஇஸி' எனக் கூறுபவர்களாக இருந்தார்கள். பொருள்: யா அல்லாஹ்! உன்னிடம் ஷைத்தான்களில் ஆண் மற்றும் பெண்ணகளின் தீங்கை விட்டும் உன்னிடம் பாதுகாப்புத் தேடுகிறேன்'</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد دُخولَ المكانِ الذي سيَقضي فيه حاجتَه، بَولًا أو غائِطًا، استعاذ بالله، والتجأ إليه أنْ يَقِيَه شَرَّ الشياطين من ذكور وإناث، 
 وفُسِّر الخبث والخبائث أيضًا بالشر وبالنجاسات.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது இயற்கைத் தேவையை நிறைவேற்றுவதற்காக கழிவறைக்குள் நுழையும்போது அல்லாஹ்விடம் ஆண் பெண் ஷைத்தான்களின் தீங்கை விட்டும் பாது காக்குமாறு கோருவார்கள். ஹதீஸில் குறிப்பிடப்பட்ட அல்குப்ஸ்,அல்கபாஇஸ் என்பது தீங்கு மற்றும் அசுத்தம் எனவும் பொருள் கோடல் செய்யப்பட்டுள்ளது.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند إرادة دخول الخلاء.
 جميع الخلق مفتقرون إلى ربهم في دفع ما يؤذيهم أو يضرهم في كل أحوالهم.</t>
   </si>
   <si>
     <t>இயற்கைத்தேவையை நிறைவேற்ற கழப்பிடத்தினுள் நுழைபவர் இந்த துஆவை ஓதுவது (முஸ்தஹப்பாகும்) நபி வழியாகும்.
 அடியார்கள் -மனிதர்கள்- யாவரும் எல்லா நிலைகளிலும் தங்களுக்கு தீங்கை ஏற்படுத்தும், அல்லது பாதிப்பை ஏற்படுத்துபவையிலிருந்து அல்லாஹ்விடம்  பாதுகாப்புக்கோருவதற்கு  தேவையுடையவர்களாக இருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3150</t>
   </si>
   <si>
-    <t>سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ</t>
+    <t>ستكون أثرة وأمور تنكرونها قالوا: يا رسول الله فما تأمرنا؟ قال: تؤدون الحق الذي عليكم، وتسألون الله الذي لكم</t>
   </si>
   <si>
     <t>உண்மையில், எனக்குப் பிறகு நீங்கள் வெறுக்கும் சில விடயங்களும், ஆட்சியாளர்கள் செல்வங்களை தாங்களே அனுபவிக்கும் போக்கும் காணப்படும்' அல்லாஹ்வின் தூதரே, நீங்கள் எங்களுக்கு என்ன கட்டளையிடுகிறீர்கள்? என்று கேட்டனர். அவர் கூறினார்: 'உங்களுக்குரிய  பொறுப்புகளை நிறைவேற்றுவதன் மூலம் உங்களுக்குரியதை அல்லாஹ்விடம் கேளுங்கள்.' என்றார்கள்</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்   அவர்கள் கூறியதாக இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : உண்மையில், எனக்குப் பிறகு நீங்கள் வெறுக்கும் சில விடயங்களும், ஆட்சியாளர்கள் செல்வங்களை தாங்களே அனுபவிக்கும் போக்கும் காணப்படும்' அல்லாஹ்வின் தூதரே, நீங்கள் எங்களுக்கு என்ன கட்டளையிடுகிறீர்கள்? என்று கேட்டனர். அவர் கூறினார்: 'உங்களுக்குரிய  பொறுப்புகளை நிறைவேற்றுவதன் மூலம் உங்களுக்குரியதை அல்லாஹ்விடம் கேளுங்கள்.' என்றார்கள்.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه سيتولى على المسلمين وُلاةٌ يَستأثِرون بأموال المسلمين وغيرِها مِن أمور الدنيا، يَصْرِفُونها كما شاؤوا ويمنعون المسلمين حقَّهم فيها. 
 وسيكون منهم في الدِّين أمورٌ تُنْكَر. 
 فسَألَ الصحابةُ رضي الله عنهم: ماذا يفعلون في تلك الحال؟ 
 فأخبرهم صلى الله عليه وسلم أنه لا يمنعكم انفرادُهم بالمال أنْ تَمْنَعوا ما يجب عليكم نحوَهم من السمع والطاعة، بل اصبروا واسمعوا وأطيعوا ولا تنازعوهم الأمر، واسألوا الحق الذي لكم من الله، وأن يُصلحَهم ويَدفعَ شرَّهم وظلمَهم.</t>
   </si>
   <si>
     <t>ஒரு காலம் வரும் அதில் முஸ்லிம்களின் விவகராங்களை பொறுப்பேற்று நடத்தும் சில ஆட்சியாளர்கள் -அதிகாரிகள்- குடிமக்களின் செல்வங்கள் மற்றும் இது போன்ற உலகியல் விவகாரங்களை அவர்கள் அனுபவிப்பதோடு அவற்றை அவர்கள் நாடிய விதத்தில் கையாள்வார்கள். அதில் தங்களது குடிமக்களின் உரிமைகளை வழங்காது தடுத்துக்கொள்வார்கள் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெரிவிக்கிறார்கள். அவர்களின் செயற்பாடுகளில் மார்க்கம் சார்ந்த ஏற்றுக்கொள்ள முடியாத வெறுத்தக்க விடயங்களும் காணப்படும். என்று நபியவர்கள் கூறிய போது  ஸஹாபாக்கள் இவ்வாறான நிலையில் தாம் செய்ய வேண்டியது குறித்து விசாரித்தார்கள். அப்போது. அவ்வதிகாரிகள் செல்வங்களை உங்களுக்கு பகிராது அனுபவிக்கும் நிலையானது, நீங்கள் அவர்களுக்கு கட்டாயம் செய்ய வேண்டிய அவர்களின் கட்டளைகளுக்கு செவிதாழ்த்தி கட்டுப்பட்டு நடக்கும் கடமையை தடுத்து விடாதிருக்கட்டும்.) மாறாக இவ்வாறான நிலையில் நீங்கள் பொறுமையை கடைப்பிடித்து அவர்களுக்கு செவிசாய்த்து அவர்களுக்கு கட்டுப்பட்டு நடந்து கொள்ளுங்கள். அவர்களின் ஆட்சிக்கெதிராக முரண்பட்டுச் செல்லாதீர்கள். உங்களுக்குரிய உரிமை கிடைக்கவும், அவர்களை சீர்ப்படுத்துமாறும் அவர்களின் தீங்கு மற்றும் அநியாயத்திலிருந்து பாதுகாக்குமாறும்  அல்லாஹ்விடம் வேண்டுங்கள் என்று வழிப்படுத்தினார்கள்.</t>
   </si>
   <si>
     <t>الحديثُ من دلائل نبوَّتِه صلى الله عليه وسلم حيث أخبر بما سيكون في أمته فوقع كما أخبر.
 جوازُ إعلام المُبتلى بما يُتَوَقَع له من البلاء؛ لِيُوَطِّنَ نفسَه فإذا أتاه كان صابرًا محتسبًا.
 الاعتصام بالكتاب والسنة مخرج من الفتن والاختلاف.
 الحث على السمع والطاعة لولاة الأمور بالمعروف، وعدم الخروج عليهم، وإنْ وقع منهم ظلم.
 استعمال الحكمة واتباع السنة في زمن الفتن.
@@ -1334,88 +1337,88 @@
     <t>மதுபானம் அருந்திய ஒரு மனிதன் ரஸூல் (ஸல்) அவர்களிடம் கொண்டு வரப்பட்டார்.அவரை அடியுங்கள் என்று நபியவர்கள் கூறினார்கள்.என அபூ ஹுரைரா (ரழி) அவர்கள் அறிக்கின்றார்கள். மேலும் " நம்மில் சிலர் அந்த மனிதனைத் தம் கரத்தாலும்,இன்னும் சிலர் தம் செருப்பாலும்,மற்றும் சிலர் தம் துணியாலும் அடித்தனர்.மேலும் அவர் அங்கிருந்து செல்லும் போது சிலர் அல்லாஹ் உன்னைக் கேவலமடையச் செய்வானாக என்று கூறினர்.அதற்கு நபியவர்கள் நீங்கள் இப்படிக் கூறாதீர்கள்,இப்படி அவருக்கு எதிராக சைத்தானுக்குத் துணை போகாதீர்கள்,என்று ரஸுல் (ஸல்) அவர்கள் கூறினார்கள்" எனவும் அபூ ஹுரைரா (ரழி) அவர்கள் கூறினார்கள்.</t>
   </si>
   <si>
     <t>معنى الحديث: أن الصحابة -رضي الله تعالى عنهم- جاءوا إلى النبي صلى الله عليه وسلم برجل قد شرب الخمر، فأمر النبي صلى الله عليه وسلم بضربه فضربه الصحابة، فبعضهم ضربه بيده دون استعمال أداة أخرى من أدوات الضرب، ومنهم الضارب بنعله وهذا من التنكيل به ومنهم الضارب بثوبه، ولم يستعملوا السوط الذي هو أداة الحد في الضرب، وجاء في رواية أنه أمر عشرين رجلًا فضربه كل رجل جلدتين بالجريد والنعال، وهذا يفسر أن الجلد أربعين، وما جاء عن الخلفاء الراشدين من زيادة على ذلك فهو تعزير راجع للإمام.
 ثم لما فرغ الناس من ضربه، دعا عليه بعضهم بقوله : " أخزاك الله" أي: دعا عليه بالخزي، وهو الذل والمهانة والفضيحة بين الناس، فقال النبي صلى الله عليه وسلم : "لا تقولوا له هكذا لا تعينوا عليه الشيطان"؛ لأنهم إذا دعوا عليه بالخزي ربما استجيب لهم، فبلغ الشيطان مأربه، ونال مقصده ومطلبه، وحتى لا ينفر العاصي وقد حد.</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம்:மதுபானம் குடித்திருந்த ஒரு மனிதனை ரஸூல் (ஸல்) அவர்களிடம் ஸஹாபாக்கள் அழைத்து வந்தனர்.அப்பொழுது அவரை அடிக்கும்படி நபியவர்கள் கட்டளையிட்டார்கள்.எனவே அவரை ஸஹாபாக்கள் அடிக்கலாயினர்.அவ்வமயம் சிலர் அவரை வெறும் கையால் அவரை அடித்தனர்.இன்னும் சிலர் தங்களின் செருப்பைக் கொண்டு அவரை அடித்தனர்.மற்றவர்களை எச்சரிக்கை செய்யும் நோக்கில் அவர்கள் இப்படி செய்தனர்.வேறு சிலர் தங்களின் துணியைக் கொண்டு அவரை அடித்தனர்.அதாவது 'ஹத்து எனும் தண்டனையை நிறைவேற்ற உபயோகிக்கும் சவுக்கை அவர்கள் பயன்படுத்தவில்லை.மேலும் ஈத்த மர மட்டைகளைக் கொண்டு அல்லது செருப்புக்களைக் கொண்டு இரண்டு இரண்டு தடவைகள் அவரை அடிக்கும்படியாக இருபது பேர்களுக்கு ரஸூல் (ஸல்) அவர்கள் கட்டளையிட்டார்கள் என்று பிரிதொரு ரிவாயத்தில் பதிவாகியுள்ளது.இது மதுபானத்தின் ஹத்து நாற்பது கசையடிகள் என்பதைத் தௌிவு படுத்துகின்றது.எனினும் குலபாஉர் ராசிதீன்கள் இதை விவும் அதிகமாகத் தண்டித்திருப்பதாகப் பதிவாகியுள்ளது.அதன்கருத்தாவது நாட்டுத் தலைவர் சந்தர்ப்பததை பொறுத்து மேற்கொள்ளும் தண்டனையைச் சார்ந்ததாகும்.மேலும் மேற்படி நபரை மக்கள் அடித்து முடிந்ததும் அவருக்கு சமூகத்தின் மத்தியில் இழிவும்,அவமானமும் உண்டாகட்டும்,என்று சிலர் அவரை சபித்தனர்.அப்பொழுது நபியவர்கள் "இப்படிக் கூறாதீர்கள்,இப்படி அவருக்கு எதிராக சைத்தானுக்குத் துணை போகாதீர்கள்,என்று கூறினார்கள்.ஏனெனில் சில வேளை இவர்களின் இந்த சாபம் ஏற்றுக் கொள்ளப்பட்டு விடுமாயின்,அவன் அவமானம் அடைய வேண்டுமென்ற சைத்தானின் நோக்கம் நிறைவேறிவிடும் .என்பதற்காகவும், ஹத்தின் தண்டனை நிறைவேற்றப்பட்ட குற்றவாளி மற்றவர்களின் வெறுப்புக்கு ஆளாகக் கூடாது என்பதற்காகவுமே நபியவர்கள் இப்படிக் கூறாதீர்கள் என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>حصول حد شارب الخمر بالضرب باليد وأطراف الثوب والجريد والنعال.
 الحدود زواجر جوابر فمن أقيم عليه الحد كان كفارة له.
 أسلوب النبي -صلى الله عليه وسلم- في توجيه العصاة بعدم تعييرهم أو سبهم، مما يجعل ذلك أدعى إلى استجلابهم إلى ترك المعاصي.
 لا ينبغي للمسلم أن يكون عوناً للشيطان على أخيه المسلم إذا فرط في حق من الحقوق.
 على المسلمين أن يحرصوا على رد العصاة إلى جانب الحق و الصواب.
 مرتكب الكبيرة لا يكفر بها لثبوت النهي عن لعنه، والأمر بالدعاء له.
 فيه دليل على أن الإنسان إذا فعل ذنبًا وعوقب عليه في الدنيا، فإنه لا يجوز لنا أن ندعو عليه بالخزي والعار، بل نسأل الله له الهداية، ونسأل الله له المغفرة.
 فيه تحريم شرب الخمر وأن من شربها عوقب.
 فيه الرفع إلى ولي الأمر إذا اقتضى الأمر ذلك.
 الدعاء للعاصي بعد إقامة الحد علية بالتوفيق والنجاة من الخذلان.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3262</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ</t>
+    <t>والذي نفس محمد بيده لا يسمع بي أحد من هذه الأمة يهودي ولا نصراني، ثم يموت ولم يؤمن بالذي أرسلت به إلا كان من أصحاب النار</t>
   </si>
   <si>
     <t>'முஹம்மதின் உயிர் யாருடைய கையிலுள்ளதோ அவன்மீது சத்தியமாக! இந்த(இறுதி)ச் சமுதாயத்திலுள்ள யூதரோ கிறிஸ்தவரோ யாரேனும் ஒருவர் என்(மார்க்கத்தி)னைப் பற்றிக் கேள்விப்பட்ட பிறகும்கூட நான் கொண்டுவந்த (மார்க்கத்)தை நம்பிக்கை கொள்ளாமல் இறந்துவிட்டால், அவர் நரகவாசிகளில் ஒருவராகவே இருப்பார்'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صلى الله عليه وسلم أنه قال: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ».</t>
   </si>
   <si>
     <t>நபி (ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'முஹம்மதின் உயிர் யாருடைய கையிலுள்ளதோ அவன்மீது சத்தியமாக! இந்த(இறுதி)ச் சமுதாயத்திலுள்ள யூதரோ கிறிஸ்தவரோ யாரேனும் ஒருவர் என்(மார்க்கத்தி)னைப் பற்றிக் கேள்விப்பட்ட பிறகும்கூட நான் கொண்டுவந்த (மார்க்கத்)தை நம்பிக்கை கொள்ளாமல் இறந்துவிட்டால், அவர் நரகவாசிகளில் ஒருவராகவே இருப்பார்'.</t>
   </si>
   <si>
     <t>يَحْلِفُ النبيُّ صلى الله عليه وسلم بالله أنه لا يَسمعُ به أَحَدٌ مِن هذه الأمة، يَهوديٌّ أو نصرانيٌّ أو غيرُهما تَبْلُغُه دعوةُ النبي صلى الله عليه وسلم ثم يموت ولم يؤمن به إلا كان من أصحاب النار خالدًا فيها أبدًا.</t>
   </si>
   <si>
     <t>இந்த சமூகத்தில் உள்ள ஒரு யூதன் அல்லது கிறிஸ்தவர் அல்லது இவர்கள் அல்லாத பிறமதம் சார்ந்த எவராயினும், தங்களுக்கு நபி ஸல்லலலாஹு அலைஹிவஸல்லம் அவர்களின் மார்க்கம் பற்றிய அழைப்பு கிடைத்தும் அதனை விசுவாசிக்காது மரணித்தால் அவர் நிரந்தர நரகாவாதிகளுள் ஒருவராக மாறிவிடுவார்.</t>
   </si>
   <si>
     <t>عموم رسالةِ النبيِّ صلى الله عليه وسلم إلى جميع العالم، ووجوب اتِّباعِه، ونسخ جميع الشرائع بشرعه. 
 مَن كَفَرَ بالنبي صلى الله عليه وسلم لم ينفعه زَعْمُه إيمانَه بغيرِه من الأنبياء صلوات الله عليهم أجمعين.
 من لم يَسمع بالنبي صلى الله عليه وسلم، ولم تَبْلغْه دعوةُ الإسلام فهو معذور، وأَمْرُه في الآخرة إلى الله تعالى.
 يتحقق الانتفاع بالإسلام وإن كان قُبيل الموت، ولو في المرض الشديد، ما لم تبلغ الروح الحلقوم.
 تصحيح دين الكفار -ومنهم اليهود والنصارى- كُفْرٌ.
  ذكر اليهودي والنصراني -في الحديث- تنبيهًا على من سواهما؛ وذلك لأن اليهود والنصارى لهم كتاب، فإذا كان هذا شأنهم، فغيرهم ممن لا كتاب له أولى، فكلُّهم يجب عليهم الدخول في دينه وطاعته صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>நபி (ஸல்லல்லாஹு  அலைஹிவ வஸல்லம்) அவர்களின் தூதுத்துவம் உலகில் உள்ளோர் யாவருக்கும் பொதுவானது என்பதை இந்த ஹதீஸ் எடுத்துக் காட்டுகின்றமை. எனவே அவர்களைப் பின்பற்றுவது அவசியமாகும், அவர்களது மார்க்கத்தின் மூலம் முன்னைய அனைத்து மார்க்கங்களும் மாற்றப்பட்டுவிட்டன.
 யார் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களை ஏற்று ஈமான் கொள்ளவில்லையோ அவர் ஏனைய நபிமார்களை ஏற்றிருப்பினும் அவரின் ஈமானில் எவ்வித பயனும் கிடையாது.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்களைப் பற்றிக் கேள்விப்படாதோர், இஸ்லாமிய அழைப்புக் கிடைக்காதோர் சலுகை அளிக்கப்பட்டவர்களாகும். மறுமை நாளில் அவர்கள் குறித்த இறுதி தீர்ப்பு அல்லாஹ்விடமே உள்ளது.
 மரணத்தை நேரடியாகக் காணும் வரை கடுமையான நோயிலும் சரி மரணம் சம்பவிக்க சற்று முன்னரும் சரி இஸ்லாத்தில் நுழைவதன் மூலம் பயனடையலாம்.
 காபிர்களின் மதங்களை – அவை யூத கிறிஸ்தவர்களின் மதமாயினும் அவற்றை - சரிபடுத்துவது இறைநிராகரிப்பாகும்.
 இங்கு யூத, கிறிஸ்தவர்களைக் குறித்துக் கூறக் காரணம் ஏனையோருக்கு விழிப்புணர்வு ஊட்டுவதற்காகும், ஏனெனில் யூத,கிறிஸ்தவர்கள் இறைவேதம் வழங்கப்பட்டவர்கள், அவர்களது நிலையே இவ்வாறென்றால் வேதம் கொடுக்கப் படாத பிற நிராகரிப்பாளர்களின் கெதி அதை விட மோசமாகவே இருக்கும். அனைவரும் நபியவர்களின் இம்மார்க்கத்தில் நுழைந்து, கட்டுப்படல் அவசியமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3272</t>
   </si>
   <si>
-    <t>أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى</t>
+    <t>أحفوا الشوارب وأعفوا اللحى</t>
   </si>
   <si>
     <t>'மீசையைக் கத்தரியுங்கள், தாடியை வளர விடுங்கள்'</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்  கூறியதாக இப்னு உமர் ரழியல்லாஹு அன்ஹுமா அவர்கள் கூறினார்கள் : 'மீசையைக் கத்தரியுங்கள், தாடியை வளர விடுங்கள்'.</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்  மீசையை கத்தரிக்குமாறு ஆணையிடுகிறார்கள். அத்துடன் அதனை கத்தரிக்காது விட்டுவிடுவதை எச்சரிப்பதோடு அதனை இயலுமான வரை கத்தரிக்குமாறு வேண்டுகிறார்கள்.
 மீசையை நன்கு கத்தரிக்குமாறு குறிப்பிட்ட நபியவர்கள் தாடியை நன்கு அடர்த்தியாக வளர்க்குமாறு கட்டளையிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>தாடியை மழிப்பது ஹராமாகும்.</t>
   </si>
   <si>
@@ -1430,206 +1433,206 @@
   <si>
     <t>عن أبي هريرة رضي الله عنه مرفوعاً: «إذا توضَّأ العبدُ المسلم، أو المؤمن فغسل وَجهَهُ خرج مِنْ وَجْهِهِ كُلُّ خَطِيئَةٍ نظر إليها بِعَينَيهِ مع الماء، أو مع آخر قَطْرِ الماء، فإذا غسل يديه خرج من يديه كل خطيئة كان بَطَشَتْهَا يداه مع الماء، أو مع آخِرِ قطر الماء، فإذا غسل رجليه خرجت كل خطيئة مَشَتْهَا رِجْلَاه مع الماء أو مع آخر قطر الماء حتى يخرج نَقِيًا من الذنوب».</t>
   </si>
   <si>
     <t>ஒரு முஸ்லிம் அடியான் அல்லது ஒரு விசுவாசி வுழூ செய்யும் போது அவன் தனது முகத்தைக் கழுவியதும் அந்தத் தண்ணீருடன் அல்லது இறுதித் துளி தண்ணீருடன் அவன் தன் இரு கண்களாலும் பார்த்த தவறுகள் யாவும் வெளியேறி விடும்.மேலும் அவன் தன் இரு கைகளையும் கழுவியதும் அவனின் இரண்டு கரங்களும் தொட்ட பாவங்கள் யாவும் அந்தத் தண்ணீருடன் அல்லது இறுதித் துளி தண்ணீருடன் அதனை விட்டும் வெளியேறி விடும். மேலும் அவன் தனது இரண்டு கால்களையும் கழுவியதும் அவனின் இரண்டு கால்களும் நடந்து சென்று செய்த பாவங்கள் யாவும் அந்தத் தண்ணீருடன் அல்லது இறுதித் துளி தண்ணீருடன் வெளியேறி விடும்.ஈற்றில் அவன் சகல பாவங்களை விட்டும் தூய்மையாக வெளியேறி விடுவான்.என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள் என அபூ ஹுரைரா (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>الوضوء الشرعي تُطهَّر فيه الأعضاء الأربعة: الوجه، اليدان، والرأس، والرجلان.
 وهذا التطهير يكون تطهيرًا حسيا، ويكون تطهيرا معنويا، أما كونه تطهيرا حسيا فظاهر؛ لأن الإنسان يغسل وجهه، ويديه، ورجليه، ويمسح الرأس، وكان الرأس بصدد أن يغسل كما تغسل بقية الأعضاء، ولكن الله خفف في الرأس؛ ولأن الرأس يكون فيه الشعر، والرأس هو أعلى البدن، فلو غسل الرأس ولا سيما إذا كان فيه الشعر؛ لكان في هذه مشقة على الناس، ولا سيما في أيام الشتاء، ولكن من رحمة الله عز وجل أن جعل فرض الرأس المسح فقط، فإذا توضأ الإنسان لا شك أنه يطهر أعضاء الوضوء تطهيرا حسيا، وهو يدل على كمال الإسلام؛ حيث فرض على معتنقيه أن يطهروا هذه الأعضاء التي هي غالبا ظاهرة بارزة.
 أما الطهارة المعنوية، وهي التي ينبغي أن يقصدها المسلم، فهي تطهيره من الذنوب، فإذا غسل وجهه خرجت كل خطايا نظر إليها بعينه، وذكر العين -والله أعلم- إنما هو على سبيل التمثيل، وإلا فالأنف قد يخطئ، والفم قد يخطئ؛ فقد يتكلم الإنسان بكلام حرام، وقد يشم أشياء ليس له حق يشمها، ولكن ذكر العين؛ لأن أكثر ما يكون الخطأ في النظر.
 وتكفير الذنوب في الحديث يراد بها الصغائر، أما الكبائر فلا بد لها من توبة.</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம்:முகம்,இரண்டு கைகள்,தலை, இரண்டு கால்கள் ஆகிய நான்கு உருப்புக்களையும் ஷரீஆ கூறும். வுழூஃ தூய்மைப்படுத்தி வைக்கும். மேலும் இந்தத் தூய்மைப்படுத்தும் காரியம் புலன் மூலம் உணரும் அடிப்படையிலும், மற்றும் ஆன்மீக அடிப்படையிலும் நிகழும்.வுழூ செய்யும் போது முகம்,கை,கால்களைக் கழுவிக் கொள்வதன் மூலமும், தண்ணீரைத் தொட்டுத் தலையை மஸ்ஹு செய்துக் கொள்வதன் மூலமும் இந்த உருப்புக்கள் சுத்தமாக்கப்படுவது புலன் மூலம் உணரத் தக்கவை என்பது வெளிப்படை. எனினும் ஏனைய உருப்புக்களை கழுவும்படியாகப் பணித்திருக்கும் அல்லாஹ் தலை விடயத்தில் அதனை மஸ்ஹு செய்து கொள்ளும்படி இலகுபடுத்தித் தந்துள்ளான். ஏனெனில் தலை உடலுக்கு மேலே இருக்கின்றபடியால் அதில் தலை முடியும் இருக்குமானால் அதனைக் கழுவும் போது குறிப்பாக மாரி காலத்தில் மக்களுக்கு அதனால் கடும் சிரமம் ஏற்படும். எனவே தலை விடயத்தில் அதனைக் கழுவி விடுவதற்குப் பதிலாக அதனை மஸ்ஹு செய்வதனை மாத்திரம் அல்லாஹ் கட்டாயப் படுத்தியுள்ளான். இது அல்லாஹ்வின் பேரருளாகும். பெரும்பாலும் வெளியில் தெரியும் இந்த உருப்புக்களை வுழூவின் போது கழுவிக் கொள்வதை இஸ்லாம் மார்க்கம் கட்டயப்படுத்தி யிருப்பது, இஸ்லாத்தின் பூரணத் தன்மையை எடுத்துக் காட்டுகிறது. அதாவது இஸ்லாத்தை ஏற்றுக் கொண்டவன் எப்பொழுதும் சுத்தமாக இருக்க வேண்டுமென்பதே இதன் கருத்தாகும். மேலும் வுழூவின் மூலம் அநுகூலமாகும் ஆன்மீக சுத்தமே ஒரு முஸ்லிமுக்கு மிகவும் தேவையானதாகும். அதுதான் பாவங்களை விட்டும் தூய்மையாகுதல். இது அந்த உருப்புக்களைக் கழுவும் போது அதிலிருந்து வெளியேறும் பாவங்களின் மூலம் உறுதியாகிறது.முகத்தைக் கழுவும் போது அவன் தன் கண்கள் மூலம் பார்த்த தவறுகள் யாவும் வெளியேறிவிடும் என்று இங்கு குறிப்பட்டிருப்பது ஒரு எடுத்துக் காட்டலின் அடிப்படையிலாகும். ஏனெனில் சில வேளை மூக்கு தான் நுகரக் கூடாததை நுகருவதன் மூலமும்,வாய் ஹராமான பேச்சுக்கப் பேசுவதன் மூலமும் தவறுகள் ஏற்படலாம்.எனினும் பார்வை மூலமே பெரும்பாலும் தவறுகள் நிகழ்கின்றன. எனவேதான் இங்கு கண் குறிப்பிடப்பட்டுள்ளது.எனினும் இதன் நோக்கத்தை நன்கு அறிந்தவன்அல்லாஹ் ஒருவனே. மேலும் வுழூஃ பாவங்களுக்குப் பிராயச்சித்தமாகும், என்று ஹதீஸில் குறிப்பிடப்பட்டிருப்பதன் மூலம் சிறு பாவங்களே கருதப்படுகின்றனவேயன்றி,பெரும் பாவங்களல்ல. ஏனெனில் பெரும் பாவங்களுக்காக பாவமன்னிப்புக் கேட்பது கட்டாயமாகும்</t>
   </si>
   <si>
     <t>فضل الوضوء، وأن المواظبة عليه وسيلة للنقاء من الذنوب.
 كل عضو من أعضاء الإنسان يقع في بعض المعاصي، فالعين بالنظر، واليد بالبطش واليد بالسرقة ونحو ذلك، ولذلك الذنوب تتبع كل جارحة اكتسبتها، وتخرج من كل جارحة تاب منها.
 وجوب غسل القدمين وعدم إجزاء مسحهما.
 الوضوء يكفر خطايا هذه الأعضاء التي يجري عليها ماؤه.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3284</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>'யாரேனும் என்னுடைய இந்த வுழூவைப் போன்று செய்து, பின்னர் தீய எண்ணங்களுக்கு இடம் தராமல் இரண்டு ரக்அத்துகள் தொழுதால் அவர் முன்னர் செய்த (சிறு) பாவங்களை அல்லாஹ் மன்னிக்கிறான்'</t>
   </si>
   <si>
     <t>عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>உஸ்மான் இப்னு அஃப்பான் ரழியல்லாஹு அன்ஹு அவர்களின் அடிமையான ஹும்ரான் அவர்கள் உஸ்மான் ரழியல்லாஹு அன்ஹுஅவர்கள் வுழு செய்த நிகழ்வை அறிவிக்கிறார்கள்: உஸ்மான் ரழியல்லாஹு அன்ஹு அவர்கள்  ஒரு பாத்திரத்தில் தண்ணீர் கொண்டு வரச் சொல்லித் தம் இரண்டு முன் கைகளில் மூன்று முறை ஊற்றிக் கழுவினார்கள். பின்னர் தம் வலக்கரத்தைப் பாத்திரத்தில் செலுத்தி, வாய்க் கொப்பளித்து, மூக்கிற்குத் தண்ணீர் செலுத்தி சிந்தினார்கள். பின்னர் தம் முகத்தை மூன்று முறை கழுவினார்கள். பின்னர்  இரு கைகளையும் முழங்கை உட்பட கழுவினார்கள். பின்பு தலையை ஈரக் கையால் தடவினார்கள். பின்னர் தம் இரண்டு கால்களையும் கரண்டை வரை மூன்று முறை கழுவினார்கள். பிறகு 'நான் வுழூச் செய்வதைப் போன்றே நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் வுழூச் செய்ததை பார்த்திருக்கிறேன்' என்று கூறிவிட்டு, நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் என்னிடம், 'யாரேனும் என்னுடைய இந்த வுழூவைப் போன்று செய்து, பின்னர் தீய எண்ணங்களுக்கு இடம் தராமல் இரண்டு ரக்அத்துகள் தொழுதால் அவர் முன்னர் செய்த (சிறு) பாவங்களை அல்லாஹ் மன்னிக்கிறான்' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.
 فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.</t>
   </si>
   <si>
     <t>உஸ்மான் ரழியல்லாஹு அன்ஹு அவர்கள் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் வுழுசெய்யும் முறையை, அழகிய முறையில் தெளிவு படுத்தும் நோக்கில் செயன்முறை ரீதியாக கற்றுக் கொடுத்தார்கள். ஒரு பாத்திரத்தில் தண்ணீரை கொண்டு வரக் கூறி அதனை தனது இருகைகளிலும் மூன்று முறை ஊற்றி கழுவிவிட்டு, பின்னர் தனது வலது கையை பாத்திரத்தினுள் இட்டு நீரை எடுத்து வாயிலிட்டு நன்றாக அந்நீரை சுலட்டி, பின்னர் அதனை வெளியே கொப்பளித்ததோடு, அதே நீரால் நாசினுள் இட்டு அதனை வெளியே சிந்தினார்கள். அதனைத் தொடர்ந்து மூன்று முறை முகத்தைக் கழுவினார்கள். பின் முழங்கை உட்பட இரு கைகளையும் கழுவினார்கள். அதனைத் தொடர்ந்து ஈரக்கையால் தலையை ஒரு தடவை தடவினார்கள். பின்னர் கரண்டைக்கால் உட்பட இரு கால்களையும் கழுவினார்கள்.
 உஸ்மான் ரழியல்லாஹு அன்ஹு அவர்கள் வுழு செய்து முடிந்ததும் தான் வுழூச் செய்ததைப் போன்றே நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் வுழூச் செய்ததை தான் பார்த்ததாக அவர்களிடம் தெரிவித்தார்கள். அத்துடன் அவர்கள்; வுழு செய்ததைப் போன்று வுழுசெய்து விட்டு தனது இரட்சகனுக்கு முன் நின்று உள்ளச்சத்துடன் மெய்நிலையில் - உள்ளத்தை ஓர்நிலைப்படுத்தியவராக இரண்டு ரக்அத்துக்கள் தொழுதால் அவரின் முழுமையான வுழுவிற்கும் தூய்மையான அவரின் தொழுகைக்கும் அல்லாஹ் அவரின் முன்சென்ற சிறுபாவங்களை மன்னித்து கூலி வழங்குகிறான் என்ற நற்செய்தியையும் குறிப்பிட்டார்கள்.</t>
   </si>
   <si>
     <t>استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما.
 ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل.
 ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك.
 استحباب التيامن في الوضوء.
 مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار.
 استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة.
 مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث.
 لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.</t>
   </si>
   <si>
     <t>வுழு செய்ய ஆரம்பிக்க முன் ஒருவர் தூங்கி எழுந்திருக்கா விட்டால் பாத்திரத்தினுள் கையை இடுவதற்கு முன் கழுவிக் கொள்வது முஸ்தஹப்பான வரவேற்கத்தக்க விடயமாகும், தூங்கி எழுந்திருந்தால் இரு கைகளையும் கழுவுவது கடமையாகும்.
 மாணவர்களுக்கு மிக விரைவில் விளங்கி, மனதில் பதிவதற்கான மிக ஏதுவான வழிமுறையைக் கற்பித்தலின் போது தெரிவு செய்வது ஆசிரியருக்கு அவசியமாகும். அவற்றுள் ஒன்றுதான் செயன்முறைக் கற்பித்தலாகும்.
 தொழுபவர்; உலக விடயங்களுடன் தொடர்பான ஊசலாட்டங்களைத் தவிர்ப்பதும், அதற்காக முயற்சிப்பதும் அவசியமாகும். ஏனெனில் தொழுகையின் முழுமைத்துவம் மனதை ஒர்மைப்படுத்தி அதில் ஈடுபாட்டுடன் இருப்பதில் தான் தங்கியுள்ளது. மேலும் மனதை ஒருமுகப்படுத்தி தொழுகையில் ஈடுபடாவிட்டால் தேவையில்லாத மன ஊசலாட்டங்களிருந்து தற்காத்துக்கொள்வது சிரமமான விடயமாகும். ஆகையால் தேவையற்ற எண்ணங்களில் மனதை அலையவிடாது மனதைக் கட்டுப்படுத்துவதில் கடும் பிரயத்தனம் மேற்கொள்வது அவசியமாகும்.
 வுழு செய்யும்போது வலதை முற்படுத்துவது முஸ்தஹப்பான –வரவேற்கத்தக்க –விடயமாகும்.
 வாய்க் கொப்பளித்தல், மூக்கிற்குத் நீர் செலுத்தி அதனை வெளியேற்றல் ஆகிய விடயங்களில் பிரஸ்தாப ஒழுங்கை கடைப்பிடிப்பது மார்க்க வழிகாட்டலாகும்.
 முகத்தையும், இரு கைகள் மற்றும் இரு கால்களை மூன்று தடவைகள் கழுவுதல் வரவேற்கத்தக்கதாகும். ஒரு தடவை கழுவுதல் கடமையாகும்.
 மேற்படி ஹதீஸில் குறிப்பிடப்பட்டதிற்கினங்க வுழு செய்து இரண்டு ரக்அத்துகளை தொழுவதினால்  பாவங்களுக்கான அல்லாஹ்வின் மன்னிப்பு கிடைக்கிறது.
 வுழுவின் உறுப்புக்கள்  ஒவ்வொன்றினையும் கழுவுவதற்கான எல்லைகள் உண்டு அவைகள் பின்வருமாறு : முகத்தின் எல்லை; நீளவாக்கில் வழமையில் நெற்றியில் முடி முளைக்குமிடத்திலிருந்து ஆரம்பித்து தாடி உட்பட கழுத்தின் ஆரம்பப்பகுதிவரையிலாகும். அகலவாக்கில் ஒரு காதுச்சோணையிலிருந்து மறு காதுச்சோணைவரையிலாகும். கையின் எல்லை : விரல் நுனியிலிருந்து ஆரம்பித்து முழங்கை வரையிலாகும். அதாவது மேல்கை மற்றும் முழங்கைக்கு இடைப்பட்ட பகுதியாகும். தலையின் எல்லை : வழமையில் தலை முடி முளைக்குமிடத்திருந்து இருபக்க முக ஓரமாக பிரடிவரைக்குமான பகுதியாகும். இரு காதுகளையும் மஸ்ஹ் செய்தல் தலையில் மஸ்ஹ்செய்வதில் அடங்கிவிடும். காலின் எல்லை : காலின் பாதம் மற்றும் குதிகால் உட்பட கெண்டைக்கால் வரையிலாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3313</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا اغتسل من الجنابة، غسل يديه، وتوضأ وضوءه للصلاة، ثم اغتسل</t>
   </si>
   <si>
     <t>'நபி(ஸல்) அவர்கள் கடமையான குளிப்பை நிறைவேற்றும் போது முதலாவதாகத் தங்களின் இரண்டு முன்கைகளையும் கழுவுவார்கள். பின்னர் தொழுகைக்கு வுழூச் செய்வது போல் வுழூச் செய்வார்கள். பி;ன்னர் அவர்கள் குளிப்பார்கள்</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ، ثُمَّ يُخَلِّلُ بِيَدِهِ شَعَرَهُ، حَتَّى إِذَا ظَنَّ أَنَّهُ قَدْ أَرْوَى بَشَرَتَهُ، أَفَاضَ عَلَيْهِ المَاءَ ثَلاَثَ مَرَّاتٍ، ثُمَّ غَسَلَ سَائِرَ جَسَدِهِ، وَقَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ، نَغْرِفُ مِنْهُ جَمِيعًا.</t>
   </si>
   <si>
     <t>உம்முல் முஃமினீன் ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் கூறுகிறார்கள் : 'நபி(ஸல்) அவர்கள் கடமையான குளிப்பை நிறைவேற்றும் போது முதலாவதாகத் தங்களின் இரண்டு முன்கைகளையும் கழுவுவார்கள். பின்னர் தொழுகைக்கு வுழூச் செய்வது போல் வுழூச் செய்வார்கள். பி;ன்னர் அவர்கள் குளிப்பார்கள் . பின்னர் விரல்களால்; தலை முடியின் அடிப்பாகம் நனையுமளவிற்கு கோதுவார்கள். பின்னர் அவர்கள் தலையின் மீது மூன்று முறை கையினால் தண்ணீரைக் கோரி ஊற்றுவார்கள். பின்னர் தங்களின் உடல் முழுவதும் தண்ணீரை ஊற்றுவார்கள்.' நானும் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களும் ஒரே பாத்திரத்தில் குளிப்போம். நாங்கள் இருவரும் சேர்ந்து பாத்திரத்திலிருந்து தண்ணீரை அள்ளுவோம்' என ஆஇஷா(ரழியல்லாஹு அன்ஹா) கூறுகிறார்கள்.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد الغسل من الجنابة بَدأ بغسل يديه، 
 ثم يتوضأ كما يتوضأ للصلاة، ثم يُفيضُ الماءَ على جسدِه، ثم يُخَلِّلُ شَعَرَ رأسِه بيديه، حتى إذا ظَنَّ أنه وَصَلَ الماءُ إلى أُصُولِ الشعر، وأروى البَشَرةَ، صَبَّ الماءَ على رأسِهِ ثلاثَ مَرَّات ثم غَسَلَ باقي جسدِه. 
 وقالتْ عائشةُ رضي الله عنها: كنتُ أَغْتَسِلُ أنا ورسولُ اللَّهِ صلى الله عليه وسلم مِنْ إِنَاءٍ واحدٍ، نَغْرِفُ منه جميعًا.</t>
   </si>
   <si>
     <t>'நபிஸல்லல்லாஹுஅலைஹிவஸல்லம் அவர்கள் கடமையான குளிப்பை நிறைவேற்ற நாடினால் தனது இரு கைகளையும் முதலில் கழுபவர்களாக இருந்தார்கள். பின்னர்; தொழுகைக்கு வுழூச் செய்வது போல் வுழூச் செய்வார்கள். பின்னர் தங்களின் உடல் முழுவதும் தண்ணீரை ஊற்றுவார்கள் பின்னர் தனது  தலைமுடியின் அடிப்பாகத் தோல் நனையும் வரை இரு கைகளினாலும் கோதுவார்கள். பின்னர் தலையின் மீது மூன்று முறை நீரை ஊற்றிவிட்டு பின்னர் உடலின் எஞ்சிய எல்லாப் பகுதிகளையும் கழுவுவார்கள். நானும் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களும் ஒரே பாத்திரத்தில் குளிப்போம். நாங்கள் இருவரும் சேர்ந்து பாத்திரத்திலிருந்து தண்ணீரை அள்ளுவோம்' என ஆஇஷா ரழியல்லாஹு அன்ஹா கூறுகிறார்கள்.</t>
   </si>
   <si>
     <t>الغسل نوعان: مُجْزِئٌ وكامِلٌ، أمَّا الغسلُ المُجزئ فيَنْوي الإنسانُ الطهارةَ، ثم يُعَمِّمُ جسدَه بالماءِ مع المضمضةِ والاستنشاق، وأمَّا الغسل الكامل فيَغتَسل كما اغتسل النبي صلى الله عليه وسلم في هذا الحديث.
 تطلق الجنابة على كل مَن أَنْزَل المَنِيَّ، أو جامَعَ ولو لم ينزل.
 جواز نظر أحد الزوجين لعورة الآخر، وغسلهما من إناء واحد.</t>
   </si>
   <si>
     <t>குளிப்பு: சாதாரணக் குளியல் என்றும் பூரணமான குளியல் என இரு வகைப்படும். சாதாரணமாகக் குளித்தல் என்பது ஒருவர் தன்னை சுத்தப்படுத்திக் கொள்ளுதல் என்ற நிய்யத்துடன் குளித்தல். அதாவது வாய்கொப்பளித்து நாசுக்கு நீர்செலுத்தி சிந்தி விட்டு உடல் முழுவதிலும் நீர் ஊற்றிக் கொள்வதைக் குறிக்கும். ஆனால் பூரணமானக் குளித்தல் என்பது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் குளித்துக் காட்டியது போன்று குளிப்பதாகும்.
 ஜனாபத் என்பது விந்தை வெளியேறியவர் அல்லது விந்து வெளியேராவிட்டாலும் உடலுறவில் ஈடுபட்டவரைக் குறிக்கும்.
 கணவன் மனைவி இருவரும் ஒரே பாத்திரத்தில் குளிப்பதும் அவர்களின் இருவரின் அவ்ரத்துக்களை பார்ப்பதும் அனுமதிக்கப்பட்டதாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3316</t>
   </si>
   <si>
-    <t>لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ</t>
+    <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
   </si>
   <si>
     <t>'தங்கள் நபிமார்களின் அடக்கஸ்தலங்களை வணக்கத்தலங்களாக ஆக்கிய யூத கிறிஸ்தவர்களின் மீது அல்லாஹ்வின் சாபம் உண்டாகட்டுமாக!'</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
     <t>ஆஇஷா மற்றும் அப்துல்லாஹ் இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா இருவரும்  கூறினார்கள் : 'நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மரண வேளை நெருங்கியபோது தங்களின் போர்வையைத் தம் முகத்தின் மீது போடுபவர்களாகவும் மூச்சுத் திணறும் போது அதைத் தம் முகத்தைவிட்டு அகற்றுபவர்களாகவும் இருந்தார்கள். இந்த நிலையில் அவர்கள் இருக்கும்போது 'தங்கள் நபிமார்களின் அடக்கஸ்தலங்களை வணக்கத்தலங்களாக ஆக்கிய யூத கிறிஸ்தவர்களின் மீது அல்லாஹ்வின் சாபம் உண்டாகட்டுமாக!' எனக் கூறி அவர்களின் செய்கை பற்றி எச்சரித்தார்கள்.</t>
   </si>
   <si>
     <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
   </si>
   <si>
     <t>ஆஇஷா மற்றும் இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹும் ஆகிய இருவரும் எமக்கு ஓரு செய்தியை தெரிவிக்கிறார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு மரணவேளை நெருங்கிய போது தனது முகத்தில் ஒரு துணித்துண்டை முகத்தில் போடுவதும், மூச்செடுப்பது சிரமமாகும் போது அதனை அகற்றுபவராகவும் இருந்தார்கள். அந்த நெருக்கடியான நேரத்தில் : யூதர்களையும், கிறிஸ்தவர்களையும் அல்லாஹ் சபிப்பானாக, அவனின் அருளை விட்டும் தூரப்படுத்துவானாக எனக் கூறினார்கள். ஏனெனில் அவர்கள் தமது நபிமார்களின் அடக்கஸ்தலங்களை வணக்கஸ்தலங்களாக ஆக்கிக் கொண்டார்கள். இந்த விடயத்தின் பாரதூரத்தின் காரணமாக அவர்கள் இதனை இவ்வாறான நெருக்கடியான நேரத்தில் கண்டித்துள்ள்ளார்கள். யூத, கிறிஸ்தவர்கள் வீழ்ந்த அதே பாவத்தில் தமது சமூகமும் வீழ்ந்துவிடாமலிருக்கவே நபியவர்கள் இவ்வாறு எச்சரித்துள்ளார்கள், அது மாத்திரமின்றி இந்த செயலானது அல்லாஹ்வுக்கு இணைவைக்கும் மாபாதகச் செயலுக்கும் வழிவகுக்கும் ஒரு மிகப்பெரும் பாவமாகும்.</t>
   </si>
   <si>
     <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
 النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله.
 شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
 أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
 النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم.
 من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.</t>
   </si>
   <si>
     <t>நபிமார்கள், நல்லடியார்களின் சமாதிகளை அல்லாஹ்வைத் தொழும் மஸ்ஜித்களாக ஆக்குவது தடை செய்யப்பட்டதாகும். ஏனெனில் அது இணைவைப்பிற்கு இட்டுச் செல்லக் கூடியதாகும்.
 ஓரிறைக் கொள்கை மீதான அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் தீவிர ஆர்வமும், கரிசனையும் வெளிப்படுவதுடன் தனது மண்ணறையானது அளவு கடந்து மகிமைப்படுத்தப்படுவது பற்றிய அவர்களது அச்சமும் இங்கு வெளிப்படுகிறது. ஏனெனில் அதுவும் இணைவைப்பிற்கு இட்டுச் செல்லக் கூடியதாகும்.
 மண்ணறைகளை கட்டுதல், அவற்றை பள்ளிகளாக ஆக்குதல் போன்ற காரியங்களில் ஈடுபடும் யூத, கிறிஸ்தவர்கள், அவர்களைப் போன்று செயற்படுபவர்களை சபிப்பது அனுமதிக்கப்பட்டதாகும்.
 கப்ருகள் மீது சமாதிகள் கட்டுவது யூத, கிறிஸ்தவர்களின் வழிமுறையாகும். இந்த ஹதீஸ் அவர்களுக்கு ஒப்பாக நடப்பதை தடைசெய்கிறது.
 குறித்த மண்ணறை கட்டப்படாவிட்டாலும் கப்ருக்கு பக்கத்தில் தொழுவது அல்லது அதனை நோக்கி தொழுகையில் ஈடுபடுவதும் மண்ணறைகளை பள்ளிவாயில்களாக எடுத்துக்கொள்வதில் உள்ளடங்குகின்றது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3330</t>
   </si>
   <si>
-    <t>اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ</t>
+    <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>அழித்தொழிக்கும் (பெரும் அழிவைத் தரும்) ஏழு பெரும் பாவங்களை விட்டும்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக -அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : அழித்தொழிக்கும் (பெரும் அழிவைத் தரும்) ஏழு பெரும் பாவங்களை விட்டும் தவிர்ந்திருங்கள் என்று நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறினார்கள். அதற்கு அவர்கள் (ஸஹாபாக்கள்) 'இறைத்தூதர் அவர்களே! அவை எவை?' என்று கேட்டார்கள். அதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், 'அல்லாஹ்வுக்கு இணை கற்பிப்பதும், சூனியம் செய்வதும், நியாயமின்றி கொல்லக் கூடாது என்று அல்லாஹ் புனிதப்படுத்தியுள்ள உயிரைக் கொல்வதும், வட்டி உண்பதும், அநாதைகளின் செல்வத்தை உண்பதும், போரின்போது புறமுதுகிட்டு ஓடுவதும் அப்பாவிகளான, இறைநம்பிக்கை கொண்ட, கற்புள்ள பெண்களின் மீது அவதூறு கூறுவதும் தான் (அந்தப் பெரும் பாவங்கள்) என்று (பதில்) கூறினார்கள்.</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது சமூகத்திற்கு நன்மைகளை அழிக்கும் ஏழு பெரும் குற்றங்களை விட்டும் தூரமாகுமாறு ஏவுகின்றார்கள். அவை பற்றிக் கேட்கப்பட்ட போது  அவற்றைப் குறித்து பின்வருமாறு தெளிவு படுத்தினார்கள்.
 முதலாவது: அல்லாஹ்விற்கு நிகராக எவ்விதத்திலாவது இணையாளர்களை ஏற்படுத்துவதன் மூலம் இணைவைத்தல். மேலும் வணக்கவழிபாடுகளில் ஏதாவது ஒன்றை அல்லாஹ்வுக்கும், அல்லாஹ் அல்லாதவற்றிற்கும் செலுத்துதல் ஷிர்க்காகும். இது மிகப்பெரும் பாவமாதலால் அதனை கொண்டு ஆரம்பித்துள்ளார்கள்;.
 இரண்டாவது :சூனியம் செய்தல். சூனியம் என்பது முடிச்சுகள், மந்திரங்கள், மருந்துகள், புகை ஆகியவற்றைக் குறிக்கும். இவை சூனியம் செய்யப்பட்டவரின் உடலில் அவர் கொல்லப்படுவதன் மூலமோ அல்லது நோய் ஏற்படுவதன் தாக்கத்தை ஏற்படுத்தலாம். அல்லது கணவன் மனைவிக்கிடையில் பிரிவினையை ஏற்படுத்தலாம். இது ஒரு ஷைத்தானிய செயலாகும். இவற்றில் பெரும்பாலனவை இணைவைத்தல் மற்றும் தீய ஆவிகள் விரும்பும் ஒன்றைக் கொண்டு மட்டுமே அடைய முடியும்.
 மூன்றாவது:  ஆட்சியாளரால் நடைமுறைப் படுத்தப்பட்ட ஒரு நியாயமான காரணத்தைத் தவிர, இறைவன் தடைசெய்த ஆன்மாவைக் கொல்வது.
 நான்காவது: வட்டியை சாப்பிடுதல், அல்லது ஏதோ ஓரு வகையில் பயன்பெரும் விதத்தில் வட்டியை பயன்படுத்தல்.
 ஜந்தாவது: பருவவயதை அடையாத நிலையில் தந்தையை இழந்த  குழந்தையின் சொத்தில் அத்துமீறி நடந்து கொள்ளுதல்.(அளவு கடந்து அனுபவித்தல்).
 ஆறாவது : காபிர்களுடனான போரில் புறமுதுகுகாட்டி ஓடுதல்.
 ஏழாவது: கற்புள்ள சுதந்திர பெண்களின் மீது விபச்சார பழிசுமத்துதல். அதே போன்று ஆண்கள் மீது வீண் பழி சுமத்துவதும் இதில் உள்ளடங்கும்.</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
     <t>பெரும்பாவங்கள் இந்த ஹதீஸில் குறிப்பிடப்பட்ட ஏழு அம்சங்களில் மாத்திரம் வரையறுக்கப் பட்டதல்ல. மாறாக இவை தவிரவும் அதிகமான பெரும்பாவங்கள் உண்டு. ஆனால்,இங்கு குறிப்பிடப்பட்டவை மிகவும் ஆபத்தும், தீங்கும் நிறைந்தவை என்பதால் அவை விசேடமாக குறிப்பிடப்பட்டுள்ளன என்பதைக் கருத்திற்கொள்க.
 ஒருவர் இன்னொருவரை அநியாயமாகக் கொன்றுவிட்டால் கொலைசெய்தவருக்கு பலிக்குப்பலி தண்டனை நிறைவேற்றல், மதத்தை துறந்து செல்லல், திருமணம் முடித்தவர் விபச்சாரத்தில் ஈடுபடுதல் போன்ற நியாயமான காரணங்கள் காணப்படின் கொலை செய்வது அனுமதிக்கப்பட்டதாகும். இதனை சட்டபூர்வ இஸ்லாமிய ஆட்சியாளரே நடைமுறைப் படுத்துவார்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3331</t>
   </si>
   <si>
-    <t>اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا</t>
+    <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>'யா அல்லாஹ்! எனது மண்ணறையை (சமாதியை) வணங்கப்படும் சிலையாக</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள்: 'யா அல்லாஹ்! எனது மண்ணறையை (சமாதியை) வணங்கப்படும் சிலையாக ஆக்கி விடாதே! தமது நபிமார்களின் மண்ணறைகளை வணக்கஸ் தளங்களாக ஆக்கிக் கொண்ட கூட்டத்தின் மீது அல்லாஹ்வின் சாபம் உண்டாவதாக'.</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் தனது மண்ணறையை மக்கள் போற்றி வணங்கும், ஸுஜூத் செய்யும் சிலைபோல் ஆக்கிவிடாதிருக்க அல்லாஹ்விடம் பிரார்த்தனை புரிந்தார்கள். மேலும் நபிமார்களின் மண்ணறைகளை வணக்கஸ்தளங்களாக எடுத்துக்கொள்வது அதனை வணங்கி வழிபடவும், அவைகளில் ஆழமான நம்பிக்கை கொள்ளவும் காரணமாக அமைந்துவிடுவதால், நபி மார்களின் அடக்கஸ்தளங்களை வணக்கஸ்தளங்களாக எடுத்துக்கொள்வது இறைவனின் அருளிலிருந்து தூரமாக்கி இறைசாபத்தைப் பெற்றுத்தரும் பெரும் பாவம் என்பதை இந்த ஹதீஸில் தெரிவித்துள்ளார்கள்.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>நபிமார்கள் மற்றும் சான்றோரின் மண்ணறைகள் விடயத்தில் இஸ்லாமிய ஷரீஆ வரம்புகளை மீறிச் செல்வது, அல்லாஹ்வை அன்றி  வணங்கப்படுவதாக  ஆகிவிடும். ஆகவே இணைவைத்தலுக்கு இட்டுச்செல்லும் அனைத்து வழிமுறைகளிலிருந்தும் எச்சரிக்கையாக இருப்பது அவசியமாகும்.
 மகிமைப் படுத்துவதற்காகவும்,  அவ்விடங்களில் வழிபடுவதற்காகவும் மண்ணறைகளை நாடிச் செல்வது தடுக்கப்பட்ட விடயமாகும். அதிலிருப்பவர் எந்தளவு அல்லாஹ்வுக்கு நெருக்கமானவராக இருந்தாலும் சரியே.
@@ -1675,627 +1678,639 @@
 إثبات الحكمة لله سبحانه في أفعاله.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>பொறுமையிழத்தல், சட்டைப்பைகளைக் கிழித்தல், கன்னத்தில் அறைதல் போன்ற தடுக்கப்பட்ட செயல்களைச் செய்யாமலிருக்கும் வரை சோதனைகள் பாவங்களுக்குரிய பரிகாரங்களாகும்.
 அல்லாஹ்வின் கண்ணியத்திற்கேற்றவாறு நேசம் எனும் பண்பு அவனுக்குண்டு.
 விசுவாசிக்கேற்கப்படும் சோதனை அவனுடைய ஈமானின் அடையாளங்களில் ஒன்றாகும்.
 அல்லாஹ்வின் கண்ணியத்திற்கேற்றவாறு பொருத்தம், கோபம் எனும் பண்புகள் அவனுக்குண்டு.
 அல்லாஹ்வின் விதியைப் பொருந்திக் கொள்வது விரும்பத் தக்கதாகும்.
 அல்லாஹ்வின் விதியை வெறுப்பது ஹராமாகும்.
 துன்பங்களின் போது பொறுமையாக இருப்பதை இந்நபிமொழி ஊக்கப்படுத்துகின்றது.
 மனிதன் சில வேளை ஒரு விடயத்தை வெறுப்பான், ஆனால் அதில்தான் அவனுக்கு நலவு இருக்கும்.
 அல்லாஹ்வின் செயல்களில் அவனது மதிநுட்பம் உள்ளது என்பதை உறுதிப்படுத்துகின்றது.
 செயலுக்கேற்பவே கூலி வழங்கப்படும்.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[இதனை இப்னு மாஜா பதிவு செய்துள்ளார் - இதனைத் திர்மிதி பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3339</t>
   </si>
   <si>
-    <t>مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا</t>
+    <t>مثل القائم على حدود الله والواقع فيها، كمثل قوم استهموا على سفينة، فأصاب بعضهم أعلاها وبعضهم أسفلها</t>
   </si>
   <si>
     <t>“அல்லாஹ்வின் (சட்ட) வரம்புகளுக்குக் கட்டுப்பட்டு நடப்பவனுக்கும் அவற்றை மீறி நடப்பவனுக்கும் உவமை - ஒரு சமுதாயத்தைப் போன்றதாகும். அவர்கள் கப்பலில் (தங்களுக்கு இடம் பிடிப்பதற்காகச்) சீட்டுக் குலுக்கிப் போட்டார்கள். (அதன்படி) அவர்களில் சிலருக்குக் கப்பலின் மேல் தளத்திலும் சிலருக்குக் கீழ்த்தளத்திலும் இடம் கிடைத்தது</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا، فَكَانَ الَّذِينَ فِي أَسْفَلِهَا إِذَا اسْتَقَوْا مِنَ المَاءِ مَرُّوا عَلَى مَنْ فَوْقَهُمْ، فَقَالُوا: لَوْ أَنَّا خَرَقْنَا فِي نَصِيبِنَا خَرْقًا وَلَمْ نُؤْذِ مَنْ فَوْقَنَا، فَإِنْ يَتْرُكُوهُمْ وَمَا أَرَادُوا هَلَكُوا جَمِيعًا، وَإِنْ أَخَذُوا عَلَى أَيْدِيهِمْ نَجَوْا، وَنَجَوْا جَمِيعًا».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் கூறியதாக அன்நுஃமான் இப்னுல் பஷீர் ரழியல்லாஹு  அன்ஹு அறிவிக்கிறார்கள்: “அல்லாஹ்வின் (சட்ட) வரம்புகளுக்குக் கட்டுப்பட்டு நடப்பவனுக்கும் அவற்றை மீறி நடப்பவனுக்கும் உவமை - ஒரு சமுதாயத்தைப் போன்றதாகும். அவர்கள் கப்பலில் (தங்களுக்கு இடம் பிடிப்பதற்காகச்) சீட்டுக் குலுக்கிப் போட்டார்கள். (அதன்படி) அவர்களில் சிலருக்குக் கப்பலின் மேல் தளத்திலும் சிலருக்குக் கீழ்த்தளத்திலும் இடம் கிடைத்தது. கீழ்த்தளத்தில் இருந்தவர்களுக்குத் தண்ணீர் தேவைப்பட்டபோது (அதைக் கொண்டு வர) அவர்கள் மேல் தளத்தில் இருப்பவர்களைக் கடந்து செல்ல வேண்டியிருந்தது. (அதனால் மேலே இருந்தவர்களுக்குச் சிரமம் ஏற்பட்டது). அப்போது, கீழ்த் தளத்தில் இருந்தவர்கள் (தமக்குள்) 'நாம் (தண்ணீருக்காக) நம்முடைய பங்கில் (கீழ்த் தளத்தில்) ஓட்டையிட்டுக் கொள்வோம்; நமக்கு மேலே இருப்பவர்களைத் தொந்தரவு செய்யாமலிருப்போம்' என்று பேசிக் கொண்டார்கள். அவர்கள் விரும்பியபடி செய்து கொள்ள அவர்களை மேல் தளத்தில் உள்ளவர்கள் விட்டுவிட்டால் (கப்பலில் இருப்பவர்கள்) அனைவரும் அழிந்து போவார்கள். (ஓட்டையிட விடாமல்) அவர்களை தடுத்தால் அவர்களும் தப்பிப் பிழைத்துக் கொள்வார்கள். (அவர்களுடன் மற்ற) அனைவரும் தப்பிப் பிழைத்துக் கொள்வார்கள்.</t>
   </si>
   <si>
     <t>ضَرَبَ النبيُّّ صلى الله عليه وسلم مَثَلًا للقائمين بحدود الله، المستقيمين على أمر الله، الآمرين بالمعروف، الناهين عن المنكر، 
 ومثل الواقعين في حدود الله التاركين للمعروف، المرتكبين للمنكر، وأثر ذلك في نجاة المجتمع، كمثل قوم ركبوا في سفينة، فاقترعوا على مَن يَجلس أعلى السفينة ومَن يَجلس أسفلَها، فنال بعضُهم أعلاها، وبعضُهم أسفلَها، وكان الذين في الأسفل إذا أرادوا جَلْبَ الماءِ مَرُّوا على من فوقهم، 
 فقال الذين في الأسفل: لو أنَّا خَرَقْنا خرقًا في مكاننا في الأسفل نستقي منه، حتى لا نؤذي من فوقنا، فلو تركهم مَن بالأعلى يَفعلون ذلك، لَغَرِقَت السفينةُ بهم جميعًا، ولو قاموا بنهيهم عن ذلك ومنعوهم، لنجى الفريقان جميعًا.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அல்லாஹ்வின் வரம்புகளை பின்பற்றி அவனின் கட்டளைகளின் மீது உறுதியாக இருந்து நன்மையை ஏவி தீமையை தடுப்போருக்கும், அல்லாஹ்வின் வரம்புகளை துவம்சம் செய்து மீறி நடந்து, நன்மையான விடயங்களை விட்டுவிட்டு, தீமையான விடயங்களை செய்வோருக்குமான ஓர் உதாரணத்தையும், சமூகத்தின் மீட்சியில் அது எவ்வளவு தாக்கம் செலுத்துகிறது என்பதையும்  குறிப்பிடுகிறார்கள். இவர்கள் இருசாராரும் கப்பலில் பயணம் செய்யும் ஒரு கூட்டத்திற்கு ஒப்பானவர்கள், அவர்களில் மேல்தளத்தில் இருப்போர் கீழ்த்தளத்தில் இருப்போர் யார் என்பதை அறிந்து கொள்ள சீட்டுக்குழுக்கப்பட்டது. அதன்படி அவர்களில் சிலருக்கு மேல்தளமும்  சிலருக்கு கீழ் தளமும் கிடைத்தது.கீழ் தளத்தில் உள்ளோருக்கு நீர் தேவைப்பட்டால் மேள்தளத்தில் உள்ளோரை கடந்தே அவர்கள் செல்ல வேண்டியிருந்தது. ஆகவே கீழ்தளத்தில் இருந்தோர் நாம் இருக்கும் கீழ் தளத்தில் ஒரு துளையை இட்டுக்கொண்டால் அதனூடாக நீர் பெறலாம், அதனால் மேல் தளத்தில் உள்ளோருக்கு எங்களால் எந்தத் தொல்லையும் கிடையாது என்று கூறிக்கொண்டார்கள். கப்பலின் மேல்தளத்தில் உள்ளோர் இக்காரியத்தை செய்யுமாறு அவர்களை விட்டுவிட்டால் கப்பலுடன் சேர்ந்து அனைவரும் மூழ்கிவிடுவார்கள்.</t>
   </si>
   <si>
     <t>أهمية الأمر بالمعروف والنهي عن المنكر في حفظِ المجتمعات ونجاتِها.
 من طُرُقِ التعليم ضَرْبُ الأمثال، لتقريب المعاني للعقول بصورة المحسوس.
 فِعْلُ المنكرِ الظاهرِ مع عدم الإنكار عليه مفسدةٌ تعود على الجميع بالضرر.
 هلاك المجتمع مُتَرَتِّب على ترك أصحاب المنكر يعيثون في الأرض فسادًا.
 التصرف الخاطئ والنية الحسنة لا تكفي في صلاح العمل.
 المسؤولية في المجتمع المسلم مشتركة لا تُناط بفرد بعينه.
 تعذيب العامة بذنوب الخاصة إن لم تُنكر.
 أصحاب المنكرات يُظهرون مُنكرَهم في قالب خير للمجتمع كما أهل النفاق.</t>
   </si>
   <si>
     <t>சமூகங்களைப் பாதுகாப்பதில் நன்மையை ஏவி தீமையை தடுப்பதன் முக்கியத்தும் இந்த ஹதீஸில் குறிப்பிடப்பட்டிருத்தல்.
 உதாரணங்கள்; கூறுவது கற்பித்தல் முறைகளில் ஒன்றாகும். அது  புலன்கள் உணரும் விதத்தில் கருத்துக்களை புத்திக்கு நெருக்கமாக ஆக்கிவிடுகிறது.
 வெளிப்படையான தீங்கொன்றை செய்வதை கண்டிக்காது இருப்பதானது மிகப்பெரும் கேடாகும். அது அனைவரின் மீதும் மிகப்பெரும்  பாதிப்பைப் பேரழிவைக் கொண்டு வந்து சேர்த்துவிடும்.
 இந்தப் பூமியில் தீமைசெய்வோரை அவர்களின்;  அட்டகாசங்களில் விட்டுவிடுவதன் விளைவாக சமூகத்திற்கு நாசம்-அழிவு உண்டாகிறது.
 தவறான கையாள்கையும், நல்லெண்ணமும் செயல் சீர்பெற உதவாது.
 முஸ்லிம் சமூகத்தில் பொறுப்பு பொதுவானது. அது ஓரு குறிப்பிட்ட தனிநபரோடு மாத்திரம் சம்பந்தப்படாது.
 குறிப்பிட்ட சிலரின் பாவ காரியங்களை  கண்டிக்காது விட்டால்; அதற்கான தண்டணையை அனைவரும் அனுபவிப்பவர்.
 நயவஞ்சகனைப் போன்று தீமைபுரிவோர் தங்களது தீமைகளை –சமூகத்திற்கு நன்மை செய்யும் வகையில் வெளிப்படுத்துவர்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3341</t>
   </si>
   <si>
-    <t>أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ</t>
+    <t>أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه</t>
   </si>
   <si>
     <t>நான் இணையாளர்களைவிட்டும் இணை கற்பித்தலைவிட்டும் அறவே தேவையற்றவன். யாரேனும் என்னுடன் பிறரையும் இணையாக்கி (எனக்காகவும் பிறருக்காகவும்) நற்செயல் புரிந்தால், அவனையும் அவனது இணைவைப்பையும் (தனியே) விட்டுவிடுவேன்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'தூய்மையும்; உயர்வும் மிக்க அல்லாஹ் கூறினான்: நான் இணையாளர்களைவிட்டும் இணை கற்பித்தலைவிட்டும் அறவே தேவையற்றவன். யாரேனும் என்னுடன் பிறரையும் இணையாக்கி (எனக்காகவும் பிறருக்காகவும்) நற்செயல் புரிந்தால், அவனையும் அவனது இணைவைப்பையும் (தனியே) விட்டுவிடுவேன்'.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
     <t>இணையாளர்களின் இணைவைப்பை விட்டும் அல்லாஹ் முற்றாகத் தேவையற்றவன். ஏனெனில் அவன் எல்லாப்படைப்பினங்ளை விட்டும் எவ்விதத் தேவையுமற்ற தன்னிறைவாளன் என உயர்வும் மகத்துவமிக்கோனுமாகிய அல்லாஹ் கூறியதாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அறிவிக்கிறார்கள். ஒருவர் வணக்கங்களில் ஏதாவது ஒன்றை செய்து அதனை அல்லாஹ்வுக்கும், அல்லாஹ் அல்லாதாருக்கும் நிகராக ஆக்கிவிட்டால் அந்த செயலை அவன் ஏற்றுக்கொள்ளாது விட்டு விடுவதோடு அந்தச்செயலை செய்தவனுக்கே திருப்பிவிடுகிறான். அல்லாஹ்வுக்காக மாத்திரம் என்ற தூய எண்ணத்துடன் அமல்களை  செய்வது அவசியமாகும். ஏனென்றால் அல்லாஹ்வுக்கென்று  தூய்மையாக செய்யப்படாத எந்த செயலையும் அல்லாஹ் ஏற்றுக்கொள்மாட்டான்.</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
     <t>இணைவைப்பின் அனைத்து தோற்றப்பாடுகளை விட்டும் இந்நபிமொழி எச்சரிக்கின்றது, ஏனெனில் செயல் அங்கீகரிக்கப்டுவதற்கும்  ஏற்றுக்கொள்ள ப்படுவதற்கும் இவை தடையாக உள்ளன.
 அல்லாஹ்வின் தன்னிறைவுப் பண்பையும் அவனின் மகத்துவத்துவத்தையும் உள்ளார்ந்து உணர்வது செயல்களில் உளத்தூய்மையை கடைப்பிடிப்பிப்பதற்கு உதவியாக அமையும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3342</t>
   </si>
   <si>
-    <t>إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا</t>
+    <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
     <t>'உங்களில் ஒருவர் என் (தேவைகளுக்காக நான் அணுகும்) உற்ற தோழராக இருப்பதிலிருந்து (விலகி) நான் அல்லாஹ்வையே சார்ந்திருக்கிறேன். ஏனெனில், உயர்வுக்குரிய அல்லாஹ் இப்ராஹீம் (அலைஹிஸ்ஸலாம்) அவர்களை (தன்) உற்ற தோழராக ஆக்கிக்கொண்டதைப் போன்று என்னையும் (தன்) உற்ற தோழனாக ஆக்கிக்கொண்டான்</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
     <t>ஜுன்துப் ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் இறப்பதற்கு ஐந்து நாட்களுக்கு முன் 'உங்களில் ஒருவர் என் (தேவைகளுக்காக நான் அணுகும்) உற்ற தோழராக இருப்பதிலிருந்து (விலகி) நான் அல்லாஹ்வையே சார்ந்திருக்கிறேன். ஏனெனில், உயர்வுக்குரிய அல்லாஹ் இப்ராஹீம் (அலைஹிஸ்ஸலாம்) அவர்களை (தன்) உற்ற தோழராக ஆக்கிக்கொண்டதைப் போன்று என்னையும் (தன்) உற்ற தோழனாக ஆக்கிக்கொண்டான். நான் என் சமுதாயத்தாரில் ஒருவரை என் உற்ற தோழராக ஆக்கிக்கொள்வதாயிருந்தால் அபூபக்ர் ரழியலல்லாஹு அன்ஹு அவர்களையே நான் என் உற்ற தோழராக ஆக்கிக்கொண்டிருப்பேன். அறிந்துகொள்ளுங்கள்: உங்களுக்கு முன்னிருந்த (சமுதாயத்த)வர்கள் தங்களுடைய நபிமார்கள் மற்றும் சான்றோர்களின் அடக்கஸ்தளங்களை வழிபாட்டுத்தளங்களாக ஆக்கிக் கொண்டார்கள். அறிந்து கொள்ளுங்கள்! நீங்கள் அடக்கஸ்த் தளங்களை வழிபாட்டுத்தளங்களாக ஆக்கிவிடாதீர்கள். அவ்வாறு செய்ய வேண்டாம் என்று உங்களுக்கு நான் தடை விதிக்கிறேன்' என்று கூறுவதை நான் கேட்டேன்.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
     <t>நபியவர்கள் தனது மரணத்திற்கு சில நாட்களுக்கு முன் தனது சமூகத்திற்கு முக்கியமான ஒரு செய்தியை அறிவிக்கின்றார்கள். அல்லாஹ்விடம் தனக்கிருக்கும் இடத்தைப் பற்றிக் கூறுகின்றார்கள், இப்ராஹீம் அலைஹிஸ்ஸலாம் அவர்களுக்குக் கிடைத்தது போன்று தனக்கும் நேசத்தின் அதியுயர் தரம் கிடைத்திருப்பதாகக் கூறுகின்றார்கள். இதனால்தான் அல்லாஹ்வை அன்றி வேறுயாரும் தனக்கு உற்ற தோழனாக இல்லையென மறுத்தார்கள், ஏனெனில் அன்னாரது உள்ளம் இறை நேசத்தாலும், அவனது மகத்துவத்தினாலும், அறிவாலும் நிரம்பியுள்ளது. எனவே அவனைத் தவிர வேறு யாருக்கும் அதில் இடமேதுமில்லை. அவ்வாறு படைப்பினங்களில் உற்ற தோழராக இருக்கும் ஒருவருக்கு அத்தகுதி இருப்பின் அபூ பக்ர் ரழியல்லாஹு அன்ஹு அவர்களுக்கு மாத்திரமே உண்டு. பின்னர், யூத, கிறிஸ்தவர்கள் செய்தது போன்று தமது நபிமார்களின் அடக்கஸ்தளங்களில் அங்கீகரிக்கப்பட்ட நேசத்தில் அளவுகடந்து சென்று, அல்லாஹ்வையன்றி வணங்கப்படும் அல்லாஹ்வுக்கு இணையான கடவுள்களாக மாற்றியதை எச்சரித்தார்கள். அது மாத்திரமின்றி அவற்றின் மீது வழிபாட்டுத்தளங்களை அமைத்தார்கள். இது போன்ற பாதகச் செயலை அவர்களைப்போன்று செய்ய வேண்டாமென தனது சமூகத்தைத் தடுத்தார்கள்.</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
   <si>
     <t>அபூ பக்ர் ரழியல்லாஹு அன்ஹு அவர்களின் சிறப்பும், அவர்கள்தாம் இச்சமூகத்தின் மிகச் சிறந்தவர் என்பதும், நபியவர்களின் மரணத்திற்கு பின் கிலாபத்திற்கு மிகத்தகுதியானவர் என்பதும் இந்நபிமொழியில்  சுட்டிக்காட்டப்பட்டுள்ளது.
 மண்ணறைகள் மீது வழிபாட்டுத்தளங்களைக் கட்டுவது முன்னைய சமுதாயங்களின் கண்டிக்கத்தக்க வழிமுறைகளில் ஒன்றாகும்.
 இணைவைப்பில் வீழ்வதை விட்டும் எச்சரிப்பதற்காக , தொழுகை நடாத்தப்படும், அல்லது அவற்றை முன்னோக்கித் தொழப்படும் வணக்கஸ்தளங்களாக மண்ணறைகளை எடுத்து, அவற்றின் மீது வழிபாட்டுத்தளங்களோ (பள்ளிவாயில்களோ), குவிமாடங்களோ கட்டப்படுவது தடுக்கப்பட்டிருத்தல்.
 இணைவைப்புக்கு இட்டுச்செல்வதினால் நல்லடியார்களின் விடயத்தில் எல்லைகடந்து செயற்படுவது எச்சரிக்கப்பட்டிருத்தல்.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் எச்சரித்த விடயங்கள் மிகவும் ஆபத்தானவை என்பதினால் தான் மரணிப்பதற்கு ஐந்து நாட்களுக்கு முன்னும் இதனை வலியுறுத்திக் கூறியமை இதன் முக்கியத்தை எடுத்துக்காட்டுகிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3347</t>
   </si>
   <si>
-    <t>كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ</t>
+    <t>كنت رجلا مذاء وكنت أستحيي أن أسأل النبي صلى الله عليه وسلم لمكان ابنته فأمرت المقداد بن الأسود فسأله فقال: يغسل ذكره ويتوضأ</t>
   </si>
   <si>
     <t>நான் அதிகமாக 'மதி' எனும் இச்சை (ஆசை)நீர் வெளிப்படுபவனாக இருந்தேன். நான் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம்  அவர்களின் மகளுடைய கணவன் என்பதால் இது பற்றி வினவுவவதற்கு எனக்கு வெட்கமாக இருந்தது. அதனால் அவர்களிடம் இது பற்றி கேட்டு வருவதற்கு அல்மிக்தாத் இப்னுல் அஸ்வத் அவர்களை  அனுப்பினேன்.  அவர் சென்று கேட்டபோது; 'அவர் தனது ஆண்குறியைக்(ஆணுறுப்பை) கழுவிவிட்டு வுழு செய்யட்டும்</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ».
 وَلِلبُخَاريِّ: فَقَالَ: «تَوَضَّأْ وَاغْسِلْ ذَكَرَكَ».</t>
   </si>
   <si>
     <t>அலி ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள் : நான் அதிகமாக 'மதி' எனும் இச்சை (ஆசை)நீர் வெளிப்படுபவனாக இருந்தேன். நான் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம்  அவர்களின் மகளுடைய கணவன் என்பதால் இது பற்றி வினவுவவதற்கு எனக்கு வெட்கமாக இருந்தது. அதனால் அவர்களிடம் இது பற்றி கேட்டு வருவதற்கு அல்மிக்தாத் இப்னுல் அஸ்வத் அவர்களை  அனுப்பினேன்.  அவர் சென்று கேட்டபோது; 'அவர் தனது ஆண்குறியைக்(ஆணுறுப்பை) கழுவிவிட்டு வுழு செய்யட்டும்' என்று இறைத்தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம்  அவர்கள் கூறினார்கள். புஹாரியின் அறிவிப்பில்'  'நீ உன்னுடைய ஆண்குறியைக் கழுவிவிட்டு வுழுச் செய்து கொள்' என்று இடம்பெற்றுள்ளது.</t>
   </si>
   <si>
     <t>أَخْبَرَ عليّ بن أبي طالب رضي الله عنه أنه كان كثيرًا ما يَخْرُجُ منه المَذي -وهو ماءٌ أبيض رقيق لَزِجٌ يَخرج مِن الذَّكَرِ عند الشهوة أو قبل الجماع-، 
 ولا يَعرف كيف يفعل مع خروجه، فاستحيا أن يسألَ النبيَّ صلى الله عليه وسلم؛ لأنه زوجُ فاطمة ابنة النبي صلى الله عليه وسلم، 
 فطلب من المقداد بن الأسود أن يسأل النبيَّ صلى الله عليه وسلم عن ذلك،
 فأجابه صلى الله عليه وسلم: بأن يَغسل ذَكَرَه ثم يتوضأ.</t>
   </si>
   <si>
     <t>அலி ரழியல்லாஹு அன்ஹு அவர்கள் தனக்கு அதிகம் இச்சை நீர் வெளிப்படுவதாக அறிவிக்கிறார்கள்.  மத்யு' என்பது வெள்ளை நிறத்திலான பசைபோன்ற மென்மையான நீராகும். இது ஆண் குறியிலிருந்து இச்சை மேலீட்டால் அல்லது குடும்பவாழ்வில் ஈடுபட முன்னர் வெளிப்படும். அது வெளியேறுகையில் என்ன செய்யவேண்டும் என்பதை அவர் அறிந்திருக்கவில்லை . நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் மகளான பாத்திமாவின் கணவர் என்பதால் இது குறித்து நபியவர்களிடம் கேட்க வெட்கப்பட்டார். எனவே இது குறித்து அறிந்து கொள்ள, நபியவர்களிடம் அல்மிக்தாத் இப்னுல் அஸ்வத் அவர்களை அனுப்பி வைத்தார். அவர் நபியவர்களிடம் இது விடயமாக கேட்டபோது: நபியவர்கள் தனது ஆண்குறியை நன்றாக கழுவிவிட்டு பின் வுழு செய்யுங்கள் என பதிலளில்தார்கள்.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب رضي الله عنه، حيث لم يمنعه الحياء من ترك السؤال بواسطة.
 جواز الاستنابة في الاستفتاء. 
 جواز إخبار الإنسان عن نفسه بما يَستحي منه للمصلحة.
  نجاسة المَذيِ، ووجوب غسله من البدن والثوب.
  خروج المذي من نواقض الوضوء.
  وجوب غسل الذكر والخصيتين لوروده في حديث آخر.</t>
   </si>
   <si>
     <t>அலி இப்னு அபீதாலிப் ரழியல்லாஹு அன்ஹு அவர்களின் சிறப்பு குறித்துக்காட்டப்பட்டிருத்தல். அதாவது வெட்கமானது இன்னொருவர் மூலமாவது  கேள்வி கேட்பதை விட்டும் அவரைத் தடுக்கவில்லை.
 பத்வா- மார்க்கத்தீர்ப்பை கோருவதில் ஒருவரை பதிலாக நியமிப்பது அனுமதிக்கப்பட்டதாகும்.
 ஒருவர், நலன் கருதி தான் வெட்கப்படுவதைக் குறித்து இன்னொருவரிடம் கூறுவது அனுமதிக்கப்ட்டதாகும்.
 இச்சை நீர் அசுத்தமாகும். எனவே உடம்பில் மற்றும் ஆடையில் பட்டால் அதனை கழுவுவது வாஜிபாகும்.
 மதி வெளியாகுவது வுழுவை முறிக்கும் காரியங்களுள் ஒன்றாகும்.
 ஆண்குறியுடன், இரு விதைகளையும் கழுவுவது வாஜிபாகும். இதற்கான ஆதாரம் வேறொரு ஹதீஸில் இடம்பெற்றுள்ளது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3348</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ</t>
+    <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
     <t>'உங்களது வீடுகளை மண்ணறைகளாக ஆக்கிக் கொள்ள வேண்டாம், எனது சமாதியைக் கொண்டாடும் இடமாக ஆக்கிக் கொள்ள வேண்டாம், என் மீது நீங்கள் ஸலவாத் கூறுங்கள், நீங்கள் எங்கிருந்த போதிலும் உங்களது ஸலவாத் என்னை வந்தடைகின்றது'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'உங்களது வீடுகளை மண்ணறைகளாக ஆக்கிக் கொள்ள வேண்டாம், எனது சமாதியைக் கொண்டாடும் இடமாக ஆக்கிக் கொள்ள வேண்டாம், என் மீது நீங்கள் ஸலவாத் கூறுங்கள், நீங்கள் எங்கிருந்த போதிலும் உங்களது ஸலவாத் என்னை வந்தடைகின்றது'.</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
     <t>ஸுன்னத்தான தொழுகைகள் போன்ற எந்த வணக்கமுமின்றி வீடுகளை செயலிழக்கச் செய்து மண்ணறைகளைப் போன்று ஆக்க வேண்டாமென நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  தடுத்துள்ளார்கள். நபியவர்களின் கப்ரை அடிக்கடி தரிசித்து, வழமையான முறையில் அந்த இடத்தில் ஒன்றுகூடுவது இணைவைப்பிற்கு இட்டுச் செல்லும் வழியாக அமைந்து விடும் என்பதனால் அதனைத் தடுத்தார்கள். பூமியின் எந்த இடத்திலிருந்தாலும்  நபியவர்கள் மீது ஸலவாத்தும், ஸலாமும் கூறுமாறு கட்டளையிட்டுள்ளார்கள். ஏனென்றால் அருகில் இருப்பவராயினும், தூரத்தில் இருப்பவராயினும் அவர்களின் ஸலவாத்துக்கள் ஒரே மாதிரியாகவே அவருக்கு எத்திவைக்கப்படுகின்றன. ஆகையால் அவரின் மண்ணறைக்கு அடிக்கடி செல்லவேண்டி அவசியம் கிடையாது.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>அல்லாஹ்வை வணங்குவதிலிருந்து வீடுகளை பால்படுத்துவது தடுக்கப்பட்டிருத்தல்.
 நபியவர்களின் கப்ரை தரிசிப்பதை நோக்காகக் கொண்டு பயணம் செய்வது இங்கு தடுக்கப் பட்டிருத்தல். ஏனெனில் அவர்கள், தன்மீது ஸலவாத் சொல்லுமாறு கட்டளையிட்டதோடு அது தன்னை வந்தடைவதாகவும் அறிவித்துள்ளார்கள். ஆனால் நபியவர்களின் பள்ளியை தரிசிக்கும் நோக்கிலும் அதில் தொழும் எண்ணத்திலும் பயணம் செய்வது அனுமதிக்கப்பட்டுள்ளது.
 குறிப்பிட்ட காலத்தில் குறிப்பிட்ட முறையில் அடிக்கடி நபியவர்களின் கப்ரை தரிசிப்பதன் மூலம் அதனை விழாக் கொண்டாடும் தளமாக எடுத்துக் கொள்வது ஹராமாக்கப்பட்டிருத்தல்.
 எல்லா காலங்களிலும் இடங்களிலும் ஸலவாத்தும் ஸலாமும் கூறுவதற்கான ஷரீஆ அங்கீகாரமானது நபியவர்களுக்கு அல்லாஹ்வால் வழங்கப்பட்ட மிகப்பெரும் மதிப்பாகும்.
 மண்ணறைகளுக்குப் பக்கத்தில் தொழுவது தடை என்ற விடயம் ஸஹாபாக்களிடத்தில்  ஆழமாகபதிந்த விடயமாக காணப்பட்டது. இதனால் வீடுகளை தொழாத மண்ணறைகளாக ஆக்க வேண்டாம் எனத் தடுத்தார்கள்.</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
     <t>[இந்த ஹதீஸை அபூ தாவூத் பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3350</t>
   </si>
   <si>
-    <t>لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ</t>
+    <t>لا تقولوا: ما شاء الله وشاء فلان، ولكن قولوا: ما شاء الله ثم شاء فلان</t>
   </si>
   <si>
     <t>அல்லாஹ்வும் இன்னாரும் நாடியது என்று கூறாதீர்கள். மாறாக அல்லாஹ் நாடினான் பின்னர் இன்னாரும் நாடினார் என்று கூறுங்கள்</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஹுதைபா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: அல்லாஹ்வும் இன்னாரும் நாடியது என்று கூறாதீர்கள். மாறாக அல்லாஹ் நாடினான் பின்னர் இன்னாரும் நாடினார் என்று கூறுங்கள்".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يقولَ المسلمُ في كلامه: "ما شاء الله وشاء فلان"، 
 أو ما شاء الله وفلان؛ 
 وذلك لأنَّ مَشيئةَ الله وإرادتَه مُطْلَقَةٌ ولا يشاركه فيها أحد، 
 وفي استخدام الواو في العطف إشعارٌ بمشاركةِ أحدٍ مع الله والتسوية بينهما. 
 ولكن يقول: ما شاء الله، ثم شاء فلان، 
 فيجعل مشيئةَ العبدِ تابعةً لمشيئة الله بقول: "ثم" بدلًا من "و"، لأن "ثم" تفييد التعقيب والتراخي.</t>
   </si>
   <si>
     <t>ஒரு முஸ்லிம் தனது பேச்சில் 'மாஷா அல்லாஹ் வஷாஅ புலான்' ( குறித்த விடயமானது அல்லாஹ்வின் விருப்பப்படியும், குறித்த நபரின்; விருப்பப்படியும் நடந்தது) அல்லாஹ்வும் இன்னாரும் நாடியது, அல்லது 'மாஷாஅல்லா வபுலான்' அல்லாஹ்வினதும்; குறித்த நபரினதும் விருப்பப்படி நடந்துவிட்டது என்று கூறுவதை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் தடுத்துள்ளார்கள். காரணம் அல்லாஹ்வின் நாட்டம் மற்றும் அவனின் விருப்பம் பொதுவானது அதில் எவரும் கூட்டுச்சேர முடியாது. குறித்த வசனத்தில் 'வாவ் ' என்ற எழுத்தானது வாவுல் அத்ப் ஆகும். அது ஒருவிடயத்தை சமமாக இணைத்துச் சொல்வதற்கு பாவிக்கப்படும் எழுத்தாகும். அந்தவகையில் அது அல்லாஹ்வுடன் ஒருவர் சமமாக கூட்டுச்சேர்வதை காட்டுகிறது ஆகையால் அவ்வாறு பாவிப்பது தடுக்கப்பட்டுள்ளது. என்றாலும் மாஷாஅல்லாஹு ஸும்ம ஷாஆ புலான்' அதாவது அல்லாஹ் நாடியதன் பின் குறித்த மனிதன் நாடியதும் நிகழ்ந்து விட்டது என்று கூறுவதில் எந்தத் தடையுமில்லை. ஆக அடியானின் விருப்ப-நாட்ட-மானது அல்லாஹ்வின் நாட்டத்தை பின்பற்றியதாக உள்ளது. இதனையே நபியவர்கள் 'வாவுக்குப் பதிலாக ஸும்ம என்ற முன்இடைச்சொல்லை பயன்படுத்தியுள்ளார்கள். ஸும்ம என்பது ஒரு விடயம் நிகழ்ந்ததைத் தொடர்ந்து அல்லது பின்னால் அல்லது தாமதித்து நிகழும் அனைத்திற்கும் பயன்படுத்தப்படும் முன்னிடைச்சொல்லாகும்.</t>
   </si>
   <si>
     <t>تحريم قول: "ما شاء الله وشئت"، وما أشبه ذلك من الألفاظ مما فيه العطف على الله بالواو؛ لأنه من شرك الألفاظ والأقوال.
 جواز قول: "ما شاء الله ثم شئت"، وما أشبه ذلك مما فيه العطف على الله بثُمَّ؛ لانتفاء المحذور فيه.
 إثبات المشيئة لله، وإثبات المشيئة للعبد، وأن مشيئة العبد تابعة لمشيئة الله تعالى.
 النهي عن إشراك الخلق في مشيئة الله ولو باللفظ.
 إن اعتقد القائل أن مشيئة العبد كمشيئة الله جل وعلا مساوية لها في الشمول والإطلاق، أو أن العبد له مشيئة مستقلة فهو شرك أكبر، أما إن اعتقد أنه دونه؛ فهو شرك أصغر.</t>
   </si>
   <si>
     <t>'மாஷாஅல்லாஹு வஷிஃத' அல்லாஹ்வும் நீயும் நாடியது' என்பது போன்ற அல்லாஹ்வை அடியானுடம் சமப்படுத்தும் வாசகங்களை பயன்படுத்துவது ஹராமாகும். காரணம் இவை  சொற்கள் மற்றும் வார்த்தைகள் சார்ந்த இணைவைப்பாகும்.
 'மாஷாஅல்லாஹு ஸும்ம ஷிஃத' என்பது போன்ற வாசகங்களை பயன்படுத்துவது அனுமதிக்கப்பட்டதாகும். காரணம் இதில் ஸும்ம என்ற சொல்லானது மேற்படி ஆபத்தான கருத்தை நீக்கிவிடுகிறது.
 அல்லாஹ்வுக்கும், அடியானுக்கும் நாட்டசக்தி இருப்பதை இந்த ஹதீஸ் உறுதிப்படுத்துவதோடு அடியானின் நாட்டமானது அல்லாஹ்வின் நாட்டத்தை அடியொட்டியே அமையும் என்பதை தெளிவு படுத்துகிறது.
 அல்லாஹ்வின் நாட்டத்தில் வார்த்தையளவில் கூட படைப்பினங்களை  இணையாக்குவது தடுக்கப்பட்டிருத்தல்.
 எல்லா வகையிலும் அடியானின் நாட்டம் அல்லாஹ்வின் நாட்டத்தை ஒத்தது என்று கூறுபவர் மனதால் உறுதியாக நம்பினால் அல்லது அடியானுக்கு என சுயமான நாட்டம் உண்டு என நம்பினால் அது பெரியவகை இணைவைப்பாக அமைந்து விடும். அவ்வாறு இல்லாத நிலையில் அது சிறியவகை ஷிர்க்காக அமைந்து விடும்.</t>
   </si>
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
+    <t>[صحيح بمجموع طرقه]</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي في الكبرى وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3352</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ</t>
+    <t>إن الله يغار، وإن المؤمن يغار، وغيرة الله أن يأتي المؤمن ما حرم عليه</t>
   </si>
   <si>
     <t>'நிச்சயம் அல்லாஹ் ரோஷம் கொள்கிறான். இறை நம்பிக்கையாளனான முஃமினும் ரோஷம் கொள்கிறான். அல்லாஹ்வின் ரோஷம் என்பது, அவன் தடைவிதித்துள்ள ஒன்றை (தடையை மீறி) இறைநம்பிக்கையாளர் செய்வதுதான்'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : 'நிச்சயம் அல்லாஹ் ரோஷம் கொள்கிறான். இறை நம்பிக்கையாளனான முஃமினும் ரோஷம் கொள்கிறான். அல்லாஹ்வின் ரோஷம் என்பது, அவன் தடைவிதித்துள்ள ஒன்றை (தடையை மீறி) இறைநம்பிக்கையாளர் செய்வதுதான்'.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் ஒரு முஃமின் ரோஷப்பட்டு கோபப்பட்டு வெறுப்பதை போன்று அல்லாஹவும் அவனின் கண்ணியம்,மகத்துவத்திற்கேற்ற நிலையில் ரோஷப்படுவதாகவும், கோபம் கொள்வதாகவும், வெறுப்பதாகவும் குறிப்பிடுகிறார்கள். அல்லாஹ் ரோஷப்படுவதற்கான காரணம் ஒரு முஃமின் அவனின் மீது தான் ஹராமாக்கிய விபச்சாரம், ஓரினச்சேர்க்கை, களவு, மது அருந்துதல் போன்று மாபாதகச் செயல்களை செய்வதினாலாகும்.</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் வரம்புகள் மீறப்படுகையில் நிகழும் அல்லாஹ்வின் கோபம் மற்றும் தண்டனை  குறித்து எச்சரிக்கையாக இருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3354</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ</t>
+    <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>'அல்லாஹ் அல்லாதவர் மீது சத்தியம் செய்தவர் நிராகரித்து விட்டார், அல்லது இணைவைத்து விட்டார்'</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>இப்னு உமர் ரழியல்லாஹு அன்ஹுமா அறிவிக்கிறார்கள். ஒரு மனிதர், கஃபாவின் மீது சத்தியமாக, இல்லை என்று கூறுவதை கேட்டார்கள் உடனே இப்னு உமர் அவர்கள் கூறினார்கள்  இறைவனைத் தவிர வேறு யார் மீதும் சத்தியம் செய்யப்படக்கூடாது, ஏனென்றால் நான் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள்  சொல்வதை நான் கேட்டேன்: 'அல்லாஹ் அல்லாதவர் மீது சத்தியம் செய்தவர் நிராகரித்து விட்டார், அல்லது இணைவைத்து விட்டார்'.</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் யார் அல்லாஹ் மற்றும் அவனது திருநாமங்கள் மற்றும் அவனது பண்புகள் அல்லாதவற்றில் சத்தியம் செய்கிறாரோ அவர் அல்லாஹ்வை நிராகரித்து விட்டார், அல்லது இணைவைத்து விட்டார் என்று கூறுகிறார்கள். ஏனெனில் ஒரு பொருளின் மீது சத்தியம் செய்வது அதனை மகத்துவப் படுத்துவதைக் குறிக்கின்றது, உண்மையான மகத்துவமானது அல்லாஹ்வுக்கு மாத்திரமே உரியதாகும். ஆகவே அல்லாஹ்வின் மீதும் அவனது திருநாமங்கள் மற்றும் அவனது பண்புகள் மீதுமே சத்தியம் செய்தல் வேண்டும். இந்தவகை சத்தியம் சிறிய வகை ஷிர்க்காகும். என்றாலும் ஒரு பொருளின் மீது சத்தியம் செய்தவர் அவர் சத்தியம் செய்தவற்றை அல்லாஹ்வை மகத்துவப்படுத்துவது போல், அல்லது அதை விடவும் அதிகமாக போற்றி மகத்துவப் படுத்தினால் அவரின் சத்தியம் பெரிய வகை இணைவைப்பாக மாறிவிடும்.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>உண்மையில் சத்தியம் செய்வதன் மூலம் மகிமைப்படுத்துவது அல்லாஹ்வுக்கு மாத்திரம் உரிய  கடமையாகும். எனவே அல்லாஹ்வின் மீதும் அவனின் பெயர்கள் மற்றும் பண்புகள் மீது மாத்திரமே சத்தியம் செய்தல் வேண்டும்.
 நன்மையை ஏவி தீமையை தடுத்தல் பணியை மேற்கொள்வதில் ஸஹாபாக்களுக்கு இருந்த ஆர்வத்தை இந்த ஹதீஸ் சுட்டிக்காட்டுவதோடு குறிப்பாக குறிப்பிட்ட தீமையானது  இணைவைத்தல் அல்லது இறைநிராகரிப்பு போன்ற விடயங்களில் இருந்தால் அதிக கவனம் செலுத்தியமையை காண முடிகிறது.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3359</t>
   </si>
   <si>
-    <t>لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ</t>
+    <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>நீங்கள் இறைநம்பிக்கை கொள்ளாதவரையில் சொர்க்கத்தில் நுழைய முடியாது. நீங்கள் ஒருவரை ஒருவர் நேசிக்காதவரை (முழுமையான) இறைநம்பிக்கையாளராக முடியாது. ஒன்றை உங்களுக்கு நான் அறிவிக்கட்டுமா? அதை நீங்கள் செயல்படுத்தினால் ஒருவரை ஒருவர் நேசம் கொள்ளலாம். உங்களிடையே ஸலாத்தைப் பரப்புங்கள்</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: "நீங்கள் இறைநம்பிக்கை கொள்ளாதவரையில் சொர்க்கத்தில் நுழைய முடியாது. நீங்கள் ஒருவரை ஒருவர் நேசிக்காதவரை (முழுமையான) இறைநம்பிக்கையாளராக முடியாது. ஒன்றை உங்களுக்கு நான் அறிவிக்கட்டுமா? அதை நீங்கள் செயல்படுத்தினால் ஒருவரை ஒருவர் நேசம் கொள்ளலாம். உங்களிடையே ஸலாத்தைப் பரப்புங்கள்".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
     <t>முஃமின்களைத் தவிர வேறு எவறும் சுவர்க்கம் செல்லவே மாட்டார்கள் என்பதை  நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் தெளிவுபடுத்துகிறார்கள். அதே போல் பரஸ்பரம் நேசம் கொள்ளாதவரை முஸ்லிம் சமூகம் சீர்பெறவோ, ஈமான் பரிபூரணம் பெறவோ மாட்டாது. இவ்வாறு கூறிவிட்டு நேசத்தை ஏற்படுத்தும் விடயங்களில் மிகவும் சிறப்புக்குரிய விடயமொன்றின் பால் வழிகாட்டுகிறார்கள். அதுதான் முஸ்லிம்களுக்கு மத்தியில் ஸலாத்தைப் பரப்புவதாகும். அல்லாஹ் தனது அடியார்களுக்கு வாழத்துரைக்கும் ஒன்றாக ஸலாத்தை ஏற்படுத்தித்தந்துள்ளான்.</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>ஈமானின் மூலம் மாத்திரமே சுவர்க்கம் நுழையலாம்.
 தான் விரும்புவதை தனது சகோதர முஸ்லிமுக்கும் விரும்புவது ஈமானின் பூரணத்துவத்தைக் காட்டும் விடயங்களில் ஒன்றாகும்.
 ஸலாத்தைப் பரப்புதல் அதனை முஸ்லிம்களுக்கு கூறுவது வரவேற்கத்தக்க விடயமாகும்.ஏனெனில் அதனுள் நேசமும், மக்களுக்கு பாதுகாப்பும் உண்டு.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் கூற்றில் ' பைனகும்'  என்ற வார்த்தையானது, ஸலாம் முஸ்லிம்களுக்கு மாத்திரமே கூறப்படும் என்பதையே காட்டுகிறது.
 ஸலாம் கூறுவதினால் உறவு முறிப்பு, பகை , புறக்கணிப்பு போன்ற விடயங்கள் நீங்கிவிடுகிறது.
 முஸ்லிம்களுக்கு மத்தியில் நேசம் கொள்வதன் அவசியம் பற்றி விளக்கியிருத்தல், அத்துடன் ஈமானின் பரிபூரணத்திற்கு சான்றாக அமைந்து விடும்.
 இந்த ஹதீஸின் இறுதியில் ஸலாம் சொல்லும் முறை அல்லது அதன் முழு  அறபுவடிவம் அஸ்ஸலாமு அலைக்கும் வரஹ்மதுல்லாஹி வபராகாதுஹு என்பதாகும். ஆனால் ஒருவர் அஸ்ஸலாமு அலைக்கும் என்று கூறினாலும் அதுவும் போதுமானதாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3361</t>
   </si>
   <si>
-    <t>أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ</t>
+    <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
   </si>
   <si>
     <t>“அல்லாஹ்வுக்கு மிகவும் விருப்பமான செயல் எது? என்று நபி  அவர்களிடம் நான் கேட்டபோது, 'தொழுகையை அதற்குரிய நேரத்தில் தொழுவதாகும்' என்று பதில் கூறினார்கள். அதற்கு அடுத்து எது? என்றேன். 'பெற்றோருக்கு நன்மை செய்தல் என்றார்கள். அதற்கு அடுத்து எது? என்றேன். 'இறைவழியில் அறப்போர் புரிதல்</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு கூறியதாவது : “அல்லாஹ்வுக்கு மிகவும் விருப்பமான செயல் எது? என்று நபி  அவர்களிடம் நான் கேட்டபோது, 'தொழுகையை அதற்குரிய நேரத்தில் தொழுவதாகும்' என்று பதில் கூறினார்கள். அதற்கு அடுத்து எது? என்றேன். 'பெற்றோருக்கு நன்மை செய்தல் என்றார்கள். அதற்கு அடுத்து எது? என்றேன். 'இறைவழியில் அறப்போர் புரிதல் என்றார்கள்;(இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள்) இவற்றை  நான் கேட்ட கேள்விகளுக்கு இவற்றை குறிப்பிட்டார்கள், நான் (கேள்வியை) மேலும் அதிகப்படுத்தியிருந்தால் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களும் இன்னும் அதிகமாக கூறியிருப்பார்கள்.”</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
   <si>
     <t>அல்லாஹ்வுக்கு மிகவும் விருப்பமான செயல் எது என நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வினவப்பட்டது? அதற்கு நபியவர்கள்;  பர்ழான தொழுகைகளை  அல்லாஹ்வும் அவனது தூதரும் வரையறுத்துக் குறிப்பிட்ட நேரங்களில் தொழுவதாகும் எனப் பதிலளித்தார்கள். அல்லாஹ்வுக்கு மிகவும் விருப்பமான செயல்களில் இரண்டாவதாக  பெற்றோருக்கு உபகராம் புரிதல், அவர்களின் உரிமைகளை நிறைவேற்றுதல் அவர்களுக்கு நோவினை செய்யாதிருப்பதன் மூலம் அவர்கள் இருவருக்கும் நன்மை செய்தல் எனக் குறிப்பிட்டார்கள். மூன்றாவதாக அல்லாஹ்வின் வார்த்தையான கலிமாவை மேலோங்கச் செய்யவும், இஸ்லாத்தையும் முஸ்லிம்களையும் பாதுகாக்கவும், அவனின் அடையாளங்களை தெரியப்படுத்தவும் உயிராலும் உடமையாலும் அல்லாஹ்வின் பாதையில் அறப்போர் புரிதல்.
 மேற்படி செயல்களை நபியவர்கள் நான் கேட்டதன் அடிப்படையில் எனக்குக் கூறினார்கள். நான் அல்லாஹ்வுக்கு மிகவும் விருப்பமான விடயங்கள் எது என தொடர்ந்தும் கேட்டிருந்தால் இதனைவிட அதிகமாக கூறியிருப்பார்கள் என  இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>تَفَاضُل الأعمال فيما بينها بحسب محبة الله لها.
 حثُّ المسلم على الحرص على الأعمال الأفضل فالأفضل.
 تَتَفاوَتُ إجاباتُ النبيِّ صلى الله عليه وسلم عن أفضل الأعمال بحسب اختلاف الأشخاص وأحوالهم، وما هو أكثر نفعًا لكل واحد منهم.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் விருப்பத்திற்கிணங்க செயல்கள் வேறுபடுகின்றமை.
 செயல்களில் மிகச்சிறப்புக்குரியதில் ஆர்வம் கொண்டு செயல்பட வலியுறுத்தியிருத்தல்.
 செயல்களில் மிகவும் சிறப்புக்குரியது  எவை என்பதற்கான நபியவர்களின் பதில்கள் குறித்த நபர்களின் வேறுபாடு மற்றும் அவர்களின் நிலமைகளுக்கு ஏற்பவும் அவர்கள் ஒவ்வொருவருக்கும் மிகவும் பயனுள்ளது என்பதற்கினங்கவும் வேறுபட்டு அமைந்திருந்தன.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3365</t>
   </si>
   <si>
-    <t>‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا</t>
+    <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>'நயவஞ்சகர்களுக்கு மிகவும் சிரமமான தொழுகை, இஷாவும் ஃபஜ்ரும் (ஸுப்ஹ்) ஆகும். அவர்கள் அவ்விரு தொழுகைகளில் உள்ள சிறப்பை அறி வார்களானால் தவழ்ந்தாவது அத்தொழுகைகளுக்கு வந்து சேர்ந்துவிடுவார்கள்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'நயவஞ்சகர்களுக்கு மிகவும் சிரமமான தொழுகை, இஷாவும் ஃபஜ்ரும் (ஸுப்ஹ்) ஆகும். அவர்கள் அவ்விரு தொழுகைகளில் உள்ள சிறப்பை அறி வார்களானால் தவழ்ந்தாவது அத்தொழுகைகளுக்கு வந்து சேர்ந்துவிடுவார்கள். நான் தொழுகைக்கு (பாங்கும்) இகாமத்(தும்) சொல்லுமாறு கட்டளையிட்டுப் பின்னர் ஒருவரை மக்களுக்குத் தலைமையேற்றுத் தொழுவிக்குமாறு பணித்துவிட்டுப் பிறகு என்னுடன் விறகுக் கட்டைகள் சுமந்த சிலரை அழைத்துக்கொண்டு, கூட்டுத் தொழுகையில் கலந்துகொள்ளாத மக்களை நோக்கிச் சென்று, அவர்களை வீட்டோடு சேர்த்து எரித்துவிட வேண்டும் என மனம் நாடுகிறது' எனக் கூறினார்கள்.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் நயவஞ்சகர்கள் பற்றியும் அவர்கள் ஜமாத் தொழுகைக்கு கலந்து கொள்ளாது சோம்பரித்தனமாக இருப்பதை குறித்தும் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். குறிப்பாக அவர்கள் இஷா மற்றும் பஜ்ர் தொழுகைக்கு சமூகளிப்பதில்லை. அவர்கள் அவ்விரு தொழுகைககளிலும் சக முஸ்லிம்களுடன் ஜமாஅத்தில் கலந்து கொள்வதால் கிடைக்கும் நன்மை, மற்றும் வெகுமதியின் அளவை அறிவார்களேயானால் அவர்கள் குழந்தைகள் கை, கால்களால் தத்தித் தவழ்வதைப் போன்று தவழ்ந்தாயினும் வந்து சேர்வார்கள் என்று குறிப்பிடுகிறார்கள்.
-التالي هو 2 جمل مترابطة : ஜமாஅத் தொழுகையில் கலந்து கொள்வதன்   முக்கியத்துவத்தின் காரணமாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒருவரை தொழுகைக்காக இகாமத் கூறுமாறு பணித்து, அவர்களுக்கு பதிலாக இன்னொரு நபரை மக்களுக்கு இமாமத் செய்யுமாறு பணித்து விட்டு தம்முடன் விரகுகளை சுமந்த சில மனிதர்களை அழைத்துச் சென்று ஜமாஅத் தொழுகைக்கு சமூகம் அளிக்காதோரின் வீடுகளை எறிப்பதற்கு எத்தனித்தார்கள். காரணம் நியாயமான காரணமின்றி ஜமாஅத் தொழுகையில் கலந்து கொள்ளாதிருப்பது மிகப்பெரும் பாவம் என்பதினாலாகும். இவ்வாறிருந்தும்  நபியவர்கள் வீடுகளில் பெண்கள் மற்றும் ஏதும் அறியாத  குழந்தைகள்  போன்ற சலுகை பெற்றோர் இருந்ததினால் அவர்கள் எரிக்கும் எண்ணத்தை கைவிட்டார்கள்.</t>
+ஜமாஅத் தொழுகையில் கலந்து கொள்வதன்   முக்கியத்துவத்தின் காரணமாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒருவரை தொழுகைக்காக இகாமத் கூறுமாறு பணித்து, அவர்களுக்கு பதிலாக இன்னொரு நபரை மக்களுக்கு இமாமத் செய்யுமாறு பணித்து விட்டு தம்முடன் விரகுகளை சுமந்த சில மனிதர்களை அழைத்துச் சென்று ஜமாஅத் தொழுகைக்கு சமூகம் அளிக்காதோரின் வீடுகளை எறிப்பதற்கு எத்தனித்தார்கள். காரணம் நியாயமான காரணமின்றி ஜமாஅத் தொழுகையில் கலந்து கொள்ளாதிருப்பது மிகப்பெரும் பாவம் என்பதினாலாகும். இவ்வாறிருந்தும்  நபியவர்கள் வீடுகளில் பெண்கள் மற்றும் ஏதும் அறியாத  குழந்தைகள்  போன்ற சலுகை பெற்றோர் இருந்ததினால் அவர்கள் எரிக்கும் எண்ணத்தை கைவிட்டார்கள்.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>பள்ளிவாயிலில் ஜமாஅத் தொழுகையில் கலந்துகொள்ளாதிருப்பதன் விபரீதம் இந்த ஹதீஸில் சுட்டிக்காட்டப்பட்டுள்ளமை.
 நயவஞ்சகர்கள் முகஸ்துதி மற்றும் பிறர் தம்மைப்பற்றி பெருமையாக பேசிக்கொள்ள வேண்டும் என்பதற்காகவே வணக்கவழிபாடுளில் ஈடுபடுபடுகின்றனர். ஆகையால் மக்கள் அவர்களை காணும் வேளையில் மாத்திரம் தொழுக்காக சமூகமளிப்பர்.
 இஷா, பஜ்ர் தொழுகைகளைக் கூட்டாக நிறைவேற்றுதனால் பாரிய கூலி கிடைப்பதுடன், தவழ்ந்தாவது சமூகந்தர மிக அருகதையானதே அவ்விரு தொழுகைகளும்.
 இஷா மற்றும் பஜ்ர் தொழுகைகளை பேணி வருவது நயவஞ்சகத்தை விட்டும் பாதுகாப்பாகும். அவ்விரண்டிலும் பின்வாங்குவது நயவஞ்சகத்தின் அடையாளமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3366</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ</t>
+    <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
   </si>
   <si>
     <t>ஒரு மனிதர் அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு அருகில் இடக் கையால் உணவு உண்டார். அப்போது அல்லாஹ்வின் தூதர் அவர்கள் 'வலக் கையால் உண்பீராக!' என்று சொன்னார்கள். அவர், 'என்னால் முடியாது' என்றார். அல்லாஹ்வின் தூதர் அவர்கள், 'உம்மால் முடியாமலே போகட்டும்!'</t>
   </si>
   <si>
     <t>عَنْ سَلَمَةَ بْنِ الْأَكْوَعِ رضي الله عنه: أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ»، مَا مَنَعَهُ إِلَّا الْكِبْرُ، قَالَ: فَمَا رَفَعَهَا إِلَى فِيهِ.</t>
   </si>
   <si>
     <t>ஸலமா இப்னுல் அக்வஃ ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள்: ஒரு மனிதர் அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு அருகில் இடக் கையால் உணவு உண்டார். அப்போது அல்லாஹ்வின் தூதர் அவர்கள் 'வலக் கையால் உண்பீராக!' என்று சொன்னார்கள். அவர், 'என்னால் முடியாது' என்றார். அல்லாஹ்வின் தூதர் அவர்கள், 'உம்மால் முடியாமலே போகட்டும்!' என்று சொன்னார்கள். அகம்பாவமே அவரை (அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்குக் கட்டுப்படாமல்) தடுத்தது. அவ்வாறே, அவரால் தமது வாய்க்குக் கையை உயர்த்த முடியாமல் போனது.</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا يَأكلُ بيدِه الشمال، فأَمَرَه أن يَأكلَ بيدِه اليمنى، 
 فأجابه الرجل تَكَبُّرًا وكَذِبًا بأنه لا يستطيع! 
 فدعا عليه النبيُّ صلى الله عليه وسلم أن يُحْرَمَ الأكلَ باليمين، 
 فأجاب الله دعوةَ نبيِّه بأنْ شُلَّتْ يَمينُه، فلم يرفعْها إلى فمِهِ بعد ذلك بطعام أو شراب.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு மனிதர் தனது இடக்கரத்தால் சாப்பிடுவதைக் கண்டு வலது கரத்தால் சாப்பிடுமாறு கட்டளைப்பிறப்பித்தார்கள். அதற்கந்த மனிதர் தனக்கு முடியாதென ஆணவத்துடனும் பொய்யாகவும் பதில் கூறினார். உடனே நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் வலது கையால் உண்பது தடுக்கப்பட வேண்டுமென பிரார்த்தனை புரிந்தார்கள். உடனே அல்லாஹ் தனது நபியின் பிரார்த்தனையை ஏற்றுக்கொண்டான். அதனால் அவரின் வலது கை செயலிழந்து போனது. அதன் பிறகு அவரால் உண்பதற்கோ குடிப்பதற்கோ வாயின் அருகில் வலக்கரத்தை உயர்த்த முடியவில்லை.</t>
   </si>
   <si>
     <t>وجوب الأكل باليمين، وحرمة الأكل بالشمال.
 الاستكبار عن تطبيق الأحكام الشرعية يستحق فاعلُه العقوبةَ.
 إكرام الله لنبيه محمد صلى الله عليه وسلم بإجابة دعوته.
 مشروعية الأمر بالمعروف والنهي عن المنكر على كل حالٍ حتى في حالِ الأكل.</t>
   </si>
   <si>
     <t>வலது கையால் உண்பது வாஜிபாகும். இடது கரத்தால் சாப்பிடுவது ஹராமாகும்.
 இஸ்லாமிய சட்டதிட்டங்களை நடைமுறைப் படுத்துவதில் ஆணவம் கொள்பவது தண்டணைக்குரிய குற்றமாகும்.
 தனது நபி முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் பிரார்த்னைக்கு பதிலளித்ததன் மூலம் நபியவர்களை அல்லாஹ் கண்ணியப்படுத்தியுள்ளமை.
 உணவு உண்ணுகின்ற நிலமை உட்பட எல்லா நிலமைகளிலும் நன்மையை ஏவி தீமையை தடுப்பது மார்க்கத்தில் அனுமதிக்கப்பட்ட விடயமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3372</t>
   </si>
   <si>
-    <t>مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا</t>
+    <t>من دعا إلى هدى كان له من الأجر مثل أجور من تبعه، لا ينقص ذلك من أجورهم شيئا</t>
   </si>
   <si>
     <t>'யாரொருவர் நேர்வழிக்கு அழைக்கிறாரோ அவரைப் பின்பற்றுபவர்களுக்குக் கிடைக்கும் வெகுமதியைப் பெறுவார், ஆனால் இது அவர்களுக்கான வெகுமதியைக் குறைக்காது</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا، وَمَنْ دَعَا إِلَى ضَلَالَةٍ كَانَ عَلَيْهِ مِنَ الْإِثْمِ مِثْلُ آثَامِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ آثَامِهِمْ شَيْئًا».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதாக அபூஹூரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள்: 'யாரொருவர் நேர்வழிக்கு அழைக்கிறாரோ அவரைப் பின்பற்றுபவர்களுக்குக் கிடைக்கும் வெகுமதியைப் பெறுவார், ஆனால் இது அவர்களுக்கான வெகுமதியைக் குறைக்காது. மேலும்,வழிகேட்டை நோக்கி அழைப்பவருக்கு, அவரைப் பின்பற்றுபவர்களுக்குச் சமமான பாவம் இருக்கும். ஆனால் இது அவர்களின் பாவத்தைக் குறைக்காது.'</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَرشَدَ وَدَلَّ وحَضَّ الناسَ على طريقٍ فيه حقٌّ وخيرٌ بقولٍ أو فعلٍ كان له مِثْلُ أجرِ مَن تَبِعَه دون أنْ ينقص ذلك من أجر التابع شيئًا. 
 ومَن أَرشَدَ ودَلَّ الناسَ إلى طريقِ باطلٍ وشرٍّ فيه ذنب وخطيئة أو أمر لا يَحِلّ، بقول أو فعل، كان عليه مِثْلُ وِزْرِ وإِثمِ مَن تَبِعَه مِن غير أن ينقص ذلك من آثامِهِم شيئًا.</t>
   </si>
   <si>
     <t>யார் ஒருவர்  சொல் மற்றும் செயலின் மூலம் சத்தியமும் நன்மையும் நிறைந்த ஒரு வழிக்கு மக்களை வழிப்படுத்துகிறோரோ அவருக்கு அந்த நல்லவிடயத்தை பின்பற்றி நடப்போருக்கு கிடைக்கும் நன்மை-கூலி- கிடைக்கும். இதனால் அந்த நல்ல விடயத்தைப் பின்பற்றி நடப்பவரின் நன்மையில் எதுவும் குறைக்கப்படமாட்டாது என நபியவர்கள் கூறினார்கள். யார் ஒருவர் சொல் மற்றும் செயலின் மூலம் பாவமும் தவறும் அல்லாஹ் அனுமதிக்காத விடயங்கள் நிறைந்த அசத்திய வழியின் பால் அழைத்தால்  அவரைப் பின்பற்றியவர்களுக்கு கிடைக்கும் பாவம் அவருக்கும் கிடைக்கும்.அதில் அவரைப்பின்பபற்றியவர்களின் பாவங்களில் ஏதும் குறைக்க்படமாட்டாது.</t>
   </si>
   <si>
     <t>فضل الدعوة إلى الهدى، قليلًا كان أو كثيرًا، وأنَّ الدّاعي له مِثلُ أجر العامل، وذلك من عظيم فضل الله وكمال كرمه.
 خطورة الدعوة إلى الضلال، قليلًا كان أو كثيرًا، وأنّ الداعي عليه مِثل وِزْر العامل.
 الجزاء من جنس العمل، فمن دعا إلى الخير كان له مثل أجر فاعله، ومن دعا إلى الشر كان عليه مثل وزر فاعله.
 على المسلم أن يَحذَرَ مَن أن يُقتَدَى به بمجاهرته بالمعصية والناس يَرونه، فإنه يأثم بِمَن قَلَّدَه ولو لم يَحُثَّه على ذلك.</t>
   </si>
   <si>
     <t>சிறியளவிலோ அல்லது அதிகமாகவோ நேர்வழியின் பால் அழைப்பதின் சிறப்பு குறிப்பிடப்பட்டிருத்தல். நல்வழியின்பால் அழைக்கும் அழைப்பாளருக்கு அதனைப் பின்பற்றி செயற்படுபவருக்குக் கிடைக்கும் கூலி உண்டு. இது அல்லாஹ்வின் மிகப்பெரும் அருட்கொடையாகும்.
 சிறியளவிலோ அல்லது அதிகமாகவோ வழிகேட்டின் பால் அழைப்பதன் ஆபத்து சுட்டிக்காட்டப்பட்டிருத்தல். அவ்வாறு வழிகாட்டுபவருக்கு குறித்த அந்த செயலை செய்பவருக்கு கிடைக்கும் பாவம் கிடைக்கும்.
 செயலின் தன்மைக்கேட்பவே கூலி உண்டு. யார் நன்மையான விடயங்களின் பால் வழிகாட்டுகிறாரோ அவருக்கு அதனை செய்பவருக்குக் கிடைக்கும் கூலி உண்டு. யார் தீமையான விடயங்களின் பால் வழிகாட்டுகிறாரோ அவருக்கு அந்த தீமையை செய்பவருக்குரிய கூலி உண்டு.
 ஒரு முஸ்லிமைப் பொருத்தவரை மக்கள் பார்த்துக் கொண்டிருக்கும் நிலையில் பகிரங்கமாக பாவங்கள் செய்வதை குறித்து எச்சரிக்கையாய் இருப்பது அவசியமாகும். காரணம் அதனைப் பின்பற்றி யார் அப்பாவ காரியங்களில் ஈடுபடுகின்றாரோ அவர் அப்பாவத்தை தூண்டாதிருப்பினும் அதற்குரிய பாவம் அவருக்கு கிடைக்கும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3373</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ</t>
+    <t>إن من شرار الناس من تدركه الساعة وهم أحياء، ومن يتخذ القبور مساجد</t>
   </si>
   <si>
     <t>'தாம் உயிருடன் இருக்கும் போது மறுமையை சந்திப்போரும், சமாதிகளை வழிபாட்டுத் தளங்களாக எடுப்போருமே மக்களில் மிக மோசமானவர்கள்'</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بن مسعودٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>நபி நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு  மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : 'தாம் உயிருடன் இருக்கும் போது மறுமையை சந்திப்போரும், சமாதிகளை வழிபாட்டுத் தளங்களாக எடுப்போருமே மக்களில் மிக மோசமானவர்கள்'.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>தாம் உயிருடன் இருக்கும் போது மறுமையை சந்திப்போரும், சமாதிகளை வழிபாட்டுத்தளங்களாக எடுத்து அதன் பால் தொழுவோருமே மக்களில் மிக மோசமானவர்கள் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் தெரிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>சமாதிகளின் மீது பள்ளிகளைக் கட்டுவது இணைவைப்பிற்கு இட்டுச்செல்லும் வழி  என்பதனால் அதன் மீது கட்டுவது ஹராமாக்கப்பட்டிருத்தல்.
 சமாதிகளை கட்டியோ கட்டாமலோ அங்கு தொழுவது ஹராமாகும், ஏனெனில் கட்டடம் இல்லாவிடினும் ஸுஜுது செய்யப்படும் அனைத்து இடங்களும் பள்ளியாகும்; மஸ்ஜித் என்பது, கட்டடம் இல்லாதிருந்தாலும் ஸுஜூத் செய்யப்படும் இடங்களுக்கு வழங்கப்படும் ஒரு பெயராகும்.
 நல்லடியார்களின் சமாதிகளை வழிபாட்டுத் தளங்களாக எடுப்பவர்கள் மக்களில் தீயவர்களாவர், அதன் மூலம் அல்லாஹ்வின் நெருக்கத்தை அவர்கள் நாடினாலும் சரியே.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3375</t>
   </si>
   <si>
-    <t>إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ</t>
+    <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
     <t>'உங்களிடம் நான் மிக அதிகமாக அஞ்சுவது சிறிய இணைவைப்பாகும், அல்லாஹ்வின் தூதரே சிறிய இணைவைப்பு என்றால் என்ன? என ஸஹாபாகக்கள் வினவிய போது முகஸ்துதி எனக் கூறினார்கள்</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக மஹ்மூத் இப்னு  லபீத் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : 'உங்களிடம் நான் மிக அதிகமாக அஞ்சுவது சிறிய இணைவைப்பாகும், அல்லாஹ்வின் தூதரே சிறிய இணைவைப்பு என்றால் என்ன? என ஸஹாபாகக்கள் வினவிய போது முகஸ்துதி எனக் கூறினார்கள். மறுமை நாளில் மக்களுக்கு தங்களின் அமல்களுக்கு அல்லாஹ் கூலி வழங்குகையில் முகஸ்துதியாளர்களைப் பார்த்து ' உலகில் யாருக்கு காட்டுவதற்காக செய்தீர்களோ அவர்களிடம் செல்லுங்கள், அவர்களிடம் ஏதும் வெகுமதி உள்ளதா என்பதை பாருங்கள் என்று கூறிவிடுவான்'</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது சமூகத்தின் மீது மிகவும் அதிகமாக பயந்த சிறியவகை இணைவைப்பு முகஸ்துதி பற்றி குறிப்பிடுகிறார்கள் முகஸ்துதி என்பது மக்களின்; புகழை எதிர்பார்த்து செய்யும் விடயங்களைக் குறிக்கிறது. பின்னர் முகஸ்துதியாளர்களுக்கு மறுமையில் கிடைக்கும் தண்டணை குறித்து தெரிவிக்கிறார்கள். முகஸ்துதியாளர்களுக்கான தண்டனை யாதெனில், 'யாருக்காக நீங்கள் அமல்களை செய்தீர்களோ அவர்களிடமே இன்று செல்லுங்கள், அவர்கள் அதற்கான கூலியை வழங்குவதற்கான அதிகாரத்தைப் பெற்றுள்ளனரா என்று பாருங்கள்' என்று அவர்களிடம் கூறப்படும்.</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
 شدة شفقتِه صلى الله عليه وسلم على أمته وحرصه على هدايتِهم ونصحه لهم.
 إذا كان هذا خوفُه صلى الله عليه وسلم وهو يُخاطب الصحابةَ وهم ساداتُ الصالحين فالخوفُ على مَن بعدهم أشدّ.</t>
   </si>
   <si>
     <t>அமல்களை-செயற்பாடுகளை- அல்லாஹ்வுக்கு இதயசுத்தியுடன் 'இஹ்லாஸாக' செய்வதும், முகஸ்துதியிலிருந்து எச்சரிக்கையாக இருப்பதும் கடமையாகும்.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது சமூகத்தின் மீது கொண்ட அதீத கருணை மற்றும் அவர்களை நேர்வழிப்படுத்திடவும், அவர்களுக்கு நலன் நாடுவதிலும் கொண்ட அக்கறையையும் இந்த ஹதீஸ் எடுத்துக் காட்டுகின்றமை.
 முகஸ்துதி பற்றிய நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் பயமானது ஸஹாபாக்களின் மீதிருந்தது, அவர்களோ சான்றோர்களின் மிகப்பெரும் தலைவர்களாக இருந்தார்கள். இந்த வகையில் அவர்களுக்குப் பின் வந்தோர் பற்றி அதிகம் பயப்பட வேண்டிய தேவை உள்ளது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3381</t>
   </si>
   <si>
-    <t>الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ</t>
+    <t>الطيرة شرك، الطيرة شرك، الطيرة شرك، ثلاثا، وما منا إلا، ولكن الله عز وجل يذهبه بالتوكل</t>
   </si>
   <si>
     <t>(தீய சகுணம்) பறவை சகுணம் இணைவைப்பாகும், தீய சகுணம் இணைவைப்பாகும், தீய சகுணம் இணைவைப்பாகும், என மூன்று தடைவகள் கூறினார்கள். எங்களில் இது குறித்த எண்ணம் உடையவர் எவரும் இல்லாமல் இல்லை. எனறாலும்; இதனை அல்லாஹ் தவக்குளின் மூலம் அகற்றி விடுகிறான்</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسعودٍ رضي الله عنه عن رَسولِ اللهِ صلى الله عليه وسلم قال: «الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ.</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் அல்லாஹ்வின் தூதரிடமிருந்து அறிவிக்கிறார்கள்: (தீய சகுணம்) பறவை சகுணம் இணைவைப்பாகும், தீய சகுணம் இணைவைப்பாகும், தீய சகுணம் இணைவைப்பாகும், என மூன்று தடைவகள் கூறினார்கள். எங்களில் இது குறித்த எண்ணம் உடையவர் எவரும் இல்லாமல் இல்லை. எனறாலும்; இதனை அல்லாஹ் தவக்குளின் மூலம் அகற்றி விடுகிறான்.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الطيرة وهي التشاؤُمُ مِن أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك، 
 وإنما ذَكَرَ الطَّيْرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشُّروع في عملٍ مِن سَفَرٍ أو تجارة أو غير ذلك، فإنْ طار جهة اليمين تَفاءَلَ ومَضى لِمَا يُريد، وإن طار جهة الشمال تشاءَمَ وكَفَّ عمّا يُريد. 
 وأخبر بأنها شرك، وإنما كان التشاؤم شركًا؛ لأنه لا يأتي بالخير إلا الله ولا يَدفع الشر إلا الله وحده لا شريك له.
 وذَكَرَ ابنُ مسعود رضي الله عنه أنه قد يقع في قلب المسلم شيءٌ من التشاؤم، ولكنْ عليه أن يَدفعَه بالتوكل على الله، مع فعل الأسباب.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தீய சகுணம் பார்ப்பதை எச்சரித்துள்ளார்கள். தீய சகுணம் என்பது  பறவைகள், விலங்குகள், மாற்றுத் திறனாளிகள், எண்கள், நாட்கள், அல்லது வேறு எதையும் கேட்கக்கூடிய அல்லது காணக் கூடிய எதிலும் துற்சகுணம் கொள்ளுதல் - இங்கே பறவைச் சகுணம் பற்றி குறிப்பிட்டிருப்பது அஞ்ஞானக் காலமாகிய ஜாஹிலிய்யாக் காலத்தில் பிரபல்யமாயிருந்ததினாலாகும். இப்பெயர் கொண்டு அழைக்கப்பட இதற்கென ஒரு அடிப்படை உண்டு அக்காலத்தில் ஒரு வேலை நிமித்தம் ஒரு பிரயாணத்தை ஆரம்பிக்க அல்லது வியாபாரத்தில் வெளிக்கிளம்பிச் செல்வது போன்ற விடயங்களை துவங்கும் போது பறவையை பறக்க விடுவார்கள் அது வலது பக்கமாக பறந்து சென்றால் நற்சகுணமாக கருதி அவர் விரும்பிய காரியத்தில் ஈடுபடுவார். அப்பறவை இடப்பக்கமாக பறந்தால் அது துற்சகுணமகாக் கருத்திற்கு கொண்டு  அவர் ஈடுபடப்போகும் காரியத்தை தவிர்த்துக்கொள்வார். இதுவே அக்கால நடைமுறையாகக் காணப்பட்டது. சகுணம் பார்த்தல் இணைவைப்பாகும் காரணம் நன்மையொன்றை ஏற்படுத்துவதும் தீங்கொன்றை தடுப்பதும் அல்லாஹ்வைத்தவிர வேறுயாருமில்லை அவன் தனித்தவன் அவனுக்கு யாதொரு இணையும் கிடையாது.
 சகுணம் போன்ற விடயங்கள் ஒரு முஸ்லிமின் உள்ளத்தில் சில வேளை ஏற்படலாம், அதனை உரிய வழிமுறைகளைப் பின்பற்றி அல்லாஹ்வின் மீது தவக்குள் (முழுமையாக அல்லாஹ்வை சார்ந்திருத்தல்) வைப்பதன் மூலமே தடுத்திட முடியும் என இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
   </si>
   <si>
     <t>சகுணம் பார்த்தல் அல்லாஹ் அல்லாத ஒன்றில் உள்ளம் தங்கியிருப்பதால் அது இணைவைத்தலாகும்.
 முக்கிய மார்க்கப் பிரச்சினைகள் தொடர்பாக பல தடவைகள் குறிப்பிடுதலின் அவசியம் இங்கு சுட்டிக்காட்டப்பட்டுள்ளமை. அவ்வாறு பல தடவைகள் குறிப்பிடுவதன் விளைவாக உள்ளத்தில் ஆழமாகப் பதிவதுடன் மனதில் நிரந்தராமாக இருக்கும்.
 அல்லாஹ்வின் மீது தவக்குள் (முழுமையாக அல்லாஹ்வை சார்ந்திருத்தல்) வைப்பதன் மூலம் சகுணத்தை போக்கிவிட முடியும்.
 அல்லாஹ்வின் மீது மாத்திரம் தவக்குள் -நம்பிக்கை - வைக்க வேண்டும்- எனவும் உள்ளம் அவனுடன் இணைந்திருக்க வேண்டும் எனவும் இந்த ஹதீஸ் வலியுறுத்தியிருத்தல்.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3383</t>
   </si>
   <si>
     <t>أليس يحرمون ما أحل الله فتحرمونه؟ ويحلون ما حرم الله فتحلونه؟ فقلت: بلى، قال: فتلك عبادتهم</t>
   </si>
   <si>
     <t>"அல்லாஹ் ஹலாலாக்கியதை அவர்கள் ஹராமாக்க நீங்களும் ஹராமாக்கவில்லையா? அல்லாஹ் ஹராமாக்கியதை அவர்கள் ஹலாலாக்க நீங்களும் ஹலாலாக்கவில்லையா? எனக் கேட்க, நான் ஆம் என்றேன், "அதுதான் அவர்களை வணங்குவதாகும்" என்றார்கள்.</t>
   </si>
   <si>
     <t>عن عدي بن حاتم رضي الله عنه : "أنه سمع النبي صلى الله عليه وسلم يقرأ هذه الآية: "اتَّخَذُوا أَحْبَارَهُمْ وَرُهْبَانَهُمْ أَرْبَابًا مِنْ دُونِ اللَّهِ وَالْمَسِيحَ ابْنَ مَرْيَمَ وَمَا أُمِرُوا إِلاَّ لِيَعْبُدُوا إِلَهًا وَاحِدًا لا إِلَهَ إِلاَّ هُوَ سُبْحَانَهُ عَمَّا يُشْرِكُونَ" فقلت له: إنا لسنا نعبدهم، قال: أليس يُحَرِّمُونَ ما أحل الله فتُحَرِّمُونَهُ؟ ويُحِلُّونَ ما حَرَّمَ الله فتُحِلُّونَهُ؟ فقلت: بلى، قال: فتلك عبادتهم".</t>
   </si>
   <si>
     <t>அத்ய் பின் ஹாதிம் (ரலி) கூறுகின்றார்கள் : நபி (ஸல்) அவர்கள் "அவர்கள் அல்லாஹ்வை விட்டும் தம் பாதிரிகளையும், தம் சந்நியாசிகளையும் மர்யமுடைய மகனாகிய மஸீஹையும் தெய்வங்களாக்கிக் கொள்கின்றனர்; ஆனால் அவர்களோ ஒரே இறைவனைத் தவிர (வேறெவரையும்) வணங்கக்கூடாதென்றே கட்டளையிடப்பட்டுள்ளார்கள்; வணக்கத்திற்குரியவன் அவனன்றி வேறு இறைவன் இல்லை - அவன் அவர்கள் இணைவைப்பவற்றை விட்டும் மிகவும் பரிசுத்தமானவன்" எனும் வசனத்தை ஓதத் தான் கேட்ட போது நாம் அவர்களை வணங்குவதில்லையே என்று கூறினேன். அப்போது நபியவர்கள் : "அல்லாஹ் ஹலாலாக்கியதை அவர்கள் ஹராமாக்க நீங்களும் ஹராமாக்கவில்லையா? அல்லாஹ் ஹராமாக்கியதை அவர்கள் ஹலாலாக்க நீங்களும் ஹலாலாக்கவில்லையா? எனக் கேட்க, நான் ஆம் என்றேன், "அதுதான் அவர்களை வணங்குவதாகும்" என்றார்கள்.</t>
   </si>
   <si>
     <t>حينما سمع هذا الصحابي الجليل تلاوة الرسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- لهذه الآية التي فيها الإخبار عن اليهود والنصارى: بأنهم جعلوا علماءهم وعبّادهم آلهة لهم يشرعون لهم ما يخالف تشريع الله فيطيعونهم في ذلك، استشكل معناها، لأنه كان يظن أن العبادة مقصورة على السجود ونحوه، فبين له الرسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- أن من عبادة الأحبار والرهبان: طاعتهم في تحريم الحلال وتحليل الحرام، خلاف حكم الله تعالى ورسوله -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ-.</t>
   </si>
   <si>
     <t>யூத, கிறிஸ்தவர்கள் அல்லாஹ்வின் சட்டத்திற்கு மாற்றமாக தமது மதகுருகள் உருவாக்கும் சட்டத்திற்குப் கட்டுப்படுவதன் மூலம் அம்மதகுருக்களைக் கடவுள்களாக எடுத்துக் கொண்டார்கள் என்ற செய்தியை உள்ளடக்கிய இறைவசனத்தை நபியவர்கள் ஓதும் போது செவிமடுத்த இந்த நபித்தோழருக்கு அதன் கருத்தில் குழப்பநிலை தோன்றியது, ஏனெனில் வணக்கம் என்பது சிரம்பணிவது போன்றன மாத்திரம் என அவர் விளங்கி வைத்திருந்தார். அல்லாஹ், ரஸூலின் சட்டத்திற்கு மாற்றமாக ஹலாலை ஹராமாக்குவதிலும், ஹராமை ஹலாலாக்குவதிலும் தமது மதகுருக்களுக்குக் கட்டுப்படுவதும் அவர்களை வணங்குவதுதான் என நபியவர்கள் தெளிவுபடுத்தினார்கள்.</t>
   </si>
   <si>
     <t>أن طاعة العلماء وغيرهم من المخلوقين في تغيير أحكام الله -إذا كان المطيع يعرف مخالفتهم لشرع الله- شركٌ أكبر.
 أن التحليل والتحريم حقٌّ لله -تعالى-.
@@ -2304,96 +2319,99 @@
 أن معنى العبادة واسعٌ يشمل كل ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرة والباطنة.
 بيان ضلال الأحبار والرهبان.
 إثبات شرك اليهود والنصارى.
 أن أصل دين الرسل واحد وهو التوحيد.
 أن طاعة المخلوق في معصية الخالق عبادة له.
 وجوب الاستفسار من أهل العلم عما خفي حكمه.
 حرص الصحابة على العلم.</t>
   </si>
   <si>
     <t>படைப்பினங்களில் அல்லாஹ்வின் சட்டத்தை மாற்றும் அறிஞர்கள் போன்றவர்களுக்கு- அவர்கள் ஷரீஅத்திற்கு முரண்படுகின்றார்கள் என்று அறிந்தும்- கட்டுப்படுவது பெரிய இணைவைப்பாகும்.
 ஒன்றை ஆகுமாக்குவதும், தடுப்பதும் அல்லாஹ்வின் உரிமையாகும்.
 வழிப்படுவதில் இணைவைப்பு எனும் இணைவைப்பின் வகைகளில் ஒன்று இங்கு தெளிவுபடுத்தப்பட்டுள்ளது.
 அறிவீனர்களுக்குக் கற்றுக் கொடுப்பதும் மார்க்கத்தில் ஒரு பகுதியாகும்.
 வணக்கம் என்பது அல்லாஹ் விரும்பி, பொருந்திக் கொள்ளும் அனைத்து வித உள்ரங்க, வெளிப்படையான சொல், செயல் அனைத்தையும் உள்ளடக்கும் பரந்த பொருள் கொண்ட ஒரு வார்த்தையாகும்.
 யூத, கிறிஸ்தவ மதகுருக்கள் வழிகேட்டிலேயே உள்ளனர்.
 யூத, கிறிஸ்தவர்களும் இணைவைக்கின்றனர் என்பதை இந்நபிமொழி உறுதி செய்கின்றது.
 அனைத்து இறைத்தூதர்களினதும் மார்க்கத்தின் அடிப்படை ஒன்றுதான், அதுதான் ஓரிறைக் கொள்கையாகும்.
 படைத்தவனுக்கு மாறு செய்யும் விடயத்தில் படைப்பினத்திற்கு வழிப்படுவது அவர்களை வணங்குவதாகும்.
 அறியாத சட்டங்களை அறிஞர்களிடம் கேட்டுத் தெளிவு பெற்றுக் கொள்வது அவசியமாகும்.
 அறிவு கற்பதில் நபித்தோழர்களின் ஆர்வத்தை இங்கு காணலாம்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3384</t>
   </si>
   <si>
-    <t>فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ</t>
+    <t>فقلنا: أنت سيدنا، فقال: السيد الله، قلنا: وأفضلنا فضلا، وأعظمنا طولا، فقال: قولوا بقولكم، أو بعض قولكم، ولا يستجرينكم الشيطان</t>
   </si>
   <si>
     <t>நீங்கள் எங்கள் (மாபெரும்} தலைவர்"என்று கூறினோம், அதற்கு நபியவர்கள் அல்லாஹ்வே மாபெரும் தலைவன் ஆவான். அப்போது நாம் நீங்கள் எங்களில் அந்தஸ்த்தால் உயர்ந்தவராகவும் அள்ளி வழங்கும் வள்ளலாகவும்  இருக்கிறீர்கள் என்று கூறினோம். அதற்கு  நபியவர்கள் நீங்கள் சொல்வதை சொல்லுங்கள் அல்லது சிலதை கூறுங்கள்  உங்களை ஷைத்தான் எல்லை மீறிப்புகழ்வதற்கு இட்டுச் செல்லாதிருக்கட்டும்.' எனக் குறிப்பிட்டார்கள்</t>
   </si>
   <si>
     <t>عَن عَبدِ الله بنِ الشِّخِّير رضي الله عنه قَالَ: انْطَلَقْتُ في وَفدِ بَنِي عَامِرٍ إِلى رَسُولِ الله صلى الله عليه وسلم، فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ».</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு அஸ்ஸிஹ்ஹீர் رضى الله عنه அவர்கள் அறிவிக்கின்றார்கள்; பனூஆமிர் கூட்டாத்தாருடன் நபியவர்களிடம் நான் சென்றேன். அப்போது நாம் நபியவர்களைப் பார்த்து"  நீங்கள் எங்கள் (மாபெரும்} தலைவர்"என்று கூறினோம், அதற்கு நபியவர்கள் அல்லாஹ்வே மாபெரும் தலைவன் ஆவான். அப்போது நாம் நீங்கள் எங்களில் அந்தஸ்த்தால் உயர்ந்தவராகவும் அள்ளி வழங்கும் வள்ளலாகவும்  இருக்கிறீர்கள் என்று கூறினோம். அதற்கு  நபியவர்கள் நீங்கள் சொல்வதை சொல்லுங்கள் அல்லது சிலதை கூறுங்கள்  உங்களை ஷைத்தான் எல்லை மீறிப்புகழ்வதற்கு இட்டுச் செல்லாதிருக்கட்டும்.' எனக் குறிப்பிட்டார்கள்.</t>
   </si>
   <si>
     <t>جاءَ جماعةٌ إلى النبيِّ صلى الله عليه وسلم، فلمّا وَصَلَوا إليه قالوا -مَادِحِين له- بعضَ الكلمات التي كَرِهَها صلى الله عليه وسلم، 
 فقالوا: "أنت سيدُنا"، 
 فقال لهم صلى الله عليه وسلم: 
 "السيدُ الله" 
 فله السُّؤْدَدُ التامُّ على خلقِهِ وهم عبيدُهُ. 
 وقالوا: أنت "أَفْضَلُنا فَضْلًا" وأعلانا رُتبةً وشرفًا ومزيةً. 
 وأنت "أعظَمُنا طَوْلًا" وأكثرنا عطاءً وعُلوًّا ورفعةً. 
 ثم أرشدَهم النبيُّ صلى الله عليه وسلم أن يقولوا قولهم المعتاد ولا يتكلَّفوا الألفاظ، وألَّا يَجُرَّهم الشيطان إلى الغلو والإطراء الذي يُوقِع فيما حُرِّم من الشرك ووسائله.</t>
   </si>
   <si>
     <t>ஒரு குழு நபி (ஸல்) அவர்களிடம் வந்து, அவர்களை அணுகியதும், அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் விரும்பாத சில வார்த்தைகளால் அவர்களைப் புகழ்ந்து கூறினார்கள். அவர்கள் நபியவர்களைப் பார்த்து: 'நீங்கள் எங்கள் எஜமானர்.' என்று கூறினார்கள் அதற்கு  நபிகள் நாயகம் (ஸல்) அவர்கள்: ''எஜமானன் அல்லாஹ்', எனக்  கூறினார்கள். ஏனெனில் தனது படைப்பின் மீது முழு இறையாண்மை அவனுக்கே உள்ளது,  ஆகையினால் அவர்கள் அவனுடைய அடிமைகளாவர். அவர்கள் மேலும் சொன்னார்கள்: நீங்கள் 'எங்களில் சிறந்தவர்' அதாவது பதவி, மரியாதை மற்றும் தகுதி ஆகியவற்றில் எங்களில் உயர்ந்தவர். அதாவது நீங்கள் எங்களில் ' தாராள மனப்பான்மை கொண்டவர் '  தாராளமாக கொடுப்பவர், உயர்ந்தவர் மற்றும் எங்களில் மிகவும் மதிப்புமிக்கவர். பின் நபிகள் நாயகம் (ஸல்லல்லாஹு அலைஹிவஸல்லம்) அவர்கள் ஷிர்க் (பல தெய்வ வழிபாடு) மற்றும் அதற்கு வழிவகுக்கும் காரணிகளான மிகைப்படுத்தல் மற்றும் எல்லை மீறல் போன்ற ஷைத்தானின் சூழ்சிகளுக்கு ஆட்படாமல் இருக்க, வலிந்து வார்த்தைகளைக் கூறாது சாதாரணமாக வார்த்தைகளைக் கூறி புகழுமாறு வழிகாட்டினார்கள்.</t>
   </si>
   <si>
     <t>عظم قدر النبي صلى الله عليه وسلم في نفوس أصحابه واحترامهم له.
 النهي عن التكلّف في الألفاظ، والاقتصاد في المقال.
 حماية التوحيد عما يُخِلُّ به من الأقوال والأعمال.
 النهي عن الغلو في المدح، فهو من مداخل الشيطان.
 النبي صلى الله عليه وسلم هو سيِّدُ ولد آدم، وما جاء في الحديث هو من باب التواضع، ومن باب الخوف عليهم أن يغلو فيه.</t>
   </si>
   <si>
     <t>நபித்தோழர்களின் உள்ளத்தில் நபி (ஸல்) அவர்கள் பற்றி காணப்பட்ட உயர் மதிப்பையும் மரியாதையையும் இந்த ஹதீஸ் எடுத்தியம்புகின்றமை.
 இந்த ஹதீஸ் வழிந்து வார்த்தைகளைக் கூறுவதை தடுப்பதோடு வார்த்தைகளில் நடுநிலமையைக் கைக்கொள்ளுமாறு குறிப்பிடுதல்.
 தவ்ஹீதுக்கு  (ஏகத்துவத்திற்கு) பங்கம் ஏற்படுத்தக்கூடிய  வார்த்தைகள் மற்றும் செயல்களிலிருந்து  அதனைப் பாதுகாத்தல்.
 புகழ்வதில் எல்லைமீறிச்செல்வதை  தடைசெய்திருத்தல். ஏனெனில் அது ஷைத்தானின் நுழைவாயில்களில் ஒன்றாகும்.
 நபிகள் நாயகம் (ஸல்) அவர்கள் ஆதம் அலைஹிஸ்ஸலாம் அவர்களின் சந்ததிகளின் தலைவர் ஆவார், ஹதீஸில் குறிப்பிடப்பட்டிருப்பது பணிவின் அடிப்டையிலும், அவர்களின் மீது எல்லை மீறி செல்வதில் அச்சம் இருப்பதினாலும் ஆகும்.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3389</t>
   </si>
   <si>
-    <t>إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ</t>
+    <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>'நீர் வேதமுடையவர்களிடத்தில் செல்கிறீர். அவர்களிடம் சென்றடைந்துவிட்டால் வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர வேறு யாருமில்லை முஹம்மது அல்லாஹ்வின் தூதராவார் என்று (ஏகத்துவத்திற்கு) சாட்சி சொல்லும் படி அவர்களை அழைப்பீராக!</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா கூறுகின்றார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் முஆத் இப்னு ஜபல் ரழியல்லாஹு அன்ஹு அவர்களை யமன் நாட்டிற்கு ஆளுநராக அனுப்பிய போது பின்வருமாறு கூறினார்கள்: 'நீர் வேதமுடையவர்களிடத்தில் செல்கிறீர். அவர்களிடம் சென்றடைந்துவிட்டால் வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர வேறு யாருமில்லை முஹம்மது அல்லாஹ்வின் தூதராவார் என்று (ஏகத்துவத்திற்கு) சாட்சி சொல்லும் படி அவர்களை அழைப்பீராக!. இதற்கு அவர்கள் (இசைந்து) உமக்குக் கட்டுப்பட்டால், 'அல்லாஹ் தினமும் ஐவேளை தொழுவதைக் கடமையாக்கியுள்ளான்' என்பதை அவர்களுக்கு அறிவிப்பீராக! அவர்கள் இதற்கும் (இசைந்து) உமக்கு கட்டுப்பட்டால் 'அல்லாஹ் அவர்களில் செல்வந்தர்களிடமிருந்து பெற்று  அவர்களில் ஏழைகளுக்குக்கு வழங்குவதற்காக ஸகாத்தைத் கடமையாக்கியுள்ளான்' என அவர்களுக்கு அறிவிப்பீராக! அவர்கள் இதற்கும் (இசைந்து) உமக்குக் கட்டுப்பட்டால் அவர்களின் பொருட்களில் விலையுயர்ந்த பொருட்களை எடுப்பதை  குறித்து உம்மை எச்சரிக்கிறேன். அநீதி இழைக்கப் பட்டவனின் பிரார்த்தனைக்கு பயந்து கொள்ளும். ஏனெனில் அவனுக்கும் இறைவனுக்கும் மத்தியில் எந்தத் திரையும் கிடையாது'.</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் முஆத் ரழியல்லாஹு அவர்களை யமன் நாட்டிற்கு அழைப்பாளராகவும், போதகராகவும் அனுப்பும் போது அவர் கிறிஸ்தவ சமூகத்தை சந்திக்கப் போவதையும், அதனால் அதற்குரிய ஆயத்தங்களுடன் செல்ல வேண்டும் என்பதையும் தனது அழைப்புப் பணியில் முக்கியமானவற்றில் ஆரம்பித்து தனது பிரச்சாரப்பணியை ஆரம்பிக்க வேண்டும் என்பதையும் தெளிவு படுத்தினார்கள். அந்த வகையில் முதலில் 'உண்மையான வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர வேறு யாருமில்லை, முஹம்மது அல்லாஹ்வின் தூதராவார் என்று (ஏகத்துவத்திற்கு) சாட்சி கூறுதல் எனும்; நம்பிக்கையைச் சரிபடுத்தலின் பால் அழைக்க வேண்டும். இதன் மூலம்தான் அவர்கள் இஸ்லாத்தினுள் நுழைவார். இதற்கு அவர்கள் கட்டுப்பட்டால் அவர்களுக்கு தொழுகையை நிலைநாட்டுமாறு கட்டளையிட வேண்டும். ஏனெனில் ஒரிறைக் கொள்கையை ஏற்றதன் பின்னுள்ள மிகப்பெரும் கடமையாக தொழுகை காணப்படுகிறது. தொழுகையை அவர்கள் நிலைநாட்டினால் அவர்களில் உள்ள செல்வந்தர்களகள் தமது செல்வத்திலிருந்து ஏழைகளுக்கு ஸகாத் வழங்க வேண்டும் என பணிக்க வேண்டும். பின்னர் நபியவர்கள் அவர்களிடம் காணப்படும் விலையுயர்ந்த பொருள்களை ஸகாத்தாக பெறுவதை எச்சரித்தார்கள். ஏனெனில் ஸகாத் நடுத்தரமான பொருளிலிருந்தே பெறுதல் கடமையாகும். பின் அநியாயம் இழைக்கப்பட்டவரின் பிரார்த்தனை இறைவனால் ஏற்றுக்கொள்ளப்படும் என்பதினால்  அவருக்கெதிராக பிரார்த்திக்கக் கூடாது என்பதற்காக அநியாயம் இழைப்பதை தவிர்ந்து கொள்ளுமாறு உபதேசம் செய்தார்கள்</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
@@ -2421,85 +2439,85 @@
   </si>
   <si>
     <t>أن النبي -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- سئل عن علاج المسحور على الطريقة التي كانت تعملها الجاهلية، مثل: حل السحر بالسحر ما حكم ذلك، فأجاب -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- بأنه من عمل الشيطان أو بواسطته؛ لأنه يكون بأنواع سحرية واستخداماتٍ شيطانيةٍ، فهي شركية ومحرمة.
 أما النشرة الجائزة: فهي فك السحر بالرقية أو بالبحث عنه، وفكه باليد مع قراءة القرآن أو بالأدوية المباحة.</t>
   </si>
   <si>
     <t>அறியாமைக் காலத்தில் சூனியத்தை சூனியத்தால் எடுப்பது போன்று சூனியம் செய்யப்பட்டவருக்கு சிகிச்சை செய்வது பற்றி நபியவர்களிடம் வினவப்பட்டது. அப்போது அது ஷைத்தானின் செயலாகும், அல்லது அவனது ஊசலாட்டமாகும் என பதிலளித்தார்கள். ஏனெனில் இது சூனிய வகைகள் மூலமும், ஷைத்தானைப் பயன்படுத்தியும் செய்யப்படும் முறையாகும். எனவே இது தடை செய்யப்பட்ட, இணைவைப்பாகும். இதில் அனுமதிக்கப்பட்ட முறை எதுவெனில் மார்க்க சட்டபூர்வமான மந்திரித்தல் மூலம், அல்லது சூனியம் வைக்கப்பட்ட இடத்தைக் கண்டறிந்து, அல்குர்ஆன் ஓதுவதுடன் அதனைக் கையினால் அவிழ்த்தல் மூலம், அல்லது அனுமதிக்கப்பட்ட சிகிச்சை முறை மூலம் சூனியத்தை எடுக்கலாம்.</t>
   </si>
   <si>
     <t>مشروعية سؤال العلماء عما أشكل حكمه؛ حذرًا من الوقوع في المحذور.
 النهي عن النشرة على الصفة التي تعملها الجاهلية؛ لأنها سحر والسحر كفر.
 أن أعمال الشيطان كلها محرمة.</t>
   </si>
   <si>
     <t>பாவத்தில் வீழ்ந்திடாமலிருக்க மார்க்க சட்டங்களில் அறியாதவற்றை அறிஞர்களிடம் கேட்டுத் தெளிவு பெற வேண்டும்.
 அறியாமைக் கால முறைப் பிரகாரம் சூனியத்தை எடுப்பது தடுக்கப்பட்டதாகும், ஏனெனில் அதுவும் சூனியமாகவே உள்ளது, சூனியம் இறைநிராகரிப்பாகும்.
 ஷைத்தானின் எந்தச் செயலையும் செய்வது ஹராமாகும்.</t>
   </si>
   <si>
     <t>[இந்த ஹதீஸை அபூ தாவூத் பதிவு செய்துள்ளார் - இதனைஅஹ்மத் பதிவு செய்திருக்கிறார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3402</t>
   </si>
   <si>
-    <t>لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ</t>
+    <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>'கிறிஸ்தவர்கள் மர்யமின் புதல்வரை (ஈஸாவை) அளவு கடந்து புகழ்ந்ததை  போன்று என்னை நீங்கள் அளவு கடந்து புகழ வேண்டாம், நான் அல்லாஹ்வின் அடியானாவேன், எனவே அல்லாஹ்வின் அடியார், தூதர் என்றே கூறுங்கள்'</t>
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுவதைத் தான் கேட்டதாக உமர் இப்னுல் கத்தாப் ரழியல்லாஹு அன்ஹு  கூறுகின்றார்கள் : 'கிறிஸ்தவர்கள் மர்யமின் புதல்வரை (ஈஸாவை) அளவு கடந்து புகழ்ந்ததை  போன்று என்னை நீங்கள் அளவு கடந்து புகழ வேண்டாம், நான் அல்லாஹ்வின் அடியானாவேன், எனவே அல்லாஹ்வின் அடியார், தூதர் என்றே கூறுங்கள்'.</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>கிறிஸ்தவர்கள் ஈஸா இப்னு மர்யம் அலைஹிஸ்ஸலாம் அவர்களுக்கு செய்தது போல், ஷரீஆ வரைமுறையை மீறி தன்னை அளவு கடந்து புகழ்வதையும், அல்லாஹ்வின் பண்புகள், மற்றும் அவனுக்கே உரித்தான விஷேட செயல்களைக் கொண்டு வர்ணிப்பதையும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தடுத்தார்கள், அதே போன்று நபியவர்கள் மறைவானவற்றை அறிகிறார் என்று கருதுவது, அல்லது அல்லாஹ்வுக்கு நிகராக அவர்களிடம் பிரார்த்திப்பது போன்ற விடயங்களையும் இந்த ஹதீஸில் தடுத்துள்ளார்கள். பின்னர் அவர்கள் தான் யார் என்பதை பின்வருமாறு தெளிவுபடுத்துகிறார்கள். தான் அல்லாஹ்வின் அடியார்களில் ஒவருன், என்னை நீங்கள் அல்லாஹ்வின் அடியாரும் தூதருமாவார் என்று அழைக்குமாறு பணிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>புகழ்தல் மற்றும் மகிமைப்படுத்துதல்; ஆகிய விடயங்களில் ஷரீஆ வரையரையை மீறி செல்வதானது இணைவைப்பிற்கு வழிவகுக்கும் என்பதினால் கண்டிக்கப்பட்டிருத்தல்.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எச்சரித்த இந்த விடயம் எமது முஸ்லிம் சமூகத்தில் நிகழ்ந்து விட்டது. இதன் விளைவாக ஒரு பிரிவினர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிலும், இன்னொரு பிரிவினர் அஹ்லுல் பைத்தினரிலும், மற்றொரு பிரிவினர் அவ்லியாக்களிலும் அளவுகடந்து சென்றதினால் இணைவைப்பில் வீழ்ந்துள்ளனர்.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தன்னை அல்லாஹ்வின் அடியான் என வர்ணித்திருப்பது தான் அல்லாஹ்வால் இரட்சிக்கப்படுபவர் என்பதை தெளிவுபடுத்தவேயாகும். ஆகவே இரட்சகனின் பிரத்தியேக பண்புகளில் ஏதாவது ஒன்றை அவர்களுக்கு கற்பிப்பது கூடாது.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தன்னை அல்லாஹ்வின் தூதர் என வர்ணித்திருப்பது தான் அல்லாஹ்விடமிருந்து அனுப்பப்பட்ட தூதர் என்பதை தெளிவுபடுத்துவதேயாகும். ஆகவே அவர்களை உண்மைப்படுத்தி அவர்களை பின்பற்றுவது கடமையாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3406</t>
   </si>
   <si>
-    <t>أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ</t>
+    <t>أي عم، قل: لا إله إلا الله، كلمة أحاج لك بها عند الله</t>
   </si>
   <si>
     <t>நபி (ஸல்) அவர்கள் ''என் தந்தையின் சகோதரரே! 'லா இலாஹ இல்லல்லாஹ் (அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லை)' என்று சொல்லுங்கள்! இந்த (ஏகத்துவ உறுதிமொழிக்கான) சொல்லை வைத்து நான் உங்களுக்காக அல்லாஹ்விடம் வாதாடுவேன்'</t>
   </si>
   <si>
     <t>عن سَعِيدِ بْنِ الْمُسَيَّبِ، عَنْ أَبِيهِ قَالَ: لَمَّا حَضَرَتْ أَبَا طَالِبٍ الْوَفَاةُ، جَاءَهُ رَسُولُ اللهِ صلى الله عليه وسلم فَوَجَدَ عِنْدَهُ أَبَا جَهْلٍ وَعَبْدَ اللهِ بْنَ أَبِي أُمَيَّةَ بْنِ الْمُغِيرَةِ، فَقَالَ: «أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ»، فَقَالَ أَبُو جَهْلٍ وَعَبْدُ اللهِ بْنُ أَبِي أُمَيَّةَ: أَتَرْغَبُ عَنْ مِلَّةِ عَبْدِ الْمُطَّلِبِ، فَلَمْ يَزَلْ رَسُولُ اللهِ صلى الله عليه وسلم يَعْرِضُهَا عَلَيْهِ، وَيُعِيدَانِهِ بِتِلْكَ الْمَقَالَةِ، حَتَّى قَالَ أَبُو طَالِبٍ آخِرَ مَا كَلَّمَهُمْ: عَلَى مِلَّةِ عَبْدِ الْمُطَّلِبِ، وَأَبَى أَنْ يَقُولَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «وَاللهِ لَأَسْتَغْفِرَنَّ لَكَ مَا لَمْ أُنْهَ عَنْكَ»، فَأَنْزَلَ اللهُ: {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ} [التوبة: 113]، وَأَنْزَلَ اللهُ فِي أَبِي طَالِبٍ، فَقَالَ لِرَسُولِ اللهِ صلى الله عليه وسلم: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ} [القصص: 56].</t>
   </si>
   <si>
     <t>ஸஈத் இப்னுல் முஸய்யிப்  அவர்கள் தனது தந்தையிடமிருந்து அறிவிக்கிறார்கள் : (நபி (ஸல்) அவர்களுடைய தந்தையின் சகோதரர்) அபூதாலிப் அவர்களுக்கு மரண வேளை வந்தபோது அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் அவரிடம் சென்றார்கள். அங்கே அவரருகே அபூஜஹ்லையும் , 'அப்துல்லாஹ் பின் அபீஉமய்யா பின் முஃகீரா'வையும் கண்டார்கள். அப்போது  நபி (ஸல்) அவர்கள் ''என் தந்தையின் சகோதரரே! 'லா இலாஹ இல்லல்லாஹ் (அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லை)' என்று சொல்லுங்கள்! இந்த (ஏகத்துவ உறுதிமொழிக்கான) சொல்லை வைத்து நான் உங்களுக்காக அல்லாஹ்விடம் வாதாடுவேன்' என்று சொன்னார்கள்.
 அப்போது அபூஜஹ்லும், அப்துல்லாஹ் பின் அபீ உமய்யாவும் : அபூதாலிபே! நீங்கள் (உங்கள் தந்தை) அப்துல் முத்தலிபின் மார்க்கத்தை  வெறுத்து ஒதுக்கப்போகிறீர்களா? என்று கேட்டனர். அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் ஏகத்துவ உறுதிமொழியைக் கூறும்படி அவரிடம் கோரிக்கொண்டேயிருந்தார்கள். அவ்விருவரும் தாம் முன்பு சொன்னதையே சொல்லி (அவரைத் தடுத்து)க்கொண்டேயிருந்தார்கள். இறுதியில் அபூதாலிப் கடைசியாக அவர்களிடம் பேசியது ''நான் (என் தந்தை) அப்துல் முத்தலிபின் மார்க்கத்தில் இருக்கிறேன்' என்பதாகவே இருந்தது. 'லா இலாஹ இல்லல்லாஹ்' எனும் உறுதிமொழியைச் சொல்ல அவர் மறுத்துவிட்டார். அப்போது அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் ''அல்லாஹ்வின் மீதாணையாக! எனக்குத் தடை விதிக்கப்படும்வரை உங்களுக்காக நான் பாவமன்னிப்புக் கேட்டுக்கொண்டேயிருப்பேன்' என்று சொன்னார்கள். அப்போதுதான் ''இணைவைப்போருக்காகப் பாவமன்னிப்புக் கோர இறைத் தூதருக்கும், இறைநம்பிக்கையாளர் களுக்கும் உரிமை இல்லை' எனும் (9:113 ஆவது) வசனத்தை அல்லாஹ் அருளினான். அபூதாலிப் தொடர்பாக (நபியவர்கள் வருந்தியபோது) அல்லாஹ் ''(நபியே!) நீர் விரும்பியவரை (யெல்லாம்) நல்வழியில் செலுத்திவிட முடியாது. மாறாக அல்லாஹ் தான் நாடியவர்களை நல்வழியில் செலுத்துகிறான்' எனும் (கஸஸ் : 56 ஆவது) வசனத்தை அருளினான்.</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على عَمِّه أبي طالب وهو يَحْتَضِرُ، فقال له: 
 يا عم، قل "لا إله إلا الله"، كلمة أشهد لك بها عند الله، 
 فقال أبو جهل وعبد الله بن أبي أمية: يا أبا طالب، تترك ملة أبيك عبد المطلب؟! وهي عبادة الأصنام، فلم يزالا يُكلِّمانه حتى قال آخر شيء كلَّمهم به: على مِلَّةِ عبد المطلب، ملة الشرك وعبادة الأصنام، 
 فقال النبي صلى الله عليه وسلم: سأدعوا لك بالمغفرة ما لم ينهني ربي عن ذلك، فنزل قول الله تعالى: 
 {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ وَلَوْ كَانُوا أُولِي قُرْبَى مِنْ بَعْدِ مَا تَبَيَّنَ لَهُمْ أَنَّهُمْ أَصْحَابُ الْجَحِيمِ} [التوبة: 113]، 
 ونزل في أبي طالب قول الله تعالى: 
 {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللَّهَ يَهْدِي مَنْ يَشَاءُ وَهُوَ أَعْلَمُ بِالْمُهْتَدِينَ} [القصص: 56]، 
 فإنك لا تهدي مَن أحببتَ هدايتَه، إنما عليك البلاغ، والله يهدي من يشاء.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது சிறிய தந்தை அபூதாலிபிடம் அவர் மரணத்தருவாயில் இருக்கும் வேளை சென்று அவரிடம் : சிறிய  தந்தையே'  லாஇலாஹ  இல்லல்லாஹ் (அல்லாஹ்வைத் தவிர உண்மையான இறைவன் எவரும் இல்லை) என்று  கூறுங்கள். உமக்காக இந்த வார்த்தைக்கு அல்லாஹ்விடம் சான்று பகர்பவனாக இருப்பேன், என்று கூறினார்கள். அதற்கு அபூ ஜஹ்லும் அப்துல்லாஹ் இப்னு அபீ உமய்யாவும்  அபூ தாலிபே ! சிலை வணக்கமான  உமது தந்தை அப்துல் முத்தலிபின் மார்க்கத்தை விட்டுவிடவா பார்க்கிறீர்? என்று கூறினர். இறுதியாக அபூதாலிப் அவர்கள் தான் அப்துல் முத்தலிபின் மார்க்கமான இணைவைப்பு மற்றும சிலைவணக்கத்தில் இருப்பதாக கூறும் வரையில் அவரிடம்; அவர்கள் இருவரும் அப்துல் முத்தலிபின் மார்க்கம்  குறித்து  தொடர்ந்தும் கூறிக் கொண்டே இருந்தனர். அதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எனது இரட்சகன் தடுக்காது விட்டால் உமக்காக  நான்  பாவமன்னிப்புக்காக பிரார்த்திப்பேன் என்று கூற, அல்லாஹ்வின் பின்வரும் வசனம் இறங்கியது : "இணைவைத்து வணங்குபவர்களுக்காக மன்னிப்புக் கோருவது நபிக்கோ நம்பிக்கையாளர்களுக்கோ தகுமானதல்ல; அவர்கள் (இவர்களுக்கு) நெருங்கிய உறவிர்களாகயிருந்தாலும் சரியே! அவர்கள் நிச்சயமாக நரகவாசிகள்தான் என்று இவர்களுக்குத் தெளிவானதன் பின்னர் (எவ்வாறு அவர்களுக்கு மன்னிப்புக் கோரலாம்?)" (தவ்பா : 113). மேலும் அபூதாலிப் தொடர்பாக பின்வரும் இறைவசனமும் இறங்கியது : "(நபியே!) நிச்சயமாக இவர்களில் நீர் விரும்பியவர்களை நேரான வழியில் செலுத்த உம்மால் முடியாது. எனினும் அல்லாஹ், தான் விரும்பியவர்களை(த்தான்) நேரான வழியில் செலுத்துகிறான். நேரான வழியில் செல்லத் தகுதியுடையவர் யார் என்பதை அவனே நன்கறிவான்". (கஸஸ் : 56). ஆக, உம்மால் நீ விரும்பியவரை நேர்வழிப்படுத்திட முடியாது. உமது பணியெல்லாம் எத்திவைப்பது மாத்திரமே! ஆல்லாஹ்வே நாடியோருக்கு நேர்வழி காட்டுகிறான்.</t>
   </si>
   <si>
@@ -2510,51 +2528,51 @@
 الأعمال بالخواتيم.
 بطلان التعلُّق بالنبيِّ عليه الصلاة والسلام وغيره لِجَلْب النفع أو دفع الضرر.
 من قال "لا إله إلا الله" عن علمٍ ويقين واعتقادٍ دخل في الإسلام.
 مضرة أصحاب السوء وقرناء الشر على الإنسان.
 معنى "لا إله إلا الله": تركُ عبادة الأصنام والأولياء والصالحين وإفراد الله بالعبادة، وأنّ المشركين يعرفون معناها.
 جواز عيادة المريض المشرك إذا رُجي إسلامُه.
 هداية التوفيق بيد الله وحده لا شريك له،  وإنما على الرسول صلى الله عليه وسلم هداية الدلالة والإرشاد والبلاغ.</t>
   </si>
   <si>
     <t>இணைவைப்பாளர்கள் எவ்வளவு நெருங்கிய உறவினர்களாக இருந்து அவர்களின் செயலும் உபகாரமும் சிறப்பானதாக அமைந்தாலும் அவர்களுக்காக பாவமன்னிப்புக் கோருதல் தடுக்கப்பட்டுள்ளது.
 பெற்றோர்கள் மற்றும் மூதாதையர்களை அசத்தியத்தில் கண்மூடித்தனமாக பின்பற்றுதல் ஜாஹிலியாக்கால மக்களின் செயல்களில் உள்ளதாகும்.
 மக்களை சத்திய மார்க்கத்தின் பால் அழைத்து அவர்களை நேர்வழிப்படுத்திட வேண்டும் என்ற  நபியவர்களின் பேரவாவும்; அவர்களின் மீதான பூரண கருணையும் இதில் எடுத்துக் காட்டப் படுகின்றமை.
 அபூதாலிப் இஸ்லாத்தைத் தழுவினார் என்று நம்புவோருக்கான மறுப்பு இந்த சம்பவத்தில் காணப்படுகின்றமை.
 செயல்கள் யாவும் அவற்றின் இறுதி முடிவுகளைக் கொண்டே தீர்மானிக்கப்படுகின்றன.
 நலனை பெற்றுக்கொள்ளவும் அல்லது தீங்கை தடுப்பதற்கும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களையோ அவர்கள் அல்லாதவர்களையோ நாடுவது அங்கீகரிக்கப்படாத விடயமாகும்.
 யார் ஒருவர் 'லாஇலாஹ இல்லல்லாஹ்' என்ற வார்த்தையை அறிவும்; உறுதியும் நம்பிக்கையும் நிறைந்த நிலையில் கூறுகிறாரோ அவர் இஸ்லாத்தை தழுவியவராவார்.
 மனிதனில் தீய நண்பர்கள் மற்றும் நெருங்கிய உறவுகாளால் ஏற்படும் பாதிப்பை இந்த சம்பவம் எடுத்தியம்புகின்றமை.
 'லாஇலாஹ இல்லல்லாஹ் என்பதன் பொருள் : சிலைகள் மற்றும் ,அவ்லியாக்கள் -இறைநேசர்கள்- சான்றோர்கள் ஆகியோரை வணங்குவதை விட்டுவிட்டு அல்லாஹ்வை மாத்திரம் வணங்குவதைக் குறிக்கும். இணைவைப்பாளர்கள் இதன் கருத்தை அறிந்திருந்தனர்.
 இஸ்லாத்தை ஏற்றுக்கொள்வார் என்ற எதிர்பார்ப்பில் இணைவைப்பாளரான நோயாளியை சுகம் விசாரிக்கச் செல்வது அனுமதிக்கத்தக்கதாகும்.
 நேர்வழியைப் பெற்றுக்கொள்வதற்கான வாய்ப்பை வழங்குதல் எவ்வித இணையுமில்லாத ஏகனான அல்லாஹ்வின் கையில் உள்ளது. ரஸுல் ஸல்லல்லாஹு அலை ஹிவஸல்லம் அவர்களைப் பொறுத்தவரை நேர்வழியின் பால் வழிகாட்டுதல், அறிவுறுத்துதல்; மற்றும் எத்திவைத்தல் போன்றவை அவரின் மீதான பொறுப்பாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3410</t>
   </si>
   <si>
-    <t>أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ</t>
+    <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>, உள்ளத்தினால் - தூய்மையான எண்ணத்துடன் 'உண்மையாக வணங்கி வழிபடுவதற்குரியவன் அல்லாஹ்வையன்றி வேறு யாருமில்லை என்று சொன்னவர்தான்' என்று கூறினார்கள்'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள் : இறைத்தூதர் அவர்களே! மறுமை நாளில் தங்களின் பரிந்துரைக்குத் தகுதி படைத்த மனிதர் யார்?' என்று நபி ஸல்லல்லாஹு அலைஹிவஸல்லம அவர்களிடம் நான் கேட்டபோது, 'அபூ ஹுரைராவே! என்னைப் பற்றிய செய்திகளின் மீது உமக்கிருக்கும் பேரார்வம்; எனக்குத் தெரியும். எனவே, இச்செய்தியைப் பற்றியும் உமக்கு முன்னர் யாரும் என்னிடம் கேட்க மாட்டார்கள் என நான் நம்பியிருந்தேன்' என்று நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறிவிட்டு, 'மறுமை நாளில் மக்கள் அனைவரிலும் என் பரிந்துரைக்குத் தகுதி பெற்றவர் யாரெனில், உள்ளத்தினால் - தூய்மையான எண்ணத்துடன் 'உண்மையாக வணங்கி வழிபடுவதற்குரியவன் அல்லாஹ்வையன்றி வேறு யாருமில்லை என்று சொன்னவர்தான்' என்று கூறினார்கள்'.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
     <t>மறுமை நாளில், மக்களில் நபியவர்களின் பரிந்துரைக்கு மிக தகுதியானவர் 'தனது  உள்ளத்தினால் மிகத்தூய்மையான எண்ணத்துடன் லாஇலாஹ இல்லல்லாஹ் (உண்மையாக வணங்கப்படத் தகுதியான ஒரே இறைவன் அல்லாஹ்வைத் தவிர வேறு யாருமில்லை,) என்று கூறுபவரே என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அறிவிக்கிறார்கள். 'லாஇலாஹ இல்லல்லாஹ், என்பது (உண்மையாக வணங்கப்படத் தகுதியான ஒரே இறைவன் அல்லாஹ்வைத் தவிர வேறு யாருமில்லை) என்ற கருத்தைக் குறிக்கும். அத்துடன் ஷிர்க் மற்றும் முகஸ்துதி ஆகியவற்றை விட்டு நீங்கியவராக இருத்தல் வேண்டும்.</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
     <t>மறுமையில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு பரிந்துரை உண்டு என்பதை உறுதிப்படுத்தல். அது தூய்மையான ஏகத்துவவாதிகளுக்கு மாத்திரமே உண்டு.
@@ -2578,152 +2596,152 @@
   <si>
     <t>நபி (ஸல்) அவர்கள் கூறியதாக அப்துல்லாஹ் பின் அம்ரு பின் ஆஸ் (ரலி) அவர்கள் கூறினார்கள் : "யாருடைய தேவை நிறைவேறுவதிலிருந்து சகுனம் தடுக்கின்றதோ அவர் இணைவைத்து விட்டார், அதற்குரிய பரிகாரம் என்ன என வினவ, இறைவா நலவு உன்னிடமிருந்து மாத்திரம் தான், நல்ல சகுனமும் உன்னிடமிருந்து மாத்திரம் தான், உன்னைத் தவிர வேறு இறைவனில்லை என்று கூறட்டும்".</t>
   </si>
   <si>
     <t>يخبرنا رسول الله صلى الله عليه وسلم في هذا الحديث أن من منعه التشاؤم عن المضي فيما يعتزم فإنه قد أتى نوعًا من الشرك، ولما سأله الصحابة عن كفارة هذا الإثم الكبير أرشدهم إلى هذه العبارات الكريمة في الحديث التي تتضمن تفويض الأمر إلى الله تعالى ونفي القدرة عمن سواه.</t>
   </si>
   <si>
     <t>தான் முன்னெடுக்கவிருக்கும் ஒரு விடயத்தை விட்டும் யாரை தீய சகுனம் தடுக்கின்றதோ அவர் இணைவைப்பின் ஒரு வகையைச் செய்து விட்டார். இப்பாரிய பாவத்திற்கான பரிகாரம் என்னவென நபித்தோழர்கள் வினவிய போது அல்லாஹ்விடம் முழுப் பொறுப்பையும் சாட்டக்கூடிய, அவனுக்கு மாத்திரம்தான் சக்தியுள்ளது என்பதை உறுதிப்படுத்தக் கூடிய மேற்கண்ட வார்த்தையை மொழியுமாறு கூறினார்கள்.</t>
   </si>
   <si>
     <t>إثبات شرك من ردته الطيرة عن حاجته.
 قبول توبة المشرك.
 الإرشاد إلى ما يقوله من وقع في التطير.
 أن الخير والشر مقدر من الله -تعالى-.</t>
   </si>
   <si>
     <t>தீய சகுனத்தின் காரணமாக முன்னெடுக்கவிருந்த செயலை விடுவதும் இணைவைப்பாகும்.
 இணைவைப்பாளனின் பாவமன்னிப்பும் முறையாக இருக்கும்பட்சத்தில் ஏற்கப்படும்.
 சகுனம் பார்த்தவர் செய்ய வேண்டிய பரிகாரம் இங்கு கூறப்பட்டுள்ளது.
 நலவு, கெடுதி அனைத்தும் அல்லாஹ்வின் ஏற்பாட்டின் அடிப்படையிலேயே நடைபெறுகின்றன.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3416</t>
   </si>
   <si>
-    <t>أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ</t>
+    <t>أدخله الله الجنة على ما كان من العمل</t>
   </si>
   <si>
     <t>எனவும்  (சொல்லால் உரைத்து, உள்ளத்தால் நம்பி) உறுதிமொழி கூறுகிறவரை அல்லாஹ் அவரின் செயல்களுக்கேற்ப சொர்க்கத்தில் நுழைவிப்பான்.'</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ شَهِدَ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَأَنَّ عِيسَى عَبْدُ اللهِ وَرَسُولُهُ وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَالْجَنَّةُ حَقٌّ، وَالنَّارُ حَقٌّ، أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக உபாதா ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள்: 'வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர வேறெவருமில்லை' என்றும் 'முஹம்மது அல்லாஹ்வின் அடியாரும் அவனுடைய தூதரும் ஆவார்' என்றும், 'ஈஸா(அலைஹிஸ்ஸலாம்) அவர்கள் அல்லாஹ்வின் அடியாரும் அவனுடைய தூதரும் ஆவார்' என்றும், 'அல்லாஹ் மர்யமை நோக்கிச் சொன்ன ('ஆகுக!' என்னும்) ஒரு வார்ததை(யால் பிறந்தவர்)' என்றும், 'அவனிடமிருந்து (ஊதப்பட்ட) ஓர் உயிர்' என்றும், சொர்க்கம் (இருப்பது) உண்மை தான்' என்றும், நரகம் இருப்பது உண்மைதான் எனவும்  (சொல்லால் உரைத்து, உள்ளத்தால் நம்பி) உறுதிமொழி கூறுகிறவரை அல்லாஹ் அவரின் செயல்களுக்கேற்ப சொர்க்கத்தில் நுழைவிப்பான்.'</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ مَن نَطَقَ بكلمةِ التوحيد عارفًا لمعناها عاملًا بمقتضاها، 
 وشهد بعبودية محمد صلى الله عليه وسلم ورسالته، واعترف بعبودية عيسى ورسالته، 
 وأنَّ الله خلقه بقوله "كن" فكان، وأنه روح من الأرواح التي خلقها الله، 
 وَبَرَّأَ أُمَّهُ مِمّا نَسَبَه إليها اليهود، 
 وآمن بأن الجنة حق، وأن النار حق، معتقدًا وجودهما، وأنهما نعيم الله وعذابه، 
 ومات على ذلك؛ فمصيره إلى الجنة وإن كان مقصِّرًا في الطاعات، وله ذنوب.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் யார் ஏகத்துவ வார்த்தையை மொழிந்து அதன் கருத்துக்களை அறிந்து அதன் அடிப்படையில் அமல் செய்து, முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அல்லாஹ்வின் அடிமையென்றும், அவரின் தூதுத்துவத்தை சான்று பகர்ந்து, ஈஸா (அலை) அவர்களையும் அவரின் தூதுத்துவத்தையும் ஏற்று, மேலும் அல்லாஹ் அவரை 'குன்'ஆகுக என்ற வார்த்தையின் மூலம் படைத்தான் என்றும் அவர் அல்லாஹ் படைத்த உயிர்களில் ஒன்று என ஏற்று, யூதர்கள் அவர்களின் தயார் குறித்து கூறிய தரங்கெட்ட வார்த்தையை விட்டும் அவர்களின் தாயார் தூய்மையானவர் என தூய்மைப்படுத்தி, சுவர்க்கம் மற்றும் நரகம் உண்மையானவை என  விசுவாசித்து,  அவைகளின் உள்ளமையை ஏற்றுக் கொண்டு அவை இரண்டும் அல்லாஹ்வின் வெகுமதியும் அவனின் தண்டனையும் என முழுமையாக நம்பி, அந்த நம்பிக்கையின் மீதே மரணித்துவிட்டால் அவர் செல்லுமிடம் சுவர்க்கமாகும். அவர் வணக்க வழிபாடுகளில் குறைவு செய்து, பாவங்கள் செய்திருந்தாலும் சரியே!</t>
   </si>
   <si>
     <t>الله تعالى خَلَقَ عيسى ابن مريم بكلمة (كُنْ) من غير أب.
  الجمع بين كون عيسى ومحمد صلى الله عليهما وسلم عبدي الله ورسوليه، فهما رسولان لا يكذبان، وعبدان لا يُعْبَدان.
 فضل التوحيد وتكفيره للذنوب، وأنَّ مصيرَ الموحِّد الجنةُ وإنْ وقع منه بعض الذنوب.</t>
   </si>
   <si>
     <t>மர்யமின் மகன் ஈஸாவை அல்லாஹ் 'குன்' எனும் வார்த்தையின் மூலம் தந்தையின்றி படைத்தான்.
 ஈஸா அலைஹிஸ்ஸலாம் மற்றும் முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் ஆகிய இருவரையும் ஒன்றிணைப்பது – அல்லது அவர்கள் இருவர்களுக்கிடையேயான ஒற்றுமை அவர்கள் அல்லாஹ்வின் அடிமையும் தூதர்களுமாவர் என்பதாகும். மேலும் அவர்கள் இருவரும் தூதர்கள் என்பதில் பொய்பிக்கப்படவோ, வணங்கப்பட வேண்டியவர்களோ அல்லர்.
 தவ்ஹீத்-ஏகத்துவத்தின்- சிறப்பும் அதன் விளைவாக பாவங்கள் மன்னிக்கப்டுதலும், மேலும் ஓரு ஏகத்துவவாதியின் இறுதி முடிவு அவனிடமிருந்து சில பாவங்கள் நிகழ்ந்தாலும் கூட சுவர்க்கமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3417</t>
   </si>
   <si>
-    <t>مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ</t>
+    <t>من لقي الله لا يشرك به شيئا دخل الجنة، ومن لقيه يشرك به دخل النار</t>
   </si>
   <si>
     <t>'யார் அல்லாஹ்வை இணைவைக்காத நிலையில் சந்திக்கிறாரோ அவர் சுவனம் நுழைவார். யார் அவனை இணைவைத்த நிலையில் சந்திக்கிறாரோ அவர் நரகில் நுழைவார்'</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை தான் கேட்டதாக ஜாபிர் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள்: 'யார் அல்லாஹ்வை இணைவைக்காத நிலையில் சந்திக்கிறாரோ அவர் சுவனம் நுழைவார். யார் அவனை இணைவைத்த நிலையில் சந்திக்கிறாரோ அவர் நரகில் நுழைவார்'.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ مَن مات لا يشرك بالله شيئًا فمصيرُه إلى الجنة وإنْ عُذِّبَ على بعضِ ذنوبِه، وأنَّ مَن مات وهو يشرك بالله شيئًا خُلِّد في النار.</t>
   </si>
   <si>
     <t>' அல்லாஹ்விற்கு எதனையும் இணைவைக்காத நிலையில் மரணிப்பவர், அவரின் சில குற்றங்களுக்கு-பாவங்களுக்கு- தண்டனை வழங்கப்பட்டாலும் அவரின் இறுதி முடிவு சுவர்க்கமாகும். யார் அல்லாஹ்வுக்கு எதனையும் இணைவைத்த நிலையில் மரணிக்கிறாறோ அவர் நரகத்தில் நிரந்தரமாக இருப்பார் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
     <t>நரகில் நிரந்தரமாக தங்குவதை விட்டு தப்பிக்க காரணமாக அமையும், ஏகத்துவத்தின் சிறப்பு இங்கு சுட்டிக்காட்டப்பட்டுள்ளது.
 சுவர்க்கம், நரகம் மனிதனுக்கு அருகிலேயே உள்ளன, அவனுக்கும் அவற்றுக்குமிடையில் மரணத்தைத் தவிர வேறு இடைவெளியில்லை.
 ஷிர்க் குறைவானதாக இருந்தாலும், கூடுதலாக இருந்தாலும் அதிலிருந்து விலகி இருக்க வேண்டும் என எச்சரிக்கப்பட்டிருத்தல். ஏனெனில் அவற்றிலிருந்து விலகியிப்பதே நரகிலிருந்து தப்பிப்பதற்கான வழியாகும்.
 செயல்களில் இறுதியை வைத்தே இறுதி முடிவு கணிக்கப்படுகின்றது</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3418</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ</t>
+    <t>من مات وهو يدعو من دون الله ندا دخل النار</t>
   </si>
   <si>
     <t>அல்லாஹ்வுக்கு நிகராக வேறொருவரை அழைக்கும் நிலையில் மரணித்தவர் நரகில் நுழைவார்'</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: قَالَ النَّبِيُّ صلى الله عليه وسلم كَلِمَةً وَقُلْتُ أُخْرَى، قَالَ النَّبِيُّ صلى الله عليه وسلم: «مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ» وَقُلْتُ أَنَا: مَنْ مَاتَ وَهُوَ لَا يَدْعُو لِلهِ نِدًّا دَخَلَ الْجَنَّةَ.</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள்: நபி  ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு வார்த்தையை கூற அதற்கு நான் வேறு ஒன்றை கூறினேன்.  நபியவர்கள் 'அல்லாஹ்வுக்கு நிகராக வேறொருவரை அழைக்கும் நிலையில் மரணித்தவர் நரகில் நுழைவார்'. அப்போது நான் அல்லாஹ்வுக்கு நிகராக வேறொருவரை அழைக்காத நிலையில் மரணித்தவர் சுவர்க்கம் நுழைவார் என்று கூறினேன்.</t>
   </si>
   <si>
     <t>يُخْبِرُنا النبيُّ صلى الله عليه وسلم أنَّ مَن صَرَفَ شيئًا مما يجب أن يكون لله إلى غيره، كدعاء غير الله تعالى، أو الاستغاثة بغيره، ومات على ذلك فإنه من أهل النار. 
 وزاد ابن مسعود رضي الله عنه أن من مات وهو لا يشرك بالله شيًا فإنَّ مَصيرَه إلى الجنة.</t>
   </si>
   <si>
     <t>அல்லாஹ்வுக்கென உரித்தான விடயங்களில் ஒன்றை பிற ஒன்றின் பால் யார் திருப்பி விடுகிறாறோ அதாவது அல்லாஹ் அல்லாதவரிடத்தில் பிரார்த்தித்தல், அல்லது உதவி கோரி வேண்டுதல் போன்ற விடயங்களை செய்த நிலையில் ஒருவர் மரணிப்பாராயின் அவர் நரக வாதிகளில் ஒருவராக கருதப்படுவார் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெரிவிக்கிறார்கள். யார் அல்லாஹ்வுக்கு எதனையும் இணைவைக்காத நிலையில் மரணிக்கிறாரோ அவரின் இறுதி முடிவு சுவர்க்கமாகும் என இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் இத்தகவலுடன் மேலதிகமாக குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>الدعاء عبادةٌ لا يُصرف إلا لله تعالى.
 فضل التوحيد، وأنَّ مَن مات عليه دخل الجنة، وإنْ عُذِّبَ على بعض ذنوبه.
  خطر الشرك، وأنَّ مَن مات عليه دخل النار.</t>
   </si>
   <si>
     <t>பிரார்த்தனை வணக்காமாகும் அதனை அல்லாஹ்வைத் தவிர வேறு யாரிடமும் முன்வைப்பது கூடாது.
 தவ்ஹீத் -ஏகத்துவத்தின் -சிறப்பு குறிப்பிடப்பட்டிருத்தல். யார் ஏகத்துவத்தை ஏற்ற நிலையில் மரணிக்கிறாரோ அவர் சுவர்க்கம் நுழைவார். அவர் தனது சில பாவங்களுக்கு தண்டிக்கப்பட்டாலும் சரியே!
 இணைவைத்தலின் அபாயம் குறிப்பிடப்பட்டிருத்தல், யார் அதில் மரணித்து விடுகிறாரோ அவர் நரகம் நுழைவார்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3419</t>
   </si>
   <si>
-    <t>هَلَكَ الْمُتَنَطِّعُون</t>
+    <t>هلك المتنطعون</t>
   </si>
   <si>
     <t>'மார்க்கத்தை எல்லை மீறி பின்பற்றுவோருக்கு  (தீவிரமானோர்)அழிவு உண்டாகட்டுமாக</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு மஸ்ஊத் அவர்கள் கூறினார்கள் : 'மார்க்கத்தை எல்லை மீறி பின்பற்றுவோருக்கு  (தீவிரமானோர்)அழிவு உண்டாகட்டுமாக' இவ்வாறு மூன்று முறை கூறினார்கள்.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>எவ்வித சரியான வழிகாட்டலோ அறிவோ இன்றி மார்க்கத்திலும் உலக விவகாரங்களிலும், வார்த்தை மற்றும் செயல்களிலும் தீவிரமாகவும் கடுமையாகவும் நடந்துகொள்வோரின் கைசேதம் மற்றும் அழிவு பற்றி நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். இவர்கள் நபியவர்கள் கொண்டுவந்த ஷரீஆ வரம்புகளை மீறி நடந்தோர்களாவர்.</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
     <t>அனைத்து விடயங்களிலும் எல்லை மீறி தீவிரமாக ஈடுபடுவதையும், வலிந்து செய்வதையும் ஹராமாக்கியிருத்தல். இவ்வழிமுறையை எல்லா விவகாரங்களிலும் தவிர்ந்திருக்குமாறு தூண்டியிருப்பதோடு, குறிப்பாக வணக்கங்கள், நல்லடியார்களை மதித்தல் போன்றவற்றில் தவிர்ந்து கொள்ளுமாறு ஊக்குவித்துள்ளமை.
 வணக்க வழிபாடுகளிலும் ஏனைய காரியங்களிலும் பரிபூரணமாக ஈடுபடுவது புகழத்தக்க விடயாமாகும். ஆனால் அவை ஷரீஆவை பின்பற்றியதாக அமைதல் வேண்டும்.
@@ -2761,194 +2779,194 @@
 أن سبب فقد العلم هو موت العلماء.
 التحذير من التقليد، وأنه قد يؤول بأهله إلى المروق من الإسلام.
 قدم الشرك في الأمم السابقة.
 أن هذه الأسماء الخمسة المذكورات من معبودات قوم نوح.
 بيان تكاتف وتعاون أهل الباطل على باطلهم.
 جواز الدعاء على الكفار على سبيل العموم.</t>
   </si>
   <si>
     <t>நல்லடியார்கள் விடயத்தில் அளவு கடந்து செல்வது அல்லாஹ் அல்லாமல் அவர்களை வணங்கி, மார்க்கத்தை அறவே விடக் காரணமாகின்றது.
 உருவப்படங்கள் செய்வது, அவற்றைத் தொங்க விடுவது- குறிப்பாக முக்கிய பிரமுகர்களது உருவங்கள்- போன்றவற்றை விட்டும் இந்நபிமொழி எச்சரிக்கின்றது.
 ஷைத்தானின் சூழ்ச்சி, சத்தியத்தின் போர்வையில் அசத்தியத்தை அவன் காட்டும் விதத்திலிருந்து எச்சரித்தல்.
 செய்பவரின் நோக்கம் நல்லதாக இருந்தாலும் மார்க்கத்தின் பெயரால் உருவாக்கப்பட்ட புதிதான நூதனங்களை விட்டும் எச்சரித்தல்.
 உருவப்படம் செய்வது (புகைப்படம் பிடிப்பது) இணைவைப்பிற்கு இட்டுச் செல்லக்கூடியதாகும், எனவே உயிருள்ளவற்றை உருவமாகச் செய்வதை (புகைப்படம் பிடிப்பதை) விட்டும் எச்சரிக்கையாக இருத்தல் வேண்டும்.
 அறிவு இருப்பதன் மகத்துவத்தையும், அது இல்லாமல் போவதால் ஏற்படும் விளைவையும் அறிந்து வைத்தல்.
 அறிவு மங்குவதற்கான காரணம் அறிஞர்கள் மரிப்பதாகும்.
 கண்மூடித் தனமாகப் பின்பற்றுவதை எச்சரித்தல், அது சிலவேளை இஸ்லாத்தை விட்டும் நலுவக் காரணமாகி விடும்.
 இணைவைப்பு புராதன சமூகங்களிலிருந்து இருந்து வந்த தொண்மையான ஒரு செயலாகும்.
 மேற்கூறப்பட்ட ஐந்து பெயர்களும் நூஹ் (அலை) அவர்களது சமூகத்தினரின் கடவுள்களாகும்.
 அசத்தியவாதிகள் தமது அசத்தியத்தில் கைகோர்ப்பதையும், ஒத்துழைப்பதையும் இச்செய்தி தெளிவுபடுத்துகின்றது.
 தனி நபர்களின்றி பொதுவாக இறை நிராகரிப்பாளர்களை சபிப்பது கூடும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3421</t>
   </si>
   <si>
-    <t>عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ</t>
+    <t>عن النبي صلى الله عليه وسلم أنه قال في الأنصار: لا يحبهم إلا مؤمن، ولا يبغضهم إلا منافق، من أحبهم أحبه الله ومن أبغضهم أبغضه الله</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அன்ஸாரிகள் குறித்து இவ்வாறு கூறினார்கள் "அவர்களை உண்மை இறைவிசுவாசியைத் தவிர வேறு யாரும் நேசம் கொள்ளவும் மாட்டார். நயவஞ்சகனைத் தவிர வேறு யாரும் அவர்களை வெறுக்கவும் மாட்டார்.யார் அவர்களை நேசிக்கிறாரோ அவர்களை அல்லாஹ் நேசிக்கிறான். யார் அவர்களை வெறுக்கிறாரோ அவர்களை அல்லாஹ்வும் வெறுக்கிறான்</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ».</t>
   </si>
   <si>
     <t>பராஉ ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அன்ஸாரிகள் குறித்து இவ்வாறு கூறினார்கள் "அவர்களை உண்மை இறைவிசுவாசியைத் தவிர வேறு யாரும் நேசம் கொள்ளவும் மாட்டார். நயவஞ்சகனைத் தவிர வேறு யாரும் அவர்களை வெறுக்கவும் மாட்டார்.யார் அவர்களை நேசிக்கிறாரோ அவர்களை அல்லாஹ் நேசிக்கிறான். யார் அவர்களை வெறுக்கிறாரோ அவர்களை அல்லாஹ்வும் வெறுக்கிறான்".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حُبَّ الأنصار مِن أهل المدينة، علامةٌ على كمال الإيمان؛ وهذا لسابِقَتِهم في نُصرة الإسلام والنبي عليه الصلاة والسلام، والسعي في إيواء المسلمين، وبذلهم أموالهم وأنفسهم في سبيل الله، وأنَّ بُغضَهم عَلامةٌ على النفاق. 
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن أَحَبَّ الأنصار أحبَّه الله، ومَن أبغضهم أبغضَه الله.</t>
   </si>
   <si>
     <t>மதீனாவைச் சேர்ந்தவர்களான அன்ஸாரிகளை நேசம் கொள்வது ஈமானின் பூரணத்துவத்திற்கான அடையாளம் எனக் குறிப்பிடுகிறார்கள். ஆரம்பத்திலேயே இஸ்லாத்திற்கும் நபியவர்களுக்கும் செய்த உதவியினாலும் மதீனா முஸ்லிம்களுக்கு அடைக்களம் வழங்கி அவர்களின் உடமைகள் மற்றும் உயிர்களினாலும் செய்த தியாகத்தினாலும் இந்த சிறப்பு அவர்களுக்கு கிடைத்துள்ளது. அத்துடன் அவர்களை வெறுப்பது நயவஞ்சத்தின் அடையாளம் எனவும் இந்த ஹதீஸில் நபியவர்கள் பிரஸ்தாபிக்கிறார்கள் . தொடர்ந்தும் நபியவர்கள் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் 'யார் அன்ஸாரிகளை நேசிக்கிறாரோ அவரை அல்லாஹ்வும் நேசிப்பதாகவும் யார் அவர்களை வெறுக்கிறாரோ அவரை அல்லாஹ் வேறுப்பதாகவும் தெளிவு படுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>فيه مَنْقَبَة عظيمة للأنصار، فحُبُّهم علامةٌ على الإيمان وبراءةٌ من النفاق.
 حُبُّ أولياء الله ونصرتهم سبب في حب الله للعبد.
 فضل السابقين الأولين في الإسلام.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் அன்ஸாரிகளுக்கான மிகப்பெரும் சிறப்பு குறிப்பிடப்பட்டுள்ளமை. அதாவது அவர்களை நேசிப்பது ஈமானின் அடையாளமாகும், மேலும் நயவஞ்சகத்திலிருந்து தூய்மைபெற்றதற்கான அடையாளமுமாகும்.
 அல்லாஹ்வின் நேசர்களை நேசித்து அவர்களுக்கு உதவி செய்வது அல்லாஹ் அடியானை நேசிப்பதற்கான ஒரு காரணமாகும்.
 இஸ்லாத்தை ஆரம்பத்தில் ஏற்றுக்கொண்டோரின் சிறப்பு.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3438</t>
   </si>
   <si>
-    <t>فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ</t>
+    <t>فتوضأ لهم وضوء النبي صلى الله عليه وسلم</t>
   </si>
   <si>
     <t>நபி (ஸல்) அவர்கள் செய்ததைப் போன்று வுழூச் செய்துகாட்டினார்கள்</t>
   </si>
   <si>
     <t>عَنْ يحيى بنِ عُمَارةَ المَازِنِيِّ قَالَ: شَهِدْتُ عَمْرَو بْنَ أَبِي حَسَنٍ سَأَلَ عَبْدَ اللَّهِ بْنَ زَيْدٍ، عَنْ وُضُوءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَدَعَا بِتَوْرٍ مِنْ مَاءٍ، فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَكْفَأَ عَلَى يَدِهِ مِنَ التَّوْرِ، فَغَسَلَ يَدَيْهِ ثَلاَثًا، ثُمَّ أَدْخَلَ يَدَهُ فِي التَّوْرِ، فَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثَلاَثَ غَرَفَاتٍ، ثُمَّ أَدْخَلَ يَدَهُ فَغَسَلَ وَجْهَهُ ثَلاَثًا، ثُمَّ غَسَلَ يَدَيْهِ مَرَّتَيْنِ إِلَى المِرْفَقَيْنِ، ثُمَّ أَدْخَلَ يَدَهُ فَمَسَحَ رَأْسَهُ، فَأَقْبَلَ بِهِمَا وَأَدْبَرَ مَرَّةً وَاحِدَةً، ثُمَّ غَسَلَ رِجْلَيْهِ إِلَى الكَعْبَيْنِ.</t>
   </si>
   <si>
     <t>யஹ்யா இப்னு உமாரா அல்மாஸினி அவர்கள் கூறுகிறார்கள். அம்ர் பின் அபீஹஸன் (ரஹ்) அவர்களுடன் (ஒரு நாள்) நான் இருந்தேன். அவர்கள் அப்துல்லாஹ் பின் ஸைத் (ரழி) அவர்களிடம் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் செய்த வுழூ பற்றிக் கேட்டார்கள். அப்போது அப்துல்லாஹ் பின் ஸைத் (ரழி) அவர்கள் ஒரு கல் பாத்திரத்தில் தண்ணீர் கொண்டுவரச் சொல்லி நபி (ஸல்) அவர்கள் செய்ததைப் போன்று வுழூச் செய்துகாட்டினார்கள்: (ஆரம்பமாக) பாத்திரத்திலிருந்த தண்ணீரைத் தமது கையில் ஊற்றி மூன்று முறை கைகளைக் கழுவினார்கள். பின்னர் தமது கையைப் பாத்திரத்தில் நுழைத்து மூன்று முறை தண்ணீர் அள்ளி வாய்கொப்புளித்து மூக்கிற்குள் நீர் செலுத்திச் சிந்தினார்கள். மீண்டும் தமது கையைப் பாத்திரத்தில் நுழைத்து மூன்று முறை முகத்தைக் கழுவினார்கள். பின்னர் தம் இரு கைகளையும் முழங்கைவரை இரு முறை கழுவினார்கள். பின்னர் கையை (பாத்திரத்தில்) நுழைத்து (ஈரக் கையால்) தமது தலையைத் தடவினார்கள். (அதாவது) இரு கைகளையும் முன் தலையில் வைத்து பின்னால் கொண்டுசென்றார்கள். அப்படியே பின்னாலிருந்து முன் பகுதிக்கு (ஆரம்பித்த இடத்திற்கே) கொண்டுவந்தார்கள். இவ்வாறு ஒரு தடவை மட்டுமே செய்தார்கள் (மூன்று தடவை செய்யவில்லை). பின்னர் தம் கால்களை கணுக்கால்கள்வரை கழுவினார்கள்.</t>
   </si>
   <si>
     <t>بَيَّنَ عبدُ الله بن زيدٍ رضي الله عنه كيفيةَ وضوءِ النبيِّ صلى الله عليه وسلم، بصورة فِعليَّة، 
 فطلب إناءً صغيرًا مِن ماء، 
 فبدأ أوّلًا بغسل كفيه، ثم أمال الإناء وصَبَّ مِن الماء فغسلهما ثلاثًا خارج الإناء، 
 ثم أَدخلَ يدَه في الإناء، فاغْتَرَفَ منه ثلاثَ غَرفات يتمضمض في كل غرفة ويستنشق ويستنثر، 
 ثم اغترف من الإناء فغسل وجهه ثلاث مرات، 
 ثم اغترف منه فغسل يديه إلى المرفقين مرتين مرتين، 
 ثم أدخل يديه في الإناء فمسح رأسه بيديه بَدَأَ بِمُقَدَّم رأسِهِ حتى وصل إلى قَفَاه أعلى الرقبة، ثم ردَّهما حتى وصل إلى المكان الذي بدأ منه، 
 ثم غسل رجليه مع الكعبين.</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு ஸைத் ரழியல்லாஹு அன்ஹு அவர்கள் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் வுழு செய்யும் முறை பற்றி செயல்ரீதியாக விளக்குகிறார்கள். ஒரு பாத்திரத்தில் நீர் கொண்டுவருமாறு வேண்டினார்கள். முதலில் தனது இரு முன்னங்கைகளை கழுவினார்கள், பின்னர் பாத்திரத்தை சாய்த்து பாத்திரத்திற்கு வெளியே மூன்று முறை நீரை ஊற்றிக் கழுவினார்கள். பின்னர்  தனது கையை பாத்திரத்தினுள் இட்டு மூன்று முறை தண்ணீரை அள்ளி வாய்கொப்பளித்து நாசுக்குள் நீறை செலுத்தி அதனை சிந்தினார்கள், பின் பாத்திரத்திலிருந்து நீரை அள்ளி தனது முகத்தை மூன்று தடவைகள் கழுவினார்கள். அதன் பின் நீரை அள்ளி தனது இரு கைகளையும் முழங்கைகள் வரை இரு முறை கழுவினார்கள். அதன் பின் தனது இருகைகளையும் பாத்திரத்தினுள் இட்டு இருகைகளாலும் தலையை தடவினார்கள் (மஸ்ஹ் செய்தார்கள்) அதாவது தலையின் முன்பகுதியிலிருந்து ஆரம்பித்து பிடரியின் மேல் பகுதி வரை கொண்டு சென்று ஆரம்பித்த இடம் வரை மீண்டு கொண்டு வந்தார்கள். கரண்டைக் கால் உட்பட தனது இரு கால்களையும் கழுவினார்கள்.</t>
   </si>
   <si>
     <t>سُلُوْكُ المُعلِّم أقربَ الوسائل إلى الفهم ورسوخ العلم، ومن ذلك التعليم بالعمل.
 جواز التكرار ثلاثًا في بعض أعضاء الوضوء واثنتين في بعضها، والواجب مرة واحدة.
 وجوب الترتيب بين أعضاء الوضوء كما جاء في الحديث.
 حَدُّ الوجه مِن مَنابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا.</t>
   </si>
   <si>
     <t>ஒரு தகவலை பதியச் செய்யவும் புரிய வைக்கவும் ஆசிரியர் மிகவும் கிட்டிய சாதனங்களை பயன்படுத்துதல். அவற்றுள்  செயன்முறைக் கற்பித்தலும் ஒன்றாகும்.
 வுழுவின் உறுப்புக்களை கழுவும்போது சில உறுப்புக்களை மூன்று தடவையும் இன்னும் சில உறுப்புக்களை இரு தடவைகளும் கழுவுவது அனுமதிக்கப்பட்டதாகும். ஆனால் ஒரு தடவை கழுவுவது (கடமை) வாஜிபாகும்.
 ஹதீஸில் வந்துள்ளது போல் வுழுவின் உறுப்புக்களிக்கிடையில் ஒழுங்கை பேணுவது வாஜிபாகும்.
 முகத்தின் எல்லை என்பது நீளவாக்கில் நெற்றியின் முடி முளைக்கும் பகுதியிலிருந்து நாடி வரைக்குமான பகுதியாகும். அகலவாக்கில் ஒரு காதுச் சோணையிலிருந்து மறு காதுச் சோணை வரைக்குமான பகுதியாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3444</t>
   </si>
   <si>
-    <t>إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ</t>
+    <t>إنما كان يكفيك أن تقول بيديك هكذا ثم ضرب بيديه الأرض ضربة واحدة، ثم مسح الشمال على اليمين، وظاهر كفيه ووجهه</t>
   </si>
   <si>
     <t>அவர்கள் "தமது கையை பூமியில் ஓர் அடி அடித்து விட்டு,தமது வலக் கரத்தால் இடது கையையும் இரு முன்னங்கைகளையும்  (இரு கைகளால்) தமது முகத்தையும் தடவி விட்டு, இப்படி நீர் செய்திருந்தால் உமக்குப் போதுமான தாயிருந்திருக்கும் என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>عَنْ عَمَّارِ بنِ ياسِرٍ رضي الله عنه قال: بَعَثَنِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي حَاجَةٍ، فَأَجْنَبْتُ فَلَمْ أَجِدِ الْمَاءَ، فَتَمَرَّغْتُ فِي الصَّعِيدِ كَمَا تَمَرَّغُ الدَّابَّةُ ثُمَّ أَتَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَذَكَرْتُ ذَلِكَ لَهُ فَقَالَ: «إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ.</t>
   </si>
   <si>
     <t>அம்மார் இப்னு யாஸிர் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள்: அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் என்னை ஒரு தேவைக்காக அனுப்பிவைத்தார்கள். அப்போது எனக்கு பெருந்துடக்கு ஏற்பட்டு (குளிப்பு கடமையாகி) விட்டது. ஆனால், தண்ணீர் கிடைக்கவில்லை. எனவே, நான் (குளிப்புக்கு தயம்மும் செய்வதற்காகப்) பிராணிகள் புரள்வதைப் போன்று மண்ணில் புரண்டேன்.
 (ஊர் திரும்பியதும்) இந்தச் செய்தியை நான் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்களிடம் சொன்னேன். அப்போது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் "தமது கையை பூமியில் ஓர் அடி அடித்து விட்டு,தமது வலக் கரத்தால் இடது கையையும் இரு முன்னங்கைகளையும்  (இரு கைகளால்) தமது முகத்தையும் தடவி விட்டு, இப்படி நீர் செய்திருந்தால் உமக்குப் போதுமான தாயிருந்திருக்கும் என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அம்மார் இப்னு யாஸிர் ரழியல்லாஹு அன்ஹு அவர்களை சில தேவைகளின் நிமித்தம் அனுப்பி வைத்தார்கள். அவ்வேளை அவருக்கு உடலுறவின் மூலம் அல்லது இச்சையினால் விந்து வெளிப்பட்டு; அவருக்கு பெருந்தொடக்கு ஏற்பட்டது.(குளிப்பு கடமையாகியது) ஆகவே அருக்கு குளிப்பதற்கான நீர் கிடைக்கவில்லை. சிறு தொடக்குக்குக்குரிய சட்டம் பற்றி அறிந்திருந்த அவர் பெருந்தொடக்குக்கு தயம்மும் செய்வதன் சட்டம் குறித்து அவர் அறியாதிருந்தார். சிறு தொடக்குக்கு வுழுவின் சில உறுப்புக்களை மண்ணில் தடவிக்கொள்வது போன்று, -நீரனால் உடல் முழுவதையும் கழுவிக்கொள்வதை ஒப்பிட்:டு - ஜனாபத்திற்கான தயம்மும் உடல் முழுவதையும் மண்ணில் படுத்துவதாகும் என எண்ணி இந்த விடயத்தில் ஒரு முடிவை பெற்று உடல் முழுவதும் மண் படுமளவிற்கு மண்ணில் புரண்டு விட்டு தொழுகையை நிறைவேற்றினார்கள். பின் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து, தான் செய்தது சரியா அல்லது தவறா என்பதை தெரிந்து கொள்ள இந்த விடயம் சம்பந்தமாக குறிப்பிட்டார்கள். அதற்கு நபியவர்கள் ,சிறு தொடக்கு சிறு நீர் கழித்தல் பெருந்துடக்கு ஜனாபத் போன்ற இரு தொடக்குகளிலிருந்து சுத்தப்படுத்திக்கொள்ளும் முறை பற்றி தெளிவு படுத்தினார்கள். இரு கைகளையும் மண்ணில் ஒரு முறை அடித்து விட்டு பின்னர் வலது கையால் இடது கையையும் இரு முன்னங்கைகளின் வெளிப்புறத்தையும் முகத்தையும் தடவிக்காட்டி  தெளிவு படுத்தினார்கள்.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>தயம்மும் செய்ய முன் நீரை தேடுவது அவசியமாகும்.
 ஜனாபத் ஏற்பட்ட ஒருவருக்கு நீர் கிடைக்க வில்லையெனில் அவருக்கு தயம்மும் செய்வது மார்க்கத்தில் அனுமதிக்கப்பட்ட விடயமாகும்.
 சிறு தொடக்குக்கு தயம்மும் செய்வது போன்று பெருந் தொடக்குக்கும் தயம்மும் அனுமதிக்கப்பட்டதாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3461</t>
   </si>
   <si>
-    <t>مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ</t>
+    <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>'தன் இரண்டு தாடைகளுக்கிடையே உள்ள (நா)வையும், தன் இரு கால்களுக்கிடையே உள்ள மறைவுறுப்பையும் (பாவத்திலிருந்து பாதுகாப்பதாக) எவர் எனக்கு உத்தரவாதமளிக்கிறாரோ அவருக்கு சொர்க்கம் கிடைக்க நான் உத்தரவாதம் அளிக்கிறேன்'</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஸஹ்ல் இப்னு ஸஃது ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : 'தன் இரண்டு தாடைகளுக்கிடையே உள்ள (நா)வையும், தன் இரு கால்களுக்கிடையே உள்ள மறைவுறுப்பையும் (பாவத்திலிருந்து பாதுகாப்பதாக) எவர் எனக்கு உத்தரவாதமளிக்கிறாரோ அவருக்கு சொர்க்கம் கிடைக்க நான் உத்தரவாதம் அளிக்கிறேன்'.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இரண்டு விடயங்கள் குறித்து அறிவித்துள்ளார்கள். ஒரு முஸ்லிம் பின்வரும்  இரண்டு விடயங்களை கடைப்பிடித்து வாழ்ந்தால் அவன் சுவர்க்கம் நுழைவான்'
 முதலாவது : அல்லாஹ்வை கோபப்படுத்தும் விடயங்களை பேசுவதை விட்டும் நாவை பாதுகாத்தல் .
 இரண்டாவது : மானக்கேடானவற்றில் வீழ்வதை விட்டும் மறையுறுப்பை பாதுகாத்தல்.
 மேலே குறிப்பிடப்பட்ட இரு உறுப்புகளினாலும் அதிக பாவச்செயல்களும் குற்றங்களும் நிகழ்கின்றன</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>மறையுறுப்பையும், நாவையும் பாதுகாப்பது சுவர்க்கம் செல்வதற்கான வழியாக அமையும்.
 நாவையும் மறையுறுப்பையும் விஷேடமாகக் குறிப்பிட்டதற்கான காரணம் அவை இரண்டுமே மனிதனின் இம்மை மறுமை துன்பத்திற்கும் சோதனைக்கும் மிகப்பெரும் அடிப்படையாக இருப்பதினாலாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3475</t>
   </si>
   <si>
-    <t>كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ،</t>
+    <t>كنت أغتسل أنا والنبي صلى الله عليه وسلم من إناء واحد كلانا جنب، وكان يأمرني، فأتزر، فيباشرني وأنا حائض،</t>
   </si>
   <si>
     <t>பெருந்துடக்குடன் இருந்த நானும் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களும் ஒரே பாத்திரத்திலிருந்து (தண்ணீர் அள்ளிக்) குளிப்போம். எனக்கு மாதவிடாய் ஏற்பட்டிருந்த போது, நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் என்னை (துணி கட்டிக்கொள்ளுமாறு) பணிப்பார்கள். அவ்வாறே நான் கீழாடை அணிந்து கொள்வேன். அப்போது அவர்கள் என்னை அணைத்துக் கொள்வார்கள்</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ، وَكَانَ يُخْرِجُ رَأْسَهُ إِلَيَّ وَهُوَ مُعْتَكِفٌ فَأَغْسِلُهُ وَأَنَا حَائِضٌ.</t>
   </si>
   <si>
     <t>உம்முல் முஃமினீன ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் கூறுகிறார்கள்: பெருந்துடக்குடன் இருந்த நானும் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களும் ஒரே பாத்திரத்திலிருந்து (தண்ணீர் அள்ளிக்) குளிப்போம். எனக்கு மாதவிடாய் ஏற்பட்டிருந்த போது, நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் என்னை (துணி கட்டிக்கொள்ளுமாறு) பணிப்பார்கள். அவ்வாறே நான் கீழாடை அணிந்து கொள்வேன். அப்போது அவர்கள் என்னை அணைத்துக் கொள்வார்கள் . நபியவர்கள் (மஸ்ஜிதுந் நபவீ பள்ளிவாசல்) 'இஃதிகாஃப்' இருந்த போது, அங்கிருந்தவாறே (அருகிலிருக்கும் அறையிலிருந்த) என் பக்கம் தலையை நீட்டுவார்கள். மாதவிடாய் ஏற்பட்டுள்ள நிலையிலும் நான் அவர்களது தலையைக் கழுவிவிடுவேன்.</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ أُمُّ المؤمنين رضي الله عنها عن بعض أحوالِها الخاصة معه صلى الله عليه وسلم، ومن ذلك: أنها كانت تغتسل من الجنابة معه صلى الله عليه وسلم مِن إناءٍ واحدٍ فيأخذان منه معًا. 
 وأنه صلى الله عليه وسلم إذا أراد إتيانَها وهي حائض أَمَرَها أَنْ تُغطي بدنَها مِن السُّرَّةِ إلى الركبة، فيباشرها بما دون الجماع. 
 وأنه صلى الله عليه وسلم كان يَعتكف في المسجد فيُخرِج رأسَه إلى عائشة فتغسله وهي في بيتها حائضٌ.</t>
   </si>
   <si>
     <t>உம்முல் முஃமினீன்ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் நபியவர்களுடன் தனது; அந்தரங்க நிலைகள் குறித்த சில விடயங்களை இங்கு குறிப்பிடுகிறார்கள். அவற்றுள் அவர்கள் இருவரும் பெருந்துடக்கின் போது ஒன்றாக ஒரே பாத்திரத்திலிருந்து நீர் அள்ளிக் குளித்திருக்கிறார்கள். அத்துடன் மாதவிடாயின் போது சுகம் அனுபவிக்க நாடினால் உடலில் தொப்புல் முதல் முழங்கால் வரை தனது உடலை மறைத்துக்கொள்ளுமாறு பணித்துவிட்டு உடலுறவை தவிர்;த்து அவர்களை அணைத்துக்கொள்வார்கள். நபி ஸல்லலாஹு அலைஹிவஸல்லம் அவர்கள் மஸ்ஜிதுன் நபவியில் இஃதிகாப் இருக்கும் போது -ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் மாதவிடாய்ஏற்பட்டிருக்கும் நிலையில்  - நபியவர்கள் தனது தலையை நீட்ட அவர்களுடைய தலையை கழுவிவிடுவார்கள்.</t>
   </si>
   <si>
     <t>جواز اغتسال الرجل وزوجتِه مِن إناءٍ واحد.
 جواز مباشرة الحائض فيما دون الفرج، وأنَّ بدنَها طاهر.
 استحباب لبسِها الإزارَ وقتَ المباشرة.
 اتخاذ الأسباب المانعة من الوقوع في المحرم.
 منع مُكْثِ الحائضِ في المسجد.
 إباحة مباشرتِها الأشياءَ رطبة أو يابسة، ومن ذلك غسل الشعر وترجيله.
@@ -2996,120 +3014,120 @@
   <si>
     <t>அபூ ஹுரைரா ரழி அவர்கள் அறிவிக்கிறார்கள். "ஒரு அடியான் (நல்லதா?கெட்டதா? என) சிந்திக்காமல் பேசுகிறான், அதன் மூலம் அவன் கிழக்கிற்கும் மேற்கிற்குமிடையே உள்ள மிக தூரமான அளவுக்கு நரகில் வீழ்வான்" என நபி (ஸல்) கூறினார்கள்.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أَنَّهُ سَمِعَ النَّبيَّ -صلّى اللهُ عليه وسَلَّم يقول-: «إن العبد ليتكلم بالكلمة ما يتبين فيها يزلُّ بها إلى النار أبعدَ مما بين المشرق والمغرب».</t>
   </si>
   <si>
     <t>அபூ ஹுரைரா ரழி அவர்கள் அறிவிக்கிறார்கள் "ஒரு அடியான் (நல்லதா,கெட்டதா என) சிந்திக்காமல் பேசுகிறான். அதன் மூலம் அவன் கிழக்குக்கும் மேற்குக்குமிடையே உள்ள மிகத்தூரமான அளவுக்கு நரகில் வீழ்வான்" என நபி (ஸல்) கூறினார்கள்.</t>
   </si>
   <si>
     <t>يخبرنا صلى الله عليه وسلم أن هناك من الناس من لا يفكر عند إرادته الكلام هل هذا الكلام الذي سيقوله خير أم لا؟.
 والنتيجة تكون أن هذا المتكلم يقع بسبب عدم هذا التفكير في المحظور، ويعرض نفسه لعذاب الله في نار جهنم – عياذاً بالله- وربما يسقط في النار لمسافة هي أبعد مما بين المشرق والمغرب.</t>
   </si>
   <si>
     <t>நபி (ஸல்)அவர்கள் பேசும் சந்தர்ப்பத்தில் தான் சொல்லும் விடயம் நன்மையானதா இல்லையா என்பது குறித்து சிந்திக்காத சில மனிதர்கள் குறித்து எமக்கு இந்த ஹதீஸில் குறிப்பிடுகிறார்கள்.
 இவ்வாறு சிந்திக்காது பேசுகிறவர் அதன் விளைவால் அல்லாஹ் தடைசெய்த ஒரு விடயத்தில் தன்னை வீழ்த்திக் கொள்கிறார். ஆதலால் நரகில் அல்லாஹ்வின் வேதனைக்கு தன்னை உட்படுத்திக் கொள்கிறார். அல்லாஹ் பாதுகாப்பானாக. சில வேளை இவ்வாறான செயலால் நரகினுள் வீழ்ந்து விடுகிறான் அந்நரகத்தின் விஸ்தீரணம் கிழக்கிற்கும் மேற்கிற்குமிடையே உள்ளதை விட மிக தூரமாகும்</t>
   </si>
   <si>
     <t>ينبغي للإنسان أن لا يكثر الكلام.
 يجب على الإنسان أن يحفظ لسانه في كل أحواله، كالغضب والرضا، وألا يتكلم فيما لا يعنيه.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3479</t>
   </si>
   <si>
-    <t>سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ</t>
+    <t>ستكون أمراء فتعرفون وتنكرون، فمن عرف برئ، ومن أنكر سلم، ولكن من رضي وتابع</t>
   </si>
   <si>
     <t>'உங்களுக்குச் சில ஆட்சித் தலைவர்கள் நியமிக்கப்படுவார்கள். அவர்களிடம் நீங்கள் நன்மையையும் காண்பீர்கள்; தீமையையும் காண்பீர்கள். தீமையை (மனதால்) வெறுத்தவர் பிழைத்தார்; மறுத்தவர் தப்பித்தார். (இதற்கு மாறாக,) யார் (தீமையைக் கண்டு) திருப்தி அடைந்து (அதற்குத்) துணை போனாரோ</t>
   </si>
   <si>
     <t>عَنْ أُمِّ سَلَمَةَ أُمِّ المُؤمنين رضي الله عنها: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ» قَالُوا: أَفَلَا نُقَاتِلُهُمْ؟ قَالَ: «لَا، مَا صَلَّوْا».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக உம்முல் முஃமினீன் உம்மு ஸலமா ரழியல்லாஹு அன்ஹா கூறுகின்றார்கள் : 'உங்களுக்குச் சில ஆட்சித் தலைவர்கள் நியமிக்கப்படுவார்கள். அவர்களிடம் நீங்கள் நன்மையையும் காண்பீர்கள்; தீமையையும் காண்பீர்கள். தீமையை (மனதால்) வெறுத்தவர் பிழைத்தார்; மறுத்தவர் தப்பித்தார். (இதற்கு மாறாக,) யார் (தீமையைக் கண்டு) திருப்தி அடைந்து (அதற்குத்) துணை போனாரோ (அவருக்குக் குற்றத்தில் பங்கு உண்டு)' என்று கூறினார்கள். மக்கள், 'அல்லாஹ்வின் தூதரே! அவர்களுடன் நாங்கள் போரிடலாமா?' என்று கேட்டார்கள். 'இல்லை. அவர்கள் தொழுகையை நிறைவேற்றும் வரை (வேண்டாம்)' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>أَخْبَرَ عليه الصلاة والسلام أنه يُولَّى علينا أمراء، نَعرف بعضَ أعمالِهم؛ لموافقتِها ما عُرِف من الشرع، ونُنْكر بعضَها؛ لمخالفتِه ذلك، 
 فمَن كَرِهَ بقلبِه المنكر ولم يَقدر على الإنكار؛ فقد برىء من الإثم والنفاق، 
 ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سَلِم مِن المعصية والمشاركة فيها، 
 ولكنْ مَن رضي فِعْلَهم وتابَعَهم عليه يهلك كما هلكوا.
 ثم سألوا النبي صلى الله عليه وسلم: ألا نقاتل وُلاةَ الأمرِ الذين هذه صفتُهم؟ فنهاهم عن ذلك، وقال: لا، ما أقاموا فيكم الصلاة.</t>
   </si>
   <si>
     <t>(ஒரு காலம் வரும் அக்காலத்தில்) ஆட்சித் தலைவர்களினால் சில பிரதிநிதிகள் எமக்கு நியமிக்கப்படுவார்கள், அவர்களிடம் மார்க்கத்திற்கு உடன்பட்ட சில நன்மைகளையும் காண்போம், ஷரீஆவுக்கு முரண்பட்ட சில பாவங்களையும் காண்டு அவற்றை நாம் மறுக்கும் நிலையில் இருப்போம்  என நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். அதனைத் தடுக்க சக்தியற்று, உள்ளத்தால் வெறுத்தவர் பாவத்திலிருந்தும் நயவஞ்சகத்தனத்திலிருந்தும் தப்பிக் கொண்டவராவார். கையினாலோ, நாவினாலோ தடுக்க சக்தி பெற்று, தடுத்தவரும் பாவத்திலிருந்து அதற்கு துணையாக இருப்பதிலிருந்தும் தப்பிவிட்டார். இருப்பினும் அவர்களது செயலைப் பார்த்து திருப்தியடைந்து, துணை போனவர்கள் அவர்களைப் போன்றே அழிந்து போவார்கள்.
 பின் தோழர்கள் அவர்களை எதிர்த்து நாம் போராடவா என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வினவினார்கள். அதற்கு நபியவர்கள் அவர்கள் தொழுகையை நிலைநாட்டும் வரை போர் தொடுக்க வேண்டாமெனத் தடுத்தார்கள்.</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எதிர்காலத்தில் நடக்கவிருக்கும் நிகழ்வுகளை முன்னறிவுப்புச் செய்தமையும், அவர்கள் அறிவித்தது போன்று அவை நிகழ்ந்தமையும் அவர்களது நபித்துவத்தின் அற்புதங்களில் ஒன்றாகும்.
 தீமையை ஏற்று திருப்தியடைவதும் அதற்கு துணைபோவதும் தடுக்கப்பட்டுள்ளது. அதனை தடுப்பதும் கண்டிப்பதும் கடமையாகும்.
 பிரதிநிதிகள் மார்க்கத்திற்கு முரணான செயலை உருவாக்கினால் மக்கள் அதற்கு கட்டுப்படுவது கூடாது.
 முஸ்லிம் பிரதிநிதிகள் -ஆட்சியாளர்களுக்கெதிராக கிளர்ச்சி செய்வதன் விளைவாக குழப்பம், இரத்தம் சிந்துதல், பாதுகாப்பு அற்றுப்போதல் போன்ற நிலைகள் ஏற்படுவதால் கிளர்ச்சி செய்வது தடுக்கப்பட்டுள்ளது. எனவே பாவிகளான தலைவர்களது தீமைகளை சகித்துக் கொண்டு, அவர்களது துன்புறுத்தல்களைப் பார்த்து பொறுமை காப்பது சிறந்தது என மார்க்கம் கருதுகிறது.
 தொழுகை இஸ்லாத்தின் மிகப்பெரும் குறியீடாகும், அதுவே இஸ்லாத்தையும் நிராகரிப்பையும் வேறுபடுத்தக்கூடிய மிகப்பெரும் அடையாளம்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3481</t>
   </si>
   <si>
-    <t>لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ</t>
+    <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
   </si>
   <si>
     <t>' உங்களில் தொடக்கு ஏற்பட்ட ஒருவரின்; தொழுகையை வுழூச் செய்யும் வரையில் அல்லாஹ் ஏற்க மாட்டான்'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : ' உங்களில் தொடக்கு ஏற்பட்ட ஒருவரின்; தொழுகையை வுழூச் செய்யும் வரையில் அல்லாஹ் ஏற்க மாட்டான்'.</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தொழுகையின் நிபந்தனைகளின் ஒன்றான சுத்தம் பற்றி தெளிவு படுத்துகிறார்கள். எனவே தொழுகையை நிறைவேற்ற நாடும் ஒருவருக்கு வுழுவை முறிக்கும் காரியங்களான மலம் அல்லது சலம் அல்லது தூக்கம் போன்ற விடயங்கள் ஏதும் ஏற்பட்டால் அவர் வுழு செய்து கொள்வது கடமையாகும்.</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
     <t>தொடக்கு ஏற்பட்ட ஒருவரின் தொழுகையானது, அவர் பெருந்தொடக்குடையவராக இருந்தால் குளித்து சுத்தமாவதன் மூலமும், சிறு தொடக்குடையவராக இருப்பின் அவர் வுழு செய்வதன் மூலமுமே அங்கீகரிக்கப்படுகிறது.
 வுழு என்பது: நீரை எடுத்து வாயில் இட்டு நன்றாக அலம்பி அதனை கொப்பளித்தல். பின் நீரை மூச்சால் நாசியினூடாக அடிப்பகுதி வரை உள்ளிழுத்து அதனை சிந்தி வெளியேற்றல். பின் முகத்தை மூன்று தடவைகள் கழுவுதல், பின் இருகைகளையும் முன்னங்கையுட்பட மூன்று தடவைகள் கழுவுதல். பின் தலை முழுவதையும் ஒரு தடவை தடவுதல்; -ஈரக்கையால்- மஸ்ஹ் செய்தல், பின் கரண்டைக் கால் உட்பட இருகால்களையும் மூன்று தடவைகள் கழுவுதல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3534</t>
   </si>
   <si>
-    <t>إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا</t>
+    <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>'அடியான் ஆரோக்கியமானவனாய், ஊரிலிருக்கும்போது செய்யும் நற்செயல்களுக்குக் கிடைப்பது போன்ற கூலி  அவன் நோயுற்று விடும்போது அல்லது பயணத்தில் இருக்கும்போது அவனுக்கு எழுதப்படும்'</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ மூஸா அல்அஷ்அரீ ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : 'அடியான் ஆரோக்கியமானவனாய், ஊரிலிருக்கும்போது செய்யும் நற்செயல்களுக்குக் கிடைப்பது போன்ற கூலி  அவன் நோயுற்று விடும்போது அல்லது பயணத்தில் இருக்கும்போது அவனுக்கு எழுதப்படும்'.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் அருள் மற்றும் கருணை குறித்து இந்த ஹதீஸில் நபியவர்கள் விவரிக்கிறார்கள். ஒரு முஸ்லிம்; அவன் ஆரோக்கியமாக ஊரில் தங்கியிருக்கும் போது நற்செயல்களை செய்வது அவனின் அன்றாட விவகாரமாக இருந்து, பின் அவனுக்கு நியாயமான ஒரு காரணம் (தடங்கள்) ஏற்பட்டு, அவன் சுகயீனமுற்று அதனை செய்வதற்கு இயலவில்லை, அல்லது அவன் பிரயாணத்தில் செல்கிறான்  அல்லது இதுவல்லாத வேறு எந்த நியாயமான காரணமாக இருந்தாலும் அவன் ஆரோக்கியமாக ஊரில் -தங்குமிடத்தில் செய்த நன்மைக்கான முழுமையான கூலி எழுதப்படும்.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>அடியார்கள் மீதான அல்லாஹ்வின் விசாலமான அருளினை இந்த ஹதீஸ் பிரதிபலிக்கிறது.
 வணக்கவழிபாடுகளில் ஈடுபடுவதற்கு ஆர்வமுட்டப்பட்டிருத்தல், மேலும் ஆரோக்கியமும் ஓய்வும் கிடைக்கும் காலப்பகுதியை சிறப்பாக பயன்படுத்திக் கொள்ள தூண்டியிருத்தல்.</t>
   </si>
   <si>
@@ -3122,81 +3140,84 @@
     <t>ஸாலிஹான நல்ல ஜனாஸாவாக இருந்தால் அது "என்னை முற்படுத்துங்கள்,என்னை முற்படத்துங்ள்" என்று கூறும்.அது ஸாலிஹான ஜனாஸாவாக இல்லையெனில் அது "தனக்கு ஏற்பட்ட கேடே! இதனை எங்கே கொண்டு செல்கிறீர்கள்" என்று கூறும்.</t>
   </si>
   <si>
     <t>عن أبي سعيد رضي الله عنه قال: كان النبي صلى الله عليه وسلم يقول: «إذا وُضِعت الجَنَازَة واحْتَمَلَهَا الناس أو الرجال على أَعْنَاقِهِم، فإن كانت صالحة، قالت: قَدِّمُونِي قَدِّمُونِي، وإن كانت غير صالحة، قالت: يا وَيْلها! أين تَذهبون بها؟ يسمعُ صوتها كل شيء إلا الإنسان، ولو سَمِعَه صَعِق».</t>
   </si>
   <si>
     <t>ஜனாஸாவை பல்லக்கில் வைத்ததுவும் அதனை மனிதர்கள் அல்லது ஆண்கள் தங்களின் தோல் மீது வைத்து சுமந்து செல்லும் போது அது ஸாலிஹானதாக இருப்பின் அது "என்னை முற்படுத்துங்கள்,என்னை முற்படுத்துங்ள்" என்றும்.அது ஸாலிஹான ஜனாஸாவாக இல்லையெனில் அது "தனக்கு ஏற்பட்ட கேடே! இதனை எங்கே கொண்டு செல்கிறீர்கள்" என்றும் கூறும்.அதன் சப்தத்தை மனிதனைத் தவிர ஏனைய பொருட்கள் யாவும் செவிமடுக்கும்.அதனை மனிதன் கேட்டால் அவன் மூர்ச்சையுற்று விழுவான்" என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள் என அபூ ஸஈத் (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>إذا وضعت الجنازة على النعش، ثم احتملها الرجال على أعناقهم، فإن كانت من أهل الخير والصلاح قالت: أسرعوا بي. فَرِحة مسرورة لما تراه أمامها من نعيم الجنة، وإن كانت من غير أهل الصلاح قالت لأهلها: يا هلاكها، ويا عذابها. لما تراه من سوء المصير، فتكره القدوم عليه، ويسمع صوتها كل المخلوقات من حيوان وجَماد إلا الإنسان، ولو سمعها لغشي عليه أو هلك من ذلك.</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம்:ஜனாஸா பல்லக்கில் வைக்கப்பட்ட பின்னர் அதனை ஆண்கள் தங்களின் தோல்களின் மீது சுமந்து செல்வார்கள்.அப்பொழுது அது நல்லோரைச் சார்ந்ததெனில் அது தனக்கு முன்னால் சுவர்க்கத்தின் சுகபோகங்களைக் காணும்.அதன் மகிழ்ச்சியில் அது என்னை அவசரமாக எடுத்துச் சோல்லுங்கள்,என்று கூறும்.ஆனால் அது நல்லோரைச் சார்ந்ததாக இல்லாது போனால் அது தனக்கு முன்னால் கேடுகள் இருப்பதைக் காணும்.ஆகையால் அது முன்னேறிச் செல்வதை விரும்பாது.எனவே அது தனது பந்துக்களிடம்,தனக்கு ஏற்பட்டிருக்கும் அழிவே! வேதனையே! என்று கூறும்.அதன் சப்தத்தை மனிதனைத் தவிர ஏனைய மிருகங்கள்,சடங்கள் என சகல சிருஷ்ட்டிகளும் செவியுறும்.மனிதன் அதன் ஒலியைக் கேட்டாலோ அவன் மயக்கமுற்று கீழே வீழ்வான்.அல்லது அழிந்து போவான்.</t>
   </si>
   <si>
     <t>إن الله -تعالى- يطلع عباده على منازلهم، وما أعده لهم في حال الاحتضار، فيشتاق المؤمن لما أُعدَّ له من كرامة ، ويجزع الكافر والفاسق لما يترقبه من أليم العذاب.
 أن بعض الأصوات يسمعها غير الإنسان، ولا يستطيع الإنسان سماعها، وهذا من المعجزات وقد أثبت العلم الحديث ذلك، والإخبار بهذا من المعجزات النبوية.
 السنة حمل الجنازة على أعناق الرجال.
 حمل الجنازة خاص بالرجال دون النساء؛ لنهي النبي -صلى الله عليه وسلم- النساء عن اتباعها.
 أن روح الميت تتكلم بعد مفارقته لجسده، وقبل دخوله في قبره، والله أعلم بكيفيته.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3554</t>
   </si>
   <si>
-    <t>أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ</t>
+    <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>'திக்ரில் சிறந்தது லாஇலாஹ இல்லல்லாஹ் (لا إله إلا الله) என்பதாகும். துஆவில் சிறந்தது அல்ஹம்து லில்லாஹ் ( الحمد لله) என்பதாகும்</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்  கூறுவதைத் தான் கேட்டதாக ஜாபிர் ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : 'திக்ரில் சிறந்தது லாஇலாஹ இல்லல்லாஹ் (لا إله إلا الله) என்பதாகும். துஆவில் சிறந்தது அல்ஹம்து லில்லாஹ் ( الحمد لله) என்பதாகும்.</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் எமக்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் திக்ரில் மிகவும் சிறப்புக்குரியது :லாஇலாஹ இல்லல்லாஹ் என்ற வார்த்தை எனக் குறிப்பிடுகிறார்கள். இதன் கருத்து 'உண்மையாக வணங்கத் தகுதியானவன் அல்லாஹ்வைத் தவிர வேறுயாறும் இல்லை என்பதாகும். மேலும் பிரார்த்தனையில் மிகவும் சிறப்புக்குரியது அல்ஹம்துலில்லாஹ் (புகழனைத்தும் அல்லாஹ்வுக்குரியது) என்பதாகவும் கூறுகிறார்கள். இதன் கருத்து : அருள்பாலிப்பவன் அல்லாஹ் மாத்திரமே என்பதை ஏற்றுக்கொள்வதும், அவனே அழகிய பரிபூரணமான வர்ணனைக்கு உரித்தானவன் என்பதுமாகும்.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>ஏகத்துவ வார்த்தையான 'லாஇலாஹ இல்லல்லாஹ'; என்பதை அதிகம் கூறுமாறும், 'அல்ஹம்துலில்லாஹ' என்ற வார்த்தையால் அதிகம் பிரார்த்திக்குமாறும் ஆர்வமூட்டப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي في الكبرى وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3567</t>
   </si>
   <si>
-    <t>الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ</t>
+    <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>'சுவனம் உங்களொருவரின் செருப்பின் வாரை விட மிக நெருக்கமானதாகும், நரகமும் அதே போன்றுதான்'</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு  கூறுகின்றார்கள் : 'சுவனம் உங்களொருவரின் செருப்பின் வாரை விட மிக நெருக்கமானதாகும், நரகமும் அதே போன்றுதான்'.</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>ஒரு மனிதனுக்கு தனது செருப்பின் வார் எவ்வளவு சமீபமாக உள்ளதோ அதேபோன்று சுவனமும் நரகமும் அவனுக்கு சமீபமாக உள்ளதாக நபியவர்கள் இந்த ஹதீஸில் அறியத் தருகின்றார்கள். ஏனெனில் அவன் சிலவேளை அல்லாஹ்வைத் திருப்திப்படுத்தும் ஒரு வணக்கத்தைச் செய்வான், அது அவனை சுவனத்தில் நுழைவித்து விடுகின்றது. சிலவேளை அவன் ஒரு பாவத்தைச் செய்திருப்பான். அவனை நரகில் அவன் அறியாமலே பல வருடங்கள் தள்ளி விடுகின்றது.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>நன்மை குறைவாக இருந்தாலும் அதனைச் செய்வதில் ஆர்வமூட்டல், பாவம் சிறியதாக இருந்தாலும் அதனை விட்டும் எச்சரித்தல்.
 முஸ்லிம் தனது வாழ்வில் புரியும் செயல்களின் நிலை குறித்து எதிர்ப்பார்ப்பு மற்றும் அச்சம் ஆகிய விடயங்களை ஒன்று சேர பெற்றிருப்பது அவசியமாகும். எப்போதும் அவன் வெற்றி பெற சத்தியத்தில் உறுதியாக இருக்க அல்லாஹ்விடம் பிரார்த்திப்பதோடு, தனது நிலை குறித்து ஏமாந்து போகக் கூடாது.</t>
   </si>
   <si>
@@ -3249,84 +3270,87 @@
 فإذا رأى المرء في منامه ما يزعجه ويخيفه ويحزنه، فعليه أن يأخذ بالأسباب التي تدفع كيد الشيطان ووسوسته، وعلاجها كما جاء عليه في الحديث:
 أولاً : أن يَبْصُقَ عن شماله ثلاث مرات. 
 ثانيا: أن يتعوذ بالله من الشيطان الرجيم ثلاثا لدفع شره وبأسه.
 ثالثاً : إذا كان على جنبه الأيسر يتحول إلى الأيمن وإذا كان على الأيمن يتحول إلى الأيسر . 
 فإذا عمل بالأسباب المتقدمة لم تضره شيئا بإذن الله تصديقا؛ لقول رسوله صلى الله عليه وسلم ، وثقة بنجاح الأسباب الدافعة له.</t>
   </si>
   <si>
     <t>ஷைத்தானின் சிக்கலும்,அவனின் குழப்பமும் இல்லாத கனவுகள் அல்லாஹ் தன் அடியார்கள் மீது சொரிந்துள்ள அருட்கொடைகளையும்,முஃமின்களுக்கு அவன் தெரிவிக்கும் நற்செய்திகளையும் மற்றும் அவனை மறந்தவர்களையும் புறக்கணித்தவர்களையும் எச்சரிக்கை செய்கின்ற, நினைவூட்டுகின்ற விடயங்களளையும் சார்ந்தவைகளாக விளங்குகின்றன என்று ரஸூல் (ஸல்) அவ்கள் இந்த ஹதீஸில் அறிவித்துள்ளார்கள்.மேலும் தௌிவற்ற கனவுகளோ! ஷைத்தான்கள் மனித ஆத்மா மீது குழப்பத்தையும் சிக்கலையும் ஏற்படுத்தவும், அதனை அச்சுறுத்தவும்,அதன் மீது கவலையையும்,துக்கத்தையும் ஏற்படுத்தும்படியான காரியங்களை கொண்டு வரும் நோக்கில் உண்டு பண்ணுகின்றவைகளாகும்.ஏனெனில் ஷைத்தான் மனிதனின் எதிரியாக இருக்கின்றபடியால் அவன் மனிதனுக்கு ஊறும், கவலையும் தரும்படியான விடயங்களையே விரும்புகிறான்.எனவே மனிதன் தனது கனவில் தன்னை தயங்கச் செய்கின்ற,அச்சுறுத்துகின்ற, தனக்குக் கவலை தருகின்ற எதையேனும் கண்டால், அவன் ஷைத்தானின் சூழ்ச்சியையும் அவனின் ஊசலாட்டதையும் தடுக்குபடியான வழிகளைக் கையாள்வது அவசியம். மேலும் ஹதீஸில் குறிப்பிடடுள்ளவாறு இதன் பரிகாரம் முதலாவது அவன் தனது இடது புறத்தில் மூன்று தடவைகள் துப்பிவிட வேண்டும்.இரண்டாவது ஷைத்தானின் தீமைகளை விட்டும் அல்லாஹ்விடம் மூன்று தடவைகள் பாதுகாவல் தேடுதல் வேண்டும்.மூன்றாவது அவன் தன் இடது புறமாக படுத்திருந்தால் வலது பக்கமாகவும், வலது புறமாகப் படுத்திருந்தால் இடது பக்கமாகவும் திரும்பிவிட வேண்டும்.மேலும் அவை அல்லாஹ்வின் தூதரின் வாக்கினை உண்மைப்படுத்தவும், தீமைகளைத் தடுக்கவும் காரணிகள் என்று அதில் குறிப்பிட்டுள்ள விடயங்கள் வெற்றியளிக்கும் என்ற நம்பிக்கையிலும் முன் கூறிய இந்த வழிகளின் பிரகாரம் அவன் செயற்படுவானாகில் அல்லாஹ்வின் உதவியால் இந்தக் கனவின் மூலம் அவனுக்கு எந்தத் தீமையும்.ஏற்படாது.</t>
   </si>
   <si>
     <t>تقسيم ما يراه العبد في منامه، فإن منها ما يكون من تلعب الشيطان للرائي، ومنه ما يكون تخويفًا له.
 الرؤيا الصالحة بشرى للمؤمن.
 علاج الحلم الذي يكون من الشيطان بأن ينفث عن شماله ثلاثًا، ويستعيذ من الشيطان؛ وإذا أراد أن يرجع لنومه يتحول عن جنبه الذي كان عليه، فإنها لا تضره.</t>
   </si>
   <si>
     <t>حديث أبي قتادة: متفق عليه.
 حديث جابر: رواه مسلم</t>
   </si>
   <si>
     <t>[இதனை முஸ்லிம் பதிவு செய்துள்ளார் - இருவரும் (இமாம் புஹாரியும் முஸ்லிமும்) ஒன்று பட்டது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3586</t>
   </si>
   <si>
-    <t>السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ</t>
+    <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>'பல் துலக்குவது வாயை சுத்தப்படுத்தும், இறை திருப்தியைப் பெற்றுத் தரும்'</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக ஆஇஷா ரழியல்லாஹு அன்ஹா கூறுகின்றார்கள் : 'பல் துலக்குவது வாயை சுத்தப்படுத்தும், இறை திருப்தியைப் பெற்றுத் தரும்'.</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் பற்களை அராக் மரக் குச்சியினால் அல்லது அது போன்றவைகளினால் சுத்தம்செய்வது வாயிலுள்ள அழுக்குகள், துர் வாடை ஆகியவற்றை  நீக்கி வாயை சுத்தப்படுத்தும் என இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். பல்துலக்குவதில் அல்லாஹ் விரும்பும் சுத்தமும், அல்லாஹ்வுக்கு கட்டுப்பட்டு, அவனின் ஏவலுக்கு கீழ்படிவதும் இருப்பதால், அடியான் இறை திருப்தியை பெறுவதற்கான வழிகளில் ஒன்றாகவும் இது காணப்படுகிறது.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>பல் துலக்குவதன் சிறப்பும், அதிகம் பல் துலக்குமாறு நபியவர்கள் தனது சமூகத்திற்கு ஆர்வமூட்டியுள்ளமையும்.
 அராக் மரக் குச்சியியை பல்துலக்குவதற்கு பயன்படுத்து மிகவும் சிறப்பாகும். எனினும் இதற்காக பற்தூரிகை, பற்பசை போன்றவற்றையும் பயன்பத்திடவும் முடியும்.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
+    <t>[رواه النسائي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3588</t>
   </si>
   <si>
-    <t>الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ</t>
+    <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>'ஐவேளை தொழுகை, ஒரு ஜும்ஆவிலிருந்து மறு ஜும்ஆ வரை, ஒரு ரமழான் முதல் அடுத்த ரமழான் வரை பெரும் பாவங்களை ஒருவர் தவிர்ந்து கொள்ளும் பட்சத்தில் அவற்றுக்கிடையிலுள்ள சிறுபாவங்களுக்கு அவைகள் குற்றப்பரிகாரமாக அமைந்து விடுகிறது.'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவ வஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு கூறுகின்றார்கள் : 'ஐவேளை தொழுகை, ஒரு ஜும்ஆவிலிருந்து மறு ஜும்ஆ வரை, ஒரு ரமழான் முதல் அடுத்த ரமழான் வரை பெரும் பாவங்களை ஒருவர் தவிர்ந்து கொள்ளும் பட்சத்தில் அவற்றுக்கிடையிலுள்ள சிறுபாவங்களுக்கு அவைகள் குற்றப்பரிகாரமாக அமைந்து விடுகிறது.'</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>பெரும்பாவங்களை விட்டும் விலகியிருக்கும் காலமெல்லாம், தினமும் நிறைவேற்றும் ஐவேளை தொழுகைகளும், ஒவ்வொரு வாரமும் நிறைவேற்றும் ஜும்ஆத் தொழுகையும், ஒவ்வொரு வருடமும் ரமழானில் நோற்கும் நோன்பும் சிறிய பாவங்களுக்கான பரிகாரமாக அமைந்து விடுகின்றன என நபியவர்கள் குறிப்பிடுகிறார்கள். விபச்சாரம், மது அருந்துதல் போன்ற பெரும்பாவங்களைப் பொருத்தவரை தவ்பா –பவாமீட்சி- கோருவதே அதற்குரிய பரிகாரமாக அமையும்.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>பாவங்கள் பெரியவை, சிறியவை என இரு வகைப்படுகின்றன.
 சிறிய பாவங்கள் மன்னிக்கப்படுவதற்கு பெரிய பாவங்களிருந்து தவிர்ந்திருப்பது நிபந்தனையாகும்.
@@ -3672,115 +3696,115 @@
   <si>
     <t>"அல்லாஹ் ஒரு சமூகத்தின் மீது அருள் புரிய நாடினால் அதன் அழிவுக்கு முன் அதன் நபியைக் கைப்பற்றி விடுவான்.பின்னர் அவரை,அந்த சமூகத்தினருக்கு சிபாரிசு செய்கின்றவராக ஆக்குவான்.அதாவது ஒரு சமூகத்தை அல்லாஹ் அழித்துவிட நாடினால் அதன் நபி உயிருடன் இருக்கும் போதே அதனை தண்டிப்பான்.மேலும் அவர் உயிருடன் இருந்து அவர் பார்த்துக் கொண்டிருக்கும் போதே அதனை அழித்துவிடுவான்.இவ்வாறு அந்த சமூகம் தம்மைப் பொய்யன் எனக் கூறி,தமது கட்டளைக்கு மாறு செய்து கொண்டிருக்கும் போதே தனது சமூகம் அழிந்து போவதைக் கண்டு அவரின் கண் குளிர்ச்சியடையும்."என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள்,என அபூ மூஸா அல்அஷ்அரீ (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>معنى هذا الحديث: أن الله تعالى إذا أراد خيرًا بأمة من الأمم قبض نبيها، وبقيت أمته بعده فيكون فرطها في الجنة، ويكون هو الشفيع لهذه الأمة.
 وأصل الفرط: هو الذي يتقدم الواردين ليهيئ لهم ما يحتاجون إليه عند نزولهم في منازلهم ثم استعمل للشفيع فيمن خلفه.
 وفي الحديث الآخر: قال صلى الله عليه وسلم : "أنا فرطكم على الحوض". أي: سابقكم لأرتاد لكم الماء.
 "وإذا أراد هلاك أمة عذبها ونبيها حي، فأهلكها وهو حي ينظر" كما وقع لنوح -عليه الصلاة والسلام- مع قومه وغيره من الأنبياء.
 فهنا النبي صلى الله عليه وسلم كأنه يخبرهم عن رحمة رب العالمين بهذه الأمة، وهو رحمة مهداة إلى هذه الأمة -صلوات الله وسلامه عليه-، فالله عز وجل قال: (وما أرسلناك إلا رحمة للعالمين)، وقد وعَدَ الله هذه الأمة ألا يعذبهم وهو فيهم صلى الله عليه وسلم ، وزادهم من فضله وكرمه، فقال تعالى : (وما كان الله ليعذبهم وأنت فيهم وما كان الله معذبهم وهم يستغفرون).</t>
   </si>
   <si>
     <t>ஹதீல் விளக்கம்:அல்லாஹ் ஏதேனும் ஒரு சமூகத்தினர் மீது அருள் புரிய நாடினால் அவர்கள் எஞ்சியிருக்க அவர்களின் நபியின் உயிரை அவன் கைப்பற்றிக் கொள்வான்.பின்னர் சுவர்க்கத்தில் அவர்களை வரவேற்கின்றவராகவும்,அவர்களுக்காக சிபாரிசு செய்கின்றவராகவும் அவர் இருப்பார்.الفرط என்பதன் பொருள் பின்னர் வருகை தர இருப்பவர்களின் வருகையை முன்னிட்டு தேவையான ஒழுங்குகளைச் செய்பவர் என்பதாகும்.பின்னர் தனக்குப் பின்னால் இருப்பவருக்கு சிபாரிசு செய்கின்றவர் என்ற கருத்தில் இது பயன் படுத்தப்படலாயிற்று.பிரிதொரு ஹதீலில் "أنا فرطكم على الحوض" "நீர் தடாகத்தில் உங்களுக்கு முன்னர் நான் இருப்பேன்" என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள்,என்று பதிவாகியுள்ளது.அதாவது உங்களுக்குத் தன்னீர் எடுத்துத் தருவதற்காக உங்களுக்கு முன்னர் நான் அங்கு இருப்பேன்,என்பதாகும்</t>
   </si>
   <si>
     <t>رحمة الله بهذه الأمة المحمدية زادها الله شرفًا؛ فإنها أمة مرحومة، حيث قبض نبيها قبلها.
 اهتمام الأنبياء بأقوامهم وحرصهم على رعايتهم وإصلاح شؤونهم.
 تعذيب الكفار وإهلاكهم فيه إقرار عين الأنبياء وأتباعهم.
 فيه تطييب لقلب الرسول -صلى الله عليه  وسلم- الذي دعا قومه إلى الخير، فقابلوه بالكفر.
 هلاك من كذب رسل الله ولم يتبع ما جاءوا به من الحق.
 نصرة الله تعالى للمظلوم ولو بعد حين، (حتى إذا استيأس الرسل وظنوا أنهم قد كذبوا جاءهم نصرنا) الآية.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3667</t>
   </si>
   <si>
-    <t>بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>'என்னைப் பற்றி ஒரு வார்த்தையேனும் எத்தி வையுங்கள். பனூ இஸ்ராயீல்கள் (இஸ்ரவேல் சந்ததியினர்) பற்றி கூறுங்கள் குற்றமில்லை. என் மீது வேண்டுமென்றே யாரேனும் பொய்யுரைத்தால் அவர் நரகத்தை தனக்குரிய தங்குமிடமாக எடுத்துக் கொள்ளட்டும்'</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ரு  ரழியல்லாஹு அன்ஹுமா கூறுகின்றார்கள் : 'என்னைப் பற்றி ஒரு வார்த்தையேனும் எத்தி வையுங்கள். பனூ இஸ்ராயீல்கள் (இஸ்ரவேல் சந்ததியினர்) பற்றி கூறுங்கள் குற்றமில்லை. என் மீது வேண்டுமென்றே யாரேனும் பொய்யுரைத்தால் அவர் நரகத்தை தனக்குரிய தங்குமிடமாக எடுத்துக் கொள்ளட்டும்'.</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>அல்குர்ஆன் அஸ்ஸுன்னா ஆகியவற்றிலிருந்து தன்னிடம் பெற்றுக் கொண்ட அறிவை மனிதர்களுக்கு எத்திவைக்குமாறு நபியவர்கள் கட்டளை பிரப்பிக்கிறார்கள். பிறருக்கு எத்திவைப்பவரும், அழைப்பவரும் குறித்த விடயத்தை நன்கு தெரிந்தவராகவும், விளங்கியவராகவும் இருக்க வேண்டுமென்ற நிபந்தனையோடு, அறிவிக்கும் விடயம் அல்குர்ஆன் அல்லது ஹதீஸின் ஒரு வசனம் போன்று சிறியதாக இருந்தாலும் சரியே. இஸ்ரவேலர்களுக்கு நிகழ்ந்தவற்றை, அவை எமது ஷரீஅத்துடன் முரண்படாத வகையில் இருப்பின் அவற்றை அறிவிப்பதில் எவ்விதக் குற்றமுமில்லை என்பதை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவுபடுத்தினார்கள். பின்னர் அவர்களின் மீது பொய்யுரைப்பதை எச்சரித்துள்ளதோடு, அவ்வாறு வேண்டுமென்று மனமுரண்டாக பொய்யுரைப்பவர் நரகத்தில் தனக்கென ஒரு தங்குமிடத்தை எடுத்துக் கொள்ளட்டும் என்றும் குறிப்பிட்டார்கள்.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் மார்க்கத்தை எத்திவைப்பதற்கு ஆர்வமூட்டப்பட்டிருத்தல், ஒரு மனிதன் மார்க்க விடயங்களில்  தான் மனனமிட்டு, விளங்கிய விடயத்தை அது குறைவாக இருந்தாலும் எத்திவைக்க வேண்டும்.
 அல்லாஹ்வை முறையாக வணங்குவதற்கும், உரிய முறையில் -சரியான வடிவத்தில்- மார்க்கத்தை எத்திவைக்கவும் மார்க்க அறிவை கற்பது கடமையாகும்.
 நபியவர்களின் கடுமையான கண்டனத்திற்கு உட்படாது எச்சரிக்கையாக இருக்க, எந்த ஹதீஸாக இருந்தாலும் அதனை எத்திவைக்க முன் அல்லது பிரசுரிக்க(பரப்ப) முன் அதன் உண்மைத் தன்மையை உறுதிப்படுத்திக்கொள்வது  கட்டாயமாகும்.
 குறிப்பாக அல்லாஹ்வின் மார்க்கத்தில் பொய் கூறுதல் என்ற பாவத்தில் விழாதிருக்க, வார்த்தையில் உண்மை பேசுமாறும், நபியவர்களின் ஹதீஸில் பொய்யுரைக்கும் விடயத்தல் எச்சரிக்கையாக இருக்க வேணடும் எனவும் தூண்டப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3686</t>
   </si>
   <si>
-    <t>مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ</t>
+    <t>ما يصيب المسلم من نصب ولا وصب ولا هم ولا حزن ولا أذى ولا غم حتى الشوكة يشاكها إلا كفر الله بها من خطاياه</t>
   </si>
   <si>
     <t>'ஒரு முஸ்லிமை தைக்கும் முள் உட்பட, அவனுக்கு நேரிடும் சிரமம், நோய், கவலை, துக்கம், மனவேதனைகள் ஆகிய எதுவாயினும் அதற்குப் பதிலாக அவனின் பாவத்தின் சிலதை அல்லாஹ் மன்னித்து விடுகிறான்.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَعَنْ أَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா மற்றும் அபூ ஸஈத் அல்குத்ரீ ரழியல்லாஹு அன்ஹுமா ஆகியோர் கூறுகின்றார்கள்: 'ஒரு முஸ்லிமை தைக்கும் முள் உட்பட, அவனுக்கு நேரிடும் சிரமம், நோய், கவலை, துக்கம், மனவேதனைகள் ஆகிய எதுவாயினும் அதற்குப் பதிலாக அவனின் பாவத்தின் சிலதை அல்லாஹ் மன்னித்து விடுகிறான்.'</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு முஸ்லிமுக்கு ஏற்படும் நோய்கள் கவலைகள் துன்பங்கள் சோதனைகள் பேரிடர்கள் கஷ்டங்கள் பயம் பசி –உடலில் தைக்கும் முள்ளால் ஏற்படும் வலி உட்பட- அனைத்தும் அவனின் பாவத்திற்கு பரிகாரமாகவும், அவனின் குற்றங்களை அழித்துவிடும் விடயங்களாகவும்; அவை உள்ளன என தெளிவுபடுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>بيان فضل الله على عباده المؤمنين ورحمته بهم بغفران الذنوب بأقل ضرر يصيبهم.
 ينبغي للمسلم أن يَحْتَسِبَ عند الله ما يُصيبه، ويَصبر على كل صغيرة وكبيرة، لتكون له رفعة في الدرجات وكفارة للسيئات.</t>
   </si>
   <si>
     <t>இறைநம்பிக்கையாளர்களான தனது அடியார் களுக்கு அல்லாஹ் செரிந்துள்ள அருட்கொடை பற்றி விபரித்துள்ளதுடன் அவர்களுக்கு ஏற்படுகின்ற சாதாரண தீங்குகள் மூலம் அவர்களின் பாவங்கள் மன்னிக்கப்படுகின்றமை குறித்த அவர்களுடனான இறை கருணை பற்றியும் இந்த ஹதீஸ் தெளிவுபடுத்துகின்றமை.
 ஒரு முஸ்லிமைப் பொறுத்தவரை அவனுக்கு ஏற்படுகின்ற சோதனைகளில் அல்லாஹ்விடத்தில் நன்மை எதிர்பார்ப்பதுடன் அவனின் அந்தஸ்த்துக்கள் உயர்த்தப்பட்டு பாவங்கள் மன்னிக்கப்படுவதற்காக அவ்வாறான சிறிய மற்றும் பெரிய சோதனைகளில் அவன் பொறுமைக் காப்பதும் அவசியமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3701</t>
   </si>
   <si>
-    <t>حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ</t>
+    <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
     <t>'நரகம் ஆசா பாசங்களைக் (மனோ இச்சைகளைக்) கொண்டு திரையிடப்பட்டுள்ளது, சுவர்க்கம் விருப்பமற்ற விடயங்களைக் கொண்டு திரையிடப்பட்டுள்ளது'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : 'நரகம் ஆசா பாசங்களைக் (மனோ இச்சைகளைக்) கொண்டு திரையிடப்பட்டுள்ளது, சுவர்க்கம் விருப்பமற்ற விடயங்களைக் கொண்டு திரையிடப்பட்டுள்ளது'.</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>நரகமானது மனம் விரும்பும் ஹராமான காரியங்களை செய்வது, கடமைகளை புறக்கணித்து அதில் அலட்சியமாக இருப்பது போன்ற விடயங்களால் திரையிடப்பட்டுள்ளது என நபியவர்கள் இந்த ஹதீஸில் தெளிவு படுத்துகிறார்கள். இந்த விடயத்தில் யார் தனது மனோ இச்சையைப் பின்பற்றி நடந்து கொள்கிறாரோ அவர் நரகிற்கு உரித்தானவராக மாறிவிடுவார். மனம் விரும்பாத விடயங்கள் மூலம்தான் சுவர்க்கம் சூழப்பட்டுள்ளது. மனம் விரும்பாத விடயங்களில்: இறைக்கட்டளைகளை தொடராக பேணிவருதல், ஹராமான விடயங்களை விட்டுவிடுதல், இந்த விடயங்களில் ஏற்படும் சிரமங்களைத் தாங்கிக் கொள்ளல் போன்றவை இதில் உள்ளவையாகும். இந்த விடயங்களில் தீவிரமாக இருந்து தன்னை சிரமப்பட்டுக் காப்பாற்றிக் கொள்பவர் சுவர்க்கம் நுழைய தகுதி பெறுவார்.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>ஷைத்தான் தீய மற்றும் அசிங்கமான விடயங்களை அலங்கரித்துக் காட்டுவதே மனிதன் மனோ இச்சையில் வீழ்வதற்கான காரணங்களில் ஒன்றாக இருக்கிறது. ஏனெனில் அவற்றை மனம் நல்லதாக –அழகானதாக் கண்டு அதில் விருப்புக்கொள்கிறது.
 தடைசெய்யப்பட்ட ஆசாபாசங்களை விட்டும் விலகி இருக்குமாறு கட்டளையிடப்பட்டிருத்தல். ஏனெனில் அதுவே நரகத்திற்கு இட்டுச் செல்லும் வழியாகும். மனம் விரும்பாத விடயங்களில் பொறுமையாக இருக்குமாறு பணிக்கப்பட்டிருத்தல். ஏனெனில் அதுவே சுவர்க்கத்தின் பாதையாகும்.
@@ -3848,51 +3872,51 @@
   </si>
   <si>
     <t>معنى الحديث : أن أبا موسى رضي الله عنه خرج مع النبي -صلى عليه وسلم- في غزوة ومعه بعض أصحابه وعددهم ستة نَفَرٍ بينهم بعير يتعاقبونه، فيركبه أحدهم مسافة، ثم إذا انتهت نوبته نزل من البعير وركبه الآخر وهكذا يتناوبون الركوب، حتى وصلوا إلى مقصدهم.
 " فَنَقِبَتْ أقدامنا ونَقِبتْ قدمي، وسقطت أظفاري" بسبب المشي في أرض صحراوية مع بُعد المسافة، ولم يكن عندهم ما يستر أقدامهم لتمزقها؛ فكانوا يمشون حفاة، فحصل بذلك الضرر البليغ ومع هذا لم يتوقفوا عن مسيرهم، بل واصلوا السير للقاء العدو. 
 "فكنَّا نَلُفُّ على أرجلنا الخِرَق" وهذا مما يدل على أن أحذيتهم قد تمزقت من طول المسافة وقوة الأرض وصلابتها؛ فكانوا يَلِفُّون على أقدامهم الخرق؛ لتحميهم من صلابة الأرض وحرارتها.
 "فسميت غزوة ذات الرقاع لما كنَّا نعصب على أرجلنا من الخَرِق".
 أي: أن هذه الغزوة التي غزاها النبي صلى الله عليه وسلم : سميت بعد ذلك بغزوة ذات الرِقَاع وهذا هو أحد الأسباب في تسميتها، قال أبو بردة: "فحدَّث أبو موسى بهذا الحديث، ثم كره ذلك، وقال: ما كنت أصنع بأن أذكره! قال: كأنه كره أن يكون شيئا من عمله أفشاه". 
 والمعنى: أن أبا موسى رضي الله عنه بعد أن حدث بهذا الحديث تمنى أنه لم يحدِّث به؛ لما فيه من تزكية نفسه؛ ولأن كِتْمَان العمل الصالح أفضل من إظهاره إلا لمصلحة راجحة، كمن يكون ممن يُقتدى به.
 وفي الحديث الآخر: (فأخفاها حتى لا تَعلم شماله ما تنفق يمينه) متفق عليه.</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம்:அபூ மூஸா (ரழி) அவர்கள் ஒரு போரில் கலந்து கொள்வதற்காக ரஸூல் (ஸல்) அவர்களுடன் புறப்பட்டுச் சென்றார்கள்.அப்பொழுது அவருடன் அவரின் சில தோழர்களும் இருந்தனர்.அவர்களின் எண்ணிக்கை ஆறு பேர்கள்.அவ்வமயம் அவர்களிடம் ஒரு ஒட்டகம்தான் இருந்தது.அதன் மீது ஒரு குறிப்பட்ட தூரம் வரை ஒருவர் ஏறிச் செல்ல மற்றவர்கள் அதன் பின்னால் நடந்து சென்றனர்.அவரின் வாய்ப்பு நிறைவு பெற்றதும் அவர் அதிலிருந்து இறங்கி விடுவார்.அதன் பின்னர் மற்றவர் அதில் ஏறி சாவாரி செய்வார்.இவ்வாறு அவர்கள் தங்களின் இலக்கை அடையும் வரையில் சுலட்சி முறையில் அதில் சவாரி செய்தனர்.அப்போது தங்களின் பாதங்கள் கீறிக் கிழிந்து அதில் காயம் ஏற்படா வண்ணம் தங்களின் பாதங்களை மறைத்துக் கொள்வதற்கு அவர்களிடம் வஸ்திரம் எதுவும் இருக்கவில்லை.எனவே அவர்கள் வெற்றுக் காலுடனேயே நடந்து சென்றனர்.இப்படி பாலை வனத்தில் நீண்ட தூரம் நடந்து சென்றதன் காரமாக அவர்களின் பாதங்கள் காயங்களுக்கு இலக்காகின.இதனையே "அவ்வமயம் நமது பாதங்களில் காயம் ஏற்பட்டன.எனது பாதமும் காய்ப்பட்டது.மேலும் எனது நகங்கள் கழன்று விழுந்தன" என்று அபூ மூஸா (ரழி) அவர்கள் குறிப்பிட்டார்கள்.இத்தனை பெரிய இடுக்கண் இவர்களுக்கு ஏற்பட்டு விட்ட போதிலும் அவர்கள் தங்களின் நடையை நிறுத்திக் கொள்ளாது எதிரிகளைச் சந்திக்கும் வரையில் தங்களின் பயணத்தை மேற்கொண்டனர்.மேலும் "நாம் அனைவரும் நமது காலில்சீலைத் துண்டுகளைக் கட்டிக் கொண்டோம்" என்று அவர்கள் குறிப்பிட்டிருப்பதிலிருந்து திடமான கரடு முரடான பூமியில் நீன்ட தூரம் அவர்கள் நடந்து சென்றதன் காரமாக அவர்களின் பாதணிகள் அறுந்து விட்டன,எனவே அவர்கள் முரட்டுப் பூமியிலிருந்தும்,அதன் வெப்பத்திலிருந்தும் தங்களைப் பாதுகாத்துக் கொள்ளும் வண்ணம் தங்களின் பாதங்களில் சீலைத் துண்டுகளைக் கட்டிக் கொண்டனர் என்பது துலாம்பரமாகின்றது.எனவேதான் இந்த யுத்தம் "ذات الرقاع" ஒட்டுகள் உடைய யுத்தம் என பெயர் பெற்றது.இதுபற்றி அபூ மூஸா (ரழி) அவர்கள் குறிப்பிடும் போது "இவ்வாறு நாம் சீலைத் துண்டுகளைக் கொண்டு நமது பாதங்களில் கட்டுப் போட்டுக் கொண்டதன் காரணமாக இது "ஒட்டுகள் உடைய யுத்தம்"என்று பெயர் பெற்றது என்று கூறினார்கள்.அதாவது இந்த நிகழ்வுின் காரணமாக ரஸூல் (ஸல்) அவர்கள் பங்குபற்றிய இந்த யுத்தம் غزوة ذات الرقاع ஒட்டுகள் உடைய யுத்தம் என பெயர் பெற்றது.இந்த யுத்தம் இப்படி பெயர் பெறுவதற்கு இதுவோர் அடிப்டைக் காரணமாகும்.மேலும் இது பற்றி அபூ புர்தா அவர்கள் கூறும் போது இந்த சம்வம் பற்றி விவரித்த அபூ மூஸா (ரழி) அவர்கள் "இதனனைச் சொல்லிக் காட்டுவதற்காக நான் இப்டிச் செய்யவில்லை" என்று கூறினார்ள்.அதாவது தாங்கள் செய்த நல்ல காரியம் ஒன்றை அபூ மூஸா (ரழி) அவர்கள் பகிரங்கப்படுத்த விரும்ப வில்லை என்பதை அவர்களின் இந்த வாசகம் புலப்படுத்துகின்றது என்று கூறினார்கள்.மேலும் பின்பற்றத் தகுதிவாய்ந்த ஒரு நல்லவர் தான் செய்யும் நல்ல கருமத்தைப் போன்று மற்றவரும் செய்ய வேண்டும் என்ற நல்ல நோக்கில் அதனை பிரரிடம் சொல்லிக் காட்டுவதைத் தவிர பொதுவாக தான் செய்யும் நல்ல கருமத்தைப் பகிரங்கப்படுத்தாமல் அதனனை மறைத்து வைப்பதே சிறந்தது.ஏனெனில் அதில்தான் உளத்தூய்மை இருக்கின்றது.எனவேதான் தங்களுக்கு நேர்ந்த இந்த சம்பவத்தைப் பற்றி எடுத்துக் கூறிய அபூ மூஸா (ரழி) அவர்கள் பின்னர் இதனைத் தான் கூறியிருக்கக் கூடாது என்று நினைத்தார்கள்,என்பதே இந்த ஹதீஸ் தரும் கருத்தாகும்.மேலும் "அவர் தன் வலது கரம் தர்மம் செய்ததைத் தன் இடது கரம் அறியாத வாறு மறைத்துக் கொண்ண்டார்" என்று பிரிதொரு ஹதீஸில் குறிப்பிடப்பட்டிருப்பது ஈண்டு கவணிக்கத் தக்கதாகும்.</t>
   </si>
   <si>
     <t>بيان ما كان عليه الصحابة من التقشف وخشونة العيش وصبرهم على ذلك مع الرضا.
 جواز التَعَاقب على البعير الواحد.
 جواز ذكر العمل الصالح والتحدث بنعمة الله إذا لم يكن فيه رياء ولا سمعة وكان في ذكره تذكير ونفع للناس.
 كراهة أن يذكر الإنسان ما فعله من عمل صالح خشية الوقوع في الرياء.
 قوة تحمل الصحابة -رضي الله عنهم-.
 فيه جواز المسح على اللفائف.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3704</t>
   </si>
   <si>
-    <t>حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ</t>
+    <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>'ஒரு முஸ்லிம் இன்னொரு முஸ்லிமுக்குச் செய்ய வேண்டிய கடமைகள் ஐந்தாகும் : ஸலாத்திற்கு பதிலுரைத்தல், நோயுற்றறால் நலம் விசாரித்தல், மரணித்தால் அவரின் இறுதி சடங்கில் பின்துயர்தல், விருந்துக்கு அழைத்தால் பதிலளித்தல், தும்மி, அல்ஹம்து லில்லாஹ் எனக் கூறினால் பதிலுரைத்தல்'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு  கூறுகின்றார்கள் : 'ஒரு முஸ்லிம் இன்னொரு முஸ்லிமுக்குச் செய்ய வேண்டிய கடமைகள் ஐந்தாகும் : ஸலாத்திற்கு பதிலுரைத்தல், நோயுற்றறால் நலம் விசாரித்தல், மரணித்தால் அவரின் இறுதி சடங்கில் பின்துயர்தல், விருந்துக்கு அழைத்தால் பதிலளித்தல், தும்மி, அல்ஹம்து லில்லாஹ் எனக் கூறினால் பதிலுரைத்தல்'.</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
     <t>இந்நபிமொழியில் ஒரு முஸ்லிம் தனது சகோதர முஸ்லிமுக்குச் செய்ய வேண்டிய சில கடமைகள் குறித்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் தெளிவுபடுத்துகிறார்கள். அந்தக்கடமைகளுள் முதலாவது ஒருவர் உமக்கு ஸலாம் கூறினால் அவருக்கு பதிலளித்தல் ஆகும்.
 இரண்டாவது கடமை: நோயாளியை சுகம் விசாரித்தல்.
 மூன்றாவது கடமை: ஜனாஸாவை வீட்டிருந்து தொழுமிடம் வரைக்கும்,தொழுமிடத்திலிருந்து அவரை அடக்கம் செய்யவதற்காக மக்பரா –அடக்கஸ்தளம் வரை  பின்தொடரந்து  செல்லுதல்.
 நான்காவது கடமை : ஒருவர் வலீமா,மற்றும் வலீமா அல்லாத நிகழ்வுக்கு அழைப்பு விடுத்தால் அதற்கு பதில்அளித்தல்.
 ஐந்தாவது கடமை : தும்மியவருக்கு பதிலளித்தல். அதாவது தும்மியவர் அல்ஹம்துலில்லாஹ் என்று கூறினால் அதனைக் செவிமடுத்தவர் யர்ஹமுகல்லாஹ் என்று கூறவேண்டும். அதற்கு தும்மியவர் யஹ்தீகுமுல்லாஹு வயுஸ்லிஹு பாலகும் என்று கூற வேண்டும்.</t>
   </si>
@@ -3998,51 +4022,51 @@
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم : « رُبَّ أَشْعَثَ أغبرَ مَدْفُوعٍ بالأبواب لو أَقسم على الله لَأَبَرَّهُ ».</t>
   </si>
   <si>
     <t>"பறட்டைத் தலையும் புழுதியும் படிந்த நிலையி்ல் வீட்டு வாயல்களில் விடப்பட்டோர் பலர் இவர்கள் எதையேனும் அல்லாஹ்வின் மீது ஆணையிட்டுக் கூறினால் அதனை அல்லாஹ் நிறைவேற்றி வைப்பான்" என ரஸூல் (ஸல்) அவர்கள் கூறினார்கள்,என்று அபூ ஹுரைரா (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>"رب أشعث أغبر مدفوع بالأبواب لو أقسم على الله لأبره": وأشعث من الشعث وهو من صفات الشعر، وشعره أشعث يعني ليس له ما يدهن به الشعر، ولا ما يرجله، وليس يهتم بمظهره، وأغبر يعني أغبر اللون، أغبر الثياب، وذلك لشدة فقره.
 "مدفوع بالأبواب": يعني ليس له جاه، إذا جاء إلى الناس يستأذن لا يأذنون له، بل يدفعونه بالباب؛ لأنه ليس له قيمة عند الناس لكن له قيمة عند رب العالمين، لو أقسم على الله لأبره، لو قال: والله لا يكون كذا لم يكن، والله ليكونن كذا لكان، لو أقسم على الله لأبره، لكرمه عند الله عز وجل ومنزلته،
 لو أقسم على الله لأبره. 
 و الميزان في ذلك تقوى الله عز وجل ، كما قال الله تعالى : (إن أكرمكم عند الله أتقاكم)، فمن كان أتقى لله فهو أكرم عند الله، ييسر الله له الأمر، يجيب دعاءه، ويكشف ضره، ويبر قسمه.
 وهذا الذي أقسم على الله لن يقسم بظلم لأحد، ولن يجترئ على الله في ملكه، ولكنه يقسم على الله فيما يرضي الله ثقة بالله عز وجل ، أو في أمور مباحة ثقة بالله عز وجل .</t>
   </si>
   <si>
     <t>வறுமையின் காரணமாக தலயைில் எண்ணை தேய்க்காது அதனை சீவி சிங்காரிக்காது பறட்டைத் தலையுடனும்,புழுதி படிந்த ஆடையுடனும் இருக்கின்ற பலர்,அவர்களை மக்கள் கணக்கில் எடுத்துக் கொள்ளாததின் காரணமாக அவர்களைத் தங்கள் வீடுகளில் ஏற அவர்கள் அனுமதிப்பதில்லை.அதனால் அவர்கள் வீட்டு வாயல்களில் தடுத்து வைக்கப்படு கின்றனர் இவ்வாறு மக்களிடம் அவர்கள் மதிப்பற்றவர்களாக இருந்த போதிலும் அவர்கள் அல்லாஹ்விடம் மதிப்புள்ளவர்களாக இருக்கின்றனர்.எனவே அவர்கள் அல்லாஹ்வின் மீது ஆணையிட்டு "அல்லாஹ்வின் மீது ஆணையாக இது நடவாது" என்று கூறுவார்களாயின் அது நடவாது மேலும் அல்லாஹ்வின் மீது ஆணையாக இது நிகழும் என்று அவர் கூறினால் அது நிமழ்ந்து விடும்.இது அவர்களுக்கு அல்லாஹ்விடம் நல்ல கௌரவமும் அந்lதஸ்த்தும் இருக்கின்ற காரணத்தினாலாகும்.அல்லாஹ்விடம் மனிதனின் கௌரவம் மதிப்பிடப்படுவது அவனின் தக்வா எனும் இறை பக்தியின் அடிப்படையிலாகும்."உங்களில் எவர் இறையச்சம் உடையவராக இருக்கின்றனரோ அவர்தான் அல்லாஹ்விடத்தில் நிச்சயமாக மிக கண்ணியமானவர்"(49:13).என்று அல்லாஹ் கூறுகிறான்.எனவே எவர் மிக இறையச்சம் உடையவராக இருப்பாரோ,அவர் அல்லாஹ்விடம் மிக கண்ணியம் உடையவராக இருப்பார்.மேலும் அவரின் காரியங்களை அல்லாஹ் இலகு படுத்துவான்,அவரின் பிரார்த்தனைகளை அங்கீகரிப்பான்,அவரின் கேடுகளை நீக்குவான்.மேலும் அவர் செய்த சத்தியத்தை செல்லுபடியாக்குவான்.எனினும் அல்லாஹ்வின் மீது நம்பிக்கை வைத்துள்ள அவர்கள் அல்லாஹ் பொருந்திக் கொள்கின்ற,அனுமதித்த விடயங்களையே அல்லாஹ்வின் மீது ஆணையிட்டு வேண்டுவார்கள்</t>
   </si>
   <si>
     <t>أن الله لا ينظر إلى صورة العبد ولكن ينظر إلى القلوب والأعمال.
 على الإنسان أن يعتني بعمله وطهارة قلبه أكثر من عنايته بجسمه وملبسه.
 ميزان الرجال بالأعمال لا بالمظاهر والأنساب والأموال.
 التواضع لله والتذلل له سبب في إجابة الدعاء، ولذلك؛ فالله -سبحانه- يبر قسم الأتقياء الأخفياء.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3715</t>
   </si>
   <si>
-    <t>رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى</t>
+    <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>'விற்றாலும், வாங்கினாலும், கடனைத் திருப்பக் கேட்டாலும் மென்மையாக நடந்து கொள்ளும் ஓர் அடியானுக்கு அல்லாஹ் அருள்பாலிப்பானாக!'</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஜாபிர் ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : 'விற்றாலும், வாங்கினாலும், கடனைத் திருப்பக் கேட்டாலும் மென்மையாக நடந்து கொள்ளும் ஓர் அடியானுக்கு அல்லாஹ் அருள்பாலிப்பானாக!'.</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>தனது வியாபாரத்தில் தாராளத்தன்மையுடன், வல்லல் தன்மையுடனும், மென்மையாகவும் நடந்து கொள்ளும் அனைவருக்கும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பிரார்த்தித்துள்ளார்கள். வாங்குபருக்கு அவர் வாங்கும் பொருளின் விலையில் சிரமப்படுத்தாது நல்ல பண்பாட்டுடன் நடந்து கொள்வார். பொருளை கொள்வனவு செய்தாலும் மென்மையாகவும் தாராளத்தன்மையுடனும், நடந்து கொள்வார். அவர் பொருளின் விலையை அளவுக்கதிகமாகக் குறைத்தோ அதன் பெறுமதியை குறைத்தோ வாங்கமாட்டார் கடனை நிறைவேற்றுமாறு கோரினாலும் அவருடன் மென்மையாகவும், தாராளத் தன்மையுடனும் நடந்து கொள்வார். கடனைப் பெற்றவர் பரம ஏழையாக, தேவையுடையவராக இருப்பின் அவர்களுடன் மென்மையாகவும் இங்கிதமாகவும் அவர்களிடம் கேட்பதோடு, அதனை நிறைவேற்ற வசதியற்றவர்களுக்கு கால அவகாசம் அளிப்பார்.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>மனிதர்களுக்கு மத்தியில் தொடர்புகளை சீர்படுத்தும் விடயங்களை பேணுதல் இஸ்லாமிய ஷரீஆவின் நோக்கங்களில் ஒன்றாகும்.
@@ -4301,51 +4325,51 @@
   <si>
     <t>عن أسامة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «قُمْتُ على باب الجنَّة، فإذا عامَّة من دخلها المساكين، وأصحاب الجَدِّ مَحْبُوسُونَ، غير أن أصحابَ النَّار قد أُمِرَ بهم إلى النَّار، وقُمْتُ على باب النَّار فإذا عَامَّة من دخلها النساء».</t>
   </si>
   <si>
     <t>"நான் சுவர்க்க வாசலில் நின்றுகொண்டிருந்தேன். அப்பொழுது அதில் பிரவேசித்தவர்களில் அதிகமானோர் ஏழைகளாக இருந்தனர்.செல்வந்தர்களோ தடுக்கப்பட்டிருந்தனர்.மேலும் நரகவாசிகளுக்கு நரகின் பக்கம் செல்லும்படி உத்தரவு பிரப்பிக்கப்பட்டது.நான் நரகவாசலில் நின்று கொண்டிருந்த அச்சமயம் அதில் பிரவேசித்தவர்களில் அதிகமானோர் பெண்களாக இருந்தனர்".என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள், என உஸாமா (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>الفقراء والمساكين يدخلون الجنة قبل الأغنياء؛ وذلك لأنهم فقراء لا مال لهم يحاسبون عليه، وإكرامًا من الله تعالى لهم، وتعويضًا لهم على ما فاتهم من نعيم الدنيا وزينتها، أما أصحاب الحظ الفاني من أرباب الأموال والمناصب فهم محبوسون في عرصات القيامة لطول حسابهم في المتاعب بسبب كثرة أموالهم، وتوسيع جاههم، وتلذذهم بهما في الدنيا، وتمتعهم على وفق شهوات النفس والهوى، فإن حلال الدنيا حساب وحرامها عقاب، والفقراء من هذا براء، وأكثر من يدخل النار النساء؛ لأنهن يكثرن الشكاية وينكرن جميل الأزواج.</t>
   </si>
   <si>
     <t>செல்வந்தர்களை விட ஏழைகள்முதலில் சுவர்க்கம் செல்வர்.ஏனெனில் அவர்கள் செல்வமற்ற ஏழைகளாக இருந்தபடியால் அவர்களிடம் அது பற்றிய விசாரணை எதுவும் இருக்காது.இது அவர்களுக்கு அல்லாஹ் வழங்கும் கண்ணியமும்,அவர்கள் உலகில் இழந்த சௌபாக்கியங்களின் நஷ்டயீடுமாகும்.ஆனால் அழியும் பாக்கியங்களான செல்வம்,பட்டம், பதவிகளின் சொந்தக் காரர்களான செல்வந்தர்களோ மறுமையில் பெரிய மைதானத்தில் விசாரணைக்காக நீண்ட நேரம் காத்திருப்பார்கள்.இது அவர்களின் அதிக செல்வம், உயர்ந்த அந்தஸ்து என்பவற்றின் மூலம் அவர்கள் தங்களின் மனோ இச்சைகளுக்கு இசைவாக உலகில் அனுபவித்து வந்த சுகபோகங்களின் விளைவே.ஏனெனில் உலகில் அனுபவித்து வந்த ஹலாலான விடயங்களுக்காக விசாரணையும்,ஹராமான விடயங்களுக்காகத் தண்டணையும் உண்டு.ஆனால் ஏழைகளோ இதனை விட்டும் நீங்கியவர்கள்.மேலும் நரகில் அதிகம் பிரவேசிக்கின்றவர்கள் பெண்களே.காரணம் அவர்கள் அதிகமாக முறையீடு செய்கிறவர்களாகவும், தங்களின் புருஷர்களின் நல்ல கருமங்களை நிராகரிக்கின்றவர்களாகவும் இருக்கின்றனர். என்பதனால்தான்என்பது இந்த ஹதீஸிலிருந்து தெளிவாகிறது.</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم بالمغيبات بأحوال أهل الجنة والنار.
 أول من يدخل الجنة المساكين والفقراء، إكرامًا لهم على ما فاتهم من نعيم الدنيا.
 لا ينفع مال ولا بنون يوم القيامة إلا من أتى الله بقلب سليم.
 النساء اللاتي يعصين ربهن وينكرن الجميل ويكفرن العشير يدخلن النار.
 المال مسؤولية كبيرة عند الله تعالى، فينبغي على مالكه أن يضعه حيث أمر الله ليكون حسابه يوم القيامة يسيرا.
 فضل الفقراء الصابرين على الضراء.
 أن الذين يؤدون حقوق المال، ويسلمون من فتنته هم الأقلون، وأن الكفار يدخلون النار ولا يحبسون عنها.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3745</t>
   </si>
   <si>
-    <t>كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا</t>
+    <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>(முற் காலத்தில்) ஒருவர் மக்களுக்குக் கடன் கொடுத்து (உதவி) வந்தார். (அதை வசூலிக்கச் செல்கின்ற) தன்னுடைய (அலுவலரான) வாலிபரிடம், '(வசதியின்றிச்) சிரமப்படுபவரிடம் நீ சென்றால் (அவரைக் கண்டு கொள்ளாமல்) மன்னித்து(க் கடனைத் தள்ளுபடி செய்து) விடு. அல்லாஹ்வும் (நம்மைக் கண்டு கொள்ளாமல்) மன்னித்து விடக் கூடும் என்று சொல்லிவந்தார்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதாக அபூஹூரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள்: (முற் காலத்தில்) ஒருவர் மக்களுக்குக் கடன் கொடுத்து (உதவி) வந்தார். (அதை வசூலிக்கச் செல்கின்ற) தன்னுடைய (அலுவலரான) வாலிபரிடம், '(வசதியின்றிச்) சிரமப்படுபவரிடம் நீ சென்றால் (அவரைக் கண்டு கொள்ளாமல்) மன்னித்து(க் கடனைத் தள்ளுபடி செய்து) விடு. அல்லாஹ்வும் (நம்மைக் கண்டு கொள்ளாமல்) மன்னித்து விடக் கூடும் என்று சொல்லிவந்தார். அவர் (மரணமடைந்து) அல்லாஹ்வைச் சந்தித்தபோது அவரின் பிழைகளைப் பொறுத்து அவன் மன்னித்துவிட்டான்.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு மனிதர் குறித்துக் குறிப்பிடுகிறார். அவர்  மனிதர்களுக்கு கடன் கொடுப்பதன் மூலம் அல்லது தவணை அடிப்படையில் வியாபாரம் செய்வதன் மூலம் நல்ல முறையில் நடந்து கொள்ளக் கூடியவராக இருந்தார். மனிதர்களிடமிருந்து கடனை மீளப் பெற்றெடுக்கும் தனது பணியாளனுக்கு அம்மனிதர் பின்வருமாறு கூறிக்கொண்டிருந்தார் : நீ கடனாளியிடம் சென்று அவர் உம்மிடம், கடனை நிறைவேற்ற தன்னிடம் ஒன்றுமில்லை என்று கூறினால் அவனுக்கு தவணை கொடுப்பதன் மூலம், அல்லது வற்புறுத்தி கேட்காமல் விடுவதன் மூலம் அவனை மன்னித்துவிடுவாயாக.' அல்லது சிறிது குறைவாக இருந்தாலும் கடனாளியிடம் உள்ளதை பெற்றுக் கொள்வதன் மூலம் விட்டுக் கொடுப்பதாகும்.இவ்வாறு இலகு படுத்தி நடந்து கொள்வதற்கான காரணம்; அல்லாஹ்வும் பாவங்களை மன்னித்து விடுவான் என்ற ஆவல் மற்றும் எதிர்ப்பார்பினாலுமாகும். அவர் மரணித்ததும் அல்லாஹ் அவரின் தவறுகளைப் பொருந்தி அவரை மன்னித்துவிட்டான்.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>மக்களுடன் கொடுக்கல் வாங்கலின் போது நல்ல முறையில் நடந்து கொள்வதும் அவர்களில் வசதியின்றி; சிரமப்படுபவரிடம் விட்டுக் கொடுப்புடன் நடந்து கொள்வதும் மறுமையில் ஒரு அடியான் வெற்றி பெறுவதற்கான மிகப்பெரும் வழியாகும்.
 படைப்பின் மீது இரக்கம், இறை பக்தி, அவருடைய கருணையில் நம்பிக்கை ஆகியவை பாவ மன்னிப்புக்கான காரணங்களில் ஒன்றாகும்.</t>
@@ -4649,51 +4673,51 @@
   <si>
     <t>அறிந்து கொள்ளுங்கள் இவ்வுலகமும் அதில் இருப்பவைகளும் சபிக்கப்பட்டவைகளாகும் ஆனால் அல்லாஹ்வைின் தியானத்தையும் அதனுடன் தொடர்புடைய விடயங்களையும்,மற்றும் அங்குள்ள அறிஞர்களையும் அறிவைத் தேடுகிறவர்களையும் தவிர.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «ألا إن الدنيا مَلعُونة، مَلعُونٌ ما فيها، إلا ذكرَ الله تعالى، وما وَالاهُ، وعالما ومُتَعَلِّمَا».</t>
   </si>
   <si>
     <t>"அறிந்து கொள்ளுங்கள் இவ்வுலகமும் அதில் இருப்பவைகளும் சபிக்கப்பட்டவைகளாகும் ஆனால் அல்லாஹ்வின் தியானத்தையும் ,அதனுடன் தொடர்புடைய விடயங்களையும்,மற்றும் அங்குள்ள அறிஞர்களையும் அறிவைத் தேடுகிறவர்களையும் தவிர" என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள் என அபூ ஹுரைரா (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>الدنيا وما فيها من زينة مبغوضة مذمومة إلى الله تعالى؛ لأنها مبعدة الخلق عما خلقوا له من عبادة الله تعالى والقيام بشرعه، إلا ذكر الله تعالى وما والاه من العبادات، وكذا تعليم العلم وتعلمه، مستثنى مما يبغضه الله؛ لأن هذا هو المقصود من إيجاد الخلق.</t>
   </si>
   <si>
     <t>மனிதன் படைக்கப்பட்டதன் நோக்கம் அவன் அல்லாஹ்வை வணங்க வேண்டும்,அவனின் ஷரீஆவை நிலை நிறுத்த வேண்டும் என்பதற்காகவே.இதை விட்டும் உலகிலுள்ள அழங்காரங்கள் யாவும் அவனை தூரமாக்குகின்றன,எனவே அவை யாவும் அல்லாஹ்வின் கோபத்திற்கு இலக்கான வைகளாகவும்,அவனிடம் இழிவானவைகளாகவும் கருதப்படுகின்றன ஆனால் மனிதன்அல்லாஹ்வின் தியானத்தலும்,மற்றும் அது போன்று ஏனைய வழிபாடுகளிலும் ஈடுபட்டிருப்பதுவும்,மேலும் அவன் அறிவைக் கற்பதுவும் அதனைக்கற்றுக் கொடுப்பதுவும் அவன் சிருஷ்ட்டிக்கப்பட்டதன் நோக்கத்தைச் சார்ந்தது என்றபடியால் இவை அல்லாஹ்வின் கோபத்திற்கு இலக்காக மாட்டாதது.</t>
   </si>
   <si>
     <t>لا يجوز لعن الدنيا مطلقاً؛ لورود أحاديث تنهى عن ذلك، ولكن يجوز لعن ما يبعد منها عن الله تعالى ويشغل عن طاعته وعليه يحمل حديث الباب في جواز لعن الدنيا.
 كل ما في الدنيا؛ فهو لعب ولهو إلا ذكر الله وما كان سببا في ذلك.
 بيان فضل العلم وأهله وطلابه.
 الناس في طلب العلم قسمان: عالم أو متعلم، وهما على سبيل رشد ونجاة، ولا تكن إمعة فتهلك.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3788</t>
   </si>
   <si>
-    <t>لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا</t>
+    <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>'பதிலுக்கு பதில் உறவாடுகிறவர் (உண்மையில்) உறவைப் பேணுகிறவர் அல்லர்; மாறாக உறவு முறிந்தாலும் அந்த உறவுடன் இணைகிறவரே உறவைப் பேணுபவராவார்'</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ரு ரழியல்லாஹு அன்ஹுமா கூறுகின்றார்கள் : 'பதிலுக்கு பதில் உறவாடுகிறவர் (உண்மையில்) உறவைப் பேணுகிறவர் அல்லர்; மாறாக உறவு முறிந்தாலும் அந்த உறவுடன் இணைகிறவரே உறவைப் பேணுபவராவார்'</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுகிறார்கள் உறவுகளை சேர்ந்து நடப்பதிலும், உபகாரம் செய்வதிலும் பூரணமான மனிதன் யாரெனில் பதிலுக்குப் பதில் உபகாரத்தை எதிர்பாரக்கும் மனிதன் அல்ல. மாறாக உறவைப் பேணுவதில் உறவுகள் துண்டித்து நடந்தாலும் அவர்களுடன் சேர்ந்து நடப்பவனும், அல்லது அவர்கள் தன்னுடன் மோசமாக நடந்து கொண்டாலும் அதற்குப் பதிலாக அவர்களுடன் நல்ல முறையில் நடந்து கொள்பவனே பூரண மனிதனாவான் என்று குறிப்பிடுகிறார்கள்</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>இஸ்லாமிய ஷரீஆவின் நிலைப்பாட்டில் உறவை பேணுதல் என்பது உம்மை உனது உறவுகள் துண்டித்து நடந்தாலும் அவர்களை சேர்ந்து நடப்பதும், உமக்கு அநியாயம் இழைத்தாலும் அதனை மன்னித்து விடுவதும், உமக்கு எதையும் கொடுக்காது விட்டாலும் நீ அவர்களுக்கு கொடுத்துதவுவதையுமே குறிக்கிறது. மாறாக அவர்கள் எவ்வாறு நடந்து கொள்கிறாரோ அதே போன்று பதிலுக்கு பதில் நடந்து கொள்வதை குறிக்கமாட்டாது.
 உறவுகளை சேர்ந்து நடப்பது என்பது அவர்களுக்கு தம்மால் இயலுமான நன்மையான விடயங்களை செய்வதாகும். அவைகளில். உறவுகளுக்கு பண உதவிகள் வழங்குதல், அவர்களுக்காக பிரார்த்தனை செய்தல் நன்மை ஏவி தீமையைத் தடுத்தல் இது போன்ற விடயங்களுடன் அவர்களுக்கு ஏற்படுகின்ற இன்னல்களிலிருந்து பாதுகாப்பதையும் குறிக்கும்.</t>
   </si>
   <si>
@@ -4746,513 +4770,956 @@
     <t>عن أبي هريرة رضي الله عنه أن رجلاً قال: يا رسول الله، إن لي قَرابَة أصِلهم ويقطعوني، وأحسن إليهم ويُسيئُون إليَّ، وأحْلَمُ عنهم ويجهلون عليَّ، فقال: «لئن كنت كما قلت، فكأنما تُسِفُّهُمْ الْمَلَّ، ولا يزال معك من الله ظهير عليهم ما دمت على ذلك».</t>
   </si>
   <si>
     <t>ஒரு மனிதர் ரஸூல் (ஸல்) அவர்களிடம் எனக்கு சில உரவினர்கள் இருக்கின்றனர் நான் அவர்களுடன் சேர்ந்து நடக்கின்றேன்.அவர்களோ என்னைவிட்டும் பிரிந்து போகிறார்கள்.நான் அவர்களுக்கு உதவி செய்கிறேன்.அவர்களோ எனக்குத் தீமை செய்கின்றனர்.இன்னும் அவர்கள் விடயத்தில் நான் பொருமையாக இருக்கின்றேன்.அவர்களோ எனக்குக் கேடு விளைவிக்கின்றனர்.என்று கூறினார்.அதற்கு நபியவர்கள்"நீங்கள் கூறிய படி நீங்கள் இருப்பீர்களாயின்,அது நீங்கள் அவர்களுக்குச் சுடு சாம்பல் தின்னக் கொடுத்தது போன்றதாகும்.மேலும் நீங்கள் அப்படி இருக்கும் காலமெல்லாம் அல்லாஹ் விடமிருந்து அவர்களுக்கு எதிராக உங்களுடன் ஒரு உதவியாளர் இருப்பார்"என்று கூறினார்கள் என அபூ ஹுரைரா (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>حدَّث أبو هريرة رضي الله عنه أنَّ رجلا قال للنبي صلى الله عليه وسلم : 
 "إن لي قرابة أصلهم ويقطعوني، وأحسن إليهم ويسيئون إلى، وأحلم عليهم ويجهلون علي"، يعني: فماذا أصنع؟ فقال النبي صلى الله عليه وسلم : "لئن كنت كما قلت فكأنما تسفهم المل، ولا يزال لك من الله تعالى ظهير عليهم ما دمت على ذلك" يعني ناصر، فينصرك الله عليهم ولو في المستقبل. 
 والمل: الرماد الحار، وتسفهم: يعني تلقمهم إياه في أفواههم، وهو كناية عن أن هذا الرجل منتصر عليهم.
 وليس الواصل لرحمه من يكافئ من وصله، ولكن الواصل حقيقة هو الذي إذا قطعت رحمه وصلها، هذا هو الواصل حقا، فعلى الإنسان أن يصبر ويحتسب على أذية أقاربه وجيرانه وأصحابه وغيرهم، فلا يزال له من الله ظهير عليهم، وهو الرابح، وهم الخاسرون.</t>
   </si>
   <si>
     <t>அபூ ஹுரைரா (ரழி) அவர்கள் அறிவிக்கின்றார்கள்:ஒரு மனிதர் ரஸூல் (ஸல்) அவர்களிடம் " எனக்கு சில உரவினர்கள் இருக்கின்றனர் நான் அவர்களுடன் சேர்ந்து நடக்கின்றேன்.அவர்களோ என்னைவிட்டும் பிரிந்து போகிறார்கள்.நான் அவர்களுக்கு உதவி செய்கிறேன்.அவர்களோ எனக்குத் தீமை செய்கின்றனர்.இன்னும் அவர்கள் விடயத்தில் நான் பொருமையாக இருக்கின்றேன்.அவர்களோ எனக்குக் கேடு விளைவிக்கின்றனர்" எனவே அதற்கு நான் என்ன செய்ய வேண்டும்? என்றார் அதற்கு நபியவர்கள் நீங்கள் கூறிய படி நீங்கள் இருப்பீர்களாயின்,அது நீங்கள் அவர்களுக்குச் சுடு சாம்பல் தின்னக் கொடுத்தது போன்றதாகும்.ன் "மேலும் இதே நிலையில் நீங்கள் இருப்பீர்களாயின் அவர்களுக்கு எதிராக அல்லாஹ்வின் புறத்திலிருந்து உங்களுடன் ஒரு உதவியாளர் இருந்து வருவார் என்றும் கூறினார்கள்,என அபூ ஹுரைரா.(ரழி) அவர்கள் அறிவிக்கின்றார்கள்.மேலும் المل என்பதன் பொருள் சுடு சாம்பல் என்பதாகும்.மேலும் تسفهم என்பதன் பொருள் அதனை அவர்களின் வாயில் போடுகின்றீர்கள் என்பதாகும்.இது இந்த மனிதன் அவர்களை விட வெற்றியடைவார் என்பதை உணர்த்தும் ஒரு சிலேடை வாசகமாகும்.மேலும் பந்துக்களுக்கு உதவி செய்தவன் அதன் பிரதி பலனை அவர்களிடமிருந்து அடைந்து கொள்வானாகில் அவன் வாஸ்த்துவத்தில் அவர்களுடன் சேர்ந்து நடப்பவனல்ல.உண்மையில் பந்துக்களுடன் சேர்ந்து நடப்பவன் யாரெனில் பந்துக்கள் அவனுடன் பிரிந்து சென்றாலும் அவர்களுடன் சேர்ந்து நடப்பவனே.ஆகையால் தனது பந்துக்களும்,அயலவர்களும்,தோழர்களும்,ஏனையவர்களும் தனக்கு இழைக்கும் தொல்லைகளை பொருமையுடன் ஏற்றுக் கொள்வது மனிதனின் கடமையாகும்.அவன் அப்படி நடந்து கொண்டால் அல்லாஹ்வின் புறத்திலிருந்து அவர்களுக்கு எதிராக அவனுடன் ஒரு உதவியாளர் இருப்பார்.எனவே அது அவருக்கு இலாபமாகவும்,அவருக்கு எதிரானவர்களுக்கு நஷ்ட்டமாகவும் அமையும்,என்பதை இந்நபி மொழி எடுத்துரைக்கிறது,எனவே இகபரத்தின் சீரும் சிறப்பும் எதிலெல்லாம் இருக்கின்றதோ அதனை அல்லாஹ் நமக்கு அனுகூலமாக்கித் தந்தருள்வானாக.</t>
   </si>
   <si>
     <t>مقابلة الإساءة بالإحسان مظنة رجوع  المسيء إلى الحق، كما قال -تعالى-: (ادفع بالتي هي أحسن فإذا الذي بينك وبينه عداوة كأنه ولي حميم).
 ما عاقبت من عصا الله فيك بمثل أن تطيع الله فيه.
 امتثال أمر الله سبب عون الله للعبد المؤمن.
 قطيعة الرحم ألم وعذاب في الدنيا، وإثم وشدة حساب في الآخرة.
 ينبغي على المسلم أن يحتسب في عمله الصالح، ولا يقطعه أذى الناس وقطيعتهم عن عادته الطيبة.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3863</t>
   </si>
   <si>
-    <t>مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ</t>
+    <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>கஷ்டத்தில் உள்ள ஒருவனுக்கு தவணை கொடுப்பவனுக்கு அல்லது அவனுக்கு விட்டுக் கொடுப்பவனுக்கு, அல்லாஹ்வின் அர்ஷின் நிழலன்றி வேறு நிழல் இல்லாத மறுமை நாளிலே, தன் அர்ஷின் நிழலின் கீழ் அல்லாஹ் நிழல் அளிப்பான்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: "கஷ்டத்தில் உள்ள ஒருவனுக்கு தவணை கொடுப்பவனுக்கு அல்லது அவனுக்கு விட்டுக் கொடுப்பவனுக்கு, அல்லாஹ்வின் அர்ஷின் நிழலன்றி வேறு நிழல் இல்லாத மறுமை நாளிலே, தன் அர்ஷின் நிழலின் கீழ் அல்லாஹ் நிழல் அளிப்பான்".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்  கடனாளிக்கு கால அவகாசம் அளிப்பவர் அல்லது கடனைத் தள்ளுபடி செய்பவர் குறித்தும் இவ்வாறு நடந்து கொள்பவருக்குக் கிடைக்கும் சன்மானம் பற்றியும் இந்த ஹதீஸில் சுட்டிக்காட்டுகிறார்கள். அந்த சன்மானம் என்னவெனில் மறுமை நாளில் அடியார்களின் தலைகளுக்கு அருகில் சூரியன் நெருக்கமாகக் கொண்டுவரப்பட்டு, கடும் வெப்பத்தில் இருக்கும் அந்த தருனத்தில் இவ்வாறு சக மனிதர்களுடன் நடந்து கொண்ட அந்த அடியானுக்கு அல்லாஹ் தனது அர்ஷின் நிழலை அளித்து கடும் வெப்பத்திலிந்து பாதுகாக்கிறான் அந்நாளில் அல்லாஹ்வின் நிழலைத் தவிர வேறு நிழலை எவரும் கண்டு கொள்ளமாட்டார்கள்.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் அடியார்களுக்கு  கடன் போன்ற காரியங்களில் இலகு படுத்துவதன் சிறப்பு குறிப்பிடப்பட்டுள்ளதுடன் இது போன்ற நற்காரியம் மறுமை நாளின் பயங்கரமான நிலைகளிலிருந்து காக்கும் வழிகளில் ஒன்றாகவும் காணப்படுகின்றமை.
 செயலுக்கேற்பவே கூலி வழங்கப்படும். செயலின் தன்மைக்கேட்பவே கூலி உண்டு.</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4186</t>
   </si>
   <si>
     <t>من خَرج في طلب العلم فهو في سَبِيلِ الله حتى يرجع</t>
   </si>
   <si>
     <t>கல்வியைத் தேடி வெளியில் சென்றவர் திரும்பும் வரை அல்லாஹ்வின் பாதையிலேயே இருக்கின்றார்.</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه مرفوعاً: «من خَرج في طلب العلم فهو في سَبِيلِ الله حتى يرجع».</t>
   </si>
   <si>
     <t>நபி (ஸல்) அவர்கள் கூறியதாக அனஸ் (ரலி) கூறுகின்றார்கள் :"கல்வியைத் தேடி வெளியில் சென்றவர் திரும்பும் வரை அல்லாஹ்வின் பாதையிலேயே இருக்கின்றார்".</t>
   </si>
   <si>
     <t>معنى الحديث: أن مَنْ خَرج من بيته أو بلده؛ بَحثا عن العلم الشرعي، فهو في حكم من خرج للجهاد في سبيل الله تعالى ، حتى يعود إلى أهله؛ لأنه كالمجاهد في إحياء الدِّين وإذلال الشيطان وإتعاب النَفْس.</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம் : தனது வீட்டிலிருந்தோ, நாட்டிலிருந்தோ மார்க்கக் கல்வியைத் தேடி வெளியேறிச் சென்றவர் வீடு திரும்பும் வரை அல்லாஹ்வின் பாதையில் அறப்போர் புரிய வெளியேறிச் சென்றவரைப் போலாவார். ஏனெனில் இவர் மார்க்கத்தை உயிர்ப்பிப்பதிலும், ஷைத்தானை இழிவாக்குவதிலும், தன்னை வருத்திக் கொள்வதிலும் அறப்போர் புரிபவரைப் போன்றவராவார்.</t>
   </si>
   <si>
     <t>أن طلب العلم جهاد في سبيل الله.
 لطالب العلم أجْر المجاهد في ميادين القتال؛ لأن كلا منهما يقوم بما يُقَوِّي شريعة الله ويدفع عنها ما ليس منها.
 فيه أن من خرج في طلب العلم، فله ثواب ممشاه ذهابا وإيابا إلى أن يرجع إلى أهله.</t>
   </si>
   <si>
     <t>கல்வியைத் தேடுவது இறைபாதையில் போரிடுவதற்குச் சமனாகும்.
 போர்க்களத்தில் அறப்போர் புரிபவருக்குக் கிடைக்கும் கூலி கல்வியைத் தேடுபவருக்கும் கிடைக்கின்றது. ஏனெனில் இருவருமே அல்லாஹ்வின் மார்க்கத்தைப் பலப்படுத்தி, அதிலில்லாதவற்றைத் தடுக்கும் முயற்சியிலேயே ஈடுபடுகின்றனர்.
 கல்வியைத் தேடி வெளியேறிச் சென்றவருக்கு வீடு திரும்பும் வரை சென்று, திரும்புதல் இரண்டிற்குமான கூலி வழங்கப்படுகின்றது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4191</t>
   </si>
   <si>
-    <t>مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>இறைநம்பிக்கையுடனும், நன்மையை எதிர்பார்த்தும் ரமழானில் நோன்பு நோற்றவரின் முன்சென்ற (சிறு)பாவங்கள் மன்னிக்கப்படும்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : "இறைநம்பிக்கையுடனும், நன்மையை எதிர்பார்த்தும் ரமழானில் நோன்பு நோற்றவரின் முன்சென்ற (சிறு)பாவங்கள் மன்னிக்கப்படும்".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>அல்லாஹ்வை விசுவாசித்து, நோன்பு கட்டாயக் கடமையென்பதையும், அதனை நோற்கும் நோன்பாளிகளுக்கு தயார்செய்து வைத்துள்ள கூலிகள் மற்றும் வெகுமதிகளையும் உண்மைப்படுத்தி அவனது வாக்குறுதியை உண்மைப்படுத்தி, அல்லாஹ்வின் திருமுகத்தை நாடி முகஸ்துதி இன்றி அல்லாஹ்வுக்காக நோன்பு நோற்றவரின் முன்சென்ற (சிறு)பாவங்கள் மன்னிக்கப்படுகின்றன என இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அறிவத்துள்ளார்கள்.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>ரமழான் மாத நோன்பு நோற்பதிலும் ஏனைய நற்காரியங்களிலும் இஹ்லாஸை கடைப்பிடிப்பதன்  (தூய எண்ணம்) முக்கியத்துவமும் அதன் சிறப்பும் குறிப்பிடப்பட்டுள்ளமை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4196</t>
   </si>
   <si>
-    <t>مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>இறைநம்பிக்கையுடனும், நன்மையை எதிர்பார்த்தும் லைலதுல் கத்ர் (கண்ணியமிக்க) இரவில் நின்று வங்கியவரின் முன்சென்ற (சிறு)பாவங்கள் மன்னிக்கப்படும்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : இறைநம்பிக்கையுடனும், நன்மையை எதிர்பார்த்தும் லைலதுல் கத்ர் (கண்ணியமிக்க) இரவில் நின்று வங்கியவரின் முன்சென்ற (சிறு)பாவங்கள் மன்னிக்கப்படும்.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>ரமழானில் இறுதிப்பத்தில் வரக்கூடிய லைலத்துல் கத்ர் இரவில் நின்று வணங்குவதின் சிறப்பு குறித்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பிரஸ்தாபித்துள்ளார்கள். அவ்விரவில் தொழுகை பிரார்த்தனை அல்குர்ஆன் பாராயணம்,திக்ர் போன்ற விடயங்களில் யார் தன்னை ஈடுபடுத்தி,அவ்விரவையும் அது பற்றி இடம்பெற்றுள்ள சிறப்புகளையும் நம்பிக்கை கொண்டு, நற்கருமங்கள் செய்வதன் மூலம் அல்லாஹ்வின் நன்மையை எதிர்பார்த்து, முகஸ்துதியோ பிறருக்கு காட்டும் நோக்மோ இன்றி  அவ்விரவில் நின்று வணங்கினால் அவரின்; முன் செய்த அனைத்து சிறு பாவங்களும் மன்னிக்கப்படுகின்றன.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>லைலதுல் கத்ர் இரவின் சிறப்பும், அதில் நின்று வணங்குவது பற்றிய ஊக்குவிப்பும் இந்நபிமொழியில் கூறப்பட்டுள்ளது.
 நற்காரியங்கள் உண்மையான -தூய்மையான எண்ணத்துடனேயே ஏற்றுக்கொள்ளப்படுகின்றன.
 அல்லாஹ்வின்  கருணையையும் அருளையும் பிரதிபலிக்கின்றமை. அதாவது யார் லைலத்துல் கத்ர் இரவில் ஈமானுடனும் நன்மையை எதிர்பார்தும் இரவில் நின்று வணங்குகிறாரோ அவரின் முன் சென்ற சிறு பாவங்கள் மன்னிக்கப்படுகின்றன.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4202</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ</t>
+    <t>من يرد الله به خيرا يصب منه</t>
   </si>
   <si>
     <t>அல்லாஹ் யாருக்கு நலவு நாடுகின்றானோ அவனை சோதிப்பான். (அவருக்கு ஒரு துன்பத்தை ஏற்படுத்துவான்)</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : அல்லாஹ் யாருக்கு நலவு நாடுகின்றானோ அவனை சோதிப்பான். (அவருக்கு ஒரு துன்பத்தை ஏற்படுத்துவான்).</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>அல்லாஹ் தன் அடியார்களுக்கு ஏதேனும் நலனைத் தர நாடினால் அவர்களின் பாவ காரியங்களின் குற்றப் பரிகாரத்துக்கும், அவர்களின் அந்தஸ்த்தின் உயர்வுக்கும் காரணமாக அமைவதற்கு அவர்களின் உயிர், செல்வம், பிள்ளைகள் விடயத்தில் அவர்களைச் சோதிப்பான் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் தெரிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>முஃமின் பல்வேறுவகையான சோதனைகளுக்கு உட்படுகிறான்.
 சில வேளை அடியானின் அந்தஸ்தை உயர்த்தி, தரத்தை மேலோங்கச் செய்யவும் அவனின் தவறுகள் மன்னிக்கப்படவும்  அடியானை சோதிப்பதானது, அல்லாஹ் தனது அடியானுடனான நேசத்திற்கான அடையாளமாகவும் இருக்க முடியும்.
 சோதனைகளின் போது பொறுமைகாத்து பதட்டமின்றி இருக்க ஆர்வமூட்டப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4204</t>
   </si>
   <si>
-    <t>دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ</t>
+    <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
+  </si>
+  <si>
+    <t>'அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லை என்றும் முஹம்மத் அல்லாஹ்வின் தூதர்  என்றும் சாட்சி கூறி தொழுகையை நிலைநாட்டி ஸகாத்தும் கொடுக்கும் (நிலை ஏற்படும்)வரை மக்களுடன் போர் புரியும்படி நான் கட்டளையிடப்பட்டுள்ளேன்</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக இப்னு உமர் ரழியல்லாஹு அன்ஹுமா  அவர்கள் கூறினார்கள் : 'அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லை என்றும் முஹம்மத் அல்லாஹ்வின் தூதர்  என்றும் சாட்சி கூறி தொழுகையை நிலைநாட்டி ஸகாத்தும் கொடுக்கும் (நிலை ஏற்படும்)வரை மக்களுடன் போர் புரியும்படி நான் கட்டளையிடப்பட்டுள்ளேன். யார் இவற்றை செய்கிறாரோ  அவர் தம் உயிரையும் உடைமையையும் என்னிடமிருந்து காப்பாற்றிக் கொள்வார்; நியாயமான காரணம் இருந்தால் தவிர. அவரது (அந்தரங்கம் குறித்த) விசாரணை அல்லாஹ்வின் பொறுப்பாகும்.</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
+فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
+  </si>
+  <si>
+    <t>எந்த இணையும் இல்லாத உண்மையான இறைவன் அல்லாஹ் ஒருவன் மாத்திரமே எனவும் முஹம்மத் ஸல்லல்லாஹு அலைஹவிவஸல்லம் அவர்களின் தூதுத்துவத்தை உண்மைப்பாடுத்தி சாட்சி கூறும் வரையில் இணைவைப்பாளர்களுடன் போராடுமாறு தனக்கு அல்லாஹ் கட்டளையிட்டுள்ளதாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் குறிப்பிடுகிறார்கள். அத்துடன் அந்த சான்று பகர்தலின் அடிப்படையில் தினமும் ஐவேளைத் தொழுகைகளை நிலைநாட்டுதல், தகுதியானோருக்கு கடமையான ஸகாத்தை வழங்குதல் போன்ற விடயங்களை செய்யுமாறு குறிப்பிடுகிறார்கள். இவ்வாறு அவர்கள் செய்தால் இஸ்லாம் அவர்களின் உயிருக்கும் உடமைகக்கும் பாதுகாப்பு உத்தரவாதத்தை வழங்குகிறது. ஆகவே அவர்கள் இஸ்லாமிய சட்டதிட்டங்களுக்கேட்ப கொலை செய்யப்டுவதற்குரிய குற்றங்களை செய்தாலே தவிர அவர்களை கொல்வது அனுமதிக்கப்பட மாட்டாது. மறுமையில் அவர்களின் இரகசியவிவகாரங்கள் குறித்த விசாரணையை அல்லாஹ் பொறுப்பேற்பான்.</t>
+  </si>
+  <si>
+    <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
+أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
+لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
+  </si>
+  <si>
+    <t>தீர்ப்புகள் வெளிப்படையான அம்சங்களை கொண்டே தீர்மானிக்கப்படும். இரகசிய விவகாரங்களை அல்லாஹ்வே பொறுப்பேற்பான்.
+ஏகத்துவத்தின் முக்கியத்துவம் அதுவே தஃவாவின் -இஸ்லாமிய அழைப்பியலின்- முதல் அம்சமாகும் அதனைக் கொண்டே பிரசாரம் துவங்கப்படுதல் வேண்டும்.
+இந்த ஹதீஸ் இணைவைப்பாளர்களை நிர்ப்பந்தித்து இஸ்லாத்தை தழுவச்செய்வதை குறிக்காது. மாறாக அவர்களைப் பொறுத்தவரை இஸ்லாமிய சட்ட ஆட்சி நடை பெறும் நாடுகளில் இஸ்லாத்தை ஏற்றுக்கொள்வதற்கும் அல்லது ஜிஸ்யா வரி செலுத்துவதற்குமான தெரிவு வழங்கப்பட்டுள்ளது. ஆனால் இஸ்லாமிய பிரச்சாரத்திற்கு தடையாக அமைந்து அதனை எதிர்த்து நின்றால் இஸ்லாமிய சட்ட ஒழுங்குகளுக்கு உட்பட்டு அவர்களுடன் போராடுவதே தீர்வாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4211</t>
+  </si>
+  <si>
+    <t>إن الله تجاوز لي عن أمتي الخطأ والنسيان وما استكرهوا عليه</t>
+  </si>
+  <si>
+    <t>'நிச்சயமாக அல்லாஹ் என் சமூகத்தாரிடத்தில்; தவறுதலாக ஏற்படக் கூடியதையும் மறதியாக ஏற்படக்கூடியதையும் இன்னும் நிர்பந்தமாக நிகழக்கூடிவற்றையும் எனக்காக மன்னித்து விடுகிறான்'</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إنَّ اللَّهَ تَجَاوَزَ لِي عَنْ أُمَّتِي الخَطَأَ وَالنِّسْيَانَ وَمَا اسْتُكْرِهُوا عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா  அவர்கள் கூறினார்கள் : 'நிச்சயமாக அல்லாஹ் என் சமூகத்தாரிடத்தில்; தவறுதலாக ஏற்படக் கூடியதையும் மறதியாக ஏற்படக்கூடியதையும் இன்னும் நிர்பந்தமாக நிகழக்கூடிவற்றையும் எனக்காக மன்னித்து விடுகிறான்'.</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم : أن الله عفا عن أمته في ثلاثة أحوال:
+الأولى: الخطأ، وهو ما صدر منهم دون تعمد، وهو أن يقصد المسلم بفعله شيئًا، فيصادف فعله غير ما قصده. 
+والثانية: النسيان، وهو أن يكون المسلم متذكرًا لشيء، ولكن ينساه عند الفعل، فلا إثم في ذلك أيضًا. 
+والثالثة: الإكراه ، فقد يُكره العبد على فعل شيء لا يريده مع عدم قدرته على دفع الإكراه، وحينئذٍ لا يقع عليه الإثم أو الحرج.
+مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ் தனது சமூகத்திற்கு பின்வரும் மூன்று நிலைகளில் மன்னிப்பை வழங்குகிறான் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள் : முதாலாவது : தவறுதலாக நிகழ்ந்த செயல். அதாவது மனமுரண்டாக அல்லாது தவறுதலாக வெளிப்பட்ட ஒருவிடயம். உதாரணத்திற்கு ஒருவர் ஏதாவது ஒருவிடயத்தை செய்ய விரும்புகிறார். அவ்வேளை அவர் செய்ய விரும்பாத ஒரு செயல் நிகழ்ந்து விடுகிறது. இவ்வாறான தவறை அல்லாஹ் மன்னிக்கிறான். இரண்டாவது : மறதி : அதாவது சுயநினைவுடன் ஒன்றை செய்ய வேண்டும் என நினைக்கிறார். ஆனால் அவர் அதனை செய்யும் போது மறந்து விடுகிறார் இதற்கும் எவ்விதப்பாவமுமில்லை. மூன்றாவது: நிர்ப்பந்தம் : தடுப்பதற்கு சக்திபெறாத நிலையில் ஒரு பாவமான விடயத்தை செய்யுமாறு ஒருவர் நிர்ப்பந்திக்கப்படுகிறார். இவ்வாறான நிலையில் அவரின் மீது எவ்விதப்ப பாவமும் கிடையாது. இந்த ஹதீஸின் உள்ளடக்கத்தைப் பொறுத்தவரை தடைசெய்யப்பட்ட ஒரு விடயத்தில் அல்லாஹ்வுக்கும் அடியானுக்கிடையிலான தொடர்பை குறிப்பிடுகிறது. 
+ஒரு நபர் கட்டளையிடப்பட்ட ஒன்றைச் செய்ய மறந்து விட்டால், அந்தக் கட்டளையிலிருந்து அவருக்கு விலக்கு அளிக்கப்படமாட்டாது. இருப்பினும், அவ்வாறு மறதியாக செய்ததன் விளைவாக ஒரு குற்றம் நிகழ்ந்தால், மனிதர்களுடன் தொடர்ப்பான உரிமையா இருப்பின் அவ்வுரிமையிலிருந்து விலக்கு அளிக்கப் படமாட்டாது. அதாவது ஒருவர் தவறுதலாகக் கொல்லப்பட்டால், அவர் 'தியா' கொலைக்கான இழப்பீடு செலுத்த வேண்டும், அல்லது தவறுதலாக ஒரு காரை சேதப்படுத்தினால், அவர் இழப்பீடு செலுத்த வேண்டும்.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
+فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
+رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
+لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
+  </si>
+  <si>
+    <t>அடியார்களிடத்தில் மூன்று சந்தர்ப்பங்களில் ஏற்படும் பாவத்தை அல்லாஹ் மன்னிப்பது தனது அடியார்கள் மீது கொண்டிருக்கும் இரக்கத்திற்கும் கருணையின் விசாலத்திற்கும் சான்றாக உள்ளது.
+நபி முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மீதும் அவர்களது சமூகத்தார் மீதான அல்லாஹ்வின் பேரருள்.
+குற்றமில்லை என்பதன் பொருள் குறித்த கடமை நீக்கப்பட்டது என்பது பொருளலல்ல. உதாரணத்திற்கு ஒருவர் வுழு செய்ய மறந்துவிட்டார், அவர் தான் வுழுவுடன் இருப்பதாக நினைத்து தொழுது விட்டார், ஆனால் அவரின் மீது எவ்விதக் குற்றமுமில்லை. ஆனால் அவர் வுழு செய்து மீண்டும் தொழுவது கடமையாகும்.
+நிர்ப்பந்த நிலையில் ஒரு தடைசெய்யப்பட்ட ஒன்றை செய்வது அவரின் பாவத்தை நீக்கவேண்டுமென்றிருந்தால்;  அதற்குரிய நிபந்தனையை முழுமையாக பெற்றிருத்தல் வேண்டும். அவ்வாறு குறித்த நிபந்தனைகளின்றி அவரின் பாவத்திலிருந்து விதிவிலக்கு அளிக்கப் படமாட்டாது. உதாரணத்திற்கு நிர்பந்திப்பவர் அவர் நிர்ப்ந்திக்கும் விடயத்தை செய்யாது விட்டால் அதனை நிறைவேற்றுவதற்குரிய பலத்தை பெற்றிருப்பது ஒரு நிபந்தனையாகும்.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه والبيهقي وغيرهما</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4216</t>
+  </si>
+  <si>
+    <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>நான் எதை (செய்யுங்கள் என்றோ, செய்ய வேண்டாமென்றோ ஒன்றும் கூறாமல்) உங்களு(டைய முடிவு)க்கு விட்டுவிட்டேனோ அதை(ப் பற்றி எதுவும் கேட்காமல்) நீங்களும் விட்டுவிடுங்கள். உங்களுக்குமுன் வாழ்ந்தவர்களை அழித்ததெல்லாம் அவர்கள் தங்கள் இறைத்தூதர்களிடம் (அதிகமாகக்) கேள்வி கேட்டதும் அவர்களுடன் கருத்து வேறுபாடு கொண்டதும்தான்</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
-    <t>நபி ஸல்லல்லாஹு அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : நான் எதை (செய்யுங்கள் என்றோ, செய்ய வேண்டாமென்றோ ஒன்றும் கூறாமல்) உங்களு(டைய முடிவு)க்கு விட்டுவிட்டேனோ அதை(ப் பற்றி எதுவும் கேட்காமல்) நீங்களும் விட்டுவிடுங்கள். உங்களுக்குமுன் வாழ்ந்தவர்களை அழித்ததெல்லாம் அவர்கள் தங்கள் இறைத்தூதர்களிடம் (அதிகமாகக்) கேள்வி கேட்டதும் அவர்களுடன் கருத்து வேறுபாடு கொண்டதும்தான்.
-ஒன்றைச் செய்ய வேண்டாமென உங்களுக்கு நான் தடை விதித்தால் அதிலிருந்து நீங்கள் விலகிக்கொள்ளுங்கள். ஒன்றைச் செய்யுமாறு உங்களுக்கு நான் கட்டளையிட்டால் அதை உங்களால் முடிந்த அளவுக்குச் செய்யுங்கள்.</t>
+    <t>நபி ஸல்லல்லாஹு அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : நான் எதை (செய்யுங்கள் என்றோ, செய்ய வேண்டாமென்றோ ஒன்றும் கூறாமல்) உங்களு(டைய முடிவு)க்கு விட்டுவிட்டேனோ அதை(ப் பற்றி எதுவும் கேட்காமல்) நீங்களும் விட்டுவிடுங்கள். உங்களுக்குமுன் வாழ்ந்தவர்களை அழித்ததெல்லாம் அவர்கள் தங்கள் இறைத்தூதர்களிடம் (அதிகமாகக்) கேள்வி கேட்டதும் அவர்களுடன் கருத்து வேறுபாடு கொண்டதும்தான். ஒன்றைச் செய்ய வேண்டாமென உங்களுக்கு நான் தடை விதித்தால் அதிலிருந்து நீங்கள் விலகிக்கொள்ளுங்கள். ஒன்றைச் செய்யுமாறு உங்களுக்கு நான் கட்டளையிட்டால் அதை உங்களால் முடிந்த அளவுக்குச் செய்யுங்கள்.</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
-    <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஷரீஆ சட்ட நிலைகளின்; -தீர்ப்புகளின்- மூன்று பிரிவுகள் குறித்து குறிப்பிடுகிறார்கள்.அவை :ஏதும் கூறாது மௌனம் காத்தவை- தடைகள், கட்டளைகள் என்பவைகளாகும்.
-[...2 lines deleted...]
-மூன்றாவது: கட்டளைகள் . இதனை செய்பவருக்கு கூலியும் செய்யாது விட்;டுவிட்;டவருக்கு தண்டனையும் கிடைக்கும் ஆகவே இயலுமான அளவு செய்வது கடமையாகும்.</t>
+    <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஷரீஆ சட்ட நிலைகளின்; -தீர்ப்புகளின்- மூன்று பிரிவுகள் குறித்து குறிப்பிடுகிறார்கள். அவை : ஏதும் கூறாது மௌனம் காத்தவை, தடைகள், கட்டளைகள் என்பவையாகும்.
+முதலாவது : இஸ்லாமிய ஷரீஆ ஏதும் தீர்ப்புகள் சொல்லாது விட்டுவிட்டவை. அதாவது  எல்லா விவகாரங்களிலும்; அடிப்படை கட்டாயம் செய்ய வேண்டும் என்பது அல்ல என்ற விதியின் அடிப்படையில் அமைந்தவை. நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் காலத்தை பொறுத்தவைரை ஒரு விவகாரம் கடமையாகிவிடும் அல்லது தடுக்கப் பட்டுவிடும் என்ற இறைத் தீர்ப்பு இறங்கும் என்ற பயத்தினால் நிகழாத ஒருவிடயம் குறித்து கேள்வி கேட்காது இருப்பது அவசியம் என்ற நிலை காணப்பட்டது. இவ்வாறனவை அல்லாஹ் அடியார்கள் மீது செய்த அவனின் கருணையால் விட்டுவிட்டவையாகும். ஆனால் நபியவர்களின் மரணத்தின் பின் மார்க்கத்தீர்ப்பை கோரியோ அல்லது மார்க்க விவாகாரங்களில் தேவையானவற்றை கற்பிக்கும், கற்கும் நோக்கிலோ கேள்விகளைக் கோட்பது அனுமதிக்கப்பட்டதும் வலிறுத்தப்பட்ட விடயமுமாகும். இந்த ஹதீஸில் இடம்பெற்றுள்ள 'கேள்விகேட்பதை தவிர்த்துக்கொள்ளுதல்'; என்பதன் அர்த்தம் வலிந்து தேவையில்லாத ஒன்றை கேள்விப்கேட்பதைக் குறிக்கும். இவ்வாறு தேவையற்ற விடயங்களை பற்றி கேள்வி கேட்பது பனூ இஸ்ராஈல்களுக்கு நடந்ததைப் போன்ற ஒரு விவகாரத்திற்கு இட்டுச்சென்றுவிடும். அவர்களுக்கு அல்லாஹ் பசுமாட்டொன்றை அறுக்குமாறு கட்டளையிட்டான். அவ்வாறு அவனின் கட்டளைக்கு அடிபணிந்து நிறைவேற்றியிருந்தால் அவர்கள் அல்லாஹ்வுக்கு அடிபணிந்தவர்களாக மாறியிருப்பார்கள். ஆனால் அவர்கள் இந்த விவகாரத்தை சிரமப்படுத்திக் கொள்ளவே அல்லாஹ் அவர்களுக்கு சிரமத்தை ஏற்படுத்தினான்.
+இரண்டாவது : தடைகள். இவற்றை செய்யாது விட்டுவிட்டால் கூலியும், செய்தால் தண்டனையும் கிடைக்கும். ஆகவே தடைகளை முழுமையாக தவிர்ந்து கொள்வது கடமையாகும்.
+மூன்றாவது: கட்டளைகள் . இதனை செய்பவருக்கு கூலியும் செய்யாது விட்டுவிட்டவருக்கு தண்டனையும் கிடைக்கும். ஆகவே இயலுமான அளவு செய்வது கடமையாகும்.</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
-    <t>தேவையான மிகவும் முக்கிய விடயங்களில் கவனம் செலுத்துதல் அவசியம்;;;, தற்போதைய நிலையில் தேவையற்ற விடயங்களை விட்டுவிட்டு, நிகழாத சட்டப்பிரச்சினைக் குறித்த விடயங்களில் கேள்வி கேட்பதைத் தவிர்த்துக் கொள்ளுதல் வேண்டும.;
-[...6 lines deleted...]
-மிகச் சிக்கலான குழப்பம் நிறைந்த கேள்விகளை கேட்பது தடை செய்யப்பட்டதாகும். இமாம் அவ்ஸாஈ அவர்கள் பின்வருமாறு குறிப்பிடுகிறார்கள். நிச்சயமாக அல்லாஹ் ஒரு அடியானிடமிருந்து மார்க்க அறிவின் பரக்கத்தை அகற்ற விரும்பினால் அவனுடைய நாவிலிருந்து சிக்கலான குழப்பம் நிறைந்த கேள்விகளை வெளிவரச்செய்வான் அத்தகையவர்களை நான் மக்களில் அறிவு குறைந்தவர்களாக கண்டேன்.இப்னு வஹப் அவர்கள் தான் இமாம் மாலிக் ரஹ் அவர்கள் கூறியதை செவிமடுத்ததாக பின்வரும் செய்தியை கூறுகிறார்கள்: அல்லாஹ்வின் மார்க்கம் சம்பந்தமாக அறிவில் தர்க்கம் செய்வது ஒருவரின் இதயத்திலிருந்து அந்த அறிவின் ஒளியை அகற்றி விடும்'</t>
+    <t>தேவையான மிகவும் முக்கிய விடயங்களில் கவனம் செலுத்துதல் அவசியம், தற்போதைய நிலையில் தேவையற்ற விடயங்களை விட்டுவிட்டு, நிகழாத சட்டப்பிரச்சினைக் குறித்த விடயங்களில் கேள்வி கேட்பதைத் தவிர்த்துக் கொள்ளுதல் வேண்டும.
+சில போது சட்டப்பிரச்சினைகளை சிக்கலாக்கி, அதீத கருத்துமுரண்பாடுகளுக்கு வழிவகுத்து சந்தேகத்தின் வாயில்களை திறந்து விடும் கேள்விளை கேட்பது தடைசெய்யப்பட்டதாகும்;.
+தடைசெய்யப்பட்ட அனைத்தையும் விட்டுவிடுமாறு  கட்டளையிடப்பட்டிருத்தல். ஏனெனில் அவற்றை விடுவதில்; எந்த சிரமும் கிடையாது அந்த வகையில் இங்கு தடை குறித்து பொதுவாக  குறிப்பிடப்பட்டுள்ளது.
+ஒருவரின் இயலுமைக்கேட்ப கட்டளைகளை நிறைவேற்றுவமாறு கட்டளைப் பிரப்பிக்கப்பட்டிருத்தல். ஏனெனில் அதனை நிறைவேற்றுவதில் சிரமம் அல்லது இயலாமை ஏற்படுவதற்கு இடமிருக்கிறது. இந்த வகையில் கட்டளைகள் ஒருவரின் இயலுமைக்கேட்ப செய்யுமாறு பணிக்கப்பட்டிருத்தல்.
+அதிகம் கேள்வி கேட்பது தடைசெய்யப்பட்டிருத்தல். அறிஞர்கள் கேள்வியை இரண்டு வகைகயாக பிரித்துள்ளனர். ஒன்று : மார்க்க விடயத்தில் தேவையான கற்பிப்பதை நோக்காகக் கொண்டவை. இது வலியுறுத்தப்பட்ட ஒரு விடயம் வரவேற்கத்தக்கதும் கூட. இவ்வகை கேள்விகளே ஸஹாபாக்களின் கேள்வியாக இருந்தது. இரண்டாவது: வலிந்து சிரமப்படுத்திக்கொள்ளும் விதத்தில் அமைந்த பயனற்ற கேள்விகள். இவ்வகை கேள்விகள் தடை செய்யப்பட்டவை.
+முன்சென்ற சமூகங்களில் நிகழ்ந்தது போன்று (நபிமார்களிடம் அதிக கேள்விகள் கேட்டு) தமது நபிக்கு மாற்றமாக நடப்பதை விட்டும் இந்த சமூகத்தை எச்சரித்தல்.
+தேவையில்லாத விடயங்களில் அதிகம் கேள்வி கேட்பதும் நபிமார்களுடன் முரண்பட்டுக் கொள்வதும் அழிவுக்கான  ஒரு காரணமாகும் குறிப்பாக அல்லாஹ் மாத்திரம் அறிந்த மறைவான விடயங்கள் மற்றும் மறுமை நாள் நிலமைகள் போன்ற பகுத்தறிவிற்கு உட்படாத நம்பிக்கை சார் விடயங்களில் கேள்விகள் கேட்பதை இதற்கு உதாரணமாக குறிப்பிடலாம்.
+மிகச் சிக்கலான குழப்பம் நிறைந்த கேள்விகளை கேட்பது தடை செய்யப்பட்டதாகும். இமாம் அவ்ஸாஈ அவர்கள் பின்வருமாறு குறிப்பிடுகிறார்கள் : நிச்சயமாக அல்லாஹ் ஒரு அடியானிடமிருந்து மார்க்க அறிவின் பரக்கத்தை அகற்ற விரும்பினால் அவனுடைய நாவிலிருந்து சிக்கலான குழப்பம் நிறைந்த கேள்விகளை வெளிவரச்செய்வான். அத்தகையவர்களை நான் மக்களில் அறிவு குறைந்தவர்களாக கண்டேன். இப்னு வஹப் அவர்கள் தான் இமாம் மாலிக் (ரஹ்) அவர்கள் கூறியதை செவிமடுத்ததாக பின்வரும் செய்தியை கூறுகிறார்கள்: அல்லாஹ்வின் மார்க்கம் சம்பந்தமாக அறிவில் தர்க்கம் செய்வது ஒருவரின் இதயத்திலிருந்து அந்த அறிவின் ஒளியை அகற்றி விடும்'</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4295</t>
   </si>
   <si>
-    <t>إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ</t>
+    <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>'நீங்கள் மிக முக்கியமான ஒன்றைப் பற்றிக் கேட்டுவிட்டீர்கள். இதை யாருக்கெல்லாம் அல்லாஹ் இலகுபடுத்திக் கொடுக்கின்றானோ, அது அவர்களுக்க இலகுவாக இருக்கும்</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
+  </si>
+  <si>
+    <t>முஆத் இப்னு ஜபல் (ரலி) அவர்கள் கூறுகின்றார்கள் : நான் நபியவர்களுடன் ஒரு பயணத்தில் இருந்தேன். ஒரு நாள், நாம் பயணித்துக் கொண்டிருக்கும் போது, அவர்களுக்கு சமீபமாகச் சென்றுவிட்டேன். அப்போது நான், 'அல்லாஹ்வுடைய தூதரே! என்னை நரகை விட்டுத் தூரப்படுத்தி, சுவனத்தில் நுழைய வைக்கும் ஒரு அமலை எனக்குக் காட்டித் தாருங்கள்' எனக் கேட்டேன். அதற்கு நபியவர்கள், 'நீங்கள் மிக முக்கியமான ஒன்றைப் பற்றிக் கேட்டுவிட்டீர்கள். இதை யாருக்கெல்லாம் அல்லாஹ் இலகுபடுத்திக் கொடுக்கின்றானோ, அது அவர்களுக்க இலகுவாக இருக்கும். நீங்கள் அல்லாஹ்வை -அவனுக்கு எந்த இணையும் கற்பிக்காத நிலையில் - வணங்க வேண்டும். மேலும், தொழுகையையும் நிலைநாட்ட வேண்டும். ஸகாத்தைக்கொடுக்கவேண்டும். ரமழானில் நோன்பு நோற்கவேண்டும். கஃபாவை ஹஜ் செய்யவேண்டும்.' என்று கூறிவிட்டு, 'நன்மையின் வாயில்களை உனக்கு அறிவித்துத் தரட்டுமா? நோன்பு ஒரு கேடயம். நீர் நெருப்பை அனைப்பது போன்று, தர்மம் பாவங்களை அனைத்துவிடும். ஒரு மனிதன் நடு இரவில் தொழவதும் (நன்மையின் ஒரு வாயிலாகும்.) பின்பு "அவர்களுடைய விலாக்கள் படுக்கைகளிலிருந்து விலகிவிடும்; அவர்கள் தங்களுடைய இறைவனை அச்சத்தோடும், ஆர்வத்தோடும் பிரார்த்தனை செய்வார்கள்; மேலும், நாம் அவர்களுக்கு அளித்ததிலிருந்து (தானதர்மங்களில்) செலவும் செய்வார்கள். அவர்கள் செய்துகொண்டிருந்தவற்றிற்குக் கூலியாக, அவர்களுக்காக மறைத்து வைக்கப்பட்டுள்ள கண்களின் குளிர்ச்சியை (மறுமையின் பேரின்பத்தை) எந்த ஓர் ஆன்மாவும் அறிந்துகொள்ள முடியாது." என்ற வசனத்தை ஓதினார்கள். பின்பு நபியவர்கள், 'ஒரு விடயத்தின் தலையான அம்சத்தையும், அதன் பிரதான தூணையும், அதன் உயர்நிலையையும் உனக்குக் கூறட்டுமா?' எனக் கேட்டார்கள். அதற்கு நான், 'ஆம்! அல்லாஹ்வுடைய தூதரே!' எனக் கூறியபோது, 'தலையான அம்சம் இஸ்லாமாகும். அதன் பிரதான தூண் தொழுகையாகும். அதன் உயர்நிலை ஜிஹாதாகும்.' என்று கூறிவிட்டு, 'அவை அனைத்தையும் பாதுகாத்துத் தரும் ஒன்றைக் கூறட்டுமா?' எனக் கேட்டார்கள். அதற்கு நான், ஆம்! அல்லாஹ்வுடைய நபியே! எனக் கூறியதும், தமது நாவைப் பிடித்து, 'இதைத் தடுத்துக்கொள்' என்று கூறினார்கள். அப்போது நான், 'அல்லாஹ்வுடைய நபியே! நாம் பேசுவதற்கெல்லாம் குற்றம் பிடிக்கப்படுவோமா?' எனக் கேட்டபோது, 'உன் தாய் உன்னை இழக்கட்டும். முஆதே! மக்களை நரகில் முகங்குப்புற  எறிந்து விடுவது, அவர்களது நாவின் அறுவடைகளைத் தவிர வேறென்ன இருக்கமுடியும்?'</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
+قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
+الأول: تعبد الله وحده ولا تشرك به شيئًا. 
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟ 
+قال معاذ رضي الله عنه: بلى يا رسول الله. 
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. 
+وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله. 
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. 
+قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟! 
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>முஆத் (ரலி) அவர்கள் கூறுகின்றார்கள் : நான் நபியவர்களுடன் ஒரு பயணத்தில் இருந்தேன். ஒரு நாள் பயணித்துக்கொண்டிருக்கும் போது நான் நபியவர்களை நெருங்கிவிட்டேன். அப்போது நான், 'அல்லாஹ்வுடைய தூதரே! என்னை நரகை விட்டுத் தூரப்படுத்தி, சுவனத்தில் நுழைய வைக்கும் ஒரு அமலை எனக்குக் காட்டித் தாருங்கள்' எனக் கேட்டேன். அதற்கு நபியவர்கள் இவ்வாறு கூறினார்கள் :  'மனித ஆத்மாக்களால் செய்யச் சிரமமான ஒரு அமலைப் பற்றி நீங்கள் கேட்டுள்ளீர்கள். யாருக்கெல்லாம் அல்லாஹ் அதனை இலகுபடுத்திக் கொடுக்கின்றானோ, அவர்களுக்கு அது இலகுவாக இருக்கும். இஸ்லாத்தின் கடமைகளை நிறைவேற்றுங்கள் :
+முதலாவது : அல்லாஹ்வுக்கு எந்த இணையும் வைக்காது அவனை மாத்திரமே வணங்க வேண்டும்.
+இரண்டாவது, தினமும் கடமையாக்கப்பட்டுள்ள ஸுபஹ், ளுஹர், அஸ்ர், மஃரிப், இஷா ஆகிய ஐவேளைத் தொழுகைகளையும், நிபந்தனைகள், அடிப்படைகள் மற்றும் கடமைகளைப் பேணித் தொழவேண்டும்.
+மூன்றாவது, கடமையான ஸகாத்தைக் கொடுக்க வேண்டும். ஸகாத் என்பது, ஒரு சொத்து, குறிப்பிட்ட ஒரு அளவை அடையும் போது கடமையாகும் பணம் சார்ந்த ஒரு வணக்கமாகும். தகுதியானவர்களுக்கு அது ஒப்படைக்கப்பட வேண்டும்.
+நான்காவது, நோன்பு நோற்கவேண்டும். அதாவது, வணக்கம் என்ற நோக்கத்துடன், அதிகாலை உதயமாகியதில் இருந்து, சூரியன் மறையும் வரை உணவு, பானம் போன்ற நோன்பை முறிக்கும் அனைத்தையும் தவிர்த்தல்.
+ஐந்தாவது : ஹஜ் செய்தல். அதாவது, மக்காவை நாடிச் சென்று, அல்லாஹ்வை வழிபடும் நோக்கில் ஹஜ்ஜுடைய கிரியைகளை நிறைவேற்றல்.
+பின்பு நபியவர்கள் இவ்வாறு கூறினார்கள் : நன்மையின் வாயில்களை அடையச் செய்யும் காரணிகள் பற்றி உமக்கு அறிவித்துத் தரட்டுமா? அதாவது, அந்தக் கடமைகளுடன், உபரியானவற்றையும் நீ செய்யவேண்டும் :
+முதலாவது: உபரியான நோன்புகள். இவை இச்சைகளை உடைத்து, பலத்தைக் குறைத்து பாவத்தில் வீழ்வதைத் தடுக்கின்றன.
+இரண்டாவது : உபரியான தர்மங்கள். இவை செய்யப்பட்ட பாவங்களை அணைத்து, அழித்து, அதன் தடயங்களையும் நீக்கிவிடும்.
+மூன்றாவது : இரவுடைய இறுதி மூன்றில் ஒரு பகுதியில் தஹஜ்ஜுத் தொழுதல்.  பின்பு நபியவர்கள் "அவர்களுடைய விலாக்கள் படுக்கைகளிலிருந்து விலகிவிடும்; அவர்கள் தங்களுடைய இறைவனை அச்சத்தோடும், ஆர்வத்தோடும் (தொழுகை, திக்ர், குர்ஆன் ஓதுதல், துஆக் கேட்டல் போன்றவற்றின் மூலம்) பிரார்த்தனை செய்வார்கள்; மேலும், நாம் அவர்களுக்கு அளித்ததிலிருந்து (தானதர்மங்களில்) செலவும் செய்வார்கள். அவர்கள் செய்துகொண்டிருந்தவற்றிற்குக் கூலியாக, அவர்களுக்காக மறைத்து வைக்கப்பட்டுள்ள கண்களின் குளிர்ச்சியை (மறுமை நாளில் அவர்களது கண்களைக் குளிரச் செய்பவை மற்றும் சுவனத்தில் உள்ள இன்பங்களை) எந்த ஓர் ஆன்மாவும் அறிந்துகொள்ள முடியாது." என்ற வசனத்தை ஓதிக் காட்டினார்கள்.
+பின்பு நபியவர்கள், 'மார்க்கத்தின் அடிப்படையையும், அது தாங்கியிருக்கும் தூணையும், அதன் உச்சநிலையையும் கூறட்டுமா?' எனக் கேட்டார்கள்.
+அதற்கு முஆத் (ரலி) அவர்கள், 'ஆம்! யா ரஸூலல்லாஹ்' என்று கூறினார்கள்.
+அப்போது நபியவர்கள் கூறினார்கள் : அடிப்படையான அம்சம் இஸ்லாமாகும். அதாவது, ஷஹாதத் கலிமாவாகும். அதன் மூலம் தான் மார்க்கத்தின் அடிப்படையை அவன் அடைந்து கொள்கின்றான். அதன் தூண் தொழுகையாகும். தூண்கள் இல்லாமல் வீடில்லை என்பது போன்று, தொழுகையில்லாமல் இஸ்லாம் இல்லை. யார் தொழுகின்றாரோ, அவரது மார்க்கம் பலமடைந்து, உயர்வடைந்துவிடும். அதன் உயர்நிலை, அதாவது, அது உயர்வடைவது, அல்லாஹ்வுடைய மார்க்கத்தை உயரச் செய்வதற்காக சிரமப்பட்டு, மார்க்கத்தின் எதிரிகளோடு போரிட்டு ஜிஹாத் செய்யும் போதே!
+பின்பு நபியவர்கள், 'முன்சென்ற அனைத்தையும் முறையாகப் பேணிப் பாதுகாக்கும் ஒன்றைக் கூறட்டுமா?' எனக் கேட்டுவிட்டு, தமது நாவைப் பிடித்து, 'இதைத் தடுத்துக்கொள். அவசியமில்லாத எதனையும் பேசிவிடாதே' என்று கூறினார்கள். அதற்கு முஆத் (ரலி) அவர்கள், 'நாம் பேசுகின்ற அனைத்துக்கும் அல்லாஹ் எம்மை விசாரித்துத் தண்டிப்பானா?' என்று கேட்கின்றார்கள்.
+அதற்கு நபியவர்கள், 'உன் தாய் உன்னை இழக்கட்டும்' (இங்கு அவர்களுக்கெதிராக துஆச் செய்வது நோக்கமல்ல. அறிந்து, விழிப்புடன் இருக்கவேண்டிய ஒரு விடயம் பற்றி விழிப்பூட்டும் போது அரபிகள் பாவிக்கும் ஒரு வார்ததையாகும்.) என்று கூறிவிட்டு, 'அவர்களின் நாவுகளின் அறுவடைகளாகிய, நிராகரிப்பு, ஏசுதல், புறம், கோள், இட்டுக்கட்டல் போன்றவற்றைத் தவிர, வேறு எவைதான் அவர்களை நரகில் முகங்குப்புற எறிகின்றன?' என்று கேட்டார்கள்.</t>
+  </si>
+  <si>
+    <t>حرص الصحابة رضي الله عنهم على العِلْم، ولهذا يَكثُرُ منهم سؤال النبي صلى الله عليه وسلم عنه.
+فقه الصحابة رضي الله عنهم لعلمهم أنَّ الأعمال سبب لدخول الجنة.
+السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
+ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
+رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
+رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
+فضل التقرب بالنوافل بعد أداء الفرائض.
+الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
+وجوب حفظ اللسان عما يضر الإنسان في دينه.
+كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
+  </si>
+  <si>
+    <t>அறிவைக் கற்பதில் நபித்தோழர்களுக்கு இருந்த ஆர்வம். அதனால்தான், நபியவர்களிடம் இவ்வாறான கேள்விகளை அதிகம் கேட்பார்கள்.
+அமல்கள் சுவனம் நுழையக் காரணமாக அமைகின்றன என்பதை நபித்தோழர்கள் அறிந்திருப்பது அவர்களுடைய மார்க்க விளக்கத்தைக் காட்டுகின்றது.
+முஆத் (ரலி) அவர்களிடமிருந்து வெளிப்பட்ட கேள்வி மிக முக்கியமான கேள்வியாகும். ஏனெனில், அது தான் யதார்த்தத்தில், இந்த வாழ்க்கையினதும், உள்ளமையினதும் இரகசியமாகும். இந்த உலகில் இருக்கும் மனிதர்களோ, ஜின்களோ அனைவருமே, ஒன்றில் சுவனம் நுழைவதை அல்லது நரகில் நுழைவதை நோக்கிச் செயல்பட்டுக் கொண்டிருப்பார்கள். அதனால் தான் இந்தக் கேள்வி மிக முக்கியமாகின்றது.
+இஸ்லாத்தின் ஐந்து கடமைகளாகிய, ஷஹாதா, தொழுகை, ஸகாத், நோன்பு, ஹஜ் ஆகியவற்றை செய்வதினாலேயே சுவனம் நுழையமுடியும்.
+மார்க்கத்தின் அடிப்படை, முக்கியமானவற்றில் மிகப் பெறுமதியானது, கடமைகளில் மிக உயர்ந்தது, அல்லாஹ்வுக்கு இணைகற்பிக்காமல் அவனை மாத்திரம் ஒருமைப்படுத்தி வணங்குவதாகும்.
+அல்லாஹ் தனது அடியார்கள் மீது செய்துள்ள அருளின் காரணமாக, அவர்கள் நற்கூலி மற்றும் பாவமன்னிப்பின் வழிகளை அதிகப்படுத்திக் கொள்ளும் பொருட்டு, நன்மையின் வாயில்களை அவர்களுக்குத் திறந்துகொடுத்துள்ளமை.
+கடமைகளை நிறைவேற்றிய பின்னர், உபரியான வணக்கங்கள் ஊடாக அல்லாஹ்வை நெருங்குவதன் சிறப்பு.
+இஸ்லாத்தில் தொழுகை என்பது, ஒரு கூடாரத்தைத் தாங்கியிருக்கும் தூணைப் போன்றது. அது விழுந்தால், கூடாரமே விழுந்துவிடுவது போன்று, தொழுகையில்லாவிட்டால் இஸ்லாமே இல்லை.
+ஒரு மனிதன் தனது மார்க்கத்தைப் பாதிக்கும் எதையும் பேசாமல் நாவைப் பாதுகாப்பது அவசியமாகும்.
+நாவைத் தடுத்துக் கட்டுப்படுத்தி வைத்துக் கொள்வது தான் அனைத்து நன்மைகளுக்குமான அடிப்படையாகும்.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4303</t>
+  </si>
+  <si>
+    <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>'இரண்டு முஸ்லிம்கள் தம் வாட்களால் சண்டையிட்டு அதில் கொலைசெய்தவனும், கொலைசெய்யப்பட்டவனும் நரகத்திற்கே செல்வார்கள்</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>நபி  ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை  தான் கேட்டதாக  அபூ பக்ரா ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : 'இரண்டு முஸ்லிம்கள் தம் வாட்களால் சண்டையிட்டு அதில் கொலைசெய்தவனும், கொலைசெய்யப்பட்டவனும் நரகத்திற்கே செல்வார்கள் என்று கூறியபோது 'இறைத்தூதர் அவர்களே! கொலை செய்தவன் (நரகத்திற்குச் செல்வது நியாயமானது) கொல்லப்பட்டவரின் நிலை என்ன? (அவர் ஏன் நரகம் செல்ல வேண்டும்?) என நான் அவர்களிடம் கேட்டதற்கு, நபியவர்கள் 'அவர் இவரைக் கொல்ல வேண்டுமென்று பேராவல் கொண்டிருந்தார்' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில், இரு முஸ்லிம்கள் தமது வாட்களினால் மற்றவரை கொலை செய்து அழித்து விட வேண்டும் என்ற நோக்கில் சந்தித்துக் கொண்டால் கொலைசெய்தவர் தனது தோழரை கொலை செய்யதன் காரணமாக நரகம் செல்வார் என இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள். அத்துடன் கொலைசெய்யப்பட்டவரும் நரகம் செல்வார் எனக் குறிப்பிட்டது நபித்தோழர்களுக்கு குழப்பத்தை ஏற்படுத்தியது அதனால் நபியவர்கள் கொலைசெய்யப்பட்டவர் எப்படி நரகில் இருப்பார் என வினவினார்கள். அதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் தனது தோழரை கொல்ல வேண்டும் என்ற ஆவலுடனே அவரும் மோதினார். ஆனால் கொலை செய்தவர் மிகவிரைவாக செயற்பட்டு அவரை முந்தி கொலை செய்து விட்டார் என விளக்கமளித்தார்கள்.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>ஒரு தீமையை செய்வதற்காக உள்ளத்தால் உறுதி கொண்டு அதற்குரிய செயற்பாடுகளில் (காரண கரியங்களில்)  ஈடுபட்டால் அதற்குரிய தண்டனை கிடைக்கும்.
 முஸ்லிம்கள் தங்களுக்கு மத்தியில் சண்டையிட்டுக்கொள்வது கடுமையாக எச்சரிக்கப்பட்டுள்ளதுடன், அதற்குரிய தண்டனை நரகம் என வாக்களிக்கப்பட்டிருத்தல்.
 அத்துமீறி நடப்போர், குழப்பம் விளைவிப்போர் ஆகியோரின் அட்டகாசங்களை கட்டுப்படுத்தும் முகமாக முஸ்லிம்களுக்கு மத்தியில் சண்டையிட்டுக் கொள்வது மேற்படி எச்சரிக்கைக்குள் உள்ளடங்கமாட்டாது.
 பெரும்பாவம் செய்தவர் குறித்த பாவத்தை செய்ததினால் மாத்திரம் அவன் காபிராகி விடமாட்டான். காரணம் நபியவர்கள் இங்கு சண்டையில் ஈடுபட்ட இருவரையும் முஸ்லிம்களென்றே அடையாளப்படுத்தியுள்ளமை  இதற்கு ஆதாரமாக உள்ளது.
 இரண்டு முஸ்லிம்கள் உயிரைப்பறிக்கும் எந்த ஆயுதமாயினும் அதன் மூலம் சண்டையிட்டு ஒருவர் மற்றவரை கொலை செய்துவிட்டால் கொலை செய்தவருக்கும் கொல்லப்பட்டவருக்குமான இருப்பிடம் நரகமாகும். இங்கு வாள் என ஹதீஸில் குறிப்பிடப்பட்டிருப்பது உதாரணத்திற்காகவே அன்றி வாளினால் சண்டையிட்டு மரணித்தால்தான் நரகம் எனப் புரிந்து கொள்ளக் கூடாது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4304</t>
   </si>
   <si>
-    <t>الدِّينُ النَّصِيحَةُ</t>
+    <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
+  </si>
+  <si>
+    <t>அதற்கு நபியவர்கள் 'உலக வாழ்க்கையில் பற்றற்றவராக  இருங்கள், அல்லாஹ் உம்மை நேசிப்பான். மக்களிடம் இருப்பவற்றில் ஆசைகொள்ளாதீர்கள், அவர்கள் உம்மை நேசிப்பார்கள்.' எனப்பதிலளித்தார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>அபுல் அப்பாஸ் ஸஹ்ல் இப்னு ஸஃத் அஸ்ஸாஇதி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: ஒரு மனிதர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து, அல்லாஹ்வின் தூதரே: ஒரு செயலை எனக்குக் காட்டித்தாருங்கள், அதை நான் செய்தால், அல்லாஹ்வும் மக்களும் என்னை நேசிக்க வேண்டும்' என்று கேட்டார். அதற்கு நபியவர்கள் 'உலக வாழ்க்கையில் பற்றற்றவராக  இருங்கள், அல்லாஹ் உம்மை நேசிப்பான். மக்களிடம் இருப்பவற்றில் ஆசைகொள்ளாதீர்கள், அவர்கள் உம்மை நேசிப்பார்கள்.' எனப்பதிலளித்தார்கள்.</t>
+  </si>
+  <si>
+    <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
+  </si>
+  <si>
+    <t>ஒரு மனிதர், அல்லாஹ்வும் மனிதர்களும் நேசிக்கக்கூடிய ஒரு செயலின் பால் தன்னை வழிப்படுத்துமாறு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்அவர்களிடம் கேட்டார்கள். அதற்கு நபியவர்கள், உலகில் தனக்கு தேவையற்றதையும், மறுமைக்கு எவ்விதப் பயனையும் பெற்றுத்தராதவதற்றையும் விட்டு விடுவதோடு, மார்கத்தில் எதிர்மறை பாதிப்பை ஏற்படுத்தக்கூடியவற்றை விட்டும் விலகி இருக்க வேண்டும். அப்போது உம்மை அல்லாஹ் நேசிப்பான் என்றார்கள். அத்துடன் மக்களிடம் உள்ளவற்றில் ஆசைகொள்ளாது இருப்போரை, மக்கள் இயல்பில் விரும்புவார்கள். யார் அவர்களிடம் இருப்பவற்றில் பேராசைகொண்டு அவர்களுக்கு எதிராக போட்டியாக செயற்படும் போது அதனை மக்கள் வெறுப்பர். ஆகவே யார் இவ்வாறு மனிதர்கள் வைத்திருப்பவற்றில் ஆசை கொள்ளாது எளிமையாக இருக்கிறாரோ அவரை மக்கள் பெரிதும் விரும்புவார்கள்.</t>
+  </si>
+  <si>
+    <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
+الزهد مرتبته أعلى من الورع؛ لأن الورع ترك ما قد يضر، والزهد ترك ما لا ينفع في الآخرة.
+قال السندي: إن الدنيا محبوبة عند الناس فمن يزاحمهم فيها يصير مبغوضًا عندهم بقدر ذلك، ومن تركهم ومحبوبهم يكون محبوبًا في قلوبهم بقدر ذلك.</t>
+  </si>
+  <si>
+    <t>உலக வாழ்க்கையில் எளிமையாக இருப்பதன் சிறப்பு குறிப்பிடப்பட்டிருத்தல். எளிமையாக இருப்பது என்பது மறுமைக்கு பயன்தராதவற்றை விட்டுவதை குறிக்கும்.
+பேணுதலாக இருப்பதை விட எளிமையாக வாழ்தல் என்பது மிக உயர்ந்த படித்தரமாகும். காரணம் பேணுதலாக இருப்பது என்பது தனக்கு பாதிப்பை ஏற்படுத்துபவற்றை தவிர்ப்பதை குறிக்கும். ஸுஹ்த் (எளிமை) என்பது மறுமைக்கு பயன்தராதவற்றை விட்டுவிடுவதை குறிக்கும்.
+இமாம் ஸின்தி (ரஹ்; அவர்கள் கூறுகிறார்கள் : உலகம் மனிதர்களால் நேசிக்கப்படக்கூடிய ஒன்றாகும். அதில் பிறரை எதிர்த்து போட்டி போட்டால் அவர் அவர்களுடன் போட்டி போட்டு எதிர்க்கும் அளவுக்கு அவர்களின் வெறுப்பை பெற்றுக் கொள்கிறார். யார் நேசிக்கும் ஒன்றை அதனை விரும்புவோருக்கு விட்டுவிட்டால், அவர்களின் உள்ளத்தில் காணப்படும் நேசத்தின் அளவுக்கு அதனை விட்டுத்தந்தவருக்கான நேசத்தை தருவார்கள்.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وغيره بأسانيد حسنة</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه وغيره بأسانيد حسنة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4307</t>
+  </si>
+  <si>
+    <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>'நன்மை என்பது நற்குணமாகும். பாவம் என்பது உனது உள்ளத்தில் குறுகுறுப்பை ஏற்படுத்தும். மக்கள் அதைக் காண்பதை நீ வெறுப்பாய்</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>நவ்வாஸ் பின் ஸம்ஆன் (ரலி) அவர்கள் அறிவிக்கின்றார்கள்: நான் நபி (ஸல்) அவர்களிடம், நன்மையையும், பாவத்தையும் பற்றிக் கேட்டேன். அதற்கு நபியவர்கள் இவ்வாறு கூறினார்கள்: 'நன்மை என்பது நற்குணமாகும். பாவம் என்பது உனது உள்ளத்தில் குறுகுறுப்பை ஏற்படுத்தும். மக்கள் அதைக் காண்பதை நீ வெறுப்பாய்.</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
+أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
+وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
+  </si>
+  <si>
+    <t>நன்மை மற்றும் பாவம் பற்றி நபியவர்களிடம் கேட்கப்பட்ட போது, நபியவர்கள் பின்வருமாறு பதிலளித்தார்கள் :
+நன்மைகளில் மிக மகத்தானது, அல்லாஹ்வுடன் இறையச்சம் பேணி நற்குணமாக நடப்பதும், படைப்புக்களுடன் நோவினைகளைச் சகித்தும், கோபத்தைக் குறைத்தும், முகமலர்ச்சியை வெளிப்படுத்தியும், நல்வார்த்தைகள் பேசியும், உறவுகளை சேர்ந்து நடந்தும், கட்டுப்பட்டும், மென்மையைக் கடைப்பிடித்தும், நல்ல முறையில் தோழமை கொண்டு சேர்ந்து நடந்தும் நற்குணம் பேணுவதுமாகும் என்று பதிலளித்தார்கள்.
+பாவம் என்பது, உள்ளத்தில் தடுமாற்றத்தையும், அதிருப்தியையும் ஏற்படுத்தும் ஒன்றாகும். உள்ளத்தில் அது பற்றிய சந்தேகம், அது பாவமாக இருக்கலாம் என்ற பயம் என்பவை இருக்கும். நல்ல மனிதர்களின் பார்வையில் அது அசிங்கமானதாக  இருக்கும் என்பதால், அதை வெளிக்காட்டவும் விரும்பமாட்டீர்கள். ஏனெனில், மனித உள்ளம் இயல்பாகவே தனது நலவுகளை அடுத்தவர் பார்ப்பதை விரும்புகின்றது. எனவே அதன் ஒரு செயலை மனிதர்கள் பார்ப்பதை அது வெறுத்தால், அது ஒரு பாவம் என்றே அர்த்தமாகும்.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>நற்குணங்களில் ஆர்வமூட்டல். ஏனெனில் நற்குணங்கள் நன்மையின் மிக முக்கிய பகுதிகளாகும்.
+சத்தியம், அசத்தியம் ஆகியவற்றை பிரித்தறிவது ஒரு முஃமினுக்கு குழப்பமாக இருக்கமாட்டாது. மாறாக, அவனது உள்ளத்தில் உள்ள ஒளியினால் அவன் சத்தியத்தை அறிந்துகொள்வான். அசத்தியத்தை விட்டும் விலகிச் சென்றுவிடுவான்.
+மனபதற்றம், தடுமாற்றம், மக்கள் பார்த்து விடுவார்களோ என்ற பயம் என்பவை, பாவத்தின் அடையாளங்களாகும்.
+ஸின்தீ அவர்கள் இவ்வாறு கூறுகின்றார்கள்: இது, மக்களால் இரண்டிலொன்றைத் தெளிவாக அறிந்துகொள்ளமுடியாத குழப்பமான விடயங்களை மாத்திரமே குறிக்கும். அவ்வாறில்லாவிட்டால், தெளிவான ஆதாரம் இல்லாத போது, அதற்கெதிரான நன்மையே ஏவப்படும். அவ்வாறுதான், தடுக்கப்பட்டவை அனைத்தும் பாவமாகும். எனவே, அவற்றில் உள்ளத்திடம் தீர்ப்புக் கேட்டு, மனஅமைதியடைய வேண்டிய அவசியம் இல்லை.
+இந்த ஹதீஸில் குறிக்கப்படுபவர்கள் ஈடேற்றமான இயல்பைக் கொண்டவர்களே தவிர, தனது மனோஇச்சையால் ஊட்டப்பட்டவற்றைத் தவிர, எந்தவொரு நன்மையையோ, பாவங்களையோ பிரித்து அறிந்துகொள்ளத் தெரியாத தலைகீழான உள்ளங்களைக் கொண்டவர்கள் அல்ல.
+தீபீ அவர்கள் இவ்வாறு கூறுகின்றார்கள்: 'இந்த ஹதீஸில் 'பிர்' என்பதற்கு பல்வேறு விளக்கங்கள் கூறப்படுவதாகச் சொல்லப்படுகின்றது. ஒரு இடத்தில், 'மனத்திற்கும், உள்ளத்திற்கும் அமைதியயைத் தருபவை' என்றும், இன்னொரு இடத்தில் 'ஈமான்' என்றும், இன்னுமொரு இடத்தில், 'உம்மை அல்லாஹ்வின் பால் நெருக்கமாக்கி வைப்பவை' என்றும், விளக்கப்பட்டுள்ளது. இங்கு 'நற்குணம்' என விளக்கப்பட்டுள்ளது. நற்குணம் என்பது, 'நோவினையை சகித்துக்கொள்ளல், கோபத்தைக் குறைத்தல், முகமலர்ச்சி, நல்ல வார்த்தைகள்' என்று விளக்கப்பட்டுள்ளது. இவையனைத்தும் கருத்தில் ஒன்றுக்கொன்று சமீபமானவை.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4308</t>
+  </si>
+  <si>
+    <t>الدين النصيحة</t>
   </si>
   <si>
     <t>'மார்க்கம் என்பது நலன் நாடுவதாகும்;</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக  தமீம் அத்தாரீ ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : 'மார்க்கம் என்பது நலன் நாடுவதாகும்;.' என்று நபியவர்கள் கூறியபோது, யாருக்கு நலன் நாட வேண்டும்? என நாம் அவர்களிடம் கேட்டோம். அதற்கு அவர்கள்: அல்லாஹ்வுக்கும், அவனது வேதத்திற்கும், அவனது தூதரிற்கும், முஸ்லிம்களின் தலைவருக்கும், இன்னும் முஸ்லிம் பொதுமக்களுக்கும்  நலன் நாடுவதாகும்' எனக் கூறினார்கள்.</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>இந்த மார்க்கம் உளத் தூய்மை மற்றும் உண்மை ஆகிய பண்புகளை அடித்தளமாகக் கொண்டமைக் கப்பட்டுள்ளது என நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் தெரிவிக்கிறார்கள். அதனால் மார்க்கத்தில் உள்ளவற்றை அவன் கடமையாக்கியது போன்று எவ்விதக் குறைத்தலோ மோசடியோ செய்யாது பூரணமாக நிறைவேற்ற வேண்டும்.
 பின் 'நலன் நாடுதல்' யாருக்கு இருக்க வேண்டும் என அவர்களிடம் கேட்கப்பட்டது அதற்கு அவர் :
 முதலாவது: அல்லாஹ்வுக்கு நலன் நாடுதல் என்பது அவனுக்கு இணைவைக்காது உளத்தூய்மையுடன் செயற்படுதலாகும். அதாவது தவ்ஹீதின் வகைகளான ருபூபிய்யாவிலும்,(இரட்சித்து பரிபாலித்தலில் அவனை ஒருமைப்படுத்துதல்) உலூஹிய்யாவிலும், (அல்லாஹ்வுக்குரிய வணக்கங்களில் அவனை ஒருமைப்படுத்துதல்) அஸ்மா வஸ்ஸிபாத்திலும் (அல்லாஹ்வின் பெயர்கள், பண்புகளில் அவனை ஒருமைப்படுத்துதல்) தனித்துவமானவன் என்று  நாம் ஈமான் கொள்ள வேண்டும். அத்துடன் அவனின் கட்டளைகளை மதித்து நடப்பதுடன் அவனை ஈமான் கொள்வதின் பால் பிறரையும் அழைத்தல் ஆகிய விடயங்களை இது குறிக்கும் .
 இரண்;டாவது : அவனின் வேதமான அல்குர்ஆனுக்கு நலன் நாடுதல் என்பது அல்குர்ஆன் அல்லாஹ்வின் வார்த்தை என்றும், அவனின் இறுதி வேதம் என்றும், அல்குர்ஆனுக்கு முன்னுள்ள அனைத்து இறை சட்டதிட்டங்களையும் மாற்றிய வேதம் என்றும் நம்ப வேண்டும். அத்துடன் அதனை மகிமைப்படுத்துவதுடன், உரிய முறையில் ஓதி அதன் முஹ்கமான (தெளிவான ஒரே கருத்தைக் காட்டும்) வசனங்களை நடைமுறைப் படுத்துவதுடன், முதஷாபிஹான (பல கருத்துக்களுக்கு இடம்பாடான) வசனங்களை ஓப்புக்கொள்ள வேண்டும். அதற்கு தவறான பொருள்கோடல் செய்வோரின் வியாக்கியானத்தை விட்டும் அதனைப் பாதுகாப்பதுடன், அதன் உபதேசங்களினால் படிப்பினை பெறுதல் வேண்டும். மேலும் அதன் அறிவை பரப்புவதுடன் அதன் போதனையை நோக்கி மக்களை அழைக்கவும் வேண்டும். இவைகளே அல்குர்ஆனுக்கு நலன் நாடுதல் என்பது குறிக்கிறது.
 மூன்றாவது : அல்லாஹ்வின் தூதர் முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு நலன் நாடுதல் என்பதன் கருத்து : நாம் அவர்களை தூதர்களில் இறுதியானவர் என்று நம்பிக்கை கொள்வதுடன், அவர்கள் அல்லாஹ்விடமிருந்து கொண்டு வந்த அத்துனை விடயங்களையும் உண்மைப்படுத்துவதுடன், அவர்களின் ஏவல்களை எடுத்து நடப்பதன் மூலம் கட்டுப்படுவதும், அவர்களின் விலக்கல்களை  தவிர்ந்தும் நடத்தல் வேண்டும். மேலும் அவர்கள் கொண்டுவந்த வழிமுறையின் அடிப்படையிலேயே அல்லாஹ்வை வணங்குதல் வேண்டும். அத்துடன் அவர்களுக்குரிய உரிமையை பேணி நடப்பதுடன், அவர்களை கண்ணியப்படுத்த வேண்டும். அவர்களின் பிரச்சாரத்தையும், அவர் கொண்டு வந்த மார்க்கத்தையும் பரப்புவதுடன், அவருக்கெதிரான பொய்யான குற்றச்சாட்டுகளை மறுத்திடுதல் வேண்டும்.
 நான்காவது : முஸ்லிம்களின் தலைவருக்கு நலன் நாடுதல் என்பது சத்தியத்தில் அவர்களுக்கு ஒத்துழைத்தல், அவர்களின் அதிகாரத்தில் குறுக்கீடு செய்யாதிருத்தல், அல்லாஹ்வுக்கு கட்டுப்படும் விடயத்தில் அவர்களின் கட்டளைகளுக்கு செவிசாய்த்து கட்டுப்பட்டு நடப்பதையும் குறிக்கிறது.
 ஐந்தாவது: முஸ்லிம்களுக்கு நலன் நாடுதல் என்பது அவர்களுக்கு உபகாரம் செய்வதும் அவர்களை நல்ல காரியங்களின் பால் அழைப்பதும் அவர்களுக்கு பிறரால் ஏற்படும் ஆபத்துக்களை தடுப்பதும் அவர்களுக்கு   நன்மையை விரும்புவதும், தக்வா மற்றும் நன்மையான காரியங்களில் பரஸ்பரம் ஒத்துழைப்பதையும் இது குறிக்கிறது.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>அனைவருக்கும் நலன் நாடுதல் வேண்டும் எனக் கட்டளையிடப்பட்டுள்ளமை.
 மார்க்கத்தில் நலவை நாடுதலுக்குள்ள பாரிய இடம் இங்கு சுட்டிக் காட்டப்பட்டுள்ளமை.
 மார்க்கமானது நம்பிக்கைகள் சொல், செயல்கள் ஆகியவற்றை உள்ளடக்கியுள்ளமை.
 யாருக்கு நலன் நாடுகிறோமோ அவருக்கு நன்மையே நடக்க வேண்டும் என்ற நல்லெண்ணம் கொள்வதும், நலன் நாடுபவருக்கு துரோகம் செய்தல் என்ற தீய குணத்திலிருந்து உள்ளம் தூய்மைபெற்றிருப்பதும் நலன் நாடலில் உள்ள விடயங்களில் ஒன்றாகும்.
 நபி (ஸல்) அவர்களின் அழகான கற்பித்தல் முறையை இங்கு அவதானிக்கலாம். ஒன்றைப் பொதுவாகக் கூறி விட்டு, பின்னர் அதனை விரிவாகக் கூறுகின்றார்கள்.
 மிக முக்கியமானதற்கே முன்னுரிமை வழங்க வேண்டும். நபியவர்கள் முதலில் அல்லாஹ்வுக்கு நலவை நாடுவதைக் கூறிவிட்டு, அதன்பின்  அல்குர்ஆன், அதன்பின் நபி (ஸல்) அவர்கள், அதன்பின் முஸ்லிம் தலைமைகள், அதன்பின் முஸ்லிம் பொதுமக்கள் என வரிசையாகக் கூறியுள்ளார்கள்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4309</t>
   </si>
   <si>
-    <t>إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ</t>
+    <t>الرضاعة تحرم ما تحرم الولادة</t>
+  </si>
+  <si>
+    <t>பிறப்பால் ஏற்பட்ட (இரத்த) உறவால் மணமுடிக்கத் தடை விதிக்கப்பட்டவர்கள், பால்குடி உறவாலும் தடை விதிக்கப்படுவர்</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الرَّضَاعَةُ تُحَرِّمُ مَا تُحَرِّمُ الوِلَادَةُ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக ஆஇஷா ரழியல்லாஹு அன்ஹா கூறுகின்றார்கள் : "பிறப்பால் ஏற்பட்ட (இரத்த) உறவால் மணமுடிக்கத் தடை விதிக்கப்பட்டவர்கள், பால்குடி உறவாலும் தடை விதிக்கப்படுவர்."</t>
+  </si>
+  <si>
+    <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
+  </si>
+  <si>
+    <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் பிறப்பு மற்றும் உறவு முறையின் மூலம் மணம் முடிக்கத் தடைசெய்யப் பட்டவர்களான தந்தையின் சகோதரர்கள் தாயின் சகோதரர்கள் அல்லது சகோதரன் ஆகியோர் பால் குடி உறவாலும் மணம் முடிக்க தடைசெய்யப்பட்டோர் என தெளிவு படுத்துகிறார்கள். அதே போன்று பிறப்பினால் அனுமதிக்கப்படுகின்ற சட்டதிட்டங்கள் யாவும் பால்குடி உறவுக்கும் பொருந்தும்.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في أحكام الرضاع.
+قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
+إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
+دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
+المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
+المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
+  </si>
+  <si>
+    <t>பால் குடி உறவு முறை சட்டங்கள் பற்றி தெளிவுபடுபடுத்தும் ஒரு அடிப்படையாக இந்த ஹதீஸ் காணப்படுகின்றது.
+இப்னு ஹஜர் (ரஹ்) அவர்கள் குறிப்பிடுகையில் : 'பிறப்பால் ஏற்பட்ட (இரத்த) உறவால் மணமுடிக்கத் தடை விதிக்கப்பட்டவர்கள், பால்குடி உறவாலும் தடை விதிக்கப்படுவர்' என்ற நபிகளின் கூற்றானது பிறப்பால் அனுமதிக்கப்பட்டவை யாவும் பால்குடி உறவு முறைக்கும் அனுமதிக்கப்படுகிறது என்பதை குறிப்பிடுகிறது. அத்துடன் திருமணம் மற்றும் அது சார்ந்த விடயங்கள் ஹராமாக்கப்படுதல், பால் அருந்திய சிசுவிற்கும் பாலூட்டிய தாயின் குழந்தைளுக்குமிடையில் அன்யொன்னிய உறவு ஏற்படுதல், அவர்களைப் பார்ப்பது, தனிமையில் இருப்பது மற்றும் பயணம் செல்வது  போன்றவற்றில் அனுமதி தொடர்பாக அவர்களின் உறவுகளைப் போல நடத்தப்படுவது குறித்து அறிஞர்களுக்கு மத்தியில் ஏகோபித்த கருத்து காணப்படுகிறது. இருப்பினும் இதன் விளைவாக தாய்மைக்குரிய சட்டங்களான பரஸ்பர சொத்துரிமை, கட்டாயப் பராமரிப்பு, உரிமையின் மூலம் விடுதலை செய்தல், சாட்சியம் கூறுதல், பழிவாங்களை தவிர்த்தல் போன்ற சட்டதிட்டங்கள் இதற்கு பொருந்தமாட்டாது.
+பால் குடி உறவுமுறையின் திருமணம் முடித்தல் நிரந்தர தடையாகும் என்ற சட்டத்தை உறுதிப்படுத்தல்.
+ஏனைய ஹதீஸ்கள் பால்குடி உறவு முறையை உறுதிப்படுத்தும் முறையை குறிப்பிடுகிறது. அதாவது குறிப்பிட்ட குழந்தை ஐந்து தடவைகள் குடித்திருக்க வேண்டும். அது  இரண்டு வயதிற்குள் நிகழ்திருக்க வேண்டும்.
+உறவு முறை மூலம் தடைசெய்யப்பட்டோர்: தாய்மார்கள் உட்பட தாய் அல்லது தந்தை வழியிலான பாட்டிகள், மேல் நோக்கிய பரம்பரை உறவுகள். இதில் பெற்றெடுத்த (அல்லது உங்கள் தந்தையின் மனைவியரான) தாய்களும் அடங்குவர்.
+புதல்வியர்: புதல்வியின் புதல்விகள் மற்றும் மகனின் புதல்விகள் என கீழ்நோக்கிச் செல்லும் பரம்பரை உறவுகள்.
+சகோதரிகள் அது தாய்வழி மற்றும் தந்தை வழி சகோதரிகள் : அல்லது இருவர்களில் ஒருவர் வழியாக வந்த சகோததரிகள்
+மாமியார்கள் : அதாவது தந்தையின் உடன் பிறந்த உடன் பிறவா சகோதரிகளிகள், அதே போன்று உமது பாட்டனின் சகோதரிகள் அடங்குவர். இது மேல்நோக்கிச் செல்லும் உறவுகள்.
+தாயின் சகோதரி (பெரியம்மா சாச்சி)கள் : இவர்கள் அல்லாதோர் பாட்டிகளின் சகோதரிகள் மேல் நோக்கிச் செல்லும் பரம்பரை உறவுகள். இது தாய்வழியாக அல்லது தந்தைவழியாக இருப்பினும் சரியே! அதே போன்று சகோதரனின் புதல்வியர் சகோதரியின் புதல்வியர் அவர்களின் புதல்வியர்கள் இவ்வாறு கீழ்நோக்கிச் செல்லும் உறவுகள் அடங்குவர்.
+பால் குடி உறவு முறையின் மூலம் ஹராமாக்கப்படுவோர்: அதாவது பரம்பரை உறவு மூலம் ஹராமாக்கப்படுவோர் யாவரும் பால் குடி முறையின் மூலமும் ஹராமாக்கப்படுவர். இந்த வகையில் பரம்பரை மணம் முடிக்க தடுக்கப்படும் பெண்கள் யாவரும் பால் குடி முறை மூலமும் தடுக்கப்படுவர். என்றாலும் பால் குடி மூலமான சகோதரனின் தாய் மற்றும் அவனின் மகனின் சகோதரி இவர்கள் மணம் முடிக்கத் தடுக்கப்பட்டோர் அல்லர்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4311</t>
+  </si>
+  <si>
+    <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>ஹலாலும் (ஆகுமானவைகள்) தெளிவானது. ஹராமும் (தடை செய்யப்பட்டவைகள்) தெளிவானது</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை தான் செவிமடுத்ததாக அன் நுஃமான் இப்னு பஷீர் ரழியல்லாஹு அன்ஹு கூறினார்கள் : ஹலாலும் (ஆகுமானவைகள்) தெளிவானது. ஹராமும் (தடை செய்யப்பட்டவைகள்) தெளிவானது. இவ்விரண்டிற்குமிடையே (இவை ஹலாலானவையா?, அல்லது ஹராமானவையா? என்ற) சந்தேகத்திற்கிடமான விடயங்களுமுண்டு. அவற்றை மக்களில் அதிகமானோர் அறியாதிருக்கின்றனர். சந்தேகத்திற்கிடமான வற்றைத் தவிர்ந்து கொண்டவர் தனது மார்க்கத்தையும், மானத்தையும் பாதுகாத்துக் கொண்டார். யார் சந்தேகமான விடயத்தில் விழுந்து விடுகிறாரோ அவர்; ஹராத்தில் விழுந்து விட்டவராவார். இது தனது மந்தையை அனுமதிக்கப்படாத ஒரு வேலிக்கருகாமையில் கால்நடைகளை மேய்த்துக் கொண்டிருக்கும் ஒரு இடையனின் செயற்பாட்டை ஒத்ததாகும். அந்தக் கால் நடைகள்  அவை தடுக்கப்பட்ட அப்பகுதிக்குள் சென்று மேய்ந்து விடக் கூடிய சாத்தியம் எப்போதும் இருக்கிறது. ஆக,  அதிகாரம்  பெற்ற ஒவ்வொருவருக்கும் அவருக்குரிய  ஒரு பாதுகாப்பு எல்லை உண்டு. அல்லாஹ்வின் பாதுகாப்பு எல்லை, அவன் அனுமதிக்காத(ஹராமான) காரியங்களாகும். அறிந்துகொள்ளுங்கள்! உடலில் ஒரு சதைப் பகுதி உண்டு. அது சீராகி விடுமானால் உடல் முழுவதும் சீராகி விடுகின்றது. அது கெட்டு விடுமாயின் உடல் முழுவதும் கெட்டு விடுகின்றது. அந்த சதைப் பகுதி இதயமாகும்.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>மனித நடவடிக்கைள் அல்லது விவகாரங்களில் ஒரு  பொது விதி குறித்து நபி ஸல்லல்லாஹு  அலைஹிவஸல்லம் அவர்கள் இங்கு தெளிவுபடுத்துகிறார்கள். அந்த விதியானது இஸ்லாமிய சட்ட ஒழுங்கில் அவை மூன்று பகுதிகளைக் கொண்டுள்ளது. அவையாவன : தெளிவான ஹலால், தெளிவான ஹராம், ஹலாலிற்கும் ஹராத்திற்கும் மத்தியில் உள்ள தெளிவற்றதும் சந்தேகத்திற்கிடமானதும் , மக்களில் அதிகமானோர் அவற்றின் சட்டம் குறித்து அறியாத விடயங்கள்.
 ஆகவே, யார் மார்க்க விடயங்களில் சந்தேகமான விடயங்களை விட்டுவிடுகிறாறோ ஹராத்தில் விழுவதிலிருந்து விலகி தனது மார்க்கத்தை காப்பாற்றிக் கொண்டார். இதனைச் செய்வதால் மக்களிடமிருந்து வரும் குறை, விமர்சனப் பேச்சுக்களை விட்டும் இவரது மானமும் பாதுகாக்கப்பட்டு விடுகின்றது. சந்தேகமானவற்றைத் தவிர்ந்து கொள்ளாதவர் ஒன்றோ ஹராத்தில் வீழ்ந்திடுவார், அல்லது மக்களின் இழி பேச்சிற்கும் ஆளாவார். மார்க்க விவகாரங்களில் சந்தேகமான விடயங்களை புரிபவரின்  நிலையை தெளிவு படுத்த பின்வரும் ஒர் உதாரணத்தை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள். இந்த விவகாரம் நில உரிமையாளரால் பாதுகாப்பு வேலி அமைக்கப்பட்ட ஓர் நிலத்திற்கருகில் கால் நடைகளை மேய விட்டவனைப் போன்றாகும். அதற்கருகில் மேய்வதால் அப்பிராணிகள் அப்பாதுகாப்பு வேலிக்குள் சென்று மேய வாய்ப்புள்ளது. இவ்வாறுதான்; சந்தேகமானதைச் செய்பவனும், அதன் மூலம் தெளிவான ஹராத்திற்கு அருகில் நெருங்கி, அதில் வீழ்ந்திட வாய்ப்புள்ளது. இதனைத் தொடர்ந்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், உடலில் இதயம் எனும் ஒரு சதைத்துண்டு இருப்பதாகவும், அது சீரானால் முழு உடலும் சீராகிவிடும் எனவும் அது கெட்டுப்போனால் முழு உடலும் கெட்டு விடும் எனவும் குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>சட்டம் தெளிவற்ற, சந்தேகத்திற்கிடமானவற்றை தவிர்ந்து கொள்ள ஆர்வமூற்றப்பட்டுள்ளமை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4314</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ</t>
+    <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>மக்களே! நிச்சயமாக அல்லாஹ் தூய்மையானவன். தூய்மையானதைத் தவிர எதனையும் அவன் ஏற்கமாட்டான். அல்லாஹ் தூதர்களுக்கு ஏவியதையே விசுவாசிகளுக்கும் ஏவினான்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, அபூ ஹுரைரா (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : மக்களே! நிச்சயமாக அல்லாஹ் தூய்மையானவன். தூய்மையானதைத் தவிர எதனையும் அவன் ஏற்கமாட்டான். அல்லாஹ் தூதர்களுக்கு ஏவியதையே விசுவாசிகளுக்கும் ஏவினான். "தூதர்களே! நல்லவற்றிலிருந்து நீங்கள் உண்ணுங்கள், இன்னும், நற்செயலைச் செய்யுங்கள்; நிச்சயமாக நீங்கள் செய்பவற்றை நான் நன்கு அறிபவன்" (ஸூரா முஃமினூன் : 51), மேலும் கூறுகின்றான் "நம்பிக்கைக் கொண்டவர்களே! நாம் உங்களுக்கு அளித்துள்ளவற்றில் தூய்மையானவற்றையே உண்ணுங்கள்; நீங்கள் அல்லாஹ்வுக்கு - (வணக்கத்திற்குரியவனான) அவனையே வணங்குபவர்களாக இருந்தால் - நீங்கள் நன்றி செலுத்துங்கள்." (ஸூரா அல் பகரா : 172) பின்பு நபியவர்கள் ஒரு மனிதனைப் பற்றிக் கூறினார்கள். அவன் நீண்ட ஒரு பயணத்தில், பரட்டைத் தலையுடன், புழுதி படிந்த நிலையில், தனது இரு கைகளையும் உயர்த்தி, 'யா ரப்பு! யா ரப்பு!' எனப் பிரார்த்திக்கின்றான். ஆனால், அவனது உணவு ஹராமானது, அவனது குடிபானமும் ஹராமானது, அவனது ஆடையும் ஹராமானது, அவன் ஹராமினாலே உணவு ஊட்டப்பட்டுள்ளான். அவனுக்கு எவ்வாறு பதிலளிக்கப்படும்!'</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك. 
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر. 
+ثالثًا: يرفع يديه إلى السماء بالدعاء. 
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب! 
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>நிச்சயமாக அல்லாஹ்  குறைகள் மற்றும் பலவீனங்களை விட்டுத் தூய்மைப்படுத்தப்பட்ட, பரிசுத்தமானவன் என்றும், பரிபூரணம் மிக்க பண்புகள் கொண்டவன் என்றும் செயற்கள், வார்த்தைகள் மற்றும் நம்பிக்கைகள் என அனைத்திலும் அவனுக்கென்றுத் தூய்மையாக இருக்கும், நபியுடைய வழிக்கு நேர்பட்டிருக்கும் பரிசுத்தமானதை மாத்திரமே அல்லாஹ் ஒப்புக் கொள்வான் என்றும் நபியவர்கள் இங்கு அறிவிக்கின்றார்கள். அவ்வாறு மாத்திரம் தான் அல்லாஹ்வை நெருங்கப்படவேண்டும். ஒரு மனிதனின் அமல் பரிசுத்தமடைவதற்கான மிக முக்கியமான ஒரு காரணி, அவனது உணவு ஹலாலானதாகவும், தூய்மையானதாகவும் இருப்பதாகும். அதனூடாகவே அவனது அமல் பரிசுத்தமடைகின்றது. இதனால் தான் அல்லாஹ், ரஸூல்மார்களுக்கு ஹலாலானதை சாப்பிட்டு, நல்லமல்கள் செய்யுமாறு ஏவியது போன்று, விசுவாசிகளுக்கும் ஏவியுள்ளான் "தூதர்களே! நல்லவற்றிலிருந்து நீங்கள் உண்ணுங்கள், இன்னும், நற்செயலைச் செய்யுங்கள்; நிச்சயமாக நீங்கள் செய்பவற்றை நான் நன்கு அறிபவன்" , "நம்பிக்கைக் கொண்டவர்களே! நாம் உங்களுக்கு அளித்துள்ளவற்றில் தூய்மையானவற்றையே உண்ணுங்கள்; நீங்கள் அல்லாஹ்வுக்கு - (வணக்கத்திற்குரியவனான) அவனையே வணங்குபவர்களாக இருந்தால் - நீங்கள் நன்றி செலுத்துங்கள்."
+பின்பு நபியவர்கள் துஆ ஏற்றுக்கொள்ளப் படுவதற்கான பின்வரும் காரணிகளைப் பயன்படுத்தியும், அமல்களைப் பாழ்ப்படுத்தி, துஆ ஏற்றுக்கொள்ளப்படத் தடையாக இருக்கும், 'ஹராமாண உணவை' நபியவர்கள் எச்சரிக்கின்றார்கள்.
+முதலாவதாக, ஹஜ், ஜிஹாத், உறவுகளை சேர்ந்து நடத்தல் போன்ற வணக்கங்களுக்காக நீண்ட பயணம் செய்தல்.
+இரண்டாவதாக, தலைமுடியை வாராமல், பரட்டைத் தலையுடன், நிறம் மாறிய நிலையில், தனது ஆடைகளும் புழுதிபட்ட பட்டநிலையில் இருத்தல். எனவே இவர் ஒரு நிர்ப்பந்த நிலையில் இருக்கின்றார்.
+மூன்றாவதாக, தனது இரு கைகளையும் வானத்தை நோக்கி உயர்த்தி, துஆக் கேட்டல்.
+நான்காவதாக, அல்லாஹ்வின் பெயர்களை முன்னிறுத்தி, யா ரப்பு! யா ரப்பு! என மீண்டும் மீண்டும் கேட்டல்.
+துஆ ஏற்றுக்கொள்ளப்படுவதற்கான இவ்வாறான காரணங்கள் இருந்தும், அது ஏற்றுக்கொள்ளப்பட வில்லை. ஏனெனில், அவனது உணவும், பானமும், ஆடையும் ஹராமாகும். அவன் ஹராமாலேயே ஊட்டப்பட்டுள்ளான். இவ்வாறான தன்மை உடையவர்களுக்கு பதிலளிக்கப்படுவதென்பது மிகத் தூரமானது. அவனுக்கு எவ்வாறு பதிலளிக்கப்படும்?</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ் தஆலா, தன்னிலும், தனது பண்புகளிலும், தனது செயற்களிலும், தனது சட்டங்களிலும் பரிபூரணமிக்கவன்.
+அமல்களை அல்லாஹ்வுக்கென்று உளத் தூய்மையுடன், நபியவர்களைப் பின்பற்றிச் செய்யுமாறு ஏவப்பட்டுள்ளமை.
+அமல்களை நோக்கி ஆர்வமூட்டும் அம்சங்களைப் பயன்படுத்தல். அதாவது, நபியவர்கள், 'நிச்சயமாக அல்லாஹ், தூதர்களுக்கு ஏவியதையே, விசுவாசிகளுக்கும் ஏவினான்.' என்று கூறுகின்றார்கள். எனவே, ஒரு முஃமின் இது ரஸூல்மார்களுக்கும் ஏவப்பட்ட ஒன்று என்பதை அறிந்துகொண்டால், அதை ஆர்வத்துடன், உறுதியாக நிறைவேற்றுவான்.
+ஹராமானதை சாப்பிடுவது, துஆ ஏற்றுக்கொள்ளப்படத் தடையாக இருக்கும் காரணிகளில் ஒன்றாகும்.
+ஐந்து அம்சங்கள் துஆ ஏற்றுக்கொள்ளப் படுவதற்கான காரணிகளாகும் : 1. நீண்ட பயணம் போதல். ஏனெனில், துஆ ஏற்றுக்கொள்ளப்படுவதற்கான மிக முக்கிய காரணியாகிய, 'பலவீனப்படுதல்' அங்கு இருக்கின்றது. 2. நிர்ப்பந்த நிலை. 3. வானத்தை நோக்கிக் கைகளை உயர்த்துதல். 4. அல்லாஹ்வின் ருபூபிய்யாவைத் திரும்பத் திரும்ப பல தடவைகள் கூறிக் கேட்டல். துஆ ஏற்றுக்கொள்ளப்படுவதற்காகப் பயன்படுத்தமுடியுமான மிக முக்கியமான ஒன்றாக அது இருக்கின்றது. 5. உணவும், குடிபானமும் தூய்மையாக இருத்தல்.
+ஹலாலான, தூய்மையான உணவை சாப்பிடுவது, நல்ல அமல்கள் செய்வதற்குத் துணையாக இருக்கும் காரணிகளில் ஒன்றாகும்.
+அல் காழீ அவர்கள் கூறுகின்றார்கள் : தூய்மையானது என்பது, அசுத்தமானதற்கு நேர்மாற்றமானதாகும். அது அல்லாஹ்வின் பண்பாகக் கூறப்பட்டால், அவன் குறைகளை விட்டுத் தூய்மைப்படுத்தப்பட்டவன், தீங்குகளை விட்டும் பரிசுத்தமாக்கப்பட்டவன் என்று அர்த்தம் தரும். ஓர் அடியானுக்குப் பண்பாகக் கூறப்பட்டால், கீழ்த்தரமான குணங்கள் மற்றும் அசிங்கமான செயற்களை விட்டும் நீங்கி, அவற்றிற்கு எதிரான குணங்களைக் கொண்டவன் என்று அர்த்தம் தரும். அது சொத்துக்களுக்குப் பண்பாகக் கூறப்பட்டால், ஹலாலான, சிறந்த சொத்துக்களாக இருப்பது அங்கு நாடப்படும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4316</t>
+  </si>
+  <si>
+    <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>நிச்சயமாக அல்லாஹ், செய்யும் காரியங்கள் அனைத்தையும்  சிறப்பாகவும் கச்சிதமாகவும் செய்யுமாறு பணித்திருக்கின்றான்</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>ஷத்தாத் இப்னு அவ்ஸ் ரழியல்லாஹு அன்ஹு அவர்கள் தான்   நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடமிருந்து  இரண்டு விடயங்களை மனனமிட்டிருந்தேன் எனக் கூறினார்கள் : நிச்சயமாக அல்லாஹ், செய்யும் காரியங்கள் அனைத்தையும்  சிறப்பாகவும் கச்சிதமாகவும் செய்யுமாறு பணித்திருக்கின்றான். ஆகவே நீங்கள் கொலை செய்தால், அழகிய முறையில் கொல்லுங்கள். நீங்கள் அறுத்தால் அழகிய முறையில் அறுங்கள். எனவே உங்களில் ஒருவர்; தனது கத்தியை கூர்மையாக்கிக் கொள்ளட்டும். அதன் மூலம்  அறுக்கும் மிருகங்களின் கஷ்டங்களை எளிதாக்குங்கள்; (குறையுங்கள்).</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் எல்லா விவகாரங்களிலும் இஹ்ஸானைக் கடைப்பிடிக்குமாறு எமக்கு அறியத்தருகிறார்கள். இஹ்ஸான் என்பது வணக்க வழிபாடுகளிலும், நன்மையான காரியங்களை செய்வதிலும், படைப்புகளுக்கு நோவினை ஏற்படுவதை தடுப்பதிலும் இறை அவதானம் எனும் உணர்வோடு எப்போதும் இருத்தலையே குறிக்கும். இந்த வகையில்; இஹ்ஸான் என்பது கொலை செய்தல், பலியிடுதல் போன்ற விவகாரங்களிலும் காணப்படும். அது நேர்த்தியாகவும் கச்சிதமாகவும் மேற்கொள்ளல் என்ற கருத்தை குறிக்கும்.
 பலிக்குப்பலி தண்டனை நிறைவேற்றும் போது குறித்த நபரை கொலை செய்வதில் இஹ்ஸானை; கடைப்பிடித்தல் என்பது:  கொலைசெய்யப்படு பவரின் உயிர் மிக இலகுவான முறையில்  விரைவாகவும், சுகமாகவும் பிரிவதற்கு வழிசெய்தல் என்பதைக் குறிக்கும்.
 ஷரீஆ முறைப்படி அறுப்பதில் இஹ்ஸான் பேணல் என்பதன் அர்த்தம்  அறுவையின் போது மிருகத்துடன் நலினமாக நடப்பதாகும். அதாவது அறுக்கும் ஆயுதத்தை கூர்மையாக்குதல், அறுவை மிருகத்தின் முன் அது பார்த்துக் கொண்டிருக்கை யில் ஆயுதத்தை கூராக்காதிருத்தல், இன்னொரு மிருகம் பார்த்துக்கொண்டிருக்கும் நிலையில் அதனை அறுக்காது இருத்தல்.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் கருணையும் அடியார்களுடனான அவனின் மென்மையும்.
 கொலை செய்தல்,மிருகங்களை அறுத்தல் போன்றவற்றில்  இஹ்ஸானைக் கடைப்பிடித்தல் ஷரீஆ அங்கீகரித்த முறையில் இருக்க வேண்டும்.
 இந்த மார்க்கம் அனைத்து நலவுகளையும் உள்ளடக்கியுள்ள பரிபூரண மார்க்கமாகும், பிராணிகளுக்கு இரக்கம் காட்டுதல், அவற்றுடன் மென்மையாக நடந்து கொள்ளல் என்பனவும் இதனைச் சார்ந்ததுதான்.
 மனிதனை கொலை செய்ததன் பின் சித்திரவதை செய்வது தடுக்கப்பட்டிருத்தல்.
 மிருகங்களை வதைசெய்யும் எல்லா விடயங்களும் தடுக்கப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4319</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً</t>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
     <t>அல்லாஹ் நன்மைகளையும் தீமைகளையும் (அவை இன்னின்னவை என நிர்ணயித்து) எழுதிவிட்டான். பிறகு அதனை விவரித்தான். அதாவது ஒருவர் ஒரு நன்மை செய்யவேண்டும் என (மனதில்) எண்ணிவிட்டாலே அதைச் செயல்படுத்தா விட்டாலும் அவருக்காகத் தன்னிடம் அதை ஒரு முழு நன்மையாக அல்லாஹ் பதிவு செய்கிறான். அதை அவர் எண்ணியதுடன் செயல்படுத்தியும்விட்டால், அந்த ஒரு நன்மையைத் தன்னிடம் பத்து நன்மைகளாக, எழு நூறு மடங்காக, இன்னும் அதிகமாக அல்லாஹ் பதிவு செய்கிறான். ஆனால் ஒருவர் ஒரு தீமை செய்ய எண்ணி, (அல்லாஹ்வுக்கு அஞ்சி) அதைச் செய்யாமல் கைவிட்டால், அதற்காக அவருக்குத் தன்னிடம் ஒரு முழு நன்மையை அல்லாஹ் எழுதுகிறான். எண்ணியபடி அந்தத் தீமையை அவர் செய்து முடித்துவிட்டாலோ, அதற்காக ஒரேயொரு தீமையையே அல்லாஹ் எழுதுகிறான்</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
     <t>இப்னு அப்பாஸ் ரழியல்லாஹூஅன்ஹூமா கூறுகிறார்கள் : அல்லாஹ் கூறியதாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அறிவிக்கிறார்கள் : "அல்லாஹ் நன்மைகளையும் தீமைகளையும் (அவை இன்னின்னவை என நிர்ணயித்து) எழுதிவிட்டான். பிறகு அதனை விவரித்தான். அதாவது ஒருவர் ஒரு நன்மை செய்யவேண்டும் என (மனதில்) எண்ணிவிட்டாலே அதைச் செயல்படுத்தா விட்டாலும் அவருக்காகத் தன்னிடம் அதை ஒரு முழு நன்மையாக அல்லாஹ் பதிவு செய்கிறான். அதை அவர் எண்ணியதுடன் செயல்படுத்தியும்விட்டால், அந்த ஒரு நன்மையைத் தன்னிடம் பத்து நன்மைகளாக, எழு நூறு மடங்காக, இன்னும் அதிகமாக அல்லாஹ் பதிவு செய்கிறான். ஆனால் ஒருவர் ஒரு தீமை செய்ய எண்ணி, (அல்லாஹ்வுக்கு அஞ்சி) அதைச் செய்யாமல் கைவிட்டால், அதற்காக அவருக்குத் தன்னிடம் ஒரு முழு நன்மையை அல்லாஹ் எழுதுகிறான். எண்ணியபடி அந்தத் தீமையை அவர் செய்து முடித்துவிட்டாலோ, அதற்காக ஒரேயொரு தீமையையே அல்லாஹ் எழுதுகிறான்".</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>அல்லாஹ் நன்மைகளையும் தீமைகளையும் நிர்ணயித்து அதனை எவ்வாறு எழுத வேண்டும் என்பதை இரு மலக்குகளுக்கும் தெளிவுபடுத்திய விடயத்தை நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் இந்த ஹதீஸில் விவரிக்கிறார்கள் :
 ஆகவே யார் நன்மை செய்ய விரும்பி அதனை செய்வதென உறுதிகொண்டு செய்யாவிட்டாலும் அவருக்கு ஒரு நன்மை எழுதப்படுகிறது. அவ்வாறு அதனை செய்துவிட்டால் அவருக்கு பத்திலிருந்து எழுநூறு மடங்காகவும் அதைவிட பல மடங்கு அதிகமாகவும் நன்மைகளை எழுதிவிடுகின்றான். இவ்வாறு நன்மைகள் பல மடங்காக அதிகரிப்பதென்பது அவரின் மனத்தூய்மை மற்றும் பிறருக்கு நன்மை விளைதல் என்ற அடிப்படையிலாகும்.
 யார் தீமையொன்றை செய்ய நாடி அதனை செய்வதற்கு உறுதிகொண்டும் பின்னர் அல்லாஹ்வுக்காக அதனை விட்டு விட்டால் அதற்காக அவருக்கு ஒரு நன்மை எழுதப்படுகிறது. அதனை அவர் வேறு விடயங்களில் தன்னை தீவிரமாக ஈடுபடுத்திக்கொண்டதனால் அந்தத் தீமையை செய்வதற்கான எந்த காரியங்களையும் செய்யாதிருந்தால் அதற்காக அவருக்கு எதுவும் எழுப்படமாட்டாது. அவர் இயலாமையின் காரணமாக அதனை செய்யவதை விட்டுவிட்டால் அவரின் எண்ணத்திற்கான கூலி எழுதப்படுகிறது. அவ்வாறு நினைத்த அந்தத் தீமையை செய்துவிட்டால் அவருக்கு ஒரு தீமை எழுதப்படும்.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>தீமைகளை பன்மடங்காக ஆக்காது, நன்மைகளை பன்மடங்காக்கி அதனை பதிவு செய்வதில் அல்லாஹ் இந்த சமூகத்தின் மீது செய்த மகத்தான அருளை விபரித்திருத்தல்.
 செயல்களில் நிய்யத்தின் முக்கியத்துவமும் அதன் தாக்கமும் சுட்டிக்காட்டப்பட்டிருத்தல்.
 நன்மையைச் செய்ய எத்தனித்து அதனை செய்யாதவருக்கு அல்லாஹ் அதற்காக ஒரு நன்மையை எழுதிவிடுவது அவனின் அருளையும், கருணையையும், தாராளத்தன்மையையும் காட்டுகிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4322</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ</t>
+    <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>'நிச்சயமாக அல்லாஹ் உங்களது தோற்றங்களையோ, செல்வங்களையோ பார்க்க மாட்டான், இருப்பினும் உங்களது உள்ளங்களையும், செயல்களையுமே பார்க்கின்றான்.'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'நிச்சயமாக அல்லாஹ் உங்களது தோற்றங்களையோ, செல்வங்களையோ பார்க்க மாட்டான், இருப்பினும் உங்களது உள்ளங்களையும், செயல்களையுமே பார்க்கின்றான்.'</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் அல்லாஹ் அடியார்களின் தோற்றமானது, அழகானதா, அல்லது அசிங்கமானதா? அவர்களின் உடல்கட்டமைப் பானது பெரியதா (கொழுத்ததா) அல்லது சிறியதா?(ஒல்லியானதா) அல்லது ஆரோக்கியமானதா அல்லது ஆரோக்கியமற்றதா? என்பதை பார்க்கமாட்டான் என  தெளிவுபடுத்துகி றார்கள். மேலும் அவர்களிடத்தில் உள்ள செல்வம் அதிகமானதா? அல்லது குறைவானதா என்பதையும் பார்க்கமாட்டான். அத்துடன்  அல்லாஹ் தனது அடியார்களை இவ்வாறான விடயங்களில் மிகப்பெரும் இடைவெளி இருப்பதால் இவற்றை அளவு கோளாகக் கொண்டு விசாரித்து தண்டிப்பதோ வெகுமதிகள் வழங்குவதோ இல்லை. மாறாக அவர்களின் உள்ளத்தையும் அவர்களின் உள்ளம் கொண்டுள்ள இறையச்சம், ஆழமான நம்பிக்கை, உண்மை, உளத்தூய்மை அல்லது முகஸ்துதி, உளத்தூய்மை யின்மை போன்ற  விடயங்களை அவதானித்தும் அவர்களின் செயல்கள் சீறானதா சீறற்றதா, என்பதை கருத்திற்கொண்டும்தான்  அவர்களுக்கு கூலியும் வெகுமதியும் வழங்குகிறான்.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>உள்ளத்தின் நிலை, அதன் குணங்களில் கவனம் செலுத்தி, அனைத்து வித மோசமான பண்புகளை விட்டும் உள்ளத்தைத் தூய்மைப் படுத்த வேண்டும்.
 உள்ளத்தின் சீர்மை உளத்தூய்மையில் உள்ளது, செயற்பாட்டின் சீர்மை நபியவர்களைப் பின்பற்றுவதில் உள்ளது. இவை இரண்டும் தான் அல்லாஹ்வின் அவதானத்திற்கும் பார்வைக்கும் உட்படுகின்ற மிகப்பிரதானமான விடயங்களாகும்.
 மனிதன் தனது செல்வத்தினாலோ அழகினாலோ, உடற்கட்டமைப்பினாலோ, இவ்வுலகின் வெளிப்பாடுகளில் ஏதாவது ஒன்றினாலோ  ஏமாந்திடலாகாது
 உள்ரங்க விடயங்களை சீர்செய்வதை தவிர்த்து வெளிப்படையான விடயங்களை செய்வதில் ஆர்வம் கொள்வது எச்சரிக்கப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4555</t>
   </si>
   <si>
-    <t>إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى</t>
+    <t>إن الله ورسوله حرم بيع الخمر، والميتة والخنزير والأصنام</t>
+  </si>
+  <si>
+    <t>'நிச்சயமாக அல்லாஹ்வும் அவனுடைய தூதரும் மதுபானம், செத்தவை, பன்றி, உருவச் சிலைகள் ஆகியவற்றை விற்பனை செய்வதைத் தடை செய்துள்ளார்கள்'</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ عَامَ الفَتْحِ وَهُوَ بِمَكَّةَ: «إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ»، فَقِيلَ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ شُحُومَ المَيْتَةِ، فَإِنَّهَا يُطْلَى بِهَا السُّفُنُ، وَيُدْهَنُ بِهَا الجُلُودُ، وَيَسْتَصْبِحُ بِهَا النَّاسُ؟ فَقَالَ: «لاَ، هُوَ حَرَامٌ»، ثُمَّ قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عِنْدَ ذَلِكَ: «قَاتَلَ اللَّهُ اليَهُودَ إِنَّ اللَّهَ لَمَّا حَرَّمَ شُحُومَهَا جَمَلُوهُ، ثُمَّ بَاعُوهُ، فَأَكَلُوا ثَمَنَهُ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் மக்கா வெற்றி ஆண்டில் கூறியதை தான் கேட்டதாக ஜாபிர் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'நிச்சயமாக அல்லாஹ்வும் அவனுடைய தூதரும் மதுபானம், செத்தவை, பன்றி, உருவச் சிலைகள் ஆகியவற்றை விற்பனை செய்வதைத் தடை செய்துள்ளார்கள்' என்று கூறினார்கள். அப்போது அவர்களிடம், 'அல்லாஹ்வின் தூதரே! செத்தவற்றின் கொழுப்புகள் கப்பல்களுக்குப் பூசப்படுகின்றன், தோல்களுக்கு அவற்றின் மூலம் மெருகேற்றப்படுகிறது; மக்கள் விளக்கெரிக்க அவற்றைப் பயன்படுத்துகின்றனர்; ஆகவே, அதைப் பற்றிக் கூறுங்கள்' எனக் கேட்கப் பட்டது. அதற்கு அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள், இல்லை அது தடை செய்யப்பட்டதாகும்' எனக் கூறினார்கள். பின்னர் நபியவர்கள்', யூதர்களை அல்லாஹ் தனது கருணையிலிருந்து அப்புறப்படுத்துவானாக! அல்லாஹ் யூதர்களுக்குக் கொழுப்பைத் தடை செய்தபோது, அவர்கள் அதை உருக்கி விற்று, அதன் கிரயத்தை உண்டனர் என்று கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
+  </si>
+  <si>
+    <t>மக்கா வெற்றிகொண்ட வருடத்தில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுவதை ஜாபிர் இப்னு அப்தில்லாஹ் ரழியல்லாஹு அவர்கள் கேட்டார்கள். நபியவர்கள் கூறினார்கள் 'நிச்சயமாக அல்லாஹ்வும் அவனுடைய தூதரும் மதுபானம், தானாக செத்தவை, பன்றி, உருவச் சிலைகள் ஆகியவற்றை விற்பனை செய்வதைத் தடை செய்துள்ளார்கள் அப்போது  : ஸஹாபாக்கள் அல்லாஹ்வின் தூதரே !இறந்த விலங்குகளின் கொழுப்பை விற்பது அனுமதிக்கப்பட்டதா? ஏனெனில் அதன்மூலம் கப்பல்களுக்கு முலாம் பூசப்படுகிறது, தோல்களுக்கு மெருகேற்றப் படுகிறது. மக்கள் அதன்மூலம் விளக்கேற்று கிறார்கள். அதற்கு நபியவர்கள் 'இல்லை' அதனை விற்பது ஹராமாகும் என்றார்கள். அதனைத் தொடர்ந்து நபியவர்கள் ' யூதர்களை அழித்து நாசமாக்குவானாக! விலங்குகளின் கொழுப்பை ஹராமாக்கியபோது அதனை அவர்கள் உருக்கி பின் அதன் எண்ணையை விற்று அதன் கிரயத்தை உண்டனர்.' என்று கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>قال النووي: الميتة والخمر والخنزير: أجمع المسلمون على تحريم بيع كلِّ واحدٍ منها.
+قال القاضي: تَضَمَّنَ هذا الحديث أن ما لا يَحِلُّ أكلُه والانتفاع به لا يجوز بيعه، ولا يحل أكل ثمنه، كما في الشحوم المذكورة في الحديث.
+قال ابن حجر: وسياقُه مُشْعِرٌ بِقُوَّة ما أوّله الأكثر أن المراد بقوله: "هو حرام" البيع لا الانتفاع.
+كلُّ حِيْلةٍ يُتَوَصَّل بها إلى تحليل مُحَرَّمٍ فهي باطلة.
+قال النووي: قال العلماء: وفي عموم تحريم بيع الميتة أنه يحرم بيع جُثَّة الكافر إذا قتلناه وطَلَبَ الكفّارُ شراءَه، أو دَفْع عِوَضٍ عنه، وقد جاء في الحديث: أنّ نوفل بن عبد الله المخزومي قتله المسلمون يوم الخندق، فبذل الكفار في جسده عشرة آلاف درهم للنبي صلى الله عليه وسلم فلم يأخذْها، ودَفَعَه إليهم.</t>
+  </si>
+  <si>
+    <t>'தானாக இறந்தவை, மதூபானம் பன்றி ஆகியவை விற்பது ஹராம் என்பதில் முஸ்லிம் அனைவரும் ஏகோபித்த கருத்தைக் கொண்டிருக்கிறார்கள் என இமாம் நவவி அவர்கள் குறிப்பிடுகிறார்கள்.'
+' ஹதீஸில் குறிப்பிடப்பட்டுள்ள கொழுப்பை போன்று எவை சாப்பிடுவதும், பயன்பெருவதும் அனுமதிக்கப்படவில்லையோ அவற்றை விற்பதும் அதன் கிரயத்தை சாப்பிடுவதும் அனுமிக்கப் படவில்லை' என்ற விடயத்தை இந்த ஹதீஸ் உள்ளடக்கியுள்ளதாக இமாம் அல்காழி அவர்கள் குறிப்பிடுகிறார்.
+'அது ஹராமாகும்' என்ற நபியவர்களின் கூற்றிற்கு அதிகமான அறிஞர்கள் 'அதனை விற்பது ஹராம் அதன் மூலம் பயன்பெருவது ஹராமாகாது' என்ற  வியாக்கியனம் பலமானது என்பதை அதன் வசன நடை உணர்த்துகிறது என இப்னு ஹஜர் (ரஹ்) அவர்கள் குறிப்பிடுகிறார்கள்.
+ஹராமாக்கப்பட்ட ஒன்றை ஹலாலாக்குவதற்காக மேற்கொள்ளும் அனைத்து சூழ்ச்சிகளும்- தந்திரங்களும்-செல்லுபடியற்றவை.
+தானாக இறந்தவற்றை விற்பது ஹராமாகும்; என்ற பொதுத்தடையில் ஒரு காபிரின் பிரேதத்தை விற்பதும் ஹராமாகும் என்பது உள்ளடங்கியுள்ளாதாக அறிஞர்ககள் குறிப்பிடுவதாக இமாம் நவவி அவர்கள் கூறுகிறார்கள். அதாவது ஒரு காபிரை கொலைசெய்து, ஏனைய காபிர்கள் அப்பிரதேத்தை விலைக்கு வாங்க கோரினால், அல்லது அதற்கு பகராமாக இழப்பீடு ஒன்றைத் தந்து பிரேதத்தைப் பெற்றுக் கொள்ள விரும்பினால் அதனை விற்பது ஹராமாகும். இதற்கு ஆதாரமாக பின்வரும் ஹதீஸ் உள்ளது : அகழிப்போரின் போது முஸ்லிம்கள் நவ்பல் இப்னு அப்துல்லாஹ் அல்மஹ்ஸுமி என்பவரை கொலைசெய்தார்கள். அவருடைய பிரேதத்திற்காக காபிர்கள் நபியவர்களுக்கு பத்தாயிரம் திர்ஹம்களை கொடுத்தார்க்ள அதனை நபியவர்கள் எடுக்காது அவர்களுக்கு பிரதேத்தை ஒப்படைத்தார்கள்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4556</t>
+  </si>
+  <si>
+    <t>أوليس قد جعل الله لكم ما تصدقون؟ إن بكل تسبيحة صدقة، وكل تكبيرة صدقة، وكل تحميدة صدقة، وكل تهليلة صدقة، وأمر بالمعروف صدقة، ونهي عن منكر صدقة، وفي بضع أحدكم صدقة</t>
+  </si>
+  <si>
+    <t>அல்லாஹ் ' உங்களுக்கும் தர்மம் செய்யக் கூடியவற்றை அருளவில்லையா?" ஒவ்வொரு 'தஸ்பீஹும்'; (ஸுப்ஹானல்லாஹ்) ஒரு தர்மமாகும் (ஸதகாவாகும் ). ஒவ்வொரு தக்பீரும்' (அல்லாஹு அக்பர்) ஒரு ஸதகாவாகும். ஒவ்வொரு தஹ்லீலும் (லாஇலாஹ இல்லல்லாஹ்) ஒரு ஸதகாவாகும்.ஒரு நன்மையை ஏவுவதும் ஸதகா. ஒரு தீமையை தடுப்பதும் ஸதகா. உங்கள் மனைவியரோடு உடலுறவுகொள்வதும் ஸதகா</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رضي الله عنه: أَنَّ نَاسًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالُوا لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: يَا رَسُولَ اللهِ، ذَهَبَ أَهْلُ الدُّثُورِ بِالْأُجُورِ، يُصَلُّونَ كَمَا نُصَلِّي، وَيَصُومُونَ كَمَا نَصُومُ، وَيَتَصَدَّقُونَ بِفُضُولِ أَمْوَالِهِمْ، قَالَ: «أَوَلَيْسَ قَدْ جَعَلَ اللهُ لَكُمْ مَا تَصَّدَّقُونَ؟ إِنَّ بِكُلِّ تَسْبِيحَةٍ صَدَقَةً، وَكُلِّ تَكْبِيرَةٍ صَدَقَةً، وَكُلِّ تَحْمِيدَةٍ صَدَقَةً، وَكُلِّ تَهْلِيلَةٍ صَدَقَةً، وَأَمْرٌ بِالْمَعْرُوفِ صَدَقَةٌ، وَنَهْيٌ عَنْ مُنْكَرٍ صَدَقَةٌ، وَفِي بُضْعِ أَحَدِكُمْ صَدَقَةٌ»، قَالُوا: يَا رَسُولَ اللهِ، أَيَأتِي أَحَدُنَا شَهْوَتَهُ وَيَكُونُ لَهُ فِيهَا أَجْرٌ؟ قَالَ: «أَرَأَيْتُمْ لَوْ وَضَعَهَا فِي حَرَامٍ أَكَانَ عَلَيْهِ فِيهَا وِزْرٌ؟ فَكَذَلِكَ إِذَا وَضَعَهَا فِي الْحَلَالِ كَانَ لَهُ أَجْرٌ».</t>
+  </si>
+  <si>
+    <t>அபூ தர் ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின்  தோழர்களில் சிலர் இறைத்தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் கூறினார்கள் : அல்லாஹ்வின் தூதரே! அதிகம் செல்வமுள்ளவர்கள் மிகுந்த நற்கூலியை சம்பாதித்துச் சென்றார்கள். நாங்கள் தொழுவது போலவே அவர்களும் தொழுகிறார்கள். நாங்கள் நோன்பு நோற்பது போலவே நோன்பு அவர்களும் நோற்கிறார்கள் இன்னும் அவர்கள் தங்களது தேவைக்கு மிகுதியாக உள்ள செல்வத்திலிருந்து தர்மமும் செய்கிறார்கள். அதற்கு இறைத்தூதர் அலைஹிஸ்ஸலாம் அவர்கள் : "அல்லாஹ் ' உங்களுக்கும் தர்மம் செய்யக் கூடியவற்றை அருளவில்லையா?" ஒவ்வொரு 'தஸ்பீஹும்'; (ஸுப்ஹானல்லாஹ்) ஒரு தர்மமாகும் (ஸதகாவாகும் ). ஒவ்வொரு தக்பீரும்' (அல்லாஹு அக்பர்) ஒரு ஸதகாவாகும். ஒவ்வொரு தஹ்லீலும் (லாஇலாஹ இல்லல்லாஹ்) ஒரு ஸதகாவாகும்.ஒரு நன்மையை ஏவுவதும் ஸதகா. ஒரு தீமையை தடுப்பதும் ஸதகா. உங்கள் மனைவியரோடு உடலுறவுகொள்வதும் ஸதகா. அப்போது தோழர்கள் அல்லாஹ்வின் தூதரே! எங்களில் ஒருவர் தன் இச்சையை நிறைவு செய்ய வருகிறார் அதற்கும் அவருக்கு நற்கூலி உண்டா ? எனக் கேட்டார்கள். அதற்கு நபியவர்கள் 'அதனை ஹராமான வழியில் தீர்த்தால் அவருக்கு பாவமுண்டென கருதுகின்றீர்களா? அவ்வாறே அதனை ஹலாலான முறையில் தீர்த்துக்கொண்டால் அவருக்கு ஒரு கூலி உண்டு.'  " என்றார்கள்.</t>
+  </si>
+  <si>
+    <t>اشْتَكَى بعضُ فقراء الصحابة حالَهم وفقرَهم للنبيِّ صلى الله عليه وسلم وعَدَم تَصَدُّقِهم بالأموال لِيَحصلوا على الأجور الكثيرة كما حصل عليها إخوانُهم أصحاب المال الكثير وليفعلوا الخير مثلهم؛ حيث إنهم يُصلُّون كما نصلِّي، ويصومون كما نصوم، ويتصدقون بفضول أموالهم ولا نتصدق! 
+فَدَلَّهم النبيُ صلى الله عليه وسلم على ما يقدرون عليه من الصدقات،‏ فقال صلى الله عليه وسلم: 
+أَوَلَيس قد جعل الله لكم ما تَصدّقون به على أنفسكم؟! فإنّ قولَكم: (سبحان الله) يكون لكم أجر صدقة، وكذا قول: (الله أكبر) صدقة، وقول: (الحمد لله) صدقة، وقول: (لا إله إلا الله) صدقة، و(الأمر بالمعروف) صدقة، و(النهي عن المنكر) صدقة، بل ‏وفي جماع أحدكم لزوجته صدقة.
+فتعجَّبوا، وقالوا: يا رسول الله، أيأتي أحدُنا شهوتَه ويكونُ له فيها أجر؟! 
+قال: أرأيتم لو وَضعها في حرامٍ مِن زنى أو غيره أكان عليه فيها إثم؟ فكذلك إذا وضعها في الحلال كان له أجر.</t>
+  </si>
+  <si>
+    <t>ஏழை ஸஹாபாக்காளில் சிலர் நபியவர்களிடம் தமது நிலை குறித்தும் வறுமை பற்றியும் முறையிட்டதோடு, வசதிபடைத்தோர்; தங்களது செல்வத்தின் மூலம் அடைந்து கொள்ளும் அதிக நன்மைகள் போல் தம்மால் அடைந்து கொள்ள முடியவில்லையென்றும், தர்மம் செய்யவோ அவர்களைப் போன்று நன்மைகள் செய்வதற்கு முடியவில்லை என்று முறையிட்டார்கள். அதாவது அவர்களும் எங்களைப் போன்று தொழுது நோன்பு நோற்கிறார்கள். அத்துடன் அவர்களின் செல்வத்தில் எஞ்சியதிலிருந்து தரம்மமும் கொடுக்கிறார்கள். ஆனால் நாம் ஏழை என்பதால் எம்மால் தர்மம் செய்ய முடிவில்லை என்று கூறினார்கள். அதற்கு நபியவர்கள் அவர்களுக்கு செய்வதற்கு  இயலுமான பல்வகையான தர்மம் குறித்து வழிகாட்டினார்கள் . நபியவர்கள் கூறினார்கள் : நீங்கள் தர்மம் செய்யக்கூடியதை அல்லாஹ் உங்களுக்கு வழங்கவில்லையா?! என்று கேட்டுவிட்டு, (சுப்ஹானல்லாஹ்) (அல்லாஹ் தூயவன்) என்று கூறுவதும் ; (அல்லாஹு அக்பர்) (அல்லாஹ் மிகப் பெரியவன்) என்று கூறுவதும் தர்மமாகும்; (அல்ஹம்துலில்லாஹ்) (லாஇலாஹஇல்ல்லாஹ); (அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லை) என்று கூறுவதும் தர்மமாகும். (நன்மையை ஏவுவது) தர்மமாகும், (தீமையைத் தடுப்பது) தர்மமாகும், உங்களில் ஒருவர் தனது மனைவியுடன் உடலுறவு கொள்வதும்;, தர்மமாகும் என்று கூறியபோது, அவர்கள் ஆச்சரியப்பட்டு, 'அல்லாஹ்வின் தூதரே, நம்மில் ஒருவர் தனது ஆசையை தீர்த்துக் கொள்வதற்கும் கூலியைப் பெறுகிறாரா?' என்று கேட்டார்கள். அதற்கு நபியவர்கள் : 'விபச்சாரம் போன்ற தடைசெய்யப்பட்ட வழியில் அல்லது வேறு வழியில் அதை நிறைவேற்றினால், அவர் பாவத்திற்கு ஆளாவார் என்பதை நீங்கள்  அறியவில்லையா? அதேபோல், அவர் அதை சட்டப்பூர்வமாக அனுமதிக்கப்ட்ட முறையில் நிறைவேற்றினால், அவருக்கு ஒரு கூலி கிடைக்கும்.!</t>
+  </si>
+  <si>
+    <t>تنافُس الصحابة على فعل الخيرات، وحرصهم في نيل عظيم الأجر والفضل من عند الله تعالى.
+كثرة وجوه أعمال الخير، وأنها تشمل كلَّ عمل يقوم به المسلم بنية صالحة وقَصْد حَسَن.
+يسر الإسلام وسهولته، فكل مسلم يجد ما يَعمله ليطيع الله به.
+قال النووي: وفي هذا دليل على أنَّ المباحات تصير طاعات بالنيات الصادقات، فالجماع يكون عبادة إذا نَوَى به قضاء حقّ الزوجة ومعاشرتها بالمعروف الذي أمر الله تعالى به، أو طلب ولد صالح، أو إعفاف نفسه أو إعفاف الزوجة ومنعهما جميعًا من النظر إلى حرام، أو الفكر فيه، أو الهم به، أو غير ذلك من المقاصد الصالحة.
+ضرب المثل والقياس؛ ليكون أوضح وأوقع في نفس السامع.</t>
+  </si>
+  <si>
+    <t>நபித்தோழர்கள் நற்செயல்களை செய்வதில் ஒருவருக்கொருவர் போட்டியிட்டுக்கொண்டதோடு, அல்லாஹ்விடமிருந்து மகத்தான வெகுமதிகளையும் அருட்கொடைகளையும் பெறுவதில் ஆர்வம் காட்டியமை.
+நற்செயல்களுக்கான வழிகள் அதிகம் காணப்படுகின்றமை. அதாவது ஒரு முஸ்லிம் தூயமையான எண்ணத்துடனும்; நல்ல நோக்கத்துடனும் மேற்கொள்ளும் செயல்கள் அனைத்தையும் இது உள்ளடக்கும்.
+இஸ்லாத்தின் எளிமை மற்றும் இலகுதன்மை எடுத்துக்காட்டப்பட்டுள்ளமை. இந்த வகையில் ஒவ்வொரு முஸ்லிமும் அல்லாஹ்வுக்குக் கீழ்ப் படிந்து நடப்பதற்குரியவற்றை பெற்றுக் கொள்கிறான்.
+இமாம் நவவி அவர்கள் கூறுகிறார்கள்: அனுமதிக்கப்பட்ட சாதாரண செயல்கள் தூய்மையான நிய்யத்தின் மூலம் வணக்கமாக மாறுகிறது என்பதற்கான ஆதாரமாக இந்த ஹதீஸ் அமைந்துள்ளது. அதாவது ஒருவர் அல்லாஹ் கட்டளையிட்டபடி மனைவியுடன் நல்ல முறையில் உறவாடி அன்பாக நடந்து கொண்டு அவளின் உளரீதியான உடல் ரீதியான தேவையை நிறைவேற்ற வேண்டும் என்ற நோக்கிலும், அல்லது ஒரு நல்ல குழந்தையைத் எதிர்பார்த்து அவளுடன் இணைவதும், தானும் தனது மனைவியும் கற்பை பேணும் நோக்கில் தடைசெய்யப்பட்டதைப் பார்ப்பதையோ, அதைப் பற்றி சிந்திப்பதையோ, அல்லது அதை விரும்புவதையோ தடுத்துக் கொள்ளும் நன்நோக்கிலும் ஒருவர் தனது துணையுடன் உடலுறவு கொள்வது வழிபாட்டுச் செயலாக மாறும்.
+விடயத்தை கேட்பவர்  தெளிவாகவும் விளங்கிக் கொள்ளவும் அவர் மனதில் தாக்கத்தை ஏற்படுத்தவும் உதாரணம் மற்றும்; ஒப்பீடுகளை கூறல்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4558</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>'நீ வெட்கப்படாவிட்டால், நினைத்தை செய்துகொள்' என்பது, முந்திய நபித்துவ வாசகங்களில் இருந்து மக்கள் கற்றுக்கொண்ட ஒன்றாகும்.'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبي مَسْعُودٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, அபூ மஸ்ஊத் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : 'நீ வெட்கப்படாவிட்டால், நினைத்தை செய்துகொள்' என்பது, முந்திய நபித்துவ வாசகங்களில் இருந்து மக்கள் கற்றுக்கொண்ட ஒன்றாகும்.'</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>முன்சென்ற நபிமார்களின் உபதேசமாக வந்து, மக்களுக்கிடையில் பரிமாறப்பட்ட, வாழையடி வாழையாக இந்த சமுதாயத்தின் ஆரம்பம் வரை வந்தடைந்த ஓர் அம்சமாவது, 'நீ எதைச் செய்யவிரும்புகின்றாயோ, அதைப் பார். அது வெட்கப்படவேண்டிய ஒன்றாக இருந்தால், விட்டுவிடு. அவ்வாறில்லாவிட்டால், அதைச் செய். ஏனெனில், அசிங்கமானதைச் செய்யத் தடையாக இருப்பது, வெட்கமே! யாரிடம் வெட்கம் இல்லையோ, அவர் எல்லா மானக்கேடான பாவங்களிலும் மூழ்கிடுவார்.</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>வெட்கமே எல்லா நற்குணங்களுக்கும் அடிப்படையாகும்.
+வெட்கம் என்பது, நபிமார்களால் உபதேசிக்கபட்ட, அவர்களது பண்புகளில் ஒன்றாகும்.
+வெட்கம் தான் ஒரு முஃமினை அழகான, நற்காரியங்களில் ஈடுபடவும், அசிங்கப்படுத்தும், மோசமான செயற்களை விடவும் தூண்டுகின்றது.
+இமாம் நவவி (ரஹ்) அவர்கள் கூறுகின்றார்கள் : இங்கு வந்துள்ள ஏவல், அனுமதியைக் காட்டவே வந்துள்ளது. அதாவது, நீ ஏதாவதொன்றைச் செய்ய விரும்பி, நீ அதைச் செய்யும் போது, அல்லாஹ்வோ, மனிதர்களோ பார்ப்பதை நினைத்து வெட்கப்படா விட்டால், அதைச் செய்துவிடு. அவ்வாறில்லா விட்டால், செய்யாதே. இஸ்லாத்தின் அடிப்படையே இதுதான். அதாவது, ஏவப்பட்ட, கடமைகள் மற்றும் ஸுன்னாக்களை விடுவதற்கு வெட்கப்பட வேண்டும். தடுக்கப்பட்ட, ஹராமான மற்றும் மக்ரூஹான அம்சங்களை செய்வதற்கு வெட்கப்படவேண்டும். அனுமதிக்கப்பட்டவற்றைப் பொறுத்தவரை, அவற்றைச் செய்வதற்கும் வெட்கப்படலாம், விடுவதற்கும் வெட்கப்படலாம். எனவே, இந்த ஹதீஸ் ஐந்துவிதமான சட்டங்களையும் உள்ளடக்கியுள்ளது. இது ஒரு எச்சரிக்கையான ஏவல் என்றும் கூறப்பட்டுள்ளது. அதாவது, உன்னிடமிருந்து வெட்கம் பிடுங்கப்பட்டுவிட்டால், நீ நாடியதைச் செய்துகொள்! நிச்சயமாக அதற்காக அல்லாஹ் உனக்குக் கூலி வழங்கவே செய்வான். இது ஒரு செய்தியின் அர்த்தத்தைத் தரும் ஏவல் என்றும் கூறப்பட்டுள்ளது. அதாவது, யார் வெட்கப்படவில்லையோ, அவன் நினைத்ததை செய்துகொள்வான்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4559</t>
+  </si>
+  <si>
+    <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>செயல்கள் அனைத்தும் எண்ணங்களைப் பொருத்தே அமைகின்றன. ஒவ்வொரு மனிதனுக்கும்; தாம் எண்ணியதற்கேட்பவே கூலி கிடைக்கிறது</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக உமர் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'செயல்கள் அனைத்தும் எண்ணத்தைக் கொண்டே அமைகின்றன. ஒவ்வொரு மனிதனுக்கும் தாம் எண்ணியதற்கேட்பவே கூலி கிடைக்கிறது. ஆகவே ஒருவர் இறைவனுக்காகவும் அவனது திருத்தூதருக்காகவும் ஹிஜ்ரத் செய்வாரேயானால் அது அல்லாஹ்வுக்காகவும் அவனது திருத்தூதருக்காகவுமே இருக்கும். ஒருவர் ஹிஜ்ரத் செய்வது சில உலக இலாபங்களுக்காக என்றால், அல்லது ஒரு பெண்ணைத் திருமணம் செய்வதற் காகத்தான் என்றால் அவர் அதற்கான பலனையே அடைவார். இமாம் புஹாரியின் அறிவிப்பில் ' செயல்கள் அனைத்தும் எண்ணங்களைப் பொருத்தே அமைகின்றன. ஒவ்வொரு மனிதனுக்கும்; தாம் எண்ணியதற்கேட்பவே கூலி கிடைக்கிறது' என்று இடம்பெற்றுள்ளது.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அனைத்து செயற்பாடுகளும் நிய்யத்தைக் கொண்டே கணிக்கப்ப்படுவதாக தெளிவுபடுத்துகிறார்கள். இந்த சட்டமானது வணக்கங்கள் நடைமுறை சார்ந்த விடயங்கள் அனைத்திற்கும் பொதுவானது. யார் தனது செயற்பாட்டினூடாக உலகியல் நலனை நாடினால் அவர் அதை மாத்திரமே அடைந்துகொள்வார். அவருக்கு எந்த கூலியும் கிடையாது. யார் தனது செயற்பாடுகளினூடாக அல்லாஹ்வின் நெருக்கத்தைப் பெறவேண்டும் என்ற நோக்கத்தில் செயற்படுகிறரோ, அவரின் அந்த செயலுக்கு வெகுமதியும் கூலியும் கிடைக்கும். குறிப்பிட்ட அந்த செயல் குடித்தல் சாப்பிடுதல் போன்ற அன்றாட செயல்களாக இருந்தாலும் சரியே.
 வெளிப்படையில் குறித்த செயலானது ஒரே மாதிரியாக இருந்தாலும் நிய்யத் -எண்ணமானது எந்தளவிற்கு தாக்கம் செலுத்துகிறது என்பதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு உதாரணத்தைக் குறிப்பிடுகிறார்கள். அவர்கள் குறிப்பிடுகையில் யார்  அல்லாஹ்வின் திருப்தியை மாத்திரமே நாடி தனது தாயகத்தை துறந்து (ஹிஜ்ரத்) செல்கிறரோ அவரின் ஹிஜ்ரத் ஏற்றுக்கொள்ளப்பட்ட ஹிஜ்ரத்தாகும். அவரின் உண்மையான நிய்யத்திற்கு கூலி வழங்கப்படும். யார் தனது ஹிஜ்ரத்தின் போது உலகியல் நலன்களான செல்வம், அல்லது புகழ் அல்லது வியாபாரம் அல்லது மனைவி போன்ற விடயங்களை அடைந்து கொள்ளும் நோக்கில் சென்றிருந்தால் அவரின் நிய்யத்தில் (எண்ணத்தில்) அவர் அடைந்து கொள்ள விரும்பும் நலனைத் தவிர வேறு எதனையும் அடைந்து கொள்ளமாட்டார். அவருக்கு எந்த வெகுமதியோ கூலியோ கிடைக்காது என நபியவர்கள் தெளிவுபடுத்தினார்கள்.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>எண்ணத்தில் தூய்மையை கடைப்பிடிக்க ஆர்வ மூட்டப்பட்டிருத்தல். ஏனெனில் அல்லாஹ்வின் திருமுகம் நாடி செய்யாத எந்த அமலும் ஏற்றுக்ககொள்ளப்படுவதில்லை.
 அல்லாஹ்வை நெருங்குவதற்கான அமல்களை –செயற்பாடுகளை- அடியான் அன்றாட செயற்பாடாகக் கருதி எவ்வித நோக்கமுமின்றி செய்தால் அதற்கான எந்த  கூலியும் கிடையாது. எப்போது அந்த அமல்களை அல்லாஹ்வை நெருங்கும் நோக்கில் செய்கிறானோ அப்போது அதற்குரிய கூலி கிடைக்கிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4560</t>
   </si>
   <si>
-    <t>الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا</t>
+    <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
     <t>'இஸ்லாம் என்பது உண்மையாக வணங்கப்படத் தகுதியானவன் அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லையென்றும், முஹம்மது இறைவனின் தூதர் என்றும் சாட்சியம் கூறுவது, தொழுகையை நிறை வேற்றுவது, ஸகாத் கொடுப்பது, ரமழான் மாதத்தில் நோன்பு நோற்பது, உங்களால் முடிந்தால் ஹஜ் செய்வது இவைகளாகும்</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
     <t>உமர் ரழியல்லாஹு அன்ஹு கூறினார்கள் : ஒரு நாள் நாங்கள் எல்லோரும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுடன் உட்கார்ந்திருந்தோம். அப்போது வெண்ணிற ஆடையும், கரு நிற முடியும் கொண்ட ஒரு மனிதர் எங்கள் முன் வந்து நின்றார். பயணம் செய்ததற்கான அறிகுறிகள் எதுவும் அவரிடம் தென்படவில்லை. எங்களில் யாருக்கும் அவரைத் தெரியாது. அவர் நடந்து சென்று நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் முன் அமர்ந்தார். அவரது முழங்கால்களை நபிஸல்லல்லாஹு அலைஹிவஸல்லம்அவர்களின் முழங்கால்களுடன் சேர்த்தும், இரு கைகளைக் தனது கால்களின் மீது வைத்தும் அமர்ந்தார். பின்னர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்அவர்களை நோக்கி 'முஹம்மதே, இஸ்லாத்தைப் பற்றி எனக்குச் சொல்லுங்கள்' என்றார். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்அவர்கள் 'இஸ்லாம் என்பது உண்மையாக வணங்கப்படத் தகுதியானவன் அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லையென்றும், முஹம்மது இறைவனின் தூதர் என்றும் சாட்சியம் கூறுவது, தொழுகையை நிறை வேற்றுவது, ஸகாத் கொடுப்பது, ரமழான் மாதத்தில் நோன்பு நோற்பது, உங்களால் முடிந்தால் ஹஜ் செய்வது இவைகளாகும் என்றார்கள். இதற்கு அவர் நீங்கள் சரியாகவே சொன்னீர்கள் என்றார். அவர் கேள்வி கேட்பதும் அதனை  அவரே உண்மைப்படுத்துவதும் எம்மை ஆச்சரியத்திற்குற் படுத்தியது. பின்னரவர் 'ஈமான் குறித்து எனக்குச் சொல்லுங்கள்' என்றார். 'அது அல்லாஹ்வின் மீதும் அவனது வானவர்கள், அவனது வேதங்கள், அவனது தூதர்கள், இறுதி நாள் மீதும் நம்பிக்கை கொள்வதும், நல்லவைகளும் தீயவைகளும் அல்லாஹ்வின் நாட்டப்படியே நடக்கும் என்றும் நம்புவதுமாகும்' என்பதாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பதில் 
 கூற, இதைக் கேட்ட அவர் நீங்கள் சரியாகவே சொன்னீர்கள் என்றார். தொடர்ந்து அவர் 'இஹ்ஸான் பற்றி எனக்குச் சொல்லுங்கள்' என்றார். 'நீங்கள் அல்லாஹ்வை நேரில் பார்ப்பது போன்று வணங்குவதாகும். நீங்கள் அவனைப் பார்க்காத போதிலும் அவன் மெய்யாகவே உங்களைப் பார்த்துக் கொண்டுதான் இருக்கின்றான்' எனச் சொன்னார்கள். பின்னர் அவர் 'எனக்கு நியாயத் தீர்ப்பு நாள் குறித்துச் சொல்லுங்கள்' என்றார். அதற்கு நபி (ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் 'இந்தக் கேள்வியைக் கேட்பவரை விட கேட்கப்படுபவர் அதிகமாக அறிந்தவர் அல்லர்' என்றார்கள். (அதாவது அல்லாஹ் மாத்திரமே அதன் நேரத்தை அறிவான்). பின்னர் அவர் அதன் அடையாளங்கள் குறித்து எனக்குச் சொல்லுங்கள் என்றார். அதற்கு நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் 'அடிமைப்பெண் தனது எஜமானியைப் பெற்றெடுப்பாள். மேலும் காலணிகளில்லாத, முறையான ஆடைகளற்ற, வறியவர்களான ஆடுமேய்ப்போர் ஆடம்பரமாக கட்டிடங்களைக் கட்டுவதில் போட்டி போட்டுக் கொண்டிருப்பதைப் பார்ப்பீர்கள்' என்றார்கள். பிறகு அவர் திரும்பிச் சென்றுவிட்டார். நான் அங்கேயே சிறிது நேரம் தாமதித்தேன். பிறகு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், 'உமரே! கேள்வி கேட்டவர் யாரென்று உங்களுக்குத் தெரியுமா?' எனக் கேட்டார்கள். 'அல்லாஹ்வும் அவனது தூதருமே நன்றாக அறிவார்கள்' என்றேன் நான். நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், அவர் ஜிப்ரீல் அலைஹிஸ்ஸலாம் ஆவார். அவர் உங்களுக்கு உங்கள் மார்க்கத்தைக் கற்றுத் தருவதற்காக வந்தார்' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
     <t>ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்கள் யாருக்கும் அறிமுகமில்லாத ஒரு மனிதரின் தோற்றத்தில் ஸஹாபாக்களிடம் வருகை தந்தார் என உமர் இப்னுல் கத்தாப் ரழியல்லாஹு அன்ஹு அவர்கள் இந்த ஹதீஸில் தெரிவிக்கிறார்கள். அவரின் ஆடை கடுமையான வெண்மையும், தலை முடி கடுமையான கரு நிறமும் கொண்டதாக இருந்தது. அத்துடன் பயணம்செய்தவரிடம் காணப்படும் களைப்பு, தூசுபடிதல், முடிபரந்திருத்தல், ஆடை  அழுக்காக இருத்தல் போன்ற அடையாளங்கள் எதுவும் அவரிடம் தென்படவில்லை. நபியவர்களிடம் சமூகம் தந்து அமர்ந்திருந்தோர் யாரும் அவரை தெரிந்திருக்கவுமில்லை. வந்தவர் நேரே நபியவர்களிடம் சென்று மாணவன் ஒருவன் அமரும் முறையில் நபியவர்களிடம் அமர்ந்து இஸ்லாம் பற்றி வினவினார். அதற்கு நபியவர்கள் இஸ்லாத்தின் அடிப்படைக் கடமைகளான அல்லாஹ்வையும் அவனின் தூதரையும் ஏற்று சாட்சி கூறுதல், ஐவேளைத் தொழுகைகளை பேணித் தொழுதல், ஸகாத்தை உரியவர்களுக்கு வழங்குதல், ரமழான் மாதத்தில் நோன்பு நோற்றல், சக்தியுள்ளோர் ஹஜ்ஜை நிறைவேற்றல் ஆகிய விடயங்களை உள்ளடக்கியதே இஸ்லாம் எனப் பதிலளித்தார்கள்.
 உடனே கேள்வி கேட்டவர் நீங்கள் உண்மை சொன்னீர்கள் எனக் கூறினார். தனக்குத் தெரியாததைக் குறித்து கேட்டுவிட்டு பின்னர் அதனை உண்மைப்படுத்துவது ஸஹாபாக்களை ஆச்சரியத்தில் ஆழ்த்தியது.
 அதனைத் தொடர்ந்து ஈமான் குறித்து வினவினார். அதற்கு நபியர்கள்  ஈமான் உள்ளடக்கியிருக்கும் ஆறு அம்சங்களையும் குறிப்பிட்டார்கள். முதாலாவது : அல்லாஹ்வின் இருப்பையும் அவனின் பண்புகளையும் விசுவாசித்தல், படைத்தல் போன்ற விடயத்தில் அவனை ஒருப்படுத்துதல், வணக்கத்தை அவனுக்கு மாத்திரம் செலுத்துதல். இரண்டாவது : ஒளியினால் படைக்கப்பட்டடுள்ள மலக்குகள் அல்லாஹ்வின் கண்ணியமிக்க அடியார்கள், அவர்கள் ஒரு போதும் அல்லாஹ்விற்கு மாறு செய்யமாட்டார்கள், அவனின் கட்டளைப்பிரகாரமே செயற்படுவர்கள் என்ற மலக்குமார்களை ஈமான் கொள்வது. மூன்றாவது : அல்லாஹ்வினால் இறைத்தூதர்களுக்கு இறக்கப்பட்ட வேதங்களான அல் குர்ஆன் இன்ஜீல் தவ்ராத் போன்றவற்றை ஈமான் கொள்வது. நான்காவது : அல்லாஹ்விடமிருந்து அவ்வேதங்களையும் மார்க்கத்தையும் பெற்று அவற்றை எத்திவைத்த தூதுவர்களான நூஹ், இப்ராஹீம் மூஸா ஈஸா அலைஹிமுஸ்ஸலாம்,  இறுதித்தூதரான முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் ஆகியோரையும் ஏனைய நபிமார்களையும் விசுவாசித்தல். ஐந்தாவது : மறுமை நாளை ஈமான் கொள்வது, இதில் மரணத்திற்கு பின்னுள்ள மண்ணறை மறை வாழ்வையும், மனிதன் மரணத்தின் பின் விசாரிக்கப்பட்டு ஒன்றில் சுவர்க்கம் அல்லது நரகம் செல்வான் என்பதையும் இந்தப்பகுதி உள்ளடக்கியுள்ளது. ஆறாவது: அல்லாஹ் அவனின் முன்னறிவின் பிரகாரம் தீர்மானித்து விதித்த விதியை ஈமான் கொள்வது, இதில் அல்லாஹ் தான் முன்னறிவின் படி விதித்துள்ள விடயங்களையும், விதித்த அந்த விடயங்களில் ஆழ்ந்த நோக்கமுள்ளது என்பதையும், அது நிகழ்வதற்கு அவனின் நாட்டமும் தேவை என்பதையும், விதித்த விடயங்கள் யாவும் அவன் விதித்தபடி நடைபொறும்  என்பதையும், இப்பிரபஞ்ஞத்தில் நிகழும் அனைத்து விடயங்களையும் பற்றிய முழுமையான அறிவு அல்லாஹ்விடத்தில் உள்ளது என்பதையும் இது உள்ளடக்கியுள்ளது. தொடர்ந்தும் அவர் இஹ்ஸான் குறித்து கேட்டார் அதற்கு நபியவர்கள் இஹ்ஸான் என்பது அல்லாஹ்வை நீ காண்பது போல் வணங்குவீராக. ஆக இந்த (நிலையை) அந்தஸ்தை எய்துகொள்ள முடியவில்லை என்றால் அல்லாஹ்வை அவன் உன்னை பார்த்துக்கொண்டிருக்கிறான் என்ற உணர்வில் வணங்குவீராக. இதில் முதலாவது நிலையானது நேரடியாகப் பார்த்தல் என்ற அந்தஸ்தையும் இரண்டாவது அவதானம் எனும் அந்தஸ்தையும் குறிக்கிறது.
 பின்னர் அவர் மறுமை நாள் எப்போது நிகழும்? என வினவினார் அதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மறுமை நாள் நிகழ்வது குறித்த அறிவை அல்லாஹ் மாத்திரமே பெற்றுள்ளான்.(தனதாக்கிக் கொண்டுள்ளான்)  அவனின் படைப்புகளில் எவரும் அது குறித்து அறியமாட்டார்கள். கேள்விகேட்டவரும் கேட்கப் பட்டவரும் இதில் விதிவிலக்கானோர் அல்லர். அவர்களும் அதனை பற்றி அறியமாட்டார்கள் என தெளிவு படுத்தினார்கள்.
@@ -5265,349 +5732,735 @@
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தன்னைத் தோழர்களுக்கு மேலாக நினைக்காமல் அவர்களுடன் சரி சமமாக உட்கார்வதன் மூலம் நபியவர்களின் அழகிய நற்குணம் சுட்டிக்காட்டப்பட்டுள்ளது.
 கேள்வி கேட்பவர் தடையின்றி அச்சமின்றி கேட்பதற்காக அவருடன் மென்மையாக நடந்து, நெருக்கமாக உட்கார வைத்தல்.
 ஜிப்ரீல் (அலை) அவர்கள் நபியவர்களிடமிருந்து கற்பதற்காக ஒழுக்கமான முறையில் அன்னாருக்கு முன்னால் உட்கார்ந்ததைப் போன்று ஆசிரியரிடமும் ஒழுக்கமாக நடந்து கொள்ளல்.
 இஸ்லாத்தின் தூண்கள் ஐந்தாகும், ஈமானின் அடிப்படைகள் ஆறாகும்.
 இஸ்லாம், ஈமான் ஆகிய இரண்டு சொற்களும்  ஒரே இடத்தில் கூறப்படும் போது வெளிப்படையான விடயங்களை இஸ்லாம் எனவும், மறைவான நம்பிக்கை சார்ந்த விடயங்களை ஈமான் எனவும் விளக்கப்படுகிறது.
 மார்க்கம் என்பது பல்வேறு படித்தரங்களைக் கொண்டது அந்தவகையில் முதல் படித்தரம் இஸ்லாம், இரண்டாவது படித்தரம்  ஈமான், மூன்றாம் படித்தரம் இஹ்ஸான் இவற்றுள் இஹ்ஸானே உயர் படித்தரமாகும்.
 அறிவின்மையே கேள்வி கேட்பவரின் அடிப்படையாகும். அந்த அறியாமையே கேள்வி கேட்பதற்கு ஒருவரை தூண்டும் அம்சம். இதன் காரணமாகவே நபியவர்களிடம் வந்தவர் கேள்வி கேட்டுவிட்டு அதனை உண்மை எனக் கூறியது ஸஹாபாக்களை ஆச்சரியத்திலாழ்த்தியது.
 ஒன்றைக் கூறும் போது மிக முக்கியமானதிலிருந்தே ஆரம்பிக்க வேண்டும். ஏனெனில் இஸ்லாத்தைப் பற்றி விளக்கும் போது இரு சாட்சியங்களைக் கொண்டும், ஈமானைப் பற்றி விளக்கும் போது அல்லாஹ்வை நம்புவதைக் கொண்டும் ஆரம்பிக்கப்பட்டுள்ளதை காணமுடிகிறது.
 தம்முடன் இருப்போரும் அறிந்து தெளிவு பெற வேண்டும் என்ற நோக்கத்தில் கேள்வி கேட்பவர்  தான் அறிந்த விடயங்களைக் கூட அறிஞர்களிடம் கேட்க முடியும்.
 மறுமை நாள் எப்போது நிகழும் என்பது பற்றிய அறிவை அல்லாஹ் மாத்திரமே அறிந்து வைத்துள்ள விடயங்களில் ஒன்றாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4563</t>
   </si>
   <si>
-    <t>لَا تَغْضَبْ</t>
+    <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
+  </si>
+  <si>
+    <t>உனக்கு சந்தேகத்தை ஏற்படுத்துபவற்றை விட்டுவிட்டு, சந்தேகத்தை ஏற்படுத்தாதவற்றை எடுத்துக்கொள். ஏனெனில், உண்மை மனஅமைதியைத் தரும். பொய் சந்தேகத்தைத் தரும்.'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
+  </si>
+  <si>
+    <t>அபுல் ஹவ்ரா அஸ்ஸஃதி, (ரஹ்) அவர்கள் அறிவிக்கின்றார்கள் : நான் ஹஸன் பின் அலீ (ரலி) அவர்களிடம், 'நீங்கள் நபியவர்களிடமிருந்து எதைக் கேட்டு மனனமிட்டுள்ளீர்கள்?' என்று கேட்டபோது, அவர்கள் கூறினார்கள் : 'நான் நபியவர்கள் இவ்வாறு கூறியதை மனனமிட்டுள்ளேன்: உனக்கு சந்தேகத்தை ஏற்படுத்துபவற்றை விட்டுவிட்டு, சந்தேகத்தை ஏற்படுத்தாதவற்றை எடுத்துக்கொள். ஏனெனில், உண்மை மனஅமைதியைத் தரும். பொய் சந்தேகத்தைத் தரும்.'</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
+  </si>
+  <si>
+    <t>தடுக்கப்பட்டவையா? தடுக்கப்படாதவையா? ஹராமா? ஹலாலா? என்ற சந்தேகத்தை ஏற்படுத்தும், வார்த்தைகள் மற்றும் செயற்களை விட்டுவிட்டு, ஹலாலான, நல்லவை என நீங்கள் உறுதியாக அறிந்துவைத்துள்ள, சந்தேகமற்றவற்றை எடுத்துக்கொள்ளுமாறு நபியவர்கள் ஏவுகின்றார்கள். ஏனெனில், உள்ளம் அதில் நிம்மதியையும், அமைதியையும் காண்கின்றது. சந்தேகத்திற்கிடமானவற்றில், அது தடுமாற்றத்தையும், கலக்கத்தையும் காண்கின்றது.</t>
+  </si>
+  <si>
+    <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
+النهي عن الوقوع في الشبهات.
+إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
+رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
+  </si>
+  <si>
+    <t>ஒரு முஸ்லிம் தனது எல்லா விடயங்களையும், உறுதியின் மீது கட்டியெழப்பி, சந்தேகங்களை விட்டுவிடுவதும், தனது மார்க்கத்தில் தெளிவான அறிவோடிருப்பதும் கட்டாயமாகும்.
+சந்தேகத்திற்கிடமானவற்றில் வீழ்ந்துவிடுவது தடுக்கப்பட்டுள்ளது.
+நிம்மதியையும், மனஅமைதியையும் நீ அடைய விரும்பினால், சந்தேகத்திற்கிடமானவற்றைப் புறமொதுக்கிவிடு.
+அல்லாஹ் தனது அடியார்களுக்குச் செய்துள்ள அருள். ஏனெனில், அவர்களுக்கு மனஅமைதியையும், நிம்மதியையும் தருபவற்றை அவன் ஏவி, தடுமாற்றத்தையும், கலக்கத்தையும் தருபவற்றைத் தடுத்துள்ளான்.</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4564</t>
+  </si>
+  <si>
+    <t>كل سلامى من الناس عليه صدقة</t>
+  </si>
+  <si>
+    <t>'சூரியன் உதிக்கின்ற ஒவ்வொரு நாளிலும் மனிதர்கள் தம்முடைய ஒவ்வொரு மூட்டு எலும்புகளுக்காகவும் தர்மம் செய்வது கடமையாகும்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'சூரியன் உதிக்கின்ற ஒவ்வொரு நாளிலும் மனிதர்கள் தம்முடைய ஒவ்வொரு மூட்டு எலும்புகளுக்காகவும் தர்மம் செய்வது கடமையாகும். இருவருக்கிடையே நீதி செலுத்துவதும் தர்மமாகும். ஒருவர் தமது வாகனத்தின் மீது ஏறி அமர (அவருக்கு) உதவுவதும், அல்லது அவரது பயணச் சுமைகளை அதில் ஏற்றி விடுவதும் தர்மமாகும். இன்சொல்லும் ஒரு தர்மமாகும். ஒருவர் தொழுகைக்குச் செல்ல எடுத்துவைக்கும் ஒவ்வோர் எட்டும் தர்மமாகும். தீங்கு தரும் பொருளைப் பாதையிலிருந்து அகற்றுவதும் ஒரு தர்மமாகும்.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
+وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
+عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
+وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
+والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
+وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
+وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>ஒவ்வொரு முஸ்லிமும் உடலிலுள்ள மூட்டுக்களின் எண்ணிக்கைக்கு ஏற்ப, தனக்கு கிடைத்துள்ள ஆரோக்கியத்திற்கு நன்றி செலுத்தும்  முகமாகவும், தனது மூட்டுக்களை மடிப்பதற்கும்  நீட்டுவதற்குமான இயலுமையை தந்தமைக்கும்   தினமும் அல்லாஹ்வுக்கு தர்மம் செய்ய பணிக்கப்பட்டுள்ளனர் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவு படுத்துகிறார்கள். குறித்த தர்மமானது செல்வத்தால் மாத்திரமின்றி அனைத்து நற்காரியங்களின் மூலமும் நிறைவேற்ற முடியும் என்பதையும்  இந்த ஹதீஸில் சுட்டிக்காட்டுகிறார்கள் அவற்றின் சில பின்வருமாறு : இரு பகைவருக்கு மத்தியில்  நீ சமாதானத்தை ஏற்படுத்தி நீதிவழங்குவதும் தர்மமாகும். ஒருவர் தனது வாகனத்தில் ஏறி அமர்வதற்கு உதவுவதும் அல்லது அவரின் பயணச்சுமைகளை ஏற்றிவிடுவதும் உமக்கு தர்மமாகும். திக்ர்,துஆ,(பிரார்த்தனை)  ஸலாம் கூறுதல் போன்ற அழகிய வார்த்தையும் தர்மமாகும். ஒருவர் தொழுகைக்குச் செல்ல எடுத்துவைக்கும் ஒவ்வோர் எட்டும் தர்மமாகும். தீங்கு தரும் பொருளைப் பாதையிலிருந்து அகற்றுவதும் ஒரு தர்மமாகும்</t>
+  </si>
+  <si>
+    <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
+الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
+الترغيب في المداومة على النوافل والصدقات كل يوم.
+فضل الإصلاح بين الناس.
+الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
+الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
+وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
+  </si>
+  <si>
+    <t>மனித உடலில் காணப்படும் எலும்புகளின் கட்டமைப்பும் அதன் சீரான இயக்கமும் அல்லாஹ் மனிதனுக்கு வழங்கியிருக்கும்  மிகப்பெரும் அருளாகும். ஆகவே இந்த அருளுக்கு முழுமையாக நன்றி செலுத்த அவை ஒவ்வொன்றும் சார்பாக தர்மம் செய்வது அவசியத் தேவையாகும்.
+குறித்த அருளானது நிலைபெற தினமும் நன்றி செலுத்த ஆர்வம் ஊட்டப்பட்டுள்ளமை.
+தினமும் உபரியான தொழுகைகள் மற்றும் தர்மங்களை தொடர்ச்சியாக செய்ய ஆர்வமூட்டப்பட்டுள்ளமை.
+மனிதர்களுக்கு மத்தியில் சமாதானம் செய்துவைப்பதன் சிறப்பு சுட்டிக் காட்டப்பட்டுள்மை.
+ஒருவர் தனது சகோதருக்கு உதவி செய்யுமாறு தூண்டப்பட்டிருத்தல். ஏனெனில் ஒருவர் தனது சகோதரருக்கு உதவி செய்வது தர்மமாகும்.
+ஜமாஅத் தொழுகைகளுக்கு நடந்து சென்று கலந்து கொள்ளவும் மஸ்ஜித்களை வளப்படுத்தவும் தூண்டப்பட்டிருத்தல்.
+முஸ்லிம்கள் -பாதை சாரிகள் - நடந்து செல்லும் பாதையில் அவர்களுக்கு நோவினை தரக்கூடிய அல்லது அவர்களுக்கு பாதிப்பை ஏற்படுத்தும் பொருட்களை அப்புறப்படுத்துவதன் மூலம் பாதைகளை சீராக வைத்துக்கொள்ளுதல் அவசியமாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4568</t>
+  </si>
+  <si>
+    <t>كن في الدنيا كأنك غريب أو عابر سبيل</t>
+  </si>
+  <si>
+    <t>'நீ இவ்வுலகில் ஒரு பரதேசியைப் போன்று, அல்லது ஒரு வழிப்போக்கனைப் போன்று இருந்துகொள்.'</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِمَنْكِبِي، فَقَالَ: «كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ»، وَكَانَ ابْنُ عُمَرَ، يَقُولُ: إِذَا أَمْسَيْتَ فَلاَ تَنْتَظِرِ الصَّبَاحَ، وَإِذَا أَصْبَحْتَ فَلاَ تَنْتَظِرِ المَسَاءَ، وَخُذْ مِنْ صِحَّتِكَ لِمَرَضِكَ، وَمِنْ حَيَاتِكَ لِمَوْتِكَ.</t>
+  </si>
+  <si>
+    <t>அப்துல்லாஹ் இப்னு உமர் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : நபியவர்கள் எனது தோல்புயத்தைப் பிடித்து, இவ்வாறு கூறினார்கள் : 'நீ இவ்வுலகில் ஒரு பரதேசியைப் போன்று, அல்லது ஒரு வழிப்போக்கனைப் போன்று இருந்துகொள்.' இப்னு உமர் (ரலி) அவர்கள் கூறுவார்கள் : 'நீ மாலையை அடைந்தால், காலையை அடைவதாக எதிர்பார்க்காதே! காலையை அடைந்தால், மாலையை அடைவதாக எதிர்பார்க்காதே! உனது ஆரோக்கியத்தில் இருந்து, நோய்க்காகவும், உனது வாழ்வில் இருந்து, மரணத்திற்காகவும் எடுத்துக்கொள்!'</t>
+  </si>
+  <si>
+    <t>ذَكَرَ ابنُ عُمر رضي الله عنهما بأن النبي صلى الله عليه وسلم أخذ بمنكبه -وهو مَجْمَع العَضُد والكَتِف- وقال له: كن في الدنيا كأنك غريب، قَدِمَ بلدًا لا مَسْكن لَهُ فيه يؤويه، ولا ساكن يسليه، خالٍ عن الأهل والعيال والعلائق، التي هي سبب الاشتغال عن الخالق، بل كن أشدَّ من الغريب وهو عابر السبيل المار على الطريق طالبًا وطنه؛ لأن الغريب قد يسكن في بلاد الغُرْبة ويُقيم فيها، بخلاف عابر السبيل القاصد للبلد، فإن من شأنه التخفف وعدم التوقف، والحرص على وصول بلده، فكما أن المسافر لا يحتاج إلى أكثر مما يبلغه إلى غاية سفره، فكذلك لا يحتاج المؤمن في الدنيا إلى أكثر مما يبلغه المَحل. 
+فعمل ابن عمر بهذه النصيحة وكان يقول: إذا أصبحتَ فلا تنتظر المساء، وإذا أمسيتَ فلا تنتظر الصباح، وعُدَّ نفسك في أهل القبور، ولأن العمرَ لا يخلو عن صحة ومرض؛ 
+فبادر أيام صحتك بالطاعة لمرضك؛ واغتنم الأعمال الصالحة في الصحة قبل أن يحول بينك وبينها المرض، واغتنم حياتك في الدنيا، فاجمع فيها ما ينفعك بعد موتك.</t>
+  </si>
+  <si>
+    <t>நபியவர்கள் தனது தோல்புயத்தைப் பிடித்து இவ்வாறு கூறியதாக இப்னு உமர் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : 'நீ, இவ்வுலகில், ஒதுங்குவதற்கு வீடோ, ஆறுதலளிக்கும் நண்பனோ இல்லாத ஓர் ஊருக்கு வந்து, படைத்தவனை விட்டும் திசைதிருப்பும் காரணிகளான குடும்பம், உறவுகள் மற்றும் தொடர்புகள் போன்ற அனைத்தையும் விட்டு நீங்கி இருக்கும் ஒரு பரதேசியைப் போன்று இருந்துகொள்! அல்லது, அந்தப் பரதேசியை விட அதிகமாக, தனது வாழ்விடத்தைத் தேடி, பாதைகளைக் கடந்து செல்லும், ஒரு வழிப்போக்கனைப் போன்று இருந்துகொள். ஏனெனில் சிலவேளை ஒரு பரதேசி ஒரு வேற்றூரில் வசித்து அங்கு தங்கிவிடலாம். ஆனால் தனது ஊரை நாடிச் செல்லும் வழிப்போக்கன் அவ்வாறல்ல. அவன் நீண்ட சுமைகளை சுமக்காமலும், தரித்துநிற்காமலும், தனது ஊரை அடையும் ஆர்வத்திலேயே இருப்பான். ஒரு பயணிக்கு, எவ்வாறு தனது பயண குறிக்கோளை அடைவதற்கு அவசியமானவற்றைத் தவிர எதுவும் தேவையில்லையோ, அவ்வாறு தான் ஒரு முஃமினுக்கு, தனது குறிக்கோளை அடைவதற்கு உதவியாக இருப்பவற்றை விட எதுவும் அவசியமாக இருக்காது.
+இப்னு உமர் (ரலி) அவர்கள் இந்த உபதேசத்தை நடைமுறைப்படுத்தினார்கள். அவர்கள் இவ்வாறு கூறுவார்கள் : 'நீ காலையை அடைந்தால், மாலையை அடைவதாக எதிர்பார்க்காதே! உன்னை, மண்ணறைகளில் வாழும் ஒருவனாகவே நீ எண்ணிக்கொள்! ஏனெனில், வாழ்க்கை என்பது, ஆரோக்கியம் மற்றும் நோய் ஆகிய இரண்டையும் கொண்டதுவே. எனவே, உனது ஆரோக்கிய நாட்களை, நோய்க்காலத்திற்காக வணக்கங்களைச் செய்து பயன்படுத்திக்கொள். நல்லமல்களுக்குத் தடையாக நோய்கள் ஏற்பட முன்னர், ஆரோக்கிய நாட்களை அவற்றிற்காகப் பயன்படுத்திக்கொள். உனது இவ்வுலக வாழ்வைப் பயன்படுத்தி, மறுமைக்குப் பயனளிப்பவற்றை அவற்றுள் ஒன்று சேர்த்துக்கொள்</t>
+  </si>
+  <si>
+    <t>وضع المُعلّم كفَّه على كتف المتعلم عند التعليم للتأنيس والتنبيه.
+الابتداء بالنصيحة والإرشاد لمن لم يطلب ذلك.
+حسن تعليم النبي صلى الله عليه وسلم بضرب الأمثال المُقْنِعَة، بقوله: "كُنْ فِي الدُّنْيَا كَأَنَّكَ غَريْبٌ أَوْ عَابِرُ سَبِيْلٍ".
+اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
+ بيان قِصَر الأمل، والاستعداد للموت.
+ الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
+المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
+فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
+وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
+  </si>
+  <si>
+    <t>ஒரு ஆசிரியர், மாணவருக்கு விழிப்பூட்டவும், இரக்கத்தைக் காட்டவும் அவரது தோல்புயத்தின் மீது தனது உள்ளங்கையை வைத்தல்.
+உபதேசம், வழிகாட்டல் என்பவற்றை வினவாதவர்களிடமும் அவற்றை முன்வைத்தல்.
+'நீ இவ்வுலகில் ஒரு பரதேசியைப் போன்று, அல்லது ஒரு வழிப்போக்கனைப் போன்று இருந்துகொள்.' என்று திருப்திப்படுத்தும் உதாரணங்களைக் குறிப்பிட்டு நபியவர்கள் அழகான முறையில் கற்பித்துள்ளமை.
+அல்லாஹ்வை நோக்கிய பயணத்தில் மக்களுக்கிடையில் உள்ள வேறுபாடு. 'வழிப்போக்கன்' என்பது, பற்றற்ற தன்மையில், 'பரதேசி' என்பதை விட உயர்ந்ததாகும்.
+மேலெண்ணங்களைக் குறைத்து, மறுமைக்காக தயாராதல் என்பதைத் தெளிவுபடுத்தல்.
+வாழ்வாதாரத்தைப் புறக்கணிக்குமாறும், உலக இன்பங்களைத் தடைசெய்வதாகவும் இந்த ஹதீஸ் கூறவில்லை. மாறாக, அவற்றில் சொற்பமானவற்றையே எடுத்துக் கொண்டு, பற்றற்ற நிலையில் வாழவே தூண்டுகின்றது.
+சக்தியற்ற நிலை ஏற்பட முன்னர், நோய் அல்லது மரணம் ஆகிய தடைகள் ஏற்பட முன்னர் விரைந்து நல் அமல்களில் ஈடுபடல்.
+இப்னு உமர் (ரலி) அவர்களது சிறப்பு. அதாவது. நபயிவர்களின் இந்த உபதேசத்தினால் அவர்கள் மாற்றமடைந்துள்ளார்கள்.
+விசுவாசிகளின் வாழ்விடம் சுவனம் தான். எனவே, உலகில் அவர்கள் பரதேசிகளே. அவர்கள் மறுமைக்காக பயணித்துக்கொண்டிருப்பவர்கள். அதனால், வேற்றூரில் இருக்கும் எந்த அம்சங்களிலும் தமது உள்ளத்தைப் பறிகொடுக்க மாட்டார்கள். மாறாக, அவர்களது உள்ளம் மீளவேண்டிய அவர்களது வாழ்விடத்தின் சிந்தனையிலேயே இருக்கும். இவ்வுலகில் அவர்கள் தங்கியிருப்பது, தமது தேவைகளை நிறைவேற்றி, தமது வாழ்விடத்தை நோக்கி மீள்வதற்காகத் தயாராகவே!</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4704</t>
+  </si>
+  <si>
+    <t>لا تحاسدوا، ولا تناجشوا، ولا تباغضوا، ولا تدابروا، ولا يبع بعضكم على بيع بعض، وكونوا عباد الله إخوانا</t>
+  </si>
+  <si>
+    <t>'நீங்கள் பரஸ்பரம் பொறாமை கொள்ள வேண்டாம். ஒருவருக்கொருவர் கோபம் கொள்ள வேண்டாம் (பிறரை அதிகவிலை கொடுத்து வாங்க வைப்பதற்காக விற்பனைப் பொருளின்) விலையை உயர்த்த வேண்டாம்.  ஒருவரை ஒருவர் வெறுக்க வேண்டாம், ஒருவரை ஒருவர் புறக்கணிக்க வேண்டாம். உங்களில் சிலர் சிலரின் வியாபரத்திற்கு எதிராக வியாபாரம் செய்ய வேண்டாம். அல்லாஹ்வின் அடியார்களே! (அன்பு காட்டுவதில்) சகோதரர்களாய் இருங்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحَاسَدُوا، وَلَا تَنَاجَشُوا، وَلَا تَبَاغَضُوا، وَلَا تَدَابَرُوا، وَلَا يَبِعْ بَعْضُكُمْ عَلَى بَيْعِ بَعْضٍ، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا الْمُسْلِمُ أَخُو الْمُسْلِمِ، لَا يَظْلِمُهُ وَلَا يَخْذُلُهُ، وَلَا يَحْقِرُهُ التَّقْوَى هَاهُنَا» وَيُشِيرُ إِلَى صَدْرِهِ ثَلَاثَ مَرَّاتٍ «بِحَسْبِ امْرِئٍ مِنَ الشَّرِّ أَنْ يَحْقِرَ أَخَاهُ الْمُسْلِمَ، كُلُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ حَرَامٌ، دَمُهُ، وَمَالُهُ، وَعِرْضُهُ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, அபூ ஹுரைரா (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : 'நீங்கள் பரஸ்பரம் பொறாமை கொள்ள வேண்டாம். ஒருவருக்கொருவர் கோபம் கொள்ள வேண்டாம் (பிறரை அதிகவிலை கொடுத்து வாங்க வைப்பதற்காக விற்பனைப் பொருளின்) விலையை உயர்த்த வேண்டாம்.  ஒருவரை ஒருவர் வெறுக்க வேண்டாம், ஒருவரை ஒருவர் புறக்கணிக்க வேண்டாம். உங்களில் சிலர் சிலரின் வியாபரத்திற்கு எதிராக வியாபாரம் செய்ய வேண்டாம். அல்லாஹ்வின் அடியார்களே! (அன்பு காட்டுவதில்) சகோதரர்களாய் இருங்கள். ஒரு முஸ்லிம் இன்னொரு முஸ்லிமின் சகோதரர் ஆவார். ஆகவே அவர் அவருக்கு அநீதி இழைக்கமாட்டார். அவரை கைவிடமாட்டார். அவரை இழிவுபடுத்த மாட்டார். இறையச்சம் இங்குள்ளது என மூன்று முறை தனது நெஞ்சைச் சுட்டிக்காட்டினார்கள். ஒரு முஸ்லிம் தனது சகோதர முஸ்லிமை அவமதித்து இழிவாகக் கருதுவது தீமைக்கு போதுமான விடயமாகும். ஒரு முஸ்லிமுக்கு பிற முஸ்லிமின் இரத்தம் (உயிர்) செல்வம் மானம் ஆகியவை ஹராமாகும்'.</t>
+  </si>
+  <si>
+    <t>أَوْصَى النبيُّ صلى الله عليه وسلم المسلمَ بأخيه المسلم خيرًا، وبيَّن بعض ما يجب عليه من الواجبات والآداب نحوهم؛ ومن ذلك: 
+الوصية الأولى: لا تحاسدوا بأن يتمَنَّى بعضكم زوال نعمة بعض. 
+الثانية: لا تناجشوا بأن يزيد في ثمن السلعة وهو لا يريد شراءها؛ وإنما يريد نفع البائع، أو الإضرار بالمشتري. 
+الثالثة: لا تباغضوا وهي إرادة المضرة وهي ضد المحبة؛ إلا إذا كان البغض في الله تعالى؛ فإنه واجب. 
+الرابعة: لا تدابروا بأن يعطِيَ كل واحد منكم أخاه دبره وقفاه فيعرض عنه ويهجره. 
+الخامسة: لا يبع بعضكم على بيع بعضٍ بأن يقول لمن اشترى سلعة: عندي مثلها بأقل منها أو أجود منها بسعرها. 
+ثم أوصى عليه الصلاة والسلام بوصية جامعة فقال: وكونوا كالإخوة بترك ما ذُكِر من منهيات، وببذل المودة والرفق والشفقة والملاطفة والتعاون في الخير، مع صفاء القلوب والنصيحة بكل حال. 
+ومن مقتضيات هذه الأخوة: 
+ألّا يَظلم أخاه المسلم ويعتدي عليه. 
+وألّا يترك أخاه المسلم يُظلم فيخذله في مقام يستطيع أن ينتصر له، ويرفع عنه الظلم. 
+وألّا يحتقره ويستقله وينظر إليه بعين الاستنقاص والازدراء؛ وهو ناتج عن كِبر في القلب.
+ثم بيَّن النبيُّ صلى الله عليه وسلم ثلاث مرات أن التقوى في القلب، ومن كان في قلبه التقوى التي تقتضي حسن الخلق، وخشية الله ومراقبته فإنه لا يحتقر مسلمًا، وكافيه من خصال الشر ورذائل الأخلاق احتقار أخيه المسلم؛ وذلك لكِبرٍ في قلبه. 
+ثم أَكَّدَ صلى الله عليه وسلم على ما مضى بأنَّ كل المسلم على المسلم حرامٌ: دمُه: بأن يعتدي عليه بقتل أو ما دونه كجرح أو ضرب ونحوها، وكذا ماله: بأن يأخذ منه بغير حق، وكذا عِرضه: بأن يذمّه في نفسه أو حسبه.</t>
+  </si>
+  <si>
+    <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், ஒரு முஸ்லிம் தனது சகோதர முஸ்லிமுடன் சிறந்த முறையில் நடந்து கொள்ள வேண்டும் என்று அறிவுறுத்தியுள்ளதோடு, அவர்களுக்கு செய்ய வேண்டிய சில கடமைகள் மற்றும் பேண வேண்டிய சில ஒழுக்கங்களை கோடிட்டுக் காட்டியுள்ளார்கள், அவற்றில் சில பின்வருமாறு: முதல் அறிவுரை: உங்களில் சிலர்  மற்றும் சிலர் பெற்றிருக்கும்  அருள்கள் நீங்கிவிட வேண்டும் என்று விரும்பி ஒருவருக்கொருவர் பொறாமைப்படாதீர்கள். இரண்டாவது: பொருளை வாங்கும் எவ்வித நோக்கமுமின்றி பொருளின் விலையை உயர்த்துவதற்காக  ஏலம் விடாதீர்கள். இதனால் வியாபாரிக்கு இலாபத்தைப் பெற்றுக் கொடுக்கிறார் அல்லது வாங்குபவருக்கு இதனால் பாதிப்பு ஏற்படுகிறது. மூன்றாவது: ஒருவரையொருவர் வெறுக்காதீர்கள். என்பது நேசம் கொள்வதை விடுத்து தீங்கு செய்வதை நோக்காகக் கொள்வதாகும். ஆனால் அல்லாஹ்வுக்காக மாத்திரம் வெறுப்புக் கொள்வதாய் இருந்தால் அது அவசியமான வலியுறுத்தப்பட்ட விடயமாகும். நான்காவது: முகத்தை திருப்பிக்கொள்வதன் மூலம் ஒருவரையொருவர் புறக்கணித்து நடக்காதீர்கள். அதாவது தனது சகோதரனை வெறுத்து புறக்கணித்து நடப்பதைக் இது குறிக்கும். ஐந்தாவது: வியாபாரி ஒருவர், இன்னொரு வியாபாரியிடம் ஒரு பொருளை வாங்கிய நபரிடம் இதே பொருள் என்னிடம் மிகக்குறைந்த விலையில் உள்ளது அல்லது இதே விலையில் மிகத்தரமான பொருள் உள்ளது என்று கூறி இன்னொரு சகோதரனின் வியாபாரத்திற்கு எதிராக வியாபாரம் செய்ய வேண்டாம். பின்னர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் மேலே குறிப்பிடப்பட்ட, தடுக்கப்பட்ட விடயங்களை விட்டுவிட்டு, எல்லா சூழ்நிலைகளிலும் தூய்மையான உள்ளத்துடன்  அன்பு, இரக்கம், மென்மை பரஸ்பர கருணைகாட்டல்;  மற்றும் நன்மையான விடயங்களில் ஒத்துழைப்புடன் நடந்து கொள்ளுதல் போன்ற பண்புகளை கடைப்பிடித்து சகோதரர்களாய் இருங்கள் என அறிவுரை வழங்கியுள்ளார்கள். இஸ்லாமிய சகோதரத்துவம் வேண்டி நிற்கும் முக்கிய விடயங்களில் சில பின்வருமாறு : தனது முஸ்லிம் சகோதரனுக்கு அநீதி இழைக்காமல் இருப்பது அல்லது அவருக்கு எதிராக அத்துமீறல் செய்யாமல் இருப்பது. அநீதி இழைக்கப்படும் சகோதர முஸ்லிமுக்கு அவருக்கு எதிராக மேற்கொள்ளப்படும் அநீதியை அகற்றுவதற்கான இயலுமை  இருக்கும் நிலையில் அவரை கைவிட்டு விடாமல் இருப்பது. ஒரு முஸ்லிமை சிறுமைப்படுத்தாமலும் அவரை இழிவாகப் பார்க்காதிருத்தலும். இத்துர்குணம் உள்ளத்தில் காணப்படும் பெருமையின் விளைவால் ஏற்படுவதாகும். பின்னர் நபி (ஸல்) அவர்கள் மூன்று முறை இறையச்சம் என்பது உள்ளத்தில்தான் உள்ளது என்றும், எவருடைய உள்ளத்தில் இறையச்சம் இருக்கிறதோ, அது நல்ல ஒழுக்கத்தையும், இறைபயத்தையும், அல்லாஹ் மீதான அக்கறையையும் ஏற்படுத்தும் என்று குறிப்பிட்டதோடு, இவ்வாரானவர் ஒரு முஸ்லிமைக் குறைத்து மதிப்பிடவோ அற்பமாக கருதவோ மாட்டார் என்பதையும்  தெளிவுபடுத்தினார்கள். உண்மையில், தனது சகோதர முஸ்லிமை குறைத்து மதிப்பிடுவது அல்லது அற்பமாக கருதுவது ஒருவரிடம் காணப்படும் தீய பண்புகளினதும், தீய குணங்களினதும் மொத்த வடிவமாகும். ஏனெனில் இத்துர்குணம் ஒருவரது உள்ளத்தில் குடிகொண்டிருக்கும் ஆணவத்தினால் ஏற்படுவதாகும். பின்னர் நபி (ஸல்) அவர்கள் மேற்கூறியவற்றை  வலியுறுத்துகிறார்கள், அதாவது ஒரு முஸ்லிம் மற்றொரு முஸ்லிமின் விவகாரத்தில் தடைசெய்யப்பட்ட விடயங்களை விவரிக்கிறார்கள் முதலாவது ஒரு முஸ்லிமின் இரத்தம் (உயிர்) புனிதமானது என்றவகையில் ஒவ்வொரு முஸ்லிமுக்கும் அதில் அத்துமீறுவது தடைசெய்யப்பட்டுள்ளது. இந்த வகையில் அவரைக் கொல்லவோ, காயப்படுத்தவோ, அடிக்கவோ, அல்லது அவருக்கு வேறு உடல் ரீதியான தீங்கும் செய்யவோ முடியாது. இரண்டாவது: ஒரு முஸ்லிம் மற்றொரு முஸ்லிமின் சொத்தை எவ்வித நியாயமான காரணமின்றி எடுத்துக்கொள்வது தடைசெய்யப்பட்டுள்ளது, மூன்றாது : ஒரு முஸ்லிம் மற்றொரு முஸ்லிமின் மானத்தை காப்பது கடமையாகும்  அதை மீறி நடப்பது தடைசெய்யப்பட்டுள்ளது, அதாவது ஒருவரின் குணம் அல்லது பரம்பரை பற்றி தவறாகப் பேசுவது கூடாது.</t>
+  </si>
+  <si>
+    <t>الأمر بكلِّ ما تقتضيه الأخوة الإيمانية، والنهي عن ما يضادها من الأقوال والأعمال.
+عمدة التقوى ما في القلب من معرفة الله، وخشيته ومراقبته، وهذه التقوى ينتج عنها الأعمال الصالحة.
+الانحراف الظاهر يدلُّ على ضعف تقوى القلب.
+النهي عن أذية المسلم بأي وجه من الوجوه من قول أو فعل.
+ليس من الحسد أن يتمنى المسلم أن يكون مثل غيره، دون تمني زوالها عن الآخر، وهذا يسمى غبطة؛ وهي جائزة تعين على المسابقة إلى الخيرات.
+الإنسان بطبعه يكره أن يفوقَه أحد في شيء من الفضائل، فإن أحب زوالها عن الآخر فهو الحسد المذموم، وإن أحب المسابقة فهي الغبطة الجائزة.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه أن يبيّن للمشتري أنه خدع في شرائه خداعًا فاحشًا؛ فهذا من مقتضيات النصيحة، بشرط أن تكون نيته نصح أخيه المشتري لا الإضرار بالبائع، والأعمال بالنيات.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه  إذا كان البائعان لم يتراضيا ولم يستقر الثمن.
+ليس من التباغض المنهي عنه في الحديث: البغض في الله، فهو واجب، ومِن أوثق عرى الإيمان.</t>
+  </si>
+  <si>
+    <t>இந்த ஹதீஸ், நம்பிக்கை சார்ந்த சகோதரத்துவத்தால் ஏற்படும் அனைத்தையும் வலியுறுத்துவதோடு, அதற்கு முரணான அனைத்து வார்த்தைகளையும் செயல்களையும் தடை செய்கிறது.
+'தக்வா' இறையச்சத்தின் (சாராம்சம்) அடிப்படை -அல்லாஹ்வைப் பற்றிய அறிவும், இதயத்தில் அவனைப் பற்றிய பயமும் அவனின் அவதானமும் ஆகும். இந்த இறையச்சமானது நற்செயல்களைச் செய்ய வழிவகுக்கிறது.
+வெளிப்புற நெறிபிறழ்வானது உள்ளத்தில் காணப்படும் இறையச்சத்தின் பலவீனத்தைக் குறிக்கிறது.
+எந்த வகையிலும் ஒரு முஸ்லிமை வார்த்தையாலோ அல்லது செயலாலோ காயப்படுத்துவது தடைசெய்யப்பட்டுள்ளது.
+பிற முஸ்லிமிடம் காணப்படும் அருள் அழிந்து விட வேண்டும் என்ற  நோக்கமோ ஆசையோ இன்றி, ஒரு முஸ்லிம் வேறொருவரைப் போல இருக்க விரும்புவது 'ஹஸத்' என்ற வட்டத்தினுள் வரமாட்டாது. இது அரபியில் 'கிப்தா' என்ற பெயரால் அழைக்கப்படுவதோடு, இது அனுமதிக்கப்பட்டதுமாகும். இது நல்ல விடயங்களில் மக்களை போட்டியிடத் தூண்டுகிறது.
+இயல்பாகவே, மனிதன் எந்தவொரு நல்லவிடயத்திலும் பிறர் தன்னை விட முன்னேரிச் செல்வதை விரும்புவதில்லை. இந்த வகையில் ஒருவரின் முன்னேற்றத்திற்கு காரணமாயிருப்பவை அவரிடமிருந்து அழிந்து போக வேண்டும் என விரும்புவது கண்டிக்கத்தக்க பொறாமையாகும். இருப்பினும், ஒருவரிடம் காணப்படும் நல்ல விடயத்தில் போட்டியிட விரும்பினால், அது அனுமதிக்கப்பட்ட 'கிப்தா' பொறாமை ஆகும்.
+ஒரு குறிப்பிட்ட வியாபாரத்தில், பொருளை வாங்கிய நபர் மிகவும் ஏமாற்றப்பட்டதாக இன்னொரு வியாபரி தெளிவு படுத்துவது தனது சக முஸ்லிமின் வியாபாரத்திற்கு எதிராக வியாபாரம் செய்ததாக கருதப்படமாட்டாது. இது உண்மையில் அறிவுரை கூறுவது, பிறர் நலன் நாடுவது என்ற வரையரைக்குள் வரும். இவ்வாறு செய்வது தனது சகோதரரான வாங்குபவருக்கு அறிவுரையாகவும்,  விற்பனையாளருக்கு தீங்கை ஏற்படுத்தக் கூடாது என்ற நன் நோக்கத்தின் அடிப்படையில் அமைய வேண்டும். ஏனெனில் செயல்கள் யாவும் நோக்கங்களைப் பொறுத்தாகும்.
+வாங்குபவரும் விற்பவரும் ஒரு விலையில் உடன்பாடு காணவில்லை என்றால், ஒரு முஸ்லிம் தனது சக முஸ்லிமை வர்த்தகத்தில் குறைத்து மதிப்பிடுவதாகக் கருதப்பட மாட்டார்.
+அல்லாஹ்வுக்காக வெறுப்பது ஹதீஸில் தடைசெய்யப்பட்ட வெறுப்பின் கீழ் வராது. மாறாக, அல்லாஹ்வுக்காக ஒன்றை வெறுப்பது ஒரு கடமை என்பதுடன் ஈமானின் உறுதியான முடிச்சுகளில் ஒன்றாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4706</t>
+  </si>
+  <si>
+    <t>لا تغضب</t>
   </si>
   <si>
     <t>'நீர் கோபப்படாதீர்'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>அபூ ஹுரைரா  ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் 'எனக்கு நல்லுபதேசம் செய்யுங்கள்' என ஒரு மனிதர் கூறினார். அதற்கு நபியவர்கள், 'நீர் கோபப்படாதீர்' என பதிலளித்தார்கள். அம்மனிதர் மீண்டும், மீண்டும் கேட்டார். நபியவர்கள்; 'நீர் கோபப்படாதீர்' என்றே கூறினார்கள்.</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>நபித்தோழர்களில் ஒருவர் அவரின் இம்மை மறுமைக்கு பயனளிக்கும் ஒரு விடயத்தை காட்டித்தருமாறு நபியவர்களிடம் வேண்டினார். அதற்கு நபியவர்கள் கோபம் கொள்ள வேண்டாம் என அறிவுரைக் கூறி கட்டளை பிரப்பித்தாரகள். இதன் கருத்து, கோபத்தை தூண்டக் கூடிய காரணிகளை தவிர்ந்திருத்தல், கோபம் ஏற்பட்டால் மனதை  அடக்கி அடக்கமாக இருத்தல், கோபத்தின் காரணமாக அத்துமீறி கொலை அல்லது தாக்குதல் அல்லது ஏசுதல் போன்ற விடயங்களில் ஈடுபடாமல் இருத்தல் போன்றவற்றை குறிக்கும்.
 நபியவர்களிடம் வந்த மனிதர் பல தடவைகள் தனக்கு உபதேசம் செயயுமாறு வேண்டிக்ககொண்டாலும்; நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் 'கோபம் கொள்ளாதீர்' என்ற வார்த்தையை தவிர மேலதிகமாக எதனையும் கூறவில்லை.</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>கோபம் கொள்வது மற்றும் அதன் காரணிகளை விட்டும் எச்சரிக்கப்பட்டிருத்தல். ஏனெனில் அதுதான் அனைத்து கெடுதிகளுக்கும் மூலமாகும். அதிலிருந்து தவிர்ந்து கொள்வதே அனைத்து நலவுகளுக்குமான அடிப்படையாகும்.
 அல்லாஹ்வுக்காக கோபம் கொள்ளுதல் என்பது கோபத்தில் விரும்பத்தக்க கோபமாகும்.அல்லாஹ்வுடைய புனிதங்கள்-தடைகள்- மீறப்படும்போது கோபம் கொள்ளுதல் இதற்கான உதாரணமாகும்.
 செவிமடுப்பவர் புரிந்துகொள்ளவும் அதன் முக்கியத்துவத்தையும் தெரிந்து கொள்ளவும் தேவை –அவசியம் கருதி ஒரு விடயத்தை பல தடவைகள் கூறுதல்.
 அறிஞரிடம் அறிவுரை கோருவதன் சிறப்பு இந்த ஹதீஸில் சுட்டிக்காட்டப்பட்டுள்ளமை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4709</t>
   </si>
   <si>
-    <t>لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ</t>
+    <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>'தீங்கிழைக்கவும் கூடாது. தீங்கிற்குப் பழி வாங்கவும் கூடாது. யார் பிறருக்கு தீங்கிழைக்கிறானோ அவனுக்கு அல்லாஹ் மிகப்பெரும் தண்டனையை வழங்குவான். யார் எவ்வித நியாயமுமின்றி பிறறை சிரமப்படுத்துகிறானோ அவனுக்கு அல்லாஹ் சிரமத்தை அளிக்கிறான் '</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>நபி  ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஸஈத் அல்குத்ரீ (ரலி) அவர்கள் அறிவிக்கிறார்கள்: 'தீங்கிழைக்கவும் கூடாது. தீங்கிற்குப் பழி வாங்கவும் கூடாது. யார் பிறருக்கு தீங்கிழைக்கிறானோ அவனுக்கு அல்லாஹ் மிகப்பெரும் தண்டனையை வழங்குவான். யார் எவ்வித நியாயமுமின்றி பிறறை சிரமப்படுத்துகிறானோ அவனுக்கு அல்லாஹ் சிரமத்தை அளிக்கிறான் '.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
     <t>தனக்கோ பிறருக்கோ ஏற்படுகின்ற எல்லா வகையான தீங்குகளையும் அதன் வெளிப்பாடுகளையும் தடுப்பது கடமையாகும் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவுபடுத்துகிறார்கள்.தனக்கோ பிறருக்கோ தீங்கை ஏற்படுத்துவதும் கூடாது.
 அத்துடன் தீங்கை இன்னொரு தீங்கினால் எதிர்கொள்வதும் கூடாது. காரணம் தீங்கிழைத்தல் என்பது அதே மாதிரியான ஒன்றினால் நீங்கிவிடாது. ஆனால் அத்துமீறாது பலிக்குப்பலி தண்டனை வழங்குதல் அனுமதிக்கப்பட்டதாகும்.
 மக்களுக்கு தீங்கை ஏற்படுத்துவதினால் ஏற்படும் தீங்கிற்கான எச்சரிக்கையையும், மக்களுக்கு சிரமத்தை –கஷ்டத்தை- ஏற்படுத்துபவருக்கு கிடைக்கின்ற சிரமத்தையும் பற்றிய எச்சரிக்கையையும் இங்கு நபி  ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவு படுத்தினார்கள் .</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>செய்த தீங்கை விட அதிகமாகப் பழிதீர்ப்பது தடுக்கப்பட்டிருத்தல்.
 தீங்கை ஏற்படுத்தக் கூடிய எதனையும் அல்லாஹ் தனது அடியார்களுக்கு  கட்டளையிடவில்லை.
 தனக்கோ,பிறருக்கோ வார்த்தை, செயல், செய்யாமல் விட்டுவிடுவதல் போன்றன மூலம் தீங்கிழைப்பது தடுக்கப்பட்டிருத்தல்.
 செயலின் அளவுக்கேட்பவே கூலி கிடைக்கும். எனவே யார் தீங்கிழைத்துக் கொள்கிறாரோ அல்லாஹ் அவனை தண்டிக்கிறான். யார் சிரமப்படுத்திக்கொள்கிறாரோ அவருக்கு சிரமத்தைக் கொடுக்கிறான்.
 'அல்லரரு யுஸாலு' (தீங்கு நீக்கப்படவேண்டும்) என்பது மார்க்க சட்டவாக்க விதிகளில் ஒன்றாகும், எனவே இஸ்லாமிய மார்க்கமானது தனக்கோ பிறருக்கோ தீங்கிழைப்பதை அங்கீகரிக்காது. அதனை வன்மையாக கண்டிக்கிறது.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[அதன் ஆதாரங்களின் பிரகாரம் ஸஹீஹானது-சரியானது]</t>
   </si>
   <si>
     <t>[இதனை அத்தாரகுத்தனீ பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4711</t>
   </si>
   <si>
-    <t>لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا</t>
+    <t>لا يزال لسانك رطبا من ذكر الله</t>
+  </si>
+  <si>
+    <t>உனது நாவு எப்போதும் அல்லாஹ்வின் திக்ரினால் ஈரமடைந்து இருக்கட்டும்</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
+  </si>
+  <si>
+    <t>அப்துல்லாஹ் இப்னு புஸ்ர் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : ஒரு மனிதர், 'அல்லாஹ்வுடைய தூதரே! இஸ்லாத்தின் சட்டத்திட்டதிட்டங்கள் எனக்கு அதிகமாக உள்ளன. நான் தொடர்ந்து பேணி வரமுடியுமான ஒரு விடயத்தை எனக்குக் கூறுங்கள்' என்று கேட்டபோது நபியவர்கள் இவ்வாறு கூறினார்கள் : உனது நாவு எப்போதும் அல்லாஹ்வின் திக்ரினால் ஈரமடைந்து இருக்கட்டும்.</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>ஒரு மனிதர் நபியவர்களிடம் வந்து, உபரியான வணக்கங்கள் அவரைப் பொறுத்தவரை அதிகமாக இருப்பதாகவும், தான் பலவீனமாக உள்ளதால் அவற்றை நிறைவேற்ற முடியாமல் இருப்பதாகவும் முறைப்பட்டுவிட்டு, தன்னால் தொடர்ந்து கடைப்பிடிக்கமுடியுமான, அதிகமான நன்மைகளைப் பெற்றுத் தரும் இலகுவான ஒரு அமலைக் காட்டித் தருமாறு கேட்டுக் கொண்டார்கள்.
+அப்போது நபியவர்கள், எல்லா நிலைகளிலும் தஸ்பீஹ், தஹ்மீத், இஸ்திக்பார், துஆ போன்றவற்றின் மூலம் எந்நேரமும் அல்லாஹ்வை நினைவுகூர்வதில் திளைத்திருக்கக் கூடியதாக அவரது நாவு இருக்கட்டும் என்று வழிகாட்டினார்கள்.</t>
+  </si>
+  <si>
+    <t>فضل المداومة على ذكر الله تعالى.
+من عظيم فضل الله تيسير أسباب الأجر.
+تفاضل العباد في نصيبهم من أبواب البر والخير.
+كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
+مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
+  </si>
+  <si>
+    <t>எப்போதும் அல்லாஹ்வை நினைகூர்ந்துகொண்டிருப்பதன் சிறப்பு.
+நன்மைக்கான காரணிகளை இலகுபடுத்தியுள்ளமை அல்லாஹ்வின் பேருபகாரங்களில் ஒன்றாகும்.
+நன்மை மற்றும் சிறப்பிற்கான வாயில்களில் அடியார்கள் வெவ்வேறான பங்குகளைக் கொண்டுள்ளனர்.
+உளப்பூர்வமாக, தஸ்பீஹ், தஹ்மீத், தஹ்லீல், தக்பீர் போன்றவற்றின் ஊடாக நாவினால் அல்லாஹ்வை அதிகம் திக்ர் செய்வது, பல உபரியான வணக்கங்களுக்கு நிகராக இருக்கும்.
+கேள்வி கேட்பவர்களின் நிலைகளைக் கவனித்து, ஒவ்வொருவருக்கும் பொருத்தமான பதிலை நபியவர்கள் வழங்கியுள்ளமை.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4716</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>'தான் விரும்புவதை தனது சகோதரனுக்கு விரும்பாத வரையில் உங்களில் எவரும் ஈமான் கொண்டவாரக ஆகமாட்டார்'</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'தான் விரும்புவதை தனது சகோதரனுக்கு விரும்பாத வரையில் உங்களில் எவரும் ஈமான் கொண்டவாரக ஆகமாட்டார்'.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
+  </si>
+  <si>
+    <t>மார்க்க மற்றும் உலக விவகாரங்கள் அனைத்திலும் தனக்கு விரும்புவதை தனது சகோதர முஸ்லிம்களுக்கு விரும்பி தான் வெறுப்பதை தனது சகோதர முஸ்லிம்களுக்கு வெறுக்காத வரையில் யாரும் முழுமையான இறைநம்பிக்கையை அடைந்து கொள்ளமாட்டார் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் தெளிவு படுத்துகிறார்கள். எனவே  மார்க்க விடயங்களில் தனது சகோதரரிடம் ஒரு குறையை கண்டால் அதனை திருத்துவதற்கு –சீர்செய்ய- அவர் முயற்சி செய்வார். அதே போன்று அவரில் நன்மையான விடயங்களை கண்டால் அவரை நெறிப்படுத்தி அதற்கு உதவிசெய்வதோடு மார்க்க மற்றும் உலக விவகாரங்களில் அவருக்கு அறிவுரை வழங்குவார்.</t>
+  </si>
+  <si>
+    <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
+الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
+تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
+استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
+قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
+  </si>
+  <si>
+    <t>தனக்கு விரும்புவதை தனது சகோதரனுக்காகவும் விரும்புவது கடமையாகும் -வாஜிபாகும்-. காரணம் அவ்வாறு விரும்பாத ஒருவருக்கு ஈமான் கிடையாது என்று குறிப்பிடப்பட்டிருப்பது இப்பண்பானது ஒவ்வொரு முஸ்லிமிடத்திலும் கட்டாயம் இருக்க வேண்டிய ஒரு விடயம் என்பதை இந்த ஹதீஸ் சுட்டிக்காட்டுகிறது.
+மார்க்க ரீதியான சகோதரத்துவ உறவானது  சாதாரண உறவு முறையை விட உயர்ந்தது. எனவே அதன் உரிமை நிறைவேற்றப்படுவதற்கு மிகவும் தகுதியானது.
+இந்த நேசத்திற்கு முரணாக அமையும் மோசடி, புறம், பொறாமை மற்றும் முஸ்லிமின் உயிர் அல்லது செல்வம் அல்லது மானம் ஆகியவற்றிற்கு எதிரான அத்துமீறல் போன்ற அனைத்து சொல் மற்றும் செயல் சார்ந்த விடயங்கள் அனைத்தும் தடுக்கப்பட்டிருத்தல்.
+ஒரு செயலை ஊக்கப்படுத்துவதற்காக சில சொற்களை பாவித்துள்ளமை அவற்றுள்; ' தனது சகோதரனுக்கு' என்ற வார்த்தை இந்த ஹதீஸில் பயன்படுத்தப்பட்டுள்ளமை.
+கிர்மானீ ரஹிமஹுல்லா அவர்கள் குறிப்பிடுகையில் : மேலும், தான் வெறுக்கின்ற தீங்கை தனது சகோதரனுக்கும் வெறுப்பதும் ஈமான் சார்ந்த விடயங்களில ஒன்றாகும் என்கிறார். இங்கு இது தெளிவாகக் குறிப்பிடப்படவில்லை. ஆனாலும் ஒன்றை விரும்புதல் என்பதின் எதிர் கருத்து அதற்கு மாற்றமான ஒன்றை விரும்பாமல் இருப்பது என்பது அந்த வாசகத்தில் உள்ளடங்கியிருப்பதால் அதனைக் குறித்து குறிப்பிடுவதை நபியவர்கள் தவிர்த்துள்ளார்கள்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4717</t>
+  </si>
+  <si>
+    <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>'நீங்கள் உங்களின் விடயங்ளை அல்லாஹ்வின் மீது உண்மையாகவே பொறுப்புச் சாட்டினால் பறவைகளுக்கு உணவளிப்பதைப் போன்று உங்களுக்கும் உணவளிப்பான். அவை அதிகாலையில் வெறும் வயிற்றுடன் சென்று மாலையில் நிரம்பிய வயிற்றுடன் திரும்புகின்றன'</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதைத் தான் கேட்டதாக உமர் இப்னுல் கத்தாப் ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள் : 'நீங்கள் உங்களின் விடயங்ளை அல்லாஹ்வின் மீது உண்மையாகவே பொறுப்புச் சாட்டினால் பறவைகளுக்கு உணவளிப்பதைப் போன்று உங்களுக்கும் உணவளிப்பான். அவை அதிகாலையில் வெறும் வயிற்றுடன் சென்று மாலையில் நிரம்பிய வயிற்றுடன் திரும்புகின்றன'.</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>உலகியல் மற்றும் மார்க்கம் சம்பந்தமான விவகாரங்களில் நன்மைகளைப் பெற்றுக்கொள்வதிலும், கெடுதிகளைத் தவிர்த்துக் கொள்வதிலும்  அல்லாஹ்விடமே நாம் பொறுப்புச் சாட்ட வேண்டும் என நபி ஸல்லல்லாஹு அலைஹிவ வஸல்லம் அவர்கள்  இந்த நபி மொழியினூடாக எம்மைத் தூண்டுகிறார்கள். ஏனெனில் எமக்கு ஏதும் கிடைப்பதும் கிடைக்காமல் நலுவிச் செல்வதும், நலவோ, கெடுதியோ ஏற்படுவதும் அனைத்தும் அல்லாஹ் ஒருவனிடமிருந்து மாத்திரம் தான் என்பதை நாம் புரிந்து கொள்வது அவசியம். அல்லாஹ்வில் முழுமையாகச் சார்ந்திருந்து நலவுகளைப் பெற்றுக்கொள்ளவும், கெடுதிகளைத் தடுப்பதற்குரிய காரணிகளை-வழிமுறைகளை- நாம் செய்வது அவசியமாகும். இவ்வாறு நாம் செய்யும் போது காலையில் வெறும் வயிற்றுடன் சென்று, மாலையில் நிரம்பிய வயிற்றுடன் திரும்பும் பறவைகளுக்கு உணவளிப்பதைப் போன்று அல்லாஹ் உணவளிப்பான். பறவைகளின் இந்த செயற்பாடானது  உணவைத் தேடுவதில் பிறரில் தங்கியிருக்காது, சோம்பல் கொள்ளாது முயற்சிசெய்தல், உழைத்தல்  எனும் வழிமுறைகளில் ஒன்றாக உள்ளது. இந்த வழிமுறையையே மனிதனும் கடைப்பிடிக்க வேண்டும்.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>தவக்குலின் சிறப்பு இங்கு சுட்டிக்காட்டப்பட்டிருத்தல், வாழ்வாதாரத்தை பெற்றுக்கொள்வதில் பிரதான காரணிகளில் இதுவும் ஒன்றாகும்.
 தவக்குல்-அல்லாஹ்வில் முழுமையாக நம்பிக்கை வைத்து பொறுப்புச்சாட்டுவதானது- காரணிகளை-தேவையான நடவடிக்கைகளை மேற்கொள்வதுடன்  ஒரு போதும் முரண்படமாட்டாது, ஏனெனில் உண்மையான தவக்குல் காலை, மாலையில் வாழ்வாதாரத்தை  தேடிச்செல்வதற்கு முரண்பட மாட்டாது என்பதை இந்நபிமொழி தெளிவாகக் குறிப்பிடுகிறது.
 தவக்குலும் உள்ளம் சார்ந்த அமலாக இருப்பதால்உள்ளம் சார்ந்த அமல்களுக்கு ஷரீஆ –மார்க்கம்- முக்கியத்துவம் அளித்துள்ளதை காண முடிகிறது.
 அல்லாஹ்வின் மீது பொறுப்புக்களை ஒப்படைக்காது வெறுமனே காரணிகளில் -வழிமுறைகளில் மாத்திரம் தங்கியிருப்பது மார்க்க ரீதியாக அவனில் காணப்படும் ஒரு குறையாகும் . அதே போன்று காரணிகள்  எதையும் செய்யாது விட்டுவது பகுத்தறிவில்-புத்தியில்-  உள்ள ஒரு கோளாராகும்.</t>
   </si>
   <si>
-    <t>رواه الترمذي وابن ماجه وأحمد</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4721</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، ولكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>' (பிரதிவாதியை விசாரிக்காமல் ) மக்களின் வாதத்திறமையின்  அடிப்படையில் அவர்கள் கோருவதெல்லாம் வழங்கப்பட்டால், மக்களில் பலர்;  ஏனைய மனிதர்களின் உயிர்க்ளுக்கும் உடமைகளுக்கு உரிமை கோரத் தொடங்குவார்கள். எனவே உரிமை கொண்டாடும் வாதி அதற்கான ஆதாரங்களை முன்வைக்க வேண்டும், அதனை மறுப்பவர் -பிரதிவாதி- சத்தியம் செய்ய வேண்டும்.'</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா  அவர்கள் கூறினார்கள் : ' (பிரதிவாதியை விசாரிக்காமல் ) மக்களின் வாதத்திறமையின்  அடிப்படையில் அவர்கள் கோருவதெல்லாம் வழங்கப்பட்டால், மக்களில் பலர்;  ஏனைய மனிதர்களின் உயிர்க்ளுக்கும் உடமைகளுக்கு உரிமை கோரத் தொடங்குவார்கள். எனவே உரிமை கொண்டாடும் வாதி அதற்கான ஆதாரங்களை முன்வைக்க வேண்டும், அதனை மறுப்பவர் -பிரதிவாதி- சத்தியம் செய்ய வேண்டும்.'</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
+  </si>
+  <si>
+    <t>எவ்வித ஆதாரமோ, தகுந்த சாட்சியங்களோ இல்லாது தங்களது வாதத்தின் அடிப்படையில் வழக்காடும் ஒருவருக்கு அவரால் கோரப்படுபவை வழங்கப்படும் என்றிருந்தால் சிலர் மக்களின் உடமைகளையும், அவர்களின் உயிரையும் கூட உரிமை கோரத் தொடங்குவார்கள் என்று நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். ஆகவே, வாதி தனது கூற்றுக்கான ஆதாரங்களை முன்வைக்க வேண்டும். அவரிடம் ஆதாரம் இல்லையென்றால், அந்தக் கோரிக்கை பிரதிவாதியின் முன் வைக்கப்படும். அவர் மறுத்தால், அவர் சத்தியம் செய்ய வேண்டியிருக்கும். அதன் பிறகு அவர் குற்றமற்றவர் என்று அறிவிக்கப்படுவார்.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
+الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
+القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
+كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
+  </si>
+  <si>
+    <t>இப்னு தகீக் அல்-ஈத் கூறுகிறார் : சர்ச்சை மற்றும் மோதலின் போது பின்பற்ற வேண்டிய மிகப்பெறும் அடிப்படையொன்றையும் சட்டத் தீர்புகளின் அடிப்படை பற்றி பேசக்கூடியதுமான ஒரு பிரதான ஹதீஸாகும்.
+மோசடி செய்தல் மற்றும் சூழ்சி செய்தல் ஆகியவற்றிலிருந்து மக்களின் உயிர்களையும் உடமைகளையும் பாதுகாக்கவே இஸ்லாமிய ஷரீஆ வந்துள்ளது.
+நீதிபதி தனது அறிவின் படி தீர்ப்பளிக்காமல் ஆதாரங்களை அவதானிப்பதன் மூலமே தீர்ப்பளிக்க வேண்டும்
+உரிமைகள் மற்றும் வியாபார பரிவர்த்தனைகள் தொடர்பானதாக இருந்தாலும் சரி அல்லது ஈமான் மற்றும் அறிவு தொடர்பானதாக இருந்தாலும் சரி ஆதாரம் இல்லாமல் யாராவது உரிமை கோரினால் அது நிராகரிக்கப்படும்</t>
+  </si>
+  <si>
+    <t>رواه البيهقي</t>
+  </si>
+  <si>
+    <t>[இதனை அல்பைஹகீ அறிவத்திருக்காறார்]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4722</t>
+  </si>
+  <si>
+    <t>ما ملأ آدمي وعاء شرا من بطن، بحسب ابن آدم أكلات يقمن صلبه، فإن كان لا محالة، فثلث لطعامه، وثلث لشرابه، وثلث لنفسه</t>
+  </si>
+  <si>
+    <t>'ஆதமுடைய மகன்  நிரப்பக் கூடிய பைகளில் மிகவும் கெட்டது அவனின் வயிறாகும். ஆதமுடைய மகனுக்கு தனது முதுகெலும்பை நிமிர்த்திக் கொள்ளும் அளவு உணவே போதுமானது. அதுவும் அவனுக்கு போதாது என்றால் தன் வயிற்றில் மூன்றில் ஒரு பகுதியை உணவுக்கும் மற்றொரு பகுதியை தண்ணீருக்கும் மற்றொரு பகுதியை அவன் சீராக மூச்சு விடுவதற்கும் ஆக்கிக் கொள்ளட்டும்'</t>
+  </si>
+  <si>
+    <t>عَنْ المِقْدَامِ بْنِ مَعْدِي كَرِبَ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مَلأَ آدَمِيٌّ وِعَاءً شَرًّا مِنْ بَطْنٍ، بِحَسْبِ ابْنِ آدَمَ أَكَلاَتٌ يُقِمْنَ صُلْبَهُ، فَإِنْ كَانَ لَا مَحَالَةَ، فَثُلُثٌ لِطَعَامِهِ، وَثُلُثٌ لِشَرَابِهِ، وَثُلُثٌ لِنَفَسِهِ».</t>
+  </si>
+  <si>
+    <t>மிக்தாம் இப்னு மஃதீ கரிப் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூற நான் கேட்டுள்ளேன் : 'ஆதமுடைய மகன்  நிரப்பக் கூடிய பைகளில் மிகவும் கெட்டது அவனின் வயிறாகும். ஆதமுடைய மகனுக்கு தனது முதுகெலும்பை நிமிர்த்திக் கொள்ளும் அளவு உணவே போதுமானது. அதுவும் அவனுக்கு போதாது என்றால் தன் வயிற்றில் மூன்றில் ஒரு பகுதியை உணவுக்கும் மற்றொரு பகுதியை தண்ணீருக்கும் மற்றொரு பகுதியை அவன் சீராக மூச்சு விடுவதற்கும் ஆக்கிக் கொள்ளட்டும்'.</t>
+  </si>
+  <si>
+    <t>يرشدنا النبي الكريم صلى الله عليه وسلم إلى أصل من أصول الطب، وهي الوقاية التي يقي بها الإنسان صحته، وهي التقليل من الأكل، بل يأكل بقدر ما يسد رمقه ويقويه على أعماله اللازمة، وإن شر وعاء مُلئ هو البطن لما ينتج عن الشبع من الأمراض الفتاكة التي لا تحصى عاجلًا أو آجلًا باطنًا أو ظاهرًا.
+ثم إن الرسول صلى الله عليه وسلم قال: إذا كان الإنسان لابد له من الشبع، فليجعل الأكل بمقدار الثلث، والثلث الآخر للشرب، والثلث للنفس حتى لا يحصل عليه ضيق وضرر، وكسل عن تأدية ما أوجب الله عليه في أمر دينه أو دنياه.</t>
+  </si>
+  <si>
+    <t>மனிதன் தனது ஆரோக்கியத்தைப் பேணுவதற்கு உட்கொள்ளும் உணவின் அளவைக் குறைத்துக் கொள்ளல் ஒரு முன்னெச்சரிக்கை நடவடிக்கையாகும். மருத்துவ அடிப்படைகளுள் ஒன்றாக கருதப்படும் இவ்விடயம் குறித்து  எம்மை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  வழிப்பபடுத்துகிறார்கள். ஒருவர் உயிருடன் இருக்கவும், தனது அத்தியாவசியப் பணிகளைச் செய்யவதற்கு வலிமை பெறுவதற்கு போதுமான அளவு மட்டுமே சாப்பிடுதல் வேண்டும். நிரப்பப்படும் பாத்திரங்களில் மிகவும் ஆபத்தானது வயிறாகும், வயிறு நிறைய அளவுக்கு மீறி சாப்பிடுவதன் விளைவாக எண்ணற்ற கொடிய நோய்கள் தோன்றும். அந்த நோய்கள் விரைவிலோ காலம் தாழ்த்தியோ, உட்புறமாகவோ அல்லது வெளிப்புறமாகவோ ஏற்பட வாய்ப்புண்டு. ஒருவர் தனது வயிற்றை நிரப்ப வேண்டும் என்றால், அவர் இரைப்பையை  மூன்றாகப் பிரித்து, மூன்றில் ஒரு பகுதியை உணவுக்கும், இன்னொரு பகுதியை பானத்திற்கும், இன்னொரு பகுதியை சுவாசிக்கவும் வைத்துக்கொள்ளல் வேண்டும். காரணம் அவருக்கு நெருக்கடி மற்றும் ஆபத்து ஏற்படாமலிருக்கவும் அல்லாஹ் அவருக்கு கடமையாக்கியுள்ள மார்க்க மற்றும் உலக விவகாரங்களில்  உள்ள கடமைகளை  சோம்பலின்றி நிறைவேற்றுவதற்குமாகும்.</t>
+  </si>
+  <si>
+    <t>عدم التوسع في الأكل والشرب، وهذا أصل جامع لأصول الطب كلها، لما في كثرة الشبع من الأمراض والأسقام.
+الغاية من الأكل، هي حفظ الصحة والقوة وبهما سلامة الحياة.
+لملء البطن من الطعام أضرار بدنية ودينية، قال عمر رضي الله عنه: «إياكم والبطنة، فإنها مفسدة للجسم ومكسلة عن الصلاة».
+الأكل من حيث الحكم على أقسام: واجب، وهو ما به تُحفظ الحياة ويؤدي تركه إلى ضرر. جائز، وهو ما زاد على القدر الواجب ولا يُخشى ضرره. مكروه، وهو ما يُخشى ضرره. محرم، وهو ما يُعلم ضرره. ومستحب، وهو ما يُستعان به على عبادة الله وطاعته، وقد أجمل ذلك في الحديث في ثلاث مراتب: أولها: ملء البطن. ثانيها: أكلات أو لقيمات يقمن صلبه. ثالثها: قوله: «ثلث لطعامه وثلث لشرابه وثلث لنفسه» وهذا كله إذا كان جنس المأكول حلالًا.
+الحديث قاعدة من قواعد الطب، وحيث إن علم الطب مداره على ثلاثة أصول: حفظ القوة والحمية والاستفراغ، فقد اشتمل الحديث على الأولين منها، كما في قوله تعالى : (وَكُلُوا وَاشْرَبُوا وَلَا تُسْرِفُوا إِنَّهُ لَا يُحِبُّ الْمُسْرِفِينَ) [الأعراف: 31].
+كمال هذه الشريعة حيث اشتملت على مصالح الإنسان في دينه ودنياه.
+من علوم الشريعة أصولُ الطب وأنواع منه، كما جاء في العسل والحبة السوداء.
+اشتمال أحكام الشريعة على الحكمة، وأنها مبنية على درء المفاسد وجلب المصالح.</t>
+  </si>
+  <si>
+    <t>உன்னுதல் பருகுவதில் எல்லை மீறிச் செல்லாதிருத்தல். இது மருத்துவத்தின் அடிப்டைகளில் பிரதான அடிப்டையாகும். ஏனெனில் மிதமிஞ்சிய உணவுப்பழக்கம் கொடிய நோய்களை ஏற்படுத்தும்.
+உண்பதின் நோக்கம் உடல் ஆரோக்கியத்தையும், வலிமையையும் பாதுகாப்பதாகும். இதில்தான் வாழ்க்கையின் சீர்மை தங்கியுள்ளது.
+வயிறு புடைக்க(நிறைய) உண்பதில் உடல்ரீதியானதும் மார்க்கரீதியானதுமான பாதிப்புகள் உண்டு. உமர் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் :  வயிறு நிறைய சாப்பிடுவதை விட்டும் உங்களை நான் எச்சரிக்கிறேன். ஏனென்றால் அது உடலுக்கு கேடையும், தொழுகையில் சோம்பலையும் ஏற்படுத்தும்.
+உண்பதை பொறுத்தவரை சட்டரீதியாக கட்டாயமானது,(வாஜிப்) அனுமதியளிக்கப்பட்டது (ஜாஇஸ்),  (மக்ரூஹ்) வெறுக்கத்தக்கது 'ஹராம்'; தடைசெய்யப்பட்டது முஸ்தஹப் விரும்பத்தக்கது என ஐந்தாக வகுக்க முடியும். உயிரைப் பாதுகாக்கும் நிலையில் அமைந்தவை அதாவது உண்ணுவதை தவிர்த்தால் உயிராபத்து ஏற்படும் என்ற நிலை காணப்படுமாயின் அவ்வேளை உண்பது கட்டாயமாகும். தேவையான அளவை விட சிறிது அதிகமாக உண்பது இதனால் எவ்வித பாதிப்பும் ஏற்படாது என்பதால் இது அனுமதிக்கப்பட்டது. தேவைக்கு மேலதிகமாக உண்பதால் பாதிப்பு ஏற்படும் என பயப்படத்தக்க நிலையில் உள்ளவை இது மக்ரூஹ் ஆகும். உண்பதால் தெளிவாக பாதிப்பு ஏற்படும் என்றிருந்தால் அது ஹராமாகும். அல்லாஹ்வை வணங்கி வழிபடுவதற்கு தேவையான அளவு உண்ணுதல் முஸ்தஹப்பாகும். இதனையே ஹதீஸில் சுருக்கமாக முன்று படித்தரங்களாக குறிப்பிடப்பட்டுள்ளது. முதலாவது. வயிறு நிறை உண்ணுதல். இரண்டாது : தனது முதுகெழும்பை நிமிர்த்துகொள்ளும் அளவுக்குத்  தேவையான சில கவலங்களை உண்ணுதல் மூன்றாவது : வயிற்றை மூன்றாக பிரித்து உணவுக்கும் தண்ணீருக்கும் சுவாசிக்கவும் ஒவ்வொரு பகுதியை ஏற்படுத்திக்கொள்ளுதல். இவை அனைத்திற்கும்  உண்ணும் உணவு ஹலாலாக இருப்பது அவசியம்.
+இந்த ஹதீஸ் மருத்துவத்துறை சார்ந்த பிரதான அடிப்படை ஒன்றை உள்ளடக்கியுள்ளது.
+மருத்துவ அறிவியலானது மூன்று பிரதான அடிப்படைகளைக் கொண்டுள்ளது அவையாவன:  உடல்திரனை பாதுகாத்தல், உணவுமுறை கட்டுப்பாடு, மற்றும் கழிவுவெளியேற்றம் ஆகியவைகளாகும். ஹதீஸ் அவற்றில் முதல் இரண்டையும் உள்ளடக்கியது, இது குறித்த அல்லாஹ்வின் கூற்று பின்வருமாறு: 'மேலும் உண்ணுங்கள், பருகுங்கள், ஆனால் வீண்விரயம் செய்யாதீர்கள். நிச்சயமாக, அவன்  வீண்விரயம் செய்வோரை விரும்புவதில்லை.' (அல்-அஃராப்: 31)
+மனிதனின் மார்க்க மற்றும் உலக நலன்களை இஸ்லாமிய ஷரீஆ உள்ளடக்கியிருப்பதால் அதன் முழுமைத்துவம் எடுத்துக்காட்டப்பட்டிருத்தல்.
+ஷரிஆ கலைகளுள்; மருத்துவக் கொள்கைகளும் அதன் பல்வேறு வகைகளும் ஒன்றாகும், அவை தேன் மற்றும் கருஞ்சீரகம் பற்றிய அத்தியாயத்தில் குறிப்பிடப்பட்டுள்ளன.
+ஷரியாவின் தீர்ப்புகள் யாவும் உயர் இலக்குகளையும் நுட்பங்களையும்; கொண்டிருப்பதோடு தீங்குகளைத் தடுப்பதையும் நலன்களை  அடைவதையும் அடிப்படையாகக் கொண்டவை.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد والترمذي والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4723</t>
   </si>
   <si>
     <t>مانهيتكم عنه فاجتنبوه، وما أمرتكم به فأْتُوا منه ما استطعتم، فإنما أَهلَكَ الذين من قبلكم كثرةُ مسائلهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>நான் உங்களுக்கு எதைத் தடை செய்திருக்கின்றேனோ அதனை முழுமையாகத் தவிர்ந்து கொள்ளுங்கள். நான் உங்களுக்கு எதை ஏவியுள்ளேனோ அதனை முடியுமானளவு செய்யுங்கள். அளவுக்கு அதிகமான கேள்விகளைக் கேட்டதும், தங்களுக்காக அனுப்பப்பட்ட இறைத்தூதர்களோடு ஒத்துப் போகாததுமே உங்களுக்கு முன்னால் இருந்தவர்களை அழிவுக்கு ஆட்படுத்தியது.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فأْتُوا منه ما استطعتم، فإنما أَهلَكَ الذين من قبلكم كثرةُ مسائلهم واختلافهم على أنبيائهم».</t>
   </si>
   <si>
     <t>நபி (ஸல்) அவர்கள் கூறியதாக அபூ ஹுரைரா(ரலி) கூறுகின்றார்கள் : "நான் உங்களுக்கு எதைத் தடை செய்திருக்கின்றேனோ அதனை முழுமையாகத் தவிர்ந்து கொள்ளுங்கள். நான் உங்களுக்கு எதை ஏவியுள்ளேனோ அதனை முடியுமானளவு செய்யுங்கள். அளவுக்கு அதிகமான கேள்விகளைக் கேட்டதும், தங்களுக்காக அனுப்பப்பட்ட இறைத்தூதர்களோடு ஒத்துப் போகாததுமே உங்களுக்கு முன்னால் இருந்தவர்களை அழிவுக்கு ஆட்படுத்தியது".</t>
   </si>
   <si>
     <t>دلنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
 ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
   </si>
   <si>
     <t>நபி (ஸல்) அவர்கள் ஒன்றை விட்டும் எம்மைத் தடுத்தால் விதிவிலக்கின்றி முற்றாகத் தவிர்ந்து கொள்ள வேண்டும், ஒன்றை ஏவினால் முடியுமானளவு செய்ய வேண்டும் என்பதை இந்நபிமொழி எமக்கு அறிவிக்கின்றது. பின்னர் முன்னைய சில சமுதாயங்களைப் போன்று நாமும் ஆகிவிடுவதை எமக்கு எச்சரித்தார்கள். அவர்கள் அளவுக்கதிகமான கேள்விகளைக் கேட்டு, தமது நபிமார்களுடன் முரண்பட்டதால் பேரழிவின் மூலம் அல்லாஹ் அவர்களைத் தண்டித்தான். எனவே அவர்களைப் போன்று நாமும் ஆகிவிடக் கூடாது, நாமும் அவர்களைப் போன்றே அழிய நேரிடும்.</t>
   </si>
   <si>
     <t>الأمر بامتثال الأوامر، واجتناب النواهي.
 النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 المنهي عنه يشمل القليل والكثير، لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلاً: نهانا عن الرّبا فيشمل قليله وكثيره.
 ترك الأسباب المفضية إلى المحرم، لأن ذلك من معنى الاجتناب.
 الإنسان له استطاعة وقدرة، لقوله: "مَا استَطَعْتُمْ" فيكون فيه رد على الجبرية الذين يقولون: إن الإنسان لا استطاعة له، لأنه مجبر على عمله، حتى الإنسان إذا حرّك يده عند الكلام، فيقولون تحريك اليد ليس باستطاعته، بل مجبر، ولا ريب أن هذا قول باطل يترتب عليه مفاسد عظيمة.
 لا ينبغي للإنسان إذا سمع أمر الرسول -صلى الله عليه وسلم- أن يقول: هل هو واجب أم مستحبّ؟ لقوله: "فَأْتُوا مِنْهُ مَا استَطَعْتُمْ".
 ما أمر به النبي -صلى الله عليه وسلم- أو نهى عنه فإنه شريعة، سواء كان ذلك في القرآن أم لم يكن، فُيعمل بالسنة الزائدة على القرآن أمراً أو نهياً.
 كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل مسائل الغيب كأسماء الله وصفاته، وأحوال يوم القيامة، لاتكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.
 الأمم السابقة هلكوا بكثرة المسائل، وهلكوا بكثرة الاختلاف على أنبيائهم.</t>
   </si>
   <si>
     <t>ஏவல்களை எடுத்து நடத்தல், விலக்கல்களைத் தவிர்ந்து கொள்ளல்.
 இங்கு தடுக்கப்பட்ட எதிலும் செய்வதற்குச் சலுகை வழங்கப்பட வில்லை, ஏவல் சக்தி பெறுவதுடன் பிணைக்கப்பட்டுள்ளது. ஏனெனில் ஒன்றை விடுவது முடியுமான விடயமாகும், ஏவப்பட்ட ஒன்றை செய்வதற்குத் தான் மேலதிக ஆற்றல் அவசியமாகின்றது.
 அளவுக்கதிமான கேள்வியின் மீதான தடையை அறிஞர்கள் இரு வகைப்படுத்தியுள்ளனர். 1. மார்க்க விடயங்களைக் கற்றல் தொடர்பான கேள்விகள். இது ஏவப்பட்ட ஒன்றாகும், நபித்தோழர்களின் கேள்விகள் இவ்வகையையே சார்ந்தது. 2. எல்லை மீறி, சிரமப்படுத்திக் கொள்ளும் வகையில் அமையும் கேள்விகள். இதுவே தடுக்கப்பட்டதாகும்.
 முன்சென்ற சமூகங்களைப் போன்று தமது நபிக்கு மாறுசெய்வதை விட்டும் இச்சமூகத்தை எச்சரிக்கின்றது.
 தடை செய்யப்பட்டவை சிறிதளவு, அதிகளவு அனைத்தையும் உள்ளடக்குகின்றது. ஏனெனில் தவிர்ந்து கொள்ளும் போது அதில் சிறிதளவு, அதிகளவு அனைத்தையும் தவிர்ந்து கொள்வதன் மூலம்தான் சாத்தியமாகும். உதாரணமாக வட்டியை இஸ்லாம் தடுத்துள்ளது. அதில் சிறிதளவு, அதிகளவு அனைத்தையும் இத்தடை உள்ளடக்குகின்றது.
 ஹராத்திற்கு இட்டுச் செல்லும் காரணிகளை விடுவதும் அதனைத் தவிர்ந்து கொள்வதில் அடங்கும்.
 உங்களுக்கு முடியுமானளவு எனும் வார்த்தையினூடாக மனிதனுக்கும் சக்தி, ஆற்றல் போன்றன உள்ளன என்பதைப் புரிந்து கொள்ளலாம். மனிதனுக்கு எவ்வித சக்தியும் இல்லை, அவன் தனது செயல்களில் அல்லாஹ்வால் நிர்ப்பந்திக்கப்பட்டவன், மனிதன் பேசும் போது தனது கையை அசைப்பது கூட அவனுடைய சுய சக்தியிலல்ல, நிர்ப்பந்திக்கப்படுகின்றான் என்ற கொள்கையுடைய ஜபரிய்யாக்கள் எனும் வழிகெட்ட பிரிவினருக்கு இந்த நபிமொழியில் மறுப்புள்ளது. இது பாரிய தீய விளைவுகள் ஏற்படக்கூடிய தவறான கருத்து என்பதில் ஐயமில்லை.
 நபி (ஸல்) அவர்களின் ஏவலைச் செவிமடுக்கும் ஒருவர் அது கடமையா, ஸுன்னத்தா எனக் கேட்பது அநாவிசயாமானதாகும், ஏனெனில் நபியவர்கள் உங்களால் முடியுமன அளவு செய்யுங்கள் எனக் கூறியுள்ளார்கள்.
 நபி (ஸல்) அவர்கள் ஏவியதும், தடுத்ததும் மார்க்கமாகும், அது அல்குர்ஆனில் இடம்பெற்றாலும், இல்லாவிட்டாலும் சரியே. எனவே குர்ஆனை விட மேலதிகமாக ஸுன்னாவில் உள்ள ஏவல், விலக்கல்களையும் கடைபிடிக்கப்பட வேண்டும்.
 அளவுக்கதிமான கேள்விகள், குறிப்பாக அல்லாஹ்வின் பெயர், பண்புகளின் யதார்த்தம், மறுமை நிகழ்வுகள் போன்ற மனித அறிவால் எட்ட முடியாத மறைவான விடயங்களைப் பற்றி அதிக கேள்விகள் கேட்கக் கூடாது, அவ்வாறு கேட்கும் பட்சத்தில் எல்லைமீறியவராக ஆகிவிடலாம்.
 அளவுக்கதிகமான கேள்விகள், தமது நபிமார்களுடன் முரண்பட்டுக் கொண்டதே முன்னைய சமுதாயங்கள் அழியக் காரணமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4725</t>
   </si>
   <si>
-    <t>مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ</t>
+    <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>'யார் எம்முடைய இந்த மார்க்கத்தில் இல்லாத புதிய விடயம் ஒன்றை உருவாக்குகிறாரோ அது நிராகரிக்கத்தக்கதாகும்'</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஆஇஷா ரழியல்லாஹு அன்ஹா கூறுகின்றார்கள் : 'யார் எம்முடைய இந்த மார்க்கத்தில் இல்லாத புதிய விடயம் ஒன்றை உருவாக்குகிறாரோ அது நிராகரிக்கத்தக்கதாகும்' (ஆதாரம் : புஹாரி, முஸ்லிம்). மற்றுமொரு அறிவிப்பில் பின்வருமாறு இடம் பெற்றுள்ளது : 'நம்முடைய விடயத்தோடு (மார்க்கப் போதனைகளோடு) ஒத்துப் போகாத ஒரு செயலை எவராவது செய்யின் அது நிராகரிக்கப்படும்'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் யார் இந்த மார்க்கத்தில் புதிதாக ஒரு காரியத்தை கண்டுபிடித்து உருவாக்குகிறாரோ அல்லது அல்குர்ஆனும், அஸ்ஸுன்னாவும் காட்டித்தராத ஒரு செயலைச் செய்கிறாரோ அது நிராகரிக்கப் படுவதோடு அல்லாஹ்விடத்திலும் ஏற்றுக் கொள்ளப்படமாட்டாது எனத் தெளிவு படுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>வணக்கங்கள் யாவும் அல்குர்ஆன் அஸ்ஸுன்னாவின் அடிப்படையிலேயே கட்டமைக்கப்பட்டுள்ளது. ஆகவே அல்லாஹ்வை அவன் மார்க்கமாக விதித்ததன் அடிப்படையிலேயே வணங்குதல் வேண்டும். மாறாக புதுமைகள், நூதன அனுஷ்டானங்கள் மூலம் அவனை வணங்குதல் கூடாது.
 மார்க்கம் மனித கருத்தை வைத்தோ, மக்கள் நல்லதாகக் கருதுவதை வைத்தோ தீர்மானிக்கப் படமாட்டாது. மாறாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களைப் பின்பற்றுவதன் மூலமே தீர்மானிக்கப்படுகிறது.
 இஸ்லாம் பரிபூரணமான மார்க்கமாகும் என்பதற்கு இந்த ஹதீஸ் ஆதாரமாக உள்ளது.
 பித்அத் என்பது அகீதா அல்லது சொல் மற்றும் செயல் சார்ந்த விடயங்களில்  நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் காலத்திலோ, அவர்களின் தோழர்களின் காலத்திலோ இல்லாத   மார்க்கத்தில் புதிதாக உருவாக்கப்பட்டவை அனைத்தையும் குறிக்கும்.
 இந்த ஹதீஸ் இஸ்லாத்தின் அடிப்படைக் கோட்பாடுகளில்  ஒன்றாகும். அத்துடன் அமல்களை அளவிடும் அளவுகோளுமாகும். எந்த ஒரு அமலாக இருப்பினும் அவை அல்லாஹ்வுக்கென்ற தூய நோக்கமின்றி செய்யப்படுமாயின், அதனை செய்பவருக்கு எந்த கூலியும் கிடைக்காது. அதே போன்று அல்லாஹ்வின் தூதர் கொண்டு வந்ததற்கிணங்க எந்த செயலும் அமையப் பெறவில்லையாயின் அந்த செயல் ஏற்றுக் கொள்ளப்படாது நிராகரிக்கப்படும்.
 தடைசெய்யப்பட்ட நூதன அனுஷ்டானங்கள் என்பவை மார்க்கத்தின் பெயரால் உருவாக்கப் பட்டவற்றைக் குறிக்குமே தவிர உலகியல் சார்விடயங்களைக் குறிக்காது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4792</t>
   </si>
   <si>
-    <t>يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا</t>
+    <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
+  </si>
+  <si>
+    <t>''யார் ஒரு முஃமினின் உலக துன்பமொன்றை  நீக்கி விடுகிறாரோ, அல்லாஹ் அவருடைய மறுமை நாளின்  துன்பமொன்றை நீக்குவான்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, அபூ ஹுரைரா (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : ''யார் ஒரு முஃமினின் உலக துன்பமொன்றை  நீக்கி விடுகிறாரோ, அல்லாஹ் அவருடைய மறுமை நாளின்  துன்பமொன்றை நீக்குவான்;. யார் கஷ்டப்படும் ஒருவருக்கு இலகுபடுத்திக் கொடுக்கிறாரோ அல்லாஹ் இம்மையிலும் மறுமையிலும் அவருக்கு இலகு படுத்துவான். எவரொருவர் ஒரு முஸ்லிமுடைய குறையை மறைக்கின்றாரோ இம்மையிலும் மறுமையிலும்; அல்லாஹ் அவருடைய குறையை மறைக்கின்றான். அடியான் தன்னுடைய சகோதரனுக்கு உதவிசெய்து கொண்டிருக்கும் காலமெல்லாம் அல்லாஹ்வும் அவனுக்கு உதவிசெய்து கொண்டிருக்கிறான். அறிவைத் தேடி யார் ஒரு பாதையில் பயணிக்கிறாரோ அதன் மூலம் அவருக்கு சுவர்க்கத்திற்கான பாதையை அல்லாஹ் இலகுபடுதிக் கொடுப்பான். இறையில்லங்களில் ஒன்றில் ஒரு கூட்டம் ஒன்று சேர்ந்து அல்லாஹ்வின் வேதத்தை ஓதி தங்களுக்கு மத்தியில் கற்றுக் கொண்டால் அவர்களின் மீது அமைதி இறங்கும் இறையருள் அவர்களை சூழ்ந்து கொள்ளும். மலக்குகள் அவர்களை சூழ்ந்து கொள்வார்கள். அவர்கள் குறித்து அல்லாஹ் தன்னிடம் இருப்போரிடம் சிலாகித்துக் கூறுவான். எவருடைய செயல் அவரைத் தாமதிக்கச் செய்கிறதோ அவரது பரம்பரை முன்னேற்றி விடமாட்டாது.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
+ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
+ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
+والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
+ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
+وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
+ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
+  </si>
+  <si>
+    <t>ஒரு முஸ்லிமுக்கு அல்லாஹ்விடமிருந்து கிடைக்கும்; வெகுமதியானது அவர் பிற முஸ்லிம்களுக்கு செய்யும் அதே வகையான செயல்களைப் போலவே இருக்கும் என்று நபி (ஸல்) அவர்கள் தெளிவுபடுத்தினார்கள். யார் இவ்வுலகில் ஒரு விசுவாசியின் துன்பம் மற்றும் கஷ்டத்தை நீக்குகிறாரோ, அவருக்கு அல்லாஹ் மறுமை நாளின் துன்பத்திலிருந்து நிவாரணம் அளிப்பான். மேலும்,யார் கஷ்டத்தில் உள்ள ஒருவரின் கஷ்டத்தை எளிதாக்கி, அவருடைய சிரமத்தை நீக்குகிறாரோ, அவருக்கு அல்லாஹ் இம்மை மறுமை விவகாரங்களை அவருக்கு இலகுபடுத்திக்கொடுப்பான் . ஒரு முஸ்லிமிடம் காணப்படுகின்ற  பகிரங்கப்படுத்தப்படுவத்துவதற்கு அவசியமல்லாத குறைகள் மற்றும் தவறுகளை அறிந்திருப்பவர் அக்குறைகளை மறைத்தால் அல்லாஹ் அவருடைய குறைகளை இம்மையிலும் மறுமையிலும் மறைப்பான். இம்மை மறுமை நலன்களில், ஒரு அடியான் தனது சகோதரனுக்கு  உதவி செய்யும் காலமெல்லாம் அவ்வடியானுக்கு உதவி புரிபவனாக அல்லாஹ் இருக்கிறான். உதவி என்பது பிரார்த்தனை, உடல் ரீதியான மற்றும் பணரீதியான உதவி மற்றும் ஏனையவை இதில் உள்ளடங்கும். எவர் அல்லாஹ்வின் திருமுகம் நாடி மார்க்க அறிவைக் கற்கச் செல்கிறாரோ அதன் மூலம் அவருக்கு அல்லாஹ் சொர்க்கத்திற்குச் செல்லும் பாதையை இலகுபடுத்திக்  கொடுக்கிறான். இறையில்லங்களில் ஒன்றில், ஒன்று சேர்ந்து, அல்லாஹ்வின் வேதத்தை ஓதி, தங்களுக்குள் அதை கற்றுக் கொண்டிருக்கும் கூட்டத்தாரின் மீது அமைதியும், பாதுகாப்பும் இறங்குவதோடு, அல்லாஹ்வின் அருளும், கருணையும் அவர்களைச் மூடிக்கொள்கிறது. மேலும் வானவர்கள் அவர்களைச் சூழ்ந்துகொள்வார்கள். அல்லாஹ் தனக்கு அருகில் இருப்பவர்களின் முன்னிலையில் அவர்களைப் பாராட்டுகிறான். இவ்வாறு அல்லாஹ் உயர்ந்த சபையில் அடியார்கள் பற்றிக் குறிப்பிடுவதே அவர்களின் சிறப்புக்கு போதுமானதல்லவா! நன்மையான செயல்கள் போதுமானதாக இல்லாத ஒருவர் நன்மையான செயல்களைச் செய்தவர்களின் தரத்திற்கு உயர்த்தப்பட மாட்டார். எனவே, அவர் தனது  வம்சாவளி அந்தஸ்த்தையும்;;, தனது முன்னோர்களின் கௌரவத்தையும் நம்பி, நன்மையான செயல்களைச் செய்வதில்  அலட்சியமாக இருக்கக் கூடாது.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
+الترغيب في التيسير على المعسر.
+الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
+مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
+ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
+الحث على طلب العلم وتلاوة القرآن وتدارسه.
+قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
+الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
+  </si>
+  <si>
+    <t>இந்த ஹதீஸானது பல்வேறு வகையான அறிவுகள், விதிகள், மற்றும் நெறிமுறைகளை உள்ளடக்கிய ஒரு சிறந்த ஹதீஸாகும். முஸ்லிம்களின் தேவைகளைப் பூர்த்தி செய்வதன் சிறப்பை எடுத்துக் காட்டுவதோடு, கல்வி, செல்வம், பரஸ்பர உதவி, பயனுள்ள ஆலோசனை, அறிவுரை கூறுதல் போன்ற  விடயங்களின் மூலமும், சாத்தியமான அனைத்து வழிகளிலும் அவர்களுடன் பயனுள்ள முறையில் நடந்து கொள்ளுமாறு வழிகாட்டுகிறது என இப்னு தகீகுள் ஈத் என்ற அறிஞர் குறிப்பிடுகிறார்.
+சிரமப்பட்டுக்கொண்டிருப்பவரின் சிரமத்தை இலகுபடுத்துமாறு ஆர்வமூட்டப்பட்டிருத்தல்.
+தனது சகோதரனுக்கு உதவி செய்யும் அளவுக்கு அல்லாஹ் உதவி செய்வான் என்பதனால் ஒரு முஸ்லிம் பிற முஸ்லிமுக்கு உதவி செய்ய ஊக்குவிக்கப்பட்டிருத்தல்.
+ஒரு முஸ்லிமின் குறைகளை மறைப்பதற்கான வழிகளில் ஒன்று: அவரது குறைகளைத் தேடுவதைத் தவிர்ப்பதாகும். ஸலபுகளில் சிலர் கூறியதாக பின்வரும் செய்தி அறிவிக்கப்படுகிறது. நான் எந்தக் குறைகளும் இல்லாத மக்களைச் சந்தித்தேன், ஆனால் அவர்கள் மற்றவர்களின் குறைகளைப் பற்றிப் பேசினார்கள், அதனால் மக்கள் அவர்களின் குறைகளைக் குறிப்பிடத் தொடங்கினர். அத்துடன், தங்களிடம் குறைகள் இருந்தபோதிலும் மற்றவர்களின் குறைபேசாது இருந்தோரையும் சந்தித்தேன். ஆனால் அவர்களின் குறைகள் மறக்கப்பட்டன.
+ஒருவரிடம் காணப்படும் தீமையைத் தடுக்காது விட்டுவிடுவதும், அதை மாற்றுவதற்கு முயற்சி செய்யாது இருப்பதும் தவறுகள் மற்றும்  குறைகளை மறைப்பதற்கான வழியல்ல. மாறாக, ஒழுக்கக்கேடு அல்லது அத்துமீறலில் தொடர்ந்து ஈடுபடாதவர்களை பொறுத்தவரை அவர்களின் நடத்தையில் மாற்றத்தை ஏற்படுத்தி அவரில் காணப்பட்ட குறையை மறைக்கவும் வேண்டும், ஆனால் மோசமான நடத்தைக்கு பெயர் பெற்ற ஒருவரைப் பொறுத்தவரை, அதிக தீங்கு விளைவிக்காத பட்சத்தில் அவரது தவறுகளை மறைப்பது வரவேற்கத்தக்தல்ல. அதற்கு பதிலாக, அவரது விவகாரம் அதிகாரத்தில் உள்ளவர்களிடம் தெரிவிக்கப்பட வேண்டும், காரணம், அவரது தவறுகளை மறைப்பபதானது அவரது ஒழுக்கக்கேட்டை ஊக்குவித்து பிறரை தொந்தரவு செய்வதற்கான ஊக்கத்தையும் துணிவையும் ஏற்படுத்த வழிவகுப்பதோடு, இவ்வாறான தீய நடத்தையும்,பிடிவாதமும் நிறைந்த  ஏனையோரை ஊக்கப்படுத்தி துணிவு கொள்ள வகைசெய்யும்.
+அறிவைத் தேடுதல், அல்குர்ஆனை ஓதுதல் மற்றும் படித்தல் போன்ற செயல்களை செய்வதற்கு ஊக்குவித்தல்.
+பள்ளியில் அல் குர்ஆனை ஓதுவதற்காக ஒன்றுகூடுவதன் சிறப்புக்கு இந்த ஹதீஸ் ஆதாரமாகும். அத்துடன்  பாடசாலை, பாதுகாப்புப் படை போன்றவற்றில் அல்குர்ஆனை ஓதுவதற்காக ஒன்று கூடுவதானது பள்ளிவாயிலில் ஒன்று கூடுவதற்கான நன்மையைப் பெற்றுத்தரும் என இமாம் நவவி அவர்கள் குறிப்பிடுகிறார்கள்.
+அல்லாஹ் கூலிவழங்குவதை  பரம்பரையை அடிப்படையாகக் கொள்ளாது, செயல்களை அடிப்படையாகக் கொண்டே ஒழுங்கு படுத்தியுள்ளான்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4801</t>
+  </si>
+  <si>
+    <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>எனது அடியார்களே, மக்களுக்கு அநீதி இழைப்பதை எனக்கு நானே தடை செய்திருக்கின்றேன். (அதுபோலவே) அதை உங்களுக்கும் தடை செய்திருக்கின்றேன். எனவே நீங்கள் அநீதி இழைத்துக் கொள்ளாதீர்</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>அபூ தர் ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : உயர்ந்தோனாகிய கண்ணியமிக்க அல்லாஹ்விடமிருந்து அறியப் பெற்றதாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அறிவிக்கிறார்கள் :  எனது அடியார்களே, மக்களுக்கு அநீதி இழைப்பதை எனக்கு நானே தடை செய்திருக்கின்றேன். (அதுபோலவே) அதை உங்களுக்கும் தடை செய்திருக்கின்றேன். எனவே நீங்கள் அநீதி இழைத்துக் கொள்ளாதீர்.
 எனது அடியார்களே, நான் நேர்வழி காட்டியவர்களைத் தவிர, நீங்கள் அனைவரும் வழி தவறியவர்கள். எனவே, என்னிடம் நேர்வழிகாட்டக் கோருங்கள், நான் நேர்வழி காட்டுவேன். எனது அடியார்களே, நான் உணவளித்தவர்களைத் தவிர நீங்கள் எல்லோரும் பசியால் வாடியிருப்பீர்கள். ஆகவே என்னிடம் வேண்டுங்கள். நான் உங்களுக்கு உணவளிக்கின்றேன். எனது அடியார்களே! நான் ஆடை அளித்தவர்களைத் தவிர நீங்கள் எல்லோரும் ஆடையற்றவர்களே. ஆகவே என்னிடம் கேளுங்கள், நான் உங்களுக்கு ஆடை அளிக்கின்றேன். எனது அடியார்களே! நீங்கள் இரவும் பகலும் பாவம் செய்கின்றீர்கள். நானோ பாவங்களை மிகவும் மன்னிப்பவன். ஆகவே என்னிடம் மன்னிப்புத் தேடுங்கள், நான் உங்களை மன்னிக்கின்றேன்.
 எனது அடியார்களே! நீங்கள் எவ்வளவு முயன்றாலும் எனக்குத் தீங்கு செய்கின்ற நிலையை நீங்கள் அடைய முடியாது. இன்னும் நீங்கள் எவ்வளவு முயன்றாலும் எனக்கு எந்த நன்மையையும் செய்து விட முடியாது. எனது அடியார்களே! உங்களுக்கு முன் சென்றவர்களும், உங்களுக்குப் பின்னால் வருபவர்களும் உங்களுள் மனிதர்கள், ஜின்கள் ஆகிய நீங்கள் அனைவரும் என்னை வணங்குவதில் மிகவும் இறையச்சம் மிக்கவர்களாகவும், பக்திமிக்கவர்களாகவும் இருந்து என்னை வணங்கினாலும், அது எந்த விதத்திலும் என்னுடைய ஆட்சியின் எல்லையை விரிவடையச் செய்வதில்லை. எனது அடியார்களே! உங்களுக்கு முன் சென்றவர்களும் உங்களுக்குப் பின்னால் வருபவர்களும், உங்களுள் மனிதர்கள் ஜின்கள் ஆகிய அனைவரும் எத்தனை தான் கெட்டவர்களாக இருந்து குழப்பங்களை விளைவித்தாலும், அது என்னுடைய ஆட்சியின் எல்லையை எள்ளளவும் குறைத்து விடாது. என்னுடைய அடியார்களே! உங்களுக்கு முன் சென்றவர்களும், உங்களுக்கு பின்னால் வருபவர்களும் மனிதர்களும், ஜின்களும் ஒரே இடத்தில் கூடி நின்று என்னிடத்தில் வேண்டியதெல்லாம் கேட்டகவும், அவ்வாறு நீங்கள் கேட்பதையெல்லாம் நான் தந்தாலும் அது என்னிடமிருப்பதை, ஓர் ஊசி முனையைக் கடலில் முக்கி எடுப்பதால் குறையும் அளவிற்குக் கூட குறைத்து விடுவதில்லை. எனது அடியார்களே! இவைதான் உங்களுடைய செயல்கள். அவற்றைக் கொண்டே நான் உங்களை கணிக்கின்றேன். அவைகளை வைத்துக் கொண்டு தான் நான் உங்களுக்கு பின்னர் கூலி தருகின்றேன். ஆகவே உங்களில் நலவைப் பெற்றுக் கொண்டவர் அல்லாஹ்வைப் புகழட்டும். நலவு அல்லாதவற்றைக் காண்பவர்கள் தங்களைத் தவிர வேறு எவரையும் குறைகூற வேண்டாம்.</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், அல்லாஹ் அநியாயம் இழைப்பதை தன்மீது ஹராமாக்கிக் கொண்டதாகவும், அதனை தனது படைப்பினங்களுக்கு மத்தியிலும் ஹராமாக்கியுள்ளதாகவும் தெளிவுபடுத்துகிறார்கள். ஆகவே ஒருவர் மற்றவருக்கு அநியாயம் இழைக்க வேண்டாம். அல்லாஹ்வின் வழிகாட்டலையும் அதற்கான வாய்ப்பையும் பெறாத அடியார்கள் அனைவரும்  சத்தியப்பாதையைவிட்டும் தடம்புரண்டவர்களாக உள்ளனர். யார் அல்லாஹ்விடம் நேரான வழியை வேண்டுகிறானோ அவனுக்கு அல்லாஹ் நேரான பாதையை காட்டி அதற்கான வாய்ப்பையும் அளிக்கிறான். அடியார்கள் தங்களது தேவைகளை நிறைவேற்றிக் கொள்வதில் அல்லாஹ்விடம் தேவையுடயவர் களாக உள்ளனர் . எனவே யார் அல்லஹ்விடம் தனது தேவையை நிறைவேற்றித்தருமாறு கோருகிறனோ அவனின் தேவையை நிறைவேற்றி அவனை தன்னிறைவுள்ளவனாக மாற்றுகிறான். அவர்கள் இரவிலும் பகலிலும் பாவம் செய்கிறார்கள். அடியான் தனது இரட்சகனான அல்லாஹ்விடம் பாவமன்னிப்புக் கோரினால் அதனை அல்லாஹ் மறைத்து மன்னித்து விடுகிறான். அடியார்கள் அனைவரும் (தமது சொல், செயல்களால்) அல்லாஹ்வுக்கு நலவோ, கெடுதியோ செய்ய அவர்களால் ஒரு போதும் முடியாது. அவர்கள் அனைவரும் அல்லாஹ்வுக்கு மிக அஞ்சிய ஒருவருடைய உள்ளத்தின் பெயரில் இருந்தாலும், அவர்களுடைய இறையச்சம் அல்லாஹ்வின் ஆட்சியதிகாரத்தில் சிறிதளவையேனும் அதிகரிக்க செய்வதில்லை. அவர்கள் அனைவரும் மிகமோசமான பாவியுடைய உள்ளத்தை கொண்டிருந்தாலும் அவர்களுடைய பாவங்கள் அவனது ஆட்சியதிகாரத்தில் சிறிதளவையேனும் குறைக்கப் போவதுமில்லை. ஏனெனில் அவர்கள் அனைவரும் எல்லா நிலமைகளிலும், காலங்களிலும், இடங்களிலும் அவன்பால் தேவையுடைய வறியவர்களாக உள்ளனர். அல்லாஹ்வே எவ்விதத் தேவையுமற்றவனாவான்-அவன் தூய்மையானவன்- ஜின் மற்றும் மனித இனம் அனைவரும் அவர்களில் முன்பிருந்தோரும் தற்போது இருப்போரும்  ஓரிடத்தில் ஒன்று கூடி, ஒவ்வொருவரும் தத்தமது தேவைகளை அல்லாஹ்விடம் கேட்டு, அவர்கள் கேட்ட அனைத்தையும் அவன் கொடுத்தாலும் அவனிடத்தில உள்ளவற்றில்  சிறிதளவேனும் குறைய மாட்டாது. கடலுக்குள் இடப்பட்டு வெளியே எடுத்த ஊசியைப் போல், இதன் மூலம் கடலில் எதுவும் குறைந்து விடுவதில்லை. இதுபோல்தான் அல்லாஹ் தன்னிறைவானவன், எதுவும் தேவையற்றவன்.
 அல்லாஹ் அடியார்களின் அனைத்து செயல்களையும் பாதுகாத்து, அவர்களது நன்மை, தீமைகளைக் கணக்கிட்டு வைக்கின்றான். பின் மறுமையில் அதனடிப்படையில் கூலி வழங்குகிறான். தனது செயல்களுக்குரிய கூலியை நன்மையாக கண்டுகொண்டவர் (சுவனத்தைப் பெற்றுக் கொண்டவர்) அல்லாஹ் அவனுக்கு  வழிப்படும் நற்பாக்கியத்தை அளித்தமைக்காக அவனைப் புகழட்டும், இவையல்லாத தண்டனைகளைக் கூலியாப் பெற்றவர் தன்னை நஷ்டத்தின் பால் தூண்டிய தனது ஆன்மாவையே நொந்து கொள்ளட்டும்.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸ் அல்லாஹ் கூறியதாத நபி ஸல்லல்லாஹு அவர்கள் அறிவிக்கும் நபி மொழியாகும். இவ்வாறான ஹதீஸ்கள் 'ஹதீஸ் குத்ஸீ' (புனிதமிக்க நபிமொழி), 'ஹதீஸ் இலாஹீ' (தெய்வீக நபிமொழி) எனும் பெயர்களால் அழைக்கப்படுகிறது. இவ்வாறான ஹதீஸ்களின் வார்த்தையும் கருத்தும் அல்லாஹ்விடமிருந்து உள்ளதாகும். என்றாலும்  அல்குர்னுக்குரிய தனித்துவங்கள் இதற்குக் கிடையாது. அதாவது அல்குர்ஆன் பெற்றுள்ள தனித்துவங்களான ஓதுவது வணக்கம், ஓதுவதற்கு வுழு செய்து கொள்ளுதல் (விரும்பத்தக்கது), சவால் விடுதல், அற்புதம் போன்றவை இவ்வகையான ஹதீஸ்களுக்கு கிடையாது.
 அடியார்கள் பெற்றுக் கொள்ளும் அறிவு, நேர்வழி அனைத்தும் அல்லாஹ் கற்பித்து, வழிகாட்டியதன் மூலமே பெறுகின்றனர்.
 ஒரு அடியானுக்கு என்ன நன்மை ஏற்படுகிறதோ அது எல்லாம் வல்ல இறைவனின் கிருபையினால் உண்டாகிறது,  அவனுக்கு கிடைக்கின்ற எந்தக் கெடுதியாயினும் அவனது மனோ இச்சையினாலாகும்.
 எவர் நன்மை செய்கிறாரோ, அது இறைவனின் அருளால் கிடைக்கும், அவருக்குரிய வெகுமதி இறைவனின் அருட்கொடை, புகழ் அவருக்குரியது, தீமை செய்பவர் தன்னைத் தவிர வேறு யாரையும் குற்றம் சொல்ல முடியாது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4810</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ</t>
+    <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>சிறுவனே! நான் சில அறிவுரைகளைக் கற்றுத் தருகின்றேன் என்று சொன்னார்கள்: நீ அல்லாஹ்வை பாதுகாத்துக்கொள். அவன் உன்னைப் பாதுகாப்பான். நீ அல்லாஹ்வை பாதுகாத்துக்கொள். அவனை உனக்கு முன் கண்டுகொள்வாய். நீ கேட்டால் அல்லாஹ்விடமே கேள். உதவி தேடினால் அல்லாஹ்விடமே தேடு</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
     <t>இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா அவர்கள் கூறினார்கள் : ஒரு நாள் நான் நபி (ஸல்) அவர்களின் பின்னால் அமர்ந்திருந்தேன்.! அப்போது அவர்கள் என்னிடம் சிறுவனே! நான் சில அறிவுரைகளைக் கற்றுத் தருகின்றேன் என்று சொன்னார்கள்: நீ அல்லாஹ்வை பாதுகாத்துக்கொள். அவன் உன்னைப் பாதுகாப்பான். நீ அல்லாஹ்வை பாதுகாத்துக்கொள். அவனை உனக்கு முன் கண்டுகொள்வாய். நீ கேட்டால் அல்லாஹ்விடமே கேள். உதவி தேடினால் அல்லாஹ்விடமே தேடு. அறிந்து கொள்! ஒட்டுமொத்த சமூகமும் ஒன்று திரண்டு உனக்கு ஏதாவது நன்மை செய்திட முயன்றாலும் உனக்கு அல்லாஹ் ஏற்கனவே ஏற்படுத்தி வைத்துள்ளதைக் காட்டிலும் அதிகமாக எந்த நன்மையையும் அவர்களால் செய்திட முடியாது. இன்னும் ஒட்டுமொத்த சமூகமும் ஒன்று திரண்டு உனக்கு ஏதாவது தீங்கிழைக்க முயன்றாலும் அல்லாஹ் உனக்கு ஏற்கனவே குறித்து வைத்தவற்றைக் கொண்டல்லாமல் எந்தக் தீங்கையும் அவர்களால் செய்திட முடியாது. பேனாக்கள் உயர்த்தப்பட்டு விட்டன. ஏடுகள் காய்ந்து விட்டன.</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹு சிறுவராக இருந்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுடன் சவாரி செய்கையில் நான் உமக்கு பயனுள்ள  சில விடயங்களை கற்றுத்தரப்போகிறேன். அல்லாஹ் அதனை பயனுள்ளதாக ஆக்கித்தர வேண்டும் என அவரிடம் கூறினார்.
 அல்லாஹ்வின் ஏவல்களைப் பேணி  விலக்கள்களை தவிரந்து நடப்பதன் மூலம் அல்லாஹ்வை பேணி நடப்பீராக. அதாவது உன்னை அவன் வழிபாட்டிலும் வணக்கங்களிலும் காண வேண்டும். பாவத்திலும் குற்றங்களிலும் காணக்கூடாது. அவ்வாறு நடந்து கொண்டால் உம்மை அல்லாஹ் இம்மை, மறுமை பேராபத்திலிருந்து பாதுகாப்பது உமக்கு அல்லாஹ்வால் வழங்கப்படும் கூலியாக அமைந்துவிடும். அதே போல் நீ எங்கு சென்றாலும் உமது காரியங்களில் அவன் ஒத்தாசை வழங்குவான்.
 நீ ஏதாவது ஒன்றை கேட்டால் அல்லாஹ்விடமே கேள், அவன் கேட்போரின் கோரிக்கைகளை ஏற்று பதிலளிப்பவனாக உள்ளான்.
 உமக்கு உதவி தேவைப்பட்டால் அல்லாஹ்விடம் மாத்திரமே உதவி கோருவீராக.
 ஒட்டுமொத்த சமூகமும் ஒன்று திரண்டு உமக்கு ஏதாவது நன்மை செய்திட முயன்றாலும் உமக்கு அல்லாஹ் ஏற்கனவே ஏற்படுத்தி வைத்துள்ளதைக் காட்டிலும் அதிகமாக எந்த நன்மையையும் அவர்களால் செய்திட முடியாது. இன்னும் ஒட்டுமொத்த சமூகமும் ஒன்று திரண்டு உமக்கு ஏதாவது தீங்கிழைக்க முயன்றாலும் அல்லாஹ் உமக்கு ஏற்கனவே குறித்து வைத்தவற்றைக் கொண்டல்லாமல் எந்தக் தீங்கையும் அவர்களால் செய்திட முடியாது என்ற ஆழமான நம்பிக்கை கொண்வராக இருப்பீராக!
 இந்த விவகாரத்தை அல்லாஹ் அவனின் அறிவிற்கும், ஞானத்திற்கும் ஏற்ப அவனே தீர்மானித்து எழுதிவிட்டான். ஆகவே அவனால் விதித்து எழுதப்பட்டவற்றை மாற்ற முடியாது.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>ஏகத்துவம் , ஒழுக்கங்கள் உள்ளிட்ட மார்க்க விடயங்களை குழந்தைகளுக்கும் இளம் சிறார்களுக்கும் கற்பிப்பதன் முக்கியத்துவம் இங்கு எடுத்துக்காட்டப்படுகிறது.
 செயலுக்கேற்பவே கூலி வழங்கப்படும்.
 அல்லாஹ்வை மாத்திரமே சார்ந்து, அவனிடமே பொறுப்புச் சாட்டுமாறு ஏவப்பட்டுள்ளது, பொறுப்பாளிகளில் அவனே மிகச் சிறந்தவன்.
 அல்லாஹ் அனைத்து விடயங்களையும் நிர்ணயித்துள்ளதால் கழா, கத்ரை (விதி) ஈமான் கொண்டு அதனை மனப்பூர்வமாக ஏற்றுக்கொள்ளுதல்.
 யார் அல்லாஹ்வின் மார்க்கத்தை-கட்டளையை-  வீணடிக்கிறானோ அவனை அல்லாஹ் பாதுகாக்காது கைவிட்டுவிடுவான்;.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4811</t>
   </si>
   <si>
-    <t>أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي</t>
+    <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>'ஓர் அடியார் ஒரு பாவம் செய்துவிட்டார். பிறகு 'இறைவா! (நான் ஒரு பாவம் செய்து விட்டேன்.) என் பாவத்தை மன்னிப்பாயாக!'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>அபூஹுரைரா ரழியல்லாஹு அன்ஹு கூறினார்கள்: உயர்வும் கண்ணியமிக்கோனாகிய தம் இறைவன் அறிவித்ததாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுகிறார்கள்: 'ஓர் அடியார் ஒரு பாவம் செய்துவிட்டார். பிறகு 'இறைவா! (நான் ஒரு பாவம் செய்து விட்டேன்.) என் பாவத்தை மன்னிப்பாயாக!' என்று கூறினார். உடனே உயர்வும் கண்ணியமும் மிக்கவனாகிய  இறைவன், 'என் அடியான் ஒரு பாவம் செய்துவிட்டுப் பிறகு தனக்கோர் இறைவன் இருக்கின்றான் என்றும், அவன் பாவங்களை மன்னிக்கவும் செய்வான் பாவங்களுக்காகத் தண்டிக்கவும் செய்வான் என்றும் அறிந்துகொண்டான்' என்று சொல்கிறான். பிறகு அந்த அடியார் மீண்டும் ஒரு பாவத்தைச் செய்துவிட்டு, 'என் இறைவா! என் பாவத்தை மன்னிப்பாயாக!' என்று பிரார்த்தித்தார். அப்போதும் உயர்வும் கண்ணியமும் மிக்கவனாகிய அல்லாஹ் -இறைவன்- , '(இம்முறையும்) என் அடியான் ஒரு பாவத்தைச் செய்துவிட்டுப் பிறகு, தனக்கோர் இறைவன் இருக்கின்றான் என்றும், அவன் பாவங்களை மன்னிக்கவும் செய்வான்; பாவங்களுக்காகத் தண்டிக்கவும் செய்வான் என்று அறிந்துகொண்டான். எனது அடியானை மன்னித்து விட்டேன், அவன் நாடியதைச் செய்யட்டும்' என்று சொல்கிறான்.</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது இரட்சகனிடமிருந்து அறிவிக்கிறார்க்ள். ஒரு அடியான் ஒரு பாவத்தை செய்துவிட்டு பின்னர் யாஅல்லாஹ் எனது -குற்றத்தை –பாவத்தை எனக்கு மன்னித்தருள்வாயாக என்று  கூற, அதற்கு அல்லாஹ் எனது அடியான் ஒரு பாவத்தை செய்துவிட்டு  அவனது அப்பாவத்தை மன்னிக்க இறைவன் உள்ளான் என்பதை அறிந்துள்ளான். எனவே அவனுடைய பாவத்தை மன்னித்து  அதனை மறைத்துவிடுகிறான். இவ்வாறான ஒரு நபருக்கு அல்லாஹ் நான் அவனை மன்னித்துவிட்டேன் என்று கூறுகிறான். மீண்டும்  அந்த அடியான் பாவத்தை செய்துவிட்டு பின்னர் யாஅல்லாஹ் எனது -குற்றத்தை –பாவத்தை எனக்கு மன்னித்தருள்வாயாக என்று  கூற அதற்கு அல்லாஹ் எனது அடியான் ஒரு பாவத்தை செய்துவிட்டு, அவனது அப்பாவத்தை மன்னிக்க இறைவன் உள்ளான் என்பதை அறிந்துள்ளான். எனவே அவனுடைய பாவத்தை மன்னித்து  அதனை மறைத்துவிடுகிறான். இவ்வாறான ஒரு நபருக்கு அல்லாஹ் நான் அவனை மன்னித்துவிட்டேன் என்று கூறுகிறான். மீண்டும் மூன்றாவது தடவையாகவும் அந்த அடியான் பாவத்தை செய்துவிட்டு பின்னர் யாஅல்லாஹ் எனது -குற்றத்தை –பாவத்தை எனக்கு மன்னித்தருள்வாயாக என்று  கூற அதற்கு அல்லாஹ் எனது அடியான் ஒரு பாவத்தை செய்துவிட்டு  அவனது அப்பாவத்தை மன்னிக்க இறைவன் உள்ளான் என்பதை அறிந்துள்ளான். எனவே அவனுடைய பாவத்தை மன்னித்து  அதனை மறைத்துவிடுகிறான். இவ்வாறான ஒரு நபருக்கு அல்லாஹ் நான் எனது அடியானை மன்னித்துவிட்டேன் என்பதாகக் கூறுகிறான். அந்த அடியான் பாவம் செய்துவிட்டு அதனை விட்விட்டுகிறான், பின்னர் அதற்காக வருந்தி மீண்டும் அப்பாவகாரியத்திற்கு செல்வதில்லை என்று மனஉறுதி கொள்கிறான். இவ்வாறு இருக்கையில் அவனின் மனம் அவனை ஆட்கொண்டு மீண்டு அப்பாவ காரியத்தில் வீழ்ந்து விடுகிறான். இப்படியிருக்கும் ஒரு அடியானை -அதாவது பாவம்செய்வதும் அதற்காக பாவமீட்சி கோருவதும் என்ற நிலையில் இருப்பவனை- அல்லாஹ் தான் மன்னித்து விடுவதாக கூறுகிறான். ஏனெனில் தவ்பாவானது முன் செய்தபாவங்களை அழித்துவிடுகிறது.</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
@@ -5625,51 +6478,51 @@
   <si>
     <t>ஓர் இறைவிசுவாசி ஒரே பொந்தினுல் இரு தடவைகள் தீண்டப்படமாட்டான்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا يُلْدَغُ المؤمنُ من جُحْرٍ واحد مرتين».</t>
   </si>
   <si>
     <t>ஓர் இறைவிசுவாசி ஒரே பொந்தினுல்இரு தடவைகள் தீண்டப்படமாட்டான் என அபூஹுரைரா (ரழி) அறிவிக்கிறார்கள்</t>
   </si>
   <si>
     <t>يخبرنا النبي الكريم صلى الله عليه وسلم أن المؤمن لا يصاب من مكان واحد مرتين، فينبغي أن يكون حازمًا حذرًا متيقظًا لا يؤتى من الغفلة فينخدع.</t>
   </si>
   <si>
     <t>ஓர் இறைவிசுவாசி ஒரே ஆபத்தில் மீண்டும் மீண்டும் விழக் கூடாது. அவன் படிப்பினை பெற வேண்டும் .ஆகவே அவன் மனஉறுதியும்,எச்சரிக்கையும் விழிப்புணர்வும் மிக்கவனாக இருப்பது அவசியமாகும்</t>
   </si>
   <si>
     <t>ليس من شيم المؤمن أن ينخدع من الغادر اللئيم المتمرد مرتين.
 وجوب أخذ المؤمن الحيطة والحذر حتى لا ينخدع بعدوه أو يؤتى من قبل نفسه ودنياه.
 توجيه من النبي -صلى الله عليه وسلم- للمؤمن أن يكون كَيِّسًا فَطِنًا.
 فيه أدب شريف أدَّبَ به النبي -صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- أمته، ونبههم كيف يحذرون مما يخافون من سوء عاقبته.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4928</t>
   </si>
   <si>
-    <t>إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ</t>
+    <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>'நிச்சயமாக தன் குடும்பத்திலும் ஆட்சியிலும் அவர்கள் அதிகாரம் பெற்றவைகளிலும் நீதியாக நடக்கக் கூடியவர்கள் உயர்ந்தோனாகிய அர்ரஹ்மானின் வலப்புறத்திற்கு பக்கமாக  அவனிடமுள்ள ஒளியிலான மேடைகளில் இருப்பார்கள் அவனின் இரு கைகளும் வலக்கரமாகும்'</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
     <t xml:space="preserve">அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ரு ரழியல்லாஹு அன்ஹுமா அவர்கள் அறிவிக்கிறார்கள். 'நிச்சயமாக தன் குடும்பத்திலும் ஆட்சியிலும் அவர்கள் அதிகாரம் பெற்றவைகளிலும் நீதியாக நடக்கக் கூடியவர்கள் உயர்ந்தோனாகிய அர்ரஹ்மானின் வலப்புறத்திற்கு பக்கமாக  அவனிடமுள்ள ஒளியிலான மேடைகளில் இருப்பார்கள் அவனின் இரு கைகளும் வலக்கரமாகும்' </t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>தமது ஆட்சி, அதிகாரத்திற்குக் கீழிருக்கும் மக்கள் மத்தியில் நீதியாகவும், சத்தியத்தை கொண்டும்; தீர்ப்புச் செய்வோருக்கு கிடைக்கும் வெகுமதி குறித்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்நபிமொழியில்  குறிப்பிடுகிறார்கள்.  அவர்கள் மறுமையில் அல்லாஹ்விடம் ஒளியினாலான உயர்ந்த இருக்கைகளில், மேடைகளில் வீற்றிருப்பார்கள். இது அவர்களை மறுமையில் கௌரப்படுத்துவதற்காக அல்லாஹ் ஏற்படுத்தி வைத்துள்ள மிகப்பெரும் சன்மானமாகும். இந்த மேடைகள் அர்ரஹ்மானாகிய அல்லாஹ்வின் வலப்பக்கத்தில் காணப்படும். ஆனால் அவனின் இரு கைகளும் வலப்பக்கமாகும்</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
@@ -5818,88 +6671,88 @@
     <t>عن ابن مسعود رضي الله عنه مرفوعاً: «ألا أخبركم بمن يحرم على النار؟ أو بمن تحرم عليه النار؟ تحرم على كل قريب هَيِّنٍ لَيِّنٍ سهل».</t>
   </si>
   <si>
     <t>"நரகின் மீது ஹராமானவர் அல்லது யார் மீது நரகம் ஹராம் என்பதை உங்களுக்கு அறியத்தரட்டுமா?அவர்தான் நெருக்கமாக இருந்து கொள்கின்றவரும்,மிருதுவாகவும் விட்டுக் கொடுப்போடும் நடந்து கொள்கின்றவர்"என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள்,என இப்னு மஸ்ஊத்(ரழி) அவர்கள் அறிவிக்கின்றார்கள்</t>
   </si>
   <si>
     <t>ألا أخبركم بمن يُمنع عن النار، أو تُمنع عنه، تمنع على كل قريب من الناس بمجالستهم في أماكن الطاعة وملاطفتهم قدر الاستطاعة، وكل حليم لين الجانب، سَمْحٍ في معاملة الناس.</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம் நரகை விட்டும் தடுக்கப்படுகின்ற நபர் யார் என்று :உங்களுக்குஅறியத்தரட்டுமா?:என்பதன் கருத்தாவது வழிபாட்டுத் தளங்களில் முடிந்த வரையில் மக்களுடன் நெருங்கியிருந்து,அவர்களுடன் அன்புடனும்,விட்டுக் கொடுப்புடனும் நடந்து கொள்கின்ற மனிதன் நரகை விட்டும் தடுக்கப்படுவான்,என்பதாகும்.</t>
   </si>
   <si>
     <t>مكانة الأخلاق الحسنة وأنها منجاة من النار.
 استحباب ملاطفة الناس، وتسهيل الجانب لهم وقضاء حوائجهم.
 حسن الأخلاق مع الناس من الإيمان.
 استخدام الداعي أسلوب الترغيب يؤدي إلى قبول الحق والثبات عليه.
 ينبغي تنبيه المتعلم أو السامع على الأمور التي لها شأن.</t>
   </si>
   <si>
     <t>[இதனைத் திர்மிதி பதிவு செய்துள்ளார் - இதனைஅஹ்மத் பதிவு செய்திருக்கிறார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4943</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى</t>
+    <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>'எனது சமுதாயத்தில் அனைவரும் சொர்க்கம் செல்வார்கள். ஆனால் ஏற்க மறுத்தோரை தவிர'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : 'எனது சமுதாயத்தில் அனைவரும் சொர்க்கம் செல்வார்கள். ஆனால் ஏற்க மறுத்தோரை தவிர' என்று கூறினார்கள். அதற்கு 'இறைத்தூதர் அவர்களே! ஏற்க மறுத்தவர்கள்; யார்?' என்று கேட்டார்கள். அதற்கு நபியவர்கள், 'எனக்குக் கீழ்ப்படிந்தவர் சொர்க்கம் புகுவார்; எனக்கு மாறு செய்தவர் (சத்தியத்தை) ஏற்க மறுத்தவராவார்' என்று பதிலளித்தார்கள்'.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>சத்தியத்தை விட்டு விலகி, நபியவர்களின் வழிமுறையை கடைப்பிடிக்காது நடந்தோரைத் தவிர மற்ற அனைவரும் தனது சமூகத்தில் சுவர்க்கம் செல்வார்கள் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீதிஸில் தெரிவிக்கிறார்கள்.
 இவ்வாறு கூறியபோது ஸஹாபாக்கள், அல்லாஹ்வின் தூதரே!  விலகிக்கொண்டோர், அல்லது தவிர்ந்து கொண்டோர் என்பவர்கள்  யார்? என வினவினார்கள்.
 உடனே அதற்கு யார் நபியவர்களுக்கு கட்டுப்பட்டு, அவரைப் பின்பற்றி ஒழுகுகிறாரோ அவர் சுவர்க்கம் செல்வார். யார் நபிவர்களுக்கு மாறு செய்து அவர் கொண்டுவந்த மார்க்க சட்டதிட்டங்களுக்கு கட்டுப்படாது நடக்கிறாரோ அவர் தனது தவறான செயற்பாடுகளின் காரணமாக சுவர்க்கம் நுழைவதிலிருந்து விலகிக் கொள்வார் என நபியவர்கள் பதிலளித்தார்கள்.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>நபியரவர்களுக்கு கட்டுப்பட்டு நடப்பது அல்லாஹ்வுக்கு கட்டுப்பட்டு நடப்பதாகும். அவர்களுக்கு மாறு செயவது அல்லாஹ்வுக்கு மாறு செய்வதாகும்
 நபியவர்களுக்கு கட்டுப்பட்டு நடப்பது சுவர்க்கத்தைப் பெற்றுத் தரும். அவர்களுக்கு மாறுசெய்வது நரகத்தைப் பெற்றுத் தரும்.
 இந்த சமூகத்தில் உள்ளவர்களில் இறைத்தூதருக்கு கட்டுப்படுவோருக்கான நற்செய்தி குறிப்பிடப் பட்டுள்ளமை. அதாவது அவர்களி;ல் அல்லாஹ் வுக்கும் அவனது தூதருக்கும் மாறு செய்து நடக்காதோர் அனைவரும் சுவர்க்கம் செல்வர்.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது உம்மத்தின் மீது கொண்டிருந்த  பாசத்தையும், அவர்களை நேர்வழிப்படுத்துவதில் அவர்களுக்கிருந்த அவாவையும் இந்த ஹதீஸ் சுட்டிக்காட்டுகிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4947</t>
   </si>
   <si>
-    <t>لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ</t>
+    <t>لا تزول قدما عبد يوم القيامة حتى يسأل عن عمره فيما أفناه، وعن علمه فيم فعل، وعن ماله من أين اكتسبه وفيم أنفقه، وعن جسمه فيم أبلاه</t>
   </si>
   <si>
     <t>((மறுமையில் அடியான் தன்னுடைய வாழ்நாளை எவ்வாறு கழித்தான்? அவனுடைய கல்வியை கொண்டு என்ன செய்தான்? செல்வத்தை எப்படி சம்பாதித்தான்? எவ்வழியில் செலவு செய்தான்? அவனுடைய உடலை எவ்வழியில் பயன்படுத்தினான்? ஆகிய கேள்விகளுக்கு அவன் பதிலளிக்காமல் அவனுடைய பாதங்கள் நகராது.))</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَرْزَةَ الأَسْلَمِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூபர்ஸதுல் அஸ்லமி ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள். ((மறுமையில் அடியான் தன்னுடைய வாழ்நாளை எவ்வாறு கழித்தான்? அவனுடைய கல்வியை கொண்டு என்ன செய்தான்? செல்வத்தை எப்படி சம்பாதித்தான்? எவ்வழியில் செலவு செய்தான்? அவனுடைய உடலை எவ்வழியில் பயன்படுத்தினான்? ஆகிய கேள்விகளுக்கு அவன் பதிலளிக்காமல் அவனுடைய பாதங்கள் நகராது.))</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>மறுமை நாளில் சுவர்க்கத்திற்கோ அல்லது நரகத்திற்கோ  எவரும் சில விடயங்கள் குறித்து விசாரிக்கப்படும் வரை விசாரணை மன்றத்தை  தாண்டி செல்ல முடியாது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள்.
 முதலாவது : மனிதனின் வாழ்வு குறித்தாகும.; தனது வாழ்க்கையை எவ்வாறு கழித்தான்? என்பது பற்றியதாகும்
 இரண்டாவது : தனது அறிவு பற்றியதாகும் அதனை அல்லாஹ்வுக்காக கற்றானா? அதன் படி செயல்பட்டானா? அக்கல்வியை தகுதியானவர்களுக்கு எத்திவைத்தானா? போன்ற கேள்விகள் அவனிடம் கேட்கப்படும்.
 மூன்றாவது: தனது செல்வம் குறித்தாகும். அதாவது செல்வத்தை எவ்வழியில் சம்பாதித்தான் ஹலாலான முறையிலா அல்லது ஹராமான முறையிலா ? அவ்வாறு சம்பாதித்த செல்வத்தை அல்லாஹ் விரும்புகின்ற விடயத்திலா அல்லது அல்லாஹ் விரும்பாத விடயத்திலா செலவு செய்தான் போன்ற கேள்விகள் அவனது செல்வம் குறித்து கேட்கப்படும்.
 நான்காவது : உடல் பற்றியதாகும் அதாவது அவனின் பலத்தையும், ஆரோக்கியத்தையும் அதன் வாலிபப்பருவத்தையும் எவ்வாறான விடயங்களில் ஈடுபடுத்தினான்? என்பது பற்றி கேள்வியாகும்</t>
   </si>
   <si>
@@ -5965,51 +6818,51 @@
   </si>
   <si>
     <t>عن أبي هريرة وجابر رضي الله عنهما أنَّ النبيَّ -صَلّى اللهُ عَلَيْهِ وسَلَّم- قالَ: «الْحَرْبُ خَدْعَةٌ».</t>
   </si>
   <si>
     <t>"யுத்தம் ஒரு சதியாகும்" என்று ரஸூல் (ஸல்) அவர்கள் நவின்றார்கள் என ஜாபிர் (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>الحَرْبُ خَدْعَة أي أن خداع الكفار والمَكر بهم في الحرب جائز، لأجل إصابتهم وإلحاق الضرر بهم، مع انعدام الخسائر بين المسلمين، ولا يُعَدُّ هذا مذموما ًفي الشرع، بل هو من الأمور المطلوبة. 
 قال ابن المنيّر رحمه الله : "الحرب الجيدة لصاحبها الكاملة في مقصودها إنما هي المخادعة لا المواجهة، وذلك لخَطِر المواجهة وحصول الظَفَر مع المخادعة بغير خطر".
 ولا يدخل في الخدعة الغدر، وهو مخالفة العهد والاتفاق بين المسلمين وأعدائهم، قال تعالى : (فإما تخافن من قوم خيانة فانبذ إليهم على سواء إن الله لا يحب الخائنين) أي: إن كان بينكم وبين قوم عهد فأعلمهم بإلغائه قبل محاربتهم، لتكونوا وإياهم على حد سواء.</t>
   </si>
   <si>
     <t>"காபிரகளுக்கு எதிரான போரின் நோக்கம் இஸ்லாத்தினதும்,இஸ்லாமியரினதும் நலன்களை உறுதிப்படுத்திக் கொள்வதே. எனவே அவர்களுடன் யுத்தம் புரியம் போது தந்திரோபயங்களைக் கையாள்வதை இந்த ஹதீஸ் அனுமதித்துள்ளது."</t>
   </si>
   <si>
     <t>الأمر باستعمال الحيلة في هزيمة العدو مهما أمكن.
 التحريض على أخذ الحذر في الحرب.
 جواز استخدام الرأي والمشورة في الحرب، بل هو آكد من الشجاعة.
 استخدام الحيل في حرب الكفار؛ لأنه يحقق مصالح نافعة للإسلام وأهله.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4956</t>
   </si>
   <si>
-    <t>مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ</t>
+    <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>'அயலவரும் வாரிசுதாரராக ஆகி விடுவாரோ என நான் எண்ணுமளவிற்கு ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்கள் அயலவர் -அண்டைவீட்டார் குறித்து எனக்கு உபதேசித்துக் கொண்டே இருந்தார்கள்'</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு உமர் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'அயலவரும் வாரிசுதாரராக ஆகி விடுவாரோ என நான் எண்ணுமளவிற்கு ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்கள் அயலவர் -அண்டைவீட்டார் குறித்து எனக்கு உபதேசித்துக் கொண்டே இருந்தார்கள்'.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்கள் அண்டை வீட்டார் குறித்து கரிசனை செலுத்துமாறு கட்டளைப் பிரப்பித்து, அதனை பற்றி பல முறை தொடர்ந்து தனக்கு கூறியவண்ணம் இருந்தார்கள் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  தெரிவிக்கிறார்கள். அண்டை வீட்டார் என்பவர் எமக்குப் பக்கத்தில் வாழும் முஸ்லிமோ காபிரோ உறவினர்களோ அல்லது உறவினர் அல்லாதாரோ அனைவரையும் குறிக்கும். இவர்களின் உரிமையை காத்து, அவர்களுக்கு தொந்தரவு செய்யாது, அவர்களுக்கு உபகாரம் செய்து, அவர்களால் ஏற்படுகின்ற தொந்தரவுகளை சகித்து நல்ல முறையில் நடந்து கொள்ள வேண்டும். ஏனெனில் ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்கள் நபியவர்களுக்கு அண்டை வீட்டார் உரிமைப் பற்றியும் அதன் மேன்மையையும் வலியுறுத்திக் கூறியது ஒருவர் தனது மரணத்திற்குப் பின் விட்டுச்செல்லும் சொத்தில் அவருக்கும் பங்கு உண்டு என நினைக்குமளவிற்கு இருந்தாக அவர்கள் குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>அண்டை வீட்டாரின் உரிமையின் மேன்மையும், அதில் கரிசனை செலுத்துவதன் அவசியமும் கடமையும் இந்த ஹதீஸ் சுட்டிக்காட்டுகிறது.
 உபதேசம் செய்து அவர்களின் உரிமையை வலியுறுத்துவதானது அவர்களை மதித்து, நேசித்து, உபகாரம் புரிதல், ஆபத்துக்களைத் தடுத்தல், நோயாளியாக இருக்கும் போது நலம் விசாரத்தல், மகிழ்வுறும் விடயங்களின் போது வாழ்த்துதல், துன்பங்களின் போது ஆறுதல் கூறுதல் போன்றவற்றின் அவசியத்தை உணர்த்துகின்றது.
@@ -6165,256 +7018,259 @@
   </si>
   <si>
     <t>அவர்கள் சொல்வதைக் கேட்டு அவர்களுக்குக் கட்டுப்பட்டு நடவுங்கள்.ஏனெனில் அவர்களின் மீது சுமத்தப்பட்டது எதுவோ அதனை அவர்கள் செய்வது அவர்களின் கடமை. உங்கள் மீது சுமத்தப்பட்டது எதுவோ அதனை நீங்கள் செய்வது உங்களின் கடமை,</t>
   </si>
   <si>
     <t>عن أبي هنيدة وائل بن حجر رضي الله عنه : سأل سلمة بن يزيد الجعفي رسول الله صلى الله عليه وسلم فقال: يا نبي الله، أرأيت إن قامت علينا أمراء يسألونا حقهم، ويمنعونا حقنا، فما تأمرنا؟ فأعرض عنه، ثم سأله، فقال رسول الله صلى الله عليه وسلم : «اسمعوا وأطيعوا، فإنما عليهم ما حُمِّلُوا، وعليكم ما حُمِّلْتُم».</t>
   </si>
   <si>
     <t>ஸலமா இப்னு யஸித் அல் ஜஅபீ அவர்கள்,ரஸுல் (ஸல்) அவர்களிடம் அல்லாஹ்வின் தூதரே! நமது தலைவர்கள் நம்மிடம் அவர்களின் உரிமைகளை கேட்கும் அதே சயம் அவர்கள் எங்களின் உரிமைகளைத் தர மறுத்து வந்தால் அது பற்றி எமக்குத் தாங்கள் விடுக்கும் கட்டளை யாது ? என்று கேட்டார்கள்.அதற்கு நபியவர்கள் "அவர்கள் சொல்வதைக் கேட்டு அவர்களுக்குக் கட்டுப்பட்டு நடவுங்கள்.ஏனெனில் அவர்களின் மீது சுமத்தப்பட்டது எதுவோ அதனை செய்வது அவர்களின் கடமை. உங்கள் மீது சுமத்தப்பட்டது எதுவோ அதனை செய்வது உங்களின் கடமை,"என்று ரஸுல் (ஸல்) அவர்கள் கூறினார்கள்,என அபூ ஹுனைதா வாஇல் இப்னு ஹுஜ்ர் (ரழி) அவர்கள் அறிவிக்கினறார்கள்.</t>
   </si>
   <si>
     <t>سأل سلمة بن يزيد رضي الله عنه النبي صلى الله عليه وسلم عن أمراء يطلبون حقهم من السمع والطاعة لهم، ولكنهم يمنعون الحق الذي عليهم؛ لا يؤدون إلى الناس حقهم، ويظلمونهم ويستأثرون عليهم، فأعرض النبي صلى الله عليه وسلم عنه، كأنه -عليه الصلاة والسلام- كره هذه المسائل، وكره أن يفتح هذا الباب، ولكن أعاد السائل عليه ذلك، فسأله، فأمر النبي صلى الله عليه وسلم أن نؤدي لهم حقهم، وأن عليهم ما حُملوا وعلينا ما حُملنا، فنحن حُملنا السمع والطاعة، وهم حُمِّلوا أن يحكموا فينا بالعدل وألا يظلموا أحداً، وأن يقيموا حدود الله على عباد الله، وأن يقيموا شريعة الله في أرض الله، وأن يجاهدوا أعداء الله.</t>
   </si>
   <si>
     <t>சில தலைவர்கள் குடிமக்களிட மிருந்து தங்களுக்குக் கிடைக்க வேண்டிய உரிமைகளை அவர்களிடம் கேட்டுப் பெற்றுக் கொள்கின்றனர் ஆனால் தாங்கள் குடி மக்களுக்குக் கொடுக்க வேண்டிய உரிமைகளை அவர்களுக்கு கொடுக்க மறுத்து வருவதுடன் அவர்களைக் கொடுமைப் படுத்தியும் வருகின்றனர்.எனவே அப்படியான தலைவர்கள் சொல்வதைக் கேட்க வேண்டுமா,அவர்களுக்குக் கட்டுப்பட்டு நடக்க வேண்டுமா?என்று ஸலமா இப்னு யஸீத் என்பார் ரஸூல் (ஸல்) அவர்களிடம் வினவினார்.அப்போது நபியவர்கள் இந்தப் பிரச்சினைப் பற்றிக் கேட்கவோ பேசவோ விரும்பாதவர்கள் போன்று அதனை பகிஷ்கரித்தார்கள்.எனினும் இதனை விசாரித்தவர் மீண்டும் இது பற்றிக் கேட்ட போது நபியவர்கள்,நாம் அவர்களுக்கு நிறைவேற்ற வேண்டிய கடமைகளை நிறைறேற்றுவோம் ஏனெனில் அவர்களின் மீது சுமத்தப்பட்டிருக்கும் கடமைகளை நிறைவேற்றுவது அவர்களின் கடமை.மேலும் நம்மீது சுமத்தப்பட்டிருப்பது எதுவோ அதனை நிறைவேற்றுவது நமது கடமை,எனவே அவர்கள் சொல்வதை நாம் கேட்க வேண்டும் என்றும்,அவர்களுக்குக் கட்டுப்பட்டு நடக்க வேண்டும் என்றும் நாம் பணிக்கப்பட்டுள்ளோம்.மேலும் நம்மீது நீதியாக ஆட்சி புரிய வேண்டும் என்றும் எவருக்கும் அநீதி இழைக்கக் கூடாதென்றும்,அல்லாஹ் தன் அடியார்கள் மீது விதித்துள்ள தண்டனைகளை நிலை நிறுத்தி வைக்கும்படியும்,உலகில் அல்லாஹ்வின் ஷரீஆவை நிலை நிறுத்தும் படியும் அல்லாஹ்வின் எதிரிகளை எதிர்த்துப் போரிடும்படியும் அவர்கள் பணிக்கப்பட்டுள்ளனர்,என்று ரஸுல் (ஸல்) அவர்கள் கூறினார்கள்.</t>
   </si>
   <si>
     <t>وجوب الطاعة للحاكم ولو قصَّر في واجبه، حفاظاً على الاستقرار والمصلحة العامة.
 تقصير الحكام في واجبهم لا يُسوغُ تقصير الناس بالمقابل في واجباتهم.
 كلٌ مسؤولٌ عن عمله، ومؤاخذ عن تقصيره.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5037</t>
   </si>
   <si>
-    <t>إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ</t>
+    <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>'(ஷிர்க்கான வாசகம் மூலம்) மந்திரித்தல், தாயத்துகள் கட்டுதல் (கணவன் மனைவியர்கிடையே அன்பை ,(ஈர்ப்பை) ஏறபடுத்துவதற்காகச் செய்யும் திவலா (முறை) ஆகியன இணைவைப்பாகும்'</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதை தான் கேட்டதாக  அப்துல்லாஹ் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அறிவித்துள்ளார்கள்: '(ஷிர்க்கான வாசகம் மூலம்) மந்திரித்தல், தாயத்துகள் கட்டுதல் (கணவன் மனைவியர்கிடையே அன்பை ,(ஈர்ப்பை) ஏறபடுத்துவதற்காகச் செய்யும் திவலா (முறை) ஆகியன இணைவைப்பாகும்'.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இணைவைப்போடு சம்பந்தப்பட்ட சில விடயங்களை இந்த ஹதீஸில் குறிப்பிடுகிறார்கள் அவற்றுள் சில பின்வருமாறு:
 முதலாவது : மந்திரித்தல் : இணைவைப்பை உள்ளடக்கிய வார்த்தைகளின் மூலம் நிவாரணம் பெற வேண்டி ஜாஹிலிய்யா மக்கள் பயன்படுத்திய வாசகங்களை இது குறிக்கிறது.
 இரண்டாவது: மணிகள் போன்றவற்றால் தயாரிக்கப்பட்ட தாயத்துகள் : இவை குழந்தைகள் மற்றும் மிருகங்களை கண்திருஷ்டியிலிருந்து பாதுகாப்பதற்காக அணிவிக்கப்படுகின்றன.
 மூன்றாவது: திவலா, அதாவது கணவன் மனைவியருக்கிடையே பாசத்தை ஏற்படுத்து வதற்காக செய்யப்படுகின்ற ஒரு காரியத்தைக் குறிக்கும்.
 மார்க்க ஆதாரங்களால் நிரூபிக்கப்பட்டோ, அனுபவ வாயிலாகவோ உணரப்பட்ட விடயம் அல்லாததாலும், வெறுமனே ஒரு பொருளை காரணமாக வைத்து அதில் நம்பிக்கை கொள்வதனாலும் இந்த விடயங்கள் யாவும் இணைவைத்தல் என்ற பாவத்தில் உள்ளடங்குகிறது. ஆனால் அல்குர்ஆன் ஓதுதல் போன்ற மார்க்கரீதியிலான வழிமுறைகள், அல்லது அனுப அறிவு வாயிலாக நிரூபிக்கப்பட்ட மருந்துகள் போன்ற கற்புலனாகும் வழிமுறைகள் ஆகியவற்றைப் பயன்படுத்துவது அனுமதிக்கப் பட்டதாகும். ஆனால் அவை காரணகாரியங்கள் என்பதை ஏற்றுக்கொள்வதுடன் பயன் கிடைப்பதும் கிடைக்காதிருப்பதும் அல்லாஹ்விடம் உள்ள விடயம் என்பதையும் நம்ப வேண்டும்.</t>
   </si>
   <si>
     <t>صيانة التوحيد والعقيدة عما يُخِلُّ بها.
 تحريم استعمال الرقى الشركية والتمائم والتولة.
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>ஓரிறைக் கொள்கை, இஸ்லாத்தின் நம்பிக்கைக் கோட்பாடு ஆகியவற்றில் கோலாரை ஏற்படுத்தக் கூடிய விடயங்களிலிருந்து பாதுகாத்தல்
 இணைவைத்தல் அடங்கிய மாந்திரீகம், தாயத்துக்கள், திவலா ஆகியவற்றைப் பயன்படுத்துவது ஹராமாக்கப்பட்டிருத்தல்.
 ஒரு மனிதன் இந்த மூன்று விடயங்களும் தனக்கு ஏற்பட்ட துன்பங்களை நீக்குவதற்கான வழிமுறைகள் -சாதனங்கள்- என நம்புதல் சிறிய வகை இணைவைப்பாகும். காரணம் அவன் வழிமுறையில்லாத ஒரு விடயத்தை வழிமுறையாக ஆக்கியதாகும். என்றாலும் ஒருவன் குறிப்பிட்ட பொருளானது சுயமாக நன்மை தரக்கூடியது தீங்கை எற்படுத்தக்கூடியது என நம்பினால் அவன் பெரிய இணைவைப்பில் வீழ்ந்து விட்டான்.
 ஷிர்கான மற்றும் தடைசெய்யப்பட்ட காரண காரியங்களை செய்வதை விட்டும் எச்சரிக்கப்பட்டிருத்தல்.
 அனுமதிக்கப்பட்ட ஓதிப்பாத்தலை தவிர ஏனையவை அனைத்தும் ஷிர்க்காகும், அதனை செய்வது ஹராமாகும்.
 எப்போதும் உள்ளமானது அல்லாஹ்விடம் மாத்திரம் பற்றுக்கொண்டதாக இருப்பது அவசியமாகும். ஏனெனில் நலவோ கெடுதியோ அவன் ஒருவனிடம் மாத்திரமே உள்ளது, அவனுக்கு எந்த இணையும் கிடையாது, ஆக நலவை அல்லாஹ்வைத் தவிர வேறு யாரும் கொண்டுவர முடியாது, அதே போல் ஒரு தீமையை அல்லாஹ்வைத் தவிர வேறுயாராலும்; தடுக்கவும் முடியாது.
 அனுமதிக்கப்பட்ட ஓதிப்பார்த்தல் உள்ளடக்கியிருக்க வேண்டிய  மூன்று நிபந்தனைகள் -வரையறைகள்- பின்வருமாறு :
  1-இது அல்லாஹ்வின் அனுமதியின்றி பயனளிக்க முடியாத சாதாரண ஒரு சிகிச்சை முறை என்பதாகவே எண்ண வேண்டும். 2. இது அல்குர்ஆன், அல்லாஹ்வின் திருநாமங்கள் மற்றும் பண்புகள், நபியவர்கள் காட்டித்தந்த அனுமதிக்கப் பட்ட  பிரார்த்தனைகள் மூலம் இருக்க வேண்டும். 3. அது புரிந்து கொள்ளக் கூடிய மொழியில் இருப்பதுடன் புரிந்து கொள்ளமுடியாத மாயையாகவோ தகடுகளை உள்ளடக்கியதாகவோ இருக்கக் கூடாது.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5273</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ</t>
+    <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>(ஒரு முறை) நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் (எங்களிடம்), 'புறம் பேசுதல் என்றால் என்னவென்று உங்களுக்குத் தெரியுமா?' என்று கேட்டார்கள். அதற்கு நபித்தோழர்கள், 'இது குறித்து அல்லாஹ்வும் அவனுடைய தூதருமே நன்கறிந்தவர்கள்' என்று பதிலளித்தனர். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், 'நீர் உம்முடைய சகோதரரைப் பற்றி அவர் விரும்பாத ஒன்றைக் கூறுவதாகும்'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : (ஒரு முறை) நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் (எங்களிடம்), 'புறம் பேசுதல் என்றால் என்னவென்று உங்களுக்குத் தெரியுமா?' என்று கேட்டார்கள். அதற்கு நபித்தோழர்கள், 'இது குறித்து அல்லாஹ்வும் அவனுடைய தூதருமே நன்கறிந்தவர்கள்' என்று பதிலளித்தனர். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், 'நீர் உம்முடைய சகோதரரைப் பற்றி அவர் விரும்பாத ஒன்றைக் கூறுவதாகும்' என்று பதிலளித்தார்கள். அப்போது, 'நான் சொல்லும் குறை என் சகோதரரிடம் இருந்தாலுமா? என்று கேட்கப்பட்டது. அதற்கு நபியவர்கள், 'நீர் சொல்லும் குறை உம்முடைய சகோதரரிடம் இருந்தால், நீர் அவரைப் பற்றிப் புறம் பேசிவிட்டீர். நீர் சொன்ன குறை அவரிடம் இல்லாவிட்டால், நீர் அவரைப் பற்றி அவதூறு கூறிவிட்டீர் என்றார்கள்.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் புறம் பேசுதலின் யதார்த்தத்தைத் தெளிவு படுத்துகின்றார்கள். அதாவது ஒரு சகோதரரைப் பற்றி அவரின் தோற்றம் பற்றியோ அல்லது அவரின் குணம் பற்றியோ அவர் இல்லாத சந்தர்ப்பத்தில் அவர் விரும்பாத ஒரு செய்தியைக் கூறுவதாகும். உதாரணத்திற்கு குறித்த நபர் பற்றி அவர் ஒற்றைக் கண்ணுடையவர், மோசடிக்காரன், பொய்யன் போன்ற மோசமான பண்புகளை அடையாளப்படுத்தும் பெயர்களை கூறுவது புறமாகும். இக்குறித்த பண்புகள் அவரிடத்தில் இருந்தாலும் இது புறம் பேசுவதில் சேரும் என்பதை உணர்தல் வேண்டும்.
 குறித்த பண்புகள் அவரிடத்தில் இல்லாது விட்டால் அது புறத்தை விட மிகவும் கடுமையான விடயமான அபாண்டம் பலி சுமத்துதல் என்ற விவகாரத்திற்கு இட்டுச்செல்லும்.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹி வஸல்லம்  அவர்களின் அழகான கற்பித்தல் முறையை இங்கு அவதானிக்கலாம். கேள்வி - பதில் அமைப்பில்  சில விடயங்களை விளக்குவதை காணமுடிகிறது.
 'அல்லாஹ்வும் அவனுடைய தூதருமே நன்கறிந்தவர்கள்' என்று பதிலளித்ததன் மூலம், ஸஹாபாக்கள் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களுடன் பேணிய  நல்லொழுக்கத்தை இந்த ஹதீஸ் பிரதிபளிக்கிறது.
 கேள்வி கேட்கப்பட்டவர் தனக்குத் தெரியாததை அல்லாஹ்வே மிகவும் அறிந்தவன் என்று கூறுவது சிறப்பாகும்.
 சமூக உறுப்பினர்களிக்கிடையில் சகோதரத்துவத்தையும், அவர்களின் உரிமைகளையும் இஸ்லாமிய மார்க்கம் பாதுகாத்தல்.
 பொதுவாக புறம் பேசுவது ஹராமாகும், ஆனால் நலன்களைக் கருத்திற்கொண்டு சில சந்தர்ப்பங்களில் பேசுவது அனுமதிக்கப் பட்டதாகும். அக்கிரமத்தை-அநியாயத்தை- தடுத்தல், அதில் ஒன்றாகும் . அதாவது ஒரு அக்கிரமத்திற்கு ஆளாக்கப்பட்டவர் தனது உரிமையை பெற்றுக்கொள்ளும் நோக்கில் அதிகாரம் படைத்த ஒருவரிடம் குறித்த நபரால் தனக்கேட்பட்ட அநியாயத்தை முறையிடுதல், அதாவது இன்னார் எனக்கு அநியாயம் இழைத்து விட்டார் அவர் எனக்கு இவ்வாரெல்லாம் செய்தார் என்று முறையிடுவதைக் குறிக்கும், மேலும் திருமண விவகாரத்தில் ஆலோசனை கேட்கும் விடயத்திலும், அல்லது கூட்டு முயற்சிகளில் ஈடுபடும் விடயத்திலும், அண்டி வாழும் விடயத்திலும் குறித்த நபர்கள் பற்றி விசாரிப்பதற்கு அனுமதியுள்ளது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5326</t>
   </si>
   <si>
-    <t>اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ</t>
+    <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>'யா அல்லாஹ் !என் சமுதாயத்தின் விவகாரங்களில் ஒன்றை பொறுப்பேற்றுக் கொண்ட ஒருவர், அவர்களைச் சிரமத்திற்குள்ளாக்கினால், அவரை நீயும் சிரமத்திற்குள்ளாக்குவாயாக! மேலும் என் சமூகத்தின் விவகாரங்களில் ஒன்றை ஒருவர் பொறுப்பேற்று அவர்களுடன் நலினமாக நடந்து கொள்கிறாரோ அவருடன் நலினமாக நடந்து கொள்வாயாக !</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
     <t>எனது இந்த வீட்டில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை நான் கேட்டேன் என  ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் அறிவித்துள்ளார்கள் : 'யா அல்லாஹ் !என் சமுதாயத்தின் விவகாரங்களில் ஒன்றை பொறுப்பேற்றுக் கொண்ட ஒருவர், அவர்களைச் சிரமத்திற்குள்ளாக்கினால், அவரை நீயும் சிரமத்திற்குள்ளாக்குவாயாக! மேலும் என் சமூகத்தின் விவகாரங்களில் ஒன்றை ஒருவர் பொறுப்பேற்று அவர்களுடன் நலினமாக நடந்து கொள்கிறாரோ அவருடன் நலினமாக நடந்து கொள்வாயாக !</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
     <t>முஸ்லிம் சமூகத்தின் விவகாரங்களை பொறுப்பேற்றோர் அது  சிறிய பொறுப்போ, பெரிய பொறுப்போ அது குறித்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பிராரத்தனை புரிந்துள்ளார்கள். அதாவது அதிகாரத்தைப் பெற்று நலினமாக நடந்து கொள்ளாது மக்களுக்கு சிரமத்தை ஏற்படுத்திய அவர்களுக்கும் அதே மாதிரியான  செயலுக்கேற்ற கூலியை வழங்குமாறு நபியவர்கள் அவர்களுக்கு எதிராகப் பிரார்த்தனை செய்துள்ளார்கள்.
 யார் அவர்களுடன் நலினமாக நடந்து  அவர்களின் விவகாரங்களை இலகுபடுத்திக் கொடுக்கின்றாரோ அவர்களுடன் அல்லாஹ் நலினமாக நடப்பதுடன் அவனுடைய விவகாரங்களையும் இலகுபடுத்திக் கொடுக்கிறான்.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
     <t>யார் முஸ்லிம்களின் விவகாரங்களை பொறுப்பேற்கின்றார்களோ அவர்கள் முஸ்லிம்களுடன் அவர்களுக்கு முடியுமான வரையில் இணக்கமாகவும் நலினமாவும் நடந்து கொள்வது அவசியமாகும்.
 செயலுக்கேற்பவே கூலி வழங்கப்படும்.
 நலினமாக நடந்து கொள்ளுதல்,கடுமையாக நடந்து கொள்வது என்பதற்கான ஷரீஆ அளவுகோள் என்னவெனில் அவை அல்குர்ஆன் மற்றும் நபி வழிமுறைக்கு முரணாக இல்லாமல் இருப்பதாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5330</t>
   </si>
   <si>
-    <t>إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>'சில மனிதர்கள் அல்லாஹ்வின் செல்வத்தை தான் விரும்பிய விதத்தில் அநியாயமான முறையில் கையாள்கிறார்கள். அவர்களுக்கு மறுமை நாளில் நரகமே உரியதாகும்</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதைத்  தான் கேட்டதாக கவ்லா அல்அன்ஸாரிய்யா ரழியல்லாஹு அன்ஹா அவர்கள் கூறினார்கள்: 'சில மனிதர்கள் அல்லாஹ்வின் செல்வத்தை தான் விரும்பிய விதத்தில் அநியாயமான முறையில் கையாள்கிறார்கள். அவர்களுக்கு மறுமை நாளில் நரகமே உரியதாகும்.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>முஸ்லிம்களின் உடமைகளை, செல்வத்தை தவறான முறையில் கையாளும் சில மனிதர்களை நபியவர்கள் கூறி, அவர்கள் முறையற்ற விதத்தில் சொத்துக்களை சுரண்டுகின்றனர் என்பதைக் கூறுகின்றார்கள். உரிய  முறையில் அல்லாது வேறு வழிகளில் செல்வத்தை சம்பாதித்து அதனை திரட்டி, உரிய இடங்களில்,சந்தர்ப்பங்களில் செலவளிக்கப்படாத செல்வம் குறித்த பொது கருத்து இதுவாகும்.இதில் அநாதைகளின் சொத்துக்கள், வக்பு சொத்துக்கள், அமானிதங்களை ஒப்டைக்க மறுத்தல், பொது நிதியிலிருந்து அனுமதியோ, தகுதியோ இல்லாமல் எடுத்தல் போன்றன இதில் உள்ளடங்குகின்றன.
 இவ்வாறான செயல்களில் ஈடுபடுவோருக்கான கூலி நரகம்தான் என நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அறிவித்துள்ளார்கள்.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>மனிதர்களின் கைவசம் இருக்கும் செல்வம்,(சொத்து) அல்லாஹ்வுக்குரியது. அவற்றை  முறையற்ற முறையில் தாம் நினைத்த பிரகாரம் கையாள்வதை தவிர்த்து,  மார்க்கம் அங்கீகரித்த முறையில் செலவு செய்வதற்கு அவர்களை அல்லாஹ்  பிரதிநிதியாக ஆக்கியுள்ளான். ஆகவே இந்த விடயம் முஸ்லிம்களில் அதிகாரம் படைத்தோர்,(ஆட்சித்தலமைகள்), மற்றும் ஏனைய முஸ்லிம்கள் அனைவருக்கும் பொதுவான நியதியாகும்.
 பொதுச்சொத்து விவகாரத்தில் ஷரீஆவின் கடுமையான நிலைப்பாட்டை இந்த ஹதீஸ் பிரதிபளிக்கிறது. யார் பொதுச்சொத்து விவகாரங்களில் ஏதாவது ஒன்றை பொறுப்பேற்கிறாரோ அவர் அந்த பொதுச்சொத்தை திரட்டியமை பற்றியும், அதனை செலவு செய்தது குறித்தும் மறுமையில் விசாரிக்கபடுவர்.
 இந்த எச்சரிக்கையினுள் யாரெல்லாம் சொத்து –பணம் வைத்துக்கொண்டு அதனை ஷரீஆ அங்கீகரித்த முறையிலன்றி வேறுவிதமாக கையாள்கிறார்களோ அவர்கள் அனைவரையும் உள்ளடக்கிக் கொள்ளும். குறிப்பிட்ட பணம் அல்லது செல்வம் தனக்கோ பிறருக்கோ  சொந்தமாக  இருப்பினும் சரியே.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5331</t>
   </si>
   <si>
-    <t>إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ</t>
+    <t>إياكم والظن؛ فإن الظن أكذب الحديث</t>
   </si>
   <si>
     <t>(ஆதாரமில்லாமல் பிறரை) சந்தேகிப்பது குறித்து உங்களை நான் எச்சரிக்கிறேன். ஏனெனில், சந்தேகம் கொள்வது பெரும் பொய்யாகும்</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ، وَلَا تَحَسَّسُوا، وَلَا تَجَسَّسُوا، وَلَا تَحَاسَدُوا، وَلَا تَدَابَرُوا، وَلَا تَبَاغَضُوا، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا».</t>
   </si>
   <si>
     <t>நபி ﷺ அவர்கள் கூறியதாக அபூஹுரைரா (ரழி) அவர்கள் அறிவிக்கிறார்கள் : (ஆதாரமில்லாமல் பிறரை) சந்தேகிப்பது குறித்து உங்களை நான் எச்சரிக்கிறேன். ஏனெனில், சந்தேகம் கொள்வது பெரும் பொய்யாகும். (பிறரின் குறையைத்) துருவித் துருவி ஆராயாதீர்கள். தேடிச் செல்லாதீர்கள் ஒருவருக்கொருவார் பொறாமை கொள்ளாதீர்கள், பிணங்கிக்கொள்ளாதீர்கள், கோபித்துக் கொள்ளாதீர்கள், நீங்கள் அனைவரும் அல்லாஹ்வின் அடியார்கள் என்ற வகையில் சகோதரர்களாக இருங்கள்.</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم ويُحَذِّرُ مِن بعضِ ما يؤدِّي إلى الفُرْقة والعداوة بين المسلمين، 
 ومن ذلك: 
 (الظن) وهو تُهمةٌ تقَعُ في القَلبِ بلا دَليلٍ، وبَيَّنَ أنه مِن أَكْذَب الحديث. 
 وعن (التَّحَسُّس): وهو البحث عن عورات الناس بالعين أو الأذن. 
 و(التَّجَسُّس): وهو البحث عن ما خفي من الأمور، وأكثر ما يقال ذلك في الشر. 
 وعن: (الحسد) وهو كراهية حصول النعمة للآخرين. 
 وعن: (التدابر) بأنْ يَعْرِضَ بعضُهم عن بعض، فلا يسلِّم ولا يزور أخاه المسلم، 
 وعن: (التباغض) والكراهية والنفرة، كأذية الآخرين، والعبوس وسوء المقابلة. 
 ثم قال كلمة جامعة تصلح بها أحوال المسلمين بعضهم مع بعض: (وكونوا عباد الله إخوانًا) 
 فالأخوة رابطة تلتئم بها العلاقات بين الناس، وتزيد المحبة والأُلْفة بينهم.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் முஸ்லிம்களுக்கு மத்தியில் பகைமை மற்றும் பிரிவினைக்கு வழிவகுக்கும் விடயங்கள்; சிலவற்றை எச்சரித்து தடைசெய்துள்ளார்கள். அவற்றுள் பின்வருன ஹதீஸில் குறிப்பிடப்பட்டவையாகும்
 (அழ்ழன்)'ஊகம், பழிசுமத்துதல் என்பது இதன் கருத்தாகும் அதாவது எவ்வித ஆதாரமுமின்றி  ஊகத்தின் அடிப்படையில் உள்ளத்தில் எழும் பிறர் குறித்த தீய எண்ணம் (பழியுரைத்தல்). இதனை நபியவர்கள் பேச்சுகளில் மிகப்பெரும் பொய் என தெளிவுபடுத்துகிறார்கள்.
 (அத்தஹஸ்ஸுஸ்) மனிதர்களின் குறைகளை நேரடியாக பார்த்தல்; அல்லது கேட்டல் ஊடாக தேடிச் செல்வதை குறிக்கும்.
 (அத்தஜஸ்ஸுஸ்) மனிதர்களின் தெரியாத மறைவான விடயங்களை தேடிச்செல்லுதல், 
 ஆய்வுசெய்தல். இவ்வார்த்தை அதிகம் தீமை சார்ந்த விடயங்களில் பிரயோகிக்கப்படும்.
 (அல் ஹஸத்) : பிறருக்கு கிடைத்த அருள்களை விரும்பாதிருத்தல்,(வெறுத்தல்).
 (அத்ததாபுர்) என்பது ஒருவறை புறக்கணித்து பிணங்கிக் கொள்வது இதனால் தனது சகோதர முஸ்லிமுக்கு ஸலாம் கூறாதிருப்பது அவரை சந்திக்காது இருத்தல்.
 (அத்தபாகுழ்) என்பது வெறுத்தல் ஓதுக்குதல் என்ற கருத்தைக்குறிக்கும் அதாவது பிறருக்கு நோவினை செய்தல் முகத்தை கடுகடுப்பாக வைத்துக்கொள்ளுதல்,வெறுப்போடு சந்தித்தல் என்பவை இதன் கருத்தாகும்.
 இறுதியாக முஸ்லிம்களின் நிலைகளை சீர்செய்யும் முகமாகவும் ஒருவருக்கொருவர் சமாதானமாக இருப்பதற்காகவும் வேண்டி  கருத்தாளமிக்க ஒரு வார்த்தையை குறிப்பிட்டார்கள். அதுதான் 'நீங்கள் அனைவரும் அல்லாஹ்வின் அடியார்கள் என்றவகையில் சகோதரர்களாக இருங்கள்';. சகோதரத்துவம் என்பது மனிதர்களுக்கு மத்தியில் உறவை, தொடர்பை பலப்படுத்தும் ஒரு இணைப்பாகும். அது அவர்களுக்கு மத்தியில் அன்பையும் நேசத்தையும் அதிகப்படுத்துகிறது.</t>
   </si>
   <si>
     <t>لا يَضُرُّ الظنُّ السيءُ بمَن ظهرتْ منه علاماتُه، وعلى المؤمن أن يكون كَيِّسًا فَطِنًا لا يَنْخدع بأهل السوء والفسوق.
 المراد التحذير من التهمة التي تستقر في النفس، ومن الإصرار عليها، أما ما يَعرِض في النفس ولا يستقر فهذا لا يُكلف به.
 تحريم أسباب التنافر والقطيعة بين أفراد المجتمع المسلم، من التجسس والحسد ونحوِهما.
 الوصية بمعاملة المسلم معاملة الأخ في النصيحة والتَّوَادّ.</t>
   </si>
   <si>
     <t>யாரிடம் தீய எண்ணங்கள் பற்றிய அறிகுறிகள் தென்படுகிறதோ அவரைப்பற்றித் தப்பான எண்ணம் கொள்வதில் பிரச்சினை கிடையாது. ஒரு இறைநம்பிக்கையாளனைப் பொறுத்தவரை விவேகமுள்ளவனாகவும், புத்திசாதுரியம் மிக்கவராகவும் இருப்பதோடு, பாவிகள் மற்றும் தீயவர்கள் விடயத்தில் ஏமாந்திடலாகாது.
 இங்கே பிறர்பற்றி பழிசுமத்துதல் தீய எண்ணங் கொள்வது என்பற்கான எச்சரிக்கையானது உள்ளத்தில் ஆழமாக நினைத்து அதில் விடாப் பிடியாக இருத்தலைக் குறிக்கும். மாறாக உள்ளத்தில் ஒருவரை ப்பற்றி சாதாரணமாக வந்து போகும் எண்ணங்களைக் குறிக்காது.
 முஸ்லிம் சமூகத்தில் உள்ள தனிநபர்களுக்கிடையி ல் உறவைத்துண்டாடி வெறுப்பை தூண்டுவதற்கு காரணமாக காணப்படுகின்ற மற்றவர் குறையை ஆராய்தல், பொறாமைப்படுதல் போன்ற விடயங்கள் ஹராமாக்கப்பட்டிருத்தல்.
 நலன் நாடுவதிலும் நேசம் கொள்வதிலும் ஒரு முஸ்லிமுடன் சகோதரத் தன்மையுடன் நடந்து கொள்ளுமாறு உபதேசம் செய்திருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5332</t>
   </si>
   <si>
-    <t>مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ</t>
+    <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>அடியான் ஒருவனுக்கு மக்களில் சிலரை நிர்வகிக்கும் பொறுப்பை அல்லாஹ் வழங்கியிருக்க, அவர் அந்த மக்களை ஏமாற்றி மோசடி செய்த நிலையிலேயே மரணித்து விட்டால் அவருக்கு அல்லாஹ் சொர்க்கத்தைத் தடைசெய்துவிடுகிறான்</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக மஃகில் இப்னு யஸார் ரழியல்லாஹு அவர்கள் கூறினார்கள் : அடியான் ஒருவனுக்கு மக்களில் சிலரை நிர்வகிக்கும் பொறுப்பை அல்லாஹ் வழங்கியிருக்க, அவர் அந்த மக்களை ஏமாற்றி மோசடி செய்த நிலையிலேயே மரணித்து விட்டால் அவருக்கு அல்லாஹ் சொர்க்கத்தைத் தடைசெய்துவிடுகிறான்.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>மக்களுக்கு பொறுப்பாளராகவும், நிர்வாகியாகவும்   அல்லாஹ் ஓவ்வொருவரையும் ஆக்கியுள்ளதாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் இந்த ஹதீஸில் தெரிவிக்கிறார்கள். குறிப்பிட்ட நிர்வாகமானது அமீர் (கலீபா) போன்ற பொது (நாட்டு) நிர்வாகமாகவோ அல்லது குடும்பத்தினூடான வீட்டு நிர்வாகம் போன்ற குறிப்பான நிர்வாகமாக இருந்தாலும் சரியே இவையனைத்தையும் இது உள்ளடக்குகிறது. ஆகவே தனது குடிமக்களின் உரிமைகளில் அலட்சியமாக நடந்து, அவர்களுக்கு மோசடி செய்து அவர்களுக்கு எந்த நலனையும் நாடாது, மார்க்கம் மற்றும் உலகியல் உரிமைகளை பால்படுத்தியவரே இவ்வாறான கடுமையான தண்டணைக்கு தகுதியானவராக மாறுகிறார்.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>இந்த எச்சரிக்கையானது குறிப்பாக நாட்டின் தலைவர்  (கலீபா) மற்றும் அவரின் அரச பிரதிநிதிகள் போன்றோரை மாத்திரம் குறிக்காது. மாறாக யாரெல்லாம் குடிமக்களின் விவகாரங்களில் பொறுப்புக்கூறக்கூடிய பதவி நிலைகளில் உள்ளனரோ அவர்கள் அனைவரையும் இது குறிக்கும்.
 எனவே  முஸ்லிம் விவகாரங்களில் பொறுப்பொன்றை ஏற்ற யாவரும் அவர்களுக்கு நலன் நாடி, அவர்களின் அமானிதங்களை நிறைவேற்றுவதில் அயராது பாடுபட்டு அவர்களுக்கு துரோகம் மற்றும் மோசடி செய்வதிலிருந்து எச்சரிக்கையாக இருப்பதும் அவசியமாகும்.
 பொதுவான அல்லது குறிப்பான அல்லது, பெரிய அல்லது சிறிய  நிர்வாகத்தை பொறுப்பேற்பதில் மிகப்பெரும் வகை கூறுதல் இந்த ஹதீஸில் சுட்டிக்காட்டப்படடுள்ளது.</t>
@@ -6463,582 +7319,625 @@
     <t>நபி (ஸல்) அவர்கள் கூறியதாக அனஸ் பின் மாலிக் (ரலி) அவர்கள் கூறினார்கள் : "மனிதர்கள் அனைவரும் தவறிழைக்கக் கூடியவர்களே, அவர்களில் சிறந்தவர்கள் அத்தவறுகளிலிருந்து பாவமீட்சி பெறுவோராகும்".</t>
   </si>
   <si>
     <t>لا يخلو الإنسان من الخطيئة، لما فُطر عليه من الضعف، وعدم الانقياد لمولاه في فعل ما دعاه إليه، وترك ما نهاه عنه، لكنه تعالى فتح باب التوبة لعباده، وأخبر أن خير الخطائين هم المكثرون من التوبة.</t>
   </si>
   <si>
     <t>மனிதன் பலவீனமாகப் படைக்கப்பட்டுள்ளதாலும், தனது எஜமான் ஏவியதை எடுத்து நடப்பதிலும், விலக்கியதைத் தவிர்ந்து கொள்வதிலும் அவனுக்குக் கட்டுப்படுவதிலும் பாவம் செய்யாமல் அவனால் இருக்க முடியாது. எனினும் தவ்பாவின் பாவமீட்சி வாயிலை அல்லாஹ் தனது அடியார்களுக்காகத் திறந்து வைத்துள்ளான். தவறிழைப்பவர்களில் அதிகம் தவ்பாச் செய்வோரே சிறந்தவர்கள் எனவும் அவன் அறிவித்துள்ளான்.</t>
   </si>
   <si>
     <t>من شأن ابن آدم الخطأ والوقوع في الذنب.
 الواجب على المؤمن إذا تلبس بمعصية أن يبادر بالتوبة.</t>
   </si>
   <si>
     <t>தவறுகளைச் செய்து பாவத்தில் விழுவது மனிதனின் இயல்பாகும். அவ்வாறு பாவம் செய்தால் உடனடியாகத் தவ்பாச் செய்வது ஒரு விசுவாசிக்குக் கடமையாகும்.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه والدارمي وأحمد</t>
   </si>
   <si>
     <t>[இதனை இப்னு மாஜா பதிவு செய்துள்ளார் - இதனைத் திர்மிதி பதிவு செய்துள்ளார் - இதனைஅஹ்மத் பதிவு செய்திருக்கிறார் - இதனை தாரமீ பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5344</t>
   </si>
   <si>
-    <t>كُلُّ مَعْرُوفٍ صَدَقَةٌ</t>
+    <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>'நற் செயல்கள் அனைத்தும் தர்மமாகும்</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஜாபிர் இப்னு  அப்தில்லாஹ் ரழியல்லாஹு அன்ஹுமா அவர்கள் அறிவிக்கிறார்கள் : 'நற் செயல்கள் அனைத்தும் தர்மமாகும்.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>பிறருக்கு செய்யும் உபகாரமும், பயன்படத்தக்க ஒவ்வொரு வார்த்தையும் செயலும் தர்மமாகும், அதற்கு கூலியும், வெகுமதியும் உண்டு என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் தெரிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>தர்மம் என்பது மனிதன் தன்னிடமிருந்து வழங்கும் செல்வத்துடன் மாத்திரம் வரையறுக்கப்பட்டதன்று. மாறாக மனிதன் செய்யும் நற்செயல்கள் மற்றும் அவன் பேசும் வார்த்தைகள் மற்றும் பிறர் பயனடையவதற்கு சேர்ப்பிக்கும் அனைத்து சேவைகளையும் குறிக்கும்.
 நற்செயல், மற்றும் பிறருக்கு பயனளிக்கும் அனைத்தையும் செய்ய இந்நபிமொழி ஊக்குவிக்கின்றது.
 எந்த ஒரு நற்செயலும் சிறியதாக இருந்தாலும்  அதனை துச்சமாய் கருதாதிருத்தல்.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
+    <t>[رواه البخاري من حديث جابر ورواه مسلم من حديث حذيفة]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5346</t>
   </si>
   <si>
-    <t>لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ</t>
+    <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>'நல்லறங்களில் எதையும் அற்பமாகக் கருதாதீர், அது  உமது சகோதரரை மலர்ந்த முகத்துடன் நீர் சந்திப்பதானாலும் சரியே'</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனக்கு கூறியதாக  அபூதர் அல்கிஃபாரி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'நல்லறங்களில் எதையும் அற்பமாகக் கருதாதீர், அது  உமது சகோதரரை மலர்ந்த முகத்துடன் நீர் சந்திப்பதானாலும் சரியே'.</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் நல்லறங்களை செய்யுமாறு தூண்டியுள்ளார்கள்.அது ஒருவரை சந்திக்கும் போது மலர்ந்த -இன்-முகத்துடன் இருப்பது போன்ற சிறிய ஒரு செயலாக இருப்பினும் சரியே என்கிறார்கள். இதன் மூலம் தனது சகோதர முஸ்லிமுக்கு அன்பு காட்டி, மகிழ்ச்சியை ஏற்படுத்த முடியுமென்பதால் இவ்வாறான விடயங்களை ஒரு முஸ்லிம்  அற்பமாகக் கருதாது  ஆர்வத்துடன் மேற்கொள்வது அவசியமாகும்.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
     <t>முஃமின்கள்; தங்களுக்கிடையே பரஸ்பரம் அன்பு பாரட்டுவதன் சிறப்பும், சந்திக்கும் போது முகமலர்சியுடன், புன்முறுவல் பூப்பதின் சிறப்பும் குறித்து இந்த ஹதீஸ் குறிப்பிடுகிறது.
 இந்த மார்க்கம் அனைத்தையும் உள்ளடக்கிய பூரணமான மார்க்கமாகும். முஸ்லிம்களின் நலன், ஒற்றுமையை ஏற்படுத்தும் அனைத்தையும் சட்டபூர்வமாக்கியுள்ளது.
 குறைவானதாக இருப்பினும் நற்செயல் ஒன்றை செய்ய தூண்டியிருத்தல்
 முஸ்லிம்களுக்கு மத்தியில் நற்புறவு ஏற்படவேண்டும் என்பதற்காக அவர்களின் உள்ளங்களில் சந்தோசத்தை, மகிழ்ச்சியை ஏற்படுத்துவது வரவேற்கத்தக்க விடயமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5348</t>
   </si>
   <si>
-    <t>لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ</t>
+    <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
     <t>'(பிறரை)அடித்து வீழ்த்துபவன் வீரனல்ல. உண்மையில் வீரன் என்பவன், கோபத்தின்போது தன்னைக் கட்டுப்படுத்திக் கொள்பவனே ஆவான்'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதாக அபூஹூரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள்: '(பிறரை)அடித்து வீழ்த்துபவன் வீரனல்ல. உண்மையில் வீரன் என்பவன், கோபத்தின்போது தன்னைக் கட்டுப்படுத்திக் கொள்பவனே ஆவான்'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
   </si>
   <si>
     <t>உண்மையான வலிமை என்பது உடல் வலிமையோ, அல்லது பலசாலியை வீழ்த்துவதோ அல்ல. மாறாக  மிகப்பெரும் பலசாலி என்பவன் கடுமையான கோபத்தின் போது தனது உள்ளத்துடன் போராடி கட்டுப்படுத்துபவனே என நபி ஸல்லல்லாஹு அலைஹிவஸல்லாம் அவர்கள் தெளிவு படுத்துகிறார்கள். ஏனெனில் இது தன்னைக் கட்டுப்படுத்தி அவனிடமுள்ள ஷைத்தானை வெற்றி கொள்ளும் அவனது ஆற்றலைப் பறைசாற்றுகின்றது.</t>
   </si>
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>கோபத்தின் போது மனதை அடக்குதல் மற்றும் சகிப்புத்தன்மை ஆகியவற்றின் சிறப்பு குறித்து குறிப்பிடப்பட்டிருத்தல். இவை இஸ்லாம் ஆர்வமூட்டியுள்ள நல்லமல்களில் சிலதாகும்.
 கோபத்தின் போது மனதுடன் போராடுவது எதிரியுடன் போராடுவதை விட மிகவும் சிரமானது.
 வலிமை பற்றிய அறியாமைக் கால எண்ணக்கருவை இஸ்லாம் ஒரு தனித்துவமான முஸ்லிம் ஆளுமையை உருவாக்கும் கண்ணியமான பண்பாக மாற்றியுள்ளது. எனவே மக்களில் மிகவும் வலிமையானவர் தனது மனதை கட்டுப்படுத்தி ஆள்பவராவார்.
 தனிமனித மற்றும் சமூகவியல் ரீதியான பல தீங்குகளுக்கு கோபம் வழிவகுப்பதால் அதனை விட்டும் விலகியிருப்பது அவசியமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5351</t>
   </si>
   <si>
-    <t>مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ</t>
+    <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>யார் எந்த சமூகத்திற்கு ஒப்பாக நடப்பாரோ அவர் அச்சமூகத்தைச் சேர்ந்தவராவர்</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு உமர் ரழியல்லாஹு அன்ஹுமா கூறினார்கள் : யார் எந்த சமூகத்திற்கு ஒப்பாக நடப்பாரோ அவர் அச்சமூகத்தைச் சேர்ந்தவராவர்</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
     <t>யார் ஒருவர் குறிப்பிட்ட ஒரு சமூகத்திற்கே உரிய தனித்துவமான நம்பிக்கைள் அல்லது வணக்க வழிபாடுகள் அல்லது வழக்காறுகள் போன்றவற்றில் ஏதாவது ஒன்றை பின்பற்றிச் செய்வதன் மூலம் அவர்களில் உள்ள இறைநிராகரிப்பாளர்கள் அல்லது மோசமான தீய விடயங்களில் ஈடுபடுவோர் அல்லது அந்த சமூகத்தில் உள்ள நல்லோர்களுக்கு-ஆன்மீகவாதிகளுக்கு-  ஒப்பாக நடந்து கொள்கின்றாறோ அவரும் அவர்களைச் சார்ந்தோரே என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவு படுத்துகிறார்கள். ஏனெனில் புறத்தோற்றத்தில் காபிர்களுக்கு ஒப்பாக நடத்தல் உள்ரங்கத்தில் ஒப்பாக நடக்க வழிவகுத்துவிடும். ஒரு சமூகத்துக்கு ஒப்பாக நடத்தல் என்பது அந்த சமூகத்தின் மீதுள்ள கவர்ச்சியின் விளைவாக ஏற்படுவதாகும். இது அவர்களை நேசம் கொள்வதற்கும், அவர்களை கண்ணியப்படுத்து வதற்கும், அவர்களை சார்ந்து வாழ்வதற்கும் சில வேளை வழிவகுத்துவிடுவதோடு, உள்ரங்கத்திலும் வணக்கத்திலும் அவர்களுக்கு ஒப்பாக நடப்பதற்கு இட்டுச்சென்று விடுகிறது. அல்லாஹ் எம்மனைவரையும் பாதுகாப்பானாக!</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>காபிர்கள் மற்றும் நாகரிமற்ற மோசமான நடத்தையுடையோருக்கு ஒப்பாக இருப்பதை விட்டும் எச்சரித்திருத்தல்.
 நல்லோருக்கு –சான்றோருக்கு- ஒப்பாக நடப்பதற்கும் அவர்களை பின்பற்றி நடக்கவும் ஆர்வமூடட்டப்பட்டிருத்தல்.
 புறத்தோற்றத்தில் ஒப்ப நடத்தல் உள்ரங்கத்தில் நேசம் கொள்ள வழிவகுத்துவிடும்.
 ஓப்பாகுதலின் வகைக்கேட்பவே ஒருவன் தீமையையும் அதற்கான தண்டனையையும் அடைந்து கொள்கிறான்.
 காபிர்களுடைய மத விவகாரங்கள், பிரத்தியேகமான வழக்காறுகள் போன்றவற்றில் அவர்களுக்கு ஒப்பாவது தடுக்கப்பட்டிருத்தல். ஆனால் கைத்தொழில்களை கற்றுக்கொள்ளல் போன்ற மதத்துடன் நேரடித் தொடர்பில்லாத விடயங்களில் இத்தடை உள்ளடங்கமாட்டாது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5353</t>
   </si>
   <si>
-    <t>مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ</t>
+    <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>நன்மையான ஒரு காரியத்திற்கு யார் வழிகாட்டுகிறாரோ அவருக்கு அதைச் செய்தவரின் கூலியும் உண்டு'</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>அபூ மஸ்ஊத் அல் அன்ஸாரி ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : 'ஒரு மனிதர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து எனது வாகனத்தை நான் இழந்துவிட்டேன் ஆகவே என்னை ஏற்றிச் செல்லுங்கள் என்று கூறியபோது, நபியவர்கள் என்னிடம் அதற்கான வசதி இல்லை என்று கூறினார்கள். அவ்வேளை ஒரு மனிதர் அவரை ஏற்றிச்செல்வதற்குரிய ஒரு நபரை நான் காட்டுகிறேன் என்று கூறியபோது, நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் 'நன்மையான ஒரு காரியத்திற்கு யார் வழிகாட்டுகிறாரோ அவருக்கு அதைச் செய்தவரின் கூலியும் உண்டு' என்று கூறினார்கள்..</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>ஒரு மனிதர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் சென்று தனது வாகனத்தை இழந்து விட்டேன். எனவே என்னை ஒரு வாகனத்தில் ஏற்றிச்செல்லுங்கள், அல்லது நான் சென்றடைவதற்கான ஒரு வாகனத்தை தாருங்கள் என்று கேட்க, நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் தன்னிடம் அவரை ஏற்றிச்செல்வதற்குரிய வாகனம் எதுவும் கிடையாது என விளக்கம் கூறினார்கள். அவ்வேளை அந்த இடத்தில் ஆஜராகி இருந்த ஒரு மனிதர் அல்லாஹ்வின் தூதரே!அவரை ஏற்றிச்செல்லக்க கூடிய ஒருவரை நான் காண்பித்துக் கொடுக்கிறேன் என்று கூறினார். அப்போது அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தேவையுடையவரை தர்மம் வழங்கக் கூடியவருக்கு காட்டிக் கொடுத்தமைக்காக  தர்மம் வழங்கியவரின் கூலியில் பங்காளியாக உள்ளார் எனத் தெரிவித்தார்கள்.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>நல்ல விடயங்களுக்கு வழிகாட்டுவதை ஊக்குவித்தல்.
 நல்ல செயல்களை செய்வதற்கு ஊக்குவித்தல் முஸ்லிம் சமூகத்தின்  கூட்டொருமைப்பாட்டிற்கும் ஒருங்கிணைப்புக்கு மான வழிகளில் ஒன்றாகும்.
 வல்லோனாகிய அல்லாஹ்வின் அருட்கொடையின் விசாலம்.
 இந்த ஹதீஸ் நற்செயல்களுக்கான ஒரு பொது விதியாக அமைந்துள்ளது. ஆகவே இதனுள் எல்லா வகையான நற்காரியங்களும் அடங்குகின்றன.
 தேவை கருதி வரும் ஒருவரின் விருப்பத்தை நிறைவேற்ற தன்னால் முடியாத ஒரு மனிதன் அதனை நிறைவேற்ற இன்னொருவரை காண்பித்துக் கொடுப்பார்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5354</t>
   </si>
   <si>
-    <t>سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ</t>
+    <t>سألت النبي صلى الله عليه وسلم: أي الذنب أعظم عند الله؟ قال: أن تجعل لله ندا وهو خلقك</t>
   </si>
   <si>
     <t>நான், நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் 'பாவங்களிலேயே மிகப் பெரியது எது?' என்று கேட்டேன். அதற்கு அவர்கள்'உன்னைப் படைத்த, இறைவனுக்கே நீ இணைகற்பிப்பது ஆகும்</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ» قُلْتُ: إِنَّ ذَلِكَ لَعَظِيمٌ، قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «وَأَنْ تَقْتُلَ وَلَدَكَ؛ تَخَافُ أَنْ يَطْعَمَ مَعَكَ» قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «أَنْ تُزَانِيَ حَلِيلَةَ جَارِكَ».</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : நான், நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் 'பாவங்களிலேயே மிகப் பெரியது எது?' என்று கேட்டேன். அதற்கு அவர்கள்'உன்னைப் படைத்த, இறைவனுக்கே நீ இணைகற்பிப்பது ஆகும்' என்று பதிலளித்தார்கள். 'பிறகு எது?' என்று கேட்டேன் அதற்கு  அவர்கள், ''உன் குழந்தை உன்னுடன் (அமர்ந்து உன் உணவைப் பங்குபோட்டு) உண்ணும் என அஞ்சி அதை நீயே கொலை செய்வது' என்று கூறினார்கள். நான், 'பிறகு எது?' என்றேன். 'உன் அண்டை வீட்டுக்காரனின் மனைவியுடன் நீ விபசாரம் புரிவது' என்றார்கள்.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن أَعْظَمِ الذنوب فقال: 
 أعظمُها الشركُ الأكبر، وهو أن تجعل لله مَثِيْلًا أو نظيرًا في ألوهيته أو ربوبيته أو أسمائه وصفاته، وهذا الذنب لا يغفره الله تعالى إلا بالتوبة، وإن مات صاحبه عليه فهو مُخَلَّدٌ في النار. 
 ثم قَتْلُ المرءِ ولدَه خشيةَ أن يأكل معه، وقتلُ النفس حرام، لكن يعظم إثمه إذا كان المقتول ذا رَحِمٍ من القاتل، ويعظم إثمه أيضًا حين يكون مقصودُ القاتل الخشيةَ من أنْ يشاركه المقتول في رزق الله. 
 ثم أنْ يُزانيَ الرجل بزوجة جاره بأنْ يُحاول التَّغْرِيرَ بزوجة جاره حتى يَزنيَ بها وتنقاد له، 
 والزنا حرام ولكن يعظم إثمه إذا كانت المزنيُّ بها زوجةَ الجار الذي أوصى الشرع بالإحسان إليه وبره وحسن صحبته.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் பாவங்களில் மிகப்பெரியது குறித்து வினவப்பட்டது; அதற்கு அவர்கள் பின்வருமாறு கூறினார்கள்: பெரும்பாவங்களில் மிகவும் பெரியது பெரிய இணைவைப்பாகும். பெரிய இணையென்பது அல்லாஹ்வுக்கு அவனின் உலூஹிய்யாவிலும், ருபூபிய்யாவிலும், அவனுக்கேயுரிய பெயர்களிலும் பண்புகளிலும் நிகர் அல்லது உவமையான விடயங்களை ஏற்படுத்துவதாகும். இக்குற்றத்தை அல்லாஹ் தவ்பாவின் மூலம் மாத்திரமே மன்னிப்பான். இதே பாவத்தில் -இணைவைப்பில்- ஒருவர் மரணித்துவிட்டால் அவர் நிரந்தர நரகில் இருப்பார். இரண்டாவது : ஒருவர் தனது பிள்ளையை அவரோடு உணவைப் பங்குபோட்டு உண்ணும் என்ற பயத்தில் கொலை செய்வதாகும். ஓர் உயிரை கொலை செய்வது ஹராமாகும். அதுவே  கொலைசெய்யப்பட்டவர், கொலையாளியின் உறவுக்காரராக இருந்தால் பாவத்தின் கொடூரம் இன்னும் அதிகமாகும். அதுவே அல்லாஹ் வாழ்வாதாரத்தின் வழியை இவரது வழியில் வைத்திருக்க, அதைத் துண்டிக்கும் நோக்கில் கொலை செய்தால் பாவத்தின் வீரியம் இன்னும் அதிகரிக்கும். பின்னர் தனது அயலவரின் மனைவியுடன் விபச்சாரத்தில் ஈடுபடுவதாகும். அதாவது அயலவரின் மனைவியை மயக்கி அவளை அடிபணிய வைத்து அவளுடன் விபச்சாரத்தில் ஈடுபடுவதாகும். விபச்சாரம் ஹராமாகும். அதுவே உபகாரம், நலவு செய்யுமாறும், நல்ல நட்புடன் இருக்குமாறும் மார்க்கம் உபதேசித்துள்ள அயலவரின் மனைவியுடன் இருந்தால் பாவத்தின் கனதி இன்னும் கடுமையாகும்.</t>
   </si>
   <si>
     <t>تفاوت الذنوب في العِظَم، كما أن الأعمال الصالحة تَتَفاوت في الفضل.
 أعظم الذنوب: الشرك بالله تعالى، ثم قتل الولد خشية أن يطعم معك، ثم أن تُزاني زوجة جارك.
 الرزق بيد الله وقد تَكَفَّلَ سبحانه بأرزاق المخلوقين.
 عِظَم حق الجار، وأنَّ أذيتَه أَعظم إثمًا من أذية غيرِه.
 الخالق هو المستحق للعبادة وحده لا شريك له.</t>
   </si>
   <si>
     <t>நற்செயல்கள் அதற்குரிய சிறப்புகளில் வேறுபடுவது போல், பாவங்களும் அதன் வீரியத்தில்- கனதியில்-வேறுபடுகின்றன.
 பாவங்களில் மிகப் பெரியது அல்லாஹ்வுக்கு இணைவைப்பது, பின் தன்னுடன் உணவுண்பதைப் பயந்து பிள்ளையைக் கொலைசெய்தல், பின் அண்டைவீட்டுக்காரரின் மனைவியுடன் விபச்சாரம் செய்வது என்பதை இந்நபிமொழி குறிப்பிடுகிறது.
 வாழ்வாதாரம் அல்லாஹ்வின் கையில் உள்ளது. உயிரினங்கள் அனைத்தினதும் வாழ்வாதாரத்தை அவனே பொறுப்பேற்றுள்ளான்.
 அண்டை வீட்டாரின் உரிமையின் மகத்துவம் குறிப்பிடப்பட்டிருத்தல் அவருக்கு நோவினை செய்வது பிறருக்கு நோவினை செய்வதை விட மிகவும் கனதியானது.
 படைப்பாளன் மாத்திரமே வணங்கி வழிபட தகுதியானவன். அவன் தனித்தவன் அவனுக்கு யாதொரு இணையுமில்லை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5359</t>
   </si>
   <si>
-    <t>لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا</t>
+    <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
     <t>'இறந்தோரை ஏசாதீர்கள்! ஏனெனில் அவர்கள் தாம் முற்படுத்தியவைகளின் பால் சென்று சேர்ந்து விட்டார்கள்''</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் கூறினார்கள் : 'இறந்தோரை ஏசாதீர்கள்! ஏனெனில் அவர்கள் தாம் முற்படுத்தியவைகளின் பால் சென்று சேர்ந்து விட்டார்கள்''.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில்  மரணித்தோரை ஏசுவதும், அவர்களை மானபங்கப்படுத்துவதும் தடைசெய்யப்பட்டது என்பதுடன், அது கெட்ட குணங்களில் ஒன்றாகும் என்றும் தெளிவு படுத்துகிறார்கள். நற்காரியங்கள் அல்லது தீயகாரியங்ளை செய்தவர்களாக இறைவனிடம் அவர்கள் சென்றுவிட்டனர். அவர்களை ஏசுவதால்  அந்த ஏச்சுப்பேச்சுகள் அவர்களை சென்றடைவதில்லை, மாறாக உயிர் வாழும் அவர்களின் உறவுகளையே அது பாதிக்கிறது.</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸ் மரணித்தோரை ஏசுவது-குறைகூறுவது- ஹராம் என்பதற்கான ஓர் ஆதாரமாகும்.
 மரணித்தோரை ஏசுவது மற்றும் குறைகூறுவதை தவிர்ப்பதில் உயிரோடு இருப்போரது நலன் தங்கியிருப்பதோடு, குரோதம் வெறுப்பு போன்றவற்றிலிருந்து  சமூகத்தின் சீர்மை பேணப்படுதல்.
 மரணித்தோரை ஏசுவது தடுக்கப்பட்டிருத்தலின் பின் உள்ள நுட்பம் யாதெனில் அவர்கள் செய்த நன்மை, தீமைகளை அவர்கள் கொண்டு சென்று விட்டார்கள், பின்னால் வந்தோரின் ஏசுதல், குறை கூறல் அவர்களுக்கு எப்பயனையும் அளிக்காது, அவ்வாறு அவர்களை குறைகூறுவதினாலும் ஏசுவதினாலும்  உயிரோடுள்ள அவர்களின் உறவினர்களை தான் பாதிப்பதுடன் அவர்களுக்கு நோவினையாகவும் அமைந்துவிடும்.
 எவ்வித நலனுமற்ற விடயங்களை மனிதன் பேசுவது ஆகாது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5364</t>
   </si>
   <si>
-    <t>لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ</t>
+    <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
   </si>
   <si>
     <t>'ஒருவர் தம் சகோதரரிடம் (மனஸ்தாபம் கொண்டு) மூன்று நாட்களுக்கு மேல் பேசாமல் இருப்பது அனுமதிக்கப்பட்டதன்று. (மேலும்) அவர்கள் இருவரும் சந்தித்து ஒருவரைவிட்டு ஒருவர் முகத்தைத் திருப்பிக்கொள்வது ஆகுமனதல்ல, இவர்களில் ஸலாமை கொண்டு முதலில் முந்திக்கொண்டவரே இவர்கள் இருவரில் சிறந்தவராவார்'</t>
   </si>
   <si>
     <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ அய்யூப் அல் அன்ஸாரி ரழியல்லாஹு அன்ஹு  அவர்கள் கூறினார்கள் : 'ஒருவர் தம் சகோதரரிடம் (மனஸ்தாபம் கொண்டு) மூன்று நாட்களுக்கு மேல் பேசாமல் இருப்பது அனுமதிக்கப்பட்டதன்று. (மேலும்) அவர்கள் இருவரும் சந்தித்து ஒருவரைவிட்டு ஒருவர் முகத்தைத் திருப்பிக்கொள்வது ஆகுமனதல்ல, இவர்களில் ஸலாமை கொண்டு முதலில் முந்திக்கொண்டவரே இவர்கள் இருவரில் சிறந்தவராவார்'.</t>
   </si>
   <si>
     <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
 وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
   </si>
   <si>
     <t>ஒரு முஸ்லிம் தனது சகோதர முஸ்லிமை மூன்று தினங்களுக்கு மேல் வெறுத்து, ஒருவர் மற்றவரை சந்தித்தும் ஸலாம் கூறாமல், கதைக்காமல் முகத்தைத் திருப்பிக் கொள்வதை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தடை செய்துள்ளார்கள்.
 பகைத்துக்கொண்ட அவ்விருவரில் மிகவும் சிறப்புக்குரியர் தனது சகோதரனுடனான மனவெறுப்பை அகற்றிக்கொள்வதற்காக  ஸலாம் கூறுவதில் முந்திக்கொண்டவராவார். இங்கு ஹஜ்ர்- வெறுத்தல்-புறக்கணித்தல்- என்பது ஒருவரின் சொந்த நலனுக்காக வெறுப்பதைக் குறிக்கிறது. ஆனால் அல்லாஹ்வின் உரிமையுடன் தொடர்புடைய, பாவிகள், பித்அத் செய்வோர் தீய நண்பர்கள் ஆகியோரை வெறுத்து நடப்பதில் குறிப்பிட்ட கால வரையறை கிடையாது. காரணம் குறிப்பிட்ட நலனானது புறக்கணித்தல் என்பதுடன் தொடர்புடையது. குறிப்பிட்ட இப்பாவங்கள்  எப்போது அவர்களைவிட்டு நீங்கி விடுகிறதோ அப்போது வெறுத்து நடத்தல் என்ற விடயமும் நீங்கிவிடுகிறது.</t>
   </si>
   <si>
     <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
 فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
 حرص الإسلام على الأخوة والألفة بين أهله.</t>
   </si>
   <si>
     <t>மனித இயல்பைக் கருத்திற் கொண்டு மூன்று நாட்கள், அதை விடக் குறைந்த நாட்கள் வெறுத்திருக்க முடியும் என்ற அனுமதி இந்த ஹதீஸிலிருந்து பெறப்படுகிறது, எனவே அந்த அறிகுறி நீங்கிவிடும் என்பதற்காக வெறுப்பை கைவிடுவதற்கான அவகாசம் வழங்கப்பட்டுள்ளது. அவ்வாறு கைவிடுகையில் அவறுக்கு மன்னிப்பு வழங்கப்படுகிறது.
 ஸலாம் கூறுவதன் சிறப்பு இங்கு கூறப்பட்டுள்ளது, இது உள்ளத்தில் இருக்கும் மனக்கசப்புகளை போக்குவதுடன், நேசத்தின் அடையாளமாகவும் திகழ்கின்றது.
 சகோதரத்துவம் மற்றும் முஸ்லிம்களுக்கிடையிலான இணக்கப்பாடு ஆகியவற்றில் இஸ்லாம் அதீத ஆர்வம் கொண்டிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5365</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ</t>
+    <t>لا يدخل الجنة قاطع رحم</t>
   </si>
   <si>
     <t>உறவை துண்டித்து நடப்பவன் சுவனம் நுழைய மாட்டான்'</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை தான் கேட்டதாக ஜுபைர் இப்னு முத்இம் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : உறவை துண்டித்து நடப்பவன் சுவனம் நுழைய மாட்டான்'.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>தனது உறவுகளுடன் உறவை முறித்து அவர்களுக்கு வழங்க வேண்டிய உரிமைகளை வழங்காது, அல்லது அவர்களுக்கு நோவினை செய்து, கெடுதி செய்பவர் சுவர்கத்தினுள் நுழையும் தகுதியை இழந்துவிட்டவராவார் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் தெரிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
     <t>உறவைத் துண்டிப்பது பெரும்பாவங்களில் ஒன்றாகும்.
 உறவுகளை சேர்ந்து நடப்பது என்பது வழக்காறுகளைப் பொறுத்தே அமையும். இது கால இட மனிதர்களின் வித்தியாசத்திற்கேட்ப வேறுபடும்.
 உறவுகளை சேர்ந்து நடப்பதென்பது அவர்களை தரிசித்தல், தர்மம் வழங்குதல், அவர்களுக்கு உபகாரம் செய்தல் போன்றவைகளுடன், நோயாளியை சுகம் விசாரிக்கச் செல்லுதல், அவர்களுக்கு நன்மையான விடயங்களை ஏவுதல், தீமையான விடயங்களை தடுத்தல் போன்ற விடயங்களை குறிக்கிறது.
 உறவுகளை துண்டிப்பது, உறவுகளில் மிகவும் நெருங்கிய உறவுகளுடன் (உம் : தாய் தந்தை சகோதரர் சகோதரி) இருப்பின் அதற்குரிய பாவமும் கடுமையானதாக அமைந்து விடும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5367</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ</t>
+    <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>'கோள் சொல்லித் திரிபவன் சுவனம் நுழைய மாட்டான்'</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை தான் கேட்டதாக  ஹுதைபா ரழியல்லாஹு அன்ஹு அறிவித்துள்ளார்கள் : 'கோள் சொல்லித் திரிபவன் சுவனம் நுழைய மாட்டான்'.</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>மக்களுக்கு மத்தியில் குழப்பத்தை ஏற்படுத்த வேண்டும் என்ற நோக்கில் கோள் கூறித்திரிபவன்  தண்டனைக்குரியவன் அவன்  சுவர்க்கம் நுழையமாட்டான் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெரிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>கோள் சொல்வது பெரும்பாவங்களில் ஒன்றாகும்.
 கோள் கூறுவதால் தனிநபர்கள் மற்றும் சமூகங்களிக்கிடையில் குழப்பங்களும் பாதிப்புகளும் ஏற்படுவதினால் கோள் சொல்லுதல் தடுக்கப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5368</t>
   </si>
   <si>
-    <t>مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ</t>
+    <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>யார் தனது வாழ்வாதாரம் (ரிஸ்க்) விசாலமாக்கப்படுவதையும் வாழ்நாள் நீடிக்கப் படுவதையும் விரும்புகிறவர் தம் குடும்ப உறவைப் பேணி வாழட்டும்'</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அனஸ் ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : யார் தனது வாழ்வாதாரம் (ரிஸ்க்) விசாலமாக்கப்படுவதையும் வாழ்நாள் நீடிக்கப் படுவதையும் விரும்புகிறவர் தம் குடும்ப உறவைப் பேணி வாழட்டும்'.</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் சந்திப்பின் மூலமும் உடலாலும் பொருளாலும் இவையல்லாத வேறு முறைகளிலும் உறவுகளை கண்ணியப்படுத்தி அவர்களுடன் உறவைப் பேணி வாழுமாறு ஊக்குவிக்கிறார்கள். ஏனெனில் வாழ்வாதாரம் பெருகுவதற்கும் நீண்ட ஆயுல் கிடைக்கவும் உறவைப்பேணி வாழுவது காரணமாக உள்ளது.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
     <t>உறவு என்பது தந்தை மற்றும் தாய் வழி  உறவுகளைக் குறிக்கும். உறவானது எவ்வளவு நெருக்கமானதாக உள்ளதோ அந்தளவில் அவர்களுடன் உறவைப்பேணி நடப்பதற்கு முன்னுரிமை பெறுவர்.
 செயலின் தன்மைக்கேட்பவே கூலி உண்டு, அந்த வகையில் யார் தனது உறவுகளுடன் அவர்களுக்கு உபகாரம் புரிவதன் மூலமும் நன்மை செய்வதன் மூலமும் உறவைப்பேணி நடக்கிறாரோ அவரின் ஆயுளையும் வாழ்வாதாரத்தையும் அல்லாஹ் நீடித்து வைக்கிறான்.
 குடும்ப உறவைப் பேணுதல் வாழ்வாதாரம் பெருகி,விசாலமாக்கப்படவும், ஆயுள் நீடிக்கவும் காரணமாக அமைகிறது. ஆயுளும் வாழ்வாதாரமும் வரையறுக்கப்பட்டிருந்தாலும் அதுவும் சிலவேளை ரிஸ்கிலும் ஆயுளிலும் கிடைத்த பரகத்தாக இருக்கலாம். அந்த ஆயுளில் ஏனையோரைவிட மிகவும் பயனுள்ள அதிகமான விடயங்களை அவர் செய்திருப்பார். வாழ்வாதாரமும் ஆயுளும் அதிகரித்தல் என்பது யதார்த்தமான அதிரிப்பையே குறிக்கிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5372</t>
   </si>
   <si>
-    <t>مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ</t>
+    <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>யார் ஒரு முஸ்லிமிற்குத் தீங்கு இழைக்கின்றானோ, அல்லாஹ் அவனுக்கு தீங்கிழைப்பான். மேலும் எவன் ஒருவன் முஸ்லிமை சிரமத்தில் ஆழ்த்துகிறானோ, அல்லாஹ் அவனைக் சிரமத்தில் ஆழ்த்துவான்</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அபூ ஸிர்மா ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள் : யார் ஒரு முஸ்லிமிற்குத் தீங்கு இழைக்கின்றானோ, அல்லாஹ் அவனுக்கு தீங்கிழைப்பான். மேலும் எவன் ஒருவன் முஸ்லிமை சிரமத்தில் ஆழ்த்துகிறானோ, அல்லாஹ் அவனைக் சிரமத்தில் ஆழ்த்துவான்.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>முஸ்லிமுக்கு தீங்கை ஏற்படுத்துதல் அல்லது  அவனது குடும்பம், சொத்து போன்ற ஏதாவது ஒரு விடயத்தில் சிரமத்தை ஏற்படுத்துதல் போன்றவனற்றை விட்டும் நபி ஸல்லல்லாஹு அலைஹிஸ்ஸலாம் அவர்கள் எச்சரிக்கிறார்கள். ஆகவே யார் ஒரு முஸ்லிமுக்கு தீங்கு செய்து, சிரமத்திற்குள்ளாக்குகின்றானோ அதைப்போன்ற தண்டனையை அல்லாஹ் தீங்கு செய்து சிரமப் படுத்தியவனுக்கு வழங்குகிறான்.</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
   </si>
   <si>
     <t>முஸ்லிமுக்கு தீங்கை ஏற்படுத்தி சிரமத்தை ஏற்படுத்துதல் ஹராமாகும்.
 பிறரால் பாதிக்கப்பட்ட  தனது அடியார்களுக்குகாக அல்லாஹ் தண்டனை வழங்குகின்றமை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5375</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ</t>
+    <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>'ஓர் அடியான் ஸுஜூத் செய்து கொண்டிருக்கும் நிலையில்தான் தனது இரட்சகனுக்கு மிகவும் நெருக்கமாக இருக்கிறான், ஆகவே அந்நிலையில் அதிகமாக பிரார்த்தனை செய்யுங்கள்'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதாக அபூஹூரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள் : 'ஓர் அடியான் ஸுஜூத் செய்து கொண்டிருக்கும் நிலையில்தான் தனது இரட்சகனுக்கு மிகவும் நெருக்கமாக இருக்கிறான், ஆகவே அந்நிலையில் அதிகமாக பிரார்த்தனை செய்யுங்கள்'.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு அடியான் அவன் ஸுஜூதில் இருக்கும் நிலையில் தனது இரட்சகனுக்கு மிகவும் நெருக்கமானவனாக உள்ளான் என்பதை தெளிவு படுத்துகிறார்கள். தொழும் ஒருவர் தனது மேனியின் மிகவும் உயர்ந்த மேன்மைமிக்க பகுதியான நெற்றியை அல்லாஹ்வுக்கு பணிந்து, அடக்கமாக தரையில் வைக்கும் இடம் அவன் ஸுஜூதில் இருக்கும் நிலையாகும்.
 சொல்லினாலும் மற்றும் செயலினாலும் அல்லாஹ்வுக்கு பணிந்து அடக்கமாக இருக்கும் நிலை ஸுஜூதில் காணப்படுவதால் அந்நிலையில் இருக்கும் வேளை அதிகம் பிரார்தனை புரியுமாறு நபியவர்கள் கட்டளைப் பிரப்பித்துள்ளார்கள்.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>அல்லாஹ்வுக்கு கட்டுப்பட்டு நடப்பது அல்லாஹ்வுடனான நெருக்கத்தை அதிகரிக்கிறது.
 ஸுஜூதில் அதிகம் பிராரத்திப்பது வரவேற்கத்தக்க விடயமாகும். அது துஆக்கள் ஏற்றுக்கொள்ளப்படும் சந்தர்ப்பங்களில் ஒன்றாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5382</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ</t>
+    <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
     <t>'ஸுப்ஹ் தொழுகையைத் தொழுதவர் அல்லாஹ்வின் பொறுப்பில் இருக்கிறார்</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஜுன்துப் இப்னு அப்தில்லாஹ் அல் கஸ்ரி ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : 'ஸுப்ஹ் தொழுகையைத் தொழுதவர் அல்லாஹ்வின் பொறுப்பில் இருக்கிறார். இவ்வாறு அல்லாஹ்வின் பொறுப்பிலுள்ள ஒன்றைக் குறித்து அவன் உங்களிடம் விசாரணை செய்யும் நிலையை நீங்கள் ஏற்படுத்திட வேண்டாம். ஏனெனில், அவன் தன் பொறுப்பிலுள்ள ஒன்றைக் குறித்து ஒருவரிடம் விசாரிக்கத் தொடங்கினால், அதைக் கண்டுபிடித்தே தீருவான். பின்னர் (வரம்பு மீறி நடந்துகொண்ட) அவனை நரக நெருப்பில் அல்லாஹ் முகங்குப்புறத் தள்ளிவிடுவான்'.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>யார் ஸுப்ஹ் தொழுகையை தொழுகிறாரோ அவருக்கு அல்லாஹ்வின் பிரத்தியேகமான பாதுகாப்பும், புகழிடமும் உண்டு, எனவே அவனை பாதுகாத்து அவனுக்கு உதவிபுரிகிறான் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெரிவிக்கிறார்கள்.
 இவ்வாறான பாதுகாப்பை,பொறுப்பை பஜ்ர் தொழுகையை விட்டுவிடுவதன் மூலமோ, அல்லது தொழுகின்றவருக்கு இடையூறு செய்து அடர்ந்தேருவதன் மூலமோ இதனை முறித்து விடவேண்டாம் என நபி அலைஹிஸ்ஸலாம் அவர்கள் எச்சரிக்கிறார்கள். இவ்வாறு செய்பவர் அல்லாஹ்வின் பாதுகாப்பை முறித்து விட்டவராவர். யார் இவ்வாறு செய்வதற்கு எத்தனிக்கிறாரோ அவர் இந்த விடயத்தை தட்டிக் கழித்தவராவார். அவரை அல்லாஹ் நரகில் முகம்குப்புற வீசிவிடுவான்.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>பஜ்ர் தொழுகையின் முக்கியத்துவம், மற்றும் அதன் சிறப்பும் விளக்கப்பட்டுள்ளமை.
 ஸுப்ஹ் தொழுதவரை நோவினைப்படுத்துவது தொடர்பில் கடுமையாக எச்சரிக்கப்பட்டுள்ளது.
 சான்றோர்களான அல்லாஹ்வின் அடியார்களுக்கு தொல்லை கொடுக்கின்றவர்களை அல்லாஹ் தண்டித்தல் .</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5435</t>
   </si>
   <si>
-    <t>مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ</t>
+    <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>'அல்லாஹ்வையும் இறுதி நாளையும் யார் நம்புகிறாரோ அவர் பேசினால் நல்லதைப் பேசட்டும். அல்லது மௌனமாக இருக்கட்டும்;</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : 'அல்லாஹ்வையும் இறுதி நாளையும் யார் நம்புகிறாரோ அவர் பேசினால் நல்லதைப் பேசட்டும். அல்லது மௌனமாக இருக்கட்டும்;. அல்லாஹ்வையும் இறுதிநாளையும் யார் நம்புகிறாரோ அவர் தனது அயல் வீட்டாரை கண்ணியப்படுத்தட்டும். அல்லாஹ்வையும் இறுதி நாளையும் யார் நம்புகிறாரோ அவர் தனது விருந்தினரை கண்ணியப்படுத்தட்டும்'.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>அல்லாஹ்வையும், மரணத்தின் பின் மனிதன்; மீண்டு சென்று அவனின் செயலுக்குரிய கூலியை பெற்றுக்கொள்ளும் இடமாகிய மறுமை நாளையும் நம்பிய ஒரு முஃமினான அடியானுக்கு அவனின் ஆழமான ஈமான் பின்வரும் நற்பழக்கங்களை, நல்ல விடயங்களை செய்யத் தூண்டும் என்பதை நபியவர்கள் தெளிவு படுத்துகிறார்கள். அந்த நற்செயல்கள் பின்வருமாறு:
 முதலாவது : நல்ல வார்த்தை பேசுதல்: இதில் தஸ்பீஹ் (ஸுப்ஹானல்லாஹ் கூறுதல்) தஹ்லீல் (லாஇலாஹ இல்லல்லாஹ் கூறுதல்) நன்மையை ஏவுதல், தீமையை தடுத்தல், மனிதர்களுக்கு மத்தியில் பிணக்குளைத் தீர்த்து சமாதானம் செய்து வைத்தல் போன்ற விடயங்கள் உள்ளடங்குகிறன. இவ்வாறு நல்ல வார்த்தை அல்லது பயனுள்ள விடயங்களை பேச முடியவில்லையெனில் மௌனமாக இருப்பதோடு பேசுவதினால் மற்றவருக்கு தொந்தரவு இழைப்பதை விட்டு தன் நாவை பாதுகாத்துக் கொள்ளல் வேண்டும்.
 இரண்டாவது : அயலவருக்கு உபத்திரம் செய்யாது, உபகாரம் செய்து அவர்களை கண்ணியப் படுத்துதல்.
 மூன்றாவது : உம்மை தேடி சந்திப்பதற்காக வரும் விருந்தாளியை நல்ல வார்த்தை பேசி, உணவளித்து உபசரித்து இது போன்ற நல்ல விடயங்களை செய்து அவரை கௌரவப் படுத்துதல்</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>அல்லாஹ்வையும் மறுமை நாளையும் ஈமான் கொள்வது எல்லா நன்மையான காரியங்களுக்கும் அடிப்படையாகும். அது நல்ல விடயங்களை செய்வதற்கு அடியானைத் தூண்டுகிறது.
 நாவின் விபரீதம் பற்றி எச்சரிக்கப்பட்டிருத்தல்.
 இஸ்லாம் மார்க்கம் நற்புறவினதும் தாராளத்தன்மையினதும் மார்க்கமாகும்.
 மேலே குறிப்பிடப்பட்ட பண்புகள் ஈமானின் கிளைகளாகவும், பாராட்டத்தக்க உயர்ந்த நற்குணங்களாகவும் காணப்படுகிறன.
 தேவையில்லாது அதிகம் பேசுவது வெறுக்கத்தக்க அல்லது ஹராமான விடயங்களுக்கே இட்டுச்செல்லும். நல்ல விடயங்களில் தவிர ஏனைய விடயங்களில் மௌனமாக இருப்பது பாதுகாப்பாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5437</t>
   </si>
   <si>
-    <t>مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ</t>
+    <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>'மனிதர்களுக்கு இரக்கம் காட்டாதவனுக்கு அல்லாஹ் இரக்கம் காட்ட மாட்டான்'</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர்  ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஜரீர் இப்னு  அப்தில்லாஹ் ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : 'மனிதர்களுக்கு இரக்கம் காட்டாதவனுக்கு அல்லாஹ் இரக்கம் காட்ட மாட்டான்'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>மனிதர்களுக்கு இரக்கம் காட்டாதவனுக்கு அல்லாஹ் இரக்கம் காட்ட மாட்டான் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவுபடுத்துகிறார்கள். ஆகவே  உயிருள்ள ஜீவராசிகளுக்கு இரக்கம் காட்டுவது அல்லாஹ்வின் அருளைப் பெற்றுக் கொள்வதற்கான மிகப்பெரும் வழியாக உள்ளது.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>அனைத்து உயிரினங்களுக்கும் இரக்கம்காட்ட வேண்டும் என்பது அவசியமாகும். என்றாலும் இங்கு மனிதர்களை விசேடமாக குறிப்பிட்டிருப்பது அவர்களில் அதி கரிசனை  செலுத்த வேண்டும் என்பதற்காகும்.
 அனைத்துப் படைப்பினங்களுக்கு இரக்கம் காட்டுவது அவசியமாகும், மக்கள் மீது அதிக கரிசனை எடுப்பதற்காகவே அவர்கள் குறித்துக் கூறப்பட்டுள்ளனர்.
 அல்லாஹ் நிகரற்ற கருணையாளன். எனவே அவன் தனது அடியார்களில் கருணைகாட்டுவோருக்கு இரக்கம் காட்டுகிறான். எனவே செயலின் தன்மைக்கேட்ப அதே கூலி கிடைக்கிறது.
 மனிதர்களுக்கு இரக்கம் காட்டுதல் என்பது  அனைத்து நன்மையான விடயங்களை அவர்களுக்கு சேர்ப்பித்தல், தீங்குளை தடுத்தல் மற்றும் அவர்களுடன் நல்ல முறையில் நடந்து கொள்ளுதல் போன்ற விடயங்களை உள்ளடக்குகிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5439</t>
+  </si>
+  <si>
+    <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
+  </si>
+  <si>
+    <t>'ஆதமின் மகனே, நீ என்னிடம் பிரார்த்தித்து, என்மீது எதிர்பார்ப்பு வைத்திருக்கும் காலமெல்லாம் நீ செய்தவற்றை பொருட்படுத்தாது அதுவரை நீ எந்த நிலையில் இருப்பினும் நான் உன்னை மன்னித்துக் கொண்டிருப்பேன்</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் கூறுவதை தான் கேட்டதாக  அனஸ் ரழியல்லாஹு அன்ஹு  அவர்கள் அறிவிக்கின்றார்கள் : எல்லாம் வல்ல அல்லாஹ் கூறுகிறான்; : 'ஆதமின் மகனே, நீ என்னிடம் பிரார்த்தித்து, என்மீது எதிர்பார்ப்பு வைத்திருக்கும் காலமெல்லாம் நீ செய்தவற்றை பொருட்படுத்தாது அதுவரை நீ எந்த நிலையில் இருப்பினும் நான் உன்னை மன்னித்துக் கொண்டிருப்பேன். ஆதமின் மகனே, உன்னுடைய பாவங்கள் வானத்தை எட்டும் அளவிற்கு உயர்ந்து விட்டாலும் பின், நீ என்னிடம் மீண்டு மன்னிப்புக் கோருவாயானால், நீ செய்தவற்றை பொருட்படுத்தாது நான் உன்னை மன்னிக்கவே செய்வேன். ஆதமின் மகனே, நீ பூமியை நிறைத்திடும் அளவிற்கு பாவங்கள் செய்து விட்ட பிறகும் கூட, எனக்கு இணை வைக்காத நிலையில் என்னை சந்தித்தால்  அதே அளவுக்கு பாவமன்னிப்பை உனக்கு வழங்குவேன் .</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
+يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
+يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஹதீஸ்குத்ஸியில் அல்லாஹ் கூறியதாக அறிவிக்கிறார்கள்; ஆதமின் மகனே : நம்பிக்கை இழக்காது நீ என்னிடம் பிரார்த்தித்து எனது கருணையை எதிர்பார்த்திருக்கும் காலமெல்லாம் உனது பாவத்தை எவ்விதப்பொருட்படுத்தலுமின்றி மன்னிப்பேன் அந்தப் பாவம் அல்லது குற்றம் பெரும்பாவங்களில் ஒனறாக இருப்பினும் சரியே. ஆதமின் மகனே! உனது பாவம் வானம் பூமி நிறையும் அளவுக்கு அதிகமாக காணப்பட்டு அதற்காக என்னிடம் பாவமன்னிப்புக் கோரினால் அதன் அதிகத்தை பொருட்படுத்தாது உமது எல்லா பாவத்தையும் மன்னிப்பேன்.
+ஆதமின் மகனே! நீ எதையும் இணைவைக்காத நிலையில் ஏகத்துவவாதியாக வாழ்ந்து, மரணித்த பின் இந்தப் பூமி நிறைய பாவங்களுடன் தவறுகளுடனும் வந்தாலும் உமது பாவங்களுக்கும் தவறுகளுக்கும் நிகராக இப்பூமி நிறைய மன்னிப்பை வழங்குவேன். ஏனெனில் நான் மன்னிப்பு வழங்குவதில் தயாளன். நான் இணைவைப்பைத் தவிர அனைத்து பாவங்களையும் மன்னிக்கிறேன்.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله تعالى ومغفرته وفضله.
+فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
+خطر الشرك وأن الله لا يغفر للمشركين.
+قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
+هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
+الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் கருணை, மன்னிப்பு மற்றும் அருளின் விசாலம் குறிப்பிடப்பட்டுள்ளமை.
+அல்லாஹ் ஏகத்துவத்துவாதிகளின் பாவங்களையும் தவறுகளையும் மன்னக்கிறான் என்ற வகையில் தவ்ஹீதின் சிறப்பு குறிப்பிடப்பட்டுள்ளமை.
+இணைவைப்பாளர்களை அல்லாஹ் மன்னிக்க மாட்டான் என்பதினால் இணைவைப்பின் அபாயம் குறிப்பிடப்பட்டடுள்ளமை.
+இறை மன்னிப்பை பெற்றுக்கொள்வதற்கான மூன்று வழிகளை இந்த ஹதீஸ் உள்ளடக்கியுள்ளதாக இமாம் இப்னு ரஜப் அவர்கள் கூறுகிறார்கள்:  முதலாவது : எதிர்பார்ப்புடன் கூடிய பிரார்த்தனை இரண்டாவது: இஸ்திஃபாரும் தவ்பாவும் மூன்றாவது : தவ்ஹிதில் (அல்லாஹ்வுக்கு இணைவைக்காத நிலையில்) மரணித்தல்.
+இந்த ஹதீஸ்  அல்லாஹ் கூறியதாத நபி ஸல்லல்லாஹு  அவர்கள் அறிவிக்கும் நபி மொழியாகும். இவ்வாறான ஹதீஸ்கள் 'ஹதீஸ் குத்ஸீ (புனிதமிக்க நபிமொழி), 'ஹதீஸ் இலாஹீ' (தெய்வீக நபிமொழி) எனும் பெயர்களால் அழைக்கப்படுகிறன. இவ்வாறான ஹதீஸ்களின் வார்த்தையும் கருத்தும் அல்லாஹ்விடமிருந்துமுள்ளதாகும். என்றாலும்  அல்குர்னுக்குரிய தனித்துவங்கள் இதற்குக் கிடையாது. அதாவது அல்குர்ஆன் பெற்றுள்ள தனித்துவங்களான ஓதுவது வணக்கம், ஓதுவதற்கு வுழு செய்து கொள்ளுதல் (விரும்பத்தக்கது),சவால் விடுதல், அற்புதம் போன்றவை இவ்வகையான ஹதீஸ்களுக்கு கிடையாது.
+பாவங்கள் மூன்று வகைப்படும் :  முதலாவது : அல்லாஹ்வுக்கு இணைவைத்தல் இதனை அல்லாஹ் ஒரு போதும் மன்னிக்க மாட்டான். இது குறித்து அல்லாஹ் '; யார் அல்லாஹ்வுக்கு இணைவைக்கிறானோ அவனுக்கு சுவர்க்கத்தை ஹராமாக்கியுள்ளான் ' என்று கூறுகிறான். இரண்டாவது : ஒரு அடியான் பாவங்கள் மற்றும் தவறுகள் செய்தவதினால் தனக்கு அநியாயம் செய்து கொள்வது. இதனை அல்லாஹ் நாடினால் மன்னிப்பான் மூன்றாவது : அல்லாஹ் எந்த வகையிலும் விட்டுவிடாத பாவங்கள் அதுதான் அடியார்கள் தங்களுக்கு மத்தியில் ஒருவருக்கொருவர் அநியாயம் செய்தல்.இதற்கு பழிக்கு பழி தீர்த்தல் என்ற தண்டனையைத் தவிர வேறில்லை.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5456</t>
   </si>
   <si>
     <t>يؤْتَى بِجَهَنَّمَ يَوْمَئِذٍ لها سَبْعُونَ أَلْفَ زِمَامٍ، مَعَ كُلِّ زِمَامٍ سَبْعُونَ أَلْفَ مَلَكٍ يَجُرُّونَهَا</t>
   </si>
   <si>
     <t>நாளை மறுமை நாளில் நரகம் கொண்டு வரப்படும் போது அதில் எழுபதாயிரம் கடிவாளங்கள் இடப்பட்டிருக்கும்.ஒவ்வொரு கடிவாளத்தையும் எழுபதாயிரம் மலக்குகள் இழுத்துக் கொண்டு வருவர்.</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه مرفوعاً: «يُؤْتَى بجهنم يومئذ لها سبعون ألف زِمَامٍ مع كل زمام سبعون ألف ملك يَجُرُّونَهَا».</t>
   </si>
   <si>
     <t>"நாளை மறுமை நாளில் நரகம் கொண்டு வரப்படும் போது அதில் எழுபதாயிரம் கடிவாளங்கள் இடப்பட்டிருக்கும்.ஒவ்வொரு கடிவாளத்தையும் எழுபதாயிரம் மலக்குகள் இழுத்துக் கொண்டு வருவர்"என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள்,என அப்துல்லாஹ் இப்னு மஸஊத் (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>يؤتى بالنار يوم القيامة لها سبعون ألف حبل تقاد به، وفي كل حبل سبعون ألف ملك يجرونها به.</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம்:நாளை மறுமை நாளில் நரகம் கொண்டு வரப்படும் போது அதனை இழுத்து வருவதற்காக அதில் எழுபதாயிரம் கயிறுகள் கட்டப்பட்டிருக்கும்.ஒவ்வொரு கயிற்றையும் எழுபதாயிரம் மலக்குகள் இழுத்துக் கொண்டு வருவர்.</t>
   </si>
   <si>
     <t>عِظم خلق جهنم.
 تفصيل لخَلق جهنم، وأن لها أزمة تقاد بها، ولها من يقودها من الملائكة.
 بيان عدد الملائكة الذين يجرون جهنم.
 يجب الإيمان بخبر الواحد المتعلق بالعقائد والأحكام كهذا الحديث.
 تخويف الله لعباده ليتقوه ويعبدوه.</t>
@@ -7085,119 +7984,119 @@
   <si>
     <t>அல்லாஹ்வே! என்னை மன்னித்து என் மீது அருள் புரிவாயாக.மேலும் என்னை மேலான தோழர்களின் பால் சேர்த்து வைப்பாயாக.</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها ، قالت: سمعت النبي صلى الله عليه وسلم وَهُوَ مُسْتَنِدٌ إلَيَّ، يَقُولُ: «اللَّهُمَّ اغْفِرْ لِي وارْحَمْنِي، وأَلْحِقْنِي بالرَّفِيقِ الأَعْلَى».</t>
   </si>
   <si>
     <t>ரஸூல்(ஸல்) அவர்கள் என் மீது சாய்ந்திருந்தவாறு "அல்லாஹ்வே! என்னை மன்னித்து என் மீது அருள் புரிவாயாக.மேலும் என்னை மேலிடத்து தோழர்களின் பால் சேர்த்து வைப்பாயாக" என்று கூறுவதை நான் செவிமடுத்தேன். என்று ஆஇஷா (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>لما اقترب أجل رسول الله صلى الله عليه وسلم استند إلى أم المؤمنين عائشة رضي الله عنها وهو يسأل ربه أن يلحقه بالرفيق وهم النبيون والصديقون والشهداء والصالحون.</t>
   </si>
   <si>
     <t>ரஸுல் (ஸல்) அவர்களின் ஆயுற் கால முடிவு நெருங்கி வந்த போது அன்னார் உம்முல் முஃமினீன் ஆஇஷா (ரழி) அவர்களின் மேல் சாய்ந்து கொண்டு தங்களை மேலிடத்து நண்பர்களான நபிமார்கள், ஸித்தீக்கீன்கள், ஷுஹதாக்கள், ஸாலிஹீன்களின் பால் சேர்த்து வைக்குமாறு தங்களின் இறைவனிடம் வேண்டினார்கள்</t>
   </si>
   <si>
     <t>بيان أن النبي -صلى الله عليه وسلم- خيّر بين الموت والحياة، فاختار الموت لما فيه من الخير، ولقائه لربه سبحانه.
 ينبغي للمريض طلب المغفرة والرحمة، ولا يقنط ولا ييأس من رحمة الله.
 يستحب للمؤمن أن يكثر من الخير حتى ولو على فراش الموت.
 تفريغ القلب من التعلق بالدنيا عند نزول علامات الموت.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5472</t>
   </si>
   <si>
-    <t>إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ</t>
+    <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>'மனிதர்களில் அல்லாஹ்விடம் மிகவும் வெறுப்புக்குரியவன் (அசத்தியத்தில்;) கடுமையாக சச்சரவு செய்து கொண்டிருப்பவனேயாவான்'</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக ஆஇஷா ரழியல்லாஹு அன்ஹா கூறுகின்றார்கள் : 'மனிதர்களில் அல்லாஹ்விடம் மிகவும் வெறுப்புக்குரியவன் (அசத்தியத்தில்;) கடுமையாக சச்சரவு செய்து கொண்டிருப்பவனேயாவான்'.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>மனிதர்களில் சத்தியத்திற்கு அடிபணியாது எப்போதும் அதிகமாக குதர்க்கம் புரிந்து கொண்டிருப்பவனையும், தர்கத்தினால் தன்னை பாதுகாத்துக்கொள்ள முயல்பவனையும், அல்லது சத்தியத்தியத்திற்காக வாதாடி தனது வாதத்தில் எல்லை மீறிச்செல்பனையும், அறிவின்றி குதர்க்கத்தில் ஈடுபடுவனையும் அல்லாஹ் வெறுப்பதாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் தெரிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>அநீதிக்குள்ளான ஒருவன் தனது உரிமையை பெற்றுக்கொள்வதற்காக  மார்க்க விதிமுறைப்படி, சட்டபூர்வமான வழக்குகளின் அடிப்படையில் விவாதிப்பதில் ஆட்சேபனையில்லை, இது தடுக்கப்பட்ட தர்க்கங்களில் நுழைய மாட்டாது.
 தர்க்கம் செய்வது, சச்சரவுகளில் ஈடுபடுவது நாவின் விபரீதச் செயல்களாகும், இது முஸ்லிம்களுக்கு மத்தியில் பகைமையையும் பிரிவிணையையும் ஏற்படுத்தக் காரணமாக அமைந்து  விடும்.
 சத்தியத்திற்காக நல்ல முறையில் தர்க்கித்தல் வாதாடுதல் வரவேற்கத்தக்க விடயமாகும். அது சத்தியத்தை நிராகரித்து அசத்தியத்தை நிலைநாட்டுவதற்காக அல்லது எவ்வித அடிப்படையோ ஆதாரமோ இல்லாத ஒன்றை உறுதிப்படுத்துவதற்காக தர்க்கம் செய்தால் அது கண்டிக்கத்தக்க தர்க்கமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5474</t>
   </si>
   <si>
-    <t>أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ</t>
+    <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
     <t>'ஸுப்ஹானல்லாஹ்' (அல்லாஹ்வைத் துதிக்கின்றேன்), 'அல்ஹம்து லில்லாஹ்' (எல்லாப் புகழும் அல்லாஹ்வுக்கே), 'லாஇலாஹ இல்லல்லாஹு' (உண்மையாக வணங்கப்படத் தகுதியான இறைவன் அல்லாஹ்வைத் தவிர வேறு யாருமில்லை), 'அல்லாஹ் அக்பர்' (அல்லாஹ் மிகப்பெரியவன்) ஆகிய நான்கு வாசகங்களும் அல்லாஹ்விடம் மிக விருப்பத்திற்கு உரியவைகளாகும். இதில் எதனைக் கொண்டு நீங்கள் துவங்கினாலும் அதனால் உங்களுக்குப் எதுவித குற்றமுல்லை'</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஸமுரா இப்னு  ஜுன்துப் ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : 'ஸுப்ஹானல்லாஹ்' (அல்லாஹ்வைத் துதிக்கின்றேன்), 'அல்ஹம்து லில்லாஹ்' (எல்லாப் புகழும் அல்லாஹ்வுக்கே), 'லாஇலாஹ இல்லல்லாஹு' (உண்மையாக வணங்கப்படத் தகுதியான இறைவன் அல்லாஹ்வைத் தவிர வேறு யாருமில்லை), 'அல்லாஹ் அக்பர்' (அல்லாஹ் மிகப்பெரியவன்) ஆகிய நான்கு வாசகங்களும் அல்லாஹ்விடம் மிக விருப்பத்திற்கு உரியவைகளாகும். இதில் எதனைக் கொண்டு நீங்கள் துவங்கினாலும் அதனால் உங்களுக்குப் எதுவித குற்றமுல்லை'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
     <t>அல்லாஹ்வுக்கு மிகவும் விருப்பமான வார்த்தைகள் நான்கு என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவு படுத்துகிறார்கள். அவை பின்வருமாறு :
 முதலாவது : ஸுப்ஹானல்லாஹ் (அல்லாஹ்வைத் துதிக்கின்றேன்) என்பது அல்லாஹ் அனைத்து வகையான குறைகளைவிட்டும் தூயவன் என்பதைக் குறிக்கும்
 இரண்டாவது : அல்ஹம்துலில்லாஹ் (எல்லாப் புகழும் அல்லாஹ்வுக்கே): என்பது நேசிக்கவும், போற்றப்படவும் தகுதிவாய்ந்த பரிபூரணமான அல்லாஹ்வின் பண்பை இது குறிக்கிறது.
 மூன்றாவது : லாஇலாஹ இல்லல்லாஹ் : அதாவது உண்மையாக வணங்கப்படத் தகுதியான இறைவன் அல்லாஹ்வைத் தவிர வேறு யாருமில்லை என்பது இதன் கருத்தாகும்.
 நான்காவது: அல்லாஹு அக்பர் அதாவது (அல்லாஹ் மிகப்பெரியவன்) எல்லாவற்றையும் விடவும் கண்ணியமும் உயர்வும் தனித்துவமுமிக்கவன் என்பது இதன் கருத்தாகும்.
 இந்த வார்த்தைகளின்  சிறப்பிற்காககவும், அதன் நன்மைகளையும் அடையும் பொருட்டும் அவற்றை வரிசையாக சொல்ல வேண்டிய அவசியம் கிடையாது.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>இந்த வார்த்தைகளில் எதனைக் கொண்டு ஆரம்பித்தாலும் அதில் குற்றமேதுமில்லை என்று குறிப்பிடப்பட்டிருப்பதால் இந்த மார்க்கத்தின் இலகு தன்மை தெளிவுபடுத்தப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5475</t>
   </si>
   <si>
-    <t>سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ</t>
+    <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
     <t>மனிதர்களை சுவர்க்கத்தினுள் அதிகமாக நுழைவிக்கச் செய்யும் செயல்கள் என்ன என அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வினவப்பட்டது, அதற்கு நபியவர்கள் சுவனத்தில் அதிகம் நுழைவிப்பது அல்லாஹ்வின்மீதான அச்சமும், நற் பண்புகளுமாகும்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
     <t>அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள் : மனிதர்களை சுவர்க்கத்தினுள் அதிகமாக நுழைவிக்கச் செய்யும் செயல்கள் என்ன என அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வினவப்பட்டது, அதற்கு நபியவர்கள் சுவனத்தில் அதிகம் நுழைவிப்பது அல்லாஹ்வின்மீதான அச்சமும், நற் பண்புகளுமாகும்'.  என்றார்கள் மேலும் நரகத்தினுள் அதிகமாக நுழைவிக்கச் செய்யும் செயல்கள் என்ன என அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வினவப்பட்டது, அதற்கு நபியவர்கள் நாவும் மறையுறுப்பும் என்றார்கள்.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
 تقوى الله وحسن الخلق. 
 فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
 وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
 وأن أعظم الأسباب التي تدخل النار سببان، هما:
 اللسان والفرج.
 فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
 والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
   </si>
   <si>
     <t>சுவர்க்கத்தை அடையச் செய்யும் மிகப் பெரும் காரணிகள் -வழிகள் இரண்டு என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்  இந்த ஹதீஸில் தெளிவு படுத்துகிறார்கள். அந்த இரண்டு வழிகளும்  பின்வருமாறு:
 ஒன்று அல்லாஹ்வின் மீதான அச்சம், மற்றையது நற்பண்புகள்.
 இறையச்சம் என்பது இறைகட்டளைகளை கடைப்பிடித்து ஒழுகுவதன் மூலமும், அவன் தடுத்தவற்றை தவிர்ந்திருப்பதன் மூலமும்  உமக்கும் அல்லாஹ்வுடைய தன்டனைக்கும் மத்தியில் ஒரு திறையை ஏற்படுத்திக் கொள்வதாகும்.
 நற்குணம் என்பது முகமலர்ச்சியும், பிறருக்கு நன்மை செய்வதும், தொந்தரவு செய்யாதிருப்பதுமாகும்.
@@ -7238,51 +8137,51 @@
     <t>في هذا الحديث دليل على فضل هذا الذكر بهذه الصيغة، لما فيه من معاني التسبيح والتقديس والتعظيم لله جل وعلا و لما فيه من حمد الله على أفعاله فلا حيلة للعبد ولا حركة ولا استطاعة إلا بمشيئة الله تعالى، فلا حول في دفع الشر، ولا قوة في تحصيل خير، إلا بالله جل وعلا.
  فهذه الكلمات بهذه المعاني العظيمة هي مما يبقى أثره ونفعه للمؤمن بعد موته.</t>
   </si>
   <si>
     <t>கீர்த்தியும்,மேண்மையும் பொருந்திய அல்லாஹ்வைத் துதித்தல்,தூய்மைப்படுத்தல்,கண்ணியப்படுத்தல் எனும் கருத்துக்களை இந்த வாசகங்கள்அடக்கி உள்ள படியாலும்,அடியான் அல்லாஹ்வின் நாட்டமின்றி எதனையும் செய்யவும்,கெடுதிகளைத் தடுத்து நிறுத்தவும்,நல்லதை அனுகூலமாக்கிக் கொள்ளவும் சக்தியற்றவனாக இருக்கின்றபடியால் அல்லாஹ்வின் செயல்களின் நிமித்தம் அவனைப் போற்றிப் பாராட்டும் விடயம் இதில் பொதிந்துள்ளபடியாலும் இந்த திக்ரினை இதே வாசகங்களைக் கொண்டு ஓதி வருவதானது சிறப்புக்குரியது என்பதற்கு இந்த ஹதீஸ் ஆதாரமாக விளங்குகின்றது.எனவே இந்த வாசகங்கள் இத்தகைய மகத்தான கருத்துக்களைக் கொண்டிருப்பதுதான் அதன் தாக்கமும்,பயனும் முஃமினான அடியான் மரணித்த பின்னரும் அவனுக்குத் தொடர்ந்தும் கிடைக்கக் காரணமாக அமைகிறது</t>
   </si>
   <si>
     <t>فضل الذكر بهذه الصيغة.
 أن مما يبقى للإنسان بعد موته هو العمل الصالح.
 الباقيات الصالحات ما ورد في هذا الذكر.
 انفراد الله بالألوهية، في قوله: "لا إله إلا الله".
 تنزيه الله عن كل مالا يليق به في قوله: "سبحان الله".
 أن أفعال الله تعالى وصفاته كلها متضمنة للحمد لأنها كلها لها حكمة قد نعلمها أو لا نعلمها، كما في قوله: "الحمد لله".
 إثبات قدرة الله وقوته على تحويل الأمور من حال إلى حال.</t>
   </si>
   <si>
     <t>رواه ابن حبان والحاكم، أما النسائي فرواه في الكبرى لكن من حديث أبي هريرة</t>
   </si>
   <si>
     <t>[இதனை இப்னு ஹிப்பான் அறிவித்தார் - இந்த ஹதீஸை ஹாகிம் பதிவு செய்துள்ளார் - இந்த ஹதீஸை அந்நஸாயி பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5477</t>
   </si>
   <si>
-    <t>الْحَيَاءُ مِنَ الْإِيمَانِ</t>
+    <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>வெட்கம் ஈமானைச் சார்ந்தது</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு உமர் ரழியல்லாஹு அன்ஹுமா அவர்கள் கூறுகிறார்கள் : ஒரு மனிதர் தனது சகோதரருக்கு வெட்கம் குறித்து உபதேசம் செய்து கொண்டிருப்பதை செவிமடுத்தார்கள், அப்போது நபியவர்கள் ' வெட்கம் ஈமானைச் சார்ந்தது என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>ஒரு மனிதர் தனது சகோதரனுக்கு அதிகம் வெட்கப்படுவதை விட்விடுமாறு உபதேசிப்பதை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் செவி மடுத்தார்கள், அதற்கு நபியவர்கள் வெட்கம் ஈமானைச் சார்ந்தது அது நன்மையை மாத்திரமே கொண்டுவரும் என அவருக்கு தெளிவுபடுத்தினார்கள்.
 வெட்கம் ஒரு இயல்பண்பாகும், அது நல்லதைச் செய்யவும், அசிங்கமான அருவருக்கத்தக்க விடயங்களை  தவிர்ந்து கொள்ளவும் மனிதனைத் தூண்டுகிறது.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>உம்மை நன்மையான காரியங்களை செய்வதை விட்டு தடுப்பவை வெட்கம் என்ற பெயரால் அழைக்கப் படமாட்டாது, மாறாக அது இயலாமை, கோளைத்தனம் போன்ற பெயரால் அழைக்கப்படும்.
@@ -7388,51 +8287,51 @@
   <si>
     <t>அதிகமாக சாபமிடுவோர் நிச்சயமாக மறுமை நாளில் சிபாரிசு செய்கின்றவர்களாகவும், சாட்சி கூறுகின்றவர்களாவும் இருக்க மாட்டார்கள்.</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِنَّ اللَّعَّانِين لا يَكُونُونَ شُفَعَاءَ، وَلا شُهَداءَ يَوْمَ القِيَامةِ».</t>
   </si>
   <si>
     <t>"அதிகமாக சாபமிடுவோர் நிச்சயமாக மறுமை நாளில் சிபாரிசு செய்கின்றவர்களாகவும், சாட்சி கூறுகின்றவர்களாவும் இருக்க மாட்டார்கள்." என்று ரஸூல் (ஸல்) அவர்கள் நவின்றார்கள். என்று அபு தர்தா (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>في الحديث التحذير من كثرة اللَّعن، وأنَّ من يكثر اللَّعن ليس له منزلة عند الله تعالى ، ولا تقبل شفاعتهم في الدنيا؛ لأنهم غير عدول، والشهادة لا تقبل إلا من العدل، ولا تقبل شفاعتهم في إخوانهم لدخول الجنة ولا شهادتهم في الآخرة، وأيضاً لا تقبل شفاعتهم على الأمم السابقة في أن رسلهم بلغوا الرسالة.</t>
   </si>
   <si>
     <t>அதிகமாக சாபமிடுவோர்களுக்கு அல்லாஹ்விடத்தில் எந்தவொரு அந்தஸ்தும் கிடையாது.சாட்சியில் நீதி நியாயமானவர்களின் சாட்சியே ஏற்றுக்கொள்ளப்படும் மேலும் அதிகமாக.சாபமிடுகின்றவர்கள் நீதியானவர்கள் அல்ல என்றபடியால் அவர்களின் சாட்சி இவ்வுலகிலும் ஏற்றுக் கொள்ளப்படுவதில்லை மறு உலகிலும் ஏற்றுக் கொள்ளப்படுவதில்லை.மேலும் மறுமையில்.தங்களின் சகோதரர்களின் சுவர்க்கப் பிரவேசம் தொடர்பாக அவர்களுக்காக அவர்கள் செய்யும் சிபாரிசுவும் ஏற்றுக்கொள்ளப்படமாட்டாது.அதுமாத்திரமின்றி முன்னைய ரஸூல்மார்கள் அல்லாஹ்வின் தூதை தம் சமூகத்தினருக்கு எத்தி வைத்தனர்,என்று அந்த சமூகத்தவர்களுக்கு எதிராக அவர்கள் தெரிவிக்கும் சாட்சியமும் ஏற்றுக் கொள்ளப்பட மாட்டாது.என அதிகமாக சாபமிடும் செயல் குறித்து இந்த ஹதீஸில் எச்சரிக்கை விடுக்கப்பட்டுள்ளது.</t>
   </si>
   <si>
     <t>تحريم الَّلعن، وأن كثرته من كبائر الذنوب.
 نفى النبي -صلى الله عليه وسلم- عن مُكْثِر اللَّعن قبول شهادته بالتنبيه.
 أنَّ كَثِير اللَّعن فاسق، لأنَّ شهادة المؤمن مقبولة وشهادة الفاسق مردودة، وكثير اللَّعن شهادته مردودة.
 إثبات شفاعة المؤمنين يوم القيامة.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5495</t>
   </si>
   <si>
-    <t>الدُّعَاءُ هُوَ الْعِبَادَةُ</t>
+    <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>பிரார்த்தனையே (துஆவே) வணக்கமாகும்'</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை தான் செவிமடுத்தாக அந் நுஃமான் இப்னு பஷீர் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : பிரார்த்தனையே (துஆவே) வணக்கமாகும்'.  என்று கூறிவிட்டு  ஸுறா காஃபிரின் 60வது வசனத்தை ஓதினார்கள் : ''என்னை அழையுங்கள் நான் உங்களுக்கு பதிலளிப்பேன்.எவர்கள் என்னை வணங்குவதை விட்டும் பெருமையடிக் கின்றார்களோ அவர்கள் இழிவடைந்தவர்களாக நரகத்தினுள் நுழைவார்கள்".</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>பிரார்த்தனை வணக்கமாகும் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெரிவிக்கிறார்கள். எனவே அந்தப் பிரார்த்தனை அனைத்தும் அல்லாஹ்வுக்கென்று தூய்மையுடனும் இதயச்சத்துடனும் இருத்தல் வேண்டும். துஆவானது தேவையை முன்னிருத்திக் கேட்பதாகவோ, அல்லது கோரிக்கையொன்றை முன்னிருத்திக்கேட்பதாகவோ இருக்கலாம். அதாவது அல்லாஹ்விடம் அவனுக்கு பயனுள்ளதை தருமாறும், இம்மையிலும் மறுமையில் அவனுக்கு தீங்காக அமைபவற்றை விட்டும் பாதுகாக்குமாறும் வேண்டுவதாகும். அல்லது வணக்கம் எனும் பிரார்த்தனை அதாவது அல்லாஹ் விரும்பி திருப்தியடையக்கூடிய வெளிப்படையானதும் மறைமுகமானதுமான  வார்த்தைகள் செயல்கள் மற்றும் உள்ளத்தால் அல்லது உடலால் அல்லது  பணத்தால் செய்யக் கூடிய அனைத்தையும் குறிக்கும்.
 பின்னர் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இதற்கான ஆதாரமான பின்வரும் அல்லாஹ்வின் கூற்றை ஆதாரமாக குறிப்பட்டார்கள் : ''என்னை அழையுங்கள் நான் உங்களுக்கு பதிலளிப்பேன். எவர்கள் என்னை வணங்குவதை விட்டும் பெருமையடிக்கின்றார்களோ அவர்கள் இழிவடைந்தவர்களாக நரகத்தினுள் நுழைவார்கள்".</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
@@ -7495,51 +8394,51 @@
   <si>
     <t>மக்களைச் சந்திக்கும் போது முக மலர்ச்சியுடனும்,நற் குணத்துடனும் இருப்பதுவும்,அவர்களுடன் நல்ல முறையில் உரையாடி அவர்களுடன் தொடர்பு வைத்துக் கொள்வதும் சிறப்புக்குரியதாகும் என்பதை இந்த ஹதீஸ் எடுத்துக் காட்டுகின்றது.இது எல்லா மனிதனாலும் செய்ய இயலுமான காரியமாகும்.இந்தப் பண்புகள் மூலம்தான் மக்களின் அன்பை ஈர்த்துக் கொள்ளவும்,சமூகத்தில் மக்களிடையே அந்நியோந்நியத்தை தக்க வைத்துக் கொள்ளவும் முடியும்</t>
   </si>
   <si>
     <t>فضيلة تقوى الله وحسن الخلق.
 أن الإنسان قد يجذب الناس ويحببهم به بدون مال إنما بطلاقة الوجه.
 أن طلاقة الوجه وحسن الخلق من أفضل وأنجح الوسائل للدعوة إلى الله.
 يستفاد من الحديث أنه ينبغي حسن معاشرة الناس ومخالطتهم والتبسم لهم، وطلاقة الوجه معهم.</t>
   </si>
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه الحاكم</t>
   </si>
   <si>
     <t>[ஹஸன் லிகைரிஹி-பிரிதொன்றின் மூலம் ஹஸன்-சிறந்தது என்ற தரத்தைப் பெற்றது]</t>
   </si>
   <si>
     <t>[இந்த ஹதீஸை ஹாகிம் பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5500</t>
   </si>
   <si>
-    <t>كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ</t>
+    <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மிகவும் அதிகமாக ஓதும்; பிரார்த்தனையாக ' அல்லாஹும்ம ரப்பனா ஆதினா பித்துன்யாக ஹஸனதன் வபில்ஆகிரதி ஹஸனதன் வகினா அதாபன்னார்' காணப்பட்டது. (யா அல்லாஹ்  எமது இரட்சகனே ! எமக்கு  இவ்வுலகிலும் மறுமையிலும்; நலவைத் தருவாயாக. மேலும் நரக நெருப்பிலிருந்து எம்மை காப்பற்றுவாயாக!</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
     <t>அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மிகவும் அதிகமாக ஓதும்; பிரார்த்தனையாக ' அல்லாஹும்ம ரப்பனா ஆதினா பித்துன்யாக ஹஸனதன் வபில்ஆகிரதி ஹஸனதன் வகினா அதாபன்னார்' காணப்பட்டது. (யா அல்லாஹ்  எமது இரட்சகனே ! எமக்கு  இவ்வுலகிலும் மறுமையிலும்; நலவைத் தருவாயாக. மேலும் நரக நெருப்பிலிருந்து எம்மை காப்பற்றுவாயாக!</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அதிகமாக சொற்சுருக்கமும் பொருட்செறிவும் மிக்க துஆக்களை அதிகம் ஓதக் கூடியவர்களாக இருந்தார்கள். அவற்றுள் ஒரு துஆ பின்வருமாறு : ' அல்லாஹும்ம ரப்பனா ஆதினா பித்துன்யாக ஹஸனதன் வபில்ஆகிரதி ஹஸனதன் வகினா அதாபன்னார்' காணப்பட்டது. (யா அல்லாஹ்  எமது இரட்சகனே ! எமக்கு  இவ்வுலகிலும் மறுமையிலும்; நலவைத் தருவாயாக. மேலும் நரக நெருப்பிலிருந்து எம்மை காப்பற்றுவாயாக! இங்கு குறிப்பிடப்பட்ட உலகின் நலனை என்பது விசாலமான இன்பத்தை தரவல்ல ஹலாலான வாழ்வாதரம்,நல்ல –ஸாலிஹான மனைவி  -கண்குளிச்சி மிக்க பிள்ளைகள் -ஓய்வு- நல்ல அமல் -செயல்பாடு போன்ற அனுமதிக்கப்பட்டதும் விரும்பத்தக்கதுமான கோரிக்கைகளைக் உள்ளடக்கியுள்ளது.மறுமை நலன் என்பது கப்ரிலும் இறைசன்னிதானத்திலும் நரகிலும் கிடைக்கவிருக்கும் தண்டனைகளிலிருந்து பாதுகாப்ப் பெறுதல்,இறைபொறுத்தத்தைத் பெறல்,நித்தியமான பேரின்பத்தை அடைந்து கொள்ளுதல்,கருணையாளனாகிய அல்லாஹ்விடம நெருக்கத்தைப் பெறுதல்  போன்றவற்றைக் குறிக்கும்.</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களை முன்பமாதிரியாகக் கொண்டு அவர்கள் ஓதிய கருத்தாளமிக்க துஆக்களை ஓதுவது வரவேற்கத்தக்கது.
 ஒருவர் தனது பிரார்த்தனையில்  இம்மை மறுமை நலன்ககள் இரண்டையும் சேர்த்து பிரார்த்திப்பது அவரின் துஆ –பிரார்த்தனை –மிகவும் பூரணத்துவமிக்கதாக அமைய காரணமாக அமையும்.</t>
@@ -7555,82 +8454,82 @@
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم : «عليكم بالصدق، فإن الصدق يهدي إلى البِرِّ، وإن البر يهدي إلى الجنة، وما يزال الرجل يصدق ويَتَحَرَّى الصدق حتى يكتب عند الله صِدِّيقًا، وإياكم والكذب، فإن الكذب يهدي إلى الفجور، وإن الفجور يهدي إلى النار، وما يزال الرجل يكذب ويَتَحَرَّى الكذب حتى يكتب عند الله كَذَّابا»</t>
   </si>
   <si>
     <t>"நீங்கள் உண்மையைக் கடைப்பிடியுங்கள்.ஏனென்றால் நிச்சயமாக உண்மை நன்மைக்கு வழி காட்டும்.மேலும் நிச்சயமாக நன்மை சுவர்க்கத்திற்கு வழிகாட்டும் மேலும் மனிதன் உண்மை பேசிக் கொண்டும் உண்மையைத் தேடிக் கொண்டும் இருக்கும் போது அவன் அல்லாஹ்விடம் உண்மையாளன் என்று எழுதப்படுவான்.நீங்கள் பொய் சொல்வதையிட்டு உங்களை எச்சரிக்கை செய்கிறேன். ஏனெனில் நிச்சயமாகப் பொய் தீமைக்கு வழிகாட்டும். மேலும் நிச்சயமாக தீமை நரகிற்கு வழிகாட்டும்.எனவே மனிதன் பொய் பேசிக் கொண்டும் பொய்யைத் தேடிக் கொண்டும் இருக்கும் போது அல்லாஹ்விடம் அவன் பொய்யன் என்று எழுதப்படுவான்" என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள்.என அப்துல்லாஹ் இப்னு மஸ்ஊத் (ரழி) அவர்கள் அறிவிக்கின்றார்கள்</t>
   </si>
   <si>
     <t>حث النبي صلى الله عليه وسلم على الصدق وملازمته وتحريه وبيان ثمرته وعاقبته الحميدة في الدنيا والآخرة، فالصدق أصل البر الذي هو الطريق إلى الجنة، والرجل إذا لزم الصدق كتب مع الصديقين عند الله تعالى ، وفي ذلك إشعار بحسن الخاتمة وإشارة إلى أنه يكون مأمون العاقبة.
 وحذر النبي صلى الله عليه وسلم من الكذب و بين مضرته وشؤم عاقبته، فهو أصل الفجور الذي هو طريق إلى النار.</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம்:எப்பொழுதும் உண்மையே பேச வேண்டும்,மேலும் அதனைத் தேட வேண்டும்.என்று நபியவர்கள் மக்களைத் தூண்டினார்கள்.மேலும் அதன் பலன் யாது,இம்மையிலும் மறுமையிலும் பாராட்டத் தக்க அதன் பெறுபேறு என்னவென்பதையும் நபியவர்கள் தெளிவு படுத்தினார்கள்.ஏனெனில் உண்மையே சுவர்கத்திற்கு வழிகாட்டும் அடிப்படையான நற்கருமமாகும்.எனவே மனிதன் எப்பொழுதும் உண்மையைக் கடைப்பிடித்து வரும் போது அவர் ஸித்தீக்கீன்கள்-எனும் உண்மையாளர்களுடன் இருப்பார் என அல்லாஹ்விடம் பதியப்படுவார்.இதுட அவரின் முடிவு நல்லதாகவும்.அவரின் இறுதிப் பெறுபேறு அச்சமற்றதாகவும் இருக்கும் என்பதை உணர்த்துகின்றது. மேலும் ரஸூல் (ஸல்) அவர்கள் பொய் பேசுவதை எச்சரிக்கை செய்தார்கள்.அத்துடன் அதன் தீமையையும். அதன் தீய பெறுபேற்றையும் எடுத்துக் காட்டினார்கள். ஏனெனில் நரகிற்குச் செல்லும் பாதையின் அடிப்படை தீமை அந்தப் பொய்யே.</t>
   </si>
   <si>
     <t>أن للجنة أعمالًا توصل إليها منها الصدق، وأن للنار أعمالًا توصل إليها منها الكذب.
 الأمر بالصدق لأنه يدل ويوصل إلى البر الذي هو جِمَاع الخير، والبر هو الطريق المستقيم للجنة.
 أن الصدق خلق كريم يحصل بالاكتساب والمجاهدة، فإن الرجل ما يزال يصدق ويتحرى الصدق، حتى يكون الصدق سجية له وطبعًا، فيكتب عند الله من الصديقين والأبرار.
 أن الكذب خلق ذميم يكتسبه صاحبه من طول ممارسته، وتحريه قولاً وفعلاً، حتى يصبح خُلقاً وسجية، ثم يكتب عند الله -تعالى- كثير الكذب عديم الصدق.
 أن الكذب يوصل إلى الفسق والفجور، فتصير أقواله وأعماله كلها على خلاف الحقيقة، خارجة عن طاعة الله، والخروج عن طاعته هو الهاوية التي تقود صاحبها وتزج به في النار.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5504</t>
   </si>
   <si>
-    <t>كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ</t>
+    <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>'இரண்டு வார்த்தைகள் நாவுக்கு எளிதானவையாகும். (நன்மை தீமை நிறுக்கப்படும்) தராசில் கனமானவையாகும். அளவற்ற அருளாளனுக்கு மிகவும் பிரியத்திற்குரியவையுமாகும்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடமிருந்து-அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : 'இரண்டு வார்த்தைகள் நாவுக்கு எளிதானவையாகும். (நன்மை தீமை நிறுக்கப்படும்) தராசில் கனமானவையாகும். அளவற்ற அருளாளனுக்கு மிகவும் பிரியத்திற்குரியவையுமாகும். அவை : 'ஸுப்ஹானல்லாஹி வபி ஹம்திஹி' (அல்லாஹ்வைப் போற்றிப் புகழ்ந்து துதி செய்கிறேன்), 'ஸுப்ஹானல்லாஹில் அழீம்' (கண்ணியமிக்க அல்லாஹ்வைத் துதிக்கிறேன்)'.</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு மனிதன் எந்த சிரமுமின்றி எல்லா வேளைகளிளும் இலகுவாக கூறக்கூடிய இரண்டு வார்த்தைகள் பற்றிக் குறிப்பிடுகிறார்கள். அவை மீஸானில் வைக்கப்படும் நன்மைகளில் மிகவும் கணதியானதாகவும், அருளாளனான எங்கள் இரட்சகனுக்கு அதி விருப்பத்திற்குரியதாகவும் உள்ளது. அவ்வார்த்தைகள் இரண்டும் பின்வருமாறு :
 'ஸுப்ஹானல்லாஹி வபி ஹம்திஹி' (அல்லாஹ்வைப் போற்றிப் புகழ்ந்து துதி செய்கிறேன்), 'ஸுப்ஹானல்லாஹில் அழீம்' (கண்ணியமிக்க அல்லாஹ்வைத் துதிக்கிறேன்)'. இவை இரண்டும் அல்லாஹ்வின் மேன்மை, அவனின் பரிபூரணத்துவம், எல்லாவித குறைகளிலிருந்து நீங்கியிருத்தல் போன்ற விடயங்களை உள்ளடக்கியுள்ளது.</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
     <t>அல்லாஹ்வைத் தூய்மைப்படுத்தல் அவனைப் புகழ்தல் எனும் இரு விடயங்களையும் ஒன்றிணைத்த மிகப்பெரும் திக்ராக இவை இரண்டும் காணப்படுகின்றமை.
 அல்லாஹ், சிறிய ஒரு செயலுக்கு மிகப்பெரும் நன்மையை வழங்குவதன் மூலம் தனது அடியார்களுடன் கொண்டுள்ள எல்லையற்ற அவனது கருணையை இது விபரிக்கின்றமை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5507</t>
   </si>
   <si>
-    <t>لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ</t>
+    <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>'பிரார்த்தனையை விட அல்லாஹ்விடம் மிக மதிப்பிற்குரிய  விடயம் வேறு ஏதுமில்லை'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களை தொட்டு-அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : 'பிரார்த்தனையை விட அல்லாஹ்விடம் மிக மதிப்பிற்குரிய  விடயம் வேறு ஏதுமில்லை'.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பிரார்த்தனையை (துஆவை) விட அல்லாஹ்விடம் மிகவும் மதிப்பிற்குரிய  விடயம் ஏதுமில்லை என இந்த ஹதீஸில் தெளிவுபடுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>இது துஆவின் சிறப்பாகும். யார் அல்லாஹ்விடம் பிரார்த்தனை புரிகிறாரோ அவர் அவனை கண்ணிப்பத்தியவனாகவும், அவன் தன்னிறைவானவன் என்பதை அங்கீகரித்தவனாகவும் உள்ளான். எனவே ஏழையிடம் பிரார்த்தனை செய்யப்படமாட்டாது. அல்லாஹ் யாவற்றையும் செவிமடுப்பவனாவான், ஆகவே செவிடனிடம் பிரார்த்தனை செய்யப்பட மாட்டாது, அவன் வாரி வழங்கும் வள்ளல், ஆகவே கஞ்சனிடம் பிரார்த்தனை செய்யப்படமாட்டாது, அவன் கருணையாளன், ஆகவே கல்நெஞ்சம் உடையவனிடம் பிரார்த்தனை செய்யப்பட மாட்டாது. அவன் வல்லமைமிக்கவன், ஆகவே இயலாதோனிடம் பிரார்த்தை செய்யப்படமாட்டாது, அவன் நெருக்கமானவன் -தூரத்தில் உள்ளோனிடம் பிரார்த்தனை செய்யப்படமாட்டாது. இவையல்லாத அழகியதும் மகத்துவமிக்க உண்ணதமான உயர்பண்புகளைப்பெற்றவனாக அல்லாஹ் இருக்கிறான்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5509</t>
   </si>
@@ -7642,174 +8541,174 @@
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم : «ما قعد قوم مقعداً لم يذكروا الله، ولم يصلوا على النبي صلى الله عليه وسلم إلا كان عليهم حسرة يوم القيامة».</t>
   </si>
   <si>
     <t>ஒரு கூட்டம் ஓரிடத்தில் அமர்ந்து அல்லாஹ்வை நினைவு கூறாமலும் நபி (ஸல்) அவர்கள் மீது ஸலவாத் கூறாமலும் இருந்தால் கியாமத்நாளில் அவர்களுக்கு அது கைசேதமாக அமையும்.எனஅபூஹுரைரா ரழி அவர்கள் அறிவிக்கிறார்கள்</t>
   </si>
   <si>
     <t>هذا الحديث يدل على ندامة وخسارة القوم الذين يقعدون مقعداً ثم يقومون منه، ولم يجرِ على قلوبهم ولا على ألسنتهم ذكر الله تعالى ولا ذكر رسوله ولا الصلاة عليه صلى الله عليه وسلم ، فهذه المجالس ستكون حسرة عليهم يوم القامة؛ لأنهم لم يستفيدوا منها.
 وهذا إذا كانت هذه المجالس مباحة فما بالك بالمجالس المحرمة التي فيها الغيبة وغيرها.
 فينبغي أن تعمر المجالس بذكر الله تعالى والصلاة على رسوله صلى الله عليه وسلم .</t>
   </si>
   <si>
     <t>இந்த ஹதீஸானது அல்லாஹ்வையோ அவனது தூதரைப் பற்றியோ நினைவு கூறாது நபியவர்கள் மீது ஸலவாத் சொல்லாது ஒரிடத்தில் அமர்ந்து கலைந்து சென்ற கூட்டத்தின் இழப்பு மற்றும் துயர் பற்றி குறிப்பிடுகிறது. இவ்வாறான அமர்வுகள் யாவும் கியாமத் நாளில் பெரும் துயரமாக அமையும்.காரணம் யாதெனில் அவர்கள் இவ்வமர்வுகள் மூலம் எவ்விதப் பயனையும் அடைந்து கொள்ளவில்லை. இவ்வாரான அனுமதிக்கப்பட்ட அமர்வுகளின் நிலையே இவ்வாறிருக்கையில் புறம் பேசுவது போன்ற தடைசெய்யப்பட்ட அமர்வுகளாக இருந்தால் அதன் நிலை (குறித்து என்ன கூற முடியும்) மிகவும் ஆபத்தானதாக அமையும். எனவே அமர்வுகள், ஒன்று கூடல்கள் இறை சிந்தனை, நபியர்களின் மீது ஸலவாத் கூறல் போன்ற அம்சங்களால் நிரம்பிக் காணப்படுதல் வேண்டும்.</t>
   </si>
   <si>
     <t>الحث على الذكر وفضله.
 فضل المجالس التي فيها ذكر الله تعالى، وذكر رسوله -صلى الله عليه وسلم-.
 أن المجلس الذي ليس فيه ذكر هو مجلس شؤم على أهله يوم القيامة.
 أن المجالس ينبغي أن تعمر بذكر الله عزوجل والصلاة على النبي -صلى الله عليه وسلم-، لا القيل والقال.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5511</t>
   </si>
   <si>
-    <t>مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ</t>
+    <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>'தர்மத்தினால் செல்வம் குறைந்து விடுவதில்லை, மன்னிக்கும் அடியானின் கண்ணியத்தை அல்லாஹ் அதிகரிக்கச் செய்யாமல் இருப்பதில்லை, அல்லாஹ்வுக்காக பணிந்து நடப்பவனை அல்லாஹ் உயர்த்தாமல் இருப்பதில்லை'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : 'தர்மத்தினால் செல்வம் குறைந்து விடுவதில்லை, மன்னிக்கும் அடியானின் கண்ணியத்தை அல்லாஹ் அதிகரிக்கச் செய்யாமல் இருப்பதில்லை, அல்லாஹ்வுக்காக பணிந்து நடப்பவனை அல்லாஹ் உயர்த்தாமல் இருப்பதில்லை'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>தர்மம் செய்வதினால் செல்வம் குறைந்து விடாது, மாறாக அது ஆபத்திலிருந்து பாதுகாக்கும் என்பதாகவும்,  மேலும் அல்லாஹ் தர்மம் செய்யும் மனிதருக்கு மிகப்பெரும் பாக்கியத்தை பகரமாக வைத்துள்ளான், ஆகவே அது அவனது செல்வத்தின் அதிகரிப்பே தவிர அவனது செல்வம் குறைந்துவிட்டது என்பது அர்த்தமல்ல எனவும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் தெளிவு படுத்துகிறார்கள்.
 தண்டிப்பதற்கு அல்லது பலிவாங்குவதற்கு பலமிருந்தும் பிறரை மன்னிப்பது அவனது சக்தியையும் கண்ணியத்தையும் அதிகரிக்கச் செய்கிறது.
 எவருக்கும் பயப்படாது, அனுதாபப்படாது  மற்றவரின் நலனை எதிர்பார்த்தோ அல்லாமல் அல்லாஹ்வின் திருமுகம் நாடி  பணிந்து நடப்பவனுக்குரிய கூலி  உயர்வையும் கண்ணியத்தையும் தவிர வேறில்லை.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
     <t>பிற மனிதர்கள் தப்பெண்ணங்கொண்டாலும் நன்மையும், வெற்றியும் மார்க்கத்தின் சட்ட திட்டங்களுக்கு கட்டுப்பட்டு நடப்பதிலும் நல்லது செய்வதிலுமே உள்ளது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5512</t>
   </si>
   <si>
-    <t>مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ</t>
+    <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>'எவர் தன்னுடைய சகோதரனுடைய மானத்தை பாதுகாக்கிறாரோ அல்லாஹ் அவருடைய முகத்தை மறுமையில்(நரக) நெருப்பிலிருந்து பாதுகாக்கிறான்'</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அபூத்தர்தா ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : 'எவர் தன்னுடைய சகோதரனுடைய மானத்தை பாதுகாக்கிறாரோ அல்லாஹ் அவருடைய முகத்தை மறுமையில்(நரக) நெருப்பிலிருந்து பாதுகாக்கிறான்'.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>யார் தனது சகோதர முஸ்லிமின் மானத்தை அவர் இல்லாத வேளை அவனை கண்டிப்பது அல்லது அவனுக்கு மோசமான வார்த்தையினால் அவனை ஏசுவது போன்ற விடயங்களை விட்டும் பாதுகாக்கிறானோ அவனை அல்லாஹ் மறுமையில் நரக வேதனைவிட்டும் அவனை பாதுகாக்கிறான்.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>முஸ்லிம்களின் மானம் பற்றி பேசுவது தடுக்கப்பட்டிருத்தல்.
 செயலுக்கேற்ற கூலி கிடைக்கும், தனது சகோதரருடைய மானத்தைக் காற்றவரை அல்லாஹ் நரகிலிருந்து விடுதலை செய்து பாதுகாக்கிறான்.
 இஸ்லாம்  சகோதரத்துவத்தினதும் முஸ்லிம்களுக்கிடையில் பரஸ்பர உதவி ஒத்தாசை புரிந்து கொள்வதினதும் மார்க்கமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5514</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>'யார் "ஸுப்ஹானல்லாஹி வபிஹம்திஹி" வபிஹம்திஹி' ( பொருள்: அல்லாஹ்வை புகழ்வதோடு அவனைத் தூயவன் எனத் துதிக்கிறேன்) என 100 தடவைகள் கூறுகிறாரோ அவரின் பாவங்கள் கடல் நுரையளவு போல் இருப்பினும் அவை மன்னிக்கப்பட்டு விடும்'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதாக அபூஹூரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள்: 'யார் "ஸுப்ஹானல்லாஹி வபிஹம்திஹி" வபிஹம்திஹி' ( பொருள்: அல்லாஹ்வை புகழ்வதோடு அவனைத் தூயவன் எனத் துதிக்கிறேன்) என 100 தடவைகள் கூறுகிறாரோ அவரின் பாவங்கள் கடல் நுரையளவு போல் இருப்பினும் அவை மன்னிக்கப்பட்டு விடும்'.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>யார் தினமும் 'ஸுப்ஹானல்லாஹி வபிஹம்திஹி' (அல்லாஹ்வை புகழ்வதோடு அவனைத் தூயவன் எனத் துதிக்கிறேன்) என்ற வார்த்தையை –தஸ்பீஹை- கூறுகிறாரோ அவரின் பாவங்கள் கடல் அலையின் போதும் கடல் கொந்தளிக்கும் போதும் எழும் நுரையின் அளவுக்கு அதிகமாக இருந்தாலும் அவை அழிக்கப்பட்டு மன்னிக்கப் பட்டுவிடும் என நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் இந்த ஹதீஸில் தெரிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.
 المراد في الحديث تَكْفير صغائر الذنوب، وأمَّا الكبائر فلا بدَّ لها من توبة.</t>
   </si>
   <si>
     <t>மேற்படி  திக்ரைத் நாளொன்றில்; தொடர்ச்சியாகவோ, விட்டுவிட்டோ, எவ்வாறு கூறினாலும் அவருக்கான இந்தக் கூலி கிடைக்கும்.
 தஸ்பீஹ் என்பது : அல்லாஹ்வை அனைத்து வகையான குறைகளைவிட்டும் தூய்மைப் படுத்துவதைக் குறிக்கும். அல்ஹம்துலில்லாஹ் (எல்லாப் புகழும் அல்லாஹ்வுக்கே): என்பது நேசித்து ,போற்றப்டுவதற்குரிய பரிபூரண பண்பால் வர்ணிக்கப்படுதல்.
 இந்த ஹதீஸில் குறிப்பிடப்பட்டுள்ள 'பாவம் மன்னிக்கப்படுதல்' என்பதன் கருத்து சிறிய பாவங்களைக் குறிக்கிறது. பெரும் பாவங்களுக்கு தவ்பா செய்வது அவசியமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5516</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ</t>
+    <t>من قال: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، عشر مرار</t>
   </si>
   <si>
     <t>'யார் ஒருவர்; 'லாஇலாஹ இல்லல்லாஹு வஹ்தஹு லா ஷரீகலஹு லஹுல் முல்கு வலஹுல் ஹம்து வஹுவ அலா குல்லி ஷைஇன் கதீர்' (பொருள்: உண்மையான வணங்கப்படத் தகுதியானவன் அல்லாஹ்வைத் தவிர வேறு யாறுமில்லை அவன் தனித்தவன் அவனுக்கு யாதொரு இணையுமில்லை, ஆட்சியதிகாரமும் அனைத்துப் புகழும் அவனுக்குரியதே! அவன் யாவற்றின் மீதும் ஆற்றலுடையவனாக உள்ளான் என 10</t>
   </si>
   <si>
     <t>عن أبي أيوب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ كَانَ كَمَنْ أَعْتَقَ أَرْبَعَةَ أَنْفُسٍ مِنْ وَلَدِ إِسْمَاعِيلَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ அய்யூப் ரழியல்லாஹு அன்ஹு  அறிவித்துள்ளார்கள் : 'யார் ஒருவர்; 'லாஇலாஹ இல்லல்லாஹு வஹ்தஹு லா ஷரீகலஹு லஹுல் முல்கு வலஹுல் ஹம்து வஹுவ அலா குல்லி ஷைஇன் கதீர்' (பொருள்: உண்மையான வணங்கப்படத் தகுதியானவன் அல்லாஹ்வைத் தவிர வேறு யாறுமில்லை அவன் தனித்தவன் அவனுக்கு யாதொரு இணையுமில்லை, ஆட்சியதிகாரமும் அனைத்துப் புகழும் அவனுக்குரியதே! அவன் யாவற்றின் மீதும் ஆற்றலுடையவனாக உள்ளான் என 10 தடவைகள்  கூறினால் அவர் இஸ்மாஈல் அலைஹிஸ்ஸலாம்  அவர்களின் சந்ததியிலிருந்து நான்கு அடிமைகளை உரிமையிற்றவரைப் போன்றவராவார்'.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال: «لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير»، ومعناها: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المُخْتَصُّ بالمُلْكِ التامّ، والمُستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يُعجزه شيء. 
 فمَن كَرَّر هذا الذِّكْرَ العظيم في يوم عشر مرَّات؛ صار له من الأجر مثل أجر من أزال الرِّقِّ عن أربعة مماليك من ذُرِّيَّة إسماعيل بن إبراهيم عليهما الصلاة والسلام، وخَصَّ ذُريةَ إسماعيل عليه السلام؛ لأنهم أشرفُ من غيرهم.</t>
   </si>
   <si>
     <t>'லாஇலாஹ இல்லல்லாஹு வஹ்தஹு லா ஷரீகலஹு லஹுல் முல்கு வலஹுல் ஹம்து வஹுவ அலா குல்லி ஷைஇன் கதீர்' என்பதன் கருத்து அல்லாஹ்வைத் தவிர உண்மையாக வணங்கப்படுவதற்கு தகுதியவானவன் வேறு யாரும் கிடையாது. அவன் தனித்தவன் அவனுக்கு யாதொரு இணையும் இல்லை. அவன் மாத்திரமே முழுமையான ஆட்சி அதிகாரகத்துக்கு உரித்துடையவன். அத்துடன் ஏனையோரைத் தவிர்த்து நேசம்கொள்ளுதல் மற்றும் மகிமைப்படுத்துதல் என்ற விடயங்களுடன் பாராட்டுக்கும் புகழுக்கும் தகுதியானவன். அவன் ஆற்றல் மிக்கவன் அவனை எதனாலும் இயலாமல் செய்திட முடியாது என்பதாகும். ஆகவே இந்த மகத்தான திக்ரை யார் ஒரு நாளில் பத்து தடவைகள் கூறினால் இஸ்மாஈல் இப்னு இப்ராஹீம் அலைஹிமஸ்ஸலாம் அவர்களின் சந்ததிகளில் உள்ள அடிமைகளில் நான்கு அடிமைகளை உரிமையிட்ட நன்மை அவருக்கு கிடைக்கிறது. இங்கு இஸ்மாஈல் அலைஹிஸ் ஸலாம் அவர்களின் சந்ததிகள் என குறிப்பிட்டு கூறக்காரணம் அவர்கள் ஏனையோரை விடவும் சிறப்புக்குரியவர்கள் என்பதினாலாகும்.</t>
   </si>
   <si>
     <t>فضيلة هذا الذكر المتضمن إفراد الله تعالى بالألوهية، والملك، والحمد، والقدرة التامة.
 ينال ثواب هذا الذكر من قاله متواليا أو متفرقا.</t>
   </si>
   <si>
     <t>இந்த திக்ரானது அல்லாஹ்வை -உலூஹிய்யாவில் -இறைமைத்துவத்திலும் ஆட்சி அதிகாரம் ,புகழ் மற்றும் முழுமையான ஆற்றல் ஆகியவிடயங் களிலும் தனித்துவமானவன் என்பதை உள்ளடக்கி சிறப்புப் பெற்றுள்ளது.
 இந்த திக்ரை ஒரே நேரத்தில் தொடராகவோ அல்லது விட்டுவிட்டோ கூறினாலும் இந்த திக்ரை ஒதியதற்கான கூலி கிடைக்கும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5517</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ</t>
+    <t>من يرد الله به خيرا يفقهه في الدين</t>
   </si>
   <si>
     <t>'அல்லாஹ் யாருக்கு நன்மையை  நாடுகின்றானோ அவருக்கு மார்க்கத்தில் தெளிவைக் கொடுக்கின்றான்</t>
   </si>
   <si>
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதை தான் செவிமடுத்ததாக  முஆவியா ரழியல்லாஹு அன்ஹு அவர்கள்  அறிவித்துள்ளார்கள்: 'அல்லாஹ் யாருக்கு நன்மையை  நாடுகின்றானோ அவருக்கு மார்க்கத்தில் தெளிவைக் கொடுக்கின்றான் அல்லாஹ் கொடுப்பவனாக இருக்கிறான். நான் அதை பகிர்ந்தளிப்பவனாக இருக்கிறேன். இந்தச் சமுதாயத்தில் ஒரு சாரார் அல்லாஹ்வின் கட்டளையைப் பேணுவதில் நிலைத்தே இருப்பார்கள். மறுமை நாள் வரும் வரை அவர்களுக்கு மாறு செய்பவர்களால் எந்தத் தீங்கும் செய்து விட முடியாது'</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>அல்லாஹ் யாருக்கு நலவை நாடுகின்றானோ அவருக்கு மார்க்கத்தில் தெளிவான விளக்கத்தைக்  கொடுக்கின்றான் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெரிவிக்கிறார்கள். மேலும் நபியவர்கள் அல்லாஹ் அவருக்கு அளித்துள்ள அறிவு மற்றும் ஆகாரம் போன்றவற்றை பகிர்ந்தளிப்பவராக உள்ளார். உண்மையில் அல்லாஹ்வே வழங்குபவன். அவனைத் தவிர உள்ள மற்றோர் இவற்றிற்கான காரணங்களாக உள்ளனர். அவனின் அனுமதியின்றி எவ்வித பயனையும் அவை தரமாட்டாது. இந்தச் சமுதாயத்தினர் அல்லாஹ்வின் கட்டளையைப் பேணி நடப்பதில்  உறுதியாக  இருப்பார்கள். மறுமை நாள் வரும் வரை அவர்களுக்கு மாறு செய்பவர்களால் எந்தத் தீங்கும் செய்து விட முடியாது.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>மார்க்க அறிவின் சிறப்பும் மகிமையும் குறிப்பிடப் பட்டுள்ளதுடன் அதனைக் கற்பதற்கும் ஆர்வமூட்டப் பட்டிருத்தல்.
 இந்த சமூகத்தின் இருப்புக்கு சத்தியத்தை பின்பற்றி அதனைப் பிரச்சாரம் செய்தல் இன்றியமையாத அம்சமாகும். ஒரு பிரிவினர் இப்பணியை கைவிட்டாலும் இன்னொரு தரப்பினர் மேற்கொள்ளல் வேண்டும்.
@@ -7882,84 +8781,84 @@
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قَال: قَالَ رسولُ الله صلى الله عليه وسلم : "إنَّ اللهَ عز وجل يَقُولُ يَومَ القِيَامَةِ: يَا ابْنَ آدَمَ، مَرِضْتُ فَلَمْ تَعُدنِي! قَالَ: يَا رَبِّ، كَيْفَ أعُودُكَ وَأنْتَ رَبُّ العَالَمِينَ؟!، قَالَ: أمَا عَلِمْتَ أنَّ عَبْدِي فُلاَناً مَرِضَ فَلَمْ تَعُدْهُ! أمَا عَلِمْتَ أنَّكَ لَوْ عُدْتَهُ لَوَجَدْتَني عِنْدَهُ! يَا ابْنَ آدَمَ، اسْتَطْعَمْتُكَ فَلَمْ تُطْعِمنِي! قَالَ: يَا رَبِّ، كَيْفَ أطْعِمُكَ وَأنْتَ رَبُّ العَالَمِينَ؟! قَالَ: أمَا عَلِمْتَ أنَّهُ اسْتَطْعَمَكَ عَبْدِي فُلانٌ فَلَمْ تُطْعِمْهُ! أمَا عَلِمْتَ أنَّكَ لَوْ أطْعَمْتَهُ لَوَجَدْتَ ذَلِكَ عِنْدِي! يَا ابْنَ آدَمَ، اسْتَسْقَيْتُكَ فَلَمْ تَسْقِنِي! قَالَ: يَا رَبِّ، كَيْفَ أسْقِيكَ وَأنْتَ رَبُّ العَالَمينَ؟! قَالَ: اسْتَسْقَاكَ عَبْدِي فُلاَنٌ فَلَمْ تَسْقِهِ! أمَا عَلِمْتَ أنَّكَ لَوْ سَقَيْتَهُ لَوَجَدْتَ ذَلِكَ عِنْدِي".</t>
   </si>
   <si>
     <t>"ஆதமின் மகனே! நான் நோயுற்றிருந்தேன்.நீ என்னை நோய் விசாரிக்க வரவில்லை" என்று நிச்சயமாக.மறுமை நாளில் அல்லாஹ் சொல்வான் அதற்கு அவன் "என் இறைவனே!நீ சர்வலோக இரட்சகனாக இருக்கின்ற போது நான் எவ்வாறு உன்னிடம் நோய் விசாரிக்க வருவேன்?"என்று கூறுவான். அதற்கு அவன் "என்னுடைய இன்ன அடியான் நோயுற்றிருந்ததை நீ அறிந்திருக்கவில்லையா?அப்போது நீ அவனை நோய் விசாரிக்கச்செல்லவில்லை! நீ அறியவில்லையா நீ அவனை நோய் விசாரிக்க சென்றிருந்தால் நீ அவனிடம் என்னைப் பெற்றுக்கொண்டிருப்பாய்"என்று.கூறுவான்.மேலும் "ஆதமின் மகனே!நான் உன்னிடம் உணவு கேட்டேன்.நீ எனக்கு உணவளிக்கவில்லை"என்று அவன் சொல்வான.அதற்கு அவன் "என் இறைவனே!நீ சர்வலோக இரட்சகனாக இருக்கின்றபோது நான் உனக்கு எவ்வாறு உணவளிப்பேன்!"என்று கூறுவான்.அதற்கு அவன் "நீ அறியவில்லையா?என்னுடைய இன்ன அடியான் உன்னிடம் உணவு கேட்டான்,நீ அவனுக்கு உணவளித்திருந்தால் நீ என்னிடம் அது இருக்கக்கண்டிருப்பாய்!"என்று கூறுவான்.மேலும் "ஆதமின் மகனே! நான் உன்னிடம் அருந்தக் கேட்டேன்.நீ எனக்கு அருந்த தரவில்லை" என்று.அவன் சொல்வான். அதற்கு அவன் "என் இறைவனே! நீ சர்வலோக இரட்சகனாக இருக்கின்ற போது நான் உனக்கு எவ்வாறு அருந்தத் தருவேன்" என்பான்.அதற்கு அவன் "என்னுடைய இன்ன அடியான் உன்னிடம் அருந்தக் கேட்டான்,நீ அவனுக்கு அருந்தக் கொடுக்கவில்லை.நீ அவனுக்கு அருந்தக் கொடுத்திருந்தால் நீ அதனை என்னிடம் கண்டுக் கொண்டிருப்பாய்." என்று கூறுவான்"என ரஸூல் (ஸல்) அவர்கள் நவின்றார்கள் என அபூஹுரைரை (ரழி) அவர்கள் அறிவித்துள்ளார்கள்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن النبي صلى الله عليه وسلم قال: "يقول الله تعالى يوم القيامة: يا ابن آدم مرضت فلم تعدني، قال: كيف أعودك، وأنت رب العالمين"، يعني: وأنت لست بحاجة إلي حتى أعودك، قال: أما علمت أن عبدي فلاناً مرض فلم تعده، أما إنك لو عدته لوجدتني عنده. هذا الحديث ليس فيه إشكال في قوله تعالى: مرضت فلم تعدني؛ لأن الله تعالى يستحيل عليه المرض؛ لأن المرض صفة نقص والله سبحانه وتعالى منزه عن كل نقص، لكن المراد بالمرض مرض عبد من عباده الصالحين وأولياء الله سبحانه وتعالى هم خاصته، ولهذا قال: أما إنك لو عدته لوجدتني عنده، ولم يقل لوجدت ذلك عندي كما قال في الطعام والشراب، بل قال: لوجدتني عنده، وهذا يدل على قرب المريض من الله عز وجل، ولهذا قال العلماء: إن المريض حري بإجابة الدعاء إذا دعا لشخص أو دعا على شخص.
 قوله: "يا ابن آدم استطعمتك فلم تطعمني"، يعني طلبت منك طعاماً فلم تطعمني، ومعلوم أن الله تعالى لا يطلب الطعام لنفسه لقول الله تبارك وتعالى: "وهو يُطعِم ولا يُطعَم" الأنعام: 14، فهو غني عن كل شيء لا يحتاج لطعام ولا شراب، لكن جاع عبد من عباد الله فعلم به شخص فلم يطعمه، قال الله تعالى: "أما إنك لو أطعمته لوجدت ذلك عندي"، يعني: لوجدت ثوابه عندي مدخراً لك الحسنة بعشر أمثالها إلى سبعمائة ضعف إلى أضعاف كثيرة.
 قوله: "يا ابن آدم استسقيتك"، أي: طلبت منك أن تسقيني فلم تسقيني، قال: "كيف أسقيك وأنت رب العالمين؟"، يعني: لست في حاجة إلى طعام ولا شراب، قال: "أما علمت أن عبدي فلاناً ظمئ أو استسقاك فلم تسقه، أما علمت أنك لو سقيته لوجدت ذلك عندي"، إسقاءُ من طلب منك السقيا فأسقيته يجعلك تجد ذلك عند الله مدخراً الحسنة بعشر أمثالها إلى سبعمائة ضعف إلى أضعاف كثيرة.</t>
   </si>
   <si>
     <t>ஆதமின் மகனே!நான் நோயுற்றிருந்தேன் நீஎன்னை நோய் விசாரிக்க வரவில்லை"என்று மறுமை நாளில் அல்லாஹ் சொல்வான்."அதற்குஅவன்"நீயோ சர்வலோக இரட்சகனாக இருக்கின்ற போது உன்னை நோய் விசாரிக்க நான் எப்படி வருவேன்"என்று கூறுவான்என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள்என அபூஹுரைரா (ரழி) அறிவிக்கின்றார்கள். இதன் கருத்தாவது நான் உன்னை நோய் விசாரிக்க வருவதற்கு நீ என் பக்கம் தேவை கொண்டவனாக இல்லையே என்பதாகும்.அப்பொழுது"நீ அறியவில்லையா!என்னுடைய இன்ன அடியான் நோயுற்றிருந்தான் நீ அவனை நோய் விசாரிக்கச் செல்லவில்லை.நீ அவனை நோய் விசாரிக்கச்சென்றிருந்தாலோ நீ அவனிடம் என்னை அடைந்திருப்பாய்"என்று அல்லாஹ் கூறுவான்.நோய் என்பது குறையை உணர்த்தும் ஒரு பண்பு.அல்லாஹ்வோ இதிலிருந்தும் மற்றும் எல்லா குறைகளிலிருந்தும் தூய்மையானவன்.அப்படியிருக்க இந்த ஹதீஸில்"நான் நோயுற்றிருந்தேன் நீ என்னை நோய் விசாரிக்க வரவில்லை"என்று குறிப்பிட்டிருப்பதில் பிரச்சினை எதுவுமில்லை.ஏனெனில் இங்கு அல்லாஹ் நோயுற்றிருந்தான் என்பதன் கருத்தாவது அல்லாஹ்வின் நல்லடியார்களில் யாரேனும் ஒரு அடியான் நோயுற்றிருந்தான் என்பதாகும்.எனவேதான் ஆகாரம்,பானம் விடயத்தில் "அதனை என்னிடம் அடைந்து கொண்டிருப்பாய்" என்று அல்லாஹ் கூறியது போன்று இங்கு கூறாமல்"நீ அவனை நோய் விசாரிக்கச் சென்றிருந்தால் நீ அவனிடம் என்னை அடைந்து கொண்டிருப்பாய்"என்று அவன் கூறினான்.இது நோயாளி அல்லாஹ்வவை நெருங்கி விட்டான் என்பதை எடுத்துக் காட்டுகிறது.எனவேதான் ஒருவனுக்கு நன்மை அல்லது தீமை ஏற்படவென நோயாளி பிரார்த்தனனை செய்தால் அது மிகவும் ஏற்றுக் கொள்ளத் தக்க பிரார்த்தனையாக இருக்கும் என்று உலமாக்கள் குறிப்பிட்டுள்ளனர். மேலும்"அவன் உணவளிக்கின்றான், அவனுக்கு உணவளிக்கப்படுவதில்லை"(6:14) என்ற அல்லாஹ்வின் வாக்கின் பிரகாரம் அவன் தனக்காக உணவு கேட்க மாட்டான்என்பது தெரிந்த விடயம்.ஆகையால் அவனுக்கு உணவு,பானம் போன்ற எந்தத் தேவயைும் இல்லை. இப்படியுருக்க"ஆதமின் மகனே!நான் உன்னிடம் உணவு கேட்டேன் நீ எனக்கு உணவளிக்கவில்லை" என்பதன் கருத்தாவது "அல்லாஹ்வின் ஏதோவொரு அடியான் பட்டினி கிடப்பதைஅறிந்திருந்த ஒருவன் அவனுக்கு உணவளிக்கவில்லை" என்பதாகும்.எனவே"நிச்சயமாக நீ அவனுக்கு உணவளித்திருப்பாயாகில்,நீ அதனை என்னிடம் பெற்றுக்கொண்டிருப்பாய்"என்று குறிப்பிட்டுள்ளான். அதாவது அதன் நன்மைகள் பத்து முதல் எழுநூறு மடங்கு வரை, அல்லது அதனைவிட பன்மடங்காக என்னிடம் சேமிப்பில் இருக்க நீ அதனை அடைந்து கொண்டிருப்பாய் என்பதாகும்.மேலும் அல்லாஹ்வின் வாக்கு"ஆதமின் மகனே!உன்னிடம் தண்ணீர் புகட்டும்படி நான் வேண்டினேன்" என்றால்'எனக்குத் தண்ணீர் புகட்டும்படி உன்னிடம் நான் வேண்டினேன்.அப்போது நீ எனக்குத் தண்ணீர் புகட்டவில்லை"என்பதாகும்.அதற்கு அவன் "நீ சர்வலோக இரட்சகனாக இருக்க உனக்கு நான் எப்படி தண்ணீர் புகட்டுவேன்"என்பான்.அதாவது நீயோ ஆகாரமும்,பானமும் தேவையற்றவனாக இருக்கின்றாயே, என்பதாகும். அதற்கு"என்னுடைய இன்ன அடியான் தாகித்திருந்தான்,அதனை நீ அறியவில்லையா?அல்லது அவன் தண்ணீர் புகட்டும்படி உன்னிடம் வேண்டினான்,நீ அவனுக்குத் தண்ணீர் புகட்ட வில்லை.நீ அவனுக்குத் தண்ணீர் புகட்டியிருந்தால் நீ அதனை என்னிடம் அடைந்துக் கொண்டிருப்பாய்"என்ற அல்லாஹ்வின் வாக்கின் கருத்தாவது "உன்னிடம் தண்ணீர் புகட்டும்படியாக வேண்டிய ஒருவனுக்கு நீ தண்ணீர் புகட்டியிருந்தால் அது பத்து முதல் எழுநூறு மடங்குகள் என்ன,அதனைவிட பன்மடங்கு நன்மைகளாக அல்லாஹ்விடம் சேமிக்கப்படடிருக்க நீ அதனைக் கண்டிருப்பாய்"என்பதாகும்</t>
   </si>
   <si>
     <t>إثبات صفة الكلام لله -تعالى-.
 الحث على عيادة المريض وإطعام الطعام وبذل الماء لمن يحتاج إليه.
 الحسنات لا تضيع، وأنها عند الله بمكان.
 الحديث حجة تبطل عقيدة الحلول والاتحاد، فهو ظاهر في العيادة والإطعام والإسقاء حيث أثبت عبد ومعبود، ورب ومربوب، وخالق ومخلوق، تعالى الله عما يصفون علواً كبيراً.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5544</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ</t>
+    <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
     <t>'இறை பக்தியுள்ள, தன்னிறைவுடன், ஒதுங்கி இருக்கும் அடியானை நிச்சயமாக அல்லாஹ் நேசிக்கின்றான்'</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை தான் செவிமடுத்ததாக ஸஃத் இப்னு  அபீ வக்காஸ் ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : 'இறை பக்தியுள்ள, தன்னிறைவுடன், ஒதுங்கி இருக்கும் அடியானை நிச்சயமாக அல்லாஹ் நேசிக்கின்றான்'.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
     <t>தனது அடியார்களில் சிலரை அல்லாஹ் விரும் புவதாக இந்த ஹதீஸில் நபியவர்கள் தெளிவு படுத்தியுள்ளார்கள். அவர்களுள் :
 'அத்தகிய்யை  (இறையச்சமுடையவரை) அல்லாஹ் விரும்புகிறான் அதாவது அல்லாஹ்வின் கட்டளைக்கு அடிபணிந்து அவன் தடைசெய்தவற்றைவிட்டு விலகி நடப்பவர்.
 'அல்கனீ' என்ற சுயகௌரவத்துடன் தன்னிறைவோடு இருப்பவனை விரும்புகிறான்.  அதாவது  தனது வறுமை நிலையை காட்டாது மனிதர்களிடம் எதனையும் எதிர்பார்க்காது, தன்னிறைவுள்ளவனாகவும், அல்லாஹ்வின் பக்கம் மாத்திரமே தேவையை எதிர்பார்த்திருப்பவன்.
 ' அல்கபி' யை விரும்புகிறான், அல்கபிஃ என்றால் பணிவுள்வன், தனது இரட்சகனுக்கு கட்டுப்பட்டு நடப்பவன், எவரும் அவரை அறிந்து கரிசனை காட்ட வேண்டும், அல்லது அவரை பாராட்டி புகழ வேண்டும் என்பதையெல்லாம் பொருட்படுத்தாது, பயனுள்ள விடயங்களில் தன்னை ஈடுபடுத்திக் கொண்டவர்.</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
     <t>தனது அடியார்கள் இறைவிருப்பத்தை பெற்றுக்கொள்ள தேவையான சிலபண்புகள் தெளிவுபடுத்தப்பட்டிருத்தல். அவையான : இறையச்சம், பணிவு, அல்லாஹ் பகிர்ந்தளித்ததை திருப்தியுடன் ஏற்றல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5545</t>
   </si>
   <si>
-    <t>إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ</t>
+    <t>إنكم سترون ربكم كما ترون هذا القمر، لا تضامون في رؤيته</t>
   </si>
   <si>
     <t>இந்த சந்திரனை நீங்கள் தடங்கலின்றி (தெளிவாக கஷ்டமின்றி) காண்பது போல் நிச்சயமாக உங்களுடைய இறைவனைக் காண்பீர்கள்!</t>
   </si>
   <si>
     <t>عن جَرِيْر بنِ عبدِ الله رضي الله عنه قال: كُنَّا عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَنَظَرَ إِلَى الْقَمَرِ لَيْلَةً -يَعْنِي الْبَدْرَ- فَقَالَ: «إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ، فَإِنِ اسْتَطَعْتُمْ أَنْ لَا تُغْلَبُوا عَلَى صَلَاةٍ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا فَافْعَلُوا» ثُمَّ قَرَأَ: «{وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}»</t>
   </si>
   <si>
     <t>ஜரீர் இப்னு அப்தில்லாஹ் ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : 'நாங்கள் முழு நிலவுள்ள-பௌர்னமி- இரவில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்களுடன் இருந்தோம். அப்போது அவர்கள் முழு சந்திரனை  நோக்கி 'இந்த சந்திரனை நீங்கள் தடங்கலின்றி (தெளிவாக கஷ்டமின்றி) காண்பது போல் நிச்சயமாக உங்களுடைய இறைவனைக் காண்பீர்கள்! சூரியன் உதிக்கும் முன்னரும் சூரியன் மறையும் முன்னரும் தொழும் விஷயத்தில் (தூக்கம் போன்றவற்றால்) நீங்கள் மிகைக்கப் படாதிருக்க இயலுமானால் அதைச் செய்யுங்கள்!' என்று கூறினார்கள்'. பின்னர் நபியவர்கள் (வஸப்பிஹ் பிஹம்திரப்பிக) என்ற வசனத்தை ஓதினார்கள்' பொருள் : சூரிய உதயத்திற்கு முன்னறும் சூரிய அஸ்தமனத்திற்கு முன்னரும் உனது இரட்சனின் புகழைக் கொண்டு துதிப்பீராக'</t>
   </si>
   <si>
     <t>كان الصحابةُ مع النبيِّ صلى الله عليه وسلم ذات ليلةٍ فنَظَرَ إلى القمر -ليلة الرابع عشر-، فقال: 
 إنَّ المؤمنين سيرون ربَّهم حقيقةً بالعين دون اشتباه، وأنهم لا يتزاحمون ولا يصيبهم تعب ولا مشقة عند رؤيته تعالى. 
 ثم قال رسول الله صلى الله عليه وسلم: 
 فإن استطعتم قطعَ الأسبابِ التي تَصرفُكم عن صلاةِ الفجر وصلاةِ العصر فافعلوا، وأتوا بهما كاملتين في وقتهما في جماعة، فإن ذلك من أسباب النظر إلى وجه الله عز وجل، 
 ثم قرأ صلى الله عليه وسلم الآية: 
 {وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}.</t>
   </si>
   <si>
     <t>நபித் தோழர்கள் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களுடன் ஓர் இரவில் - பதினான்காம் இரவில்- இருக்கும் போது  சந்திரனைப் பார்த்து: நிச்சயமாக முஃமின்கள் தமது வெற்றுக் கண்களால் எவ்விதத் தடையுமின்றி தெளிவாக தங்களது இரட்சகனை காண்பார்கள் என்றார்கள். மேலும் அவர்கள் தங்களது இரட்சகனை பார்ப்பதில் நெரிசல்களுக்கு உள்ளாக மாட்டார்கள், அவனை காண்பதில் அவர்களுக்கு எவ்வித களைப்போ சிரமமோ ஏற்படாது எனவும் குறிப்பிட்டார்கள'; பின்னர் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பின்வருமாறு குறிப்பிட்டார்கள் : பஜ்ர் மற்றும் அஸ்ர் தொழுகைகளை விட்டும் உங்களை திசைதிருப்பக் கூடிய விடயங்களை விட்டும் தவிர்த்து இதனை செய்ய முடியுமென்றால் இந்த இரு தொழுகைகளையும் பூரணமாக அதற்குரிய நேரத்தில் கூட்டாக- ஜமாஅத்தாக தொழுது வாருங்கள்;.அவ்வாறு நீங்கள் தொழுது வருவது அல்லாஹ்வின் திருமுகத்தை மறுமையில் காண்பதற்கான வழிகளில் ஒன்றாக அமைந்து விடும். இவ்வாறு கூறிவிட்டு பின்வரும் வசனத்தை நபியவர்கள் ஓதினார்கள் : "சூரிய உதயத்திற்கு முன்னும் சூரிய அஸ்தமனத்திற்கு முன்னும் உனது இரட்சகனை புகழ்வதின் மூலம் துதிசெய்வீராக".</t>
   </si>
   <si>
     <t>البشرى لأهل الإيمان برؤية الله تعالى في الجنة.
 مِن أساليب الدعوة: التوكيدُ والترغيبُ وضَرْبُ الأمثال.</t>
   </si>
@@ -7972,51 +8871,51 @@
   </si>
   <si>
     <t>من عرض عليه ريحان، فلا يرده، فإنه خفيف المحمل، طيب الريح</t>
   </si>
   <si>
     <t>ரைஹான் (குங்குமப் பூ) வாசனைப்பொருள் யாருக்காவது வழங்கப்பட்டால் அதனை மறுக்காது பெற்றுக்கொள்ளுங்கள் ஏனெனில் அது சுமப்பதற்கு இலகுவானதாகவும், நல்ல வாசனையுடையதாகும் இருப்பதினாலாகும்.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه مرفوعاً: «من عُرِضَ عليه رَيْحَانٌ فلا يرده، فإنه خفيف الْمَحْمِلِ، طيب الريح».</t>
   </si>
   <si>
     <t>من أُهدي إليه طيب أو عُرِض عليه التطيب به فينبغي قبوله، فإنه لا مشقة في حمله وكذلك ريحه طيب.</t>
   </si>
   <si>
     <t>வாசனைப் பொருள் யாருக்காவது அன்பளிப்பாக வழங்கப் பட்டால் அதனை ஏற்றுக்கொள்வது அவசியமாகும் ஏனெனில் அதனை சுமப்பதில் எவ்வித சிரமும் கிடையாது அதே போல் அதன் நறுமணமும் சிறந்ததாகவும் இருக்கிறது.</t>
   </si>
   <si>
     <t>استحباب قبول هدية الريحان؛ فإنه لا تكثر المنة بأخذه، وقد جرت العادة بالتسامح في بذله.
 ينبغي على المسلم أن يكون طيب الريح ويستعمل الطيب.
 استحباب عرض المسلم على إخوانه الطيب ولاسيما عند حضور الجمع والجماعات.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5732</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان لا يرد الطيب</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு வாசனை வழங்கப்பட்டால் அதனை மறுக்காது ஏற்றுக்கொள்வார்கள்</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ.</t>
   </si>
   <si>
     <t>அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு  அவர்கள் அறிவிக்கிறார்கள்: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு வாசனை வழங்கப்பட்டால் அதனை மறுக்காது ஏற்றுக்கொள்வார்கள்.</t>
   </si>
   <si>
     <t>كان مِن هَديِ النبيِّ صلى الله عليه وسلم أنه لا يَرُدُّ الطِّيْبَ ويَقْبَلَه؛ لأنه خفيفُ المَحمل وطَيِّبُ الرَّائحة.</t>
   </si>
   <si>
     <t>வாசைன திரவியங்கள்  வழங்கப்பட்டால் அதனை மறுக்காது ஏற்றுக்கொள்வது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் வழிமுறைகளில் ஒன்றாக இருந்தது. ஏனெனில் அது சுமந்து செல்வதற்கு எளிதாக உள்ளது, மற்றும் நறுமண மிக்கதாகவும் காணப்படுகிறது.</t>
   </si>
   <si>
     <t>استحباب قبول عَطِيَّةِ الطِّيْبِ؛ لأنه لا مُؤْنَة لحملِه ولا مِنَّةَ في قبوله.
 كمال وحسن خلق النبي صلى الله عليه وسلم في عدم رد الطيب، وقبول هدية من يهدي إليه.
  الترغيب في استعمال الطيب.</t>
   </si>
   <si>
     <t>நறுமணப் பொருட்கள் வழங்கப்படும் போது அதனை ஏற்பது விரும்பத்தக்கதாகும். ஏனெனில் அதனைச் சுமந்து செல்லச் செலவு கிடையாது, அதனை ஏற்பதால் கொடுத்தவர் சொல்லிக் காட்டும் அளவு முக்கியத்துவமும் கிடையாது.
 யார் நறுமணத்தை பரிசாக அளிக்கிறாரோ அதனை மறுக்காது ஏற்றுக்கொள்வதில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்களின்  பூரண நற்குணம் தெளிவாகிறது.
 நறுமணத்தைப் பயன்படுத்த ஆர்வமூட்டுதல்.</t>
@@ -8080,84 +8979,84 @@
   </si>
   <si>
     <t>உங்களில் எவரேனும் தொழும் வேளையில் அவருக்கு சிறு தூக்கம் ஏற்பட்டால் அவர் தன்னை விட்டும் தூக்கம் நீங்கும் வரையில் நித்திரை செய்து கொள்ளவும்.</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها مرفوعاً: «إذا نَعَسَ أحدكم وهو يصلي فَلْيَرْقُدْ حتى يذهب عنه النوم، فإن أحدكم إذا صلى وهو نَاعِسٌ لا يدري لعله يذهب يستغفر فَيَسُبُّ نَفْسَهُ».</t>
   </si>
   <si>
     <t>உங்களில் எவரேனும் தொழும் வேளையில் அவருக்கு சிறு தூக்கம் ஏற்பட்டால் அவர் தன்னை விட்டு தூக்கம் நீங்கும் வரை நித்திரை செய்து கொள்ளவும். ஏனெனில் அவர் சிறு தூக்கத்தோடு தொழுவாராகில் தான் பாவ மன்னிப்புக் கோருகின்றாரா,அல்லது தன் மீது சாபமிட்டுக் கொண்டிருக்கின்றாரா என்று சில வேளை அவர் அறிய மாட்டார்.என ரஸூல் (ஸல் அவர்கள் கூறினார்கள்,என ஆஇஷா (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>موضوع الحديث كراهة إجهاد النفس بالعبادة فإذا أحس المصلي بمقدمة غلبة النوم عليه وهو يصلي فليقطع صلاته أو يتمها ثم يرقد ويريح نفسه حتى لا يحصل منه دعاء على نفسه حال تعبه.</t>
   </si>
   <si>
     <t>ஹதீஸின் மூலப் பொருள்.இபாதத்தில் தன்னை வருத்திக் கொள்வது மக்றுூஹான-விரும்பத் தகாத செயல் என்பதாகும் எனவே ஒரு தொழுகையாளி தொழுது கொண்டிருக்கும் போது தனக்கு தூக்கம் அதிகரித்து வருவதை அவர் உணர்ந்தால் அவர் உடனே தன் தொழுகையை நிறுத்து விட வேண்டும், அல்லது அதனைப் பூர்த்தி செய்து விடவேண்டும்.காரணம் அவர் தனக்கு களைப்பு ஏற்பட்டிருக்கும் நிலையில் தொழும்போது அதன் காரணமாக தன் மீது சாபமிட்டுக் கொள்வதைத் தவிர்த்துக் கொள்ளவதற்காகத்தான்</t>
   </si>
   <si>
     <t>كراهة إجهاد النفس بالعبادة.
 الاقتصاد وترك الغلو في العبادة.
 الحث على الخشوع في الصلاة وحضور القلب في العبادة.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5789</t>
   </si>
   <si>
-    <t>أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ</t>
+    <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
   </si>
   <si>
     <t>'பூரண ஈமானைப் பெற்ற விசுவாசி யாரெனில் சிறந்த பண்புகளுடையவரே. மேலும் உங்களில் சிறந்தவர், தங்களின் மனைவியரிடம் சிறந்தவர்'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழில்லாஹு அறிவித்துள்ளார்கள்: 'பூரண ஈமானைப் பெற்ற விசுவாசி யாரெனில் சிறந்த பண்புகளுடையவரே. மேலும் உங்களில் சிறந்தவர், தங்களின் மனைவியரிடம் சிறந்தவர்'.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أَكْمَلَ الناس إيمانًا مَن حَسُنَ خُلُقُه، وذلك بطَلَاقَةِ الوجه، وبذل المعروف، وحسن الكلام، وكف الأذى.
 وخَيْرَ المؤمنين خيرُهم لنسائِهِ، كزَوجتِه وبَناتِه وأخواتِه وقَريباتِه؛ لأنهن مِن أحقِّ الناس بحُسْنِ الخُلُق.</t>
   </si>
   <si>
     <t>முகமலர்ச்சி, நன்மை செய்தல், அழகிய வார்த்தை, தீங்கை தடுத்தல் போன்ற நற்குணங்களினால் மனிதர்கள் ஈமானில் பரீபூரண நிலையை அடைகிறார்கள் என இந்த ஹதீஸில் குறிப்பிடுகிறார்கள்.
 இறைவிசுவாசிகளில் சிறப்புக்குரியோர், தனது மனைவி, மகள், சகோதரிகள், இனபந்துக்களான நெருங்கிய பெண்கள் ஆகியோரிடத்தில் சிறந்தவர்களாக இருப்போர் ஆவர். காரணம் அவர்களே மனிதர்களில் நற்குணத்துடன் நடந்து கொள்ள தகுதியானவர்கள்.</t>
   </si>
   <si>
     <t>فضيلة الأخلاق الحسنة وأنها من الإيمان.
  العمل من الإيمان، والإيمان يزيد وينقص.
 إكرام الإسلام للمرأة والترغيب في الإحسان إليها.</t>
   </si>
   <si>
     <t>நற்குணங்கள் ஈமானுடன் தொடர்பான ஒரு விடயமாக காணப்படுவதினால்; அதன் சிறப்பு பிரஸ்தாபிக்கபட்டுள்ளமை.
 செயல் ஈமான் சார்ந்த விடயமாகும், ஈமான் அதிகரித்து குறையக் கூடியது.
 இஸ்லாம் பெண்களை கண்ணியப்படுத்தி யுள்ளமையும், மற்றும் அவர்களுடன் நல்ல முறையில் நடந்த கொள்ள ஆர்வமூட்டியுள்ளமையும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5792</t>
   </si>
   <si>
-    <t>الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ</t>
+    <t>الدنيا متاع، وخير متاع الدنيا المرأة الصالحة</t>
   </si>
   <si>
     <t>'இவ்வுலகம் (முழுவதும்) தற்காலிக இன்பமே, இவ்வுலக இன்பங்களில் மிகவும் மேலானது, நல்ல மனைவியே'</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர்  ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லஹ் இப்னு அம்ர் இப்னுல்ஆஸ் ரழியல்லாஹு அன்ஹுமா அறிவித்துள்ளார்கள்: 'இவ்வுலகம் (முழுவதும்) தற்காலிக இன்பமே, இவ்வுலக இன்பங்களில் மிகவும் மேலானது, நல்ல மனைவியே'.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
     <t>இந்த உலகமும் அதிலுள்ளவைகளும் சொற்பகால தற்காலிக இன்பமாகும். பின்னர் அவை அழிந்துவிடும் எனவும் அவ்வாறான இன்பங்களில் மிகவும் சிறப்புக்குரியது ஸாலிஹான மனைவியே எனவும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் தெரிவித்துள்ளார்கள். ஸாலிஹான அவனின் மனைவியை அவன்  பார்த்தால் அவனை அவள் சந்தோசப்படுத்துவாள். அவளுக்கு ஏதாவது ஒரு காரியத்தை செய்து தருமாறு கட்டளையிட்டால் அவனுக்கு கட்டுப் படுவாள், அவன் வீட்டில் இல்லாத போது தன்னையும் கணவனின் சொத்துக்களையும் பாதுகாப்பாள்.</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>அல்லாஹ் தனது அடியார்களுக்கு ஹலாலாக்கியுள்ள (அனுமதித்துள்ள) நல்லவற்றை வீண்விரயமோ, பெருமையடித்தலோ இன்றி அனுபவிப்பதற்கு அனுமதியுண்டு.
 நல்ல பெண்ணை மனைவியாகத் தேர்ந்தெடுப்பதை ஊக்குவித்தல், ஏனெனில் அல்லாஹ்விற்கு கட்டுப்பட்டு நடந்து கொள்ளும்  விடயத்தில்; கணவனுக்குத் துணையாக இருப்பாள்.
 அல்லாஹ்வுக்கு வழிப்படுவதிலும், அதற்குத் துணையாகவும் பயன்படுத்தப்படும் பொருளே இவ்வுலகில் மிகப் பயனுள்ளதாகும்.</t>
@@ -8175,51 +9074,51 @@
     <t>عن أبي هريرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم : «إن الدين يسر، ولن يشاد الدين إلا غلبه، فسددوا وقاربوا وأبشروا، واستعينوا بالغدوة والروحة وشيء من الدلجة». 
 وفي رواية: «سددوا وقاربوا، واغدوا وروحوا، وشيء من الدلجة، القصد القصد تبلغوا».</t>
   </si>
   <si>
     <t>"நிச்சயமாக மார்க்கம் இலகுவானது.மார்க்கம் அழிந்த போகாது.ஆனால் அது மிகைப்படுத்தப் பட்டாலேயன்றி.எனவே அதனை நடு நிலையாகவும்.மிகைப் படுத்தாமலும் செய்து வாருங்கள்.மகிழ்ச்சியாக இருங்கள்.இன்னும் நல்லமல் மூலம் காலையிலும்,மாலையிலும்,இரவின் ஒரு பகுதியலும் உதவி தேடுங்கள்"என்று"ரஸூல் (ஸல்) அவர்கள் கூறினார்கள்.இதனை இமாம் புஹாரீ அவர்கள் அறிவித்துள்ளார்கள்.மேலும் இன்னொரு அறிவிப்பில் "கருமத்தை நடு நிலையாகச் செய்யுங்கள்.மிகைப் படுத்தாதீர்கள்.காலையிலும்,மாலையிலும்,இன்னும் இரவின் ஒரு பகுதியிலும் அதனை நடு நிலையாகச் செய்யுங்கள்"என்று பதிவாகியுள்ளது.</t>
   </si>
   <si>
     <t>لا يتعمق أحد في الأعمال الدينية ويترك الرفق إلا عجز وانقطع عن عمله كله أو بعضه، فتوسطوا من غير مبالغة وقاربوا، وإن لم تستطيعوا العمل بالأكمل فاعملوا ما يقرب منه، وأبشروا بالثواب على العمل الدائم وإن قل، واستعينوا على تحصيل العبادات بفراغكم ونشاطكم.
 قال النووي: قوله: "الدين" هو مرفوع على ما لم يسم فاعله، وروي منصوبًا، وروي: "لن يشاد الدين أحد" وقوله صلى الله عليه وسلم : "إلا غلبه": أي: غلبه الدين وعجز ذلك المشاد عن مقاومة الدين لكثرة طرقه.
 والأمر بالغدو، وهو السير أول النهار، والرواح، وهو السير آخر النهار، والدلجة، وهي السير في الليل من باب التشبيه، شبه المسلم في سيره على الصراط المستقيم بالإنسان في عمله الدنيوي، ففي حال الإقامة يعمل طرفي النهار، ويرتاح قليلًا، وفي حال السفر يسير بالليل وإذا تعب نزل وارتاح، وكذلك السير إلى الله تعالى .</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம்: எவரும் மார்க்க விடயத்தில் நலின போக்கை விட்டு விட்டுஅதன் காரியங்களில் ஆழமாக மூழ்கி விடலாகாது அப்படிச் செய்தால் அவர் பலவீனமடைவார்.அப்பொழுது அவரின் செயல் அனைத்துமோ அல்லது அதில் சிலதோ அறுந்து போய்விடும்.எனவே எல்லா அமலையும் உங்களால் பூரணமாக செய்ய முடிய வில்லையாயினும்,அதில் நடு நிலைப் போக்கைக் கடைப் பிடியுங்கள்.மேலும் நீங்கள் எப்பொழுதும் செய்து வரும் நற் கருமங்கள் சொற்பமாயினும் அதற்கு நற் கூலி கிடைக்கும்,இதையிட்டு நீங்கள் மகிழ்ச்சியடையுங்கள்.மேலும் இபாதத்துக்களை மேற்கொள்வதற்கு உங்களின் ஓய்வு நேரங்களையும்,உங்களுக்குச் சுறுசுறுப்பான சந்தர்ப்பங்களையும் உதவியாக எடுத்துக் கொள்ளுங்கள்,என்பது இந் நபி மொழி தரும் விளக்கமாகும்.மேலும் لن يشاد الدين என்பதைத் தோன்றா எழுவாய் வினையாக வைத்து "மார்க்கம் அழிக்கப்பட மாட்டாது"என்றும்,தோன்றும் எழுவாய் வினையாக வைத்து " மார்க்கத்தை ஒருவரும் அழித்துவிட முடியாது என்றும் பொருள் கொள்ளத் தக்கவாறு الدٌِيْنُ என்று "ழம்மா" குறியீடு வைத்தும்,الدٌِيْنَ என்று "பத்ஹா" குறியீடு வைத்தும் வாசிக்கலாம் என இமாம் நவவீ அவர்கள் குறிப்பிட்டுள்ளார்கள்.</t>
   </si>
   <si>
     <t>القصد في العبادة يوصل إلى مرضاة الرب ودوام القيام بعبوديته.
 على العابد أن يختار أوقات النشاط في العبادة وليصل نشاطه.
 كل متنطع في الدين ينقطع لأن غلوه يؤدي إلى الملل, والمبالغة في التطوع يعقبها الفتور.
 الإسلام دين يسر ورفع الحرج وهذا من خصائص هذه الأمة.
 الأخذ بالرخص الشرعية في وقتها.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5795</t>
   </si>
   <si>
-    <t>إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ</t>
+    <t>إن الرفق لا يكون في شيء إلا زانه، ولا ينزع من شيء إلا شانه</t>
   </si>
   <si>
     <t>'மென்மை எதில் இருக்கிறதோ, அவற்றை  அது அழகாக்கிவிடும். மென்மை அகற்றப்பட்ட எந்த ஒன்றும் அலங்கோலமாகிவிடும்'</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها زوج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அவர்களின் துணைவியார் ஆஇஷா ரழியல்லாஹு அன்ஹா  அறிவித்துள்ளார்கள்  : 'மென்மை எதில் இருக்கிறதோ, அவற்றை  அது அழகாக்கிவிடும். மென்மை அகற்றப்பட்ட எந்த ஒன்றும் அலங்கோலமாகிவிடும்'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
 وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் மென்மை, கனிவு, பேச்சிலும் செயலிலும் நிதானம், இங்கிதம் போன்ற பண்புகளைப் கடைப்பிடித்து ஒழுகுவது, விவகாரங்களை அழகும், முழுமையும் வசீகரமும் மிக்கதாக மாற்றி விடும் எனத் தெளிவு படுத்துகிறார்கள். இதற்கப்பாள் குறிப்பிட்ட நபர் தனது தேவையை பெற்றுக்கொள்ளவும் வழிவகுத்து விடும்.
 நலினமற்ற வண்மத்தை கடைப்பிடிப்பாதானது விவகாரங்களை சிக்கலாக்கி அவற்றை அசிங்கமாக்கி குறிப்பிட்ட நபர் தனது தேவையை பெற்றுக்கொள்வதில் இடைஞ்சலை ஏற்படுத்தும் அவ்வாறு அவர் தனது தேவையைப் பெற்றுக் கொண்டாலும் சிரமத்துடனேயே அவர் பெற்றுக் கொள்வார்.</t>
   </si>
   <si>
     <t>الحثُّ على التَّخَلُّقِ بالرِّفق. 
 الرِّفقُ يَزينُ المرءَ، وهو سببٌ لكل خير في أمور الدِّين والدنيا.</t>
   </si>
   <si>
     <t>மென்மை எனும் பண்பை கடைப்பிடித்தொழுகுமாறு ஆர்வமூட்டுதல்.
 மென்மை ஒரு மனிதனை அலங்கரிக்கிறது. அது மட்டுமல்லாது மார்க்க மற்றும் உலக விவகாரங்கள் உள்ள அனைத்து நன்மையான விடயங்களுக்கும் காரணமாக இப்பண்பு காணப்படுகின்றமை.</t>
@@ -8238,82 +9137,82 @@
 وعنها أن النبي صلى الله عليه وسلم قال: «إن الله رفيق يحب الرفق، ويعطي على الرفق، ما لا يعطي على العنف، وما لا يعطي على ما سواه».</t>
   </si>
   <si>
     <t>"நிச்சயமாக அல்லாஹ் மென்மையானவன்.எல்லா கருமத்திலும் அவன் மென்மையை விரும்புகிறான்"என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள்.என ஆஇஷா (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.மேலும் "நிச்சயமாக அல்லாஹ் மென்மையானவன்.அவன் மென்மையை விரும்புகிறான்.அவன் வன்முறைக்கும்,மென்மையின்மைக்கும் வழங்காததை மென்மைக்கு வழங்குகிறான்"என்றும் ரஸூல் (ஸல்) அவர்கள் நவின்றார்கள்.</t>
   </si>
   <si>
     <t>إن الله رفيق يحب أن تكون كل الأمور برفق ويحب من عباده من كان رفيقاً بخلقه لين الجانب حسن التعامل ويثيب على ذلك ما لا يثيب على العنف والشدة، وهو رفيق في جميع الأمور، فهذا خلق عظيم ومحبوب لله سبحانه وتعالى ، فالمسلم ينبغي له أن يتصف به دائمًا.</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம்:நிச்சயமாக அல்லாஹ் மென்மையானவன். ஆகையால் எல்லா கருமங்களும் மென்மையாக நடை பெறுவதையே அவன் விரும்புகிறான்.மேலும் தன் அடியார்களில் யார் மிருதுவான பண்புடையவராக அழகிய முறையில் ,மக்களுடன் தொடர்புகளை வைத்துக் கொள்கின்றவராக இருக்கின்றாரோ அவரை அவன் நேசிப்பான்.மேலும் வன்மையும்,கடினமும் உடையேராருக்கு வழங்காத கூலியினை மென்மையான பண்புடையோருக்கு அல்லாஹ் வழங்குவான்.மேலும் எல்லா விடயத்திலும் அவன் மிருதுவானவனாக இருக்கின்ற படியால் அது அவனுக்கு மிகவும் விருப்பமானதோர் மகத்தான பண்பாகும்,எனவே இப் பண்பு எப்பொழுதும் ஒரு முஸ்லிமிடம் இருத்தல் வேண்டும்.</t>
   </si>
   <si>
     <t>إثبات صفة الرفق والمحبة لله -تعالى-، وإثبات اسم الرفيق.
 علو منزلة الرفق بين مكارم الأخلاق.
 الرفيق يستحق الثناء الجميل والأجر الجزيل من الله -تعالى-.
 تقبيح صورة العنف والشدة والغلظة حيث إن صاحبها محروم من الخير.</t>
   </si>
   <si>
     <t>الحديث الأول: متفق عليه.
 الحديث الثاني: رواه مسلم</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5797</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا</t>
+    <t>إن الله ليرضى عن العبد أن يأكل الأكلة فيحمده عليها، أو يشرب الشربة فيحمده عليها</t>
   </si>
   <si>
     <t>'உணவு உண்டதும், அல்லது பானம் அருந்தியதும் அதன் நிமித்தம் தனக்கு நன்றி செலுத்தி புகழும்  அடியானை அல்லாஹ் பொருந்திக் கொள்கிறான்'</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள் : 'உணவு உண்டதும், அல்லது பானம் அருந்தியதும் அதன் நிமித்தம் தனக்கு நன்றி செலுத்தி புகழும்  அடியானை அல்லாஹ் பொருந்திக் கொள்கிறான்'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ حَمْدَ العبدِ ربَّه على فَضْلِهِ ونِعَمِهِ مِن الأمور التي يَحْصُل بها رضا الله؛ فيَطْعَمُ الطعامَ ويقول: الحمد لله، ويَشرَبُ الشَّرَابَ ويقول: الحمد لله.</t>
   </si>
   <si>
     <t>அடியான் உணவு உண்ட பின்னரும் பானத்தை அருந்தியதன் பின்னரும் அல்ஹம்துலில்லாஹ் என்று கூறி தனது இரட்டசகனின் அருட்கொடைக்கு நன்றி செலுத்தி புகழ்வது அல்லாஹ்வின் திருப்தியை பெற்றுக்கொள்வதற்கான வழியாகும் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் தெளிவுபடுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் பெருந்தன்மை அதாவது வாழவாதாரத்தின் மூலம் பெருமைப்படுத்தி அதற்கு நன்றி செலுத்துவதினால் அவன் திருப்தியடைகின்றமை.
 இறை திருப்தி என்பது மிகவும் சாதாரண விடயமான உண்ணல் பருகலின் பின் அல்லாஹ்வை புகழுவதின் மூலம் கிடைக்கிறது.
 உண்ணல் பருகுதலைத் தொடரந்து அல்லாஹ்வைப் புகழ்வது உண்ணல் பருகலின் போது கடைப்பிடிக்க வேண்டிய ஒழுக்கங்களில் ஒன்றாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5798</t>
   </si>
   <si>
-    <t>إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ</t>
+    <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
     <t>'நற்பண்புள்ள முஃமினான அடியான் தனது நற்பண்பின் மூலம் நோன்பாளி, மற்றும் இரவில் நின்று வணங்குவோனின் அந்தஸ்த்தை அடைந்து கொள்வான்'</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஆஇஷா ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : 'நற்பண்புள்ள முஃமினான அடியான் தனது நற்பண்பின் மூலம் நோன்பாளி, மற்றும் இரவில் நின்று வணங்குவோனின் அந்தஸ்த்தை அடைந்து கொள்வான்'.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்  நற்பண்புள்ள ஒரு அடியான் தனது நற்பண்பின் மூலம் பகல் முழுதும் தொடரந்தும் நோன்பு நோற்று, இரவில் நின்று வணங்கும் ஒரு அடியானின் அந்தஸ்தையும் பெற்றுக் கொள்கிறான். பிறருக்கு நல்லது செய்தல், அழகிய வார்த்தை பேசுதல், முகமலர்ச்சியுடன் இருத்தல், மனிதர்களுக்கு தொந்தரவு செய்வதை தடுத்தல், அவர்களிடமிருந்து எதிர்ப்படும் சிரமங்களை தாங்கிக்கொள்ளல் போன்றவை நற்பண்பின் அடிப்படையாகும்.</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>இஸ்லாம் நற்பண்புகளை நெறிப்படுத்துவதிலும் அதனைப் பரிபூரணப்படுத்துவதிலும் அதிக கரிசணை காட்டியிருத்தல்.
 இந்த ஹதீஸ் நற்பண்புகளின்  சிறப்பை எடுத்துக் கூறுகிறது. அதாவது நற்பண்புகள்  மூலம் அடியான்  நோன்பாளியினதும் இரவில் நின்று வணங்குவோனினதும் அந்தஸ்தையும் அடைந்து கொள்கிறான்.
 பகலில் நோன்பு நோற்பதும் இரவில் நின்று வணங்குவதும் மனதுக்கு சிரமமான மகத்தான இரு பெருங்காரியங்களாகும். ஆகவே நற்பண்புள்ள ஒரு அடியான் தன்னை நல்ல பண்பாடுகளில் ஈடுபடுத்திக்கொள்வதன் மூலம் மேற்படி இரண்டு வணக்கங்களின் அந்தஸ்த்தை  அடைந்து கொள்கிறான்.</t>
@@ -8383,51 +9282,51 @@
   </si>
   <si>
     <t>"நிச்சயமாக உங்களில் நற் பண்புள்ள ஒருவர் எனக்கு மிகவும் விருப்பமானவரும் மறுமையில் எனக்குப் பக்கத்தில் இருக்கக்கூடியவருமான சிலரைச் சேர்ந்தவராவார்.மேலும் உங்களில் அதிகப் பிரசங்கியும்,வீனாக இலக்கிய மொழி பேசுகிறவனும்,பெருமைக் காரணும்,எனது கடும் கோபத்திற்குரியவரும் மறுமையில் என்னை விட்டும் அதிகத் தொலைவில் இருக்கின்ற வருமாகிய சிலரைச் சேர்ந்தவர்களாவர்"</t>
   </si>
   <si>
     <t>عن جابر بن عبدالله رضي الله عنهما مرفوعاً: «إن من أحبكم إلي وأقربكم مني مجلساً يوم القيامة أحاسنكم أخلاقاً، وإن أبغضكم إلي وأبعدكم مني يوم القيامة الثرثارون والمتشدقون والمتفيهقون» قالوا: يا رسول الله قد علمنا «الثرثارون والمتشدقون»، فما المتفيهقون؟ قال: «المتكبرون».</t>
   </si>
   <si>
     <t>"நிச்சயமாக உங்களில் நற் பண்புள்ள ஒருவர் எனக்கு மிகவும் விருப்பமான வரும்,மறுமையில் எனக்குப் பக்கத்தில் இருக்கக்கூடிய வருமான சிலரைச் சேர்ந்தவராவார்.மேலும் உங்களில் அதிக பிரசங்கியும்,வீனாக இலக்கிய மொழி பேசுகிறவனும்,பெருமைக் காரணும் எனது கடும் கோபத்திற்குரிய வரும் மறுமையில் என்னை விட்டும் அதிகத் தொலைவில் இருக்கின்ற வருமாகிய சிலரைச் சேர்ந்தவர்களாவர்" என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள்,என ஜாபிர் இப்னு அப்துல்லஹ் (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>قوله صلى الله عليه وسلم : (إن من) للتبعيض، أحبكم وأقربكم مجلساً يوم القيامة أحسنكم خلقاً مع الخالق والمخلوق، و(إن من) للتبعيض أيضاً، أبغضكم أي: أكرهكم وأبعدكم مني منزلاً يوم القيامة كثير الكلام تكلفاً، والمتشدق المتطاول على الناس بكلامه تفاصحاً وتعظيماً، والمتكبر بكلامه ومظهراً للفضيلة على غيره.</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம்:நபிகளாரின் வாக்கிலிருக்கும் (إن من)எனும் சொல் சில என்ற கருத்தில் பயன் படுத்தப்பட்டுள்ளது.இதன்படி உங்களில் எவர் சிருஷ்ட்டி கர்த்தாவுடனும்,சிருஷ்ட்டிகளுடனும் நல்லொழுக்கத்துடன் நடந்து கொள்கின்றாரோ அவர் உங்களில் எனக்கு விருப்ப மான சிலரில் ஒருவராவார்,அவ்வாறே அவர் மறுமையில் எனக்குப் பக்கத்தில் இருக்கும் சிலரிலும் ஒருவராவார்.மேலும் உங்களில் யாரெல்லாம் தேவையில்லாமல் அதிகம் பேசுகின்றனரோ,வீனாக இலக்கிய மொழி பேசுகின்றனரோ,மேலும் மற்றவர்களிடம் தங்களின் அந்தஸ்த்தை எடுத்துக்கூறி பெருமை பேசுகின்றாரோ அவர்கள் எனது வெருப்புக்குரிய மற்றும் மறுமையில் என்னை விட்டும் தூரத்தில் இருக்கின்ற சிலரைச் சேர்ந்தவர்களாவர்.எனப் பொருள் படும்.</t>
   </si>
   <si>
     <t>حسن الخلق من أسباب محبة رسول الله -صلى الله عليه وسلم- والقرب منه يوم القيامة.
 التحذير من التشدق بالكلام بإظهار الدعاوى والتفاخر والتفيهق في الكلام لإظهار البلاغة والفصاحة فإنها خصال المتكبرين المرائين.
 أعلى درجات الجنة لمن حسن خلقه لأنه يشتمل على جميع خصال البر.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5802</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا</t>
+    <t>إن من خياركم أحسنكم أخلاقا</t>
   </si>
   <si>
     <t>உங்களில் நற்பண்புடையவர் உங்களில் மிகவும் சிறந்தவர்'என்று கூறக்கூடியவர்களாக இருந்தார்கள்'</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: لَمْ يَكُنِ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَاحِشًا وَلَا مُتَفَحِّشًا، وَكَانَ يَقُولُ: «إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا».</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு அம்ர்;  ரழியல்லாஹு அன்ஹுமா அவர்கள்  கூறுகிறார்கள்: 'நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கெட்ட மனிதராகவோ, கெட்ட பேச்சுக்கள் பேசுகின்றவராகவோ இருக்கவில்லை. .அவர்கள் '  உங்களில் நற்பண்புடையவர் உங்களில் மிகவும் சிறந்தவர்'என்று கூறக்கூடியவர்களாக இருந்தார்கள்'.</t>
   </si>
   <si>
     <t>لم يَكنْ مِن أخلاقِ النبيِّ صلى الله عليه وسلم الكلامُ القبيح، أو الفعلُ القبيح، ولم يكن يَقصدُه ولا يتعمدُه، فهو صلى الله عليه وسلم ذو خلق عظيم.
 وكان صلى الله عليه وسلم يقول: إنَّ أفضلَكم عند الله أحسنُكم خُلُقًا، بِبَذْلِ المعروف، وطلاقةِ الوجه، وكَفِّ الأذى واحتماله، ومخالطة الناس بالجميل.</t>
   </si>
   <si>
     <t>கெட்ட, அசிங்கமான பேச்சுக்கள் பேசுதல், தீய, அசிங்கமான செயல்களில்  ஈடுபடுதல் ஆகியவை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் பண்பாட்டில் இருக்கவில்லை, அத்துடன் அதன் மீது நாட்டம் கொண்டவர்களாகவ, அதனை மனம் விரும்பி செய்யக் கூடியவர்களாகவோ இருக்கவுமில்லை. மாறாக அவர்கள் மகத்தான நற்பண்புடையவராகவே இருந்தார்கள்.
 உங்களில் அல்லாஹ்விடத்தில் சிறந்தவர்  உங்களில் நற்பண்பு மிக்கவரே என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறக் கூடியவர்களாக இருந்தார்கள்.  நற்பண்புகள் என்பது நன்மையான விடயங்களை செய்தல், புண்முறுவல் பூத்தல், தீங்கை (கொடுமைகளை) தடுத்தல், அதில் எதிர்ப்படும் சிரமங்களை தாங்கிக்கொள்ளல், நல்ல விடயங்களில் மக்களுடன் ஒன்றாக இருத்தல் ஆகியவற்றை உள்ளடக்கியுள்ளது.</t>
   </si>
   <si>
     <t>على المؤمن أن يبتعد عن الفُحْش من الكلام السيِّئ والفعل القبيح.
 كمال خُلُق رسول الله صلى الله عليه وسلم، فلا يَصْدُرُ عنه إلا العمل الصالح والقول الطيب.
 حسن الخلق مَيْدانٌ للتنافس، فمَن سَبَقَ كان من خيار المؤمنين وأكملِهم إيمانًا.</t>
   </si>
   <si>
     <t>ஒரு முஃமின் மோசமான வார்த்தை பேசுவதிலிருந்தும், தீய மற்றும் அசிங்கமான செயல்களிலிருந்தும் விலகியிருப்பது கட்டாயமாகும்.
@@ -8443,51 +9342,51 @@
   <si>
     <t>எவர் தனக்குத் தர்க்கம் புரிய உரிமை இருந்தும் அதனைத் தவிர்ந்து கொண்டாரோ அவருக்கு நான் சுவர்க்கத்தின் ஓரத்திலுள்ள வீட்டைப் பெற்றுக் கொடுப்பதற்கு பொருப்பேற்றுள்ளேன்</t>
   </si>
   <si>
     <t>عن أبي أمامة الباهلي رضي الله عنه مرفوعاً: «أنا زعيم ببيت في رَبَضِ الجنة لمن ترك المِرَاءَ وإن كان مُحِقًّا، وببيت في وسط الجنة لمن ترك الكذب وإن كان مازحاً، وببيت في أعلى الجنة لمن حَسَّنَ خلقه»</t>
   </si>
   <si>
     <t>"எவர் தனக்கு தர்க்கம் புரியும் உரிமஇருந்தும் அதனைத் தவிர்த்து கொண்டாரோ அவருக்கு சுவர்க்கத்தின் ஓரத்திலுள்ள வீட்டையும்,எவர் பரிகாசத்திற்கேனும் பொய் பேசுவதைத் தவிர்த்துக் கொண்டாரோ அவருக்கு சுவர்க்கத்தின் மத்தியிலிருக்கும் வீட்டையும்,எவர் தனது பண்புகளை அழகுடையதாக ஆக்கிக் கொண்டாரோ அவருக்கு சுவர்க்கத்தின் மேலிருக்கும் வீட்டையும் பெற்றுக் கொடுப்பதற்கு நான் பொருப்புடையவனாவேன்"என்று ரஸூல் (ஸல்) அவ்கள் கூறினார்கள் என அபூ உமாமா அல்பாஹிலீ (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه ضامن لبيت حول الجنة خارجاً عنها أو في أطرافها لمن ترك المجادلة وإن كان محقاً فيه لأنه مضيعة للوقت وسبب للبغضاء، وكذلك ضامن لبيت في وسط الجنة لمن ترك الكذب والإخبار بخلاف الواقع ولو كان مزاحاً، وببيت في أعلى الجنة لمن حسن خلقه ولو بمزاولة للنفس ورياضة لها.</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம்:தர்க்கத்தில் ஈடுபடுவதன் மூலம் காலம் விரயமாகின்ற படியாலும் அது பகைமைக்குக் காரணமாக அமைகின்ற படியாலும் அதில் ஈடுபடுவதை நபியவர்கள் விரும்ப வில்லை ஆகையால் ஏதேனுமொரு விடயத்தில் தனக்குத் தர்க்கம் புரியும் உரிமை இருந்தும் எவர் அதனைத் தவிர்த்துக் கொண்டாரோ அவருக்கு சுவர்க்கத்திற்கு வெளியே அதன் அருகில் நிழல் தருவதற்காக நிர்மாணிக்கப் பட்டிருக்கும் வீட்டை பெற்றுக் கொடுக்கும் பொருப்பை நபியவர்கள் ஏற்றுக் கொண்டார்கள் என்றும் மேலும் உண்மைக்குப் புறம்பாகப் பரிகாசத்திற்கேனும் பொய் பேசுவதை எவர் தவிர்த்துக் கொண்டாரோ அவருக்கு சுவர்க்கத்தின் நடுவிலிருக்கும் வீட்டையும்,நல்லொழுக்கம் உள்ளவருக்கு,அவர் நல்லொழுக்கப் பயிற்சி மூலம் தன் ஆத்மாவை சீர்திருத்திக் கொண்டிருந்தாலும் அவருக்கு சுவர்க்கத்தின் மேலிருக்கும் வீட்டையும் பெற்ருக் கொடுக்கும் பொருப்பைத் தான் ஏற்றுக் கொண்டுள்ளதாக ரஸூல் (ஸல்) அவர்கள் இந்த ஹதீஸின் மூலம் அறியத் தந்துள்ளார்கள்.</t>
   </si>
   <si>
     <t>جواز الضمان تشجيعاً على العمل لأن قوله صلى الله عليه وسلم: (زعيم) بمعنى ضامن ومتكفل.
 الترغيب في ترك المراء لأنه يفضي إلى الاختلاف والشقاق.
 الجنة درجات ومنازل الناس تكون في الجنة بحسب أعمالهم.
 حرمة الكذب ولو كان مزاحاً إلا ما استثني، وهو قوله -صلى الله عليه وسلم-: «ليس الكذاب الذي يصلح بين الناس، ويقول خيرًا وينمي خيرًا» قال ابن شهاب: ولم أسمع يرخص في شيء مما يقول الناس كذب إلا في ثلاث: الحرب، والإصلاح بين الناس، وحديث الرجل امرأته وحديث المرأة زوجها. رواه مسلم.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5804</t>
   </si>
   <si>
-    <t>قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ</t>
+    <t>قال الله: أنفق يا ابن آدم أنفق عليك</t>
   </si>
   <si>
     <t>'ஆதமின் மகனே! நீர் (எனது திருப்தியை அடைந்திட) செலவு செய்வீராக. உமக்காக நான் செலவு செய்வேன் . என்று அல்லாஹ் கூறினான்'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : 'ஆதமின் மகனே! நீர் (எனது திருப்தியை அடைந்திட) செலவு செய்வீராக. உமக்காக நான் செலவு செய்வேன் . என்று அல்லாஹ் கூறினான்'.</t>
   </si>
   <si>
     <t>يَخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال: أنفق يا ابن آدم -من النفقات الواجبة والمستحبة- أُوَسِّعْ عليك وآتِك عِوَضًا عن ذلك وأباركْ لك فيه.</t>
   </si>
   <si>
     <t>ஆதமின் மகனே நீ கட்டாயமான மற்றும் ஆகுமான விடயங்களில் செலவு செய்வீராக, நான் உனக்கு அதனை தாராளமாகவும் அதற்குப் பதிலாகவும் நிரப்பமாகத் தருவேன். மேலும் உனது செல்வத்தில் அபிவிருத்தியை ஏற்படுத்துவேன் என அல்லாஹ் கூறியதாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு செய்தியை தெரிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>الحث على الصدقة والإنفاق في سبيل الله.
 الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>தர்மம் செய்யவும் அல்லாஹ்வின் பாதையில் செலவு செய்யவும் ஆர்வமூட்டப்பட்டிருத்தல்.
 நல்ல காரியங்களில் செலவிடுவதானது வாழ்வாதாரம் மேம்படவும் அது பெருகுவதற்குமுரிய மிகப்பொரும் காரணங்களில் ஒன்றாக உள்ளது. அத்துடன் அடியான் செலவிட்டதிற்கு பதிலாக அதே போன்ற ஒன்றை  அவனுக்கு பகரமாக வழங்குகிறான்.
 இந்த ஹதீஸ்  அல்லாஹ் கூறியதாத நபி ஸல்லல்லாஹு  அவர்கள் அறிவிக்கும் நபி மொழியாகும். இவ்வாறான ஹதீஸ்கள் 'ஹதீஸ் குத்ஸீ (புனிதமிக்க நபிமொழி), 'ஹதீஸ் இலாஹீ' (தெய்வீக நபிமொழி) எனும் பெயர்களால் அழைக்கப்படுகிறன. இவ்வாறான ஹதீஸ்களின் வார்த்தையும் கருத்தும் அல்லாஹ்விடமிருந்துமுள்ளதாகும். என்றாலும்  அல்குர்னுக்குரிய தனித்துவங்கள் இதற்குக் கிடையாது. அதாவது அல்குர்ஆன் பெற்றுள்ள தனித்துவங்களான ஓதுவது வணக்கம், ஓதுவதற்கு வுழு செய்து கொள்ளுதல் (விரும்பத்தக்கது),சவால் விடுதல், அற்புதம் போன்றவை இவ்வகையான ஹதீஸ்களுக்கு கிடையாது.</t>
@@ -8502,51 +9401,51 @@
     <t>நிச்சயமாக இவர்கள் என்னிடம் வற்புறுத்தி, கடுமையான வார்த்தை பிரயோகித்து கேட்கின்றார்கள், அல்லது என்னை கஞ்சன் என்கிறார்கள். நான் கஞ்சன் அல்ல.</t>
   </si>
   <si>
     <t>عن عمر رضي الله عنه قال: قَسَمَ رسول الله صلى الله عليه وسلم قَسْمًا، فقلت: يا رسول الله لَغَيْرُ هؤلاء كانوا أحق به منهم؟ فقال: «إنهم خَيَّرُونِي أن يسألوني بالْفُحْشِ، أو يُبَخِّلُونِي ولست بِبَاخِلٍ».</t>
   </si>
   <si>
     <t>ஒரு முறை நபி ஸல் அவர்கள் (போர் பொருள்களை) பங்கீடு செய்து கொண்டிருந்தார்கள். "இறைத் தூதர் அவர்களே! இந்தப் பொருளைப் பெறும் இவர்களை விட தகுதி வாய்ந்த மற்றவர்கள் உள்ளனர்." என்று கூறினேன். "நிச்சயமாக இவர்கள் என்னிடம் வற்புறுத்திக் கேட்கின்றார்கள், அல்லது என்னை கஞ்சன் என்கிறார்கள். நான் கஞ்சன் அல்ல" என்று நபி ஸல் அவர்கள் கூறினார்கள்</t>
   </si>
   <si>
     <t>قسم النبي صلى الله عليه وسلم ما جاءه من مال على ناس وترك آخرين، فقال له عمر رضي الله عنه: ألا أعطيت هؤلاء الذين لم تعطهم لأنهم أحق من الذين أعطوا؟ فقال له النبي صلى الله عليه وسلم : إنهم ألحوا علي في السؤال لضعف إيمانهم، وألجؤوني بمقتضى حالهم إلى السؤال بالفحش أو نسبتي إلى البخل.
 فاختار صلى الله عليه وسلم أن يعطي إذ ليس البخل من خلقه ومداراةً وتأليفاً.</t>
   </si>
   <si>
     <t>நபி (ஸல்) அவர்கள் தமக்குக் கிடைத்த கனீமத் பொருளிலிருந்து சில மனிதர்களுக்கு மாத்திரம் கொடுத்து விட்டு மற்றும் சிலரை விட்டு விட்டார்கள். இந்த சந்தர்ப்பத்தில் உமர் (ரழி) அவர்கள் கொடுக்காது விட்டவர்களுக்கு கொடுத்திருக்க வேண்டும். ஏனெனில் அவர்கள்தாம் அதற்கு தகுதியானவர்கள் என்று நபி (ஸல்) அவர்களிடத்தில் கூறினார்கள் அதற்கு நபி (ஸல்) அவர்கள் "அவர்களின் ஈமானிய பலயீனத்தினால் என்னிடம் வற்புறுத்திக் கேட்டது மட்டுமல்லாமல் அவர்களின் இந்நிலை காரணமாக மோசமான வார்த்தையினால் அல்லது என்னை கஞ்சத்தனம் எனும் பண்பைப் பெற்றவன் என குறிப்பிடும் அளவுக்கு என்னை நிர்பந்தித்தார்கள். எனவே நபி (ஸல்) அவர்கள் தனது பண்பில் கஞ்சத்தனம் என்பது கிடையாது என்பதை உணர்த்தவும் அவர்களுடன் மிதமாகவும், இணைவோடும் நடந்து கொள்வதற்கு இவ்வழிமுறையை தெரிவு செய்தார்கள்</t>
   </si>
   <si>
     <t>ما كان عليه صلى الله عليه وسلم من عظيم الخلق والصبر والحلم والإعراض عن الجاهلين.
 ذم الإلحاح في السؤال.
 للإمام أن يعطي المؤلفة قلوبهم من أموال الزكاة والخمس تأليفاً لقلوبهم حتى تتشرب حب الدين.
 البخل ليس من شيم الأنبياء ولا الصالحين.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5807</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ</t>
+    <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
   </si>
   <si>
     <t>'நிச்சயமாக அல்லாஹ் அநியாக்காரனுக்கு அவகாசம் வழங்கிக்கொண்டிருப்பான், ஆனால் அவனை தண்டிக்க ஆரம்பித்துவிட்டால் அவனை விடவும் மாட்டான்'</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ மூஸா அல்அஷ்அரீ ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : 'நிச்சயமாக அல்லாஹ் அநியாக்காரனுக்கு அவகாசம் வழங்கிக்கொண்டிருப்பான், ஆனால் அவனை தண்டிக்க ஆரம்பித்துவிட்டால் அவனை விடவும் மாட்டான்' என்று நபியவர்கள் கூறிவிட்டு, ஸூறா ஹூதின் 102 ம்; வசனத்தை ஒதினார்கள். ''மேலும் அக்கிரமம் புரிந்து கொண்டிருக்கக் கூடிய கிராமங்களை உம் இரட்சகன்; தண்டிக்கும் போது அவனது தண்டனை இப்படித்தான் இருக்கும். நிச்சயமாக அவனது பிடி –தண்டனை- வேதனை மிக்கதாகவும்; மிகக் கடினாமானதாகவும் இருக்கும்''</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
   <si>
     <t>இணைவைப்பு மற்றும் பாவகாரியங்கள் ஆகியவற்றின் மூலம் அநியாயத்தில் ஈடுபட்டு அத்துமீறி நடப்பதையும், மக்களின் உரிமைகளில் அக்கிரமம் செய்து நடப்பதையும்  நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் இந்த ஹதீஸில் எச்சரிக்கிறார்கள். என்றாலும் இவ்வாறான ஒருவருக்கு அல்லாஹ் அவகாசமளித்து தண்டனை வழங்குவதைப் பிற்படுத்தி அவசரமாக தண்டிக்காது ஆயுளையும் நீடித்து வைக்கிறான். இவ்வாறான நிலையில் இருந்து தனது அக்கிரமங்களுக்கு  தௌபா –பாவமீட்சி – கோராது இருந்தால் அவனை  அவனது அக்கிரமத்திலும் அநியாயத்திலும் தொடர்ந்தும் இருக்கா வண்ணம் தண்டிப்பதுடன்; ஒரு போதும் அவனை விட்டுவிடமாட்டான்.
 பின்னர் ஸூறா ஹூதின் 102 ம்; வசனத்தை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒதினார்கள் ''மேலும் அக்கிரமம் புரிந்து கொண்டிருக்கக் கூடிய கிராமங்களை உம் இரட்சகன்; தண்டிக்கும் போது அவனது தண்டனை இப்படித்தான் இருக்கும். நிச்சயமாக அவனது பிடி –தண்டனை- வேதனை மிக்கதாகவும்; மிகக் கடினாமானதாகவும் இருக்கும்''.</t>
   </si>
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
@@ -8592,51 +9491,51 @@
   <si>
     <t>عن معاذ بن جبل رضي الله عنه مرفوعاً: «لا تؤذي امرأةٌ زوجَها في الدنيا إلا قالت زوجته من الحُورِ العِينِ لا تُؤْذِيهِ قاتلك الله! فإنما هو عندك دَخِيلٌ يُوشِكُ أن يفارقَكِ إلينا».</t>
   </si>
   <si>
     <t>முஆத் இப்னு ஜபல் ரழி யல்லாஹ்ஹு அன்ஹு அறிவிக்கிறார்கள். ஒரு பெண் தன் கணவனுக்கு தீங்கிழைக்க (தொல்லை கொடுக்க) வேண்டாம். அவ்வாறு தீங்கிழைக்கும் போது சுவர்க்கத்தில் இருக்கும் அவனின் மனைவியான சுவர்க்கத்து கன்னி உலகத்தில் உள்ள தீங்கிழைக்கும் மனைவியை நோக்கி, "பெண்னே! தீங்கிழைக்காதே, அல்லாஹ்வின் சாபம் உனக்கு உண்டாகட்டும். ஏனெனில் உன்னோடு இருக்கும் கணவர் ஒரு விருந்தாளியாவார், அவர் உன்னை விட்டுப்பிரிந்து எங்களுடன் அவசரமாக இணைந்து கொள்வார்.</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم عن قول الحور العين عن الزوجة التي تؤذي زوجها في الدنيا، فإنما هذا الزوج ضيف ونزيل في الدنيا يوشك أن يرحل منها إلى الآخرة، ويدخل الجنة فيكون من نصيب نساء الآخرة.</t>
   </si>
   <si>
     <t>நபி ஸல் அவர்கள் மனைவி கணவனுக்கு தீங்கிழைப்பதை (தொல்லை கொடுப்பதை) தடுத்துள்ளார்கள்.ஏனெனில் அந்தக் கணவர் உலகத்தில் ஒரு விருந்தாளி, அவர் வெகு விரைவில் மறுமை நோக்கி பயணமாகி சொர்க்கத்தில் நுழைந்து வேறொரு பெண்ணின் சொந்தக்காரராக மாறிவிடுவார்.</t>
   </si>
   <si>
     <t>تحذير المرأة من إيذاء زوجها.
 أعد الله للمؤمنين في الجنة أزواجا مطهرة لا يتحملن أن يؤذى المؤمن ولو من زوجته في الدنيا.
 الجنة ونعيمها موجود الآن.
 الدنيا دار ابتلاء واختبار والآخرة دار جزاء وبقاء.</t>
   </si>
   <si>
     <t>[இதனை இப்னு மாஜா பதிவு செய்துள்ளார் - இதனைத் திர்மிதி பதிவு செய்துள்ளார் - இதனைஅஹ்மத் பதிவு செய்திருக்கிறார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5822</t>
   </si>
   <si>
-    <t>مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ</t>
+    <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
   </si>
   <si>
     <t>'எனக்குப் பின்னர் ஆண்களுக்கு அதிகம் பாதிப்பை ஏற்படுத்தக் கூடிய (சோதனையாக) பெண்களை விட வேறெதனையும் நான் விட்டுச் செல்ல வில்லை'</t>
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக உஸாமா இப்னு ஸைத் ரழியல்லாஹு அன்ஹுமா அவர்கள் அறிவிக்கிறார்கள் : 'எனக்குப் பின்னர் ஆண்களுக்கு அதிகம் பாதிப்பை ஏற்படுத்தக் கூடிய (சோதனையாக) பெண்களை விட வேறெதனையும் நான் விட்டுச் செல்ல வில்லை'.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
     <t>இங்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஆண்களுக்கு மிகவும் துன்பத்தை ஏற்படுத்தும் சோதனையாகவும், பரீட்சையாகவும் பெண்களைத் தவிர வேறு எதனையும் தனக்குப் பிறகு விட்டுச்செல்லவில்லை என்பதை குறிப்பிடு கிறார்கள். அவள் அவனது குடும்பத்தில் ஒருத்தியாக இருந்தால், அவன் இஸ்லாமிய சட்டத்தை மீறி அவளைப் பின்தொடரலாம். அவள் அவனுக்கு அந்நியமாக இருந்தால், அவனுடன் கலந்து தனிமையாக இருப்பதினால் அதன் விளைவால் பல தீமைகள் நிகழலாம்.</t>
   </si>
   <si>
     <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
 ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
   </si>
   <si>
     <t>ஒரு முஸ்லிம் பெண்களின் சோதனையில் எச்சரிக்கையாக இருக்க வேண்டும், மேலும் அவள் மூலம் சோதனைக்கு வழிவகுக்கும் ஒவ்வொரு பாதையையும் தடுக்க வேண்டும்.
 ஒரு முஃமின் அல்லாஹ்விடம் புகழிடம் தேடுதல் வேண்டும், மற்றும் சோதனையிலிருந்து பாதுகாப்பாக இருக்க  அவனிடமே ஆதரவும் வைக்க வேண்டும்.</t>
   </si>
   <si>
@@ -8717,187 +9616,219 @@
   <si>
     <t>ஜாபிர் (ரலி) அவர்கள்கூறியதாவதுஅல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் குறைஷியரின் வணிகக்குழுவொன்றை எதிர்கொள்ள படைப் பிரிவு ஒன்றில் எங்களை அனுப்பினார்கள். எங்களுக்கு அபூஉபைதா இப்னு அல்ஜர்ராஹ் (ரலி) அவர்களைத் தளபதியாக நியமித்தார்கள், ஒரு பை பேரீச்சம் பழத்தை எங்களுக்குப் பயண உணவாகக் கொடுத்தார்கள். எங்களுக்குக் கொடுக்க வேறெதையும் அவர்கள் பெற்றிருக்கவில்லை, அபூஉபைதா (ரலி) அவர்கள் அதிலிருந்து ஒவ்வொரு பேரீச்சம் பழமாக எங்களுக்குக் கொடுத்துவந்தார்கள். அறிவிப்பாளர்களில் ஒருவரான அபுஸ்ஸுபைர் முஹம்மத் இப்னு முஸ்லிம் (ரஹ்) அவர்கள் கூறுகிறார்கள். நான் (ஜாபிர் (ரலி) அவர்களிடம்) அதை வைத்துக்கொண்டு என்ன செய்தீர்கள் (அது உங்களுக்குப் போதுமானதாக இருந்திருக்காதே என்று கேட்டேன். அதற்கு அவர்கள் கூறினார்கள் குழந்தை வாயிலிட்டுச் சுவைப்பதைப் போன்று நாங்களும் அந்தப் பேரீச்சம் பழத்தைச் சுவைப்போம், அதற்கு மேல் தண்ணீரும் அருந்திக்கொள்வோம், அன்றைய பகலிலிருந்து இரவு வரை அதுவே எங்களுக்குப் போதுமானதாக இருந்தது. நாங்கள் எங்களிடமிருந்த தடிகளால் மரத்தில் அடி(த்து இலை பறி)ப்போம் பிறகு அதைத் தண்ணீரில் நனைத்து அதையும் உண்டோம். பிறகு நாங்கள் கடற்கரையோரமாக நடந்தோம் அப்போது கடலோரத்தில் பெரிய மணல் திட்டைப் போன்று ஏதோ ஒன்று எங்களுக்குத் தென்பட்டது. அங்கு நாங்கள் சென்றோம் அங்கே (அம்பர்) எனப்படும் ஒரு பிராணி கிடந்தது. (தளபதி) அபூஉபைதா (ரலி) அவர்கள் செத்ததாயிற்றே என்று கூறினார்கள். பிறகு "இல்லை, நாம் அல்லாஹ்வின் தூதர் (ஸல்) அவர்களின் தூதர்கள் ஆவோம் அல்லாஹ்வின் பாதையில் (அறப்போரில்) உள்ளோம். நீங்கள் நிர்ப்பந்தத்திற்கு உள்ளாக்கப்பட்டிருக்கிறீர்கள். எனவே (இதை) உண்ணுங்கள்" என்று கூறினார்கள்
 அந்த அம்பர் மீனை வைத்துக்கொண்டு நாங்கள் ஒரு மாதம் கழித்தோம். எங்கள் முந்நூறு பேரின் உடலும் வலிமையாகிவிட்டது. நாங்கள் அந்த அம்பர் மீனின் விழிப் பள்ளத்திலிருந்து பெரிய பாத்திரங்கள் மூலம் எண்ணெய் எடுத்தோம் அதன் உடலைக் காளை மாட்டின் அளவுக்குத் துண்டு போட்டோம் அபூஉபைதா (ரலி) அவர்கள் எங்களில் பதிமூன்று பேரைத் தேர்ந்தெடுத்து அதன் விழிப் பள்ளத்தில் உட்காரவைத்தார்கள். மேலும் அதன் விலாஎலும்புகளில் ஒன்றை எடுத்து அதை (பூமியில்) நட்டுவைத்தார்கள் பிறகு எங்களிடமிருந்த ஒரு பெரிய ஒட்டகத்தில் சிவிகை பூட்டி அதில் ஏறி அந்த எலும்பிற்குக் கீழே கடந்துபோனார்கள் (அந்த எலும்பு தலையைத் தொடவில்லை அந்த அளவுக்குப் பெரியதாக இருந்து) பிறகு அந்த மீனை (அரை வேக்காட்டில்) வேகவைத்து பயண உணவாக எடுத்துக்கொண்டோம்.
 நாங்கள் மதீனா வந்தபோது அல்லாஹ்வின் தூதர் (ஸல்) அவர்களிடம் சென்று நடந்ததை தெரிவித்தோம். அப்போது அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் அது அல்லாஹ் உங்களுக்கு வெளிப்படுத்திய உணவாகும், அதில் ஏதேனும் உங்களிடம் மீதியிருந்தால் எனக்கும் உண்ணக் கொடுங்களேன் என்று கேட்டார்கள். உடனே நாங்கள் அதிலிருந்து சிறிதளவை அல்லாஹ்வின் தூதர் (ஸல்) அவர்களுக்குக் கொடுத்தனுப்பினோம். அதை அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் சாப்பிட்டார்கள்.</t>
   </si>
   <si>
     <t>بعث النبي صلى الله عليه وسلم سرية وأمَّر عليهم أبا عبيدة أي: جعله عليهم أميراً لأخذ قافلة تحمل البر والطعام لقريش وأعطاهم وعاء من جلد فيه تمر فكان أميرهم يعطي لكل واحد منهم تمرة لقلة الزاد الذي معهم فكانوا يمصونها ويشربون عليها الماء وكانوا يضربون بعصيهم ورق الشجر الذي تأكله الإبل ثم يبلونه بالماء لإذهاب خشونته فلما وصلوا شاطئ البحر رأوا مثل التل من الرمل فأتوه فإذا هي سمكة كبيرة تسمى العنبر فنهاهم أميرهم أبوعبيدة أن يأكلوا منها لأنها ميتة والميتة محرمة بنص الكتاب ثم تغير اجتهاده وأجاز لهم أن يأكلوا منها وذلك أن الميتة يجوز الأكل منها حال الضرورة ولا سيما أنهم في سفر طاعة لله سبحانه، وخفي عليهم أن ميتة البحر حلال، ثم احتجوا بالاضطرار فأكلوا منه وحملوا معهم فلما قدموا المدينة أخبروا رسول الله صلى الله عليه وسلم فأقرهم على فعلهم وأكل منه.</t>
   </si>
   <si>
     <t>நபி(ஸல்) அவர்கள் ஒரு படைப்பிரிவை அனுப்பி வைத்தார்கள். அதற்கு தலைவராக அபூ உபைதா (ரழி) அவர்களை நியமித்தார்கள்.அதாவது குறைஷியர்களுக்கு உணவுவையும், வாட் கோதுமையையும் சுமந்து செல்லும் ஒரு வியாபார கூட்டத்தை எதிர்கொள்வதற்காக தயார் செய்யப்பட்ட படைப்பிரிவிக்கு தலைவராக அபூ உபைதா ரழி அவர்களை நியமித்தார்கள்.அவர்களிடம் ஈத்தம் பழங்கள் நிரப்பப்பட்ட ஒரு தோலினாளான பையொன்றையும் வழங்கினார்கள் அவர்களின் தலைவர் கொண்டு சென்ற உணவுப் பொருட்கள் குறைவாக இருந்ததனால் அவர்கள் ஒவ்வொருவருக்கும் ஒரு ஈத்தம் பழம் கொடுத்தார்கள் அதனை அவர்கள் வாயில் இட்டு சுவைத்து நீரை அருந்திக்கொண்டது மட்டுமல்லாமல் ஒட்டகம் சாப்பிடும் மரஇலையையும் தங்களது தடியினால் அடித்துப் பறித்து அதன் சொரசொரப்பான தன்மை நீங்குவதற்கு நீரில் நனைத்து உண்டார்கள். அவர்கள் கடற்கரையை அடைந்த போது அங்கே மணல் குன்றை போன்ற ஒன்றை கண்டனர். அதன் அருகே சென்று பார்த்தபோது அம்பர் எனும் பெயரால் அழைக்கப்படும் பெரிய மீனாக இருந்தது. குர்ஆனின் கூற்றின் அடிப்படையில் தானாக இறந்த பிராணிகளை சாப்பிடுவது ஹராம் என்பதினால் அதனை சாப்பிடுவதை அபூஉபைதா ரழி தடுத்தார்கள்.பின்னர் நிர்ப்பந்த நிலையில் மரணித்த பிராணிகளை சாப்பிடுவது ஆகும் என்பதினாலும், அவர்களின் பிரயாணம் அல்லாஹ் அனுமதித்த விடயத்திற்காக இருந்ததினாலும் அவரின் ஆய்வு முடிவை மாற்றிக் கொண்டு அதனை சாப்பிட அனுமதித்தார்கள். தாமாக செத்த கடல் பிராணிகளை சாப்பிடுவது அனுமதிக்கப்பட்டது என்ற விடயம் அவர்களுக்கு தெரியாமலிருந்தது. நிர்பந்தத்தை ஆதாரமாகக் கொண்டு அதனை சாப்பிட்டது மட்டுமல்லாமல் அதனை மதீனாவிற்கும் கொண்டுவந்தார்கள்.இந்த விடயத்தை நபியவர்களிடம் குறிப்பிட்ட போது அதனை அங்கீகரித்து அதிலிருந்து நபியவர்களும் சாப்பிட்டார்கள்</t>
   </si>
   <si>
     <t>بيان لما كان عليه الصحابة رضي الله عنهم من الزهد في الدنيا والتقلل منها والصبر على الجوع وخشونة العيش.
 تحمل الصحابة المشاق من أجل نشر الإسلام والجهاد في سبيل الله لرفع رايته.
 جواز الاجتهاد ثم جواز تغييره فقد نهاهم أبو عبيدة عن أكل السمكة ثم غير اجتهاده.
 عناية الله سبحانه ورعايته لصحابة رسول الله صلى الله عليه وسلم وإكرامه لهم حيث ساق لهم رزقاً حسناً لما علم حاجتهم وإخلاصهم.
 ميتة البحر حلال حيث أكل منها رسول الله صلى الله عليه وسلم.
 ما كان عليه النبي -صلى الله عليه وسلم- من تطييب نفوس أصحابه، ومن ذلك طلبه اللحم وأكله منه.
 مشروعية المواساة عند وقوع المجاعة.
 أن الاجتماع على الطعام يستدعي البركة فيه.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5856</t>
   </si>
   <si>
-    <t>يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا</t>
+    <t>من استطاع الباءة فليتزوج، فإنه أغض للبصر، وأحصن للفرج، ومن لم يستطع فعليه بالصوم، فإنه له وجاء</t>
+  </si>
+  <si>
+    <t>''யார் தாம்பத்தியம் நடத்த சக்தி பெற்றிருக்கிறாரோ அவர் திருமணம் செய்துகொள்ளட்டும்; ஏனெனில், அது (தகாத) பார்வையைக் கட்டுப்படுத்தும்; கற்பைக் காக்கும். யார் அதற்குச் சக்தி பெறவில்லையோ அவர் நோன்பு நோற்கட்டும். அது அவரது இச்சையைக் கட்டுப்படுத்தும்</t>
+  </si>
+  <si>
+    <t>عَن عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: كُنَّا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ».</t>
+  </si>
+  <si>
+    <t>அப்துல்லாஹ் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்;.நாம் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுடன் இருந்தோம் அப்போது நபியவர்கள் கூறினார்கள் : ''யார் தாம்பத்தியம் நடத்த சக்தி பெற்றிருக்கிறாரோ அவர் திருமணம் செய்துகொள்ளட்டும்; ஏனெனில், அது (தகாத) பார்வையைக் கட்டுப்படுத்தும்; கற்பைக் காக்கும். யார் அதற்குச் சக்தி பெறவில்லையோ அவர் நோன்பு நோற்கட்டும். அது அவரது இச்சையைக் கட்டுப்படுத்தும்</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن قَدَر على الجماع ومُؤَن النكاح بالزواج؛ فإنه أحفظ لبصره عن الحرام، وأشد إحصانًا لفرجه، ومنعًا من الوقوع في الفاحشة، 
+ومن لم يستطع مُؤنَ النكاح وهو قادر على الجماع فعليه بالصوم فإنه يقطع شهوة الفرج وشر المني.</t>
+  </si>
+  <si>
+    <t>திருமணத்திற்குப் பிறகு, ஒருவரின் பார்வையும் அந்தரங்க உறுப்புகளும் தடைசெய்யப்பட்ட விஷயங்களிலிருந்து பாதுகாக்கப்படும், மேலும் ஒழுக்கக்கேடான செயல்களில் விழும் வாய்ப்புகள் குறையும் என்பதால், நபி (ஸல்) அவர்கள், உடலுறவில் ஈடுபடுவதற்குரிய சக்தியும், திருமணத்திற்குரிய  வசதிகளை பெற்ற அனைவரையும் திருமணம் செய்து கொள்ளுமாறு ஊக்குவித்தார்கள். உடலுறவு கொள்ளும் சக்தி இருந்தும்;,திருமணச் செலவுகளுக்கான வசதி ஒருவருக்கு இல்லை என்றால், அவர் நோன்பு நோற்க வேண்டும், ஏனெனில் நோன்பானது காமத்தைக் குறைக்க உதவுகிறது.</t>
+  </si>
+  <si>
+    <t>حرص الإسلام على أسباب العفَّة والسلامة من الفواحش.
+حث من لم يستطع مؤنة النكاح بالصوم؛ لأنه يضعف الشهوة.
+وجه تشبيه الصيام بالوجاء؛ لأن الوِجاء رضُّ عروق الخِصْيَتَين، فتذهب بذهابهما شهوة الجماع، وكذلك الصوم، فهو مُضعِف لشهوة الجماع.</t>
+  </si>
+  <si>
+    <t>இஸ்லாம் (மனிதர்களை) கற்பை பேணி, ஒழுக்கக்கேட்டிலிருந்து மனிதனை பாதுகாப்பதில் மிக ஆர்வமாக உள்ளது.
+திருமணச் செலவுகளுக்கான வசதிபெறாதவர்கள் நோன்பு நோற்குமாறு  ஊக்குவிக்கப்படுகிறார்கள், ஏனெனில் அது காமத்தை- இச்சையை- பலவீனப்படுத்தி கட்டுப்படுத்துகிறது.
+இங்கே, 'விஜா' (காஸ்ட்ரேஷன்) (விதையடித்தல்)அல்லது –(விதைநீக்கம்) உடன் நோன்பை ஒப்புமையாகக் கூறுவது, ஏனெனில் 'விஜா' (காஸ்ட்ரேஷன்) என்பது இரண்டு விந்தணுக்களின் நரம்புகளையும் வெட்டுவதற்கு வழங்கப்படும் பெயர், இதன் விளைவாக உடலுறவுக்கான ஆசை முடிந்து விடும். அதேபோல், நோன்பானது உடலுறவுக்கான விருப்பத்தை பலவீனப்படுத்துகிறது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5863</t>
+  </si>
+  <si>
+    <t>يسروا ولا تعسروا، وبشروا ولا تنفروا</t>
   </si>
   <si>
     <t>'இலகு படுத்துங்கள், சிரமப்படுத்தாதீர்கள், சுபசோபனம் கூறுங்கள்; (நல்லவற்றையே கூறுங்கள்) வெறுப்படையச் செய்யாதீர்கள்'</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'இலகு படுத்துங்கள், சிரமப்படுத்தாதீர்கள், சுபசோபனம் கூறுங்கள்; (நல்லவற்றையே கூறுங்கள்) வெறுப்படையச் செய்யாதீர்கள்'.</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் இம்மை மறுமை விடயங்களில் மக்களுக்கு இலகு படுத்துமாறும்  சிரமப்படுத்தாதிருக்குமாறும்  கட்டளையிடுகிறார்கள். இலகு படுத்தலும் சிரமப்படுத்தலும் அல்லாஹ் அனுமதித்த மார்க்கமாக்கிய வரம்புகளுக்குள் இருத்தல் வேண்டும்.
 அவர்களை வெறுக்கச் செய்யாது, நன்மையான வற்றைக் கொண்டு நற்செய்தி கூறுமாறும் ஆர்வமூட்டுகிறார்கள்.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>மக்களிடம் அல்லாஹ்வின் நேசத்தை ஏற்படுத்தி, நன்மையை ஊக்குவிப்பதே ஒரு முஃமினின் கடமையாகும்.
 இஸ்லாமிய அழைப்புப் பணியை மக்களிடம் கொண்டு சேர்ப்பதற்கான முறையை மதிநுட்பத்துடன் ஆராய்வது அழைப்பாளிக்கு அவசியமாகும்.
 நற்செய்தி கூறுதல் மகிழ்ச்சி, மற்றும் ஆர்வத்தைத் தோற்றுவிப்பதுடன், அழைப்பாளருக்கும், அவர் மக்களுக்கு முன்வைக்கும் விடயங்களிலும் ஒரு வித அமைதி ஏற்படுத்துகின்றது.
 சிரமப் படுத்தல் வெறுப்பு, பின்வாங்கல், அழைப்பாளரின் பேச்சில் சந்தேகம் போன்றவற்றைத் தோற்றுவிக்கின்றது.
 அடியார்கள் மீதான அல்லாஹ்வின் அருள் விசாலமானது, அவனே அவர்களுக்கான சிறப்பான மார்க்கத்தையும், இலகுவான சட்டதிட்டங்களையும் பொருந்திக் கொண்டுள்ளான்.
 இங்கு இலகுபடுத்துதல் என குறிப்பிடுவது  இஸ்லாமிய மார்க்கம் கொண்டு வந்த அனுமதித்த விடயங்களாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5866</t>
   </si>
   <si>
-    <t>تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا</t>
+    <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>இந்தக் குர்ஆனை  மனனமிட்டு (அதை ஓதி ) பேணி வாருங்கள். ஏனெனில், என் உயிர் எவன் கையிலுள்ளதோ அவன் மீது சத்தியமாக! கயிற்றில் கட்டிவைக்கப்பட்டுள்ள ஒட்டகத்தை விட மிக வேகமாகக் குர்ஆன் (நினைவிலிருந்து) மறந்து விடக் கூடியதாகும்</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ மூஸா அல் அஷ்அரி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள்: இந்தக் குர்ஆனை  மனனமிட்டு (அதை ஓதி ) பேணி வாருங்கள். ஏனெனில், என் உயிர் எவன் கையிலுள்ளதோ அவன் மீது சத்தியமாக! கயிற்றில் கட்டிவைக்கப்பட்டுள்ள ஒட்டகத்தை விட மிக வேகமாகக் குர்ஆன் (நினைவிலிருந்து) மறந்து விடக் கூடியதாகும்.</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அல்குர்ஆனை மனனமிட்ட ஒருவர் அது மறந்து விடாதிருக்க தொடரந்தும் ஓதி வருமாறு கட்டளைப் பிரப்பித்துள்ளார்கள். இதனை நபியவர்கள் கட்டிவைக்கப்பட்ட ஒட்டகை அவிழ்த்து விடப்பட்டதும் எவ்வளவு வேகமாக ஓடுமோ அதைவிடவும் மிகவும் வேகமாக அல்குர்ஆன் மறந்துவிடும் என்று குறிப்பிடுகிறார்கள். ஆகவே அதனைப்பேணி ஓதி வந்தால் அது அவருடன் இருக்கும், இல்லாது விட்டால் அவறிடமிருந்து மறைந்து விடும்.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>அல்குர்ஆனை மனமிட்ட ஒருவர் முறையாக பேணி ஓதி வருகிறவருடைய உள்ளத்தில் அல்குர்ஆன் பாதுகாக்கப்பட்ட நிலையில் இருக்கும் இல்லாவிட்டால் அது அவரைவிட்டும் நீங்கி மறந்துவிடும்.
 அல்குர்ஆனை பேணி ஓதிவருவதால் கிடைக்கும் பயன்கள் : கூலி, வெகுமதி, மறுமையில் அந்தஸ்த்து உயர்த்தப்படுதல் போன்றன.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5907</t>
   </si>
   <si>
-    <t>خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ</t>
+    <t>خيركم من تعلم القرآن وعلمه</t>
   </si>
   <si>
     <t>'அல்குர்ஆனைக் கற்று, பிறருக்கும் கற்பிப்பவரே உங்களில் சிறந்தவராவார்'</t>
   </si>
   <si>
     <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக உஸ்மான் ரழியல்லாஹு அன்ஹு  அறிவிக்கிறார்கள் : 'அல்குர்ஆனைக் கற்று, பிறருக்கும் கற்பிப்பவரே உங்களில் சிறந்தவராவார்'.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>முஸ்லிம்களில் மிகவும் சிறப்புக்குறியவரும், உயர் அந்தஸ்த்தையும் பெற்றவர் யார் என்பதை நபியவர்கள் இங்கு குறிப்பிடுகிறார்கள். அவர் யாரென்றால் அல்குர்ஆன் ஓதி மனனம் செய்து அழகிய முறையில் தர்த்தீலாக ஓதி, அதனை விளங்கி தானும் அமல் செய்வதுடன் அல்குர்ஆனிய கலைகளை பிறருக்கும் கற்றுக் கொடுப்பவராவார்.</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
     <t>வார்த்தைகளில் மிகவும் சிறப்பான அல்லாஹ்வின்  வார்தையான அல்குர்ஆனின் சிறப்பு இங்கு சுட்டிக்காட்டப்பட்டுள்ளது.
 தனக்குள் மாத்திரம் அல்குர்ஆனிய அறிவை வைத்துக்கொள்ளாது பிறருக்கும் கற்றுக் கொடுப்பவரே மிகவும் சிறப்பான அறிஞராவார்.
 அல்குர்ஆனை கற்று பிறருக்கும் கற்றுக்கொடுப்பது என்பது அதனைப் முறையாக ஓதுதல், அதன் கருத்துக்களையும் சட்டதிட்டங்களையும் அறிந்து கொள்ளுதல் போன்றவற்றை உள்ளடக்கயுள்ளது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5913</t>
   </si>
   <si>
-    <t>مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ</t>
+    <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>'யாரேனும் (பயணத்தில்) ஓரிடத்தில் தங்குவதற்காக இறங்கி பின்னர் 'அஊது பி கலிமாத்தில் லாஹித் தாம்மாத்தி மின் ஷர்ரி மா கலக்' (பொருள் : அல்லாஹ்வின் பூரணமான வார்த்தைகளைக் கொண்டு அவன் படைத்த அனைத்துப் படைப்புகளின் தீங்கை விட்டும் நான் பாதுகாவல் தேடுகிறேன்) என்று கூறிப் பிரார்த்தித்தால், தங்கிய  அந்த இடத்திலிருந்து அவர் புறப்பட்டுச் செல்லும் வரை எதுவும் அவருக்குத் தீங்கிழைக்காது'</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதைதான் செவிமடுத்ததாக கவ்லா பின்த் ஹகீம் அஸ்ஸுலமிய்யா அவர்கள் அறிவிக்கிறார்கள். 'யாரேனும் (பயணத்தில்) ஓரிடத்தில் தங்குவதற்காக இறங்கி பின்னர் 'அஊது பி கலிமாத்தில் லாஹித் தாம்மாத்தி மின் ஷர்ரி மா கலக்' (பொருள் : அல்லாஹ்வின் பூரணமான வார்த்தைகளைக் கொண்டு அவன் படைத்த அனைத்துப் படைப்புகளின் தீங்கை விட்டும் நான் பாதுகாவல் தேடுகிறேன்) என்று கூறிப் பிரார்த்தித்தால், தங்கிய  அந்த இடத்திலிருந்து அவர் புறப்பட்டுச் செல்லும் வரை எதுவும் அவருக்குத் தீங்கிழைக்காது'.</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
     <t>பிரயாணம், சுற்றுலா போன்ற சந்தர்ப்பங்களில் ஓரிடத்தில் தங்க நேரிடும் போது மனிதனுக்கு இயல்பாக ஏற்படும் அச்சம், பாதுகாப்பற்ற உணர்வு போன்றவற்றிலிருந்து  பாதுகாப்புத் தேடுமாறு நபியவர்கள் தனது சமூகத்திற்கு வழிகாட்டுகின்றார்கள். அதாவது சிறப்பிலும் பரகத்திலும் பயனளிப்பதிலும் அருள் பொதிந்த, அனைத்து குறைகளை விட்டும் தூய்மையான, நிறைவான அல்லாஹ்வின் வார்த்தை மூலம் தான் தங்கியிருக்கும் காலமெல்லாம் அவ்விடத்தில் தீங்கிழைக்கும் அனைத்தையும் விட்டு அபயத்தைத் தருமாறு பாதுகாப்புத் தேடுமாறு இதில் வழிகாட்டியுள்ளார்கள்.</t>
   </si>
   <si>
     <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
 جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
 فضيلة هذا الدعاء وبركته.
 التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
 إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
 مشروعية هذا الدعاء لمَن نزل مكانًا في الحضر أو السَّفر.</t>
   </si>
   <si>
     <t>பாதுகாப்புத் தேடுவதும் ஒரு வணக்கமாகும். அது அல்லாஹ்வைக் கொண்டும் அவனின் பெயர்கள், மற்றும் பண்புகளைக் கொண்டமைந்ததாக இருத்தல் வேண்டும்.
 படைப்புகளிடத்தில் தனது இடர்களுக்கு பாதுகாவல் கோருவது ஷிர்க் -இணைவைப்பாகும், இதற்கு மாற்றமாக அல்லாஹ்வின் வார்த்தைகள் அவனின் பண்புகளின் ஒன்றாக இருப்பதால் அதனைக் கொண்டு பாதுகாவல் தேடுவது அனுமதிக்கப் பட்டிருத்தல்.
 இந்த துஆவின் சிறப்பும் இதனால் கிடைக்கும் பரகத்தும் தெளிவு படுத்தப்பட்டுள்ளமை.
 'அஸ்கார்கள்' -நபியவர்கள் கற்றுத்தந்த திக்ர்கள் மூலம் பாதுகாப்புத் தேடுவதானது அடியான் தீங்குகளிலிருந்து பாதுகாப்புப் பெற்றுக் கொள்வதற்கான ஒரு வழிமுறையாகும்.
 அல்லாஹ் அல்லாத ஜின் சூனியக்காரர்கள், போலி ஆன்மீக வாதிகள் போன்றோரிடம் பாதுகாப்புத் தேடிச்செல்வது இஸ்லாமிய மார்க்கத்தில் சட்டபூர்வமற்றது என்பதை தெளிவுபடுத்தல்.
 ஊரில் அல்லது பிரயாணத்தில் ஓரிடத்தில் தங்கும் ஒருவர் இந்தப் பிரார்த்தனையை ஓதுவது மார்க்க வழிகாட்டலாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5932</t>
   </si>
   <si>
-    <t>أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ</t>
+    <t>ألا أبعثك على ما بعثني عليه رسول الله صلى الله عليه وسلم؟ أن لا تدع تمثالا إلا طمسته، ولا قبرا مشرفا إلا سويته</t>
   </si>
   <si>
     <t>'அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எந்த அலுவலுக்காக என்னை அனுப்பினார்களோ அந்த அலுவலுக்காக உம்மை நான் அனுப்புகிறேன். (அந்த அலுவல் என்னவென்றால்) எந்த உருவச் சிலைகளையும் நீர் அழிக்காமல் விட்டுவிடாதீர்; (தரையைவிட) உயர்ந்துள்ள எந்தக் கப்றையும் (மண்ணறையையும்) தரையுடன் சமப்படுத்தாது விட்டு விடாதீர்!' என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>عن أبي الهيَّاج الأسدي قال: قَالَ لِي ‌عَلِيُّ بْنُ أَبِي طَالِبٍ: أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ.</t>
   </si>
   <si>
     <t>அபுல்ஹய்யாஜ் அல்அஸதீ (ரஹ்) அவர்கள் கூறியதாவது: அலீ இப்னு அபீதாலிப் (ரழியல்லாஹு அன்ஹு) அவர்கள் என்னிடம், 'அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எந்த அலுவலுக்காக என்னை அனுப்பினார்களோ அந்த அலுவலுக்காக உம்மை நான் அனுப்புகிறேன். (அந்த அலுவல் என்னவென்றால்) எந்த உருவச் சிலைகளையும் நீர் அழிக்காமல் விட்டுவிடாதீர்; (தரையைவிட) உயர்ந்துள்ள எந்தக் கப்றையும் (மண்ணறையையும்) தரையுடன் சமப்படுத்தாது விட்டு விடாதீர்!' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸலல்லம் அவர்கள் உருவச்சிலைகளை எதனையும் விட்டுவைக்காது அதனை நீக்கி அழித்து விடுமாறு தனது தோழர்களை அனுப்பிவைப்பவர்களாக இருந்தார்கள். திம்ஸால் என்பது செதுக்கப்படட்ட, செதுக்கப்படாத சிலையைக் குறிக்கும்.
 மேலும் தரைமட்டத்தை விட உயர்ந்திருக்கும் மண்ணறைகளை நிலமட்டத்துடன் சமப்படுத்தி விடுமாறும், அல்லது ஒரு சான் அளவு மட்டத்தில் உயர்ந்த கப்ருகளை வைக்குமாறும், கட்டப்பட்ட மண்ணறைகளை இடித்து விடுமாறும் வழிப் படுத்தி நபியவர்கள் தமது தோழர்களை பல பகுதிகளுக்கும் அனுப்பிவைத்தார்கள்.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>இணைவைப்பிற்கு வழிவகுக்கும் என்பதினால் உயிருள்ளவற்றிற்கு உருவச் சிலைகள் அமைப்பது ஹராமாக்கப்பற்றிருத்தல்.
@@ -8972,197 +9903,197 @@
   <si>
     <t>நீங்கள் இந்த கணவாய்களிலும்,பள்ளத்தாக்குகளிலும் பிரிந்து விடுவீர்களாயின் அது ஷைத்தானின் புறத்தினாலாகும்.</t>
   </si>
   <si>
     <t>عن أبي ثَعْلَبَة الخُشَني رضي الله عنه قال: كان الناس إذا نزلوا منزلًا تفرقوا في الشِّعابِ والأَوْدِيَةِ، فقال رسول الله صلى الله عليه وسلم : «إن تَفَرُّقَكم في هذه الشِّعاب والأَوْدِية إنما ذلكم من الشيطان». فلم ينزلوا بعد ذلك منزلاً إلا انضم بعضهم إلى بعض.</t>
   </si>
   <si>
     <t>மக்களுக்கு எங்கேனும் ஒரு இடத்தில் தங்கிச் செல்ல நேரிட்டால் அவர்கள் அங்கு கணவாய்களிலும் ,பள்ளத்தாக்குகளிலும் பிரிந்து போய்விடுவார்கள்.எனவே அவர்களிடம் ரஸூல் (ஸல்) அவர்கள் "நீங்கள் இந்த கணவாய்களிலும்,பள்ளத்தாக்குகளிலும் பிரிந்து விடுவீர்களாயின் அது ஷைத்தானின் புறத்தினாலாகும்" என்று கூறினார்கள்.அதன் பின்னர் அவர்கள் எங்கேனும் தங்கிச் செல்ல இறங்கினால் சிலர், சிலருடன் சேர்ந்து நெருக்கமாக இருந்து கொள்வார்கள்.என அபூ ஸஃலபா அல்குஷனீ (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>كان الناس إذا نزلوا مكانا أثناء السفر تفرقوا في الشعاب والأودية، فأخبرهم النبي صلى الله عليه وسلم أن تفرقهم هذا من الشيطان؛ ليخوف أولياء الله ويحرك أعداءه، فلم ينزلوا بعد ذلك في مكان إلا انضم بعضهم إلى بعض، حتى لو بُسط عليهم كساء لوسعهم من شدة تقاربهم.</t>
   </si>
   <si>
     <t>பிரயாணத்தின் நடுவே மனிதர்களுக்கு எங்கேனும் தங்கிச் செல்ல நேர்ந்தால் அவர்கள் கூட்டத்திலிருந்து பிரிந்து அங்குள்ள கணவாய்களிலும்,பள்ளத்தாக்குகளிலும் தனித்தனியாகத் தங்கி வரலாயினர்.எனவே அவர்களிடம் ரஸூல் (ஸல்) அவர்கள் அவர்களின் இந்தப் பிரிவினை ஷைத்தானின் ஒரு செயலாகும்.அல்லாஹ்வின் நேசர்களைப் பயமடையச் செய்யவும்,அவர்களின் பகைவர்களை உட்சாகப் படுத்தவும் அவன் இப்படி செய்கின்றான்,என்று நபியவர்கள் கூறினார்கள்.இதன் பின்னர் அவர்கள் எங்கேனும் தங்கினால் சிலர்,சிலருடன் சேர்ந்து நெருக்கமாக இருந்து கொள்வார்கள்.மேலும் அவர்கள் இவ்வாறு மிகவும் நெருக்கமாக இருந்து கொள்வதன் காரணமாக அவர்களுக்கு ஒரு விரிப்பு விரிக்கப்பட்டாலும் அது அவர்கள் அனைவருக்கும் போதுமானதாக இருந்தது.</t>
   </si>
   <si>
     <t>كراهية الانفراد في المنزل في السفر.
 استحباب الاجتماع في السفر لحصول التعاون والأنس.
 أن الفرقة من الشيطان.
 سرعة استجابة الصحابة لأمر النبي -صلى الله عليه وسلم-.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5948</t>
   </si>
   <si>
-    <t>لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ</t>
+    <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>'உங்களில் ஒருவருக்கு தனது பெற்றோர்; தனது குழந்தை, ஏனைய மனிதர்கள் அனைவரையும் விட நான் அதிக நேசத்திற்குரியவராக  ஆகும்வரையில் அவர் (உண்மையான) இறைநம்பிக்கையாளராக மாட்டார்'</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'உங்களில் ஒருவருக்கு தனது பெற்றோர்; தனது குழந்தை, ஏனைய மனிதர்கள் அனைவரையும் விட நான் அதிக நேசத்திற்குரியவராக  ஆகும்வரையில் அவர் (உண்மையான) இறைநம்பிக்கையாளராக மாட்டார்'.</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>ஒரு முஸ்லிம் தனது பிள்ளை, தந்தை, மற்றும் அனைத்து மனிதர்களுடனான நேசத்தை விட தன் மீதான நேசத்தை முற்படுத்தும் வரையில்  அவனுடைய ஈமான் பூரணமடைய மாட்டாது, என இந் நபிமொழியில் நபியவர்கள் எமக்கு அறியத்தருகிறார்கள்.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>இறைத்தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களை நேசிப்பதும், ஏனைய அனைத்து நேசங்களை விட அவர்களுடனான நேசத்தை முற்படுத்துவதும் கட்டாயக் கடமையாகும்.
 உயிர், பொருள் அனைத்தையும் இறைத்தூதருக்கு அர்ப்பணித்து அவர்களின் வழிமுறைக்கு ஒத்துழைப்பு வழங்குவது  பூரணமான நேசத்தின் அடையாளங்களில் சிலதாகும்.
 ரஸுல் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களை நேசம் கொள்வது என்பது அவர்களின் மார்க்க ஏவல்களை எடுத்தும், விலக்கல்களைத் தவிர்ந்தும் நடப்பதோடு அவர்கள் அறிவித்து தந்தவற்றை உண்மைப்படுத்துவதும் அவர்கள் விலகி நடக்குமாறு கூறியவற்றை தடுத்தும் நடந்து கொள்வதுடன் அவர்களை முழுமையாகப் பின்பன்றி  ஒழுகி, அவர்கள் மார்க்கம் எனக் காட்டடித்தராத நூதன செயற்பாடுகளை விட்டு விடுவதையும் வேண்டி நிற்கிறது.
 அனைத்து மனிர்களை விடவும் நபியவர்களுக்கு செலுத்த வேண்டிய உரிமையானது மிகவும் வலியுறுத்தப்பட்டதும் உண்ணதமானதுமாகும். காரணம் அவர்களே எம்மை வழிகேட்டிலிருந்து பாதுகாத்து நாம் நேர்வழி பெறவும்  நரகத்திலிருந்து எம்மை காத்து சுவர்க்கம் செல்லவும் காரணமாக இருந்தார்கள்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5953</t>
   </si>
   <si>
-    <t>‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ</t>
+    <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>' பறவைச் சகுனம் பார்ப்பவனும், சகுனம் பார்க்கப் பட்டவனும், ஜோசியம் பார்த்தவனும், ஜோசியம் பார்த்துவிடப் பட்டவனும், சூனியம் செய்தவனும், சூனியம் செய்யுமாறு பணித்தவனும் எம்மைச் சார்ந்தவனல்ல</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக இம்ரான் இப்னு  ஹுஸைன் ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள்: ' பறவைச் சகுனம் பார்ப்பவனும், சகுனம் பார்க்கப் பட்டவனும், ஜோசியம் பார்த்தவனும், ஜோசியம் பார்த்துவிடப் பட்டவனும், சூனியம் செய்தவனும், சூனியம் செய்யுமாறு பணித்தவனும் எம்மைச் சார்ந்தவனல்ல, யார் ஒரு ஜோசியனிடம் சென்று அவன் கூறுவதை உண்மைப் படுத்துகின்றானோ அவன் முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு அருளப்பட்ட மார்க்கத்தை மறுத்தவனாவான்'.</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>'எம்மை சார்ந்ததோர் அல்லர்' என்ற வார்த்தையின் மூலம் நபியவர்களின் சமூகத்தில் உள்ளோர் செய்யும் சில செயற்பாடுகளை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எச்சரித்துள்ளார்கள். அவற்றுள் சில பின்வருமாறு :
 முதலாவது அம்சம் : 'பறவைச் சகுனம் பார்ப்பவனும் சகுனம் பார்க்கப்பட்டவனும்' இதன்  அடிப்படை  பயணம் அல்லது வியாபாரம் அல்லது  இது போன்ற ஏதாவது  ஒரு செயலை துவங்கும் போது ஒரு பறவையை பறக்க விடுவதாகும். அந்தப் பறவையானது வலப்பக்கமாக பறந்து சென்றால் நற்சகுனம் என்று பொருள். எனவே அவர் நாடிய  விடயத்தை மேற்கொள்வார். குறித்த பறவையானது இடது பக்கமாக பறந்து சென்றால் அதனை துற் சகுணமாகக் கருதி செய்ய நாடிய காரியத்தை தவிர்த்துக்கொள்வார்.இந்த அடிப்படையில் குறித்த காரியத்தை தான் செய்வதோ பிறருக்கு பொறுப்புச்சாட்டுவதோ கூடாது. அத்துடன் பறவைகள், விலங்குகள், குறைபாடுகள் உள்ளவர்கள், எண்கள், நாட்கள், அல்லது கேட்கக் கூடியதாகவோ அல்லது காணக் கூடியதாகவோ எவை இருந்தாலும், அவை அனைத்தும் துற்சகுணத்தில் அடங்கிவிடும்.
 இரண்டாவது அம்சம்: 'ஜோசியம் (சாஸ்திரம் பார்பவனும், ஜோசியம் பார்த்து விடப் பட்டவனும்,' அதாவது யார் நட்சத்திரங்களையும் அது போன்றவற்றையும் பயன் படுத்தி, தனக்கு மறைவான ஞானம் உள்ளதாக வாதிடுகிறானோ, அல்லது மறைவான அறிவு தன்னிடம் இருப்பதாக வாதிடும் சாஸ்திரக்காரனிடம் சென்று அவன் கூறுவதை உண்மையென ஏற்றுக் கொள்கிறானோ அவன் முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு இறக்கப்பட்டதை மறுத்தவனாவான்.
 மூன்றாவது அம்சம்: 'சூனியம் செய்பவனும் செய்யுமாறு பணித்தவனும். இது, பிறருக்கு நன்மை செய்ய நாடியோ அல்லது தீங்கை ஏற்படுத்த வேண்டும் என்ற எண்ணத்திலோ யார் தானாகவே சூனியத்தை செய்கிறரோ அல்லது இன்னொருவரிடம் பொறுப்புச்சாட்டி செய்யுமாறு வேண்டுகிறாரோ அல்லது தடைசெய்யப்பட்ட பாதுகாப்பு கோரும் வாசகங்களை ஓதி அதில் ஊதி நூல்களில் முடிச்சிட்டு சூனியம் செய்கிறாரோ அவர்கள் அனைவரையுமே இந்த சொற் பிரயோகம் குறிக்கிறது.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والإيمان بقضاء الله وقدره، وتحريم الطيرة والتشاؤم والسحر والكهانة، أو سؤال أصحابها ذلك.
 ادعاء علم الغيب من الشرك الذي ينافي التوحيد.
 تحريم تصديق الكهان والذهاب إليهم، ويلحق بذلك قراءة ما يُسمى بالكَفِّ والفِنْجَان والبروج والنظر فيها ولو على سبيل الاطلاع.</t>
   </si>
   <si>
     <t>கழா கத்ரை (விதியை)ஈமான் கொள்வதும் அல்லாஹ்வின் மீது முழுமையாக நம்பிக்கை வைப்பதும்-பொறுப்புச்சாட்டுவது- கடமையாகும். பறவை சகுணம், துற் சகுணம், சூனியம், சாஸ்திரம், இந்த விடயங்களுடன் சம்பந்தப்பட்டவர்களிடம் செய்து தருமாறு வேண்டுவதும் ஹராமான விடயமாகும்.
 மறைவான அறிவு உள்ளதாக வாதிடுவது ஓரிறைக் கொள்கையுடன் முரண்படுவதால் அது தடைசெய்யப்பட்டுள்ளது.
 ஜோசியம் பார்ப்பவனை உண்மைப்படுத்துவதும் அவனிடம் செல்வதும் ஹராமாகும். இத்துடன் கையிலும் பீங்கானிலும் ஓதிப்பார்ப்பது, ஒரு விடயத்தை அறிந்து கொள்ள கிரகங்கள் பார்த்து ராசி பலன் பார்ப்பது போன்றவையும் தடுக்கப்பட்ட விடயங்களாகும்.</t>
   </si>
   <si>
     <t>رواه البزار</t>
   </si>
   <si>
     <t>[இதனை அல் பஸ்ஸார் அறிவித்திருக்காறார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5981</t>
   </si>
   <si>
-    <t>مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً</t>
+    <t>من أتى عرافا فسأله عن شيء لم تقبل له صلاة أربعين ليلة</t>
   </si>
   <si>
     <t>'குறி சொல்பவனிடம் சென்று அவன் கூறுவதை நம்புகிறவனின் நாற்பது நாட்களுடைய தொழுகைகள் ஏற்கப்பட மாட்டாது'</t>
   </si>
   <si>
     <t>عن بعض أزواج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் மனைவியரில் சிலர் அறிவித்துள்ளார்கள் : 'குறி சொல்பவனிடம் சென்று அவன் கூறுவதை நம்புகிறவனின் நாற்பது நாட்களுடைய தொழுகைகள் ஏற்கப்பட மாட்டாது'.</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من إتيان العرّاف -هو اسم عام للكاهن والمُنِّجم والرَّمَّال ونحوهم، ممن يَسْتَدِلُّ على معرفة الغيب بمقدمات يستعملها -، وأنَّ مُجَرَّدَ سؤالِهِ عن شيء من أمور الغيب سيَحْرِمُه الله به ثوابَ صلاته أربعين يومًا؛ وذلك عقوبة له على هذا الإثم والذنب الكبير.</t>
   </si>
   <si>
     <t>குறி சொல்பவனிடம் செல்வதை விட்டும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எச்சரிக்கிறார்கள்.' அர்ராப் என்ற சொல்லானது ஜோசியக்காரன், நட்சத்திர குறிசொல்பவன், தடயங்கள்கண்டறிந்து குறிசொல்பவன் அதாவது சில முன்மாதிரி அம்சங்களைப் பயன்படுத்தி தனக்கு மறைவான விடயங்கள் பற்றிய அறிவுள்ளது எனக் கூறுவோர் யாவருக்கும் ஒரு பொதுவான சொல்லாகவே (அர்ராப் என்ற) இச்சொல் பயன்படுத்தப்படுகிறது.வெறுமனே குறிசொல்பவனிடம் செல்பவனிடம் மறைவான விடயம் சம்பந்தமாக கேட்டவனுக்கே நாற்பது நாட்கள் தொழுத  தொழுகையின் நன்மைகளை அல்லாஹ் தடைசெய்துவிடுகிறான் என்றால் அவனின் பாவத்திற்கானதும் பெரும்பாவத்திற்கானதுமான தண்டனையாகும். இது இந்த செயலின் அபாயத்தை விளக்கப்போதுமான விடயமாகும்.</t>
   </si>
   <si>
     <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
 قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
 يَدْخُلُ في الحديث ما يُسمّى بالأبراج والنظر فيها، وقراءة الكَفِّ والفنجان -ولو على سبيل الاطلاع فقط-؛ لأن ذلك كلَّه من الكهانة ومن دعوى علم الغيب.
 إذا كان هذا جزاءَ مَن أتى العَرّاف، فكيف بجزاء العراف نفسه؟
 صلاة أربعين يومًا تَقَعُ مُجزئة لا يَجِبُ قضاؤها، ولكن لا ثواب فيها.</t>
   </si>
   <si>
     <t>ஜோசியமும், ஜோசியம் பார்ப்போரிடத்தில் சென்று மறைவான விடயங்கள் பற்றி விசாரிப்பதும் ஹராமாக்கப்பட்டிருத்தல்.
 பாவச்செயலை செய்தமைக்கான தண்டனையாக சிலபோது மனிதன் செய்த நல்லமல்களுக்கான கூலி தடுக்கப்படலாம்.
 இந்த ஹதீஸில் கையிலும் பீங்கானிலும் ஓதிப்பார்ப்பது, ஒரு விடயத்தை அறிந்து கொள்ள கிரகங்கள் பார்த்து ராசி பலன் பார்ப்பது போன்றனவும் உள்ளடங்குகின்றன. இவையனைத்தும் ஜோசியம் மற்றும் மறைவான விடயத்தை வாதிடுதலில் உள்ளடங்கும்  செயல்களாகும்.
 குறிசொல்பவனிடம் செல்பவனுக்கே இந்தத் தண்டனை என்றிருந்தால், குறி சொல்பவனுக்குரிய தண்டனை எப்படியிருக்கும்?
 நாற்பது நாட்களுக்கான தொழுகைகள் செல்லுபடியாகும், அதனால் அதனை மீண்டும் தொழ வேண்டிய அவசியம் கிடையாது. ஆனால் அதற்கு எந்தக் கூலியும் கிடையாது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5986</t>
   </si>
   <si>
-    <t>من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ</t>
+    <t>من اقتبس علما من النجوم اقتبس شعبة من السحر، زاد ما زاد</t>
   </si>
   <si>
     <t>'நட்சத்திர ஜோதிடக் கலையில் ஒரு பகுதியைக் கற்பவன் சூனியக் கலையில் ஒரு பகுதியைக் கற்றவனாவான், அது அதிகரிக்க இதுவும் அதிகரிக்கும்'</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா அவர்கள்  அறிவிக்கிறார்கள் : 'நட்சத்திர ஜோதிடக் கலையில் ஒரு பகுதியைக் கற்பவன் சூனியக் கலையில் ஒரு பகுதியைக் கற்றவனாவான், அது அதிகரிக்க இதுவும் அதிகரிக்கும்'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>யார் நட்சத்திரம் மற்றும் கிரகங்களுடன் தொடர்பான ஜோதிடக் கலைகளைக் கற்று வானியல் இயக்கங்களையும் தோற்றங்களையும் மறைவுகளையும்  பூமியில் நடைபெறும் நிகழ்வுளான ஒருவரின் இறப்பு மற்றும் பிறப்பு அல்லது ஆரோக்கியமின்மை போன்றவற்றுடன் ஒப்பிட்டு எதிர்காலத்தில் நடக்கவிருப்பவற்றை  அனுமானித்து கூறும் செயற்பாடுகளை மேற்கொள்கிறாரோ அவர் சூனியத்தின் ஓரு பகுதியைக் கற்றவராவார். இதனை அதிகதிகமாக கற்றுக்கொள்பவர் சூனியத்தையும் அதிகதிகம் கற்றவராவார்.</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>கிரகங்கள் மற்றும் நட்சத்திர நிலைமாற்றங்களை அனுமானித்து எதிர்காலத்ததை எதிர்வு கூறும் நட்சத்திர ஜோதிடம்  தடைசெய்யப்பட்டுள்ளமை. ஏனெனில் இந்த விடயம் தனக்கு மறைவான அறிவு இருப்பதாக வாதிடும் ஒரு செயலாகும்.
 தடைசெய்யப்பட்ட நட்சத்திர ஜோதிடம் ஏகத்துவக் கொள்கைக்கு முரண்படும் சூனியத்தின் ஒரு வகையாகும்.ஆனால் திசைகள் மற்றும் கிப்லா போன்றவற்றை அறியவும், அல்லது பருவகாலங்கள் மற்றும் மாதங்களை தெரிந்து கொள்ளவும் நட்சத்திரங்களை அவதானிப்பதில் எவ்விதக் குற்றமுமில்லை. இது அனுமதிக்கப்பட்டதாகும்.
 நட்சத்திர ஜோதிடத்தை அதிகமாகக் கற்குமளவு சூனியத்தின் பல பிரிவுகளை கற்பதும் அதிகமாகின்றது.
 அல்லாஹ் தனது திருமறையில் குறிப்பிடும் நட்சத்திரங்கள் படைக்கப்பட்டதற்கான நோக்கங்கள் -பயன்கள் மூன்றாகும் அவையாவன: 1-வானத்திற்கான அலங்காரமாக காணப்படுகின்றமை.
  2- பாதையை கண்டுப்பிடிப்பதற்கான அடையாளங்களாக அமைந்துள்ளமை.
  -3- ஷைத்தான்களுக்கான எறிகற்களாக காணப்படுகின்றமை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5989</t>
   </si>
   <si>
-    <t>أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ</t>
+    <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
     <t>'நீங்கள் நிறைவேற்ற வேண்டிய நிபந்தனைகளில் மிகப் பொருத்தமானது உங்கள் மனைவியரின் கற்பை ஹலாலாக அடைந்து கொள்ளச் செய்து கொண்ட ஒப்பந்தமாகும்'</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக உக்பா இப்னு ஆமிர் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'நீங்கள் நிறைவேற்ற வேண்டிய நிபந்தனைகளில் மிகப் பொருத்தமானது உங்கள் மனைவியரின் கற்பை ஹலாலாக அடைந்து கொள்ளச் செய்து கொண்ட ஒப்பந்தமாகும்'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>நிறைவேற்றப்படுவதற்கு மிகவும் தகுதியானதும் முன்னுரிமை வழங்கப்பட வேண்டியதுமான நிபந்தனைகளுள் ஒரு பெண்ணை மனைவியாக அனுபவிப்பதை அனுமதிக்க காரணமாக அமைந்துள்ள நிபந்தனையே என நபியவர்கள் இந்த ஹதீஸில் தெளிவு படுத்துகிறார்கள். இங்கு நிறைவேற்றப்பட வேண்டும் என வலியுறுத்தப்பட்ட நிபந்தனையாவது ஒரு பெண் திருமண ஓப்பந்தத்தின் போது கோரும் அனுமதிக்கப்பட்ட நிபந்தனைகளையே குறிக்கும்.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
     <t>கனவன் மனைவி தரப்பில் இடப்படும் நிபந்தனைகளை நிறைவேற்றுவது அவசியமாகும். ஆனால் அந்த நிபந்தனைகள் அனுமதிக்கப்பட்ட ஹலாலான ஒன்றை ஹராமாக்குவதோ அல்லது ஹராமான ஒன்றை ஹலாலாக்குவதாகவோ அமைவது கூடாது.
 ஏனைய நிபந்தனைகளை விட திருமண நிபந்தனைகளை நிறைவேற்றுவது மிக வலியுறுத்தப்படுகின்றது. ஏனெனில் இது மனைவியை ஹலாலாக்கிக் கொள்வதற்குப் பதிலாக இடப்படும் நிபந்தனையாகும்.
 திருமணத்தின் நிபந்தனைகளை நிறைவேற்றுவது வலியுறுத்தப்பட்டிருப்பது, இஸ்லாம் திருமணத்திற்கு வழங்கியிருக்கும் உயர் அந்தஸ்தை பிரதிபளிக்கிறது.</t>
@@ -9200,82 +10131,82 @@
   <si>
     <t>பாவங்கள் சிறு பாவங்கள், பெரும் பாவங்கள் என வகைப்படுத்தப்பட்டுள்ளன.
 இணைவைப்பு தான் பாவங்களில் கோரமானதும், மிகப் பெரியதுமாகும்.
 அல்லாஹ்வின் தண்டனையிலிருந்து அச்சமற்றிருப்பதும், அவனது அருளில் நிராசையடைந்திருப்பதும் ஹராமாகும், அவை பெரும்பாவங்களில் உள்ளவையாகும்.
 தந்திரோபாயம் செய்வோருக்குப் பதிலாக அல்லாஹ்வும் உபாயம் செய்யக்கூடியவன் எனக் கூறுவதில் அவனுக்கு இழுக்கு ஏதுமில்லை. இதுவும் பரிபூரண பண்புதான். உபாயம் செய்யத் தகுதியற்றவர்களுக்கு உபாயம் செய்வதுதான் கண்டிக்கத்தக்க பாவமாகும்.
 அச்சம், ஆதரவு இரண்டிற்கும் மத்தியில் சமநிலை பேணுவது அவசியமாகும், அல்லாஹ்வை அஞ்சும்போது அவனது அருளில் நிராசையடைந்து விடக் கூடாது, அவனிடம் ஆதரவு வைக்கும் போது தண்டனையிலிருந்து அச்சமுற்றிருக்கக் கூடாது.
 அல்லாஹ்வின் கண்ணியத்திற்கேற்றவாறு நேசம் எனும் பண்பு அவனுக்குண்டு.
 அல்லாஹ்வைப் பற்றி நல்லெண்ணம் வைப்பது அவசியமாகும்.</t>
   </si>
   <si>
     <t>إسناده صحيح</t>
   </si>
   <si>
     <t>رواه عبد الرزاق</t>
   </si>
   <si>
     <t>[இதன் இஸ்னாது- அறிவிப்பாளர் தொடர் ஸஹீஹானது-சரியானது]</t>
   </si>
   <si>
     <t>[இதனை அப்துர்ரஸ்ஸாக் பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6049</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا</t>
+    <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மனிதரில் நல்லொழுக்கம்(நற்குணம்); மிக்கவராக இருந்தார்கள்'</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
     <t>அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கின்றார்கள் : அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மனிதரில் நல்லொழுக்கம்(நற்குணம்); மிக்கவராக இருந்தார்கள்'.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
     <t>மனிதர்களில் நல்லொழுக்கத்தில் பரிபூரணமானவர்களாகவும்  ஒழுக்க சீலராகவும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இருந்தார்கள். அழகிய வார்த்தை பேசுதல், நன்மை செய்தல், முகமலர்ச்சியுடன் இருத்தல், (இன்முகம்),மற்றவருக்கு தொல்லை கொடுக்காது இருத்தல், பிறரின் அசௌகரியாமான நடவடிக்கைளை தாங்கிக் கொள்ளல் போன்ற அனைத்து அழகிய குணங்களுக்கும், பண்பாடுபாடுகளுக்கும் முன்னுதாரணமாக அவர்களே திகழ்ந்தார்கள். இதில் அவர்களை முந்தியவர்கள் யாரும் கிடையாது.</t>
   </si>
   <si>
     <t>كمال خُلق النبي صلى الله عليه وسلم.
 النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
 الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள்  பரிபூரண நற்குணமுடையவர்களாக திகழ்ந்தார்கள்.
 நற்குணத்தின் உயர் முன்மாதிரி நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களே என்பதை இந்த ஹதீஸ் தெளிவுபடுத்துகிறது.
 நற்குணங்களில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களை பின்பற்றி நடக்குமாறு ஆர்வமூட்டப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6180</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يهلل بهن دبر كل صلاة</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அவர்கள் ஒவ்வொரு தொழுகைக்குப் பின்னரும் இதனை ஓதுவார்களெனக் கூறினார்கள். பொருள் : உண்மையான வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர வேறு இறைவனில்லை, அவன் தனித்தவன், அவனுக்கு யாதொரு இணையுமில்லை, ஆட்சி அதிகாரம் அனைத்தும் அவனுக்கே உரியது, மேலும் புகழனைத்தும் அவனுக்கே உரியது, மேலும் அவன் அனைத்துப் பொருட்கள் மீதும் சக்தி வாய்ந்தவன், தீமையிலிருந்து விலகுவதும் நன்மையின் மீது ஆற்றல் பெறுவதும் அல்லாஹ்வின் உதவி கொண்டே தவிர இல்லை. வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர எவருமில்லை. அவனைத்தவிர வேறெவரையும் நாங்கள் வணங்கமாட்டோம். அருட்கொடைகள் அனைத்தும் அவனுடையதே. சிறப்பும் அவனுடையது. அழகிய புகழ்களும் அவனுடையன. வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர வேறு யாருமில்லை. நிராகரிப்போர் வெறுத்தாலும் கலப்பற்ற தூய்மையான வணக்கங்கள் அவனுக்கு மட்டுமே உரியன</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي الزُّبَيْرِ قَالَ: كَانَ ‌ابْنُ الزُّبَيْرِ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ حِينَ يُسَلِّمُ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، لَا إِلَهَ إِلَّا اللهُ، ‌وَلَا ‌نَعْبُدُ ‌إِلَّا إِيَّاهُ، لَهُ النِّعْمَةُ وَلَهُ الْفَضْلُ وَلَهُ الثَّنَاءُ الْحَسَنُ، لَا إِلَهَ إِلَّا اللهُ مُخْلِصِينَ لَهُ الدِّينَ وَلَوْ كَرِهَ الْكَافِرُونَ» وَقَالَ: «كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ».</t>
   </si>
   <si>
     <t>அபுஸ்ஸுபைர் அவர்கள் அறிவிக்கிறார்கள்: இப்னு ஸுபைர்  அவர்கள் கடமையான ஒவ்வொரு தொழுகையிலும் ஸலாம் கொடுத்ததும் பின்வருமாறு ஓதுவார்கள் : 'லாஇலாஹ இல்லல்லாஹு வஹ்தஹூ லாஷரீகலஹூ லஹுல்முல்கு வலஹுல்ஹம்து வஹுவ அலா குல்லி ஷைஇன் கதீர், லாஹவ்ல வலாகுவ்வத இல்லா பில்லாஹ், லாஇலாஹ இல்லல்லாஹு வலா நஃபுது இல்லா இய்யாஹு லஹுன் நிஃமது வலஹுல் பழ்லு வலஹுஸ் ஸனாஉல் ஹஸன். லாஇலாஹ இல்லல்லாஹு முஃக்லிஸீன லஹுத்தீன வலவ் கரிஹல் காபிரூன்'. மேலும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அவர்கள் ஒவ்வொரு தொழுகைக்குப் பின்னரும் இதனை ஓதுவார்களெனக் கூறினார்கள். பொருள் : உண்மையான வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர வேறு இறைவனில்லை, அவன் தனித்தவன், அவனுக்கு யாதொரு இணையுமில்லை, ஆட்சி அதிகாரம் அனைத்தும் அவனுக்கே உரியது, மேலும் புகழனைத்தும் அவனுக்கே உரியது, மேலும் அவன் அனைத்துப் பொருட்கள் மீதும் சக்தி வாய்ந்தவன், தீமையிலிருந்து விலகுவதும் நன்மையின் மீது ஆற்றல் பெறுவதும் அல்லாஹ்வின் உதவி கொண்டே தவிர இல்லை. வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர எவருமில்லை. அவனைத்தவிர வேறெவரையும் நாங்கள் வணங்கமாட்டோம். அருட்கொடைகள் அனைத்தும் அவனுடையதே. சிறப்பும் அவனுடையது. அழகிய புகழ்களும் அவனுடையன. வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர வேறு யாருமில்லை. நிராகரிப்போர் வெறுத்தாலும் கலப்பற்ற தூய்மையான வணக்கங்கள் அவனுக்கு மட்டுமே உரியன.</t>
   </si>
   <si>
     <t>كان رسولُ الله صلى الله عليه وسلم يُهلِّلُ بعد تسليمِه من كلِّ صلاةٍ مكتوبةٍ بهذا الذكر العظيم، ومعناه: 
 "لا إله إلا الله": يعني لا معبود بحق إلا الله. 
 "وحده لا شريك له" أي: إنه لا مشارك له في ألوهيته وربوبيته وأسمائه وصفاته. 
 "له الملك" أي: له الملك المُطْلَق العام الشامل الواسع، ملك السموات والأرض وما بينهما. 
 "وله الحمد" أي: هو المُتصف بالكمال المطلق، المحمود بالكمال محبةً وتعظيمًا على كل حال، في السراء، وفي الضراء. 
 "وهو على كل شيء قدير": فقُدرته كاملة وتامَّة من كل وجهٍ، لا يُعجزه شيءٌ، ولا يمتنع عليه أمرٌ من الأمور. 
 "لا حول ولا قوة إلا بالله" أي: لا تَحَوُّل من حالٍ إلى حال، ومن معصية الله إلى طاعته، ولا قوة إلا بالله فهو المعين وعليه التُّكْلان. 
 "لا إله إلا الله، ولا نعبد إلا إياه": تأكيد على معنى الألوهية ونفي الشرك، وأنه لا يستحق العبادة سواه. 
 "له النعمة وله الفضل": فهو الذي يخلق النِّعَم ويملكها، ويتفضَّل بها على من يشاء من عباده.
 "وله الثناء الحسن": على ذاته وصفاته وأفعاله ونعمه، وعلى كل حال.
 "لا إله إلا الله، مخلصين له الدين": أي موحِّدين لا رياء ولا سمعة في طاعة الله. 
 "ولو كره الكافرون"، أي: ثابتين على توحيد الله وعبادته ولو كره الكافرون.</t>
   </si>
   <si>
@@ -9284,285 +10215,345 @@
 'வஹ்தஹு லா ஷரீகலஹு'அவன் தனித்தவன், அவனுக்கு யாதொரு இணையுமில்லை, என்பது (இறைமைத்துவத்திலும்) உலூஹிய்யாவிலும், ருபூபிய்யாவிலும் பெயர்கள் மற்றும் பண்புகளிலும் தனித்துவமானவனாகவும், பிற படைப்புகளுடன் கூட்டுச்சேராதவனாகவும் உள்ளான் என்பதாகும்.
 'லஹுல் முல்க்' வானங்கள் மற்றும் பூமி அதற்கிடைப்பட்ட அகன்று விரிந்த ஆட்சியதிகாரத்திற்கு சொந்தக்காரன் என்பதைக் குறிக்கும்.
 'வலஹுல் ஹம்து' என்பது ஒட்டுமொத்தமான முழுமைத்துவத்தைப் பெற்றவன் இன்பத்திலும் துன்பத்திலும் மற்றும் எல்லா சூழ்நிலைகளிலும் நேசித்து போற்றி புகழத்தக்கவன் என்பதாகும்.
 'வஹுவ அலா குல்லி ஷைஇன் கதீர்' அவனின் சக்தியும், வல்லமையும் எல்லா வகையிலும் முழுமையானது, அவனுக்கு இயலாதது என்று ஒன்று கிடையாது, அனைத்தும் அவனுக்கு இயலுமான விவகாரங்களே என்பது இதன் பொருளாகும்.
 ' லாஹவ்ல வலா குவ்வத இல்லாபில்லாஹ்' என்பது ஒரு நிலையிலிருந்து இன்னொரு நிலைக்கு மாறிச்செல்லவதோ, அல்லாஹ்வுக்கு மாறுசெய்யும் நிலையிலிருந்து அவனுக்கு கட்டுப்படும் நிலைக்குச் செல்வதற்குமான ஆற்றலைப் பெறுவது அல்லாஹ்வின் மூலமேயாகும், அவனே இதற்கு உதவிபுரிபவனாக உள்ளான். அவனின் மீதே எமது பொறுப்புகளை நாம் ஒப்படைக்கிறோம்.
 ' லாஇலாஹ இல்லல்லாஹு வலா நஃபுது இல்லா இய்யாஹு' என்ற வாசகம் இணைவைத்தலை புறக்கணித்து உலூஹிய்யாவை வலியுறுத்துவதாக இது அமைந்துள்ளது. அவனைத் தவிர வணங்கி வழிபட தகுதி படைத்தவன் வேறு யாரும் கிடையாது.
 'லஹுன்னிஃமது வலஹுல் பழ்லு'    "அருளும் அருட்கொடைகளும் அவனுக்கே உரியன" என்பது அருள்களைப் படைத்து அதனை அவனே சொந்தமாக்கி கொள்வதோடு அவற்றை நாடிய அடியார்களுக்கு கொடுத்து கண்ணியப் படுத்துகிறான் என்பதாகும்.
 ' வலஹுஸ்ஸனாஉல் ஹஸன்' அழகிய பாராட்டும், புகழும்' அவனுக்கே உரியன  என்பது இந்தப்பாராட்டு அவனின் தாத் -மெய்நிலை- மற்றும் அவனின் பண்புகள் செயற்பாடுகள் அருட்கொடைகள் மற்றும் எல்லா நிலைகளுக்குரித்தாகும்.
 'லாஇலாஹ இல்லல்லாஹு முக்லிஸீன லஹுத்தீன' என்பதன் கருத்து : அல்லாஹ்வுக்கு வழிப்படுவதில் எவ்வித முகஸ்துதியோ, வெளிப்பகட்டோ இன்றி அல்லாஹ்வை மாத்திரம் நோக்காகக் கொண்டு தூய்மையைக் கடைப் பிடித்தலைக் குறிக்கிறது.
 'வலவ் கரிஹல் காபிரூன்' அதாவது காபிர்கள் வெறுத்த போதிலும் அல்லாஹ்வை ஏகத்துவப் படுத்தி அவனுக்கு வணக்கங்களை செலுத்துவதில் நிலைத்திருப்போம் என்பதாகும்.</t>
   </si>
   <si>
     <t>استحباب المحافظة على هذا الذكر بعد كل صلاة مكتوبة.
 المسلم يَعْتَزُّ بدينِهِ ويُظْهِرُ شعائرَه، ولو كره الكافرون.
 إذا وَرَدَتْ في الحديث كلمةُ: "دُبر الصلاة"، فإن كان ما في الحديث ذِكْرًا فالأصل أن يكون بعد السلام، وإن كان دعاءً فيكون قبل السلام من الصلاة.</t>
   </si>
   <si>
     <t>இந்த திக்ருகளை ஒவ்வொரு பர்ழான தொழுகைக்குப் பின்னரும் பேணி ஓதிவருவது விரும்பத்தக்கதாகும்.
 காபிர்கள் வெறுத்த போதிலும், ஒரு முஸ்லிம் தனது மார்க்கத்தைக் கொண்டே பெருமையடைந்து, அதன் அடையாளச் சின்னங்களை வெளிப்படுத்த வேண்டும்.
 ஹதீஸில் 'துபரஸ்ஸலாத்' (தொழுகையின் பின்)   என்ற வார்த்தை இடம் பெற்று குறிப்பிட்ட விடயம் ஒரு திக்ராக இருந்தால் அது ஸலாம் கொடுத்ததன் பின் ஒத வேண்டியது என்பதையும், அது ஒரு 'துஆ' பிரார்த்தனையாக இருப்பின் அது தொழுகையை முடிக்க முன் -ஸலாம் கொடுக்க முன்- ஒதவேண்டியது என்பதைக் குறிக்கும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6203</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ</t>
+    <t>لا تجعلوا بيوتكم مقابر، إن الشيطان ينفر من البيت الذي تقرأ فيه سورة البقرة</t>
   </si>
   <si>
     <t>'உங்கள் வீடுகளைக் அடக்கஸ்தளங்களாக ஆக்கிவிடாதீர்கள், நிச்சயமாக ஷைதான் ஸூரா பகரா ஓதப்படும் வீட்டைவிட்டும் விரண்டோடுகின்றான்'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர்  ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்  கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : 'உங்கள் வீடுகளைக் அடக்கஸ்தளங்களாக ஆக்கிவிடாதீர்கள், நிச்சயமாக ஷைதான் ஸூரா பகரா ஓதப்படும் வீட்டைவிட்டும் விரண்டோடுகின்றான்'.</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن تعطيلِ البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ثم أخبر صلى الله عليه وسلم أنَّ الشيطانَ يَنْفِرُ من البيت الذي تُقرأُ فيه سورةُ البقرة.</t>
   </si>
   <si>
     <t>தொழுகை நடைபெறாத அடக்கஸ்தளங்களைப் போன்று வீடுகளை ஆக்கி விட வேண்டாமென நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் இந்த ஹதீஸில் தடுத்துள்ளார்கள்.
 அதனைத் தொடர்ந்து ஸுறா பகரா ஓதும் வீட்டிலிருந்து ஷைதான் விரண்டோடுகிறான் எனவும் தெரிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>استحباب الإكثار من العبادات وصلاة النافلة في البيوت.
 لا يجوز الصلاة في المقابر؛ لأنها وسيلة من وسائل الشرك والغلو في أصحابها، ما عدا صلاة الجنازة.
 النهي عن الصلاة عند القبور قد تَقَرَّر عند الصحابة، ولذلك نهى النبي صلى الله عليه وسلم أن تُجعل البيوت مثل المقابر لا يُصلّى فيها.</t>
   </si>
   <si>
     <t>வீடுகளில் அதிகமாக வணக்கவழிபாடுகளிலும் ஸுன்னத்தான தொழுகைகளிலும் ஈடுபடுவது வரவேற்கத்தக்க விடயங்களாகும்.
 ஜனாஸாத் தொழுகை தவிர்ந்த ஏனைய தொழுகைகளை அடக்கஸ்தளங்களில்  தொழுவது கூடாது. ஏனெனில் அவ்வாறு தொழுவது இணைவைப்பிற்கும் குறிப்பிட்ட மனிதர்களை எல்லை மீறி மகிமைப்படுத்தவும் காரணமாக அமைந்துவிடுகிறது.
 மண்ணறைகளில் தொழுவது தடைசெய்பட்டது என்பது ஸஹாபாக்களில் அறியப்பட்ட, உறுதியான விடயமாகும். ஆகவேதான் நபியவர்களும் அதேபோன்று தொழுகை நடாத்தப்படாத மண்ணறைகளாக வீடுகளை ஆக்கிவிட வேண்டாம் எனத் தடுத்துள்ளார்கள்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6208</t>
   </si>
   <si>
-    <t>لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ</t>
+    <t>لأن أقول: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، أحب إلي مما طلعت عليه الشمس</t>
   </si>
   <si>
     <t>'ஸுப்ஹானல்லாஹி, வல்ஹம்து லில்லாஹி வ லாஇலாஹ இல்லல்லாஹு, வல்லாஹு
  அக்பர்' (அல்லாஹ் தூயவன்; அனைத்துப் புகழும் அல்லாஹ்வுக்கே உரியன. அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லை, அல்லாஹ் மிகவும் பெரியவன்) என்று நான் கூறுவதானது, சூரியன் உதயமாகும் இவ்வுலகைவிடவும் எனக்கு மிகவும் விருப்பமானதாகும்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'ஸுப்ஹானல்லாஹி, வல்ஹம்து லில்லாஹி வ லாஇலாஹ இல்லல்லாஹு, வல்லாஹு
  அக்பர்' (அல்லாஹ் தூயவன்; அனைத்துப் புகழும் அல்லாஹ்வுக்கே உரியன. அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லை, அல்லாஹ் மிகவும் பெரியவன்) என்று நான் கூறுவதானது, சூரியன் உதயமாகும் இவ்வுலகைவிடவும் எனக்கு மிகவும் விருப்பமானதாகும்.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ ذِكْرَ اللهِ تعالى بهذه الكلمات العظيمات خيرٌ من الدنيا وما فيها، وهي: 
 "سبحان الله": تنزيه لله عن النقائص.
 "الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
 "لا إله إلا الله": لا معبود بحق إلا الله.
 "الله أكبر": أعظم وأجل من كلِّ شيء.</t>
   </si>
   <si>
     <t>இந்த மகத்தான வார்த்தைகளினால் அல்லாஹ்வை நினைவுகூர்வது உலகம் அதில் உள்ளவற்றைவிடவும் சிறந்தது என நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெரிவிக்கிறார்கள் அந்த வார்த்தைகள் பின்வருமாறு :
 "ஸுப்ஹானல்லாஹ்" என்பது: (அல்லாஹ்வை  தூய்மையானவன்) என்பது  அனைத்துவகையான குறைகளைவிட்டும்  அல்லாஹ்வைத் தூய்மைப்படுத்தலைக் இது குறிக்கிறது.
 'அல்ஹம்து லில்லாஹ் என்பது : புகழனைத்தும் அல்லாஹ்வுக்கே உரியன. போற்றி நேசம் கொள்வதற்குரிய நிறைவான பண்புகளின் மூலம் அல்லாஹ்வை பாராட்டி புகழ்தலைக் குறிக்கும்.
 'லாஇலாஹ இல்லல்லாஹு' என்ற வார்த்தை உண்மையாக வணங்கப்படத் தகுதியானவன் அல்லாஹ்வைத் தவிர வேறுயாறுமில்லை என்பதைக் குறிக்கும்.
 "அல்லாஹு அக்பர்"  என்பதன் கருத்து அவன் எல்லா அம்சங்களையும் விட போற்றவும் பெருமைப்படுத்தவும் மிகவும் தகுதியானவன்.</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>அல்லாஹ்வை திக்ர் செய்ய ஆர்வமூட்டியிருத்தல், திக்ர் செய்வது சூரியன் உதிக்கும் இவ்வுலகை விடவும் அதிக விருப்பத்திற்குரியது.
 திக்ர் செய்வதினால்; கூலியும், சிறப்பும் கிடைப்பதினால் அதிகம் திக்ர் செய்யுமாறு தூண்டியிருத்தல்.
 இவ்வுலக இன்பங்கள் சொற்பமானவை, அதன் ஆசைகள் நிலையற்றவை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6211</t>
   </si>
   <si>
-    <t>ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر</t>
+    <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
   </si>
   <si>
     <t>' துல்ஹிஜ்ஜா பத்து நாட்களில் செய்யும் அமல்கள்தான் ஏனைய நாட்களில் செய்யும் அமல்களை விடவும் அல்லாஹ்வுக்கு மிகவும் விருப்பமானதாக உள்ளது</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா அவர்கள்  அறிவிக்கிறார்கள் : ' துல்ஹிஜ்ஜா பத்து நாட்களில் செய்யும் அமல்கள்தான் ஏனைய நாட்களில் செய்யும் அமல்களை விடவும் அல்லாஹ்வுக்கு மிகவும் விருப்பமானதாக உள்ளது என்று நபி ஸல்லல்லாஹு அவர்கள் கூறியபோது, ஸஹாபாக்கள்: அல்லாஹ்வின் தூதரே 'ஜிஹாதை விடவுமா?' என்று கேட்டனர். அதற்கு  'தன் உயிரையும் பொருளையும் பணயம் வைத்துப் புறப்பட்டு இரண்டையும் (இறைவழியில்) இழந்துவிட்டவன் செய்த ஜிஹாதைத் தவிர' எனப் பதிலளித்தார்கள்.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>வருடத்தில் ஏனைய நாட்களை விடவும் துல்ஹிஜ்ஜா மாதத்தின் முதல் பத்து நாட்களில் செய்யும் நல்லமல்கள் மிகவும் சிறப்புக்குரியது என நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவுபடுத்தினார்கள்.
 ஸஹாபாக்களிடம் அமல்களில் ஜிஹாதே மிகவும் சிறப்புக்குரிய அமல் -செயல் என்ற நிலைப்பாடு காணப்பட்டதினால் அவர்கள் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் இந்த பத்து நாட்கள் அல்லாது வேறு நாட்களில் ஜிஹாத் செய்வது சிறப்புக்குரியதா அல்லது இந்த நாட்களில் நல்லமல்களில் ஈடுபடுவது சிறப்புக்குரியதா என வினவினார்கள்.அதற்கு நபியவர்கள்:
 இந்த நாட்களில் நல்லமல்களில் ஈடுபடுவது ஜிஹாதை விடவும் மிகவும் சிறப்புக்குரியது என பதிலளித்தார்கள். ஆனால் ஒரு மனிதரைத் தவிர, அவர் தனது உயிரையும் உடமைகளையும அல்லாஹ்வின் பாதையில் பணயமாக வைத்து போராளியாக வெளிக்கிளம்பிச் சென்று, தனது செல்வத்தையும், உயிரையையும் இழக்கிறார் என்றால் அந்த மனிதரைத் தவிர என்றும் கூறினார்கள். இந்த சிறப்பான நாட்களில் சிறப்புற்று விளங்கும் அமல்களில் இதுதான் மேலானது.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>துல்ஹிஜ்ஜா பத்து நாட்களின் சிறப்பு குறிப்பிடபப்பட்டுள்ளமை, ஆகவே ஒரு முஸ்லிம் இந்த நாட்களை பயன்படுத்திக்கொள்வதுடன் வணக்கவழிபாடுளில் அதிகம் ஈடுபடுவதுடன் அல்லாஹ்வை அதிகம் திக்ர் செய்தல் அல்குர்ஆன் ஓதுதல், தக்பீர், தஹ்லீல், தஹ்மீத் போன்றவற்றை கூறுதல், தொழுதல், தர்மம் செய்தல், நோன்பு நோற்றல் போன்ற அனைத்துவகையான நற்காரியங்களிலிலும் ஈடுபடுதல் வேண்டும்.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
+    <t>[رواه البخاري وأبو داود واللفظ له]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6255</t>
   </si>
   <si>
-    <t>مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ</t>
+    <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>'யார் அஸ்ர் தொழுகையை விட்டுவிடுகிறானோ அவனின் நற்செயல்கள் அழிந்து விடும்'</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக புரைதா இப்னுல் ஹஸீப்   ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : அஸ்ர் தொழுகையை நேர காலத்துடன் நிறைவேற்றுங்கள், ஏனெனில்  நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறினார்கள்:  'யார் அஸ்ர் தொழுகையை விட்டுவிடுகிறானோ அவனின் நற்செயல்கள் அழிந்து விடும்'.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
   </si>
   <si>
     <t>அஸ்ர் தொழுகையை வேண்டுமென்றே அதற்குரிய நேரத்தை தவிர்த்து பிற்படுத்தி தொழுவதை நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கண்டிக்கிறார்கள். அவ்வாறு பிற்படுத்தித்தியவரின் செயல் வீணாகி விடுவதோடு அது எவ்விதப் பெறுமானமுமற்றதாக ஆகிவிடுகிறது.</t>
   </si>
   <si>
     <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
 الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
   </si>
   <si>
     <t>அஸ்ர் தொழுகையை அதன் ஆரம்ப நேரத்தில்  பேணித் தொழுவதற்கு ஆர்வமூட்டபட்டுள்ளதுடன் அதற்காக விரைந்து செயற்படுதல் வேண்டும்.
 அஸ்ர் தொழுகையை தொழாது அதற்குரிய நேரத்தை தவறவிடுவது ஏனைய தொழுகைகளை விட்டுவிடுவதை விட மிகவும் ஆபத்தானது. ஏனெனில் இது நடுத்தொழுகை என்று குறிப்பிடப்பட்டு நிறைவேற்ற வேண்டும் என கட்டளைப் பிரப்பிக்கப்பட்டுள்ளது. இது குறித்து அல்லாஹ்: தொழுகைகளையும் (குறிப்பாக) நடுத்தொழுகையையும் பேணிக்கொள்ளுங்கள் எனக் குறிப்பிடுகிறான். (பகரா : 238).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6261</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ</t>
+    <t>من توضأ فأحسن الوضوء خرجت خطاياه من جسده حتى تخرج من تحت أظفاره</t>
   </si>
   <si>
     <t>''அழகிய  முறையில் வுழூ செய்பவரின் (சிறு)பாவங்கள் நகங்களின் கீழ் உட்பட உடலின் எல்லாப் பகுதியிலிருந்தும் வெளியேறி விடுகின்றன''</t>
   </si>
   <si>
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக உஸ்மான் இப்னு அப்பான் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : ''அழகிய  முறையில் வுழூ செய்பவரின் (சிறு)பாவங்கள் நகங்களின் கீழ் உட்பட உடலின் எல்லாப் பகுதியிலிருந்தும் வெளியேறி விடுகின்றன''.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>யார் வுழுவின் ஸுன்னத்துக்களையும் அதன் ஒழுங்குகளையும் பேணி வுழூ செய்கிறாரோ அது அவரின் பாவங்கள் மன்னிக்கப்படுவதற்குரிய காரணங்களில் ஒன்றாக அமைந்து விடுவதுடன், அவரின் பாவங்கள் அவரின் கை மற்றும் கால் நகங்களின் கீழாலும் வெளியேறிவிடும் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெரிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>வுழூவின் ஒழுங்குகள், அதன் ஸுன்னாக்களை கற்பதில் கரிசனை காட்டுவதுடன், அதன்படி செயல்படுவதை ஊக்குவித்தல்.
 வுழுவின் சிறப்பும் அது சிறிய பாவங்களுக்கான பரிகாரமாக அமைந்துள்ளமையும், பெரும் பாவங்களைப் பொருத்தவரை தவ்பா செய்வது அவசியமாகும்.
 பாவங்கள் வெளியேறுவதற்கான நிபந்தனை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவுபடுத்தியது போன்று வுழூவை எவ்வித குறைகளுமின்றி முழுமையாக செய்வதாகும்.
 இந்த ஹதீஸில் பாவங்கள் மன்னிக்கப்படுதல் என்பது பெரும்பாவங்களிலிருந்து விலகி தவ்பா செய்தல் என்ற வரையரைக்குட்பட்ட ஒரு விடயமாகும். இது குறித்து அல்லாஹ் குறிப்பிடுகையில் ''உங்களுக்கு தடுக்கப் பட்டவைகளில் பெரும்பாவங்களை விட்டும் நீங்கள் விலகிக் கொண்டால் உங்களை விட்டும் உங்கள் (சிறு) பாவங்களை நாம் அழித்திடுவோம்''. (நிஸா : 31).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6263</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ</t>
+    <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
   </si>
   <si>
     <t>'ஸூரா பகராவின் இறுதி இரு வசனங்களை இரவில் ஓதினால் அதுவே அவனது பாதுகாப்பிற்குப் போதுமானதாகும்.'</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அபூ மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : 'ஸூரா பகராவின் இறுதி இரு வசனங்களை இரவில் ஓதினால் அதுவே அவனது பாதுகாப்பிற்குப் போதுமானதாகும்.'</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
   </si>
   <si>
     <t>ஸூறா பகராவின் இறுதி இரு வசனங்களை இரவில் ஓதியவரை அல்லாஹ்  தீங்கு மற்றும் துரதிஷ்டவசமான விபத்து போன்றவற்றிலிருந்து பாதுகாக்கிறான் என நபியவர்கள் தெரிவிக்கிறார்கள். இந்த ஹதீஸில் இடம்பெற்றுள்ள 'கபதாஹு' என்ற வாசகத்திற்கு பல்வேறு கருத்துக்கள் கூறப்பட்டுள்ளன. அவை வருமாறு: இரவுத் தொழகைக்குப் பதிலாக இவ்விரு வசனங்களும் போதுமாகும். இரவில் ஓத வேண்டிய ஏனைய திக்ருகளுக்குப் பதிலாக இதுவொன்றே போதுமாகும். இரவுத் தொழுகையில் ஓத வேண்டிய அதி குறைந்த பட்ச அளவு இவ்விரு வசனங்களுடைய அளவாகும். குறிப்பிட்ட வார்த்தையானது மேற்கண்ட அனைத்து கருத்துக்களையும் உள்ளடக்கிக்கொள்ளவதற்கு வாய்ப்புண்டு.</t>
   </si>
   <si>
     <t>بيان فضل أواخر سورة البقرة، وهي من قوله تعالى : (آمن الرسول ...)  إلى آخر السورة.
 أواخر سورة البقرة تدفع عن صاحبها السوءَ والشرَّ والشيطانَ إذا قرأها من الليل.
 الليلة تبدأ بغروب الشمس، وتنتهي بطلوع الفجر.</t>
   </si>
   <si>
     <t>ஸூரா பகராவின் இறுதிப் பகுதியின் சிறப்பு விளக்கப்பட்டுள்ளது. ஸுறா பகராவின் இறுதிப்பகுதி என்பது 'ஆமனர்ரஸூலு' என்பதிலிருந்து ஆரம்பித்து ஸுறாவின் இறுதிவரையிலாகும்.
 இரவில் ஸூறா பகராவின் இறுதிப் பகுதியை ஓதியவரை கெடுதி, தீங்கு, ஷைதான் ஆகியவற்றை விட்டும் பாதுகாக்கின்றது.
 இரவு என்பது சூரிய அஸ்தனமத்துடன் ஆரம்பித்து பஜ்ர் -வைகறை உதயத்துடன் முடிவடைகிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6274</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا</t>
+    <t>من قرأ حرفا من كتاب الله فله به حسنة، والحسنة بعشر أمثالها</t>
   </si>
   <si>
     <t>'யார் அல்லாஹ்வின் வேதம் அல்குர்ஆனில்  ஓர் எழுத்தை ஓதினால் அவருக்கு ஒரு நன்மை எழுதப்படும், அந்த ஒரு நன்மை பத்து மடங்காகும்</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا، لَا أَقُولُ {الم} حَرْفٌ، وَلَكِنْ {أَلِفٌ} حَرْفٌ، وَ{لَامٌ} حَرْفٌ، وَ{مِيمٌ} حَرْفٌ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : 'யார் அல்லாஹ்வின் வேதம் அல்குர்ஆனில்  ஓர் எழுத்தை ஓதினால் அவருக்கு ஒரு நன்மை எழுதப்படும், அந்த ஒரு நன்மை பத்து மடங்காகும். அலிப், லாம், மீம் என்பது ஓரெழுத்து எனக் கூற மாட்டேன், மாறாக அதில் அலிப் (ا) ஓரெழுத்து, (ل) லாம் ஓரெழுத்து, (م) மீம் ஓரெழுத்தாகும்'.</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم أنَّ كلَّ مسلمٍ يقرأ حرفًا من كتاب اللّه فله به حسنة، ويُضاعَفُ له الأجرُ إلى عشَرةِ أمثالِه.
 ثم بَيَّنَ ذلك بقوله: (لا أقول "ألم" حرف، ولكن ألف حرف، ولام حرف، وميم حرف): فتكون ثلاثة فيها ثلاثون حسنة.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் வேதத்திலிருந்து ஓர் எழுத்தை ஓதும் ஒவ்வொரு முஸ்லிமுக்கும் ஒரு நன்மை உண்டு எனவும், அது அதே போன்று பத்து மடங்காக பன்மடங்காக்கப்படும் எனவும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள்.
 நபியவர்கள் இதனை பின்வருமாறு தெளிவுபடுத்துகிறார்கள். அதாவது 'நான்  அலிப் லாம் மீம்' என்பதை ஓரு ஹர்ப் -எழுத்து- எனக் கூறாமாட்டேன். மாறாக அலிப் ஓர் எழுத்து, லாம் ஓர் எழுத்து, மீம் ஓர் எழுத்து, ஆகவே இவை ஒவ்வொன்றிற்கும் ஒரு நன்மை வீதம் மூன்று நன்மைகள் கிடைப்பதுடன் இதன் பத்து மடங்கு முப்பது ஆகும்.</t>
   </si>
   <si>
     <t>الحث على الإكثار من تلاوة القرآن.
 للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
 سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
 فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
   </si>
   <si>
     <t>அல் குர்ஆனை அதிகம் ஓதுவதை ஆர்வமூட்டல்.
 அல்குர்ஆனை ஓதுபவருக்கு  ஒவ்வோர் எழுத்துக்கும் ஒரு நன்மை கிடைப்பதுடன் அதற்கு பத்துமடங்கு கூலிகளும் உண்டு.
 அல்லாஹ்வின் அருளினாலும், தயாளத்தினாலும் அடியார்களுக்குக் கூலிகளைப் பன்மடங்காக்குவதன் மூலம் அவனின் அருளின் விசாலம் தெளிவாகின்றது.
 ஏனைய வார்த்தைகளை விடவும் அல்குர்ஆன் பெற்றிருக்கும் சிறப்பு இங்கு சுட்டிக்காட்டப் படுவதோடு, அது அல்லாஹ்வின் வார்தை என்பதினால் அதனை ஓதுவதும் வணக்கமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6275</t>
+  </si>
+  <si>
+    <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>“எவன் என் நேசரை பகைத்துக் கொண்டானோ அவனுடன் நான் போர் பிரகடனம் செய்கிறேன். எனக்கு விருப்பமான செயல்களில் நான் கடமையாக்கிய ஒன்றைவிட வேறு எதன் மூலமும் என் அடியான் என்னுடன் நெருக்கத்தை ஏற்படுத்திக்கொள்வதில்லை</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
+  </si>
+  <si>
+    <t>அபூ ஹூரைரா ரழியல்லாஹுஅன்ஹு அவர்கள் கூறியதாக அறிவிக்கப்பட்டுள்ளது : அல்லாஹ் கூறியதாக அல்லாஹ்வின் தூதர் ஸல்லலாஹு அலைஹிவஸல்லம் அவர்கள் கூறுகிறார்கள் : “எவன் என் நேசரை பகைத்துக் கொண்டானோ அவனுடன் நான் போர் பிரகடனம் செய்கிறேன். எனக்கு விருப்பமான செயல்களில் நான் கடமையாக்கிய ஒன்றைவிட வேறு எதன் மூலமும் என் அடியான் என்னுடன் நெருக்கத்தை ஏற்படுத்திக்கொள்வதில்லை. என் அடியான் கூடுதலான (நஃபிலான) வழிபாடுகளால் என் பக்கம் நெருங்கி வந்துகொண்டேயிருப்பான். இறுதியில் அவனை நான் நேசிப்பேன்.
+அவ்வாறு நான் அவனை நேசித்துவிடும்போது அவன் கேட்கின்ற செவியாக, அவன் பார்க்கின்ற கண்ணாக, அவன் பற்றுகின்ற கையாக, அவன் நடக்கின்ற காலாக நான் ஆகிவிடுவேன். அவன் என்னிடம் கேட்டால் நான் நிச்சயம் தருவேன். என்னிடம் அவன் பாதுகாப்புக் கோரினால் நிச்சயம் நான் அவனுக்குப் பாதுகாப்பு அளிப்பேன். ஓர் இறை நம்பிக்கையாளனின் உயிரைக் கைப்பற்றுவதில் நான் தயக்கம் காட்டுவதைப் போன்று, நான் செய்யும் எந்தச் செயலிலும் தயக்கம் காட்டுவதில்லை. அவனோ மரணத்தை வெறுக்கிறான். நானும் (மரணத்தின் மூலம்) அவனுக்குக் கஷ்டம் தருவதை வெறுக்கிறேன்.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
+مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
+وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
+فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
+ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
+  </si>
+  <si>
+    <t>ஹதீஸ் குத்ஸியில் அல்லாஹ் கூறியதாக நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அறிவிக்கிறார்கள் : யார் எனது நேசர்களில் ஒருவரை நோவினை செய்து அவரை கோபப்படுத்தி வெறுப்புக்குள்ளாக்குகிறாரோ நான் அவனுடனான எனது வெறுப்பை பகைமையை வெளிப்படையாக தெரிவித்துக்கொள்கிறேன்.
+வலி என்பது இறையச்சமுடைய முஃமினை –நம்பிக்கையாளனை- குறிக்கும். ஓர் அடியானிடம்; காணப்படும் ஈமான் மற்றும் இறையச்சத்தின் அளவிற்கேட்ப அல்லாஹ்வின் நேசத்தைப் ஒருவன் அடைந்து கொள்கிறான். ஒரு முஸ்லீம் தனது இறைவனிடம் அவன் கட்டளையிட்டதையும் கடமையாக்கியதையும் செய்வதன் மூலமும், அவனுக்கு மிகவும் பிடித்தமான காரியங்களைச் செய்வதன் மூலமும்; தடை செய்யப்பட்டதைத் தவிர்ப்பதன் மூலமும் நெருங்குகிறான். அதே போன்று அவர் அல்லாஹ்வின் அன்பைப் பெறும் வரை, அவர் கடமையான செயல்களுடன்; நப்லான செயல்கள் மூலம் அவனை நெருங்குகிறான். எனவே அல்லாஹ் இவ்வாறான ஒரு முஸ்லிமை நேசித்துவிட்டால் அவனுடைய நான்கு உறுப்புகளையும் சரியான முறையில் பயன்படுத்துவதற்கு அவனுக்கு வழிகாட்டுவான்.
+அவரது செவித்திறனை அல்லாஹ் விரும்பியதை மாத்திரம் செவிமடுக்க வழிகாட்டுவான் .
+அவர் தனது பார்வையை, அல்லாஹ் எதைப் பார்ப்பதை விரும்பி அதன் மூலம் திருப்தி அடைவானோ அவற்றை பார்ப்பதற்கு உதவி செய்வான்.
+அல்லாஹ்வை திருப்திப்படுத்தும் விடயங்களை மாத்திரம் தனது கையால் செய்வதற்கு அவனது கைக்கு அல்லாஹ் வழிகாட்டுவான்.
+மேலும் அவனது காலுக்கு வழிகாட்டுவது என்பது  அல்லாஹ்விரும்புகின்ற செயலுக்காக மாத்திரம் நடந்து செல்லுதல் மற்றும் நன்மையான காரியத்திற்கு விரைந்து செல்வதைக் குறிக்கும்.
+இவற்றுடன் அந்த அடியான் அல்லாஹ்விடம் எதையாவது கேட்டுப் பிரார்த்தித்தால்; அவன் கேட்டவற்றை அவனுக்கு அல்லாஹ் வழங்குவான். இந்த வகையில் துஆக்கள் ஏற்றுக்கொள்ளப்படும் அடியானாக அவன் இருப்பான். அதே போன்று ஏதாவது ஒரு தீங்கிலிருந்து தன்னை பாதுகாக்குமாறு கோரி பாதுகாப்புத் தேடினால் அவன் பயப்படுகின்ற தீங்குகளைவிட்டு அவனை அல்லாஹ் பாதுகாப்பான்
+பின் அல்லாஹ் கூறுகிறான்: ஓர் இறை நம்பிக்கையாளனிடத்தில் தனக்குள்ள கருணையின் காரணமாக அவனின்; உயிரைக் கைப்பற்றுவதில் நான் தயக்கம் காட்டுவதைப் போன்று, நான் செய்யும் எந்தச் செயலிலும் தயக்கம் காட்டுவதில்லை. ஏனெனில் அவனோ அதில் சிரமம் இருப்பதினால் மரணத்தை வெறுக்கிறான். அல்லாஹ்வும் (மரணத்தின் மூலம்) அவனுக்குக் கஷ்டம் தருவதை வெறுக்கிறான்.</t>
+  </si>
+  <si>
+    <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
+النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
+الأمر بمعاداة أعداء الله وتحريم موالاتهم.
+مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
+تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
+مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
+الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
+  </si>
+  <si>
+    <t>இந்த ஹதீஸ்  அல்லாஹ் கூறியதாத நபி ஸல்லல்லாஹு  அவர்கள் அறிவிக்கும் நபி மொழியாகும். இவ்வாறான ஹதீஸ்கள் 'ஹதீஸ் குத்ஸீ (புனிதமிக்க நபிமொழி), 'ஹதீஸ் இலாஹீ' (தெய்வீக நபிமொழி) எனும் பெயர்களால் அழைக்கப்படுகிறன. இவ்வாறான ஹதீஸ்களின் வார்த்தையும் கருத்தும் அல்லாஹ்விடமிருந்துமுள்ளதாகும். என்றாலும்  அல்குர்னுக்குரிய தனித்துவங்கள் இதற்குக் கிடையாது. அதாவது அல்குர்ஆன் பெற்றுள்ள தனித்துவங்களான ஓதுவது வணக்கம், ஓதுவதற்கு வுழு செய்து கொள்ளுதல் (விரும்பத்தக்கது),சவால் விடுதல், அற்புதம் போன்றவை இவ்வகையான ஹதீஸ்களுக்கு கிடையாது.
+அல்லாஹ்வின் நேசர்களை நோவினைப்படுத்துவது அல்லது தீங்கு விளைவிப்பது தடுக்கப்பட்டிருப்பதோடு, அவர்களை நேசித்து அவர்களின் சிறப்பையும் தகுதியையும் ஏற்றுக்கொள்ள ஆர்வமூட்டப்பட்டிருத்தல்.
+அல்லாஹ்வின் எதிரிகளுடன் பகைமை காட்டுமாறு கட்டளையிடப்பட்டுள்ளதோடு அவர்களுக்கு ஆதரவாக நடந்து கொள்வது ஹராமாக்கப்பட்டிருத்தல்.
+அல்லாஹ்வின் சட்டதிட்டங்களை பின்பற்றாது அவனின் நேசத்தை வாதிடுபவன் அவனின் வாதாட்டத்தில் பொய்யனாக உள்ளான்.
+கடமையாக்கப்பட்டவற்றை நிறைவேற்றி, தடைசெய்யப்பட்டவற்றை விட்டுவிடுவதன் மூலம் அல்லாஹ்வின் நேசத்தை அடைந்து கொள்ளலாம்.
+அல்லாஹ் ஒரு அடியானை விரும்பி அவனின் பிரார்த்தனை ஏற்றுக்ககொள்வதற்கான வழிகளில் ஒன்று கடமையான விடயங்களை நிறைவேற்றி, தடுக்கப்பட்ட விடயங்களை தவிர்ந்து நடப்பதோடு நப்லான -உபரியான- வணக்கங்களை செய்வதாகும்.
+இறைநேசர்களின் சிறப்பும் அவர்களின் உயர் மகிமையும் எடுத்துரைக்கப்பட்டிருத்தல்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/6337</t>
   </si>
   <si>
     <t>كنا إذا بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة، يقول لنا: فيما استطعتم</t>
   </si>
   <si>
     <t>நாம் நபி (ஸல்) அவர்களுக்கு செவிசாய்த்து கட்டுப் படுவோம் என சத்தியப்பிரமானம் செய்தால் எங்களுக்கு நபி (ஸல்) அவர்கள் "உங்களுக்கு முடியுமானவற்றில்" எனக் கூறுவார்கள்</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: كنا إذا بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة، يقول لنا: «فيما استطعتم».</t>
   </si>
   <si>
     <t>இப்னு உமர் (ரழி) அன்ஹூமா அறிவிக்கிறார்கள். நாம் நபி (ஸல்) அவர்களுக்கு செவி சாய்த்து கட்டுப்படுவோம் என சத்தியப்பிரமானம் செய்தால் எங்களுக்கு நபி (ஸல்) அவர்கள் உங்களுக்கு முடியுமானவற்றில் எனக் கூறுவார்கள்.</t>
   </si>
   <si>
     <t>يخبر ابن عمر رضي الله عنهما أنهم إذا بايعوا النبي صلى الله عليه وسلم أمرهم بالسمع والطاعة، وقيد الطاعة بالاستطاعة، وأنه إذا كُلف المسلم بما لا يستطيع من ولي أمره فلا طاعة عليه، (لا يكلف الله نفسًا إلا وسعها).</t>
   </si>
   <si>
     <t>இப்னு உமர் (ரழி) அவர்கள் குறிப்பிடும் செய்தியில் அவர்கள் (ஸஹாபாக்கள்) நபியவர்களுக்கு சத்தியப்பிரமானம் (பைஅத்) செய்தால் நபி (ஸல்) அவர்கள், அவர்களுக்கு தான் சொல்வதை கேட்டு கட்டுப்பட்டு நடக்குமாறு கட்டளை இடுவார்கள்.கட்டுப்படுதல் என்பதை இயலுமை, ஒரு மனிதன் பெற்றிருக்கும் பலம் என்பவற்றுடன் வரையறுத்துக் கூறியிருக்கிறார்கள்.எனவே ஒரு முஸ்லிமை பொருத்தவரை தனது அமீரிடமிருந்து (தலைமையிருந்து) தமது சக்திக்கு அப்பாட்பட்ட விடயமொன்றை செய்யுமாறு பொறுப்புச் சாட்டப்பட்டால் அந்த விடயத்தில் அவருக்கு கட்டுப்படத் தேவையில்லை. ஏனென்றால் அல்லாஹ் எந்த மனிதரையும் அவரது சக்திக்கு அதிகமாக (பொறுப்புக்களைச் சுமத்தி) சிரமப்படுத்துவதில்லை.</t>
   </si>
   <si>
     <t>أنَّ وجوب السمع والطاعة على قدر الاستطاعة.
 حث ولي الأمر على الإشفاق على الرعية، اقتداء بشفقته ورحمته -صلى الله عليه وسلم-.
 جواز التلقين عند المبايعة.</t>
   </si>
   <si>
@@ -9787,121 +10778,121 @@
 قوله: ((فإن لله ما أخذ وله ما أعطى)) هذه الجملة عظيمة؛ إذا كان الشيء كله لله، إن أخذ منك شيئا فهو ملكه، وإن أعطاك شيئا فهو ملكه، فكيف تسخط إذا أخذ منك ما يملكه هو؟
 ولهذا يسن للإنسان إذا أصيب بمصيبة أن يقول ((إنا لله وإنا إليه راجعون)) يعني: نحن ملك لله يفعل بنا ما يشاء، وكذلك ما نحبه إذا أخذه من بين أيدينا فهو له- عز وجل- له ما أخذ وله ما أعطى، حتى الذي يعطيك أنت لا تملكه، هو لله، ولهذا لا يمكن أن تتصرف فيما أعطاك الله إلا على الوجه الذي أذن لك فيه؛ وهذا دليل على أن ملكنا لما يعطينا الله ملك مؤقت.
 قوله: ((بأجل مسمى)) أي: مُعيَّن، فإذا أيقنت بهذا؛ إن لله ما أخذ وله ما أعطي، وكل شيء عنده بأجل مسمي؛ اقتنعت. وهذه الجملة الأخيرة تعني أن الإنسان لا يمكن أن يغير المكتوب المؤجل لا بتقديم ولا بتأخير، كما قال الله: (لكل أمة أجل إذا جاء أجلهم فلا يستأخرون ساعة ولا يستقدمون) (يونس: من الآية49) فلا فائدة من الجزع والتسخط؛ لأنه وإن جزعت أو تسخطت لن تغير شيئا من المقدور.
 ثم إن الرسول أبلغ بنت النبي صلى الله عليه وسلم ما أمره أن يبلغه إياها، ولكنها أرسلت إليه تطلب أن يحضر، فقام عليه الصلاة والسلام هو وجماعة من أصحابه، فوصل إليها، فرفع إليه الصبي ونفسه تتقعقع؛ أي تضطرب، تصعد وتنزل، فبكى الرسول عليه الصلاة والسلام ودمعت عيناه. فقال سعد بن عبادة وكان معه- هو سيد الخزرج-: ما هذا؟ ظن أن الرسول صلي الله عليه وسلم بكى جزعا، فقال النبي عليه الصلاة والسلام: ((هذه رحمة)) أي بكيت رحمة بالصبي لا جزعا بالمقدور، ثم قال عليه الصلاة والسلام: ((إنما يرحم الله من عباده الرحماء)) ففي هذا دليل على جواز البكاء رحمة بالمصاب.</t>
   </si>
   <si>
     <t>நபிஸல்அவர்களின் அன்புக்குரியர் என்ற சிறப்புப் பெயரால் அழைக்கப்படும் உஸாமா இப்னு ஸைத் அவர்களின் செய்தியில் அவர் குறிப்பிடும் போது நபி ஸல் அவர்களின் மகள்களில் ஒருவரின் மகன் மரணத்தருவாயில் இருக்கையில் நபியவர்களை வருமாறு வேண்டி ஒரு தூதுவரை அனுப்பி வைத்தார்கள். இந்த செய்தி நபியவர்களுக்கு கிடைத்ததும் இச்செய்தியை கூற வந்தவரிடம் அவளுக்கு பொறுமையைக் கடைப்பிடித்து நன்மையை எதிர்பார்க்குமாறு சொல்லிவிடும் என்றும் கிடைத்தவைகள்,கொடுத்தவைகள் யாவும் அல்லாஹ்வுக்கே சொந்தம் என்றும் கூறுவதுடன் அனைத்து விடயங்களும் தவணை நிர்ணயிக்கப்பட்டதாக உள்ளது என்றும் சொல்லிவிடு எனக்குறிப்பட்டார்கள் இந்த வாசகத்தை அக்குழந்தையின் தாய்க்கு கூறுமாறு கட்டளையிட்டார்கள். தனது மகள் அனுப்பிய அம்மனிதரிடத்தில் அக்குழந்தையின் தாயிடம் இதனை கூறுமாறு ஏவினார்கள் (இன்னாலில்லாஹி மா அகத வலஹு மா அஃதா) என்பது மிகப்பெரும் வார்த்தையாகும்.அனைத்து விவகாரங்களும் அல்லாஹ்வுக்குச்சொந்தமானதாக இருந்து அதிலிருந்து ஒன்றை உன்னிடம் இருந்து அல்லாஹ் எடுத்துக்கொண்டாலும்,கொடுத்தாலும் அவனின் அதிகாரத்திற்குட்பட்டதாகும். ஆகவே அவன் அதிகாரம் உரிமை பெற்ற ஒன்றை எடுக்கும்போது எந்த வகையில் ஒரு அடியான் கோபமும் வெறுப்பும் கொள்ள முடியும்? இதற்காகத்தான் மனிதனுக்கு சோதனை ஏற்படும் போது"இன்னாலில்லாஹி வஇன்னா இலைஹி ராஜிஊன்" என்று கூறுவது நபி வழியாகும் (சுன்னாவாகும்) அதாவது நாம் அல்லாஹ்வுக்குச்சொந்தமானவர்கள் எங்களை அவன் நாடிய விதத்தில் வழி நடாத்துபவன்.அதே போல் நாம் விரும்பியவற்றை எங்களுக்கு முன்பே எடுத்துவிடுவான். எனவே எடுத்தவையும் அவன் கொடுத்வையும் அவனுக்கே உரியன.உனக்குத் தரப்பட்டவை உனக்கு சொந்தமானவை அல்ல,அவை அல்லாஹ்வுக்குரியது.இதனால் அல்லாஹ் நமக்களித்தவற்றை நமக்கு விரும்பிய முறையில் கையாள முடியாது, அவன் அனுமதியளித்தவற்றில் மாத்திரம் தான் அது முடியும். இவற்றிலிருந்து நாம் புரிந்துக் கொள்ள வேண்டியது என்னவெனில் எங்களின் உரிமை என்பது அல்லாஹ் எமக்களித்ததினால் கிடைத்த உரிமையாகும் என்பதே. அஜலுன் முஸம்மா எல்லாவற்றுக்ம் குறிப்பிட்ட தவணை உள்ளது எனும் நபியவர்களின் கூற்றை நீ உறுதியாக விசுவாசம் கொண்டால் அல்லாஹ் தந்தவை,எடுத்தவை அவனுக்கே சொந்தமானது என்பதையும் அவற்றுக்கு குறிப்பிட்ட தவணை உண்டு என்பதையும் நீ ஏற்றுக்கொண்டு விட்டாய் என்பது பொருள் அத்துடன் மேற்படி வாசகமானது இறை விதியை மனிதனால் முற்படுத்தியோ பிற்படுத்தியோ மாற்றம் செய்ய முடியாது எனும் கருத்தையும் பிரதிபளிக்கிறது.இதுகுறித்துஅல்லாஹ் "ஒவ்வொரு சமூகத்துக்கும் ஒரு தவணைக்காலம் இருக்கின்றது,அவர்களின் தவணைக் காலம் வந்து விட்டால் அவர்கள் சிறிது நேரம் பிந்தவும் மாட்டார்கள், முந்தவும் மாட்டார்கள். இதனால் கோபம் கொள்வதிலோ அதிர்ச்சியும் ஏக்கமும் கொள்வதினாலோ எவ்விதப் பயனும் கிடையாது.அவைகளால் இறைவிதியை ஒரு போதும் மாற்ற முடியாது என்பதே உண்மையாகும், பின்னர் அத்தூதர் நபி (ஸல்) அவர்களின் மகளிடத்தில் அவர் கூறியதை தெரிவிக்க நபியவர்களின் மகள் நபியை வருமாறு வேண்டி தூதுவரை மீண்டும் அனுப்பி வைத்தார்,அதன் பின் நபியவர்கள் தனது தோழர்களுடன் அவ்விடத்தை அடைந்தார்கள். அப்போது அவரிடத்தில் குழந்தை கொடுக்கப்பட்டது.அந்நேரத்தில் அக்குழந்தையின் உயிர் மூச்சு சென்று கொண்டிருந்தது.இதனைப் பார்த்த நபியவர்கள் அழுது விட்டார்கள்,அவரின் கண்களிலிருந்து கண்ணீர் கொட்டடியது. உடனே ஸஃத் இப்னு உபாதவும் (கஸ்ரஜ் கோத்திரத்தின் தலைவர்) அவருடன் இருந்தவர்களும் நபியவர்கள் அதிர்ச்சியால் அழுது விட்டார்கள் என நினைத்து இதென்ன காரியம்?எனக் கேட்க இந்தக் குழந்தையின் மீதிருந்த இரக்கத்தால் அழுதேனே தவிர இறைவிதியில் அதிர்ச்சியுற்று அழவில்லை என்றார்கள். அதனைத் தொடர்ந்து இரக்கமுள்ளவர்களுக்கு தான்அல்லாஹ் இரக்கம் காட்டுகிறான் என்றார்கள். இந்த ஹதீஸ் சோதனைக்குள்ளாக்கப்பட்ட ஒருவருடன் இருக்கும் பாசத்தினால் அவருக்காக அழ முடியும் என்பதற்கான ஆதாரமாக உள்ளது.</t>
   </si>
   <si>
     <t>بيان رحمة ورقة قلب النبي -صلى الله عليه وسلم-.
 جواز البكاء على الميت من غير عويل ولا صراخ؛ لأن البكاء مظهر من مظاهر رقة القلب ورحمته.
 تراحم العباد فيما بينهم سبب لرحمة الله بهم.
 جواز استفهام التابع من إمامه وشيخه عما يُشكل عليه.
 جواز استحضار ذوي الفضل للمحتضر؛ لرجاء دعائهم.
 جواز المشي إلى التعزية، والعيادة بغير إذن بخلاف الوليمة.
 وجوب الصبر على المصيبة.
 جواز تكرار الدعوة.
 تقديم السلام على الكلام.
 تسلية من نزلت به المصيبة بما يخفف من ألم مصابه.
 عيادة المريض ولو كان مفضولا أو صبيا من مكارم الأخلاق؛ ولذلك ينبغي على أهل الفضل ألا يقطعوا الناس عن فضلهم.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6405</t>
   </si>
   <si>
-    <t>إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ</t>
+    <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>'நன்மையை எதிர்பார்த்து ஒரு மனிதன் தனது குடும்பத்திற்கு செலவு செய்தால், அது தர்மமாக அமையும்'</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்   அவர்கள் கூறியதாக அபூ மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : 'நன்மையை எதிர்பார்த்து ஒரு மனிதன் தனது குடும்பத்திற்கு செலவு செய்தால், அது தர்மமாக அமையும்'.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
     <t>ஒரு மனிதர் தனது மனைவி, பெற்றோர் பிள்ளைகள் போன்ற தன்மீது செலவு கடமையான குடும்பத்தார்க்கு அல்லாஹ்வை நெருங்கி, அவனிடம் நன்மையை எதிர்பார்த்து செலவு செய்தால் அவருக்கு தர்மம் செய்த நன்மை கிடைக்கிறது என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் தெரிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
     <t>குடும்பத்திற்கு செலவு செய்வதினால் கூலியும் நன்மையும் கிடைத்தல்.
 ஒரு முஃமின் தனது செயற்பாடுகளில் (அல்லாஹ்வின் இன்முகம் நாடி) அல்லாஹ்வையே நோக்காகக் கொள்வதுடன், அவனின் கூலியையையும் நன்மையும் எதிர்பார்த்திருப்பான்.
 ஓவ்வொரு செயற்பாடுகளிலும் தூய்மையான எண்ணத்தைப் பிரதிபளிப்பது அவசியமாகும். குடும்பத்திற்கு செலவு செய்யும்போது இவ்வெண்ணத்தைக் கொள்வது அவற்றில் ஒன்றாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6460</t>
   </si>
   <si>
-    <t>الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ</t>
+    <t>الإيمان بضع وسبعون أو بضع وستون شعبة، فأفضلها قول لا إله إلا الله، وأدناها إماطة الأذى عن الطريق</t>
   </si>
   <si>
     <t>'இறைநம்பிக்கை (ஈமான்) என்பது 'எழுபதுக்கும் அதிகமான' அல்லது 'அறுபதுக்கும் அதிகமான' கிளைகள் கொண்டதாகும். அவற்றில் உயர்ந்தது 'அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லை' என்று கூறுவதாகும். அவற்றில் தாழ்ந்தது, தொல்லை தரும் பொருளைப் பாதையிலிருந்து அகற்றுவதாகும்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ، وَالْحَيَاءُ شُعْبَةٌ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழில்லாஹு அறிவித்துள்ளார்கள் : 'இறைநம்பிக்கை (ஈமான்) என்பது 'எழுபதுக்கும் அதிகமான' அல்லது 'அறுபதுக்கும் அதிகமான' கிளைகள் கொண்டதாகும். அவற்றில் உயர்ந்தது 'அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லை' என்று கூறுவதாகும். அவற்றில் தாழ்ந்தது, தொல்லை தரும் பொருளைப் பாதையிலிருந்து அகற்றுவதாகும். வெட்கமும் இறைநம்பிக்கையின் ஒரு கிளையாகும்'.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ الإيمانَ شُعَبٌ وخِصَالٌ كثيرة، تشتمل على أعمالٍ واعتقاداتٍ وأقوالٍ.
 وأنَّ أعلى خِصال الإيمان وأفضلَها قول: «لا إله إلا الله»، عالمًا بمعناها، عاملًا بمقتضاها، مِن أنّ الله هو الإله الواحد الأحد المستحق للعبادة وحده دون ما سواه.
 وأن أقلَّ أعمال الإيمان هو تَنْحِيَةُ كلِّ ما يؤذي الناسَ في طرقاتِهم.
 ثم أخبر صلى الله عليه وسلم أنَّ الحياءَ مِن خِصال الإيمان، وهو خُلُقٌ يبعث على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>ஈமான் பல கிளைகளையும், பண்புளையும் கொண்டது எனவும் அது செயற்பாடுகள், நம்பிக்கைகள் மற்றும் வார்த்தைகள் போன்றவற்றை உள்ளடக்கியது எனவும்  நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவரகள் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள்.
 ஈமானின் பண்புகளில் மிகவும் உயர்ந்ததும் சிறப்புக்குரியதும் 'லாஇலாஹ இல்லல்லாஹ் என்ற வார்த்தையாகும், அல்லாஹ் மாத்திரமே உண்மையான ஒரே கடவுளாவான், அவன் அனைத்து விடயங்களிலும் தனித்துவமானவன், வணங்கி வழிபட ஏனைய அனைத்தை விடவும் மிகத் தகுதியானவன் என பொருளறிந்து கூறி, அது கூறும் கருத்தின் அடிப்படையில் செயல்படுவதாகும்.
 மனிதர்கள் செல்லும் பாதையில் அவர்களுக்கு தொந்தரவு செய்யக்கூடியவற்றை அகற்றி விடுவது ஈமானின் ஆகவும் குறைந்த –தாழ்ந்த- நிலையில் உள்ள செயற்படுகளில் ஒன்றாகும்.
 அதனைத் தொடர்ந்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் நாணம் -வெட்கம் ஈமானின் பண்புகளில் ஒன்று எனவும் குறிப்பிடுகிறார்கள், ஹயாஉ –நாணம்- என்பது அசிங்கமானதை கைவிட்டு அழகிய செயலை தூண்டும் ஒரு குணமாகும்.</t>
   </si>
   <si>
     <t>الإيمان مراتب بعضها أفضل من بعض.
 الإيمان قول وعمل واعتقاد.
 الحياء من الله تعالى يقتضي: ألّا يراكَ حيث نهاك، وألّا يَفْقِدَكَ حيث أمرك.
 ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
   </si>
   <si>
     <t>ஈமான் பல படித்தரங்களை கொண்டதாகும் , அவற்றுள் சில மற்றும் சிலவற்றைவிடவும் மிகவும் சிறப்புக்குரியதாகும்.
 ஈமான் ; சொல், செயல், நம்பிக்கை ஆகிய விடயங்களை உள்ளடக்கியதாகும்.
 அல்லாஹ்விடம் நாணத்துடன்- வெட்கத்துடன் இருத்தல் என்பது  அல்லாஹ் தடுத்த ஒருவிடயத்தில் உன்னை அவன் காணாமலும் உனக்கு அவன் ஏவியவற்றில் உன்னை அவன் காணக் கூடியவனாகவும் இருப்பதாகும்.
 இங்கே எண்ணிக்கை குறிப்பிடப்பட்டிருப்பது அந்த எண்ணிக்கையுடன் வரையறுக்க்கப்பட்டதல்ல, மாறாக ஈமானின் செயற்பாடுகள் அதிம் என்பதையே இது காட்டுகிறது. ஏனெனில் அறபுகளைப் பொறுத்தவரை ஒரு குறித்த விடயத்திற்கு எண்ணிக்கை குறிப்பிட்டாலும் அதனை விட அதிகரிப்பதை அவர்கள் மறுப்பதில்லை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6468</t>
   </si>
   <si>
-    <t>لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ</t>
+    <t>لا يبقين في رقبة بعير قلادة من وتر أو قلادة إلا قطعت</t>
   </si>
   <si>
     <t>'எந்த ஒட்டகத்தின் கழுத்திலும் (கண் திருஷ்டி கழிவதற்காகக் கட்டப்படுகிற) நாண்போன்ற மாலையோ அல்லது வேறு ஏதாவது ஒரு  மாலையோ இருக்கக் கூடாது. அப்படியிருந்தால் கட்டாயம் அதைத் துண்டித்து விட வேண்டும்''  எனக் கூறினார்கள்</t>
   </si>
   <si>
     <t>عن أبي بَشير الأنصاري رضي الله عنه: أَنَّهُ كَانَ مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي بَعْضِ أَسْفَارِهِ، قَالَ: فَأَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَسُولًا -وَالنَّاسُ فِي مَبِيتِهِمْ-: «لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ».</t>
   </si>
   <si>
     <t>அபூபஷீர் அல் அன்ஸாரீ ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் பயணம் ஒன்றில் அவர்களுடன் அபூபஷீர் அல் அன்ஸாரீ ரழியல்லாஹு அன்ஹு அவர்களும் இருந்தார்கள். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தூதுவர் ஒருவரை அனுப்பி, 'எந்த ஒட்டகத்தின் கழுத்திலும் (கண் திருஷ்டி கழிவதற்காகக் கட்டப்படுகிற) நாண்போன்ற மாலையோ அல்லது வேறு ஏதாவது ஒரு  மாலையோ இருக்கக் கூடாது. அப்படியிருந்தால் கட்டாயம் அதைத் துண்டித்து விட வேண்டும்''  எனக் கூறினார்கள்.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أسفاره، والناسُ في مكان نومِهم الذي يَبِيْتُون فيه في رِحالِهم وخيامِهم، فأَرْسَلَ شخصًا إلى الناس يأمرهم بِقَطْع القَلَائد التي تُعَلَّق على البعير سواء كانت من الوَتَر -وَتَر القَوْس- أو من غيره كالجَرَس أو النعل، وذلك لأنهم كانوا يُقَلِّدونها حذرًا من العين، فأُمِرُوا بقطعها؛ لأنها لا تَرُدُّ عنهم شيئًا، وأنَّ النفعَ والضرَّ بيد الله وحده لا شريك له.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது சில பயணங்களின் போது மக்கள்  எல்லோரும் தங்களின் கூடாரங்களிலும், தங்குமிடங்களிலும் தூங்கிக் கொண்டிருக்கும் வேளை கண்திருஷ்டிக்காகவும், ஆபத்துக்களிலிருந்து காப்பதற்காகவும் ஒட்டகங்களின் கழுத்துக்களில் கட்டப்பட்டுள்ள மணி, அல்லது காலணி போன்றவற்றை கத்தரித்து நீக்கிவிடுமாறு  ஒரு நபரை அனுப்பி வைத்தார்கள். காரணம் இவ்வாறனவை அவர்களுக்கு ஏற்படவுள்ள எந்தத் தீங்யையும் தடுத்திட மாட்டாது. அத்துடன், நன்மையோ கெடுதியோ அல்லாஹ் ஒருவனின் கைவசம் மாத்திரமே உள்ளது, அவனுக்கு இணையேதும் கிடையாது.</t>
   </si>
   <si>
     <t>تحريم تعليق الأوتار والقلائد لجلب النفع أو دفع الضر؛ لأن ذلك من الشرك.
 ربط القلادة من غير الوتر إذا كان للزينة أو لقيادة الدابة أو لربطها به فلا بأس به.
 وجوب إنكار المنكر بحسب الاستطاعة.
 وجوب تعلق القلب بالله وحده لا شريك له.</t>
   </si>
   <si>
     <t>நலனை பெற்றுக்கொள்ளவும், அல்லது கெடுதியிலிருந்து பாதுகாகத்துக் கொள்ளவும்  கயிறுகள் மற்றும் மாலைகளை தொங்கவிடுவது ஹராமாக்கப்பட்டிருத்தல். ஏனெனில் இது இணைவைப்புச் சார்ந்த ஒரு விவகாரமாகும்.
 அலங்காரத்திற்காகவும், அல்லது வாகனங்களை ஓட்டிச் செல்வதற்காகவும் வார்களிலல்லாத  மாலைகளை தொங்கவிடுவதில் எவ்விதக்குற்றமுமில்லை.
@@ -9930,51 +10921,51 @@
     <t>தனது உள்ளத்தால், அல்லது செயலினால், அல்லது இரண்டினாலும் பயனை எதிர்பார்த்தோ, தீங்கைத் தடுக்கவோ ஒரு பொருளை நோக்கிச் சென்றால் அல்லாஹ் தனது பாதுகாப்பைக் கைவிட்டுவிட்டு, அப்பொருளிடமே அவனை சாட்டி விடுகின்றான். அல்லாஹ்வை யார் சார்ந்திருக்கிறாரோ அவருக்கு அவன் போதுமானவன், அனைத்து சிரமங்களையும் இலகுபடுத்திக் கொடுத்து விடுவான். அவனல்லாத ஒன்றைச் சார்ந்திருந்தால் அதன் பக்கமே அவனை சாட்டி விட்டு, உதவ மறுத்து விடுவான்.</t>
   </si>
   <si>
     <t>النهي عن التعلق بغير الله -تعالى-.
 وجوب التعلق بالله في جميع الأمور.
 بيان مضرة الشرك وسوء عاقبته.
 أن الجزاء من جنس العمل.
 أن نتيجة العمل ترجع إلى العامل خيرا أو شرا.
 خذلان من انصرف عن الله وطلب النفع من غيره.</t>
   </si>
   <si>
     <t>அல்லாஹ் அல்லாதோரைச் சார்ந்திருப்பதைத் தடுத்தல்.
 அனைத்து விவகாரங்களிலும் அல்லாஹ்வைச் சார்ந்திருப்பது அவசியமாகும்.
 இணைவைப்பின் தீங்கு, அதன் மோசமான முடிவு என்பவற்றை விளக்குதல்.
 செயலுக்கேற்பவே கூலி வழங்கப்படும்.
 ஒரு செயலின் முடிவு நல்லதோ, தீயதோ அதனைச் செய்தவனுக்கே திரும்பும்.
 அல்லாஹ்வைப் புறக்கணித்து, அவனல்லாதோரிடம் பயனை எதிர்பார்ப்போருக்கு உதவி மறுக்கப்படும்.</t>
   </si>
   <si>
     <t>رواه أحمد والترمذي</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6763</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ</t>
+    <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
   </si>
   <si>
     <t>'அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லை (லாஇலாஹ இல்லல்லாஹ்) என்று யார் (உறுதிமொழி) கூறி, (மக்களால்) வழிபாடு செய்யப்படும் இதர தெய்வங்களை நிராகரித்து விடுகிறாரோ அவரது உடைமையும் உயிரும் பாதுகாப்புப் பெற்றுவிடும். அவரது (இரகசியமான விடயம் குறித்த) விசாரணை அல்லாஹ்வின் பொறுப்பில் உள்ளது'</t>
   </si>
   <si>
     <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள்  அவர்கள் கூறியதை தான்  கேட்டதாக  தாரிக் இப்னு அஷ்யம் அல்அஷ்ஜஈ ரழியல்லாஹு அன்ஹு  அவர்கள் அறிவித்துள்ளார்கள் : 'அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லை (லாஇலாஹ இல்லல்லாஹ்) என்று யார் (உறுதிமொழி) கூறி, (மக்களால்) வழிபாடு செய்யப்படும் இதர தெய்வங்களை நிராகரித்து விடுகிறாரோ அவரது உடைமையும் உயிரும் பாதுகாப்புப் பெற்றுவிடும். அவரது (இரகசியமான விடயம் குறித்த) விசாரணை அல்லாஹ்வின் பொறுப்பில் உள்ளது'.</t>
   </si>
   <si>
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>யார் தனது நாவினால் 'லாஇலாஹ இல்லல்லாஹ்' அதாவது உண்மையாக வணங்கப்படத் தகுதியானவன் அல்லாஹ்வைத் தவிர வேறு யாருமில்லை என மொழிந்து, அல்லாஹ்வைத் தவிர மற்றவை அனைத்தும் வணங்கத் தகுதியற்றவை என நிராகரித்து, ஏனைய மதங்களைத் தவிர்த்து இஸ்லாத்தை மாத்திரம் மார்க்கமாக ஏற்றுக்கொள்பவரின் உயிரும் உடமையும் முஸ்லிம்களுக்கு புனிதமாகும். அவனின் புறச்செயற்பாடுகளை மாத்திரமே கருத்திற் கொள்ள வேண்டும். எனவே அவனின் சொத்துக்களை பரிமுதல் செய்யவோ –அபகரிக்கவோ, அவனின் இரத்தத்தை ஓட்டவோ- கொலைசெய்யவோ முடியாது. ஆனால் இஸ்லாமிய சட்ட ஒழுங்குக்குட்பட்ட ஏதாவது ஒரு குற்றத்தை அல்லது பாவகாரியத்தை செய்துவிட்டால் அதற்கான தண்டனை நிறைவேற்றப்படும்.
 மறுமை நாளில் அல்லாஹ் அவனை  விசாரிப்பதை பொறுப்பேற்பான், அவன் உண்மையாளனாக இருந்தால் அதற்கு வெகுமதி வழங்குவதோடு, அவன் நயவஞ்சகனான இருந்தால் அவனிற்கு வேதனையளிப்பான்.</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
@@ -9992,113 +10983,116 @@
     <t>أَفْرَى الفِرَى أن يُرِيَ الرجل عينيه ما لم تَرَيَا</t>
   </si>
   <si>
     <t>தன் இரு கண்களும் பார்த்திராத ஒன்றைப் பார்த்ததாகக் கூறுவதே மிகப்பெரும் அவதூறகும்.</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال النبي صلى الله عليه وسلم : «أَفْرَى الفِرَى أن يُرِيَ الرجل عينيه ما لم تَرَيَا».</t>
   </si>
   <si>
     <t>நபியவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு உமர் (ரழி) அறிவிக்கிறார்கள். தன் இரு கண்களும் பார்த்திராத ஒன்றைப் பார்த்ததாகக் கூறுவது மிகப்பெரும் அவதூறாகும்.</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن من أكذب الكذب أن يدّعي الإنسان أنه رأى شيئًا في منامه أو يقظته وهو في الحقيقة كاذب في دعواه هذه؛ لأنه لم ير شيئًا، والكذب في رؤيا المنام أعظم من الكذب في رؤيا اليقظة؛ لأن ما يراه الإنسان في منامه من الرؤى إنما هو من الله تعالى إذا كانت رؤيا، وذلك بواسطة الملك، فالكذب في هذه الحالة كذب على الله تعالى ، أما الأحلام فتكون من الشيطان، وحديث النفس من النفس، فما يراه النائم على هذه الأنواع الثلاثة.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி (ஸல்) அவர்கள் மிகப்பெரிய பொய் குறித்து தெளிவுபடுத்துகிறார்கள். அதுதான் மனிதன் தூக்கத்தில் தான் ஒன்றை கண்டதாகவும், அல்லது விழிப்போடு இருக்கும் நிலையில் காணாத ஒன்றை கண்டதாகவும் வாதிடுவது மிகப் பெரும் பொய்யாகும். விழித்திருக்கும் நிலையில் தான் ஒன்றை கண்டதாக பொய் சொல்வது கனவில் தான் ஒரு விடயத்தை கண்டதாக சொல்வதை விட மிக ஆபத்தான விடயமாகும், காரணம் யாதெனில் கனவில் ஒன்றைக் காணுவது அல்லாஹ்வின் புறத்தில் இருந்து நிகழ்வதாகும். இந்நிலையில் பொய் சொல்வது அல்லாஹ்வின் மீது பொய்யுரைப்பதை ஒத்ததாகும்.</t>
   </si>
   <si>
     <t>التحذير من اختلاق الصور الكاذبة في اليقظة والمنام.
 الكذب في رؤيا المنام كذب على الله -تعالى-، فالكذب فيها أعظم من الكذب في رؤيا اليقظة.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6979</t>
   </si>
   <si>
-    <t>فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ</t>
+    <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>'நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் பண்பாடு அல் குர்ஆனாகவே இருந்தது' என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>ஸஃத் இப்னு ஹிஷாம் இப்னு ஆமிர் அவர்கள் ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்களிடம் பின்வருமாறு கேட்டார்கள் : விசுவாசிகளின் தாயே! அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் பண்பாடுகள் பற்றி எனக்கு அறிவித்துத்தாருங்கள் என்று கேட்டதற்கு ஆஇஷா ரழியல்லாஹு அன்ஹா 'நீர் அல்குர்ஆனை ஓதுவதில்லையா?' என வினவினார்கள். அதற்கு நான் ஆம் என்று கூறினேன். அதற்கு  அவர்கள்; 'நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் பண்பாடு அல் குர்ஆனாகவே இருந்தது' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்களிடம் நபி ஸல்லல்லாஹு அவர்களின் பண்பாடு குறித்து வினவப்பட்டபோது அவர்கள் மிகவும் சுருக்கமானதும் பொருட்செரிவுமிக்கதுமான ஒரு பதிலளித்தார்கள். கேள்வி கேட்டவரை எல்லா முழுமையான பண்புகளையும் நிறைவாகக் கொண்ட அல்குர்ஆனின் பக்கம் அவரின் அவதானத்தைத் திருப்பியதோடு, நபியவர்கள் அல்குர்ஆன் குறிப்பிடும் பண்பாடுகளை கடைப்பிடித்து ஒழுகினார்கள் எனப் பதிலளித்தார்கள். அதாவது அல்குர்ஆன் ஏவியவற்றை நிறைவேற்றினார்கள். அல்குர்ஆன் தடுத்தவற்றை தவிர்ந்திருந்தார்கள். அவர்களின் பண்பாடு அல்குர்ஆன் குறிப்பிடுபவற்றை நடைமுறைப்படுத்துவதும், அதன் வரையறைகளைப் பேணி நடப்பதும், அது கூறும் நற்பண்புகளை கடைப்பிடித்து ஒழுகுவதும், அது (அல்குர்ஆன்) கூறும் கதைகள் மற்றும் உதாரணங்களினால் படிப்பினை பெறுவதும் அவர்களின் பண்பாடாக இருந்தது.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>அல் குர்ஆனிய பண்பாடுகளை பண்பாகக் கொள்வதில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் வழிமுறையை முன்மாதிரியாக் கொண்டு நடப்பதை ஊக்குவித்தல்.
 நபியவர்களின் பண்பாடுகள் வஹியின் ஒளியால் பெறப்பட்டவை என்பதினால் அவர்களின் பண்பாடுகள் புகழப்பட்டிருத்தல்.
 அல்குர்ஆன் நற்பண்புகள் அனைத்திற்குமான மூலாதாரமாகும்.
 இறைக்கட்டளைகளை எடுத்து நடந்து, விலக்கல்களை தவிர்ந்து நடப்பதின் காரணமாக இஸ்லாத்தில் பண்பாடுகள் என்பது மார்க்கத்தின் எல்லாப் பகுதிகளையும் உள்ளடக்கியுள்ளது.</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
+    <t>[رواه مسلم في جملة حديثٍ طويلٍ]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/8265</t>
   </si>
   <si>
     <t>سيحان وجيحان والفرات والنيل كل من أنهار الجنة</t>
   </si>
   <si>
     <t>ஸைஹான்,ஜைஹான்,புராத்,நைல் நதிகள் அனைத்தும் சுவர்க்கத்தின் நதிகளிலுள்ளாதாகும்.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم : « سَيْحَانُ وَجَيْحَانُ وَالفُرَاتُ والنِّيل كلٌّ من أنهار الجنة».</t>
   </si>
   <si>
     <t>அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள். ஸைஹான், ஜைஹான், புராத், நைல் நதிகள் அனைத்தும்ச சுவர்க்கத்தின் நதிகளிலுள்ளாதாகும்</t>
   </si>
   <si>
     <t>سيحان وجيحان، والفرات والنيل أربعة أنهار في الدنيا وصفها النبي صلى الله عليه وسلم بأنها من أنهار الجنة؛ فقال بعض أهل العلم: إنها من أنهار الجنة حقيقة لكنها لما نزلت إلى الدنيا غلب عليها طابع أنهار الدنيا وصارت من أنهار الدنيا.</t>
   </si>
   <si>
     <t>உலகத்தில் காணப்படுகின்ற ஸைஹான், ஜைஹான், புராத், நைல் ஆகிய நான்கு நதிகளை சுவர்க்கத்தின் நதிகளாக நபி (ஸல்) விவரிக்கிறார்கள். இது பற்றி சில அறிஞர்கள் குறிப்பிடும் போது இவைகள் உண்மையில் சுவர்க்கத்தின் நதிகள்தான், ஆனாலும் உலகிற்கு இறக்கப்பபட்டதும் உலகத்தில் காணப்படுகின்ற நதிகளின் பண்பும் இயல்பும் அவைகளை மிகைத்து விட்டன எனக் குறிப்பிடுகின்றனர்.</t>
   </si>
   <si>
     <t>يؤخذ هذا الحديث على ظاهره، وعلى حقيقته، والله أعلم بأسراره في خلقه.
 الجنة مخلوقة موجودة.
 هذه الأنهار مباركة ميمونة.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/8268</t>
   </si>
   <si>
-    <t>الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء</t>
+    <t>الراحمون يرحمهم الرحمن، ارحموا أهل الأرض يرحمكم من في السماء</t>
   </si>
   <si>
     <t>'இரக்கமுள்ளவர்களுக்கு அர்ரஹ்மானாகிய அல்லாஹ் இரக்கம் காட்டுவான், பூமியிலுள்ளவர்களுக்கு இரக்கம் காட்டுங்கள், வானிலுள்ளவன் உங்களுக்கு இரக்கம் காட்டுவான்'</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ரு  ரழியல்லாஹு அன்ஹுமா கூறுகின்றார்கள் : 'இரக்கமுள்ளவர்களுக்கு அர்ரஹ்மானாகிய அல்லாஹ் இரக்கம் காட்டுவான், பூமியிலுள்ளவர்களுக்கு இரக்கம் காட்டுங்கள், வானிலுள்ளவன் உங்களுக்கு இரக்கம் காட்டுவான்'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பிறருக்கு இரக்கம் காட்டுவோருக்கு அருளாளனாகிய அல்லாஹ் ஏகமெல்லாம் வியாபித்திருக்கும் அவனின் கருணையின் மூலம் நிறைவான கூலியை வழங்குகிறான் எனத் தெளிவுபடுத்துகிறார்கள்.
 பின்னர் அவர்கள் இவ்வுலகிலுள்ள மனிதன் அல்லது மிருகம் அல்லது பறவை இவையல்லாத உயிரினங்கள் அனைத்திற்கும் கருணை காட்டுமாறு கட்டளைப்பிரப்பிக்கிறார்கள். இவ்வாறு செய்வதற்கான கூலி, கருணை காட்டுவோருக்கு அல்லாஹ் ஏழுவானங்களுக்கு மேலிருந்து அருள்,கருணை புரிவதே என குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
  الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
 الجزاء من جنس العمل، فالراحمون يرحمهم الله.</t>
   </si>
   <si>
     <t>இஸ்லாம் மார்க்கம் கருணையின் மார்க்கமாகும். அது அல்லாஹ்வுக்கு கட்டுப்படுதல் மற்றும் உயிரினங்களுக்கு நன்மை புரிதல் என்பவற்றின் மீது கட்டமைக்கப்பட்டுள்ளது.
@@ -10175,51 +11169,51 @@
     <t>إن أهل الجنة ليتراءون أهل الغرف من فوقهم كما تراءون الكوكب الدري الغابر في الأفق من المشرق أو المغرب لتفاضل ما بينهم</t>
   </si>
   <si>
     <t>சொர்க்கவாசிகள் தங்களுக்கு மேலேயுள்ள சிறப்பு அறைகளில் வசிப்பவர்களை அடிவானில் கிழக்கிலிருந்தோ மேற்கிலிருந்தோ பயணிக்கின்ற ஒளி வீசும் நட்சத்திரத்தைப் பார்ப்பதை போன்று பார்ப்பார்கள். அந்தஸ்தில் தமக்கும் அவர்களுக்குமிடையேயுள்ள ஏற்றத்தாழ்வின் காரணமாக அவ்வாறு பார்ப்பார்கள்.</t>
   </si>
   <si>
     <t>عن أبي سعيد رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إن أهل الجنة ليَتَراءَوْنَ أهل الغرف من فوقهم كما تَراءَوْنَ الكوكب الدري الغابر في الأفق من المشرق أو المغرب لِتفَاضُلِ ما بينهم» قالوا: يا رسول الله؛ تلك منازل الأنبياء لا يبلغها غيرهم قال: «بلى والذي نفسي بيده، رجال آمنوا بالله وصدقوا المرسلين».</t>
   </si>
   <si>
     <t>சொர்க்கவாசிகள் தங்களுக்கு மேலேயுள்ள சிறப்பு அறைகளில் வசிப்பவர்களை அடிவானில் கிழக்கிலிருந்தோ மேற்கிலிருந்தோ பயணிக்கின்ற ஒளி வீசும் நட்சத்திரத்தைப் பார்ப்பதை போன்று பார்ப்பார்கள். அந்தஸ்தில் தமக்கும் அவர்களுக்குமிடையேயுள்ள ஏற்றத்தாழ்வின் காரணமாக அவ்வாறு பார்ப்பார்கள் என நபி (ஸல்) அவர்கள் கூறினார்கள் இதைக் கேட்ட நபித் தோழர்கள்,"அல்லாஹ்வின் தூதரே அவை நபிமார்கள் தங்குமிடங்களா? அவற்றை மற்றவர்கள் அடைய முடியாதல்லாவா?" என்று கேட்டனர் அதற்கு நபி (ஸல்) அவர்கள்,"இல்லை, என் உயிரை தன் கையில் வைத்திருப்பவன் மீது ஆணையாக அங்கே தங்குபவர்கள் அல்லாஹ்வின் மீது உறுதியான நம்பிக்கை கொண்டு இறைத் தூதர்களை உண்மையாளர்கள் என ஏற்றுக் கொண்டவர்களே ஆவார்கள்" எனபதிலளித்தார்</t>
   </si>
   <si>
     <t>أهل الجنة تتفاوت منازلهم بحسب درجاتهم في الفضل، حتى إن أهل الدرجات العلى ليراهم من هو أسفل منهم كالنجوم.</t>
   </si>
   <si>
     <t>சொர்க்கவாசிகள் அவர்கள் பெற்றிருக்கும் சிறப்பின் தரங்களுக்கேற்ப அவர்களின் தங்குமிடங்கள் வித்தியாசப்படும். அதாவது அவர்களின் உயர்தரங்களில் உள்ளோர் அவர்களை விட தராதரங்களில் குறைந்தவர்களை காணும் போது அவர்கள் நட்சத்திரங்களை போன்று இருப்பர்.</t>
   </si>
   <si>
     <t>أهل الجنة متفاوتو المنازل بحسب درجاتهم في العمل والفضل.
 من صدق المرسلين وآمن بهم يبلغ منازلهم.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/8351</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ</t>
+    <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் எல்லா நேரங்களிலும் அல்லாஹ்வை நினைவு கூர்பவர்களாக இருந்தார்கள்</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>ஆஇஷா ரழியல்லாஹு அன்ஹா  அவர்கள் கூறினார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் எல்லா நேரங்களிலும் அல்லாஹ்வை நினைவு கூர்பவர்களாக இருந்தார்கள்.</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அல்லாஹ்வை திக்ர் -நினைவுகூர்வதில் பேரார்வமுடையவராக திகழ்ந்தார்கள் என ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் தெரிவிக்கிறார்கள். இதனால் நபியவர்கள் எல்லாக் காலங்களிலும், இடங்களிலும், நிலைகளிலும் அல்லாஹ்வை நினைவு கூறுபவர்களாக இருந்தார்கள்.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>அல்லாஹ்வை நினைவுகூர்வதற்காக சிறு, பெரு தொடக்குகளிலிருந்து தூய்மையாக வேண்டுமென்ற நிபந்தனை கிடையாது.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தொடர்ந்து அல்லாஹ்வை நினைவுகூர்பவர்களாக இருந்தமையை இந்த ஹதீஸ் தெளிவுபடுத்துகிறது.
 எல்லா நேரங்களிலும் நபியவர்களை முன்மாதிரியாகக்கொண்டு அல்லாஹ்வை திக்ர் செய்ய ஆர்வமூட்டப்பட்டடிருத்தல் என்றாலும் இயற்கைத்தேவையை நிறைவேற்றுவது போன்ற விவகாரங்களின் போது திக்ர் செய்வதை தவிர்த்துக் கொள்ளல் வேண்டும்.</t>
@@ -10389,115 +11383,115 @@
   </si>
   <si>
     <t>عن جابر رضي الله عنه سمعت رسول الله صلى الله عليه وسلم : «إن الشَّيطان قد يَئِسَ أن يَعْبُدَه المُصَلُّون في جَزيرة العَرب، ولكن في التَّحْرِيشِ بينهم».</t>
   </si>
   <si>
     <t>நிச்சயமாக ஷைத்தான் அரபுத் தீபகற்பத்தில் தொழுபவர்கள் தன்னை வணங்குவார்கள் என்பதிலிருந்து நிராசையடைந்து விட்டான், ஆனால் அவர்களுக்கு மத்தியில் குழப்பத்தை ஏற்படுத்தி, பிளவை ஏற்படுத்துவதில் நம்பிக்கை வைத்து விட்டான் என நபி ஸல் அவர்கள் கூறியதாக ஜாபிர் ரழி யல்லாஹு அன்ஹுஅறிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>إن الشيطان يَئِسَ أن يَعود أهل الجزيرة إلى عِبادة الأصنام، كما كانوا عليه قبل فتح مكة، ولكنه رضي واكتفى بالتَّحْرِيشِ بينهم، وذلك بالسعي في زرع الخصومات والشحناء والحروب والفتن ونحوها.</t>
   </si>
   <si>
     <t>நிச்சயமாக ஷைத்தான் அரபு தீபகற்பத்தில் உள்ளவர்கள் மக்கா வெற்றிக்கு முன் இருந்தது போன்று மீண்டும் விக்கிரக வணக்கத்தை நோக்கி, இறை நிராகரிப்பை நோக்கி சென்று விடுவார்கள் என்ற விடயத்தில் ஷைத்தான் நிராசையடைந்துவிட்டான். ஆனால் அவர்களுக்கு மத்தியில் குழப்பத்தையும், பகைமையையும், பிரச்சினைகளையும், சண்டைகளையும் ஏற்படுத்தி பிளவுக்கும், பிரிவினைக்கும் வழிவகுப்பான்.</t>
   </si>
   <si>
     <t>هذا الحديث من معجزات النبي -صلى الله عليه وسلم-؛ لأنه أخبر عن مُغَيَّب، فكان كما أخبر.
 أن الشيطان يسعى في إيقاع الخصومات والشحناء والحروب والفتن بين المسلمين.
 للشيطان أساليب متنوعة يستعملها ضد المسلمين؛ لتفريق شملهم، وتشتيت جمعهم.
 من فوائد الصلاة في الإسلام أنها تحفظ المودة بين المسلمين، وتقوي روابط الإخوة بينهم.
 الصلاة أعظم شعائر الدين بعد الشهادتين، ولذلك أطلق على المسلمين المُصَلِّين.
 جزيرة العرب لها خصائص دون غيرها من البلاد.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/8886</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ</t>
+    <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>'அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தலை முடியில் சிலதை வைத்து, சிலதை சிரைப்பதை தடுத்தார்கள்'</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>இப்னு உமர் ரழியல்லாஹு அன்ஹுமா  அவர்கள் கூறினார்கள் : 'அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தலை முடியில் சிலதை வைத்து, சிலதை சிரைப்பதை தடுத்தார்கள்'.</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தலை முடியில் ஒரு பகுதியை மழித்து இன்னொரு பகுதியை விட்டுவிடுவதை தடுத்தார்கள்.
 இந்தத் தடையானது ஆண்களில் சிறார்கள் மற்றும் பெரியவர்கள் அனைவருக்கும் பொதுவானது. பெண்களைப் பொருத்தவரை அவர்களின் முடியை மழிப்பது கூடாது.</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>மனிதனின் புறத்தோற்றத்தில் இஸ்லாமிய மார்க்கம் கரிசனை செலுத்தியுள்ளமை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/8914</t>
   </si>
   <si>
-    <t>تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ</t>
+    <t>تلك الكلمة من الحق يخطفها الجني فيقرها في أذن وليه قر الدجاجة، فيخلطون فيها أكثر من مائة كذبة</t>
   </si>
   <si>
     <t>'அந்த உண்மையான வார்த்தைகளை ஜின் (வானவரிடமிருந்து) ஒத்துக்கேட்டு வந்து தம் (சோதிட) நண்பனின் காதில் சேவல் கொக்கரிப்பது போல் போட்டு விடுகிறது. சோதிடர்கள் அதனுடன் நூற்றுக்கும் அதிகமான பொய்களைக் கலந்து விடுகின்றனர்' என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سَأَلَ أُنَاسٌ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْكُهَّانِ، فَقَالَ لَهُمْ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسُوا بِشَيْءٍ» قَالُوا: يَا رَسُولَ اللهِ، فَإِنَّهُمْ يُحَدِّثُونَ أَحْيَانًا بِالشَّيْءِ يَكُونُ حَقًّا، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ».</t>
   </si>
   <si>
     <t>ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் அறிவிக்கிறார்கள்: சில நபர்கள்  நபி ஸல்லல்லாஹு அலைஹி வஸல்லம்  அவர்களிடம் சோதிடர்கள் குறித்து  வினவினர். அதற்கு  'அவர்கள்  குறித்து கருத்திற் கொள்ளத் தேவையில்லை' என அவர்களிடம் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்களுக்குப்  பதிலளித்தார்கள். அதற்கு அவர்கள், 'இறைத்தூதர் அவர்களே! அவ்வாறாயின், சோதிடர்கள் சில வேளைகளில் ஒன்றைப் பற்றி அறிவிக்க அது உண்மையாகி விடுகிறதே (அது எப்படி?)' என்று வினவினர். அதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், 'அந்த உண்மையான வார்த்தைகளை ஜின் (வானவரிடமிருந்து) ஒத்துக்கேட்டு வந்து தம் (சோதிட) நண்பனின் காதில் சேவல் கொக்கரிப்பது போல் போட்டு விடுகிறது. சோதிடர்கள் அதனுடன் நூற்றுக்கும் அதிகமான பொய்களைக் கலந்து விடுகின்றனர்' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الذين يُخبِرون عن المُغيبات في المستقبل، فقال: لا تَعْبَؤُوا بهم، ولا تأخذوا بكلامهم، ولا يَهُمّكم أمرُهم. 
 فقالوا: إنَّ قولَهم يوافِقُ الواقع في بعض الأحيان، كما لو أخبروا عن وقوعِ أمرٍ غيبيٍّ في شهر كذا في يوم كذا، فإنه يقع على وفق قولهم.
 فقال صلى الله عليه وسلم: إنَّ الجنَّ يَخْطَفُون ما يَسمعونه من خبر السماء، فيَنزلون إلى أوليائهم من الكهان فيخبرونهم بما سمعوا، ثم يُضيفُ الكاهِنُ إلى هذا الذي سمعه من السماء مائةَ كذبة.</t>
   </si>
   <si>
     <t>எதிர்காலத்தில் நடைபெறவுள்ள மறைவான விடயங்களைப் பற்றி அறிவிக்கும் சோதிடர்களைப் பற்றி சிலர் நபியவர்களிடம் வினவ, அதற்கு அவர்கள், அவர்களைப் பொருட்படுத்த வேண்டாம், அவர்களது பேச்சுக்களை எடுக்கவும் வேண்டாம், அவர்களை கணக்கில் கொள்ள வேண்டாம் எனக் கூறினார்கள்.
 அப்போது சிலர் அவர்கள் கூறுவது யதார்த்தத்திற்கு உடன்படுகின்றதே, இன்ன மாதத்தில், இன்ன தினத்தில் நடைபெறும் என மறைவான ஒன்றை அவர்கள் அறிவித்தால் அவர்களது கூற்றுப் பிரகாரமே நடக்கின்றதே எனக் கேட்டனர்.
 வானத்தில் பேசப்படும் செய்திகளை ஒத்துக்கேட்டு, தமது சோதிட நேசர்களிடம் இறங்கி தாம் கேட்டவற்றைக் கூறி விடுகின்றனர், பின் அந்த சோதிடன் தான் கேட்டவற்றில் மேலும் நூறு பொய்களைக் கலந்து விடுகின்றான் என நபியவர்கள் விளக்கமளித்தார்கள்.</t>
   </si>
   <si>
     <t>النهي عن تصديق الكُهَّان، وأن ما يقولونه كذب واختلاق ،وإنْ صَدق في بعض الأحيان.
  حُفظت السماء من الشياطين ببعثة النبي صلى الله عليه وسلم أن تسمع شيئًا من الوحي أو غيره إلا من استرق السمع وسَلِمَ من الشهب.
 الجِن يَتَّخذون لهم أولياء من الإنس.</t>
   </si>
   <si>
     <t>சோதிடர்களை நம்புவது தடுக்கப்பட்டுள்ளது. அவர்கள் கூறுவது சில வேளை உண்மையானாலும் பெரும்பாலும் இட்டுக்கட்டி, பொய்யே கூறுகின்றனர்.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்;  தூதராக அனுப்பப்பட்டது முதல் வஹி அல்லது அதுவல்லாத விடயங்களை ஷைத்தான்கள் செவியுறுவதை விட்டும் வானுலகம் பாதுகாக்கப்பட்டுள்ளது. என்றாலும் கீழ் வானிலிருந்து சிலர் ஒத்துக்கேட்டு தீப்பந்ததத் திலிருந்து தப்பி விடுகின்றனர். இவர்களே திருட்டுத்தனமாக சில விடயங்களை கேட்டு மனிதர்களில் அவர்களுக்கு நெருக்கமான சிலரிடம் கூறிவிடுகின்றனர்.
 ஜின்கள் மனிதர்களில் தமது நேசர்களைத் தேர்ந்தெடுக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/8918</t>
   </si>
   <si>
-    <t>كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ</t>
+    <t>كنا عند عمر فقال: نهينا عن التكلف</t>
   </si>
   <si>
     <t>நாம் உமர் ரழியல்லாஹு அன்ஹு அவர்களுடன் இருந்தோம். அப்போது அவர் 'வருத்திக்கொண்டு காரியங்களை மேற்கொள்வதை விட்டும் நாம் தடுக்கப்பட்டோம்' என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
     <t>அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: நாம் உமர் ரழியல்லாஹு அன்ஹு அவர்களுடன் இருந்தோம். அப்போது அவர் 'வருத்திக்கொண்டு காரியங்களை மேற்கொள்வதை விட்டும் நாம் தடுக்கப்பட்டோம்' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>எந்தத் தேவையுமின்றி, அது சொல் அல்லது செயல் சார்ந்த விடயங்களாயினும் அவற்றை சிரமப் படுத்திக் கொண்டு மேற்கொள்வதை அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் தடுத்தார்கள் என உமர் ரழியல்லாஹு அன்ஹு குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>சிரமப்படுத்திக்கொண்டு செய்வதில் தடுக்கபட்டவை: தேவையில்லாமல் அதிகமாக கேள்வி கேட்டல், அல்லது தனக்கு தெரியா விடயத்தில் தன்னை வருத்திக் கொண்டு செயல்படுதல், அல்லது அல்லாஹ் தாராளமாக நடந்து கொள்வதற்கு அனுமதித்திருக்கும் விடயத்தில் எல்லை மீறி கடுமையாக நடந்து கொள்ளுதல்.
 ஒரு முஸ்லிமைப் பொருத்தவரை அவர் தன்னை உயர்வாகவும் கௌரவமாகவும் நடந்து கொள்ள பயிற்றுவிப்பதுடன் சொல் மற்றும் உண்ணுதல், பருகுதல், வார்த்தைகள் மற்றும் ஏனைய செயல் சார் நிலைகளில் தன்னை வருத்திக்கொள்வது கூடாது.
 இஸ்லாம் ஒர் இலகுவழி மார்க்கமாகும்.</t>
@@ -10521,338 +11515,341 @@
     <t>يبين لنا النبي صلى الله عليه وسلم في هذا الحديث أحد أسباب عذاب القبر، وهو الأكثر شيوعاً، ألا وهو عدم الاستنزاه والطهارة من البول.</t>
   </si>
   <si>
     <t>கப்ரில் இருக்கும் வேதனைக்கான காரணங்களில் ஒன்றை நபியவர்கள் எமக்கு விளக்குகின்றார்கள். அதுதான் பரவலாக உள்ள ஒரு விடயமாகும். அது சிறுநீர் கழித்ததும் முறையாக சுத்தம் செய்யாமையாகும்.</t>
   </si>
   <si>
     <t>الحرص على التنزه والابتعاد من البول، بأن لا يصيبه في بدنه ولا ثوبه .
 الأفضل المبادرة بغسله، والطهارة منه بعد إصابته؛ لئلا تصاحبه النجاسة، أما وجوب إزالتها فيكون عند الصلاة.
 أن البول نجس، فإذا أصاب بدناً أو ثوباً أو بقعة، نجسها؛ فلا تصح بذلك الصلاة؛ لأن الطهارة من النجاسة أحد شروطها.
 أن ترك التنزه من البول من كبائر الذنوب.
 ثبوت عذاب القبر، وهو ثابت بالكتاب والسنة والإجماع.
 إثبات الجزاء في الآخرة، فأول مراحل الآخرة هي القبور، فالقبر: إما روضة من رياض الجنة، أو حفرة من حفر النار.</t>
   </si>
   <si>
     <t>சிறுநீர் கழிக்கும் போது தனது உடல், உடையில் பட்டுவிடாமல் கவனித்துக் கொள்ள வேண்டும்.
 அவ்வாறு பட்டாலும் அசுத்தமாகாமல் இருப்பதற்காக, பட்ட இடத்தை உடனடியாக கழுவிக் கொள்வது மிகச் சிறந்தது, தொழுகைக்குச் செல்லும் போதே சுத்தம் செய்வது கடமையாகின்றது.
 சிறுநீர் அசுத்தமானதாகும். உடலிலோ, உடையிலோ, இடத்திலோ பட்டால் அவ்விடம் அசுத்தமாகிவிடும், அதனுடன் தொழுகை செல்லுபடியாக மாட்டாது. ஏனெனில் அசுத்தங்களை நீக்குவது தொழுகையின் நிபந்தனைகளில் உள்ளவையாகும்.
 சிறுநீரிலிருந்து சுத்தமாகாமலிருப்பது பெரும்பாவங்களில் உள்ளதாகும்.
 கப்ரில் வேதனை உண்டு, இது அல்குர்ஆன், ஸுன்னா, அறிஞர்களின் ஒருமித்த கருத்தின் அடிப்படையில் உறுதியான விடயமாகும்.
 மறுமையில் கூலி வழங்கல் உண்டு. மறுமையின் முதற்படி கப்ருகளாகும். அவை ஒன்றோ சுவனப் பூஞ்சோலையாக அல்லது நரகின் படுகுழியாக இருக்கும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/10044</t>
   </si>
   <si>
-    <t>مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ</t>
+    <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>'தன் உள்ளத்தினால் உண்மையான எண்ணத்துடன் வணங்கி வழிபடுவதற்குரிய உண்மையான இறைவன் அல்லாஹ் ஒருவனைத் தவிர வேறு யாருமில்லை என்றும், முஹம்மத் அல்லாஹ்வின் தூதராவார்கள் என்றும் உறுதியாக நம்பும் எவரையும் அல்லாஹ் நரகத்திற்குச் செல்லவதை தடுக்கிறான்'</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
     <t>அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு  அவர்கள் அறிவிக்கிறார்கள்: 'ஒரே வாகனத்தின் மீது முஆத் (ரழியல்லாஹு அன்ஹு )அவர்கள் நபி ஸல்லல்லாஹு அiலைஹி வஸல்லம் அவர்களுக்குப் பின்னே அமர்ந்திருக்கும் நிலையில், நபியவர்கள் 'முஆதே! என்று அழைத்தார்கள். 'இதோ உள்ளேன் அல்லாஹ்வின் தூதர் அவர்களே! (கட்டுப்படுவதைப்) பெரும் பேறாகவும் கருதுகிறேன்' என்று முஆத் ரழியல்லாஹு அன்ஹு கூறினார். முஆதே!' என்று என மீண்டும் நபி  ஸல்லல்லாஹு அiலைஹிவஸல்லம் அவர்கள் அழைத்தார்கள். 'இதோ உள்ளேன் இறைத்தூதர் அவர்களே! (கட்டுப்படுவதைப்) பெரும் பேறாகவும் கருதுகிறேன்' என மீண்டும் முஆத் (ரழியல்லாஹு அன்ஹு கூறினார். இவ்வாறு மூன்று முறை கூறி அழைத்தார்கள். பிறகு 'தன் உள்ளத்தினால் உண்மையான எண்ணத்துடன் வணங்கி வழிபடுவதற்குரிய உண்மையான இறைவன் அல்லாஹ் ஒருவனைத் தவிர வேறு யாருமில்லை என்றும், முஹம்மத் அல்லாஹ்வின் தூதராவார்கள் என்றும் உறுதியாக நம்பும் எவரையும் அல்லாஹ் நரகத்திற்குச் செல்லவதை தடுக்கிறான்' என்று நபி ஸல்லல்லாஹு அiலைஹிவஸல்லம அவர்கள் கூறினார்கள். அப்போது 'இறைத்தூதர் அவர்களே! இச்செய்தியை நான் மக்களுக்கு அறிவித்து விடட்டுமா? அவர்கள் மகிழ்ந்து போவார்களே!' என்று முஆத் கேட்டதற்கு 'அவ்வாறு நீர் அறிவிக்கும் அச்சமயத்தில் (இது மட்டும் போதுமே என்று) அவர்கள் அசட்டையாக இருந்துவிடுவார்கள்' என நபியவர்கள் கூறினார்கள். இருப்பினும் மார்க்க அறிவை மறைத்த குற்றத்திற்கு ஆளாகாமலிருப் பதற்காக முஆத் ரழியல்லாஹு அன்ஹு அவர்கள் தமது இறுதிக் காலத்தில் இதனை அறிவித்தார்கள்.</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
     <t>முஆத் இப்னு ஜபல் ரழியல்லாஹு அன்ஹு அவர்கள் வாகனத்தின் மீது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் பின் அமர்ந்திருந்தார்கள் அப்போது நபியவர்கள் தான் கூறுப் போகும் விடயத்தின் முக்கியத்துவத்தை உறுதிப்படுத்த 'முஆதே!' என மூன்று தடவை அழைத்தார்கள்.
 ஓவ்வொரு தடவையும் நபியவர்கள் அழைக்கும் போதெல்லாம் அல்லாஹ்வின் தூதரே! அப்படியே ஆகட்டும், அல்லாஹ்வின் தூதரே உங்கள் அழைப்பை ஏற்றுக்கொண்டு உங்களுக்கு கட்டுப்பட்டவனாக உள்ளேன். உங்களுக்கு கட்டுப்படுவதினால் நான் மகிழ்ச்சியை தேடுகிறேன் என்று கூறிக்கொண்டிருந்தார்.
 அப்போது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் யார் ஒருவர் உண்மையாக வணங்கப்படத்தக்கவன் அல்லாஹ்வைத் தவிர வேறு கடவுள் இல்லையென்றும், முஹம்மத் அல்லாஹ்வின் தூதர் என்றும் பொய்யாக அல்லாமல் உள்ளத்தாள் உண்மைப் படுத்தியவராக சாட்சி கூறி அதே நிலமையில் மரணிக்கிறாரோ அவர் மீது நரகத்தை ஹராமாக்கி விடுகிறான் என்று இந்த ஹதீஸில் குறிப்பிடுகிறார்கள்.
 இவ்வாறு நபியவர்கள் கூறவே முஆத் ரழியல்லாஹு அன்ஹு; இந்த செய்தியை மக்களி டம் அவர்கள்  மகிழ்ச்சியடையவும், நல்ல சுபச் செய்தியாக அமைந்துவிடவும் இதனை நான் அறிவிக்கட்டுமா எனக் கேட்டார்கள்.
 நபியவர்கள் மக்கள் இதிலேயே நம்பிக்கொண்டு அலட்சியமாக இருந்து அவர்களின் அமல்களெல்லாம் குறைந்து விடும் என அஞ்சினார்கள்.
 எனவே முஆத் அவர்களும் அறிவை மறைத்த குற்றத்திற்கு உட்பட்டு விடுவதைப் பயந்து தனது மரணத்திற்கு முன்தான் இந்த ஹதீஸை அவர்கள் கூறினார்கள்.</t>
   </si>
   <si>
     <t>تواضع النبي صلى الله عليه وسلم في إردافه معاذًا خلفه على دابته.
 طريقة تعليم النبي صلى الله عليه وسلم، حيث كرر المناداة لمعاذ ليَشُدَّ انتباهَه لِمَا سيقول.
 من شروط شهادة: أن لا إله إلا الله وأن محمدًا رسول الله أنْ يكون قائلها صادقًا متيقنًا غير كاذب أو شاك.
 أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
 فضل الشهادتين لمن قالها صادقًا.
 جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
   </si>
   <si>
     <t>தனது வாகனத்தில் தனக்குப்பின்னால் முஆத் ரழியல்லாஹு அன்ஹு அவர்களை ஏற்றிச்சென்ற நபி ஸல்லல்லாஹு அவர்களின் பணிவு பிரதிபளிக்கின்றமை.
 தான் கூறும் விடயத்தில்; கவனம் செலுத்த வேண்டும் என்பதற்காக முஆத் ரழியல்லாஹு அன்ஹு அவர்களை பல தடவைகள் அழைத்ததின் மூலம் நபி ஸல்லல்லாஹு அலைஹிவஸல்லாம் அவர்களின் கற்பித்தல் முறை தெளிவுபடுத்தப் பட்டுள்ளமை.
 'லாஇலாஹ இல்லல்லாஹ் முஹம்த்துர் ரஸுலுல்லாஹ்' என சான்று பகர்வதற்கான நிபந்தனைகளில் ஒன்றாக, இந்தக் கலிமாவை கூறுபவர் உண்மையாளராகவும், பெய்யோ அல்லது சந்தேகமோ இன்றி உறுதியான நம்பிக்கையுடனும் கூறுபவராக இருத்தல் வேண்டும் என்பதைக் குறிப்பிடப்பட்டுள்ளமை.
 ஓரிறைக் கொள்கையுடன் மரணித்தவர்கள் நரகில் நிரந்தரமாக்கப்பட மாட்டார்கள். தாம் செய்த சில பாவங்களுக்காக அங்கு சென்றாலும் தூய்மையடைந்து மீண்டும் வெளியேறி விடுவார்கள்.
 இரு ஷஹாதாக் கலிமாக்களையும் உண்மையாக கூறியவரின் சிறப்பு கூறப்பட்டுள்ளமை.
 விபரீதம் ஏற்படும் என்ற நிலை இருந்தால் சில செய்திகளை சில நிலமைகளில் கூறாது இருந்து விடலாம்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/10098</t>
   </si>
   <si>
-    <t>يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ</t>
+    <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>'இரவில் மூன்றில் ஒரு பகுதி இருக்கும்போது எம்முடைய இரட்சகன் ஒவ்வொரு இரவும் கீழ் வானத்திற்கு இறங்கி</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர்  ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்  கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள்: 'இரவில் மூன்றில் ஒரு பகுதி இருக்கும்போது எம்முடைய இரட்சகன் ஒவ்வொரு இரவும் கீழ் வானத்திற்கு இறங்கி , 'என்னிடம் யாரேனும் பிரார்த்தித்தால் அதை நான் அங்கீகரிக்கிறேன். யாரேனும் என்னிடம் கேட்டால் அவருக்கு கொடுக்கிறேன். யாரேனும் என்னிடம் பாவமன்னிப்புக் கோரினால் அவரை நான் மன்னிக்கிறேன்' என்று கூறுவான்'.</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>அல்லாஹுதஆலா இரவின் கடைசி மூன்றில் ஒரு பகுதி இருக்கும் போது கீழ்வானிற்கு (அவனது கண்ணியத்திற்கு ஏற்றவாறு) இறங்கி, தனது அடியார்களை தன்னிடம் பிரார்த்திக்குமாறும் அதற்கு அவன் பதிலளிப்பதாகவும் ஆர்வமூட்டுகிறான். மேலும் அவர்கள் விரும்பியதை தன்னிடம் கேட்குமாறும் அவ்வாறு தன்னிடம் கேட்போருக்கு வழங்குவதாகவும் அவன் தூண்டுகிறான். மேலும்; தங்களது பாவங்களுக்கு தன்னிடம் பாவமன்னிப்புக்கோருமாறும் அவ்வாறு மன்னிப்புக்கோரும் முஃமினான அடியார்களை மன்னிப்பதாகவும் அவன் அழைப்பு விடுப்பதாகவும் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவுபடுத்து கிறார்கள்.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>இரவின் கடைசி மூன்றில் ஒரு பகுதியில் புரியும் தொழுகை, பிரார்த்தனை, பாவமன்னிப்புக் கோருதலின் சிறப்பு.
 இந்த ஹதீஸை செவிமடுக்கும் ஒரு நபர், துஆக்கள் ஏற்றுக்கொள்ளப்படும் நேரங்களை பயன்படுத்திக் கொள்வதில் அதீத ஆர்வம் கொள்வது அவசியமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/10412</t>
   </si>
   <si>
-    <t>لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا</t>
+    <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>'' நீங்கள் கப்ருகளின் -மண்ணறைகளின்- மீது உட்காரவும் வேண்டாம் அதனை முன்னோக்கித் தொழவும்  வேண்டாம்''</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ மர்ஸத் அல்கனவீ ரழியல்லாஹு அன்ஹு கூறினார்கள் : '' நீங்கள் கப்ருகளின் -மண்ணறைகளின்- மீது உட்காரவும் வேண்டாம் அதனை முன்னோக்கித் தொழவும்  வேண்டாம்''.</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் கப்ரின் மீது உட்காருவதை- அமர்வதை-தடுத்தார்கள்.
 அதே போன்று கப்ரை முன்னோக்கி –அதாவது தொழுபவரின் கிப்லாத் திசையில் கப்ரு இருக்கும் நிலையில்- தொழவேண்டாம் என்றும் தடுத்தார்கள். காரணம் இந்த விடயம் இணைவைப்பிற்கான காரணங்களில் ஒன்றாக அமைந்திட வாய்பிருப்பதால் இவ்வாறு செய்வதை தடுத்தார்கள்.</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
   <si>
     <t>அடக்கஸ்தளங்ளில் கப்ருகளின் மீதோ அல்லது அவற்றிற்கிடையிலோ அல்லது அதை நோக்கியோ, தொழுவது தடைசெய்யப்பட்டிருத்தல். ஆனால் நபிவழியில் குறிப்பிடப்பட்டிருப்பது போன்று ஜனாஸாத் தொழுகை நடாத்த அனுமதியுண்டு.
 இணைவைப்பின் வாயில்களை அடைத்திட வேண்டும் என்பதற்காக அடக்கஸ்தளங்களில் தொழுவது தடைசெய்யப்பட்டிருத்தல்.
 இஸ்லாம் (கப்ருகள்)அடக்கஸ்தளங்கள் விடயத்தில் அளவு கடந்து செல்லுதல், அவமதித்தல் இரண்டையும் தடை செய்துள்ளது. எனவே இதில் எல்லை மீறுவதோ, அலட்சியமாக இருப்பதோ கூடாது.
 மரணித்தவரின் ஒரு எழும்பை முறிப்பது அவர் உயிரோடு இருக்கும் போது முறித்துவிடுவதைப் போன்றாகும் என்ற நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் கூற்றுக்கு ஏற்ப மரணத்தின் பின்னும் முஸ்லிமின் புனிதத்துவம் பேணப்படுதல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/10647</t>
   </si>
   <si>
-    <t>أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا</t>
+    <t>أولئك قوم إذا مات فيهم العبد الصالح، أو الرجل الصالح، بنوا على قبره مسجدا</t>
   </si>
   <si>
     <t>அவர்களில் நல்லடியான் அல்லது நல்ல மனிதர்  ஒருவர் வாழ்ந்து மரணித்துவிட்டால் அவரின் அடக்கத் தலத்தின் மேல் வணக்கத் தலத்தை அவர்கள் எழுப்பி விடுவார்கள்</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها: أَنَّ أُمَّ سَلَمَةَ ذَكَرَتْ لِرَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَنِيسَةً رَأَتْهَا بِأَرْضِ الْحَبَشَةِ، يُقَالُ لَهَا مَارِيَةُ، فَذَكَرَتْ لَهُ مَا رَأَتْ فِيهَا مِنَ الصُّوَرِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا، وَصَوَّرُوا فِيهِ تِلْكَ الصُّوَرَ، أُولَئِكَ شِرَارُ الْخَلْقِ عِنْدَ اللهِ».</t>
   </si>
   <si>
     <t>ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் கூறுகின்றார்கள் : உம்மு ஸலமா ரழியல்லாஹு அன்ஹா அபீ ஸீனியாவில் தாம் கண்ட தேவாலயத்தைப் பற்றி அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் தெரிவித்தார்கள். அந்த தேவாலயம்  'மாரியா' என்று சொல்லப்படுகிறது. அதில் கண்ட உருவங்களையும் உம்மு ஸலமா (ரழி) குறிப்பிட்டார்கள். அப்போது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்'அவர்களில் நல்லடியான் அல்லது நல்ல மனிதர்  ஒருவர் வாழ்ந்து மரணித்துவிட்டால் அவரின் அடக்கத் தலத்தின் மேல் வணக்கத் தலத்தை அவர்கள் எழுப்பி விடுவார்கள். அந்த நல்லவர்களின் உருவங்களையும் அதில் பதித்து விடுவார்கள். அவர்கள்தான்; அல்லாஹ்விடத்தில் படைப்பினங்களில் மிகவும் தீயவர்களாவர்;'என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>ذَكَرَتْ أُمُّ المؤمنين أُمُّ سَلَمَة رضي الله عنها للنبيِّ صلى الله عليه وسلم أنها لمَّا كانت بأرض الحَبَشة رأتْ كَنِيسة -يُقال لها مَارِيَة- فيها صورٌ وزَخارِفُ وتصاويرُ؛ تَعَجُّبًّا من ذلك! 
 فبَيَّنَ النبيُّ صلى الله عليه وسلم أسباب وضع هذه الصور؛ 
 فقال: إن هؤلاء الذين تذكرين كانوا إذا مات فيهم الرجلُ الصالحُ بَنَوا على قبره مَسجدًا يُصَلُّون فيه، وصَوَّرُوا تلك الصور، 
 وبَيَّنَ أنَّ فاعلَ ذلك شَرُّ الخلقِ عند الله تعالى؛ لأنَّ فِعلَه يؤدِّي إلى الشرك بالله تعالى.</t>
   </si>
   <si>
     <t>உம்மு ஸலமா ரழியல்லாஹு அன்ஹா அபீ ஸீனியாவில் இருக்கும் போது அங்கு தாம் கண்ட மாரியா என்றழைக்கப்படுகின்ற தேவாலயத்தைப் பற்றியும், அதன் அலங்காரங்கள், உருவச் சிலைகளின்,படங்கள் போன்றவற்றை வியந்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் தெரிவித்தார்கள். உடனே நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இவ்வாறான படங்களை வைத்ததன் பின்னனியை விளக்கினார்கள் நீர் குறிப்பிடும் அவர்கள் தங்களுக்கு மத்தியில் வாழ்ந்த நல்லமனிதர் ஒருவர் மரணித்துவிட்டால் அவரின் மண்ணறையின் மீது ஒரு பள்ளியைக் கட்டி அதில் அவர்கள் தொழுவார்கள், மற்றும் இவ்வாறான சிலைகளைப் படைத்து பதித்துவிடுவார்கள். இந்த செயலானது அல்லாஹ்வுக்கு  இணைவைப்பின் பால் இட்டுச்செல்வதன் காரணமாக இக்காரியத்தை செய்பவர் அல்லாஹ்விடத்தில் மிகவும் கெட்ட மனிதராக இருப்பார் எனத் தெளிவுபடுத்தினார்கள்.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القُبور، أو الصلاة عندها، أو دَفن الموتى في المساجد؛ سَدَّا لذَريعة الشِّرك.
 بناء المساجد على القُبور، ونَصب الصُّور فيها، هو عمل اليَّهود والنَّصارى، وأنَّ من فعل هذا، فقد شَابَهَهم.
 تحريم اتخاذ الصُّور لذَوَات الأرواح.
 مَن بَنى مسجدًا على قَبر وصَوَّر فيه التصاوير، فهو مِن شَرِّ خَلْقِ الله تعالى.
 حِماية الشَّريعة لجَنَاب التوحيد حماية كاملة، بسد جميع الوسائل التي قد تُؤدي إلى الشِّرك.
  النهي عن الغلو في الصالحين؛ لأنه سببٌ للوقوع في الشرك.</t>
   </si>
   <si>
     <t>இணைவைப்பிட்கு வழிவகுக்கும்,வழிகளை தடுப்பதற்காகவும், கப்ருகள் மீது பள்ளிகளைக் கட்டுவதோ, அல்லது தொழுவதோ பள்ளிகளுக்குள்ளே மரணித்தவர்களை அடக்கம் செய்வதோ கூடாது. இவை ஹராமான விடயங்களாகும்.
 கப்ருகள் மீது பள்ளிகளைக் கட்டுவதும், பள்ளிகளிலே உருவச் சிலைகள் வைப்பதும் யூத, கிறிஸ்தவர்களுடைய வழிமுறையாகும். இதனைச் செய்தவர்கள் அவர்களுக்கு ஒப்பாகிவிடுகிறார்கள்
 உயிருள்ள பொருட்களின் உருவச் சிலைகளை எடுப்பது ஹராமாகும்.
 கப்ரின் மீது பள்ளி கட்டி, அதில் உருவச் சிலைகளை படைப்பவர்கள்; அல்லாஹ்வின் படைப்பினங்களில் மிகவும் தீயவர்களாவர்.
 இணைவைப்பிற்கு இட்டுச்செல்லும் அனைத்து வழிகளையும் தடுப்பதன் மூலம் தவ்ஹீதின் புனிதத்துவத்தை பாதிக்கும் விடயங்களிருந்து இஸ்லாமிய ஷரீஆ, தவ்ஹீதை பரிபூரணமாக பாதுகாத்தல்.
 சான்றோர் விடயத்தில் எல்லைமீறிச்செல்வதானது இணைவைப்பில் வீழ்வதற்கு காரணமாக அமையும் என்பதினால் அது தடுக்கப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/10887</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ</t>
+    <t>أمرت أن أسجد على سبعة أعظم</t>
   </si>
   <si>
     <t>'நெற்றி- இதன் போது தம் கையால் மூக்கையும் அடையாளம் காட்டினார்கள்-, இரண்டு கைகள், இரண்டு முட்டுக் கால்கள், இரண்டு பாதங்களின் முனைகள் ஆகிய ஏழு உறுப்புகக்ள்; படுமாறு ஸஜ்தாச் செய்யும் படி நான் கட்டளையிடப்பட்டுள்ளேன்</t>
   </si>
   <si>
     <t>عن ابنِ عَبَّاسٍ رضي الله عنهما عن النبيِّ صلى الله عليه وسلم قال: «أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ: عَلَى الْجَبْهَةِ وَأَشَارَ بِيَدِهِ عَلَى أَنْفِهِ، وَالْيَدَيْنِ، وَالرُّكْبَتَيْنِ، وَأَطْرَافِ الْقَدَمَيْنِ، وَلَا نَكْفِتَ الثِّيَابَ وَالشَّعَرَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள் : 'நெற்றி- இதன் போது தம் கையால் மூக்கையும் அடையாளம் காட்டினார்கள்-, இரண்டு கைகள், இரண்டு முட்டுக் கால்கள், இரண்டு பாதங்களின் முனைகள் ஆகிய ஏழு உறுப்புகக்ள்; படுமாறு ஸஜ்தாச் செய்யும் படி நான் கட்டளையிடப்பட்டுள்ளேன். ஆடையோ முடியோ (தரையில் படாதவாறு) சேர்த்துப் பிடித்துக் கொள்ளக் கூடாது என்றும் கட்டளையிடப் பட்டுள்ளேன்'.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بأنَّ اللهَ أَمَرَه عند الصلاة أنْ يَسجُدَ على سبعةٍ من أعضاء الجسم؛ وهي: 
 أولاً: الجبهة: وهي: صفحة الوجه فوق الأنف والعينين، 
 وأشار صلى الله عليه وسلم بيده إلى أنفِه، مُبَيِّنًا أن الجَبْهةَ والأنف عضو واحد من السبعة، وتأكيدًا على أنَّ الساجِد يُلامِسُ بأنفِه الأرضَ. 
 العضو الثاني والثالث: اليدان. 
 الرابع والخامس: الرُّكْبتان. 
 السادس والسابع: أصابع القدمين. 
 وأَمَرَنا أنْ لا نَربِطَ شعورنًا، أو نَجمعَ ثيابَنا بعضَها على بعض عند السجود على الأرض صيانةً لها؛ بل نُرسِلُها حتى تقع على الأرض، فتسجد مع الأعضاء.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அவர்கள்  தொழுகையின் போது ஏழு உறுப்புக்களினால் ஸுஜூத் செய்யுமாறு அல்லாஹ் தனக்கு கட்டளையிட்டதாக தெளிவுபடுத்துகிறார்கள்.
 முதலாவது : நெற்றி : மூக்கு மற்றும் இருகண்களுக்கு மேலுல்ல முகத்தின் பகுதியை குறிக்கும். ஏழு உறுப்புகளில் நெற்றியும் மூக்கும் ஒன்று என்பதை தெளிவுபடுத்தவும், ஸுஜூத் செய்பவர் தரையில்; அவரின மூக்கை சேர்க்க வேண்டும் என்பதை வலியுறுத்தியும் நபி ஸல்லல்லாஹு அவர்கள் தனது கையினால் மூக்கையும் சுட்டிக்காட்டினார்கள்.
 இரண்டாவதும் மூன்றாவதும்; உறுப்பு இரு கைகளாகும்.
 நான்காவதும் ஐந்தாவதும் உறுப்பு : இரு முழங்கால்களாகும்.
 ஆறாவதும் ஏழாவதும் உறுப்பு  இரு கால்களினதும் விரல்களாகும்
 எமது முடிகளையோ அல்லது எங்களது ஆடைகளையோ ஸுஜூத் செய்யும் வேளையில் சேர்த்துப் பிடிக்கக்க கூடாது என்றும் உறுப்புகளுடன் சேர்ந்து அவைகள் தரையில் படுமாறு விட்டுவிட வேண்டும் என்றும் எங்களுக்கு நபியவர்கள் கட்டளையிட்டார்கள்.</t>
   </si>
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
     <t>தொழுகையில் ஏழு உறுப்புகளினால் ஸுஜூத் செய்வது வாஜிபாகும்.
 தொழுகையில் ஆடை மற்றும் முடியை சேர்த்துப் பிடித்துக்கொள்வது விரும்பத்தகாத விடயமாகும்.
 ஸுஜூதின் ஏழு உறுப்புகளையும் பூமியில் வைப்பதன் மூலம் தொழுபவர் தொழுகையில் நிதானம் பேணி அமைதியாக தொழுவது வாஜிபாகும்.அத்துடன் அதில் ஓதப்படவேண்டிய திக்ரை கூறும் வரை தரித்திருப்பது அவசியமாகும்.
 முடிகளை தரையில் படாதாவாறு பிடித்துக்கொள்வது தடுக்ப்பட்டிருப்பது பெண்களுக்கன்றி ஆண்களுக்குரிய குறிப்பான கட்டளையாகும்;. இது பெண்களுக்குரியதன்று ஏனெனில் அவர்கள் தொழுகையில் தலையை மறைக்குமாறு ஏவப்பட்டிருக்கிறார்கள்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/10925</t>
   </si>
   <si>
-    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي</t>
+    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இரு ஸஜ்தாக்களுக்கும் இடையில் 'அல்லாஹும்மஃபிர்லீ வர்ஹம்னீ வஆபினீ வஹ்தினீ வர்ஸுக்னீ' என்று கூறுபவர்களாக இருந்தார்கள்;. பொருள் : யாஅல்லாஹ் ! என்னை மன்னித்து விடுவாயாக, எனக்குக் கிருபை செய்வாயாக ,எனக்கு ஆரோக்கியத்தைத் தருவாயாக, எனக்கு நேர்வழி காட்டிடுவாயாக, எனக்கு வாழ்வாதாரம் வழங்குவாயாக'</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா அவர்கள் கூறுகின்றார்கள்: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இரு ஸஜ்தாக்களுக்கும் இடையில் 'அல்லாஹும்மஃபிர்லீ வர்ஹம்னீ வஆபினீ வஹ்தினீ வர்ஸுக்னீ' என்று கூறுபவர்களாக இருந்தார்கள்;. பொருள் : யாஅல்லாஹ் ! என்னை மன்னித்து விடுவாயாக, எனக்குக் கிருபை செய்வாயாக ,எனக்கு ஆரோக்கியத்தைத் தருவாயாக, எனக்கு நேர்வழி காட்டிடுவாயாக, எனக்கு வாழ்வாதாரம் வழங்குவாயாக'.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>ஒரு முஸ்லிமுக்கு மிகவும் தேவைப்படுகின்ற, இம்மை மறுமை நலன்களை உள்ளடக்கிய  ஐந்து மகத்தான பிரார்தனைகள் உள்ளடங்கிய ஒரு துஆவை தனது தொழுகையில், இரண்டு ஸஜ்தாக்களுக்கு இடையில் ஓதக் கூடியவர்களாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் திகழ்ந்தார்கள். அதில் நபியவர்கள் பாவங்களுக்கு மன்னிப்புக் கோரி, அவற்றை மறைத்து, அழித்து விடுமாறும், அருளை நிறைவாகத் தருமாறும், மார்க்கத்தில் சந்தேகங்ள் மற்றும் மனோ இச்சைகளைப் பின்பற்றுவதை விட்டும், உடலில் நோய் நொடிகளை விட்டும், ஆரோக்கியத்தையும், ஈடேற்றத்தையும் தருமாறும் வேண்டுகிறார்கள். அத்துடன் அல்லாஹ்விடம் சத்தியத்தியத்தைப் பின்பற்றி வாழ்வதற்கும், அதில் நிலைத்திருக்கவும், மேலும் ஈமான், அறிவு, நற்செயல் ஆகிய ரிஸ்கையும் தூய்மையும் ஹலாலும் நிறைந்த செல்வமெனும் ரிஸ்கையும் தருமாறு வேண்டுகிறார்கள்.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>இந்த துஆவை இரண்டு ஸஜ்தாவுக்கிடையிலான இருப்பில் ஓதுவது நபிவழியாகும் .
 இம்மை மறுமையின் நலன்களை உள்ளடக்கியுள்ளதால் இந்தப் பிராரத்தனைகளின் சிறப்பு தெளிவானது.</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
+    <t>[حسن بشواهده]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/10930</t>
   </si>
   <si>
-    <t>اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ</t>
+    <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>'அல்லாஹும்ம அன்தஸ் ஸலாமு, வமின்கஸ் ஸலாமு தபாரக்த யாதல் ஜலாலி வல் இக்ராமி'.'</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>ஸவ்பான் ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தொழுகை முடிந்ததும் 'அஸ்தஃபிருல்லாஹ்' (நான் அல்லாஹ்விடம் பாவமன்னிப்புக் கோருகிறேன்) என்று மூன்று தடவைகள் கூறி விட்டு பின்வரும் திக்ரை ஓதுவார்கள் : 'அல்லாஹும்ம அன்தஸ் ஸலாமு, வமின்கஸ் ஸலாமு தபாரக்த யாதல் ஜலாலி வல் இக்ராமி'.' (பொருள்) யா அல்லாஹ்: நீ ஈடேற்றமானவன், உன் மூலமே ஈடேற்றம் உண்டாகிறது. கண்ணியமும் மான்பும் உடையவனே, நீ உயர்ந்தோனாய் உள்ளாய்) வலீத் (ரஹ்) அவர்கள் கூறுகிறார்கள்: நான் இமாம் அவ்ஸாஈ (ரஹ்) அவர்களிடம் இஸ்திபார் செய்வது எப்படி என வினவினேன், அதற்கு அவர்கள் 'அஸ்தஃபிருல்லாஹ்' அஸ்தஃபிருல்லாஹ்' என்று நீ கூற வேண்டும் என்றார்கள்.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தொழுகை முடிந்ததும் 'அஸ்தஃபிருல்லாஹ்' அஸ்தஃபிருல்லாஹ்' அஸ்தஃபிருல்லாஹ்' என மூன்று தடவைகள் கூறக் கூடியவர்களாக இருந்தார்கள்.
 பின்னர் அவர்கள் தனது இரட்சகனை 'அல்லாஹம்ம அன்தஸ் ஸலாமு, வமின்கஸ் ஸலாமு தபாரக்த யாதல் ஜலாலி வல் இக்ராமி' என்ற கூற்றினால் மகத்துவப்படுத்தினார்கள். இங்கு அஸ்ஸலாம் என்பது அல்லாஹ் தனது பண்புகளில் பரிபூரண  சாந்தியளிப்பவன், எல்லாவகையான குறைகளை விட்டும் தூய்மையானவன் என்பதாகும். அவனிடமிருந்தே இம்மை மறுமையின் தீங்குகளைவிட்டும் ஈடேற்றத்தை கோர வேண்டும். வேறு யாரிடமும் அதனை தேடக்கூடாது. அவன் தூயவன் அவனிடமே இம்மை மறுமையின் நலன்கள் யாவும் பெருகிக்கிடக்கிறது. அவனே மகத்துவம் மற்றும் உபகாரம் போன்ற பண்புகளின் சொந்தக்காரனாவான்.</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
   <si>
     <t>தொழுகை முடிந்ததும் இஸ்திஃபார் செய்வதும் அதனை ஒவ்வொரு தொழுகையின் பின்னரும் பேணித் தொடராக செய்வதும் விரும்பத்தக்க விடயமாகும்.
 இபாதத்தில் -வணக்க வழிபாடுகளில் ஏற்பட்ட குறைகளை முழுமைப்படுத்திடவும், ஏனைய நற்காரியங்களை மேற்கொள்ளும் போது ஏற்பட்ட குறைகளை நிவர்த்திக்கவும் இஸ்திஃபாரில் -பாவமன்னிப்கோருவதில் ஈடுபடுவது விரும்பத்தக்கது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/10947</t>
   </si>
   <si>
-    <t>صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ</t>
+    <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>'நின்ற நிலையில் தொழுவீராக, அதற்கு முடியாவிட்டால் உட்கார்ந்த நிலையில் தொழுவீராக, அதற்கும் முடியாவிட்டால் சாய்ந்த நிலையில் தொழுவீராக' என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>இம்ரான் இப்னு ஹுஸைன் ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : நான் மூல நோயினால் பீடிக்கப்பட்டிருந்தேன். எனவே தொழுகை பற்றி நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்களிடம் வினவினேன். அதற்கு நபியவர்கள்: 'நின்ற நிலையில் தொழுவீராக, அதற்கு முடியாவிட்டால் உட்கார்ந்த நிலையில் தொழுவீராக, அதற்கும் முடியாவிட்டால் சாய்ந்த நிலையில் தொழுவீராக' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>நின்ற நிலையில் தொழுவதுதான் தொழுகையின் அடிப்படை என்பதை நபியவர்கள் இந்த ஹதீஸில் தெளிவுபடுத்துகிறார்கள். எனவே அவ்வாறு நின்று தொழ முடியாவிட்டால் உட்கார்ந்து தொழ வேண்டும், அதுவும் முடியாவிட்டால் சாய்ந்து தொழ முடியும்.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>ஒருவருக்கு சுயபுத்தி இருக்கும் வரையில் அவருக்கு தொழுகை என்ற கடமை நீங்கி விடமாட்டாது. எனவே ஒருவரின் இயலுமைக்கேட்ப அவர் ஒவ்வொரு நிலையிலிருந்து இன்னொரு நிலைக்குச் செல்வார்.
 வணக்கவழிபாடுகளில் தனது சக்திக்குட்பட்ட வற்றை செய்வது இஸ்லாத்தின் இலகு தன்மைக்கும், பெருந்தன்மைக்குமான எடுத்துக்காட்டாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/10951</t>
   </si>
   <si>
-    <t>هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ</t>
+    <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>'தொழுகை அறிவிப்பு சப்தம் (அதான்) உமக்குக் கேட்கிறதா?' என்று கேட்டார்கள். அவர் 'ஆம்' (கேட்கிறது) என்றார். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் 'அப்படியானால் நீர் அதற்கு செவிசாய்ப்பீராக!' (கூட்டுத்தொழுகையில் வந்து கலந்துகொள்வீராக!) என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>அபூ ஹூறைரா ரழியல்லாஹூஅன்ஹூ அவர்கள் கூறியதாக அறிவிக்கப்பட்டுள்ளது: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் பார்வையற்ற ஒரு மனிதர் வந்து, 'அல்லாஹ்வின் தூதரே! என்னைப் பள்ளிவாசலுக்கு அழைத்து வரக்கூடிய வழிகாட்டி எவரும் எனக்கு இல்லை' என்று கூறி, வீட்டிலேயே தொழுது கொள்ள தமக்கு அனுமதியளிக்குமாறு கோரினார். அப்போது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம அவர்கள் அவருக்கு அனுமதியளித்தார்கள். பிறகு அவர் திரும்பிச் சென்றபோது அவரை அழைத்து, 'தொழுகை அறிவிப்பு சப்தம் (அதான்) உமக்குக் கேட்கிறதா?' என்று கேட்டார்கள். அவர் 'ஆம்' (கேட்கிறது) என்றார். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் 'அப்படியானால் நீர் அதற்கு செவிசாய்ப்பீராக!' (கூட்டுத்தொழுகையில் வந்து கலந்துகொள்வீராக!) என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>கண்பார்வையற்ற ஒரு மனிதர் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து அல்லஹ்வின் தூதரே ஐவேளைத் தொழுகைகளுக்கு என்னை பள்ளிவாயிலுக்கு அழைத்து வர எனக்கு  உதவியாளர் எவரும் இல்லை என்று முறைப்பட்டார்கள். அதாவது அவர் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் ஜமாஅத்துடன் தொழாது தனித்து வீட்டிலேயே தொழுவதற்கு சலுகை தருமாறு வேண்டிக்கொள்ளவே அதற்கான அனுமதியை வழங்கினார்கள். பின் அவர் திரும்பி செல்லவே அவரை அழைத்து தொழுகைக்கான அதான் -அழைப்புச் சத்தம் உமக்குக் கேட்கிறதா என்று கேட்டார்கள். அதற்கு ஆம் என அவர் பதில் கூற, அவரிடம் தொழுகையின் அழைப்பாளருக்கு பதிலளிப்பீராக அதாவது பள்ளிக்கு வந்து ஜமாஅத்தில் கலந்து கொள்வீராக என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>கூட்டுத் தொழுகை –ஜமாஅத் தொழுகை- கடமையாகும். காரணம் சலுகை என்பது கடமையான ஒரு விடயத்திற்காகவன்றி வேறு எதற்கும் கிடையாது.
 நபியவர்கள் அதான் சப்தத்தைக் கேட்வபருக்கு 'ஃபஅஜிப்'  அதாவது பதிலளிப்பீராக என வேண்டிக் கொண்டது ஜமாஅத் தொழுகை வாஜிப் -கடமை என்பதை காட்டுகிறது. அடிப்டையில் மார்க்க விவகாரம் சம்பந்தமாக ஏவல் வினையைப் பயன்படுத்தி ஒன்றைக் குறிப்பிட்டால் அது கடமை என்பதைக் காட்டும்.</t>
   </si>
   <si>
@@ -10865,870 +11862,964 @@
     <t>இமாம் தொழுகையில் ஒரு நிலையில் இருக்கும் போது நீங்கள் வந்தால் இமாம் செய்வதைப் போன்றே செய்யட்டும்.</t>
   </si>
   <si>
     <t>عن علي بن أبي طالب، ومعاذ بن جبل رضي الله عنهما مرفوعًا: «إذا أتى أحدُكم الصلاةَ والإمامُ على حال، فلْيصنعْ كما يصنع الإمامُ».</t>
   </si>
   <si>
     <t>நபி (ஸல்) அவர்கள் கூறியதாக அலீ பின் அபீதாலிப் (ரலி), முஆத் பின் ஜபல் (ரலி) ஆகியோர் கூறுகின்றனர் : "இமாம் தொழுகையில் ஒரு நிலையில்இருக்கும்போது நீங்கள் வந்தால் இமாம் செய்வதைப் போன்றே செய்யட்டும்".</t>
   </si>
   <si>
     <t>إذا أتى أحدكم الصلاة والإمام على حال من قيام أو ركوع أو سجود أو قعود، فليوافق الإمام فيما هو فيه من القيام أو الركوع أو غير ذلك، ولا ينتظر حتى يقوم الإمام كما يفعله العوام.</t>
   </si>
   <si>
     <t>இமாம் நிலை, ருகூஃ, ஸுஜூது, இருப்பு எந்த நிலையில் இருக்கும் போது வந்தாலும் அதே நிலையில் இமாமுடன் சேர்ந்து கொள்ள வேண்டும். சில பாமரர்கள் செய்வது போல் இமாம் நிலைக்கு வரும்வரை காத்திருக்க வேண்டியதில்லை.</t>
   </si>
   <si>
     <t>مشروعية دخول اللاحق مع الإمام في أي جزء من أجزاء الصلاة أدركه، من غير فرق بين الركوع والسجود والقعود.</t>
   </si>
   <si>
     <t>தொழுகையில் இமாம் எந்த நிலையில் இருக்கின்றாரோ அதிலேயே பிந்தி வருபவர் இணைந்து கொள்ள வேண்டும். இதில் ருகூஃ, ஸுஜூது, இருப்புகளுக்கு இடையில் வேறுபாடில்லை.
 ஏனைய நபிமொழிகளில் உள்ளதைப் போன்று இமாம் ருகூஃவிலிருக்கும் போது சேர்ந்தால் மாத்திரமே அந்த ரக்அத் கணிக்கப்படும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/11310</t>
   </si>
   <si>
-    <t>عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ</t>
+    <t>علمنا رسول الله صلى الله عليه وسلم خطبة الحاجة</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எங்களுக்கு குத்பதுல் ஹாஜாவை இவ்வாறு கற்றுக் கொடுத்தார்கள்</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ: إِنَّ الحَمْدَ للهِ، نَسْتَعِيْنُهُ وَنَسْتَغْفِرُهُ، وَنَعُوْذُ بِهِ مِنْ شُرُوْرِ أَنْفُسِنَا، مَنْ يَهْدِ اللهُ فَلَا مُضِلَّ لَهُ، وَمَنْ يُضْلِلْ فَلَا هَادِيَ لَهُ، وَأَشْهَدُ أَنْ لَا إِلَهَ إِلَّا الله، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُوْلُهُ، {يَا أَيُّهَا النَّاسُ اتَّقُوا رَبَّكُمُ الَّذِي خَلَقَكُمْ مِنْ نَفْسٍ وَاحِدَةٍ وَخَلَقَ مِنْهَا زَوْجَهَا وَبَثَّ مِنْهُمَا رِجَالًا كَثِيرًا وَنِسَاءً وَاتَّقُوا اللَّهَ الَّذِي تَسَاءَلُونَ بِهِ والأرحام إن الله كان عليكم رقيبا} [النساء: 1]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ حَقَّ تُقَاتِهِ وَلَا تَمُوتُنَّ إِلَّا وَأَنْتُمْ مُسْلِمُونَ} [آل عمران: 102]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ وَقُولُوا قَوْلًا سَدِيدًا (70) يُصْلِحْ لَكُمْ أَعْمَالَكُمْ وَيَغْفِرْ لَكُمْ ذُنُوبَكُمْ وَمَنْ يُطِعِ اللَّهَ وَرَسُولَهُ فَقَدْ فَازَ فَوْزًا عَظِيمًا} [الأحزاب:70 - 71].</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எங்களுக்கு குத்பதுல் ஹாஜாவை இவ்வாறு கற்றுக் கொடுத்தார்கள் : 'இன்னல் ஹம்த லில்லாஹ், நஸ்தஈனுஹூ வனஸ்தஃபிருஹூ, வனஊது பிஹீ மின் ஷுரூரி அன்புஸினா, மன் யஹ்தில்லாஹு பலா முழில்லலஹூ, வமன் யுழ்லில் பலா ஹாதிய லஹூ, வஅஷ்ஹது அன்லாஇலாஹ இல்லல்லாஹ், வஅஷ்ஹது அன்ன முஹம்மதன் அப்துஹூ வரஸூலுஹூ'' (பொருள் : நிச்சயமாக புகழனைத்தும் அல்லாஹ்வுக்கே உரியன! நாம் அவனைப் புகழ்கிறோம். அவனிடமே உதவி தேடுகிறோம். இன்னும் அவனிடமே பாவமன்னிப்புக் கோருகிறோம். மேலும்  நமது உள்ளங்களில் தோன்றும் தீய எண்ணங்களை விட்டும் அவனிடமே பாதுகாவல் தேடுகிறோம். அல்லாஹ் யாரை நேர்வழிப்படுத்தி விட்டானோ அவரை வழிகெடுப்பவர் யாரும் இல்லை. அல்லாஹ் யாரை வழி கெடுத்து விட்டானோ அவரை நேர்வழிப்படுத்துபவர் யாரும் இல்லை. வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர வேறு யாரும் இல்லை என நான் சாட்சி கூறுகிறேன். இன்னும் முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அவனது நல்லடியாரும் தூதரும் ஆவார்கள் என்றும் நான் சாட்சி கூறுகிறேன்) என்று கூறிவிட்டு, நபி (ஸல்) அவர்கள்; பின்வரும் மூன்று வசனங்களை ஓதுவார்கள் : 'மனிதர்களே! உங்கள் இறைவனுக்குப் பயந்து நடந்து கொள்ளுங்கள், அவன் உங்கள் யாவரையும் ஒரே ஆத்மாவிலிருந்து படைத்தான், அவரிலிருந்தே அவர் மனைவியையும் படைத்தான்; பின்னர் இவ்விருவரிலிருந்து, அநேக ஆண்களையும் பெண்களையும் (வெளிப்படுத்தி உலகில்) பரவச் செய்தான்; ஆகவே, எவனைக் கொண்டு நீங்கள் ஒருவர் மற்றவரிடம் (உரிமைகளைக்) கேட்டுக் கொள்வீர்களோ அந்த அல்லாஹ்வையும், மேலும் இரத்த உறவுகளைத் துண்டித்து நடப்பதையும் அஞ்சிக் கொள்ளுங்கள். நிச்சயமாக அல்லாஹ் உங்களைக் கண்காணிப்பவனாக இருக்கின்றான்' (நிஸா : 01), 'நம்பிக்கை கொண்டோரே! நீங்கள் அல்லாஹ்வை அஞ்ச வேண்டிய முறைப்படி அஞ்சுங்கள்; மேலும், (அல்லாஹ்வுக்கு முற்றிலும் வழிப்பட்ட) முஸ்லிம்களாக அன்றி நீங்கள் மரணிக்காதீர்கள்' (ஆல இம்ரான் : 102), 'ஈமான் கொண்டவர்களே! நீங்கள் அல்லாஹ்வுக்கு அஞ்சுங்கள்; (எந்நிலையிலும்) நேர்மையான வார்த்தையையே கூறுங்கள்;, (அவ்வாறு செய்வீர்களாயின்) அவன் உங்களுடைய காரியங்களை உங்களுக்குச் சீராக்குவான், மேலும்; உங்கள் பாவங்களை உங்களுக்கு மன்னிப்பான்; அன்றியும் அல்லாஹ்வுக்கும் அவன் தூதருக்கும் எவர் கட்டுப்படுகிறாரோ, அவர் மகத்தான வெற்றியை ஈட்டிக் கொண்டுவிட்டார்;' (அஹ்ஸாப் : 70, 71).</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குத்பதுல் ஹாஜாவை தங்களுக்கு கற்றுத் தந்ததாக இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள். குத்பதுல் ஹாஜா என்பது திருமண உரை மற்றும் ஜும்ஆ உரை  மற்றும் இதுபோன்ற உரைகளையும், விசேட நிகழ்வுகளை ஆரம்பிக்கும் போதும் கூறும் வார்த்தைகளைக் குறிக்கும். இந்த குத்பாவானது எல்லா வகையான புகழுக்கும் பாராட்டுதளுக்கும் அல்லாஹ் தகுதியான்வன் ; என்பதை தெளிவுபடுத்தி, இணையில்லா ஏகனாகிய அவனிடம் உதவி கோரல், பாவங்களை மறைத்து அதனை அழித்து விடுவதற்கும் உதவி கோருதல், மற்றும் எல்லா வகையான கெடுதிகளை விட்டும் பாதுகாப்புத் தேடி அவனிடம் ஒதுங்குதல் போன்ற பல உன்னதமான விடயங்களை உள்ளடக்கியுள்ளது.
 நேர்வழியானது அல்லாஹ்வின் கைவசம் உள்ள விடயம் என்பதையும் தொடர்ந்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெரிவிக்கிறார்கள். ஆகவே யாருக்கு அல்லாஹ் நேர்வழியை காட்டுகிறானோ அவனை வழிதவறச் செய்பவன் எவருமில்லை. யாரை அல்லாஹ் வழி தவறச்செய்து விடுகிறானோ அவனை நேர்வழிப்படுத்த எவரும் கிடையாது.
 பின் அவர்கள் தவ்ஹீதின் மூலம் சான்று பகர்தல், அதாவது உண்மையாக வணங்கப்படுவதற்கு தகுதியானவன் அல்லாஹ்வைத்தவிர வேறுயாருமில்லை என்றும் முஹம்மத் அல்லாஹ்வின் அடியாரும் அவனின் தூதருமாவார் என தூதுத்துவச் சான்றினையும் குறிப்பிடுகின்றார்கள்.
 இந்த குத்பாவை அல்லாஹ்வின் திருமுகம் நாடி அவனின் கட்டளைகளை  ஏற்று அவன் தடுத்தவற்றை தவிர்ந்தும் இருக்குமாறும் அல்லாஹ்வை பயப்பாடுமாறும் கூறுகின்ற மூன்று வசனங்களை கூறி முடித்துள்ளார்கள். யார் அல்லாஹ்வுக்கு பயப்படுகிறாரோ அவர்களின் சொல்லும் செயலும் சீர்பெற்று பாவங்கள் மன்னிக்கப்பட்டு இவ்வுலகில் மனமான வாழ்வு கிட்டவும், மறுமையில் சுவர்க்கத்தை வெற்றி கொள்ளவும் காரணமாக அமையும்.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>நிகாஹ் மற்றும் ஜும்ஆ உரைகள் மற்றும் இது போன்ற உரைகளை ஆரம்பிக்கும் போது இந்த குத்பாவின் மூலம்  ஆரம்பிப்பது வரவேற்கத்தக்க விடயமாகும்.
 குத்பாவானது இறைவனை புகழ்தல் இரண்டு ஷஹாதாக்கள் சில அல்குர்ஆன் வசனங்களை உள்ளடக்கியாத இருத்தல் வேண்டும்.
 மார்க்க விவகாரங்களில் தனது தோழர்களுக்கு தேவையானவற்றை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கற்றுக்கொடுத்தமை.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
+    <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/58060</t>
   </si>
   <si>
-    <t>لا نِكَاحَ إِلّا بِوَليٍّ</t>
+    <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>'வலீ (பொறுப்பாளர்) இல்லாமல் திருமணம் இல்லை'</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ மூஸா அல்அஷ்அரீ ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : 'வலீ (பொறுப்பாளர்) இல்லாமல் திருமணம் இல்லை'.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>திருமண ஒப்பந்தத்தை  நடாத்துவதற்கான  பொறுப்பாளர் இன்றி ஒரு பெண் திருமணம் செய்வது செல்லுபடியாகாது, என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவுபடுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
   <si>
     <t>திருமணம் செல்லுபடியாவதற்கு வலீ (பெண்ணின் பொறுப்பாளர்) இருப்பது நிபந்தனையாகும். அவ்வாறு வலீயில்லாமல் திருமணம் நிகழந்தால், அல்லது பெண் தாமாகவே திருமணம் செய்து கொண்டால் அந்தத் திருமணம் செல்லுபடியாகாது.
 வலீ என்பவர் மணப்பெண்ணுக்கு மிக நெருக்கமான உறவைக்கொண்ட ஆண்களாக இருத்தல் வேண்டும். அவ்வாறு மிகநெருங்கிய உறவுக்காரர் இருக்கும் போது தூர உறவினர் பொறுப்பாக நிற்க முடியாது.
 புத்தி சுயாதீனமுள்ள, பருவமடைந்த, ஆணாகவும், திருமண நலன்கள் பற்றிய அறிவுள்ளவராகவும் வலீ இருப்பதுடன், மணமகளுடைய அதே மார்க்கத்தைப் பின்பற்றுவராகவும் அவர் இருப்பது இப்பொறுப்பிற்குரிய நிபந்தனைகளாகும். இந்தப் பண்புகளை அவர் கொண்டிருக்காவிட்டால் வலீயாக இருக்கத் தகுதியற்றவராவார்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/58066</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ</t>
+    <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
     <t>'சிறுவனே! நீ அல்லாஹ்வின் பெயரைக் கூறி, உனது வலது கரத்தால், உனக்கு முன்னால் இருப்பதை சாப்பிடு'</t>
   </si>
   <si>
     <t>عن عُمر بن أبي سلمة رضي الله عنه قال: كُنْتُ غُلَامًا فِي حَجْرِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَانَتْ يَدِي تَطِيشُ فِي الصَّحْفَةِ، فَقَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ» فَمَا زَالَتْ تِلْكَ طِعْمَتِي بَعْدُ.</t>
   </si>
   <si>
     <t>உமர் இப்னு அபீ ஸலமா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'நான் அல்லாஹ்வின் தூதர் அவர்களின்  மடியில் வளர்ந்து வந்த சிறுவனாக இருந்தேன். (ஒரு முறை) என் கை உணவுத்தட்டில் (அங்கும் இங்குமாக) அலைந்து கொண்டிருந்தது. அப்போது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் என்னிடம், 'சிறுவனே! நீ அல்லாஹ்வின் பெயரைக் கூறி, உனது வலது கரத்தால், உனக்கு முன்னால் இருப்பதை சாப்பிடு' என்று கூறினார்கள். அதன் பிறகு இதுவே நான் உண்ணும் முறையாக அமைந்தது'.</t>
   </si>
   <si>
     <t>يُخْبِرُ عُمَرُ بن أبي سلمة رضي الله عنهما، ابن زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها، -وكان تحت تربيتِه ورعايته-، أنه كان أثناء الأكل يَنْقُلُ يدَه في جوانب الإناء ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم ثلاثة آداب من آداب الأكل: 
 أولها: قول "بسم الله" في بداية الأكل. 
 وثانيها: الأكل باليمين. 
 وثالثها: الأكل من الجانب الذي يَقْرُبُ منه من الطعام.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்களின் மனைவி உம்முஸலமா ரழியல்லாஹு அன்ஹா அவர்களின் புதல்வர், உமர் இப்னு அபீ ஸலமா ரழியல்லாஹு அன்ஹுமா  அவர்கள் அறிவிக்கிறார்கள். - அவர் நபியவர்களின் கண்காணிப்பு மற்றும் வளர்ப்பின் கீழ் இருந்தவர்- அவர் உணவு உண்ணும் போது தனது கையை உணவை எடுப்பதற்காக அங்குமிங்கும் நகர்த்திக்கொண்டிருந்தார் அப்போது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் உண்ணும் போது கடைபிடிக்கவேண்டிய மூன்று ஒழுக்கங்களை கற்பித்துக்கொடுத்தார்கள் அவை பின்வருமாறு:
 முதலாவது : உண்ண ஆரம்பிக்கும் போது பிஸ்மில்லாஹ் கூறுதல்.
 இரண்டாவது: வலது கையால் உண்ணுதல்.
 மூன்றாவது : உணவுத் தட்டில் தனக்கு அருகில் உள்ள பகுதியிலிருந்து சாப்பிடுதல்.</t>
   </si>
   <si>
     <t>من آداب الأكل والشرب التسميةُ في أوله.
 تعليم الصبيان الآداب، لاسيَّما من كان تحت كفالة الإنسان.
 رفق النبي صلى الله عليه وسلم، وسعة صدره في تعليم الصغار وتأديبهم.
 من آداب الطعام الأكل مما يلي الإنسان، إلا إذا كان أصنافًا متعددة فله أن يأخذ منها.
 التزام الصحابة بما أدَّبهم به النبي صلى الله عليه وسلم، وذلك مستفاد من قول عمر: فما زالت تلك طعمتي بعد.</t>
   </si>
   <si>
     <t>உண்ணல் பருகலின் போது ஆரம்பத்தில் பிஸ்மில் கூறுவது ஒழுக்கங்களின் ஒன்றாகும்.
 ஒருவரின் பராமரிப்பின் கீழ் இருக்கும் குழந்தைகளுக்கு ஒழுக்கத்தை கற்பித்துக் கொடுத்தல் வேண்டும்
 சிறார்களுக்கு கற்பித்து நெறிப்படுத்துவதில் நபியவர்களின் இங்கிதமும் தயாள குணமும் இந்த ஹதீஸில் பிரதிபளிக்கின்றமை.
 உண்ணும் போது தனக்கு அருகில் உள்ளதை சாப்பிடுவது ஒழுக்கங்களில் ஒன்றாகும். ஆனால் குறிப்பிட்ட உணவு பல வகையானதாக இருப்பின் அவருக்கு விரும்பியதை எப்பகுதியிலிருந்தும் எடுத்து சாப்பிட அனுமதியுண்டு.
 நபியவர்கள் கற்றுக்கொடுத்து நெறிப்படுத்திய விடயத்தை தொடர்ந்தும் கடைப்பிடிக்கும் பண்பு ஸஹாபாக்களிடம் காணப்பட்டமை. அதனை நாம் ' உமர் அவர்களின் கூற்றான 'அதன் பிறகு இதுவே நான் உண்ணும் முறையாக அமைந்தது'. என்பதிலிருந்து கற்றுக்கொள்கிறோம்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/58120</t>
   </si>
   <si>
-    <t>إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ</t>
+    <t>إذا أكل أحدكم فليأكل بيمينه، وإذا شرب فليشرب بيمينه، فإن الشيطان يأكل بشماله، ويشرب بشماله</t>
   </si>
   <si>
     <t>'உங்களில் ஒருவர் உணவு உண்ணும் போது வலக்கரத்தால் உண்ணட்டும்; பருகும் போது வலக்கரத்தால் பருகட்டும். ஏனெனில், ஷைத்தான் இடக்கரத்தால்தான் உண்கிறான்; இடக்கரத்தால்தான் பருகுகிறான்'</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக இப்னு உமர் ரழியல்லாஹு அன்ஹு  அவர்கள் கூறினார்கள் : 'உங்களில் ஒருவர் உணவு உண்ணும் போது வலக்கரத்தால் உண்ணட்டும்; பருகும் போது வலக்கரத்தால் பருகட்டும். ஏனெனில், ஷைத்தான் இடக்கரத்தால்தான் உண்கிறான்; இடக்கரத்தால்தான் பருகுகிறான்'.</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு முஸ்லிம் வலது கையால் உணவருந்துமாறும் பானங்களை அருந்துமாறும் கட்டளையிடுவதோடு, ஷைத்தான் இடது கையால் உண்ணுகிறான் மற்றும் குடிக்கிறான் என்பதனால் இடது கையால் சாப்பிடுதல் மற்றும் குடித்தலை தடுத்துள்ளார்கள்.</t>
   </si>
   <si>
     <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
   </si>
   <si>
     <t>இடது கையால் உண்ணுவதாலும் பருகுவதாலும் ஷைத்தானுக்கு ஒப்பாக நடப்பதை தடுத்திருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/58122</t>
   </si>
   <si>
-    <t>مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً</t>
+    <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>'(ஆட்சித் தலைமைக்குக்) கட்டுப்படாமல், (ஓர் ஆட்சித் தலைமையின் கீழ் ஒன்றுபட்ட) கட்டமைப்பிலிருந்து பிரிந்து, அதே நிலையில் ஒருவர் இறந்துவிட்டால், அறியாமைக் கால மரணத்தையே அவர் சந்திப்பார்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : '(ஆட்சித் தலைமைக்குக்) கட்டுப்படாமல், (ஓர் ஆட்சித் தலைமையின் கீழ் ஒன்றுபட்ட) கட்டமைப்பிலிருந்து பிரிந்து, அதே நிலையில் ஒருவர் இறந்துவிட்டால், அறியாமைக் கால மரணத்தையே அவர் சந்திப்பார். ஒருவர் (கொள்கையோ இலக்கோ இல்லாத) மௌடீகத்தின் கொடிக்குக் கீழே நின்று போரிடுகிறார்; இன, கோத்திரத்திற்காகக் கோபப்படுகிறார். அல்லது இன, கோத்திரத்திற்கு அழைப்பு விடுக்கிறார். அல்லது இன, கோத்திரத்திற்கு உதவி செய்கிறார். இந்நிலையில் அவர் கொல்லப்பட்டுவிட்டால், அவரது மரணம் அறியாமைக் கால மரணமே ஆகும். யார் என் சமுதாயத்தாருக்கு எதிராக கிளர்ச்சி செய்து, அவர்களில் இறைநம்பிக்கையாளர்களைப் பொருட்படுத்தாமல் அவர்களில் நல்லவர்களையும் கெட்டவர்களையும் கொன்று, ஒப்பந்தம் செய்துள்ளவர்களின் ஒப்பந்தத்தை நிறைவேற்றத் தவறுகிறாரோ அவர் என்னைச் சேர்ந்தவருமில்லை. நான் அவரைச் சேர்ந்தவனுமில்லை'.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்  இந்த ஹதீஸில் ஆட்சித்தலைமைகளுக்கு கட்டுப்படாது, சட்டரீதியாக –ஏகோபித்து-தெரிவுசெய்யப்பட்ட ஒரு இமாமுக்கு –ஆட்சியாளருக்கு  கீழ் உள்ள  முஸ்லிம் கூட்டமைப்பிலிருந்து விலகி, அதே நிலையில், அதாவது குறித்த ஆட்சியாளரை விட்டு விலகி கட்டுப்படாத நிலையில் மரணித்தால் அறியாமைக்காலத்தில் மரணித்த ஒருவரின் நிலையிலேயே அவன் மரணிக்கின்றான் என்று கூறியுள்ளார்கள்.
-..... சத்தியம், அசத்தியம் பற்றிய எவ்வித தெளிவுமின்றி வெறுமனே தனது கோத்திரம் , அல்லது இனத்திற்காக கோபம் கொண்டு மார்க்கத்திற்கோ, சத்தியத்திற்கோ உதவும் நோக்கமின்றி எந்த அறிவோ தெளிவோ இன்றி தனது இன மற்றும் குலத்திற்காக போராடி அதே நிலையில் மரணித்தாலும் அவரும் அறியாமைக் காலத்தில் மரணித்தவர் போன்றாவார் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அறிவித்துள்ளார்கள்.
+சத்தியம், அசத்தியம் பற்றிய எவ்வித தெளிவுமின்றி வெறுமனே தனது கோத்திரம் , அல்லது இனத்திற்காக கோபம் கொண்டு மார்க்கத்திற்கோ, சத்தியத்திற்கோ உதவும் நோக்கமின்றி எந்த அறிவோ தெளிவோ இன்றி தனது இன மற்றும் குலத்திற்காக போராடி அதே நிலையில் மரணித்தாலும் அவரும் அறியாமைக் காலத்தில் மரணித்தவர் போன்றாவார் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அறிவித்துள்ளார்கள்.
 முஸ்லிம் சமூகத்திற்கு எதிராக ஒருவர் புரட்சி செய்து, நல்லவர்கள், தீயவர்களை தாக்கி தான் செய்வதை பொருட்படுத்தாது ஒரு முஃமினை கொல்வதால் அவனுக்கு கிடைக்கும் தண்டனையை அஞ்சாது, முஸ்லிம் பிரதேசங்களில் ஒப்பந்த அடிப்படையில் வாழும் மாற்று மதத்தவர், அல்லது ஒப்பந்தம் செய்து ஏற்றுக் கொண்ட அதிகாரிகளின் ஒப்பந்தங்களை நிறைவேற்றாது அதனை முறித்து  அனைவரையும் தாக்குவது பெரும்பாவங்களில் ஒன்றாகும். இவ்வாறு செய்பவன் மேற்படி கடுமையான எச்சரிக்கைக்கு உட்படுவான்.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>அல்லாஹ்விற்கு மாறு செய்யாத விடயங்களில் ஆட்சித் தலைமைகளுக்குக் கட்டுப்படுவது கடமையாகும்.
 ஆட்சித் தலைவருக்கு கட்டடுப்படுவதை விட்டும் விலகி முஸ்லிம் சமூகத்தின் கூட்டமைப்பை விட்டும் விலகியிருப்பது பற்றிய கடுமையான எச்சரிக்கை இந்த ஹதீஸில் குறிப்பிடப்பட்டுள்ளது. இதே நிலையில் மரணித்தால் அறியாமைக் கால மக்களின் வழியிலேயே மரணித்தராகவே கருதப்படுவார்.
 கோத்திரவெறிக்காக போராடுவது இந்த ஹதீஸில் தடைசெய்யப்பட்டுள்ளமை.
 உடன்படிக்ககைள், ஒப்பந்தங்களை நிறைவேற்றுவது கடமையாகும்.
 தலைமைக்குக் கட்டுப்பட்டு, கூட்டமைப்புடன் சேர்ந்திருப்பதில் அதிக நன்மைகள் பாதுகாப்பு, நிம்மதி, சீரான நிலமை போன்றன கிடைக்கிறது.
 ஜாஹிலிய்யக்கால நிலைகளுக்கு ஒப்பான செயல்களை செய்வது தடைசெய்யப்பட்டிருத்தல்.
 முஸ்லிம்களின் கூட்டமைப்புடன் சேர்ந்திருக்க வேண்டுமென வலியுறுத்தப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/58218</t>
   </si>
   <si>
-    <t>مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ</t>
+    <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
   </si>
   <si>
     <t>'ஒரு நபரின்; (தலைமையின்) கீழ் உங்கள் (அரசியல்) நிலை ஒன்றுபட்டிருக்கும்போது, உங்கள் ஐக்கியத்தை உடைக்கும் அல்லது உங்கள் கட்டமைப்பைக் குலைக்கும் நோக்கத்தோடு உங்களிடம் யாரேனும் வந்தால் அவரைக் கொன்று விடுங்கள்'</t>
   </si>
   <si>
     <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை தான் கேட்டதாக அர்ஃபஜா ரழியல்லாஹு  அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'ஒரு நபரின்; (தலைமையின்) கீழ் உங்கள் (அரசியல்) நிலை ஒன்றுபட்டிருக்கும்போது, உங்கள் ஐக்கியத்தை உடைக்கும் அல்லது உங்கள் கட்டமைப்பைக் குலைக்கும் நோக்கத்தோடு உங்களிடம் யாரேனும் வந்தால் அவரைக் கொன்று விடுங்கள்'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>முஸ்லிம்கள் ஒரே தலைவரின்-ஆட்சியளரின்  கீழ் ஒன்றுபட்ட பின் வேறு ஒருவன் ஆட்சிக்கெதிராக அதனை  நீக்கவும், அல்லது முஸ்லிம் கூட்டமைப்பை பல்வேறு குழுக்களாக பிரிப்பதற்கு வந்தால் அவனது கெடுதியைத் தடுக்கவும், முஸ்லிம்களின் உயிரைப் பாதுகாக்கவும் அவனுக்கெதிராக போராடுவது கடமை என்பதை இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவு படுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>وجوب السمع والطاعة لولي أمر المسلمين في غير معصية، وتحريم الخروج عليه.
 مَن خَرَجَ على إمام المسلمين وجماعتهم فإنه يجب قتاله مهما كانت منزلته شَرَفًا ونَسَبًا.
 الحث على الاجتماع وعدم التفرُّق والاختلاف.</t>
   </si>
   <si>
     <t>பாவமல்லாத காரியங்களில் முஸ்லிம் தலைவருக்குக் கட்டுப்படுவது கடமை என்பதுடன், அவருக்கெதிராக போரிடுவது ஹராமாகும்.
 முஸ்லிம் தலைவருக்கு எதிராகவும் அவரது கூட்டமைப்புக்கு எதிராகவும் யாராவது புரட்சி செய்தால் அவன் குடும்பம், அந்தஸ்த்தில் எந்த உயரத்தில் இருந்தாலும் அவனுடன் போராடுவது கடமையாகும்.
 பிரிவினை, கருத்து வேறுபாடுகளைத் துறந்து, ஒற்றுமையாக இருக்கத் தூண்டுதல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/58223</t>
   </si>
   <si>
-    <t>مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا</t>
+    <t>اجتنبوا هذه القاذورة التي نهى الله عنها فمن ألم فليستتر بستر الله وليتب إلى الله، فإنه من يبد لنا صفحته نقم عليه كتاب الله عز وجل</t>
+  </si>
+  <si>
+    <t>அல்லாஹ் தடைசெய்த இந்த அசுத்தத்தைத் தவிர்த்து விடுங்கள். யார் இதைச் செய்கிறாரோ, அவர் அல்லாஹ்வின் மறைவால் தன்னை மறைத்துக் கொண்டு அல்லாஹ்விடம் தவ்பா செய்யட்டும். ஏனெனில், யார் தனது பாவங்களை நமக்கு வெளிப்படுத்துகிறாரோ, அவருக்கு எதிராக நாம் அல்லாஹ்வின் வேதத்தை நிறைவேற்றுவோம்</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صلى الله عليه وسلم قَامَ بَعْدَ أَنْ رَجَمَ الْأَسْلَمِيَّ فَقَالَ: «اجْتَنِبُوا ‌هَذِهِ ‌الْقَاذُورَةَ الَّتِي نَهَى اللَّهُ عَنْهَا فَمَنْ أَلَمَّ فَلْيَسْتَتِرْ بِسِتْرِ اللَّهِ وَلْيُتُبْ إِلَى اللَّهِ، فَإِنَّهُ مَنْ يُبْدِ لْنَا صَفْحَتَهُ نُقِمْ عَلَيْهِ كِتَابَ اللَّهِ عز وجل».</t>
+  </si>
+  <si>
+    <t>அப்துல்லாஹ் இப்னு உமர் (ரழி) அவர்கள் அறிவிக்கிறார்கள்: அல்-அஸ்லமி (ரழி) அவர்களுக்கு  கல்லெறிந்து தண்டனை வழங்கிய பிறகு, அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹி வஸல்லம்) அவர்கள் எழுந்து நின்று, அல்லாஹ் தடைசெய்த இந்த அசுத்தத்தைத் தவிர்த்து விடுங்கள். யார் இதைச் செய்கிறாரோ, அவர் அல்லாஹ்வின் மறைவால் தன்னை மறைத்துக் கொண்டு அல்லாஹ்விடம் தவ்பா செய்யட்டும். ஏனெனில், யார் தனது பாவங்களை நமக்கு வெளிப்படுத்துகிறாரோ, அவருக்கு எதிராக நாம் அல்லாஹ்வின் வேதத்தை நிறைவேற்றுவோம்.</t>
+  </si>
+  <si>
+    <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
+اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
+الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
+الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
+  </si>
+  <si>
+    <t>விபச்சாரத்திற்கான தண்டனையாக மாயிஸ் , இப்னு மாலிக் அல்-அஸ்லமி (ரழி) அவர்களுக்கு கல்லெறிந்து தண்டனையை நிறைவேற்றியதன்  பிறகு நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எழுந்து நின்று மக்களை நோக்கி, 'இந்த அருவருப்பான அல்லாஹ் தடைசெய்த அசிங்கமான மற்றும் வெறுக்கத்தக்க பாவங்களை  விட்டும் தவிர்த்துக் கொள்ளுங்கள்' என்று கூறியதாக இப்னு உமர் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள். இந்த அருவருப்பானவற்றில் ஏதேனும் ஒன்றைச் செய்பவர் இரண்டு விடயங்களை செய்ய வேண்டும்: முதலாவது: அல்லாஹ் தன்னை மறைத்து வைத்திருப்பது போல் தன்னை மறைத்துக் கொள்வது, தனது பாவத்தை வெளிப்படுத்த வேண்டாம். இரண்டாவது: அல்லாஹ்விடம் மன்னிப்பு கேட்டு, அதில் நிலைத்திருக்க வேண்டாம். யாருடைய பாவம் நமக்குத் தெளிவாகத் தெரிகிறதோ, அந்த பாவத்திற்காக அல்லாஹ்வின் வேதத்தில் குறிப்பிடப்பட்டுள்ள பரிந்துரைக்கப்பட்ட தண்டனையை நாங்கள் செயல்படுத்துவோம்.</t>
+  </si>
+  <si>
+    <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
+الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
+وجوب اجتناب المعاصي، والتوبة منها.</t>
+  </si>
+  <si>
+    <t>பாவம் செய்த நபர் தன்னை மறைத்துக்கொண்டு, தனக்கும் தனது இறைவனுக்கும் இடையில் தனிப்பட்ட முறையில் செய்த பாவத்திலிருந்து மனந்திரும்ப ஊக்குவிக்கப்பட்டிருத்தல்.
+இஸ்லாத்தின் தண்டனைக்குரிய குற்றம் பற்றி ஆட்சியாளருக்குத் தெரிவிக்கப்பட்டவுடன், ஷரீஆவில் சட்டப்பூர்வமாக விதிக்கப்பட்ட தண்டனையைச் செயல்படுத்துவது அவசியமாகிறது.
+பாவங்களைத் தவிர்த்து, அதற்காக தவ்பா கோருவது கடமையாகும்.</t>
+  </si>
+  <si>
+    <t>رواه الحاكم والبيهقي</t>
+  </si>
+  <si>
+    <t>[رواه الحاكم والبيهقي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/58240</t>
+  </si>
+  <si>
+    <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
+  </si>
+  <si>
+    <t>“போதையூட்டக்கூடியவை அனைத்தும் மதூபானமாகும். மேலும் பேதையூட்டக்கூடியவை அனைத்தும் ஹராமாகும். இந்த உலகத்தில் மதூபானம் அருந்தி தௌபா செய்யாது அதில் திலைத்து இருந்த நிலையில் மரணிக்கிறாரோ அவர் மறுமைiயில் மதூபானம் அருந்த மாட்டார்</t>
+  </si>
+  <si>
+    <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு உமர் ரழியல்லாஹு அன்ஹுமா அவர்கள் அறிவிக்கிறார்கள்: “போதையூட்டக்கூடியவை அனைத்தும் மதூபானமாகும். மேலும் பேதையூட்டக்கூடியவை அனைத்தும் ஹராமாகும். இந்த உலகத்தில் மதூபானம் அருந்தி தௌபா செய்யாது அதில் திலைத்து இருந்த நிலையில் மரணிக்கிறாரோ அவர் மறுமைiயில் மதூபானம் அருந்த மாட்டார்.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
+وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
+  </si>
+  <si>
+    <t>மூளைத்திறனை மயக்கி அதன் செயற்பாட்டை செயலிழக்கச்செய்யும் அனைத்தும் போதையூட்டும் மதுபானம் ஆகும். அது பருகுதுதல் அல்லது சாப்பிடுதல் அல்லது உரிஞ்சுதல் அல்லது வேறு ஏதாவது வழிமுறைகளில் காணப்பட்டாலும் சரியே. மூளைத்திறனை மயக்கி அதன் செயற்பாட்டை செயலிழக்கச்செய்யும் அனைத்தையும் அது சிறிய அளவில் பெரிய அளவில் இருந்தாலும் அல்லாஹ் அதனை ஹராமாக்கி தடைசெய்துள்ளான். மேற்குறிப்பிடப்பட்ட போதைப்பொருட்களின் வகைகளில் ஒன்றை ஒருவர் தொடராக குடித்து, தௌபா –பாவமன்னிப்புக்- கேட்காது மரணித்து விட்டால், மறுமையில் அல்லாஹ்வின் தண்டனைக்கு உட்படுவார். அவருக்கு மறுமையில் கிடைக்கும் தண்டனை சுவர்க்கத்து மதுவை அருந்துவதற்கான பாக்கியத்தை இழப்பதாகும்.</t>
+  </si>
+  <si>
+    <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
+الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
+مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
+ الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
+  </si>
+  <si>
+    <t>மது தடை செய்யப்படுவதற்கான காரணம் போதையாகும். ஆகவே போதையை ஏற்படுத்தும் அனைத்தும் ஹராமாகும்.
+பெரும் பாதிப்பும் ஆரோக்கிய கேடும் மதுபானத்தில் காணப்படுவதால் அல்லாஹ் மதுவை தடைசெய்துள்ளான்.
+சுவர்க்கத்தில் மதுஅருந்துவது, பேரின்பத்தின் பரிபூரண நிலையாகும்.
+உலகத்தில் யார் மது அருந்துவதை தவிர்ந்து கொள்ளவில்லையோ, அல்லாஹ்  அவரை சுவர்க்கத்தில் மது அருந்துவதை விட்டும் தடுத்து விடுவான். இது செயலுக்கேற்ற கூலியாகும்.
+மரணத்திற்கு முன் பாவங்களுக்கு தௌபா செய்ய விரைந்திட வேண்டும் என வலியுறுத்தியிருத்தல்.</t>
+  </si>
+  <si>
+    <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
+  </si>
+  <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/58259</t>
+  </si>
+  <si>
+    <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>'(இஸ்லாமிய அரசுடன் பாதுகாப்பு ஒப்பந்தம் செய்து அதன் கீழ் வாழ்ந்து வரும்) ஓர் ஒப்பந்தப் பிரஜையைக் கொன்று விடுபவன் சொர்க்கத்தின் வாடையை நுகர மாட்டான். அந்த நறுமணமோ நாற்பதாண்டுப் பயணத் தொலைதூரமளவிற்கு வீசிக் கொண்டிருக்கும்'</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>நபி (ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ரு ரழியல்லாஹு அன்ஹுமா கூறுகின்றார்கள்: '(இஸ்லாமிய அரசுடன் பாதுகாப்பு ஒப்பந்தம் செய்து அதன் கீழ் வாழ்ந்து வரும்) ஓர் ஒப்பந்தப் பிரஜையைக் கொன்று விடுபவன் சொர்க்கத்தின் வாடையை நுகர மாட்டான். அந்த நறுமணமோ நாற்பதாண்டுப் பயணத் தொலைதூரமளவிற்கு வீசிக் கொண்டிருக்கும்'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>பாதுகபாப்பு ஒப்பந்தத்தின் அடிப்படையில்; இஸ்லாமிய அரசின் கீழ் வாழும்; முஸ்லிமல்லாத பிரஜை ஒருவரை தகுந்த காரணமின்றிக் கொன்றவன்  சுவர்க்கத்தின் வாடையை நுகர மாட்டடான் என்ற கடுமையான எச்சரிக்கையை இந்த ஹதீஸில் தெளிவுபடுத்துவதுடன் அதன் நறுமணமானது நாற்பதாண்டுப் பயணத் தொலைவுவரை வீசிக் கொண்டிருக்கும என்றும் குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
     <t>ஒப்பந்தப் பிரஜை, திம்மி,(இஸ்லாமிய அரசினுள் வாழும் காபிர்) அடைக்கலம் தேடிவந்தவர் ஆகியோரை கொல்வது ஹராமாகும், அது பெரும்பாவங்களில் ஒன்றாகும்.
 முஆஹித் என்பவர் : காபிர்களில் முஸ்லிம் அரசுடன் ஒப்பந்தம் செய்துகொண்டவர், அவர் தனது நாட்டில் இருப்பார், அவர் முஸ்லிம்களுக்கு எதிராக  போரிட மாட்டார் அவருக்குகெதிராக போர்த்தொடுக்கவும் கூடாது. திம்மி என்பவர் இஸ்லாமிய நாட்டில் வரி செலுத்தி வாழ்ந்துவருபவர், முஸ்தஃமன் என்பவர்; குறிப்பிட்ட காலத்திற்கு இஸ்லாமிய நாட்டில் பாதுகாப்பு ஒப்பந்தத்தின் அடிப்படையில் வாழ்பவர்.
 முஸ்லிம் அல்லாதோருடன் செய்த உடன்படிக்கைக்கு துரோகம் செய்வது எச்சரிக்கப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/64637</t>
   </si>
   <si>
-    <t>لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ</t>
+    <t>لعن رسول الله صلى الله عليه وسلم الراشي والمرتشي في الحكم</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தீர்ப்புக்கூறுவதில் இலஞ்சம் கொடுப்பவனையும், எடுப்பவனையும் சபித்தார்கள்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ.</t>
   </si>
   <si>
     <t>அபூ ஹூறைரா ரழியல்லாஹூஅன்ஹூ அவர்கள் கூறியதாக அறிவிக்கப்பட்டுள்ளது : அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தீர்ப்புக்கூறுவதில் இலஞ்சம் கொடுப்பவனையும், எடுப்பவனையும் சபித்தார்கள்.</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم بالطرد والإبعاد من رحمة الله عز وجل لدافع الرشوة وآخذها وقابضها.
 ومن ذلك ما يُدفع للقُضاة ليَحِيْفُوا في الحُكْم الذي يَتَولونه؛ ليتوصل به المُعطي إلى مراده بغير حق.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இலஞ்சம் கொடுப்பவன் அதனை எடுப்பவன் ஆகியோர் இறையருளைவிட்டும் தூரப்படுத்தப்பட வேண்டும் என பிரார்த்தனை புரிந்தார்கள்.
 இலஞ்சம் வழங்குபவன் தனது நோக்கத்தை பிழையான வழியில் அடைந்து கொள்வதற்கென தீர்ப்பில் தனக்கு சாதகமானதாக அமைய நீதிபதிகளுக்கு வழங்கும் கையூட்டல் இதில் உள்ள ஒன்றாகும்.</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
 الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
   </si>
   <si>
     <t>இலஞ்சத்தில் தவறுகளுக்கு ஒத்துழைப்பு வழங்கும் நிலை உள்ளதால் அதனைக் கொடுத்தல், எடுத்தல், அதற்காக மத்தியஸ்தம் வகித்தல், துணைபோதல் அனைத்தும் ஹராமாகும்.
 இலஞ்சம் பெரும்பாவங்களில் ஒன்றாகும். ஏனெனில் நபியவர்கள் அதனை எடுப்பவர், கொடுப்பவர் இருவரையும் சபித்துள்ளார்கள்.
 அநியாயம் இழைத்தல், அல்லாஹ் இறக்காததை வைத்துத் தீர்ப்பு வழங்கல், போன்றன நீதித்துறையில் இலஞ்சப் பரிவர்த்தணையின் போது ஏற்படுவதால் அது பாரிய குற்றமாகவும், கடுமையான பாவமாகவும் உள்ளது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/64689</t>
   </si>
   <si>
-    <t>بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ</t>
+    <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>'வணக்கத்திற்குரியவன் அல்லாஹ்வையன்றி வேறு யாருமில்லை என்றும் முஹம்மத் அவர்கள் இறைத்தூதர் என்றும் உறுதியாக நம்புதல், தொழுகையை நிலை நிறுத்துதல், ஸகாத்து வழங்குதல், ஹஜ் செய்தல், ரமாழானில் நோன்பு நோற்றல், ஆகிய ஐந்து தூண்கள் மீது இஸ்லாம் நிர்மாணிக்கப்பட்டுள்ளது'</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு உமர் ரழியல்லாஹு அன்ஹுமா  கூறுகின்றார்கள் : 'வணக்கத்திற்குரியவன் அல்லாஹ்வையன்றி வேறு யாருமில்லை என்றும் முஹம்மத் அவர்கள் இறைத்தூதர் என்றும் உறுதியாக நம்புதல், தொழுகையை நிலை நிறுத்துதல், ஸகாத்து வழங்குதல், ஹஜ் செய்தல், ரமாழானில் நோன்பு நோற்றல், ஆகிய ஐந்து தூண்கள் மீது இஸ்லாம் நிர்மாணிக்கப்பட்டுள்ளது'</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>ஜந்து தூண்களை தாங்கி நிற்கும்  பலமான ஒரு கட்டடத்திற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இஸ்லாத்தை ஒப்பிட்டார்கள். இஸ்லாத்தின் எஞ்சிய பண்புகள் யாவும் அக்கட்டடத்தை பரிபூரணப்படுத்தக்கூடிய விடயங்களாகும். இஸ்லாத்தின் தூண்களில் முதலாவதாக இரண்டு ஷஹாதா கலிமாக்கள் ஆகும். அவை 'உண்மையான வணக்கத்திற்குரியவன் அல்லாஹ்வையன்றி வேறு யாருமில்லை என்றும் முஹம்மத் அவர்கள் இறைத்தூதர் என்றும் சாட்சியம் கூறுதல்' ஆகும். இவ்விரண்டு விடயங்களும் ஒரு தூணாகவே கணிக்கப்படும். இவை ஒன்றையொன்று ஒரு போதும் பிரிந்திருக்கமாட்டாது. இவ்வார்த்தையை  ஒரு அடியான் நாவினால் மொழிந்து, அல்லாஹ்வின் ஏகத்துவத்தன்மையையையும், அவன் மாத்திரமே வணக்கவழிபாடுகள் செலுத்த தகுதியானவன் என்பதையும் ஏற்று அதன் அர்த்தத்தை அறிந்து, அதன்படி செயல்படல் அவசியமாகும். அத்துடன் முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் தூதுத்துவத்தை விசுவாசித்து, அவரை முன்மாதிரியாகக் கொண்டு பின்பற்றல் அவசியமாகும். இரண்டாவது : தொழுகையை நிலைநாட்டுதல், இது இரு சாட்சியங்களுக்கு அடுத்து பிரதான தூணாகும். தினமும் கடமையான ஐவேளை தொழுகைகளான பஜ்ர், லுஹர், அஸ்ர், மஃரிப், இஷா ஆகியவைகளை அதன் நிபந்தனைகள், ருகுன்கள் மற்றும் வாஜிபாத்துக்களைப் பேணி நிறைவேற்றுவதைக் குறிக்கும். மூன்றாவது : ஸகாத் வழங்குதல், இது பொருள் ரீதியான ஒரு வணக்கமாகும். ஷரீஆவில்-மார்க்கத்தில்- வரையறுக்கப்பட்ட அளவை அடைந்த செல்வங்கள் அiனைத்திலும் இது கடமையாவதோடு அதற்கு தகுதியானவர்களுக்கு கொடுத்திட வேண்டும். நான்காவது : ஹஜ் செய்தல், ஹஜ் என்பது அல்லாஹ்வுக்கு வழிப்படும் முகமாக மக்காவுக்கு சென்று கிரியைகளை  நிறைவேற்றுவதைக் குறிக்கும். ஐந்தாவது : ரமழான் மாதத்தில் நோன்பு நோற்பது, பஜ்ர் உதயமாகியது முதல் சூரியன் மறையும் வரையில் அல்லாஹ்வுக்கு வழிப்படும் எண்ணத்துடன் உண்ணுதல் மற்றும் பருகுதல் மற்றும் நோன்பை முறிக்கும் காரியங்கள் அனைத்தையும் தவிர்த்தலை இது குறிக்கும்.</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
     <t>இரு சாட்சியங்களும் ஒன்றோடொன்று இணைக்கப்பட்டுள்ளது, அவ்விரண்டையும் சேர்த்தே ஏற்றுக்கொள்ள வேண்டும், இரண்டில் ஒன்று குறைந்தாலும் அது பயனளிக்காது. இதனடிப்படையில்தான் அவை இரண்டும் ஒரே தூணாக ஆக்கப்பட்டுள்ளது.
 இரு சாட்சியங்களும் இஸ்லாத்தின் அடிப்படையாகும். அவைகளின்றி எந்த வார்த்தையும், செயலும் அல்லாஹ்விடத்தில் ஒப்புக்கொள்ளப்படுவதில்லை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65000</t>
   </si>
   <si>
-    <t>‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ</t>
+    <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>'உங்களில் எவர் ஒரு தீங்கைக் காண்கிறாரோ அவர் அதைத் தனது கரத்தால் தடுக்கட்டும். அவரால் அது முடியவில்லையென்றால் அதை அவர் தனது நாவால் தடுக்கட்டும். அதையும் அவரால் செய்ய முடியவில்லையென்றால் அதை அவர் தனது மனதால் வெறுக்கட்டும். இதுதான் நம்பிக்கையின் (ஈமானின்) மிகவும் பலவீனமான- தாழ்ந்த- நிலையாகும்</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹூ அலைஹிவஸல்லம்  அவர்கள் கூறியதை தான் கேட்டதாக  அபூ ஸஈத் அல்குத்ரீ ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் 'உங்களில் எவர் ஒரு தீங்கைக் காண்கிறாரோ அவர் அதைத் தனது கரத்தால் தடுக்கட்டும். அவரால் அது முடியவில்லையென்றால் அதை அவர் தனது நாவால் தடுக்கட்டும். அதையும் அவரால் செய்ய முடியவில்லையென்றால் அதை அவர் தனது மனதால் வெறுக்கட்டும். இதுதான் நம்பிக்கையின் (ஈமானின்) மிகவும் பலவீனமான- தாழ்ந்த- நிலையாகும்.</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒவ்வொருவரினதும் இயலுமைக்கேட்ப- சக்திக்கு ஏற்ப- தீமையைத் தடுக்குமாறு இந்த ஹதீஸில் அறிவுருத்துகிறார்கள். ('அல் முன்கர்' என்பது அல்லாஹ்வும் அவனுடைய தூதரும் தடைசெய்த அனைத்து பாவகாரியங்கள் மற்றும் தீமைகளைக் குறிக்கும்) ஒருவர் தீமையை கண்டு அதனை  தனது கையினால் தடுப்பதற்கான சக்தி பெற்றிருப்பின் –அல்லது அதிகாரத்தைப்பெற்றிருப்பின் - அவர் தனது கையால் தடுக்க வேண்டும். குறித்த தீமையை தடுப்பதற்கான இயலுமை அவரிடத்தில் காணப்படாவிட்டால்; தனது நாவினால் அப்பாவத்தை  புரிபவரை தடுத்து அதன் விபரீதங்களை விளக்குவதுடன் தீமைக்குப் பதிலாக நன்மையின் பால் வழிகாட்ட வேண்டும் தனது நாவினால் குறித்த தீமையை தடுப்பதற்கு இயலவில்லையாயின் உள்ளத்தால் அத்தீமையை வெறுப்பதுடன் தனக்கு அத்தீமையை தடுப்பதற்கான பலம் கிடைத்தால் அதனை செய்வதாக மனதில் உறுதி கொள்ளல் வேணடும். தீமையை அல்லது பாவகாரியத்தை தடுப்பதில் ஆகக்குறைந்த நிலை மனதால் வெறுப்பதாகும்.</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
     <t>பாவங்களை -தீமைகளை- தடுப்பதற்கான  படித்தரங்களை விபரிப்பதில் அடிப்படையான ஒரு ஹதீஸாக இது உள்ளது.
 தீமைகளைத் தடுப்பதில் படிமுறைகளைப் பின்பற்றுமாறு இந்த ஹதீஸ் குறிப்பிடுவதுடன் இப்பணி ஒவ்வொரு மனிதனின் ஆற்றல் மற்றும் இயலுமைக்கு ஏற்பவே அமையும் என்றும் சுட்டிக்காட்டுகிறது.
 தீமையை தடுத்தல் மார்க்கத்தின் மகத்தான மற்றும் மிக முக்கிய ஒரு பகுதியாகும். ஆகையால் எவறும் இப்பொறுப்பிலிருந்து விலக முடியாது ஒவ்வொரு முஸ்லிமும் அவரவரவர் பெற்றிருக்கும்  இயலுமைக்கேட்ப மேற்கொள்ளல் வேண்டும்.
 நன்மையை ஏவித் தீமையைத் தடுத்தல் ஈமானியப் பண்புகளில் ஒன்றாகும். ஈமான் கூடிக் குறையும் இயல்பைக் கொண்டதாகும்.
 குறிப்பிட்ட செயல் தீமை என்பதை அறிந்திருப்பது, தீமையைத் தடுத்தலுக்கான நிபந்தனையாகும்
 குறித்த ஒரு தீமையை தடுப்பதன் விளைவாக அதைவிடவும் மிகப்பெரும் தீமை உருவாகாது இருத்தல் வேண்டும் என்பது தீமையைத் தடுப்பதாற்கான இன்னொரு நிபந்தனையாகும்.
 தீமையைத் தடுப்பதற்கென சில ஒழுங்குகளும், நிபந்தனைகளும் உண்டு, அவற்றை ஒரு முஸ்லிம் கற்றுக்கொள்ளல் அவசியமாகும்.
 தீமையை தடுப்பதற்கு ஷரீஆ வழிமுறையும், அறிவும்,தெளிவும்அவசியமாகும்.
 மனதால்; தீமையை வெறுக்காதிருத்தல் ஈமானிய பலவீனமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65001</t>
   </si>
   <si>
-    <t>مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ</t>
+    <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>'இஸ்லாத்தில் இணைந்து நன்மை புரிகிறவர் அறியாமைக் காலத்தில் செய்த தவறுகளுக்காகத் தண்டிக்கப்படமாட்டார். இஸ்லாத்தில் இணைந்த பிறகு (மீண்டும் இறைமறுப்பு எனும்) தீமையைப் புரிகிறவர் (அறியாமைக் காலத்தில் செய்த) முந்திய தவறுகளுக்காகவும், (இஸ்லாத்தை ஏற்றபின் செய்த) பிந்திய தவறுகளுக்காகவும் தண்டிக்கப்படுவார்' என்று நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்; அவர்கள் கூறினார்கள்'</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு கூறினார்கள் : 'இறைத்தூதர் அவர்களே! 'நாங்கள் அறியாமைக் காலத்தில் செய்தவற்றிற்காக (மறுமையில்) தண்டிக்கப் படுவோமா?' என ஒருவர் கேட்டதற்கு,  'இஸ்லாத்தில் இணைந்து நன்மை புரிகிறவர் அறியாமைக் காலத்தில் செய்த தவறுகளுக்காகத் தண்டிக்கப்படமாட்டார். இஸ்லாத்தில் இணைந்த பிறகு (மீண்டும் இறைமறுப்பு எனும்) தீமையைப் புரிகிறவர் (அறியாமைக் காலத்தில் செய்த) முந்திய தவறுகளுக்காகவும், (இஸ்லாத்தை ஏற்றபின் செய்த) பிந்திய தவறுகளுக்காகவும் தண்டிக்கப்படுவார்' என்று நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்; அவர்கள் கூறினார்கள்'</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு  அலைஹிவஸல்லம் அவர்கள் இஸ்லாத்தினுள் (இஸ்லாம் மார்க்கத்தை ஏற்பதன்) நுழைவதன் சிறப்பை இந்த ஹதீஸில் தெளிவுபடுத்துகிறார்கள். இஸ்லாத்தை தழுவிய ஒருவர் இஸ்லாத்தை சிறப்பான முறையில் கடைப்பிடித்தொழுகி, அல்லாஹ்வை மாத்திரம் நோக்காக்கொண்டு  கலப்பற்ற எண்ணத்துடன்; எல்லாக்காரியங்களை மேற்கொள்பவராகவும் ,தமது சொல் மற்றும் செயல்களில் உண்மையாளராகவும் இருந்தால் அவர் ஜாஹிலிய்யா (அறியாமைக்) காலத்தில்  செய்த பாவகாரியங்களுக்காக விசாரிக்கப்படமாட்டார். யார் ஒருவர் இஸ்லாத்தை ஏற்றதன் பின் நயவஞ்சகனாக, அல்லது இஸ்லாம் மார்க்கத்தை துறந்து சென்று, இஸ்லாத்தை துவம்சம் செய்யும் முகமாக  நடந்து கொள்கிறானோ, இவ்வாறான ஒருவன் இஸ்லாத்தை ஏற்காதிருந்த போது செய்தவற்றிற்காகவும், இஸ்லாத்தை ஏற்றதன் பின் செய்தவைகளுக்காகவும் மறுமையில் விசாரிக்கப்படுவான்!</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>ஸஹாபாக்கள் தாம் ஜாஹிலிய்யாக்காலத்தில் செய்த செயற்பாடுகளுக்காக மறுமையில் விசாரிக்கப்படுவது குறித்து பயந்தமையும் அந்த விவகாரத்தில் அவதானமாய் இருந்தமையும்.
 இஸ்லாத்தின் மீது பற்றுடன் இருப்பதற்கு தூண்டுதல் -(வலியுறுத்தல்)
 இஸ்லாத்தை ஏற்பதன் சிறப்பை இந்த ஹதீஸ் குறிப்பிடுவதோடு, அது முன்னைய பாவகாரியங்களுக்கான பரிகாரமாக அமையும் என்பதையும் சுட்டிக்காட்டுகிறது.
 இஸ்லாத்தை துறந்து மதம் மாறியவர் மற்றும் நயவஞ்சகன் ஆகியோர் தாம் இஸ்லாத்தை ஏற்க முன் செய்த செயற்பாடுகளுக்கும், இஸ்லாத்தை ஏற்ற பின் செய்த குற்றங்களுக்கும் விசாரணை செய்யப்படுவர்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65002</t>
   </si>
   <si>
-    <t>أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ</t>
+    <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>'நான் கடமையாக்கப்பட்ட தொழுகைகளை நிறைவேற்றி, ரமழானில் நோன்பையும்  நோற்று, ஹலாலை ஹலாலாக்கி,</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
     <t>ஜாபிர் ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள் : ஒரு மனிதர் அல்லாஹ்வின் தூதர் ஸலல்லல்லாஹூ அலைஹிவஸல்லம் அவர்களிடம் 'நான் கடமையாக்கப்பட்ட தொழுகைகளை நிறைவேற்றி, ரமழானில் நோன்பையும்  நோற்று, ஹலாலை ஹலாலாக்கி, ஹராத்தை ஹராமாக்குகின்றேன். இதற்குமேல் அதிகமாக நான் எதுவும் செய்யவில்லையாயின், இந்த நிலையில் நான் சுவர்க்கத்தில் நுழைவேனா? என்று எனக்குக் கூறுங்கள் என வினவினார்'. அதற்கு நபியவர்கள் 'ஆம்!' என்று பதிலளித்தார்கள்' அதற்கு அந்த மனிதர் அல்லாஹ்வின் மீது ஆணையாக இதற்கு மேலதிகமாக எதனையும் நான் செய்யமாட்டேன் என்று கூறினார்.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில்,ஒரு மனிதர் உபரியான தொழுகைளை தவிர்த்து கடமையான ஐவேளைத் தொழுகைகளை மாத்திரம்  தொழுபவராகவும், உபரியான நோன்புகளைத் தவிர்த்து கடமையான நோன்புகளை மாத்திரம் நோற்பவராகவும், ஹலாலானவை ஹலால் என ஏற்று அவற்றை செய்தும் ஹராமானவை தவிர்க்கப்படவேண்டியவை என்பதை ஏற்று அவற்றை தவிர்ந்தும் இருப்பாராயின்; அவர் சுவர்க்கம் நுழைவார் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவுபடுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>ஒரு முஸ்லிம் கட்டாயக் கடமைகளைச் செய்து, ஹராமானவற்றை (தடுக்கப்பட்டவைகளை )செய்வதை விட்டுவிடுவதில் ஆர்வம் கொள்ளவதுடன் அவர்; எப்போதும் சுவர்க்கம் நுழைவதை இலக்காகக் கொண்டிருக்க வேண்டும்.
 அனுமதிக்கப்ப்ட ஹலாலான வற்றை செய்தல் அதனை ஹலால் என்பதை ஏற்றுக்கொள்ளுதல் மற்றும் ஹராமானவை -அல்லாஹ்வால் தடுக்கப்பட்டவை தவிர்த்துக் கொள்வதும், அது ஹராம் என்பதை ஏற்று நம்புவதன் முக்கியத்துவத்தையும்  இந்த ஹதீஸ் சிலாகித்துப் பேசுகிறது.
 கடமையானவற்றை செய்வதும், தடைசெய்யப்பட்டவற்றை -ஹராமானவற்றை- விட்டுவிடுவதும் சுவர்க்கம் நுழைவதற்கான  ஒரு வழியாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65003</t>
   </si>
   <si>
-    <t>الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ</t>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
     <t>'சுத்தம் ஈமானின் பாதியாகும். 'الحمد لله' (எல்லாப் புகழும் அல்லாஹ்வுக்கே) என்று கூறுவது மீஸானின் நன்மையின் தட்டை நிரப்புகின்றது. 'سبحان الله' (அல்லாஹ் மிகத்தூய்மையானவன்) 'الحمد لله' ஆகிய இரண்டுமோ அல்லது ஒன்றோ, வானத்திற்கும் பூமிக்கும் இடையே இருப்பதை நிரப்பி விடுகின்றது</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
     <t>நபி (ஸல்லல்லாஹு அலைஹிவஸல்லம்) அவர்கள் கூறியதாக அபூமாலிக் அல்அஷ்அரீ ரழியல்லாஹு அன்ஹு கூறினார்கள் : 'சுத்தம் ஈமானின் பாதியாகும். 'الحمد لله' (எல்லாப் புகழும் அல்லாஹ்வுக்கே) என்று கூறுவது மீஸானின் நன்மையின் தட்டை நிரப்புகின்றது. 'سبحان الله' (அல்லாஹ் மிகத்தூய்மையானவன்) 'الحمد لله' ஆகிய இரண்டுமோ அல்லது ஒன்றோ, வானத்திற்கும் பூமிக்கும் இடையே இருப்பதை நிரப்பி விடுகின்றது. தொழுகை ஒளியாகும். தர்மம் அத்தாட்சியாகும், பொறுமை பிரகாசமாகும். திருக்குர்ஆன் உனக்கு சாதகமான அல்லது பாதகமான ஒரு ஆதாரமாகும்; தனது நாளைத் துவங்கும் ஒவ்வொரு மனிதனும் தனது ஆன்மாவை பேரத்தில் விடுகின்றான். ஒன்று அதற்கு விடுதலையைத் தேடித் தந்திருக்கின்றான். அல்லது அதற்கு அழிவைத் தேடித் தருகின்றான்'</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
     <t>புறச்சுத்தம்; வுழூ மற்றும் குளித்தலினால் நிகழ்கிறது, அது தொழுகைக்கான நிபந்தனைகளில் ஒன்று என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் குறிப்பிடுகிறார்கள். 'الحمد لله' (எல்லாப் புகழும் அல்லாஹ்வுக்கே) மீஸானின் நன்மையின் தட்டை நிரப்புகின்றது. எனும் கூற்று அல்லாஹ்வை புகழ்ந்து அவனை அவனுக்கே உரிய பூரண பண்புகளால் வர்ணிப்பதைக் குறிக்கும். இவை மறுமையில் மீஸானில் நிறுக்கப்படும் அவ்வாறு நிறுக்கப்படும் போது அவை அமல்களின் தராசை நிரப்பிவிடும். என்பது இதன் கருத்தாகும். . 'سبحان الله' (அல்லாஹ் மிகத்தூய்மையானவன்) 'الحمد لله' (எல்லாப்புகழும் அல்லாஹ்வுக்கே) ஆகிய கூற்றுக்களானது அல்லாஹ் எல்லாவிதக் குறைகளிலிருந்தும் தூய்மையானவன் என்பதைக் காட்டும்.அத்துடன் அவனைக் கண்ணியப்படுத்தி அவனை நேசம் கொண்டு அவனின் கண்ணியத்திற்கு பொருத்தமாக அவனை வர்ணிப்பது வானங்கள் மற்றும் பூமிக்கிடையிலான பகுதியை நிரப்பிவிடுகிறது. (அஸ்ஸலாது நூருன்)'தொழுகை ஓளியாகும்' என்ற வாசகம் ஒரு அடியானுக்கு தொழுகையானது அவனது உள்ளத்திலும், முகத்திலும்,மண்ணறையிலும்(கப்ரிலும்)  மண்ணறையிலிருந்து விசாரணைக்காக எழுப்பப்படும் போதும் ஒளியாக அமையும் என்ற கருத்தைக் குறிக்கும். 'அஸ்ஸதகது புர்ஹானுன்' தர்மம் அத்தாட்சியாகும் என்பது ஒரு முஃமினின் ஆழமான நம்பிக்கையின்  உண்மைத்தன்மையை பிரதிபளிக்கும் ஆதாரமாக தர்மம் அமையும் என்பதாகும். அதாவது மறுமையில் அடியார்களுக்கு வாக்களிக்கப்பட்டவற்றை நம்பாத நயவஞ்சகன்; தர்மம் செய்வதிலிருந்து விலகியிருப்பதால்  அவனிலிருந்து முஃமினை வித்தியாசப்படுத்தும் அடையாளமாகவும் இது அமைகிறது. 'பொறுமை பிரகாசமாகும்' அஸ்ஸப்ரு என்பது மனதை பதற்றம் மற்றும் வெறுப்பு போன்றவற்றிலிருந்து கட்டுப்படுத்திக்கொள்வது என்பதைக் குறிக்கிறது. சூரிய ஒளியைப்போன்று வெப்பமும், சுடரும் கலந்த நிலையில் உள்ள பண்பாக பொறுமை காணப்படுகிறது.அதாவது பொறுமை; மனதை அடக்குதல்-கட்டுப்படுத்தல்- என்பது மிக சிரமமான விடயம். அதற்கு உள்ளத்துடன் போராடுதல் மற்றும் உள்ளம் விரும்பும் மனோஇச்சைகளை கட்டுப்படுத்துதல் போன்றன தேவைப்படுகின்றன.இவ்வாறான பொறுமையின் மூலம் பிரகாசத்தைப் பெற்றவன் அந்தப்பிரகாசத்தின் விளைவாக சரியான பாதையில் அவன் தொடர்ந்தும் நிலைத்திருப்பதற்கு அது காரணமாக அமையும்.பொறுமை பல வகைப்படும் 1- அல்லாஹ்வுக்கு வழிபடுவதில் பொறுமையை கடைப்பிடித்தல் 2- அல்லாஹ்வுக்கு மாறுசெய்வதில் மனதை அடக்கி பொறுமை காத்தல் 3- உலகத்தில் நிகழும் பலவகையான துன்பங்கள் மற்றும் சோதனைகளில் பொறுமைகாத்தல், போன்றன முக்கியமானவைகளாகும். அல்குர்ஆனை ஓதி அதன் போதனையை கடைப்பிடித்தொழுகின் அது உனக்கு சான்றாதாரமாக  அமையும்  அல்லது அதனை ஒதாது அதன் போதனைகளை கடைப்பிடிக்காது விட்டுவிட்டால் அது உமக்கு எதிராக சான்றளிக்கும் ஆதாரமாக அமைந்து விடும். அதனை தொடர்ந்து நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மனிதர்கள் காலையில் தூக்கத்திலிருந்து எழுந்து பல்வேறு தொழில்களுக்காக வெளிக்கிழம்பி பல்வேறு இடங்களுக்குச் செல்வார்கள் என்பதை இந்த ஹதீஸில் குறிப்பிடுகிறார்கள் . இவ்வாறு செல்வோரில் சிலர் அல்லாஹ்வுக்கு கட்டுப்பட்டு வழிப்படுவதில் உறுதியாக இருந்து நரகத்திலிருந்து தம்மை விடுவிடுவித்துக்கொள்வோரும், சத்திய மார்க்கத்திலிருந்து தடம்புரண்டு பாவகாரியங்களில் ஈடுபட்டு அதன் மூலம் தம்மை நாசத்திற்கு உட்படுத்தி நரகத்திற்கு செல்வோறும் உள்ளனர் என்றும் குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>சுத்தம் இரண்டு வகைப்படும்; ஓன்று புறச்சுத்தம் இது வுழூ செய்தல் குளித்தல் போன்ற காரியங்களால் ஏற்படுகிறது.இரண்டாவது அகச்சுத்தம் இது ஏகத்துவம், நம்பிக்கை (ஈமான்) நற்செயல் ஆகிய விடயங்களால் ஏற்படுகிறது.
 தொழுகையானது அடியானுக்கு இம்மையிலும் மறுமையிலும் ஒளியாக அமையும் என்பதால்,
 தொழுகையைப் கடைப்பிடித்து பேணுவதன் முக்கியத்துவத்தை இந்த ஹதீஸ் குறிப்பிடுகிறது
 தர்மம் ஈமானின் -நம்பிக்கையின் உண்மை நிலையை விளக்கும் ஆதாரமாகும்.
 அல்குர்ஆனை உண்மைப்படுத்தி அதில் உள்ள போதனைகளை நடைமுறைப்படுத்துவதன் அவசியம் இந்த ஹதீஸில் குறிப்பிடபட்பட்டிருக்கிறது. ஏனெனில் அல்குர்ஆனை அணுகும் விதத்தில்தான் உமக்கு அது சாதகமாகவோ,எதிரானதாகவோ அமையும்.
 மனதை (வழிப்பாட்டில்) நன்மையான காரியத்தில் ஈடுபத்தவில்லையெனில் உம்மை பாவத்தில் ஆழ்த்தி விடும்.
 ஓவ்வொரு மனிதனும் தன்னை இறைவழிபாட்டில் ஈடுபடுத்தி (அல்லாஹ்வுக்கு கட்டுப்பட்டு) நரகத்தைவிட்டு விடுவித்துக்கொள்ளவும்  அல்லது பாவகரியத்தில் ஈடுபட்டு  பெரும் நாசத்தை அடையவும் இவ்வுலகில் ஏதோ வகையில் செயல்படுதல் வேண்டும்.
 பொறுமைக்கு  சிரமத்தை தாங்குதல், நன்மையை எதிர்பார்த்தல் எனும் பண்புகள் தேவையாகும். பொறுமையை கடைப்பிடிப்பதில் சிரமம் உள்ளது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65004</t>
   </si>
   <si>
-    <t>أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ</t>
+    <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>தனது பஞ்சனையில் சாய்ந்து கொண்டிருக்கும் நிலையில் ஒரு மனிதரிடம் எனது செய்தி வந்து சேரும்.அவ்வேளை அவன் உங்களுக்கும் எங்களுக்கும் இடையில் தீர்ப்பளிக்கும் அடிப்படை இறைவேதமாகும்</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அல்மிக்தாத் இப்னு மஃதீயக்ரிப்  ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள். தனது பஞ்சனையில் சாய்ந்து கொண்டிருக்கும் நிலையில் ஒரு மனிதரிடம் எனது செய்தி வந்து சேரும்.அவ்வேளை அவன் உங்களுக்கும் எங்களுக்கும் இடையில் தீர்ப்பளிக்கும் அடிப்படை இறைவேதமாகும்.அதில் அனுமதிக்கப்பட்டவை  எவையென்பதை காண்கிறோமோ அதனை அனுமதிப்போம். அதில் எது ஹராம் என்பதாக காண்கிறோமோ அதனை நாம் தவிர்த்து ஹராமானதாகக் கருதுவோம். நபி ஸல்லல்லாஹு அவர்கள் ஹராமாக்கியவை அல்லாஹ் ஹராமாக்கியவை போன்றாகும்.))</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில், ஒரு காலம் வரும்,அவ்வேளை மனிதர்களில் ஒரு பிரிவினர் பஞ்சனையில் அமர்ந்து கொண்டிருப்பர். அவர்களில் ஒருவர் விரிப்பில் சாய்ந்து கொண்டிருக்கும் நிலையில் நபியவர்களின் செய்தியை அவர் பெறுவார். அப்போது அவர் உங்களதும் எங்களதும் விவகாரங்களில் தீர்ப்புக் கூற அல்குர்ஆன் ஒன்று மட்டுமே போதும் எனக் கூறுவார். அதில் ஹலால் என இருப்பவற்றை செயலாற்றுவோம், அதில் ஹராம் என்று  குறிப்பிடப்பட்டவற்றை விட்டும் தூரமாவோம்; என்று கூறுவோர் பற்றி நபிஸல்லல்லாஹு அலைஹிவஸல்லம் குறிப்பிடுகிறார்கள். பின் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் தான் அல்லாஹ்விடமிருந்து செய்திகளை எத்திவைப்பவர் என்ற அடிப்படையில், தனது வழிமுறையில் தடுத்தவை மற்றும் தடைசெய்தவை அனைத்தும் சட்டத்தில் அல்லாஹ் தனது வேதத்தில் தடைசெய்த விடயங்களைப்போன்றதே எனத் தெளிவுபடுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>அல்குர்ஆனை கண்ணியப்படுத்தி அதனை எடுத்து நடப்பது போன்று, நபிவழியான 'ஸுன்னாவையும்' கண்ணியப்படுத்துதல் அதில் உள்ளவற்றையும் பின்பற்றி ஒழுகுதல்.
 இறைதூதருக்குக்கு கட்டுப்படுவது அல்லாஹ்வுக்கு கட்டுப்படுவதாகும். அவருக்கு மாறுசெய்வது-முரணாக நடப்பது, என்பது அல்லாஹ்வுக்கு மாறுசெய்வதாகும்.
 அஸ்ஸுன்னா –நபிவழிமுறை- ஆதாரம் என்பதை உறுதிப்படுத்துவதும், ஸுன்னாவை  நிராகரித்து மறுப்போறுக்கான மறுப்பாகவும் -பதிலடியாகவும்- இந்த ஹதீஸ் காணப்படுகின்றமை.
 யார் ஸுன்னாவை மறுத்து அல்குர்ஆன் மாத்திரம் போதும் என்று விதண்டாவாதம் புரிகிறாரோ அவர் அல்குர்ஆனையும் ஸுன்னாவையும் புறக்கணித்தவராவர். மேலும் அல்குர்ஆனை பின்பற்றுவதாக அவர் கூறும் விடயத்திலும் அவர் பொய்யராக உள்ளார் என்பதே உண்மையாகும்.
 எதிர்காலத்தில் நடக்க இருப்பவை பற்றிய நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் அறிவிப்பானது –எதிர்வு- கூறலானது, நபியவர்களின் நபித்துவத்தை உறுதிப்படுத்தும் ஆதாரங்களில் ஒன்றாகும். அவர்கள் கூறியவாரே அவை நடைபெற்றன.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65005</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟</t>
+    <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதரே! நான் எந்த ஒரு பாவத்தையும் செய்யாது விட்டு விடவில்லை  என்று கூற, நபியவர்கள் 'நீ அல்லாஹ்வைத் தவிர உண்மையான இறைவன் வேறு யாருமில்லை என்றும் முஹம்மத் அல்லாஹ்வின் தூதர் என்றும் சாட்சி கூறியிருக்கிறீர் அல்லவா?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள். ஒரு மனிதர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து அல்லாஹ்வின் தூதரே! நான் எந்த ஒரு பாவத்தையும் செய்யாது விட்டு விடவில்லை  என்று கூற, நபியவர்கள் 'நீ அல்லாஹ்வைத் தவிர உண்மையான இறைவன் வேறு யாருமில்லை என்றும் முஹம்மத் அல்லாஹ்வின் தூதர் என்றும் சாட்சி கூறியிருக்கிறீர் அல்லவா? என மூன்று தடவைகள் கேட்டார்கள் அதற்கு அவர் ஆம் என்று கூறினார். அதற்கு நபியவர்கள் 'அந்த வார்த்தைகள் அவற்றை அழித்துவிடும் என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>ஒரு மனிதர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து அல்லாஹ்வின் தூதரே நான் எல்லா வகையான பாவங்கள் மற்றும் குற்றங்கள் அனைத்தையும் செய்து விட்டேன் அவற்றில் சிறியது,பெரியது என எந்த ஒன்றையும் விடாது அனைத்தையும் புரிந்து விட்டேன். இவ்வாறான நிலையில் எனக்கு மன்னிப்புக்கிடைக்குமா? என்று கேட்டார். அதற்கு நபியவர்கள் 'நீ அல்லாஹ்வைத்தவிர உண்மையான இறைவன் வேறு யாறுமில்லை என்றும் முஹம்மத் அல்லாஹ்வின் தூதர் என்றும் சாட்சி கூறியிருக்கிறீர் அல்லவா? என்று கேட்டார்கள். இந்தக் கேள்வியை மூன்று தடவைகள் மீண்டும் மீண்டும் அம்மனிதரிடம் கேட்டார்கள். அதற்கு அவர் 'ஆம்' நான் சாட்சி  கூறியிருக்கிறேன் என பதிலளித்தார்கள். எனவே நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் கலிமதுஸ்ஷஹாதாவின் (அல்லாஹ்வையும் அவனது தூதரான முஹம்மத் ஸல்லல்லலாஹு அலைஹிவஸல்லம் அவர்களையும் ஏற்று சாட்சி கூறுவதன்) சிறப்பு பற்றியும் அவை பாவங்களுக்கு பரிகாரமாக அமைந்துவிடும் என்பதையும், தவ்பா –பாவமீட்சி கோருவது- முன்செய்த பாவங்களை அழித்துவிடுகிறது எனவும் கூறினார்கள்.</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>ஷஹாதா கலிமாவின் மேன்மையும், அதனை உள்ளத்தால் உண்மையாக தூய்மையான முறையில் கூறியவனின் பாவத்தை மிகைத்து இருப்பது குறித்தும் இந்த ஹதீஸ் சுட்டிக்காட்டுகிறது.
 இஸ்லாம் ஒருவரின் முன் செய்த பாவங்களை அழித்துவிடுகிறது.
 உண்மையான தவ்பா ஒருவனின் முன்செய்த பாவங்களை அழித்துவிடுகிறது.
 ஒரு விடயத்தை பல முறை கற்பித்தல் நபியவர்களின் வழிமுறையாகும்.
 ஷஹாதா கலிமாக்களின் சிறப்பும், நரகத்தில் நிரந்தமாக இருப்பதிலிருந்து விடுதலை பெற அவைகள் காரணமாக அமைந்துவிடுகிறது.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
+    <t>[رواه أبو يعلى والطبراني والضياء المقدسي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65006</t>
   </si>
   <si>
-    <t>فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا</t>
+    <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் அவர்கள், ' அடியார்கள் அல்லாஹ்வுக்குச் செய்யவேண்டிய கடமை என்னவென்றால், அவர்கள் அவனை மாத்திரமே வழிபட வேண்டும்; அவனுக்கு எதையும் இணையாக்கக் கூடாது. அல்லாஹ்வின் மீது அடியார்களுக்கு உள்ள உரிமை –கடமை யாதெனில், அவனுக்கு எதையும் இணை கற்பிக்காமல் இருப்பவரை (மறுமையில்) அவன் வேதனை செய்யாமல் இருப்பதாகும்'</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>முஆத் இப்னு ஜபல்(ரழியல்லாஹு அன்ஹு) அவர்கள் அறிவிக்கிறார்கள். நான் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்குப் பின்னால் 'உஃபைர்' என்று அழைக்கப்படும் கழுதையின் மீது அமர்ந்திருந்தேன். அப்போது அவர்கள், 'முஆதே! அல்லாஹ்வுக்கு அடியார்கள் செய்ய வேண்டிய கடமை என்ன என்பதை நீர் அறிவீரா? மேலும் அடியார்களுக்கு அல்லாஹ் ஆற்ற வேண்டிய கடமை யாது என்பதையும் நீர் அறிவீரா என்று (என்னிடம்) கேட்டார்கள்.
 அதற்கு நான், 'அல்லாஹ்வும் அவனுடைய தூதருமே நன்கு அறிந்தவர்கள்' என்று பதிலளித்தேன். அல்லாஹ்வின் தூதர் அவர்கள், ' அடியார்கள் அல்லாஹ்வுக்குச் செய்யவேண்டிய கடமை என்னவென்றால், அவர்கள் அவனை மாத்திரமே வழிபட வேண்டும்; அவனுக்கு எதையும் இணையாக்கக் கூடாது. அல்லாஹ்வின் மீது அடியார்களுக்கு உள்ள உரிமை –கடமை யாதெனில், அவனுக்கு எதையும் இணை கற்பிக்காமல் இருப்பவரை (மறுமையில்) அவன் வேதனை செய்யாமல் இருப்பதாகும்' என்று கூறினார்கள்.
 'அல்லாஹ்வின் தூதரே! இந்த நற்செய்தியை மக்களுக்கு அறிவிக்கட்டுமா?' என்று நான் கேட்டேன். அதற்கு அவர்கள், 'மக்களுக்கு இந்த நற்செய்தியை (இப்போது) அறிவிக்காதீர்;. அவர்கள் இந்தச் செய்தியை மட்டுமே சார்ந்து (நற்செயல்களில் ஈடுபடாமல்) இருந்து விடுவார்கள்' என்று பதில் அளித்தார்கள்.</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
     <t>நபி ஸல்லலல்லாஹு அலைஹிவஸல்லம் அவர்கள் அடியார்கள் அல்லாஹ்வுக்குச் செய்ய வேண்டிய கடமை பற்றியும் அல்லாஹ் அடியார்களுக்குச்செய்ய வேண்டிய கடமை குறித்தும் இந்த ஹதீஸில் தெளிவுபடுத்துகிறார்கள். அடியார்கள் அல்லாஹ்வுக்குச் செய்யவேண்டிய கடமை என்னவென்றால், அவர்கள் அவனையே வழிபட வேண்டும்; அவனுக்கு எதையும் இணையாக்கக் கூடாது. அல்லாஹ் அடியார்களுக்கு செய்ய வேண்டிய -உரிமை –கடமை யாதெனில், அவனுக்கு எதையும் இணை கற்பிக்காமல் இருக்கும் ஏகத்துவவாதிகளை (மறுமையில்) அவன் வேதனை செய்யாமல் இருப்பதாகும். பின்னர் முஆத் அவர்கள் நபியவர்களை விளித்து அல்லாஹ்வின் தூதரே இந்தச் சிறப்பை அறிந்து மக்கள் மகிழ்ச்சியடைவதற்காக  நான் அவர்களுக்கு இதனை அறிவிக்கட்டுமா? என்று கேட்டார்கள். அப்போது  நபியவர்கள் இதில் அவர்கள் (அடியார்கள்) நற்காரியங்களில் ஈடுபடாது இந்த விடயத்திலே உறுதியாக இருந்துவிடுவார்கள் என்ற அச்சத்தினால் இதனை மக்களிடம் கூறுவதை தடுத்தார்கள்.</t>
   </si>
   <si>
     <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
 بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
 فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
 حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
 التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
 عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>அல்லாஹ் தனது அடியார்களுக்கு விதித்துள்ள கடமைகளான அவனை மாத்திரம் வணங்கி வழிபட்டு, அவனுக்கு எதனையும் இணையாக்காது இருத்தல் என்பதனை தெளிவுபடுத்தல்.
 அல்லாஹ் தனக்கென அவனின் அளப்பரிய கொடையினால் அடியார்களுக்கு கட்டாயம் செய்யவேண்டும் என தன்மீது விதித்துக்கொண்ட கடமை பற்றிய தெளிவுபடுத்தியிருத்தல். அதாவது அல்லாஹ் அடியார்களுக்கு செய்யவேண்டியது அவனுக்கு  இணைவைக்காது இருந்த அடியார்களை சுவர்க்கத்தில் நுழைவித்து, அவர்களை வேதனை செய்யாதிருப்பதாகும்.
 அல்லாஹ்வுக்கு எதனையும் இணைவைக்காத ஏகத்துவாதிகளுக்கு பெரும் நற்செய்தி இந்த ஹதீஸில் காணப்படுகிறது. அவர்களின் இறுதியாக .செல்லுமிடம் சுவர்க்கமாகும்
 முஆத் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவை மறைத்தல் என்ற குற்றத்திற்கு பயந்து தனது மரணத்திற்கு முன் இந்த ஹதீஸை அறிவித்தார்கள்.
 எந்த வணக்கவழிபாடோ, அல்லது ஷரீஆ குறிப்பிடும் தண்டனைகளோ அல்லது வரையறைகளோ அற்ற ஹதீஸ்களை மக்கள் விளங்கிகொள்ளமாட்டார்கள், அல்லது பிழையாக விளங்குவதற்கு இடமுன்டு எனும் அச்சம் இருந்தால் அவ்வாறான ஹதீஸ்களை பொதுவெளியில் குறிப்பிடுவதை தவிர்த்துக்கொள்ள வேண்டும் என்பதை இந்த ஹதீஸ் உணர்த்துதல்.
 அல்லாஹ்வை ஏற்றுவாழ்ந்த பாவிகளான ஏகத்துவாதிகளின் முடிவு அல்லாஹ்வின் நாட்டத்தின் பால் உள்ள ஒரு விடயமாகும். அல்லாஹ் நாடினால் அவர்களை தண்டிக்கவோ அல்லது அவர்களை மன்னிக்கவோ முடியும். ஆனால் இறுதியாக அவர்கள் செல்லுமிடம் சுவர்க்கமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65007</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ</t>
+    <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
   </si>
   <si>
     <t>அதற்கு நபியவர்கள் யார் அல்லாஹ்வுக்கு எந்த ஒன்றையும் இணைவைக்காது மரணிக்கிறாரோ அவர் சுவர்க்கம் நுழைவார். யார் அல்லாஹ்வுக்கு ஏதாவது ஒன்றை இணைவைத்தவராக மரணிக்கிறாரோ அவர் நரகம் நுழைவார் என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
   </si>
   <si>
     <t>ஜாபிர் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : நபி ஸல்லல்லலாஹு அலைஹிவஸல்லம் அவர்களிடம் ஒரு மனிதர் வந்து அல்லாஹ்வின் தூதரே! சுவர்கத்தையும் நரகத்தையும் விதியாக்கும் இரு விடயங்கள் என்ன? என்று கேட்டார். அதற்கு நபியவர்கள் யார் அல்லாஹ்வுக்கு எந்த ஒன்றையும் இணைவைக்காது மரணிக்கிறாரோ அவர் சுவர்க்கம் நுழைவார். யார் அல்லாஹ்வுக்கு ஏதாவது ஒன்றை இணைவைத்தவராக மரணிக்கிறாரோ அவர் நரகம் நுழைவார் என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபியவர்களிடம் ஒரு மனிதர் வந்து சுவர்கத்திலும் நரகத்திலும் நுழைவிக்க்கக் கூடிய இரு விடயங்கள் குறித்து கேள்வி கேட்டார். அதற்கு நபி ஸல்லல்லலாஹு அலைஹிவஸல்லம் அவர்கள் 'ஒரு மனிதன் அல்லாஹ்வுக்கு எதனையும் இணைவைக்காது அவனை மாத்திரமே வணங்கும் நிலையில் மரணிப்பது சுவர்க்கத்தை விதியாக்கும் விடயம் என்றும் 'ஒரு மனிதன் அல்லாஹ்வுக்கு நிகராக அவனது உலூஹிய்யா (வணங்கி வழிபடுவதற்கு தகுதியானவன்) எனும் பண்பில் இணைகற்பிப்பித்து  அல்லது அவனது  ருபூபிய்யா  என்ற பண்பில் (படைத்தல், பரிபாலித்தல், திட்டமிடுதல் போன்ற பண்புகளில் தனித்துவமானவன்) இணைகற்பித்து அல்லது அவனது திருநாமங்கள் மற்றும் அவனது அழகிய பண்புகளிலும் இணைகற்பித்து, மற்றும் ஏனைய விடயங்களிலும் இணை கற்பித்த நிலையில் மரணிப்பது நரகத்தை விதியாக்கும் விடயம் என பதிலளித்தார்கள்.</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>தவ்ஹீதின் -ஏகத்துவத்தின் சிறப்பு குறிப்பிடப்பட்டிருத்தல். அதாவது யார் அல்லாஹ்வுக்கு எதனையும் இணைவைக்காது  அல்லாஹ்வை உறுதியாக நம்பிய முஃமினாக மரணிக்கிறாரோ அவர் சுவர்க்கம் நுழைவார்.
 இணைவைத்தலின் பயங்கர விளைவு. அதாவது அல்லாஹ்வுக்கு ஏதாவது ஒன்றை இணைவைத்த நிலையில் மரணித்தால் அவர் நரகம் நுழைவார்.
 அல்லாஹ்வை ஏற்றுவாழ்ந்த பாவிகளான ஏகத்துவாதிகளின் விவகாரம் அல்லாஹ்வின் நாட்டத்தின் பால் உள்ள ஒரு விடயமாகும். அல்லாஹ் நாடினால் அவர்களை தண்டிக்கவோ அல்லது அவர்களை மன்னிக்கவோ முடியும். ஆனால் இறுதியாக அவர்கள் செல்லுமிடம் சுவர்கமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65008</t>
   </si>
   <si>
-    <t>إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ</t>
+    <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
     <t>ஏனெனில் அவர் 'எனது இரட்சகனே எனக்கு எனது குற்றத்தை மறுமை நாளில் மன்னித்தருள்வாயாக என்று ஒரு நாளாவாது அவர் கூறவில்லை. என்று பதிலளித்தார்கள்</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
     <t>ஆயிஷா ரழியல்லாஹு அன்ஹா அவர்கள் கூறுகிறரார்கள் : அல்லாஹ்வின் தூதரே!  இப்னு ஜுத்ஆன் ஜாஹிலிய்யாக்காலத்தில் -அறியாமைக்காலத்தில்- இனபந்துக்களை பேணிநடப்பவராகவும், ஏழைகளுக்கு உணவளிப்பவராகவும் இருந்தார் இவை அவருக்கு மறுமையில் பயன் அளிக்குமா? என நான் கேட்டேன். அதற்கு நபியவர்கள் :அவை அவருக்கு எவ்விதப் பயனையும் அளிக்காது ஏனெனில் அவர் 'எனது இரட்சகனே எனக்கு எனது குற்றத்தை மறுமை நாளில் மன்னித்தருள்வாயாக என்று ஒரு நாளாவாது அவர் கூறவில்லை. என்று பதிலளித்தார்கள்.</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபியவர்கள் இஸ்லாத்திற்கு முன் இருந்த குறைஷித்தலைவர்களில் ஒருவரான அப்துல்லாஹ் இப்னு ஜுத்ஆன் பற்றி குறிப்பிடுகிறார்கள். அவரிடம், உறவுகளை சேர்ந்து நடந்து, உபகாரம் புரிதல் மற்றும் ஏழைகளுக்கு உணவளித்தல் போன்ற இஸ்லாம் செய்ய வேண்டும் என வலியுறுத்திக் குறிப்பிட்டிருக்கும்  சிறப்பான விடயங்களில் சில காணப்பட்டன. என்றாலும் அவைகள் ஒருபோதும் மறுமையில் அவருக்கு எவ்விதப்பயனையும் தராது. அவர் அல்லாஹ்வை நிராகரித்தமையும், 'எனது இரட்சகனே எனக்கு எனது குற்றத்தை மறுமை நாளில் மன்னித்தருள்வாயாக' என்று ஒரு நாளாவாது அவர் கூறாது இருந்தமையும் இதற்கான காரணங்களாகும்.</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
 بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
 الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
 أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
   </si>
   <si>
     <t>ஈமானின் சிறப்பும்,அமல்கள்-செயல்கள்- ஏற்றுக்கொள்ளப்பட ஈமான் ஒரு நிபந்தனை என்பதையும் தெளிவுபடுத்தியிருத்தல்.
 குப்ரின் -இறைநிராகரிப்பின்- துரதிஷ்டமும் அது நற்செயல்களின் நன்மைகளை பயனற்றவைகளாக மாற்றுகிறது என்பதை தெளிபடுத்தலும்.
 அல்லாஹ்வையும்,மறுமை நாளையையும் ஈமான் கொள்ளாததின் காரணமாக காபிர்களின் செயல்கள் மறுமையில் எவ்விதப்பயனையும் அளிக்காது என இந்த ஹதீஸ் குறிப்பிடுகின்றமை.
 ஒரு மனிதன் இஸ்லாத்தை ஏற்றுக்கொண்டால் அவன் இறை நிராகரிப்பில் இருக்கும் போது செய்த நற் செயல்களுகான நன்மைகள் எழுதப்பட்டு அதற்கான கூலி வழங்கப்படும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65009</t>
   </si>
   <si>
-    <t>هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ</t>
+    <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
     <t>' என்று கேட்டார்கள். 'அல்லாஹ்வும் அவனுடைய தூதருமே இதைப் பற்றி நன்கு அறிந்தவர்கள்' என்று நாங்கள் கூறினோம். என்னை விசுவாசிக்கக் கூடியவர்களும் என்னை நிராகரிக்கக் கூடியவர்களுமான</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
     <t>ஸைத் இப்னு காலித் அல்ஜுஹனீ ரழியல்லாஹு அன்ஹு அறிவித்தார்: அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் '{ஹுதைபிய்யா' எனுமிடத்தில் எங்களுக்கு ஸுபுஹ் தொழுகை நடத்தினார்கள். அன்றிரவு மழை பெய்திருந்தது. தொழுது முடித்ததும் மக்களை நோக்கி, 'உங்களுடைய இறைவன் என்ன கூறினான் என்பதை நீங்கள் அறிவீர்களா?' என்று கேட்டார்கள். 'அல்லாஹ்வும் அவனுடைய தூதருமே இதைப் பற்றி நன்கு அறிந்தவர்கள்' என்று நாங்கள் கூறினோம். என்னை விசுவாசிக்கக் கூடியவர்களும் என்னை நிராகரிக்கக் கூடியவர்களுமான என் அடியார்கள் இரண்டு பிரிவுகளாக ஆனார்கள். அல்லாஹ்வின் கருணையினாலும் அவனுடைய அருட்கொடையினாலும் நமக்கும் மழை பொழிந்தது எனக் கூறுபவர்கள் என்னை நம்பி, நட்சத்திரங்களை மறுத்தவர்களாவர். இந்த நட்சத்திரத்தினால் எங்களுக்கு மழை பொழிந்தது எனக் கூறுபவர்கள் என்னை நிராகரித்து, நட்சத்திரங்களை விசுவாசித்தவர்களாவர் என்று இறைவன் கூறினான்' என்று இறைத்தூதர்(ஸல்லலல்லாஹு அலைஹிவஸல்லம்) அவர்கள் கூறினார்கள்.</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
 وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
 وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
   </si>
   <si>
     <t>மக்காவிற்கு அருகில் அமைந்துள்ள கிராமமான ஹுதைபிய்யாவில் -அன்றிரவு பெய்த மழையைத் தொடர்ந்து- நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஸுப்ஹ் தொழுகையை நடாத்தினார்கள். ஸலாம் கொடுத்து தொழுகையை முடித்துக்கொண்ட பின் மக்களை நோக்கி தனது  முகத்தைத் திருப்பி அவர்களிடம் 'உங்களுடைய இறைவன் என்ன கூறினான் என்பதை நீங்கள் அறிவீர்களா?' என்று கேட்டார்கள். அதற்கு அவர்கள்  'அல்லாஹ்வும் அவனுடைய தூதருமே இதைப் பற்றி நன்கு அறிந்தவர்கள்' என்று பதிலளித்தனர். அதற்கு நபியவர்கள்; மழைபொழியும் போது மக்கள் அல்லாஹ்வை ஏற்றுக்கொண்டோர் அல்லாஹ்வை நிராகரித்தோர் என இரு பிரிவுகளாக பிரிந்துவிடுகின்றனர் என அவர்களுக்கு தெளிவு படுத்தினார்கள் அல்லாஹ்வின் கருணையினாலும் அவனுடைய அருட்கொடையினாலும் எமக்கு மழை பொழிந்தது எனக் கூறி மழைபொழிதல் எனும் விவகாரத்தை அல்லாஹ்வுடன் இணைத்துக் கூறியவர் இந்தபிரபஞ்சத்தை நிர்வகிக்கும் படைப்பாளனான அல்லாஹ்வை விசுவாசித்து, நட்சத்திரங்களை மறுத்தவராவார். இந்த,இந்த நட்சத்திரங்களினால்; எங்களுக்கு மழை பொழிந்தது எனக் கூறுபவர்கள் அல்லாஹ்வை நிராகரித்து, நட்சத்திரங்களை விசுவாசித்தவராவார்.மழைபொழிவதை கோல்கள் -நட்சத்திரங்களின் செயல் என இணைத்துக் கூறுவது சிறியவகை இணைவைப்பாகும். அல்லாஹ் மழைபொழிவிப்பதற்கு ஷரிஆரீதியான மற்றும் விதியின் அடிப்படையிலான இதற்கான எந்த காரணங்களையும் நட்சத்திரங்களுக்கு ஏற்படுத்தவில்லை. யார் மழை பொழிதல் மற்றும் பூமியில் நிகழும் பிற நிகழ்வுக்கு  கோள்களின் தோற்றம் மற்றும் மறைவு போன்ற  இயக்கங்களை காரணம் காட்டி, அவைதான் இவை  நிகழ்வதற்கான உண்மையான காரணி என நம்புகிறானோ  அவன் மிகப்பெரும் காபிராக இறைநிராகரிப்பாளனாக ஆகிவிடுகிறான்.</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>மழை பொழிந்ததன் பின் مُطرنا بفضل الله ورحمته. 'அல்லாஹ்வின் கருணையினாலும் அவனுடைய அருட்கொடையினாலும் நமக்கு மழை பொழிந்தது' எனக் கூறுவது விரும்பத்தக்க விடயமாகும்.
 கோள்களும் நட்சத்திரங்களுமே உண்மையில் மழையை பொழியச்செய்கிறது என்று யார் கூறுகின்றானோ அவன் காபிராவான். இது பெரிய வகை குப்ராகும். அதே போல் யார் ஒருவர் இந்த நட்சத்திரங்களும் கோள்களும் மழை பொழிய காரணமாக இருக்கிறது என்று அவற்றைக் காரணமாக கூறுகிறாரோ அவரும் காபிராவார்.இது சிறியவகை குப்ரில் சேர்க்கப்படும்.
 ஒரு அருளானது அது நிராகரிக்கப்படும் போது அது இறைநிராகரிப்புக்கு காரணமாகவும்,அதற்கு நன்றி செலுத்தப்படும் போது, ஈமானுக்கு -இறைநம்பிக்கைக்கு- காரணமாகவும் அமைந்துவிடுகிறது.
 'இந்த நட்சத்திரத்தினால் எங்களுக்கு மழை பொழிந்தது எனக் கூறுவது ஷிர்கிற்கு வழிவகுக்கும் காரணமாக அமைந்துவிடும் என்பதற்காக தடுக்கப்பட்டிருத்தல்.
 அருளை பெறுவதிலும்,தீஙகிலிருந்து பாதுகாப்புப் பெறுவதிலும்; உள்ளம் அல்லாஹ்வுடன் இணைந்திருப்பது அவசியமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65010</t>
   </si>
   <si>
-    <t>إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ</t>
+    <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
     <t>அதற்கு நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், 'உண்மையிலேயே நீங்கள் அத்தகைய உணர்வுகளுக்கு உள்ளாகின்றீர்களா?' என்று கேட்டார்கள். அதற்கு நபித் தோழர்கள், 'ஆம்' என்று பதிலளித்தார்கள். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்   அவர்கள், 'அதுதான் ஒளிவுமறைவற்ற (தெளிவான) இறைநம்பிக்கை' என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: جَاءَ نَاسٌ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَسَأَلُوهُ: إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள்: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்களுடைய தோழர்களில் சிலர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்   அவர்களிடம் வந்து, 'எங்கள் உள்ளத்தில் சில (குழப்பமான) விஷயங்கள் எழுகின்றன. அவற்றை (வெளிப்படுத்திப்) பேசுவதைக்கூட நாங்கள் மிகப்பெரும் (பாவ) காரியமாகக் கருதுகிறோம் (இது பற்றி தாங்கள் என்ன கூறுகின்றீர்கள்?)' என்று கேட்டனர். அதற்கு நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், 'உண்மையிலேயே நீங்கள் அத்தகைய உணர்வுகளுக்கு உள்ளாகின்றீர்களா?' என்று கேட்டார்கள். அதற்கு நபித் தோழர்கள், 'ஆம்' என்று பதிலளித்தார்கள். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்   அவர்கள், 'அதுதான் ஒளிவுமறைவற்ற (தெளிவான) இறைநம்பிக்கை' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>جاء جماعة مِن أصحاب النبي صلى الله عليه وسلم فسألوه عن ما يجدونه في أنفسهم من الأمور الكبيرة التي يعظم عليهم النطق بها لقبحها ونفورهم عنها، 
 فقال عليه الصلاة والسلام: إن هذا الذي وجدتموه هو صريح الإيمان واليقين الذي يدفعكم لمنع ما يلقيه الشيطان في القلب واستنكاركم النطق وتعاظم ذلك في أنفسكم، وإن الشيطان لم يتمكن من قلوبكم، بخلاف من تمكَّن الشيطان من قلبه ولم يجد معه مدافعة.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்களுடைய தோழர்களில் சிலர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்   அவர்களிடம் வந்து, 'தங்களது உள்ளத்தில் எழுகின்ற, அருவருக்கத்தக்கதும்,பிறர் வெறுத்து புறக்கணிக்கத்தக்கதும், அவற்றைப் பேசுவது என்பதே மிகப்பெரிய பாவம் என்ற நிலையில் இருக்கும் விடயங்கள் சம்பந்தமாக விசாரித்தார்கள். அதற்கு  நபியவர்கள் நீங்கள் உங்கள் உள்ளத்தில் காணும் இவ்வாறான எண்ணங்கள் ஈமானின் அப்பளுக்கற்ற தன்மைக்கு ஆதாரமாகவும். ஷைத்தான் உங்கள் உள்ளத்தில் எற்படுத்துகின்றவற்றை தடுக்கவும், அவற்றை பேசுவதை நீங்கள் வெறுக்கவும், அவற்றை மிகப்பெரியதொரு விடயமாக கருதவும் உங்களைத் தூண்டுகின்ற ஆழமான ஈமானிய உறுதியின் வெளிப்பாடாகவும் இது அமைந்துள்ளதுடன் ஷைத்தான் உங்களுடைய உள்ளங்களை ஆட்கொள்ளவில்லை என்பதை காட்டுகிறது. மாறாக ஷைத்தான் ஆட்கொண்ட உள்ளத்தைப் பொருத்தவரை இந்நிலை காணப்படமாட்டாது எனவும் விளக்கமளித்தார்கள்.</t>
   </si>
   <si>
     <t>بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 عدم التصديق والقبول بما يراود النَّفس مِن وساوس، فإنها مِن الشيطان.
 وسوسة الشيطان لا تضر المؤمن، ولكن ليستعذ بالله من وسوسته، ولينته عن الاسترسال في ذلك.
 لا ينبغي للمسلم السكوت عما يُشْكِل عليه في أمر دينه، وينبغي له السؤال عنه.</t>
   </si>
   <si>
     <t>முஃமின்களுக்கு ஷைத்தானால் மனஊசலாட்டத்தை தவிர வேறு எதையும் செய்ய முடியாது என்ற ஷைத்தானின் பலவீனத்தை தெளிவுபடுத்துதல்.
 உள்ளத்தில் ஊசாலாடும் தேவையற்ற எண்ணங்களை ஏற்றுக்கொள்ளுதல், உண்மைப்படுத்துதல் கூடாது. ஏனெனில் அவை ஷைத்தானிடமிருந்து வந்தவையாகும்.
 ஷைத்தானின் ஊசலாட்டம் முஃமினை பாதிக்கமாட்டாது. அவ்வாறான ஊசலாட்டம் தோன்றும்போது அதிலிருந்து பாதுகாப்புத்தேடுவதோடு அந்த உசாலாட்டத்தில் தொடர்ந்தும் இருப்பதை தவிர்த்துக்கொள்ள வேண்டும்.
 மார்க்க விவகாரங்களில் ஏற்படுகின்ற சிக்கள் குறித்து மௌனமாக இருக்காது அது குறித்து விசாரித்து அறிந்து கொள்வது ஒரு முஸ்லிமின் மீதுள்ள பொறுப்பும் கடமையுமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65011</t>
   </si>
   <si>
-    <t>الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ</t>
+    <t>الحمد لله الذي رد كيده إلى الوسوسة</t>
   </si>
   <si>
     <t>,ஷைத்தானின் சூழ்ச்சியை மனக்குழப்பமாக மாற்றிய அல்லாஹ்வுக்கே புகழனைத்தும் என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: جاءَ رجُلُ إلى النبي صلى الله عليه وسلم فقال: يا رسولَ اللهِ، إن أحدنا يجدُ في نفسِهِ -يُعرِّضُ بالشَّيءِ- لأَن يكونَ حُمَمَةً أحَبُّ إليه من أن يتكلَّم بِهِ، فقال: «اللهُ أكبرُ، اللهُ أكبرُ، الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ».</t>
   </si>
   <si>
     <t>இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா அவர்கள் கூறினார்கள்: ஒரு மனிதர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து கூறினார்: 'அல்லாஹ்வின் தூதரே, -ஒருவிடயத்தை மறைமுகமாக சுட்டிக்காட்டி- எம்மில் ஒருவருக்கு இது போன்ற எண்ணங்கள் ஏற்படுகின்றன - அவர் அது பற்றி பேசுவதை விட நெருப்புக் கனலாக இருக்க விரும்புகிறார்', அப்போது நபியவர்கள் 'அல்லாஹ் மிகப் பெரியவன், அல்லாஹ் மிகப் பெரியவன்,ஷைத்தானின் சூழ்ச்சியை மனக்குழப்பமாக மாற்றிய அல்லாஹ்வுக்கே புகழனைத்தும் என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>ஒரு மனிதர்  நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து கூறினார்: 'அல்லாஹ்வின் தூதரே, - எம்மில் ஒருவருக்கு உள்ளத்தில் ஒரு வகையான எண்ணங்கள் ஏற்படுகின்றன.அது பற்றி பேசுவது மிகப்பாரதூரமானது.; அது பற்றி பேசுவதை விட நெருப்புக் கனலாக இருப்பதே மேல் என்று கூறுகிறார். உடனே நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இரண்டு தடவைகள் தக்பீர் கூறி ஷைத்தானின் திட்டத்தை-சூழ்ச்சியை வெறும் மனஊசலாட்டமாக மாற்றிய அல்லாஹ்வுக்கே எல்லாப்புகழும் எனக் கூறினார்கள்.</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>ஷைத்தான், மனஊசலாட்டத்தின் மூலம் முஃமின்களை ஈமானிலிருந்து இறைநிராகரிப்பின் பால் மீட்டெடுக்க எப்போதும் சந்தர்ப்பத்தை எதிர்பார்த்தவனாக உள்ளான் என்பதை தெளிவுபடுத்தல்.
 முஃமின்களுக்கு ஷைத்தானால் மனஊசலாட்டத்தை தவிர வேறு எதையும் செய்ய முடியாது என்ற ஷைத்தானின் பலவீனத்தை தெளிவுபடுத்துதல்.
 முஃமினைப் பொறுத்தவரை ஷைத்தானின் ஊசலாட்டங்களை புறக்கணித்து அதனைத் தடுத்துக்கொள்ளுதல் அவசியமாகும்.
 நல்ல விடயங்கள் அல்லது ஆச்சரியப்படத்தக்க விவகாரங்கள்,அல்லது இதையொத்த விடயங்களின் போது தக்பீர்முழங்குதல் அனுமதிக்கப்பட்டவிடயமாகும்.
 மார்க்கம் குறித்து பிரச்சினைக்குரிய, தெளிவற்ற விடயங்கள் பற்றி ஒரு முஸ்லிம் அறிஞரிடம் கேட்டுத் தெளிவு பெறுவது மார்க்கத்தில் அனுமதிக்கப்பட்ட விடயமாகும்.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65012</t>
   </si>
   <si>
-    <t>يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ</t>
+    <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>உங்களில் ஒருவரிடம் ஷைத்தான் வந்து, 'இன்னின்னவற்றைப் படைத்தவன் யார்?' என்று கேட்டுக்கொண்டே வந்து இறுதியில் அவரிடம், 'உன் இறைவனைப் படைத்தவன் யார்?' என்று கேட்பான். இந்தக் (கேள்வி கேட்கும்) கட்டத்தை அவன் எட்டும்போது, அவர் அல்லாஹ்விடம் பாதுகாப்புக் கோரட்டும். (இத்தகைய சிந்தனையிலிருந்து) அவர் விலகிக் கொள்ளட்டும்</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: உங்களில் ஒருவரிடம் ஷைத்தான் வந்து, 'இன்னின்னவற்றைப் படைத்தவன் யார்?' என்று கேட்டுக்கொண்டே வந்து இறுதியில் அவரிடம், 'உன் இறைவனைப் படைத்தவன் யார்?' என்று கேட்பான். இந்தக் (கேள்வி கேட்கும்) கட்டத்தை அவன் எட்டும்போது, அவர் அல்லாஹ்விடம் பாதுகாப்புக் கோரட்டும். (இத்தகைய சிந்தனையிலிருந்து) அவர் விலகிக் கொள்ளட்டும்.</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு முஃமின் மீது ஷைத்தான் ஏற்படுத்தும் ஊசலாட்டத்தின் போது வரும் கேள்விகளுக்கு ஆரோக்கியமான ஒரு தீர்வை குறிப்பிடுகிறார்கள். ஷைத்தான் இதனைப் படைத்தது யார்? இதனைப் படைத்தது யார்? வானத்தைப் படைத்தது யார்? பூமியைப்படைத்தது யார் எனக் கேட்பான். அதற்கு முஃமின் மார்க்கம் மற்றும் இயல்பூக்கம் மற்றும் பகுத்தறிவு அடிப்படையில் அல்லாஹ் எனப் பதிலளிப்பான். என்றாலும் ஷைத்தான் ஊசலாட்டத்தில் இந்த எல்லையில் நிற்கமாட்டான் மாறாக இன்னொரு கட்டத்திற்கு நகர்ந்து சென்று உனது இரட்சகனைப் படைத்தவன் யார்? எனக் கேட்டுவிடுவான். அவ்வேளை ஒரு முஃமின் இந்த ஊசலாட்டத்திலிருந்து தடுத்துக் கொள்ள மூன்று விடயங்களை செய்ய வேண்டும்.
 அல்லாஹ்வை ஈமான் கொண்டேன் (ஆமன்து பில்லாஹ்) எனக் கூறுதல்.
 ஷைத்தானை விட்டும் அல்லாஹ்விடத்தில் பாதுகாவல் தேடுதல்( அஊது பில்லாஹி மினஷ்ஷைதானிர் ரஜீம்) எனக் கூறுதல்
 ஊசலாட்டத்தை தொடராது நிறுத்திக் கொள்ளுதல்.</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
     <t>ஷைத்தானின் ஊசலாட்டம் மற்றும் மன உதிப்புகள் ஆகியவற்றிலிருந்து விலகி அவைகள் பற்றி சிந்திக்காதிருத்தல். மேலும் இவற்றிலிருந்து பாதுகாப்புப்பெற அல்லாஹ்விடம் பாதுகாப்புத் தேடுதல்.
 மனித உள்ளத்தில் ஏற்படும் ஷரீஆவுக்கு முரணான அனைத்து ஊசலாட்டங்களும்,மனக்குழப்பங்களும் ஷைத்தானிடமிருந்து நிகழ்பவையாகும்.
 அல்லாஹ்வின் மெய்நிலை-சுயம்- குறித்து சிந்திப்பது தடையாகும், அவனின் படைப்புகள் மற்றும் அவனின் அத்தாட்சிகள் குறித்து சிந்திக்குமாறு தடையாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65013</t>
   </si>
   <si>
-    <t>الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ</t>
+    <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
   </si>
   <si>
     <t>'செயல்கள் ஆறு வகையாகும், மக்கள் நான்கு வகையினர்: அந்த ஆறு விடயங்களில் இரண்டு உறுதியானவை. அவை இரண்டுக்கும் ஒன்றை ஒத்த சமமான வெகுமதி- கூலி- கிடைக்கும். ஒரு நல்ல செயலுக்கு பத்து மடங்கு வெகுமதி-கூலி- கிடைக்கும்,(அதே போன்று) ஒரு நல்ல செயலுக்கு எழுநூறு மடங்கு வெகுமதி கிடைக்கும்</t>
   </si>
   <si>
     <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  கூறியதாக குரைம் இப்னு ஃபாத்திக் ரழியல்லாஹு அன்ஹு அறிவிக்கிரார்கள்: 'செயல்கள் ஆறு வகையாகும், மக்கள் நான்கு வகையினர்: அந்த ஆறு விடயங்களில் இரண்டு உறுதியானவை. அவை இரண்டுக்கும் ஒன்றை ஒத்த சமமான வெகுமதி- கூலி- கிடைக்கும். ஒரு நல்ல செயலுக்கு பத்து மடங்கு வெகுமதி-கூலி- கிடைக்கும்,(அதே போன்று) ஒரு நல்ல செயலுக்கு எழுநூறு மடங்கு வெகுமதி கிடைக்கும். உறுதியான இரண்டு விடயங்களைப் பொருத்த வரை அல்லாஹ்வுக்கு எதையும் இணைவைக்காமல் இறந்தவர் சொர்க்கத்தில் நுழைவார், அல்லாஹ்வுக்கு எதையாவது இணைவைத்து இறந்தவர் நரகத்தில் நுழைவார்.
 ஒரு செயலுக்கு நிகரான வெகுமதி என்பது ஒரு நன்மையான காரியத்தை செய்ய  உறுதி கொண்ட விடயத்தை, அவனது மனம் உணர்ந்திருந்திருந்ததை, அல்லாஹ் அறிகிறான் எனில் அது அவனுக்கு நற்செயலாகப் பதிவு செய்யப்படும்.
  ஒருவன் தீய செயலைச் செய்தால், அது அவனுக்கு எதிரான தீய செயலாகப் பதிவு செய்யப்படும். யார் ஒரு நற் செயலைப் புரிகிறாரோ அந்த நற்செயலுக்கு அதைப் போன்ற பத்து மடங்கு கூலி கிடைக்கும்.
  அல்லாஹ்வின் பாதையில் செலவு செய்பவரின்  ஒரு நற்செயலுக்கு எழுநூறு மடங்கு நன்மை கிடைக்கும். மனிதர்களைப் பொறுத்தவரை, இவ்வுலக வாழ்வில் செல்வச் செழிப்பில் இருப்போர்; மறுமையில் கஷ்டத்தில் இருப்பார்கள். மறுமையில் செழுமையுடன் இருப்போர் உலக வாழ்வில் நெருக்கடியில் இருப்பர். சிலர் உலக வாழ்விலும் மறுமையிலும் நெருக்கடியில் உள்ளனர்; மேலும் சிலர் இவ்வுலக வாழ்விலும் மறுமையிலும் செல்வச் செழிப்பில் உள்ளனர்.'</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الأعمال ستة أنواع، وأن الناس أربعة أصناف. فالأعمال الستة هي: 
 أولًا: من مات وهو لا يشرك بالله شيئًا وجبت له الجنة.
 وثانيًا: من مات وهو يشرك بالله شيئًا وجبت عليه النار خالدًا فيها. 
 وهما الموجبتان. 
 وثالثًا: الحسنة المَنْوِيَّة، فمن نوى أن يعمل حسنة وكان صادقًا في نيته حتى يَشعر بها بقلبه ويَعلم اللهُ منه هذه النية، ثم يعرض له أمر فلا يستطيع أن يعمل هذه الحسنة فتكتب له حسنة كاملة. 
 ورابعًا: السيئة المفعولة، من عمل سيئة تكتب له سيئة واحدة.
 وهما: مثلٌ بمثلٍ من غير تضعيف. 
 وخامسًا: حسنة تكون بعشر حسنات مثلها، وهو من نوى حسنة وعملها؛ تكتب له عشر حسنات. 
 وسادسًا: حسنة تكون بسبعمائة حسنة، وهي من أنفق نفقة واحدة في سبيل الله فتكتب له هذه الحسنة بسبعمائة حسنة، وهذا من فضله تبارك وتعالى وكرمه على عباده. 
 وأما أصناف الناس الأربعة فهم: 
 الأول: من هو مُوسَّع عليه في الدنيا من الرزق، منعّم فيها يجد فيها ما يشاء، ولكنه مضيّق عليه في الآخرة ومصيره إلى النار، وهو الكافر الغني. 
@@ -11752,884 +12843,896 @@
 மூன்றாமவர்: இவ்வுலகிலும் மறுமையிலும் நெருக்கடிக்கு உள்ளானவர் அவர்தான் அல்லாஹ்வை நிராகரித்து வாழ்ந்த ஏழை.
 நான்காமவர் : இவ்வுலகில் மறுமையிலும் செழுமையுடன் இருப்பவர் அவர்தான் அல்லாஹ்வை நம்பி வாழ்ந்த முஃமினான  செல்வந்தர்.</t>
   </si>
   <si>
     <t>عظيم فضل الله تعالى على العباد وتضعيفه للحسنات.
 عدل الله وكرمه، إذ عاملنا في السيئة بالعدل فجزاءُ السيئة بواحدة.
 عِظم الشرك بالله، ففيه الحرمان من الجنة.
 بيان فضل النفقة في سبيل الله.
 مضاعفة ثواب النفقة في سبيل الله يبدأ من سبعمائة ضعف؛ لأنها تُعين على إعلاء كلمة الله.
 بيان أصناف الناس واختلافهم.
 يوسَّع في الدنيا للمؤمن ولغير المؤمن ولا يوسع في الآخرة إلا للمؤمن.</t>
   </si>
   <si>
     <t>அடியார்கள் மீதான அல்லாஹ்வின் பேரருளும்,நன்மைகள் இரட்டிப்பாக்கப்பட்டுள்ளமையும்.
 அல்லாஹ்வின் நீதியும்,பெருந்தன்மையும்.தீமை விடயத்தில் அதற்கான கூலி ஒன்று என்று நிர்ணயித்துள்ளதன் மூலம் எம்முடன் நீதியாக நடந்து கொள்கிறான்.
 அல்லாஹ்வுக்கு இணைவைத்தல் மிகவும் ஆபத்தான விடயம் என்பதை இந்த ஹதீஸ் குறிப்பிடுவதுடன், அது -இணைவைத்தலானது- சுவர்க்கம் நுழைய தடையாகவும் அமைந்து விடுகிறது.
 அல்லாஹ்வின் பாதையில் செலவு செய்வதின் சிறப்பு குறித்து விளக்குதல்.
 அல்லாஹ்வின் பாதையில் செலவுசெய்வதற்கு கிடைக்கும் கூலி இரட்டிப்பாக்கப்படுதல்.அது 700 மடங்கிலிருந்து ஆரம்பிக்கிறது.இவ்வளவு கூலி வழங்கப்படக் காரணம் இறைபாதையில் செலவு செய்வது அல்லாஹ்வின் மார்க்கத்தை மேலோங்கச்செய்ய பேருதவியாக இருப்பதினாலாகும்.
 மனிதர்களின் வகையும் அவர்களின் வித்தியாசமும் தெளிவுபடுத்தப்பட்டிருத்தல்.
 இவ்வுலகில் முஃமினுக்கும் முஃமினல்லாதவருக்கும் அல்லாஹ் வசதி வாய்ப்புகளை தாராளமாக வழங்குவான். இது மறுமையில் முஃமின்களுக்கு தவிர வேறு யருக்கும் கிடைக்கமாட்டாது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65014</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ</t>
+    <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
     <t>'நிச்சயமாக அல்லாஹ் ஒரு முஃமினுக்கு அவன் செய்த எந்த நற்செயலிலும் அநீதி இழைக்க மாட்டான்;.(கூலி வழங்காது விட்டுவிடமாட்டான்) அதன் காரணமாக அவனுக்குரிய கூலி இவ்வுலகில் வழங்கப்பட்டு, மறுமையிலும்; அதற்கான வெகுமதி கிடைக்கும்</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்ல ம் அவர்கள் கூறியதாக அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹுஅறிவித்துள்ளார்கள்: 'நிச்சயமாக அல்லாஹ் ஒரு முஃமினுக்கு அவன் செய்த எந்த நற்செயலிலும் அநீதி இழைக்க மாட்டான்;.(கூலி வழங்காது விட்டுவிடமாட்டான்) அதன் காரணமாக அவனுக்குரிய கூலி இவ்வுலகில் வழங்கப்பட்டு, மறுமையிலும்; அதற்கான வெகுமதி கிடைக்கும். காஃபிரைப் பொறுத்தவரை, அவன் இந்த உலகில் அல்லாஹ்வுக்காக செய்த நற்செயல்களுக்கான வெகுமதி அவனுக்கு வழங்கப்படும், அவன் மறுமையை அடையும் போது, அவனுக்கு வெகுமதி அளிக்கக்கூடிய எந்த நன்மையும் இருக்காது.'</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் முஃமின்களுக்கு அல்லாஹ் வழங்கும் அளப்பரிய அருள் குறித்தும், காபிர்களுடனான அவனின் நீதி குறித்தும் விவரிக்கிறார்கள். முஃமினைப் பொறுத்தவரை அவன் செய்த நற்செயலுக்கான கூலியில் எதுவும் குறைக்கப்படமாட்டாது. மாறாக அவனின் வணக்கவழிபாட்டிற்காக அவனுக்கு உலகத்தில் நன்மை வழங்கப்படுவதுடன்,மறுமையில் அவனுக்குரியவை  சேமிக்கப்படும். சிலபோது அவனுக்குரிய கூலிகள் அனைத்தும் மறுமையில் வழங்கப்படுவதற்காக பாதுகாக்கப்படும். காபிரைப் பொருத்தவரை இவ்வுலகில் அவன் செய்த புன்னியங்களுக்கான  நன்மைகளை கூலியாக வழங்கிடுவான்.ஆனால் அவன் மறுமைக்காக சென்று விட்டால் அங்கே கூலியாக வழங்கப்பட எந்த வெகுமதியும் இருக்காது.இம்மை மறுமையில் நற்செயல்கள் பயனளிக்க குறித்த நபர் கட்டாயம் ஈமான் கொண்டிருத்தல் அவசியமாகும்.</t>
   </si>
   <si>
     <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
   </si>
   <si>
     <t>யார் குப்ரில் -இறைநிராகரிப்பில் - மரணிக்கிறாரோ அவரின் செயல்கள் எவ்விதப்பலனையும் அளிக்காது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65015</t>
   </si>
   <si>
-    <t>أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ</t>
+    <t>أسلمت على ما سلف من خير</t>
   </si>
   <si>
     <t>நீர் முன்னர் செய்த நற்செயல்(களுக்குரிய நற்கூலி)களுடனேயே இஸ்லாத்தைத் தழுவியுள்ளீர்! என்று பதிலளித்தார்கள்</t>
   </si>
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
     <t>ஹகீம் இப்னு ஹிஸாம் ரழியல்லாஹு அன்ஹு  அறிவித்துள்ளார்கள்: 'இறைத்தூதர் அவர்களே! நான் அறியாமைக் காலத்தில், இஸ்லாத்தை ஏற்றுக் கொள்ளும் முன்பு 'தர்மம் செய்தல், உறவினரைச் சேர்(ந்து வாழ்)தல்' போன்ற நல்ல காரியங்களைச் செய்துள்ளேன். அவற்றிக்கு (மறுமையில் எனக்கு) நன்மை ஏதும் உண்டா?' என கேட்டேன். அதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் 'நீர் முன்னர் செய்த நற்செயல்(களுக்குரிய நற்கூலி)களுடனேயே இஸ்லாத்தைத் தழுவியுள்ளீர்! என்று பதிலளித்தார்கள்.</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் ஒரு காபிர் தான் இஸ்லாத்தைத் தழுவமுன் செய்த நற்காரியங்களான தர்மம் அல்லது அடிமையை உரிமையிடல் அல்லது உறவுகளை சேர்ந்து நடத்தல் போன்ற விடயங்களுக்காக அவர் இஸ்லாத்தைத் தழுவிய பின் அவருக்கு கூலி வழங்கப்படும் என தெளிவுபடுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
     <t>காபிர்-இஸ்லாத்தை ஏற்காதவர்- இறைவனை ஏற்காத நிலையில் மரணித்தால் இவ்வுலகில் அவர் செய்த  நற்காரியங்களுக்காக மறுமையில் கூலி-வெகுமதி- வழங்கப்படமாட்டாது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65016</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ</t>
+    <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>நிச்சயமாக அல்லாஹ் சாதாரண சூழ்நிலைகளின் போது அவனது கடமைகளை பூரணமாக செய்வதை விரும்புவது போன்று அசாதாரண சூழ்நிலைகளில் அவனது சலுகைகளைப் பயன்படுத்ததுவதை விரும்புகிறான்</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா அவர்கள் கூறினார்கள்; நிச்சயமாக அல்லாஹ் சாதாரண சூழ்நிலைகளின் போது அவனது கடமைகளை பூரணமாக செய்வதை விரும்புவது போன்று அசாதாரண சூழ்நிலைகளில் அவனது சலுகைகளைப் பயன்படுத்ததுவதை விரும்புகிறான்.</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
     <t>சட்டதிட்டங்கள்,வணக்கவழிபாடுகள்; மற்றும் நியாயமான காரணம் நிமித்தம் அதாவது பிரயாணத்தின் போது தொழுகையை சுருக்கியும் சேர்த்தும் தொழுதல், போன்ற அல்லாஹ்வால் அனுமதியளிக்கப்ட்ட சலுகைகளைப் பயன்படுத்துவதை அல்லாஹ் விரும்புகிறான் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். கடமையான விடயங்களை செய்வதை அவன் விரும்புவது போன்று சலுகைகளாகத் தரப்பட்டவைகளையும் நிறைவேற்றுவதை விரும்புகிறான் ஏனெனில் கட்டாயமாக செய்யவேண்டும், என்ற  அல்லாஹ்வின் கட்டளையும் அவனால் அளிக்கப்பட்ட சலுகைகளும் ஒன்றாகும்.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>அல்லாஹ் வழங்கியுள்ள சலுகைகளை பயன்படுத்துவதை அவன் விரும்புகிறான் என்பது அல்லாஹ் அடியார்கள் மீது கொண்டுள்ள அளப்பரிய கருணையை காட்டுகிறது.
 இஸ்லாமிய ஷரீஆவின் பூரணத்துவமும் அது முஸ்லிம்களுக்கு ஏற்படும் சிரமத்தை நீக்குவதற்கான –தவிர்ப்பதற்கான – நடவடிக்கைகளை மேற்கொண்டுள்ளமையும்.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[இதனை இப்னு ஹிப்பான் அறிவித்தார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65017</t>
   </si>
   <si>
-    <t>قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ</t>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
     <t>தங்களுக்குப் பிறகு இஸ்லாத்தைப் பற்றி எவரிடமும் கேட்டகத் தேவையில்லாத அளவு எனக்கு இஸ்லாத்தைப் பற்றிக் கூறுங்கள் எனக் கேட்டேன். அதற்கு நபியவர்கள்: அல்லாஹ்வின் மீது நம்பிக்கைக் கொண்டேன் எனக் கூறி அதிலேயே உறுதியாக நிலைத்திருப்பீராக எனக் கூறினார்கள்</t>
   </si>
   <si>
     <t>عَنْ سُفْيان بنِ عَبْدِ اللهِ الثَّقَفِيّ رضي الله عنه قال: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
     <t>ஸுப்யான் இப்னு அப்துல்லாஹ் அஸ்ஸகபி ரழியல்லாஹு அன்ஹு கூறுகிறார்கள்: நான் அல்லாஹ்வின் தூதரிடம் : அல்லாஹ்வின் தூதரே தங்களுக்குப் பிறகு இஸ்லாத்தைப் பற்றி எவரிடமும் கேட்டகத் தேவையில்லாத அளவு எனக்கு இஸ்லாத்தைப் பற்றிக் கூறுங்கள் எனக் கேட்டேன். அதற்கு நபியவர்கள்: அல்லாஹ்வின் மீது நம்பிக்கைக் கொண்டேன் எனக் கூறி அதிலேயே உறுதியாக நிலைத்திருப்பீராக எனக் கூறினார்கள்.</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
 فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
 ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>நபித்தோழர் ஸுப்யான் இப்னு அப்தில்லாஹ் ரழியல்லாஹு அன்ஹு அவர்கள் தாம் கடைப்பிடித்தொழுகுவதற்கு  இஸ்லாத்தின் கருத்துக்கள் யாவும் பொதிந்துள்ள, அது குறித்து வேறு யாரிடமும் கேட்பதற்கு அவசியமற்ற  ஒரு கூற்றை சொல்லித் தருமாறு வேண்டினார்கள். அதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்,  அவரிடம் :  நான் அல்லாஹ் ஒருவன் என்று ஏற்று , அவனே எனது இரட்சகனும், உண்மையான கடவுளும், எனது படைப்பாளனும், எனது  உண்மையான இறைவனுமாவான், அவனுக்கு நிகராக எவனும் இல்லை என்று  நம்பிக்கை கொண்டேன் எனக் கூறுவீராக என்று வேண்டினார்கள். பின் அல்லாஹ் விதித்த கட்டாயக் கடமைகளை நிறைவேற்றுவதன் மூலமும் அல்லாஹ் தடுத்த விடயங்களை தவிர்ந்திருப்பதன் மூலமும் அவனுக்குக் கட்டுப்பட்டு அதிலே நிலைத்திருக்குமாறும் வேண்டினார்கள்.</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
   </si>
   <si>
     <t>அல்லாஹ்வை அவனது ருபூபிய்யத், உலூஹிய்யத் மற்றும் அவனது திருநாமங்கள், பண்புகளைக் கொண்டு விசுவாசம் கொள்வது இஸ்லாமிய மார்க்கத்தின் அடிப்படையாகும்.
 ஈமானிற்குப் பிறகு அதில் உறுதியாக இருத்தல், வணக்கவழிபாடுகளை தொடராக செய்தல், அதில் உறுதியாக இருத்தலின் முக்கியத்துவம் இந்த ஹதீஸில் சுட்டிக்காட்டப்பட்டுள்ளது.
 ஈமான் -அல்லாஹ்வை விசுவாசம் கொள்வது-  அமல்கள் ஏற்றுக்கொள்ளப்படுவதற்குரிய ஒரு பிரதான நிபந்தனையாகும்.
 ஈமான் -அல்லாஹ்வை விசுவாசம் கொள்வது- என்பது ஒருவர் ஈமான் கொள்ளவேண்டிய ஈமான் தொடர்பான கோட்பாடுகள்  மற்றும் அதன் அடிப்படைகள் மேலும் அது தொடர்பான உளச் செயற்பாடுகள் ஆகியவற்றை உள்ளடக்குவதுடன் அல்லாஹ்வுக்கு மறைமுகமாகவும் வெளிப்படையாகவும் பணிந்து கட்டுப்பட்டு நடப்பதைக் குறிக்கும்.
 உறுதியாக இருத்தல் என்பது கடமையான விடயங்களை செய்து, தடைசெய்தவற்றை முற்றாக விட்டுவிடுவதன் மூலம் மார்க்கத்தில் உறுதியாக இருத்தல்.</t>
   </si>
   <si>
     <t>رواه مسلم وأحمد</t>
   </si>
   <si>
+    <t>[رواه مسلم وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65018</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً</t>
+    <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>நயவஞ்சகனின் நிலை இரு ஆண் ஆடுகளை சுற்றிவரும் பெண் ஆட்டின் நிலையைப் போன்றதாகும். ஒரு முறை அதனிடம் செல்கிறது; மறுமுறை வேறு ஒன்றிடம் செல்கிறது</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடமிருந்து இப்னு உமர் ரழியல்லாஹூ அன்ஹுமா அறிவிக்கிறார்கள்: நயவஞ்சகனின் நிலை இரு ஆண் ஆடுகளை சுற்றிவரும் பெண் ஆட்டின் நிலையைப் போன்றதாகும். ஒரு முறை அதனிடம் செல்கிறது; மறுமுறை வேறு ஒன்றிடம் செல்கிறது.</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>நயவஞ்சகனின் நிலை இரண்டு ஆட்டுமந்தைகளில் எதனைப் பின்பற்றிச் செல்வது என்ற தடுமாற்றத்துடன் இருக்கும் ஆட்டை ஒத்ததாகும் என நபியவர்கள் இங்கு தெளிவு படுத்துகிறார்கள் ஒருமுறை இந்த  ஆட்டுமந்தையிடமும் மறுமுறை வேறொன்றிடமும் செல்கின்றது. முனாபிகுகள்; -நயவஞ்சகர்கள்- ஈமான் மற்றும் குப்ருக்கு மத்தியில் தடுமாற்றுத்துடன் இருப்போர. இவர்கள் முஃமின்களுடன் வெளிப்படையாகவோ மறைமுகமாகவோ தெளிவான முறையில் நடந்து கொள்வதில்லை மற்றும் காபிர்களுடனும் கூட வெளிப்படையாகவோ மறைமுகமாகவோ நடந்து கொள்வதில்லை. மாறாக இவர்கள் வெளிப்படையில் முஃமின்களுடன் இருப்பதாக போலியாக காட்டிக்கொண்டாலும் ஒவ்வொரு தடவையும் ஒவ்வொரு சாராரையும் திருப்தி படுத்த முனைவதால் அவர்கள் மனதினுள்ளே சந்தேகம் மற்றும் தடுமாற்றத்துடனனே காணப்படுவார்கள்.</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
 التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
   </si>
   <si>
     <t>ஒரு கருத்தை மிக இலகுவாக புரிய வைப்பதற்கு உதாரணம் கூறல் நபிவழிகாட்டலாகும்.
 நயவஞ்சகர்களின் நிலையை விபரிக்கும் தடுமாற்றம் சந்தேகம் மற்றும் தயக்கம் போன்ற பண்புகளை இந்த ஹதீஸ் பிரதிபளிக்கின்றது.
 நயவஞ்சகர்களின் நிலையை எச்சரித்து வெளிப்படையாகவும்,மறைமுகமாகவும் ஈமானில் உறுதியுடன் உண்மையாகவும் இருக்க வேண்டும் எனத் தூண்டுதல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65019</t>
   </si>
   <si>
-    <t>إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ</t>
+    <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>'ஆடை கிழிந்து இத்துப்போவதை போன்று உங்கள் உள்ளத்தில் உள்ள ஈமானும் குறைந்து  பலவீனமடைந்து விடுகிறது. எனவே உங்களின் ஈமானை புதுப்பிக்குமாறு அல்லாஹ்விடம் கேளுங்கள்'</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு அம்ரிப்னில் ஆஸ் ரழியல்லாஹு அன்ஹுமா அறிவிக்கிறார்கள்  அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறினார்கள்: 'ஆடை கிழிந்து இத்துப்போவதை போன்று உங்கள் உள்ளத்தில் உள்ள ஈமானும் குறைந்து  பலவீனமடைந்து விடுகிறது. எனவே உங்களின் ஈமானை புதுப்பிக்குமாறு அல்லாஹ்விடம் கேளுங்கள்'</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>புதிய ஆடையை நீண்டகாலம் பாவிப்பதினால் பழையதாகி கிழிந்து போவது போல் ஒரு முஸ்லிமின் உள்ளத்தில் காணப்படும் இறை நம்பிக்கையும் பலவீனம் அடைகிறது என நபியவர்கள் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். இதற்கு வணக்கவழிபாட்டில் காணப்படும் சோர்வு நிலை அல்லது பாவகாரியங்ளில் ஈடுபடுதல், மனோ இச்சையில் மூழ்கிப்போதல் போன்றவை காரணங்களாகும். இதற்கு தீர்வாக, கட்டாயக் கடமைகளை நிறைவேற்றுவதன் மூலமும் அதிகம் திக்ர் மற்றும் பாவமண்ணிப்புக்கோருவதன் மூலமும் எமது ஈமானைப் புதுப்பிக்குமாறு அல்லாஹ்விடம் பிரார்த்திக்குமாறு நபியவர்கள் வழிகாட்டுகிறார்கள்.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>ஈமானில் உறுதியையும் ,உள்ளத்தில் ஈமானைப் புதுப்பிக்கவும் அல்லாஹ்விடம் பிரார்த்திக்குமாறு தூண்டியிருத்தல்.
 ஈமான் என்பது சொல்,செயல்,நம்பிக்கை ஆகியவற்றைக் குறிக்கும்.இறைவனுக்கு கட்டுப்படுவதால் ஈமான் அதிகரிக்கும், மாறு செய்வதால் அது குறைந்து விடும்.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
+    <t>[رواه الحاكم والطبراني]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65020</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ</t>
+    <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>'அறிவு உயர்த்தப்படுதல், அறியாமை மேலோங்குதல், விபச்சாரம் பெருகுதல்; மது அருந்துவது சர்வசாதாரணமாகிவிடுதல், ஆண்களின் எண்ணிக்கை குறைதல், ஐம்பது பெண்களுக்கு ஒரு ஆண் மட்டுமே அவர்களைக் கவனிக்கும் -நிர்வகிக்கும்-அளவுக்கு பெண்களின் எண்ணிக்கை அதிகரித்தல் போன்றன மறுமை நாளின் அடையாளங்களுள் சிலதாகும்</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள்: நான் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம அவர்களிடமிருந்து கேட்ட ஒரு ஹதீஸை உங்களுக்கு அறிவிக்கிறேன், என்னைத் தவிர யாரும் அதை உங்களுக்கு அறிவிக்க மாட்டார்கள். நபிகள் நாயகம் ஸல்லல்லாஹு அலைஹிவஸல்லம அவர்கள் கூற நான் செவியுற்றேன் : 'அறிவு உயர்த்தப்படுதல், அறியாமை மேலோங்குதல், விபச்சாரம் பெருகுதல்; மது அருந்துவது சர்வசாதாரணமாகிவிடுதல், ஆண்களின் எண்ணிக்கை குறைதல், ஐம்பது பெண்களுக்கு ஒரு ஆண் மட்டுமே அவர்களைக் கவனிக்கும் -நிர்வகிக்கும்-அளவுக்கு பெண்களின் எண்ணிக்கை அதிகரித்தல் போன்றன மறுமை நாளின் அடையாளங்களுள் சிலதாகும்.</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் கியாம நாள் நெருங்கும் போது நிகழும் சில அடையாளங்கள் குறித்து தெளிவு படுத்துகிறார்கள். அறிஞர்களின் மரணம் காரணமாக ஷரீஆ பற்றிய அறிவு உயர்த்தப்படுவது அதில் ஒன்றாகும். இதன் விளைவாக அறியாமை மேலோங்கி எல்லா இடத்திலும் அறியாமை பரவிவிடும்.விபச்சாரமும் மானக்கேடான விடயங்களும் சர்வசாதாரணமாக பரவும். மது அதுருந்துதல் அதிகரித்துவிடும். ஒரு ஆண் ஜம்பது பெண்களின் விவகாரங்களை நிர்வகித்து அவர்களின் நலன்களை பொருப்பேற்று நடாத்தும் அளவுக்கு, பெண்களின் எண்ணிக்கை அதிகரித்து ஆண்களின் எண்ணிக்கை குறைந்து விடும்.</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
 علم وقت الساعة من الأمور الغيبية التي استأثر الله بها.
 الحث على تعلم العلم الشرعي قبل فقده.</t>
   </si>
   <si>
     <t>மறுமை நாளின்  சில அடையாளங்கள் தெளிவுபடுத்தப்பட்டுள்ளமை.
 மறுமை நாள் பற்றிய அறிவு மறைவான விடயங்களில் ஒன்றாகும் அது குறித்த விசேடமாக அறிவை அல்லாஹ்  மாத்திரமே பெற்றுள்ளான்.
 ஷரீஆ கல்வி அறிஞர்களின் மரணங்களால் இழக்கப்படுவதற்கு முன் அதனை கற்றுக்கொள்ள தூண்டியிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65021</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ</t>
+    <t>لا تقوم الساعة حتى يمر الرجل بقبر الرجل فيقول: يا ليتني مكانه</t>
   </si>
   <si>
     <t>ஒருவர் மற்றொரு மனிதரின் மண்ணறையை (கப்ரை)க் கடந்து செல்லும்போது, 'அந்தோ! நான் இவரின் இடத்தில் (மண்ணறைக்குள்) இருக்கக் கூடாதா?' என்று (ஏக்கத்துடன்) சொல்லும் காலம் வராத வரை மறுமை நாள் வராது</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள்: ஒருவர் மற்றொரு மனிதரின் மண்ணறையை (கப்ரை)க் கடந்து செல்லும்போது, 'அந்தோ! நான் இவரின் இடத்தில் (மண்ணறைக்குள்) இருக்கக் கூடாதா?' என்று (ஏக்கத்துடன்) சொல்லும் காலம் வராத வரை மறுமை நாள் வராது.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الساعةَ لن تقوم حتى يَمُرَّ الرجلُ بالقبر فيتمنى أن يكون ميتًا مكانه، والسبب هو خوفُه على نفسِه من ذهاب دينه بِغَلَبَة الباطل وأهله، وظهور الفتن والمعاصي والمنكرات.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு மனிதன் இன்னொரு மனிதனின் மண்ணறையை கடந்து செல்கையில் தான் அவன் இருக்கும் இடத்தில் இருந்திருக்க வேண்டுமே என்று  நினைக்கும் வரையில் மறுமை ஏற்பட மாட்டாது. அசத்தியமும் அசத்திய வாதிகளும் மிகைத்ததின் விளைவாக மரர்க்கம் தன்னை விட்டு சென்றுவிடும் என்ற பயமும், குழப்பங்கள் பாவகாரியங்கள் மானக்கேடான விடயங்கள் அதிகரித்து மிகைத்திருப்பதுமே இவ்வாறு நினைப்பதற்கு காரணம் என குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>الإشارة بظهور المعاصي والفتن آخر الزمان.
 الحث على أخذ الحذر والاستعداد للموت بالإيمان والأعمال الصالحة، والبعد عن مواطن الفتن والبلاء.</t>
   </si>
   <si>
     <t>இறுதிக்காலத்தில் பாவங்களும் குழப்பங்களும் பகிரங்கமாக காணப்படும் என்பதை இந்த ஹதீஸ் சுட்டிக்காட்டியிருத்தல்.
 இவ்வாறான விடயங்களில் எச்சரிக்கையாக இருக்கும் படி வலியுறுத்தியிருத்தல். அத்துடன் ஈமான், நல்ல காரியங்களின் மூலம் மரணத்திற்குத் தயாராகுதல், குழப்பங்கள் சோதனைகள் உள்ள இடத்தை விட்டும் விலகியிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65022</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ</t>
+    <t>لا تقوم الساعة حتى تقاتلوا اليهود، حتى يقول الحجر وراءه اليهودي: يا مسلم، هذا يهودي ورائي فاقتله</t>
   </si>
   <si>
     <t>'யூதர்களுடன் நீங்கள் போர் செய்யும் வரை யுக முடிவு நாள் நிகழாது. அந்த யுத்தத்தின் போது 'முஸ்லிமே! இதோ எனக்குப் பின்னால் யூதன் ஒருவன் ஒளிந்திருக்கிறான் என்று கற் பாறைகள் அழைத்து அவனை கொள்ளுமாறு கூறும்</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்ம் அவர்கள் கூறியதாக அபூ ஹுறைரா ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள்: 'யூதர்களுடன் நீங்கள் போர் செய்யும் வரை யுக முடிவு நாள் நிகழாது. அந்த யுத்தத்தின் போது 'முஸ்லிமே! இதோ எனக்குப் பின்னால் யூதன் ஒருவன் ஒளிந்திருக்கிறான் என்று கற் பாறைகள் அழைத்து அவனை கொள்ளுமாறு கூறும்.</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
 حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
   </si>
   <si>
     <t>யூதர்களுடன் முஸ்லிம்கள் போராடும்வரையில்  மறுமை நாள் தோன்றாது என நபியர்கள் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். 'முஸ்லிம்கள் யூதர்களுடன் போராடும் போது முஸ்லிம்கள் பார்த்து விடாமல் யூதரகள்; விரண்டோடி கற்பாறைகளுக்கு பின்னால் மறைந்து கொள்வார்கள், அவ்வேளை அல்லாஹ் கற்பாறையை பேசவைப்பான்.அவை முஸ்லிமிடம் தனக்குப்பின்னால் யூதனொருவன் மறைந்துள்ளான் அவனைக் கொலைசெய்ய வாரீர் என அழைப்பு விடுக்கும்.'</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>அல்லாஹ் அறிவித்ததற்கிணங்க  நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மறைவான மற்றும் எதிர்காலத்தில் நடக்கவிருக்கும் விடயங்கள் குறித்து குறிப்பிட்டிருத்தல். ஆக அல்லாஹ் அறிவித்ததற்கினங்க அவை உண்மையில் எவ்வித சந்தேகமுமின்றி நடைபெறும்.
 இறுதி  காலத்தில் யூதர்களுடன் முஸ்லிம்கள் போராடுதல் மறுமை நாளுக்கான  அடையாளங்களில் ஒன்றாகும்.
 அனைத்து மதங்களை வெற்றி கொண்டு,மறுமை நாள் வரையில் இஸ்லாம் நிலைத்திருக்கின்றமை.
 முஸ்லிம்களின் பகைவருக்கு எதிராக அல்லாஹ்வின் உதவி கிடைக்கின்றமை. அதில் ஒர் அங்கமாக இறுதி காலத்தில் சடப்பொருளான கற்பாரை பேசுவதும் உள்ளது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65023</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ</t>
+    <t>والذي نفسي بيده، ليوشكن أن ينزل فيكم ابن مريم حكما مقسطا، فيكسر الصليب، ويقتل الخنزير، ويضع الجزية، ويفيض المال حتى لا يقبله أحد</t>
   </si>
   <si>
     <t>'என் உயிர் எவன் கைவசம் உள்ளதோ அவன் மீது ஆணையாக! மர்யமுடைய மகன் (ஈஸா) உங்களிடம் நேர்மையான (தீர்ப்பு சொல்லும்) நீதிபதியாக இறங்கவிருக்கிறார்! அவர் சிலுவையை முறிப்பார்! பன்றியைக் கொல்வார்! ஜிஸ்யாவை (வரியை) நீக்குவார்! (அந்நாளில்) வாங்குவதற்கு ஆளில்லாத அளவிற்குச் செல்வம் பெருக்கெடுத்து ஓடும்!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'என் உயிர் எவன் கைவசம் உள்ளதோ அவன் மீது ஆணையாக! மர்யமுடைய மகன் (ஈஸா) உங்களிடம் நேர்மையான (தீர்ப்பு சொல்லும்) நீதிபதியாக இறங்கவிருக்கிறார்! அவர் சிலுவையை முறிப்பார்! பன்றியைக் கொல்வார்! ஜிஸ்யாவை (வரியை) நீக்குவார்! (அந்நாளில்) வாங்குவதற்கு ஆளில்லாத அளவிற்குச் செல்வம் பெருக்கெடுத்து ஓடும்!</t>
   </si>
   <si>
     <t>يُقْسِمُ النبيُّ صلى الله عليه وسلم على قُرْبِ نزول عيسى بن مريم عليه السلام لِيَحْكُمَ بين الناس بالعدل بالشريعة المحمدية، 
 وأنه سيكسر الصليب الذي تُعظِّمُه النصارى، 
 وأنَّ عيسى عليه السلام يَقْتُل الخنزير، 
 وأنه عليه السلام يضع الجزية ويحمل الناس كلهم على الدخول في الإسلام. 
 وأنَّ المالَ سيفيض فلا يقبله أحد؛ وذلك لكثرته، واستغناء كلِّ أَحدٍ بما في يديه، ونزول البركات وتوالي الخيرات.</t>
   </si>
   <si>
     <t>மக்களுக்கு மத்தியில் நீதி மற்றும் முஹம்மத் ஸல்லல்லாஹு அலைஹிஸ்ஸலாம் அவர்களின் ஷரீஆ சட்டதிட்டங்களின் மூலம் ஆட்சி புரிவதற்கென ஈஸா அலைஹிஸ்ஸலாம் அவர்கள் வானிலிருந்து இறங்கும் காலம் நெருங்கிவிட்டது என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் சத்தியமிட்டு குறிப்பிடுகிறார்கள். அவ்வாறு இறங்கிய வேளை, கிறிஸ்தவர்கள் புனிதப்படுத்தும் சிலுவையை உடைத்திடுவார். பன்றியைக் கொல்வார். மேலும் அவர்கள் மக்களின் வரியை நீக்கி விட்டு அவர்கள் அனைவரையும் இஸ்லாத்தினுள் நுழையுமாறு தூண்டுவார். செல்வம் பெருகி அதனை பெற்றுக்கொள்ள யாரும் முன்வர மாட்டார்கள். காரணம் செல்வம் ஒவ்வொருவரிடமும் அதிகமாக காணப்படுவதாலும் பரக்கத் மற்றும் நன்மையும் தொடர்ந்தும்  இறங்குவதினாலும் அவர்கள் தன்னிடமுள்ளவற்றைக் கொண்டு போதுமாக்கிக் கொள்வர்.</t>
   </si>
   <si>
     <t>إثبات نزول عيسى عليه السلام آخر الزمان، وأنه من علامات الساعة.
 شريعة النبي صلى الله عليه وسلم لا ينسخها غيرها.
 نزول البركات في المال آخر الزمان، مع زُهد النّاس فيه.
 البشارة ببقاء الدين الإسلامي حيث يحكم به عيسى عليه السلام في آخر الزمان.</t>
   </si>
   <si>
     <t>இறுதிக்காலத்தில் ஈஸா அலைஹிஸ்ஸலாம் அவர்கள் இறங்குவது உறுதிப்படுத்தல் மேலும் அவரின் வருகை மறுமை நாளின் அடையாளங்களில் ஒன்றாகும்.
 நபி (ஸல்) அவர்களுடைய மார்க்கத்தை வேறு மார்க்கங்கள் மாற்ற மாட்டாது.
 இறுதிக்காலத்தில் செல்வத்தில்; அல்லாஹ்வின் பரக்கத் இறங்கி அபிவிருத்தி காணப்படும் மக்களும் அதில் பற்றற்று இருப்பர்.
 இறுதிக்காலத்தில் ஈஸா அலைஹிஸ்ஸலாம் அவர்கள் ஆட்சி புரியும் அளவிற்கு இஸ்லாமிய மார்க்கம் நிலைத்திருக்கும் என்ற சுப செய்தியை இந்த ஹதீஸ் உள்ளடக்கியுள்ளமை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65025</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ</t>
+    <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
   </si>
   <si>
     <t>'மேற்கிலிருந்து சூரியன் உதயமாகாத வரை மறுமை நாள் நிகழாது. அவ்வாறு அது மேற்கிலிருந்து உதயமாகும்போது அதைப் பார்த்துவிட்டு மக்கள் அனைவரும்</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள்: 'மேற்கிலிருந்து சூரியன் உதயமாகாத வரை மறுமை நாள் நிகழாது. அவ்வாறு அது மேற்கிலிருந்து உதயமாகும்போது அதைப் பார்த்துவிட்டு மக்கள் அனைவரும் ஒட்டு மொத்தமாக இறைநம்பிக்கை கொள்வார்கள்.(ஆனால்,இந்நிகழ்வுக்கு முன்பே இறைநம்பிக்கை கொண்டிராத, அல்லது 'இறைநம்பிக்கை கொண்டிருந்தும் நன்மையேதும் செய்திராத எந்த மனிதருக்கும் அந்த நேரத்தில் நம்பிக்கை கொள்வது பயனளிக்காது.' (அன்ஆம் :158) இரண்டு பேர் (விற்பனைக்காத்) துணிகளை விரித்து(ப் பார்த்து)க் கொண்டிருப்பார்கள். அதனை அவர்கள் விற்பனை செய்திருக்கவுமாட்டார்கள்; சுருட்டிக்கூட வைத்திருக்க மாட்டார்கள். அதற்குள் மறுமை சம்பவித்துவிடும். மேலும், ஒருவர் மடிகனத்த தம் ஒட்டகத்தி(ல் பால் கறந்து அப்போது தா)ன் பாலுடன் (வீடு) திரும்பியிருப்பார்; இன்னும் அதைப் பருகிக் கூட இருக்கமாட்டார். அதற்குள் மறுமை சம்பவித்து விடும். ஒருவர் தம் நீர் தொட்டியை (அப்போதுதான்) கல்வைத்துப் பூசியிருப்பார்; இன்னும் அதில் நீர் இறைத்திருக்கமாட்டார். அதற்குள் மறுமை சம்பவித்து விடும். உங்களில் ஒருவர் தம் உணவை (அப்போதுதான்) வாயருகில் கொண்டு சென்றிருப்பார்; அதை உண்டிருக்க மாட்டார். அதற்குள் மறுமை சம்பவித்து விடும்'</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه وسلم أن من علامات الساعة الكبرى أن تطلع الشمس من المغرب بدلًا من المشرق، وعندما يراها الناس يؤمنون جميعًا، 
 فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
 ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
 فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
 وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
 وتقوم الساعة والرجل يصلح حوضه ويُطيِّنُه فلا يسقي فيه، 
 وتقوم الساعة والرجل قد رفع لقمته إلى فمه ليأكل فلا يأكلها.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மறுமை நாளின் பெரிய அடையாளங்களில் ஒன்றாக கிழக்கிலிருந்து சூரியன் உதிப்பதற்கு பதிலாக மேற்கிலிருந்து சூரியன் உதிக்கும் என்பதையும், இப்பெரு நிகழ்வை மக்கள் பார்த்ததும் அனைவரும் அல்லாஹ்வை ஈமான் -நம்பிக்கை- கொள்வார்கள்  என இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். இவ்வேளை காபிரின் -இறைநிராகரிப்பாளனின் ஈமானோ, நற்காரியங்களோ, தவ்பா-பாவமீட்சியோ- எவ்விதப்பயனையும் தரமாட்டாது. தொடர்ந்தும் நபியவர்கள்  இந்த ஹதீஸில் ' மக்கள் அனைவரும் அவர்களின் அன்றாட விவகாரங்களில் தங்களை ஈடுபடுத்திக் கொண்டிருக்கும் நிலையில் திடிரென எதிர்பாராத விதமாக மறுமை சம்பவிக்கும் என அறிவிக்கிறார்கள். விற்பவரும், வாங்குபவரும் (விற்பனைக்காத்) துணிகளை விரித்து(ப் பார்த்து)க் கொண்டிருப்பார்கள். அதனை அவர்கள் விற்பனை செய்திருக்கவுமாட்டார்கள்; சுருட்டிக்கூட வைத்திருக்க மாட்டார்கள் அவ்வாறு இருக்கும் நிலையில் மறுமை சம்பவிக்கும். ஒருவர் மடியில் பால் நிறைந்த தம் ஒட்டகத்தில் பால் கறந்து இன்னும் அதைப் பருகிக் கூட இருக்கமாட்டார். அதற்குள் மறுமை சம்பவித்து விடும். ஒருவர் தம் நீர் தொட்டியை அப்போதுதான் கல்வைத்துப் பூசியிருப்பார்; இன்னும் அதில் நீர் இறைத்திருக்கமாட்டார். அதற்குள் மறுமை சம்பவித்து விடும். ஒருவர் தம் உணவை சாப்பிடுவதற்காக வாயருகில் கொண்டு சென்றிருப்பார்; அதை உண்டிருக்க மாட்டார். அதற்குள் மறுமை சம்பவித்து விடும்.</t>
   </si>
   <si>
     <t>الإسلام والتوبة مقبولة ما لم تطلع الشمس من مغربها.
 الحث على الاستعداد للساعة بالإيمان والعمل الصالح؛ لأن الساعة تأتي بغتة.</t>
   </si>
   <si>
     <t>இஸ்லாத்தை தழுவுதல், தவ்பா-பாவமீட்சி கோருதல் போன்றவை மறுமை நாளின் பெரிய அடயாளமான மேற்கிலிருந்து சூரியன் உதித்தல் எனும் பெரு நிகழ்வு சம்பவிக்கும் வரை அங்கீகரிக்கப்படும்.
 மறுமை நாள் திடீரென நிகழ இருப்பதால் ஈமான் மற்றும் நற்செயல்களின் மூலம் மறுமைக்காக தயாராகும் படி வலியுறுத்தப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65026</t>
   </si>
   <si>
-    <t>لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ</t>
+    <t>لا تقوم الساعة حتى يتقارب الزمان</t>
   </si>
   <si>
     <t>'காலம் சுருங்காத வரையில் –காலத்தின் பரக்கத் எடுக்கப்படாத வரை-  மறுமை நாள் ஏற்படமாட்டாது</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ، فَتَكُونَ السَّنَةُ كَالشَّهْرِ، وَيَكُونَ الشَّهْرُ كَالْجُمُعَةِ، وَتَكُونَ الْجُمُعَةُ كَالْيَوْمِ، وَيَكُونَ الْيَوْمُ كَالسَّاعَةِ، وَتَكُونَ السَّاعَةُ كَاحْتِرَاقِ السَّعَفَةِ الْخُوصَةُ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'காலம் சுருங்காத வரையில் –காலத்தின் பரக்கத் எடுக்கப்படாத வரை-  மறுமை நாள் ஏற்படமாட்டாது. அவ்வேளை வருடம் மாதம் போன்றும் மாதம்  வாரம் போன்றும்,  வாரம் நாள் போன்றும்,  நாள் மணித்தியாலம் போன்றும், மணித்தியாலம் ஈத்தம் ஓலை விரைவாக எரிந்துவிடுவதைப் போன்றும் இருக்கும்.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مِن علامات الساعة تَقَارُبَ الزمان، 
 فتَمُرُّ السَّنَة كما يَمُرُّ الشهر، 
 ويمر الشهر كما يمر الأسبوع، 
 وتمر الجمعة كما يمر اليوم، 
 ويمر اليوم كما تمر الساعة الواحدة، 
 وتمر الساعة بسرعة شديدة كما تُحْرَقُ السَّعَفَة وهي ورقة النخل.</t>
   </si>
   <si>
     <t>காலம் சுருங்கிப்போதல் மறுமையின் அடையாளங்களில் ஒன்று என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெரிவிக்கிறார்கள். அவ்வேளை ஒரு வருடம் ஒருமாதம் போன்று கழிந்துவிடும். மாதம் ஒரு கிழமைபோன்று கடந்து சென்று விடும். ஒரு வாரம் ஒரு நாள் போன்று கடந்து சென்று விடும். ஒரு நாள் ஒரு மணித்தியாளம் போன்று கழிந்து விடும். காய்ந்த ஈத்தம் ஒலை எவ்வளவு விரைவாக கருகி எரிந்து விடுமோ அவ்வளவு விரைவாக ஒரு மணித்தியாளம் சென்று விடும்.</t>
   </si>
   <si>
     <t>من علامات الساعة نزع البركة من الزمان أو سرعته.</t>
   </si>
   <si>
     <t>மறுமையின் அடையாளங்களில் ஒன்று காலத்தின் பரக்கத் -விருத்தி- எடுக்கப்படுவதும் அல்லது அது விரைவாகச் செல்வதுமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65027</t>
   </si>
   <si>
-    <t>يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ</t>
+    <t>يقبض الله الأرض، ويطوي السموات بيمينه، ثم يقول: أنا الملك، أين ملوك الأرض</t>
   </si>
   <si>
     <t>அல்லாஹ், மறுமை நாளில் பூமியைத் தன்னுடைய கைப்பிடிக்குள் அடக்கிக் கொள்வான்; வானத்தைத் தன்னுடைய வலக் கரத்தில் சுருட்டிக் கொள்வான்; பிறகு 'நானே அரசன்; பூமியின் அரசர்கள் எங்கே?' என்று கேட்பான்</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுவதை தான் செவிமடுத்ததாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : அல்லாஹ், மறுமை நாளில் பூமியைத் தன்னுடைய கைப்பிடிக்குள் அடக்கிக் கொள்வான்; வானத்தைத் தன்னுடைய வலக் கரத்தில் சுருட்டிக் கொள்வான்; பிறகு 'நானே அரசன்; பூமியின் அரசர்கள் எங்கே?' என்று கேட்பான்.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يوم القيامة يقبض الأرضَ ويجمعُها، ويَطوي السماءَ بيمينه ويلفّ بعضَها فوق بعض ويذهب بها ويفنيها، ثم يقول: أنا المَلك، أين ملوك الأرض؟!</t>
   </si>
   <si>
     <t>மறுமையில் அல்லாஹ் இந்தப்பூமியை தன்கைவசம் வைத்துக்கொண்டு தனது வலக்கையால் வானத்தை மடித்து அதனை ஒன்றன் மீது ஒன்றை வைத்து சுருட்டி அழித்துவிட்டு நானே அரசன், இந்தப் பூமியின் அரசர்கள் எங்கே? என்று கேட்பான். என நபியவர்கள் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>التذكير بأنَّ مُلْكَ الله هو الباقي ومُلْكُ غيرِه زائل.
 جلال الله وعظمة قدرته وسلطانه وتمام ملكه.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் அதிகாரமே நிலையானது. ஏனையோரின் அதிகாரம் அழிந்து போகக்கூடியவை என்பதை ஞாபகமூட்டல்.
 அல்லாஹ்வின் கண்ணியமும் அவனின் வல்லமையும் அதிகாரமும் முழுமையான அரசாட்சி பற்றியும் குறிப்பிடுதல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65028</t>
   </si>
   <si>
-    <t>حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ</t>
+    <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
   </si>
   <si>
     <t>('அல்கவ்ஸர்'எனும்) என் தடாகம் ஒரு மாத காலப் பயணத் தொலைதூரம் (பரப்பளவு) கொண்டதாகும். அதன் நீர் பாலை விட வெண்மையானது.அதன் மணம் கஸ்தூரியை</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
   </si>
   <si>
     <t>இறைத்தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ரு ரழியல்லாஹு அன்ஹுமா அறிவித்துள்ளார்கள்: ('அல்கவ்ஸர்'எனும்) என் தடாகம் ஒரு மாத காலப் பயணத் தொலைதூரம் (பரப்பளவு) கொண்டதாகும். அதன் நீர் பாலை விட வெண்மையானது.அதன் மணம் கஸ்தூரியை விட நறுமணம் வாய்ந்தது.அதன் கூசாக்கள் விண்மீன்கள் போன்றவை. யார் அதன் நீரை அருந்துகிறார்களோ அவர்கள் ஒருபோதும் தாகமடையமாட்டார்கள்.</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
 وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
 وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
 وأباريقه مثل نجوم السماء في كثرتها، 
 مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
   </si>
   <si>
     <t>மறுமை நாளில் நபியவர்களுக்கென ஒரு தடாகம் உள்ளதாகவும் அதன் நீளமும் அகலமும் ஒரு மாதகால பிரயாணம் செய்யும் தூரத்துக்கு நிகரானது என இந்த ஹதீஸில் குறிப்பிடுகிறார்கள் அதன் நீரானது பாலைவிட வெண்மையானது. அதன் சுகந்தமோ கஸ்தூரியை விட அதிகமானது. அதில் வைக்கப்ப்ட்டுள்ள கூசாக்களின் எண்ணிக்கை வானத்தில் உள்ள நட்சத்திரங்களின் அளவுக்கு மிக அதிகமானவை . இந்த தடகத்தில் அந்த கூசாக்களின் மூலம் நீர் அருந்தியோருக்கு தாகமென்பது ஒரு போதும் ஏற்படாது.</t>
   </si>
   <si>
     <t>حوض النبي صلى الله عليه وسلم مجمع ماء عظيم يرده المؤمنون من أمته يوم القيامة.
 حصول النعيم لمن يشرب من الحوض فلا يظمأ أبدا.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் தடாகம் மிகப்பிரமாண்டமனா ஒரு நீர் நிலையாகும். அதில் நீர் அருந்துவதற்காக அவர்களின் சமூகத்தவர்களான முஃமின்கள் மறுமை நாளில் செல்வார்கள்.
 இந்தத்தடாகத்திலிருந்து நீர் அருந்தும் வாய்ப்பைப் பெற்றோர் தாகமே ஏற்படாத நிலையான சுவர்க்க இன்பத்தை அடைந்து கொள்வர்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65030</t>
   </si>
   <si>
-    <t>إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي</t>
+    <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
   </si>
   <si>
     <t>(மறுமை நாளில்) உங்களில் எனது தடாகத்திற்கு நீர் அருந்த வருவோரை எதிர்பார்த்திருப்பேன்.அப்போது சிலர் என்னிடம் வராது (அல்கவ்ஸர் தடாகத்தை விட்டு) தடுக்கப்படுவார்கள்;. உடனே நான் இறைவா! (இவர்கள்) என்னைச் சேர்ந்தவர்கள்; என் சமுதாயத்தைச் சேர்ந்தவர்கள்</t>
   </si>
   <si>
     <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அஸ்மா பின்த் அபீபக்ர் ரழியல்லாஹு அன்ஹுமா அறிவித்துள்ளார்கள்: (மறுமை நாளில்) உங்களில் எனது தடாகத்திற்கு நீர் அருந்த வருவோரை எதிர்பார்த்திருப்பேன்.அப்போது சிலர் என்னிடம் வராது (அல்கவ்ஸர் தடாகத்தை விட்டு) தடுக்கப்படுவார்கள்;. உடனே நான் இறைவா! (இவர்கள்) என்னைச் சேர்ந்தவர்கள்; என் சமுதாயத்தைச் சேர்ந்தவர்கள் என்பேன். அதற்கு உங்களுக்குப் பின்னால் இவர்கள் செய்ததை நீங்கள் அறிவீர்களா? அல்லாஹ்வின் மீதாணையாக! இவர்கள் உங்கள் மரணத்திற்குப் பின் வந்த வழியே (தங்கள் பழைய மதத்திற்குத்) திரும்பிச் சென்றார்கள் என்று கூறப்படும்.</t>
   </si>
   <si>
     <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
 وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
 فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
   </si>
   <si>
     <t>மறுமையில் தனது நீர் தடாகத்திற்கு நீர் அருந்த வருவோரை எதிர்பார்த்து காத்திருப்பதாக இந்த ஹதீஸில் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் தெளிவுபடுத்துகிறார்கள். இதன் போது நபியவர்களின் முன்னே- அருகிலேயே சிலர் தடுக்கப்படுவார்கள் அப்போது நபியவர்கள் இறைவா!  இவர்கள் என்னை சேர்ந்தவர்கள் எனது உம்மத்வர்கள் எனக் கூறுவார்கள். அவ்வேளை நபியவர்களின் புலம்பலுக்கு நீங்கள் அவர்களை விட்டு பிரிந்து சென்றதன் பின் என்ன செய்தார்கள் என்பது பற்றி உமக்குத் தெரியுமா? அதுதான் அவர்கள் தங்களது மார்க்கமான இஸ்லாத்தைத் துறந்து அவர்களின் பழைய வழியே சென்று விட்டனர்.ஆகவே அவர்கள் உம்மையோ உமது சமூகத்தையோ சார்ந்தோர் அல்லர் எனக் கூறப்படும்.</t>
   </si>
   <si>
     <t>رحمة النبي صلى الله عليه وسلم بأمته وحرصه عليهم.
 خطورة مخالفة ما كان عليه النبي صلى الله عليه وسلم.
 الحث على التمسك بسنة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>தனது சமூகத்தவர் மீதான கருணையும் அவர்கள் குறித்த அதீத கரிசணையும்.
 நபியவர்களின் வழிமுறைக்கு முரணாக செயற்டுவதினால்; மறுமையில் எதிர்கொள்ளும் ஆபத்தான விளைவு குறிப்பிடப்பட்டிருத்தல்.
 நபியவர்களின் வழிமுறையை கடைப்பிடித்து ஒழுகுமாறு வலியுறுத்தப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65031</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا</t>
+    <t>والذي نفس محمد بيده لآنيته أكثر من عدد نجوم السماء وكواكبها</t>
   </si>
   <si>
     <t>எவன் கைவசம் முஹம்மதின் உயிர் இருக்கிறதோ அவன் மீது ஆணையாக, அதன் பாத்திரங்கள் இருள் நிறைந்த இரவில் வானத்தின் சிறிய, பெரிய நட்சத்திரங்களின்</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا آنِيَةُ الْحَوْضِ؟ قَالَ: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا، أَلَا فِي اللَّيْلَةِ الْمُظْلِمَةِ الْمُصْحِيَةِ، آنِيَةُ الْجَنَّةِ مَنْ شَرِبَ مِنْهَا لَمْ يَظْمَأْ آخِرَ مَا عَلَيْهِ، يَشْخَبُ فِيهِ مِيزَابَانِ مِنَ الْجَنَّةِ، مَنْ شَرِبَ مِنْهُ لَمْ يَظْمَأْ، عَرْضُهُ مِثْلُ طُولِهِ، مَا بَيْنَ عَمَّانَ إِلَى أَيْلَةَ، مَاؤُهُ أَشَدُّ بَيَاضًا مِنَ اللَّبَنِ، وَأَحْلَى مِنَ الْعَسَلِ».</t>
   </si>
   <si>
     <t>அபூதர் ரழியல்லாஹு அன்ஹு கூறுகிறார்கள் : அல்லாஹ்வின் தூதரே! ஹவ்ளுல் கவ்ஸரின் பாத்திரங்கள் எத்தனை? என நபியவர்களிடம் கேட்டேன். அதற்கு 
 நபி ஸல்லல்லாஹூ அலைஹி வஸல்லம் அவர்கள் எவன் கைவசம் முஹம்மதின் உயிர் இருக்கிறதோ அவன் மீது ஆணையாக, அதன் பாத்திரங்கள் இருள் நிறைந்த இரவில் வானத்தின் சிறிய, பெரிய நட்சத்திரங்களின் எண்ணிக்கையைவிட அதிகமாக இருக்கின்றன.
 சுவர்க்கத்தின் பாத்திரங்களில் எவர் தண்ணீர் அருந்துகிறாரோ அவருக்கு இறுதி வரை தாகமெடுக்காது. சுவர்க்கத்திலிருந்து இரண்டு ஆறுகள் ஊற்றெடுக்கின்றன. அதில் நீர் அருந்தியவருக்கு ஒரு போதும் தாகம் ஏற்படாது அதன் அகலமோ சிரியா (ஷாம்) தேசத்திலுள்ள அம்மான், ஈலா ஆகிய ஊர்களுக்கிடையே உள்ள தூரத்திற்குச் சமமாக இருக்கும். அதன் தண்ணீரோ பாலைவிட அதிக வெண்மையாய் இருக்கும். அதன் சுவையோ தேனைவிட மிக இனிமையாக இருக்கும் என்று கூறினார்கள்.'</t>
   </si>
   <si>
     <t>أقسم النبي صلى الله عليه وسلم بأن آنية حوضه يوم القيامة أكثر من عدد نجوم وكواكب السماء، 
 وذلك يظهر في الليلة المظلمة التي لا قمر فيها؛ لأن الليلة المقمرة لا تكون فيها النجوم واضحة لاستتارها بضوء القمر، والتي لا غيم فيها؛ لأن وجود الغيم يمنع من رؤية النجوم، 
 وأن آنية الجنة، مَن شرب من الشراب الذي فيها لا يعطش أبدًا، ويكون ذلك آخر ما يصيب الشارب من العطش، 
 وأن حوضه يسيل فيه ميزابان من الجنة، وعرضه مثل طوله؛ 
 فالحوض متساوي الأركان، طوله يكون بمقدار المسافة التي بين عَمّان وهي بلدة بالبلقاء من الشام، إلى أَيْلَةَ وهي مدينة معروفة في طرف الشام، 
 وماء الحوض أكثر بياضًا من اللبن، وطعمه أحلى من طعم العسل.</t>
   </si>
   <si>
     <t>தனது நீர்தடாகத்தின் பாத்திரங்களின் எண்ணிக்கை வானத்தில் உள்ள உடுக்கள் மற்றும் நட்சத்திரங்களின் எண்ணிக்கையை விடவும் அதிகமாகும் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் சத்தியமிட்டுக் குறிப்பிட்டார்கள். அவைகள் சந்திரவெளிச்சமில்லாத நிலையில் வானத்தில் அவைகள் தோன்றும் சந்திர வெளிச்சம் நிறைந்த இரவுகளில் அதன் ஒளியின் காரணமாக அதனை பார்க்க முடியாது, அதே போல் முகில்கள் நிறைந்த நிலையிலும் இதனைக் காணமுடியாது காரணம் முகில்கள் நட்சத்திரங்கள் தெரிவதை தடுத்துவிடுகிறது. சுவர்கத்தின் பாத்திரத்தினால் நீர் அருந்துவோர் ஒரு போதும் தாகத்தை உணரமாட்டார்கள். அதுவே அவருக்கு ஏற்பட்ட இறுதி தாகமாக இருக்கும். அந்த தடாகமானது சுவர்கத்தின் சுனையிலிருந்து வளிந்தோடும் இரு அருவிகளாகும்.அதன் அகலமும் நீலமும் சமமானவை. தடாகமானது சதுர வடிவமானது.அதன்  பரப்பளவானது ஷாம் தேசத்தில் உள்ள அம்மானுக்கும் ஷாம் தேசத்தின் புறத்தே அமைந்திருக்கும் பிரபல்யமான நகரான அய்லா வரையிலாகும். தடாகத்தின் நீர் பாலை விட வெண்மையாகவும், தேனை விட மிக சுவையானதாகவும் இருக்கும்.</t>
   </si>
   <si>
     <t>إثبات الحوض وما فيه من أنواع النعيم.
 عِظم الحوض وطوله وعرضه وكثرة آنيته.</t>
   </si>
   <si>
     <t>ஹவ்ல் எனும் நீர்த்தடாகம் குறித்தும் அதில் காணப்படும் பல வகையான இன்பங்கள் குறித்தும் உறுதிப்படுத்தப்பட்டுள்ளமை.
 நீர்தடாகத்தின் பிரமாண்டம் அதன் அகல நீலங்கள் அதில் வைக்கப்பட்டுள்ள அதிகமான பாத்திரங்கள் குறித்தும் குறிப்பிடப்பட்டுள்ளமை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65032</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن الله سيخلص رجلا من أمتي على رءوس الخلائق يوم القيامة</t>
   </si>
   <si>
     <t>மறுமை நாளில் மக்கள் முன்னிலையில் அல்லாஹ் ஒரு மனிதனை விடுதலை செய்வான்</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ العَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ، فَيَنْشُرُ عَلَيْهِ تِسْعَةً وَتِسْعِينَ سِجِلًّا، كُلُّ سِجِلٍّ مِثْلُ مَدِّ الْبَصَرِ، ثُمَّ يَقُولُ: أَتُنْكِرُ مِنْ هَذَا شَيْئًا؟ أَظَلَمَكَ كَتَبَتِي الْحَافِظُونَ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: أَفَلَكَ عُذْرٌ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: بَلَى إِنَّ لَكَ عِنْدَنَا حَسَنَةً، فَإِنَّهُ لَا ظُلْمَ عَلَيْكَ الْيَوْمَ، فَتُخْرَجُ بِطَاقَةٌ فِيهَا: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، فَيَقُولُ: احْضُرْ وَزْنَكَ، فَيَقُولُ: يَا رَبِّ مَا هَذِهِ الْبِطَاقَةُ مَعَ هَذِهِ السِّجِلَّاتِ؟ فَقَالَ: إِنَّكَ لَا تُظْلَمُ، قَالَ: فَتُوضَعُ السِّجِلَّاتُ فِي كِفَّةٍ، وَالْبِطَاقَةُ فِي كِفَّةٍ، فَطَاشَتِ السِّجِلَّاتُ، وَثَقُلَتِ الْبِطَاقَةُ، فَلَا يَثْقُلُ مَعَ اسْمِ اللهِ شَيْءٌ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லலாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ரு பின் ஆஸ் (ரழியல்லாஹு அன்ஹுமா, அவர்கள் கூறுகிறார்கள் மறுமை நாளில் மக்கள் முன்னிலையில் அல்லாஹ் ஒரு மனிதனை விடுதலை செய்வான். அவனது குற்றங்கள் பதிவு செய்யப்பட்ட தொண்ணூற்றி ஒன்பது ஏடுகள் அவன் முன் விரிக்கப்படும். ஒவ்வொரு ஏடும் பார்வை எட்டும் தொலைவில் இருக்கும். இவற்றில் எதையேனும் மறுக்கிறாயா? நம்பகமான எனது எழுத்தாளர்கள் உனக்கு அநியாயம் செய்து விட்டார்களா? என்று இறைவன் கேட்பான். இல்லை இறைவா! என்று அவன் கூறுவான். அக்குற்றங்களுக்கு உன்னிடம் எதாவது நியாயமான காரணம் ஏதும் உள்ளதா? என்று இறைவன் கேட்பான்.இல்லை இறைவா! என்று அவன் கூறுவான். அப்போது இறைவன் 'நிச்சயமாக உனக்கு என்னிடத்தில் நல்லதே கிடைக்கும், இன்று உமக்கு எந்த அநீதியும் கிடையாது, என்று கூறுவான். பிறகு சிறிய துண்டுச் சீட்டு ஒன்று எடுத்துக்காட்டப்படும்; அதில் அஷ்ஹது அல்லாஇலாஹ இல்லல்லாஹு வஅஷ்ஹது அன்ன முஹம்மதன் அப்துஹுவரஸுலு{ஹு என்று எழுதப்பட்டிருக்கும். 'உனது செயலின் எடையைப்பார்' என்று இறைவன் கூறுவான். அதற்கு அம்மனிதன் இறைவா! அந்தத் துண்டுச்சீட்டு அந்த ஏடுகளுக்கு எப்படி நிகராகும்? என்று கேட்பான். (இன்றைய தினம்) உனக்கு எந்த அநியாயமும் செய்யப்படமாட்டாது என்று இறைவன் கூறுவான். அந்த ஏடுகள் அனைத்தும் ஒரு தட்டிலும் அந்தத் துண்டுச் சீட்டு இன்னொரு தட்டிலும் வைக்கப்படும். ஏடுகள் உயர்ந்து துண்டுச்சீட்டு வைக்கப்பட்ட தட்டு கீழிறங்கும். அல்லாஹ்வின் திருநாமத்திற்கு நிகராக எதுவும் கனதியாக இருக்காது என்று நபி ஸல்லல்லலாஹு அலைஹிவஸல்லம் அவர்கள் கூறினார்கள்.</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم إن الله يختار رجلًا من أمته على رؤوس الخلائق يوم القيامة يُنادَى به ليُحاسَب، فيَعرِضُ عليه تسعةً وتسعين سِجِلًّا وهي صحائف أعماله السيئة التي كان يعمل بها في الدنيا، وطول كل سجل مثل مد البصر، 
 ثم يقول الله عز وجل لهذا الرجل: أتنكر شيئًا من المكتوب في هذه السِّجِلّات؟ 
 أظلمك ملائكتي الحفظة الكتبة؟ 
 فيقول الرجل: لا يا رب. 
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>மறுமை நாளில் மக்கள் முன்னிலையில் தனது சமூகத்திலிருந்து ஒரு மனிதனை விசாரணைக்காக அழைத்து அவனிடம் 99 பதிவேடுகளை எடுத்துக்காட்டுவான், என நபி ஸல்லலல்லாஹு அலைஹிவஸல்லம் குறிப்பிடுகிறார்கள். பதிவேடு என்பது அந்த மனிதன் உலகில் செய்த தீய செயல்களின் ஏடுகளைக் குறிக்கும். ஓவ்வொரு பதிவேடும் பார்வை எட்டும் அளவுக்கு நீண்டதாக காணப்படும்;. பின்னர் அல்லாஹ் அந்த மனிதனைப்பார்த்து இந்தப் பதிவேடுகளில் எழுதப்பட்டவைகளில் ஒன்றையேனும் நீ மறுக்கிறாயா? எனக் கேட்பான். எழுத்தாளர்களான எனது வானவர்கள் உமக்கு அநியாயம் இழைத்துள்ளனரா? அதற்கு அந்த மனிதன் : எனது இரட்சகனே அவ்வாறில்லை என்று கூறுவான். அதற்கு அல்லாஹ் அந்த மனிதனிடம் உலகில் நீ செய்து முற்படுத்திய தீய செயல்களுக்கு மறதி அல்லது தவறு அல்லது அறியாமை போன்ற ஏதும் நியாயமான காரணங்கள் உண்டா? என்று கேட்பான். அதற்கு அந்த மனிதன் எனது இரட்சகனே அதற்கான எந்த நியாயமும் என்னிடத்தில் கிடையாது என்று கூறுவான். அப்போது  அல்லாஹ் அவனைப்பார்த்து உண்மைதான்; உமக்கு எம்மிடம் நன்மை உண்டு எனவும் இன்றைய தினம் உமக்கு எந்த அநியாயமும் நிகழாது என்றும் கூறுவான். பிறகு சிறிய துண்டுச் சீட்டு (பதிவட்டை) ஒன்று எடுத்துக்காட்டப்படும்;  அதில்" அஷ்ஹது அல்லாஇலாஹ இல்லல்லாஹு வஅஷ்ஹது அன்ன முஹம்மதன் அப்துஹுவரஸுலுஹு" (உண்மையாக வணங்கப்படத்தகுதியானவன் அல்லாஹ்வைத் தவிர வேறு யாறும் இல்லை என்று சாட்சி கூறுகிறேன். முஹம்மத் அவனின் அடியாரும் அவனின் தூதருமாவார் எனவும் சாட்சி கூறுகிறேன்) என்று எழுதப்பட்டிருக்கும். தொடர்ந்தும் அல்லாஹ் அந்த மனிதனைப்பார்த்து ' உனது செயலின் எடையை காட்டும் ' என்று கேட்பான். அதற்கு அந்த மனிதன் எனது இரட்சகனே! இந்தப்பதிவேடுகளின் நிறைக்கு இந்த பதிவட்டையின் நிறை நிகராகுமா? என மனிதன் ஆச்சரியமடைந்தவனாக கேட்பான். அதற்கு அல்லாஹ் ' உமக்கு எந்த அநியாயமும் நிகழ மாட்டாது'  எனக் கூறுவான். பதிவேடுகள் ஒரு தட்டிலும் பதிவட்டை இன்னொரு தட்டிலும் வைக்கப்படும், அப்போது பதிவேடுகளின் தட்டு குறைந்து பதிவட்டை இருந்த தட்டு கனதியாகி அதன் எடை அதிகரித்து விடும் அப்போது அல்லாஹ் அந்த மனிதனின் பாவத்தை மன்னித்து விடுவான்.</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>லாஇலாஹ இல்லல்லாஹ் என்ற ஏகத்துவ வார்த்தையின் மகிமையும், தராசில் அதன் கனதியும் இந்த ஹதீஸில் குறிப்பிடப்பட்டுள்ளமை.
 லாஇலாஹ இல்லல்லாஹ் என்ற வார்த்தையை நாவினால் மாத்திரம் கூறுவது போதாது. மாறாக அதன் கருத்துப்பற்றிய அறிவும் அது கூறும் அடிப்படைக்கேட்ப செயல் படுதலும் அவசியம்.
 இஹ்லாஸ்-மனத்தூய்மையும், ஏகத்துவத்ததில் உறுதியும் பாவங்கள் மன்னிக்கப்படுவதற்கான காரணமாகும்.
 உள்ளங்களில் காணப்படும் உளத்தூய்மைக்கேற்ப ஈமானும் வித்தியாசப்படும்.சிலர் லாஇலாஹ இல்லல்லாஹ் என்ற வார்த்தையை கூறலாம்.ஆனால் அவரின் பாவங்களின் அளவுக்கேற்ப மறுமையில் வேதனையை அனுபவிப்பார்.</t>
   </si>
   <si>
+    <t>[رواه الترمذي وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65033</t>
   </si>
   <si>
-    <t>لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ</t>
+    <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>'அல்லாஹ் சுவர்க்கத்தையும் நரகத்தையும் படைத்து விட்டு, ஜிப்ரீல் அலைஹிஸ்ஸலாம்</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள். 'அல்லாஹ் சுவர்க்கத்தையும் நரகத்தையும் படைத்து விட்டு, ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்களை சுவர்க்கத்துக்கு அனுப்பி சுவர்க்கத்தையும், சுவர்க்கவாசிகளுக்காக நான் தயார்செய்தவற்றையும் பார்ப்பீராக என்று கூறினான். அவர் அதனை பார்த்துவிட்டு வந்து உனது கண்ணியத்தின் மீது சத்தியமாக எவரும் அதன் இன்பம் பற்றி கேள்விப்பட்டால்; அதில் நுழைந்து விடவே நினைப்பர். உடனே அந்த சுவர்க்கம் வெறுக்கப்டபடக்கூடிய விடயங்களால் சூழ்ந்திருக்க கட்டளைப் பிரப்பித்தான். மீண்டும் அங்கு சென்று சுவர்க்கவாசிகளுக்கு தான் தயார்செய்தவற்றை பார்த்து வருமாறு கூறினான் அங்கு சென்று பார்த்த போது சுவர்க்கம் வெறுக்கத்தக்க விடயங்களால் சூழப்பட்டிருந்தது. அதற்கு ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்கள் உனது கண்ணியத்தின் மீது சத்தியமாக அதனுள் எவரும் நுழைய மாட்டார்களோ என நான் பயப்படுகிறேன். பின் நரகத்தையும் நரகவாதிகளுக்கு தான் தயார்ப்படுத்திவைத்திருப்பவற்றை பார்ப்பீராக என ஜிப்ரீலிடம் அல்லாஹ் கூற, அதனைச் சென்று பார்த்த போது அது அடுக்கடுக்காக இருப்பதை கண்டார்.பின் திருப்பிவந்து உனது கண்ணியத்தின் மீது ஆணையாக அதில் எவரும் நுழைய விரும்ப மாட்டார்கள். உடனே அல்லாஹ் நரகத்தை இச்சைகளால் சூழ்ந்திருக்க கட்டளைப்பிரப்பித்தான் பின் மீண்டும் அதனை பார்த்து வருமாறு அவருக்கு கட்டளையிட்டான் ஜிப்ரீல் அலைஹிஸ்ஸ்லாம் அவர்கள் சென்று பார்த்த போது அது இச்சைகளால் சூழப்பட்டிருந்தது.உடனே திரும்பி வந்து (இறைவா) உனது கண்ணியத்தி;ன் மீது சத்தியமாக அதனுள் நுழையாது எவறும் தப்ப மாட்டார்கள் என நான் அஞ்சுகிறேன் என்று கூறினார்.'</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
     <t>அல்லாஹ் சுவர்க்கத்தையும், நரகத்தையும் படைத்த போது, ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்களிடம் சுவர்க்கத்தை சென்று பார்ப்பீராக என்று கூற அவர் அதனை பார்த்து விட்டு அல்லாஹ்விடம் திரும்பி வந்தார் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். சுவர்க்கத்தை பார்த்துவிட்டு திரும்பிய ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்கள் அல்லாஹ்வை விளித்து எனது இரட்சகனே! உனது மாட்சிமையின் -கண்ணியத்தின் மீது சத்தியமாக இந்த சுவர்க்கத்தில் உள்ள இன்பங்கள் சுகங்கள் பாக்கியங்கள் பற்றி எவரும் கேள்விப்படுவாராயின் அதில் நுழைவதற்கு அதிவிருப்பம் உடையவராகவே இருப்பார். அதனை அடைந்து கொள்ள நல்ல காரியங்களில் ஈடுபடுவார் என்று கூறினார். பின்னர், அல்லாஹ் இன்னல்களாலும்,  (இடையூறுகளாலும்), இறைகட்டளைகளை எடுத்து நடக்கும் போதும், அவன் தடுத்தவற்றை தவிர்ந்து விலகி நடக்கும் போதும் ஏற்படுகின்ற சிரமங்களாலும் அதனை சூழச்செய்தான். ஆகவே யார் அதில் -சுவர்க்கத்தினுள் நுழைய விரும்புகிறாரோ அவர் இந்த இடையூறுகளை தாண்டிச்செல்லல் அவசியமாகும். சுவர்க்கம் இன்னல்களால் சூழப்பபட்டதன் பின், ஜிப்ரீலே இப்போது சுவர்க்கத்தை பார்த்து வருவீராக என்று அல்லாஹ் கூறினான். உடனே அவர் அதனைப் பார்த்து விட்டு வந்து ; எனது இரட்சகனே உனது கண்ணியத்தின் மீது சத்தியமாக , சுவர்க்கம் செல்லும் பாதையில் எதிர்ப்படும் சிரமங்கள் மற்றும் இன்னல்களினால்  எவறும் அதில் நுழைய மாட்டார்கள் என நான் அஞ்சுகிறேன் எனக் கூறினார். நரகத்தை அல்லாஹ் படைத்த வேளை ஜிப்ரீலே அதனைப்பார்;த்து வருவீராக எனக் கூற உடனே ஜிப்ரீல் அதனை பார்க்கச் சென்றார். பின் மீண்டும் அல்லாஹ்விடம் அவர் வந்து எனது இரட்சனே! உனது கண்ணியத்தின்  மீது சத்தியமாக, அதன் வேதனை,கடுந்துயர்,இன்னல்கள் மற்றும் சித்திர வதைகள் போன்றவற்றை கேள்விப்படும் எவரும் அதில் நுழைவதை விரும்பாது அதன் பால் இட்டுச்செல்லும் வழிகளிலிருந்து விலகி நடப்பர் என்று கூறினார். அல்லாஹ் மனோ இச்சைகள், உலக இன்பங்கள் போன்றவைகளால் அந்நரகத்தை சூழச்செயததன் பின், ஜிப்ரீலே இப்போது நரகத்தை பார்த்து வருவீராக என்று கூறினான். உடனே ஜிப்ரீல் அதனைப்பார்த்துவிட்டு அல்லாஹ்விடம் வந்து இறைவா! உனது கண்ணியத்தின் மீது சத்தியமாக அந்த நரகத்தை சூழ மனோஇச்சைகளும், உலகியல் இன்பங்களும் இருப்பதால் அதில் நுழையாது எவரும் தப்பிட மாட்டார்கள் என நான் அஞ்சுகிறேன் என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>சுவர்க்கமும், நரகமும் தற்போதும் உள்ளது என ஈமான் கொள்ளுதல்.
 மறைவானவற்றையும்,அல்லாஹ்விடமிருந்தும் ; அவனின் தூதரிடமிருந்தும் வழிகாட்டல்கள் என வந்தவற்றையும் ஈமான் கொள்வது கடமை.
 சுவர்கத்தின் பால் இட்டுச்செல்லும் காரணியாக இன்னல்கள் இருப்பதால் அதில் பொறுமையை கடைபிடிப்பதன் அவசியம் குறித்து இந்த ஹதீஸ் குறிப்பிடுகிறது.
 நரகத்திற்கு வழிவகுக்கும் காரணியாக தடைசெய்யப்பட்டவை இருப்பதால் அவற்றிலிருந்து விலகி நடப்பதன் அவசியம். குறித்து இந்த ஹதீஸ் குறிப்பிடுகிறது.
 சுவர்க்கம் இன்னல்களாலும் நரகம் இச்சைகளாலும் சூழப்பட்டதாக இருப்பது, உலக வாழ்வின் சோதனைக்கான அடிப்படையாகும்.
 சுவர்க்கத்திற்கான பாதை கடினமும் சிரமும் நிறைந்தது, அதற்கென நம்பிக்கையுடன்(ஈமானுடம்) பொறுமை மற்றும் இன்னல்களை அனுபவித்தல் என்பனவும் அவசியம். மேலும், நரகத்திற்கான பாதை இந்த உலகின் இன்பங்களாலும் ஆசைகளாலும் நிறைந்தது.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي والنسائي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65034</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ</t>
+    <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
     <t>(மறுமை நாளில்) கருமை கலந்த வெண்ணிற</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
     <t>இறைத்தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஸஈத் அல்குத்ரீ ரழியல்லாஹு அன்ஹு கூறினார்: (மறுமை நாளில்) கருமை கலந்த வெண்ணிற ஆடு ஒன்றின் தோற்றத்தில் மரணம் கொண்டுவரப்படும். அப்போது அறிவிப்புச் செய்யும் (வானவர்களில்) ஒருவர், 'சொர்க்கவாசிகளே!' 'இதை (இந்த ஆட்டை) நீங்கள் அறிவீர்களா?' என்று கேட்பார். அவர்கள், 'ஆம்! இதுதான் மரணம்' என்று பதிலளிப்பார்கள். அவர்கள் அனைவரும் அதை (முன்பே) பார்த்திருக்கிறார்கள்.பிறகு அவர் நரகவாசிகளை நோக்கி: 'நரகவாசிகளே! என்று அழைப்பார். அவர்கள் தலையை நீட்டிப் பார்ப்பார்கள். அவர் 'இதை நீங்கள் அறிவீர்களா?' என்று கேட்பார். அவர்கள், 'ஆம் (அறிவோம்;) இதுதான் மரணம்' என்று பதில் சொல்வார்கள். அவர்கள் அனைவரும் அதை (முன்பே) பார்த்துள்ளனர். உடனே அது (ஆட்டின் உருவத்திலுள்ள மரணம்) அறுக்கப்பட்டுவிடும். பிறகு அவர், 'சொர்க்கவாசிகளே நிரந்தரம்; இனி மரணமே இல்லை. நரகவாசிகளே! நிரந்தரம்; இனி மரணம் என்பதே இல்லை'  என்று கூறுவார். இதைக் கூறிவிட்டு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், '(நபியே!) நியாயத் தீர்ப்பளிக்கப்படும் துக்கம் நிறைந்த அந்நாளைப் பற்றி நீங்கள் அவர்களை எச்சரியுங்கள்! எனினும், (இன்று உலக வாழ்வில்) இவர்கள் கவலையற்றிருக்கிருக்கின்றனர். எனவே, இவர்கள் நம்பிக்கைகொள்ளவே மாட்டார்கள்'' எனும் (திருக்குர்ஆன் 19:39 வது) இறைவசனத்தை ஓதினார்கள். மேலும், 'இன்று உலகில் வசிக்கும் இவர்கள் கவலையற்று, அசட்டையாக உள்ளனர். எனவே இவர்கள் நம்பிக்கைகொள்ள மாட்டார்கள்' என்றும் கூறினார்கள்.</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
 وذلك ليكون زيادة في نعيم المؤمنين، ونكاية في عذاب الكافرين.
 ثم قرأ النبي صلى الله عليه وسلم: 
 {وَأَنْذِرْهُمْ يَوْمَ الْحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ وَهُمْ لا يُؤْمِنُونَ} 
 فيوم القيامة يفصل بين أهل الجنة والنار، ودخل كل إلى ما صار إليه مخلدًا فيه، 
 فيتحسر المسيء ويندم إذ لم يحسن، والمقصر إذ لم يزدد من الخير.</t>
   </si>
   <si>
     <t>மறுமை நாளில் மரணம் கருப்பும் வெள்ளை நிறமும் கலந்த ஆண் ஆட்டின் தோற்றத்தில் கொண்டுவரப்படும் என்பதை தெளிவுபடுத்துகிறார்கள். அவ்வேளை சொர்க்க வாசிகளே! என அழைப்பு விடுக்கப்படும். அவர்கள் உடனே தங்களது கழுத்துக்களையும் பிடரிகளையும்;  நீட்டிக்கொண்டு தலைகளை உயர்த்திப் பார்ப்பார்கள்;. அப்போது அவர்களிடம் இதனைத் உங்களுக்குத் தெரியுமா என்று கேட்பார். உடனே அவர்கள் கண்டு  அறிந்திருந்தனால் ஆம்'  இது மரணம் எனப்பதிலளிப்பார்கள். பின் அழைப்பாளர் நரகவாதிகளே! என அழைப்பு விடுப்பார் அவர்கள் உடனே அவர்கள் தங்களது கழுத்துக்களையும் பிடரிகளையும்;  நீட்டிக்கொண்டு தலைகளை உயர்த்திப் பார்ப்பார்கள்;. அப்போது அவர்களிடம் இதனைத் உங்களுக்குத் தெரியுமா என்று கேட்ப்பார். உடனே அவர்கள் கண்டு  அறிந்திருந்தனால் 'ஆம்'  இது மரணம் எனப்பதிலளிப்பார்கள். உடனே அது அறுக்கப்பபடும் அதன் பின் அழைப்பாளர் சுவர்க்கவாதிகளே! உங்களுக்கு மரணம் என்பது கிடையாது நிரந்தரமாக தங்கிவிடுங்கள் என்றும், நரகவாதிகளைப்பார்த்து உங்களுக்கு மரணம் என்பது கிடையாது நீங்களும் உங்கள் இடத்தில் நிரந்தரமாக தங்கி விடுங்கள் என்று கூறுவார். முஃமின்களின் மகிழ்ச்சியை மேலும் அதிகரிக்க வேண்டும் என்பதற்கும் காபிர்களை கண்டிக்க வேண்டும் என்பதற்காகவுமே இவ்வாறு கூறப்படும். இவ்வாறு நபியவர்கள் கூறிவிட்டு பின்வரும் வசனத்தை ஓதினார்கள்: (நபியே!) நியாயத் தீர்ப்பளிக்கப்படும் துக்கம் நிறைந்த அந்நாளைப் பற்றி நீங்கள் அவர்களை எச்சரியுங்கள்! எனினும், (இன்று உலக வாழ்வில்) இவர்கள் கவலையற்றிருக்கிருக்கின்றனர்.  இவர்கள் நம்பிக்கைகொள்ளவே மாட்டார்கள்) ஆக, மறுமை நாளில் சுவர்க்கவாதிகள் நரகவாதிகள் என வேறுபடுத்தப்பட்டு ஒவ்வொரு பிரிவினரும் அவர்களுக்குரிய இடத்திற்கு சென்று நிரந்தரமாக இருந்து விடுவர். தீமை செய்தவன் தான் நல்லது செய்யவில்லை என வருந்தியும், அலட்சியத்துடன் கவனக்குறைவாக இருந்தவன் நல்லனவற்றை அதிகமாகச் செய்யவில்லை எனவும் புலம்புவான்.</t>
   </si>
   <si>
     <t>مصير الإنسان في الآخرة هو الخلود في الجنة أو النار.
 التحذير الشديد من هول يوم القيامة وأنه يوم الحسرة والندم.
 بيان دوام سرور أهل الجنة، ودوام حزن أهل النّار.</t>
   </si>
   <si>
     <t>மறுமையில் மனிதனின் இறுதி நிலை சுவர்க்கத்தில் அல்லது நரகத்தில் நிரந்தரமாக தங்குவதாகும்.
 மறுமையின் அமளிதுமளிகள் குறித்து கடுமையாக எச்சரித்தல். ஏனெனில் அது சோகமும் கைசேதமும் நிறைந்த நாளாகும்.
 சுவர்க்கவாதிகள் நிரந்தர மகிழ்ச்சியுடனும் நரகவாதிகள் நிரந்தர சோகத்துடனும் இருப்பது குறித்து தெளிவுபடுத்தியிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65035</t>
   </si>
   <si>
-    <t>نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ</t>
+    <t>ناركم جزء من سبعين جزءا من نار جهنم</t>
   </si>
   <si>
     <t>இறைத்தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், 'உங்கள் (உலக) நெருப்பு, நரக</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ»، قِيلَ: يَا رَسُولَ اللَّهِ، إِنْ كَانَتْ لَكَافِيَةً. قَالَ: «فُضِّلَتْ عَلَيْهِنَّ بِتِسْعَةٍ وَسِتِّينَ جُزْءًا كُلُّهُنَّ مِثْلُ حَرِّهَا».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் கூறியதாகஅபூ ஹுரைரா(ரழியல்லாஹு அன்ஹு) அறிவித்துள்ளார்கள். இறைத்தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், 'உங்கள் (உலக) நெருப்பு, நரக நெருப்பின் எழுபது மடங்குகளில்  ஒன்றாகும்;. என்று கூறினார்கள். உடனே, 'இறைத்தூதர் அவர்களே! இந்த (உலக) நெருப்பே (பாவம் செய்தவர்களை எரித்து வேதனைப்படுத்தப்) போதுமானதாயிற்றே'' என்று கேட்கப்பட்டது. நபி ஸல்லல்லாஹு அலைஹிவஸல்லம அவர்கள்,'(அப்படியல்ல.) உலக நெருப்பை விட நரக நெருப்பு அறுபத்தொன்பது மடங்கு அதிகப்படுத்தப்பட்டுள்ளது. இவற்றில் ஒவ்வொரு பாகமும் உலக நெருப்பின் வெப்பத்திற்குச் சமமானதாகும்' என்றார்கள்.</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
     <t>மேற்குறிப்பிட்ட ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் உலக நெருப்பானது நரக நெருப்பின் எழுபது மடங்காகும் எனக் குறிப்பிட்டுள்ளார்கள். மறுமையின் நெருப்பானது உலக வெப்பத்தை விட 69 மடங்கு வெப்பத்தால் அதிகமானதாகும்.அதில் உள்ள ஒவ்வொரு பகுதியும் உலக நெருப்பின் வெப்பத்திற்கு சமமானதாக இருக்கிறது. அல்லாஹ்வின் தூதரே! உலக நெருப்பானது நரகத்தினுள் நுழைவோரை வேதனை செய்வதற்கு போதுமானதாகும் என நபியவர்களிடம் வினவப்பட்டது. அதற்கு அவர்கள் உலக நெருப்பை விட நரக நெருப்பு அறுபத்தொன்பது பாகங்கள் அதிகப்படுத்தப்பட்டுள்ளது.அவை ஒவ்வொன்றும் வெப்பத்தில் சமமானவையாகும்.</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>நரகத்திற்கு வழிவகுக்கும் செயல்களிலிருந்து மக்கள் விலகி நடக்க வேண்டும் என்பதற்காக நரகத்தை விட்டும் எச்சரிக்கை செய்தல்.
 நரக நெருப்பு மற்றும் அதன் வேதனையின் பிரமாண்டமும், அதன் கடும் வெப்பமும் இங்கு குறிப்பிடப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65036</t>
   </si>
   <si>
-    <t>حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً</t>
+    <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>உண்மையாளரும் உண்மைப்படுத்தப்பட்டவருமான இறைத்தூதர்ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எங்களிடம் அறிவித்தார்கள்: உங்கள் படைப்பு உங்கள் தாயின் வயிற்றில் நாற்பது நாட்களில்</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள்: உண்மையாளரும் உண்மைப்படுத்தப்பட்டவருமான இறைத்தூதர்ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எங்களிடம் அறிவித்தார்கள்: உங்கள் படைப்பு உங்கள் தாயின் வயிற்றில் நாற்பது நாட்களில் ஒருங்கிணைக்கப்படுகிறது. பிறகு அதே போன்ற காலத்தில் (40 நாட்களில் அட்டை - போன்று) ஒரு கருக்கட்டியாக மாறுகிறது. பிறகு, அதே போன்ற காலத்தில் சதைப் பிண்டமாக மாறுகிறது. பிறகு அல்லாஹ் ஒரு வானவரை (அதனிடம்) அனுப்புகிறான். அந்த வானவருக்கு நான்கு கட்டளைகள் பிறப்பிக்கப்படுகின்றன. (அவை:) அதன் (கருவாக இருக்கும் அந்த மனிதனின்) செயலையும் (அவனுடைய செயல்கள் எப்படியிருக்கும் என்பதையும்), அதன் வாழ்வாதாரத்தையும் (அவனுக்க என்னென்ன எந்த அளவு கிடைக்கும் என்பதையும்), அதன் வாழ்நாளையும் (அவன் எவ்வளவு காலம் வாழ்வான் எப்போது இறப்பான் என்பதையும்), அது (இறுதிக் கட்டத்தில்) துர்பாக்கியசாலியா, நற்பேறுடையதா என்பதையும் ( விதித்தபடி) எழுது' என்று அந்த வானவருக்குக் கட்டளையிடப்படும். பிறகு அதனுள் உயிர் ஊதப்படும். இதனால் தான், உங்களில் ஒருவர் (நற்) செயல் புரிந்து கொண்டே செல்வார். எந்த அளவிற்கென்றால் அவருக்கும் சொர்க்கத்திற்குமிடையே ஒரு முழம் (தொலைவு) தான் இருக்கும். அதற்குள் அவரின் விதி அவரை முந்திக் கொள்ளும். அவர் நரகவாதிகளின் செயலைச் செய்து விடுவார். (அதன் விளைவாக, நரகம் புகுந்து விடுவார்,) மேலும் உங்களில் ஒருவர் (தீய) செயல் புரிந்து கொண்டே செல்வார். எந்த அளவிற்கென்றால் அவருக்கும் நரகத்திற்குமிடையே ஒரேயொரு முழம் (தொலைவு) தான் இருக்கும். அதற்குள் விதி அவரை முந்திக் கொள்ளும். அதனால் அவர் சொர்க்கவாதிகளின் செயலைச் செய்வார். (அதன் காரணத்தால் சொர்க்கம் புகுவார்.)</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>இப்னு மஸ்ஊத் கூறினார்கள் : தனது வார்த்தையில் உண்மை பேசியவரும், அல்லாஹ் உண்மைப்படுத்தியவருமான அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் எங்களுக்கு அறிவித்தார்கள்: உங்கள் ஒருவரின் படைப்பு ஒருங்கிணைக்கப்படுகிறது. அதாவது ஒரு மனிதர் தனது மனைவியிடம் உறவு கொண்டால் அவனின் சிதரிய விந்தானது நாற்பது நாட்கள்; வயிற்றில்-விந்தாகவே கருவறையில்- ஒன்றிணைக்கப்படுகிறது. அதனைத் தொடர்ந்து நாற்பது நாட்களில் இரத்தக்கட்டியாக மாறிவிடுகிறது.(இரண்டாம் நாட்பதுகளில்) அதனைத் தொடர்ந்து நாற்பது நாட்களில் மென்று சாப்பிடும் நிலையிலுள்ள சதைப்பிண்டமாக  மாறிவிடுகிறது.( (மூன்றாம் நாற்பது நாற்களில்) அதன் பிறகு 120 நாட்கள் முடிவடைந்ததும் மலக்கு அனுப்பப்பட்டு அவருக்கு உயிர் ஊதப்படுகிறது. பின்னர் அவர் குறித்த நான்கு வார்த்தைகளை எழுதுமாறு கட்டளையிடப்படுவார். முதலாவது அவனின் வாழ்வாதாரம் குறித்ததாகும் அதாவது அவனின் ஆயுளில் அவன் பெற்றுக்கொள்ளும் இன்பங்களின் அளவாகும். அஜல் என்பது உலகில் அவர் தங்கியிருக்கும் காலத்தைக் குறிக்கும். அவனின் அமல் செயற்பாடு என்பது என்ன? அவன் ஒரு பாக்கியசாலியா? அல்லது துர்ப்பாக்கியசாலியா? பின்னர் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஆணையிட்டு கூறினார்கள்: ஒருவர் சுவர்க்கவாதிகளின் செயலில் ஈடுபடுவார். மனிதர்களுக்கு வெளிப்படையில் அவரின் செயல் நற்செயலாக இருக்கும். பூமியில் ஓரிடத்தில் ஒருவருக்கு குறிப்பிட்ட இடத்தை அடைவதற்கான தூரம் ஒரு முழம் அளவு இருப்பது போன்று அவர் சுவர்க்ததிற்குள் நுழைய ஒரு முழம் அளவு இடைவெளி காணப்படும். அந்நேரம் அவரின் விதி அவரை முந்தி அவர் நரகவாதிகளுக்குரிய செயலொன்றை செய்து விடுவார் இவ்வாறான ஒரு செயலின் மூலம் அவரின் ஆயுல் முடிவடைந்து விடும்.இதன்காரணமாக அவர் நரகம் நுழைவார். ஒருவர் தனது செயலில் மாறாது மிக உறுதியாக இருப்பது  அவரின் செயல் ஏற்றுக்கொள்ளப்படுவதற்கான நிபந்தனையாகும். இன்னொரு மனிதரைப்பொருத்தவரை அவரும் நரகை அண்மிக்கும் வரையில் நரகவாதிகளின் செயலை செய்து கொண்டிருப்பார். நரகத்திற்கும் அவருக்குமிடையில் நிலத்தில் ஒரு முழம் அளவான தூரம் காணப்படும் அவ்வேளை அவரின் விதி முந்தி சுவர்க்கவாதிகளின் ஒருவரின் நற்செயலை செய்வதன் மூலம் சுவர்க்கம் நுழைந்திடுவார்.</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>இறைவிதியின் ஏற்பாட்டின் அடிப்படையிலேயே எல்லா விவகாரங்களின் முடிவும் காணப்படுகின்றமை.
 செயல்களின் வெளித் தோற்றத்தில் கவர்ச்சி -பிறமை- கொள்வதை விட்டும் எச்சரிக்கப்பட்டிருத்தல்.காரணம் செயற்பாடுகள் யாவும்  இறுதி வெளிப்பாடுகள் மூலமே தீர்மானிக்கப்படுகிறன.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65037</t>
   </si>
   <si>
-    <t>كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ</t>
+    <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>'அல்லாஹ், வானங்களையும் பூமியையும் படைப்பதற்கு ஐம்பதாயிரம்</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை தான் கேட்டதாக அப்துல்லாஹ் இப்னு அம்ர்ருப்னுல் ஆஸ் ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள் 'அல்லாஹ், வானங்களையும் பூமியையும் படைப்பதற்கு ஐம்பதாயிரம் ஆண்டுகளுக்கு முன்பே, படைப்பினங்களின் விதிகளை எழுதி விட்டான். (அப்போது) அவனது அரியணை (அர்ஷ்) தண்ணீரின் மேல் இருந்தது'</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>வானங்கள் பூமிகள் படைக்கப்படுவதற்கு ஐம்பதாயிரம் வருடங்களுக்கு முன் 'லவ்ஹுல் மஹ்பூலில்' படைப்பினங்களின் வாழ்வு, மரணம், வாழ்வாதாரம் போன்ற ஏனைய விடயங்கள் குறித்த விதிகள் தொடர்பாக நிகழவிருப்பவற்றை விரிவாக அல்லாஹ் எழுதிவிட்டான் என்பதை இந்த ஹதீஸில் நபியவர்கள் குறிப்பிடுகிறார்கள்.அவை யாவும் அல்லாஹ்வின் தீர்ப்புக்கேற்ப நிகழ்ந்தே தீரும். இந்த உலகில் (உள்ளவை)  படைக்கப்பட்டவை அனைத்தும்  அல்லாஹ்வின் விதிப்படியே இயங்கும். எனவே ஒரு அடியானுக்கு கிடைத்தவை ஒரு போதும் கைநழுவிச்சென்றிடாது, கைநழுவிச்சென்றவை ஒரு போதும் கிடைத்திடவும் மாட்டாது.</t>
   </si>
   <si>
     <t>وجوب الإيمان بالقضاء والقدر.
 القدر هو: علم الله بالأشياء وكتابته ومشيئته وخلقه لها.
 الإيمان بأن الأقدار مكتوبة قبل خلق السماوات والأرض يُثمِر الرضا والتسليم.
  أنّ عرش الرحمن كان على الماء قبل خلق السموات والأرض.</t>
   </si>
   <si>
     <t>இறைவிதியை ஈமான் கொள்வது கடமையாகும்.
 'அல் கத்ர்' என்பது சிருஷ்டிகள் பற்றிய அல்லாஹ்வின் ஆழமான அறிவையும், அவை தொடர்பான அவனின் பதிவையும் நாட்டத்தையும், படைப்பையும்-உருவாக்கத்தையும்- குறிக்கும்.
 வானங்கள்,பூமி படைக்கப்பட முன்னரே விதிகள் எழுதப்பற்றிருப்பதை ஈமான் கொள்வதானது உளத்திருப்தி , முழுமையாக இறைவனுக்கு கட்டுப்படுதல்  போன்ற விடயங்களை மனிதனில் ஏற்படுத்தும்.
 வானங்கள் மற்றும் பூமி படைக்கப்பட முன்னரே அர்ரஹ்மானின் அரியணை (அர்ஷ்) நீரின் மீது இருந்ததது என்பதை இந்த ஹதீஸ் சுட்டிக்காட்டுகிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65038</t>
   </si>
   <si>
-    <t>كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ</t>
+    <t>كل شيء بقدر، حتى العجز والكيس، أو الكيس والعجز</t>
   </si>
   <si>
     <t>'இயலாமை, புத்திசாலித்தனம் அல்லது புத்திசாலித்தனம், இயலாமை உட்பட ஒவ்வொரு விடயமும் இறைவிதியின் அடிப்படையிலேயே நிகழ்கிறது</t>
   </si>
   <si>
     <t>عَنْ طَاوُسٍ أَنَّهُ قَالَ: أَدْرَكْتُ نَاسًا مِنْ أَصْحَابِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُونَ كُلُّ شَيْءٍ بِقَدَرٍ، قَالَ: وَسَمِعْتُ عَبْدَ اللهِ بْنَ عُمَرَ رضي الله عنهما يَقُولُ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ».</t>
   </si>
   <si>
     <t>தாவூஸ் அவர்கள் கூறுகிறார்கள் : நான் அல்லாஹ்வின் தூதரின் தோழர்கள் சிலரை சந்தித்தேன் அவர்கள் 'அனைத்து விடயங்களும் இறை விதியின் அடிப்படையிலேயே நிகழ்கிறது என கூறுபவர்களாக இருந்தார்கள். அல்லாஹ்வின் தூதர் கூறியதை தான் கேட்டதாக அப்துல்லாஹ் இப்னு உமர் ரழியல்லாஹு அன்ஹுமா கூறுகிறார்கள். 'இயலாமை, புத்திசாலித்தனம் அல்லது புத்திசாலித்தனம், இயலாமை உட்பட ஒவ்வொரு விடயமும் இறைவிதியின் அடிப்படையிலேயே நிகழ்கிறது.</t>
   </si>
   <si>
     <t>بيَّن النبي صلى الله عليه وسلم أن كل شيء بقدر؛ 
 حتى العجز وهو: ترك ما يجب فعله والتسويف به وتأخيره عن وقته، بأمور الدنيا والآخرة. 
 وحتى الْكَيْسُ وهو: النشاط والحِذْق بأمور الدنيا والآخرة. 
 وإن الله عز وجل قد قدَّر العجز والكيس وكل شيء، لا يقع في الوجود إلا وقد سبق به علم الله ومشيئته.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒவ்வொரு விடயமும் இறைவிதியின் அடிப்படையில் நிகழ்கிறது என்பதை தெளிவுபடுத்துகிறார்கள். இயலாமை 'அஜ்ஸ்'  என்பது  இம்மை மறுமை விவகாரங்களில் கட்டாயம் செய்யவேண்டியவற்றை விட்டுவிடுவது,எதிர்காலத்தில் செய்யவென  குறித்த நேரத்தில் செய்வதைவிட்டுப் தாமதப்படுத்துதல். 'கைஸ்' (புத்திசாலித்தனம்) என்பது இம்மை மறுமை விடயங்களில் புத்திசாதுரியத்துடன் சுறுசுறுப்பாக ஈடுபடுதலைக் குறிக்கும். அல்லாஹ் இயலாமை மற்றும் புத்திசாலித்தனம் மற்றும் அனைத்து விடயங்களையும் நிர்ணயித்துள்ளான்.அவை அனைத்தும் அவனின் பூரண அறிவு மற்றும் நாட்டத்துடனேயே இவ்வுலகில் நிகழ்கிறது.</t>
   </si>
   <si>
     <t>بيان اعتقاد الصحابة رضوان الله عليهم في القدر.
 كل شيء يحصل بقدر الله حتى العجز والنشاط.
 تثبت وحذر الصحابة رضوان الله عليهم في نقل حديث رسول الله صلى الله عليه وسلم.
 الإيمان بالقدر كله خيره وشره.</t>
   </si>
   <si>
     <t>இறைவிதி குறித்த ஸஹாபாக்களின் நம்பிக்கை குறித்து தெளிவுபடுத்தப்பட்டிருத்தல்.
 இயலாமை,உற்சாகம் உட்பட அனைத்தும் அல்லாஹ்வின் விதிப்படியே நிகழ்கிறது.
 அல்லாஹ்வின் தூதரின் செய்திகளை பரிவர்த்தனை செய்வதில் நபித்தோழர்களுக்கிருந்த உறுதிப்பாடும் கவனமும் இந்த ஹதீஸில் காணப்படுகின்றமை.
 நன்மை தீமை அனைத்தும் இறைவிதியின் படியே நிகழும் என்பதை நம்பிக்கை கொள்ளுதல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65039</t>
   </si>
   <si>
-    <t>إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً</t>
+    <t>إذا قضى الله لعبد أن يموت بأرض جعل له إليها حاجة</t>
   </si>
   <si>
     <t>'ஒரு அடியான் குறித்த ஒரிடத்தில் மரணிக்க வேண்டும் என அல்லாஹ் விதித்திருந்தால் அந்த இடத்திற்கு செல்வதற்கான ஒரு தேவையை அவனுக்கு அல்லாஹ் ஏற்படுத்துவான் ';</t>
   </si>
   <si>
     <t>عَنْ مَطَرِ بْنِ عُكَامِسٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் கூறியதாக மதர் இப்னு உகாமிஸ் ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள். 'ஒரு அடியான் குறித்த ஒரிடத்தில் மரணிக்க வேண்டும் என அல்லாஹ் விதித்திருந்தால் அந்த இடத்திற்கு செல்வதற்கான ஒரு தேவையை அவனுக்கு அல்லாஹ் ஏற்படுத்துவான் ';.</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله إذا قضى وقدَّر لعبد أن يموت بأرض وهو غير موجود فيها؛ جعل له إليها حاجة فيأتي إليها، فتقبض روحه فيها.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு அடியானுக்கு ஓர் இடத்தில் மரணம் சம்பவிக்கவேண்டும் என  அல்லாஹ் விதித்திருப்பான். ஆனால் அவன் குறித்த இடத்தில் இல்லாதிருந்தால் அங்கே செல்வதற்கான ஒரு தேவையை ஏற்படுத்தி அந்த இடத்தில் அவனின் உயிர் கைப்பற்றப்படும் எனக் குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>الحديث مصداق لقول الله عز وجل: {وما تدري نفس بأي أرض تموت}.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸ் அல்லாஹ்வின் கூற்றான ' ஓர் ஆன்மா அது எந்த இடத்தில் மரணிக்கும் என்பதை அறியமாட்டாது' என்பதை -உண்மைப்படுத்துவதாக – பொருந்துவதாக அமைந்துள்ளது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65040</t>
   </si>
   <si>
-    <t>مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>من كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>'யார் என்மீது (நான் கூறியதாக) வேண்டுமென்றே பொய்யுரைக்கிறாரோ அவர் தன் இருப்பிடத்தை நரகத்தில் அமைத்துக்கொள்ளட்டும்'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'யார் என்மீது (நான் கூறியதாக) வேண்டுமென்றே பொய்யுரைக்கிறாரோ அவர் தன் இருப்பிடத்தை நரகத்தில் அமைத்துக்கொள்ளட்டும்'.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن كَذَبَ عليه مُتعمدًا بنِسبةِ قولٍ أو فعلٍ له كَذبًا، فإنّ له في الآخرة مَجلسًا في النار؛ جزاء له على كذبه عليه.</t>
   </si>
   <si>
     <t>'யார் நபி மீது வேண்டுமேன்றே பொய்யாக ஒரு வார்த்தை அல்லது செயலை நபி கூறியதாக கூறுகின்றாரோ மறுமையில் அவரின் இருப்பிடத்தை நரகத்தில் ஆக்கிக்கொள்ளட்டும். அதுவே நபி மீது பொய்யுரைத்ததற்கான கூலியாகும் என நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் தெளிவு படுத்துகிறார்கள்'.</t>
   </si>
   <si>
     <t>الكَذب على النبيِّ صلى الله عليه وسلم بالقصد والعَمْد سببٌ لدخول النار.
 الكذب على النبي عليه الصلاة والسلام ليس كالكذب على سائر الناس، لِمَا يَترتَّب على ذلك من مفاسد عظيمة في الدين والدنيا.
 التحذير من نشر الأحاديث قبل التثبُّت والتأكد من صحة نسبتها إلى النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மீது வேண்டுமென்று பொய்யுரைப்பது நரகத்தில் நுழைவதற்கான வழிகளில் ஒன்றாகும்.
 நபி அலைஹிஸ்ஸலாம் அவர்கள் மீது பொய்யுரைப்பது என்பது ஏனைய மனிதர்கள் விடயத்தில் பொய்யுரைப்பது போன்றதன்று. காரணம் நபி மீது பொய்யுரைப்பதன் விளைவாக இம்மை மற்றும் மார்க்க விவகாரங்களில் பெரும் தீங்கை ஏற்படுத்திவிடும்.
 ஹதீஸ்களின் சரியான தன்மையை உறுதிப்படுத்தி அது நபியவர்களின் கூறினார்களா என்பதை திட்டப்படுத்திக் கொள்ள  முன் அவற்றைப் பரப்புவது குறித்த எச்சரிக்கை இந்த ஹதீஸில் குறிப்பிடப்பட்டுள்ளமை.</t>
@@ -12669,532 +13772,529 @@
 فأسلم ضمام، وأخبر النبي صلى الله عليه وسلم أنه سيدعو قومه للإسلام. ثم عرف نفسه وأنه ضمام بن ثعلبة من بني سعد بن بكر.</t>
   </si>
   <si>
     <t>ஸஹாபாக்கள் நபி(ஸல்லல்லாஹு அலைஹிவஸல்லம்) அவர்களுடன்; பள்ளிவாசலில் அமர்ந்திருந்தபோது திடீரென ஒட்டகத்தின் மீது அமர்ந்த ஒருவர் பள்ளிக்குள் நுழைந்தார். ஒட்டகத்தைப் படுக்க வைத்துப் பின்னர் அதனைக் கட்டினார். என அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள். பின்னர் அவர் ,அமர்ந்திருந்த ஸஹாபாக்களிடம் உங்களில் முஹம்மத் யார்? என வினவினார். நபியவர்களோ கூட்டத்திற்கு மத்தியில் சாய்ந்து கொண்டிருந்த நிலையில், நாம் இதோ சாய்ந்து கொண்டிருக்கும் வெள்ளை மனிதர்தாம் முஹம்மத் என்று கூறினோம். வந்த மனிதர் அப்துல் முத்தலிபின் மகனே : என நபியவர்களைப் பார்த்து விளித்துப்பேச, நபியவர்கள் அவரிடம்  நீங்கள் கூறுவதை நான் செவி மடுத்தேன்; நீங்கள் கேளுங்கள் நான் உமக்கு பதிலளிக்கிறேன். வந்த மனிதர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் 'நான் உங்களிடம் சில கேள்விகள் கேட்கப் போகிறேன். சில கடினமான கேள்விகளையும் கேட்கப் போகிறேன். அதற்காக நீங்கள் என்னுடன்  -வருத்தப்படக்- கோபப்பட வேண்டாம்' என்றார். அதாவது நீங்கள் கோபிக்கக் கூடாது அத்துடன் ஏதும் சிரமத்திற்கு உள்ளாக வேண்டாம். அதற்கு நபியவர்கள் நீ விரும்பியதைக் கேள் என்று அவரிடம் கூறினார்கள். 'உமதும், உமக்கு முன்பிருந்தோரினதும் இரட்சகன் மீது ஆணையாகக் கேட்கிறேன் அல்லாஹ்தான் உம்மை மனித இனம் முழுமைக்கும் தூதராக அனுப்பினானா?' அதற்கு நபியவர்கள் அல்லாஹ்வை சாட்சியாக வைத்து ஆம் என்று கூறினார்கள் 'அல்லாஹ்வின் மீது ஆணையிட்டு உம்மிடம் கேட்கிறேன் அல்லாஹ்தான் இரவிலும், பகலிலுமாக நாங்கள் ஐந்து நேரத் தொழுகையைத் தொழுது வரவேண்டு மென்று உமக்குக் கட்டளையிட்டிருக்கிறானா?அதாவது கடமையான தொழுகைகளை இது குறிக்கிறது. இதற்கு நபியவர்கள் அல்லாஹ் சாட்சியாக ஆம் எனக் கூறினார்கள் 'இறைவன் மீது ஆணையாக உம்மிடம் கேட்கிறேன் அல்லாஹ்தான் ஒவ்வோர் ஆண்டிலும் குறிப்பிட்ட மாதமாகிய ரமழான் மாதத்தில் நாங்கள் நோன்பு நோற்க வேண்டும் என்று உமக்குக் கட்டளையிட்டிருக்கிறானா?' என்றார். அதற்கு நபியவர்கள் அல்லாஹ் சாட்சியாக ஆம் எனக் கூறினார்கள். அல்லாஹ்வின் மீது ஆணையாக உம்மிடம் கேட்கிறேன் அல்லாஹ்தான் எங்களில் வசதி படைத்தவர்களிடமிருந்து இந்த (ஸகாத் என்னும்) தர்மத்தைப் பெற்று எங்களில் வறியவர்களுக்கு  வினியோகிக்க வேண்டுமென்று உமக்குக் கட்டளையிட்டிருக்கிறானா?' தர்மம் என்பது இங்கு ஸகாத்தைக் குறிக்கும். அதற்கு நபியவர்கள் அல்லாஹ் சாட்சியாக ஆம் எனக் கூறினார்கள். ழிமாம் அவர்கள்; இஸ்லாத்தை தழுவினார் நபி ஸல்லல்லாஹு அவர்கள் அவர் தனது சமூகத்தாரை இஸ்லாத்தின் பால் அழைப்பு விடுப்பார் என்று அறிவித்தார்கள். பின் அந்த மனிதர்; தான் ழிமாம் இப்னு ஸஃலபா ஸஃத் இப்னு பக்ர் வம்சத்தை சேர்ந்தவர்; என்று தம்மை அறிமுகப்படுத்தினார்.</t>
   </si>
   <si>
     <t>تواضع النبي عليه الصَّلاة والسّلام؛ إذ لم يستطع الرَّجل أن يُفرِّق بينه وبين أصحابه.
 حسن خلق النبي عليه السلام، وتلطفه في الرد على السائل، وأن حسن الرد من أسباب قبول الدعوة.
 جواز تعريف الرجل بصفة من البياض والحمرة، والطول والقصر، ونحو ذلك مما لا يقصد به العيب، إن لم يَكره ذلك.
 جواز دخول الكافر المسجد للحاجة.
 لم يذكر الحج في الحديث لأنه قد يكون لم يفرض وقت مجيئه.
 حرص الصحابة على دعوة الناس؛ فبمجرد إسلامه حرص على دعوة قومه.</t>
   </si>
   <si>
     <t>வந்த மனிதர் நபியவர்களுக்கும்,தோழர்களுக்கும் மத்தியில் வித்தியாசத்தை அறிந்து கொள்ள முடியாத அளவு அவர்களுடன் நபியவர்கள் இரண்டரக் கலந்திருந்திருந்தார்கள் இது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்களின் பணிவை காட்டுகிறது.
 நபியவர்களின் நற்குணம்; தன்னிடம் கேள்வி கேட்டவருக்கு பதிலளிப்பதில் இங்கிதமாய் நடந்து கொண்டமை போன்றவை சுட்டிக்காட்டப்பட்டுள்ளது. சிறப்பான முறையில் பதிலளிப்பது பிரச்சாரம் ஏற்றுக்கொள்ளப்படுவதற்கான காரணங்களில் ஒன்றாகும்.
 ஒரு மனிதரை அறிமுகப்படுத்தும் நோக்கில் குறைகூறும் விதமாக அல்லாது குறித்த மனிதர் விரும்பினால் அவரை வெள்ளை,சிவப்பு,உயரம்,கட்டை போன்ற பண்புளால் குறிப்பிடுவது அனுமதிக்கப்பட்டதாகும்.
 காபிர்- முஸ்லிமல்லாதவர்- தேவைக்காக பள்ளிக்குள் நுழைவது அனுமதிக்கப்பட்டதாகும்.
 இங்கே ஹஜ் கடமை குறிப்பிடப்படவில்லை, காரணம் அவர் வந்த வேளை ஹஜ் விதியாக்கப்படாது இருந்திருக்க முடியும்.
 மக்களை சத்திய இஸ்லாத்தை நோக்கி அழைப்பதில் ஸஹாபாக்களுக்கு இருந்த பேரார்வம் இந்த ஹதீஸில் பிரதிபளிக்கிறது. அவர்கள் இஸ்லாத்தை தழுவியதும் தனது சமூகத்தாருக்கும் அதனை எத்திவைப்பதில் அதீத ஆர்வம் கொண்டிருந்தமையை இந்த சம்பவத்தில் காண முடிகிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65044</t>
   </si>
   <si>
-    <t>ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ</t>
+    <t>ذكر النبي صلى الله عليه وسلم شيئا، فقال: ذاك عند أوان ذهاب العلم</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் ஒன்றைக் குறிப்பிட்டு, 'அது அறிவு மறையும் நேரத்தில் நிகழும்;'</t>
   </si>
   <si>
     <t>عَنْ زِيَادِ بْنِ لَبِيدٍ رضي الله عنه قَالَ: ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ» قُلْتُ: يَا رَسُولَ اللَّهِ، وَكَيْفَ يَذْهَبُ الْعِلْمُ، وَنَحْنُ نَقْرَأُ الْقُرْآنَ وَنُقْرِئُهُ أَبْنَاءَنَا وَيُقْرِئُهُ أَبْنَاؤُنَا أَبْنَاءَهُمْ إِلَى يَوْمِ الْقِيَامَةِ؟ قَالَ: «ثَكِلَتْكَ أُمُّكَ زِيَادُ، إِنْ كُنْتُ لَأُرَاكَ مِنْ أَفْقَهِ رَجُلٍ بِالْمَدِينَةِ، أَوَلَيْسَ هَذِهِ الْيَهُودُ وَالنَّصَارَى يَقْرَؤونَ التَّوْرَاةَ وَالْإِنْجِيلَ، لَا يَعْمَلُونَ بِشَيْءٍ مِمَّا فِيهِمَا؟!».</t>
   </si>
   <si>
     <t>ஸியாத் இப்னு லபீத் ரழியல்லாஹு அன்ஹு அறிவித்தார்: நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் ஒன்றைக் குறிப்பிட்டு, 'அது அறிவு மறையும் நேரத்தில் நிகழும்;' என்று கூறினார்கள். அதற்கு நான் 'அல்லாஹ்வின் தூதரே, நாம் குர்ஆனை ஓதி அதை நம் குழந்தைகளுக்குக் கற்றுக்கொடுக்கிறோம் எமது குழந்தைகள் அவர்களின் குழந்தைகளுக்கு மறுமை நாள் வரை இவ்வாறு கற்றுக்கொடுப்பார்கள். அவ்வாறு இருக்கும் போது அறிவு எப்படி மறைந்துவிடும்,  என்று கூறினேன் அதற்க நபியவர்கள்;: 'ஓ ஸியாதே, (உன்னை உனது தாய் இழப்பதால் கவளைக்கொள்ளாதிருக்கட்டும்) (மதீனாவில் நீ மிகவும் அறிவாளி என்று நான் நினைத்தேன். இந்த யூதர்கள் மற்றும் கிறிஸ்தவர்கள் தவ்ராத் மற்றும் இன்ஜீலைப் படிக்கிறார்கள், ஆனால் அவர்கள் அதில் உள்ளவற்றை செயல்படுத்தவில்லையல்லவா?!</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது தோழர்களுடன் அமர்ந்திருந்தார்கள் அப்போது அவர்கள் மக்களிடமிருந்து அறிவு அபகரிக்கப்பட்டு உயர்த்தப்படும் காலம் ஒன்று வருவது குறித்து குறிப்பிட்டார்கள். அப்போது அங்கிருந்த ஸியாத் இப்னு லபீத் அல் அன்ஸாரி  ரழியல்லாஹு அன்ஹு அவர்கள் ஆச்சரியப்பட்டு நபியவர்களிடம் அறிவு அகன்று எம்மிடமிருந்து எப்படி தொலைந்து போகும் ? நாம் அல்குர்ஆனை ஓதி அதனை மனனம் செய்கிறோம்.உண்மையில் அதனை ஒதிவருகிறோம் எமது மனைவியர், பிள்ளைகள் மற்றும் பிள்ளைகளின் பிள்ளைகளுக்கும் கற்றுக்கொடுக்கிறோமல்லாவா! என்று அவர் நபியவர்களிடம் கேட்க, நபியவர்கள் ஆச்சரியமடைந்தவர்களாக ஸியாதே (உன்னை உனது தாய் இழப்பதால் கவளைக்கொள்ளாதிருக்கட்டும்)  என்று கூறிவிட்டு, நான் உங்களை மதீனாவாசிகளின் அறிஞர்களில் ஒருவராக எண்ணியிருந்தேன், எனக் கூறினார்கள் அதன் பின் நபிஸல்லல்லாஹு அறிவு இழக்கப்படுதல்என்பது அல்குர்ஆன் இழந்து போவதல்ல.மாறாக அறிவு  இழக்கப்படுவது என்பது அதன்படி செயல்படுவது இல்லாமல் போவதாகும். வேதங்களிலிருந்து அறிந்தவற்றை நடைமுறைப்படுத்துதல்,செயற்படுத்துதல் இல்லாததின் காரணமாக யூத கிறிஸ்தவர்களிடத்தில் தௌராத் இன்ஜீல் வேதங்கள் இருந்தும் அவை பயனளிக்கவுமில்லை. அதன் கருத்துக்களால் அவர்கள் பயன் பெறவுமில்லை.</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>வேதபோதனைகள்  நடை முறைப்படுத்தப்படுத்தப்படாது மக்கள் கரங்களில் அல்குர்ஆனும்; வேதங்களும்; இருப்பதில் எவ்விதப்பலனும் கிடையாது.
 நபிஸல்லல்லாஹு அலைஹிவஸல்லம் மற்றும்அறிஞர்களின் மரணம், அறிவைக்கொண்டு செயற்படாமை ஆகிய விடயங்களின் மூலம் அறிவு உயர்த்தப்படுகிறது.
 அறிவு இழக்கப்படுதலும்,அறிவைக்கொண்டு செயற்படுவதை விட்டுவிடுவதும் மறுமைநாளின் அடையாளங்களுள் சிலதாகும்.
 கற்ற அறிவைக்கொண்டு செயற்படுவதே நோக்கம் என்பதினால் அமல் செய்வதை ஊக்கப்படுத்துதல்;.</t>
   </si>
   <si>
     <t>صحيح لغيره</t>
   </si>
   <si>
     <t>رواه ابن ماجه</t>
   </si>
   <si>
     <t>[அது பிரிதொன்றின் மூலம் ஸஹீஹானது]</t>
   </si>
   <si>
     <t>[இதனை இப்னு மாஜா பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65045</t>
   </si>
   <si>
-    <t>لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا}</t>
+    <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>'வேதக்காரர்களை (அவர்கள் சொல்வதெல்லாம் உண்மை என) நம்பவும் வேண்டாம்; (பொய் என) மறுக்கவும் வேண்டாம். (மாறாக, முஸ்லிம்களே!) நீங்கள் சொல்லுங்கள்:( நாங்கள் அல்லாஹ்வையும் எங்களுக்கு அருளப்பெற்றதையும்</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>அபூ ஹுரைரா(ரழியல்லாஹு அன்ஹு) அறிவித்துள்ளார்கள்: வேதக்காரர்(களான யூதர்)கள், தவ்ராத்தை ஹீப்ரு மொழியில் ஓதி, அதை முஸ்லிம்களுக்கு அரபு மொழியில் விளக்கம் கொடுத்து வந்தார்கள். அப்போது இறைத்தூதர்(ஸல்லல்லாஹு அலைஹிவஸல்லம்) அவர்கள், ('வேதக்காரர்களை (அவர்கள் சொல்வதெல்லாம் உண்மை என) நம்பவும் வேண்டாம்; (பொய் என) மறுக்கவும் வேண்டாம். (மாறாக, முஸ்லிம்களே!) நீங்கள் சொல்லுங்கள்:( நாங்கள் அல்லாஹ்வையும் எங்களுக்கு அருளப்பெற்றதையும்இப்ராஹீம், இஸ்மாயீல், இஸ்ஹாக், யஃகூப் ஆகியோருக்கும், யஃகூபின் வழித்தோன்றல்களுக்கும் அருளப்பெற்றதையும் மற்றும் மூஸாவுக்கும் ஈஸாவுக்கும் வழங்கப்பெற்றதையும் மேலும் இறைத்தூதர்கள் அனைவருக்கும் அவர்களின் இறைவனிடமிருந்து வழங்கப்பெற்றவை அனைத்தையும் நாங்கள் நம்புகிறோம். நாங்கள் அவர்களில் யாருக்கிடையேயும் எந்த வேற்றுமையும் பாராட்டுவதில்லை. இன்னும் நாங்கள் அவனுக்கே முற்றிலும் கீழ்ப்படிந்தவர்களாக இருக்கிறோம்''  என்று கூறினார்கள்.'(அல்பகரா (136) வசனம்</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
 وأمر النبي صلى الله عليه وسلم أن نقول: 
 {آمنا بالله وما أنزل إلينا وما أنزل إلى إبراهيم وإسماعيل وإسحاق ويعقوب والأسباط وما أوتي موسى وعيسى وما أوتي النبيون من ربهم لا نفرق بين أحد منهم ونحن له مسلمون} 
 [البقرة: 136].</t>
   </si>
   <si>
     <t>வேதம் கொடுக்கப்பட்டோர் தமது வேதங்களில் இருந்து கூறும் விடயங்களினால் ஏமாறுவதை விட்டும் தனது சமூகத்தை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  எச்சரித்தார்கள். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் காலத்தில் யூதர்கள் தங்களது மொழியான ஹிப்ருவில் தவ்ராத்தை ஓதி அதனை அறபு மொழியில் தெளிவு படுத்துபவர்களாக இருந்தார்கள். ஆகவே வேதக்காரர்கள்; கூறும் விடயங்களில் பொய்யிலிருந்து உண்மையை பிரித்தறியமுடியாமல் இருப்பதினால் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அவர்கள் கூறுவதை பொய்யென்றோ உண்மையென்றோ கூறவேண்டாம் எனக்கூறினார்கள். ஏனெனில் அல்லாஹ் எமக்கு அல்குர்ஆனிலும் அவர்களின் வேதத்திலும் இறக்கியருளியவைகளையும் ஈமான் கொள்ளுமாறு பணித்துள்ளான்.எமது ஷரீஆவில், அவர்கள் கூறிப்பிடுகின்றவற்றில் பொய் மற்றும் உண்மையை தெளிவுபடுத்தும் விடயங்கள் குறிப்பிடப்படாததினால் அவர்கள் தங்களது வேதங்களில் இருந்து குறிப்பிடுபவற்றில்  போலியானவை எது என்பதை நாம் அறிந்து கொள்ளவதற்கான எந்த வழியும் கிடையாது. இதனால் அவர்கள் திரிபுபடுத்தியவற்றில் நாமும் பங்காளர்களாக இருக்காதிருக்க அவர்களை உண்மைப்படுத்தாமலும் பொய்ப்பிக்காமலும் நாம் மௌனம் காத்து எதுவும் கூறாது நிறுத்திக்கொள்கிறோம்.இதுவே உண்மையான விடயமாகும். அது உண்மையாக இருந்து நாம் அதை மறுத்தாள் நாம் ஈமான் கொள்ளவேண்டும் என்று கடட்டளையிடப்பட்டவற்றை மறுத்தவர்களாக-புறக்கணித்தவர்களாக- ஆகிவிடுவோம். ஏனெனில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் இவ்வாறு நாம் கூறவேண்டும் என கட்டளையிட்டுள்ளார்கள். 'நாங்கள் அல்லாஹ்வையும் எங்களுக்கு அருளியவற்றையும் இப்ராஹீம், இஸ்மாயீல், இஸ்ஹாக், யஃகூப் ஆகியோருக்கும், யஃகூபின் வழித்தோன்றல்களுக்கும் அருளியவற்றையும் மற்றும் மூஸாவுக்கும் ஈஸாவுக்கும் வழங்கியவற்றையும், மேலும் இறைத்தூதர்கள் அனைவருக்கும் அவர்களின் இறைவனிடமிருந்து வழங்கிய அனைத்தையும் நாங்கள் நம்புகிறோம். நாங்கள் அவர்களில் யாருக்கிடையேயும் எந்த வேற்றுமையும் பாராட்டுவதில்லை. இன்னும் நாங்கள் அவனுக்கே முற்றிலும் கீழ்ப்படிந்தவர்களாக இருக்கிறோம்' என (முஸ்லிம்களே!) நீங்கள் கூறுங்கள். அல்பகரா (136 )</t>
   </si>
   <si>
     <t>ما أخبر به أهل الكتاب ثلاثة أقسام: قسم يوافق القرآن والسنة فيُصدَّق، وقسم يخالف القرآن والسنة فهذا باطل ويكذَّب، وقسم ثالث ليس في القرآن والسنة ما يدل على صدقه ولا كذبه؛ فهذا يُروى، ولا يُصدَّق ولا يُكذَّب.</t>
   </si>
   <si>
     <t>வேதங்கள் வழங்கப்பட்டோர் மக்களிடம்  கூறும் செய்திகளை மூன்று பகுதிகளாக குறிப்பிட முடியும் அவை பின்வருமாறு :
 முதலாம் பகுதி : அல்குஆன் மற்றும்; அஸ்ஸுன்னாவுக்கும் ஒத்துப்போகும் செய்திகள்; இவையாவும் உண்மையென ஏற்றுக்கொள்ளப்படும்.
 இரண்டாம் பகுதி: அல்குர்ஆன் மற்றும்; அஸ்ஸுன்னாவுக்கு முரணாக அமையும் செய்திகள் இவை பெய்யானவை,புறக்கணிக்கப்படும்.
 மூன்றாம் பகுதி :அல் குர்ஆன் மற்றும் அஸ்ஸுன்னாவில் அந்த செய்திகள் உண்மையென்பதற்கோ பொய்யென்பதற்கோ எவ்வித ஆதாரமும் இல்லாதவை.இவற்றை தகவலாக அறிவிக்கலாம்.ஆனால் அவற்றை பொய்பிக்கவோ அல்லது உண்மைப்படுத்தவோ கூடாது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65046</t>
   </si>
   <si>
-    <t>لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ</t>
+    <t>لا تعلموا العلم لتباهوا به العلماء، ولا لتماروا به السفهاء</t>
   </si>
   <si>
     <t>'அறிஞர்களிடம் பெருமையடித்துக்; கொள்வதற்காகவோ,முட்டாள்களுடன் தர்க்கம் புரிவதற்காகவோ</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ، وَلَا تَخَيَّرُوا بِهِ الْمَجَالِسَ، فَمَنْ فَعَلَ ذَلِكَ، فَالنَّارُ النَّارُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக  ஜாபிர் இப்னு அப்தில்லாஹ் ரழியல்லாஹு அன்ஹுமா  அவர்கள்  அறிவிக்கிறார்கள்: 'அறிஞர்களிடம் பெருமையடித்துக்; கொள்வதற்காகவோ,முட்டாள்களுடன் தர்க்கம் புரிவதற்காகவோ,சபைகளில் (ஏனையோரைவிட) முன்னுரிமை அளிக்கப்பட வேண்டும் என்பதற்காகவோ,அறிவைத் தேடாதீர்கள்.யார் இவ்வாறு நடந்து கொள்கிறோ அவருக்கு நரகமே கிடைக்கும் ';</t>
   </si>
   <si>
     <t>حذَّّر النبي صلى الله عليه وسلم من طلب العلم لمفاخرة ومباهاة العلماء، وإظهار أني عالم مثلكم، أو لتخاطبوا وتجادلوا به السفهاء وخِفاف العقول، أو يتعلم لأن يتصدَّر في المجالس، ويُقدَّم على غيره فيها. 
 فمن فعل ذلك؛ فإنه يستحقّ النار بريائه وعدم الإخلاص في طلب العلم لله.</t>
   </si>
   <si>
     <t>அறிஞர்களிடம் தானும் உங்களைப்போன்ற அறிஞர் என்று பெருமையடிப்பதை நோக்காகக் கொண்டு கல்வியை தேடுவதையும், சாமான்ய மனிதர்களுடனும்,அறிவீனர்களுடனும் தர்க்கம் செய்யவதற்கும், சபைகளில் ஏனையோரை தனக்கு முன்னுரிமை கிடைக்க வேண்டும் என்பதற்காகவும் கல்வி கற்பதை நபி   ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எச்சரித்துள்ளார்கள். இவ்வாறு செய்பவர் அவரின் முகஸ்துதிக்காகவும், அல்லாஹ்வுக்காக என்ற தூய்மையான எண்ணமின்றியும் கல்விகற்றதற்காகவும் நரகத்துக்குரியவராக மாறிவிடுகிறார்.</t>
   </si>
   <si>
     <t>الوعيد بالنار لمن تعلَّم العلم ليفاخر به أو يجادل به أو يتصدَّر به المجالس، ونحو ذلك.
 أهمية إخلاص النية لمن تعلَّم العلم وعلَّمه.
 النية أساس الأعمال وعليها يكون الجزاء.</t>
   </si>
   <si>
     <t>பெறுமையடித்துக் கொள்வதற்காகவும், தர்க்கம் புரிவதற்காகவும், சபைகளில் (ஏனையோரைவிட) முன்னுரிமை அளிக்கப்பட வேண்டும் என்பதற்காகவும், கல்விகற்பவருக்கு நரகம் உண்டு என்ற எச்சரிக்ககை இந்த ஹதீஸில் குறிப்பிடப்பட்டடுள்ளது.
 கல்வியை கற்று அதனை கற்பிப்பிப்பவரிடம் தூய்மையான எண்ணம் இருப்பது அவசியமாகும்.
 எண்ணம் (நிய்யத்) செயல்களின் அடிப்படையாகும் அதன் அடிப்படையில்தான் கூலி கிடைக்கிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65047</t>
   </si>
   <si>
-    <t>ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا</t>
-[...2 lines deleted...]
-    <t>'அல்லாஹ் நேரான பாதைக்கு ஒரு உதாரணத்தை- உவமையைக் கூறுகிறான்;:</t>
+    <t>ضرب الله مثلا صراطا مستقيما</t>
+  </si>
+  <si>
+    <t>'அல்லாஹ் நேரான பாதைக்கு ஒரு உதாரணத்தை- உவமையைக் கூறுகிறான்;</t>
   </si>
   <si>
     <t>عَنْ النَّوَّاسِ بْنِ سَمْعَانَ الْأَنْصَارِيِّ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا، وَعَلَى جَنْبَتَيْ الصِّرَاطِ سُورَانِ، فِيهِمَا أَبْوَابٌ مُفَتَّحَةٌ، وَعَلَى الْأَبْوَابِ سُتُورٌ مُرْخَاةٌ، وَعَلَى بَابِ الصِّرَاطِ دَاعٍ يَقُولُ: أَيُّهَا النَّاسُ، ادْخُلُوا الصِّرَاطَ جَمِيعًا، وَلَا تَتَعَرَّجُوا، وَدَاعٍ يَدْعُو مِنْ فَوْقِ الصِّرَاطِ، فَإِذَا أَرَادَ يَفْتَحُ شَيْئًا مِنْ تِلْكَ الْأَبْوَابِ، قَالَ: وَيْحَكَ لَا تَفْتَحْهُ، فَإِنَّكَ إِنْ تَفْتَحْهُ تَلِجْهُ، وَالصِّرَاطُ الْإِسْلَامُ، وَالسُّورَانِ: حُدُودُ اللهِ، وَالْأَبْوَابُ الْمُفَتَّحَةُ: مَحَارِمُ اللهِ، وَذَلِكَ الدَّاعِي عَلَى رَأْسِ الصِّرَاطِ: كِتَابُ اللهِ، وَالدَّاعِي مِنِ فَوْقَ الصِّرَاطِ: وَاعِظُ اللهِ فِي قَلْبِ كُلِّ مُسْلِمٍ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹிவஸல்லம்) அவர்கள் கூறியதாக,அன்-நவ்வாஸ் இப்னு ஸிம்ஆன் அல்-அன்சாரி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள்;: 
 738 'அல்லாஹ் நேரான பாதைக்கு ஒரு உதாரணத்தை- உவமையைக் கூறுகிறான்;: பாதையின் இரு ஓரங்களில் திறந்த வாயில்களுடன்; கூடிய இருசுவர்கள் உள்ளன. ஒவ்வொரு வாயிலுக்கும்; ஒரு திரைசீலை உள்ளது.ஒரு அழைப்பாளர் அந்தப்பாதையின் வாயிலில் நின்று கொண்டு அனைவரும் நேரான இப்பாதையினுள் நுழைந்து நேராக செல்லுங்கள் என கூறுவார் இன்னொரு அழைப்பார் அப்பாதையின் மேலே இருந்து அவர்களில் ஒருவர் அந்த மதிலில் காணப்படும் கதவுகளை திறப்பதற்கு எத்தனித்தால் உமக்கு என்ன நேர்ந்து விட்டது ! இந்தக் கதவுகளை திறக்க வேண்டாம். அவ்வாறு திறந்தால் நீங்கள் அதற்குள் நுழைந்துவிடுவீர்கள் என அவர்களிடம் கூறுவார். இங்கு அஸ்ஸிராத் -நேரான பாதை என்பது இஸ்லாத்தைக் குறிக்கும.; இரு மதில்கள் -சுவர்கள் என்பது அல்லாஹ்வின் சட்ட வரம்புகளையும்,திறந்த கதவுகள் என்பது அல்லாஹ்வால் தடைசெய்யப்பட்ட விடயங்களையும்,பாதையின் ஆரம்பத்தில் இருந்த அழைப்பாளர் என்பது அல்லாஹ்வின் வேதத்தையும், பாதையின் மேலே இருந்த அழைப்பாளர் என்பது ஒவ்வொரு முஸ்லிமின் உள்ளத்திலும் இருக்கும் அல்லாஹ்வின் உபதேசியையும் குறிக்கும்.'</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
 وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
 وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
 وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
   </si>
   <si>
     <t>'நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் அல்லாஹ் இஸ்லாத்திற்கு நீண்ட வலைவில்லாத நேரான பாதையொன்றை  - உவமையாகக் குறிப்பிடுவதை இந்த ஹதீஸ் மூலம் தெளிவுபடுத்துகிறார்கள். பாதையின் இரு ஓரங்களும்; இரு சுவர்களால்,மதில்களால் மூடப்பட்டுள்ளது. அது அல்லாஹ்வின் வரம்புகளை,வரைமுறைகளைக் காட்டும்.அந்த இரு மதில்களிலும் திறந்த பல வாயில்கள் காணப்படும் அவைகள் அல்லாஹ் தடுத்த விடயங்களாகும். அந்த வாயில்கள் யாவும் திரைசீலைகளால் மூடப்பட்டிருக்கும் அப்பாதையில் செல்வோருக்கு வெளியே தெரியமாட்டாது? குறிப்பிட்ட அந்தப்பாதையின் வாயிலின் ஆரம்பாத்தில்  நின்று கொண்டு ஒருவர் வழிகாட்டுவார். அவர்கள் அப்பாதையில் செல்லவிருப்போர் அனைவருக்கும்; அங்கும் இங்கும் வலைந்து செல்லாது இப்பாதையில் நேராக செல்லுங்கள் எனக் கூறுவார்.இங்கு குறிப்பிடப்பட்ட அழைப்பாளர் என்பது அல்லாஹ்வின் வேதத்தைக்கு குறிக்கும்.  இன்னொருவர் பாதைக்கு மேலே இருப்பார், அவர் பாதையில் செல்பவர் வாயிலில் உள்ள திறைச்சீலையை சிறிது அகற்றி பார்க்க எத்தனிப்பார் அப்போது அவர் அவர்களை கண்டிப்பார்; . அவர் அவர்களிடம் உங்களுக்கு என்ன நேர்ந்தது அதனைத் திறக்க வேண்டாம் திறந்தால் அதனுள் நுழைவதை ஒரு போதும் உங்களால் தடுத்துக்கொள்ளவே முடியாது என்று கூறுவார். இரண்டாவது அழைப்பாளர் ஒவ்வொரு முஸ்லிமின் உள்ளத்தில் இருந்து வழிகாட்டும்  அல்லாஹ்வின் உபதேசியாகும்.</t>
   </si>
   <si>
     <t>الإسلام هو الدين الحق، وأنه الصراط المستقيم الذي يوصلنا إلى الجنة.
 وجوب الالتزام بحدود الله وبما أحلَّ وحرَّم، وأنّ التَّساهل فيها يُورِث الهلاك.
 فضل القرآن العظيم والحث على العمل به، ففيه الهدى والنور والفلاح.
 رحمة الله بعباده وبما أودعه في قلوب المؤمنين ما يمنعهم ويعظهم عن الوقوع في المهالك.
 الله برحمته جعل للعباد حواجز تمنعهم من الوقوع في المعاصي.
 من وسائل التعليم ضرب المثل للتقريب والتوضيح.</t>
   </si>
   <si>
     <t>இஸ்லாம் சத்திய மார்க்கமாகும். அதுவே சுவர்க்கத்திற்கு எம்மை அழைத்துச் செல்லும் நேரான பாதையாகும்.
 அல்லாஹ்வின் வரம்புகளையும் –அவன் அனுமதித்த மற்றும் தடைசெய்தவைகளையும் பின்பற்றி நடப்பது கடமையாகும். இந்த விடயங்களில் அலட்சியமாக இருப்பது அழிவை-பேரிழப்பை ஏற்படுத்தும்.
 அல்குர்அனின் சிறப்பு குறிப்பிடப்பட்டுள்ளதுடன்,அதன் போதனைகளை நடைமுறைப்படுத்துமாறு தூண்டப்பட்டிருத்தல்.ஏனெனில் அல்குர்ஆனில் நேர்வழியும்,ஒளியும்,வெற்றியும் உள்ளது
 முஃமின்களுடைய உள்ளங்களில் அவர்களை கட்டுப்படுத்தி அவர்களை அழிவில் -நாசத்தில் விழாது காக்கவல்ல உணர்வுகளையும் ஏற்படுத்தியிருப்பது அடியார்களுடான அல்லாஹ்வின்  கருணையை எடுத்துக்காட்டுகிறது.
 அல்லாஹ் தனது அருளின் காரணமாக அடியார்கள் பாவங்களில் வீழ்ந்துவிடாது தடுப்பதற்காக பல தடைகளை ஏற்படுத்திவைத்துள்ளான்.
 குறிப்பிட்ட விடயத்தை தெளிவுபடுத்திக்காட்டுவதற்கு உதராணம் கூறல் கற்பித்தல் உத்திகளுள் ஒன்றாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65049</t>
   </si>
   <si>
-    <t>أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ</t>
+    <t>أنزل على رسول الله صلى الله عليه وسلم وهو ابن أربعين</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின்  நாற்பதாவது வயதில்</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ، فَمَكَثَ بِمَكَّةَ ثَلَاثَ عَشْرَةَ سَنَةً، ثُمَّ أُمِرَ بِالْهِجْرَةِ، فَهَاجَرَ إِلَى الْمَدِينَةِ، فَمَكَثَ بِهَا عَشْرَ سِنِينَ، ثُمَّ تُوُفِّيَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ.</t>
   </si>
   <si>
     <t>இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா அவர்கள் கூறுகிறார்கள்: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின்  நாற்பதாவது வயதில் அல்குர்ஆன் இறக்ககப்பட்டது. அவர்கள் மக்காவில் பதின்மூன்று வருடங்கள் தங்கினார்கள். பின்னர் மக்காவிலிருந்து ஹிஜ்ரத் செல்ல அல்லாஹ்வின் உத்தரவு கிடைக்க மதீனாவிற்கு ஹிஜ்ரத் செய்தார்கள். அங்கே பத்து வருடங்கள் வாழ்ந்து பின்னர் அங்கேயே மரணித்தார்கள்.</t>
   </si>
   <si>
     <t>يخبر ابن عباس رضي الله عنهما: أن الوحي أنزل على رسول الله صلى الله عليه وسلم وبُعث وعمره أربعون سنة، 
 فأقام بمكة ثلاث عشرة سنة بعد الوحي، 
 ثم أُمِرَ بالهجرة إلى المدينة وأقام بها عشر سنين، 
 ثم توفي صلى الله عليه وسلم وعمره ثلاثٌ وستون سنة.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு வஹி இறக்கப்பட்டு அவர் நபியாக அனுப்பப் படுகையில் அவர்களின் வயது நாற்பதாகும். வஹி இறங்கியதன் பின்பு பதின்மூன்று வருடங்கள் மக்காவில் தங்கினார்கள். பின்பு மதீனாவுக்கு ஹிஜ்ரத் செய்யுமாறு உத்தரவு கிடைக்க அங்கே சென்று பத்து வருடங்கள் வாழ்ந்தார்கள். பின்பு அவர்கள் தமது அறுபத்து மூன்றாம்(63) வயதில் மரணமானார்கள்.</t>
   </si>
   <si>
     <t>اهتمام الصحابة بسيرة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலை அவர்களின் வாழ்க்கை வரலாறு குறித்த ஸஹாபாக்களின் கரிசணையும் ஈடுபாடும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65050</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}</t>
+    <t>كان النبي صلى الله عليه وسلم لا يعرف فصل السورة حتى تنزل عليه بسم الله الرحمن الرحيم</t>
   </si>
   <si>
     <t>பிஸ்மில்லாஹிர்ரஹ்மானிர்ரஹீம் என்ற வசனம் இறங்கும் வரையில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் 
 ஸூறாக்களுக்கிடையிலான வித்தியாசத்தை அறியாதவராக இருந்தார்</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}.</t>
   </si>
   <si>
     <t>இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா அவர்கள் கூறுகிறார்கள்: பிஸ்மில்லாஹிர்ரஹ்மானிர்ரஹீம் என்ற வசனம் இறங்கும் வரையில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் 
 ஸூறாக்களுக்கிடையிலான வித்தியாசத்தை அறியாதவராக இருந்தார்.</t>
   </si>
   <si>
     <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
   </si>
   <si>
     <t>அல்குர்ஆனின் ஸூறாக்கள் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு இறங்கிக் கொண்டிருந்தன.  நபியவர்கள் ஒவ்வொரு ஸுறாவும் எந்த இடத்தில பிரிகிறது என்பதையோ எந்த இடத்தில் முடிவடைகிறது என்பதையோ  பிஸ்மில்லாஹிர்ரஹ்மானிர்ரஹீம் என்ற  வசனம் இறங்கும் வரையில் அறியாதவராக இருந்தார்கள் என இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா தெளிவு படுத்துகிறார்கள்.பிஸ்மில் இறங்கியதும் குறிப்பிட்ட ஸுறா முடிவடைந்து புதிய ஒரு ஸுறாவின் ஆரம்பம்  குறித்து அறிந்து கொண்டார்கள்.</t>
   </si>
   <si>
     <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
   </si>
   <si>
     <t>ஸுறதுல் அன்பால், ஸூறதுத்தௌவ்பாக்கிடையில் தவிர ஒவ்வொரு ஸுறாவையம் பிரிக்கும் வசனமாக பிஸ்மில் உள்ளது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65051</t>
   </si>
   <si>
-    <t>أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟</t>
+    <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
   </si>
   <si>
     <t>'உங்களில் எவரேனும் பெரிய, பருமனான, கர்ப்பிணியாக இருக்கும் மூன்று ஒட்டகங்களை</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
   </si>
   <si>
     <t>அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு  அவர்கள் அறிவிக்கிறார்கள்: அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறினார்கள்: 'உங்களில் எவரேனும் பெரிய, பருமனான, கர்ப்பிணியாக இருக்கும் மூன்று ஒட்டகங்களை தனது குடும்பத்தாரிடம் திரும்பி வரும்போது பெற்றுக்கொள்ள விரும்புகிறீர்களா? என நபியவர்கள்  கேட்டபோது நாங்கள்: 'ஆம்' என்றோம். அப்போது அவர்கள்  'உங்களில் ஒருவர் தனது தொழுகையில் ஓதும் மூன்று வசனங்கள் அவருக்கு மூன்று பெரிய, கொழுத்த, கர்ப்பிணி ஒட்டகங்களை விட சிறந்தவை.' எனக் கூறினார்கள்.</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
   </si>
   <si>
     <t>நபியவர்கள்  இந்த ஹதீஸில் தொழுகையில் மூன்று வசனங்களை ஓதுவதற்குரிய கூலி ஒரு மனிதர் தனது வீட்டில் மூன்று பெரிய மற்றும் கொழுத்த கர்ப்பிணி  ஒட்டகங்கள் இருப்பதை விட சிறந்தது என தெளிவுபடுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>بيان فضل قراءة القرآن في الصلاة.
 الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
 هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
   </si>
   <si>
     <t>தொழுகையில் அல்குர்ஆன் ஓதுவதன் சிறப்பு விபரிக்கப்பட்டிருத்தல்.
 நற்காரியங்கள்; அழிந்து போகும் இவ்வுலகப்பொருட்களை விட சிறந்தும் நிலையானதுமாகும்  என்பதை இந்த ஹதீஸ் சுட்டிக்காட்டுகின்றமை.
 இந்த சிறப்பானது மூன்று வசனங்களை மாத்திரம் ஒதுவதுடன் வரையறுக்கப்பட்டதல்ல, மாறாக தொழுபவர் தனது தொழுகையில் அல்குர்ஆன் வசனங்களை எவ்வளவு அதிகம் ஒதுகிறாரோ அதற்கேற்ப அவரின் கூலி கர்ப்பிணி  ஒட்டகைகளின் எண்ணிக்கையின் அளவை விடவும் அதிகமாக இருக்கும் என்பதை புரிந்த கொள்ள வேண்டும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65053</t>
   </si>
   <si>
-    <t>يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها</t>
+    <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
   </si>
   <si>
     <t>'மறுமை நாளில் குர்ஆனை ஓதி அதனடிப்படையில் நடந்தவரிடம் குர்ஆனிய தோழரே ஓதுவீராக என்று கூறப்படும். மேலும் உலகத்தில் எவ்வாறு நிறுத்தி நிதானமாக ஓதினீரோ அவ்வாறு ஓதுவீராக! நிச்சயமாக எந்த வசனத்தை கடைசியாக ஓதி முடிப்பாயோ அதுதான் சொர்க்கத்தில் உமது அந்தஸ்தாகும் என்று  அவரிடம் கூறப்படும்'</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ரு ரழியல்லாஹு அன்ஹுமா அவர்கள் அறிவிக்கிறார்கள். 'மறுமை நாளில் குர்ஆனை ஓதி அதனடிப்படையில் நடந்தவரிடம் குர்ஆனிய தோழரே ஓதுவீராக என்று கூறப்படும். மேலும் உலகத்தில் எவ்வாறு நிறுத்தி நிதானமாக ஓதினீரோ அவ்வாறு ஓதுவீராக! நிச்சயமாக எந்த வசனத்தை கடைசியாக ஓதி முடிப்பாயோ அதுதான் சொர்க்கத்தில் உமது அந்தஸ்தாகும் என்று  அவரிடம் கூறப்படும்'</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அல்குர்ஆனை மனனம் செய்து அதில் உள்ளவற்றை அமல்செய்து எப்போதும் ஓதுவதிலும் மனனம் செய்வதிலும் தன்னை ஈடுபடுத்திக் கொண்ட ஒரு மனிதர் சுவர்கத்தினுள் நுழைந்துவிட்டால்; அவரிடம் அல்குர்ஆனை ஓதுவீராக அதன் மூலம் சுவர்க்கத்தின் படித்தரங்களில் ஏறிச்செல்வீராக மேலும் உலகத்தில் அமைதியாகவும் நிதானமாகவும் ஒதியது போன்று இங்கும் ஓதுவீராக உனது அந்தஸ்த்து நீ கடைசியாக ஓதி முடிக்கும் வசனத்தில் உள்ளது என்று அவரிடம் கூறுப்படும் என நபியவர்கள் அறிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>செயல்களின் முறை மற்றும் அளவுக்கேற்பவே கூலி உண்டு.
 அல்குர்ஆனை முறையாக ஓதி அதனை மனனமிடுவதுடன் அதில் உள்ளவற்றை சிந்தித்து உணர்ந்து செயல்படுவதற்கு ஆர்வமூட்டப்பட்டிருத்தல்.
 சுவர்க்கம் பல அந்தஸ்துக்களையும்(உயர் பதவிகளையும்),அதிகமான படித்தரங்களையும் கொண்டுள்ளது. அவற்றுள் குர்ஆனிய மனிதர்களே உயர் அந்தஸ்த்துக்களை அடைந்து கொள்வர்.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65054</t>
   </si>
   <si>
-    <t>الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة</t>
+    <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>அல்குர்ஆனை சப்தமிட்டு ஓதுபவர் தர்மத்தை பகிரங்கமாக செய்பவர் போலாவார் மேலும் அல்குர்ஆனை இரகசியமாக ஓதுபவர் இரகசியமாக தர்மம் செய்தவர் போலாவார்</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதாக உக்பத் இப்னு ஆமிர் அல்ஜுஹனி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: அல்குர்ஆனை சப்தமிட்டு ஓதுபவர் தர்மத்தை பகிரங்கமாக செய்பவர் போலாவார் மேலும் அல்குர்ஆனை இரகசியமாக ஓதுபவர் இரகசியமாக தர்மம் செய்தவர் போலாவார்</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>அல்குர்ஆனை சப்தமிட்டு ஓதுபவர் தர்மத்தை பகிரங்கமாக செய்பவர் போலாவார். மேலும் அல்குர்ஆனை இரகசியமாக ஓதுபவர் இரகசியமாக தர்மம் செய்தவர் போலாவார் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் தெளிவுபடுத்தியுள்ளார்கள்.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>தர்மத்தை இரகசியமாக மறைத்து வழங்குவது மிகவும் சிறப்பானதாக இருப்பது போன்று அல் குர்ஆனை இரகசியமாக ஓதுவது மிகவும் சிறப்பானதாகும்.இவ்வாறு செய்வதில் இஹ்லாஸ் உளத்தூய்மை பேணப்படுவதோடு; முகஸ்துதி மற்றும் தற்பெருமையிலிருந்து விலகிக்கொள்ளவும் வாய்ப்பாக அமையும்.அல்குர்ஆனை கற்பித்தல் போன்ற தேவைக்காக  சப்பதமாக ஓதுவது அனுமதிக்கப்பட்டதாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65055</t>
   </si>
   <si>
-    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدا حبشيا، وسترون من بعدي اختلافا شديدا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
     <t>, என்று நான் உங்களுக்கு அறிவுறுத்துகிறேன், ஒரு அபீஸீனிய அடிமை உங்களுக்குப் பொறுப்பாளராக வந்தாலும், அவருக்கு செவிசாய்த்து கீழ்ப்படிந்து நடந்து கொள்ளுங்கள். எனக்குப் பிறகு நீங்கள் கடுமையான கருத்து வேறுபாடுகளைக் கண்டு கொள்வீர்கள். எனவே, எனது ஸுன்னாவையும் நேர்வழிநடந்த கலீபாக்களின் ஸுன்னாவையும் உறுதியாகப் பற்றிக் கொள்ளுங்கள்</t>
   </si>
   <si>
     <t>عن العِرْباضِ بن ساريةَ رضي الله عنه قال: قام فينا رسول الله صلى الله عليه وسلم ذات يوم، فوَعَظَنا مَوعظةً بليغةً وَجِلتْ منها القلوبُ، وذَرَفتْ منها العيونُ، فقيل: يا رسول الله، وعظتَنَا موعظةَ مُودِّعٍ فاعهد إلينا بعهد. فقال: «عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين، عَضُّوا عليها بالنواجِذ، وإياكم والأمور المحدثات، فإن كل بدعة ضلالة».</t>
   </si>
   <si>
     <t>அல்-இர்பாழ் இப்னு ஸாரியா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு தினம் எழுந்து நின்று உள்ளங்கள் நடுங்கி, கண்கள் கண்ணீர் சிந்துமளவிற்கு மிகவும் ஆழமான ஓர் உபதேசத்தை செய்தார்கள். அப்போது ஒருவர் 'அல்லாஹ்வின் தூதரே, இது விரைவில் பிரிந்து செல்லும் ஒருவரின் அறிவுரையாயிற்றே. எனவே, எங்களுக்கு அறிவுரை கூறுங்கள்' என்றார். அதற்கு நபியவர்கள்: 'அல்லாஹ்வை அஞ்சி நடந்து கொள்ளுங்கள், என்று நான் உங்களுக்கு அறிவுறுத்துகிறேன், ஒரு அபீஸீனிய அடிமை உங்களுக்குப் பொறுப்பாளராக வந்தாலும், அவருக்கு செவிசாய்த்து கீழ்ப்படிந்து நடந்து கொள்ளுங்கள். எனக்குப் பிறகு நீங்கள் கடுமையான கருத்து வேறுபாடுகளைக் கண்டு கொள்வீர்கள். எனவே, எனது ஸுன்னாவையும் நேர்வழிநடந்த கலீபாக்களின் ஸுன்னாவையும் உறுதியாகப் பற்றிக் கொள்ளுங்கள். அதனை நீங்கள் உங்கள் கடைவாய் பற்களால் பற்றிக்கொள்ளுங்கள்; (அதாவது அதனை உறுதியாக கடைப்பிடித்தொழுகுங்கள்) மார்க்கத்தின் பெயரால் உருவாக்கப்பட்ட நூதன அனுஷ்டானங்களை விட்டும் உங்களை நான் எச்சரிக்கிறேன், மார்க்கத்தின் பெயரால் புதிதாக உருவாக்கப்பட்ட ஒவ்வொரு விஷயமும் வழிகேடாகும் (பிழையான  வழிகாட்டுதலாகும்.)</t>
   </si>
   <si>
     <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، 
 فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، 
 قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
 والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
 ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
 وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது தோழர்களுக்கு உள்ளங்கள் நடுங்கி, கண்கள் கண்ணீர் சிந்துமளவிற்கு மிகவும் ஆழமான ஒரு உபதேசத்தை செய்தார்கள். அவ்வுபதேசத்தின் கனதியை அவதானித்த தோழர்கள்; 'அல்லாஹ்வின் தூதரே! இது விரைவில் பிரிந்து செல்லும் ஒருவரின் அறிவுரையாயிற்றே. எனவே, உங்களுக்குப் பின் கடைப்பிடித்தொழுகும் படியான அறிவுரையை  எங்களுக்கு கூறுங்கள்' என்றார்கள். அதற்கு நபியவர்கள்: அல்லாஹ் விதித்த கடமைகளை செய்வதன் மூலமும் தடுத்தவிடயங்களை விலகி நடப்பதன் மூலமும் அல்லாஹ்வை பயந்து கொள்ளுமாறு அறிவுரை கூறுகிறேன் என்றார்கள். மேலும் தலைவர்களுக்கு செவிசாய்த்து கட்டுப்பட்டு நடக்குமாறு உங்களை வேண்டிக் கொள்கிறேன். உங்களுக்கு ஓர் அடிமை தலைவராக நியமிக்கப்பட்டாலும், அல்லது அதிகாரத்தை பொறுப்பேற்றாலும், அதாவது உங்களில் அந்தஸ்தில் குறைந்த ஒருவர் தலைவராக நியமிக்கப்பட்டாலும், குழப்பங்கள் ஏற்படுவதைப் பயந்து அவரை புறக்கணிக்காது அவருக்கு கட்டுப்பட்டு நடந்து கொள்ளுங்கள். அத்துடன் உங்களில் எனக்குப்பின் வாழ்வோர் அதிகமான கருத்து முரண்பாடுகளை –பிரச்சினைகளை –கண்டுகொள்வார். பின்னர் இந்த முரண்பாடுகளிலிருந்து தப்பிக்கும் வழியை தெளிவுபடுத்துகிறார்கள். அதுவே அவர்களினதும் அவர்களுக்கு  பிறகு வந்த நேர்வழி நடந்த கலீபாக்களான அபூபக்ர், உமர், உஸ்மான், அலி ரழியல்லாஹு அன்ஹும் போன்றோரினது வழிமுறையை பின்பற்றுவதாகும். அதனைப் பின்பற்றி அதில் உறுதியாக இருப்பதுமாகும். மார்க்கத்தில் புதிதாக ஏற்படுத்தப்படுகின்ற நூதன விடயங்களை விட்டும் அவர்களை எச்சரிப்பதோடு அனைத்து பித்அத்துக்களும் வழிகேடு என்பதையும் குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
 العناية بالمواعظ وترقيق القلوب.
 الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
 النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
 السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>ஸுன்னாவை கடைப்பிடித்து ஒழுகுவதன் முக்கியத்துவம் விபரிக்கப்பட்டிருத்தல்.
 அறிவுரை மற்றும் உள்ளத்தை மென்மைப்படுத்தும் விடயங்களில் கவனம் செலுத்துதல்.
 நபியவர்களின் பின் ஆட்சிப்பொறுப்பேற்று நடாத்திய நேர்வழிமிக்கோரான அபூபக்ர், உமர், உஸ்மான், அலி ரழியல்லாஹு அன்ஹும் ஆகியோரை பின்பற்றி நடக்குமாறு கட்டளையிடப்பட்டிருத்தல்.
 மார்க்கத்தின் பெயரால் புதிதாக உருவாக்கப்படுகின்ற பித்அத்களை  தடுத்தல். ஏனெனில் ஒவ்வொரு பித்அத்துக்களும் வழிகேடாகும்.
 பாவகாரியமல்லாத விடயங்களில் முஸ்லிம்களின் தலைமத்துவத்தைப் பொறுப்பேற்று நடாத்துவோருக்கு கட்டுப்பட்டு அவர்களின் கட்டளைக்கு செவிதாழ்த்தி நடந்து கொள்ளல்.
 எல்லா நிலைகளிலும் அல்லாஹ்வை பயந்து நடப்பதன் அவசியம் விவரிக்கப்பட்டிருத்தல்.
 இந்த சமூகத்தில் கருத்து முரண்பாடு நிகழும். அவ்வேளை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களினதும், நேர்வழி நடந்த கலீபாக்களினதும் வழிமுறையின் பால் மீண்டு செல்வது அவசியமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65057</t>
   </si>
   <si>
-    <t>كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ</t>
+    <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் பத்து வசனங்களை கற்றுக்கொள்ளக்கூடி யவர்களாக இருந்ததோடு, கற்ற அந்தப் பத்துவசனங்கில் உள்ள விடயங்களை கற்று அமல்</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>அபூ அப்திர்ரஹ்மான் அஸ்ஸுலமி ரஹிமஹுல்லாஹ் கூறுகிறார்கள்: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் தோழர்களில் எமக்கு அல்குர்ஆனை கற்றுத்தந்தோர்  தாம் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் பத்து வசனங்களை கற்றுக்கொள்ளக்கூடி யவர்களாக இருந்ததோடு, கற்ற அந்தப் பத்துவசனங்கில் உள்ள விடயங்களை கற்று அமல் செய்யும் வரையில் மற்றைய பத்து வசனங்களை அவர்கள் கற்றுக்கொள்ளவில்லை எனக் கூறினார்கள்  எனவே இதனால் நாம் அறிவையும் அமலையும் அறிந்து கொண்டோம் என்று கூறினார்கள்;</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>நபித்தோழர்களாகிய ஸஹாபாக்கள் ரழியல்லாஹு அன்ஹும் அல்லாஹ்வின் தூதரிடமிருந்து அல்குர்ஆனில் பத்து வசனங்களை கற்றுக்கொள்ளக் கூடியவர்களாக இருந்ததோடு,அந்தப் பத்து வசனங்களில் உள்ள அறிவைக் கற்று அதனை செயல்படுத்தும் வரையில் மேலும் பத்து வசனங்களை கற்பதற்கு செல்ல வில்லை. இதனால் அவர்கள் அறிவையும் அமலையும் ஒன்று சேர அறிந்து கொண்டார்கள்.</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
 العلم يكون قبل القول والعمل.</t>
   </si>
   <si>
     <t>நபித்தோழர்களின் சிறப்பும் அல் குர்ஆனை கற்றுக்கொள்வதில் அவர்களின் பேரார்வமும்.
 அல் குர்ஆனை கற்பதென்பது அதிலுள்ளவற்றை அறிந்து அமல் செய்வதாகும் மாறாக அதனை ஒதுவதும் மனனமிடுவதும் மாத்திரமல்ல என்பதை புரிந்து கொள்ள வேண்டும்.
 சொல் மற்றும் செயலுக்கு முன் அறிவு இருக்க வேண்டும்</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65058</t>
   </si>
   <si>
-    <t>يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ</t>
+    <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
   </si>
   <si>
     <t>இறைவேதத்தில் உமக்குத் தெரிந்த வசனங்களிலேயே எந்த வசனம் மிகவும் மகத்தானது என்று தெரியுமா? எனக் கேட்டார்கள். அதற்கு நான் அல்லாஹ்வும், அவனுடைய தூதருமே நன்கறிந்தவர்கள் என்று கூறினேன். அவர்கள் அபுல் முன்திரே!, இறைவேதத்தில் உமக்குத் தெரிந்த வசனங்களிலேயே எந்த வசனம் மிகவும் மகத்தானது என்று தெரியுமா? என (மீண்டும்) கேட்டார்கள். நான் அல்லாஹு லாஇலாஹ இல்லா{ஹவல் ஹய்யுல் கய்யூம் எனத் தொடங்கும் (2:255 ஆவது) வசனம் என்று விடையளித்தேன். உடனே அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் (மகிழ்ச்சியோடு) எனது நெஞ்சில் (ஓர் அடி) அடித்துவிட்டு அல்லாஹ்வின் மீதாணையாக! உமது கல்வியாற்றல் உம்மை நெகிழச் செய்யட்டும் (வாழ்த்துகள்), அபுல் முன்திரே! என்றார்கள்</t>
   </si>
   <si>
     <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக உபையி இப்னு கஃப் ரழியல்லாஹுஅன்ஹு அவர்கள் அறிவிக்கிறார்கள் : அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹிவஸல்லம்) அவர்கள் (என்னிடம்), அபுல் முன்திரே!, இறைவேதத்தில் உமக்குத் தெரிந்த வசனங்களிலேயே எந்த வசனம் மிகவும் மகத்தானது என்று தெரியுமா? எனக் கேட்டார்கள். அதற்கு நான் அல்லாஹ்வும், அவனுடைய தூதருமே நன்கறிந்தவர்கள் என்று கூறினேன். அவர்கள் அபுல் முன்திரே!, இறைவேதத்தில் உமக்குத் தெரிந்த வசனங்களிலேயே எந்த வசனம் மிகவும் மகத்தானது என்று தெரியுமா? என (மீண்டும்) கேட்டார்கள். நான் அல்லாஹு லாஇலாஹ இல்லா{ஹவல் ஹய்யுல் கய்யூம் எனத் தொடங்கும் (2:255 ஆவது) வசனம் என்று விடையளித்தேன். உடனே அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் (மகிழ்ச்சியோடு) எனது நெஞ்சில் (ஓர் அடி) அடித்துவிட்டு அல்லாஹ்வின் மீதாணையாக! உமது கல்வியாற்றல் உம்மை நெகிழச் செய்யட்டும் (வாழ்த்துகள்), அபுல் முன்திரே! என்றார்கள்</t>
   </si>
   <si>
     <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
 فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
 فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் உபை இப்னு கஃபிடம் இறைவேதத்தில் உள்ள மிகவும் மகத்தான வசனம் எது என்று கேட்டபோது அவர் பதில் அளிப்பதற்கு தயங்கினார்.பின்னர் அவர் ' அந்த வசனம் ஆயதுல் குர்ஸி ' அல்லாஹு லாஇலாக இல்லாஹுவல் ஹய்யுல் கய்யூம் எனக் கூறினார்.இதனை நபியவர்கள் உறுதிப்படுத்தியதோடு அவரின் உள்ளம் அறிவாலும் கல்விஞானத்தாலும் நிறைந்துள்ளது என்பதை சுட்டிக்காட்டி, இந்த அறிவினால் அவர் மகிழ்ச்சியடையவும் அதனை இலகுவாக்கிக் கொடுக்கவும் பிரார்த்தனை செய்தார்கள் .</t>
   </si>
   <si>
     <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
 آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
   </si>
   <si>
     <t>இதில் உபை இப்னு கஃப் ரழியல்லாஹு அன்ஹு அவர்களுக்குரிய மிகப்பெரும் சிறப்பாக இந்த சம்பவம் காணப்படுகின்றமை.
 ஆயத்துல் குர்ஸி அல்குர்ஆனின் மிகவும் மகத்தான உயரிய ஒரு வசனமாகும்.ஆகவே அதனை மனனமிடுவதோடு மட்டுமன்றி அதன் கருத்துக்களையும் சிந்தித்துணர்ந்து செயல்படுவது அவசியமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65059</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தங்களின் படுக்கைக்கு (உறங்கச்) சென்றால் ஒவ்வோர் இரவிலும் தம் உள்ளங்கைகளை இணைத்து அதில் ஊதுவார்கள் பின் அதில், குல் ஹுவல்லா அஹத், குல் அஊது பிரப்பில் ஃபலக்,  குல் அஊது பிரப்பின்னாஸ்</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
   </si>
   <si>
     <t>ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் அறிவிக்கிறார்கள்: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தங்களின் படுக்கைக்கு (உறங்கச்) சென்றால் ஒவ்வோர் இரவிலும் தம் உள்ளங்கைகளை இணைத்து அதில் ஊதுவார்கள் பின் அதில், குல் ஹுவல்லா அஹத், குல் அஊது பிரப்பில் ஃபலக்,  குல் அஊது பிரப்பின்னாஸ் ஆகிய (112, 113, 114) அத்தியாயங்களை ஓதுவாரகள். பிறகு தம் இரண்டு கைகளால் (அவை எட்டும் அளவிற்கு) தம் உடலில் இயன்ற வரையில் தடவிக் கொள்வார்கள். முதலில் தலையில் ஆரம்பித்து, பிறகு முகம், பிறகு தம் உடலின் முற்பகுதியில் கைகளால் தடவிக் கொள்வார்கள். இவ்வாறு மூன்று முறை செய்வார்கள்.</t>
   </si>
   <si>
     <t>كان من هديه صلى الله عليه وسلم إذا أوى إلى فراشه لينام جَمَعَ كفـيه ورفعهما -كما يفعل الداعي- ونَفَخَ فيهما من فمِه نفخًا لطيفًا مع رِيْق يسير ويقرأ السور الثلاث: 
 {قل هو الله أحد} 
 و{قل أعوذ برب الفلق} 
 و{قل أعوذ برب الناس}، 
 ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
   </si>
   <si>
     <t>நபியவர்கள் தூங்கச் சென்றால் பிரார்த்தனை செய்பவரைப் போன்று  தனது இரண்டு கைகளையும் இணைத்து உயர்த்தி அதில் இலேசான எச்சில் படும் அளவுக்கு; ஊதி குல் ஹுவல்லாஹு அஹத், குல் அஊது பிரப்பில் ஃபலக்,  குல் அஊது பிரப்பின்னாஸ் ஆகிய (112, 113, 114) அத்தியாயங்களை ஓதுவாரகள்;. பிறகு தம் இரண்டு கைகளால் (அவை எட்டும் அளவிற்கு) தம் உடலில் இயன்ற வரையில் தடவிக் கொள்வார்கள். முதலில் தலையில் ஆரம்பித்து, பிறகு முகம், பிறகு தம் உடலின் முற்பகுதியில் கைகளால் தடவிக் கொள்வார்கள். இவ்வாறு மூன்று முறை செய்வார்கள். இது நபியவர்கள் தூங்கச் சென்றால் கடைப்பித்த வழிமுறைகளுள் ஒன்றாகும்.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
   </si>
   <si>
     <t>ஸூறதுல் இக்லாஸ் மற்றும் முஅவ்விததைன் (112-113-114) ஆகிய அத்தியாங்களை ஒதி ஊதுவதும் ஓதிய பின் உடலில் இயலுமான இடங்களிலெல்லால் தடவிக்கொள்வதும் நபியவர்கள் செய்து வந்த சுன்னத்தான விடயமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65060</t>
   </si>
   <si>
-    <t>الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ</t>
+    <t>اليهود مغضوب عليهم، والنصارى ضلال</t>
   </si>
   <si>
     <t>' (இறை) கோபத்திற்கு உள்ளானோர்; யூதர்கள் ஆவர். கிறிஸ்தவர்கள் வழிதவறியோர் ஆவர்'</t>
   </si>
   <si>
     <t>عَنْ ‌عَدِيِّ بْنِ حَاتِمٍ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் கூறியதாக அதிய்யிப்னு ஹாதிம் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: ' (இறை) கோபத்திற்கு உள்ளானோர்; யூதர்கள் ஆவர். கிறிஸ்தவர்கள் வழிதவறியோர் ஆவர்'</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اليهودَ قومٌ غَضِبَ اللهُ عليهم؛ لأنهم عرفوا الحقَّ ولم يعملوا به. 
 والنصارى قومٌ ضلال؛ لأنهم عَمِلوا بغير علم.</t>
   </si>
   <si>
     <t>யூதர்கள் அல்லாஹ்வின் கோபத்திற்கு ஆளான ஒரு சமூகத்தினர். காரணம் அவர்கள் சத்தியத்தை அறிந்திருந்தும் அதனை எடுத்து நடக்கவில்லை. கிறிஸ்தவர்கள் வழிதவறிய சமூகமாவர். அவர்கள் அறிவின்றி செயற்பட்டோர் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>الجَمْعُ بين العلم والعمل نجاةٌ من سبيل المغضوب عليهم والضالين.
 التحذير من سبيل اليهود والنصارى، ولزوم الصراط المستقيم الذي هو الإسلام.
 كل من اليهود والنصارى ضال مغضوب عليه، لكن أَخَصُّ أوصافِ اليهود الغضبُ، وأَخَصُّ أوصاف النصارى الضلال.</t>
   </si>
   <si>
     <t>அறிவையும் செயல்பாட்டையும் ஒன்றுசேர பெற்றிருப்பதே கோபத்திற்குள்ளான மற்றும் வழிதவறியோரின் வழியிலிருந்து தப்பித்துக் கொள்வதற்கான ஒரே வழிமுறையாகும்.
 யூத, கிறிஸ்தவ வழிமுறைகளைப் பின்பற்றுவதை விட்டும் எச்சரித்தலும், நேரான பாதையான இஸ்லாத்தைப் பின்பற்றுமாறு வலியுறுத்தியுள்ளமையும்.
 யூத கிறிஸ்தவர்கள் அனைவரும் இறைகோபத்திற்கு ஆளானோர் ஆவர். என்றாலும் யூதர்களின் பிரத்தியேகமான பண்புகளில் ஒன்றாக இறை கோபமும், கிறிஸ்தவர்களின் பிரத்தியே பண்பாக வழிதவறி நடந்தமையும் காணப்படுகிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65061</t>
   </si>
   <si>
-    <t>فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ</t>
+    <t>فإذا رأيت الذين يتبعون ما تشابه منه فأولئك الذين سمى الله، فاحذروهم</t>
   </si>
   <si>
     <t>பல கருத்துக்களுக்கு இடம்பாடான) முதஷாபிஹாத்களை பின்பற்றுபவர்களை நீங்கள் கண்டால் அவர்களையே அல்லாஹ் உள்ளத்தில் கோளாறு உள்ளோர் எனப்பெயரிட்டுள்ளான் ஆகவே அவர்களிடமிருந்து எச்சரிக்கையாக இருப்பீராக</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رَضِيَ اللهُ عَنْهَا قَالَتْ: تَلَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ هَذِهِ الْآيَةَ: {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ، وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ، وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ} [آل عمران: 7]. قَالَتْ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ».</t>
   </si>
   <si>
     <t>ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் கூறுகிறார்கள் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் ஆல இம்ரான் ஸுறாவின் 7வது வசனமான ' ஹுவல்லலதி அன்ஸல அலைக்கல் கிதாப..' என்ற வசனத்தை ஒதினார்கள் (கருத்து: அவன்தான் உம்மீது இவ்வேதத்தை இறக்கிவைத்தான் அதில் கருத்துத் தெளிவுள்ள)முஹ்கமாத் வசனங்களும் உள்ளன.அவைதான் இவ்வேதத்தின் அடிப்படையாகும். மற்றும் சில (பல கருத்துக்களுக்கு இடம்பாடான) முதஷாபிஹாத்களாகும். எவர்களின் உள்ளங்களில் வழிகேடு இருக்கிறதோ அவர்கள் குழப்பத்தை நாடியும் இதன் தவறான விளக்கத்தை தேடியும் அதில் பலகருத்துக்களுக்கு இடம்பாடானவற்றை பின்பற்றுகின்றனர். அதன் யதார்த்தமான கருத்தை அல்லாஹ்வைத் தவிர யாரும் அறியமாட்டார்கள். அறிவில் தேர்ச்சி பெற்றவர்களோ 'நாங்கள் அவற்றை நம்பிக்கை கொண்டோம் அனைத்தும் எங்கள் இரட்சகனிடமிருந்துமுள்ளவையே என்று கூறுவார்கள்  சிந்தனையுடையோரைத்தவிர  மற்றவர்கள் நல்லுபதேசம்  பெறமாட்டார்கள்.'(ஆலு இம்ரான் 7) (பல கருத்துக்களுக்கு இடம்பாடான) முதஷாபிஹாத்களை பின்பற்றுபவர்களை நீங்கள் கண்டால் அவர்களையே அல்லாஹ் உள்ளத்தில் கோளாறு உள்ளோர் எனப்பெயரிட்டுள்ளான் ஆகவே அவர்களிடமிருந்து எச்சரிக்கையாக இருப்பீராக என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஆயிஷா (ரழி ) அவர்கள் குறிப்பிட்டார்கள்.</t>
   </si>
   <si>
     <t>قرأ رسول الله صلى الله عليه وسلم هذه الآية: 
 {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ}، 
 وفيها أخبر الله سبحانه أنه هو الذي أنزل على نبيه القرآن، الذي منه آيات واضحة الدلالة، معلومة الأحكام لا لبس فيها، هي أصل الكتاب ومرجعه، وهي المرجع عند الاختلاف، 
 ومنه آيات أُخر محتملة لأكثر من معنى، يلتبس معناها على بعض الناس، أو يظن أن بينها وبين الآية الأخرى تعارض، 
 ثم بين الله تعامل الناس مع هذا الآيات، 
 فالذين في قلوبهم مَيْلٌ عن الحق فيتركون المُحْكم، ويأخذون بالمتشابه المُحْتمل، يبتغون بذلك إثارة الشبهة وإضلال الناس، ويبتغون بذلك تأويلها على ما يوافق أهواءهم، 
 وأما الثابتون في العلم فإنهم يعلمون هذا المتشابه، ويردُّونه للمحكم، ويؤمنون به وأنه من عند الله سبحانه وتعالى، ولا يمكن أن يلتبس أو يتعارض، ولكن ما يتذكر بذلك ولا يتعظ إلا أصحاب العقول السليمة. 
 ثم قال النبي صلى الله عليه وسلم لأم المؤمنين عائشة رضي الله عنها أنها إذا رأت الذين يتبعون المتشابه فإنهم هم الذين سمَّى الله في قوله: 
 {فأما الذين في قلوبهم زيغ} 
 فاحذروهم ولا تصغوا إليهم.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் ஆலு இம்ரான் ஸுறாவின் 7 வசனமான ' ஹுவல்லலதி அன்ஸல அலைக்கல் கிதாப..' என்ற வசனத்தை ஒதினார்கள் (கருத்து: அவன்தான் உம்மீது இவ்வேதத்தை இறக்கிவைத்தான் அதில் கருத்துத் தெளிவுள்ள)முஹ்கமாத் வசனங்களும் உள்ளன. அவைதான் இவ்வேதத்தின் அடிப்படையாகும். மற்றும் சில (பல கருத்துக்களுக்கு இடம்பாடான) முதஷாபிஹாத்களாகும். எவர்களின் உள்ளங்களில் வழிகேடு இருக்கிறதோ அவர்கள் குழப்பத்தை நாடியும் இதன் தவறான விளக்கத்தை தேடியும் அதில் பலகருத்துக்களுக்கு இடம்பாடானவற்றை பின்பற்றுகின்றனர். அதன் யதார்த்தமான கருத்தை அல்லாஹ்வைத் தவிர யாரும் அறியமாட்டார்கள். அறிவில் தேர்ச்சி பெற்றவர்களோ 'நாங்கள் அவற்றை நம்பிக்கை கொண்டோம் அனைத்தும் எங்கள் இரட்சகனிடமிருந்துமுள்ளவையே என்று கூறுவார்கள் சிந்தனையுடையோரைத்தவிர  மற்றவர்கள் நல்லுபதேசம்  பெறமாட்டார்கள்.'(ஆலு இம்ரான் 7) இந்த வசனத்தில் அல்லாஹ் தனது நபிக்கு அல்குர்ஆனை இறக்கியதாகவும்,அதில் தெளிவான ஆதாரங்களும், எந்த மூடலுமில்லாத –சிக்கலுமில்லாத சட்டதிட்டங்களும் உள்ளதாகவும், இதுவே இவ்வேதத்தின் அடிப்படையாகவும் மூலாதாரமாகவும் சர்ச்சைகள் சிக்கல்களின் போது இதுவே மூலாதாரமாக இருக்கும் என்பதாகவும் அல்லாஹ் குறிப்பிடுகிறான். என்றாலும்  பல கருத்துக்களைகொள்வதற் இடம்பாடான சில வசனங்கள் இவ்வேதத்தில் உண்டு. சிலர் அவ்வாறான வசனங்களின் கருத்துக்களை புரிந்து கொள்வதில் குழப்பத்தில் இருப்பர். இன்னும் சிலரோ குறிப்பிட்ட வசனத்திற்கும் ஏனைய வசனங்களுக்கும் மத்தியில் முரண்பாடு உள்ளதாக நினைப்பர். பின்னர் அல்லாஹ் இவ்வாறான இந்த வசனங்களில் மக்கள் நடந்து கொள்ளும் முறை பற்றி விவரிக்கிறான். உள்ளத்தில் கோளாறுடன் சத்தியத்தை விட்டு விலகி இருப்போர் தெளிவான வசனங்களைவிட்டுவிட்டு இவ்வாறு முதஷாபிஹான வசனங்களை பின்பற்றுவர் இதனூடாக சந்தேகங்களை ஏற்படுத்தி மக்களை வழிகெடுப்பதோடு தங்களின் மனோ இச்சைப்பிரகாரம் அதற்கு வியாக்கியானம் அளிப்பர். ஆனால் அறிவில் தேர்ச்சிபெற்றோர் முதஷாபிஹான வசனங்களை அறிந்திருப்பர் அவற்றை முஹ்கமான வசனங்களோடு ஒப்புநோக்கிபார்ப்பார்ப்பர். இது அல்லாஹ்விடமிருந்து வந்தவை என்பதை உறுதியாக விசுவாசிப்பர் ஆகையால் சிக்கலோ முரண்பாடோ இருக்காது என்பதை நம்புவதோடு இதிலிருந்து படிப்பினை பெருவர்.சீரிய அறிவு படைத்தோரைத் தவிர மற்றவர்கள் படிப்பினை பெற மாட்டார்கள். பின்னர் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவரகள் ஆஇஷா ரழியல்லாஹு அவர்களிடம் முதஷாபிஹான வசனங்களை பின்பற்றுவோரை நீங்கள் கண்டால் அவர்களையே அல்லாஹ் உள்ளத்தில் கோளாறு உள்ளோர் என்று பெயரிட்டுக் குறிப்பிட்டுள்ளான்.எனவே அவர்கள் குறித்து எச்சரிக்கையாக இருப்பதோடு அவர்களின் கூற்றுக்களுக்கு செவிசாய்த்திட வேண்டாம் எனவும் கூறினார்கள்.</t>
   </si>
@@ -13202,1005 +14302,1014 @@
     <t>المحكم من آيات القرآن: ما اتضحت دلالته وظهر معناه، والمتشابه: ما احتمل أكثر من معنى واحتاج إلى نظر وفهم.
 التحذير مِن مخالطة أهل الزيغ وأصحاب البدع ومَن يطرح المشكلات لإضلال الناس وتشكيكهم. 
 في ختم الآية بقوله تعالى: {وما يذكر إلا أولو الألباب} تعريض بالزائغين، ومدح للراسخين، يعني: مَن لم يتذكَّر ويتَّعظ، واتَّبع هواه ليس مِن أولي الألباب.
 اتباع المتشابه سبب لزيغ القلب.
 وجوب رد الآيات المتشابهة التي قد لا يُفهم معناها إلى الآيات المحكمة.
 جعل الله سبحانه بعضَ القرآن محكمًا وبعضَه متشابهًا؛ ابتلاءً للناس ليتميز أهل الإيمان من أهل الضلال.
 في وقوع المتشابه في القرآن: إظهار فضل العلماء على غيرهم، وإعلام للعقول بقصورها؛ لتستسلم لبارئها وتعترف بعجزها.
 فضيلة الرسوخ في العلم وضرورة الثبات فيه.
 للمفسرين في الوقوف على {الله} من قوله: { وما يعلم تأويله إلا الله والراسخون في العلم } قولان، فمن وقف على {الله}، فيكون المراد بالتأويل علم حقيقة الشيء وكنهه وما لا سبيل إلى إدراكه كأمر الروح والساعة مما استأثر الله بعلمه، والراسخون في العلم يؤمنون به ويكلون حقائقه إلى الله فيسلمون ويسلمون، ومن وصل ولم يقف على {الله} ، فيكون المراد بالتأويل التفسير والكشف والإيضاح، فيكون الله يعلمه والراسخون في العلم يعلمونه أيضا، فيؤمنون بها ويردونها للمحكم.</t>
   </si>
   <si>
     <t>அல்குர்ஆன் வசனங்களில் முஹ்கம் என்பது : கருத்தும் ஆதாரமும் தெளிவானவை. முதஷாபிஃ என்பது பல கருத்துக்களுக்கு இடம்பாடானவை. இதனை விளங்க அவதானம் மற்றும் புரிதல் போன்றன தேவைப்படும்
 வழிகேடர்கள் பித்அத்வாதிகள்,மக்களை வழிகெடுத்து சந்தேகங்களை ஏற்படுத்துவோரோடு சகவாசம் கொள்வதை விட்டு எச்சரித்தல்.
 இந்த வசனத்தின் இறுதியில் அல்லாஹ் 'சிந்தனையுடையோரைத்தவிர  மற்றவர்கள் நல்லுபதேசம்  பெறமாட்டார்கள் என்று குறிப்பிடுவது தடம்புரண்டோரை மறைமுகமாக சாடுவதாகவும்,அறிவில் தேர்ச்சி பெற்றோரை புகழ்வதாகவும் உள்ளது. யார் சிந்தித்து படிப்பினை பெறாது மனோ இச்சையை பின்பற்றி நடக்கிறாரோ அவர் சிந்திக்கத்தெரிந்தோர் அல்ல என்பதே இதன் கருத்தாகும்.
 முதஷாபிகானவற்றை பின்பற்றுதல் உள்ளம் தடம்பிரழ்வதற்கான காரணமாகும்.
 புரிந்து கொள்வது அல்லது  விளங்குவது சிரமம் என்றிருக்கும் முதஷாபிஹான வசனங்களை முஹ்கமான தெளிவான வசனங்களுடன் ஒப்பிட்டு தெளிவு பெறுவது கடமையாகும்.
 முஃமின்கள் மற்றும் வழிதவறியோரை வேறுபடுத்தும் முகமாக  மக்களை சோதிப்பதற்காக அல்குர்ஆனில் சில வசனங்களை முஹ்கமாகவும் சிலதை முதஷாபிஹாஹவும் அல்லாஹ் வைத்துள்ளான்.
 ஏனையோரை விட அறிஞர்களின் சிறப்பை எடுத்துக்காட்டவும் பகுத்தறிவு குறையுடையது என்ற குறையை தெரியப்படுத்துவதும் அல்குர்ஆனில் முதஷாபிஹை வைத்திருப்பதன் நோக்கமாகும். இதன் மூலம் அறிவானது படைப்பாளனான அல்லாஹ்வுக்கு முழுமையாக கட்டுப்பட்டு அதன் இயலாமையை ஏற்றுக்கொள்கிறது.
 அறிவில் தேர்ச்சி பெறுவதன் சிறப்பும்,அதில் உறுதியாக இருப்பதன் அவசியமும்
 (வமா யஃலமு தஃவீலஹு இல்லல்லாஹு வர்ராஸிகூன பிஃல் இல்மி) இந்த வசனத்தில் அல்லாஹ் என்ற இடத்தில் நிறுத்தி ஓதினால் இந்த வசனத்திற்கு '  ரூஹ்(உயிர்) மறுமை நாள் போன்ற விவகாரங்களைப்போல் அதன் யதார்த்தமான விளக்கத்தை அல்லாஹ் மாத்திரமே பிரத்தியேகமாக அறிந்துள்ளான்.அறிவில் தேர்ச்சி பெற்றோர் அதனை ஈமான் கொண்டு அதன் யதார்தங்களை அல்லாஹ்விடம் ஒப்படைத்து தங்களை அதிலிருந்து பாதுகாத்துக்கொள்வார்கள். இந்த வசனத்தை அல்லாஹ்' என்ற வார்த்தையில் நிறுத்தாது ஒதினால் வசனத்தில் இடம்பெற்ற தஃவீல் என்பதற்கு விளக்கம் தெளிவு பொருள் கொள்ளல் வேண்டும். இந்த அடிப்படையில் அல்லாஹ்வும் அறிவில் தேர்ச்சிபெற்றோரும் முதஷாபிஹாத் பற்றி அறிவார்கள் ஆனால் அறிவில் தேர்ச்சி பெற்றோர் முதஷாபிகான வசனத்தை முஹ்கமான வசனத்துடன் ஓப்நோக்கி தீர்வு காண்பர் என்பது இதன் விளக்கமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65062</t>
   </si>
   <si>
-    <t>مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ</t>
+    <t>ما من رجل يذنب ذنبا، ثم يقوم فيتطهر، ثم يصلي، ثم يستغفر الله، إلا غفر الله له</t>
   </si>
   <si>
     <t>ஒரு அடியான் பாவமொன்றை செய்து விட்டு அழகிய முறையில் வுழூசெய்து பின் எழுந்து தனது பாவத்திலிருந்திருந்து மீளும் நோக்கில் இரண்டு ரக்அத்துக்களை தொழுதுவிட்டு அல்லாஹ்விடம் பாவமன்னிப்புக் கோரினால், அவனை அல்லாஹ் மன்னிக்காது விட்டுவிடுவதில்லை</t>
   </si>
   <si>
     <t>‌عن عَلِيٍّ قَالَ: إِنِّي كُنْتُ رَجُلًا إِذَا سَمِعْتُ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ حَدِيثًا نَفَعَنِي اللهُ مِنْهُ بِمَا شَاءَ أَنْ يَنْفَعَنِي بِهِ، وَإِذَا حَدَّثَنِي رَجُلٌ مِنْ أَصْحَابِهِ اسْتَحْلَفْتُهُ، فَإِذَا حَلَفَ لِي صَدَّقْتُهُ، وَإِنَّهُ حَدَّثَنِي ‌أَبُو بَكْرٍ، وَصَدَقَ أَبُو بَكْرٍ، قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ»، ثُمَّ قَرَأَ هَذِهِ الْآيَةَ: {وَالَّذِينَ إِذَا فَعَلُوا فَاحِشَةً أَوْ ظَلَمُوا أَنْفُسَهُمْ ذَكَرُوا اللهَ فَاسْتَغْفَرُوا لِذُنُوبِهِمْ} [آل عمران: 135].</t>
   </si>
   <si>
     <t>அலி ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள்: நிச்சயமாக நான் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடமிருந்து ஒரு ஹதீஸை செவியேற்றால், அல்லாஹ் எனக்கு எவ்வளவு நன்மை விளைவிக்கிறானோ அந்த அளவிற்கு  அதன் மூலம் நான் பயனடைகிறேன்;. நபித் தோழர்களில் ஒருவர் என்னிடம் ஹதீஸ்களைக் கூறினால், நான் அவரிடம் சத்தியம் செய்யுமாறு கேட்டுக்கொள்கிறேன், அவர் சத்தியம் செய்தால், நான் அவரை நம்புகிறேன். பின்வரும் இந்த ஹதீஸை அபூபக்கர் கூறினார்- அபூபக்கர் உண்மையைச் சொன்னார்; அவர் தான் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிஸ்ஸலாம் அவர்கள் கூறுவதை நான் கேட்டேன், என்று கூறினார்: ஒரு அடியான் பாவமொன்றை செய்து விட்டு அழகிய முறையில் வுழூசெய்து பின் எழுந்து தனது பாவத்திலிருந்திருந்து மீளும் நோக்கில் இரண்டு ரக்அத்துக்களை தொழுதுவிட்டு அல்லாஹ்விடம் பாவமன்னிப்புக் கோரினால், அவனை அல்லாஹ் மன்னிக்காது விட்டுவிடுவதில்லை பின்னர்  நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஆல இம்ரானின் 135 வசனத்தை ஓதிக்காட்டினார்கள் "மேலும் அவர்கள் மானக்கேடான காரியத்தை செய்துவிட்டாலோ அல்லாது தங்களுக்கு தாங்களே அநியாயம் இழைத்துக்கொண்டாலோ அல்லாஹ்வை நினைவுகூர்ந்து உடனே தங்ளது பாவங்களுக்காக பாவமன்னிப்புத் தேடுவார்கள்".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن عبدٍ يُذنبُ ذنبًا، فيحسن الوضوء، ثم يقوم فيصلي ركعتين بنية التوبة عن ذنبه هذا، ثم يستغفر الله، إلا غفر الله له. 
 ثم قَرأ النبيُّ صلى الله عليه وسلم قولَه تعالى: 
 {والذين إذا فعلوا فاحشة أو ظلموا أنفسهم ذكروا الله فاستغفروا لذنوبهم ومن يغفر الذنوب إلا الله ولم يصروا على ما فعلوا وهم يعلمون} 
 [آل عمران: 135].</t>
   </si>
   <si>
     <t>ஒரு அடியான் பாவமொன்றை செய்து விட்டு அழகிய முறையில் வுழூசெய்து பின் எழுந்து தனது பாவத்திலிருந்திருந்து மீளும் நோக்கில் இரண்டு ரக்அத்துக்களை தொழுதுவிட்டு அல்லாஹ்விடம் பாவமன்னிப்புக் கோரினால் அவனை அல்லாஹ் மன்னிக்காது விட்டுவிடுவதில்லை என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெரிவிக்கிறார்கள். பின்னர்  நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த குர்ஆன் வசனத்தை ஓதிக்காட்டினார்கள்; (மேலும் அவர்கள் மானக்கேடான காரியத்தை செய்துவிட்டாலோ அல்லாது தங்களுக்கு தாங்களே அநியாயம் இழைத்துக்கொண்டாலோ அல்லாஹ்வை நினைவுகூர்ந்து உடனே தங்களது பாவங்களுக்காக பாவமன்னிப்புத் தேடுவார்கள் .பாவத்தை மன்னிப்பவன் அல்லாஹ்வைத் தவிர வேறு யார்தான் இருக்க முடியும்.அவர்கள் அறிந்து கொண்டே பாவங்களில் -தவறில் நிலைத்திருக்கமாட்டார்கள்). (ஆல இம்ரான் : 135).</t>
   </si>
   <si>
     <t>الحثُّ على الصلاة ثم الاستغفار بعد الذنب.
 سَعَةُ مغفرةِ الله عز وجل وقبوله للتوبة والاستغفار.</t>
   </si>
   <si>
     <t>பாவத்தை செய்ததன்பின் தொழுது பாவமன்னிப்புக் கோருமாறு வலியுறுத்தியுள்ளமை.
 அல்லாஹ்வின் பாவமன்னிப்பின் விசாலமும், தவ்பாவை அவன் ஏற்பதில் அவனது பெருந்தன்மையும் புலப்படுகின்றது.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65063</t>
   </si>
   <si>
-    <t>أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟</t>
+    <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>'இம்மையில் அவனை இரண்டு கால்களால் நடக்கச் செய்த (இறை)வனுக்கு, மறுமைநாளில் அவனை அவனுடைய முகத்தால் நடக்கச் செய்திட முடியாதா?'</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>கதாதா ரஹிமஹுல்லாஹ் கூறுகிறார்கள்: எமக்கு  அனஸ்  இப்னு மாலிக்   ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் . ஒருவர் 'இறைத்தூதர் அவர்களே! (திருக்குர்ஆன் 25:43 வது இறைவசனத்தின்படி மறுமை நாளில்) இறைமறுப்பாளன் தன்னுடைய முகத்தால் (நடத்தி) இழுத்துச் செல்லப்படுவது எப்படி?' என்று கேட்டார். நபியவர்கள் 'இம்மையில் அவனை இரண்டு கால்களால் நடக்கச் செய்த (இறை)வனுக்கு, மறுமைநாளில் அவனை அவனுடைய முகத்தால் நடக்கச் செய்திட முடியாதா?' என்று (திருப்பிக்) கேட்டார்கள்.(இதை அறிவித்த) கத்தாதா இப்னு திஆமா(ரஹ்) அவர்கள் 'ஆம். (முடியும்). எங்கள் இறைவனின் வலிமையின் மீதாணையாக!'' என்றார்கள்</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>மறுமை நாளில் காபிரான ஒருவர் முகம்குப்புர நிலையில் எழுப்பப்படுவது எப்படி? என நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களிடம் வினவப் பட்டது  அதற்கு நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் ''இம்மையில் அவனை இரண்டு கால்களால் நடக்கச் செய்த (இறை)வனுக்கு, மறுமைநாளில் அவனை அவனுடைய முகத்தால் நடக்கச் செய்திட முடியாதா? அவன் எல்லா விடயங்களிலும் வல்லமைமிக்கோனாக உள்ளான்.</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
     <t>மறுமையில் இறைமறுப்பாளனுக்கு ஏற்படும் இழிவு. அவன் முகம் குப்புர நடப்பான்</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65068</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ</t>
+    <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
   </si>
   <si>
     <t>,நான் மறுமை நாளில்</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
   </si>
   <si>
     <t>அபூஹுரைரா ரழியல்லாஹு அன்ஹு  அறிவித்துள்ளார்கள்;: அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் தனது சிறிய தந்தையிடம்; 'அல்லாஹ்வைத் தவிர வேறு கடவுள் இல்லை' என்று கூறுங்கள்,நான் மறுமை நாளில் உங்களுக்கு  சான்று பகர்கின்றவனாக இருப்பேன். அதற்கு அவர் ' மரண பயம் இஸ்லாத்தை ஏற்பதற்கு தூண்டியது என குரைஷிகள் என்னைக் குறைகூறும் நிலை இல்லாதிருந்தால்; நான் நிச்சயமாக உம்மை மகிழ்வித்திருப்பேன் என்று கூறினார்.அல்லாஹ்; பின்வரும் வசனத்தை இறக்கியருளினான் 
 : '(நபியே) நீ விரும்புபவரை நேர்வழியில் செலுத்த நிச்சயமாக உம்மால் முடியாது எனினும்; அல்லாஹ் தான் நாடியவர்களை நேர்வழியில் செலுத்துகிறான். (ஸுறத்துல் கஸஸ்: 56) என்ற வசனத்தை இறக்கியருளினான்</t>
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் தனது சிறிய தந்தை மரணத் தருவாயில் இருக்கும் நிலையில் அவரிடம், கலிமாவை மொழியுமாறு வேண்டிக்கொண்டார்,அவ்வாறு செய்தால் அவருக்கு மறுமை நாளில் பரிந்துரை செய்வதோடு அவர் முஸ்லிம் என சாட்சி கூறுவதாகவும்  குறிப்பிட்டார்கள். மரண பயம் மற்றும் இயலாமை காரணமாக அவர் இஸ்லாத்தை தழுவினார் என குறைஷியர் கண்டித்துவிடுவர் என்ற பயத்தினால் அவர் ஷஹாதா கலிமாவை மொழிய மறுத்துவிட்டார். மேற்குறிப்பிட்ட விடயம் மாத்திரம் இல்லாதுவி;;ட்டால் ஷஹாதாக் கலிமாவைக் கூறி நபியின் உள்ளத்தில் மகிழ்ச்சியை ஏற்படுத்துவதுடன்; நபியின் எதிர்பார்ப்பை அவர் விரும்பியது போல் தான் நிறைவேற்றியிருப்பார் என்று கூறினார்.உடனே அல்லாஹ் தனது நபிக்கு 'இஸ்லாத்தை ஏற்கச்செய்வதற்கான வாய்ப்பை உம்மால் வழங்க முடியாது அல்லாஹ்வே நேர்வழியை ஏற்று நடப்பதற்கான வாய்ப்பை ஏற்படுத்துகிறான்.' என்ற கருத்தை பிரதிபளிக்கும் அல்குர்ஆன் வசனத்தை இறக்கினான். இந்த அடிப்படையில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களைப்பொருத்தவரை மக்களுக்கு நேர்வழியை தெளிவுபடுத்தி அதன் பால் அழைப்புவிடுப்பது தவிர வேறு பொறுப்பு கிடையாது.</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>மனிதர்களின் பேச்சுக்கு பயந்து சத்தியத்தை கைவிடல் ஆகாது.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் நேர்வழியின் பால் வழிகாட்டுதல் அறிவுறுத்துதல் ஆகிய விவகாரங்களில் அதிகாரத்தைப்பெற்றுள்ளாரே தவிர அதனை ஏற்கச் செய்வதற்கான அதிகாரத்தை பெறவில்லை
 இஸ்லாத்தின் பால் அழைப்பதற்காக -காபிரான –முஸ்லிமல்லாத நோயாளியை சந்திக்கசெல்வது அனுமதிக்கப்பட்டதாகும்.
 எல்லா நிலைகளிலும் -அழைப்புப்பணியில் - பிரச்சாரத்தில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் காட்டிய அதீத ஈடுபாட்டை  இந்த ஹதீஸ் பிரதிபளிக்கிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65069</t>
   </si>
   <si>
-    <t>إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً</t>
+    <t>إن الذي تقول وتدعو إليه لحسن، لو تخبرنا أن لما عملنا كفارة</t>
   </si>
   <si>
     <t>நீங்கள் கூறிவருகிற (போதனை முதலிய)வையும் நீங்கள் அழைப்புவிடுகிற (இஸ்லாமிய) மார்க்கமும் உறுதியாக நல்லவையே! நாங்கள் புரிந்து விட்ட பாவங்களுக்குப் பரிகாரம் ஏதேனும் உண்டா என நீங்கள் எங்களுக்குத் தெரிவித்தால் (நன்றாயிருக்குமே)</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا: أَنَّ نَاسًا مِنْ أَهْلِ الشِّرْكِ، كَانُوا قَدْ قَتَلُوا وَأَكْثَرُوا، وَزَنَوْا وَأَكْثَرُوا، فَأَتَوْا مُحَمَّدًا صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالُوا: إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً، فَنَزَلَ {وَالَّذِينَ لا يَدْعُونَ مَعَ اللهِ إِلَهًا آخَرَ وَلا يَقْتُلُونَ النَّفْسَ الَّتِي حَرَّمَ اللهُ إِلا بِالْحَقِّ وَلا يَزْنُونَ}[الفرقان: 68]، وَنَزَلَت: {قُلْ يَا عِبَادِيَ الَّذِينَ أَسْرَفُوا عَلَى أَنْفُسِهِمْ لا تَقْنَطُوا مِنْ رَحْمَةِ اللهِ} [الزمر: 53].</t>
   </si>
   <si>
     <t>இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா அவர்கள் அறிவிக்கிறார்கள்: இணைவைப்பவர்களில் சிலர், நிறையக் கொலைகளைப் புரிந்தனர்; விபசாரம் அதிகமாகச் செய்திருந்தனர். (ஒருநாள்) அவர்கள் முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து, நீங்கள் கூறிவருகிற (போதனை முதலிய)வையும் நீங்கள் அழைப்புவிடுகிற (இஸ்லாமிய) மார்க்கமும் உறுதியாக நல்லவையே! நாங்கள் புரிந்து விட்ட பாவங்களுக்குப் பரிகாரம் ஏதேனும் உண்டா என நீங்கள் எங்களுக்குத் தெரிவித்தால் (நன்றாயிருக்குமே)'' என்று கூறினர். அப்போது, '(ரஹ்மானின் உண்மையான அடியார்களான) அவர்கள் அல்லாஹ்வுடன் வேறெந்த தெய்வத்தையும் அழைக்கமாட்டார்கள். மேலும், அல்லாஹ் தடுத்த எந்தவோர் உயிரையும் நியாயமின்றி கொலைசெய்யவும் மாட்டார்கள், மேலும் விபச்சாரம் செய்யவும் மாட்டார்கள்' எனும் (திருக்குர்ஆனின் 25:68 வது) வசனம் அருளப்பெற்றது. மேலும், '(நபியே!) கூறுங்கள்: வரம்புமீறி தமக்குத் தாமே அநீதியிழைத்துக் கொண்ட என் அடியார்களே! அல்லாஹ்வின் கருணையில் அவநம்பிக்கை கொள்ளாதீர்கள்.. எனும் (திருக்குர்ஆனின் 39:53 வது) வசனமும் அருளப்பெற்றது.</t>
   </si>
   <si>
     <t>جاء رجالٌ مِن المشركين للنبيِّ صلى الله عليه وسلم وكانوا قد أكثروا مِن القتل والزنا، فقالوا للنبي: إنّ ما تدعو إليه مِن الإسلام وتعاليمِه شيءٌ حسنٌ، ولكن ما حالُنا وما وَقَعنا فيه مِن الشرك والكبائر، هل له كفّارة؟
 فنزلت الآيتان، حيث قَبِل الله من الناس التَّوبة مع كثرة ذنوبهم وعِظمِها، ولولا ذلك لاستمرُّوا على كفرهم وطغيانهم ولَمَا دخلوا في هذا الدِّين.</t>
   </si>
   <si>
     <t>கொலை விபச்சாரம் போன்ற விடயங்களில் அதிகம் ஈடுபட்ட இணைவைப்பாளர்களில் சிலர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து நீங்கள் அழைக்கும் இஸ்லாம் அதன் போதனைகள் யாவும் மிகவும் சிறந்த விடயங்ளாகும். ஆனால் நாம் இணைவைப்பு மற்றும் பெரும்பவாங்களில் வீழ்த்துள்ளோம், அதனால் எமது நிலை எவ்வாறு அமையப் போகிறது? அதற்கு குற்றப்பரிகாரம் ஏதும் உண்டா என வினவினார்கள்.
 அவ்வேளையில் மேற்படி இரண்டு வசனங்களும் இறங்கின. அதில் மனிதர்கள் எவ்வளவு பாவங்கள் செய்திருப்பினும் அவை எவ்வளவு பெரியதாக உள்ள போதும் அதற்கான தீர்வாக தவ்பாவை ஏற்படுத்தி அதனை அல்லாஹ் ஏற்றுக் கொள்கிறான் என உத்தரவாதப் படுத்தியுள்ளான். அவ்வாறு அல்லாஹ் அவகாசம் அளிக்காதிருந்தால் அந்த இணைவைப்பாளர்கள் அவர்களின் இறைநிராகரிப்பிலும், அத்துமீறல்களில் தொடர்ந்து இருந்திருப்பார்கள் அது மாத்திரமல்லாது இந்த மார்க்கத்தினுள் நுழைந்திருக்கவும் மாட்டார்கள்.</t>
   </si>
   <si>
     <t>فضلُ الإسلام وعظمتُه وأنه يهدِمُ ما قَبله من الذنوب.
 سعة رحمة الله بعباده ومغفرته وعفوه.
 تحريم الشرك، وتحريم قتل النفس بغير حق، وتحريم الزنا، ووعيد مَن يَقترف هذه الذنوب.
 التوبة الصادقة المقترنة بالإخلاص والعمل الصالح تكفّر جميع الكبائر بما فيها الكفر بالله تعالى.
 تحريم القُنُوْطِ واليأسِ مِن رحمةِ الله سبحانه.</t>
   </si>
   <si>
     <t>இஸ்லாத்தின் மேன்மையும் சிறப்பும் இந்த ஹதீஸில் சுட்டிக்காட்டப் படுவதோடு, இஸ்லாத்தை ஏற்கமுன் செய்த பாவங்களை இஸ்லாம் அழித்து விடுகிறது என்ற நன்மாராயமும் உள்ளடங்கியுள்ளது.
 தனது அடியார்களுடனான கருணை, மற்றும் மன்னிப்பின் எல்லையற்ற தன்மையை பிரதிபலிக்கின்றமை.
 இணைவைப்பு,நியாயமான காரணமின்றி ஒரு உயிரைக் கொல்லுதல்,விபச்சாரம் செய்தல் போன்றன ஹராமாக்கப்பட்டுள்ளதுடன் இவ்வாறான பாவங்களைச் செய்வோருக்கான எச்சரிக்கையையும் இந்த ஹதீஸ் உள்ளடக்கியுள்ளது.
 உளத்தூய்மை மற்றும் நல்ல அமல்களுடன் இணைந்த தூய்மையான தவ்பாவானது அல்லாஹ்வை நிராகரித்தல் முதலான பெரும்பாவங்கள் அனைத்தையும் மன்னித்து விடுகிறது.
 அல்லாஹ்வின் அருளில் அவநம்பிக்கை கொள்ளுதல், நிராசையடையதல் போன்றன ஹராமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65071</t>
   </si>
   <si>
-    <t>اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ</t>
+    <t>اذهب إليه فقل له: إنك لست من أهل النار، ولكن من أهل الجنة</t>
   </si>
   <si>
     <t>'நீ ஸாபித் இப்னு கைஸிடம் சென்று, 'நீங்கள் நரகவாசிகளில் ஒருவரல்லர்; மாறாக, சொர்க்க வாசிகளில் ஒருவரே' என்று சொல் என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>عَنْ ‌أَنَسِ بْنِ مَالِكٍ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ افْتَقَدَ ثَابِتَ بْنَ قَيْسٍ، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَعْلَمُ لَكَ عِلْمَهُ، فَأَتَاهُ فَوَجَدَهُ جَالِسًا فِي بَيْتِهِ، مُنَكِّسًا رَأْسَهُ، فَقَالَ: مَا شَأْنُكَ؟ فَقَالَ شَرٌّ، كَانَ يَرْفَعُ صَوْتَهُ فَوْقَ صَوْتِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَدْ حَبِطَ عَمَلُهُ، وَهُوَ مِنْ أَهْلِ النَّارِ، فَأَتَى الرَّجُلُ فَأَخْبَرَهُ أَنَّهُ قَالَ كَذَا وَكَذَا، فَرَجَعَ الْمَرَّةَ الْآخِرَةَ بِبِشَارَةٍ عَظِيمَةٍ، فَقَالَ: «اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ».</t>
   </si>
   <si>
     <t>அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு அறிவித்தார்கள் : (ஒரு முறை) நபி(ஸல்லல்லலஹு அலைஹி வஸல்லம் அவர்கள், ஸாபித் இப்னு கைஸ்(ரழி) அவர்களைக் காணவில்லை என்று தேடினார்கள். அப்போது ஒருவர், 'இறைத்தூதர் அவர்களே! நான் அவரைப் பற்றிய செய்தியை அறிந்து கொண்டு தங்களிடம் வருகிறேன். என்று சொல்லிவிட்டு ஸாபித் இப்னு கைஸ்(ரழி) அவர்களிடம் சென்றார். ஸாபித் இப்னு கைஸ்(ரழி) தம் வீட்டில் தலையைக் (கவலையுடன்) கவிழ்த்தபடி அமர்ந்திருப்பதைக் கண்டார். 'உங்களுக்கு என்ன ஆயிற்று? என்று அவரிடம் கேட்டதற்கு அவர், '(பெரும்) தீங்கு ஒன்று நேர்ந்துவிட்டது. நான் நபி(ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் குரலை விட என்னுடைய குரலை உயர்த்தி(ப் பேசி) வந்தேன். எனவே, என் நற்செயல்கள் வீணாகி விட்டன. நான் நரகவாசிகளில் ஒருவனாகி விட்டேன்' என்று பதிலளித்தார். உடனே, அந்த மனிதர் நபி(ஸல்) அவர்களிடம் வந்து, ஸாபித் இப்படியெல்லாம் கூறினார் என்று தெரிவித்தார். அடுத்த முறை அந்த மனிதர் (பின்வரும்) மாபெரும் நற்செய்தியுடன் திரும்பிச் சென்றார். (அதாவது அம்மனிதரிடம்) நபி(ஸல்) அவர்கள் 'நீ ஸாபித் இப்னு கைஸிடம் சென்று, 'நீங்கள் நரகவாசிகளில் ஒருவரல்லர்; மாறாக, சொர்க்க வாசிகளில் ஒருவரே' என்று சொல் என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>افتَقَدَ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ ثابتَ بن قيس رضي الله عنه وسَألَ عنه، فقال رَجلٌ: أنا أَجِدُ لك خَبرَه، وسببَ تغيُّبِه، فذهَبَ إليه فوجَدَه حَزينًا مُطرقاً رَأسَه في بَيتِه، فسَأَلَه: ما شأنُكَ؟ فأخبَرَه ثابتٌ ما به مِن الشَّرِّ؛ لأنَّه كان يَرفَعُ صَوْتَه فوقَ صَوتِ النَّبيِّ صلَّى اللهُ عليه وسلَّمَ، وقدْ تَوعَّدَ اللهُ من فعل ذلك ببطلان عمَلِه، وأنه من أهل النار!
 فرجَع الرَّجلُ إلى النَّبيِّ صلَّى اللهُ عليه وسلَّمَ وأخبَرَه بذلك، فأمَرَه النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنْ يَرجِعَ إلى ثابتٍ ويبشِّره بأنَّه ليس مِن أهلِ النَّارِ ولكن من أهلِ الجَنَّةِ، وذلك لأنَّ صَوتَه كان مُرتفِعًا خِلْقةً، ولأنَّه كان خَطيبَ رَسولِ اللهِ صلَّى اللهُ عليه وسلَّمَ، وخَطيبَ الأنْصارِ.</t>
   </si>
   <si>
     <t>நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஸாபித் இப்னு கைஸ் ரழியல்லாஹு அன்ஹு அவர்களை சபையில் காணவில்லை அதனால் அவரைப் பற்றி விசாரித்தார்கள். அப்போது ஒரு மனிதர் நான் அவர் பற்றிய செய்தியையும் அவர் சபைக்கு சமூகம் தராததிற்கான காரணத்தையும் அறிந்து வருகிறேன் என்று கூறிவிட்டு ஸாபித் இ்னு கைஸிடம் சென்றார் அவரே, தலையை கவிழ்த்த நிலையில் சோகத்துடன் அவரின் வீட்டில் இருப்பதைக் கண்டார். பின்னர் அவரிடம் உமக்கு என்ன நேர்ந்தது எனக் கேட்க அவருக்கு பெரும் நாசம் -தீங்கு – ஏற்பட்டுவிட்டதாகத் தெரிவித்தார். அதாவது தான் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களின் சப்தத்திற்கு அதிகமாக தனது குரலை உயர்த்திப் பேசுகிறேன்;,அவ்வாறு குரலை உயர்த்திப்பேசுவோரின் அமல்கள் அழிந்து போவதாக அல்லாஹ் எச்சரித்துள்ளான் ஆகையால் எனது அமல்கள் வீணாகி நான் நரகவாதிகளுள் ஒருவனாக மாறிவிட்டேன் என்று அவரிடம் கூறினார் அதன் காரணமாகவே இவ்வாறு கவலை தோய்ந்த நிலையில் உளளேன் என்றார்.
 உடனே அந்த மனிதர் நபியவ்களிடம் வந்து அவர் கூறியதைத் தெரிவித்தார். அதற்கு நபியர்கள் ஸாபித் அவர்களிடம் உடன் திரும்பிச் சென்று அவர் நரகவாதியல்ல என நற்செய்தியை  அவரிடம் கூறிவிடு எனப் பணித்தார்கள். காரணம் அவரின் சப்தம் அதிகமாக இருப்பது அவரின் இயற்கையில் அமைந்த விடயம். மேலும் அவரே அல்லாஹ்வின் தூதர் அவர்களினதும், அன்ஸரிகளினதும் பேச்சாளராகத் திகழ்ந்தார்கள்.</t>
   </si>
   <si>
     <t>بيان فضل ثابت بن قيس رضي الله عنه وأنّه مِن أهل الجنة.
 اهتمام النبي صلى الله عليه وسلم بالصحابة وتفقُّده لهم.
 خشية الصحابة رضوان الله عليهم وخوفهم مِن أن تُحْبَطَ أعمالُهم.
 وجوب الأدب في خِطابِه صلى الله عليه وسلم في حياتِه، وخفض الأصوات عند سماع سُنّتِه بعد وفاته.</t>
   </si>
   <si>
     <t>ஸாபித் இப்னு கைஸ் (ரலி) அவர்களின் சிறப்பையும், அவர்கள் சுவனவாதி என்பதையும் தெளிவுபடுத்துதல்.
 தனது தேழர்கள் குறித்த நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் கரிசனையும், அவர்கள் இல்லாத போது அவர்கள் பற்றி விசாரித்தமையும்.
 தங்களின் அமல்கள் வீணாகிவிடுமோ என்ற ஸஹாபாக்கிளின் அச்சம்.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் உயிரோடு இருக்கும் போது அவருடன் பேசும் போது ஒழுக்கத்துடன் பேசுதல் கடமை. அதே போன்று அவர்களின் மரணித்தின் பின்னர் நபியவர்களின் ஸுன்னாவை செவிமடுக்கும் போது சப்தத்தை குறைத்துக்கொள்ளல் அவசியமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65073</t>
   </si>
   <si>
-    <t>يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا</t>
+    <t>يا أيها الناس، إن الله قد أذهب عنكم عبية الجاهلية وتعاظمها بآبائها</t>
   </si>
   <si>
     <t>''மக்களே, நிச்சயமாக அல்லாஹ் உங்களிடமிருந்து ஜாஹிலிய்யாவின் ஆணவத்தையும், முன்னோர்களைப் பற்றிய  பெருமைகொள்வதையும் நீக்கிவிட்டான்</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَ النَّاسَ يَوْمَ فَتْحِ مَكَّةَ، فَقَالَ: «يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا، فَالنَّاسُ رَجُلَانِ: بَرٌّ تَقِيٌّ كَرِيمٌ عَلَى اللهِ، وَفَاجِرٌ شَقِيٌّ هَيِّنٌ عَلَى اللهِ، وَالنَّاسُ بَنُو آدَمَ، وَخَلَقَ اللهُ آدَمَ مِنْ تُرَابٍ، قَالَ اللهُ: {يَا أَيُّهَا النَّاسُ إِنَّا خَلَقْنَاكُمْ مِنْ ذَكَرٍ وَأُنْثَى وَجَعَلْنَاكُمْ شُعُوبًا وَقَبَائِلَ لِتَعَارَفُوا إِنَّ أَكْرَمَكُمْ عِنْدَ اللهِ أَتْقَاكُمْ إِنَّ اللهَ عَلِيمٌ خَبِيرٌ} [الحجرات: 13]».</t>
   </si>
   <si>
     <t>இப்னு உமர் ரழியல்லாஹு அன்ஹுமா அவர்கள்  அறிவித்துள்ளார்கள்: அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மக்கா வெற்றி தினத்தில் உரை நிகழ்த்தினார்கள். அதில் அவர்கள் கூறினார்: ''மக்களே, நிச்சயமாக அல்லாஹ் உங்களிடமிருந்து ஜாஹிலிய்யாவின் ஆணவத்தையும், முன்னோர்களைப் பற்றிய  பெருமைகொள்வதையும் நீக்கிவிட்டான். ஆகவே தற்போது இரண்டு வகையான மக்கள் உள்ளனர்: அல்லாஹ்வின் பார்வையில் நேர்மையான, பக்தியுள்ள மற்றும் கண்ணியமான நபர். அல்லாஹ்வின் பார்வையில் ஒரு பொல்லாத, பரிதாபத்திற்குரிய, அற்பமான மனிதர். மக்கள் ஆதமின் பிள்ளைகளாவர், அல்லாஹ் ஆதமை மண்ணிலிருந்து படைத்தான். அல்லாஹ் கூறுகிறான்: மனிதர்களே, நாங்கள் உங்களை ஓர் ஆணிலிருந்தும் பெண்ணிலிருந்தும் படைத்து  நீங்கள் ஒருவரையொருவர் அறிந்துகொள்வதற்காக கிளைகளாகவும் கோத்திரங்களாகவும் ஆக்கினோம். நிச்சயமாக உங்களில் மிகவும் பயபக்கதியுடையவரே அல்லாஹ்வின் முன் உங்களில் மிகவும் கண்ணியமானவர். நிச்சயமாக அல்லாஹ் அனைத்தையும் அறிந்தவன், நுட்பமானவன். (ஹுஜுராத் : 13).</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم الناس يومَ فتحِ مكة فقال: يا أيها الناس إن الله قد رفع وأزال عنكم كِبْرَ الجاهليةِ ونَخْوَتَها، والفخرَ بالآباء، وإنما الناس على نوعين:
 إما مؤمنٌ بَرٌّ تقيٌّ طائعٌ عابدٌ لله عزوجل، فهذا كريمٌ على الله، وإنْ لم يكن ذا حَسَبٍ أو نَسَبٍ عند الناس.
 وإما كافرٌ فاجرٌ شقيٌّ، وهذا هيِّنٌ ذليل على الله، ولا يساوي شيئًا، وإنْ كان ذا حَسَبٍ وله جاه وسلطان.
 والناس كلُّهم أبناء آدم، وخلقَ اللهُ آدمَ من التراب، فلا يليق بمن أصله من تراب أن يتكبَّرَ ويُعْجَبَ بنفسه، ومصداق ذلك قول الله عز وجل: {يا أيها الناس إنا خلقناكم من ذكر وأنثى وجعلناكم شعوبا وقبائل لتعارفوا إن أكرمكم عند الله أتقاكم إن الله عليم خبير} [الحجرات: 13].</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மக்கா வெற்றிகொள்ளப்பட்ட தினத்தில் உரைநிகழ்த்தினார்கள், அதில் அவர்கள் : மக்களே நிச்சயமாக அல்லாஹ் ஜாஹிலிய்யக்கால ஆணவத்தையும், வீராப்புக்கொள்வதையும், தங்களின் மூதாதையர்களின் பெருமை பேசுவதையும் உங்களை விட்டும் அகற்றிவிட்டான். ஆகையால் மக்கள் இரு வகையினராவர்.
 முதலாமவர் : அல்லாஹ்வுக்கு பணிந்து கட்டுப்பட்டு நடக்கும் நேர்மையான, பக்தியுள்ள முஃமின், இவர் மக்களிடத்தில் உயர்பரம்பரை மற்றும் உயர் குலத்தை சார்ந்தவாராக இல்லாது விட்டாலும் அல்லாஹ்விடத்தில் மிகவும் கண்ணியத்திற்குரியவராவார்.
 இரண்டாமவர் : ஒழுக்கக்கேடான அல்லாஹ்வை நிராகரித்த துஷ்டன், இவன் உயர் குலமும் புகழும் அதிகாரமும் மிக்கவனாக திகழ்ந்தாலும் அல்லாஹ்விடத்தில் அட்பமான மிகப்பரிதாபமானவனாகவே இருப்பான். இவனுக்கு எந்த மதிப்பும் கிடையாது.
 மனிதர்கள் அனைவரும் ஆதமின் சந்ததியாவார்கள். அல்லாஹ் ஆதமை மண்ணிலிருந்து படைத்தான். ஆகவே எவரின் அசல் -அடிப்படை- மண்ணாக இருக்கிறதோ அவர் பெருமையடித்தல் தற்பெருமைக்கொள்ளல் போன்ற விடயங்களுக்கு அருகதையற்றவர். இதனை பின்வரும் அல்லாஹ்வின் கூற்று தெளிவுபடுத்துகிறது : 'மனிதர்களே, நாங்கள் உங்களை ஓர் ஆணிலிருந்தும் பெண்ணிலிருந்தும் படைத்து  நீங்கள் ஒருவரையொருவர் அறிந்துகொள்வதற்காக கிளைகளாகவும் கோத்திரங்களாகவும் ஆக்கினோம். நிச்சயமாக உங்களில் மிகவும் பயபக்கதியுடையவரே அல்லாஹ்வின் முன் உங்களில் மிகவும் கண்ணியமானவர். நிச்சயமாக அல்லாஹ் அனைத்தையும் அறிந்தவன், நுட்பமானவன்'. (ஹுஜுராத் : 13).</t>
   </si>
   <si>
     <t>النهي عن التفاخر بالأنساب والأحساب.</t>
   </si>
   <si>
     <t>பரம்பரை, மூதாதையர் மரபு  ஆகியவற்றினால் தற்பெருமை கொள்வது தடுக்கப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن حبان</t>
   </si>
   <si>
+    <t>[رواه الترمذي وابن حبان]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65074</t>
   </si>
   <si>
-    <t>{ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ}</t>
+    <t>ثم لتسألن يومئذ عن النعيم</t>
   </si>
   <si>
     <t>(பின்னர் அந்நாளில் அருட்கொடைகள் பற்றி நிச்சயமாக நீங்கள் விசாரிக்கப்படுவீர்கள்) என்ற வசனம் இறங்கிய போது</t>
   </si>
   <si>
     <t>عَنْ ‌الزُّبَيْرِ بْنِ الْعَوَّامِ قَالَ: لَمَّا نَزَلَتْ: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} [التكاثر: 8]، قَالَ الزُّبَيْرُ: يَا رَسُولَ اللهِ، وَأَيُّ النَّعِيمِ نُسْأَلُ عَنْهُ، وَإِنَّمَا هُمَا الْأَسْوَدَانِ التَّمْرُ وَالْمَاءُ؟ قَالَ: «أَمَا إِنَّهُ سَيَكُونُ».</t>
   </si>
   <si>
     <t>அஸ்ஸுபைர் இப்னுல் அவ்வாம் ரழியல்லாஹு அன்ஹு கூறுகிறார்கள் : (பின்னர் அந்நாளில் அருட்கொடைகள் பற்றி நிச்சயமாக நீங்கள் விசாரிக்கப்படுவீர்கள்) என்ற வசனம் இறங்கிய போது (அத்தகாஸுர் : 8) அஸ்ஸுபைர் ரழியல்லாஹு அன்ஹு அவர்கள் அல்லாஹ்வின் தூதரே எந்த அருட்கொடைபற்றி மறுமையில் விசாரிக்கப்டும்! 'அஸ்வதான்' எனும் ஈத்தம் பழமும் நீருமா? என்று வினவ அதற்கு :அறிந்து கொள்ளுங்கள்! அந்த அருட்கொடை பற்றியும்; அந்த விசாரணையில்  இருக்கும் என்று பதிலளித்தார்கள்.</t>
   </si>
   <si>
     <t>لما نزلت آية: 
 {ثم لتسألن يومئذ عن النعيم} أي: سوف تُسألون عن القيام بِشُكْر ما أنعم الله به عليكم من النعم، قال الزبير بن العوام رضي الله عنه: يا رسول الله، أيّ نعيمٍ سنُسأل عنه؟! إنما هما نِعْمَتان لَيْسَتا ممّا يستَدِعي السؤال وهما التَّمر والماء!
 فقال النبي صلى الله عليه وسلم: أما إنكم ستسألون عن النَّعيم مع هذه الحالة التي أنتم عليها، فإنهما نِعمتان عظيمتان مِن نِعَم الله تعالى.</t>
   </si>
   <si>
     <t>பின்வரும் வசனமான, (ஸும்ம லதுஸ்அலுன்ன யவ்மஇதின் அனின் நஈம்) அதாவது உங்களுக்கு அளித்த அருட்கொடைகளுக்கு நீங்கள் நன்றி செலுத்தியது குறித்து உங்களிடம் மறுமையில் விசாரிக்கப்படவிருக்கிறீர்கள் என்ற வசனம் இறங்கியபோது அஸ்ஸுபைர் இப்னுல் அவ்வாம் அவர்கள் அல்லாஹ்வின் தூதர்  அவர்களே! எந்ந அருட்கொடைபற்றி நாம் விசாரிக்கப்படப் போகிறோம்? அதாவது ஈத்தம் பழம் மற்றும் நீர் ஆகிய விசாரிக்கப்படுவதற்கு பொருத்தமில்லாத இரு அருள்கள் பற்றியா! என வினவினார்கள். அதற்கு :
 நீங்கள் தற்போது அனுபவித்துக்கொண்டிருக்கும் அருள்களுடன் சேர்த்து அந்த மாபெரும் இரு அருள்கள் குறித்தும் விசாரிக்கப்பட உள்ளீர்கள் என்று பதிலளித்தார்கள்.</t>
   </si>
   <si>
     <t>التَّأكيد على شكر الله تعالى على النِّعم.
 النّعيم ممّا سيُسأل عنه العبد يوم القيامة قليلًا كان أو كثيرًا.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் அருட்கொடைகளுக்கு நன்றி செலுத்துமாறு வலியுறுத்துதல்.
 மறுமை நாளில் ஒரு அடியான் அனுபவித்த அருள்கள் அது குறைவானதாகவோ அல்லது அதிகமானதாவோ இருப்பினும் அவைகள் பற்றி விசாரிக்கப்படும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65075</t>
   </si>
   <si>
-    <t>سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ</t>
+    <t>سيكون في آخر أمتي أناس يحدثونكم ما لم تسمعوا أنتم ولا آباؤكم، فإياكم وإياهم</t>
   </si>
   <si>
     <t>''எனது சமூகத்தின் இறுதியில் சில நபர்கள் தோன்றுவார்கள் அவர்கள் நீங்களோ உங்களின் மூதாதையர்களோ செவிமடுக்காத விடயங்களை (மார்க்கத்தின் பெயரால்) கூறுவார்கள். எனவே உங்களையும் அவர்களையும் நான் எச்சரிக்கிறேன்''</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹூரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: ''எனது சமூகத்தின் இறுதியில் சில நபர்கள் தோன்றுவார்கள் அவர்கள் நீங்களோ உங்களின் மூதாதையர்களோ செவிமடுக்காத விடயங்களை (மார்க்கத்தின் பெயரால்) கூறுவார்கள். எனவே உங்களையும் அவர்களையும் நான் எச்சரிக்கிறேன்''.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنه سيَظهر أُناسٌ في آخِر أُمتِه يَفْتَرون الكذب، ويقولون ما لم يقلْه أحدٌ من قبلهم، فيُخبِرون بالأحاديث المكذوبة والمُخْتَلَقة، فأمَرَنا عليه الصلاة والسلام أنْ نَبْتَعِدَ عنهم ولا نجالسهم، ولا نسمع أحاديثهم؛ لئلا يتقرر ذلك الحديث المختلق في النفوس، فنعجز عن التخلُّص منه.</t>
   </si>
   <si>
     <t>தனது உம்மத்தின் இறுதிக்காலத்தில் சில நபர்கள் தோன்றி தங்களுக்கு முன்னர் யாருமே கூறாத  விடயங்களை மார்க்கத்தின் பெயரில் பொய்யாக இட்டுக்கட்டிக் கூறுவார்கள் என இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள். அதாவது அவர்கள் பொய்யான இட்டுக்கட்டப்பட்ட ஹதீஸ்களை கூறுவார்கள், இந்த நிலையில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் எமக்கு  அவர்களின் அவையில் ஒன்றாக இருப்பதை விட்டும் விலகி இருக்குமாறும், அவர்களின் ஹதீஸ்களை செவிமடுக்காது இருக்குமாறும் கட்டளையிடுகிறார்கள். ஏனெனில்;  இட்டுக்கட்டப்பட்ட அந்த ஹதீஸ்களை செவிமடுப்பதால் அவை  உள்ளத்தில் ஆழப்பதிந்து அதிலிருந்து விடுபடுவது சிரமமாகிவிடும் என்பதினாலாகும்.</t>
   </si>
   <si>
     <t>فيه عَلَم من أعلام النبوة، حيث إن النبي صلى الله عليه وسلم أخبر بما سيقع في أمته، فكان كما أخبر.
 الابتعاد عمّن يَكْذِبُ على رسول الله صلى الله عليه وسلم وعلى دين الإسلام، وعدم الاستماع لكذبهم.
 التحذير من قبولِ الأحاديث أو نشرِها إلا بعد التأكُّد من صحتِها وثبوتِها.</t>
   </si>
   <si>
     <t>நபி (ஸல்) அவர்கள் தமது சமூகத்தில் நடக்கவிருக்கும் ஒரு விடயத்தை எதிர்வுகூறியதும், அவர்கள் அறிவித்தது போன்றே நடந்ததும் நபித்துவத்தின் அடையாளங்களில் ஒன்றாகும்.
 நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் மீதும் இஸ்லாத்தின் மீதும் பொய்களை இட்டுக்கட்டு பவர்களிடமிருந்து நாம் விலகி இருப்பதுடன், அவர்களின் பொய்களுக்கு ஒரு போதும் செவிசாய்த்தல் கூடாது.
 எந்த ஹதீஸ்களையும் அதன் உண்மைத்தன்மை நிரூபிக்கப்பட்டதன் பின்னரே தவிர அதனை பரப்புவது மற்றும் ஏற்றுக்கொள்வதில்  கவனம் செலுத்தல் வேண்டும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65076</t>
   </si>
   <si>
-    <t>اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ</t>
+    <t>اكتب، فوالذي نفسي بيده، ما يخرج منه إلا حق</t>
   </si>
   <si>
     <t>'எழுதவும்; என் ஆன்மா யாருடைய கையில் இருக்கிறதோ, இந்த வாயின் மூலம்  உண்மையைத் தவிர வேறு எதுவும் வெளிவருவதில்லை!</t>
   </si>
   <si>
     <t>عن عبدِ الله بن عمرو رضي الله عنهما قال: كنتُ أكتبُ كلَّ شيءٍ أسمعُه من رسولِ الله صلَّى الله عليه وسلم أُريدُ حفْظَه، فنهتْني قريشٌ، وقالوا: أتكْتبُ كلَّ شيءٍ تَسمَعُه من رسول الله صلَّى الله عليه وسلم، ورسولُ الله صلَّى الله عليه وسلم بَشَرٌ يتكلَّمُ في الغضَبِ والرِّضا؟ فأمسَكتُ عن الكتاب، فذكرتُ ذلك لرسول الله صلَّى الله عليه وسلم، فأومأ بإصبَعِه إلى فيه، فقال: «اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ».</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு அம்ர் ரழியல்லாஹு அன்ஹுமா அவர்கள் அறிவிக்கிறார்கள்: நான் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடமிருந்து கேட்ட அனைத்தையும் மனப்பாடம் செய்வதற்காக எழுதிக்கொள்பவனாக இருந்தேன். குரைஷிகள் என்னைத் தடை செய்தார்கள்: அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அவர்களிடமிருந்து நீங்கள் கேட்கும் அனைத்தையும் எழுதுகிறீர்களா? அல்லாஹ்வின் தூதர் ஒரு மனிதர் அவர் கோபத்திலும், சாதாரன நிலையிலும் பேசுகிறாரே என்று என்னிடம் அவர்கள் கூற, நான் எழுதுவதை நிறுத்திவிட்டு, அதைப் பற்றி நபி ஸல்லல்லாஹு அலைஹிவஸல்ல் அவர்களிடம் கூறினேன். பின்னர், அவர் தனது வாயில் விரலைக் காட்டி கூறினார்: 'எழுதவும்; என் ஆன்மா யாருடைய கையில் இருக்கிறதோ, இந்த வாயின் மூலம்  உண்மையைத் தவிர வேறு எதுவும் வெளிவருவதில்லை!.</t>
   </si>
   <si>
     <t>قال عبدُ الله بن عَمْرو رضي الله عنه: كنتُ أكتبُ كلَّ شيءٍ أسمعه مِن رسول الله صلى الله عليه وسلم لكي أحفَظَه بالكتابة، فنهاني رجالٌ من قريش، وقالوا: رسولُ الله صلى الله عليه وسلم بشرٌ يتكلَّم في الرِّضا والغضب، وقد يُخطئ، فتوقَّفت عن الكتابة.
 فأخبرتُ النبيَّ صلى الله عليه وسلم بما قالوه، فأشار بإصبعه إلى فَمِهِ فقال: اكتب، فوالذي نفسي بيده ما يَخرجُ منه إلّا حقّ على كل حال، وفي الرِّضا والغضب.
 وقد قال تعالى عن نبيه صلى الله عليه وسلم:
 ﴿وَمَا یَنطِقُ عَنِ ٱلۡهَوَىٰۤ * إِنۡ هُوَ إِلَّا وَحۡیࣱ یُوحَىٰ﴾ [النجم ٣-٤].</t>
   </si>
   <si>
     <t>நான் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடமிருந்து கேட்பவற்றை எழுத்து மூலம் பாதுகாப்பதற்காக பதிவு செய்துகொள்பவனாக இருந்தேன். அப்போது குறைஷியர்களில் சிலர் என்னை எழுத வேண்டாம் எனத்தடுத்துவிட்டு அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் சாதாரண நிலையிலும் கோபத்திலும் பேசும் ஒரு மனிதராவர், அவர்கள் சில வேளை தவறிழைக்கக் கூடும் எனக் கூற  நான் எழுதுவதை நிறுத்திக்கொண்டேன்.
 எனவே அவர்கள் கூறியதை நபி எஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் கூறினேன். அதற்கு நபியவர்கள் தனது வாயை பெரும் விரலால் சுட்டிக்காட்டி எழுதுவீராக எனக் கூறிவிட்டு எனது ஆன்மா யாரின் கைவசம் உள்ளதோ அவனின் மீது சத்தியமாக கோபம் மற்றும் எல்லா நிலைகளிலும் இதிலிருந்து வெளிப்படும் அனைத்தும் சத்தியமாகும் எனக் கூறினார்கள்.
 அல்லாஹ் தனது நபி (ஸல்லல்லாஹு அலைஹிவஸல்லம்) பற்றி பின்வருமாறு குறிப்பிடுகிறான்: 'அவர் மனோ இச்சைப்படி எதனையும் பேசுவதில்லை. அது அவருக்கு அறிவிக்கப்படும் வஹியைத் தவிர வேறுஎதுவுமில்லை' ( அந்நஜ்ம்: 3-4)</t>
   </si>
   <si>
     <t>النبي صلى الله عليه وسلم معصوم فيما يُبَلِّغُه عن ربه عز وجل، في الرضا والغضب.
 حرص الصحابة رضي الله عنهم على حفظِ السنة وتبليغِها.
 جواز الحلف ولو بغير تحليفٍ لمصلحة، كتوكيد أمر.
  كتابة العلم من أهم الأسباب التي تحفظ العلم.</t>
   </si>
   <si>
     <t>சாதாரண நிலையிலும் கோபத்தின் போதும் தனது இரட்சகன் சார்பாக எத்திவைக்கப்படுபவை அனைத்திலும் நபியவர்கள் தவறுகளிலிருந்து பாதுகாக்கப்பட்டவர்கள் என்பதை இந்த ஹதீஸ் குறிப்பிடுகிறது.
 ஸுன்னாவைப் பாதுகாத்தல் அதனை எத்திவைத்தல் போன்ற விடயங்களில் ஸஹாபாக்களுக்கிருந்த அதீத ஆர்வத்தை இந்த ஹதீஸ் சுட்டிக்காட்டுகிறது.
 ஒரு விடயத்தை திட்டப்படுத்துவது போன்ற ஏதாவது ஒரு நலனைக் கருத்திற்கொண்டு  சத்தியம் செய்வது அனுமதிக்கப்பட்ட விடயமாகும்.
 அறிவைப் பதிவு செய்தல் அறிவு பாதுகாக்கப்படுவதற்கான மிகப் பிரதான வழிமுறைகளுள் ஒன்றாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65077</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ</t>
+    <t>كان النبي صلى الله عليه وسلم يتوضأ عند كل صلاة</t>
   </si>
   <si>
     <t>'நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒவ்வொரு தொழுகைக்காகவும் வுழுச் செய்வார்கள்'</t>
   </si>
   <si>
     <t>عن عَمْرُو بْنُ عَامِرٍ عَنْ ‌أَنَس بن مالك قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ، قُلْتُ: كَيْفَ كُنْتُمْ تَصْنَعُونَ؟ قَالَ: يُجْزِئُ أَحَدَنَا الْوُضُوءُ مَا لَمْ يُحْدِثْ.</t>
   </si>
   <si>
     <t>அம்ர் இப்னு ஆமிர், அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு கூறியதாக அறிவித்துள்ளார்கள் : 'நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒவ்வொரு தொழுகைக்காகவும் வுழுச் செய்வார்கள்' என அனஸ் ரழியல்லாஹு கூறியபோது, 'நீங்கள் எப்படிச் செய்வீர்கள்?' என அனஸ் ரழியல்லாஹுஅவர்களிடம் நான் கேட்டதற்கு, வுழுவை முறிக்கும் செயல்கள் நிகழாமலிருக்கும் போதெல்லாம் ஒரே வுழுவே எங்களுக்குப் போதுமானதாக இருந்தது' என்று அனஸ் ரழியல்லாஹு அன்ஹு கூறினார்'.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يتوضأ لكلِّ صلاةٍ مفروضةٍ وإنْ لم يَنْتَقِضْ وضوؤُه؛ وذلك لتحصيل الأجر والفضل.
 ويجوز أن يُصلِّي أكثرَ مِن صلاةٍ مفروضةٍ بوضوء واحد ما دام على وضوئه.</t>
   </si>
   <si>
     <t>சிறப்பையும்; கூலியையும் அடைந்து கொள்வதற்காக தனது வுழு முறியாமல் இருந்தாலும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பர்ழான ஒவ்வொரு தொழுகைக்கும் வுழு செய்பவர்களாக இருந்தார்கள்.
 வுழு முறியாமல் இருக்கும் நிலையில் ஒரே வுழுவினால் அதிகமான பர்ழ் தொழுகைகளை தொழுவதற்கு அனுமதியுண்டு.</t>
   </si>
   <si>
     <t>أكثرُ فِعْلِ النبيِّ صلى الله عليه وسلم هو الوضوء لكل صلاة؛ طلبًا للأكمل.
 استحباب الوضوء عند كل صلاة.
 جواز تأدية أكثر من صلاة بوضوء واحد.</t>
   </si>
   <si>
     <t>பூரணத்துவத்தை வேண்டுமுகமாக ஒவ்வொரு தொழுகைக்கும் வுழு செய்வது நபியவர்களின் செயல்சார் வழிமுறையில் அதிகம் இடம்பெற்ற ஒரு விடயமாகும்.
 ஒவ்வொரு தொழுகைக்காகவும் வுழூச் செய்வது (ஸுன்னத்தாகும்.) விரும்பத்தக்கதாகும்.
 ஒரு வுழூவினால் ஒன்றிற்கு மேற்பட்ட தொழுகைகளை நிறைவேற்றலாம்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65080</t>
   </si>
   <si>
-    <t>تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً</t>
+    <t>توضأ النبي صلى الله عليه وسلم مرة مرة</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் வுழுவின் உறுப்புக்களை ஒவ்வெரு தடவையும்  கழுவுபராக இருந்தார்கள்</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً.</t>
   </si>
   <si>
     <t>இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா கூறுகிறார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் வுழுவின் உறுப்புக்களை ஒவ்வெரு தடவையும்  கழுவுபராக இருந்தார்கள்.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانه إذا توضأ غَسَلَ كلَّ عُضوٍ من أعضاء الوضوء مرة واحدة، فيَغْسِلُ الوجهَ -ومنه المضمضة والاستنشاق-، واليدين والرجلين مرة واحدة، وهذا هو القَدْرُ الواجب.</t>
   </si>
   <si>
     <t>சில வேளை நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் வுழு செய்தால் வுழுவின் உறுப்புக்களை ஒவ்வொரு தடவை கழுவக் கூடியவராக இருந்தார்கள். அதாவது முகம் வாய்க் கொப்பளித்தல், நாசுக்கு நீர் செலுத்துதல் உள்ளடங்களாக முகம், இருகைகள், மற்றும் இருகால்களை ஒவ்வொரு தடவை கழுவினார்கள். இதுவே கட்டாயம் கழுவவேண்டியதன் அளவாகும்.</t>
   </si>
   <si>
     <t>الواجب في غَسْلِ الأعضاء مرة واحدة، وما زاد فهو مستحب.
  مشروعية الوضوء مَرّةً مرةً في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>வுழுவின் உறுப்புகளை ஒவ்வொரு தடவை கழுவுவதே கடமையாகும்-வாஜிபாகும் அதற்கு மேலதிகமாக -இரு முறை, பல முறை- கழுவுவது முஸ்தஹப்பாகும்.
 சில வேளைகளில் ஒவ்வொரு முறை வுழுவின் உறுப்புகளை கழுவி வுழு செய்வது மார்க்கத்தில் அங்கீகரிக்கப்பட்ட விடயமாகும்.
 தலையில் ஒரு தடவை மஸ்ஹு -ஈரக்கைகளால் தடவுதல்- செய்தல் ஷரீஆவின் வழிகாட்டலாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65081</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ</t>
+    <t>أن النبي صلى الله عليه وسلم توضأ مرتين مرتين</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் வுழுவின் உறுப்புக்களை இவ்விரு முறை கழுவி வுழு செய்தார்கள்</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ زَيْدٍ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ.</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு ஸைத் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் வுழுவின் உறுப்புக்களை இவ்விரு முறை கழுவி வுழு செய்தார்கள்.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانِه إذا توضأ غَسَلَ كلَّ عضو من أعضاء الوضوء مرتين، فيَغْسِل الوجهَ -ومنه المضمضة والاستنشاق- واليدين والرجلين مرتين.</t>
   </si>
   <si>
     <t>சில வேளை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் வுழுசெய்தால் வுழுவின் உறுப்புக்களை இரு தடவைகள் கழுவக்ககூடியவராக இருந்தார்கள். அதாவது வாய்க்கொப்பளித்தல், நாசுக்கு நீர் செலுத்துதல் உள்ளடங்களாக முகம், இருகைகள், மற்றும் இருகால்களை இரு தடவைகள் கழுவினார்கள்.</t>
   </si>
   <si>
     <t>الواجب في غسل الأعضاء مرة واحدة وما زاد فهو مستحب.
  مشروعية الوضوء مرتين مرتين في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>வுழுவின் உறுப்புகளை ஒவ்வொரு தடவை கழுவுவதே கடமையாகும்-வாஜிபாகும் அதற்கு மேலதிகமாக -இரு முறை, பல முறை- கழுவுவது முஸ்தஹப்பாகும்.
 சில வேளைகளில் இவ்விரு தடவைகள் வுழுவின் உறுப்புகளை கழுவி வுழு செய்வது மார்க்கத்தில் அங்கீகரிக்கப்பட்ட விடயமாகும்.
 தலையில் ஒரு தடவை மஸ்ஹு -ஈரக்கைகளால் தடவுதல்- செய்தல் ஷரீஆவின் வழிகாட்டலாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65082</t>
   </si>
   <si>
-    <t>إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا</t>
+    <t>إذا وجد أحدكم في بطنه شيئا، فأشكل عليه أخرج منه شيء أم لا، فلا يخرجن من المسجد حتى يسمع صوتا، أو يجد ريحا</t>
   </si>
   <si>
     <t>'உங்களில் ஒருவருக்கு வயிற்றில் ஏதாவது (சத்தம்) கேட்டு ஏதும் காற்று வெளியேறியதா இல்லையா எனும் சந்தேககம் ஏற்பட்டால், அவர் சத்தத்தைக்  கேட்காத அல்லது காற்று வெளியேறியதாக உணராத வரை (தொழுகையை முறித்து) பள்ளியை விட்டு வெளியேற வேண்டாம்</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம்  கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள்  கூறினார்கள் : 'உங்களில் ஒருவருக்கு வயிற்றில் ஏதாவது (சத்தம்) கேட்டு ஏதும் காற்று வெளியேறியதா இல்லையா எனும் சந்தேககம் ஏற்பட்டால், அவர் சத்தத்தைக்  கேட்காத அல்லது காற்று வெளியேறியதாக உணராத வரை (தொழுகையை முறித்து) பள்ளியை விட்டு வெளியேற வேண்டாம்.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه إذا تردَّد في بطن المصلي شيءٌ، فالتَبَسَ عليه أَخَرَجَ منه شيءٌ أم لا؟ فلا ينصَرف مِن صلاته ويقطعها لإعادة الوضوء، حتى يتيقَّن وجودَ الحَدَثِ الناقِضِ لوضوئه؛ بأنْ يسمعَ صوتَ الرِّيح، أو يَشمَّ الرائحة؛ لأن المتَيقَّن لا يبطلُه الشَّك، وهو قد تيقَّن الطَّهارةَ، والحَدَثُ مشكوكٌ فيه.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் தொழுபவருக்கு வயிற்றில் ஏதாவது ஏற்பட்டு காற்று வெளியேறியதா இல்லையா என்ற குழப்பம் -தடுமாற்றம் ஏற்பட்டால் வுழுவை முறிக்கக் கூடிய தொடக்கு ஏற்பட்டுள்ளது என உறுதியாக அறியும் வரையில் அவர் தனது தொழுகையை விட்டுவிட்டு மீண்டும் வுழு செய்வதற்காக செல்ல வேண்டாம் என இந்த ஹதீஸில் தெளிவுபடுத்துகிறார்கள். அவர் அவ்வாறு தொழுகையை முறித்துக் கொள்வதற்கு  காற்றின் சப்தத்தையோ அல்லது காற்றின் நாற்றத்தையோ நுகர வேண்டும். காற்று வெளியேற வில்லை என உறுதியான நம்பிக்கையுடன் இருக்கும் ஒருவருக்கு ஏற்படும் சந்தேகம் அவரின் உறுதியை பாதிக்கமாட்டாது. இந்த அடிப்படையில்; அவர் சுத்தமாக இருக்கிறார் என்ற நம்பிக்கையே முதன்மைப்படுத்தப்படும். தொடக்கு ஏற்பட்டது என்ற இடையில் ஏற்பட்ட சந்தேகமானது உறுதியற்றது என்பதனால் அதனை விட்டு விட வேண்டும்.</t>
   </si>
   <si>
     <t>هذا الحديث أصل من أصول الإسلام وقاعدة من قواعد الفقه، وهي: أن اليقين لا يزول بالشك، والأصل بقاء ما كان على ما كان، حتى يتيقن خلاف ذلك.
 الشك غير مؤثر في الطهارة، والمصلي باقٍ على طهارته ما لم يتيقن حَدَثًا.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸானது இஸ்லாத்தின் அடிப்படைகளில் ஒன்றாகவும் சட்டவாக்க விதிகளில் ஒன்றாகவும் கருதப்படுகின்ற ' இடையில் ஏற்பட்ட ஒரு சந்தேகம்  ஏலவே உள்ள உறுதியான முடிவை மாற்றாது' என்ற விதியை உள்ளடக்கியுள்ளது. அடிப்படை-மூலம் என்பது அதற்கு முரணான ஒன்று உறுதியானது என்று நிரூபிக்கப்படும் வரையில் அதே நிலையில் இருக்கும்.
 தொழுபவர் தனக்கு தொடக்கு ஏற்படவில்லை என்ற உறுதியோடு இருக்கும் வரையில் சந்தேகம் வுழு முறியாது தூய்மையாக இருத்தல் என்பதில் எவ்விதப் பாதிப்பையும் ஏற்படுத்திட மாட்டாது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65083</t>
   </si>
   <si>
-    <t>حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ</t>
+    <t>حق على كل مسلم أن يغتسل في كل سبعة أيام يوما، يغسل فيه رأسه وجسده</t>
   </si>
   <si>
     <t>'ஏழு நாற்களுக்கு ஒரு முறை தலையையும் மேனியையும் கழுவிக் குளிப்பது ஒவ்வொரு முஸ்லிமுக்கும் கடமையாகும்'</t>
   </si>
   <si>
     <t>عن أبي هريرة قال: قال رسول الله صلى الله عليه وسلم: «حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ».</t>
   </si>
   <si>
     <t>அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறினார்கள்: 'ஏழு நாற்களுக்கு ஒரு முறை தலையையும் மேனியையும் கழுவிக் குளிப்பது ஒவ்வொரு முஸ்லிமுக்கும் கடமையாகும்'</t>
   </si>
   <si>
     <t>أَخْبَرَ رسولُ الله صلى الله عليه وسلم: أنه حقٌّ متأكد على كل مسلم بالغ عاقل أنْ يغتسلَ في كل سبعة أيام من الأسبوع يومًا، فيغسل في هذا اليوم رأسَه وجسدَه، طلبًا للطهارة والنظافة، وأَولى هذه الأيام يومُ الجمعة، كما يُفهم من بعض الروايات، والاغتسال يوم الجمعة قبل الصلاة مستحب استحبابًا مؤكدًا، ولو كان اغتسل يوم الخميس مثلًا، والصارف عن الوجوب قول عائشة رضي الله عنها: "كان الناسُ مَهَنَةَ أنفسهم، وكانوا إذا راحوا إلى الجمعة راحوا في هيئتهم: فقيل لهم: لو اغتسلتم"، رواه البخاري، وفي رواية له: "لهم أرواح" أي رائحة العَرَقِ ونحوِه، ومع ذلك قيل لهم "لو اغتسلتم"، فغيرُهم من باب أولى.</t>
   </si>
   <si>
     <t>வாரத்தில் ஒரு நாள் குளிப்பது பருவவயதை அடைந்த புத்திசுவாதீனமுள்ள ஒவ்வொரு முஸ்லிமுக்கும் வலியுறுத்தப்பட்ட விடயமாகும். அதில் அவர் தன்னை சுத்தப்படுத்திக்கொள்ளும் முகமாக தனது தலையையும் மேனியையும் கழுவிக்கொள்ள வேண்டும் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அறிவித்துள்ளார்கள். இவ்வாறு வாரத்திற்கு ஒரு முறை குளிப்பதற்கு மிகவும் பொருத்தமான நாளாக ஜும்ஆத்தினம் விளங்குகிறது. இதனை சில அறிவிப்புகளிருந்து தெரிந்து கொள்கிறோம். ஜும்ஆத் தொழுகைக்கு முன் குளிப்பது வலியுறுத்தப்பட்டதும் விரும்பத்தக்கதுமான ஒரு விடயம் என்பதை மேற்படி ஹதீஸ் குறிப்பிடுகிறது. ஆனால் ஒருவர் வாரத்தில்  உதாரணத்திற்கு வியாழக்கிழமை குளித்தாலும் பரவாயில்லை. ஏனெனில் ஜும்ஆ நாளில் கட்டாயம் குளித்தாக வேண்டும் என்பதை விடுத்து அது விரும்பத்தக்க விடயம் என்பதை பின்வரும் ஹதீஸ் உணர்த்துகிறது : ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் அறிவிக்கிறார்கள் 'அன்றைய மக்கள் உழைப்பாளர்களாக இருந்தனர். அவர்கள் ஜும்ஆவுக்கு வரும்போது அதே தோற்றத்துடனேயே  வந்து விடுவார்கள். இதனால்தான் நீங்கள் குளித்துக் கொள்ளலாமே (குளித்து சுத்தமாகிக் கொண்டால் நன்றாய் இருக்குமே) என்று  அவர்களிடம் கூறப்பட்டது' (ஆதாரம் புஹாரி) இன்னொரு அறிவிப்பின் படி அவர்களிடம் வியர்வை துர்நாற்றம் வீசியது அவ்வாறிருந்தும் அவர்களுக்கு ' நீங்கள் குளித்திருக்கலாமே' என்ற கட்டளை வாசகமல்லாத அறிவுரை வாசகமாகமே சொல்லப்பட்டது. அந்த வகையில் இவர்களுக்கே இந்த அறிவுரை இருக்கும் போது இவர்கள் அல்லாதோர் குளிக்காது சமூகமளிப்பதில் எவ்விதக் குற்றமுமில்லை.</t>
   </si>
   <si>
     <t>اهتمام وعناية الإسلام بالنظافة والطهارة.
 غسل الجمعة مستحب استحبابًا مُؤكدًا للصلاة.
 ذِكْر الرَّأس وإن كان ذِكْر الجسد يشمله؛ للاهتمام به.
 ﻳﺠﺐ ﺍﻟﻐﺴﻞ ﻋﻠﻰ ﻛﻞ ﻣﻦ ﻭُﺟِﺪﺕْ ﺑﻪ ﺭﺍﺋﺤﺔٌ ﻛﺮﻳﻬﺔٌ ﻳﺘﺄﺫﻯ ﺑﻬﺎ ﺍﻟﻨﺎس.
 آكَدُ يومٍ للاغتسال يوم الجمعة؛ لفضله.</t>
   </si>
   <si>
     <t>இஸ்லாம் சுத்தம் மற்றும் தூய்மைக்கு வழங்கியிருக்கும் முக்கியத்துவத்தை இந்த ஹதீஸ் விளக்குகிறது.
 ஜும்ஆத் தொழுகைக்காக குளிப்பது வலியுறுத்தப்பட்ட ஒரு ஸுன்னாவாகும்.
 குளிக்கும் போது தலையையும் உடலையும்  கழுவுங்கள் என்பதில் உடலைக் கழுவுங்கள் என்பது அனைத்துப்பகுதிகளையும் உள்ளடக்கிக் கொண்டாலும் இது குறித்து கரிசனை செலுத்த வேண்டும் என்ற நோக்கில் இவ்வாறு குறிப்பிடப்பட்டுள்ளது.
 மக்கள் அசௌகரியப்படுமளவிற்கு துர்நாற்றம் இருப்பதை உணரும் ஒவ்வொருவரும் குளிப்பது கடமையாகும்.
 ஜும்ஆதினத்தின் சிறப்பு காரணமாக அத்தினத்தில் குளிப்பது வலியுறுத்தப்பட்டதாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65084</t>
   </si>
   <si>
-    <t>أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ</t>
+    <t>أتيت النبي صلى الله عليه وسلم أريد الإسلام، فأمرني أن أغتسل بماء وسدر</t>
   </si>
   <si>
     <t>நான் நபி ஸல்லல்லாஹு அவர்களிடம் இஸ்லாத்தை தழுவுவதற்காக வந்தேன். அப்போது நபியவர்கள் நீர் மற்றும் இலந்தை இலையைக் கொண்டு குளித்துவருமாறு எனக்குப் பணித்தார்கள்</t>
   </si>
   <si>
     <t>عن قيس بن عاصم رضي الله عنه قال: أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ.</t>
   </si>
   <si>
     <t>கைஸ் இப்னு ஆஸிம் ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள்: நான் நபி ஸல்லல்லாஹு அவர்களிடம் இஸ்லாத்தை தழுவுவதற்காக வந்தேன். அப்போது நபியவர்கள் நீர் மற்றும் இலந்தை இலையைக் கொண்டு குளித்துவருமாறு எனக்குப் பணித்தார்கள்.</t>
   </si>
   <si>
     <t>جاء قيسُ بن عاصم إلى النبيِّ صلى الله عليه وسلم وهو يريد أن يُسْلِم، فأمرَه النبيُّ صلى الله عليه وسلم أن يَغتسِلَ بماء وشَجَرِ السِدْر؛ لكون أوراقِهِِ تُستَعمل في التنظيف؛ ولِمَا له من رائحة طيبة.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அவர்களிடம் இஸ்லாத்தை தழுவுவதற்காக கைஸ் இப்னு ஆஸிம் அவர்கள் வந்தார்கள், அப்போது நபியவர்கள் நீர் மற்றும் சுத்தப்படுத்திக் கொள்வதற்காக  உபயோப் படுத்தும் நறுமணம் நிறைந்த இலந்தை மரத்தின் இலையைக் கொண்டு குளித்துவருமாறு பணித்தார்கள்.</t>
   </si>
   <si>
     <t>مشروعيَّة اغتسال الكافر عند دخوله في الإسلام.
 شرف الإسلام واهتمامه بالجسد والرُّوح معًا.
 اختلاط الماء بالأشياء الطّاهرة لا يخرِجه عن الطّهوريَّة.
 يقوم مقام السدر المنظفات الحديثة، كالصابون ونحوه.</t>
   </si>
   <si>
     <t>ஒரு காபிர் இஸ்லாத்தில் நுழையும் போது குளித்தல் மார்க்கத்தில் உள்ளதாகும்.
 உடல் மற்றும் ஆன்மாவிற்கான இஸ்லாத்தின் கரிசனையானது அதன் மேன்மையை எடுத்தியம்புகிறது.
 சுத்தமான நீரில் சுத்தமான பொருட்கள் கலப்பது அதன் இயல்பான சுத்தத்தில் எவ்விதப் பாதிப்பையும் ஏற்படுத்திவிடமாட்டாது.
 வாசணை நிறைந்த ஸித்ர் மர இலையின் இடத்தில் தற்போது நறுமண சோப்புகளை அது போன்றவைகளை யன்படுத்திட முடியும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65085</t>
   </si>
   <si>
-    <t>إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ</t>
+    <t>إذا قال المؤذن: الله أكبر الله أكبر، فقال أحدكم: الله أكبر الله أكبر</t>
   </si>
   <si>
     <t>பாங்கு சொல்பவர் 'அல்லாஹு அக்பர் அல்லாஹு அக்பர் (பொருள் :அல்லாஹ் மிகப் பெரியவன், அல்லாஹ் மிகப் பெரியவன்)என்றால் நீங்களும் 'அல்லாஹு அக்பர் அல்லாஹு அக்பர் என்று சொல்ல வேண்டும்</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، ثُمَّ قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الصَّلَاةِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الْفَلَاحِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: لَا إِلَهَ إِلَّا اللهُ مِنْ قَلْبِهِ دَخَلَ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதாக உமர் இப்னுல் கத்தாப் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள் : பாங்கு சொல்பவர் 'அல்லாஹு அக்பர் அல்லாஹு அக்பர் (பொருள் :அல்லாஹ் மிகப் பெரியவன், அல்லாஹ் மிகப் பெரியவன்)என்றால் நீங்களும் 'அல்லாஹு அக்பர் அல்லாஹு அக்பர் என்று சொல்ல வேண்டும்.
 பிறகு அவர் 'அஷ்ஹது அன்லா இலாஹ இல்லல்லாஹ்' (பொருள் : அல்லாஹ்வைத் தவிர உண்மையாக வணங்கப்படக்கூடிய வேறு இறைவனில்லை என்று நான் சாட்சிகூறுகிறேன்.) என்றால் நீங்களும் அஷ்ஹது அன்லா இலாஹ இல்லல்லாஹ் என்று சொல்ல வேண்டும்.
 பிறகு அவர் அஷ்ஹது அன்ன முஹம்மதர் ரஸூலுல்லாஹ் (பொருள் : (முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இறைவனின் தூதர் ஆவார்கள் என்று நான் உறுதி மொழிகிறேன்' என்றால் நீங்களும் அஷ்ஹது அன்ன முஹம்மதர் ரஸூலுல்லாஹ் என்று சொல்ல வேண்டும். பிறகு அவர் ஹய்ய அலஸ்ஸலாஹ், (பொருள் தொழுகைக்காக விரைந்து வாருங்கள்) என்றால், அப்போது நீங்கள் 'லாஹவ்ல வலாகுவ்வத்த இல்லா பில்லாஹ்' (பொருள்: நன்மையை செய்வதற்கோ தீமையிலிந்து தவிரந்திருக்கவோ அல்லாஹ்வின் உதவியின்றி முடியாது' என்று சொல்ல வேண்டும்;
 பிறகு அவர் 'ஹய்ய அலல்ஃபலாஹ்' என்றால் அப்போதும் நீங்கள் லாஹவ்ல வலா குவ்வத்த இல்லா பில்லாஹ் என்று சொல்லவேண்டும்
 பிறகு அவர் 'அல்லாஹு அக்பர் அல்லாஹு அக்பர் என்றால் நீங்களும் அல்லாஹு அக்பர், அல்லாஹு அக்பர் என்று சொல்லவேண்டும்;
 பிறகு அவர் 'லாஇலாஹ இல்லல்லாஹ்' என்றால் நீங்களும் 'லாஇலாஹ இல்லல்லாஹ' என்று உள்ளத்தின் உறுதியுடன் கூறினால் அத்தகையோர் சுவர்க்கம் புகுவர்'.</t>
   </si>
   <si>
     <t>الأذان هو إعلام الناس بدخول وقت الصلاة، وكلمات الأذان كلمات جامعة لعقيدة الإيمان.
 وفي هذا الحديث بَيَّنَ النبيُّ صلى الله عليه وسلم المشروعَ عند سماع الأذان، وهو أن يقول السامع مثل ما يقول المؤذن، فإذا قال المؤذن " الله أكبر" قال السامع: "الله أكبر"، وهكذا؛ إلا عند قول المؤذن "حي على الصلاة"، "حي على الفلاح"، فيقول السامع: "لا حول ولا قوة إلا بالله".
 وبَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن رَدَّد مع المؤذن خالصًا من قلبه دخل الجنة. 
 ومعاني كلمات الأذان:
 "الله أكبر": أي أنه سبحانه أعظم وأجل وأكبر من كل شيء.
 "أشهد أن لا إله إلا الله": أي لا معبود حق إلا الله.
 "أشهد أن محمّدًا رسول الله": أي أقرُّ وأشهد بلساني وقلبي، بأن محمدًا رسول الله، أرسله الله عز وجل، وتجب طاعته.
 "حيَّ على الصَّلاة"، أي تَعالَوا إلى الصَّلاة، وقول السامع: "لا حول ولا قوَّة إلّا بالله"، أي لا حِيلَة في الخَلاص مِن مَوانع الطاعة، ولا قوَّة على فِعْلِها ولا قدرة على شيءٍ مِن الأشياء إلّا بتوفيق الله تعالى.
 "حيَّ على الفلاح"، أي تعالَوا إلى سبب الفلاح، وهو الفوز بالجنة والنجاة من النار.</t>
   </si>
   <si>
     <t>அதான் என்பது தொழுகையின் நேரம் வந்து விட்டது என்பதை மக்களுக்கு அறிவிப்பதாகும். அதானின் வார்த்தைகள் யாவும் ஈமானிய நம்பிக்கையின் தொகுப்பாக காணப்படுகிறது.
 இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் 'அதானை' செவிமடுக்கையில் மார்க்கத்தில் பின்பற்ற வேண்டிய விடயங்களை தெளிவுபடுத்துகிறார்கள். அதாவது அதானை செவிமடுப்பவர் முஅத்தின் சொல்வது போன்று அவரும் பதில் கூறவேண்டும். உதாரணத்திற்கு முஅத்தின் 'அல்லாஹு அக்பர்' என்று கூறினால் அதானை செவிமடுப்பவர் அல்லாஹு அக்பர் எனக் கூறவேண்டும். என்றாலும் முஅத்தின் 'ஹய்யஅலஸ்ஸலாஹ் 'ஹய்யஅலல் பலாஹ்' எனக் கூறும்போது லாஹவ்ல வலாகுவ்வத இல்லாபில்லாஹ் எனப் பதில் கூறவேண்டும்.
 ஒருவர் முஅத்தினுடன் சேர்ந்து அவர்கூறும் வார்த்தைகளை உளத்தூய்மையுடன் கூறினால் அவர் சுவர்க்கம் நுழைவார் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவுபடுத்துகிறார்கள்.
 அதான் வாசகங்களின் கருத்துக்கள் : 'அல்லாஹு அக்பர்' என்பது அல்லாஹ் மிகவும் தூய்மையானவன், மிகவும் போற்றுதலுக்குரியவன், மிகவும் கண்ணியமானாவன் அனைத்து விடயங்களை விடவும் பெரியவன் என்பதைக் குறிக்கும்.
 அஷ்ஹது அன்லாஇலாஹ இல்லல்லாஹ்' என்பது உண்மையாக வணங்கப்படத் தகுதியானவன் அல்லாஹ்வைத் தவிர வேறு கடவுள் இல்லை'  என்பதைக் குறிக்கும்.
 'அஷ்ஹது அன்ன முஹம்மதர் ரஸூலுல்லாஹ்' என்பதன் பொருள் : முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அல்லாஹ்வின் தூதர், அவர்களை அல்லாஹ் தூதராக அனுப்பினான் என்பதை உள்ளத்தால் ஏற்று நாவால் சாட்சி கூறுகிறேன். என்பதாகும். மேலும் அவர்களுக்கு கட்டுப்படுவது கடமையாகும்.
 'ஹய்யஅலஸ் ஸலாஹ்'என்பதன் கருத்து : தொழுகைக்காக விரைந்து வருங்கள் என்பதாகும். இதனைக் செவிமடுத்தவரின் பதில் 'லாஹவ்ல வலா குவ்வத இல்லாபில்லாஹ் என்பதன் அர்த்தம்: கட்டுப்படுவதற்கு தடையாக இருப்பவற்றிலிருந்து மீட்சி பெருவதற்குரிய வழியும்; அவற்றை செய்வதற்குரிய சக்தியும் அத்துடன் எந்த ஒருவிடயத்தையும் செய்வதற்கு வல்லமையும் அல்லாஹ்வின் உதவியின்றி கிடையாது'.
 'ஹய்ய அலல்பலாஹ' என்பது வெற்றியின் வழியை நோக்கி வாருங்கள். அதுதான் சுவர்க்கத்தை வெற்றிகொள்வதும், நரகத்தை விட்டும் தப்புவதுமாகும்.</t>
   </si>
   <si>
     <t>فضل إجابة المؤذن بمثل ما يقول، إلا في الحَيْعَلَتَيْن، فيقول " لا حول ولا قوة إلا بالله".</t>
   </si>
   <si>
     <t>முஅத்தின் கூறுவது போன்று அதானுக்கு பதிலளிப்பதன் சிறப்பு குறிப்பிடப்பட்டிருத்தல், என்றாலும் முஅத்தின் ஹய்யஅலஸ்ஸலாஹ், ஹய்யஅலல் பலாஹ் எனக் கூறுகையில் மாத்திரம் 'லா ஹவ்ல வலாகுவ்வத இல்லாபில்லாஹ்' என்ற வாசகத்தை கூறுதல் வேண்டும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65086</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ</t>
+    <t>إذا سمعتم المؤذن فقولوا مثل ما يقول، ثم صلوا علي</t>
   </si>
   <si>
     <t>தொழுகை அறிவிப்பாளரின் (முஅத்தின்) அறிவிப்பை நீங்கள் செவியுற்றால் அவர் கூறுவதைப் போன்றே நீங்களும் கூறுங்கள். பின்பு என்மீது ஸலவாத் சொல்லுங்கள்</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنها أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ، فَإِنَّهُ مَنْ صَلَّى عَلَيَّ صَلَاةً صَلَّى اللهُ عَلَيْهِ بِهَا عَشْرًا، ثُمَّ سَلُوا اللهَ لِيَ الْوَسِيلَةَ، فَإِنَّهَا مَنْزِلَةٌ فِي الْجَنَّةِ، لَا تَنْبَغِي إِلَّا لِعَبْدٍ مِنْ عِبَادِ اللهِ، وَأَرْجُو أَنْ أَكُونَ أَنَا هُوَ، فَمَنْ سَأَلَ لِيَ الْوَسِيلَةَ حَلَّتْ لَهُ الشَّفَاعَةُ».</t>
   </si>
   <si>
     <t>தான் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் கேட்டதாக அப்துல்லாஹ் இப்னு அம்ருப்னுல் ஆஸ் ரழியல்லாஹு  அன்ஹு  அறிவிக்கிறார்கள்: தொழுகை அறிவிப்பாளரின் (முஅத்தின்) அறிவிப்பை நீங்கள் செவியுற்றால் அவர் கூறுவதைப் போன்றே நீங்களும் கூறுங்கள். பின்பு என்மீது ஸலவாத் சொல்லுங்கள். ஏனெனில், என்மீது யார் ஒருமுறை ஸலவாத் சொல்கிறாரோ அதன் காரணத்தால் அவருக்குப் பத்து முறை அல்லாஹ் அருள்புரிகின்றான். பின்பு எனக்காக அல்லாஹ்விடம் வஸீலாவைக் கேளுங்கள். வஸீலா என்பது சொர்க்கத்திலுள்ள (உயர்) பதவியாகும்; அல்லாஹ்வின் அடியார்களில் ஒருவருக்குத்தான் அது கிடைக்கும். அந்த ஒருவர் நானாகவே இருக்க விரும்புகிறேன். எனவே, எனக்காக அந்தப் பதவியை (அல்லாஹ்விடம்) கேட்பவருக்கு (மறுமை நாளில்) எனது பரிந்துரை அவசியம் கிடைக்கும்.</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن سمع المؤذِّنَ للصلاة أنْ يُردِّدَ خلفه فيقول مثلَ قولِه، ما عدا الحَيْعَلَتَيْن، فإنه يقول بعدهما: لا حول ولا قوة إلا بالله، ثم يصلي على النبي صلى الله عليه وسلم عقب الانتهاء من الأذان، فإنه من صلّى عليه صلاةً واحدة صلى الله عليه بسببِها عشر صلوات، ومعنى صلاة الله على عبدِه: ثناؤه على العبد عند الملائكة.
 ثم أمر بسؤال الله الوسيلةَ له صلى الله عليه وسلم، وهي مَنْزِلَةٌ في الجنة، وهي أعلاها، لا تصلح ولا تتيسر تلك المنزلة إلا لعبد واحد من جميع عباد الله تعالى، وأرجو أن أكون هو أنا، وإنما قال صلى الله عليه وسلم ذلك تواضعًا؛ لأنه إذا كانت تلك المنزلة الرفيعة لا تكون إلا لواحد، فلا يكون ذلك الواحد إلا هو صلى الله عليه وسلم؛ لأنه أفضل الخلق.
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن دعا للنبيِّ صلى الله عليه وسلم بالوسيلةِ حَصَلَتْ له شفاعتُه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>தொழுகைக்காக முஅத்தின் அதான் சொல்லக்  கேட்டால் 'ஹய்யஅலஸ்ஸலாத்'; ஹய்யஅலலல் பலாஹ்' தவிர்ந்த வாசகங்களில் அவரைத் தொடர்ந்து அவர் கூறுவதைப் போன்று பதில் கூறுமாறும், மேற்படி இரு வாசகங்களை கூறுகையில் 'லாஹவ்ல வலாகுவ்வத இல்லா பில்லாஹ்' என்று பதில் கூறுமாறும், அதான் கூறி முடிந்ததைத் தொடர்ந்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மீது ஸலவாத் கூறுமாறும் இந்த ஹதீஸில் வழிகாட்டுகிறார்கள். யார் நபியவர்கள் மீது ஒரு முறை  ஸலவாத் கூறுகிறாரோ அதன் காரணமாக அவரின் மீது அல்லாஹ் பத்து தடவை ஸலவாத் கூறுகிறான். அல்லாஹ் அடியார் மீது ஸலவாத் கூறுதல் என்பது மலக்குகளிடத்தில் அந்த அடியானை அல்லாஹ் புகழ்வதைக் குறிக்கும்.
 பின்னர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு வஸீலா எனும் சுவர்க்கத்தின் மிக உயர்ந்த பதவியை வழங்குமாறு அல்லாஹ்விடம் இறைஞ்சுமாறு கட்டளையிட்டார்கள். இவ்வுயர் பதவியானது உலகில் உள்ள அனைத்து அடியார்களில் ஒரே ஒரு அடியாருக்குத் தவிர வேறு யாருக்கும் சாத்தியமாகாது. அந்த அடியான் நானாக இருக்க வேண்டும் என எதிர்பார்க்றேன். இவ்வாறு நபியவர்கள் கூறியது அவர்களின் பணிவினாலாகும். ஏனெனில் அடியார்களில் இவ்வுயரிய அந்தஸ்தை பெருவதற்கு அவ்கள்; ஒருவரே பொருத்தமானவர்கள்; காரணம், அவர்களே அடியார்களில் மிகவும் சிறப்புக்குரியர்கள்.
 இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் யார் நபியவர்களுக்காக வஸீலாவை அல்லாஹ்விடம் கேட்கிறாறோ அவருக்கு நபியவர்களின் ஷபாஅத் -பரிந்துரை கிடைக்கும் எனவும் தெளிவு படுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>الحث على إجابة المؤذن.
 فضل الصلاة على النبي صلى الله عليه وسلم بعد إجابة المؤذن.
 الحث على سؤال الوسيلة للنبي صلى الله عليه وسلم بعد الصلاة عليه.
 بيان معنى الوسيلة، وعلو شأنها، حيث لا تصلح إلا لعبد واحد.
 بيان فضل النبي صلى الله عليه وسلم حيث اختُص بتلك المنزلة الرفيعة.
 من سأل الله تعالى الوسيلة للنبي صلى الله عليه وسلم حلت له الشفاعة.
 بيان تواضعه صلى الله عليه وسلم حيث طلب من أمته الدعاء له بتلك المنزلة، مع أنها ستكون له.
 سعة فضل الله ورحمته، فالحسنة بعشر أمثالها.</t>
   </si>
   <si>
     <t>அதான் கூறுபவரின் அதானுக்கு பதில் கூறுமாறு வலியுறுத்தல் .
 அதான் கூறுபவரின் அதானுக்கு பதில் கூறிய பின் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் மீது ஸலவாத் சொல்வதன் சிறப்பு குறிப்பிடப்பட்டிருத்தல்.
 நபி மீது ஸலவாத் கூறியதை தொடர்ந்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்காக வஸீலாவை கேட்குமாறு வலியுறுத்தல்.
 வஸீலா என்பதன் கருத்தும் அதன் மேன்மையும், அப்பதவியானது ஒரு அடியாருக்கு மாத்திரமே உரியது என்பது பற்றி விபரித்திருத்தல்.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அந்த உயர்ந்த பதவிக்கு தனித்துத் திகழ்ந்ததால் அவர்களின் சிறப்பை விளக்குதல்.
 யார் அல்லாஹ்விடம் நபியவர்களுக்கு வஸீலாக் கிடைக்க பிரார்த்திக்கிறாரோ அவருக்கு நபியவர்களின் ஷபாஅத் -பரிந்துரை- மறுமையில் கிடைக்கும்.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்களின் பணிவை விளக்குதல், அன்னார் அவ்வுயர் பதவி தனக்குக் கிடைக்குமென்றிருந்தும் அது தனக்குக் கிடைக்க வேண்டுமெனப் பிரார்த்திக்குமாறு தனது சமூகத்திடம் பிரார்த்திக்குமாறு வேண்டியுள்ளார்கள்.
 ஒரு நன்மைக்கு அதே போன்ற பத்து நன்மைகள் உண்டு என்ற நபியவர்களின் வாக்கு  அல்லாஹ்வின் அருள் மற்றும் கருணையின் எல்லையற்ற தன்மையை காட்டுகிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65087</t>
   </si>
   <si>
-    <t>مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ</t>
+    <t>من نسي صلاة فليصل إذا ذكرها، لا كفارة لها إلا ذلك</t>
   </si>
   <si>
     <t>'யார் ஒரு கடமையான தொழுகையை நிறைவேற்ற  மறந்துவிடுகிறாரோ அவர் அதனை ஞாபகம் வந்ததும் தொழுது கொள்ளட்டும்; அதற்கான குற்றப்பரிகாரம் அதனைத்தவிர வேறுஒன்றுமில்லை</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ: {وَأَقِمِ الصَّلاةَ لِذِكْرِي} [طه: 14]».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'யார் ஒரு கடமையான தொழுகையை நிறைவேற்ற  மறந்துவிடுகிறாரோ அவர் அதனை ஞாபகம் வந்ததும் தொழுது கொள்ளட்டும்; அதற்கான குற்றப்பரிகாரம் அதனைத்தவிர வேறுஒன்றுமில்லை (என்னை நினைவு படுத்த தொழுகையை நிலைநாட்டுவீராக,) (தாஹா :14)</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن نَسِيَ أداءَ أيِّ صلاةٍ مفروضةٍ حتى خرج وقتُها، فعليه أن يبادرَ ويُسرع إلى قضائها حال تَذَكُّرِه لها، فلا محو وستر لذنبِ تركِها إلا أنْ يُصليَها المسلمُ عند تذكُّرِها، قال الله في كتابه الكريم: {وأقم الصلاة لذكري} [طه: 14]،  أي: أقم الصلاة المنسية إذا ذكرتَها.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கடமையான எந்த தொழுகையாயினும் அதன் நேரம் கடந்த பின்னும் நிறைவேற்ற மறந்து விட்டால், அவருக்கு ஞாபகம் வரும் வேளை உடன் விரைந்து நிறைவேற்ற வேண்டும். அதனை விட்டதனால் ஏற்றபட்ட பாவத்தை நீக்குவதற்கும் மறைப்பதற்குமான வழி அது நினைவுக்கு வந்தவுடன் அதனை நிறைவேற்றுவதைத் தவிர வேறு வழி கிடையாது. அல்லாஹ் தனது திருமறையில் 'என்னை நினைவுபடுத்துவதற்காக தொழுகையை நிலைநாட்டுவீராக எனக் குறிப்பிடுகிறான்' இதன் கருத்து : நீ நிறைவேற்ற மறந்த தொழுகையை ஞாபகம் வரும்போது அதனை நிறைவேற்றுவீராக என்பதாகும்.</t>
   </si>
   <si>
     <t>بيان أهمية الصلاة وعدم التهاون في أدائها وقضائها.
 لا يجوز تأخيرُ الصلاة عن وقتِها عَمْدًا بدون عذر.
 وجوب قضاء الصلاة على الناسي إذا ذَكَرَ والنائم إذا استيقظ.
 وجوب قضاء الصلوات على الفور ولو في أوقات النهي.</t>
   </si>
   <si>
     <t>தொழுகையின் முக்கியத்துவம் மற்றும் அதனை உரிய நேரத்தில் நிறைவேற்றுவதிலும் மறதி போன்ற தக்க காரணம் நிமித்தம் நேரம் கடந்து நிறைவேற்றுவதிலும் அலட்சியமாக இருக்கக் கூடாது எனபதை தெளிவுபடுத்தல்.
 நியாயமான காரணங்கள் இன்றி தொழுகையை அதற்குரிய நேரத்தை விட்டும் பிற்படுத்துவது கூடாது.
 தொழுகையை நிறைவேற்ற  மறந்தவர் தமக்கு ஞாபகம் வந்த வேளையிலும், தூங்கியவர் எழுந்ததும் தொழுகையை நிறைவேற்றுவது  கடமையாகும்.
 தொழுவது தடுக்கப்பட்ட நேரங்களாயினும் கழாத் தொழுகைகளை விரைந்து உடன்  நிறைவேற்றுவது கடமையாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65088</t>
   </si>
   <si>
-    <t>مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ</t>
+    <t>من بنى مسجدا لله بنى الله له في الجنة مثله</t>
   </si>
   <si>
     <t>யார் அல்லாஹ்வுக்காக பள்ளியை கட்டுகிறாரோ அதனைப்போன்ற ஒன்றை சுவர்க்கத்தில் அவனுக்காக கட்டுகிறான்</t>
   </si>
   <si>
     <t>عَنْ ‌مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه: أَنَّ ‌عُثْمَانَ بْنَ عَفَّانَ أَرَادَ بِنَاءَ الْمَسْجِدِ فَكَرِهَ النَّاسُ ذَلِكَ، وَأَحَبُّوا أَنْ يَدَعَهُ عَلَى هَيْئَتِهِ، فَقَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ».</t>
   </si>
   <si>
     <t>மஹ்மூத் இப்னு லபீத் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : உஸ்மான் இப்னு அப்பான் ரழியல்லாஹு அன்ஹு அவர்கள் பள்ளியை –மஸ்ஜிதுன் நபவியை- மீள் நிர்மாணிக்க –புணரமைக்க- நாடியபோது அதனை மக்கள் விரும்பவில்லை, அதனை நபியவர்களின் காலத்தில் இருந்த அமைப்பில் இருப்பதை விரும்பினார்கள். அப்போது அவர்கள் 'யார் அல்லாஹ்வுக்காக பள்ளியை கட்டுகிறாரோ அதனைப்போன்ற ஒன்றை சுவர்க்கத்தில் அவனுக்காக கட்டுகிறான் என்று நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை தான் கேட்டதாகக் கூறினார்கள்.</t>
   </si>
   <si>
     <t>أراد عثمانُ بن عفان رضي الله عنه إعادةَ بناءِ مسجدِ النبيِّ صلى الله عليه وسلم على وجهٍ أحسن من بنائه الأول، فكَرِه الناسُ ذلك؛ لِمَا فيه من تغيير بناء المسجد عن هيئةِ بُنْيانِه في عهد النبي صلى الله عليه وسلم، فكان المسجد مَبْنِيًّا باللَّبِن، وسَقْفُه كان من الجَرِيْد، ولكن عثمان أراد أن يَبنيَه بالأحجار والجَصّ، فأخبرهم عثمان رضي الله عنه، أنه سمع النبي صلى الله عليه وسلم يقول: مَن بَنى مسجدًا طلبًا لمرضاته تعالى لا رياء ولا سمعة، جزاه الله أفضلَ جزاءٍ مِن جِنسِ عملِه، وهذا الجزاء هو بناءُ الله له مثلَه في الجنة.</t>
   </si>
   <si>
     <t>உஸ்மான் இப்னு அப்பான் ரழியல்லாஹு அன்ஹு அவர்கள் மஸ்ஜிதுன் நபவியை முன்பிருந்ததை விட மிக அழகிய தோற்றத்தில் புணர்நிர்மானம் செய்ய விரும்பினார்கள். நபி ஸல்லல்லாஹு அலைஹிஸ்ஸலாம் அவர்களின் காலத்தில் இருந்த கட்டடத்தின் தோற்றம் மாறிவிடும் என்பதனால் மக்கள் இதனை விரும்பவில்லை. மஸ்ஜிதுன் நபவியானது களிமண்ணால் கட்டப்பட்டு ஈத்தம் ஒழைகளால் வேயப் பட்டிருந்தது. இதனை மாற்றியமைத்து கல் மற்றும் சுன்னாம்பினால் அதனை நிர்மாணிக்க உஸ்மான் ரழியல்லாஹு அவர்கள் விரும்பினார். அவ்வேளை உஸ்மான் ரழியல்லாஹு அவர்கள் மக்களிடம் தான் நபிஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களிடம் கேட்டதாக பின்வரும் இந்த செய்தியை குறிப்பிட்டார்கள் : யார் ஒருவர் அல்லாஹ்வின் திருப்தியை மாத்திரம் வேண்டி முகஸ்துதி பிறர் புகழ் நாடாது இறையில்லத்தை நிர்மாணிக்கிறாரோ அவருக்கு அதையொத்த கூலியான சுவர்க்கத்தில் அவருக்கென அதே மாதிரியான ஒன்றை நிர்மாணிக்கிறான் என்றார்கள்.</t>
   </si>
   <si>
     <t>الحث على بناء المساجد وفضل ذلك.
 توسيع المسجد وتجديده داخِلٌ في فضل البناء.
 أهمية الإخلاص لله تعالى في جميع الأعمال.</t>
   </si>
   <si>
     <t>இறையில்லம் அமைக்க வலியுறுத்தப்படுவதுடன் அதன் சிறப்பும் குறிப்பிடப்பட்டிருத்தல்.
 பள்ளிவாயிலை விஸ்தரித்தல் அதனை புணர்நிர்மானம் செய்தல் போன்றன பள்ளியை நிர்மாணித்தல் என்ற சிறப்பினுள் உள்ளடங்கும்.
 செயற்பாடுகள் அனைத்திலும் அல்லாஹ்வுக்கென்ற உளத்தூய்மையை பேணுவதன் முக்கியத்துவம் எடுத்துக் காட்டப்பட்டுள்ளமை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65089</t>
   </si>
   <si>
-    <t>صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ</t>
+    <t>صلاة في مسجدي هذا خير من ألف صلاة فيما سواه إلا المسجد الحرام</t>
   </si>
   <si>
     <t>எனது இந்த (மஸ்ஜிதுந் நபவீ) பள்ளியில் தொழுவது ஏனைய பள்ளிவாசல்களில் தொழும் ஆயிரம் தொழுகைகளை விடச் சிறந்ததாகும். ஆனால் (மக்காவிலுள்ள) மஸ்ஜிதுல் ஹராம் பள்ளிவாசலைத் தவிர</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ».</t>
   </si>
   <si>
     <t>நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : எனது இந்த (மஸ்ஜிதுந் நபவீ) பள்ளியில் தொழுவது ஏனைய பள்ளிவாசல்களில் தொழும் ஆயிரம் தொழுகைகளை விடச் சிறந்ததாகும். ஆனால் (மக்காவிலுள்ள) மஸ்ஜிதுல் ஹராம் பள்ளிவாசலைத் தவிர.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فضْلَ الصلاةِ في مسجده، وأنه أفضل ثوابًا من ألف صلاة فيما سواه من مساجد الأرض، إلا المسجد الحرام بمكة، فهي أفضل من الصلاة في مسجده صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தமது பள்ளியில் தொழுவதன் சிறப்பை இந்த ஹதீஸில் தெளிவுபடுத்தியுள்ளார்கள். அதாவது இந்த உலகத்தில் உள்ள பள்ளிகளில் தொழும் தொழுகைக்கு கிடைக்கும் கூலியை விடவும் மஸ்ஜிதுன் நபவியில் தொழுவது ஆயிரம் தொழுகைக்குரிய கூலியைவிடவும் அதிகம் நன்மைகளை பெற்றுத்தரவல்லது. மக்காவிலுள்ள மஸ்ஜிதுல் ஹராமில் தொழுவது மஸ்ஜிதுன் நபவியில் தொழுவதை விடவும் அதிகம் நன்மையை பெற்றுத்தரவல்லது.</t>
   </si>
   <si>
     <t>مُضاعَفة أجر الصلاة في المسجد الحرام، والمسجد النبوي.
 الصلاةَ في المسجد الحرام خيرٌ مِن مائة ألفِ صلاةٍ في غيره مِن المساجد.</t>
   </si>
   <si>
     <t>அல் மஸ்ஜிதுல் ஹராமிலும் மஸ்ஜிதுன் நபவியிலும் தொழுவதற்கான நன்மை இரட்டிபாக்கப் பட்டிருத்தல்.
 மஸ்ஜிதுல் ஹராமில் தொழுவது ஏனைய பள்ளிவாயில்களில் ஒரு இலட்சம் தொழுகைகளை தொழுவதை விடவும் சிறப்புக்குறியது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65090</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ</t>
+    <t>إذا دخل أحدكم المسجد فليركع ركعتين قبل أن يجلس</t>
   </si>
   <si>
     <t>''உங்களில் ஒருவர் பள்ளிக்குச்சென்றால் அவர் உட்கார முன் இரண்டு ரக்அத்கள் தொழுதுகொள்ளட்டும்''</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي قَتَادَةَ السَّلَمِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூகதாதா அஸ்ஸுலமி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: ''உங்களில் ஒருவர் பள்ளிக்குச்சென்றால் அவர் உட்கார முன் இரண்டு ரக்அத்கள் தொழுதுகொள்ளட்டும்''.</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن أتى المسجدَ ودَخَلَه في أيِّ وقت، ولأيِّ غَرَضٍ، أنْ يُصليَ ركعتين قبل أنْ يَجلس، وهما ركعتا تحية المسجد.</t>
   </si>
   <si>
     <t>யாராவது ஒருவர் பள்ளிக்குள் எந்த நேரத்திலேனும் வந்தாலும் அல்லது எந்த நோக்கத்திற்கு வந்தாலும் அவர் அமரும் முன் பள்ளியின் காணிக்கை தொழுகை 'தஹிய்யதுல் மஸ்ஜித்' இரண்டு ரக்அத்துக்களை  தொழுது கொள்ளுமாறு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் வலியுறுத்தியுள்ளார்கள்.</t>
   </si>
   <si>
     <t>استحبابُ صلاةِ ركعتين تحيةً للمسجد قبل الجلوس.
 هذا الأمر لمن أراد الجلوس، فمن دخل المسجد وخرج قبل أن يجلس لا يتناوله الأمر.
 إذا دخل المصلي والناس في الصلاة فدخل معهم فيها أغناه عن الركعتين.</t>
   </si>
   <si>
     <t>பள்ளியினுள் அமர்வதற்கு முன் தஹிய்யத்துல் மஸ்ஜித் இரண்டு ரக்அத்துக்களை தொழுதுகொள்வது வரவேற்கத்தக்கதாகும்.
 மேற்படி தொழும் கட்டளையானது பள்ளியினுள் சென்று உட்காருபவருக்காகும். ஆனால் யாராவது ஒருவர் பள்ளிக்குச்சென்று அமர்வதற்குமுன் வெளியே வந்துவிட்டால் அவ்வாறானவரை இக்கட்டளை உள்ளடக்காது.
 ஜமாஅத் தொழுகை நடந்து கொண்டிருக்கையில் தொழுகைக்காக சென்றவர் அவர்களுடன் சேர்ந்து தொழல் வேண்டும். அவர் இரண்டு ரக்அத் தஹிய்யதுல் மஸ்ஜித் தொழவேண்டிய அவசியம் இல்லை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65091</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ</t>
+    <t>إذا دخل أحدكم المسجد فليقل: اللهم افتح لي أبواب رحمتك، وإذا خرج فليقل: اللهم إني أسألك من فضلك</t>
   </si>
   <si>
     <t>உங்களில் ஒருவர் பள்ளிக்குள் (மஸ்ஜிதினுள்) நுழைகையில் 'அல்லாஹும்மப்பதஹ்லீ அப்வாப ரஹ்மதிக'  என்று கூறட்டும். (யா அல்லாஹ் உனது அருளின் வாயில்களை எனக்கு திறந்து தருவாயாக). அவர் பள்ளியிலிருந்து வெளியேறும் போது 'அல்லாஹும்ம இன்னீ அஸ்அலுக மின் பழ்லிக' என்று கூறட்டும். (யா அல்லாஹ் நான் உனது அருளை வேண்டுகிறேன்')</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي حُمَيْدٍ أَوْ عَنْ ‌أَبِي أُسَيْدٍ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுமைத் அல்லது அபூ உஸைத் அறிவிக்கிறார்: உங்களில் ஒருவர் பள்ளிக்குள் (மஸ்ஜிதினுள்) நுழைகையில் 'அல்லாஹும்மப்பதஹ்லீ அப்வாப ரஹ்மதிக'  என்று கூறட்டும். (யா அல்லாஹ் உனது அருளின் வாயில்களை எனக்கு திறந்து தருவாயாக). அவர் பள்ளியிலிருந்து வெளியேறும் போது 'அல்லாஹும்ம இன்னீ அஸ்அலுக மின் பழ்லிக' என்று கூறட்டும். (யா அல்லாஹ் நான் உனது அருளை வேண்டுகிறேன்').</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم أمَّتَه إلى الدّعاء الذي يقال عند دخول المسجد: (اللَّهُمَّ افْتَحْ لي أَبْوابَ رَحْمَتِكَ)، فيسألُ اللهَ تعالى أن يهيئ له أسباب رحمته، وإذا أراد الخروج فليقل: (اللَّهُمَّ إني أَسْأَلُك مِن فَضْلِكَ)، فيسألُ اللهَ مِن فضلِه ومَزيدِ إحسانِه من الرِّزقِ الحلالِ.</t>
   </si>
   <si>
     <t>மஸ்ஜிதிற்குள் நுழையும் போதும் வெளியேறும் போதும் ஓத வேண்டிய துஆவை தனது சமூகத்திற்கு கற்றுக்கொடுத்து வழிப்படுத்தினார்கள். பள்ளியினுள் நுழையும் போது அல்லாஹும்மப்தஹ்லீ அப்வாப ரஹ்மதிக' என்று கூற வேண்டும் அதாவது அல்லாஹ்வின் கருணையை பெற்றுக்கொள்ளக் கூடிய வழிகளை தயார்படுத்தித் தருமாறு அல்லாஹ்விடம் அடியான் வேண்டுகிறான். மஸ்ஜிதிலிருந்து வெளியேறும் போது : 'அல்லாஹும்ம இன்னீ அஸ்அலுக மின் பழ்லிக' என்ற துஆவை ஓத வேண்டும். இதன் கருத்து அடியான் ஹலாலான வாழ்வாதாரத்தை அல்லாஹ்வின் அருட்கொடையிலிருந்து தருமாறு  வேண்டுகிறான்.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند دخول المسجد والخروج منه.
 تخصيص ذكر الرَّحمة بالدّخول، والفضل بالخروج: أنّ الدّاخل اشتغل بما يقرِّبه إلى الله وإلى جنته فناسَب أن يذكُر الرَّحمة، فإذا خرج سعى في الأرض ابتِغاء فضل الله مِن الرِّزق، فناسَب ذكر الفَضْل.
 هذه الأذكار تقال عند إرادة دخول المسجد، وعند إرادة الخروج منه.</t>
   </si>
   <si>
     <t>மஸ்ஜிதினுள் நுழையும் போதும், வெளியேறும் போதும் இந்த பிராத்தனையை  கூறுவது முஸ்தஹப்பாகும்(வரவேற்கத்தக்கதாகும்).
 இந்த ஹதீஸில் மஸ்ஜிதில் நுழையும் போது அல்லாஹ்வின் அருளையும் வெளியேறும் போது அவனது அருட்கொடையையும் விஷேடமாக குறிப்பிட்டிருப்தற்கான காரணம் பள்ளியினுள் நுழைபவர் அல்லாஹ்வை நெருங்குவதினூடாக  சுவர்க்கத்தின் பால் தன்னை நெருக்கிவைக்கக் கூடிய விடயங்களில் ஈடுபடுவதினால் அருளைக் கேட்பது பொருத்தமானது, அதே போன்று பள்ளியிலிருந்து வெளியேறுபவர் அல்லாஹ்வின் அருளில் வாழ்வாதாரத்தைத் தேடி பூமியில் அலைந்து திரிந்து பாடுபடுகிறார். ஆகையால் வெளியேறும் போது அருளைக் கோரியிருப்பது பொருத்தமானது.
 இந்த திக்ருகளை மஸ்ஜிதில் நுழையும் போதும் வெளியேறும் போதும் கூறுதல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65092</t>
   </si>
   <si>
-    <t>إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ</t>
+    <t>إن بين الرجل وبين الشرك والكفر ترك الصلاة</t>
   </si>
   <si>
     <t>'நிச்சயமாக ஒரு (முஸ்லிம்) அடியானுக்கும்; இணைவைப்பிற்கும் இறைநிராகரிப்பிற்கும் இடையிலான வித்தியாசம் தொழுகையை விடுவதாகும் '</t>
   </si>
   <si>
     <t>عن جابرٍ رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுவதை தான் செவிமடுத்ததாக ஜாபிர் ரழியல்லாஹு அன்ஹு  அறிவித்துள்ளார்கள் : 'நிச்சயமாக ஒரு (முஸ்லிம்) அடியானுக்கும்; இணைவைப்பிற்கும் இறைநிராகரிப்பிற்கும் இடையிலான வித்தியாசம் தொழுகையை விடுவதாகும் '.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْكِ الصلاة المفروضة، وأخبر أنَّ بَين الرجلِ وبين الوقوعِ في الشرك والكفر تركَ الصلاة، فالصلاةُ الركنُ الثاني من أركان الإسلام، وشأنُها عظيمٌ في الإسلام، فمَن تَرَكَها جاحدًا لوجوبها كَفَرَ بإجماع المسلمين، وإنَّ تركها بالكلية تهاونًا وكسلًا فهو كافر، ونُقل إجماع الصحابة على ذلك، وإنَّ كان يترك أحيانًا ويُصلّي أحيانًا فهو مُعَرَّض لهذا الوعيد الشديد.</t>
   </si>
   <si>
     <t>கடமையான தொழுகையை விட்டுவிடுவதை இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கண்டித்துள்ளார்கள். மேலும் ஒரு மனிதனுக்கும் இணைவைப்பு மற்றும் இறைநிராகரிப்பில் விழுந்து விடுவதற்கும் இடையிலான வித்தியாசம் தொழுகையை விட்டுவிடுவதாகும் எனத் தெரிவித்துள்ளார்கள். தொழுகை இஸ்லாத்தில் இரண்டாவது முக்கிய கடமையாகும். இஸ்லாத்தில் அதற்கென தனியான அந்தஸ்த்து உண்டு. தொழுகை கட்டயாக் கடமை என்பதை ஏற்றுக்கொள்ளாதவன் இறைநிராகரிப்பாளன் என்பது இஸ்லாமிய அறிஞர்களின் ஏகோபித்த முடிவாகும். அலட்சியம், மற்றும் சோம்பலின் காரணமாக அதனை நிறைவேற்றாது இருப்பவனும் காபிராவான். இது ஸஹாபாக்கள் -நபித்தோழர்களின்- ஏகோபித்த முடிவாகும். யார் விட்டு விட்டுத் தொழுகிறாறோ அவரும்; இங்கு குறிப்பிட்ட கடுமையான எச்சரிக்கைக்கு உட்படுவார்.</t>
   </si>
   <si>
     <t>أهميَّة الصلاة والمحافظة عليها، فهي الفارق بين الكفر والإيمان.
  التحذير الشديد من ترك الصلاة وإضاعتها.</t>
   </si>
   <si>
     <t>தொழுகை மற்றும்; அதனைப்பேணித்தொழுதலின் முக்கியத்துவம் குறிப்பிடப்பட்டுள்ளமை. இதுவே ஈமானுக்கும் இறைநிராகரிப்பிற்கும் இடையிலான பிரிகோடாக காணப்படுகின்றமை.
 தொழுகையை விட்டுவிட்டு அதனை வீணாக்குபவருக்கான கடுமையான எச்சரிக்கை இந்த ஹதீஸில் உண்டு.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65093</t>
   </si>
   <si>
-    <t>إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ</t>
+    <t>إن العهد الذي بيننا وبينهم الصلاة، فمن تركها فقد كفر</t>
   </si>
   <si>
     <t>எமக்கும், அவர்களுக்கும் (இறை மறுப்பவர்களுக்கும்) இடையில் உள்ள ஒப்பந்தம் தொழுகையாகும்; அதை விட்டவர் காஃபிராகி விட்டார்'</t>
   </si>
   <si>
     <t>عن بريدة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக புரைதா ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள்: எமக்கும், அவர்களுக்கும் (இறை மறுப்பவர்களுக்கும்) இடையில் உள்ள ஒப்பந்தம் தொழுகையாகும்; அதை விட்டவர் காஃபிராகி விட்டார்'</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العهدَ والميثاقَ بين المسلمين وبين غيرهم من الكفار والمنافقين الصلاةُ، فمَن تَرَكَها فقد كَفَر.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் முஸ்லிம்களுக்கும் அவர்கள் அல்லாத காபிர்கள் மற்றும் நயவஞ்சகர்கள் ஆகியோருக்கிடையிலான ஒப்பந்தமும், உடன்படிக்கையும் தொழுகையாகும். யார் அதனை விட்டுவிடுகிறாரோ அவர் காபிராகிவிட்டார், என இந்த ஹதீஸில் தெளிவுபடுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>عِظَم شأن الصلاة، وأنّها الفارق بين المؤمن والكافر.
 ثبوت أحكام الإسلام بالظاهر من حال الرجل دون باطنه.</t>
   </si>
   <si>
     <t>தொழுகையின் தனித்துவமும் அந்தஸ்த்தும் குறிப்பிடப்பட்டுள்ளதோடு முஃமினுக்கும் காபிருக்குமிடையிலான பிரிகோடாகவும் அடையாளப் படுத்தப்பட்டுள்ளமை.
 இஸ்லாமிய சட்டங்கள் ஒரு மனிதனின் மறைவான விடயங்களுக்கு அப்பால் வெளிப்படையான விடயங்களைக் கொண்டே நிரூபிக்கப்படும்.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65094</t>
   </si>
   <si>
-    <t>يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها</t>
+    <t>يا بلال، أقم الصلاة، أرحنا بها</t>
   </si>
   <si>
     <t>பிலாலே தொழுகைகாக இகாமத் கூறுவீராக! அதன் மூலம் எமக்கு ஆறுதல் அளிப்பீராக என்றார்கள்</t>
   </si>
   <si>
     <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
   </si>
   <si>
     <t>ஸாலிம் இப்னு அபுல் ஜஃத் கூறுகிறார்கள்: ஒரு மனிதர் நான் தொழுது ஓய்வு பெற்றால்  சிறப்பாயிருக்குமே! என்று கூற அங்கிருந்தவர்கள் இதனை குறையாகப் பார்த்தார்கள் இதற்கு அவர், தான் அல்லாஹ்வின் தூதர் கூறுவதை செவிமடுத்துள்ளேன். பிலாலே தொழுகைகாக இகாமத் கூறுவீராக! அதன் மூலம் எமக்கு ஆறுதல் அளிப்பீராக என்றார்கள்.</t>
   </si>
   <si>
     <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
   </si>
   <si>
     <t>நபித் தோழர்களில் ஒருவர் 'நான் தொழுது ஓய்வு பெற்றால் சிறப்பாயிருக்கமே' என்று கூற, அதற்கு அவரை சூழ உள்ளோர் குறைபட்டுக் கொண்டார்கள். அதற்கு அவர், தான் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுவதை செவிமடுத்தேன் அவர்கள்: நாம் ஆறுதல் பெறுவதற்காக பிலாலே தொழுகைக்கான அதானைக் கூறி இகாமத்தும் கூறுவீராக! ஏனெனில் அல்லாஹ்வுடன் உரையாடுவது, ஆன்மாவுமக்கு உள்ளத்திற்குமான நிம்மதி அதிலுள்ளது.</t>
   </si>
   <si>
     <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
 الإنكار على مَن تَثَاقَلَ عن العبادة.
 مَن أدَّى الواجِبَ الذي عليه، وأبرأ ذِمَّتَه منه، حَصَلتْ له بذلك راحةٌ وشعورٌ بالاطمئنان.</t>
   </si>
   <si>
     <t>தொழுகையில் அல்லாஹ்வுடன் இரகசியமாக உரையாடுதல் காணப்படுவதால் தொழுகையின் மூலம் உள்ளத்திற்கான  நிம்மதி கிடைக்கும்.
 வணக்கவழிபாடுகளில் ஆர்வமின்மை, அலட்சியம் செய்வோரை கண்டித்தல்.
 யார் தனக்குரிய கடமையை நிறைவேற்றுகிறாறோ, அவர் தமக்கு விதிக்கப்பட்ட பொறுப்பிலிருந்து தப்பிவிட்டார். அதன் மூலம் அவருக்கு ஆறுதலும் மற்றும் நிம்மதியுணர்வும் கிடைக்கிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65095</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي</t>
+    <t>أيها الناس، إنما صنعت هذا لتأتموا ولتعلموا صلاتي</t>
   </si>
   <si>
     <t>மக்களே! நான் இந்த மிம்பரை செய்தது உங்களுக்கு இமாமத் செய்யவும், எனது தொழுகை முறையை கற்றுத்தரவுமே என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>عن أَبِي حَازِمِ بْن دِينَارٍ: أَنَّ رِجَالًا أَتَوْا سَهْلَ بْنَ سَعْدٍ السَّاعِدِيَّ، وَقَدِ امْتَرَوْا فِي الْمِنْبَرِ مِمَّ عُودُهُ، فَسَأَلُوهُ عَنْ ذَلِكَ، فَقَالَ: وَاللهِ إِنِّي لَأَعْرِفُ مِمَّا هُوَ، وَلَقَدْ رَأَيْتُهُ أَوَّلَ يَوْمٍ وُضِعَ، وَأَوَّلَ يَوْمٍ جَلَسَ عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، أَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِلَى فُلَانَةَ -امْرَأَةٍ من الأنصار قَدْ سَمَّاهَا سَهْلٌ-: «مُرِي غُلَامَكِ النَّجَّارَ أَنْ يَعْمَلَ لِي أَعْوَادًا أَجْلِسُ عَلَيْهِنَّ إِذَا كَلَّمْتُ النَّاسَ»، فَأَمَرَتْهُ فَعَمِلَهَا مِنْ طَرْفَاءِ الْغَابَةِ، ثُمَّ جَاءَ بِهَا، فَأَرْسَلَتْ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَمَرَ بِهَا فَوُضِعَتْ هَاهُنَا، ثُمَّ رَأَيْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَّى عَلَيْهَا وَكَبَّرَ وَهُوَ عَلَيْهَا، ثُمَّ رَكَعَ وَهُوَ عَلَيْهَا، ثُمَّ نَزَلَ الْقَهْقَرَى، فَسَجَدَ فِي أَصْلِ الْمِنْبَرِ ثُمَّ عَادَ، فَلَمَّا فَرَغَ أَقْبَلَ عَلَى النَّاسِ فَقَالَ: «أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي».</t>
   </si>
   <si>
     <t>அபூ ஹாஸிம் இப்னு தீனார் அவர்கள் அறிவித்தார்கள் : சில மனிதர்கள், நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் மிம்பர்-பிரசங்க மேடை எதனால் அமைக்கப்பட்டது என்ற வாதத்தில் ஈடுபட்ட நிலையில் ஸஹ்ல் இப்னு ஸஅத் அஸ்ஸாஇதி ரழியல்லாஹு அன்ஹு அவர்களிடம் வந்து அது பற்றி வினவினர். அதற்கு ஸஹ்ல் ரழியல்லாஹு அன்ஹு அவர்கள் அந்த மின்பர் மேடை எதனால் அமைக்கப்பட்டது என்பது குறித்து நான் அறிவேன். அதே போன்று அது வைக்கப்பட்ட முதல் நாளிலேயே நான் அதனைப் பார்த்ததுடன், நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அதில் அமர்வதை நான் கண்டேன். 'நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் ஒரு பெண்ணிடம் - அன்ஸாரிப் பெண்களில்  ஒருவரான ஸஹ்ல் என்ற பெயரால் அழைக்கப்படுகின்ற பெண்ணிடம்- 'தச்சு வேலை செய்யும் உன்னுடைய அடிமையிடம் நான் மக்களுக்கு உரையாற்றும்போது அமர்ந்து கொள்வதற்கேற்ற மேடையைச் செய்து தரச் சொல்' என்று சொல்லி அனுப்பினார்கள். அப்பெண் தம் அடிமையிடம் இதைக் கூறினார். அந்த அடிமை ஃகாபா எனும் பகுதியில் உள்ள மரத்தில் அதைச் செய்து வந்தார். அப்பெண் அதை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு கொடுத்தனுப்பினார். அதை தற்போது இருக்கும் இந்த  இடத்தில் வைக்குமாறு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கட்டளையிட்டார்கள், பிறகு, அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அதன் மீது ஏறி அதன் மீது தொழுததையும், அதன் மேல் இருந்தபோது தக்பீர் - ஆரம்ப தக்பீர் - கூறுவதையும் நான் பார்த்தேன்; பின்னர் அவர் அதன் மேல் இருந்தவாறு குனிந்து ருகூஉ செய்தார்கள், பின்னர் அவர்கள் பின்னோக்கி கீழே வந்து, மின்பரின் அடிப்பகுதியில்  ஸஜ்தா செய்ததன் பின்னர் அவர்கள் மீண்டும் திரும்பிச் சென்றார்கள். இவ்வாறு அவர்கள் தொழுகையை முடித்ததன் பின் மக்களை முன்னோக்கி: மக்களே! நான் இந்த மிம்பரை செய்தது உங்களுக்கு இமாமத் செய்யவும், எனது தொழுகை முறையை கற்றுத்தரவுமே என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>جاء رجالٌ إلى أحدِ الصحابة يسألونه عن المنبرِ النبويِّ الذي اتخذه رسولُ الله صلى الله عليه وسلم: ممَّ صُنع؟ وقد تجادلوا وتنازعوا في ذلك، فَذَكَرَ لهم أنه صلى الله عليه وسلم بَعث إلى امرأةٍ من الأنصار كان لها خادمٌ نجَّار، فقال لها: مُرِيْ غلامَك أنْ يَصنعَ لي منبرًا أَجلِسُ عليه حين أُكَلِّمُ الناسَ، فأجابت المرأةُ، وأمَرتْ غلامَها أن يصنع للنبي صلى الله عليه وسلم منبرًا من شجر الطَّرْفاء، ولَمَّا فَرَغَ أَرسلت المرأةُ به إلى النبي صلى الله عليه وسلم، فأَمََرَ به فوُضع مكانَه من المسجد، ثم صلى النبي صلى الله عليه وسلم عليه وكَبَّرَ وهو عليه، ثم ركع وهو عليه، ثم نزل يمشي إلى خلف من غير أن يَلْفِتَ وجهَه إلى جهة الخلف فسجد في أَصْلِ المنبر ثم عاد، فلما فرغ من الصلاة أقبل على الناس، وقال: أيها الناس، إنما صنعتُ هذا لتأتموا ولِتَعَلَّموا صلاتي.</t>
   </si>
   <si>
     <t>சில மனிதர்கள் நபித்தோழர் ஒருவரிடம் வந்து, நபியவர்கள் பயன்படுத்திய பிரசங்க மேடை –மின்பர்- எதனால் செய்யப்பட்டது? என்று விசாரித்து தகராறிலும் வாதத்திலும் ஈடுபட்டார்கள். அதற்கு அந்த ஸஹாபி  நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் தச்சு வேலை தெரிந்த அடிமையைப் பெற்றிருந்த ஒரு அன்ஸாரிப் பெண்ணிடம் : 'நான் மக்களுக்கு உரையாற்றும் போது அமர்வதற்காக உங்கள் தச்சு வேலை தெரிந்த அடிமையிடம் ஒரு மின்பரை அமைத்து தருமாறு கூறுங்கள்' என்று வேண்டிக் கொள்ள அதனை அப்பெண்மணி ஏற்றுக் கொண்டு, தனது அடிமையிடம் தர்பாஉ எனும் மரத்தினால் மின்பரை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு செய்து தருமாறு பணித்தாள். அதனை செய்து முடித்ததும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு அப்பெண் அனுப்பி வைத்தாள். அதனை நபியவர்கள் பள்ளியில் உரிய இடத்தில் வைக்குமாறு பணித்தார்கள் பிறகு, அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் அதன் மீது ஏறி தக்பீர் கூறி  தொழுதார்கள், பின்னர் அவ்கள்; அதன் மேல் இருந்து ருகூஉ செய்தார்கள். பின்னர் அவர்கள் பின்னோக்கி கீழே வந்து, மின்பர் மேடையின் அடியில் ஸுஜூத் செய்தது விட்டு  அவர்கள் திரும்பிச் சென்றாரகள். இவ்வாறு அவர்கள் தொழுகையை முடித்ததன் பின் மக்களை முன்னோக்கி, மக்களே! நான் இந்த மிம்பரை செய்தது உங்களுக்கு இமாமத் செய்யவும், எனது தொழுகை முறையை கற்றுத்தரவுமே என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>استحباب اتخاذ المنبر وارتقاء الخطيب عليه، وفائدته الإبلاغ والإسماع.
 جواز الصلاة على المنبر للتعليم، وجواز ارتفاع الإمام على المأموم لحاجة.
 جواز الاستعانة بأهل الصناعات في حوائج المسلمين.
 جواز الحركة اليسيرة في الصلاة للحاجة.
 جواز نظر المأموم إلى إمامه في الصلاة؛ ليتعلم منه وأن ذلك لا ينافي الخشوع.</t>
   </si>
   <si>
     <t>போதகர் -கதீப்- தனது செய்தியை சிறப்பாக தெரிவிக்கவும் மக்களால் நன்றாக செவியுறவும் உதவும் வகையில் மின்பர் மேடை ஒன்றைப் பயன் படுத்துவது வரவேற்கத்தக்க விடயமாகும்.
 கற்பிக்கும் நோக்கில் மின்பரின் மீதேறி தொழுவதற்கு அனுமதியுண்டு. அதே போல் மஃமூமை விட இமாம் தேவையின் நிமித்தம் உயரமான இடத்தில் இருப்பதற்கும் அனுமதியுண்டு.
 முஸ்லிம்களின் தேவைகளுக்காக தொழில் வாண்மையாளர்களின் உதவியை பெற்றுக் கொள்ள அனுமதியுண்டு.
 தேவையின் நிமித்தம் தொழுகையின் போது சிறிய அசைவுகள் அனுமதிக்கப்படுகிறது.
 இமாமின் பின்னால் தொழுது கொண்டிருக்கும் ஒருவர் கற்றல் நோக்கத்திற்காக இமாமைப் பார்ப்பது அனுமதிக்கப்படுகிறது. அது தொழுகையில் உள்ளச்சத்துடன் இருத்தலுக்கு முரணாக அமையமாட்டாது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65096</t>
   </si>
   <si>
-    <t>إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا</t>
+    <t>إذا صليتم فأقيموا صفوفكم، ثم ليؤمكم أحدكم فإذا كبر فكبروا</t>
   </si>
   <si>
     <t>அப்போது அவர்கள் கூறினார்கள்:
 நீங்கள் தொழ ஆரம்பித்தால் உங்களுடைய தொழுகை வரிசைகளை ஒழுங்குபடுத்திக் கொள்ளுங்கள். பிறகு உங்களில் ஒருவர் உங்களுக்கு(தலைமை தாங்கி)த் தொழுவிக்கட்டும். அவர் (இமாம்), தக்பீர் கூறினால், நீங்களும் தக்பீர் கூறுங்கள்</t>
   </si>
   <si>
     <t>عَنْ ‌حِطَّانَ بْنِ عَبْدِ اللهِ الرَّقَاشِيِّ قَالَ: صَلَّيْتُ مَعَ ‌أَبِي مُوسَى الْأَشْعَرِيِّ صَلَاةً، فَلَمَّا كَانَ عِنْدَ الْقَعْدَةِ قَالَ رَجُلٌ مِنَ الْقَوْمِ: أُقِرَّتِ الصَّلَاةُ بِالْبِرِّ وَالزَّكَاةِ، قَالَ: فَلَمَّا قَضَى أَبُو مُوسَى الصَّلَاةَ وَسَلَّمَ انْصَرَفَ فَقَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ قَالَ: فَأَرَمَّ الْقَوْمُ، ثُمَّ قَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ فَأَرَمَّ الْقَوْمُ، فَقَالَ: لَعَلَّكَ يَا حِطَّانُ قُلْتَهَا؟ قَالَ: مَا قُلْتُهَا، وَلَقَدْ رَهِبْتُ أَنْ تَبْكَعَنِي بِهَا، فَقَالَ رَجُلٌ مِنَ الْقَوْمِ: أَنَا قُلْتُهَا، وَلَمْ أُرِدْ بِهَا إِلَّا الْخَيْرَ، فَقَالَ أَبُو مُوسَى: أَمَا تَعْلَمُونَ كَيْفَ تَقُولُونَ فِي صَلَاتِكُمْ؟ إِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَنَا فَبَيَّنَ لَنَا سُنَّتَنَا وَعَلَّمَنَا صَلَاتَنَا، فَقَالَ: «إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا، وَإِذْ قَالَ: {غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ} [الفاتحة: 7]، فَقُولُوا: آمِينَ، يُجِبْكُمُ اللهُ، فَإِذَا كَبَّرَ وَرَكَعَ فَكَبِّرُوا وَارْكَعُوا، فَإِنَّ الْإِمَامَ يَرْكَعُ قَبْلَكُمْ، وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا قَالَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، فَقُولُوا: اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، يَسْمَعِ اللهُ لَكُمْ، فَإِنَّ اللهَ تَبَارَكَ وَتَعَالَى قَالَ عَلَى لِسَانِ نَبِيِّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، وَإِذَا كَبَّرَ وَسَجَدَ فَكَبِّرُوا وَاسْجُدُوا، فَإِنَّ الْإِمَامَ يَسْجُدُ قَبْلَكُمْ وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا كَانَ عِنْدَ الْقَعْدَةِ فَلْيَكُنْ مِنْ أَوَّلِ قَوْلِ أَحَدِكُمُ: التَّحِيَّاتُ الطَّيِّبَاتُ الصَّلَوَاتُ لِلهِ، السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>ஹித்தான் இப்னு அப்தில்லாஹ் அர்ரகாஷீ (ரஹ்) அவர்கள் கூறியதாவது: நான் அபூமூஸா அல்அஷ்அரீ -ரழியல்லாஹு அன்ஹு- அவர்களுடன் ஒரு தொழுகையில் கலந்து கொண்டேன். அவர்கள் (தொழுகையில் அத்தஹிய்யாத்) அமர்வில் இருந்தபோது ஒரு மனிதர் 'உகிர்ரத்திஸ் ஸலாத்து பில்பிர்ரி வஸ்ஸகாத்தி' (நன்மை, தானதருமம் ஆகியவற்றுடன் சேர்ந்து தொழுகையும் ஒரு கடமையாக ஏற்கப்பட்டுவிட்டது) என்று கூறினார். அபூமூஸா -ரழியல்லாஹு அன்ஹு- அவர்கள் தொழுகையை முடித்து ஸலாம் கொடுத்துத் திரும்பியதும் உங்களில் இன்னின்ன வார்த்தையைக் கூறியவர் யார்? என்று கேட்டார்கள். அப்போது மக்கள் அமைதியாயிருந்தனர். மீண்டும் உங்களில் இன்னின்ன வார்த்தையைக் கூறியவர் யார்? என்று கேட்டார்கள். அப்போதும் மக்கள் அமைதியாயிருந்தனர். பிறகு அவர்கள் (என்னிடம்), ஹித்தான்! நீங்கள்தாம் அதைக் கூறியிருக்க வேண்டும் என்று சொல்ல, அதை நான் கூறவில்லை. அதை நான் சொன்னதாக நினைத்துக்கொண்டு என்னைக் கண்டிப்பீர்களென பயந்துவிட்டேன் என்றேன் நான். அப்போது மக்களில் ஒருவர் நான்தான் அவ்வாறு கூறினேன். அதன் மூலம் நல்லதையே நாடினேன் என்று சொன்னார். அப்போது அபூமூஸ-ரழியல்லாஹு அன்ஹு- அவர்கள் (பின்வருமாறு) கூறினார்கள்:
 உங்களுடைய தொழுகையி(ல் அமர்வி)ல் என்ன கூற வேண்டும் என்று உங்களுக்குத் தெரியாதா? நிச்சயமாக அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் (ஒரு முறை) எங்களுக்கு உரையாற்றினார்கள். (அதில்) நாம் பின்பற்ற வேண்டிய வழிமுறையை எங்களுக்கு விளக்கிச் சொன்னார்கள். நாம் தொழ வேண்டிய முறையைக் கற்றுக்கொடுத்தார்கள். அப்போது அவர்கள் கூறினார்கள்:
 நீங்கள் தொழ ஆரம்பித்தால் உங்களுடைய தொழுகை வரிசைகளை ஒழுங்குபடுத்திக் கொள்ளுங்கள். பிறகு உங்களில் ஒருவர் உங்களுக்கு(தலைமை தாங்கி)த் தொழுவிக்கட்டும். அவர் (இமாம்), தக்பீர் கூறினால், நீங்களும் தக்பீர் கூறுங்கள். அவர் ஃகைரில் மஃக்ழூபி அலைஹிம் வலழ் ழால்லீன் என்று கூறினால் நீங்கள் ஆமீன் என்று சொல்லுங்கள். (அவ்வாறு செய்தால்) அல்லாஹ் உங்களு(டைய பிரார்த்தனை)க்கு பதிலளிப்பான். பிறகு அவர் தக்பீர் கூறி ருகூஉச் செய்தால் நீங்களும் தக்பீர் கூறி ருகூஉச் செய்யுங்கள். நிச்சயமாக இமாம் உங்களுக்கு முன் ருகூஉச் செய்வார். உங்களுக்கு முன் (ருகூஉவிலிருந்து) எழுந்துவிடுவார். எனவே, இது (இமாம் உங்களுக்கு முன் ருகூஉச் செய்து, உங்களுக்கு முன் நிமிர்வது) அதற்கு (நீங்கள் இமாமுக்குப் பிறகு ருகூஉ செய்து, இமாமுக்குப் பிறகு நிமிர்வதற்கு)ச் சமமாகிவிட்டது (அதாவது இருவருடைய ருகூஇன் நேரமும் சமமாகி விட்டது) என்று அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறினார்கள்.
 மேலும், அவர் (இமாம்) ஸமிஅல்லாஹு லிமன் ஹமிதஹ் (தன்னைப் புகழ்வோரின் புகழுரையை அல்லாஹ் ஏற்றுக்கொள்கின்றான்) என்று கூறினால் அல்லாஹும்ம ரப்பனா லக்கல் ஹம்து (அல்லாஹ்வே! எங்கள் இறைவா! உனக்கே எல்லாப் புகழும்) என்று நீங்கள் கூறுங்கள். (அவ்வாறு செய்தால்) அல்லாஹ் உங்களுடைய புகழுரையைச் செவியேற்பான். திண்ணமாக அல்லாஹ் தன்னுடைய தூதரின் நாவின் மூலம் ஸமிஅல்லாஹு லிமன் ஹமிதஹ் என்று கூறினான்.
 மேலும், அவர் (இமாம்) தக்பீர் கூறி ஸஜ்தாச் செய்தால் நீங்களும் தக்பீர் கூறி ஸஜ்தாச் செய்யுங்கள். நிச்சயமாக இமாம் உங்களுக்கு முன் ஸஜ்தாச் செய்வார். உங்களுக்கு முன் ஸஜ்தாலிருந்து எழுவார். எனவே இது (அதாவது இமாம் உங்களுக்கு முன் ஸஜ்தாச் செய்து, உங்களுக்கு முன் நிமிர்வது) அதற்கு (நீங்கள் இமாமுக்குப் பிறகு ஸஜ்தாச் செய்து, இமாமுக்குப் பிறகு எழுவதற்கு)ச் சமமாகிவிட்டது (அதாவது இருவருடைய சஜ்தாவின் நேரமும் சமமாகிவிட்டது) என்றும் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறினார்கள்.
 மேலும், நீங்கள் அத்தஹிய்யாத் இருப்பில் அமர்ந்தால் உங்களுடைய முதல் சொல் இதுவாக இருக்கட்டும்: அத்தஹிய்யாத்துத் தய்யிபாத்துஸ் ஸலவாத்து லில்லாஹி, அஸ்ஸலாமு அலைக்க அய்யுஹந் நபிய்யு, வரஹ்ம துல்லாஹி வ பரக்கா துஹு. அஸ்ஸலாமு அலைனா வ அலா இபாதில்லாஹிஸ் ஸாலிஹீன். அஷ்ஹது அல் லாஇலாஹ இல்லல்லாஹு, வ அஷ்ஹது அன்ன முஹம்மதன் அப்துஹு வ ரஸூலுஹு.
 (பொருள்: சொல், செயல், பொருள் சார்ந்த எல்லாக் காணிக்கைகளும் பாராட்டுகளும் வணக்கங்களும் அல்லாஹ்வுக்கே உரியன. நபியே! உங்கள்மீது சாந்தியும் அல்லாஹ்வின் அருளும் சுபீட்சமும் உண்டாகட்டுமாக! எங்கள்மீதும் அல்லாஹ்வின் நல்லடியார்கள் மீதும் சாந்தி உண்டாகட்டும்! அல்லாஹ்வைத் தவிர வேறு இறைவனில்லை என்று நான் உறுதிமொழிகிறேன். மேலும் முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அல்லாஹ்வின் அடியாரும் தூதருமாவார்கள் என்றும் உறுதிமொழிகிறேன்.)</t>
   </si>
   <si>
     <t>صلى الصحابيُّ أبو موسى الأشعري رضي الله عنه صلاةً، فلما كان عند القَعدة التي فيها التشهد، قال رجل من المصلين خلفه: قُرِنَتْ الصلاة في القرآن بالبر والزكاة، فلما انتهى أبو موسى رضي الله عنه من الصلاة توجَّه إلى المأمومين، فسألهم: أيكم القائل كلمة: قرنت الصلاة في القرآن بالبر والزكاة؟! فسكت القوم، ولم يتكلم منهم أحد، فكرر عليهم السؤال مرة أخرى، فلما لم يَرُد عليه أحد، قال أبو موسى رضي الله عنه: لعلك يا حطان قلتها! لجَسَارَتِه وقربِه منه وصِلَتِه به، مما لا يؤذيه اتهامُه، وليدفع الفاعل الحقيقي إلى الاعتراف، فنفى حِطَّانُ ذلك، وقال: لقد خفت أنْ تُوَبِّخَني ظنًا منك أني قلتها؛ وهنا قال رجل من القوم: أنا قلتُها، ولم أقصد بها إلا خيرًا، فقال أبو موسى مُعلِّمًا له: أما تعلمون كيف تقولون في صلاتكم؟! وهذا استنكار منه، ثم أخبر أبو موسى أن النبي صلى الله عليه وسلم خَطَبَهم ذات مرة، فَبَيَّنَ لهم شريْعَتَهم، وعلَّمَهم صلاتَهم، فقال صلى الله عليه وسلم:
 إذا صليتم فأقيموا صفوفكم واعتدلوا فيها، ثم يؤم الناسَ واحدٌ منهم، فإذا كَبّر الإمام تكبيرة الإحرام، فكبروا مثله، وإذا قرأ الفاتحة وبلغ: {غير المغضوب عليهم ولا الضالين} [الفاتحة: 7]، فقولوا: آمين؛ فإذا فعلتم ذلك يستجيب الله دعاءكم، فإذا كبر وركع فكبروا واركعوا؛ فإن الإمام يركع قبلكم ويرفع قبلكم فلا تسبقوه؛ لأن اللحظة التي سبقكم الإمام بها في تقدمه إلى الركوع، تنجبر لكم بتأخيركم في الركوع بعد رفعه لحظة، فتلك اللحظة بتلك اللحظة، وصار قدر ركوعكم كقدر ركوعه، وإذا قال الإمام: سمع الله لمن حمده، فقولوا: اللهم ربنا لك الحمد، فإذا قال المصلون ذلك فإن الله سبحانه يسمع دعاءهم وقولَهم، فإن الله تبارك وتعالى قال على لسان نبيه صلى الله عليه وسلم: سمع الله لمن حمده،ثم إذا كبر الإمام وسجد، فعلى المأمومين أن يكبروا ويسجدوا، فإن الإمام يسجد قبلهم، ويرفع قبلهم، فتلك اللحظة بتلك اللحظة، وصار قدر سجود المأموم كقدر سجود الإمام،وإذا كان عند القعود للتشهد فليكن أول قول المصلي: "التحيات الطيبات الصلوات لله" فالمُلْكُ والبقاءُ والعَظَمةُ كلُّها مُسْتَحَقَّة لله تعالى، وكذا الصلوات الخمس كلُّها لله، "السلام عليك أيها النبي ورحمة الله وبركاته، السلام علينا وعلى عباد الله الصالحين"، فادعوا الله السلامة من كل عيب وآفة ونقص وفساد؛ ونخص نبينا محمد صلى الله عليه وسلم بالتسليم، ثم نسلم على أنفسنا، ثم نسلم على عباد الله الصالحين القائمين بما يجب عليهم من حقوق الله تعالى وحقوق عباده، ثم نشهد أن لا إله إلا الله، ونشهد أن محمدًا عبده ورسوله.</t>
   </si>
   <si>
     <t>நபித்தோழரான அபூமூஸா அல்அஷ்அரீ ரழியல்லாஹு அன்ஹு தொழுகை நடாத்தினார்கள்;. அவர்கள் (தொழுகையில் அத்தஹிய்யாத்) அமர்வில் இருந்தபோது ஒரு மனிதர் 'குரினத் பில் குர்ஆனி ஸலாத்து பில்பிர்ரி வஸ்ஸகாத்தி' (அல் குர்ஆனில் நன்மை, தானதர்மம் ஆகியவற்றுடன் சேர்ந்து தொழுகையும் ஒரு கடமையாக ஏற்கப்பட்டு விட்டது) என்று கூறினார். அபூமூஸா ரழியல்லாஹு அன்ஹு அவர்கள் தொழுகையை முடித்து ஸலாம் கொடுத்துத் திரும்பியதும் உங்களில் இன்னின்ன வார்த்தையைக் கூறியவர் யார்? என்று கேட்டார்கள். அப்போது மக்கள் அமைதியாயிருந்தனர். இக்கேள்வியை மீண்டும் மீண்டும் கேட்டார்கள். அப்போது மக்கள் அமைதியாயிருந்தனர். பிறகு அவர்கள் ஹித்தானைப் பார்த்து  அவரின் வீரம் மற்றும் உறவுமுறையின் நெருக்கம் காரணமாகவும் அவரை நோவிக்காத விதத்தில் உண்மையில் இந்த வார்த்தையைக்  கூறிய நபரை தூண்டவேண்டும் என்ற நோக்கில் ஹித்தானே ! நீங்கள்தாம் அதைக் கூறியிருக்க வேண்டும் என்று சொல்ல, அதை நான் கூறவில்லை என்று மறுத்ததோடு அதை நான் சொன்னதாக நினைத்துக்கொண்டு என்னைக் கண்டிப்பீர்களென பயந்துவிட்டேன் என்றார். அப்போது கூட்டத்தில் இருந்த ஒருவர் நான்தான் அவ்வாறு கூறினேன். அதன் மூலம் நல்லதையே நாடினேன் என்று சொன்னார். அப்போது அபூமூஸா (ரலி) அவர்கள் (பின்வருமாறு) கூறினார்கள்: உங்களுடைய தொழுகையி(ல் அமர்வி)ல் என்ன கூற வேண்டும் என்று உங்களுக்குத் தெரியாதா? நிச்சயமாக அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் (ஒரு முறை) எங்களுக்கு உரையாற்றினார்கள். (அதில்) நாம் பின்பற்ற வேண்டிய வழிமுறையை எங்களுக்கு விளக்கிச் சொன்னார்கள். நாம் தொழ வேண்டிய முறையைக் கற்றுக்கொடுத்தார்கள். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறினார்கள்.
 நீங்கள் தொழ ஆரம்பித்தால் உங்களுடைய தொழுகை வரிசைகளை ஒழுங்குபடுத்திக் கொள்ளுங்கள். பிறகு உங்களில் ஒருவர் உங்களுக்கு (தலைமை தாங்கி)த் தொழுவிக்கட்டும். அவர் (இமாம்), தக்பீரதுல் இஹ்ராம் கூறினால், நீங்களும் அதே போன்று தக்பீர் கூறுங்கள். அவர் ஃகைரில் மஃக்ழூபி அலைஹிம் வலழ்ழால்லீன் என்று கூறினால் நீங்கள் ஆமீன் என்று சொல்லுங்கள். (அவ்வாறு செய்தால்) அல்லாஹ் உங்களு(டைய பிரார்த்தனை)க்கு பதிலளிப்பான். பிறகு அவர் தக்பீர் கூறி ருகூஉச் செய்தால் நீங்களும் தக்பீர் கூறி ருகூஉச் செய்யுங்கள். நிச்சயமாக இமாம் உங்களுக்கு முன் ருகூஉச் செய்வார். உங்களுக்கு முன் (ருகூஉவிலிருந்து) எழுந்துவிடுவார். ஆகவே நீங்கள் இமாமை முந்திச்செல்லவேண்டாம் , இதுஇமாம் உங்களுக்கு முன் ருகூஉச் செய்து, உங்களுக்கு முன் நிமிர்வதுஅதற்கு நீங்கள் இமாமுக்குப் பிறகு ருகூஉச் செய்து, இமாமுக்குப் பிறகு நிமிர்வதற்கு)ச் சமமாகிவிட்டது (அதாவது இருவருடைய ருகூஇன் நேரமும் சமமாகி விட்டது) 
 மேலும், அவர் (இமாம்) ஸமிஅல்லாஹு லிமன் ஹமிதஹ் (தன்னைப் புகழ்வோரின் புகழுரையை அல்லாஹ் ஏற்றுக்கொள்கின்றான்) என்று கூறினால் 'அல்லா{ஹம்ம ரப்பனா லக்கல் ஹம்து' (அல்லாஹ்வே! எங்கள் இறைவா! உனக்கே எல்லாப் புகழும்) என்று நீங்கள் கூறுங்கள். (அவ்வாறு செய்தால்) அல்லாஹ் உங்களுடைய புகழுரையைச் செவியேற்பான். திண்ணமாக அல்லாஹ் தன்னுடைய தூதரின் நாவின் மூலமஸமிஅல்லா{ஹ லிமன் ஹமிதஹ் என்று கூறினான். மேலும், அவர் (இமாம்) தக்பீர் கூறி ஸஜ்தாச் செய்தால் நீங்களும் தக்பீர் கூறி ஸஜ்தாச் செய்யுங்கள். நிச்சயமாக இமாம் உங்களுக்கு முன் ஸஜ்தாச் செய்வார். உங்களுக்கு முன் ஸஜ்தாலிருந்து எழுவார். எனவே இது (அதாவது இமாம் உங்களுக்கு முன் ஸஜ்தாச் செய்து, உங்களுக்கு முன் நிமிர்வது) அதற்கு (நீங்கள் இமாமுக்குப் பிறகு ஸஜ்தாச் செய்து, இமாமுக்குப் பிறகு எழுவதற்கு)ச் சமமாகிவிட்டது (அதாவது இருவருடைய ஸஜ்தாவின் நேரமும் சமமாகிவிட்டது) மேலும், நீங்கள் அத்தஹிய்யாத் இருப்பில் அமர்ந்தால் உங்களுடைய முதல் சொல் இதுவாக இருக்கட்டும்: அத்தஹிய்யாத்துத் தய்யிபாத்துஸ் ஸலவாத்து லில்லாஹி. (இவ்வாசகமானது அதிகாரம், நித்தியம், மேண்மை ஆகியவை அனைத்திற்கும் தகுதியானவனாக அல்லாஹ் திகழ்கிறான் என்பதாகும் அதே போல் ஐவேளை தொழுகைகள் யாவும் அவனுக்கே உரித்தானதாகும். 'அஸ்ஸலாமு அலைக்க அய்யுஹந் நபிய்யு, வரஹ்மத் துல்லாஹி வ பரக்காத்துஹு. அஸ்ஸலாமு அலைனா வ அலா இபாதில்லாஹிஸ் ஸாலிஹீன்' இவ்வாசகமானது அல்லாஹ்விடத்தில் ஆபத்து குறைகள் குழப்பங்கள் ஆகியவற்றிலிருந்து பாதுகாப்பைக் கோருமாறு குறிப்பிடுகிறது. அதே போல் இங்கே முதலாவதாக நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள்; மீதும் ஸலாம் கூறுகிறோம் அதனைத்தொடர்ந்து எமக்கும் நல்லடியார்களின் மீதும் ஸலாம் கிடைக்க வேண்டி பிரார்த்திக்கிறோம். இதனைத் தொடர்ந்து அல்லாஹ்வைத் தவிர வேறு இறைவனில்லை என்று நான் உறுதி மொழி கூறுகிறோம். மேலும் முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அல்லாஹ்வின் அடியாரும் தூதருமாவார்கள் என்றும் உறுதிமொழி கூறுகிறோம்.</t>
   </si>
   <si>
     <t>بيان صيغة من صيغ التشهد.
 أفعال الصلاة وأقوالها لا بد أن تكون مما ثبت عن النبي صلى الله عليه وسلم، فلا يجوز لأحد أن يبتدع فيها قولًا أو فعلًا لم يثبت في السنة.
 عدم جواز مسابقة الإمام والتأخُّر عنه، والمشروع للمأموم متابعة الإمام في أفعاله.
 ذكر ما كان عليه النبي صلى الله عليه وسلم من الاهتمام في التبليغ، وتعليم أمته أحكام الدين.
 الإمام هو القدوة للمأموم، فلا يجوز له أنْ يُسابِقَه في أفعال الصلاة ولا أن يقارنَه ولا أن يتأخر عنه، بل يكون ابتداء متابعته بعد تأكده من دخوله في الفعل الذي يريد أن يفعله، وأن السنة اتباعه فيها.
 مشروعية إقامة الصفوف في الصلاة.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸ் தஷஹ்ஹுதின் (அத்தஹிய்யாத்தின்) வடிவங்களில்(வார்த்தைகளில்) ஒன்றை தெளிவு படுத்துகின்றமை.
 தொழுகையின் செயல்கள் மற்றும் அதன் வார்த்தைகள் யாவும் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் மூலம் உறுதிப்படுத்தப்பட்டிருப்பது அவசியமாகும். நபி வழிமுறையில் உறுதிப்படுத்தப்படாத சொல் அல்லது செயலை புதிதாக உருவாக்குவதற்கு எவருக்கும் அதிகாரமில்லை.
 இமாமை முந்திச் செல்வது மற்றும் அதிகம் தாமதமாகி செல்வது கூடாது இமாமை அவரின் செயல்களில் தாமதமின்றி பின்பற்றி செல்வது மார்க்க வழிமுறையாகும்.
 மார்க்கத்தை மக்களுக்கு எத்திவைப்பதிலும் மார்க்க சட்டதிட்டங்களை தனது சமூகத்தினருக்குக் கற்றுத் தருவதிலும் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களுக்கிருந்த கரிசனையை அவர் குறிப்பிட்டார்.
 இமாம் மஃமூமாக இருப்பவருக்கு முன்மாதிரியாவார். ஆகவே தொழுகையின் செயல்சார் விடயங்களில் முந்திச்செல்வதோ அவருடன் ஒன்றாக சேர்ந்து செல்வதோ, தாமதாகிச் செல்வதோ கூடாது. மாறாக இமாம் குறிப்பிட்ட செயலில் நுழைந்துவிட்டார் என்பதை திட்டப் படுத்திக் கொண்டதன் பின் அவர் தனது செயலை ஆரம்பித்துச் செய்தல் வேண்டும். இதில் இத்திபாஉ நபி வழியாகும். அதாவது இமாம் ஒரு செயலை செய்ததன் பின் சற்றும் தாமதிக்காமல் செய்வதiயே இத்திபாஉ என்பது குறிக்கும்.
 தொழுகையில் வரிசைகளை ஒழுங்குபடுத்துவது அவசியமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65097</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا</t>
+    <t>والذي نفسي بيده، إني لأقربكم شبها بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه لصلاته حتى فارق الدنيا</t>
   </si>
   <si>
     <t>எனது ஆன்மா எவன் கைவசம் உள்ளதோ அவனின் மீது சத்தியமாக நான் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் தொழுகைக்கு ஒப்பாகும் அளவிற்கு தொழுகை நடாத்தினேன். நபியவர்கள் இவ்வுலகைவிட்டு பிரியும் வரை அவர்களின் தொழுகை இவ்வாறே இருந்தது</t>
   </si>
   <si>
     <t>عن أَبي هُرَيْرَةَ رضي الله عنه: أنه كَانَ يُكَبِّرُ فِي كُلِّ صَلَاةٍ مِنَ الْمَكْتُوبَةِ وَغَيْرِهَا، فِي رَمَضَانَ وَغَيْرِهِ، فَيُكَبِّرُ حِينَ يَقُومُ، ثُمَّ يُكَبِّرُ حِينَ يَرْكَعُ، ثُمَّ يَقُولُ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، ثُمَّ يَقُولُ: رَبَّنَا وَلَكَ الْحَمْدُ، قَبْلَ أَنْ يَسْجُدَ، ثُمَّ يَقُولُ: اللهُ أَكْبَرُ حِينَ يَهْوِي سَاجِدًا، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَسْجُدُ، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَقُومُ مِنَ الْجُلُوسِ فِي الِاثْنَتَيْنِ، وَيَفْعَلُ ذَلِكَ فِي كُلِّ رَكْعَةٍ، حَتَّى يَفْرُغَ مِنَ الصَّلَاةِ، ثُمَّ يَقُولُ حِينَ يَنْصَرِفُ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا.</t>
   </si>
   <si>
     <t>அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் : ஒவ்வொரு கடமையான மற்றும் ஸுன்னத்தான தொழுகைகளிலும், ரமழானிலும் அதுவல்லாத நேரங்களிலும் தக்பீர் கூறுவார்கள்.தொழுகைக்காக எழுந்து நின்றால் (இஹ்ராம்)தக்பீர் கூறுவார்கள், ருகூவிற்கு செல்லும் போது தக்பீர் கூறுவார்கள், ருகூஉலிருந்து முதுகை நிமிர்ததும் போது 'ஸமிஅல்லாஹுலிமன் ஹமிதஹ்' என்று கூறுவார்கள். பின்பு நிலைக்கு வந்து ஸுஜூதிற்கு செல்ல முன் 'ரப்பனா வலகல் ஹம்து' என்று கூறுவார்கள், பின்பு (ஸஜ்தாவுக்காகக்) குனியும் போதும் தக்பீர் கூறுவார்கள். பின்பு தலையை (ஸஜ்தாவிலிருந்து) உயர்த்தும் போதும் தக்பீர் கூறுவார்கள். பின்பு (இரண்டாவது) ஸஜ்தாச் செய்யும் போதும் தக்பீர் கூறுவார்கள். பின்பு அதிலிருந்து தலையை உயர்த்தும் போதும் தக்பீர் கூறுவார்கள். இவ்வாறே தொழுகையின் எல்லா ரக்அத்களிலும் செய்வார்கள். இரண்டாம் ரக்அத்திலும் எழும்பும் போதும் தக்பீர் கூறுவார்கள். தொழுகையை முடித்ததும் அபூஹுரைரா ரழியல்லாஹு அவர்கள் பின்வருமாறு கூறினார்கள்: எனது ஆன்மா எவன் கைவசம் உள்ளதோ அவனின் மீது சத்தியமாக நான் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் தொழுகைக்கு ஒப்பாகும் அளவிற்கு தொழுகை நடாத்தினேன். நபியவர்கள் இவ்வுலகைவிட்டு பிரியும் வரை அவர்களின் தொழுகை இவ்வாறே இருந்தது.</t>
   </si>
   <si>
     <t>يَروي أبو هريرة رضي الله عنه جزءًا من صفة صلاة النبي صلى الله عليه وسلم، ويخبر أنه كان إذا قام إلى الصلاة يكبر حين يقوم تكبيرة الإحرام، ثم يكبر حين يَنْتَقل إلى الركوع، وحين يسجد، وحين يرفع رأسه من السجود، وحين يسجد السجدة الثانية، وحين يرفع رأسه منها، وحين يقوم من الركعتين الأوليين بعد الجلوس للتشهد الأول في الصلاة الثلاثية أو الرباعية، ثم يفعل ذلك في الصلاة كلها حتى يقضيَها، وكان يقول حين يرفع ظهره من الركوع: سمع الله لمن حمده، ثم يقول وهو قائم: ربنا لك الحمد.
 ثم يقول أبو هريرة حين ينصرف من الصلاة: والذي نفسي بيده، إني لأقربكم شَبَهًا بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه صفة صلاته حتى فارق الدنيا.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் தொழுத முறையின் ஒரு பகுதியை அபூஹுரைரா அறிவிக்கிறார்கள். நபியவர்கள் தொழுகைக்காக எழுந்து நின்றால் இஹ்ராம் தக்பீர் கூறுவார்கள், பின்னர் ருகூவிற்கு செல்லும்; போதும், ஸுஜூதிற்கு செல்லும் போதும் ஸுஜூதிலிருந்து தலையை உயர்த்தும் போதும் இரண்டாவது ஸுஜூதிற்கு செல்லும் போதும் அதிலிருந்து தலையை உயர்த்தும் போதும், மூன்று மற்றும் நான்கு ரக்அத்துக்கள் உள்ள தொழுகைகளில் முதலாவது தஷஹ்ஹுத் ஓதியதின் பின் நிலைக்கு வரும்போதும் தக்பீர் கூறுவார்கள். இவ்வாறே தொழுகை நிறைவேற்றி முடியும் வரையில் செய்வார்கள். ருகூவிலிருந்து நிலைக்கு வரும்போது 'ஸமிஅல்லாஹுலிமன் ஹமிதஹ்' என்றும் நிலைக்கு வந்ததும் 'ரப்பனா வலகல் ஹம்து' என்றும் கூறுவார்கள் என அவர்கள் தெரிவிக்கிறார்கள்.
 அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு தொழுகையை முடித்ததன் பின் எனது ஆன்மா யாரின் கைவசம் உள்ளதோ அவன்மீது சத்தியமாக நான் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் தொழுகைக்கு ஒப்பாகும் அளவிற்கு தொழுகை நடாத்தினேன். நபியவர்கள் இவ்வுலகைவிட்டு பிரியும் வரை அவர்களின் தொழுகை இவ்வாறே இருந்தது எனக் கூறினார்கள்.</t>
   </si>
   <si>
     <t>يكون التكبير أثناء كلِّ خَفْضٍ ورَفْعٍ إلا في رفعه من الركوع فيقول سمع الله لمن حمده.
 حرص الصحابة على الاقتداء بالنبي صلى الله عليه وسلم وحفظ سُنَّتِه.</t>
   </si>
   <si>
     <t>தொழுகையில் ஒவ்வொரு தருனத்திலும் அதாவது குனியும் போது நிலைக்கு வரும்போதும் தக்பீர் கூறுதல் வேண்டும் ஆனால் ருகூஉலிருந்து நிலைக்கு வரும்போது 'ஸமிஅல்லாஹுலிமன் ஹமிதஹ்' என்று கூற வேண்டும்.
 நபியவர்களை முன்மாதிரியாகக் கொண்டு பின்பற்றி ஓழுகுவதிலும், அவர்களின் ஸுன்னாவை –வழிமுறையை பாதுகாப்பதிலும் ஸஹாபாக் களுக்கிருந்த ஆர்வத்தை இந்த ஹதீஸ் காட்டுகின்றமை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65098</t>
   </si>
   <si>
-    <t>قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ</t>
+    <t>قال الله تعالى: قسمت الصلاة بيني وبين عبدي نصفين، ولعبدي ما سأل</t>
   </si>
   <si>
     <t>அல்லாஹ் கூறியதாக அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறினார்கள்: தொழுகையை (ஸுறா பாத்திஹாவை) எனக்கும் என் அடியானுக்குமிடையே இரு பகுதிகளாகப் பிரித்துள்ளேன். என் அடியான் கேட்டது அவனுக்குக் கிடைக்கும்</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عنه سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ الْعَبْدُ: {الْحَمْدُ لِلهِ رَبِّ الْعَالَمِينَ}، قَالَ اللهُ تَعَالَى: حَمِدَنِي عَبْدِي، وَإِذَا قَالَ: {الرَّحْمَنِ الرَّحِيمِ}، قَالَ اللهُ تَعَالَى: أَثْنَى عَلَيَّ عَبْدِي، وَإِذَا قَالَ: {مَالِكِ يَوْمِ الدِّينِ}، قَالَ: مَجَّدَنِي عَبْدِي، -وَقَالَ مَرَّةً: فَوَّضَ إِلَيَّ عَبْدِي-، فَإِذَا قَالَ: {إِيَّاكَ نَعْبُدُ وَإِيَّاكَ نَسْتَعِينُ}، قَالَ: هَذَا بَيْنِي وَبَيْنَ عَبْدِي وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ: {اهْدِنَا الصِّرَاطَ الْمُسْتَقِيمَ، صِرَاطَ الَّذِينَ أَنْعَمْتَ عَلَيْهِمْ غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ}، قَالَ: هَذَا لِعَبْدِي وَلِعَبْدِي مَا سَأَلَ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை தான் செவிமடுத்ததாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: அல்லாஹ் கூறியதாக அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறினார்கள்: தொழுகையை (ஸுறா பாத்திஹாவை) எனக்கும் என் அடியானுக்குமிடையே இரு பகுதிகளாகப் பிரித்துள்ளேன். என் அடியான் கேட்டது அவனுக்குக் கிடைக்கும். அடியான் 'அல்ஹம்து லில்லாஹி ரப்பில் ஆலமீன்' (அனைத்துலகின் அதிபதியான அல்லாஹ்வுக்கே எல்லாப் புகழும்) என்று சொன்னால் மிக்க மேலான அல்லாஹ், 'என் அடியான் என்னைப் புகழ்ந்துவிட்டான்' என்று கூறுவான்.
 அடியான் 'அர்ரஹ்மானிர் ரஹீம்'  (அவன் அளவிலா அருளாளன்; நிகரிலா அன்புடையோன்) என்று சொன்னால் மிக்க மேலான அல்லாஹ், 'என் அடியான் என்னைத் துதித்துவிட்டான்' என்று கூறுவான்.
 அடியான் 'மாலி;கி யவ்மித்தீன்;' (தீர்ப்பு நாளின் அதிபதி) என்று சொன்னால், அல்லாஹ், 'என் அடியான் என்னைக் கண்ணியப்படுத்திவிட்டான்' என்று கூறுவான். மேலும்  'என் அடியான் தன் காரியங்களை என்னிடம் ஒப்படைத்துவிட்டான்' என்றும்  கூறுவான் )
 மேலும், அடியான் 'இய்யாக்க நஃபுது வ இய்யாக்க நஸ்தஈன்' (உன்னையே நாங்கள் வணங்குகிறோம். உன்னிடமே நாங்கள் உதவி தேடுகிறோம்) என்று சொன்னால்,  அல்லாஹ், 'இது எனக்கும் என் அடியானுக்கும் இடையே உள்ளது. என் அடியானுக்கு அவன் கேட்டது கிடைக்கும்' என்று கூறுவான்.
 அடியான் 'இஹ்தினஸ் ஸிராத்தல் முஸ்தகீம். ஸிராத் தல்லதீன அன்அம்த்த அலைஹிம், ஃகைரில் மஃக்ளுபி அலைஹிம் வலழ் ழால்லீன்'. (எங்களுக்கு நீ நேரான வழியைக் காட்டுவாயாக. அவ்வழி உன்னுடைய அருளைப் பெற்றவர்களின் வழி. உன்னுடைய கோபத்திற்கு ஆளானவர்களின் வழியுமல்ல வழிதவறியோரின் வழியுமல்ல) என்று சொன்னால், அல்லாஹ் 'இது என் அடியானுக்கு உரியது. என் அடியானுக்கு அவன் கேட்டது கிடைக்கும்'  என்று கூறுவான்.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى قال في الحديث القدسي: قسمت سورة الفاتحة في الصلاة بيني وبين عبدي نصفين، لي نصفُها، وله نصفُها.
 فنصفُها الأول: حمدٌ وثناءٌ وتمجيدٌ لله، أجزيه عليه خير الجزاء.
 ونصفُها الثاني: تَضَرُّعٌ ودعاء، أستجيب له وأعطيه ما سأل. 
 فإذا قال المصلي: {الحمد لله رب العالمين}، قال الله: حمدني عبدي، وإذا قال: {الرحمن الرحيم}، قال الله: أثنى عليَّ عبدي فمدحني واعتراف لي بعموم الإنعام على خَلْقي، وإذا قال: {مالك يوم الدين}، قال الله: مَجَّدني عبدي، وهو الشرف الواسع.
 فإذا قال: {إياك نعبد وإياك نستعين}، قال الله: هذا بيني وبين عبدي.
 فالنصف الأول من هذه الآية لله وهو: (إياك نعبد) وهو اعتراف بالألوهية لله، والاستجابة بالعبادة، وبه ينتهي النصف الذي لله. 
 والنصف الثاني من الآية وهو للعبد: (إياك نستعين) طلب العون من الله، ووعده بالإعانة.
 فإذا قال: {اهدنا الصراط المستقيم * صراط الذين أنعمت عليهم غير المغضوب عليهم ولا الضالين}، قال الله: هذا تضرُّع ودعاء من عبدي، ولعبدي ما سأل، وقد أجبتُ دعاءه.</t>
   </si>
   <si>
@@ -14209,211 +15318,1175 @@
 அதன் இரண்டாம் பகுதி அடியானின் பணிவு (மன்றாட்டம் ), பிரார்த்தனை செய்தல்  போன்ற வற்றை உள்ளடக்கியுள்ளது. எனவே அவனின் வேண்டுதலுக்கு பதிலளிப்பேன் அவன் கேட்பவற்றை வழங்குவேன் எனவும் அவன் குறிப்பிடுகிறான்.
 தொழுபவர் 'அல்ஹம்து லில்லாஹி ரப்பில் ஆலமீன்' எனக் கூறினால் அதற்கு அல்லாஹ் 'என் அடியான் என்னைப் புகழ்ந்துவிட்டான்' என்று கூறுவான். அடியான் அர்ரஹ்மானிர்ரஹீம் எனக் கூறினால் அதற்கு அல்லாஹ் எனது அடியான் என்னை நன்றி பாராட்டிவிட்டான் என்று கூறுவான். அதாவது அனைத்து உயிரினங்களுக்குமான எனது பரந்த அருட்கொடைகளை ஏற்றுக்கொண்டான் எனக் கூறுவான். ' மாலிகி யவ்முத்தீன் என்று கூறினால் அதற்கு அல்லாஹ் என்னை எனதடியான் கண்ணியப் படுத்திவிட்டான் என்று பதில் கூறுவான் இது எல்லையில்லா அவனின் சிறப்பை எடுத்துக்காட்டும்.
 அடியான் (இய்யாக நஃபுது வஇய்யாக நஸ்தஈன்) என்று ஓதினால் அதற்கு அல்லாஹ் இது எனக்கும் எனது அடியானுக்குமிடையிலான விவகாரமாகும் எனப் பதிலளிக்கிறான்.
 மேற்படி வசனத்தில் முதல் அரைப்பகுதி அதாவது 'இய்யாக நஃபுது' 'உன்னையே வணங்குகிறோம்' அல்லாஹ்விற்குரிய பகுதியாகும். இது உலூஹிய்யா -இறைமைத்துவம் - அல்லஹ்வுக்குரியது என்பதை ஏற்று, வணக்க வழிபாடுபாடுகளினூடாக அடிபணிதலைக் குறிக்கிறது. இத்துடன் அல்லாஹ்விற்குரிய பகுதி முடிவுறுகிறது.
 இந்த வசனத்தின் இரண்டாம் அரைப்பகுதி அடியானுடன் தொடர்பானது. அது 'இய்யாக நஸ்தஈன்' (உன்னிடமே உதவிதேடுகிறோம்)  என்பதாகும். அல்லாஹ்விடம் உதவி கோருதல் ஆகும். அதனை நிறைவேற்றித் தருவதாக அல்லாஹ் அவனுக்கு வாக்களிக்கிறான்.
 அடியான் 'இஹ்தினஸ் ஸிராத்தல் முஸ்தகீம். ஸிராத் தல்லதீன அன்அம்த்த அலைஹிம், ஃகைரில் மஃக்ளுபி அலைஹிம் வலழ்ழால்லீன்' 
 (உன்னுடைய கோபத்திற்கு  உள்ளானோர் ,மற்றும் நெறி தவறிப்போனோரின் வழி அல்லாது உனது அருளைப்பெற்றவர்களின் நோரான வழியில் எம்மை செலுத்திடுவாயாக) என்று சொன்னால், அல்லாஹ் 'இது என் அடியானின் கெஞ்சுதலும் (மன்றாட்டம் , )பிரார்த்தனையுமாகும் . என் அடியானுக்கு அவன் கேட்டது கிடைக்கும்' அவனது இறைஞ்சுதலுக்கு நான் பதிலளித்து விட்டேன் என்று கூறுவான்.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 عظم شأن الفاتحة فقد سماها الله تعالى (الصلاة).
 بيان عناية الله تعالى بعبده، حيث مَدَحَه بسبب حَمْدِه وثنائِه وتمجيدِه، ووَعدَه أنْ يُعطيَه ما سأل.
 اشتملت هذه السورة الكريمة، على حمد الله، وذكر المعاد، ودعاء الله، وإخلاص العبادة له، وسؤال الهداية إلى الصراط المستقيم، والتحذير من مسالك الباطل.
 استشعار المصلي هذا الحديث -اذا قرأ الفاتحة- يَزيدُ مِن خشوعِه في الصلاة.</t>
   </si>
   <si>
     <t>ஸுறா பாத்திஹாவை அஸ்ஸலாத் (தொழுகை) என்ற பெயரால் அல்லாஹ் அழைத்திருப்பது இந்த ஸுறா பெற்றுள்ள உயர் அந்தஸ்த்தை எடுத்துக் காட்டுகிறது.
 அடியான் தன்னை புகழ்ந்து பாராட்டி கண்ணியப் படுத்துவதன் காரணமாக அல்லாஹ்  அவனை புகழ்வதுடன் அவன் கேட்டதை கொடுப்பதாக வாக்களித்திருப்பது தனது அடியானுடனான அல்லாஹ்வின் அதீத கரிசனையை தெளிவு படுத்துகிறது.
 இந்த ஸுறாவானது அல்லாஹ்வை புகழ்தல், மறுமை நாள் பற்றி குறிப்பிட்டிருத்தல், அல்லாஹ்விடம் பிரார்த்தித்தல், வணக்கத்தை உளத் தூய்மையுடன் நிறைவேற்றல், நேரான பாதைக்கு வழிகாட்டுமாறு இறைஞ்சுதல், அசத்திய வழிகளில் செல்வதை விட்டும் எச்சரிக்கை செய்தல் போன்ற விடயங்களை உள்ளடக்கியுள்ளது.
 தொழுபவர் ஸுறா பாத்திஹாவை ஓதுகையில் இந்த ஹதீஸை உணர்பூர்வமாக சிந்தித்தால் தொழுகையில் அவரின் பணிவு அதிகரிக்கும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65099</t>
   </si>
   <si>
-    <t>أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا</t>
+    <t>أسوأ الناس سرقة الذي يسرق صلاته قال: وكيف يسرق صلاته؟ قال: لا يتم ركوعها، ولا سجودها</t>
   </si>
   <si>
     <t>'திருடர்களில் மிகவும் மோசமானவர் அவருடைய தொழுகையில் திருடுபவராவார்' அதற்கு நான்;  'அவன் எப்படி தொழுகையை திருடுகிறான்?' எனக் கேட்டேன் அதற்கு அவர்கள்: 'அவர் அதன் ருகூவையோ அல்லது ஸுஜூதையோ சரியாகச் செய்வதில்லை' என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'திருடர்களில் மிகவும் மோசமானவர் அவருடைய தொழுகையில் திருடுபவராவார்' அதற்கு நான்;  'அவன் எப்படி தொழுகையை திருடுகிறான்?' எனக் கேட்டேன் அதற்கு அவர்கள்: 'அவர் அதன் ருகூவையோ அல்லது ஸுஜூதையோ சரியாகச் செய்வதில்லை' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أشدَّ الناسِ قُبْحًا في السَّرِقَة الذي يَسْرِقُ مِن صلاتِه؛ وذلك لأنَّ أَخْذَ مالِ الغيرِ ربما ينتفع به في الدنيا، بخلاف هذا السارق، فإنه سَرَقَ حقَّ نفسِه مِن الثواب والأجر، قالوا: يا رسول الله، وكيف يسرق من صلاته؟ قال: لا يتم ركوعها ولا سجودها؛ وذلك بأنْ يستعجل في الركوع والسجود، فلا يأتي بهما على الوجه الأكمل.</t>
   </si>
   <si>
     <t>மனிதர்களில் மிகக்கேவளமானவன் தொழுகையில் களவு செய்பவர் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவுபடுத்துகிறார்கள். தொழுகைத் திருடனுக்கு மாற்றமாக பிறரின் செல்வத்தை திருடுபவன் சில வேளை அதனால் பயனடைவான், ஆனால் தொழுகையை திருடுபவன் தனக்கு கிடைக்க வேண்டிய கூலி மற்றும் வெகுமதியை அவனாகவே இழந்து கொள்கிறான். இதனால்தான் ஸஹாபாக்கள் அல்லாஹ்வின் தூதரே ஒருவன் தனது தொழுகையை திருடுவது எப்படி என வினவ அதற்கு 'தொழுகையின் ருகூஉ மற்றும் ஸுஜூதை முறையாக செய்யாமலிருப்பது என பதிலளித்தார்கள். அதாவது ருகூஉ மற்றும் ஸுஜூதை மிகவும் விரைவாக நிறைவேற்றுவதன் மூலம் அவற்றை உரிய முறையில் நிறைவேற்றாததை இது குறிக்கிறது.</t>
   </si>
   <si>
     <t>أهمية إحسان الصلاة والإتيان بأركانها بطمأنينة وخشوع.
 وصف مَن لا يتم ركوعه وسجوده بأنه سارقٌ تنفيرٌ عن ذلك، وتنبيهٌ على تحريمِه.
 وجوب إتمام الركوع والسجود في الصلاة والاعتدال منهما.</t>
   </si>
   <si>
     <t>தொழுகையை உரிமுறையில் சிறப்பாக செய்வதையும், அதன் ருகுன்களை நிதானமாகவும் பணிவுடனும் நிறைவேற்றுவதன் அவசியத்தையும் இந்த ஹதீஸ் சுட்டிக் காட்டியுள்ளமை.
 ருகூவையும், ஸஜூதையும் சரியாகச் செய்யாத ஒருவரைத் திருடன் என இந்த ஹதீஸ் விவரிக்கிறது. எனவே, இந்த நடத்தையிலிருந்து நம்மைத் தவிர்த்துக்கொள்ள வலியுறுத்துவதோடு தொழுகையில் இவ்வாறான செயற்பாடு ஹராம் -தடைசெய்ப்பட்டுள்ளமையும்- உணர்த்தி நிற்கிறது.
 தொழுகையில் ருகூஃ மற்றும் ஸுஜூதை முழுமையாக நிறைவேற்றுவதுடன்; அதை முறையாக நிறைவேற்றுவதும் வாஜிபாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65100</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا رفع ظهره من الركوع قال: سمع الله لمن حمده</t>
   </si>
   <si>
     <t>நபி  ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ருகூவிலிருந்து தனது முதுகை உயர்த்தினால் 'ஸமிஅல்லாஹுலிமன்ஹமிதஹ் என்று கூறிவிட்டு</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ أَبِي أَوْفَى رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ، اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ».</t>
   </si>
   <si>
     <t>இப்னு அபீ அவ்பா ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள்: நபி  ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ருகூவிலிருந்து தனது முதுகை உயர்த்தினால் 'ஸமிஅல்லாஹுலிமன்ஹமிதஹ் என்று கூறிவிட்டு,
 அல்லாஹும்ம ரப்பனா லகல் ஹம்து மில்அஸ் ஸமாவாதி வமில்அல் அர்ழி வமில்அ மாஷிஃத மின் ஷைஇன் பஃது என்று கூறுபவர்களாக இருந்தார்கள்'
 (யாஅல்லாஹ்! எங்கள் அதிபதியே! வானங்கள் மற்றும் பூமி நிரம்பும் அளவுக்கும்; நீ எதை நாடுகிறாயோ அது நிரம்பும் அளவுக்கும் உனக்கே புகழனைத்தும்.)</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم إذا رفع ظهرَه مِن الركوع في الصلاة يقول: "سمع الله لِمَن حمده"، أي: أنّ مَن حَمِدَ الله تعالى استجاب الله تعالى له، وقَبِل حَمْدَه وأثابَه، ثم يحمد الله بقوله: " اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ "، حَمْدًا يملأُ السماوات والأرضين وما بينهما، ويملأ ما شاء الله من شيء.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ருகூஇலிருந்து தனது முதுகை உயர்த்தினால் 'ஸமிஅல்லாஹுலிமன்ஹமிதஹ் என்று கூறுவார்கள். இதன் கருத்து : யார் அல்லாஹ்வை புகழ்கிறானோ அவனுக்கு பதிலளிப்பதோடு அவனின் புகழை ஏற்று அதற்கு கூலியும் வழங்குகிறான் என்பதாகும்'. 'அல்லாஹும்ம ரப்பனாலகல் ஹம்து மில்அஸ் ஸமாவாதி வமில்அல் அர்ழி வமில்அ மாஷிஃத மின் ஷையின் பஃது ' என்பது வானங்கள் மற்றும் பூமி அதற்கிடைப்பட்டவை அவன் நாடிய எல்லாவிடயங்களில் அவனின் புகழ்நிறைந்துள்ளது என்பாகும்.</t>
   </si>
   <si>
     <t>بيان ما يُستَحبُّ أن يقولَه المصلي إذا رفع رأسه من الركوع.
 مشروعية الاعتدال والطمأنينة بعد الرفع من الركوع؛ لأنه لا يمكن أن يقول هذا الذكر إلا إذا اعتدل واطمأن.
 هذا الذكر مشروع في جميع الصلوات سواء كانت فرضًا أو نفلًا.</t>
   </si>
   <si>
     <t>தொழுபவர் ருகூஉலிருந்து தனது தலையை உயர்த்தினால் இந்த திக்ரை கூறுவது விரும்பத்தக்கது.
 ருகூஉலிருந்து நிலைக்கு வந்த பின் அமைதியாகவும் நேராகவும் இருப்பது தொழுகையில் உள்ள மார்க்க வழிகாட்டலாகும். ஏனெனில் இந்த திக்ரை நிலைக்கு வந்து அமைதியாக இருந்தே ஓத வேண்டும்.
 இந்த திக்ர் கடமையான, ஸுன்னத்தான அனைத்து தொழுகைகளிலும் ஓத வேண்டும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65101</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول في دبر كل صلاة مكتوبة</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒவ்வொரு பர்ழான தொழுகை முடிந்ததும் பின்வருமாரு கூறக் கூடியவர்களாக இருந்தார்கள்</t>
   </si>
   <si>
     <t>عَنْ ‌وَرَّادٍ كَاتِبِ الْمُغِيرَةِ بْنِ شُعْبَةَ قَالَ: أَمْلَى عَلَيَّ الْمُغِيرَةُ بْنُ شُعْبَةَ فِي كِتَابٍ إِلَى مُعَاوِيَةَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ».</t>
   </si>
   <si>
     <t>முகீரதுப்னு ஷுஃபாவின் எழுத்தாளர் வர்ராத் கூறுகிறார்: முஆவியா ரழியல்லாஹு அன்ஹு அவர்களுக்கு  எழுதிய கடிதமொன்றில் முகீரதுப்னு ஷுஃபா எனக்கு எழுதுமாறு பின்வரும் ஹதீஸை குறிப்பிட்டார்கள்: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒவ்வொரு பர்ழான தொழுகை முடிந்ததும் பின்வருமாரு கூறக் கூடியவர்களாக இருந்தார்கள் 'லாஇலாஹ இல்லல்லாஹு வஹ்தஹு லாஷரீக லஹு லஹுல் முல்கு வலஹுல் ஹம்து வஹுவ அலா குல்லிஷைஇன் கதீர். அல்லாஹும்ம லா மானிஅ லிமா அஃதய்த்த, வலா முஃதிய லிமா மனஃத்த, வலா யன்ஃபஉ தல் ஜத்தி மின்கல் ஜத்து .(பொருள்: வணக்கத்திற்குரியவன் அல்லாஹ் ஒருவனைத் தவிர எவருமில்லை. அவன் தனித்தவன். அவனுக்கு நிகர் எவருமில்லை. ஆட்சியதிகாரம் அவனுக்குரியதே! புகழும் அவனுக்குரியதே! அவன் எல்லாவற்றின் மீதும் ஆற்றலுள்ளவன். இறைவா! நீ கொடுப்பதை எவராலும் தடுக்க முடியாது. நீ தடுப்பதை எவராலும் கொடுக்கவும் முடியாது. எந்தச் செல்வந்தரின் செல்வமும் உன்னிடம் பயன் அளிக்காது)</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عَقِيب كلِّ صلاةِ فريضة: " لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ".
 أي: أُقِرُّ واعترفُ بكلمة التَّوحيد لا إله إلا الله، فالعبادة الحَقَّة أُثْبِتُها لله، وأَنفيها عمّا سواه، فلا معبود بحق إلا الله، ومُقِرٌّ أنَّ المُلْك الحقيقيّ التام لله، وجميع حمد أهل السموات والأرض مُستَحقٌّ لله تعالى، حيث هو قادر على كل شيء، وما قدَّره الله مِن عطاءٍ أو منعٍ لا رادَّ له، وعنده لا ينفع ذا الغنى غِناه، إنما ينفعه العمل الصالح.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒவ்வொரு பர்ழான தொழுகையைத் தொடர்ந்து : 'லாஇலாஹ இல்லல்லாஹு வஹ்தஹு லாஷரீக லஹு லஹுல் முல்கு வலஹுல் ஹம்து வஹுவ அலா குல்லிஷைஇன் கதீர். அல்லாஹும்ம லாமானிஅ லிமா அஃதய்த்த வலா முஃதிய லிமா மனஃத்த வலா யன்ஃபஉ தல் ஜத்தி மின்கல் ஜத்து என கடமையான தொழுகைக்குப் பிறகு கூறக் கூடியவர்களாக இருந்தார்கள்.
 இந்த திக்ரின் கருத்து : லாஇலாஹ இல்லல்லாஹு என்ற ஏகத்துவ வார்த்தையை உளப்பூர்வமாக ஏற்று அங்கீகரிக்கிறேன். உண்மையான வணக்கம் அல்லாஹ்வுக்கு மாத்திரமே உரியது என்று உறுதிப்படுத்துவதோடு, அவனைத் தவிர உள்ளவற்றிற்கு வழிபாடு எதுவும் இல்லை என்றும் கூறுகிறேன். எனவே உண்மையாக வணங்கப்பட வேண்டியவன் அல்லாஹ்வைத் தவிர வேறு யாருமில்லை. உண்மையான அரசாட்சி அல்லாஹ்வுக்கே சொந்தமானது. வானங்கள் மற்றும் பூமியில் உள்ளோரின் அனைத்து புகழாரங்களும் அல்லாஹ்வுக்கே உரியன. அவன் எல்லாவற்றிலும் சக்தி படைத்தவனாக உள்ளான் எனவே அவன் நாடி கொடுத்தவற்றை அல்லது தடுத்தவற்றை எவராலும் தடுத்திட முடியாது. மேலும் செல்வந்தனின் செல்வம் மறுமையில் எவ்விதப்பயனையும் தரமாட்டாது அவனின் நல்லமல்கள் மாத்திரமே அவனுக்கு நற்பயனளிக்கும்.</t>
   </si>
   <si>
     <t>استحباب هذا الذكر عقيب الصلوات لما اشتمل عليه من ألفاظ التوحيد والحمد.
 المبادرة إلى امتثال السنن، وإشاعتها.</t>
   </si>
   <si>
     <t>ஏகத்துவம் மற்றும் இறைபுகழ் போன்ற வார்த்தைகளை இந்த திக்ர் உள்ளடக்கியிருப்பதால் தொழுகைக்குப்பிறகு இதனை ஓதுவது வரவேற்கத்தக்கதாகும்.
 ஸுன்னாக்களை நடைமுறைப்படுத்தவும் அதனை பரப்பவும் விரைந்து செயற்படுதல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65102</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول بين السجدتين: رب اغفر لي، رب اغفر لي</t>
   </si>
   <si>
     <t>இரு ஸஜ்தாக்களுக்கிடையில் -மத்தியில் 'ரப்பிஃபிர்லீ, ரப்பிஃபிர்லீ,' என கூறுபவர்களாக  நபிஸல்லல்லாஹு அலைஹிவஸல்லம் இருந்தார்கள். (பொருள் : எனது இரட்சகனே! எனக்கு மன்னிப்பளிப்பாயாக, எனது இரட்சகனே! எனக்கு மன்னிப்பளிப்பாயாக)</t>
   </si>
   <si>
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
     <t>ஹுதைபா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: இரு ஸஜ்தாக்களுக்கிடையில் -மத்தியில் 'ரப்பிஃபிர்லீ, ரப்பிஃபிர்லீ,' என கூறுபவர்களாக  நபிஸல்லல்லாஹு அலைஹிவஸல்லம் இருந்தார்கள். (பொருள் : எனது இரட்சகனே! எனக்கு மன்னிப்பளிப்பாயாக, எனது இரட்சகனே! எனக்கு மன்னிப்பளிப்பாயாக).</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
 ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
   </si>
   <si>
     <t>நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இரு ஸஜ்தாக்களுக்கிடையில் -மத்தியில் 'ரப்பிஃபிர்லீ, என்ற இஸ்திஃபாரை மீண்டும் மீண்டும் கூறுபவர்களாக இருந்தார்கள்.
 'ரப்பிஃபிர்லீ, என்பது : அடியான் தனது இரட்சகனிடம் தனது பாவத்தை அழித்து விடுமாறும் குறைகளை மன்னித்து விடுமாறும் இறைஞ்சுவதைக் குறிக்கும்.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
 استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
   </si>
   <si>
     <t>இந்த துஆவை பர்ழ் மற்றும் நபிலான தொழுகையில் இரு ஸஜ்தாவுக்கு மத்தியில் ஓதுவது மார்க்க வழிகாட்டலாகும்.
 'ரப்பிஃபிர்லீ, என்ற வார்த்தை இரு தடவைகள் கூறுவது முஸ்தஹப்பாகும். அதனை ஓரு தடவை மாத்திரம் கூறுவது கட்டாயமாகும்.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65104</t>
   </si>
   <si>
-    <t>ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا</t>
+    <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
   </si>
   <si>
     <t>அவன்தான் ஹின்ஸப் எனப்படும் ஷைத்தான், அவன் குழப்புவதை நீர் உணர்ந்தால் அவனை விட்டும் அல்லாஹ்விடம் பாதுகாப்பு தேடிவிட்டு, உமது இடது பக்கத்தில் மூன்று விடுத்தம் துப்பிவிடு'</t>
   </si>
   <si>
     <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
   </si>
   <si>
     <t>உஸ்மான் இப்னு அபில் ஆஸ் ரழியல்லாஹு அன்ஹு அவர்கள்: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து, அல்லாஹ்வின் தூதரே! ஷைத்தான் எனக்கும், எனது தொழுகைக்குமிடையில் குறுக்கிட்டு எனது ஓதலை குழப்புகிறான் என்று  கூறிய போது, நபியவர்கள்; "அவன்தான் ஹின்ஸப் எனப்படும் ஷைத்தான், அவன் குழப்புவதை நீர் உணர்ந்தால் அவனை விட்டும் அல்லாஹ்விடம் பாதுகாப்பு தேடிவிட்டு, உமது இடது பக்கத்தில் மூன்று விடுத்தம் துப்பிவிடு' என்று கூற, நான் அவ்வாறே  செய்தேன், அல்லாஹ் அவனை விட்டும் என்னை காப்பாற்றி விட்டான் என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>உஸ்மான் இப்னு அபில்-ஆஸ் ரழியல்லாஹு அன்ஹு அவர்கள் நபி (ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து  'அல்லாஹ்வின் தூதரே, ஷைத்தான் எனக்கும் எனது தொழுகைக்கும் இடையே குறுக்காக நின்று அதில் பக்தியுடன் தொழுவதை தடுக்கிறான் . இதனால் அல்குர்ஆன் ஓதுவது குழம்புகிறது. அதில் சந்தேகமும் ஏற்படுகிறது'  என்று கூறினார் அப்போது அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் 'அவன்தான் கின்ஸப் என்று அறியப்பட்ட ஷைத்தான். நீங்கள் கூறியவாறு இவ்வாறான ஊசலாட்டங்களை  நீங்கள் உணர்ந்தால், அவனிடமிருந்து அல்லாஹ் விடம் பாதுகாப்புத் தேடுங்கள், உங்கள் இடது புறத்தில் மூன்று முறை துப்பவும் என்று கூறினார்கள். நான் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியது போன்று செய்தேன். அல்லாஹ் என்னை விட்டும் ஷைத்தானை அகற்றி விட்டான் என்று உஸ்மான் அவர்கள் கூறுகிறார்கள்.</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>ஷைத்தான் தொழுகையில் குழப்பத்தையும், சந்தேகத்தையும் ஏற்படுத்துவதில் தீவிரமாக ஈடுபடுவதால் தொழுகையில் பணிவு மற்றும்  பக்தியுடன் மெய்நிலையில் தொழுவதன் அவசியம் தெளிவுபடுத்தப்பட்டிருத்தல்.
 தொழுகையில் ஷைத்தானின் மனஊசலாட்டம் ஏற்பட்டால் இடது பக்கத்தில் மூன்று முறை துப்பி பாதுகாப்புத் தேடுவது நபி வழிமுறையாகும்.
 ஸஹாபாக்கள் தங்களுக்கு ஏற்படுகின்ற பிரச்சினைகளுக்கு தீர்வுகளைப் பெற்றுக்கொள்ள நபியவர்களிடம் வந்தமை பற்றிய விபரம் இந்த ஹதீஸில் காணப்படுகின்றமை.
 நபித்தோழர்களின் உள்ளங்கள் உயிரோட்டமானவை, அவர்களின் முழு முயற்சியும் மறுமை நோக்கியதாகவே இருக்கும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65105</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
+  </si>
+  <si>
+    <t>நான்கு பண்புகள் உள்ளன. அவை எவரிடத்தில் உள்ளதோ அவர்; மிகத்தெளிவான நயவஞ்கராவார். இந்தப் பண்புகளில் ஏதாவது ஒன்று ஒருவரிடம் காணப்படுமாயின் அவர் அதனை விட்டும் வரையில் அவரிடம் நயவஞ்சகத்தின் பண்புகளில் ஒன்று உள்ளது. அப்பண்புகளாவன. பேசினால் பொய்யுரைப்பான். ஒப்பந்தம் செய்தால் அதில் மோசடி செய்வான். வாக்களித்தால் மாறுசெய்வான். வழக்காடினால் -விவாதம் செய்தால்- நேர்மை தவறி நடந்து கொள்வான்”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ரு ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: நான்கு பண்புகள் உள்ளன. அவை எவரிடத்தில் உள்ளதோ அவர்; மிகத்தெளிவான நயவஞ்கராவார். இந்தப் பண்புகளில் ஏதாவது ஒன்று ஒருவரிடம் காணப்படுமாயின் அவர் அதனை விட்டும் வரையில் அவரிடம் நயவஞ்சகத்தின் பண்புகளில் ஒன்று உள்ளது. அப்பண்புகளாவன. பேசினால் பொய்யுரைப்பான். ஒப்பந்தம் செய்தால் அதில் மோசடி செய்வான். வாக்களித்தால் மாறுசெய்வான். வழக்காடினால் -விவாதம் செய்தால்- நேர்மை தவறி நடந்து கொள்வான்”.</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் நான்கு பண்புகள் குறித்து எச்சரித்துள்ளார்கள். அவை ஒரு முஸ்லிமிடம் காணப்படின் அப்பண்புகளின் காரணமாக நயவஞ்சகர்களுக்கு மிகவும் ஒப்பானவராக இருப்பார். பெரும்பாலும் இப்பண்புகள் யாரிடம் அதிகம் காணப்படுகிறதோ அவரின் நிலை  நயவஞ்சகனை ஒத்த நிலையாகும். ஆனால் இப்பண்புகள் யாரிடம் அரிதாக காணப்படுகிறதோ அவர் இவ்வட்டத்தினுள் வரமாட்டார். அப்பண்புகளாவன:
+முதலாவது: பேசினால் வலிந்து பொய் பேசுவான் அவனின் பேச்சில் உண்மை இருக்காது.
+இரண்டாவது: ஒப்பந்தம் ஒன்றை செய்தால் அதனை நிறைவேற்றாது அதற்கு மோசடி செய்வான்.
+மூன்றாவது: வாக்களித்தால் அதனை நிறைவேற்றாது அதற்கு மாறுசெய்வான்.
+ஒருவருடன் சண்டை சச்சரிவில் ஈடுபட்டால் கடும் பகையை காட்டுவதோடு நேர்மை தவறி நடப்பதோடு, குறித்த நபருக்கு மறுப்புத் தெரிவிப்பதிலும் அவரின் கூற்றை பொய்யாக்குவதிலும் சூழ்ச்சி செய்து பொய்யையும் புரட்டையும் பேசுவான்.
+நயவஞ்சகம் என்பது உள்ளிருப்பதற்கு  மாற்றமாக வெளியே ஒன்றை செய்தல். இக்கருத்து இப்பண்புகளைப் பெற்றோரிடத்தில் காணப்படுகிறது. அவர் தன்னிடம் பேசுபவர், வாக்குறுதி அளிப்பவர், நம்பிக்கை வைப்பவர், வாதிடுபவர் மற்றும் உடன்படிக்கை செய்பவர்களிடம் நயவஞ்சகமாக நடந்து கொள்கிறார். மாறாக, நம்பிக்கையின்மையை மறைத்து இஸ்லாத்தை வெளிப்படுத்தும்  இஸ்லாத்தை விட்டும் வெளியேறும் நயவஞ்சகர் அல்ல. இந்த குணாதிசயங்களில் ஒன்றைக் கொண்டவர் அதைக் கைவிடும் வரை நயவஞ்சகத்தின் பண்புகளைக் கொண்டுள்ளார்.</t>
+  </si>
+  <si>
+    <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
+المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
+قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
+النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
+قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
+قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
+  </si>
+  <si>
+    <t>முனாபிக்கின் (நயவஞ்சகனின்) சில பண்புகளை அதில் விழுந்துவிடாதிருக்க அச்சமூட்டி எச்சரிக்கை செய்யும்  நோக்கில் சில பண்புகள் தெளிவுபடுத்தப்பட்டிருத்தல்.
+ஹதீஸின் கருத்து : இந்த ஹதீஸில் குறிப்பிடப்பட்ட பண்புகள் யாவும் நயவஞ்சகத்தின் பண்புகளாகும். மேலும் இவற்றைக் கொண்ட ஒருவர் இந்தப் பண்புகளில் நயவஞ்சகர்களைப் போலவே இருக்கிறார் அவர்களின் குணங்குகளை பின்பற்றியவராக இருப்பார். ஆனால் இது இஸ்லாத்தை வெளிப்படுத்தி குப்ரை மறைக்கும் நயவஞ்சகத்தில் வராது. என்பது ஒரு கருத்து. இரண்டாவாதாக இப்பண்புகள் ஒருவரிடம் அதிகமாகி அல்லது மிகைத்து, இப்பண்புகள் குறித்து அலட்சியமாக இருப்பதோடு இவ்விவகாரத்தை அற்பமாக கருதினால், அவர் பெரும்பாலும் பிழையான நம்பிக்கை கோட்பாட்டில் இருக்கிறார்.
+இமாம் கஸ்ஸாலி அவர்கள் குறிப்பிடுகையி;ல் : மார்க்கத்தின் அடிப்படை மூன்று விடயங்களில் வரையறுக்கப்பட்டுள்ளது. அவை : பேச்சு (சொல்), செயல் மற்றும் (நிய்யத்) நோக்கம்; என்பனவாகும். இந்த ஹதீஸின் ஊடாக நபியவர்கள், பொய் சொல்வதன் மூலம் பேச்சு நாசப்படுத்தப்படுகிறது, துரோகத்தால் செயல் நாசப்படுத்தப்படுகிறது, வாக்குறுதியை மீறுவதன் மூலம்  நோக்கம் சிதைக்கப்படுகிறது. ஏனென்றால், வாக்குறுதியை மீறுவதானது அதனுடன் சேர்ந்து அவ்வாறு செய்யும் எண்ணம் இல்லாவிட்டால் அது எவ்விதப்பாதிப்பையும் ஏற்படுத்தமாட்டாது. இருப்பினும், ஒரு நபர் வாக்குறுதியில் உறுதியாக இருந்து, பின்னர் ஏதாவது அவருக்குத் தடையாக இருந்தால் அல்லது அவருக்கு ஒரு புதிய கருத்து தோன்றினால், அது நயவஞ்சகத்தனமாக அமையமாட்டாது.
+நயவஞ்சகம், கொள்கைரீதியானது செயல்ரீதியானது என இரண்டுவகைப்படும் : கொள்கைரீதியான நயவஞ்சகம் என்பது உள்ளே இறைநிராகரிப்கை (குப்ரை) மறைத்து முஸ்லிமாக தன்னைக் வெளியில் காட்டுவதாகும் இது  ஒருவனை இஸ்லாத்தை விட்டும் வெளியேற்றி விடும். செயல்ரீதியான நயவஞ்சகம் என்பது நயவஞ்சகர்களை அவர்களின் பண்பாட்டில் பின்பற்றுவதாகும். இது அந்நபரை இஸ்லாத்தை விட்டும் வெளியேற்றாது, மாறாக இது பெரும்பாவங்களில் ஒன்றாகும்.
+ஒருவர் தனது உள்ளத்தாலும் நாவினாலும் உண்மைப்படுத்தி அல்லாஹ்வை உறுதியான முறையில் விசுவாசித்த ஒருவர் இப்பண்புகளை செய்வாராயின்; அவர் காபிர் எனத் தீர்பபளிக்கப்படமாட்டார் என்றும் அவர் நிரந்தர நரகத்திற்குரிய ஒரு முனாபிக்குமல்ல என அறிஞர்கள் ஏகோபித்த கருத்தை கொண்டிருப்பதாக இப்னு ஹஜர் (ரஹ்) அவர்கள் குறிப்பிடுகிறார்.
+இமாம் நவவி குறிப்பிடுகையில் : இங்கு முனாபிகூன்கள் -நயவஞ்கர்கள் என்று அடையாளப்படுத்தப்பட்டோர் நபியவர்களின் காலத்தில் இருந்த நயவஞ்சகர்கள். அவர்கள் தங்கள் ஈமான்; பற்றிப் பேசினார்கள், ஆனால் பொய் சொன்னார்கள், அவர்கள் தங்களுடைய மார்க்கத்தில் நம்பிக்கையுடன் இருப்பதாத கூறினார்கள் , ஆனால் அதில் மோசடி செய்தார்கள், மார்க்கம் மற்றும் அதன் ஆதரவு வழங்குவது குறித்து வாக்குறுதிகளை அளித்தார்கள், ஆனால் அவற்றை மீறினார்கள், மேலும் அவர்கள் தங்கள் தகராறுகளில் ஒழுக்கக்கேடானவர்களாக இருந்தனர். என்ற அறிஞர்களின் ஒரு பிரிவினர் குறிப்பிடுகின்றனர்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/65124</t>
+  </si>
+  <si>
+    <t>من حسن إسلام المرء تركه ما لا يعنيه</t>
+  </si>
+  <si>
+    <t>'ஒரு முஸ்லிம் தனக்கு சம்பந்தமில்லாதவைகளை விட்டு விடுவது இஸ்லாத்தின் சிறந்த காரியங்களில் ஒன்றாகும்'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مِنْ حُسْنِ إِسْلَامِ المَرْءِ تَرْكُهُ مَا لَا يَعْنِيهِ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'ஒரு முஸ்லிம் தனக்கு சம்பந்தமில்லாதவைகளை விட்டு விடுவது இஸ்லாத்தின் சிறந்த காரியங்களில் ஒன்றாகும்'.</t>
+  </si>
+  <si>
+    <t>بين النبي صلى الله عليه وسلم: أن من كمال محاسن إسلام المسلم وتمام إيمانه، ابتعاده عما لا يعنيه ولا يخصه ولا يهمه وما لا يفيده من الأقوال والأفعال، أو مما لا يعنيه من أمور الدين والدنيا، فالاشتغال بما ليس للإنسان ربما شغله عما يعنيه، أو أداه إلى ما يلزمه اجتنابه؛ فإن الإنسان مسؤول عن أعماله يوم القيامة.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந் ஹதீஸில் ஒரு முஸ்லிமின் இஸ்லாத்தின் அழகுகளின் முழுமை மற்றும் அவரது நம்பிக்கையின் நிறைவு தனக்கு சம்பந்தமில்லாததை விட்டுவிடுவதும் தனக்கு எவ்விதத்திலும் பயனில்லாத வார்த்தைகள் மற்றும் செயல்களை விட்டுவிடுவதாகும் என விளக்கியுள்ளார்கள். அல்லது மார்க்க மற்றும் உலகியல் சார் விடயங்களில் பயனற்ற தேவையில்லாத விடயங்களை விட்டுவிடுவதை இது குறிக்கும். அத்துடன் தேவையற்றவற்றில் ஈடுபடுவது தேவையானதை செய்வதை தடுத்து விடும். மறுமை நாளில் இது குறித்து அனைவரும் விசாரிக்கப்படுவர். எது எப்படி இருந்தாலும் மனிதர்கள் யாவரும் அவரவர் பொறுப்பு குறித்து விசாரிக்கப்படுவர்.</t>
+  </si>
+  <si>
+    <t>الناس يتفاوتون في الإسلام، وأنه يزداد حسنًا ببعض الأعمال.
+ترك اللغو والفضول من الأقول والأفعال دليل على كمال إسلام المرء.
+الحث على الاشتغال فيما يعني المرءَ من شؤون دِينه ودنياه، فإذا كان مِن حُسن إسلام المرء تركه ما لا يعنيه، فمِن حُسنه إذًا اشتغالُه فيما يعنيه.
+قال ابن القيم رحمه الله : وقد جمع النبي صلى الله عليه وسلم الورع كله في كلمة واحدة، فقال: «من حسن إسلام المرء: تركُه ما لا يعنيه»، فهذا يعم الترك لما لا يعني: من الكلام، والنظر، والاستماع، والبطش، والمشي، والفكر، وسائر الحركات الظاهرة والباطنة، فهذه كلمة شافية في الورع.
+قال ابن رجب: هذا الحديث أصل من أصول الأدب.
+الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
+الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
+يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
+  </si>
+  <si>
+    <t>இஸ்லாத்தில் மனிதர்கள் தங்களுக்கு மத்தியில் செயல்களால் வித்தியாசப்படுவர். அந்த வகையில் சில செயல்கள் அவர்களின் நன்மைகளை அதிகரிக்கச்செய்கின்றன.
+வீண் பேச்சு மற்றும் வீண் செயல்களிலிருந்து விலகி இருப்பது ஒரு மனிதனின் பூரண இஸ்லாத்திற்கு சான்றாகும்.
+ஒருவரை மார்க்க மற்றும் உலக விவகாரங்களில் ஈடுபட ஊக்குவிப்பது. ஒருவரின் அழகிய இஸ்லாம்; என்பது தேவையற்றதை கைவிடுவதாக இருப்பின், தனக்கு தேவையானவற்றில்  ஈடுபடுவது அவரது அழகிய இஸ்லாத்தின் வெளிப்பாடாகும்.
+இப்னுல் கைய்யிம் ரஹிமஹுல்லாஹ் அவர்கள் குறிப்பிடுகையில் :நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள்  பேணுதலை ஒரே வார்த்தையில் ஒன்று சேர்த்து குறிப்பிடுகிறார்கள். அந்த வார்த்தைதான் : ஒரு முஸ்லிமின் சிறந்த இஸ்லாமியப் பண்புக்கு ஆதாரம் அவருக்குத் தேவையற்ற அல்லது பயனற்றவற்றை விட்டு விடுவதாகும். இங்கே விட்டுவிடுவது என்பது தேவையற்ற பேச்சு தேவையற்ற பார்வை, தேவையற்ற விடயங்களுக்கு காது கொடுத்தல், தண்டித்தல், தேவையற்ற விடயங்களுக்கு நடந்து செல்லுதல், தேவையற்ற சிந்தனை ஏனைய வெளிப்படையான மற்றும் மறைமுகமான அசைவுகள் ஆகிய அனைத்தையும் உள்ளடக்குவதாகும். இது பேணுதல் குறித்த முழுமையான ஒரு வார்த்தையாகும்.
+இப்னு ரஜப் ரஹ் அவர்கள் குறிப்பிடுகையில் : நல்லொழுக்கத்தின் அடிப்படைகளில் ஒன்றைப் பற்றி பேசும் மிக முக்கியமான ஹதீஸாக இது உள்ளது என்கிறார்.
+கல்வி கற்குமாறு தூண்டப்பட்டிருத்தல். காரணம் ஒரு மனிதன் கல்வி கற்பதன் ஊடாகவே தேவையானது எவை? தேவையற்றவை எவை என்பதை புரிந்து கொள்கிறான்.
+நன்மையை ஏவுதல் தீமையை தடுத்தல் மற்றும் மனிதனுக்கு தேவையானவற்றை குறித்து அறிவுரை கூறுதல். இவையெல்லாம் மனிதனுக்கு வலியுறுத்தப்பட்ட விடயங்களாகும்.
+இந்த ஹதீஸின் பொதுவான கருத்து பின்வரும் விடயங்களை உள்ளடக்கியுள்ளது, அவை எல்லாம் வல்ல அல்லாஹ் தடை செய்தவை மற்றும் நபி (ஸல்) அவர்கள் விரும்பாதவைகளும் அடங்கும். அதே போன்று மறைவான விடயங்கள் பற்றிய யதார்த்தத்தை அறிந்து கொள்ள முற்படுதல்,  மற்றும் படைப்பு மற்றும் இறை கட்டளையின் மீதான தீர்ப்பின் விவரங்கள் போன்ற மறுமை சார் விடயங்களில் தேவையில்லாதவற்றைத் தவிர்ப்பதும், இதில் நடக்காத, அல்லது நடக்க வாய்ப்பில்லாத, அல்லது நடக்கக் கூடாத முன்னரே தீர்மானிக்கப்பட்ட மற்றும் கற்பனையான விஷயங்களைப் பற்றி கேட்பது மற்றும் தேடுவதும் அடங்கும்.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/65255</t>
+  </si>
+  <si>
+    <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
+  </si>
+  <si>
+    <t>'எல்லாம் வல்ல அல்லாஹ் சில மார்க்கக் கடமைகளை விதித்திருக்கின்றான். ஆகவே அவைகளை வீணடிக்காதீர்கள்; அவன் சில எல்லைகளை நிர்ணயித்திருக்கின்றான். ஆகவே அவற்றைக் கடந்து செல்லாதீர்கள். அவன் நமக்கு சிலவற்றை தடை செய்திருக்கின்றான். ஆகவே அவற்றை மீறிச்செல்லாதீர்கள்; சில விஷயங்களில் மறதியாக அன்றி,உங்கள் மீது கொண்ட அன்பின் காரணமாக அவன் மௌனமாக இருக்கின்றான். ஆகவே அவற்றைக் குறித்து தேட வேண்டாம்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
+  </si>
+  <si>
+    <t>அபூஸஃலபா அல் குஷனீ ஜுர்ஸூம் இப்னு நாஷிர் (ரழி) அவர்கள் அல்லாஹ்வின் தூதர்; ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அறிவிக்கின்றார்கள் : 'எல்லாம் வல்ல அல்லாஹ் சில மார்க்கக் கடமைகளை விதித்திருக்கின்றான். ஆகவே அவைகளை வீணடிக்காதீர்கள்; அவன் சில எல்லைகளை நிர்ணயித்திருக்கின்றான். ஆகவே அவற்றைக் கடந்து செல்லாதீர்கள். அவன் நமக்கு சிலவற்றை தடை செய்திருக்கின்றான். ஆகவே அவற்றை மீறிச்செல்லாதீர்கள்; சில விஷயங்களில் மறதியாக அன்றி,உங்கள் மீது கொண்ட அன்பின் காரணமாக அவன் மௌனமாக இருக்கின்றான். ஆகவே அவற்றைக் குறித்து தேட வேண்டாம்.</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ் சில விடயங்களை கடமையாக்கி அதனை கட்டாயப்படுத்தியுள்ளான். எனவே அவற்றைப் பின்பற்றுங்கள். அவற்றை பின்பற்றாது அலட்சியமாக இருப்பதன் மூலம் அவற்றைப் புறக்கணிக்காதீர்கள். அதே போன்று சில தடைகளை விதித்துள்ளான் அவை  அல்லாஹ் விரும்பாதவைகளை விட்டும் உங்களை தடுக்கும். அதனால் இஸ்லாமிய ஷரீஆ வலியுறுத்தியதற்கு அப்பால்  எதனையும் அதிகப்படுத்துவிடாதீர்கள் என்றும், அல்லாஹ் சில விடயங்களை தடைசெய்துள்ளான் அதனை செய்யவோ அதன் அருகே நெருங்கவோ வேண்டாம். இவை தவிர உள்ளவை யாவும் அல்லாஹ் தனது அடியார்களின் மீது கொண்ட கருணையின் காரணமாக அது குறித்து ஏதும் பேசாது விட்டுவிட்டான். எனவே அவை அடிப்படையில் அனுமதிக்கப்பட்டதாகும் ஆகையால் அவற்றை தேட வேண்டாம் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுகிறார்கள்.</t>
+  </si>
+  <si>
+    <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
+تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
+أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
+حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
+وجوب المحافظة على فرائض الله تعالى.
+تحريم التعدي على حدود الله تعالى.</t>
+  </si>
+  <si>
+    <t>இந்த ஹதீஸ, அல்லாஹ்வே சட்டங்களை இயற்றுபவன் அவனின் கையில்தான் முழு அதிகாரமும் உள்ளது என்பதற்கு ஆதாரமாகும்.
+இந்த ஹதீஸ் சட்டங்களின் வரையரைகளான சட்டத்தின் தன்மை மற்றும் தீர்ப்பு தொடர்பான விடயங்களை  உள்ளடக்கியுள்ளது. எனவே இஸ்லாமிய சட்டத்தின் தன்மை பொருத்தவரையில் : சட்டங்கள் குறிப்பிடப்படாதவை குறிப்பிடப்பட்டவை என்ற இரு பகுதிகள் உண்டு. சட்டங்களின் நிலையைப்பொருத்தவரை வலியுறுத்தப்பட்டது (வாஜிப்)  அல்லது வரவேற்கத்தக்கது (நத்ப்) அல்லது தடைசெய்யப்பட்டது (ஹராம்)  அல்லது வெறுக்கத்தக்கது ( மக்ரூஹ் அல்லது பொதுவாக அனுமதிக்கப்பட்டது (முபாஹ்) ஆகிய நிலைகளைக் கொண்டிருக்கும்.
+குறித்தவிடயம் பற்றி அல்லாஹ் மௌனம் சாதித்தவை யாவும் கடமையென்றோ, தண்டனை உள்ளது என்றோ, தடுக்கப்பட்டது என்றே கூற முடியாது. அவை அனுமதிக்கப்பட்டதாகவே கொள்ள வேண்டும்.
+நபியவர்களின் அழகிய விளக்கம். அதாவது நபியவர்கள் இந்த ஹதீஸில் மிகத்ததெளிவான முறையில் இஸ்லாமிய சட்டங்களைப் பிரித்துக் குறிப்பிட்டுள்ளார்கள்.
+அல்லாஹ்வின் கடமைகளை பேணிநடப்பது கடமையாகும்.
+அல்லாஹ்வின் வரம்புகளை மீறி நடப்பது ஹராமாகும்.</t>
+  </si>
+  <si>
+    <t>رواه الدارقطني في سننه، وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الدارقطني في سننه وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66510</t>
+  </si>
+  <si>
+    <t>'செயல்கள் அனைத்தும் எண்ணங்களைப் பொருத்தே அமைகின்றன. ஒவ்வொருவருக்கும் அவர் எண்ணியதற்கேற்பவே கூலி கிடைக்கிறது</t>
+  </si>
+  <si>
+    <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
+  </si>
+  <si>
+    <t>அமீருல் முஃமினீன் அபூ ஹப்ஸ் உமர் இப்னுல் கத்தாப் ரழியல்லாஹு அன்ஹு அவர்கள் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் கூறியதை தான் கேட்டதாக அறிவிக்கிறார்கள் : 'செயல்கள் அனைத்தும் எண்ணங்களைப் பொருத்தே அமைகின்றன. ஒவ்வொருவருக்கும் அவர் எண்ணியதற்கேற்பவே கூலி கிடைக்கிறது. எவரின் ஹிஜ்ரத் ( தேசம் துறந்து செல்லல்) அல்லாஹ்வையும் அவனின் தூதரையும் நோக்காகக் கொண்டமைந்தால் அவரின் ஹிஜ்ரத் அல்லாஹ்வுக்கும் அவனின் திருத்தூதருக்குமானதாக அமையும். எவரின் ஹிஜ்ரத் உலக நலன்களை அடைந்து கொள்வதை நோக்காகக் கொண்டிருந்தால், அல்லது ஒரு பெண்ணை திருமணம் முடிக்க வேண்டும் என்றிருந்தால் அவரின் ஹிஜ்ரத் அதற்குரியதாகவே அமையும்'.</t>
+  </si>
+  <si>
+    <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
+الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
+النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
+  </si>
+  <si>
+    <t>எண்ணத்தில் தூய்மையை கடைப்பிடிக்க ஆர்வ மூட்டப்பட்டிருத்தல். ஏனெனில் அல்லாஹ்வின் திருமுகம் நாடி செய்யாத எந்த அமலும் ஏற்றுக்ககொள்ளப்படுவதில்லை.
+அல்லாஹ்வை நெருங்குவதற்கான அமல்களை –செயற்பாடுகளை- அடியான் அன்றாட செயற்பாடாகக் கருதி எவ்வித நோக்கமுமின்றி செய்தால் அதற்கான எந்த  கூலியும் கிடையாது. எப்போது அந்த அமல்களை அல்லாஹ்வை நெருங்கும் நோக்கில் செய்கிறானோ அப்போது அதற்குரிய கூலி கிடைக்கிறது.
+நிய்யத் -(எண்ணம்) தான் வணக்க வழிபாடுகளுக்கிடையில் வித்தியாசத்தை ஏற்படுத்துவது போன்று  வணக்கங்கங்களை வழக்காறுகளை (சம்ரதாயம்)விட்டும் வேறுபடுத்துகிறது.</t>
+  </si>
+  <si>
+    <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
+  </si>
+  <si>
+    <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66511</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறுவதைத் தான் செவிமடுத்ததாக உமர் இப்னுல் கத்தாப் (ரழி) அவர்களின் மகன் அபூஅப்துர் ரஹ்மான் அப்துல்லாஹ் (ரழி) அவர்கள் கூறினார்கள் :||'வணக்கத்திற்குரியவன் அல்லாஹ்வையன்றி வேறு யாருமில்லை என்றும் முஹம்மத் அவர்கள் இறைத்தூதர் என்றும் உறுதியாக நம்புதல், தொழுகையை நிலை நிறுத்துதல், ஸகாத்து வழங்குதல், ஹஜ் செய்தல், ரமாழானில் நோன்பு நோற்றல், ஆகிய ஐந்து தூண்கள் மீது இஸ்லாம் நிர்மாணிக்கப்பட்டுள்ளது'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறுவதைத் தான் செவிமடுத்ததாக உமர் இப்னுல் கத்தாப் (ரழி) அவர்களின் மகன் அபூஅப்துர் ரஹ்மான் அப்துல்லாஹ் (ரழி) அவர்கள் கூறினார்கள் : 'வணக்கத்திற்குரியவன் அல்லாஹ்வையன்றி வேறு யாருமில்லை என்றும் முஹம்மத் அவர்கள் இறைத்தூதர் என்றும் உறுதியாக நம்புதல், தொழுகையை நிலை நிறுத்துதல், ஸகாத்து வழங்குதல், ஹஜ் செய்தல், ரமாழானில் நோன்பு நோற்றல், ஆகிய ஐந்து தூண்கள் மீது இஸ்லாம் நிர்மாணிக்கப்பட்டுள்ளது'</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
+  </si>
+  <si>
+    <t>'நிச்சயமாக உங்கள் ஒவ்வொருவரது படைப்பும் தனது தாயின் வயிற்றில் நாற்பது நாட்கள் விந்துவாக ஒருங்கிணைக்கப்படுகிறது</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
+  </si>
+  <si>
+    <t>அபூ அப்துர் ரஹ்மான் அப்துல்லா இப்னு மஸ்ஊத் (ரழி) அவர்கள் கூறினார்கள் : உண்மையாளரும் உண்மைப்படுத்தப்பட்டவருமான அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எங்களுக்கு அறிவித்தார்கள் : 'நிச்சயமாக உங்கள் ஒவ்வொருவரது படைப்பும் தனது தாயின் வயிற்றில் நாற்பது நாட்கள் விந்துவாக ஒருங்கிணைக்கப்படுகிறது. பின்னர் இதே கால அளவிற்கு அட்டை போன்று இரத்தக்கட்டியாகவும், பின்னர் இதே கால அளவிற்கு ஒரு துண்டு சதையாகவும் இருக்கின்றது. பின்னர் அந்தக் கருவுக்கு ஒரு வானவர் அனுப்பப்பட்டு, அவர் ரூஹ் (உயிர்) ஊதுவார். அத்துடன் அவர் நான்கு விடயங்கள் குறித்து கட்டளையிடப்படுகின்றார். அதன் வாழ்வாதார அளவு, ஆயுட்காலம், செயற்பாடுகள், அவன் பாக்கியசாலியா? துர்ப்பாக்கியசாலியா? என்பவற்றை எழுதக் கட்டளை இடப்படுகின்றார். எவனையன்று வணக்கத்திற்குரியவர் எவருமில்லையோ அந்த அல்லாஹ்வின் மீது ஆணையாக உண்மையிலேயே உங்களில் ஒருவர் சுவர்க்கத்திற்கும் அவருக்குமிடையில் ஒரு முழம் அளவு தூரமே இருக்கின்ற வகையில் சுவர்க்க வாசியைப் போல் நடந்து கொள்வார். ஆனால் அவருக்காக எழுதப்பட்டிருப்பது அவரை முந்திக் கொள்கிறது. ஆதலால் அவர் நரக வாசியைப் போல் நடந்து கொள்ள ஆரம்பித்து, அதனால் அவர் நரகத்தில் நுழைகின்றார். இன்னும் உங்களில் ஒருவர் நரகத்திற்கும் அவருக்குமிடையில் ஒரு முழம் அளவு தூரமே இருக்கும் வகையில் நரக நெருப்புக்கு இரையாகும் விதத்தில் நடந்து கொள்கிறார். ஆனால் அவருக்காக எழுதப்பட்டிருப்பது அவரை முந்திக் கொள்கிறது. இதனால் அவர் சுவர்க்கவாசியைப் போல் நடக்க ஆரம்பித்து அவர் சுவர்க்கத்தில் நுழைகின்றார்'.</t>
+  </si>
+  <si>
+    <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
+  </si>
+  <si>
+    <t>بيان مراحل خلق الإنسان.
+الإيمان بالقضاء والقدر.
+الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
+التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
+هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
+  </si>
+  <si>
+    <t>மனிதப்படைப்பின் கட்டங்களை தெளிவுபடுத்துதல் (கருவரையில் சிசுவின் வளர்ச்சிக்கட்டங்களை தெளிவுபடுத்துதல்).
+இறைவிதியை (கழாகத்ரை) ஈமான் கொள்ளுதல்
+இறைவிதியின் ஏற்பாட்டின் அடிப்படையிலேயே எல்லா விவகாரங்களின் முடிவும் காணப்படுகின்றமை.
+செயல்களின் வெளித் தோற்றத்தில் கவர்ச்சி -பிறமை- கொள்வதை விட்டும் எச்சரிக்கப்பட்டிருத்தல்.காரணம் செயற்பாடுகள் யாவும்  இறுதி வெளிப்பாடுகள் மூலமே தீர்மானிக்கப்படுகிறன.
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66513</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
+  </si>
+  <si>
+    <t>எமது மார்க்கத்தில் (தீனில்) அதில் இல்லாதவற்றை புதிதாக யார் உருவாக்கிறாரோ அது நிராகரிக்கப்பட்டதாகும்</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அருளியதாக முஃமின்களின் தாயான உம்மு அப்தில்லா ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் அறிவிக்கிறார்கள் : எமது மார்க்கத்தில் (தீனில்) அதில் இல்லாதவற்றை புதிதாக யார் உருவாக்கிறாரோ அது நிராகரிக்கப்பட்டதாகும்.</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>வணக்கங்கள் யாவும் அல்குர்ஆன் அஸ்ஸுன்னாவின் அடிப்படையிலேயே கட்டமைக்கப்பட்டுள்ளது. ஆகவே அல்லாஹ்வை அவன் மார்க்கமாக விதித்ததன் அடிப்படையிலேயே வணங்குதல் வேண்டும். மாறாக புதுமைகள், நூதன அனுஷ்டானங்கள் மூலம் அவனை வணங்குதல் கூடாது.
+மார்க்கம் மனித கருத்தை வைத்தோ, மக்கள் நல்லதாகக் கருதுவதை வைத்தோ தீர்மானிக்கப் படமாட்டாது. மாறாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களைப் பின்பற்றுவதன் மூலமே தீர்மானிக்கப்படுகிறது.
+இஸ்லாம் பரிபூரணமான மார்க்கமாகும் என்பதற்கு இந்த ஹதீஸ் ஆதாரமாக உள்ளது.
+பித்அத் என்பது அகீதா அல்லது சொல் மற்றும் செயல் சார்ந்த விடயங்களில்  நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் காலத்திலோ, அவர்களின் தோழர்களின் காலத்திலோ இல்லாத   மார்க்கத்தில் புதிதாக உருவாக்கப்பட்டவை அனைத்தையும் குறிக்கும்.
+இந்த ஹதீஸ் இஸ்லாத்தின் அடிப்படைக் கோட்பாடுகளில்  ஒன்றாகும். அத்துடன் அமல்களை அளவிடும் அளவுகோளுமாகும். எந்த ஒரு அமலாக இருப்பினும் அவை அல்லாஹ்வுக்கென்ற தூய நோக்கமின்றி செய்யப்படுமாயின், அதனை செய்பவருக்கு எந்த கூலியும் கிடைக்காது. அதே போன்று அல்லாஹ்வின் தூதர் கொண்டு வந்ததற்கிணங்க எந்த செயலும் அமையப் பெறவில்லையாயின் அந்த செயல் ஏற்றுக் கொள்ளப்படாது நிராகரிக்கப்படும்.
+மார்க்த்தின் பெயரால் உருவாக்கப்பட்ட பித்அத்துக்கள் (நூதன விடயங்களை) மற்றும் கண்டிக்கத்தக்க நடைமுறைகளை மறுத்துரைக்கும் பிரதான ஒரு விதியாக இந்த ஹதீஸ் அமைந்துள்ளது.
+தடைசெய்யப்பட்ட நூதன அனுஷ்டானங்கள் என்பவை மார்க்கத்தின் பெயரால் உருவாக்கப் பட்டவற்றைக் குறிக்குமே தவிர உலகியல் சார்விடயங்களைக் குறிக்காது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66514</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதை தான் கேட்டதாக  நுஃமான் பின் பஷீர் ரழியல்லாஹு அன்ஹுமா அறிவித்துள்ளார்கள்:||ஹலாலும் (ஆகுமானவைகள்) தெளிவானது. ஹராமும் (தடை செய்யப்பட்டவைகள்) தெளிவானது. இவ்விரண்டிற்குமிடையே (இவை ஹலாலானவையா?, அல்லது ஹராமானவையா? என்ற) சந்தேகத்திற்கிடமான விடயங்களுமுண்டு. அவற்றை மக்களில் அதிகமானோர் அறியாதிருக்கின்றனர். சந்தேகத்திற்கிடமான வற்றைத் தவிர்ந்து கொண்டவர் தனது மார்க்கத்தையும், மானத்தையும் பாதுகாத்துக் கொண்டார். யார் சந்தேகமான விடயத்தில் விழுந்து விடுகிறாரோ அவர்; ஹராத்தில் விழுந்து விட்டவராவார். இது தனது மந்தையை அனுமதிக்கப்படாத ஒரு வேலிக்கருகாமையில் கால்நடைகளை மேய்த்துக் கொண்டிருக்கும் ஒரு இடையனின் செயற்பாட்டை ஒத்ததாகும். அந்தக் கால் நடைகள்  அவை தடுக்கப்பட்ட அப்பகுதிக்குள் சென்று மேய்ந்து விடக் கூடிய சாத்தியம் எப்போதும் இருக்கிறது. ஆக,  அதிகாரம்  பெற்ற ஒவ்வொருவருக்கும் அவருக்குரிய  ஒரு பாதுகாப்பு எல்லை உண்டு. அல்லாஹ்வின் பாதுகாப்பு எல்லை, அவன் அனுமதிக்காத(ஹராமான) காரியங்களாகும். அறிந்துகொள்ளுங்கள்! உடலில் ஒரு சதைப் பகுதி உண்டு. அது சீராகி விடுமானால் உடல் முழுவதும் சீராகி விடுகின்றது. அது கெட்டு விடுமாயின் உடல் முழுவதும் கெட்டு விடுகின்றது. அந்த சதைப் பகுதி இதயமாகும்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதை தான் கேட்டதாக  நுஃமான் பின் பஷீர் ரழியல்லாஹு அன்ஹுமா அறிவித்துள்ளார்கள்: ஹலாலும் (ஆகுமானவைகள்) தெளிவானது. ஹராமும் (தடை செய்யப்பட்டவைகள்) தெளிவானது. இவ்விரண்டிற்குமிடையே (இவை ஹலாலானவையா?, அல்லது ஹராமானவையா? என்ற) சந்தேகத்திற்கிடமான விடயங்களுமுண்டு. அவற்றை மக்களில் அதிகமானோர் அறியாதிருக்கின்றனர். சந்தேகத்திற்கிடமான வற்றைத் தவிர்ந்து கொண்டவர் தனது மார்க்கத்தையும், மானத்தையும் பாதுகாத்துக் கொண்டார். யார் சந்தேகமான விடயத்தில் விழுந்து விடுகிறாரோ அவர்; ஹராத்தில் விழுந்து விட்டவராவார். இது தனது மந்தையை அனுமதிக்கப்படாத ஒரு வேலிக்கருகாமையில் கால்நடைகளை மேய்த்துக் கொண்டிருக்கும் ஒரு இடையனின் செயற்பாட்டை ஒத்ததாகும். அந்தக் கால் நடைகள்  அவை தடுக்கப்பட்ட அப்பகுதிக்குள் சென்று மேய்ந்து விடக் கூடிய சாத்தியம் எப்போதும் இருக்கிறது. ஆக,  அதிகாரம்  பெற்ற ஒவ்வொருவருக்கும் அவருக்குரிய  ஒரு பாதுகாப்பு எல்லை உண்டு. அல்லாஹ்வின் பாதுகாப்பு எல்லை, அவன் அனுமதிக்காத(ஹராமான) காரியங்களாகும். அறிந்துகொள்ளுங்கள்! உடலில் ஒரு சதைப் பகுதி உண்டு. அது சீராகி விடுமானால் உடல் முழுவதும் சீராகி விடுகின்றது. அது கெட்டு விடுமாயின் உடல் முழுவதும் கெட்டு விடுகின்றது. அந்த சதைப் பகுதி இதயமாகும்.</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>சந்தேகத்திற்கிடமான விடயங்களை தவிர்ந்து கொள்வதற்கான அடிப்படை விதிபற்றி  பேசும் ஒரு ஹதீஸாகும்.
+சட்டம் தெளிவற்ற, சந்தேகத்திற்கிடமானவற்றை தவிர்ந்து கொள்ள ஆர்வமூற்றப்பட்டுள்ளமை.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அபூ ருகையா தமீம் பின் அவ்ஸ் அத்தாரீ ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் :||'மார்க்கம் என்பது நலன் நாடுவதாகும்;.' என்று நபியவர்கள் கூறியபோது, யாருக்கு நலன் நாட வேண்டும்? என நாம் அவர்களிடம் கேட்டோம். அதற்கு அவர்கள்: அல்லாஹ்வுக்கும், அவனது வேதத்திற்கும், அவனது தூதரிற்கும், முஸ்லிம்களின் தலைவருக்கும், இன்னும் முஸ்லிம் பொதுமக்களுக்கும்  நலன் நாடுவதாகும்' எனக் கூறினார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அபூ ருகையா தமீம் பின் அவ்ஸ் அத்தாரீ ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : 'மார்க்கம் என்பது நலன் நாடுவதாகும்;.' என்று நபியவர்கள் கூறியபோது, யாருக்கு நலன் நாட வேண்டும்? என நாம் அவர்களிடம் கேட்டோம். அதற்கு அவர்கள்: அல்லாஹ்வுக்கும், அவனது வேதத்திற்கும், அவனது தூதரிற்கும், முஸ்லிம்களின் தலைவருக்கும், இன்னும் முஸ்லிம் பொதுமக்களுக்கும்  நலன் நாடுவதாகும்' எனக் கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>இந்த மார்க்கம் உளத் தூய்மை மற்றும் உண்மை ஆகிய பண்புகளை அடித்தளமாகக் கொண்டமைக் கப்பட்டுள்ளது என நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் தெரிவிக்கிறார்கள். அதனால் மார்க்கத்தில் உள்ளவற்றை அவன் கடமையாக்கியது போன்று எவ்விதக் குறைத்தலோ மோசடியோ செய்யாது பூரணமாக நிறைவேற்ற வேண்டும். பின் 'நலன் நாடுதல்' யாருக்கு இருக்க வேண்டும் என அவர்களிடம் கேட்கப்பட்டது அதற்கு அவர் : முதலாவது: அல்லாஹ்வுக்கு நலன் நாடுதல் என்பது அவனுக்கு இணைவைக்காது உளத்தூய்மையுடன் செயற்படுதலாகும். அதாவது தவ்ஹீதின் வகைகளான ருபூபிய்யாவிலும்,(இரட்சித்து பரிபாலித்தலில் அவனை ஒருமைப்படுத்துதல்) உலூஹிய்யாவிலும், (அல்லாஹ்வுக்குரிய வணக்கங்களில் அவனை ஒருமைப்படுத்துதல்) அஸ்மா வஸ்ஸிபாத்திலும் (அல்லாஹ்வின் பெயர்கள், பண்புகளில் அவனை ஒருமைப்படுத்துதல்) தனித்துவமானவன் என்று  நாம் ஈமான் கொள்ள வேண்டும். அத்துடன் அவனின் கட்டளைகளை மதித்து நடப்பதுடன் அவனை ஈமான் கொள்வதின் பால் பிறரையும் அழைத்தல் ஆகிய விடயங்களை இது குறிக்கும் . இரண்;டாவது : அவனின் வேதமான அல்குர்ஆனுக்கு நலன் நாடுதல் என்பது அல்குர்ஆன் அல்லாஹ்வின் வார்த்தை என்றும், அவனின் இறுதி வேதம் என்றும், அல்குர்ஆனுக்கு முன்னுள்ள அனைத்து இறை சட்ட திட்டங்களையும் மாற்றிய வேதம் என்றும் நம்ப வேண்டும். அத்துடன் அதனை மகிமைப் படுத்துவதுடன், உரிய முறையில் ஓதி அதன் முஹ்கமான (தெளிவான ஒரே கருத்தைக் காட்டும்) வசனங்களை நடைமுறைப் படுத்துவதுடன், முதஷாபிஹான (பல கருத்துக்களுக்கு இடம்பாடான) வசனங்களை ஓப்புக்கொள்ள வேண்டும். அதற்கு தவறான பொருள்கோடல் செய்வோரின் வியாக்கியானத்தை விட்டும் அதனைப் பாதுகாப்பதுடன், அதன் உபதேசங்களினால் படிப்பினை பெறுதல் வேண்டும். மேலும் அதன் அறிவை பரப்புவதுடன் அதன் போதனையை நோக்கி மக்களை அழைக்கவும் வேண்டும். இவைகளே அல்குர்ஆனுக்கு நலன் நாடுதல் என்பது குறிக்கிறது. மூன்றாவது : அல்லாஹ்வின் தூதர் முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு நலன் நாடுதல் என்பதன் கருத்து : நாம் அவர்களை தூதர்களில் இறுதியானவர் என்று நம்பிக்கை கொள்வதுடன், அவர்கள் அல்லாஹ்விடமிருந்து கொண்டு வந்த அத்துனை விடயங்களையும் உண்மைப்படுத்துவதுடன், அவர்களின் ஏவல்களை எடுத்து நடப்பதன் மூலம் கட்டுப்பட்டும், அவர்களின் விலக்கல்களை  தவிர்ந்தும் நடத்தல் வேண்டும். மேலும் அவர்கள் கொண்டுவந்த வழிமுறையின் அடிப்படையிலேயே அல்லாஹ்வை வணங்குதல் வேண்டும். அத்துடன் அவர்களுக்குரிய உரிமையை பேணி நடப்பதுடன், அவர்களை கண்ணியப்படுத்த வேண்டும். அவர்களின் பிரச்சாரத்தையும், அவர் கொண்டு வந்த மார்க்கத்தையும் பரப்புவதுடன், அவருக்கெதிரான பொய்யான குற்றச்சாட்டுகளை மறுத்திடுதல் வேண்டும். நான்காவது : முஸ்லிம்களின் தலைவருக்கு நலன் நாடுதல் என்பது சத்தியத்தில் அவர்களுக்கு ஒத்துழைத்தல், அவர்களின் அதிகாரத்தில் குறுக்கீடு செய்யாதிருத்தல், அல்லாஹ்வுக்கு கட்டுப்படும் விடயத்தில் அவர்களின் கட்டளைகளுக்கு செவிசாய்த்து கட்டுப்பட்டு நடப்பதையும் குறிக்கிறது. ஐந்தாவது: முஸ்லிம்களுக்கு நலன் நாடுதல் என்பது அவர்களுக்கு உபகாரம் செய்வதும் அவர்களை நல்ல காரியங்களின் பால் அழைப்பதும் அவர்களுக்கு பிறரால் ஏற்படும் ஆபத்துக்களை தடுப்பதும் அவர்களுக்கு   நன்மையை விரும்புவதும், தக்வா மற்றும் நன்மையான காரியங்களில் பரஸ்பரம் ஒத்துழைப்பதையும் இது குறிக்கிறது.</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
+  </si>
+  <si>
+    <t>நான் உங்களுக்கு எதைத் தடை செய்திருக்கின்றேனோ அதனை முழுமையாகத் தவிர்ந்து கொள்ளுங்கள். நான் உங்களுக்கு எதை ஏவியுள்ளேனோ அதனை முடியுமானளவு செய்யுங்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை தான் செவிமடுத்ததாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : "நான் உங்களுக்கு எதைத் தடை செய்திருக்கின்றேனோ அதனை முழுமையாகத் தவிர்ந்து கொள்ளுங்கள். நான் உங்களுக்கு எதை ஏவியுள்ளேனோ அதனை முடியுமானளவு செய்யுங்கள். அளவுக்கு அதிகமான கேள்விகளைக் கேட்டதும், தங்களுக்காக அனுப்பப்பட்ட இறைத்தூதர்களோடு ஒத்துப் போகாததுமே உங்களுக்கு முன்னால் இருந்தவர்களை அழிவுக்கு ஆக்கபடுத்தியது.</t>
+  </si>
+  <si>
+    <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
+ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள், எமக்கு ஏதாவது ஒன்றைத் தடை செய்தால், அதை விதிவிலக்கின்றி முழுமையாக தவிர்ந்து நடப்பது எம்மீது கடமை என்றும், அவர்கள் ஏதாவது செய்யுமாறு கட்டளையிட்டால், எம்மால் முடிந்தவரை அதைச் செய்ய வேண்டும் என்றும்  இங்கு எங்களுக்கு தெளிவுபடுத்துகிறார்கள். அதனைத்தொடர்ந்து, நபியவர்கள் முன்பு வாழ்ந்த சில சமூகங்கள் தங்கள் தூதுவர்களிடம்; பயனற்ற கேள்விகளை அதிகம் கேட்டு, அவர்களுக்குக் கீழ்ப்படியாமல் இருந்தார்கள். அவர்களைப் போல இருக்க வேண்டாம் என்று எம்மை எச்சரிக்கிறார்கள். இவ்வாறான நடத்தையுடையவர்களை அல்லாஹ் பல்வேறு வகையான பேரழிவுகள் மூலம்;  தண்டித்தான். எனவே நாமும் அவர்கள் போலல்லாது இருப்பது அவசியம். அவர்கள் போன்று நாம் இருந்தால் அவர்களின் நிலையே எமக்கும் ஏற்படும்.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
+النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
+ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
+لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
+كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
+  </si>
+  <si>
+    <t>கட்டளையிடப்பட்டதைச் செய்வதும், தடைசெய்யப்பட்டதைத் தவிர்ப்பதும் கடமை என்பதை விவவரிப்பதில் இந்த ஹதீஸ் ஒரு அடிப்படையாக திகழ்கிறது.
+இங்கு தடுக்கப்பட்ட எதிலும் செய்வதற்குச் சலுகை வழங்கப்பட வில்லை, கட்டளையானது ஆற்றல்  மற்றும் இயலுமையுடன் இணைக்கப்பட்டுள்ளது. ஏனெனில் ஒன்றை விடுவது முடியுமான விடயமாகும், ஏவப்பட்ட ஒன்றை செய்வதற்குத் தான் மேலதிக ஆற்றல் அவசியமாகின்றது.
+அதிகம் கேள்வி கேட்பது தடைசெய்யப்பட்டிருத்தல். அறிஞர்கள் கேள்வியை இரண்டு வகைகயாக பிரித்துள்ளனர். ஒன்று : மார்க்க விடயத்தில் தேவையான கற்பிப்பதை நோக்காகக் கொண்டவை. இது வலியுறுத்தப்பட்ட ஒரு விடயம் வரவேற்கத்தக்கதும் கூட. இவ்வகை கேள்விகளே ஸஹாபாக்களின் கேள்வியாக இருந்தது. இரண்டாவது: வலிந்து சிரமப்படுத்திக்கொள்ளும் விதத்தில் அமைந்த பயனற்ற கேள்விகள். இவ்வகை கேள்விகள் தடை செய்யப்பட்டவை.
+முன்சென்ற சமூகங்களில் நிகழ்ந்தது போன்று (நபிமார்களிடம் அதிக கேள்விகள் கேட்டு) தமது நபிக்கு மாற்றமாக நடப்பதை விட்டும் இந்த சமூகத்தை எச்சரித்தல்.
+தடை செய்யப்பட்டவற்றில் சிறிதளவு, அதிகளவு என்ற வரையரை கிடையாது. மாறாக அனைத்தையும் அது உள்ளடக்குகின்றது. ஏனெனில் தவிர்ந்து கொள்ளும் போது அதில் சிறிதளவு, அதிகளவு அனைத்தையும் தவிர்ந்து கொள்வதன் மூலம்தான் சாத்தியமாகும். உதாரணமாக வட்டியை இஸ்லாம் தடுத்துள்ளது. அதில் சிறிதளவு, அதிகளவு அனைத்தையும் இத்தடை உள்ளடக்குகின்றது
+ஹராமான ஒன்றிற்கு வழிவகுக்கும் காரணிகளை கைவிடுவதும் ,தவிர்ந்து கொள்ளுதல் என்பதில் உள்ளடங்கும்.
+நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் கட்டளையொன்றை செவிமடுக்கும் ஒருவர் அது கடமையா, ஸுன்னத்தா எனக் கேட்பது அவசியமில்லை. மாறாக அதனை செய்ய விரைய வேண்டும். ஏனெனில் நபியவர்கள் உங்களால் முடியுமான அளவு செய்யுங்கள் எனக் கூறியுள்ளார்கள்.
+அதிகமாகக் கேள்விகள் கேட்பது அழிவுக்குக் காரணமாகும். குறிப்பாக புறக்கண்களுக்கு தெரியாத விடயங்கள் மற்றும் மறுமை நாளின் நிலைமைகள் போன்ற அடைய முடியாத விடயங்களில் கேள்விகேட்பதை தவிர்த்துக் கொள்ளுதல் வேண்டும். அவற்றைப் பற்றி அதிகமாகக் கேள்விகள் கேட்பதால் நீ அழிந்து விடுவாய் அதுமாத்திரமின்றி  நீ ஒரு தீவிரப்போக்கு கொண்டவனாகவும் மாறிவிடுவாய்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66517</t>
+  </si>
+  <si>
+    <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, அபூ ஹுரைரா (ரலி) அவர்கள் அறிவிக்கின்றார்கள் :||'நிச்சயமாக அல்லாஹ் தூயவன், அவன் தூயவைகளை மட்டுமே ஏற்றுக் கொள்கிறான். அல்லாஹ் தனது தூதர்களிடம் எதைச் செய்யும்படி கட்டளையிட்டானோ, அதையே நம்பிக்கையாளர்களையும் (முஃமின்களையும்) செய்யும்படி கட்டளையிட்டுள்ளான்." 'தூதர்களே! தூயவைகளிலிருந்தே உண்ணுங்கள், நற்செயல்களையே செய்யுங்கள்' என்று கூறிய எல்லாம் வல்ல அல்லாஹ் ''நம்பிக்கையாளர்களே! நான் உங்களுக்குத் தந்துள்ளவற்றில்  தூய்மையானவற்றிலிருந்து உண்ணுங்கள்'' என்றும் கூறியுள்ளான். பின்னர் பெருமானர் (ஸல்) அவர்கள் அதிக தூரம் பயணம் செய்த ஒரு மனிதரைப் பற்றிச் சொன்னார்கள். தலைவிரிகோலமாக, மாசு படிந்தவராக அவர் தனது கரங்களை வானத்தை நோக்கி உயர்த்தி ' எனது இரட்டசகனே! எனது இரட்சகனே! என கதறுகிறார். ஆனால் அவர் தனது உணவைப் பெறும் வழி தடுக்கப்பட்டதாக (ஹராமானதாக) இருக்கின்றது, அவர் அருந்தும் பானம் தடுக்கப்பட்டதாக இருக்கின்றது. அவரது உடை தடுக்கப்பட்டதாக இருக்கின்றது. அவரது மொத்த வாழ்க்கையே ஹராமான வழியில் தான் இருக்கின்றது. இந்த நிலையில் அவர் எவ்வாறு இறைவனிடமிருந்து பதிலை எதிர்பார்க்க முடியும்!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, அபூ ஹுரைரா (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : 'நிச்சயமாக அல்லாஹ் தூயவன், அவன் தூயவைகளை மட்டுமே ஏற்றுக் கொள்கிறான். அல்லாஹ் தனது தூதர்களிடம் எதைச் செய்யும்படி கட்டளையிட்டானோ, அதையே நம்பிக்கையாளர்களையும் (முஃமின்களையும்) செய்யும்படி கட்டளையிட்டுள்ளான்." 'தூதர்களே! தூயவைகளிலிருந்தே உண்ணுங்கள், நற்செயல்களையே செய்யுங்கள்' என்று கூறிய எல்லாம் வல்ல அல்லாஹ் ''நம்பிக்கையாளர்களே! நான் உங்களுக்குத் தந்துள்ளவற்றில்  தூய்மையானவற்றிலிருந்து உண்ணுங்கள்'' என்றும் கூறியுள்ளான். பின்னர் பெருமானர் (ஸல்) அவர்கள் அதிக தூரம் பயணம் செய்த ஒரு மனிதரைப் பற்றிச் சொன்னார்கள். தலைவிரிகோலமாக, மாசு படிந்தவராக அவர் தனது கரங்களை வானத்தை நோக்கி உயர்த்தி ' எனது இரட்டசகனே! எனது இரட்சகனே! என கதறுகிறார். ஆனால் அவர் தனது உணவைப் பெறும் வழி தடுக்கப்பட்டதாக (ஹராமானதாக) இருக்கின்றது, அவர் அருந்தும் பானம் தடுக்கப்பட்டதாக இருக்கின்றது. அவரது உடை தடுக்கப்பட்டதாக இருக்கின்றது. அவரது மொத்த வாழ்க்கையே ஹராமான வழியில் தான் இருக்கின்றது. இந்த நிலையில் அவர் எவ்வாறு இறைவனிடமிருந்து பதிலை எதிர்பார்க்க முடியும்!</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر.
+ثالثًا: يرفع يديه إلى السماء بالدعاء.
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب!
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصف به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ் தஆலா, தன்னிலும், தனது பண்புகளிலும், தனது செயற்களிலும், தனது சட்டங்களிலும் பரிபூரணமிக்கவன்.
+அமல்களை அல்லாஹ்வுக்கென்று உளத் தூய்மையுடன், நபியவர்களைப் பின்பற்றிச் செய்யுமாறு ஏவப்பட்டுள்ளமை.
+அமல்களை நோக்கி ஆர்வமூட்டும் அம்சங்களைப் பயன்படுத்தல். அதாவது, நபியவர்கள், 'நிச்சயமாக அல்லாஹ், தூதர்களுக்கு ஏவியதையே, விசுவாசிகளுக்கும் ஏவினான்.' என்று கூறுகின்றார்கள். எனவே, ஒரு முஃமின் இது ரஸூல்மார்களுக்கும் ஏவப்பட்ட ஒன்று என்பதை அறிந்துகொண்டால், அதை ஆர்வத்துடன், உறுதியாக நிறைவேற்றுவான்.
+ஹராமானதை சாப்பிடுவது, துஆ ஏற்றுக்கொள்ளப்படத் தடையாக இருக்கும் காரணிகளில் ஒன்றாகும்.
+ஐந்து அம்சங்கள் துஆ ஏற்றுக்கொள்ளப் படுவதற்கான காரணிகளாகும் : 1. நீண்ட பயணம் போதல். ஏனெனில், துஆ ஏற்றுக்கொள்ளப்படுவதற்கான மிக முக்கிய காரணியாகிய, 'பலவீனப்படுதல்' அங்கு இருக்கின்றது. 2. நிர்ப்பந்த நிலை. 3. வானத்தை நோக்கிக் கைகளை உயர்த்துதல். 4. அல்லாஹ்வின் ருபூபிய்யாவைத் திரும்பத் திரும்ப பல தடவைகள் கூறிக் கேட்டல். துஆ ஏற்றுக்கொள்ளப்படுவதற்காகப் பயன்படுத்தமுடியுமான மிக முக்கியமான ஒன்றாக அது இருக்கின்றது. 5. உணவும், குடிபானமும் தூய்மையாக இருத்தல்.
+ஹலாலான, தூய்மையான உணவை சாப்பிடுவது, நல்ல அமல்கள் செய்வதற்குத் துணையாக இருக்கும் காரணிகளில் ஒன்றாகும்.
+காழீ இயாழ் (ரஹ்) அவர்கள் கூறுகின்றார்கள் : தூய்மையானது என்பது, அசுத்தமானது என்பதன் எதிர்மறையாகும். அது அல்லாஹ்வின் பண்பாகக் கூறப்பட்டால், அவன் குறைகளை விட்டுத் தூய்மைப் படுத்தப்பட்டவன், இயலாமைகளை விட்டும் பரிசுத்தமாக்கப்பட்டவன் என்ற கருத்தைத் தரும். ஓர் அடியானுக்குப் பண்பாகக் கூறப்பட்டால், கீழ்த்தரமான குணங்கள் மற்றும் அசிங்கமான செயல்களை விட்டும் நீங்கி, புகழத்தக்க குணங்களை உடையவன் என்ற கருத்தைத் தரும். அது சொத்துக்களுக்குப் பண்பாகக் கூறப்பட்டால், ஹலாலான, சிறந்த சொத்துக்கள் என்பதைக் குறிக்கும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66518</t>
+  </si>
+  <si>
+    <t>دع ما يريبك إلى ما لا يريبك</t>
+  </si>
+  <si>
+    <t>'உமக்கு சந்தேகத்தை ஏற்படுத்துகின்ற ஒன்றை விட்டு விட்டு அதற்குப் பதிலாக சந்தேகத்திற்கு அப்பாற்பட்ட ஒன்றை எடுத்துக் கொள்;'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
+  </si>
+  <si>
+    <t>பெருமானார் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் பேரரும்) அவர்களால் மிகவும் நேசிக்கப்பட்டவருமான அலி இப்னு அபூதாலிப் அவர்களின் மகன் அபூ முஹம்மது அல் ஹஸன் (ரழி) அவர்கள் அறிவிக்கிறார்கள் : நான் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பின்வருமாறு சொல்லக் கேட்டு நினைவில் இருத்திக் கொண்டேன் : 'உமக்கு சந்தேகத்தை ஏற்படுத்துகின்ற ஒன்றை விட்டு விட்டு அதற்குப் பதிலாக சந்தேகத்திற்கு அப்பாற்பட்ட ஒன்றை எடுத்துக் கொள்;'</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
+  </si>
+  <si>
+    <t>சொல் மற்றும் செயல்களில், குறித்த விடயம் தடுக்கப்பட்டதா ? இல்லையா? அல்லது அது ஹலாலா ஹராமா என்ற  சந்கேகத்திற்கிடமானவற்றை விட்டு விட்டு எந்த சந்தேகமுமில்லாத நல்ல மற்றும் ஹலாலான –தெளிவாக அனுமதிக்கப்பட்ட- விடயங்களை செய்யுமாறு இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள்.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66519</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக நபியவர்களின் பணியாளராகிய அபூ ஹம்ஸா அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் :||'தான் விரும்புவதை தனது சகோதரனுக்கு விரும்பாத வரையில் உங்களில் எவரும் ஈமான் கொண்டவாரக ஆகமாட்டார்'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக நபியவர்களின் பணியாளராகிய அபூ ஹம்ஸா அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : 'தான் விரும்புவதை தனது சகோதரனுக்கு விரும்பாத வரையில் உங்களில் எவரும் ஈமான் கொண்டவாரக ஆகமாட்டார்'.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>''நிச்சயமாக அல்லாஹ் எல்லா விடயங்களையும் மிகவும் அழகிய முறையில் செய்ய வேணடும் என விதித்துள்ளான்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
+  </si>
+  <si>
+    <t>அபூ யஃலா ஷத்தாத் இப்னு அவ்ஸ் ரழியல்லாஹு அன்ஹு அவர்கள் , நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அறிவிக்கிறார்கள் : ''நிச்சயமாக அல்லாஹ் எல்லா விடயங்களையும் மிகவும் அழகிய முறையில் செய்ய வேணடும் என விதித்துள்ளான். ஆகவே நீங்கள் கொலை செய்தால் அழகிய முறையில் கொல்லுங்கள். நீங்கள் ஒரு மிருகத்தை அறுத்தால் அழகிய முறையில் அறுங்கள். எனவே உங்களில் அறுக்கும் ஒருவர் தனது கத்தியை கூர்மையாக்கிக் கொள்ளட்டும், அறுவைப் பிராணிக்கும் ஆருதலைக் கொடுக்கட்டும்'. அறுக்கும் மிருகங்களின் கஷ்டங்களை எளிதாக்கட்டும்".</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
+فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
+والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
+  </si>
+  <si>
+    <t>رحمة الله عزّ وجل ولطفه بالخلق.
+إحسان القتل والذبح بأن يكون على الوجه المشروع.
+كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
+النهي عن المُثْلة بالإنسان بعد قتله.
+تحريم كل ما فيه تعذيب للحيوان.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66521</t>
+  </si>
+  <si>
+    <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
+  </si>
+  <si>
+    <t>சிறுவனே! நான் சில அறிவுரைகளைக் கற்றுத் தருகின்றேன் என்று கூறி பின்வருமாறு அறிவுரை கூறினார்கள் : அல்லாஹ்வை நீ மனதிற் கொள். அவன் உன்னைப் பாதுகாப்பான். அல்லாஹ்வை மனதிற் கொள். நீ அவனை உன் முன் காண்பாய். நீ கேட்டால் அல்லாஹ்விடமே கேள். நீ உதவி தேடுனால் அல்லாஹ்விடமே உதவிதேடு</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
+وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
+  </si>
+  <si>
+    <t>அபுல் அப்பாஸ் அப்துல்லாஹ் இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : ஒருநாள் நான் பெருமானார் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் பின்னால் அமர்ந்திருந்தேன். அப்போது அவர்கள் என்னிடம் : சிறுவனே! நான் சில அறிவுரைகளைக் கற்றுத் தருகின்றேன் என்று கூறி பின்வருமாறு அறிவுரை கூறினார்கள் : அல்லாஹ்வை நீ மனதிற் கொள். அவன் உன்னைப் பாதுகாப்பான். அல்லாஹ்வை மனதிற் கொள். நீ அவனை உன் முன் காண்பாய். நீ கேட்டால் அல்லாஹ்விடமே கேள். நீ உதவி தேடுனால் அல்லாஹ்விடமே உதவிதேடு. இந்த உலகமே ஒன்று திரண்டு வந்து உனக்கு ஏதாவது நன்மை செய்திட முயன்றாலும், அல்லாஹ் ஏற்கனவே உனக்கு எழுதி வைத்துள்ளதைக் காட்டிலும் அதிகமாக எந்த நன்மையையும் செய்திட முடியாது. இன்னும் இந்த உலகமே ஒன்று திரண்டு வந்து உனக்கு தீங்கிழைத்திட முயன்றாலும், அது அல்லாஹ் உனக்கு ஏற்கனவே எழுதிவைத்துள்ளதை தவிர வேறு எந்த தீங்கையையும் ஏற்படுத்திட முடியாது. விதிகள் எழுதப்பட்ட எழுதுகோல்கள் உயர்த்தப்பட்டு விட்டன. விதிகள் எழுதப்பட்ட ஏடுகளும் காய்ந்து விட்டன".</t>
+  </si>
+  <si>
+    <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
+احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
+وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
+وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
+ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
+وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
+وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
+  </si>
+  <si>
+    <t>இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹு சிறுவராக இருந்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுடன் சவாரி செய்கையில் நான் உமக்கு பயனுள்ள  சில விடயங்களை கற்றுத் தரப்போகிறேன், அல்லாஹ் அதனை பயனுள்ளதாக ஆக்கித்தர வேண்டும் என அவரிடம் கூறினார். அல்லாஹ்வின் ஏவல்களைப் பேணி  விலக்கள்களை தவிரந்து நடப்பதன் மூலம் அல்லாஹ்வை பேணி நடப்பீராக. அதாவது உன்னை அவன் வழிபாட்டிலும் வணக்கங்களிலும் காண வேண்டும். பாவத்திலும் குற்றங்களிலும் காணக்கூடாது. அவ்வாறு நடந்து கொண்டால் உம்மை அல்லாஹ் இம்மை, மறுமை பேராபத்திலிருந்து பாதுகாப்பது உமக்கு அல்லாஹ்வால் வழங்கப்படும் கூலியாக அமைந்துவிடும். அதே போல் நீ எங்கு சென்றாலும் உமது காரியங்களில் அவன் ஒத்தாசை வழங்குவான். நீ ஏதாவது ஒன்றை கேட்டால் அல்லாஹ்விடமே கேள், அவன்தான் கேட்போரின் கோரிக்கைகளை ஏற்று பதிலளிப்பவனாக உள்ளான். உமக்கு உதவி தேவைப்பட்டால் அல்லாஹ்விடம் மாத்திரமே உதவி கோருவீராக. ஒட்டுமொத்த சமூகமும் ஒன்று திரண்டு உமக்கு ஏதாவது நன்மை செய்திட முயன்றாலும் உமக்கு அல்லாஹ் ஏற்கனவே ஏற்படுத்தி வைத்துள்ளதைக் காட்டிலும் அதிகமாக எந்த நன்மையையும் அவர்களால் செய்திட முடியாது. இன்னும் ஒட்டுமொத்த சமூகமும் ஒன்று திரண்டு உமக்கு ஏதாவது தீங்கிழைக்க முயன்றாலும் அல்லாஹ் உமக்கு ஏற்கனவே குறித்து வைத்தவற்றைக் கொண்டல்லாமல் எந்தக் தீங்கையும் அவர்களால் செய்திட முடியாது என்ற ஆழமான நம்பிக்கை கொண்வராக இருப்பீராக! இந்த விவகாரத்தை அல்லாஹ் அவனின் அறிவிற்கும், ஞானத்திற்கும் ஏற்ப அவனே தீர்மானித்து எழுதிவிட்டான். ஆகவே அவனால் விதித்து எழுதப்பட்டவற்றை மாற்ற முடியாது. அல்லாஹ்வின் கட்டளைகளைக் கடைப்பிடிப்பதன் மூலமும், அவனது தடைகளைத் தவிர்ப்பதன் மூலமும் எவர் அல்லாஹ்வைப் பாதுகாக்கிறாரோ, அப்போது அல்லாஹ், தன் அடியாரின் முன் இருந்து, அவனுடைய நிலையை அறிந்து உதவி செய்து அவனுக்கு எல்லா வகையிலும் ஒத்தாசையாக இருக்கிறான். ஒருவன் செழிப்பான- வசதியாக இருக்கும்- நிலையில் அல்லாஹ்வுக்குக் கீழ்ப்படிந்து நடந்தால், அல்லாஹ் கஷ்டமான காலங்களில் அவனுக்குரிய விடிவையும், கஷ்டத்திலிருந்து வெளியேறுவதற்கான வழியையையும் ஏற்படுத்துவான். ஒவ்வொரு அடியானும் அல்லாஹ் அவனுக்கு விதித்த நன்மை தீமைகளில் திருப்தி அடையட்டும். கஷ்டங்கள் மற்றும் துன்பமான நிலைகலில் , அடியான் பொறுமையை  கடைப்பிடிக்க வேண்டும் ஏனென்றால் பொறுமைதான் விடிவுக்கான திறவுகோலாகும் துன்பம் கடுமையாகும்போது, அல்லாஹ்விடமிருந்து விடிவு கிடைக்கும், கஷ்டம் ஏற்பட்டால் அதனைத் தொடர்ந்து  அல்லாஹ் இலகுவை ஏற்படுத்தித் தருவான்.</t>
+  </si>
+  <si>
+    <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
+الجزاء من جنس العمل.
+الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
+الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
+من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
+البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
+تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
+  </si>
+  <si>
+    <t>ஏகத்துவம் , ஒழுக்கங்கள் உள்ளிட்ட மார்க்க விடயங்களை குழந்தைகளுக்கும் இளம் சிறார்களுக்கும் கற்பிப்பதன் முக்கியத்துவம் இங்கு எடுத்துக்காட்டப்படுகிறது.
+செயலுக்கேற்பவே கூலி வழங்கப்படும்.
+அல்லாஹ்வை மாத்திரமே சார்ந்து, அவனிடமே பொறுப்புச் சாட்டுமாறு ஏவப்பட்டுள்ளது, பொறுப்பாளிகளில் அவனே மிகச் சிறந்தவன்.
+அல்லாஹ் அனைத்து விடயங்களையும் நிர்ணயித்துள்ளதால் கழா, கத்ரை (விதி) ஈமான் கொண்டு அதனை மனப்பூர்வமாக ஏற்றுக்கொள்ளுதல்.
+யார் அல்லாஹ்வின் மார்க்கத்தை-கட்டளையை-  வீணடிக்கிறானோ அவனை அல்லாஹ் பாதுகாக்காது கைவிட்டுவிடுவான்;.
+ஒரு மனிதனுக்கு கஷ்டம் ஏற்பட்டால் அதன்பின் இலகுவை எதிர்பார்க்கட்டும் என்ற மகத்தான நற்செய்தி இந்நபிமொழியில் உள்ளது.
+சோதனைகள் ஏற்படும் போதும், விரும்பத்தகுந்த ஒன்றை இழக்கும் போதும் அடியானுக்கு பின்வரும் வார்த்தை ஆறுதலை அளிக்கின்றது : 'அறிந்து கொள்: உனக்குக் கிடைத்தவை, உனக்கு கிடைக்காது தவறிப்போக இருந்ததல்ல. உனக்கு கிடைக்காதுபோனவை உனக்கு கிடைக்கும் என்று விதிக்கப்பட்டிருந்ததல்ல '. மனம் விரும்பாதவை ஏற்படும் போது அதற்கு ஆறுதல் அளிப்பதாக முதலாவது கூற்றும்,  விரும்பந்தகுந்தவற்றை இழக்கும் போது அதற்கு ஆறுதலாக இரண்டாம் கூற்றும் உள்ளது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66522</t>
+  </si>
+  <si>
+    <t>அபூமஸ்ஊத் உக்பா இப்னு அம்ர் அல்-அன்ஸாரீ அல்-பத்ரி ரழியல்லாஹு அன்ஹு அவர்கள் அல்லாஹ்வின் தூதர் அவர்கள் நவின்றதாக கூறுகின்றார்கள் :||'நீ வெட்கப்படாவிட்டால், நினைத்தை செய்துகொள்' என்பது, முந்திய நபித்துவ வாசகங்களில் இருந்து மக்கள் கற்றுக்கொண்ட ஒன்றாகும்.'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>அபூமஸ்ஊத் உக்பா இப்னு அம்ர் அல்-அன்ஸாரீ அல்-பத்ரி ரழியல்லாஹு அன்ஹு அவர்கள் அல்லாஹ்வின் தூதர் அவர்கள் நவின்றதாக கூறுகின்றார்கள் : 'நீ வெட்கப்படாவிட்டால், நினைத்தை செய்துகொள்' என்பது, முந்திய நபித்துவ வாசகங்களில் இருந்து மக்கள் கற்றுக்கொண்ட ஒன்றாகும்.'</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>அபூ அம்ரு (இவருது புனைப்பெயர் அபூ அம்ரா என்றும் கூறப்பட்டுள்ளது) ஸுப்யான் இப்னு அப்துல்லாஹ் ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள் :||நான் அல்லாஹ்வின் தூதரிடம் : அல்லாஹ்வின் தூதரே தங்களுக்குப் பிறகு இஸ்லாத்தைப் பற்றி எவரிடமும் கேட்டகத் தேவையில்லாத அளவு எனக்கு இஸ்லாத்தைப் பற்றிக் கூறுங்கள் எனக் கேட்டேன். அதற்கு நபியவர்கள்: அல்லாஹ்வின் மீது நம்பிக்கைக் கொண்டேன் எனக் கூறி அதிலேயே உறுதியாக நிலைத்திருப்பீராக எனக் கூறினார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>அபூ அம்ரு (இவருது புனைப்பெயர் அபூ அம்ரா என்றும் கூறப்பட்டுள்ளது) ஸுப்யான் இப்னு அப்துல்லாஹ் ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள் : நான் அல்லாஹ்வின் தூதரிடம் : அல்லாஹ்வின் தூதரே தங்களுக்குப் பிறகு இஸ்லாத்தைப் பற்றி எவரிடமும் கேட்டகத் தேவையில்லாத அளவு எனக்கு இஸ்லாத்தைப் பற்றிக் கூறுங்கள் எனக் கேட்டேன். அதற்கு நபியவர்கள்: அல்லாஹ்வின் மீது நம்பிக்கைக் கொண்டேன் எனக் கூறி அதிலேயே உறுதியாக நிலைத்திருப்பீராக எனக் கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66524</t>
+  </si>
+  <si>
+    <t>أرأيت إذا صليت المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
+  </si>
+  <si>
+    <t>'நான் கடமையாக்கப்பட்ட தொழுகைகளை நிறைவேற்றி, ரமழானில் நோன்பையும் நோற்று, ஹலாலை ஹலாலாக்கி, ஹராத்தை ஹராமாக்குகின்றேன்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
+  </si>
+  <si>
+    <t>அப்துல்லா-அல்-அன்ஸாரி (ரழி) அவர்களின் மகன் அபூ அப்துல்லாஹ் ஜாபிர் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கின்றார்கள் : ஒரு மனிதர் அல்லாஹ்வின் தூதர் ஸலல்லல்லாஹூ அலைஹிவஸல்லம் அவர்களிடம்  'நான் கடமையாக்கப்பட்ட தொழுகைகளை நிறைவேற்றி, ரமழானில் நோன்பையும் நோற்று, ஹலாலை ஹலாலாக்கி, ஹராத்தை ஹராமாக்குகின்றேன். இதற்குமேல் அதிகமாக நான் எதுவும் செய்யவில்லையாயின், இந்த நிலையில் நான் சுவர்க்கத்தில் நுழைவேனா? என்று எனக்குக் கூறுங்கள் என வினவினார்'. அதற்கு நபியவர்கள் 'ஆம்!' என்று பதிலளித்தார்கள்' அதற்கு அந்த மனிதர் அல்லாஹ்வின் மீது ஆணையாக இதற்கு மேலதிகமாக எதனையும் நான் செய்யமாட்டேன் என்று கூறினார்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66525</t>
+  </si>
+  <si>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
+  </si>
+  <si>
+    <t>சுத்தம் ஈமானின் பாதியாகும். 'அல்-ஹம்துலில்லாஹ்' (எல்லாப் புகழும் அல்லாஹ்வுக்கே) என்பது மீஸானின் நன்மையின் தட்டை நிறைக்கின்றது. 'சுப்ஹானல்லாஹ்' (அல்லாஹ் குறைகளுக்கு அப்பாற்பட்டவன்) 'அல்ஹம்துலில்லாஹ்' (எல்லாப் புகழும் புகழ்ச்சியும் அலல்hஹ்வுக்கே) ஆகிய இரண்டுமோ அல்லது ஒவ்வொன்றோ, வானத்திற்கும் பூமிக்கும் இடையே இருப்பதை நிரப்பி விடுகின்றது</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
+  </si>
+  <si>
+    <t>பெருமானார் (ஸல்) அவர்கள் நவின்றதாக, அபூ மாலிக் அல் ஹாரிஸ் இப்னு ஆஸிம் அல்-அஷ்அரீ ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கின்றார்கள்: சுத்தம் ஈமானின் பாதியாகும். 'அல்-ஹம்துலில்லாஹ்' (எல்லாப் புகழும் அல்லாஹ்வுக்கே) என்பது மீஸானின் நன்மையின் தட்டை நிறைக்கின்றது. 'சுப்ஹானல்லாஹ்' (அல்லாஹ் குறைகளுக்கு அப்பாற்பட்டவன்) 'அல்ஹம்துலில்லாஹ்' (எல்லாப் புகழும் புகழ்ச்சியும் அலல்hஹ்வுக்கே) ஆகிய இரண்டுமோ அல்லது ஒவ்வொன்றோ, வானத்திற்கும் பூமிக்கும் இடையே இருப்பதை நிரப்பி விடுகின்றது. தொழுகை ஒளியாகும். தர்மம் தெளிவான அத்தாட்சியாகும்;. பொறுமை வெளிச்சமாகும். திருக்குர்ஆன் உங்களுக்கு சாதகமான அல்லது எதிரான ஒரு ஆதாரமாகும். தனது நாளைத் துவங்கும் ஒவ்வொரு மனிதனும் தனது ஆன்மாவை விற்றுவிடுகின்றனர். ஒன்று அதனை விடுதலைபெறச் செய்கின்றனர். அல்லது அதற்கு அழிவைத் தேடித் தருகின்றனர்.</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">சுத்தம் இரண்டு வகைப்படும்; ஓன்று புறச்சுத்தம் இது வுழூ செய்தல் குளித்தல் போன்ற காரியங்களால் ஏற்படுகிறது.இரண்டாவது அகச்சுத்தம் இது ஏகத்துவம், நம்பிக்கை (ஈமான்) நற்செயல் ஆகிய விடயங்களால் ஏற்படுகிறது.
+தொழுகையானது அடியானுக்கு இம்மையிலும் மறுமையிலும் ஒளியாக அமையும் என்பதால்,
+தொழுகையைப் கடைப்பிடித்து பேணுவதன் முக்கியத்துவத்தை இந்த ஹதீஸ் குறிப்பிடுகிறது
+தர்மம் ஈமானின் -நம்பிக்கையின் உண்மை நிலையை விளக்கும் ஆதாரமாகும்.
+அல்குர்ஆனை உண்மைப்படுத்தி அதில் உள்ள போதனைகளை நடைமுறைப்படுத்துவதன் அவசியம் இந்த ஹதீஸில் குறிப்பிடபட்பட்டிருக்கிறது. ஏனெனில் அல்குர்ஆனை அணுகும் விதத்தில்தான் உமக்கு அது சாதகமாகவோ,எதிரானதாகவோ அமையும்.
+மனதை (வழிப்பாட்டில்) நன்மையான காரியத்தில் ஈடுபத்தவில்லையெனில் உம்மை பாவத்தில் ஆழ்த்தி விடும்.
+ஓவ்வொரு மனிதனும் தன்னை இறைவழிபாட்டில் ஈடுபடுத்தி (அல்லாஹ்வுக்கு கட்டுப்பட்டு) நரகத்தைவிட்டு விடுவித்துக்கொள்ளவும்  அல்லது பாவகரியத்தில் ஈடுபட்டு  பெரும் நாசத்தை அடையவும் இவ்வுலகில் ஏதோ வகையில் செயல்படுதல் வேண்டும்.
+</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66526</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்:||'மனிதர்களின் ஒவ்வொரு மூட்டுக்கும் ஒவ்வொரு நாளும் ஏதாவது ஒரு தர்மத்தை செய்தாக வேண்டும். சூரியன் உதயமாகும் ஒவ்வொரு நாளும் இரு மனிதர்களுக்கிடையில் நீதி செலுத்துதல் ஒரு தர்மமாகும். வாகனத்தின் மீது ஏறுகின்ற ஒருவரை அதன் மீது ஏற்றி விடுவது ஒரு தர்மமாகும். அதுபோலவே அதன் மீது அவருடைய பொருட்களை ஏற்றி விடுவதும் ஒரு தர்மமாகும். நல்ல வார்த்தை பேசுவதும் ஒரு தர்மமாகும். தொழுகைக்காக நீங்கள் எடுத்து வைக்கும் ஒவ்வொரு அடியும் ஒரு தர்மமாகும். தீங்கு விளைவிக்கக் கூடிய பொருளொன்றை நடைபாதையிலிருந்து அப்புறப்படுத்துவதும் ஒரு தர்மமாகும்'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'மனிதர்களின் ஒவ்வொரு மூட்டுக்கும் ஒவ்வொரு நாளும் ஏதாவது ஒரு தர்மத்தை செய்தாக வேண்டும். சூரியன் உதயமாகும் ஒவ்வொரு நாளும் இரு மனிதர்களுக்கிடையில் நீதி செலுத்துதல் ஒரு தர்மமாகும். வாகனத்தின் மீது ஏறுகின்ற ஒருவரை அதன் மீது ஏற்றி விடுவது ஒரு தர்மமாகும். அதுபோலவே அதன் மீது அவருடைய பொருட்களை ஏற்றி விடுவதும் ஒரு தர்மமாகும். நல்ல வார்த்தை பேசுவதும் ஒரு தர்மமாகும். தொழுகைக்காக நீங்கள் எடுத்து வைக்கும் ஒவ்வொரு அடியும் ஒரு தர்மமாகும். தீங்கு விளைவிக்கக் கூடிய பொருளொன்றை நடைபாதையிலிருந்து அப்புறப்படுத்துவதும் ஒரு தர்மமாகும்'</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66527</t>
+  </si>
+  <si>
+    <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>இறையச்சத்தையும், ஒரு அடிமையே உங்களது தலைவராக நியமிக்கப்பட்டாலும் அவருக்கு முழுமையாகக் கட்டுப்படுவதையும் நான் உங்களுக்கு உபதேசிக்கின்றேன். நிச்சயமாக உங்களில் அதிக நாட்கள் வாழ்பவர்கள் அதிக கருத்துவேறுபாடுகளை சந்திப்பீர்கள். ஆகவே நீங்கள் என்னுடைய நடைமுறைகளையே பின்பற்றுங்கள்.அதுபோலவே நல்வழிநடந்த கலீபாக்களின் நடைமுறைகளையும் பின்பற்றுங்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
+  </si>
+  <si>
+    <t>அபூ நஜீஹ் இர்பாழ் இப்னு சாரியா ரழியல்லாஹு அன்ஹு  அவர்கள் அறிவிக்கின்றார்கள் :
+இறைவனின் தூதர் பெருமானார் (ஸல்) அவர்கள் பிரசங்கமொன்றை நிகழ்த்தினார்கள். அதைக் கேட்டுக் கொண்டிருந்த எங்களது இதயங்கள் நடுங்கின. எங்களது கண்களில் கண்ணீர் சிந்தின. நாங்கள், 'அல்லாஹ்வின் தூதரவர்களே, இது பிரியாவிடை கூறுபவர்களின் அறிவுரை போன்றல்லவா இருக்கிறது! ஆகவே எங்களுக்கு உபதேசம் செய்யுங்கள்'' என்று கூறினோம். பெருமனார் (ஸல்) அவர்கள் பின்வருமாறு நவின்றார்கள் : இறையச்சத்தையும், ஒரு அடிமையே உங்களது தலைவராக நியமிக்கப்பட்டாலும் அவருக்கு முழுமையாகக் கட்டுப்படுவதையும் நான் உங்களுக்கு உபதேசிக்கின்றேன். நிச்சயமாக உங்களில் அதிக நாட்கள் வாழ்பவர்கள் அதிக கருத்துவேறுபாடுகளை சந்திப்பீர்கள். ஆகவே நீங்கள் என்னுடைய நடைமுறைகளையே பின்பற்றுங்கள்.அதுபோலவே நல்வழிநடந்த கலீபாக்களின் நடைமுறைகளையும் பின்பற்றுங்கள். உறுதியுடன் அவற்றை கடைப்பிடித்து ஓழுகுங்கள். மார்க்கத்தில் புதிதாக புகுத்தப்படுபவைகள் (பித்அத்துக்கள்) குறித்து கவனமாக இருங்கள். மார்க்கத்தில் புதிதாக புகுத்தப்பட்டவைகள் அனைத்தும் நூதன கிரியைகளாகும். ஒவ்வொரு நூதன கிரியையும் வழிகேடாகும்'.</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66529</t>
+  </si>
+  <si>
+    <t>لقد سألت عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>'நீங்கள் மிகவும் பெரிய ஒரு விடயம் குறித்து வினவி இருக்கின்றீர்கள். இருந்தாலும் அல்லாஹ் யாருக்கு  அதனை இலகுவாக்கி வைத்திருக்கின்றானோ அது அவர்களுக்கு மிகவும் இலகுவானதாக இருக்கும்</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللهُ عَنْهُ قَالَ: قُلْت يَا رَسُولَ اللَّهِ! أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدْنِي مِنْ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَ عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ: تَعْبُدُ اللَّهَ لَا تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلَاةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ، ثُمَّ قَالَ: أَلَا أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ، الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الْخَطِيئَةَ كَمَا يُطْفِئُ المَاءُ النَّارَ، وَصَلَاةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ، ثُمَّ تَلَا: {تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ} حَتَّى {بَلَغَ يَعْمَلُونَ}، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِرَأْسِ الأَمْرِ وَعَمُودِهِ وَذِرْوَةِ سَنَامِهِ، فَقُلْتُ: بَلَى يَا رَسُولَ اللَّهِ، قَالَ: رَأْسُ الأَمْرِ الإِسْلَامُ، وَعَمُودُهُ الصَّلَاةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِمِلَاكِ ذَلِكَ كُلِّهِ، فقُلْت: بَلَى يَا رَسُولَ اللَّه! فَأَخَذَ بِلِسَانِهِ وَقَالَ: كُفَّ عَلَيْك هَذَا، قُلْت: يَا نَبِيَّ اللَّهِ! وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ، فَقَالَ: ثَكِلَتْكَ أُمُّكَ وَهَلْ يَكُبُّ النَّاسَ عَلَى وُجُوهِهِمْ أَوْ قَالَ عَلَى مَنَاخِرِهِمْ إلَّا حَصَائِدُ أَلسِنَتِهِمْ»!</t>
+  </si>
+  <si>
+    <t>முஆது இப்னு ஜபல் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கின்றார்கள் : அல்லாஹ்வின் தூதரே! என்னை சுவர்க்கத்தில் நுழைவிக்கக் கூடியதும், நரகத்தை விட்டும் தூரமாக்கக் கூடியதுமான ஒரு செயலை சொல்லித் தாருங்கள் என நான் கேட்டேன். அதற்கு நபியவர்கள் பின்வருமாறு பதிலளித்தார்கள் : 'நீங்கள் மிகவும் பெரிய ஒரு விடயம் குறித்து வினவி இருக்கின்றீர்கள். இருந்தாலும் அல்லாஹ் யாருக்கு  அதனை இலகுவாக்கி வைத்திருக்கின்றானோ அது அவர்களுக்கு மிகவும் இலகுவானதாக இருக்கும். நீங்கள் அல்லாஹ்வை வணங்குங்கள், அவனுக்கு எதனையும் இணைவைக்காதீர். கடமையாக்கப்பட்ட தொழுகைகளை நிலைநாட்டுங்கள். 'ஸகாத்'த்தை கொடுங்கள். ரமழான் மாதத்தில் நோன்பிருங்கள். நீங்கள் இறைஇல்லத்திற்கு புனித பயணம் மேற்கொள்ளுங்கள். (ஹஜ் செய்யுங்கள்;). என்று கூறிவிட்டு,  பின்னர் பெருமானார் (ஸல்) அவர்கள் நான் உங்களுக்கு நன்மையின் வாசல்களை காட்டித் தரட்டுமா? என வினவி விட்டுச் சொன்னார்கள் : நோன்பு ஒரு கேடயம், நீர் நெருப்பை அணைப்பது போல் தர்மம் பாவங்களை அழித்தொழிக்கின்றது. அதுபோலவே இரவின் கடைசிப் பகுதியில் ஒருவரின் தொழுகையும் என்று கூறி விட்டு, பின்னர் பெருமானார் (ஸல்) அவர்கள் பின்வரும் இறைவசனத்தை ஓதினார்கள் : ''அவர்கள் (இரவில்) படுக்கையிலிருந்து தங்கள் விலாக்களை உயர்த்தி, (எழுந்து அப்புறப்பட்டு) தங்கள் இறைவனிடம் நம்பிக்கை வைத்தும், பயந்தும், (அவனைப்) பிரார்த்தனை செய்வார்கள். நாம் அவர்களுக்குக் கொடுத்தவற்றிலிருந்த அவர்கள் செலவு செய்வார்கள்'. அவர்கள் செய்த (நற்)காரியங்களுக்குக் கூலியாக, அவர்களுக்காக(ச் சித்தப்படுத்தி) மறைத்து வைக்கப்பட்டிருக்கும் கண் குளிரக் கூடிய (சன்மானத்)தை எவராலும் அறிந்து கொள்ள முடியாது' (அவ்வளவு மேலான சன்மானங்கள் அவர்களுக்காகச் சித்தப்படுத்தப்பட்டுள்ளன.)". அல்குர்ஆன் (32:16-17)
+பின் பெருமானார் (ஸல்) அவர்கள் நான் உங்களுக்கு இந்த விடயத்தில் (மார்க்கத்தின்)  தலையாயது பற்றியும் தூண் மற்றும் உச்சம் பற்றியும் சொல்லட்டுமா?' என்றார்கள். 'இறை தூதரவர்களே, ஆம்! சொல்லுங்கள் என்றேன். பெருமானார் (ஸல்) அவர்கள், இந்த விடயத்தின் தலையாயது இஸ்லாமாகும். அதன் தூண் தொழுகையாகும். அதன் உச்சி ஜிஹாத் ஆகும் என்றார்கள். பிறகு அவர்கள், இவை எல்லாவற்றையும் கட்டுப்படுத்துவது குறித்து நான் சொல்ல வேண்டாமா? என வினவினார்கள். நான் 'இறைவனின் தூதரவர்களே! ஆமாம் சொல்லுங்கள்'' என்றேன். பெருமானார் (ஸல்) அவர்கள் தங்களது நாவை கரத்தால் பற்றிக் கொண்டு, ''இதைக் கட்டுப்படுத்துங்கள்'' என்று சொன்னார்கள்.
+இறைவனின் தூதரவர்களே! நாம் பேசுவது குறித்து குற்றம் பிடிக்கப்படுவோமா? என்று நான் கேட்டேன். அதற்கு பெருமானார் (ஸல்) அவர்கள், ''உம் தாய் உம்மை இழக்கட்டும்!. மனிதர்கள் தங்கள் நாவால் அறுவடை செய்தவைகளைத் தவிர அவர்களை நரக நெருப்பில் முகங்குப்புற தள்ளக் கூடியது வெறெதுவும் உண்டா?'' என்று கேட்டார்கள். - 
+1.ஜிஹாத் : ஜிஹாத் என்பதற்கு அறப்போர் அல்லது புனிதப்போர் எனப் பொதுவாக பொருள் கொள்ளப்படுகின்றது. அதற்கு இன்னும் விரிவான பொருள்கள் உண்டு. இதில் இஸ்லாத்தை நிலைநாட்ட மேற்கொள்ளப்படும் எல்லா முயற்சிகளும் அடங்கும். ஆகவே தான் 'ஜிஹாத்' என்ற அரபிச் சொல் அப்படியே இங்கு கையாளப்பட்டிருக்கின்றது.
+2. ஸகிலத்க உம்முக. ''தவறான பயனற்ற பேச்சைப் பேச வேண்டாம்!'' என்று கூறுவதற்கு அரபி மொழியில் இச் சொற்றொடர் பயன்படுத்தப்படுகிறது.</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
+الأول: تعبد الله وحده ولا تشرك به شيئًا.
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس.
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل:
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟
+قال معاذ رضي الله عنه: بلى يا رسول الله.
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله.
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟!
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66530</t>
+  </si>
+  <si>
+    <t>لا ضرر ولا ضرار</t>
+  </si>
+  <si>
+    <t>''ஒருவர் தனக்கோ பிறருக்கோ தீங்கிழைப்பது கூடாது''</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஸஈத் ஸஃத் பின் மாலிக் பின் ஸினான் அல்குத்ரீ ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : ''ஒருவர் தனக்கோ பிறருக்கோ தீங்கிழைப்பது கூடாது''.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
+ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
+  </si>
+  <si>
+    <t>தனக்கோ பிறருக்கோ ஏற்படுகின்ற எல்லா வகையான தீங்குகளையும் அதன் வெளிப்பாடுகளையும் தடுப்பது கடமையாகும் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவுபடுத்துகிறார்கள். தனக்கோ பிறருக்கோ தீங்கை ஏற்படுத்துவதும் கூடாது. அத்துடன் தீங்கை இன்னொரு தீங்கினால் எதிர்கொள்வதும் கூடாது. காரணம் தீங்கிழைத்தல் என்பது அதே மாதிரியான ஒன்றினால் நீங்கி விடாது. ஆனால் அத்துமீறாது பழிக்குப்பழி தண்டனை வழங்குதல் அனுமதிக்கப்பட்டதாகும்.</t>
+  </si>
+  <si>
+    <t>النهي عن المجازاة بأكثر من المِثْل.
+لم يأمر اللهُ عبادَه بشيء يضرُّهم.
+الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
+من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
+  </si>
+  <si>
+    <t>செய்த தீங்கை விட அதிகமாகப் பழிதீர்ப்பது தடுக்கப்பட்டிருத்தல்.
+தீங்கை ஏற்படுத்தக் கூடிய எதனையும் அல்லாஹ் தனது அடியார்களுக்கு  கட்டளையிடவில்லை.
+இந்த ஹதீஸ் தீங்கை தடைசெய்வதில் மிக முக்கிய விதியொன்றை உள்ளடக்கியுள்ளது. அந்த வகையில் சொல் அல்லது செயல் அல்லது கைவிடல் போன்றவற்றால் தீங்கிழைப்பது தடுக்கப்பட்டதாகும்.
+'அல்லரரு யுஸாலு' (தீங்கு நீக்கப்படவேண்டும்) என்பது மார்க்க சட்டவாக்க விதிகளில் ஒன்றாகும், எனவே இஸ்லாமிய மார்க்கமானது தனக்கோ பிறருக்கோ தீங்கிழைப்பதை அங்கீகரிக்காது. அதனை வன்மையாக கண்டிக்கிறது.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66531</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா  அவர்கள் கூறினார்கள் :||' (பிரதிவாதியை விசாரிக்காமல் ) மக்களின் வாதத்திறமையின் அடிப்படையில் அவர்கள் கோருவதெல்லாம் வழங்கப்பட்டால், மக்களில் பலர்; ஏனைய மனிதர்களின் உயிர்களுக்கும் உடமைகளுக்கும் உரிமை கோரத் தொடங்குவார்கள். எனவே உரிமை கொண்டாடும் வாதி அதற்கான ஆதாரங்களை முன்வைக்க வேண்டும், அதனை மறுப்பவர் -பிரதிவாதி- சத்தியம் செய்ய வேண்டும்.'</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா  அவர்கள் கூறினார்கள் : ' (பிரதிவாதியை விசாரிக்காமல் ) மக்களின் வாதத்திறமையின் அடிப்படையில் அவர்கள் கோருவதெல்லாம் வழங்கப்பட்டால், மக்களில் பலர்; ஏனைய மனிதர்களின் உயிர்களுக்கும் உடமைகளுக்கும் உரிமை கோரத் தொடங்குவார்கள். எனவே உரிமை கொண்டாடும் வாதி அதற்கான ஆதாரங்களை முன்வைக்க வேண்டும், அதனை மறுப்பவர் -பிரதிவாதி- சத்தியம் செய்ய வேண்டும்.'</t>
+  </si>
+  <si>
+    <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66532</t>
+  </si>
+  <si>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك</t>
+  </si>
+  <si>
+    <t>'நிச்சயமாகஅல்லாஹ் (ஒருவர் செய்யும்) நல்ல செயல்களையும், தீய செயல்களையும் எழுதி, பின்னர் அதனை விளக்கிக் கூறினான்</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ تَبَارَكَ وَتَعَالَى، قَالَ: «إنَّ اللهَ كَتَبَ الحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إلَى سَبْعِمِائَةِ ضِعْفٍ إلَى أَضْعَافٍ كَثِيرَةٍ، وَإِنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ سَيِّئَةً وَاحِدَةً».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் தனது இரட்சகன் நவின்றதாகக் கூறியதை இப்னு அப்பாஸ் ரழியல்லாஹு அறிவிக்கின்றார்கள் : 'நிச்சயமாகஅல்லாஹ் (ஒருவர் செய்யும்) நல்ல செயல்களையும், தீய செயல்களையும் எழுதி, பின்னர் அதனை விளக்கிக் கூறினான்.
+யார் ஒரு நல்ல செயலை செய்ய எத்தனித்து அதனை அவர் செய்யவில்லையோ அதற்கு அல்லாஹ் அவனிடத்தில் முழுமையான ஒரு நன்மையை எழுதுகிறான். ஒருவர் ஒரு நன்மையான காரியத்தை செய்ய முனைந்து அதனை அவர் செய்வாரானால் அவருக்கு பத்து முதல் எழுநூறு நன்மைகள் எழுதப்படுவதுடன் அதனை பன்மடங்குகளாக அதிகப்படுத்திக் கொடுக்கிறான். 
+ஒருவர் ஒரு தீய செயலைச் செய்ய நினைத்து, ஆனால் அதை அவர் செய்யவில்லையென்றால் அல்லாஹ் அதை ஒரு நல்ல செயலாகவே எழுதிக் கொள்கின்றான். ஒருவர் ஒரு தீய செயலைச் செய்ய நினைத்து, அதை செய்தும் முடித்தால் அல்லாஹ் அதை ஒரு தீமையாக மட்டுமே எழுதிக் கொள்கின்றான்".</t>
+  </si>
+  <si>
+    <t>தீமைகளை பன்மடங்காக ஆக்காது, நன்மைகளை பன்மடங்காக்கி அதனை பதிவு செய்வதில் அல்லாஹ் இந்த சமூகத்தின் மீது செய்த மகத்தான அருளை விபரித்திருத்தல்.
+செயல்களில் நிய்யத்தின் முக்கியத்துவமும் அதன் தாக்கமும் சுட்டிக்காட்டப்பட்டிருத்தல்.
+நன்மையைச் செய்ய எத்தனித்து அதனை செய்யாதவருக்கு அல்லாஹ் அதற்காக ஒரு நன்மையை எழுதிவிடுவது அவனின் அருளையும், கருணையையும், தாராளத்தன்மையையும் காட்டுகிறது.
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم في صحيحيهما بهذه الحروف</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم في صحيحيهما بهذه الحروف]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66533</t>
+  </si>
+  <si>
+    <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>'நிச்சயமாக அல்லாஹ் கூறுகிறான் : என்னுடைய நெருங்கிய அடியான் ஒருவரை யார் எதிர்த்து பகைமை பாராட்டுகின்றானோ அவனோடு நான் போர் பிரகடனம் செய்கிறேன். எனது அடியான் என்னை நெருங்குவதற்கு அவன் மீது நான் கடமையாக்கியவற்றை விட எனக்கு விருப்பத்திற்குரியவை வேறு ஏதுமில்லை</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
+  </si>
+  <si>
+    <t>அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் பெருமானார் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் நவின்றதாக அறிவிக்கின்றார்கள் : 'நிச்சயமாக அல்லாஹ் கூறுகிறான் : என்னுடைய நெருங்கிய அடியான் ஒருவரை யார் எதிர்த்து பகைமை பாராட்டுகின்றானோ அவனோடு நான் போர் பிரகடனம் செய்கிறேன். எனது அடியான் என்னை நெருங்குவதற்கு அவன் மீது நான் கடமையாக்கியவற்றை விட எனக்கு விருப்பத்திற்குரியவை வேறு ஏதுமில்லை. நான் எனது அடியானை விரும்பும் வரை அவன் (நப்லான்) உபரியான வணக்கங்களைக் கொண்டு என்னை நெருங்கிக்கொண்டே இருக்கின்றான். நான் அவனை விரும்பிவிட்டால் நான் அவன் கேட்கும் செவிப்புலனாகவும், அவன் பார்க்கும் பார்வையாகவும், அவன் பற்றும் கையாகவும், அவன் நடக்கும் காலாகவும் இருப்பேன். அவன் என்னிடம் கேட்டால் அதனை அவனுக்கு நிச்சயமாக கொடுப்பேன். அவன் என்னிடம் அடைக்கலம் தேடினால் அவனை நிச்சயம் பாதுகாப்பேன்.'</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
+  </si>
+  <si>
+    <t>யார் எனது நேசர்களில் ஒருவரை நோவினை செய்து அவருக்கு கோபத்தையும் வெறுப்பையும் ஏற்படுத்துகிறாரோ அவருக்குக்கு எதிராக எனது பகையை பகிரங்கமாக அறிவிக்கிறேன் என அல்லாஹ் கூறியதாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஹதீஸ் குத்ஸியில் குறிப்பிடுகிறார்கள். 'வலி' என்பவர் இறையச்சமுள்ள முஃமினாவார். ஒரு அடியான் பெற்றிருக்கும் ஈமான் (இறைவிசுவாசம்) மற்றும் தக்வாவிற்கு (இறையச்சம்) ஏற்ப அவனுக்கு அல்லாஹ்வின் நெருக்கமும் நேசமும் கிடைக்கிறது. ஒரு முஸ்லிம் அல்லாஹ் மிகவும் விரும்புகின்ற அவன் கடமையாக்கி கட்டயாப்படுத்திய வணக்கங்களை செய்து, தடைசெய்யப்பட்ட செயல்களை தவிர்த்தல் மூலமேயன்றி அவன் வேறு எதன் மூலமும் அல்லாஹ்வுடம் நெருக்கத்தை ஏற்படுத்திக் கொள்வதில்லை . எப்போதும் ஒரு முஸ்லிம் பர்ழான கடமைகளுடன் உபரியான (நப்லான) வணக்கங்களை செய்வதன் மூலம் அல்லாஹ்வின் நேசத்தை அடைந்து கொள்ளும் வரை தனது இரட்சகனை நெருங்கிக் கொண்டிருக்கிறான். ஆகவே அல்லாஹ் அவனை நேசித்து விட்டால் குறிப்பிடப்பட்ட நான்கு உறுப்புகளினாலும் தான்விரும்பியவற்றை செய்வதற்கு வழிகாட்டுவான். அவரது செவித்திறனை அல்லாஹ் விரும்பியதை மாத்திரம் செவிமடுக்க வழிகாட்டுவான் . அவர் தனது பார்வையை, அல்லாஹ் எதைப் பார்ப்பதை விரும்பி அதன் மூலம் திருப்தி அடைவானோ அவற்றை பார்ப்பதற்கு உதவி செய்வான். அல்லாஹ்வை திருப்திப்படுத்தும் விடயங்களை மாத்திரம் தனது கையால் செய்வதற்கு அவனது கைக்கு அல்லாஹ் வழிகாட்டுவான். மேலும் அவனது காலுக்கு வழிகாட்டுவது என்பது  அல்லாஹ் விரும்புகின்ற செயலுக்காக மாத்திரம் நடந்து செல்லுதல் மற்றும் நன்மையான காரியத்திற்கு விரைந்து செல்வதைக் குறிக்கும். இவற்றுடன் அந்த அடியான் அல்லாஹ்விடம் எதையாவது கேட்டுப் பிரார்த்தித்தால் அவன் கேட்டவற்றை அவனுக்கு அல்லாஹ் வழங்குவான். இந்த வகையில் துஆக்கள் ஏற்றுக்கொள்ளப்படும் அடியானாக அவன் இருப்பான். அதே போன்று ஏதாவது ஒரு தீங்கிலிருந்து தன்னை பாதுகாக்குமாறு கோரி பாதுகாப்புத் தேடினால் அவன் பயப்படுகின்ற தீங்குகளை விட்டு அவனை அல்லாஹ் பாதுகாப்பான்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66534</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى يكون هواه تبعا لما جئت به</t>
+  </si>
+  <si>
+    <t>'நான் கொண்டு வந்தவற்றுக்கு (இறைத்தூதுக்கு) ஏற்ப தனது மனோஇச்சை (கட்டுப்பட்டதாக) மாறும் வரை உங்களில் எவரும் உண்மையாக நம்பிக்கை கொண்டவராக மாட்டார்'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُحَمَّدٍ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى يَكُونَ هَوَاهُ تَبَعًا لِمَا جِئْتُ بِهِ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லலாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ரு பின் ஆஸ் ரழியல்லாஹு அன்ஹுமா, அவர்கள் கூறுகிறார்கள் : 'நான் கொண்டு வந்தவற்றுக்கு (இறைத்தூதுக்கு) ஏற்ப தனது மனோஇச்சை (கட்டுப்பட்டதாக) மாறும் வரை உங்களில் எவரும் உண்மையாக நம்பிக்கை கொண்டவராக மாட்டார்'</t>
+  </si>
+  <si>
+    <t>بين النبي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أن الإنسان لا يكونا مؤمنًا كامل الإيمان الواجب حتى تكون محبته تابعة لما جاء به الرسول صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ من الأوامر والنواهي وغيرها، فيحب ما أمر به، ويكْرَهُ ما نَهَى عنه.</t>
+  </si>
+  <si>
+    <t>ஒருவரது ஈமான் பூரணமாக அமைய வேண்டுமாயின் நபியவர்கள் ஏவிய கட்டளைகளை மனமுவந்து விரும்பி, அவர் தடுத்தவற்றை வெறுத்து, அவர்கள் கொண்டு வந்ததற்கு ஏற்ப தனது நேசத்தை ஆக்கிக்கொள்ளும் வரை ஒரு மனிதன் முழுமையான ஈமான் கொண்டவராக மாட்டார் என நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் இந்த ஹதீஸில் விளக்குகிறார்கள்.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في التسليم للشرع والانقياد له.
+تحذير الإنسان من أن من يحكم العقل أو العادة ويقدمه على ما جاء به الرسول صلى الله عليه وسلم، ففاعل ذلك قد نُفي الإيمان عنه.
+وجوب تحكيم الشريعة في كل شيء، لقوله: «لِمَا جِئتُ به».
+أن الإيمان يزيد بالطاعة وينقص بالمعصية.</t>
+  </si>
+  <si>
+    <t>இந்த ஹதீஸ் இஸ்லாமிய ஷரீஆவுக்கு முழுமையாக கட்டுப்படுவதை வலியுறுத்தும் ஒரு அடிப்படையை (விதியை) உள்ளடக்கியுள்ளது.
+ஒரு முஸ்லிம் பகுத்தறிவு அல்லது வழக்காறை தீர்ப்புக்கான அடிப்படையாக எடுத்து அதனை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கொண்டு வந்த வழிகாட்டலுக்கு மேலாக முன்னுரிமையளிப்பதை எச்சரித்தல். அவ்வாறு செய்பவர் ஈமான் அற்றவர் என்று குறிப்பிடப்பட்டிருத்தல்.
+'லிமா ஜிஃத்து பிஹி'  அதாவது 'நான் கொண்டுவந்ததற்கேட்ப' என்ற கூற்றானது எல்லா விடயங்களிலும் ஷரீஆவை –அல்குர்ஆன் அஸ்ஸுன்னாவை- தீர்ப்பாகக்கொள்வது அவசியம் என்பதை காட்டுகிறது.
+ஈமான் வணக்கத்தின் மூலம் அதிகரிக்கும், பாவத்தின் மூலம் குறைந்துவிடும்.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث صحيح</t>
+  </si>
+  <si>
+    <t>رويناه في كتاب الحجة بإسناد صحيح</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث صحيح]</t>
+  </si>
+  <si>
+    <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66535</t>
+  </si>
+  <si>
+    <t>كل مسكر حرام</t>
+  </si>
+  <si>
+    <t>'போதை தரக்கூடிய ஒவ்வொன்றும் ஹராம் (விலக்கப்பட்டது) ஆகும்'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
+وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
+وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>தனது தந்தை அபூமூஸா அல் அஷ்அரி ரழியல்லாஹு அன்ஹு அவர்களின் மூலம் அபூபுர்தா அவர்கள் அறிவிக்கிறார்கள் : நபி (ஸல்) அவர்கள் அவரை (அபூ மூஸா அல் அஷ்அரியை) யமன் நாட்டுக்குப் அனுப்பி வைத்தார்கள். அப்போது அங்கு தயாரிக்கப்படும் பானங்கள் குறித்து (அவற்றின் சட்டம் குறித்து) நபியவர்களிடம் கேட்க, அவை எவை?  எனக் கேட்டார்கள்: அதற்கு அபூமூஸா ரழியல்லாஹு அன்ஹு அவரகள்; 'அல்பித்உ, அல்மிஸ்ர்' என்றார்கள்.அப்போது அபூ புர்தாவிடம் அல்பித்உ என்றால் என்ன? எனக் கேட்க்கப்பட்டது. அதற்கு அவர்கள் 'தேனிலிருந்து தயாரிக்கப்படும் பானம் என்றார்கள், அல்மிஸ்ர் என்பது தொலி நீக்கப்படாத வாற்கோதுமையில் தயாரிக்கப்படும் பானம்' என்று பதிலளித்தார்கள். அப்போது நபி (ஸல்) அவர்கள், 'போதை தரக்கூடிய ஒவ்வொன்றும் ஹராம் (விலக்கப்பட்டது) ஆகும்' என்று பதிலளித்தார்கள்.</t>
+  </si>
+  <si>
+    <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
+فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
+فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தன்னை யமனுக்கு அனுப்பினார்கள் என அபூமூஸா அல்அஷ்அரி ரழியல்லாஹு அன்ஹு அவர்கள் குறிப்பிடுகிறார்கள். அப்போது அங்கே சில பானங்கள் தயாரிக்கப்படுவதாகுவும், அதை அருந்துவது தடைசெய்யப்பட்டதா என நபியவர்களிடத்தில் வினவ நபியவர்கள் அந்த பானம் பற்றி விவரிக்குமாறு அவரை வேண்டிக் கொண்டார்கள். அப்போது அபூமூஸா ரழியல்லாஹு அன்ஹு அவர்கள்  அங்கே ';பித்உ' மற்றும் 'மிஸ்ர்'; எனும் இரண்டு வகையான பானங்கள்; உண்டு. பித்ஃ என்பது தேனினால் தயாரிக்கப்படும் மதுசாரம், மிஸ்ர் என்பது வாற்கோதுமையினால் தயாரிக்கப்படும் மதுசாரம் என்று கூறினார்கள். உடனே சொற்சுருக்கமும் பொருட்செரிவும் வழங்கப்பட்ட நபியவர்கள் : போதை தரும் அனைத்தும் தடைசெய்யப்பட்டதாகும் என்று மிகவும் சுருக்கமாக பதிலளித்தார்கள்.</t>
+  </si>
+  <si>
+    <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
+الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
+أهمية السؤال عن ما يحتاج إليه المسلم.
+كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
+أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
+  </si>
+  <si>
+    <t>ஈச்சம் பழம் அல்லது தேன் அல்லது வாற்கோதுமை இட்டு ஊரவைக்கும் நீர் அந்நபீத் ' எனப்படும். இவ்வாறு ஊரவைத்த நீர் சுவையும் இனிப்பும் நிறைந்ததாக மாறிவிடுகிறது. அதன் பின் அது மதுசாரமாக மாறி போதை தரக்கூடிய ஒரு பானமாக மாறிவிடுகிறது.
+இந்த ஹதீஸ் மதூபானம் மற்றும் ஹஷீஷ் போன்ற போதையை ஏற்படுத்தக்கூடிய அனைத்து வகையான போதைப்பொருள்களும் ஹராம் என்பதற்கான சட்டவாக்க அடிப்டை விதி ஒன்றை உள்ளடக்கியுள்ளது.
+ஒரு முஸ்லிம் தனக்குத் தேவையான விடயங்களை பற்றி அறிந்து கொள்ள கேள்வி கேட்பதன் அவசியம்.
+ஆரம்பத்தில் மதுபானம் தொழுகை நேரத்தில் தடைசெய்யப்பட்டது. சில முஹாஜிரீன்கள் மது குடித்துவிட்டு தொழுகையில் ஈடுபட்டபோது தமது தொழுகையில் அல்குர்ஆனை தடுமாற்றத்துடன் பிழையாக ஓதினர். அவ்வேளை அல்லாஹ் பின்வரும் வசனத்தை இறக்குவதன் ஊடாக தொழுகை நேரத்தில் மதுஅருந்துவதை தடைசெய்தான். அந்த வசனம் பின்வருமாறுமாறு : 'ஈமான் கொண்ட விசுவாசிகளே! நீங்கள் கூறுவது என்னவென்று அறியாதவாறு நீங்கள் போதையுடையவர்களாக இருக்கும் நிலையில் தொழுகையை நெருங்காதீர்கள்.' இந்த வசனம் இறங்கியதும் அல்லாஹ்வின் தூதர் அவர்களின்; அழைப்பாளர் 'போதையுடன் தொழுகையை நெருங்க வேண்டாம்' என்று மக்களை அழைப்பு விடுத்தார். இதனை தொடர்ந்து அல்லாஹ் மதுவை முற்றாக பின்வரும் வசனத்தின் மூலமாக தடைசெய்தான் ' அல்லாஹ் கூறினான் : ''ஈமான் கொண்டோரே! மதுபானமும், சூதாட்டமும், கற்சிலைகளை வழிபடுதலும், அம்புகள் எறிந்து குறி பார்ப்பதும் ஷைத்தானின் அருவருக்கத்தக்க செயல்களிலுள்ளவையாகும்; ஆகவே நீங்கள் இவற்றைத் தவிர்த்துக் கொள்ளுங்கள் - அதனால் நீங்கள் வெற்றியடைவீர்கள். நிச்சயமாக ஷைத்தான் விரும்புவதெல்லாம், மதுபானத்தைக் கொண்டும், சூதாட்டத்தைக் கொண்டும் உங்களிடையே பகைமையையும், வெறுப்பையும் உண்டு பண்ணி அல்லாஹ்வின் நினைவிலிருந்தும், தொழுகையிலிருந்தும் உங்களைத் தடுத்து விடத்தான்; எனவே, அவற்றை விட்டும் நீங்கள் விலகிக் கொள்ள மாட்டீர்களா?'
+பெரும் பாதிப்பும் ஆரோக்கிய கேடும் மதுபானத்தில் காணப்படுவதால் அல்லாஹ் மதுவை தடைசெய்துள்ளான்.
+போதை ஏற்படுத்தல் என்ற பண்பு காணப்படுவது ஒரு பொருள் ஹராமாக்கப்படுவதில் பிரதானமாக கருத்திற்கொள்ள வேண்டிய விடயம். அந்த வகையில் பழங்கள் ஊர வைத்த நீரானது போதையூட்டக்கூடியதாக இருந்தால் அது ஹராமாகும் அவ்வாறில்லையெனில் அது அனுமதிக்கப்பட்டதாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66536</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ரு ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்:||"நான்கு குணங்கள் எவனிடம் உள்ளனவோ அவன் தெளிவான நயவஞ்சகன் (முனாஃபிக்) ஆவான். எவனிடம் அவற்றில் ஒரு குணம் உள்ளதோ அவன் அதை விட்டொழிக்கும் வரை நயவஞ்சகத்தின் ஒரு குணம் அவனிடம் குடியிருக்கும். (ஏதேனுமொன்றை) நம்பி ஒப்படைத்தால் (அதில்) மோசடி செய்வதும், பேசும் போது பொய் சொல்வதும், ஒப்பந்தம் செய்து கொண்டால் நம்பிக்கை துரோகம் செய்வதும், வழக்காடினால் நேர்மை தவறுவதும்தான் அவை (நான்கும்) ஆகும்</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ரு ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: "நான்கு குணங்கள் எவனிடம் உள்ளனவோ அவன் தெளிவான நயவஞ்சகன் (முனாஃபிக்) ஆவான். எவனிடம் அவற்றில் ஒரு குணம் உள்ளதோ அவன் அதை விட்டொழிக்கும் வரை நயவஞ்சகத்தின் ஒரு குணம் அவனிடம் குடியிருக்கும். (ஏதேனுமொன்றை) நம்பி ஒப்படைத்தால் (அதில்) மோசடி செய்வதும், பேசும் போது பொய் சொல்வதும், ஒப்பந்தம் செய்து கொண்டால் நம்பிக்கை துரோகம் செய்வதும், வழக்காடினால் நேர்மை தவறுவதும்தான் அவை (நான்கும்) ஆகும்."</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66537</t>
+  </si>
+  <si>
+    <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
+  </si>
+  <si>
+    <t>'நீங்கள் உண்மையான முறையில் இறைவனை நம்பி அவனை சார்ந்திருந்தால், (தவக்குல் வைத்தால்) காலையில் வெறும் வயிற்றுடன் சென்று மாலையில் வயிறு நிரம்பிய நிலையில் எவ்வாறு ஒரு பறவை தனது கூண்டிற்கு திரும்புகின்றதோ அதற்கு உணவளிப்பதை போன்று உங்களுக்கும் உணவளிப்பான்</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக உமர் இப்னுல் கத்தாப் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'நீங்கள் உண்மையான முறையில் இறைவனை நம்பி அவனை சார்ந்திருந்தால், (தவக்குல் வைத்தால்) காலையில் வெறும் வயிற்றுடன் சென்று மாலையில் வயிறு நிரம்பிய நிலையில் எவ்வாறு ஒரு பறவை தனது கூண்டிற்கு திரும்புகின்றதோ அதற்கு உணவளிப்பதை போன்று உங்களுக்கும் உணவளிப்பான்".</t>
+  </si>
+  <si>
+    <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66538</t>
+  </si>
+  <si>
+    <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>நன்மை என்பது நற்குணமாகும், தீமையென்பது உனது மனதில் உருத்தலை ஏற்படுத்தி, மக்கள் அதனை -பார்ப்பதை –கண்டுககொள்வதை  நீ வெறுப்பதாகும்.'</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
+وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹிவஸல்லம்) அவர்கள் கூறியதாக, அன்-நவ்வாஸ் இப்னு ஸிம்ஆன் அல்-அன்சாரி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள்: 'நன்மை என்பது நற்குணமாகும், தீமையென்பது உனது மனதில் உருத்தலை ஏற்படுத்தி, மக்கள் அதனை -பார்ப்பதை –கண்டுககொள்வதை  நீ வெறுப்பதாகும்.'</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
+وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
+  </si>
+  <si>
+    <t>இந்த ஹதீஸில் நன்மை (புன்னியம்-)  மற்றும் பாவம் குறித்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிட்டுள்ளார்கள். நன்மையான குணங்களில் மிகவும் உயர்ந்தது அல்லாஹ்வை பயப்படுவதன் மூலம் அல்லாஹ்வுடன் சிறந்தமுறையில் நடத்தல். அத்துடன் சிரமத்தைத் தாங்கிக்கொள்ளுதல், கோபமின்மை, முகமலர்ச்சியுடன் இருத்தல், கனிவான பேச்சு, உறவுகளைப் பேணுதல், பணிவு, கட்டுப்படுதல், மென்மையை கடைப்பிடித்தல், அழகிய முறையில் உறவாடுதல், தோழமை கொள்ளுதல் போன்றவற்றை கடைப்பிடித்து மனிதர்களுடன் நடப்பது நன்மை சார்ந்த விடயமாகும். பிர் என்பது இதயத்திற்கு நிம்மதியை ஏற்படுத்துவதாகும். பாவம் மனித உள்ளத்தில் மகிழ்ச்சியை ஏற்படுத்தாது ஒரு வகை தயக்கத்தையும் தடுமாற்றத்தையும் ஏற்படுத்துவது. இதன் விளைவாக உள்ளத்தில் சந்தேகமும், குறித்த விடயம் தவறு என்பதால் அது குறித்து மனதில் பயமும்; ஏற்படுவதோடு, குறித்த விடயம் அசிங்கமானது என்பதால் மனிதர்களில் கௌரவமானவர்கள் மற்றும் முக்கியஸ்தர்கள் தெரிந்து கொள்வதை மனம் விரும்பாது. ஏனெனில் மனமானது இயல்பில் நல்ல விடயங்களை பிறர் காண்பதையே விரும்புகிறது. இதனால், பிறர் கண்டுகொள்வதை விரும்பாத, மனம் வெறுக்கின்ற செயற்பாடுகளாயின் அது பாவமாகும். அதில் எவ்வித நன்மையும் கிடையாது. உம்மிடம் இருக்கும் விடயம் பற்றி மக்கள் நல்லது என்று தீர்ப்பு கூறினும், அது பற்றிய சந்தேகமும் குற்ற உணர்வும் உம் மனதில் இருக்குமாயின் அது பாவமான ஒரு விடயமாகும். மக்கள் தீர்ப்பு ஒரு போதும் ஒரு சந்தேகமான ஒருவிடயத்தை சரிபடுத்தமாட்டாது. சில வேளை தீர்ப்பு கூறுபவர் குறித்தவிடயம் பற்றி போதிய அறிவின்றி தீர்ப்பு கூறிவிடுவார். குறித்த தீர்ப்பானது மார்க்க ஆதரத்தின் அடிப்படையில் இருப்பின் தீர்ப்புக்கோரியவரின் மனம் திருப்தியடையவில்லையெனில் மீண்டும் அவரிடம் செல்வது கடமையாகும்.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
+  </si>
+  <si>
+    <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66540</t>
+  </si>
+  <si>
+    <t>உமது நாவு அல்லாஹ்வின் திக்ரில் திளைத்தவாறு இருக்கட்டும்</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
+وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>அப்துல்லாஹ் இப்னு புஸ்ர் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள்: ஒரு மனிதர் நபியவர்களிடம் வந்து அல்லாஹ்வின் தூதரே! இஸ்லாத்தின் கடமைகள் எம்மீது அதிகமாக உள்ளன. எனவே எமக்கு கடைப்பிடிப்பதற்கு இலகுவான அதிகமான நன்மைகளைப் பெற்றுத்தரக் கூடிய ஒன்றை அறிவித்துத் தாருங்கள் என்று கேட்டார் அதற்கு நபியவர்கள்: "உமது நாவு அல்லாஹ்வின் திக்ரில் திளைத்தவாறு இருக்கட்டும் "என்று கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -14716,51 +16789,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O421"/>
+  <dimension ref="A1:O477"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -15321,18686 +17394,21456 @@
       </c>
       <c r="E14" t="s">
         <v>122</v>
       </c>
       <c r="F14" t="s">
         <v>123</v>
       </c>
       <c r="G14" t="s">
         <v>124</v>
       </c>
       <c r="H14" t="s">
         <v>125</v>
       </c>
       <c r="I14" t="s">
         <v>126</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>127</v>
       </c>
       <c r="L14" t="s">
         <v>25</v>
       </c>
+      <c r="M14" t="s">
+        <v>128</v>
+      </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
         <v>3029</v>
       </c>
       <c r="B15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15" t="s">
         <v>53</v>
       </c>
       <c r="L15" t="s">
         <v>25</v>
       </c>
       <c r="M15" t="s">
         <v>54</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
         <v>3033</v>
       </c>
       <c r="B16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D16" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E16" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F16" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G16" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H16" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I16" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
         <v>53</v>
       </c>
       <c r="L16" t="s">
         <v>25</v>
       </c>
       <c r="M16" t="s">
         <v>54</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
         <v>3037</v>
       </c>
       <c r="B17" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C17" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D17" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E17" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F17" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G17" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H17" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="I17" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L17" t="s">
         <v>25</v>
       </c>
       <c r="M17" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
         <v>3044</v>
       </c>
       <c r="B18" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C18" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D18" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E18" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F18" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G18" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H18" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I18" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>25</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
         <v>3053</v>
       </c>
       <c r="B19" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C19" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D19" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E19" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F19" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G19" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H19" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="I19" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L19" t="s">
         <v>25</v>
       </c>
       <c r="M19" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
         <v>3061</v>
       </c>
       <c r="B20" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C20" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D20" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E20" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F20" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G20" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H20" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="I20" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
         <v>53</v>
       </c>
       <c r="L20" t="s">
         <v>25</v>
       </c>
       <c r="M20" t="s">
         <v>54</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
         <v>3062</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C21" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D21" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E21" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F21" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G21" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H21" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="I21" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="L21" t="s">
         <v>25</v>
       </c>
       <c r="M21" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
         <v>3086</v>
       </c>
       <c r="B22" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C22" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D22" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E22" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F22" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G22" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H22" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I22" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
         <v>53</v>
       </c>
       <c r="L22" t="s">
         <v>25</v>
       </c>
       <c r="M22" t="s">
         <v>54</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
         <v>3088</v>
       </c>
       <c r="B23" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C23" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D23" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E23" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F23" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="G23" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H23" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="I23" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L23" t="s">
         <v>25</v>
       </c>
       <c r="M23" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
         <v>3096</v>
       </c>
       <c r="B24" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C24" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D24" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E24" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F24" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="G24" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="H24" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="I24" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24" t="s">
         <v>53</v>
       </c>
       <c r="L24" t="s">
         <v>25</v>
       </c>
       <c r="M24" t="s">
         <v>54</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
         <v>3103</v>
       </c>
       <c r="B25" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C25" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D25" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E25" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F25" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="G25" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H25" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="I25" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25" t="s">
         <v>53</v>
       </c>
       <c r="L25" t="s">
         <v>25</v>
       </c>
       <c r="M25" t="s">
         <v>54</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
         <v>3107</v>
       </c>
       <c r="B26" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C26" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D26" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E26" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F26" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="G26" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H26" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="I26" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26" t="s">
         <v>53</v>
       </c>
       <c r="L26" t="s">
         <v>25</v>
       </c>
       <c r="M26" t="s">
         <v>54</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
         <v>3135</v>
       </c>
       <c r="B27" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C27" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D27" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E27" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="F27" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="G27" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H27" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="I27" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="J27" t="s">
         <v>23</v>
       </c>
       <c r="K27" t="s">
         <v>53</v>
       </c>
       <c r="L27" t="s">
         <v>25</v>
       </c>
       <c r="M27" t="s">
         <v>54</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
         <v>3144</v>
       </c>
       <c r="B28" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C28" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D28" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E28" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F28" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="G28" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H28" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="I28" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="J28" t="s">
         <v>23</v>
       </c>
       <c r="K28" t="s">
         <v>53</v>
       </c>
       <c r="L28" t="s">
         <v>25</v>
       </c>
       <c r="M28" t="s">
         <v>54</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
         <v>3150</v>
       </c>
       <c r="B29" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C29" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D29" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E29" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F29" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="G29" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="H29" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I29" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="J29" t="s">
         <v>23</v>
       </c>
       <c r="K29" t="s">
         <v>53</v>
       </c>
       <c r="L29" t="s">
         <v>25</v>
       </c>
       <c r="M29" t="s">
         <v>54</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
         <v>3156</v>
       </c>
       <c r="B30" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C30" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D30" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E30" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F30" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="G30" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H30" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="I30" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="J30" t="s">
         <v>23</v>
       </c>
       <c r="K30" t="s">
         <v>53</v>
       </c>
       <c r="L30" t="s">
         <v>25</v>
       </c>
       <c r="M30" t="s">
         <v>54</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
         <v>3167</v>
       </c>
       <c r="B31" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C31" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D31" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E31" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F31" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G31" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H31" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J31" t="s">
         <v>23</v>
       </c>
       <c r="K31" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="L31" t="s">
         <v>25</v>
       </c>
       <c r="M31" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
         <v>3219</v>
       </c>
       <c r="B32" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C32" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D32" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E32" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F32" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="G32" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H32" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="J32" t="s">
         <v>23</v>
       </c>
       <c r="K32" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L32" t="s">
         <v>25</v>
       </c>
       <c r="M32" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
         <v>3231</v>
       </c>
       <c r="B33" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C33" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D33" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E33" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F33" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G33" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H33" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L33" t="s">
         <v>25</v>
       </c>
       <c r="M33" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
         <v>3232</v>
       </c>
       <c r="B34" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C34" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D34" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E34" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F34" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G34" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H34" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34" t="s">
         <v>53</v>
       </c>
       <c r="L34" t="s">
         <v>25</v>
       </c>
       <c r="M34" t="s">
         <v>54</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
         <v>3236</v>
       </c>
       <c r="B35" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C35" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D35" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E35" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F35" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="G35" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="H35" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="J35" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K35" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="L35" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M35" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
         <v>3260</v>
       </c>
       <c r="B36" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C36" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D36" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E36" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F36" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="G36" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="H36" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="J36" t="s">
         <v>23</v>
       </c>
       <c r="K36" t="s">
         <v>53</v>
       </c>
       <c r="L36" t="s">
         <v>25</v>
       </c>
       <c r="M36" t="s">
         <v>54</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
         <v>3261</v>
       </c>
       <c r="B37" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C37" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D37" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E37" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F37" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="G37" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="H37" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J37" t="s">
         <v>23</v>
       </c>
       <c r="K37" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L37" t="s">
         <v>25</v>
       </c>
       <c r="M37" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
         <v>3262</v>
       </c>
       <c r="B38" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C38" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D38" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E38" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F38" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="G38" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="H38" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="J38" t="s">
         <v>23</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
         <v>25</v>
       </c>
       <c r="M38" t="s">
         <v>26</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
         <v>3272</v>
       </c>
       <c r="B39" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C39" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D39" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E39" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="F39" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G39" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H39" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="I39" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="J39" t="s">
         <v>23</v>
       </c>
       <c r="K39" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L39" t="s">
         <v>25</v>
       </c>
       <c r="M39" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
         <v>3279</v>
       </c>
       <c r="B40" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C40" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D40" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E40" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="F40" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="G40" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H40" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="I40" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="J40" t="s">
         <v>23</v>
       </c>
       <c r="K40" t="s">
         <v>53</v>
       </c>
       <c r="L40" t="s">
         <v>25</v>
       </c>
       <c r="M40" t="s">
         <v>54</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
         <v>3284</v>
       </c>
       <c r="B41" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C41" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D41" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="E41" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="F41" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="G41" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="H41" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="J41" t="s">
         <v>23</v>
       </c>
       <c r="K41" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L41" t="s">
         <v>25</v>
       </c>
       <c r="M41" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
         <v>3313</v>
       </c>
       <c r="B42" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C42" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D42" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E42" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F42" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="G42" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="H42" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="I42" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42" t="s">
         <v>53</v>
       </c>
       <c r="L42" t="s">
         <v>25</v>
       </c>
       <c r="M42" t="s">
         <v>54</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
         <v>3316</v>
       </c>
       <c r="B43" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C43" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D43" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E43" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="F43" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="G43" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="H43" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="I43" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="J43" t="s">
         <v>23</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
         <v>25</v>
       </c>
       <c r="M43" t="s">
         <v>26</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
         <v>3330</v>
       </c>
       <c r="B44" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C44" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D44" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E44" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F44" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="G44" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="H44" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="I44" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44" t="s">
         <v>53</v>
       </c>
       <c r="L44" t="s">
         <v>25</v>
       </c>
       <c r="M44" t="s">
         <v>54</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
         <v>3331</v>
       </c>
       <c r="B45" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C45" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D45" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="E45" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="F45" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="G45" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="H45" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="I45" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="J45" t="s">
         <v>23</v>
       </c>
       <c r="K45" t="s">
         <v>53</v>
       </c>
       <c r="L45" t="s">
         <v>25</v>
       </c>
       <c r="M45" t="s">
         <v>54</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
         <v>3336</v>
       </c>
       <c r="B46" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C46" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D46" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="E46" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F46" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="G46" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="H46" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="I46" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="J46" t="s">
         <v>23</v>
       </c>
       <c r="K46" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="L46" t="s">
         <v>25</v>
       </c>
       <c r="M46" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
         <v>3339</v>
       </c>
       <c r="B47" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C47" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D47" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="E47" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="F47" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="G47" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H47" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="I47" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="J47" t="s">
         <v>23</v>
       </c>
       <c r="K47" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="L47" t="s">
         <v>25</v>
       </c>
       <c r="M47" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
         <v>3341</v>
       </c>
       <c r="B48" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C48" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D48" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="E48" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F48" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="G48" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="H48" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="I48" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="J48" t="s">
         <v>23</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
         <v>25</v>
       </c>
       <c r="M48" t="s">
         <v>26</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
         <v>3342</v>
       </c>
       <c r="B49" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C49" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D49" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E49" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="F49" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="G49" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H49" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I49" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="J49" t="s">
         <v>23</v>
       </c>
       <c r="K49" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L49" t="s">
         <v>25</v>
       </c>
       <c r="M49" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
         <v>3347</v>
       </c>
       <c r="B50" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C50" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D50" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="E50" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="F50" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="G50" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="H50" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="I50" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="J50" t="s">
         <v>23</v>
       </c>
       <c r="K50" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L50" t="s">
         <v>25</v>
       </c>
       <c r="M50" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
         <v>3348</v>
       </c>
       <c r="B51" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C51" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D51" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="E51" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F51" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="G51" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="H51" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="I51" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="J51" t="s">
         <v>23</v>
       </c>
       <c r="K51" t="s">
         <v>53</v>
       </c>
       <c r="L51" t="s">
         <v>25</v>
       </c>
       <c r="M51" t="s">
         <v>54</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
         <v>3350</v>
       </c>
       <c r="B52" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C52" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D52" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="E52" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="F52" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="G52" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H52" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="I52" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="J52" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K52" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="L52" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M52" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
         <v>3352</v>
       </c>
       <c r="B53" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C53" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D53" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="E53" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F53" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="G53" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="H53" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="I53" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="J53" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="K53" t="s">
-        <v>487</v>
+        <v>488</v>
+      </c>
+      <c r="L53" t="s">
+        <v>489</v>
+      </c>
+      <c r="M53" t="s">
+        <v>490</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
         <v>3354</v>
       </c>
       <c r="B54" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="C54" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="D54" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="E54" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="F54" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="G54" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="H54" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="I54" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="J54" t="s">
         <v>23</v>
       </c>
       <c r="K54" t="s">
         <v>53</v>
       </c>
       <c r="L54" t="s">
         <v>25</v>
       </c>
       <c r="M54" t="s">
         <v>54</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
         <v>3359</v>
       </c>
       <c r="B55" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="C55" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="D55" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E55" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F55" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="G55" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="H55" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="I55" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="J55" t="s">
         <v>23</v>
       </c>
       <c r="K55" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="L55" t="s">
         <v>25</v>
       </c>
+      <c r="M55" t="s">
+        <v>510</v>
+      </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
         <v>3361</v>
       </c>
       <c r="B56" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="C56" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="D56" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="E56" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="F56" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="G56" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="H56" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="I56" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="J56" t="s">
         <v>23</v>
       </c>
       <c r="K56" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L56" t="s">
         <v>25</v>
       </c>
       <c r="M56" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
         <v>3365</v>
       </c>
       <c r="B57" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="C57" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="D57" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="E57" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="F57" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="G57" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="H57" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="I57" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="J57" t="s">
         <v>23</v>
       </c>
       <c r="K57" t="s">
         <v>53</v>
       </c>
       <c r="L57" t="s">
         <v>25</v>
       </c>
       <c r="M57" t="s">
         <v>54</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
         <v>3366</v>
       </c>
       <c r="B58" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="C58" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="D58" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="E58" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="F58" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="G58" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="H58" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="I58" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="J58" t="s">
         <v>23</v>
       </c>
       <c r="K58" t="s">
         <v>53</v>
       </c>
       <c r="L58" t="s">
         <v>25</v>
       </c>
       <c r="M58" t="s">
         <v>54</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
         <v>3372</v>
       </c>
       <c r="B59" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="C59" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="D59" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="E59" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="F59" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="G59" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="H59" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="I59" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="J59" t="s">
         <v>23</v>
       </c>
       <c r="K59" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L59" t="s">
         <v>25</v>
       </c>
       <c r="M59" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
         <v>3373</v>
       </c>
       <c r="B60" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="C60" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="D60" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="E60" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="F60" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="G60" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="H60" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="I60" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="J60" t="s">
         <v>23</v>
       </c>
       <c r="K60" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L60" t="s">
         <v>25</v>
       </c>
       <c r="M60" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
         <v>3375</v>
       </c>
       <c r="B61" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="C61" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="D61" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="E61" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="F61" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="G61" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="H61" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="I61" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="J61" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K61" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="L61" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M61" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
         <v>3381</v>
       </c>
       <c r="B62" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="C62" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="D62" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="E62" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="F62" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="G62" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="H62" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="I62" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="J62" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K62" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="L62" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M62" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
         <v>3383</v>
       </c>
       <c r="B63" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="C63" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="D63" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="E63" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="F63" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="G63" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="H63" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="I63" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="J63" t="s">
         <v>23</v>
       </c>
       <c r="K63" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="L63" t="s">
         <v>25</v>
       </c>
+      <c r="M63" t="s">
+        <v>584</v>
+      </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
         <v>3384</v>
       </c>
       <c r="B64" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="C64" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="D64" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="E64" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="F64" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="G64" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="H64" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="I64" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="J64" t="s">
         <v>23</v>
       </c>
       <c r="K64" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="L64" t="s">
         <v>25</v>
       </c>
       <c r="M64" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
         <v>3389</v>
       </c>
       <c r="B65" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="C65" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="D65" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="E65" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="F65" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="G65" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="H65" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="I65" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="J65" t="s">
         <v>23</v>
       </c>
       <c r="K65" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="L65" t="s">
         <v>25</v>
       </c>
+      <c r="M65" t="s">
+        <v>604</v>
+      </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
         <v>3390</v>
       </c>
       <c r="B66" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="C66" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="D66" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="E66" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="F66" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="G66" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="H66" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="I66" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="J66" t="s">
         <v>23</v>
       </c>
       <c r="K66" t="s">
         <v>53</v>
       </c>
       <c r="L66" t="s">
         <v>25</v>
       </c>
       <c r="M66" t="s">
         <v>54</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
         <v>3402</v>
       </c>
       <c r="B67" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="C67" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="D67" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="E67" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="F67" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="G67" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="H67" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="I67" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="J67" t="s">
         <v>23</v>
       </c>
       <c r="K67" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="L67" t="s">
         <v>25</v>
       </c>
       <c r="M67" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
         <v>3406</v>
       </c>
       <c r="B68" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="C68" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="D68" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="E68" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="F68" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="G68" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="H68" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
       <c r="I68" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="J68" t="s">
         <v>23</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
         <v>25</v>
       </c>
       <c r="M68" t="s">
         <v>26</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
         <v>3410</v>
       </c>
       <c r="B69" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="C69" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="D69" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="E69" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="F69" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="G69" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="H69" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="I69" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="J69" t="s">
         <v>23</v>
       </c>
       <c r="K69" t="s">
         <v>53</v>
       </c>
       <c r="L69" t="s">
         <v>25</v>
       </c>
       <c r="M69" t="s">
         <v>54</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
         <v>3414</v>
       </c>
       <c r="B70" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="C70" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="D70" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="E70" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="F70" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="G70" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="H70" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="I70" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="J70" t="s">
         <v>23</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
         <v>25</v>
       </c>
       <c r="M70" t="s">
         <v>26</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
         <v>3416</v>
       </c>
       <c r="B71" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="C71" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="D71" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="E71" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="F71" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="G71" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="H71" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="I71" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="J71" t="s">
         <v>23</v>
       </c>
       <c r="K71" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="L71" t="s">
         <v>25</v>
       </c>
       <c r="M71" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
         <v>3417</v>
       </c>
       <c r="B72" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="C72" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="D72" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="E72" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="F72" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="G72" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="H72" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="I72" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="J72" t="s">
         <v>23</v>
       </c>
       <c r="K72" t="s">
         <v>53</v>
       </c>
       <c r="L72" t="s">
         <v>25</v>
       </c>
       <c r="M72" t="s">
         <v>54</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
         <v>3418</v>
       </c>
       <c r="B73" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="C73" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="D73" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="E73" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="F73" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="G73" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="H73" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="I73" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="J73" t="s">
         <v>23</v>
       </c>
       <c r="K73" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L73" t="s">
         <v>25</v>
       </c>
       <c r="M73" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
         <v>3419</v>
       </c>
       <c r="B74" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="C74" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="D74" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="E74" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="F74" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="G74" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="H74" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="I74" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="J74" t="s">
         <v>23</v>
       </c>
       <c r="K74" t="s">
         <v>53</v>
       </c>
       <c r="L74" t="s">
         <v>25</v>
       </c>
       <c r="M74" t="s">
         <v>54</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
         <v>3420</v>
       </c>
       <c r="B75" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="C75" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="D75" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="E75" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="F75" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="G75" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="H75" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="I75" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="J75" t="s">
         <v>23</v>
       </c>
       <c r="K75" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L75" t="s">
         <v>25</v>
       </c>
       <c r="M75" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
         <v>3421</v>
       </c>
       <c r="B76" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
       <c r="C76" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
       <c r="D76" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="E76" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="F76" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="G76" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="H76" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="I76" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="J76" t="s">
         <v>23</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
         <v>25</v>
       </c>
       <c r="M76" t="s">
         <v>26</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
         <v>3438</v>
       </c>
       <c r="B77" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
       <c r="C77" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="D77" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="E77" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="F77" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="G77" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="H77" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="I77" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
       <c r="J77" t="s">
         <v>23</v>
       </c>
       <c r="K77" t="s">
         <v>53</v>
       </c>
       <c r="L77" t="s">
         <v>25</v>
       </c>
       <c r="M77" t="s">
         <v>54</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
         <v>3444</v>
       </c>
       <c r="B78" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="C78" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="D78" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
       <c r="E78" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="F78" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="G78" t="s">
-        <v>714</v>
+        <v>720</v>
       </c>
       <c r="H78" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
       <c r="I78" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="J78" t="s">
         <v>23</v>
       </c>
       <c r="K78" t="s">
         <v>53</v>
       </c>
       <c r="L78" t="s">
         <v>25</v>
       </c>
       <c r="M78" t="s">
         <v>54</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>717</v>
+        <v>723</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
         <v>3461</v>
       </c>
       <c r="B79" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
       <c r="C79" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="D79" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="E79" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="F79" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="G79" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="H79" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="I79" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="J79" t="s">
         <v>23</v>
       </c>
       <c r="K79" t="s">
         <v>53</v>
       </c>
       <c r="L79" t="s">
         <v>25</v>
       </c>
       <c r="M79" t="s">
         <v>54</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
         <v>3475</v>
       </c>
       <c r="B80" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="C80" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="D80" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
       <c r="E80" t="s">
-        <v>730</v>
+        <v>736</v>
       </c>
       <c r="F80" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
       <c r="G80" t="s">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="H80" t="s">
-        <v>733</v>
+        <v>739</v>
       </c>
       <c r="I80" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="J80" t="s">
         <v>23</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
         <v>25</v>
       </c>
       <c r="M80" t="s">
         <v>26</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>735</v>
+        <v>741</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
         <v>3476</v>
       </c>
       <c r="B81" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="C81" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="D81" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="E81" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="F81" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="G81" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
       <c r="H81" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="I81" t="s">
-        <v>743</v>
+        <v>749</v>
       </c>
       <c r="J81" t="s">
         <v>23</v>
       </c>
       <c r="K81" t="s">
         <v>53</v>
       </c>
       <c r="L81" t="s">
         <v>25</v>
       </c>
       <c r="M81" t="s">
         <v>54</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
         <v>3477</v>
       </c>
       <c r="B82" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="C82" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="D82" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
       <c r="E82" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="F82" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
       <c r="G82" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
       <c r="H82" t="s">
-        <v>751</v>
+        <v>757</v>
       </c>
       <c r="J82" t="s">
         <v>23</v>
       </c>
       <c r="K82" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="L82" t="s">
         <v>25</v>
       </c>
       <c r="M82" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
         <v>3479</v>
       </c>
       <c r="B83" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
       <c r="C83" t="s">
-        <v>754</v>
+        <v>760</v>
       </c>
       <c r="D83" t="s">
-        <v>755</v>
+        <v>761</v>
       </c>
       <c r="E83" t="s">
-        <v>756</v>
+        <v>762</v>
       </c>
       <c r="F83" t="s">
-        <v>757</v>
+        <v>763</v>
       </c>
       <c r="G83" t="s">
-        <v>758</v>
+        <v>764</v>
       </c>
       <c r="H83" t="s">
-        <v>759</v>
+        <v>765</v>
       </c>
       <c r="J83" t="s">
         <v>23</v>
       </c>
       <c r="K83" t="s">
         <v>53</v>
       </c>
       <c r="L83" t="s">
         <v>25</v>
       </c>
       <c r="M83" t="s">
         <v>54</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
         <v>3481</v>
       </c>
       <c r="B84" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="C84" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="D84" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="E84" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
       <c r="F84" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="G84" t="s">
-        <v>766</v>
+        <v>772</v>
       </c>
       <c r="H84" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="I84" t="s">
-        <v>768</v>
+        <v>774</v>
       </c>
       <c r="J84" t="s">
         <v>23</v>
       </c>
       <c r="K84" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L84" t="s">
         <v>25</v>
       </c>
       <c r="M84" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>769</v>
+        <v>775</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
         <v>3534</v>
       </c>
       <c r="B85" t="s">
-        <v>770</v>
+        <v>776</v>
       </c>
       <c r="C85" t="s">
-        <v>771</v>
+        <v>777</v>
       </c>
       <c r="D85" t="s">
-        <v>772</v>
+        <v>778</v>
       </c>
       <c r="E85" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="F85" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="G85" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="H85" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="I85" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="J85" t="s">
         <v>23</v>
       </c>
       <c r="K85" t="s">
         <v>53</v>
       </c>
       <c r="L85" t="s">
         <v>25</v>
       </c>
       <c r="M85" t="s">
         <v>54</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
         <v>3553</v>
       </c>
       <c r="B86" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="C86" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
       <c r="D86" t="s">
-        <v>781</v>
+        <v>787</v>
       </c>
       <c r="E86" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
       <c r="F86" t="s">
-        <v>783</v>
+        <v>789</v>
       </c>
       <c r="G86" t="s">
-        <v>784</v>
+        <v>790</v>
       </c>
       <c r="H86" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
       <c r="I86" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
       <c r="J86" t="s">
         <v>23</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
         <v>25</v>
       </c>
       <c r="M86" t="s">
         <v>26</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>787</v>
+        <v>793</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
         <v>3554</v>
       </c>
       <c r="B87" t="s">
-        <v>788</v>
+        <v>794</v>
       </c>
       <c r="C87" t="s">
-        <v>789</v>
+        <v>795</v>
       </c>
       <c r="D87" t="s">
-        <v>790</v>
+        <v>796</v>
       </c>
       <c r="E87" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="F87" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="G87" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
       <c r="H87" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
       <c r="J87" t="s">
         <v>23</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
         <v>25</v>
       </c>
       <c r="M87" t="s">
         <v>26</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>795</v>
+        <v>801</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
         <v>3567</v>
       </c>
       <c r="B88" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="C88" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="D88" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
       <c r="E88" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
       <c r="F88" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
       <c r="G88" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="H88" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="I88" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="J88" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K88" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="L88" t="s">
-        <v>320</v>
+        <v>321</v>
+      </c>
+      <c r="M88" t="s">
+        <v>811</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
         <v>3581</v>
       </c>
       <c r="B89" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="C89" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="D89" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="E89" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="F89" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="G89" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="H89" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
       <c r="I89" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="J89" t="s">
         <v>23</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
         <v>25</v>
       </c>
       <c r="M89" t="s">
         <v>26</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
         <v>3584</v>
       </c>
       <c r="B90" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="C90" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="D90" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="E90" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="F90" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
       <c r="G90" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="H90" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="J90" t="s">
         <v>23</v>
       </c>
       <c r="K90" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L90" t="s">
         <v>25</v>
       </c>
       <c r="M90" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
         <v>3586</v>
       </c>
       <c r="B91" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="C91" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="D91" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="E91" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="F91" t="s">
-        <v>827</v>
+        <v>834</v>
       </c>
       <c r="G91" t="s">
-        <v>828</v>
+        <v>835</v>
       </c>
       <c r="H91" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="J91" t="s">
         <v>23</v>
       </c>
       <c r="K91" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="L91" t="s">
         <v>25</v>
       </c>
       <c r="M91" t="s">
-        <v>831</v>
+        <v>838</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
         <v>3588</v>
       </c>
       <c r="B92" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="C92" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="D92" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
       <c r="E92" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="F92" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
       <c r="G92" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
       <c r="H92" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="I92" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
       <c r="J92" t="s">
         <v>23</v>
       </c>
       <c r="K92" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="L92" t="s">
         <v>25</v>
       </c>
+      <c r="M92" t="s">
+        <v>849</v>
+      </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>842</v>
+        <v>850</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
         <v>3591</v>
       </c>
       <c r="B93" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="C93" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="D93" t="s">
-        <v>845</v>
+        <v>853</v>
       </c>
       <c r="E93" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
       <c r="F93" t="s">
-        <v>847</v>
+        <v>855</v>
       </c>
       <c r="G93" t="s">
-        <v>848</v>
+        <v>856</v>
       </c>
       <c r="H93" t="s">
-        <v>849</v>
+        <v>857</v>
       </c>
       <c r="I93" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="J93" t="s">
         <v>23</v>
       </c>
       <c r="K93" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L93" t="s">
         <v>25</v>
       </c>
       <c r="M93" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
         <v>3594</v>
       </c>
       <c r="B94" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="C94" t="s">
-        <v>853</v>
+        <v>861</v>
       </c>
       <c r="D94" t="s">
-        <v>854</v>
+        <v>862</v>
       </c>
       <c r="E94" t="s">
-        <v>855</v>
+        <v>863</v>
       </c>
       <c r="F94" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
       <c r="G94" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="H94" t="s">
-        <v>858</v>
+        <v>866</v>
       </c>
       <c r="J94" t="s">
         <v>23</v>
       </c>
       <c r="K94" t="s">
         <v>53</v>
       </c>
       <c r="L94" t="s">
         <v>25</v>
       </c>
       <c r="M94" t="s">
         <v>54</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>859</v>
+        <v>867</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
         <v>3599</v>
       </c>
       <c r="B95" t="s">
-        <v>860</v>
+        <v>868</v>
       </c>
       <c r="C95" t="s">
-        <v>861</v>
+        <v>869</v>
       </c>
       <c r="D95" t="s">
-        <v>862</v>
+        <v>870</v>
       </c>
       <c r="E95" t="s">
-        <v>863</v>
+        <v>871</v>
       </c>
       <c r="F95" t="s">
-        <v>864</v>
+        <v>872</v>
       </c>
       <c r="G95" t="s">
-        <v>865</v>
+        <v>873</v>
       </c>
       <c r="H95" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="J95" t="s">
         <v>23</v>
       </c>
       <c r="K95" t="s">
         <v>53</v>
       </c>
       <c r="L95" t="s">
         <v>25</v>
       </c>
       <c r="M95" t="s">
         <v>54</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>867</v>
+        <v>875</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
         <v>3601</v>
       </c>
       <c r="B96" t="s">
-        <v>868</v>
+        <v>876</v>
       </c>
       <c r="C96" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="D96" t="s">
-        <v>870</v>
+        <v>878</v>
       </c>
       <c r="E96" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
       <c r="F96" t="s">
-        <v>872</v>
+        <v>880</v>
       </c>
       <c r="G96" t="s">
-        <v>873</v>
+        <v>881</v>
       </c>
       <c r="H96" t="s">
-        <v>874</v>
+        <v>882</v>
       </c>
       <c r="J96" t="s">
         <v>23</v>
       </c>
       <c r="K96" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="L96" t="s">
         <v>25</v>
       </c>
       <c r="M96" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>877</v>
+        <v>885</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
         <v>3621</v>
       </c>
       <c r="B97" t="s">
-        <v>878</v>
+        <v>886</v>
       </c>
       <c r="C97" t="s">
-        <v>879</v>
+        <v>887</v>
       </c>
       <c r="D97" t="s">
-        <v>880</v>
+        <v>888</v>
       </c>
       <c r="E97" t="s">
-        <v>881</v>
+        <v>889</v>
       </c>
       <c r="F97" t="s">
-        <v>882</v>
+        <v>890</v>
       </c>
       <c r="G97" t="s">
-        <v>883</v>
+        <v>891</v>
       </c>
       <c r="H97" t="s">
-        <v>884</v>
+        <v>892</v>
       </c>
       <c r="J97" t="s">
         <v>23</v>
       </c>
       <c r="K97" t="s">
-        <v>885</v>
+        <v>893</v>
       </c>
       <c r="L97" t="s">
         <v>25</v>
       </c>
       <c r="M97" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
         <v>3633</v>
       </c>
       <c r="B98" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
       <c r="C98" t="s">
-        <v>889</v>
+        <v>897</v>
       </c>
       <c r="D98" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="E98" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="F98" t="s">
-        <v>892</v>
+        <v>900</v>
       </c>
       <c r="G98" t="s">
-        <v>893</v>
+        <v>901</v>
       </c>
       <c r="H98" t="s">
-        <v>894</v>
+        <v>902</v>
       </c>
       <c r="J98" t="s">
         <v>23</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
         <v>25</v>
       </c>
       <c r="M98" t="s">
         <v>26</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>895</v>
+        <v>903</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
         <v>3636</v>
       </c>
       <c r="B99" t="s">
-        <v>896</v>
+        <v>904</v>
       </c>
       <c r="C99" t="s">
-        <v>897</v>
+        <v>905</v>
       </c>
       <c r="D99" t="s">
-        <v>898</v>
+        <v>906</v>
       </c>
       <c r="E99" t="s">
-        <v>899</v>
+        <v>907</v>
       </c>
       <c r="F99" t="s">
-        <v>900</v>
+        <v>908</v>
       </c>
       <c r="G99" t="s">
-        <v>901</v>
+        <v>909</v>
       </c>
       <c r="H99" t="s">
-        <v>902</v>
+        <v>910</v>
       </c>
       <c r="J99" t="s">
         <v>23</v>
       </c>
       <c r="K99" t="s">
-        <v>903</v>
+        <v>911</v>
       </c>
       <c r="L99" t="s">
         <v>25</v>
       </c>
       <c r="M99" t="s">
         <v>54</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>904</v>
+        <v>912</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
         <v>3645</v>
       </c>
       <c r="B100" t="s">
-        <v>905</v>
+        <v>913</v>
       </c>
       <c r="C100" t="s">
-        <v>906</v>
+        <v>914</v>
       </c>
       <c r="D100" t="s">
-        <v>907</v>
+        <v>915</v>
       </c>
       <c r="E100" t="s">
-        <v>908</v>
+        <v>916</v>
       </c>
       <c r="F100" t="s">
-        <v>909</v>
+        <v>917</v>
       </c>
       <c r="G100" t="s">
-        <v>910</v>
+        <v>918</v>
       </c>
       <c r="H100" t="s">
-        <v>911</v>
+        <v>919</v>
       </c>
       <c r="J100" t="s">
         <v>23</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
         <v>25</v>
       </c>
       <c r="M100" t="s">
         <v>26</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
         <v>3653</v>
       </c>
       <c r="B101" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="C101" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
       <c r="D101" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="E101" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="F101" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="G101" t="s">
-        <v>918</v>
+        <v>926</v>
       </c>
       <c r="H101" t="s">
-        <v>919</v>
+        <v>927</v>
       </c>
       <c r="J101" t="s">
         <v>23</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
         <v>25</v>
       </c>
       <c r="M101" t="s">
         <v>26</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>920</v>
+        <v>928</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
         <v>3656</v>
       </c>
       <c r="B102" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="C102" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
       <c r="D102" t="s">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="E102" t="s">
-        <v>924</v>
+        <v>932</v>
       </c>
       <c r="F102" t="s">
-        <v>925</v>
+        <v>933</v>
       </c>
       <c r="G102" t="s">
-        <v>926</v>
+        <v>934</v>
       </c>
       <c r="H102" t="s">
-        <v>927</v>
+        <v>935</v>
       </c>
       <c r="J102" t="s">
         <v>23</v>
       </c>
       <c r="K102" t="s">
         <v>53</v>
       </c>
       <c r="L102" t="s">
         <v>25</v>
       </c>
       <c r="M102" t="s">
         <v>54</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
         <v>3658</v>
       </c>
       <c r="B103" t="s">
-        <v>929</v>
+        <v>937</v>
       </c>
       <c r="C103" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
       <c r="D103" t="s">
-        <v>931</v>
+        <v>939</v>
       </c>
       <c r="E103" t="s">
-        <v>932</v>
+        <v>940</v>
       </c>
       <c r="F103" t="s">
-        <v>933</v>
+        <v>941</v>
       </c>
       <c r="G103" t="s">
-        <v>934</v>
+        <v>942</v>
       </c>
       <c r="H103" t="s">
-        <v>935</v>
+        <v>943</v>
       </c>
       <c r="J103" t="s">
         <v>23</v>
       </c>
       <c r="K103" t="s">
         <v>53</v>
       </c>
       <c r="L103" t="s">
         <v>25</v>
       </c>
       <c r="M103" t="s">
         <v>54</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>936</v>
+        <v>944</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
         <v>3667</v>
       </c>
       <c r="B104" t="s">
-        <v>937</v>
+        <v>945</v>
       </c>
       <c r="C104" t="s">
-        <v>938</v>
+        <v>946</v>
       </c>
       <c r="D104" t="s">
-        <v>939</v>
+        <v>947</v>
       </c>
       <c r="E104" t="s">
-        <v>940</v>
+        <v>948</v>
       </c>
       <c r="F104" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="G104" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="H104" t="s">
-        <v>943</v>
+        <v>951</v>
       </c>
       <c r="J104" t="s">
         <v>23</v>
       </c>
       <c r="K104" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L104" t="s">
         <v>25</v>
       </c>
       <c r="M104" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
         <v>3686</v>
       </c>
       <c r="B105" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="C105" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="D105" t="s">
-        <v>947</v>
+        <v>955</v>
       </c>
       <c r="E105" t="s">
-        <v>948</v>
+        <v>956</v>
       </c>
       <c r="F105" t="s">
-        <v>949</v>
+        <v>957</v>
       </c>
       <c r="G105" t="s">
-        <v>950</v>
+        <v>958</v>
       </c>
       <c r="H105" t="s">
-        <v>951</v>
+        <v>959</v>
       </c>
       <c r="I105" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
       <c r="J105" t="s">
         <v>23</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
         <v>25</v>
       </c>
       <c r="M105" t="s">
         <v>26</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>953</v>
+        <v>961</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
         <v>3701</v>
       </c>
       <c r="B106" t="s">
-        <v>954</v>
+        <v>962</v>
       </c>
       <c r="C106" t="s">
-        <v>955</v>
+        <v>963</v>
       </c>
       <c r="D106" t="s">
-        <v>956</v>
+        <v>964</v>
       </c>
       <c r="E106" t="s">
-        <v>957</v>
+        <v>965</v>
       </c>
       <c r="F106" t="s">
-        <v>958</v>
+        <v>966</v>
       </c>
       <c r="G106" t="s">
-        <v>959</v>
+        <v>967</v>
       </c>
       <c r="H106" t="s">
-        <v>960</v>
+        <v>968</v>
       </c>
       <c r="I106" t="s">
-        <v>961</v>
+        <v>969</v>
       </c>
       <c r="J106" t="s">
         <v>23</v>
       </c>
       <c r="K106" t="s">
         <v>53</v>
       </c>
       <c r="L106" t="s">
         <v>25</v>
       </c>
       <c r="M106" t="s">
         <v>54</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>962</v>
+        <v>970</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
         <v>3702</v>
       </c>
       <c r="B107" t="s">
-        <v>963</v>
+        <v>971</v>
       </c>
       <c r="C107" t="s">
-        <v>964</v>
+        <v>972</v>
       </c>
       <c r="D107" t="s">
-        <v>965</v>
+        <v>973</v>
       </c>
       <c r="E107" t="s">
-        <v>966</v>
+        <v>974</v>
       </c>
       <c r="F107" t="s">
-        <v>967</v>
+        <v>975</v>
       </c>
       <c r="G107" t="s">
-        <v>968</v>
+        <v>976</v>
       </c>
       <c r="H107" t="s">
-        <v>969</v>
+        <v>977</v>
       </c>
       <c r="I107" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="J107" t="s">
         <v>23</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
         <v>25</v>
       </c>
       <c r="M107" t="s">
         <v>26</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
         <v>3703</v>
       </c>
       <c r="B108" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="C108" t="s">
-        <v>973</v>
+        <v>981</v>
       </c>
       <c r="D108" t="s">
-        <v>974</v>
+        <v>982</v>
       </c>
       <c r="E108" t="s">
-        <v>975</v>
+        <v>983</v>
       </c>
       <c r="F108" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
       <c r="G108" t="s">
-        <v>977</v>
+        <v>985</v>
       </c>
       <c r="H108" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="J108" t="s">
         <v>23</v>
       </c>
       <c r="K108" t="s">
         <v>53</v>
       </c>
       <c r="L108" t="s">
         <v>25</v>
       </c>
       <c r="M108" t="s">
         <v>54</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>979</v>
+        <v>987</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
         <v>3704</v>
       </c>
       <c r="B109" t="s">
-        <v>980</v>
+        <v>988</v>
       </c>
       <c r="C109" t="s">
-        <v>981</v>
+        <v>989</v>
       </c>
       <c r="D109" t="s">
-        <v>982</v>
+        <v>990</v>
       </c>
       <c r="E109" t="s">
-        <v>983</v>
+        <v>991</v>
       </c>
       <c r="F109" t="s">
-        <v>984</v>
+        <v>992</v>
       </c>
       <c r="G109" t="s">
-        <v>985</v>
+        <v>993</v>
       </c>
       <c r="H109" t="s">
-        <v>986</v>
+        <v>994</v>
       </c>
       <c r="J109" t="s">
         <v>23</v>
       </c>
       <c r="K109" t="s">
         <v>53</v>
       </c>
       <c r="L109" t="s">
         <v>25</v>
       </c>
       <c r="M109" t="s">
         <v>54</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>987</v>
+        <v>995</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
         <v>3706</v>
       </c>
       <c r="B110" t="s">
-        <v>988</v>
+        <v>996</v>
       </c>
       <c r="C110" t="s">
-        <v>989</v>
+        <v>997</v>
       </c>
       <c r="D110" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="E110" t="s">
-        <v>991</v>
+        <v>999</v>
       </c>
       <c r="F110" t="s">
-        <v>992</v>
+        <v>1000</v>
       </c>
       <c r="G110" t="s">
-        <v>993</v>
+        <v>1001</v>
       </c>
       <c r="H110" t="s">
-        <v>994</v>
+        <v>1002</v>
       </c>
       <c r="I110" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
       <c r="J110" t="s">
         <v>23</v>
       </c>
       <c r="K110" t="s">
         <v>53</v>
       </c>
       <c r="L110" t="s">
         <v>25</v>
       </c>
       <c r="M110" t="s">
         <v>54</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>996</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
         <v>3710</v>
       </c>
       <c r="B111" t="s">
-        <v>997</v>
+        <v>1005</v>
       </c>
       <c r="C111" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="D111" t="s">
-        <v>999</v>
+        <v>1007</v>
       </c>
       <c r="E111" t="s">
-        <v>1000</v>
+        <v>1008</v>
       </c>
       <c r="F111" t="s">
-        <v>1001</v>
+        <v>1009</v>
       </c>
       <c r="G111" t="s">
-        <v>1002</v>
+        <v>1010</v>
       </c>
       <c r="H111" t="s">
-        <v>1003</v>
+        <v>1011</v>
       </c>
       <c r="J111" t="s">
         <v>23</v>
       </c>
       <c r="K111" t="s">
-        <v>1004</v>
+        <v>1012</v>
       </c>
       <c r="L111" t="s">
         <v>25</v>
       </c>
       <c r="M111" t="s">
-        <v>1005</v>
+        <v>1013</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>1006</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
         <v>3713</v>
       </c>
       <c r="B112" t="s">
-        <v>1007</v>
+        <v>1015</v>
       </c>
       <c r="C112" t="s">
-        <v>1008</v>
+        <v>1016</v>
       </c>
       <c r="D112" t="s">
-        <v>1009</v>
+        <v>1017</v>
       </c>
       <c r="E112" t="s">
-        <v>1010</v>
+        <v>1018</v>
       </c>
       <c r="F112" t="s">
-        <v>1011</v>
+        <v>1019</v>
       </c>
       <c r="G112" t="s">
-        <v>1012</v>
+        <v>1020</v>
       </c>
       <c r="H112" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
       <c r="J112" t="s">
         <v>23</v>
       </c>
       <c r="K112" t="s">
-        <v>1014</v>
+        <v>1022</v>
       </c>
       <c r="L112" t="s">
         <v>25</v>
       </c>
       <c r="M112" t="s">
-        <v>1015</v>
+        <v>1023</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>1016</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
         <v>3715</v>
       </c>
       <c r="B113" t="s">
-        <v>1017</v>
+        <v>1025</v>
       </c>
       <c r="C113" t="s">
-        <v>1018</v>
+        <v>1026</v>
       </c>
       <c r="D113" t="s">
-        <v>1019</v>
+        <v>1027</v>
       </c>
       <c r="E113" t="s">
-        <v>1020</v>
+        <v>1028</v>
       </c>
       <c r="F113" t="s">
-        <v>1021</v>
+        <v>1029</v>
       </c>
       <c r="G113" t="s">
-        <v>1022</v>
+        <v>1030</v>
       </c>
       <c r="H113" t="s">
-        <v>1023</v>
+        <v>1031</v>
       </c>
       <c r="J113" t="s">
         <v>23</v>
       </c>
       <c r="K113" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L113" t="s">
         <v>25</v>
       </c>
       <c r="M113" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>1024</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
         <v>3716</v>
       </c>
       <c r="B114" t="s">
-        <v>1025</v>
+        <v>1033</v>
       </c>
       <c r="C114" t="s">
-        <v>1026</v>
+        <v>1034</v>
       </c>
       <c r="D114" t="s">
-        <v>1027</v>
+        <v>1035</v>
       </c>
       <c r="E114" t="s">
-        <v>1028</v>
+        <v>1036</v>
       </c>
       <c r="F114" t="s">
-        <v>1029</v>
+        <v>1037</v>
       </c>
       <c r="G114" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="H114" t="s">
-        <v>1031</v>
+        <v>1039</v>
       </c>
       <c r="I114" t="s">
-        <v>1032</v>
+        <v>1040</v>
       </c>
       <c r="J114" t="s">
         <v>23</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114" t="s">
         <v>25</v>
       </c>
       <c r="M114" t="s">
         <v>26</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>1033</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
         <v>3718</v>
       </c>
       <c r="B115" t="s">
-        <v>1034</v>
+        <v>1042</v>
       </c>
       <c r="C115" t="s">
-        <v>1035</v>
+        <v>1043</v>
       </c>
       <c r="D115" t="s">
-        <v>1036</v>
+        <v>1044</v>
       </c>
       <c r="E115" t="s">
-        <v>1037</v>
+        <v>1045</v>
       </c>
       <c r="F115" t="s">
-        <v>1038</v>
+        <v>1046</v>
       </c>
       <c r="G115" t="s">
-        <v>1039</v>
+        <v>1047</v>
       </c>
       <c r="H115" t="s">
-        <v>1040</v>
+        <v>1048</v>
       </c>
       <c r="J115" t="s">
         <v>23</v>
       </c>
       <c r="K115" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L115" t="s">
         <v>25</v>
       </c>
       <c r="M115" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>1041</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
         <v>3727</v>
       </c>
       <c r="B116" t="s">
-        <v>1042</v>
+        <v>1050</v>
       </c>
       <c r="C116" t="s">
-        <v>1043</v>
+        <v>1051</v>
       </c>
       <c r="D116" t="s">
-        <v>1044</v>
+        <v>1052</v>
       </c>
       <c r="E116" t="s">
-        <v>1045</v>
+        <v>1053</v>
       </c>
       <c r="F116" t="s">
-        <v>1046</v>
+        <v>1054</v>
       </c>
       <c r="G116" t="s">
-        <v>1047</v>
+        <v>1055</v>
       </c>
       <c r="H116" t="s">
-        <v>1048</v>
+        <v>1056</v>
       </c>
       <c r="J116" t="s">
         <v>23</v>
       </c>
       <c r="K116" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L116" t="s">
         <v>25</v>
       </c>
       <c r="M116" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>1049</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
         <v>3728</v>
       </c>
       <c r="B117" t="s">
-        <v>1050</v>
+        <v>1058</v>
       </c>
       <c r="C117" t="s">
-        <v>1051</v>
+        <v>1059</v>
       </c>
       <c r="D117" t="s">
-        <v>1052</v>
+        <v>1060</v>
       </c>
       <c r="E117" t="s">
-        <v>1053</v>
+        <v>1061</v>
       </c>
       <c r="F117" t="s">
-        <v>1054</v>
+        <v>1062</v>
       </c>
       <c r="G117" t="s">
-        <v>1055</v>
+        <v>1063</v>
       </c>
       <c r="H117" t="s">
-        <v>1056</v>
+        <v>1064</v>
       </c>
       <c r="J117" t="s">
         <v>23</v>
       </c>
       <c r="K117" t="s">
         <v>53</v>
       </c>
       <c r="L117" t="s">
         <v>25</v>
       </c>
       <c r="M117" t="s">
         <v>54</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>1057</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
         <v>3729</v>
       </c>
       <c r="B118" t="s">
-        <v>1058</v>
+        <v>1066</v>
       </c>
       <c r="C118" t="s">
-        <v>1059</v>
+        <v>1067</v>
       </c>
       <c r="D118" t="s">
-        <v>1060</v>
+        <v>1068</v>
       </c>
       <c r="E118" t="s">
-        <v>1061</v>
+        <v>1069</v>
       </c>
       <c r="F118" t="s">
-        <v>1062</v>
+        <v>1070</v>
       </c>
       <c r="G118" t="s">
-        <v>1063</v>
+        <v>1071</v>
       </c>
       <c r="H118" t="s">
-        <v>1064</v>
+        <v>1072</v>
       </c>
       <c r="J118" t="s">
         <v>23</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118" t="s">
         <v>25</v>
       </c>
       <c r="M118" t="s">
         <v>26</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>1065</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
         <v>3732</v>
       </c>
       <c r="B119" t="s">
-        <v>1066</v>
+        <v>1074</v>
       </c>
       <c r="C119" t="s">
-        <v>1067</v>
+        <v>1075</v>
       </c>
       <c r="D119" t="s">
-        <v>1068</v>
+        <v>1076</v>
       </c>
       <c r="E119" t="s">
-        <v>1069</v>
+        <v>1077</v>
       </c>
       <c r="F119" t="s">
-        <v>1070</v>
+        <v>1078</v>
       </c>
       <c r="G119" t="s">
-        <v>1071</v>
+        <v>1079</v>
       </c>
       <c r="H119" t="s">
-        <v>1072</v>
+        <v>1080</v>
       </c>
       <c r="J119" t="s">
         <v>23</v>
       </c>
       <c r="K119" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L119" t="s">
         <v>25</v>
       </c>
       <c r="M119" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>1073</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
         <v>3736</v>
       </c>
       <c r="B120" t="s">
-        <v>1074</v>
+        <v>1082</v>
       </c>
       <c r="C120" t="s">
-        <v>1075</v>
+        <v>1083</v>
       </c>
       <c r="D120" t="s">
-        <v>1076</v>
+        <v>1084</v>
       </c>
       <c r="E120" t="s">
-        <v>1077</v>
+        <v>1085</v>
       </c>
       <c r="F120" t="s">
-        <v>1078</v>
+        <v>1086</v>
       </c>
       <c r="G120" t="s">
-        <v>1079</v>
+        <v>1087</v>
       </c>
       <c r="H120" t="s">
-        <v>1080</v>
+        <v>1088</v>
       </c>
       <c r="J120" t="s">
         <v>23</v>
       </c>
       <c r="K120" t="s">
-        <v>1081</v>
+        <v>1089</v>
       </c>
       <c r="L120" t="s">
         <v>25</v>
       </c>
       <c r="M120" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>1082</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
         <v>3741</v>
       </c>
       <c r="B121" t="s">
-        <v>1083</v>
+        <v>1091</v>
       </c>
       <c r="C121" t="s">
-        <v>1084</v>
+        <v>1092</v>
       </c>
       <c r="D121" t="s">
-        <v>1085</v>
+        <v>1093</v>
       </c>
       <c r="E121" t="s">
-        <v>1086</v>
+        <v>1094</v>
       </c>
       <c r="F121" t="s">
-        <v>1087</v>
+        <v>1095</v>
       </c>
       <c r="G121" t="s">
-        <v>1088</v>
+        <v>1096</v>
       </c>
       <c r="H121" t="s">
-        <v>1089</v>
+        <v>1097</v>
       </c>
       <c r="J121" t="s">
         <v>23</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121" t="s">
         <v>25</v>
       </c>
       <c r="M121" t="s">
         <v>26</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>1090</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
         <v>3745</v>
       </c>
       <c r="B122" t="s">
-        <v>1091</v>
+        <v>1099</v>
       </c>
       <c r="C122" t="s">
-        <v>1092</v>
+        <v>1100</v>
       </c>
       <c r="D122" t="s">
-        <v>1093</v>
+        <v>1101</v>
       </c>
       <c r="E122" t="s">
-        <v>1094</v>
+        <v>1102</v>
       </c>
       <c r="F122" t="s">
-        <v>1095</v>
+        <v>1103</v>
       </c>
       <c r="G122" t="s">
-        <v>1096</v>
+        <v>1104</v>
       </c>
       <c r="H122" t="s">
-        <v>1097</v>
+        <v>1105</v>
       </c>
       <c r="J122" t="s">
         <v>23</v>
       </c>
       <c r="K122" t="s">
         <v>53</v>
       </c>
       <c r="L122" t="s">
         <v>25</v>
       </c>
       <c r="M122" t="s">
         <v>54</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>1098</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
         <v>3753</v>
       </c>
       <c r="B123" t="s">
-        <v>1099</v>
+        <v>1107</v>
       </c>
       <c r="C123" t="s">
-        <v>1100</v>
+        <v>1108</v>
       </c>
       <c r="D123" t="s">
-        <v>1101</v>
+        <v>1109</v>
       </c>
       <c r="E123" t="s">
-        <v>1102</v>
+        <v>1110</v>
       </c>
       <c r="F123" t="s">
-        <v>1103</v>
+        <v>1111</v>
       </c>
       <c r="G123" t="s">
-        <v>1104</v>
+        <v>1112</v>
       </c>
       <c r="H123" t="s">
-        <v>1105</v>
+        <v>1113</v>
       </c>
       <c r="I123" t="s">
-        <v>1106</v>
+        <v>1114</v>
       </c>
       <c r="J123" t="s">
         <v>23</v>
       </c>
       <c r="K123" t="s">
         <v>53</v>
       </c>
       <c r="L123" t="s">
         <v>25</v>
       </c>
       <c r="M123" t="s">
         <v>54</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>1107</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
         <v>3754</v>
       </c>
       <c r="B124" t="s">
-        <v>1108</v>
+        <v>1116</v>
       </c>
       <c r="C124" t="s">
-        <v>1109</v>
+        <v>1117</v>
       </c>
       <c r="D124" t="s">
-        <v>1110</v>
+        <v>1118</v>
       </c>
       <c r="E124" t="s">
-        <v>1111</v>
+        <v>1119</v>
       </c>
       <c r="F124" t="s">
-        <v>1112</v>
+        <v>1120</v>
       </c>
       <c r="G124" t="s">
-        <v>1113</v>
+        <v>1121</v>
       </c>
       <c r="H124" t="s">
-        <v>1114</v>
+        <v>1122</v>
       </c>
       <c r="J124" t="s">
         <v>23</v>
       </c>
       <c r="K124" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L124" t="s">
         <v>25</v>
       </c>
       <c r="M124" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>1115</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
         <v>3756</v>
       </c>
       <c r="B125" t="s">
-        <v>1116</v>
+        <v>1124</v>
       </c>
       <c r="C125" t="s">
-        <v>1117</v>
+        <v>1125</v>
       </c>
       <c r="D125" t="s">
-        <v>1118</v>
+        <v>1126</v>
       </c>
       <c r="E125" t="s">
-        <v>1119</v>
+        <v>1127</v>
       </c>
       <c r="F125" t="s">
-        <v>1120</v>
+        <v>1128</v>
       </c>
       <c r="G125" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
       <c r="H125" t="s">
-        <v>1122</v>
+        <v>1130</v>
       </c>
       <c r="J125" t="s">
         <v>23</v>
       </c>
       <c r="K125" t="s">
         <v>53</v>
       </c>
       <c r="L125" t="s">
         <v>25</v>
       </c>
       <c r="M125" t="s">
         <v>54</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>1123</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
         <v>3757</v>
       </c>
       <c r="B126" t="s">
-        <v>1124</v>
+        <v>1132</v>
       </c>
       <c r="C126" t="s">
-        <v>1125</v>
+        <v>1133</v>
       </c>
       <c r="D126" t="s">
-        <v>1126</v>
+        <v>1134</v>
       </c>
       <c r="E126" t="s">
-        <v>1127</v>
+        <v>1135</v>
       </c>
       <c r="F126" t="s">
-        <v>1128</v>
+        <v>1136</v>
       </c>
       <c r="G126" t="s">
-        <v>1129</v>
+        <v>1137</v>
       </c>
       <c r="H126" t="s">
-        <v>1130</v>
+        <v>1138</v>
       </c>
       <c r="J126" t="s">
         <v>23</v>
       </c>
       <c r="K126" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L126" t="s">
         <v>25</v>
       </c>
       <c r="M126" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>1131</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
         <v>3768</v>
       </c>
       <c r="B127" t="s">
-        <v>1132</v>
+        <v>1140</v>
       </c>
       <c r="C127" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="D127" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
       <c r="E127" t="s">
-        <v>1135</v>
+        <v>1143</v>
       </c>
       <c r="F127" t="s">
-        <v>1136</v>
+        <v>1144</v>
       </c>
       <c r="G127" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
       <c r="H127" t="s">
-        <v>1138</v>
+        <v>1146</v>
       </c>
       <c r="J127" t="s">
         <v>23</v>
       </c>
       <c r="K127" t="s">
         <v>53</v>
       </c>
       <c r="L127" t="s">
         <v>25</v>
       </c>
       <c r="M127" t="s">
         <v>54</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>1139</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
         <v>3770</v>
       </c>
       <c r="B128" t="s">
-        <v>1140</v>
+        <v>1148</v>
       </c>
       <c r="C128" t="s">
-        <v>1141</v>
+        <v>1149</v>
       </c>
       <c r="D128" t="s">
-        <v>1142</v>
+        <v>1150</v>
       </c>
       <c r="E128" t="s">
-        <v>1143</v>
+        <v>1151</v>
       </c>
       <c r="F128" t="s">
-        <v>1144</v>
+        <v>1152</v>
       </c>
       <c r="G128" t="s">
-        <v>1145</v>
+        <v>1153</v>
       </c>
       <c r="H128" t="s">
-        <v>1146</v>
+        <v>1154</v>
       </c>
       <c r="J128" t="s">
         <v>23</v>
       </c>
       <c r="K128" t="s">
-        <v>1147</v>
+        <v>1155</v>
       </c>
       <c r="L128" t="s">
         <v>25</v>
       </c>
       <c r="M128" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>1148</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
         <v>3773</v>
       </c>
       <c r="B129" t="s">
-        <v>1149</v>
+        <v>1157</v>
       </c>
       <c r="C129" t="s">
-        <v>1150</v>
+        <v>1158</v>
       </c>
       <c r="D129" t="s">
-        <v>1151</v>
+        <v>1159</v>
       </c>
       <c r="E129" t="s">
-        <v>1152</v>
+        <v>1160</v>
       </c>
       <c r="F129" t="s">
-        <v>1153</v>
+        <v>1161</v>
       </c>
       <c r="G129" t="s">
-        <v>1154</v>
+        <v>1162</v>
       </c>
       <c r="H129" t="s">
-        <v>1155</v>
+        <v>1163</v>
       </c>
       <c r="J129" t="s">
         <v>23</v>
       </c>
       <c r="K129" t="s">
         <v>53</v>
       </c>
       <c r="L129" t="s">
         <v>25</v>
       </c>
       <c r="M129" t="s">
         <v>54</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>1156</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
         <v>3775</v>
       </c>
       <c r="B130" t="s">
-        <v>1157</v>
+        <v>1165</v>
       </c>
       <c r="C130" t="s">
-        <v>1158</v>
+        <v>1166</v>
       </c>
       <c r="D130" t="s">
-        <v>1159</v>
+        <v>1167</v>
       </c>
       <c r="E130" t="s">
-        <v>1160</v>
+        <v>1168</v>
       </c>
       <c r="F130" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="G130" t="s">
-        <v>1162</v>
+        <v>1170</v>
       </c>
       <c r="H130" t="s">
-        <v>1163</v>
+        <v>1171</v>
       </c>
       <c r="J130" t="s">
         <v>23</v>
       </c>
       <c r="K130" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L130" t="s">
         <v>25</v>
       </c>
       <c r="M130" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>1164</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
         <v>3777</v>
       </c>
       <c r="B131" t="s">
-        <v>1165</v>
+        <v>1173</v>
       </c>
       <c r="C131" t="s">
-        <v>1166</v>
+        <v>1174</v>
       </c>
       <c r="D131" t="s">
-        <v>1167</v>
+        <v>1175</v>
       </c>
       <c r="E131" t="s">
-        <v>1168</v>
+        <v>1176</v>
       </c>
       <c r="F131" t="s">
-        <v>1169</v>
+        <v>1177</v>
       </c>
       <c r="G131" t="s">
-        <v>1170</v>
+        <v>1178</v>
       </c>
       <c r="H131" t="s">
-        <v>1171</v>
+        <v>1179</v>
       </c>
       <c r="J131" t="s">
         <v>23</v>
       </c>
       <c r="K131" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L131" t="s">
         <v>25</v>
       </c>
       <c r="M131" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
         <v>3778</v>
       </c>
       <c r="B132" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
       <c r="C132" t="s">
-        <v>1174</v>
+        <v>1182</v>
       </c>
       <c r="D132" t="s">
-        <v>1175</v>
+        <v>1183</v>
       </c>
       <c r="E132" t="s">
-        <v>1176</v>
+        <v>1184</v>
       </c>
       <c r="F132" t="s">
-        <v>1177</v>
+        <v>1185</v>
       </c>
       <c r="G132" t="s">
-        <v>1178</v>
+        <v>1186</v>
       </c>
       <c r="H132" t="s">
-        <v>1179</v>
+        <v>1187</v>
       </c>
       <c r="J132" t="s">
         <v>23</v>
       </c>
       <c r="K132" t="s">
-        <v>1180</v>
+        <v>1188</v>
       </c>
       <c r="L132" t="s">
         <v>25</v>
       </c>
       <c r="M132" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>1181</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
         <v>3779</v>
       </c>
       <c r="B133" t="s">
-        <v>1182</v>
+        <v>1190</v>
       </c>
       <c r="C133" t="s">
-        <v>1183</v>
+        <v>1191</v>
       </c>
       <c r="D133" t="s">
-        <v>1184</v>
+        <v>1192</v>
       </c>
       <c r="E133" t="s">
-        <v>1185</v>
+        <v>1193</v>
       </c>
       <c r="F133" t="s">
-        <v>1186</v>
+        <v>1194</v>
       </c>
       <c r="G133" t="s">
-        <v>1187</v>
+        <v>1195</v>
       </c>
       <c r="H133" t="s">
-        <v>1188</v>
+        <v>1196</v>
       </c>
       <c r="J133" t="s">
         <v>23</v>
       </c>
       <c r="K133" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L133" t="s">
         <v>25</v>
       </c>
       <c r="M133" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>1189</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
         <v>3788</v>
       </c>
       <c r="B134" t="s">
-        <v>1190</v>
+        <v>1198</v>
       </c>
       <c r="C134" t="s">
-        <v>1191</v>
+        <v>1199</v>
       </c>
       <c r="D134" t="s">
-        <v>1192</v>
+        <v>1200</v>
       </c>
       <c r="E134" t="s">
-        <v>1193</v>
+        <v>1201</v>
       </c>
       <c r="F134" t="s">
-        <v>1194</v>
+        <v>1202</v>
       </c>
       <c r="G134" t="s">
-        <v>1195</v>
+        <v>1203</v>
       </c>
       <c r="H134" t="s">
-        <v>1196</v>
+        <v>1204</v>
       </c>
       <c r="J134" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K134" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="L134" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M134" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>1197</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
         <v>3854</v>
       </c>
       <c r="B135" t="s">
-        <v>1198</v>
+        <v>1206</v>
       </c>
       <c r="C135" t="s">
-        <v>1199</v>
+        <v>1207</v>
       </c>
       <c r="D135" t="s">
-        <v>1200</v>
+        <v>1208</v>
       </c>
       <c r="E135" t="s">
-        <v>1201</v>
+        <v>1209</v>
       </c>
       <c r="F135" t="s">
-        <v>1202</v>
+        <v>1210</v>
       </c>
       <c r="G135" t="s">
-        <v>1203</v>
+        <v>1211</v>
       </c>
       <c r="H135" t="s">
-        <v>1204</v>
+        <v>1212</v>
       </c>
       <c r="I135" t="s">
-        <v>1205</v>
+        <v>1213</v>
       </c>
       <c r="J135" t="s">
         <v>23</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
         <v>25</v>
       </c>
       <c r="M135" t="s">
         <v>26</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>1206</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
         <v>3855</v>
       </c>
       <c r="B136" t="s">
-        <v>1207</v>
+        <v>1215</v>
       </c>
       <c r="C136" t="s">
-        <v>1208</v>
+        <v>1216</v>
       </c>
       <c r="D136" t="s">
-        <v>1209</v>
+        <v>1217</v>
       </c>
       <c r="E136" t="s">
-        <v>1210</v>
+        <v>1218</v>
       </c>
       <c r="F136" t="s">
-        <v>1211</v>
+        <v>1219</v>
       </c>
       <c r="G136" t="s">
-        <v>1212</v>
+        <v>1220</v>
       </c>
       <c r="H136" t="s">
-        <v>1213</v>
+        <v>1221</v>
       </c>
       <c r="J136" t="s">
         <v>23</v>
       </c>
       <c r="K136" t="s">
         <v>53</v>
       </c>
       <c r="L136" t="s">
         <v>25</v>
       </c>
       <c r="M136" t="s">
         <v>54</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>1214</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
         <v>3863</v>
       </c>
       <c r="B137" t="s">
-        <v>1215</v>
+        <v>1223</v>
       </c>
       <c r="C137" t="s">
-        <v>1216</v>
+        <v>1224</v>
       </c>
       <c r="D137" t="s">
-        <v>1217</v>
+        <v>1225</v>
       </c>
       <c r="E137" t="s">
-        <v>1218</v>
+        <v>1226</v>
       </c>
       <c r="F137" t="s">
-        <v>1219</v>
+        <v>1227</v>
       </c>
       <c r="G137" t="s">
-        <v>1220</v>
+        <v>1228</v>
       </c>
       <c r="H137" t="s">
-        <v>1221</v>
+        <v>1229</v>
       </c>
       <c r="J137" t="s">
         <v>23</v>
       </c>
       <c r="K137" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L137" t="s">
         <v>25</v>
       </c>
       <c r="M137" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>1222</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
         <v>4186</v>
       </c>
       <c r="B138" t="s">
-        <v>1223</v>
+        <v>1231</v>
       </c>
       <c r="C138" t="s">
-        <v>1224</v>
+        <v>1232</v>
       </c>
       <c r="D138" t="s">
-        <v>1225</v>
+        <v>1233</v>
       </c>
       <c r="E138" t="s">
-        <v>1226</v>
+        <v>1234</v>
       </c>
       <c r="F138" t="s">
-        <v>1227</v>
+        <v>1235</v>
       </c>
       <c r="G138" t="s">
-        <v>1228</v>
+        <v>1236</v>
       </c>
       <c r="H138" t="s">
-        <v>1229</v>
+        <v>1237</v>
       </c>
       <c r="I138" t="s">
-        <v>1230</v>
+        <v>1238</v>
       </c>
       <c r="J138" t="s">
         <v>23</v>
       </c>
       <c r="K138" t="s">
-        <v>1231</v>
+        <v>1239</v>
       </c>
       <c r="L138" t="s">
         <v>25</v>
       </c>
+      <c r="M138" t="s">
+        <v>1240</v>
+      </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>1232</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
         <v>4191</v>
       </c>
       <c r="B139" t="s">
-        <v>1233</v>
+        <v>1242</v>
       </c>
       <c r="C139" t="s">
-        <v>1234</v>
+        <v>1243</v>
       </c>
       <c r="D139" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="E139" t="s">
-        <v>1236</v>
+        <v>1245</v>
       </c>
       <c r="F139" t="s">
-        <v>1237</v>
+        <v>1246</v>
       </c>
       <c r="G139" t="s">
-        <v>1238</v>
+        <v>1247</v>
       </c>
       <c r="H139" t="s">
-        <v>1239</v>
+        <v>1248</v>
       </c>
       <c r="I139" t="s">
-        <v>1240</v>
+        <v>1249</v>
       </c>
       <c r="J139" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K139" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="L139" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M139" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>1241</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
         <v>4196</v>
       </c>
       <c r="B140" t="s">
-        <v>1242</v>
+        <v>1251</v>
       </c>
       <c r="C140" t="s">
-        <v>1243</v>
+        <v>1252</v>
       </c>
       <c r="D140" t="s">
-        <v>1244</v>
+        <v>1253</v>
       </c>
       <c r="E140" t="s">
-        <v>1245</v>
+        <v>1254</v>
       </c>
       <c r="F140" t="s">
-        <v>1246</v>
+        <v>1255</v>
       </c>
       <c r="G140" t="s">
-        <v>1247</v>
+        <v>1256</v>
       </c>
       <c r="H140" t="s">
-        <v>1248</v>
+        <v>1257</v>
       </c>
       <c r="I140" t="s">
-        <v>1249</v>
+        <v>1258</v>
       </c>
       <c r="J140" t="s">
         <v>23</v>
       </c>
       <c r="K140" t="s">
         <v>53</v>
       </c>
       <c r="L140" t="s">
         <v>25</v>
       </c>
       <c r="M140" t="s">
         <v>54</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>1250</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
         <v>4202</v>
       </c>
       <c r="B141" t="s">
-        <v>1251</v>
+        <v>1260</v>
       </c>
       <c r="C141" t="s">
-        <v>1252</v>
+        <v>1261</v>
       </c>
       <c r="D141" t="s">
-        <v>1253</v>
+        <v>1262</v>
       </c>
       <c r="E141" t="s">
-        <v>1254</v>
+        <v>1263</v>
       </c>
       <c r="F141" t="s">
-        <v>1255</v>
+        <v>1264</v>
       </c>
       <c r="G141" t="s">
-        <v>1256</v>
+        <v>1265</v>
       </c>
       <c r="H141" t="s">
-        <v>1257</v>
+        <v>1266</v>
       </c>
       <c r="I141" t="s">
-        <v>1258</v>
+        <v>1267</v>
       </c>
       <c r="J141" t="s">
         <v>23</v>
       </c>
       <c r="K141" t="s">
         <v>53</v>
       </c>
       <c r="L141" t="s">
         <v>25</v>
       </c>
       <c r="M141" t="s">
         <v>54</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>1259</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
         <v>4204</v>
       </c>
       <c r="B142" t="s">
-        <v>1260</v>
+        <v>1269</v>
       </c>
       <c r="C142" t="s">
-        <v>1261</v>
+        <v>1270</v>
       </c>
       <c r="D142" t="s">
-        <v>1262</v>
+        <v>1271</v>
       </c>
       <c r="E142" t="s">
-        <v>1263</v>
+        <v>1272</v>
       </c>
       <c r="F142" t="s">
-        <v>1264</v>
+        <v>1273</v>
       </c>
       <c r="G142" t="s">
-        <v>1265</v>
+        <v>1274</v>
       </c>
       <c r="H142" t="s">
-        <v>1266</v>
+        <v>1275</v>
       </c>
       <c r="I142" t="s">
-        <v>1267</v>
+        <v>1276</v>
       </c>
       <c r="J142" t="s">
         <v>23</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142" t="s">
         <v>25</v>
       </c>
       <c r="M142" t="s">
         <v>26</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>1268</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>4295</v>
+        <v>4211</v>
       </c>
       <c r="B143" t="s">
-        <v>1269</v>
+        <v>1278</v>
       </c>
       <c r="C143" t="s">
-        <v>1270</v>
+        <v>1279</v>
       </c>
       <c r="D143" t="s">
-        <v>1271</v>
+        <v>1280</v>
       </c>
       <c r="E143" t="s">
-        <v>1272</v>
+        <v>1281</v>
       </c>
       <c r="F143" t="s">
-        <v>1273</v>
+        <v>1282</v>
       </c>
       <c r="G143" t="s">
-        <v>1274</v>
+        <v>1283</v>
       </c>
       <c r="H143" t="s">
-        <v>1275</v>
+        <v>1284</v>
       </c>
       <c r="I143" t="s">
-        <v>1276</v>
+        <v>1285</v>
       </c>
       <c r="J143" t="s">
         <v>23</v>
       </c>
       <c r="K143" t="s">
         <v>53</v>
       </c>
       <c r="L143" t="s">
         <v>25</v>
       </c>
       <c r="M143" t="s">
         <v>54</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>1277</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>4304</v>
+        <v>4216</v>
       </c>
       <c r="B144" t="s">
-        <v>1278</v>
+        <v>1287</v>
       </c>
       <c r="C144" t="s">
-        <v>1279</v>
+        <v>1288</v>
       </c>
       <c r="D144" t="s">
-        <v>1280</v>
+        <v>1289</v>
       </c>
       <c r="E144" t="s">
-        <v>1281</v>
+        <v>1290</v>
       </c>
       <c r="F144" t="s">
-        <v>1282</v>
+        <v>1291</v>
       </c>
       <c r="G144" t="s">
-        <v>1283</v>
+        <v>1292</v>
       </c>
       <c r="H144" t="s">
-        <v>1284</v>
+        <v>1293</v>
       </c>
       <c r="I144" t="s">
-        <v>1285</v>
+        <v>1294</v>
       </c>
       <c r="J144" t="s">
-        <v>23</v>
+        <v>1295</v>
       </c>
       <c r="K144" t="s">
-        <v>53</v>
+        <v>1296</v>
       </c>
       <c r="L144" t="s">
-        <v>25</v>
+        <v>1297</v>
       </c>
       <c r="M144" t="s">
-        <v>54</v>
+        <v>1298</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>1286</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>4309</v>
+        <v>4295</v>
       </c>
       <c r="B145" t="s">
-        <v>1287</v>
+        <v>1300</v>
       </c>
       <c r="C145" t="s">
-        <v>1288</v>
+        <v>1301</v>
       </c>
       <c r="D145" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
       <c r="E145" t="s">
-        <v>1290</v>
+        <v>1303</v>
       </c>
       <c r="F145" t="s">
-        <v>1291</v>
+        <v>1304</v>
       </c>
       <c r="G145" t="s">
-        <v>1292</v>
+        <v>1305</v>
       </c>
       <c r="H145" t="s">
-        <v>1293</v>
+        <v>1306</v>
       </c>
       <c r="I145" t="s">
-        <v>1294</v>
+        <v>1307</v>
       </c>
       <c r="J145" t="s">
         <v>23</v>
       </c>
       <c r="K145" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L145" t="s">
         <v>25</v>
       </c>
       <c r="M145" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>1295</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>4314</v>
+        <v>4303</v>
       </c>
       <c r="B146" t="s">
-        <v>1296</v>
+        <v>1309</v>
       </c>
       <c r="C146" t="s">
-        <v>1297</v>
+        <v>1310</v>
       </c>
       <c r="D146" t="s">
-        <v>1298</v>
+        <v>1311</v>
       </c>
       <c r="E146" t="s">
-        <v>1299</v>
+        <v>1312</v>
       </c>
       <c r="F146" t="s">
-        <v>1300</v>
+        <v>1313</v>
       </c>
       <c r="G146" t="s">
-        <v>1301</v>
+        <v>1314</v>
       </c>
       <c r="H146" t="s">
-        <v>1302</v>
+        <v>1315</v>
       </c>
       <c r="I146" t="s">
-        <v>1303</v>
+        <v>1316</v>
       </c>
       <c r="J146" t="s">
-        <v>23</v>
+        <v>487</v>
       </c>
       <c r="K146" t="s">
-        <v>53</v>
+        <v>1317</v>
       </c>
       <c r="L146" t="s">
-        <v>25</v>
+        <v>489</v>
       </c>
       <c r="M146" t="s">
-        <v>54</v>
+        <v>1318</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>1304</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>4319</v>
+        <v>4304</v>
       </c>
       <c r="B147" t="s">
-        <v>1305</v>
+        <v>1320</v>
       </c>
       <c r="C147" t="s">
-        <v>1306</v>
+        <v>1321</v>
       </c>
       <c r="D147" t="s">
-        <v>1307</v>
+        <v>1322</v>
       </c>
       <c r="E147" t="s">
-        <v>1308</v>
+        <v>1323</v>
       </c>
       <c r="F147" t="s">
-        <v>1309</v>
+        <v>1324</v>
       </c>
       <c r="G147" t="s">
-        <v>1310</v>
+        <v>1325</v>
       </c>
       <c r="H147" t="s">
-        <v>1311</v>
+        <v>1326</v>
       </c>
       <c r="I147" t="s">
-        <v>1312</v>
+        <v>1327</v>
       </c>
       <c r="J147" t="s">
         <v>23</v>
       </c>
       <c r="K147" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L147" t="s">
         <v>25</v>
       </c>
       <c r="M147" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>1313</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>4322</v>
+        <v>4307</v>
       </c>
       <c r="B148" t="s">
-        <v>1314</v>
+        <v>1329</v>
       </c>
       <c r="C148" t="s">
-        <v>1315</v>
+        <v>1330</v>
       </c>
       <c r="D148" t="s">
-        <v>1316</v>
+        <v>1331</v>
       </c>
       <c r="E148" t="s">
-        <v>1317</v>
+        <v>1332</v>
       </c>
       <c r="F148" t="s">
-        <v>1318</v>
+        <v>1333</v>
       </c>
       <c r="G148" t="s">
-        <v>1319</v>
+        <v>1334</v>
       </c>
       <c r="H148" t="s">
-        <v>1320</v>
+        <v>1335</v>
       </c>
       <c r="I148" t="s">
-        <v>1321</v>
+        <v>1336</v>
       </c>
       <c r="J148" t="s">
-        <v>23</v>
+        <v>1295</v>
       </c>
       <c r="K148" t="s">
-        <v>53</v>
+        <v>1337</v>
       </c>
       <c r="L148" t="s">
-        <v>25</v>
+        <v>1297</v>
       </c>
       <c r="M148" t="s">
-        <v>54</v>
+        <v>1338</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>1322</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>4555</v>
+        <v>4308</v>
       </c>
       <c r="B149" t="s">
-        <v>1323</v>
+        <v>1340</v>
       </c>
       <c r="C149" t="s">
-        <v>1324</v>
+        <v>1341</v>
       </c>
       <c r="D149" t="s">
-        <v>1325</v>
+        <v>1342</v>
       </c>
       <c r="E149" t="s">
-        <v>1326</v>
+        <v>1343</v>
       </c>
       <c r="F149" t="s">
-        <v>1327</v>
+        <v>1344</v>
       </c>
       <c r="G149" t="s">
-        <v>1328</v>
+        <v>1345</v>
       </c>
       <c r="H149" t="s">
-        <v>1329</v>
+        <v>1346</v>
       </c>
       <c r="I149" t="s">
-        <v>1330</v>
+        <v>1347</v>
       </c>
       <c r="J149" t="s">
         <v>23</v>
       </c>
       <c r="K149" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L149" t="s">
         <v>25</v>
       </c>
       <c r="M149" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>1331</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>4560</v>
+        <v>4309</v>
       </c>
       <c r="B150" t="s">
-        <v>1332</v>
+        <v>1349</v>
       </c>
       <c r="C150" t="s">
-        <v>1333</v>
+        <v>1350</v>
       </c>
       <c r="D150" t="s">
-        <v>1334</v>
+        <v>1351</v>
       </c>
       <c r="E150" t="s">
-        <v>1335</v>
+        <v>1352</v>
       </c>
       <c r="F150" t="s">
-        <v>1336</v>
+        <v>1353</v>
       </c>
       <c r="G150" t="s">
-        <v>1337</v>
+        <v>1354</v>
       </c>
       <c r="H150" t="s">
-        <v>1338</v>
+        <v>1355</v>
       </c>
       <c r="I150" t="s">
-        <v>1339</v>
+        <v>1356</v>
       </c>
       <c r="J150" t="s">
         <v>23</v>
       </c>
       <c r="K150" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L150" t="s">
         <v>25</v>
       </c>
       <c r="M150" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>1340</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>4563</v>
+        <v>4311</v>
       </c>
       <c r="B151" t="s">
-        <v>1341</v>
+        <v>1358</v>
       </c>
       <c r="C151" t="s">
-        <v>1342</v>
+        <v>1359</v>
       </c>
       <c r="D151" t="s">
-        <v>1343</v>
+        <v>1360</v>
       </c>
       <c r="E151" t="s">
-        <v>1344</v>
+        <v>1361</v>
       </c>
       <c r="F151" t="s">
-        <v>1345</v>
+        <v>1362</v>
       </c>
       <c r="G151" t="s">
-        <v>1346</v>
+        <v>1363</v>
       </c>
       <c r="H151" t="s">
-        <v>1347</v>
+        <v>1364</v>
       </c>
       <c r="I151" t="s">
-        <v>1348</v>
+        <v>1365</v>
       </c>
       <c r="J151" t="s">
         <v>23</v>
       </c>
       <c r="K151" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L151" t="s">
         <v>25</v>
       </c>
       <c r="M151" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>1349</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>4709</v>
+        <v>4314</v>
       </c>
       <c r="B152" t="s">
-        <v>1350</v>
+        <v>1367</v>
       </c>
       <c r="C152" t="s">
-        <v>1351</v>
+        <v>1368</v>
       </c>
       <c r="D152" t="s">
-        <v>1352</v>
+        <v>1369</v>
       </c>
       <c r="E152" t="s">
-        <v>1353</v>
+        <v>1370</v>
       </c>
       <c r="F152" t="s">
-        <v>1354</v>
+        <v>1371</v>
       </c>
       <c r="G152" t="s">
-        <v>1355</v>
+        <v>1372</v>
       </c>
       <c r="H152" t="s">
-        <v>1356</v>
+        <v>1373</v>
       </c>
       <c r="I152" t="s">
-        <v>1357</v>
+        <v>1374</v>
       </c>
       <c r="J152" t="s">
         <v>23</v>
       </c>
       <c r="K152" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="L152" t="s">
         <v>25</v>
       </c>
       <c r="M152" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>1358</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>4711</v>
+        <v>4316</v>
       </c>
       <c r="B153" t="s">
-        <v>1359</v>
+        <v>1376</v>
       </c>
       <c r="C153" t="s">
-        <v>1360</v>
+        <v>1377</v>
       </c>
       <c r="D153" t="s">
-        <v>1361</v>
+        <v>1378</v>
       </c>
       <c r="E153" t="s">
-        <v>1362</v>
+        <v>1379</v>
       </c>
       <c r="F153" t="s">
-        <v>1363</v>
+        <v>1380</v>
       </c>
       <c r="G153" t="s">
-        <v>1364</v>
+        <v>1381</v>
       </c>
       <c r="H153" t="s">
-        <v>1365</v>
+        <v>1382</v>
       </c>
       <c r="I153" t="s">
-        <v>1366</v>
+        <v>1383</v>
       </c>
       <c r="J153" t="s">
-        <v>1367</v>
+        <v>23</v>
       </c>
       <c r="K153" t="s">
-        <v>1368</v>
+        <v>156</v>
       </c>
       <c r="L153" t="s">
-        <v>1369</v>
+        <v>25</v>
       </c>
       <c r="M153" t="s">
-        <v>1370</v>
+        <v>157</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>1371</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4721</v>
+        <v>4319</v>
       </c>
       <c r="B154" t="s">
-        <v>1372</v>
+        <v>1385</v>
       </c>
       <c r="C154" t="s">
-        <v>1373</v>
+        <v>1386</v>
       </c>
       <c r="D154" t="s">
-        <v>1374</v>
+        <v>1387</v>
       </c>
       <c r="E154" t="s">
-        <v>1375</v>
+        <v>1388</v>
       </c>
       <c r="F154" t="s">
-        <v>1376</v>
+        <v>1389</v>
       </c>
       <c r="G154" t="s">
-        <v>1377</v>
+        <v>1390</v>
       </c>
       <c r="H154" t="s">
-        <v>1378</v>
+        <v>1391</v>
       </c>
       <c r="I154" t="s">
-        <v>1379</v>
+        <v>1392</v>
       </c>
       <c r="J154" t="s">
         <v>23</v>
       </c>
       <c r="K154" t="s">
-        <v>1380</v>
+        <v>156</v>
       </c>
       <c r="L154" t="s">
         <v>25</v>
       </c>
+      <c r="M154" t="s">
+        <v>157</v>
+      </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>1381</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4725</v>
+        <v>4322</v>
       </c>
       <c r="B155" t="s">
-        <v>1382</v>
+        <v>1394</v>
       </c>
       <c r="C155" t="s">
-        <v>1383</v>
+        <v>1395</v>
       </c>
       <c r="D155" t="s">
-        <v>1384</v>
+        <v>1396</v>
       </c>
       <c r="E155" t="s">
-        <v>1385</v>
+        <v>1397</v>
       </c>
       <c r="F155" t="s">
-        <v>1386</v>
+        <v>1398</v>
       </c>
       <c r="G155" t="s">
-        <v>1387</v>
+        <v>1399</v>
       </c>
       <c r="H155" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="I155" t="s">
-        <v>1389</v>
+        <v>1401</v>
       </c>
       <c r="J155" t="s">
         <v>23</v>
       </c>
       <c r="K155" t="s">
         <v>53</v>
       </c>
       <c r="L155" t="s">
         <v>25</v>
       </c>
       <c r="M155" t="s">
         <v>54</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>1390</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4792</v>
+        <v>4555</v>
       </c>
       <c r="B156" t="s">
-        <v>1391</v>
+        <v>1403</v>
       </c>
       <c r="C156" t="s">
-        <v>1392</v>
+        <v>1404</v>
       </c>
       <c r="D156" t="s">
-        <v>1393</v>
+        <v>1405</v>
       </c>
       <c r="E156" t="s">
-        <v>1394</v>
+        <v>1406</v>
       </c>
       <c r="F156" t="s">
-        <v>1395</v>
+        <v>1407</v>
       </c>
       <c r="G156" t="s">
-        <v>1396</v>
+        <v>1408</v>
       </c>
       <c r="H156" t="s">
-        <v>1397</v>
+        <v>1409</v>
       </c>
       <c r="I156" t="s">
-        <v>1398</v>
+        <v>1410</v>
       </c>
       <c r="J156" t="s">
         <v>23</v>
       </c>
       <c r="K156" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L156" t="s">
         <v>25</v>
       </c>
       <c r="M156" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>1399</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4810</v>
+        <v>4556</v>
       </c>
       <c r="B157" t="s">
-        <v>1400</v>
+        <v>1412</v>
       </c>
       <c r="C157" t="s">
-        <v>1401</v>
+        <v>1413</v>
       </c>
       <c r="D157" t="s">
-        <v>1402</v>
+        <v>1414</v>
       </c>
       <c r="E157" t="s">
-        <v>1403</v>
+        <v>1415</v>
       </c>
       <c r="F157" t="s">
-        <v>1404</v>
+        <v>1416</v>
       </c>
       <c r="G157" t="s">
-        <v>1405</v>
+        <v>1417</v>
       </c>
       <c r="H157" t="s">
-        <v>1406</v>
+        <v>1418</v>
       </c>
       <c r="I157" t="s">
-        <v>1407</v>
+        <v>1419</v>
       </c>
       <c r="J157" t="s">
         <v>23</v>
       </c>
       <c r="K157" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L157" t="s">
         <v>25</v>
       </c>
       <c r="M157" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>1408</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4811</v>
+        <v>4558</v>
       </c>
       <c r="B158" t="s">
-        <v>1409</v>
+        <v>1421</v>
       </c>
       <c r="C158" t="s">
-        <v>1410</v>
+        <v>1422</v>
       </c>
       <c r="D158" t="s">
-        <v>1411</v>
+        <v>1423</v>
       </c>
       <c r="E158" t="s">
-        <v>1412</v>
+        <v>1424</v>
       </c>
       <c r="F158" t="s">
-        <v>1413</v>
+        <v>1425</v>
       </c>
       <c r="G158" t="s">
-        <v>1414</v>
+        <v>1426</v>
       </c>
       <c r="H158" t="s">
-        <v>1415</v>
+        <v>1427</v>
       </c>
       <c r="I158" t="s">
-        <v>1416</v>
+        <v>1428</v>
       </c>
       <c r="J158" t="s">
         <v>23</v>
       </c>
       <c r="K158" t="s">
-        <v>319</v>
+        <v>156</v>
       </c>
       <c r="L158" t="s">
         <v>25</v>
       </c>
       <c r="M158" t="s">
-        <v>321</v>
+        <v>157</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>1417</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4817</v>
+        <v>4559</v>
       </c>
       <c r="B159" t="s">
-        <v>1418</v>
+        <v>1430</v>
       </c>
       <c r="C159" t="s">
-        <v>1419</v>
+        <v>1431</v>
       </c>
       <c r="D159" t="s">
-        <v>1420</v>
+        <v>1432</v>
       </c>
       <c r="E159" t="s">
-        <v>1421</v>
+        <v>1433</v>
       </c>
       <c r="F159" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
       <c r="G159" t="s">
-        <v>1423</v>
+        <v>1435</v>
       </c>
       <c r="H159" t="s">
-        <v>1424</v>
+        <v>1436</v>
       </c>
       <c r="I159" t="s">
-        <v>1425</v>
+        <v>1437</v>
       </c>
       <c r="J159" t="s">
         <v>23</v>
       </c>
       <c r="K159" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L159" t="s">
         <v>25</v>
       </c>
       <c r="M159" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>1426</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4928</v>
+        <v>4560</v>
       </c>
       <c r="B160" t="s">
-        <v>1427</v>
+        <v>1439</v>
       </c>
       <c r="C160" t="s">
-        <v>1428</v>
+        <v>1440</v>
       </c>
       <c r="D160" t="s">
-        <v>1429</v>
+        <v>1441</v>
       </c>
       <c r="E160" t="s">
-        <v>1430</v>
+        <v>1442</v>
       </c>
       <c r="F160" t="s">
-        <v>1431</v>
+        <v>1443</v>
       </c>
       <c r="G160" t="s">
-        <v>1432</v>
+        <v>1444</v>
       </c>
       <c r="H160" t="s">
-        <v>1433</v>
+        <v>1445</v>
+      </c>
+      <c r="I160" t="s">
+        <v>1446</v>
       </c>
       <c r="J160" t="s">
         <v>23</v>
       </c>
       <c r="K160" t="s">
         <v>53</v>
       </c>
       <c r="L160" t="s">
         <v>25</v>
       </c>
       <c r="M160" t="s">
         <v>54</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>1434</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4935</v>
+        <v>4563</v>
       </c>
       <c r="B161" t="s">
-        <v>1435</v>
+        <v>1448</v>
       </c>
       <c r="C161" t="s">
-        <v>1436</v>
+        <v>1449</v>
       </c>
       <c r="D161" t="s">
-        <v>1437</v>
+        <v>1450</v>
       </c>
       <c r="E161" t="s">
-        <v>1438</v>
+        <v>1451</v>
       </c>
       <c r="F161" t="s">
-        <v>1439</v>
+        <v>1452</v>
       </c>
       <c r="G161" t="s">
-        <v>1440</v>
+        <v>1453</v>
       </c>
       <c r="H161" t="s">
-        <v>1441</v>
+        <v>1454</v>
       </c>
       <c r="I161" t="s">
-        <v>1442</v>
+        <v>1455</v>
       </c>
       <c r="J161" t="s">
         <v>23</v>
       </c>
       <c r="K161" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L161" t="s">
         <v>25</v>
       </c>
       <c r="M161" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>1443</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4936</v>
+        <v>4564</v>
       </c>
       <c r="B162" t="s">
-        <v>1444</v>
+        <v>1457</v>
       </c>
       <c r="C162" t="s">
-        <v>1445</v>
+        <v>1458</v>
       </c>
       <c r="D162" t="s">
-        <v>1446</v>
+        <v>1459</v>
       </c>
       <c r="E162" t="s">
-        <v>1447</v>
+        <v>1460</v>
       </c>
       <c r="F162" t="s">
-        <v>1448</v>
+        <v>1461</v>
       </c>
       <c r="G162" t="s">
-        <v>1449</v>
+        <v>1462</v>
       </c>
       <c r="H162" t="s">
-        <v>1450</v>
+        <v>1463</v>
+      </c>
+      <c r="I162" t="s">
+        <v>1464</v>
       </c>
       <c r="J162" t="s">
         <v>23</v>
       </c>
       <c r="K162" t="s">
-        <v>53</v>
+        <v>1188</v>
       </c>
       <c r="L162" t="s">
         <v>25</v>
       </c>
       <c r="M162" t="s">
-        <v>54</v>
+        <v>1465</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>1451</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4938</v>
+        <v>4568</v>
       </c>
       <c r="B163" t="s">
-        <v>1452</v>
+        <v>1467</v>
       </c>
       <c r="C163" t="s">
-        <v>1453</v>
+        <v>1468</v>
       </c>
       <c r="D163" t="s">
-        <v>1454</v>
+        <v>1469</v>
       </c>
       <c r="E163" t="s">
-        <v>1455</v>
+        <v>1470</v>
       </c>
       <c r="F163" t="s">
-        <v>1456</v>
+        <v>1471</v>
       </c>
       <c r="G163" t="s">
-        <v>1457</v>
+        <v>1472</v>
       </c>
       <c r="H163" t="s">
-        <v>1458</v>
+        <v>1473</v>
+      </c>
+      <c r="I163" t="s">
+        <v>1474</v>
       </c>
       <c r="J163" t="s">
         <v>23</v>
       </c>
       <c r="K163" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L163" t="s">
         <v>25</v>
       </c>
       <c r="M163" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>1459</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4939</v>
+        <v>4704</v>
       </c>
       <c r="B164" t="s">
-        <v>1460</v>
+        <v>1476</v>
       </c>
       <c r="C164" t="s">
-        <v>1461</v>
+        <v>1477</v>
       </c>
       <c r="D164" t="s">
-        <v>1462</v>
+        <v>1478</v>
       </c>
       <c r="E164" t="s">
-        <v>1463</v>
+        <v>1479</v>
       </c>
       <c r="F164" t="s">
-        <v>1464</v>
+        <v>1480</v>
       </c>
       <c r="G164" t="s">
-        <v>1465</v>
+        <v>1481</v>
       </c>
       <c r="H164" t="s">
-        <v>1466</v>
+        <v>1482</v>
+      </c>
+      <c r="I164" t="s">
+        <v>1483</v>
       </c>
       <c r="J164" t="s">
         <v>23</v>
       </c>
       <c r="K164" t="s">
-        <v>1467</v>
+        <v>24</v>
       </c>
       <c r="L164" t="s">
         <v>25</v>
       </c>
       <c r="M164" t="s">
-        <v>156</v>
+        <v>26</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>1468</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4940</v>
+        <v>4706</v>
       </c>
       <c r="B165" t="s">
-        <v>1469</v>
+        <v>1485</v>
       </c>
       <c r="C165" t="s">
-        <v>1470</v>
+        <v>1486</v>
       </c>
       <c r="D165" t="s">
-        <v>1471</v>
+        <v>1487</v>
       </c>
       <c r="E165" t="s">
-        <v>1472</v>
+        <v>1488</v>
       </c>
       <c r="F165" t="s">
-        <v>1473</v>
+        <v>1489</v>
       </c>
       <c r="G165" t="s">
-        <v>1474</v>
+        <v>1490</v>
       </c>
       <c r="H165" t="s">
-        <v>1475</v>
+        <v>1491</v>
+      </c>
+      <c r="I165" t="s">
+        <v>1492</v>
       </c>
       <c r="J165" t="s">
         <v>23</v>
       </c>
       <c r="K165" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L165" t="s">
         <v>25</v>
       </c>
       <c r="M165" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>1476</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4943</v>
+        <v>4709</v>
       </c>
       <c r="B166" t="s">
-        <v>1477</v>
+        <v>1494</v>
       </c>
       <c r="C166" t="s">
-        <v>1478</v>
+        <v>1495</v>
       </c>
       <c r="D166" t="s">
-        <v>1479</v>
+        <v>1496</v>
       </c>
       <c r="E166" t="s">
-        <v>1480</v>
+        <v>1497</v>
       </c>
       <c r="F166" t="s">
-        <v>1481</v>
+        <v>1498</v>
       </c>
       <c r="G166" t="s">
-        <v>1482</v>
+        <v>1499</v>
       </c>
       <c r="H166" t="s">
-        <v>1483</v>
+        <v>1500</v>
+      </c>
+      <c r="I166" t="s">
+        <v>1501</v>
       </c>
       <c r="J166" t="s">
         <v>23</v>
       </c>
       <c r="K166" t="s">
-        <v>1231</v>
+        <v>24</v>
       </c>
       <c r="L166" t="s">
         <v>25</v>
       </c>
       <c r="M166" t="s">
-        <v>1484</v>
+        <v>26</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>1485</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4947</v>
+        <v>4711</v>
       </c>
       <c r="B167" t="s">
-        <v>1486</v>
+        <v>1503</v>
       </c>
       <c r="C167" t="s">
-        <v>1487</v>
+        <v>1504</v>
       </c>
       <c r="D167" t="s">
-        <v>1488</v>
+        <v>1505</v>
       </c>
       <c r="E167" t="s">
-        <v>1489</v>
+        <v>1506</v>
       </c>
       <c r="F167" t="s">
-        <v>1490</v>
+        <v>1507</v>
       </c>
       <c r="G167" t="s">
-        <v>1491</v>
+        <v>1508</v>
       </c>
       <c r="H167" t="s">
-        <v>1492</v>
+        <v>1509</v>
       </c>
       <c r="I167" t="s">
-        <v>1493</v>
+        <v>1510</v>
       </c>
       <c r="J167" t="s">
-        <v>23</v>
+        <v>1511</v>
       </c>
       <c r="K167" t="s">
-        <v>24</v>
+        <v>1512</v>
       </c>
       <c r="L167" t="s">
-        <v>25</v>
+        <v>1513</v>
       </c>
       <c r="M167" t="s">
-        <v>26</v>
+        <v>1514</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>1494</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4950</v>
+        <v>4716</v>
       </c>
       <c r="B168" t="s">
-        <v>1495</v>
+        <v>1516</v>
       </c>
       <c r="C168" t="s">
-        <v>1496</v>
+        <v>1517</v>
       </c>
       <c r="D168" t="s">
-        <v>1497</v>
+        <v>1518</v>
       </c>
       <c r="E168" t="s">
-        <v>1498</v>
+        <v>1519</v>
       </c>
       <c r="F168" t="s">
-        <v>1499</v>
+        <v>1520</v>
       </c>
       <c r="G168" t="s">
-        <v>1500</v>
+        <v>1521</v>
       </c>
       <c r="H168" t="s">
-        <v>1501</v>
+        <v>1522</v>
       </c>
       <c r="I168" t="s">
-        <v>1502</v>
+        <v>1523</v>
       </c>
       <c r="J168" t="s">
         <v>23</v>
       </c>
       <c r="K168" t="s">
-        <v>319</v>
+        <v>1317</v>
       </c>
       <c r="L168" t="s">
         <v>25</v>
       </c>
       <c r="M168" t="s">
-        <v>321</v>
+        <v>1318</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>1503</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4952</v>
+        <v>4717</v>
       </c>
       <c r="B169" t="s">
-        <v>1504</v>
+        <v>1525</v>
       </c>
       <c r="C169" t="s">
-        <v>1505</v>
+        <v>1526</v>
       </c>
       <c r="D169" t="s">
-        <v>1506</v>
+        <v>1527</v>
       </c>
       <c r="E169" t="s">
-        <v>1507</v>
+        <v>1528</v>
       </c>
       <c r="F169" t="s">
-        <v>1508</v>
+        <v>1529</v>
       </c>
       <c r="G169" t="s">
-        <v>1509</v>
+        <v>1530</v>
       </c>
       <c r="H169" t="s">
-        <v>1510</v>
+        <v>1531</v>
+      </c>
+      <c r="I169" t="s">
+        <v>1532</v>
       </c>
       <c r="J169" t="s">
         <v>23</v>
       </c>
       <c r="K169" t="s">
-        <v>1511</v>
+        <v>53</v>
       </c>
       <c r="L169" t="s">
         <v>25</v>
       </c>
       <c r="M169" t="s">
-        <v>1512</v>
+        <v>54</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>1513</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4956</v>
+        <v>4721</v>
       </c>
       <c r="B170" t="s">
-        <v>1514</v>
+        <v>1534</v>
       </c>
       <c r="C170" t="s">
-        <v>1515</v>
+        <v>1535</v>
       </c>
       <c r="D170" t="s">
-        <v>1516</v>
+        <v>1536</v>
       </c>
       <c r="E170" t="s">
-        <v>1517</v>
+        <v>1537</v>
       </c>
       <c r="F170" t="s">
-        <v>1518</v>
+        <v>1538</v>
       </c>
       <c r="G170" t="s">
-        <v>1519</v>
+        <v>1539</v>
       </c>
       <c r="H170" t="s">
-        <v>1520</v>
+        <v>1540</v>
+      </c>
+      <c r="I170" t="s">
+        <v>1541</v>
       </c>
       <c r="J170" t="s">
         <v>23</v>
       </c>
       <c r="K170" t="s">
-        <v>53</v>
+        <v>1317</v>
       </c>
       <c r="L170" t="s">
         <v>25</v>
       </c>
       <c r="M170" t="s">
-        <v>54</v>
+        <v>1318</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>1521</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4965</v>
+        <v>4722</v>
       </c>
       <c r="B171" t="s">
-        <v>1522</v>
+        <v>1543</v>
       </c>
       <c r="C171" t="s">
-        <v>1523</v>
+        <v>1544</v>
       </c>
       <c r="D171" t="s">
-        <v>1524</v>
+        <v>1545</v>
       </c>
       <c r="E171" t="s">
-        <v>1525</v>
+        <v>1546</v>
       </c>
       <c r="F171" t="s">
-        <v>1526</v>
+        <v>1547</v>
       </c>
       <c r="G171" t="s">
-        <v>1527</v>
+        <v>1548</v>
       </c>
       <c r="H171" t="s">
-        <v>1528</v>
+        <v>1549</v>
       </c>
       <c r="I171" t="s">
-        <v>1529</v>
+        <v>1550</v>
       </c>
       <c r="J171" t="s">
         <v>23</v>
       </c>
       <c r="K171" t="s">
-        <v>53</v>
+        <v>1551</v>
       </c>
       <c r="L171" t="s">
         <v>25</v>
       </c>
       <c r="M171" t="s">
-        <v>54</v>
+        <v>1552</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>1530</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4971</v>
+        <v>4723</v>
       </c>
       <c r="B172" t="s">
-        <v>1531</v>
+        <v>1554</v>
       </c>
       <c r="C172" t="s">
-        <v>1532</v>
+        <v>1555</v>
       </c>
       <c r="D172" t="s">
-        <v>1533</v>
+        <v>1556</v>
       </c>
       <c r="E172" t="s">
-        <v>1534</v>
+        <v>1557</v>
       </c>
       <c r="F172" t="s">
-        <v>1535</v>
+        <v>1558</v>
       </c>
       <c r="G172" t="s">
-        <v>1536</v>
+        <v>1559</v>
       </c>
       <c r="H172" t="s">
-        <v>1537</v>
+        <v>1560</v>
+      </c>
+      <c r="I172" t="s">
+        <v>1561</v>
       </c>
       <c r="J172" t="s">
         <v>23</v>
       </c>
       <c r="K172" t="s">
-        <v>53</v>
+        <v>1562</v>
       </c>
       <c r="L172" t="s">
         <v>25</v>
       </c>
       <c r="M172" t="s">
-        <v>54</v>
+        <v>1563</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>1538</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>5020</v>
+        <v>4725</v>
       </c>
       <c r="B173" t="s">
-        <v>1539</v>
+        <v>1565</v>
       </c>
       <c r="C173" t="s">
-        <v>1540</v>
+        <v>1566</v>
       </c>
       <c r="D173" t="s">
-        <v>1541</v>
+        <v>1567</v>
       </c>
       <c r="E173" t="s">
-        <v>1542</v>
+        <v>1568</v>
       </c>
       <c r="F173" t="s">
-        <v>1543</v>
+        <v>1569</v>
       </c>
       <c r="G173" t="s">
-        <v>1544</v>
+        <v>1570</v>
       </c>
       <c r="H173" t="s">
-        <v>1545</v>
+        <v>1571</v>
+      </c>
+      <c r="I173" t="s">
+        <v>1572</v>
       </c>
       <c r="J173" t="s">
         <v>23</v>
       </c>
       <c r="K173" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L173" t="s">
         <v>25</v>
       </c>
       <c r="M173" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>1546</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>5024</v>
+        <v>4792</v>
       </c>
       <c r="B174" t="s">
-        <v>1547</v>
+        <v>1574</v>
       </c>
       <c r="C174" t="s">
-        <v>1548</v>
+        <v>1575</v>
       </c>
       <c r="D174" t="s">
-        <v>1549</v>
+        <v>1576</v>
       </c>
       <c r="E174" t="s">
-        <v>1550</v>
+        <v>1577</v>
       </c>
       <c r="F174" t="s">
-        <v>1551</v>
+        <v>1578</v>
       </c>
       <c r="G174" t="s">
-        <v>1552</v>
+        <v>1579</v>
       </c>
       <c r="H174" t="s">
-        <v>1553</v>
+        <v>1580</v>
+      </c>
+      <c r="I174" t="s">
+        <v>1581</v>
       </c>
       <c r="J174" t="s">
         <v>23</v>
       </c>
       <c r="K174" t="s">
-        <v>1554</v>
+        <v>53</v>
       </c>
       <c r="L174" t="s">
         <v>25</v>
       </c>
       <c r="M174" t="s">
-        <v>886</v>
+        <v>54</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>1555</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>5035</v>
+        <v>4801</v>
       </c>
       <c r="B175" t="s">
-        <v>1556</v>
+        <v>1583</v>
       </c>
       <c r="C175" t="s">
-        <v>1557</v>
+        <v>1584</v>
       </c>
       <c r="D175" t="s">
-        <v>1558</v>
+        <v>1585</v>
       </c>
       <c r="E175" t="s">
-        <v>1559</v>
+        <v>1586</v>
       </c>
       <c r="F175" t="s">
-        <v>1560</v>
+        <v>1587</v>
       </c>
       <c r="G175" t="s">
-        <v>1561</v>
+        <v>1588</v>
       </c>
       <c r="H175" t="s">
-        <v>1562</v>
+        <v>1589</v>
+      </c>
+      <c r="I175" t="s">
+        <v>1590</v>
       </c>
       <c r="J175" t="s">
         <v>23</v>
       </c>
       <c r="K175" t="s">
-        <v>475</v>
+        <v>156</v>
       </c>
       <c r="L175" t="s">
         <v>25</v>
       </c>
       <c r="M175" t="s">
-        <v>476</v>
+        <v>157</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>1563</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>5036</v>
+        <v>4810</v>
       </c>
       <c r="B176" t="s">
-        <v>1564</v>
+        <v>1592</v>
       </c>
       <c r="C176" t="s">
-        <v>1565</v>
+        <v>1593</v>
       </c>
       <c r="D176" t="s">
-        <v>1566</v>
+        <v>1594</v>
       </c>
       <c r="E176" t="s">
-        <v>1567</v>
+        <v>1595</v>
       </c>
       <c r="F176" t="s">
-        <v>1568</v>
+        <v>1596</v>
       </c>
       <c r="G176" t="s">
-        <v>1569</v>
+        <v>1597</v>
       </c>
       <c r="H176" t="s">
-        <v>1570</v>
+        <v>1598</v>
+      </c>
+      <c r="I176" t="s">
+        <v>1599</v>
       </c>
       <c r="J176" t="s">
         <v>23</v>
       </c>
       <c r="K176" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L176" t="s">
         <v>25</v>
       </c>
       <c r="M176" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>1571</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>5037</v>
+        <v>4811</v>
       </c>
       <c r="B177" t="s">
-        <v>1572</v>
+        <v>1601</v>
       </c>
       <c r="C177" t="s">
-        <v>1573</v>
+        <v>1602</v>
       </c>
       <c r="D177" t="s">
-        <v>1574</v>
+        <v>1603</v>
       </c>
       <c r="E177" t="s">
-        <v>1575</v>
+        <v>1604</v>
       </c>
       <c r="F177" t="s">
-        <v>1576</v>
+        <v>1605</v>
       </c>
       <c r="G177" t="s">
-        <v>1577</v>
+        <v>1606</v>
       </c>
       <c r="H177" t="s">
-        <v>1578</v>
+        <v>1607</v>
+      </c>
+      <c r="I177" t="s">
+        <v>1608</v>
       </c>
       <c r="J177" t="s">
         <v>23</v>
       </c>
       <c r="K177" t="s">
-        <v>155</v>
+        <v>320</v>
       </c>
       <c r="L177" t="s">
         <v>25</v>
       </c>
       <c r="M177" t="s">
-        <v>156</v>
+        <v>322</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>1579</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>5273</v>
+        <v>4817</v>
       </c>
       <c r="B178" t="s">
-        <v>1580</v>
+        <v>1610</v>
       </c>
       <c r="C178" t="s">
-        <v>1581</v>
+        <v>1611</v>
       </c>
       <c r="D178" t="s">
-        <v>1582</v>
+        <v>1612</v>
       </c>
       <c r="E178" t="s">
-        <v>1583</v>
+        <v>1613</v>
       </c>
       <c r="F178" t="s">
-        <v>1584</v>
+        <v>1614</v>
       </c>
       <c r="G178" t="s">
-        <v>1585</v>
+        <v>1615</v>
       </c>
       <c r="H178" t="s">
-        <v>1586</v>
+        <v>1616</v>
       </c>
       <c r="I178" t="s">
-        <v>1587</v>
+        <v>1617</v>
       </c>
       <c r="J178" t="s">
         <v>23</v>
       </c>
       <c r="K178" t="s">
-        <v>1588</v>
+        <v>53</v>
       </c>
       <c r="L178" t="s">
         <v>25</v>
       </c>
+      <c r="M178" t="s">
+        <v>54</v>
+      </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
-        <v>1589</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>5326</v>
+        <v>4928</v>
       </c>
       <c r="B179" t="s">
-        <v>1590</v>
+        <v>1619</v>
       </c>
       <c r="C179" t="s">
-        <v>1591</v>
+        <v>1620</v>
       </c>
       <c r="D179" t="s">
-        <v>1592</v>
+        <v>1621</v>
       </c>
       <c r="E179" t="s">
-        <v>1593</v>
+        <v>1622</v>
       </c>
       <c r="F179" t="s">
-        <v>1594</v>
+        <v>1623</v>
       </c>
       <c r="G179" t="s">
-        <v>1595</v>
+        <v>1624</v>
       </c>
       <c r="H179" t="s">
-        <v>1596</v>
-[...2 lines deleted...]
-        <v>1597</v>
+        <v>1625</v>
       </c>
       <c r="J179" t="s">
         <v>23</v>
       </c>
       <c r="K179" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L179" t="s">
         <v>25</v>
       </c>
       <c r="M179" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
-        <v>1598</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>5330</v>
+        <v>4935</v>
       </c>
       <c r="B180" t="s">
-        <v>1599</v>
+        <v>1627</v>
       </c>
       <c r="C180" t="s">
-        <v>1600</v>
+        <v>1628</v>
       </c>
       <c r="D180" t="s">
-        <v>1601</v>
+        <v>1629</v>
       </c>
       <c r="E180" t="s">
-        <v>1602</v>
+        <v>1630</v>
       </c>
       <c r="F180" t="s">
-        <v>1603</v>
+        <v>1631</v>
       </c>
       <c r="G180" t="s">
-        <v>1604</v>
+        <v>1632</v>
       </c>
       <c r="H180" t="s">
-        <v>1605</v>
+        <v>1633</v>
       </c>
       <c r="I180" t="s">
-        <v>1606</v>
+        <v>1634</v>
       </c>
       <c r="J180" t="s">
         <v>23</v>
       </c>
       <c r="K180" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L180" t="s">
         <v>25</v>
       </c>
       <c r="M180" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>1607</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>5331</v>
+        <v>4936</v>
       </c>
       <c r="B181" t="s">
-        <v>1608</v>
+        <v>1636</v>
       </c>
       <c r="C181" t="s">
-        <v>1609</v>
+        <v>1637</v>
       </c>
       <c r="D181" t="s">
-        <v>1610</v>
+        <v>1638</v>
       </c>
       <c r="E181" t="s">
-        <v>1611</v>
+        <v>1639</v>
       </c>
       <c r="F181" t="s">
-        <v>1612</v>
+        <v>1640</v>
       </c>
       <c r="G181" t="s">
-        <v>1613</v>
+        <v>1641</v>
       </c>
       <c r="H181" t="s">
-        <v>1614</v>
-[...2 lines deleted...]
-        <v>1615</v>
+        <v>1642</v>
       </c>
       <c r="J181" t="s">
         <v>23</v>
       </c>
       <c r="K181" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="L181" t="s">
         <v>25</v>
       </c>
       <c r="M181" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
-        <v>1616</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>5332</v>
+        <v>4938</v>
       </c>
       <c r="B182" t="s">
-        <v>1617</v>
+        <v>1644</v>
       </c>
       <c r="C182" t="s">
-        <v>1618</v>
+        <v>1645</v>
       </c>
       <c r="D182" t="s">
-        <v>1619</v>
+        <v>1646</v>
       </c>
       <c r="E182" t="s">
-        <v>1620</v>
+        <v>1647</v>
       </c>
       <c r="F182" t="s">
-        <v>1621</v>
+        <v>1648</v>
       </c>
       <c r="G182" t="s">
-        <v>1622</v>
+        <v>1649</v>
       </c>
       <c r="H182" t="s">
-        <v>1623</v>
-[...2 lines deleted...]
-        <v>1624</v>
+        <v>1650</v>
       </c>
       <c r="J182" t="s">
         <v>23</v>
       </c>
       <c r="K182" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L182" t="s">
         <v>25</v>
       </c>
       <c r="M182" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>1625</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>5335</v>
+        <v>4939</v>
       </c>
       <c r="B183" t="s">
-        <v>1626</v>
+        <v>1652</v>
       </c>
       <c r="C183" t="s">
-        <v>1627</v>
+        <v>1653</v>
       </c>
       <c r="D183" t="s">
-        <v>1628</v>
+        <v>1654</v>
       </c>
       <c r="E183" t="s">
-        <v>1629</v>
+        <v>1655</v>
       </c>
       <c r="F183" t="s">
-        <v>1630</v>
+        <v>1656</v>
       </c>
       <c r="G183" t="s">
-        <v>1631</v>
+        <v>1657</v>
       </c>
       <c r="H183" t="s">
-        <v>1632</v>
-[...2 lines deleted...]
-        <v>1633</v>
+        <v>1658</v>
       </c>
       <c r="J183" t="s">
         <v>23</v>
       </c>
       <c r="K183" t="s">
-        <v>53</v>
+        <v>1659</v>
       </c>
       <c r="L183" t="s">
         <v>25</v>
       </c>
       <c r="M183" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>1634</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>5338</v>
+        <v>4940</v>
       </c>
       <c r="B184" t="s">
-        <v>1635</v>
+        <v>1661</v>
       </c>
       <c r="C184" t="s">
-        <v>1636</v>
+        <v>1662</v>
       </c>
       <c r="D184" t="s">
-        <v>1637</v>
+        <v>1663</v>
       </c>
       <c r="E184" t="s">
-        <v>1638</v>
+        <v>1664</v>
       </c>
       <c r="F184" t="s">
-        <v>1639</v>
+        <v>1665</v>
       </c>
       <c r="G184" t="s">
-        <v>1640</v>
+        <v>1666</v>
       </c>
       <c r="H184" t="s">
-        <v>1641</v>
+        <v>1667</v>
       </c>
       <c r="J184" t="s">
         <v>23</v>
       </c>
       <c r="K184" t="s">
         <v>53</v>
       </c>
       <c r="L184" t="s">
         <v>25</v>
       </c>
       <c r="M184" t="s">
         <v>54</v>
       </c>
       <c r="N184" t="s">
         <v>27</v>
       </c>
       <c r="O184" t="s">
-        <v>1642</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>5344</v>
+        <v>4943</v>
       </c>
       <c r="B185" t="s">
-        <v>1643</v>
+        <v>1669</v>
       </c>
       <c r="C185" t="s">
-        <v>1644</v>
+        <v>1670</v>
       </c>
       <c r="D185" t="s">
-        <v>1645</v>
+        <v>1671</v>
       </c>
       <c r="E185" t="s">
-        <v>1646</v>
+        <v>1672</v>
       </c>
       <c r="F185" t="s">
-        <v>1647</v>
+        <v>1673</v>
       </c>
       <c r="G185" t="s">
-        <v>1648</v>
+        <v>1674</v>
       </c>
       <c r="H185" t="s">
-        <v>1649</v>
-[...2 lines deleted...]
-        <v>1650</v>
+        <v>1675</v>
       </c>
       <c r="J185" t="s">
-        <v>318</v>
+        <v>23</v>
       </c>
       <c r="K185" t="s">
-        <v>1651</v>
+        <v>1239</v>
       </c>
       <c r="L185" t="s">
-        <v>320</v>
+        <v>25</v>
       </c>
       <c r="M185" t="s">
-        <v>1652</v>
+        <v>1676</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>1653</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>5346</v>
+        <v>4947</v>
       </c>
       <c r="B186" t="s">
-        <v>1654</v>
+        <v>1678</v>
       </c>
       <c r="C186" t="s">
-        <v>1655</v>
+        <v>1679</v>
       </c>
       <c r="D186" t="s">
-        <v>1656</v>
+        <v>1680</v>
       </c>
       <c r="E186" t="s">
-        <v>1657</v>
+        <v>1681</v>
       </c>
       <c r="F186" t="s">
-        <v>1658</v>
+        <v>1682</v>
       </c>
       <c r="G186" t="s">
-        <v>1659</v>
+        <v>1683</v>
       </c>
       <c r="H186" t="s">
-        <v>1660</v>
+        <v>1684</v>
       </c>
       <c r="I186" t="s">
-        <v>1661</v>
+        <v>1685</v>
       </c>
       <c r="J186" t="s">
         <v>23</v>
       </c>
       <c r="K186" t="s">
-        <v>1662</v>
+        <v>24</v>
       </c>
       <c r="L186" t="s">
         <v>25</v>
       </c>
+      <c r="M186" t="s">
+        <v>26</v>
+      </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>1663</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>5348</v>
+        <v>4950</v>
       </c>
       <c r="B187" t="s">
-        <v>1664</v>
+        <v>1687</v>
       </c>
       <c r="C187" t="s">
-        <v>1665</v>
+        <v>1688</v>
       </c>
       <c r="D187" t="s">
-        <v>1666</v>
+        <v>1689</v>
       </c>
       <c r="E187" t="s">
-        <v>1667</v>
+        <v>1690</v>
       </c>
       <c r="F187" t="s">
-        <v>1668</v>
+        <v>1691</v>
       </c>
       <c r="G187" t="s">
-        <v>1669</v>
+        <v>1692</v>
       </c>
       <c r="H187" t="s">
-        <v>1670</v>
+        <v>1693</v>
       </c>
       <c r="I187" t="s">
-        <v>1671</v>
+        <v>1694</v>
       </c>
       <c r="J187" t="s">
         <v>23</v>
       </c>
       <c r="K187" t="s">
-        <v>155</v>
+        <v>320</v>
       </c>
       <c r="L187" t="s">
         <v>25</v>
       </c>
       <c r="M187" t="s">
-        <v>156</v>
+        <v>322</v>
       </c>
       <c r="N187" t="s">
         <v>27</v>
       </c>
       <c r="O187" t="s">
-        <v>1672</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>5351</v>
+        <v>4952</v>
       </c>
       <c r="B188" t="s">
-        <v>1673</v>
+        <v>1696</v>
       </c>
       <c r="C188" t="s">
-        <v>1674</v>
+        <v>1697</v>
       </c>
       <c r="D188" t="s">
-        <v>1675</v>
+        <v>1698</v>
       </c>
       <c r="E188" t="s">
-        <v>1676</v>
+        <v>1699</v>
       </c>
       <c r="F188" t="s">
-        <v>1677</v>
+        <v>1700</v>
       </c>
       <c r="G188" t="s">
-        <v>1678</v>
+        <v>1701</v>
       </c>
       <c r="H188" t="s">
-        <v>1679</v>
-[...2 lines deleted...]
-        <v>1680</v>
+        <v>1702</v>
       </c>
       <c r="J188" t="s">
         <v>23</v>
       </c>
       <c r="K188" t="s">
-        <v>53</v>
+        <v>1703</v>
       </c>
       <c r="L188" t="s">
         <v>25</v>
       </c>
       <c r="M188" t="s">
-        <v>54</v>
+        <v>1704</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>1681</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>5353</v>
+        <v>4956</v>
       </c>
       <c r="B189" t="s">
-        <v>1682</v>
+        <v>1706</v>
       </c>
       <c r="C189" t="s">
-        <v>1683</v>
+        <v>1707</v>
       </c>
       <c r="D189" t="s">
-        <v>1684</v>
+        <v>1708</v>
       </c>
       <c r="E189" t="s">
-        <v>1685</v>
+        <v>1709</v>
       </c>
       <c r="F189" t="s">
-        <v>1686</v>
+        <v>1710</v>
       </c>
       <c r="G189" t="s">
-        <v>1687</v>
+        <v>1711</v>
       </c>
       <c r="H189" t="s">
-        <v>1688</v>
-[...2 lines deleted...]
-        <v>1689</v>
+        <v>1712</v>
       </c>
       <c r="J189" t="s">
-        <v>318</v>
+        <v>23</v>
       </c>
       <c r="K189" t="s">
-        <v>598</v>
+        <v>53</v>
       </c>
       <c r="L189" t="s">
-        <v>320</v>
+        <v>25</v>
+      </c>
+      <c r="M189" t="s">
+        <v>54</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>1690</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>5354</v>
+        <v>4965</v>
       </c>
       <c r="B190" t="s">
-        <v>1691</v>
+        <v>1714</v>
       </c>
       <c r="C190" t="s">
-        <v>1692</v>
+        <v>1715</v>
       </c>
       <c r="D190" t="s">
-        <v>1693</v>
+        <v>1716</v>
       </c>
       <c r="E190" t="s">
-        <v>1694</v>
+        <v>1717</v>
       </c>
       <c r="F190" t="s">
-        <v>1695</v>
+        <v>1718</v>
       </c>
       <c r="G190" t="s">
-        <v>1696</v>
+        <v>1719</v>
       </c>
       <c r="H190" t="s">
-        <v>1697</v>
+        <v>1720</v>
       </c>
       <c r="I190" t="s">
-        <v>1698</v>
+        <v>1721</v>
       </c>
       <c r="J190" t="s">
         <v>23</v>
       </c>
       <c r="K190" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L190" t="s">
         <v>25</v>
       </c>
       <c r="M190" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>1699</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>5359</v>
+        <v>4971</v>
       </c>
       <c r="B191" t="s">
-        <v>1700</v>
+        <v>1723</v>
       </c>
       <c r="C191" t="s">
-        <v>1701</v>
+        <v>1724</v>
       </c>
       <c r="D191" t="s">
-        <v>1702</v>
+        <v>1725</v>
       </c>
       <c r="E191" t="s">
-        <v>1703</v>
+        <v>1726</v>
       </c>
       <c r="F191" t="s">
-        <v>1704</v>
+        <v>1727</v>
       </c>
       <c r="G191" t="s">
-        <v>1705</v>
+        <v>1728</v>
       </c>
       <c r="H191" t="s">
-        <v>1706</v>
-[...2 lines deleted...]
-        <v>1707</v>
+        <v>1729</v>
       </c>
       <c r="J191" t="s">
         <v>23</v>
       </c>
       <c r="K191" t="s">
         <v>53</v>
       </c>
       <c r="L191" t="s">
         <v>25</v>
       </c>
       <c r="M191" t="s">
         <v>54</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>1708</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>5364</v>
+        <v>5020</v>
       </c>
       <c r="B192" t="s">
-        <v>1709</v>
+        <v>1731</v>
       </c>
       <c r="C192" t="s">
-        <v>1710</v>
+        <v>1732</v>
       </c>
       <c r="D192" t="s">
-        <v>1711</v>
+        <v>1733</v>
       </c>
       <c r="E192" t="s">
-        <v>1712</v>
+        <v>1734</v>
       </c>
       <c r="F192" t="s">
-        <v>1713</v>
+        <v>1735</v>
       </c>
       <c r="G192" t="s">
-        <v>1714</v>
+        <v>1736</v>
       </c>
       <c r="H192" t="s">
-        <v>1715</v>
-[...2 lines deleted...]
-        <v>1716</v>
+        <v>1737</v>
       </c>
       <c r="J192" t="s">
         <v>23</v>
       </c>
       <c r="K192" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="L192" t="s">
         <v>25</v>
       </c>
       <c r="M192" t="s">
-        <v>26</v>
+        <v>157</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
-        <v>1717</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>5365</v>
+        <v>5024</v>
       </c>
       <c r="B193" t="s">
-        <v>1718</v>
+        <v>1739</v>
       </c>
       <c r="C193" t="s">
-        <v>1719</v>
+        <v>1740</v>
       </c>
       <c r="D193" t="s">
-        <v>1720</v>
+        <v>1741</v>
       </c>
       <c r="E193" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="F193" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="G193" t="s">
-        <v>1723</v>
+        <v>1744</v>
       </c>
       <c r="H193" t="s">
-        <v>1724</v>
-[...2 lines deleted...]
-        <v>1725</v>
+        <v>1745</v>
       </c>
       <c r="J193" t="s">
         <v>23</v>
       </c>
       <c r="K193" t="s">
-        <v>53</v>
+        <v>1746</v>
       </c>
       <c r="L193" t="s">
         <v>25</v>
       </c>
       <c r="M193" t="s">
-        <v>54</v>
+        <v>894</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>1726</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>5367</v>
+        <v>5035</v>
       </c>
       <c r="B194" t="s">
-        <v>1727</v>
+        <v>1748</v>
       </c>
       <c r="C194" t="s">
-        <v>1728</v>
+        <v>1749</v>
       </c>
       <c r="D194" t="s">
-        <v>1729</v>
+        <v>1750</v>
       </c>
       <c r="E194" t="s">
-        <v>1730</v>
+        <v>1751</v>
       </c>
       <c r="F194" t="s">
-        <v>1731</v>
+        <v>1752</v>
       </c>
       <c r="G194" t="s">
-        <v>1732</v>
+        <v>1753</v>
       </c>
       <c r="H194" t="s">
-        <v>1733</v>
-[...2 lines deleted...]
-        <v>1734</v>
+        <v>1754</v>
       </c>
       <c r="J194" t="s">
         <v>23</v>
       </c>
       <c r="K194" t="s">
-        <v>53</v>
+        <v>476</v>
       </c>
       <c r="L194" t="s">
         <v>25</v>
       </c>
       <c r="M194" t="s">
-        <v>54</v>
+        <v>477</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>1735</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5368</v>
+        <v>5036</v>
       </c>
       <c r="B195" t="s">
-        <v>1736</v>
+        <v>1756</v>
       </c>
       <c r="C195" t="s">
-        <v>1737</v>
+        <v>1757</v>
       </c>
       <c r="D195" t="s">
-        <v>1738</v>
+        <v>1758</v>
       </c>
       <c r="E195" t="s">
-        <v>1739</v>
+        <v>1759</v>
       </c>
       <c r="F195" t="s">
-        <v>1740</v>
+        <v>1760</v>
       </c>
       <c r="G195" t="s">
-        <v>1741</v>
+        <v>1761</v>
       </c>
       <c r="H195" t="s">
-        <v>1742</v>
-[...2 lines deleted...]
-        <v>1743</v>
+        <v>1762</v>
       </c>
       <c r="J195" t="s">
         <v>23</v>
       </c>
       <c r="K195" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L195" t="s">
         <v>25</v>
       </c>
       <c r="M195" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>1744</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5372</v>
+        <v>5037</v>
       </c>
       <c r="B196" t="s">
-        <v>1745</v>
+        <v>1764</v>
       </c>
       <c r="C196" t="s">
-        <v>1746</v>
+        <v>1765</v>
       </c>
       <c r="D196" t="s">
-        <v>1747</v>
+        <v>1766</v>
       </c>
       <c r="E196" t="s">
-        <v>1748</v>
+        <v>1767</v>
       </c>
       <c r="F196" t="s">
-        <v>1749</v>
+        <v>1768</v>
       </c>
       <c r="G196" t="s">
-        <v>1750</v>
+        <v>1769</v>
       </c>
       <c r="H196" t="s">
-        <v>1751</v>
-[...2 lines deleted...]
-        <v>1752</v>
+        <v>1770</v>
       </c>
       <c r="J196" t="s">
         <v>23</v>
       </c>
       <c r="K196" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L196" t="s">
         <v>25</v>
       </c>
       <c r="M196" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
-        <v>1753</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5375</v>
+        <v>5273</v>
       </c>
       <c r="B197" t="s">
-        <v>1754</v>
+        <v>1772</v>
       </c>
       <c r="C197" t="s">
-        <v>1755</v>
+        <v>1773</v>
       </c>
       <c r="D197" t="s">
-        <v>1756</v>
+        <v>1774</v>
       </c>
       <c r="E197" t="s">
-        <v>1757</v>
+        <v>1775</v>
       </c>
       <c r="F197" t="s">
-        <v>1758</v>
+        <v>1776</v>
       </c>
       <c r="G197" t="s">
-        <v>1759</v>
+        <v>1777</v>
       </c>
       <c r="H197" t="s">
-        <v>1760</v>
+        <v>1778</v>
       </c>
       <c r="I197" t="s">
-        <v>1761</v>
+        <v>1779</v>
       </c>
       <c r="J197" t="s">
-        <v>318</v>
+        <v>23</v>
       </c>
       <c r="K197" t="s">
-        <v>579</v>
+        <v>1780</v>
       </c>
       <c r="L197" t="s">
-        <v>320</v>
+        <v>25</v>
+      </c>
+      <c r="M197" t="s">
+        <v>1781</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>1762</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5382</v>
+        <v>5326</v>
       </c>
       <c r="B198" t="s">
-        <v>1763</v>
+        <v>1783</v>
       </c>
       <c r="C198" t="s">
-        <v>1764</v>
+        <v>1784</v>
       </c>
       <c r="D198" t="s">
-        <v>1765</v>
+        <v>1785</v>
       </c>
       <c r="E198" t="s">
-        <v>1766</v>
+        <v>1786</v>
       </c>
       <c r="F198" t="s">
-        <v>1767</v>
+        <v>1787</v>
       </c>
       <c r="G198" t="s">
-        <v>1768</v>
+        <v>1788</v>
       </c>
       <c r="H198" t="s">
-        <v>1769</v>
+        <v>1789</v>
       </c>
       <c r="I198" t="s">
-        <v>1770</v>
+        <v>1790</v>
       </c>
       <c r="J198" t="s">
         <v>23</v>
       </c>
       <c r="K198" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L198" t="s">
         <v>25</v>
       </c>
       <c r="M198" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>1771</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5435</v>
+        <v>5330</v>
       </c>
       <c r="B199" t="s">
-        <v>1772</v>
+        <v>1792</v>
       </c>
       <c r="C199" t="s">
-        <v>1773</v>
+        <v>1793</v>
       </c>
       <c r="D199" t="s">
-        <v>1774</v>
+        <v>1794</v>
       </c>
       <c r="E199" t="s">
-        <v>1775</v>
+        <v>1795</v>
       </c>
       <c r="F199" t="s">
-        <v>1776</v>
+        <v>1796</v>
       </c>
       <c r="G199" t="s">
-        <v>1777</v>
+        <v>1797</v>
       </c>
       <c r="H199" t="s">
-        <v>1778</v>
+        <v>1798</v>
       </c>
       <c r="I199" t="s">
-        <v>1779</v>
+        <v>1799</v>
       </c>
       <c r="J199" t="s">
         <v>23</v>
       </c>
       <c r="K199" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L199" t="s">
         <v>25</v>
       </c>
       <c r="M199" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>1780</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5437</v>
+        <v>5331</v>
       </c>
       <c r="B200" t="s">
-        <v>1781</v>
+        <v>1801</v>
       </c>
       <c r="C200" t="s">
-        <v>1782</v>
+        <v>1802</v>
       </c>
       <c r="D200" t="s">
-        <v>1783</v>
+        <v>1803</v>
       </c>
       <c r="E200" t="s">
-        <v>1784</v>
+        <v>1804</v>
       </c>
       <c r="F200" t="s">
-        <v>1785</v>
+        <v>1805</v>
       </c>
       <c r="G200" t="s">
-        <v>1786</v>
+        <v>1806</v>
       </c>
       <c r="H200" t="s">
-        <v>1787</v>
+        <v>1807</v>
       </c>
       <c r="I200" t="s">
-        <v>1788</v>
+        <v>1808</v>
       </c>
       <c r="J200" t="s">
         <v>23</v>
       </c>
       <c r="K200" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L200" t="s">
         <v>25</v>
       </c>
       <c r="M200" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>1789</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5439</v>
+        <v>5332</v>
       </c>
       <c r="B201" t="s">
-        <v>1790</v>
+        <v>1810</v>
       </c>
       <c r="C201" t="s">
-        <v>1791</v>
+        <v>1811</v>
       </c>
       <c r="D201" t="s">
-        <v>1792</v>
+        <v>1812</v>
       </c>
       <c r="E201" t="s">
-        <v>1793</v>
+        <v>1813</v>
       </c>
       <c r="F201" t="s">
-        <v>1794</v>
+        <v>1814</v>
       </c>
       <c r="G201" t="s">
-        <v>1795</v>
+        <v>1815</v>
       </c>
       <c r="H201" t="s">
-        <v>1796</v>
+        <v>1816</v>
       </c>
       <c r="I201" t="s">
-        <v>1797</v>
+        <v>1817</v>
       </c>
       <c r="J201" t="s">
         <v>23</v>
       </c>
       <c r="K201" t="s">
         <v>53</v>
       </c>
       <c r="L201" t="s">
         <v>25</v>
       </c>
       <c r="M201" t="s">
         <v>54</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
-        <v>1798</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5463</v>
+        <v>5335</v>
       </c>
       <c r="B202" t="s">
-        <v>1799</v>
+        <v>1819</v>
       </c>
       <c r="C202" t="s">
-        <v>1800</v>
+        <v>1820</v>
       </c>
       <c r="D202" t="s">
-        <v>1801</v>
+        <v>1821</v>
       </c>
       <c r="E202" t="s">
-        <v>1802</v>
+        <v>1822</v>
       </c>
       <c r="F202" t="s">
-        <v>1803</v>
+        <v>1823</v>
       </c>
       <c r="G202" t="s">
-        <v>1804</v>
+        <v>1824</v>
       </c>
       <c r="H202" t="s">
-        <v>1805</v>
+        <v>1825</v>
+      </c>
+      <c r="I202" t="s">
+        <v>1826</v>
       </c>
       <c r="J202" t="s">
         <v>23</v>
       </c>
       <c r="K202" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L202" t="s">
         <v>25</v>
       </c>
       <c r="M202" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
-        <v>1806</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5469</v>
+        <v>5338</v>
       </c>
       <c r="B203" t="s">
-        <v>1807</v>
+        <v>1828</v>
       </c>
       <c r="C203" t="s">
-        <v>1808</v>
+        <v>1829</v>
       </c>
       <c r="D203" t="s">
-        <v>1809</v>
+        <v>1830</v>
       </c>
       <c r="E203" t="s">
-        <v>1810</v>
+        <v>1831</v>
       </c>
       <c r="F203" t="s">
-        <v>1811</v>
+        <v>1832</v>
       </c>
       <c r="G203" t="s">
-        <v>1812</v>
+        <v>1833</v>
       </c>
       <c r="H203" t="s">
-        <v>1813</v>
+        <v>1834</v>
       </c>
       <c r="J203" t="s">
         <v>23</v>
       </c>
       <c r="K203" t="s">
-        <v>1814</v>
+        <v>53</v>
       </c>
       <c r="L203" t="s">
         <v>25</v>
       </c>
       <c r="M203" t="s">
-        <v>1815</v>
+        <v>54</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
-        <v>1816</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5472</v>
+        <v>5344</v>
       </c>
       <c r="B204" t="s">
-        <v>1817</v>
+        <v>1836</v>
       </c>
       <c r="C204" t="s">
-        <v>1818</v>
+        <v>1837</v>
       </c>
       <c r="D204" t="s">
-        <v>1819</v>
+        <v>1838</v>
       </c>
       <c r="E204" t="s">
-        <v>1820</v>
+        <v>1839</v>
       </c>
       <c r="F204" t="s">
-        <v>1821</v>
+        <v>1840</v>
       </c>
       <c r="G204" t="s">
-        <v>1822</v>
+        <v>1841</v>
       </c>
       <c r="H204" t="s">
-        <v>1823</v>
+        <v>1842</v>
+      </c>
+      <c r="I204" t="s">
+        <v>1843</v>
       </c>
       <c r="J204" t="s">
-        <v>23</v>
+        <v>319</v>
       </c>
       <c r="K204" t="s">
-        <v>53</v>
+        <v>1844</v>
       </c>
       <c r="L204" t="s">
-        <v>25</v>
+        <v>321</v>
       </c>
       <c r="M204" t="s">
-        <v>54</v>
+        <v>1845</v>
       </c>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204" t="s">
-        <v>1824</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5474</v>
+        <v>5346</v>
       </c>
       <c r="B205" t="s">
-        <v>1825</v>
+        <v>1847</v>
       </c>
       <c r="C205" t="s">
-        <v>1826</v>
+        <v>1848</v>
       </c>
       <c r="D205" t="s">
-        <v>1827</v>
+        <v>1849</v>
       </c>
       <c r="E205" t="s">
-        <v>1828</v>
+        <v>1850</v>
       </c>
       <c r="F205" t="s">
-        <v>1829</v>
+        <v>1851</v>
       </c>
       <c r="G205" t="s">
-        <v>1830</v>
+        <v>1852</v>
       </c>
       <c r="H205" t="s">
-        <v>1831</v>
+        <v>1853</v>
       </c>
       <c r="I205" t="s">
-        <v>1832</v>
+        <v>1854</v>
       </c>
       <c r="J205" t="s">
         <v>23</v>
       </c>
       <c r="K205" t="s">
-        <v>53</v>
+        <v>1855</v>
       </c>
       <c r="L205" t="s">
         <v>25</v>
       </c>
       <c r="M205" t="s">
-        <v>54</v>
+        <v>1856</v>
       </c>
       <c r="N205" t="s">
         <v>27</v>
       </c>
       <c r="O205" t="s">
-        <v>1833</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5475</v>
+        <v>5348</v>
       </c>
       <c r="B206" t="s">
-        <v>1834</v>
+        <v>1858</v>
       </c>
       <c r="C206" t="s">
-        <v>1835</v>
+        <v>1859</v>
       </c>
       <c r="D206" t="s">
-        <v>1836</v>
+        <v>1860</v>
       </c>
       <c r="E206" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="F206" t="s">
-        <v>1838</v>
+        <v>1862</v>
       </c>
       <c r="G206" t="s">
-        <v>1839</v>
+        <v>1863</v>
       </c>
       <c r="H206" t="s">
-        <v>1840</v>
+        <v>1864</v>
       </c>
       <c r="I206" t="s">
-        <v>1841</v>
+        <v>1865</v>
       </c>
       <c r="J206" t="s">
         <v>23</v>
       </c>
       <c r="K206" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L206" t="s">
         <v>25</v>
       </c>
       <c r="M206" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N206" t="s">
         <v>27</v>
       </c>
       <c r="O206" t="s">
-        <v>1842</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5476</v>
+        <v>5351</v>
       </c>
       <c r="B207" t="s">
-        <v>1843</v>
+        <v>1867</v>
       </c>
       <c r="C207" t="s">
-        <v>1844</v>
+        <v>1868</v>
       </c>
       <c r="D207" t="s">
-        <v>1845</v>
+        <v>1869</v>
       </c>
       <c r="E207" t="s">
-        <v>1846</v>
+        <v>1870</v>
       </c>
       <c r="F207" t="s">
-        <v>1847</v>
+        <v>1871</v>
       </c>
       <c r="G207" t="s">
-        <v>1848</v>
+        <v>1872</v>
       </c>
       <c r="H207" t="s">
-        <v>1849</v>
+        <v>1873</v>
       </c>
       <c r="I207" t="s">
-        <v>1850</v>
+        <v>1874</v>
       </c>
       <c r="J207" t="s">
-        <v>1851</v>
+        <v>23</v>
       </c>
       <c r="K207" t="s">
-        <v>1380</v>
+        <v>53</v>
       </c>
       <c r="L207" t="s">
-        <v>1852</v>
+        <v>25</v>
+      </c>
+      <c r="M207" t="s">
+        <v>54</v>
       </c>
       <c r="N207" t="s">
         <v>27</v>
       </c>
       <c r="O207" t="s">
-        <v>1853</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5477</v>
+        <v>5353</v>
       </c>
       <c r="B208" t="s">
-        <v>1854</v>
+        <v>1876</v>
       </c>
       <c r="C208" t="s">
-        <v>1855</v>
+        <v>1877</v>
       </c>
       <c r="D208" t="s">
-        <v>1856</v>
+        <v>1878</v>
       </c>
       <c r="E208" t="s">
-        <v>1855</v>
+        <v>1879</v>
       </c>
       <c r="F208" t="s">
-        <v>1857</v>
+        <v>1880</v>
       </c>
       <c r="G208" t="s">
-        <v>1858</v>
+        <v>1881</v>
       </c>
       <c r="H208" t="s">
-        <v>1859</v>
+        <v>1882</v>
+      </c>
+      <c r="I208" t="s">
+        <v>1883</v>
       </c>
       <c r="J208" t="s">
-        <v>1367</v>
+        <v>319</v>
       </c>
       <c r="K208" t="s">
-        <v>1860</v>
+        <v>603</v>
       </c>
       <c r="L208" t="s">
-        <v>1369</v>
+        <v>321</v>
       </c>
       <c r="M208" t="s">
-        <v>1861</v>
+        <v>604</v>
       </c>
       <c r="N208" t="s">
         <v>27</v>
       </c>
       <c r="O208" t="s">
-        <v>1862</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5478</v>
+        <v>5354</v>
       </c>
       <c r="B209" t="s">
-        <v>1863</v>
+        <v>1885</v>
       </c>
       <c r="C209" t="s">
-        <v>1864</v>
+        <v>1886</v>
       </c>
       <c r="D209" t="s">
-        <v>1865</v>
+        <v>1887</v>
       </c>
       <c r="E209" t="s">
-        <v>1866</v>
+        <v>1888</v>
       </c>
       <c r="F209" t="s">
-        <v>1867</v>
+        <v>1889</v>
       </c>
       <c r="G209" t="s">
-        <v>1868</v>
+        <v>1890</v>
       </c>
       <c r="H209" t="s">
-        <v>1869</v>
+        <v>1891</v>
       </c>
       <c r="I209" t="s">
-        <v>1870</v>
+        <v>1892</v>
       </c>
       <c r="J209" t="s">
         <v>23</v>
       </c>
       <c r="K209" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L209" t="s">
         <v>25</v>
       </c>
       <c r="M209" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N209" t="s">
         <v>27</v>
       </c>
       <c r="O209" t="s">
-        <v>1871</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5483</v>
+        <v>5359</v>
       </c>
       <c r="B210" t="s">
-        <v>1872</v>
+        <v>1894</v>
       </c>
       <c r="C210" t="s">
-        <v>1873</v>
+        <v>1895</v>
       </c>
       <c r="D210" t="s">
-        <v>1874</v>
+        <v>1896</v>
       </c>
       <c r="E210" t="s">
-        <v>1875</v>
+        <v>1897</v>
       </c>
       <c r="F210" t="s">
-        <v>1876</v>
+        <v>1898</v>
       </c>
       <c r="G210" t="s">
-        <v>1877</v>
+        <v>1899</v>
       </c>
       <c r="H210" t="s">
-        <v>1878</v>
+        <v>1900</v>
+      </c>
+      <c r="I210" t="s">
+        <v>1901</v>
       </c>
       <c r="J210" t="s">
         <v>23</v>
       </c>
       <c r="K210" t="s">
         <v>53</v>
       </c>
       <c r="L210" t="s">
         <v>25</v>
       </c>
       <c r="M210" t="s">
         <v>54</v>
       </c>
       <c r="N210" t="s">
         <v>27</v>
       </c>
       <c r="O210" t="s">
-        <v>1879</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5488</v>
+        <v>5364</v>
       </c>
       <c r="B211" t="s">
-        <v>1880</v>
+        <v>1903</v>
       </c>
       <c r="C211" t="s">
-        <v>1881</v>
+        <v>1904</v>
       </c>
       <c r="D211" t="s">
-        <v>1882</v>
+        <v>1905</v>
       </c>
       <c r="E211" t="s">
-        <v>1883</v>
+        <v>1906</v>
       </c>
       <c r="F211" t="s">
-        <v>1884</v>
+        <v>1907</v>
       </c>
       <c r="G211" t="s">
-        <v>1885</v>
+        <v>1908</v>
       </c>
       <c r="H211" t="s">
-        <v>1886</v>
+        <v>1909</v>
+      </c>
+      <c r="I211" t="s">
+        <v>1910</v>
       </c>
       <c r="J211" t="s">
         <v>23</v>
       </c>
       <c r="K211" t="s">
-        <v>155</v>
+        <v>24</v>
       </c>
       <c r="L211" t="s">
         <v>25</v>
       </c>
       <c r="M211" t="s">
-        <v>156</v>
+        <v>26</v>
       </c>
       <c r="N211" t="s">
         <v>27</v>
       </c>
       <c r="O211" t="s">
-        <v>1887</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5494</v>
+        <v>5365</v>
       </c>
       <c r="B212" t="s">
-        <v>1888</v>
+        <v>1912</v>
       </c>
       <c r="C212" t="s">
-        <v>1889</v>
+        <v>1913</v>
       </c>
       <c r="D212" t="s">
-        <v>1890</v>
+        <v>1914</v>
       </c>
       <c r="E212" t="s">
-        <v>1891</v>
+        <v>1915</v>
       </c>
       <c r="F212" t="s">
-        <v>1892</v>
+        <v>1916</v>
       </c>
       <c r="G212" t="s">
-        <v>1893</v>
+        <v>1917</v>
       </c>
       <c r="H212" t="s">
-        <v>1894</v>
+        <v>1918</v>
+      </c>
+      <c r="I212" t="s">
+        <v>1919</v>
       </c>
       <c r="J212" t="s">
-        <v>1895</v>
+        <v>23</v>
       </c>
       <c r="K212" t="s">
-        <v>1554</v>
+        <v>53</v>
       </c>
       <c r="L212" t="s">
-        <v>1896</v>
+        <v>25</v>
       </c>
       <c r="M212" t="s">
-        <v>886</v>
+        <v>54</v>
       </c>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
-        <v>1897</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5495</v>
+        <v>5367</v>
       </c>
       <c r="B213" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="C213" t="s">
-        <v>1899</v>
+        <v>1922</v>
       </c>
       <c r="D213" t="s">
-        <v>1900</v>
+        <v>1923</v>
       </c>
       <c r="E213" t="s">
-        <v>1901</v>
+        <v>1924</v>
       </c>
       <c r="F213" t="s">
-        <v>1902</v>
+        <v>1925</v>
       </c>
       <c r="G213" t="s">
-        <v>1903</v>
+        <v>1926</v>
       </c>
       <c r="H213" t="s">
-        <v>1904</v>
+        <v>1927</v>
+      </c>
+      <c r="I213" t="s">
+        <v>1928</v>
       </c>
       <c r="J213" t="s">
         <v>23</v>
       </c>
       <c r="K213" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L213" t="s">
         <v>25</v>
       </c>
       <c r="M213" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N213" t="s">
         <v>27</v>
       </c>
       <c r="O213" t="s">
-        <v>1905</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5496</v>
+        <v>5368</v>
       </c>
       <c r="B214" t="s">
-        <v>1906</v>
+        <v>1930</v>
       </c>
       <c r="C214" t="s">
-        <v>1907</v>
+        <v>1931</v>
       </c>
       <c r="D214" t="s">
-        <v>1908</v>
+        <v>1932</v>
       </c>
       <c r="E214" t="s">
-        <v>1909</v>
+        <v>1933</v>
       </c>
       <c r="F214" t="s">
-        <v>1910</v>
+        <v>1934</v>
       </c>
       <c r="G214" t="s">
-        <v>1911</v>
+        <v>1935</v>
       </c>
       <c r="H214" t="s">
-        <v>1912</v>
+        <v>1936</v>
       </c>
       <c r="I214" t="s">
-        <v>1913</v>
+        <v>1937</v>
       </c>
       <c r="J214" t="s">
         <v>23</v>
       </c>
       <c r="K214" t="s">
-        <v>579</v>
+        <v>53</v>
       </c>
       <c r="L214" t="s">
         <v>25</v>
       </c>
+      <c r="M214" t="s">
+        <v>54</v>
+      </c>
       <c r="N214" t="s">
         <v>27</v>
       </c>
       <c r="O214" t="s">
-        <v>1914</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5499</v>
+        <v>5372</v>
       </c>
       <c r="B215" t="s">
-        <v>1915</v>
+        <v>1939</v>
       </c>
       <c r="C215" t="s">
-        <v>1916</v>
+        <v>1940</v>
       </c>
       <c r="D215" t="s">
-        <v>1917</v>
+        <v>1941</v>
       </c>
       <c r="E215" t="s">
-        <v>1918</v>
+        <v>1942</v>
       </c>
       <c r="F215" t="s">
-        <v>1919</v>
+        <v>1943</v>
       </c>
       <c r="G215" t="s">
-        <v>1920</v>
+        <v>1944</v>
       </c>
       <c r="H215" t="s">
-        <v>1921</v>
+        <v>1945</v>
+      </c>
+      <c r="I215" t="s">
+        <v>1946</v>
       </c>
       <c r="J215" t="s">
         <v>23</v>
       </c>
       <c r="K215" t="s">
-        <v>1922</v>
+        <v>53</v>
       </c>
       <c r="L215" t="s">
         <v>25</v>
       </c>
       <c r="M215" t="s">
-        <v>1923</v>
+        <v>54</v>
       </c>
       <c r="N215" t="s">
         <v>27</v>
       </c>
       <c r="O215" t="s">
-        <v>1924</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5500</v>
+        <v>5375</v>
       </c>
       <c r="B216" t="s">
-        <v>1925</v>
+        <v>1948</v>
       </c>
       <c r="C216" t="s">
-        <v>1926</v>
+        <v>1949</v>
       </c>
       <c r="D216" t="s">
-        <v>1927</v>
+        <v>1950</v>
       </c>
       <c r="E216" t="s">
-        <v>1928</v>
+        <v>1951</v>
       </c>
       <c r="F216" t="s">
-        <v>1929</v>
+        <v>1952</v>
       </c>
       <c r="G216" t="s">
-        <v>1930</v>
+        <v>1953</v>
       </c>
       <c r="H216" t="s">
-        <v>1931</v>
+        <v>1954</v>
+      </c>
+      <c r="I216" t="s">
+        <v>1955</v>
       </c>
       <c r="J216" t="s">
-        <v>1932</v>
+        <v>319</v>
       </c>
       <c r="K216" t="s">
-        <v>1933</v>
+        <v>583</v>
       </c>
       <c r="L216" t="s">
-        <v>1934</v>
+        <v>321</v>
       </c>
       <c r="M216" t="s">
-        <v>1935</v>
+        <v>584</v>
       </c>
       <c r="N216" t="s">
         <v>27</v>
       </c>
       <c r="O216" t="s">
-        <v>1936</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5502</v>
+        <v>5382</v>
       </c>
       <c r="B217" t="s">
-        <v>1937</v>
+        <v>1957</v>
       </c>
       <c r="C217" t="s">
-        <v>1938</v>
+        <v>1958</v>
       </c>
       <c r="D217" t="s">
-        <v>1939</v>
+        <v>1959</v>
       </c>
       <c r="E217" t="s">
-        <v>1940</v>
+        <v>1960</v>
       </c>
       <c r="F217" t="s">
-        <v>1941</v>
+        <v>1961</v>
       </c>
       <c r="G217" t="s">
-        <v>1942</v>
+        <v>1962</v>
       </c>
       <c r="H217" t="s">
-        <v>1943</v>
+        <v>1963</v>
       </c>
       <c r="I217" t="s">
-        <v>1944</v>
+        <v>1964</v>
       </c>
       <c r="J217" t="s">
         <v>23</v>
       </c>
       <c r="K217" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L217" t="s">
         <v>25</v>
       </c>
       <c r="M217" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N217" t="s">
         <v>27</v>
       </c>
       <c r="O217" t="s">
-        <v>1945</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5504</v>
+        <v>5435</v>
       </c>
       <c r="B218" t="s">
-        <v>1946</v>
+        <v>1966</v>
       </c>
       <c r="C218" t="s">
-        <v>1947</v>
+        <v>1967</v>
       </c>
       <c r="D218" t="s">
-        <v>1948</v>
+        <v>1968</v>
       </c>
       <c r="E218" t="s">
-        <v>1949</v>
+        <v>1969</v>
       </c>
       <c r="F218" t="s">
-        <v>1950</v>
+        <v>1970</v>
       </c>
       <c r="G218" t="s">
-        <v>1951</v>
+        <v>1971</v>
       </c>
       <c r="H218" t="s">
-        <v>1952</v>
+        <v>1972</v>
+      </c>
+      <c r="I218" t="s">
+        <v>1973</v>
       </c>
       <c r="J218" t="s">
         <v>23</v>
       </c>
       <c r="K218" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L218" t="s">
         <v>25</v>
       </c>
       <c r="M218" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N218" t="s">
         <v>27</v>
       </c>
       <c r="O218" t="s">
-        <v>1953</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5507</v>
+        <v>5437</v>
       </c>
       <c r="B219" t="s">
-        <v>1954</v>
+        <v>1975</v>
       </c>
       <c r="C219" t="s">
-        <v>1955</v>
+        <v>1976</v>
       </c>
       <c r="D219" t="s">
-        <v>1956</v>
+        <v>1977</v>
       </c>
       <c r="E219" t="s">
-        <v>1957</v>
+        <v>1978</v>
       </c>
       <c r="F219" t="s">
-        <v>1958</v>
+        <v>1979</v>
       </c>
       <c r="G219" t="s">
-        <v>1959</v>
+        <v>1980</v>
       </c>
       <c r="H219" t="s">
-        <v>1960</v>
+        <v>1981</v>
       </c>
       <c r="I219" t="s">
-        <v>1961</v>
+        <v>1982</v>
       </c>
       <c r="J219" t="s">
         <v>23</v>
       </c>
       <c r="K219" t="s">
         <v>53</v>
       </c>
       <c r="L219" t="s">
         <v>25</v>
       </c>
       <c r="M219" t="s">
         <v>54</v>
       </c>
       <c r="N219" t="s">
         <v>27</v>
       </c>
       <c r="O219" t="s">
-        <v>1962</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5509</v>
+        <v>5439</v>
       </c>
       <c r="B220" t="s">
-        <v>1963</v>
+        <v>1984</v>
       </c>
       <c r="C220" t="s">
-        <v>1964</v>
+        <v>1985</v>
       </c>
       <c r="D220" t="s">
-        <v>1965</v>
+        <v>1986</v>
       </c>
       <c r="E220" t="s">
-        <v>1966</v>
+        <v>1987</v>
       </c>
       <c r="F220" t="s">
-        <v>1967</v>
+        <v>1988</v>
       </c>
       <c r="G220" t="s">
-        <v>1968</v>
+        <v>1989</v>
       </c>
       <c r="H220" t="s">
-        <v>1969</v>
+        <v>1990</v>
       </c>
       <c r="I220" t="s">
-        <v>1970</v>
+        <v>1991</v>
       </c>
       <c r="J220" t="s">
-        <v>318</v>
+        <v>23</v>
       </c>
       <c r="K220" t="s">
-        <v>1380</v>
+        <v>53</v>
       </c>
       <c r="L220" t="s">
-        <v>320</v>
+        <v>25</v>
+      </c>
+      <c r="M220" t="s">
+        <v>54</v>
       </c>
       <c r="N220" t="s">
         <v>27</v>
       </c>
       <c r="O220" t="s">
-        <v>1971</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5511</v>
+        <v>5456</v>
       </c>
       <c r="B221" t="s">
-        <v>1972</v>
+        <v>1993</v>
       </c>
       <c r="C221" t="s">
-        <v>1973</v>
+        <v>1994</v>
       </c>
       <c r="D221" t="s">
-        <v>1974</v>
+        <v>1995</v>
       </c>
       <c r="E221" t="s">
-        <v>1975</v>
+        <v>1996</v>
       </c>
       <c r="F221" t="s">
-        <v>1976</v>
+        <v>1997</v>
       </c>
       <c r="G221" t="s">
-        <v>1977</v>
+        <v>1998</v>
       </c>
       <c r="H221" t="s">
-        <v>1978</v>
+        <v>1999</v>
+      </c>
+      <c r="I221" t="s">
+        <v>2000</v>
       </c>
       <c r="J221" t="s">
-        <v>23</v>
+        <v>319</v>
       </c>
       <c r="K221" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="L221" t="s">
-        <v>25</v>
+        <v>321</v>
       </c>
       <c r="M221" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="N221" t="s">
         <v>27</v>
       </c>
       <c r="O221" t="s">
-        <v>1979</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5512</v>
+        <v>5463</v>
       </c>
       <c r="B222" t="s">
-        <v>1980</v>
+        <v>2002</v>
       </c>
       <c r="C222" t="s">
-        <v>1981</v>
+        <v>2003</v>
       </c>
       <c r="D222" t="s">
-        <v>1982</v>
+        <v>2004</v>
       </c>
       <c r="E222" t="s">
-        <v>1983</v>
+        <v>2005</v>
       </c>
       <c r="F222" t="s">
-        <v>1984</v>
+        <v>2006</v>
       </c>
       <c r="G222" t="s">
-        <v>1985</v>
+        <v>2007</v>
       </c>
       <c r="H222" t="s">
-        <v>1986</v>
-[...2 lines deleted...]
-        <v>1987</v>
+        <v>2008</v>
       </c>
       <c r="J222" t="s">
         <v>23</v>
       </c>
       <c r="K222" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L222" t="s">
         <v>25</v>
       </c>
       <c r="M222" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N222" t="s">
         <v>27</v>
       </c>
       <c r="O222" t="s">
-        <v>1988</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5514</v>
+        <v>5469</v>
       </c>
       <c r="B223" t="s">
-        <v>1989</v>
+        <v>2010</v>
       </c>
       <c r="C223" t="s">
-        <v>1990</v>
+        <v>2011</v>
       </c>
       <c r="D223" t="s">
-        <v>1991</v>
+        <v>2012</v>
       </c>
       <c r="E223" t="s">
-        <v>1992</v>
+        <v>2013</v>
       </c>
       <c r="F223" t="s">
-        <v>1993</v>
+        <v>2014</v>
       </c>
       <c r="G223" t="s">
-        <v>1994</v>
+        <v>2015</v>
       </c>
       <c r="H223" t="s">
-        <v>1995</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="J223" t="s">
         <v>23</v>
       </c>
       <c r="K223" t="s">
-        <v>1231</v>
+        <v>2017</v>
       </c>
       <c r="L223" t="s">
         <v>25</v>
       </c>
+      <c r="M223" t="s">
+        <v>2018</v>
+      </c>
       <c r="N223" t="s">
         <v>27</v>
       </c>
       <c r="O223" t="s">
-        <v>1997</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5516</v>
+        <v>5472</v>
       </c>
       <c r="B224" t="s">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="C224" t="s">
-        <v>1999</v>
+        <v>2021</v>
       </c>
       <c r="D224" t="s">
-        <v>2000</v>
+        <v>2022</v>
       </c>
       <c r="E224" t="s">
-        <v>2001</v>
+        <v>2023</v>
       </c>
       <c r="F224" t="s">
-        <v>2002</v>
+        <v>2024</v>
       </c>
       <c r="G224" t="s">
-        <v>2003</v>
+        <v>2025</v>
       </c>
       <c r="H224" t="s">
-        <v>2004</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>2026</v>
       </c>
       <c r="J224" t="s">
         <v>23</v>
       </c>
       <c r="K224" t="s">
         <v>53</v>
       </c>
       <c r="L224" t="s">
         <v>25</v>
       </c>
       <c r="M224" t="s">
         <v>54</v>
       </c>
       <c r="N224" t="s">
         <v>27</v>
       </c>
       <c r="O224" t="s">
-        <v>2006</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5517</v>
+        <v>5474</v>
       </c>
       <c r="B225" t="s">
-        <v>2007</v>
+        <v>2028</v>
       </c>
       <c r="C225" t="s">
-        <v>2008</v>
+        <v>2029</v>
       </c>
       <c r="D225" t="s">
-        <v>2009</v>
+        <v>2030</v>
       </c>
       <c r="E225" t="s">
-        <v>2010</v>
+        <v>2031</v>
       </c>
       <c r="F225" t="s">
-        <v>2011</v>
+        <v>2032</v>
       </c>
       <c r="G225" t="s">
-        <v>2012</v>
+        <v>2033</v>
       </c>
       <c r="H225" t="s">
-        <v>2013</v>
+        <v>2034</v>
       </c>
       <c r="I225" t="s">
-        <v>2014</v>
+        <v>2035</v>
       </c>
       <c r="J225" t="s">
         <v>23</v>
       </c>
       <c r="K225" t="s">
         <v>53</v>
       </c>
       <c r="L225" t="s">
         <v>25</v>
       </c>
       <c r="M225" t="s">
         <v>54</v>
       </c>
       <c r="N225" t="s">
         <v>27</v>
       </c>
       <c r="O225" t="s">
-        <v>2015</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5518</v>
+        <v>5475</v>
       </c>
       <c r="B226" t="s">
-        <v>2016</v>
+        <v>2037</v>
       </c>
       <c r="C226" t="s">
-        <v>2017</v>
+        <v>2038</v>
       </c>
       <c r="D226" t="s">
-        <v>2018</v>
+        <v>2039</v>
       </c>
       <c r="E226" t="s">
-        <v>2019</v>
+        <v>2040</v>
       </c>
       <c r="F226" t="s">
-        <v>2020</v>
+        <v>2041</v>
       </c>
       <c r="G226" t="s">
-        <v>2021</v>
+        <v>2042</v>
       </c>
       <c r="H226" t="s">
-        <v>2022</v>
+        <v>2043</v>
       </c>
       <c r="I226" t="s">
-        <v>2023</v>
+        <v>2044</v>
       </c>
       <c r="J226" t="s">
         <v>23</v>
       </c>
       <c r="K226" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L226" t="s">
         <v>25</v>
       </c>
       <c r="M226" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N226" t="s">
         <v>27</v>
       </c>
       <c r="O226" t="s">
-        <v>2024</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5542</v>
+        <v>5476</v>
       </c>
       <c r="B227" t="s">
-        <v>2025</v>
+        <v>2046</v>
       </c>
       <c r="C227" t="s">
-        <v>2026</v>
+        <v>2047</v>
       </c>
       <c r="D227" t="s">
-        <v>2027</v>
+        <v>2048</v>
       </c>
       <c r="E227" t="s">
-        <v>2028</v>
+        <v>2049</v>
       </c>
       <c r="F227" t="s">
-        <v>2029</v>
+        <v>2050</v>
       </c>
       <c r="G227" t="s">
-        <v>2030</v>
+        <v>2051</v>
       </c>
       <c r="H227" t="s">
-        <v>2031</v>
+        <v>2052</v>
+      </c>
+      <c r="I227" t="s">
+        <v>2053</v>
       </c>
       <c r="J227" t="s">
-        <v>23</v>
+        <v>2054</v>
       </c>
       <c r="K227" t="s">
-        <v>53</v>
+        <v>1317</v>
       </c>
       <c r="L227" t="s">
-        <v>25</v>
+        <v>2055</v>
       </c>
       <c r="M227" t="s">
-        <v>54</v>
+        <v>1318</v>
       </c>
       <c r="N227" t="s">
         <v>27</v>
       </c>
       <c r="O227" t="s">
-        <v>2032</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5543</v>
+        <v>5477</v>
       </c>
       <c r="B228" t="s">
-        <v>2033</v>
+        <v>2057</v>
       </c>
       <c r="C228" t="s">
-        <v>2034</v>
+        <v>2058</v>
       </c>
       <c r="D228" t="s">
-        <v>2035</v>
+        <v>2059</v>
       </c>
       <c r="E228" t="s">
-        <v>2036</v>
+        <v>2058</v>
       </c>
       <c r="F228" t="s">
-        <v>2037</v>
+        <v>2060</v>
       </c>
       <c r="G228" t="s">
-        <v>2038</v>
+        <v>2061</v>
       </c>
       <c r="H228" t="s">
-        <v>2039</v>
+        <v>2062</v>
       </c>
       <c r="J228" t="s">
-        <v>23</v>
+        <v>1511</v>
       </c>
       <c r="K228" t="s">
-        <v>53</v>
+        <v>2063</v>
       </c>
       <c r="L228" t="s">
-        <v>25</v>
+        <v>1513</v>
       </c>
       <c r="M228" t="s">
-        <v>54</v>
+        <v>2064</v>
       </c>
       <c r="N228" t="s">
         <v>27</v>
       </c>
       <c r="O228" t="s">
-        <v>2040</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5544</v>
+        <v>5478</v>
       </c>
       <c r="B229" t="s">
-        <v>2041</v>
+        <v>2066</v>
       </c>
       <c r="C229" t="s">
-        <v>2042</v>
+        <v>2067</v>
       </c>
       <c r="D229" t="s">
-        <v>2043</v>
+        <v>2068</v>
       </c>
       <c r="E229" t="s">
-        <v>2044</v>
+        <v>2069</v>
       </c>
       <c r="F229" t="s">
-        <v>2045</v>
+        <v>2070</v>
       </c>
       <c r="G229" t="s">
-        <v>2046</v>
+        <v>2071</v>
       </c>
       <c r="H229" t="s">
-        <v>2047</v>
+        <v>2072</v>
+      </c>
+      <c r="I229" t="s">
+        <v>2073</v>
       </c>
       <c r="J229" t="s">
         <v>23</v>
       </c>
       <c r="K229" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L229" t="s">
         <v>25</v>
       </c>
       <c r="M229" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N229" t="s">
         <v>27</v>
       </c>
       <c r="O229" t="s">
-        <v>2048</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5545</v>
+        <v>5483</v>
       </c>
       <c r="B230" t="s">
-        <v>2049</v>
+        <v>2075</v>
       </c>
       <c r="C230" t="s">
-        <v>2050</v>
+        <v>2076</v>
       </c>
       <c r="D230" t="s">
-        <v>2051</v>
+        <v>2077</v>
       </c>
       <c r="E230" t="s">
-        <v>2052</v>
+        <v>2078</v>
       </c>
       <c r="F230" t="s">
-        <v>2053</v>
+        <v>2079</v>
       </c>
       <c r="G230" t="s">
-        <v>2054</v>
+        <v>2080</v>
       </c>
       <c r="H230" t="s">
-        <v>2055</v>
-[...2 lines deleted...]
-        <v>2056</v>
+        <v>2081</v>
       </c>
       <c r="J230" t="s">
         <v>23</v>
       </c>
       <c r="K230" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L230" t="s">
         <v>25</v>
       </c>
       <c r="M230" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N230" t="s">
         <v>27</v>
       </c>
       <c r="O230" t="s">
-        <v>2057</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5657</v>
+        <v>5488</v>
       </c>
       <c r="B231" t="s">
-        <v>2058</v>
+        <v>2083</v>
       </c>
       <c r="C231" t="s">
-        <v>2059</v>
+        <v>2084</v>
       </c>
       <c r="D231" t="s">
-        <v>2060</v>
+        <v>2085</v>
       </c>
       <c r="E231" t="s">
-        <v>2061</v>
+        <v>2086</v>
       </c>
       <c r="F231" t="s">
-        <v>2062</v>
+        <v>2087</v>
       </c>
       <c r="G231" t="s">
-        <v>2063</v>
+        <v>2088</v>
       </c>
       <c r="H231" t="s">
-        <v>2064</v>
-[...2 lines deleted...]
-        <v>2065</v>
+        <v>2089</v>
       </c>
       <c r="J231" t="s">
         <v>23</v>
       </c>
       <c r="K231" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L231" t="s">
         <v>25</v>
       </c>
       <c r="M231" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N231" t="s">
         <v>27</v>
       </c>
       <c r="O231" t="s">
-        <v>2066</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5732</v>
+        <v>5494</v>
       </c>
       <c r="B232" t="s">
-        <v>2067</v>
+        <v>2091</v>
       </c>
       <c r="C232" t="s">
-        <v>2068</v>
+        <v>2092</v>
       </c>
       <c r="D232" t="s">
-        <v>2069</v>
+        <v>2093</v>
       </c>
       <c r="E232" t="s">
-        <v>2068</v>
+        <v>2094</v>
       </c>
       <c r="F232" t="s">
-        <v>2070</v>
+        <v>2095</v>
       </c>
       <c r="G232" t="s">
-        <v>2071</v>
+        <v>2096</v>
       </c>
       <c r="H232" t="s">
-        <v>2072</v>
+        <v>2097</v>
       </c>
       <c r="J232" t="s">
-        <v>23</v>
+        <v>2098</v>
       </c>
       <c r="K232" t="s">
-        <v>155</v>
+        <v>1746</v>
       </c>
       <c r="L232" t="s">
-        <v>25</v>
+        <v>2099</v>
       </c>
       <c r="M232" t="s">
-        <v>156</v>
+        <v>894</v>
       </c>
       <c r="N232" t="s">
         <v>27</v>
       </c>
       <c r="O232" t="s">
-        <v>2073</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5733</v>
+        <v>5495</v>
       </c>
       <c r="B233" t="s">
-        <v>2074</v>
+        <v>2101</v>
       </c>
       <c r="C233" t="s">
-        <v>2075</v>
+        <v>2102</v>
       </c>
       <c r="D233" t="s">
-        <v>2076</v>
+        <v>2103</v>
       </c>
       <c r="E233" t="s">
-        <v>2077</v>
+        <v>2104</v>
       </c>
       <c r="F233" t="s">
-        <v>2078</v>
+        <v>2105</v>
       </c>
       <c r="G233" t="s">
-        <v>2079</v>
+        <v>2106</v>
       </c>
       <c r="H233" t="s">
-        <v>2080</v>
-[...2 lines deleted...]
-        <v>2081</v>
+        <v>2107</v>
       </c>
       <c r="J233" t="s">
         <v>23</v>
       </c>
       <c r="K233" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="L233" t="s">
         <v>25</v>
       </c>
       <c r="M233" t="s">
-        <v>26</v>
+        <v>157</v>
       </c>
       <c r="N233" t="s">
         <v>27</v>
       </c>
       <c r="O233" t="s">
-        <v>2082</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5735</v>
+        <v>5496</v>
       </c>
       <c r="B234" t="s">
-        <v>2083</v>
+        <v>2109</v>
       </c>
       <c r="C234" t="s">
-        <v>2084</v>
+        <v>2110</v>
       </c>
       <c r="D234" t="s">
-        <v>2085</v>
+        <v>2111</v>
       </c>
       <c r="E234" t="s">
-        <v>2086</v>
+        <v>2112</v>
       </c>
       <c r="F234" t="s">
-        <v>2087</v>
+        <v>2113</v>
       </c>
       <c r="G234" t="s">
-        <v>2088</v>
+        <v>2114</v>
       </c>
       <c r="H234" t="s">
-        <v>2089</v>
+        <v>2115</v>
+      </c>
+      <c r="I234" t="s">
+        <v>2116</v>
       </c>
       <c r="J234" t="s">
         <v>23</v>
       </c>
       <c r="K234" t="s">
-        <v>53</v>
+        <v>583</v>
       </c>
       <c r="L234" t="s">
         <v>25</v>
       </c>
       <c r="M234" t="s">
-        <v>54</v>
+        <v>584</v>
       </c>
       <c r="N234" t="s">
         <v>27</v>
       </c>
       <c r="O234" t="s">
-        <v>2090</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5738</v>
+        <v>5499</v>
       </c>
       <c r="B235" t="s">
-        <v>2091</v>
+        <v>2118</v>
       </c>
       <c r="C235" t="s">
-        <v>2092</v>
+        <v>2119</v>
       </c>
       <c r="D235" t="s">
-        <v>2093</v>
+        <v>2120</v>
       </c>
       <c r="E235" t="s">
-        <v>2094</v>
+        <v>2121</v>
       </c>
       <c r="F235" t="s">
-        <v>2095</v>
+        <v>2122</v>
       </c>
       <c r="G235" t="s">
-        <v>2096</v>
+        <v>2123</v>
       </c>
       <c r="H235" t="s">
-        <v>2097</v>
+        <v>2124</v>
       </c>
       <c r="J235" t="s">
         <v>23</v>
       </c>
       <c r="K235" t="s">
-        <v>53</v>
+        <v>2125</v>
       </c>
       <c r="L235" t="s">
         <v>25</v>
       </c>
       <c r="M235" t="s">
-        <v>54</v>
+        <v>2126</v>
       </c>
       <c r="N235" t="s">
         <v>27</v>
       </c>
       <c r="O235" t="s">
-        <v>2098</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5789</v>
+        <v>5500</v>
       </c>
       <c r="B236" t="s">
-        <v>2099</v>
+        <v>2128</v>
       </c>
       <c r="C236" t="s">
-        <v>2100</v>
+        <v>2129</v>
       </c>
       <c r="D236" t="s">
-        <v>2101</v>
+        <v>2130</v>
       </c>
       <c r="E236" t="s">
-        <v>2102</v>
+        <v>2131</v>
       </c>
       <c r="F236" t="s">
-        <v>2103</v>
+        <v>2132</v>
       </c>
       <c r="G236" t="s">
-        <v>2104</v>
+        <v>2133</v>
       </c>
       <c r="H236" t="s">
-        <v>2105</v>
+        <v>2134</v>
       </c>
       <c r="J236" t="s">
-        <v>23</v>
+        <v>2135</v>
       </c>
       <c r="K236" t="s">
-        <v>53</v>
+        <v>2136</v>
       </c>
       <c r="L236" t="s">
-        <v>25</v>
+        <v>2137</v>
       </c>
       <c r="M236" t="s">
-        <v>54</v>
+        <v>2138</v>
       </c>
       <c r="N236" t="s">
         <v>27</v>
       </c>
       <c r="O236" t="s">
-        <v>2106</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5792</v>
+        <v>5502</v>
       </c>
       <c r="B237" t="s">
-        <v>2107</v>
+        <v>2140</v>
       </c>
       <c r="C237" t="s">
-        <v>2108</v>
+        <v>2141</v>
       </c>
       <c r="D237" t="s">
-        <v>2109</v>
+        <v>2142</v>
       </c>
       <c r="E237" t="s">
-        <v>2110</v>
+        <v>2143</v>
       </c>
       <c r="F237" t="s">
-        <v>2111</v>
+        <v>2144</v>
       </c>
       <c r="G237" t="s">
-        <v>2112</v>
+        <v>2145</v>
       </c>
       <c r="H237" t="s">
-        <v>2113</v>
+        <v>2146</v>
       </c>
       <c r="I237" t="s">
-        <v>2114</v>
+        <v>2147</v>
       </c>
       <c r="J237" t="s">
-        <v>318</v>
+        <v>23</v>
       </c>
       <c r="K237" t="s">
-        <v>506</v>
+        <v>53</v>
       </c>
       <c r="L237" t="s">
-        <v>320</v>
+        <v>25</v>
+      </c>
+      <c r="M237" t="s">
+        <v>54</v>
       </c>
       <c r="N237" t="s">
         <v>27</v>
       </c>
       <c r="O237" t="s">
-        <v>2115</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5794</v>
+        <v>5504</v>
       </c>
       <c r="B238" t="s">
-        <v>2116</v>
+        <v>2149</v>
       </c>
       <c r="C238" t="s">
-        <v>2117</v>
+        <v>2150</v>
       </c>
       <c r="D238" t="s">
-        <v>2118</v>
+        <v>2151</v>
       </c>
       <c r="E238" t="s">
-        <v>2119</v>
+        <v>2152</v>
       </c>
       <c r="F238" t="s">
-        <v>2120</v>
+        <v>2153</v>
       </c>
       <c r="G238" t="s">
-        <v>2121</v>
+        <v>2154</v>
       </c>
       <c r="H238" t="s">
-        <v>2122</v>
-[...2 lines deleted...]
-        <v>2123</v>
+        <v>2155</v>
       </c>
       <c r="J238" t="s">
         <v>23</v>
       </c>
       <c r="K238" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L238" t="s">
         <v>25</v>
       </c>
       <c r="M238" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N238" t="s">
         <v>27</v>
       </c>
       <c r="O238" t="s">
-        <v>2124</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5795</v>
+        <v>5507</v>
       </c>
       <c r="B239" t="s">
-        <v>2125</v>
+        <v>2157</v>
       </c>
       <c r="C239" t="s">
-        <v>2126</v>
+        <v>2158</v>
       </c>
       <c r="D239" t="s">
-        <v>2127</v>
+        <v>2159</v>
       </c>
       <c r="E239" t="s">
-        <v>2128</v>
+        <v>2160</v>
       </c>
       <c r="F239" t="s">
-        <v>2129</v>
+        <v>2161</v>
       </c>
       <c r="G239" t="s">
-        <v>2130</v>
+        <v>2162</v>
       </c>
       <c r="H239" t="s">
-        <v>2131</v>
+        <v>2163</v>
+      </c>
+      <c r="I239" t="s">
+        <v>2164</v>
       </c>
       <c r="J239" t="s">
         <v>23</v>
       </c>
       <c r="K239" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="L239" t="s">
         <v>25</v>
       </c>
       <c r="M239" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="N239" t="s">
         <v>27</v>
       </c>
       <c r="O239" t="s">
-        <v>2132</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5796</v>
+        <v>5509</v>
       </c>
       <c r="B240" t="s">
-        <v>2133</v>
+        <v>2166</v>
       </c>
       <c r="C240" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="D240" t="s">
-        <v>2135</v>
+        <v>2168</v>
       </c>
       <c r="E240" t="s">
-        <v>2136</v>
+        <v>2169</v>
       </c>
       <c r="F240" t="s">
-        <v>2137</v>
+        <v>2170</v>
       </c>
       <c r="G240" t="s">
-        <v>2138</v>
+        <v>2171</v>
       </c>
       <c r="H240" t="s">
-        <v>2139</v>
+        <v>2172</v>
       </c>
       <c r="I240" t="s">
-        <v>2140</v>
+        <v>2173</v>
       </c>
       <c r="J240" t="s">
-        <v>23</v>
+        <v>319</v>
       </c>
       <c r="K240" t="s">
-        <v>155</v>
+        <v>1317</v>
       </c>
       <c r="L240" t="s">
-        <v>25</v>
+        <v>321</v>
       </c>
       <c r="M240" t="s">
-        <v>156</v>
+        <v>1318</v>
       </c>
       <c r="N240" t="s">
         <v>27</v>
       </c>
       <c r="O240" t="s">
-        <v>2141</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5797</v>
+        <v>5511</v>
       </c>
       <c r="B241" t="s">
-        <v>2142</v>
+        <v>2175</v>
       </c>
       <c r="C241" t="s">
-        <v>2143</v>
+        <v>2176</v>
       </c>
       <c r="D241" t="s">
-        <v>2144</v>
+        <v>2177</v>
       </c>
       <c r="E241" t="s">
-        <v>2145</v>
+        <v>2178</v>
       </c>
       <c r="F241" t="s">
-        <v>2146</v>
+        <v>2179</v>
       </c>
       <c r="G241" t="s">
-        <v>2147</v>
+        <v>2180</v>
       </c>
       <c r="H241" t="s">
-        <v>2148</v>
+        <v>2181</v>
       </c>
       <c r="J241" t="s">
         <v>23</v>
       </c>
       <c r="K241" t="s">
-        <v>2149</v>
+        <v>320</v>
       </c>
       <c r="L241" t="s">
         <v>25</v>
       </c>
       <c r="M241" t="s">
-        <v>831</v>
+        <v>322</v>
       </c>
       <c r="N241" t="s">
         <v>27</v>
       </c>
       <c r="O241" t="s">
-        <v>2150</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5798</v>
+        <v>5512</v>
       </c>
       <c r="B242" t="s">
-        <v>2151</v>
+        <v>2183</v>
       </c>
       <c r="C242" t="s">
-        <v>2152</v>
+        <v>2184</v>
       </c>
       <c r="D242" t="s">
-        <v>2153</v>
+        <v>2185</v>
       </c>
       <c r="E242" t="s">
-        <v>2154</v>
+        <v>2186</v>
       </c>
       <c r="F242" t="s">
-        <v>2155</v>
+        <v>2187</v>
       </c>
       <c r="G242" t="s">
-        <v>2156</v>
+        <v>2188</v>
       </c>
       <c r="H242" t="s">
-        <v>2157</v>
+        <v>2189</v>
       </c>
       <c r="I242" t="s">
-        <v>2158</v>
+        <v>2190</v>
       </c>
       <c r="J242" t="s">
         <v>23</v>
       </c>
       <c r="K242" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L242" t="s">
         <v>25</v>
       </c>
       <c r="M242" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N242" t="s">
         <v>27</v>
       </c>
       <c r="O242" t="s">
-        <v>2159</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5799</v>
+        <v>5514</v>
       </c>
       <c r="B243" t="s">
-        <v>2160</v>
+        <v>2192</v>
       </c>
       <c r="C243" t="s">
-        <v>2161</v>
+        <v>2193</v>
       </c>
       <c r="D243" t="s">
-        <v>2162</v>
+        <v>2194</v>
       </c>
       <c r="E243" t="s">
-        <v>2163</v>
+        <v>2195</v>
       </c>
       <c r="F243" t="s">
-        <v>2164</v>
+        <v>2196</v>
       </c>
       <c r="G243" t="s">
-        <v>2165</v>
+        <v>2197</v>
       </c>
       <c r="H243" t="s">
-        <v>2166</v>
+        <v>2198</v>
       </c>
       <c r="I243" t="s">
-        <v>2167</v>
+        <v>2199</v>
       </c>
       <c r="J243" t="s">
-        <v>1367</v>
+        <v>23</v>
       </c>
       <c r="K243" t="s">
-        <v>598</v>
+        <v>1239</v>
       </c>
       <c r="L243" t="s">
-        <v>1369</v>
+        <v>25</v>
+      </c>
+      <c r="M243" t="s">
+        <v>1240</v>
       </c>
       <c r="N243" t="s">
         <v>27</v>
       </c>
       <c r="O243" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5800</v>
+        <v>5516</v>
       </c>
       <c r="B244" t="s">
-        <v>2169</v>
+        <v>2201</v>
       </c>
       <c r="C244" t="s">
-        <v>2170</v>
+        <v>2202</v>
       </c>
       <c r="D244" t="s">
-        <v>2171</v>
+        <v>2203</v>
       </c>
       <c r="E244" t="s">
-        <v>2172</v>
+        <v>2204</v>
       </c>
       <c r="F244" t="s">
-        <v>2173</v>
+        <v>2205</v>
       </c>
       <c r="G244" t="s">
-        <v>2174</v>
+        <v>2206</v>
       </c>
       <c r="H244" t="s">
-        <v>2175</v>
+        <v>2207</v>
+      </c>
+      <c r="I244" t="s">
+        <v>2208</v>
       </c>
       <c r="J244" t="s">
         <v>23</v>
       </c>
       <c r="K244" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L244" t="s">
         <v>25</v>
       </c>
       <c r="M244" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N244" t="s">
         <v>27</v>
       </c>
       <c r="O244" t="s">
-        <v>2176</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5801</v>
+        <v>5517</v>
       </c>
       <c r="B245" t="s">
-        <v>2177</v>
+        <v>2210</v>
       </c>
       <c r="C245" t="s">
-        <v>2178</v>
+        <v>2211</v>
       </c>
       <c r="D245" t="s">
-        <v>2179</v>
+        <v>2212</v>
       </c>
       <c r="E245" t="s">
-        <v>2180</v>
+        <v>2213</v>
       </c>
       <c r="F245" t="s">
-        <v>2181</v>
+        <v>2214</v>
       </c>
       <c r="G245" t="s">
-        <v>2182</v>
+        <v>2215</v>
       </c>
       <c r="H245" t="s">
-        <v>2183</v>
+        <v>2216</v>
+      </c>
+      <c r="I245" t="s">
+        <v>2217</v>
       </c>
       <c r="J245" t="s">
         <v>23</v>
       </c>
       <c r="K245" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="L245" t="s">
         <v>25</v>
       </c>
       <c r="M245" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="N245" t="s">
         <v>27</v>
       </c>
       <c r="O245" t="s">
-        <v>2184</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5802</v>
+        <v>5518</v>
       </c>
       <c r="B246" t="s">
-        <v>2185</v>
+        <v>2219</v>
       </c>
       <c r="C246" t="s">
-        <v>2186</v>
+        <v>2220</v>
       </c>
       <c r="D246" t="s">
-        <v>2187</v>
+        <v>2221</v>
       </c>
       <c r="E246" t="s">
-        <v>2188</v>
+        <v>2222</v>
       </c>
       <c r="F246" t="s">
-        <v>2189</v>
+        <v>2223</v>
       </c>
       <c r="G246" t="s">
-        <v>2190</v>
+        <v>2224</v>
       </c>
       <c r="H246" t="s">
-        <v>2191</v>
+        <v>2225</v>
+      </c>
+      <c r="I246" t="s">
+        <v>2226</v>
       </c>
       <c r="J246" t="s">
         <v>23</v>
       </c>
       <c r="K246" t="s">
-        <v>319</v>
+        <v>53</v>
       </c>
       <c r="L246" t="s">
         <v>25</v>
       </c>
       <c r="M246" t="s">
-        <v>321</v>
+        <v>54</v>
       </c>
       <c r="N246" t="s">
         <v>27</v>
       </c>
       <c r="O246" t="s">
-        <v>2192</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5803</v>
+        <v>5542</v>
       </c>
       <c r="B247" t="s">
-        <v>2193</v>
+        <v>2228</v>
       </c>
       <c r="C247" t="s">
-        <v>2194</v>
+        <v>2229</v>
       </c>
       <c r="D247" t="s">
-        <v>2195</v>
+        <v>2230</v>
       </c>
       <c r="E247" t="s">
-        <v>2196</v>
+        <v>2231</v>
       </c>
       <c r="F247" t="s">
-        <v>2197</v>
+        <v>2232</v>
       </c>
       <c r="G247" t="s">
-        <v>2198</v>
+        <v>2233</v>
       </c>
       <c r="H247" t="s">
-        <v>2199</v>
-[...2 lines deleted...]
-        <v>2200</v>
+        <v>2234</v>
       </c>
       <c r="J247" t="s">
         <v>23</v>
       </c>
       <c r="K247" t="s">
         <v>53</v>
       </c>
       <c r="L247" t="s">
         <v>25</v>
       </c>
       <c r="M247" t="s">
         <v>54</v>
       </c>
       <c r="N247" t="s">
         <v>27</v>
       </c>
       <c r="O247" t="s">
-        <v>2201</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5804</v>
+        <v>5543</v>
       </c>
       <c r="B248" t="s">
-        <v>2202</v>
+        <v>2236</v>
       </c>
       <c r="C248" t="s">
-        <v>2203</v>
+        <v>2237</v>
       </c>
       <c r="D248" t="s">
-        <v>2204</v>
+        <v>2238</v>
       </c>
       <c r="E248" t="s">
-        <v>2205</v>
+        <v>2239</v>
       </c>
       <c r="F248" t="s">
-        <v>2206</v>
+        <v>2240</v>
       </c>
       <c r="G248" t="s">
-        <v>2207</v>
+        <v>2241</v>
       </c>
       <c r="H248" t="s">
-        <v>2208</v>
+        <v>2242</v>
       </c>
       <c r="J248" t="s">
-        <v>318</v>
+        <v>23</v>
       </c>
       <c r="K248" t="s">
-        <v>475</v>
+        <v>53</v>
       </c>
       <c r="L248" t="s">
-        <v>320</v>
+        <v>25</v>
       </c>
       <c r="M248" t="s">
-        <v>476</v>
+        <v>54</v>
       </c>
       <c r="N248" t="s">
         <v>27</v>
       </c>
       <c r="O248" t="s">
-        <v>2209</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5805</v>
+        <v>5544</v>
       </c>
       <c r="B249" t="s">
-        <v>2210</v>
+        <v>2244</v>
       </c>
       <c r="C249" t="s">
-        <v>2211</v>
+        <v>2245</v>
       </c>
       <c r="D249" t="s">
-        <v>2212</v>
+        <v>2246</v>
       </c>
       <c r="E249" t="s">
-        <v>2213</v>
+        <v>2247</v>
       </c>
       <c r="F249" t="s">
-        <v>2214</v>
+        <v>2248</v>
       </c>
       <c r="G249" t="s">
-        <v>2215</v>
+        <v>2249</v>
       </c>
       <c r="H249" t="s">
-        <v>2216</v>
-[...2 lines deleted...]
-        <v>2217</v>
+        <v>2250</v>
       </c>
       <c r="J249" t="s">
         <v>23</v>
       </c>
       <c r="K249" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L249" t="s">
         <v>25</v>
       </c>
       <c r="M249" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N249" t="s">
         <v>27</v>
       </c>
       <c r="O249" t="s">
-        <v>2218</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5807</v>
+        <v>5545</v>
       </c>
       <c r="B250" t="s">
-        <v>2219</v>
+        <v>2252</v>
       </c>
       <c r="C250" t="s">
-        <v>2220</v>
+        <v>2253</v>
       </c>
       <c r="D250" t="s">
-        <v>2221</v>
+        <v>2254</v>
       </c>
       <c r="E250" t="s">
-        <v>2222</v>
+        <v>2255</v>
       </c>
       <c r="F250" t="s">
-        <v>2223</v>
+        <v>2256</v>
       </c>
       <c r="G250" t="s">
-        <v>2224</v>
+        <v>2257</v>
       </c>
       <c r="H250" t="s">
-        <v>2225</v>
+        <v>2258</v>
+      </c>
+      <c r="I250" t="s">
+        <v>2259</v>
       </c>
       <c r="J250" t="s">
         <v>23</v>
       </c>
       <c r="K250" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L250" t="s">
         <v>25</v>
       </c>
       <c r="M250" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N250" t="s">
         <v>27</v>
       </c>
       <c r="O250" t="s">
-        <v>2226</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5811</v>
+        <v>5657</v>
       </c>
       <c r="B251" t="s">
-        <v>2227</v>
+        <v>2261</v>
       </c>
       <c r="C251" t="s">
-        <v>2228</v>
+        <v>2262</v>
       </c>
       <c r="D251" t="s">
-        <v>2229</v>
+        <v>2263</v>
       </c>
       <c r="E251" t="s">
-        <v>2230</v>
+        <v>2264</v>
       </c>
       <c r="F251" t="s">
-        <v>2231</v>
+        <v>2265</v>
       </c>
       <c r="G251" t="s">
-        <v>2232</v>
+        <v>2266</v>
       </c>
       <c r="H251" t="s">
-        <v>2233</v>
+        <v>2267</v>
       </c>
       <c r="I251" t="s">
-        <v>2234</v>
+        <v>2268</v>
       </c>
       <c r="J251" t="s">
         <v>23</v>
       </c>
       <c r="K251" t="s">
         <v>53</v>
       </c>
       <c r="L251" t="s">
         <v>25</v>
       </c>
       <c r="M251" t="s">
         <v>54</v>
       </c>
       <c r="N251" t="s">
         <v>27</v>
       </c>
       <c r="O251" t="s">
-        <v>2235</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5817</v>
+        <v>5732</v>
       </c>
       <c r="B252" t="s">
-        <v>2236</v>
+        <v>2270</v>
       </c>
       <c r="C252" t="s">
-        <v>2237</v>
+        <v>2271</v>
       </c>
       <c r="D252" t="s">
-        <v>2238</v>
+        <v>2272</v>
       </c>
       <c r="E252" t="s">
-        <v>2239</v>
+        <v>2271</v>
       </c>
       <c r="F252" t="s">
-        <v>2240</v>
+        <v>2273</v>
       </c>
       <c r="G252" t="s">
-        <v>2241</v>
+        <v>2274</v>
       </c>
       <c r="H252" t="s">
-        <v>2242</v>
+        <v>2275</v>
       </c>
       <c r="J252" t="s">
         <v>23</v>
       </c>
       <c r="K252" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L252" t="s">
         <v>25</v>
       </c>
       <c r="M252" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N252" t="s">
         <v>27</v>
       </c>
       <c r="O252" t="s">
-        <v>2243</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5822</v>
+        <v>5733</v>
       </c>
       <c r="B253" t="s">
-        <v>2244</v>
+        <v>2277</v>
       </c>
       <c r="C253" t="s">
-        <v>2245</v>
+        <v>2278</v>
       </c>
       <c r="D253" t="s">
-        <v>2246</v>
+        <v>2279</v>
       </c>
       <c r="E253" t="s">
-        <v>2247</v>
+        <v>2280</v>
       </c>
       <c r="F253" t="s">
-        <v>2248</v>
+        <v>2281</v>
       </c>
       <c r="G253" t="s">
-        <v>2249</v>
+        <v>2282</v>
       </c>
       <c r="H253" t="s">
-        <v>2250</v>
+        <v>2283</v>
+      </c>
+      <c r="I253" t="s">
+        <v>2284</v>
       </c>
       <c r="J253" t="s">
         <v>23</v>
       </c>
       <c r="K253" t="s">
-        <v>1380</v>
+        <v>24</v>
       </c>
       <c r="L253" t="s">
         <v>25</v>
       </c>
       <c r="M253" t="s">
-        <v>2251</v>
+        <v>26</v>
       </c>
       <c r="N253" t="s">
         <v>27</v>
       </c>
       <c r="O253" t="s">
-        <v>2252</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5830</v>
+        <v>5735</v>
       </c>
       <c r="B254" t="s">
-        <v>2253</v>
+        <v>2286</v>
       </c>
       <c r="C254" t="s">
-        <v>2254</v>
+        <v>2287</v>
       </c>
       <c r="D254" t="s">
-        <v>2255</v>
+        <v>2288</v>
       </c>
       <c r="E254" t="s">
-        <v>2256</v>
+        <v>2289</v>
       </c>
       <c r="F254" t="s">
-        <v>2257</v>
+        <v>2290</v>
       </c>
       <c r="G254" t="s">
-        <v>2258</v>
+        <v>2291</v>
       </c>
       <c r="H254" t="s">
-        <v>2259</v>
-[...2 lines deleted...]
-        <v>2260</v>
+        <v>2292</v>
       </c>
       <c r="J254" t="s">
         <v>23</v>
       </c>
       <c r="K254" t="s">
         <v>53</v>
       </c>
       <c r="L254" t="s">
         <v>25</v>
       </c>
       <c r="M254" t="s">
         <v>54</v>
       </c>
       <c r="N254" t="s">
         <v>27</v>
       </c>
       <c r="O254" t="s">
-        <v>2261</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5845</v>
+        <v>5738</v>
       </c>
       <c r="B255" t="s">
-        <v>2262</v>
+        <v>2294</v>
       </c>
       <c r="C255" t="s">
-        <v>2263</v>
+        <v>2295</v>
       </c>
       <c r="D255" t="s">
-        <v>2264</v>
+        <v>2296</v>
       </c>
       <c r="E255" t="s">
-        <v>2265</v>
+        <v>2297</v>
       </c>
       <c r="F255" t="s">
-        <v>2266</v>
+        <v>2298</v>
       </c>
       <c r="G255" t="s">
-        <v>2267</v>
+        <v>2299</v>
       </c>
       <c r="H255" t="s">
-        <v>2268</v>
+        <v>2300</v>
       </c>
       <c r="J255" t="s">
         <v>23</v>
       </c>
       <c r="K255" t="s">
         <v>53</v>
       </c>
       <c r="L255" t="s">
         <v>25</v>
       </c>
       <c r="M255" t="s">
         <v>54</v>
       </c>
       <c r="N255" t="s">
         <v>27</v>
       </c>
       <c r="O255" t="s">
-        <v>2269</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5846</v>
+        <v>5789</v>
       </c>
       <c r="B256" t="s">
-        <v>2270</v>
+        <v>2302</v>
       </c>
       <c r="C256" t="s">
-        <v>2271</v>
+        <v>2303</v>
       </c>
       <c r="D256" t="s">
-        <v>2272</v>
+        <v>2304</v>
       </c>
       <c r="E256" t="s">
-        <v>2273</v>
+        <v>2305</v>
       </c>
       <c r="F256" t="s">
-        <v>2274</v>
+        <v>2306</v>
       </c>
       <c r="G256" t="s">
-        <v>2275</v>
+        <v>2307</v>
       </c>
       <c r="H256" t="s">
-        <v>2276</v>
+        <v>2308</v>
       </c>
       <c r="J256" t="s">
         <v>23</v>
       </c>
       <c r="K256" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L256" t="s">
         <v>25</v>
       </c>
       <c r="M256" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N256" t="s">
         <v>27</v>
       </c>
       <c r="O256" t="s">
-        <v>2277</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5856</v>
+        <v>5792</v>
       </c>
       <c r="B257" t="s">
-        <v>2278</v>
+        <v>2310</v>
       </c>
       <c r="C257" t="s">
-        <v>2279</v>
+        <v>2311</v>
       </c>
       <c r="D257" t="s">
-        <v>2280</v>
+        <v>2312</v>
       </c>
       <c r="E257" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="F257" t="s">
-        <v>2282</v>
+        <v>2314</v>
       </c>
       <c r="G257" t="s">
-        <v>2283</v>
+        <v>2315</v>
       </c>
       <c r="H257" t="s">
-        <v>2284</v>
+        <v>2316</v>
+      </c>
+      <c r="I257" t="s">
+        <v>2317</v>
       </c>
       <c r="J257" t="s">
-        <v>23</v>
+        <v>319</v>
       </c>
       <c r="K257" t="s">
-        <v>53</v>
+        <v>509</v>
       </c>
       <c r="L257" t="s">
-        <v>25</v>
+        <v>321</v>
       </c>
       <c r="M257" t="s">
-        <v>54</v>
+        <v>510</v>
       </c>
       <c r="N257" t="s">
         <v>27</v>
       </c>
       <c r="O257" t="s">
-        <v>2285</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5866</v>
+        <v>5794</v>
       </c>
       <c r="B258" t="s">
-        <v>2286</v>
+        <v>2319</v>
       </c>
       <c r="C258" t="s">
-        <v>2287</v>
+        <v>2320</v>
       </c>
       <c r="D258" t="s">
-        <v>2288</v>
+        <v>2321</v>
       </c>
       <c r="E258" t="s">
-        <v>2289</v>
+        <v>2322</v>
       </c>
       <c r="F258" t="s">
-        <v>2290</v>
+        <v>2323</v>
       </c>
       <c r="G258" t="s">
-        <v>2291</v>
+        <v>2324</v>
       </c>
       <c r="H258" t="s">
-        <v>2292</v>
+        <v>2325</v>
       </c>
       <c r="I258" t="s">
-        <v>2293</v>
+        <v>2326</v>
       </c>
       <c r="J258" t="s">
         <v>23</v>
       </c>
       <c r="K258" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L258" t="s">
         <v>25</v>
       </c>
       <c r="M258" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N258" t="s">
         <v>27</v>
       </c>
       <c r="O258" t="s">
-        <v>2294</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5907</v>
+        <v>5795</v>
       </c>
       <c r="B259" t="s">
-        <v>2295</v>
+        <v>2328</v>
       </c>
       <c r="C259" t="s">
-        <v>2296</v>
+        <v>2329</v>
       </c>
       <c r="D259" t="s">
-        <v>2297</v>
+        <v>2330</v>
       </c>
       <c r="E259" t="s">
-        <v>2298</v>
+        <v>2331</v>
       </c>
       <c r="F259" t="s">
-        <v>2299</v>
+        <v>2332</v>
       </c>
       <c r="G259" t="s">
-        <v>2300</v>
+        <v>2333</v>
       </c>
       <c r="H259" t="s">
-        <v>2301</v>
-[...2 lines deleted...]
-        <v>2302</v>
+        <v>2334</v>
       </c>
       <c r="J259" t="s">
         <v>23</v>
       </c>
       <c r="K259" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L259" t="s">
         <v>25</v>
       </c>
       <c r="M259" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N259" t="s">
         <v>27</v>
       </c>
       <c r="O259" t="s">
-        <v>2303</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5913</v>
+        <v>5796</v>
       </c>
       <c r="B260" t="s">
-        <v>2304</v>
+        <v>2336</v>
       </c>
       <c r="C260" t="s">
-        <v>2305</v>
+        <v>2337</v>
       </c>
       <c r="D260" t="s">
-        <v>2306</v>
+        <v>2338</v>
       </c>
       <c r="E260" t="s">
-        <v>2307</v>
+        <v>2339</v>
       </c>
       <c r="F260" t="s">
-        <v>2308</v>
+        <v>2340</v>
       </c>
       <c r="G260" t="s">
-        <v>2309</v>
+        <v>2341</v>
       </c>
       <c r="H260" t="s">
-        <v>2310</v>
+        <v>2342</v>
       </c>
       <c r="I260" t="s">
-        <v>2311</v>
+        <v>2343</v>
       </c>
       <c r="J260" t="s">
         <v>23</v>
       </c>
       <c r="K260" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="L260" t="s">
         <v>25</v>
       </c>
       <c r="M260" t="s">
-        <v>26</v>
+        <v>157</v>
       </c>
       <c r="N260" t="s">
         <v>27</v>
       </c>
       <c r="O260" t="s">
-        <v>2312</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5932</v>
+        <v>5797</v>
       </c>
       <c r="B261" t="s">
-        <v>2313</v>
+        <v>2345</v>
       </c>
       <c r="C261" t="s">
-        <v>2314</v>
+        <v>2346</v>
       </c>
       <c r="D261" t="s">
-        <v>2315</v>
+        <v>2347</v>
       </c>
       <c r="E261" t="s">
-        <v>2316</v>
+        <v>2348</v>
       </c>
       <c r="F261" t="s">
-        <v>2317</v>
+        <v>2349</v>
       </c>
       <c r="G261" t="s">
-        <v>2318</v>
+        <v>2350</v>
       </c>
       <c r="H261" t="s">
-        <v>2319</v>
-[...2 lines deleted...]
-        <v>2320</v>
+        <v>2351</v>
       </c>
       <c r="J261" t="s">
         <v>23</v>
       </c>
       <c r="K261" t="s">
-        <v>155</v>
+        <v>2352</v>
       </c>
       <c r="L261" t="s">
         <v>25</v>
       </c>
       <c r="M261" t="s">
-        <v>156</v>
+        <v>838</v>
       </c>
       <c r="N261" t="s">
         <v>27</v>
       </c>
       <c r="O261" t="s">
-        <v>2321</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5934</v>
+        <v>5798</v>
       </c>
       <c r="B262" t="s">
-        <v>2322</v>
+        <v>2354</v>
       </c>
       <c r="C262" t="s">
-        <v>2323</v>
+        <v>2355</v>
       </c>
       <c r="D262" t="s">
-        <v>2324</v>
+        <v>2356</v>
       </c>
       <c r="E262" t="s">
-        <v>2325</v>
+        <v>2357</v>
       </c>
       <c r="F262" t="s">
-        <v>2326</v>
+        <v>2358</v>
       </c>
       <c r="G262" t="s">
-        <v>2327</v>
+        <v>2359</v>
       </c>
       <c r="H262" t="s">
-        <v>2328</v>
+        <v>2360</v>
       </c>
       <c r="I262" t="s">
-        <v>2329</v>
+        <v>2361</v>
       </c>
       <c r="J262" t="s">
         <v>23</v>
       </c>
       <c r="K262" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L262" t="s">
         <v>25</v>
       </c>
       <c r="M262" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N262" t="s">
         <v>27</v>
       </c>
       <c r="O262" t="s">
-        <v>2330</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5935</v>
+        <v>5799</v>
       </c>
       <c r="B263" t="s">
-        <v>2331</v>
+        <v>2363</v>
       </c>
       <c r="C263" t="s">
-        <v>2332</v>
+        <v>2364</v>
       </c>
       <c r="D263" t="s">
-        <v>2333</v>
+        <v>2365</v>
       </c>
       <c r="E263" t="s">
-        <v>2334</v>
+        <v>2366</v>
       </c>
       <c r="F263" t="s">
-        <v>2335</v>
+        <v>2367</v>
       </c>
       <c r="G263" t="s">
-        <v>2336</v>
+        <v>2368</v>
       </c>
       <c r="H263" t="s">
-        <v>2337</v>
+        <v>2369</v>
+      </c>
+      <c r="I263" t="s">
+        <v>2370</v>
       </c>
       <c r="J263" t="s">
-        <v>23</v>
+        <v>1511</v>
       </c>
       <c r="K263" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="L263" t="s">
-        <v>25</v>
+        <v>1513</v>
       </c>
       <c r="M263" t="s">
-        <v>617</v>
+        <v>604</v>
       </c>
       <c r="N263" t="s">
         <v>27</v>
       </c>
       <c r="O263" t="s">
-        <v>2338</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5938</v>
+        <v>5800</v>
       </c>
       <c r="B264" t="s">
-        <v>2339</v>
+        <v>2372</v>
       </c>
       <c r="C264" t="s">
-        <v>2340</v>
+        <v>2373</v>
       </c>
       <c r="D264" t="s">
-        <v>2341</v>
+        <v>2374</v>
       </c>
       <c r="E264" t="s">
-        <v>2342</v>
+        <v>2375</v>
       </c>
       <c r="F264" t="s">
-        <v>2343</v>
+        <v>2376</v>
       </c>
       <c r="G264" t="s">
-        <v>2344</v>
+        <v>2377</v>
       </c>
       <c r="H264" t="s">
-        <v>2345</v>
+        <v>2378</v>
       </c>
       <c r="J264" t="s">
-        <v>318</v>
+        <v>23</v>
       </c>
       <c r="K264" t="s">
-        <v>2346</v>
+        <v>156</v>
       </c>
       <c r="L264" t="s">
-        <v>320</v>
+        <v>25</v>
       </c>
       <c r="M264" t="s">
-        <v>2347</v>
+        <v>157</v>
       </c>
       <c r="N264" t="s">
         <v>27</v>
       </c>
       <c r="O264" t="s">
-        <v>2348</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5948</v>
+        <v>5801</v>
       </c>
       <c r="B265" t="s">
-        <v>2349</v>
+        <v>2380</v>
       </c>
       <c r="C265" t="s">
-        <v>2350</v>
+        <v>2381</v>
       </c>
       <c r="D265" t="s">
-        <v>2351</v>
+        <v>2382</v>
       </c>
       <c r="E265" t="s">
-        <v>2352</v>
+        <v>2383</v>
       </c>
       <c r="F265" t="s">
-        <v>2353</v>
+        <v>2384</v>
       </c>
       <c r="G265" t="s">
-        <v>2354</v>
+        <v>2385</v>
       </c>
       <c r="H265" t="s">
-        <v>2355</v>
+        <v>2386</v>
       </c>
       <c r="J265" t="s">
         <v>23</v>
       </c>
       <c r="K265" t="s">
-        <v>475</v>
+        <v>24</v>
       </c>
       <c r="L265" t="s">
         <v>25</v>
       </c>
       <c r="M265" t="s">
-        <v>476</v>
+        <v>26</v>
       </c>
       <c r="N265" t="s">
         <v>27</v>
       </c>
       <c r="O265" t="s">
-        <v>2356</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5953</v>
+        <v>5802</v>
       </c>
       <c r="B266" t="s">
-        <v>2357</v>
+        <v>2388</v>
       </c>
       <c r="C266" t="s">
-        <v>2358</v>
+        <v>2389</v>
       </c>
       <c r="D266" t="s">
-        <v>2359</v>
+        <v>2390</v>
       </c>
       <c r="E266" t="s">
-        <v>2360</v>
+        <v>2391</v>
       </c>
       <c r="F266" t="s">
-        <v>2361</v>
+        <v>2392</v>
       </c>
       <c r="G266" t="s">
-        <v>2362</v>
+        <v>2393</v>
       </c>
       <c r="H266" t="s">
-        <v>2363</v>
-[...2 lines deleted...]
-        <v>2364</v>
+        <v>2394</v>
       </c>
       <c r="J266" t="s">
         <v>23</v>
       </c>
       <c r="K266" t="s">
-        <v>53</v>
+        <v>320</v>
       </c>
       <c r="L266" t="s">
         <v>25</v>
       </c>
       <c r="M266" t="s">
-        <v>54</v>
+        <v>322</v>
       </c>
       <c r="N266" t="s">
         <v>27</v>
       </c>
       <c r="O266" t="s">
-        <v>2365</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5981</v>
+        <v>5803</v>
       </c>
       <c r="B267" t="s">
-        <v>2366</v>
+        <v>2396</v>
       </c>
       <c r="C267" t="s">
-        <v>2367</v>
+        <v>2397</v>
       </c>
       <c r="D267" t="s">
-        <v>2368</v>
+        <v>2398</v>
       </c>
       <c r="E267" t="s">
-        <v>2369</v>
+        <v>2399</v>
       </c>
       <c r="F267" t="s">
-        <v>2370</v>
+        <v>2400</v>
       </c>
       <c r="G267" t="s">
-        <v>2371</v>
+        <v>2401</v>
       </c>
       <c r="H267" t="s">
-        <v>2372</v>
+        <v>2402</v>
       </c>
       <c r="I267" t="s">
-        <v>2373</v>
+        <v>2403</v>
       </c>
       <c r="J267" t="s">
-        <v>318</v>
+        <v>23</v>
       </c>
       <c r="K267" t="s">
-        <v>2374</v>
+        <v>53</v>
       </c>
       <c r="L267" t="s">
-        <v>320</v>
+        <v>25</v>
       </c>
       <c r="M267" t="s">
-        <v>2375</v>
+        <v>54</v>
       </c>
       <c r="N267" t="s">
         <v>27</v>
       </c>
       <c r="O267" t="s">
-        <v>2376</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5986</v>
+        <v>5804</v>
       </c>
       <c r="B268" t="s">
-        <v>2377</v>
+        <v>2405</v>
       </c>
       <c r="C268" t="s">
-        <v>2378</v>
+        <v>2406</v>
       </c>
       <c r="D268" t="s">
-        <v>2379</v>
+        <v>2407</v>
       </c>
       <c r="E268" t="s">
-        <v>2380</v>
+        <v>2408</v>
       </c>
       <c r="F268" t="s">
-        <v>2381</v>
+        <v>2409</v>
       </c>
       <c r="G268" t="s">
-        <v>2382</v>
+        <v>2410</v>
       </c>
       <c r="H268" t="s">
-        <v>2383</v>
-[...2 lines deleted...]
-        <v>2384</v>
+        <v>2411</v>
       </c>
       <c r="J268" t="s">
-        <v>23</v>
+        <v>319</v>
       </c>
       <c r="K268" t="s">
-        <v>155</v>
+        <v>476</v>
       </c>
       <c r="L268" t="s">
-        <v>25</v>
+        <v>321</v>
       </c>
       <c r="M268" t="s">
-        <v>156</v>
+        <v>477</v>
       </c>
       <c r="N268" t="s">
         <v>27</v>
       </c>
       <c r="O268" t="s">
-        <v>2385</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5989</v>
+        <v>5805</v>
       </c>
       <c r="B269" t="s">
-        <v>2386</v>
+        <v>2413</v>
       </c>
       <c r="C269" t="s">
-        <v>2387</v>
+        <v>2414</v>
       </c>
       <c r="D269" t="s">
-        <v>2388</v>
+        <v>2415</v>
       </c>
       <c r="E269" t="s">
-        <v>2389</v>
+        <v>2416</v>
       </c>
       <c r="F269" t="s">
-        <v>2390</v>
+        <v>2417</v>
       </c>
       <c r="G269" t="s">
-        <v>2391</v>
+        <v>2418</v>
       </c>
       <c r="H269" t="s">
-        <v>2392</v>
+        <v>2419</v>
       </c>
       <c r="I269" t="s">
-        <v>2393</v>
+        <v>2420</v>
       </c>
       <c r="J269" t="s">
         <v>23</v>
       </c>
       <c r="K269" t="s">
-        <v>1588</v>
+        <v>53</v>
       </c>
       <c r="L269" t="s">
         <v>25</v>
       </c>
+      <c r="M269" t="s">
+        <v>54</v>
+      </c>
       <c r="N269" t="s">
         <v>27</v>
       </c>
       <c r="O269" t="s">
-        <v>2394</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>6021</v>
+        <v>5807</v>
       </c>
       <c r="B270" t="s">
-        <v>2395</v>
+        <v>2422</v>
       </c>
       <c r="C270" t="s">
-        <v>2396</v>
+        <v>2423</v>
       </c>
       <c r="D270" t="s">
-        <v>2397</v>
+        <v>2424</v>
       </c>
       <c r="E270" t="s">
-        <v>2398</v>
+        <v>2425</v>
       </c>
       <c r="F270" t="s">
-        <v>2399</v>
+        <v>2426</v>
       </c>
       <c r="G270" t="s">
-        <v>2400</v>
+        <v>2427</v>
       </c>
       <c r="H270" t="s">
-        <v>2401</v>
-[...2 lines deleted...]
-        <v>2402</v>
+        <v>2428</v>
       </c>
       <c r="J270" t="s">
         <v>23</v>
       </c>
       <c r="K270" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L270" t="s">
         <v>25</v>
       </c>
       <c r="M270" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N270" t="s">
         <v>27</v>
       </c>
       <c r="O270" t="s">
-        <v>2403</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>6049</v>
+        <v>5811</v>
       </c>
       <c r="B271" t="s">
-        <v>2404</v>
+        <v>2430</v>
       </c>
       <c r="C271" t="s">
-        <v>2405</v>
+        <v>2431</v>
       </c>
       <c r="D271" t="s">
-        <v>2406</v>
+        <v>2432</v>
       </c>
       <c r="E271" t="s">
-        <v>2407</v>
+        <v>2433</v>
       </c>
       <c r="F271" t="s">
-        <v>2408</v>
+        <v>2434</v>
       </c>
       <c r="G271" t="s">
-        <v>2409</v>
+        <v>2435</v>
       </c>
       <c r="H271" t="s">
-        <v>2410</v>
+        <v>2436</v>
       </c>
       <c r="I271" t="s">
-        <v>2411</v>
+        <v>2437</v>
       </c>
       <c r="J271" t="s">
-        <v>2412</v>
+        <v>23</v>
       </c>
       <c r="K271" t="s">
-        <v>2413</v>
+        <v>53</v>
       </c>
       <c r="L271" t="s">
-        <v>2414</v>
+        <v>25</v>
       </c>
       <c r="M271" t="s">
-        <v>2415</v>
+        <v>54</v>
       </c>
       <c r="N271" t="s">
         <v>27</v>
       </c>
       <c r="O271" t="s">
-        <v>2416</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>6180</v>
+        <v>5817</v>
       </c>
       <c r="B272" t="s">
-        <v>2417</v>
+        <v>2439</v>
       </c>
       <c r="C272" t="s">
-        <v>2418</v>
+        <v>2440</v>
       </c>
       <c r="D272" t="s">
-        <v>2419</v>
+        <v>2441</v>
       </c>
       <c r="E272" t="s">
-        <v>2420</v>
+        <v>2442</v>
       </c>
       <c r="F272" t="s">
-        <v>2421</v>
+        <v>2443</v>
       </c>
       <c r="G272" t="s">
-        <v>2422</v>
+        <v>2444</v>
       </c>
       <c r="H272" t="s">
-        <v>2423</v>
-[...2 lines deleted...]
-        <v>2424</v>
+        <v>2445</v>
       </c>
       <c r="J272" t="s">
         <v>23</v>
       </c>
       <c r="K272" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L272" t="s">
         <v>25</v>
       </c>
       <c r="M272" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N272" t="s">
         <v>27</v>
       </c>
       <c r="O272" t="s">
-        <v>2425</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>6203</v>
+        <v>5822</v>
       </c>
       <c r="B273" t="s">
-        <v>2426</v>
+        <v>2447</v>
       </c>
       <c r="C273" t="s">
-        <v>2427</v>
+        <v>2448</v>
       </c>
       <c r="D273" t="s">
-        <v>2428</v>
+        <v>2449</v>
       </c>
       <c r="E273" t="s">
-        <v>2429</v>
+        <v>2450</v>
       </c>
       <c r="F273" t="s">
-        <v>2430</v>
+        <v>2451</v>
       </c>
       <c r="G273" t="s">
-        <v>2431</v>
+        <v>2452</v>
       </c>
       <c r="H273" t="s">
-        <v>2432</v>
-[...2 lines deleted...]
-        <v>2433</v>
+        <v>2453</v>
       </c>
       <c r="J273" t="s">
         <v>23</v>
       </c>
       <c r="K273" t="s">
-        <v>155</v>
+        <v>1317</v>
       </c>
       <c r="L273" t="s">
         <v>25</v>
       </c>
       <c r="M273" t="s">
-        <v>156</v>
+        <v>2454</v>
       </c>
       <c r="N273" t="s">
         <v>27</v>
       </c>
       <c r="O273" t="s">
-        <v>2434</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>6208</v>
+        <v>5830</v>
       </c>
       <c r="B274" t="s">
-        <v>2435</v>
+        <v>2456</v>
       </c>
       <c r="C274" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="D274" t="s">
-        <v>2437</v>
+        <v>2458</v>
       </c>
       <c r="E274" t="s">
-        <v>2438</v>
+        <v>2459</v>
       </c>
       <c r="F274" t="s">
-        <v>2439</v>
+        <v>2460</v>
       </c>
       <c r="G274" t="s">
-        <v>2440</v>
+        <v>2461</v>
       </c>
       <c r="H274" t="s">
-        <v>2441</v>
+        <v>2462</v>
       </c>
       <c r="I274" t="s">
-        <v>2442</v>
+        <v>2463</v>
       </c>
       <c r="J274" t="s">
         <v>23</v>
       </c>
       <c r="K274" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L274" t="s">
         <v>25</v>
       </c>
       <c r="M274" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N274" t="s">
         <v>27</v>
       </c>
       <c r="O274" t="s">
-        <v>2443</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>6211</v>
+        <v>5845</v>
       </c>
       <c r="B275" t="s">
-        <v>2444</v>
+        <v>2465</v>
       </c>
       <c r="C275" t="s">
-        <v>2445</v>
+        <v>2466</v>
       </c>
       <c r="D275" t="s">
-        <v>2446</v>
+        <v>2467</v>
       </c>
       <c r="E275" t="s">
-        <v>2447</v>
+        <v>2468</v>
       </c>
       <c r="F275" t="s">
-        <v>2448</v>
+        <v>2469</v>
       </c>
       <c r="G275" t="s">
-        <v>2449</v>
+        <v>2470</v>
       </c>
       <c r="H275" t="s">
-        <v>2450</v>
-[...2 lines deleted...]
-        <v>2451</v>
+        <v>2471</v>
       </c>
       <c r="J275" t="s">
         <v>23</v>
       </c>
       <c r="K275" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L275" t="s">
         <v>25</v>
       </c>
       <c r="M275" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N275" t="s">
         <v>27</v>
       </c>
       <c r="O275" t="s">
-        <v>2452</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>6255</v>
+        <v>5846</v>
       </c>
       <c r="B276" t="s">
-        <v>2453</v>
+        <v>2473</v>
       </c>
       <c r="C276" t="s">
-        <v>2454</v>
+        <v>2474</v>
       </c>
       <c r="D276" t="s">
-        <v>2455</v>
+        <v>2475</v>
       </c>
       <c r="E276" t="s">
-        <v>2456</v>
+        <v>2476</v>
       </c>
       <c r="F276" t="s">
-        <v>2457</v>
+        <v>2477</v>
       </c>
       <c r="G276" t="s">
-        <v>2458</v>
+        <v>2478</v>
       </c>
       <c r="H276" t="s">
-        <v>2459</v>
-[...2 lines deleted...]
-        <v>2460</v>
+        <v>2479</v>
       </c>
       <c r="J276" t="s">
         <v>23</v>
       </c>
       <c r="K276" t="s">
-        <v>2461</v>
+        <v>156</v>
       </c>
       <c r="L276" t="s">
         <v>25</v>
       </c>
+      <c r="M276" t="s">
+        <v>157</v>
+      </c>
       <c r="N276" t="s">
         <v>27</v>
       </c>
       <c r="O276" t="s">
-        <v>2462</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>6261</v>
+        <v>5856</v>
       </c>
       <c r="B277" t="s">
-        <v>2463</v>
+        <v>2481</v>
       </c>
       <c r="C277" t="s">
-        <v>2464</v>
+        <v>2482</v>
       </c>
       <c r="D277" t="s">
-        <v>2465</v>
+        <v>2483</v>
       </c>
       <c r="E277" t="s">
-        <v>2466</v>
+        <v>2484</v>
       </c>
       <c r="F277" t="s">
-        <v>2467</v>
+        <v>2485</v>
       </c>
       <c r="G277" t="s">
-        <v>2468</v>
+        <v>2486</v>
       </c>
       <c r="H277" t="s">
-        <v>2469</v>
-[...2 lines deleted...]
-        <v>2470</v>
+        <v>2487</v>
       </c>
       <c r="J277" t="s">
         <v>23</v>
       </c>
       <c r="K277" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="L277" t="s">
         <v>25</v>
       </c>
       <c r="M277" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="N277" t="s">
         <v>27</v>
       </c>
       <c r="O277" t="s">
-        <v>2471</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>6263</v>
+        <v>5863</v>
       </c>
       <c r="B278" t="s">
-        <v>2472</v>
+        <v>2489</v>
       </c>
       <c r="C278" t="s">
-        <v>2473</v>
+        <v>2490</v>
       </c>
       <c r="D278" t="s">
-        <v>2474</v>
+        <v>2491</v>
       </c>
       <c r="E278" t="s">
-        <v>2475</v>
+        <v>2492</v>
       </c>
       <c r="F278" t="s">
-        <v>2476</v>
+        <v>2493</v>
       </c>
       <c r="G278" t="s">
-        <v>2477</v>
+        <v>2494</v>
       </c>
       <c r="H278" t="s">
-        <v>2478</v>
+        <v>2495</v>
       </c>
       <c r="I278" t="s">
-        <v>2479</v>
+        <v>2496</v>
       </c>
       <c r="J278" t="s">
         <v>23</v>
       </c>
       <c r="K278" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L278" t="s">
         <v>25</v>
       </c>
       <c r="M278" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N278" t="s">
         <v>27</v>
       </c>
       <c r="O278" t="s">
-        <v>2480</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>6274</v>
+        <v>5866</v>
       </c>
       <c r="B279" t="s">
-        <v>2481</v>
+        <v>2498</v>
       </c>
       <c r="C279" t="s">
-        <v>2482</v>
+        <v>2499</v>
       </c>
       <c r="D279" t="s">
-        <v>2483</v>
+        <v>2500</v>
       </c>
       <c r="E279" t="s">
-        <v>2484</v>
+        <v>2501</v>
       </c>
       <c r="F279" t="s">
-        <v>2485</v>
+        <v>2502</v>
       </c>
       <c r="G279" t="s">
-        <v>2486</v>
+        <v>2503</v>
       </c>
       <c r="H279" t="s">
-        <v>2487</v>
+        <v>2504</v>
       </c>
       <c r="I279" t="s">
-        <v>2488</v>
+        <v>2505</v>
       </c>
       <c r="J279" t="s">
         <v>23</v>
       </c>
       <c r="K279" t="s">
         <v>53</v>
       </c>
       <c r="L279" t="s">
         <v>25</v>
       </c>
       <c r="M279" t="s">
         <v>54</v>
       </c>
       <c r="N279" t="s">
         <v>27</v>
       </c>
       <c r="O279" t="s">
-        <v>2489</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>6275</v>
+        <v>5907</v>
       </c>
       <c r="B280" t="s">
-        <v>2490</v>
+        <v>2507</v>
       </c>
       <c r="C280" t="s">
-        <v>2491</v>
+        <v>2508</v>
       </c>
       <c r="D280" t="s">
-        <v>2492</v>
+        <v>2509</v>
       </c>
       <c r="E280" t="s">
-        <v>2493</v>
+        <v>2510</v>
       </c>
       <c r="F280" t="s">
-        <v>2494</v>
+        <v>2511</v>
       </c>
       <c r="G280" t="s">
-        <v>2495</v>
+        <v>2512</v>
       </c>
       <c r="H280" t="s">
-        <v>2496</v>
+        <v>2513</v>
       </c>
       <c r="I280" t="s">
-        <v>2497</v>
+        <v>2514</v>
       </c>
       <c r="J280" t="s">
-        <v>318</v>
+        <v>23</v>
       </c>
       <c r="K280" t="s">
-        <v>319</v>
+        <v>53</v>
       </c>
       <c r="L280" t="s">
-        <v>320</v>
+        <v>25</v>
       </c>
       <c r="M280" t="s">
-        <v>321</v>
+        <v>54</v>
       </c>
       <c r="N280" t="s">
         <v>27</v>
       </c>
       <c r="O280" t="s">
-        <v>2498</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>6369</v>
+        <v>5913</v>
       </c>
       <c r="B281" t="s">
-        <v>2499</v>
+        <v>2516</v>
       </c>
       <c r="C281" t="s">
-        <v>2500</v>
+        <v>2517</v>
       </c>
       <c r="D281" t="s">
-        <v>2501</v>
+        <v>2518</v>
       </c>
       <c r="E281" t="s">
-        <v>2502</v>
+        <v>2519</v>
       </c>
       <c r="F281" t="s">
-        <v>2503</v>
+        <v>2520</v>
       </c>
       <c r="G281" t="s">
-        <v>2504</v>
+        <v>2521</v>
       </c>
       <c r="H281" t="s">
-        <v>2505</v>
+        <v>2522</v>
+      </c>
+      <c r="I281" t="s">
+        <v>2523</v>
       </c>
       <c r="J281" t="s">
         <v>23</v>
       </c>
       <c r="K281" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L281" t="s">
         <v>25</v>
       </c>
       <c r="M281" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N281" t="s">
         <v>27</v>
       </c>
       <c r="O281" t="s">
-        <v>2506</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>6373</v>
+        <v>5932</v>
       </c>
       <c r="B282" t="s">
-        <v>2507</v>
+        <v>2525</v>
       </c>
       <c r="C282" t="s">
-        <v>2508</v>
+        <v>2526</v>
       </c>
       <c r="D282" t="s">
-        <v>2509</v>
+        <v>2527</v>
       </c>
       <c r="E282" t="s">
-        <v>2510</v>
+        <v>2528</v>
       </c>
       <c r="F282" t="s">
-        <v>2511</v>
+        <v>2529</v>
       </c>
       <c r="G282" t="s">
-        <v>2512</v>
+        <v>2530</v>
       </c>
       <c r="H282" t="s">
-        <v>2513</v>
+        <v>2531</v>
+      </c>
+      <c r="I282" t="s">
+        <v>2532</v>
       </c>
       <c r="J282" t="s">
         <v>23</v>
       </c>
       <c r="K282" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L282" t="s">
         <v>25</v>
       </c>
       <c r="M282" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N282" t="s">
         <v>27</v>
       </c>
       <c r="O282" t="s">
-        <v>2514</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>6376</v>
+        <v>5934</v>
       </c>
       <c r="B283" t="s">
-        <v>2515</v>
+        <v>2534</v>
       </c>
       <c r="C283" t="s">
-        <v>2516</v>
+        <v>2535</v>
       </c>
       <c r="D283" t="s">
-        <v>2517</v>
+        <v>2536</v>
       </c>
       <c r="E283" t="s">
-        <v>2518</v>
+        <v>2537</v>
       </c>
       <c r="F283" t="s">
-        <v>2519</v>
+        <v>2538</v>
       </c>
       <c r="G283" t="s">
-        <v>2520</v>
+        <v>2539</v>
       </c>
       <c r="H283" t="s">
-        <v>2521</v>
+        <v>2540</v>
+      </c>
+      <c r="I283" t="s">
+        <v>2541</v>
       </c>
       <c r="J283" t="s">
         <v>23</v>
       </c>
       <c r="K283" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L283" t="s">
         <v>25</v>
       </c>
       <c r="M283" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N283" t="s">
         <v>27</v>
       </c>
       <c r="O283" t="s">
-        <v>2522</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>6377</v>
+        <v>5935</v>
       </c>
       <c r="B284" t="s">
-        <v>2523</v>
+        <v>2543</v>
       </c>
       <c r="C284" t="s">
-        <v>2524</v>
+        <v>2544</v>
       </c>
       <c r="D284" t="s">
-        <v>2525</v>
+        <v>2545</v>
       </c>
       <c r="E284" t="s">
-        <v>2526</v>
+        <v>2546</v>
       </c>
       <c r="F284" t="s">
-        <v>2527</v>
+        <v>2547</v>
       </c>
       <c r="G284" t="s">
-        <v>2528</v>
+        <v>2548</v>
       </c>
       <c r="H284" t="s">
-        <v>2529</v>
+        <v>2549</v>
       </c>
       <c r="J284" t="s">
         <v>23</v>
       </c>
       <c r="K284" t="s">
-        <v>53</v>
+        <v>603</v>
       </c>
       <c r="L284" t="s">
         <v>25</v>
       </c>
       <c r="M284" t="s">
-        <v>54</v>
+        <v>623</v>
       </c>
       <c r="N284" t="s">
         <v>27</v>
       </c>
       <c r="O284" t="s">
-        <v>2530</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>6379</v>
+        <v>5938</v>
       </c>
       <c r="B285" t="s">
-        <v>2531</v>
+        <v>2551</v>
       </c>
       <c r="C285" t="s">
-        <v>2532</v>
+        <v>2552</v>
       </c>
       <c r="D285" t="s">
-        <v>2533</v>
+        <v>2553</v>
       </c>
       <c r="E285" t="s">
-        <v>2534</v>
+        <v>2554</v>
       </c>
       <c r="F285" t="s">
-        <v>2535</v>
+        <v>2555</v>
       </c>
       <c r="G285" t="s">
-        <v>2536</v>
+        <v>2556</v>
       </c>
       <c r="H285" t="s">
-        <v>2537</v>
+        <v>2557</v>
       </c>
       <c r="J285" t="s">
-        <v>23</v>
+        <v>319</v>
       </c>
       <c r="K285" t="s">
-        <v>53</v>
+        <v>2558</v>
       </c>
       <c r="L285" t="s">
-        <v>25</v>
+        <v>321</v>
       </c>
       <c r="M285" t="s">
-        <v>54</v>
+        <v>2559</v>
       </c>
       <c r="N285" t="s">
         <v>27</v>
       </c>
       <c r="O285" t="s">
-        <v>2538</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>6386</v>
+        <v>5948</v>
       </c>
       <c r="B286" t="s">
-        <v>2539</v>
+        <v>2561</v>
       </c>
       <c r="C286" t="s">
-        <v>2540</v>
+        <v>2562</v>
       </c>
       <c r="D286" t="s">
-        <v>2541</v>
+        <v>2563</v>
       </c>
       <c r="E286" t="s">
-        <v>2542</v>
+        <v>2564</v>
       </c>
       <c r="F286" t="s">
-        <v>2543</v>
+        <v>2565</v>
       </c>
       <c r="G286" t="s">
-        <v>2544</v>
+        <v>2566</v>
       </c>
       <c r="H286" t="s">
-        <v>2545</v>
+        <v>2567</v>
       </c>
       <c r="J286" t="s">
-        <v>2546</v>
+        <v>23</v>
       </c>
       <c r="K286" t="s">
-        <v>2547</v>
+        <v>476</v>
       </c>
       <c r="L286" t="s">
-        <v>2548</v>
+        <v>25</v>
       </c>
       <c r="M286" t="s">
-        <v>2549</v>
+        <v>477</v>
       </c>
       <c r="N286" t="s">
         <v>27</v>
       </c>
       <c r="O286" t="s">
-        <v>2550</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>6387</v>
+        <v>5953</v>
       </c>
       <c r="B287" t="s">
-        <v>2551</v>
+        <v>2569</v>
       </c>
       <c r="C287" t="s">
-        <v>2552</v>
+        <v>2570</v>
       </c>
       <c r="D287" t="s">
-        <v>2553</v>
+        <v>2571</v>
       </c>
       <c r="E287" t="s">
-        <v>2554</v>
+        <v>2572</v>
       </c>
       <c r="F287" t="s">
-        <v>2555</v>
+        <v>2573</v>
       </c>
       <c r="G287" t="s">
-        <v>2556</v>
+        <v>2574</v>
       </c>
       <c r="H287" t="s">
-        <v>2557</v>
+        <v>2575</v>
+      </c>
+      <c r="I287" t="s">
+        <v>2576</v>
       </c>
       <c r="J287" t="s">
         <v>23</v>
       </c>
       <c r="K287" t="s">
-        <v>475</v>
+        <v>53</v>
       </c>
       <c r="L287" t="s">
         <v>25</v>
       </c>
       <c r="M287" t="s">
-        <v>476</v>
+        <v>54</v>
       </c>
       <c r="N287" t="s">
         <v>27</v>
       </c>
       <c r="O287" t="s">
-        <v>2558</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>6399</v>
+        <v>5981</v>
       </c>
       <c r="B288" t="s">
-        <v>2559</v>
+        <v>2578</v>
       </c>
       <c r="C288" t="s">
-        <v>2560</v>
+        <v>2579</v>
       </c>
       <c r="D288" t="s">
-        <v>2561</v>
+        <v>2580</v>
       </c>
       <c r="E288" t="s">
-        <v>2562</v>
+        <v>2581</v>
       </c>
       <c r="F288" t="s">
-        <v>2563</v>
+        <v>2582</v>
       </c>
       <c r="G288" t="s">
-        <v>2564</v>
+        <v>2583</v>
       </c>
       <c r="H288" t="s">
-        <v>2565</v>
+        <v>2584</v>
+      </c>
+      <c r="I288" t="s">
+        <v>2585</v>
       </c>
       <c r="J288" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K288" t="s">
-        <v>319</v>
+        <v>2586</v>
       </c>
       <c r="L288" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M288" t="s">
-        <v>321</v>
+        <v>2587</v>
       </c>
       <c r="N288" t="s">
         <v>27</v>
       </c>
       <c r="O288" t="s">
-        <v>2566</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>6405</v>
+        <v>5986</v>
       </c>
       <c r="B289" t="s">
-        <v>2567</v>
+        <v>2589</v>
       </c>
       <c r="C289" t="s">
-        <v>2568</v>
+        <v>2590</v>
       </c>
       <c r="D289" t="s">
-        <v>2569</v>
+        <v>2591</v>
       </c>
       <c r="E289" t="s">
-        <v>2570</v>
+        <v>2592</v>
       </c>
       <c r="F289" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="G289" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="H289" t="s">
-        <v>2573</v>
+        <v>2595</v>
+      </c>
+      <c r="I289" t="s">
+        <v>2596</v>
       </c>
       <c r="J289" t="s">
         <v>23</v>
       </c>
       <c r="K289" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L289" t="s">
         <v>25</v>
       </c>
       <c r="M289" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N289" t="s">
         <v>27</v>
       </c>
       <c r="O289" t="s">
-        <v>2574</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>6460</v>
+        <v>5989</v>
       </c>
       <c r="B290" t="s">
-        <v>2575</v>
+        <v>2598</v>
       </c>
       <c r="C290" t="s">
-        <v>2576</v>
+        <v>2599</v>
       </c>
       <c r="D290" t="s">
-        <v>2577</v>
+        <v>2600</v>
       </c>
       <c r="E290" t="s">
-        <v>2578</v>
+        <v>2601</v>
       </c>
       <c r="F290" t="s">
-        <v>2579</v>
+        <v>2602</v>
       </c>
       <c r="G290" t="s">
-        <v>2580</v>
+        <v>2603</v>
       </c>
       <c r="H290" t="s">
-        <v>2581</v>
+        <v>2604</v>
       </c>
       <c r="I290" t="s">
-        <v>2582</v>
+        <v>2605</v>
       </c>
       <c r="J290" t="s">
         <v>23</v>
       </c>
       <c r="K290" t="s">
-        <v>53</v>
+        <v>1780</v>
       </c>
       <c r="L290" t="s">
         <v>25</v>
       </c>
       <c r="M290" t="s">
-        <v>54</v>
+        <v>1781</v>
       </c>
       <c r="N290" t="s">
         <v>27</v>
       </c>
       <c r="O290" t="s">
-        <v>2583</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>6468</v>
+        <v>6021</v>
       </c>
       <c r="B291" t="s">
-        <v>2584</v>
+        <v>2607</v>
       </c>
       <c r="C291" t="s">
-        <v>2585</v>
+        <v>2608</v>
       </c>
       <c r="D291" t="s">
-        <v>2586</v>
+        <v>2609</v>
       </c>
       <c r="E291" t="s">
-        <v>2587</v>
+        <v>2610</v>
       </c>
       <c r="F291" t="s">
-        <v>2588</v>
+        <v>2611</v>
       </c>
       <c r="G291" t="s">
-        <v>2589</v>
+        <v>2612</v>
       </c>
       <c r="H291" t="s">
-        <v>2590</v>
+        <v>2613</v>
       </c>
       <c r="I291" t="s">
-        <v>2591</v>
+        <v>2614</v>
       </c>
       <c r="J291" t="s">
         <v>23</v>
       </c>
       <c r="K291" t="s">
         <v>53</v>
       </c>
       <c r="L291" t="s">
         <v>25</v>
       </c>
       <c r="M291" t="s">
         <v>54</v>
       </c>
       <c r="N291" t="s">
         <v>27</v>
       </c>
       <c r="O291" t="s">
-        <v>2592</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>6761</v>
+        <v>6049</v>
       </c>
       <c r="B292" t="s">
-        <v>2593</v>
+        <v>2616</v>
       </c>
       <c r="C292" t="s">
-        <v>2594</v>
+        <v>2617</v>
       </c>
       <c r="D292" t="s">
-        <v>2595</v>
+        <v>2618</v>
       </c>
       <c r="E292" t="s">
-        <v>2596</v>
+        <v>2619</v>
       </c>
       <c r="F292" t="s">
-        <v>2597</v>
+        <v>2620</v>
       </c>
       <c r="G292" t="s">
-        <v>2598</v>
+        <v>2621</v>
       </c>
       <c r="H292" t="s">
-        <v>2599</v>
+        <v>2622</v>
       </c>
       <c r="I292" t="s">
-        <v>2600</v>
+        <v>2623</v>
       </c>
       <c r="J292" t="s">
-        <v>23</v>
+        <v>2624</v>
       </c>
       <c r="K292" t="s">
-        <v>53</v>
+        <v>2625</v>
       </c>
       <c r="L292" t="s">
-        <v>25</v>
+        <v>2626</v>
       </c>
       <c r="M292" t="s">
-        <v>54</v>
+        <v>2627</v>
       </c>
       <c r="N292" t="s">
         <v>27</v>
       </c>
       <c r="O292" t="s">
-        <v>2601</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>6763</v>
+        <v>6180</v>
       </c>
       <c r="B293" t="s">
-        <v>2602</v>
+        <v>2629</v>
       </c>
       <c r="C293" t="s">
-        <v>2603</v>
+        <v>2630</v>
       </c>
       <c r="D293" t="s">
-        <v>2604</v>
+        <v>2631</v>
       </c>
       <c r="E293" t="s">
-        <v>2605</v>
+        <v>2632</v>
       </c>
       <c r="F293" t="s">
-        <v>2606</v>
+        <v>2633</v>
       </c>
       <c r="G293" t="s">
-        <v>2607</v>
+        <v>2634</v>
       </c>
       <c r="H293" t="s">
-        <v>2608</v>
+        <v>2635</v>
       </c>
       <c r="I293" t="s">
-        <v>2609</v>
+        <v>2636</v>
       </c>
       <c r="J293" t="s">
-        <v>318</v>
+        <v>23</v>
       </c>
       <c r="K293" t="s">
-        <v>2610</v>
+        <v>53</v>
       </c>
       <c r="L293" t="s">
-        <v>320</v>
+        <v>25</v>
       </c>
       <c r="M293" t="s">
-        <v>1484</v>
+        <v>54</v>
       </c>
       <c r="N293" t="s">
         <v>27</v>
       </c>
       <c r="O293" t="s">
-        <v>2611</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>6765</v>
+        <v>6203</v>
       </c>
       <c r="B294" t="s">
-        <v>2612</v>
+        <v>2638</v>
       </c>
       <c r="C294" t="s">
-        <v>2613</v>
+        <v>2639</v>
       </c>
       <c r="D294" t="s">
-        <v>2614</v>
+        <v>2640</v>
       </c>
       <c r="E294" t="s">
-        <v>2615</v>
+        <v>2641</v>
       </c>
       <c r="F294" t="s">
-        <v>2616</v>
+        <v>2642</v>
       </c>
       <c r="G294" t="s">
-        <v>2617</v>
+        <v>2643</v>
       </c>
       <c r="H294" t="s">
-        <v>2618</v>
+        <v>2644</v>
       </c>
       <c r="I294" t="s">
-        <v>2619</v>
+        <v>2645</v>
       </c>
       <c r="J294" t="s">
         <v>23</v>
       </c>
       <c r="K294" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L294" t="s">
         <v>25</v>
       </c>
       <c r="M294" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N294" t="s">
         <v>27</v>
       </c>
       <c r="O294" t="s">
-        <v>2620</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>6979</v>
+        <v>6208</v>
       </c>
       <c r="B295" t="s">
-        <v>2621</v>
+        <v>2647</v>
       </c>
       <c r="C295" t="s">
-        <v>2622</v>
+        <v>2648</v>
       </c>
       <c r="D295" t="s">
-        <v>2623</v>
+        <v>2649</v>
       </c>
       <c r="E295" t="s">
-        <v>2624</v>
+        <v>2650</v>
       </c>
       <c r="F295" t="s">
-        <v>2625</v>
+        <v>2651</v>
       </c>
       <c r="G295" t="s">
-        <v>2626</v>
+        <v>2652</v>
       </c>
       <c r="H295" t="s">
-        <v>2627</v>
+        <v>2653</v>
+      </c>
+      <c r="I295" t="s">
+        <v>2654</v>
       </c>
       <c r="J295" t="s">
         <v>23</v>
       </c>
       <c r="K295" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="L295" t="s">
         <v>25</v>
       </c>
       <c r="M295" t="s">
-        <v>26</v>
+        <v>157</v>
       </c>
       <c r="N295" t="s">
         <v>27</v>
       </c>
       <c r="O295" t="s">
-        <v>2628</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>8265</v>
+        <v>6211</v>
       </c>
       <c r="B296" t="s">
-        <v>2629</v>
+        <v>2656</v>
       </c>
       <c r="C296" t="s">
-        <v>2630</v>
+        <v>2657</v>
       </c>
       <c r="D296" t="s">
-        <v>2631</v>
+        <v>2658</v>
       </c>
       <c r="E296" t="s">
-        <v>2632</v>
+        <v>2659</v>
       </c>
       <c r="F296" t="s">
-        <v>2633</v>
+        <v>2660</v>
       </c>
       <c r="G296" t="s">
-        <v>2634</v>
+        <v>2661</v>
       </c>
       <c r="H296" t="s">
-        <v>2635</v>
+        <v>2662</v>
       </c>
       <c r="I296" t="s">
-        <v>2636</v>
+        <v>2663</v>
       </c>
       <c r="J296" t="s">
         <v>23</v>
       </c>
       <c r="K296" t="s">
-        <v>2637</v>
+        <v>156</v>
       </c>
       <c r="L296" t="s">
         <v>25</v>
       </c>
+      <c r="M296" t="s">
+        <v>157</v>
+      </c>
       <c r="N296" t="s">
         <v>27</v>
       </c>
       <c r="O296" t="s">
-        <v>2638</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>8268</v>
+        <v>6255</v>
       </c>
       <c r="B297" t="s">
-        <v>2639</v>
+        <v>2665</v>
       </c>
       <c r="C297" t="s">
-        <v>2640</v>
+        <v>2666</v>
       </c>
       <c r="D297" t="s">
-        <v>2641</v>
+        <v>2667</v>
       </c>
       <c r="E297" t="s">
-        <v>2642</v>
+        <v>2668</v>
       </c>
       <c r="F297" t="s">
-        <v>2643</v>
+        <v>2669</v>
       </c>
       <c r="G297" t="s">
-        <v>2644</v>
+        <v>2670</v>
       </c>
       <c r="H297" t="s">
-        <v>2645</v>
+        <v>2671</v>
+      </c>
+      <c r="I297" t="s">
+        <v>2672</v>
       </c>
       <c r="J297" t="s">
         <v>23</v>
       </c>
       <c r="K297" t="s">
-        <v>155</v>
+        <v>2673</v>
       </c>
       <c r="L297" t="s">
         <v>25</v>
       </c>
       <c r="M297" t="s">
-        <v>156</v>
+        <v>2674</v>
       </c>
       <c r="N297" t="s">
         <v>27</v>
       </c>
       <c r="O297" t="s">
-        <v>2646</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>8289</v>
+        <v>6261</v>
       </c>
       <c r="B298" t="s">
-        <v>2647</v>
+        <v>2676</v>
       </c>
       <c r="C298" t="s">
-        <v>2648</v>
+        <v>2677</v>
       </c>
       <c r="D298" t="s">
-        <v>2649</v>
+        <v>2678</v>
       </c>
       <c r="E298" t="s">
-        <v>2650</v>
+        <v>2679</v>
       </c>
       <c r="F298" t="s">
-        <v>2651</v>
+        <v>2680</v>
       </c>
       <c r="G298" t="s">
-        <v>2652</v>
+        <v>2681</v>
       </c>
       <c r="H298" t="s">
-        <v>2653</v>
+        <v>2682</v>
       </c>
       <c r="I298" t="s">
-        <v>2654</v>
+        <v>2683</v>
       </c>
       <c r="J298" t="s">
         <v>23</v>
       </c>
       <c r="K298" t="s">
-        <v>506</v>
+        <v>24</v>
       </c>
       <c r="L298" t="s">
         <v>25</v>
       </c>
+      <c r="M298" t="s">
+        <v>26</v>
+      </c>
       <c r="N298" t="s">
         <v>27</v>
       </c>
       <c r="O298" t="s">
-        <v>2655</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>8342</v>
+        <v>6263</v>
       </c>
       <c r="B299" t="s">
-        <v>2656</v>
+        <v>2685</v>
       </c>
       <c r="C299" t="s">
-        <v>2657</v>
+        <v>2686</v>
       </c>
       <c r="D299" t="s">
-        <v>2658</v>
+        <v>2687</v>
       </c>
       <c r="E299" t="s">
-        <v>2659</v>
+        <v>2688</v>
       </c>
       <c r="F299" t="s">
-        <v>2660</v>
+        <v>2689</v>
       </c>
       <c r="G299" t="s">
-        <v>2661</v>
+        <v>2690</v>
       </c>
       <c r="H299" t="s">
-        <v>2662</v>
+        <v>2691</v>
+      </c>
+      <c r="I299" t="s">
+        <v>2692</v>
       </c>
       <c r="J299" t="s">
         <v>23</v>
       </c>
       <c r="K299" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L299" t="s">
         <v>25</v>
       </c>
       <c r="M299" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N299" t="s">
         <v>27</v>
       </c>
       <c r="O299" t="s">
-        <v>2663</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>8350</v>
+        <v>6274</v>
       </c>
       <c r="B300" t="s">
-        <v>2664</v>
+        <v>2694</v>
       </c>
       <c r="C300" t="s">
-        <v>2665</v>
+        <v>2695</v>
       </c>
       <c r="D300" t="s">
-        <v>2666</v>
+        <v>2696</v>
       </c>
       <c r="E300" t="s">
-        <v>2667</v>
+        <v>2697</v>
       </c>
       <c r="F300" t="s">
-        <v>2668</v>
+        <v>2698</v>
       </c>
       <c r="G300" t="s">
-        <v>2669</v>
+        <v>2699</v>
       </c>
       <c r="H300" t="s">
-        <v>2670</v>
+        <v>2700</v>
+      </c>
+      <c r="I300" t="s">
+        <v>2701</v>
       </c>
       <c r="J300" t="s">
         <v>23</v>
       </c>
       <c r="K300" t="s">
-        <v>2671</v>
+        <v>53</v>
       </c>
       <c r="L300" t="s">
         <v>25</v>
       </c>
       <c r="M300" t="s">
-        <v>2672</v>
+        <v>54</v>
       </c>
       <c r="N300" t="s">
         <v>27</v>
       </c>
       <c r="O300" t="s">
-        <v>2673</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>8351</v>
+        <v>6275</v>
       </c>
       <c r="B301" t="s">
-        <v>2674</v>
+        <v>2703</v>
       </c>
       <c r="C301" t="s">
-        <v>2675</v>
+        <v>2704</v>
       </c>
       <c r="D301" t="s">
-        <v>2676</v>
+        <v>2705</v>
       </c>
       <c r="E301" t="s">
-        <v>2677</v>
+        <v>2706</v>
       </c>
       <c r="F301" t="s">
-        <v>2678</v>
+        <v>2707</v>
       </c>
       <c r="G301" t="s">
-        <v>2679</v>
+        <v>2708</v>
       </c>
       <c r="H301" t="s">
-        <v>2680</v>
+        <v>2709</v>
+      </c>
+      <c r="I301" t="s">
+        <v>2710</v>
       </c>
       <c r="J301" t="s">
-        <v>23</v>
+        <v>319</v>
       </c>
       <c r="K301" t="s">
-        <v>53</v>
+        <v>320</v>
       </c>
       <c r="L301" t="s">
-        <v>25</v>
+        <v>321</v>
       </c>
       <c r="M301" t="s">
-        <v>54</v>
+        <v>322</v>
       </c>
       <c r="N301" t="s">
         <v>27</v>
       </c>
       <c r="O301" t="s">
-        <v>2681</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>8402</v>
+        <v>6337</v>
       </c>
       <c r="B302" t="s">
-        <v>2682</v>
+        <v>2712</v>
       </c>
       <c r="C302" t="s">
-        <v>2683</v>
+        <v>2713</v>
       </c>
       <c r="D302" t="s">
-        <v>2684</v>
+        <v>2714</v>
       </c>
       <c r="E302" t="s">
-        <v>2685</v>
+        <v>2715</v>
       </c>
       <c r="F302" t="s">
-        <v>2686</v>
+        <v>2716</v>
       </c>
       <c r="G302" t="s">
-        <v>2687</v>
+        <v>2717</v>
       </c>
       <c r="H302" t="s">
-        <v>2688</v>
+        <v>2718</v>
       </c>
       <c r="I302" t="s">
-        <v>2689</v>
+        <v>2719</v>
       </c>
       <c r="J302" t="s">
         <v>23</v>
       </c>
       <c r="K302" t="s">
-        <v>155</v>
+        <v>24</v>
       </c>
       <c r="L302" t="s">
         <v>25</v>
       </c>
       <c r="M302" t="s">
-        <v>156</v>
+        <v>26</v>
       </c>
       <c r="N302" t="s">
         <v>27</v>
       </c>
       <c r="O302" t="s">
-        <v>2690</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>8407</v>
+        <v>6369</v>
       </c>
       <c r="B303" t="s">
-        <v>2691</v>
+        <v>2721</v>
       </c>
       <c r="C303" t="s">
-        <v>2692</v>
+        <v>2722</v>
       </c>
       <c r="D303" t="s">
-        <v>2693</v>
+        <v>2723</v>
       </c>
       <c r="E303" t="s">
-        <v>2694</v>
+        <v>2724</v>
       </c>
       <c r="F303" t="s">
-        <v>2695</v>
+        <v>2725</v>
       </c>
       <c r="G303" t="s">
-        <v>2696</v>
+        <v>2726</v>
       </c>
       <c r="H303" t="s">
-        <v>2697</v>
+        <v>2727</v>
       </c>
       <c r="J303" t="s">
         <v>23</v>
       </c>
       <c r="K303" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="L303" t="s">
         <v>25</v>
       </c>
       <c r="M303" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="N303" t="s">
         <v>27</v>
       </c>
       <c r="O303" t="s">
-        <v>2698</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>8411</v>
+        <v>6373</v>
       </c>
       <c r="B304" t="s">
-        <v>2699</v>
+        <v>2729</v>
       </c>
       <c r="C304" t="s">
-        <v>2700</v>
+        <v>2730</v>
       </c>
       <c r="D304" t="s">
-        <v>2701</v>
+        <v>2731</v>
       </c>
       <c r="E304" t="s">
-        <v>2702</v>
+        <v>2732</v>
       </c>
       <c r="F304" t="s">
-        <v>2703</v>
+        <v>2733</v>
       </c>
       <c r="G304" t="s">
-        <v>2704</v>
+        <v>2734</v>
       </c>
       <c r="H304" t="s">
-        <v>2705</v>
+        <v>2735</v>
       </c>
       <c r="J304" t="s">
         <v>23</v>
       </c>
       <c r="K304" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L304" t="s">
         <v>25</v>
       </c>
       <c r="M304" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N304" t="s">
         <v>27</v>
       </c>
       <c r="O304" t="s">
-        <v>2706</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>8412</v>
+        <v>6376</v>
       </c>
       <c r="B305" t="s">
-        <v>2707</v>
+        <v>2737</v>
       </c>
       <c r="C305" t="s">
-        <v>2708</v>
+        <v>2738</v>
       </c>
       <c r="D305" t="s">
-        <v>2709</v>
+        <v>2739</v>
       </c>
       <c r="E305" t="s">
-        <v>2710</v>
+        <v>2740</v>
       </c>
       <c r="F305" t="s">
-        <v>2711</v>
+        <v>2741</v>
       </c>
       <c r="G305" t="s">
-        <v>2712</v>
+        <v>2742</v>
       </c>
       <c r="H305" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="J305" t="s">
         <v>23</v>
       </c>
       <c r="K305" t="s">
         <v>53</v>
       </c>
       <c r="L305" t="s">
         <v>25</v>
       </c>
       <c r="M305" t="s">
         <v>54</v>
       </c>
       <c r="N305" t="s">
         <v>27</v>
       </c>
       <c r="O305" t="s">
-        <v>2714</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>8873</v>
+        <v>6377</v>
       </c>
       <c r="B306" t="s">
-        <v>2715</v>
+        <v>2745</v>
       </c>
       <c r="C306" t="s">
-        <v>2716</v>
+        <v>2746</v>
       </c>
       <c r="D306" t="s">
-        <v>2717</v>
+        <v>2747</v>
       </c>
       <c r="E306" t="s">
-        <v>2718</v>
+        <v>2748</v>
       </c>
       <c r="F306" t="s">
-        <v>2719</v>
+        <v>2749</v>
       </c>
       <c r="G306" t="s">
-        <v>2720</v>
+        <v>2750</v>
       </c>
       <c r="H306" t="s">
-        <v>2721</v>
+        <v>2751</v>
       </c>
       <c r="J306" t="s">
         <v>23</v>
       </c>
       <c r="K306" t="s">
         <v>53</v>
       </c>
       <c r="L306" t="s">
         <v>25</v>
       </c>
       <c r="M306" t="s">
         <v>54</v>
       </c>
       <c r="N306" t="s">
         <v>27</v>
       </c>
       <c r="O306" t="s">
-        <v>2722</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>8875</v>
+        <v>6379</v>
       </c>
       <c r="B307" t="s">
-        <v>2723</v>
+        <v>2753</v>
       </c>
       <c r="C307" t="s">
-        <v>2724</v>
+        <v>2754</v>
       </c>
       <c r="D307" t="s">
-        <v>2725</v>
+        <v>2755</v>
       </c>
       <c r="E307" t="s">
-        <v>2726</v>
+        <v>2756</v>
       </c>
       <c r="F307" t="s">
-        <v>2727</v>
+        <v>2757</v>
       </c>
       <c r="G307" t="s">
-        <v>2728</v>
+        <v>2758</v>
       </c>
       <c r="H307" t="s">
-        <v>2729</v>
+        <v>2759</v>
       </c>
       <c r="J307" t="s">
         <v>23</v>
       </c>
       <c r="K307" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="L307" t="s">
         <v>25</v>
       </c>
       <c r="M307" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="N307" t="s">
         <v>27</v>
       </c>
       <c r="O307" t="s">
-        <v>2730</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>8879</v>
+        <v>6386</v>
       </c>
       <c r="B308" t="s">
-        <v>2731</v>
+        <v>2761</v>
       </c>
       <c r="C308" t="s">
-        <v>2732</v>
+        <v>2762</v>
       </c>
       <c r="D308" t="s">
-        <v>2733</v>
+        <v>2763</v>
       </c>
       <c r="E308" t="s">
-        <v>2734</v>
+        <v>2764</v>
       </c>
       <c r="F308" t="s">
-        <v>2735</v>
+        <v>2765</v>
       </c>
       <c r="G308" t="s">
-        <v>2736</v>
+        <v>2766</v>
       </c>
       <c r="H308" t="s">
-        <v>2737</v>
+        <v>2767</v>
       </c>
       <c r="J308" t="s">
-        <v>23</v>
+        <v>2768</v>
       </c>
       <c r="K308" t="s">
-        <v>475</v>
+        <v>2769</v>
       </c>
       <c r="L308" t="s">
-        <v>25</v>
+        <v>2770</v>
       </c>
       <c r="M308" t="s">
-        <v>476</v>
+        <v>2771</v>
       </c>
       <c r="N308" t="s">
         <v>27</v>
       </c>
       <c r="O308" t="s">
-        <v>2738</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>8886</v>
+        <v>6387</v>
       </c>
       <c r="B309" t="s">
-        <v>2739</v>
+        <v>2773</v>
       </c>
       <c r="C309" t="s">
-        <v>2740</v>
+        <v>2774</v>
       </c>
       <c r="D309" t="s">
-        <v>2741</v>
+        <v>2775</v>
       </c>
       <c r="E309" t="s">
-        <v>2742</v>
+        <v>2776</v>
       </c>
       <c r="F309" t="s">
-        <v>2743</v>
+        <v>2777</v>
       </c>
       <c r="G309" t="s">
-        <v>2744</v>
+        <v>2778</v>
       </c>
       <c r="H309" t="s">
-        <v>2745</v>
+        <v>2779</v>
       </c>
       <c r="J309" t="s">
         <v>23</v>
       </c>
       <c r="K309" t="s">
-        <v>155</v>
+        <v>476</v>
       </c>
       <c r="L309" t="s">
         <v>25</v>
       </c>
       <c r="M309" t="s">
-        <v>156</v>
+        <v>477</v>
       </c>
       <c r="N309" t="s">
         <v>27</v>
       </c>
       <c r="O309" t="s">
-        <v>2746</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>8914</v>
+        <v>6399</v>
       </c>
       <c r="B310" t="s">
-        <v>2747</v>
+        <v>2781</v>
       </c>
       <c r="C310" t="s">
-        <v>2748</v>
+        <v>2782</v>
       </c>
       <c r="D310" t="s">
-        <v>2749</v>
+        <v>2783</v>
       </c>
       <c r="E310" t="s">
-        <v>2750</v>
+        <v>2784</v>
       </c>
       <c r="F310" t="s">
-        <v>2751</v>
+        <v>2785</v>
       </c>
       <c r="G310" t="s">
-        <v>2752</v>
+        <v>2786</v>
       </c>
       <c r="H310" t="s">
-        <v>2753</v>
-[...2 lines deleted...]
-        <v>2754</v>
+        <v>2787</v>
       </c>
       <c r="J310" t="s">
-        <v>23</v>
+        <v>319</v>
       </c>
       <c r="K310" t="s">
-        <v>53</v>
+        <v>320</v>
       </c>
       <c r="L310" t="s">
-        <v>25</v>
+        <v>321</v>
       </c>
       <c r="M310" t="s">
-        <v>54</v>
+        <v>322</v>
       </c>
       <c r="N310" t="s">
         <v>27</v>
       </c>
       <c r="O310" t="s">
-        <v>2755</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>8918</v>
+        <v>6405</v>
       </c>
       <c r="B311" t="s">
-        <v>2756</v>
+        <v>2789</v>
       </c>
       <c r="C311" t="s">
-        <v>2757</v>
+        <v>2790</v>
       </c>
       <c r="D311" t="s">
-        <v>2758</v>
+        <v>2791</v>
       </c>
       <c r="E311" t="s">
-        <v>2759</v>
+        <v>2792</v>
       </c>
       <c r="F311" t="s">
-        <v>2760</v>
+        <v>2793</v>
       </c>
       <c r="G311" t="s">
-        <v>2761</v>
+        <v>2794</v>
       </c>
       <c r="H311" t="s">
-        <v>2762</v>
-[...2 lines deleted...]
-        <v>2763</v>
+        <v>2795</v>
       </c>
       <c r="J311" t="s">
         <v>23</v>
       </c>
       <c r="K311" t="s">
         <v>53</v>
       </c>
       <c r="L311" t="s">
         <v>25</v>
       </c>
       <c r="M311" t="s">
         <v>54</v>
       </c>
       <c r="N311" t="s">
         <v>27</v>
       </c>
       <c r="O311" t="s">
-        <v>2764</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>8945</v>
+        <v>6460</v>
       </c>
       <c r="B312" t="s">
-        <v>2765</v>
+        <v>2797</v>
       </c>
       <c r="C312" t="s">
-        <v>2766</v>
+        <v>2798</v>
       </c>
       <c r="D312" t="s">
-        <v>2767</v>
+        <v>2799</v>
       </c>
       <c r="E312" t="s">
-        <v>2768</v>
+        <v>2800</v>
       </c>
       <c r="F312" t="s">
-        <v>2769</v>
+        <v>2801</v>
       </c>
       <c r="G312" t="s">
-        <v>2770</v>
+        <v>2802</v>
       </c>
       <c r="H312" t="s">
-        <v>2771</v>
+        <v>2803</v>
       </c>
       <c r="I312" t="s">
-        <v>2772</v>
+        <v>2804</v>
       </c>
       <c r="J312" t="s">
         <v>23</v>
       </c>
       <c r="K312" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="L312" t="s">
         <v>25</v>
       </c>
       <c r="M312" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="N312" t="s">
         <v>27</v>
       </c>
       <c r="O312" t="s">
-        <v>2773</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>10044</v>
+        <v>6468</v>
       </c>
       <c r="B313" t="s">
-        <v>2774</v>
+        <v>2806</v>
       </c>
       <c r="C313" t="s">
-        <v>2775</v>
+        <v>2807</v>
       </c>
       <c r="D313" t="s">
-        <v>2776</v>
+        <v>2808</v>
       </c>
       <c r="E313" t="s">
-        <v>2777</v>
+        <v>2809</v>
       </c>
       <c r="F313" t="s">
-        <v>2778</v>
+        <v>2810</v>
       </c>
       <c r="G313" t="s">
-        <v>2779</v>
+        <v>2811</v>
       </c>
       <c r="H313" t="s">
-        <v>2780</v>
+        <v>2812</v>
       </c>
       <c r="I313" t="s">
-        <v>2781</v>
+        <v>2813</v>
       </c>
       <c r="J313" t="s">
         <v>23</v>
       </c>
       <c r="K313" t="s">
-        <v>1368</v>
+        <v>53</v>
       </c>
       <c r="L313" t="s">
         <v>25</v>
       </c>
       <c r="M313" t="s">
-        <v>1370</v>
+        <v>54</v>
       </c>
       <c r="N313" t="s">
         <v>27</v>
       </c>
       <c r="O313" t="s">
-        <v>2782</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>10098</v>
+        <v>6761</v>
       </c>
       <c r="B314" t="s">
-        <v>2783</v>
+        <v>2815</v>
       </c>
       <c r="C314" t="s">
-        <v>2784</v>
+        <v>2816</v>
       </c>
       <c r="D314" t="s">
-        <v>2785</v>
+        <v>2817</v>
       </c>
       <c r="E314" t="s">
-        <v>2786</v>
+        <v>2818</v>
       </c>
       <c r="F314" t="s">
-        <v>2787</v>
+        <v>2819</v>
       </c>
       <c r="G314" t="s">
-        <v>2788</v>
+        <v>2820</v>
       </c>
       <c r="H314" t="s">
-        <v>2789</v>
+        <v>2821</v>
       </c>
       <c r="I314" t="s">
-        <v>2790</v>
+        <v>2822</v>
       </c>
       <c r="J314" t="s">
         <v>23</v>
       </c>
       <c r="K314" t="s">
         <v>53</v>
       </c>
       <c r="L314" t="s">
         <v>25</v>
       </c>
       <c r="M314" t="s">
         <v>54</v>
       </c>
       <c r="N314" t="s">
         <v>27</v>
       </c>
       <c r="O314" t="s">
-        <v>2791</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>10412</v>
+        <v>6763</v>
       </c>
       <c r="B315" t="s">
-        <v>2792</v>
+        <v>2824</v>
       </c>
       <c r="C315" t="s">
-        <v>2793</v>
+        <v>2825</v>
       </c>
       <c r="D315" t="s">
-        <v>2794</v>
+        <v>2826</v>
       </c>
       <c r="E315" t="s">
-        <v>2795</v>
+        <v>2827</v>
       </c>
       <c r="F315" t="s">
-        <v>2796</v>
+        <v>2828</v>
       </c>
       <c r="G315" t="s">
-        <v>2797</v>
+        <v>2829</v>
       </c>
       <c r="H315" t="s">
-        <v>2798</v>
+        <v>2830</v>
       </c>
       <c r="I315" t="s">
-        <v>2799</v>
+        <v>2831</v>
       </c>
       <c r="J315" t="s">
-        <v>23</v>
+        <v>319</v>
       </c>
       <c r="K315" t="s">
-        <v>53</v>
+        <v>2832</v>
       </c>
       <c r="L315" t="s">
-        <v>25</v>
+        <v>321</v>
       </c>
       <c r="M315" t="s">
-        <v>54</v>
+        <v>1676</v>
       </c>
       <c r="N315" t="s">
         <v>27</v>
       </c>
       <c r="O315" t="s">
-        <v>2800</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>10647</v>
+        <v>6765</v>
       </c>
       <c r="B316" t="s">
-        <v>2801</v>
+        <v>2834</v>
       </c>
       <c r="C316" t="s">
-        <v>2802</v>
+        <v>2835</v>
       </c>
       <c r="D316" t="s">
-        <v>2803</v>
+        <v>2836</v>
       </c>
       <c r="E316" t="s">
-        <v>2804</v>
+        <v>2837</v>
       </c>
       <c r="F316" t="s">
-        <v>2805</v>
+        <v>2838</v>
       </c>
       <c r="G316" t="s">
-        <v>2806</v>
+        <v>2839</v>
       </c>
       <c r="H316" t="s">
-        <v>2807</v>
+        <v>2840</v>
       </c>
       <c r="I316" t="s">
-        <v>2808</v>
+        <v>2841</v>
       </c>
       <c r="J316" t="s">
         <v>23</v>
       </c>
       <c r="K316" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L316" t="s">
         <v>25</v>
       </c>
       <c r="M316" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N316" t="s">
         <v>27</v>
       </c>
       <c r="O316" t="s">
-        <v>2809</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>10887</v>
+        <v>6979</v>
       </c>
       <c r="B317" t="s">
-        <v>2810</v>
+        <v>2843</v>
       </c>
       <c r="C317" t="s">
-        <v>2811</v>
+        <v>2844</v>
       </c>
       <c r="D317" t="s">
-        <v>2812</v>
+        <v>2845</v>
       </c>
       <c r="E317" t="s">
-        <v>2813</v>
+        <v>2846</v>
       </c>
       <c r="F317" t="s">
-        <v>2814</v>
+        <v>2847</v>
       </c>
       <c r="G317" t="s">
-        <v>2815</v>
+        <v>2848</v>
       </c>
       <c r="H317" t="s">
-        <v>2816</v>
-[...2 lines deleted...]
-        <v>2817</v>
+        <v>2849</v>
       </c>
       <c r="J317" t="s">
         <v>23</v>
       </c>
       <c r="K317" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L317" t="s">
         <v>25</v>
       </c>
       <c r="M317" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N317" t="s">
         <v>27</v>
       </c>
       <c r="O317" t="s">
-        <v>2818</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>10925</v>
+        <v>8265</v>
       </c>
       <c r="B318" t="s">
-        <v>2819</v>
+        <v>2851</v>
       </c>
       <c r="C318" t="s">
-        <v>2820</v>
+        <v>2852</v>
       </c>
       <c r="D318" t="s">
-        <v>2821</v>
+        <v>2853</v>
       </c>
       <c r="E318" t="s">
-        <v>2822</v>
+        <v>2854</v>
       </c>
       <c r="F318" t="s">
-        <v>2823</v>
+        <v>2855</v>
       </c>
       <c r="G318" t="s">
-        <v>2824</v>
+        <v>2856</v>
       </c>
       <c r="H318" t="s">
-        <v>2825</v>
+        <v>2857</v>
       </c>
       <c r="I318" t="s">
-        <v>2826</v>
+        <v>2858</v>
       </c>
       <c r="J318" t="s">
         <v>23</v>
       </c>
       <c r="K318" t="s">
-        <v>53</v>
+        <v>2859</v>
       </c>
       <c r="L318" t="s">
         <v>25</v>
       </c>
       <c r="M318" t="s">
-        <v>54</v>
+        <v>2860</v>
       </c>
       <c r="N318" t="s">
         <v>27</v>
       </c>
       <c r="O318" t="s">
-        <v>2827</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>10930</v>
+        <v>8268</v>
       </c>
       <c r="B319" t="s">
-        <v>2828</v>
+        <v>2862</v>
       </c>
       <c r="C319" t="s">
-        <v>2829</v>
+        <v>2863</v>
       </c>
       <c r="D319" t="s">
-        <v>2830</v>
+        <v>2864</v>
       </c>
       <c r="E319" t="s">
-        <v>2831</v>
+        <v>2865</v>
       </c>
       <c r="F319" t="s">
-        <v>2832</v>
+        <v>2866</v>
       </c>
       <c r="G319" t="s">
-        <v>2833</v>
+        <v>2867</v>
       </c>
       <c r="H319" t="s">
-        <v>2834</v>
-[...2 lines deleted...]
-        <v>2835</v>
+        <v>2868</v>
       </c>
       <c r="J319" t="s">
-        <v>2836</v>
+        <v>23</v>
       </c>
       <c r="K319" t="s">
-        <v>579</v>
+        <v>156</v>
+      </c>
+      <c r="L319" t="s">
+        <v>25</v>
+      </c>
+      <c r="M319" t="s">
+        <v>157</v>
       </c>
       <c r="N319" t="s">
         <v>27</v>
       </c>
       <c r="O319" t="s">
-        <v>2837</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>10947</v>
+        <v>8289</v>
       </c>
       <c r="B320" t="s">
-        <v>2838</v>
+        <v>2870</v>
       </c>
       <c r="C320" t="s">
-        <v>2839</v>
+        <v>2871</v>
       </c>
       <c r="D320" t="s">
-        <v>2840</v>
+        <v>2872</v>
       </c>
       <c r="E320" t="s">
-        <v>2841</v>
+        <v>2873</v>
       </c>
       <c r="F320" t="s">
-        <v>2842</v>
+        <v>2874</v>
       </c>
       <c r="G320" t="s">
-        <v>2843</v>
+        <v>2875</v>
       </c>
       <c r="H320" t="s">
-        <v>2844</v>
+        <v>2876</v>
       </c>
       <c r="I320" t="s">
-        <v>2845</v>
+        <v>2877</v>
       </c>
       <c r="J320" t="s">
         <v>23</v>
       </c>
       <c r="K320" t="s">
-        <v>155</v>
+        <v>509</v>
       </c>
       <c r="L320" t="s">
         <v>25</v>
       </c>
       <c r="M320" t="s">
-        <v>156</v>
+        <v>510</v>
       </c>
       <c r="N320" t="s">
         <v>27</v>
       </c>
       <c r="O320" t="s">
-        <v>2846</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>10951</v>
+        <v>8342</v>
       </c>
       <c r="B321" t="s">
-        <v>2847</v>
+        <v>2879</v>
       </c>
       <c r="C321" t="s">
-        <v>2848</v>
+        <v>2880</v>
       </c>
       <c r="D321" t="s">
-        <v>2849</v>
+        <v>2881</v>
       </c>
       <c r="E321" t="s">
-        <v>2850</v>
+        <v>2882</v>
       </c>
       <c r="F321" t="s">
-        <v>2851</v>
+        <v>2883</v>
       </c>
       <c r="G321" t="s">
-        <v>2852</v>
+        <v>2884</v>
       </c>
       <c r="H321" t="s">
-        <v>2853</v>
-[...2 lines deleted...]
-        <v>2854</v>
+        <v>2885</v>
       </c>
       <c r="J321" t="s">
         <v>23</v>
       </c>
       <c r="K321" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="L321" t="s">
         <v>25</v>
       </c>
       <c r="M321" t="s">
-        <v>26</v>
+        <v>157</v>
       </c>
       <c r="N321" t="s">
         <v>27</v>
       </c>
       <c r="O321" t="s">
-        <v>2855</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>11287</v>
+        <v>8350</v>
       </c>
       <c r="B322" t="s">
-        <v>2856</v>
+        <v>2887</v>
       </c>
       <c r="C322" t="s">
-        <v>2857</v>
+        <v>2888</v>
       </c>
       <c r="D322" t="s">
-        <v>2858</v>
+        <v>2889</v>
       </c>
       <c r="E322" t="s">
-        <v>2859</v>
+        <v>2890</v>
       </c>
       <c r="F322" t="s">
-        <v>2860</v>
+        <v>2891</v>
       </c>
       <c r="G322" t="s">
-        <v>2861</v>
+        <v>2892</v>
       </c>
       <c r="H322" t="s">
-        <v>2862</v>
-[...2 lines deleted...]
-        <v>2863</v>
+        <v>2893</v>
       </c>
       <c r="J322" t="s">
         <v>23</v>
       </c>
       <c r="K322" t="s">
-        <v>155</v>
+        <v>2894</v>
       </c>
       <c r="L322" t="s">
         <v>25</v>
       </c>
       <c r="M322" t="s">
-        <v>156</v>
+        <v>2895</v>
       </c>
       <c r="N322" t="s">
         <v>27</v>
       </c>
       <c r="O322" t="s">
-        <v>2864</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>11310</v>
+        <v>8351</v>
       </c>
       <c r="B323" t="s">
-        <v>2865</v>
+        <v>2897</v>
       </c>
       <c r="C323" t="s">
-        <v>2866</v>
+        <v>2898</v>
       </c>
       <c r="D323" t="s">
-        <v>2867</v>
+        <v>2899</v>
       </c>
       <c r="E323" t="s">
-        <v>2868</v>
+        <v>2900</v>
       </c>
       <c r="F323" t="s">
-        <v>2869</v>
+        <v>2901</v>
       </c>
       <c r="G323" t="s">
-        <v>2870</v>
+        <v>2902</v>
       </c>
       <c r="H323" t="s">
-        <v>2871</v>
-[...2 lines deleted...]
-        <v>2872</v>
+        <v>2903</v>
       </c>
       <c r="J323" t="s">
         <v>23</v>
       </c>
       <c r="K323" t="s">
-        <v>319</v>
+        <v>53</v>
       </c>
       <c r="L323" t="s">
         <v>25</v>
       </c>
       <c r="M323" t="s">
-        <v>321</v>
+        <v>54</v>
       </c>
       <c r="N323" t="s">
         <v>27</v>
       </c>
       <c r="O323" t="s">
-        <v>2873</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>58060</v>
+        <v>8402</v>
       </c>
       <c r="B324" t="s">
-        <v>2874</v>
+        <v>2905</v>
       </c>
       <c r="C324" t="s">
-        <v>2875</v>
+        <v>2906</v>
       </c>
       <c r="D324" t="s">
-        <v>2876</v>
+        <v>2907</v>
       </c>
       <c r="E324" t="s">
-        <v>2877</v>
+        <v>2908</v>
       </c>
       <c r="F324" t="s">
-        <v>2878</v>
+        <v>2909</v>
       </c>
       <c r="G324" t="s">
-        <v>2879</v>
+        <v>2910</v>
       </c>
       <c r="H324" t="s">
-        <v>2880</v>
+        <v>2911</v>
       </c>
       <c r="I324" t="s">
-        <v>2881</v>
+        <v>2912</v>
       </c>
       <c r="J324" t="s">
         <v>23</v>
       </c>
       <c r="K324" t="s">
-        <v>2882</v>
+        <v>156</v>
       </c>
       <c r="L324" t="s">
         <v>25</v>
       </c>
+      <c r="M324" t="s">
+        <v>157</v>
+      </c>
       <c r="N324" t="s">
         <v>27</v>
       </c>
       <c r="O324" t="s">
-        <v>2883</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>58066</v>
+        <v>8407</v>
       </c>
       <c r="B325" t="s">
-        <v>2884</v>
+        <v>2914</v>
       </c>
       <c r="C325" t="s">
-        <v>2885</v>
+        <v>2915</v>
       </c>
       <c r="D325" t="s">
-        <v>2886</v>
+        <v>2916</v>
       </c>
       <c r="E325" t="s">
-        <v>2887</v>
+        <v>2917</v>
       </c>
       <c r="F325" t="s">
-        <v>2888</v>
+        <v>2918</v>
       </c>
       <c r="G325" t="s">
-        <v>2889</v>
+        <v>2919</v>
       </c>
       <c r="H325" t="s">
-        <v>2890</v>
-[...2 lines deleted...]
-        <v>2891</v>
+        <v>2920</v>
       </c>
       <c r="J325" t="s">
         <v>23</v>
       </c>
       <c r="K325" t="s">
-        <v>579</v>
+        <v>24</v>
       </c>
       <c r="L325" t="s">
         <v>25</v>
       </c>
+      <c r="M325" t="s">
+        <v>26</v>
+      </c>
       <c r="N325" t="s">
         <v>27</v>
       </c>
       <c r="O325" t="s">
-        <v>2892</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>58120</v>
+        <v>8411</v>
       </c>
       <c r="B326" t="s">
-        <v>2893</v>
+        <v>2922</v>
       </c>
       <c r="C326" t="s">
-        <v>2894</v>
+        <v>2923</v>
       </c>
       <c r="D326" t="s">
-        <v>2895</v>
+        <v>2924</v>
       </c>
       <c r="E326" t="s">
-        <v>2896</v>
+        <v>2925</v>
       </c>
       <c r="F326" t="s">
-        <v>2897</v>
+        <v>2926</v>
       </c>
       <c r="G326" t="s">
-        <v>2898</v>
+        <v>2927</v>
       </c>
       <c r="H326" t="s">
-        <v>2899</v>
-[...2 lines deleted...]
-        <v>2900</v>
+        <v>2928</v>
       </c>
       <c r="J326" t="s">
         <v>23</v>
       </c>
       <c r="K326" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L326" t="s">
         <v>25</v>
       </c>
       <c r="M326" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N326" t="s">
         <v>27</v>
       </c>
       <c r="O326" t="s">
-        <v>2901</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>58122</v>
+        <v>8412</v>
       </c>
       <c r="B327" t="s">
-        <v>2902</v>
+        <v>2930</v>
       </c>
       <c r="C327" t="s">
-        <v>2903</v>
+        <v>2931</v>
       </c>
       <c r="D327" t="s">
-        <v>2904</v>
+        <v>2932</v>
       </c>
       <c r="E327" t="s">
-        <v>2905</v>
+        <v>2933</v>
       </c>
       <c r="F327" t="s">
-        <v>2906</v>
+        <v>2934</v>
       </c>
       <c r="G327" t="s">
-        <v>2907</v>
+        <v>2935</v>
       </c>
       <c r="H327" t="s">
-        <v>2908</v>
-[...2 lines deleted...]
-        <v>2909</v>
+        <v>2936</v>
       </c>
       <c r="J327" t="s">
         <v>23</v>
       </c>
       <c r="K327" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L327" t="s">
         <v>25</v>
       </c>
       <c r="M327" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N327" t="s">
         <v>27</v>
       </c>
       <c r="O327" t="s">
-        <v>2910</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>58218</v>
+        <v>8873</v>
       </c>
       <c r="B328" t="s">
-        <v>2911</v>
+        <v>2938</v>
       </c>
       <c r="C328" t="s">
-        <v>2912</v>
+        <v>2939</v>
       </c>
       <c r="D328" t="s">
-        <v>2913</v>
+        <v>2940</v>
       </c>
       <c r="E328" t="s">
-        <v>2914</v>
+        <v>2941</v>
       </c>
       <c r="F328" t="s">
-        <v>2915</v>
+        <v>2942</v>
       </c>
       <c r="G328" t="s">
-        <v>2916</v>
+        <v>2943</v>
       </c>
       <c r="H328" t="s">
-        <v>2917</v>
-[...2 lines deleted...]
-        <v>2918</v>
+        <v>2944</v>
       </c>
       <c r="J328" t="s">
         <v>23</v>
       </c>
       <c r="K328" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L328" t="s">
         <v>25</v>
       </c>
       <c r="M328" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N328" t="s">
         <v>27</v>
       </c>
       <c r="O328" t="s">
-        <v>2919</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>58223</v>
+        <v>8875</v>
       </c>
       <c r="B329" t="s">
-        <v>2920</v>
+        <v>2946</v>
       </c>
       <c r="C329" t="s">
-        <v>2921</v>
+        <v>2947</v>
       </c>
       <c r="D329" t="s">
-        <v>2922</v>
+        <v>2948</v>
       </c>
       <c r="E329" t="s">
-        <v>2923</v>
+        <v>2949</v>
       </c>
       <c r="F329" t="s">
-        <v>2924</v>
+        <v>2950</v>
       </c>
       <c r="G329" t="s">
-        <v>2925</v>
+        <v>2951</v>
       </c>
       <c r="H329" t="s">
-        <v>2926</v>
-[...2 lines deleted...]
-        <v>2927</v>
+        <v>2952</v>
       </c>
       <c r="J329" t="s">
         <v>23</v>
       </c>
       <c r="K329" t="s">
-        <v>155</v>
+        <v>24</v>
       </c>
       <c r="L329" t="s">
         <v>25</v>
       </c>
       <c r="M329" t="s">
-        <v>156</v>
+        <v>26</v>
       </c>
       <c r="N329" t="s">
         <v>27</v>
       </c>
       <c r="O329" t="s">
-        <v>2928</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>64637</v>
+        <v>8879</v>
       </c>
       <c r="B330" t="s">
-        <v>2929</v>
+        <v>2954</v>
       </c>
       <c r="C330" t="s">
-        <v>2930</v>
+        <v>2955</v>
       </c>
       <c r="D330" t="s">
-        <v>2931</v>
+        <v>2956</v>
       </c>
       <c r="E330" t="s">
-        <v>2932</v>
+        <v>2957</v>
       </c>
       <c r="F330" t="s">
-        <v>2933</v>
+        <v>2958</v>
       </c>
       <c r="G330" t="s">
-        <v>2934</v>
+        <v>2959</v>
       </c>
       <c r="H330" t="s">
-        <v>2935</v>
-[...2 lines deleted...]
-        <v>2936</v>
+        <v>2960</v>
       </c>
       <c r="J330" t="s">
         <v>23</v>
       </c>
       <c r="K330" t="s">
-        <v>24</v>
+        <v>476</v>
       </c>
       <c r="L330" t="s">
         <v>25</v>
       </c>
       <c r="M330" t="s">
-        <v>26</v>
+        <v>477</v>
       </c>
       <c r="N330" t="s">
         <v>27</v>
       </c>
       <c r="O330" t="s">
-        <v>2937</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>64689</v>
+        <v>8886</v>
       </c>
       <c r="B331" t="s">
-        <v>2938</v>
+        <v>2962</v>
       </c>
       <c r="C331" t="s">
-        <v>2939</v>
+        <v>2963</v>
       </c>
       <c r="D331" t="s">
-        <v>2940</v>
+        <v>2964</v>
       </c>
       <c r="E331" t="s">
-        <v>2941</v>
+        <v>2965</v>
       </c>
       <c r="F331" t="s">
-        <v>2942</v>
+        <v>2966</v>
       </c>
       <c r="G331" t="s">
-        <v>2943</v>
+        <v>2967</v>
       </c>
       <c r="H331" t="s">
-        <v>2944</v>
-[...2 lines deleted...]
-        <v>2945</v>
+        <v>2968</v>
       </c>
       <c r="J331" t="s">
         <v>23</v>
       </c>
       <c r="K331" t="s">
-        <v>1231</v>
+        <v>156</v>
       </c>
       <c r="L331" t="s">
         <v>25</v>
       </c>
+      <c r="M331" t="s">
+        <v>157</v>
+      </c>
       <c r="N331" t="s">
         <v>27</v>
       </c>
       <c r="O331" t="s">
-        <v>2946</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>65000</v>
+        <v>8914</v>
       </c>
       <c r="B332" t="s">
-        <v>2947</v>
+        <v>2970</v>
       </c>
       <c r="C332" t="s">
-        <v>2948</v>
+        <v>2971</v>
       </c>
       <c r="D332" t="s">
-        <v>2949</v>
+        <v>2972</v>
       </c>
       <c r="E332" t="s">
-        <v>2950</v>
+        <v>2973</v>
       </c>
       <c r="F332" t="s">
-        <v>2951</v>
+        <v>2974</v>
       </c>
       <c r="G332" t="s">
-        <v>2952</v>
+        <v>2975</v>
       </c>
       <c r="H332" t="s">
-        <v>2953</v>
+        <v>2976</v>
       </c>
       <c r="I332" t="s">
-        <v>2954</v>
+        <v>2977</v>
       </c>
       <c r="J332" t="s">
         <v>23</v>
       </c>
       <c r="K332" t="s">
         <v>53</v>
       </c>
       <c r="L332" t="s">
         <v>25</v>
       </c>
       <c r="M332" t="s">
         <v>54</v>
       </c>
       <c r="N332" t="s">
         <v>27</v>
       </c>
       <c r="O332" t="s">
-        <v>2955</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>65001</v>
+        <v>8918</v>
       </c>
       <c r="B333" t="s">
-        <v>2956</v>
+        <v>2979</v>
       </c>
       <c r="C333" t="s">
-        <v>2957</v>
+        <v>2980</v>
       </c>
       <c r="D333" t="s">
-        <v>2958</v>
+        <v>2981</v>
       </c>
       <c r="E333" t="s">
-        <v>2959</v>
+        <v>2982</v>
       </c>
       <c r="F333" t="s">
-        <v>2960</v>
+        <v>2983</v>
       </c>
       <c r="G333" t="s">
-        <v>2961</v>
+        <v>2984</v>
       </c>
       <c r="H333" t="s">
-        <v>2962</v>
+        <v>2985</v>
       </c>
       <c r="I333" t="s">
-        <v>2963</v>
+        <v>2986</v>
       </c>
       <c r="J333" t="s">
         <v>23</v>
       </c>
       <c r="K333" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L333" t="s">
         <v>25</v>
       </c>
       <c r="M333" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N333" t="s">
         <v>27</v>
       </c>
       <c r="O333" t="s">
-        <v>2964</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>65002</v>
+        <v>8945</v>
       </c>
       <c r="B334" t="s">
-        <v>2965</v>
+        <v>2988</v>
       </c>
       <c r="C334" t="s">
-        <v>2966</v>
+        <v>2989</v>
       </c>
       <c r="D334" t="s">
-        <v>2967</v>
+        <v>2990</v>
       </c>
       <c r="E334" t="s">
-        <v>2968</v>
+        <v>2991</v>
       </c>
       <c r="F334" t="s">
-        <v>2969</v>
+        <v>2992</v>
       </c>
       <c r="G334" t="s">
-        <v>2970</v>
+        <v>2993</v>
       </c>
       <c r="H334" t="s">
-        <v>2971</v>
+        <v>2994</v>
       </c>
       <c r="I334" t="s">
-        <v>2972</v>
+        <v>2995</v>
       </c>
       <c r="J334" t="s">
         <v>23</v>
       </c>
       <c r="K334" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L334" t="s">
         <v>25</v>
       </c>
       <c r="M334" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N334" t="s">
         <v>27</v>
       </c>
       <c r="O334" t="s">
-        <v>2973</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>65003</v>
+        <v>10044</v>
       </c>
       <c r="B335" t="s">
-        <v>2974</v>
+        <v>2997</v>
       </c>
       <c r="C335" t="s">
-        <v>2975</v>
+        <v>2998</v>
       </c>
       <c r="D335" t="s">
-        <v>2976</v>
+        <v>2999</v>
       </c>
       <c r="E335" t="s">
-        <v>2977</v>
+        <v>3000</v>
       </c>
       <c r="F335" t="s">
-        <v>2978</v>
+        <v>3001</v>
       </c>
       <c r="G335" t="s">
-        <v>2979</v>
+        <v>3002</v>
       </c>
       <c r="H335" t="s">
-        <v>2980</v>
+        <v>3003</v>
       </c>
       <c r="I335" t="s">
-        <v>2981</v>
+        <v>3004</v>
       </c>
       <c r="J335" t="s">
         <v>23</v>
       </c>
       <c r="K335" t="s">
-        <v>155</v>
+        <v>1512</v>
       </c>
       <c r="L335" t="s">
         <v>25</v>
       </c>
       <c r="M335" t="s">
-        <v>156</v>
+        <v>1514</v>
       </c>
       <c r="N335" t="s">
         <v>27</v>
       </c>
       <c r="O335" t="s">
-        <v>2982</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>65004</v>
+        <v>10098</v>
       </c>
       <c r="B336" t="s">
-        <v>2983</v>
+        <v>3006</v>
       </c>
       <c r="C336" t="s">
-        <v>2984</v>
+        <v>3007</v>
       </c>
       <c r="D336" t="s">
-        <v>2985</v>
+        <v>3008</v>
       </c>
       <c r="E336" t="s">
-        <v>2986</v>
+        <v>3009</v>
       </c>
       <c r="F336" t="s">
-        <v>2987</v>
+        <v>3010</v>
       </c>
       <c r="G336" t="s">
-        <v>2988</v>
+        <v>3011</v>
       </c>
       <c r="H336" t="s">
-        <v>2989</v>
+        <v>3012</v>
       </c>
       <c r="I336" t="s">
-        <v>2990</v>
+        <v>3013</v>
       </c>
       <c r="J336" t="s">
         <v>23</v>
       </c>
       <c r="K336" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L336" t="s">
         <v>25</v>
       </c>
       <c r="M336" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N336" t="s">
         <v>27</v>
       </c>
       <c r="O336" t="s">
-        <v>2991</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>65005</v>
+        <v>10412</v>
       </c>
       <c r="B337" t="s">
-        <v>2992</v>
+        <v>3015</v>
       </c>
       <c r="C337" t="s">
-        <v>2993</v>
+        <v>3016</v>
       </c>
       <c r="D337" t="s">
-        <v>2994</v>
+        <v>3017</v>
       </c>
       <c r="E337" t="s">
-        <v>2995</v>
+        <v>3018</v>
       </c>
       <c r="F337" t="s">
-        <v>2996</v>
+        <v>3019</v>
       </c>
       <c r="G337" t="s">
-        <v>2997</v>
+        <v>3020</v>
       </c>
       <c r="H337" t="s">
-        <v>2998</v>
+        <v>3021</v>
       </c>
       <c r="I337" t="s">
-        <v>2999</v>
+        <v>3022</v>
       </c>
       <c r="J337" t="s">
         <v>23</v>
       </c>
       <c r="K337" t="s">
-        <v>3000</v>
+        <v>53</v>
       </c>
       <c r="L337" t="s">
         <v>25</v>
       </c>
+      <c r="M337" t="s">
+        <v>54</v>
+      </c>
       <c r="N337" t="s">
         <v>27</v>
       </c>
       <c r="O337" t="s">
-        <v>3001</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>65006</v>
+        <v>10647</v>
       </c>
       <c r="B338" t="s">
-        <v>3002</v>
+        <v>3024</v>
       </c>
       <c r="C338" t="s">
-        <v>3003</v>
+        <v>3025</v>
       </c>
       <c r="D338" t="s">
-        <v>3004</v>
+        <v>3026</v>
       </c>
       <c r="E338" t="s">
-        <v>3005</v>
+        <v>3027</v>
       </c>
       <c r="F338" t="s">
-        <v>3006</v>
+        <v>3028</v>
       </c>
       <c r="G338" t="s">
-        <v>3007</v>
+        <v>3029</v>
       </c>
       <c r="H338" t="s">
-        <v>3008</v>
+        <v>3030</v>
       </c>
       <c r="I338" t="s">
-        <v>3009</v>
+        <v>3031</v>
       </c>
       <c r="J338" t="s">
         <v>23</v>
       </c>
       <c r="K338" t="s">
-        <v>3010</v>
+        <v>156</v>
       </c>
       <c r="L338" t="s">
         <v>25</v>
       </c>
+      <c r="M338" t="s">
+        <v>157</v>
+      </c>
       <c r="N338" t="s">
         <v>27</v>
       </c>
       <c r="O338" t="s">
-        <v>3011</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>65007</v>
+        <v>10887</v>
       </c>
       <c r="B339" t="s">
-        <v>3012</v>
+        <v>3033</v>
       </c>
       <c r="C339" t="s">
-        <v>3013</v>
+        <v>3034</v>
       </c>
       <c r="D339" t="s">
-        <v>3014</v>
+        <v>3035</v>
       </c>
       <c r="E339" t="s">
-        <v>3015</v>
+        <v>3036</v>
       </c>
       <c r="F339" t="s">
-        <v>3016</v>
+        <v>3037</v>
       </c>
       <c r="G339" t="s">
-        <v>3017</v>
+        <v>3038</v>
       </c>
       <c r="H339" t="s">
-        <v>3018</v>
+        <v>3039</v>
       </c>
       <c r="I339" t="s">
-        <v>3019</v>
+        <v>3040</v>
       </c>
       <c r="J339" t="s">
         <v>23</v>
       </c>
       <c r="K339" t="s">
         <v>53</v>
       </c>
       <c r="L339" t="s">
         <v>25</v>
       </c>
       <c r="M339" t="s">
         <v>54</v>
       </c>
       <c r="N339" t="s">
         <v>27</v>
       </c>
       <c r="O339" t="s">
-        <v>3020</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>65008</v>
+        <v>10925</v>
       </c>
       <c r="B340" t="s">
-        <v>3021</v>
+        <v>3042</v>
       </c>
       <c r="C340" t="s">
-        <v>3022</v>
+        <v>3043</v>
       </c>
       <c r="D340" t="s">
-        <v>3023</v>
+        <v>3044</v>
       </c>
       <c r="E340" t="s">
-        <v>3024</v>
+        <v>3045</v>
       </c>
       <c r="F340" t="s">
-        <v>3025</v>
+        <v>3046</v>
       </c>
       <c r="G340" t="s">
-        <v>3026</v>
+        <v>3047</v>
       </c>
       <c r="H340" t="s">
-        <v>3027</v>
+        <v>3048</v>
       </c>
       <c r="I340" t="s">
-        <v>3028</v>
+        <v>3049</v>
       </c>
       <c r="J340" t="s">
         <v>23</v>
       </c>
       <c r="K340" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L340" t="s">
         <v>25</v>
       </c>
       <c r="M340" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N340" t="s">
         <v>27</v>
       </c>
       <c r="O340" t="s">
-        <v>3029</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>65009</v>
+        <v>10930</v>
       </c>
       <c r="B341" t="s">
-        <v>3030</v>
+        <v>3051</v>
       </c>
       <c r="C341" t="s">
-        <v>3031</v>
+        <v>3052</v>
       </c>
       <c r="D341" t="s">
-        <v>3032</v>
+        <v>3053</v>
       </c>
       <c r="E341" t="s">
-        <v>3033</v>
+        <v>3054</v>
       </c>
       <c r="F341" t="s">
-        <v>3034</v>
+        <v>3055</v>
       </c>
       <c r="G341" t="s">
-        <v>3035</v>
+        <v>3056</v>
       </c>
       <c r="H341" t="s">
-        <v>3036</v>
+        <v>3057</v>
       </c>
       <c r="I341" t="s">
-        <v>3037</v>
+        <v>3058</v>
       </c>
       <c r="J341" t="s">
-        <v>23</v>
+        <v>3059</v>
       </c>
       <c r="K341" t="s">
-        <v>155</v>
+        <v>583</v>
       </c>
       <c r="L341" t="s">
-        <v>25</v>
+        <v>3060</v>
       </c>
       <c r="M341" t="s">
-        <v>156</v>
+        <v>584</v>
       </c>
       <c r="N341" t="s">
         <v>27</v>
       </c>
       <c r="O341" t="s">
-        <v>3038</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>65010</v>
+        <v>10947</v>
       </c>
       <c r="B342" t="s">
-        <v>3039</v>
+        <v>3062</v>
       </c>
       <c r="C342" t="s">
-        <v>3040</v>
+        <v>3063</v>
       </c>
       <c r="D342" t="s">
-        <v>3041</v>
+        <v>3064</v>
       </c>
       <c r="E342" t="s">
-        <v>3042</v>
+        <v>3065</v>
       </c>
       <c r="F342" t="s">
-        <v>3043</v>
+        <v>3066</v>
       </c>
       <c r="G342" t="s">
-        <v>3044</v>
+        <v>3067</v>
       </c>
       <c r="H342" t="s">
-        <v>3045</v>
+        <v>3068</v>
       </c>
       <c r="I342" t="s">
-        <v>3046</v>
+        <v>3069</v>
       </c>
       <c r="J342" t="s">
         <v>23</v>
       </c>
       <c r="K342" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L342" t="s">
         <v>25</v>
       </c>
       <c r="M342" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N342" t="s">
         <v>27</v>
       </c>
       <c r="O342" t="s">
-        <v>3047</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>65011</v>
+        <v>10951</v>
       </c>
       <c r="B343" t="s">
-        <v>3048</v>
+        <v>3071</v>
       </c>
       <c r="C343" t="s">
-        <v>3049</v>
+        <v>3072</v>
       </c>
       <c r="D343" t="s">
-        <v>3050</v>
+        <v>3073</v>
       </c>
       <c r="E343" t="s">
-        <v>3051</v>
+        <v>3074</v>
       </c>
       <c r="F343" t="s">
-        <v>3052</v>
+        <v>3075</v>
       </c>
       <c r="G343" t="s">
-        <v>3053</v>
+        <v>3076</v>
       </c>
       <c r="H343" t="s">
-        <v>3054</v>
+        <v>3077</v>
       </c>
       <c r="I343" t="s">
-        <v>3055</v>
+        <v>3078</v>
       </c>
       <c r="J343" t="s">
         <v>23</v>
       </c>
       <c r="K343" t="s">
-        <v>155</v>
+        <v>24</v>
       </c>
       <c r="L343" t="s">
         <v>25</v>
       </c>
       <c r="M343" t="s">
-        <v>156</v>
+        <v>26</v>
       </c>
       <c r="N343" t="s">
         <v>27</v>
       </c>
       <c r="O343" t="s">
-        <v>3056</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>65012</v>
+        <v>11287</v>
       </c>
       <c r="B344" t="s">
-        <v>3057</v>
+        <v>3080</v>
       </c>
       <c r="C344" t="s">
-        <v>3058</v>
+        <v>3081</v>
       </c>
       <c r="D344" t="s">
-        <v>3059</v>
+        <v>3082</v>
       </c>
       <c r="E344" t="s">
-        <v>3060</v>
+        <v>3083</v>
       </c>
       <c r="F344" t="s">
-        <v>3061</v>
+        <v>3084</v>
       </c>
       <c r="G344" t="s">
-        <v>3062</v>
+        <v>3085</v>
       </c>
       <c r="H344" t="s">
-        <v>3063</v>
+        <v>3086</v>
       </c>
       <c r="I344" t="s">
-        <v>3064</v>
+        <v>3087</v>
       </c>
       <c r="J344" t="s">
         <v>23</v>
       </c>
       <c r="K344" t="s">
-        <v>3065</v>
+        <v>156</v>
       </c>
       <c r="L344" t="s">
         <v>25</v>
       </c>
+      <c r="M344" t="s">
+        <v>157</v>
+      </c>
       <c r="N344" t="s">
         <v>27</v>
       </c>
       <c r="O344" t="s">
-        <v>3066</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>65013</v>
+        <v>11310</v>
       </c>
       <c r="B345" t="s">
-        <v>3067</v>
+        <v>3089</v>
       </c>
       <c r="C345" t="s">
-        <v>3068</v>
+        <v>3090</v>
       </c>
       <c r="D345" t="s">
-        <v>3069</v>
+        <v>3091</v>
       </c>
       <c r="E345" t="s">
-        <v>3070</v>
+        <v>3092</v>
       </c>
       <c r="F345" t="s">
-        <v>3071</v>
+        <v>3093</v>
       </c>
       <c r="G345" t="s">
-        <v>3072</v>
+        <v>3094</v>
       </c>
       <c r="H345" t="s">
-        <v>3073</v>
+        <v>3095</v>
       </c>
       <c r="I345" t="s">
-        <v>3074</v>
+        <v>3096</v>
       </c>
       <c r="J345" t="s">
         <v>23</v>
       </c>
       <c r="K345" t="s">
-        <v>53</v>
+        <v>320</v>
       </c>
       <c r="L345" t="s">
         <v>25</v>
       </c>
       <c r="M345" t="s">
-        <v>54</v>
+        <v>322</v>
       </c>
       <c r="N345" t="s">
         <v>27</v>
       </c>
       <c r="O345" t="s">
-        <v>3075</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>65014</v>
+        <v>58060</v>
       </c>
       <c r="B346" t="s">
-        <v>3076</v>
+        <v>3098</v>
       </c>
       <c r="C346" t="s">
-        <v>3077</v>
+        <v>3099</v>
       </c>
       <c r="D346" t="s">
-        <v>3078</v>
+        <v>3100</v>
       </c>
       <c r="E346" t="s">
-        <v>3079</v>
+        <v>3101</v>
       </c>
       <c r="F346" t="s">
-        <v>3080</v>
+        <v>3102</v>
       </c>
       <c r="G346" t="s">
-        <v>3081</v>
+        <v>3103</v>
       </c>
       <c r="H346" t="s">
-        <v>3082</v>
+        <v>3104</v>
       </c>
       <c r="I346" t="s">
-        <v>3083</v>
+        <v>3105</v>
       </c>
       <c r="J346" t="s">
-        <v>318</v>
+        <v>23</v>
       </c>
       <c r="K346" t="s">
-        <v>417</v>
+        <v>3106</v>
       </c>
       <c r="L346" t="s">
-        <v>320</v>
+        <v>25</v>
       </c>
       <c r="M346" t="s">
-        <v>418</v>
+        <v>3107</v>
       </c>
       <c r="N346" t="s">
         <v>27</v>
       </c>
       <c r="O346" t="s">
-        <v>3084</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>65015</v>
+        <v>58066</v>
       </c>
       <c r="B347" t="s">
-        <v>3085</v>
+        <v>3109</v>
       </c>
       <c r="C347" t="s">
-        <v>3086</v>
+        <v>3110</v>
       </c>
       <c r="D347" t="s">
-        <v>3087</v>
+        <v>3111</v>
       </c>
       <c r="E347" t="s">
-        <v>3088</v>
+        <v>3112</v>
       </c>
       <c r="F347" t="s">
-        <v>3089</v>
+        <v>3113</v>
       </c>
       <c r="G347" t="s">
-        <v>3090</v>
+        <v>3114</v>
       </c>
       <c r="H347" t="s">
-        <v>3091</v>
+        <v>3115</v>
       </c>
       <c r="I347" t="s">
-        <v>3092</v>
+        <v>3116</v>
       </c>
       <c r="J347" t="s">
         <v>23</v>
       </c>
       <c r="K347" t="s">
-        <v>155</v>
+        <v>583</v>
       </c>
       <c r="L347" t="s">
         <v>25</v>
       </c>
       <c r="M347" t="s">
-        <v>156</v>
+        <v>584</v>
       </c>
       <c r="N347" t="s">
         <v>27</v>
       </c>
       <c r="O347" t="s">
-        <v>3093</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>65016</v>
+        <v>58120</v>
       </c>
       <c r="B348" t="s">
-        <v>3094</v>
+        <v>3118</v>
       </c>
       <c r="C348" t="s">
-        <v>3095</v>
+        <v>3119</v>
       </c>
       <c r="D348" t="s">
-        <v>3096</v>
+        <v>3120</v>
       </c>
       <c r="E348" t="s">
-        <v>3097</v>
+        <v>3121</v>
       </c>
       <c r="F348" t="s">
-        <v>3098</v>
+        <v>3122</v>
       </c>
       <c r="G348" t="s">
-        <v>3099</v>
+        <v>3123</v>
       </c>
       <c r="H348" t="s">
-        <v>3100</v>
+        <v>3124</v>
       </c>
       <c r="I348" t="s">
-        <v>3101</v>
+        <v>3125</v>
       </c>
       <c r="J348" t="s">
         <v>23</v>
       </c>
       <c r="K348" t="s">
         <v>53</v>
       </c>
       <c r="L348" t="s">
         <v>25</v>
       </c>
       <c r="M348" t="s">
         <v>54</v>
       </c>
       <c r="N348" t="s">
         <v>27</v>
       </c>
       <c r="O348" t="s">
-        <v>3102</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>65017</v>
+        <v>58122</v>
       </c>
       <c r="B349" t="s">
-        <v>3103</v>
+        <v>3127</v>
       </c>
       <c r="C349" t="s">
-        <v>3104</v>
+        <v>3128</v>
       </c>
       <c r="D349" t="s">
-        <v>3105</v>
+        <v>3129</v>
       </c>
       <c r="E349" t="s">
-        <v>3106</v>
+        <v>3130</v>
       </c>
       <c r="F349" t="s">
-        <v>3107</v>
+        <v>3131</v>
       </c>
       <c r="G349" t="s">
-        <v>3108</v>
+        <v>3132</v>
       </c>
       <c r="H349" t="s">
-        <v>3109</v>
+        <v>3133</v>
       </c>
       <c r="I349" t="s">
-        <v>3110</v>
+        <v>3134</v>
       </c>
       <c r="J349" t="s">
         <v>23</v>
       </c>
       <c r="K349" t="s">
-        <v>3111</v>
+        <v>156</v>
       </c>
       <c r="L349" t="s">
         <v>25</v>
       </c>
       <c r="M349" t="s">
-        <v>3112</v>
+        <v>157</v>
       </c>
       <c r="N349" t="s">
         <v>27</v>
       </c>
       <c r="O349" t="s">
-        <v>3113</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>65018</v>
+        <v>58218</v>
       </c>
       <c r="B350" t="s">
-        <v>3114</v>
+        <v>3136</v>
       </c>
       <c r="C350" t="s">
-        <v>3115</v>
+        <v>3137</v>
       </c>
       <c r="D350" t="s">
-        <v>3116</v>
+        <v>3138</v>
       </c>
       <c r="E350" t="s">
-        <v>3117</v>
+        <v>3139</v>
       </c>
       <c r="F350" t="s">
-        <v>3118</v>
+        <v>3140</v>
       </c>
       <c r="G350" t="s">
-        <v>3119</v>
+        <v>3141</v>
       </c>
       <c r="H350" t="s">
-        <v>3120</v>
+        <v>3142</v>
       </c>
       <c r="I350" t="s">
-        <v>3121</v>
+        <v>3143</v>
       </c>
       <c r="J350" t="s">
         <v>23</v>
       </c>
       <c r="K350" t="s">
-        <v>3122</v>
+        <v>156</v>
       </c>
       <c r="L350" t="s">
         <v>25</v>
       </c>
+      <c r="M350" t="s">
+        <v>157</v>
+      </c>
       <c r="N350" t="s">
         <v>27</v>
       </c>
       <c r="O350" t="s">
-        <v>3123</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>65019</v>
+        <v>58223</v>
       </c>
       <c r="B351" t="s">
-        <v>3124</v>
+        <v>3145</v>
       </c>
       <c r="C351" t="s">
-        <v>3125</v>
+        <v>3146</v>
       </c>
       <c r="D351" t="s">
-        <v>3126</v>
+        <v>3147</v>
       </c>
       <c r="E351" t="s">
-        <v>3127</v>
+        <v>3148</v>
       </c>
       <c r="F351" t="s">
-        <v>3128</v>
+        <v>3149</v>
       </c>
       <c r="G351" t="s">
-        <v>3129</v>
+        <v>3150</v>
       </c>
       <c r="H351" t="s">
-        <v>3130</v>
+        <v>3151</v>
       </c>
       <c r="I351" t="s">
-        <v>3131</v>
+        <v>3152</v>
       </c>
       <c r="J351" t="s">
         <v>23</v>
       </c>
       <c r="K351" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L351" t="s">
         <v>25</v>
       </c>
       <c r="M351" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N351" t="s">
         <v>27</v>
       </c>
       <c r="O351" t="s">
-        <v>3132</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>65020</v>
+        <v>58240</v>
       </c>
       <c r="B352" t="s">
-        <v>3133</v>
+        <v>3154</v>
       </c>
       <c r="C352" t="s">
-        <v>3134</v>
+        <v>3155</v>
       </c>
       <c r="D352" t="s">
-        <v>3135</v>
+        <v>3156</v>
       </c>
       <c r="E352" t="s">
-        <v>3136</v>
+        <v>3157</v>
       </c>
       <c r="F352" t="s">
-        <v>3137</v>
+        <v>3158</v>
       </c>
       <c r="G352" t="s">
-        <v>3138</v>
+        <v>3159</v>
       </c>
       <c r="H352" t="s">
-        <v>3139</v>
+        <v>3160</v>
       </c>
       <c r="I352" t="s">
-        <v>3140</v>
+        <v>3161</v>
       </c>
       <c r="J352" t="s">
         <v>23</v>
       </c>
       <c r="K352" t="s">
-        <v>3141</v>
+        <v>3162</v>
       </c>
       <c r="L352" t="s">
         <v>25</v>
       </c>
+      <c r="M352" t="s">
+        <v>3163</v>
+      </c>
       <c r="N352" t="s">
         <v>27</v>
       </c>
       <c r="O352" t="s">
-        <v>3142</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>65021</v>
+        <v>58259</v>
       </c>
       <c r="B353" t="s">
-        <v>3143</v>
+        <v>3165</v>
       </c>
       <c r="C353" t="s">
-        <v>3144</v>
+        <v>3166</v>
       </c>
       <c r="D353" t="s">
-        <v>3145</v>
+        <v>3167</v>
       </c>
       <c r="E353" t="s">
-        <v>3146</v>
+        <v>3168</v>
       </c>
       <c r="F353" t="s">
-        <v>3147</v>
+        <v>3169</v>
       </c>
       <c r="G353" t="s">
-        <v>3148</v>
+        <v>3170</v>
       </c>
       <c r="H353" t="s">
-        <v>3149</v>
+        <v>3171</v>
       </c>
       <c r="I353" t="s">
-        <v>3150</v>
+        <v>3172</v>
       </c>
       <c r="J353" t="s">
         <v>23</v>
       </c>
       <c r="K353" t="s">
-        <v>53</v>
+        <v>3173</v>
       </c>
       <c r="L353" t="s">
         <v>25</v>
       </c>
       <c r="M353" t="s">
-        <v>54</v>
+        <v>3174</v>
       </c>
       <c r="N353" t="s">
         <v>27</v>
       </c>
       <c r="O353" t="s">
-        <v>3151</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>65022</v>
+        <v>64637</v>
       </c>
       <c r="B354" t="s">
-        <v>3152</v>
+        <v>3176</v>
       </c>
       <c r="C354" t="s">
-        <v>3153</v>
+        <v>3177</v>
       </c>
       <c r="D354" t="s">
-        <v>3154</v>
+        <v>3178</v>
       </c>
       <c r="E354" t="s">
-        <v>3155</v>
+        <v>3179</v>
       </c>
       <c r="F354" t="s">
-        <v>3156</v>
+        <v>3180</v>
       </c>
       <c r="G354" t="s">
-        <v>3157</v>
+        <v>3181</v>
       </c>
       <c r="H354" t="s">
-        <v>3158</v>
+        <v>3182</v>
       </c>
       <c r="I354" t="s">
-        <v>3159</v>
+        <v>3183</v>
       </c>
       <c r="J354" t="s">
         <v>23</v>
       </c>
       <c r="K354" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L354" t="s">
         <v>25</v>
       </c>
       <c r="M354" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N354" t="s">
         <v>27</v>
       </c>
       <c r="O354" t="s">
-        <v>3160</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>65023</v>
+        <v>64689</v>
       </c>
       <c r="B355" t="s">
-        <v>3161</v>
+        <v>3185</v>
       </c>
       <c r="C355" t="s">
-        <v>3162</v>
+        <v>3186</v>
       </c>
       <c r="D355" t="s">
-        <v>3163</v>
+        <v>3187</v>
       </c>
       <c r="E355" t="s">
-        <v>3164</v>
+        <v>3188</v>
       </c>
       <c r="F355" t="s">
-        <v>3165</v>
+        <v>3189</v>
       </c>
       <c r="G355" t="s">
-        <v>3166</v>
+        <v>3190</v>
       </c>
       <c r="H355" t="s">
-        <v>3167</v>
+        <v>3191</v>
       </c>
       <c r="I355" t="s">
-        <v>3168</v>
+        <v>3192</v>
       </c>
       <c r="J355" t="s">
         <v>23</v>
       </c>
       <c r="K355" t="s">
-        <v>53</v>
+        <v>1239</v>
       </c>
       <c r="L355" t="s">
         <v>25</v>
       </c>
       <c r="M355" t="s">
-        <v>54</v>
+        <v>1240</v>
       </c>
       <c r="N355" t="s">
         <v>27</v>
       </c>
       <c r="O355" t="s">
-        <v>3169</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>65025</v>
+        <v>65000</v>
       </c>
       <c r="B356" t="s">
-        <v>3170</v>
+        <v>3194</v>
       </c>
       <c r="C356" t="s">
-        <v>3171</v>
+        <v>3195</v>
       </c>
       <c r="D356" t="s">
-        <v>3172</v>
+        <v>3196</v>
       </c>
       <c r="E356" t="s">
-        <v>3173</v>
+        <v>3197</v>
       </c>
       <c r="F356" t="s">
-        <v>3174</v>
+        <v>3198</v>
       </c>
       <c r="G356" t="s">
-        <v>3175</v>
+        <v>3199</v>
       </c>
       <c r="H356" t="s">
-        <v>3176</v>
+        <v>3200</v>
       </c>
       <c r="I356" t="s">
-        <v>3177</v>
+        <v>3201</v>
       </c>
       <c r="J356" t="s">
         <v>23</v>
       </c>
       <c r="K356" t="s">
         <v>53</v>
       </c>
       <c r="L356" t="s">
         <v>25</v>
       </c>
       <c r="M356" t="s">
         <v>54</v>
       </c>
       <c r="N356" t="s">
         <v>27</v>
       </c>
       <c r="O356" t="s">
-        <v>3178</v>
+        <v>3202</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>65026</v>
+        <v>65001</v>
       </c>
       <c r="B357" t="s">
-        <v>3179</v>
+        <v>3203</v>
       </c>
       <c r="C357" t="s">
-        <v>3180</v>
+        <v>3204</v>
       </c>
       <c r="D357" t="s">
-        <v>3181</v>
+        <v>3205</v>
       </c>
       <c r="E357" t="s">
-        <v>3182</v>
+        <v>3206</v>
       </c>
       <c r="F357" t="s">
-        <v>3183</v>
+        <v>3207</v>
       </c>
       <c r="G357" t="s">
-        <v>3184</v>
+        <v>3208</v>
       </c>
       <c r="H357" t="s">
-        <v>3185</v>
+        <v>3209</v>
       </c>
       <c r="I357" t="s">
-        <v>3186</v>
+        <v>3210</v>
       </c>
       <c r="J357" t="s">
         <v>23</v>
       </c>
       <c r="K357" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L357" t="s">
         <v>25</v>
       </c>
       <c r="M357" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N357" t="s">
         <v>27</v>
       </c>
       <c r="O357" t="s">
-        <v>3187</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>65027</v>
+        <v>65002</v>
       </c>
       <c r="B358" t="s">
-        <v>3188</v>
+        <v>3212</v>
       </c>
       <c r="C358" t="s">
-        <v>3189</v>
+        <v>3213</v>
       </c>
       <c r="D358" t="s">
-        <v>3190</v>
+        <v>3214</v>
       </c>
       <c r="E358" t="s">
-        <v>3191</v>
+        <v>3215</v>
       </c>
       <c r="F358" t="s">
-        <v>3192</v>
+        <v>3216</v>
       </c>
       <c r="G358" t="s">
-        <v>3193</v>
+        <v>3217</v>
       </c>
       <c r="H358" t="s">
-        <v>3194</v>
+        <v>3218</v>
       </c>
       <c r="I358" t="s">
-        <v>3195</v>
+        <v>3219</v>
       </c>
       <c r="J358" t="s">
         <v>23</v>
       </c>
       <c r="K358" t="s">
-        <v>417</v>
+        <v>53</v>
       </c>
       <c r="L358" t="s">
         <v>25</v>
       </c>
       <c r="M358" t="s">
-        <v>418</v>
+        <v>54</v>
       </c>
       <c r="N358" t="s">
         <v>27</v>
       </c>
       <c r="O358" t="s">
-        <v>3196</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>65028</v>
+        <v>65003</v>
       </c>
       <c r="B359" t="s">
-        <v>3197</v>
+        <v>3221</v>
       </c>
       <c r="C359" t="s">
-        <v>3198</v>
+        <v>3222</v>
       </c>
       <c r="D359" t="s">
-        <v>3199</v>
+        <v>3223</v>
       </c>
       <c r="E359" t="s">
-        <v>3200</v>
+        <v>3224</v>
       </c>
       <c r="F359" t="s">
-        <v>3201</v>
+        <v>3225</v>
       </c>
       <c r="G359" t="s">
-        <v>3202</v>
+        <v>3226</v>
       </c>
       <c r="H359" t="s">
-        <v>3203</v>
+        <v>3227</v>
       </c>
       <c r="I359" t="s">
-        <v>3204</v>
+        <v>3228</v>
       </c>
       <c r="J359" t="s">
         <v>23</v>
       </c>
       <c r="K359" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L359" t="s">
         <v>25</v>
       </c>
       <c r="M359" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N359" t="s">
         <v>27</v>
       </c>
       <c r="O359" t="s">
-        <v>3205</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>65030</v>
+        <v>65004</v>
       </c>
       <c r="B360" t="s">
-        <v>3206</v>
+        <v>3230</v>
       </c>
       <c r="C360" t="s">
-        <v>3207</v>
+        <v>3231</v>
       </c>
       <c r="D360" t="s">
-        <v>3208</v>
+        <v>3232</v>
       </c>
       <c r="E360" t="s">
-        <v>3209</v>
+        <v>3233</v>
       </c>
       <c r="F360" t="s">
-        <v>3210</v>
+        <v>3234</v>
       </c>
       <c r="G360" t="s">
-        <v>3211</v>
+        <v>3235</v>
       </c>
       <c r="H360" t="s">
-        <v>3212</v>
+        <v>3236</v>
       </c>
       <c r="I360" t="s">
-        <v>3213</v>
+        <v>3237</v>
       </c>
       <c r="J360" t="s">
         <v>23</v>
       </c>
       <c r="K360" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L360" t="s">
         <v>25</v>
       </c>
       <c r="M360" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N360" t="s">
         <v>27</v>
       </c>
       <c r="O360" t="s">
-        <v>3214</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>65031</v>
+        <v>65005</v>
       </c>
       <c r="B361" t="s">
-        <v>3215</v>
+        <v>3239</v>
       </c>
       <c r="C361" t="s">
-        <v>3216</v>
+        <v>3240</v>
       </c>
       <c r="D361" t="s">
-        <v>3217</v>
+        <v>3241</v>
       </c>
       <c r="E361" t="s">
-        <v>3218</v>
+        <v>3242</v>
       </c>
       <c r="F361" t="s">
-        <v>3219</v>
+        <v>3243</v>
       </c>
       <c r="G361" t="s">
-        <v>3220</v>
+        <v>3244</v>
       </c>
       <c r="H361" t="s">
-        <v>3221</v>
+        <v>3245</v>
       </c>
       <c r="I361" t="s">
-        <v>3222</v>
+        <v>3246</v>
       </c>
       <c r="J361" t="s">
         <v>23</v>
       </c>
       <c r="K361" t="s">
-        <v>53</v>
+        <v>3247</v>
       </c>
       <c r="L361" t="s">
         <v>25</v>
       </c>
       <c r="M361" t="s">
-        <v>54</v>
+        <v>3248</v>
       </c>
       <c r="N361" t="s">
         <v>27</v>
       </c>
       <c r="O361" t="s">
-        <v>3223</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>65032</v>
+        <v>65006</v>
       </c>
       <c r="B362" t="s">
-        <v>3224</v>
+        <v>3250</v>
       </c>
       <c r="C362" t="s">
-        <v>3225</v>
+        <v>3251</v>
       </c>
       <c r="D362" t="s">
-        <v>3226</v>
+        <v>3252</v>
       </c>
       <c r="E362" t="s">
-        <v>3227</v>
+        <v>3253</v>
       </c>
       <c r="F362" t="s">
-        <v>3228</v>
+        <v>3254</v>
       </c>
       <c r="G362" t="s">
-        <v>3229</v>
+        <v>3255</v>
       </c>
       <c r="H362" t="s">
-        <v>3230</v>
+        <v>3256</v>
       </c>
       <c r="I362" t="s">
-        <v>3231</v>
+        <v>3257</v>
       </c>
       <c r="J362" t="s">
         <v>23</v>
       </c>
       <c r="K362" t="s">
-        <v>155</v>
+        <v>3258</v>
       </c>
       <c r="L362" t="s">
         <v>25</v>
       </c>
       <c r="M362" t="s">
-        <v>156</v>
+        <v>3259</v>
       </c>
       <c r="N362" t="s">
         <v>27</v>
       </c>
       <c r="O362" t="s">
-        <v>3232</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>65033</v>
+        <v>65007</v>
       </c>
       <c r="B363" t="s">
-        <v>3233</v>
+        <v>3261</v>
       </c>
       <c r="C363" t="s">
-        <v>3234</v>
+        <v>3262</v>
       </c>
       <c r="D363" t="s">
-        <v>3235</v>
+        <v>3263</v>
       </c>
       <c r="E363" t="s">
-        <v>3236</v>
+        <v>3264</v>
       </c>
       <c r="F363" t="s">
-        <v>3237</v>
+        <v>3265</v>
       </c>
       <c r="G363" t="s">
-        <v>3238</v>
+        <v>3266</v>
       </c>
       <c r="H363" t="s">
-        <v>3239</v>
+        <v>3267</v>
       </c>
       <c r="I363" t="s">
-        <v>3240</v>
+        <v>3268</v>
       </c>
       <c r="J363" t="s">
         <v>23</v>
       </c>
       <c r="K363" t="s">
-        <v>428</v>
+        <v>53</v>
       </c>
       <c r="L363" t="s">
         <v>25</v>
       </c>
+      <c r="M363" t="s">
+        <v>54</v>
+      </c>
       <c r="N363" t="s">
         <v>27</v>
       </c>
       <c r="O363" t="s">
-        <v>3241</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>65034</v>
+        <v>65008</v>
       </c>
       <c r="B364" t="s">
-        <v>3242</v>
+        <v>3270</v>
       </c>
       <c r="C364" t="s">
-        <v>3243</v>
+        <v>3271</v>
       </c>
       <c r="D364" t="s">
-        <v>3244</v>
+        <v>3272</v>
       </c>
       <c r="E364" t="s">
-        <v>3245</v>
+        <v>3273</v>
       </c>
       <c r="F364" t="s">
-        <v>3246</v>
+        <v>3274</v>
       </c>
       <c r="G364" t="s">
-        <v>3247</v>
+        <v>3275</v>
       </c>
       <c r="H364" t="s">
-        <v>3248</v>
+        <v>3276</v>
       </c>
       <c r="I364" t="s">
-        <v>3249</v>
+        <v>3277</v>
       </c>
       <c r="J364" t="s">
-        <v>318</v>
+        <v>23</v>
       </c>
       <c r="K364" t="s">
-        <v>3250</v>
+        <v>156</v>
       </c>
       <c r="L364" t="s">
-        <v>320</v>
+        <v>25</v>
+      </c>
+      <c r="M364" t="s">
+        <v>157</v>
       </c>
       <c r="N364" t="s">
         <v>27</v>
       </c>
       <c r="O364" t="s">
-        <v>3251</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>65035</v>
+        <v>65009</v>
       </c>
       <c r="B365" t="s">
-        <v>3252</v>
+        <v>3279</v>
       </c>
       <c r="C365" t="s">
-        <v>3253</v>
+        <v>3280</v>
       </c>
       <c r="D365" t="s">
-        <v>3254</v>
+        <v>3281</v>
       </c>
       <c r="E365" t="s">
-        <v>3255</v>
+        <v>3282</v>
       </c>
       <c r="F365" t="s">
-        <v>3256</v>
+        <v>3283</v>
       </c>
       <c r="G365" t="s">
-        <v>3257</v>
+        <v>3284</v>
       </c>
       <c r="H365" t="s">
-        <v>3258</v>
+        <v>3285</v>
       </c>
       <c r="I365" t="s">
-        <v>3259</v>
+        <v>3286</v>
       </c>
       <c r="J365" t="s">
         <v>23</v>
       </c>
       <c r="K365" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L365" t="s">
         <v>25</v>
       </c>
       <c r="M365" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N365" t="s">
         <v>27</v>
       </c>
       <c r="O365" t="s">
-        <v>3260</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>65036</v>
+        <v>65010</v>
       </c>
       <c r="B366" t="s">
-        <v>3261</v>
+        <v>3288</v>
       </c>
       <c r="C366" t="s">
-        <v>3262</v>
+        <v>3289</v>
       </c>
       <c r="D366" t="s">
-        <v>3263</v>
+        <v>3290</v>
       </c>
       <c r="E366" t="s">
-        <v>3264</v>
+        <v>3291</v>
       </c>
       <c r="F366" t="s">
-        <v>3265</v>
+        <v>3292</v>
       </c>
       <c r="G366" t="s">
-        <v>3266</v>
+        <v>3293</v>
       </c>
       <c r="H366" t="s">
-        <v>3267</v>
+        <v>3294</v>
       </c>
       <c r="I366" t="s">
-        <v>3268</v>
+        <v>3295</v>
       </c>
       <c r="J366" t="s">
         <v>23</v>
       </c>
       <c r="K366" t="s">
         <v>53</v>
       </c>
       <c r="L366" t="s">
         <v>25</v>
       </c>
       <c r="M366" t="s">
         <v>54</v>
       </c>
       <c r="N366" t="s">
         <v>27</v>
       </c>
       <c r="O366" t="s">
-        <v>3269</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>65037</v>
+        <v>65011</v>
       </c>
       <c r="B367" t="s">
-        <v>3270</v>
+        <v>3297</v>
       </c>
       <c r="C367" t="s">
-        <v>3271</v>
+        <v>3298</v>
       </c>
       <c r="D367" t="s">
-        <v>3272</v>
+        <v>3299</v>
       </c>
       <c r="E367" t="s">
-        <v>3273</v>
+        <v>3300</v>
       </c>
       <c r="F367" t="s">
-        <v>3274</v>
+        <v>3301</v>
       </c>
       <c r="G367" t="s">
-        <v>3275</v>
+        <v>3302</v>
       </c>
       <c r="H367" t="s">
-        <v>3276</v>
+        <v>3303</v>
       </c>
       <c r="I367" t="s">
-        <v>3277</v>
+        <v>3304</v>
       </c>
       <c r="J367" t="s">
         <v>23</v>
       </c>
       <c r="K367" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L367" t="s">
         <v>25</v>
       </c>
       <c r="M367" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N367" t="s">
         <v>27</v>
       </c>
       <c r="O367" t="s">
-        <v>3278</v>
+        <v>3305</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>65038</v>
+        <v>65012</v>
       </c>
       <c r="B368" t="s">
-        <v>3279</v>
+        <v>3306</v>
       </c>
       <c r="C368" t="s">
-        <v>3280</v>
+        <v>3307</v>
       </c>
       <c r="D368" t="s">
-        <v>3281</v>
+        <v>3308</v>
       </c>
       <c r="E368" t="s">
-        <v>3282</v>
+        <v>3309</v>
       </c>
       <c r="F368" t="s">
-        <v>3283</v>
+        <v>3310</v>
       </c>
       <c r="G368" t="s">
-        <v>3284</v>
+        <v>3311</v>
       </c>
       <c r="H368" t="s">
-        <v>3285</v>
+        <v>3312</v>
       </c>
       <c r="I368" t="s">
-        <v>3286</v>
+        <v>3313</v>
       </c>
       <c r="J368" t="s">
         <v>23</v>
       </c>
       <c r="K368" t="s">
-        <v>155</v>
+        <v>3314</v>
       </c>
       <c r="L368" t="s">
         <v>25</v>
       </c>
       <c r="M368" t="s">
-        <v>156</v>
+        <v>3315</v>
       </c>
       <c r="N368" t="s">
         <v>27</v>
       </c>
       <c r="O368" t="s">
-        <v>3287</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>65039</v>
+        <v>65013</v>
       </c>
       <c r="B369" t="s">
-        <v>3288</v>
+        <v>3317</v>
       </c>
       <c r="C369" t="s">
-        <v>3289</v>
+        <v>3318</v>
       </c>
       <c r="D369" t="s">
-        <v>3290</v>
+        <v>3319</v>
       </c>
       <c r="E369" t="s">
-        <v>3291</v>
+        <v>3320</v>
       </c>
       <c r="F369" t="s">
-        <v>3292</v>
+        <v>3321</v>
       </c>
       <c r="G369" t="s">
-        <v>3293</v>
+        <v>3322</v>
       </c>
       <c r="H369" t="s">
-        <v>3294</v>
+        <v>3323</v>
       </c>
       <c r="I369" t="s">
-        <v>3295</v>
+        <v>3324</v>
       </c>
       <c r="J369" t="s">
         <v>23</v>
       </c>
       <c r="K369" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L369" t="s">
         <v>25</v>
       </c>
       <c r="M369" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N369" t="s">
         <v>27</v>
       </c>
       <c r="O369" t="s">
-        <v>3296</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>65040</v>
+        <v>65014</v>
       </c>
       <c r="B370" t="s">
-        <v>3297</v>
+        <v>3326</v>
       </c>
       <c r="C370" t="s">
-        <v>3298</v>
+        <v>3327</v>
       </c>
       <c r="D370" t="s">
-        <v>3299</v>
+        <v>3328</v>
       </c>
       <c r="E370" t="s">
-        <v>3300</v>
+        <v>3329</v>
       </c>
       <c r="F370" t="s">
-        <v>3301</v>
+        <v>3330</v>
       </c>
       <c r="G370" t="s">
-        <v>3302</v>
+        <v>3331</v>
       </c>
       <c r="H370" t="s">
-        <v>3303</v>
+        <v>3332</v>
       </c>
       <c r="I370" t="s">
-        <v>3304</v>
+        <v>3333</v>
       </c>
       <c r="J370" t="s">
-        <v>23</v>
+        <v>319</v>
       </c>
       <c r="K370" t="s">
-        <v>319</v>
+        <v>418</v>
       </c>
       <c r="L370" t="s">
-        <v>25</v>
+        <v>321</v>
       </c>
       <c r="M370" t="s">
-        <v>321</v>
+        <v>419</v>
       </c>
       <c r="N370" t="s">
         <v>27</v>
       </c>
       <c r="O370" t="s">
-        <v>3305</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>65043</v>
+        <v>65015</v>
       </c>
       <c r="B371" t="s">
-        <v>3306</v>
+        <v>3335</v>
       </c>
       <c r="C371" t="s">
-        <v>3307</v>
+        <v>3336</v>
       </c>
       <c r="D371" t="s">
-        <v>3308</v>
+        <v>3337</v>
       </c>
       <c r="E371" t="s">
-        <v>3309</v>
+        <v>3338</v>
       </c>
       <c r="F371" t="s">
-        <v>3310</v>
+        <v>3339</v>
       </c>
       <c r="G371" t="s">
-        <v>3311</v>
+        <v>3340</v>
       </c>
       <c r="H371" t="s">
-        <v>3312</v>
+        <v>3341</v>
       </c>
       <c r="I371" t="s">
-        <v>3313</v>
+        <v>3342</v>
       </c>
       <c r="J371" t="s">
         <v>23</v>
       </c>
       <c r="K371" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L371" t="s">
         <v>25</v>
       </c>
       <c r="M371" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N371" t="s">
         <v>27</v>
       </c>
       <c r="O371" t="s">
-        <v>3314</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>65044</v>
+        <v>65016</v>
       </c>
       <c r="B372" t="s">
-        <v>3315</v>
+        <v>3344</v>
       </c>
       <c r="C372" t="s">
-        <v>3316</v>
+        <v>3345</v>
       </c>
       <c r="D372" t="s">
-        <v>3317</v>
+        <v>3346</v>
       </c>
       <c r="E372" t="s">
-        <v>3318</v>
+        <v>3347</v>
       </c>
       <c r="F372" t="s">
-        <v>3319</v>
+        <v>3348</v>
       </c>
       <c r="G372" t="s">
-        <v>3320</v>
+        <v>3349</v>
       </c>
       <c r="H372" t="s">
-        <v>3321</v>
+        <v>3350</v>
       </c>
       <c r="I372" t="s">
-        <v>3322</v>
+        <v>3351</v>
       </c>
       <c r="J372" t="s">
         <v>23</v>
       </c>
       <c r="K372" t="s">
         <v>53</v>
       </c>
       <c r="L372" t="s">
         <v>25</v>
       </c>
       <c r="M372" t="s">
         <v>54</v>
       </c>
       <c r="N372" t="s">
         <v>27</v>
       </c>
       <c r="O372" t="s">
-        <v>3323</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>65045</v>
+        <v>65017</v>
       </c>
       <c r="B373" t="s">
-        <v>3324</v>
+        <v>3353</v>
       </c>
       <c r="C373" t="s">
-        <v>3325</v>
+        <v>3354</v>
       </c>
       <c r="D373" t="s">
-        <v>3326</v>
+        <v>3355</v>
       </c>
       <c r="E373" t="s">
-        <v>3327</v>
+        <v>3356</v>
       </c>
       <c r="F373" t="s">
-        <v>3328</v>
+        <v>3357</v>
       </c>
       <c r="G373" t="s">
-        <v>3329</v>
+        <v>3358</v>
       </c>
       <c r="H373" t="s">
-        <v>3330</v>
+        <v>3359</v>
       </c>
       <c r="I373" t="s">
-        <v>3331</v>
+        <v>3360</v>
       </c>
       <c r="J373" t="s">
-        <v>3332</v>
+        <v>23</v>
       </c>
       <c r="K373" t="s">
-        <v>3333</v>
+        <v>3361</v>
       </c>
       <c r="L373" t="s">
-        <v>3334</v>
+        <v>25</v>
       </c>
       <c r="M373" t="s">
-        <v>3335</v>
+        <v>3362</v>
       </c>
       <c r="N373" t="s">
         <v>27</v>
       </c>
       <c r="O373" t="s">
-        <v>3336</v>
+        <v>3363</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>65046</v>
+        <v>65018</v>
       </c>
       <c r="B374" t="s">
-        <v>3337</v>
+        <v>3364</v>
       </c>
       <c r="C374" t="s">
-        <v>3338</v>
+        <v>3365</v>
       </c>
       <c r="D374" t="s">
-        <v>3339</v>
+        <v>3366</v>
       </c>
       <c r="E374" t="s">
-        <v>3340</v>
+        <v>3367</v>
       </c>
       <c r="F374" t="s">
-        <v>3341</v>
+        <v>3368</v>
       </c>
       <c r="G374" t="s">
-        <v>3342</v>
+        <v>3369</v>
       </c>
       <c r="H374" t="s">
-        <v>3343</v>
+        <v>3370</v>
       </c>
       <c r="I374" t="s">
-        <v>3344</v>
+        <v>3371</v>
       </c>
       <c r="J374" t="s">
         <v>23</v>
       </c>
       <c r="K374" t="s">
-        <v>24</v>
+        <v>3372</v>
       </c>
       <c r="L374" t="s">
         <v>25</v>
       </c>
       <c r="M374" t="s">
-        <v>26</v>
+        <v>3373</v>
       </c>
       <c r="N374" t="s">
         <v>27</v>
       </c>
       <c r="O374" t="s">
-        <v>3345</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>65047</v>
+        <v>65019</v>
       </c>
       <c r="B375" t="s">
-        <v>3346</v>
+        <v>3375</v>
       </c>
       <c r="C375" t="s">
-        <v>3347</v>
+        <v>3376</v>
       </c>
       <c r="D375" t="s">
-        <v>3348</v>
+        <v>3377</v>
       </c>
       <c r="E375" t="s">
-        <v>3349</v>
+        <v>3378</v>
       </c>
       <c r="F375" t="s">
-        <v>3350</v>
+        <v>3379</v>
       </c>
       <c r="G375" t="s">
-        <v>3351</v>
+        <v>3380</v>
       </c>
       <c r="H375" t="s">
-        <v>3352</v>
+        <v>3381</v>
       </c>
       <c r="I375" t="s">
-        <v>3353</v>
+        <v>3382</v>
       </c>
       <c r="J375" t="s">
         <v>23</v>
       </c>
       <c r="K375" t="s">
-        <v>3333</v>
+        <v>156</v>
       </c>
       <c r="L375" t="s">
         <v>25</v>
       </c>
       <c r="M375" t="s">
-        <v>3335</v>
+        <v>157</v>
       </c>
       <c r="N375" t="s">
         <v>27</v>
       </c>
       <c r="O375" t="s">
-        <v>3354</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>65049</v>
+        <v>65020</v>
       </c>
       <c r="B376" t="s">
-        <v>3355</v>
+        <v>3384</v>
       </c>
       <c r="C376" t="s">
-        <v>3356</v>
+        <v>3385</v>
       </c>
       <c r="D376" t="s">
-        <v>3357</v>
+        <v>3386</v>
       </c>
       <c r="E376" t="s">
-        <v>3358</v>
+        <v>3387</v>
       </c>
       <c r="F376" t="s">
-        <v>3359</v>
+        <v>3388</v>
       </c>
       <c r="G376" t="s">
-        <v>3360</v>
+        <v>3389</v>
       </c>
       <c r="H376" t="s">
-        <v>3361</v>
+        <v>3390</v>
       </c>
       <c r="I376" t="s">
-        <v>3362</v>
+        <v>3391</v>
       </c>
       <c r="J376" t="s">
         <v>23</v>
       </c>
       <c r="K376" t="s">
-        <v>1231</v>
+        <v>3392</v>
       </c>
       <c r="L376" t="s">
         <v>25</v>
       </c>
+      <c r="M376" t="s">
+        <v>3393</v>
+      </c>
       <c r="N376" t="s">
         <v>27</v>
       </c>
       <c r="O376" t="s">
-        <v>3363</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>65050</v>
+        <v>65021</v>
       </c>
       <c r="B377" t="s">
-        <v>3364</v>
+        <v>3395</v>
       </c>
       <c r="C377" t="s">
-        <v>3365</v>
+        <v>3396</v>
       </c>
       <c r="D377" t="s">
-        <v>3366</v>
+        <v>3397</v>
       </c>
       <c r="E377" t="s">
-        <v>3367</v>
+        <v>3398</v>
       </c>
       <c r="F377" t="s">
-        <v>3368</v>
+        <v>3399</v>
       </c>
       <c r="G377" t="s">
-        <v>3369</v>
+        <v>3400</v>
       </c>
       <c r="H377" t="s">
-        <v>3370</v>
+        <v>3401</v>
       </c>
       <c r="I377" t="s">
-        <v>3371</v>
+        <v>3402</v>
       </c>
       <c r="J377" t="s">
         <v>23</v>
       </c>
       <c r="K377" t="s">
         <v>53</v>
       </c>
       <c r="L377" t="s">
         <v>25</v>
       </c>
       <c r="M377" t="s">
         <v>54</v>
       </c>
       <c r="N377" t="s">
         <v>27</v>
       </c>
       <c r="O377" t="s">
-        <v>3372</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>65051</v>
+        <v>65022</v>
       </c>
       <c r="B378" t="s">
-        <v>3373</v>
+        <v>3404</v>
       </c>
       <c r="C378" t="s">
-        <v>3374</v>
+        <v>3405</v>
       </c>
       <c r="D378" t="s">
-        <v>3375</v>
+        <v>3406</v>
       </c>
       <c r="E378" t="s">
-        <v>3376</v>
+        <v>3407</v>
       </c>
       <c r="F378" t="s">
-        <v>3377</v>
+        <v>3408</v>
       </c>
       <c r="G378" t="s">
-        <v>3378</v>
+        <v>3409</v>
       </c>
       <c r="H378" t="s">
-        <v>3379</v>
+        <v>3410</v>
       </c>
       <c r="I378" t="s">
-        <v>3380</v>
+        <v>3411</v>
       </c>
       <c r="J378" t="s">
         <v>23</v>
       </c>
       <c r="K378" t="s">
-        <v>475</v>
+        <v>53</v>
       </c>
       <c r="L378" t="s">
         <v>25</v>
       </c>
       <c r="M378" t="s">
-        <v>476</v>
+        <v>54</v>
       </c>
       <c r="N378" t="s">
         <v>27</v>
       </c>
       <c r="O378" t="s">
-        <v>3381</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>65053</v>
+        <v>65023</v>
       </c>
       <c r="B379" t="s">
-        <v>3382</v>
+        <v>3413</v>
       </c>
       <c r="C379" t="s">
-        <v>3383</v>
+        <v>3414</v>
       </c>
       <c r="D379" t="s">
-        <v>3384</v>
+        <v>3415</v>
       </c>
       <c r="E379" t="s">
-        <v>3385</v>
+        <v>3416</v>
       </c>
       <c r="F379" t="s">
-        <v>3386</v>
+        <v>3417</v>
       </c>
       <c r="G379" t="s">
-        <v>3387</v>
+        <v>3418</v>
       </c>
       <c r="H379" t="s">
-        <v>3388</v>
+        <v>3419</v>
       </c>
       <c r="I379" t="s">
-        <v>3389</v>
+        <v>3420</v>
       </c>
       <c r="J379" t="s">
         <v>23</v>
       </c>
       <c r="K379" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L379" t="s">
         <v>25</v>
       </c>
       <c r="M379" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N379" t="s">
         <v>27</v>
       </c>
       <c r="O379" t="s">
-        <v>3390</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>65054</v>
+        <v>65025</v>
       </c>
       <c r="B380" t="s">
-        <v>3391</v>
+        <v>3422</v>
       </c>
       <c r="C380" t="s">
-        <v>3392</v>
+        <v>3423</v>
       </c>
       <c r="D380" t="s">
-        <v>3393</v>
+        <v>3424</v>
       </c>
       <c r="E380" t="s">
-        <v>3394</v>
+        <v>3425</v>
       </c>
       <c r="F380" t="s">
-        <v>3395</v>
+        <v>3426</v>
       </c>
       <c r="G380" t="s">
-        <v>3396</v>
+        <v>3427</v>
       </c>
       <c r="H380" t="s">
-        <v>3397</v>
+        <v>3428</v>
       </c>
       <c r="I380" t="s">
-        <v>3398</v>
+        <v>3429</v>
       </c>
       <c r="J380" t="s">
-        <v>318</v>
+        <v>23</v>
       </c>
       <c r="K380" t="s">
-        <v>3399</v>
+        <v>53</v>
       </c>
       <c r="L380" t="s">
-        <v>320</v>
+        <v>25</v>
+      </c>
+      <c r="M380" t="s">
+        <v>54</v>
       </c>
       <c r="N380" t="s">
         <v>27</v>
       </c>
       <c r="O380" t="s">
-        <v>3400</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>65055</v>
+        <v>65026</v>
       </c>
       <c r="B381" t="s">
-        <v>3401</v>
+        <v>3431</v>
       </c>
       <c r="C381" t="s">
-        <v>3402</v>
+        <v>3432</v>
       </c>
       <c r="D381" t="s">
-        <v>3403</v>
+        <v>3433</v>
       </c>
       <c r="E381" t="s">
-        <v>3404</v>
+        <v>3434</v>
       </c>
       <c r="F381" t="s">
-        <v>3405</v>
+        <v>3435</v>
       </c>
       <c r="G381" t="s">
-        <v>3406</v>
+        <v>3436</v>
       </c>
       <c r="H381" t="s">
-        <v>3407</v>
+        <v>3437</v>
       </c>
       <c r="I381" t="s">
-        <v>3408</v>
+        <v>3438</v>
       </c>
       <c r="J381" t="s">
         <v>23</v>
       </c>
       <c r="K381" t="s">
-        <v>3250</v>
+        <v>53</v>
       </c>
       <c r="L381" t="s">
         <v>25</v>
       </c>
+      <c r="M381" t="s">
+        <v>54</v>
+      </c>
       <c r="N381" t="s">
         <v>27</v>
       </c>
       <c r="O381" t="s">
-        <v>3409</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>65057</v>
+        <v>65027</v>
       </c>
       <c r="B382" t="s">
-        <v>3410</v>
+        <v>3440</v>
       </c>
       <c r="C382" t="s">
-        <v>3411</v>
+        <v>3441</v>
       </c>
       <c r="D382" t="s">
-        <v>3412</v>
+        <v>3442</v>
       </c>
       <c r="E382" t="s">
-        <v>3413</v>
+        <v>3443</v>
       </c>
       <c r="F382" t="s">
-        <v>3414</v>
+        <v>3444</v>
       </c>
       <c r="G382" t="s">
-        <v>3415</v>
+        <v>3445</v>
       </c>
       <c r="H382" t="s">
-        <v>3416</v>
+        <v>3446</v>
       </c>
       <c r="I382" t="s">
-        <v>3417</v>
+        <v>3447</v>
       </c>
       <c r="J382" t="s">
         <v>23</v>
       </c>
       <c r="K382" t="s">
-        <v>579</v>
+        <v>418</v>
       </c>
       <c r="L382" t="s">
         <v>25</v>
       </c>
+      <c r="M382" t="s">
+        <v>419</v>
+      </c>
       <c r="N382" t="s">
         <v>27</v>
       </c>
       <c r="O382" t="s">
-        <v>3418</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>65058</v>
+        <v>65028</v>
       </c>
       <c r="B383" t="s">
-        <v>3419</v>
+        <v>3449</v>
       </c>
       <c r="C383" t="s">
-        <v>3420</v>
+        <v>3450</v>
       </c>
       <c r="D383" t="s">
-        <v>3421</v>
+        <v>3451</v>
       </c>
       <c r="E383" t="s">
-        <v>3422</v>
+        <v>3452</v>
       </c>
       <c r="F383" t="s">
-        <v>3423</v>
+        <v>3453</v>
       </c>
       <c r="G383" t="s">
-        <v>3424</v>
+        <v>3454</v>
       </c>
       <c r="H383" t="s">
-        <v>3425</v>
+        <v>3455</v>
       </c>
       <c r="I383" t="s">
-        <v>3426</v>
+        <v>3456</v>
       </c>
       <c r="J383" t="s">
-        <v>318</v>
+        <v>23</v>
       </c>
       <c r="K383" t="s">
-        <v>417</v>
+        <v>53</v>
       </c>
       <c r="L383" t="s">
-        <v>320</v>
+        <v>25</v>
       </c>
       <c r="M383" t="s">
-        <v>418</v>
+        <v>54</v>
       </c>
       <c r="N383" t="s">
         <v>27</v>
       </c>
       <c r="O383" t="s">
-        <v>3427</v>
+        <v>3457</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>65059</v>
+        <v>65030</v>
       </c>
       <c r="B384" t="s">
-        <v>3428</v>
+        <v>3458</v>
       </c>
       <c r="C384" t="s">
-        <v>3429</v>
+        <v>3459</v>
       </c>
       <c r="D384" t="s">
-        <v>3430</v>
+        <v>3460</v>
       </c>
       <c r="E384" t="s">
-        <v>3431</v>
+        <v>3461</v>
       </c>
       <c r="F384" t="s">
-        <v>3432</v>
+        <v>3462</v>
       </c>
       <c r="G384" t="s">
-        <v>3433</v>
+        <v>3463</v>
       </c>
       <c r="H384" t="s">
-        <v>3434</v>
+        <v>3464</v>
       </c>
       <c r="I384" t="s">
-        <v>3435</v>
+        <v>3465</v>
       </c>
       <c r="J384" t="s">
         <v>23</v>
       </c>
       <c r="K384" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L384" t="s">
         <v>25</v>
       </c>
       <c r="M384" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N384" t="s">
         <v>27</v>
       </c>
       <c r="O384" t="s">
-        <v>3436</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>65060</v>
+        <v>65031</v>
       </c>
       <c r="B385" t="s">
-        <v>3437</v>
+        <v>3467</v>
       </c>
       <c r="C385" t="s">
-        <v>3438</v>
+        <v>3468</v>
       </c>
       <c r="D385" t="s">
-        <v>3439</v>
+        <v>3469</v>
       </c>
       <c r="E385" t="s">
-        <v>3440</v>
+        <v>3470</v>
       </c>
       <c r="F385" t="s">
-        <v>3441</v>
+        <v>3471</v>
       </c>
       <c r="G385" t="s">
-        <v>3442</v>
+        <v>3472</v>
       </c>
       <c r="H385" t="s">
-        <v>3443</v>
+        <v>3473</v>
       </c>
       <c r="I385" t="s">
-        <v>3444</v>
+        <v>3474</v>
       </c>
       <c r="J385" t="s">
         <v>23</v>
       </c>
       <c r="K385" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="L385" t="s">
         <v>25</v>
       </c>
       <c r="M385" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="N385" t="s">
         <v>27</v>
       </c>
       <c r="O385" t="s">
-        <v>3445</v>
+        <v>3475</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>65061</v>
+        <v>65032</v>
       </c>
       <c r="B386" t="s">
-        <v>3446</v>
+        <v>3476</v>
       </c>
       <c r="C386" t="s">
-        <v>3447</v>
+        <v>3477</v>
       </c>
       <c r="D386" t="s">
-        <v>3448</v>
+        <v>3478</v>
       </c>
       <c r="E386" t="s">
-        <v>3449</v>
+        <v>3479</v>
       </c>
       <c r="F386" t="s">
-        <v>3450</v>
+        <v>3480</v>
       </c>
       <c r="G386" t="s">
-        <v>3451</v>
+        <v>3481</v>
       </c>
       <c r="H386" t="s">
-        <v>3452</v>
+        <v>3482</v>
       </c>
       <c r="I386" t="s">
-        <v>3453</v>
+        <v>3483</v>
       </c>
       <c r="J386" t="s">
         <v>23</v>
       </c>
       <c r="K386" t="s">
-        <v>319</v>
+        <v>156</v>
       </c>
       <c r="L386" t="s">
         <v>25</v>
       </c>
       <c r="M386" t="s">
-        <v>321</v>
+        <v>157</v>
       </c>
       <c r="N386" t="s">
         <v>27</v>
       </c>
       <c r="O386" t="s">
-        <v>3454</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>65062</v>
+        <v>65033</v>
       </c>
       <c r="B387" t="s">
-        <v>3455</v>
+        <v>3485</v>
       </c>
       <c r="C387" t="s">
-        <v>3456</v>
+        <v>3486</v>
       </c>
       <c r="D387" t="s">
-        <v>3457</v>
+        <v>3487</v>
       </c>
       <c r="E387" t="s">
-        <v>3458</v>
+        <v>3488</v>
       </c>
       <c r="F387" t="s">
-        <v>3459</v>
+        <v>3489</v>
       </c>
       <c r="G387" t="s">
-        <v>3460</v>
+        <v>3490</v>
       </c>
       <c r="H387" t="s">
-        <v>3461</v>
+        <v>3491</v>
       </c>
       <c r="I387" t="s">
-        <v>3462</v>
+        <v>3492</v>
       </c>
       <c r="J387" t="s">
         <v>23</v>
       </c>
       <c r="K387" t="s">
-        <v>53</v>
+        <v>429</v>
       </c>
       <c r="L387" t="s">
         <v>25</v>
       </c>
       <c r="M387" t="s">
-        <v>54</v>
+        <v>3493</v>
       </c>
       <c r="N387" t="s">
         <v>27</v>
       </c>
       <c r="O387" t="s">
-        <v>3463</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>65063</v>
+        <v>65034</v>
       </c>
       <c r="B388" t="s">
-        <v>3464</v>
+        <v>3495</v>
       </c>
       <c r="C388" t="s">
-        <v>3465</v>
+        <v>3496</v>
       </c>
       <c r="D388" t="s">
-        <v>3466</v>
+        <v>3497</v>
       </c>
       <c r="E388" t="s">
-        <v>3467</v>
+        <v>3498</v>
       </c>
       <c r="F388" t="s">
-        <v>3468</v>
+        <v>3499</v>
       </c>
       <c r="G388" t="s">
-        <v>3469</v>
+        <v>3500</v>
       </c>
       <c r="H388" t="s">
-        <v>3470</v>
+        <v>3501</v>
       </c>
       <c r="I388" t="s">
-        <v>3471</v>
+        <v>3502</v>
       </c>
       <c r="J388" t="s">
-        <v>23</v>
+        <v>319</v>
       </c>
       <c r="K388" t="s">
-        <v>3472</v>
+        <v>3503</v>
       </c>
       <c r="L388" t="s">
-        <v>25</v>
+        <v>321</v>
+      </c>
+      <c r="M388" t="s">
+        <v>3504</v>
       </c>
       <c r="N388" t="s">
         <v>27</v>
       </c>
       <c r="O388" t="s">
-        <v>3473</v>
+        <v>3505</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>65068</v>
+        <v>65035</v>
       </c>
       <c r="B389" t="s">
-        <v>3474</v>
+        <v>3506</v>
       </c>
       <c r="C389" t="s">
-        <v>3475</v>
+        <v>3507</v>
       </c>
       <c r="D389" t="s">
-        <v>3476</v>
+        <v>3508</v>
       </c>
       <c r="E389" t="s">
-        <v>3477</v>
+        <v>3509</v>
       </c>
       <c r="F389" t="s">
-        <v>3478</v>
+        <v>3510</v>
       </c>
       <c r="G389" t="s">
-        <v>3479</v>
+        <v>3511</v>
       </c>
       <c r="H389" t="s">
-        <v>3480</v>
+        <v>3512</v>
       </c>
       <c r="I389" t="s">
-        <v>3481</v>
+        <v>3513</v>
       </c>
       <c r="J389" t="s">
         <v>23</v>
       </c>
       <c r="K389" t="s">
         <v>53</v>
       </c>
       <c r="L389" t="s">
         <v>25</v>
       </c>
       <c r="M389" t="s">
         <v>54</v>
       </c>
       <c r="N389" t="s">
         <v>27</v>
       </c>
       <c r="O389" t="s">
-        <v>3482</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>65069</v>
+        <v>65036</v>
       </c>
       <c r="B390" t="s">
-        <v>3483</v>
+        <v>3515</v>
       </c>
       <c r="C390" t="s">
-        <v>3484</v>
+        <v>3516</v>
       </c>
       <c r="D390" t="s">
-        <v>3485</v>
+        <v>3517</v>
       </c>
       <c r="E390" t="s">
-        <v>3486</v>
+        <v>3518</v>
       </c>
       <c r="F390" t="s">
-        <v>3487</v>
+        <v>3519</v>
       </c>
       <c r="G390" t="s">
-        <v>3488</v>
+        <v>3520</v>
       </c>
       <c r="H390" t="s">
-        <v>3489</v>
+        <v>3521</v>
       </c>
       <c r="I390" t="s">
-        <v>3490</v>
+        <v>3522</v>
       </c>
       <c r="J390" t="s">
         <v>23</v>
       </c>
       <c r="K390" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L390" t="s">
         <v>25</v>
       </c>
       <c r="M390" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N390" t="s">
         <v>27</v>
       </c>
       <c r="O390" t="s">
-        <v>3491</v>
+        <v>3523</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>65071</v>
+        <v>65037</v>
       </c>
       <c r="B391" t="s">
-        <v>3492</v>
+        <v>3524</v>
       </c>
       <c r="C391" t="s">
-        <v>3493</v>
+        <v>3525</v>
       </c>
       <c r="D391" t="s">
-        <v>3494</v>
+        <v>3526</v>
       </c>
       <c r="E391" t="s">
-        <v>3495</v>
+        <v>3527</v>
       </c>
       <c r="F391" t="s">
-        <v>3496</v>
+        <v>3528</v>
       </c>
       <c r="G391" t="s">
-        <v>3497</v>
+        <v>3529</v>
       </c>
       <c r="H391" t="s">
-        <v>3498</v>
+        <v>3530</v>
       </c>
       <c r="I391" t="s">
-        <v>3499</v>
+        <v>3531</v>
       </c>
       <c r="J391" t="s">
         <v>23</v>
       </c>
       <c r="K391" t="s">
         <v>53</v>
       </c>
       <c r="L391" t="s">
         <v>25</v>
       </c>
       <c r="M391" t="s">
         <v>54</v>
       </c>
       <c r="N391" t="s">
         <v>27</v>
       </c>
       <c r="O391" t="s">
-        <v>3500</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>65073</v>
+        <v>65038</v>
       </c>
       <c r="B392" t="s">
-        <v>3501</v>
+        <v>3533</v>
       </c>
       <c r="C392" t="s">
-        <v>3502</v>
+        <v>3534</v>
       </c>
       <c r="D392" t="s">
-        <v>3503</v>
+        <v>3535</v>
       </c>
       <c r="E392" t="s">
-        <v>3504</v>
+        <v>3536</v>
       </c>
       <c r="F392" t="s">
-        <v>3505</v>
+        <v>3537</v>
       </c>
       <c r="G392" t="s">
-        <v>3506</v>
+        <v>3538</v>
       </c>
       <c r="H392" t="s">
-        <v>3507</v>
+        <v>3539</v>
       </c>
       <c r="I392" t="s">
-        <v>3508</v>
+        <v>3540</v>
       </c>
       <c r="J392" t="s">
         <v>23</v>
       </c>
       <c r="K392" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L392" t="s">
         <v>25</v>
       </c>
       <c r="M392" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N392" t="s">
         <v>27</v>
       </c>
       <c r="O392" t="s">
-        <v>3509</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>65074</v>
+        <v>65039</v>
       </c>
       <c r="B393" t="s">
-        <v>3510</v>
+        <v>3542</v>
       </c>
       <c r="C393" t="s">
-        <v>3511</v>
+        <v>3543</v>
       </c>
       <c r="D393" t="s">
-        <v>3512</v>
+        <v>3544</v>
       </c>
       <c r="E393" t="s">
-        <v>3513</v>
+        <v>3545</v>
       </c>
       <c r="F393" t="s">
-        <v>3514</v>
+        <v>3546</v>
       </c>
       <c r="G393" t="s">
-        <v>3515</v>
+        <v>3547</v>
       </c>
       <c r="H393" t="s">
-        <v>3516</v>
+        <v>3548</v>
       </c>
       <c r="I393" t="s">
-        <v>3517</v>
+        <v>3549</v>
       </c>
       <c r="J393" t="s">
         <v>23</v>
       </c>
       <c r="K393" t="s">
-        <v>3518</v>
+        <v>156</v>
       </c>
       <c r="L393" t="s">
         <v>25</v>
       </c>
+      <c r="M393" t="s">
+        <v>157</v>
+      </c>
       <c r="N393" t="s">
         <v>27</v>
       </c>
       <c r="O393" t="s">
-        <v>3519</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>65075</v>
+        <v>65040</v>
       </c>
       <c r="B394" t="s">
-        <v>3520</v>
+        <v>3551</v>
       </c>
       <c r="C394" t="s">
-        <v>3521</v>
+        <v>3552</v>
       </c>
       <c r="D394" t="s">
-        <v>3522</v>
+        <v>3553</v>
       </c>
       <c r="E394" t="s">
-        <v>3523</v>
+        <v>3554</v>
       </c>
       <c r="F394" t="s">
-        <v>3524</v>
+        <v>3555</v>
       </c>
       <c r="G394" t="s">
-        <v>3525</v>
+        <v>3556</v>
       </c>
       <c r="H394" t="s">
-        <v>3526</v>
+        <v>3557</v>
       </c>
       <c r="I394" t="s">
-        <v>3527</v>
+        <v>3558</v>
       </c>
       <c r="J394" t="s">
-        <v>318</v>
+        <v>23</v>
       </c>
       <c r="K394" t="s">
-        <v>428</v>
+        <v>320</v>
       </c>
       <c r="L394" t="s">
-        <v>320</v>
+        <v>25</v>
+      </c>
+      <c r="M394" t="s">
+        <v>322</v>
       </c>
       <c r="N394" t="s">
         <v>27</v>
       </c>
       <c r="O394" t="s">
-        <v>3528</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>65076</v>
+        <v>65043</v>
       </c>
       <c r="B395" t="s">
-        <v>3529</v>
+        <v>3560</v>
       </c>
       <c r="C395" t="s">
-        <v>3530</v>
+        <v>3561</v>
       </c>
       <c r="D395" t="s">
-        <v>3531</v>
+        <v>3562</v>
       </c>
       <c r="E395" t="s">
-        <v>3532</v>
+        <v>3563</v>
       </c>
       <c r="F395" t="s">
-        <v>3533</v>
+        <v>3564</v>
       </c>
       <c r="G395" t="s">
-        <v>3534</v>
+        <v>3565</v>
       </c>
       <c r="H395" t="s">
-        <v>3535</v>
+        <v>3566</v>
       </c>
       <c r="I395" t="s">
-        <v>3536</v>
+        <v>3567</v>
       </c>
       <c r="J395" t="s">
         <v>23</v>
       </c>
       <c r="K395" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L395" t="s">
         <v>25</v>
       </c>
       <c r="M395" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N395" t="s">
         <v>27</v>
       </c>
       <c r="O395" t="s">
-        <v>3537</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>65077</v>
+        <v>65044</v>
       </c>
       <c r="B396" t="s">
-        <v>3538</v>
+        <v>3569</v>
       </c>
       <c r="C396" t="s">
-        <v>3539</v>
+        <v>3570</v>
       </c>
       <c r="D396" t="s">
-        <v>3540</v>
+        <v>3571</v>
       </c>
       <c r="E396" t="s">
-        <v>3541</v>
+        <v>3572</v>
       </c>
       <c r="F396" t="s">
-        <v>3542</v>
+        <v>3573</v>
       </c>
       <c r="G396" t="s">
-        <v>3543</v>
+        <v>3574</v>
       </c>
       <c r="H396" t="s">
-        <v>3544</v>
+        <v>3575</v>
       </c>
       <c r="I396" t="s">
-        <v>3545</v>
+        <v>3576</v>
       </c>
       <c r="J396" t="s">
         <v>23</v>
       </c>
       <c r="K396" t="s">
-        <v>475</v>
+        <v>53</v>
       </c>
       <c r="L396" t="s">
         <v>25</v>
       </c>
       <c r="M396" t="s">
-        <v>476</v>
+        <v>54</v>
       </c>
       <c r="N396" t="s">
         <v>27</v>
       </c>
       <c r="O396" t="s">
-        <v>3546</v>
+        <v>3577</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>65080</v>
+        <v>65045</v>
       </c>
       <c r="B397" t="s">
-        <v>3547</v>
+        <v>3578</v>
       </c>
       <c r="C397" t="s">
-        <v>3548</v>
+        <v>3579</v>
       </c>
       <c r="D397" t="s">
-        <v>3549</v>
+        <v>3580</v>
       </c>
       <c r="E397" t="s">
-        <v>3550</v>
+        <v>3581</v>
       </c>
       <c r="F397" t="s">
-        <v>3551</v>
+        <v>3582</v>
       </c>
       <c r="G397" t="s">
-        <v>3552</v>
+        <v>3583</v>
       </c>
       <c r="H397" t="s">
-        <v>3553</v>
+        <v>3584</v>
       </c>
       <c r="I397" t="s">
-        <v>3554</v>
+        <v>3585</v>
       </c>
       <c r="J397" t="s">
-        <v>23</v>
+        <v>3586</v>
       </c>
       <c r="K397" t="s">
-        <v>24</v>
+        <v>3587</v>
       </c>
       <c r="L397" t="s">
-        <v>25</v>
+        <v>3588</v>
       </c>
       <c r="M397" t="s">
-        <v>26</v>
+        <v>3589</v>
       </c>
       <c r="N397" t="s">
         <v>27</v>
       </c>
       <c r="O397" t="s">
-        <v>3555</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>65081</v>
+        <v>65046</v>
       </c>
       <c r="B398" t="s">
-        <v>3556</v>
+        <v>3591</v>
       </c>
       <c r="C398" t="s">
-        <v>3557</v>
+        <v>3592</v>
       </c>
       <c r="D398" t="s">
-        <v>3558</v>
+        <v>3593</v>
       </c>
       <c r="E398" t="s">
-        <v>3559</v>
+        <v>3594</v>
       </c>
       <c r="F398" t="s">
-        <v>3560</v>
+        <v>3595</v>
       </c>
       <c r="G398" t="s">
-        <v>3561</v>
+        <v>3596</v>
       </c>
       <c r="H398" t="s">
-        <v>3562</v>
+        <v>3597</v>
       </c>
       <c r="I398" t="s">
-        <v>3563</v>
+        <v>3598</v>
       </c>
       <c r="J398" t="s">
         <v>23</v>
       </c>
       <c r="K398" t="s">
         <v>24</v>
       </c>
       <c r="L398" t="s">
         <v>25</v>
       </c>
       <c r="M398" t="s">
         <v>26</v>
       </c>
       <c r="N398" t="s">
         <v>27</v>
       </c>
       <c r="O398" t="s">
-        <v>3564</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>65082</v>
+        <v>65047</v>
       </c>
       <c r="B399" t="s">
-        <v>3565</v>
+        <v>3600</v>
       </c>
       <c r="C399" t="s">
-        <v>3566</v>
+        <v>3601</v>
       </c>
       <c r="D399" t="s">
-        <v>3567</v>
+        <v>3602</v>
       </c>
       <c r="E399" t="s">
-        <v>3568</v>
+        <v>3603</v>
       </c>
       <c r="F399" t="s">
-        <v>3569</v>
+        <v>3604</v>
       </c>
       <c r="G399" t="s">
-        <v>3570</v>
+        <v>3605</v>
       </c>
       <c r="H399" t="s">
-        <v>3571</v>
+        <v>3606</v>
       </c>
       <c r="I399" t="s">
-        <v>3572</v>
+        <v>3607</v>
       </c>
       <c r="J399" t="s">
         <v>23</v>
       </c>
       <c r="K399" t="s">
-        <v>24</v>
+        <v>3587</v>
       </c>
       <c r="L399" t="s">
         <v>25</v>
       </c>
       <c r="M399" t="s">
-        <v>26</v>
+        <v>3589</v>
       </c>
       <c r="N399" t="s">
         <v>27</v>
       </c>
       <c r="O399" t="s">
-        <v>3573</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>65083</v>
+        <v>65049</v>
       </c>
       <c r="B400" t="s">
-        <v>3574</v>
+        <v>3609</v>
       </c>
       <c r="C400" t="s">
-        <v>3575</v>
+        <v>3610</v>
       </c>
       <c r="D400" t="s">
-        <v>3576</v>
+        <v>3611</v>
       </c>
       <c r="E400" t="s">
-        <v>3577</v>
+        <v>3612</v>
       </c>
       <c r="F400" t="s">
-        <v>3578</v>
+        <v>3613</v>
       </c>
       <c r="G400" t="s">
-        <v>3579</v>
+        <v>3614</v>
       </c>
       <c r="H400" t="s">
-        <v>3580</v>
+        <v>3615</v>
       </c>
       <c r="I400" t="s">
-        <v>3581</v>
+        <v>3616</v>
       </c>
       <c r="J400" t="s">
         <v>23</v>
       </c>
       <c r="K400" t="s">
-        <v>155</v>
+        <v>1239</v>
       </c>
       <c r="L400" t="s">
         <v>25</v>
       </c>
       <c r="M400" t="s">
-        <v>156</v>
+        <v>1240</v>
       </c>
       <c r="N400" t="s">
         <v>27</v>
       </c>
       <c r="O400" t="s">
-        <v>3582</v>
+        <v>3617</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>65084</v>
+        <v>65050</v>
       </c>
       <c r="B401" t="s">
-        <v>3583</v>
+        <v>3618</v>
       </c>
       <c r="C401" t="s">
-        <v>3584</v>
+        <v>3619</v>
       </c>
       <c r="D401" t="s">
-        <v>3585</v>
+        <v>3620</v>
       </c>
       <c r="E401" t="s">
-        <v>3586</v>
+        <v>3621</v>
       </c>
       <c r="F401" t="s">
-        <v>3587</v>
+        <v>3622</v>
       </c>
       <c r="G401" t="s">
-        <v>3588</v>
+        <v>3623</v>
       </c>
       <c r="H401" t="s">
-        <v>3589</v>
+        <v>3624</v>
       </c>
       <c r="I401" t="s">
-        <v>3590</v>
+        <v>3625</v>
       </c>
       <c r="J401" t="s">
         <v>23</v>
       </c>
       <c r="K401" t="s">
         <v>53</v>
       </c>
       <c r="L401" t="s">
         <v>25</v>
       </c>
       <c r="M401" t="s">
         <v>54</v>
       </c>
       <c r="N401" t="s">
         <v>27</v>
       </c>
       <c r="O401" t="s">
-        <v>3591</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>65085</v>
+        <v>65051</v>
       </c>
       <c r="B402" t="s">
-        <v>3592</v>
+        <v>3627</v>
       </c>
       <c r="C402" t="s">
-        <v>3593</v>
+        <v>3628</v>
       </c>
       <c r="D402" t="s">
-        <v>3594</v>
+        <v>3629</v>
       </c>
       <c r="E402" t="s">
-        <v>3595</v>
+        <v>3630</v>
       </c>
       <c r="F402" t="s">
-        <v>3596</v>
+        <v>3631</v>
       </c>
       <c r="G402" t="s">
-        <v>3597</v>
+        <v>3632</v>
       </c>
       <c r="H402" t="s">
-        <v>3598</v>
+        <v>3633</v>
       </c>
       <c r="I402" t="s">
-        <v>3599</v>
+        <v>3634</v>
       </c>
       <c r="J402" t="s">
         <v>23</v>
       </c>
       <c r="K402" t="s">
-        <v>3250</v>
+        <v>476</v>
       </c>
       <c r="L402" t="s">
         <v>25</v>
       </c>
+      <c r="M402" t="s">
+        <v>477</v>
+      </c>
       <c r="N402" t="s">
         <v>27</v>
       </c>
       <c r="O402" t="s">
-        <v>3600</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>65086</v>
+        <v>65053</v>
       </c>
       <c r="B403" t="s">
-        <v>3601</v>
+        <v>3636</v>
       </c>
       <c r="C403" t="s">
-        <v>3602</v>
+        <v>3637</v>
       </c>
       <c r="D403" t="s">
-        <v>3603</v>
+        <v>3638</v>
       </c>
       <c r="E403" t="s">
-        <v>3604</v>
+        <v>3639</v>
       </c>
       <c r="F403" t="s">
-        <v>3605</v>
+        <v>3640</v>
       </c>
       <c r="G403" t="s">
-        <v>3606</v>
+        <v>3641</v>
       </c>
       <c r="H403" t="s">
-        <v>3607</v>
+        <v>3642</v>
       </c>
       <c r="I403" t="s">
-        <v>3608</v>
+        <v>3643</v>
       </c>
       <c r="J403" t="s">
         <v>23</v>
       </c>
       <c r="K403" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L403" t="s">
         <v>25</v>
       </c>
       <c r="M403" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N403" t="s">
         <v>27</v>
       </c>
       <c r="O403" t="s">
-        <v>3609</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65087</v>
+        <v>65054</v>
       </c>
       <c r="B404" t="s">
-        <v>3610</v>
+        <v>3645</v>
       </c>
       <c r="C404" t="s">
-        <v>3611</v>
+        <v>3646</v>
       </c>
       <c r="D404" t="s">
-        <v>3612</v>
+        <v>3647</v>
       </c>
       <c r="E404" t="s">
-        <v>3613</v>
+        <v>3648</v>
       </c>
       <c r="F404" t="s">
-        <v>3614</v>
+        <v>3649</v>
       </c>
       <c r="G404" t="s">
-        <v>3615</v>
+        <v>3650</v>
       </c>
       <c r="H404" t="s">
-        <v>3616</v>
+        <v>3651</v>
       </c>
       <c r="I404" t="s">
-        <v>3617</v>
+        <v>3652</v>
       </c>
       <c r="J404" t="s">
-        <v>23</v>
+        <v>319</v>
       </c>
       <c r="K404" t="s">
-        <v>155</v>
+        <v>127</v>
       </c>
       <c r="L404" t="s">
-        <v>25</v>
+        <v>321</v>
       </c>
       <c r="M404" t="s">
-        <v>156</v>
+        <v>128</v>
       </c>
       <c r="N404" t="s">
         <v>27</v>
       </c>
       <c r="O404" t="s">
-        <v>3618</v>
+        <v>3653</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65088</v>
+        <v>65055</v>
       </c>
       <c r="B405" t="s">
-        <v>3619</v>
+        <v>3654</v>
       </c>
       <c r="C405" t="s">
-        <v>3620</v>
+        <v>3655</v>
       </c>
       <c r="D405" t="s">
-        <v>3621</v>
+        <v>3656</v>
       </c>
       <c r="E405" t="s">
-        <v>3622</v>
+        <v>3657</v>
       </c>
       <c r="F405" t="s">
-        <v>3623</v>
+        <v>3658</v>
       </c>
       <c r="G405" t="s">
-        <v>3624</v>
+        <v>3659</v>
       </c>
       <c r="H405" t="s">
-        <v>3625</v>
+        <v>3660</v>
       </c>
       <c r="I405" t="s">
-        <v>3626</v>
+        <v>3661</v>
       </c>
       <c r="J405" t="s">
         <v>23</v>
       </c>
       <c r="K405" t="s">
-        <v>53</v>
+        <v>3503</v>
       </c>
       <c r="L405" t="s">
         <v>25</v>
       </c>
       <c r="M405" t="s">
-        <v>54</v>
+        <v>3504</v>
       </c>
       <c r="N405" t="s">
         <v>27</v>
       </c>
       <c r="O405" t="s">
-        <v>3627</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>65089</v>
+        <v>65057</v>
       </c>
       <c r="B406" t="s">
-        <v>3628</v>
+        <v>3663</v>
       </c>
       <c r="C406" t="s">
-        <v>3629</v>
+        <v>3664</v>
       </c>
       <c r="D406" t="s">
-        <v>3630</v>
+        <v>3665</v>
       </c>
       <c r="E406" t="s">
-        <v>3631</v>
+        <v>3666</v>
       </c>
       <c r="F406" t="s">
-        <v>3632</v>
+        <v>3667</v>
       </c>
       <c r="G406" t="s">
-        <v>3633</v>
+        <v>3668</v>
       </c>
       <c r="H406" t="s">
-        <v>3634</v>
+        <v>3669</v>
       </c>
       <c r="I406" t="s">
-        <v>3635</v>
+        <v>3670</v>
       </c>
       <c r="J406" t="s">
         <v>23</v>
       </c>
       <c r="K406" t="s">
-        <v>53</v>
+        <v>583</v>
       </c>
       <c r="L406" t="s">
         <v>25</v>
       </c>
       <c r="M406" t="s">
-        <v>54</v>
+        <v>584</v>
       </c>
       <c r="N406" t="s">
         <v>27</v>
       </c>
       <c r="O406" t="s">
-        <v>3636</v>
+        <v>3671</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>65090</v>
+        <v>65058</v>
       </c>
       <c r="B407" t="s">
-        <v>3637</v>
+        <v>3672</v>
       </c>
       <c r="C407" t="s">
-        <v>3638</v>
+        <v>3673</v>
       </c>
       <c r="D407" t="s">
-        <v>3639</v>
+        <v>3674</v>
       </c>
       <c r="E407" t="s">
-        <v>3640</v>
+        <v>3675</v>
       </c>
       <c r="F407" t="s">
-        <v>3641</v>
+        <v>3676</v>
       </c>
       <c r="G407" t="s">
-        <v>3642</v>
+        <v>3677</v>
       </c>
       <c r="H407" t="s">
-        <v>3643</v>
+        <v>3678</v>
       </c>
       <c r="I407" t="s">
-        <v>3644</v>
+        <v>3679</v>
       </c>
       <c r="J407" t="s">
-        <v>23</v>
+        <v>319</v>
       </c>
       <c r="K407" t="s">
-        <v>53</v>
+        <v>418</v>
       </c>
       <c r="L407" t="s">
-        <v>25</v>
+        <v>321</v>
       </c>
       <c r="M407" t="s">
-        <v>54</v>
+        <v>419</v>
       </c>
       <c r="N407" t="s">
         <v>27</v>
       </c>
       <c r="O407" t="s">
-        <v>3645</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65091</v>
+        <v>65059</v>
       </c>
       <c r="B408" t="s">
-        <v>3646</v>
+        <v>3681</v>
       </c>
       <c r="C408" t="s">
-        <v>3647</v>
+        <v>3682</v>
       </c>
       <c r="D408" t="s">
-        <v>3648</v>
+        <v>3683</v>
       </c>
       <c r="E408" t="s">
-        <v>3649</v>
+        <v>3684</v>
       </c>
       <c r="F408" t="s">
-        <v>3650</v>
+        <v>3685</v>
       </c>
       <c r="G408" t="s">
-        <v>3651</v>
+        <v>3686</v>
       </c>
       <c r="H408" t="s">
-        <v>3652</v>
+        <v>3687</v>
       </c>
       <c r="I408" t="s">
-        <v>3653</v>
+        <v>3688</v>
       </c>
       <c r="J408" t="s">
         <v>23</v>
       </c>
       <c r="K408" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L408" t="s">
         <v>25</v>
       </c>
       <c r="M408" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N408" t="s">
         <v>27</v>
       </c>
       <c r="O408" t="s">
-        <v>3654</v>
+        <v>3689</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65092</v>
+        <v>65060</v>
       </c>
       <c r="B409" t="s">
-        <v>3655</v>
+        <v>3690</v>
       </c>
       <c r="C409" t="s">
-        <v>3656</v>
+        <v>3691</v>
       </c>
       <c r="D409" t="s">
-        <v>3657</v>
+        <v>3692</v>
       </c>
       <c r="E409" t="s">
-        <v>3658</v>
+        <v>3693</v>
       </c>
       <c r="F409" t="s">
-        <v>3659</v>
+        <v>3694</v>
       </c>
       <c r="G409" t="s">
-        <v>3660</v>
+        <v>3695</v>
       </c>
       <c r="H409" t="s">
-        <v>3661</v>
+        <v>3696</v>
       </c>
       <c r="I409" t="s">
-        <v>3662</v>
+        <v>3697</v>
       </c>
       <c r="J409" t="s">
         <v>23</v>
       </c>
       <c r="K409" t="s">
-        <v>155</v>
+        <v>24</v>
       </c>
       <c r="L409" t="s">
         <v>25</v>
       </c>
       <c r="M409" t="s">
-        <v>156</v>
+        <v>26</v>
       </c>
       <c r="N409" t="s">
         <v>27</v>
       </c>
       <c r="O409" t="s">
-        <v>3663</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65093</v>
+        <v>65061</v>
       </c>
       <c r="B410" t="s">
-        <v>3664</v>
+        <v>3699</v>
       </c>
       <c r="C410" t="s">
-        <v>3665</v>
+        <v>3700</v>
       </c>
       <c r="D410" t="s">
-        <v>3666</v>
+        <v>3701</v>
       </c>
       <c r="E410" t="s">
-        <v>3667</v>
+        <v>3702</v>
       </c>
       <c r="F410" t="s">
-        <v>3668</v>
+        <v>3703</v>
       </c>
       <c r="G410" t="s">
-        <v>3669</v>
+        <v>3704</v>
       </c>
       <c r="H410" t="s">
-        <v>3670</v>
+        <v>3705</v>
       </c>
       <c r="I410" t="s">
-        <v>3671</v>
+        <v>3706</v>
       </c>
       <c r="J410" t="s">
         <v>23</v>
       </c>
       <c r="K410" t="s">
-        <v>155</v>
+        <v>320</v>
       </c>
       <c r="L410" t="s">
         <v>25</v>
       </c>
       <c r="M410" t="s">
-        <v>156</v>
+        <v>322</v>
       </c>
       <c r="N410" t="s">
         <v>27</v>
       </c>
       <c r="O410" t="s">
-        <v>3672</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65094</v>
+        <v>65062</v>
       </c>
       <c r="B411" t="s">
-        <v>3673</v>
+        <v>3708</v>
       </c>
       <c r="C411" t="s">
-        <v>3674</v>
+        <v>3709</v>
       </c>
       <c r="D411" t="s">
-        <v>3675</v>
+        <v>3710</v>
       </c>
       <c r="E411" t="s">
-        <v>3676</v>
+        <v>3711</v>
       </c>
       <c r="F411" t="s">
-        <v>3677</v>
+        <v>3712</v>
       </c>
       <c r="G411" t="s">
-        <v>3678</v>
+        <v>3713</v>
       </c>
       <c r="H411" t="s">
-        <v>3679</v>
+        <v>3714</v>
       </c>
       <c r="I411" t="s">
-        <v>3680</v>
+        <v>3715</v>
       </c>
       <c r="J411" t="s">
         <v>23</v>
       </c>
       <c r="K411" t="s">
-        <v>3681</v>
+        <v>53</v>
       </c>
       <c r="L411" t="s">
         <v>25</v>
       </c>
+      <c r="M411" t="s">
+        <v>54</v>
+      </c>
       <c r="N411" t="s">
         <v>27</v>
       </c>
       <c r="O411" t="s">
-        <v>3682</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65095</v>
+        <v>65063</v>
       </c>
       <c r="B412" t="s">
-        <v>3683</v>
+        <v>3717</v>
       </c>
       <c r="C412" t="s">
-        <v>3684</v>
+        <v>3718</v>
       </c>
       <c r="D412" t="s">
-        <v>3685</v>
+        <v>3719</v>
       </c>
       <c r="E412" t="s">
-        <v>3686</v>
+        <v>3720</v>
       </c>
       <c r="F412" t="s">
-        <v>3687</v>
+        <v>3721</v>
       </c>
       <c r="G412" t="s">
-        <v>3688</v>
+        <v>3722</v>
       </c>
       <c r="H412" t="s">
-        <v>3689</v>
+        <v>3723</v>
       </c>
       <c r="I412" t="s">
-        <v>3690</v>
+        <v>3724</v>
       </c>
       <c r="J412" t="s">
         <v>23</v>
       </c>
       <c r="K412" t="s">
-        <v>475</v>
+        <v>3725</v>
       </c>
       <c r="L412" t="s">
         <v>25</v>
       </c>
       <c r="M412" t="s">
-        <v>476</v>
+        <v>3726</v>
       </c>
       <c r="N412" t="s">
         <v>27</v>
       </c>
       <c r="O412" t="s">
-        <v>3691</v>
+        <v>3727</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65096</v>
+        <v>65068</v>
       </c>
       <c r="B413" t="s">
-        <v>3692</v>
+        <v>3728</v>
       </c>
       <c r="C413" t="s">
-        <v>3693</v>
+        <v>3729</v>
       </c>
       <c r="D413" t="s">
-        <v>3694</v>
+        <v>3730</v>
       </c>
       <c r="E413" t="s">
-        <v>3695</v>
+        <v>3731</v>
       </c>
       <c r="F413" t="s">
-        <v>3696</v>
+        <v>3732</v>
       </c>
       <c r="G413" t="s">
-        <v>3697</v>
+        <v>3733</v>
       </c>
       <c r="H413" t="s">
-        <v>3698</v>
+        <v>3734</v>
       </c>
       <c r="I413" t="s">
-        <v>3699</v>
+        <v>3735</v>
       </c>
       <c r="J413" t="s">
         <v>23</v>
       </c>
       <c r="K413" t="s">
         <v>53</v>
       </c>
       <c r="L413" t="s">
         <v>25</v>
       </c>
       <c r="M413" t="s">
         <v>54</v>
       </c>
       <c r="N413" t="s">
         <v>27</v>
       </c>
       <c r="O413" t="s">
-        <v>3700</v>
+        <v>3736</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65097</v>
+        <v>65069</v>
       </c>
       <c r="B414" t="s">
-        <v>3701</v>
+        <v>3737</v>
       </c>
       <c r="C414" t="s">
-        <v>3702</v>
+        <v>3738</v>
       </c>
       <c r="D414" t="s">
-        <v>3703</v>
+        <v>3739</v>
       </c>
       <c r="E414" t="s">
-        <v>3704</v>
+        <v>3740</v>
       </c>
       <c r="F414" t="s">
-        <v>3705</v>
+        <v>3741</v>
       </c>
       <c r="G414" t="s">
-        <v>3706</v>
+        <v>3742</v>
       </c>
       <c r="H414" t="s">
-        <v>3707</v>
+        <v>3743</v>
       </c>
       <c r="I414" t="s">
-        <v>3708</v>
+        <v>3744</v>
       </c>
       <c r="J414" t="s">
         <v>23</v>
       </c>
       <c r="K414" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L414" t="s">
         <v>25</v>
       </c>
       <c r="M414" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N414" t="s">
         <v>27</v>
       </c>
       <c r="O414" t="s">
-        <v>3709</v>
+        <v>3745</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65098</v>
+        <v>65071</v>
       </c>
       <c r="B415" t="s">
-        <v>3710</v>
+        <v>3746</v>
       </c>
       <c r="C415" t="s">
-        <v>3711</v>
+        <v>3747</v>
       </c>
       <c r="D415" t="s">
-        <v>3712</v>
+        <v>3748</v>
       </c>
       <c r="E415" t="s">
-        <v>3713</v>
+        <v>3749</v>
       </c>
       <c r="F415" t="s">
-        <v>3714</v>
+        <v>3750</v>
       </c>
       <c r="G415" t="s">
-        <v>3715</v>
+        <v>3751</v>
       </c>
       <c r="H415" t="s">
-        <v>3716</v>
+        <v>3752</v>
       </c>
       <c r="I415" t="s">
-        <v>3717</v>
+        <v>3753</v>
       </c>
       <c r="J415" t="s">
         <v>23</v>
       </c>
       <c r="K415" t="s">
         <v>53</v>
       </c>
       <c r="L415" t="s">
         <v>25</v>
       </c>
       <c r="M415" t="s">
         <v>54</v>
       </c>
       <c r="N415" t="s">
         <v>27</v>
       </c>
       <c r="O415" t="s">
-        <v>3718</v>
+        <v>3754</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65099</v>
+        <v>65073</v>
       </c>
       <c r="B416" t="s">
-        <v>3719</v>
+        <v>3755</v>
       </c>
       <c r="C416" t="s">
-        <v>3720</v>
+        <v>3756</v>
       </c>
       <c r="D416" t="s">
-        <v>3721</v>
+        <v>3757</v>
       </c>
       <c r="E416" t="s">
-        <v>3722</v>
+        <v>3758</v>
       </c>
       <c r="F416" t="s">
-        <v>3723</v>
+        <v>3759</v>
       </c>
       <c r="G416" t="s">
-        <v>3724</v>
+        <v>3760</v>
       </c>
       <c r="H416" t="s">
-        <v>3725</v>
+        <v>3761</v>
       </c>
       <c r="I416" t="s">
-        <v>3726</v>
+        <v>3762</v>
       </c>
       <c r="J416" t="s">
         <v>23</v>
       </c>
       <c r="K416" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="L416" t="s">
         <v>25</v>
       </c>
       <c r="M416" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="N416" t="s">
         <v>27</v>
       </c>
       <c r="O416" t="s">
-        <v>3727</v>
+        <v>3763</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65100</v>
+        <v>65074</v>
       </c>
       <c r="B417" t="s">
-        <v>3728</v>
+        <v>3764</v>
       </c>
       <c r="C417" t="s">
-        <v>3729</v>
+        <v>3765</v>
       </c>
       <c r="D417" t="s">
-        <v>3730</v>
+        <v>3766</v>
       </c>
       <c r="E417" t="s">
-        <v>3731</v>
+        <v>3767</v>
       </c>
       <c r="F417" t="s">
-        <v>3732</v>
+        <v>3768</v>
       </c>
       <c r="G417" t="s">
-        <v>3733</v>
+        <v>3769</v>
       </c>
       <c r="H417" t="s">
-        <v>3734</v>
+        <v>3770</v>
       </c>
       <c r="I417" t="s">
-        <v>3735</v>
+        <v>3771</v>
       </c>
       <c r="J417" t="s">
         <v>23</v>
       </c>
       <c r="K417" t="s">
-        <v>3111</v>
+        <v>3772</v>
       </c>
       <c r="L417" t="s">
         <v>25</v>
       </c>
       <c r="M417" t="s">
-        <v>3112</v>
+        <v>3773</v>
       </c>
       <c r="N417" t="s">
         <v>27</v>
       </c>
       <c r="O417" t="s">
-        <v>3736</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65101</v>
+        <v>65075</v>
       </c>
       <c r="B418" t="s">
-        <v>3737</v>
+        <v>3775</v>
       </c>
       <c r="C418" t="s">
-        <v>3738</v>
+        <v>3776</v>
       </c>
       <c r="D418" t="s">
-        <v>3739</v>
+        <v>3777</v>
       </c>
       <c r="E418" t="s">
-        <v>3740</v>
+        <v>3778</v>
       </c>
       <c r="F418" t="s">
-        <v>3741</v>
+        <v>3779</v>
       </c>
       <c r="G418" t="s">
-        <v>3742</v>
+        <v>3780</v>
       </c>
       <c r="H418" t="s">
-        <v>3743</v>
+        <v>3781</v>
       </c>
       <c r="I418" t="s">
-        <v>3744</v>
+        <v>3782</v>
       </c>
       <c r="J418" t="s">
-        <v>23</v>
+        <v>319</v>
       </c>
       <c r="K418" t="s">
-        <v>155</v>
+        <v>429</v>
       </c>
       <c r="L418" t="s">
-        <v>25</v>
+        <v>321</v>
       </c>
       <c r="M418" t="s">
-        <v>156</v>
+        <v>3493</v>
       </c>
       <c r="N418" t="s">
         <v>27</v>
       </c>
       <c r="O418" t="s">
-        <v>3745</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65102</v>
+        <v>65076</v>
       </c>
       <c r="B419" t="s">
-        <v>3746</v>
+        <v>3784</v>
       </c>
       <c r="C419" t="s">
-        <v>3747</v>
+        <v>3785</v>
       </c>
       <c r="D419" t="s">
-        <v>3748</v>
+        <v>3786</v>
       </c>
       <c r="E419" t="s">
-        <v>3749</v>
+        <v>3787</v>
       </c>
       <c r="F419" t="s">
-        <v>3750</v>
+        <v>3788</v>
       </c>
       <c r="G419" t="s">
-        <v>3751</v>
+        <v>3789</v>
       </c>
       <c r="H419" t="s">
-        <v>3752</v>
+        <v>3790</v>
       </c>
       <c r="I419" t="s">
-        <v>3753</v>
+        <v>3791</v>
       </c>
       <c r="J419" t="s">
         <v>23</v>
       </c>
       <c r="K419" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L419" t="s">
         <v>25</v>
       </c>
       <c r="M419" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="N419" t="s">
         <v>27</v>
       </c>
       <c r="O419" t="s">
-        <v>3754</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65104</v>
+        <v>65077</v>
       </c>
       <c r="B420" t="s">
-        <v>3755</v>
+        <v>3793</v>
       </c>
       <c r="C420" t="s">
-        <v>3756</v>
+        <v>3794</v>
       </c>
       <c r="D420" t="s">
-        <v>3757</v>
+        <v>3795</v>
       </c>
       <c r="E420" t="s">
-        <v>3758</v>
+        <v>3796</v>
       </c>
       <c r="F420" t="s">
-        <v>3759</v>
+        <v>3797</v>
       </c>
       <c r="G420" t="s">
-        <v>3760</v>
+        <v>3798</v>
       </c>
       <c r="H420" t="s">
-        <v>3761</v>
+        <v>3799</v>
       </c>
       <c r="I420" t="s">
-        <v>3762</v>
+        <v>3800</v>
       </c>
       <c r="J420" t="s">
         <v>23</v>
       </c>
       <c r="K420" t="s">
-        <v>3763</v>
+        <v>476</v>
       </c>
       <c r="L420" t="s">
         <v>25</v>
       </c>
+      <c r="M420" t="s">
+        <v>477</v>
+      </c>
       <c r="N420" t="s">
         <v>27</v>
       </c>
       <c r="O420" t="s">
-        <v>3764</v>
+        <v>3801</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
+        <v>65080</v>
+      </c>
+      <c r="B421" t="s">
+        <v>3802</v>
+      </c>
+      <c r="C421" t="s">
+        <v>3803</v>
+      </c>
+      <c r="D421" t="s">
+        <v>3804</v>
+      </c>
+      <c r="E421" t="s">
+        <v>3805</v>
+      </c>
+      <c r="F421" t="s">
+        <v>3806</v>
+      </c>
+      <c r="G421" t="s">
+        <v>3807</v>
+      </c>
+      <c r="H421" t="s">
+        <v>3808</v>
+      </c>
+      <c r="I421" t="s">
+        <v>3809</v>
+      </c>
+      <c r="J421" t="s">
+        <v>23</v>
+      </c>
+      <c r="K421" t="s">
+        <v>24</v>
+      </c>
+      <c r="L421" t="s">
+        <v>25</v>
+      </c>
+      <c r="M421" t="s">
+        <v>26</v>
+      </c>
+      <c r="N421" t="s">
+        <v>27</v>
+      </c>
+      <c r="O421" t="s">
+        <v>3810</v>
+      </c>
+    </row>
+    <row r="422" spans="1:15">
+      <c r="A422">
+        <v>65081</v>
+      </c>
+      <c r="B422" t="s">
+        <v>3811</v>
+      </c>
+      <c r="C422" t="s">
+        <v>3812</v>
+      </c>
+      <c r="D422" t="s">
+        <v>3813</v>
+      </c>
+      <c r="E422" t="s">
+        <v>3814</v>
+      </c>
+      <c r="F422" t="s">
+        <v>3815</v>
+      </c>
+      <c r="G422" t="s">
+        <v>3816</v>
+      </c>
+      <c r="H422" t="s">
+        <v>3817</v>
+      </c>
+      <c r="I422" t="s">
+        <v>3818</v>
+      </c>
+      <c r="J422" t="s">
+        <v>23</v>
+      </c>
+      <c r="K422" t="s">
+        <v>24</v>
+      </c>
+      <c r="L422" t="s">
+        <v>25</v>
+      </c>
+      <c r="M422" t="s">
+        <v>26</v>
+      </c>
+      <c r="N422" t="s">
+        <v>27</v>
+      </c>
+      <c r="O422" t="s">
+        <v>3819</v>
+      </c>
+    </row>
+    <row r="423" spans="1:15">
+      <c r="A423">
+        <v>65082</v>
+      </c>
+      <c r="B423" t="s">
+        <v>3820</v>
+      </c>
+      <c r="C423" t="s">
+        <v>3821</v>
+      </c>
+      <c r="D423" t="s">
+        <v>3822</v>
+      </c>
+      <c r="E423" t="s">
+        <v>3823</v>
+      </c>
+      <c r="F423" t="s">
+        <v>3824</v>
+      </c>
+      <c r="G423" t="s">
+        <v>3825</v>
+      </c>
+      <c r="H423" t="s">
+        <v>3826</v>
+      </c>
+      <c r="I423" t="s">
+        <v>3827</v>
+      </c>
+      <c r="J423" t="s">
+        <v>23</v>
+      </c>
+      <c r="K423" t="s">
+        <v>24</v>
+      </c>
+      <c r="L423" t="s">
+        <v>25</v>
+      </c>
+      <c r="M423" t="s">
+        <v>26</v>
+      </c>
+      <c r="N423" t="s">
+        <v>27</v>
+      </c>
+      <c r="O423" t="s">
+        <v>3828</v>
+      </c>
+    </row>
+    <row r="424" spans="1:15">
+      <c r="A424">
+        <v>65083</v>
+      </c>
+      <c r="B424" t="s">
+        <v>3829</v>
+      </c>
+      <c r="C424" t="s">
+        <v>3830</v>
+      </c>
+      <c r="D424" t="s">
+        <v>3831</v>
+      </c>
+      <c r="E424" t="s">
+        <v>3832</v>
+      </c>
+      <c r="F424" t="s">
+        <v>3833</v>
+      </c>
+      <c r="G424" t="s">
+        <v>3834</v>
+      </c>
+      <c r="H424" t="s">
+        <v>3835</v>
+      </c>
+      <c r="I424" t="s">
+        <v>3836</v>
+      </c>
+      <c r="J424" t="s">
+        <v>23</v>
+      </c>
+      <c r="K424" t="s">
+        <v>156</v>
+      </c>
+      <c r="L424" t="s">
+        <v>25</v>
+      </c>
+      <c r="M424" t="s">
+        <v>157</v>
+      </c>
+      <c r="N424" t="s">
+        <v>27</v>
+      </c>
+      <c r="O424" t="s">
+        <v>3837</v>
+      </c>
+    </row>
+    <row r="425" spans="1:15">
+      <c r="A425">
+        <v>65084</v>
+      </c>
+      <c r="B425" t="s">
+        <v>3838</v>
+      </c>
+      <c r="C425" t="s">
+        <v>3839</v>
+      </c>
+      <c r="D425" t="s">
+        <v>3840</v>
+      </c>
+      <c r="E425" t="s">
+        <v>3841</v>
+      </c>
+      <c r="F425" t="s">
+        <v>3842</v>
+      </c>
+      <c r="G425" t="s">
+        <v>3843</v>
+      </c>
+      <c r="H425" t="s">
+        <v>3844</v>
+      </c>
+      <c r="I425" t="s">
+        <v>3845</v>
+      </c>
+      <c r="J425" t="s">
+        <v>23</v>
+      </c>
+      <c r="K425" t="s">
+        <v>53</v>
+      </c>
+      <c r="L425" t="s">
+        <v>25</v>
+      </c>
+      <c r="M425" t="s">
+        <v>54</v>
+      </c>
+      <c r="N425" t="s">
+        <v>27</v>
+      </c>
+      <c r="O425" t="s">
+        <v>3846</v>
+      </c>
+    </row>
+    <row r="426" spans="1:15">
+      <c r="A426">
+        <v>65085</v>
+      </c>
+      <c r="B426" t="s">
+        <v>3847</v>
+      </c>
+      <c r="C426" t="s">
+        <v>3848</v>
+      </c>
+      <c r="D426" t="s">
+        <v>3849</v>
+      </c>
+      <c r="E426" t="s">
+        <v>3850</v>
+      </c>
+      <c r="F426" t="s">
+        <v>3851</v>
+      </c>
+      <c r="G426" t="s">
+        <v>3852</v>
+      </c>
+      <c r="H426" t="s">
+        <v>3853</v>
+      </c>
+      <c r="I426" t="s">
+        <v>3854</v>
+      </c>
+      <c r="J426" t="s">
+        <v>23</v>
+      </c>
+      <c r="K426" t="s">
+        <v>3503</v>
+      </c>
+      <c r="L426" t="s">
+        <v>25</v>
+      </c>
+      <c r="M426" t="s">
+        <v>3504</v>
+      </c>
+      <c r="N426" t="s">
+        <v>27</v>
+      </c>
+      <c r="O426" t="s">
+        <v>3855</v>
+      </c>
+    </row>
+    <row r="427" spans="1:15">
+      <c r="A427">
+        <v>65086</v>
+      </c>
+      <c r="B427" t="s">
+        <v>3856</v>
+      </c>
+      <c r="C427" t="s">
+        <v>3857</v>
+      </c>
+      <c r="D427" t="s">
+        <v>3858</v>
+      </c>
+      <c r="E427" t="s">
+        <v>3859</v>
+      </c>
+      <c r="F427" t="s">
+        <v>3860</v>
+      </c>
+      <c r="G427" t="s">
+        <v>3861</v>
+      </c>
+      <c r="H427" t="s">
+        <v>3862</v>
+      </c>
+      <c r="I427" t="s">
+        <v>3863</v>
+      </c>
+      <c r="J427" t="s">
+        <v>23</v>
+      </c>
+      <c r="K427" t="s">
+        <v>156</v>
+      </c>
+      <c r="L427" t="s">
+        <v>25</v>
+      </c>
+      <c r="M427" t="s">
+        <v>157</v>
+      </c>
+      <c r="N427" t="s">
+        <v>27</v>
+      </c>
+      <c r="O427" t="s">
+        <v>3864</v>
+      </c>
+    </row>
+    <row r="428" spans="1:15">
+      <c r="A428">
+        <v>65087</v>
+      </c>
+      <c r="B428" t="s">
+        <v>3865</v>
+      </c>
+      <c r="C428" t="s">
+        <v>3866</v>
+      </c>
+      <c r="D428" t="s">
+        <v>3867</v>
+      </c>
+      <c r="E428" t="s">
+        <v>3868</v>
+      </c>
+      <c r="F428" t="s">
+        <v>3869</v>
+      </c>
+      <c r="G428" t="s">
+        <v>3870</v>
+      </c>
+      <c r="H428" t="s">
+        <v>3871</v>
+      </c>
+      <c r="I428" t="s">
+        <v>3872</v>
+      </c>
+      <c r="J428" t="s">
+        <v>23</v>
+      </c>
+      <c r="K428" t="s">
+        <v>156</v>
+      </c>
+      <c r="L428" t="s">
+        <v>25</v>
+      </c>
+      <c r="M428" t="s">
+        <v>157</v>
+      </c>
+      <c r="N428" t="s">
+        <v>27</v>
+      </c>
+      <c r="O428" t="s">
+        <v>3873</v>
+      </c>
+    </row>
+    <row r="429" spans="1:15">
+      <c r="A429">
+        <v>65088</v>
+      </c>
+      <c r="B429" t="s">
+        <v>3874</v>
+      </c>
+      <c r="C429" t="s">
+        <v>3875</v>
+      </c>
+      <c r="D429" t="s">
+        <v>3876</v>
+      </c>
+      <c r="E429" t="s">
+        <v>3877</v>
+      </c>
+      <c r="F429" t="s">
+        <v>3878</v>
+      </c>
+      <c r="G429" t="s">
+        <v>3879</v>
+      </c>
+      <c r="H429" t="s">
+        <v>3880</v>
+      </c>
+      <c r="I429" t="s">
+        <v>3881</v>
+      </c>
+      <c r="J429" t="s">
+        <v>23</v>
+      </c>
+      <c r="K429" t="s">
+        <v>53</v>
+      </c>
+      <c r="L429" t="s">
+        <v>25</v>
+      </c>
+      <c r="M429" t="s">
+        <v>54</v>
+      </c>
+      <c r="N429" t="s">
+        <v>27</v>
+      </c>
+      <c r="O429" t="s">
+        <v>3882</v>
+      </c>
+    </row>
+    <row r="430" spans="1:15">
+      <c r="A430">
+        <v>65089</v>
+      </c>
+      <c r="B430" t="s">
+        <v>3883</v>
+      </c>
+      <c r="C430" t="s">
+        <v>3884</v>
+      </c>
+      <c r="D430" t="s">
+        <v>3885</v>
+      </c>
+      <c r="E430" t="s">
+        <v>3886</v>
+      </c>
+      <c r="F430" t="s">
+        <v>3887</v>
+      </c>
+      <c r="G430" t="s">
+        <v>3888</v>
+      </c>
+      <c r="H430" t="s">
+        <v>3889</v>
+      </c>
+      <c r="I430" t="s">
+        <v>3890</v>
+      </c>
+      <c r="J430" t="s">
+        <v>23</v>
+      </c>
+      <c r="K430" t="s">
+        <v>53</v>
+      </c>
+      <c r="L430" t="s">
+        <v>25</v>
+      </c>
+      <c r="M430" t="s">
+        <v>54</v>
+      </c>
+      <c r="N430" t="s">
+        <v>27</v>
+      </c>
+      <c r="O430" t="s">
+        <v>3891</v>
+      </c>
+    </row>
+    <row r="431" spans="1:15">
+      <c r="A431">
+        <v>65090</v>
+      </c>
+      <c r="B431" t="s">
+        <v>3892</v>
+      </c>
+      <c r="C431" t="s">
+        <v>3893</v>
+      </c>
+      <c r="D431" t="s">
+        <v>3894</v>
+      </c>
+      <c r="E431" t="s">
+        <v>3895</v>
+      </c>
+      <c r="F431" t="s">
+        <v>3896</v>
+      </c>
+      <c r="G431" t="s">
+        <v>3897</v>
+      </c>
+      <c r="H431" t="s">
+        <v>3898</v>
+      </c>
+      <c r="I431" t="s">
+        <v>3899</v>
+      </c>
+      <c r="J431" t="s">
+        <v>23</v>
+      </c>
+      <c r="K431" t="s">
+        <v>53</v>
+      </c>
+      <c r="L431" t="s">
+        <v>25</v>
+      </c>
+      <c r="M431" t="s">
+        <v>54</v>
+      </c>
+      <c r="N431" t="s">
+        <v>27</v>
+      </c>
+      <c r="O431" t="s">
+        <v>3900</v>
+      </c>
+    </row>
+    <row r="432" spans="1:15">
+      <c r="A432">
+        <v>65091</v>
+      </c>
+      <c r="B432" t="s">
+        <v>3901</v>
+      </c>
+      <c r="C432" t="s">
+        <v>3902</v>
+      </c>
+      <c r="D432" t="s">
+        <v>3903</v>
+      </c>
+      <c r="E432" t="s">
+        <v>3904</v>
+      </c>
+      <c r="F432" t="s">
+        <v>3905</v>
+      </c>
+      <c r="G432" t="s">
+        <v>3906</v>
+      </c>
+      <c r="H432" t="s">
+        <v>3907</v>
+      </c>
+      <c r="I432" t="s">
+        <v>3908</v>
+      </c>
+      <c r="J432" t="s">
+        <v>23</v>
+      </c>
+      <c r="K432" t="s">
+        <v>53</v>
+      </c>
+      <c r="L432" t="s">
+        <v>25</v>
+      </c>
+      <c r="M432" t="s">
+        <v>54</v>
+      </c>
+      <c r="N432" t="s">
+        <v>27</v>
+      </c>
+      <c r="O432" t="s">
+        <v>3909</v>
+      </c>
+    </row>
+    <row r="433" spans="1:15">
+      <c r="A433">
+        <v>65092</v>
+      </c>
+      <c r="B433" t="s">
+        <v>3910</v>
+      </c>
+      <c r="C433" t="s">
+        <v>3911</v>
+      </c>
+      <c r="D433" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E433" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F433" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G433" t="s">
+        <v>3915</v>
+      </c>
+      <c r="H433" t="s">
+        <v>3916</v>
+      </c>
+      <c r="I433" t="s">
+        <v>3917</v>
+      </c>
+      <c r="J433" t="s">
+        <v>23</v>
+      </c>
+      <c r="K433" t="s">
+        <v>156</v>
+      </c>
+      <c r="L433" t="s">
+        <v>25</v>
+      </c>
+      <c r="M433" t="s">
+        <v>157</v>
+      </c>
+      <c r="N433" t="s">
+        <v>27</v>
+      </c>
+      <c r="O433" t="s">
+        <v>3918</v>
+      </c>
+    </row>
+    <row r="434" spans="1:15">
+      <c r="A434">
+        <v>65093</v>
+      </c>
+      <c r="B434" t="s">
+        <v>3919</v>
+      </c>
+      <c r="C434" t="s">
+        <v>3920</v>
+      </c>
+      <c r="D434" t="s">
+        <v>3921</v>
+      </c>
+      <c r="E434" t="s">
+        <v>3922</v>
+      </c>
+      <c r="F434" t="s">
+        <v>3923</v>
+      </c>
+      <c r="G434" t="s">
+        <v>3924</v>
+      </c>
+      <c r="H434" t="s">
+        <v>3925</v>
+      </c>
+      <c r="I434" t="s">
+        <v>3926</v>
+      </c>
+      <c r="J434" t="s">
+        <v>23</v>
+      </c>
+      <c r="K434" t="s">
+        <v>156</v>
+      </c>
+      <c r="L434" t="s">
+        <v>25</v>
+      </c>
+      <c r="M434" t="s">
+        <v>157</v>
+      </c>
+      <c r="N434" t="s">
+        <v>27</v>
+      </c>
+      <c r="O434" t="s">
+        <v>3927</v>
+      </c>
+    </row>
+    <row r="435" spans="1:15">
+      <c r="A435">
+        <v>65094</v>
+      </c>
+      <c r="B435" t="s">
+        <v>3928</v>
+      </c>
+      <c r="C435" t="s">
+        <v>3929</v>
+      </c>
+      <c r="D435" t="s">
+        <v>3930</v>
+      </c>
+      <c r="E435" t="s">
+        <v>3931</v>
+      </c>
+      <c r="F435" t="s">
+        <v>3932</v>
+      </c>
+      <c r="G435" t="s">
+        <v>3933</v>
+      </c>
+      <c r="H435" t="s">
+        <v>3934</v>
+      </c>
+      <c r="I435" t="s">
+        <v>3935</v>
+      </c>
+      <c r="J435" t="s">
+        <v>23</v>
+      </c>
+      <c r="K435" t="s">
+        <v>3936</v>
+      </c>
+      <c r="L435" t="s">
+        <v>25</v>
+      </c>
+      <c r="M435" t="s">
+        <v>3937</v>
+      </c>
+      <c r="N435" t="s">
+        <v>27</v>
+      </c>
+      <c r="O435" t="s">
+        <v>3938</v>
+      </c>
+    </row>
+    <row r="436" spans="1:15">
+      <c r="A436">
+        <v>65095</v>
+      </c>
+      <c r="B436" t="s">
+        <v>3939</v>
+      </c>
+      <c r="C436" t="s">
+        <v>3940</v>
+      </c>
+      <c r="D436" t="s">
+        <v>3941</v>
+      </c>
+      <c r="E436" t="s">
+        <v>3942</v>
+      </c>
+      <c r="F436" t="s">
+        <v>3943</v>
+      </c>
+      <c r="G436" t="s">
+        <v>3944</v>
+      </c>
+      <c r="H436" t="s">
+        <v>3945</v>
+      </c>
+      <c r="I436" t="s">
+        <v>3946</v>
+      </c>
+      <c r="J436" t="s">
+        <v>23</v>
+      </c>
+      <c r="K436" t="s">
+        <v>476</v>
+      </c>
+      <c r="L436" t="s">
+        <v>25</v>
+      </c>
+      <c r="M436" t="s">
+        <v>477</v>
+      </c>
+      <c r="N436" t="s">
+        <v>27</v>
+      </c>
+      <c r="O436" t="s">
+        <v>3947</v>
+      </c>
+    </row>
+    <row r="437" spans="1:15">
+      <c r="A437">
+        <v>65096</v>
+      </c>
+      <c r="B437" t="s">
+        <v>3948</v>
+      </c>
+      <c r="C437" t="s">
+        <v>3949</v>
+      </c>
+      <c r="D437" t="s">
+        <v>3950</v>
+      </c>
+      <c r="E437" t="s">
+        <v>3951</v>
+      </c>
+      <c r="F437" t="s">
+        <v>3952</v>
+      </c>
+      <c r="G437" t="s">
+        <v>3953</v>
+      </c>
+      <c r="H437" t="s">
+        <v>3954</v>
+      </c>
+      <c r="I437" t="s">
+        <v>3955</v>
+      </c>
+      <c r="J437" t="s">
+        <v>23</v>
+      </c>
+      <c r="K437" t="s">
+        <v>53</v>
+      </c>
+      <c r="L437" t="s">
+        <v>25</v>
+      </c>
+      <c r="M437" t="s">
+        <v>54</v>
+      </c>
+      <c r="N437" t="s">
+        <v>27</v>
+      </c>
+      <c r="O437" t="s">
+        <v>3956</v>
+      </c>
+    </row>
+    <row r="438" spans="1:15">
+      <c r="A438">
+        <v>65097</v>
+      </c>
+      <c r="B438" t="s">
+        <v>3957</v>
+      </c>
+      <c r="C438" t="s">
+        <v>3958</v>
+      </c>
+      <c r="D438" t="s">
+        <v>3959</v>
+      </c>
+      <c r="E438" t="s">
+        <v>3960</v>
+      </c>
+      <c r="F438" t="s">
+        <v>3961</v>
+      </c>
+      <c r="G438" t="s">
+        <v>3962</v>
+      </c>
+      <c r="H438" t="s">
+        <v>3963</v>
+      </c>
+      <c r="I438" t="s">
+        <v>3964</v>
+      </c>
+      <c r="J438" t="s">
+        <v>23</v>
+      </c>
+      <c r="K438" t="s">
+        <v>156</v>
+      </c>
+      <c r="L438" t="s">
+        <v>25</v>
+      </c>
+      <c r="M438" t="s">
+        <v>157</v>
+      </c>
+      <c r="N438" t="s">
+        <v>27</v>
+      </c>
+      <c r="O438" t="s">
+        <v>3965</v>
+      </c>
+    </row>
+    <row r="439" spans="1:15">
+      <c r="A439">
+        <v>65098</v>
+      </c>
+      <c r="B439" t="s">
+        <v>3966</v>
+      </c>
+      <c r="C439" t="s">
+        <v>3967</v>
+      </c>
+      <c r="D439" t="s">
+        <v>3968</v>
+      </c>
+      <c r="E439" t="s">
+        <v>3969</v>
+      </c>
+      <c r="F439" t="s">
+        <v>3970</v>
+      </c>
+      <c r="G439" t="s">
+        <v>3971</v>
+      </c>
+      <c r="H439" t="s">
+        <v>3972</v>
+      </c>
+      <c r="I439" t="s">
+        <v>3973</v>
+      </c>
+      <c r="J439" t="s">
+        <v>23</v>
+      </c>
+      <c r="K439" t="s">
+        <v>53</v>
+      </c>
+      <c r="L439" t="s">
+        <v>25</v>
+      </c>
+      <c r="M439" t="s">
+        <v>54</v>
+      </c>
+      <c r="N439" t="s">
+        <v>27</v>
+      </c>
+      <c r="O439" t="s">
+        <v>3974</v>
+      </c>
+    </row>
+    <row r="440" spans="1:15">
+      <c r="A440">
+        <v>65099</v>
+      </c>
+      <c r="B440" t="s">
+        <v>3975</v>
+      </c>
+      <c r="C440" t="s">
+        <v>3976</v>
+      </c>
+      <c r="D440" t="s">
+        <v>3977</v>
+      </c>
+      <c r="E440" t="s">
+        <v>3978</v>
+      </c>
+      <c r="F440" t="s">
+        <v>3979</v>
+      </c>
+      <c r="G440" t="s">
+        <v>3980</v>
+      </c>
+      <c r="H440" t="s">
+        <v>3981</v>
+      </c>
+      <c r="I440" t="s">
+        <v>3982</v>
+      </c>
+      <c r="J440" t="s">
+        <v>23</v>
+      </c>
+      <c r="K440" t="s">
+        <v>156</v>
+      </c>
+      <c r="L440" t="s">
+        <v>25</v>
+      </c>
+      <c r="M440" t="s">
+        <v>157</v>
+      </c>
+      <c r="N440" t="s">
+        <v>27</v>
+      </c>
+      <c r="O440" t="s">
+        <v>3983</v>
+      </c>
+    </row>
+    <row r="441" spans="1:15">
+      <c r="A441">
+        <v>65100</v>
+      </c>
+      <c r="B441" t="s">
+        <v>3984</v>
+      </c>
+      <c r="C441" t="s">
+        <v>3985</v>
+      </c>
+      <c r="D441" t="s">
+        <v>3986</v>
+      </c>
+      <c r="E441" t="s">
+        <v>3987</v>
+      </c>
+      <c r="F441" t="s">
+        <v>3988</v>
+      </c>
+      <c r="G441" t="s">
+        <v>3989</v>
+      </c>
+      <c r="H441" t="s">
+        <v>3990</v>
+      </c>
+      <c r="I441" t="s">
+        <v>3991</v>
+      </c>
+      <c r="J441" t="s">
+        <v>23</v>
+      </c>
+      <c r="K441" t="s">
+        <v>3361</v>
+      </c>
+      <c r="L441" t="s">
+        <v>25</v>
+      </c>
+      <c r="M441" t="s">
+        <v>3362</v>
+      </c>
+      <c r="N441" t="s">
+        <v>27</v>
+      </c>
+      <c r="O441" t="s">
+        <v>3992</v>
+      </c>
+    </row>
+    <row r="442" spans="1:15">
+      <c r="A442">
+        <v>65101</v>
+      </c>
+      <c r="B442" t="s">
+        <v>3993</v>
+      </c>
+      <c r="C442" t="s">
+        <v>3994</v>
+      </c>
+      <c r="D442" t="s">
+        <v>3995</v>
+      </c>
+      <c r="E442" t="s">
+        <v>3996</v>
+      </c>
+      <c r="F442" t="s">
+        <v>3997</v>
+      </c>
+      <c r="G442" t="s">
+        <v>3998</v>
+      </c>
+      <c r="H442" t="s">
+        <v>3999</v>
+      </c>
+      <c r="I442" t="s">
+        <v>4000</v>
+      </c>
+      <c r="J442" t="s">
+        <v>23</v>
+      </c>
+      <c r="K442" t="s">
+        <v>156</v>
+      </c>
+      <c r="L442" t="s">
+        <v>25</v>
+      </c>
+      <c r="M442" t="s">
+        <v>157</v>
+      </c>
+      <c r="N442" t="s">
+        <v>27</v>
+      </c>
+      <c r="O442" t="s">
+        <v>4001</v>
+      </c>
+    </row>
+    <row r="443" spans="1:15">
+      <c r="A443">
+        <v>65102</v>
+      </c>
+      <c r="B443" t="s">
+        <v>4002</v>
+      </c>
+      <c r="C443" t="s">
+        <v>4003</v>
+      </c>
+      <c r="D443" t="s">
+        <v>4004</v>
+      </c>
+      <c r="E443" t="s">
+        <v>4005</v>
+      </c>
+      <c r="F443" t="s">
+        <v>4006</v>
+      </c>
+      <c r="G443" t="s">
+        <v>4007</v>
+      </c>
+      <c r="H443" t="s">
+        <v>4008</v>
+      </c>
+      <c r="I443" t="s">
+        <v>4009</v>
+      </c>
+      <c r="J443" t="s">
+        <v>23</v>
+      </c>
+      <c r="K443" t="s">
+        <v>53</v>
+      </c>
+      <c r="L443" t="s">
+        <v>25</v>
+      </c>
+      <c r="M443" t="s">
+        <v>54</v>
+      </c>
+      <c r="N443" t="s">
+        <v>27</v>
+      </c>
+      <c r="O443" t="s">
+        <v>4010</v>
+      </c>
+    </row>
+    <row r="444" spans="1:15">
+      <c r="A444">
+        <v>65104</v>
+      </c>
+      <c r="B444" t="s">
+        <v>4011</v>
+      </c>
+      <c r="C444" t="s">
+        <v>4012</v>
+      </c>
+      <c r="D444" t="s">
+        <v>4013</v>
+      </c>
+      <c r="E444" t="s">
+        <v>4014</v>
+      </c>
+      <c r="F444" t="s">
+        <v>4015</v>
+      </c>
+      <c r="G444" t="s">
+        <v>4016</v>
+      </c>
+      <c r="H444" t="s">
+        <v>4017</v>
+      </c>
+      <c r="I444" t="s">
+        <v>4018</v>
+      </c>
+      <c r="J444" t="s">
+        <v>23</v>
+      </c>
+      <c r="K444" t="s">
+        <v>4019</v>
+      </c>
+      <c r="L444" t="s">
+        <v>25</v>
+      </c>
+      <c r="M444" t="s">
+        <v>4020</v>
+      </c>
+      <c r="N444" t="s">
+        <v>27</v>
+      </c>
+      <c r="O444" t="s">
+        <v>4021</v>
+      </c>
+    </row>
+    <row r="445" spans="1:15">
+      <c r="A445">
         <v>65105</v>
       </c>
-      <c r="B421" t="s">
-[...32 lines deleted...]
-      <c r="M421" t="s">
+      <c r="B445" t="s">
+        <v>4022</v>
+      </c>
+      <c r="C445" t="s">
+        <v>4023</v>
+      </c>
+      <c r="D445" t="s">
+        <v>4024</v>
+      </c>
+      <c r="E445" t="s">
+        <v>4025</v>
+      </c>
+      <c r="F445" t="s">
+        <v>4026</v>
+      </c>
+      <c r="G445" t="s">
+        <v>4027</v>
+      </c>
+      <c r="H445" t="s">
+        <v>4028</v>
+      </c>
+      <c r="I445" t="s">
+        <v>4029</v>
+      </c>
+      <c r="J445" t="s">
+        <v>23</v>
+      </c>
+      <c r="K445" t="s">
         <v>156</v>
       </c>
-      <c r="N421" t="s">
-[...3 lines deleted...]
-        <v>3773</v>
+      <c r="L445" t="s">
+        <v>25</v>
+      </c>
+      <c r="M445" t="s">
+        <v>157</v>
+      </c>
+      <c r="N445" t="s">
+        <v>27</v>
+      </c>
+      <c r="O445" t="s">
+        <v>4030</v>
+      </c>
+    </row>
+    <row r="446" spans="1:15">
+      <c r="A446">
+        <v>65124</v>
+      </c>
+      <c r="B446" t="s">
+        <v>4031</v>
+      </c>
+      <c r="C446" t="s">
+        <v>4032</v>
+      </c>
+      <c r="D446" t="s">
+        <v>4033</v>
+      </c>
+      <c r="E446" t="s">
+        <v>4034</v>
+      </c>
+      <c r="F446" t="s">
+        <v>4035</v>
+      </c>
+      <c r="G446" t="s">
+        <v>4036</v>
+      </c>
+      <c r="H446" t="s">
+        <v>4037</v>
+      </c>
+      <c r="I446" t="s">
+        <v>4038</v>
+      </c>
+      <c r="J446" t="s">
+        <v>23</v>
+      </c>
+      <c r="K446" t="s">
+        <v>53</v>
+      </c>
+      <c r="L446" t="s">
+        <v>25</v>
+      </c>
+      <c r="M446" t="s">
+        <v>54</v>
+      </c>
+      <c r="N446" t="s">
+        <v>27</v>
+      </c>
+      <c r="O446" t="s">
+        <v>4039</v>
+      </c>
+    </row>
+    <row r="447" spans="1:15">
+      <c r="A447">
+        <v>65255</v>
+      </c>
+      <c r="B447" t="s">
+        <v>4040</v>
+      </c>
+      <c r="C447" t="s">
+        <v>4041</v>
+      </c>
+      <c r="D447" t="s">
+        <v>4042</v>
+      </c>
+      <c r="E447" t="s">
+        <v>4043</v>
+      </c>
+      <c r="F447" t="s">
+        <v>4044</v>
+      </c>
+      <c r="G447" t="s">
+        <v>4045</v>
+      </c>
+      <c r="H447" t="s">
+        <v>4046</v>
+      </c>
+      <c r="I447" t="s">
+        <v>4047</v>
+      </c>
+      <c r="J447" t="s">
+        <v>1295</v>
+      </c>
+      <c r="K447" t="s">
+        <v>4048</v>
+      </c>
+      <c r="L447" t="s">
+        <v>1297</v>
+      </c>
+      <c r="M447" t="s">
+        <v>4049</v>
+      </c>
+      <c r="N447" t="s">
+        <v>27</v>
+      </c>
+      <c r="O447" t="s">
+        <v>4050</v>
+      </c>
+    </row>
+    <row r="448" spans="1:15">
+      <c r="A448">
+        <v>66510</v>
+      </c>
+      <c r="B448" t="s">
+        <v>4051</v>
+      </c>
+      <c r="C448" t="s">
+        <v>4052</v>
+      </c>
+      <c r="D448" t="s">
+        <v>4053</v>
+      </c>
+      <c r="E448" t="s">
+        <v>4054</v>
+      </c>
+      <c r="F448" t="s">
+        <v>4055</v>
+      </c>
+      <c r="G448" t="s">
+        <v>4056</v>
+      </c>
+      <c r="H448" t="s">
+        <v>4057</v>
+      </c>
+      <c r="I448" t="s">
+        <v>4058</v>
+      </c>
+      <c r="J448" t="s">
+        <v>1295</v>
+      </c>
+      <c r="K448" t="s">
+        <v>4059</v>
+      </c>
+      <c r="L448" t="s">
+        <v>1297</v>
+      </c>
+      <c r="M448" t="s">
+        <v>4060</v>
+      </c>
+      <c r="N448" t="s">
+        <v>27</v>
+      </c>
+      <c r="O448" t="s">
+        <v>4061</v>
+      </c>
+    </row>
+    <row r="449" spans="1:15">
+      <c r="A449">
+        <v>66511</v>
+      </c>
+      <c r="B449" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C449" t="s">
+        <v>4062</v>
+      </c>
+      <c r="D449" t="s">
+        <v>4063</v>
+      </c>
+      <c r="E449" t="s">
+        <v>4064</v>
+      </c>
+      <c r="F449" t="s">
+        <v>1443</v>
+      </c>
+      <c r="G449" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H449" t="s">
+        <v>4065</v>
+      </c>
+      <c r="I449" t="s">
+        <v>4066</v>
+      </c>
+      <c r="J449" t="s">
+        <v>23</v>
+      </c>
+      <c r="K449" t="s">
+        <v>4067</v>
+      </c>
+      <c r="L449" t="s">
+        <v>25</v>
+      </c>
+      <c r="M449" t="s">
+        <v>4068</v>
+      </c>
+      <c r="N449" t="s">
+        <v>27</v>
+      </c>
+      <c r="O449" t="s">
+        <v>4069</v>
+      </c>
+    </row>
+    <row r="450" spans="1:15">
+      <c r="A450">
+        <v>66512</v>
+      </c>
+      <c r="B450" t="s">
+        <v>3194</v>
+      </c>
+      <c r="C450" t="s">
+        <v>4070</v>
+      </c>
+      <c r="D450" t="s">
+        <v>4071</v>
+      </c>
+      <c r="E450" t="s">
+        <v>4072</v>
+      </c>
+      <c r="F450" t="s">
+        <v>4073</v>
+      </c>
+      <c r="G450" t="s">
+        <v>3199</v>
+      </c>
+      <c r="H450" t="s">
+        <v>3200</v>
+      </c>
+      <c r="I450" t="s">
+        <v>3201</v>
+      </c>
+      <c r="J450" t="s">
+        <v>23</v>
+      </c>
+      <c r="K450" t="s">
+        <v>4074</v>
+      </c>
+      <c r="L450" t="s">
+        <v>25</v>
+      </c>
+      <c r="M450" t="s">
+        <v>4075</v>
+      </c>
+      <c r="N450" t="s">
+        <v>27</v>
+      </c>
+      <c r="O450" t="s">
+        <v>4076</v>
+      </c>
+    </row>
+    <row r="451" spans="1:15">
+      <c r="A451">
+        <v>66513</v>
+      </c>
+      <c r="B451" t="s">
+        <v>4077</v>
+      </c>
+      <c r="C451" t="s">
+        <v>4078</v>
+      </c>
+      <c r="D451" t="s">
+        <v>4079</v>
+      </c>
+      <c r="E451" t="s">
+        <v>4080</v>
+      </c>
+      <c r="F451" t="s">
+        <v>4081</v>
+      </c>
+      <c r="G451" t="s">
+        <v>3529</v>
+      </c>
+      <c r="H451" t="s">
+        <v>4082</v>
+      </c>
+      <c r="I451" t="s">
+        <v>4083</v>
+      </c>
+      <c r="J451" t="s">
+        <v>23</v>
+      </c>
+      <c r="K451" t="s">
+        <v>4074</v>
+      </c>
+      <c r="L451" t="s">
+        <v>25</v>
+      </c>
+      <c r="M451" t="s">
+        <v>4075</v>
+      </c>
+      <c r="N451" t="s">
+        <v>27</v>
+      </c>
+      <c r="O451" t="s">
+        <v>4084</v>
+      </c>
+    </row>
+    <row r="452" spans="1:15">
+      <c r="A452">
+        <v>66514</v>
+      </c>
+      <c r="B452" t="s">
+        <v>4085</v>
+      </c>
+      <c r="C452" t="s">
+        <v>4086</v>
+      </c>
+      <c r="D452" t="s">
+        <v>4087</v>
+      </c>
+      <c r="E452" t="s">
+        <v>4088</v>
+      </c>
+      <c r="F452" t="s">
+        <v>1578</v>
+      </c>
+      <c r="G452" t="s">
+        <v>1579</v>
+      </c>
+      <c r="H452" t="s">
+        <v>4089</v>
+      </c>
+      <c r="I452" t="s">
+        <v>4090</v>
+      </c>
+      <c r="J452" t="s">
+        <v>23</v>
+      </c>
+      <c r="K452" t="s">
+        <v>4074</v>
+      </c>
+      <c r="L452" t="s">
+        <v>25</v>
+      </c>
+      <c r="M452" t="s">
+        <v>4075</v>
+      </c>
+      <c r="N452" t="s">
+        <v>27</v>
+      </c>
+      <c r="O452" t="s">
+        <v>4091</v>
+      </c>
+    </row>
+    <row r="453" spans="1:15">
+      <c r="A453">
+        <v>66515</v>
+      </c>
+      <c r="B453" t="s">
+        <v>4092</v>
+      </c>
+      <c r="C453" t="s">
+        <v>4093</v>
+      </c>
+      <c r="D453" t="s">
+        <v>4094</v>
+      </c>
+      <c r="E453" t="s">
+        <v>4095</v>
+      </c>
+      <c r="F453" t="s">
+        <v>4096</v>
+      </c>
+      <c r="G453" t="s">
+        <v>1372</v>
+      </c>
+      <c r="H453" t="s">
+        <v>4097</v>
+      </c>
+      <c r="I453" t="s">
+        <v>4098</v>
+      </c>
+      <c r="J453" t="s">
+        <v>23</v>
+      </c>
+      <c r="K453" t="s">
+        <v>4074</v>
+      </c>
+      <c r="L453" t="s">
+        <v>25</v>
+      </c>
+      <c r="M453" t="s">
+        <v>4075</v>
+      </c>
+      <c r="N453" t="s">
+        <v>27</v>
+      </c>
+      <c r="O453" t="s">
+        <v>4099</v>
+      </c>
+    </row>
+    <row r="454" spans="1:15">
+      <c r="A454">
+        <v>66516</v>
+      </c>
+      <c r="B454" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C454" t="s">
+        <v>4100</v>
+      </c>
+      <c r="D454" t="s">
+        <v>4101</v>
+      </c>
+      <c r="E454" t="s">
+        <v>4102</v>
+      </c>
+      <c r="F454" t="s">
+        <v>4103</v>
+      </c>
+      <c r="G454" t="s">
+        <v>4104</v>
+      </c>
+      <c r="H454" t="s">
+        <v>4105</v>
+      </c>
+      <c r="I454" t="s">
+        <v>1356</v>
+      </c>
+      <c r="J454" t="s">
+        <v>23</v>
+      </c>
+      <c r="K454" t="s">
+        <v>156</v>
+      </c>
+      <c r="L454" t="s">
+        <v>25</v>
+      </c>
+      <c r="M454" t="s">
+        <v>157</v>
+      </c>
+      <c r="N454" t="s">
+        <v>27</v>
+      </c>
+      <c r="O454" t="s">
+        <v>4106</v>
+      </c>
+    </row>
+    <row r="455" spans="1:15">
+      <c r="A455">
+        <v>66517</v>
+      </c>
+      <c r="B455" t="s">
+        <v>4107</v>
+      </c>
+      <c r="C455" t="s">
+        <v>4108</v>
+      </c>
+      <c r="D455" t="s">
+        <v>4109</v>
+      </c>
+      <c r="E455" t="s">
+        <v>4110</v>
+      </c>
+      <c r="F455" t="s">
+        <v>4111</v>
+      </c>
+      <c r="G455" t="s">
+        <v>4112</v>
+      </c>
+      <c r="H455" t="s">
+        <v>4113</v>
+      </c>
+      <c r="I455" t="s">
+        <v>4114</v>
+      </c>
+      <c r="J455" t="s">
+        <v>23</v>
+      </c>
+      <c r="K455" t="s">
+        <v>4074</v>
+      </c>
+      <c r="L455" t="s">
+        <v>25</v>
+      </c>
+      <c r="M455" t="s">
+        <v>4075</v>
+      </c>
+      <c r="N455" t="s">
+        <v>27</v>
+      </c>
+      <c r="O455" t="s">
+        <v>4115</v>
+      </c>
+    </row>
+    <row r="456" spans="1:15">
+      <c r="A456">
+        <v>66518</v>
+      </c>
+      <c r="B456" t="s">
+        <v>4116</v>
+      </c>
+      <c r="C456" t="s">
+        <v>4117</v>
+      </c>
+      <c r="D456" t="s">
+        <v>4118</v>
+      </c>
+      <c r="E456" t="s">
+        <v>4119</v>
+      </c>
+      <c r="F456" t="s">
+        <v>4120</v>
+      </c>
+      <c r="G456" t="s">
+        <v>1381</v>
+      </c>
+      <c r="H456" t="s">
+        <v>4121</v>
+      </c>
+      <c r="I456" t="s">
+        <v>4122</v>
+      </c>
+      <c r="J456" t="s">
+        <v>23</v>
+      </c>
+      <c r="K456" t="s">
+        <v>156</v>
+      </c>
+      <c r="L456" t="s">
+        <v>25</v>
+      </c>
+      <c r="M456" t="s">
+        <v>157</v>
+      </c>
+      <c r="N456" t="s">
+        <v>27</v>
+      </c>
+      <c r="O456" t="s">
+        <v>4123</v>
+      </c>
+    </row>
+    <row r="457" spans="1:15">
+      <c r="A457">
+        <v>66519</v>
+      </c>
+      <c r="B457" t="s">
+        <v>4124</v>
+      </c>
+      <c r="C457" t="s">
+        <v>4125</v>
+      </c>
+      <c r="D457" t="s">
+        <v>4126</v>
+      </c>
+      <c r="E457" t="s">
+        <v>4127</v>
+      </c>
+      <c r="F457" t="s">
+        <v>4128</v>
+      </c>
+      <c r="G457" t="s">
+        <v>4129</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1463</v>
+      </c>
+      <c r="I457" t="s">
+        <v>1464</v>
+      </c>
+      <c r="J457" t="s">
+        <v>23</v>
+      </c>
+      <c r="K457" t="s">
+        <v>4130</v>
+      </c>
+      <c r="L457" t="s">
+        <v>25</v>
+      </c>
+      <c r="M457" t="s">
+        <v>4131</v>
+      </c>
+      <c r="N457" t="s">
+        <v>27</v>
+      </c>
+      <c r="O457" t="s">
+        <v>4132</v>
+      </c>
+    </row>
+    <row r="458" spans="1:15">
+      <c r="A458">
+        <v>66520</v>
+      </c>
+      <c r="B458" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C458" t="s">
+        <v>4133</v>
+      </c>
+      <c r="D458" t="s">
+        <v>4134</v>
+      </c>
+      <c r="E458" t="s">
+        <v>4135</v>
+      </c>
+      <c r="F458" t="s">
+        <v>1529</v>
+      </c>
+      <c r="G458" t="s">
+        <v>1530</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1531</v>
+      </c>
+      <c r="I458" t="s">
+        <v>1532</v>
+      </c>
+      <c r="J458" t="s">
+        <v>23</v>
+      </c>
+      <c r="K458" t="s">
+        <v>53</v>
+      </c>
+      <c r="L458" t="s">
+        <v>25</v>
+      </c>
+      <c r="M458" t="s">
+        <v>54</v>
+      </c>
+      <c r="N458" t="s">
+        <v>27</v>
+      </c>
+      <c r="O458" t="s">
+        <v>4136</v>
+      </c>
+    </row>
+    <row r="459" spans="1:15">
+      <c r="A459">
+        <v>66521</v>
+      </c>
+      <c r="B459" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C459" t="s">
+        <v>4137</v>
+      </c>
+      <c r="D459" t="s">
+        <v>4138</v>
+      </c>
+      <c r="E459" t="s">
+        <v>4139</v>
+      </c>
+      <c r="F459" t="s">
+        <v>4140</v>
+      </c>
+      <c r="G459" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H459" t="s">
+        <v>4141</v>
+      </c>
+      <c r="I459" t="s">
+        <v>1392</v>
+      </c>
+      <c r="J459" t="s">
+        <v>23</v>
+      </c>
+      <c r="K459" t="s">
+        <v>156</v>
+      </c>
+      <c r="L459" t="s">
+        <v>25</v>
+      </c>
+      <c r="M459" t="s">
+        <v>157</v>
+      </c>
+      <c r="N459" t="s">
+        <v>27</v>
+      </c>
+      <c r="O459" t="s">
+        <v>4142</v>
+      </c>
+    </row>
+    <row r="460" spans="1:15">
+      <c r="A460">
+        <v>66522</v>
+      </c>
+      <c r="B460" t="s">
+        <v>4143</v>
+      </c>
+      <c r="C460" t="s">
+        <v>4144</v>
+      </c>
+      <c r="D460" t="s">
+        <v>4145</v>
+      </c>
+      <c r="E460" t="s">
+        <v>4146</v>
+      </c>
+      <c r="F460" t="s">
+        <v>4147</v>
+      </c>
+      <c r="G460" t="s">
+        <v>4148</v>
+      </c>
+      <c r="H460" t="s">
+        <v>4149</v>
+      </c>
+      <c r="I460" t="s">
+        <v>4150</v>
+      </c>
+      <c r="J460" t="s">
+        <v>23</v>
+      </c>
+      <c r="K460" t="s">
+        <v>4048</v>
+      </c>
+      <c r="L460" t="s">
+        <v>25</v>
+      </c>
+      <c r="M460" t="s">
+        <v>4049</v>
+      </c>
+      <c r="N460" t="s">
+        <v>27</v>
+      </c>
+      <c r="O460" t="s">
+        <v>4151</v>
+      </c>
+    </row>
+    <row r="461" spans="1:15">
+      <c r="A461">
+        <v>66523</v>
+      </c>
+      <c r="B461" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C461" t="s">
+        <v>4152</v>
+      </c>
+      <c r="D461" t="s">
+        <v>4153</v>
+      </c>
+      <c r="E461" t="s">
+        <v>4154</v>
+      </c>
+      <c r="F461" t="s">
+        <v>1434</v>
+      </c>
+      <c r="G461" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1436</v>
+      </c>
+      <c r="I461" t="s">
+        <v>1437</v>
+      </c>
+      <c r="J461" t="s">
+        <v>23</v>
+      </c>
+      <c r="K461" t="s">
+        <v>24</v>
+      </c>
+      <c r="L461" t="s">
+        <v>25</v>
+      </c>
+      <c r="M461" t="s">
+        <v>26</v>
+      </c>
+      <c r="N461" t="s">
+        <v>27</v>
+      </c>
+      <c r="O461" t="s">
+        <v>4155</v>
+      </c>
+    </row>
+    <row r="462" spans="1:15">
+      <c r="A462">
+        <v>66524</v>
+      </c>
+      <c r="B462" t="s">
+        <v>3364</v>
+      </c>
+      <c r="C462" t="s">
+        <v>4156</v>
+      </c>
+      <c r="D462" t="s">
+        <v>4157</v>
+      </c>
+      <c r="E462" t="s">
+        <v>4158</v>
+      </c>
+      <c r="F462" t="s">
+        <v>4159</v>
+      </c>
+      <c r="G462" t="s">
+        <v>3369</v>
+      </c>
+      <c r="H462" t="s">
+        <v>3370</v>
+      </c>
+      <c r="I462" t="s">
+        <v>3371</v>
+      </c>
+      <c r="J462" t="s">
+        <v>23</v>
+      </c>
+      <c r="K462" t="s">
+        <v>156</v>
+      </c>
+      <c r="L462" t="s">
+        <v>25</v>
+      </c>
+      <c r="M462" t="s">
+        <v>157</v>
+      </c>
+      <c r="N462" t="s">
+        <v>27</v>
+      </c>
+      <c r="O462" t="s">
+        <v>4160</v>
+      </c>
+    </row>
+    <row r="463" spans="1:15">
+      <c r="A463">
+        <v>66525</v>
+      </c>
+      <c r="B463" t="s">
+        <v>4161</v>
+      </c>
+      <c r="C463" t="s">
+        <v>4162</v>
+      </c>
+      <c r="D463" t="s">
+        <v>4163</v>
+      </c>
+      <c r="E463" t="s">
+        <v>4164</v>
+      </c>
+      <c r="F463" t="s">
+        <v>3225</v>
+      </c>
+      <c r="G463" t="s">
+        <v>3226</v>
+      </c>
+      <c r="H463" t="s">
+        <v>3227</v>
+      </c>
+      <c r="I463" t="s">
+        <v>3228</v>
+      </c>
+      <c r="J463" t="s">
+        <v>23</v>
+      </c>
+      <c r="K463" t="s">
+        <v>156</v>
+      </c>
+      <c r="L463" t="s">
+        <v>25</v>
+      </c>
+      <c r="M463" t="s">
+        <v>157</v>
+      </c>
+      <c r="N463" t="s">
+        <v>27</v>
+      </c>
+      <c r="O463" t="s">
+        <v>4165</v>
+      </c>
+    </row>
+    <row r="464" spans="1:15">
+      <c r="A464">
+        <v>66526</v>
+      </c>
+      <c r="B464" t="s">
+        <v>4166</v>
+      </c>
+      <c r="C464" t="s">
+        <v>4167</v>
+      </c>
+      <c r="D464" t="s">
+        <v>4168</v>
+      </c>
+      <c r="E464" t="s">
+        <v>4169</v>
+      </c>
+      <c r="F464" t="s">
+        <v>4170</v>
+      </c>
+      <c r="G464" t="s">
+        <v>3235</v>
+      </c>
+      <c r="H464" t="s">
+        <v>3236</v>
+      </c>
+      <c r="I464" t="s">
+        <v>4171</v>
+      </c>
+      <c r="J464" t="s">
+        <v>23</v>
+      </c>
+      <c r="K464" t="s">
+        <v>156</v>
+      </c>
+      <c r="L464" t="s">
+        <v>25</v>
+      </c>
+      <c r="M464" t="s">
+        <v>157</v>
+      </c>
+      <c r="N464" t="s">
+        <v>27</v>
+      </c>
+      <c r="O464" t="s">
+        <v>4172</v>
+      </c>
+    </row>
+    <row r="465" spans="1:15">
+      <c r="A465">
+        <v>66527</v>
+      </c>
+      <c r="B465" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C465" t="s">
+        <v>4173</v>
+      </c>
+      <c r="D465" t="s">
+        <v>4174</v>
+      </c>
+      <c r="E465" t="s">
+        <v>4175</v>
+      </c>
+      <c r="F465" t="s">
+        <v>4176</v>
+      </c>
+      <c r="G465" t="s">
+        <v>1472</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1473</v>
+      </c>
+      <c r="I465" t="s">
+        <v>1474</v>
+      </c>
+      <c r="J465" t="s">
+        <v>23</v>
+      </c>
+      <c r="K465" t="s">
+        <v>4074</v>
+      </c>
+      <c r="L465" t="s">
+        <v>25</v>
+      </c>
+      <c r="M465" t="s">
+        <v>4075</v>
+      </c>
+      <c r="N465" t="s">
+        <v>27</v>
+      </c>
+      <c r="O465" t="s">
+        <v>4177</v>
+      </c>
+    </row>
+    <row r="466" spans="1:15">
+      <c r="A466">
+        <v>66529</v>
+      </c>
+      <c r="B466" t="s">
+        <v>4178</v>
+      </c>
+      <c r="C466" t="s">
+        <v>4179</v>
+      </c>
+      <c r="D466" t="s">
+        <v>4180</v>
+      </c>
+      <c r="E466" t="s">
+        <v>4181</v>
+      </c>
+      <c r="F466" t="s">
+        <v>4182</v>
+      </c>
+      <c r="G466" t="s">
+        <v>3668</v>
+      </c>
+      <c r="H466" t="s">
+        <v>3669</v>
+      </c>
+      <c r="I466" t="s">
+        <v>3670</v>
+      </c>
+      <c r="J466" t="s">
+        <v>23</v>
+      </c>
+      <c r="K466" t="s">
+        <v>1746</v>
+      </c>
+      <c r="L466" t="s">
+        <v>25</v>
+      </c>
+      <c r="M466" t="s">
+        <v>4183</v>
+      </c>
+      <c r="N466" t="s">
+        <v>27</v>
+      </c>
+      <c r="O466" t="s">
+        <v>4184</v>
+      </c>
+    </row>
+    <row r="467" spans="1:15">
+      <c r="A467">
+        <v>66530</v>
+      </c>
+      <c r="B467" t="s">
+        <v>4185</v>
+      </c>
+      <c r="C467" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D467" t="s">
+        <v>4187</v>
+      </c>
+      <c r="E467" t="s">
+        <v>4188</v>
+      </c>
+      <c r="F467" t="s">
+        <v>4189</v>
+      </c>
+      <c r="G467" t="s">
+        <v>1314</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1315</v>
+      </c>
+      <c r="I467" t="s">
+        <v>1316</v>
+      </c>
+      <c r="J467" t="s">
+        <v>23</v>
+      </c>
+      <c r="K467" t="s">
+        <v>320</v>
+      </c>
+      <c r="L467" t="s">
+        <v>25</v>
+      </c>
+      <c r="M467" t="s">
+        <v>322</v>
+      </c>
+      <c r="N467" t="s">
+        <v>27</v>
+      </c>
+      <c r="O467" t="s">
+        <v>4190</v>
+      </c>
+    </row>
+    <row r="468" spans="1:15">
+      <c r="A468">
+        <v>66531</v>
+      </c>
+      <c r="B468" t="s">
+        <v>4191</v>
+      </c>
+      <c r="C468" t="s">
+        <v>4192</v>
+      </c>
+      <c r="D468" t="s">
+        <v>4193</v>
+      </c>
+      <c r="E468" t="s">
+        <v>4194</v>
+      </c>
+      <c r="F468" t="s">
+        <v>4195</v>
+      </c>
+      <c r="G468" t="s">
+        <v>4196</v>
+      </c>
+      <c r="H468" t="s">
+        <v>4197</v>
+      </c>
+      <c r="I468" t="s">
+        <v>4198</v>
+      </c>
+      <c r="J468" t="s">
+        <v>319</v>
+      </c>
+      <c r="K468" t="s">
+        <v>4199</v>
+      </c>
+      <c r="L468" t="s">
+        <v>321</v>
+      </c>
+      <c r="M468" t="s">
+        <v>4200</v>
+      </c>
+      <c r="N468" t="s">
+        <v>27</v>
+      </c>
+      <c r="O468" t="s">
+        <v>4201</v>
+      </c>
+    </row>
+    <row r="469" spans="1:15">
+      <c r="A469">
+        <v>66532</v>
+      </c>
+      <c r="B469" t="s">
+        <v>4202</v>
+      </c>
+      <c r="C469" t="s">
+        <v>4203</v>
+      </c>
+      <c r="D469" t="s">
+        <v>4204</v>
+      </c>
+      <c r="E469" t="s">
+        <v>4205</v>
+      </c>
+      <c r="F469" t="s">
+        <v>1547</v>
+      </c>
+      <c r="G469" t="s">
+        <v>1548</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1549</v>
+      </c>
+      <c r="I469" t="s">
+        <v>1550</v>
+      </c>
+      <c r="J469" t="s">
+        <v>319</v>
+      </c>
+      <c r="K469" t="s">
+        <v>4206</v>
+      </c>
+      <c r="L469" t="s">
+        <v>321</v>
+      </c>
+      <c r="M469" t="s">
+        <v>4207</v>
+      </c>
+      <c r="N469" t="s">
+        <v>27</v>
+      </c>
+      <c r="O469" t="s">
+        <v>4208</v>
+      </c>
+    </row>
+    <row r="470" spans="1:15">
+      <c r="A470">
+        <v>66533</v>
+      </c>
+      <c r="B470" t="s">
+        <v>4209</v>
+      </c>
+      <c r="C470" t="s">
+        <v>4210</v>
+      </c>
+      <c r="D470" t="s">
+        <v>4211</v>
+      </c>
+      <c r="E470" t="s">
+        <v>4212</v>
+      </c>
+      <c r="F470" t="s">
+        <v>1398</v>
+      </c>
+      <c r="G470" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1400</v>
+      </c>
+      <c r="I470" t="s">
+        <v>4213</v>
+      </c>
+      <c r="J470" t="s">
+        <v>23</v>
+      </c>
+      <c r="K470" t="s">
+        <v>4214</v>
+      </c>
+      <c r="L470" t="s">
+        <v>25</v>
+      </c>
+      <c r="M470" t="s">
+        <v>4215</v>
+      </c>
+      <c r="N470" t="s">
+        <v>27</v>
+      </c>
+      <c r="O470" t="s">
+        <v>4216</v>
+      </c>
+    </row>
+    <row r="471" spans="1:15">
+      <c r="A471">
+        <v>66534</v>
+      </c>
+      <c r="B471" t="s">
+        <v>4217</v>
+      </c>
+      <c r="C471" t="s">
+        <v>4218</v>
+      </c>
+      <c r="D471" t="s">
+        <v>4219</v>
+      </c>
+      <c r="E471" t="s">
+        <v>4220</v>
+      </c>
+      <c r="F471" t="s">
+        <v>4221</v>
+      </c>
+      <c r="G471" t="s">
+        <v>4222</v>
+      </c>
+      <c r="H471" t="s">
+        <v>2718</v>
+      </c>
+      <c r="I471" t="s">
+        <v>2719</v>
+      </c>
+      <c r="J471" t="s">
+        <v>23</v>
+      </c>
+      <c r="K471" t="s">
+        <v>24</v>
+      </c>
+      <c r="L471" t="s">
+        <v>25</v>
+      </c>
+      <c r="M471" t="s">
+        <v>26</v>
+      </c>
+      <c r="N471" t="s">
+        <v>27</v>
+      </c>
+      <c r="O471" t="s">
+        <v>4223</v>
+      </c>
+    </row>
+    <row r="472" spans="1:15">
+      <c r="A472">
+        <v>66535</v>
+      </c>
+      <c r="B472" t="s">
+        <v>4224</v>
+      </c>
+      <c r="C472" t="s">
+        <v>4225</v>
+      </c>
+      <c r="D472" t="s">
+        <v>4226</v>
+      </c>
+      <c r="E472" t="s">
+        <v>4227</v>
+      </c>
+      <c r="F472" t="s">
+        <v>4228</v>
+      </c>
+      <c r="G472" t="s">
+        <v>4229</v>
+      </c>
+      <c r="H472" t="s">
+        <v>4230</v>
+      </c>
+      <c r="I472" t="s">
+        <v>4231</v>
+      </c>
+      <c r="J472" t="s">
+        <v>4232</v>
+      </c>
+      <c r="K472" t="s">
+        <v>4233</v>
+      </c>
+      <c r="L472" t="s">
+        <v>4234</v>
+      </c>
+      <c r="M472" t="s">
+        <v>4235</v>
+      </c>
+      <c r="N472" t="s">
+        <v>27</v>
+      </c>
+      <c r="O472" t="s">
+        <v>4236</v>
+      </c>
+    </row>
+    <row r="473" spans="1:15">
+      <c r="A473">
+        <v>66536</v>
+      </c>
+      <c r="B473" t="s">
+        <v>4237</v>
+      </c>
+      <c r="C473" t="s">
+        <v>4238</v>
+      </c>
+      <c r="D473" t="s">
+        <v>4239</v>
+      </c>
+      <c r="E473" t="s">
+        <v>4240</v>
+      </c>
+      <c r="F473" t="s">
+        <v>4241</v>
+      </c>
+      <c r="G473" t="s">
+        <v>4242</v>
+      </c>
+      <c r="H473" t="s">
+        <v>4243</v>
+      </c>
+      <c r="I473" t="s">
+        <v>4244</v>
+      </c>
+      <c r="J473" t="s">
+        <v>23</v>
+      </c>
+      <c r="K473" t="s">
+        <v>4074</v>
+      </c>
+      <c r="L473" t="s">
+        <v>25</v>
+      </c>
+      <c r="M473" t="s">
+        <v>4075</v>
+      </c>
+      <c r="N473" t="s">
+        <v>27</v>
+      </c>
+      <c r="O473" t="s">
+        <v>4245</v>
+      </c>
+    </row>
+    <row r="474" spans="1:15">
+      <c r="A474">
+        <v>66537</v>
+      </c>
+      <c r="B474" t="s">
+        <v>4246</v>
+      </c>
+      <c r="C474" t="s">
+        <v>4247</v>
+      </c>
+      <c r="D474" t="s">
+        <v>4248</v>
+      </c>
+      <c r="E474" t="s">
+        <v>4249</v>
+      </c>
+      <c r="F474" t="s">
+        <v>4250</v>
+      </c>
+      <c r="G474" t="s">
+        <v>4036</v>
+      </c>
+      <c r="H474" t="s">
+        <v>4037</v>
+      </c>
+      <c r="I474" t="s">
+        <v>4038</v>
+      </c>
+      <c r="J474" t="s">
+        <v>23</v>
+      </c>
+      <c r="K474" t="s">
+        <v>4074</v>
+      </c>
+      <c r="L474" t="s">
+        <v>25</v>
+      </c>
+      <c r="M474" t="s">
+        <v>4075</v>
+      </c>
+      <c r="N474" t="s">
+        <v>27</v>
+      </c>
+      <c r="O474" t="s">
+        <v>4251</v>
+      </c>
+    </row>
+    <row r="475" spans="1:15">
+      <c r="A475">
+        <v>66538</v>
+      </c>
+      <c r="B475" t="s">
+        <v>4252</v>
+      </c>
+      <c r="C475" t="s">
+        <v>4253</v>
+      </c>
+      <c r="D475" t="s">
+        <v>4254</v>
+      </c>
+      <c r="E475" t="s">
+        <v>4255</v>
+      </c>
+      <c r="F475" t="s">
+        <v>4256</v>
+      </c>
+      <c r="G475" t="s">
+        <v>1539</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1540</v>
+      </c>
+      <c r="I475" t="s">
+        <v>1541</v>
+      </c>
+      <c r="J475" t="s">
+        <v>23</v>
+      </c>
+      <c r="K475" t="s">
+        <v>4257</v>
+      </c>
+      <c r="L475" t="s">
+        <v>25</v>
+      </c>
+      <c r="M475" t="s">
+        <v>4258</v>
+      </c>
+      <c r="N475" t="s">
+        <v>27</v>
+      </c>
+      <c r="O475" t="s">
+        <v>4259</v>
+      </c>
+    </row>
+    <row r="476" spans="1:15">
+      <c r="A476">
+        <v>66540</v>
+      </c>
+      <c r="B476" t="s">
+        <v>4260</v>
+      </c>
+      <c r="C476" t="s">
+        <v>4261</v>
+      </c>
+      <c r="D476" t="s">
+        <v>4262</v>
+      </c>
+      <c r="E476" t="s">
+        <v>4263</v>
+      </c>
+      <c r="F476" t="s">
+        <v>4264</v>
+      </c>
+      <c r="G476" t="s">
+        <v>4265</v>
+      </c>
+      <c r="H476" t="s">
+        <v>4266</v>
+      </c>
+      <c r="I476" t="s">
+        <v>1347</v>
+      </c>
+      <c r="J476" t="s">
+        <v>23</v>
+      </c>
+      <c r="K476" t="s">
+        <v>4267</v>
+      </c>
+      <c r="L476" t="s">
+        <v>25</v>
+      </c>
+      <c r="M476" t="s">
+        <v>4268</v>
+      </c>
+      <c r="N476" t="s">
+        <v>27</v>
+      </c>
+      <c r="O476" t="s">
+        <v>4269</v>
+      </c>
+    </row>
+    <row r="477" spans="1:15">
+      <c r="A477">
+        <v>66541</v>
+      </c>
+      <c r="B477" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C477" t="s">
+        <v>4270</v>
+      </c>
+      <c r="D477" t="s">
+        <v>4271</v>
+      </c>
+      <c r="E477" t="s">
+        <v>4272</v>
+      </c>
+      <c r="F477" t="s">
+        <v>4273</v>
+      </c>
+      <c r="G477" t="s">
+        <v>1521</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1522</v>
+      </c>
+      <c r="I477" t="s">
+        <v>1523</v>
+      </c>
+      <c r="J477" t="s">
+        <v>23</v>
+      </c>
+      <c r="K477" t="s">
+        <v>4274</v>
+      </c>
+      <c r="L477" t="s">
+        <v>25</v>
+      </c>
+      <c r="M477" t="s">
+        <v>4275</v>
+      </c>
+      <c r="N477" t="s">
+        <v>27</v>
+      </c>
+      <c r="O477" t="s">
+        <v>4276</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">