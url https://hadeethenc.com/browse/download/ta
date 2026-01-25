--- v1 (2025-11-24)
+++ v2 (2026-01-25)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4277">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5346">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: தமிழ்
 # Source: https://hadeethenc.com/ta
-# Last update: 2025-11-20 19:59:55 (v1.18.0)
-# Check for updates: https://hadeethenc.com/en/check/ta/v1.18.0
+# Last update: 2026-01-16 19:32:09 (v1.26.0)
+# Check for updates: https://hadeethenc.com/en/check/ta/v1.26.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -138,50 +138,94 @@
   </si>
   <si>
     <t>நபி(ஸல்) அவர்கள் (ஒட்டகத்தில் பல்லக்குஅமைக்காமல்) ஒட்டகத்தின் சேணத்துடன் (இணைந்த) இருக்கையின் மீதே அமர்ந்து ஹஜ்ஜுக்குச் சென்றார்கள், அதுவே அவர்களின் பொதி சுமக்கும் ஒட்டகமாகவும் இருந்தது.</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه : أنَّ رسول الله صلى الله عليه وسلم حَجَّ على رَحْلٍ وكانتْ زَامِلَتَهُ.</t>
   </si>
   <si>
     <t>நபி(ஸல்) அவர்கள் (ஒட்டகத்தில் பல்லக்கு அமைக்காமல்) ஒட்டகத்தின் சேணத்துடன் (இணைந்த) இருக்கையின் மீதே அமர்ந்து ஹஜ்ஜுக்குச் சென்றதாகவும் அதுவே அவர்களின் பொதி சுமக்கும் ஒட்டகமாகவும்இருந்ததாகவும் அனஸ் இப்னு மாலிக் அவர்கள் அறிவித்தார்கள்.</t>
   </si>
   <si>
     <t>حجَّ النبيُّ -عليه الصلاة والسلام- على ظهر البعير من غير محملٍ وهو الشيء الذي يوضع على البعير، ولم يكن له بعيرٌ آخر يحمل عليه طعامه ومتاعه، بل يجعَلُهُ معه على هذا البعير،مما يدل على زهده وتقلله من الدنيا -عليه السلام-، والحديث لا يَدُلُّ على تحريم ركوب الدواب المريحة والفاخرة في الحج، وإن كان التقلُّلُ من الرفاهية والتنعم في الحج هو الأفضل اقتداءً برسول الله صلى الله عليه وسلم .</t>
   </si>
   <si>
     <t>நபி (ஸல்) அவர்கள் பல்லக்கில்லாத ஒட்டகத்தின் மீது ஹஜ்ஜுக்குச் சென்றார்கள்.அத்துடன் அவரின் உணவையும்,பொருட்களையும் சுமந்து செல்வதற்கான வேறு ஒட்டகம் நபி (ஸல்) அவர்களுக்கு இருக்கவில்லை. அவைகளை தான் பிரயாணம் செய்த ஒட்டகத்திலேயே வைத்துக் கொண்டார்கள். இச்செயல் நபியவர்களின் எளிமையையும், உலகத்தில் அவரின் குறைவான ஈடுபாட்டையும் காட்டுகிறது. மாறாக இந்த ஹதீஸ் ஹஜ்ஜின் போது சொகுசான, ஆடம்பரமான வாகனங்களில் சவாரி செய்தல் ஹராம் என்பதைக் காட்டாது. ஹஜ்ஜின் போது சொகுசையும் ஆடம்பரத்தையும் குறைத்துக் கொள்வதே நபியவர்களை ஹஜ்ஜின் போது பின்பற்றுவதில் மிகச்சிறந்த விடயமாகும் என்பதை காட்டும்.</t>
   </si>
   <si>
     <t>تَوَاضُعُ النبيِّ -عليه الصلاة والسلام- وتقلله من الدنيا وزهده فيها.
 هدي النبي -عليه الصلاة والسلام- في أداء العبادات، ومن ذلك الحج.
 جَوَازُ الرُّكُوب في الحج.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/2751</t>
   </si>
   <si>
+    <t>فإذا جاء رمضان فاعتمري، فإن عمرة فيه تعدل حجة</t>
+  </si>
+  <si>
+    <t>ரமழான் மாதம் வந்துவிட்டால் நீங்கள் உம்ராவை நிறை வேற்றுவாயாக ! ஏனெனில் அம்மாதத்தில் நிறை வேற்றப்படும் உம்ரா வணக்கம் ஹஜ்ஜு வணக்கத்துக்கு நிகராகும் என்று கூறினார்கள்</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِامْرَأَةٍ مِنَ الْأَنْصَارِ سَمَّاهَا ابْنُ عَبَّاسٍ فَنَسِيتُ اسْمَهَا: «مَا مَنَعَكِ أَنْ تَحُجِّي مَعَنَا؟» قَالَتْ: لَمْ يَكُنْ لَنَا إِلَّا نَاضِحَانِ فَحَجَّ أَبُو وَلَدِهَا وَابْنُهَا عَلَى نَاضِحٍ وَتَرَكَ لَنَا نَاضِحًا نَنْضِحُ عَلَيْهِ، قَالَ: «فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً».</t>
+  </si>
+  <si>
+    <t>இப்னுஅப்பாஸ் ரழியல்லாஹு அன்ஹுமா அறிவிக்கிறார்கள் : அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள்   அன்ஸாரிப் பெண் ஒருவரை விழித்து -இப்பெண்ணின் பெயரை இப்னு அப்பாஸ் கூறினார்கள் ஆனால் நான் அவளுடைய பெயரை மறந்துவிட்டேன்.- 'எம்முடன்  ஹஜ்ஜு செய்வதற்கு  வருவதை உம்மை எது தடுத்தது?' என வினவியதற்கு அந்தப் பெண்மணி எம்மிடம் நீர் இரைக்கும் இரு ஒட்டகங்கள்தானிருந்தன. அவைகளில் ஒன்றில் தன் கணவரும் மகனும் ஹஜ்ஜுக்கு சென்றுவிட்டனர். மற்றதை நாம் நீர் இரைப்பதற்காக விட்டுச் சென்றனர் என்று கூறினாள்.  அப்பொழுது இறை தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள்: ரமழான் மாதம் வந்துவிட்டால் நீங்கள் உம்ராவை நிறை வேற்றுவாயாக ! ஏனெனில் அம்மாதத்தில் நிறை வேற்றப்படும் உம்ரா வணக்கம் ஹஜ்ஜு வணக்கத்துக்கு நிகராகும் என்று கூறினார்கள்</t>
+  </si>
+  <si>
+    <t>لمَّا رَجَعَ النبيُّ صلى الله عليه وسلم من حَجة الوداع، قال لامرأةٍ من الأنصار لم تحج: ما الذي منعك من الحج معنا؟ 
+فاعتذرت بأن لهم بَعيرين، فحج زوجها وابنها على أحدهما، وترك الآخر ليستقوا به الماء من البئر.
+فأخبرها النبي عليه الصلاة والسلام أن أداء العمرة في شهر رمضان يماثل أجرُها أجرَ حجة.</t>
+  </si>
+  <si>
+    <t>நபி  ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் ஹஜ்ஜதுல் வதாஇலிருந்து திரும்பி வந்த பொழுது ஹஜ்ஜுவணக்கத்தை நிறை வேற்றாத அன்ஸாரிப் பெண்ணிடம் எம்முடன் ஹஜ்ஜு செய்வதற்கு உம்மை எது தடுத்தது? என வினவினார்கள் அதற்கு அவள்
+தமக்கு இரு ஒட்டகங்கள்தானிருந்தன. அவைகளில் ஒன்றில் தன் கணவரும் மகனும் ஹஜ்ஜுக்கு சென்றுவிட்டனர். மற்றதை நாம் நீர் இரைப்பதற்காக விட்டுச் சென்றனர் என்று காரணம் கூறினாள்.
+அப்பொழுது  நபி  ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் 'ரமழான் மாதம் உம்ரா வணக்கத்தை நிறை வேற்றுவதன் கூலி ஒரு ஹஜ்ஜுடைய  கூலிக்கு சமம் என்று அப் பெண்ணிடத்தில் கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>فضيلة العمرة في شهر رمضان.
+العمرة في رمضان تساوي حجةً في الثواب، لا في إسقاط فرض الحج.
+ثواب الأعمال يزيد بزيادة شرف الأوقات، ومن ذلك الأعمال في رمضان.</t>
+  </si>
+  <si>
+    <t>ரமழான் மாதத்தில் உம்ரா வணக்கத்தை நிறைவேற்றுவதன் சிறப்பு  குறிப்பிடப்பட்டிருத்தல்.
+உம்ரா வணக்கத்தை ரமழான் மாதத்தில் நிறை வேற்றுவது  ஹஜ்ஜுடைய நன்மைக்கு(ஈடாகும்) சமமாகும்.
+கால நேரங்களின் சிறப்புக்கள் அதிகரிப்பின் காரணமாக அமல்களின் (பிரதிபலன்கள்) கூலிகள் அதிகரிக்கும் (என்பது பொது விதி) ரமழான் மாதத்தில் அமல்கள் புரிவதும் இப்பொது விதியைச் சார்ந்ததே.</t>
+  </si>
+  <si>
+    <t>متفق عليه</t>
+  </si>
+  <si>
+    <t>[சரியானது]</t>
+  </si>
+  <si>
+    <t>[இதனை இமாம் புஹாரி, முஸ்லிம் ஆகிய இருவருமாக பதிவு செய்துள்ளனர்]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/2753</t>
+  </si>
+  <si>
     <t>كانت عكاظ، ومجنة، وذو المجاز أسوَاقًا في الجاهلية، فتأَثموا أن يتجروا في المواسم، فنزلت: ليس عليكم جناح أن تبتغوا فضلًا من ربكم</t>
   </si>
   <si>
     <t>ஜாஹிலிய்யாக் காலத்தில் உகாள் மஜின்னா, துல் மஜாஸ் ஆகியன சந்தைகளாக இருந்தன.(அவற்றில்) ஹஜ்ஜுடைய நாட்களில் வியாபாரம் செய்வதை (நபித் தோழர்கள்) பாவமானதாகக் கருதினார்கள். இது குறித்து (ஹஜ் காலங்களில் வியாபாரத்தின் மூலம்) உங்கள் இரட்சகனின் அருளைத் தேடிக்கொள்வதில் உங்களுக்கு எவ்விதக் குற்றமுமில்லை எனும் வசனம் ஹஜ் காலத்தில் இறங்கியது</t>
   </si>
   <si>
     <t>عن عبد الله بن عباس رضي الله عنهما قال: كانت عُكَاظُ، ومَجِنَّةُ، وذُو المجَازِ أسوَاقَاً في الجاهلية، فَتَأَثَّمُوا أنْ يَتَّجِرُوا في المواسم، فنزلت: {ليس عليكم جناح أن تبتغوا فضلاً من ربكم} "البقرة" (198) في مواسم الحج.</t>
   </si>
   <si>
     <t>ஜாஹிலிய்யாக் காலத்தில் உகாள், மஜின்னா, துல் மஜாஸ் ஆகியன சந்தைகளாக இருந்தன.(அவற்றில்) ஹஜ்ஜுடைய நாட்களில் வியாபாரம் செய்வதை (நபித் தோழர்கள்) பாவமானதாகக் கருதினார்கள் இது குறித்து (ஹஜ் காலங்களில் வியாபாரத்தின் மூலம்) உங்கள் இரட்சகனின்அருளைத் தேடிக்கொள்வதில் உங்களுக்கு எவ்விதக் குற்றமுமில்லை எனும் வசனம் ஹஜ்காலத்தில் இறங்கியது என அப்துல்லாஹ் இப்னு அப்பாஸ் ரழி அறிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>كانت هذه الأماكن أسواقاً للمشركين من قبل الإسلام يُتَاجِرُون فيها في أيام الحج، فخاف الصحابة رضي الله عنهم أن يأثموا إذا تَاجَرُوا فيها في أيام الحج، فأنزل الله هذه الآية ليُبَيِّنَ لهم أنَّ التجارة في موسم الحج لا تُفْسِدُهُ مع أداء النسك على الوجه الشرعي، على أنَّ التجارة في الحج جائزةٌ، لكنَّ الأولى والأحسن التفرغ لأداء نسك الحج، فهذا هو الأفضل.</t>
   </si>
   <si>
     <t>குறித்த அந்த இடங்கள் இணைவைப்பாளர்களுக்கு சொந்தமான சந்தைகளாக இருந்தன.அவைகளில் ஹஜ்ஜுடைய நாட்களில் வியாபாரம் செய்யக் கூடியவர்களாக இருந்தனர்.ஆகவே அவ்விடங்களில் ஹஜ்ஜுடைய நாட்களில்வியாபாரம் செய்வதினால் பாவம் ஏற்படும் என ஸஹாபாக்கள் பயந்தனர்.இதனால் அல்லாஹ் இவ்வசனத்தை இறக்கி ஹஜ்ஜுடைய நாட்களில் ஹஜ்ஜின் கிரியைகளை உரிய முறையில் நிறைவேற்றுவதுடன் வியாபாரம் செய்வது ஹஜ்ஜின் கிரியைகளில் எவ்விதப்பாதிப்பையும் ஏற்படுத்தாது என அவர்களுக்கு தெளிவு படுத்தினான்.அத்துடன் வியாபாரம் செய்வது அனுமதிக்கப்பட்டது என்றாலும் ஹஜ் கிரியைகளில் முழுமையாக ஈடுபடுவதுதான் மிகவும் ஏற்றமானதும் சிறந்த விடயமுமாகும்</t>
   </si>
   <si>
     <t>جَوَازُ التِّجَارة في مَوْسِمِ الحجِّ، وأنها لا تُفْسِدُهُ.
 أسواق الجاهلية لا تمنع من فعل المباح أو فعل الطاعة فيها.
 حِرْصُ الصَّحَابة -رضي الله عنهم- على مجانبة الإثم.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/2755</t>
   </si>
@@ -192,57 +236,91 @@
     <t>'உடலுறவில் ஈடுபடாமல், பாவங்கள் செய்யாமல் ஹஜ் செய்தவர் தனது தாய் அன்று ஈண்டெடுத்த பாலகன் போன்று திரும்புவார்'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதை தான் கேட்டதாக  அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள் : 'உடலுறவில் ஈடுபடாமல், பாவங்கள் செய்யாமல் ஹஜ் செய்தவர் தனது தாய் அன்று ஈண்டெடுத்த பாலகன் போன்று திரும்புவார்'.</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் யார் ஒருவர்  உடலுறவு மற்றும் அதனுடன் தொடர்பான முத்தமிடுதல், இச்சையுடன் தொடுதல் போன்ற ஆரம்ப செயற்பாடுகளில்; ஈடுபடாமலும் பாவமான மற்றும் தவறான காரியங்களை செய்யாமலும் அல்லாஹ்வுக்காகவே ஹஜ் செய்தால் அன்று பிறந்த பாலகனைப் போன்று பாவங்கள் மன்னிக்கப்பட்டவராக வீடு திரும்புவார் எனத் தெளிவு படுத்தியுள்ளார்கள் 
 ஹதீஸில் குறிப்பிடப்பட்ட 'ரபஸ்' என்ற வார்த்தையானது கெட்ட வார்த்தை பேசுதல் என்ற கருத்தையும் குறிக்கும். இங்கு குறிப்பிடப்பட்ட 'வலம் யப்ஸுக்' அதாவது புஸூக் என்பது இஹ்ராம் கட்டடியதும் செய்யக் கூடாத தடுக்கப்பட்ட காரியங்களைக் குறிக்கிறது.  அதாவது ஒரு குழந்தை பாவமற்ற நிலையில் பிறப்பதைப் போன்று தனது ஹஜ்ஜிலிருந்து பாவங்கள் மன்னிக்கப்பட்ட நிலையில் திரும்புவார்.</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>அனைத்து நிலைகளிலும் பாவங்கள் தடுக்கப்பட்டிருந்தாலும் அல்லாஹ்வின் புனித வீட்டில் ஹஜ் வணக்கத்தின் மகிமையைக் கருதி அச்சந்தர்ப்பத்தில் தடை மேலும் வலுயுறுத்தப்படுகின்றது.
 மனிதன் பிறக்கும் போது பாவமற்ற புனிதப்பிறவியாகவே இவ்வுலகில் பிறக்கின்றான், எனவே அவன் பிறருடைய பாவங்களை சுமக்க மாட்டான்.</t>
   </si>
   <si>
-    <t>متفق عليه</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/2758</t>
+  </si>
+  <si>
+    <t>يا رسول الله، نرى الجهاد أفضل العمل، أفلا نجاهد؟ قال: لا، لكن أفضل الجهاد: حج مبرور</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதரே! அறப்போர் புரிவதை மிகச்சிறந்த அமலாக நாம் காண்கின்றோம். நாமும் அறப் போரில் கலந்துகொள்ளட்டுமா? அதற்கு நபியவர்கள் இல்லை, எனினும் அறப்போரில் மிகச்சிறந்தது இறைவனால் ஏற்றுக்கொள்ளப்பட்ட ஹஜ்ஜாகும் எனக் கூறினார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنِينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ».</t>
+  </si>
+  <si>
+    <t>உம்முல் முஃமினீன் ஆயிஷா ரழியல்லாஹு அன்ஹா அவர்கள் கூறுகிறார்கள் : அல்லாஹ்வின் தூதரே! அறப்போர் புரிவதை மிகச்சிறந்த அமலாக நாம் காண்கின்றோம். நாமும் அறப் போரில் கலந்துகொள்ளட்டுமா? அதற்கு நபியவர்கள் இல்லை, எனினும் அறப்போரில் மிகச்சிறந்தது இறைவனால் ஏற்றுக்கொள்ளப்பட்ட ஹஜ்ஜாகும் எனக் கூறினார்கள் .</t>
+  </si>
+  <si>
+    <t>كَانَ الصحابةُ رضيَ الله عنهم يَرون الجهادَ في سبيل الله ومقاتلة الأعداء من أفضل الأعمال، 
+فسألت عائشة رضي الله عنها النبي صلى الله عليه وسلم أنْ يجاهِدْن؟ 
+فأرشَدَهُنَّ صلى الله عليه وسلم إلى أفضل الجهاد في حقِّهن وهو الحج المبرور الموافق للكتاب والسنة، السالم من الإثم والرياء.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் பாதையில் அறப்போர் புரிவதையும், எதிரிகளுடன் போராடுவதையும் நபித்தோழர்கள் சிறந்த அமல்களில் ஒன்றாகக் கருதிக்கொண்டிருந்தனர். அப்பொழுது ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் தாங்(பெண்)களும் அறப்போர் புரியலாமா? என வினவினார்கள்.
+அதற்கு நபியவர்கள், பெண்களுக்கான மிகச் சிறந்த அறப்போர் அல்குர்ஆன் மற்றும் அஸ்ஸுன்னாவின் அடிப்படையில் செய்யப்பட்ட இறைவனால் ஏற்றுக்கொள்ளப்பட்ட ஹஜ்ஜாகும்  அது அல் குர்ஆனுக்கும் அஸ்ஸுன்னாவாகிய  நபி வழிக்கும் முற்றிலும் முழுமையாக தோதுவாக அமைந்து, பாவத்தைவிட்டும் முகஸ்துதியை விட்டும் முற்றாக நீங்கியதாக அமைந்திருத்தல் வேண்டும்.</t>
+  </si>
+  <si>
+    <t>الجهاد مِن أفضل الأعمال للرجال.
+الحجُّ للنِّساء أفضلُ من الجهاد، وهو من أفضل الأعمال لهن.
+الأعمال تتفاضلُ وتتفاوت بحسب العامل.
+سُمِّيَ الحجُّ جهادًا؛ لأنه جهادٌ للنفس، وفيه بذلٌ للمال، وطاقة للبدن، فهو عبادة بدنية ومالية كالجهاد في سبيل الله.</t>
+  </si>
+  <si>
+    <t>அறப்போர் ஆண்களுக்குரிய மிகச்சிறந்த  அமல்களில் ஒன்றாகும்.
+பெண்களுக்கு ஹஜ்ஜு வணக்கம்  அறப்போரைவிடச் சிறந்தது.
+அது அவர்களுக்கே உரிய  மிகச்சிறந்த  அமல்களில்  ஒன்றாகும்.
+அமல்கள் சிறப்பாவதும் இன்னும் ஏற்ற இறக்கம் ஏற்படுவதும்  அமல் செய்யக்கூடியவரின் நிலமைக் கேற்பவாகும்.
+ஹஜ்ஜுக்கு அறப்போர் என  பெயர் கூறக் காரணம் அது உளப்போராட்டமாக அமைகிறதுடன், அதிலே பணச் செலவும் உடல் உழைப்பும் உண்டு. அத்துடன் இறைபாதையில் அறப்போரில் ஈடுபடுவதை போன்று உடற்சார்ந்த வணக்கமாகவும் பணம் சார்ந்த வணக்கமாகவும் அந்த ஹஜ்ஜு வணக்கம் அமைந்திருக்கிறது.</t>
+  </si>
+  <si>
+    <t>[இமாம் புஹாரி இதனைப் பதிவு செய்திருக்கிறார்]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/2759</t>
   </si>
   <si>
     <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
     <t>'பாவங்களில் மிகப்பெரியது குறித்து  உங்களுக்கு  அறிவித்துத் தரட்டுமா?'</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
     <t>அபூபக்ரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'பாவங்களில் மிகப்பெரியது குறித்து  உங்களுக்கு  அறிவித்துத் தரட்டுமா?' என்று மூன்று முறை நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள்  தமது தோழர்களிடம் கேட்டார்கள். அதற்கு அவர்கள்; 'ஆம் அல்லாஹ்வின் தூதரவர்களே!' எனக் கூறினார்கள். அப்போது, 'அல்லாஹ்வுக்கு இணைவைத்தல், பெற்றோரைத் துன்புறுத்தல்' என்று கூறினார்கள். பின்னர் சாய்ந்து கொண்டிருந்த அவர்கள் எழுந்து அமர்ந்து, 'அறிந்து கொள்ளுங்கள்; பொய் பேசுவதும், (மிகப் பெரிய பாவம்தான்)' என்று கூறினார்கள். இந்த வார்த்தையை கூறுவதை நிறுத்த மாட்டார்களா ? என்று நாம் கூறும் அளவுக்கு அவர்கள் திரும்பத் திரும்பச் சொல்லிக் கொண்டேயிருந்தார்கள்.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது தோழர்களுக்கு மிகப் பெரும்பவாங்கள் குறித்து தெரிவித்தார்கள். அதில் அவர்கள் மூன்று பாவங்கள் குறித்து பிரஸ்தாபித்தார்கள் அவை பின்வருமாறு:
 முதலாவது அல்லாஹ்வுக்கு இணைகற்பித்தல் : அதாவது  வணக்க வழிபாடுகளின் வகைகளுள் ஏதாவது ஒன்றை அல்லாஹ் அல்லாத ஒன்றிற்கு சமர்பித்தல்.மேலும் அல்லாஹ்வின் இறைமைத்துவம் (உலூஹிய்யா) , ருபூபிய்யா மற்றும் அவனின் திருநாமங்கள் பண்புகளில் அல்லாஹ்வை அல்லாஹ் அல்லாதவற்றுடன் நிகராக்குதல் போன்றவற்றை இது குறித்து நிற்கிறது.
 இரண்டாவது : பெற்றாருக்கு நோவினை செய்தல் என்பது சொல் மற்றும் செயல் ரீதியான அனைத்து விடயங்கள் மூலமும் பெற்றோரை துன்புறுத்துவதையும் அவர்களுக்கு உபகாரம் செய்யாதிருத்தலையும் குறிக்கிறது.
 பொய் பேசுதல் என்பதில் பொய் சாட்சியம் கூறுவதும் அடங்கியுள்ளது. பொய்ச் பேசுதல் என்பது : ஒருவருடைய பொருளாதாரத்தை உரிமையின்றி சுரண்டுவதற்காகவோ, அவருடைய மானத்தில் அத்துமீறுவதற்காகவோ பொய்யாக சோடிக்கப்பட்ட அனைத்து வித வார்த்தை களையும் உள்ளடக்குகின்ற ஒரு பொதுவான சொற் பிரயோகமாகும்.
@@ -272,114 +350,360 @@
   </si>
   <si>
     <t>இறைத்தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், கூறியதாக உமர் இப்னுல் கத்தாப் ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள். 'உங்களின் மூதாதையரைக் கொண்டு நீங்கள் சத்தியம் செய்வதை அல்லாஹ் உங்களுக்குத் தடை விதிக்கிறான்' என்றார்கள். அல்லாஹ்வின் மீதாணையாக! இவ்வாறு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறக் கேட்டது முதல் நானாகப் பேசும் போதும் சரி; பிறரின் பேச்சை எடுத்துரைக்கும்போதும் சரி; நான் தந்தை பெயரால் சத்தியம் செய்ததில்லை என உமர் ரழியல்லாஹு அன்ஹு கூறுகிறார்கள் .</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أَنَّ اللهَ تعالى يَنهى عن الحَلِف بالآباء، فمَن أراد الحلف فلا يحلف إلا بالله، ولا يحلف بغيره. 
 ثم ذكر عُمَرُ بن الخطاب رضي الله عنه أنَّه لم يحلِفْ بها منذُ سَمِعَ رسولَ الله صلى الله عليه وسلم ينهى عن ذلك، لا مُتعمِّدًا ولا ناقِلًا عن غيرِِه حَلِفَه بغيرِ الله.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் அல்லாஹ் மூதாதையர்களின் மீது சத்தியம் செய்வதை தடுத்ததாக  நபி ஸல்லலல்லாஹுஅலைஹிவஸல்லம் தெரிவிக்கிறார்கள். யார் சத்தியம் செய்ய விரும்புகிறாரோ அவர் அல்லாஹ்வைத்தவிர வேறு எதிலும் சத்தியம் செய்ய வேண்டாம். இந்த செய்தியை உமர் இப்னுல் கத்தாப் ரழியல்லாஹு அன்ஹு அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் கேட்டது முதல் அவர் விரும்பியோ அல்லது பிறரின் செய்தியை உறுதிப்படுத்துவதற்காகவோ அல்லாஹ் அல்லாதவற்றின் மீது சத்தியம் செய்வதை தடுத்துக்கொண்டதாக குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>تحْريمُ الحلِف بغيرِ الله، وخصَّ الحلِف بِالآباء لأنَّه من عاداتِ الجَاهِلِيةِ.
 الحَلِف: هو القَسَم بالله أو بأسماء الله أو بصفات الله على أمر من الأمور لتأكيده.
 فَضِيلةُ عُمَر رضي الله عنه بِسُرْعَةِ امْتِثَالِه وَحُسْنِ فَهْمِهِ وتَوَرُّعِه.</t>
   </si>
   <si>
     <t>அல்லாஹ் அல்லாதவற்றின் மீது சத்தியம் செய்வது ஹராமாகும். இங்கு மூதாதையர்கள் மீது சத்தியம் செய்வது என குறிப்பிட்டு கூறக்காரணம் இது ஒரு ஜாஹிலிய்யாக் கால நடைமுறை என்பதினாலாகும்.
 சத்தியம் செய்தல் என்பது ஏதாவது விடயத்தை உறுதிப்படுத்துவதற்காக அல்லாஹ்வின் மீதோ அல்லது அல்லாஹ்வின் பெயர்களின் மீதோ அல்லது அல்லாஹ்வின் பண்புள் மீதோ சத்தியம் செய்வதைக் குறிக்கும்.
 இறைக்கட்டளைக்கு உடன் கட்டுப்படுதல், சிறந்த முறையில் புரிந்து கொள்ளுதல், பேணுதலைக் கடைப்பிடித்தல் போன்ற விடயங்களில் உமர் ரழியல்லாஹு அவர்களின் தனித்துவத்தையும் சிறப்பையும் இந்த ஹதீஸ் சுட்டிக்காட்டுகிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/2945</t>
   </si>
   <si>
+    <t>أن امرأة وجدت في بعض مغازي النبي صلى الله عليه وسلم مقتولة، فأنكر رسول الله صلى الله عليه وسلم قتل النساء والصبيان</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கலந்து கொண்ட அறப்போர்களில் ஒன்றில் பெண்ணொருத்தி கொல்லப்பட்ட நிலையில் காணப்பட்டாள். அப்போது அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் பெண்களையும் குழந்தைகளையும் கொல்வதைக் கண்டித்தார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُما: أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ.</t>
+  </si>
+  <si>
+    <t>அப்துல்லாஹ் இப்னு உமர் ரழியல்லாஹு அன்ஹுமா அவர்கள் கூறுகிறார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கலந்து கொண்ட அறப்போர்களில் ஒன்றில் பெண்ணொருத்தி கொல்லப்பட்ட நிலையில் காணப்பட்டாள். அப்போது அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் பெண்களையும் குழந்தைகளையும் கொல்வதைக் கண்டித்தார்கள்.</t>
+  </si>
+  <si>
+    <t>رَأى النبيُّ صلى الله عليه وسلم امرأةً مقتولةً في إحدى الغزوات، فأنْكَرَ قَتْلَ النساء والصيبان الصغار الذين لم يبلغوا الحنث.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கலந்து கொண்ட அறப்போர்களில் ஒன்றில் பெண்ணொருத்தி கொல்லப்பட்ட நிலையில் காணப்பட்டாள். அப்போது அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் பெண்களையும்,பருவ வயதை அடையாத குழந்தைகளையும் கொல்வதைக் கண்டித்தார்கள்.</t>
+  </si>
+  <si>
+    <t>مَن لم يقاتل مِن النساء، والصبيان، ومَن في حُكمهم من الشيوخ الفانِيْن والرهبان، فإنهم لا يُقتَلون، ما لم يكن هؤلاء من أصحاب رأي ومساعدة على قتال المسلمين، فإذا كانوا كذلك فإنهم يُقتلون.
+النهي عن قتل النساء والصبيان؛ لأن هؤلاء لا يُقاتلون المسلمين، والمقصود من الجهاد في سبيل الله تعالى كَسْر شوكة المقاتلين فقط؛ حتى تصل دعوة الحق إلى الناس أجمعين.
+رحمة النبي صلى الله عليه وسلم حتى في الغزوات والحروب.</t>
+  </si>
+  <si>
+    <t>போரில் பங்கேற்காத பெண்கள் மற்றும் குழந்தைகள், அதே போல் அதே சூழ்நிலையில் உள்ள முதியவர்கள் மற்றும் துறவிகள் (ஆசிரமங்களில் வசிப்பவர்கள்) போர்களில் கொல்லப் படக்கூடாது. ஆனால் அவர்கள் போர் திட்டமிடுபவர்களாகவோ அல்லது முஸ்லிம்களுக்கு எதிரான போரில் உதவியாளர்களாகவோ இருந்தால், அவர்கள் கொல்லப்படலாம்.
+போரில் பெண்களையும் குழந்தைகளையும் கொல்வது தடைசெய்யப்பட்டுள்ளது. ஏனென்றால் அவர்கள் போரில் பங்கேற்பாளர்கள் அல்லர். அல்லாஹ்வின் பாதையில் போர் மற்றும் ஜிஹாத் செய்வதன் நோக்கம்;, இஸ்லாத்திற்கு எதிராகப் போராடுபவர்களின் பலத்தை குன்றச் செய்து, அதன் மூலம் சத்திய மார்க்கம் இஸ்லாத்தின் செய்தியை அனைவருக்கும் கொண்டு செல்வதாகும்.
+போர்கள் மற்றும் மோதல்களின் போது கூட நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கடைப்பிடித்த கருணையின் வெளிப்பாட்டை இந்த ஹதீஸ் குறிப்பிடுகின்றமை.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/2949</t>
+  </si>
+  <si>
+    <t>نهى عن النذر، وقال: إنه لا يأتي بخير، وإنما يستخرج به من البخيل</t>
+  </si>
+  <si>
+    <t>நேர்ச்சை செய்ய வேண்டாமென்று தடை விதித்தார்கள். நோர்ச்சையானது (அல்லாஹ் விதித்தவை தவிர) எந்த நன்மையையும் கொண்டு வரமாட்டாது. இதனால் கஞ்சர்களிடமிருந்து (செல்வம்) வெளியே கொண்டு வரப்படும் (என்பதைத் தவிர வேறு பயன் இல்லை)</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ».</t>
+  </si>
+  <si>
+    <t>இப்னு உமர் ரழியல்லாஹு அன்ஹுமா அவர்கள் அறிவிக்கிறார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் நேர்ச்சை செய்ய வேண்டாமென்று தடை விதித்தார்கள். நோர்ச்சையானது (அல்லாஹ் விதித்தவை தவிர) எந்த நன்மையையும் கொண்டு வரமாட்டாது. இதனால் கஞ்சர்களிடமிருந்து (செல்வம்) வெளியே கொண்டு வரப்படும் (என்பதைத் தவிர வேறு பயன் இல்லை).</t>
+  </si>
+  <si>
+    <t>نَهَى صلى الله عليه وسلم عن النذر، وهو أنْ يُوجِبَ الإنسان على نفسه شيئًا لم يُلزِمْه به الشَّارعُ، وقال: بأنّ النذر لا يقدِّم شيئًا ولا يؤخِّره، وإنما يُستخرج به من البخيل الذي لا يفعل إلا الواجب عليه، وأنَّ النذر لا يأتي بشيء لم يكن قد قدِّر له.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் நேர்ச்சை செய்வதை தடைசெய்தார்கள். நேர்ச்சை என்பது மார்க்கரீதியாக கட்டாயப்படுத்தாத ஒன்றை தான் செய்வதாக ஒருவர் தன்மீது கடமையாக்கிக்கொள்ளும் ஒரு விடயமாகும். தொடர்ந்து நபியவர்கள் குறிப்பிடுகையில் : நேர்ச்சையானது அல்லாஹ் விதித்த எதனையும் முற்படுத்தவோ பிற்படுத்தவோ மாட்டாது. மாறாக தனக்குத் தேவையானதை மாத்திரமே செய்யும் கஞ்சனின் செல்வத்தை மாத்திரமே  அது வெளிப்படுத்துகிறது. மொத்தத்தில் நேர்ச்சையானது அல்லாஹ் ஏற்கனவே நிர்ணயித்த –விதித்தத் தவிர எதனையும் கொண்டு வரப் போவதில்லை.</t>
+  </si>
+  <si>
+    <t>لا يُشرع النذر، لكن إذا نَذَرَ وَجَب عليه الوفاء به إن لم يكن معصية.
+العلة في النهي (أنه لا يأتي بخير)؛ لأنه لا يَردُّ من قضاء الله شيئًا؛ ولئلا يَظن الناذِر أن حصول طلبه كان بسبب النذر، والله تعالى غني عن ذلك.
+قال القرطبي: هذا النهي محلُّه أن يقول مثلًا: إن شفى الله مريضي فعليَّ صدقة كذا، ووجه الكراهة أنه لما وقَف فِعْلَ القُربة المذكور على حصول الغرض المذكور، ظهر أنه لم يَتَمَخَّض له نية التقرُّب إلى الله تعالى لِما صَدَر منه بل سلك فيها مسلك المعاوضة، ويوضِّحه أنه لو لم يشفِ مريضه لم يتصدّق بما علَّقه على شفائه، وهذه حالة البخيل، فإنه لا يُخرج من ماله شيئًا إلا بعوضٍ عاجل يزيد على ما أخرج غالبًا.</t>
+  </si>
+  <si>
+    <t>இஸ்லாத்தில் நேர்ச்சை செய்வது மார்க்கரீதியாக ஊக்குவிக்கப்படவில்லை. ஆனால் ஒருவர் நேர்ச்சை செய்து அது பாவகரியமாக இல்லாதிருந்தால் அதை நிறைவேற்றுவது கடமையாகும்.
+நேர்ச்சைகளைத் தடை செய்வதற்கான காரணத்தை நபி (ஸல்) அவர்கள் விளக்கியுள்ளார்கள். அவர் கூறினார்: 'நேர்ச்சை எந்த நன்மையையும் தராது.' ஏனெனில் நேர்ச்சையானது அல்லாஹ்வின் விதியை மாற்ற முடியாது. அத்துடன் நேர்ச்சை செய்தவர்; தனது நேர்ச்சையின் காரணமாகவே தேவை நிறைவேறியது என்ற வாய்ப்பு காணப்படுகிறது. இதை விட்டும் அல்லாஹ் தேவையற்றவன்.
+குர்துபி (ரஹ்) அவர்கள் கூறுகிறார்கள்: 'நபி (ஸல்) அவர்கள் தடை செய்த ஒரு வகை நேர்ச்சைக்கு உதாரணம், 'எனது நோய் குணமாகிவிட்டால், நான் இவ்வளவு தர்மம் செய்வேன்' என்று கூறுவதாகும்.'
+இவ்வாறு நேர்ச்சை செய்வது கூடாது என்பதற்கான காரணம் ஒரு நல்ல செயலைச் செய்வதன் ஊடாக ஒரு குறிப்பிட்ட நோக்கத்தை அடைவதையே அவரின் செயல் காட்டுகிறது இந்த வகையில் அவரின் நற்செயலானது இதயசுத்தியத்துடன் தூய்மையாக செய்யப்பட்டதல்ல. மாறாக அவர் நிபந்தனையிட்டு தனது காரியத்தை அடையும் வழிமுறையை கைக்கொள்கிறார். இன்னும்; கூறுவதாயின்  குறிப்பிட்ட நற்காரியத்தை அவரது நோய் குணமாகியிருக்கா விட்டால், அவர் செய்திருக்க மாட்டார் என்பதை நாம் கருத்தில் கொள்ளும் போது இது இன்னும் தெளிவாகிறது. இது உலோபியின்; வழிமுறை 'அதாவது உலோபிகள் தாம்; செலவழித்ததற்கு ஈடாக ஒரு உறுதியான நலன் கிடைக்காது இருந்தால், அவர்கள் தங்கள் செல்வத்திலிருந்து எதையும் கொடுக்கத் தயாராக இருக்க மாட்டார்கள்.'</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/2960</t>
+  </si>
+  <si>
+    <t>إني والله إن شاء الله لا أحلف على يمين، فأرى غيرها خيرا منها، إلا كفرت عن يميني، وأتيت الذي هو خير</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் மீதாணையாக! நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் தரமாட்டேனென்று சத்தியம் செய்த பிறகு இவற்றை நாம் வாங்கிச் சென்றால் இவற்றில் நமக்கு வளம் (பரக்கத்) ஏற்படாதே! என்று கூறினார்கள். ஆகவே, நாங்கள் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களிடம் (திரும்பவும்) சென்று, அவர்களுக்கு அதை நினைவு படுத்தினோம். அப்போது அவர்கள், 'நான் உங்களை ஒட்டகத்தில் ஏற்றி அனுப்பவில்லை; மாறாக, அல்லாஹ்தான் உங்களை (அதில்) ஏற்றி அனுப்பினான். அல்லாஹ்வின் மீதாணையாக! அவன் நாடினால், நான் இனிமேல் ஏதேனும் ஒரு சத்தியம் செய்து, பிறகு அதுவல்லாத வேறொன்றை அதைவிடச் சிறந்ததாகக் கருதும் பட்சத்தில் சிறந்ததையே செய்வேன்; சத்தியத்தை முறித்ததற்காகப் பரிகாரம் செய்து விடுவேன்' என்று சொன்னார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي رَهْطٍ مِنَ الأَشْعَرِيِّينَ أَسْتَحْمِلُهُ، فَقَالَ: «وَاللَّهِ لاَ أَحْمِلُكُمْ، مَا عِنْدِي مَا أَحْمِلُكُمْ» ثُمَّ لَبِثْنَا مَا شَاءَ اللَّهُ فَأُتِيَ بِإِبِلٍ، فَأَمَرَ لَنَا بِثَلاَثَةِ ذَوْدٍ، فَلَمَّا انْطَلَقْنَا قَالَ بَعْضُنَا لِبَعْضٍ: لاَ يُبَارِكُ اللَّهُ لَنَا، أَتَيْنَا رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَسْتَحْمِلُهُ فَحَلَفَ أَنْ لاَ يَحْمِلَنَا فَحَمَلَنَا، فَقَالَ أَبُو مُوسَى: فَأَتَيْنَا النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَذَكَرْنَا ذَلِكَ لَهُ، فَقَالَ: «مَا أَنَا حَمَلْتُكُمْ، بَلِ اللَّهُ حَمَلَكُمْ، إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ».</t>
+  </si>
+  <si>
+    <t>அபூமூஸா அல்அஷ்அரீ ரழியல்லாஹு அன்ஹு அவர்கள் கூறியதாவது: நான் (என்) அஷ்அரீ குலத்தாரில் ஒரு குழுவினருடன் அல்லாஹ்வின் தூதர் (ஸல்) அவர்களிடம் சென்று (எங்களையும் எங்கள் பயணச் சுமைகளையும்) சுமந்து செல்ல (ஒட்டகங்கள் ஏற்பாடு) செய்யும்படி கேட்டேன். அப்போது நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள், அல்லாஹ்வின் மீதாணையாக! நான் உங்களை (ஒட்டகத்தில்) ஏற்றியனுப்ப முடியாது. ஏனெனில், உங்களை ஏற்றியனுப்பத் தேவையான (வாகன) ஒட்டகங்கள் என்னிடம் (தற்போது கைவசம்) இல்லை என்று சொன்னார்கள். பிறகு அல்லாஹ் நாடிய நேரம்வரை நாங்கள் (அங்கேயே) இருந்தோம். பின்பு சில ஒட்டகங்கள் கொண்டுவரப்பட்டன. அவற்றில் மூன்று ஒட்டக மந்தைகளை எங்களுக்கு வழங்கும்படி ஆணையிட்டார்கள். (அவற்றில் ஏறி) நாங்கள் சென்றபோது, எங்களில் சிலர் சிலரிடம்,  நபி ஸல் ஸல்லல்லாஹு அலைஹி வஸல்லம்  அவர்களிடம் நம்மைச் சுமந்து செல்ல ஒட்டகங்கள் ஏற்பாடு செய்யும்படி கேட்டோம். அவ்வாறு நம்மை ஏற்றியனுப்பத் தம்மால் இயலாது என நபியவர்கள் சத்தியம் செய்து கூறினார்கள். பிறகு, நாம் ஏறிச்செல்ல ஒட்டகங்கள் வழங்கினார்கள். அல்லாஹ்வின் மீதாணையாக! நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் தரமாட்டேனென்று சத்தியம் செய்த பிறகு இவற்றை நாம் வாங்கிச் சென்றால் இவற்றில் நமக்கு வளம் (பரக்கத்) ஏற்படாதே! என்று கூறினார்கள். ஆகவே, நாங்கள் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களிடம் (திரும்பவும்) சென்று, அவர்களுக்கு அதை நினைவு படுத்தினோம். அப்போது அவர்கள், 'நான் உங்களை ஒட்டகத்தில் ஏற்றி அனுப்பவில்லை; மாறாக, அல்லாஹ்தான் உங்களை (அதில்) ஏற்றி அனுப்பினான். அல்லாஹ்வின் மீதாணையாக! அவன் நாடினால், நான் இனிமேல் ஏதேனும் ஒரு சத்தியம் செய்து, பிறகு அதுவல்லாத வேறொன்றை அதைவிடச் சிறந்ததாகக் கருதும் பட்சத்தில் சிறந்ததையே செய்வேன்; சத்தியத்தை முறித்ததற்காகப் பரிகாரம் செய்து விடுவேன்' என்று சொன்னார்கள்.</t>
+  </si>
+  <si>
+    <t>يُخبِرُ أبو موسى الأشعري رضي الله عنه أنه أتى رسولَ الله صلى الله عليه وسلم ومعه جماعة من قبيلته، وكان غرضُهم أنْ يُعطيَهم النبيُّ صلى الله عليه وسلم إبلًا يركبونها؛ للتمكُّن من المشاركة في الجهاد، فأقسم عليه الصلاة والسلام ألّا يَحملَهم، وليس عنده ما يحملُهم عليه، 
+فرجعوا ومَكثوا مدةً ثم جاءت للنبي عليه الصلاة والسلام إبلٌ ثلاث، فأرسل بها إليهم، فقال بعضهم لبعض: لا يبارك الله لنا في هذه الإبل؛ لأنَّ النبي صلى الله عليه وسلم حلف ألّا يحملَنا، فأتوه وسألوه، 
+فقال عليه الصلاة والسلام: الذي حَملَكم هو الله تعالى؛ لأنه الذي وفَّق ورزق، وإنما أنا سببٌ جَرى ذلك على يدي، 
+ثم قال صلى الله عليه وسلم: إني والله إن شاء الله لا أحلف على شيء أنْ أفعلَه أو أن أتركَه، وأرى أنّ غير ذلك المحلوف خيرٌ منه وأفضل، إلّا فعلت الأفضل وتركت المحلوف عليه، وكفَّرت عن يميني.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதரிடம் தனது கோத்திரத்தைச் சேர்ந்த ஒரு குழுவுடன் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்தது குறித்து அபூமுஸா அல் அஷ்அரீ ரழியல்லாஹு அன்ஹு இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். ஜிஹாதில் கலந்து கொள்வதற்கு அவர்களை ஏற்றிச்செல்ல ஒரு ஒட்டகத்தை வழங்குமாறு கோரியே நபியவர்களிடம் அவர்கள் சென்றார்கள். அப்போது நபியவர்கள் தன்னிடம் அவர்களை ஏற்றிச்செல்வதற்கான ஒட்டகம் இல்லையென்பதால் அவர்களை ஏற்றிச்செல்ல முடியாது என சத்தியம் செய்தார்கள். உடனே அவர்கள் திரும்பிச்சென்று சற்று நேரம் தாமதித்துக் காத்திருந்தார்கள். பின் நபியவர்களுக்கு மூன்று ஓட்டகைகள் கிடைத்தன அவற்றில் ஒன்றை  அவர்களுக்கு நபியவர்கள் அனுப்பி வைத்தார்கள். அப்போது அவர்களில் சிலர் மற்றவர்களிடம் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தங்களை ஏற்றிச் செல்லமாட்டோம் என சத்தியம் செய்திருப்பதால் இந்த ஒட்டகத்தில் அல்லாஹ் பரக்கத் செய்ய மாட்டான் என்று கூறினார்கள். உடனே அவர்கள் நபியவர்களிடம் வந்து இது குறித்து விசாரிக்கவே, நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் உங்களை ஏற்றி அனுப்புபவன் அல்லாஹ். ஏனெனில் அவனே அதற்கான நல்வாய்ப்பை தந்து அதற்கான வசதியை ஏற்படுத்தினான். என்னைப் பொறுத்தவரை நான் இது நிகழ்வதற்கான ஒரு காரணமாகவே உள்ளேன் என்றும் குறிப்பிட்டார்கள். தொடர்ந்தும் அவர்கள் குறிப்பிடுகையில் , அல்லாஹ்வின் மீது ஆணையாக, அல்லாஹ் நாடினால், நான் ஒரு விஷயத்தைச் செய்வதாகவோ அல்லது கைவிடுவதாகவோ சத்தியம் செய்துவிட்டு, சத்தியம் செய்ததை விட மிக சிறந்த ஒன்றை  காணும் பட்டசத்தில்  சத்தியம் செய்ததை விட்டுவிட்டு  மிகச் சிறந்ததை தேர்வு செய்து விட்டு என் சத்தியத்திற்கான பரிகாரத்தை செய்வேன் என்று கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>جواز الحَلِفِ من غير اسْتحلافٍ؛ لِتَأْكيد الخبر ولو كان مُسْتَقْبَلًا.
+جواز الاستثناء بقولِه "إن شاء الله "بعد اليمين، وأنّ الاستثناء إذا نوي مع اليمين، وكان متصلًا بها فلا يجب على من حنث بيمينه كفارة.
+الترغيب في مخالفة اليمين إذا رأى غيرها خيرًا منها، ويكفِّر عن يمينه.</t>
+  </si>
+  <si>
+    <t>எதிர்காலத்துடன் தொடர்புடையதாக இருந்தாலும் கூட, சில தகவல்களை உறுதிப்படுத்துவதற்காக, கேட்கப்படாமலேயே சத்தியம் செய்வது அனுமதிக்கப்படுகிறது.
+சத்தியம் செய்த பிறகு 'அல்லாஹ் நாடினால்' என்ற சொற்றொடரைக் கொண்டு விதிவிலக்கு அளிக்க அனுமதிக்கப்படுகிறது. விதிவிலக்கு நோக்கமாகக் கொண்டு சத்தியத்துடன் தொடர்புடையதாக இருந்தால், சத்தியம் மீறப்பட்டால் எந்தப் பரிகாரமும் செய்ய வேண்டியதில்லை.
+ஒரு முஸ்லிம் சத்தியம் செய்த விடயத்தை விட சிறந்த தேர்வைக் கண்டால் தனது சத்தியத்தை மீறவும், தனது சத்தியத்திற்குப் பரிகாரம் செய்யவும் ஆர்வமூட்டப்பட்டிருத்தல்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/2961</t>
+  </si>
+  <si>
     <t>أول ما يقضى بين الناس يوم القيامة في الدماء</t>
   </si>
   <si>
     <t>மறுமை நாளில் (மனித உரிமைகள் தொடர்பான வழக்குகளில்) முதல்முதலாக மனிதர்களிடையே வழங்கப்படும் தீர்ப்பு கொலைகள் தொடர்பானதாகத் தான் இருக்கும்</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் கூறியதாக அப்துல்லாஹ் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் 
 அறிவிக்கிறார்கள். மறுமை நாளில் (மனித உரிமைகள் தொடர்பான வழக்குகளில்) முதல்முதலாக மனிதர்களிடையே வழங்கப்படும் தீர்ப்பு கொலைகள் தொடர்பானதாகத் தான் இருக்கும்.</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>மறுமை நாளில் மனிதர்களுக்கு மத்தியில் நிகழ்ந்த, அநியாயம் தொடர்பில் கொலை மற்றும் காயப்படுத்தியமை பற்றியே  முதலாவாதாக தீர்ப்பளிக்கப்படும் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
     <t>மறுமையில் விசாரிக்கப்படும் குற்றங்கள் தொடர்பான விடயங்களில் மிகப்பிரதானமான ஒன்று என்றவகையில் கொலைக்குற்றத்திற்கு முன்னுரிமை அளித்ததானது இதன் பாரதூரத்தன்மையை விளக்கப் போதுமான ஒன்றாகும்.
 பாவங்களின் கனதியானது, அதனால் ஏற்படும் விளைவைப் பொறுத்ததாகும். அந்த வகையில் அப்பாவித்தனமான உயிர்களை பறிப்பது மிகப்பெரும் கொடுமையாகும். இதனை விடவும் மிகவும் கொடுமை நிறைந்ததாக இறைநிராகரிப்பும், இணைவைப்பும் காணப்படுகின்றன.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/2962</t>
+  </si>
+  <si>
+    <t>من قاتل لتكون كلمة الله هي العليا، فهو في سبيل الله</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் வார்த்தை மேலோங்கி உயர் நிலையில் இருக்க வேண்டும் என்பதற்காக போர் புரிகின்றாறோ அவர் அல்லாஹ்வின் பாதையில் உள்ளார் என்றார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى رضي الله عنه قَالَ: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الرَّجُلِ يُقَاتِلُ شَجَاعَةً، وَيُقَاتِلُ حَمِيَّةً، وَيُقَاتِلُ رِيَاءً، أَيُّ ذَلِكَ فِي سَبِيلِ اللهِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ».</t>
+  </si>
+  <si>
+    <t>அபூ மூஸா ரழியல்லாஹு அன்ஹுஅவர்கள் அறிவிக்கிறார்கள் : அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களிடம் பின் வரும் விடயம் பற்றி வினவப்பட்டது ஒரு மனிதர் தான் ஒரு வீரன் என்பதற்காக யுத்தம் புரிகின்றார். இன்னொருவர் இனமாச்சரியத்திற்காக யுத்தம் புரிகின்றார். மற்றவர் முகஸ்துதிக்காக யுத்தம் புரிகின்றார். இவர்களில் யார்  அல்லாஹ்வின் பாதையில் உள்ளார்? அதற்கு  அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள்:
+அல்லாஹ்வின் வார்த்தை மேலோங்கி உயர் நிலையில் இருக்க வேண்டும் என்பதற்காக போர் புரிகின்றாறோ அவர் அல்லாஹ்வின் பாதையில் உள்ளார் என்றார்கள்.</t>
+  </si>
+  <si>
+    <t>سُئلَ النبيُّ صلى الله عليه وسلم عن اختلاف مقاصد المقاتلين؛ مَن قاتَل شجاعة أو حَميَّة أو ليرى مكانه من الناس أو غير ذلك، أيُّها في سبيل الله؟ 
+فأخبرَ النبيُّ صلى الله عليه وسلم أن المقاتل في سبيل الله هو: مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களிடம் யுத்தம் புரிபவர்களின் மாறுபட்ட நோக்கங்கள் பற்றி வினவப்பட்டது. அதாவது தான் ஒரு வீரன் என்பதற்காக யுத்தம் புரிபவர். இன்னொருவர் இனமாச்சிரியத்திற்காக யுத்தம் புரிபவர். மற்றவர் முகஸ்துதிக்காகவும் புகழுக்காகவும் யுத்தம் புரிபவர். இவர்களில் யார்  அல்லாஹ்வின் பாதையில் உள்ளார்? அப்போது நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள்:  யார் அல்லாஹ்வின் வார்த்தை மேலோங்கி உயர் நிலையில் இருக்க வேண்டும் என்பதற்காக போர் புரிகின்றாறோ அவர் அல்லாஹ்வின் பாதையில் உள்ளார் என்றார்கள்.</t>
+  </si>
+  <si>
+    <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
+إذا كان القصد من الجهاد إعلاء كلمة الله، وانضم إليه قصد آخر مشروع كالحصول على المغنم، فإنه لا يضر أصلَ نيته.
+مدافعة الأعداء عن الأوطان والحرمات من القتال في سبيل الله.
+الفضل الوارد في المجاهدين يختص بمن قاتل لتكون كلمة الله تعالى هي العليا.</t>
+  </si>
+  <si>
+    <t>அமல்களில் அங்கீகரிக்கப்பட்ட  அமல்கள் அங்கீகரிக்கப்படாத அமல்கள் என்பதற்குரிய அடிப்படையாக நிய்யத்து எனும் நோக்கம் நாட்டம், மேலும் செய்யபடும் அமல் உளத்தூய்மையோடு அல்லாஹ்வுக்காக மாத்திரம் நிறைவேற்றப்படக் கூடியதாக அமைதல் வேண்டும் என்பதாகும்.
+அறப்போரில் ஈடுபடும் ஒருவரின் 'நிய்யத' நோக்கம்   அல்லாஹ்வின் வார்த்தை- தவ்ஹீத்- மேலோங்கி உயர் நிலையில் இருக்க வேண்டும் என்பதாக இருந்து இஸ்லாமிய மார்க்கத்தில் அனுமதிக்கப்பட்ட வேறொரு நோக்கமுமிருந்தால் உதாரணமாக 'கனீமத்' யுத்த வெற்றிற்குப்பின் எதிரிகள் விட்டுச் சென்ற பொருட்களை பங்கீடு செய்யப்படும் போது தாமும் அதிலிருந்து பங்கு பெறும் நோக்கோடு இருப்பின் அது அவரது அடிப்படை 'நிய்யத்';   நோக்கத்துக்கு எவ்வித பாதிப்பையும் ஏற்படுத்த மாட்டாது.
+தாய் நட்டையும், புனித தளங்களையும் எதிரிகளிலிருந்தும் பாதுகாப்பதற்காக போராடுவது  அல்லாஹ்வின் பாதையில் அறப்போரில் -அல்லாஹ்வின் பாதையில் போராடுவதில் - உள்ளதாகும்.
+அறப்போரில் கலந்து கொள்பவர்கள் பற்றி வந்திருக்கக்கூடிய சிறப்புகள் அனைத்தும் அல்லாஹ்வின்வார்த்தை மேலோங்கி உயர் நிலையில் இருக்க வேண்டும் என்பதற்காக போராடுகின்றவர்களையே குறிக்கும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/2969</t>
+  </si>
+  <si>
+    <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
+  </si>
+  <si>
+    <t>நீங்கள் சாதாரண பட்டையோ அலங்காரப்பட்டையோ அணிய வேண்டாம். தங்கப் பாத்திரத்திலோ வெள்ளிப் பாத்திரத்திலோ குடிக்க வேண்டாம். அவ்விரண்டின் தட்டுகளில்; நீங்கள் சாப்பிட வேண்டாம். ஏனெனில் அவை இவ்வுலகில் அவர்களுக்குரியதும், மறுமையில் எங்களுக்குரியதுமாகும்</t>
+  </si>
+  <si>
+    <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
+  </si>
+  <si>
+    <t>அப்துர் ரஹ்மான் இப்னு அபீலைலா அவர்கள்அறிவிக்கிறார்கள்:    
+ஹுதைபா ரழியல்லாஹு அன்ஹு அவர்களிடம் நாம் இருந்தோம். அப்பொழுது அவர்கள் பருகுவதற்கு தண்ணீ|ர் கேட்டார்கள். நெருப்பு வணங்கி ஒருவன் தண்ணீர் கொண்டு வந்து கோப்பையை அவர்களின் கையில் வைக்க உடனே அக்கோப்பையை தண்ணீருடன் எறிந்து விட்டுக் கூறினார்கள், பல விடுத்தங்கள் அவனைத் தடுத்தும் இதனைச் செய்கிறானே என அங்கலாய்த்தவர்களாக இது நான் செய்யவில்லை என்றாலும் நபி ஸல்ல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுவதை நான் செவி மடுத்தேன்: "நீங்கள் சாதாரண பட்டையோ அலங்காரப்பட்டையோ அணிய வேண்டாம். தங்கப் பாத்திரத்திலோ வெள்ளிப் பாத்திரத்திலோ குடிக்க வேண்டாம். அவ்விரண்டின் தட்டுகளில்; நீங்கள் சாப்பிட வேண்டாம். ஏனெனில் அவை இவ்வுலகில் அவர்களுக்குரியதும், மறுமையில் எங்களுக்குரியதுமாகும்".</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
+ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
+وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
+وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லஹு அலைஹி வஸல்லம் அவர்கள் எல்லாவகையான பட்டு அணிவதை விட்டும் ஆண்களை தடை செய்தார்கள். தங்கப் பாத்திரத்திலோ, வெள்ளிப் பாத்திரத்திலோ தங்கம் வெள்ளி பைகளிலோ சாப்பிடுவதை குடிப்பதை விட்டும் ஆண்களையும் பெண்களையும் தடை செய்தார்கள். மறுமை நாளில் அவை முஃமின்களுக்கே பிரத்தியேகமானது என நபியவர்கள் கூறினார்கள்;
+ஏனெனில் அவர்கள் அல்லாஹ்வின் ஆணைக்கு கட்டுப்பட்டு இவ்வுலகில் அவற்றைப் பயன்படுத்துவதை விட்டும் தவிர்ந்து கொண்டனர். ஆனால்  நிராகரிப்பாளர்களாகிய கபிர்களுக்கு மறுமையில் அவை  கிடையாது. ஏனெனில் அவர்கள் அல்லாஹ்வின் கட்டுப்பாட்டை மீறி அவர்களின் இவ்வுலக வாழ்விலே தடை செய்யப்பட்டவைகளை பயன்படுத்தி அல்லாஹ்வின் கட்டளைக்கு மாறு செய்தனர்.</t>
+  </si>
+  <si>
+    <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
+يباح للنساء لبسُ الحرير والديباج.
+تحريم الأكل والشرب في صحاف الذهب والفضة وآنيتهما على الذكور والإناث.
+تغليظ حذيفة رضي الله عنه في الإنكار، وعلل ذلك بأنَّه نهاه أكثَرَ مِن مَرَّةٍ عن استعمالِ آنِيَةِ الذَّهَبِ والفِضَّةِ، لكنَّه لَمَّا لم يَنْتَهِ.</t>
+  </si>
+  <si>
+    <t>சாதாரணபட்டும் அலங்காரப்பட்டும்  அணிவது ஆண்களுக்கு ஹராமாகும். மேலும் அதை அணிந்தவனுக்கு கடும் எச்சரிக்கை செய்யப்பட்டுள்ளது.
+சாதாரண பட்டு மற்றும் அலங்காரப்பட்டு  அணிவது பெண்களுக்கு அனுமதிக்கப்படும்.
+தங்கம் வெள்ளித் தட்டுகளில் சாப்பிடுதல்,                                மற்றும் அப்பாத்திரங்களில் குடித்தல் ஆண் பெண் இரு பாலர் மீதும் ஹராமாக்கப்பட்டுள்ளது.
+ஹுதைபா ரழியல்லாஹு அன்ஹு தடுக்கிற விடயத்தில் மிகவும் கடுமையாக நடந்து கொண்டதற்குரிய காரணம்: அவர்கள் பல விடுத்தம் - தம்பணியாளனாகிய அந்த மஜூஸிக்கு- தங்கம் வெள்ளிப் பாத்திரங்களைப் பயன்படுத்தக் கூடாது  எனத் தடுத்திருந்தும் இதுவரை அவன் தவிர்ந்து  கொள்ளவில்லை என்பதினாலாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/2985</t>
+  </si>
+  <si>
+    <t>من لبس الحرير في الدنيا لم يلبسه في الآخرة</t>
+  </si>
+  <si>
+    <t>(ஆண்களில்) யார் இம்மையில் பட்(டா)டை அணிகிறாரோ அவர் மறுமையில் அதை அணிய மாட்டார்'</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக உமர் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : (ஆண்களில்) யார் இம்மையில் பட்(டா)டை அணிகிறாரோ அவர் மறுமையில் அதை அணிய மாட்டார்'</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه مَن لَبس الحريرَ من الرجال في الدنيا لم يَلبَسها في الآخرة إذا لم يتب عقابًا له.</t>
+  </si>
+  <si>
+    <t>இவ்வுலகில் ஆண்களில் பட்டாடை அணிபவர் மறுமையில் அதனை அணியமாட்டார் என இந்த ஹதீஸில் நபியவர்கள் தெளிவுபடுத்துகிறார்கள். ஒருவர் பட்டாடை அணிந்து அதற்காக தௌபா –பாவமீட்சி கோராது விட்டால் அவறுக்கான மறுமையின் தண்டனை இதுவாகும்.</t>
+  </si>
+  <si>
+    <t>المَقصود بالحرير الحرير الخالِص الطبيعي، أما الحرير الصناعي فلا يشمله الحديث.
+ تحريم لبس الحرير على الرجال.
+النهي عن لبس الحرير يعم لُبسه وافتراشه.
+يسمح للرجال ببعض الحرير في الثياب بما لا يُجاوِز عرضُه إصبعين إلى أربعة أصابع تتخذ أعلامًا أو حاشية للثوب.</t>
+  </si>
+  <si>
+    <t>இங்கு பட்டாடை என்பது இயற்கையான தூய்மையான பட்டையே குறிக்கிறது செயற்கை பட்டை குறிக்காது.
+ஆண்கள் பட்டாடை அணிவது ஹராமாகும்
+பட்டாடை அணிதல் தடுக்கப்பட்டிருத்தல் என்பது அதனை ஆடையாக, விரிப்பாக பயன்படுத்துவதனையும் உள்ளடக்கும்.
+ஆண்கள் தங்கள் ஆடைகளில் இரண்டு அல்லது நான்கு விரல்கள் அளவுக்கு அகலமான பட்டுத் துணியை மாத்திரம் பயன்படுத்த அனுமதிக்கப் படுகிறார்கள், அதை ஆடையின் குறியீடாகவோ அல்லது ஆடையின் ஒரத்திற்கு அலங்காரமாகவோ பயன்படுத்தலாம்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/2986</t>
   </si>
   <si>
     <t>من حمل علينا السلاح فليس منا</t>
   </si>
   <si>
     <t>யார் எமக்கெதிராக ஆயுதமேந்துகிறாரோ அவர் எம்மைச் சார்ந்தவரல்லர்'</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ மூஸா அல் அஷ்அரி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள்: யார் எமக்கெதிராக ஆயுதமேந்துகிறாரோ அவர் எம்மைச் சார்ந்தவரல்லர்'</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>முஸ்லிம்களை அச்சுருத்தி அவர்களின் சொத்துக்களை கொள்ளையடிப்பதற்காக முஸ்லிம்களுக்கெதிராக ஆயுதமேந்துவதை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எச்சரிக்கிறார்கள். யார் ஒருவர் எவ்வித நியாயமான காரணங்கள் ஏதுமின்றி இவ்வாறு செய்கிறானோ அவன் பெரும்பாவங்களில் ஒன்றை செய்தவனாவான். அவன் இந்த எச்சரிக்கைக்கு தகுதியானவனாக மாறி விடுகிறான்.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
   </si>
   <si>
     <t>தனது சகோதர முஸ்லிமுடன் போராடுதல் சண்டை சச்சரவில் ஈடுபடுபடுதலுக்கான கடுமையான எச்சரிக்கை இந்த ஹதீஸில் குறிப்பிடப்பட்டிருத்தல்.
 இப்பூமியில் நிகழும் மிகப்பெரும் சீர்கேடு மற்றும் தீமை முஸ்லிம்களுக்கெதிராக ஆயுதமேந்துவதும் கொலை செய்வதுமாகும்.
 ஹதீஸில் குறிப்பிடப்பட்ட எச்சரிக்கையானது அத்து மீறி நடக்கும் குழப்பவாதிகள், மற்றும் வரம்பு மீறி செயற்படுவோர் போன்றோருக்கு எதிராக,  நியாயமான காரணத்தினடிப்படையில் ஆயுதமேந்தி போராடுவதை உள்ளடக்கமாட்டாது.
 வேடிக்கைக்காகக் கூட முஸ்லிம்களை ஆயுதங்கள் போன்றவற்றால் அச்சுறுத்துவது ஹராமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/2997</t>
   </si>
   <si>
+    <t>أما إني لم أستحلفكم تهمة لكم، ولكنه أتاني جبريل فأخبرني أن الله عز وجل يباهي بكم الملائكة</t>
+  </si>
+  <si>
+    <t>உங்கள் மீது  சந்தேகம் கொண்டதனால்  நான் உங்களை சத்தியம் செய்யும்படி வேண்டவில்லை.என்றாலும் என்னிடம் ஜிப்ரீல்  வந்து: நிச்சயமாக அல்லாஹ; உங்களைப் பற்றி பெருமையாக மலக்குகளிடம் பேசுகிறான் என்று என்னிடம் அறிவித்தார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ قَالَ: خَرَجَ مُعَاوِيَةُ عَلَى حَلْقَةٍ فِي الْمَسْجِدِ، فَقَالَ: مَا أَجْلَسَكُمْ؟ قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ، قَالَ آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟ قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَمَا كَانَ أَحَدٌ بِمَنْزِلَتِي مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقَلَّ عَنْهُ حَدِيثًا مِنِّي: وَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَى حَلْقَةٍ مِنْ أَصْحَابِهِ، فَقَالَ: «مَا أَجْلَسَكُمْ؟» قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ وَنَحْمَدُهُ عَلَى مَا هَدَانَا لِلْإِسْلَامِ، وَمَنَّ بِهِ عَلَيْنَا، قَالَ: «آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟» قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: «أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ».</t>
+  </si>
+  <si>
+    <t>அபூ ஸஈதினில் குத்ரிய்யி ரழியல்லாஹுஅன்ஹு அவர்கள் அறிவிக்கிறார்கள்: முஆவியா ரழியல்லாஹுஅன்ஹு அவர்கள் பள்ளியிலே வட்டமாக அமர்ந்திருந்தவர்களை விழித்து எதற்காக நீங்கள் உட்கார்ந்துள்ளீர்கள்? என வினவினார்கள்    (என்ன விடயம் அமர உட்கார செய்தது?- என வினவினார்கள்.)   அதற்கு அல்லாஹ்வை நினைவுகூர்வதற்காக உட்கார்ந்தோம் என்று கூறினார்கள.  அப்போது அல்லாஹ்வின் மீது ஆணையாக அதைத்தவிர வேறு நோக்கம்  இல்லையா? என வினவினார்கள். அல்லாஹ்வின் மிது ஆணையாக அதைத்தவிர வேறு நோக்கம் கிடையாது,என்றார்கள். அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது தோழர்களில் சிலர் வட்டமாக அமர்ந்திருப்பதைக் கண்ணுற்றதும் அவர்களிடம் சென்று  என்ன விடயம் உங்களை உட்கார செய்தது? என வினவினார்கள். அதற்கு அல்லாஹ்வை திக்ர் செய்வதற்காகவும் மேலும் எமக்கு இஸ்லாத்தின் பக்கம் நேர் வழிகாட்டி அதன் மூலம் எம்மீது உபகாரம் புரிந்ததற்கு அவனைப் புகழ்வதற்காகவும் உட்கார்ந்தோம் என்று கூறினார்கள். நபியவர்கள்: அல்லாஹ்வின் மிது ஆணையாக அது தவிர வேறு நோக்கம் உங்களை உட்காரச் செய்ய வில்லையா?என வினவினார்கள். அல்லாஹ்வின் மிது ஆணையாக அதுதவிர வேறு நோக்கம் எம்மை இங்கு அமரச் செய்ய வில்லை என்றார்கள். அப்போது   நபி அவர்கள் :  உங்கள் மீது  சந்தேகம் கொண்டதனால்  நான் உங்களை சத்தியம் செய்யும்படி வேண்டவில்லை.என்றாலும் என்னிடம் ஜிப்ரீல்  வந்து: நிச்சயமாக அல்லாஹ; உங்களைப் பற்றி பெருமையாக மலக்குகளிடம் பேசுகிறான் என்று என்னிடம் அறிவித்தார்கள்.</t>
+  </si>
+  <si>
+    <t>خَرَجَ معاويةُ بن أبي سفيان رضي الله عنهما على حلقة في المسجد، فسألهم على أي شيء اجتمعوا، 
+فقالوا: نذكر الله، 
+فاستحلفهم رضي الله عنه أنهم ما أرادوا بجلوسهم واجتماعهم إلا الذكر، 
+فحلفوا له، 
+ثم قال لهم: إني لم أستحلفكم تهمة لكم وشكًّا في صدقكم، ثم أخبر عن منزلته من النبي صلى الله عليه وسلم وأنه ما كان أحد بمنزلة قربه منه؛ لكون أم حبيبة أخته زوجة النبي صلى الله عليه وسلم، ولكونه من كتبة الوحي، ومع ذلك فهو قليل الرواية للأحاديث، 
+فحدثهم أن النبي صلى الله عليه وسلم خرج يومًا من بيته، فوجدهم جالسين في المسجد يذكرون الله ويحمدونه على ما هداهم للإسلام، ومنَّ به عليهم، فسألهم صلى الله عليه وسلم واستحلفهم  بمثل ما فعل معاوية رضي الله عنه مع أصحابه، 
+ثم قال لهم النبي صلى الله عليه وسلم عن سبب سؤاله لهم واستحلافهم: أنه أتاه المَلك جبريل عليه السلام فأخبره أن الله عز وجل يباهي ويفاخر بكم الملائكة، ويظهر فضلكم لهم ويريهم حسن عملكم، ويثني عليكم عندهم.</t>
+  </si>
+  <si>
+    <t>அபூ ஸுப்யானின் மகன் முஆவியா ரழியல்லாஹுஅன்ஹுமா  அவர்கள் பள்ளியிலே வட்டமாக அமர்ந்திருந்தவர்களை நோக்கிச்சென்று  அவர்களை விழித்து எதற்காக அவர்கள் உட்கார்ந்துள்ளார்கள் என வினவினார்கள் அப்பொழுது அவர்கள் அல்லாஹ்வை 'திக்ர்' நினைவு படுத்துகின்றோம் என்றார்கள். அப்பொழுது முஆவியா ரழியல்லாஹு அன்ஹு அவர்கள் அவ்விடத்தில்  அமர்ந்து ஒன்றுகூடி இருப்பது அல்லாஹ்வை 'திக்ர்' நினைவு படுத்துவதை தவிர வேறு நோக்கம் தமக்குக் கிடையாது என அல்லாஹ்வின் மிது ஆணையிட்டுக்கூறுமாறு அவர்களை வேண்டினார்கள். அப்பொழுது அவர்கள் அற்காக சத்தியம் செய்தார்கள். முஆவியா ரழியல்லாஹு அன்ஹு அவர்கள்  அவர்களைப் பார்த்து : உங்கள் மீது  குற்றம் காண வேண்டும் என்பதற்காகவோ உங்களது உண்மைத் தன்மையில் சந்தேகம் வைத்தோ நான் உங்களை சத்தியம் செய்யும்படி வேண்டவில்லை எனக் கூறினார்கள், பின்பு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கும் தனக்கும் இடையில் உள்ள நெறுக்கமான உறவுமுறையை குறிப்பிடும் போது நபியவர்களுக்கு நான் மிக நெறுக்கமாக இருப்பது போன்று எந்த ஒருவரும் இருந்ததில்லை ஏனெனில் தனது சகோதரி உம்மு ஹபீபா   நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுடைய   அன்பு மனைவியாக இருந்ததினாலும். மேலும்                                                                                                                                                                                                                                                            அவர்கள்  வஹியை  எழுதக்கூடியவர்களில் ஒருவராக இருந்ததினாலுமாகும். அதேவேளை இவர்-முஆவியா ரழியல்லாஹு அன்ஹு நபியவர்களிடமிருந்து  மிகக்குறைவான ஹதீஸ்களையே  அறிவிப்புச் செய்துள்ளார்கள். அத்தோழர்களுக்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுடய பின்வரும் நிகழ்வை சொன்னார்கள்: ஒரு நாள் தனது வீட்டிலிருந்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் வெளியில் வந்தார்கள். அப்பொழுது  சில நபித்தேழர்கள் பள்ளியில் உட்கார்ந்து, தங்களுக்கு அல்லாஹ் இஸ்லாத்தின் பால் நேர்வழிகாட்டி அருள்புரிந்தமைக்காக அவனை நினைவு கூறி (திக்ரு செய்து) புகழ்ந்து கொண்டிருக்கும் காட்சியை கண்டதும் அவர்களிடம் இது குறித்து விசாரித்து நபியவர்கள் சத்தியம் செய்யுமாறு கூறினார்கள் அதைப் போன்று முஆவியா ரழியல்லாஹு அன்ஹு அவர்களும் நடந்து கொண்டார்கள்  இவ்வாறு நபியவர்களும்  தமது தோழர்களுடன்  நடந்து கொண்டமை குறித்து குறிப்பிட்டார்கள். பின் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்;  தான் அவர்களை விசாரித்து சத்தியம் செய்ய பணித்ததற்குரிய காரணத்தைக் கூறினார்கள்: அதாவது, மலக்கு (களின் தலைவர்) ஜிப்ரீல் அலைஹிஸ்ஸலாம்  வந்து தன்னிடம் கூறினார்கள்:  நிச்சயமாக அல்லாஹ் உங்களைப் பற்றி பெருமையாக மலக்குகளிடம் பேசுகிறான் உங்கள்  சிறப்புக்களை அவர்களிடம் வெளிப்படையாக கூறுகிறான். உங்களது நல்லமல்களை அவர்களுக்கு காண்பிக்கின்றான்.  அவர்களிடம்  உங்களைப்பற்றி புகழ்ந்து கூறுகிறான் என்று என்னிடம் அறிவித்தார்கள்.</t>
+  </si>
+  <si>
+    <t>فضل معاوية رضي الله عنه وحرصه على الاقتداء برسول الله صلى الله عليه وسلم في تبليغ العلم.
+جواز الاستحلاف من غير تهمة للتنبيه على أهمية الخبر.
+فضل مجالس الذكر والعلم وأن الله يحبها ويباهي بها الملائكة.</t>
+  </si>
+  <si>
+    <t>முஆவியா ரழியல்லாஹு அன்ஹு அவர்கள் பற்றிய சிறப்பும் அறிவை எத்திவைக்கின்ற விடயத்தில் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம்; அவர்களை முன்மாதிரியாகக் கொள்வதில் அவர்களுக்கிருந்த பேரார்வமும்.
+ஒரு செய்தியின் முக்கியத்துவத்தை உணர்த்துவதற்கு  சந்தேகமில்லாத ஒரு விடயத்தில் சத்தியம் செய்யுமாறு வேண்டுவது அனுமதிக்கப்படும்.
+திக்ர் மற்றும் அறிவுடைய சபைகளின் சிறப்பு.   இவ்வாறான சபைகளை  அல்லாஹ் விரும்புவது மாத்திரமின்றி அது பற்றி மலக்குகளிடம் பெருமையாகப் பேசுகிறான்.</t>
+  </si>
+  <si>
+    <t>رواه مسلم</t>
+  </si>
+  <si>
+    <t>[இதனை  இமாம் முஸ்லிம் பதிவு செய்துள்ளார்]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3007</t>
+  </si>
+  <si>
     <t>إنهما ليعذبان، وما يعذبان في كبير، أما أحدهما فكان لا يستتر من البول، وأما الآخر فكان يمشي بالنميمة</t>
   </si>
   <si>
     <t>இவர்கள் இருவரும் வேதனை செய்யப்படுகிறார்கள். ஒரு பெரிய விஷயத்திற்காக (பாவத்திற்காக) இவர்கள் இருவரும் வேதனை செய்யப்படவில்லை, அவ்விருவரில் ஒருவர் தாம் சிறுநீர் கழிக்கும்போது மறைப்பதில்லை, மற்றொருவர் புறம்பேசித் திரிந்தார்' என்று கூறிவிட்டு</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: مَرَّ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِقَبْرَيْنِ، فَقَالَ: «إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ» ثُمَّ أَخَذَ جَرِيدَةً رَطْبَةً، فَشَقَّهَا نِصْفَيْنِ، فَغَرَزَ فِي كُلِّ قَبْرٍ وَاحِدَةً، قَالُوا: يَا رَسُولَ اللَّهِ، لِمَ فَعَلْتَ هَذَا؟ قَالَ: «لَعَلَّهُ يُخَفِّفُ عَنْهُمَا مَا لَمْ يَيْبَسَا».</t>
   </si>
   <si>
     <t>இப்னுஅப்பாஸ் ரழியல்லாஹு அன்ஹுமா அறிவிக்கிறார்கள். நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் இரண்டு கப்ருகளைக் கடந்து சென்றபோது;  'இவர்கள் இருவரும் வேதனை செய்யப்படுகிறார்கள். ஒரு பெரிய விஷயத்திற்காக (பாவத்திற்காக) இவர்கள் இருவரும் வேதனை செய்யப்படவில்லை, அவ்விருவரில் ஒருவர் தாம் சிறுநீர் கழிக்கும்போது மறைப்பதில்லை, மற்றொருவர் புறம்பேசித் திரிந்தார்' என்று கூறிவிட்டு, ஒரு பசுமையான ஈத்த மட்டையைக் கொண்டு வரச் சொல்லி அதை இரண்டாகப் பிளந்து ஒவ்வொரு கப்ரின் மீதும் ஒரு துண்டை நட்டினார்கள். அது பற்றி நபி  ஸல்லல்லாஹு அலைஹி வஸல்லம்  அவர்களிடம், 'இறைத்தூதர் அவர்களே! நீங்கள் ஏன் இவ்வாறு செய்தீர்கள்?' என கேட்கப்பட்டபோது, 'அந்த இரண்டு மட்டைத் துண்டுகளும் காயாமல் இருக்கும் காலமெல்லாம் அவர்கள் இருவரின் வேதனை குறைக்கப்படக் கூடும்' என்று இறைத்தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறினார்கள்.</t>
   </si>
   <si>
     <t>مَرَّ النبيُّ صلى الله عليه وسلم بقبرين فقال: 
 إنَّ صاحبَي هذين القبرين لَيُعذّبان؛ وما يعذبان في أمر كبير في نظركم، وإن كان كبيرًا عند الله، 
 أمّا أحدُهما فكان لا يَهتَمُّ بحفظ جَسَدِه وثيابِه مِن البول حين يَقْضي حاجتَه، 
 والآخَرُ كان يمشي بالنميمة بين الناس، فيَنْقُلُ كلامَ غيرِه بقصد الإضرار وإيقاع الخلاف والوقيعة بين الناس.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இரண்டு கப்ருகளுக்குப் பக்கமாக சென்றபோது அவர்கள்: இந்த இரண்டு கப்ருகளிலும் அடக்கம் செய்யப்பட்வர்கள் உண்மையில் வேதனை செய்யப்படுகிறார்கள், அவர்கள் இருவருக்கமான வேதனை உங்களின் பார்வையில் மிகப்பெரிய விடயத்திற்காக அல்ல என்று நீங்கள் நினைத்திருப்பீர்கள். ஆனால் அது அல்லாஹ்விடத்தில் மிகப்பெரிய பாவமாகும். அவ்விருவரில் ஒருவர் இயற்கைத்தேவையை –சிறுநீர் கழிக்கையில் அச்சிறுநீர் தனது உடல் மற்றும் ஆடையில் படுவதிலிருந்து பாதுகாத்துக்கொள்வதை பொருட்படுத்தாது இருந்தவர். மற்றொருவர், மக்களுக்கு மத்தியில் புறம் பேசித் திரிபவர். அதாவது, முரண்பாட்டையும் பிரச்சினையையும் மக்களுக்கு மத்தியில் ஏற்படுத்தி பெறும் பாதிப்பை ஏற்படுத்தும் நோக்கில் பிறரின் பேச்சை பரப்பித் திரிபவர்.</t>
   </si>
   <si>
     <t>النميمةُ وتركُ التنزُّهِ مِن البول مِن كبائر الذنوب ومِن أسباب عذاب القبر.
 كَشف الله سبحانه بعض المغيبات -كعذاب القبر- إظهارًا لعلامة نبوتِهِ صلى الله عليه وسلم.
 هذا الفعلُ مِن شَقِّ الجريدتين ووضعِها على القبر خاصٌّ بالنبي صلى الله عليه وسلم؛ لأن الله أطْلَعَه على حالِ صاحبَي القبر، فلا يقاس غيره به لأنه لا أحد يعلم أحوال أصحاب القبور.</t>
   </si>
@@ -470,94 +794,155 @@
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அல் மிக்தாம் இப்னு மஃதீ கர்ப் ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள் : 'தனது சகோதரனை (அல்லாஹ்வுக்காக)ஒருவர் நேசித்தால் அவரிடம் தான் அவனை நேசிப்பதை அறிவிக்கட்டும்'.</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>முஃமின்களுக்கு மத்தியில் தொடர்பை –உறவை- வலுப்படுத்தி அன்பையும் நேசத்தையும் பரப்பும்; வழிமுறையொன்றை இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் தெளிவுபடுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>உலக நலனுக்காக அல்லாது அல்லாஹ்வுக்காக மாத்திரம் தூய்மையான நேசம் கொள்வதின் சிறப்பு குறிப்பிடப்பட்டிருத்தல்.
 அன்பும் நேசமும் மேலும் அதிகரிக்க அல்லாஹ்வுக்காக நேசிக்கப்பட்டவரிடம் தனது நேசத்தை, நேசிப்பவர் வெளிப்படுத்துவது விரும்பத்தக்கதாகும்.
 ஈமானிய சகோதரத்துவத்தை முஃமின்களுக்கு மத்தியில் வலுப்படுத்துவதானது அன்பை பரப்பவும், சமூகத்தை சிதைவு மற்றும் பிரிவினை போன்றனவற்றை விட்டும் பாதுகாக்கவும் செய்யும்.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
-    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
+    <t>[இமாம்களான அபூ தாவூத், திர்மிதி, குப்ரா எனும் நூலில் நஸாஈ, அஹ்மத் ஆகியோர் இதனை பதிவு செய்துள்ளனர்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3017</t>
+  </si>
+  <si>
+    <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள், தாம் காலணி அணிந்து கொள்ளும் போதும் தலைவாரிக் கொள்ளும் போதும் சுத்தம் செய்யும் போதும் தம் அனைத்து வேலைகளிலும் வலப் பக்கத்திலிருந்து தொடங்குவதையே விரும்பக் கூடியவர்களாக இருந்தார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
+  </si>
+  <si>
+    <t>உம்முல் முஃமினீன ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் கூறுகிறார்கள்: நபி (ஸல்) அவர்கள், தாம் காலணி அணிந்து கொள்ளும் போதும் தலைவாரிக் கொள்ளும் போதும் சுத்தம் செய்யும் போதும் தம் அனைத்து வேலைகளிலும் வலப் பக்கத்திலிருந்து தொடங்குவதையே விரும்பக் கூடியவர்களாக இருந்தார்கள்.</t>
+  </si>
+  <si>
+    <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
+أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கௌரவமான அனைத்து நல்ல விடயங்களிலும்; வலதைக் கொண்டு ஆரம்பிப்பதை மிகவும் விரும்பக்கூடியவர்களாக இருந்தார்கள். அவ்வாறான விடயங்கள் வருமாறு : தனது பாதணியை காலில் அணியும் போதும், தனது தலை முடி மற்றும் தாடியை வாரும் போதும் அவை இரண்டிற்கும் எண்ணைத் தேய்த்து உலர்த்தும் போதும், வுழுச்செய்யும் போது கைகளையும் கால்களையும் கழுவுவதிலும் வலது பக்கத்தால் தொடங்குவார்கள்.</t>
+  </si>
+  <si>
+    <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
+"يعجبه التيمن"، يشمل: الابتداء في الأفعال باليد اليمنى، والرجل اليمنى، والجانب الأيمن،  وتعاطي الشيء باليمين.
+قال النووي: اعلم أن من أعضاء الوضوء ما لا يستحب فيه التيامن؛ وهو الأذنان والكفان والخدان بل يُطَهَّران دفعة واحدة، فإن تعذَّر ذلك كما في حق الأقطع ونحوه؛ قَدَّمَ اليمين.</t>
+  </si>
+  <si>
+    <t>இமாம் நவவி அவர்கள் கூறுகிறார்கள்: இது ஷரீஆவில் காணப்படுகின்ற நிலையான ஒரு சட்ட விதியாகும் : ஆடை, கீழ் ஆடை மற்றும் செருப்பு அணிவது, மஸ்ஜிதில் நுழைவது, ஸிவாக் (பல் குச்சி) பயன்படுத்துவது, சுர்மா பூசுவது, நகங்களை வெட்டுவது, மீசையை வெட்டுவது, முடியை சீவுவது, அக்குள் முடியை பிடுங்குவது, தலையை மொட்டையடிப்பது, தொழுகையில் ஸலாம் கொடுப்பது, வுழுவின் உறுப்புகளை கழுவுவது, கழிவறையை விட்டு வெளியேறுவது, சாப்பிடுவது மற்றும் குடிப்பது, கைகுலுக்குவது, ஹஜருல் அஸ்வத் கல்லை தொடுவது போன்ற கௌரவமான எந்தவொரு செயலையும் செய்யும்போது வலது பக்கத்திலிருந்து தொடங்குவது வரவேற்கத்தக்க விடயமாகும். கழிவறைக்குள் நுழைவது, மஸ்ஜிதை விட்டு வெளியேறுவது, மூக்கை சீறுவது, இஸ்தின்ஜா (மல, சலம் கழித்த பிறகு சுத்தம் செய்து கொள்வது), ஆடை, கால் சட்டை  மற்றும் செருப்புகளை கழற்றுவது போன்ற செயல்களைப் பொறுத்தவரை, இடது பக்கத்திலிருந்து தொடங்குவது முஸ்தஹப்பாகும் -விரும்பத்தக்கதாகும். அத்துடன் இவை அனைத்தும் வலதை முற்படுத்துவதன் சிறப்பையும் உயர்வையும் குறித்து நிற்கிறது.
+'நபி (ஸல்) அவர்கள் வலது பக்கத்திலிருந்து தொடங்குவதையே விரும்பினார்கள்' என்பது வலது கை, வலது கால் மற்றும் வலது பக்கத்தால் செயல்களைத் தொடங்குவதையும், வலது பக்கத்திலிருந்து எதையும் பெறுவதையும் உள்ளடக்கியது
+இமாம் நவவி அவர்கள் கூறுகிறார்கள்: வுழுவின் போது கழுவ வேண்டிய உறுப்புகளில் காதுகள், முன்னங்கைகள் மற்றும் கன்னங்கள் போன்ற சில பகுதிகளைக் கழுவும்போது வலது பக்கத்திலிருந்து தொடங்க வேண்டும் என்பது முஸ்தஹப் அல்ல (வரவேற்கத்தக்கதல்ல) என்பதை அறிந்து கொள்ளுங்கள். இவைகளை ஒரே நேரத்தில் சுத்தம் செய்ய வேண்டும். ஒரு கை உள்ள ஒருவர் அல்லது இரு கைகளையும் பயன்படுத்துவது சிரமம் என்று இருக்கும் ஒருவர் ஒரே தடவை இவ்வுறுப்புக்களை கழுவுவது சாத்தியமில்லை என்பதால் அவர் வலது பக்கத்திலிருந்து தொடங்க வேண்டும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3018</t>
   </si>
   <si>
     <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>அது ஒரு நரம்பு நோய், மாதவிடாய் இரத்தமன்று. மாதவிடாய் ஏற்படும் நாட்களின் அளவுக்குத் தொழுகையை விட்டுவிட்டு, பின்னர் குளித்து தொழுது கொள்' என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் அறிவித்துள்ளார்கள். 'பாத்திமா பின்த் அபீ ஹுபைஷ் என்ற பெண் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து, 'நான் (இரத்தப் போக்கிலிருந்து) சுத்தமாவதே இல்லை. எனவே நான் தொழுகையை விடலாமா?' என்று கேட்டதற்கு,  ' வேண்டாம், அது ஒரு நரம்பு நோய், மாதவிடாய் இரத்தமன்று. மாதவிடாய் ஏற்படும் நாட்களின் அளவுக்குத் தொழுகையை விட்டுவிட்டு, பின்னர் குளித்து தொழுது கொள்' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>பாதிமா பின் அபூ ஹுபைஷ் அவர்கள் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து: 'தனக்கு தொடராக இரத்தம் வெளியேறுவது நிற்கவில்லை, அது மாதவிடாய் காலப்பகுதியையும் தாண்டிச் சென்று கொண்டிருக்கிறது, எனவே மாதவிடாய் சட்டத்தைப் பின்பற்றி தொழுகையை விட்டுவிடலாமா?' எனக் கேட்டார்கள். அதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்: 'அது தொடர் உதிரப்போக்கு, கருப்பையில் உள்ள நரம்பின் துண்டிப்பினால் ஏற்படுகின்ற நோய் நிலை இரத்தமாகும். அது மாதவிடாயல்ல எனப் பதிலளித்தார்கள் ஆகவே இஸ்திஹாழா வரமுன் உமக்கு வழமையில் மாதாந்தம் ஏற்படுகின்ற மாதவிடாய் காலப்பகுதியை நீ அடையும் நேரத்தில் அக்காலப்பகுதியில் மாத்திரம் தொழுகை மற்றும் நோன்பு போன்றவற்றை விட்டுவிடுவீராக, இது மாதவிடாய் காலப்பகுதியில் பின்பற்ற வேண்டிய விடயங்களாகும். வழமையான மாதவிடாய் நாட்கள் -காலப்பகுதி- முடிவடைந்ததுவிட்டால், நீ மாதவிடாயிலிருந்து தூய்மை அடைந்துவிட்டாய், ஆதலால் இரத்தம் இருக்குமிடத்தை நன்கு கழுவிவிட்டு பின்னர் தொடக்கை நீக்குவதற்காக முழுமையாக உடலை கழுவி குளித்து கொண்டு பின் தொழுவீராக என்று குறிப்பிட்டார்கள்.</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
 الفرق بين دم الحيض ودم الاستحاضة: أنَّ دمَ الحيضِ أسود ثخين مُنْتِن الرائحة، أما دم الاستحاضة فأحمر رقيق ليس له رائحة منتنة.</t>
   </si>
   <si>
     <t>ஒரு பெண் தனது மாதவிடாய் நாட்கள் முடிவடையும் போது குளிப்பது கடமையாகும்-வாஜிபாகும்.
 தொடர் உதிரப்போக்கால் பாதிக்கப்பட்ட  பெண் தொழுவது கடமையாகும்.
 ஹைழ் என்பது; வயதுவந்த ஒரு பெண்ணின் இனப்பெருக்கத் தொகுதிகளுள் ஒன்றான கருப்பையிலிருந்து யோனியினூடாக வெளிப்படும் இயற்கையான குருதியாகும். இது மாதத்தில் குறிப்பிட்ட சில தினங்கள் அவளுக்கு ஏற்படுகிறது.
 'இஸ்திஹாழா' என்பது கருப்பையின் அடிப்பகுதியில் அல்லாது அதன் வாய்ப்பகுதியில், மாதவிடாய் காலப்பகுதியல்லாத நேரங்களில்  அல்லது மாதவிடாய் காலப்பகுதியுடன் இணைந்து ஏற்படும் உதிரப்போக்காகும்.
 ஹைழ் (மாதவிடாய்) மற்றும் இஸ்திஹாழா(தொடர்உதிரப்போக்கு) இடையிலான வேறுபாட்டைப் பொறுத்தவரை ஹைழ் இரத்தமானது கருமையும், அடர்த்தியும் நிறைந்தாக இருப்பதோடு துர் நாற்றமும் காணப்படும். இஸ்திஹாழா இரத்தமானது அடர்த்தியற்ற சிவப்பு நிறத்தில் காணப்படுவதோடு அதற்கென்று துர்நாற்றங்கள் காணப்படமாட்டாது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3029</t>
   </si>
   <si>
+    <t>سووا صفوفكم، فإن تسوية الصف من تمام الصلاة</t>
+  </si>
+  <si>
+    <t>'(தொழுகையில்) உங்களது அணிகளை சீர்  செய்து கொள்ளுங்கள்,ஏனெனில் அணியை சீர் செய்து கொள்வதிலேயே தொழுகையின் பூரணத்துவம் தங்கியுள்ளது</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹுஅறிவித்துள்ளார்கள்: '(தொழுகையில்) உங்களது அணிகளை சீர்  செய்து கொள்ளுங்கள்,ஏனெனில் அணியை சீர் செய்து கொள்வதிலேயே தொழுகையின் பூரணத்துவம் தங்கியுள்ளது.</t>
+  </si>
+  <si>
+    <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم المصلين إلى أن يُسووا صفوفَهم، وأن لا يتقدم بعضهم على بعض ولا يتأخر، وأن تسويتها من تمام الصلاة وكمالها، وأنّ اعوجاج الصف خللٌ ونقص فيها.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்; அவர்கள் கூட்டாகத் தொழக்கூடியவர்களுக்கு தங்களது அணிகளை சீர் செய்து கொள்ளுமாறு பணிப்பார்கள். அவர்களில் ஒருவர் மற்றொரு வரை முந்தி நிற்காது அணியைச் சீர் செய்து கொள்ளுமாறும் பணிப்பார்கள். மேலும்; அணியை சீர் செய்து கொள்வதில் தொழுகையின் பூரணத்துவம் தங்கியுள்ளது. அணி வளைந்து கோணலாக இருப்பது தொழுகையில் ஒரு வகை முறைகேட்டையும் குறையையும் ஏற்படுத்திவிடும். .</t>
+  </si>
+  <si>
+    <t>مشروعية العناية بكل ما يُكمل الصلاة ويبعدها عن النقص.
+حكمة النبي صلى الله عليه وسلم في التعليم، حيث قَرَن الحُكم مع عِلَّته؛ لتتبين حكمة التشريع، وتنشط النفوس على الامتثال.</t>
+  </si>
+  <si>
+    <t>தொழுகையை பூரணத்துவப்படுத்தும் விடயங்களில் கவனம் செலுத்துவதும் அதில் குறைகளை ஏற்படுத்தும் விடயங்களலிருந்து விலகி இருப்பதும் ஷரீஆ வலியுறுத்தும் விடயமாகும்.
+கற்பித்தலில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்; அவர்களிடம் காணப்பட்ட மதிநுட்பம், அதாவது மக்கள் கட்டுப்பட்டு நடப்பதை ஊக்குவிக்கவும் ஷரீஆ சட்டத்தில் உள்ள நுனுக்கத்தை தெளிவுபடுத்தும் நோக்குடனும்;  ஒரு சட்டத்தை அதன் காரணத்துடன் இணைத்துக் குறிப்பிடும் திறமையை பெற்றிருந்தமை.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3031</t>
+  </si>
+  <si>
     <t>إذا توضأ أحدكم فليجعل في أنفه ثم لينثر، ومن استجمر فليوتر</t>
   </si>
   <si>
     <t>'உங்களில் ஒருவர் வுழூச் செய்தால் தம் நாசிற்கு தண்ணீர்ச் செலுத்தி பின்னர் அதை சிந்தட்டும். மலசலம் கழித்துவிட்டுக் கல்லால் சுத்தம் செய்பவர் ஒற்றைப் படையாகச் செய்யட்டும்</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ، وَإِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلْيَغْسِلْ يَدَهُ قَبْلَ أَنْ يُدْخِلَهَا فِي وَضُوئِهِ، فَإِنَّ أَحَدَكُمْ لاَ يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».
 ولفظ مسلم: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلَا يَغْمِسْ يَدَهُ فِي الْإِنَاءِ حَتَّى يَغْسِلَهَا ثَلَاثًا، فَإِنَّهُ لَا يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'உங்களில் ஒருவர் வுழூச் செய்தால் தம் நாசிற்கு தண்ணீர்ச் செலுத்தி பின்னர் அதை சிந்தட்டும். மலசலம் கழித்துவிட்டுக் கல்லால் சுத்தம் செய்பவர் ஒற்றைப் படையாகச் செய்யட்டும். உங்களில் ஒருவர் விழித்தெழுந்தால் அவர், தாம் வுழூச் செய்யும் தண்ணீரில் தம் கையை நுழைப்பதற்கு முன்னர் கழுவிக் கொள்ளட்டும். ஏனென்றால், (தூங்கத்தில்) தம் கை எங்கே இருந்தது என்பதை உங்களில் எவரும் அறியமாட்டார்' முஸ்லிமின் அறிவிப்பில்: உங்களில் ஒருவர் தூக்கத்திலிருந்து விழித்தெழுந்தால் இரு கைகளையும் கழுவமுன் வுழூ செய்யும் பாத்திரத்தினுள் செலுத்த வேண்டாம். ஏனென்றால் அவரின் இருகைகளும் இரவில் எங்கிருந்தது- எதனைத் தொட்டது- என்பது பற்றி அவர் அறியமாட்டார்.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أحكام الطهارة، ومنها: 
 لأول: أنَّ مَن توضأ فعليه أنْ يُدخِلَ الماءَ في أنفِهِ بالنَّفَسِ، ثم يُخرجه بالنَّفَسِ أيضًا. 
 والثاني: أنَّ مَن أراد تنظيفَ الأذى الخارج منه وإزالتَه بغير الماء كالحجارة ونحوها فيكون تنظيفُه على عدد فَرْدِيٍّ أقله ثلاثًا وأعلاه ما ينقطع به الخارج وينظف المحل. 
 والثالث: أن من استيقظ من نوم الليل لا يُدْخِلُ كفَّه في الإناء ليتوضأ حتى يغسلها ثلاث مرات خارج الإناء، فإنه لا يدري أين باتت يده، فلا يأمن النجاسة عليها، وقد يكون عبث بها الشيطان وحمل إليها أشياء مُضِرة للإنسان أو مُفسِدة للماء.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் சுத்தம்- வுழுவின் சட்டங்களின் சிலவற்றை இந்த ஹதீஸில் தெளிவுபடுத்துகிறார்கள். அவை பின்வருமாறு: முதலாவது: வுழு செய்யும் ஒருவர் நாசுக்கு நீர் செலுத்தி அதனை சிந்த வேண்டும். இரண்டாவது: சிறுநீர் கழித்த ஒருவர் அதனை நீர் அல்லாத கல் அல்லது அதன் நிலையிலுள்ள பொருட்களால் சுத்தம் செய்து, நீக்கிவிட நாடினால் அதனை ஒற்றைப்படையாக செய்ய வேண்டும். அதன் குறைந்தபட்ச எண்ணிக்கை மூன்றாகும். மூன்றாவது : இரவுத் தூக்கத்தில் இருந்து விழித்தெழுந்தவர் தனது இரு கைகளையும் பாத்திரத்திற்குள் இட முன் மூன்று தடவைகள் கழுவிக்கொள்ளல் வேண்டும். ஏனென்றால் அவர் இரவில் தூங்குகையில் அவரின் கை எவற்வையெல்லாம் தொட்டது என்பது பற்றி அவருக்கு தெரியாது. ஆகவே அசுத்தம் அவற்றில் பட்டிருக்காது என்பதற்கு எவ்வித உத்தரவாதமுமில்லை. சில வேளை ஷைத்தான் அவனைக் குழப்பி மனிதனுக்கு தீங்கு விளைவிக்கக் கூடிய அல்லது நீரை மாசுபடுத்தக்கூடியவைகளை கொண்டு வந்திருக்கவும் வாய்ப்புள்ளது.</t>
   </si>
   <si>
     <t>يجب الاستنشاق في الوضوء، وهو: إدخال الماء في الأنف بواسطة النَّفَس، وكذلك يجب الاستنثار، وهو: إخراج الماء من الأنف بواسطة النَّفَس. 
 استحباب الاستجمار وترًا.
 مشروعية غسل اليدين بعد نوم الليل ثلاثًا.</t>
@@ -578,99 +963,136 @@
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ، وَإِذَا دَخَلَ، فَلَمْ يَذْكُرِ اللهَ عِنْدَ دُخُولِهِ، قَالَ الشَّيْطَانُ: أَدْرَكْتُمُ الْمَبِيتَ، وَإِذَا لَمْ يَذْكُرِ اللهَ عِنْدَ طَعَامِهِ، قَالَ: أَدْرَكْتُمُ الْمَبِيتَ وَالْعَشَاءَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுவதை தான் செவிமடுத்ததாக ஜாபிர் இப்னு அப்துல்லாஹ் ரழியல்லாஹு அன்ஹுஅவர்கள் அறிவிக்கிறார்கள்: ஓர் மனிதர் தனது வீட்டினுள் நுழையும் போதும் உணவு உண்ணும் போதும் அல்லாஹ்வை நினைவு (பிஸ்மில்) கூறினால் ஷைத்தான் தனது நண்பர்களிடத்தில் உங்களுக்கு இரவில் தங்குவதற்கான இடமோ இரவுணவோ கிடையாது என்று கூறுகிறான். அந்த மனிதர் வீட்டினுள் நுழையும் போது அல்லாஹ்வை நினைவு (பிஸ்மில்) கூறாது நுழைந்து விட்டால் ஷைத்தான் தனது சகாக்களிடம் உங்களுக்கு தங்குமிடம் கிடைத்துவிட்டது என்று கூறுவான். அதே போல் உண்ணும் போது அல்லாஹ்வை நினைவு கூறாதிருந்தால் (பிஸ்மில் கூறாதிருந்தால்) ஷைத்தான் தனது சகாக்களிடத்தில் உங்களுக்கு தங்குமிடமும் இரவுஉணவும் கிடைத்து விட்டது என்று கூறுவான்'.</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِذِكْر الله عند دخول البيت وقبل تَنَاوُلِ الطعام، وأنه إذا ذَكَرَ اللهَ بقوله: (باسم الله) عند دخوله لبيتِه وعند بدء طعامِه، قال الشيطان لأعوانه: لا حَظَّ لكم بالمبيت ولا العشاء في هذا البيت الذي تَحَصَّنَ صاحبُه منكم بذكر الله تعالى. 
 وأما إذا دخل الرجل بيته فلم يذكر الله عند دخوله ولا عند تناوله الطعام، فيخبر الشيطان أعوانه أنهم أدركوا المبيت، والعشاء في هذا البيت.</t>
   </si>
   <si>
     <t>வீட்டினுள் நுழையும் போதும் சாப்பிட முன்பும் அல்லாஹ்வை நினைவு கூறுமாறு  இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் வலியுறுத்துகிறார்கள். அதாவது 'பிஸ்மில்லாஹ்' என்ற வார்த்தையை வீட்டினுள் நுழையும்போதும் உணவு உண்ண ஆரம்பிக்குபோதும் கூறினால், ஷைத்தான் தனது சகாக்களிடம் இந்த வீட்டுரிமைளார் அல்லாஹ்வை நினைவு கூறுவதன் மூலம் உங்களிடமிருந்து தன்னை பாதுகாத்துக் கொண்டான் ஆதலால் உங்களுக்கு இரவில் தங்குமிடமோ இரவு உணவோ கிடையாது என்று கூறுவான். அந்த மனிதர் தனது வீட்டினுள் நுழைகையிலும், உணவு உண்ணும் போதும் அல்லாஹ்வை நினைவு கூறாதிருந்தால் ஷைத்தான் தன சகாக்களுக்கு உங்களுக்கு இந்த விட்டில் தங்குவதற்கான இடமும், இரவுணவும் கிடைத்து விட்டது என அறிவிப்பான்.</t>
   </si>
   <si>
     <t>استحباب ذِكرِ الله عند دخول البيت وعند الطعام، فإن الشيطان يبيت في البيوت، ويأكل من طعام أهلها إذا لم يذكروا اسم الله تعالى.
 الشيطان يُراقِبُ ابنَ آدم في عملِهِ وتَصَرُّفِه وفي أموره كلِّها، فإذا غَفَل عن الذكر نال مُرادَه منه.
 الذكر يطرد الشيطان.
 لكل شيطان أتباع وأولياء يستبشرون بقوله ويَتَّبعون أمرَه.</t>
   </si>
   <si>
     <t>வீட்டினுள் நுழையும் போதும் உணவு உண்ணும் போதும் அல்லாஹ்வை நினைவு கூறுவது வரவேற்கத்தக்க விடயமாகும். ஏனெனில் அல்லாஹ்வை நினைவு கூறாத வீடுகளில் ஷைத்தான் இரவைக் கழிப்பதோடு அவ்வீட்டாரின் உணவிலும் பங்கு கொள்கிறான் .
 ஷைத்தான் ஆதமின் சந்ததியை அவனது செயற்பாடு, நடவடிக்கை மற்றும் எல்லா விவகாரங்களிலும் தருணம் பார்த்து அவதானித்துக் கொண்டிருக்கிறான். அவன் எப்போது அல்லாஹ்வை நினைவுகூறுவதிலிருந்து அலட்சியமாக இருக்கிறானோ அவ்வேளை அவனது இலக்கை அடைந்துகொள்கிறான்.
 இறை நினைவு ஷைத்தானை துரத்திவிடுகிறது.
 ஓவ்வொரு ஷைத்தானுக்கும் தனது கட்டளைகளை பின்பற்றி  நடக்கும் நேசர்களும், ஆதரவாளர்களும் உள்ளனர்.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[இதனை முஸ்லிம் பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3037</t>
   </si>
   <si>
     <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>'அல்லாஹ்வுக்கு இணைவைத்தல், பெற்றோரை துன்புறுத்தல், கொலை செய்தல், பொய் சத்தியம் செய்தல் ஆகியவை பெரும் பாவங்களாகும்'</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ருப்னுல் ஆஸ் ரழியல்லாஹு அன்ஹுமா அவர்கள் அறிவிக்கிறார்கள்: 'அல்லாஹ்வுக்கு இணைவைத்தல், பெற்றோரை துன்புறுத்தல், கொலை செய்தல், பொய் சத்தியம் செய்தல் ஆகியவை பெரும் பாவங்களாகும்'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
 فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பெரும்பவாங்கள் பற்றி தெளிவுபடுத்துகிறார்கள்; அவற்றை செய்பவன் இம்மை அல்லது மறுமையில் கடுமையான எச்சரிக்கைக்கு உட்படுவான்.
 அவற்றுள் முதலாவது : அல்லாஹ்வுக்கு இணைவைப்பதாகும் : இதன் கருத்து ; வணக்க வழிபாடுகளில் ஏதாவது ஒன்றை அல்லாஹ் அல்லாதவருக்கு செலுத்துதல், உலூஹிய்யா ருபூபிய்யா,அல்அஸ்மாஉ வஸ்ஸிபாத் -(அல்லாஹ்வின் அழகிய நாமங்களும் பண்புகளும்) போன்ற விடயங்களில் அல்லாஹ் தனக்கென தனித்துவமாக பெற்றிருக்கும் விடயங்களில் ஏதாவது ஒன்றை அல்லாஹ் அல்லாதோரும் பெற்றுள்ளனர் என சமப்படுத்துவதினை குறிக்கும்.
 இரண்டாவது : ' பெற்றோரைத் துன்புறுத்துதல்
 நோவினை செய்தல்': என்பது சொல் மற்றும் செயல் ரீதியான அனைத்து விடயங்கள் மூலமும் பெற்றோரை துன்புறுத்துவதையும் அவர்களுக்கு உபகாரம் செய்யாதிருத்தலையும் குறிக்கிறது.
 மூன்றாவது : எவ்வித நியாயமான காரணமுமில்லாது அநியாயமாகவும், அத்துமீறியும் ஒருவரை கொலை செய்தல்.
 நான்காவது : பொய் சத்தியம்  என்பது ' பொய்யென்று தெரிந்துகொண்டே ஒரு விவகாரம் சம்பந்தமாக பொய்யாக சத்தியம் செய்தலைக் இது குறிக்கிறது. 'அல் யமீனுல் கமூஸ்' என இச்சத்தியம் அழைக்கப்படக் காரணம் குறித்த நபரை இந்த சத்தியமானது பாவத்தில் அல்லது நரகில் தள்ளிவிடுவதினலாகும்.</t>
   </si>
   <si>
     <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
 الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>பொய் சத்தியத்தின் ஆபத்து மற்றும் குற்றத்தின் கடுமை காரணமாக அதற்கு கப்பாரா குற்றப் பரிகாரம் எதுவும் கிடையாது. மாறாக அதற்காக தவ்பாவே பரிகாரமாக அமையும்.
 இந்நபிமொழியில் இந்நான்குடன் மாத்திரம் சுருக்கிக் கொண்டிருப்பது பாவத்தால் இவை ஆபத்தானவை, என்பதற்காகவே தவிர இந்த நான்கு விடயங்கள் மாத்திரமதான் பெரும்பவங்கள்  என்பது இதன் கருத்தல்ல என்பதை புரிந்து கொள்ளல் வேண்டும். இதுவல்லாத பல பெரும்பாவங்கள் உண்டு.
 பாவங்களை பெரும்பாவங்கள், சிறுபாவங்கள் என இரண்டாக வகைப்படுத்திட முடியும், அதில்  பெரும்பாவம் என்பது குறிப்பிட்ட செயலைச் செய்தால் சாபம் ஏற்படுதல், மற்றும் குறிப்பிட்ட குற்றங்களுக்கு ஷரீஆ நிர்ணயித்திருக்கும்   உலகியல், தண்டனை கிடைத்தல், அல்லது  நரகத்தினுள் நுழைதல் என்ற மறுமை எச்சரிக்கையை வலியுறுத்தும் அனைத்துப் பாவங்களையும் குறிக்கும். பெரும்பாவங்கள் பல படித்தரங்களைக் கொண்டது அவற்றில் சில சிலவற்றைவிடவும் மிகவும் கண்டனத்திற்குரிய கடுமையாக தடைசெய்யப்பட்டவையாக உள்ளன. பெரும்பவங்களைத் தவிர்ந்தவை அனைத்தும் சிறு பாவங்களாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3044</t>
+  </si>
+  <si>
+    <t>إن من أعظم الجهاد كلمة عدل عند سلطان جائر</t>
+  </si>
+  <si>
+    <t>ஜிஹாதில் மிகவும் சிறந்தது அநியாயக்கார அரசனிடத்தில் நீதியை எடுத்துரைப்பதாகும்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் கூறியதாக அபூ ஸஈத் அல் குத்ரி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : "ஜிஹாதில் மிகவும் சிறந்தது அநியாயக்கார அரசனிடத்தில் நீதியை எடுத்துரைப்பதாகும்".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
+  </si>
+  <si>
+    <t>அநீதியான மற்றும் அடக்குமுறை ஆட்சியாளர் அல்லது இளவரசருக்கு முன்பாக நீதி மற்றும் உண்மையின் வார்த்தையைப் பேசுவதே சர்வவல்லமையுள்ள இறைவனின் பாதையில் செய்யும் ஜிஹாதின் மிகப்பெரிய மற்றும் மிகவும் நன்மை பயக்கும் வடிவங்களில் ஒன்று என்று நபி (ஸல்) அவர்கள் விளக்கினர். ஏனென்றால், அது சரியானதைக் கட்டளையிட்டு, தவறானதைத் தடை செய்யும் சடங்கின்படி செயல்படுவதை உள்ளடக்கியது, அது வார்த்தையாலோ, எழுத்தாலோ, செயலாலோ அல்லது வேறு எதாவதாலோ நன்மையை அடைந்து தீங்கைத் தடுக்கும்..</t>
+  </si>
+  <si>
+    <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
+نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
+قال الخطَّابي: وإِنَّما صار ذلك أفضل الجهاد؛ لأنّ من جاهَدَ العدوَّ كان مُتردِّدًا بين الرَّجاءِ والخوْفِ لا يدري هل يَغلِبُ أو يُغْلَبُ، وَصَاحِبُ السُّلطان مقهورٌ في يدِهِ فهو إذا قال الحقَّ وَأَمَرَهُ بِالمعروفِ فقد تَعَرَّضَ للتَّلَفِ، وَأَهْدَفَ نَفْسَهُ للهلاكِ، فصار ذلك أَفضل أنواع الجهادِ مِن أجلِ غَلَبَةِ الخوفِ، وقيل: إنما كان أفضل الجهاد؛ لأنَّ وليَّ الأمرِ لو أخَذَ بِكَلمَتِه لربَّما عمَّ النفعُ عددًا كبيرًا من الناسِ فتحصُلُ المصلحةُ.</t>
+  </si>
+  <si>
+    <t>நன்மையை ஏவித் தீமையைத் தடுத்தல் ஜிஹாத் அறப்போர் ஆகும்.
+ஆட்சியாளருக்கு அறிவுரை கூறுவது மிகப்பெரும் ஜிஹாதின் மிகப்பெரும் வடிவங்களில் ஒன்றாகும் ஆனால் இதனை அறிவார்ந்த ரீதியில் ஞானத்துடனும் நிதானத்துடன் மேற்கொள்ளுதல் வேண்டும்.
+அல்-கத்தாபி கூறுகிறார்: எதிரியை எதிர்த்துப் போராடுபவர் பயம் மற்றும் எதிர்பார்ப்பு இரண்டுக்கும் மத்தியில் தான் தோல்வியடைவேனா அல்லது வெற்றிபெறுவேனா என்ற தீர்க்கமான முடிவு  குறித்து தயக்கத்துடன் இருப்பதால் இது சிறந்த ஜிஹாதாக கருதப்படுகிறது. ஆட்சியாளருக்கு முன்பாக உண்மையைப் பேசுபவர் அவரால் கண்டிக்கப்படலாம். ஆட்சியாளருக்கு முன்பாக உண்மையைப் பேசுவதும், நன்மையை ஏவுவதும், ஒரு வகையில், தன்னைத்தானே பெரு ம் அழிவிலும் ஆபத்திலும்; ஆழ்த்துவதாகும். இதில் அச்சம் மிகைத்து காணப்படுவதால் ஜிஹாதின் வகைகளுள் மிகவும் சிறந்ததாகக் கருதப்படுகிறது. அநியாயக்கார ஆட்சியாளரிடம் நேரிய வார்த்தை பேசுவது ஜிஹாதின் வகைகளுள் மிகவும் சிறந்தாக இருப்பதற்கான இன்னொரு காரணம், ஆட்சியாளர் அக்குறித்த நபரின் அறிவுரை வார்த்தையை ஏற்று அமுல்படுத்தினால் அதன் நன்மை  மிகப்பெரும் தொகையினருக்கு சென்றடையும். இதனால் நலன்கள் அடையப்பெரும்.</t>
+  </si>
+  <si>
+    <t>حسن لغيره</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[பிரிதொன்றின் மூலம் நம்பகமாக மாறியது (ஹஸன் லிஹைரிஹி) என்ற தரத்தைப் பெற்றது]</t>
+  </si>
+  <si>
+    <t>[இமாம்களான அபூதாவூத், திர்மிதீ, இப்னு மாஜா, அஹ்மத் ஆகியோர் இதனை பதிவு செய்துள்ளனர்]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3045</t>
   </si>
   <si>
     <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>“நிச்சயமாக இந்த உலகம் இனிமையும் பசுமையும் நிறைந்தவை. நீங்கள் எவ்வாறு செயலாற்றுகிறீர்கள் என்பதை பார்ப்பதற்காக அல்லாஹ் உங்ளை இதில் பிரதிநிதியாக-முகவர்களாக- ஆக்கியுள்ளான். ஆகவே நீங்கள் உலகவிடயங்களில் மூழ்கிவிடுவதிலிருந்தும் மற்றும் பெண்கள் விடயங்களில் மதிமயங்கி விடுவதைவிட்டும் எச்சரிக்கையாக இருங்கள்</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் கூறியதாக அபூ ஸஈத் அல் குத்ரி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : “நிச்சயமாக இந்த உலகம் இனிமையும் பசுமையும் நிறைந்தவை. நீங்கள் எவ்வாறு செயலாற்றுகிறீர்கள் என்பதை பார்ப்பதற்காக அல்லாஹ் உங்ளை இதில் பிரதிநிதியாக-முகவர்களாக- ஆக்கியுள்ளான். ஆகவே நீங்கள் உலகவிடயங்களில் மூழ்கிவிடுவதிலிருந்தும் மற்றும் பெண்கள் விடயங்களில் மதிமயங்கி விடுவதைவிட்டும் எச்சரிக்கையாக இருங்கள். ஏனெனில் இஸ்ரவேல் சந்ததிகளில் தோன்றிய குழப்பங்களில் முதன்மையானது பெண்கள் விவகாரத்திலாகும்”.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இவ்வுலகமானது சுவையில் இனிமையானது எனவும் பார்ப்பதற்கு கவர்ச்சி நிறைந்ததாகவும் உள்ளது எனவும் தெளிவுபடுத்துகிறார்கள். இவ்வாறு நபியவர்கள் கூறக் காரணம் என்னவெனில் மனிதன் இதில் கவர்ச்சியுற்று மூழ்கிச்செல்வது மாத்திரமல்லாது அதனையே தனது முழு இலக்காகவும் ஆக்கிக் கொள்வதற்கான வாய்ப்புள்ளது என்பதினாலாகும். நாம் இவ்வுலகில் அல்லாஹ்வுக்கு கட்டுப்பட்டு நடக்கிறோமா அல்லது கட்டுப்படாது நடக்கிறோமா? என்ற எமது செயல் முறை குறித்து  அவதானிக்கவே இவ்வுலகில் எம்மை ஒருவர் பின் ஒருவராக பிரதிநிதியாக வைத்துள்ளான். மேலும் நபியர்கள் இந்த ஹதீஸில் இவ்வுலக பொருட்கள் மற்றும் அலங்காரங்கள் குறித்து எச்சரிக்கையாக இருக்குமாறு பணிக்கிறார்கள். ஏனெனில் இவ்வுலக இன்பங்களில் திழைத்திருப்பது அல்லாஹ் உங்களுக்கிட்ட கட்டளைகளை விட்டுவிட்டு அவன் தடுத்த விடயங்களின் பால் அவை இட்டுச்செல்ல வழிவகுத்து விடும். இஸ்ரவேல் சந்ததிகளில் ஏற்பட்ட குழப்பங்களில் முதன்மையானது பெண்கள் சம்பந்தப்பந்தப் பட்டது என்பதினால், உலக கவர்ச்சிகளில் பெண்களின் கவர்ச்சியிலிருந்து எச்சரிக்கையாக இருப்பதே மிக முக்கிய விடயமாகும்.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
@@ -733,114 +1155,376 @@
   </si>
   <si>
     <t>يُبَيِّنُ عبدُ الله بن عمر رضي الله عنهما: أنَّ مِن النوافل التي حفظها عن النبي صلى الله عليه وسلم عشر ركعات وتسمى السنن الرواتب، 
 ركعتين قبل الظهر، وركعتين بعدها، 
 وركعتين بعد المغرب في بيتِه، 
 وركعتين بعد العشاء في بيتِه، 
 وقبل الفجر ركعتين، 
 فتمَّتْ عشر ركعات. 
 وأما صلاة الجمعة فيصلي بعدها ركعتين.</t>
   </si>
   <si>
     <t>ராதிபான ஸுன்னத் தொழுகைள் என்றழைக்கப்படும் -பர்ழான தொழுகைகளுக்கு முன் அல்லது பின் தொழப்படும் தொழுகை- பத்து ரக்அத்துக்களை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடமிருந்து நினைவில் வைத்துக்கொண்டதாக இப்னு உமர் ரழியல்லாஹு அன்ஹுமா அவர்கள் தெளிவுபடுத்துகிறாரகள். அவைகள் பின்வருமாறு: லுஹருக்கு முன் இரண்டு ரக்அத்துக்கள், லுஹருக்குப் பின் இரண்டு ரக்அத்துக்கள், மஃரிபுக்குப் பின் வீட்டில் இரண்டு ரக்அத்துகள், இஷாவிற்குப் பின் வீட்டில் இரண்டு ரக்அத்துகள், ஸுப்ஹுத்தொழுகைக்கு முன் இரண்டு ரக்அத்துக்கள், ஆக இவைகள்; பத்து ரக்அத்துக்களாகும். ஜும்ஆத் தொழுகைக்குப்பின் இரண்டு ரக்கஅத்துக்கள் தொழுவார்கள்.</t>
   </si>
   <si>
     <t>استحباب هذه الرواتب، والمواظبة عليها.
 مشروعية أداء السنة في البيت.</t>
   </si>
   <si>
     <t>மேற்படி ராதிபான ஸுன்னத்துக்களை பேணித் தொழுவது வரவேற்கத்தக்க விடயமாகும்.
 ஸுன்னத்தான தொழுகைகளை வீட்டில் தொழுவதற்கு ஷரீஆவில் அனுமதியுள்ளது, என்பதையும் இந்த 	ஹதீஸ் தெளிவுபடுத்துகிறது.</t>
   </si>
   <si>
     <t>متفق عليه بجميع رواياته</t>
   </si>
   <si>
-    <t>[இதன் எல்லா அறிவிப்புக்களும் புஹாரீ,முஸ்லிம் ஆகியோர் அறிவித்தவைகளாகும்]</t>
+    <t>[இதன் எல்லா அறிவிப்புக்களும் இமாம் புஹாரீ, இமாம் முஸ்லிம் இருவரும் பதிவு செய்தவைகளாகும்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3062</t>
+  </si>
+  <si>
+    <t>كان النبي صلى الله عليه وسلم إذا قام من الليل يشوص فاه بالسواك</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இரவில் (உறங்கி) எழுந்ததும் பல் துலக்கு(ம் குச்சியால் தமது வாயைக் கழுவி சுத்தம் செய்)வார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ.</t>
+  </si>
+  <si>
+    <t>ஹுதைபா ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இரவில் (உறங்கி) எழுந்ததும் பல் துலக்கு(ம் குச்சியால் தமது வாயைக் கழுவி சுத்தம் செய்)வார்கள்.</t>
+  </si>
+  <si>
+    <t>كانَ النبيُّ صلى الله عليه وسلم كثيرًا ما يَستاك ويأمر به، وهو يتأكد في بعض الأوقات، منها: الاستياكُ عند القيام من الليل، حيث كان صلى الله عليه وسلم يَدلُك وينقِّي فاه بالسواك.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அதிகம் மிஸ்வாக் செய்பவர்களாகவும் அதனை வலியுறுத்துபவர்களாகவும் இருந்தார்கள். பல்துலக்குவது –மிஸ்வாக் செய்வது- சில வேளைகளில் வலியுறுத்தப்பட்ட விடயமாகும் அவற்றில் : இரவில் தூங்கி எழும்பினால் பல்துலக்குவது. அந்த நேரத்தில் நபியவர்கள் அராக் குச்சியால் -மிஸ்வாக்- பல்லை துலக்கி சுத்தம் செய்பவர்களாக இருந்தார்கள்.</t>
+  </si>
+  <si>
+    <t>تأكيد مشروعية السواك بعد نوم الليل، وذلك أنَّ النوم مُقتَضٍ لتَغَيُّر رائحة الفم، والسواك هو آلة تنظيفية.
+تأكيد مشروعية السواك عند كل تَغَيُّرٍ كريهٍ للفم، أخذًا من المعنى السابق.
+مشروعية النظافة على وجه العموم، وأنها من سنة النبي صلى الله عليه وسلم، ومن الآداب السامية.
+التسوُّك في الفم كلِّه يشمل: الأسنان، واللثة، واللسان.
+السواك هو عُودٌ يُقطَع من شجرة الأراك أو غيرها، ويُستخدم في تنظيف الفم والأسنان، ويطيِّب الفم، ويُزيل الروائح الكريهة.</t>
+  </si>
+  <si>
+    <t>இரவில் தூங்கி எழும்பிய பின் மிஸ்வாக்- பல்துலக்குவது மார்க்கரீதீயாக வலியுறுத்தப்பட்ட விடயமாகும். காரணம் தூக்கம் வாயின் வாடையை மாற்றுகிறது. மிஸ்வாக்  பற்களைச் சுத்தம் செய்ய பயன்படும் ஒரு சாதனமாகும். (நபியவர்கள் பற்தூரிகையாக அராக் மரத்தின் குச்சியைப் பயன்படுத்தினார்கள்).
+மேலே குறிப்பிட்ட கருத்தின்  பின்னணியில் வாய் துர்நாற்றம் ஏற்படும் போதெல்லாம் பல் துலக்குவது மார்க்கரீதியாக வலியுறுத்தப்பட்டிருத்தல்.
+பொதுவாக சுத்தமாக இருப்பது மார்க்கத்தில் வலியுறத்தப்பட்ட  ஒரு விடயமாகும். இது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் வழிமுறையாகவும் உயர் ஒழுக்கப்பண்புகளில் ஒன்றாகவும் காணப்படுகிறது.
+முழுமையாக பல்துலக்குவது என்பது பற்கள், ஈறுகள், நாக்கு போன்றவற்றை குறிக்கும்
+ஸிவாக் என்பது அராக் அல்லது வேறு மரங்களிலிருந்து வெட்டியெடுக்கப்பட்ட ஒரு குச்சி. இது பற்கள் மற்றும் வாயை சுத்தம் செய்ய பயன்படுத்தப்படும், இதனால் வாய் நறுமணம் பெறுவதோடு, வாய் துர்நாற்றமும் நீங்கிவிடுகிறது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3063</t>
+  </si>
+  <si>
+    <t>لا يفرك مؤمن مؤمنة، إن كره منها خلقا رضي منها آخر</t>
+  </si>
+  <si>
+    <t>'ஒரு முஃ மினான ஆண் (கணவன்) ஒரு முஃமினான பெண்ணை (மனைவியை)வெறுக்க (வேண்டாம்.) அவளது ஒரு குணத்தை வெறுத்தால் அவளின் வேறொரு குணத்தை (விடயத்தை) பொருந்தி அங்கீகரிக்கலாம்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي لله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ» أَوْ قَالَ: «غَيْرَهُ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அறிவிக்கின்றார்கள்: 'ஒரு முஃ மினான ஆண் (கணவன்) ஒரு முஃமினான பெண்ணை (மனைவியை)வெறுக்க (வேண்டாம்.) அவளது ஒரு குணத்தை வெறுத்தால் அவளின் வேறொரு குணத்தை (விடயத்தை) பொருந்தி அங்கீகரிக்கலாம்.'</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم الزوج أن يُبغض زوجتَه بُغضًا يؤدّي إلى ظلمها وتركها والإعراض عنها؛ 
+فإن الإنسان مجبول على النقص، وإن كره منها خُلقًا سيئًا، وجد فيها خلقًا آخر حسنًا؛ فيرضى بالحَسَن الذي يوافقه، ويصبر على ما لا يرضى من السيئ، مما يجعله يصبر ولا يكرهها كرهًا يحمله على فراقها.</t>
+  </si>
+  <si>
+    <t>கணவன் தன் மனைவியை அவளுக்கு அநியாயம் இழைத்து கைவிட்டு புறக்ணிக்கும் நிலைக்கு இட்டுச்செல்லும் அளவுக்கு  தன் மனைவியை வெறுப்பதை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் தடுத்தார்கள். நிச்சயமாக மனிதன் குறை உடனே படைக்கப்பட்டுள்ளான். அவளிடமிருந்து வெளிப்படும் கெட்ட, மோசமான குணமொன்றை  வெறுத்தால்,  அவளிலே  காணப்படும் வேறொரு நல்ல குணத்தை - பொருந்தி ஏற்றுக் கொள்வான். அத்துடன்  அவனால் பொறுந்திக்கொள்ள முடியாத மோசமான பண்புகளில் பொறுமையை கடைப்பிடிப்பான். அவ்விதம் அவன் பொருமையை கடைபிடிப்பிடிக்கும் அந்த மோசமான பண்பை வெறுப்பதானது  அவளை பிரிந்து வாழ்வதற்குரிய அளவிற்கு தூண்டுவதாக அமைந்துவிடுதல் ஆகாது.</t>
+  </si>
+  <si>
+    <t>دعوة المؤمن إلى العدل وتحكيم العقل في أي خلاف ينشأ مع زوجته، وعدم اللجوء إلى تحكيم العاطفة والانفعالات المؤقتة.
+شأن المؤمن أن لا يبغض المؤمنة بغضًا كليًّا يحمله على فراقها، بل الذي  ينبغي عليه أن يتغاضى عما يكره بما يحب.
+الحث على حسن العشرة والصحبة بين الزوجين.
+الإيمان داع لمكارم الأخلاق، فلا يخلو المؤمن والمؤمنة من خلق حسن؛ فالإيمان يستلزم وجود خصال محمودة فيهما.</t>
+  </si>
+  <si>
+    <t>ஒரு முஃமின் தனது மனைவியுடன் ஏற்படும் எல்லாவிதமான முரண்பாடுகளின் போதும் நீதியுடனும் அறிவுபூர்வமாகவும் செயல்பட வேண்டும் என்றும், உணர்வுகளுக்கும் தற்காலிக உணர்ச்சிகளுக்கு கட்டுண்டு இருக்கக் கூடாது என்றும் தூண்டப்பட்டிருத்தல்.
+முஃமின்(தனது) முஃமினான (மனைவியை) விவாக விடுதலையளிக்கும் அளவு முற்றாக வெறுக்காது இருப்பது அவசியம்,
+கணவன்மனைவிக்கிடையில் பாச நேசத்தோடும், நல்லமுறையில் உறவாடுவதற்கும்  வலியுறுத்தப்பட்டிருத்தல்.
+ஈமான் எனும் இறைவிசுவாசம் நற்குணங்களுக்குத் தூண்டுகிறது. எனவே முஃமினான ஆண்,பெண் இரு பாலாரும் நற்குணத்தை விட்டும் நீங்கியிருக்க முடியாது. ஆகவே ஈமான் போற்றப் படக் கூடிய விடயங்கள் அவ்விரு பாலாரிலும் இருப்பதை வலிறுத்துகிறது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3071</t>
+  </si>
+  <si>
+    <t>كنت مع النبي صلى الله عليه وسلم فانتهى إلى سباطة قوم، فبال قائما،</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களுடன் இருந்தேன். அப்போது அவர்கள் ஒரு கூட்டத்தினரால் மண் மற்றும் குப்பை கூலங்கள் வீசப்படும் இடத்திற்குச் சென்று நின்ற நிலையில் சிறுநீர் கழித்தார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا، فَتَنَحَّيْتُ فَقَالَ: «ادْنُهْ» فَدَنَوْتُ حَتَّى قُمْتُ عِنْدَ عَقِبَيْهِ فَتَوَضَّأَ فَمَسَحَ عَلَى خُفَّيْهِ.</t>
+  </si>
+  <si>
+    <t>ஹுதைபா ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களுடன் இருந்தேன். அப்போது அவர்கள் ஒரு கூட்டத்தினரால் மண் மற்றும் குப்பை கூலங்கள் வீசப்படும் இடத்திற்குச் சென்று நின்ற நிலையில் சிறுநீர் கழித்தார்கள். உடனே நான் அவரைவிட்டு ஓதுங்கிச் சென்றேன். அப்பொழுது தன்னிடம் நெறுங்கி நிற்குமாறு நபியவர்கள் 
+என்னைப் பணித்தார்கள். நான் அவர்களை நெருங்கி அவர்களது இரு குதிகால்களிடத்தில் நின்று (அவர்களை மறைத்துக் கொண்டேன்.) அவரகள் வுழூ செய்து தனது இரு ( خف  குப்பு) காலுறைகளின் மீது தண்ணீரினால் (மஸ்ஹு) தடவிக் கொணடார்கள்.</t>
+  </si>
+  <si>
+    <t>يُخبِرُ حذيفةُ بن اليمان رضي الله عنهما أنه كان مع النبي صلى الله عليه وسلم، فأراد صلى الله عليه وسلم أن يَتبوَّل، فدخل سباطة قوم؛ وهي الموضع الذي يُلقى فيه القمامة والتراب الذي يكنس من المنازل، فتبول وهو واقف، وكان غالب عادته أن يبول قاعدًا. 
+فتباعد عنه حذيفة، فقال له صلى الله عليه وسلم: اقترب، فاقترب حذيفة منه حتى قام خلفه عند مؤخر قدميه؛ ليكون كالسترة له عن النظر إليه في تلك الحالة. 
+ثم توضأ صلى الله عليه وسلم، وعند غسل الرجلين، اكتفى بالمسح على خفيه -وهما ما يلبس في الرجل من جلد رقيق ونحوه ويكون ساترًا للكعبين- ولم يخلعهما.</t>
+  </si>
+  <si>
+    <t>ஹுதைபதுப்னுல் யமான் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : நான் நபிஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களுடன் இருந்தேன், சிறு நீர் கழிக்க நாடிய அவர்கள் ஒரு கூட்டத்தினரால்; குப்பைகூலங்கள் மற்றும் வீடுகளில் கூட்டப்படும் மண் வீசப்பட்ட இடத்திற்குச் சென்று, நின்ற நிலையில் சிறுநீர் கழித்தார்கள். அவர்களது அன்றாட வாழ்வில் பெரும்பாலும் குந்திய நிலையில் சிறுநீர் கழிப்பதுவே அவர்களது வழமையாக இருந்தது.
+ஹுதைபாஅவர்கள் நபியவர்களை விட்டும்  தூரமானார்கள். அப்பொழுது ஹுதைபாவுக்கு நெருங்கி நிற்குமாறு நபி ஸல்லல்லாஹு அலைஹி வஸல்லம்அவர்கள் கூறினார்கள் .
+ அவ்வேளை ஹுதைபா அவர்கள் நபியவர்களை நெருங்கி நபியவர்களின் குதிகால்கால்கள் பக்கமாக நின்றார்கள், நபியவர்களை அந்நிலையில் எவரும் கண்டு கொள்ளக் கூடாது என்பதற்காக நபியவர்களை  மறைத்துக் கொண்டார்கள்.
+பின் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் வுழூ செய்தார்கள், இரு கால்களை கழுவுவதற்கு பதிலாக தான் காலில் அணிந்திருந்த இரு 'خف  குப்பு'களையும் களையாது அவ்விரண்டின் மீதும் தண்ணீரினால் தடவிப் போதுமாக்கி கொண்டார்கள்.
+'خف  குப்பு' என்பது: மெல்லிய தோல், அல்லது  அதுபோன்றவைகளினால் இருகால்களின் கரண்டை மறையும் அளவு செய்யப்பட்ட காலுறை போன்று இரு கால்களிலும் அணியப்படக் கூடியது.</t>
+  </si>
+  <si>
+    <t>مشروعية المسح على الخفين.
+جواز البول قائمًا بشرط أن لا يصيبَه منه شيء.
+اختيار النبي صلى الله عليه وسلم السباطة وهي مكان المزبلة والكناسة لأنها في الغالب سهلة لا يرتد فيها البول على البائل.</t>
+  </si>
+  <si>
+    <t>خف குப்பின் மீது தண்ணீரினால் மஸ்ஹு (தடவுதல் ) தடவுதல் மார்க்கத்தில் அனுமதிக்கப்பட்ட விடயாமாகும்.
+தனது உடம்பில் சிறுநீர் படாதாவாறு நின்ற நிலையில் சிறுநீர் கழிப்பது அனுமதிக்கப்பட்டது. (நபியவர்கள் வழமையில் அமர்ந்த நிலையிலேயே சிறு நீர் கழித்திருக்கிறார்கள் என்பதைக் கருத்திற்கொள்க.)
+நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள்; குப்பைகூலங்கள் மற்றும் வீடுகளில் பெருக்கி வீசப்படும் குப்பைகள் உள்ள இடத்தை தெரிவு செய்தது பெரும்பாலும் அந்த இடம் பள்ளமாக இருப்பதன் காரணமாக அதில் கழிக்கப்படும் சிறுநீர் கழிப்பவர் மீது மீண்டு வந்து  அதிலிருந்து ஒரு துளிஅளவும் உடம்பிலோ ஆடையிலோ படாதிருக்கும்  என்பதினாலாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3075</t>
+  </si>
+  <si>
+    <t>إذا أتيتم الغائط فلا تستقبلوا القبلة، ولا تستدبروها ولكن شرقوا أو غربوا</t>
+  </si>
+  <si>
+    <t>((நீங்கள் மலம் கழிக்கச் சென்றால், கிப்லா (கஃபா) திசையை முன்னோக்கவும் வேண்டாம்; (அதன் திசையில்) முதுகைக் காட்டி அமரவும் வேண்டாம். மாறாக, கிழக்கு நோக்கியோ மேற்கு நோக்கியோ திரும்பிக் கொள்ளுங்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي أَيُّوبَ الأَنْصَارِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا» قَالَ أَبُو أَيُّوبَ: فَقَدِمْنَا الشَّأْمَ فَوَجَدْنَا مَرَاحِيضَ بُنِيَتْ قِبَلَ القِبْلَةِ فَنَنْحَرِفُ، وَنَسْتَغْفِرُ اللَّهَ تَعَالَى.</t>
+  </si>
+  <si>
+    <t>அபூ அய்யூபுல் அல்அன்ஸாரி ரழியல்லாஹு அன்ஹு அவர்கள் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அறிவிக்கிறார்கள் : ((நீங்கள் மலம் கழிக்கச் சென்றால், கிப்லா (கஃபா) திசையை முன்னோக்கவும் வேண்டாம்; (அதன் திசையில்) முதுகைக் காட்டி அமரவும் வேண்டாம். மாறாக, கிழக்கு நோக்கியோ மேற்கு நோக்கியோ திரும்பிக் கொள்ளுங்கள். இதை அறிவித்த அபூ அய்யூப் அல்அன்சாரி ரழியல்லாஹு அன்ஹு  அவர்கள், நாங்கள் ஷாம் (சிரியா) நாட்டிற்குச் சென்றிருந்த போது, (அங்குள்ள) கழிப்பறைகள் கிப்லாவை முன்னோக்கி கட்டப்பட்டிருப்பதைக் கண்டோம். ஆகவே, நாங்கள் (கிப்லாவின் திசையிலிருந்து) விலகிக்கொண்டதோடு (அவ்வாறு கட்டியவர்களுக்காக) அல்லாஹ்விடம் பாவமன்னிப்பும் கோரினோம் என்று சொன்னார்கள்.</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أراد قضاء حاجته من بول أو غائط أن يستقبل القبلة وجهة الكعبة، ولا يستدبرها بأن يجعلها خلف ظهره؛ بل عليه أن ينحرف عنها قِبَلَ المشرق أو المغرب إذا كانت قبلته كقبلة أهل المدينة. 
+ثم أخبر أبو أيوب رضي الله عنه أنهم لما قدموا الشام وجدُوا فيها المراحيض المعدة لقضاء الحاجة قد بُنيت متجهة إلى الكعبة، فكانوا ينحرفون بأجسادهم عن القبلة، ومع ذلك يستغفرون الله.</t>
+  </si>
+  <si>
+    <t>சிறு நீர் அல்லது மலம் கழிக்க நாடுபவர் கிப்லாத் திசையையை முன்னோக்கி அல்லது பின்னோக்கி தனது தேவையை நிறைவேற்றுவதை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தடைசெய்தார்கள். மாறாக அவர் அத்திசையை விட்டு விலகி கிழக்கு அல்லது மேற்கு திசை நோக்கி அமர்ந்து தனது இயற்கைத்தேவையை நிறைவேற்றுமாறு குறிப்பிடுகிறார்கள். அதாவது இது மதீனா வாசிகளின் கிப்லாத் திசை உள்ளோர் இவ்வாறு செய்தல் வேண்டும். இவர்கள் அல்லாதோர் அவர்களின் நோக்கும் கிப்லாத் திசையை விட்டு விலகி மாற்றுத்திசையை நோக்கி அமர்தல் வேண்டும். தொடர்ந்தும், அபூஅய்யூப் அன்ஸாரி ரழியல்லாஹு அன்ஹு குறிப்பிடுகையில் அவர்கள்; ஷாம் தேசத்திற்கு சென்றிருந்த போது அங்கே இயற்கைத்தேவையை நிறைவேற்றுவதற்கென தனியான கழிவறைகள் காணப்பட்டதாகவும் அவை கிப்லா திசைநோக்கி அமைந்திருந்ததாகவும் தெரிவிக்கிறார்கள். அவர்கள் அக்கழிவறைகளை பயன்படுத்தும் போது தங்களது உடலை கிப்லாத்திசையை விட்டு சற்று விலக்கி அமர்ந்தாகவும் அதற்காக அல்லாஹ்விடம் பாவமன்னிப்புக் கோரியதாகவும் குறிப்பிடுகிறார்கள்.</t>
+  </si>
+  <si>
+    <t>الحكمة في ذلك تعظيم الكعبة المشرفة واحترامها.
+الاستغفار بعد الخروج من مكان قضاء الحاجة.
+حسن تعليم النبي صلى الله عليه وسلم؛ لأنه لما ذكر الممنوع أرشد إلى الجائز.</t>
+  </si>
+  <si>
+    <t>கிப்லாத் திசையை நோக்கி அமர்ந்து இயற்கைத் தேவையை நிறைவேற்றுவது தடைசெய்யப்பட்டிருப்பதில் உள்ளடங்கியிருக்கும் நுட்பம் கஃபாவை புனிதப்படுத்தி அதற்கு கௌரவமளிப்பதாகும்.
+கழிவறையிலிருந்து வெளியேறியதின் பின்  இஸ்திஃபார் செய்தல்.
+தடைசெய்யப்பட்ட விடயத்தை குறிப்பிட்டு அதற்கு நிகராக அனுமதிக்கப்பட்ட விடயத்தை குறிப்பிட்டுள்ளமை நபியவர்களின் அழகிய கற்பித்தல் முறையை எடுத்துக்காட்டுகின்றது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3078</t>
+  </si>
+  <si>
+    <t>لا يمسكن أحدكم ذكره بيمينه وهو يبول، ولا يتمسح من الخلاء بيمينه، ولا يتنفس في الإناء</t>
+  </si>
+  <si>
+    <t>((உங்களில் ஒருவர் சிறுநீர் கழிக்கும் போது, மறை உறுப்பைத் தமது வலக் கரத்தால் தொட வேண்டாம்; வலக் கரத் தால் சுத்தம் செய்யவும் வேண்டாம். (ஏதேனும் ஒன்றைப் பருகும்போது) பாத்திரத்திற்குள் மூச்சு விடவும் வேண்டாம்.))</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்  கூறியதாக அபூ கதாதா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : ((உங்களில் ஒருவர் சிறுநீர் கழிக்கும் போது, மறை உறுப்பைத் தமது வலக் கரத்தால் தொட வேண்டாம்; வலக் கரத் தால் சுத்தம் செய்யவும் வேண்டாம். (ஏதேனும் ஒன்றைப் பருகும்போது) பாத்திரத்திற்குள் மூச்சு விடவும் வேண்டாம்.))</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعض الآداب؛ حيث نهى أنْ يُمْسِكَ الرجل ذكره حال البول بيده اليمنى، وأن تُزال النجاسة من القُبُلِ أو الدُّبُرِ باليد اليمنى؛ لأن اليمين أعدت للمكارم، 
+كما نهى أن يتنفس الإنسان في الإناء الذي يشرب فيه.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் சில ஒழுக்கங்கள் பற்றிக் குறிப்பிடுகிறார்கள். அதாவது, ஒருவர் சிறுநீர் கழிக்கும் போது தனது மறையுறுப்பை வலது கையால் பிடிப்பதையும், முன்பின் துவாரங்களில் உள்ள அசுத்தத்தை வலது கையினால் நீக்குவதையும் தடை செய்துள்ளார்கள். ஏனெனில்; வலது கை நல்ல விடயங்களில் பயன்படுத்துவதற்குறியது என்பதினாலாகும். அதே போன்று குடிக்கும் பாத்திரத்தினுள் மூச்சு விடுவதையும் தடைசெய்துள்ளார்கள்.</t>
+  </si>
+  <si>
+    <t>بيان سَبْق الإسلام في الآداب والنظافة.
+اجتناب الأشياء القذرة، فإذا اضطر إلى مباشرتها، فليكن باليسار.
+بيان شرف اليمين وفضلها على اليسار.
+كمال الشريعة الإسلامية وشمول تعاليمها.</t>
+  </si>
+  <si>
+    <t>ஒழுக்கங்கள் மற்றும் சுத்தம் போன்றவற்றில் இஸ்லாம் முன்னிலையில் காணப்படுகின்றமை.
+அசுத்தமான பொருட்களை தொடுவதை விட்டு விலகியிருத்தல், ஆனால் கட்டாயம் தொடவேண்டிய தேவையிருந்தால் அதற்கு அவர் இடது கையைப் பயன்படுத்தட்டும்.
+வலது கையின் மேன்மையும் இடது கையை விடவும் அது சிறப்புப்பெற்றுள்ளமை தொடர்பான விபரமும்.
+இஸ்லாமிய ஷரீஆவின் முழுமைத்துவமும் அதன் போதனைகளின் விரிவானதன்மையும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3079</t>
   </si>
   <si>
     <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
   </si>
   <si>
     <t>(தொழுகை நடத்தும்) இமாமுக்கு முன் தலையை உயர்த்துபவர், அல்லாஹ் தன் தலையை கழுதையின் தலையாக மாற்றிவிடுவிடுவதை அல்லது அவரின் தோற்றத்தை கழுதையின் தோற்றமாக மாற்றிவிடுவதை அஞ்ச வேண்டாமா?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள்: (தொழுகை நடத்தும்) இமாமுக்கு முன் தலையை உயர்த்துபவர், அல்லாஹ் தன் தலையை கழுதையின் தலையாக மாற்றிவிடுவிடுவதை அல்லது அவரின் தோற்றத்தை கழுதையின் தோற்றமாக மாற்றிவிடுவதை அஞ்ச வேண்டாமா?</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على مَن يَرفَعُ رأسَه قبل إمامِهِ، بأنْ يجعلَ اللهُ رأسَه رأسَ حِمار، أو يَجعلَ صورتَه صورةَ حمار.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இமாமுக்கும் முன் முந்தி செல்பவருக்கு கடுமையான எச்சரிக்கையை பதிவு செய்கிறார்கள். அவ்வாறு நடந்து கொள்பவரின் தலை கழுதையின் தலையாக அல்லது அவரின் வடிவத்தை கழுதையின் வடிவமாக அல்லாஹ் மாற்றிடுவான் என்பதே அந்த கடுமையான எச்சரிகை.</t>
   </si>
   <si>
     <t>للمأموم مع الإمام أربع حالات: ثلاث منهي عنها، وهي: المسابقة والموافقة والتأخر، والمشروع للمأموم: المتابعة للإمام.
 وجوب متابعة المأموم للإمام في الصلاة.
 الوعيدُ بتغيير صورة من يرفع رأسه قبل الإمام إلى صورة حمار أَمْرٌ ممكن، وهو مِن المسخ.</t>
   </si>
   <si>
     <t>இமாமைப் பின்பற்றி தொழும் மஃமுமிற்கு நான்கு நிலைகள் உண்டு : அவற்றில் மூன்று தடுக்கப்பட்டவைகளாகவும் ஒன்று அனுமதிக்கப்பட்டதுமாகும். இமாமை முந்திச்செல்லுதல், இமாமுடன் ஒன்றாகச்செல்லுதல், தாமதமாகச் செல்லுதல் போன்றன தடுக்கப்பட்டவைகளாகும். இமாமைத் தொடரந்து அவரைப்பின்பற்றிச் செல்வது மாத்திரம் அனுமதிக்கப்பட்ட நிலையாகும்.
 தொழுகையில் இமாமைப் பின்துயர்ந்து செல்வது வாஜிபாகும்-கட்டாயமாகும்.
 இமாமுக்கும் முன் தலையை உயர்துபவரின் தோற்றம் மாற்றப்படுவது பற்றி எச்சரிக்கை நிகழ முடியுமான விடயமாகும் அதுவே உருமாற்றமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3086</t>
   </si>
   <si>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم عن الساعة، فقال: متى الساعة؟ قال: وماذا أعددت لها</t>
+  </si>
+  <si>
+    <t>அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் கூறியதாவது: ஒரு மனிதர் நபி (ஸல்) அவர்களிடம் மறுமை நாளைப் பற்றி, மறுமை நாள் எப்போது வரும்? என்று கேட்டார். நபி (ஸல்) அவர்கள், அதற்காக நீ என்ன (நற்செயல்களைத்) தயார் செய்து வைத்திருக்கிறாய்?</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا». قَالَ: لاَ شَيْءَ، إِلَّا أَنِّي أُحِبُّ اللَّهَ وَرَسُولَهُ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ». قَالَ أَنَسٌ: فَمَا فَرِحْنَا بِشَيْءٍ، فَرِحْنَا بِقَوْلِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ» قَالَ أَنَسٌ: فَأَنَا أُحِبُّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَأَبَا بَكْرٍ، وَعُمَرَ، وَأَرْجُو أَنْ أَكُونَ مَعَهُمْ بِحُبِّي إِيَّاهُمْ، وَإِنْ لَمْ أَعْمَلْ بِمِثْلِ أَعْمَالِهِمْ.</t>
+  </si>
+  <si>
+    <t>அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் கூறியதாவது: ஒரு மனிதர் நபி (ஸல்) அவர்களிடம் மறுமை நாளைப் பற்றி, மறுமை நாள் எப்போது வரும்? என்று கேட்டார். நபி (ஸல்) அவர்கள், அதற்காக நீ என்ன (நற்செயல்களைத்) தயார் செய்து வைத்திருக்கிறாய்? என்று (திருப்பிக்) கேட்டார்கள். அம்மனிதர், 'எதுவுமில்லை'. எனினும் நான் அல்லாஹ்வையும் அவனுடைய தூதரையும் நேசிக்கிறேன் என்று பதிலளித்தார். அதற்கு நபி (ஸல்) அவர்கள், 'நீ நேசித்தவர்களுடன்தான் (மறுமையில்) நீ இருப்பாய்' என்று சொன்னார்கள். நபி (ஸல்) அவர்கள், 'நீ நேசித்தவர்களுடன் நீ இருப்பாய்' என்று சொன்னதைக் கேட்டு நாங்கள் மகிழ்ச்சியடைந்ததைப் போன்று வேறு எதனாலும் நாங்கள் மகிழ்ச்சியடைந்ததில்லை. நான் நபி (ஸல்) அவர்களையும் அபூபக்ர் (ரழி) அவர்களையும் உமர் (ரழி) அவர்களையும் நேசிக்கிறேன். மேலும், அவர்களை நேசித்த காரணத்தால் (மறுமையில்) அவர்களுடன்தான் இருப்பேன் என்று நான் நம்புகிறேன். அவர்களுடைய நற்செயல்களைப் போன்று நான் நற்செயல் புரியாவிட்டாலும் சரியே!.</t>
+  </si>
+  <si>
+    <t>سَألَ النبيَّ صلى الله عليه وسلم رجلٌ أعرابيٌّ مِمّن يَسكن الصحراء: عن وقت قيام الساعة؟ 
+فقال له صلى الله عليه وسلم: وما أعددتَ لها من العمل الصالح؟ 
+فقال السائل: ما أعددتُ لها كبيرَ عملٍ إلا أني أحبُّ اللهَ ورسولَه، ولم يذكر غيرَها من العبادات القلبية والبدنية والمالية؛ لأنها كلُّها فروع للمحبة مترتبة عليها، ولأن المحبة الصادقة باعثة للاجتهاد في العمل الصالح.
+فقال له صلى الله عليه وسلم: إنك مع مَن أحببتَ في الجنة. 
+ففرح أصحابُ النبيِّ صلى الله عليه وسلم بهذه البشرى فرحًا شديدًا.
+ثم أَخبرَ أنسٌ رضي الله عنه أنه يحب النبي صلى الله عليه وسلم وأبا بكر، وعمر، ويرجو أن يكون معهم، وإن كان عملُه ليس مثلَ عملِهم.</t>
+  </si>
+  <si>
+    <t>பாலை வனத்தில் வசிக்கும் ஒரு நாட்டுப்புற அரபி நபியவர்களிடம் வந்து மறுமை நாள் நிகழும் நேரம் குறித்து வினவினார்.
+அதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அவரிடம் நீ அதற்காக நல்லமல்களில் எவற்றை தயார்செய்து வைத்துள்ளாய்? என்று கேட்டார்கள்.
+கேள்வி கேட்டவர் நான் அதற்கென பெரிதாக எந்தவொரு நற்காரியத்தையும் செய்யவில்லை என்றாலும் அல்லாஹ்வையும் அவனது தூதரையும் உளமாற தான் நேசிப்பதாக கூறினார். இது தவிர உளரீதியான, உடல் ரீதியான மற்றும் செல்வ ரீதியான எந்த ஒரு வணக்கத்தையும் அவர் குறிப்பிடவில்லை. ஏனெனில் இவையெல்லாம் அடிப்படையான நேசத்தின் விளைவாக வருபவை. அத்துடன் உண்மையான நேசமானது நல்லமல்களின் பால் முயற்சிப்பதை தூண்டக் கூடியதாக இருக்கும்.
+அதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் நீ யாரை நேசிக்கிறாயோ அவருடன் சுவர்க்கத்தில் இருப்பாய்  என்று கூறினார்கள்.
+இந்த நன்மாரயத்தின் (நற்செய்தி) மூலம் ஸஹாபாக்கள் மிகவும் மகிழ்ச்சியடைந்தார்கள்.
+தொடர்ந்தும் அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் குறிப்பிடுகையில், தான் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களையும் அபூபக்ர் உமர் ரழியல்லாஹு அன்ஹுமா ஆகியோரையும் நேசிக்கிறேன். தனது அமல்கள் அவர்களின் அமல்களின் அளவுக்கு இல்லையென்றிருந்தாலும் அவர்களுடன் சுவர்க்கத்தில் இருக்க வேண்டுமென எதிர்பார்க்கிறேன் என்றார்கள்.</t>
+  </si>
+  <si>
+    <t>حكمة رسول الله صلى الله عليه وسلم في إجابة السائل، حيث دلَّه على الذي يهمه وينجيه، وهو: الاستعداد للآخرة بما ينفع والعمل الصالح.
+أخفى اللهُ علمَ الساعة على العباد ليبقى المرء مستعدًّا متجهزًا للقاء الله.
+فضل محبة الله ورسوله والصالحين من المؤمنين، والتحذير من محبة المشركين.
+قوله صلى الله عليه وسلم: أنت مع من أحببت. ليس المراد التساوي في الدرجة والمنزلة، بل المراد كونهم في الجنة بحيث يتمكَّن كل واحد منهم من رؤية الآخر وإن بَعُد المكان.
+توجيه المسلم للانشغال بالأصلح والأنفع له، وترك السؤال عما لا ينفعه.</t>
+  </si>
+  <si>
+    <t>கேள்வி கேட்டவருக்கு பதிலளிப்பதில் நபியவர்கள் புத்திசாலித்தனமாக நடந்து கொண்டமை. அதாவது கேள்வி கேட்டவருக்கு நரகிலிருந்து அவருக்கு மீட்சியைப் பெற்றுக்கொள்ளக் கூடிய ஒரு முக்கிய  விடயத்தின் பால் அவருக்கு வழிகாட்டினார்கள். அதுதான்  நன்மையான காரியங்கள் மற்றும் நற்செயல்கள் மூலம் மறுமைக்கு தயாருகுதல்.
+அல்லாஹ்வை சந்திப்பதற்கு எப்போதும் மனிதன் தயார் நிலையில் இருக்க வேண்டும் என்பதற்காக, அடியார்களுக்கு அல்லாஹ் மறுமை நிகழும் நேரத்தைப் பற்றிய அறிவை மறைத்து வைத்துள்ளான்.
+அல்லாஹ்வையும் அவனது தூதரையும் முஃமின்களில் நல்லோர்களையும் நேசிப்பதன் சிறப்பு பிரஸ்தாபிக்க்பட்டிருத்தல்.
+'நீ யாரை நேசிக்கிராயோ அவருடன் நீர் சுவர்கத்தில் இருப்பீர்' என்ற நபியவர்களின் கூற்றின் கருத்து படித்தரம் மற்றும் அந்தஸ்தில் சரிநிகராக இருப்பீர் என்ற பொருளல்ல. மாறாக அவர்கள் எல்லோரும் சுவர்கத்தில் இருப்பார்கள் ஒவ்வொருவரும் தாம் இருக்குமிடம் தூரமாக இருப்பினும் மற்றவரை காணுமளவிற்கு முடியுமாக இருக்கும்.
+ஒரு முஸ்லிம் தனக்கு மிகவும் சிறந்ததும் பயனைப் பெற்றுத் தரவல்லதுமான விடயங்களில் தன்னை ஈடுபடுத்திக்கொள்ள வேண்டும் எனவும், தனக்கு எவ்விதத்திலும் பயனற்ற விடயங்களில் கேள்வி கேட்பதை தவிர்த்துக்கொள்ள வேண்டும் எனவும் வழிகாட்டப்பட்டுள்ளமை.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3087</t>
+  </si>
+  <si>
     <t>لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان</t>
   </si>
   <si>
     <t>'உணவு சாப்பிடுவதற்கு தயார் நிலையில் இருக்கும் போதும், சிறுநீர் மற்றும் மலத்தை அடக்கிக் கொண்டும் தொழக்கூடாது'</t>
   </si>
   <si>
     <t>عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர்  ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை  தான்   கேட்டதாக ஆஇஷா ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : 'உணவு சாப்பிடுவதற்கு தயார் நிலையில் இருக்கும் போதும், சிறுநீர் மற்றும் மலத்தை அடக்கிக் கொண்டும் தொழக்கூடாது'.</t>
   </si>
   <si>
     <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>உணவு சாப்பிடுவதற்கு தயாரான நிலையில்; தொழுபவர் மனது ஏங்கிக்கொண்டு உணவு பற்றிய சிந்தனையுடன் தொழுவதை அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அவைலஹிஸ்ஸலாம் அவர்கள் தடுத்தார்கள்.
 அதே போல் மலசலத்தை அடக்கிக்கொண்டு அதன் சிந்தனையில் தொழுவதையும் தடுத்தார்கள்.</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>தொழுவதற்கு முன் தொழுகையின் ஈடுபாட்டை, கவனத்தை சிதறடிக்கும் அனைத்தையும் தூரப்படுத்துவது  அவசியமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3088</t>
+  </si>
+  <si>
+    <t>أن رسول الله صلى الله عليه وسلم كان يرفع يديه حذو منكبيه إذا افتتح الصلاة،</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் தொழுகையைத் துவக்கும்போது தம்தோல்களுக்கு நேராகத் கைகளை உயர்த்துவார்கள்</t>
+  </si>
+  <si>
+    <t>عَن ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ، وَإِذَا كَبَّرَ لِلرُّكُوعِ، وَإِذَا رَفَعَ رَأْسَهُ مِنَ الرُّكُوعِ، رَفَعَهُمَا كَذَلِكَ أَيْضًا، وَقَالَ: «سَمِعَ اللَّهُ لِمَنْ حَمِدَهُ، رَبَّنَا وَلَكَ الحَمْدُ»، وَكَانَ لاَ يَفْعَلُ ذَلِكَ فِي السُّجُودِ.</t>
+  </si>
+  <si>
+    <t>இப்னு உமர் ரழியல்லாஹு அன்ஹுமா  அவர்கள் கூறினார்கள் : அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் தொழுகையைத் துவக்கும்போது தம்தோல்களுக்கு நேராகத் கைகளை உயர்த்துவார்கள். ருகூஉவிற்காக 'தக்பீர்' கூறும்போதும், ருகூவிலிருந்து தலையை உயர்த்தும்போதும் அவ்வாறே (தோல்களுக்கு நேராக) இரு கைகளையும் மீண்டும் உயர்த்துவார்கள்.
+மேலும் (ருகூவிலிருந்து எழும்போது) 'ஸமிஅல்லாஹு லிமன் ஹமிதஹ், ரப்பனா வல(க்)கல் ஹம்து' என்று கூறுவார்கள். சஜ்தாவில் (குனியும்போதோ சஜ்தாவிலிருந்து எழும்போதோ) இவ்வாறு செய்ய மாட்டார்கள் (கைகளை உயர்த்த மாட்டார்கள்).</t>
+  </si>
+  <si>
+    <t>كانَ النبيُّ صلى الله عليه وسلم  يرفع يديه في ثلاثةِ مواضع من الصلاة إزاء أو مقابل المنكب الذي هو: مجمع عظم الكتف والعضد. 
+الموضع الأول: إذا افتتح الصلاة عند تكبيرة الإحرام. 
+الثاني: إذا كبّر للركوع. 
+الثالث: إذا رفع رأسه من الركوع وقال: سمع الله لمن حمده ربنا ولك الحمد.
+وكان لا يرفع يديه عند ابتداء السجود، ولا عند الرفع منه.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தொழுகையின் போது மூன்று  நிலைகளில் தோல்பட்டைக்கு நேராக தனது இரு கைகளையும் உயர்த்தக்கூடியவர்களாக இருந்தார்கள். அதாவது:தோள்பட்டை என்பது மூட்டுக்கும் கைக்கும் இடைப்பட்ட பகுதி.
+முதலாவது இடம் : தொழுகையின் ஆரம்பத் தக்பீரான  இஹ்ராம் தக்பீர் கூறுகையில்.
+இரண்டாவது இடம் : ருகூஉ செய்ய தக்பிர் கூறும் போது ,
+மூன்றாவது : ருகூவிலிருந்து தலையை உயர்த்தி, 'ஸமிஅல்லாஹுலிமன்ஹமிதஹ் ரப்பனா வலகல் ஹம்த்' என்று கூறும் போது. பொருள் : தன்னைப் புகழ்ந்தவனின் புகழுரையை அல்லாஹ் செவிமடுத்தான். எங்கள் இரட்சகனே புகழனைத்தும் உனக்கே உரியது.
+ஸஜ்தாவைத் தொடங்கும்போதோ அல்லது அதிலிருந்து எழும்போதோ நபியவர்கள் கைகளை உயர்த்தமாட்டார்கள்.</t>
+  </si>
+  <si>
+    <t>من حِكَم رفع اليدين في الصلاة أنها زينة للصلاة وتعظيم لله سبحانه.
+ثبت عنه صلى الله عليه وسلم رفع يديه في موضع رابع كما في رواية أبي حميد الساعدي عند أبي داود وغيره، وهو عند القيام من التشهد الأول في الصلاة الثلاثية والرباعية.
+ثبت عنه صلى الله عليه وسلم أيضًا أنه يرفع يديه حذو أذنيه دون لمس كما في رواية مالك بن الحويرث في الصحيحين: «أن رسول الله صلى الله عليه وسلم كان إذا كبر رفع يديه حتى يحاذي بهما أذنيه».
+الجمع بين التسميع والتحميد خاص بالإمام والمنفرد، أما المأموم فيقول: ربنا ولك الحمد.
+قول: "رَبَّنَا وَلَكَ الحَمْدُ" بعد الركوع صح عن النبي صلى الله عليه وسلم فيه أربع صيغ، وهذه واحدة منها، والأفضل أن يتتبع المرء هذه الصيغ ويأتي بهذا مرة، وهذه مرة.</t>
+  </si>
+  <si>
+    <t>தொழுகையில் கைகளை உயர்த்துவதன் யதார்த்தம் என்னவென்றால், அது உண்மையில் தொழுகைக்கு அலங்காரமாகவும், தூயவனான அல்லாஹ்வைக் கண்ணியப்படுத்துவதாகவும் இருக்கிறது.
+நபி (ஸல்) அவர்கள் தொழுகையில் கைகளை உயர்த்திய இடங்களில் நான்காவது இடமும்; குறிப்பிடப்பட்டுள்ளது. இதனை அபு ஹுமைத்; அஸ்ஸாஇதி அவர்கள் அறவித்துள்ளார்கள், இந்த ஹதீஸை அபூ தாவூத் உட்பட மற்றும் பலர் பதிவு செய்துள்ளனர். அதாவது மூன்று ரக்அத் மற்றும் நான்கு ரக்அத் தொழுகைகளில் முதல் தஷஹ்ஹுத் ஓதிய பின்  நிலைக்கு வரும்போதாகும்.
+நபிகள் நாயகம் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இரண்டு கைகளையும் இரு காதுகளுக்கும் படாது நேராக உயர்த்தியதாகவும் குறிப்பிடப்பட்டுள்ளது. புஹாரி மற்றும் முஸ்லிமில் குறிப்பிடப்பட்டுள்ள ஒரு அறிவிப்பில் மாலிக் இப்னு ஹுவைரிஸ் கூறுகிறார்கள் : அல்லாஹ்வின் தூதர்கள் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தக்பீர் கூறும் போது தம் கைகளை காதுகளுக்கு இணையாக –நேராக உயர்த்தினார்கள் என இடம்பெற்றுள்ளது.
+'ஸமிஅல்லாஹு லிமான் ஹமிதா' என்று ஜமாஅத் தொழுகையின் போது இமாம் மட்டுமே கூறுவார். அதனைத் தொடர்ந்து மஃமூம்கள் 'ரப்பனா வலகல் ஹம்து' என்று கூறுவார்கள். தனித்துத் தொழுபவர் ஸமிஅல்லாஹுலிமன் ஹமிதஹ் என்றும் ரப்பனாவலகல் ஹம்து என்ற இரண்டையும் கூறவேண்டும்.
+ருகூவிற்குப் பிறகு 'ரப்பனா வலகல் ஹம்து' என்று கூறும் நான்கு முறைகள் ஸஹீஹான ஹதிஸ்களில்  இடம்பெற்றுள்ளது.அவைகளில் மேலே குறிப்பிடப்பட்டது ஒரு வடிவமாகும். இம்முறைகளில் ஒரு வடிவத்தை மாத்திரம் கூறாது ஏனையவைகளையும் பல்வேறு சந்தர்ப்பங்களில் ஓதுவது மிகவும் சிறந்தது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3095</t>
   </si>
   <si>
     <t>علمني رسول الله صلى الله عليه وسلم، وكفي بين كفيه، التشهد، كما يعلمني السورة من القرآن</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் (எனது இரண்டு கைகளையும் பிடித்து) இறைத்தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களின் இரண்டு கைகளுக்கிடையே என் கை இருந்த நிலையில், குர்ஆனின் அத்தியாயத்தைக் கற்றுத்தருவதைப் போன்று (தொழுகையின் இருப்பில் ஓதப்படும்) தஷஹ்{ஹதை (அத்தஹிய்யாத்தைக்)   எனக்கு அவர்கள் கற்றுத்தந்தார்கள்</t>
   </si>
   <si>
     <t>عَنِ ابْنَ مَسْعُودٍ رضي الله عنه قَالَ: عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ: «التَّحِيَّاتُ لِلَّهِ، وَالصَّلَوَاتُ وَالطَّيِّبَاتُ، السَّلاَمُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، السَّلاَمُ عَلَيْنَا وَعَلَى عِبَادِ اللَّهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».
 وفي لفظ لهما: «إِنَّ اللهَ هُوَ السَّلَامُ، فَإِذَا قَعَدَ أَحَدُكُمْ فِي الصَّلَاةِ فَلْيَقُلْ: التَّحِيَّاتُ لِلَّهِ وَالصَّلَوَاتُ وَالطَّيِّبَاتُ السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، فَإِذَا قَالَهَا أَصَابَتْ كُلَّ عَبْدٍ لِلَّهِ صَالِحٍ فِي السَّمَاءِ وَالْأَرْضِ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، ثُمَّ يَتَخَيَّرُ مِنَ الْمَسْأَلَةِ مَا شَاءَ».</t>
   </si>
   <si>
     <t>இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள்: அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் (எனது இரண்டு கைகளையும் பிடித்து) இறைத்தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களின் இரண்டு கைகளுக்கிடையே என் கை இருந்த நிலையில், குர்ஆனின் அத்தியாயத்தைக் கற்றுத்தருவதைப் போன்று (தொழுகையின் இருப்பில் ஓதப்படும்) தஷஹ்{ஹதை (அத்தஹிய்யாத்தைக்)   எனக்கு அவர்கள் கற்றுத்தந்தார்கள். (அது பின்வருமாறு) ' அத்தஹிய்யாது லில்லாஹி வஸ்ஸலவாது வத்தய்யிபாது அஸ்ஸலாமு அலைக்க அய்யுஹன்னபிய்யு வரஹ்மதுல்லாஹி வபரகாதுஹு அஸ்ஸலாமு அலைனா வஅலா இபாதில்லாஹிஸ் ஸாலிஹீன். அஷ்ஹது அ(ன்)ல்லாயிலாஹ இல்லல்லாஹு வஅஷ்ஹது அன்ன முஹம்மதன் அப்துஹு வரஸூலுஹு' பொருள் : (அனைத்துக் காணிக்கைகளும் வணக்கங்களும்-தொழுகைகளும்- பாராட்டுகளும் அல்லாஹ்வுக்கே உரியன. நபியே! உங்களின் மீது சாந்தியும் அல்லாஹ்வின் அருளும் சுபிட்சமும் நிலவட்டுமாக! எங்களின் மீதும் அல்லாஹ்வின் நல்லடியார்களின் மீதும் சாந்தி நிலவட்டுமாக! வணக்கத்திற்குரியவன் அல்லாஹ் ஒருவனைத் தவிர வேறெருவமில்லை என்று நான் உறுதி கூறுகிறேன். மேலும், முஹம்மத்(ஸல்) அவர்கள் அல்லாஹ்வின் அடியாராகவும் தூதராகவும் இருக்கிறார்கள் என்றும் நான் உறுதி கூறுகிறேன்). புஹாரி முஸ்லிமின் இன்னொரு அறிவிப்பில்'  நிச்சயமாக அல்லாஹ் ' அஸ்ஸலாம் ஆவான்' உங்களில் ஒருவர் தொழுகையில் இறுதி அமர்வில் அமர்ந்தால் 'அத்தஹிய்யாது லில்லாஹி வஸ்ஸலவாது வத்தய்யிபாது அஸ்ஸலாமு அலைக்க அய்யுஹன்னபிய்யு வரஹ்மதுல்லாஹி வபரகாதுஹு அஸ்ஸலாமு அலைனா வஅலா இபாதில்லாஹிஸ் ஸாலிஹீன் என்று கூறட்டும். இவ்வாறு கூறும்போது வானம் பூமியிலுள்ள எல்லா அடியாருக்கும் நீங்கள் ஸலாம் கூறியவர்களாவீர்கள். (வணக்கத்திற்குரியவன் அல்லாஹ் ஒருவனைத் தவிர வேறெருவமில்லை என்று நான் உறுதி கூறுகிறேன். மேலும், முஹம்மத்(ஸல்) அவர்கள் அல்லாஹ்வின் அடியாராகவும் தூதராகவும் இருக்கிறார்கள் என்றும் நான் உறுதி கூறுகிறேன்).  இதன் பிறகு உங்களுக்கு விருப்பமாக துஆவைத் தேர்ந்தெடுத்து அதன் மூலம் பிரார்த்தியுங்கள்'.</t>
   </si>
   <si>
     <t>عَلَّمَ النبيُّ صلى الله عليه وسلم ابنَ مسعود رضي الله عنه التشهدَ الذي يقال في الصلاة، وقد جَعل يدَه في يديه، لِيَصْرِفَ انتباهَ ابنِ مسعود إليه. كما يُعَلِّمُه السورة من القرآن مما يدل على اعتناء النبي صلى الله عليه وسلم بهذا التشهد لفظًا ومعنى. 
 فقال: 
 "التَّحِيَّات لله":
  وهي كل قول أو فعل دَالٍّ على التعظيم، كلُّها مُسْتَحَقَّة لله عز وجل. 
 "الصَّلَوَاتُ": 
 وهي الصلاة المعروفة فرضُها ونفلُها لله تعالى. 
 "الطَّيِّبَاتُ": 
 هي الأقوال والأفعال والأوصاف الطيبة والدالّة على الكمال، كلُّها مستحقة لله تعالى. 
 "السلام عليك أيها النبي ورحمة الله وبركاته": 
 دعاء له بالسلامة من كل آفَةٍ ومكروه، والزيادة والكثرة من كل خير. 
@@ -897,229 +1581,640 @@
 முதலாவது: கப்ரின் வேதனை
 இரண்டாவது: மறுமை நாளின் நரக வேதனை.
 மூன்றாவது: உலக வாழ்வு மற்றும் மரணத்தின் சோதனை : அதாவது உலக வாழ்வின் சோதனை என்பது உலகில் தடைசெய்யப்பட்ட ஆசைகள் மற்றும் வீணான சந்தேகங்கள் ஆகியவற்றைக் குறிக்கும். மரணத்தின் சோதனை மரணத் தருவாயில் இஸ்லாத்ததை விட்டு விலகிச் செல்லுதல் அல்லது ஸுன்னாவிலிருந்து தடம்புரலுதல் அல்லது கப்ரில் நிகழும் இருமலக்குகளின் விசாரணை குறித்த சோதனை போன்றவற்றைக் இது குறிக்கும்.
 நான்காவது : மறுமை நெருங்குகையில் இறுதிக் காலத்தில் வெளிப்படும் தஜ்ஜாலின் சோதனை : இவனால் அடியார்கள் அதிகம் சோதனைக்குள்ளாவார்கள். அந்நேரத்தில் அவனின் சோதனையும் வழிகெடுப்பும் மிகவும் உச்ச நிலையில் இருப்பதாலே இங்கு விசேடமாக குறிப்பிடப்பட்டுள்ளது.</t>
   </si>
   <si>
     <t>هذه الاستعاذة من مهمات الأدعية وجوامعها، لاشتمالها على الاستعاذة من شرور الدنيا والآخرة.
 ثبوت عذاب القبر وأنه حق.
 خطورة الفتن وأهمية الاستعانة بالله والدعاء للنجاة منها.
 إثبات خروج الدَّجَّال وعظم فتنته.
 استحباب هذا الدعاء عقب التشهد الأخير.
 استحباب الدعاء بعد العمل الصالح.</t>
   </si>
   <si>
     <t>இங்கு குறிப்பிடப்பட்ட பாதுகாப்புத் தேடும் பிரார்த்தனையானது பிரார்த்தனைகளில் மிகவும் முக்கியத்துவம் வாய்ந்ததாகவும், இம்மை மறுமையின் தீங்குகளிலிருந்து பாதுகாக்கவல்ல விடயங்களை உள்ளடக்கியிருப்பதாலும் இது கருத்துச் செரிவுமிக்கதாகவும் காணப்படுகிறது.
 மண்ணறை வேதனை உண்மையானது என உறுதிப்படுத்தப்பட்டிருத்தல்.
 சோதனைகளின் அபாயமும், இதிலிருந்து தப்பித்துக்கொள்ள அல்லாஹ்விடம் உதவி தேடி பிரார்த்திப்பதன் முக்கயத்துவமும் இங்கு குறிப்பிடப்பட்டுள்ளமை.
 தஜ்ஜாலின் வருகை உறுதிப்படுத்தப் பட்டிருப்பதுடன் அவனின்  மிகப்பெரும் சோதனையும் குறிப்பிடப்பட்டிருத்தல்.
 இறுதி தஷஹ்ஹூதின் பின் இந்த துஆவை ஓதுவது முஸ்தஹப்பாகும்.
 நல்ல காரியங்களின் பின் இந்த துஆவை ஓதுவது (முஸ்தஹப்பாகும்-) வரவேற்கத்தக்கதாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3103</t>
   </si>
   <si>
+    <t>اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب</t>
+  </si>
+  <si>
+    <t>அல்லாஹும்ம பாஇத் பைனீ வபைன கத்தாயாய கமா பாஅத்த பைனல் மஷ்ரிக்கி வல்மஃக்ரிப்;</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذَا كَبَّرَ فِي الصَّلَاةِ، سَكَتَ هُنَيَّةً قَبْلَ أَنْ يَقْرَأَ، فَقُلْتُ: يَا رَسُولَ اللهِ بِأَبِي أَنْتَ وَأُمِّي أَرَأَيْتَ سُكُوتَكَ بَيْنَ التَّكْبِيرِ وَالْقِرَاءَةِ، مَا تَقُولُ؟ قَالَ «أَقُولُ: اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ، اللهُمَّ نَقِّنِي مِنْ خَطَايَايَ كَمَا يُنَقَّى الثَّوْبُ الْأَبْيَضُ مِنَ الدَّنَسِ، اللهُمَّ اغْسِلْنِي مِنْ خَطَايَايَ بِالثَّلْجِ وَالْمَاءِ وَالْبَرَدِ».</t>
+  </si>
+  <si>
+    <t>அபூஹுரைரா ரழியல்லாஹு அன்ஹு  அவர்கள் கூறுகிறார்கள் : அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் (முதல்) தக்பீருக்கும் கிராஅத்துக்கும் இடையே சிறிது நேரம் மௌனமாக இருப்பார்கள்.
+நான் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம்), 'அல்லாஹ்வின் தூதரே! என் தந்தையும் என் தாயும் தங்களுக்கு அர்ப்பணமாகட்டும்! தக்பீருக்கும் கிராஅத்துக்கும் இடையே நீங்கள் மௌனமாக இருக்கும் போது என்ன கூறுவீர்கள்? என்று கேட்டேன்.
+அதற்கு அவர்கள் நான், அல்லாஹும்ம பாஇத் பைனீ வபைன கத்தாயாய கமா பாஅத்த பைனல் மஷ்ரிக்கி வல்மஃக்ரிப்; அல்லாஹும்ம நக்கினீ மினல் கதாயா கமா யுனக்கஸ் ஸவ்புல் அப்யழு மினத் தனஸ்; அல்லாஹும்மஃக்சில் கதாயாய பில்மாஇ வஸ்ஸல்ஜி வல்பரத் என்று கூறுகிறேன் என்றார்கள்.
+(பொருள்: இறைவா! கிழக்குக்கும் மேற்குக்கும் இடையே நீ ஏற்படுத்திய தூரத்தைப் போன்று, எனக்கும் என் தவறுகளுக்கும் இடையே நீ தூரத்தை ஏற்படுத்துவாயாக! இறைவா! வெண்மையான ஆடை, அழுக்கிலிருந்து தூய்மைப்படுத்தப்படு வதைப் போன்று என் தவறுகளைவிட்டு என்னைத் தூய்மைப்படுத்துவாயாக! தண்ணீராலும் பனிக்கட்டியாலும் ஆலங்கட்டியாலும் என் தவறுகளைக் கழுவுவாயாக!).</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا كبَّر للصلاة  يسكت سكتة لطيفة قبل أن يقرأ الفاتحة، يستفتح فيها صلاته ببعض الأدعية، ومما ورد من هذه الأدعية قوله: 
+«اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب، اللهم نقني من خطاياي، كما ينقى الثوب الأبيض من الدنس، اللهم اغسلني من خطاياي بالثلج والماء والبرد»، 
+فهو يدعو الله عز وجل أن يباعد بينه وبين الخطايا بأن لا يقع فيها، إبعادًا لا يحصل معه لقاء، كما لا لقاء بين المشرق والمغرب أبدًا، وإن وقع فيها أن ينقيه منها ويزيلها كما يزال الوسخ من الثوب الأبيض، وأن يغسله من خطاياه ويبرد لهيبها وحرها، بهذه المطهرات الباردة؛ الماء، والثلج، والبرد.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தொழுகைக்காக இஹ்ராம் தக்பீர் கூறினால் ஸுறா பாத்திஹா ஒத முன் சொற்ப நேரம் மௌனமாக இருப்பார்கள். அந்நேரத்தில் அவர்கள் தொழுகையை ஆரம்பிப்பதற்காக சில துஆக்களை ஒதுவார்கள். அவ்வாறான துஆக்களில் இதுவும் ஒன்றாகும். அல்லாஹும்ம பாஇத் பைனீ வபைன கதாயாய கமா பாஅத்த பைனல் மஷ்ரிக்கி வல்மஃக்ரிப்; அல்லாஹும்ம நக்கினீ மினல் கதாயா கமா யுனக்கஸ் ஸவ்புல் அப்யழு மினத் தனஸ்; அல்லாஹும்மஃக்சில் கத்தாயாய பில்மாஇ வஸ்ஸல்ஜி வல்பரத் என்று கூறுகிறேன் என்றார்கள்.
+(பொருள்: இறைவா! கிழக்குக்கும் மேற்குக்கும் இடையே நீ ஏற்படுத்திய தூரத்தைப் போன்று, எனக்கும் என் தவறுகளுக்கும் இடையே நீ தூரத்தை ஏற்படுத்துவாயாக! இறைவா! வெண்மையான ஆடை, அழுக்கிலிருந்து தூய்மைப்படுத்தப்படு வதைப் போன்று என் தவறுகளைவிட்டு என்னைத் தூய்மைப்படுத்துவாயாக! தண்ணீராலும் பனிக்கட்டியாலும் ஆலங் கட்டியாலும் என் தவறுகளைக் கழுவுவாயாக!) நபியரவர்கள் இந்த துஆவில் கிழக்கும் மேற்கும் சந்திப்பது எப்படி அசாத்தியமானதோ அதே போன்று தனக்கும் தவறுகளுக்குமிடையில்; -அதற்குட்படாதாவாறு- மிகப்பெரும் இடைவெளியை ஏற்படுத்துமாறு பிரார்த்தனை புரிகிறார்கள். அவ்வாறு பாவத்திற்குள் அகப்பட்டுவிட்டால் அப்பாவக் கரையை வெள்ளை ஆடையின் அழுக்கை சுத்தப்படுத்துவது போன்று தூய்மைப்படுத்துமாறு வேண்டுகிறார்கள். தனது தவறுகளை கழுவுமாறும் அதன் சூட்டையும் சுவாலையையும் நீர் பணிக்கட்டி ஆலங்கட்டி போன்றவற்றால் தனித்து விடுமாறும் வேண்டுகிறார்கள்.</t>
+  </si>
+  <si>
+    <t>الإسرار بدعاء الاستفتاح  ولو كانت الصلاة جهرية.
+حرص الصحابة رضي الله عنهم على معرفة أحوال الرسول صلى الله عليه وسلم في حركاته وسكناته.
+وردت صيغ أخرى لدعاء الاستفتاح، والأفضل أن يتتبع المرء الاستفتاحات الواردة والثابتة عنه صلى الله عليه وسلم، فيأتي بهذا مرة، وهذا مرة.</t>
+  </si>
+  <si>
+    <t>ஜஹ்ரியத்தான தொழுகையாக – இமாம் சப்பதமாக ஓதும் தொழுகை- இருப்பினும் துஆஉல் இஸ்திப்தாஹை -தக்பீர் கட்டியதும் ஓதும் துஆக்கள்- சப்பதமின்றி ஓதுதல்.
+ஸஹாபாக்கள் நபியவர்களின் எல்லா நிலைகளையும் அறிந்துகொள்வதில் ஸஹாபக்களுக்கிருந்த ஆர்வம்.
+இது தவிர துஆஉல் இஸ்திப்தாஹ் பல வடிவங்களில் -முறைகளில்- இடம்பெற்றுள்ளது. அவற்றை கண்டறிந்து அவைகள் ஒவ்வொன்றையும் ஓதிவருவது மிகவும் சிறப்பானது. அதாவது ஒரே துஆவை ஒதாது ஏனைய துஆக்களையும் மாறி மாறி ஒதுவது சிறந்து.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3104</t>
+  </si>
+  <si>
     <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
   </si>
   <si>
     <t>'வெள்ளிக்கிழமை தினத்தில் இமாம் உரையாற்றிக் கொண்டிருக்கும்போது, உன் அருகில் இருப்பவரிடம் நீ 'மௌனமாக இரு' என்று கூறினாலும் நீ வீண்பேச்சு பேசியவனாவாய்'. (ஜும்ஆவின் பலனை இழந்துவிட்டாய்)</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகி றார்கள் : 'வெள்ளிக்கிழமை தினத்தில் இமாம் உரையாற்றிக் கொண்டிருக்கும்போது, உன் அருகில் இருப்பவரிடம் நீ 'மௌனமாக இரு' என்று கூறினாலும் நீ வீண்பேச்சு பேசியவனாவாய்'. (ஜும்ஆவின் பலனை இழந்துவிட்டாய்).</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
     <t>ஜும்ஆவிற்கு சமூகமளித்தவர்  அவசியம் கடைப் பிடிக்க வேண்டிய ஒழுங்கொன்றை பற்றி நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் தெளிவுபடுத்துகிறார்கள். அதாவது கதீப் அவர்கள் உரையாற்றுகையில் அவரின் போதனைகளை, அறிவுறைகளை சிந்தித்துணர்வதற்காக காது தாழ்த்தி மௌனமாக கேட்பது அவ்வொழுங்குகளின் முக்கியமான ஒன்றாகும். இமாம் உரையாற்றிக் கொண்டிருக்கையில் பிறரைப் பார்த்து 'செவிமடுப்பீராக' 'மௌனமாக இருப்பீராக' என  ஆகக் குறைந்தளவிலான வார்த்தைகளினால் பேசினாலும் அவர் ஜும்ஆவின் சிறப்பை இழந்துவிட்டவராவார் என விபரித்துள்ளார்கள்.</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
     <t>ஜும்ஆ உரை நிகழ்த்திக் கொண்டிருக்கையில்; பேசுவது தடுக்கப்பட்டதாகும்- ஹராமாகும்.அது தீமையைத் தடுத்தல், ஸலாத்திற்கு பதிலுரைத்தல், தும்மியவருக்குப் பதில் கூறல்,  போன்ற எந்த வகையான பேச்சாக இருந்தாலும் சரியே.
 ஜும்ஆ உரையின் போது இமாமுடன் ஒருவர்  பேசுதல், அல்லது இமாம் ஒருவருடன் பேசுவது போன்றவை  இதிலிருந்து விதிவிலக்களிக்கப்படுகிறது.
 இரண்டு உரைகளுக்கும் மத்தியில் தேவையின் போது பேசுவது அனுமதிக்கப்பட்டதாகும்.
 இமாம் உரைநிகழ்த்திக்கொண்டிருக்கையில் நபியவர்களின் பெயர்கூறினால் இரகசியமாக அவர்களின்; மீது ஸலாத்தும் ஸலாமும் கூறுவீராக. அதே போன்று இமாம் பிரார்த்தனை செய்தால் அந்த துஆவிற்கு இரகசியமாக ஆமீன் கூறுவீராக.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3107</t>
   </si>
   <si>
+    <t>ألا أحدثكم حديثا عن الدجال، ما حدث به نبي قومه؟ إنه أعور، وإنه يجيء معه بمثال الجنة والنار،</t>
+  </si>
+  <si>
+    <t>'நான் உங்களிடம் தஜ்ஜாலைப் பற்றிய செய்தி ஒன்றைச் சொல்லப்போகிறேன்; வேறெந்த இறைத்தூதரும் அதைத் தம் சமூகத்தாருக்குச் சொன்னதில்லை. அவன் ஒற்றைக் கண்ணன் ஆவான். அவன் தன்னுடன் சொர்க்கம், நரகம் போன்றவற்றைக் கொண்டுவருவான்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ، فَالَّتِي يَقُولُ إِنَّهَا الجَنَّةُ هِيَ النَّارُ، وَإِنِّي أُنْذِرُكُمْ كَمَا أَنْذَرَ بِهِ نُوحٌ قَوْمَهُ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'நான் உங்களிடம் தஜ்ஜாலைப் பற்றிய செய்தி ஒன்றைச் சொல்லப்போகிறேன்; வேறெந்த இறைத்தூதரும் அதைத் தம் சமூகத்தாருக்குச் சொன்னதில்லை. அவன் ஒற்றைக் கண்ணன் ஆவான். அவன் தன்னுடன் சொர்க்கம், நரகம் போன்றவற்றைக் கொண்டுவருவான். அவன் எதைச் சொர்க்கம் என்று கூறுகின்றானோ அதுதான் நரகமாக இருக்கும். நூஹ் அவர்கள் அவனைக் குறித்துத் தம் சமூகத்தாரை எச்சரித்ததைப் போன்று நானும் உங்களை (அவனைக் குறித்து) எச்சரிக்கின்றேன்'.</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابه عن الدجال وصفاته وعلاماته بما لم يحدِّث به نبي قبله، فمن ذلك:
+ أنه أعور العين.
+وأن الله تعالى جعل معه مثل الجنة والنار، بحسب رؤيا العين.
+ لكن جنته نار، وناره جنة، من أطاعه أدخله هذه الجنة فيما يرى الناس، ولكنها نار محرقة، ومن عصاه أدخله النار فيما يراه الناس، ولكنها جنة طيبة، 
+ثم حذرنا النبي صلى الله عليه وسلم من فتنته كما حذّر به نوح قومه.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தஜ்ஜாலின் குணவியல்புகள் மற்றும் அவனின் அடையாளங்கள் பற்றி இதற்கு முன் எந்த நபியும் கூறாத பல விடயங்களை தனது தோழர்களுக்கு குறிப்பிட்டார்கள் அவற்றில் சில பின்வருமாறு :
+அவன் ஒற்றைக் கண்ணுடையவன்.
+கண்ணின் பார்வைக்குட்டபட்டதாக சுவர்க்கத்தையும் நரகத்தையும் அல்லாஹ் அவனிடம் கொடுத்திருப்பான்.
+என்றாலும் அவனிடமிருக்கும் சுவர்க்கம் நரகமாகவும் நரகம் சுவர்க்கமாகவும் இருக்கும். யார் அவனுக்குக் கட்டுப்படுகின்றானோ அவனை மக்கள் சுவர்க்கம் எனக்கருதுகின்ற அந்த சுவர்க்கத்தில் நுழைவிப்பான். ஆனால் அது சுட்டெரிக்கும் நெருப்பாக இருக்கும். யார் அவனுக்குக் கட்டுப்படவில்லையோ அவனை மக்கள் நரகம் எனக்கருதுகின்ற அந்த நரகத்தில் அவன் நுழைவிப்பான். என்றாலும் அது உண்மையான அழகிய இன்பமான சுவர்க்கமாக இருக்கும். பின்னர் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் நூஹ் அலை அவர்கள் தனது சமூகத்தை எச்சரித்தது போன்று  தஜ்ஜாலின்  குழப்பத்தை விட்டும்  எங்களை எச்சரித்தார்கள்.</t>
+  </si>
+  <si>
+    <t>عظم فتنة الدجال.
+النجاة من فتنة الدجال تكون بصدق الإيمان واللجوء إلى الله تعالى والاستعاذة بالله منه في التشهد الأخير، وحفظ عشر آيات من أول سورة الكهف.
+شدة حرص النبي صلى الله عليه وسلم على أمته، حيث بين للمسلمين من صفات الدجال ما لم يبينه نبي قبله.</t>
+  </si>
+  <si>
+    <t>தஜ்ஜாலின் மிகப்பெரும் குழப்பங்கள் குறித்து விளக்கபட்டுள்ளமை.
+அல்லாஹ்; மீதான உண்மையான நம்பிக்கை- (இறைவிசுவாசம்), மிக உயர்ந்தோனாகிய அல்லாஹ்வின் பக்கம் திரும்புதல், கடைசி அத்தஹய்யாத்தில் அவனிடம் இருந்து பாதுகாவல் தேடுதல் மற்றும் சூரா அல்-கஃப்பின் தொடக்க பத்து வசனங்களை மனப்பாடம் செய்தல் ஆகிய விடயங்கள் மூலம் தஜ்ஜாலின் பிரச்சனைகளிலிருந்து விடுதலை பெற முடியும்.
+நபிகள் நாயகம் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது சமூகத்தார் மீது கொண்டிருந் ஆர்வமும் கருணையும். இதனால் அவர்களுக்கு  முன் வந்த நபிமார்கள் தெளிவுபடுத்தாத தஜ்ஜாலின் குணங்களைப் பற்றி விளக்கிக் கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3110</t>
+  </si>
+  <si>
+    <t>الرجل على دين خليله، فلينظر أحدكم من يخالل</t>
+  </si>
+  <si>
+    <t>'ஒரு மனிதன் தன் நண்பனின் வழியிலேயே இருக்கிறான். ஆகவே, உங்களில் ஒருவர், தாம் யாருடன் நட்பு கொள்கிறார்; என்பதைக் அவதானிக்கட்டும்'</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه أَن النبيَّ صَلّى اللهُ عَلَيْهِ وسَلَّم قَالَ: «الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل».</t>
+  </si>
+  <si>
+    <t>நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'ஒரு மனிதன் தன் நண்பனின் வழியிலேயே இருக்கிறான். ஆகவே, உங்களில் ஒருவர், தாம் யாருடன் நட்பு கொள்கிறார்; என்பதைக் அவதானிக்கட்டும்'.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الإنسانَ يُشابه صديقَه وصاحبَه الخالصَ في سيرته وعادته، وتؤثر الصداقة في الأخلاق والسلوك والتصرفات، ولهذا أرشد إلى حسن اختيار الصديق؛ لأنه يَدلُّ صديقَه على الإيمان والهدى والخير، ويكون عونًا لصاحبه.</t>
+  </si>
+  <si>
+    <t>ஒரு மனிதன் தனது குணத்திலும்; ஒழுக்கத்திலும் அவனது தோழர்கள் மற்றும் நண்பர்களின் குணங்களை ஒத்திருக்கிறான் என்று நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறினார்கள். நட்பானது பண்பாடு, நடத்தை மற்றும் ஏனைய விவகாரங்களில் தாக்கத்தை ஏற்படுத்துகிறது. இதனால்தான் நீங்கள் ஒரு நல்ல நண்பரைத் தேர்ந்தெடுக்க அறிவுறுத்தப் படுகிறீர்கள். ஏனென்றால் ஒரு நல்ல நண்பன் நம்பிக்கை, (ஈமான்) நேர்வழி ஆகியவற்றுக்கு வழிகாட்டுவதுடன், நல்ல செயல்களில் தன் நண்பனுக்கு உதவுபவனாகவும் இருப்பான்.</t>
+  </si>
+  <si>
+    <t>الأمر بصحبة الأخيار وانتقائهم والنهي عن صحبة الأشرار.
+خص الصديق دون القريب؛ لأن الصاحب أنت مَن يختاره، أما الأخ والقريب فليس لك فيه اختيار.
+اتِّخاذ الصحبة لا بد أن يصدر عن تفكُّر.
+المرء يُقوِّي دينه بِصُحبة المؤمنين ويُضعفه بِصُحبَة الفاسقين.</t>
+  </si>
+  <si>
+    <t>நல்ல நண்பர்களை தெரிவு செய்து அவர்களுடன் சேர்ந்திருக்க வேண்டும் என்றும் தீயவர்களுடன் சேர்ந்திருப்பதை தவிர்ந்து கொள்ள வேண்டும் என்று வலியுறுத்தப்பட்டிருத்தல்.
+அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் இங்கே உறவினரை அல்லாமல் நண்பரை பற்றி குறிப்பிட்டதற்கான காரணம் நண்பர்  உம்மால்  உமது விருப்பத்தின்  அடிப்படையில் தெரிவு செய்யப்படுபவர், ஆனால் சகோதரர் போன்ற நெருங்கிய உறவுகளை தேர்வு செய்வதில் உமக்கு எவ்வித அதிகாரமும் கிடையாது. அவை அல்லாஹ்வால் உமக்கு தெரிவு செய்பட்டவை என்பதை புரிந்து கொள்ள வேண்டும்.
+தோழமையை தெரிவு செய்வதில் நிதானம் அவசியமாகும்.
+ஒருவர், இறைவிசுவாசியுடன் –உண்மையான முஃமினுடன்- சகவாசம் கொள்வதினால் தனது மார்க்கத்தை பலப்படுத்திக்கொள்கிறார். தீயவர்களின் சகவாசத்தினால் பலவீனப்படுத்திக் கொள்கிறான்</t>
+  </si>
+  <si>
+    <t>حسن</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي وأحمد</t>
+  </si>
+  <si>
+    <t>[நம்பகமானது (ஹஸன்)]</t>
+  </si>
+  <si>
+    <t>[இமாம்களான அபுதாவூத், திர்மிதி, அஹ்மத் ஆகியோரால் இது பதிவு செய்யப்பட்டுள்ளது]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3122</t>
+  </si>
+  <si>
+    <t>إنما مثل الجليس الصالح والجليس السوء كحامل المسك ونافخ الكير،</t>
+  </si>
+  <si>
+    <t>((நல்ல நண்பன் மற்றும் கெட்ட நண்பனின் நிலையானது கஸ்தூரியைச் சுமக்கின்றவனின் நிலையையும், கொல்லனின்; நிலையையும் ஒத்திருக்கிறது</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ، فَحَامِلُ الْمِسْكِ: إِمَّا أَنْ يُحْذِيَكَ، وَإِمَّا أَنْ تَبْتَاعَ مِنْهُ، وَإِمَّا أَنْ تَجِدَ مِنْهُ رِيحًا طَيِّبَةً، وَنَافِخُ الْكِيرِ: إِمَّا أَنْ يُحْرِقَ ثِيَابَكَ، وَإِمَّا أَنْ تَجِدَ رِيحًا خَبِيثَةً».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ மூஸா ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : ((நல்ல நண்பன் மற்றும் கெட்ட நண்பனின் நிலையானது கஸ்தூரியைச் சுமக்கின்றவனின் நிலையையும், கொல்லனின்; நிலையையும் ஒத்திருக்கிறது. கஸ்தூரியைச் சுமப்பவன் ஒன்று அதை உனக்கு அன்பளிப்பாக வழங்கலாம். அல்லது நீ அவனிடமிருந்து (அதை விலைக்கு) வாங்கிக்கொள்ளலாம். அல்லது அதிலிருந்து நீ நறுமணத்தையேனும் பெறலாம்.
+ஆனால், (உலை ஊதுபவனோ) கொல்லனோ ஒன்று உனது ஆடையை எரித்துக் கரித்து விடுவான்; அல்லது (அவனிடமிருந்து) நீ துர்வாடையையாவது அடைந்தே தீருவாய்.</t>
+  </si>
+  <si>
+    <t>ضَرَبَ صلى الله عليه وسلم المَثل لنوعين من الناس:
+النوع الأول: الجليس والصديق الصالح الذي يدل على الله وما فيه رضاه، ويعين على الطاعة، 
+فمثله كبائع المسك إما أن يعطيك، وإما أن تشتري منه، وإما أن تجد وتشم منه ريحا طيبة. 
+والنوع الثاني: جليس وصديق السوء؛ الذي يصدُّ عن سبيل الله، ويعين على فعل المعاصي، وترى منه الفعل القبيح، ويطالك الذم لمصاحبة ومجالسة مثله، 
+فمثله كالحداد الذي ينفخ ناره؛ إما أن يحرق ثيابك من شرره المتطاير، أو تجد من قربه ريحًا خبيثة.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் மனிதர்களில் இரு வகையினர் குறித்து உதாரணம் கூறுகிறார்கள்.
+முதலாவது: அல்லாஹ்வின் பால் வழிகாட்டி அவனின் திருப்தியை பெற்றுக்கொள்ளவும் அவனுக்கு கட்டுப்படுவதில் ஒத்தாசைபுரியும் ஸாலிஹான (நல்ல) நண்பன். இவ்வாறான நல்ல நண்பனுக்கு உதாரணம் கஸ்தூரி வியாபாரியாகும். ஒன்றில் அவன் உனக்கு கஸ்தூரி தருவான் அல்லது நீ அவனிடம் கஸ்தூரி வாங்கி பயன்பெறுவாய். அல்லது நீ அவனிடம் நருமணத்தையாவது நுகர்வாய்.
+இரண்டாமவர் : அல்லாஹ்வின் பாதையை விட்டும் தடுக்கும் பாவகாரியங்களுக்கு துணை நிற்கும் தீய நண்பன். இவனிடமிருந்து அசிங்கமான செயற்பாடுகளையே கண்டுகொள்வாய் அத்துடன் இவ்வாறானவருடனான சகவாசத்தினால் பிறரின் இழிசொல்லே பயனாய் கிடைக்கும். இவ்வாறான நண்பனுக்கு உதாரணம் இரும்புப்பட்டறையில் நெருப்பூதும் கொல்லனாகும். இவ்வாறனவனின் சகவாசமானது அப்பட்டறையில் -இரும்பு உலையிலிருந்து வரும் நெருப்புத்தூல்கள் உனது ஆடையை எரித்து விடலாம்; அல்லது அவனிடம் அருவருப்பான வாசனையை பெற்றுக் கொள்ளலாம்.</t>
+  </si>
+  <si>
+    <t>جواز ضرب الأمثال لتقريب المعنى للسامع.
+الحث والترغيب على مجالسة أهل الطاعة والصلاح، ومجانبة أهل الفساد وأصحاب الخُلق السيئ.</t>
+  </si>
+  <si>
+    <t>ஒரு விடயத்தை செவிமடுக்கும் ஒருவருக்கு குறிப்பிட்ட விடயத்தின் கருத்தை மிக இலகுவாக புரிந்து கொள்ள உதாரணங்களை கூறுவது அனுமதிக்கப்பட்டதாகும்.
+நல்ல பண்பும் இறை உணர்வும் மிக்கோருடன் சகவாசம் வைத்துக்கொள்ள ஆர்வப்படுத்துவதுடன், மோசமான தீய பண்புடையோருடன் சகவாசம் புரிவதிலிருந்து விலகியிருத்தல்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3127</t>
+  </si>
+  <si>
     <t>الساعي على الأرملة والمسكين، كالمجاهد في سبيل الله، أو القائم الليل الصائم النهار</t>
   </si>
   <si>
     <t>'(கணவனை இழந்த) விதவைக்காகவும் ஏழைக்காகவும் பாடுபடுகிறவர், 'இறைவழியில் அறப்போர் புரிபவரைப் போன்றவராவார்' அல்லது 'இரவில் நின்று வணங்கிப் பகலில் நோன்பு நோற்பவரைப் போன்றவராவார்'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : '(கணவனை இழந்த) விதவைக்காகவும் ஏழைக்காகவும் பாடுபடுகிறவர், 'இறைவழியில் அறப்போர் புரிபவரைப் போன்றவராவார்' அல்லது 'இரவில் நின்று வணங்கிப் பகலில் நோன்பு நோற்பவரைப் போன்றவராவார்'.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الذي يقوم بمصالِحِ المرأةِ التي مات عنها زوجُها وليس لها أحدٌ يقوم بشؤونِها، والمسكينِ المُحتاج، ويُنفِقُ عليهم محتسبًا الأجرَ عند الله تعالى، فهو في الأجر كالمجاهد في سبيل الله، أو كالقائم في صلاة التهجد الذي لا يَتعب، الصائم الذي لا يفطر.</t>
   </si>
   <si>
     <t>தனது விவகாரங்களை கவனிப்பதற்கு எவரும் இல்லாத கணவனை இழந்த பெண், மற்றும் தேவையுள்ள ஏழைகளின் நலன்களில் ஈடுபட்டு அல்லாஹ்வின் கூலியை மாத்திரம் எதிர் பார்த்தவராக அவர்களுக்கு செலவு செய்பவருக் குரிய கூலி, இறைபாதையில் போரிடுபவர், தொடர்ச்சியான இராவணக்கத்தின் காரணமாக சோர்வடையாது நின்று வணங்குபவர், தொடர்ந்து நோன்பு நோற்பவர் ஆகியோருக்கு கிடைக்கும் கூலியை ஒத்தது  என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்நபிமொழியில் அறிவித்துள்ளார்கள்.</t>
   </si>
   <si>
     <t>الحثُّ على التعاون والتكافل وسَدّ حاجات الضعفاء.
 العبادة تشمل كلَّ عمل صالح، ومن العبادة السعي على الأرملة والمسكين.
 قال ابن هبيرة: والمراد أن الله تعالى يجمع له ثواب الصائم والقائم والمجاهد في دفعة؛ وذلك أنه قام للأرملة مقام زوجها ...، وقام على ذلك المسكين الذي عجز عن قيامه بنفسه، فأنفق هذا فضل قوته، وتصدق بجَلَدِه، فكان نفعه إذًا  يكافئ الصوم والقيام والجهاد.</t>
   </si>
   <si>
     <t>பலவீனமானவர்களின் தேவைகளைப் பூர்த்தி செய்தல், பரஸ்பர ஒத்துழைப்பு, மற்றும் பாராமரிப்பு  ஆகிய விடயங்களுக்கு இந்நபிமொழி தூண்டுகிறது.
 இபாதத் -வணக்க வழிபாடு என்பது நல்லறங்கள் அனைத்தையும் உள்ளடக்குகிறது, அவற்றில் விதவைகள் மற்றும் ஏழைகளுக்காக உழைப்பதும் அடங்குகிறது.
 இப்னு ஹுபைரா அவர்கள் பின்வரும் கருத்தை குறிப்பிடுகிறார்கள்: அல்லாஹ்; நோன்பாளி, இரவில் நின்று வணங்குபவர், இறைபாதையில் போராடும் போராளி ஆகியோரின் நன்மைகளை ஒன்றிணைத்து குறிப்பிட்டதன் கருத்தாவது, இவ்வாறு பாடுபடுபவர் விதவைகளுக்கு அவர்களின் கணவன்மார்களின் நிலையிலிருந்தும், தன்னால் உழைத்து வாழ்வதில் இயலாதவராக இருப்போருக்கு அவர்களின் நிலையிலிருந்து அதனை செய்து கொடுப்பவராக இருப்பதாகும். ஆகவே இப்பணியைச் செய்யும் அந்த நபர் தனது ஆகாரத்தின் மேலதிகமானதை செலவு செய்தோடு மாத்திரமின்றி தனது உடல் பலத்தையும் அதற்காக அவர் தர்மம் செய்வதால் அவருக்கு நோன்பு இரவு வணக்கம் ஜிஹாத் ஆகியவற்றின் நன்மைகள் கிடைப்பது பொருத்தமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3135</t>
+  </si>
+  <si>
+    <t>بادروا بالأعمال فتنا كقطع الليل المظلم،</t>
+  </si>
+  <si>
+    <t>((காரிருள் போன்ற பெரும் குழப்பங்கள் வருவதற்குள் நற்காரியங்களை செய்வதற்கு விரைந்திடுங்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ، يُصْبِحُ الرَّجُلُ مُؤْمِنًا وَيُمْسِي كَافِرًا، أَوْ يُمْسِي مُؤْمِنًا وَيُصْبِحُ كَافِرًا، يَبِيعُ دِينَهُ بِعَرَضٍ مِنَ الدُّنْيَا».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதாக அபூஹூரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள்: ((காரிருள் போன்ற பெரும் குழப்பங்கள் வருவதற்குள் நற்காரியங்களை செய்வதற்கு விரைந்திடுங்கள். அவ்வேளை ஒரு மனிதன்; காலையில் முஃமினாக இருந்து மாலையில் காபிராக மாறிவிடுவார், அல்லது மாலையில் முஃமினாக இருந்து காலையில் காபிராக மாறிவிடுவார். இவ்வுலகின் அற்பப் பொருளுக்காக தனது மார்க்கத்தையே விற்றுவிடுவார்.))</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المؤمنَ بالمسارعة والإكثار من الأعمال الصالحة قبل تعذُّرِها والاشتغال عنها بمجيء الفتن والشبهات التي تمنع منها، وتصد عنها، وهي مظلمة كقطع الليل، يختلط فيها الحق بالباطل، فيصعب على الناس التمييز بينهما، ومن شدتها يتخبط الإنسان حتى إنه يصبح مؤمنًا ويمسي كافرًا، ويمسي مؤمنًا ويصبح كافرًا، يترك دينه بمتاع من الدنيا زائل.</t>
+  </si>
+  <si>
+    <t>நற்காரியங்களை தடுத்து நிறுத்தக்கூடியதும் அதில் கவனம் செலுத்துவதை விட்டும் திசைதிருப்பக் கூடியதுமான குழப்பங்களும் மார்க்கம் பற்றிய சந்தேகங்களும் நிலவும் காலம் வரமுன் நற்காரியங்களை அதிகம் செய்வதற்கு விரைந்து செல்லுமாறு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் வலியுறுத்துகிறார்கள். அக்காலம் இரவின் எல்லாப் பகுதிகள் போல் இருள் சூழ்ந்த நிலை காணப்படும். அதில் சத்தியமும் அசத்தியமும் கலந்திருக்கும் இதனால் மக்கள் சத்தியத்தை அசத்தியத்தியத்திலிருந்து வேறுபடுத்தி இனங்காண மிகச்சிரமப்படுவர். இச்சிரமம் காரணமாக முஃமினனான நிலையில் காலையை அடைந்த ஒரு மனிதன் மாலையாகும் போது காபிராக மாறிவிடுவார் அல்லது மாலையில் முஃமினாக இருந்த மனிதன் காலையாகும் போது காபிராக மாறிவிடுவார். இது அழிந்து போகும் இவ்வுலகின் அற்ப பொருளுக்கு தனது மார்க்கத்தை விட்டுவிடுவதினால் ஏற்படும் நிலையாகும்.</t>
+  </si>
+  <si>
+    <t>وجوب التمسُّك بالدين، والمبادرة إلى العمل الصالح قبل أن تَحوْل الموانع دونه.
+الإشارة إلى تتابع الفتن المضلة آخر الزمان، وأنه كلما ذهبت فتنة أعقبتها فتنة أخرى.
+إذا ضَعُف دين الإنسان وتنازل عنه مقابل الأمور الدنيوية من مال أو غيره كان ذلك سببًا في انحرافه وتركه للدين وانسياقه مع الفتن.
+في الحديث دليل على أن الأعمال الصالحة سبب للنجاة من الفتن.
+الفتن قسمان: فتن شبهات وعلاجها العلم، وفتن شهوات وعلاجها الإيمان والصبر.
+في الحديث إشارة إلى أن مَن قلَّ عمله كانت الفتنة إليه أسرع، وأن من كثر عمله ينبغي ألّا يغتر بما عنده بل يستزيد.</t>
+  </si>
+  <si>
+    <t>நற்காரியங்கள் செய்வதற்கு தடையாக இருப்பவை வர முன் அவற்றை செய்ய விரைவதும் மார்க்கத்தை உறுதியாக பின்பற்றுவதும் கடமையாகும்.
+இறுதிக்காலம் -உலக அழிவு – நெருங்குகையில் மனிதனை நேர்வழியிலிருந்து தடம் புறழச்செய்யும் குழப்பங்கள் தொடராக ஏற்படும் என்பது சுட்டிக் காட்டப்பட்டிருத்தல். அதாவது ஒரு குழப்பம் தோன்றி மறைவதற்குள் இன்னொரு குழப்பம் ஏற்படும் என்பது இதன் கருத்தாகும்.
+ஒருவரின் மார்க்கப்பற்று பலவீனமுற்று செல்வம் போன்ற ஏனைய உலகவிவகாரங்களுக்காக மார்க்கத்தை உதரித்தள்ளும் போது, அதுவே அவனின் நெறிபிரழ்விற்கும் மார்க்கத்தை விட்டுவிடவும் பிரச்சினைகள் மற்றும் குழப்பங்களுக்கு அள்ளுண்டு போவதற்கும் வழிவகுக்கும்.
+குழப்பங்களிலிருந்து மீற்சி பெறுவதற்கு காரணமாக நற்காரியங்கள் உள்ளன என்பதற்கான ஆதாரமாக இந்த ஹதீஸ் காணப்படுகிறது.
+குழப்பங்கள் இருவகைப்படுகின்றன முதலாவது : சந்தேகம் எனும் குழப்பம் இதற்கான தீர்வு கல்வியாகும். இரண்டாவது மனோ இச்சைகள் எனும் குழப்பம் இதற்கான தீர்வு இறைவிசுவாசமும் பொறுமையும் ஆகும்.
+யாருடைய அமல் குறைவாகக் காணப்படுகிறதோ அவர் கவர்ச்சிகளுக்கும் குழப்பங்களுக்கும் மிகவும் இலகுவாக உட்படுவார். யாரின் அமல் அதிகமாக உள்ளதோ அவர் மதிமயக்கத்தில் ஆழ்ந்துவிடாது தனது அமலை அதிகப்படுத்திக் கொள்ளவேண்டும் என இந்த ஹதீஸ் சுட்டிக்காட்டுகிறது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3138</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم يكثر أن يقول: يا مقلب القلوب ثبت قلبي على دينك</t>
+  </si>
+  <si>
+    <t>ரஸூலுல்லாஹி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்  அதிகமாக ' யா முகல்லிபல் குலூப் ஸப்பித் கல்பி அலா தீனிக '- (பொருள்) உள்ளங்களை புரட்டுபவனே! என்னுடைய உள்ளத்தினை  உனது மார்க்கத்தில் நிலைத்து இருக்க வைப்பாயாக'</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ»، فَقُلْتُ: يَا رَسُولَ اللهِ، آمَنَّا بِكَ وَبِمَا جِئْتَ بِهِ فَهَلْ تَخَافُ عَلَيْنَا؟ قَالَ: «نَعَمْ، إِنَّ القُلُوبَ بَيْنَ أُصْبُعَيْنِ مِنْ أَصَابِعِ اللهِ يُقَلِّبُهَا كَيْفَ يَشَاءُ».</t>
+  </si>
+  <si>
+    <t>அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : ரஸூலுல்லாஹி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்  அதிகமாக ' யா முகல்லிபல் குலூப் ஸப்பித் கல்பி அலா தீனிக '- (பொருள்) உள்ளங்களை புரட்டுபவனே! என்னுடைய உள்ளத்தினை  உனது மார்க்கத்தில் நிலைத்து இருக்க வைப்பாயாக' என அதிகம் கூறுபவர்களாக இருந்தார்கள். அப்போது நான் அல்லாஹ்வின் தூதரே! நாம் உம்மையும் நீங்கள் கொண்டுவந்தவற்றையும் விசுவாசம் கொண்டுள்ளோம். அவ்வாறிருந்தும் எம்மீது அச்சப்படுகிறீர்களா? எனக் கேட்க, அதற்கு நபியவர்கள், ஆம் என்று கூறிவிட்டு, 'நிச்சயமாக உள்ளங்கள் அல்லாஹ்வின் விரல்களில் இரு விரல்களுக்கு மத்தியில் உள்ளன. அவன் நாடிய பிரகாரம் அதனைப் புரட்டுகின்றான்' என பதிலளித்தார்கள்.</t>
+  </si>
+  <si>
+    <t>كانَ أكثرُ دعاء النبي صلى الله عليه وسلم سؤال الله الثّبات على الدين والطاعة، والبعد من الزيغ والضلال، 
+فتعجَّب أنس بن مالك رضي الله عنه من إكثار النبي صلى الله عليه وسلم من هذا الدعاء، فأخبره النبي صلى الله عليه وسلم أن القلوبَ بين أُصبعَينِ مِنْ أصابعِ اللهِ يُقَلِّبها كيف يشاء، 
+فالقلب هو محطُّ الإيمان والكفر، وقد سمي القلب قلبًا لكثرة تقلُّبه؛ فهو أَشَدُّ انقِلابًا مِن القِدْرِ إِذا اجتمعَتْ غَلْيًا، فمن شاء الله أقام قلبه على الهدى، وثبته على الدين، ومن شاء الله صرف قلبه عن الهدى إلى الزيغ والضلال.</t>
+  </si>
+  <si>
+    <t>நபியவர்கள் அதிகம் தனது பிரார்த்தனையில், மார்க்கத்திலும், வணக்க வழிபாட்டிலும் ஸ்திரத்தன்மையையும் உறுதியையும் அல்லாஹ்விடம் வேண்டுபவர்களாகவும், தடம் புரள்தல் மற்றும் வழிகேடு ஆகியவற்றிலிருந்து பாதுகாப்பையும் கோருபவர்களாகவும் இருந்தார்கள். இந்த துஆவை நபியவர்கள் அதிகம் ஓதுவதைக் பார்த்து அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு அவர்கள் ஆச்சரியமடைந்தார்கள். அப்போது நபியவர்கள்  அவரிடத்தில் 'உள்ளங்கள் அல்லாஹ்வின் விரல்களில் இரு விரல்களுக்கு மத்தியில் உள்ளன. அவன் நாடிய பிரகாரம் அதனைப் புரட்டுகின்றான்' எனக் கூறினார்கள். உள்ளமானது இறைவிசுவாசம் மற்றும் இறைநிராகரிப்பின் உரைவிடமாகும். உள்ளமானது ஒரே நிலையில் இல்லாது அடிக்கடி நிலைமாறுவதினால் அரபியில் கல்ப் என அழைப்பர். அது மாத்திரமின்றி அதிக வெப்பத்தில் கொதிக்கும் பானையில் உள்ள தண்ணீரை விடவும் உள்ளமானது கொந்தளிக்கக் கூடியது. எனவே யாருக்கு அல்லாஹ் உறுதியை நாடுகிறானோ அவனது உள்ளத்தை நேர்வழியில் நிலைத்திருக்கச் செய்யவும், மார்க்கத்தில் உறுதியாக இருக்கும் வாய்ப்பையும் வழங்குகிறான். யாரை அல்லாஹ் நேர்வழியிலிருந்து திருப்ப நாடுகிறானோ அவனை தடம்புரளல் மற்றும் வழிகேட்டின் பால் விட்டுவிடுகிறான்.</t>
+  </si>
+  <si>
+    <t>خضوع النبي صلى الله عليه وسلم لربِّه وتضرُّعه إليه، وإرشاد الأمة إلى سؤال ذلك.
+أهمية الاستقامة والثبات على الدين، وأنَّ العبرة بالخاتمة.
+العبد لا يستغني عن تثبيت الله له على الإسلام طرفة عين.
+الحث على الإكثار من هذا الدعاء، تأسِّيًا بالنبي عليه الصلاة والسلام.
+الثبات على الإسلام هو النعمة العظمى التي ينبغي على العبد أن يسعى إليها ويشكر مولاه عليها.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தம் இறைவனுக்குக் கீழ்ப்படிந்து, பணிவுடன் நடந்து கொண்டு, அவனிடம் மன்றாடுவதை வழக்கமாகக் கொண்டிருந்தார்கள். ஆகவே இஸ்லாமிய உம்மத்தும் இதே பிரார்த்தனையைச் செய்யுமாறு இந்த ஹதீஸில் வழிகாட்டப்பட்டுள்ளமை.
+மார்க்கத்தின் மீது பற்றும் உறுதியும் கொள்வதன் அவசியம் வலியுறுத்தப்பட்டுள்ளதோடு எல்லா விவகாரமும் இறுதி முடிவின் அடிப்படையில் தீர்மானிக்கப்படும் என்பதையும் இந்த ஹதீஸ் எடுத்துக்காட்டுகிறது.
+ஒர் அடியான எப்போதும் இஸ்லாத்தில் உறுதியாக இருப்பதற்கு அல்லாஹ்வின் உதவி தேவைப்படுகிறது.
+நபியின் முன்மாதிரியைப் பின்பற்றி, இந்த துஆவை  அதிகம் ஓதுமாறு வலியுறுத்தப்பட்டிருத்தல்.
+இஸ்லாத்தில் உறுதியாக இருத்தல் என்பது இறைவனின் மிகப்பெரும் அருட்கொடையாகும், அதற்காக அடியான் தனது இறைவனுக்கு நன்றி செலுத்த வேண்டும்.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وأحمد</t>
+  </si>
+  <si>
+    <t>[இமாம்களான திர்மிதி மற்றும் அஹ்மத் ஆகியோரால் இது பதிவு செய்யப்பட்டுள்ளது]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3142</t>
+  </si>
+  <si>
+    <t>إذا شرب الكلب في إناء أحدكم فليغسله سبعا</t>
+  </si>
+  <si>
+    <t>'உங்கள் ஒருவரின் பாத்திரத்தில் நாய் நீர் அருந்தினால் அதனை ஏழு</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: إِنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا».
+ولمسلم: « أولاهُنَّ بالتُراب».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் துதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'உங்கள் ஒருவரின் பாத்திரத்தில் நாய் நீர் அருந்தினால் அதனை ஏழு தடவைகள் கழுவட்டும்'</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِغسل الإناء سبعَ مرات إذا أَدْخَلَ الكلبُ فيه لسانه، الأولى منهن مَصحوبةٌ بالتراب ليأتي الماءُ بعدها، فتحصل النظافة التامة مِن نجاسته وضرره.</t>
+  </si>
+  <si>
+    <t>நாய் பாத்திரத்தில் வாய்விட்டால் அதனை ஏழு தடவைகள் கழுவுமாறு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் கட்டளையிட்டார்கள். அதில் முதலாவது தடவை மண்ணால் தேய்த்து பின் நீரால் கழுவ வேண்டும். அவ்வாறு கழுவும் போது நாயின் அசுத்தம் மற்றும் பாதிப்பிலிருந்து முற்றிலும் சுத்தமானதாக பாத்திரம் மாறிவிடும்.</t>
+  </si>
+  <si>
+    <t>ريق الكلب نجسٌ نجاسة مُغلَّظة.
+ولوغ الكلب في الإناء، ينجِّسه، وينجِّس الماء الذي فيه.
+التطهير بالتراب والتكرار سبعًا خاصٌّ بالتطهير من ولوغه دون بوله وعذرته وسائر ما لوَّثه الكلب.
+كيفية غسل الإناء بالتراب: أن يجعل في الإناء ماء ويضاف إليه التراب، ثم يغسل الإناء بهذا الخليط.
+ظاهر الحديث أنه عامٌّ في جميع الكلاب، حتى الكلاب التي أذن الشارع باتخاذها، مثل كلاب الصيد والحراسة والماشية.
+الصابون والأشنان لا يقومان مقام التراب؛ لأن النبي صلى الله عليه وسلم نصَّ على التراب.</t>
+  </si>
+  <si>
+    <t>நாயின் உமிழ் நீர் கடுமையான நஜீஸாகும்.
+நாய் பாத்திரத்தில் வாய்விடுவது அதனை அசுத்தப்படுத்துவதுடன் அதிலுள்ள நீரையும் அசுத்தப்படுத்திவிடும்.
+மண் பயன்படுத்தியும்; ஏழு தடவைகள் கழுவுவது நாய் நக்கிய பாத்திரத்திற்கு மாத்திரமானதாகும். ஆனால் அதன் சிறுநீர் மலம் மற்றும் பிற வழிகளில் மாசுபடுத்தப்பட்டவை  இவ்வொழுங்குக்குள் வரமாட்டாது.
+பாத்திரத்தை மண்ணால் கழுவும் முறை என்னவென்றால், ஒரு பாத்திரத்தில் தண்ணீரை ஊற்றி, அதில் மண்ணைக் கலந்து, அக்கலவையினால் பாத்திரத்தை கழுவுவதாகும்.
+இந்த ஹதீஸில் குறிப்பிடப்பட்ட நேரடிச் சட்டமானது எல்லா நாய்களுக்கும் பொதுவானது . ஷரிஆவில் வளர்க்க அனுமதிக்கப்பட்ட நாய்கள் உட்பட. வேட்டையாடுவதற்கும், வீட்டைக் காப்பதற்கும், கால்நடைகளைப் பாதுகாப்பதற்கும் வளர்க்கப்படும் நாய்களும் இதில் அடங்கும்.
+நாய் வாய்விட்ட பாத்திரங்களை கழுவுவதில் சவர்க்காரமோ அஷ்னன்(ஒரு வகையான மரம்)  மண்ணிற்கு நிகராக அமையாது என்பதால் நபியவர்கள் மண்ணை இங்கு விசேடமாக குறிப்பிட்டுள்ளார்கள். ஆகவே அதனைப் பயன்படுத்துவதே சிறந்தது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3143</t>
   </si>
   <si>
     <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
   </si>
   <si>
     <t>இயற்கை மரபுகள் ஐந்தாகும் : விருத்தசேதனம் (கத்னா) செய்வது, மர்ம உறுப்பின் முடியைக் களைவது, மீசையைக் கத்தரித்துக் கொள்வது, நகங்களை வெட்டிக் கொள்வது, அக்குள் முடிகளை அகற்றுவது ஆகியனவாகும்''</t>
   </si>
   <si>
     <t>عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை தான் செவிமடுத்ததாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு  அவர்கள் கூறினார்கள் : "இயற்கை மரபுகள் ஐந்தாகும் : விருத்தசேதனம் (கத்னா) செய்வது, மர்ம உறுப்பின் முடியைக் களைவது, மீசையைக் கத்தரித்துக் கொள்வது, நகங்களை வெட்டிக் கொள்வது, அக்குள் முடிகளை அகற்றுவது ஆகியனவாகும்''.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين:
 أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. 
 وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. 
 وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. 
 ورابعها: قص الأظفار. 
 وخامسها: نتف الإبط.</t>
   </si>
   <si>
     <t>நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இஸ்லாமிய மார்க்கத்திலும் மற்றும் நபிமார்களின் மரபுகளிலும் உள்ள ஐந்து விடயங்களை தெளிவுபடுத்துகிறார்கள்; அவை பின்வருமாறு :
 முதலாவது : விருத்த சேதனம்; விருத்தசேதனம் என்பது ஆணுறுப்பின் மேல் பகுதியில் உள்ள தோலை கத்தரிவிடுதல். பெண் பிறப்புறுப்பில் உறவு கொள்ளும் இடத்திற்கு மேலே உள்ள பகுதியை நீக்கி விடுதல்.
 இரண்டாவது: மர்ம உறுப்பின் மேலே உள்ள பகுதியில் காணப்படும் முடிகளை மழித்தல்.
 மூன்றாவது: மீசையை கத்தரித்தல் -ஒட்ட வெட்டுதல்- அதாவது ஆணின் உதட்டின் மேல் பகுதி தெரியுமளவிற்கு மேல் உதட்டுப்பக்கத்தில் வளரும் முடிகளை கத்தரிப்பதை குறிக்கிறது.
 நான்காவது : நகங்களை களைதல்.
 ஐந்தாவது :அக்குள் முடிகளை களைதல்.</t>
   </si>
   <si>
     <t>سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال.
 مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها.
 لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله.
 ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர்களின் இயற்கை மரபுகளை -வழிமுறைகளை அல்லாஹ் விரும்பி வரவேற்போதோடு அவற்றை கடைப்பிடித்து ஒழுகுமாறும் கட்டளையிடுகிறான். அவை யாவும் முழுமை, தூய்மை, அழகு போன்றவற்றிற்கு வழிவகுக்கிறது.
 இயற்கை மரபுகளில் அலட்சியம் கொள்ளாது பேணிநடப்பது மார்க்கம் வழிகாட்டிய விடயமாகும்.
 இவ்விடயங்களைக் கடைபிடிப்பதால் பலவிதமான ஆன்மீக, லௌகீக பயன்பாடுகள் உள்ளன. அழகிய தோற்றம், உடற்சுத்தம், ஆன்மீக சுத்தத்திற்கான பேணுதல், நிராகரிப்பாளர்களின் கலாச்சாரத்திற்கு மாறுசெய்தல், இறைக்கட்டளையை எடுத்து நடத்தல் போன்றன அவற்றுள் சிலதாகும்.
 வேறு அறிவிப்புகளில் -ஹதீஸ்களில்- இங்கே குறிப்பிடப்பட்ட ஐந்து விடயங்களுக்கு மேலதிகமாக தாடி வளர்த்தல், மிஸ்வாக் செய்தல் போன்ற இவை அல்லாத பல விடயங்கள் குறிப்பிடப்பட்டுள்ளன.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3144</t>
   </si>
   <si>
+    <t>لا إله إلا الله، ويل للعرب من شر قد اقترب، فتح اليوم من ردم يأجوج ومأجوج مثل هذه</t>
+  </si>
+  <si>
+    <t>'அல்லாஹ் வைத் தவிர வேறு இறைவனில்லை. நெருங்கிவிட்ட ஒரு தீமையின் காரணத்தால் அரபியருக்குக் கேடு நேரவிருக்கின்றது. இன்று யஃஜூஜ் மஃஜூஜ் கூட்டத்தாரின் தடைச் சுவர் இதைப் போல் திறக்கப்பட்டுவிட்டது</t>
+  </si>
+  <si>
+    <t>عَنْ زَيْنَبَ بِنْتِ جَحْشٍ رَضِيَ اللَّهُ عَنْها أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ دَخَلَ عَلَيْهَا فَزِعًا يَقُولُ: «لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ» وَحَلَّقَ بِإِصْبَعِهِ الإِبْهَامِ وَالَّتِي تَلِيهَا، قَالَتْ زَيْنَبُ بِنْتُ جَحْشٍ فَقُلْتُ يَا رَسُولَ اللَّهِ: أَنَهْلِكُ وَفِينَا الصَّالِحُونَ؟ قَالَ: «نَعَمْ إِذَا كَثُرَ الخَبَثُ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்களின் துணைவியார்) ஸைனப் பின்த் ஜஹ்ஷ் (ரழி) அவர்கள் கூறியதாவது : நபி (ஸல்) அவர்கள் (ஒருமுறை) என்னிடம் பதற்றத்துடன் வந்து, 'அல்லாஹ் வைத் தவிர வேறு இறைவனில்லை. நெருங்கிவிட்ட ஒரு தீமையின் காரணத்தால் அரபியருக்குக் கேடு நேரவிருக்கின்றது. இன்று யஃஜூஜ் மஃஜூஜ் கூட்டத்தாரின் தடைச் சுவர் இதைப் போல் திறக்கப்பட்டுவிட்டது' என்று தம் கட்டை விரலையும் அதற்கடுத்துள்ள விரலையும் இணைத்து வளையமிட்டுக் காட்டியபடி கூறினார்கள். அப்போது நான், 'அல்லாஹ்வின் தூதரே! நம்மிடையே நல்லவர்கள் இருக்க, நாம் அழிந்துவிடுவோமா?' என்று கேட்டேன். அதற்கு நபி (ஸல்) அவர்கள் 'ஆம்; தீமை பெருகிவிட்டால்...' என்று பதிலளித்தார்கள்.</t>
+  </si>
+  <si>
+    <t>دَخَلَ النبيُّ صلى الله عليه وسلم على زينب بنت جَحْش رضي الله عنها فَزِعًا خائفًا، وهو يقول: لا إله إلا الله، إيذانًا بتوقُّع أمرٍ مكروهٍ يَحْدُث، ولا نجاة منه إلا بالالتجاء إلى الله سبحانه، ثم قال صلى الله عليه وسلم: 
+ويل للعرب من شر قد اقترب وقوعُه، فُتِح اليوم من رَدم يأجوج ومأجوج، وهو السَّدُّ الذي بناه ذو القرنين، مثل هذه، وحَلَّق بإصبعه الإبهام والتي تليها، 
+فقالت زينب رضي الله عنها: كيف يُسلِّط الله علينا الهلاك وفينا المؤمنون الصالحون؟ 
+فقال لها النبي صلى الله عليه وسلم: إذا كَثُرَ الخَبَث مِن الفسوق والفجور والمعاصي، والزنا، والخمور، وغيرها، عَمَّ الهلاكُ الجميع.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஸைனப் பின் ஜஹ்ஷ் ரழியல்லாஹு அன்ஹா அவர்களிடம் பயந்து நடுங்கிய நிலையில்; வந்து 'லாஇலாஹ இல்லல்லாஹ் என்று கூறினார்கள்' லாஇலாஹ இல்லல்லாஹ் என்று கூறியது விரும்பத்தகாத ஒரு விடயம் நிகழவிருப்பதை எதிர்பார்த்து கட்டியம் கூறுவதையும், அதிலிருந்து விமோசனம் பெற –தப்பிக்க  அல்லாஹ்விடம் புகழிடம் தேடுவதன் மூலம் மாத்திரமே சாத்தியம் ஆகும் என்பதைக் குறிக்கும். பின் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பின்வருமாறு கூறினார்கள் : நெருங்கிவிட்ட ஒரு தீமையின் காரணத்தால் அரபியருக்குக் கேடு நேரவிருக்கின்றது. இன்று யஃஜூஜ் மஃஜூஜ் கூட்டத்தாரின் தடைச் சுவர் - அணை- திறக்கப்பட்டுவிட்டது'. இந்த அணை துல்கர்னைன் அவர்கள் கட்டினார்கள். அது கட்டப்பட்டதை விவரிக்கும் முகமாக தம் கட்டை விரலையும் அதற்கடுத்துள்ள விரலையும் இணைத்து வளையமிட்டுக் காட்டினார்கள். அதற்கு ஸைனப் ரழியல்லாஹு அன்ஹா அவர்கள்: எங்களில் ஸாலிஹான முஃமின்கள் இருக்கும் நிலையில் அல்லாஹ் எம்மீது அழிவை எப்படி ஏற்படுத்துவானா? என்று கேட்டார்கள் அதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பாவகாரியங்கள் தீயசெயல்கள் மானக்கேடான விடயங்கள் விபச்சாரம் மதூபானம் ஆகியவை அதிகரிக்கும்போது அழிவு பொதுவாக ஏற்படும் என்று குறிப்பிட்டார்கள்.</t>
+  </si>
+  <si>
+    <t>الفَزَع لا يشغل قلبَ المؤمن عن ذكر الله عند الخوف؛ لأنه بذكر الله تطمئن القلوب.
+الحث على إنكار المعاصي ومنع وقوعها.
+يحصل الهلاك العامُّ بسبب كثرة المعاصي وانتشارها وعدم إنكارها وإن كثر الصالحون.
+المصائب تعمُّ الناس جميعًا صالحين وفاسدين، ولكنهم يُبعَثون على نيّاتهم.
+خصَّ العربَ في قوله: "وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ"؛ لأنهم مُعظم مَن أَسْلَم حين قال ذلك.</t>
+  </si>
+  <si>
+    <t>பயம் ஒரு விசுவாசியின் இதயத்தை அல்லாஹ்வை நினைப்பதிலிருந்து திசை திருப்பாது ஏனெனில் அல்லாஹ்வை நினைவு கூர்வது இதயங்களுக்கு உறுதியையும் அமைதியையும் தருகிறது.
+இந்த ஹதீஸில், பாவங்கள் கண்டிக்கப்பட்டு அவை பரவாமல் தடுக்க வலியுறுத்தப்பட்டிருத்தல் .
+நல்ல மனிதர்கள் பலர் இருந்தும், சமுதாயத்தில் பாவங்கள் தொடர்ந்து அதிகரித்துக்கொண்டே இருந்தால், அவற்றைத் தடுக்கத் தவறுவதும், அவை பரவுவதைக் கண்டிக்கத் தவறுவதும் பொதுவாக அனைவருக்கும் அழிவையே ஏற்படுத்தும்.
+பேரழிவுகள்,(துன்பங்கள்) அவை நல்லோர் தீயோர்; என்ற பாகுபாடின்றி அனைத்து மக்களுக்கும் ஏற்படும். இருப்பினும், மறுமை நாளில் அவர்கள் தங்கள் எண்ணங்களின் படியே மீண்டும் உயிர்ப்பிக்கப்படுவார்கள்.
+இந்த ஹதீஸில், நபி (ஸல்) அவர்கள் அரேபியர்களைப் பற்றி குறிப்பாகக் குறிப்பிட்டு, 'இது இந்த அரேபியர்களுக்கு வரவிருக்கும் பேரிடரிலிருந்து அவர்களைப் பாதுகாப்பதற்காக' என்று கூறினார்கள். ஏனென்றால் அவர் இந்த வார்த்தைகளைச் சொன்னபோது இஸ்லாத்தைத் தழுவியவர்களில் பெரும்பாலோர் அவர்கள்தான்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3145</t>
+  </si>
+  <si>
     <t>كان النبي صلى الله عليه وسلم إذا دخل الخلاء قال: اللهم إني أعوذ بك من الخبث والخبائث</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கழிப்பறைக்கு நுழையும் போது : 'அல்லாஹும்ம இன்னீ அஊதுபிக மினல் குப்ஸி வல் கபாஇஸி' எனக் கூறுபவர்களாக இருந்தார்கள். பொருள்: யா அல்லாஹ்! உன்னிடம் ஷைத்தான்களில் ஆண் மற்றும் பெண்ணகளின் தீங்கை விட்டும் உன்னிடம் பாதுகாப்புத் தேடுகிறேன்'</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَألَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ».</t>
   </si>
   <si>
     <t>அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கழிப்பறைக்கு நுழையும் போது : 'அல்லாஹும்ம இன்னீ அஊதுபிக மினல் குப்ஸி வல் கபாஇஸி' எனக் கூறுபவர்களாக இருந்தார்கள். பொருள்: யா அல்லாஹ்! உன்னிடம் ஷைத்தான்களில் ஆண் மற்றும் பெண்ணகளின் தீங்கை விட்டும் உன்னிடம் பாதுகாப்புத் தேடுகிறேன்'</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد دُخولَ المكانِ الذي سيَقضي فيه حاجتَه، بَولًا أو غائِطًا، استعاذ بالله، والتجأ إليه أنْ يَقِيَه شَرَّ الشياطين من ذكور وإناث، 
 وفُسِّر الخبث والخبائث أيضًا بالشر وبالنجاسات.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது இயற்கைத் தேவையை நிறைவேற்றுவதற்காக கழிவறைக்குள் நுழையும்போது அல்லாஹ்விடம் ஆண் பெண் ஷைத்தான்களின் தீங்கை விட்டும் பாது காக்குமாறு கோருவார்கள். ஹதீஸில் குறிப்பிடப்பட்ட அல்குப்ஸ்,அல்கபாஇஸ் என்பது தீங்கு மற்றும் அசுத்தம் எனவும் பொருள் கோடல் செய்யப்பட்டுள்ளது.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند إرادة دخول الخلاء.
 جميع الخلق مفتقرون إلى ربهم في دفع ما يؤذيهم أو يضرهم في كل أحوالهم.</t>
   </si>
   <si>
     <t>இயற்கைத்தேவையை நிறைவேற்ற கழப்பிடத்தினுள் நுழைபவர் இந்த துஆவை ஓதுவது (முஸ்தஹப்பாகும்) நபி வழியாகும்.
 அடியார்கள் -மனிதர்கள்- யாவரும் எல்லா நிலைகளிலும் தங்களுக்கு தீங்கை ஏற்படுத்தும், அல்லது பாதிப்பை ஏற்படுத்துபவையிலிருந்து அல்லாஹ்விடம்  பாதுகாப்புக்கோருவதற்கு  தேவையுடையவர்களாக இருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3150</t>
+  </si>
+  <si>
+    <t>كان النبي صلى الله عليه وسلم أشد حياء من العذراء في خدرها، فإذا رأى شيئا يكرهه عرفناه في وجهه</t>
+  </si>
+  <si>
+    <t>'நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் திரைக்குள் இருக்கும் கன்னிப் பெண்ணைவிடவும் அதிக வெட்கமுடையவர்களாயிருந்தார்கள். தாம் விரும்பாத ஒன்றை அவர்கள் பார்த்து விட்டால், அந்த வெறுப்பை அவர்களின் முகத்திலிருந்தே நாங்கள் அறிந்துகொள்வோம்'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ.</t>
+  </si>
+  <si>
+    <t>அபூஸஈத் அல்குத்ரீ ரழியல்லாஹு அன்ஹு  அவர்கள் கூறியதாவது: 'நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் திரைக்குள் இருக்கும் கன்னிப் பெண்ணைவிடவும் அதிக வெட்கமுடையவர்களாயிருந்தார்கள். தாம் விரும்பாத ஒன்றை அவர்கள் பார்த்து விட்டால், அந்த வெறுப்பை அவர்களின் முகத்திலிருந்தே நாங்கள் அறிந்துகொள்வோம்'.</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ أبو سعيد الخدري رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم كان أشدَّ حياء من البنت البِكْر التي لم تتزوج وتعاشر الرجال المُستترة في بيتها، ومن شدة حيائه أنه إذا كَرِهَ شيئًا يتغير وجهه ولا يتكلم، بل يفهم أصحابه كراهيتَه لذلك في وجهه.</t>
+  </si>
+  <si>
+    <t>வீட்டில் தன்னை மறைத்துக்கொண்டு அடக்கமாக இருக்கும் திருமணம் முடிக்காத ஆண்களுடன் உறவு கொள்ளாத கண்ணிப்பெண்ணைவிடவும் மிகவும் நாணமிக்கவராக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இருந்தார்கள் என்பதை அபூஸஈத் அல் குத்ரி ரழியல்லாஹு அன்ஹு அவர்கள் குறிப்பிடுகிறார்கள். நபியவர்கள் ஏதாவதொன்றை வெறுத்தால் அவரின்  முகம் உடனடியாக மாறிவிடும். அவர் யாருடனும் பேசமாட்டார் இம்முக மாற்றம் அவர்களின் நாணத்தின் உச்சநிலையை காட்டும். மாறாக நபியவர்களின் அதிருப்த்தியை  அவர்களின் முகத்திலிருந்தே ஸஹாபாக்கள் புரிந்துகொள்வார்கள்.</t>
+  </si>
+  <si>
+    <t>بيان ما اشتمل عليه النبي صلى الله عليه وسلم من الحياء، وهو الخُلُق العظيم.
+حياء النبيِّ صلى الله عليه وسلم ما لم تُنتَهك حرمات الله، فإذا انتهكت؛ فإنه صلى الله عليه وسلم كان يغضب ويأمر أصحابَه وينهاهم.
+الحث على التخلُّق بالحياء؛ لأنه يحمل النفس على فعل الجميل وترك القبيح.</t>
+  </si>
+  <si>
+    <t>இந்த ஹதீஸ் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் காணப்பட்ட கூச்ச உணர்வு -நாணம்- பற்றிய விடயத்தை உள்ளடக்கியுள்ளது. இது ஒரு மகத்தான பண்பாகும்.
+அல்லாஹ்வின் மார்க்கத்தையும், அவனது புனிதத்தையும் யாரும் மீறாத வரை மட்டுமே அவர்களின் இந்த அடக்கம் இருந்தது. இந்த விடயங்கள் மீறப்பட்டால், அவர் கோபமடைந்து, அதற்கேற்ப தனது தோழர்களுக்கு அறிவுறுத்தல்களையும் தடைகளையும் பிறப்பிப்பார்.
+இந்த ஹதீஸ் அடக்கத்தை,(வெட்கத்தை)  கைக்கொள்ளுமாறு  வலியுறுத்துகிறது. ஏனென்றால் அது மனதை நல்ல விடயங்களைச் செய்யவும் அசிங்கமான விடயங்களைத் தவிர்க்கவும் தூண்டுகிறது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3153</t>
   </si>
   <si>
     <t>ستكون أثرة وأمور تنكرونها قالوا: يا رسول الله فما تأمرنا؟ قال: تؤدون الحق الذي عليكم، وتسألون الله الذي لكم</t>
   </si>
   <si>
     <t>உண்மையில், எனக்குப் பிறகு நீங்கள் வெறுக்கும் சில விடயங்களும், ஆட்சியாளர்கள் செல்வங்களை தாங்களே அனுபவிக்கும் போக்கும் காணப்படும்' அல்லாஹ்வின் தூதரே, நீங்கள் எங்களுக்கு என்ன கட்டளையிடுகிறீர்கள்? என்று கேட்டனர். அவர் கூறினார்: 'உங்களுக்குரிய  பொறுப்புகளை நிறைவேற்றுவதன் மூலம் உங்களுக்குரியதை அல்லாஹ்விடம் கேளுங்கள்.' என்றார்கள்</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்   அவர்கள் கூறியதாக இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : உண்மையில், எனக்குப் பிறகு நீங்கள் வெறுக்கும் சில விடயங்களும், ஆட்சியாளர்கள் செல்வங்களை தாங்களே அனுபவிக்கும் போக்கும் காணப்படும்' அல்லாஹ்வின் தூதரே, நீங்கள் எங்களுக்கு என்ன கட்டளையிடுகிறீர்கள்? என்று கேட்டனர். அவர் கூறினார்: 'உங்களுக்குரிய  பொறுப்புகளை நிறைவேற்றுவதன் மூலம் உங்களுக்குரியதை அல்லாஹ்விடம் கேளுங்கள்.' என்றார்கள்.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه سيتولى على المسلمين وُلاةٌ يَستأثِرون بأموال المسلمين وغيرِها مِن أمور الدنيا، يَصْرِفُونها كما شاؤوا ويمنعون المسلمين حقَّهم فيها. 
 وسيكون منهم في الدِّين أمورٌ تُنْكَر. 
 فسَألَ الصحابةُ رضي الله عنهم: ماذا يفعلون في تلك الحال؟ 
 فأخبرهم صلى الله عليه وسلم أنه لا يمنعكم انفرادُهم بالمال أنْ تَمْنَعوا ما يجب عليكم نحوَهم من السمع والطاعة، بل اصبروا واسمعوا وأطيعوا ولا تنازعوهم الأمر، واسألوا الحق الذي لكم من الله، وأن يُصلحَهم ويَدفعَ شرَّهم وظلمَهم.</t>
   </si>
   <si>
     <t>ஒரு காலம் வரும் அதில் முஸ்லிம்களின் விவகராங்களை பொறுப்பேற்று நடத்தும் சில ஆட்சியாளர்கள் -அதிகாரிகள்- குடிமக்களின் செல்வங்கள் மற்றும் இது போன்ற உலகியல் விவகாரங்களை அவர்கள் அனுபவிப்பதோடு அவற்றை அவர்கள் நாடிய விதத்தில் கையாள்வார்கள். அதில் தங்களது குடிமக்களின் உரிமைகளை வழங்காது தடுத்துக்கொள்வார்கள் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெரிவிக்கிறார்கள். அவர்களின் செயற்பாடுகளில் மார்க்கம் சார்ந்த ஏற்றுக்கொள்ள முடியாத வெறுத்தக்க விடயங்களும் காணப்படும். என்று நபியவர்கள் கூறிய போது  ஸஹாபாக்கள் இவ்வாறான நிலையில் தாம் செய்ய வேண்டியது குறித்து விசாரித்தார்கள். அப்போது. அவ்வதிகாரிகள் செல்வங்களை உங்களுக்கு பகிராது அனுபவிக்கும் நிலையானது, நீங்கள் அவர்களுக்கு கட்டாயம் செய்ய வேண்டிய அவர்களின் கட்டளைகளுக்கு செவிதாழ்த்தி கட்டுப்பட்டு நடக்கும் கடமையை தடுத்து விடாதிருக்கட்டும்.) மாறாக இவ்வாறான நிலையில் நீங்கள் பொறுமையை கடைப்பிடித்து அவர்களுக்கு செவிசாய்த்து அவர்களுக்கு கட்டுப்பட்டு நடந்து கொள்ளுங்கள். அவர்களின் ஆட்சிக்கெதிராக முரண்பட்டுச் செல்லாதீர்கள். உங்களுக்குரிய உரிமை கிடைக்கவும், அவர்களை சீர்ப்படுத்துமாறும் அவர்களின் தீங்கு மற்றும் அநியாயத்திலிருந்து பாதுகாக்குமாறும்  அல்லாஹ்விடம் வேண்டுங்கள் என்று வழிப்படுத்தினார்கள்.</t>
   </si>
   <si>
     <t>الحديثُ من دلائل نبوَّتِه صلى الله عليه وسلم حيث أخبر بما سيكون في أمته فوقع كما أخبر.
 جوازُ إعلام المُبتلى بما يُتَوَقَع له من البلاء؛ لِيُوَطِّنَ نفسَه فإذا أتاه كان صابرًا محتسبًا.
 الاعتصام بالكتاب والسنة مخرج من الفتن والاختلاف.
 الحث على السمع والطاعة لولاة الأمور بالمعروف، وعدم الخروج عليهم، وإنْ وقع منهم ظلم.
 استعمال الحكمة واتباع السنة في زمن الفتن.
 على الإنسان القيام بالحق الذي عليه وإنْ حَصَل عليه شيء من الظلم.
 فيه دليلٌ على القاعدة: يختار أهون الشرين أو أخف الضررين.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸ் நபியவர்கள் எதிர்காலத்தில் நடக்கவிருக்கும் நபித்துவ தீர்க்கதரிசனங்களுள் ஒன்றாகாக காணப்படுகிறது. நபியவர்கள் தனது சமூகத்தில் நடக்கவிருக்கும் விடயங்களை குறித்து அறிவித்துள்ளார்கள். அவை அவர்கள் அறிவித்தது போன்று நிகழும்.
 சோதனைக்குள்ளானவர் தன்னை தேற்றிக் கொள்வதற்காக அவருக்கு ஏற்படும் என்று எதிர்பார்க்கும் சோதனைக் குறித்து தீர்வைப்பெற பகிரங்கமாக கேட்பது அனுமதிக்கப்பட்டதாகும். அவ்வாறு சோதனை ஏற்பட்டால் நன்மையை எதிர்பார்த்தவராக பொறுமையாக இருத்தல் வேண்டும்.
 அல்குர்ஆனையும் ஸுன்னாவையும் கடைப்பிடித்தொழுகுவதே குழப்பங்கள் பிரச்சினைகளிலிந்து வெளியேறுவதற்கான- மீட்சிபெறுவதற்கான  - ஒரே வழி.
 நன்மையான விடயங்களில் மாத்திரம் ஆட்சியாளர்களுக்கு கட்டுபட்டு அவர்களின் கட்டளைகளுக்கு செவிதாழ்த்தி நடக்கவும் அவர்களிடமிருந்து அநியாயம் நிகழ்ந்தாலும் அவர்களுக்கெதிராக கிளர்ச்சி செய்வது கூடாது எனவும் வலியுறுத்தியிருத்தல்.
 குழப்பகாரமான சோதனை நிறைந்த காலப்பகுதியில் ஸுன்னாவைப் பின்பற்றி நடப்பதுடன் அறிவார்ந்த முறையில் நடந்து கொள்ளல்.
 ஆட்சியாளரிடமிருந்து அநியாயம் ஏதும் நிகழ்தாலும்  ஒருவர் தன்மீதுள்ள கடமைகளை நிறைவேற்றுவதில் கவனம் செலுத்துவது அவசியமாகும்.
 பாதிப்பை ஏற்படுத்தும் இரு விடயங்களில் மிகவும் சாதாரணமானதை அல்லது தீங்கை ஏற்படுத்துவனவற்றில் இரண்டு விடயங்களில் மிக இலகுவானதை தேர்வு செய்தல் என்ற சட்டவாக்கவிதிக்கான ஆதாரம் இந்த ஹதீஸிலிருந்து பெறப்படுகிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3156</t>
   </si>
   <si>
+    <t>من سأل الله الشهادة بصدق بلغه الله منازل الشهداء، وإن مات على فراشه</t>
+  </si>
+  <si>
+    <t>உண்மையாகவே அல்லாஹ்விடம் வீரமரணத்தை வேண்டுபவர் தனது படுக்கையில் மரணித்தாலும் உயிர்த்தியாகிகளின் அந்தஸ்துக்களை அடையச் செய்வான்".
+'யார் அல்லாஹ்விடம் உண்மையாகவே ஷஹாதத்தை  (வீரமரணத்தைக்) கேட்கிறாரோ, அவர் தனது படுக்கையில் இறந்தாலும், அல்லாஹ் அவரை தியாகிகளின் (இறைபாதையில் வீரமரணம் அடைந்தோர்) தரத்திற்கு உயர்த்துவான்.'</t>
+  </si>
+  <si>
+    <t>عَن سَهْلِ بْنِ حُنَيْفٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஸஹ்ல் இப்னு ஹுனைப் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: "உண்மையாகவே அல்லாஹ்விடம் வீரமரணத்தை வேண்டுபவர் தனது படுக்கையில் மரணித்தாலும் உயிர்த்தியாகிகளின் அந்தஸ்துக்களை அடையச் செய்வான்".
+'யார் அல்லாஹ்விடம் உண்மையாகவே ஷஹாதத்தை  (வீரமரணத்தைக்) கேட்கிறாரோ, அவர் தனது படுக்கையில் இறந்தாலும், அல்லாஹ் அவரை தியாகிகளின் (இறைபாதையில் வீரமரணம் அடைந்தோர்) தரத்திற்கு உயர்த்துவான்.'</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن طَلَبَ الشهادةَ والقتلَ في سبيل الله، وكان صادقًا مخلصًا في نيته تلك لله عز وجل، أعطاه الله درجات الشهداء بنيته الصادقة وإن مات على الفِراش في غير الجهاد.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் பாதையில் கொலைசெய்யப்பட்டு  ஷஹாதத்தை –வீரமரணம் அடைவதை அல்லாஹ்விடம் கேட்பவர்,  அவரது நிய்யத்தில் -எண்ணத்தில்- அல்லாஹ்வுக்காக எனும்  உளப்பரிசுத்ததோடு உண்மையாளராகவும் இருந்தால் அவரின் உண்மையான –தூய்மையான நிய்யத்தின் காரணமாக அவர் (ஜிஹாத்) அறப்போரில் அல்லாது தனது படுக்கையில் மரணித்தாலும் அறப்போரில் வீரமரணமடைந்தோரின் அந்தஸ்த்தைப் பெறுவார் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள்.</t>
+  </si>
+  <si>
+    <t>صدق النية مع فعل المستطاع سبب لبلوغ المقصود من الأجر والثواب، وإن لم يُبَاشر العمل المطلوب.
+الترغيب في الجهاد وطلب الشهادة في سبيل الله عز وجل.
+إكرام الله تعالى لهذه الأمة، فهو يعطيها بقليل من العمل أعلى الدرجات في الجنة.</t>
+  </si>
+  <si>
+    <t>ஒருவரிடம் ஒரு செயலை செய்வதற்கு தூய்மையான எண்ணத்துடன் அதற்கான ஊக்கமும் முயற்சியும் இருப்பின், அவரின் தூய்மையான எண்ணத்தின் காரணமாக அச்செயலை அவர் செய்யா விடினும் அவருக்கான கூலியும் வெகுமதியும் கிடைக்கும் என இந்த ஹதீஸ் குறிப்பிடுகிறது.
+அறப்போரில் கலந்து கொண்டு அதில் வீரமரணம் அடைவதை ஊக்கப்படுத்தப்பட்டிருத்தல்.
+ஒரு சிறிய செயலுக்குப் பதிலாக சொர்க்கத்தின் உயர்ந்த பதவிகளை வழங்குவதன் மூலம் இந்த உம்மத்தை அல்லாஹ் கண்ணியப்படுத்தியுள்ளமை.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3157</t>
+  </si>
+  <si>
+    <t>ما يزال البلاء بالمؤمن والمؤمنة في نفسه وولده وماله حتى يلقى الله وما عليه خطيئة</t>
+  </si>
+  <si>
+    <t>'எந்தப் பாவமும் இல்லாத நிலையில் (பாவங்கள் மன்னிக்கப்பட்ட நிலையில்)அல்லாஹ்வைச் சந்திக்கும் வரை, முஃமினான ஆணும், பெண்ணும் தங்கள் சுய வாழ்விலும், தங்கள் குழந்தைகளிலும், செல்வத்திலும் சோதனைகளை அனுபவித்துக் கொண்டே இருப்பார்கள்.'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு  அவர்கள் அறிவிக்கிறார்கள் : 'எந்தப் பாவமும் இல்லாத நிலையில் (பாவங்கள் மன்னிக்கப்பட்ட நிலையில்)அல்லாஹ்வைச் சந்திக்கும் வரை, முஃமினான ஆணும், பெண்ணும் தங்கள் சுய வாழ்விலும், தங்கள் குழந்தைகளிலும், செல்வத்திலும் சோதனைகளை அனுபவித்துக் கொண்டே இருப்பார்கள்.'</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن البلاء والاختبار لا ينفكُّ عن العبد المؤمن والمؤمنة، في نفسه من صحتِه وجسدِه، وفي أولاده مِن مرض أو وفاة أو عقوق أو غير ذلك، وفي ماله من افتقار وذهاب تجارة وسرقة، وكَسَادِ عيش وضيق في الرزق، حتى يُكَفِّرَ اللهُ عنه بذلك البلاء كلَّ ذنوبِه وخطاياه حتى إذا لقي الله يكون قد طَهُرَ من كل الذنوب والآثام التي ارتكبها.</t>
+  </si>
+  <si>
+    <t>ஒரு நம்பிக்கை கொண்ட ஆணோ, அல்லது பெண்ணோ சோதனைகளுக்கு ஆட்படாமல் ஒரு போதும் இருக்கமாட்டார் என்று அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள். சில நேரங்களில் சோதனையானது ஒரு முஃமினின் வாழ்க்கையுடன் தொடர்புடையதாகக் காணப்படும். உதாரணமாக அவரது ஆரோக்கியம் மற்றும் உடல்நிலை சார்ந்ததாக இருக்கும். சில நேரங்களில் சோதனையானது குழந்தைகளுடன் தொடர்புடையதாக காணப்படும், உதாரணமாக பிள்ளைகள் நோய்வாயப்டுதல், இறந்து போதல் அல்லது கீழ்படியாது நடத்தல், நோவினை செய்தல் போன்றவைகளை குறிப்பிடலாம். சில நேரங்களில் சோதனை செல்வத்துடன் தொடர்பானதாக இருக்க முடியும். உதாரணமாக வறுமையை எதிர்கொள்ளுதல், வியாபாரம் முழுமையாக நஷ்டம்அடைதல், செல்வம் திருடப்படுதல், பொருளாதார மந்தநிலை, நெருக்கடியை எதிர்கொள்ளல் போன்றவற்றை குறிப்பிடலாம். இந்த சோதனைகளின் விளைவாக, அல்லாஹ் அடியானின் அனைத்து பாவங்களையும் அழித்து விடுகிறான், இறுதியாக அவன் அல்லாஹ்வைச் சந்திக்கும் போது, அவன் செய்த அனைத்து பாவங்களிலிருந்தும் அவன் தூய்மையடைகிறான்.</t>
+  </si>
+  <si>
+    <t>من رحمة الله بعباده المؤمنين أن يكفِّر عنهم ذنوبَهم في دنياهم بمصائب الدنيا وآفاتها.
+البلاء بمجرَّده يكفِّر الذنوب بشرط الإيمان، فإذا صبر العبد ولم يسخط أُجِر.
+الحث على الصبر في جميع الأمور، فيما يحب ويكره، يصبر حتى يؤدي ما أوجب الله، ويصبر حتى يبتعد عما حرم الله، يرجو ثواب الله ويخشى عقابه.
+قوله: "بالمؤمن والمؤمنة"، زيادة لفظ المؤمنة فيه دليل على مزيد من التأكيد للمرأة؛ وإلا لو قال: "بالمؤمن" لدخل فيه المرأة؛ لأن ذلك لا يختص بالرجل، فإذا وقع البلاء بالمرأة فكذلك هي موعودة بمثل هذا الجزاء بتكفير الذنوب والخطايا. 
+مما يهوِّن على العبد ما يلقاه من الآلام مرة بعد مرة الفضلُ المترتب على البلاء.</t>
+  </si>
+  <si>
+    <t>உலகவாழ்வில் ஏற்படுகின்ற சோதனைகள், ஆபத்துக்கள் மூலம் அல்லாஹ் தனது அடியார்களான முஃமின்களின் பாவங்களை மன்னிப்பது அவனின் மிகப் பெரும் கருணையின் வெளிப்பாடாகும்.
+ஒருவரிடம் நம்பிக்கை -ஈமான்- இருந்தால் சோதனை அவரது பாவங்களை அழிக்க உதவுகிறது. அத்துடன் ஒரு அடியான் சோதனையின் போது பொறுமையைக் கடைப்பிடித்து, அல்லாஹ்வின் தீர்ப்பால் கோபப்படாமல் இருந்தால், அவருக்கு  நிச்சயமாக வெகுமதி கிடைக்கும்.
+ஒருவர் தான் விரும்பும், விரும்பாத விடயங்கள் அனைத்திலும் பொறுமைகாக்குமாறு வலியுறுத்தப்பட்டிருத்தல். அல்லாஹ்வின் கடமையான அமல்களைச் செய்வதிலும், அவன் தடை செய்தவற்றைத் தவிர்ப்பதிலும் அடியான் பொறுமையைக் கடைப்பிடிக்க வேண்டும். இதன் மூலம் அல்லாஹ்வின் கூலியை எதிர்பார்த்து, அவனுடைய தண்டனையை அஞ்ச வேண்டும்.
+' இந்த ஹதீஸில் அல் முஃமின் அல் முஃமினா –அதாவது விசுவாசியான ஆண் மற்றும் பெண் ' என்ற கூற்றில் அல் முஃமினா – முஃமினான பெண் என்று மேலதிகமாக குறிப்பிடப்பட்டிருப்பது பெண்ணின் உரிமையை வலியுறுத்துவதற்காகும். 'அல் முஃமின் என்ற வார்த்தை மாத்திரம் பயன்படுத்தப்பட்டிருந்தாலும் அதில் பெண்ணும் உள்ளடக்கப்படுவார், அத்துடன் 'முஃமின்' என்ற அரபு வார்த்தை ஆண்களை மாத்திம் குறிக்கும் சொல் அல்ல, அது இருபாலாரையும் குறிக்கும் ஒரு பொதுச்சொல்லாகும்.  ஆகவே, ஒரு பெண்ணுக்கு ஏதேனும் சோதனை ஏற்பட்டாலும் அவளுடைய பாவங்களுக்கும் தவறுகளுக்கும் பரிகாரமாக ஆண்களுக்கு கிடைக்கும் அதே கூலி –வெகுமதி  அவளுக்கும் நிச்சயம் கிடைக்கும் என்பதை வலியுறுத்தி குறிப்பிடவே இங்கு அல் முஃமினா என்ற வார்த்தையும் சேர்த்துக் கூறப்பட்டுள்ளது என்பது இதன் கருத்தாகும்.
+சோதனையின் விளைவால் கிடைக்கும் வெகுமதி ஒவ்வொரு தடவையும் அடியான் எதிர்கொள்ளும் நோவினைகளயும் வேதனைகளையும் எளிதாக்கி விடுகிறது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3159</t>
+  </si>
+  <si>
     <t>أَلِظُّوا بـ ياذا الجلال والإكرام</t>
   </si>
   <si>
     <t>யா தல் ஜலாலி வல் இக்ராம் என்ற வார்த்தையையைப் பற்றிக் கொள்ளுங்கள்."</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قَالَ: قَالَ رسُولُ الله صلى الله عليه وسلم : «ألِظُّوا بـ (يَاذا الجَلاَلِ والإكْرامِ)».</t>
   </si>
   <si>
     <t>யா தல் ஜலாலி வல் இக்ராம் (வல்லமையும்கண்ணியமும் மிக்கவனே) என்ற வார்த்தையையைப் பற்றிக் கொள்ளுங்கள்."என நபி (ஸல்)அவர்கள் கூறியாத அனஸ் இப்னு மாலிக் (ரழி) அவர்கள் அறிவிக்கிறார்கள்</t>
   </si>
   <si>
     <t>في الحديث أمر(ألظوا)، بمعنى: الزموا هذه الدعوة وأكثروا منها، فالمراد: داوموا على قولكم ذلك في دعائكم واجعلوه على لسانكم 
 وقد اشتمل على اسم من أسماء الله قيل إنه الاسم الأعظم، لكونه يشمل جميع صفات الربوبية والألوهية.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் ஒரு கட்டளை உள்ளது. அதுதான் (அலில்லு எனும் வார்த்தை. அதன் பொருள் இந்தப் பிரார்த்தனையை பற்றிக்கொள்ளுங்கள் அதிகமாகச் சொல்லுங்கள். அதன் கருத்தாவது எப்போதும் இவ்வார்த்தைகளை உங்களுடையை பிரார்த்தனையில் கூறுவதுடன் உங்களின் நாவுகளிலும் தவழச் செய்யுங்கள். இப்பிரார்த்தனையானது அல்லாஹ்வின் பெயர்களில் ஒன்றை உள்ளடக்கியுள்ளது அல் இஸ்முல் அஃலம் எனும்அல்லாஹ்வின் உயர் நாமத்தை உள்ளடக்கியுள்ளதாக ஒரு கருத்து உள்ளது. காரணம் யாதெனில் அல்லாஹ்வின் அனைத்து ருபூபிய்யத் உலூஹியத் எனும் பண்புகளை இது உள்ளடக்கியுள்ளது என்பதினாலாகும்.</t>
   </si>
   <si>
     <t>الحث على الإكثار من الدعاء بهذه الكلمات الواردة؛ لما فيها من الثناء التام لله -تعالى- ووصفه بصفات الكمال.
 من آداب الدعاء الثناء على الله.</t>
   </si>
   <si>
     <t>ملاحظة: رواية النسائي وأحمد عن ربيعة بن عامر</t>
   </si>
@@ -1134,51 +2229,86 @@
   </si>
   <si>
     <t>முஸ்லிமான ஒருவர் தன் சகோதரருக்காக மறைவாக கேட்கும் பிரார்த்தனை ஏற்றுக் கொள்ளப்படும். பிரார்த்திக்கும் அந்த மனிதரின் தலையருகே நியமிக்கப்பட்ட ஒரு வானவர் இருப்பார்.பிரார்த்தனை செய்யும் அம்மனிதர் தனது சகோதரருக்காக நல்லதை வேண்டும் போதெல்லாம் நியமிக்கப்பட்ட அவ்வானவர் ஆமீன் எனக் கூறி உனக்கும் இது போலவே கிடைக்கட்டும் என்று கூறுவார்.</t>
   </si>
   <si>
     <t>عن أم الدرداء رضي الله عنها مرفوعاً: « دعوة المرء المسلم لأخيه بظَهْرِ الغيب مستجابة، عند رأسه مَلَك مُوَكَّلٌ كلما دعا لأخيه بخير قال الملك المُوَكَّلُ به: آمين، ولك بمِثْلٍ».</t>
   </si>
   <si>
     <t>நபியவர்கள் கூறியதாக உம்மு தர்தா ரழி அன்ஹா அறிவிக்கிறார்கள் முஸ்லிமான ஒருவர் தன் சகோதரருக்காக மறைவாக கேட்கும் பிரார்த்தனை ஏற்றுக்;கொள்ளப்படும்.பிரார்த்திக்கும் அந்த மனிதரின் தலையருகே நியமிக்கப்பட்ட ஒரு வானவர் இருப்பார்.பிரார்த்தனை செய்யும் அம்மனிதர் தனது சகோதரருக்காக நல்லதை வேண்டும் போதெல்லாம் நியமிக்கப்பட்ட அவ்வானவர் ஆமீன் எனக் கூறி "உனக்கும் இது போலவே கிடைக்கட்டும்" என்று கூறுவார்</t>
   </si>
   <si>
     <t>دعاء المسلم لأخيه وهو غائب عنه لا يعلم مستجاب مقبول عند الله، فإذا دعا لأخيه وقف ملك من الملائكة عند رأسه يقول آمين ولك مثل هذا الخير الذي دعوت به لأخيك.</t>
   </si>
   <si>
     <t>ஒரு முஸ்லிம் தனது சகோதரருக்காக அவர் அறியாத விதத்தில் கேட்டும் பிரார்த்தனை அல்லாஹ்வினால் ஏற்றுக்கொள்ளப்படுகிறது.அவர் தனது சகோதரருக்காக இறைஞ்சும் போது வானவர்களில் ஒருவர் அவரின் தலையருகே இருந்து கொண்டு ஆமீன் கூறி "உனது சகோதரருக்கு கிடைக்க வேண்டுமென பிரார்த்தித்த அந்த நன்மை உனக்கும் கிடைக்கட்டுமாக" என கூறுகிறார்.</t>
   </si>
   <si>
     <t>أن الدعاء بظهر الغيب يدل دلالة واضحة على صدق الإيمان.
 فضل الدعاء للإخوة بظهر الغيب.
 تقييد الدعوة بالغيب؛ لأن ذلك أبلغ في الإخلاص وحضور القلب.
 من أسباب الإجابة أن يدعو المسلم لأخيه في الغيب.
 استحباب أن يدعو المسلم لنفسه وأخيه بخيري الدنيا والآخرة.
 بيان بعض أعمال الملائكة، وأن منهم من وكله الله لهذا العمل.</t>
   </si>
   <si>
+    <t>[இதனை முஸ்லிம் பதிவு செய்துள்ளார்]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3219</t>
+  </si>
+  <si>
+    <t>أن النبي صلى الله عليه وسلم كان إذا صلى فرج بين يديه حتى يبدو بياض إبطيه</t>
+  </si>
+  <si>
+    <t>'நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தொழுகையில் ஸஜ்தா செய்யும் போது தனது இரு  அக்குள்களின் வெண்மை தெரியும் அளவிற்கு தனது இரு கைககளுக்கிடையியில் இடைவெளி விடுவார்கள்'</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ مَالِكٍ ابْنِ بُحَيْنَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ.</t>
+  </si>
+  <si>
+    <t>அப்துல்லாஹ் இப்னு மாலிக் இப்னு புஹைனா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தொழுகையில் ஸஜ்தா செய்யும் போது தனது இரு  அக்குள்களின் வெண்மை தெரியும் அளவிற்கு தனது இரு கைககளுக்கிடையியில் இடைவெளி விடுவார்கள்'.</t>
+  </si>
+  <si>
+    <t>كَانَ صلى الله عليه وسلم إذا سجد فرَّج بين يديه أثناء السجود؛ فنحَّى كلَّ يد عن الجنب الذي يليها، مثل الجناحين، حتى يبدو لون جلد إبطيه؛ 
+وهذا من المبالغة في تجنيح الذراعين ومباعدتهما عن جانبيه.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தொழுகையில் ஸஜ்தா செய்யும் போது தனது    இரு கைககளுக்கிடையில் இடைவெளிவிடக் கூடியவர்களாக இருந்தார்கள். அதாவது அவரின் கைகளையும் இரு இரக்கை போன்று தனது அக்குளின் வெண்மையான தோல் தெரியுமளவிற்கு விலாப்புறத்திலிருந்து அகற்றி வைப்பார்கள். இது தனது இரு விலாப்பகுதியிலிருந்தும் கைகளை மிகவும் தூரமாக்கி வைத்திருந்ததை காட்டுகிறது.</t>
+  </si>
+  <si>
+    <t>استحباب هذه الهيئة في السجود، وهي مباعدة عَضُديه عن جنبيه.
+المأموم الذي يتأذَّى جارُه بالمجافاة؛ فلا يُشرع له ذلك.
+في المجافاة في السجود حِكم وفوائد كثيرة، منها: إظهار النشاط والرغبة في الصلاة، وأنه إذا اعتمد على كل أعضاء السجود أخذ كل عضو حقه من العبادة. وقيل: الحكمة في ذلك أنه أشبه بالتواضع، وأبلغ في تمكين الجبهة والأنف من الأرض، وأيضًا ليتميز كل عضو بنفسه.</t>
+  </si>
+  <si>
+    <t>இரு விலாப்பகுதியை விட்டு மேல் கையை அகற்றி வைக்கும் முறையை ஸுஜூதில் கடைப்பிடிப்பது (முஸ்தஹப்பான) விரும்பத்தக்க விடயமாகும்.
+ஸுஜூதின் போது கைகளை அகற்றி வைப்பதனால் பக்கத்தில் உள்ள மஃமூமுக்கு தொந்தரவு ஏற்படுமென்றிருந்தால்  அவ்வாறு செய்வது கூடாது.
+ஸுஜூதின் போது கைகளை அகற்றி வைப்பதில் பல நன்மைகளும் பல இரகசியங்களும் உண்டு. அவற்றுள் சில பின்வருமாறு : தொழுகையில் ஆர்வமும் உட்சாகமும் ஏற்படுதல். அதாவது ஸுஜுதானது அதற்குரிய அனைத்து உறுப்புகளினாலும்  செய்யப்படும்போது அதன் ஒவ்வொரு உறுப்புகளும் வணக்கத்தின் அதன் பங்கை பெற்றுக்கொண்டுவிட்டது என்பதாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3220</t>
   </si>
   <si>
     <t>لا تدعوا على أنفسكم؛ ولا تدعوا على أولادكم، ولا تدعوا على أموالكم، لا توافقوا من الله ساعة يسأل فيها عطاء فيستجيب لكم</t>
   </si>
   <si>
     <t>உங்களுக்கு எதிராக துஆ செய்யாதீர்கள்.உங்களின் குழந்தைகளுக்கு எதிராகவும் துஆ செய்யாதீர்கள், இவ்வாறு துஆ செய்வதன் மூலம் நீங்கள் அல்லாஹ்விடம் எதையேனும் கேட்டு உங்களுக்கு அவன் துஆ ஏற்கின்ற அந்த நேரத்திற்கு உட்பட்டு வேண்டாம்.</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما مرفوعاً: «لا تدعوا على أنفسكم؛ ولا تدعوا على أولادكم، ولا تدعوا على أموالكم، لا توافقوا من الله ساعة يُسأل فيها عطاءٌ فيستجيب لكم».</t>
   </si>
   <si>
     <t>உங்களுக்கு எதிராக துஆ செய்யாதீர்கள். உங்களின் குழந்தைகளுக்கு எதிராகவும் துஆ செய்யாதீர்கள். இவ்வாறு துஆ செய்வதன் மூலம் நீங்கள் அல்லாஹ்விடம் எதையேனும் கேட்டு உங்களுக்கு அவன் துஆ ஏற்கின்ற அந்த நேரத்திற்கு உட்பட்டு வேண்டாம். என ஜாபிர் ரழி அவர்கள் அறிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>يحذر الرسول صلى الله عليه وسلم في هذا الحديث وينهى عن الدعاء على النفس والأولاد والأموال؛ لأن الدعاء شأنه عظيم، قد يمضيه الله على العباد، لو وافق ساعة إجابة فيكون ضرره على صاحبه وما يتعلق به من أولاده وماله.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் ரஸுல் (ஸல் அவர்கள் குழந்ததைகள் மற்றும் சொத்துக்களுக்கெதிராக பிரார்த்திப்பதை தடை செய்து எச்சரிக்கிறார்கள்.ஏனெனில் துஆவின் தாக்கம் மிகப்பெரியது. அதன் பலாபலன்களை அடியார்களுக்குக் அல்லாஹ் காட்டுவான்.அதனால் அடியான் தனக்கு எதிராகக் கேட்கும் போது அந்த நேரம் பிரார்த்தனை ஏற்றுக் கொள்ளப்படும் நேரமாக இருந்தால் அதன் தீங்கு குறித்த அம்மனிதருக்கு ஏற்படுவதுடன் அவருடன் தொடர்பான பிள்ளைகளையும் சொத்தையும் பாதிக்கும்.</t>
   </si>
   <si>
     <t>النهي عن الدعاء على النفس أو الأولاد أو المال بشيء من الضرر لئلا يصادف هذا الدعاء القبول.
 أن للأزمنة خواصاً يتقبل الله فيها الدعاء، فيتحرى المؤمن الساعات المباركة بالدعاء.
 يكون دعاء المسلم دعاء خير ورحمة وعافية، لا دعاء عذاب وهلاك.
 ينبغي على العبد أن يحرص على كلامه وعباراته، ويزنها قبل أن يخرجها.</t>
   </si>
@@ -1190,87 +2320,88 @@
   </si>
   <si>
     <t>"நான் எனது இரட்சகனிடம் பிரார்த்தித்தேன். ஆனால் என் பிரார்த்தனை ஏற்கப்படவில்லை" என்று கூறி நீங்கள் அவசரப்படாத வரையில் உங்கள் பிரார்த்தனை ஏற்கப்படும்.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه مرفوعاً: يُستجاب لأحدكم ما لم يَعْجَلْ: يقول: قد دعوت ربي، فلم يستجب لي».
 وفي رواية لمسلم: «لا يزال يُستجاب للعبد ما لم يَدْعُ بإثم، أو قطيعة رحم، ما لم يَسْتَعْجِلْ» قيل: يا رسول الله ما الاستعجال؟ قال: «يقول: قد دعوت، وقد دعوت، فلم أر يستجب لي، فَيَسْتَحْسِرُ عند ذلك ويَدَعُ الدعاء».</t>
   </si>
   <si>
     <t>"நான் எனது இரட்சகனிடம் பிரார்த்தித்தேன். ஆனால் என் பிரார்த்தனை ஏற்கப்படவில்லை என்று கூறி நீங்கள் அவசரப்படாதவரையில் உங்கள் பிரார்த்தனை ஏற்கப்படும்" என அபூ ஹுரைறா ரழி அவர்கள்அறிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>يخبر صلى الله عليه وسلم أنه يستجاب للعبد دعاؤه ما لم يدع بمعصية أو قطيعة رحم، وما لم يستعجل، فقيل: يا رسول الله ما الاستعجال المرتب عليه المنع من إجابة الدعاء، قال: يقول: قد دعوت وقد دعوت، وتكرر مني الدعاء، فلم يستجب لي؛ فيستعجل عند ذلك ويترك الدعاء.</t>
   </si>
   <si>
     <t>முஸ்லிமின் அறிவிப்பில் "பாவம் செய்வதற்கோ அல்லது சொந்தபந்தத்தை துண்டித்து வாழ்வதற்கோ பிரார்த்தனை செய்யாமலும்,அவசரப்படாமலும் இருக்கும் காலமெல்லாம் அடியானின் பிரார்த்தனைக்கு தொடர்ந்தும் பதிலளிக்கப்படுகிறது." என நபி (ஸல்) அவர்கள் கூற, "அல்லாஹ்வின தூதரே அவசரப்படுதல் என்றால் என்ன?" என வினவப்பட்டது. அதற்கு அவர்கள் "பிரார்த்திக்கும் அடியான் நான் பல தடவைகள் பிரார்த்தனை செய்தேன் ஆனாலும் எனது பிரார்த்தனைக்கு பதில் கிடைத்ததாக நான் காணவில்லை" என கைசேதப்பட்டு பிரார்த்திப்பதை கைவிட்டு விடுவதாகும் எனக் கூறினார்கள்</t>
   </si>
   <si>
     <t>الحث على الدعاء؛ فإنه لب العبادة.
 من موانع إجابة الدعاء الاستعجال والضجر وترك الدعاء، وكذلك الدعاء بإثم وقطيعة رحم.
 تكفل الله بإجابة دعاء المسلم.
 الاستعجال يؤدي إلى الفتور والانقطاع عن عبادة الدعاء.
 الأمر كله بيد الله، وقد جعل لكل شيء قدراً.</t>
   </si>
   <si>
+    <t>[இருவரும் (இமாம் புஹாரியும் முஸ்லிமும்) ஒன்று பட்டது]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3232</t>
   </si>
   <si>
-    <t>أي الدعاء أسمع؟ قال: جوف الليل الآخر، ودبر الصلوات المكتوبات</t>
-[...32 lines deleted...]
-    <t>[இதனைத் திர்மிதி பதிவு செய்துள்ளார்]</t>
+    <t>أقرب ما يكون الرب من العبد في جوف الليل الآخر</t>
+  </si>
+  <si>
+    <t>((இரவின் கடைசிப் பகுதியில் இரட்சகனான அல்லாஹ் அடியானுக்கு மிகவும் நெருக்கமாக உள்ளான்</t>
+  </si>
+  <si>
+    <t>عَن أَبِي أُمَامَةَ قَالَ: حَدَّثَنِي عَمْرُو بْنُ عَبَسَةَ رضي الله عنه أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ، فَإِنْ اسْتَطَعْتَ أَنْ تَكُونَ مِمَّنْ يَذْكُرُ اللَّهَ فِي تِلْكَ السَّاعَةِ فَكُنْ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறுவதைக் கேட்டதாக அம்ர் இப்னு அபஸா ரழியல்லாஹு அன்ஹு அவர்கள் தன்னிடம் கூறியதாக அபூ உமாமா ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள் : ((இரவின் கடைசிப் பகுதியில் இரட்சகனான அல்லாஹ் அடியானுக்கு மிகவும் நெருக்கமாக உள்ளான். இந்நேரத்தில் அல்லாஹ்வை நினைவுகூருகிற அடியார்களில் நீயும் ஒருவனாக இருக்கமுடியுமென்றிருந்தால் அப்படி இருந்து கொள்வீராக)).</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن الربّ سبحانه أقرب ما يكون من العبد في الثلث الأخير من الليل؛ فإن وُفِّقتَ وقَدَرتَ -أيُّها المؤمن- على أن تكون من جُملة المتعبِّدين المصلِّين الذَّاكرين التائبين في هذا الوقت فإنَّه أمرٌ ينبغي اغتنامُه والاجتهاد فيه.</t>
+  </si>
+  <si>
+    <t>இரவின் கடைசி மூன்றில் ஒரு பகுதியில் இறைவன் தன் அடியானுக்கு மிக அருகில் வருவதாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுகிறார்கள். முஃமினே ! - இந்த நேரத்தில் அல்லாஹ்வைத் தொழுது அவனை நினைவு கூறி அவனிடம் பாவமன்னிப்புத் கோருபவர்களில் ஒருவராக உமக்கு இருக்க முடியுமென்றிருந்தால் அதற்கு எத்தனிப்பீராக. ஏனெனில் இந்நேரத்தை பயன்படுத்தி அதில் நல்லமல்களில் ஈடுபடுவது மிகவும் தேவையான ஒரு விடயமாகும்.</t>
+  </si>
+  <si>
+    <t>حث المسلم على الذكر في آخر الليل.
+تفاضل الأوقات فيما بينها للذكر والدعاء والصلاة.
+قال ميرك: في الفرق بين قوله: " أقرب ما يكون الرب من العبد "، وبين قوله: "أقرب ما يكون العبد من ربه وهو ساجد": المراد ههنا بيان وقت كون الرب أقرب من العبد وهو جوف الليل، والمراد هناك بيان أقربية أحوال العبد من الرب وهو حال السجود.</t>
+  </si>
+  <si>
+    <t>முஸ்லிம்கள் இரவின் இறுதிப் பகுதியில் திக்ர் -அல்லாஹ்வை நினைவு கூற- செய்வதற்கு ஊக்குவிக்கப்பட்டிருத்தல்.
+திக்ர், துஆ மற்றும் தொழுகை ஆகியன அவற்றின் சிறப்புகள் அவை செய்யும் நேரங்களின் அடிப்படையில் வேறுபடுகின்றன.
+'ஒர் அடியானுக்கு இறைவன் மிக நெருக்கமானவன்' என்ற நபியின் கூற்றுக்கும் 'ஒரு அடியான் தன் இறைவனுக்கு மிக நெருக்கமானவன் அவன் ஸஜ்தா செய்யும் போதுதான்' என்ற கூற்றுக்கும் இடையிலான வித்தியாசம்-வேறுபாடு- பற்றி மைரக் குறிப்பிடுகையில்: இங்கே குறிப்பிடப்பட்ட ஹதீஸானது இறைவன் அடியானுக்கு மிக நெருக்கமாக இருக்கும் நேரத்தை விபரிக்கிறது அது நள்ளிரவாகும். இரண்டாவது ஹதீஸ் அடியான் இறைவனுக்கு மிக நெருக்கமாக இருக்கும் நிலைகளை விபரிப்பதாகும். அவ்வாறான நிலைகளுள் ஸஜ்தாவும் ஒன்றாகும் என்பதே இதன் கருத்தாகும் என்கிறார்.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[இமாம்களான அபூதாவுத், திர்மிதி மற்றும் நஸாஈ ஆகியோர் இதை பதிவு செய்துள்ளார்கள்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3236</t>
   </si>
   <si>
     <t>فارجع إلى والديك، فأحسن صحبتُهما</t>
   </si>
   <si>
     <t>அப்படியாயின் நீங்கள் உங்கள் பெற்றோரிடம் திரும்பிச் சென்று அவர்களுடன் சிறந்த முறையில் நடந்து கொள்ளுங்கள்.</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: أقبَلَ رجل إلى نبي الله صلى الله عليه وسلم فقال: أُبَايِعُكَ على الهجرة والجهاد أَبْتَغِي الأجر من الله تعالى قال: «فَهَل لَكَ من وَالِدَيك أحد حيٌّ؟» قال: نعم، بل كلاهما، قال: «فتبتغي الأجر من الله تعالى؟» قال: نعم، قال: «فَارْجِع إلى وَالِدَيك، فَأَحْسِن صُحْبَتَهُمَا».
  وفي رواية لهما: جاء رجل إلى النبي صلى الله عليه وسلم فاستأذنه في الجهاد، فقال: «أَحَيٌّ والداك؟»، قال: نعم، قال: «فَفِيهِمَا فجاهد».</t>
   </si>
   <si>
     <t>ஒரு மனிதர் ரஸுல் (ஸல்) அவர்களிடம் வந்தார்.அவர்"நான் ஹிஜ்ரத் செல்லவும்,ஜிஹாத் செய்யவும் உங்களிடம் பைஅத் செய்து கொள்கின்றேன்.ஏனெனில் நான் அல்லாஹ்விடம் அதன் கூலியைப் பெற்றுக் கொள்ள விரும்புகிறேன்"என்று கூறினார்.அதற்கு நபியவர்கள் "உமது பெற்றோரில் ஒருவரேனும் உயிருடன் இருக்கின்றனரா?" என்றார்கள்.அதற்கு அவர் "ஆம் இருவரும் இருக்கின்றனர்"என்றார்.அதற்கு நபியவர்கள்"நீங்கள் அல்லாஹ்விடம் அதன் கூலியை எதிர் பார்க்கின்றீர்களா?"என்றார்கள்.அதற்கு அவர்"ஆம்" என்றார்.அப்பொழுது நபியவர்கள் "அப்படியாயின் நீங்கள் உங்கள் பெற்றோரிடம் திரும்பிச் சென்று அவர்களுடன் சிறந்த முறையில் நடந்து கொள்ளுங்கள்"என்று கூறினார்கள்,என அப்துல்லாஹ் இப்னு அம்ர் (ரழி) அவர்கள்அறிவிக்கின்றார்.அன்னாரின் இன்னொரு அறிவிப்பில்"ஒரு மனிதர் ரஸூல் (ஸல்) அவர்களிடம் வந்து ஜிஹாதில் செல்வதற்கு அனுமதி கோரினார்.அப்பொழுது நபியவர்கள் "உங்களின் பெற்றோர் இருவரும் உயிர் வாழ்கின்றானரா?"என்றார்கள்.அதற்கு அவர் "ஆம்" என்றார்.அதற்கு நபியவர்கள் "அப்படியாயின் அவர்கள் இருவரின் விடயத்தில் ஜிஹாது செய்யுங்கள்"என்றார்கள்.என குறிப்பிடப்பட்டுள்ளது</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم يخبره برغبته وحبه للجهاد والهجرة في سبيل الله تعالى ، وكان هذا الرجل قد ترك خلفه والداه، وجاء في رواية أبي داود : " يبكيان "، خوفا عليه من الهلاك، فسأله النبي صلى الله عليه وسلم :" هل لك من والديك أحد حيٌّ؟" قال: نعم، بل كلاهما، قال: "فتبتغي الأجر من الله تعالى؟" قال: نعم، قال: "فارجع إلى والديك، فأحسن صُحْبتهما"، وفي رواية أبي داود: "ارجع عليهما فأضحكهما كما أبكيتهما".
 فرده النبي صلى الله عليه وسلم لما هو أولى وأوجب في حقه، وهو الرجوع إلى والديه وأن يحسن صحبتهما، فإن ذلك من مجاهدة النفس في القيام بخدمتهما وإرضائهما وطاعتهما، كما جاء في رواية البخاري ومسلم: " ففيهما فجاهد". 
 وقد صرح في حديث آخر بأن بر الوالدين وطاعتهما والإحسان إليهم أفضل من الجهاد في سبيل الله كما جاء في رواية عن ابن عمر رضي الله عنهما قال: جاء رجل إلى رسول الله صلى الله عليه وسلم فسأله عن أفضل الأعمال فقال: "الصلاة" قال: ثم مه: قال: "الجهاد" قال: فإن لي والدين، فقال: "برك بوالديك خير" أخرجه ابن حبان، فقد دل هذا الحديث على أن بر الوالدين أفضل من الجهاد، إلا إذا كان الجهاد فرض عين، فإنه يُقدم على طاعتهما؛ لتعينه.</t>
   </si>
   <si>
     <t>ஒரு மனிதன் தனது பெற்றோரை தனியாக விட்டு ரஸூல் (ஸல்) அவர்களிடம் வந்து அல்லாஹ்வின் பாதையில் ஜிஹாதில் ஈடுபடவும்,ஹிஜ்ரத் செல்லவும் தனக்கு விருப்பமாக இருக்கின்றது என்று தெரிவித்தார்.மேலும் அபூதாவூதின் அறிவிப்பில் அப்பொழுதுஅவர்கள் இருவரும் அவரின் அழிவை அஞ்சி அழுது கொண்டிருந்தனர் என்று குறிப்பிடப்பட்டுள்ளது. எனவே நபியவர்கள் அந்த மனிதனிடம் "உங்களின் பெற்றோரில் எவரேனும் உயிருடன் இருக்கின்றனரா?" என்று வினவினார்கள். அதற்கு அவர் "ஆம் அவர்கள் இருவரும் இருக்கின்றனர்"என்றார்.அதற்கு நபியவர்கள்"நீங்கள் அல்லாஹ்விடம் அதன் கூலியைப் பெற விரும்புகிறீர்களா?"என்றார்கள். அதற்கு அவர்"ஆம்"என்றார்.அதற்கு நபியவர்கள் "அப்படியாயின் நீங்கள் உங்களின் பெற்றோரிடம் திரும்பிச் சென்று அவர்களுடன் சிறந்த முறையில் நடந்து கொள்ளுங்கள்" என்றார்கள்.அபூதாவூதின் ஒரு அறிப்பில்,"நீங்கள் அவர்கள் இருவரிடம் திரும்பிச் சென்று,அவர்கள் இருவரையும் நீங்கள் எப்படி அழ வைத்தீர்களோ அப்படியே அவர்களை சிரிக்க வையுங்கள் என்று குறிப்பிடப்பட்டுள்ளது.எனவே அந்த மனிதனின் விடயத்தில் எது மிகவும் மேலானதாகவும் மிகக் கடமையாகவும் இருந்ததோ அதன் பக்கம் அவரை ரஸூல் (ஸல்) அவர்கள் அனுப்பி வைத்தார்கள்.அதுதான் அவர் தன் பெற்றோரிடம் சென்று அவர்களுடனிருந்து அவர்களுக்குப் பணிவிடைகள் செய்வதாகும்.இப்படி அவர்களுக்குப் பணிவிடைகள் செய்வதும்,அவர்களைத் திருப்திப் படுத்துவதும்,அவர்களுக்கு வழிப்பட்டு நடப்பதும் ஆத்மாவுடன் ஜிஹாது செய்யும் செயலாகும் இதனையே புஹாரி, முஸ்லிமின் அறிப்பில் குறிப்பிட்டுள்ள"நீங்கள் அவர்கள் இருவரின் விடயத்தில் ஜிஹாத் செய்யுங்கள்" எனும் வாசகம் எடுத்துரைக்கின்றது.மேலும் அல்லாஹ்வின்பாதையில் ஜிஹாது செய்வதைவிட பெற்றோருக்கு நன்மை செய்தல்,அவர்களுக்குக் கட்டுப்டுதல்.அவர்களுக்கு உதவி,உபாரம் செய்தல் மிகச் சிறந்த அமல்கள் என இன்னொரு ஹதீஸில் ரஸூல் (ஸல்) அவர்கள் தௌிவாகக்குறிப்பிட்டுள்ளார்கள்.இது போன்று இப்னு உமர் (ரழி) அவர்கள் அறிவிக்கும் ஒரு ஹதீஸிலும் தெரிவிக்கப்பட்டுள்ளது."ஒரு மனிதன் ரஸூல் (ஸல்) அவர்களிடம் வந்து அவர்களிடம்"அமல்களில் சிறந்தது எது?"எனக்கேட்டார்.அதற்கு நபியவர்கள் "தொழுகை" என்றார்கள்.அதற்கு அந்த மனிதன்"அதன் பின்னர் எது"?என்றார்.அதற்கு நபியவர்கள் "ஜிஹாத்-அறப்போர்"என்றார்கள்.அதற்கு அந்த மனிதன் எனது இரண்டு பெற்றோர்களும் இருக்கின்றனரே" என்றார்.அப்பொழுது நபியவர்கள்"நீங்கள் உங்களின் பெற்றோருக்கு நன்மை செய்தல் சிறந்தது"என்றார்கள்.என இப்னு உமர் (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.இந்த ஹதீஸை இப்னு ஹிப்பான் அவர்கள் பகுப்பாய்வு செய்துள்ளார்கள்.மேலும் ஜிஹாத்-அறப்போரானது பர்ழு ஐன் என்ற கட்டத்தை அடடையாத வரை பெற்றோருக்கு நன்மை செய்யும் காரியத்தில் ஈடுபாடு கொள்வதானது,ஜிஹாதை விடவும் சிறந்த காரியமாக விளங்கும் என்பதை இந்த ஹதீஸ் உறுதி செய்கின்றது.எனினும் 'ஜிஹாத்' பர்ழுஐன் என்ற கட்டத்தை அடைந்து விட்டாலோ பெற்றோருக்கு கட்டுப்படுவதைப் பார்க்கிலும் ஜிஹாதுக்கு முன்னுரிமை அளித்தல் வேண்டும்</t>
   </si>
@@ -1337,50 +2468,86 @@
     <t>மதுபானம் அருந்திய ஒரு மனிதன் ரஸூல் (ஸல்) அவர்களிடம் கொண்டு வரப்பட்டார்.அவரை அடியுங்கள் என்று நபியவர்கள் கூறினார்கள்.என அபூ ஹுரைரா (ரழி) அவர்கள் அறிக்கின்றார்கள். மேலும் " நம்மில் சிலர் அந்த மனிதனைத் தம் கரத்தாலும்,இன்னும் சிலர் தம் செருப்பாலும்,மற்றும் சிலர் தம் துணியாலும் அடித்தனர்.மேலும் அவர் அங்கிருந்து செல்லும் போது சிலர் அல்லாஹ் உன்னைக் கேவலமடையச் செய்வானாக என்று கூறினர்.அதற்கு நபியவர்கள் நீங்கள் இப்படிக் கூறாதீர்கள்,இப்படி அவருக்கு எதிராக சைத்தானுக்குத் துணை போகாதீர்கள்,என்று ரஸுல் (ஸல்) அவர்கள் கூறினார்கள்" எனவும் அபூ ஹுரைரா (ரழி) அவர்கள் கூறினார்கள்.</t>
   </si>
   <si>
     <t>معنى الحديث: أن الصحابة -رضي الله تعالى عنهم- جاءوا إلى النبي صلى الله عليه وسلم برجل قد شرب الخمر، فأمر النبي صلى الله عليه وسلم بضربه فضربه الصحابة، فبعضهم ضربه بيده دون استعمال أداة أخرى من أدوات الضرب، ومنهم الضارب بنعله وهذا من التنكيل به ومنهم الضارب بثوبه، ولم يستعملوا السوط الذي هو أداة الحد في الضرب، وجاء في رواية أنه أمر عشرين رجلًا فضربه كل رجل جلدتين بالجريد والنعال، وهذا يفسر أن الجلد أربعين، وما جاء عن الخلفاء الراشدين من زيادة على ذلك فهو تعزير راجع للإمام.
 ثم لما فرغ الناس من ضربه، دعا عليه بعضهم بقوله : " أخزاك الله" أي: دعا عليه بالخزي، وهو الذل والمهانة والفضيحة بين الناس، فقال النبي صلى الله عليه وسلم : "لا تقولوا له هكذا لا تعينوا عليه الشيطان"؛ لأنهم إذا دعوا عليه بالخزي ربما استجيب لهم، فبلغ الشيطان مأربه، ونال مقصده ومطلبه، وحتى لا ينفر العاصي وقد حد.</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம்:மதுபானம் குடித்திருந்த ஒரு மனிதனை ரஸூல் (ஸல்) அவர்களிடம் ஸஹாபாக்கள் அழைத்து வந்தனர்.அப்பொழுது அவரை அடிக்கும்படி நபியவர்கள் கட்டளையிட்டார்கள்.எனவே அவரை ஸஹாபாக்கள் அடிக்கலாயினர்.அவ்வமயம் சிலர் அவரை வெறும் கையால் அவரை அடித்தனர்.இன்னும் சிலர் தங்களின் செருப்பைக் கொண்டு அவரை அடித்தனர்.மற்றவர்களை எச்சரிக்கை செய்யும் நோக்கில் அவர்கள் இப்படி செய்தனர்.வேறு சிலர் தங்களின் துணியைக் கொண்டு அவரை அடித்தனர்.அதாவது 'ஹத்து எனும் தண்டனையை நிறைவேற்ற உபயோகிக்கும் சவுக்கை அவர்கள் பயன்படுத்தவில்லை.மேலும் ஈத்த மர மட்டைகளைக் கொண்டு அல்லது செருப்புக்களைக் கொண்டு இரண்டு இரண்டு தடவைகள் அவரை அடிக்கும்படியாக இருபது பேர்களுக்கு ரஸூல் (ஸல்) அவர்கள் கட்டளையிட்டார்கள் என்று பிரிதொரு ரிவாயத்தில் பதிவாகியுள்ளது.இது மதுபானத்தின் ஹத்து நாற்பது கசையடிகள் என்பதைத் தௌிவு படுத்துகின்றது.எனினும் குலபாஉர் ராசிதீன்கள் இதை விவும் அதிகமாகத் தண்டித்திருப்பதாகப் பதிவாகியுள்ளது.அதன்கருத்தாவது நாட்டுத் தலைவர் சந்தர்ப்பததை பொறுத்து மேற்கொள்ளும் தண்டனையைச் சார்ந்ததாகும்.மேலும் மேற்படி நபரை மக்கள் அடித்து முடிந்ததும் அவருக்கு சமூகத்தின் மத்தியில் இழிவும்,அவமானமும் உண்டாகட்டும்,என்று சிலர் அவரை சபித்தனர்.அப்பொழுது நபியவர்கள் "இப்படிக் கூறாதீர்கள்,இப்படி அவருக்கு எதிராக சைத்தானுக்குத் துணை போகாதீர்கள்,என்று கூறினார்கள்.ஏனெனில் சில வேளை இவர்களின் இந்த சாபம் ஏற்றுக் கொள்ளப்பட்டு விடுமாயின்,அவன் அவமானம் அடைய வேண்டுமென்ற சைத்தானின் நோக்கம் நிறைவேறிவிடும் .என்பதற்காகவும், ஹத்தின் தண்டனை நிறைவேற்றப்பட்ட குற்றவாளி மற்றவர்களின் வெறுப்புக்கு ஆளாகக் கூடாது என்பதற்காகவுமே நபியவர்கள் இப்படிக் கூறாதீர்கள் என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>حصول حد شارب الخمر بالضرب باليد وأطراف الثوب والجريد والنعال.
 الحدود زواجر جوابر فمن أقيم عليه الحد كان كفارة له.
 أسلوب النبي -صلى الله عليه وسلم- في توجيه العصاة بعدم تعييرهم أو سبهم، مما يجعل ذلك أدعى إلى استجلابهم إلى ترك المعاصي.
 لا ينبغي للمسلم أن يكون عوناً للشيطان على أخيه المسلم إذا فرط في حق من الحقوق.
 على المسلمين أن يحرصوا على رد العصاة إلى جانب الحق و الصواب.
 مرتكب الكبيرة لا يكفر بها لثبوت النهي عن لعنه، والأمر بالدعاء له.
 فيه دليل على أن الإنسان إذا فعل ذنبًا وعوقب عليه في الدنيا، فإنه لا يجوز لنا أن ندعو عليه بالخزي والعار، بل نسأل الله له الهداية، ونسأل الله له المغفرة.
 فيه تحريم شرب الخمر وأن من شربها عوقب.
 فيه الرفع إلى ولي الأمر إذا اقتضى الأمر ذلك.
 الدعاء للعاصي بعد إقامة الحد علية بالتوفيق والنجاة من الخذلان.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3262</t>
   </si>
   <si>
+    <t>أفضل دينار ينفقه الرجل، دينار ينفقه على عياله، ودينار ينفقه الرجل على دابته في سبيل الله، ودينار ينفقه على أصحابه في سبيل الله</t>
+  </si>
+  <si>
+    <t>“மனிதன் செலவிடும் தீனார்களில் மிகச் சிறந்தது தனது குடும்பத்தினருக்காகச் செலவு செய்யும் தீனாரும், அல்லாஹ்வின் பாதையில் வாகனத்துக்காகச் செலவு செய்யும் தீனாரும், அல்லாஹ்வின் பாதையில் தனது தோழர்களுக்காகச் செலவு செய்யும் தீனாரும் ஆகும்</t>
+  </si>
+  <si>
+    <t>عَنْ ثَوْبَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ» قَالَ أَبُو قِلَابَةَ: وَبَدَأَ بِالْعِيَالِ، ثُمَّ قَالَ أَبُو قِلَابَةَ: وَأَيُّ رَجُلٍ أَعْظَمُ أَجْرًا مِنْ رَجُلٍ يُنْفِقُ عَلَى عِيَالٍ صِغَارٍ، يُعِفُّهُمْ أَوْ يَنْفَعُهُمُ اللهُ بِهِ وَيُغْنِيهِمْ.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஸவ்பான்  ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள்: “மனிதன் செலவிடும் தீனார்களில் மிகச் சிறந்தது தனது குடும்பத்தினருக்காகச் செலவு செய்யும் தீனாரும், அல்லாஹ்வின் பாதையில் வாகனத்துக்காகச் செலவு செய்யும் தீனாரும், அல்லாஹ்வின் பாதையில் தனது தோழர்களுக்காகச் செலவு செய்யும் தீனாரும் ஆகும். அபூ கிலாபா அவர்கள் கூறுகிறார்கள்: இங்கே நபியவர்கள் குடும்பத்தை முதலில் குறிப்பிடுகிறார்கள். தொடர்ந்தும் அபூகிலாபா குறிப்பிடுகையில் குழந்தைககள் உள்ள ஒரு குடும்பத்திற்கு செலவு செய்யும் ஒரு மனிதனை விடவும் மிகப்பெரும் நற்கூலியை பெறும் உயர் மனிதன் எவர்தான் இருக்க முடியும். காரணம் அவர் அவர்களை சுயகௌரவத்துடன் வாழ வைக்கிறார் அல்லது அவரின் மூலம் அல்லாஹ் நலனை பெற்றுக்கொடுத்து அவர்களை தன்னிறைவு பெற்றவர்களாக ஆக்குகிறான்.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ صلى الله عليه وسلم صورًا في الإنفاق، ورتّبها إذا تزاحمت أوجه الإنفاق حسب الأوجب عليك، فبدأ بالأهم فالأهم؛ 
+فأخبر أن أكثر المال ثوابًا هو الذي ينفقه المسلم على من تَلزمه نفقته؛ من نحو زوجة وولد، 
+ثم الإنفاق على المركوب المُعَدّ للحرب في سبيل الله، 
+ثم الإنفاق على أصحابه ورفقته حال كونهم مجاهدين في سبيل الله.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் செலவு செய்வதன் சில வடிவங்கள் குறித்து தெளிவுபடுத்தி, அவை, (அதாவது செலவு செய்ய வேண்டிய பகுதிகள்) அதிகமாகும் போது அதில் உங்களுக்கு மிகவும் கட்டாயமானது என்பதின் அடிப்படையில், மிகவும் பொருத்தமான செலவீன முறையை வரிசைப்படுத்திக் குறிப்பிட்டுள்ளார்;. அந்தவகையில் ஒரு முஸ்லிம் தான் அவசியம் செலவு செய்யவேண்டும் என்று வலியுறுத்தப்பட்ட,(தம்மைச் சார்ந்தவர்களான) மனைவி பிள்ளை போன்றோருக்கு செலவு செய்யும் செல்வமே அதிக கூலியைப் பெற்றுத்தரும் செல்வமாகும்  என நபியவர்கள் குறிப்பிட்டார்கள். அதன் பின் அல்லாஹ்வின் பாதையில் போர் செய்வதற்காக தயார்படுத்தப்பட்ட வாகனத்திற்காக செலவு செய்வது. அல்லாஹ்வின் பாதையில் போராடும் தனது தோழர்கள் மற்றும் நண்பர்களுக்காக செலவு செய்வது.</t>
+  </si>
+  <si>
+    <t>ترتيب النفقة في الفضل على الوجه الذي ذُكِر، فيُراعى ذلك عند التزاحم.
+بيان أولوية النفقة على العيال في الفضل على غيرها.
+النفقة على الجهاد في سبيل الله من أعظم النفقات، مثل إعداد الأدوات والرجال للجهاد.
+قيل: المراد بسبيل الله كل طاعة كالحج مثلًا.</t>
+  </si>
+  <si>
+    <t>ஹதீஸில் குறிப்பிடப்பட்டுள்ளவாறு செலவுசெய்தல், சிறப்பின் அடிப்படையில் ஒழுங்குபடுத்தப் பட்டிருத்தல். செலவு செய்யவேண்டிய விவகாரங்கள் அதிகமாகும் போது மேற்படி ஒழுங்கு கருத்திற் கொள்ளப்படும்.
+சிறப்பின் அடிப்படையில், பிறருக்கு செலவு செய்வதை விட குடும்பத்திற்கு செலவு செய்வதற்கு முன்னுரிமை அளிக்கவேண்டும் என்பது தெளிவு படுத்தப்பட்டிருத்தல்.
+அல்லாஹ்வின் பாதையில் புனிதப் போர் புரிய ஆயுதங்கள் மற்றும் போர்வீரர்களை ஜிஹாதிற்காக தயார்படுதுவதற்காக செலவு செய்வது, செலவீனங்களில் மிகவும் உண்ணதமானதாகும்.
+'ஸபீலுல்லாஹ'; என்பது ஹஜ்ஜைப்போன்ற எல்லா வகையான நற்செயல்களையும் குறிக்கும் எனவும் கூறப்படுகிறது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3267</t>
+  </si>
+  <si>
     <t>والذي نفس محمد بيده لا يسمع بي أحد من هذه الأمة يهودي ولا نصراني، ثم يموت ولم يؤمن بالذي أرسلت به إلا كان من أصحاب النار</t>
   </si>
   <si>
     <t>'முஹம்மதின் உயிர் யாருடைய கையிலுள்ளதோ அவன்மீது சத்தியமாக! இந்த(இறுதி)ச் சமுதாயத்திலுள்ள யூதரோ கிறிஸ்தவரோ யாரேனும் ஒருவர் என்(மார்க்கத்தி)னைப் பற்றிக் கேள்விப்பட்ட பிறகும்கூட நான் கொண்டுவந்த (மார்க்கத்)தை நம்பிக்கை கொள்ளாமல் இறந்துவிட்டால், அவர் நரகவாசிகளில் ஒருவராகவே இருப்பார்'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صلى الله عليه وسلم أنه قال: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ».</t>
   </si>
   <si>
     <t>நபி (ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'முஹம்மதின் உயிர் யாருடைய கையிலுள்ளதோ அவன்மீது சத்தியமாக! இந்த(இறுதி)ச் சமுதாயத்திலுள்ள யூதரோ கிறிஸ்தவரோ யாரேனும் ஒருவர் என்(மார்க்கத்தி)னைப் பற்றிக் கேள்விப்பட்ட பிறகும்கூட நான் கொண்டுவந்த (மார்க்கத்)தை நம்பிக்கை கொள்ளாமல் இறந்துவிட்டால், அவர் நரகவாசிகளில் ஒருவராகவே இருப்பார்'.</t>
   </si>
   <si>
     <t>يَحْلِفُ النبيُّ صلى الله عليه وسلم بالله أنه لا يَسمعُ به أَحَدٌ مِن هذه الأمة، يَهوديٌّ أو نصرانيٌّ أو غيرُهما تَبْلُغُه دعوةُ النبي صلى الله عليه وسلم ثم يموت ولم يؤمن به إلا كان من أصحاب النار خالدًا فيها أبدًا.</t>
   </si>
   <si>
     <t>இந்த சமூகத்தில் உள்ள ஒரு யூதன் அல்லது கிறிஸ்தவர் அல்லது இவர்கள் அல்லாத பிறமதம் சார்ந்த எவராயினும், தங்களுக்கு நபி ஸல்லலலாஹு அலைஹிவஸல்லம் அவர்களின் மார்க்கம் பற்றிய அழைப்பு கிடைத்தும் அதனை விசுவாசிக்காது மரணித்தால் அவர் நிரந்தர நரகாவாதிகளுள் ஒருவராக மாறிவிடுவார்.</t>
   </si>
   <si>
     <t>عموم رسالةِ النبيِّ صلى الله عليه وسلم إلى جميع العالم، ووجوب اتِّباعِه، ونسخ جميع الشرائع بشرعه. 
 مَن كَفَرَ بالنبي صلى الله عليه وسلم لم ينفعه زَعْمُه إيمانَه بغيرِه من الأنبياء صلوات الله عليهم أجمعين.
 من لم يَسمع بالنبي صلى الله عليه وسلم، ولم تَبْلغْه دعوةُ الإسلام فهو معذور، وأَمْرُه في الآخرة إلى الله تعالى.
 يتحقق الانتفاع بالإسلام وإن كان قُبيل الموت، ولو في المرض الشديد، ما لم تبلغ الروح الحلقوم.
 تصحيح دين الكفار -ومنهم اليهود والنصارى- كُفْرٌ.
  ذكر اليهودي والنصراني -في الحديث- تنبيهًا على من سواهما؛ وذلك لأن اليهود والنصارى لهم كتاب، فإذا كان هذا شأنهم، فغيرهم ممن لا كتاب له أولى، فكلُّهم يجب عليهم الدخول في دينه وطاعته صلى الله عليه وسلم.</t>
   </si>
@@ -1431,50 +2598,134 @@
     <t>ஒரு முஸ்லிம் அடியான் அல்லது ஒரு விசுவாசி வுழூ செய்யும் போது அவன் தனது முகத்தைக் கழுவியதும் அந்தத் தண்ணீருடன் அல்லது இறுதித் துளி தண்ணீருடன் அவன் தன் இரு கண்களாலும் பார்த்த பாவங்கள் யாவும் வெளியேறி விடும்.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه مرفوعاً: «إذا توضَّأ العبدُ المسلم، أو المؤمن فغسل وَجهَهُ خرج مِنْ وَجْهِهِ كُلُّ خَطِيئَةٍ نظر إليها بِعَينَيهِ مع الماء، أو مع آخر قَطْرِ الماء، فإذا غسل يديه خرج من يديه كل خطيئة كان بَطَشَتْهَا يداه مع الماء، أو مع آخِرِ قطر الماء، فإذا غسل رجليه خرجت كل خطيئة مَشَتْهَا رِجْلَاه مع الماء أو مع آخر قطر الماء حتى يخرج نَقِيًا من الذنوب».</t>
   </si>
   <si>
     <t>ஒரு முஸ்லிம் அடியான் அல்லது ஒரு விசுவாசி வுழூ செய்யும் போது அவன் தனது முகத்தைக் கழுவியதும் அந்தத் தண்ணீருடன் அல்லது இறுதித் துளி தண்ணீருடன் அவன் தன் இரு கண்களாலும் பார்த்த தவறுகள் யாவும் வெளியேறி விடும்.மேலும் அவன் தன் இரு கைகளையும் கழுவியதும் அவனின் இரண்டு கரங்களும் தொட்ட பாவங்கள் யாவும் அந்தத் தண்ணீருடன் அல்லது இறுதித் துளி தண்ணீருடன் அதனை விட்டும் வெளியேறி விடும். மேலும் அவன் தனது இரண்டு கால்களையும் கழுவியதும் அவனின் இரண்டு கால்களும் நடந்து சென்று செய்த பாவங்கள் யாவும் அந்தத் தண்ணீருடன் அல்லது இறுதித் துளி தண்ணீருடன் வெளியேறி விடும்.ஈற்றில் அவன் சகல பாவங்களை விட்டும் தூய்மையாக வெளியேறி விடுவான்.என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள் என அபூ ஹுரைரா (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>الوضوء الشرعي تُطهَّر فيه الأعضاء الأربعة: الوجه، اليدان، والرأس، والرجلان.
 وهذا التطهير يكون تطهيرًا حسيا، ويكون تطهيرا معنويا، أما كونه تطهيرا حسيا فظاهر؛ لأن الإنسان يغسل وجهه، ويديه، ورجليه، ويمسح الرأس، وكان الرأس بصدد أن يغسل كما تغسل بقية الأعضاء، ولكن الله خفف في الرأس؛ ولأن الرأس يكون فيه الشعر، والرأس هو أعلى البدن، فلو غسل الرأس ولا سيما إذا كان فيه الشعر؛ لكان في هذه مشقة على الناس، ولا سيما في أيام الشتاء، ولكن من رحمة الله عز وجل أن جعل فرض الرأس المسح فقط، فإذا توضأ الإنسان لا شك أنه يطهر أعضاء الوضوء تطهيرا حسيا، وهو يدل على كمال الإسلام؛ حيث فرض على معتنقيه أن يطهروا هذه الأعضاء التي هي غالبا ظاهرة بارزة.
 أما الطهارة المعنوية، وهي التي ينبغي أن يقصدها المسلم، فهي تطهيره من الذنوب، فإذا غسل وجهه خرجت كل خطايا نظر إليها بعينه، وذكر العين -والله أعلم- إنما هو على سبيل التمثيل، وإلا فالأنف قد يخطئ، والفم قد يخطئ؛ فقد يتكلم الإنسان بكلام حرام، وقد يشم أشياء ليس له حق يشمها، ولكن ذكر العين؛ لأن أكثر ما يكون الخطأ في النظر.
 وتكفير الذنوب في الحديث يراد بها الصغائر، أما الكبائر فلا بد لها من توبة.</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம்:முகம்,இரண்டு கைகள்,தலை, இரண்டு கால்கள் ஆகிய நான்கு உருப்புக்களையும் ஷரீஆ கூறும். வுழூஃ தூய்மைப்படுத்தி வைக்கும். மேலும் இந்தத் தூய்மைப்படுத்தும் காரியம் புலன் மூலம் உணரும் அடிப்படையிலும், மற்றும் ஆன்மீக அடிப்படையிலும் நிகழும்.வுழூ செய்யும் போது முகம்,கை,கால்களைக் கழுவிக் கொள்வதன் மூலமும், தண்ணீரைத் தொட்டுத் தலையை மஸ்ஹு செய்துக் கொள்வதன் மூலமும் இந்த உருப்புக்கள் சுத்தமாக்கப்படுவது புலன் மூலம் உணரத் தக்கவை என்பது வெளிப்படை. எனினும் ஏனைய உருப்புக்களை கழுவும்படியாகப் பணித்திருக்கும் அல்லாஹ் தலை விடயத்தில் அதனை மஸ்ஹு செய்து கொள்ளும்படி இலகுபடுத்தித் தந்துள்ளான். ஏனெனில் தலை உடலுக்கு மேலே இருக்கின்றபடியால் அதில் தலை முடியும் இருக்குமானால் அதனைக் கழுவும் போது குறிப்பாக மாரி காலத்தில் மக்களுக்கு அதனால் கடும் சிரமம் ஏற்படும். எனவே தலை விடயத்தில் அதனைக் கழுவி விடுவதற்குப் பதிலாக அதனை மஸ்ஹு செய்வதனை மாத்திரம் அல்லாஹ் கட்டாயப் படுத்தியுள்ளான். இது அல்லாஹ்வின் பேரருளாகும். பெரும்பாலும் வெளியில் தெரியும் இந்த உருப்புக்களை வுழூவின் போது கழுவிக் கொள்வதை இஸ்லாம் மார்க்கம் கட்டயப்படுத்தி யிருப்பது, இஸ்லாத்தின் பூரணத் தன்மையை எடுத்துக் காட்டுகிறது. அதாவது இஸ்லாத்தை ஏற்றுக் கொண்டவன் எப்பொழுதும் சுத்தமாக இருக்க வேண்டுமென்பதே இதன் கருத்தாகும். மேலும் வுழூவின் மூலம் அநுகூலமாகும் ஆன்மீக சுத்தமே ஒரு முஸ்லிமுக்கு மிகவும் தேவையானதாகும். அதுதான் பாவங்களை விட்டும் தூய்மையாகுதல். இது அந்த உருப்புக்களைக் கழுவும் போது அதிலிருந்து வெளியேறும் பாவங்களின் மூலம் உறுதியாகிறது.முகத்தைக் கழுவும் போது அவன் தன் கண்கள் மூலம் பார்த்த தவறுகள் யாவும் வெளியேறிவிடும் என்று இங்கு குறிப்பட்டிருப்பது ஒரு எடுத்துக் காட்டலின் அடிப்படையிலாகும். ஏனெனில் சில வேளை மூக்கு தான் நுகரக் கூடாததை நுகருவதன் மூலமும்,வாய் ஹராமான பேச்சுக்கப் பேசுவதன் மூலமும் தவறுகள் ஏற்படலாம்.எனினும் பார்வை மூலமே பெரும்பாலும் தவறுகள் நிகழ்கின்றன. எனவேதான் இங்கு கண் குறிப்பிடப்பட்டுள்ளது.எனினும் இதன் நோக்கத்தை நன்கு அறிந்தவன்அல்லாஹ் ஒருவனே. மேலும் வுழூஃ பாவங்களுக்குப் பிராயச்சித்தமாகும், என்று ஹதீஸில் குறிப்பிடப்பட்டிருப்பதன் மூலம் சிறு பாவங்களே கருதப்படுகின்றனவேயன்றி,பெரும் பாவங்களல்ல. ஏனெனில் பெரும் பாவங்களுக்காக பாவமன்னிப்புக் கேட்பது கட்டாயமாகும்</t>
   </si>
   <si>
     <t>فضل الوضوء، وأن المواظبة عليه وسيلة للنقاء من الذنوب.
 كل عضو من أعضاء الإنسان يقع في بعض المعاصي، فالعين بالنظر، واليد بالبطش واليد بالسرقة ونحو ذلك، ولذلك الذنوب تتبع كل جارحة اكتسبتها، وتخرج من كل جارحة تاب منها.
 وجوب غسل القدمين وعدم إجزاء مسحهما.
 الوضوء يكفر خطايا هذه الأعضاء التي يجري عليها ماؤه.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3284</t>
+  </si>
+  <si>
+    <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
+  </si>
+  <si>
+    <t>“ஓர் இறை விசுவாசியின் காரியங்கள் ஆச்சரியமானவை. அவனது விவகாரம் அனைத்தும் அவனுக்கு நலவாக அமைந்து விடுகிறது. இது ஓர் இறை விசுவாசியைத் தவிர மற்றெவருக்கும் அவ்வாறு அமைவதில்லை</t>
+  </si>
+  <si>
+    <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஸுஹைப் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: “ஓர் இறை விசுவாசியின் காரியங்கள் ஆச்சரியமானவை. அவனது விவகாரம் அனைத்தும் அவனுக்கு நலவாக அமைந்து விடுகிறது. இது ஓர் இறை விசுவாசியைத் தவிர மற்றெவருக்கும் அவ்வாறு அமைவதில்லை. அவனுக்கு மகிழ்ச்சியூட்டும் விடயம் ஏற்பட்டால், அல்லாஹ்வுக்கு நன்றி செலுத்துகிறான். அது அவனுக்கு நலவாய் அமைகிறது. அவனுக்குத் தீங்கு ஏற்பட்டால் பொறுமை செய்கிறான். அதுவும் அவனுக்கு நலவாய் அமைகிறது.”</t>
+  </si>
+  <si>
+    <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
+إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
+وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
+  </si>
+  <si>
+    <t>இறைத்தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு முஃமினின் விவகாரம் மற்றும் நிலைமைகள் குறிந்து  ஆச்சரியப்படுகிறார்கள். ஏனென்றால் அவனுடைய எல்லா சூழ்நிலைகளும் நன்மையாகவே உள்ளன. அதே வேளை  விசுவாசிகளைத் (முஃமினைத்) தவிர வேறு யாருக்கும் இது கிடைப்பதில்லை. அவனுக்கு மகிழ்சியான – மங்கலகரமான ஒரு விடயம் நிகழ்ந்தால் அதற்காக அவன் அல்லாஹ்வுக்கு நன்றி செலுத்துகிறான், ஆகவே அவன் நன்றி செலுத்தியமைக்கான கூலியை அவன் அடைந்து கொள்கிறான் -பெற்றுக் கொள்கிறான். அவனுக்கு தீங்கான –துன்பகரமான – விடயம் ஏற்பட்டால் அவன் அதற்காக பொறுமை காத்து அதற்காக அல்லாஹ்விடம் நன்மையை எதிர்பார்க்கிறான். இந்த வகையில் அவனும் தனது பொறுமைக்காக கூலியை பெற்றுக்கொள்வதோடு, ஏற்பட்ட துன்பம் நீங்கும் வரையில் அவன் கடந்து போகும் சகல நிலைகளிலும் அவனுக்கு கூலி கிடைக்கிறது.</t>
+  </si>
+  <si>
+    <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
+فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
+الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
+الإيمان بقضاء الله وقدره يجعل المؤمن في رضا كامل على كل أحواله، بخلاف غير المؤمن الذي يكون في سخط دائم عند وقوع ضرر عليه، وإذا ما حاز نعمة من الله عز وجل انشغل بها عن طاعة الله، فضلًا عن صرفها في معصيته.</t>
+  </si>
+  <si>
+    <t>மகிழ்வான தருனங்களில் நன்றி செலுத்துதல் மற்றும் துயரமான தருனங்களில் பொறுமையாக இருத்தலின் சிறப்பு குறிப்பிடப்பட்டிருத்தல். இவ்வாறு யார் நடந்து கொள்கிறாரோ அவர் ஈருலக நன்மையையும் பெற்றுக்கொண்டார் . யார் அருள்களுக்கு நன்றி செலுத்தாது ஏற்பட்ட துன்பத்தை பொறுத்துக்கொள்ளாது இருக்கிறாரோ அவர் கூலியை இழந்து பாவத்திற்கு தகுதியானவராகி விடுகிறார்.
+ஈமானின் சிறப்பு அதாவது எந்த சூழ்நிலைகளிலும் வெகுமதியை ஈமான் கொண்டோருக்கு மாத்திரமே பெற்றுக்கொள்ள முடியும்.
+மகிழ்ச்சியான தருனங்களில் நன்றி செலுத்துவதும் துன்பங்களின் போது பொறுமை காப்பதும் முஃமின்களின் வழிமுறையாகும். (பண்புகளின் ஒன்றாகும்.)
+விதியின் மீதான நம்பிக்கை மனிதனை எல்லாச் சூழ்நிலைகளிலும் பரிபூரண திருப்தியின் பாதையில் வைக்கிறது. அதேசமயம் நம்பாதவரின் நிலை அதிலிருந்து முற்றிலும் மாறுபட்டது. நஷ்டம் ஏற்பட்டால் கோபம் கொள்கிறான், பாக்கியம் கிடைத்தால் போதையில் மயங்கி அல்லாஹ்வை வணங்குவதை விட்டு விலகி கீழ்படியாத செயல்களில் செலவழிக்கத் தொடங்குகிறான்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3298</t>
+  </si>
+  <si>
+    <t>صفة الغسل من الجنابة</t>
+  </si>
+  <si>
+    <t>பெருந்தொடக்கிற்காக குளிக்கும் முறை</t>
+  </si>
+  <si>
+    <t>عَنْ مَيْمُونَةُ أُمِّ المؤمِنينَ رضي الله عنها قَالتْ: وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ.</t>
+  </si>
+  <si>
+    <t>உம்முல் முஃமினீன்  மைமூனா ரழியல்லாஹு அன்ஹா அவர்கள் கூறுகிறார்கள் : 'நான் நபிஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் குளிப்பதற்காகத் தண்ணீர் வைத்து விட்டு, ஒரு துணியால் அவர்களுக்குத் திரையிட்டேன். அவர்கள் (முதலில்) தம் கைகளின் மீது தண்ணீர் ஊற்றிக் கழுவினார்கள். பிறகு தமது வலக் கையால் (தண்ணீர் அள்ளி) இடக் கரத்தில் தண்ணீர் ஊற்றி, தமது மர்ம உறுப்பைக் கழுவினார்கள். வாய் கொப்புளித்து, மூக்கிற்குத் தண்ணீர் செலுத்தி(ச் சிந்தி)னார்கள். மேலும், தமது முகத்தையும் (முழங்கைவரை) இரு கைகளையும் கழுவினார்கள்: பிறகு தமது தலையில் தண்ணீர் ஊற்றினார்கள்: தமது உடம்பிற்கும் தண்ணீர் ஊற்றினார்கள். பிறகு சற்று நகர்ந்து நின்று தம் பாதங்களைக் கழுவினார்கள். (குளித்த) உடன் அவர்களிடம் நான் (துடைப்பதற்கு) ஒரு துணியை எடுத்துக்கொடுத்தேன். ஆனால், அதை அவர்கள் வாங்கிக்கொள்ளவில்லை; தம் கைகளை உதறிக்கொண்டே சென்றுவிட்டார்கள்.</t>
+  </si>
+  <si>
+    <t>أَخْبرتْ أم المؤمنين ميمونة رضي الله عنها عن صفة اغتسال النبي صلى الله عليه وسلم من الجنابة، حيث وضعت له ماءً ليغتسل به، وسترتْه بساتر، ففعل النبي صلى الله عليه وسلم ما يلي:  
+أولًا: صب الماء على يديه فغسلهما قبل أن يدخلهما الإناء. 
+ثانيًا: صب الماء بيده اليمنى على اليسرى فغسل فرجه؛ لتنظيفه مما علق به من أثر الجنابة. 
+ثالثًا: ضرب بيده الأرض فمسحها ثم غسلها ليزيل الأذى عنها. 
+رابعًا: تمضمض؛ بأن أدخل الماء في فمه وحركه وأداره ثم ألقاه، واستنشق؛ بأن أدخل الماء في أنفه بِنَفَسِهِ، ثم أخرجه لينظفه.
+خامسًا: غسل وجهه وذراعيه. 
+سادسًا: صب الماء على رأسه. 
+سابعًا: صب الماء على بقية جسده. 
+ثامنًا: تحوّل من مكانه فغسل قدميه في مكان آخر حيث لم يغسلهما من قبل. 
+ثم أتته بخرقة ليتنشف بها، فلم يأخذها، وجعل يمسح الماء عن جسده بيده وينفضه.</t>
+  </si>
+  <si>
+    <t>பெருந்தொடக்கிற்கான நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் குளிப்பின் முறை குறித்து உம்முல் முஃமினீன் மைமூனா ரழியல்லாஹு அன்ஹா அவர்கள் குறிப்பிடுகிறார்கள். அதாவது மைமூனா ரழி அவர்கள்; நபியவர்களுக்கு குளிப்பதற்கான நீரை வைத்துவிட்டு ஓரு துணியினால் மறைத்து விட்டார். அவ்வேளை நபி (ஸல்) அவர்கள் பின்வரும் விடயங்களை செய்தார்கள் :
+முதலாவது : கையை பாத்திரத்தினுள் இடுவதற்கு முன் அவர்கள் தனது இரு கைகளையும் நீர் ஊற்றிக் கழுவியமை.
+இரண்டாவது : ஜனாபத்தின்  விளைவால் படிந்திருப்பவற்றை சுத்தம் செய்யும் வகையில், வலது கையினால் இடது கையில் நீரை வார்த்து தனது மர்ம உறுப்பைக் கழுவினார்கள்.
+மூன்றாவது : கையில் படிந்துள்ள அசுத்தத்தை நீக்குவதற்காக இரு கைகளையும் தரையில் படர்த்தி தேய்த்துவிட்டு பின்னர் கழுவினார்கள்.
+நான்காவது : வாயில் நீர்விட்டு நன்றாக அலசி விட்டு அதனைக் கொப்பளித்தார்கள். அத்துடன் நாசுக்கும் நீர் செலுத்தி அதனையும் வெளியேற்றினார்கள்.
+ஜந்தாவது: முகத்தையும் இரு முழங்கைகளையும் கழுவினார்கள்.
+ஆறாவது: தலைக்கு தண்ணீர் உற்றினார்கள்.
+ஏழாவது: உடலின் ஏனைய பகுதிகளுக்கு நீர் ஊற்றினார்கள்.
+எட்டாவது: தான் குளித்த இடத்திலிருந்து இன்னொரு இடத்திற்கு நகர்ந்து தனது இரு கால்களையும் கழுவினார்கள்.
+பின்னர் மைமூனா (ரழி) அவர்கள் துடைப்பதற்காக ஒரு துண்டுத்துணியை எடுத்துக் கொடுக்க அதனை நபியரவர்கள் எடுக்காது தனது கையால் நீரை துடைத்ததோடு அதனை உதரலானார்கள்.</t>
+  </si>
+  <si>
+    <t>اهتمام أزواج النبي صلى الله وعليه وسلم بوصف أدقّ تفاصيل حياته؛ تعليمًا للأمة.
+صفة الغسل هذه هي إحدى الكيفيات التي ثبتت عن النبي صلى الله عليه وسلم في صفة الاغتسال الكامل من الجنابة، وأما الصفة المجزئة فهي أن يعم بدنه بالماء مع المضمضة والاستنشاق.
+تنشيف الجسد بخرقة أو تركه بعد الغسل أو الوضوء مباح.</t>
+  </si>
+  <si>
+    <t>இந்த சமூகத்திற்கு கற்றுக்கொடுப்பதற்காக நபியவர்களின் மனைவியர் அவர்களின் வாழ்வை மிகத்துல்லியமாக விவரிப்பதில் ஈடுபாடுகாட்டியமை.
+ஜனாபத் குளிப்பு முறையின் முழுமையான வடிவங்களில் பல முறைகள் நபியவர்களின் மூலம் கிடைக்கப் பெற்றிருப்பின் அதன் முறைகளில் ஒன்றை இந்த ஹதீஸ் தெளிவு படுத்துகின்றமை. ஆனால் பொதுவான குளிப்பை பொறுத்தவரை நாசுக்கு நீர் செலுத்தி உடலை நனைப்பதைக் குறிக்கும்.
+குளிப்பு மற்றும் வுழுவின் பின் டவல் போன்ற துணியொன்றினால் துடைப்பது அல்லது துடைக்காது இருப்பது இரண்டும் அனுமதிக்கப்பட்டதாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3310</t>
   </si>
   <si>
     <t>من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>'யாரேனும் என்னுடைய இந்த வுழூவைப் போன்று செய்து, பின்னர் தீய எண்ணங்களுக்கு இடம் தராமல் இரண்டு ரக்அத்துகள் தொழுதால் அவர் முன்னர் செய்த (சிறு) பாவங்களை அல்லாஹ் மன்னிக்கிறான்'</t>
   </si>
   <si>
     <t>عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>உஸ்மான் இப்னு அஃப்பான் ரழியல்லாஹு அன்ஹு அவர்களின் அடிமையான ஹும்ரான் அவர்கள் உஸ்மான் ரழியல்லாஹு அன்ஹுஅவர்கள் வுழு செய்த நிகழ்வை அறிவிக்கிறார்கள்: உஸ்மான் ரழியல்லாஹு அன்ஹு அவர்கள்  ஒரு பாத்திரத்தில் தண்ணீர் கொண்டு வரச் சொல்லித் தம் இரண்டு முன் கைகளில் மூன்று முறை ஊற்றிக் கழுவினார்கள். பின்னர் தம் வலக்கரத்தைப் பாத்திரத்தில் செலுத்தி, வாய்க் கொப்பளித்து, மூக்கிற்குத் தண்ணீர் செலுத்தி சிந்தினார்கள். பின்னர் தம் முகத்தை மூன்று முறை கழுவினார்கள். பின்னர்  இரு கைகளையும் முழங்கை உட்பட கழுவினார்கள். பின்பு தலையை ஈரக் கையால் தடவினார்கள். பின்னர் தம் இரண்டு கால்களையும் கரண்டை வரை மூன்று முறை கழுவினார்கள். பிறகு 'நான் வுழூச் செய்வதைப் போன்றே நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் வுழூச் செய்ததை பார்த்திருக்கிறேன்' என்று கூறிவிட்டு, நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் என்னிடம், 'யாரேனும் என்னுடைய இந்த வுழூவைப் போன்று செய்து, பின்னர் தீய எண்ணங்களுக்கு இடம் தராமல் இரண்டு ரக்அத்துகள் தொழுதால் அவர் முன்னர் செய்த (சிறு) பாவங்களை அல்லாஹ் மன்னிக்கிறான்' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.
 فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.</t>
   </si>
   <si>
     <t>உஸ்மான் ரழியல்லாஹு அன்ஹு அவர்கள் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் வுழுசெய்யும் முறையை, அழகிய முறையில் தெளிவு படுத்தும் நோக்கில் செயன்முறை ரீதியாக கற்றுக் கொடுத்தார்கள். ஒரு பாத்திரத்தில் தண்ணீரை கொண்டு வரக் கூறி அதனை தனது இருகைகளிலும் மூன்று முறை ஊற்றி கழுவிவிட்டு, பின்னர் தனது வலது கையை பாத்திரத்தினுள் இட்டு நீரை எடுத்து வாயிலிட்டு நன்றாக அந்நீரை சுலட்டி, பின்னர் அதனை வெளியே கொப்பளித்ததோடு, அதே நீரால் நாசினுள் இட்டு அதனை வெளியே சிந்தினார்கள். அதனைத் தொடர்ந்து மூன்று முறை முகத்தைக் கழுவினார்கள். பின் முழங்கை உட்பட இரு கைகளையும் கழுவினார்கள். அதனைத் தொடர்ந்து ஈரக்கையால் தலையை ஒரு தடவை தடவினார்கள். பின்னர் கரண்டைக்கால் உட்பட இரு கால்களையும் கழுவினார்கள்.
 உஸ்மான் ரழியல்லாஹு அன்ஹு அவர்கள் வுழு செய்து முடிந்ததும் தான் வுழூச் செய்ததைப் போன்றே நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் வுழூச் செய்ததை தான் பார்த்ததாக அவர்களிடம் தெரிவித்தார்கள். அத்துடன் அவர்கள்; வுழு செய்ததைப் போன்று வுழுசெய்து விட்டு தனது இரட்சகனுக்கு முன் நின்று உள்ளச்சத்துடன் மெய்நிலையில் - உள்ளத்தை ஓர்நிலைப்படுத்தியவராக இரண்டு ரக்அத்துக்கள் தொழுதால் அவரின் முழுமையான வுழுவிற்கும் தூய்மையான அவரின் தொழுகைக்கும் அல்லாஹ் அவரின் முன்சென்ற சிறுபாவங்களை மன்னித்து கூலி வழங்குகிறான் என்ற நற்செய்தியையும் குறிப்பிட்டார்கள்.</t>
   </si>
   <si>
     <t>استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما.
 ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل.
 ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك.
@@ -1509,50 +2760,85 @@
   <si>
     <t>உம்முல் முஃமினீன் ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் கூறுகிறார்கள் : 'நபி(ஸல்) அவர்கள் கடமையான குளிப்பை நிறைவேற்றும் போது முதலாவதாகத் தங்களின் இரண்டு முன்கைகளையும் கழுவுவார்கள். பின்னர் தொழுகைக்கு வுழூச் செய்வது போல் வுழூச் செய்வார்கள். பி;ன்னர் அவர்கள் குளிப்பார்கள் . பின்னர் விரல்களால்; தலை முடியின் அடிப்பாகம் நனையுமளவிற்கு கோதுவார்கள். பின்னர் அவர்கள் தலையின் மீது மூன்று முறை கையினால் தண்ணீரைக் கோரி ஊற்றுவார்கள். பின்னர் தங்களின் உடல் முழுவதும் தண்ணீரை ஊற்றுவார்கள்.' நானும் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களும் ஒரே பாத்திரத்தில் குளிப்போம். நாங்கள் இருவரும் சேர்ந்து பாத்திரத்திலிருந்து தண்ணீரை அள்ளுவோம்' என ஆஇஷா(ரழியல்லாஹு அன்ஹா) கூறுகிறார்கள்.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد الغسل من الجنابة بَدأ بغسل يديه، 
 ثم يتوضأ كما يتوضأ للصلاة، ثم يُفيضُ الماءَ على جسدِه، ثم يُخَلِّلُ شَعَرَ رأسِه بيديه، حتى إذا ظَنَّ أنه وَصَلَ الماءُ إلى أُصُولِ الشعر، وأروى البَشَرةَ، صَبَّ الماءَ على رأسِهِ ثلاثَ مَرَّات ثم غَسَلَ باقي جسدِه. 
 وقالتْ عائشةُ رضي الله عنها: كنتُ أَغْتَسِلُ أنا ورسولُ اللَّهِ صلى الله عليه وسلم مِنْ إِنَاءٍ واحدٍ، نَغْرِفُ منه جميعًا.</t>
   </si>
   <si>
     <t>'நபிஸல்லல்லாஹுஅலைஹிவஸல்லம் அவர்கள் கடமையான குளிப்பை நிறைவேற்ற நாடினால் தனது இரு கைகளையும் முதலில் கழுபவர்களாக இருந்தார்கள். பின்னர்; தொழுகைக்கு வுழூச் செய்வது போல் வுழூச் செய்வார்கள். பின்னர் தங்களின் உடல் முழுவதும் தண்ணீரை ஊற்றுவார்கள் பின்னர் தனது  தலைமுடியின் அடிப்பாகத் தோல் நனையும் வரை இரு கைகளினாலும் கோதுவார்கள். பின்னர் தலையின் மீது மூன்று முறை நீரை ஊற்றிவிட்டு பின்னர் உடலின் எஞ்சிய எல்லாப் பகுதிகளையும் கழுவுவார்கள். நானும் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களும் ஒரே பாத்திரத்தில் குளிப்போம். நாங்கள் இருவரும் சேர்ந்து பாத்திரத்திலிருந்து தண்ணீரை அள்ளுவோம்' என ஆஇஷா ரழியல்லாஹு அன்ஹா கூறுகிறார்கள்.</t>
   </si>
   <si>
     <t>الغسل نوعان: مُجْزِئٌ وكامِلٌ، أمَّا الغسلُ المُجزئ فيَنْوي الإنسانُ الطهارةَ، ثم يُعَمِّمُ جسدَه بالماءِ مع المضمضةِ والاستنشاق، وأمَّا الغسل الكامل فيَغتَسل كما اغتسل النبي صلى الله عليه وسلم في هذا الحديث.
 تطلق الجنابة على كل مَن أَنْزَل المَنِيَّ، أو جامَعَ ولو لم ينزل.
 جواز نظر أحد الزوجين لعورة الآخر، وغسلهما من إناء واحد.</t>
   </si>
   <si>
     <t>குளிப்பு: சாதாரணக் குளியல் என்றும் பூரணமான குளியல் என இரு வகைப்படும். சாதாரணமாகக் குளித்தல் என்பது ஒருவர் தன்னை சுத்தப்படுத்திக் கொள்ளுதல் என்ற நிய்யத்துடன் குளித்தல். அதாவது வாய்கொப்பளித்து நாசுக்கு நீர்செலுத்தி சிந்தி விட்டு உடல் முழுவதிலும் நீர் ஊற்றிக் கொள்வதைக் குறிக்கும். ஆனால் பூரணமானக் குளித்தல் என்பது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் குளித்துக் காட்டியது போன்று குளிப்பதாகும்.
 ஜனாபத் என்பது விந்தை வெளியேறியவர் அல்லது விந்து வெளியேராவிட்டாலும் உடலுறவில் ஈடுபட்டவரைக் குறிக்கும்.
 கணவன் மனைவி இருவரும் ஒரே பாத்திரத்தில் குளிப்பதும் அவர்களின் இருவரின் அவ்ரத்துக்களை பார்ப்பதும் அனுமதிக்கப்பட்டதாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3316</t>
   </si>
   <si>
+    <t>كان رسول الله صلى الله عليه وسلم إذا عطس وضع يده أو ثوبه على فيه، وخفض أو غض بها صوته</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தும்மல் வந்தால் தனது கையினாலோ அல்லது தனது ஆடையாலோ தம் வாயின் மீது வைத்து சப்தத்தை குறைத்துக்கொள்பவராக இருந்தார்கள்</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ.</t>
+  </si>
+  <si>
+    <t>அபூ ஹூறைரா ரழியல்லாஹூஅன்ஹூ அவர்கள் கூறியதாக அறிவிக்கப்பட்டுள்ளது : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தும்மல் வந்தால் தனது கையினாலோ அல்லது தனது ஆடையாலோ தம் வாயின் மீது வைத்து சப்தத்தை குறைத்துக்கொள்பவராக இருந்தார்கள்.</t>
+  </si>
+  <si>
+    <t>كان صلى الله عليه وسلم إذا عَطَس:
+أولًا: يضع يدَه، أو ثوبَه على فيه؛ لئلا يخرج من فيه أو أنفه شيء يؤذي جليسَه. 
+ثانيًا: يخفض صوته ولا يرفعه.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தும்மும் போது பின்வரும் விடயங்களை கடைப்பிடிப்பவர்களாக இருந்தார்கள் :
+முதலாவது: வாயிலிருந்தோ அல்லது தனது மூக்குத்துவராத்திலிருந்தோ தனக்கு அருகாமையில் உள்ளவரை தொந்தரவு படுத்துவிதமாக ஏதாவது வெளிவராதாவாறு தனது கையை அல்லது தனது ஆடையை வாயின் மீது வைத்துக்கொள்வார்கள்.
+இரண்டாவது: சப்பதம் உயராது குறைத்துக் கொள்வார்கள்.</t>
+  </si>
+  <si>
+    <t>بيان هديه صلى الله عليه وسلم في العطاس والاقتداء به في ذلك.
+استحباب وضع الثوب أو منديل ونحوه على فمه وأنفه إذا عطس لئلا يخرج منه شيء يؤذي جليسه.
+خفض الصوت بالعطاس مطلوب، وهو من كمال الأدب، ومن مكارم الأخلاق.</t>
+  </si>
+  <si>
+    <t>தும்மலின் போது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் வழிகாட்டல் தெளிவு படுத்தப்படுட்டுள்ளமை இதனை முன்மாதிரியாகக் கொண்டு நடந்து கொள்ளுதல்.
+வாயிலிருந்தோ அல்லது தனது மூக்குத்துவராத்திலிருந்தோ தனக்கு அருகாமையில் உள்ளவரை தொந்தரவு படுத்துவிதமாக ஏதாவது வெளிவராதாவாறு  துணியை அல்லது கைகுட்டையை அல்லது அது போன்ற ஒன்றை  வாயின் மீது வைத்து மூடிக்கொள்வது வரவேற்கத்தக்க விடயமாகும்.
+தும்மும் போது சப்தத்தைக் குறைப்பது அவசியமாகும் அவ்வாறு செய்வது சிறந்த பண்படாகவும் ஒழுக்கம் நிறைந்த அம்சமாகவும் உள்ளது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3317</t>
+  </si>
+  <si>
     <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
   </si>
   <si>
     <t>'தங்கள் நபிமார்களின் அடக்கஸ்தலங்களை வணக்கத்தலங்களாக ஆக்கிய யூத கிறிஸ்தவர்களின் மீது அல்லாஹ்வின் சாபம் உண்டாகட்டுமாக!'</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
     <t>ஆஇஷா மற்றும் அப்துல்லாஹ் இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா இருவரும்  கூறினார்கள் : 'நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மரண வேளை நெருங்கியபோது தங்களின் போர்வையைத் தம் முகத்தின் மீது போடுபவர்களாகவும் மூச்சுத் திணறும் போது அதைத் தம் முகத்தைவிட்டு அகற்றுபவர்களாகவும் இருந்தார்கள். இந்த நிலையில் அவர்கள் இருக்கும்போது 'தங்கள் நபிமார்களின் அடக்கஸ்தலங்களை வணக்கத்தலங்களாக ஆக்கிய யூத கிறிஸ்தவர்களின் மீது அல்லாஹ்வின் சாபம் உண்டாகட்டுமாக!' எனக் கூறி அவர்களின் செய்கை பற்றி எச்சரித்தார்கள்.</t>
   </si>
   <si>
     <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
   </si>
   <si>
     <t>ஆஇஷா மற்றும் இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹும் ஆகிய இருவரும் எமக்கு ஓரு செய்தியை தெரிவிக்கிறார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு மரணவேளை நெருங்கிய போது தனது முகத்தில் ஒரு துணித்துண்டை முகத்தில் போடுவதும், மூச்செடுப்பது சிரமமாகும் போது அதனை அகற்றுபவராகவும் இருந்தார்கள். அந்த நெருக்கடியான நேரத்தில் : யூதர்களையும், கிறிஸ்தவர்களையும் அல்லாஹ் சபிப்பானாக, அவனின் அருளை விட்டும் தூரப்படுத்துவானாக எனக் கூறினார்கள். ஏனெனில் அவர்கள் தமது நபிமார்களின் அடக்கஸ்தலங்களை வணக்கஸ்தலங்களாக ஆக்கிக் கொண்டார்கள். இந்த விடயத்தின் பாரதூரத்தின் காரணமாக அவர்கள் இதனை இவ்வாறான நெருக்கடியான நேரத்தில் கண்டித்துள்ள்ளார்கள். யூத, கிறிஸ்தவர்கள் வீழ்ந்த அதே பாவத்தில் தமது சமூகமும் வீழ்ந்துவிடாமலிருக்கவே நபியவர்கள் இவ்வாறு எச்சரித்துள்ளார்கள், அது மாத்திரமின்றி இந்த செயலானது அல்லாஹ்வுக்கு இணைவைக்கும் மாபாதகச் செயலுக்கும் வழிவகுக்கும் ஒரு மிகப்பெரும் பாவமாகும்.</t>
   </si>
   <si>
     <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
 النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله.
 شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
 أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
 النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم.
 من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.</t>
   </si>
@@ -1621,51 +2907,51 @@
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள்: 'யா அல்லாஹ்! எனது மண்ணறையை (சமாதியை) வணங்கப்படும் சிலையாக ஆக்கி விடாதே! தமது நபிமார்களின் மண்ணறைகளை வணக்கஸ் தளங்களாக ஆக்கிக் கொண்ட கூட்டத்தின் மீது அல்லாஹ்வின் சாபம் உண்டாவதாக'.</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் தனது மண்ணறையை மக்கள் போற்றி வணங்கும், ஸுஜூத் செய்யும் சிலைபோல் ஆக்கிவிடாதிருக்க அல்லாஹ்விடம் பிரார்த்தனை புரிந்தார்கள். மேலும் நபிமார்களின் மண்ணறைகளை வணக்கஸ்தளங்களாக எடுத்துக்கொள்வது அதனை வணங்கி வழிபடவும், அவைகளில் ஆழமான நம்பிக்கை கொள்ளவும் காரணமாக அமைந்துவிடுவதால், நபி மார்களின் அடக்கஸ்தளங்களை வணக்கஸ்தளங்களாக எடுத்துக்கொள்வது இறைவனின் அருளிலிருந்து தூரமாக்கி இறைசாபத்தைப் பெற்றுத்தரும் பெரும் பாவம் என்பதை இந்த ஹதீஸில் தெரிவித்துள்ளார்கள்.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>நபிமார்கள் மற்றும் சான்றோரின் மண்ணறைகள் விடயத்தில் இஸ்லாமிய ஷரீஆ வரம்புகளை மீறிச் செல்வது, அல்லாஹ்வை அன்றி  வணங்கப்படுவதாக  ஆகிவிடும். ஆகவே இணைவைத்தலுக்கு இட்டுச்செல்லும் அனைத்து வழிமுறைகளிலிருந்தும் எச்சரிக்கையாக இருப்பது அவசியமாகும்.
 மகிமைப் படுத்துவதற்காகவும்,  அவ்விடங்களில் வழிபடுவதற்காகவும் மண்ணறைகளை நாடிச் செல்வது தடுக்கப்பட்ட விடயமாகும். அதிலிருப்பவர் எந்தளவு அல்லாஹ்வுக்கு நெருக்கமானவராக இருந்தாலும் சரியே.
 அடக்கஸ்தளங்கள் மீது பள்ளிகள் கட்டுவது ஹராமாகும்.
 பள்ளியாகக் கட்டப்படாவிட்டாலும் அடக்கஸ்தளங்களில் தொழுவது ஹராமாகும். ஆனால் தொழுகை நடாத்தப்படாத ஜனாஸாவிற்கு தொழுகை நடத்த அனுமதியுண்டு.</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
-    <t>[இதனைஅஹ்மத் பதிவு செய்திருக்கிறார்]</t>
+    <t>[இமாம் அஹ்மத் இதனைப் பதிவு செய்திருக்கிறார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3336</t>
   </si>
   <si>
     <t>إن عظم الجزاء مع عظم البلاء، وإن الله تعالى إذا أحب قوما ابتلاهم؛ فمن رضي فله الرضى، ومن سخط فله السخط</t>
   </si>
   <si>
     <t>சோதனையின் பரப்புக்கேற்ப்பவே கூலியின் பரப்பும் இருக்கும். அல்லாஹ் ஒரு கூட்டத்தை நேசித்தால் அவர்களை சோதிப்பான், அதனைப் பொருந்திக் கொண்டவருக்குப் பொருத்தமுள்ளது, கோபித்தவருக்குக் கோபமுள்ளது.</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: "إن عِظَمَ الجزاءِ مع عِظَمِ البلاءِ، وإن الله تعالى إذا أحب قوما ابتلاهم، فمن رَضِيَ فله الرِضا، ومن سَخِطَ فله السُّخْطُ".</t>
   </si>
   <si>
     <t>நபி (ஸல்) அவர்கள் கூறியதாக அனஸ் (ரலி) அவர்கள் கூறினார்கள் : "சோதனையின் பரப்புக்கேற்ப்பவே கூலியின் பரப்பும் இருக்கும். அல்லாஹ் ஒரு கூட்டத்தை நேசித்தால் அவர்களை சோதிப்பான், அதனைப் பொருந்திக் கொண்டவருக்குப் பொருத்தமுள்ளது, கோபித்தவருக்குக் கோபமுள்ளது".</t>
   </si>
   <si>
     <t>يخبرنا النبي صلى الله عليه وسلم في هذا الحديث أن المؤمن قد يحل به شيء من المصائب في نفسه أو ماله أو غير ذلك، وأن الله سيثيبه على تلك المصائب إذا هو صبر، وأنه كلما عظمت المصيبة وعظم خطرها عظم ثوابها من الله، ثم يبين صلى الله عليه وسلم بأن المصائب من علامات حب الله للمؤمن، وأن قضاء الله وقدره نافذان لا محالة، ولكن من صبر ورضي، فإن الله سيثيبه على ذلك برضاه عنه وكفى به ثوابا، وأن من سخط وكره قضاء الله وقدره، فإن الله يسخط عليه وكفى به عقوبة.</t>
   </si>
   <si>
     <t>ஒரு விசுவாசிக்கு தனது உயிர், பொருளில் சிலவேளை சோதனைகள் ஏற்படலாம், அதன்போது பொறுமையாக இருந்தால் அதற்காக அல்லாஹ் அவருக்குக் கூலி வழங்குவதாகவும், சோதனையின் பரவல், வீரியத்திற்கு ஏற்ப அதன் கூலியும் விருத்தியடையுமென நபியவர்கள் கூறுகின்றார்கள். மேலும் சோதனைகள் விசுவாசியுடனான அல்லாஹ்வின் நேசத்தினுடைய அடையாளமாகும். அல்லாஹ் நிர்ணயித்த விதி எப்படியும் நிகழ்ந்தே தீரும், இருப்பினும் பொறுமையாக இருந்து, அதனைப் பொருந்திக் கொண்டால் அவனைப் பொருந்திக் கொள்வதன் மூலம் கூலி வழங்குகின்றான். கூலியால் அவ்விசுவாசிக்கு இதுவே போதுமாகும். அவன் கோபப்பட்டு, அச்சோதனையை வெறுத்தால் அல்லாஹ்வும் அவனுடன் பகைக்கின்றான், தண்டனையால் இதுவே அவனுக்குப் போதுமாகும்.</t>
   </si>
   <si>
     <t>أن المصائب مكفرات للذنوب ما لم يترتب عليها ترك واجب كترك الصبر أو فعل محرم كشق الجيوب أو لطم الخدود.
 إثبات صفة المحبة لله على وجه يليق بجلاله.
@@ -1751,50 +3037,88 @@
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'தூய்மையும்; உயர்வும் மிக்க அல்லாஹ் கூறினான்: நான் இணையாளர்களைவிட்டும் இணை கற்பித்தலைவிட்டும் அறவே தேவையற்றவன். யாரேனும் என்னுடன் பிறரையும் இணையாக்கி (எனக்காகவும் பிறருக்காகவும்) நற்செயல் புரிந்தால், அவனையும் அவனது இணைவைப்பையும் (தனியே) விட்டுவிடுவேன்'.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
     <t>இணையாளர்களின் இணைவைப்பை விட்டும் அல்லாஹ் முற்றாகத் தேவையற்றவன். ஏனெனில் அவன் எல்லாப்படைப்பினங்ளை விட்டும் எவ்விதத் தேவையுமற்ற தன்னிறைவாளன் என உயர்வும் மகத்துவமிக்கோனுமாகிய அல்லாஹ் கூறியதாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அறிவிக்கிறார்கள். ஒருவர் வணக்கங்களில் ஏதாவது ஒன்றை செய்து அதனை அல்லாஹ்வுக்கும், அல்லாஹ் அல்லாதாருக்கும் நிகராக ஆக்கிவிட்டால் அந்த செயலை அவன் ஏற்றுக்கொள்ளாது விட்டு விடுவதோடு அந்தச்செயலை செய்தவனுக்கே திருப்பிவிடுகிறான். அல்லாஹ்வுக்காக மாத்திரம் என்ற தூய எண்ணத்துடன் அமல்களை  செய்வது அவசியமாகும். ஏனென்றால் அல்லாஹ்வுக்கென்று  தூய்மையாக செய்யப்படாத எந்த செயலையும் அல்லாஹ் ஏற்றுக்கொள்மாட்டான்.</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
     <t>இணைவைப்பின் அனைத்து தோற்றப்பாடுகளை விட்டும் இந்நபிமொழி எச்சரிக்கின்றது, ஏனெனில் செயல் அங்கீகரிக்கப்டுவதற்கும்  ஏற்றுக்கொள்ள ப்படுவதற்கும் இவை தடையாக உள்ளன.
 அல்லாஹ்வின் தன்னிறைவுப் பண்பையும் அவனின் மகத்துவத்துவத்தையும் உள்ளார்ந்து உணர்வது செயல்களில் உளத்தூய்மையை கடைப்பிடிப்பிப்பதற்கு உதவியாக அமையும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3342</t>
   </si>
   <si>
+    <t>يؤتى بالرجل يوم القيامة، فيلقى في النار، فتندلق أقتاب بطنه، فيدور بها كما يدور الحمار بالرحى</t>
+  </si>
+  <si>
+    <t>மறுமை நாளில் ஒரு மனிதர் கொண்டுவரப்பட்டு நரகத்தில் போடப்படுவார். அப்போது அவருடைய குடல்கள் வேகமாக நரகத்தில் வந்து விழும். கழுதை செக்கு இயந்திரத்தைச் சுற்றிவருவதைப்போல் அவர் சுற்றி வருவார்</t>
+  </si>
+  <si>
+    <t>عَنْ أُسَامَةَ بْنِ زَيْدٍ رضي الله عنه قَالَ: قِيلَ لَهُ: أَلَا تَدْخُلُ عَلَى عُثْمَانَ فَتُكَلِّمَهُ؟ فَقَالَ: أَتَرَوْنَ أَنِّي لَا أُكَلِّمُهُ إِلَّا أُسْمِعُكُمْ؟ وَاللهِ لَقَدْ كَلَّمْتُهُ فِيمَا بَيْنِي وَبَيْنَهُ، مَا دُونَ أَنْ أَفْتَتِحَ أَمْرًا لَا أُحِبُّ أَنْ أَكُونَ أَوَّلَ مَنْ فَتَحَهُ، وَلَا أَقُولُ لِأَحَدٍ يَكُونُ عَلَيَّ أَمِيرًا: إِنَّهُ خَيْرُ النَّاسِ بَعْدَمَا سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى، فَيَجْتَمِعُ إِلَيْهِ أَهْلُ النَّارِ، فَيَقُولُونَ: يَا فُلَانُ مَا لَكَ؟ أَلَمْ تَكُنْ تَأْمُرُ بِالْمَعْرُوفِ، وَتَنْهَى عَنِ الْمُنْكَرِ؟ فَيَقُولُ: بَلَى، قَدْ كُنْتُ آمُرُ بِالْمَعْرُوفِ وَلَا آتِيهِ، وَأَنْهَى عَنِ الْمُنْكَرِ وَآتِيهِ».</t>
+  </si>
+  <si>
+    <t>உஸாமா பின் ஸைத் ரழியல்ல்லாஹு அன்ஹு அவர்களிடம், 'நீங்கள் இன்னாரிடம் உஸ்மான் ரழியல்ல்லாஹு அன்ஹு அவர்களிடம்) வந்து பேசியிருக்கக் கூடாதா? (அவர்கள் உங்களுக்கு நெருக்கமானவர்கள் ஆயிற்றே!) என்று கேட்கப்பட்டது. அதற்கு அவர்கள், நான் உங்கள் எதிரில் உங்களுக்குக் கேட்கும்படி (பொதுவான விஷயங்களை)யே தவிர (வேறெதுவும்) அவர்களிடம் பேசுவதில்லை என்பதை நீங்கள் பார்க்கவே செய்கிறீர்கள். நான் அவர்களிடம் (அரசியல் குழப்பம் குறித்துப் பேசுவதாயிருந்தால் கலகத்திற்குக்) கதவைத் திறந்துவிடாமல் இருப்பதற்காக இரகசியமாகவே பேசுகிறேன். (ஏனெனில், குழப்பத்தின்) கதவைத் திறந்த முதல் ஆள் நானாக இருக்க விரும்பவில்லை.
+மேலும், ஒரு மனிதர் எனக்குத் தலைவராக (ஆணையிடும் அதிகாரத்தில்) இருப்பதால் அவரை மக்களில் சிறந்தவர் என்று நான் சொல்லமாட்டேன். (அதுவும்) அல்லாஹ்வின் தூதர் (ஸல்) அவர்களிட மிருந்து ஒரு விஷயத்தை நான் செவியுற்ற பிறகு (அப்படி) ஒருபோதும் நான் சொல்ல மாட்டேன்' என்று கூறிவிட்டு  நான் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பின்வருமாறு சொல்லக் கேட்டேன் என்றார்கள்: மறுமை நாளில் ஒரு மனிதர் கொண்டுவரப்பட்டு நரகத்தில் போடப்படுவார். அப்போது அவருடைய குடல்கள் வேகமாக நரகத்தில் வந்து விழும். கழுதை செக்கு இயந்திரத்தைச் சுற்றிவருவதைப்போல் அவர் சுற்றி வருவார். அப்போது நரகவாசிகள் அவரைச் சுற்றி ஒன்று கூடி, 'இன்னாரே! உமக்கேன் இந்த நிலை? நீர் (உலக வாழ்வின் போது) நற்செயல் புரியும்படி எங்களுக்குக் கட்டளையிட்டு, தீமை புரிய வேண்டாமென்று எங்களைத் தடுக்கவில்லையா? என்று கேட்பார்கள். அதற்கு அவர் நற்செயல் புரியும்படி உங்களுக்கு நான் கட்டளையிட்டேன்; ஆனால், அந்த நற்செயலை நான் செய்ய வில்லை. தீமை புரிய வேண்டாமென்று உங்களை நான் தடுத்துவந்தேன்; ஆனால், அந்தத் தீமையை நானே செய்துவந்தேன்'என்று கூறுவார்.</t>
+  </si>
+  <si>
+    <t>قيل لأسامة بن زيد رضي الله عنهما: ألا تدخل على عثمان بن عفان رضي الله عنه فتُكلِّمه فيما وقع من الفتنة بين الناس والسعي في إطفائها برمتها، فأبلغهم أنه كلمه سرًا طلبًا للمصلحة لا تهييجًا للفتنة، وغرضه أنه لا يريد المجاهرة بالإنكار على الأمراء في الملأ، فتكون سببًا للتطاول على الخليفة، وهو بابُ فتنةٍ وشر لا أكون أول من فتحه. 
+ثم قال أسامة رضي الله عنهما: بأنه ينصحُ الأمراءَ في السر ولا يداهن أحدًا ولو كان أميرًا، ولا يَتملَّق لهم فيمدحهم في وجوههم بالباطل، وذلك بعدما سمع من النبي صلى الله عليه وسلم أنه يؤتى يوم القيامة برجل، فيُلقى في النار، فتخرج أمعاؤه من بطنه خروجًا سريعًا من شدة الحر وشدة العذاب، فيدور بأمعائه على هذه الحالة في النار كدَوَرَان الحمار حول رَحَاه الذي هو حَجَر الطاحون، فيجتمع حولَه أهلُ النار على هيئة حلقة تحيط به، فيسألونه: يا فلان، ألستَ كنتَ تأمر بالمعروف وتنهى عن المنكر؟! 
+فيقول: إني كنت آمر بالمعروف ولا أفعلُه، وأنهى عن المنكر وأفعلُه.</t>
+  </si>
+  <si>
+    <t>உஸாமா இப்னு ஸைத் ரழியல்லாஹு அன்ஹு அவர்களிடம் சிலர் : நீங்கள் உஸ்மான் இப்னு அப்பான் ரழியல்லாஹு அன்ஹு அவர்களிடம் சென்று மக்கள் மத்தியில் ஏற்பட்டிருக்கும் குழப்பம் குறித்து பேசுவதோடு அதனை முழுமையாக கலைவது குறித்து ஏன் முயற்சி செய்யக்கூடாது  ? என்று கேட்டார்கள். அதற்கு அவர்கள், பொது நலன் நாடியும் குழப்பத்தை மேலும் தூண்டி விடாதிருக்கவும் இது குறித்து இரகசியமாக தான் கதைத்தாக அவர்களிடம் தெரிவித்தார். இதன் மூலம் அவர் தான் மக்கள் மன்றத்தில் -(பொதுத் தளத்தில்) தலைவர்களை கண்டிப்பதை (விமர்சிப்பதை) விரும்பவில்லை என்ற தனது நோக்கத்தை அவர்களிடம் முன்வைத்தார். அவ்வாறு பகிரங்கமாக கண்டிப்பது கலீபாவுக்கெதிரான அத்துமீறலுக்கு காரணமாக அமைவதோடு, குழப்பம் மற்றும் தீமையின் வாயிலை திறக்க வாய்ப்பாக அமைந்து விடும். ஆகையால் அதனை திறக்கும் முதலாவது நபராக தான் இருப்பதை விரும்பவில்லை என்று குறிப்பிட்டார்.
+பின் உஸாமா ரழியல்லாஹு அன்ஹு அவர்கள் பின்வருமாறு குறிப்பிட்டார்கள்: தான் தலைவர்களுக்கு தனிப்பட்ட முறையில் அறிவுரை கூறுவதாகவும், யாரையும்- அவர் தலைவராக இருந்தாலும்- முகஸ்துதிக்காகப் புகழ்வதில்லை என்றும், அவர்கள் தன்னைப் பொய்யாகப் புகழ்வதற்காகப் புகழ்ந்து பேசுவதில்லை என்றும் கூறினார்கள். மறுமை நாளில் ஒரு மனிதன் கொண்டு வரப்பட்டு நரகத்தில் வீசப்படுவான் என்ற நபியவர்களின்  ஹதீஸைக் கேட்ட பிறகு இவ்வாறு நடந்து கொள்வதாகக் குறிப்பிட்டார். நரக நெருப்பு மிகவும் தீவிரமாகவும்  கடுமையாகவும் இருப்பதன் காரணமாக, அவரது குடல்கள் அவரது வயிற்றிலிருந்து வெளியேறும். அப்படிப்பட்ட நிலையில், கழுதை ஆலைக்கல்லைச் சுற்றிச் சுழல்வது போல அந்த நபர் தனது குடலுடன் சுற்றிக் கொண்டிருப்பார், இந்தக் காட்சியைப் பார்த்து, நரகவாசிகள் அவரைச் சூழ வட்டமாக ஒன்று கூடி, 'ஓ இன்னாரே!' நீர் எங்களுக்கு நன்மை செய்யும்படி கட்டளையிட்டு, தீமையை விட்டும் எங்களைத் தடுக்கவில்லையா? என்று கேட்பார்கள்.
+அதற்கு அவர்: நான் உங்களுக்கு நன்மை செய்யும்படி கட்டளையிட்டேன், ஆனால் நானே அதைச் செய்யவில்லை. நான் தீமையைத் தடுத்தேன், ஆனால் நானே அதில் ஈடுபட்டேன். என்று கூறினார்.</t>
+  </si>
+  <si>
+    <t>الأصلُ في النصح لولاة الأمور أن يكون فيما بينهم وبينه، وأن لا يتحدث به الإنسان بين عامة الناس.
+الوعيد الشديد لمن يخالف قولُه فعلَه.
+الأدب مع الأمراء والتلطف بهم، وأمرهم بالمعروف ونهيهم عن المنكر.
+ذم مداهنة الأمراء في الحق وإظهار ما يبطن خلافه كالمُتملِّق بالباطل.</t>
+  </si>
+  <si>
+    <t>ஆட்சியாளர்களுக்கு தனிப்பட்ட முறையில் அறிவுரை கூற வேண்டும் என்பதே அடிப்படையாகும். அது குறித்து மக்கள் மத்தியில் பகிரங்கமாக பேசுவது கூடாது.
+தனது சொல்லுக்கு மாற்றமாக செயல்படுகின்ற ஒருவருக்கான கடுமையான எச்சரிக்கையை இந்த ஹதீஸ் உள்ளடக்கியுள்ளது.
+மக்கள் ஆட்சியாளர்களிடம் பணிவாகவும் மென்மையாகவும் நடந்து கொள்வதோடு நல்லதைச் செய்ய அவர்களுக்குக் கட்டளையிட வேண்டும், தவறானதைத் தடுக்க வேண்டும்.
+உண்மையான ஒரு விவகாரத்தில் ஆட்சியாளர்களைப் புகழ்ந்து பேசி, மனதில் ஒன்றை வைத்துக்கொண்டு, அவர்களுக்கு முன்னால் வேறு ஒன்றைச் சொல்வது கண்டிக்கத்தக்க செயலாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3345</t>
+  </si>
+  <si>
     <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
     <t>'உங்களில் ஒருவர் என் (தேவைகளுக்காக நான் அணுகும்) உற்ற தோழராக இருப்பதிலிருந்து (விலகி) நான் அல்லாஹ்வையே சார்ந்திருக்கிறேன். ஏனெனில், உயர்வுக்குரிய அல்லாஹ் இப்ராஹீம் (அலைஹிஸ்ஸலாம்) அவர்களை (தன்) உற்ற தோழராக ஆக்கிக்கொண்டதைப் போன்று என்னையும் (தன்) உற்ற தோழனாக ஆக்கிக்கொண்டான்</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
     <t>ஜுன்துப் ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் இறப்பதற்கு ஐந்து நாட்களுக்கு முன் 'உங்களில் ஒருவர் என் (தேவைகளுக்காக நான் அணுகும்) உற்ற தோழராக இருப்பதிலிருந்து (விலகி) நான் அல்லாஹ்வையே சார்ந்திருக்கிறேன். ஏனெனில், உயர்வுக்குரிய அல்லாஹ் இப்ராஹீம் (அலைஹிஸ்ஸலாம்) அவர்களை (தன்) உற்ற தோழராக ஆக்கிக்கொண்டதைப் போன்று என்னையும் (தன்) உற்ற தோழனாக ஆக்கிக்கொண்டான். நான் என் சமுதாயத்தாரில் ஒருவரை என் உற்ற தோழராக ஆக்கிக்கொள்வதாயிருந்தால் அபூபக்ர் ரழியலல்லாஹு அன்ஹு அவர்களையே நான் என் உற்ற தோழராக ஆக்கிக்கொண்டிருப்பேன். அறிந்துகொள்ளுங்கள்: உங்களுக்கு முன்னிருந்த (சமுதாயத்த)வர்கள் தங்களுடைய நபிமார்கள் மற்றும் சான்றோர்களின் அடக்கஸ்தளங்களை வழிபாட்டுத்தளங்களாக ஆக்கிக் கொண்டார்கள். அறிந்து கொள்ளுங்கள்! நீங்கள் அடக்கஸ்த் தளங்களை வழிபாட்டுத்தளங்களாக ஆக்கிவிடாதீர்கள். அவ்வாறு செய்ய வேண்டாம் என்று உங்களுக்கு நான் தடை விதிக்கிறேன்' என்று கூறுவதை நான் கேட்டேன்.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
     <t>நபியவர்கள் தனது மரணத்திற்கு சில நாட்களுக்கு முன் தனது சமூகத்திற்கு முக்கியமான ஒரு செய்தியை அறிவிக்கின்றார்கள். அல்லாஹ்விடம் தனக்கிருக்கும் இடத்தைப் பற்றிக் கூறுகின்றார்கள், இப்ராஹீம் அலைஹிஸ்ஸலாம் அவர்களுக்குக் கிடைத்தது போன்று தனக்கும் நேசத்தின் அதியுயர் தரம் கிடைத்திருப்பதாகக் கூறுகின்றார்கள். இதனால்தான் அல்லாஹ்வை அன்றி வேறுயாரும் தனக்கு உற்ற தோழனாக இல்லையென மறுத்தார்கள், ஏனெனில் அன்னாரது உள்ளம் இறை நேசத்தாலும், அவனது மகத்துவத்தினாலும், அறிவாலும் நிரம்பியுள்ளது. எனவே அவனைத் தவிர வேறு யாருக்கும் அதில் இடமேதுமில்லை. அவ்வாறு படைப்பினங்களில் உற்ற தோழராக இருக்கும் ஒருவருக்கு அத்தகுதி இருப்பின் அபூ பக்ர் ரழியல்லாஹு அன்ஹு அவர்களுக்கு மாத்திரமே உண்டு. பின்னர், யூத, கிறிஸ்தவர்கள் செய்தது போன்று தமது நபிமார்களின் அடக்கஸ்தளங்களில் அங்கீகரிக்கப்பட்ட நேசத்தில் அளவுகடந்து சென்று, அல்லாஹ்வையன்றி வணங்கப்படும் அல்லாஹ்வுக்கு இணையான கடவுள்களாக மாற்றியதை எச்சரித்தார்கள். அது மாத்திரமின்றி அவற்றின் மீது வழிபாட்டுத்தளங்களை அமைத்தார்கள். இது போன்ற பாதகச் செயலை அவர்களைப்போன்று செய்ய வேண்டாமென தனது சமூகத்தைத் தடுத்தார்கள்.</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
@@ -1865,165 +3189,194 @@
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
     <t>ஸுன்னத்தான தொழுகைகள் போன்ற எந்த வணக்கமுமின்றி வீடுகளை செயலிழக்கச் செய்து மண்ணறைகளைப் போன்று ஆக்க வேண்டாமென நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  தடுத்துள்ளார்கள். நபியவர்களின் கப்ரை அடிக்கடி தரிசித்து, வழமையான முறையில் அந்த இடத்தில் ஒன்றுகூடுவது இணைவைப்பிற்கு இட்டுச் செல்லும் வழியாக அமைந்து விடும் என்பதனால் அதனைத் தடுத்தார்கள். பூமியின் எந்த இடத்திலிருந்தாலும்  நபியவர்கள் மீது ஸலவாத்தும், ஸலாமும் கூறுமாறு கட்டளையிட்டுள்ளார்கள். ஏனென்றால் அருகில் இருப்பவராயினும், தூரத்தில் இருப்பவராயினும் அவர்களின் ஸலவாத்துக்கள் ஒரே மாதிரியாகவே அவருக்கு எத்திவைக்கப்படுகின்றன. ஆகையால் அவரின் மண்ணறைக்கு அடிக்கடி செல்லவேண்டி அவசியம் கிடையாது.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>அல்லாஹ்வை வணங்குவதிலிருந்து வீடுகளை பால்படுத்துவது தடுக்கப்பட்டிருத்தல்.
 நபியவர்களின் கப்ரை தரிசிப்பதை நோக்காகக் கொண்டு பயணம் செய்வது இங்கு தடுக்கப் பட்டிருத்தல். ஏனெனில் அவர்கள், தன்மீது ஸலவாத் சொல்லுமாறு கட்டளையிட்டதோடு அது தன்னை வந்தடைவதாகவும் அறிவித்துள்ளார்கள். ஆனால் நபியவர்களின் பள்ளியை தரிசிக்கும் நோக்கிலும் அதில் தொழும் எண்ணத்திலும் பயணம் செய்வது அனுமதிக்கப்பட்டுள்ளது.
 குறிப்பிட்ட காலத்தில் குறிப்பிட்ட முறையில் அடிக்கடி நபியவர்களின் கப்ரை தரிசிப்பதன் மூலம் அதனை விழாக் கொண்டாடும் தளமாக எடுத்துக் கொள்வது ஹராமாக்கப்பட்டிருத்தல்.
 எல்லா காலங்களிலும் இடங்களிலும் ஸலவாத்தும் ஸலாமும் கூறுவதற்கான ஷரீஆ அங்கீகாரமானது நபியவர்களுக்கு அல்லாஹ்வால் வழங்கப்பட்ட மிகப்பெரும் மதிப்பாகும்.
 மண்ணறைகளுக்குப் பக்கத்தில் தொழுவது தடை என்ற விடயம் ஸஹாபாக்களிடத்தில்  ஆழமாகபதிந்த விடயமாக காணப்பட்டது. இதனால் வீடுகளை தொழாத மண்ணறைகளாக ஆக்க வேண்டாம் எனத் தடுத்தார்கள்.</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
-    <t>[இந்த ஹதீஸை அபூ தாவூத் பதிவு செய்துள்ளார்]</t>
+    <t>[இதனை இமாம் அபூதாவுத் பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3350</t>
   </si>
   <si>
     <t>لا تقولوا: ما شاء الله وشاء فلان، ولكن قولوا: ما شاء الله ثم شاء فلان</t>
   </si>
   <si>
     <t>அல்லாஹ்வும் இன்னாரும் நாடியது என்று கூறாதீர்கள். மாறாக அல்லாஹ் நாடினான் பின்னர் இன்னாரும் நாடினார் என்று கூறுங்கள்</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஹுதைபா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: அல்லாஹ்வும் இன்னாரும் நாடியது என்று கூறாதீர்கள். மாறாக அல்லாஹ் நாடினான் பின்னர் இன்னாரும் நாடினார் என்று கூறுங்கள்".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يقولَ المسلمُ في كلامه: "ما شاء الله وشاء فلان"، 
 أو ما شاء الله وفلان؛ 
 وذلك لأنَّ مَشيئةَ الله وإرادتَه مُطْلَقَةٌ ولا يشاركه فيها أحد، 
 وفي استخدام الواو في العطف إشعارٌ بمشاركةِ أحدٍ مع الله والتسوية بينهما. 
 ولكن يقول: ما شاء الله، ثم شاء فلان، 
 فيجعل مشيئةَ العبدِ تابعةً لمشيئة الله بقول: "ثم" بدلًا من "و"، لأن "ثم" تفييد التعقيب والتراخي.</t>
   </si>
   <si>
     <t>ஒரு முஸ்லிம் தனது பேச்சில் 'மாஷா அல்லாஹ் வஷாஅ புலான்' ( குறித்த விடயமானது அல்லாஹ்வின் விருப்பப்படியும், குறித்த நபரின்; விருப்பப்படியும் நடந்தது) அல்லாஹ்வும் இன்னாரும் நாடியது, அல்லது 'மாஷாஅல்லா வபுலான்' அல்லாஹ்வினதும்; குறித்த நபரினதும் விருப்பப்படி நடந்துவிட்டது என்று கூறுவதை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் தடுத்துள்ளார்கள். காரணம் அல்லாஹ்வின் நாட்டம் மற்றும் அவனின் விருப்பம் பொதுவானது அதில் எவரும் கூட்டுச்சேர முடியாது. குறித்த வசனத்தில் 'வாவ் ' என்ற எழுத்தானது வாவுல் அத்ப் ஆகும். அது ஒருவிடயத்தை சமமாக இணைத்துச் சொல்வதற்கு பாவிக்கப்படும் எழுத்தாகும். அந்தவகையில் அது அல்லாஹ்வுடன் ஒருவர் சமமாக கூட்டுச்சேர்வதை காட்டுகிறது ஆகையால் அவ்வாறு பாவிப்பது தடுக்கப்பட்டுள்ளது. என்றாலும் மாஷாஅல்லாஹு ஸும்ம ஷாஆ புலான்' அதாவது அல்லாஹ் நாடியதன் பின் குறித்த மனிதன் நாடியதும் நிகழ்ந்து விட்டது என்று கூறுவதில் எந்தத் தடையுமில்லை. ஆக அடியானின் விருப்ப-நாட்ட-மானது அல்லாஹ்வின் நாட்டத்தை பின்பற்றியதாக உள்ளது. இதனையே நபியவர்கள் 'வாவுக்குப் பதிலாக ஸும்ம என்ற முன்இடைச்சொல்லை பயன்படுத்தியுள்ளார்கள். ஸும்ம என்பது ஒரு விடயம் நிகழ்ந்ததைத் தொடர்ந்து அல்லது பின்னால் அல்லது தாமதித்து நிகழும் அனைத்திற்கும் பயன்படுத்தப்படும் முன்னிடைச்சொல்லாகும்.</t>
   </si>
   <si>
     <t>تحريم قول: "ما شاء الله وشئت"، وما أشبه ذلك من الألفاظ مما فيه العطف على الله بالواو؛ لأنه من شرك الألفاظ والأقوال.
 جواز قول: "ما شاء الله ثم شئت"، وما أشبه ذلك مما فيه العطف على الله بثُمَّ؛ لانتفاء المحذور فيه.
 إثبات المشيئة لله، وإثبات المشيئة للعبد، وأن مشيئة العبد تابعة لمشيئة الله تعالى.
 النهي عن إشراك الخلق في مشيئة الله ولو باللفظ.
 إن اعتقد القائل أن مشيئة العبد كمشيئة الله جل وعلا مساوية لها في الشمول والإطلاق، أو أن العبد له مشيئة مستقلة فهو شرك أكبر، أما إن اعتقد أنه دونه؛ فهو شرك أصغر.</t>
   </si>
   <si>
     <t>'மாஷாஅல்லாஹு வஷிஃத' அல்லாஹ்வும் நீயும் நாடியது' என்பது போன்ற அல்லாஹ்வை அடியானுடம் சமப்படுத்தும் வாசகங்களை பயன்படுத்துவது ஹராமாகும். காரணம் இவை  சொற்கள் மற்றும் வார்த்தைகள் சார்ந்த இணைவைப்பாகும்.
 'மாஷாஅல்லாஹு ஸும்ம ஷிஃத' என்பது போன்ற வாசகங்களை பயன்படுத்துவது அனுமதிக்கப்பட்டதாகும். காரணம் இதில் ஸும்ம என்ற சொல்லானது மேற்படி ஆபத்தான கருத்தை நீக்கிவிடுகிறது.
 அல்லாஹ்வுக்கும், அடியானுக்கும் நாட்டசக்தி இருப்பதை இந்த ஹதீஸ் உறுதிப்படுத்துவதோடு அடியானின் நாட்டமானது அல்லாஹ்வின் நாட்டத்தை அடியொட்டியே அமையும் என்பதை தெளிவு படுத்துகிறது.
 அல்லாஹ்வின் நாட்டத்தில் வார்த்தையளவில் கூட படைப்பினங்களை  இணையாக்குவது தடுக்கப்பட்டிருத்தல்.
 எல்லா வகையிலும் அடியானின் நாட்டம் அல்லாஹ்வின் நாட்டத்தை ஒத்தது என்று கூறுபவர் மனதால் உறுதியாக நம்பினால் அல்லது அடியானுக்கு என சுயமான நாட்டம் உண்டு என நம்பினால் அது பெரியவகை இணைவைப்பாக அமைந்து விடும். அவ்வாறு இல்லாத நிலையில் அது சிறியவகை ஷிர்க்காக அமைந்து விடும்.</t>
   </si>
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
-    <t>[صحيح بمجموع طرقه]</t>
-[...2 lines deleted...]
-    <t>[رواه أبو داود والنسائي في الكبرى وأحمد]</t>
+    <t>[ஒட்டுமொத்த வழிகள் ஊடாக சரியாகியது (ஸஹீஹ்)]</t>
+  </si>
+  <si>
+    <t>[இமாம்களான அபூதாவூத், குப்ரா எனும் நூலில் நஸாஈ, அஹ்மத் ஆகியோர் இதனை பதிவு செய்துள்ளனர்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3352</t>
   </si>
   <si>
     <t>إن الله يغار، وإن المؤمن يغار، وغيرة الله أن يأتي المؤمن ما حرم عليه</t>
   </si>
   <si>
     <t>'நிச்சயம் அல்லாஹ் ரோஷம் கொள்கிறான். இறை நம்பிக்கையாளனான முஃமினும் ரோஷம் கொள்கிறான். அல்லாஹ்வின் ரோஷம் என்பது, அவன் தடைவிதித்துள்ள ஒன்றை (தடையை மீறி) இறைநம்பிக்கையாளர் செய்வதுதான்'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : 'நிச்சயம் அல்லாஹ் ரோஷம் கொள்கிறான். இறை நம்பிக்கையாளனான முஃமினும் ரோஷம் கொள்கிறான். அல்லாஹ்வின் ரோஷம் என்பது, அவன் தடைவிதித்துள்ள ஒன்றை (தடையை மீறி) இறைநம்பிக்கையாளர் செய்வதுதான்'.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் ஒரு முஃமின் ரோஷப்பட்டு கோபப்பட்டு வெறுப்பதை போன்று அல்லாஹவும் அவனின் கண்ணியம்,மகத்துவத்திற்கேற்ற நிலையில் ரோஷப்படுவதாகவும், கோபம் கொள்வதாகவும், வெறுப்பதாகவும் குறிப்பிடுகிறார்கள். அல்லாஹ் ரோஷப்படுவதற்கான காரணம் ஒரு முஃமின் அவனின் மீது தான் ஹராமாக்கிய விபச்சாரம், ஓரினச்சேர்க்கை, களவு, மது அருந்துதல் போன்று மாபாதகச் செயல்களை செய்வதினாலாகும்.</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் வரம்புகள் மீறப்படுகையில் நிகழும் அல்லாஹ்வின் கோபம் மற்றும் தண்டனை  குறித்து எச்சரிக்கையாக இருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3354</t>
+  </si>
+  <si>
+    <t>لتتبعن سنن الذين من قبلكم، شبرا بشبر، وذراعا بذراع</t>
+  </si>
+  <si>
+    <t>'உங்களுக்கு முன்னிருந்த (யூதர்கள் மற்றும் கிறித்த)வர்களின் வழிமுறைகளை நீங்கள் சாண் சாணாக, முழம் முழமாகப் பின்பற்றுவீர்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ، حَتَّى لَوْ دَخَلُوا فِي جُحْرِ ضَبٍّ لَاتَّبَعْتُمُوهُمْ» قُلْنَا: يَا رَسُولَ اللهِ آلْيَهُودَ وَالنَّصَارَى؟ قَالَ: «فَمَنْ؟».</t>
+  </si>
+  <si>
+    <t>அபூசயீத் அல்குத்ரீ (ரலி) அவர்கள் கூறியதாவது: 'உங்களுக்கு முன்னிருந்த (யூதர்கள் மற்றும் கிறித்த)வர்களின் வழிமுறைகளை நீங்கள் சாண் சாணாக, முழம் முழமாகப் பின்பற்றுவீர்கள். எந்த அளவுக்கென்றால், அவர்கள் ஓர் உடும்பின் பொந்துக்குள் நுழைந்தால் கூட நீங்கள் அவர்களைப் பின்பற்றி நுழைவீர்கள்' என்று நபி (ஸல்) அவர்கள் கூறினார்கள்.
+நாங்கள், 'அல்லாஹ்வின் தூதரே! (நாங்கள் பின்பற்றக்கூடியவர்கள் என்று) யூதர்களையும் கிறித்தவர்களையுமா (நீங்கள் குறிப்பிடுகிறீர்கள்)? என்று கேட்டோம். அதற்கு நபி (ஸல்) அவர்கள், 'வேறு யாரை? என்று (திருப்பிக்) கேட்டார்கள்.</t>
+  </si>
+  <si>
+    <t>يُخبِرُ صلى الله عليه وسلم بما يكون عليه حال بعض أمته بعد زمانه، وهي متابعة طريقة اليهود والنصارى في عقائدهم وأفعالهم وعاداتهم وتقاليدهم متابعة دقيقة شديدة شبرًا بشبرٍ، وذراعًا بذراعٍ، حتى لو دخلوا جحر ضب لدخله هؤلاء وراءهم.</t>
+  </si>
+  <si>
+    <t>நபியவர்களின் காலத்திற்கு பிறகு, தனது சமூகத்தில் சிலரின் நிலை குறித்து நபிகளார் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். அதாவது தனது சமூகத்தாரில் சிலர் யூத கிறிஸ்தவர்களின் வழிமுறைகளை தமது நம்பிக்கைக் கோட்பாடுகளிலும் செயற்பாடுகளிலும் வழக்காறுகளிலும் பாரம்பரிய விடயங்களிலும் மிகவும் துல்லியமாக சாணுக்குச் சாண் முழத்திற்கு முழம் பின்பற்றி நடப்பார்கள். இந்நிலையை அவர்கள் விளக்கும் போது அந்த யூதர்களும் கிறிஸ்தவர்களும் உடும்பின் பொந்தினுள் நுழைந்தாலும் இவர்களும் அவர்களைப் பின்தொடர்ந்து அவ்வேளையைச் செய்வார்கள் எனக் குறிப்பிடுகிறார்கள்.</t>
+  </si>
+  <si>
+    <t>علمٌ من أعلام نبوَّته حيث أخبر بذلك قبل وقوعه فوقع كما أخبر.
+النهي عن تشبُّه المسلمين بالكفار، سواء في عقائدهم أو عباداتهم أو أعيادهم أو أزيائهم الخاصة بهم.
+توضيح الأشياء المعنوية بالأمثلة الحسية من أساليب التعليم في الإسلام.
+الضب: حيوان جحره شديد الظلمة نَتِنُ الريح، وهو من الزواحف يكثر في الصحاري، ووجه التخصيص بجحر الضب: شدة ضيقه ورداءته، ومع ذلك فإنهم -لاقتفائهم آثارهم واتباعهم طرائقهم- لو دخلوا في مثل هذا الضيق الرديء لوافقوهم! والله المستعان.</t>
+  </si>
+  <si>
+    <t>இது நபித்துவத்தின் அடையாளங்களில் ஒன்றாக கருதப்படுகிறது. அதாவது குறித்த நிகழ்வு நடக்க முன்னரே அது பற்றிய தீர்க்கதரிசனத்தை நபியவர்கள் இந்த ஹதீஸில் குறிப்பிட்டுள்ளமை. அது அவர்கள் அறிவித்தது போன்றே நடந்துவிட்டது.
+முஸ்லீம்கள் காஃபிர்களின் நம்பிக்கைகள், வழிபாட்டு முறைகள், பண்டிகைகள் அல்லது உடைகள் போன்றவற்றில் பின்பற்றி நடப்பது             
+ தடைசெய்யப்பட்டுள்ளது.
+கருத்து ரீதியிலான விடயங்களை நடைமுறைரீதியான எடுத்துக்காட்டுகள் மூலம் தெளிவுபடுத்துவது இஸ்லாத்தின் கற்பித்தல் முறைகளில் ஒன்றாகும்.
+அல்ழப்: துர்வாடையுடன் காணப்படும் ஒரு விலங்கு. இதன் வாழிடம் கடும் இருள் நிறைந்தது. இது பாலைவனங்களில் அதிகம் காணப்படும் பிராணிகளில் ஒன்று. இதனை எடுத்துக்காட்டாக சொல்லப்பட்டதன் நோக்கம் இதன் வாழிடமான பொந்து  மிகவும் குறுகலாகவும் மோசமாகவும் இருப்பதினாலாகும். இவ்வாறிருந்தும், அந்த யூதர்களின் வழிமுறைகைளையும் ஆசாரங்களையும் பின்பற்றுவோர் அந்த யூதர்கள் இவ்வாறான மோசமான குறுகலான வழியில் சென்றாலும் அதனையும் அவர்கள் அங்கீகரித்து அவர்களுடன் நுழைந்து செல்வார்கள் . அல்லாஹ் இவ்வாறான நிலையிலிருந்து பாதுகாப்பானாக.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3355</t>
   </si>
   <si>
     <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>'அல்லாஹ் அல்லாதவர் மீது சத்தியம் செய்தவர் நிராகரித்து விட்டார், அல்லது இணைவைத்து விட்டார்'</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>இப்னு உமர் ரழியல்லாஹு அன்ஹுமா அறிவிக்கிறார்கள். ஒரு மனிதர், கஃபாவின் மீது சத்தியமாக, இல்லை என்று கூறுவதை கேட்டார்கள் உடனே இப்னு உமர் அவர்கள் கூறினார்கள்  இறைவனைத் தவிர வேறு யார் மீதும் சத்தியம் செய்யப்படக்கூடாது, ஏனென்றால் நான் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள்  சொல்வதை நான் கேட்டேன்: 'அல்லாஹ் அல்லாதவர் மீது சத்தியம் செய்தவர் நிராகரித்து விட்டார், அல்லது இணைவைத்து விட்டார்'.</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் யார் அல்லாஹ் மற்றும் அவனது திருநாமங்கள் மற்றும் அவனது பண்புகள் அல்லாதவற்றில் சத்தியம் செய்கிறாரோ அவர் அல்லாஹ்வை நிராகரித்து விட்டார், அல்லது இணைவைத்து விட்டார் என்று கூறுகிறார்கள். ஏனெனில் ஒரு பொருளின் மீது சத்தியம் செய்வது அதனை மகத்துவப் படுத்துவதைக் குறிக்கின்றது, உண்மையான மகத்துவமானது அல்லாஹ்வுக்கு மாத்திரமே உரியதாகும். ஆகவே அல்லாஹ்வின் மீதும் அவனது திருநாமங்கள் மற்றும் அவனது பண்புகள் மீதுமே சத்தியம் செய்தல் வேண்டும். இந்தவகை சத்தியம் சிறிய வகை ஷிர்க்காகும். என்றாலும் ஒரு பொருளின் மீது சத்தியம் செய்தவர் அவர் சத்தியம் செய்தவற்றை அல்லாஹ்வை மகத்துவப்படுத்துவது போல், அல்லது அதை விடவும் அதிகமாக போற்றி மகத்துவப் படுத்தினால் அவரின் சத்தியம் பெரிய வகை இணைவைப்பாக மாறிவிடும்.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>உண்மையில் சத்தியம் செய்வதன் மூலம் மகிமைப்படுத்துவது அல்லாஹ்வுக்கு மாத்திரம் உரிய  கடமையாகும். எனவே அல்லாஹ்வின் மீதும் அவனின் பெயர்கள் மற்றும் பண்புகள் மீது மாத்திரமே சத்தியம் செய்தல் வேண்டும்.
 நன்மையை ஏவி தீமையை தடுத்தல் பணியை மேற்கொள்வதில் ஸஹாபாக்களுக்கு இருந்த ஆர்வத்தை இந்த ஹதீஸ் சுட்டிக்காட்டுவதோடு குறிப்பாக குறிப்பிட்ட தீமையானது  இணைவைத்தல் அல்லது இறைநிராகரிப்பு போன்ற விடயங்களில் இருந்தால் அதிக கவனம் செலுத்தியமையை காண முடிகிறது.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[رواه أبو داود والترمذي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3359</t>
   </si>
   <si>
     <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>நீங்கள் இறைநம்பிக்கை கொள்ளாதவரையில் சொர்க்கத்தில் நுழைய முடியாது. நீங்கள் ஒருவரை ஒருவர் நேசிக்காதவரை (முழுமையான) இறைநம்பிக்கையாளராக முடியாது. ஒன்றை உங்களுக்கு நான் அறிவிக்கட்டுமா? அதை நீங்கள் செயல்படுத்தினால் ஒருவரை ஒருவர் நேசம் கொள்ளலாம். உங்களிடையே ஸலாத்தைப் பரப்புங்கள்</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: "நீங்கள் இறைநம்பிக்கை கொள்ளாதவரையில் சொர்க்கத்தில் நுழைய முடியாது. நீங்கள் ஒருவரை ஒருவர் நேசிக்காதவரை (முழுமையான) இறைநம்பிக்கையாளராக முடியாது. ஒன்றை உங்களுக்கு நான் அறிவிக்கட்டுமா? அதை நீங்கள் செயல்படுத்தினால் ஒருவரை ஒருவர் நேசம் கொள்ளலாம். உங்களிடையே ஸலாத்தைப் பரப்புங்கள்".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
     <t>முஃமின்களைத் தவிர வேறு எவறும் சுவர்க்கம் செல்லவே மாட்டார்கள் என்பதை  நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் தெளிவுபடுத்துகிறார்கள். அதே போல் பரஸ்பரம் நேசம் கொள்ளாதவரை முஸ்லிம் சமூகம் சீர்பெறவோ, ஈமான் பரிபூரணம் பெறவோ மாட்டாது. இவ்வாறு கூறிவிட்டு நேசத்தை ஏற்படுத்தும் விடயங்களில் மிகவும் சிறப்புக்குரிய விடயமொன்றின் பால் வழிகாட்டுகிறார்கள். அதுதான் முஸ்லிம்களுக்கு மத்தியில் ஸலாத்தைப் பரப்புவதாகும். அல்லாஹ் தனது அடியார்களுக்கு வாழத்துரைக்கும் ஒன்றாக ஸலாத்தை ஏற்படுத்தித்தந்துள்ளான்.</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
@@ -2096,50 +3449,84 @@
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் நயவஞ்சகர்கள் பற்றியும் அவர்கள் ஜமாத் தொழுகைக்கு கலந்து கொள்ளாது சோம்பரித்தனமாக இருப்பதை குறித்தும் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். குறிப்பாக அவர்கள் இஷா மற்றும் பஜ்ர் தொழுகைக்கு சமூகளிப்பதில்லை. அவர்கள் அவ்விரு தொழுகைககளிலும் சக முஸ்லிம்களுடன் ஜமாஅத்தில் கலந்து கொள்வதால் கிடைக்கும் நன்மை, மற்றும் வெகுமதியின் அளவை அறிவார்களேயானால் அவர்கள் குழந்தைகள் கை, கால்களால் தத்தித் தவழ்வதைப் போன்று தவழ்ந்தாயினும் வந்து சேர்வார்கள் என்று குறிப்பிடுகிறார்கள்.
 ஜமாஅத் தொழுகையில் கலந்து கொள்வதன்   முக்கியத்துவத்தின் காரணமாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒருவரை தொழுகைக்காக இகாமத் கூறுமாறு பணித்து, அவர்களுக்கு பதிலாக இன்னொரு நபரை மக்களுக்கு இமாமத் செய்யுமாறு பணித்து விட்டு தம்முடன் விரகுகளை சுமந்த சில மனிதர்களை அழைத்துச் சென்று ஜமாஅத் தொழுகைக்கு சமூகம் அளிக்காதோரின் வீடுகளை எறிப்பதற்கு எத்தனித்தார்கள். காரணம் நியாயமான காரணமின்றி ஜமாஅத் தொழுகையில் கலந்து கொள்ளாதிருப்பது மிகப்பெரும் பாவம் என்பதினாலாகும். இவ்வாறிருந்தும்  நபியவர்கள் வீடுகளில் பெண்கள் மற்றும் ஏதும் அறியாத  குழந்தைகள்  போன்ற சலுகை பெற்றோர் இருந்ததினால் அவர்கள் எரிக்கும் எண்ணத்தை கைவிட்டார்கள்.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>பள்ளிவாயிலில் ஜமாஅத் தொழுகையில் கலந்துகொள்ளாதிருப்பதன் விபரீதம் இந்த ஹதீஸில் சுட்டிக்காட்டப்பட்டுள்ளமை.
 நயவஞ்சகர்கள் முகஸ்துதி மற்றும் பிறர் தம்மைப்பற்றி பெருமையாக பேசிக்கொள்ள வேண்டும் என்பதற்காகவே வணக்கவழிபாடுளில் ஈடுபடுபடுகின்றனர். ஆகையால் மக்கள் அவர்களை காணும் வேளையில் மாத்திரம் தொழுக்காக சமூகமளிப்பர்.
 இஷா, பஜ்ர் தொழுகைகளைக் கூட்டாக நிறைவேற்றுதனால் பாரிய கூலி கிடைப்பதுடன், தவழ்ந்தாவது சமூகந்தர மிக அருகதையானதே அவ்விரு தொழுகைகளும்.
 இஷா மற்றும் பஜ்ர் தொழுகைகளை பேணி வருவது நயவஞ்சகத்தை விட்டும் பாதுகாப்பாகும். அவ்விரண்டிலும் பின்வாங்குவது நயவஞ்சகத்தின் அடையாளமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3366</t>
   </si>
   <si>
+    <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
+  </si>
+  <si>
+    <t>இது எழுபது ஆண்டுகளுக்கு முன்னர் நரகத்திற்குள் தூக்கியெறியப்பட்ட ஒரு கல்லாகும். அது இந்த நேரம்வரை நரகத்திற்குள் சென்று இப்போதுதான் அதன் ஆழத்தை எட்டியது' என்று சொன்னார்கள். (அது விழுந்த சப்தத்தைத்தான் (இப்போது) நீங்கள் செவியுற்றீர்கள்'.) என்று அவர் (ஸல்) கூறினார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
+  </si>
+  <si>
+    <t>அபூஹுரைரா ரழியல்லாஹு அன்ஹு  அவர்கள் கூறுகிறார்கள் : (ஒரு முறை) நாங்கள் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுடன் இருந்தோம். அப்போது, ஏதோ விழுந்த சப்தத்தை அவர்கள் கேட்டார்கள். (நாங்களும் அதனைக் கேட்டோம்.) அப்போது அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், 'இது என்ன (சப்தம்) என்று உங்களுக்குத் தெரியுமா?' என்று கேட்டார்கள்.
+நாங்கள், 'அல்லாஹ்வும் அவனுடைய தூதருமே நன்கறிந்தவர்கள்' என்று சொன்னோம். அதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், 'இது எழுபது ஆண்டுகளுக்கு முன்னர் நரகத்திற்குள் தூக்கியெறியப்பட்ட ஒரு கல்லாகும். அது இந்த நேரம்வரை நரகத்திற்குள் சென்று இப்போதுதான் அதன் ஆழத்தை எட்டியது' என்று சொன்னார்கள். (அது விழுந்த சப்தத்தைத்தான் (இப்போது) நீங்கள் செவியுற்றீர்கள்'.) என்று அவர் (ஸல்) கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>سَمِعَ النبيُّ صلى الله عليه وسلم صوتًا مُزْعِجًا كسقوطِ جسمٍ من الأجسام، فسأل مَن عنده من الصحابة رضي الله عنهم عن ذلك الصوت، فقالوا: الله ورسوله أعلم.
+فقال لهم صلى الله عليه وسلم: إنَّ هذا الصوت الذي سمعتموه هو لحَجَرٍ رُمي به من شَفِيْر جهنم منذ سبعين عامًا، فهو يهوي ويسقط فيها، حتى انتهى إلى قَعرِها الآن حين سمعتم الصوت.</t>
+  </si>
+  <si>
+    <t>ஏதோ மேலிருந்து ஒரு பொருள் விழுந்தது போன்ற ஒரு பயங்கரமான சத்தத்தை அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கேட்டார்கள். உடனே அவர்கள் அங்கிருந்த தோழர்களிடம் அந்த சப்தம் பற்றிக் கேட்டபோது, இது குறித்து அல்லாஹ்வும் அவனுடைய தூதருமே நன்கு அறிந்தவர்கள் என்று அவர்கள் பதிலளித்தனர்.
+அப்போது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அவர்களிடம் ' நிச்சயமாக நீங்கள் செவிமடுத்த அந்த சப்பதம் என்னவென்றால்;  எழுபது ஆண்டுகளுக்கு முன்பு நரகத்தின்  விளிம்பிலிருந்து எறியப்பட்ட ஒரு கல், அது நரகத்தின் ஆழத்தை அடையும் வரை கீழ் நோக்கி சென்று கொண்டே இருந்தது, அது இப்போது நரகத்தின் அடியை சென்றடைந்தது விட்டது, அதன் சப்தத்தைத்தான் தற்போது நீங்கள் கேட்டீர்கள் என நபி ஸல்லல்லாஹ} அலைஹி வஸல்லம் குறிப்பிடுகிறார்கள்.</t>
+  </si>
+  <si>
+    <t>الحث على الاستعداد لليوم الآخر بالعمل الصالح، والتحذير من جهنم.
+استحباب إسناد العلم إلى الله تعالى فيما لا علم للإنسان به.
+إثارة المعلّم الاهتمام والانتباه قبل البيان؛ ليكون أدعى إلى الإفهام.</t>
+  </si>
+  <si>
+    <t>நற்காரியங்களை செய்வதன் மூலம் மறுமைக்கு தயாராக வேண்டும் எனத் தூண்டப்பட்டிருப்பதோடு, நரகத்தை விட்டும் எச்சரிக்கப்பட்டிருத்தல்.
+மனிதன் தனக்கு தெரியாத ஒரு விடயத்தை அது குறித்த அறிவு அல்லாஹ்விடம் உண்டு என அல்லாஹ்விடம் சாட்டிவிடுவது வரவேற்கத்தக்க ஒரு விடயமாகும்.
+ஆசிரியர் (அல்லது அழைப்பாளர்) ஒரு விடயத்தை தெளிவு படுத்த முன் அவ்விடயத்தை யாரிடம் முன்வைக்கிறாரோ அவர்களின்; ஆர்வத்தை தூண்டி கவனத்தை ஈர்க்க வேண்டும். இச்செயற்பாடானது குறிப்பிட்ட விடயத்தை நன்கு புரியவைப்பதற்கு வழிவகுக்கும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3370</t>
+  </si>
+  <si>
     <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
   </si>
   <si>
     <t>ஒரு மனிதர் அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு அருகில் இடக் கையால் உணவு உண்டார். அப்போது அல்லாஹ்வின் தூதர் அவர்கள் 'வலக் கையால் உண்பீராக!' என்று சொன்னார்கள். அவர், 'என்னால் முடியாது' என்றார். அல்லாஹ்வின் தூதர் அவர்கள், 'உம்மால் முடியாமலே போகட்டும்!'</t>
   </si>
   <si>
     <t>عَنْ سَلَمَةَ بْنِ الْأَكْوَعِ رضي الله عنه: أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ»، مَا مَنَعَهُ إِلَّا الْكِبْرُ، قَالَ: فَمَا رَفَعَهَا إِلَى فِيهِ.</t>
   </si>
   <si>
     <t>ஸலமா இப்னுல் அக்வஃ ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள்: ஒரு மனிதர் அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு அருகில் இடக் கையால் உணவு உண்டார். அப்போது அல்லாஹ்வின் தூதர் அவர்கள் 'வலக் கையால் உண்பீராக!' என்று சொன்னார்கள். அவர், 'என்னால் முடியாது' என்றார். அல்லாஹ்வின் தூதர் அவர்கள், 'உம்மால் முடியாமலே போகட்டும்!' என்று சொன்னார்கள். அகம்பாவமே அவரை (அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்குக் கட்டுப்படாமல்) தடுத்தது. அவ்வாறே, அவரால் தமது வாய்க்குக் கையை உயர்த்த முடியாமல் போனது.</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا يَأكلُ بيدِه الشمال، فأَمَرَه أن يَأكلَ بيدِه اليمنى، 
 فأجابه الرجل تَكَبُّرًا وكَذِبًا بأنه لا يستطيع! 
 فدعا عليه النبيُّ صلى الله عليه وسلم أن يُحْرَمَ الأكلَ باليمين، 
 فأجاب الله دعوةَ نبيِّه بأنْ شُلَّتْ يَمينُه، فلم يرفعْها إلى فمِهِ بعد ذلك بطعام أو شراب.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு மனிதர் தனது இடக்கரத்தால் சாப்பிடுவதைக் கண்டு வலது கரத்தால் சாப்பிடுமாறு கட்டளைப்பிறப்பித்தார்கள். அதற்கந்த மனிதர் தனக்கு முடியாதென ஆணவத்துடனும் பொய்யாகவும் பதில் கூறினார். உடனே நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் வலது கையால் உண்பது தடுக்கப்பட வேண்டுமென பிரார்த்தனை புரிந்தார்கள். உடனே அல்லாஹ் தனது நபியின் பிரார்த்தனையை ஏற்றுக்கொண்டான். அதனால் அவரின் வலது கை செயலிழந்து போனது. அதன் பிறகு அவரால் உண்பதற்கோ குடிப்பதற்கோ வாயின் அருகில் வலக்கரத்தை உயர்த்த முடியவில்லை.</t>
   </si>
   <si>
     <t>وجوب الأكل باليمين، وحرمة الأكل بالشمال.
 الاستكبار عن تطبيق الأحكام الشرعية يستحق فاعلُه العقوبةَ.
 إكرام الله لنبيه محمد صلى الله عليه وسلم بإجابة دعوته.
 مشروعية الأمر بالمعروف والنهي عن المنكر على كل حالٍ حتى في حالِ الأكل.</t>
@@ -2261,151 +3648,151 @@
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் அல்லாஹ்வின் தூதரிடமிருந்து அறிவிக்கிறார்கள்: (தீய சகுணம்) பறவை சகுணம் இணைவைப்பாகும், தீய சகுணம் இணைவைப்பாகும், தீய சகுணம் இணைவைப்பாகும், என மூன்று தடைவகள் கூறினார்கள். எங்களில் இது குறித்த எண்ணம் உடையவர் எவரும் இல்லாமல் இல்லை. எனறாலும்; இதனை அல்லாஹ் தவக்குளின் மூலம் அகற்றி விடுகிறான்.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الطيرة وهي التشاؤُمُ مِن أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك، 
 وإنما ذَكَرَ الطَّيْرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشُّروع في عملٍ مِن سَفَرٍ أو تجارة أو غير ذلك، فإنْ طار جهة اليمين تَفاءَلَ ومَضى لِمَا يُريد، وإن طار جهة الشمال تشاءَمَ وكَفَّ عمّا يُريد. 
 وأخبر بأنها شرك، وإنما كان التشاؤم شركًا؛ لأنه لا يأتي بالخير إلا الله ولا يَدفع الشر إلا الله وحده لا شريك له.
 وذَكَرَ ابنُ مسعود رضي الله عنه أنه قد يقع في قلب المسلم شيءٌ من التشاؤم، ولكنْ عليه أن يَدفعَه بالتوكل على الله، مع فعل الأسباب.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தீய சகுணம் பார்ப்பதை எச்சரித்துள்ளார்கள். தீய சகுணம் என்பது  பறவைகள், விலங்குகள், மாற்றுத் திறனாளிகள், எண்கள், நாட்கள், அல்லது வேறு எதையும் கேட்கக்கூடிய அல்லது காணக் கூடிய எதிலும் துற்சகுணம் கொள்ளுதல் - இங்கே பறவைச் சகுணம் பற்றி குறிப்பிட்டிருப்பது அஞ்ஞானக் காலமாகிய ஜாஹிலிய்யாக் காலத்தில் பிரபல்யமாயிருந்ததினாலாகும். இப்பெயர் கொண்டு அழைக்கப்பட இதற்கென ஒரு அடிப்படை உண்டு அக்காலத்தில் ஒரு வேலை நிமித்தம் ஒரு பிரயாணத்தை ஆரம்பிக்க அல்லது வியாபாரத்தில் வெளிக்கிளம்பிச் செல்வது போன்ற விடயங்களை துவங்கும் போது பறவையை பறக்க விடுவார்கள் அது வலது பக்கமாக பறந்து சென்றால் நற்சகுணமாக கருதி அவர் விரும்பிய காரியத்தில் ஈடுபடுவார். அப்பறவை இடப்பக்கமாக பறந்தால் அது துற்சகுணமகாக் கருத்திற்கு கொண்டு  அவர் ஈடுபடப்போகும் காரியத்தை தவிர்த்துக்கொள்வார். இதுவே அக்கால நடைமுறையாகக் காணப்பட்டது. சகுணம் பார்த்தல் இணைவைப்பாகும் காரணம் நன்மையொன்றை ஏற்படுத்துவதும் தீங்கொன்றை தடுப்பதும் அல்லாஹ்வைத்தவிர வேறுயாருமில்லை அவன் தனித்தவன் அவனுக்கு யாதொரு இணையும் கிடையாது.
 சகுணம் போன்ற விடயங்கள் ஒரு முஸ்லிமின் உள்ளத்தில் சில வேளை ஏற்படலாம், அதனை உரிய வழிமுறைகளைப் பின்பற்றி அல்லாஹ்வின் மீது தவக்குள் (முழுமையாக அல்லாஹ்வை சார்ந்திருத்தல்) வைப்பதன் மூலமே தடுத்திட முடியும் என இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
   </si>
   <si>
     <t>சகுணம் பார்த்தல் அல்லாஹ் அல்லாத ஒன்றில் உள்ளம் தங்கியிருப்பதால் அது இணைவைத்தலாகும்.
 முக்கிய மார்க்கப் பிரச்சினைகள் தொடர்பாக பல தடவைகள் குறிப்பிடுதலின் அவசியம் இங்கு சுட்டிக்காட்டப்பட்டுள்ளமை. அவ்வாறு பல தடவைகள் குறிப்பிடுவதன் விளைவாக உள்ளத்தில் ஆழமாகப் பதிவதுடன் மனதில் நிரந்தராமாக இருக்கும்.
 அல்லாஹ்வின் மீது தவக்குள் (முழுமையாக அல்லாஹ்வை சார்ந்திருத்தல்) வைப்பதன் மூலம் சகுணத்தை போக்கிவிட முடியும்.
 அல்லாஹ்வின் மீது மாத்திரம் தவக்குள் -நம்பிக்கை - வைக்க வேண்டும்- எனவும் உள்ளம் அவனுடன் இணைந்திருக்க வேண்டும் எனவும் இந்த ஹதீஸ் வலியுறுத்தியிருத்தல்.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3383</t>
   </si>
   <si>
     <t>أليس يحرمون ما أحل الله فتحرمونه؟ ويحلون ما حرم الله فتحلونه؟ فقلت: بلى، قال: فتلك عبادتهم</t>
   </si>
   <si>
     <t>"அல்லாஹ் ஹலாலாக்கியதை அவர்கள் ஹராமாக்க நீங்களும் ஹராமாக்கவில்லையா? அல்லாஹ் ஹராமாக்கியதை அவர்கள் ஹலாலாக்க நீங்களும் ஹலாலாக்கவில்லையா? எனக் கேட்க, நான் ஆம் என்றேன், "அதுதான் அவர்களை வணங்குவதாகும்" என்றார்கள்.</t>
   </si>
   <si>
     <t>عن عدي بن حاتم رضي الله عنه : "أنه سمع النبي صلى الله عليه وسلم يقرأ هذه الآية: "اتَّخَذُوا أَحْبَارَهُمْ وَرُهْبَانَهُمْ أَرْبَابًا مِنْ دُونِ اللَّهِ وَالْمَسِيحَ ابْنَ مَرْيَمَ وَمَا أُمِرُوا إِلاَّ لِيَعْبُدُوا إِلَهًا وَاحِدًا لا إِلَهَ إِلاَّ هُوَ سُبْحَانَهُ عَمَّا يُشْرِكُونَ" فقلت له: إنا لسنا نعبدهم، قال: أليس يُحَرِّمُونَ ما أحل الله فتُحَرِّمُونَهُ؟ ويُحِلُّونَ ما حَرَّمَ الله فتُحِلُّونَهُ؟ فقلت: بلى، قال: فتلك عبادتهم".</t>
   </si>
   <si>
     <t>அத்ய் பின் ஹாதிம் (ரலி) கூறுகின்றார்கள் : நபி (ஸல்) அவர்கள் "அவர்கள் அல்லாஹ்வை விட்டும் தம் பாதிரிகளையும், தம் சந்நியாசிகளையும் மர்யமுடைய மகனாகிய மஸீஹையும் தெய்வங்களாக்கிக் கொள்கின்றனர்; ஆனால் அவர்களோ ஒரே இறைவனைத் தவிர (வேறெவரையும்) வணங்கக்கூடாதென்றே கட்டளையிடப்பட்டுள்ளார்கள்; வணக்கத்திற்குரியவன் அவனன்றி வேறு இறைவன் இல்லை - அவன் அவர்கள் இணைவைப்பவற்றை விட்டும் மிகவும் பரிசுத்தமானவன்" எனும் வசனத்தை ஓதத் தான் கேட்ட போது நாம் அவர்களை வணங்குவதில்லையே என்று கூறினேன். அப்போது நபியவர்கள் : "அல்லாஹ் ஹலாலாக்கியதை அவர்கள் ஹராமாக்க நீங்களும் ஹராமாக்கவில்லையா? அல்லாஹ் ஹராமாக்கியதை அவர்கள் ஹலாலாக்க நீங்களும் ஹலாலாக்கவில்லையா? எனக் கேட்க, நான் ஆம் என்றேன், "அதுதான் அவர்களை வணங்குவதாகும்" என்றார்கள்.</t>
   </si>
   <si>
     <t>حينما سمع هذا الصحابي الجليل تلاوة الرسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- لهذه الآية التي فيها الإخبار عن اليهود والنصارى: بأنهم جعلوا علماءهم وعبّادهم آلهة لهم يشرعون لهم ما يخالف تشريع الله فيطيعونهم في ذلك، استشكل معناها، لأنه كان يظن أن العبادة مقصورة على السجود ونحوه، فبين له الرسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- أن من عبادة الأحبار والرهبان: طاعتهم في تحريم الحلال وتحليل الحرام، خلاف حكم الله تعالى ورسوله -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ-.</t>
   </si>
   <si>
     <t>யூத, கிறிஸ்தவர்கள் அல்லாஹ்வின் சட்டத்திற்கு மாற்றமாக தமது மதகுருகள் உருவாக்கும் சட்டத்திற்குப் கட்டுப்படுவதன் மூலம் அம்மதகுருக்களைக் கடவுள்களாக எடுத்துக் கொண்டார்கள் என்ற செய்தியை உள்ளடக்கிய இறைவசனத்தை நபியவர்கள் ஓதும் போது செவிமடுத்த இந்த நபித்தோழருக்கு அதன் கருத்தில் குழப்பநிலை தோன்றியது, ஏனெனில் வணக்கம் என்பது சிரம்பணிவது போன்றன மாத்திரம் என அவர் விளங்கி வைத்திருந்தார். அல்லாஹ், ரஸூலின் சட்டத்திற்கு மாற்றமாக ஹலாலை ஹராமாக்குவதிலும், ஹராமை ஹலாலாக்குவதிலும் தமது மதகுருக்களுக்குக் கட்டுப்படுவதும் அவர்களை வணங்குவதுதான் என நபியவர்கள் தெளிவுபடுத்தினார்கள்.</t>
   </si>
   <si>
     <t>أن طاعة العلماء وغيرهم من المخلوقين في تغيير أحكام الله -إذا كان المطيع يعرف مخالفتهم لشرع الله- شركٌ أكبر.
 أن التحليل والتحريم حقٌّ لله -تعالى-.
 بيان لنوع من أنواع الشرك وهو شرك الطاعة.
 مشروعية تعليم الجاهل.
 أن معنى العبادة واسعٌ يشمل كل ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرة والباطنة.
 بيان ضلال الأحبار والرهبان.
 إثبات شرك اليهود والنصارى.
 أن أصل دين الرسل واحد وهو التوحيد.
 أن طاعة المخلوق في معصية الخالق عبادة له.
 وجوب الاستفسار من أهل العلم عما خفي حكمه.
 حرص الصحابة على العلم.</t>
   </si>
   <si>
     <t>படைப்பினங்களில் அல்லாஹ்வின் சட்டத்தை மாற்றும் அறிஞர்கள் போன்றவர்களுக்கு- அவர்கள் ஷரீஅத்திற்கு முரண்படுகின்றார்கள் என்று அறிந்தும்- கட்டுப்படுவது பெரிய இணைவைப்பாகும்.
 ஒன்றை ஆகுமாக்குவதும், தடுப்பதும் அல்லாஹ்வின் உரிமையாகும்.
 வழிப்படுவதில் இணைவைப்பு எனும் இணைவைப்பின் வகைகளில் ஒன்று இங்கு தெளிவுபடுத்தப்பட்டுள்ளது.
 அறிவீனர்களுக்குக் கற்றுக் கொடுப்பதும் மார்க்கத்தில் ஒரு பகுதியாகும்.
 வணக்கம் என்பது அல்லாஹ் விரும்பி, பொருந்திக் கொள்ளும் அனைத்து வித உள்ரங்க, வெளிப்படையான சொல், செயல் அனைத்தையும் உள்ளடக்கும் பரந்த பொருள் கொண்ட ஒரு வார்த்தையாகும்.
 யூத, கிறிஸ்தவ மதகுருக்கள் வழிகேட்டிலேயே உள்ளனர்.
 யூத, கிறிஸ்தவர்களும் இணைவைக்கின்றனர் என்பதை இந்நபிமொழி உறுதி செய்கின்றது.
 அனைத்து இறைத்தூதர்களினதும் மார்க்கத்தின் அடிப்படை ஒன்றுதான், அதுதான் ஓரிறைக் கொள்கையாகும்.
 படைத்தவனுக்கு மாறு செய்யும் விடயத்தில் படைப்பினத்திற்கு வழிப்படுவது அவர்களை வணங்குவதாகும்.
 அறியாத சட்டங்களை அறிஞர்களிடம் கேட்டுத் தெளிவு பெற்றுக் கொள்வது அவசியமாகும்.
 அறிவு கற்பதில் நபித்தோழர்களின் ஆர்வத்தை இங்கு காணலாம்.</t>
   </si>
   <si>
+    <t>رواه الترمذي</t>
+  </si>
+  <si>
+    <t>[இதனைத் திர்மிதி பதிவு செய்துள்ளார்]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3384</t>
   </si>
   <si>
     <t>فقلنا: أنت سيدنا، فقال: السيد الله، قلنا: وأفضلنا فضلا، وأعظمنا طولا، فقال: قولوا بقولكم، أو بعض قولكم، ولا يستجرينكم الشيطان</t>
   </si>
   <si>
     <t>நீங்கள் எங்கள் (மாபெரும்} தலைவர்"என்று கூறினோம், அதற்கு நபியவர்கள் அல்லாஹ்வே மாபெரும் தலைவன் ஆவான். அப்போது நாம் நீங்கள் எங்களில் அந்தஸ்த்தால் உயர்ந்தவராகவும் அள்ளி வழங்கும் வள்ளலாகவும்  இருக்கிறீர்கள் என்று கூறினோம். அதற்கு  நபியவர்கள் நீங்கள் சொல்வதை சொல்லுங்கள் அல்லது சிலதை கூறுங்கள்  உங்களை ஷைத்தான் எல்லை மீறிப்புகழ்வதற்கு இட்டுச் செல்லாதிருக்கட்டும்.' எனக் குறிப்பிட்டார்கள்</t>
   </si>
   <si>
     <t>عَن عَبدِ الله بنِ الشِّخِّير رضي الله عنه قَالَ: انْطَلَقْتُ في وَفدِ بَنِي عَامِرٍ إِلى رَسُولِ الله صلى الله عليه وسلم، فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ».</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு அஸ்ஸிஹ்ஹீர் رضى الله عنه அவர்கள் அறிவிக்கின்றார்கள்; பனூஆமிர் கூட்டாத்தாருடன் நபியவர்களிடம் நான் சென்றேன். அப்போது நாம் நபியவர்களைப் பார்த்து"  நீங்கள் எங்கள் (மாபெரும்} தலைவர்"என்று கூறினோம், அதற்கு நபியவர்கள் அல்லாஹ்வே மாபெரும் தலைவன் ஆவான். அப்போது நாம் நீங்கள் எங்களில் அந்தஸ்த்தால் உயர்ந்தவராகவும் அள்ளி வழங்கும் வள்ளலாகவும்  இருக்கிறீர்கள் என்று கூறினோம். அதற்கு  நபியவர்கள் நீங்கள் சொல்வதை சொல்லுங்கள் அல்லது சிலதை கூறுங்கள்  உங்களை ஷைத்தான் எல்லை மீறிப்புகழ்வதற்கு இட்டுச் செல்லாதிருக்கட்டும்.' எனக் குறிப்பிட்டார்கள்.</t>
   </si>
   <si>
     <t>جاءَ جماعةٌ إلى النبيِّ صلى الله عليه وسلم، فلمّا وَصَلَوا إليه قالوا -مَادِحِين له- بعضَ الكلمات التي كَرِهَها صلى الله عليه وسلم، 
 فقالوا: "أنت سيدُنا"، 
 فقال لهم صلى الله عليه وسلم: 
 "السيدُ الله" 
 فله السُّؤْدَدُ التامُّ على خلقِهِ وهم عبيدُهُ. 
 وقالوا: أنت "أَفْضَلُنا فَضْلًا" وأعلانا رُتبةً وشرفًا ومزيةً. 
 وأنت "أعظَمُنا طَوْلًا" وأكثرنا عطاءً وعُلوًّا ورفعةً. 
 ثم أرشدَهم النبيُّ صلى الله عليه وسلم أن يقولوا قولهم المعتاد ولا يتكلَّفوا الألفاظ، وألَّا يَجُرَّهم الشيطان إلى الغلو والإطراء الذي يُوقِع فيما حُرِّم من الشرك ووسائله.</t>
   </si>
   <si>
     <t>ஒரு குழு நபி (ஸல்) அவர்களிடம் வந்து, அவர்களை அணுகியதும், அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் விரும்பாத சில வார்த்தைகளால் அவர்களைப் புகழ்ந்து கூறினார்கள். அவர்கள் நபியவர்களைப் பார்த்து: 'நீங்கள் எங்கள் எஜமானர்.' என்று கூறினார்கள் அதற்கு  நபிகள் நாயகம் (ஸல்) அவர்கள்: ''எஜமானன் அல்லாஹ்', எனக்  கூறினார்கள். ஏனெனில் தனது படைப்பின் மீது முழு இறையாண்மை அவனுக்கே உள்ளது,  ஆகையினால் அவர்கள் அவனுடைய அடிமைகளாவர். அவர்கள் மேலும் சொன்னார்கள்: நீங்கள் 'எங்களில் சிறந்தவர்' அதாவது பதவி, மரியாதை மற்றும் தகுதி ஆகியவற்றில் எங்களில் உயர்ந்தவர். அதாவது நீங்கள் எங்களில் ' தாராள மனப்பான்மை கொண்டவர் '  தாராளமாக கொடுப்பவர், உயர்ந்தவர் மற்றும் எங்களில் மிகவும் மதிப்புமிக்கவர். பின் நபிகள் நாயகம் (ஸல்லல்லாஹு அலைஹிவஸல்லம்) அவர்கள் ஷிர்க் (பல தெய்வ வழிபாடு) மற்றும் அதற்கு வழிவகுக்கும் காரணிகளான மிகைப்படுத்தல் மற்றும் எல்லை மீறல் போன்ற ஷைத்தானின் சூழ்சிகளுக்கு ஆட்படாமல் இருக்க, வலிந்து வார்த்தைகளைக் கூறாது சாதாரணமாக வார்த்தைகளைக் கூறி புகழுமாறு வழிகாட்டினார்கள்.</t>
   </si>
   <si>
     <t>عظم قدر النبي صلى الله عليه وسلم في نفوس أصحابه واحترامهم له.
 النهي عن التكلّف في الألفاظ، والاقتصاد في المقال.
 حماية التوحيد عما يُخِلُّ به من الأقوال والأعمال.
 النهي عن الغلو في المدح، فهو من مداخل الشيطان.
 النبي صلى الله عليه وسلم هو سيِّدُ ولد آدم، وما جاء في الحديث هو من باب التواضع، ومن باب الخوف عليهم أن يغلو فيه.</t>
   </si>
   <si>
     <t>நபித்தோழர்களின் உள்ளத்தில் நபி (ஸல்) அவர்கள் பற்றி காணப்பட்ட உயர் மதிப்பையும் மரியாதையையும் இந்த ஹதீஸ் எடுத்தியம்புகின்றமை.
 இந்த ஹதீஸ் வழிந்து வார்த்தைகளைக் கூறுவதை தடுப்பதோடு வார்த்தைகளில் நடுநிலமையைக் கைக்கொள்ளுமாறு குறிப்பிடுதல்.
 தவ்ஹீதுக்கு  (ஏகத்துவத்திற்கு) பங்கம் ஏற்படுத்தக்கூடிய  வார்த்தைகள் மற்றும் செயல்களிலிருந்து  அதனைப் பாதுகாத்தல்.
 புகழ்வதில் எல்லைமீறிச்செல்வதை  தடைசெய்திருத்தல். ஏனெனில் அது ஷைத்தானின் நுழைவாயில்களில் ஒன்றாகும்.
 நபிகள் நாயகம் (ஸல்) அவர்கள் ஆதம் அலைஹிஸ்ஸலாம் அவர்களின் சந்ததிகளின் தலைவர் ஆவார், ஹதீஸில் குறிப்பிடப்பட்டிருப்பது பணிவின் அடிப்டையிலும், அவர்களின் மீது எல்லை மீறி செல்வதில் அச்சம் இருப்பதினாலும் ஆகும்.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
-    <t>[رواه أبو داود وأحمد]</t>
+    <t>[இமாம்களான அபூ தாவுத், அஹ்மத் ஆகியோரால் இது பதிவு செய்யப்பட்டுள்ளது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3389</t>
   </si>
   <si>
     <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>'நீர் வேதமுடையவர்களிடத்தில் செல்கிறீர். அவர்களிடம் சென்றடைந்துவிட்டால் வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர வேறு யாருமில்லை முஹம்மது அல்லாஹ்வின் தூதராவார் என்று (ஏகத்துவத்திற்கு) சாட்சி சொல்லும் படி அவர்களை அழைப்பீராக!</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா கூறுகின்றார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் முஆத் இப்னு ஜபல் ரழியல்லாஹு அன்ஹு அவர்களை யமன் நாட்டிற்கு ஆளுநராக அனுப்பிய போது பின்வருமாறு கூறினார்கள்: 'நீர் வேதமுடையவர்களிடத்தில் செல்கிறீர். அவர்களிடம் சென்றடைந்துவிட்டால் வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர வேறு யாருமில்லை முஹம்மது அல்லாஹ்வின் தூதராவார் என்று (ஏகத்துவத்திற்கு) சாட்சி சொல்லும் படி அவர்களை அழைப்பீராக!. இதற்கு அவர்கள் (இசைந்து) உமக்குக் கட்டுப்பட்டால், 'அல்லாஹ் தினமும் ஐவேளை தொழுவதைக் கடமையாக்கியுள்ளான்' என்பதை அவர்களுக்கு அறிவிப்பீராக! அவர்கள் இதற்கும் (இசைந்து) உமக்கு கட்டுப்பட்டால் 'அல்லாஹ் அவர்களில் செல்வந்தர்களிடமிருந்து பெற்று  அவர்களில் ஏழைகளுக்குக்கு வழங்குவதற்காக ஸகாத்தைத் கடமையாக்கியுள்ளான்' என அவர்களுக்கு அறிவிப்பீராக! அவர்கள் இதற்கும் (இசைந்து) உமக்குக் கட்டுப்பட்டால் அவர்களின் பொருட்களில் விலையுயர்ந்த பொருட்களை எடுப்பதை  குறித்து உம்மை எச்சரிக்கிறேன். அநீதி இழைக்கப் பட்டவனின் பிரார்த்தனைக்கு பயந்து கொள்ளும். ஏனெனில் அவனுக்கும் இறைவனுக்கும் மத்தியில் எந்தத் திரையும் கிடையாது'.</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் முஆத் ரழியல்லாஹு அவர்களை யமன் நாட்டிற்கு அழைப்பாளராகவும், போதகராகவும் அனுப்பும் போது அவர் கிறிஸ்தவ சமூகத்தை சந்திக்கப் போவதையும், அதனால் அதற்குரிய ஆயத்தங்களுடன் செல்ல வேண்டும் என்பதையும் தனது அழைப்புப் பணியில் முக்கியமானவற்றில் ஆரம்பித்து தனது பிரச்சாரப்பணியை ஆரம்பிக்க வேண்டும் என்பதையும் தெளிவு படுத்தினார்கள். அந்த வகையில் முதலில் 'உண்மையான வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர வேறு யாருமில்லை, முஹம்மது அல்லாஹ்வின் தூதராவார் என்று (ஏகத்துவத்திற்கு) சாட்சி கூறுதல் எனும்; நம்பிக்கையைச் சரிபடுத்தலின் பால் அழைக்க வேண்டும். இதன் மூலம்தான் அவர்கள் இஸ்லாத்தினுள் நுழைவார். இதற்கு அவர்கள் கட்டுப்பட்டால் அவர்களுக்கு தொழுகையை நிலைநாட்டுமாறு கட்டளையிட வேண்டும். ஏனெனில் ஒரிறைக் கொள்கையை ஏற்றதன் பின்னுள்ள மிகப்பெரும் கடமையாக தொழுகை காணப்படுகிறது. தொழுகையை அவர்கள் நிலைநாட்டினால் அவர்களில் உள்ள செல்வந்தர்களகள் தமது செல்வத்திலிருந்து ஏழைகளுக்கு ஸகாத் வழங்க வேண்டும் என பணிக்க வேண்டும். பின்னர் நபியவர்கள் அவர்களிடம் காணப்படும் விலையுயர்ந்த பொருள்களை ஸகாத்தாக பெறுவதை எச்சரித்தார்கள். ஏனெனில் ஸகாத் நடுத்தரமான பொருளிலிருந்தே பெறுதல் கடமையாகும். பின் அநியாயம் இழைக்கப்பட்டவரின் பிரார்த்தனை இறைவனால் ஏற்றுக்கொள்ளப்படும் என்பதினால்  அவருக்கெதிராக பிரார்த்திக்கக் கூடாது என்பதற்காக அநியாயம் இழைப்பதை தவிர்ந்து கொள்ளுமாறு உபதேசம் செய்தார்கள்</t>
   </si>
   <si>
@@ -2471,50 +3858,148 @@
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுவதைத் தான் கேட்டதாக உமர் இப்னுல் கத்தாப் ரழியல்லாஹு அன்ஹு  கூறுகின்றார்கள் : 'கிறிஸ்தவர்கள் மர்யமின் புதல்வரை (ஈஸாவை) அளவு கடந்து புகழ்ந்ததை  போன்று என்னை நீங்கள் அளவு கடந்து புகழ வேண்டாம், நான் அல்லாஹ்வின் அடியானாவேன், எனவே அல்லாஹ்வின் அடியார், தூதர் என்றே கூறுங்கள்'.</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>கிறிஸ்தவர்கள் ஈஸா இப்னு மர்யம் அலைஹிஸ்ஸலாம் அவர்களுக்கு செய்தது போல், ஷரீஆ வரைமுறையை மீறி தன்னை அளவு கடந்து புகழ்வதையும், அல்லாஹ்வின் பண்புகள், மற்றும் அவனுக்கே உரித்தான விஷேட செயல்களைக் கொண்டு வர்ணிப்பதையும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தடுத்தார்கள், அதே போன்று நபியவர்கள் மறைவானவற்றை அறிகிறார் என்று கருதுவது, அல்லது அல்லாஹ்வுக்கு நிகராக அவர்களிடம் பிரார்த்திப்பது போன்ற விடயங்களையும் இந்த ஹதீஸில் தடுத்துள்ளார்கள். பின்னர் அவர்கள் தான் யார் என்பதை பின்வருமாறு தெளிவுபடுத்துகிறார்கள். தான் அல்லாஹ்வின் அடியார்களில் ஒவருன், என்னை நீங்கள் அல்லாஹ்வின் அடியாரும் தூதருமாவார் என்று அழைக்குமாறு பணிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>புகழ்தல் மற்றும் மகிமைப்படுத்துதல்; ஆகிய விடயங்களில் ஷரீஆ வரையரையை மீறி செல்வதானது இணைவைப்பிற்கு வழிவகுக்கும் என்பதினால் கண்டிக்கப்பட்டிருத்தல்.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எச்சரித்த இந்த விடயம் எமது முஸ்லிம் சமூகத்தில் நிகழ்ந்து விட்டது. இதன் விளைவாக ஒரு பிரிவினர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிலும், இன்னொரு பிரிவினர் அஹ்லுல் பைத்தினரிலும், மற்றொரு பிரிவினர் அவ்லியாக்களிலும் அளவுகடந்து சென்றதினால் இணைவைப்பில் வீழ்ந்துள்ளனர்.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தன்னை அல்லாஹ்வின் அடியான் என வர்ணித்திருப்பது தான் அல்லாஹ்வால் இரட்சிக்கப்படுபவர் என்பதை தெளிவுபடுத்தவேயாகும். ஆகவே இரட்சகனின் பிரத்தியேக பண்புகளில் ஏதாவது ஒன்றை அவர்களுக்கு கற்பிப்பது கூடாது.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தன்னை அல்லாஹ்வின் தூதர் என வர்ணித்திருப்பது தான் அல்லாஹ்விடமிருந்து அனுப்பப்பட்ட தூதர் என்பதை தெளிவுபடுத்துவதேயாகும். ஆகவே அவர்களை உண்மைப்படுத்தி அவர்களை பின்பற்றுவது கடமையாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3406</t>
+  </si>
+  <si>
+    <t>لا عدوى ولا طيرة، ولا هامة ولا صفر، وفر من المجذوم كما تفر من الأسد</t>
+  </si>
+  <si>
+    <t>தொற்றுநோய் என்பது கிடையாது. பறவைகளைக் கொண்டு சகுனம் பார்ப்பதும் ஆந்தையால் சகுனம் பார்ப்பதும் கிடையாது. 'ஸஃபர்' மாதம் பீடை என்பதும் கிடையாது.சிங்கத்திடமிருந்து நீ எப்படி விரண் டோடுவாயோ அப்படி தொழுநோயாளியிடமிருந்து விரண்டோடு</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள். "தொற்றுநோய் என்பது கிடையாது. பறவைகளைக் கொண்டு சகுனம் பார்ப்பதும் ஆந்தையால் சகுனம் பார்ப்பதும் கிடையாது. 'ஸஃபர்' மாதம் பீடை என்பதும் கிடையாது.சிங்கத்திடமிருந்து நீ எப்படி விரண் டோடுவாயோ அப்படி தொழுநோயாளியிடமிருந்து விரண்டோடு."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أمور الجاهلية تحذيرًا منها، وبيانًا أن الأمر بيد الله، وأنه لا يكون شيء إلا بأمره وتقديره، وهي: 
+الأول: كان أهل الجاهلية يظنون أن المرض يُعدي بنفسه؛ فنهى صلى الله عليه وسلم عن الاعتقاد بانتقال المرض من المريض إلى غيره بطبعه؛ فالله هو المتصرف في الكون؛ وهو الذي ينزل الداء ويرفعه، ولا يحدُث ذلك إلا بإرادته وتقديره. 
+الثاني: كان أهل الجاهلية إذا خرجوا لسفر أو تجارة، زجروا الطير، فإن طار جهة اليمين استبشروا، وإن طار جهة اليسار تشاءموا ورجعوا، فنهى صلى الله عليه وسلم عن هذا التشاؤم بالطير، وبيَّن أنه اعتقاد باطل. 
+الثالث: كان أهل الجاهلية يقولون: إذا وقع طائر البومة على دار حصل لأهله مصيبة؛ فنهى صلى الله عليه وسلم عن التشاؤم بذلك. 
+الرابع: نهى عن التشاؤم بشهر صفر، وهو الشهر الثاني من الأشهر القمرية. وقيل صفر هو: حيةٌ تكون في البطن تصيب الماشية والناس، يزعمون أنها أشد عدوى من مرض الجَرَب؛ فنفى هذا الاعتقاد.
+الخامس: أمر بالابتعاد عن المصاب بمرض الجذام كما تبتعد عن حيوان الأسد، وذلك احتياطٌ للنفس وطلبٌ لها السلامة وفعلٌ للأسباب التي أمر الله بها، والجذام: مرض تتآكل منه أعضاء الإنسان.</t>
+  </si>
+  <si>
+    <t>எல்லா விவகாரங்களின் அதிகாரம் அல்லாஹ்வின் கையில் உள்ளது என்பதையும், அவனுடைய கட்டளை மற்றும் தீர்மானமத்தின் மூலமேயேன்றி எதுவும் நடக்காது என்பதை தெளிவுபடுத்தவும், ஜாஹிலிய்யாக் கால சில நடைமுறைகளை குறித்து எச்சரிக்கையாக இருக்க வேண்டும் என்பதை நபிகள் நாயகம் (ஸல்) அவர்கள் தெளிவுபடுத்துகிறார்கள். அவை பின்வருமாறு :
+முதலாவது : நோயானது தானாக பரவும்  என ஜாஹிலிய்யாக்கால மக்கள் நம்பிக் கொண்டிருந்தார்கள். இயல்பாக ஒரு நோயாளியிடமிருந்து இன்னொரு நோயாளிக்கு குறித்த நோயானது தொற்றும் என நம்புவதை  தடை செய்தார்கள். ஏனெனில் அல்லாஹ்வே இந்த பிரபஞ்சத்தை நிர்வகிப்பவன். அவனே நோயை இறக்குகிறான்; அதனை நீக்கி நோய் நிவாரணத்தையும் வழங்குகிறான். நோய் தொற்றுதல் என்பது அவனின் நாட்டம் மற்றும் தீர்மானத்தின் படியே நிகழும்.
+இரண்டாவது:ஜாஹிலிய்யாக் கால மக்கள் ஒரு பயணத்திற்கோ அல்லது வியாபாரத்திற்கோ செல்ல நாடினால் பறவையொன்றை பறக்க விடுவார்கள். அந்தப் பறவை வலது பக்கமாக சென்றால் அதனை நற்சகுணமாக கருதுவார்கள். ஆனால் அது இடதுபுறம் பறந்தால் அவர்கள் அதைத் தீய சகுனமாகக் கருதி திரும்பி விடுவார்கள். பறவைகளை கெட்ட சகுனமாகக் கருதும் இத்தகைய செயலை நபி (ஸல்லல்லாஹு அலைஹிவஸல்லம்) அவர்கள் தடை செய்து அது தவறான நம்பிக்கை என்று தெளிவு படுத்தினார்கள்.
+மூன்றாவது : ஜாஹிலிய்யாக் கால மக்கள் ஆந்தை ஒரு  வீட்டின் மீது விழுந்து விட்டால் அந்த வீட்டில் உள்ளோருக்கு சோதனை - பேரழிவு ஏற்பட்டு விடும் என கூறிக்கொண்டிருந்தார்கள். இவ்வாறு துற்சகுணம் கருதுவதை நபியர்வகள் தடை செய்தார்கள்.
+நான்காவது: சந்திர நாட்காட்டியில் இரண்டாவது மாதமான ஸஃபர் மாதத்தை கெட்ட சகுனமாக எடுத்துக் கொள்வதை தடை செய்தார்கள். 'ஸஃபர்' என்பது: கால்நடைகள் மற்றும் மக்களையும் பெரும் பாதிப்பை ஏற்படுத்தும்  வயிற்றில் காணப்படும் ஒருவகை புழுவாகும். இது சிரங்கு நோயை விட கடுமையானதும் பிறரில்  தொற்றக் கூடியதுமாகும் என்று ஜாஹிலிய்ய மக்கள் நம்பிக் கொண்டிருந்தார்கள். இத்தகைய நம்பிக்கையை பிழையானது என நபியவர்கள் அதனை நிராகரித்தார்கள்.
+ஐந்தாவது: தற்பாதுகாப்பைக் கருத்திற் கொண்டும், உயிரை பாதுகாக்கும் முகமாகவும், அல்லாஹ் கட்டளையிட்டுள்ள காரணகரியங்களை மேற்கொள்ளுதல் என்ற அடிப்படையிலும்; (முன்னெச்சரிக்கையாக) சிங்கத்திடம் இருந்து வெகுதூரம் விலகியிருப்பது போல் தொழுநோயாளியிடம் இருந்து விலகி இருக்குமாறு கட்டளையிட்டார்கள்;. தொழுநோய் என்பது : மனிதனின் உறுப்புகளைத் சிறிது சிறிதாக அரிக்கும்  ஒரு வகை நோயாகும்;.</t>
+  </si>
+  <si>
+    <t>وجوب التوكل على الله والاعتماد عليه، وفعل الأسباب المشروعة.
+وجوب الإيمان بقضاء الله وقدره، وأن الأسباب بيد الله وهو الذي يجريها أو يسلب تأثيرها.
+إبطال ما يفعله بعض الناس من التشاؤم بالألوان، كالأسود والأحمر، أو بعض الأرقام والأسماء والأشخاص وذوي العاهات.
+في النهي عن القرب من المجذوم ومثله أصحاب الأمراض المعدية؛ هو من الأسباب التي أجرى الله العادة بأنها تفضي إلى مسبباتها؛ فالأسباب لا تستقل بذاتها، بل الله هو الذي إن شاء سلبها قواها فلا تؤثر شيئًا، وإن شاء أبقاها فأثرت.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் மீது நம்பிக்கை வைப்பதும், அவனைச் சார்ந்திருப்பதும், அனுமதிக்கப்பட்ட வழிகளைப் பயன்படுத்துவதும் கடமையாகும்.
+அல்லாஹ்வின் விதி மற்றும் தீர்ப்பை நம்புவதும், அத்துடன் விவகாரங்களின் விளைவுகள் அல்லாஹ்வின் கையில் உள்ளது என்றும், அவனே அவற்றை பயன்மிக்கதாகவோ அல்லது பயனற்றதாகவோ ஆக்குகிறான் என்று நம்புவதும் கடமையாகும்.
+கருப்பு மற்றும் சிவப்பு போன்ற சில நிறங்கள் அல்லது குறிப்பிட்ட எண்கள், பெயர்கள், நபர்கள் அல்லது ஊனமுற்றவர்கள் போன்றவைகளில் கெட்ட சகுணம் -தீட்டு- இருப்பதாக கருதி மக்கள் செய்துகொண்டிருக்கும் நடை முறைகளை செல்லுபடியற்றதாக்குவதாகும்.
+தொழுநோயாளி மற்றும் தொற்று நோய்களால் பாதிக்கப்பட்டோரிடம் அருகில் செல்வது தடைசெய்யப்பட்டதாகும். அல்லாஹ்வால் விதிக்கப்பட்ட விளைவுகளுக்கு பொதுவாக அதற்கான காரணிகளில் ஒன்று வழிவகுக்க முடியும். அந்த வகையில் காரணங்கள் சுயாதீனமாக செயல்படமுடியாது. மாறாக, அல்லாஹ் நாடினால், அவற்றின் வீரியத்தை பறித்து எந்த தாக்கத்தையும் ஏற்படுத்தாது செய்து விடுகிறான். அவன் நாடினால், அதன் வீரியத்தை தக்க வைத்துக் அதனால் தாக்கத்தை ஏற்படுத்தி விடுகிறான்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3407</t>
+  </si>
+  <si>
+    <t>فوالله لأن يهدي الله بك رجلا واحدا، خير لك من أن يكون لك حمر النعم</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் மீதாணையாக! உங்கள் மூலம் ஒரேயொருவருக்கு அல்லாஹ் நல்வழியளிப்பது (அரபியரின் உயரிய செல்வமான) சிவப்பு ஒட்டகங்களை (சொந்தமாக்கிக் கொள்வதை விட, அல்லது அவற்றைத் தர்மம் செய்வதை)விட உங்களுக்குச் சிறந்ததாகும' என்று சொன் னார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ سَهْلُ بْنُ سَعْدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ غَدًا رَجُلًا يَفْتَحُ اللَّهُ عَلَى يَدَيْهِ، يُحِبُّ اللَّهَ وَرَسُولَهُ وَيُحِبُّهُ اللَّهُ وَرَسُولُهُ»، قَالَ: فَبَاتَ النَّاسُ يَدُوكُونَ لَيْلَتَهُمْ أَيُّهُمْ يُعْطَاهَا، فَلَمَّا أَصْبَحَ النَّاسُ غَدَوْا عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كُلُّهُمْ يَرْجُو أَنْ يُعْطَاهَا، فَقَالَ: «أَيْنَ عَلِيُّ بْنُ أَبِي طَالِبٍ؟» فَقِيلَ: هُوَ يَا رَسُولَ اللَّهِ يَشْتَكِي عَيْنَيْهِ، قَالَ: «فَأَرْسِلُوا إِلَيْهِ»، فَأُتِيَ بِهِ فَبَصَقَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي عَيْنَيْهِ وَدَعَا لَهُ، فَبَرَأَ حَتَّى كَأَنْ لَمْ يَكُنْ بِهِ وَجَعٌ، فَأَعْطَاهُ الرَّايَةَ، فَقَالَ عَلِيٌّ: يَا رَسُولَ اللَّهِ، أُقَاتِلُهُمْ حَتَّى يَكُونُوا مِثْلَنَا؟ فَقَالَ: «انْفُذْ عَلَى رِسْلِكَ حَتَّى تَنْزِلَ بِسَاحَتِهِمْ، ثُمَّ ادْعُهُمْ إِلَى الإِسْلاَمِ، وَأَخْبِرْهُمْ بِمَا يَجِبُ عَلَيْهِمْ مِنْ حَقِّ اللَّهِ فِيهِ، فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ».</t>
+  </si>
+  <si>
+    <t>ஸஹ்ல் இப்னு ஸஃத் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் :அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கைபர் நாளில் அல்லாஹ்வையும் அவனுடைய தூதரையும் நேசிக்கின்ற, மேலும், அல்லாஹ்வுடையவும் அவனு டைய தூதருடையவும் நேசத்தைப் பெற்ற ஒரு மனிதரிடம், நாளை (இஸ்லாமிய சேனையின்) இந்தக் கொடியைத் தரப்போகிறேன். அல்லாஹ் அவருக்கு வெற்றியளிப்பான்' என்று கூறினார்கள்.
+அந்தக் கொடி தம்மில் எவரிடம் தரப்படும் என்ற யோசனையில் மக்கள் அந்த இரவெல்லாம் ஆழ்ந்திருந்தனர். மறுநாள் காலையில் அவர்களில் ஒவ்வொருவரும் அது தம்மிடமே தரப்பட வேண்டுமென்று ஆசைப்பட்டவர்களாக, அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹிவஸல்லம்) அவர்களிடம் வந்தனர்.
+அப்போது நபி அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், 'அலீ பின் அபீதாலிப் எங்கே?' என்று கேட்டார்கள். 'அல்லாஹ்வின் தூதரே! அவருக்குக் கண்வலி ஏற்பட்டுள்ளது' என்று கூறப்பட்டது. நபி அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், '(அவரை அழைத்து வரும்படி) அவரிடம் ஆளனுப்புங்கள்' என்று கூறினார்கள். அலீ (ரழி) அவர்கள் அழைத்து வரப்பட்டபோது அவர்களின் கண்களில் அல்லாஹ்வின் தூதர் அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹிவஸல்லம்) அவர்கள், தமது உமிழ்நீரை உமிழ்ந்து அவருக்காகப் பிரார்த்தித்தார்கள். உடனே அன்னாரது கண், அதற்கு முன்பு வலி எதுவுமே இல்லாதிருந்ததைப் போல் குணமாகிவிட்டது.
+அப்போது  அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹிவஸல்லம்) அவர்கள், அலீ (ரழி) அவர்களிடம் அந்தக் கொடியைக் கொடுத்தார்கள். உடனே அலீ (ரழி) அவர்கள், 'நம்மைப் போன்று அவர்களும் (ஒரே இறைவனுக்குக் கீழ்ப்படிந்தவர்களாய்) ஆகும்வரை நான் அவர்களுடன் போரிடட்டுமா?'என்று கேட்டார்கள்.
+அதற்கு நபி (ஸல்லல்லாஹு அலைஹிவஸல்லம அவர்கள், 'நிதானமாகச் சென்று, அவர்களின் களத்தில் இறங்குங்கள். பிறகு அவர்களை இஸ்லாத்திற்கு அழைத்து (அதை ஏற்கும் பட்சத்தில்) அவர்கள்மீது கடமையாகின்ற, அல்லாஹ்விற்குச் செய்ய வேண்டிய கடமைகளை அவர்களுக்கு எடுத்துச் சொல்லுங்கள்.
+அல்லாஹ்வின் மீதாணையாக! உங்கள் மூலம் ஒரேயொருவருக்கு அல்லாஹ் நல்வழியளிப்பது (அரபியரின் உயரிய செல்வமான) சிவப்பு ஒட்டகங்களை (சொந்தமாக்கிக் கொள்வதை விட, அல்லது அவற்றைத் தர்மம் செய்வதை)விட உங்களுக்குச் சிறந்ததாகும' என்று சொன் னார்கள்.</t>
+  </si>
+  <si>
+    <t>أَخْبرَ النبيُّ صلى الله عليه وسلم الصحابة بانتصار المسلمين على يهود خيبر من الغد، وذلك على يد رجل يعطيه الراية وهو العلم الذي يتخذه الجيش شعارًا له، 
+وهذا الرجل من صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله، 
+فبات الصحابة ليلتهم يخوضون ويتحدثون عمن سيعطى الراية؟ رغبة في هذا الشرف العظيم، 
+فلما كان الصبح ذهبوا إلى النبيِّ صلى الله عليه وسلم، كلهم يرجوا أن يفوز بهذا الشرف، 
+فسأل صلى الله عليه وسلم عن علي بن أبي طالب رضي الله عنه؟ 
+فقيل: إنه مريض يشتكي عينيه.
+فأرسل إليه صلى الله عليه وسلم، فجاؤوا به، فبصق في عيني علي من ريقه الشريف، ودعا له، فشفي من مرضه وكأنه لم يكن به وجع، فأعطاه الراية، وأمره بالمضي برفق حتى يقترب من حصن العدو فيعرض عليهم الدخول في الإسلام، فإن أجابوه؛ أخبرهم بما يجب عليهم من الفرائض.
+ثم بيَّن صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لعلي فضل الدعوة إلى الله وأن الداعية إذا كان سببًا في هداية رجل واحد فذلك خير له من أن تكون له الإبل الحُمْر التي هي أنفس أموال العرب، فيمتلكها أو يتصدق بها.</t>
+  </si>
+  <si>
+    <t>தான் யாரிடம் கொடியை கையளிக்கிறேனோ அவரின் மூலம் நாளை கைபர் யூதர்களை முஸ்லிம்கள் வெற்றிகொள்வார்கள் என ஸஹாபாக்களிடம் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அறிவிக்கிறார்கள். கொடி என்பது படையினர் தமக்கு அடையாளாமாக குறியீடாக எடுத்துக்கொள்ளும் ஒரு விவகாரமாகும். குறித்த நபரின் பண்புகளில் ஒன்று அவர் அல்லாஹ்வையும் அவனின் தூதரையும் நேசிப்பவர், அவரையும் அல்லாஹ்வும் அவனின் தூதரும் நேசிக்கின்றனர். இந்த மாபெரும் சிறப்பை அடைந்து கொள்ளும் ஆர்வம் கொண்டதினால் ஸஹாபாக்கள் யாவரும் இந்த கொடி யாரிடம் வழங்கப்பட உள்ளதோ என்ற பேச்சில் மூழ்கி இரவு முழுவதையும் கழித்தனர். அதிகாலையானதும் குறித்த இம்மாபெரும் சிறப்பை அடைந்து கொள்ளவதை எதிர்பார்த்து அவர்கள் அனைவரும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் சென்றனர்.
+அப்போது நபியவர்கள் அலி ரழியல்லாஹு அன்ஹு அவர்களைப்பற்றி விசாரித்தார்கள்
+அதற்கவர்கள் அலி ரழி  ஒரு நோயாளி அவர் கண்ணோயினால் அவதிப்பட்டுக் கொண்டிருக்கிறார் என்று கூறினர்.
+உடனே நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அலி (ரழி) அவர்களை அழைத்துவர ஆட்களை அனுப்பினார்கள். அலி (ரழி) அவர்கள் வந்ததும் தனது புனித எச்சிலை அவரின் இரு கண்களிலும் துப்பி அவருக்காகப் பிராரத்தனை புரிய, அவரின் நோய் முழுமையாக குணமடைந்து விட்டது. அவ்வேளை அவரிடன் முஸ்லிம் சேனையின் கொடியை கொடுத்து, எதிரியின் கோட்டையையை மிகவும் மெதுவாக அனுகி அவர்களிடம் இஸ்லாத்தை முன்வைக்குமாறு வேண்டிக் கொண்டார்கள். அதற்கு அவர்கள் இணங்கி இஸ்லாத்தை ஏற்றுக்கொண்டால் அவர்களுக்கு இஸ்லாத்தின் கட்டாயக் கடமைகளை அறிவித்துக்கொடுக்குமாறும் நபியவர்கள் கட்டளைப்பிரப்பித்தார்கள்.
+பின்னர் ஸல்லல்லாஹு அலைஹிஸ்ஸலாம் அவர்கள் இறை அழைப்பணியின் சிறப்பு குறித்து  குறிப்பிடுகையில், இறை அழைப்புப்பணியில் ஈடுபடுவர், ஒரு நபர்; நேர்வழி பெறக் காரணமாக இருப்பாராயின் அறபுகளின் செல்வங்களில் மிகவும் பெறுமதிக்க உயர்ந்த செல்வமான சிவப்பு ஒட்டகையை பெற்றிருப்பதை விட மிகவும் சிறந்தது. அதனை அவர் தனக்கு சொந்தமாக்கிக் கொள்வார், அல்லது அதனை ஸதகா தர்மம் செய்து விடுவார் எனத் தெளிவுபடுத்தினார்கள்.</t>
+  </si>
+  <si>
+    <t>فضيلة علي بن أبي طالب -رضي الله عنه-، وشهادة رسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- له، بمحبة الله ورسوله له، ومحبته لله ورسوله.
+حرص الصحابة على الخير وتسابقهم إليه.
+مشروعية الأدب عند القتال وترك الطيش والأصوات المزعجة التي لا حاجة إليها.
+من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، وشفاء عيني علي بن أبي طالب على يديه بإذن الله. 
+أن المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.
+أن الدعوة تكون بالتدريج فيطلب من الكافر أولًا الدخول في الإسلام بالنطق بالشهادتين، ثم يُؤمر بفرائض الإسلام بعد ذلك.
+فضل الدعوة إلى الإسلام وما فيها من الخير للمدعو والداعي، فالمدعو قد يهتدي والداعي يُثاب ثوابًا عظيمًا.</t>
+  </si>
+  <si>
+    <t>அலி இப்னு அபூதாலிப் ரழியல்லாஹு அன்ஹு அவர்களின் சிறப்பும் குறிப்பிடப்பட்டுள்ளதுடன்  அவரை அல்லாஹ்வும் அவனின் தூதரும் நேசிக்கிறார்கள் என்றும், அவரும் அல்லாஹ்வையும் அவனின் தூதரையும் நேசிப்பவர் என்றும்  இறைத்தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் சாட்சி கூறியுள்ளமை.
+நன்மையானவற்றில் முந்திக்கொள்ள வேண்டுமென்ற ஸஹாபக்களின் ஆர்வம்.
+போரின் போது ஒழுக்கத்தை கடைப்பிடித்து அவசியமற்ற கூச்சல்கள் மற்றும் சப்தங்ககளை தவிர்ந்து கொள்ளுதல் இஸ்லாத்தின் வழிகாட்டலாகும்.
+யூதர்களுக்கெதிரான வெற்றியை அறிவித்தமை, அல்லாஹ்வின் உதவியால் நபியவர்கள் மூலம் அலி ரழியல்லாஹு அன்ஹு அவர்களின் கண்வலி குணமடைந்தமை போன்றன நபித்துவத்தின் சில அடையாளங்களாகும்.
+இஸ்லாத்தில் மக்களை நுழைவிப்பதே, ஜிஹாத்தின் உன்னதமான –பிரதான- குறிக்கோள் ஆகும்.
+தஃவாவில் படிமுறை ஒழுங்குளை கடைப்பித்தல் பிரதானமானது, அந்த வகையில் ஒரு காபிரிடம் முதலில் ஷஹாதா கலிமாக்களை மொழிவதன் ஊடாக இஸ்லாத்தை ஏற்றுக்கொள்ளுமாறு அழைத்தல் அதன் பிறகு இஸ்லாத்தின் கடமைகளை செய்யுமாறு ஏவுதல்.
+இஸ்லாத்தின் பால் மக்களை அழைப்பதன் சிறப்பு. இப்பணியில் அழைப்பாளர் அவ்வழைப்பை ஏற்று நேர்வழி பெறுபவர் இருவருக்கும் நன்மை உண்டு. அழைக்கப்படுவர் நேர்வழிபெறுகிறார், அழைப்பவருக்கு மகத்தான கூலி கிடைக்கிறது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3409</t>
   </si>
   <si>
     <t>أي عم، قل: لا إله إلا الله، كلمة أحاج لك بها عند الله</t>
   </si>
   <si>
     <t>நபி (ஸல்) அவர்கள் ''என் தந்தையின் சகோதரரே! 'லா இலாஹ இல்லல்லாஹ் (அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லை)' என்று சொல்லுங்கள்! இந்த (ஏகத்துவ உறுதிமொழிக்கான) சொல்லை வைத்து நான் உங்களுக்காக அல்லாஹ்விடம் வாதாடுவேன்'</t>
   </si>
   <si>
     <t>عن سَعِيدِ بْنِ الْمُسَيَّبِ، عَنْ أَبِيهِ قَالَ: لَمَّا حَضَرَتْ أَبَا طَالِبٍ الْوَفَاةُ، جَاءَهُ رَسُولُ اللهِ صلى الله عليه وسلم فَوَجَدَ عِنْدَهُ أَبَا جَهْلٍ وَعَبْدَ اللهِ بْنَ أَبِي أُمَيَّةَ بْنِ الْمُغِيرَةِ، فَقَالَ: «أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ»، فَقَالَ أَبُو جَهْلٍ وَعَبْدُ اللهِ بْنُ أَبِي أُمَيَّةَ: أَتَرْغَبُ عَنْ مِلَّةِ عَبْدِ الْمُطَّلِبِ، فَلَمْ يَزَلْ رَسُولُ اللهِ صلى الله عليه وسلم يَعْرِضُهَا عَلَيْهِ، وَيُعِيدَانِهِ بِتِلْكَ الْمَقَالَةِ، حَتَّى قَالَ أَبُو طَالِبٍ آخِرَ مَا كَلَّمَهُمْ: عَلَى مِلَّةِ عَبْدِ الْمُطَّلِبِ، وَأَبَى أَنْ يَقُولَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «وَاللهِ لَأَسْتَغْفِرَنَّ لَكَ مَا لَمْ أُنْهَ عَنْكَ»، فَأَنْزَلَ اللهُ: {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ} [التوبة: 113]، وَأَنْزَلَ اللهُ فِي أَبِي طَالِبٍ، فَقَالَ لِرَسُولِ اللهِ صلى الله عليه وسلم: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ} [القصص: 56].</t>
   </si>
   <si>
     <t>ஸஈத் இப்னுல் முஸய்யிப்  அவர்கள் தனது தந்தையிடமிருந்து அறிவிக்கிறார்கள் : (நபி (ஸல்) அவர்களுடைய தந்தையின் சகோதரர்) அபூதாலிப் அவர்களுக்கு மரண வேளை வந்தபோது அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் அவரிடம் சென்றார்கள். அங்கே அவரருகே அபூஜஹ்லையும் , 'அப்துல்லாஹ் பின் அபீஉமய்யா பின் முஃகீரா'வையும் கண்டார்கள். அப்போது  நபி (ஸல்) அவர்கள் ''என் தந்தையின் சகோதரரே! 'லா இலாஹ இல்லல்லாஹ் (அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லை)' என்று சொல்லுங்கள்! இந்த (ஏகத்துவ உறுதிமொழிக்கான) சொல்லை வைத்து நான் உங்களுக்காக அல்லாஹ்விடம் வாதாடுவேன்' என்று சொன்னார்கள்.
 அப்போது அபூஜஹ்லும், அப்துல்லாஹ் பின் அபீ உமய்யாவும் : அபூதாலிபே! நீங்கள் (உங்கள் தந்தை) அப்துல் முத்தலிபின் மார்க்கத்தை  வெறுத்து ஒதுக்கப்போகிறீர்களா? என்று கேட்டனர். அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் ஏகத்துவ உறுதிமொழியைக் கூறும்படி அவரிடம் கோரிக்கொண்டேயிருந்தார்கள். அவ்விருவரும் தாம் முன்பு சொன்னதையே சொல்லி (அவரைத் தடுத்து)க்கொண்டேயிருந்தார்கள். இறுதியில் அபூதாலிப் கடைசியாக அவர்களிடம் பேசியது ''நான் (என் தந்தை) அப்துல் முத்தலிபின் மார்க்கத்தில் இருக்கிறேன்' என்பதாகவே இருந்தது. 'லா இலாஹ இல்லல்லாஹ்' எனும் உறுதிமொழியைச் சொல்ல அவர் மறுத்துவிட்டார். அப்போது அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் ''அல்லாஹ்வின் மீதாணையாக! எனக்குத் தடை விதிக்கப்படும்வரை உங்களுக்காக நான் பாவமன்னிப்புக் கேட்டுக்கொண்டேயிருப்பேன்' என்று சொன்னார்கள். அப்போதுதான் ''இணைவைப்போருக்காகப் பாவமன்னிப்புக் கோர இறைத் தூதருக்கும், இறைநம்பிக்கையாளர் களுக்கும் உரிமை இல்லை' எனும் (9:113 ஆவது) வசனத்தை அல்லாஹ் அருளினான். அபூதாலிப் தொடர்பாக (நபியவர்கள் வருந்தியபோது) அல்லாஹ் ''(நபியே!) நீர் விரும்பியவரை (யெல்லாம்) நல்வழியில் செலுத்திவிட முடியாது. மாறாக அல்லாஹ் தான் நாடியவர்களை நல்வழியில் செலுத்துகிறான்' எனும் (கஸஸ் : 56 ஆவது) வசனத்தை அருளினான்.</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على عَمِّه أبي طالب وهو يَحْتَضِرُ، فقال له: 
 يا عم، قل "لا إله إلا الله"، كلمة أشهد لك بها عند الله، 
 فقال أبو جهل وعبد الله بن أبي أمية: يا أبا طالب، تترك ملة أبيك عبد المطلب؟! وهي عبادة الأصنام، فلم يزالا يُكلِّمانه حتى قال آخر شيء كلَّمهم به: على مِلَّةِ عبد المطلب، ملة الشرك وعبادة الأصنام، 
 فقال النبي صلى الله عليه وسلم: سأدعوا لك بالمغفرة ما لم ينهني ربي عن ذلك، فنزل قول الله تعالى: 
 {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ وَلَوْ كَانُوا أُولِي قُرْبَى مِنْ بَعْدِ مَا تَبَيَّنَ لَهُمْ أَنَّهُمْ أَصْحَابُ الْجَحِيمِ} [التوبة: 113]، 
 ونزل في أبي طالب قول الله تعالى: 
 {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللَّهَ يَهْدِي مَنْ يَشَاءُ وَهُوَ أَعْلَمُ بِالْمُهْتَدِينَ} [القصص: 56]، 
 فإنك لا تهدي مَن أحببتَ هدايتَه، إنما عليك البلاغ، والله يهدي من يشاء.</t>
   </si>
   <si>
@@ -2591,50 +4076,53 @@
     <t>யாருடைய தேவை நிறைவேறுவதிலிருந்து சகுனம் தடுக்கின்றதோ அவர் இணைவைத்து விட்டார், அதற்குரிய பரிகாரம் என்ன என வினவ, இறைவா நலவு உன்னிடமிருந்து மாத்திரம் தான், நல்ல சகுனமும் உன்னிடமிருந்து மாத்திரம் தான், உன்னைத் தவிர வேறு இறைவனில்லை என்று கூறட்டும்.</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص - رضي الله عنه- مرفوعاً: "مَن ردته الطِّيَرَة عن حاجته فقد أشرك، قالوا: فما كفارة ذلك؟ قال: أن تقول: اللهم لا خير إلا خيرك، ولا طَيْرَ إِلَّا طَيْرُكَ ولا إله غيرك".</t>
   </si>
   <si>
     <t>நபி (ஸல்) அவர்கள் கூறியதாக அப்துல்லாஹ் பின் அம்ரு பின் ஆஸ் (ரலி) அவர்கள் கூறினார்கள் : "யாருடைய தேவை நிறைவேறுவதிலிருந்து சகுனம் தடுக்கின்றதோ அவர் இணைவைத்து விட்டார், அதற்குரிய பரிகாரம் என்ன என வினவ, இறைவா நலவு உன்னிடமிருந்து மாத்திரம் தான், நல்ல சகுனமும் உன்னிடமிருந்து மாத்திரம் தான், உன்னைத் தவிர வேறு இறைவனில்லை என்று கூறட்டும்".</t>
   </si>
   <si>
     <t>يخبرنا رسول الله صلى الله عليه وسلم في هذا الحديث أن من منعه التشاؤم عن المضي فيما يعتزم فإنه قد أتى نوعًا من الشرك، ولما سأله الصحابة عن كفارة هذا الإثم الكبير أرشدهم إلى هذه العبارات الكريمة في الحديث التي تتضمن تفويض الأمر إلى الله تعالى ونفي القدرة عمن سواه.</t>
   </si>
   <si>
     <t>தான் முன்னெடுக்கவிருக்கும் ஒரு விடயத்தை விட்டும் யாரை தீய சகுனம் தடுக்கின்றதோ அவர் இணைவைப்பின் ஒரு வகையைச் செய்து விட்டார். இப்பாரிய பாவத்திற்கான பரிகாரம் என்னவென நபித்தோழர்கள் வினவிய போது அல்லாஹ்விடம் முழுப் பொறுப்பையும் சாட்டக்கூடிய, அவனுக்கு மாத்திரம்தான் சக்தியுள்ளது என்பதை உறுதிப்படுத்தக் கூடிய மேற்கண்ட வார்த்தையை மொழியுமாறு கூறினார்கள்.</t>
   </si>
   <si>
     <t>إثبات شرك من ردته الطيرة عن حاجته.
 قبول توبة المشرك.
 الإرشاد إلى ما يقوله من وقع في التطير.
 أن الخير والشر مقدر من الله -تعالى-.</t>
   </si>
   <si>
     <t>தீய சகுனத்தின் காரணமாக முன்னெடுக்கவிருந்த செயலை விடுவதும் இணைவைப்பாகும்.
 இணைவைப்பாளனின் பாவமன்னிப்பும் முறையாக இருக்கும்பட்சத்தில் ஏற்கப்படும்.
 சகுனம் பார்த்தவர் செய்ய வேண்டிய பரிகாரம் இங்கு கூறப்பட்டுள்ளது.
 நலவு, கெடுதி அனைத்தும் அல்லாஹ்வின் ஏற்பாட்டின் அடிப்படையிலேயே நடைபெறுகின்றன.</t>
+  </si>
+  <si>
+    <t>[இதனைஅஹ்மத் பதிவு செய்திருக்கிறார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3416</t>
   </si>
   <si>
     <t>أدخله الله الجنة على ما كان من العمل</t>
   </si>
   <si>
     <t>எனவும்  (சொல்லால் உரைத்து, உள்ளத்தால் நம்பி) உறுதிமொழி கூறுகிறவரை அல்லாஹ் அவரின் செயல்களுக்கேற்ப சொர்க்கத்தில் நுழைவிப்பான்.'</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ شَهِدَ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَأَنَّ عِيسَى عَبْدُ اللهِ وَرَسُولُهُ وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَالْجَنَّةُ حَقٌّ، وَالنَّارُ حَقٌّ، أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக உபாதா ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள்: 'வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர வேறெவருமில்லை' என்றும் 'முஹம்மது அல்லாஹ்வின் அடியாரும் அவனுடைய தூதரும் ஆவார்' என்றும், 'ஈஸா(அலைஹிஸ்ஸலாம்) அவர்கள் அல்லாஹ்வின் அடியாரும் அவனுடைய தூதரும் ஆவார்' என்றும், 'அல்லாஹ் மர்யமை நோக்கிச் சொன்ன ('ஆகுக!' என்னும்) ஒரு வார்ததை(யால் பிறந்தவர்)' என்றும், 'அவனிடமிருந்து (ஊதப்பட்ட) ஓர் உயிர்' என்றும், சொர்க்கம் (இருப்பது) உண்மை தான்' என்றும், நரகம் இருப்பது உண்மைதான் எனவும்  (சொல்லால் உரைத்து, உள்ளத்தால் நம்பி) உறுதிமொழி கூறுகிறவரை அல்லாஹ் அவரின் செயல்களுக்கேற்ப சொர்க்கத்தில் நுழைவிப்பான்.'</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ مَن نَطَقَ بكلمةِ التوحيد عارفًا لمعناها عاملًا بمقتضاها، 
 وشهد بعبودية محمد صلى الله عليه وسلم ورسالته، واعترف بعبودية عيسى ورسالته، 
 وأنَّ الله خلقه بقوله "كن" فكان، وأنه روح من الأرواح التي خلقها الله، 
 وَبَرَّأَ أُمَّهُ مِمّا نَسَبَه إليها اليهود، 
 وآمن بأن الجنة حق، وأن النار حق، معتقدًا وجودهما، وأنهما نعيم الله وعذابه، 
 ومات على ذلك؛ فمصيره إلى الجنة وإن كان مقصِّرًا في الطاعات، وله ذنوب.</t>
   </si>
   <si>
@@ -2779,50 +4267,83 @@
 أن سبب فقد العلم هو موت العلماء.
 التحذير من التقليد، وأنه قد يؤول بأهله إلى المروق من الإسلام.
 قدم الشرك في الأمم السابقة.
 أن هذه الأسماء الخمسة المذكورات من معبودات قوم نوح.
 بيان تكاتف وتعاون أهل الباطل على باطلهم.
 جواز الدعاء على الكفار على سبيل العموم.</t>
   </si>
   <si>
     <t>நல்லடியார்கள் விடயத்தில் அளவு கடந்து செல்வது அல்லாஹ் அல்லாமல் அவர்களை வணங்கி, மார்க்கத்தை அறவே விடக் காரணமாகின்றது.
 உருவப்படங்கள் செய்வது, அவற்றைத் தொங்க விடுவது- குறிப்பாக முக்கிய பிரமுகர்களது உருவங்கள்- போன்றவற்றை விட்டும் இந்நபிமொழி எச்சரிக்கின்றது.
 ஷைத்தானின் சூழ்ச்சி, சத்தியத்தின் போர்வையில் அசத்தியத்தை அவன் காட்டும் விதத்திலிருந்து எச்சரித்தல்.
 செய்பவரின் நோக்கம் நல்லதாக இருந்தாலும் மார்க்கத்தின் பெயரால் உருவாக்கப்பட்ட புதிதான நூதனங்களை விட்டும் எச்சரித்தல்.
 உருவப்படம் செய்வது (புகைப்படம் பிடிப்பது) இணைவைப்பிற்கு இட்டுச் செல்லக்கூடியதாகும், எனவே உயிருள்ளவற்றை உருவமாகச் செய்வதை (புகைப்படம் பிடிப்பதை) விட்டும் எச்சரிக்கையாக இருத்தல் வேண்டும்.
 அறிவு இருப்பதன் மகத்துவத்தையும், அது இல்லாமல் போவதால் ஏற்படும் விளைவையும் அறிந்து வைத்தல்.
 அறிவு மங்குவதற்கான காரணம் அறிஞர்கள் மரிப்பதாகும்.
 கண்மூடித் தனமாகப் பின்பற்றுவதை எச்சரித்தல், அது சிலவேளை இஸ்லாத்தை விட்டும் நலுவக் காரணமாகி விடும்.
 இணைவைப்பு புராதன சமூகங்களிலிருந்து இருந்து வந்த தொண்மையான ஒரு செயலாகும்.
 மேற்கூறப்பட்ட ஐந்து பெயர்களும் நூஹ் (அலை) அவர்களது சமூகத்தினரின் கடவுள்களாகும்.
 அசத்தியவாதிகள் தமது அசத்தியத்தில் கைகோர்ப்பதையும், ஒத்துழைப்பதையும் இச்செய்தி தெளிவுபடுத்துகின்றது.
 தனி நபர்களின்றி பொதுவாக இறை நிராகரிப்பாளர்களை சபிப்பது கூடும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3421</t>
   </si>
   <si>
+    <t>من جهز غازيا في سبيل الله فقد غزا، ومن خلف غازيا في سبيل الله بخير فقد غزا</t>
+  </si>
+  <si>
+    <t>'யார் இறைவழியில் போர் புரியும் ஒருவருக்குப் பயண வசதி செய்துகொடுக்கிறாரோ அவரும் அறப்போரில் பங்கு பற்றி போர்செய்தவராவார். யார் அறப்போர் வீரர் புறப்பட்டுச் சென்றபின் அவரது வீட்டாரின் நலன் காக்கின்றாரோ அவரும் அறப்போரில் பங்கு பெற்றவராவார்</t>
+  </si>
+  <si>
+    <t>عَن زَيْدِ بْنِ خَالِدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக ஸைத் இப்னு காலித் ரழியல்லாஹு அவர்கள் அறிவிப்பதாவது : 'யார் இறைவழியில் போர் புரியும் ஒருவருக்குப் பயண வசதி செய்துகொடுக்கிறாரோ அவரும் அறப்போரில் பங்கு பற்றி போர்செய்தவராவார். யார் அறப்போர் வீரர் புறப்பட்டுச் சென்றபின் அவரது வீட்டாரின் நலன் காக்கின்றாரோ அவரும் அறப்போரில் பங்கு பெற்றவராவார்.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن هَيَّأَ للغازي في سبيل الله أسبابَ سَفَرِه وما يَحتاج إليه مما لا بدَّ منه من سلاح، ومركوب، وطعام، ونفقة وغيرها؛ فهو في حكم الغازي، وحصل له ثواب الغزاة.
+ومَن تولَّى أمرَ الغازي بخير، ونابَ مَنابَه في مراعاة أهلِه زمانَ غيبتِه فهو في حكم الغازي.</t>
+  </si>
+  <si>
+    <t>'யார் ஒருவர் அறப்போரில் கலந்து கொள்ளும் ஒருவருக்கு பயணம் மற்றும் போருக்கு மிகவும் தேவையான ஆயுதம்,வாகனம்,செலவு போன்ற ஏனைய விடயங்களை  பொறுப்பேற்று அவற்றை ஒழுங்கு செய்து தயார்படுத்திக்கொடுக்கிறாரோ அவரும் ஒரு போராளியின் அந்தஸ்த்தில் இருக்கிறார் அவருக்கும் போரில் கலந்து கொள்ளும் போராளியின் அதே கூலி கிடைக்கும்.
+அறப்போரில் கலந்து கொள்ளச்சென்ற ஒருவரின் விவகாரத்தை பொறுப்பேற்று அவரின் குடும்ப விவகாரங்களை கவனித்து வருபவரும் அறப்போராளியின் அந்தஸ்த்தைப் பெற்றவராக இருக்கிறார் என நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள்.</t>
+  </si>
+  <si>
+    <t>حث المسلمين على التعاون على الخير.
+قال ابن حجر: وفي هذا الحديث الحث على الإحسان إلى من فعل مصلحة للمسلمين، أو قام بأمر من مهماتهم.
+القاعدة العامة: أنّ مَن أعانَ شخصًا في طاعة من طاعات الله كان له مثل أجره، من غير أن ينقص من أجره شيئًا.</t>
+  </si>
+  <si>
+    <t>முஸ்லிம்கள் தக்களுக்கு மத்தியில் நல்லவிடயங்களில் பரஸ்பர ஒத்துழைப்புடன் நடந்து கொள்ள ஆர்வமூட்டப்பட்டிருத்தல்.
+முஸ்லிம்களின் நலன்களில் ஈடுபடுவோருக்கு அல்லது அவர்களின் முக்கிய விவகாரங்களை மேற்கொள்வோருக்கு உபகராமும் உதவியும் வழங்க வேண்டும் என இந்த ஹதீஸ் குறிப்பிடுவதாக இப்னு ஹஜர் (ரஹ்) அவர்கள் குறிப்பிடுகிறார்கள்.
+அல்லாஹ்வின் கடமைகளில் ஒன்றை (நற்காரியமொன்றை) செய்ய பிறருக்கு உதவும் ஒருவருக்கு அதே போன்ற கூலி உண்டு. இது அக்கடமையை செய்தவரின் கூலியில் எதையும் குறைத்துவிடாது என்பது இஸ்லாத்தின் ஒரு பொது விதியாகும். (ஒரு நன்மையான காரியத்தை செய்ய ஒத்துழைத்த ஒருவருக்கும், அதைச்செய்தவருக்கும் சரிநிகரான கூலி உண்டு என்பது ஒரு பொது விதியாகும்.)</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3437</t>
+  </si>
+  <si>
     <t>عن النبي صلى الله عليه وسلم أنه قال في الأنصار: لا يحبهم إلا مؤمن، ولا يبغضهم إلا منافق، من أحبهم أحبه الله ومن أبغضهم أبغضه الله</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அன்ஸாரிகள் குறித்து இவ்வாறு கூறினார்கள் "அவர்களை உண்மை இறைவிசுவாசியைத் தவிர வேறு யாரும் நேசம் கொள்ளவும் மாட்டார். நயவஞ்சகனைத் தவிர வேறு யாரும் அவர்களை வெறுக்கவும் மாட்டார்.யார் அவர்களை நேசிக்கிறாரோ அவர்களை அல்லாஹ் நேசிக்கிறான். யார் அவர்களை வெறுக்கிறாரோ அவர்களை அல்லாஹ்வும் வெறுக்கிறான்</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ».</t>
   </si>
   <si>
     <t>பராஉ ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அன்ஸாரிகள் குறித்து இவ்வாறு கூறினார்கள் "அவர்களை உண்மை இறைவிசுவாசியைத் தவிர வேறு யாரும் நேசம் கொள்ளவும் மாட்டார். நயவஞ்சகனைத் தவிர வேறு யாரும் அவர்களை வெறுக்கவும் மாட்டார்.யார் அவர்களை நேசிக்கிறாரோ அவர்களை அல்லாஹ் நேசிக்கிறான். யார் அவர்களை வெறுக்கிறாரோ அவர்களை அல்லாஹ்வும் வெறுக்கிறான்".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حُبَّ الأنصار مِن أهل المدينة، علامةٌ على كمال الإيمان؛ وهذا لسابِقَتِهم في نُصرة الإسلام والنبي عليه الصلاة والسلام، والسعي في إيواء المسلمين، وبذلهم أموالهم وأنفسهم في سبيل الله، وأنَّ بُغضَهم عَلامةٌ على النفاق. 
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن أَحَبَّ الأنصار أحبَّه الله، ومَن أبغضهم أبغضَه الله.</t>
   </si>
   <si>
     <t>மதீனாவைச் சேர்ந்தவர்களான அன்ஸாரிகளை நேசம் கொள்வது ஈமானின் பூரணத்துவத்திற்கான அடையாளம் எனக் குறிப்பிடுகிறார்கள். ஆரம்பத்திலேயே இஸ்லாத்திற்கும் நபியவர்களுக்கும் செய்த உதவியினாலும் மதீனா முஸ்லிம்களுக்கு அடைக்களம் வழங்கி அவர்களின் உடமைகள் மற்றும் உயிர்களினாலும் செய்த தியாகத்தினாலும் இந்த சிறப்பு அவர்களுக்கு கிடைத்துள்ளது. அத்துடன் அவர்களை வெறுப்பது நயவஞ்சத்தின் அடையாளம் எனவும் இந்த ஹதீஸில் நபியவர்கள் பிரஸ்தாபிக்கிறார்கள் . தொடர்ந்தும் நபியவர்கள் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் 'யார் அன்ஸாரிகளை நேசிக்கிறாரோ அவரை அல்லாஹ்வும் நேசிப்பதாகவும் யார் அவர்களை வெறுக்கிறாரோ அவரை அல்லாஹ் வேறுப்பதாகவும் தெளிவு படுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>فيه مَنْقَبَة عظيمة للأنصار، فحُبُّهم علامةٌ على الإيمان وبراءةٌ من النفاق.
 حُبُّ أولياء الله ونصرتهم سبب في حب الله للعبد.
 فضل السابقين الأولين في الإسلام.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் அன்ஸாரிகளுக்கான மிகப்பெரும் சிறப்பு குறிப்பிடப்பட்டுள்ளமை. அதாவது அவர்களை நேசிப்பது ஈமானின் அடையாளமாகும், மேலும் நயவஞ்சகத்திலிருந்து தூய்மைபெற்றதற்கான அடையாளமுமாகும்.
@@ -2887,50 +4408,100 @@
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அம்மார் இப்னு யாஸிர் ரழியல்லாஹு அன்ஹு அவர்களை சில தேவைகளின் நிமித்தம் அனுப்பி வைத்தார்கள். அவ்வேளை அவருக்கு உடலுறவின் மூலம் அல்லது இச்சையினால் விந்து வெளிப்பட்டு; அவருக்கு பெருந்தொடக்கு ஏற்பட்டது.(குளிப்பு கடமையாகியது) ஆகவே அருக்கு குளிப்பதற்கான நீர் கிடைக்கவில்லை. சிறு தொடக்குக்குக்குரிய சட்டம் பற்றி அறிந்திருந்த அவர் பெருந்தொடக்குக்கு தயம்மும் செய்வதன் சட்டம் குறித்து அவர் அறியாதிருந்தார். சிறு தொடக்குக்கு வுழுவின் சில உறுப்புக்களை மண்ணில் தடவிக்கொள்வது போன்று, -நீரனால் உடல் முழுவதையும் கழுவிக்கொள்வதை ஒப்பிட்:டு - ஜனாபத்திற்கான தயம்மும் உடல் முழுவதையும் மண்ணில் படுத்துவதாகும் என எண்ணி இந்த விடயத்தில் ஒரு முடிவை பெற்று உடல் முழுவதும் மண் படுமளவிற்கு மண்ணில் புரண்டு விட்டு தொழுகையை நிறைவேற்றினார்கள். பின் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து, தான் செய்தது சரியா அல்லது தவறா என்பதை தெரிந்து கொள்ள இந்த விடயம் சம்பந்தமாக குறிப்பிட்டார்கள். அதற்கு நபியவர்கள் ,சிறு தொடக்கு சிறு நீர் கழித்தல் பெருந்துடக்கு ஜனாபத் போன்ற இரு தொடக்குகளிலிருந்து சுத்தப்படுத்திக்கொள்ளும் முறை பற்றி தெளிவு படுத்தினார்கள். இரு கைகளையும் மண்ணில் ஒரு முறை அடித்து விட்டு பின்னர் வலது கையால் இடது கையையும் இரு முன்னங்கைகளின் வெளிப்புறத்தையும் முகத்தையும் தடவிக்காட்டி  தெளிவு படுத்தினார்கள்.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>தயம்மும் செய்ய முன் நீரை தேடுவது அவசியமாகும்.
 ஜனாபத் ஏற்பட்ட ஒருவருக்கு நீர் கிடைக்க வில்லையெனில் அவருக்கு தயம்மும் செய்வது மார்க்கத்தில் அனுமதிக்கப்பட்ட விடயமாகும்.
 சிறு தொடக்குக்கு தயம்மும் செய்வது போன்று பெருந் தொடக்குக்கும் தயம்மும் அனுமதிக்கப்பட்டதாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3461</t>
   </si>
   <si>
+    <t>إن الناس إذا رأوا الظالم فلم يأخذوا على يديه أوشك أن يعمهم الله بعقاب منه</t>
+  </si>
+  <si>
+    <t>'மக்கள் ஒரு அநியாக்காரணைக் கண்டும்  அவனை தடுக்காதிருந்தால் விரைவில் அவர்கள் அனைவர் மீதும் தண்டனையை இறக்குவான்.'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بَكْرٍ الصِّدِّيقِ رضي الله عنه أَنَّهُ قَالَ: أَيُّهَا النَّاسُ، إِنَّكُمْ تَقْرَؤُونَ هَذِهِ الآيَةَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ}، وَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ».</t>
+  </si>
+  <si>
+    <t>அபூபக்ர் அஸ்ஸித்தீக் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள்: மக்களே நீங்கள் ' 'யாஅய்யுஹல்லதீன ஆமனு அலைக்கும் அன்புஸகும் லா யழுர்ருகும் மன் ழல்ல இதஹ்ததைத்தும்' பொருள் : (விசுவாசங் கொண்டோரே! நீங்கள் (தவறான வழியில் செல்லாது) உங்களைக் காப்பாற்றிக் கொள்ளுங்கள், நீங்கள் நேரான வழியில் சென்றால் வழி தவறியவர் உங்களுக்கு எவ்வித தீங்கும் செய்ய மாட்டார், அல்லாஹ்வின் பக்கமே உங்கள் யாவரின் மீட்சி இருக்கிறது, நீங்கள் (இங்கு) செய்து கொண்டிருந்தவைகளைப் பற்றி (அது சமயம்) அவன் உங்களுக்கு அறிவித்துவிடுவான்) என்ற வசனத்தை (அதன் ஆழமான கருத்தை தெரியாது) ஒதுகின்றீர்கள் ' நான் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் கூறுவதைக் கேட்டேன் : 'மக்கள் ஒரு அநியாக்காரணைக் கண்டும்  அவனை தடுக்காதிருந்தால் விரைவில் அவர்கள் அனைவர் மீதும் தண்டனையை இறக்குவான்.'</t>
+  </si>
+  <si>
+    <t>يُخبِرُ أبو بكر الصديق رضي الله عنه: أن الناس يقرؤون هذه الآية: 
+{يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ} [المائدة: 105].
+ويفهمون منها أنّ على الإنسان السعي في إصلاح نفسه فقط، وأنه لا يضره بعد ذلك ضلال من ضل، وأنهم غير مطالَبين بالأمر بالمعروف والنهي عن المنكر! 
+فأعلمهم أنها ليست كذلك، وأنه سمع النبي صلى الله عليه وسلم يقول: 
+إن الناس إذا رأوا الظالم فلم يمنعوه من ظلمه، وعندهم القدرة على منعه، يوشك أن يعمَّ الله الجميعَ بعقاب من عنده، الفاعل للمنكر، والساكت عنه.</t>
+  </si>
+  <si>
+    <t>மக்கள் 5ம் அத்தியாயத்தின் 105 ம் வசனத்தை ஓதிவருவருவதாக அபூபக்ர் ரழியல்லாஹு அன்ஹு குறிப்பிடுகிறார்கள்.
+(விசுவாசங்கொண்டோரே! நீங்கள் (தவறான வழியில் செல்லாது) உங்களைக் காப்பாற்றிக் கொள்ளுங்கள், நீங்கள் நேரான வழியில் சென்றால் வழி தவறியவர் உங்களுக்கு எவ்வித தீங்கும் செய்ய மாட்டார்).
+ஒரு மனிதனைப் பொருத்தவரை அவனை மாத்திரம் சீர்செய்துகொள்வதற்காக பாடுபடுவதுதான் கடமை என்பதையும் அத்துடன்  மற்றவர் வழிதவறிச்செல்வதால் தனக்கு அது ஒருபோதும் தீங்கு விளைவிக்காது என்பதையும், நன்மையை ஏவி தீமை தடுப்பதற்கான பொறுப்புக் கிடையாது அது தேவையில்லை என்பதாகவே இவ்வசனத்தின் மூலம் மக்கள் புரிந்து கொண்டிருக்கிறார்கள்.
+ஆனால் இவ்வசனத்தின் கருத்து அதுவல்ல. நபிஸல்லல்லாஹு அவர்கள் கூறுவதை  தான் செவிமடுத்ததாக அபூபக்ர் ரழியல்லாஹு அன்ஹு  குறித்த பின்வரும் செய்தியை அறிவிக்கிறார்கள் : மக்கள் அநியாயம் செய்யும் ஒருவனை கண்டு, தடுப்பதற்கான சக்தியிருந்தும்  அவனின் அநியாயத்தை தடுக்காதிருந்தால் அல்லாஹ் அவனின் தண்டனையை அனைவர் மீதும் விரைவில் இறக்கிவைப்பான். இத்தண்டனைக்கு தீமையை செய்தவனும் அதனை கண்டு மௌனம் காத்தவனும் உட்படுவான்.</t>
+  </si>
+  <si>
+    <t>واجب المسلمين التناصح والأمر بالمعروف والنهي عن المنكر.
+عقاب الله العام يشمل الظالم لظلمه، ويشمل الساكت عن الإنكار إن كان قادرًا على الإنكار.
+تعليم العامة وإفهامهم النصوص القرآنية على الوجه الصحيح لها.
+أنه يجب على الإنسان العناية بفهم كتاب الله عز وجل، حتى لا يفهمه على غير ما أراد الله تعالى.
+الاهتداء لا يتحقق مع ترك الأمر بالمعروف والنهي عن المنكر.
+التفسير الصواب للآية: الزموا حفظ أنفسكم عن المعاصي، فإذا حفظتم أنفسكم لم يضركم إذا عجزتم عن الأمر بالمعروف والنهي عن المنكر ضلال من ضل بارتكاب المناهي إذا اهتديتم إلى اجتنابها.</t>
+  </si>
+  <si>
+    <t>பரஸ்பரம் அறிவுரைக் கூறிக்கொள்வதும் நன்மையை ஏவித் தீமையைத் தடுப்பதும் முஸ்லிம்களின் மீதுள்ள கடமையாகும்
+அல்லாஹ்வின் பொதுத் தண்டனையானது அநியாயத்தைப் புரிந்தவனையும், அநியாயத்தைத் தடுப்பதற்கான முழுப்பலமும் சக்தியும் இருந்தும் அநியாயத்தை தடுக்காது மௌனம் காத்தவரையும் உள்ளடக்கிக்கொள்ளும்.
+அல்குர்ஆன் வசனங்களின் கருத்துக்களை சரியான முறையில் புரியவைத்து அதனை மக்களுக்கு கற்றுக் கொடுத்தல்.
+குர்ஆன் வசனத்திற்கு அல்லாஹ் நாடாத அர்த்தத்தை  புரிந்து கொள்ளாதிருப்பதற்காக, அல்லாஹ்வின் வேதத்தை தெரிந்து கொள்வதில் கரிசனை செலுத்துவது மிகவும் அவசியமாகும்.
+நன்மையை ஏவி தீமையை தடுப்பதை விட்டு விடுவதுடன் நேர்வழியை அடைந்து கொள்ள முடியாது.
+வசனத்தின் சரியான விளக்கம்: பாவங்களிலிருந்து உங்களைப் பாதுகாத்துக் கொள்ளுங்கள். நீங்கள் பாவங்களிலிருந்து உங்களைப் பாதுகாத்துக் கொண்டால், தடுக்கப்பட்டவற்றை செய்வதன் மூலம் வழிகெட்டுப்போனோரின் வழிகேட்டினால் நன்மையை ஏவவும் தீமையைத் தடுக்கவும் சக்தியற்று இருந்தாலும்  நீங்கள் அத்தடைகளை செய்யாது விலகியிருக்கும் வரையில்  உங்களுக்கு  அது தீங்கு விளைவிக்காது.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[இமாம்களான அபூதாவூத், திர்மிதீ, குப்ரா எனும் நூலில் இாம் நஸாஈ, இப்னுமாஜா, அஹ்மத் ஆகியோர் இதை பதிவு செய்துள்ளனர்]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3470</t>
+  </si>
+  <si>
     <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>'தன் இரண்டு தாடைகளுக்கிடையே உள்ள (நா)வையும், தன் இரு கால்களுக்கிடையே உள்ள மறைவுறுப்பையும் (பாவத்திலிருந்து பாதுகாப்பதாக) எவர் எனக்கு உத்தரவாதமளிக்கிறாரோ அவருக்கு சொர்க்கம் கிடைக்க நான் உத்தரவாதம் அளிக்கிறேன்'</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஸஹ்ல் இப்னு ஸஃது ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : 'தன் இரண்டு தாடைகளுக்கிடையே உள்ள (நா)வையும், தன் இரு கால்களுக்கிடையே உள்ள மறைவுறுப்பையும் (பாவத்திலிருந்து பாதுகாப்பதாக) எவர் எனக்கு உத்தரவாதமளிக்கிறாரோ அவருக்கு சொர்க்கம் கிடைக்க நான் உத்தரவாதம் அளிக்கிறேன்'.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இரண்டு விடயங்கள் குறித்து அறிவித்துள்ளார்கள். ஒரு முஸ்லிம் பின்வரும்  இரண்டு விடயங்களை கடைப்பிடித்து வாழ்ந்தால் அவன் சுவர்க்கம் நுழைவான்'
 முதலாவது : அல்லாஹ்வை கோபப்படுத்தும் விடயங்களை பேசுவதை விட்டும் நாவை பாதுகாத்தல் .
 இரண்டாவது : மானக்கேடானவற்றில் வீழ்வதை விட்டும் மறையுறுப்பை பாதுகாத்தல்.
 மேலே குறிப்பிடப்பட்ட இரு உறுப்புகளினாலும் அதிக பாவச்செயல்களும் குற்றங்களும் நிகழ்கின்றன</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
@@ -2939,66 +4510,66 @@
   <si>
     <t>மறையுறுப்பையும், நாவையும் பாதுகாப்பது சுவர்க்கம் செல்வதற்கான வழியாக அமையும்.
 நாவையும் மறையுறுப்பையும் விஷேடமாகக் குறிப்பிட்டதற்கான காரணம் அவை இரண்டுமே மனிதனின் இம்மை மறுமை துன்பத்திற்கும் சோதனைக்கும் மிகப்பெரும் அடிப்படையாக இருப்பதினாலாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3475</t>
   </si>
   <si>
     <t>كنت أغتسل أنا والنبي صلى الله عليه وسلم من إناء واحد كلانا جنب، وكان يأمرني، فأتزر، فيباشرني وأنا حائض،</t>
   </si>
   <si>
     <t>பெருந்துடக்குடன் இருந்த நானும் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களும் ஒரே பாத்திரத்திலிருந்து (தண்ணீர் அள்ளிக்) குளிப்போம். எனக்கு மாதவிடாய் ஏற்பட்டிருந்த போது, நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் என்னை (துணி கட்டிக்கொள்ளுமாறு) பணிப்பார்கள். அவ்வாறே நான் கீழாடை அணிந்து கொள்வேன். அப்போது அவர்கள் என்னை அணைத்துக் கொள்வார்கள்</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ، وَكَانَ يُخْرِجُ رَأْسَهُ إِلَيَّ وَهُوَ مُعْتَكِفٌ فَأَغْسِلُهُ وَأَنَا حَائِضٌ.</t>
   </si>
   <si>
     <t>உம்முல் முஃமினீன ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் கூறுகிறார்கள்: பெருந்துடக்குடன் இருந்த நானும் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களும் ஒரே பாத்திரத்திலிருந்து (தண்ணீர் அள்ளிக்) குளிப்போம். எனக்கு மாதவிடாய் ஏற்பட்டிருந்த போது, நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் என்னை (துணி கட்டிக்கொள்ளுமாறு) பணிப்பார்கள். அவ்வாறே நான் கீழாடை அணிந்து கொள்வேன். அப்போது அவர்கள் என்னை அணைத்துக் கொள்வார்கள் . நபியவர்கள் (மஸ்ஜிதுந் நபவீ பள்ளிவாசல்) 'இஃதிகாஃப்' இருந்த போது, அங்கிருந்தவாறே (அருகிலிருக்கும் அறையிலிருந்த) என் பக்கம் தலையை நீட்டுவார்கள். மாதவிடாய் ஏற்பட்டுள்ள நிலையிலும் நான் அவர்களது தலையைக் கழுவிவிடுவேன்.</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ أُمُّ المؤمنين رضي الله عنها عن بعض أحوالِها الخاصة معه صلى الله عليه وسلم، ومن ذلك: أنها كانت تغتسل من الجنابة معه صلى الله عليه وسلم مِن إناءٍ واحدٍ فيأخذان منه معًا. 
 وأنه صلى الله عليه وسلم إذا أراد إتيانَها وهي حائض أَمَرَها أَنْ تُغطي بدنَها مِن السُّرَّةِ إلى الركبة، فيباشرها بما دون الجماع. 
 وأنه صلى الله عليه وسلم كان يَعتكف في المسجد فيُخرِج رأسَه إلى عائشة فتغسله وهي في بيتها حائضٌ.</t>
   </si>
   <si>
-    <t>உம்முல் முஃமினீன்ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் நபியவர்களுடன் தனது; அந்தரங்க நிலைகள் குறித்த சில விடயங்களை இங்கு குறிப்பிடுகிறார்கள். அவற்றுள் அவர்கள் இருவரும் பெருந்துடக்கின் போது ஒன்றாக ஒரே பாத்திரத்திலிருந்து நீர் அள்ளிக் குளித்திருக்கிறார்கள். அத்துடன் மாதவிடாயின் போது சுகம் அனுபவிக்க நாடினால் உடலில் தொப்புல் முதல் முழங்கால் வரை தனது உடலை மறைத்துக்கொள்ளுமாறு பணித்துவிட்டு உடலுறவை தவிர்;த்து அவர்களை அணைத்துக்கொள்வார்கள். நபி ஸல்லலாஹு அலைஹிவஸல்லம் அவர்கள் மஸ்ஜிதுன் நபவியில் இஃதிகாப் இருக்கும் போது -ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் மாதவிடாய்ஏற்பட்டிருக்கும் நிலையில்  - நபியவர்கள் தனது தலையை நீட்ட அவர்களுடைய தலையை கழுவிவிடுவார்கள்.</t>
+    <t>உம்முல் முஃமினீன்ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் நபியவர்களுடன் தனது; அந்தரங்க நிலைகள் குறித்த சில விடயங்களை இங்கு குறிப்பிடுகிறார்கள். அவற்றுள் அவர்கள் இருவரும் பெருந்துடக்கின் போது ஒன்றாக ஒரே பாத்திரத்திலிருந்து நீர் அள்ளிக் குளித்திருக்கிறார்கள். அத்துடன் மாதவிடாயின் போது சுகம் அனுபவிக்க நாடினால் உடலில் தொப்புல் முதல் முழங்கால் வரை தனது உடலை மறைத்துக்கொள்ளுமாறு பணித்துவிட்டு உடலுறவை தவிர்த்து அவர்களை அணைத்துக்கொள்வார்கள். நபி ஸல்லலாஹு அலைஹிவஸல்லம் அவர்கள் மஸ்ஜிதுன் நபவியில் இஃதிகாப் இருக்கும் போது -ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் மாதவிடாய்ஏற்பட்டிருக்கும் நிலையில்  - நபியவர்கள் தனது தலையை நீட்ட அவர்களுடைய தலையை கழுவிவிடுவார்கள்.</t>
   </si>
   <si>
     <t>جواز اغتسال الرجل وزوجتِه مِن إناءٍ واحد.
 جواز مباشرة الحائض فيما دون الفرج، وأنَّ بدنَها طاهر.
 استحباب لبسِها الإزارَ وقتَ المباشرة.
 اتخاذ الأسباب المانعة من الوقوع في المحرم.
 منع مُكْثِ الحائضِ في المسجد.
 إباحة مباشرتِها الأشياءَ رطبة أو يابسة، ومن ذلك غسل الشعر وترجيله.
 حسن عشرة النبي صلى الله عليه وسلم لأهله.</t>
   </si>
   <si>
     <t>ஒரே பாத்திரத்தில் கணவனும் மனைவியும் குளிப்பது அனுமதிக்கப்பட்டதாகும்.
 பெண்குறியைத் தவிர்த்து மாதவிடாய் ஏற்பட்ட பெண்ணை கட்டி அணைத்து சுகம் அனுபவிப்பது அனுமதிக்கப்பட்டதாகும் ஏனெனில் அவளின் உடல் தூய்மையானதாகும்.
 கட்டிஅணைக்கும் நேரத்தில் பெண் துணியொன்றை  அவளது மறையுறுப்பு பகுதியில் கட்டிக் கொள்வது விரும்பத்தக்கது.
-தடைசெய்யப்பட்ட விடயமொன்றில் வீழ்வதை தவிர்க்கும்; வழிமுறைகளை கைக்கொள்வது இந்த ஹதீஸில் சுற்றிக்காட்டப்பட்டுள்ளமை.
+தடைசெய்யப்பட்ட விடயமொன்றில் வீழ்வதை தவிர்க்கும் வழிமுறைகளை கைக்கொள்வது இந்த ஹதீஸில் சுற்றிக்காட்டப்பட்டுள்ளமை.
 மாதவிடாய் ஏற்பட்ட ஒரு பெண் பள்ளியினுள் தரித்திருப்பது தடுக்கப்பட்டிருத்தல்.
 ஈரமான அல்லது உலர்ந்த பொருட்களைத் தொடுவது மாதவிடாய் பெண்ணுக்கு அனுமதிக்கப்படுகிறது,இதில்  தலைமுடியைக் கழுவுதல் மற்றும் தலையை வாரிவிடுவதல் ஆகியவை அடங்கும்.
 நபிகள் நாயகம் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் தம் குடும்பத்தாரிடம் அழகிய முறையில் நடந்து கொண்டமை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3476</t>
   </si>
   <si>
     <t>من وقاه الله شر ما بين لحييه، وشر ما بين رجليه دخل الجنة</t>
   </si>
   <si>
     <t>அபூ ஹுரைரா (ரழி) அறிவிக்கிறார்கள் : தன் இரு தாடைகளுக்கிடையே உள்ள (நாவின் ) தீங்கையும், ஒருவனது இரு கால்களுக்கிடையே உள்ள (மறையுறுப்பின்) தீங்கையும் அல்லாஹ் பாதுகாத்து விட்டால் அவன் சொர்க்கத்தில் நுழைவான் என்று நபி (ஸல்) கூறினார்கள்.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم : «من وقاه الله شر ما بين لَحْيَيْهِ، وشر ما بين رجليه دخل الجنة».</t>
   </si>
   <si>
     <t>அபூ ஹுரைரா (ரழி) அறிவிக்கிறார்கள்: தன் இரு தாடைகளுக்கிடையே உள்ள (நாவின் ) தீங்கையும், ஒருவனது இரு கால்களுக்கிடையே உள்ள (மறையுறுப்பின்) தீங்கையும் அல்லாஹ் பாதுகாத்து விட்டால் அவன் சொர்க்கத்தில் நுழைவான் என்று நபி (ஸல்) கூறினார்கள்.</t>
   </si>
   <si>
     <t>من حفظه الله عز وجل من التكلم بما يغضب الله تعالى ، ومن الوقوع في الزنا؛ فقد نجا ودخل الجنة.</t>
   </si>
   <si>
     <t>அல்லாஹ்வுக்கு கோபத்தை ஏற்படுத்தக் கூடிய விடயங்களை விட்டும், விபச்சாரத்தை விட்டும் அல்லாஹ் யாரை பாதுகாக்கிறானோ அவன் நரகை விட்டு தப்பி சுவர்க்கத்தில் நுழைந்து விடுகிறான்.</t>
   </si>
@@ -3012,119 +4583,337 @@
     <t>إن العبد ليتكلم بالكلمة ما يتبين فيها يزل بها إلى النار أبعد مما بين المشرق والمغرب</t>
   </si>
   <si>
     <t>அபூ ஹுரைரா ரழி அவர்கள் அறிவிக்கிறார்கள். "ஒரு அடியான் (நல்லதா?கெட்டதா? என) சிந்திக்காமல் பேசுகிறான், அதன் மூலம் அவன் கிழக்கிற்கும் மேற்கிற்குமிடையே உள்ள மிக தூரமான அளவுக்கு நரகில் வீழ்வான்" என நபி (ஸல்) கூறினார்கள்.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أَنَّهُ سَمِعَ النَّبيَّ -صلّى اللهُ عليه وسَلَّم يقول-: «إن العبد ليتكلم بالكلمة ما يتبين فيها يزلُّ بها إلى النار أبعدَ مما بين المشرق والمغرب».</t>
   </si>
   <si>
     <t>அபூ ஹுரைரா ரழி அவர்கள் அறிவிக்கிறார்கள் "ஒரு அடியான் (நல்லதா,கெட்டதா என) சிந்திக்காமல் பேசுகிறான். அதன் மூலம் அவன் கிழக்குக்கும் மேற்குக்குமிடையே உள்ள மிகத்தூரமான அளவுக்கு நரகில் வீழ்வான்" என நபி (ஸல்) கூறினார்கள்.</t>
   </si>
   <si>
     <t>يخبرنا صلى الله عليه وسلم أن هناك من الناس من لا يفكر عند إرادته الكلام هل هذا الكلام الذي سيقوله خير أم لا؟.
 والنتيجة تكون أن هذا المتكلم يقع بسبب عدم هذا التفكير في المحظور، ويعرض نفسه لعذاب الله في نار جهنم – عياذاً بالله- وربما يسقط في النار لمسافة هي أبعد مما بين المشرق والمغرب.</t>
   </si>
   <si>
     <t>நபி (ஸல்)அவர்கள் பேசும் சந்தர்ப்பத்தில் தான் சொல்லும் விடயம் நன்மையானதா இல்லையா என்பது குறித்து சிந்திக்காத சில மனிதர்கள் குறித்து எமக்கு இந்த ஹதீஸில் குறிப்பிடுகிறார்கள்.
 இவ்வாறு சிந்திக்காது பேசுகிறவர் அதன் விளைவால் அல்லாஹ் தடைசெய்த ஒரு விடயத்தில் தன்னை வீழ்த்திக் கொள்கிறார். ஆதலால் நரகில் அல்லாஹ்வின் வேதனைக்கு தன்னை உட்படுத்திக் கொள்கிறார். அல்லாஹ் பாதுகாப்பானாக. சில வேளை இவ்வாறான செயலால் நரகினுள் வீழ்ந்து விடுகிறான் அந்நரகத்தின் விஸ்தீரணம் கிழக்கிற்கும் மேற்கிற்குமிடையே உள்ளதை விட மிக தூரமாகும்</t>
   </si>
   <si>
     <t>ينبغي للإنسان أن لا يكثر الكلام.
 يجب على الإنسان أن يحفظ لسانه في كل أحواله، كالغضب والرضا، وألا يتكلم فيما لا يعنيه.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3479</t>
+  </si>
+  <si>
+    <t>ما من نبي بعثه الله في أمة قبلي إلا كان له من أمته حواريون، وأصحاب يأخذون بسنته ويقتدون بأمره</t>
+  </si>
+  <si>
+    <t>எனக்கு முன்னர் இருந்த எந்த சமுதாயத்திற்கும் அல்லாஹ் அனுப்பிய எந்த நபியாக இருப்பினும், அவருக்கென்று சில சீடர்களும், தோழர்களும் இருந்திருப்பர். அவர்கள் அந்த நபியின் வழிமுறையைப் பற்றிப் பிடிப்பர். அவரது கட்டளையைப் பின்பற்றுவர்</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ نَبِيٍّ بَعَثَهُ اللهُ فِي أُمَّةٍ قَبْلِي إِلَّا كَانَ لَهُ مِنْ أُمَّتِهِ حَوَارِيُّونَ، وَأَصْحَابٌ يَأْخُذُونَ بِسُنَّتِهِ وَيَقْتَدُونَ بِأَمْرِهِ، ثُمَّ إِنَّهَا تَخْلُفُ مِنْ بَعْدِهِمْ خُلُوفٌ يَقُولُونَ مَا لَا يَفْعَلُونَ، وَيَفْعَلُونَ مَا لَا يُؤْمَرُونَ، فَمَنْ جَاهَدَهُمْ بِيَدِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِلِسَانِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِقَلْبِهِ فَهُوَ مُؤْمِنٌ، وَلَيْسَ وَرَاءَ ذَلِكَ مِنَ الْإِيمَانِ حَبَّةُ خَرْدَلٍ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு மஸ்ஊத் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : எனக்கு முன்னர் இருந்த எந்த சமுதாயத்திற்கும் அல்லாஹ் அனுப்பிய எந்த நபியாக இருப்பினும், அவருக்கென்று சில சீடர்களும், தோழர்களும் இருந்திருப்பர். அவர்கள் அந்த நபியின் வழிமுறையைப் பற்றிப் பிடிப்பர். அவரது கட்டளையைப் பின்பற்றுவர். அவர்களுக்குப் பின்னர் சில வழித்தோன்றல்கள் வருவர். செய்யாதவற்றைக் கூறுவார்கள். ஏவப்படாதவற்றைக் செய்வார்கள். யாரெல்லாம் அவர்களோடு கையால் போரிடுகின்றார்களோ, அவர்கள் முஃமின்களாகும். யாரொல்லாம் அவர்களோடு நாவினால் போரிடுகின்றார்களோ, அவர்களும் முஃமின்களாகும். யாரொல்லாம் அவர்களோடு உள்ளத்தால் போரிடுகின்றார்களோ, அவர்களும் முஃமின்களாகும். அதற்கப்பால், ஈமானில் கடுகளவும் இல்லை.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن نبيٍّ بعثَه الله في أمة قَبلَه إلا كان له مِن أمته أصفياء وأنصار ومجاهدون مخلصون، يَصْلحون للخِلافة بعده؛ يأخذون بِسنّته، ويقتدون بأمره، ثم يجيء بعد أولئك السلف الصالح أُناسٌ لا خيرَ فيهم؛ يقولون ما لا يفعلون، ويفعلون ما لا يؤمرون؛ فمَن جاهدَهم بيده فهو مؤمن، ومن جاهدهم بلسانه فهو مؤمن، ومن جاهدهم بقلبه فهو مؤمن، وليس وراء ذلك من الإيمان حَبَّةُ خَرْدَلٍ.</t>
+  </si>
+  <si>
+    <t>இங்கு நபியவர்கள், தனக்கு முன்னர் இருந்த எந்த சமுதாயத்திற்கும் அல்லாஹ் அனுப்பிய எந்த நபியாக இருப்பினும், அச்சமுதாயத்தில் அவருக்கென்று, தூய்மையானவர்களும், உதவியாளர்களும், உளத்தூய்மையுடன் போராடுபவர்களும் இருப்பார்கள் என்றும், அந்த நபிக்குப் பின்னர் அவர்கள் ஆட்சிப்பொறுப்பை ஏற்பதற்குத் தகுதியானவர்களாகவும், நபியுடைய வழிமுறையை எடுத்து நடந்து, அவரது கட்டளைகளைப் பின்பற்றுபவர்களாகவும் இருப்பார்கள் என்றும், பின்பு அந்த நன்மக்களுக்குப் பின்னர் வரும் சிலர் எந்த நலவுமற்றவர்களாக இருப்பதோடு, அவர்கள் செய்யாததைக் கூறிக்கொண்டும், ஏவப்படாததைச் செய்துகொண்டும் இருப்பார்கள் என்றும் கூறிவிட்டு, யாரெல்லாம் அவர்களோடு கையால் போரிடுகின்றார்களோ, அவர்கள் முஃமின்களாகும். யாரொல்லாம் அவர்களோடு நாவினால் போரிடுகின்றார்களோ, அவர்களும் முஃமின்களாகும். யாரொல்லாம் அவர்களோடு உள்ளத்தால் போரிடுகின்றார்களோ, அவர்களும் முஃமின்களாகும். அதற்கப்பால், ஈமானில் கடுகளவும் இல்லை என்றும் கூறுகின்றார்கள்.</t>
+  </si>
+  <si>
+    <t>الحث على مجاهدة المخالفين للشرع بأقوالهم وأفعالهم.
+عدم إنكار القلب للمنكر دليلٌ على ضَعْفِ الإيمان أو ذَهابِه.
+تيسير الله سبحانه وتعالى للأنبياء مَن يَحمِلُ رسالتَهم مِن بعدِهم.
+مَن أراد النجاة فعليه باتباع منهج الأنبياء؛ لأنَّ كل طريق سوى طريقهم هلاك وغواية.
+كلَّما بَعُد العهدُ مِن النبي صلى الله عليه وسلم وأصحابه رضي الله عنهم تَرَكَ الناس السُّنَنَ واتبعوا الأهواءَ وأَحَدَثُوا البِدَع.
+بيان مراتب الجهاد، وأنه باليد لمن يستطيع التغيير، كأولياء الأمور والحكَّام والأمراء، وبالقول يكون ببيان الحق والدعوة إليه، وبالقلب يكون بإنكار المنكر وعدم حُبِّه أو الرضا به.
+وجوب الأمر بالمعروف والنهي عن المنكر.</t>
+  </si>
+  <si>
+    <t>தமது சொற்களிலும், செயற்களிலும் மார்க்கத்தோடு முரண்படுபவர்களுக்கெதிராக போரிட வலியுறுத்தல்.
+உள்ளம் ஒரு பாவத்தை வெறுக்காமல் இருப்பது, ஈமான் பலவீனமாக உள்ளது, அல்லது ஈமானே இல்லை என்பதற்கு ஓர் ஆதாரமாகும்.
+நபிமார்களுக்கு இலகுபடுத்திக்கொடுக்கும் விதமாக, அவர்களுக்குப் பின்னர் அவர்களது தூதைச் சுமந்து செல்லும் சிலரை ஏற்படுத்தியுள்ளமை.
+யார் வெற்றிபெற விரும்புகின்றாரோ, அவர் நபிமார்களின் வழிமுறையைப் பின்பற்றட்டும். ஏனெனில், அவர்களது வழி தவிர்ந்த அனைத்து வழிகளும் அழிவும், வழிகேடும் தான்.
+நபியவர்களது, மற்றும் நபித்தோழர்களது காலத்தை விட்டும் தூரமாகிக்கொண்டு செல்லும் போதெல்லாம், மக்கள் ஸுன்னாக்களை விட்டுவிட்டு, மனோஇச்சைகளைப் பின்பற்றி, நூதனங்களை உருவாக்கி விடுவர்.
+ஜிஹாத் எனும் போராட்டத்தின் படிமுறைகளைத் தெளிவுபடுத்துதல். தடுத்து நிறுத்தும் சக்தியுடைய, பொறுப்புதாரிகள், ஆட்சியார்கள், தலைவர்கள் போன்றோர் கையால் தடுப்பதும், அடுத்த கட்டமாக, பேச்சின் ஊடாக, சத்தியத்தைத் தெளிவுபடுத்தி அதன்பால் அழைப்பது, அடுத்த கட்டமாக, உள்ளத்தின் மூலம், பாவத்தைப் பொருந்திக் கொள்ளாமலோ, நேசிக்காமலோ வெறுப்பது.
+நன்மையை ஏவுவதும், பாவத்தைத் தடுப்பதும் கட்டாயமாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3480</t>
   </si>
   <si>
     <t>ستكون أمراء فتعرفون وتنكرون، فمن عرف برئ، ومن أنكر سلم، ولكن من رضي وتابع</t>
   </si>
   <si>
     <t>'உங்களுக்குச் சில ஆட்சித் தலைவர்கள் நியமிக்கப்படுவார்கள். அவர்களிடம் நீங்கள் நன்மையையும் காண்பீர்கள்; தீமையையும் காண்பீர்கள். தீமையை (மனதால்) வெறுத்தவர் பிழைத்தார்; மறுத்தவர் தப்பித்தார். (இதற்கு மாறாக,) யார் (தீமையைக் கண்டு) திருப்தி அடைந்து (அதற்குத்) துணை போனாரோ</t>
   </si>
   <si>
     <t>عَنْ أُمِّ سَلَمَةَ أُمِّ المُؤمنين رضي الله عنها: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ» قَالُوا: أَفَلَا نُقَاتِلُهُمْ؟ قَالَ: «لَا، مَا صَلَّوْا».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக உம்முல் முஃமினீன் உம்மு ஸலமா ரழியல்லாஹு அன்ஹா கூறுகின்றார்கள் : 'உங்களுக்குச் சில ஆட்சித் தலைவர்கள் நியமிக்கப்படுவார்கள். அவர்களிடம் நீங்கள் நன்மையையும் காண்பீர்கள்; தீமையையும் காண்பீர்கள். தீமையை (மனதால்) வெறுத்தவர் பிழைத்தார்; மறுத்தவர் தப்பித்தார். (இதற்கு மாறாக,) யார் (தீமையைக் கண்டு) திருப்தி அடைந்து (அதற்குத்) துணை போனாரோ (அவருக்குக் குற்றத்தில் பங்கு உண்டு)' என்று கூறினார்கள். மக்கள், 'அல்லாஹ்வின் தூதரே! அவர்களுடன் நாங்கள் போரிடலாமா?' என்று கேட்டார்கள். 'இல்லை. அவர்கள் தொழுகையை நிறைவேற்றும் வரை (வேண்டாம்)' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>أَخْبَرَ عليه الصلاة والسلام أنه يُولَّى علينا أمراء، نَعرف بعضَ أعمالِهم؛ لموافقتِها ما عُرِف من الشرع، ونُنْكر بعضَها؛ لمخالفتِه ذلك، 
 فمَن كَرِهَ بقلبِه المنكر ولم يَقدر على الإنكار؛ فقد برىء من الإثم والنفاق، 
 ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سَلِم مِن المعصية والمشاركة فيها، 
 ولكنْ مَن رضي فِعْلَهم وتابَعَهم عليه يهلك كما هلكوا.
 ثم سألوا النبي صلى الله عليه وسلم: ألا نقاتل وُلاةَ الأمرِ الذين هذه صفتُهم؟ فنهاهم عن ذلك، وقال: لا، ما أقاموا فيكم الصلاة.</t>
   </si>
   <si>
     <t>(ஒரு காலம் வரும் அக்காலத்தில்) ஆட்சித் தலைவர்களினால் சில பிரதிநிதிகள் எமக்கு நியமிக்கப்படுவார்கள், அவர்களிடம் மார்க்கத்திற்கு உடன்பட்ட சில நன்மைகளையும் காண்போம், ஷரீஆவுக்கு முரண்பட்ட சில பாவங்களையும் காண்டு அவற்றை நாம் மறுக்கும் நிலையில் இருப்போம்  என நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். அதனைத் தடுக்க சக்தியற்று, உள்ளத்தால் வெறுத்தவர் பாவத்திலிருந்தும் நயவஞ்சகத்தனத்திலிருந்தும் தப்பிக் கொண்டவராவார். கையினாலோ, நாவினாலோ தடுக்க சக்தி பெற்று, தடுத்தவரும் பாவத்திலிருந்து அதற்கு துணையாக இருப்பதிலிருந்தும் தப்பிவிட்டார். இருப்பினும் அவர்களது செயலைப் பார்த்து திருப்தியடைந்து, துணை போனவர்கள் அவர்களைப் போன்றே அழிந்து போவார்கள்.
 பின் தோழர்கள் அவர்களை எதிர்த்து நாம் போராடவா என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வினவினார்கள். அதற்கு நபியவர்கள் அவர்கள் தொழுகையை நிலைநாட்டும் வரை போர் தொடுக்க வேண்டாமெனத் தடுத்தார்கள்.</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எதிர்காலத்தில் நடக்கவிருக்கும் நிகழ்வுகளை முன்னறிவுப்புச் செய்தமையும், அவர்கள் அறிவித்தது போன்று அவை நிகழ்ந்தமையும் அவர்களது நபித்துவத்தின் அற்புதங்களில் ஒன்றாகும்.
 தீமையை ஏற்று திருப்தியடைவதும் அதற்கு துணைபோவதும் தடுக்கப்பட்டுள்ளது. அதனை தடுப்பதும் கண்டிப்பதும் கடமையாகும்.
 பிரதிநிதிகள் மார்க்கத்திற்கு முரணான செயலை உருவாக்கினால் மக்கள் அதற்கு கட்டுப்படுவது கூடாது.
 முஸ்லிம் பிரதிநிதிகள் -ஆட்சியாளர்களுக்கெதிராக கிளர்ச்சி செய்வதன் விளைவாக குழப்பம், இரத்தம் சிந்துதல், பாதுகாப்பு அற்றுப்போதல் போன்ற நிலைகள் ஏற்படுவதால் கிளர்ச்சி செய்வது தடுக்கப்பட்டுள்ளது. எனவே பாவிகளான தலைவர்களது தீமைகளை சகித்துக் கொண்டு, அவர்களது துன்புறுத்தல்களைப் பார்த்து பொறுமை காப்பது சிறந்தது என மார்க்கம் கருதுகிறது.
 தொழுகை இஸ்லாத்தின் மிகப்பெரும் குறியீடாகும், அதுவே இஸ்லாத்தையும் நிராகரிப்பையும் வேறுபடுத்தக்கூடிய மிகப்பெரும் அடையாளம்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3481</t>
   </si>
   <si>
+    <t>أعطيت خمسا لم يعطهن أحد قبلي</t>
+  </si>
+  <si>
+    <t>எனக்கு முன்னர் யாருக்கும் கொடுக்கப்படாத ஐந்து அம்சங்கள் எனக்குக் கொடுக்கப்பட்டுள்ளன</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُعْطِيتُ خَمْسًا لَمْ يُعْطَهُنَّ أَحَدٌ قَبْلِي: نُصِرْتُ بِالرُّعْبِ مَسِيرَةَ شَهْرٍ، وَجُعِلَتْ لِي الأَرْضُ مَسْجِدًا وَطَهُورًا، فَأَيُّمَا رَجُلٍ مِنْ أُمَّتِي أَدْرَكَتْهُ الصَّلاَةُ فَلْيُصَلِّ، وَأُحِلَّتْ لِي المَغَانِمُ، وَلَمْ تَحِلَّ لِأَحَدٍ قَبْلِي، وَأُعْطِيتُ الشَّفَاعَةَ، وَكَانَ النَّبِيُّ يُبْعَثُ إِلَى قَوْمِهِ خَاصَّةً وَبُعِثْتُ إِلَى النَّاسِ عَامَّةً».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக ஜாபிர் இப்னு அப்துல்லாஹ் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : எனக்கு முன்னர் யாருக்கும் கொடுக்கப்படாத ஐந்து அம்சங்கள் எனக்குக் கொடுக்கப்பட்டுள்ளன. ஒரு மாத பயணத்ததூரத்தின் அளவு (என்னைப் பற்றிய) பயத்தைக் கொண்டு நான் உதவப்பட்டுள்ளேன். பூமி தொழுமிடமாகவும், சுத்தம் செய்யக் கூடிதாகவும் எனக்கு ஆக்கித் தரப்பட்டுள்ளது. எனவே, எனது சமுதாயத்தைச் சேர்ந்த யாரும் எந்த இடத்தில் தொழுகை நேரத்தை அடைந்து கொண்டாலும், தொழுது விடட்டும். போர்ச் செல்வங்கள் எனக்கு ஹலாலாக்கப்பட்டுள்ளன. எனக்கு முன்னர் யாருக்கும் அது ஹலாலாக இருக்கவில்லை. எனக்கு 'ஷபாஆ' எனும் பரிந்துரை வழங்கப்பட்டுள்ளது. நபிமார்கள் தமது கூட்டத்திற்கு மாத்திரமே அனுப்பப்பட்டுக் கொண்டிருந்தார்கள். நான் எல்லா மனிதர்களுக்காகவும் அனுப்பப்பட்டுள்ளேன்.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله أعطاه خمسَ خصالٍ لم يُعْطَهُنَّ أحدٌ مِن الأنبياء قبله: 
+أولًا: نُصِرْتُ بالرُّعْب يُقذَف في قُلوب أعدائي ولو كان بيني وبينهم مَسِيْرَة شهر. 
+ثانيًا: جُعِلَت لنا الأرضُ مسجدًا نُصلِّي أينَما كُنَّا، وطَهُورًا بالتُّراب عند العَجْز عن الماء. 
+ثالثًا: أُحِلَّتْ لنا غَنائمُ الحَرْب، وهي التي يأخذُها المسلمون في حربِهم مع الكفار. 
+رابعًا: أُعْطِيْتُ الشَّفاعَة العُظْمَى في إراحة الناس مِن هَوْلِ مَوْقِفِ يوم القيامة. 
+خامسًا: أُرسِلْتُ إلى الخَلْق كافة إنسِهم وجنِّهم، بخلاف الأنبياء قبله فكانوا يبعثون إلى أقوامهم فقط.</t>
+  </si>
+  <si>
+    <t>தனக்கு முன்னர் வந்த எந்த நபிக்கும் கொடுக்கப் படாத, ஐந்து சிறப்புக்கள் தனக்கு வழங்கப் பட்டுள்ளதாக நபியவர்கள் அறிவிக்கின்றார்கள்.
+முதலாவது, பயத்தைக் கொண்டு நான் உதவி செய்யப்பட்டுள்ளேன். எனது எதிரிகள் ஒரு மாதகாலம் பயணம் செய்யும் தூரத்தில் இருந்தாலும், அவர்களது உள்ளத்தில் என்னைப் பற்றிய பயம் போடப்பட்டிருக்கும்.
+இரண்டாவது, பூமி எமக்குத் தொழுமிடமாக ஆக்கப்பட்டுள்ளது. நாம் எங்கிருந்தாலும் தொழலாம். நீரைப் பயன்படுத்த முடியாத போது, (பூமியில் உள்ள) மண், சுத்தத்தைத் பெற்றுத் தரும் ஒன்றாகவும் உள்ளது.
+மூன்றாவது, முஸ்லிம்கள், நிராகரிப்பாளர்களுடனான யுத்தத்தில் பெற்றுக் கொள்ளும் போர்ச்செல்வங்கள் எனக்கு ஹலாலாக்கப்பட்டுள்ளன.
+நான்காவது, மறுமையின் பயங்கர நிலையில் இருந்து மக்களுக்கு விடிவை வழங்குவதற்கான 'ஷபாஆ உழ்மா' எனப்படும் மாபெரும் பரிந்துரை எனக்கு வழங்கப்பட்டுள்ளது.
+ஐந்தாவது, மனித, ஜின்கள் என எல்லாப் படைப்புக்களுக்கும் நான் நபியாக அனுப்பட்டுள்ளேன். அவர்களுக்கு முன்னர் இருந்த நபிமார்கள் அவ்வாறல்ல. அவர்கள் தமது சமுதாயத்திற்கு மாத்திரமே நபியாக அனுப்பப்படுவார்கள்.</t>
+  </si>
+  <si>
+    <t>مشروعية تَعديد العبد لِنِعَم الله عليه إخبارًا بها وشُكرًا لله عليها.
+فضل الله عز وجل على هذه الأمة وعلى نبيِّها بهذه الخِصال.
+وجوب فعل الصلاة في وقتِها على أيِّ حالٍ كانت، ويَفعل ما يَقدر عليه من شروطها وأركانها وواجباتها.
+الشفاعة التي اختص بها النبي صلى الله عليه وسلم من بين الأنبياء، أنواع؛ أحدها: شفاعته للخلق في فَصْلِ القَضَاء بينهم، ومنها: شفاعته في دخول أهل الجنة الجنة، ومنها: شفاعته خاصة في عمِّه أبي طالب في تخفيف النار عنه لا في الخروج؛ لأنه مات كافرًا.
+خِصال للنبي صلى الله عليه وسلم كثيرة لم تُذْكَر في هذا الحديث ومنها: أُعْطِيَ جوامع الكلم، وخُتِمَ به النبيُّون، وجُعلت صفوفُنا كصفوف الملائكة وغيرها من الخصال.</t>
+  </si>
+  <si>
+    <t>ஓர் அடியான், அடுத்தவர்களுக்கு தெரியப்படுத்தும் விதமாகவும், நன்றிசெலுத்தும் விதமாகவும் அல்லாஹ் தனக்கு வழங்கியுள்ள அருட்கொடைகளை கூறிக்கொள்வது அனுமதிக்கப்பட்டுள்ளது.
+இந்த சமுதாயத்தையும், அதன் நபியையும் அல்லாஹ் இவ்விடயங்கள் மூலம் சிறப்பித்துள்ளமை.
+எந்த நிலையிலாவது, தொழுகையை அதன் உரிய நேரத்தில் நிறைவேற்றுதல். தன்னால் இயன்றளவு, அதன் நிபந்தனைகளையும், அடிப்படை அம்சங்களையும், கடமைகளையும் நிறைவேற்றுவார்.
+ஏனைய நபிமார்களுக்கல்லாது, நபியவர்களுக்கு மாத்திரம் உள்ள சிபாரிசுகள் பல வகைப்படும். 1. படைப்புக்களின் விசாரணையை ஆரம்பிக்குமாறு, அவர்களுக்காக பரிந்துரை செய்தல். 2. சுவனவாதிகள் சுவனம் நுழையப் பரிந்துரை செய்தல். 3. அபூ தாலிபுக்காக மாத்திரம், நரகில் இருந்து வெளியேற்றுமாறு அல்லாமல் தண்டனையைக் குறைக்குமாறு பரிந்துரை செய்தல். ஏனெனில் அவர் நிராகரிப்பாளராக மரணித்தார்.
+இந்த ஹதீஸில் சொல்லப்படாத மேலும் பல சிறப்பம்சங்கள் நபியவர்களுக்குண்டு. உதாரணமாக, சுருக்கமான வார்த்தைகள் கொண்டு நிறைய அர்த்தங்களை உள்ளடக்கிப் பேசுதல். நபிமார்களில் இறுதியானவராக உள்ளமை, எமது வரிசைகள் மலக்குமார்களின் வரிசைகள் போன்றுள்ளமை போன்ற சிறப்பம்சங்கள்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3503</t>
+  </si>
+  <si>
+    <t>لا تدعن في دبر كل صلاة تقول: اللهم أعني على ذكرك وشكرك وحسن عبادتك</t>
+  </si>
+  <si>
+    <t>ஒவ்வொரு தொழுகையின் இறுதியிலும், 'அல்லாஹும்ம அஇன்னீ அலா திக்ரிக வசுக்ரிக வஹுஸ்னி இபாததிக' (யா அல்லாஹ்! உன்னை நினைவுகூறவும், உனக்கு நன்றிசெலுத்தவும், அழகான முறையில் உன்னை வணங்கவும் எனக்கு நீ உதவுவாயாக) என்று கூறுவதை விட்டுவிட வேண்டாம். என நான் உமக்கு உபதேசம் செய்கின்றேன்.'</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه: أَنَّ رَسُولَ صَلَّى عَلَيْهِ وَسَلَّمَ أَخَذَ بِيَدِهِ، وَقَالَ: «يَا مُعَاذُ، وَاللَّهِ إِنِّي لَأُحِبُّكَ»، فَقَالَ: «أُوصِيكَ يَا مُعَاذُ لَا تَدَعَنَّ فِي دُبُرِ كُلِّ صَلَاةٍ تَقُولُ: اللَّهُمَّ أَعِنِّي عَلَى ذِكْرِكَ وَشُكْرِكَ وَحُسْنِ عِبَادَتِكَ».</t>
+  </si>
+  <si>
+    <t>முஆத் பின் ஜபல் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : நபியவர்கள் எனது கையைப் பிடித்து இவ்வாறு கூறினார்கள் : முஆதே! நான் உம்மை நேசிக்கின்றேன்! முஆதே! ஒவ்வொரு தொழுகையின் இறுதியிலும், 'அல்லாஹும்ம அஇன்னீ அலா திக்ரிக வசுக்ரிக வஹுஸ்னி இபாததிக' (யா அல்லாஹ்! உன்னை நினைவுகூறவும், உனக்கு நன்றிசெலுத்தவும், அழகான முறையில் உன்னை வணங்கவும் எனக்கு நீ உதவுவாயாக) என்று கூறுவதை விட்டுவிட வேண்டாம். என நான் உமக்கு உபதேசம் செய்கின்றேன்.'</t>
+  </si>
+  <si>
+    <t>أَخَذَ النبيُّ صلى الله عليه وسلَّم بِيَدِ معاذ رضي الله عنه، وقال له: والله إني لَأُحِبُّك، وأُوصيك يا معاذ لا تَدعنَّ أن تقول آخِرَ كلِّ صلاة: 
+(اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
+(وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
+(وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
+  </si>
+  <si>
+    <t>நபியவர்கள் முஆத் (ரலி) அவர்களின் கையைப் பிடித்து இவ்வாறு கூறினார்கள் :  நான் உம்மை நேசிக்கின்றேன்! முஆதே! ஒவ்வொரு தொழுகையின் இறுதியிலும், பின்வரும் துஆவைக் கூறுவதை விட்டுவிடவேண்டாம் என நான் உமக்கு உபதேசம் செய்கின்றேன். 'யா அல்லாஹ் (வணக்கத்திற்கு நெருக்கமாக்கி வைக்கும் ஒவ்வொரு வார்த்தையிலும், செயலிலும்) உன்னை நினைவுகூறவும், (கிடைக்கின்ற அருட்கொடைகளுக்காகவும், தடுக்கப்படுகின்ற சோதனைகளுக்காகவும்) நன்றிசெலுத்தவும், (உளத்தூய்மையுடனும், நபியவர்களைப் பின்பற்றியும்) அழகான முறையில் உன்னை வணங்கவும் எனக்கு உதவி செய்வாயாக!'</t>
+  </si>
+  <si>
+    <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
+استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
+في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
+من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
+قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
+  </si>
+  <si>
+    <t>ஒரு மனிதர் அல்லாஹ்வுக்காக இன்னொருவரை நேசிப்பதை அறிவித்துவிடுவது மார்க்கம் காட்டித் தந்த ஒன்றாகும்.
+கடமையான, உபரியான எல்லாத் தொழுகையின் இறுதியிலும் இந்த துஆவை ஓதுவது ஸுன்னாவாகும்.
+குறைவான சொற்களைக் கொண்ட இந்த துஆவில், உலக, மறுமைத் தேவைகள் அனைத்தும் உள்ளடங்கியுள்ளன.
+சத்தியத்தை உபதேசித்துக் கொள்வது, நன்மை நாடிக் கொள்ளுதல், நன்மையிலும், இறையச்சத்திலும் ஒத்தாசையாக இருத்தல் போன்றவை அல்லாஹ்விற்காக நேசித்துக்கொள்வதன் பயன்களாகும்.
+தீபி அவர்கள் கூறுகின்றார்கள் : அல்லாஹ்வை நினைவுகூர்வதென்பது, உள்ளம் விசாலமடைதலுக்கான முன்னேற்பாடாகும். அவனுக்கு நன்றிசெலுத்துவது, அருட்கொடைகளைப் பாதுகாப்பதற்கான சரியான வழியாகும். அழகான முறையில் வணங்குவதென்பதன் நாட்டம், அல்லாஹ்வை விட்டும் திசைதிருப்பும் அனைத்தையும் விட்டும் நீங்கிக் கொள்வதாகும்.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[இமாம்களான அபூ தாவுத், நஸாஈ, அஹ்மத் ஆகியோரால் இது பதிவு செய்யப்பட்டுள்ளது]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3518</t>
+  </si>
+  <si>
     <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
   </si>
   <si>
     <t>' உங்களில் தொடக்கு ஏற்பட்ட ஒருவரின்; தொழுகையை வுழூச் செய்யும் வரையில் அல்லாஹ் ஏற்க மாட்டான்'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : ' உங்களில் தொடக்கு ஏற்பட்ட ஒருவரின்; தொழுகையை வுழூச் செய்யும் வரையில் அல்லாஹ் ஏற்க மாட்டான்'.</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தொழுகையின் நிபந்தனைகளின் ஒன்றான சுத்தம் பற்றி தெளிவு படுத்துகிறார்கள். எனவே தொழுகையை நிறைவேற்ற நாடும் ஒருவருக்கு வுழுவை முறிக்கும் காரியங்களான மலம் அல்லது சலம் அல்லது தூக்கம் போன்ற விடயங்கள் ஏதும் ஏற்பட்டால் அவர் வுழு செய்து கொள்வது கடமையாகும்.</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
     <t>தொடக்கு ஏற்பட்ட ஒருவரின் தொழுகையானது, அவர் பெருந்தொடக்குடையவராக இருந்தால் குளித்து சுத்தமாவதன் மூலமும், சிறு தொடக்குடையவராக இருப்பின் அவர் வுழு செய்வதன் மூலமுமே அங்கீகரிக்கப்படுகிறது.
 வுழு என்பது: நீரை எடுத்து வாயில் இட்டு நன்றாக அலம்பி அதனை கொப்பளித்தல். பின் நீரை மூச்சால் நாசியினூடாக அடிப்பகுதி வரை உள்ளிழுத்து அதனை சிந்தி வெளியேற்றல். பின் முகத்தை மூன்று தடவைகள் கழுவுதல், பின் இருகைகளையும் முன்னங்கையுட்பட மூன்று தடவைகள் கழுவுதல். பின் தலை முழுவதையும் ஒரு தடவை தடவுதல்; -ஈரக்கையால்- மஸ்ஹ் செய்தல், பின் கரண்டைக் கால் உட்பட இருகால்களையும் மூன்று தடவைகள் கழுவுதல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3534</t>
+  </si>
+  <si>
+    <t>قال الله: كل عمل ابن آدم له، إلا الصيام، فإنه لي وأنا أجزي به</t>
+  </si>
+  <si>
+    <t>அல்லாஹ் கூறுகின்றான் : ஆதமுடைய மகனின் அமல்கள் அனைத்தும் அவனுக்குரியதாகும். நோன்பைத் தவிர. ஏனெனில் அது எனக்குரியதாகும். அதற்கு நானே கூலி வழங்குவேன்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَالَ اللَّهُ: كُلُّ عَمَلِ ابْنِ آدَمَ لَهُ، إِلَّا الصِّيَامَ، فَإِنَّهُ لِي وَأَنَا أَجْزِي بِهِ، وَالصِّيَامُ جُنَّةٌ، وَإِذَا كَانَ يَوْمُ صَوْمِ أَحَدِكُمْ فَلاَ يَرْفُثْ وَلاَ يَصْخَبْ، فَإِنْ سَابَّهُ أَحَدٌ أَوْ قَاتَلَهُ، فَلْيَقُلْ إِنِّي امْرُؤٌ صَائِمٌ، وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ، لَخُلُوفُ فَمِ الصَّائِمِ أَطْيَبُ عِنْدَ اللَّهِ مِنْ رِيحِ المِسْكِ، لِلصَّائِمِ فَرْحَتَانِ يَفْرَحُهُمَا: إِذَا أَفْطَرَ فَرِحَ، وَإِذَا لَقِيَ رَبَّهُ فَرِحَ بِصَوْمِهِ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: அல்லாஹ் கூறுகின்றான் : ஆதமுடைய மகனின் அமல்கள் அனைத்தும் அவனுக்குரியதாகும். நோன்பைத் தவிர. ஏனெனில் அது எனக்குரியதாகும். அதற்கு நானே கூலி வழங்குவேன். நோன்பு ஒரு கேடயமாகும். உங்கள் ஒருவருடைய நோன்பு தினமாக இருந்தால், அவர் கெட்டவார்த்தைகள் பேசவேண்டாம், வீணாக சப்தமிடவேண்டாம். யாராவது அவருக்கு ஏசினால், அல்லது சண்டைக்கு வந்தால் 'நான் நோன்பாளி' என்று கூறிவிடட்டும். முஹம்மதுடைய உயிர் எவன் கைவசம் உள்ளதோ, அவன் மீது சத்தியமாக! நோன்பாளியின் வாயில் இருந்து வரும் வாடை அல்லாஹ்விடத்தில் கஸ்தூரியை விட வாசமானது. ஒரு நோன்பாளி சந்தோசப்படும் இரு சந்தோசங்கள் உள்ளன: அவன் நோன்பு திறக்கும் போது சந்தோசப்படுவான். தனது ரப்பை சந்திக்கும் போது, தனது நோன்பை நினைத்து சந்தோசப்படுவான்.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول في الحديث القدسي: 
+كل عمل ابن آدم يُضاعَف الحسنةُ بعشرِ أمثالها إلى سبعمائة ضعف، إلا الصيام؛ فإنه لي حيث لا يقع فيه الرياء، وأنا أجزي به فأَنْفَرِد بِعلِم مِقدار ثوابه وتضعيف حسناته. 
+ثم قال: (والصيام جُنّة) ووقاية وسِتْر وحِصْن حَصِيْن مِن النار؛ لأنه إمساك عن الشهوات والوقوع بالآثام، والنارُ مَحْفُوفة بالشهوات. 
+(فإذا كان يوم صوم أحدكم فلا يرفث) بالجماع ومُقَدِّماته، ولا بالكلام الفاحش مطلقًا. 
+(ولا يَصخب) بالخِصَام والصِّياح. 
+(فإنْ سابّه أحد أو قاتله) في رمضان فليقل: إني امرؤٌ صائم؛ لعله يكف عنه، فإنْ أصرَّ إلا المقاتلة حقيقة دَفَعَهُ بالأخفِّ فالأخف كالصَّائل. 
+ثم حَلَف صلى الله عليه وسلم وأقسم بالذي نفسه بيده أنَّ تَغَيُّرَ رائحةِ فمِ الصائم بسبب الصيام أطيبُ عند الله يوم القيامة من ريح المِسْك عندكم، وأكثر ثوابًا من المسك المندوب إليه في الجُمَع ومجالس الذكر. 
+وللصائم فرحتان يفرحهما: إذا أفطر فَرِح بفطره بزوال جوعه وعطشه حيث أُبِيْحَ له الفطر، وفَرِحَ بتمام صومه وخاتمة عبادته، وتخفيف من ربه، ومعونة على مستقبل صومه. 
+(وإذا لقي ربه فرح بصومه) بجزائه وثوابه.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ் தஆலா ஹதீஸ் குத்ஸியில் பின்வருமாறு கூறுவதாக நபியவர்கள் அறிவிக்கின்றார்கள் :
+ஆதமுடைய மகனின் அனைத்து அமல்களும், பத்து மடங்கு தொடக்கம் எழுநூறு மடங்கு வரை பன்மடங்காக்கப்படும். நோன்பைத் தவிர. ஏனெனில், அதில் முகஸ்துதி வர வாய்ப்பில்லை என்பதால், அது எனக்கே உரியது. அதற்கு நானே கூலி வழங்குவேன். அதற்கான கூலியின் அளவு மற்றும் அதன் நன்மைகள் பன்மடங்காக்கப் படுவது பற்றிய அறிவு என்னிடமே உள்ளது.
+பின்பு அல்லாஹ் கூறுகின்றான் : நோன்பு ஒரு கேடயமாகும். அதாவது, நரகை விட்டும் பாதுகாக்கும் திரையாகவும், பலமான கோட்டையாகவும் அது இருக்கும். ஏனெனில், நோன்பு என்பது இச்சைகளையும், பாவத்தில் வீழ்வதையும் தவிர்ப்பதாகும். நரகம் இச்சைகளாலேயே சூழப்பட்டுள்ளது.
+உங்களில் ஒருவர் நோன்புடைய தினத்தில் இருந்தால், அவர் முற்றாகவே கெட்ட வார்த்தைகளைப் பேசவேண்டாம். (இங்கு பயன்படுத்தப்பட்டுள்ள 'ரபஸ்' என்ற வார்த்தைக்கு, 'உடலுறவிலோ, அதற்குத் தூண்டக்கூடியவற்றிலோ ஈடுபடவேண்டாம்' என்ற அர்த்தமும் உள்ளது.
+அவர் (இரைச்சல்கள், தர்க்கங்கள் என்பவற்றின் மூலம்) சப்தமிடவும் வேண்டாம்.
+ரமழானில் (யாராவது அவரை ஏசினால், அல்லது சண்டைக்கு வந்தால்) நான் நோன்பாளி எனக் கூறிவிடட்டும். அப்போது அவர் சிலவேளை தவிர்ந்து கொள்வார். அவர் உண்மையிலேயே சண்டையிடுவதிலேயே விடாப்பிடியாக இருந்தால், அத்துமீறுபவர்களைத் தடுப்பது போன்று, இலகுவான படிமுறைகளைக் கடைப்பிடித்துத் தடுக்கட்டும்.
+பின்பு நபியவர்கள், நோன்பின் காரணமாக நோன்பாளியின் வாயில் ஏற்படும் மாற்றமான வாடை, ஜும்ஆக்களிலும், திக்ருடைய சபைகளிலும் பூசிக்கொள்ளுமாறு வலியுறுத்தப்பட்ட, உங்களிடமுள்ள கஸ்தூரியின் வாடையை விட மறுமையில் மணமானதாகவும், சிறந்த கூலியைத் தரக்கூடியதாகவும் இருக்கும் என அல்லாஹ்வின் மீது சத்தியம் செய்து சொல்கின்றார்கள்.
+நோன்பாளிக்கு மகிழ்ச்சியைத் தரும் இரு சந்தோசங்கள் உள்ளன : நோன்பு துறக்க அனுமதிக்கப்பட்டுள்ள நேரத்தில் அவன் நோன்பு துறக்கும் போது, பசி மாற்றும் தாகம் நீங்குவது கொண்டும், அவனது வணக்கம் பூரணமடைந்து, நோன்பு நிறைவடைந்ததாலும், இறைவன் புறத்தில் இருந்து வந்த அந்த இலகுபடுத்தலாலும், அது அடுத்த நோன்புகளைப் பிடிக்க உதவியாக இருப்பதாலும் அவன் சந்தோசப்படுகின்றான்.
+அவன் தனது ரப்பைச் சந்தித்தால், தனது நோன்பைக்கொண்டு (அதாவது அதற்கான கூலியைக் கொண்டு) அவன் சந்தோசப்படுவான்.</t>
+  </si>
+  <si>
+    <t>فضل الصيام وأنه يحفظ صاحبَه في الدنيا من الشهوات، وفي الآخرة من عذاب النار.
+من آداب الصوم ترك الكلام الفاحش واللَّغَط، والصبر على أذَى الناس ومقابلة إساءتهم بالصبر والإحسان.
+الصائم أو العابد إذا فَرِح بسبب إكمال عبادته والانتهاء منها لم ينقص ذلك من أجره في الآخرة.
+الفرحة الكاملة هي بلقاء الله تعالى، عندما يُوَفَّى الصابرون والصائمون أجرهم بغير حساب.
+إعلام الناس بالطاعة عند الحاجة والمصلحة ليس من الرياء لقوله: (إني صائم).
+الصائم الكامل صومه هو الذي صامت جوارحه عن الآثام، ولسانه عن الكذب والفحش، وقول الزور، وبطنه عن الطعام والشراب.
+تأكيد النهي عن الصَّخَب والخِصام والصِّياح حالَ الصوم، وإلا فَغَيْرُ الصائم مَنهيٌّ عن ذلك أيضًا.
+هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، مِن التَّعَبُّد بتلاوته والطهارة له والتَّحَدِّي والإعجاز وغير ذلك.</t>
+  </si>
+  <si>
+    <t>நோன்பின் சிறப்பு. அதாவது, அது நோன்பாளியை உலகில் இச்சையை விட்டும், மறுமையில் நரகநெருப்பை விட்டும் பாதுகாக்கின்றது.
+கெட்ட, தவறான பேச்சுக்களை விட்டுவிடுதல், மக்களது நோவினைகளை சகித்துக்கொள்ளல், அவர்களது தொந்தரவுகளை பொறுமையாலும், உபகாரம் புரிவதாலும் எதிர்கொள்ளல் என்பன நோன்பின் சில ஒழுக்கங்களாகும்.
+ஒரு நோன்பாளியோ, வணக்கவாளியோ தன்னுடைய வணக்கத்தை முழமையாக நிறைவேற்றிவிட்டதை நினைத்து சந்தோசப்படுவது மறுமையில் அவனுக்குள்ள கூலியில் குறைவை ஏற்படுத்தமாட்டாது.
+முழுமையான சந்தோசம் என்பது, அல்லாஹ்வை சந்தித்து, பொறுமையாளிகளுக்கும், நோன்பாளிகளுக்கும், கூலிகள் மட்டின்றி நிரப்பமாக வழங்கப்படும் போதே கிடைக்கும்.
+தேவை மற்றம் நலன்களைக் கருத்திற்கொண்டு, வணக்கங்களை மக்களுக்கு அறிவிப்பது முகஸ்துதியல்ல. ஏனெனில் நபியவர்கள் 'நான் நோன்பாளி' என்று கூறுமாறு ஏவியுள்ளார்கள்.
+யாரது உறுப்புக்கள் பாவங்களை விட்டும், நாவு பொய் மற்றும் கெட்ட, பொய்யான வார்த்தைகளை விட்டும், வயிறு உணவு மற்றும் பானங்களை விட்டும் நோன்பு நோற்கின்றதோ அவர் தான் பரிபூரணமான நோன்பாளியாகும்.
+வீண் இரைச்சல்கள், சப்தங்கள் போன்றவை நோன்புடைய நிலையில் மிக உறுதியாகத் தடுக்கப்படுகின்றன. ஏனெனில், நோன்பாளி அல்லாதவர்களும் அதைவிட்டும் தடுக்கப்பட்டவர்கள் தான்.
+இந்த ஹதீஸ், நபியவர்கள் தனது ரப்பைத் தொட்டும் அறிவிக்கும் ஒரு ஹதீஸாகும். இதற்கு, 'அல்ஹதீஸுல் குத்ஸீ, அல்லது அல்ஹதீஸுல் இலாஹீ' எனப்படும். இதன் அர்த்தம், வார்த்தைகள் அனைத்துமே அல்லாஹ்வுடையதாகும். ஆனாலும், அல்குர்ஆனுக்கு மாத்திரம் உள்ள தனித்துவங்களாகிய, ஒதுவது வணக்கமாகக் கொள்ளப்படல், சுத்தம் பேணிக்கொள்ளல், அற்புதத் தன்மை போன்ற எதுவும் இதற்குக் கிடையாது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3546</t>
+  </si>
+  <si>
+    <t>إذا لقي أحدكم أخاه فليسلم عليه، فإن حالت بينهما شجرة أو جدار أو حجر ثم لقيه فليسلم عليه أيضا</t>
+  </si>
+  <si>
+    <t>உங்களில் ஒருவர் தனது சகோதரனைச் சந்தித்தால் ஸலாம் சொல்லட்டும். அவர்களுக்கு மத்தியில், ஒரு மரமோ, சுவரோ, கல்லோ பிரித்து, பின்னர் சந்தித்தாலும் ஸலாம் சொல்லட்டும்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا لَقِيَ أَحَدُكُمْ أَخَاهُ فَلْيُسَلِّمْ عَلَيْهِ، فَإِنْ حَالَتْ بَيْنَهُمَا شَجَرَةٌ أَوْ جِدَارٌ أَوْ حَجَرٌ ثُمَّ لَقِيَهُ فَلْيُسَلِّمْ عَلَيْهِ أَيْضًا».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக அபூ ஹுரைரா (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : உங்களில் ஒருவர் தனது சகோதரனைச் சந்தித்தால் ஸலாம் சொல்லட்டும். அவர்களுக்கு மத்தியில், ஒரு மரமோ, சுவரோ, கல்லோ பிரித்து, பின்னர் சந்தித்தாலும் ஸலாம் சொல்லட்டும்.</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المُسلمَ بالسلام على أخيه المسلمِ كلّما لَقِيَه، حتى وإنْ كانا يَسيران معًا وفَصَلَ بينهما فاصلٌ كشجرة أو جِدار أو حَجَر كبير، ثم لقيه بعدُ فلْيسلِّم عليه مرة أخرى.</t>
+  </si>
+  <si>
+    <t>ஒரு முஸ்லிம் தனது சகோதர முஸ்லிமை சந்திக்கும் போதெல்லாம் ஸலாம் கூறுமாறு நபியவர்கள் வலியுறுத்துகின்றார்கள். எந்தளவுக்கென்றால், அவர் ஒன்றாக நடந்து கொண்டிருக்கும் நிலையில், அவர்களுக்கிடையில் மரம், அல்லது சுவர் அல்லது பெரிய கல் போன்ற ஏதாவதொன்று பிரித்து, பின்னர் சந்தித்தாலும் மீண்டுமொரு தடவை ஸலாம் சொல்லட்டும் என்று கூறுகின்றார்கள்.</t>
+  </si>
+  <si>
+    <t>استحباب إفْشاء السلام، وأنْ يُكَرَّر عند كل تَغَيُّر حال.
+شدَّة حرصِه صلى الله عليه وسلم على إفشاء سنة السلام والمبالغة فيه؛ لما فيه من جَلْبِ المودّة والأُلفة بين المسلمين.
+السلام هو قول: (السلام عليكم) أو (السلام عليكم ورحمة الله وبركاته)، غير المصافحة التي تَحدُث عند التلاقي أول مرة.
+السلام دعاء، والمسلمون بحاجة إلى أن يدعو بعضهم لبعض ولو تَكرَّر ذلك.</t>
+  </si>
+  <si>
+    <t>ஸலாமைப் பரப்புவதும், நிலமைகள் மாற்றமடையும் போதும் அதை மீண்டும் கூறுவதும் நல்லதாகும்.
+ஸலாம், முஸ்லிம்கள் மத்தியில் அன்பையும், நெருக்கத்தையும் ஏற்படுத்துவதால், அந்த ஸுன்னாவைப் பரப்பவும், அதை அதிகம் செய்யவும் நபியவர்கள் ஆர்வம் காட்டியுள்ளமை.
+ஸலாம் என்பது, 'அஸ்ஸலாமு அலைகும்' அல்லது, 'அஸ்ஸலாமு அலைகும் வரஹ்மதுல்லாஹி வபரகாதுஹு' என்று கூறுவதாகும். முதல் தடவை சந்திக்கும் போது கைலாகு செய்துகொள்வது ஸலாம் அல்ல.
+ஸலாம் என்பது துஆவாகும். முஸ்லிம்கள் ஒருவருக்கொருவர் துஆச் செய்ய எவ்வளவு தேவையுடன் உள்ளனர்! அது பன்மடங்காக இருப்பினும் சரியே!</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3552</t>
   </si>
   <si>
     <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>'அடியான் ஆரோக்கியமானவனாய், ஊரிலிருக்கும்போது செய்யும் நற்செயல்களுக்குக் கிடைப்பது போன்ற கூலி  அவன் நோயுற்று விடும்போது அல்லது பயணத்தில் இருக்கும்போது அவனுக்கு எழுதப்படும்'</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ மூஸா அல்அஷ்அரீ ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : 'அடியான் ஆரோக்கியமானவனாய், ஊரிலிருக்கும்போது செய்யும் நற்செயல்களுக்குக் கிடைப்பது போன்ற கூலி  அவன் நோயுற்று விடும்போது அல்லது பயணத்தில் இருக்கும்போது அவனுக்கு எழுதப்படும்'.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் அருள் மற்றும் கருணை குறித்து இந்த ஹதீஸில் நபியவர்கள் விவரிக்கிறார்கள். ஒரு முஸ்லிம்; அவன் ஆரோக்கியமாக ஊரில் தங்கியிருக்கும் போது நற்செயல்களை செய்வது அவனின் அன்றாட விவகாரமாக இருந்து, பின் அவனுக்கு நியாயமான ஒரு காரணம் (தடங்கள்) ஏற்பட்டு, அவன் சுகயீனமுற்று அதனை செய்வதற்கு இயலவில்லை, அல்லது அவன் பிரயாணத்தில் செல்கிறான்  அல்லது இதுவல்லாத வேறு எந்த நியாயமான காரணமாக இருந்தாலும் அவன் ஆரோக்கியமாக ஊரில் -தங்குமிடத்தில் செய்த நன்மைக்கான முழுமையான கூலி எழுதப்படும்.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>அடியார்கள் மீதான அல்லாஹ்வின் விசாலமான அருளினை இந்த ஹதீஸ் பிரதிபலிக்கிறது.
@@ -3167,54 +4956,155 @@
   <si>
     <t>'திக்ரில் சிறந்தது லாஇலாஹ இல்லல்லாஹ் (لا إله إلا الله) என்பதாகும். துஆவில் சிறந்தது அல்ஹம்து லில்லாஹ் ( الحمد لله) என்பதாகும்</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்  கூறுவதைத் தான் கேட்டதாக ஜாபிர் ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : 'திக்ரில் சிறந்தது லாஇலாஹ இல்லல்லாஹ் (لا إله إلا الله) என்பதாகும். துஆவில் சிறந்தது அல்ஹம்து லில்லாஹ் ( الحمد لله) என்பதாகும்.</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் எமக்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் திக்ரில் மிகவும் சிறப்புக்குரியது :லாஇலாஹ இல்லல்லாஹ் என்ற வார்த்தை எனக் குறிப்பிடுகிறார்கள். இதன் கருத்து 'உண்மையாக வணங்கத் தகுதியானவன் அல்லாஹ்வைத் தவிர வேறுயாறும் இல்லை என்பதாகும். மேலும் பிரார்த்தனையில் மிகவும் சிறப்புக்குரியது அல்ஹம்துலில்லாஹ் (புகழனைத்தும் அல்லாஹ்வுக்குரியது) என்பதாகவும் கூறுகிறார்கள். இதன் கருத்து : அருள்பாலிப்பவன் அல்லாஹ் மாத்திரமே என்பதை ஏற்றுக்கொள்வதும், அவனே அழகிய பரிபூரணமான வர்ணனைக்கு உரித்தானவன் என்பதுமாகும்.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>ஏகத்துவ வார்த்தையான 'லாஇலாஹ இல்லல்லாஹ'; என்பதை அதிகம் கூறுமாறும், 'அல்ஹம்துலில்லாஹ' என்ற வார்த்தையால் அதிகம் பிரார்த்திக்குமாறும் ஆர்வமூட்டப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
-    <t>[رواه الترمذي والنسائي في الكبرى وابن ماجه]</t>
+    <t>[இதனை இமாம்களான திர்மிதி, குப்ரா எனும் நூலில் நஸாஈ, இப்னுமாஜா ஆகியோர் பதிவு செய்துள்ளார்கள்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3567</t>
+  </si>
+  <si>
+    <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
+  </si>
+  <si>
+    <t>அல்லாஹ் உங்களது தவறுகளை அழித்து, அந்தஸ்த்துக்களை உயர்த்தக்கூடிய ஒரு விடயத்தை காட்டித் தரட்டுமா?</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதாக அபூஹூரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள்: அல்லாஹ் உங்களது தவறுகளை அழித்து, அந்தஸ்த்துக்களை உயர்த்தக்கூடிய ஒரு விடயத்தை காட்டித் தரட்டுமா? என நபியவர்கள் கேட்டதற்கு,ஸஹாபாக்கள்: ஆம் யாரஸுலல்லாஹ் என்றார்கள். அதற்கு நபியவர்கள்: சிரமமான நிலையிலும் வுழுவை நிரப்பமாக செய்தல், பள்ளிவாயிலுக்கு அதிகம் நடந்து செல்லுதல், ஒரு தொழுகைக்குப் பின்னர் இன்னோர் தொழுகையை எதிர்பார்த்திருத்தல் என்பனதான் அவை. உண்மையில் அவை அல்லாஹ்வின் பாதையில் எல்லைக் காவல் புரிவதாகும்.'</t>
+  </si>
+  <si>
+    <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
+قال الصحابة: نعم نريد ذلك. قال: 
+الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
+الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
+الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
+ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது தோழர்களிடம் பாவங்கள் மன்னிக்கப்பட்டு மலக்குமார்களின் ஏட்டிலிருந்து அவை முழுமையாக அழிக்கப்பட்டு சுவர்க்கத்தின் உயர் அந்தஸ்த்தைப் பெற்றுக்கொள்ளத்தக்க செயல்கள் குறித்து அறிய விரும்புகிறீர்கள்? என வினவினார்கள்.
+அதற்கு நபித்தோழர்கள் நாம் அதனை விரும்புகிறோம் என்றார்கள். அதற்கு நபியவர்கள் :
+முதாலாவது : குளிர், குறைவான நீர், உடல் வலி, சூடான நீர் போன்ற சிரமமான சூழ்நிலைகளிலும் வுழுவை நிறைவாகவும் பூரணமாகவும் செய்தல்.
+.
+இரண்டாவது: வீடு தூரத்தில் இருப்பினும் அதிமாக பள்ளிக்கு நடந்து செல்லுதல். அதிகமாக சென்று வருதல்.
+மூன்றாவது: தொழுகை நேரத்தை எதிர்பார்த்து அந்த சிந்தனையில் இருப்பதோடு  அதற்குகாக எப்போதும் தயாராக இருத்தல். அத்துடன் ஜமாஅத் தொழுகையை எதிர்பார்த்து பள்ளியில் அமர்ந்திருந்தல். ஒரு தொழுகை நிறைவேற்றி முடிந்ததும் இன்னொரு தொழுகையை எதிர்பார்த்திருத்தல்.
+பின்னர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த விடயங்கள் எதிரிகளின் தாக்குதலிருந்து நாட்டினை பாதுகாக்கும்  உண்மையாக எல்லைப் பாதுகாப்புப்பணியில் ஈடுபடுவதற்கு ஈடாகும் என்பதைத் தெளிவுபடுத்தினார்கள். இச்செயற்பாடு  உள்ளத்தை ஷைத்தானின் வழிகளிலிருந்து தடுக்கிறது. மனோ இச்சையை அடக்குகிறது. மனசாட்டத்திற்குற்படுவதை தடுக்கிறது இதன் மூலம் ஷைத்தானின் படைகளை அல்லாஹ்வின் படை -கூட்டம் அடக்கிவிடுகிறது. இதுவே மிகப்பெரும் அறப்போராட்டமாகும். இது எதிரிகளின் எல்லையில் பாதுகாப்புப்பணியில் ஈடுபடுதல் என்ற படித்தரத்தில் காணப்படுகிறது.</t>
+  </si>
+  <si>
+    <t>أهمية المحافظة على صلاة الجماعة في المسجد، والاهتمام بالصلوات وعدم التشاغل عنها.
+حسن عرض النبي صلى الله عليه وسلم وتشويقه لأصحابه حيث بدأهم بثواب عظيم على طريقة السؤال، وهذه طريقة من طرق التعليم.
+فائدة عرض المسألة بالسؤال والجواب: أن يكون الكلام أوقع في النفس بحكم الإبهام والتبيين.
+قال النووي رحمه الله: فذلكم الرباط أي: الرباط المرغَّب فيه، وأصل الرباط الحبس على الشيء، كأنه حبس نفسه على هذه الطاعة، وقيل: إنه أفضل الرباط كما قيل: الجهاد جهاد النفس، ويحتمل أنه الرباط المتيسر الممكن، أي: إنه من أنواع الرباط.
+كررت كلمة "الرباط" وعرفت ب(ال) التعريف؛ ذلك تعظيمٌ لشأن هذه الأعمال.</t>
+  </si>
+  <si>
+    <t>பள்ளியில் ஜமாஅத்துடன் தொழுகையை பேணிவருவதின் முக்கியத்துவத்தை வலியுறுத்துவதோடு, கடமையான  தொழுகைகளில் அலட்சியமாக இருக்காது அதில் கரிசனை செலுத்துவதன் அவசிம் குறிப்பிடப்பட்டிருத்தல்.
+கேள்வி வடிவத்தில்; ஒரு பெரிய வெகுமதியைக் குறிப்பிடுவதன் மூலம் ஆரம்பித்து தனது தோழர்களின் ஆர்வத்தை தூண்டிய  நபிகளாரின் அழகிய அணுகுமுறை கற்பித்தல் முறைகளில் ஒன்றாகும்.
+கேள்வி பதில்  வடிவில் ஒரு பிரச்சினையை முன்வைப்பதன் நன்மை என்னவென்றால், முதலில் தெளிவற்ற ஒன்றை முன்வைத்து, பின்னர் அதைத் தெளிவுபடுத்துவதன் மூலம், குறிப்பிட்ட விடயமானது இதயத்தில் ஆழமாகப் பதிந்து விடும்.
+இமாம் நவவி அவர்கள் "பதாலிகுமுர்ரிபாத்": என்பதை விளக்கும் போது இதன் கருத்து வரவேற்கத்தக்க –ஊக்கப்படுத்தப்பட்ட- ரிபாத் என்று குறிப்பிடுகிறார். அடிப்படையில் ரிபாத் என்பது, ஒரு விடயத்தில் பொறுமைக்காப்பது- அல்லது கட்டுப்படுத்திக்கொடுக்கொள்வதாகும். இந்த வகையில் நோக்கும் போது ஒருவர் இந்த இபாதத்தில் தன்னை ஈடுபடுத்திக்கொள்வதை குறிக்கும். மேலும் இதன் கருத்து  மிகச் சிறந்த ரிபாத் என்று கூறப்படுகிறது. அதாவது  ஜிஹாதில் மிகவும் சிறந்தது உளரீதியான ஜிஹாத் என்பது போல. மேலும் இயலுமான இலகுவான ரிபாத் என்ற கருத்தையும் குறிக்கலாம். இது ரிபாத் தின் வகைகளில் ஒன்றாகும்.
+'ரிபாத்' என்ற வார்த்தையுடன் 'அலிப்லாம்' இணைத்து குறிப்புச்சொல்லாக மீண்டும் மீண்டும் பயன்படுத்தப்பட்டிருப்பது  இத்தகைய செயல்களின் உண்ணத நிலையை எடுத்துக் காட்டவதற்கேயாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3574</t>
+  </si>
+  <si>
+    <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
+  </si>
+  <si>
+    <t>நான் உங்களுக்கு ஒர் அமலை காண்பித்துதரவா ? அது உங்களின் எல்லா அமல்களைவிடவும் சிறந்தது. உங்கள் அதிபதியிடம் அது மிகவும் தூய்மையானது. உங்கள் அந்தஸ்த்தை மிகவும் அதிகப்படுத்தக்கூடியது</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
+  </si>
+  <si>
+    <t>அபூதர்தா ரழியல்லாஹு அன்ஹூ நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் கூறியதாக கூறினார்கள் : நான் உங்களுக்கு ஒர் அமலை காண்பித்துதரவா ? அது உங்களின் எல்லா அமல்களைவிடவும் சிறந்தது. உங்கள் அதிபதியிடம் அது மிகவும் தூய்மையானது. உங்கள் அந்தஸ்த்தை மிகவும் அதிகப்படுத்தக்கூடியது. தங்கம் வெள்ளியை செலவளிப்பதை விடவும் உங்களுக்குச் சிறந்தது. மட்டுமல்ல, நீங்கள் உங்கள் எதிரிகளுடன் போரிட்டு நீங்கள் அவர்களின் கழுத்தையும் அவர்கள் உங்கள் கழுத்தையும் வெட்டுவதை விடவும் சிறந்தது ஆகும். அதற்கு நபித்தோழர்கள் "ஆம்" அதனை எமக்கு காண்பித்துத் தாருங்கள் என்றார்கள். நபியவர்கள் கூறினார்கள் அதுதான் அல்லாஹ்வை- திக்ர் செய்வது –நினைவுகூர்வது என்றார்கள்.</t>
+  </si>
+  <si>
+    <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
+هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
+وأرفعها في منازلكم في الجنة؟ 
+وخير لكم من التصدُّق بالذهب والفضة؟ 
+وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
+قال الصحابة: نعم نريد ذلك. 
+قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது தோழர்களிடம் பின்வருமாறு கேட்டார்கள் :
+அதிபதியான அல்லாஹ்விடத்தில் அமல்களில் மிகவும் சிறந்ததும் உன்னதமானதும், மிகவும் அபிவிருத்திமிக்கதும், தூய்மை நிறைந்துமான ஒன்றை உங்களுக்கு சொல்லித்தருவதை நீங்கள் விரும்புகிறீர்களா?
+சுவர்க்கத்தில் உங்களின் அந்தஸ்த்தை மிகவும் உயர்த்தக் கூடியதும்,
+தங்கம் வெள்ளியை தர்மம் செய்வததை விட மிகவும் நன்மையை பெற்றுத்தரக் கூடியதும்?
+போரில் காபிர்களை நேருக்குநேர் எதிர் கொண்டு, நீங்கள் அவர்களின் கழுத்தையும் அவர்கள் உங்களின் கழுத்தையும் வெட்டிவீழ்த்துவதை விடவும் மிகவும் சிறந்ததும் ஆகும்,
+அதற்கு நபித்தோழர்கள் நாம் அதனை விரும்புகிறோம் என்றார்கள்.
+அதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எல்லா நேரங்களிலும் அனைத்து நிலைகள் மற்றும் நிலமைகளிலும் அல்லாஹ்வை நினைவுகூர்வதாகும் என்றார்கள்.</t>
+  </si>
+  <si>
+    <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
+جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
+قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
+قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
+أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
+التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
+  </si>
+  <si>
+    <t>தொடராக, அல்லாஹ்வை வெளிப்படையிலும் மறைமுகமாகவும் நினைவுகூர்வது –திக்ர் செய்வது- அல்லாஹ்வை நெருங்குவதில் மிகவும் உயர்வான ஒரு இபாதத்தாகவும், அல்லாஹ்விடத்தில் மிகபெரிய நன்மையை பெற்றுத்தரக்கூடிய ஒன்றாகவும் உள்ளது.
+எல்லா அமல்களும் அல்லாஹ்வை நினைவு கூறுவதனை நிலைநாட்டவே கடமையாக்கப்பட்டுள்ளது. இது குறித்து அல்லாஹ் குறிப்பிடுகையில் (என்னை நினைவு கூறுவதற்காக  தொழுகையை நிலைநாட்டுவாயாக.) என்று குறிப்பிடுகிறான் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுகையில் ' அல்லாஹ்வை நினைவு கூறவே கஃபாவை தவாப் செய்வது ஸபா மர்வாக்கிடையில் தொங்கோட்டம் ஒடுவது, ஜம்ராத்தில் கல்லெறிதல் போன்றனவும் ஏற்படுத்தப்பட்டுள்ளது என்றார்கள் . ஆதாரம் : அபூதாவூத் ,திர்மிதி.
+அல் இஸ்ஸுப்னு அப்துஸ்ஸலாம் அவர்கள் தனது கவாஇத் என்ற நூலில் இந்த ஹதீஸ் பற்றி பின்வருமாறு குறிப்பிடுகிறார் : ' இந்த ஹதீஸ்  எல்லா வணக்க வழிபாடுகளிலும் ஒருவர் ஈடுபடும் போது அவருக்கு ஏற்படுகின்ற சிரமத்தின் அளவுக்கு கூலி வழங்கப்படும் என்பதைக் குறிக்காது மாறாக அதிகமாக செய்யும் அமல்களுக்கு வழங்கப்படும் கூலியை விடவும் குறைவான அமல்களுக்கு அதிகம் கூலி வழங்கப்படுவதையே குறிக்கிறது. அதாவது குறித்த அமல் பெற்றிருக்கும் கண்ணியத்தின் தராதரத்திற்கு ஏற்பவே இதற்கான கூலி கிடைக்கிறது.
+இமாம் முனாவி அவர்கள் தனது நூலான 'பய்ழுல் கதீர்' என்ற நூலில் இந்த ஹதீஸ் குறித்து இவ்வாறு குறிப்பிடுகிறார் : அதாவது இங்கே குறிப்பிடப்பட்டுள்ள திக்ர் என்பது அதனை முன்வைத்து பேசப்படுவோரின் நிலைக்கு ஏற்ப அது மிகவும் சிறப்புமிக்கதாக அமையும். போரில் இஸ்லாத்திற்கு பயனை ஈட்டித்தரக்கூடிய ஒரு துணிவுள்ள வீரனின் திக்ர் ஜிஹாதாகும். அல்லது தனது செல்வத்தின் மூலம் ஏழைகள் பயன்பெரும் ஒரு செல்வந்தனின் திக்ர் என்பது தர்மமாகும். ஹஜ் செய்ய வசதிபடைத்தவரின் திக்ர் ஹஜ் ஆகும். அல்லது யாருக்கு பெற்றோர்கள் இருக்கின்றனரோ அவர்கள் அவரிருவருக்கும் பணிவிடை செய்வது திக்ர் ஆகும் . இது போன்று ஏனைய விடயங்களையும் இணைத்துக் கூற முடியும்.
+திக்ரின் தரங்களை பின்வருமாறு குறிப்பிட முடியும். திக்ரின் முழுமையான நிலை உள்ளத்தால் சிந்தித்து நாவால் கூறுவதாகும். அதன் பின் உள்ளத்தால் மாத்திரம் நினைப்பது. இதற்கு உதாரணமாக சிந்திப்பதைக் குறிப்பிட முடியும். அதன் பின் நாவால் மாத்திரம் திக்ர் செய்வது. இவை ஒவ்வொன்றிற்கும் -அல்லாஹ் நாடினால்-கூலி உண்டு.
+காலை மாலை திக்ர் பள்ளிவாயில் மற்றும் மல சல கூடத்தினுள் நுழையும் போதும் வெளியேறும் போதும் ஓதுகின்ற சந்தர்ப்ப திக்ர்களை பேணி  ஒரு முஸ்லிம் ஒதி வருவது அல்லாஹ்வை அதிகம் திக்ர் செய்யும் கூட்டத்தினருடன் அவனை சேர்த்து விடும்.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[இமாம்களான திர்மிதி, இப்னு மாஜா, அஹ்மத் ஆகியோரால் இது பதிவு செய்யப்பட்டுள்ளது]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3575</t>
   </si>
   <si>
     <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>'சுவனம் உங்களொருவரின் செருப்பின் வாரை விட மிக நெருக்கமானதாகும், நரகமும் அதே போன்றுதான்'</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு  கூறுகின்றார்கள் : 'சுவனம் உங்களொருவரின் செருப்பின் வாரை விட மிக நெருக்கமானதாகும், நரகமும் அதே போன்றுதான்'.</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>ஒரு மனிதனுக்கு தனது செருப்பின் வார் எவ்வளவு சமீபமாக உள்ளதோ அதேபோன்று சுவனமும் நரகமும் அவனுக்கு சமீபமாக உள்ளதாக நபியவர்கள் இந்த ஹதீஸில் அறியத் தருகின்றார்கள். ஏனெனில் அவன் சிலவேளை அல்லாஹ்வைத் திருப்திப்படுத்தும் ஒரு வணக்கத்தைச் செய்வான், அது அவனை சுவனத்தில் நுழைவித்து விடுகின்றது. சிலவேளை அவன் ஒரு பாவத்தைச் செய்திருப்பான். அவனை நரகில் அவன் அறியாமலே பல வருடங்கள் தள்ளி விடுகின்றது.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>நன்மை குறைவாக இருந்தாலும் அதனைச் செய்வதில் ஆர்வமூட்டல், பாவம் சிறியதாக இருந்தாலும் அதனை விட்டும் எச்சரித்தல்.
@@ -3300,51 +5190,51 @@
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக ஆஇஷா ரழியல்லாஹு அன்ஹா கூறுகின்றார்கள் : 'பல் துலக்குவது வாயை சுத்தப்படுத்தும், இறை திருப்தியைப் பெற்றுத் தரும்'.</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் பற்களை அராக் மரக் குச்சியினால் அல்லது அது போன்றவைகளினால் சுத்தம்செய்வது வாயிலுள்ள அழுக்குகள், துர் வாடை ஆகியவற்றை  நீக்கி வாயை சுத்தப்படுத்தும் என இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். பல்துலக்குவதில் அல்லாஹ் விரும்பும் சுத்தமும், அல்லாஹ்வுக்கு கட்டுப்பட்டு, அவனின் ஏவலுக்கு கீழ்படிவதும் இருப்பதால், அடியான் இறை திருப்தியை பெறுவதற்கான வழிகளில் ஒன்றாகவும் இது காணப்படுகிறது.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>பல் துலக்குவதன் சிறப்பும், அதிகம் பல் துலக்குமாறு நபியவர்கள் தனது சமூகத்திற்கு ஆர்வமூட்டியுள்ளமையும்.
 அராக் மரக் குச்சியியை பல்துலக்குவதற்கு பயன்படுத்து மிகவும் சிறப்பாகும். எனினும் இதற்காக பற்தூரிகை, பற்பசை போன்றவற்றையும் பயன்பத்திடவும் முடியும்.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
-    <t>[رواه النسائي وأحمد]</t>
+    <t>[இமாம்களான நஸாஈ மற்றும் அஹ்மத் ஆகியோரால்  இது பதிவு செய்யப்பட்டுள்ளது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3588</t>
   </si>
   <si>
     <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>'ஐவேளை தொழுகை, ஒரு ஜும்ஆவிலிருந்து மறு ஜும்ஆ வரை, ஒரு ரமழான் முதல் அடுத்த ரமழான் வரை பெரும் பாவங்களை ஒருவர் தவிர்ந்து கொள்ளும் பட்சத்தில் அவற்றுக்கிடையிலுள்ள சிறுபாவங்களுக்கு அவைகள் குற்றப்பரிகாரமாக அமைந்து விடுகிறது.'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவ வஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு கூறுகின்றார்கள் : 'ஐவேளை தொழுகை, ஒரு ஜும்ஆவிலிருந்து மறு ஜும்ஆ வரை, ஒரு ரமழான் முதல் அடுத்த ரமழான் வரை பெரும் பாவங்களை ஒருவர் தவிர்ந்து கொள்ளும் பட்சத்தில் அவற்றுக்கிடையிலுள்ள சிறுபாவங்களுக்கு அவைகள் குற்றப்பரிகாரமாக அமைந்து விடுகிறது.'</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>பெரும்பாவங்களை விட்டும் விலகியிருக்கும் காலமெல்லாம், தினமும் நிறைவேற்றும் ஐவேளை தொழுகைகளும், ஒவ்வொரு வாரமும் நிறைவேற்றும் ஜும்ஆத் தொழுகையும், ஒவ்வொரு வருடமும் ரமழானில் நோற்கும் நோன்பும் சிறிய பாவங்களுக்கான பரிகாரமாக அமைந்து விடுகின்றன என நபியவர்கள் குறிப்பிடுகிறார்கள். விபச்சாரம், மது அருந்துதல் போன்ற பெரும்பாவங்களைப் பொருத்தவரை தவ்பா –பவாமீட்சி- கோருவதே அதற்குரிய பரிகாரமாக அமையும்.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
@@ -3729,50 +5619,159 @@
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ரு  ரழியல்லாஹு அன்ஹுமா கூறுகின்றார்கள் : 'என்னைப் பற்றி ஒரு வார்த்தையேனும் எத்தி வையுங்கள். பனூ இஸ்ராயீல்கள் (இஸ்ரவேல் சந்ததியினர்) பற்றி கூறுங்கள் குற்றமில்லை. என் மீது வேண்டுமென்றே யாரேனும் பொய்யுரைத்தால் அவர் நரகத்தை தனக்குரிய தங்குமிடமாக எடுத்துக் கொள்ளட்டும்'.</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>அல்குர்ஆன் அஸ்ஸுன்னா ஆகியவற்றிலிருந்து தன்னிடம் பெற்றுக் கொண்ட அறிவை மனிதர்களுக்கு எத்திவைக்குமாறு நபியவர்கள் கட்டளை பிரப்பிக்கிறார்கள். பிறருக்கு எத்திவைப்பவரும், அழைப்பவரும் குறித்த விடயத்தை நன்கு தெரிந்தவராகவும், விளங்கியவராகவும் இருக்க வேண்டுமென்ற நிபந்தனையோடு, அறிவிக்கும் விடயம் அல்குர்ஆன் அல்லது ஹதீஸின் ஒரு வசனம் போன்று சிறியதாக இருந்தாலும் சரியே. இஸ்ரவேலர்களுக்கு நிகழ்ந்தவற்றை, அவை எமது ஷரீஅத்துடன் முரண்படாத வகையில் இருப்பின் அவற்றை அறிவிப்பதில் எவ்விதக் குற்றமுமில்லை என்பதை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவுபடுத்தினார்கள். பின்னர் அவர்களின் மீது பொய்யுரைப்பதை எச்சரித்துள்ளதோடு, அவ்வாறு வேண்டுமென்று மனமுரண்டாக பொய்யுரைப்பவர் நரகத்தில் தனக்கென ஒரு தங்குமிடத்தை எடுத்துக் கொள்ளட்டும் என்றும் குறிப்பிட்டார்கள்.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் மார்க்கத்தை எத்திவைப்பதற்கு ஆர்வமூட்டப்பட்டிருத்தல், ஒரு மனிதன் மார்க்க விடயங்களில்  தான் மனனமிட்டு, விளங்கிய விடயத்தை அது குறைவாக இருந்தாலும் எத்திவைக்க வேண்டும்.
 அல்லாஹ்வை முறையாக வணங்குவதற்கும், உரிய முறையில் -சரியான வடிவத்தில்- மார்க்கத்தை எத்திவைக்கவும் மார்க்க அறிவை கற்பது கடமையாகும்.
 நபியவர்களின் கடுமையான கண்டனத்திற்கு உட்படாது எச்சரிக்கையாக இருக்க, எந்த ஹதீஸாக இருந்தாலும் அதனை எத்திவைக்க முன் அல்லது பிரசுரிக்க(பரப்ப) முன் அதன் உண்மைத் தன்மையை உறுதிப்படுத்திக்கொள்வது  கட்டாயமாகும்.
 குறிப்பாக அல்லாஹ்வின் மார்க்கத்தில் பொய் கூறுதல் என்ற பாவத்தில் விழாதிருக்க, வார்த்தையில் உண்மை பேசுமாறும், நபியவர்களின் ஹதீஸில் பொய்யுரைக்கும் விடயத்தல் எச்சரிக்கையாக இருக்க வேணடும் எனவும் தூண்டப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3686</t>
+  </si>
+  <si>
+    <t>دلني على عمل إذا عملته دخلت الجنة، قال: تعبد الله لا تشرك به شيئا، وتقيم الصلاة المكتوبة، وتؤدي الزكاة المفروضة، وتصوم رمضان</t>
+  </si>
+  <si>
+    <t>அதற்கு நபி (ஸல்) அவர்கள், நீர் அல்லாஹ்வையே வழிபட வேண்டும்; அவனுக்கு எதையும் இணையாக்கக் கூடாது; கடமையான தொழுகையைக் கடைப்பிடிக்க வேண்டும்; கடமையான ஸகாத்தையும் நிறைவேற்ற வேண்டும்; ரமளானில் நோன்பு நோற்க வேண்டும்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ أَعْرَابِيًّا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ» قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ لاَ أَزِيدُ عَلَى هَذَا، فَلَمَّا وَلَّى قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَرَّهُ أَنْ يَنْظُرَ إِلَى رَجُلٍ مِنْ أَهْلِ الجَنَّةِ، فَلْيَنْظُرْ إِلَى هَذَا».</t>
+  </si>
+  <si>
+    <t>அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : கிராமவாசி ஒருவர் நபி ஸல்லல்லாஹு அவர்களிடம் வந்து, எனக்கு ஒரு (நற்)செயலை அறிவியுங்கள். நான் அதைச் செய்தால் சொர்க்கம் செல்ல வேண்டும்.என்றார். அதற்கு நபி (ஸல்) அவர்கள், நீர் அல்லாஹ்வையே வழிபட வேண்டும்; அவனுக்கு எதையும் இணையாக்கக் கூடாது; கடமையான தொழுகையைக் கடைப்பிடிக்க வேண்டும்; கடமையான ஸகாத்தையும் நிறைவேற்ற வேண்டும்; ரமளானில் நோன்பு நோற்க வேண்டும் என்றார்கள்.
+அதற்கு அவர், என் உயிர் எவன் கையில் உள்ளதோ அவன்மேல் ஆணையாக! இதைவிட அதிகமாக வேறெதையும் செய்யமாட்டேன் என்றார். அவர் திரும்பிச் சென்றதும் நபி (ஸல்) அவர்கள், சொர்க்கவாசிகளில் ஒருவரைப் பார்ப்பது யாருக்கு மகிழ்ச்சி அளிக்குமோ அவர் (இதோ) இவரைப் பார்த்துக் கொள்ளட்டும்! என்றார்கள்.</t>
+  </si>
+  <si>
+    <t>قَدِمَ رجلٌ مِن أهلِ الباديةِ على النبيِّ صلى الله عليه وسلم لِيَدُلَّه على عَملٍ يُدخله الجنة، 
+فأجابه النبي صلى الله عليه وسلم بأنَّ دخول الجنة والنجاة من النار يَتَوَقَّفانِ على أداء أركان الإسلام، من عبادة الله وحده، وأن لا تشرك به شيئًا. 
+وتقيم الصلوات الخمس التي أوجبها الله على عباده في كل يوم وليلة. 
+وتعطي زكاة المال التي أوجبها الله عليك، وتدفعها لمستحقها. 
+وتحافظ على صيام شهر رمضان في وقته. 
+قال الرجل والذي نفسي بيده لا أزيد على العمل المفروض الذي سمعته منك شيئًا من الطاعات، ولا أنقص منه. 
+فلما انصرف قال النبي صلى الله عليه وسلم: 
+مَن سرَّه أن يَنظرَ إلى رجل من أهل الجنة فلينظر إلى هذا الأعرابي.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் கிராமப்புரத்தைச் சேர்ந்த ஒரு மனிதர் தனக்கு சுவர்கம் செல்வதற்குரிய செயலொன்றை காட்டித்தருமாறு கோரி நபியர்வகளிடம் வந்தார். அதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் சுவர்கம் நுழைவதும்; நரகத்திலிருந்து மீட்சி பெறுவதும் இஸ்லாத்தின் கடமைகளான அல்லாஹ்வை மாத்திரம் வணங்கி வழிபட்டு அவனுக்கு எதனையும் இணைவைக்காது வாழ்வதில் தங்கியுள்ளது எனப் பதிலளித்தார்கள். அத்துடன் தினமும் அடியார்களுக்கு அல்லாஹ் கடமையாக்கியுள்ள ஐவேளைத் தொழுகைகளை நீங்கள் நிறைவேற்ற வேண்டும். அத்துடன் உமக்கு அல்லாஹ் கடமையாக்கியுள்ள உமது செல்வத்திற்கான ஸகாத்தை வழங்குவதுடன்,அதனை ஸகாத் பெற தகுதியானவர்ளுக்கு பகிர்ந்தளிக்க வேண்டும் அதே போன்று ரமழான் மாதத்தில் நோன்பை பேணி கடைபிடித்தொழுக வேண்டும். இவ்வாறு நபியவர்கள் கூறிய போது வந்த அந்த மனிதர் எனது ஆன்மா எவனின் கைவசம் உள்ளதோ அவனின் மீது ஆணையாக நபியவர்களே உங்களிடமிருந்து செவிமடுத்த கட்டாயக் கடமைகளுக்கு மேலதிகமாக எந்த வணக்கத்தையும் செய்யமாட்டேன் அவற்றில் எதனையும்  குறைக்கவும் மாட்டேன் என சத்தியம் செய்து கூறினார். அந்த மனிதர் திரும்பிச் சென்றதும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறினார்கள்: (உங்களில் ) யார் சுவர்க்க வாதிகளில் ஒருவரை பார்த்து சந்தோசப்பட விரும்புகிறாரோ அவர் இந்த கிராமப்புற அரபியை பார்த்துக்கொள்ளட்டும் என்றார்கள்.</t>
+  </si>
+  <si>
+    <t>توحيد الله تعالى بالعبادة أول ما يُبدأ به في الدعوة إلى الله.
+الاكتفاء بتعليم الواجبات على مَن كان حديثَ عهدٍ بإسلام.
+الدعوة إلى الله تعالى لا بُد فيها من التدرُّج.
+حرص الرجل على تَعلُّم أمر دينه.
+إذا اقتصر المسلم على الواجبات فإنه يفلح، ولكن لا يعني هذا التساهل بالتطوعات؛ لأن التطوع يُكمل به النقص بالفرائض.
+تخصيص بعض العبادات بالذكر دليل على أهميتها والحض عليها، ولا يعني عدم وجوب غيرها.</t>
+  </si>
+  <si>
+    <t>இஸ்லாமிய பிரச்சாரத்தில் முதலில் ஆரம்பிக்க வேண்டியது அல்லாஹ்வை வணக்கவழிபாடுகளில் ஏகத்துவப்படுத்துவதாகும்.
+புதிதாக இஸ்லாத்தை தழுவியோருக்கு அடிப்படைக் கடமைகளை  மாத்திரம் கற்றுக்கொடுக்க வேண்டும்
+இறை பிரச்சாரத்தில் (தஃவாவில் ) படிமுறை ஒழுங்கை பின்பற்றுவது அவசியமாகும்.
+மார்க்க விவகாரங்களை கற்றுக்கொள்வதில் குறித்த மனிதருக்கிருந்த ஆர்வத்தை இந்த ஹதீஸ் சுட்டிக்காட்டியுள்ளமை.
+முஸ்லிம் கட்டாயக்கடமைகளை நிறைவேற்றுவதோடு மாத்திரம் சுருக்கிக்கொண்டாலும் அவனுக்கு வெற்றி கிடைக்கும். இது சுன்னத்தான வணக்கங்களில் அலட்சியமாக இருப்பது என்ற கருத்தை காட்ட மாட்டாது காரணம் சுன்னத்தான உபரியான வணக்கங்கள் பர்ழான வணக்கங்களில் ஏற்பட்ட குறைகளை நிவர்த்தி செய்வதாக உள்ளது ஆகையால் உபரியான வணக்கங்களை நிறைவேற்றுவதில் ஆர்வம் கொள்ளல் வேண்டும்.
+குறிப்பிட்ட சில வணக்கங்களை இங்கு விசேடமாக  குறிப்பிட்டிருப்பது அதன் முக்கியத்தை எடுத்துக்காட்டுவதோடு அதனை செய்வதற்கு தூண்டுவதாகவும் அமைகிறது. ஆனால் ஏனைய கட்டாயக்கடமைகள் அவசியமல்ல என்பது இதன் கருத்தல்ல.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3689</t>
+  </si>
+  <si>
+    <t>أفلح إن صدق</t>
+  </si>
+  <si>
+    <t>அவர் உண்மையாகவே (இதைக்) கூறியிருந்தால், அவர் வெற்றியடைந்து விட்டார் என்று சொன்னார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ طَلْحَةَ بْنِ عُبَيْدِ اللهِ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ أَهْلِ نَجْدٍ ثَائِرُ الرَّأْسِ، نَسْمَعُ دَوِيَّ صَوْتِهِ، وَلَا نَفْقَهُ مَا يَقُولُ حَتَّى دَنَا مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَإِذَا هُوَ يَسْأَلُ عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَمْسُ صَلَوَاتٍ فِي الْيَوْمِ وَاللَّيْلَةِ» فَقَالَ: هَلْ عَلَيَّ غَيْرُهُنَّ؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ، وَصِيَامُ شَهْرِ رَمَضَانَ»، فَقَالَ: هَلْ عَلَيَّ غَيْرُهُ؟ فَقَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، وَذَكَرَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الزَّكَاةَ، فَقَالَ: هَلْ عَلَيَّ غَيْرُهَا؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، قَالَ: فَأَدْبَرَ الرَّجُلُ، وَهُوَ يَقُولُ: وَاللهِ، لَا أَزِيدُ عَلَى هَذَا، وَلَا أَنْقُصُ مِنْهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْلَحَ إِنْ صَدَقَ».</t>
+  </si>
+  <si>
+    <t>தல்ஹா பின் உபைதில்லாஹ் ரழியல்லாஹு அன்ஹு அவர்கள் கூறியதாவது: நஜ்த்வாசிகளில் ஒருவர் தலைவிரி கோலத்துடன் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்தார். (தூரத்திலிருந்து) ஒலித்த அவரது குரல் கேட்டதே தவிர, அவர் என்ன சொல்கிறார் என்பதை எங்களால் விளங்க முடியவில்லை. அவர் (அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம்அவர்களுக்கு) அருகில் வந்ததும் இஸ்லாத்தைப் பற்றிக் கேட்டார்.
+அப்போது அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், பகலிலும் இரவிலும் ஐந்து தொழுகைகள் என்றார்கள். அவர் இவற்றைத் தவிர வேறு (தொழுகைகள்) ஏதாவது என்மீது (கடமையாக்கப்பட்டு) உள்ளதா?' என்று கேட்க, 'இல்லை', நீயாக விரும்பித் தொழும் (கூடுதலான) தொழுகையைத் தவிர' என்று அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பதிலளித்தார்கள்.
+மேலும், ரமளான் மாதம் நோன்பு நோற்க வேண்டும் என்றும் அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் கூறினார்கள். உடனே அவர், 'இதைத் தவிர வேறு ஏதேனும் (நோன்பு) என்மீது (கடமையாக்கப்பட்டு) உள்ளதா? எனக் கேட்க, 'இல்லை, நீயாக விரும்பி நோற்கும் (கூடுதலான) நோன்பைத் தவிர என்று அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறினார்கள். அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஸகாத் பற்றியும் அவருக்கு எடுத்துரைத்தார்கள். அவர்,இதைத் தவிர வேறு (தர்மம்) ஏதேனும் என்மீது (கடமையாக்கப்பட்டு) உள்ளதா? என்று கேட்டார். அதற்கு அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், 'இல்லை, நீயாக விரும்பிச் செய்யும் (கூடுதலான) தர்மத்தை தவிர என்றார்கள்.
+அந்த மனிதர், அல்லாஹ்வின் மீதாணையாக! நான் இதற்குமேல் அதிகமாகச் செய்யவுமாட்டேன்; இதைக் குறைக்கவுமாட்டேன் என்று கூறியவாறு திரும்பிச் சென்றுவிட்டார். அப்போது அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், அவர் உண்மையாகவே (இதைக்) கூறியிருந்தால், அவர் வெற்றியடைந்து விட்டார் என்று சொன்னார்கள்.</t>
+  </si>
+  <si>
+    <t>جاء رجلٌ من أهل نَجْدٍ إلى النبي صلى الله عليه وسلم وكان شعره مُنْتَفِشًا، وصوته مرتفعًا، ولا يُفقه ما يقول، حتى اقترب من النبي صلى الله عليه وسلم، فسأل عن فرائض الإسلام؟ 
+فبدأ النبيُّ صلى الله عليه وسلم بالصلاة، وأخبره أنَّ الله قد افترض عليه خمسَ صلوات في كل يوم وليلة.
+فقال: هل يلزمني شيء من الصلوات غير هذه الخَمس؟ 
+فقال: لا، إلا إذا تطوَّعت من صلوات النوافل. 
+ثم قال صلى الله عليه وسلم: ومما أوجبه الله عليك صوم شهر رمضان.
+فقال الرجل: هل يلزمني شيء من الصيام غير صوم رمضان؟ 
+فقال: لا، إلا أن تتطوّع بصوم. 
+ثم ذكر له صلى الله عليه وسلم الزكاة.
+فقال الرجل: هل يلزمني شيء من الصدقات بعد زكاة الفرض؟ 
+قال: لا، إلا أن تتطوّع. 
+وبعد أن سمع الرجل من النبي صلى الله عليه وسلم هذه الفرائض ولّى مدبرًا وأقسم بالله تعالى أنه سيلتزم بها من غير زيادة ولا نقصان، فقال صلى الله عليه وسلم على إثر ذلك: إذا صَدَقَ الرجل على ما حَلفَ عليه فإنه يكون من المُفلحين.</t>
+  </si>
+  <si>
+    <t>நஜ்த் பிரதேசத்திலிருந்து ஒரு மனிதர் நபியவர்களிடம் வந்தார், அவரின் முடி சிதைந்து காணப்பட்டதோடு அவரின் தொணி மிகவும் உயர்ந்து காணப்பட்டது. அதனால் அவர் பேசியது ஒன்றும் புரியவில்லை. அவர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் மிகவும் நெருக்கமாகச் சென்று இஸ்லாத்தின் அடிப்படைக் கடமைகள் குறித்து வினவினார்
+அதற்கு நபியவர்கள்; முதலில் தொழுகையைப் பற்றிக் கூறினார்கள். ஒரு நாளைக்கு ஜவேளைக் தொழுகைகளை அல்லாஹ் அடியார்கள் மீது கடமையாக்கியதாகக் குறிப்பிட்டார்கள்.
+அதற்கு அம்மனிதர் இந்த ஐவேளைத் தொழுகைகளைத் தவிர்த்து வேறு கடமையான தொழுகைகள் உண்டா? எனக் கேட்டார்
+அதற்கு நபியவர்கள் இல்லை,  நீயாக விரும்பிச் செய்யும் நப்லான தொழுகைகள் தவிர என்று பதில் கூறினார்கள்.
+அதன் பின்  நபியரவர்கள்  உம்மீது அல்லாஹ் ரமழான் மாதத்தில் நோன்பை கடமாக்கியுள்ளான் என்று கூறினார்கள்.
+அதற்கு அம்மனிதர் ரமளான் நோன்பு தவிர்த்து வேறு கடமையான நோன்புகள் என்மீது உண்டா எனக் கேட்டார்.
+அதற்கு நபியவர்கள் இல்லை, நீயாக விரும்பி நோற்கும் உபரியான நோன்புகளைத் தவிர என்று பதில் கூறினார்கள்.
+பின்னர் ஸகாத் பற்றிக் குறிப்பிட்டார்கள்.
+அதற்கு அம்மனிதர் பர்ழான ஸகாத் தவிர்த்து வேறு கடமையான தர்மங்கள்; என்மீது உண்டா எனக் கேட்டார்?
+அதற்கு நபியவர்கள் இல்லை,  நீயாக விரும்பி செய்யும் தர்மங்கள்; தவிர என்று பதில் கூறினார்கள்.
+இந்த அடிப்படைக் கடமைகள் பற்றி கேட்டதன் பின் அம்மனிதர் இந்தக் கடமைகளை எவ்விதக் கூட்டலும் குறைவவுமின்றி  நிறைவேற்றுவதாக சத்தியம் செய்தவராக திரும்பிச்சென்றார்</t>
+  </si>
+  <si>
+    <t>سماحةُ الشريعة الإسلامية وتيسيرها على المكلفين.
+حسن معاملته صلى الله عليه وسلم لهذا الرجل، فقد مَكَّنَه من الاقتراب منه وسؤاله.
+البدء في الدعوة إلى الله تعالى بالأهم فالأهم.
+الإسلام عقيدة وعمل، فلا ينفع عمل من غير إيمان، ولا ينفع إيمان من غير عمل.
+أهمية هذه الأعمال وأنها من أركان الإسلام.
+صلاة الجمعة داخلة في الصلوات الخمس الواجبة؛ لأنها بدلًا عن صلاة ظهر يوم الجمعة لمن وجبت عليه.
+بدأ النبيُّ صلى الله عليه وسلم تعليمه بآكد فرائض الإسلام وهي أركانه بعد الشهادتين؛ لأنه كان مسلمًا، ولم يذكر الحج؛ لأنه قبل فرضهِ، أو لأنه لم يأتِ وقته.
+الإنسان إذا اقتصر على الواجب في الشرع فإنه مُفلح، ولكن لا يعني هذا أنه لا يُسن أن يأتي بالتطوع؛ لأن التطوع تكمل به الفرائض يوم القيامة.</t>
+  </si>
+  <si>
+    <t>இஸ்லாமிய ஷரீஆவின் உயர்வும் அடியர்களுக்கு அவை இலகுபடுத்தப்பட்டுள்ளமையும்.
+குறித்த மனிதரை அருகில் வருவதற்கு அனுமதித்து கேள்விகளை கேட்பதற்கு அவகாசம் அளித்து நபியவர்கள் அந்த மனிதருடன் அழகிய முறையில் நடந்துகொண்டமை.
+இறை அழைப்பியலில் -தஃவாவில்- மிகவும் முன்னுரிமை வழங்க வேண்டிய முக்கிய விடயங்களைக் கொண்டு ஆரம்பித்தல்.
+இஸ்லாம் என்பது நம்பிக்கையும் செயலுமாகும். ஆகவே எந்த செயலும் ஈமான் இன்றி எவ்விதப்பயனையும் பெற்றுத்தரமாட்டாது அதே போல் செயலின்றி ஈமான் -வெறும் நம்பிக்கை- மாத்திரம் எவ்விதப்பயனையும் பெற்றுத்தரமாட்டாது.
+இந்த செயல்களின் முக்கியத்துவம் மாத்திரமன்றி இவை இஸ்லாத்தின் அடிப்படைக் கடமைகள் என்பதை இந்த ஹதீஸ் குறிப்பிடுகிறது.
+ஜும்ஆத் தொழுகையும் இந்த ஐவேளைத் தொழுகையில் உள்ளடங்கியுள்ளது, ஏனெனில் ஜும்ஆ தினத்தின் லுஹர் தொழுகைக்கு பதிலாக இது கடமையாக்கப்பட்டுள்ளது.
+வந்த நபர் முஸ்லிமாக இருந்ததால் இரு ஷஹாதா கலிமாக்களுக்கு பிறகு உள்ள  இஸ்லாத்தின் மிகமுக்கிய கடமைகளை போதிப்பதை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் முதன்மைப்படுத்தினார்கள். இதில் நபியவர்கள் ஹஜ் கடமை குறித்து குறிப்பிடவில்லை, காரணம்  ஹஜ் கடமையாக்கப்படுவதற்கு முன் இது நிகழ்ந்திருக்கலாம் அல்லது அதற்குரிய நேரம்  வராமையினாலாகும்.
+ஒரு மனிதன் இஸ்லாமிய ஷரிஆவில் கடமையான காரியங்களோடு மாத்திரம் சுருக்கிக்கொண்டாலும்; அவன் வெற்றி பெற்றவனாவான். இவ்வாறு குறிப்பிடுவதால் அவர் உபரியான வணக்கங்களை செய்வது தேவையில்லை என்பது அர்த்தமல்ல. மாறாக உபரியான வணக்களின் மூலம் கட்டாயக் கடமைகளில் நிகழ்ந்த குறைகள் மறுமை நாளில் நிவர்த்தி செய்ப்படுகின்றன.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3700</t>
   </si>
   <si>
     <t>ما يصيب المسلم من نصب ولا وصب ولا هم ولا حزن ولا أذى ولا غم حتى الشوكة يشاكها إلا كفر الله بها من خطاياه</t>
   </si>
   <si>
     <t>'ஒரு முஸ்லிமை தைக்கும் முள் உட்பட, அவனுக்கு நேரிடும் சிரமம், நோய், கவலை, துக்கம், மனவேதனைகள் ஆகிய எதுவாயினும் அதற்குப் பதிலாக அவனின் பாவத்தின் சிலதை அல்லாஹ் மன்னித்து விடுகிறான்.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَعَنْ أَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா மற்றும் அபூ ஸஈத் அல்குத்ரீ ரழியல்லாஹு அன்ஹுமா ஆகியோர் கூறுகின்றார்கள்: 'ஒரு முஸ்லிமை தைக்கும் முள் உட்பட, அவனுக்கு நேரிடும் சிரமம், நோய், கவலை, துக்கம், மனவேதனைகள் ஆகிய எதுவாயினும் அதற்குப் பதிலாக அவனின் பாவத்தின் சிலதை அல்லாஹ் மன்னித்து விடுகிறான்.'</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு முஸ்லிமுக்கு ஏற்படும் நோய்கள் கவலைகள் துன்பங்கள் சோதனைகள் பேரிடர்கள் கஷ்டங்கள் பயம் பசி –உடலில் தைக்கும் முள்ளால் ஏற்படும் வலி உட்பட- அனைத்தும் அவனின் பாவத்திற்கு பரிகாரமாகவும், அவனின் குற்றங்களை அழித்துவிடும் விடயங்களாகவும்; அவை உள்ளன என தெளிவுபடுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>بيان فضل الله على عباده المؤمنين ورحمته بهم بغفران الذنوب بأقل ضرر يصيبهم.
 ينبغي للمسلم أن يَحْتَسِبَ عند الله ما يُصيبه، ويَصبر على كل صغيرة وكبيرة، لتكون له رفعة في الدرجات وكفارة للسيئات.</t>
   </si>
   <si>
     <t>இறைநம்பிக்கையாளர்களான தனது அடியார் களுக்கு அல்லாஹ் செரிந்துள்ள அருட்கொடை பற்றி விபரித்துள்ளதுடன் அவர்களுக்கு ஏற்படுகின்ற சாதாரண தீங்குகள் மூலம் அவர்களின் பாவங்கள் மன்னிக்கப்படுகின்றமை குறித்த அவர்களுடனான இறை கருணை பற்றியும் இந்த ஹதீஸ் தெளிவுபடுத்துகின்றமை.
@@ -3941,50 +5940,86 @@
   <si>
     <t>" மனிதரில் சிறந்தவர் நீண்ட ஆயுளைப் பெற்று,நல்ல கிரியைகள் செய்து வந்தவரே"என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள் என அப்துல்லாஹ் இப்னு புஸ்ர் அல்அஸ்லமீ (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>معنى هذا الحديث : أن الإنسان كلما طال عمره في طاعة الله ازداد قربا من الله؛ لأن كل عمل يعمله فيما زاد فيه عمره، فإنه يقربه إلى ربه -عز وجل - فخير الناس من وفق لهذين الأمرين: طول العمر وحسن العمل.
 فطول العمر ليس خيرًا للإنسان إلا إذا حسن عمله في طاعة الله؛ لأنه أحيانًا يكون طول العمر شرًا للإنسان وضررًا عليه، كما في الحديث الآخر، أي الناس خير، قال: « من طال عمره، وحسن عمله »، قال: فأي الناس شر؟ قال: « من طال عمره وساء عمله »، رواه أبو داود والترمذي.
 وقال الله -تبارك وتعالى-: (ولا يحسبن الذين كفروا أنما نملي لهم خير لأنفسهم إنما نملي لهم ليزدادوا إثمًا ولهم عذاب مهين)، فهؤلاء الكفار يملى الله لهم، أي يمدهم بالرزق والعافية وطول العمر والبنين والزوجات، لا لخير لهم ولكنه شر لهم، والعياذ بالله لأنهم سوف يزدادون بذلك إثمًا.
 قال الطيبي -رحمه الله -: إن الأوقات والساعات كرأس المال للتاجر، فينبغي أن يتجر فيما يربح فيه، وكلما كان رأس المال كثيرا كان الربح أكثر، فمن مضى لطيبه فاز وأفلح، ومن أضاع رأس ماله لم يربح وخسر خسرانا مبينا".</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம்:நீண்ட ஆயுளைப் பெற்ற ஒரு மனிதன் தன் காலத்தை அல்லாஹ்வின் வழிப்பாட்டில் கழித்து வருங்கால் அவன் அல்லாஹ்வின் நெருக்கத்தை அதிகம் பெறுவான்,ஏனெனில் அடியானின் ஒவ்வொரு நல்லமலும் அவனுக்கு அல்லாஹ்வின் பக்கம் நெருக்கத்தை ஏற்படுத்தித் தரும்.எனவே இவையிரண்டினையும் அடையப் பெற்றவர் மனிதரில் சிறந்தவராக ஆகிவிடுவார்.ஆனால் எவனுடைய ஆயுள் அதிகமாக இருந்த போதிலும் அவனுடைய அமல்கள் நல்லவையாக அமையப் பெறவில்லையோ அது அவனுக்குக் கெட்டதாகவும்,தீமையாகவும் ஆகிவிடும்.எனவேதான் ரஸூல் (ஸல்) அவர்களிடம் நல்ல மனிதன் யார்?என்று வினவப்பட்ட போது "நீண்ட ஆயுளும்,நல்லமலும் பெற்றவர்"என்றும்,கெட்ட மனிதன் யார்?என்று வினவப்பட்ட போது"நீண்ட ஆயுளும் தீய செயலும் பெற்றவன்" என்றும் கூறினார்கள்.இதனை அபூ தாவுத்,திர்மிதீ ஆகியோர் அறிவித்துள்ளனர்.மேலும் அல்பானீ அவர்கள்صحيح الترمذي யில் இதனை ஸஹீஹானது என்று குறிப்பிட்டுள்ளார்கள்(5/330)இலக்கம் (2330) மேலும் "கால,நேரம் என்பது வியாபாரியின் மூலதணம் போன்றது.அவன் அதனை இலாபம் ஈட்டித் தரும் விடயத்தில் பயன்படுத்துவது அவசியம்.இதன்படி அவனினின் மூலதணம் அதிகரிக்க அதிகரிக்க இலாபமும் அதிகரித்துச் செல்லும்.எனவே எவன் அதனை நல்லவற்றில் பயன்படுத்தி வருவானோ அவன் ஜெயம் பெறுவான்.எவன் தன் மூலதணதனத்தை பாழாக்கி விடுகின்றானோ அவன் இலாபமடைய மாட்டான்.படு நஷ்ட்டமடைவான்" என்று அத்தீபீ (ரஹ்) அவர்கள் கூறியுள்ளார்கள்</t>
   </si>
   <si>
     <t>فضل طول العمر إذا اقترن بحسن العمل، فإنه يتزود من الطاعات التي تقربه إلى الله، وشر الناس من طال عمره وساء عمله.</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد والدارمي</t>
   </si>
   <si>
     <t>[இதனைத் திர்மிதி பதிவு செய்துள்ளார் - இதனைஅஹ்மத் பதிவு செய்திருக்கிறார் - இதனை தாரமீ பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3710</t>
   </si>
   <si>
+    <t>خير يوم طلعت عليه الشمس يوم الجمعة</t>
+  </si>
+  <si>
+    <t>சூரியன் உதயமாகும் நாட்களில் மிகச் சிறந்த நாள் ஜும்ஆ நாளாகும்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ، فِيهِ خُلِقَ آدَمُ، وَفِيهِ أُدْخِلَ الْجَنَّةَ، وَفِيهِ أُخْرِجَ مِنْهَا، وَلَا تَقُومُ السَّاعَةُ إِلَّا فِي يَوْمِ الْجُمُعَةِ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, அபூ ஹுரைரா (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : சூரியன் உதயமாகும் நாட்களில் மிகச் சிறந்த நாள் ஜும்ஆ நாளாகும். அதில் தான் ஆதம் அலைஹிஸ்ஸலாம் படைக்கப்பட்டார்கள் அந்நாளில் தான் சுவர்க்கத்தினுள் தங்கவைக்கப் பட்டு அந்நாளில் தான் அதிலிருந்து வெளியேற்றவும் பட்டார்கள். அத்துடன் யுக முடிவு நாளும் ஜும்ஆத் தினத்தில்தான் நிகழும்'.</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
+ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
+  </si>
+  <si>
+    <t>சூரியன் உதயமாகும் நாட்களில் மிகச் சிறந்த நாள் ஜும்ஆ தினமாகும் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள். இத்தினத்தின் சிறப்புகள் சில பின்வருமாறு : இந்நாளில் ஆதம் அலைஹிஸ்லாம் படைக்கப்பட்டமை. சுவர்க்கத்தினுள் நுழைவிக்கப்பட்டமை, அதிலிருந்து வெளியேற்றபட்டு பூமிக்கு இறக்கப்பட்டமை, இந்நாளில் யுகமுடிவு நிகழ்கின்றமை போன்றனவாகும்.</t>
+  </si>
+  <si>
+    <t>فضل يوم الجمعة على سائر أيام الأسبوع.
+الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
+هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
+ ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
+أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
+  </si>
+  <si>
+    <t>கிழமை நாட்களில் ஏனைய நாட்களை விட ஜும்ஆத்தினத்தின் சிறப்பு குறிப்பிடப்பட்டுள்ளமை.
+ஜும்ஆத் தினத்தில் அதிமாக நற்காரியங்கள் செய்வதற்கும் அல்லாஹ்வின் கோபத்திலிருந்து விலகி அவனின் அருளைப் பெற்றுக்கொள்வதற்கு தயாரார்படுத்திக் கொள்ளவும் வலியுறுத்துதல்.
+ஹதீஸில் குறிப்பிடப்பட ஜும்ஆத் தினத்திற்கான இந்தத் தனிச் சிறப்புகளைப் பொறுத்தவரை அவை அத்தினத்திற்கான சிறப்புகள் அல்ல என்ற ஒரு கருத்து குறிப்பிடப்பட்டுள்ளது. ஏனெனில் ஆதம் அலைஹிஸ்ஸலாம் சுவர்க்கத்திலிருந்து வெளியேற்ப்பட்டமை யுகமுடிவு நாள் நிகழ்தல் போன்றன குறிப்பிடப்பட்டதால் அந்நாளிக்கான சிறப்பம்சமாக இதனைக் கருத முடியாது. இன்னொரு கருத்து இங்கே குறிப்பிடப்பட்டுள்ளது: அனைத்தும் அந்நாளைக்குரிய சிறப்புக்களாகும், அதாவது ஆதம் அலைஹிஸ்ஸலாம் அவர்கள் சுவர்க்கத்திலிருந்து வெளியேற்றப்பட்டு பூமிக்கு அனுப்பட்டமை ரஸுல்மார்கள் மற்றும் நபிமார்கள் சான்றோர் என சந்ததி உருவாவதற்கு காரணமாக அமைந்தமை சிறப்பாகும். அத்துடன் இத்தினத்தில் மறுமை நிகழ்தல் என்பது நல்லோருக்கான வெகுமதிகள் அவசரமாக கிடைப்பதற்கும் அல்லாஹ் அவர்களுக்கு தயார்ப்படுத்தியுள்ள அந்தஸ்த்துக்களை அடைந்து கொள்வதற்கு காரணமாக உள்ளது, இந்தவகையில் இங்கு குறிப்பிடப்பட்டவை அனைத்தும் இத்தினத்திற்கான சிறப்புக்களாக கொள்ள முடியும்.
+இந்த அறிவிப்பில் குறிப்பிடப்பட்ட சிறப்பம்சங்கள் தவிர வேறு பல சிறப்பம்சங்களும் இத்தினத்திற்கு உண்டு அவை பின்வருமாறு : இத்தினத்தில்தான் ஆதம் அலை அவர்களின் தௌபா ஏற்றுக்கொள்ளப் பட்டமை, அவரின் உயிர் கைப்பற்றப்பட்டமை போன்றனவும் நிகழ்ந்துள்ளன. அத்துடன் இத்தினத்தில் ஒரு சிறப்பு நேரம் உண்டு அந்நேரத்தில் ஒரு இறைவிசுவாசி தொழுது கொண்டிருக்கும் போது அவன் கேட்கும் பிரார்த்தனை குறித்த நேரத்திற்கு இணையாக அமைந்து விட்டால் அவன் அவ்வேளையில் கேட்பதை அல்லாஹ் கொடுத்து விடுகிறான்.
+வருட நாட்களில் மிகவும் சிறந்தது அறபா நாளாகும். ஆனால் யவ்முன் நஹ்ர் என்ற கருத்தும் உண்டு. கிழமை நாட்களில் ஜும்ஆத் தினமே மிகவும் சிறப்பான தினமாகும். இரவில் மிகவும் சிறப்புக்குரிய இரவு லைலத்துல் கத்ர் இரவாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3711</t>
+  </si>
+  <si>
     <t>بني سلمة، دِيارَكُم، تُكتب آثارُكُم، ديارَكُم تُكتب آثارُكُم</t>
   </si>
   <si>
     <t>பனூஸலமாவே! நீங்கள் உங்கள் இருப்பிடத்திலேயே இருந்து கொள்ளுங்கள் உங்களின் சுவடுகளுக்கும் நன்மை எழுதப்படும்.நீங்கள் உங்கள் இருப்பிடத்திலேயே இருந்து கொள்ளுங்கள் உங்களின் சுவடுகளுக்கும் நன்மை எழுதப்படும்.</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: أراد بنو سلمة أن ينتقلوا للسكن قرب المسجد فبلغ ذلك رسول الله صلى الله عليه وسلم فقال لهم: «إنه قد بلغني أنكم تُريدون أن تنتقلوا قُرب المسجد؟» فقالوا: نعم، يا رسول الله قد أردنا ذلك، فقال: «بَنِي سَلِمَة، دِيارَكُم، تُكتب آثارُكُم، ديارَكُم تُكتب آثاركُم». 
 وفي رواية: «إن بكلِّ خَطْوَة درجة».</t>
   </si>
   <si>
     <t>பனூஸலமா கோத்திரத்தார் மஸ்ஜித் நபவீயின் பக்கமாக இடம் பெயர விரும்பினர்.அது ரஸூல் (ஸல்) அவர்களுக்கு எட்டியது.அப்பொழுது நபியவர்கள் அவர்களிடம் "நீங்கள் பள்ளிவாசல் பக்கமாக இடம் பெயர விரும்புவதாக எனக்கு செய்தி கிடைத்துள்ளது" என்றார்கள்.அதற்கு அவர்கள்,அல்வாஹ்வின் தூதரே! ஆம் என்றனர்.அதற்கு நபியவர்கள் "பனூஸலமாவே! நீங்கள் உங்கள் இருப்பிடத்திலேயே இருந்து கொள்ளுங்கள் உங்களின் சுவடுகளுக்கும் நன்மை எழுதப்படும்.நீங்கள் உங்கள் இருப்பிடத்திலேயே இருந்து கொள்ளுங்கள் உங்களின் சுவடுகளுக்கும் நன்மை எழுதப்படும்" என்றார்கள்.என ஜாபிர் (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.இன்னொரு அறிவிப்பில் "நிச்சயமாக ஒவ்வொரு எட்டுக்கும் ஒரு அந்தஸ்து உண்டு.என குறிப்பிடப்பட்டுள்ளது.</t>
   </si>
   <si>
     <t>معنى هذا الحديث: أن بني سلمة أرادوا أن ينتقلوا من ديارهم -البعيدة من المسجد- إلى أماكن تقرب من المسجد، فكرِه النبي صلى الله عليه وسلم أن تُعرَّى المدينة، كما في رواية البخاري، ورغبته -عليه الصلاة والسلام- أن تُعمَّر ليعظم منظر المسلمين في أعين المنافقين والمشركين عند توسعها.
 ثم سألهم، قال: (إنه قد بلغني أنكم تريدون أن تنقلوا قرب المسجد) قالوا: نعم يا رسول الله قد أردنا ذلك، فقال رسول الله صلى الله عليه وسلم : (دياركم تكتب آثاركم)، قالها مرتين، وبين لهم أن لهم بكل خطوة حسنة أو درجة.
 وعن أبي هريرة رضي الله عنه موقوفا عليه: "إن أعظمكم أجرًا أبعدكم دارًا، قيل: لِمَ يا أبا هريرة ؟ قال: "من أجل كثرة الخطا" رواه مالك في "الموطأ".
 فكلما بَعُد المنزل عن المسجد، كان في ذلك زيادة فضل في الدرجات والحط من السيئات.
 وإنما يتحقق هذا الفضل: إذا توضأ في بيته وأسبغ الوضوء، ومشى ولم يركب، سواء كان ذلك قليلاً، يعني سواء كانت الخطوات قليلة، أم كثيرة، فإنه يكتب له بكل خطوة شيئان: يرفع بها درجة، ويحط عنه بها خطيئة.
 فعن رجل من أصحاب النبي صلى الله عليه وسلم مرفوعاً: "إذا توضأ أحدكم فأحسن الوضوء ثم خرج إلى الصلاة، لم يرفع قدمه اليمنى إلا كتب الله عز وجل له حسنة، ولم يضع قدمه اليسرى إلا حط الله عز وجل عنه سيئة، فليقرب أحدكم أو ليبعد) رواه أبو داود.
 وعن ابن عباس، أن النبي صلى الله عليه وسلم قال: "أتاني ربي عز وجل الليلة في أحسن صورة -أحسبه يعني في النوم- فقال: يا محمد، هل تدري فيم يختصم الملأ الأعلى؟ قال: قلت: نعم، يختصمون في الكفارات والدرجات، قال: وما الكفارات والدرجات؟ قال: المكث في المساجد بعد الصلوات، والمشي على الأقدام إلى الجماعات، وإبلاغ الوضوء في المكاره) رواه أحمد.
 فدل ذلك على أن نَيل الدرجات إنما يتحقق بأمور:
 1ـ الذهاب إلى المسجد على طهارة.
 2ـ احتساب الأجر؛ لحديث: (إنما الأعمال بالنيات وإنما لكل امرئ ما نوى) متفق عليه.
 3ـ أن يخرج من بيته لا يخرج إلا لقصد المسجد. 
 4ـ المشي على الأقدام وعدم الركوب، إلا من عذر.</t>
@@ -4054,76 +6089,117 @@
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஜாபிர் ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : 'விற்றாலும், வாங்கினாலும், கடனைத் திருப்பக் கேட்டாலும் மென்மையாக நடந்து கொள்ளும் ஓர் அடியானுக்கு அல்லாஹ் அருள்பாலிப்பானாக!'.</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>தனது வியாபாரத்தில் தாராளத்தன்மையுடன், வல்லல் தன்மையுடனும், மென்மையாகவும் நடந்து கொள்ளும் அனைவருக்கும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பிரார்த்தித்துள்ளார்கள். வாங்குபருக்கு அவர் வாங்கும் பொருளின் விலையில் சிரமப்படுத்தாது நல்ல பண்பாட்டுடன் நடந்து கொள்வார். பொருளை கொள்வனவு செய்தாலும் மென்மையாகவும் தாராளத்தன்மையுடனும், நடந்து கொள்வார். அவர் பொருளின் விலையை அளவுக்கதிகமாகக் குறைத்தோ அதன் பெறுமதியை குறைத்தோ வாங்கமாட்டார் கடனை நிறைவேற்றுமாறு கோரினாலும் அவருடன் மென்மையாகவும், தாராளத் தன்மையுடனும் நடந்து கொள்வார். கடனைப் பெற்றவர் பரம ஏழையாக, தேவையுடையவராக இருப்பின் அவர்களுடன் மென்மையாகவும் இங்கிதமாகவும் அவர்களிடம் கேட்பதோடு, அதனை நிறைவேற்ற வசதியற்றவர்களுக்கு கால அவகாசம் அளிப்பார்.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>மனிதர்களுக்கு மத்தியில் தொடர்புகளை சீர்படுத்தும் விடயங்களை பேணுதல் இஸ்லாமிய ஷரீஆவின் நோக்கங்களில் ஒன்றாகும்.
 கொடுக்கல் வாங்கல் போன்ற மனிதர்களுக் கிடையலான வணிக தொடர்புகளில் உயர் பண்பாடுகளுடன் நடந்துகொள்ள ஆர்வமூட்டுதல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3716</t>
   </si>
   <si>
-    <t>رَغِمَ أنْفُ، ثم رَغِمَ أنْفُ، ثم رَغِمَ أنْفُ من أدرك أبويه عند الكِبر أحدهما أو كِليهما فلم يَدخلِ الجنة</t>
-[...21 lines deleted...]
-البشارة لمن بر بوالديه بدخول الجنة، خصوصًا عند كبرهما وضعفهما.</t>
+    <t>رغم أنف، ثم رغم أنف، ثم رغم أنف، قيل: من؟ يا رسول الله قال: من أدرك أبويه عند الكبر، أحدهما أو كليهما فلم يدخل الجنة</t>
+  </si>
+  <si>
+    <t>எவன் தன் பெற்றோர் இருவருமோ அல்லது ஒருவரோ வயோதிபம் அடைந்திருக்கும் நிலையில் அவர்களை அவன் அடையப் பெற்றும் சுவர்க்கம் செல்லவில்லையோ அவன் அழிந்து போகட்டும். அவன் அழிந்து போகட்டும். அவன் அழிந்து போகட்டும்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள்: எவன் தன் பெற்றோர் இருவருமோ அல்லது ஒருவரோ வயோதிபம் அடைந்திருக்கும் நிலையில் அவர்களை அவன் அடையப் பெற்றும் சுவர்க்கம் செல்லவில்லையோ அவன் அழிந்து போகட்டும். அவன் அழிந்து போகட்டும். அவன் அழிந்து போகட்டும்.</t>
+  </si>
+  <si>
+    <t>دَعا النبيُّ صلى الله عليه وسلم بالذّل والخِزْي حتى بلغ به كأنه وضع أنفَه في التراب -كررها ثلاثًا- فسُئِل: مَن هذا يا رسول الله الذي دعوتَ عليه؟ 
+فقال صلى الله عليه وسلم: من أدرك والديه عند الكبر -أحدهما أو كليهما-، فلم يكونَا سببًا بدخوله الجنة؛ وذلك بسبب عدم الإحسان إليهما وعقوقهما.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இழிவும் நாசமும் உண்டகாட்டும் எனப் பிரார்தித்தார்கள். அதாவது தனது மூக்கை மன்னில் தேய்த்துக்கொள்ளும் நிலைக்கு ஒப்பாக குறிப்பிட்டு மூன்று தடவைகள் அவன் மண்ணை கவ்வட்டும் எனப் பிரார்த்தித்தார்கள். அப்போது தோழர்கள் அவர்களிடம் நீங்கள் நாசமுண்டாகட்டும் எனப் பிரார்தனை செய்த அந்நபர் யார்? எனக் கேட்டார்கள்.
+அதற்கு நபியவர்கள் எவனோருவன் தனது பெற்றோர்களில் ஒருவரையோ அல்லது இருவரையுமோ வயோதிபத்தில் அடையப்பெற்று அவர்களுக்கு உபகாரம் செய்யாது, நோவினை செய்தன் காரணமாக  அவர்களின் மூலம் சுவர்க்கம் செல்லாதவர் எனக் குறிப்பிட்டார்கள்.</t>
+  </si>
+  <si>
+    <t>وجوب بِرِّ الوالدين وأنه من أسباب دخول الجنة، خصوصًا عند كبرهما وضعفهما.
+عقوق الوالدين من كبائر الذنوب.</t>
+  </si>
+  <si>
+    <t>பெற்றோரைப் பேணி அவர்களுக்கு உபகாரம் செய்வது அவசியமாகும். இது சுவர்கம் செல்வதற்கான வழிகளில் ஒன்றாகும். குறிப்பாக அவர்கள் இருவரும் முதுமை நிலையில் பலவீனமாக இருக்கும் போது அவர்களுடன் நல்ல முறையில் நடந்து கொள்வது  மிகவும் வலியுறுத்தப்பட்ட விடயமாகும்.
+பெற்றோரை நோவினை செய்வது பெரும்பாவங்களில் ஒன்றாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3718</t>
+  </si>
+  <si>
+    <t>سبق المفردون</t>
+  </si>
+  <si>
+    <t>தனித்துவிட்டவர்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسِيرُ فِي طَرِيقِ مَكَّةَ، فَمَرَّ عَلَى جَبَلٍ يُقَالُ لَهُ جُمْدَانُ، فَقَالَ: «سِيرُوا هَذَا جُمْدَانُ، سَبَقَ الْمُفَرِّدُونَ» قَالُوا: وَمَا الْمُفَرِّدُونَ يَا رَسُولَ اللهِ؟ قَالَ: «الذَّاكِرُونَ اللهَ كَثِيرًا وَالذَّاكِرَاتُ».</t>
+  </si>
+  <si>
+    <t>அபூஹுரைரா ரழியல்லாஹு அன்ஹு  அவர்கள் கூறுகிறார்கள் : அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மக்கா செல்லும் சாலையில் பயணம் மேற்கொண்ட போது 'ஜும்தான்' எனப்படும் மலையொன்றைக் கடந்து சென்றார்கள். அப்போது, 'செல்லுங்கள்: இது 'ஜும்தான்' மலை ஆகும். தனித்துவிட்டவர்கள் (முபர்ரித்தூண்கள்) வெற்றி பெற்றுவிட்டார்கள்;' என்று சொன்னார்கள். மக்கள், 'தனித்து விட்டவர்கள் (முபர்ரித்தூண்கள்) என்போர் யார், அல்லாஹ்வின் தூதரே?' என்று கேட்டார்கள். அதற்கு அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள், 'அல்லாஹ்வை அதிகமாக நினைவுகூரும் ஆண்களும் நினைவுகூரும் பெண்களும் ஆவர்' என்று பதிலளித்தார்கள்.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم منزلة الذاكرين الله كثيرًا، وأنهم قد انفردوا وسبقوا غيرَهم بنيل الدرجات العُلَى في جنات النعيم، وشبَّههم بجبل جُمدان الذي انفرد عن غيره من الجبال.</t>
+  </si>
+  <si>
+    <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அல்லாஹ்வை அதிகம் நினைவு கூறுவோரின் அந்தஸ்த்துக்களை தெளிவு படுத்துகிறார்கள் அவர்கள் தனித்துவமானவர்கள் ஏனையோரை விட இன்பம் நிறைந்த சுவர்க்கத்தில் உயர் அந்தஸ்துக்களை அடைந்து கொண்டவர்கள் எனக் குறிப்பிடுகிறார்கள். இவர்களின் நிலை ஏனைய மலைகளிலிருந்து வேறுபட்டு தனித்துவமாக திகழும் 'ஜும்தான்'  என்ற மலைக்கு ஒப்பானது என்று விவரிக்கிறார்கள்.</t>
+  </si>
+  <si>
+    <t>استحباب كثرة الذكر والانشغال به، فإنَّ السَّبْق في الآخرة إنما يكون بكثرة الطاعات، والإخلاص في العبادات.
+ذكر الله يكون باللسان فقط، أو بالقلب فقط، أو باللسان والقلب معًا، وهي أعلاها رتبة.
+من الذكر الأوراد الشرعية المقيدة، كأذكار الصباح والمساء، وأدبار الصلوات المكتوبات وغيرها.
+قال النووي: اعلم أن فضيلة الذكر غير منحصرة في التسبيح والتهليل والتحميد والتكبير ونحوها، بل كل عامل لله تعالى بطاعة فهو ذاكرٌ لله تعالى.
+ذكر الله من أعظم أسباب الثبات، قال سبحانه وتعالى: (يَا أَيُّهَا الَّذِينَ آمَنُوا إِذَا لَقِيتُمْ فِئَةً فَاثْبُتُوا وَاذْكُرُوا اللَّهَ كَثِيرًا لَّعَلَّكُمْ تُفْلِحُونَ) [الأنفال: 45]
+وجه التشبيه بينَ الذَّاكرينَ وجبل جُمدانَ هو الانفرادُ والاعتزالُ؛ فجبل جُمدانُ منفرد عن الجِبالِ، فكذا الذَّاكرينَ اللهَ تعالى فالمُنفَردُ هو الذي انفردَ قلبُه ولسانُه بذِكرِ ربَّه ولو كانَ بينَ النَّاسِ، واستأنس بأوقاتِ الخَلوةِ واستوحش من كثرةِ مُخالطةِ النَّاسِ، وقد يكون وجه التشبيه أن الذكر سبب التَّثبيت على الدين كما أن الجبال سبب لثبات الأرض، أو يكون السَّبقُ إلى الخَيراتِ في الدُّنيا والآخرةِ حيث كان المسافر من المدينة إلى مكة إذا وصل جُمدانَ كانَ علامةُ الوصولِ إلى مكةَ ومن وصلَ إليه كانَ سابقًا، فكذلك الذَّاكرُ للهِ تعالى فهو سابقٌ لغيرِه بكثرةِ ذِكرِه للهِ تعالى، والله أعلم.</t>
+  </si>
+  <si>
+    <t>அதிகம் திக்ர் செய்வது மற்றும் அதில் திளைத்திருப்பது வரவேற்கத்தக்க விடயமாகும் ஏனெனில்; மறுமையில் வெற்றியும் மேன்மையும் அதிக வழிபாடுகள் மற்றும் வணக்கங்களில் உளத்தூய்மைப் பேணுவதில் தங்கியுள்ளது.
+அல்லாஹ்வை நினைவுகூர்வது நாவினால் மாத்திரம் அல்லது உள்ளத்தினால் மாத்திரம் அல்லது நாவு மற்று உள்ளம் இரண்டினாலும் இடம் பெற முடியும், உள்ளத்தினாலும் நாவினாலும் அல்லாஹ்வை நினைவுகூர்வது இவற்றில் உயரிய படித்தரமாகும்.
+திக்ர்; என்பது குறித்த நேரத்தில் கூறப்படும் திக்ர்களான காலை மாலை திக்ர் கடமையான தொழுகையின் ஓதப்படும் திக்ர் உட்பட ஏனைய பொதுவான திக்ருகள் அனைத்துமாகும்.
+இமாம் நவவி கூறுகிறார் : திக்ரின் சிறப்பானது ஸுப்ஹனல்லாஹ் லாஇலாஹ இல்லல்லாஹ் அல்ஹம்துலில்லாஹ் அல்லாஹு அக்பர் கூறுவதில் மாத்திரம் வரையறுக்கபட்டதன்று என்பதை அறிந்து கொள்ளுதல் வேண்டும். மாறாக வாழிபாட்டின் மூலம் அல்லாஹ்வுக்கு கீழ்படிந்து நடக்கும் ஒவ்வொருவரும் அல்லாஹ்வை நினைவு கூறுபவராக கருதப்படுகிறார்.
+அல்லாஹ்வை நினைவுகூர்தல் மார்க்கத்தில் உறுதி மற்றும் பற்றை அடைந்து கொள்வதற்கான  மிகப்பெரும் வழிகளில் ஒன்றாகும். அல்லாஹுத் தஆலா இவ்வாறு குறிப்பிடுகிறான் : "ஈமான் கொண்டவர்களே! நீங்கள் (போரில் எதிரியின்) கூட்டத்தாரைச் சந்திப்பீர்களாயின் உறுதியாக இருங்கள் - அல்லாஹ்வை அதிகமாக தியானம் செய்யுங்கள் - நீங்கள் வெற்றியடைவீர்கள்". (அன்ஃபால் : 45).
+அல்லாஹ்வை நினைவு கூர்பவர்கள் ஜும்தான் மலைக்கு அதன் தனித்தன்மை மற்றும் தனி இருப்பு காரணமாக ஒப்பிடப்படுகிறார்கள். ஜும்தான் மலை மற்ற மலைகளிலிருந்து தனித்து இருப்பது போல்; அல்லாஹ்வை நினைவு கூர்ந்தவர்களும் தனித்து வேறுபட்டு காணப்படுகிறார்கள். அவர்கள் மக்கள் மத்தியில் இருந்தாலும், உள்ளத்தாலும் நாவாலும் அல்லாஹ்வை நினைத்து தனித்து நிற்கிறார்கள். அவர்கள் தனிமையின் தருணங்களில் ஆறுதலைக் காண்கிறார்கள், அதிகமாக மக்கள் மத்தியில் கலந்து பழகும்போது அவர்கள் தனிமையை உணர்கிறார்கள்.
+மலை மற்றும் திக்ர் செய்வோருக்குக் குமிடையிலான  மற்றொரு ஒற்றுமையை இங்கே குறிப்பிட முடியும். அதாவது பூமியின் உறுதிக்கு மலைகள் காரணம் என்பது போல, அல்லாஹ்வின் திக்ர் அவனுடைய மார்க்க உறுதிக்குக் காரணமாக அமைகிறது. இந்த இரண்டுக்கும் இடையே மேலும் ஒரு தொடர்பு உள்ளது. மதீனாவிலிருந்து மக்காவுக்குப் பயணிக்கும் ஒருவர், தான் மக்காவை அடைந்ததற்கான அடையாளமாக ஜும்தான் மலையை அடைகிறார். சுருக்கமாகச் சொன்னால், முதலில் அங்கு சென்றடைவது மக்காவை அடைவது போன்றது. இதைப் போல திக்ர் செய்பவர் இம்மை மறுமையில் உள்ள நன்மைகளை ஏற்கனவே அடைந்து விட்டார் போலும். அவர் தனது ஏராளமான திக்ருக்கள் மூலம் இந்த நற்பண்புகளுக்கு மற்ற அனைவருக்கும் முன் வந்துள்ளார் என்பதாகும். அல்லாஹ் மிகவும் அறிந்தவன்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3719</t>
   </si>
   <si>
     <t>صليت مع النبي صلى الله عليه وسلم ذات ليلة فافتتح البقرة</t>
   </si>
   <si>
     <t>ஓரிரவு நான் ரஸூல் (ஸல்) அவர்களுடன் தொழுதேன் அப்பொழுதவர்கள் அல் பகரா ஸூராவை ஆரம்பம் செய்தார்கள்</t>
   </si>
   <si>
     <t>عن حذيفة بن اليمان رضي الله عنهما قال: صليت مع النبي صلى الله عليه وسلم ذات ليلة فَافْتَتَحَ البقرة، فقلت: يركع عند المئة، ثم مضى، فقلت: يصلي بها في ركعة فمضى، فقلت: يركع بها، ثم افتتح النساء فقرأها، ثم افتتح آل عمران فقرأها، يقرأ مُتَرَسِّلًا: إذا مَر بآية فيها تَسبِيحٌ سَبَّحَ، وإذا مَر بسؤال سَأل، وإذا مَر بِتَعَوُّذٍ تَعَوَّذَ، ثم ركع، فجعل يقول: «سبحان ربي العظيم» فكان ركوعه نحوًا من قِيَامِهِ، ثم قال: «سمع الله لمن حمده، ربنا لك الحمد» ثم قام طويلًا قريبا مما ركع، ثم سجد، فقال: «سبحان ربي الأعلى» فكان سجوده قريبًا من قيامه.</t>
   </si>
   <si>
     <t>"ஓரிரவு ரஸூல் (ஸல்) அவர்களுடன் நான் தொழுதேன் அப்பொழுதவர்கள் அல் பகரா ஸூராவை ஆரம்பம் செய்தார்கள்.அதன் நூராவது வசனத்தில் வைத்து அவர்கள் ருகூஃ செய்வார்கள் என நான் நினைத்தேன்.ஆனால் அவர்கள் ஓதிக் கொண்டே இருந்தார்கள்.எனவே இந்த ஸூராவுடன் ருகூஃ செய்வார்கள் என்று நினைத்தேன்.ஆனால் அவர்கள் அதன் பின்னர் அந்நிஸாஉ அத்தியாயத்தையும் அதன் பின் ஆல இம்ரான் அத்தியாயத்தையும் ஆரம்பித்து ஓதினார்தள்.இதையெல்லாம் அவர்கள் தஜ்வீத் சட்டங்களை அனுசரித்துத் தர்தீலாக ஓதினார்கள்.அவ்வமயம் அல்லாஹ்வை துதி செய்து அவனைத் தூய்மைப் படுத்தும் வசனங்களைத் தாண்டும் போது தஸ்பீஹ் செய்தார்கள்.மேலும் அல்லாஹ்விடம் கையேந்தும் படியான வசனங்களைத் தாண்டும் போது அல்லாஹ்விடம் வேண்டினார்கள்.இன்னும் பாதுகாப்புத் தேடும் படியான வசனங்களைத் தாண்டும் போது அல்லாஹ்விடம் பாதுகாவல் தேடினார்கள்.பின்னர் ருகூஃ செய்தார்கள்.அதில்سبحان ربي العظيم எனும் வாசகத்தை ஓதினார்கள்.மேலும் அன்னாரின் ருகூஃ,அவர்கள் நிலையில் நின்றது போன்று நீளமாக இருந்தது.பின்னர் سمع الله لمن حمده، ربنا لك الحمد»என்று கூறினார்கள்.பின்னர் ருகூவில் தாமதித்தது போன்று நீண்ட நேரம் நின்றார்கள்.பின்னர் ஸுஜூத் செய்தார்கள்.அதில்سبحان ربي الأعلى என்று கூறினார்கள்.அவர்களின் ஸுஜூதும் ஏரத்தாழ அவர்களின் நிலையைப் போன்று நீண்டிருந்தது.என்று ஹுதைபா இப்னு அல்யமான் (ரழி) அவர்கள் அறிவிக்கின்றார்கள்</t>
   </si>
   <si>
     <t>قام حذيفة مع النبي صلى الله عليه وسلم في قيام الليل فأطال الصلاة، قرأ في ركعة واحدة البقرة ثم النساء ثم آل عمران، وكان إذا مر بآية سؤال سأل وإذا مر بآية تسبيح سبح وإذا مر بآية تعوذ تعوذ، في أثناء قراءته، وكانت صلاته متناسقة في الطول، الركوع قريبا من القيام، والسجود قريبا من الركوع.</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம்:ரஸூல் (ஸல்) அவர்கள் ஒரு முறை இரவுத் தொழுகை தொழுத போது அவர்களுடன் ஹுதைபா (ரழி) அவர்களும் தொழுதார்கள்.அவ்வமயம் நபியவர்கள் தொழுகையை நீட்டித் தொழுதார்கள்.அவ்வமயம் ஒரு ரகஅத்தில் அல்பகரா,அந்நிஸாஉ,ஆல இம்ரான் ஆகிய ஸூராக்களை ஓதினார்கள்.மேலும் அவர்கள் ஓதிக் கொண்டு இருக்கும் போது அதனிடையே அல்லாஹ்வைத் துதி செய்து அவனைத் தூய்மைப் படுத்தும் வசனங்களைத் தாண்டும் போது தஸ்பீஹ் செய்தார்கள்.மேலும் அல்லாஹ்விடம் கையேந்தும் படியான வசனங்களைத் தாண்டும் போது அல்லாஹ்விடம் வேண்டினார்கள்.இன்னும் பாதுகாப்புத் தேடும் படியான வசனங்களைத் தாண்டும் போது அல்லாஹ்விடம் பாதுகாவல் தேடினார்கள்.மேலும் நபியவர்களின் தொழுகை எல்லாக் கட்டத்திலும் அதன் நீளம் ஏரத்தாழ ஒரே மாதிரியாக இருந்தது.எனவே அவர்களின் ருகூஃ அவர்களின் நிலையில் நின்றது போன்றும்,ஸுஜூத் ருகூவில் தாமதித்திருந்தது போன்றும் இருந்தது நீளமாக இருந்தது.</t>
   </si>
   <si>
     <t>جواز صلاة الليل في جماعة، لا على وجه المداومة.
 يستحب تطويل القيام في صلاة الليل.
 استحباب تطويل الركوع والاعتدال والسجود وجعله نحوا من القيام.
 جواز القراءة في صلاة الليل على غير ترتيب سور المصحف.
 استحباب تكرار التسبيح في الركوع والسجود ولا حصر له في صلاة الليل.
@@ -4190,81 +6266,129 @@
  فجمعهم النبي صلى الله عليه وسلم وقام فيهم خطيبا، فحمد الله ثم أثنى عليه بما هو أهله ، ثم قال: أما بعد ، فوالله إني لأعطي الرجل وأدع الرجل، والذي أدعْ أحب إلي من الذي أعطي " 
 أي: ليس المعنى: أنني إذا أعطيت بعضهم ولم أعط الآخر دليل على محبتي لهم دون الآخرين، بل إن الذين أدعهم ولا أعطيهم هُم أحبُّ إلي ممن أعطيهم. 
 ثم بَيَّنَ لهم سبب إعطاء بعضهم دون بعض فقال: " ولكني إنما أعطي أقواما لما أرى في قلوبهم من الجَزَعِ والهَلَع " أي: من شدة الألم والضَّجَر الذي يُصيب نفوسهم لو لم يعطوا من الغنيمة، فأعطيهم تأليفا لقلوبهم، وتطييبا لنفوسهم.
 "وأَكِلُ أقواما إلى ما جعل الله في قلوبهم من الغِنى" أي: وأترك أقواما فلا أعطيهم لأني أكِلهم إلى ما وضع الله في قلوبهم من القناعة وغنى النفس، "والخير" أي وقوة الإيمان واليقين "منهم عمرو بن تغلب" أي: من الناس الَّذين أمنع عنهم العطاء اتكالا على ما عندهم من الإيمان "عَمْرُو بن تَغْلِبَ". 
 وفي الحديث الآخر: "إني لأعطي الرجل وغيره أحب إليَّ منه، خَشية أن يكب في النار على وجهه" رواه مسلم 
  قال عَمْرُو ـرضي الله عنه- عندما سمع النبي صلى الله عليه وسلم يثني عليه: "فوالله ما أحب أن لي بكلمة رسول الله صلى الله عليه وسلم حُمْر النَّعَم" أي: أقسم بالله لا أرضى بهذا الثناء الذي كرمني به النبي صلى الله عليه وسلم بديلا ولو أعطيت أنفس أموال العرب التي هي الجمال الحُمر.</t>
   </si>
   <si>
     <t>யுத்தத்தில் கிடைத்த வெற்றிப் பொருளான கனீமத் அல்லது யுத்த கைதிகள் சிலர் ரஸூல் (ஸல்) அவர்களிடம் எடுத்து வரப்பட்டனர்.அதனை நபியவர்கள் பங்கு வைக்கும் போது சிலருக்குக் கொடுத்தார்கள்.இன்னும் சிலருக்குக் கொடுக்காமல் விட்டு விட்டார்கள்.அதாவது சிலரின் உள்ளத்தைச் சாந்தப்படுத்தும் நோக்கில் அவர்களுக்குக் கொடுத்தார்கள்.மேலும் எவர்களுக்கு அல்லாஹ் ஈமானையும்,யகீனையும் வழங்கியிருந்தானோ அவர்களின் உள்ளம் உறுதி வாய்ந்ததாக இருந்ததன் காரணமாக அவர்களுக்குக் கொடுக்கவில்லை.எனவே அவர்கள் ரஸூல் (ஸல்) அவர்கள் தங்களுக்குத் தராமல் மற்றவர்களுக்குக் கொடுக்கக் காரணம் மற்றவர்கள் மார்க்கத்தில் சிறந்தவர்கள் என்பதற்காகவோ என்று எண்ணலாயினர்.ஆகையால் அவர்கள் தங்கள் மத்தியில் நபியவர்களைக் கண்டிக்கவும்,தூற்றவும் ஆரம்பித்தனர்.இந்த செய்தி நபியவர்களுக்குக் கிடைத்தது.எனவே அவர்ரகளை எல்லாம் ரஸூல் (ஸல்) ஒன்று கூட்டி அவர்கள் முன் நின்று ஒரு உரை நிகழ்த்தினார்கள்.அவ்வமயம் புகழுக்குரிய அல்லாஹ்வைப் போற்றிப் புகழ்ந்த பின்னர் நபியவர்கள்"அல்லாஹ்வின் மீது ஆணையாக உண்மையில் நான் ஒருவருக்குக் கொடுக்கின்றேன்.இன்னொருவருக்குக் கொடுப்பதில்லை.ஆனால் நான் யாருக்குக் கொடுக்கவில்லையோ எனேனிடமவர் நான் யாருக்குக் கொடுக்கின்றோனோ அவரை விடவும் விருப்பத்திற்குரியவராவார்"என்று கூறினார்கள்.அதாவது நான் சிலருக்குக் கொடுத்தும் இன்னும் சிலருக்குக் கொடுக்காமலும் இருப்பதன் கருத்து நான் சிலரை நேசிக்கின்றேன் மற்றும் சிலரை நேசிக்கவில்லை,என்பதல்ல.மாறாக நான் யாருக்குக் கொடுத்தேனோ அவர்களை விடவும் யாருக்கு நான் கொடுக்கவில்லையோ அவர்களே என்னிடம் மிகவும் அன்புக்குரியவர்கள்.என்றார்கள்.பின்னர் தாங்கள் இப்படிச் செய்ததற்காரணத்தைத் தெளிவு படுத்தரினார்கள்.அவ்வமயம் எவர்களின் மனதில் துக்கம் துயரம் இருக்க நான் கண்டேனோ அவர்களுக்கு கனீமத் எனும் யுத்தத்தில் கிடைத்த வெற்றிப் பொருள் அவர்களுக்குக் வழங்சகப்படாது போனால் அவர்களிளின் கவலை இன்னும் அதிகரித்துவிடும் என்பதால் அவர்களின் உள்ளத்தைச் சாந்தப்படுத்து முகமாக அதனை அவர்களுக்கு வழங்கினேன்,என்று விளக்கமளித்த நபியவர்கள் "மேலும் அல்லாஹ் எந்த சமூகத்தவரின் மனதில் போது மெனும் குணத்தை வைத்திரக்கின்றானோ அவர்களை அதன் பொருப்பிலேயே நான் விட்டு விடுகிறேன்" என்று கூறினார்கள்.அதாவது சில கூட்டத்தினருக்கு நான் கொடுக்காமல் விட்டு விடுகின்றேன் என்றால் அவர்களுக்கு அல்லாஹ் போது மெனும் மனதையும்,ஈமானின் பலத்தையும் அதன் உறுதியையும் கொடுத்திருக்கின்ற காரணமாக அவர்களை அதன் பொருப்பில் விட்டு விடுகின்றேன்,மேலும் மனிதரில் எவருடைய ஈமான் உறுதியானதாக இருக்கின்றதோ அவர்களின் பொருப்பை அதன் பால் நான் சாட்டி விடுகின்றேன் அப்படியான கூட்டத்தைச் சார்ந்தவர்தான் அம்ர் இப்னு தக்லிப் என்பாரும்.என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள் என அம்ர் இப்னு தக்லிப் (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.மேலும் பிரிதொரு ஹதீஸில்"ஒருவர் என்னிடம் மிகவும் அன்புக்குரியவராக இருந்த போதிலும் மற்றவருக்கு நான் கொடுத்து விடுகிறேன்.என்றால் அவர் நரகில் முகம் குப்புர வீழ்ந்து விடுவார் என்ற அச்சத்தின் காரணமாகத்தான்" என்று ரஸூல் (ஸல்) அவர்கள் நவின்றார்கள்.மேலும் அல்லாஹ்வின் தூதர் தன்னைப் பாராட்டியதைக் கேள்வியுற்ற அம்ரு (ரழி) அவர்கள்"அல்லாஹ்வின் மீது ஆணையாக ரஸூல் (ஸல்) அவர்கள் என்னைப் பற்றிக் கூறிய அந்த வார்த்தைக்குப் பதிலாக எனக்குச் சிவப்பு ஒட்டகங்கள் தரப்படுமாயின் அதனை நான் விரும்ப மாட்டேன்" என்று கூறினார்கள்.அதாவது நபியவர்கள் தன்னைப் பாரட்டி கௌரவித்த அந்த பாராட்டுரைக்குப் பதிலாகத் அறபு மக்களின் பெறுமதி மிக்க செல்வமான சிவப்பு ஒட்டகங்கள், தனக்குத் தரப்படுமாயின் அதனைத் தான் ஏற்றுக் கொள்ளப் போவதில்லை என அவர் அல்லாஹ்வின் மீது ஆணையிட்டுப் பரைசாட்டினார்.</t>
   </si>
   <si>
     <t>السنة في الخُطبة البدء بالحمد والثناء على الله بما هو أهله.
 المال والمتاع ليس مقياس كرامة الإنسان ومكانته.
 حكمة رسول الله صلى الله عليه وسلم في تأليف القلوب وإنقاذها من الهلاك.
 تصرف الإمام في المال والعطاء حسب المصلحة العامة.
 الحث على الرضا بما يأتي المسلم من رزق دون سؤال أو إلحاح.
 سرور المؤمن وفرحه بما يبدو منه من خير.
 فضيلة عَمَرِو بن تَغْلِبْ رضي الله عنه.
 جواز الحلف من غير استحلاف.
 تأليف القلوب بالمال .</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3729</t>
   </si>
   <si>
-    <t>عليك بكثرة السجود؛ فإنك لن تسجد لله سجدة إلا رفعك الله بها درجة، وحط عنك بها خطيئة</t>
-[...29 lines deleted...]
-فضل السجود وأنه من أسباب محو الذنوب.</t>
+    <t>يعقد الشيطان على قافية رأس أحدكم إذا هو نام ثلاث عقد يضرب كل عقدة عليك ليل طويل، فارقد</t>
+  </si>
+  <si>
+    <t>உங்களில் ஒருவர் உறங்கும் போது ஷைத்தான் அவரது தலையின் பிடரியில் மூன்று முடிச்சுக்களை இடுவான். ஒவ்வொரு முடிச்சின் போதும், 'உனக்கு நீண்ட இரவு உள்ளது. எனவே உறங்கு' எனக் கூறுவான்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ، فَإِنِ اسْتَيْقَظَ فَذَكَرَ اللَّهَ، انْحَلَّتْ عُقْدَةٌ، فَإِنْ تَوَضَّأَ انْحَلَّتْ عُقْدَةٌ، فَإِنْ صَلَّى انْحَلَّتْ عُقْدَةٌ، فَأَصْبَحَ نَشِيطًا طَيِّبَ النَّفْسِ، وَإِلَّا أَصْبَحَ خَبِيثَ النَّفْسِ كَسْلاَنَ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக அபூ ஹுரைரா (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : உங்களில் ஒருவர் உறங்கும் போது ஷைத்தான் அவரது தலையின் பிடரியில் மூன்று முடிச்சுக்களை இடுவான். ஒவ்வொரு முடிச்சின் போதும், 'உனக்கு நீண்ட இரவு உள்ளது. எனவே உறங்கு' எனக் கூறுவான். அவர் விழித்து, அல்லாஹ்வை நினைவுகூர்ந்தால் ஒரு முடிச்சு நீங்கிவிடும். அவர் வுழூ செய்தால் இன்னொரு முடிச்சும் நீங்கிவிடும். அவர் தொழுதுவிட்டால் அடுத்தமுடிச்சும் நீங்கிவிடும். எனவே அவர், சுத்தமான உள்ளத்துடன், உற்சாகமானவராக காலைப்பொழுதை அடைவார். அவ்வாறில்லா விட்டால் கெட்ட உள்ளத்துடன் சோம்பேறியாகக் காலைப் பொழுதை அடைவார்.</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بحال الشيطان وصراعه مع الإنسان الذي يريد القيام لصلاة الليل أو الفجر.
+فإن المؤمن إذا ذهب إلى النوم يعقد الشيطان على قافيته -يعني: مُؤخَّر رأسه- ثلاث عقد.
+فإذا استيقظ المؤمن وذكر الله تعالى ولم يستجب لوساوس الشيطان؛ انفكَّت عقدة.
+فإن توضأ انفكت الأخرى.
+وإن قام فصلى انفكت العقدة الثالثة، وأصبح نشيطًا طيب النفس؛ لسروره بما وفّقه الله من الطاعة، مستبشرًا بما وعده الله من الثواب والغفران، مع ما زال عنه من عُقَد الشيطان وتثبيطه،  وإلا أصبح خبيث النفس، محزون القلب، كسلان عن أعمال الخير والبر؛ لأنه مُقَيَّد بِقَيْد الشيطان، ومُبْعَد عن قُرْبِ الرحمن.</t>
+  </si>
+  <si>
+    <t>இங்கு நபியவர்கள், ஷைத்தானுடைய நிலையையும், இரவுத்தொழுகைக்காக, அல்லது பஜ்ர் தொழுகைக்காக எழும்ப நினைக்கும் மனிதனோடு அவன் செய்யும் போராட்டத்தையும் விளக்குகின்றார்கள்.
+ஒரு விசுவாசி தூங்கச் சென்றால், ஷைத்தான் அவனது பிடரியின் மீது மூன்று முடிச்சுக்களை இடுவான்.
+அந்த முஃமின் கண்விழித்து, பின்னர் ஷைத்தானின் ஊசலாட்டங்களுக்கு செவிசாய்க்காமல் அல்லாஹ்வை நினைவுகூர்ந்தால், ஒரு முடிச்சு அவிழ்ந்துவிடும்.
+அவன் வுழூ செய்தால் அடுத்ததும் அவிழ்ந்து விடும்.
+அவன் எழுந்து தொழுதால், மூன்றாவது முடிச்சும் அவிழ்ந்துவிடும். வணக்கத்தில் ஈடுபடுவதற்கான பாக்கியத்தை அவனுக்கு அல்லாஹ் வழங்கிய மகிழ்ச்சியினாலும், ஷைத்தானுடைய முடிச்சுக்களும், தடுப்புக்களும் நீங்கிவிட்டதாலும் நல்லுள்ளத்துடனும், உற்சாகத்துடனும், அல்லாஹ் அவனுக்கு வாக்களித்துள்ள நன்மைகளையும், பாவமன்னிப்பையும் மகிழ்ச்சியோடு எதிர்பார்த்த நிலையிலும் காலையை அடைவான். அவ்வாறில்லாவிட்டால், கெட்ட உள்ளத்துடனும், கவலையான மனத்துடனும், நற்கருமங்களில் ஈடுபட சோம்பல்பட்ட நிலையிலும் தான் காலையை அடைவான். ஏனெனில் அவன் ஷைத்தானின் விலங்குகளினால் விலங்கிடப்பட்டுள்ளான். ரஹ்மானின் நெருக்கத்தை விட்டும் தூரமாக்கப்பட்டுள்ளான்.</t>
+  </si>
+  <si>
+    <t>الشيطان يسعى دائمًا في كل طريق للإنسان؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل، ولا نجاة للعبد من الشيطان إلا بالاستعانة بالله عز وجل، والأخذ بأسباب الوقاية والحفظ.
+ذكر الله تعالى وعبادته تُوْرِث النشاطَ في النفس وانْشِرَاح الصَّدر، وتَطْرد الكَسَل والخُمُول، وتُذْهِب الكَرْب والمَقْت؛ لأنها تطرد الشيطان وهذا مِن وسوسته.
+المؤمن يُسَرُّ بتوفيق الله تعالى له للقيام بطاعته، ويَكْتَئِب لتقصيره في درجات الفضل والكمال.
+الغفلة والركون عن الطاعات هو من فعل الشيطان وتزيينه.
+هذه الأمور الثلاثة -ذكر الله، والوضوء، والصلاة- تطرد الشيطان.
+العَقْد من الشيطان على مُؤخَّر الرأس خاصة؛ لأنها مَركَز القُوى، ومجال تَصَرُّفِها، فإذا رَبَطَ عليها أمكنه السيطرة على رُوح الانسان، وإلقاء النوم عليه.
+قال ابن حجر العسقلاني: ذكر الليل في قوله: "عليك ليل"، ظاهره اختصاص ذلك بنوم الليل.
+قال ابن حجر العسقلاني: لا يتعين للذكر شيء مخصوص لا يجزئ غيره، بل كل ما صدق عليه ذكر الله أجزأ، ويدخل فيه تلاوة القرآن، وقراءة الحديث النبوي، والاشتغال بالعلم الشرعي، وأولى ما يذكر به قول النبي صلى الله عليه وسلم: من تعار من الليل فقال: (لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، الحمد لله، وسبحان الله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله، ثم قال: اللهم اغفر لي، أو دعا استجيب له، فإن توضأ قُبلت صلاته) رواه البخاري.</t>
+  </si>
+  <si>
+    <t>ஷைத்தான் எப்போதும், எல்லா வழிகளையும் பயன்படுத்தி, அடியானுக்கும், இறைவழிபாட்டிற்கும் மத்தியில் பிரித்துவிடவே முயற்சிப்பான். ஒரு அடியான் ஷத்தானை விட்டும் பாதுகாக்கப்படுவது, அல்லாஹ்விடமிருந்து உதவியைப் பெற்றுக்கொள்வது கொண்டும், பாதுகாப்பிற்கான காரணிகளை செயற்படுத்துவது கொண்டும் தான்.
+அல்லாஹ்வை நினைவு கூறுவதும், அவனை வணங்குவதும் உள்ளத்திற்கு உற்சாகத்தையும், மன அமைதியையும் தருகின்றன. சோம்பல் மற்றும் வெட்டியாக இருத்தலை விரட்டிவிடுகின்றன. துன்பம் மற்றும் வெறுப்பை நீக்கிவிடுகின்றன. ஏனெனில், அவை ஷைத்தானை விரட்டி விடுகின்றன. இவையெல்லாம் ஷைத்தானின் ஊசலாட்டங்களே!
+ஒரு விசுவாசி, வணக்கத்தில் ஈடுபடுவதற்கான பாக்கியத்தை அல்லாஹ் தனக்குத் தருவது கொண்டு மகிழ்ச்சியடைவான். சிறப்பு மற்றும் முழுமையை அடைவதற்கான படித்தரங்களை அடைவதில் தன்னிடமுள்ள கவனயீனத்தைப் பார்த்துக் கவலைப்படுவான்.
+பராமுகம் மற்றும் வணக்கங்களை விட்டும் பின்வாங்குவது என்பன, ஷைத்தான் அலங்காரப்படுத்திக் காட்டும் அம்சங்களில் உள்ளவையாகும்.
+அல்லாஹ்வை நினைவுகூறுதல், வுழூ, தொழுகை ஆகிய இந்த மூன்று விடயங்களும் ஷைத்தானை விரட்டக்கூடியவை.
+ஷைத்தான், பிடரியில் குறிப்பாக முடிச்சுபோடக் காரணம், அதுவே சக்தியின் பிறப்பிடமாகவும், செயற்பாட்டு இடமாகவும் இருப்பதனாலாகும். எனவே, அதைக் கட்டிவிட்டால், அவனால் மனித ஆன்மாவை ஆக்கிரமித்துத் தூக்கத்தைப் போட்டு விடலாம்.
+இப்னு ஹஜர் அல்அஸ்கலானீ அவர்கள் கூறுகின்றார்கள் : 'உனக்கு நீண்ட இரவு உண்டு' என்ற வார்த்தையில் இரவு கூறப்பட்டிருப்பதன் மூலம், இந்த சட்டம் இரவில் உறங்குவதை மாத்திரமே குறிக்கும் என்பதுவே வெளிப்படையாகப் புரிகின்றது.
+இப்னு ஹஜர் அல்அஸ்கலானீ அவர்கள் கூறுகின்றார்கள் : திக்ர் என்று வரும் போது, குறிப்பிட்ட ஒரு திக்ரை மாத்திரம் கூறி, அதுவல்லாத வேறொன்றும் நிறைவேறமாட்டாது எனக் கூறமுடியாது. மாறாக, 'அல்லாஹ்வை திக்ர் செய்தல்' என்று கூறப்படமுடியுமான அனைத்துமே நிறைவேறக்கூடியது. எனவே, அதில் அல்குர்ஆனை ஓதுதல், ஹதீஸ்களை வாசித்தல், மார்க்கக் கல்வியைக் கற்றல் என அனைத்தும் நுழையும். பின்வரும் ஹதீஸில் கூறப்பட்டுள்ளது மிகப் பொருத்தமான திக்ராக இருக்கும் : நபி (ஸல்) அவர்கள் கூறினார்கள் : யார் இரவில் உறக்கம் கலைந்ததோடு வாய்விட்டு, “லா இலாஹ இல்லல்லாஹு, வஹ்தஹு, லா ஷரீக்க லஹு, லஹுல் முல்க்கு வலஹுல் ஹம்து. வஹுவ அலா குல்லி ஷைஇன் கதீர். அல்ஹம்து லில்லாஹி, வ சுப்ஹானல்லாஹி, வ லா இலாஹ இல்லல்லாஹு. வல்லாஹு அக்பர். வ லா ஹவ்ல, வ லா குவ்வத்த இல்லா பில்லாஹ்”.
+(அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லை. அவன் ஏகன்; அவனுக்கு இணையானவர் யாரும் இல்லை; ஆட்சியதிகாரம் அவனுக்கே உரியது; புகழ் அனைத்தும் அவனுக்கே உரியன; அவன் அனைத்தின் மீதும் ஆற்றல் உள்ளவன். எல்லாப் புகழும் அல்லாஹ்வுக்கே. அல்லாஹ்வைத் துதிக்கிறேன்; அவனைத் தவிர வேறு இறைவனில்லை. அல்லாஹ் மிகப் பெரியவன்; அல்லாஹ்வின் உதவியின்றி பாவத்திலிருந்து விலகுவதோ நன்மை செய்யும் ஆற்றல் பெறுவதோ கிடையாது) என்று கூறிவிட்டு,
+‘அல்லாஹும்மஃக்பிர்லீ’ (இறைவா! எனக்கு மன்னிப்பு அளிப்பாயாக!) என்றோ, அல்லது வேறு பிரார்த்தனையோ புரிந்தால் அவை ஏற்கப்படும். அவர் அங்கத் தூய்மை (உளூ) செய்து தொழுதால் அத்தொழுகை ஒப்புக்கொள்ளப்படும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3731</t>
+  </si>
+  <si>
+    <t>عليك بكثرة السجود لله، فإنك لا تسجد لله سجدة، إلا رفعك الله بها درجة، وحط عنك بها خطيئة</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வுக்கு நீ அதிகமாக ஸஜ்தா செய்வாயாக! ஏனெனில், நீ அவனுக்காக ஒரு ஸஜ்தாச் செய்தால் அதற்காக அவன் உனது ஒரு அந்தஸ்தை உயர்த்தி, உன் குற்றங்களில் ஒன்றை அவன் மன்னிக்கிறான்</t>
+  </si>
+  <si>
+    <t>عَنْ مَعْدَانَ بْنِ أَبِي طَلْحَةَ الْيَعْمَرِيُّ قَالَ: لَقِيتُ ثَوْبَانَ مَوْلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقُلْتُ: أَخْبِرْنِي بِعَمَلٍ أَعْمَلُهُ يُدْخِلُنِي اللهُ بِهِ الْجَنَّةَ؟ أَوْ قَالَ قُلْتُ: بِأَحَبِّ الْأَعْمَالِ إِلَى اللهِ، فَسَكَتَ. ثُمَّ سَأَلْتُهُ فَسَكَتَ. ثُمَّ سَأَلْتُهُ الثَّالِثَةَ فَقَالَ: سَأَلْتُ عَنْ ذَلِكَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً» قَالَ مَعْدَانُ: ثُمَّ لَقِيتُ أَبَا الدَّرْدَاءِ فَسَأَلْتُهُ فَقَالَ لِي: مِثْلَ مَا قَالَ لِي: ثَوْبَانُ.</t>
+  </si>
+  <si>
+    <t>மஃதான் இப்னு அபீதல்ஹா அல்யஃமரீ (ரஹ்) அவர்கள் கூறியதாவது: நான் அல்லாஹ்வின் தூதர் அவர்களால் விடுதலை செய்யப்பட்ட அடிமையான ஸவ்பான் ரழியல்லாஹு அன்ஹு அவர்களைச் சந்தித்து, என்னால் செய்ய முடிந்த ஒரு நற்செயலை சொல்லித்தாருங்கள் அதன் மூலம் என்னைச் சொர்க்கத்திற்குள் நுழைவிக்க வேண்டும் அல்லது அல்லாஹ்வுக்கு மிகவும் விருப்பமான ஒரு நற்செயலை எனக்குச் சொல்லுங்கள் என்று கேட்டேன். அதற்கு ஸவ்பான் (ரழி) அவர்கள் (பதிலளிக்காமல்) அமைதியாக இருந்தார்கள். பிறகு நான் மீண்டும் (அதே கேள்வியைக்) கேட்டேன். அப்போதும் அவர்கள் அமைதியாகவே இருந்தார்கள். நான் மூன்றாவது முறையாக அவர்களிடம்கேட்டபோது இதுபற்றி அல்லாஹ்வின் தூதர் அவர்களிடம் நான் கேட்டேன். அல்லாஹ்வின் தூதர் அவர்கள் அல்லாஹ்வுக்கு நீ அதிகமாக ஸஜ்தா செய்வாயாக! ஏனெனில், நீ அவனுக்காக ஒரு ஸஜ்தாச் செய்தால் அதற்காக அவன் உனது ஒரு அந்தஸ்தை உயர்த்தி, உன் குற்றங்களில் ஒன்றை அவன் மன்னிக்கிறான் என்று கூறினார்கள். என்றார்கள். பின்னர் நான் அபுதர்தா (ரழி) அவர்களைச் சந்தித்தபோது இது குறித்துக் கேட்டேன். அவர்களும் ஸவ்பான்  ரழி அவர்கள் கூறியதைப் போன்றே கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن العمل الذي يكون سببًا لدخول الجنة أو عن أحب الأعمال إلى الله؟ 
+فقال صلى الله عليه وسلم للسائل: الزم كثرة السجود في الصلاة، فإنك ما سجدت لله سجده إلا رفعك بها درجة، وغفر عنك بها خطيئة.</t>
+  </si>
+  <si>
+    <t>சுவர்க்கத்திற்குள் பிரவேசிக்க காரணமாக அமையும் செயல் குறித்து அல்லது அல்லாஹ்வுக்கு மிகவும் விருப்பமான செயல்கள் குறித்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வினவப்பட்டது.
+அதற்கு நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கேள்வி கேட்டவரைப் பார்த்து (அதிகமான தொழுகையை நிறைவேற்றுவதன் மூலம்) அதிகமாக ஸுஜுத் செய்வதை பேணி வருவீராக, அவ்வாறு நீ செய்யும் ஒரு ஸஜ்தா உனது ஒரு அந்தஸ்த்தை உயர்த்தும். உனது குற்றமொன்றை அல்லாஹ் அதன் மூலம் மன்னித்து விடுகிறான் என்று பதிலளித்தார்கள்.</t>
+  </si>
+  <si>
+    <t>حث المسلم على الحرص على الصلاة فرضًا وتطوعًا، لاشتمالها على السجود.
+بيان فقه الصحابة وعلمهم أن الجنة لا تنال -بعد رحمة الله- إلا بالعمل.
+السجود في الصلاة من أعظم أسباب رفعة الدرجات، وغفران الذنوب.</t>
+  </si>
+  <si>
+    <t>பர்ளான, நப்லான தொழுகைகளில் அதிகமான ஸுஜூதுகள் உள்ளடங்கியிருப்பதால்; ஒரு முஸ்லிம் அவற்றில் ஆர்வம் கொண்டு நிறைவேற்றுமாறு வலியுறுத்தப்பட்டிருத்தல்.
+அல்லாஹ்வின் கருணைக்குப் பின் அமல்களின் மூலமே சுவர்க்கம் செல்ல முடியும் என்ற ஸஹாபாக்களின் புரிதல் இந்த ஹதீஸில் சுட்டிக் காட்டப்படுகிறது.
+தொழுகையில் ஸுஜூத் செய்வது அந்தஸ்த்துக்கள் உயர்த்தப்படவும் குற்றங்கள் மன்னிக்கப்படவும் மிகப்பெரும் காரணமாக உள்ளது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3732</t>
   </si>
   <si>
     <t>إن لكل أمة فتنة، وفِتنة أُمتي: المال</t>
   </si>
   <si>
     <t>எல்லா சமூகத்திற்கும் ஒரு சோதனையுண்டு.எனது சமூகத்தின் சோதனை செல்வம்</t>
   </si>
   <si>
     <t>عن كعب بن عياض رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إن لكل أُمَّة فتنة، وفِتنة أُمَّتي: المال».</t>
   </si>
   <si>
     <t>"எல்லா சமூகத்திற்கும் ஒரு சோதனையுண்டு.எனது சமூகத்தின் சோதனை செல்வம்" என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள் என கஃபு இப்னு இயாழ் (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>قال كعب بن عياض رضي الله عنه : سمعت رسول الله صلى الله عليه وسلم يقول: 
 (إن لكل أمة فتنة) وهي ما يمتحنون ويختبرون به من الأشياء.
 (وفتنة أمتي المال) لأنه مانع عن كمال المآل؛ فاللهو بالمال يشغل البال عن القيام بالطاعة وينسي الآخرة.</t>
   </si>
   <si>
     <t>"எல்லா சமூகத்திற்கும் ஒரு சோதனையுண்டு" அதாவது வழிகேட்டிலும்,பாவ காரியங்களிலும் வீழ்த்தக்கூடிய கருமங்கள் உண்டு, என்றும்,எனது சமூகத்தின் சோதனை செல்வம்.என்றும் ரஸூல் (ஸல்) அவர்கள் சொல்வதை நான் செவிமடுத்தேன் என்று கஃபு இப்னு இயாழ் (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.ஏனெனில் அது உலகிலிருக்கும் வளங்களை அடைவதற்குக் காரணமாகவும்,மறுமையில் இருப்பவற்றைப் பூரணமாக அடைந்து கொள்வதற்குத் தடையாகவும் செல்வம் அமைகின்றது.எனவே செல்வத்தைக் கொண்டு வீன் விளையாட்டுக்களில் ஈடுபாடு கொள்ளும் போது அது நல்ல கருகங்களில் ஈடுபடுவதை விட்டும் சிந்தனையைத் திசை திருப்பி மறு உலகை மறக்கச் செய்துவிடும்.</t>
   </si>
   <si>
@@ -4670,51 +6794,96 @@
   <si>
     <t>ألا إن الدنيا مَلعونة، مَلعونٌ ما فيها، إلا ذكر الله تعالى وما وَالاهُ، وعالمًا ومتعلمًا</t>
   </si>
   <si>
     <t>அறிந்து கொள்ளுங்கள் இவ்வுலகமும் அதில் இருப்பவைகளும் சபிக்கப்பட்டவைகளாகும் ஆனால் அல்லாஹ்வைின் தியானத்தையும் அதனுடன் தொடர்புடைய விடயங்களையும்,மற்றும் அங்குள்ள அறிஞர்களையும் அறிவைத் தேடுகிறவர்களையும் தவிர.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «ألا إن الدنيا مَلعُونة، مَلعُونٌ ما فيها، إلا ذكرَ الله تعالى، وما وَالاهُ، وعالما ومُتَعَلِّمَا».</t>
   </si>
   <si>
     <t>"அறிந்து கொள்ளுங்கள் இவ்வுலகமும் அதில் இருப்பவைகளும் சபிக்கப்பட்டவைகளாகும் ஆனால் அல்லாஹ்வின் தியானத்தையும் ,அதனுடன் தொடர்புடைய விடயங்களையும்,மற்றும் அங்குள்ள அறிஞர்களையும் அறிவைத் தேடுகிறவர்களையும் தவிர" என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள் என அபூ ஹுரைரா (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>الدنيا وما فيها من زينة مبغوضة مذمومة إلى الله تعالى؛ لأنها مبعدة الخلق عما خلقوا له من عبادة الله تعالى والقيام بشرعه، إلا ذكر الله تعالى وما والاه من العبادات، وكذا تعليم العلم وتعلمه، مستثنى مما يبغضه الله؛ لأن هذا هو المقصود من إيجاد الخلق.</t>
   </si>
   <si>
     <t>மனிதன் படைக்கப்பட்டதன் நோக்கம் அவன் அல்லாஹ்வை வணங்க வேண்டும்,அவனின் ஷரீஆவை நிலை நிறுத்த வேண்டும் என்பதற்காகவே.இதை விட்டும் உலகிலுள்ள அழங்காரங்கள் யாவும் அவனை தூரமாக்குகின்றன,எனவே அவை யாவும் அல்லாஹ்வின் கோபத்திற்கு இலக்கான வைகளாகவும்,அவனிடம் இழிவானவைகளாகவும் கருதப்படுகின்றன ஆனால் மனிதன்அல்லாஹ்வின் தியானத்தலும்,மற்றும் அது போன்று ஏனைய வழிபாடுகளிலும் ஈடுபட்டிருப்பதுவும்,மேலும் அவன் அறிவைக் கற்பதுவும் அதனைக்கற்றுக் கொடுப்பதுவும் அவன் சிருஷ்ட்டிக்கப்பட்டதன் நோக்கத்தைச் சார்ந்தது என்றபடியால் இவை அல்லாஹ்வின் கோபத்திற்கு இலக்காக மாட்டாதது.</t>
   </si>
   <si>
     <t>لا يجوز لعن الدنيا مطلقاً؛ لورود أحاديث تنهى عن ذلك، ولكن يجوز لعن ما يبعد منها عن الله تعالى ويشغل عن طاعته وعليه يحمل حديث الباب في جواز لعن الدنيا.
 كل ما في الدنيا؛ فهو لعب ولهو إلا ذكر الله وما كان سببا في ذلك.
 بيان فضل العلم وأهله وطلابه.
 الناس في طلب العلم قسمان: عالم أو متعلم، وهما على سبيل رشد ونجاة، ولا تكن إمعة فتهلك.</t>
   </si>
   <si>
+    <t>[ஹஸனானது-சிறந்தது]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/3788</t>
+  </si>
+  <si>
+    <t>لقيت إبراهيم ليلة أسري بي فقال: يا محمد، أقرئ أمتك مني السلام، وأخبرهم أن الجنة طيبة التربة عذبة الماء</t>
+  </si>
+  <si>
+    <t>'நான் விண்ணுலகப் பயணம் சென்ற இரவில் இப்ராஹீம் (அலை) அவர்களைக் கண்டேன். அவர்கள் என்னிடம், 'முஹம்மதே! உமது சமுதாயத்திடம் எனது ஸலாமை எத்திவையுங்கள். மேலும், சுவனம் தூய்மையான மண்ணைக் கொண்டது என்றும், மதுரமான நீரைக் கொண்டது என்றும் அவர்களிடம் கூறுங்கள்</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَقِيتُ إِبْرَاهِيمَ لَيْلَةَ أُسْرِيَ بِي فَقَالَ: يَا مُحَمَّدُ، أَقْرِئْ أُمَّتَكَ مِنِّي السَّلاَمَ، وَأَخْبِرْهُمْ أَنَّ الجَنَّةَ طَيِّبَةُ التُّرْبَةِ عَذْبَةُ الْمَاءِ، وَأَنَّهَا قِيعَانٌ، وَأَنَّ غِرَاسَهَا سُبْحَانَ اللهِ وَالحَمْدُ لِلَّهِ وَلاَ إِلَهَ إِلاَّ اللَّهُ وَاللَّهُ أَكْبَرُ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு மஸ்ஊத் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : 'நான் விண்ணுலகப் பயணம் சென்ற இரவில் இப்ராஹீம் (அலை) அவர்களைக் கண்டேன். அவர்கள் என்னிடம், 'முஹம்மதே! உமது சமுதாயத்திடம் எனது ஸலாமை எத்திவையுங்கள். மேலும், சுவனம் தூய்மையான மண்ணைக் கொண்டது என்றும், மதுரமான நீரைக் கொண்டது என்றும் அவர்களிடம் கூறுங்கள் மேலும், அவை வெற்றுப் பூமிகள், அதில் நட்டப்படும் மரங்கள், ஸுப்ஹானல்லாஹ், வல்ஹம்து லில்லாஹ், வலா இலாஹ இல்லல்லாஹ் வல்லாஹு அக்பர் ஆகியவை தான் என்றும் கூறுங்கள்' என்று கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه لَقِي إبراهيمَ الخليلَ عليه السلام ليلة الإسراء والمعراج، فقال له يا محمد: أَوْصِل أُمتَك مني السلام، وأَعْلِمْهم أنّ الجنة طيبة التُّرْبة، عذبة الماء لا ملوحة فيه، وأن الجنة واسعة مُسْتَوية خالية من الشجر، وغرسها الكلمات الطيبات، وهنَّ الباقيات الصالحات: سُبْحَانَ اللهِ، وَالحَمْدُ لِلَّهِ، وَلاَ إِلَهَ إِلاَّ اللَّهُ، وَاللَّهُ أَكْبَرُ، كلما قالها المُسلم وكَرَّرَها غُرس له غَرْسٌ في الجنة.</t>
+  </si>
+  <si>
+    <t>இஸ்ரா, மிஃராஜ் இரவின் போது தாம், இறைவனின் உற்ற தோழர், இப்ராஹீம் (அலை) அவர்களைச் சந்தித்ததாகவும், அவர் தம்மிடம், 'முஹம்மதே! உமது சமுதாயத்திடம் எனது ஸலாமை எத்தி வையுங்கள். மேலும், சுவனம் தூய்மையான மண்ணைக் கொண்டது என்றும், உவர்ப்பற்ற, மதுரமான நீரைக் கொண்டது என்றும், அவை விசாலமான, சமாந்திரமான, மரங்களற்ற பூமிகள், அதில் நட்டப்படும் மரங்கள், நல்ல வார்த்தைகளாகிய, ஸுப்ஹானல்லாஹ், வல்ஹம்து லில்லாஹ், வலா இலாஹ இல்லல்லாஹ் வல்லாஹு அக்பர் ஆகியவைதான் என்றும், ஒரு முஸ்லிம் அவற்றை திரும்பத் திரும்பக் கூறும் போதெல்லாம் சுவனத்தில் அவருக்கு ஒரு மரம் நட்டப்படும் என்றும்' கூறுங்கள்' என்று நபியவர்கள் இங்கு அறிவிக்கின்றார்கள்.</t>
+  </si>
+  <si>
+    <t>الحث على مداومة الذِّكر للإكثار من غِرَاس الجنة.
+فضل الأمة الإسلامية؛ حيث بَلَّغَها السلامَ إبراهيمُ عليه الصلاة والسلامُ.
+ترغيب إبراهيم عليه السلام أمة محمد صلى الله عليه وسلم في الإكثار من ذكر الله تعالى.
+قال الطيبي: الجنة قيعان، ثم إن الله تعالى أوجد بفضله فيها أشجارًا وقصورًا بحسب أعمال العاملين؛ لكل عامل ما يختص به بسبب عمله، ثم إنه تعالى لما يَسَّره لما خُلِق له من العمل لِينال بذلك الثواب جعله كالغارس لتلك الأشجار.</t>
+  </si>
+  <si>
+    <t>திக்ரைத் தொடர்ந்து பேணி, சுவனத்தில் மரங்களை அதிகப்படுத்திக்கொள்ள ஆர்வமூட்டல்.
+இந்த உம்மத்தின் சிறப்பு. அதாவது, அவர்களுக்கு நபி இப்ராஹீம் (அலை) அவர்கள் ஸலாம் கூறி அனுப்பியுள்ளார்கள்.
+அல்லாஹ்வை அதிகம் திக்ர் செய்யுமாறு, நபி இப்ராஹீம் (அலை) அவர்கள் நபி (ஸல்) அவர்களது சமுதாயத்திற்கு ஆர்வமூட்டியுள்ளமை.
+தீபீ அவர்கள் கூறுகின்றார்கள் : சுவனம் வெற்றுப் பூமிகளாகும். பின்பு அல்லாஹ் தனது பேருபகாரத்தினால், அமல்செய்பவர்களின் அமல்களுக்கு ஏற்ப மரங்களையும், மாளிகைகளையும் உருவாக்கினான். அமல் செய்யும் ஒவ்வொருவருக்கும் அவர் செய்யும் அமல்களுக்கு ஏற்பத் தனித்தனியான மரங்கள் உண்டு. பின்பு, அல்லாஹ் தஆலா ஒவ்வொருவரும் எந்த அமலுக்காகப் படைக்கப்பட்டுள்ளார்களோ, அதை இலகுபடுத்திக்கொடுத்து, அந்த கூலியை அடையச் செய்வதால், அவர்கள் அம்மரங்களை நட்டியவர்கள் போன்றாகி விடுகின்றனர்.</t>
+  </si>
+  <si>
+    <t>حسن بشواهده</t>
+  </si>
+  <si>
+    <t>[துணை ஆதாரங்கள் ஊடாக ஆதாரமாகக்கொள்ள முடியுமானது (ஹஸன்)]</t>
+  </si>
+  <si>
+    <t>[இதனை இமாம் திர்மிதி பதிவு செய்துள்ளார்]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/3791</t>
   </si>
   <si>
     <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>'பதிலுக்கு பதில் உறவாடுகிறவர் (உண்மையில்) உறவைப் பேணுகிறவர் அல்லர்; மாறாக உறவு முறிந்தாலும் அந்த உறவுடன் இணைகிறவரே உறவைப் பேணுபவராவார்'</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ரு ரழியல்லாஹு அன்ஹுமா கூறுகின்றார்கள் : 'பதிலுக்கு பதில் உறவாடுகிறவர் (உண்மையில்) உறவைப் பேணுகிறவர் அல்லர்; மாறாக உறவு முறிந்தாலும் அந்த உறவுடன் இணைகிறவரே உறவைப் பேணுபவராவார்'</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுகிறார்கள் உறவுகளை சேர்ந்து நடப்பதிலும், உபகாரம் செய்வதிலும் பூரணமான மனிதன் யாரெனில் பதிலுக்குப் பதில் உபகாரத்தை எதிர்பாரக்கும் மனிதன் அல்ல. மாறாக உறவைப் பேணுவதில் உறவுகள் துண்டித்து நடந்தாலும் அவர்களுடன் சேர்ந்து நடப்பவனும், அல்லது அவர்கள் தன்னுடன் மோசமாக நடந்து கொண்டாலும் அதற்குப் பதிலாக அவர்களுடன் நல்ல முறையில் நடந்து கொள்பவனே பூரண மனிதனாவான் என்று குறிப்பிடுகிறார்கள்</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>இஸ்லாமிய ஷரீஆவின் நிலைப்பாட்டில் உறவை பேணுதல் என்பது உம்மை உனது உறவுகள் துண்டித்து நடந்தாலும் அவர்களை சேர்ந்து நடப்பதும், உமக்கு அநியாயம் இழைத்தாலும் அதனை மன்னித்து விடுவதும், உமக்கு எதையும் கொடுக்காது விட்டாலும் நீ அவர்களுக்கு கொடுத்துதவுவதையுமே குறிக்கிறது. மாறாக அவர்கள் எவ்வாறு நடந்து கொள்கிறாரோ அதே போன்று பதிலுக்கு பதில் நடந்து கொள்வதை குறிக்கமாட்டாது.
@@ -4797,56 +6966,50 @@
   <si>
     <t>கஷ்டத்தில் உள்ள ஒருவனுக்கு தவணை கொடுப்பவனுக்கு அல்லது அவனுக்கு விட்டுக் கொடுப்பவனுக்கு, அல்லாஹ்வின் அர்ஷின் நிழலன்றி வேறு நிழல் இல்லாத மறுமை நாளிலே, தன் அர்ஷின் நிழலின் கீழ் அல்லாஹ் நிழல் அளிப்பான்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: "கஷ்டத்தில் உள்ள ஒருவனுக்கு தவணை கொடுப்பவனுக்கு அல்லது அவனுக்கு விட்டுக் கொடுப்பவனுக்கு, அல்லாஹ்வின் அர்ஷின் நிழலன்றி வேறு நிழல் இல்லாத மறுமை நாளிலே, தன் அர்ஷின் நிழலின் கீழ் அல்லாஹ் நிழல் அளிப்பான்".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்  கடனாளிக்கு கால அவகாசம் அளிப்பவர் அல்லது கடனைத் தள்ளுபடி செய்பவர் குறித்தும் இவ்வாறு நடந்து கொள்பவருக்குக் கிடைக்கும் சன்மானம் பற்றியும் இந்த ஹதீஸில் சுட்டிக்காட்டுகிறார்கள். அந்த சன்மானம் என்னவெனில் மறுமை நாளில் அடியார்களின் தலைகளுக்கு அருகில் சூரியன் நெருக்கமாகக் கொண்டுவரப்பட்டு, கடும் வெப்பத்தில் இருக்கும் அந்த தருனத்தில் இவ்வாறு சக மனிதர்களுடன் நடந்து கொண்ட அந்த அடியானுக்கு அல்லாஹ் தனது அர்ஷின் நிழலை அளித்து கடும் வெப்பத்திலிந்து பாதுகாக்கிறான் அந்நாளில் அல்லாஹ்வின் நிழலைத் தவிர வேறு நிழலை எவரும் கண்டு கொள்ளமாட்டார்கள்.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் அடியார்களுக்கு  கடன் போன்ற காரியங்களில் இலகு படுத்துவதன் சிறப்பு குறிப்பிடப்பட்டுள்ளதுடன் இது போன்ற நற்காரியம் மறுமை நாளின் பயங்கரமான நிலைகளிலிருந்து காக்கும் வழிகளில் ஒன்றாகவும் காணப்படுகின்றமை.
 செயலுக்கேற்பவே கூலி வழங்கப்படும். செயலின் தன்மைக்கேட்பவே கூலி உண்டு.</t>
   </si>
   <si>
-    <t>رواه الترمذي وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4186</t>
   </si>
   <si>
     <t>من خَرج في طلب العلم فهو في سَبِيلِ الله حتى يرجع</t>
   </si>
   <si>
     <t>கல்வியைத் தேடி வெளியில் சென்றவர் திரும்பும் வரை அல்லாஹ்வின் பாதையிலேயே இருக்கின்றார்.</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه مرفوعاً: «من خَرج في طلب العلم فهو في سَبِيلِ الله حتى يرجع».</t>
   </si>
   <si>
     <t>நபி (ஸல்) அவர்கள் கூறியதாக அனஸ் (ரலி) கூறுகின்றார்கள் :"கல்வியைத் தேடி வெளியில் சென்றவர் திரும்பும் வரை அல்லாஹ்வின் பாதையிலேயே இருக்கின்றார்".</t>
   </si>
   <si>
     <t>معنى الحديث: أن مَنْ خَرج من بيته أو بلده؛ بَحثا عن العلم الشرعي، فهو في حكم من خرج للجهاد في سبيل الله تعالى ، حتى يعود إلى أهله؛ لأنه كالمجاهد في إحياء الدِّين وإذلال الشيطان وإتعاب النَفْس.</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம் : தனது வீட்டிலிருந்தோ, நாட்டிலிருந்தோ மார்க்கக் கல்வியைத் தேடி வெளியேறிச் சென்றவர் வீடு திரும்பும் வரை அல்லாஹ்வின் பாதையில் அறப்போர் புரிய வெளியேறிச் சென்றவரைப் போலாவார். ஏனெனில் இவர் மார்க்கத்தை உயிர்ப்பிப்பதிலும், ஷைத்தானை இழிவாக்குவதிலும், தன்னை வருத்திக் கொள்வதிலும் அறப்போர் புரிபவரைப் போன்றவராவார்.</t>
   </si>
   <si>
     <t>أن طلب العلم جهاد في سبيل الله.
 لطالب العلم أجْر المجاهد في ميادين القتال؛ لأن كلا منهما يقوم بما يُقَوِّي شريعة الله ويدفع عنها ما ليس منها.
 فيه أن من خرج في طلب العلم، فله ثواب ممشاه ذهابا وإيابا إلى أن يرجع إلى أهله.</t>
   </si>
@@ -4864,50 +7027,79 @@
   <si>
     <t>இறைநம்பிக்கையுடனும், நன்மையை எதிர்பார்த்தும் ரமழானில் நோன்பு நோற்றவரின் முன்சென்ற (சிறு)பாவங்கள் மன்னிக்கப்படும்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : "இறைநம்பிக்கையுடனும், நன்மையை எதிர்பார்த்தும் ரமழானில் நோன்பு நோற்றவரின் முன்சென்ற (சிறு)பாவங்கள் மன்னிக்கப்படும்".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>அல்லாஹ்வை விசுவாசித்து, நோன்பு கட்டாயக் கடமையென்பதையும், அதனை நோற்கும் நோன்பாளிகளுக்கு தயார்செய்து வைத்துள்ள கூலிகள் மற்றும் வெகுமதிகளையும் உண்மைப்படுத்தி அவனது வாக்குறுதியை உண்மைப்படுத்தி, அல்லாஹ்வின் திருமுகத்தை நாடி முகஸ்துதி இன்றி அல்லாஹ்வுக்காக நோன்பு நோற்றவரின் முன்சென்ற (சிறு)பாவங்கள் மன்னிக்கப்படுகின்றன என இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அறிவத்துள்ளார்கள்.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>ரமழான் மாத நோன்பு நோற்பதிலும் ஏனைய நற்காரியங்களிலும் இஹ்லாஸை கடைப்பிடிப்பதன்  (தூய எண்ணம்) முக்கியத்துவமும் அதன் சிறப்பும் குறிப்பிடப்பட்டுள்ளமை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4196</t>
   </si>
   <si>
+    <t>من صلى البردين دخل الجنة</t>
+  </si>
+  <si>
+    <t>(ஃபஜ்ர், அஸ்ர் ஆகிய) குளிர்ந்த இரு நேரத் தொழுகைகளை யார் தொழுகின்றாரோ அவர் சொர்க்கத்தில் நுழைவார்</t>
+  </si>
+  <si>
+    <t>عن أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ»</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் கூறியதாக அபூமூஸா அல்அஷ்அரி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : (ஃபஜ்ர், அஸ்ர் ஆகிய) குளிர்ந்த இரு நேரத் தொழுகைகளை யார் தொழுகின்றாரோ அவர் சொர்க்கத்தில் நுழைவார்.</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم على الحرصِ على صلاة البردين وهما صلاة الفجر والعصر، وبشَّر مَن أتى بهما بحقهما من وقت وجماعة وغير ذلك كانتا سببًا في دخوله الجنة.</t>
+  </si>
+  <si>
+    <t>பஜ்ர் மற்றும் அஸ்ர் ஆகிய குளிர்ந்த இரு நேரத் தொழுகைகளில் ஆர்வம் கொள்ளுமாறு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அறிவுருத்துகிறார்கள். இவ்விரு தொழுகைகளையும் உரிய நேரத்தில் ஜமாஅத்துடன் உரிய முறையில்  ஒருவர் நிறைவேற்றி வந்தால் அவர் சுவர்க்கம் பிரவேசிக்க இத்தொழுகைகள் காரணமாக அமையும் என்ற நட்செய்தியை கூறுகிறார்கள்.</t>
+  </si>
+  <si>
+    <t>فضل المحافظة على صلاة الفجر والعصر؛ لأن الفجر يكون عند لذة النوم، والعصر يكون عند اشتغال الإنسان بعمله، فمن حافظ عليهما كان من باب أولى أن يحافظ على بقية الصلوات.
+سميت صلاة الفجر والعصر بالبردين؛ لأن صلاة الفجر فيها برد الليل، وصلاة العصر فيها برد النهار وإن كانت في وقتٍ حارٍ إلا أنه أخف من الوقت قبلها، أو تكون تسميتُها من باب التغليب كما يقال: القمران للشمس والقمر.</t>
+  </si>
+  <si>
+    <t>ஃபஜ்ர் மற்றும் அஸர் தொழுகைகளைக் கடைப்பிடிப்பதன் (அவற்றைத் தொடர்ந்து கடைப்பிடிப்பதன்) சிறப்பு குறிப்பிடப்படுகின்றமை. ஏனெனில் ஃபஜ்ர் தொழுகையானது சுகமான உறக்கத்தின் போது எழுந்து நிறைவேற்ற வேண்டிய தொழுகையாகும். அஸர் தொழுகை நேரம் ஒருவர் தனது வேலை, வியாபாரம் போன்றவற்றில் ஈடுபடும் நேரமாகும். எனவே எவர் இந்த இரண்டு தொழுகைகளையும் கடைப்பிடிக்கிறாரோ அவர் எஞ்சிய தொழுகைகளை எளிதாகக் கடைப்பிடிப்பார்.
+ஃபஜ்ர் மற்றும் அஸர் தொழுகைகள் 'பர்தைன் தொழுகைகள்' என்ற பெயரால் அழைக்கப்படுகின்றன. ஏனெனில் ஃபஜ்ர் தொழுகைக்கு இரவின் குளிர்ச்சியும், அஸர் தொழுகைக்கு பகலின் குளிர்ச்சியும் உண்டு, ஆனால் அஸர் தொழுகையின் போது வெப்பம்; அதிகமாக இருந்தாலும், அதற்கு முன்னுள்ள நேரத்தை விடவும் குறைவாகக் காணப்படும். அல்லது சூரியனையும் சந்திரனையும் சேர்த்து 'அல்'கமரைன்' (இரண்டு நிலவுகள்) என்று பெயர் பெற்றது போல, இரண்டையும் வேறுபடுத்திக் காட்ட 'பர்தைன்' என்று பெயர் சூட்டப்பட்டிருக்கலாம்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4198</t>
+  </si>
+  <si>
     <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>இறைநம்பிக்கையுடனும், நன்மையை எதிர்பார்த்தும் லைலதுல் கத்ர் (கண்ணியமிக்க) இரவில் நின்று வங்கியவரின் முன்சென்ற (சிறு)பாவங்கள் மன்னிக்கப்படும்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : இறைநம்பிக்கையுடனும், நன்மையை எதிர்பார்த்தும் லைலதுல் கத்ர் (கண்ணியமிக்க) இரவில் நின்று வங்கியவரின் முன்சென்ற (சிறு)பாவங்கள் மன்னிக்கப்படும்.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>ரமழானில் இறுதிப்பத்தில் வரக்கூடிய லைலத்துல் கத்ர் இரவில் நின்று வணங்குவதின் சிறப்பு குறித்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பிரஸ்தாபித்துள்ளார்கள். அவ்விரவில் தொழுகை பிரார்த்தனை அல்குர்ஆன் பாராயணம்,திக்ர் போன்ற விடயங்களில் யார் தன்னை ஈடுபடுத்தி,அவ்விரவையும் அது பற்றி இடம்பெற்றுள்ள சிறப்புகளையும் நம்பிக்கை கொண்டு, நற்கருமங்கள் செய்வதன் மூலம் அல்லாஹ்வின் நன்மையை எதிர்பார்த்து, முகஸ்துதியோ பிறருக்கு காட்டும் நோக்மோ இன்றி  அவ்விரவில் நின்று வணங்கினால் அவரின்; முன் செய்த அனைத்து சிறு பாவங்களும் மன்னிக்கப்படுகின்றன.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>லைலதுல் கத்ர் இரவின் சிறப்பும், அதில் நின்று வணங்குவது பற்றிய ஊக்குவிப்பும் இந்நபிமொழியில் கூறப்பட்டுள்ளது.
 நற்காரியங்கள் உண்மையான -தூய்மையான எண்ணத்துடனேயே ஏற்றுக்கொள்ளப்படுகின்றன.
@@ -4924,50 +7116,87 @@
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : அல்லாஹ் யாருக்கு நலவு நாடுகின்றானோ அவனை சோதிப்பான். (அவருக்கு ஒரு துன்பத்தை ஏற்படுத்துவான்).</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>அல்லாஹ் தன் அடியார்களுக்கு ஏதேனும் நலனைத் தர நாடினால் அவர்களின் பாவ காரியங்களின் குற்றப் பரிகாரத்துக்கும், அவர்களின் அந்தஸ்த்தின் உயர்வுக்கும் காரணமாக அமைவதற்கு அவர்களின் உயிர், செல்வம், பிள்ளைகள் விடயத்தில் அவர்களைச் சோதிப்பான் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் தெரிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>முஃமின் பல்வேறுவகையான சோதனைகளுக்கு உட்படுகிறான்.
 சில வேளை அடியானின் அந்தஸ்தை உயர்த்தி, தரத்தை மேலோங்கச் செய்யவும் அவனின் தவறுகள் மன்னிக்கப்படவும்  அடியானை சோதிப்பதானது, அல்லாஹ் தனது அடியானுடனான நேசத்திற்கான அடையாளமாகவும் இருக்க முடியும்.
 சோதனைகளின் போது பொறுமைகாத்து பதட்டமின்றி இருக்க ஆர்வமூட்டப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4204</t>
+  </si>
+  <si>
+    <t>المسلم إذا سئل في القبر: يشهد أن لا إله إلا الله وأن محمدا رسول الله</t>
+  </si>
+  <si>
+    <t>'ஒரு முஸ்லிம் (இறந்தபின்) மண்ணறையில் விசாரிக்கப்படும் போது, அவர், அல்லாஹ்வைத் தவிர உண்மையாக வணங்கப்படுபவன் வேறு எவருமில்லை முஹம்மத் -ஸல்லல்லாஹு அலைஹிவஸல்லம்- அவர்கள் அல்லாஹ்வின் தூதர்</t>
+  </si>
+  <si>
+    <t>عَنِ البَرَاءِ بْنِ عَازِبٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ»، فَذَلِكَ قَوْلُهُ: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالقَوْلِ الثَّابِتِ فِي الحَيَاةِ الدُّنْيَا وَفِي الآخِرَةِ} [إبراهيم: 27].</t>
+  </si>
+  <si>
+    <t>பராஉ இப்னுல் ஆஸிப் ரழியல்லாஹு அன்ஹு அவர்கள் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அறிவிக்கிறார்கள் : 'ஒரு முஸ்லிம் (இறந்தபின்) மண்ணறையில் விசாரிக்கப்படும் போது, அவர், அல்லாஹ்வைத் தவிர உண்மையாக வணங்கப்படுபவன் வேறு எவருமில்லை முஹம்மத் -ஸல்லல்லாஹு அலைஹிவஸல்லம்- அவர்கள் அல்லாஹ்வின் தூதர் ஆவார்கள் என்று உறுதிமொழி கூறுவார்.
+இதுதான், (இறை)நம்பிக்கை கொண்டோரை, அல்லாஹ்; இம்மையிலும் மறுமையிலும்  உறுதியான வார்த்தையைக் கொண்டு நிலைபெறச்செய்வான் ' எனும் (14:27ஆவது) இறைவசனத்தின் கருத்தாகும்.</t>
+  </si>
+  <si>
+    <t>يُسألُ المؤمنُ في القبر، فيسأله الملكان الموكَّلان بذلك وهما منكر ونكير، كما جاء تسميتهما في عدة أحاديث، 
+فيشهد أن لا إله إلا الله وأن محمدًا رسول الله، 
+قال النبي صلى الله عليه وسلم هذا هو القول الثابت الذي قال الله فيه: 
+{يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ} [إبراهيم: 27].</t>
+  </si>
+  <si>
+    <t>இறை விசுவாசி (முஃமின்); கப்ரில் விசாரிக்கப்படுவார். கப்ரில் -மண்ணறையில்- விசாரிக்கப்படுவதற்கென பொறுப்புச் சாட்டப்பட்ட முன்கர் நகீர் என்ற இரு மலக்குகள் அவரிடம் விசாரணை நடத்துவர். அவர்கள் இருவரினதும் பெயர்கள் பல ஹதீஸ்களில் இடம்பெற்றுள்ளன. அப்போது அவர், அல்லாஹ்வைத் தவிர உண்மையாக வணங்கப்படுபவன் வேறு எவருமில்லை. முஹம்மத் -ஸல்லல்லாஹு அலைஹிவஸல்லம்- அவர்கள் அல்லாஹ்வின் தூதர் ஆவார்கள் என்று உறுதிமொழி கூறுவார். இதனையே அல்லாஹ் அல் கவ்லுஸ் ஸாபித் (உறுதியான வார்த்தை) என பின்வரும் வசனத்தில் கூறிப்பிடுவதாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறினார்கள். அந்த வசனம் : "(இறை)நம்பிக்கை கொண்டோரை, அல்லாஹ்; இம்மையிலும் மறுமையிலும்  உறுதியான வார்த்தையைக் கொண்டு நிலைபெறச்செய்வான்'' (இப்ராஹீம்: 27)</t>
+  </si>
+  <si>
+    <t>أنَّ سؤال القبر حق.
+فضل الله على عباده المؤمنين في الدنيا والآخرة بتثبيتهم على القول الثابت.
+فضل شهادة التوحيد والموت عليها.
+تثبيت الله للمؤمن في الدنيا بالثبات على الإيمان، وسلوك الصراط المستقيم، وعند الموت بالموت على التوحيد، وفي القبر عند سؤال الملكين.</t>
+  </si>
+  <si>
+    <t>மண்ணறை விசாரணை உண்மையாகும்.
+உறுதியான வார்த்தையின் மூலம் இம்மை மறுமையில் நிலைபெறச்செய்வதன் ஊடாக தனது அடியார்களான முஃமின்களுக்கு  அல்லாஹ் வழங்கியிருக்கும்; அருட்கொடை குறிப்பிடப்பட்டுள்ளமை.
+தவ்ஹீதை -ஏகத்துவத்தை- ஏற்று சாட்சியமளிப்பதும் அதன் மீது மரணிப்பதன் சிறப்பும் குறிப்பிடப்பட்டுள்ளமை.
+உறுதியான வார்த்தையின் மூலம் நிலை பெறச்செய்தல் என்பது  அல்லாஹ் முஃமின்களுக்கு இவ்வுலகில் ஈமானிலும்; நேரான பாதையில் செல்வதிலும்; ஸ்திரத்தன்மையை அளித்து நிலைபெறச் செய்கின்றமை. மேலும் மரண வேளையில் ஏகத்துவத்தில் மரணிக்கச் செய்வதிலும், கப்ரில் வானவர்களின் கேள்விகளுக்கு உறுதியாக பதிலளிப்பதற்கான உறுதியையும் வழங்குகின்றமை என்ற கருத்தைக் குறிக்கும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4206</t>
   </si>
   <si>
     <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
   </si>
   <si>
     <t>'அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லை என்றும் முஹம்மத் அல்லாஹ்வின் தூதர்  என்றும் சாட்சி கூறி தொழுகையை நிலைநாட்டி ஸகாத்தும் கொடுக்கும் (நிலை ஏற்படும்)வரை மக்களுடன் போர் புரியும்படி நான் கட்டளையிடப்பட்டுள்ளேன்</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக இப்னு உமர் ரழியல்லாஹு அன்ஹுமா  அவர்கள் கூறினார்கள் : 'அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லை என்றும் முஹம்மத் அல்லாஹ்வின் தூதர்  என்றும் சாட்சி கூறி தொழுகையை நிலைநாட்டி ஸகாத்தும் கொடுக்கும் (நிலை ஏற்படும்)வரை மக்களுடன் போர் புரியும்படி நான் கட்டளையிடப்பட்டுள்ளேன். யார் இவற்றை செய்கிறாரோ  அவர் தம் உயிரையும் உடைமையையும் என்னிடமிருந்து காப்பாற்றிக் கொள்வார்; நியாயமான காரணம் இருந்தால் தவிர. அவரது (அந்தரங்கம் குறித்த) விசாரணை அல்லாஹ்வின் பொறுப்பாகும்.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>எந்த இணையும் இல்லாத உண்மையான இறைவன் அல்லாஹ் ஒருவன் மாத்திரமே எனவும் முஹம்மத் ஸல்லல்லாஹு அலைஹவிவஸல்லம் அவர்களின் தூதுத்துவத்தை உண்மைப்பாடுத்தி சாட்சி கூறும் வரையில் இணைவைப்பாளர்களுடன் போராடுமாறு தனக்கு அல்லாஹ் கட்டளையிட்டுள்ளதாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் குறிப்பிடுகிறார்கள். அத்துடன் அந்த சான்று பகர்தலின் அடிப்படையில் தினமும் ஐவேளைத் தொழுகைகளை நிலைநாட்டுதல், தகுதியானோருக்கு கடமையான ஸகாத்தை வழங்குதல் போன்ற விடயங்களை செய்யுமாறு குறிப்பிடுகிறார்கள். இவ்வாறு அவர்கள் செய்தால் இஸ்லாம் அவர்களின் உயிருக்கும் உடமைகக்கும் பாதுகாப்பு உத்தரவாதத்தை வழங்குகிறது. ஆகவே அவர்கள் இஸ்லாமிய சட்டதிட்டங்களுக்கேட்ப கொலை செய்யப்டுவதற்குரிய குற்றங்களை செய்தாலே தவிர அவர்களை கொல்வது அனுமதிக்கப்பட மாட்டாது. மறுமையில் அவர்களின் இரகசியவிவகாரங்கள் குறித்த விசாரணையை அல்லாஹ் பொறுப்பேற்பான்.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
@@ -4999,54 +7228,54 @@
 مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
   </si>
   <si>
     <t>அல்லாஹ் தனது சமூகத்திற்கு பின்வரும் மூன்று நிலைகளில் மன்னிப்பை வழங்குகிறான் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள் : முதாலாவது : தவறுதலாக நிகழ்ந்த செயல். அதாவது மனமுரண்டாக அல்லாது தவறுதலாக வெளிப்பட்ட ஒருவிடயம். உதாரணத்திற்கு ஒருவர் ஏதாவது ஒருவிடயத்தை செய்ய விரும்புகிறார். அவ்வேளை அவர் செய்ய விரும்பாத ஒரு செயல் நிகழ்ந்து விடுகிறது. இவ்வாறான தவறை அல்லாஹ் மன்னிக்கிறான். இரண்டாவது : மறதி : அதாவது சுயநினைவுடன் ஒன்றை செய்ய வேண்டும் என நினைக்கிறார். ஆனால் அவர் அதனை செய்யும் போது மறந்து விடுகிறார் இதற்கும் எவ்விதப்பாவமுமில்லை. மூன்றாவது: நிர்ப்பந்தம் : தடுப்பதற்கு சக்திபெறாத நிலையில் ஒரு பாவமான விடயத்தை செய்யுமாறு ஒருவர் நிர்ப்பந்திக்கப்படுகிறார். இவ்வாறான நிலையில் அவரின் மீது எவ்விதப்ப பாவமும் கிடையாது. இந்த ஹதீஸின் உள்ளடக்கத்தைப் பொறுத்தவரை தடைசெய்யப்பட்ட ஒரு விடயத்தில் அல்லாஹ்வுக்கும் அடியானுக்கிடையிலான தொடர்பை குறிப்பிடுகிறது. 
 ஒரு நபர் கட்டளையிடப்பட்ட ஒன்றைச் செய்ய மறந்து விட்டால், அந்தக் கட்டளையிலிருந்து அவருக்கு விலக்கு அளிக்கப்படமாட்டாது. இருப்பினும், அவ்வாறு மறதியாக செய்ததன் விளைவாக ஒரு குற்றம் நிகழ்ந்தால், மனிதர்களுடன் தொடர்ப்பான உரிமையா இருப்பின் அவ்வுரிமையிலிருந்து விலக்கு அளிக்கப் படமாட்டாது. அதாவது ஒருவர் தவறுதலாகக் கொல்லப்பட்டால், அவர் 'தியா' கொலைக்கான இழப்பீடு செலுத்த வேண்டும், அல்லது தவறுதலாக ஒரு காரை சேதப்படுத்தினால், அவர் இழப்பீடு செலுத்த வேண்டும்.</t>
   </si>
   <si>
     <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
 فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
 رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
 لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
   </si>
   <si>
     <t>அடியார்களிடத்தில் மூன்று சந்தர்ப்பங்களில் ஏற்படும் பாவத்தை அல்லாஹ் மன்னிப்பது தனது அடியார்கள் மீது கொண்டிருக்கும் இரக்கத்திற்கும் கருணையின் விசாலத்திற்கும் சான்றாக உள்ளது.
 நபி முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மீதும் அவர்களது சமூகத்தார் மீதான அல்லாஹ்வின் பேரருள்.
 குற்றமில்லை என்பதன் பொருள் குறித்த கடமை நீக்கப்பட்டது என்பது பொருளலல்ல. உதாரணத்திற்கு ஒருவர் வுழு செய்ய மறந்துவிட்டார், அவர் தான் வுழுவுடன் இருப்பதாக நினைத்து தொழுது விட்டார், ஆனால் அவரின் மீது எவ்விதக் குற்றமுமில்லை. ஆனால் அவர் வுழு செய்து மீண்டும் தொழுவது கடமையாகும்.
 நிர்ப்பந்த நிலையில் ஒரு தடைசெய்யப்பட்ட ஒன்றை செய்வது அவரின் பாவத்தை நீக்கவேண்டுமென்றிருந்தால்;  அதற்குரிய நிபந்தனையை முழுமையாக பெற்றிருத்தல் வேண்டும். அவ்வாறு குறித்த நிபந்தனைகளின்றி அவரின் பாவத்திலிருந்து விதிவிலக்கு அளிக்கப் படமாட்டாது. உதாரணத்திற்கு நிர்பந்திப்பவர் அவர் நிர்ப்ந்திக்கும் விடயத்தை செய்யாது விட்டால் அதனை நிறைவேற்றுவதற்குரிய பலத்தை பெற்றிருப்பது ஒரு நிபந்தனையாகும்.</t>
   </si>
   <si>
     <t>قال النووي: حديث حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والبيهقي وغيرهما</t>
   </si>
   <si>
-    <t>[قال النووي: حديث حسن]</t>
-[...2 lines deleted...]
-    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+    <t>[இது நம்பகமானது (ஹஸன்) என இமாம் நவவி கூறிியுள்ளார்]</t>
+  </si>
+  <si>
+    <t>[இதனை இமாம்களான இப்னுமாஜா, பைஹகீ போன்றோர் அறிவித்துள்ளனர்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4216</t>
   </si>
   <si>
     <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>நான் எதை (செய்யுங்கள் என்றோ, செய்ய வேண்டாமென்றோ ஒன்றும் கூறாமல்) உங்களு(டைய முடிவு)க்கு விட்டுவிட்டேனோ அதை(ப் பற்றி எதுவும் கேட்காமல்) நீங்களும் விட்டுவிடுங்கள். உங்களுக்குமுன் வாழ்ந்தவர்களை அழித்ததெல்லாம் அவர்கள் தங்கள் இறைத்தூதர்களிடம் (அதிகமாகக்) கேள்வி கேட்டதும் அவர்களுடன் கருத்து வேறுபாடு கொண்டதும்தான்</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : நான் எதை (செய்யுங்கள் என்றோ, செய்ய வேண்டாமென்றோ ஒன்றும் கூறாமல்) உங்களு(டைய முடிவு)க்கு விட்டுவிட்டேனோ அதை(ப் பற்றி எதுவும் கேட்காமல்) நீங்களும் விட்டுவிடுங்கள். உங்களுக்குமுன் வாழ்ந்தவர்களை அழித்ததெல்லாம் அவர்கள் தங்கள் இறைத்தூதர்களிடம் (அதிகமாகக்) கேள்வி கேட்டதும் அவர்களுடன் கருத்து வேறுபாடு கொண்டதும்தான். ஒன்றைச் செய்ய வேண்டாமென உங்களுக்கு நான் தடை விதித்தால் அதிலிருந்து நீங்கள் விலகிக்கொள்ளுங்கள். ஒன்றைச் செய்யுமாறு உங்களுக்கு நான் கட்டளையிட்டால் அதை உங்களால் முடிந்த அளவுக்குச் செய்யுங்கள்.</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
@@ -5055,50 +7284,90 @@
 இரண்டாவது : தடைகள். இவற்றை செய்யாது விட்டுவிட்டால் கூலியும், செய்தால் தண்டனையும் கிடைக்கும். ஆகவே தடைகளை முழுமையாக தவிர்ந்து கொள்வது கடமையாகும்.
 மூன்றாவது: கட்டளைகள் . இதனை செய்பவருக்கு கூலியும் செய்யாது விட்டுவிட்டவருக்கு தண்டனையும் கிடைக்கும். ஆகவே இயலுமான அளவு செய்வது கடமையாகும்.</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>தேவையான மிகவும் முக்கிய விடயங்களில் கவனம் செலுத்துதல் அவசியம், தற்போதைய நிலையில் தேவையற்ற விடயங்களை விட்டுவிட்டு, நிகழாத சட்டப்பிரச்சினைக் குறித்த விடயங்களில் கேள்வி கேட்பதைத் தவிர்த்துக் கொள்ளுதல் வேண்டும.
 சில போது சட்டப்பிரச்சினைகளை சிக்கலாக்கி, அதீத கருத்துமுரண்பாடுகளுக்கு வழிவகுத்து சந்தேகத்தின் வாயில்களை திறந்து விடும் கேள்விளை கேட்பது தடைசெய்யப்பட்டதாகும்;.
 தடைசெய்யப்பட்ட அனைத்தையும் விட்டுவிடுமாறு  கட்டளையிடப்பட்டிருத்தல். ஏனெனில் அவற்றை விடுவதில்; எந்த சிரமும் கிடையாது அந்த வகையில் இங்கு தடை குறித்து பொதுவாக  குறிப்பிடப்பட்டுள்ளது.
 ஒருவரின் இயலுமைக்கேட்ப கட்டளைகளை நிறைவேற்றுவமாறு கட்டளைப் பிரப்பிக்கப்பட்டிருத்தல். ஏனெனில் அதனை நிறைவேற்றுவதில் சிரமம் அல்லது இயலாமை ஏற்படுவதற்கு இடமிருக்கிறது. இந்த வகையில் கட்டளைகள் ஒருவரின் இயலுமைக்கேட்ப செய்யுமாறு பணிக்கப்பட்டிருத்தல்.
 அதிகம் கேள்வி கேட்பது தடைசெய்யப்பட்டிருத்தல். அறிஞர்கள் கேள்வியை இரண்டு வகைகயாக பிரித்துள்ளனர். ஒன்று : மார்க்க விடயத்தில் தேவையான கற்பிப்பதை நோக்காகக் கொண்டவை. இது வலியுறுத்தப்பட்ட ஒரு விடயம் வரவேற்கத்தக்கதும் கூட. இவ்வகை கேள்விகளே ஸஹாபாக்களின் கேள்வியாக இருந்தது. இரண்டாவது: வலிந்து சிரமப்படுத்திக்கொள்ளும் விதத்தில் அமைந்த பயனற்ற கேள்விகள். இவ்வகை கேள்விகள் தடை செய்யப்பட்டவை.
 முன்சென்ற சமூகங்களில் நிகழ்ந்தது போன்று (நபிமார்களிடம் அதிக கேள்விகள் கேட்டு) தமது நபிக்கு மாற்றமாக நடப்பதை விட்டும் இந்த சமூகத்தை எச்சரித்தல்.
 தேவையில்லாத விடயங்களில் அதிகம் கேள்வி கேட்பதும் நபிமார்களுடன் முரண்பட்டுக் கொள்வதும் அழிவுக்கான  ஒரு காரணமாகும் குறிப்பாக அல்லாஹ் மாத்திரம் அறிந்த மறைவான விடயங்கள் மற்றும் மறுமை நாள் நிலமைகள் போன்ற பகுத்தறிவிற்கு உட்படாத நம்பிக்கை சார் விடயங்களில் கேள்விகள் கேட்பதை இதற்கு உதாரணமாக குறிப்பிடலாம்.
 மிகச் சிக்கலான குழப்பம் நிறைந்த கேள்விகளை கேட்பது தடை செய்யப்பட்டதாகும். இமாம் அவ்ஸாஈ அவர்கள் பின்வருமாறு குறிப்பிடுகிறார்கள் : நிச்சயமாக அல்லாஹ் ஒரு அடியானிடமிருந்து மார்க்க அறிவின் பரக்கத்தை அகற்ற விரும்பினால் அவனுடைய நாவிலிருந்து சிக்கலான குழப்பம் நிறைந்த கேள்விகளை வெளிவரச்செய்வான். அத்தகையவர்களை நான் மக்களில் அறிவு குறைந்தவர்களாக கண்டேன். இப்னு வஹப் அவர்கள் தான் இமாம் மாலிக் (ரஹ்) அவர்கள் கூறியதை செவிமடுத்ததாக பின்வரும் செய்தியை கூறுகிறார்கள்: அல்லாஹ்வின் மார்க்கம் சம்பந்தமாக அறிவில் தர்க்கம் செய்வது ஒருவரின் இதயத்திலிருந்து அந்த அறிவின் ஒளியை அகற்றி விடும்'</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4295</t>
+  </si>
+  <si>
+    <t>اتق الله حيثما كنت، وأتبع السيئة الحسنة تمحها، وخالق الناس بخلق حسن</t>
+  </si>
+  <si>
+    <t>நீர் எங்கிருந்த போதிலும் அல்லாஹ்வை அஞ்சிக்கொள்! ஒரு பாவத்திற்குப் பின்னர் ஒரு நன்மை செய்துவிடு. அது அப்பாவத்தை அழித்துவிடும். மேலும், மக்களோடு நற்பண்புடன் நடந்துகொள்</t>
+  </si>
+  <si>
+    <t>‌عَنْ ‌أَبِي ‌ذَرٍّ، ‌جُنْدُبِ ‌بْنِ ‌جُنَادَةَ، ‌وَأَبِي ‌عَبْدِ ‌الرَّحْمَنِ، ‌مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقِ اللَّهَ حَيْثُمَا كُنْت، وَأَتْبِعْ السَّيِّئَةَ الْحَسَنَةَ تَمْحُهَا، وَخَالِقْ النَّاسَ بِخُلُقٍ حَسَنٍ».</t>
+  </si>
+  <si>
+    <t>அபூ தர் ஜுன்துப் இப்னு ஜுனாதா (ரலி) அவர்களும், அபூ அப்திர் ரஹ்மான் முஆத் இப்னு ஜபல் (ரலி) அவர்களும் நபி (ஸல்) அவர்கள் கூறியதாக, அறிவிக்கின்றார்கள் : நீர் எங்கிருந்த போதிலும் அல்லாஹ்வை அஞ்சிக்கொள்! ஒரு பாவத்திற்குப் பின்னர் ஒரு நன்மை செய்துவிடு. அது அப்பாவத்தை அழித்துவிடும். மேலும், மக்களோடு நற்பண்புடன் நடந்துகொள்.</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم بثلاثة أمور:
+الأول: تقوى الله وذلك بفعل الواجبات، وترك المحرمات، في كل مكان وزمان وحال، في السر والعلانية، وفي العافية والبلاء وغير ذلك.
+الثاني: إذا وقعت في سيئة، فافعل بعدها حسنة من صلاة وصدقة وبر وصلة وتوبة وغير ذلك، فإن ذلك يمحو السيئة. 
+الثالث: عامل الناس بأخلاق حسنة، مِنْ تبسم في وجوههم، ورفق ولين وبذل معروف وكف أذى.</t>
+  </si>
+  <si>
+    <t>இங்கு நபியவர்கள் மூன்று விடயங்களைக் கொண்டு ஏவுகின்றார்கள் : முதலாவது : இறையச்சம். அதாவது,  கடமைகளைப் பேணிச் செய்வதுடன், எல்லா இடங்களிலும், காலங்களிலும், நிலைகளிலும், இரகசியத்திலும், வெளிப்படையிலும், ஆரோக்கியத்திலும், சோதனையிலும் பாவங்களைத் தவிர்த்தல். இரண்டாவது : ஏதாவதொரு பாவத்தை செய்துவிட்டால், அதற்குப் பின்னர், தொழுகை, தர்மம், உபகாரம், உறவுகளை சேர்ந்து நடத்தல், தவ்பா போன்ற நன்மைகளை செய்துவிடல். அவை அப்பாவத்தை அழித்துவிடும். மூன்றாவது : மக்களோடு, அவர்களது முகத்தில் புன்னகைத்தல்,  மென்மையாக நடந்துகொள்ளல், உபகாரம் புரிதல், நோவினைகளைத் தடுத்தல் போன்ற நற்குணங்களுடன் நடந்துகொள்ளுங்கள்.</t>
+  </si>
+  <si>
+    <t>فضل الله عزّ وجل على العباد في رحمته ومغفرته وعفوه.
+اشتمل الحديث على الحقوق الثالثة: حق الله بالتقوى، وحق النفس بفعل الحسنات بعد السيئات، وحق الناس بالمعاملة بالأخلاق الحسنة.
+الترغيب في فعل الحسنات بعد السيئات، وحسن الخلق من خصال التقوى، وإنما أفرد بالذكر للحاجة إلى بيانها.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ் தனது அருட்கொடைகள், பாவமன்னிப்பு, பிழைப் பொறுத்தல் என்பவற்றின் மூலம் அடியார்களுக்குச் செய்துள்ள பேருபகாரம்.
+இந்த ஹதீஸ் மூன்று விதமான கடமைகளையும் உள்ளடக்கியுள்ளது. அதாவது, இறையச்சம் மூலம் அல்லாஹ்வுக்கு நிறைவேற்றவேண்டிய கடமை, பாவங்களின் பின்னர் நன்மைகள் செய்வது கொண்டு தனது ஆத்மாவுக்கு செய்யவேண்டிய கடமை, நற்குணத்துடன் நடந்துகொள்வதன் மூலம் மக்களுக்குச் செய்யவேண்டிய கடமை என்பனவே அவையாகும்.
+பாவங்களுக்குப் பின்னர் நன்மைகளில் ஈடுபடுவதற்கு ஆர்வமூட்டல். நற்குணமும் இறையச்சத்தின் பண்புகளில் உள்ளதாகும். அது தனித்துக் கூறப்படக் காரணம், அதைத் தெளிவாகக் கூறுவதற்கான தேவை இருப்பதனாலாகும்.</t>
+  </si>
+  <si>
+    <t>قال الترمذي: حديث حسن</t>
+  </si>
+  <si>
+    <t>[இது நம்பகமானது (ஸஹன்) என இமாம் திர்மிதி கூறியுள்ளார்]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4302</t>
   </si>
   <si>
     <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>'நீங்கள் மிக முக்கியமான ஒன்றைப் பற்றிக் கேட்டுவிட்டீர்கள். இதை யாருக்கெல்லாம் அல்லாஹ் இலகுபடுத்திக் கொடுக்கின்றானோ, அது அவர்களுக்க இலகுவாக இருக்கும்</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
     <t>முஆத் இப்னு ஜபல் (ரலி) அவர்கள் கூறுகின்றார்கள் : நான் நபியவர்களுடன் ஒரு பயணத்தில் இருந்தேன். ஒரு நாள், நாம் பயணித்துக் கொண்டிருக்கும் போது, அவர்களுக்கு சமீபமாகச் சென்றுவிட்டேன். அப்போது நான், 'அல்லாஹ்வுடைய தூதரே! என்னை நரகை விட்டுத் தூரப்படுத்தி, சுவனத்தில் நுழைய வைக்கும் ஒரு அமலை எனக்குக் காட்டித் தாருங்கள்' எனக் கேட்டேன். அதற்கு நபியவர்கள், 'நீங்கள் மிக முக்கியமான ஒன்றைப் பற்றிக் கேட்டுவிட்டீர்கள். இதை யாருக்கெல்லாம் அல்லாஹ் இலகுபடுத்திக் கொடுக்கின்றானோ, அது அவர்களுக்க இலகுவாக இருக்கும். நீங்கள் அல்லாஹ்வை -அவனுக்கு எந்த இணையும் கற்பிக்காத நிலையில் - வணங்க வேண்டும். மேலும், தொழுகையையும் நிலைநாட்ட வேண்டும். ஸகாத்தைக்கொடுக்கவேண்டும். ரமழானில் நோன்பு நோற்கவேண்டும். கஃபாவை ஹஜ் செய்யவேண்டும்.' என்று கூறிவிட்டு, 'நன்மையின் வாயில்களை உனக்கு அறிவித்துத் தரட்டுமா? நோன்பு ஒரு கேடயம். நீர் நெருப்பை அனைப்பது போன்று, தர்மம் பாவங்களை அனைத்துவிடும். ஒரு மனிதன் நடு இரவில் தொழவதும் (நன்மையின் ஒரு வாயிலாகும்.) பின்பு "அவர்களுடைய விலாக்கள் படுக்கைகளிலிருந்து விலகிவிடும்; அவர்கள் தங்களுடைய இறைவனை அச்சத்தோடும், ஆர்வத்தோடும் பிரார்த்தனை செய்வார்கள்; மேலும், நாம் அவர்களுக்கு அளித்ததிலிருந்து (தானதர்மங்களில்) செலவும் செய்வார்கள். அவர்கள் செய்துகொண்டிருந்தவற்றிற்குக் கூலியாக, அவர்களுக்காக மறைத்து வைக்கப்பட்டுள்ள கண்களின் குளிர்ச்சியை (மறுமையின் பேரின்பத்தை) எந்த ஓர் ஆன்மாவும் அறிந்துகொள்ள முடியாது." என்ற வசனத்தை ஓதினார்கள். பின்பு நபியவர்கள், 'ஒரு விடயத்தின் தலையான அம்சத்தையும், அதன் பிரதான தூணையும், அதன் உயர்நிலையையும் உனக்குக் கூறட்டுமா?' எனக் கேட்டார்கள். அதற்கு நான், 'ஆம்! அல்லாஹ்வுடைய தூதரே!' எனக் கூறியபோது, 'தலையான அம்சம் இஸ்லாமாகும். அதன் பிரதான தூண் தொழுகையாகும். அதன் உயர்நிலை ஜிஹாதாகும்.' என்று கூறிவிட்டு, 'அவை அனைத்தையும் பாதுகாத்துத் தரும் ஒன்றைக் கூறட்டுமா?' எனக் கேட்டார்கள். அதற்கு நான், ஆம்! அல்லாஹ்வுடைய நபியே! எனக் கூறியதும், தமது நாவைப் பிடித்து, 'இதைத் தடுத்துக்கொள்' என்று கூறினார்கள். அப்போது நான், 'அல்லாஹ்வுடைய நபியே! நாம் பேசுவதற்கெல்லாம் குற்றம் பிடிக்கப்படுவோமா?' எனக் கேட்டபோது, 'உன் தாய் உன்னை இழக்கட்டும். முஆதே! மக்களை நரகில் முகங்குப்புற  எறிந்து விடுவது, அவர்களது நாவின் அறுவடைகளைத் தவிர வேறென்ன இருக்கமுடியும்?'</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
 قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
 الأول: تعبد الله وحده ولا تشرك به شيئًا. 
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
 أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
 ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
 ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
@@ -5130,56 +7399,50 @@
   <si>
     <t>حرص الصحابة رضي الله عنهم على العِلْم، ولهذا يَكثُرُ منهم سؤال النبي صلى الله عليه وسلم عنه.
 فقه الصحابة رضي الله عنهم لعلمهم أنَّ الأعمال سبب لدخول الجنة.
 السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
 ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
 رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
 رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
 فضل التقرب بالنوافل بعد أداء الفرائض.
 الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
 وجوب حفظ اللسان عما يضر الإنسان في دينه.
 كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
   </si>
   <si>
     <t>அறிவைக் கற்பதில் நபித்தோழர்களுக்கு இருந்த ஆர்வம். அதனால்தான், நபியவர்களிடம் இவ்வாறான கேள்விகளை அதிகம் கேட்பார்கள்.
 அமல்கள் சுவனம் நுழையக் காரணமாக அமைகின்றன என்பதை நபித்தோழர்கள் அறிந்திருப்பது அவர்களுடைய மார்க்க விளக்கத்தைக் காட்டுகின்றது.
 முஆத் (ரலி) அவர்களிடமிருந்து வெளிப்பட்ட கேள்வி மிக முக்கியமான கேள்வியாகும். ஏனெனில், அது தான் யதார்த்தத்தில், இந்த வாழ்க்கையினதும், உள்ளமையினதும் இரகசியமாகும். இந்த உலகில் இருக்கும் மனிதர்களோ, ஜின்களோ அனைவருமே, ஒன்றில் சுவனம் நுழைவதை அல்லது நரகில் நுழைவதை நோக்கிச் செயல்பட்டுக் கொண்டிருப்பார்கள். அதனால் தான் இந்தக் கேள்வி மிக முக்கியமாகின்றது.
 இஸ்லாத்தின் ஐந்து கடமைகளாகிய, ஷஹாதா, தொழுகை, ஸகாத், நோன்பு, ஹஜ் ஆகியவற்றை செய்வதினாலேயே சுவனம் நுழையமுடியும்.
 மார்க்கத்தின் அடிப்படை, முக்கியமானவற்றில் மிகப் பெறுமதியானது, கடமைகளில் மிக உயர்ந்தது, அல்லாஹ்வுக்கு இணைகற்பிக்காமல் அவனை மாத்திரம் ஒருமைப்படுத்தி வணங்குவதாகும்.
 அல்லாஹ் தனது அடியார்கள் மீது செய்துள்ள அருளின் காரணமாக, அவர்கள் நற்கூலி மற்றும் பாவமன்னிப்பின் வழிகளை அதிகப்படுத்திக் கொள்ளும் பொருட்டு, நன்மையின் வாயில்களை அவர்களுக்குத் திறந்துகொடுத்துள்ளமை.
 கடமைகளை நிறைவேற்றிய பின்னர், உபரியான வணக்கங்கள் ஊடாக அல்லாஹ்வை நெருங்குவதன் சிறப்பு.
 இஸ்லாத்தில் தொழுகை என்பது, ஒரு கூடாரத்தைத் தாங்கியிருக்கும் தூணைப் போன்றது. அது விழுந்தால், கூடாரமே விழுந்துவிடுவது போன்று, தொழுகையில்லாவிட்டால் இஸ்லாமே இல்லை.
 ஒரு மனிதன் தனது மார்க்கத்தைப் பாதிக்கும் எதையும் பேசாமல் நாவைப் பாதுகாப்பது அவசியமாகும்.
 நாவைத் தடுத்துக் கட்டுப்படுத்தி வைத்துக் கொள்வது தான் அனைத்து நன்மைகளுக்குமான அடிப்படையாகும்.</t>
   </si>
   <si>
-    <t>رواه الترمذي وابن ماجه وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4303</t>
   </si>
   <si>
     <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>'இரண்டு முஸ்லிம்கள் தம் வாட்களால் சண்டையிட்டு அதில் கொலைசெய்தவனும், கொலைசெய்யப்பட்டவனும் நரகத்திற்கே செல்வார்கள்</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>நபி  ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதை  தான் கேட்டதாக  அபூ பக்ரா ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : 'இரண்டு முஸ்லிம்கள் தம் வாட்களால் சண்டையிட்டு அதில் கொலைசெய்தவனும், கொலைசெய்யப்பட்டவனும் நரகத்திற்கே செல்வார்கள் என்று கூறியபோது 'இறைத்தூதர் அவர்களே! கொலை செய்தவன் (நரகத்திற்குச் செல்வது நியாயமானது) கொல்லப்பட்டவரின் நிலை என்ன? (அவர் ஏன் நரகம் செல்ல வேண்டும்?) என நான் அவர்களிடம் கேட்டதற்கு, நபியவர்கள் 'அவர் இவரைக் கொல்ல வேண்டுமென்று பேராவல் கொண்டிருந்தார்' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில், இரு முஸ்லிம்கள் தமது வாட்களினால் மற்றவரை கொலை செய்து அழித்து விட வேண்டும் என்ற நோக்கில் சந்தித்துக் கொண்டால் கொலைசெய்தவர் தனது தோழரை கொலை செய்யதன் காரணமாக நரகம் செல்வார் என இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள். அத்துடன் கொலைசெய்யப்பட்டவரும் நரகம் செல்வார் எனக் குறிப்பிட்டது நபித்தோழர்களுக்கு குழப்பத்தை ஏற்படுத்தியது அதனால் நபியவர்கள் கொலைசெய்யப்பட்டவர் எப்படி நரகில் இருப்பார் என வினவினார்கள். அதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் தனது தோழரை கொல்ல வேண்டும் என்ற ஆவலுடனே அவரும் மோதினார். ஆனால் கொலை செய்தவர் மிகவிரைவாக செயற்பட்டு அவரை முந்தி கொலை செய்து விட்டார் என விளக்கமளித்தார்கள்.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
@@ -5206,51 +7469,51 @@
     <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
   </si>
   <si>
     <t>அபுல் அப்பாஸ் ஸஹ்ல் இப்னு ஸஃத் அஸ்ஸாஇதி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: ஒரு மனிதர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து, அல்லாஹ்வின் தூதரே: ஒரு செயலை எனக்குக் காட்டித்தாருங்கள், அதை நான் செய்தால், அல்லாஹ்வும் மக்களும் என்னை நேசிக்க வேண்டும்' என்று கேட்டார். அதற்கு நபியவர்கள் 'உலக வாழ்க்கையில் பற்றற்றவராக  இருங்கள், அல்லாஹ் உம்மை நேசிப்பான். மக்களிடம் இருப்பவற்றில் ஆசைகொள்ளாதீர்கள், அவர்கள் உம்மை நேசிப்பார்கள்.' எனப்பதிலளித்தார்கள்.</t>
   </si>
   <si>
     <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
   </si>
   <si>
     <t>ஒரு மனிதர், அல்லாஹ்வும் மனிதர்களும் நேசிக்கக்கூடிய ஒரு செயலின் பால் தன்னை வழிப்படுத்துமாறு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்அவர்களிடம் கேட்டார்கள். அதற்கு நபியவர்கள், உலகில் தனக்கு தேவையற்றதையும், மறுமைக்கு எவ்விதப் பயனையும் பெற்றுத்தராதவதற்றையும் விட்டு விடுவதோடு, மார்கத்தில் எதிர்மறை பாதிப்பை ஏற்படுத்தக்கூடியவற்றை விட்டும் விலகி இருக்க வேண்டும். அப்போது உம்மை அல்லாஹ் நேசிப்பான் என்றார்கள். அத்துடன் மக்களிடம் உள்ளவற்றில் ஆசைகொள்ளாது இருப்போரை, மக்கள் இயல்பில் விரும்புவார்கள். யார் அவர்களிடம் இருப்பவற்றில் பேராசைகொண்டு அவர்களுக்கு எதிராக போட்டியாக செயற்படும் போது அதனை மக்கள் வெறுப்பர். ஆகவே யார் இவ்வாறு மனிதர்கள் வைத்திருப்பவற்றில் ஆசை கொள்ளாது எளிமையாக இருக்கிறாரோ அவரை மக்கள் பெரிதும் விரும்புவார்கள்.</t>
   </si>
   <si>
     <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
 الزهد مرتبته أعلى من الورع؛ لأن الورع ترك ما قد يضر، والزهد ترك ما لا ينفع في الآخرة.
 قال السندي: إن الدنيا محبوبة عند الناس فمن يزاحمهم فيها يصير مبغوضًا عندهم بقدر ذلك، ومن تركهم ومحبوبهم يكون محبوبًا في قلوبهم بقدر ذلك.</t>
   </si>
   <si>
     <t>உலக வாழ்க்கையில் எளிமையாக இருப்பதன் சிறப்பு குறிப்பிடப்பட்டிருத்தல். எளிமையாக இருப்பது என்பது மறுமைக்கு பயன்தராதவற்றை விட்டுவதை குறிக்கும்.
 பேணுதலாக இருப்பதை விட எளிமையாக வாழ்தல் என்பது மிக உயர்ந்த படித்தரமாகும். காரணம் பேணுதலாக இருப்பது என்பது தனக்கு பாதிப்பை ஏற்படுத்துபவற்றை தவிர்ப்பதை குறிக்கும். ஸுஹ்த் (எளிமை) என்பது மறுமைக்கு பயன்தராதவற்றை விட்டுவிடுவதை குறிக்கும்.
 இமாம் ஸின்தி (ரஹ்; அவர்கள் கூறுகிறார்கள் : உலகம் மனிதர்களால் நேசிக்கப்படக்கூடிய ஒன்றாகும். அதில் பிறரை எதிர்த்து போட்டி போட்டால் அவர் அவர்களுடன் போட்டி போட்டு எதிர்க்கும் அளவுக்கு அவர்களின் வெறுப்பை பெற்றுக் கொள்கிறார். யார் நேசிக்கும் ஒன்றை அதனை விரும்புவோருக்கு விட்டுவிட்டால், அவர்களின் உள்ளத்தில் காணப்படும் நேசத்தின் அளவுக்கு அதனை விட்டுத்தந்தவருக்கான நேசத்தை தருவார்கள்.</t>
   </si>
   <si>
     <t>رواه ابن ماجه وغيره بأسانيد حسنة</t>
   </si>
   <si>
-    <t>[رواه ابن ماجه وغيره بأسانيد حسنة]</t>
+    <t>[இதனை இமாம் இப்னுமாஜா உட்பட பிறரும் ஹஸனான அறிவிப்பாளர் தொடர்களுடன் பதிவு செய்துள்ளனர்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4307</t>
   </si>
   <si>
     <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
   </si>
   <si>
     <t>'நன்மை என்பது நற்குணமாகும். பாவம் என்பது உனது உள்ளத்தில் குறுகுறுப்பை ஏற்படுத்தும். மக்கள் அதைக் காண்பதை நீ வெறுப்பாய்</t>
   </si>
   <si>
     <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
   </si>
   <si>
     <t>நவ்வாஸ் பின் ஸம்ஆன் (ரலி) அவர்கள் அறிவிக்கின்றார்கள்: நான் நபி (ஸல்) அவர்களிடம், நன்மையையும், பாவத்தையும் பற்றிக் கேட்டேன். அதற்கு நபியவர்கள் இவ்வாறு கூறினார்கள்: 'நன்மை என்பது நற்குணமாகும். பாவம் என்பது உனது உள்ளத்தில் குறுகுறுப்பை ஏற்படுத்தும். மக்கள் அதைக் காண்பதை நீ வெறுப்பாய்.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
 أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
 وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
   </si>
   <si>
     <t>நன்மை மற்றும் பாவம் பற்றி நபியவர்களிடம் கேட்கப்பட்ட போது, நபியவர்கள் பின்வருமாறு பதிலளித்தார்கள் :
 நன்மைகளில் மிக மகத்தானது, அல்லாஹ்வுடன் இறையச்சம் பேணி நற்குணமாக நடப்பதும், படைப்புக்களுடன் நோவினைகளைச் சகித்தும், கோபத்தைக் குறைத்தும், முகமலர்ச்சியை வெளிப்படுத்தியும், நல்வார்த்தைகள் பேசியும், உறவுகளை சேர்ந்து நடந்தும், கட்டுப்பட்டும், மென்மையைக் கடைப்பிடித்தும், நல்ல முறையில் தோழமை கொண்டு சேர்ந்து நடந்தும் நற்குணம் பேணுவதுமாகும் என்று பதிலளித்தார்கள்.
 பாவம் என்பது, உள்ளத்தில் தடுமாற்றத்தையும், அதிருப்தியையும் ஏற்படுத்தும் ஒன்றாகும். உள்ளத்தில் அது பற்றிய சந்தேகம், அது பாவமாக இருக்கலாம் என்ற பயம் என்பவை இருக்கும். நல்ல மனிதர்களின் பார்வையில் அது அசிங்கமானதாக  இருக்கும் என்பதால், அதை வெளிக்காட்டவும் விரும்பமாட்டீர்கள். ஏனெனில், மனித உள்ளம் இயல்பாகவே தனது நலவுகளை அடுத்தவர் பார்ப்பதை விரும்புகின்றது. எனவே அதன் ஒரு செயலை மனிதர்கள் பார்ப்பதை அது வெறுத்தால், அது ஒரு பாவம் என்றே அர்த்தமாகும்.</t>
@@ -5426,50 +7689,83 @@
 நான்காவதாக, அல்லாஹ்வின் பெயர்களை முன்னிறுத்தி, யா ரப்பு! யா ரப்பு! என மீண்டும் மீண்டும் கேட்டல்.
 துஆ ஏற்றுக்கொள்ளப்படுவதற்கான இவ்வாறான காரணங்கள் இருந்தும், அது ஏற்றுக்கொள்ளப்பட வில்லை. ஏனெனில், அவனது உணவும், பானமும், ஆடையும் ஹராமாகும். அவன் ஹராமாலேயே ஊட்டப்பட்டுள்ளான். இவ்வாறான தன்மை உடையவர்களுக்கு பதிலளிக்கப்படுவதென்பது மிகத் தூரமானது. அவனுக்கு எவ்வாறு பதிலளிக்கப்படும்?</t>
   </si>
   <si>
     <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
 الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
 استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
 من موانع استجابة الدعاء أكل الحرام.
 من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
 أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
 قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
   </si>
   <si>
     <t>அல்லாஹ் தஆலா, தன்னிலும், தனது பண்புகளிலும், தனது செயற்களிலும், தனது சட்டங்களிலும் பரிபூரணமிக்கவன்.
 அமல்களை அல்லாஹ்வுக்கென்று உளத் தூய்மையுடன், நபியவர்களைப் பின்பற்றிச் செய்யுமாறு ஏவப்பட்டுள்ளமை.
 அமல்களை நோக்கி ஆர்வமூட்டும் அம்சங்களைப் பயன்படுத்தல். அதாவது, நபியவர்கள், 'நிச்சயமாக அல்லாஹ், தூதர்களுக்கு ஏவியதையே, விசுவாசிகளுக்கும் ஏவினான்.' என்று கூறுகின்றார்கள். எனவே, ஒரு முஃமின் இது ரஸூல்மார்களுக்கும் ஏவப்பட்ட ஒன்று என்பதை அறிந்துகொண்டால், அதை ஆர்வத்துடன், உறுதியாக நிறைவேற்றுவான்.
 ஹராமானதை சாப்பிடுவது, துஆ ஏற்றுக்கொள்ளப்படத் தடையாக இருக்கும் காரணிகளில் ஒன்றாகும்.
 ஐந்து அம்சங்கள் துஆ ஏற்றுக்கொள்ளப் படுவதற்கான காரணிகளாகும் : 1. நீண்ட பயணம் போதல். ஏனெனில், துஆ ஏற்றுக்கொள்ளப்படுவதற்கான மிக முக்கிய காரணியாகிய, 'பலவீனப்படுதல்' அங்கு இருக்கின்றது. 2. நிர்ப்பந்த நிலை. 3. வானத்தை நோக்கிக் கைகளை உயர்த்துதல். 4. அல்லாஹ்வின் ருபூபிய்யாவைத் திரும்பத் திரும்ப பல தடவைகள் கூறிக் கேட்டல். துஆ ஏற்றுக்கொள்ளப்படுவதற்காகப் பயன்படுத்தமுடியுமான மிக முக்கியமான ஒன்றாக அது இருக்கின்றது. 5. உணவும், குடிபானமும் தூய்மையாக இருத்தல்.
 ஹலாலான, தூய்மையான உணவை சாப்பிடுவது, நல்ல அமல்கள் செய்வதற்குத் துணையாக இருக்கும் காரணிகளில் ஒன்றாகும்.
 அல் காழீ அவர்கள் கூறுகின்றார்கள் : தூய்மையானது என்பது, அசுத்தமானதற்கு நேர்மாற்றமானதாகும். அது அல்லாஹ்வின் பண்பாகக் கூறப்பட்டால், அவன் குறைகளை விட்டுத் தூய்மைப்படுத்தப்பட்டவன், தீங்குகளை விட்டும் பரிசுத்தமாக்கப்பட்டவன் என்று அர்த்தம் தரும். ஓர் அடியானுக்குப் பண்பாகக் கூறப்பட்டால், கீழ்த்தரமான குணங்கள் மற்றும் அசிங்கமான செயற்களை விட்டும் நீங்கி, அவற்றிற்கு எதிரான குணங்களைக் கொண்டவன் என்று அர்த்தம் தரும். அது சொத்துக்களுக்குப் பண்பாகக் கூறப்பட்டால், ஹலாலான, சிறந்த சொத்துக்களாக இருப்பது அங்கு நாடப்படும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4316</t>
   </si>
   <si>
+    <t>إن الله عز وجل يبسط يده بالليل ليتوب مسيء النهار، ويبسط يده بالنهار ليتوب مسيء الليل، حتى تطلع الشمس من مغربها</t>
+  </si>
+  <si>
+    <t>'வல்லமையும் மாண்பும் மிக்க அல்லாஹ், பகலில் பாவம் புரிந்தவர்கள் பாவமன்னிப்புக் கோருவதற்காக இரவில் தன் கரத்தை விரித்து வைத்திருக்கிறான் (நீட்டுகிறான்)! இரவில் பாவம் புரிந்தவர்கள் பாவமன்னிப்புக் கோருவதற்காக பகலில் தன் கரத்தை விரித்து வைத்திருக்கிறான்! சூரியன் மேற்கிலிருந்து உதிக்கும் (கியாமத் நாள்) வரை ஒவ்வொரு நாளும் இவ்வாறு செய்து கொண்டிருக்கிறான்!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ மூஸா ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : 'வல்லமையும் மாண்பும் மிக்க அல்லாஹ், பகலில் பாவம் புரிந்தவர்கள் பாவமன்னிப்புக் கோருவதற்காக இரவில் தன் கரத்தை விரித்து வைத்திருக்கிறான் (நீட்டுகிறான்)! இரவில் பாவம் புரிந்தவர்கள் பாவமன்னிப்புக் கோருவதற்காக பகலில் தன் கரத்தை விரித்து வைத்திருக்கிறான்! சூரியன் மேற்கிலிருந்து உதிக்கும் (கியாமத் நாள்) வரை ஒவ்வொரு நாளும் இவ்வாறு செய்து கொண்டிருக்கிறான்!</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم: أنَّ الله تعالى يقبل التوبة من عباده، 
+فإن أذنب العبد ذنبًا بالنهار وتاب بالليل قَبِلَ الله توبته، وإن أذنب ذنبًا بالليل وتاب بالنهار قَبل الله توبته، 
+ويبسط يده سبحانه للتوبة فرحًا بها، وقبولًا لها، ولا يزال باب التوبة مفتوحًا حتى تطلع الشمس من مغربها إيذانًا بانتهاء الدنيا، فإذا طلعت فإن باب التوبة يُغلق.</t>
+  </si>
+  <si>
+    <t>தனது அடியார்களின் தவ்பாவை –பாவமீட்சியை- அல்லாஹ் ஏற்றுக்கொள்கிறான் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். ஒரு அடியான் பகலில் ஒரு பாவத்தை –குற்றத்தை-செய்து இரவில் தனது பாவத்தை மன்னிக்குமாறு தவ்பா செய்தால் அவனது தவ்பாவை அல்லாஹ் ஏற்றுக் கொள்கொள்கிறான். ஒரு அடியான் இரவில் பாவமொன்றை செய்து பகலில் அதற்காக தவ்பா செய்தால்  அவனின் தவ்பாவை அல்லாஹ் ஏற்றுக் கொள்கிறான். அல்லாஹ்  அடியார்களின் தவ்பாவினால் மகிழ்ச்சியடைந்து அதனை ஏற்றுக்கொள்ளும் முகமாக அவனின் கரத்தை நீட்டுகிறான். மேற்கிலிருந்து சூரியன் உதயமாகும் வரையில் தவ்பாவின் -பாவமீட்சிக்கான- வாயில் திறந்தே இருக்கும். இது உலக முடிவைக் குறிக்கும். மேற்கில் சூரியன் உதயமானால் தவ்பாவின் வாயில் மூடப்பட்டு விடும்.</t>
+  </si>
+  <si>
+    <t>قبول التوبة مستمر ما دام بابها مفتوحًا، ويغلق بابها بمطلع الشمس من مغربها، وأن يتوب الإنسان قبل غرغرة الموت، وهي وصول الروح إلى الحلقوم.
+عدم اليأس والقنوط بسبب الذنب، فإن عفو الله سبحانه ورحمته واسعة، وباب التوبة مفتوح.
+ شروط التوبة: الأول: الإقلاع عن المعصية، والثاني: الندم على فعلها، والثالث: العزم على ألّا يعود إليها أبدًا، هذا إن كانت في حقوق الله تعالى، وإن كانت متعلِّقة بحق من حقوق العباد، فيشترط لصحة التوبة أن يؤدي ذلك الحق إلى صاحبه، أو يعفو عنه صاحب الحق.</t>
+  </si>
+  <si>
+    <t>தவ்பாவின் வாயில் திறந்திருக்கும் காலமெல்லாம் தவ்பா ஏற்றுக்கொள்வது தொடர்ந்திருக்கும். அவ்வாயில் சூரியன் மேற்கிலிருந்து உதயமாவதுடன் மூடப்பட்டு விடும். ஆகவே ஒரு மனிதன் தனது உயிர் மூச்சு தொண்டைக்குளியை அடைய முன்னர் தவ்பா செய்து கொள்ளுதல் வேண்டும்.
+பாவம் காரணமாக ஒருவர் நிராசை அடையவோ விரக்தியுரவோ கூடாது. ஏனெனில் அல்லாஹ்வின் மன்னிப்பும் கருணையும் விசாலமானது மேலும் தவ்பாவின் வாயிலும் திறந்த நிலையில் உள்ளது.
+தவ்பாவின் நிபந்தனைகள் : 1-பாவத்திலிருந்து முற்றாக விலகுதல் 2- செய்த பாவத்திற்காக வருந்துதல் 3-ஒரு போதும் குறித்த பாவத்தை செய்வதில்லை என உறுதி கொள்ளுதல் இவை அல்லாஹ்வின் உரிமை சார்ந்ததாக இருப்பின் இந்த நிபந்தனைகளை கடைப்பிடிக்க வேண்டும். குறித்த குற்றம் அல்லது பாவம் மனிதர்களுடன் தொடர்பானதாக இருப்பின் அவரின் தவ்பா செல்லுபடியாவதற்கு குறித்த உரிமையை உரிமையாளருக்கு வழங்க வேண்டும், அல்லது குறித்த உரிமையாளர் அவரை மன்னிக்க வேண்டும் என்பதும் நிபந்தனையாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4318</t>
+  </si>
+  <si>
     <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>நிச்சயமாக அல்லாஹ், செய்யும் காரியங்கள் அனைத்தையும்  சிறப்பாகவும் கச்சிதமாகவும் செய்யுமாறு பணித்திருக்கின்றான்</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>ஷத்தாத் இப்னு அவ்ஸ் ரழியல்லாஹு அன்ஹு அவர்கள் தான்   நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடமிருந்து  இரண்டு விடயங்களை மனனமிட்டிருந்தேன் எனக் கூறினார்கள் : நிச்சயமாக அல்லாஹ், செய்யும் காரியங்கள் அனைத்தையும்  சிறப்பாகவும் கச்சிதமாகவும் செய்யுமாறு பணித்திருக்கின்றான். ஆகவே நீங்கள் கொலை செய்தால், அழகிய முறையில் கொல்லுங்கள். நீங்கள் அறுத்தால் அழகிய முறையில் அறுங்கள். எனவே உங்களில் ஒருவர்; தனது கத்தியை கூர்மையாக்கிக் கொள்ளட்டும். அதன் மூலம்  அறுக்கும் மிருகங்களின் கஷ்டங்களை எளிதாக்குங்கள்; (குறையுங்கள்).</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் எல்லா விவகாரங்களிலும் இஹ்ஸானைக் கடைப்பிடிக்குமாறு எமக்கு அறியத்தருகிறார்கள். இஹ்ஸான் என்பது வணக்க வழிபாடுகளிலும், நன்மையான காரியங்களை செய்வதிலும், படைப்புகளுக்கு நோவினை ஏற்படுவதை தடுப்பதிலும் இறை அவதானம் எனும் உணர்வோடு எப்போதும் இருத்தலையே குறிக்கும். இந்த வகையில்; இஹ்ஸான் என்பது கொலை செய்தல், பலியிடுதல் போன்ற விவகாரங்களிலும் காணப்படும். அது நேர்த்தியாகவும் கச்சிதமாகவும் மேற்கொள்ளல் என்ற கருத்தை குறிக்கும்.
 பலிக்குப்பலி தண்டனை நிறைவேற்றும் போது குறித்த நபரை கொலை செய்வதில் இஹ்ஸானை; கடைப்பிடித்தல் என்பது:  கொலைசெய்யப்படு பவரின் உயிர் மிக இலகுவான முறையில்  விரைவாகவும், சுகமாகவும் பிரிவதற்கு வழிசெய்தல் என்பதைக் குறிக்கும்.
 ஷரீஆ முறைப்படி அறுப்பதில் இஹ்ஸான் பேணல் என்பதன் அர்த்தம்  அறுவையின் போது மிருகத்துடன் நலினமாக நடப்பதாகும். அதாவது அறுக்கும் ஆயுதத்தை கூர்மையாக்குதல், அறுவை மிருகத்தின் முன் அது பார்த்துக் கொண்டிருக்கை யில் ஆயுதத்தை கூராக்காதிருத்தல், இன்னொரு மிருகம் பார்த்துக்கொண்டிருக்கும் நிலையில் அதனை அறுக்காது இருத்தல்.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
@@ -5500,50 +7796,132 @@
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>அல்லாஹ் நன்மைகளையும் தீமைகளையும் நிர்ணயித்து அதனை எவ்வாறு எழுத வேண்டும் என்பதை இரு மலக்குகளுக்கும் தெளிவுபடுத்திய விடயத்தை நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் இந்த ஹதீஸில் விவரிக்கிறார்கள் :
 ஆகவே யார் நன்மை செய்ய விரும்பி அதனை செய்வதென உறுதிகொண்டு செய்யாவிட்டாலும் அவருக்கு ஒரு நன்மை எழுதப்படுகிறது. அவ்வாறு அதனை செய்துவிட்டால் அவருக்கு பத்திலிருந்து எழுநூறு மடங்காகவும் அதைவிட பல மடங்கு அதிகமாகவும் நன்மைகளை எழுதிவிடுகின்றான். இவ்வாறு நன்மைகள் பல மடங்காக அதிகரிப்பதென்பது அவரின் மனத்தூய்மை மற்றும் பிறருக்கு நன்மை விளைதல் என்ற அடிப்படையிலாகும்.
 யார் தீமையொன்றை செய்ய நாடி அதனை செய்வதற்கு உறுதிகொண்டும் பின்னர் அல்லாஹ்வுக்காக அதனை விட்டு விட்டால் அதற்காக அவருக்கு ஒரு நன்மை எழுதப்படுகிறது. அதனை அவர் வேறு விடயங்களில் தன்னை தீவிரமாக ஈடுபடுத்திக்கொண்டதனால் அந்தத் தீமையை செய்வதற்கான எந்த காரியங்களையும் செய்யாதிருந்தால் அதற்காக அவருக்கு எதுவும் எழுப்படமாட்டாது. அவர் இயலாமையின் காரணமாக அதனை செய்யவதை விட்டுவிட்டால் அவரின் எண்ணத்திற்கான கூலி எழுதப்படுகிறது. அவ்வாறு நினைத்த அந்தத் தீமையை செய்துவிட்டால் அவருக்கு ஒரு தீமை எழுதப்படும்.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>தீமைகளை பன்மடங்காக ஆக்காது, நன்மைகளை பன்மடங்காக்கி அதனை பதிவு செய்வதில் அல்லாஹ் இந்த சமூகத்தின் மீது செய்த மகத்தான அருளை விபரித்திருத்தல்.
 செயல்களில் நிய்யத்தின் முக்கியத்துவமும் அதன் தாக்கமும் சுட்டிக்காட்டப்பட்டிருத்தல்.
 நன்மையைச் செய்ய எத்தனித்து அதனை செய்யாதவருக்கு அல்லாஹ் அதற்காக ஒரு நன்மையை எழுதிவிடுவது அவனின் அருளையும், கருணையையும், தாராளத்தன்மையையும் காட்டுகிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4322</t>
+  </si>
+  <si>
+    <t>أوصاني خليلي صلى الله عليه وسلم بثلاث: صيام ثلاثة أيام من كل شهر، وركعتي الضحى، وأن أوتر قبل أن أنام</t>
+  </si>
+  <si>
+    <t>எனது உற்ற தோழர், முஹம்மத் (ஸல்) அவர்கள் எனக்கு மூன்று விடயங்களைக் கொண்டு உபதேசம் செய்தார்கள். 1.ஒவ்வொரு மாதமும் மூன்று நாட்கள் நோன்பு நோற்றல். 2. இரண்டு ரக்அத்கள் ழுஹாத் தொழுதல். 3. உறங்குவதற்கு முன்னர் வித்ர் தொழுதல்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَوْصَانِي خَلِيلِي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِثَلاَثٍ: صِيَامِ ثَلاَثَةِ أَيَّامٍ مِنْ كُلِّ شَهْرٍ، وَرَكْعَتَيِ الضُّحَى، وَأَنْ أُوتِرَ قَبْلَ أَنْ أَنَامَ.</t>
+  </si>
+  <si>
+    <t>அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள்: எனது உற்ற தோழர், முஹம்மத் (ஸல்) அவர்கள் எனக்கு மூன்று விடயங்களைக் கொண்டு உபதேசம் செய்தார்கள். 1.ஒவ்வொரு மாதமும் மூன்று நாட்கள் நோன்பு நோற்றல். 2. இரண்டு ரக்அத்கள் ழுஹாத் தொழுதல். 3. உறங்குவதற்கு முன்னர் வித்ர் தொழுதல்.</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ أبو هريرةَ رضي الله عنه أنَّ حبيبَه وصاحبَه النبيَّ صلى الله عليه وسلم أوصاه وعَهِدَ إليه  بثلاث خصالٍ: 
+الأولى: صوم ثلاثة أيام من كل شهر. 
+الثانية: ركعتي الضُّحَى كل يوم. 
+الثالثة: الوِتْر قبل النوم؛ وذلك لِمَن خاف أن لا يَستيقظ آخر الليل.</t>
+  </si>
+  <si>
+    <t>தனது நேசத்திற்குரிய தோழராகிய, நபி (ஸல்) அவர்கள் தனக்கு மூன்று விடயங்களை உபதேசமாகக் கூறியதாக அபூ ஹுரைரா (ரலி) அவர்கள் அறிவிக்கின்றார்கள் :
+முதலாவது, ஒவ்வொரு மாதமும் மூன்று நாட்கள் நோன்பு நோற்றல்.
+இரண்டாவது, ஒவ்வொரு நாளும் இரண்டு ரக்அத்கள் ழுஹாத் தொழுதல்.
+மூன்றாவது, உறங்குவதற்கு முன்னர் வித்ர் தொழுதல். இது, இரவின் இறுதிப் பகுதியில் கண்விழிக்க முடியாது எனப் பயப்படுபவர்களுக்காகும்.</t>
+  </si>
+  <si>
+    <t>اختلاف وصايا النبيِّ صلى الله عليه وسلم لأصحابه: مَبنيٌّ على عِلْمِه صلى الله عليه وسلم بأحوال أصحابه، وما يُناسِب كلَّ واحد منهم، فالقوي يُناسبه الجهاد، والعابد تُناسبه العبادة، والعالِم يُناسبه العِلْم، وهكذا.
+قال ابن حجر العسقلاني في قوله: صوم ثلاثة أيام من كل شهر، الذي يظهر أن المراد بها البِيْض؛ وهي: يوم الثالث عشر، والرابع عشر، والخامس عشر، من الشهر الهجري.
+قال ابن حجر العسقلاني: فيه استحباب تقديم الوتر على النوم، وذلك في حقِّ مَن لم يَثِق بالاستيقاظ.
+أهمية هذه الأعمال الثلاثة؛ لوصية النبي صلى الله عليه وسلم عَدَدًا من أصحابه بها.
+قال ابن دقيق العيد في قوله: (وركعتي الضحى): لعلّه ذَكَر الأقَلَّ الذي يوجد التأكيد بفعله، وفي هذا دلالة على استحباب صلاة الضحى، وأنَّ أقلها ركعتان.
+وقت صلاة الضحى: من بعد شروق الشمس بربع ساعة تقريبًا، ويَمتَد وقتُها إلى ما قبل الظهر بعشر دقائق تقريبًا، وعددها: أقلها ركعتان، واختُلف في أكثرها؛ فقيل: ثماني ركعات، وقيل: لا حد لأكثرها.
+وقت الوتر: من بعد صلاة العشاء إلى طلوع الفجر، وأقله ركعة، وأكثره إحدى عشرة ركعة.</t>
+  </si>
+  <si>
+    <t>நபியவயவர்கள் தமது தோழர்களுக்கு செய்யும் உபதேசங்கள் ஆளுக்காள் வேறுபட்டிருப்பது, தமது தோழர்களின் நிலைமைகள் பற்றியும், ஒவ்வொருவருக்கும் எது பொருத்தமானது என்பது பற்றியும் தாம் அறிந்திருப்பதன் அடிப்படையிலாகும். உறுதிமிக்கவருக்கு ஜிஹாத் பொறுத்தமாக இருக்கும். வணக்கவாளிக்கு வணக்கம் பொருத்தமாக இருக்கும். அறிஞருக்கு அறிவு பொருத்தமாக இருக்கும்.
+'ஒவ்வொரு மாதமும் மூன்று நாட்கள் நோன்பு நோற்றல்' என்ற நபியவர்களின் வார்த்தையை விளக்கும் போது இப்னு ஹஜர் (ரஹ்) அவர்கள் இவ்வாறு கூறுகின்றார்கள் : 'இங்கு நாடப்படுவது, ஒவ்வொரு ஹிஜ்ரி மாதத்திலும், 'பீழ்' என அழைக்கப்படும், 13ஆம், 14ஆம், 15ஆம் தினங்களே'
+இப்னு ஹஜர் (ரஹ்) அவர்கள் கூறுகின்றார்கள் : இந்த ஹதீஸில், உறங்க முன்னர் வித்ர் தொழுவது சிறப்பிக்கப்பட்டுள்ளது. இது, கண்விழிக்கமுடியும் என்ற நம்பிக்கை இல்லாதவர்கள் விடயத்திலாகும்.
+இந்த மூன்று அமல்களினதும் முக்கியத்துவம். ஏனெனில், நபியவர்கள் தமது பல தோழர்களுக்கு இதை உபதேசமாகக் கூறியுள்ளார்கள்.
+'இரண்டு ரக்அத் ழுஹாத் தொழுதல்' என்ற வார்த்தை தொடர்பாக, இப்னு தகீக் அல்ஈத் அவர்கள் இவ்வாறு கூறுகின்றார்கள் : 'வலியுறுத்திக் கூறமுடியுமான குறைந்த அளவை நபியவர்கள் இங்கு கூறியிருக்கலாம். இது ழுஹாத் தொழுகை சிறப்புக்குரியது என்பதையும், அது குறைந்தபட்சம் இரு ரக்அத்கள் என்பதையும் அறிவிக்கின்றது.
+ழுஹாத் தொழுகையின் நேரம் : சூரியன் உதித்துக் கிட்டத்தட்ட, கால் மணிநேரத்தில் இருந்து ஆரம்பித்து, ழுஹருடைய நேரத்திற்குக் கிட்டத்தட்ட 10 நிமிடங்கள் முன்னர் வரை இருக்கும். அதன் எண்ணிக்கை : குறைந்த பட்சம் இரு ரக்அத்கள் ஆகும். அதன் அதிகபட்ச எண்ணிக்கையில் கருத்துவேற்றுமை உள்ளது. எட்டு ரக்அத்கள் என்றும், அதன் அதிகபட்ச எண்ணிக்கை அளவற்றது என்றும் சில கருத்துக்கள் கூறப்பட்டுள்ளன.
+வித்ருடைய நேரம் : இஷா தொழுதது தொடக்கம் பஜ்ர் உதயமாகும் வரையிலாகும். வித்ர் குறைந்தது ஒரு ரக்அத் ஆகும். அதிகபட்சம் பதினொரு ரக்அத்கள் ஆகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4538</t>
+  </si>
+  <si>
+    <t>إذا رأيتموه فصوموا، وإذا رأيتموه فأفطروا، فإن غم عليكم فاقدروا له</t>
+  </si>
+  <si>
+    <t>நீங்கள் அதை (பிறையைக்) கண்டால் நோன்பு பிடியுங்கள். அதைக் கண்டால் நோன்பு விடுங்கள். உங்களுக்கு அது மறைக்கப்பட்டால், அதைக் கணக்கிட்டுக் (30 ஆக பூரணப்படுத்திக்) கொள்ளுங்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنَ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَيْتُمُوهُ فَصُومُوا، وَإِذَا رَأَيْتُمُوهُ فَأَفْطِرُوا، فَإِنْ غُمَّ عَلَيْكُمْ فَاقْدُرُوا لَهُ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதைத் தாம் கேட்டதாக இப்னு உமர் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : நீங்கள் அதை (பிறையைக்) கண்டால் நோன்பு பிடியுங்கள். அதைக் கண்டால் நோன்பு விடுங்கள். உங்களுக்கு அது மறைக்கப்பட்டால், அதைக் கணக்கிட்டுக் (30 ஆக பூரணப்படுத்திக்) கொள்ளுங்கள்.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم علامةَ دخول شهر رمضان وخروجه، فقال: إذا رأيتم هلال رمضان فصوموا، فإنْ حَالَ بينكم وبينه غَيْمٌ وسُتِرَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر شعبان، وإذا رأيتم هلال شوال فأفطروا، فإنْ حال بينكم وبينه غَيْمٌ وسُترَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر رمضان.</t>
+  </si>
+  <si>
+    <t>இங்கு நபியவர்கள் ரமழான் மாதம் ஆரம்பிப்பது மற்றும் நிறைவடைவதன் அடையாளங்களை விளக்கும் வகையில் இவ்வாறு கூறுகின்றார்கள் : நீங்கள் ரமழானின் தலைப்பிறையைக் கண்டால் நோன்பு நோற்றுக்கொள்ளுங்கள். அதற்கும் உங்களுக்கும் மத்தியில் மேகம் மறைத்து, உங்களால் அதைக் காணமுடியாவிட்டால், ஷஃபான் மாதத்தை 30 நாட்களாகப் பூர்த்திசெய்துகொள்ளுங்கள். ஷவ்வால் மாதத் தலைபிறையைக் கண்டால், நோன்பை விட்டுப் பெருநாள் எடுங்கள். அதற்கும் உங்களுக்கும் மத்தியில் மேகம் மறைத்து, உங்களால் அதைக் காணமுடியாவிட்டால், ஷவ்வால் மாதத்தை 30 நாட்களாகப் பூர்த்திசெய்துகொள்ளுங்கள்.</t>
+  </si>
+  <si>
+    <t>الاعتماد على الرؤية لا على الحساب في إثبات دخول الشهر.
+نقل ابن المنذر الإجماع على أنه لا يجب الصيام إذا كان دخول شهر رمضان بالحساب فقط دون الرؤية.
+وجوب إكمال شعبان ثلاثين يومًا إذا حال دون رؤية هلال رمضان غَيْمٌ أو نحوه .
+الشهرُ القَمَريُّ لا يكون إلا تسعةً وعشرون يومًا، أو ثلاثين يومًا.
+وجوب إكمال رمضان ثلاثين يومًا إذا حال غيم أو نحوه دون هلال شوال.
+من كان بموضع ليس فيه مَن يَتَفَقَّدُ أَمْرَ المسلمين في الصوم، أو كان ممن يضيِّع ذلك فينبغي أن يراعي ذلك ويَتفقده بمَن يثبت ذلك عنده برؤية نفسه أو برؤية من يثق به؛ فيصوم بذلك ويفطر.</t>
+  </si>
+  <si>
+    <t>மாதம் நுழைவதை உறுதிப்படுத்துவதில், கண்ணால், பார்ப்பதைத் தான் கடைப்பிடிக்க வேண்டுமே தவிர, கணிப்பீட்டை அல்ல.
+மாதம் நுழைவதைப் பிறைப் பார்த்தல் இன்றி கணிப்பீட்டால் மாத்திரம் தீர்மானிக்கப்படும் போது, நோன்பு நோற்பது கட்டாயமில்லை என்பதில் அறிஞர்கள் ஏகோபித்துள்ளனர் என்று இப்னுல் முன்திர் (ரஹ்) அவர்கள் கூறுகின்றார்கள்.
+தலைப்பிறையைக் காண்பதற்கு, மேகம் போன்ற ஏதாவதொன்று தடையாக இருந்தால், ஷஃபான் மாதத்தை 30 நாட்களாகப் பூர்த்திசெய்வது கட்டாயமாகும்.
+சந்திர மாதம் என்பது இருபத்தியொன்பது அல்லது முப்பது நாட்கள் மாத்திரமே.
+ஷவ்வால் தலைப்பிறையைக் காண்பதற்கு, மேகம் போன்ற ஏதாவதொன்று தடையாக இருந்தால், ரமழான்  மாதத்தை 30 நாட்களாகப் பூர்த்திசெய்வது கட்டாயமாகும்.
+யாராவது, முஸ்லிம்களது நோன்பு விவகாரத்தில் கவனம் செலுத்தும் யாரும் இல்லாத இடத்தில் அல்லது அதை அலட்சியப்படுத்துபவர்கள் இருக்கும் இடத்தில் இருந்தால், அவர் அவ்விடயம் தொடர்பாகக் கவனம் செலுத்தி, நேரடியாகப் பிறையைப் பார்த்த ஒருவரிடம், அல்லது தனக்கு நம்பிக்கையான ஒருவர் பார்த்ததை ஏற்றுள்ள ஒருவரிடம் சென்று விசாரிக்கவேண்டும். அதன் பின்னர் தான் நோன்பை ஆரம்பிக்கவும், முடிக்கவும் வேண்டும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4549</t>
   </si>
   <si>
     <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>'நிச்சயமாக அல்லாஹ் உங்களது தோற்றங்களையோ, செல்வங்களையோ பார்க்க மாட்டான், இருப்பினும் உங்களது உள்ளங்களையும், செயல்களையுமே பார்க்கின்றான்.'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'நிச்சயமாக அல்லாஹ் உங்களது தோற்றங்களையோ, செல்வங்களையோ பார்க்க மாட்டான், இருப்பினும் உங்களது உள்ளங்களையும், செயல்களையுமே பார்க்கின்றான்.'</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் அல்லாஹ் அடியார்களின் தோற்றமானது, அழகானதா, அல்லது அசிங்கமானதா? அவர்களின் உடல்கட்டமைப் பானது பெரியதா (கொழுத்ததா) அல்லது சிறியதா?(ஒல்லியானதா) அல்லது ஆரோக்கியமானதா அல்லது ஆரோக்கியமற்றதா? என்பதை பார்க்கமாட்டான் என  தெளிவுபடுத்துகி றார்கள். மேலும் அவர்களிடத்தில் உள்ள செல்வம் அதிகமானதா? அல்லது குறைவானதா என்பதையும் பார்க்கமாட்டான். அத்துடன்  அல்லாஹ் தனது அடியார்களை இவ்வாறான விடயங்களில் மிகப்பெரும் இடைவெளி இருப்பதால் இவற்றை அளவு கோளாகக் கொண்டு விசாரித்து தண்டிப்பதோ வெகுமதிகள் வழங்குவதோ இல்லை. மாறாக அவர்களின் உள்ளத்தையும் அவர்களின் உள்ளம் கொண்டுள்ள இறையச்சம், ஆழமான நம்பிக்கை, உண்மை, உளத்தூய்மை அல்லது முகஸ்துதி, உளத்தூய்மை யின்மை போன்ற  விடயங்களை அவதானித்தும் அவர்களின் செயல்கள் சீறானதா சீறற்றதா, என்பதை கருத்திற்கொண்டும்தான்  அவர்களுக்கு கூலியும் வெகுமதியும் வழங்குகிறான்.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
@@ -5762,51 +8140,51 @@
   <si>
     <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
   </si>
   <si>
     <t>அபுல் ஹவ்ரா அஸ்ஸஃதி, (ரஹ்) அவர்கள் அறிவிக்கின்றார்கள் : நான் ஹஸன் பின் அலீ (ரலி) அவர்களிடம், 'நீங்கள் நபியவர்களிடமிருந்து எதைக் கேட்டு மனனமிட்டுள்ளீர்கள்?' என்று கேட்டபோது, அவர்கள் கூறினார்கள் : 'நான் நபியவர்கள் இவ்வாறு கூறியதை மனனமிட்டுள்ளேன்: உனக்கு சந்தேகத்தை ஏற்படுத்துபவற்றை விட்டுவிட்டு, சந்தேகத்தை ஏற்படுத்தாதவற்றை எடுத்துக்கொள். ஏனெனில், உண்மை மனஅமைதியைத் தரும். பொய் சந்தேகத்தைத் தரும்.'</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
   </si>
   <si>
     <t>தடுக்கப்பட்டவையா? தடுக்கப்படாதவையா? ஹராமா? ஹலாலா? என்ற சந்தேகத்தை ஏற்படுத்தும், வார்த்தைகள் மற்றும் செயற்களை விட்டுவிட்டு, ஹலாலான, நல்லவை என நீங்கள் உறுதியாக அறிந்துவைத்துள்ள, சந்தேகமற்றவற்றை எடுத்துக்கொள்ளுமாறு நபியவர்கள் ஏவுகின்றார்கள். ஏனெனில், உள்ளம் அதில் நிம்மதியையும், அமைதியையும் காண்கின்றது. சந்தேகத்திற்கிடமானவற்றில், அது தடுமாற்றத்தையும், கலக்கத்தையும் காண்கின்றது.</t>
   </si>
   <si>
     <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
 النهي عن الوقوع في الشبهات.
 إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
 رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
   </si>
   <si>
     <t>ஒரு முஸ்லிம் தனது எல்லா விடயங்களையும், உறுதியின் மீது கட்டியெழப்பி, சந்தேகங்களை விட்டுவிடுவதும், தனது மார்க்கத்தில் தெளிவான அறிவோடிருப்பதும் கட்டாயமாகும்.
 சந்தேகத்திற்கிடமானவற்றில் வீழ்ந்துவிடுவது தடுக்கப்பட்டுள்ளது.
 நிம்மதியையும், மனஅமைதியையும் நீ அடைய விரும்பினால், சந்தேகத்திற்கிடமானவற்றைப் புறமொதுக்கிவிடு.
 அல்லாஹ் தனது அடியார்களுக்குச் செய்துள்ள அருள். ஏனெனில், அவர்களுக்கு மனஅமைதியையும், நிம்மதியையும் தருபவற்றை அவன் ஏவி, தடுமாற்றத்தையும், கலக்கத்தையும் தருபவற்றைத் தடுத்துள்ளான்.</t>
   </si>
   <si>
-    <t>[رواه الترمذي والنسائي وأحمد]</t>
+    <t>[இமாம்களான திர்மிதி, நஸாஈ மற்றும் அஹ்மத் ஆகியோரால் இது பதிவு செய்யப்பட்டுள்ளது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4564</t>
   </si>
   <si>
     <t>كل سلامى من الناس عليه صدقة</t>
   </si>
   <si>
     <t>'சூரியன் உதிக்கின்ற ஒவ்வொரு நாளிலும் மனிதர்கள் தம்முடைய ஒவ்வொரு மூட்டு எலும்புகளுக்காகவும் தர்மம் செய்வது கடமையாகும்</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'சூரியன் உதிக்கின்ற ஒவ்வொரு நாளிலும் மனிதர்கள் தம்முடைய ஒவ்வொரு மூட்டு எலும்புகளுக்காகவும் தர்மம் செய்வது கடமையாகும். இருவருக்கிடையே நீதி செலுத்துவதும் தர்மமாகும். ஒருவர் தமது வாகனத்தின் மீது ஏறி அமர (அவருக்கு) உதவுவதும், அல்லது அவரது பயணச் சுமைகளை அதில் ஏற்றி விடுவதும் தர்மமாகும். இன்சொல்லும் ஒரு தர்மமாகும். ஒருவர் தொழுகைக்குச் செல்ல எடுத்துவைக்கும் ஒவ்வோர் எட்டும் தர்மமாகும். தீங்கு தரும் பொருளைப் பாதையிலிருந்து அகற்றுவதும் ஒரு தர்மமாகும்.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
 وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
 عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
 وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
 والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
 وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
 وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
@@ -5991,57 +8369,101 @@
     <t>தனக்கோ பிறருக்கோ ஏற்படுகின்ற எல்லா வகையான தீங்குகளையும் அதன் வெளிப்பாடுகளையும் தடுப்பது கடமையாகும் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவுபடுத்துகிறார்கள்.தனக்கோ பிறருக்கோ தீங்கை ஏற்படுத்துவதும் கூடாது.
 அத்துடன் தீங்கை இன்னொரு தீங்கினால் எதிர்கொள்வதும் கூடாது. காரணம் தீங்கிழைத்தல் என்பது அதே மாதிரியான ஒன்றினால் நீங்கிவிடாது. ஆனால் அத்துமீறாது பலிக்குப்பலி தண்டனை வழங்குதல் அனுமதிக்கப்பட்டதாகும்.
 மக்களுக்கு தீங்கை ஏற்படுத்துவதினால் ஏற்படும் தீங்கிற்கான எச்சரிக்கையையும், மக்களுக்கு சிரமத்தை –கஷ்டத்தை- ஏற்படுத்துபவருக்கு கிடைக்கின்ற சிரமத்தையும் பற்றிய எச்சரிக்கையையும் இங்கு நபி  ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவு படுத்தினார்கள் .</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>செய்த தீங்கை விட அதிகமாகப் பழிதீர்ப்பது தடுக்கப்பட்டிருத்தல்.
 தீங்கை ஏற்படுத்தக் கூடிய எதனையும் அல்லாஹ் தனது அடியார்களுக்கு  கட்டளையிடவில்லை.
 தனக்கோ,பிறருக்கோ வார்த்தை, செயல், செய்யாமல் விட்டுவிடுவதல் போன்றன மூலம் தீங்கிழைப்பது தடுக்கப்பட்டிருத்தல்.
 செயலின் அளவுக்கேட்பவே கூலி கிடைக்கும். எனவே யார் தீங்கிழைத்துக் கொள்கிறாரோ அல்லாஹ் அவனை தண்டிக்கிறான். யார் சிரமப்படுத்திக்கொள்கிறாரோ அவருக்கு சிரமத்தைக் கொடுக்கிறான்.
 'அல்லரரு யுஸாலு' (தீங்கு நீக்கப்படவேண்டும்) என்பது மார்க்க சட்டவாக்க விதிகளில் ஒன்றாகும், எனவே இஸ்லாமிய மார்க்கமானது தனக்கோ பிறருக்கோ தீங்கிழைப்பதை அங்கீகரிக்காது. அதனை வன்மையாக கண்டிக்கிறது.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
-    <t>[அதன் ஆதாரங்களின் பிரகாரம் ஸஹீஹானது-சரியானது]</t>
-[...2 lines deleted...]
-    <t>[இதனை அத்தாரகுத்தனீ பதிவு செய்துள்ளார்]</t>
+    <t>[ஏனைய சான்றுகள் மூலம் ஆதாரப் பூர்வமானதாக ஆனது]</t>
+  </si>
+  <si>
+    <t>[இதனை இமாம் அத்தாரகுத்தனீ பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4711</t>
+  </si>
+  <si>
+    <t>لا يحل دم امرئ مسلم إلا بإحدى ثلاث</t>
+  </si>
+  <si>
+    <t>மூன்றில் ஒரு காரணத்திற்காகவே தவிர ஒரு முஸ்லிமின் இரத்தம் (அவரைக் கொலைசெய்வது) ஹலாலாகமாட்டாது</t>
+  </si>
+  <si>
+    <t>عَنِ ابنِ مَسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ دَمُ امْرِئٍ مُسْلِمٍ إِلَّا بِإِحْدَى ثَلَاثٍ: الثَّيِّبُ الزَّانِي، وَالنَّفْسُ بِالنَّفْسِ، وَالتَّارِكُ لِدِينِهِ المُفَارِقُ لِلْجَمَاعَةِ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, அப்துல்லாஹ் இப்னு மஸ்ஊத் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : மூன்றில் ஒரு காரணத்திற்காகவே தவிர ஒரு முஸ்லிமின் இரத்தம் (அவரைக் கொலைசெய்வது) ஹலாலாகமாட்டாது: திருமணம் முடித்தபின் விபச்சாரம் செய்பவர், இன்னொருவரைக் கொலைசெய்தவர், (முஸ்லிம்) சமூகத்தைப் பிரிந்து, இஸ்லாத்தை விட்டுச் செல்பவர்.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دمَ المسلم حرام، إلا إنْ فعل واحدة من خصال ثلاث: 
+الأولى: مَن وقع في فاحشة الزنا، وقد تزوج بعقد صحيح؛ فيحل قتله بالرجم. 
+الثانية: من قَتل نفسًا معصومة عمدًا بغير حق، قُتل بشروطه. 
+الثالثة: الخارج عن جماعة المسلمين؛ إما بترك دينه الإسلام كله بالردة، أو المفارق بغير ردة بترك بعضه كأهل البغي، وقطاع الطريق، والمحاربين من الخوارج وغيرهم.</t>
+  </si>
+  <si>
+    <t>இங்கு நபியவர்கள், ஒரு முஸ்லிம் மூன்றில் ஒரு விடயத்தை செய்தாலே தவிர, அவரது இரத்தம் (உயிர்) ஹராமாகும் என்று தெளிவு படுத்துகின்றார்கள். முதலாவது : ஒருவர் முறையான ஒரு ஒப்பந்தத்தின் மூலம் திருமணம் செய்தபின்னரும் விபச்சாரத்தில் ஈடுபடல். கல்லெறிந்து அவரைக் கொல்வது ஹலாலாகும். இரண்டாவது: பாதுகாக்கப்பட்ட ஒரு உயிரை, உரிமையின்றி வேண்டுமென்றே கொலை செய்தவர். இவர் - நிபந்தனைகள் பேணப்பட்ட பின்னர் - கொல்லப்படுவார். மூன்றாவது : முஸ்லிம் சமூகத்தை விட்டும் பிரிந்து செல்பவர். அது ஒன்றில் முழுமையாக இஸ்லாத்தை விட்டு வெளியேறி செல்வதாக இருக்கலாம். அல்லது முழுமையாக வெளியேறாமல், இஸ்லாத்தின் சில பகுதிகளை விட்டு வெளியேறிச் செல்வதாக இருக்கலாம். உதாரணமாக, அடர்ந்தேருபவர்கள், வழிப்பறிக்கொள்ளையர்கள், கவாரிஜ்கள் போன்ற ஆட்சிக்கெதிராகப் போரிடுபவர்கள்.</t>
+  </si>
+  <si>
+    <t>تحريم فعل هذه الخصال الثلاث، وأن من فعل واحدة منها استحق عقوبة القتل: إما كفرًا، وهو المرتد عن الإسلام، وإما حدًّا، وهما: الثيب الزاني، والقاتل عمدًا.
+وجوب حفظ الأعراض ونقائها.
+وجوب احترام المسلم، وأنه معصوم الدم.
+الحث على التزام جماعة المسلمين وعدم مفارقتهم.
+حسن تعليم النبي صلى الله عليه وسلم حيث يَرِدُ كلامُه أحيانًا بالتقسيم؛ لأن التقسيم يحصر المسائل ويجمعها وهو أسرع حفظًا.
+شرع الله الحدودَ؛ لردع الجناة، ولحماية المجتمع ووقايتِه من الجرائم.
+تطبيق هذه الحدود هو من اختصاص ولي الأمر.
+أسباب القتل أكثر من ثلاثة، ولكنها لا تخرج عنها، قال ابن العربي المالكي: ولا تخرج عن هذه الثلاثة بحال، فإنَّ مَن سَحَرَ أو سب نبيَّ الله كفر، فهو داخل في التارك لدينه.</t>
+  </si>
+  <si>
+    <t>இந்த மூன்று செயல்களிலும் ஈடுபடுவது தடுக்கப்பட்டுள்ளமை. இவற்றில் ஏதாவதொன்றை செய்பவர், மரண தண்டனைக்குத் தகுதியாகின்றார். அது ஒன்றில் இறைநிராகரிப்பின் காரணமாக இருக்கலாம். இது இஸ்லாத்தை விட்டு வெளியேறியவருக்குரிய தண்டனையாகும். அல்லது 'ஹத்தாக' (அதாவது குற்றத்திற்கான தண்டனையாக) இருக்கலாம். இது திருமணம் முடித்த பின்னர் விபச்சாரம் செய்பவருக்கும், வேண்டுமென்றே கொலை செய்தவருக்கும் உரிய தண்டனையாகும்.
+மானங்களைப் பாதுகாத்து, தூய்மையாக வைத்துக் கொள்வதன் அவசியம்.
+ஒரு முஸ்லிமை மதிப்பதன் அவசியம். மேலும், அவனது உயிர் பாதுகாக்கப்படவேண்டிய ஒன்றாக உள்ளமை.
+முஸ்லிம் சமூகத்தை விட்டும் பிரிந்து செல்லாமல், இணைந்திருப்பதன் அவசியம்.
+நபி (ஸல்) அவர்களின் அழகான கற்பித்தல் முறை. அதாவது, சிலபோது நபியவர்கள் வகைப்பிரித்துப் பேசுவார்கள். அவ்வாறு வகைப்பிரித்துப் பேசுவது, பிரச்சினைகளை வரையறுத்து, ஒன்றிணைத்து விடும். எனவே, மனனமிட இலகுவாக இருக்கும்.
+அல்லாஹ் தஆலா, குற்றவாளிகளைத் தடுப்பதற்காகவும், குற்றங்களை விட்டும் சமூகத்தைப் பாதுகாப்பதற்காகவும் குற்றவியல் தண்டனைகளை வைத்துள்ளான்.
+இந்த தண்டனைகளை நிறைவேற்றுவது, ஆட்சியாளரின் பொறுப்பில் மாத்திரம் உள்ளதாகும்.
+மரணதண்டனை உள்ள காரணிகள் மூன்றை விட அதிகமாகும். ஆனால், அவையனைத்தும் இவற்றோடு இணைந்ததாகவே இருக்கும். இப்னுல் அரபீ (ரஹ்) அவர்கள் கூறுகின்றார்கள் : 'அவையனைத்தும் இந்த மூன்று காரணிகளுக்கும் உட்பட்டதாகவே இருக்கும். ஏனெனில், ஒருவன் சூனியம் செய்தாலோ, அல்லது நபியவர்களுக்கு ஏசினாலோ அவன் நிராகரித்தவனாகி விடுகின்றான். எனவே, அவனும், தனது மார்க்கத்தை விட்டுச் செல்பவர்களில் உள்ளடங்கி விடுகின்றான்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4714</t>
   </si>
   <si>
     <t>لا يزال لسانك رطبا من ذكر الله</t>
   </si>
   <si>
     <t>உனது நாவு எப்போதும் அல்லாஹ்வின் திக்ரினால் ஈரமடைந்து இருக்கட்டும்</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு புஸ்ர் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : ஒரு மனிதர், 'அல்லாஹ்வுடைய தூதரே! இஸ்லாத்தின் சட்டத்திட்டதிட்டங்கள் எனக்கு அதிகமாக உள்ளன. நான் தொடர்ந்து பேணி வரமுடியுமான ஒரு விடயத்தை எனக்குக் கூறுங்கள்' என்று கேட்டபோது நபியவர்கள் இவ்வாறு கூறினார்கள் : உனது நாவு எப்போதும் அல்லாஹ்வின் திக்ரினால் ஈரமடைந்து இருக்கட்டும்.</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
     <t>ஒரு மனிதர் நபியவர்களிடம் வந்து, உபரியான வணக்கங்கள் அவரைப் பொறுத்தவரை அதிகமாக இருப்பதாகவும், தான் பலவீனமாக உள்ளதால் அவற்றை நிறைவேற்ற முடியாமல் இருப்பதாகவும் முறைப்பட்டுவிட்டு, தன்னால் தொடர்ந்து கடைப்பிடிக்கமுடியுமான, அதிகமான நன்மைகளைப் பெற்றுத் தரும் இலகுவான ஒரு அமலைக் காட்டித் தருமாறு கேட்டுக் கொண்டார்கள்.
 அப்போது நபியவர்கள், எல்லா நிலைகளிலும் தஸ்பீஹ், தஹ்மீத், இஸ்திக்பார், துஆ போன்றவற்றின் மூலம் எந்நேரமும் அல்லாஹ்வை நினைவுகூர்வதில் திளைத்திருக்கக் கூடியதாக அவரது நாவு இருக்கட்டும் என்று வழிகாட்டினார்கள்.</t>
   </si>
   <si>
     <t>فضل المداومة على ذكر الله تعالى.
 من عظيم فضل الله تيسير أسباب الأجر.
 تفاضل العباد في نصيبهم من أبواب البر والخير.
@@ -6139,100 +8561,100 @@
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா  அவர்கள் கூறினார்கள் : ' (பிரதிவாதியை விசாரிக்காமல் ) மக்களின் வாதத்திறமையின்  அடிப்படையில் அவர்கள் கோருவதெல்லாம் வழங்கப்பட்டால், மக்களில் பலர்;  ஏனைய மனிதர்களின் உயிர்க்ளுக்கும் உடமைகளுக்கு உரிமை கோரத் தொடங்குவார்கள். எனவே உரிமை கொண்டாடும் வாதி அதற்கான ஆதாரங்களை முன்வைக்க வேண்டும், அதனை மறுப்பவர் -பிரதிவாதி- சத்தியம் செய்ய வேண்டும்.'</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
   </si>
   <si>
     <t>எவ்வித ஆதாரமோ, தகுந்த சாட்சியங்களோ இல்லாது தங்களது வாதத்தின் அடிப்படையில் வழக்காடும் ஒருவருக்கு அவரால் கோரப்படுபவை வழங்கப்படும் என்றிருந்தால் சிலர் மக்களின் உடமைகளையும், அவர்களின் உயிரையும் கூட உரிமை கோரத் தொடங்குவார்கள் என்று நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். ஆகவே, வாதி தனது கூற்றுக்கான ஆதாரங்களை முன்வைக்க வேண்டும். அவரிடம் ஆதாரம் இல்லையென்றால், அந்தக் கோரிக்கை பிரதிவாதியின் முன் வைக்கப்படும். அவர் மறுத்தால், அவர் சத்தியம் செய்ய வேண்டியிருக்கும். அதன் பிறகு அவர் குற்றமற்றவர் என்று அறிவிக்கப்படுவார்.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
 الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
 القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
 كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
   </si>
   <si>
     <t>இப்னு தகீக் அல்-ஈத் கூறுகிறார் : சர்ச்சை மற்றும் மோதலின் போது பின்பற்ற வேண்டிய மிகப்பெறும் அடிப்படையொன்றையும் சட்டத் தீர்புகளின் அடிப்படை பற்றி பேசக்கூடியதுமான ஒரு பிரதான ஹதீஸாகும்.
 மோசடி செய்தல் மற்றும் சூழ்சி செய்தல் ஆகியவற்றிலிருந்து மக்களின் உயிர்களையும் உடமைகளையும் பாதுகாக்கவே இஸ்லாமிய ஷரீஆ வந்துள்ளது.
 நீதிபதி தனது அறிவின் படி தீர்ப்பளிக்காமல் ஆதாரங்களை அவதானிப்பதன் மூலமே தீர்ப்பளிக்க வேண்டும்
 உரிமைகள் மற்றும் வியாபார பரிவர்த்தனைகள் தொடர்பானதாக இருந்தாலும் சரி அல்லது ஈமான் மற்றும் அறிவு தொடர்பானதாக இருந்தாலும் சரி ஆதாரம் இல்லாமல் யாராவது உரிமை கோரினால் அது நிராகரிக்கப்படும்</t>
   </si>
   <si>
     <t>رواه البيهقي</t>
   </si>
   <si>
-    <t>[இதனை அல்பைஹகீ அறிவத்திருக்காறார்]</t>
+    <t>[இதனை அல்பைஹகீ பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4722</t>
   </si>
   <si>
     <t>ما ملأ آدمي وعاء شرا من بطن، بحسب ابن آدم أكلات يقمن صلبه، فإن كان لا محالة، فثلث لطعامه، وثلث لشرابه، وثلث لنفسه</t>
   </si>
   <si>
     <t>'ஆதமுடைய மகன்  நிரப்பக் கூடிய பைகளில் மிகவும் கெட்டது அவனின் வயிறாகும். ஆதமுடைய மகனுக்கு தனது முதுகெலும்பை நிமிர்த்திக் கொள்ளும் அளவு உணவே போதுமானது. அதுவும் அவனுக்கு போதாது என்றால் தன் வயிற்றில் மூன்றில் ஒரு பகுதியை உணவுக்கும் மற்றொரு பகுதியை தண்ணீருக்கும் மற்றொரு பகுதியை அவன் சீராக மூச்சு விடுவதற்கும் ஆக்கிக் கொள்ளட்டும்'</t>
   </si>
   <si>
     <t>عَنْ المِقْدَامِ بْنِ مَعْدِي كَرِبَ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مَلأَ آدَمِيٌّ وِعَاءً شَرًّا مِنْ بَطْنٍ، بِحَسْبِ ابْنِ آدَمَ أَكَلاَتٌ يُقِمْنَ صُلْبَهُ، فَإِنْ كَانَ لَا مَحَالَةَ، فَثُلُثٌ لِطَعَامِهِ، وَثُلُثٌ لِشَرَابِهِ، وَثُلُثٌ لِنَفَسِهِ».</t>
   </si>
   <si>
     <t>மிக்தாம் இப்னு மஃதீ கரிப் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூற நான் கேட்டுள்ளேன் : 'ஆதமுடைய மகன்  நிரப்பக் கூடிய பைகளில் மிகவும் கெட்டது அவனின் வயிறாகும். ஆதமுடைய மகனுக்கு தனது முதுகெலும்பை நிமிர்த்திக் கொள்ளும் அளவு உணவே போதுமானது. அதுவும் அவனுக்கு போதாது என்றால் தன் வயிற்றில் மூன்றில் ஒரு பகுதியை உணவுக்கும் மற்றொரு பகுதியை தண்ணீருக்கும் மற்றொரு பகுதியை அவன் சீராக மூச்சு விடுவதற்கும் ஆக்கிக் கொள்ளட்டும்'.</t>
   </si>
   <si>
     <t>يرشدنا النبي الكريم صلى الله عليه وسلم إلى أصل من أصول الطب، وهي الوقاية التي يقي بها الإنسان صحته، وهي التقليل من الأكل، بل يأكل بقدر ما يسد رمقه ويقويه على أعماله اللازمة، وإن شر وعاء مُلئ هو البطن لما ينتج عن الشبع من الأمراض الفتاكة التي لا تحصى عاجلًا أو آجلًا باطنًا أو ظاهرًا.
 ثم إن الرسول صلى الله عليه وسلم قال: إذا كان الإنسان لابد له من الشبع، فليجعل الأكل بمقدار الثلث، والثلث الآخر للشرب، والثلث للنفس حتى لا يحصل عليه ضيق وضرر، وكسل عن تأدية ما أوجب الله عليه في أمر دينه أو دنياه.</t>
   </si>
   <si>
     <t>மனிதன் தனது ஆரோக்கியத்தைப் பேணுவதற்கு உட்கொள்ளும் உணவின் அளவைக் குறைத்துக் கொள்ளல் ஒரு முன்னெச்சரிக்கை நடவடிக்கையாகும். மருத்துவ அடிப்படைகளுள் ஒன்றாக கருதப்படும் இவ்விடயம் குறித்து  எம்மை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  வழிப்பபடுத்துகிறார்கள். ஒருவர் உயிருடன் இருக்கவும், தனது அத்தியாவசியப் பணிகளைச் செய்யவதற்கு வலிமை பெறுவதற்கு போதுமான அளவு மட்டுமே சாப்பிடுதல் வேண்டும். நிரப்பப்படும் பாத்திரங்களில் மிகவும் ஆபத்தானது வயிறாகும், வயிறு நிறைய அளவுக்கு மீறி சாப்பிடுவதன் விளைவாக எண்ணற்ற கொடிய நோய்கள் தோன்றும். அந்த நோய்கள் விரைவிலோ காலம் தாழ்த்தியோ, உட்புறமாகவோ அல்லது வெளிப்புறமாகவோ ஏற்பட வாய்ப்புண்டு. ஒருவர் தனது வயிற்றை நிரப்ப வேண்டும் என்றால், அவர் இரைப்பையை  மூன்றாகப் பிரித்து, மூன்றில் ஒரு பகுதியை உணவுக்கும், இன்னொரு பகுதியை பானத்திற்கும், இன்னொரு பகுதியை சுவாசிக்கவும் வைத்துக்கொள்ளல் வேண்டும். காரணம் அவருக்கு நெருக்கடி மற்றும் ஆபத்து ஏற்படாமலிருக்கவும் அல்லாஹ் அவருக்கு கடமையாக்கியுள்ள மார்க்க மற்றும் உலக விவகாரங்களில்  உள்ள கடமைகளை  சோம்பலின்றி நிறைவேற்றுவதற்குமாகும்.</t>
   </si>
   <si>
     <t>عدم التوسع في الأكل والشرب، وهذا أصل جامع لأصول الطب كلها، لما في كثرة الشبع من الأمراض والأسقام.
 الغاية من الأكل، هي حفظ الصحة والقوة وبهما سلامة الحياة.
 لملء البطن من الطعام أضرار بدنية ودينية، قال عمر رضي الله عنه: «إياكم والبطنة، فإنها مفسدة للجسم ومكسلة عن الصلاة».
 الأكل من حيث الحكم على أقسام: واجب، وهو ما به تُحفظ الحياة ويؤدي تركه إلى ضرر. جائز، وهو ما زاد على القدر الواجب ولا يُخشى ضرره. مكروه، وهو ما يُخشى ضرره. محرم، وهو ما يُعلم ضرره. ومستحب، وهو ما يُستعان به على عبادة الله وطاعته، وقد أجمل ذلك في الحديث في ثلاث مراتب: أولها: ملء البطن. ثانيها: أكلات أو لقيمات يقمن صلبه. ثالثها: قوله: «ثلث لطعامه وثلث لشرابه وثلث لنفسه» وهذا كله إذا كان جنس المأكول حلالًا.
 الحديث قاعدة من قواعد الطب، وحيث إن علم الطب مداره على ثلاثة أصول: حفظ القوة والحمية والاستفراغ، فقد اشتمل الحديث على الأولين منها، كما في قوله تعالى : (وَكُلُوا وَاشْرَبُوا وَلَا تُسْرِفُوا إِنَّهُ لَا يُحِبُّ الْمُسْرِفِينَ) [الأعراف: 31].
 كمال هذه الشريعة حيث اشتملت على مصالح الإنسان في دينه ودنياه.
 من علوم الشريعة أصولُ الطب وأنواع منه، كما جاء في العسل والحبة السوداء.
 اشتمال أحكام الشريعة على الحكمة، وأنها مبنية على درء المفاسد وجلب المصالح.</t>
   </si>
   <si>
     <t>உன்னுதல் பருகுவதில் எல்லை மீறிச் செல்லாதிருத்தல். இது மருத்துவத்தின் அடிப்டைகளில் பிரதான அடிப்டையாகும். ஏனெனில் மிதமிஞ்சிய உணவுப்பழக்கம் கொடிய நோய்களை ஏற்படுத்தும்.
 உண்பதின் நோக்கம் உடல் ஆரோக்கியத்தையும், வலிமையையும் பாதுகாப்பதாகும். இதில்தான் வாழ்க்கையின் சீர்மை தங்கியுள்ளது.
 வயிறு புடைக்க(நிறைய) உண்பதில் உடல்ரீதியானதும் மார்க்கரீதியானதுமான பாதிப்புகள் உண்டு. உமர் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் :  வயிறு நிறைய சாப்பிடுவதை விட்டும் உங்களை நான் எச்சரிக்கிறேன். ஏனென்றால் அது உடலுக்கு கேடையும், தொழுகையில் சோம்பலையும் ஏற்படுத்தும்.
 உண்பதை பொறுத்தவரை சட்டரீதியாக கட்டாயமானது,(வாஜிப்) அனுமதியளிக்கப்பட்டது (ஜாஇஸ்),  (மக்ரூஹ்) வெறுக்கத்தக்கது 'ஹராம்'; தடைசெய்யப்பட்டது முஸ்தஹப் விரும்பத்தக்கது என ஐந்தாக வகுக்க முடியும். உயிரைப் பாதுகாக்கும் நிலையில் அமைந்தவை அதாவது உண்ணுவதை தவிர்த்தால் உயிராபத்து ஏற்படும் என்ற நிலை காணப்படுமாயின் அவ்வேளை உண்பது கட்டாயமாகும். தேவையான அளவை விட சிறிது அதிகமாக உண்பது இதனால் எவ்வித பாதிப்பும் ஏற்படாது என்பதால் இது அனுமதிக்கப்பட்டது. தேவைக்கு மேலதிகமாக உண்பதால் பாதிப்பு ஏற்படும் என பயப்படத்தக்க நிலையில் உள்ளவை இது மக்ரூஹ் ஆகும். உண்பதால் தெளிவாக பாதிப்பு ஏற்படும் என்றிருந்தால் அது ஹராமாகும். அல்லாஹ்வை வணங்கி வழிபடுவதற்கு தேவையான அளவு உண்ணுதல் முஸ்தஹப்பாகும். இதனையே ஹதீஸில் சுருக்கமாக முன்று படித்தரங்களாக குறிப்பிடப்பட்டுள்ளது. முதலாவது. வயிறு நிறை உண்ணுதல். இரண்டாது : தனது முதுகெழும்பை நிமிர்த்துகொள்ளும் அளவுக்குத்  தேவையான சில கவலங்களை உண்ணுதல் மூன்றாவது : வயிற்றை மூன்றாக பிரித்து உணவுக்கும் தண்ணீருக்கும் சுவாசிக்கவும் ஒவ்வொரு பகுதியை ஏற்படுத்திக்கொள்ளுதல். இவை அனைத்திற்கும்  உண்ணும் உணவு ஹலாலாக இருப்பது அவசியம்.
 இந்த ஹதீஸ் மருத்துவத்துறை சார்ந்த பிரதான அடிப்படை ஒன்றை உள்ளடக்கியுள்ளது.
 மருத்துவ அறிவியலானது மூன்று பிரதான அடிப்படைகளைக் கொண்டுள்ளது அவையாவன:  உடல்திரனை பாதுகாத்தல், உணவுமுறை கட்டுப்பாடு, மற்றும் கழிவுவெளியேற்றம் ஆகியவைகளாகும். ஹதீஸ் அவற்றில் முதல் இரண்டையும் உள்ளடக்கியது, இது குறித்த அல்லாஹ்வின் கூற்று பின்வருமாறு: 'மேலும் உண்ணுங்கள், பருகுங்கள், ஆனால் வீண்விரயம் செய்யாதீர்கள். நிச்சயமாக, அவன்  வீண்விரயம் செய்வோரை விரும்புவதில்லை.' (அல்-அஃராப்: 31)
 மனிதனின் மார்க்க மற்றும் உலக நலன்களை இஸ்லாமிய ஷரீஆ உள்ளடக்கியிருப்பதால் அதன் முழுமைத்துவம் எடுத்துக்காட்டப்பட்டிருத்தல்.
 ஷரிஆ கலைகளுள்; மருத்துவக் கொள்கைகளும் அதன் பல்வேறு வகைகளும் ஒன்றாகும், அவை தேன் மற்றும் கருஞ்சீரகம் பற்றிய அத்தியாயத்தில் குறிப்பிடப்பட்டுள்ளன.
 ஷரியாவின் தீர்ப்புகள் யாவும் உயர் இலக்குகளையும் நுட்பங்களையும்; கொண்டிருப்பதோடு தீங்குகளைத் தடுப்பதையும் நலன்களை  அடைவதையும் அடிப்படையாகக் கொண்டவை.</t>
   </si>
   <si>
     <t>رواه الإمام أحمد والترمذي والنسائي وابن ماجه</t>
   </si>
   <si>
-    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه]</t>
+    <t>[இமாம்களான அஹ்மத், திர்மிதீ, அந்நஸாஈ, இப்னு மாஜஹ் ஆகியோர் இதை பதிவுசெய்துள்ளனர்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4723</t>
   </si>
   <si>
     <t>مانهيتكم عنه فاجتنبوه، وما أمرتكم به فأْتُوا منه ما استطعتم، فإنما أَهلَكَ الذين من قبلكم كثرةُ مسائلهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>நான் உங்களுக்கு எதைத் தடை செய்திருக்கின்றேனோ அதனை முழுமையாகத் தவிர்ந்து கொள்ளுங்கள். நான் உங்களுக்கு எதை ஏவியுள்ளேனோ அதனை முடியுமானளவு செய்யுங்கள். அளவுக்கு அதிகமான கேள்விகளைக் கேட்டதும், தங்களுக்காக அனுப்பப்பட்ட இறைத்தூதர்களோடு ஒத்துப் போகாததுமே உங்களுக்கு முன்னால் இருந்தவர்களை அழிவுக்கு ஆட்படுத்தியது.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فأْتُوا منه ما استطعتم، فإنما أَهلَكَ الذين من قبلكم كثرةُ مسائلهم واختلافهم على أنبيائهم».</t>
   </si>
   <si>
     <t>நபி (ஸல்) அவர்கள் கூறியதாக அபூ ஹுரைரா(ரலி) கூறுகின்றார்கள் : "நான் உங்களுக்கு எதைத் தடை செய்திருக்கின்றேனோ அதனை முழுமையாகத் தவிர்ந்து கொள்ளுங்கள். நான் உங்களுக்கு எதை ஏவியுள்ளேனோ அதனை முடியுமானளவு செய்யுங்கள். அளவுக்கு அதிகமான கேள்விகளைக் கேட்டதும், தங்களுக்காக அனுப்பப்பட்ட இறைத்தூதர்களோடு ஒத்துப் போகாததுமே உங்களுக்கு முன்னால் இருந்தவர்களை அழிவுக்கு ஆட்படுத்தியது".</t>
   </si>
   <si>
     <t>دلنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
 ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
   </si>
   <si>
     <t>நபி (ஸல்) அவர்கள் ஒன்றை விட்டும் எம்மைத் தடுத்தால் விதிவிலக்கின்றி முற்றாகத் தவிர்ந்து கொள்ள வேண்டும், ஒன்றை ஏவினால் முடியுமானளவு செய்ய வேண்டும் என்பதை இந்நபிமொழி எமக்கு அறிவிக்கின்றது. பின்னர் முன்னைய சில சமுதாயங்களைப் போன்று நாமும் ஆகிவிடுவதை எமக்கு எச்சரித்தார்கள். அவர்கள் அளவுக்கதிகமான கேள்விகளைக் கேட்டு, தமது நபிமார்களுடன் முரண்பட்டதால் பேரழிவின் மூலம் அல்லாஹ் அவர்களைத் தண்டித்தான். எனவே அவர்களைப் போன்று நாமும் ஆகிவிடக் கூடாது, நாமும் அவர்களைப் போன்றே அழிய நேரிடும்.</t>
   </si>
   <si>
     <t>الأمر بامتثال الأوامر، واجتناب النواهي.
@@ -6416,83 +8838,166 @@
     <t>இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹு சிறுவராக இருந்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுடன் சவாரி செய்கையில் நான் உமக்கு பயனுள்ள  சில விடயங்களை கற்றுத்தரப்போகிறேன். அல்லாஹ் அதனை பயனுள்ளதாக ஆக்கித்தர வேண்டும் என அவரிடம் கூறினார்.
 அல்லாஹ்வின் ஏவல்களைப் பேணி  விலக்கள்களை தவிரந்து நடப்பதன் மூலம் அல்லாஹ்வை பேணி நடப்பீராக. அதாவது உன்னை அவன் வழிபாட்டிலும் வணக்கங்களிலும் காண வேண்டும். பாவத்திலும் குற்றங்களிலும் காணக்கூடாது. அவ்வாறு நடந்து கொண்டால் உம்மை அல்லாஹ் இம்மை, மறுமை பேராபத்திலிருந்து பாதுகாப்பது உமக்கு அல்லாஹ்வால் வழங்கப்படும் கூலியாக அமைந்துவிடும். அதே போல் நீ எங்கு சென்றாலும் உமது காரியங்களில் அவன் ஒத்தாசை வழங்குவான்.
 நீ ஏதாவது ஒன்றை கேட்டால் அல்லாஹ்விடமே கேள், அவன் கேட்போரின் கோரிக்கைகளை ஏற்று பதிலளிப்பவனாக உள்ளான்.
 உமக்கு உதவி தேவைப்பட்டால் அல்லாஹ்விடம் மாத்திரமே உதவி கோருவீராக.
 ஒட்டுமொத்த சமூகமும் ஒன்று திரண்டு உமக்கு ஏதாவது நன்மை செய்திட முயன்றாலும் உமக்கு அல்லாஹ் ஏற்கனவே ஏற்படுத்தி வைத்துள்ளதைக் காட்டிலும் அதிகமாக எந்த நன்மையையும் அவர்களால் செய்திட முடியாது. இன்னும் ஒட்டுமொத்த சமூகமும் ஒன்று திரண்டு உமக்கு ஏதாவது தீங்கிழைக்க முயன்றாலும் அல்லாஹ் உமக்கு ஏற்கனவே குறித்து வைத்தவற்றைக் கொண்டல்லாமல் எந்தக் தீங்கையும் அவர்களால் செய்திட முடியாது என்ற ஆழமான நம்பிக்கை கொண்வராக இருப்பீராக!
 இந்த விவகாரத்தை அல்லாஹ் அவனின் அறிவிற்கும், ஞானத்திற்கும் ஏற்ப அவனே தீர்மானித்து எழுதிவிட்டான். ஆகவே அவனால் விதித்து எழுதப்பட்டவற்றை மாற்ற முடியாது.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>ஏகத்துவம் , ஒழுக்கங்கள் உள்ளிட்ட மார்க்க விடயங்களை குழந்தைகளுக்கும் இளம் சிறார்களுக்கும் கற்பிப்பதன் முக்கியத்துவம் இங்கு எடுத்துக்காட்டப்படுகிறது.
 செயலுக்கேற்பவே கூலி வழங்கப்படும்.
 அல்லாஹ்வை மாத்திரமே சார்ந்து, அவனிடமே பொறுப்புச் சாட்டுமாறு ஏவப்பட்டுள்ளது, பொறுப்பாளிகளில் அவனே மிகச் சிறந்தவன்.
 அல்லாஹ் அனைத்து விடயங்களையும் நிர்ணயித்துள்ளதால் கழா, கத்ரை (விதி) ஈமான் கொண்டு அதனை மனப்பூர்வமாக ஏற்றுக்கொள்ளுதல்.
 யார் அல்லாஹ்வின் மார்க்கத்தை-கட்டளையை-  வீணடிக்கிறானோ அவனை அல்லாஹ் பாதுகாக்காது கைவிட்டுவிடுவான்;.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4811</t>
   </si>
   <si>
+    <t>لا تقتله، فإن قتلته فإنه بمنزلتك قبل أن تقتله، وإنك بمنزلته قبل أن يقول كلمته التي قال</t>
+  </si>
+  <si>
+    <t>'அவரைக் கொலைசெய்யாதீர். அவ்வாறு நீங்கள் அவரைக் கொலைசெய்தால், கொலைசெய்ய முன்னர் நீர் இருந்த தரத்தில் அவரும், அவர் கூறிய அவ்வார்த்தையைக் கூற முன்னர் அவர் இருந்த தரத்தில் நீங்களும் இருப்பீர்கள்.' என்று கூறினார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ المِقْدَادِ بْنَ عَمْرٍو الكِنْدِيَّ رضي الله عنه: أَنَّهُ قَالَ لِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَرَأَيْتَ إِنْ لَقِيتُ رَجُلًا مِنَ الكُفَّارِ فَاقْتَتَلْنَا، فَضَرَبَ إِحْدَى يَدَيَّ بِالسَّيْفِ فَقَطَعَهَا، ثُمَّ لاَذَ مِنِّي بِشَجَرَةٍ، فَقَالَ: أَسْلَمْتُ لِلَّهِ، أَأَقْتُلُهُ يَا رَسُولَ اللَّهِ بَعْدَ أَنْ قَالَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ» فَقَالَ: يَا رَسُولَ اللَّهِ إِنَّهُ قَطَعَ إِحْدَى يَدَيَّ، ثُمَّ قَالَ ذَلِكَ بَعْدَ مَا قَطَعَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ، فَإِنْ قَتَلْتَهُ فَإِنَّهُ بِمَنْزِلَتِكَ قَبْلَ أَنْ تَقْتُلَهُ، وَإِنَّكَ بِمَنْزِلَتِهِ قَبْلَ أَنْ يَقُولَ كَلِمَتَهُ الَّتِي قَالَ».</t>
+  </si>
+  <si>
+    <t>மிக்தாத் இப்னு அம்ர் அல்கின்தீ (ரலி) அவர்கள் கூறுகின்றார்கள் : நான் நபியவர்களிடம் இவ்வாறு கேட்டேன் : நான் நிராகரிப்பாளர்களில் ஒருவரைச் சந்தித்து, நாமிருவரும் சண்டையிட்டு, அவன் எனது ஒரு கையை வாளால் வெட்டிவிட்டான். பின்பு அவன் ஒரு மரத்தில் ஏறி தன்னைக் காத்துக்கொண்டு, 'நான் இஸ்லாத்தை ஏற்றுவிட்டேன்' என்று கூறுகின்றான். அல்லாஹ்வின் தூதரே! அவன் இவ்வாறு கூறிய பின்னர் நான் அவனைக் கொலை செய்யலாமா?' அதற்கு நபியவர்கள், 'அவரைக் கொலைசெய்யாதீர்கள்' என்று கூறினார்கள். அப்போது நான், 'அல்லாஹ்வின் தூதரே! அவன் எனது ஒரு கையை வெட்டினான். வெட்டிய பின்பு தான் அவ்வாறு கூறினான்.' என்று கேட்டபோது, 'அவரைக் கொலைசெய்யாதீர். அவ்வாறு நீங்கள் அவரைக் கொலைசெய்தால், கொலைசெய்ய முன்னர் நீர் இருந்த தரத்தில் அவரும், அவர் கூறிய அவ்வார்த்தையைக் கூற முன்னர் அவர் இருந்த தரத்தில் நீங்களும் இருப்பீர்கள்.' என்று கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>سألَ المقدادُ بن الأسود رضي الله عنه النبيَّ صلى الله عليه وسلم إذا هو لَقِيَ رجلًا من الكفار في المعركة، فتبارزا بالسيوف، حتى أصاب الكافر إحدى يديه بالسيف فقطعها، ثم فَرَّ الكافر منه وتَحَصَّنَ بشجرة، فقال: لا إله إلا الله، أيحل لي قَتْلُه بعد أنْ قَطَعَ يدي؟ 
+فقال له النبي صلى الله عليه وسلم: لا تقتلْه. 
+فقال يا رسول الله، إنه قطع إحدى يديَّ، أَمَعَ هذا لا أقتله؟! 
+فقال صلى الله عليه وسلم: لا تقتلْه، فإنه أصبح حَرامُ الدَّم، فإنك إنْ قَتلتَه بعد إسلامه؛ فإنه بمنزلتِك مَعصومُ الدَّم بإسلامه، وإنك بمنزلته مُباح الدم بقتلك إياه قِصاصًا.</t>
+  </si>
+  <si>
+    <t>மிக்தாத் இப்னுல் அஸ்வத் (ரலி) அவர்கள் நபியவர்களிடம் இவ்வாறு கேட்கின்றார்கள், அதாவது, அவர் யுத்தத்தில் ஒரு நிராகரிப்பாளரைச் சந்தித்து, வாளால் யுத்தம் செய்துகொண்டிருக்கும் போது, அந்த நிராகரிப்பாளர் இவரது ஒரு கையை வாளால் வெட்டிவிட்டு, விரண்டோடி ஒரு மரத்தின் மீதேறி ஒதுங்கிக்கொண்டு, 'லா இலாஹ இல்லல்லாஹ்' என்று கூறினால், இவர் தனது கையை வெட்டிய காரணத்தினால் இவரைக் கொலை செய்ய முடியுமா? என்று கேட்கின்றார்கள்.
+அதற்கு நபியவர்கள் 'கொலைசெய்யாதீர்கள்' என்று கூறிவிடுகின்றார்கள்.
+அப்போது அந்த நபித்தோழர், 'அல்லாஹ்வுடைய தூதரே! இவர் எனது ஒரு கையை வெட்டியுள்ளார். அப்படியிருந்தும் நான் அவரைக் கொலைசெய்யக் கூடாதா?' என்று கேட்கின்றார்கள்.
+அப்போது நபியவர்கள் இவ்வாறு கூறுகின்றார்கள்: அவரைக் கொலை செய்யாதீர்கள். ஏனெனில், அவர் இப்போது உயிர் பாதுகாக்கப்பட்ட ஒருவராக மாறிவிட்டார். எனவே, அவர் இஸ்லாத்தை ஏற்ற பின்னர் நீ அவரைக் கொலை செய்தால், அவர் உன்னைப் போல, இஸ்லாத்தை ஏற்று உயிரைப் பாதுகாத்துக் கொண்டவர். நீ அவரைக் கொலைசெய்த காரணத்தினால், பலிக்குபலி என்ற அடிப்படையில், அவர் இருந்ததைப் போன்று, கொலை செய்ய அனுமதிக்கப்பட்டவராகிவிடுவீர்.</t>
+  </si>
+  <si>
+    <t>مَن صَدَر منه ما يَدل على الدخول في الإسلام مِن قول أو فعل حَرُم قتلُه.
+إذا أسلم أحدٌ من الكفار أثناء المعركة، فقد عُصِم دمُه، ووجب الكفُّ عنه إلا أن يَتَبَيَّنَ منه خلاف ذلك.
+يجب على المسلم أن يكون هواه تبعًا للشرع وليس للعصبية والانتقام.
+قال ابن حجر: جواز السؤال عن النوازل قبل وقوعها بناءً على ترجيح أنَّ القصة لم تقع، وأما ما نُقِلَ عن بعض السلف من كراهة ذلك فهو محمول على ما يَنْدُرُ وقوعُه، وأما ما يمكن وقوعُه عادةً فيُشرَع السؤالُ عنه لِيُعْلَم.</t>
+  </si>
+  <si>
+    <t>ஒருவர் இஸ்லாத்தை ஏற்றதாக உணர்த்தும் விதத்தில், ஏதாவது சொல் அல்லது செயல் அவரிடமிருந்து வெளிப்பட்டால் அவரைக் கொலைசெய்வது ஹராமாகும்.
+யுத்தம் நடந்துகொண்டிருக்கும் போது நிராகரிப்பாளர்களில் யாராவது இஸ்லாத்தை ஏற்றுக்கொண்டால் - அதற்கு முரணாக ஏதாவது தெளிவாக வெளிப்படும் வரை – அவர் கொலை செய்யப்படக் கூடாது. அவரது உயிர்  பாதுகாக்கப் படவேண்டும்.
+ஒரு முஸ்லிமின் மனோஇச்சை, மார்க்கத்திற்குக் கட்டப்பட்டு இருக்க வேண்டுமேயன்றி, பிடிவாதம், பழிவாங்கல் போன்றவற்றுக்கு அல்ல.
+இப்னு ஹஜர் (ரஹ்) அவர்கள் கூறுகின்றார்கள் : இவவாறு ஒரு சம்பவம் நடக்கவில்லை என்பதே ஏற்றமான கருத்து என்ற அடிப்படையில், பிரச்சனைகள் நிகழ முன்னர் அவை பற்றிக் கேட்கலாம் என்பது இதிலிருந்து புரிகின்றது. சில ஸலபுகள் அவ்வாறான கேள்விகளை வெறுத்துள்ளமை என்பது, அரிதாக நடக்க வாய்ப்புள்ளவை தொடர்பாகத்தான் என்று தான் விளங்கிக்கொள்ளப்படவேண்டும். பரவலாக நடக்க வாய்ப்புள்ளவை பற்றிக் கேட்டு, அது பற்றி அறிந்துகொள்வதை மார்க்கம் அனுமதித்துள்ளது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4815</t>
+  </si>
+  <si>
     <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>'ஓர் அடியார் ஒரு பாவம் செய்துவிட்டார். பிறகு 'இறைவா! (நான் ஒரு பாவம் செய்து விட்டேன்.) என் பாவத்தை மன்னிப்பாயாக!'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>அபூஹுரைரா ரழியல்லாஹு அன்ஹு கூறினார்கள்: உயர்வும் கண்ணியமிக்கோனாகிய தம் இறைவன் அறிவித்ததாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுகிறார்கள்: 'ஓர் அடியார் ஒரு பாவம் செய்துவிட்டார். பிறகு 'இறைவா! (நான் ஒரு பாவம் செய்து விட்டேன்.) என் பாவத்தை மன்னிப்பாயாக!' என்று கூறினார். உடனே உயர்வும் கண்ணியமும் மிக்கவனாகிய  இறைவன், 'என் அடியான் ஒரு பாவம் செய்துவிட்டுப் பிறகு தனக்கோர் இறைவன் இருக்கின்றான் என்றும், அவன் பாவங்களை மன்னிக்கவும் செய்வான் பாவங்களுக்காகத் தண்டிக்கவும் செய்வான் என்றும் அறிந்துகொண்டான்' என்று சொல்கிறான். பிறகு அந்த அடியார் மீண்டும் ஒரு பாவத்தைச் செய்துவிட்டு, 'என் இறைவா! என் பாவத்தை மன்னிப்பாயாக!' என்று பிரார்த்தித்தார். அப்போதும் உயர்வும் கண்ணியமும் மிக்கவனாகிய அல்லாஹ் -இறைவன்- , '(இம்முறையும்) என் அடியான் ஒரு பாவத்தைச் செய்துவிட்டுப் பிறகு, தனக்கோர் இறைவன் இருக்கின்றான் என்றும், அவன் பாவங்களை மன்னிக்கவும் செய்வான்; பாவங்களுக்காகத் தண்டிக்கவும் செய்வான் என்று அறிந்துகொண்டான். எனது அடியானை மன்னித்து விட்டேன், அவன் நாடியதைச் செய்யட்டும்' என்று சொல்கிறான்.</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது இரட்சகனிடமிருந்து அறிவிக்கிறார்க்ள். ஒரு அடியான் ஒரு பாவத்தை செய்துவிட்டு பின்னர் யாஅல்லாஹ் எனது -குற்றத்தை –பாவத்தை எனக்கு மன்னித்தருள்வாயாக என்று  கூற, அதற்கு அல்லாஹ் எனது அடியான் ஒரு பாவத்தை செய்துவிட்டு  அவனது அப்பாவத்தை மன்னிக்க இறைவன் உள்ளான் என்பதை அறிந்துள்ளான். எனவே அவனுடைய பாவத்தை மன்னித்து  அதனை மறைத்துவிடுகிறான். இவ்வாறான ஒரு நபருக்கு அல்லாஹ் நான் அவனை மன்னித்துவிட்டேன் என்று கூறுகிறான். மீண்டும்  அந்த அடியான் பாவத்தை செய்துவிட்டு பின்னர் யாஅல்லாஹ் எனது -குற்றத்தை –பாவத்தை எனக்கு மன்னித்தருள்வாயாக என்று  கூற அதற்கு அல்லாஹ் எனது அடியான் ஒரு பாவத்தை செய்துவிட்டு, அவனது அப்பாவத்தை மன்னிக்க இறைவன் உள்ளான் என்பதை அறிந்துள்ளான். எனவே அவனுடைய பாவத்தை மன்னித்து  அதனை மறைத்துவிடுகிறான். இவ்வாறான ஒரு நபருக்கு அல்லாஹ் நான் அவனை மன்னித்துவிட்டேன் என்று கூறுகிறான். மீண்டும் மூன்றாவது தடவையாகவும் அந்த அடியான் பாவத்தை செய்துவிட்டு பின்னர் யாஅல்லாஹ் எனது -குற்றத்தை –பாவத்தை எனக்கு மன்னித்தருள்வாயாக என்று  கூற அதற்கு அல்லாஹ் எனது அடியான் ஒரு பாவத்தை செய்துவிட்டு  அவனது அப்பாவத்தை மன்னிக்க இறைவன் உள்ளான் என்பதை அறிந்துள்ளான். எனவே அவனுடைய பாவத்தை மன்னித்து  அதனை மறைத்துவிடுகிறான். இவ்வாறான ஒரு நபருக்கு அல்லாஹ் நான் எனது அடியானை மன்னித்துவிட்டேன் என்பதாகக் கூறுகிறான். அந்த அடியான் பாவம் செய்துவிட்டு அதனை விட்விட்டுகிறான், பின்னர் அதற்காக வருந்தி மீண்டும் அப்பாவகாரியத்திற்கு செல்வதில்லை என்று மனஉறுதி கொள்கிறான். இவ்வாறு இருக்கையில் அவனின் மனம் அவனை ஆட்கொண்டு மீண்டு அப்பாவ காரியத்தில் வீழ்ந்து விடுகிறான். இப்படியிருக்கும் ஒரு அடியானை -அதாவது பாவம்செய்வதும் அதற்காக பாவமீட்சி கோருவதும் என்ற நிலையில் இருப்பவனை- அல்லாஹ் தான் மன்னித்து விடுவதாக கூறுகிறான். ஏனெனில் தவ்பாவானது முன் செய்தபாவங்களை அழித்துவிடுகிறது.</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>மனிதன் எவ்வளவு பாவங்கள் செய்தபோதிலும் அதற்காக அல்லாஹ்விடம் மீண்டும் மீண்டும் தவ்பா செய்கிற போது அதனை ஏற்று அங்கீகரிக்கிறான். இது அல்லாஹ் தனது அடியார்களுடன் கொண்டுள்ள கருணையின் விசாலத்தை எடுத்துக் காட்டப்படுகிறது.
 அல்லாஹ்வை விசுவாசிக்கும் அடியான் தனது இரட்சகனின் மன்னிப்பை ஆதரவு வைப்பவனாகவும், அவனின் தண்டனைக்குப் பயந்தவனாகவும் இருப்பான். ஆகையால் இறைமன்னிப்பைப் பெற்றுக்கொள்வதற்கு விரைவதோடு அப்பாவகாரியத்தில் தொடர்ந்தும் இருக்கமாட்டான்.
 உண்மையான தவ்பாவின் நிபந்தனைகள் : பாவத்திலிருந்து முற்றும் முழுதாக விலகிக்கொள்ளுதல், அதற்காக வருந்துதல், மீண்டும் அப்பவாத்தின் பால் செல்விதில்லை என சபதம் கொள்ளுதல், குறிப்பிட்ட பாவமானது அடியார்களுடன் -மனிதர்களுடன் தொடர்பான செல்வம், மானம், உயிர் போன்ற விடயங்களுடன் சம்பந்தப்பட்டிருந்தால் நான்காவது நிபந்தனையாக குறிப்பிட்ட மனிதரிடம் மன்னிப்புக் கோரியோ அல்லது அவரது உரித்தை வழங்குவதன் மூலமோ தன்னை விடுவித்துக்கொள்ளல்.
 அல்லாஹ்வைப் பற்றிய அறிவின் முக்கியத்துவத்தை இந்த ஹதீஸ் பிரதிபளிக்கிறது. காரணம் ஒரு அடியான் மார்க்க விவகாரங்கள் பற்றி அறிந்தவனாக இருப்பது அவன் தவறு செய்யும் போதெல்லாம் நிராசை அடையாது, அதே தவறில் தொடர்ந்தும் இருக்காது அல்லாஹ்விடம் தவ்பா கோர அவனை நிர்ப்பந்தித்து விடுகிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4817</t>
+  </si>
+  <si>
+    <t>من أكل ثوما أو بصلا، فليعتزلنا أو قال: فليعتزل مسجدنا، وليقعد في بيته</t>
+  </si>
+  <si>
+    <t>யார் வெள்ளைப் பூண்டு அல்லது வெங்காயம் சாப்பிடுகின்றாரோ, அவர் எங்களை விட்டும் - அல்லது எமது பள்ளிவாசலை விட்டும் - ஒதுங்கி, தனது வீட்டில் இருந்துகொள்ளட்டும்</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ»، وَأَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِقِدْرٍ فِيهِ خَضِرَاتٌ مِنْ بُقُولٍ، فَوَجَدَ لَهَا رِيحًا، فَسَأَلَ فَأُخْبِرَ بِمَا فِيهَا مِنَ البُقُولِ، فَقَالَ قَرِّبُوهَا إِلَى بَعْضِ أَصْحَابِهِ كَانَ مَعَهُ، فَلَمَّا رَآهُ كَرِهَ أَكْلَهَا، قَالَ: «كُلْ فَإِنِّي أُنَاجِي مَنْ لاَ تُنَاجِي».
+ولِمُسْلِمٍ عَنْ جَابِرِ بْنِ عَبْدِ اللهِ، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ مِنْ هَذِهِ الْبَقْلَةِ، الثُّومِ - وقَالَ مَرَّةً: مَنْ أَكَلَ الْبَصَلَ وَالثُّومَ وَالْكُرَّاثَ فَلَا يَقْرَبَنَّ مَسْجِدَنَا، فَإِنَّ الْمَلَائِكَةَ تَتَأَذَّى مِمَّا يَتَأَذَّى مِنْهُ بَنُو آدَمَ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக ஜாபிர் இப்னு அப்துல்லாஹ் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : யார் வெள்ளைப் பூண்டு அல்லது வெங்காயம் சாப்பிடுகின்றாரோ, அவர் எங்களை விட்டும் - அல்லது எமது பள்ளிவாசலை விட்டும் - ஒதுங்கி, தனது வீட்டில் இருந்துகொள்ளட்டும். (ஒரு முறை) நபி (ஸல்) அவர்களிடம் ஒரு பாத்திரம் கொண்டு வரப்பட்டது. அதில் காய்கறிகளும் கீரைகளும் இருந்தன. (நன்கு வேகாத காரணத்தால்) அவற்றில் (துர்)வாடை வீசுவதை நபியவர்கள் உணர்ந்தார்கள். ஆகவே, அவற்றைப் பற்றி நபி (ஸல்) அவர்கள் விவரம் கேட்க, அதிலுள்ள கீரைகள் குறித்து அவர்களுக்குத் தெரிவிக்கப்பட்டது. அப்போது அவர்கள் அதைத் தம்முடனிருந்த ஒரு தோழருக்குக் கொடுத்துவிடுமாறு கூறினார்கள். அத்தோழரும் அதை உண்ண விரும்பாததைக் கண்ட நபி (ஸல்) அவர்கள், “நீங்கள் சாப்பிடுங்கள். ஏனெனில், நீங்கள் உரையாடாத (வான)வர்களுடன் நான் உரையாடுகிறேன் (அதனால்தான் நான் அதைச் சாப்பிடவில்லை)” என்று கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أَكلَ ثومًا أو بَصلًا أن يأتي المسجد، حتى لا يؤذيَ إخوانَه ممن يحضرون صلاة الجماعة بريحهما، وهو نهيُ تنزيهٍ عن إتيان المسجد، لا عن أكلِهما؛ لأنهما من الأطعمة المباحة، وقد أُتيَ صلى الله عليه وسلم بِقِدْرٍ فيه خضروات، فلما شمَّ فيها ريحًا وأُخبِر بما فيها امتنع مِن أكلِها وقَرَّبها إلى بعض أصحابه ليأكل منها، فكره الأكل اقتداء به، فلما رآه صلى الله عليه وسلم قال: كُلْ؛ فإني أناجي الملائكة بالوحي.
+وأَخبرَ النبيُّ صلى الله عليه وسلم أن الملائكة تتأذّى من الروائح الكريهة، كما يتأذى الناس منها.</t>
+  </si>
+  <si>
+    <t>வெள்ளைப் பூண்டு அல்லது வெங்காயம் போன்றவற்றைச் சாப்பிட்டவர்கள் பள்ளிவாசலுக்கு வருவதை நபியவர்கள் தடுக்கின்றார்கள். ஏனெனில், அவர்கள் தமது துர்வாடையினால், ஜமாஅத் தொழுகைக்கு வரும் சகோதரர்களுக்குத் தொல்லையை ஏற்படுத்துகின்றார்கள். இது (தடையைக் காட்டாத) தூய்மைப்படுத்தல் சார்ந்த அமைப்பில், பள்ளிவாசலுக்கு வருவதைத் தான் தடுக்கின்றதே ஒழிய, அவற்றைச் சாப்பிடுவதை அல்ல. ஏனெனில். அவை அனுமதிக்கப்பட்ட உணவுகளாகும். காய்கறிகள் உள்ள ஒரு சட்டி நபியவர்களிடம் கொண்டுவரப்பட்டது. அதில் ஒரு துர்வாடையை நபியவர்கள் உணர்ந்த போது, அதில் இருப்பவை பற்றி நபியவர்களுக்குக் கூறப்பட்டது. உடனே நபியவர்கள் சாப்பிடாமல் தவிர்ந்து கொண்டார்கள். பின்பு நபியவர்கள் தனது ஒரு நபித்தோழர் அதனைச் சாப்பிடுவதற்காக, அவரிடம் கொடுத்தார்கள். அவரும் நபியவர்களைப் பின்பற்றி, அதைச் சாப்பிட வெறுத்தார். அதை நபியவர்கள் கண்டவுடன், 'நீங்கள் சாப்பிடுங்கள். நான் மலக்குகளுடன் உரையாடுகின்றேன்.' என்று கூறினார்கள்.
+துர்வாடைகளால் மனிதர்கள் தொந்தரவுக்குள்ளாவது போன்று, மலக்குகளும் உள்ளாவதாக நபியவர்கள் இங்கு அறிவிக்கின்றார்கள்.</t>
+  </si>
+  <si>
+    <t>النهي عن إتيان المساجد لمن أكل ثومًا، أو بصلًا، أو كراثًا.
+يلحق بهذه الأشياء، كلّ ذي رائحة كريهة يتأذى منها المصلون، كرائحة الدُّخان والتَّبْغِ ونحو ذلك.
+علة المنع الرائحة، فإذا زالت بكثرة الطبخ أو بغير ذلك؛ زالت الكراهة.
+كراهة أكل هذه الأشياء لمن عليه حضور الصلاة في المسجد؛ لئلا تفوته الجماعة في المسجد، ما لم يأكلها حيلة على إسقاط الحضور، فيحرم.
+امتناع النبي صلى الله عليه وسلم عن أكل الثوم ونحوه، ليس لتحريمه، وإنما لمناجاته جبريل عليه السلام.
+حسن تعليم النبي صلى الله عليه وسلم، حيث يَقرُن الحكم ببيان سببه؛ ليطمئن المخاطَب بمعرفة الحكمة.
+قال القاضي: وقاس العلماء على هذا مجامع الصلاة غير المسجد كمصلّى العيد والجنائز ونحوها من مجامع العبادات، وكذا مجامع العلم والذكر والولائم ونحوها، ولا يلتحق بها الأسواق ونحوها.
+قال العلماء: وفي هذا الحديث دليل على منع آكل الثوم ونحوه من دخول المسجد -وإن كان خاليًا- لأنه مَحلُّ الملائكة، ولعموم الأحاديث.</t>
+  </si>
+  <si>
+    <t>வெள்ளைப் பூண்டு, வெங்காயம், லீக்ஸ் போன்றவற்றைச் சாப்பிட்டவர்கள் பள்ளிவாசலுக்கு வருவது தடுக்கப்பட்டுள்ளது.
+இவற்றுடன், சிகரட், புகையிலை போன்ற, தொழுகையாளிகளுக்கு தொந்தரவை ஏற்படுத்தும் துர்வாடையுடைய அனைத்தும் சேர்க்கப்படும்.
+தடுக்கப்படுவதற்கான காரணம், வாடையே! எனவே, நன்று சமைப்பதன் மூலமாகவோ, அல்லது வேறு வழிகளாலோ அது நீங்கிவிடுமென்றால் அது வெறுக்கப்படமாட்டாது.
+தொழுகைக்காகக் கட்டாயம் பள்ளிவாசலுக்கு வரவேண்டியவர்கள் (பள்ளிவசாலின் ஜமாஅத் தப்பாமல் இருக்கவேண்டும் என்பதனால்) இதை சாப்பிடுவது வெறுக்கப்படுகின்றது. ஜமாஅத்துக்கு வரவேண்டும் என்ற கடமையை நீக்குவதற்காக வேண்டி தந்திரமாக யாராவது சாப்பிட்டால், அது ஹராமாகும்.
+நபியவர்கள் வெள்ளைப் பூண்டு போன்றவற்றைச் சாப்பிடாமல் இருந்தது அவை ஹராம் என்பதற்காக அல்ல. மாறாக, நபியவர்கள் ஜிப்ரீல் (அலை) அவர்களுடன் உரையாடுவதனாலேயே!
+நபியவர்களின் அழகான கற்பித்தல் முறை. அதாவது, கேட்பவர் காரணங்களை அறிந்துத் திருப்திப்படும் விதத்தில், காரணங்களுடனேயே சட்டங்களைக் கூறுகின்றார்கள்.
+காழீ இயாழ் அவர்கள் கூறுகின்றார்கள் : பள்ளிவாசல் அல்லாமல், தொழுகைக்காக ஒன்று கூடும் இடங்களாகிய, பெருநாள் திடல், ஜனாஸாத் தொழும் இடம் போன்ற, வணக்கங்களுக்காக ஒன்று கூடும் இடங்களையும் இதனுடன் உலமாக்கள் இணைத்துள்ளார்கள். கல்வி, திக்ர், வலீமா போன்றவற்றிற்காக ஒன்று கூடும் இடங்களும் இவ்வாறுதான். சந்தைகள் போன்றவை இவற்றுடன் இணைக்கப்படமாட்டாது.
+அறிஞர்கள் கூறுகின்றார்கள் : வெள்ளைப் பூண்டு போன்றவற்றைச் சாப்பிடுபவர்கள், - பள்ளிவாசலில் யாரும் இல்லாவிட்டாலும் - அதில் நுழைவது தடுக்கப்படும் என்பதற்கு இந்த ஹதீஸில் ஆதாரம் உள்ளது. ஏனெனில், அது மலக்குமார்கள் இருக்கும் இடமாகும். மேலும், இந்த ஹதீஸும் பொதுவாகவே வந்துள்ளது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4850</t>
   </si>
   <si>
     <t>لا يلدغ المؤمن من جحر واحد مرتين</t>
   </si>
   <si>
     <t>ஓர் இறைவிசுவாசி ஒரே பொந்தினுல் இரு தடவைகள் தீண்டப்படமாட்டான்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا يُلْدَغُ المؤمنُ من جُحْرٍ واحد مرتين».</t>
   </si>
   <si>
     <t>ஓர் இறைவிசுவாசி ஒரே பொந்தினுல்இரு தடவைகள் தீண்டப்படமாட்டான் என அபூஹுரைரா (ரழி) அறிவிக்கிறார்கள்</t>
   </si>
   <si>
     <t>يخبرنا النبي الكريم صلى الله عليه وسلم أن المؤمن لا يصاب من مكان واحد مرتين، فينبغي أن يكون حازمًا حذرًا متيقظًا لا يؤتى من الغفلة فينخدع.</t>
   </si>
   <si>
     <t>ஓர் இறைவிசுவாசி ஒரே ஆபத்தில் மீண்டும் மீண்டும் விழக் கூடாது. அவன் படிப்பினை பெற வேண்டும் .ஆகவே அவன் மனஉறுதியும்,எச்சரிக்கையும் விழிப்புணர்வும் மிக்கவனாக இருப்பது அவசியமாகும்</t>
   </si>
   <si>
     <t>ليس من شيم المؤمن أن ينخدع من الغادر اللئيم المتمرد مرتين.
 وجوب أخذ المؤمن الحيطة والحذر حتى لا ينخدع بعدوه أو يؤتى من قبل نفسه ودنياه.
 توجيه من النبي -صلى الله عليه وسلم- للمؤمن أن يكون كَيِّسًا فَطِنًا.
 فيه أدب شريف أدَّبَ به النبي -صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- أمته، ونبههم كيف يحذرون مما يخافون من سوء عاقبته.</t>
   </si>
@@ -6572,76 +9077,78 @@
   <si>
     <t>இறைவா! என் சமுதாயத்தில் காரியங்களில் ஒன்றைப் பொறுப்பேற்ற ஒருவர் அவர்களிடம் கடுமையாக நடந்து கொண்டால் அவருடன் நீ கடுமையாக நடப்பாயாக! என் சமுதாயத்தின் காரியங்களில் ஒன்றைப் பொறுப்பேற்ற ஒருவர் அவர்களுடன் மென்மையாக நடந்து கொண்டால் அவருடன் நீ மென்மையாக நடப்பாயாக.</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قَالَتْ: سَمِعْتُ رَسُولَ اللهِ -صَلّى اللهُ عَلَيْهِ وسَلَّم- يقُولُ في بيتي هَذَا: «اللهم من وَلِيَ من أمر أمتي شيئًا فَشَقَّ عليهم، فَاشْقُقْ عليه، ومن وَلِيَ من أمر أمتي شيئًا فَرَفَقَ بهم، فَارْفُقْ به».</t>
   </si>
   <si>
     <t>நபியவர்கள் கூறியதாக ஆயிஷா ரழியல்லாஹூ அன்ஹா அறிவிக்கிறார்கள். இறைவா! என் சமுதாயத்தின் காரியங்களில் ஒன்றைப் பொறுப்பேற்ற ஒருவர் அவர்களிடம் கடுமையாக நடந்து கொண்டால் அவருடன் நீ கடுமையாக நடப்பாயக!என் சமுதாயத்தின் காரியங்களில் ஒன்றைப் பொறுப்பேற்ற ஒருவர் அவர்களுடன் மென்மையாக நடந்து கொண்டால் அவருடன் நீ மென்மையாக நடப்பாயாக.</t>
   </si>
   <si>
     <t>في هذا الحديث بيان عظم أمر الولاية، وقد دعا النبي صلى الله عليه وسلم أنَّ مَن ولي مِن أمر الناس شيئاً فضيَّق عليهم أن يعامله الله بالمثل، ومن عاملهم بالعدل والانصاف والرحمة واللين أن يجازيه على ذلك، والجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் பொறுப்பின் முக்கியத்துவம் பற்றிய விளக்கம் காணப்படுகிறது. ஏனெனில் நபி (ஸல்)அவர்கள் மக்கள் விவகாரங்களை பொறுப்பேற்றவர், மக்களுடன் கடுமையாக நடந்து கொண்டால் அல்லாஹ்வும் அவருடன் அதே போல் நடந்து கொள்ள வேண்டும் எனவும், நீதி, நேர்மை,கருணை,மென்மை போன்ற பண்புகளுடன் நடந்து கொள்பருக்கு நற்கூலி வழங்க வேண்டும் எனவும் பிரார்த்திக்கிறார்கள். ஆகையால் செயலின் தன்மைக்கு ஏற்பவே கூலியும் கிடைககிறது.</t>
   </si>
   <si>
     <t>اهتمام النبي -صلى الله عليه وسلم- بأمور أمته.
 التنبيه لولاة الأمور على السعي في مصالح الرعية.
 إذا شق الحاكم على أمته أوقعه الله في المشاق.
 أنَّ أسلوب الترغيب والترهيب من أساليب الدعوة النافعة.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4938</t>
   </si>
   <si>
-    <t>من يحرم الرفق، يحرم الخير كله</t>
-[...24 lines deleted...]
-    <t>رواه مسلم بدون قوله: (كله) فهي عند أبي داود</t>
+    <t>من يحرم الرفق يحرم الخير</t>
+  </si>
+  <si>
+    <t>யாரிடம் மென்மை இல்லையோ அவர் அதன் நன்மைகள் அனைத்தையும் இழந்து விடுவார்</t>
+  </si>
+  <si>
+    <t>عَنْ جَرِيرٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறயதாக ஜரீர் இப்னு அப்துல்லாஹ் (ரழியல்லாஹு அன்ஹு) அவர்கள் அறிவிக்கின்றார்கள் : யாரிடம் மென்மை இல்லையோ அவர் அதன் நன்மைகள் அனைத்தையும் இழந்து விடுவார்.</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ مَن يُحرَم الرفق فلم يوفق له في أمور الدين والدنيا وفيما يتصرَّف فيه لنفسه، وفيما يتصرَّف فيه مع غيره، فقد مُنِعَ الخيرَ كله.</t>
+  </si>
+  <si>
+    <t>மார்க்க மற்றும் உலக விவகாரங்களில்;  மென்மையாக நடந்து கொள்ளும் பண்பை இழந்தவருக்கு தோல்வியே கிட்டும். அது தன்னோடு தொடர்பான மற்றும் பிறருடன் தொடர்பான விவகாரங்களை கையாள்வதாத இருந்தாலும் அவை அனைத்திலும் நன்மைகள்; இழக்கப்பட்டவராகவே அவர் காணப்படுவார்.</t>
+  </si>
+  <si>
+    <t>فضل الرِّفق والحث على التخلُّق به، وذم العنف.
+الرفق به انتظام خير الدارين واتساع أمرهما، وفي العنف ضد ذلك.
+الرفق ناتج عن حسن الخلق والسلامة، والعنف ناتج عن الغضب والفَظَاظة، ولذا أثنى صلى الله عليه وسلم على الرفق وبالغ فيه.
+قال سفيان الثوري رحمه الله لأصحابه: أتدرون ما الرفق؟ هو أن تضع الأمور مواضعها، الشدة في موضعها، واللين في موضعه، والسيف في موضعه، والسوط في موضعه.</t>
+  </si>
+  <si>
+    <t>மென்மையின் சிறப்பு அதனை பண்பாக கொள்வதை ஊக்கப்பத்தியிருத்தல், கடுமையும் வன்மமும் கண்டிக்கப்பட்டிருத்தல்.
+மென்மையானது மூலமே ஈருலக நலன்களும்; ஒழுங்கு பெற்று விரிவடைய துணைபுரிகிறது அதே வேளை கடுமையும் வன்மமும் அவைகளுக்கு எதிரானது.
+மென்மையானது, நற்குணம் மற்றும் அமைதி; ஆகியவற்றின் விளைவால் ஏற்படுவதாகும். (கடுமையானது)வன்மமானது கோபம் மற்றும் முரட்டுத்தனத்தின் விளைவால் ஏற்படுவதாகும். இதனால் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மென்மையை பாராட்டி மிகைப்படுத்தி குறிப்பிட்டுள்ளார்கள்.
+ஸுஃப்யான் அஸ்ஸவ்ரி ரஹிமஹுல்லாஹ் அவர்கள் தனது தோழர்களிடம், மென்மை என்றால் என்னவென்று உங்களுக்குத் தெரியுமா? அது விடயங்களை அவற்றிற்குரித்தான இடங்களில் வைப்பதாகும்: கடுமையை அதற்குரிய இடத்திலும், மென்மையை அதற்குரிய இடத்திலும், வாளை அதற்குரிய இடத்திலும், சாட்டையை அதற்குரிய இடத்திலும் வைப்பதை குறிக்கும் என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4939</t>
   </si>
   <si>
     <t>كنت أمشي مع رسول الله صلى الله عليه وسلم وعليه برد نجراني غليظ الحاشية، فأدركه أعرابي فجبذه بردائه جبذة شديدة</t>
   </si>
   <si>
     <t>இறைத்தூதர்(ஸல்) அவர்கள் தடித்த விளிம்புகளைக் கொண்ட 'நஜ்ரான்' நாட்டு சால்வையொன்றை போர்த்தியிருக்க நான் அவர்களின் நடந்து சென்று கொண்டிருந்தேன். அப்போது அவர்களை கிராமவாசியொருவர் கண்டு அவர்களின் சால்வையால் அவர்களைக் கடுமையாக இழுத்தார்.</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قَالَ: كُنْتُ أمشي مَعَ رسول الله صلى الله عليه وسلم وَعَلَيْهِ بُرْد نَجْرَانيٌّ غَلِيظُ الحَاشِيَةِ، فأدْرَكَهُ أعْرَابِي فَجَبذَهُ بِرِدَائِهِ جَبْذَة شَديدة، فَنَظَرْتُ إِلَى صَفْحَةِ عَاتِقِ النَّبيِّ صلى الله عليه وسلم وَقَدْ أثَّرَتْ بِهَا حَاشِيَة الرِّدَاءِ مِنْ شِدَّةِ جَبْذَتِه، ثُمَّ قَالَ: يَا مُحَمَّدُ، مُر لِي مِنْ مَالِ اللهِ الَّذِي عِنْدَكَ. فَالتَفَتَ إِلَيْهِ، فَضَحِكَ ثُمَّ أَمَرَ لَهُ بِعَطَاءٍ.</t>
   </si>
   <si>
     <t>அனஸ் இப்னு மாலிக்(ரலி) அறிவிக்கிறர்கள்
 இறைத்தூதர்(ஸல்) அவர்கள் தடித்த விளிம்புகளைக் கொண்ட நஜ்ரான் நாட்டு சால்வையொன்றை போர்த்தியிருக்க நான் அவர்களுடன் நடந்து சென்று கொண்டிருந்தேன். அப்போது அவர்களை கிராமவாசி ஒருவர் கண்டு அவர்களின் சால்வையால் அவர்களைக் கடுமையாக இழுத்தார் எந்த அளவிற்கென்றால், அவர் கடுமையாக இழுத்த காரணத்தால் சால்வை விளிம்பின் அடையாளம் இறைத்தூதர்(ஸல்) அவர்களின் தோளின் ஒரு பக்கத்தில் பதிந்திருப்பதைக் கண்டேன். பிறகு அந்தக் கிராமவாசி, 'முஹம்மதே! உங்களிடமிருக்கும் இறைவனின் செல்வத்திலிருந்து எனக்கும் கொடுக்கும்படி கட்டளை இடுங்கள்' என்றார். இறைத்தூதர்(ஸல்) அவர்கள் அவர் பக்கம் திரும்பிச் சிரித்தார்கள். அவருக்குக் கொடுக்கும்படி உத்தரவிட்டார்கள்</t>
   </si>
   <si>
     <t>أخبر أنس رضي الله عنه فقال: (كنت أمشي مع رسول الله صلى الله عليه وسلم وعليه برد) أي: ثوب مخطط (نجراني): أي منسوب إلى نجران بلد باليمن، (غليظ الحاشية) أي: الطرف (فأدركه أعرابي) أي لحقه (فجبذه) أي: فجذب الأعرابي النبي صلى الله عليه وسلم "بردائه جبذة شديدة".
 قال أنس: فنظرت إلى صفحة عاتق رسول الله صلى الله عليه وسلم): وهو موضع من المنكب (قد أثرت بها) أي: في صفحته. (حاشية الرداء من شدة جبذته) ثم قال الأعرابي:( يا محمد)! والظاهر أنه كان من المؤلفة، فلذلك فعل ما فعله، ثم خاطبه باسمه قائلا على وجه العنف مقابلاً لبحر اللطف (مر لي) أي: مر وكلاءك بأن يعطوا لي أو مر بالعطاء لأجلي (من مال الله الذي عندك) أي من غير صنيع لك في إعطائك، كما صرح في رواية حيث قال: "لا من مالك ولا من مال أبيك". قيل: المراد به مال الزكاة، فإنه كان يصرف بعضه إلى المؤلفة، (فالتفت إليه رسول الله صلى الله عليه وسلم) فنظر إليه تعجبا (فضحك) أي تلطفا (ثم أمر له بعطاء).</t>
   </si>
   <si>
     <t>அனஸ் (ரழி) அவர்களின் செய்தியில் அவர் குறிப்பிடுகையில் இறைத்தூதர் (ஸல்) அவர்கள் சால்வையொன்றை போர்த்திருந்த நிலையில் நான் அவருடன் சென்று கொண்டிருந்தேன். அன்னிஹாயா பீ கரீபில் ஹதீஸில் குறிப்பிடப்பட்டது போன்று 'புர்துன்' என்பதன் கருத்து கோடிடப்பட்ட ஆடை - பிடவை என்பது பொருளாகும் நஜ்ரானீ என்பது யமன் நாட்டிலுள்ள ஒரு பிரதேசமாகும் (ஹாஷியா என்பதன் கருத்து ஒரம் என்பதாகும். 'பஅத்ரகஹூ அஃராபிய்யுன் மின்வராஇஹி' என்பதன் அர்த்தம் அவரைப் பின் தொடர்ந்தார் என்பதாகும். 'ஜபத' என்பதன் கருத்து இழுத்தான் என்பதாகும் அனஸ் ரழி கூறுகிறார்கள், நாட்டுப்புற அரபி அவரின் கழுத்தை இழுத்ததனால் அவர் முழுமையாகத் திரும்பி அவனைப் பார்த்தார் என்பது கருத்தாகும்.அத்துடன் இவ்வாறு அவரைத் திரும்பிப் பார்த்த விடயமானது அந்த நாட்டுப்புற அரபி அவருடன் மோசமான முறையில் நடந்துகொன்டாலும் அவரில் எவ்வித மாற்றமும் தென்படவில்லை என்பதைச் சொல்கிறது. 'ஸப்ஹது ஆதிகி ரஸுலில்லாஹ' என்பது தோளின் ஒரு பகுதி என்பது பொருளாகும்'
 அவன் கடுமையாக இழுத்ததன் விளைவாக அவரின் தோள்பட்டையில் கீரலை ஏற்படுத்தியது என்ற விடயத்தில் அல்லாஹ் நாட்டுப்புற அரபுகள் குறித்துப் பேசிய வசனம் உண்மையாகும்.அல்லாஹ் குறிப்பிடும் போது 'இந்த நாட்டுப்புற அரபிகள் இறைநிராகரிப்பிலும் நயவஞ்சகத்திலும் மிகவும் கடுமையானவர்கள்.மேலும் அல்லாஹ் தன்னுடைய தூதர் மீது இறக்கியருளிய மார்க்கத்தின் வரையறைகளை அறிவதிலும், தொடர்ந்தும் அந்நாட்டுப்புற அரபி பேசும் போது முஹம்மதே! என நபிகளின் பெயரை விழித்துப் பேசினார். இதிலிருந்து விளங்குவது யாதெனில் அவர் புதிதாக இஸ்லாத்தை ஏற்ற ஒருவராக இருந்திருக்க முடியும் அதனால்தான் பாசத்தின் கடலான நபியவர்களுடன் அவ்வாறு கடுமையாக நடந்து கொண்டார்.
 எனக்கு தருமாறு ஆணையிடுயுங்கள் (முர்லி) என்பதன் கருத்து உமது தோழர்களிடம் எனக்கு தருமாறு கட்டளையிடுங்கள். 'மின் மாலில்லாஹி அல்லதி இன்தக' என்பதன் கருத்து உனது சொந்த பொருளிலிருந்து அல்ல என்பதாகும். இந்த கருத்து வேறொரு அறிவிப்பில் தெளிவாக வந்துள்ளது. உனது சொத்தோ உன்னுடைய தந்தையுடைய சொத்தோ அல்ல என இடம் பெற்றுள்ளது. அதாவது இதன் கருத்து ஸகாத் என்பதாகும். காரணம் ஸகாத்தில் புதிதாக இஸ்லாத்தில் இணைந்தோருக்கு வழங்கப்படுவதினாலாகும்.
@@ -6818,50 +9325,103 @@
   </si>
   <si>
     <t>عن أبي هريرة وجابر رضي الله عنهما أنَّ النبيَّ -صَلّى اللهُ عَلَيْهِ وسَلَّم- قالَ: «الْحَرْبُ خَدْعَةٌ».</t>
   </si>
   <si>
     <t>"யுத்தம் ஒரு சதியாகும்" என்று ரஸூல் (ஸல்) அவர்கள் நவின்றார்கள் என ஜாபிர் (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>الحَرْبُ خَدْعَة أي أن خداع الكفار والمَكر بهم في الحرب جائز، لأجل إصابتهم وإلحاق الضرر بهم، مع انعدام الخسائر بين المسلمين، ولا يُعَدُّ هذا مذموما ًفي الشرع، بل هو من الأمور المطلوبة. 
 قال ابن المنيّر رحمه الله : "الحرب الجيدة لصاحبها الكاملة في مقصودها إنما هي المخادعة لا المواجهة، وذلك لخَطِر المواجهة وحصول الظَفَر مع المخادعة بغير خطر".
 ولا يدخل في الخدعة الغدر، وهو مخالفة العهد والاتفاق بين المسلمين وأعدائهم، قال تعالى : (فإما تخافن من قوم خيانة فانبذ إليهم على سواء إن الله لا يحب الخائنين) أي: إن كان بينكم وبين قوم عهد فأعلمهم بإلغائه قبل محاربتهم، لتكونوا وإياهم على حد سواء.</t>
   </si>
   <si>
     <t>"காபிரகளுக்கு எதிரான போரின் நோக்கம் இஸ்லாத்தினதும்,இஸ்லாமியரினதும் நலன்களை உறுதிப்படுத்திக் கொள்வதே. எனவே அவர்களுடன் யுத்தம் புரியம் போது தந்திரோபயங்களைக் கையாள்வதை இந்த ஹதீஸ் அனுமதித்துள்ளது."</t>
   </si>
   <si>
     <t>الأمر باستعمال الحيلة في هزيمة العدو مهما أمكن.
 التحريض على أخذ الحذر في الحرب.
 جواز استخدام الرأي والمشورة في الحرب، بل هو آكد من الشجاعة.
 استخدام الحيل في حرب الكفار؛ لأنه يحقق مصالح نافعة للإسلام وأهله.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/4956</t>
   </si>
   <si>
+    <t>لأعطين هذه الراية رجلا يحب الله ورسوله، يفتح الله على يديه</t>
+  </si>
+  <si>
+    <t>'நான் இந்தக் கொடியை, அல்லாஹ்வையும், அவனது தூதரையும் நேசிக்கும் ஒருவருக்குக்  கொடுக்கப்போகின்றேன், அவரின் கரத்தில் அல்லாஹ் வெற்றியைக் கொடுப்பான்' என்று கூறினார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ رَجُلًا يُحِبُّ اللهَ وَرَسُولَهُ، يَفْتَحُ اللهُ عَلَى يَدَيْهِ» قَالَ عُمَرُ بْنُ الْخَطَّابِ: مَا أَحْبَبْتُ الْإِمَارَةَ إِلَّا يَوْمَئِذٍ، قَالَ فَتَسَاوَرْتُ لَهَا رَجَاءَ أَنْ أُدْعَى لَهَا، قَالَ فَدَعَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلِيَّ بْنَ أَبِي طَالِبٍ، فَأَعْطَاهُ إِيَّاهَا، وَقَالَ: «امْشِ، وَلَا تَلْتَفِتْ، حَتَّى يَفْتَحَ اللهُ عَلَيْكَ» قَالَ فَسَارَ عَلِيٌّ شَيْئًا ثُمَّ وَقَفَ وَلَمْ يَلْتَفِتْ، فَصَرَخَ: يَا رَسُولَ اللهِ، عَلَى مَاذَا أُقَاتِلُ النَّاسَ؟ قَالَ: «قَاتِلْهُمْ حَتَّى يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِذَا فَعَلُوا ذَلِكَ فَقَدْ مَنَعُوا مِنْكَ دِمَاءَهُمْ وَأَمْوَالَهُمْ، إِلَّا بِحَقِّهَا وَحِسَابُهُمْ عَلَى اللهِ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கைபர் யுத்த தினம் இவ்வாறு கூறியதாக அபூ ஹுரைரா (ரலி) அவர்கள் இவ்வாறு அறிவிக்கின்றார்கள் : 'நான் இந்தக் கொடியை, அல்லாஹ்வையும், அவனது தூதரையும் நேசிக்கும் ஒருவருக்குக்  கொடுக்கப்போகின்றேன், அவரின் கரத்தில் அல்லாஹ் வெற்றியைக் கொடுப்பான்' என்று கூறினார்கள். உமர் இப்னுல் கத்தாப் (ரலி) அவர்கள் அறிவிக்கின்றார்கள்: அன்றைய தினத்தைத் தவிர, தலைமைத்துவத்திற்கு வேறு எப்போதும் நான் ஆசைப்பட்டது கிடையாது. அதற்காக நான் அழைக்கப்படவேண்டுமென, என்னை உயர்த்திக் காட்டிக்கொண்டேன். நபியவர்கள் அலீ (ரலி) அவர்களை அழைத்து, அக்கொடியை அவர்களிடம் கொடுத்து விட்டு, 'அல்லாஹ் உங்களுக்கு வெற்றியைத் தரும் வரையில் நீங்கள் திரும்பிப் பாராது செல்லுங்கள்.' என்று கூறினார்கள். அலீ (ரலி) அவர்கள் சற்று தூரம் சென்றுவிட்டு, திரும்பிப் பார்க்காமல் நின்றுகொண்டு, 'அல்லாஹ்வின் தூதரே, எதுவரை நான் மக்களுடன் போரிடவேண்டும்?' என்று சப்தமாகக் கேட்டார்கள். அதற்கு நபியவர்கள், 'அவர்கள், அல்லாஹ்வைத் தவிர வேறு வணக்கத்திற்குரிய கடவுள்கள் இல்லையென்றும், முஹம்மத் (ஸல்) அவர்கள் அல்லாஹ்வின் தூதராவார் என்றும் சாட்சியமளிக்கும் வரை யுத்தம் செய்யுங்கள். அவர்கள் அவ்வாறு செய்துவிட்டால், தமது உயிர்களையும், சொத்துக்களையும், அவற்றில் உள்ள கடமைகளைத் தவிர, ஏனையவற்றில் உங்களை விட்டும் பாதுகாத்துக்கொள்வார்கள். அவர்களது விசாரணை அல்லாஹ்விடம் உள்ளது.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم الصحابةَ بانتصار المسلمين مِن الغَد على يهود خيبر مَدينة قُرْبَ المدينة، وذلك على يَد رجل يعطيه الراية، وهو العَلَم الذي يَتخذه الجيش شعارًا له، وهذا الرجل مِن صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله.
+وقد ذَكَرَ عُمرُ بن الخطاب رضي الله عنه أنه ما أحبَّ الإمارةَ وأن يكون هو المقصود إلا يومئذ؛ رجاء أن يصيبه ما قاله النبي صلى الله عليه وسلم من حُبِّ الله ورسوله، ومدَّ عمر رضي الله عنه جسده ليراه النبي صلى الله عليه وسلم رجاء أن يُدْعَى لها، وحرصًا وطمعًا في أخذ تلك الراية.
+فدعا صلى الله عليه وسلم عليَّ بن أبي طالب رضي الله عنه فأعطاه الراية، وأمره النبي صلى الله عليه وسلم أن يَتحرَّك بالجيش، وألَّا ينصرف عن القتال بعد لقاء عدوه براحة أو توقف أو هدنة حتى يفتح الله عليه هذه الحصون بالنصر والغلبة. 
+فسار عليٌّ رضي الله عنه، ثم وَقَفَ إلا أنه لم يلتفت؛ لئلا يخالِف أمرَ النبيِّ صلى الله عليه وسلم، فرفع عليٌّ رضي الله عنه صوته: يا رسول الله، على ماذا أقاتل الناس؟ 
+فقال صلى الله عليه وسلم: قاتلهم حتى يشهدوا أن لا إله إلا الله وأن محمدًا رسول الله، فإذا استجابوا، ودخلوا في الإسلام؛ فقد منعوا منك دماءهم وأموالهم وحَرُمَت عليك، إلا بحقِّها يعني إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، وحسابهم على الله.</t>
+  </si>
+  <si>
+    <t>நாளைய தினம், மதீனாவை அண்மித்த ஓர் ஊராகிய, கைபரில் உள்ள யூதர்களை முஸ்லிம்கள் வெற்றிகொள்வார்கள் என்ற செய்தியை நபியவர்கள் அறிவிக்கின்றார்கள். அதாவது, படையின் அடையாளமாகக் கொள்ளப்படும் அந்தக் கொடியை நபியவர்கள் யாருக்குக் கொடுப்பார்களோ, அவராலேயே வெற்றி கிடைக்கும். அந்த மனிதரின் ஒரு அடையாளம் என்னவென்றால், அவர் அல்லாஹ்வையும், அவனது தூதரையும் நேசிப்பதோடு, அல்லாஹ்வும், அவனது தூதரும் அவரை நேசிப்பார்கள்.
+உமர் (ரலி) அவர்கள், அந்நாளில் தான், தாம் தலைமைத்துவத்தை ஆசைப்பட்டதாகவும், அங்கு குறிப்பிடப்படுபவர் தாமாக இருக்கவேண்டும் என ஆசைப்பட்டதாகவும் கூறுகின்றார்கள். அல்லாஹ்வும், அவனது தூதரும் அம்மனிதரை நேசிப்பதாக நபியவர்கள் கூறிய அந்த சிறப்பை அடைவதே அவர்களது எதிர்பார்ப்பாக இருந்தது. எனவே, நபியவர்கள் தம்மைக் கண்டு அழைக்க வேண்டும் என்ற எதிர்பார்ப்பிலும், அந்தக் கொடியைப் பெற்றுக்கொள்ளும் ஆசையிலும் உமர் (ரலி) அவர்கள் தமது உடம்பை சற்று உயர்த்தி வைத்துக் கொண்டார்கள்.
+நபியவர்கள் அலீ (ரலி) அவர்களை அழைத்து அவர்களிடம் கொடியைக் கொடுத்துவிட்டு, படையை அழைத்தக்கொண்டு செல்லுமாறும், தமது எதிரிகளை சந்தித்த பின்னர், ஓய்வெடுத்தலோ, இடைநிறுத்தலோ, அமைதி ஒப்பந்தமோ இன்றி, அல்லாஹ்வின் வெற்றியைப் பெற்று அந்தக் கோட்டைகளை வெற்றிகொள்ளும் வரை திரும்பிவரக் கூடாது என்றும் ஏவி அனுப்புகின்றார்கள்.
+அலீ (ரலி) அவர்கள் சற்றுத் தூரம் சென்றுவிட்டு நிற்கின்றார்கள். ஆனாலும், நபியவர்களது கட்டளைக்கு மாறுசெய்யக்கூடாது என்பதனால், திரும்பிப் பார்க்கவில்லை. பின்பு அவர்கள் தமது சப்தத்தை உயர்த்தி, 'அல்லாஹ்வின் தூதரே, எதுவரை நான் மக்களுடன் போரிடவேண்டும்?' என்று கேட்டார்கள்.
+அப்போது நபியவர்கள் இவ்வாறு கூறினார்கள் : 'அவர்கள், அல்லாஹ்வைத் தவிர வேறு வணக்கத்திற்குரிய கடவுள்கள் இல்லையென்றும், முஹம்மத் (ஸல்) அவர்கள் அல்லாஹ்வின் தூதராவார் என்றும் சாட்சியமளிக்கும் வரை யுத்தம் செய்யுங்கள். அவர்கள் அதற்கு பதிலளித்து, இஸ்லாத்தில் நுழைந்துவிட்டால், அவர்கள் தமது உயிர்களையும், சொத்துக்களையும் உம்மிடமிருந்து பாதுகாத்துக் கொள்வார்கள். உமக்கு அவை ஹராமாகிவிடும். ஆனால், அவற்றில் உள்ள கடமைகளைத் தவிர. அதாவது, இஸ்லாமிய சட்டத்தின் அடிப்படையில், கொலையைக் கட்டாயமாக்கும் ஏதாவது, குற்றங்களை அவர்கள் செய்தாலே தவிர. அவர்களது விசாரணை அல்லாஹ்விடம் உள்ளது.</t>
+  </si>
+  <si>
+    <t>الصحابة كانوا يَكرهون الإمارة لما فيها من عِظَم المسؤولية.
+جواز التطلُّع والاستشراف لأمر تأكَّد خيرُه.
+توجيه الإمام لقائد الجيش في كيفية التصرّف في ساحة المعركة.
+التزام أصحاب الرسول صلى الله عليه وسلم لوصاياه والمبادرة إلى تنفيذها.
+مَن أَشْكَلَ عليه شيء فيما طُلب منه سأل عنه.
+من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، حيث أخبر عن فتح خيبر فكان كما أخبر.
+الحث على الإقدام والمبادرة إلى ما أمر به رسول الله صلى الله عليه وسلم.
+لا يجوز قتل من نطق بالشهادتين إلا إذا ظهر منه ما يستوجب القتل.
+تجري أحكام الإسلام على ما يظهر من الناس والله يتولى سرائرهم.
+ المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.</t>
+  </si>
+  <si>
+    <t>தலைமைத்துவம் என்பது பாரிய பொறுப்பாக இருந்ததால், அதை நபித்தோழர்கள் வெறுத்தனர்.
+நலவு இருப்பதாக உறுதியாக அறியப்பட்டுள்ள ஒன்றை அடைய ஆசைப்படலாம்.
+யுத்த களத்தில் எவ்வாறு நடந்துகொள்ள வேண்டுமென ஆட்சித் தலைவர், ஒரு படைத் தளபதிக்கு வழிகாட்டலாம்.
+நபித்தோழர்கள், நபியவர்களின் உபதேசங்களைக் கடைப்பிடித்தமையும், அவற்றை விரைந்து நிறைவேற்றியமையும்.
+யாருக்காவது, தன்னிடம் ஒப்படைக்கப்பட்டுள்ள பொறுப்புத் தொடர்பாக சந்தேகங்கள் இருந்தால், அது பற்றிக் கேட்கவேண்டும்.
+நபித்துவ அத்தாட்சிகளில் ஒன்று, யஹூதிகளுடன் வெற்றி கொள்வதாக நபியவர்கள் அறிவித்தமையாகும். அதாவது, நபியவர்கள் கைபரை வெற்றிகொள்வதாக முன்கூட்டியே அறிவித்தார்கள். அவ்வாறே நடந்தது.
+நபி (ஸல்) அவர்கள் ஏவியவற்றை துணிந்து, வேகமாக நிறைவேற்ற ஆர்வமூட்டல்.
+ஷஹாதத் கலிமாவை மொழிந்த ஒருவர், கொலை செய்யப்படவேண்டிய ஏதாவதொன்றை செய்தாலே ஒழிய, அவரைக் கொலைசெய்யமுடியாது.
+இஸ்லாமிய சட்டங்கள் மனிதர்களிடமிருந்து வெளிப்படையாக வரும் அம்சங்களை வைத்தே நடைமுறைப்படுத்தப்படும். இரகசியங்களை அல்லாஹ் பொறுப்பேற்பான்.
+ஜிஹாதின் மிக முக்கியமான நோக்கம், மக்கள் இஸ்லாத்தில் நுழைவதாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/4958</t>
+  </si>
+  <si>
     <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>'அயலவரும் வாரிசுதாரராக ஆகி விடுவாரோ என நான் எண்ணுமளவிற்கு ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்கள் அயலவர் -அண்டைவீட்டார் குறித்து எனக்கு உபதேசித்துக் கொண்டே இருந்தார்கள்'</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு உமர் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'அயலவரும் வாரிசுதாரராக ஆகி விடுவாரோ என நான் எண்ணுமளவிற்கு ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்கள் அயலவர் -அண்டைவீட்டார் குறித்து எனக்கு உபதேசித்துக் கொண்டே இருந்தார்கள்'.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்கள் அண்டை வீட்டார் குறித்து கரிசனை செலுத்துமாறு கட்டளைப் பிரப்பித்து, அதனை பற்றி பல முறை தொடர்ந்து தனக்கு கூறியவண்ணம் இருந்தார்கள் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  தெரிவிக்கிறார்கள். அண்டை வீட்டார் என்பவர் எமக்குப் பக்கத்தில் வாழும் முஸ்லிமோ காபிரோ உறவினர்களோ அல்லது உறவினர் அல்லாதாரோ அனைவரையும் குறிக்கும். இவர்களின் உரிமையை காத்து, அவர்களுக்கு தொந்தரவு செய்யாது, அவர்களுக்கு உபகாரம் செய்து, அவர்களால் ஏற்படுகின்ற தொந்தரவுகளை சகித்து நல்ல முறையில் நடந்து கொள்ள வேண்டும். ஏனெனில் ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்கள் நபியவர்களுக்கு அண்டை வீட்டார் உரிமைப் பற்றியும் அதன் மேன்மையையும் வலியுறுத்திக் கூறியது ஒருவர் தனது மரணத்திற்குப் பின் விட்டுச்செல்லும் சொத்தில் அவருக்கும் பங்கு உண்டு என நினைக்குமளவிற்கு இருந்தாக அவர்கள் குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>அண்டை வீட்டாரின் உரிமையின் மேன்மையும், அதில் கரிசனை செலுத்துவதன் அவசியமும் கடமையும் இந்த ஹதீஸ் சுட்டிக்காட்டுகிறது.
@@ -6959,104 +9519,116 @@
   </si>
   <si>
     <t>ثنتان لا تردان، أو قلما تردان: الدعاء عند النداء وعند البأس حِينَ يُلْحِمُ بَعْضُهُ بَعْضًا</t>
   </si>
   <si>
     <t>இரண்டு பிரார்த்தனைகள் நிராகரிக்கப்படுவதில்லை. அல்லது அவை அரிதாக நிராகரிக்கப்படுகின்றன. அவையாவன அதான் சொல்லும் போது கேட்கும் துஆவும்,யுத்தத்தில் சிலர் சிலரோடு மோதிக் கொள்ளும் போது கேட்கும் துஆவுமாகும்.</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنهما مرفوعاً: «ثنتان لا تُرَدَّانِ، أو قلما تردان: الدعاء عند النداء وعند البأس حِينَ يُلْحِمُ بَعْضُهُ بَعْضًا».</t>
   </si>
   <si>
     <t>இரண்டு பிரார்த்தனைகள் நிராகரிக்கப்படுவதில்லை.அல்லது அவை அரிதாக நிராகரிக்கப்படுகின்றன.அவையாவன அதான் சொல்லும் போது கேட்கும் துஆவும்,யுத்தத்தில் சிலர் சிலரோடு மோதிக் கொள்ளும் போது கேட்கும் துஆவுமாகும்.என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள்,என ஸஹ்ல் இப்னு ஸஃத் (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>في هذا الحديث بيان فضل الجهاد في سبيل الله حيث يستجيب الله تعالى لدعاء المجاهد وهو في المعركة، وفيه أيضاً بيان فضل الأذان حيث يستجيب الله تعالى لدعاء المسلم عند الأذان وحتى إقامة الصلاة.</t>
   </si>
   <si>
     <t>ஒரு முஜாஹித்-போராளி யுத்தகளத்தில் இருந்து கொண்டுகேட்கும் துஆவை அல்லாஹ் ஏற்றுக்கொள்கிறான்.என,அல்லாஹ்வின் பாதையில் ஜிஹாத் செய்வதின் சிறப்பை இந்த ஹதீஸ் தெளிவுபடுத்துகின்றது.மேலும் அதானும்,இகாமத்தும் சொல்லும் போது ஒரு முஸ்லிம் கேட்கும் துஆவையும் அல்லாஹ் ஏற்றுக்கொள்கின்றான்,என அதானின் சிறப்பையும் இந்த ஹதீஸ் தெளிவுபடத்துகிறது.</t>
   </si>
   <si>
     <t>استحباب الدعاء في هذين الوقتين لما لهما من فضيلة الإجابة.
 أنَّ الدعاء من أقوى الأسباب في دفع المكروه وحصول المطلوب.
 أهمية أداء صلاة الجماعة في المسجد.</t>
   </si>
   <si>
+    <t>[இந்த ஹதீஸை அபூ தாவூத் பதிவு செய்துள்ளார்]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5035</t>
   </si>
   <si>
     <t>لك بها يوم القيامة سبعمائة ناقة كلها مخطومة</t>
   </si>
   <si>
     <t>இதற்குப் பகரமாக நாளை மறுமை நாளில் எழுநூறு ஒட்டகம் உங்களுக்குக் கிடைக்கும்,அவை அனைத்தும் கடிவாளம் இடப்பட்டிருக்கும்</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: جاء رجل إلى النبي صلى الله عليه وسلم بناقة مَخْطُومَةٍ، فقال: هذه في سبيل الله، فقال رسول الله صلى الله عليه وسلم : «لك بها يوم القيامة سبعمائة ناقة كلها مخطومة».</t>
   </si>
   <si>
     <t>ஒரு மனிதன் ரஸுல் (ஸல்) அவர்களிடம் கடிவாளம் இடப்பட்ட ஒட்டகம் ஒன்றை எடுத்து வந்து இதனை அல்லாஹ்வின் பாதையில் விடுகின்றேன்,என்றார் அதற்கு ரஸூல் (ஸல்) அவர்கள் "இதற்குப் பகரமாக நாளை மறுமை நாளில் எழுநூறு ஒட்டகம் உங்களுக்குக் கிடைக்கும்,அவை அனைத்தும் கடிவாளம் இடப்பட்டிருக்கும்"என்று நபியவர்கள் கூறினார்கள்,என அபூ மஸ்ஊத் (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم بناقة مَخْطُومَةٌ، أي مَشْدُودةٌ بِحَبل، وهو قريب من الزمام التي تُشَدُّ به الناقة، فقال الرجل: يا رسول الله، هذه في سَبِيلِ الله، أي أوقفها في الجهاد في سبيل الله تعالى ، للغزو بها. 
 فقال له -صلى لله عليه وسلم-: "لك بها سَبْعُمائَةِ نَاقة "؛ وذلك لأن الله تعالى يُضاعف الحسنة بعشر أمثالها إلى سَبعمائة ضِعف إلى أضْعَاف كثيرة، كما في قوله تعالى : (مَثَل الذين ينفقون أموالهم في سبيل الله كَمثَلِ حبة أنبتت سبع سنابل في كل سنبلة مائة حبة والله يضاعف لمن يشاء والله واسع عليم).
 قوله: "كُلُّهَا مَخْطُومَةٌ " فائدة الخِطام: زيادة تمكن صاحبها من أن يعمل بها ما أراد، وهذا من حسن الجزاء، فكما أن هذا الرجل جاء بناقته إلى النبي -صلى الله عليه وسلم- مَشْدُودٌ عليها بالخِطام، جزاه الله بسبعمائة ناقة كلها مَشْدُودٌ عليها بالخِطام؛ وليعلم من ينفق في الدنيا أن كل زيادة يقدمها سيحزى بها، والخطام له قيمة وجمال وزيادة في الناقة.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் பாதையில் செலவு செய்யும் விடயத்திற்கு இந்த ஹதீஸ் ஆர்வமூட்டுகிறது.குறிப்பாக அல்லாஹ்வின் பாதையில் அறப் போரில் ஈடுபட உதவியாக இருக்கும் குதிரை ஒட்டகம் போன்ற சாதனங்களை தர்மம் செய்வதன் சிறப்பு இதில் குறிப்பிடப்பட்டுள்து.இவ்வாறு அல்லாஹ்வின் பாதையில் செலவிடப்படும் தர்மத்தின் கூலி ஒன்றுக்கு எழுநூறு என்ற அடிப்படையில் பண்மடங்காக ஆக்கித் தரப்படும்</t>
   </si>
   <si>
     <t>النفقة في سبيل الله يضاعفها الله سبع مئة ضعف.
 حرص الصحابة -رضي الله عنهم- على البذل في سبيل الله.
 الجزاء من جنس العمل.
 من أساليب الدعوة الترغيب.
 الترغيب في التبرع بما يستعان به على القتال من فرس أو ناقة أو غير ذلك، والله يضاعف على ذلك الأجر.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5036</t>
   </si>
   <si>
     <t>اسمعوا وأطيعوا، فإنما عليهم ما حملوا، وعليكم ما حملتم</t>
   </si>
   <si>
-    <t>அவர்கள் சொல்வதைக் கேட்டு அவர்களுக்குக் கட்டுப்பட்டு நடவுங்கள்.ஏனெனில் அவர்களின் மீது சுமத்தப்பட்டது எதுவோ அதனை அவர்கள் செய்வது அவர்களின் கடமை. உங்கள் மீது சுமத்தப்பட்டது எதுவோ அதனை நீங்கள் செய்வது உங்களின் கடமை,</t>
-[...16 lines deleted...]
-كلٌ مسؤولٌ عن عمله، ومؤاخذ عن تقصيره.</t>
+    <t>'நீங்கள் செவிசாய்த்துக் கட்டுப்படுங்கள். அவர்கள் மீது சுமத்தப்பட்டுள்ளவை, அவர்களுக்குக் கடமையாக இருக்கும்.  உங்கள் மீது சுமத்தப்பட்டுள்வை, உங்களுக்குக் கடமையாக இருக்கும்</t>
+  </si>
+  <si>
+    <t>عَنْ وَائِلٍ الْحَضْرَمِيِّ قَالَ: سَأَلَ سَلَمَةُ بْنُ يَزِيدَ الْجُعْفِيُّ رضي الله عنه رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا نَبِيَّ اللهِ، أَرَأَيْتَ إِنْ قَامَتْ عَلَيْنَا أُمَرَاءُ يَسْأَلُونَا حَقَّهُمْ وَيَمْنَعُونَا حَقَّنَا، فَمَا تَأْمُرُنَا؟ فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ، فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ فِي الثَّانِيَةِ أَوْ فِي الثَّالِثَةِ، فَجَذَبَهُ الْأَشْعَثُ بْنُ قَيْسٍ، وَقَالَ: «اسْمَعُوا وَأَطِيعُوا، فَإِنَّمَا عَلَيْهِمْ مَا حُمِّلُوا، وَعَلَيْكُمْ مَا حُمِّلْتُمْ».</t>
+  </si>
+  <si>
+    <t>வாஇழ் அல் ஹழ்ரமீ (ரலி) அவர்கள் கூறுகின்றார்கள் : ஸலமா இப்னு யஸீத் அல் ஜுஃபீ அவர்கள் நபியவர்களிடம், 'அல்லாஹ்வுடைய நபியே! எமக்குப் பொறுப்பாக வரும் தலைவர்கள், அவர்களது உரிமைகளைக் கேட்டு எடுத்துக்கொண்டு, எமது உரிமைகளைத் தராமல் இருந்தால், என்ன செய்யுமாறு ஏவுகின்றீர்கள்?' என்று கேட்டார்கள். நபியவர்கள் அதைப் பொருட்படுத்தவில்லை. மீண்டும் கேட்டும் நபியவர்கள் பொருட்படுத்தவில்லை. அவர் மீண்டும் இரண்டாவது அல்லது மூன்றாவது தடவை கேட்டபோது, அஷ்அஸ் இப்னு கைஸ் (ரலி) அவர்கள் அவரைப் பிடித்து இழுத்தார்கள். அப்போது நபியவர்கள் இவ்வாறு கூறினார்கள். 'நீங்கள் செவிசாய்த்துக் கட்டுப்படுங்கள். அவர்கள் மீது சுமத்தப்பட்டுள்ளவை, அவர்களுக்குக் கடமையாக இருக்கும்.  உங்கள் மீது சுமத்தப்பட்டுள்வை, உங்களுக்குக் கடமையாக இருக்கும்.</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الأمراء الذين يَطلبون حَقَّهم من الناس مِن السمع والطاعة، ويَمنعون الحقَّ الذي عليهم؛ مِن بَذْل العدل وإعطاء الغنيمة ورد المظالم والتسوية، فما تأمرنا أن نفعل معهم؟ 
+فأعْرَضَ النبيُّ صلى الله عليه وسلم عنه؛ كأنه كَرِهَ هذه المسائل، لكنْ أعادَ السائلُ عليه مرة ثانية وثالثة، فَجَذَبَ الأشعثُ بنُ قيس رضي الله عنه السائلَ لِيُسْكِتَه.
+فأجاب النبيُّ صلى الله عليه وسلم، وقال: اسمعوا لقولِهم، وأطيعوا أمرَهم؛ فإنما عليهم ما حُمِّلوا وما كُلِّفوا مِن العدل وإعطاء حق الرعية، وعليكم ما حُمِّلْتُم من الطاعة وأداء الحقوق والصبر على البلية.</t>
+  </si>
+  <si>
+    <t>மக்களிடம் தமக்குள்ள உரிமைகளாகிய, செவிசாய்த்தல், வழிப்படல் போன்றவற்றை கேட்டுப் பெற்றுக் கொண்டுவிட்டு அவர்கள் மீதுள்ள கடமைகளாகிய, நீதமாக நடத்தல், போர்ச்செல்வங்களைக் கொடுத்தல், அநியாயத்தைத் தடுத்தல், சமத்துவம் பேணல் போன்றவற்றைக் கொடுக்காமல் இருக்கும் ஆட்சியாளர்கள் விடயத்தில் என்ன செய்வது? என்று நபியவர்களிடம் கேட்கப்பட்டது.
+நபியவர்கள் இந்தக் கேள்விகளை வெறுத்தது போன்று, பொருட்படுத்தாது இருந்துவிட்டார்கள். ஆனாலும், கேள்விகேட்டவர், இரண்டு மூன்று தடவைகள் என்று கேட்டுக்கொண்டே இருந்தார். உடனே, அஷ்அஸ் இப்னு கைஸ் (ரலி) அவர்கள், அவரை மௌனிக்கச் செய்வதற்காக இழுத்து எடுத்தார்கள்.
+அப்போது நபியவர்கள் இவ்வாறு பதிலளித்தார்கள் : அவர்களது வார்த்தைகளுக்கு செவிசாயுங்கள்! அவர்களது கட்டளைக்கு அடிபணியுங்கள். அவர்கள் மீது கட்டாயப்படுத்தப்பட்டு, சுமத்தப்பட்டுள்ள நீதம், பிரஜைகளின் உரிமைகளைக் கொடுத்தல் போன்றவை அவர்களது கடமைகளாகும். உங்கள் மீது சுமத்தப்பட்டுள்ள, கட்டுப்படல், கடமைகளை நிறைவேற்றல், சோதனைகளில் பொறுமையாக இருத்தல் போன்றவை உங்கள் மீது கடமையானவையாகும்.</t>
+  </si>
+  <si>
+    <t>الأمر بالسمع والطاعة للأمراء على كل حال فيما يرضي الله عز وجل، وإن لم يقوموا بحق الرعية.
+تقصير الحكّام في واجبهم لا يُسَوِّغُ تقصيرَ الناس بالمقابل في واجباتهم؛ فكلٌّ مسؤولٌ عن عملِه، ومؤاخذ عن تقصيره.
+الدين ليس مبنيًّا على المُقايَضَة، وإنما على الالتزام بما وَجَب وإنْ قَصَّرَ الآخَرُ بما وجب عليه في المقابل، كما ورد في هذا الحديث.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வைத் திருப்திப்படுத்தக்கூடிய அனைத்திலும், எல்லா நிலைகளிலும், ஆட்சியாளர்களுக்கு செவிசாய்த்துக் கட்டுப்படுமாறு இங்கு ஏவப்பட்டுள்ளது. அவர்கள் மக்களின் உரிமைகளை வழங்காவிட்டாலும் சரியே!
+ஆட்சியாளர்கள் தமது கடமைகளில் பராமுகமாக இருப்பதென்பது, பதிலாக, மக்கள் தமது கடமைகளில் பராமுகமாக இருப்பதை நியாயப்படுத்தமாட்டாது. ஒவ்வொருவரும் அவர்களது செயற்கள் பற்றியே விசாரிக்கப்படுபவார்கள். தமது பொடுபோக்கிற்காகவே குற்றம் பிடிக்கப்படுவார்கள்.
+இந்த மார்க்கம் 'பண்டமாற்று' முறையில் செயற்படக்கூடியது அல்ல. மாறாக, ஒரு தரப்பு தமது கடமைகளில் பொடுபோக்கு செய்தாலும், மறுதரப்பு தமது கடமைகளை நிறைவேற்றவேண்டும். இந்த ஹதீஸும் அதையே உணர்த்துகின்றது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5037</t>
   </si>
   <si>
     <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>'(ஷிர்க்கான வாசகம் மூலம்) மந்திரித்தல், தாயத்துகள் கட்டுதல் (கணவன் மனைவியர்கிடையே அன்பை ,(ஈர்ப்பை) ஏறபடுத்துவதற்காகச் செய்யும் திவலா (முறை) ஆகியன இணைவைப்பாகும்'</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதை தான் கேட்டதாக  அப்துல்லாஹ் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அறிவித்துள்ளார்கள்: '(ஷிர்க்கான வாசகம் மூலம்) மந்திரித்தல், தாயத்துகள் கட்டுதல் (கணவன் மனைவியர்கிடையே அன்பை ,(ஈர்ப்பை) ஏறபடுத்துவதற்காகச் செய்யும் திவலா (முறை) ஆகியன இணைவைப்பாகும்'.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
@@ -7067,51 +9639,51 @@
 மார்க்க ஆதாரங்களால் நிரூபிக்கப்பட்டோ, அனுபவ வாயிலாகவோ உணரப்பட்ட விடயம் அல்லாததாலும், வெறுமனே ஒரு பொருளை காரணமாக வைத்து அதில் நம்பிக்கை கொள்வதனாலும் இந்த விடயங்கள் யாவும் இணைவைத்தல் என்ற பாவத்தில் உள்ளடங்குகிறது. ஆனால் அல்குர்ஆன் ஓதுதல் போன்ற மார்க்கரீதியிலான வழிமுறைகள், அல்லது அனுப அறிவு வாயிலாக நிரூபிக்கப்பட்ட மருந்துகள் போன்ற கற்புலனாகும் வழிமுறைகள் ஆகியவற்றைப் பயன்படுத்துவது அனுமதிக்கப் பட்டதாகும். ஆனால் அவை காரணகாரியங்கள் என்பதை ஏற்றுக்கொள்வதுடன் பயன் கிடைப்பதும் கிடைக்காதிருப்பதும் அல்லாஹ்விடம் உள்ள விடயம் என்பதையும் நம்ப வேண்டும்.</t>
   </si>
   <si>
     <t>صيانة التوحيد والعقيدة عما يُخِلُّ بها.
 تحريم استعمال الرقى الشركية والتمائم والتولة.
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>ஓரிறைக் கொள்கை, இஸ்லாத்தின் நம்பிக்கைக் கோட்பாடு ஆகியவற்றில் கோலாரை ஏற்படுத்தக் கூடிய விடயங்களிலிருந்து பாதுகாத்தல்
 இணைவைத்தல் அடங்கிய மாந்திரீகம், தாயத்துக்கள், திவலா ஆகியவற்றைப் பயன்படுத்துவது ஹராமாக்கப்பட்டிருத்தல்.
 ஒரு மனிதன் இந்த மூன்று விடயங்களும் தனக்கு ஏற்பட்ட துன்பங்களை நீக்குவதற்கான வழிமுறைகள் -சாதனங்கள்- என நம்புதல் சிறிய வகை இணைவைப்பாகும். காரணம் அவன் வழிமுறையில்லாத ஒரு விடயத்தை வழிமுறையாக ஆக்கியதாகும். என்றாலும் ஒருவன் குறிப்பிட்ட பொருளானது சுயமாக நன்மை தரக்கூடியது தீங்கை எற்படுத்தக்கூடியது என நம்பினால் அவன் பெரிய இணைவைப்பில் வீழ்ந்து விட்டான்.
 ஷிர்கான மற்றும் தடைசெய்யப்பட்ட காரண காரியங்களை செய்வதை விட்டும் எச்சரிக்கப்பட்டிருத்தல்.
 அனுமதிக்கப்பட்ட ஓதிப்பாத்தலை தவிர ஏனையவை அனைத்தும் ஷிர்க்காகும், அதனை செய்வது ஹராமாகும்.
 எப்போதும் உள்ளமானது அல்லாஹ்விடம் மாத்திரம் பற்றுக்கொண்டதாக இருப்பது அவசியமாகும். ஏனெனில் நலவோ கெடுதியோ அவன் ஒருவனிடம் மாத்திரமே உள்ளது, அவனுக்கு எந்த இணையும் கிடையாது, ஆக நலவை அல்லாஹ்வைத் தவிர வேறு யாரும் கொண்டுவர முடியாது, அதே போல் ஒரு தீமையை அல்லாஹ்வைத் தவிர வேறுயாராலும்; தடுக்கவும் முடியாது.
 அனுமதிக்கப்பட்ட ஓதிப்பார்த்தல் உள்ளடக்கியிருக்க வேண்டிய  மூன்று நிபந்தனைகள் -வரையறைகள்- பின்வருமாறு :
  1-இது அல்லாஹ்வின் அனுமதியின்றி பயனளிக்க முடியாத சாதாரண ஒரு சிகிச்சை முறை என்பதாகவே எண்ண வேண்டும். 2. இது அல்குர்ஆன், அல்லாஹ்வின் திருநாமங்கள் மற்றும் பண்புகள், நபியவர்கள் காட்டித்தந்த அனுமதிக்கப் பட்ட  பிரார்த்தனைகள் மூலம் இருக்க வேண்டும். 3. அது புரிந்து கொள்ளக் கூடிய மொழியில் இருப்பதுடன் புரிந்து கொள்ளமுடியாத மாயையாகவோ தகடுகளை உள்ளடக்கியதாகவோ இருக்கக் கூடாது.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
-    <t>[رواه أبو داود وابن ماجه وأحمد]</t>
+    <t>[இமாம்களான அபூதாவுத், இப்னுமாஜா, அஹ்மத் ஆகியோரால் இது பதிவு செய்யப்பட்டுள்ளது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5273</t>
   </si>
   <si>
     <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>(ஒரு முறை) நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் (எங்களிடம்), 'புறம் பேசுதல் என்றால் என்னவென்று உங்களுக்குத் தெரியுமா?' என்று கேட்டார்கள். அதற்கு நபித்தோழர்கள், 'இது குறித்து அல்லாஹ்வும் அவனுடைய தூதருமே நன்கறிந்தவர்கள்' என்று பதிலளித்தனர். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், 'நீர் உம்முடைய சகோதரரைப் பற்றி அவர் விரும்பாத ஒன்றைக் கூறுவதாகும்'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு கூறுகின்றார்கள் : (ஒரு முறை) நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் (எங்களிடம்), 'புறம் பேசுதல் என்றால் என்னவென்று உங்களுக்குத் தெரியுமா?' என்று கேட்டார்கள். அதற்கு நபித்தோழர்கள், 'இது குறித்து அல்லாஹ்வும் அவனுடைய தூதருமே நன்கறிந்தவர்கள்' என்று பதிலளித்தனர். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், 'நீர் உம்முடைய சகோதரரைப் பற்றி அவர் விரும்பாத ஒன்றைக் கூறுவதாகும்' என்று பதிலளித்தார்கள். அப்போது, 'நான் சொல்லும் குறை என் சகோதரரிடம் இருந்தாலுமா? என்று கேட்கப்பட்டது. அதற்கு நபியவர்கள், 'நீர் சொல்லும் குறை உம்முடைய சகோதரரிடம் இருந்தால், நீர் அவரைப் பற்றிப் புறம் பேசிவிட்டீர். நீர் சொன்ன குறை அவரிடம் இல்லாவிட்டால், நீர் அவரைப் பற்றி அவதூறு கூறிவிட்டீர் என்றார்கள்.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் புறம் பேசுதலின் யதார்த்தத்தைத் தெளிவு படுத்துகின்றார்கள். அதாவது ஒரு சகோதரரைப் பற்றி அவரின் தோற்றம் பற்றியோ அல்லது அவரின் குணம் பற்றியோ அவர் இல்லாத சந்தர்ப்பத்தில் அவர் விரும்பாத ஒரு செய்தியைக் கூறுவதாகும். உதாரணத்திற்கு குறித்த நபர் பற்றி அவர் ஒற்றைக் கண்ணுடையவர், மோசடிக்காரன், பொய்யன் போன்ற மோசமான பண்புகளை அடையாளப்படுத்தும் பெயர்களை கூறுவது புறமாகும். இக்குறித்த பண்புகள் அவரிடத்தில் இருந்தாலும் இது புறம் பேசுவதில் சேரும் என்பதை உணர்தல் வேண்டும்.
 குறித்த பண்புகள் அவரிடத்தில் இல்லாது விட்டால் அது புறத்தை விட மிகவும் கடுமையான விடயமான அபாண்டம் பலி சுமத்துதல் என்ற விவகாரத்திற்கு இட்டுச்செல்லும்.</t>
   </si>
   <si>
@@ -7226,50 +9798,85 @@
 (அழ்ழன்)'ஊகம், பழிசுமத்துதல் என்பது இதன் கருத்தாகும் அதாவது எவ்வித ஆதாரமுமின்றி  ஊகத்தின் அடிப்படையில் உள்ளத்தில் எழும் பிறர் குறித்த தீய எண்ணம் (பழியுரைத்தல்). இதனை நபியவர்கள் பேச்சுகளில் மிகப்பெரும் பொய் என தெளிவுபடுத்துகிறார்கள்.
 (அத்தஹஸ்ஸுஸ்) மனிதர்களின் குறைகளை நேரடியாக பார்த்தல்; அல்லது கேட்டல் ஊடாக தேடிச் செல்வதை குறிக்கும்.
 (அத்தஜஸ்ஸுஸ்) மனிதர்களின் தெரியாத மறைவான விடயங்களை தேடிச்செல்லுதல், 
 ஆய்வுசெய்தல். இவ்வார்த்தை அதிகம் தீமை சார்ந்த விடயங்களில் பிரயோகிக்கப்படும்.
 (அல் ஹஸத்) : பிறருக்கு கிடைத்த அருள்களை விரும்பாதிருத்தல்,(வெறுத்தல்).
 (அத்ததாபுர்) என்பது ஒருவறை புறக்கணித்து பிணங்கிக் கொள்வது இதனால் தனது சகோதர முஸ்லிமுக்கு ஸலாம் கூறாதிருப்பது அவரை சந்திக்காது இருத்தல்.
 (அத்தபாகுழ்) என்பது வெறுத்தல் ஓதுக்குதல் என்ற கருத்தைக்குறிக்கும் அதாவது பிறருக்கு நோவினை செய்தல் முகத்தை கடுகடுப்பாக வைத்துக்கொள்ளுதல்,வெறுப்போடு சந்தித்தல் என்பவை இதன் கருத்தாகும்.
 இறுதியாக முஸ்லிம்களின் நிலைகளை சீர்செய்யும் முகமாகவும் ஒருவருக்கொருவர் சமாதானமாக இருப்பதற்காகவும் வேண்டி  கருத்தாளமிக்க ஒரு வார்த்தையை குறிப்பிட்டார்கள். அதுதான் 'நீங்கள் அனைவரும் அல்லாஹ்வின் அடியார்கள் என்றவகையில் சகோதரர்களாக இருங்கள்';. சகோதரத்துவம் என்பது மனிதர்களுக்கு மத்தியில் உறவை, தொடர்பை பலப்படுத்தும் ஒரு இணைப்பாகும். அது அவர்களுக்கு மத்தியில் அன்பையும் நேசத்தையும் அதிகப்படுத்துகிறது.</t>
   </si>
   <si>
     <t>لا يَضُرُّ الظنُّ السيءُ بمَن ظهرتْ منه علاماتُه، وعلى المؤمن أن يكون كَيِّسًا فَطِنًا لا يَنْخدع بأهل السوء والفسوق.
 المراد التحذير من التهمة التي تستقر في النفس، ومن الإصرار عليها، أما ما يَعرِض في النفس ولا يستقر فهذا لا يُكلف به.
 تحريم أسباب التنافر والقطيعة بين أفراد المجتمع المسلم، من التجسس والحسد ونحوِهما.
 الوصية بمعاملة المسلم معاملة الأخ في النصيحة والتَّوَادّ.</t>
   </si>
   <si>
     <t>யாரிடம் தீய எண்ணங்கள் பற்றிய அறிகுறிகள் தென்படுகிறதோ அவரைப்பற்றித் தப்பான எண்ணம் கொள்வதில் பிரச்சினை கிடையாது. ஒரு இறைநம்பிக்கையாளனைப் பொறுத்தவரை விவேகமுள்ளவனாகவும், புத்திசாதுரியம் மிக்கவராகவும் இருப்பதோடு, பாவிகள் மற்றும் தீயவர்கள் விடயத்தில் ஏமாந்திடலாகாது.
 இங்கே பிறர்பற்றி பழிசுமத்துதல் தீய எண்ணங் கொள்வது என்பற்கான எச்சரிக்கையானது உள்ளத்தில் ஆழமாக நினைத்து அதில் விடாப் பிடியாக இருத்தலைக் குறிக்கும். மாறாக உள்ளத்தில் ஒருவரை ப்பற்றி சாதாரணமாக வந்து போகும் எண்ணங்களைக் குறிக்காது.
 முஸ்லிம் சமூகத்தில் உள்ள தனிநபர்களுக்கிடையி ல் உறவைத்துண்டாடி வெறுப்பை தூண்டுவதற்கு காரணமாக காணப்படுகின்ற மற்றவர் குறையை ஆராய்தல், பொறாமைப்படுதல் போன்ற விடயங்கள் ஹராமாக்கப்பட்டிருத்தல்.
 நலன் நாடுவதிலும் நேசம் கொள்வதிலும் ஒரு முஸ்லிமுடன் சகோதரத் தன்மையுடன் நடந்து கொள்ளுமாறு உபதேசம் செய்திருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5332</t>
   </si>
   <si>
+    <t>سباب المسلم فسوق، وقتاله كفر</t>
+  </si>
+  <si>
+    <t>ஒரு முஸ்லிமுக்கு ஏசுவது பாவமாகும். அவனோடு யுத்தம் செய்வது இறைநிராகரிப்பாகும்</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سِبَابُ المُسْلِمِ فُسُوقٌ، وَقِتَالُهُ كُفْرٌ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, அப்துல்லாஹ் இப்னு மஸ்ஊத் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : ஒரு முஸ்லிமுக்கு ஏசுவது பாவமாகும். அவனோடு யுத்தம் செய்வது இறைநிராகரிப்பாகும்.</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم المُسلمَ أنْ يَشْتُمَ ويَسُبَّ أخاه المسلمَ، وأنَّ ذلك من الفسوق وهو الخروج عن طاعة الله ورسوله صلى الله عليه وسلم، وأنَّ مُقاتَلَةَ المسلمِ أخاه المسلمَ من الأعمال الكُفْرِيّة، لكنه كُفْرٌ أصغر.</t>
+  </si>
+  <si>
+    <t>ஒரு முஸ்லிம் தனது சகோதர முஸ்லிமுக்கு ஏசுவதை நபியவர்கள் தடுப்பதோடு, அது 'புஸூக்' என்றும் கூறுகின்றார்கள். அதாவது, அல்லாஹ்வுக்கும் அவனது தூதருக்கும் மாறுசெய்வதாகும். மேலும், ஒரு முஸ்லிம் தனது சகோதர முஸ்லிமுடன் போரிடுவது, நிராகரிப்பை ஏற்படுத்தும் செயலாகும். ஆனாலும், அது சிறிய நிராகரிப்பாகும்.</t>
+  </si>
+  <si>
+    <t>وجوب احترام عِرْضِ المسلم ودمِهِ.
+عِظَم مآل سابِّ المسلم بغير حق؛ فالسابُّ بغير حق فاسق.
+سباب المسلم وقتاله يُضْعِفُ الإيمان وينقصه.
+بعض الأعمال تُسمى كُفْرًا؛ وإنْ لم تَصِل إلى الكفر الأكبر المخرج عن مِلَّة الإسلام.
+المراد بالكفر هنا الكفر الأصغر الذي لا يُخْرِج مِن المِلّة باتفاق أهل السنة؛ لأن الله عز وجل أثبت أُخُوَّةَ الإيمان للمؤمنين حال اقتتالِهم ونزاعِهم، فقال تعالى: (وَإِنْ طَائِفَتَانِ مِنَ الْمُؤْمِنِينَ اقْتَتَلُوا فَأَصْلِحُوا بَيْنَهُمَا) إلى قوله: ( إِنَّمَا الْمُؤْمِنُونَ إِخْوَةٌ).</t>
+  </si>
+  <si>
+    <t>ஒரு முஸ்லிமின் மானத்தையும், உயிரையும் கண்ணியப்படுத்துவது கட்டாயமாகும்.
+அநியாயமாக ஒரு முஸ்லிமுக்கு ஏசுவதன் மோசமான பின்விளைவு. ஏனெனில், அநியாயமாக ஏசுபவன் பாவியாகும்.
+ஒரு முஸ்லிக்கு ஏசுவதும், அவனுடன் போரிடுவதும் ஈமானைப் பலவீனப்படுத்திக் குறைக்கச் செய்யும்.
+சில செயற்கள், இஸ்லாத்தை விட்டும் வெளியேற்றும் பெரிய குப்ருடைய அளவுக்குச் செல்லாவிட்டாலும், குப்ர் என அழைக்கப்படும்.
+இங்கு குப்ர் என்பதன் மூலம் நாடப்படுவது, அஹ்லுஸ் ஸுன்னாக்களின் ஏகோபித்த கருத்தின் படி, சிறிய குப்ராகும். ஏனெனில், முஸ்லிம்கள் தமக்கிடையில் பிணக்குகொண்டு, யுத்தம் செய்யும் சந்தர்ப்பங்களிலும், ஈமானிய சகோதரத்துவம் இருப்பதை அல்லாஹ் உறுதிப்படுத்தியுள்ளான். அல்லாஹ் கூறுகின்றான் : நம்பிக்கையாளர்களில் இருசாரார் தங்களுக்குள் சண்டையிட்டுக் கொண்டால், அவ்விரு சாராருக்கிடையில் சமாதானம் உண்டாக்குங்கள்; பின்னர், அவர்களில் ஒருசாரார் மற்றவர்மீது அக்கிரமம் செய்தால், அக்கிரமம் செய்வோர் அல்லாஹ்வுடைய கட்டளையின்பால் திரும்பும் வரையில், (அவர்களுடன்) போர் செய்யுங்கள்; அவ்வாறு, அவர்கள் (அல்லாஹ்வின் பால்) திரும்பி விட்டால், நியாயமாக அவ்விரு சாராரிடையே சமாதானம் உண்டாக்குங்கள்; (இதில்) நீங்கள் நீதியுடன் நடந்து கொள்ளுங்கள்; நிச்சயமாக அல்லாஹ் நீதியாளர்களை நேசிக்கின்றான். நிச்சயமாக நம்பிக்கையாளர்கள் (யாவரும்) சகோதரர்களே;</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5333</t>
+  </si>
+  <si>
     <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>அடியான் ஒருவனுக்கு மக்களில் சிலரை நிர்வகிக்கும் பொறுப்பை அல்லாஹ் வழங்கியிருக்க, அவர் அந்த மக்களை ஏமாற்றி மோசடி செய்த நிலையிலேயே மரணித்து விட்டால் அவருக்கு அல்லாஹ் சொர்க்கத்தைத் தடைசெய்துவிடுகிறான்</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக மஃகில் இப்னு யஸார் ரழியல்லாஹு அவர்கள் கூறினார்கள் : அடியான் ஒருவனுக்கு மக்களில் சிலரை நிர்வகிக்கும் பொறுப்பை அல்லாஹ் வழங்கியிருக்க, அவர் அந்த மக்களை ஏமாற்றி மோசடி செய்த நிலையிலேயே மரணித்து விட்டால் அவருக்கு அல்லாஹ் சொர்க்கத்தைத் தடைசெய்துவிடுகிறான்.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>மக்களுக்கு பொறுப்பாளராகவும், நிர்வாகியாகவும்   அல்லாஹ் ஓவ்வொருவரையும் ஆக்கியுள்ளதாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் இந்த ஹதீஸில் தெரிவிக்கிறார்கள். குறிப்பிட்ட நிர்வாகமானது அமீர் (கலீபா) போன்ற பொது (நாட்டு) நிர்வாகமாகவோ அல்லது குடும்பத்தினூடான வீட்டு நிர்வாகம் போன்ற குறிப்பான நிர்வாகமாக இருந்தாலும் சரியே இவையனைத்தையும் இது உள்ளடக்குகிறது. ஆகவே தனது குடிமக்களின் உரிமைகளில் அலட்சியமாக நடந்து, அவர்களுக்கு மோசடி செய்து அவர்களுக்கு எந்த நலனையும் நாடாது, மார்க்கம் மற்றும் உலகியல் உரிமைகளை பால்படுத்தியவரே இவ்வாறான கடுமையான தண்டணைக்கு தகுதியானவராக மாறுகிறார்.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>இந்த எச்சரிக்கையானது குறிப்பாக நாட்டின் தலைவர்  (கலீபா) மற்றும் அவரின் அரச பிரதிநிதிகள் போன்றோரை மாத்திரம் குறிக்காது. மாறாக யாரெல்லாம் குடிமக்களின் விவகாரங்களில் பொறுப்புக்கூறக்கூடிய பதவி நிலைகளில் உள்ளனரோ அவர்கள் அனைவரையும் இது குறிக்கும்.
 எனவே  முஸ்லிம் விவகாரங்களில் பொறுப்பொன்றை ஏற்ற யாவரும் அவர்களுக்கு நலன் நாடி, அவர்களின் அமானிதங்களை நிறைவேற்றுவதில் அயராது பாடுபட்டு அவர்களுக்கு துரோகம் மற்றும் மோசடி செய்வதிலிருந்து எச்சரிக்கையாக இருப்பதும் அவசியமாகும்.
@@ -7350,54 +9957,93 @@
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஜாபிர் இப்னு  அப்தில்லாஹ் ரழியல்லாஹு அன்ஹுமா அவர்கள் அறிவிக்கிறார்கள் : 'நற் செயல்கள் அனைத்தும் தர்மமாகும்.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>பிறருக்கு செய்யும் உபகாரமும், பயன்படத்தக்க ஒவ்வொரு வார்த்தையும் செயலும் தர்மமாகும், அதற்கு கூலியும், வெகுமதியும் உண்டு என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் தெரிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>தர்மம் என்பது மனிதன் தன்னிடமிருந்து வழங்கும் செல்வத்துடன் மாத்திரம் வரையறுக்கப்பட்டதன்று. மாறாக மனிதன் செய்யும் நற்செயல்கள் மற்றும் அவன் பேசும் வார்த்தைகள் மற்றும் பிறர் பயனடையவதற்கு சேர்ப்பிக்கும் அனைத்து சேவைகளையும் குறிக்கும்.
 நற்செயல், மற்றும் பிறருக்கு பயனளிக்கும் அனைத்தையும் செய்ய இந்நபிமொழி ஊக்குவிக்கின்றது.
 எந்த ஒரு நற்செயலும் சிறியதாக இருந்தாலும்  அதனை துச்சமாய் கருதாதிருத்தல்.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
-    <t>[رواه البخاري من حديث جابر ورواه مسلم من حديث حذيفة]</t>
+    <t>[இதனை ஜாபிர் (ரழி) அவர்கள் வாயிலாக இமாம் புஹாரியும், ஹுதைபா (ரழி) அவர்கள் வாயிலாக இமாம் முஸ்லிமும் பதிவுசெய்துள்ளனர்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5346</t>
+  </si>
+  <si>
+    <t>لا تبدؤوا اليهود ولا النصارى بالسلام، فإذا لقيتم أحدهم في طريق فاضطروه إلى أضيقه</t>
+  </si>
+  <si>
+    <t>யூத, கிறிஸ்தவர்களுக்கு நீங்கள் முந்திக்கொண்டு ஸலாம் கூறாதீர்கள். அவர்களில் ஒருவரைப் பாதையில் கண்டால், நெருக்கடியான ஒரு பகுதிக்குச் செல்ல அவர்களை நிர்ப்பந்தியுங்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَبْدَؤوا الْيَهُودَ وَلَا النَّصَارَى بِالسَّلَامِ، فَإِذَا لَقِيتُمْ أَحَدَهُمْ فِي طَرِيقٍ فَاضْطَرُّوهُ إِلَى أَضْيَقِهِ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதாக அபூஹூரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள்: யூத, கிறிஸ்தவர்களுக்கு நீங்கள் முந்திக்கொண்டு ஸலாம் கூறாதீர்கள். அவர்களில் ஒருவரைப் பாதையில் கண்டால், நெருக்கடியான ஒரு பகுதிக்குச் செல்ல அவர்களை நிர்ப்பந்தியுங்கள்.</t>
+  </si>
+  <si>
+    <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن بَدْءِ اليهودِ والنصارى بالسلام ولو كانوا ذِمِّيِّيْن، فضلًا عن غيرهم من الكفار، وبَيَّن صلى الله عليه وسلم أننا إذا لقينا أحدَهم في طريق فنَضْطَرّه إلى أَضيَق الطريق، فالمؤمن هو الذي يَمشي في وسط الطريق، والذي يَتَنَحَّى هو الكافر، ولا يكون المسلم ذليلًا بحال من الأحوال.</t>
+  </si>
+  <si>
+    <t>இறைநிராகரிப்பாளர்கள் ஒரு புறம் இருக்க, யூத, கிறிஸ்தவர்கள் - திம்மிகளாக இருந்தாலும் - அவர்களுக்கு நாமாக முந்திக்கொண்டு ஸலாம் சொல்வதை நபியவர்கள் தடுக்கின்றார்கள். மேலும், அவர்களில் ஒருவரை நாம் பாதையில்  கண்டால், பாதையின் ஓரத்திற்கு அவரைத் தள்ளிவிடுமாறும் அறிவுறுத்துகின்றார்கள். பாதையின் மத்தியில் நடந்துசெல்லவேண்டியவன் ஒரு முஃமின் மாத்திரமே! ஒதுங்கிப் போக வேண்டியவன் நிராகரிப்பாளனே! எந்த நிலையிலும் ஒரு முஸ்லிம் தாழ்ந்தவனாக இருக்கக் கூடாது.</t>
+  </si>
+  <si>
+    <t>لا يجوز للمسلم أن يبتدئ أحدًا من اليهود والنصارى وغيرهم من الكفار بالسلام.
+يجوز رد السلام عليهم إنْ هم بَدؤوا بالسلام بأن يقول: وعليكم.
+لا يجوز للمسلم أنْ يَتَقَصَّدَ أَذيّة الكافر بأن يُضَيِّقَ عليه قصدًا من غير موجب؛ ليضطره إلى أضيق الطريق؛ لكن إن كان الطريق ضيقًا أو مزدحمًا فالمسلم أحق به، والكافر يَتَنَحّى عنه.
+إظهار عزة المسلمين وصَغَار غيرهم، دون ظلم أو بَذَاءة في القول.
+التضييق على الكفار بسبب ما هم عليه من كفر بالله تعالى، قد يكون ذلك سببًا في إسلامهم؛ فينجوا من النار، إذا حملهم ذلك على معرفة السبب.
+لا بأس أن يقول المسلم للكافر ابتداءً كيف حالُك، كيف أصبحتَ، كيف أمسيتَ؟ ونحو ذلك إذا دعت الحاجة إلى ذلك؛ لأن النهي محمول على السلام.
+قال الطيبي: المُختار أنَّ المُبتدع لا يُبدأ بالسلام، ولو سلَّم على مَن لا يعرفه فظهر ذِميًّا أو مبتدعًا يقول: استرجعت سلامي تحقيرًا له.</t>
+  </si>
+  <si>
+    <t>எந்த ஒரு முஸ்லிமும், முந்திக்கொண்டு யூத, கிறிஸ்தவர்களில் யாருக்கும் ஸலாம் கூறுவது கூடாது.
+அவர்கள் முதலில் ஸலாம் கூறினால், 'வஅலைகும்' என்று மாத்திரம் கூறலாம்.
+ஒரு முஸ்லிம் நியாயமான காரணமின்றி, வேண்டுமென்றே ஒரு காபிருக்கு நோவினை செய்யும் நோக்கில், பாதையில் அவனுக்கு நெருக்கடியை ஏற்படுத்தக் கூடாது. ஆனால், பாதை ஒடுங்கியதாகவோ, சனநெரிசலானதாகவோ இருந்தால், அதில் செல்வதற்கு முஸ்லிமே தகுதியானவன். காபிர் ஒதுங்கிக் கொள்ள வேண்டும்.
+முஸ்லிம்களின் கண்ணியத்தை வெளிக் காட்டுவதோடு, அநீதமிழைக்காமலும், கீழ்த்தரமான வார்த்தைகள் பேசாமலும், முஸ்லிம் அல்லாதோரின் இழிந்த நிலையை வெளிக்காட்டல்.
+காபிர்களுக்கு நெருக்கடியைக் கொடுப்பதென்பது, அவர்களிடம் உள்ள இறைநிராகரிப்பின் காரணமாகத்தான். குறிப்பாக, அச்செயல் அவர்களை அதற்குரிய காரணத்தை அறியத் தூண்டினால் சிலவேளை அவர்கள் இஸ்லாத்தை ஏற்று, நரகில் இருந்து தப்புவதற்கு அது காரணமாக அமையலாம்.
+தேவையேற்படும் போது ஒரு முஸ்லிம் காபிரிடம், 'நீங்கள் எவ்வாறு உள்ளீர்கள்? உங்கள் காலைப்பொழுது எவ்வாறு உள்ளது? உங்கள் மாலைப்பொழுது எவ்வாறுள்ளது?' போன்ற விதத்தில் முந்திக்கொண்டு விசாரிக்கலாம். இங்கு தடுக்கப்பட்டுள்ளது ஸலாம் கூறுவது மாத்திரமே.
+தீபீ அவர்கள் கூறுகின்றார்கள் : ஒரு பித்அத்வாதிக்கும் முந்திக்கொண்டு ஸலாம் கூறக்கூடாது என்பதுவே ஏற்றமான கருத்தாகும். ஒருவேளை ஒரு முஸ்லிம்,  அறிமுகமற்ற ஒருவருக்கு ஸலாம் கூறி, பின்னர் அவர் ஒரு திம்மி என்றோ, பித்அத்வாதி என்றோ தெரியவந்தால், அவரை தாழ்த்தும் நோக்கில், 'எனது ஸலாமை வாபஸ் வாங்கிக்கொள்கின்றேன்.' என்று கூறுவார்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5347</t>
   </si>
   <si>
     <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>'நல்லறங்களில் எதையும் அற்பமாகக் கருதாதீர், அது  உமது சகோதரரை மலர்ந்த முகத்துடன் நீர் சந்திப்பதானாலும் சரியே'</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனக்கு கூறியதாக  அபூதர் அல்கிஃபாரி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'நல்லறங்களில் எதையும் அற்பமாகக் கருதாதீர், அது  உமது சகோதரரை மலர்ந்த முகத்துடன் நீர் சந்திப்பதானாலும் சரியே'.</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் நல்லறங்களை செய்யுமாறு தூண்டியுள்ளார்கள்.அது ஒருவரை சந்திக்கும் போது மலர்ந்த -இன்-முகத்துடன் இருப்பது போன்ற சிறிய ஒரு செயலாக இருப்பினும் சரியே என்கிறார்கள். இதன் மூலம் தனது சகோதர முஸ்லிமுக்கு அன்பு காட்டி, மகிழ்ச்சியை ஏற்படுத்த முடியுமென்பதால் இவ்வாறான விடயங்களை ஒரு முஸ்லிம்  அற்பமாகக் கருதாது  ஆர்வத்துடன் மேற்கொள்வது அவசியமாகும்.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
@@ -7719,112 +10365,380 @@
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அபூ ஸிர்மா ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள் : யார் ஒரு முஸ்லிமிற்குத் தீங்கு இழைக்கின்றானோ, அல்லாஹ் அவனுக்கு தீங்கிழைப்பான். மேலும் எவன் ஒருவன் முஸ்லிமை சிரமத்தில் ஆழ்த்துகிறானோ, அல்லாஹ் அவனைக் சிரமத்தில் ஆழ்த்துவான்.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>முஸ்லிமுக்கு தீங்கை ஏற்படுத்துதல் அல்லது  அவனது குடும்பம், சொத்து போன்ற ஏதாவது ஒரு விடயத்தில் சிரமத்தை ஏற்படுத்துதல் போன்றவனற்றை விட்டும் நபி ஸல்லல்லாஹு அலைஹிஸ்ஸலாம் அவர்கள் எச்சரிக்கிறார்கள். ஆகவே யார் ஒரு முஸ்லிமுக்கு தீங்கு செய்து, சிரமத்திற்குள்ளாக்குகின்றானோ அதைப்போன்ற தண்டனையை அல்லாஹ் தீங்கு செய்து சிரமப் படுத்தியவனுக்கு வழங்குகிறான்.</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
   </si>
   <si>
     <t>முஸ்லிமுக்கு தீங்கை ஏற்படுத்தி சிரமத்தை ஏற்படுத்துதல் ஹராமாகும்.
 பிறரால் பாதிக்கப்பட்ட  தனது அடியார்களுக்குகாக அல்லாஹ் தண்டனை வழங்குகின்றமை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5375</t>
   </si>
   <si>
+    <t>ليس منا من لطم الخدود، وشق الجيوب، ودعا بدعوى الجاهلية</t>
+  </si>
+  <si>
+    <t>கன்னங்களில் அடித்துக்கொள்பவர்கள், ஆடைகளைக் கிழித்துக்கொள்பவர்கள், ஜாஹிலிய்யாக் கால வார்த்தைப் பிரயோகங்களைக் கூறுபவர்கள் எங்களைச் சார்ந்தவர்கள் அல்ல</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ مِنَّا مَنْ لَطَمَ الخُدُودَ، وَشَقَّ الجُيُوبَ، وَدَعَا بِدَعْوَى الجَاهِلِيَّةِ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, அப்துல்லாஹ் இப்னு மஸ்ஊத் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : கன்னங்களில் அடித்துக்கொள்பவர்கள், ஆடைகளைக் கிழித்துக்கொள்பவர்கள், ஜாஹிலிய்யாக் கால வார்த்தைப் பிரயோகங்களைக் கூறுபவர்கள் எங்களைச் சார்ந்தவர்கள் அல்ல.</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم وحَذَّرَ عن بعض أفعال أهل الجاهلية فقال: ليس منا: 
+الأول: مَن لَطَمَ الخُدُود، وخَصَّ الخَدّ لكونه الغالب في ذلك، وإلا فَضَرْبُ بقية الوجه داخل في النهي. 
+والثاني: شَقَّ ما يُفْتَح من الثوب ليدخل فيه الرأس من شدّة الجزع. 
+والثالث: دَعى بدعوى أهل الجاهلية كالدعاء بالويل والثُّبُور والنياحة والنُّدْبَة وغيرها.</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள், சில ஜாஹிலிய்யாக் கால செயற்களை எச்சரித்துத் தடுக்கின்றார்கள். அவர்கள் கூறுகின்றார்கள் :
+முதலாவது : கன்னத்தில் அறைந்துகொள்பவர்கள் எங்களைச் சார்ந்தவர்கள் அல்ல. கன்னத்தைக் குறித்துச் சொல்வதற்கான காரணம், பெரும்பாலும் அவ்வாறு நடப்பதால் தான். எனவே, முகத்தின் ஏனைய பகுதிகளும் இந்தத் தடையினுள் நுழையும்.
+இரண்டாவது : ஆடையின் திறக்கப்படும் பகுதியைக் கிழித்து, பொறுமையின்மையின் உச்சகட்டமாகத்  தமது தலையை அதில் நுழைத்துக் கொள்பவர்கள்.
+மூன்றாவது : ஜாஹிலிய்யாக் கால வார்த்தைப் பிரயோகங்களாகிய, கேடு உண்டாகட்டும், அழிவு உண்டாகட்டும் என்று பிரார்த்தித்தல், ஒப்பாரி வைத்தல், புலம்புதல் போன்றவற்றைச் செய்தல்.</t>
+  </si>
+  <si>
+    <t>هذا الوعيد في الحديث يدل على أنَّ هذه الأعمال من كبائر الذنوب.
+وجوب الصبر على المصيبة، وتحريم التَّسَخُّط مِن أقدار الله المؤلمة، وإظهار ذلك: بالنياحة أو النَّدْب أو الحَلْق أو الشَّقّ أو غير ذلك.
+تحريم تَقلِيْد الجاهلية بأمورهم التي لم يُقِرّهم الشارع عليها.
+لا بأس من الحُزْن والبكاء، فهو لا ينافي الصبر على قضاء الله تعالى، وإنما هو رحمة جعلها الله في قلوب الأقارب والأحباب.
+على المسلم الرضا بقضاء الله، فإنْ لم يَرْضَ فالصبر واجب عليه.</t>
+  </si>
+  <si>
+    <t>ஹதீஸில் வந்தள்ள இந்த எச்சரிக்கை, இந்த செயல்கள் பெரும்பாவங்கள் என்பதை உணர்த்தி நிற்கின்றன.
+சோதனைகளின் போது பொறுமையாக இருப்பது கட்டாயமாகும். துன்பம் தரும் அல்லாஹ்வின் ஏற்பாடுகளின் போது ஆத்திரப்படுவதோ, ஒப்பாரி, புலம்பல், முடியை சிறைத்தல், ஆடைகளைக் கிழித்துக்கொள்ளல் போன்றவற்றின் மூலம் ஆத்திரத்தை வெளிக்காட்டுவதோ தடுக்கப்பட்டதாகும்.
+ஜாஹிலிய்யாக் கால வழமைகளில், மார்க்கம் சரிகாணாதவற்றைப் பின்பற்றுவது தடுக்கப்பட்டதாகும்.
+கவலைப்படுவதும், அழுவதும் குற்றமாகமாட்டாது. அல்லாஹ்வின் ஏற்பாட்டைப் பொறுமையோடு ஏற்றுக்கொள்வதற்கு அது முரணாகமாட்டாது. மாறாக, அது, உறவினர்கள் மற்றும் அன்பர்களின் உள்ளங்களில் அல்லாஹ் வைத்துள்ள இரக்க குணமாகும்.
+ஒரு முஸ்லிம் அல்லாஹ்வின் விதியைத் திருப்தியோடு ஏற்றுக்கொள்ளவேண்டும். அவ்வாறு பொருந்திக்கொள்ளாவிட்டாலும், பொறுமையாக இருப்பது கட்டாயமாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5380</t>
+  </si>
+  <si>
     <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>'ஓர் அடியான் ஸுஜூத் செய்து கொண்டிருக்கும் நிலையில்தான் தனது இரட்சகனுக்கு மிகவும் நெருக்கமாக இருக்கிறான், ஆகவே அந்நிலையில் அதிகமாக பிரார்த்தனை செய்யுங்கள்'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதாக அபூஹூரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள் : 'ஓர் அடியான் ஸுஜூத் செய்து கொண்டிருக்கும் நிலையில்தான் தனது இரட்சகனுக்கு மிகவும் நெருக்கமாக இருக்கிறான், ஆகவே அந்நிலையில் அதிகமாக பிரார்த்தனை செய்யுங்கள்'.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு அடியான் அவன் ஸுஜூதில் இருக்கும் நிலையில் தனது இரட்சகனுக்கு மிகவும் நெருக்கமானவனாக உள்ளான் என்பதை தெளிவு படுத்துகிறார்கள். தொழும் ஒருவர் தனது மேனியின் மிகவும் உயர்ந்த மேன்மைமிக்க பகுதியான நெற்றியை அல்லாஹ்வுக்கு பணிந்து, அடக்கமாக தரையில் வைக்கும் இடம் அவன் ஸுஜூதில் இருக்கும் நிலையாகும்.
 சொல்லினாலும் மற்றும் செயலினாலும் அல்லாஹ்வுக்கு பணிந்து அடக்கமாக இருக்கும் நிலை ஸுஜூதில் காணப்படுவதால் அந்நிலையில் இருக்கும் வேளை அதிகம் பிரார்தனை புரியுமாறு நபியவர்கள் கட்டளைப் பிரப்பித்துள்ளார்கள்.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>அல்லாஹ்வுக்கு கட்டுப்பட்டு நடப்பது அல்லாஹ்வுடனான நெருக்கத்தை அதிகரிக்கிறது.
 ஸுஜூதில் அதிகம் பிராரத்திப்பது வரவேற்கத்தக்க விடயமாகும். அது துஆக்கள் ஏற்றுக்கொள்ளப்படும் சந்தர்ப்பங்களில் ஒன்றாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5382</t>
+  </si>
+  <si>
+    <t>من اغتسل يوم الجمعة غسل الجنابة ثم راح، فكأنما قرب بدنة</t>
+  </si>
+  <si>
+    <t>பெருந்துடக்கிற்காகக் குளிப்பதைப் போன்று வெள்ளிக்கிழமை அன்று குளித்துவிட்டுப் பள்ளிவாசலுக்கு (நேரத் தோடு) செல்பவர், ஓர் ஒட்டகத்தை 'குர்பானி' கொடுத்தவரைப் போன்றவர் ஆவார்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّانِيَةِ، فَكَأَنَّمَا قَرَّبَ بَقَرَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّالِثَةِ، فَكَأَنَّمَا قَرَّبَ كَبْشًا أَقْرَنَ، وَمَنْ رَاحَ فِي السَّاعَةِ الرَّابِعَةِ، فَكَأَنَّمَا قَرَّبَ دَجَاجَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الخَامِسَةِ، فَكَأَنَّمَا قَرَّبَ بَيْضَةً، فَإِذَا خَرَجَ الإِمَامُ حَضَرَتِ المَلاَئِكَةُ يَسْتَمِعُونَ الذِّكْرَ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் கூறியதாகஅபூ ஹுரைரா(ரழியல்லாஹு அன்ஹு) அறிவித்துள்ளார்கள் : பெருந்துடக்கிற்காகக் குளிப்பதைப் போன்று வெள்ளிக்கிழமை அன்று குளித்துவிட்டுப் பள்ளிவாசலுக்கு (நேரத் தோடு) செல்பவர், ஓர் ஒட்டகத்தை 'குர்பானி' கொடுத்தவரைப் போன்றவர் ஆவார். இரண்டாவது நேரத்தில் செல்பவர், ஒரு மாட்டை 'குர்பானி' கொடுத்த வரைப் போன்றவர் ஆவார். மூன்றாவது நேரத்தில் செல்பவர், கொம்புள்ள ஆட்டை 'குர்பானி' கொடுத்தவரைப் போன்றவர் ஆவார்.
+நான்காவது நேரத்தில் செல்பவர், ஒரு கோழியைத் தர்மம் செய்தவரைப் போன்றவர் ஆவார். ஐந்தாவது நேரத்தில் செல்பவர், முட்டையைத் தர்மம் செய்தவரைப் போன்றவர் ஆவார். இமாம் (பள்ளிவாசலுக்குள்) வந்துவிட்டால் வானவர்களும் (உள்ளே) வந்து (இமாமின்) உரையைச் செவியுறுகிறார்கள்.</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فَضْل التَّبْكِيْر في الذهاب إلى صلاة الجمعة، 
+ويبدأ التبكير من طلوع الشمس إلى مجيء الإمام؛ وهو خمس ساعات، وتقسم على حسب الوقت بين طلوع الشمس إلى دخول الإمام وصعوده المنبر للخطبة خمسة أجزاء:
+الأول: من اغتسل غسلًا كاملًا كغسل الجنابة،  ثم ذهب لمسجد الجمعة في الساعة الأولى فكأنما تصدَّق بِجَمَل.
+الثاني: من ذهب في الساعة الثانية فكأنما تصدَّق ببقرة.
+الثالث: من ذهب في الساعة الثالثة فكأنما تصدق بكبش -وهو ذكر الضأن-  له قرون. 
+الرابع: من ذهب في الساعة الرابعة فكأنما تصدق بدجاجة.
+الخامس: من ذهب في الساعة الخامسة فكأنما تصدق ببيضة.
+فإذا خرج الإمام للخطبة؛ توقَّفت الملائكة الجالسون على الأبواب لكتابة الداخلين للمسجد الأول فالأول عن الكتابة، وجاؤوا يستمعون الذكر والخطبة.</t>
+  </si>
+  <si>
+    <t>ஜும்ஆத் தொழுகைக்கு நேரகாலத்துடன் செல்வதன் சிறப்புக் குறித்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள். நேரகாலத்துடன் ஜும்ஆத் தொழுகைக்கு பள்ளிக்குச் செல்லுதல் சூரிய உதயத்திலிருந்து ஆரம்பித்து இமாம் உரை நிகழ்த்த வரும் வரை நீடிக்கிறது. இது ஐந்து நேரங்களை கொண்டதாக அமைந்துள்ளது. இந்நேரங்கள் சூரியன் உதித்ததிலிருந்து இமாம் பள்ளிக்கு வருகைத் தந்து மின்பரில் ஏறும் வரை ஐந்து பகுதிகளாக பிரிக்கப்பட்டுள்ளன.அவை பின்வருமாறு:
+முதலாவது : ஒருவர் பெருந்தொடக்கை நீக்க குளிப்பது போன்று முழுமையான முறையில் குளித்து விட்டு ஜும்ஆத் தொழும் பள்ளிக்கு அதன் ஆரம்ப நேரத்தில் சென்றால் அவர் ஒரு ஒட்டகையை தர்மம் செய்தவர் போன்றாவராவார்.
+இரண்டாவது நேரத்தில் செல்பவர், ஒரு மாட்டை'குர்பானி' கொடுத்த வரைப் போன்றவர் ஆவார்.
+மூன்றாவது நேரத்தில் செல்பவர், கொம்புள்ள ஆட்டை 'குர்பானி' கொடுத்தவரைப் போன்றவர் ஆவார்.
+நான்காவது நேரத்தில் செல்பவர், ஒரு கோழியைத் தர்மம் செய்தவரைப் போன்றவர் ஆவார்.
+ஐந்தாவது நேரத்தில் செல்பவர், முட்டையைத் தர்மம் செய்தவரைப் போன்றவர் ஆவார்.
+இமாம் பள்ளிக்குள் உரை நிகழ்த்த வந்துவிட்டால் பள்ளிக்குள் முதன் முதலாக வருபவர்களை பதிவு செய்ய அமர்ந்திருந்த மலக்குகள் பதிவு செய்வதை நிறுத்தி விட்டு, இமாமின் உரையை செவிமடுக்க வந்து விடுவார்கள்.</t>
+  </si>
+  <si>
+    <t>الحث على الاغتسال يوم الجمعة، ويكون قبل الذهاب إلى الصلاة.
+فضيلة التبكير إلى صلاة الجمعة من أول ساعات النهار.
+الحث على المبادرة إلى الأعمال الصالحة.
+حضور الملائكة صلاة الجمعة واستماعهم للخطبة.
+الملائكة على أبواب المساجد، يكتبون القادمين، الأوّل فالأول، في المجيء إلى صلاة الجمعة.
+قال ابن رجب: قوله: "من اغتسل يوم الجمعة، ثم راح" يَدُلّ على أن الغُسل المستحب للجمعة أوّله طلوع الفجر، وآخره الرواح إلى الجمعة.</t>
+  </si>
+  <si>
+    <t>ஜும்ஆத் தினத்தில் தொழுகைக்கு செல்ல முன் குளிக்க வேண்டும் என ஆர்வமூட்டப்பட்டிருத்தல்.
+ஜும்ஆத் தொழுகைக்கு ஆரம்ப நேரத்தில் நேரகாலத்துடன் செல்வதன் சிறப்பு குறிப்பிடப்பட்டிருத்தல்.
+நற்காரியங்களில் விரைந்து செயற்பட உட்சாகமூட்டப்பட்டிருத்தல்.
+ஜும்ஆத் தொழுகைக்கு மலக்குகள் வருகை தந்து பிரசங்கத்தை செவிமடுக்கின்றமை.
+மலக்குகள் மஸ்ஜித்தின் வாயில்களில் அமர்ந்து ஜும்ஆத் தொழுகைக்காக பள்ளிக்கு வருகைத் தருவோரின் பெயர்களை அவர்கள் சமூகமளித்த நேரத்தின் அடிப்படையில் பதிவு செய்கின்றமை.
+இப்னு ரஜப் (ரஹ்) அவர்கள் கூறுகிறார்கள் : 'வெள்ளிக்கிழமை குளித்துவிட்டு பின் பள்ளிக்குச் செல்பவர்' என்ற ஹதீஸின் கூற்றானது, வெள்ளிக் கிழமையில் குளிப்பதற்கான நேரம் பஜ்ர் உதயத்துடன் தொடங்கி வெள்ளிக்கிழமை தொழுகைக்குப் புறப்படும் நேரம் வரை நீடிக்கிறது என்பதைக் குறிக்கிறது. இது ஒரு முஸ்தஹப்பான குளிப்பாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5393</t>
+  </si>
+  <si>
+    <t>من جاء منكم الجمعة فليغتسل</t>
+  </si>
+  <si>
+    <t>உங்களில் யாராவது ஜும்ஆவுக்காக வருவதாக இருந்தால், குளித்துக்கொள்ளட்டும்</t>
+  </si>
+  <si>
+    <t>عن عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «‌مَنْ ‌جَاءَ ‌مِنْكُمُ ‌الْجُمُعَةَ فَلْيَغْتَسِلْ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறத் தாம் கேட்டதாக அப்துல்லாஹ் இப்னு உமர் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : உங்களில் யாராவது ஜும்ஆவுக்காக வருவதாக இருந்தால், குளித்துக்கொள்ளட்டும்.</t>
+  </si>
+  <si>
+    <t>يُؤَكِّدُ النبيُّ صلى الله عليه وسلم على مَن أراد أنْ يأتي لصلاة الجمعة فإنه يستحب له أن يغتسل، مثل غُسلِه للجنابة.</t>
+  </si>
+  <si>
+    <t>யாராவது ஜும்ஆத் தொழுகைக்காக வர நாடினால், கடமையான குளிப்பைப் போல குளித்துக்கொள்வது அவருக்கு ஸுன்னாவாகும் என்பதை நபியவர்கள் இங்கு உறுதிப் படுத்துகின்றார்கள்</t>
+  </si>
+  <si>
+    <t>تأكيد غُسْل الجمعة، وأنه سنة للمؤمن يوم الجمعة وأنْ يكون عند الذهاب للصلاة أفضل.
+الحرص على النظافة وطيب الرائحة من أخلاق المسلم وآدابه، ويتأكد الأمر عند مُلاقاة الناس ومجالستهم، لا سيما في الجمع والجماعات.
+الخطاب في الحديث لِمَن تَجب عليه الجمعة؛ لأنه هو الذي يأتيها.
+يستحب لمن يأتي الجمعة أن يكون نظيفًا، فيغتسل حتى تزول الروائح من جسده ويتطيب، وإن توضأ فقط أجزأه ذلك.</t>
+  </si>
+  <si>
+    <t>ஜும்ஆக் குளிப்பை வலியுறுத்தல். அது ஜும்ஆத் தினத்தில் ஒரு முஃமின் செய்யவேண்டிய ஒரு ஸுன்னா என்றும், தொழுகைக்காக வெளிக்கிளம்ப சற்றுமுன்னர் குளிக்கவேண்டும் என்பதையும் வலியுறுத்தல்.
+சுத்தம் மற்றும் நறுமணத்தைப் பேணுவது ஒரு முஸ்லிமின் ஒழுக்கப்பண்பாடுகளில் உள்ளதாகும். மக்களை சந்தித்து, அவர்களுடன் ஒன்றாக இருக்கும் சந்தர்ப்பங்களில், அதிலும் குறிப்பாக, ஜும்ஆ மற்றும் ஜமாஅத் தொழுகைகளின் போது இது மேலும் வலியுறுத்தப்படும்.
+இந்த ஹதீஸில் ஏவப்படுபவர்கள் ஜும்ஆத் தொழுகை நிறைவேற்றுவது கடமையானவர்களே! ஏனெனில், அவர்கள் தான் ஜும்ஆவுக்காக வருகை தருபவர்கள்.
+ஜும்ஆவுக்காக வருபவர் சுத்தமாக இருப்பது விரும்பத்தக்கது. எனவே, உடம்பில் உள்ள துர்வாடைகள் நீங்குமளவு குளித்து, நறுமணம் பூசிக்கொள்வார். அவர் வுழு மாத்திரம் செய்தாலும் நிறைவேறும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5394</t>
+  </si>
+  <si>
+    <t>البخيل من ذكرت عنده فلم يصل علي</t>
+  </si>
+  <si>
+    <t>எனது பெயர் ஒருவனிடம் கூறப்பட்டும், என் மீது ஸலவாத் சொல்லாமல் இருப்பவனே, உண்மையில் கஞ்சனாகும்</t>
+  </si>
+  <si>
+    <t>عَنِ الحُسَينِ بنِ عَلِيٍّ بنِ أَبِي طَالِبٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْبَخِيلُ مَنْ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, ஹுஸைன் இப்னு அலி (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : எனது பெயர் ஒருவனிடம் கூறப்பட்டும், என் மீது ஸலவாத் சொல்லாமல் இருப்பவனே, உண்மையில் கஞ்சனாகும்.</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْك الصلاة عليه حال سَمَاع اسمه أو كُنْيَتِه أو وصفه، وقال: البَخيل كامل البُخْل مَن ذُكرتُ عنده فلم يُصلِّ عليّ؛ وذلك لأمور: 
+الأول: أنه بُخْلٌ بشيءٍ لا يَخْسَر بسببه قليلًا ولا كثيرًا، ولا يَبذُل مالًا، ولا يَبذُل جُهْدًا. 
+الثاني: أنه بَخِلَ على نفسه وحَرَمَها أجرَ الصلاة على رسوله صلى الله عليه وسلم؛ لأنه بامتناعه من الصلاة عليه قد شَحَّ وامتنع من أداء حقٍّ يَتَعَيَّنُ عليه أداؤه امتثالًا للأمر وينال به الأجر. 
+الثالث: أنَّ الصلاة عليه فيها أداء بعض حقِّ النبي صلى الله عليه وسلم، فهو الذي عَلَّمنا، وهو الذي أرشدَنا، وهو الذي دعانا إلى الله تبارك وتعالى، وجاءنا بهذا الوحي، وهذه الشَّريعة، فهو سبب هدايتنا -بعد الله تبارك وتعالى- ومَن لم يُصلِّ عليه يكون قد بَخِل على نفسه، وبَخِل على نبيِّه صلى الله عليه وسلم بحقٍّ هو من أدنى حقوقه.</t>
+  </si>
+  <si>
+    <t>நபியவர்கள், தமது பெயரையோ, புனைப்பெயரையோ, வர்ணனையையோ கேட்டும் ஸலவாத் சொல்லாமல் இருப்பதை எச்சரிக்கும் விதமாக, 'முழுமையான கஞ்சன் யாரென்றால், எனது பெயர் நினைவுபடுத்தப்பட்டும் ஸலவாத் கூறாதவனே' என்று கூறுகின்றார்கள். அதற்குப் பல காரணங்கள் உண்டு:
+முதலாவது, இது அற்பத்தில் கஞ்சத்தனம் காட்டுவதாகும். இதனால் அவருக்கு குறைவாகவோ, கூடுதலாகவோ நட்டம் ஏற்படுவதில்லை. இதற்கு அவர் பணத்தையோ, முயற்சியையோ செலவளிக்கவேண்டியதில்லை.
+இரண்டாவது, இவர் தனக்குத் தானே கஞ்சத்தனப்பட்டுக்கொண்டு, நபியவர்களுக்கு ஸலவாத் சொல்வதால் கிடைக்கும் நன்மைகளைத் தவறவிடுகின்றார். ஏனெனில், இவர் ஸலவாத் சொல்லாமல் இருப்பதால், நபியவர்களின் ஏவலின் பிரகாரம் தன் மீது கடமையாகியுள்ள, தனக்கு நன்மைகளைப் பெற்றுத் தரும் ஒரு கடமையை நிறைவேற்றாமல் கஞ்சத்தனம் காட்டுகின்றார்.
+மூன்றாவது, நபியவர்கள் மீது ஸலவாத் சொல்வதன் மூலம், அவர்களுக்கு நிறைவேற்றவேண்டிய சில கடமைகள் நிறைவேற்றப்படுகின்றது. ஏனெனில், அவர்களே எமக்கக் கற்றுத் தந்தவர்கள், அவர்களே எமக்கு வழிகாட்டியவர்கள். அவர்களே எம்மை அல்லாஹ்வை நோக்கி அழைத்தவர்கள். இந்த வஹியையும், இந்த ஷரீஆவையும் கொண்டு வந்தவர்கள் அவரே! அல்லாஹ்வுக்கு அடுத்ததாக, எமக்கு நேர்வழி கிடைக்க அவர்கள் தாம் காரணமாக இருந்துள்ளார்கள். எனவே, நபியவர்கள் மீது ஸலவாத் சொல்லாதவன், தனக்குத் தானே கஞ்சத்தனம் காட்டிக்கொள்வது மாத்திரமால்லாமல், நபியவர்களுக்குச் செய்ய வேண்டிய மிகச் சிறிய ஒரு கடமையை நிறைவேற்றாதும் கஞ்சத்தனம் காட்டுகின்றான்.</t>
+  </si>
+  <si>
+    <t>تَرْك الصلاة على النبي صلى الله عليه وسلم عنوان الشُّحِّ.
+الصلاة على النبي صلى الله عليه وسلم من أفضل القُرُبات والطاعات في جميع الأوقات، ويتأكّد حالَ ذِكْرِه.
+قال النووي: إذا صلى على النبي صلى الله عليه وسلم فليَجمع بين الصلاة والتسليم، ولا يَقتصر على أحدِهما؛ فلا يَقل: (صلى الله عليه) فقط، ولا: (عليه السلام) فقط.
+قال أبو العالية في قوله: (إن الله وملائكته يصلون على النبي) قال: صلاة الله عز وجل على نبيه: ثناؤه عليه، والصلاة من الملائكة والبشر: الدعاء.
+قال الحليمي: فمعنى «اللهم صلّ على محمد»: اللهم عظّمه في الدنيا بإعلاء ذِكْرِه، وإظهار دينه، وإبقاء شريعته، وفي الآخِرة: بِتَشْفِيْعِهِ في أُمَّتِهِ، وإِجْزَال أجره ومثوبته، وإبداء فضله للأولين والآخرين بالمقام المحمود، وتقديمه على كافة المقربين الشهود.</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்களுக்கு ஸலவாத் கூறாமல் இருப்பது தான் கஞ்சத்தனத்தின் மிகப் பிரதானமான அடையாளமாகும்.
+நபி (ஸல்) அவர்கள் மீது ஸலவாத் கூறுவதென்பது, எல்லா நேரங்களிலும் செய்யப்படவேண்டிய, மிகச் சிறந்த ஒரு வணக்கமாக உள்ள அதேவேளை, அவர்களது பெயர் கூறப்படும் போதும் மேலும் உறுதியான வணக்கமாக மாறுகின்றது.
+இமாம் நவவீ (ரஹ்) அவர்கள் கூறுகின்றார்கள் : ஒருவர் நபியவர்கள் மீது ஸலவாத் கூறும் போது, ஸலவாத், ஸலாம் ஆகிய இரண்டடையும் சேர்த்துக் கூறட்டும். 'அல்லாஹ் அவர் மீது ஸலவாத் கூறட்டும்' என்று மாத்திரமோ, 'அவர் மீது ஸலாம் உண்டாகட்டும்' என்று மாத்திரமோ கூறவேண்டாம்.
+'நிச்சயமாக அல்லாஹ்வும், அவனது மலக்குகளும் நபியவர்கள் மீது ஸலவாத் கூறுகின்றனர்' என்ற வசனத்தை விளக்கும் போது அபுல் ஆலியா அவர்கள் இவ்வாறு கூறுகின்றார்கள் : 'அல்லாஹ் நபியவர்கள் மீது ஸலவாத் சொல்வதென்பது, அவர்களைப் புகழ்வதாகும். மலக்குமார்களும், மனிதர்களும் அவர்கள் மீது ஸலவாத் சொல்வதென்பது, துஆக் கேட்பதாகும்.'
+ஹுலைமீ (ரஹ்) அவர்கள் கூறுகின்றார்கள் : 'அல்லாஹும்ம ஸல்லி அலா முஹம்மத்' என்பதன் அர்த்தமாவது, 'யா அல்லாஹ்! இவ்வுலகில், நபியவர்களை, அவர்களது புகழை உயர்த்தியும், அவர்களது மார்க்கத்தை மேலோங்கச் செய்தும், அவர்களது சரீஆவை நிலைபெறச் செய்தும் மகிமைப்படுத்துவாயாக! மறுமையில், உம்மத்திற்காக அவர்கள் செய்யும் சபாஅத்தை ஏற்றும், அவர்களது கூலியை முழுமையாக வழங்கியும், அல்மகாமுல் மஹ்மூதின் மூலம் அவர்களது சிறப்பை முன்சென்றோருக்கும், பின்வந்தோருக்கும் எடுத்துக் காட்டியும், இறைநெருக்கமுடைய சாட்சியாளர்கள் அனைவரையும் விட அவர்களை முற்படுத்தியும் மகிமைப்படுத்துவாயாக!</t>
+  </si>
+  <si>
+    <t>[இந்த ஹதீஸை இமாம்களான திர்மதி, குப்ரா எனும் நூலில் நஸாஈ, அஹ்மத் ஆகியோர் பதிவுசெய்துள்ளனர்]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5403</t>
+  </si>
+  <si>
+    <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
+  </si>
+  <si>
+    <t>உணவை சாப்பிடும் ஒருவர் (அவர் சாப்பிட்டதன் பின்)  'அல்ஹம்து லில்லாஹில்லதி அத்அமனி ஹாதா வரஸகனீஹி மின்கைரி ஹவ்லின் மின்னி வலா குவ்வா என்று கூறுகிறாரோ அவரின் முன்சென்ற பாவங்கள் மன்னிக்கப்படும்' 
+(திக்ரின் கருத்து ) எல்லா புகழும் அல்லாஹ்வுக்கே! அவனே எனக்கு இந்த உணவை அளித்தான். என்னிடமிருந்து எந்தவித சக்தியும் முயற்சியுமின்றியே எனக்கு இதனை அருளினான்;)</t>
+  </si>
+  <si>
+    <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
+  </si>
+  <si>
+    <t>ஸஹ்ல் இப்னு முஆத் இப்னி அனஸ் அவர்கள் தனது தந்தை மூலமாக அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் கூறியதாக அறிவிக்கிறார்கள் : உணவை சாப்பிடும் ஒருவர் (அவர் சாப்பிட்டதன் பின்)  'அல்ஹம்து லில்லாஹில்லதி அத்அமனி ஹாதா வரஸகனீஹி மின்கைரி ஹவ்லின் மின்னி வலா குவ்வா என்று கூறுகிறாரோ அவரின் முன்சென்ற பாவங்கள் மன்னிக்கப்படும்' 
+(திக்ரின் கருத்து ) எல்லா புகழும் அல்லாஹ்வுக்கே! அவனே எனக்கு இந்த உணவை அளித்தான். என்னிடமிருந்து எந்தவித சக்தியும் முயற்சியுமின்றியே எனக்கு இதனை அருளினான்;)</t>
+  </si>
+  <si>
+    <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
+ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
+  </si>
+  <si>
+    <t>உணவை உண்ணும் ஒருவர் அல்லாஹ்வை புகழவேண்டும் என நபியவர்கள் வலியுறுத்துகிறார்கள். ஏனெனில் அல்லாஹ்வின் உதவியின்றி அந்த உணவை பெற்றுக்கொள்வதற்கோ அதனை சாப்பிடுவதற்கான சக்தியோ தனக்குக் கிடையாது என்று தனது இயலாமையை ஏற்றுக்கொண்டு அல்லாஹ்வை முழுமையாக புகழ்வதை இது குறிக்கிறது. இந்தப்பிரார்த்தனையை கூறுபவருக்கு அவர்  முன்செய்த சிறிய பாவங்களுக்கான இறைமன்னிப்புக் கிடைக்கும் அதற்கு அவர் தகுதிபெறுகிறார் என நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் நற்;செய்தி கூறுகிறார்கள்.</t>
+  </si>
+  <si>
+    <t>استحباب حَمْد الله تعالى في آخر الطعام.
+بيان عظيم فضل الله تعالى على عباده حيث رزَقَهم ويَسَّرَ لهم أسباب الرزق وجعل في ذلك تكفير السيئات.
+أمور العباد كلها من الله عز وجل، وليست بحولهم وقوتهم، والعبد مأمور بفعل الأسباب.</t>
+  </si>
+  <si>
+    <t>உணவு உண்டபின் இறுதியாக அல்லாஹ்வை புகழ்வது வரவேற்கத்தக்கது.
+அடியார்களுக்கு உணவளித்து உணவுக்கான வழிகளை இலகுபடுத்தி அதில் பாவங்களுக்கு குற்றப்பரிகாரத்தையும் ஏற்படுத்தி வைத்திருப்பதன்; மூலம் தனது அடியார்களுக்கு அல்லாஹ் புரிந்துள்ள மகத்தான அவனின் அருள் குறித்து இந்த ஹதீஸ் தெளிவுபடுத்தியுள்ளமை.
+அடியார்களின் விவகாரங்கள் அனைத்தும் அல்லாஹ்விடமே உள்ளன. அவர்களுக்கு அதில் எவ்வித ஆற்றலோ சக்தியோ கிடையாது. அடியார்களைப் பொருத்தவரை அதற்கான காரண காரியங்களில் ஈடுபடவே பணிக்கப்பட்டுள்ளான்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5431</t>
+  </si>
+  <si>
+    <t>من توضأ فأحسن الوضوء ثم أتى الجمعة فاستمع وأنصت غفر له ما بينه وبين الجمعة وزيادة ثلاثة أيام</t>
+  </si>
+  <si>
+    <t>'(வெள்ளிக்கிழமை) யார் வுழு செய்து அதனை அழகிய முறையில் செய்து, பின் ஜும்ஆவிற்கு வருகை தந்து (இமாமின் உரையை) குத்பாவை செவிதாழ்த்தி மௌனமாக கேட்கிறாரோ அவருக்கு அந்த ஜுமுஆவிலிருந்து அடுத்த ஜுமுஆ வரைக்கும் செய்த (சிறு)பாவங்கள் மன்னிக்கப்படுவதோடு மேலதிகமாக மூன்று நாட்களின் பாவங்களும் மன்னிக்கப்படுகின்றன</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ ثُمَّ أَتَى الْجُمُعَةَ فَاسْتَمَعَ وَأَنْصَتَ غُفِرَ لَهُ مَا بَيْنَهُ وَبَيْنَ الْجُمُعَةِ وَزِيَادَةُ ثَلَاثَةِ أَيَّامٍ، وَمَنْ مَسَّ الْحَصَى فَقَدْ لَغَا».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : '(வெள்ளிக்கிழமை) யார் வுழு செய்து அதனை அழகிய முறையில் செய்து, பின் ஜும்ஆவிற்கு வருகை தந்து (இமாமின் உரையை) குத்பாவை செவிதாழ்த்தி மௌனமாக கேட்கிறாரோ அவருக்கு அந்த ஜுமுஆவிலிருந்து அடுத்த ஜுமுஆ வரைக்கும் செய்த (சிறு)பாவங்கள் மன்னிக்கப்படுவதோடு மேலதிகமாக மூன்று நாட்களின் பாவங்களும் மன்னிக்கப்படுகின்றன. இமாம் உரைநிகழ்த்தும் போது  தரையில் கிடக்கும் சிறுகற்களை தொட்டு யார் விளையாடுகிறாரோ அவர் வீணான செயலில் ஈடுபட்டுவிட்டார்.'</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضأ فأحسن وضوءه بإتمام أركانه والإتيان بسننه وآدابه، ثم أتى صلاة الجمعة وأنصت وأصغى للخطيب، وسكت عن اللغو؛ غفر الله له صغائر ذنوب عشرة أيام، من صلاة الجمعة إلى الجمعة الثانية وزياة ثلاثة أيام؛ لأن الحسنة بعَشر أمثالها، 
+ثم حذَّر صلى الله عليه وسلم من عدم إقبال القلب عمّا يقال في الخطبة من مواعظ، ومِن عَبَثِ الجوارح مِن مَسِّ الحصى وغيره من أنواع العبث والانشغال، بأنَّ مَن فَعل ذلك فقد لغا، ومن لغا فلا حظ له في أجر جمعة كاملة.</t>
+  </si>
+  <si>
+    <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அவர்கள் யார் வுழு செய்து அதன் அர்கான்கள் மற்றும் சுன்னாக்கள் ஒழுக்கங்களை பேணி  சீராகவும் அழகிய முறையிலும் செய்து, பின் ஜுமுஆத் தொழுகைக்காக வந்து இமாமின் உரையை ஈடுபாட்டுடன் மௌனமாக செவிதாழ்த்திக் கேட்பதோடு வீணான பேச்சுக்களை பேசாது மௌனமாக இருப்பவரின் பத்து நாட்களுக்கான சிறு பாவங்கள் மன்னிக்கப்படுகிறது. ஏனெனில் ஒரு நன்மையென்பது அது போன்று பத்து மடங்காகும். என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள் . குத்பாவில் கூறப்படும் அறிவுரைக்கு முக்கியத்துவம் கொடுக்காது பொடிக்கற்களால் விளையாடுதல் போன்ற  சிந்தனை திசைத் திருப்பும்; வீணான செயல்களில் ஈடுபடுவதானது ஜுமுஆவின் பூரணகூலியைப் பெற்றுக் கொள்வதில் தடையாக இருப்பதோடு, அதற்கான அதிஷ்டமும் கைநழுவிவிடும்.</t>
+  </si>
+  <si>
+    <t>الحث على أداء الوضوء وإتمامه على كمال، والمحافظة على صلاة الجمعة.
+فضل صلاة الجمعة.
+وجوب الإنصات لخطبة الجمعة، وعدم التشاغل عنها بالكلام وغيره.
+من لغا أثناء الخطبة فصلاة الجمعة مجزئة ومسقطة للفرض، مع نقص الأجر.</t>
+  </si>
+  <si>
+    <t>வுழுவை பரிபூரணமாகவும் அழகிய முறையிலும் செய்வதற்கு வலியுறுத்தப்பட்டுள்ளதோடு ஜுமுஆத் தொழுகையை பேணிவருவதற்கும் வலியுறுத்தப்பட்டிருத்தல்.
+ஜுமுஆத் தொழுகையின் சிறப்பு குறிப்பிடப்பட்டிருத்தல்.
+ஜுமுஆ குத்பாவின்போது –உரையின் போது- மௌனமாக இருப்பதும், கதைத்தல் போன்ற விடயங்களில் ஈடுபட்டு குத்பாவை அலட்சியம் செய்யாது இருப்பதும் அவசியமாகும்
+குத்பாவின் போது ஒருவர் வீணான செயலில் ஈடுபட்டால் அவரின் தொழுகை செல்லுபடியாவதோடு, கடமையான தொழுகையும் நிறைவேற்றப்பட்டதாக அமையும். அதே வேளை அதற்கான கூலி குறைக்கப்படும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5433</t>
   </si>
   <si>
     <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
     <t>'ஸுப்ஹ் தொழுகையைத் தொழுதவர் அல்லாஹ்வின் பொறுப்பில் இருக்கிறார்</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக ஜுன்துப் இப்னு அப்தில்லாஹ் அல் கஸ்ரி ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : 'ஸுப்ஹ் தொழுகையைத் தொழுதவர் அல்லாஹ்வின் பொறுப்பில் இருக்கிறார். இவ்வாறு அல்லாஹ்வின் பொறுப்பிலுள்ள ஒன்றைக் குறித்து அவன் உங்களிடம் விசாரணை செய்யும் நிலையை நீங்கள் ஏற்படுத்திட வேண்டாம். ஏனெனில், அவன் தன் பொறுப்பிலுள்ள ஒன்றைக் குறித்து ஒருவரிடம் விசாரிக்கத் தொடங்கினால், அதைக் கண்டுபிடித்தே தீருவான். பின்னர் (வரம்பு மீறி நடந்துகொண்ட) அவனை நரக நெருப்பில் அல்லாஹ் முகங்குப்புறத் தள்ளிவிடுவான்'.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>யார் ஸுப்ஹ் தொழுகையை தொழுகிறாரோ அவருக்கு அல்லாஹ்வின் பிரத்தியேகமான பாதுகாப்பும், புகழிடமும் உண்டு, எனவே அவனை பாதுகாத்து அவனுக்கு உதவிபுரிகிறான் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெரிவிக்கிறார்கள்.
 இவ்வாறான பாதுகாப்பை,பொறுப்பை பஜ்ர் தொழுகையை விட்டுவிடுவதன் மூலமோ, அல்லது தொழுகின்றவருக்கு இடையூறு செய்து அடர்ந்தேருவதன் மூலமோ இதனை முறித்து விடவேண்டாம் என நபி அலைஹிஸ்ஸலாம் அவர்கள் எச்சரிக்கிறார்கள். இவ்வாறு செய்பவர் அல்லாஹ்வின் பாதுகாப்பை முறித்து விட்டவராவர். யார் இவ்வாறு செய்வதற்கு எத்தனிக்கிறாரோ அவர் இந்த விடயத்தை தட்டிக் கழித்தவராவார். அவரை அல்லாஹ் நரகில் முகம்குப்புற வீசிவிடுவான்.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>பஜ்ர் தொழுகையின் முக்கியத்துவம், மற்றும் அதன் சிறப்பும் விளக்கப்பட்டுள்ளமை.
 ஸுப்ஹ் தொழுதவரை நோவினைப்படுத்துவது தொடர்பில் கடுமையாக எச்சரிக்கப்பட்டுள்ளது.
 சான்றோர்களான அல்லாஹ்வின் அடியார்களுக்கு தொல்லை கொடுக்கின்றவர்களை அல்லாஹ் தண்டித்தல் .</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5435</t>
+  </si>
+  <si>
+    <t>من غدا إلى المسجد أو راح أعد الله له في الجنة نزلا، كلما غدا أو راح</t>
+  </si>
+  <si>
+    <t>யார் பள்ளிவாசலுக்கு காலையிலோ, மாலையிலோ செல்கின்றாரோ, அவ்வாறு காலையிலோ, மாலையிலோ செல்லும் போதெல்லாம் சுவனத்தில் ஒரு விருந்தை ஏற்பாடு செய்வான்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ غَدَا إِلَى الْمَسْجِدِ أَوْ رَاحَ أَعَدَّ اللهُ لَهُ فِي الْجَنَّةِ نُزُلًا، كُلَّمَا غَدَا أَوْ رَاحَ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, அபூ ஹுரைரா (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : யார் பள்ளிவாசலுக்கு காலையிலோ, மாலையிலோ செல்கின்றாரோ, அவ்வாறு காலையிலோ, மாலையிலோ செல்லும் போதெல்லாம் சுவனத்தில் ஒரு விருந்தை ஏற்பாடு செய்வான்.</t>
+  </si>
+  <si>
+    <t>بَشَّرَ النبيُّ صلى الله عليه وسلم مَن أتى المَسجدَ للعبادة أو العلم أو لغير ذلك مِن مقاصد الخير في أيِّ وقت؛ أولَ النهار أو آخرَه بأنَّ الله قد هَيَّأَ له مَكانًا وضِيافة في الجنة، كلّما جاء المسجد في ليل أو نهار.</t>
+  </si>
+  <si>
+    <t>வணக்கத்திற்காக வேண்டியோ, கல்விக்காகவோ, வேறு எந்த நல்ல நோக்கங்களுக்காக வேண்டியோ, காலை, மாலை என எந்த நேரத்திலாவது யாராவது பள்ளிவாசலுக்குச் சென்றால்,  அவ்வாறு காலையிலும், மாலையிலும் பள்ளிவாசலுக்குச் செல்லும் போதெல்லாம், சுவனத்தில் அவருக்கு அல்லாஹ் ஒரு விருந்தையும், அதற்குரிய ஓர் இடத்தையும் ஏற்பாடு செய்வான் என நபியவர்கள் நற்செய்தி கூறுகின்றார்கள்.</t>
+  </si>
+  <si>
+    <t>فَضْل الذهاب إلى المسجد، والحَثُّ على المحافظة على صلاة الجماعة فيه، فَكَم يَفُوْتُ المُتَخَلِّف عن المساجد من الخير والفضل والأجر والضيافة التي يعدُّها الله تبارك وتعالى لقاصِدِيْ بيته.
+إذا كان الناس يُكرِمُون من جاء بيوتَهم، ويُقَدِّمون له الطعام، فالله تبارك وتعالى أَكْرَمُ مِن خَلْقِه! فمَن قَصَدَ بيتَه أَكرمَه، وأَعَدّ الله له نزلًا عظيمًا وكبيرًا.
+الفرح والغِبْطَة بالذهاب للمساجد؛ لأنه يُعَدّ له نُزُلٌ كلّما غَدَا أو رَاح بِعَدَد ذهابِه.</t>
+  </si>
+  <si>
+    <t>பள்ளிவாசலுக்குச் செல்வதன் சிறப்பு, அங்கு ஜமாஅத் தொழகையைப் பேணி நிறைவேற்ற ஆர்வமூட்டல். பள்ளிவாசலுக்கு வருபவர்களுக்காக அல்லாஹ் ஏற்பாடு செய்துவைத்துள்ள, நன்மைகள், சிறப்புக்கள், நற்கூலிகள், விருந்துகள் என எத்துணை அம்சங்கள் பள்ளிவாசலுக்கு வராதவர்களுக்குத் தப்பிச் செல்கின்றன.
+மனிதர்களே தமது வீடுகளுக்கு வருபவர்களை கண்ணியப்படுத்தி, அவர்களுக்கு உணவுகளை வழங்கும்போது, அல்லாஹ் தனது படைப்புக்களை விட எவ்வளவு சங்கையானவன்! எனவே தான், தன்னுடைய வீட்டை நாடி வருபவர்களை அல்லாஹ் கண்ணியப்படுத்தி, அவர்களுக்கு மகத்தான, பாரிய விருந்துகளை அல்லாஹ் ஏற்பாடு செய்கின்றான்.
+பள்ளிவாசலுக்குச் செல்வதில் மகிழ்ச்சியும், பூரிப்பும் அடைதல். ஏனெனில், அவர் காலையிலும், மாலையிலும் போகும் எண்ணிக்கைகளுக்கு ஏற்ப, அவருக்கு விருந்தகள் ஏற்பாடு செய்யப்படுகின்றன.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5436</t>
   </si>
   <si>
     <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>'அல்லாஹ்வையும் இறுதி நாளையும் யார் நம்புகிறாரோ அவர் பேசினால் நல்லதைப் பேசட்டும். அல்லது மௌனமாக இருக்கட்டும்;</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : 'அல்லாஹ்வையும் இறுதி நாளையும் யார் நம்புகிறாரோ அவர் பேசினால் நல்லதைப் பேசட்டும். அல்லது மௌனமாக இருக்கட்டும்;. அல்லாஹ்வையும் இறுதிநாளையும் யார் நம்புகிறாரோ அவர் தனது அயல் வீட்டாரை கண்ணியப்படுத்தட்டும். அல்லாஹ்வையும் இறுதி நாளையும் யார் நம்புகிறாரோ அவர் தனது விருந்தினரை கண்ணியப்படுத்தட்டும்'.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>அல்லாஹ்வையும், மரணத்தின் பின் மனிதன்; மீண்டு சென்று அவனின் செயலுக்குரிய கூலியை பெற்றுக்கொள்ளும் இடமாகிய மறுமை நாளையும் நம்பிய ஒரு முஃமினான அடியானுக்கு அவனின் ஆழமான ஈமான் பின்வரும் நற்பழக்கங்களை, நல்ல விடயங்களை செய்யத் தூண்டும் என்பதை நபியவர்கள் தெளிவு படுத்துகிறார்கள். அந்த நற்செயல்கள் பின்வருமாறு:
 முதலாவது : நல்ல வார்த்தை பேசுதல்: இதில் தஸ்பீஹ் (ஸுப்ஹானல்லாஹ் கூறுதல்) தஹ்லீல் (லாஇலாஹ இல்லல்லாஹ் கூறுதல்) நன்மையை ஏவுதல், தீமையை தடுத்தல், மனிதர்களுக்கு மத்தியில் பிணக்குளைத் தீர்த்து சமாதானம் செய்து வைத்தல் போன்ற விடயங்கள் உள்ளடங்குகிறன. இவ்வாறு நல்ல வார்த்தை அல்லது பயனுள்ள விடயங்களை பேச முடியவில்லையெனில் மௌனமாக இருப்பதோடு பேசுவதினால் மற்றவருக்கு தொந்தரவு இழைப்பதை விட்டு தன் நாவை பாதுகாத்துக் கொள்ளல் வேண்டும்.
 இரண்டாவது : அயலவருக்கு உபத்திரம் செய்யாது, உபகாரம் செய்து அவர்களை கண்ணியப் படுத்துதல்.
 மூன்றாவது : உம்மை தேடி சந்திப்பதற்காக வரும் விருந்தாளியை நல்ல வார்த்தை பேசி, உணவளித்து உபசரித்து இது போன்ற நல்ல விடயங்களை செய்து அவரை கௌரவப் படுத்துதல்</t>
   </si>
@@ -8097,179 +11011,496 @@
   </si>
   <si>
     <t>சுவர்க்கத்தை அடையச் செய்யும் மிகப் பெரும் காரணிகள் -வழிகள் இரண்டு என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்  இந்த ஹதீஸில் தெளிவு படுத்துகிறார்கள். அந்த இரண்டு வழிகளும்  பின்வருமாறு:
 ஒன்று அல்லாஹ்வின் மீதான அச்சம், மற்றையது நற்பண்புகள்.
 இறையச்சம் என்பது இறைகட்டளைகளை கடைப்பிடித்து ஒழுகுவதன் மூலமும், அவன் தடுத்தவற்றை தவிர்ந்திருப்பதன் மூலமும்  உமக்கும் அல்லாஹ்வுடைய தன்டனைக்கும் மத்தியில் ஒரு திறையை ஏற்படுத்திக் கொள்வதாகும்.
 நற்குணம் என்பது முகமலர்ச்சியும், பிறருக்கு நன்மை செய்வதும், தொந்தரவு செய்யாதிருப்பதுமாகும்.
 நரகத்தினுள் பிரவேசிக்கச் செய்யும் மிகப் பெரும் காரணிகள் -வழிகள் இரண்டாகும், அவை :
 நாவும் மறையுறுப்புமாகும்.
 நாவின் விபரீதங்களுள் பொய் சொல்வது, புறம் பேசுதல், கோள் சொல்லித் திரிதல் போன்ற பாவங்கள் இடம்பெறுகின்றன.
 மறையுறுப்பின் விபரீதங்களுள் விபச்சாரம், ஓரினச்சேர்க்கை போன்ற பல பாவங்கள் இடம் பெறுகின்றன.</t>
   </si>
   <si>
     <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
 خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
 خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
   </si>
   <si>
     <t>சுவர்கம் செல்ல அல்லாஹ் மற்றும் மனிதர்களுடன்  தொடர்பான பல விடயங்கள் காணப்படுகின்றன. அவற்றுள் இறையச்சம் அல்லாஹ்வுடன் தொடர்பானதாகவும் நற்குணம்  மனிதர்களுடன் தொடர்பானதாகவும் உள்ளது.
 நாவின் விபரீதம், குறித்த அடியானை நரகிற்கு இட்டுச்செல்லும் காரணிகளின் ஒன்றாக உள்ளது.
 மனோ இச்சைக்குகட்டுப்பட்டு மானக்கேடான விடயங்களில் ஈடுபடுவது மனிதனை அதிகமாக நரகிற்கு கொண்டு போய் சேர்க்கும் காரியங்களாகும்.</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
-    <t>[சிறந்தது சரியானது]</t>
+    <t>[நம்பகமானது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5476</t>
   </si>
   <si>
     <t>الْبَاقِيَاتُ الصَّالِحَاتُ لَا إلَهَ إلَّا اللَّهُ وَسُبْحَانَ اللَّهِ، وَاَللَّهُ أَكْبَرُ وَالْحَمْدُ لِلَّهِ وَلَا حَوْلَ وَلَا قُوَّةَ إلَّا بِاَللَّهِ</t>
   </si>
   <si>
     <t>என்றும் நிலைத்திருக்கும் நல்லமல்கள்لَا إلَهَ إلَّا اللَّهُ، وَسُبْحَانَ اللَّهِ، وَاَللَّهُ أَكْبَرُ، وَالْحَمْدُ لِلَّهِ، وَلَا حَوْلَ وَلَا قُوَّةَ إلَّا بِاَللَّهِ எனும் வாசகங்களாகும்.</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم : "الْبَاقِيَاتُ الصَّالِحَاتُ، لَا إلَهَ إلَّا اللَّهُ، وَسُبْحَانَ اللَّهِ، وَاَللَّهُ أَكْبَرُ، وَالْحَمْدُ لِلَّهِ، وَلَا حَوْلَ وَلَا قُوَّةَ إلَّا بِاَللَّهِ".</t>
   </si>
   <si>
     <t>في هذا الحديث دليل على فضل هذا الذكر بهذه الصيغة، لما فيه من معاني التسبيح والتقديس والتعظيم لله جل وعلا و لما فيه من حمد الله على أفعاله فلا حيلة للعبد ولا حركة ولا استطاعة إلا بمشيئة الله تعالى، فلا حول في دفع الشر، ولا قوة في تحصيل خير، إلا بالله جل وعلا.
  فهذه الكلمات بهذه المعاني العظيمة هي مما يبقى أثره ونفعه للمؤمن بعد موته.</t>
   </si>
   <si>
     <t>கீர்த்தியும்,மேண்மையும் பொருந்திய அல்லாஹ்வைத் துதித்தல்,தூய்மைப்படுத்தல்,கண்ணியப்படுத்தல் எனும் கருத்துக்களை இந்த வாசகங்கள்அடக்கி உள்ள படியாலும்,அடியான் அல்லாஹ்வின் நாட்டமின்றி எதனையும் செய்யவும்,கெடுதிகளைத் தடுத்து நிறுத்தவும்,நல்லதை அனுகூலமாக்கிக் கொள்ளவும் சக்தியற்றவனாக இருக்கின்றபடியால் அல்லாஹ்வின் செயல்களின் நிமித்தம் அவனைப் போற்றிப் பாராட்டும் விடயம் இதில் பொதிந்துள்ளபடியாலும் இந்த திக்ரினை இதே வாசகங்களைக் கொண்டு ஓதி வருவதானது சிறப்புக்குரியது என்பதற்கு இந்த ஹதீஸ் ஆதாரமாக விளங்குகின்றது.எனவே இந்த வாசகங்கள் இத்தகைய மகத்தான கருத்துக்களைக் கொண்டிருப்பதுதான் அதன் தாக்கமும்,பயனும் முஃமினான அடியான் மரணித்த பின்னரும் அவனுக்குத் தொடர்ந்தும் கிடைக்கக் காரணமாக அமைகிறது</t>
   </si>
   <si>
     <t>فضل الذكر بهذه الصيغة.
 أن مما يبقى للإنسان بعد موته هو العمل الصالح.
 الباقيات الصالحات ما ورد في هذا الذكر.
 انفراد الله بالألوهية، في قوله: "لا إله إلا الله".
 تنزيه الله عن كل مالا يليق به في قوله: "سبحان الله".
 أن أفعال الله تعالى وصفاته كلها متضمنة للحمد لأنها كلها لها حكمة قد نعلمها أو لا نعلمها، كما في قوله: "الحمد لله".
 إثبات قدرة الله وقوته على تحويل الأمور من حال إلى حال.</t>
   </si>
   <si>
     <t>رواه ابن حبان والحاكم، أما النسائي فرواه في الكبرى لكن من حديث أبي هريرة</t>
   </si>
   <si>
+    <t>[அதன் ஆதாரங்களின் பிரகாரம் ஸஹீஹானது-சரியானது]</t>
+  </si>
+  <si>
     <t>[இதனை இப்னு ஹிப்பான் அறிவித்தார் - இந்த ஹதீஸை ஹாகிம் பதிவு செய்துள்ளார் - இந்த ஹதீஸை அந்நஸாயி பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5477</t>
   </si>
   <si>
     <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>வெட்கம் ஈமானைச் சார்ந்தது</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு உமர் ரழியல்லாஹு அன்ஹுமா அவர்கள் கூறுகிறார்கள் : ஒரு மனிதர் தனது சகோதரருக்கு வெட்கம் குறித்து உபதேசம் செய்து கொண்டிருப்பதை செவிமடுத்தார்கள், அப்போது நபியவர்கள் ' வெட்கம் ஈமானைச் சார்ந்தது என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>ஒரு மனிதர் தனது சகோதரனுக்கு அதிகம் வெட்கப்படுவதை விட்விடுமாறு உபதேசிப்பதை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் செவி மடுத்தார்கள், அதற்கு நபியவர்கள் வெட்கம் ஈமானைச் சார்ந்தது அது நன்மையை மாத்திரமே கொண்டுவரும் என அவருக்கு தெளிவுபடுத்தினார்கள்.
 வெட்கம் ஒரு இயல்பண்பாகும், அது நல்லதைச் செய்யவும், அசிங்கமான அருவருக்கத்தக்க விடயங்களை  தவிர்ந்து கொள்ளவும் மனிதனைத் தூண்டுகிறது.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>உம்மை நன்மையான காரியங்களை செய்வதை விட்டு தடுப்பவை வெட்கம் என்ற பெயரால் அழைக்கப் படமாட்டாது, மாறாக அது இயலாமை, கோளைத்தனம் போன்ற பெயரால் அழைக்கப்படும்.
 அல்லாஹ்வின் விடயத்தில் வெட்கப்படுதல் என்பது அவனின் கட்டளைகளை நிறைவேற்றி அவன் தடைசெய்தவற்றை விட்டுவிடுவதைக் குறிக்கும்.
 மனிதர்களுடன் நாணம் பேணல் என்பது அவர்களை கௌரவப்டுத்துவதும், அவர்களுக்குரிய அந்தஸ்த்தை வழங்குவதும், வழமையில் அசிங்கமாக கருதப்படுபவற்றிலிருந்து விலகி நடப்பதையுமே குறிக்கும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5478</t>
   </si>
   <si>
-    <t>اللَّهُمَّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي وَمَا أَنْتَ أَعْلَمُ بِهِ مني</t>
-[...14 lines deleted...]
-    <t>ஹதீஸ் விளக்கம்:சகல வித பாவ காரியங்களையும், தவறுகளையும் விட்டும் மன்னிப்புக் கோறுகின்ற இந்த மகத்தான வாசகங்களைக் கொண்டு ரஸூல் (ஸல்) மிகப் பணிவுடன் அல்லாஹ்விடம் பிரார்த்தனை செய்வார்கள். எனவே நபியவர்களை முன்மாதிரியாகக் கொண்டு எல்லா முஸ்லிம்களும் இந்த துஆவைக் கொண்டு அல்லாஹ்விடம் பிரார்த்தனை செய்வது சிறந்ததாகும்.</t>
+    <t>الدعاء لا يرد بين الأذان والإقامة</t>
+  </si>
+  <si>
+    <t>அதானுக்கும், இகாமத்திற்கும் மத்தியில் கேட்கப்படும் துஆ தட்டப்படமாட்டாது</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الدُّعَاءُ لاَ يُرَدُّ بَيْنَ الأَذَانِ وَالإِقَامَةِ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, அனஸ் பின் மாலிக் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : அதானுக்கும், இகாமத்திற்கும் மத்தியில் கேட்கப்படும் துஆ தட்டப்படமாட்டாது.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فَضْلَ الدعاء بين الأذان والإقامة، وأنه لا يُرَدّ وحَرِيٌّ بالإجابة، فادعوا الله فيه.</t>
+  </si>
+  <si>
+    <t>இங்கு நபியவர்கள், அதானுக்கும், இகாமத்திற்கும் மத்தியில் கேட்கப்படும் துஆவின் சிறப்பைத் தெளிவுபடுத்தும் விதமாக, அது தட்டப்படமாட்டாது என்றும், அது ஏற்றுக்கொள்ளப்படுவதற்கான வாய்ப்பு அதிகம் என்றும், எனவே, அந்நேரத்தில் துஆக் கேளுங்கள் என்பதாகவும் கூறுகின்றார்கள்.</t>
+  </si>
+  <si>
+    <t>فضيلة هذا الوقت للدعاء.
+إذا تَحَلّى الدّاعي بآداب الدعاء، وقَصَدَ مَوَاطِنَه وأوقاته الفاضلة، وابتعد عن عِصْيان الله، واحتاط لنفسه من الوقوع في الشُّبُهات والرِّيَب، وأحسن الظن بالله: فإنه جَدِيْرٌ أنْ يُستَجاب له بإذن الله.
+قال المناوي عن استجابة الدعاء: أي: بعد جَمْع شروط الدعاء وأركانه وآدابه، فإنْ تَخَلَّفَ شيءٌ منها فلا يَلوم إلا نفسَه. 
+استجابة الدعاء: إما أنْ تُعَجَّلَ له دعوتُه، أو يُصرَفَ عنه مِن الشر مِثلُها، أو تُدَّخَرَ له في الآخرة؛ وذلك بحسب حكمة الله ورحمته.</t>
+  </si>
+  <si>
+    <t>துஆக் கேட்பதில் இந்த நேரத்திற்கு உள்ள சிறப்பு
+துஆக் கேட்பவர், துஆவின் ஒழுக்கங்களைப் பேணி, அதற்குரிய இடங்களையும், நேரங்களையும் கவனித்து, பாவங்களைத் தவிர்த்து, பேணுதல் அடிப்படையில், சந்தேகத்திற்கிடமானவற்றையும் தவிர்த்து, அல்லாஹ்வைப் பற்றிய நல்லெண்ணமும் கொண்டிருந்தால், அல்லாஹ்வின் உத்தரவின் பிரகாரம் அவரது துஆ ஏற்றுக்கொள்ளப் படுவதற்கான வாய்ப்புக்கள் அதிகமாகும்.
+துஆ ஏற்றுக்கொள்ளப்படுவது பற்றி முனாவீ (ரஹ்) அவர்கள் இவ்வாறு கூறுகின்றார்கள் : அதாவது, துஆவின் நிபந்தனைகள், அடிப்படைகள், ஒழுக்கங்கள் என அனைத்தும் இருக்க வேண்டும். அவற்றில் ஏதாவது விடுபட்டாலும், தன்னைத் தவிர வேறு யாரையும் குறை சொல்ல முடியாது.
+துஆ ஏற்றுக்கொள்ளப்படுவது என்பது : ஒன்றில், உடனடியாக அவர் கேட்டது கொடுக்கப்படும், அல்லது, அதற்கு ஒத்த ஒரு தீங்கு அவரை விட்டும் தடுக்கப்படும். அல்லது, மறுமையில் அவருக்காக அது சேமித்து வைக்கப்படும். அது அல்லாஹ்வின் அறிவு மற்றும், அருளுக்கு ஏற்ப நடைபெறும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5479</t>
+  </si>
+  <si>
+    <t>اللهم أصلح لي ديني الذي هو عصمة أمري</t>
+  </si>
+  <si>
+    <t>யா அல்லாஹ்! எனது மார்க்கத்தை எனக்கு சீர்செய்து தருவாயாக! அதுவே எனது விவகாரங்களுக்குப் பாதுகாப்பாக உள்ளது</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «اللهُمَّ أَصْلِحْ لِي دِينِي الَّذِي هُوَ عِصْمَةُ أَمْرِي، وَأَصْلِحْ لِي دُنْيَايَ الَّتِي فِيهَا مَعَاشِي، وَأَصْلِحْ لِي آخِرَتِي الَّتِي فِيهَا مَعَادِي، وَاجْعَلِ الْحَيَاةَ زِيَادَةً لِي فِي كُلِّ خَيْرٍ، وَاجْعَلِ الْمَوْتَ رَاحَةً لِي مِنْ كُلِّ شَرٍّ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் இவ்வாறு பிரார்த்திப்பார்கள் என அபூ ஹுரைரா (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : யா அல்லாஹ்! எனது மார்க்கத்தை எனக்கு சீர்செய்து தருவாயாக! அதுவே எனது விவகாரங்களுக்குப் பாதுகாப்பாக உள்ளது. எனது உலக வாழ்வையும் சீர்செய்து தருவாயாக! அதில் தான் எனது வாழ்ப்பு உள்ளது. எனது மறுமையையும்  எனக்குச் சீர்செய்து தருவாயாக! அதில் தான் எனது  மீளுதல் உள்ளது. இந்த வாழ்க்கையை எனக்கு எல்லா நலவுகளையும் அதிகப்படுத்தித் தரும் ஒன்றாக ஆக்கிவிடு. மரணத்தை எனக்கு அனைத்துத் தீமைகளில் இருந்தும் விடுதலையாக ஆக்கிவிடு.</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم بِدُعاء جَمَعَ فيه أصولَ مَكارِمِ الأخلاقِ التي بُعِثَ لإتمامها؛ وهي صلاح الدين، والدنيا، والآخرة، فاستقى في هذا اللفظ الوجيز صلاح هذه الجوامع الثلاث، وبدأ بصلاح الدين وبه صلاحُ حالِ الدَّارَين فقال: 
+(اللهم أصلح لي ديني) بأنْ توفقَني للقيام بآدابه على الوجه الأكمل الأتمّ. 
+(الذي هو عصمة أمري) وحافظٌ لجميع أموري، فإنْ فَسَدَ ديني فَسَدت أموري، وخِبْتُ وخَسِرتُ، ولأنه لا يتم صلاح الدين المطلوب إلا بصلاح الدنيا فقال:
+(وأصلح لي دنياي) بإعطائي صحةَ البدن والأمن، والرزق، والزوجة الصالحة، والذرية الطيبة وما أحتاج إليه، ويكون حلالًا، ومُعِيْنًا على طاعتك، ثم ذَكَرَ العُذْرَ في سؤاله إصلاحها؛ بأن قال: 
+(التي فيها معاشي) ومكان عيشي وزَمَنُ حياتي.
+(وأصلح لي آخرتي التي فيها معادي) وعَوْدِيْ إلى لقائك وذلك بصلاح الأعمال، وتوفيق الله للعبد على العبادة والإخلاص، وحسن الخاتمة. 
+ورَتَّبَ صلى الله عليه وسلم الآخرة بعد الدنيا؛ إذ الأُولى هي وسيلة إصلاح الثانية، فمَن استقام في دنياه وِفْقَ مُرَاد الله، استقامت له آخرته وسعد فيها.
+(واجعل الحياة) وطول العمر (زيادة لي في كل خير) أتكثَّر فيها من الأعمال الصالحة، (واجعل الموت) وتعجيلَه (راحة لي من كل شرٍّ) وفتنةٍ ومِحْنَةٍ وابتلاء بمعصية وغفلة، وخلاصًا من مَشَقّة الدنيا وغمومها، وحصول الراحة.</t>
+  </si>
+  <si>
+    <t>நபியவர்கள் எந்த நற்குணங்களைப் பரிபூரணப்படுத்த அனுப்பப்பட்டார்களோ, அவற்றின் அடிப்படைகளான, மார்க்கம் சீராக இருத்தல், மேலும், உலகம் மற்றும் மறுமை சீராக இருத்தல் ஆகியவற்றை உள்ளடக்கும் விதமான ஒரு துஆவைக் கேட்கின்றார்கள். இந்த சுருக்கமான வாசகம், இம்மூன்று அம்சங்களும் சீராக இருப்பதை வேண்டுவதை உள்ளடக்கியுள்ளது. முதலில் மார்க்கம் சீராக இருப்பதைக் கேட்கின்றார்கள். அதைக் கொண்டுதான் ஈருலக வாழ்வும் சீராக இருக்கப் போகின்றது :
+(யா அல்லாஹ்! எனது மார்க்கத்தை சீராக்கித் தருவாயாக!) அதாவது, அதன் ஒழுக்கங்களை முழுமையான, பரிபூரண விதத்தில் நிறைவேற்ற எனக்கு அருள் புரிவாயாக!
+(அதுவே எனது விவகாரங்களுக்குப் பாதுகாப்பாக உள்ளது) அது எனது அனைத்து விடயங்களையும் பாதுகாக்கக் கூடியது. எனவே, எனது மார்க்கம் சீர்க்கெட்டுவிட்டால், எனது எல்லா விவகாரங்களும் சீர்க்கெட்டுவிடும். நான் நட்டமடைந்து, தோற்றுவிடுவேன். மார்க்கம் எதிர்பார்க்கப்படும் விதத்தில் சீராக இருப்பதென்பது, உலகம் சீராக இருப்பதனாலே முழுமை பெறும் என்பதனால், பின்வருமாறு கூறினார்கள் :
+(எனது உலக வாழ்வையும் சீர்செய்து தருவாயாக!) 
+அதாவது, எனக்கு உடல் ஆரோக்கியத்தையும், பாதுகாப்பையும், வாழ்வாதாரத்தையும், நல்ல மனைவியையும், நல்ல பிச்சலத்தையும், மேலும் எனக்குத் தேவையானவற்றையும் தருவதன் மூலம். அவை ஹலாலானதாகவும், உன்னை வழிப்படுவதற்கு உதவிசெய்யக்கூடியவையாகவும் இருக்கவேண்டும். பின்பு, அதை சீர்செய்து தருமாறு கேட்பதில் உள்ள நியாயத்தைக் கூறுகின்றார்கள் :
+(அதில் தான் எனது வசிப்பு உள்ளது) அதாவது, நான் வாழும் இடம், எனது வாழ்நாட்கள்.
+(எனது மறுமையையும்  எனக்குச் சீர்செய்து தருவாயாக! அதில் தான் எனது  மீளுதல் உள்ளது.) அதாவது, உன்னை சந்திப்பதற்காக நான் மீள்வது. அதாவது, எனது அமல்கள் சீராக இருக்கவேண்டும். வணக்கவழிபாடுகள், உளத்தூய்மை மற்றும் நல்ல இறுதிமுடிவு என்பவற்றிற்கு அல்லாஹ் அடியானுக்கு அருள் புரியவேண்டும்.
+நபியவர்கள் உலகிற்குப் பின்னர் மறுமையைக் கூறியிருப்பதற்கான காரணம், முதலாவதுதான், இரண்டாவது சீராக இருப்பதற்கான ஒரு வழிமுறையாக இருக்கின்றது. இவ்வுலகில் யார், அல்லாஹ்வின் விருப்பத்திற்கேற்ப சீராக இருக்கின்றாரோ, அவரது மறுமை சீராக அமைந்துவிடும். அவர் சுபீட்சத்துடன் இருப்பார்.
+(இந்த வாழ்க்கையை) மேலும், நீண்ட வாழ்நாளையும் (எனக்கு எல்லா நலவுகளையும் அதிகப்படுத்தித் தரும் ஒன்றாக ஆக்கிவிடு.) நான் நல் அமல்களை அதிகப்படுத்திக் கொள்ள வேண்டும். (மரணத்தை) அதை அவசரமாகத் தருவதை (எனக்கு அனைத்துத் தீமைகளில் இருந்தும் விடுதலையாக ஆக்கிவிடு)  அதாவது, சோதனைகள், குழப்பங்கள், மேலும், பாவங்களையும், பராமுகத்தையும் கொண்டு சோதிக்கப்படுதல் என்பவற்றில் இருந்தும் மேலும், உலக சிரமங்களில் இருந்தும், அதன் தெளிவற்ற நிலையில் இருந்தும்,</t>
+  </si>
+  <si>
+    <t>الدين أهمُّ شيء؛ لهذا بدأ به النبي صلى الله عليه وسلم بالدعاء.
+الدين عِصْمَةٌ للإنسان يَمْنَعُه من كلّ شرٍّ.
+الدعاء بالأمور الدنيوية من أجل صلاح الدين والآخرة.
+لا يُكرَه تَمَنِّي الموت خوفًا من الفتنة في الدين، أو سؤال الله الموت على الشهادة.</t>
+  </si>
+  <si>
+    <t>மார்க்கம் தான் மிகப் பிரதானமானது. அதனால்தான் நபியவர்கள் துஆவில் முதலில் அதனைக் கேட்டுள்ளார்கள்.
+மார்க்கம் என்பது மனிதனுக்கு ஒரு பாதுகாப்பாகும். அனைத்துத் தீமைகளையும் விட்டு அவனை அது பாதுகாக்கின்றது.
+மார்க்கமும், மறுமையும் சீராக இருப்பதற்காக வேண்டி, உலக விவகாரங்களையும் துஆக்களில் கேட்டல்.
+மார்க்கத்தில் குழப்பம் வந்துவிடும் என்ற பயத்திலோ, இறைபாதையில் உயிர்நீப்பதை அல்லாஹ்விடம் கேட்கும் அடிப்படையிலோ, மௌத்தை ஆசைப்படுவது வெறுக்கப்படமாட்டாது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5482</t>
+  </si>
+  <si>
+    <t>رب اغفر لي خطيئتي وجهلي، وإسرافي في أمري كله، وما أنت أعلم به مني، اللهم اغفر لي خطاياي، وعمدي وجهلي وهزلي، وكل ذلك عندي، اللهم اغفر لي ما قدمت وما أخرت، وما أسررت وما أعلنت، أنت المقدم وأنت المؤخر، وأنت على كل شيء قدير</t>
+  </si>
+  <si>
+    <t>என்னுடைய ரப்பே! எனது தவறுகளையும், அறியாமையையும், எனது எல்லா விவகாரங்களிலும் நான் செய்த எல்லைமீறல்களையும், என்னை விட நீ அறிந்தவைத்திருப்பவற்றையும் மன்னித்து விடுவாயாக! யா அல்லாஹ்! எனது பாவங்களையும்,  நான் வேண்டுமென்று செய்தவற்றையும், எனது அறியாமையையும், எனது பரிகாசத்தையும் மன்னித்துவிடுவாயாக! அவை அனைத்துமே என்னிடம் உள்ளன. யா அல்லாஹ்! நான் முற்படுத்தியவைகள், பிற்படுத்தியவைகள், மறைத்துக்கொண்டவைகள், பகிரங்கப் படுத்தியவைகள் என அனைத்தையுமே மன்னித்துவிடுவாயாக! நீயே முற்படுத்துபவன்! நீயே பிற்படுத்துபவன்! நீ அனைத்திற்கும் சக்தியுள்ளவன்</t>
+  </si>
+  <si>
+    <t>عَنِ أَبِي مُوسَى رضي الله عنه، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ كَانَ يَدْعُو بِهَذَا الدُّعَاءِ: «رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا أَخَّرْتُ، وَمَا أَسْرَرْتُ وَمَا أَعْلَنْتُ، أَنْتَ المُقَدِّمُ وَأَنْتَ المُؤَخِّرُ، وَأَنْتَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ».</t>
+  </si>
+  <si>
+    <t>அபூ மூஸா (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : நபி (ஸல்) அவர்கள் பின்வரும் துஆவை ஓதுவார்கள் : என்னுடைய ரப்பே! எனது தவறுகளையும், அறியாமையையும், எனது எல்லா விவகாரங்களிலும் நான் செய்த எல்லைமீறல்களையும், என்னை விட நீ அறிந்தவைத்திருப்பவற்றையும் மன்னித்து விடுவாயாக! யா அல்லாஹ்! எனது பாவங்களையும்,  நான் வேண்டுமென்று செய்தவற்றையும், எனது அறியாமையையும், எனது பரிகாசத்தையும் மன்னித்துவிடுவாயாக! அவை அனைத்துமே என்னிடம் உள்ளன. யா அல்லாஹ்! நான் முற்படுத்தியவைகள், பிற்படுத்தியவைகள், மறைத்துக்கொண்டவைகள், பகிரங்கப் படுத்தியவைகள் என அனைத்தையுமே மன்னித்துவிடுவாயாக! நீயே முற்படுத்துபவன்! நீயே பிற்படுத்துபவன்! நீ அனைத்திற்கும் சக்தியுள்ளவன்.</t>
+  </si>
+  <si>
+    <t>كانَ مِن أَدعية النبيِّ صلى الله عليه وسلم الجَامِعة قوله: 
+"رب اغفر لي خطيئتي" وذنبي، "وجهلي" وما وَقَع مِنِّي بدون علم. 
+"وإسرافي في أمري كله" وتقصيري وتَجَاوُزِيْ للحد. 
+"وما أنت أعلم به مني" عَلِمْتَه أنت يا الله ونَسِيْتُه أنا. 
+"اللهم اغفر لي خطاياي وعمدي" وما صَدَر عَن عَمْدٍ مني وعِلْمٍ مني بالذنوب. 
+"وجدي وهزلي" وما صدر عن مُزَاح، وما وَقَع مني في الحالين. 
+"وكل ذلك عندي" حيث جَمَعتْ ما ذُكِرَ من الذنوب والعيوب. 
+"اللهم اغفر لي ما قدمت" فيما مضى، "وما أخرت" فيما سيأتي. 
+"وما أسررت" وأخفيت، "وما أعلنت" وأظهرت. 
+"أنت المقدم وأنت المؤخر" تُقدِّم من تشاء من خلقك إلى رحمتك بتوفيقك لما ترضاه، وأنت تؤخر من تشاء عن ذلك بخذلانك إياه، فلا مُقَدِّمَ لما أخرت، ولا مؤخِّرَ لما قدمت من الأمور. 
+"وأنت على كل شيء قدير" كامل القدرة تام الإرادة، الفعال لكل ما تشاء.</t>
+  </si>
+  <si>
+    <t>நபியவர்களின் கருத்தாழமிக்க துஆக்களில் பின்வரும் துஆவும் ஒன்றாகும்:
+என்னுடைய ரப்பே! எனது தவறுகளையும் (பாவங்களையும்)
+அறியாமையையும் (நான் அறியாமல் நடந்தவற்றையும்) மன்னித்துவிடுவாயாக!
+எனது எல்லா விவகாரங்களிலும் நான் செய்த எல்லைமீறல்களையும் (எனது பொடுபோக்குகளையும், நான் அளவு கடந்ததையும்)
+என்னை விட நீ அறிந்துவைத்திருப்பவற்றையும் (நீ அவற்றை அறிந்து வைத்துள்ளாய், நானோ அவற்றை மறந்துள்ளேன்) மன்னித்துவிடுவாயாக!
+யா அல்லாஹ்! எனது பாவங்களையும்,  நான் வேண்டுமென்று செய்தவற்றையும், (நான் பாவம் என அறிந்துகொண்டே செய்தவற்றையும்)
+எனது அறியாமையையும், எனது பரிகாசத்தையும் (பரிகாசமாக நான் செய்தவற்றையும், இவ்விரு நிலைகளிலும் என்னிடமிருந்து வெளிப்பட்ட அனைத்தையும்) மன்னித்துவிடுவாயாக!
+அவை அனைத்துமே என்னிடம் உள்ளன. (மேற்கூறிய குறைகள், பாவங்கள் அனைத்துமே என்னிடம் உள்ளன.)
+யா அல்லாஹ்! நான் முற்படுத்தியவைகள் (கடந்த காலத்தில் செய்தவைகள்)
+பிற்படுத்தியவைகள் (பின்னர் செய்யப்போகும் பாவங்கள்)
+மறைத்துக்கொண்டவைகள் (இரகசியமாகச் செய்தவைகள்)  
+பகிரங்கப்படுத்தியவைகள் (பகிரங்கமாகச் செய்தவைகள்) என அனைத்தையுமே மன்னித்து விடுவாயாக!
+நீயே முற்படுத்துபவன்! நீயே பிற்படுத்துபவன்! (நீ நாடியோரை உனது அருளை நோக்கி முற்படுத்தி, உனக்குப் பொருத்தமானவற்றைச் செய்ய அவர்களுக்கு அருள் புரிகின்றாய். நீ நாடியவர்களுக்கு உதவி புரியாமல், கைவிட்டுப் பிற்படுத்துகின்றாய். எனவே, நீ பிற்படுத்துபவற்றை யாராலும், முற்படுத்தவோ, நீ முற்படுத்தும் விடயங்களை யாராலும் பிற்படுத்தவோ முடியாது.)
+நீ அனைத்திற்கும் சக்தியுள்ளவன். (முழுமையான சக்தியும், பூரணமான நாட்டமும் கொண்டவன். நீ நாடிய அனைத்தையும் நீ செய்வாய்!)</t>
   </si>
   <si>
     <t>فضيلة هذا الدعاء، والحرص عليه اقتداء بالنبي صلى الله عليه وسلم.
-أن النبي صلى الله عليه وسلم قد يقع منه الخطأ من غير عمدٍ، ولهذا طلب المغفرة من الله تعالى.
-[...4 lines deleted...]
-إثبات اسم الله تعالى القدير.</t>
+النهي عن الإسراف وأنَّ المسرف مُعَرَّض للعقوبة.
+الله تعالى أعلم بالإنسان من نفسه، فعليه أنْ يُفَوِّض أمرَه إلى الله؛ لأنه قد يخطئ وهو لا يدري.
+الإنسان قد يُؤاخَذ على هَزْلِهِ كما يُؤاخذ على جِدِّه، فيجب على الإنسان أنْ يَحْتَرِس في مُزاحِه.
+قال ابن حجر العسقلاني: لم أَرَ في شيءٍ من طُرُقه محل الدعاء بذلك، وقد وقع معظم آخره… كان يقوله في صلاة الليل، ووقع أيضًا أنه كان يقوله في آخر الصلاة، واختلفت الرواية هل كان يقوله قبل السلام أو بعده؟ بكلامها وَرَدَ.
+هل النبيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يخطئ ليستغفر؟ قيل بأنه قاله متواضعًا وهَضْمًا لنفسه، أو عَدَّ فَواتَ الكمال وترك الأولى ذنوبًا، أو أراد ما كان عن سهو، أو ما كان قبل النبوة، وقيل: الاستغفار تَعَبُّدٌ يجب أتيانه، لا للمغفرة، بل تعبدًا، وقيل: ذلك تنبيه وتعليمٌ لأمته؛ كي لا يأمنوا ويتركوا الاستغفار.</t>
+  </si>
+  <si>
+    <t>இந்த துஆவின் சிறப்பு. மற்றும் நபியவர்களைப் பின்பற்றி இந்த துஆவைப் பேணி ஓதிவருதல்.
+வீண் விரயத்தைத் தடுத்தல். மேலும், வீண்விரயம் செய்பவன் தண்டனைக்குட்படுத்தப்படுபவன் என்பதையும் உணர்த்தல்.
+ஒரு மனிதனைப் பற்றி, அவனை விட அல்லாஹ்வே அறிந்துவைத்துள்ளான். எனவே, அவன் தனது விவகாரங்களை அல்லாஹ்விடம் பொறுப்புச் சாட்டுவது அவசியமாகும். ஏனெனில், அவன் அறியமாலேயே அவன் தவறு விடலாம்.
+ஒரு மனிதன் வேண்டுமென்று செய்வதற்குக் குற்றம் பிடிக்கப்படுவது போன்று, பரிகாசமாக செய்பவற்றிற்கும் சிலவேளை குற்றம் பிடிக்கப்படுவான். எனவே, மனிதன் தனது பரிகாசங்களிலும் எச்சரிக்கையாக இருக்க வேண்டும்.
+இப்னு ஹஜர் அல்அஸ்கலானீ (ரஹ்) அவர்கள் கூறுகின்றார்கள் : இந்த ஹதீஸின் எந்த அறிவிப்புக்களிலும்  இது ஓதப்படும் இடம் குறிப்பிடப்பட்டிருப்பதைக் காணவில்லை. இதன் இறுதிப் பகுதியின் பெரும்பாலான வசனங்களை நபியவர்கள் இரவுத் தொழுகையில் ஓதியதாக வந்துள்ளது. தொழுகையின் இறுதியில் ஓதியுள்ளதாகவும் வந்துள்ளது. ஸலாம் கொடுப்பதற்கு முன்னரா? அல்லது பின்னரா ஓதினார்கள் என்பதில் அறிவிப்புக்கள் வேறுபட்டு வந்துள்ளன.
+நபியவர்கள் பாவமன்னிப்புக் கேட்கிறார்கள் என்றால், அவர்கள் தவறிழைத்துள்ளார்களா? அவர்கள் தன்னைத் தாழ்த்திக் கொள்ளவும், பணிவுக்காகவும் அவ்வாறு கூறியிருக்கலாம் என்று ஒரு கருத்துக் கூறப்பட்டுள்ளது. அல்லது பரிபூரணமும், மிக ஏற்றமானதும் தப்பிப் போவதை அவர்கள் பாவமாகப் பார்த்திருக்கலாம். அல்லது மறதியாக நடந்த தவறுகளை நாடியிருக்கலாம். அல்லது நுபுவ்வத்திற்கு முன்னர் நடந்தவையாக இருக்கலாம். இஸ்திக்பார் என்பது ஒரு வணக்கம், எனவே, பாவமன்னிப்புக் கேட்டல் என்ற நோக்கம் மாத்திரமல்லாமல், தனி ஒரு வணக்கமாகவும் அது செய்யப்படும் என்றும் கூறப்பட்டுள்ளது. அல்லது, நபியவர்களது சமுதாயம், பயமின்றி, இஸ்திக்பாரை விட்டுவிடக் கூடாது என்பதற்கான ஒரு அறிவூட்டலாகவும், விழிப்பூட்டலாகவும் இது உள்ளது என்றும் கூறப்பட்டுள்ளது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5483</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إنِّي أَعوذُ بك مِنْ زوالِ نعمتِكَ، وتحوُّلِ عافيتِكَ، وفُجَاءةِ نقْمتِكَ، وجَميعِ سَخَطِكَ</t>
-[...21 lines deleted...]
-إثبات السخط لله -عزو جل-.</t>
+    <t>اللهم إني أسألك العافية في الدنيا والآخرة</t>
+  </si>
+  <si>
+    <t>யா அல்லாஹ்! இவ்வுலகிலும், மறுமையிலும் பாதுகாப்பை நான் உன்னிடம் கேட்கின்றேன்</t>
+  </si>
+  <si>
+    <t>عَنِ ابنِ عُمَرَ رضي الله عنهما قَالَ: لَمْ يَكُنْ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدَعُ هَؤُلَاءِ الدَّعَوَاتِ، حِينَ يُمْسِي وَحِينَ يُصْبِحُ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَافِيَةَ فِي الدُّنْيَا وَالْآخِرَةِ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَفْوَ وَالْعَافِيَةَ فِي دِينِي وَدُنْيَايَ وَأَهْلِي وَمَالِي، اللَّهُمَّ اسْتُرْ عَوْرَتِي -أَو: عَوْرَاتِي- وَآمِنْ رَوْعَاتِي، اللَّهُمَّ احْفَظْنِي مِنْ بَيْنِ يَدَيَّ، وَمِنْ خَلْفِي، وَعَنْ يَمِينِي، وَعَنْ شِمَالِي، وَمِنْ فَوْقِي، وَأَعُوذُ بِعَظَمَتِكَ أَنْ أُغْتَالَ مِنْ تَحْتِي».</t>
+  </si>
+  <si>
+    <t>இப்னு உமர் (ரலி) அவர்கள் கூறுகின்றார்கள் : நபியவர்கள் காலையையும், மாலையையும் அடையும் போது பின்வரும் துஆக்களை விடாமல் ஓதி வருவார்கள்: யா அல்லாஹ்! இவ்வுலகிலும், மறுமையிலும் பாதுகாப்பை நான் உன்னிடம் கேட்கின்றேன். யா அல்லாஹ்! எனது மார்க்கத்திலும், எனது உலகத்திலும், எனது குடும்பத்திலும், எனது சொத்துக்களிலும் பாதுகாப்பையும், மன்னிப்பையும் நான் கேட்கின்றேன். யா அல்லாஹ்! எனது மறைவிடங்களை மறைத்துவிடுவாயாக! எனது பயத்தை நீக்கி பாதுகாப்பைத் தருவாயாக! யா அல்லாஹ்! எனக்கு முன்னாலும், பின்னாலும், எனது வலப்புறத்தாலும், இடப்புறத்தாலும், எனக்கு மேலாலும் என்னைப் பாதுகாத்துவிடுவாயாக! எனக்குக் கீழால் எதிர்பார்க்காமல் நான் பிடிக்கப்படுவதை விட்டும் உனது மகத்துவத்தைக் கொண்டு பாதுகாப்புத் தேடுகின்றேன்.</t>
+  </si>
+  <si>
+    <t>لم يَكُن النبيُّ صلى الله عليه وسلم يتركُ هؤلاء الدَّعَوات حين يُمسي وحين يُصبح: 
+(اللهم إني أسألُكَ العافيةَ)، والسلامة من الأسقامَ والبلايا والشدائد الدنيوية، والشهوات والفتن الدينية (في الدنيا والآخرة) العاجلة والآجلة. 
+(اللهمَّ إني أسأَلُكَ العفو) ومَحْوَ الذنوب والتَّجَاوزَ عنها، (والعافيةَ) والسلامة من العيوب، (في دِيني) من الشرك والبدع والمعاصي، (ودنياي) من المصائب والأذى والشرور، (وأهلِي) زوجاتي وأولادي وقرابتي، (ومالي) وأموالي وعملي.
+(اللهم استرْ عَوراتي) وما فيَّ من العيوب والخَلَل والتقصير وامْحُ ذنوبي، (وآمِن رَوْعاتي) وفَزَعي وخوفي. 
+(اللهم احفظْني) وادفع البلاء عني من المؤذِيات والبلاء، (من بين يديَّ ومِن خلفي، وعن يميني وعن شمالي، ومن فوقي) حيث سألَ أنْ يحفظَه الله من جميع الجهات؛ لأن البلايا والآفات إنما تَلْحَق الإنسانَ وتُقبِلُ إليه من إحدى هذه الجهات. 
+(وأعوذُ بعظمتك أن أُغْتَال) وأؤاخَذ بَغْتَة، وأَهْلِكَ غفلةً (من تحتي) فأهلك بالخَسْف.</t>
+  </si>
+  <si>
+    <t>நபியவர்கள் காலையையும், மாலையையும் அடையும் போது பின்வரும் துஆக்களை விடாமல் ஓதி வருவார்கள்:
+யா அல்லாஹ்! இவ்வுலகிலும், மறுமையிலும் (ஈருலகிலும்) உன்னிடம் (நோய்கள், சோதனைகள், உலகச் சிரமங்கள், மனோ இச்சைகள், மார்க்க ரீதியான குழப்பங்கள் அனைத்தையும் விட்டு) பாதுகாப்பை நான் கேட்கின்றேன்.
+யா அல்லாஹ்! எனது மார்க்கத்திலும் (அதாவது, இணைவைப்பு, பித்அத்கள், பாவங்கள் ஆகியவற்றை விட்டும்) எனது உலகத்திலும் (அதாவது, சோதனைகள், நோவினைகள், தீங்குகள் ஆகியவற்றை விட்டும்) எனது குடும்பத்திலும் (அதாவது, எனது மனைவி, பிள்ளைகள் மற்றும் உறவினர்களில்) எனது சொத்துக்களிலும் (எனது பணம் மற்றும் தொழிலில்) பாதுகாப்பையும் (குறைகளை விட்டு ஈடேற்றத்தையும்) (பாவங்களை விட்டு) மன்னிப்பையும் நான் கேட்கின்றேன்.
+யா அல்லாஹ்! எனது மறைவிடங்களை மறைத்து விடுவாயாக! (அதாவது, என்னிடமுள்ள குறைகளையும், தவறுகளையும், கவனயீனத்தையும் மறைத்து, எனது பாவங்களை மன்னித்து விடுவாயாக) எனது பயத்தை (அதாவது அச்சத்தையும், திடுக்கத்தையும்) நீக்கி பாதுகாப்பைத் தருவாயாக!
+யா அல்லாஹ்! எனக்கு முன்னாலும், பின்னாலும், எனது வலப்புறத்தாலும், இடப்புறத்தாலும், எனக்கு மேலாலும் என்னை (சோதனைகள் மற்றும் நோவினைகளை விட்டுப்) பாதுகாத்துவிடுவாயாக! (இங்கு எல்லாத் திசைகளில் இருந்தும் பாதுகாக்குமாறு அல்லாஹ்விடம் கேட்டமைக்கான காரணம், சோதனைகளும், ஆபத்துக்களும் மனிதனை வந்தடைவது இந்தத் திசைகளில் ஒன்றின் ஊடாகவே)
+எனக்குக் கீழால் எதிர்பார்க்காமல் (நான் பராமுகமாக இருக்கும் நிலையில் திடீரென நிலத்துக் கீழ் இழுத்தெடுக்கப்படுவதன் மூலமாக) பிடிக்கப்படுவதை விட்டும் உனது மகத்துவத்தைக் கொண்டு பாதுகாப்புத் தேடுகின்றேன்.</t>
+  </si>
+  <si>
+    <t>المحافظة على هذه الكلمات اقتداءً بالرسول صلى الله عليه وسلم.
+الإنسان كما هو مأمور بسؤال الله العافية في الدين كذلك مأمور بسؤالها في الدنيا.
+قال الطيبي: عَمَّ الجهاتَ الست؛ لأن الآفات منها، وبالَغَ فِي جهة السُّفْلِ لرَدَاءة الآفة منها.
+ الأفضل في قراءة الأذكار، في الصباح: من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك يعني: قالها في الصباح بعد ارتفاع الضُّحى أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
+ما دَلَّ الدليل على كون الذِّكْر له وقت مُعَيّن في الليل كقراءة آخر آيتين من سورة البقرة فإنها تكون ليلًا بعد غروب الشمس.</t>
+  </si>
+  <si>
+    <t>நபியவர்களைப் பின்பற்றி, இந்த துஆவைப் பேணி ஓதி வருதல்.
+மனிதன், மறுமையின் பாதுகாப்பைக் கேட்குமாறு ஏவப்பட்டுள்ளது போன்று, இம்மையின் பாதுகாப்பைக் கேட்குமாறும் ஏவப்பட்டுள்ளான்.
+தீபீ அவர்கள் கூறுகின்றார்கள் : ஆறு திசைகளையும் குறிப்பிட்டிருப்பதற்கான காரணம், ஆபத்துக்கள் அங்கிருந்துதான் வருகின்றன என்பதனாலாகும். கீழ்த் திசை மிகைப்படுத்தப்பட்டு கூறப்பட்டிருப்பதற்கான காரணம், அதனால் வரும் ஆபத்து மோசமானதாக இருப்பதனாலாகும்.
+அத்கார்களை ஓதுவதற்கான மிகச் சிறந்த நேரம், காலையில், பஜ்ர் உதயமாகியது தொடக்கம், சூரியன் உதித்து காலை ஆரம்பிக்கும் நேரம் வரையாகும். மாலையில், அஸ்ர் தொடக்கும் சூரியன் மறைவதற்கு முன்னர் வரையாகும். 
+அதற்குப் பின்னால் அவர் ஓதினால், அதாவது காலையில் ழுஹா நேரம் ஏற்பட்ட பின்னர் ஓதினால் அது நிறைவேறும். ழுஹருக்குப் பின்னால் ஓதினால் அதுவும் நிறைவேறும். மஃரிபுக்குப் பின்னர் ஓதினாலும் நிறைவேறும். அவையும் திக்ர் உடைய நேரங்களே!
+ஏதாவது திக்ர்களுக்கு இரவில் ஒரு குறித்த நேரம் இருப்பதாக ஏதாவது ஆதாரங்கள் வந்தால், - உதாரணமாக, பகராவின் இறுதி இரு வசனங்களை ஓதுவது போன்று – அவை சூரியன் மறைந்த பின்னர் இரவு நேரத்திலேயே ஓதப்படவேண்டும்.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[இமாம்களான அபூதாவுத், நஸாஈ, இப்னு மாஜா மற்றும் அஹ்மத் ஆகியோரால் இது பதிவு செய்யப்பட்டிருக்கிறது]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5485</t>
+  </si>
+  <si>
+    <t>اللهم إني أسألك من الخير كله، عاجله وآجله، ما علمت منه وما لم أعلم، وأعوذ بك من الشر كله، عاجله وآجله، ما علمت منه وما لم أعلم</t>
+  </si>
+  <si>
+    <t>யா அல்லாஹ்! நலவுகளில், உடனடியான, தாமதமான, நான் அறிந்த, அறியாத அனைத்தையும் உன்னிடம் கேட்கின்றேன். தீமைகளில், உடனடியான, தாமதமான, நான் அறிந்த, அறியாத அனைத்தையும் விட்டு உன்னிடம் பாதுகாப்புக் கேட்கின்றேன்</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رضي الله عنها أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ عَلَّمَهَا هَذَا الدُّعَاءَ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ الْخَيْرِ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، وَأَعُوذُ بِكَ مِنْ الشَّرِّ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ خَيْرِ مَا سَأَلَكَ عَبْدُكَ وَنَبِيُّكَ، وَأَعُوذُ بِكَ مِنْ شَرِّ مَا عَاذَ بِهِ عَبْدُكَ وَنَبِيُّكَ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْجَنَّةَ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَعُوذُ بِكَ مِنْ النَّارِ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَسْأَلُكَ أَنْ تَجْعَلَ كُلَّ قَضَاءٍ قَضَيْتَهُ لِي خَيْرًا».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் தனக்குப் பின்வரும் துஆவைக் கற்றுத் தந்ததாக, ஆயிஷா (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : யா அல்லாஹ்! நலவுகளில், உடனடியான, தாமதமான, நான் அறிந்த, அறியாத அனைத்தையும் உன்னிடம் கேட்கின்றேன். தீமைகளில், உடனடியான, தாமதமான, நான் அறிந்த, அறியாத அனைத்தையும் விட்டு உன்னிடம் பாதுகாப்புக் கேட்கின்றேன். யா அல்லாஹ்! உனது அடியாராகிய உனது நபி உன்னிடம் கேட்டவற்றில் சிறந்தவற்றை நான் உன்னிடம் கேட்கின்றேன். உனது அடியாராகிய உனது நபி உன்னிடம் பாதுகாப்புக் கேட்டவற்றில் தீயவைகளை விட்டும் நான் உன்னிடம் பாதுகாப்புக் கேட்கின்றேன். யா அல்லாஹ்! நான் உன்னிடம் சுவர்க்கத்தையும், அதனிடம் சமீபமாக்கி வைக்கும் வார்த்தைகள் அல்லது செயற்களையும் கேட்கின்றேன். மேலும் நான் உன்னிடம் நரகத்தை விட்டும், அதனிடம் சமீபமாக்கி வைக்கும் வார்த்தைகள் அல்லது செயற்களை விட்டும் பாதுகாப்புக் கேட்கின்றேன்.  மேலும் என் மீது விதித்துள்ள அனைத்து விதிகளையும் நன்மையானதாக ஆக்கிவிடுமாறும் நான் உன்னிடம் கேட்கின்றேன்.</t>
+  </si>
+  <si>
+    <t>علَّم النبيُّ صلى الله عليه وسلم عائشةَ رضي الله عنها جوامِعَ الدعاء وهو أربع دعوات: 
+الأول: دعاء عام لكل خير: (اللهم إني أسألك من الخير كله) وجميعه، (عاجله) القريب في وقته، (وآجله) البعيد، (ما عَلِمتُ منه) مما علّمتني، (وما لم أعلم)، مما يكون في علمك سبحانك، 
+وفيه تفويض الأمر إلى الله العليم الخبير اللطيف؛ فيختار سبحانه للمسلم أفضله وأحسنه، (وأعوذ) وأعتصم وأَحْتَمي (بك من الشر كله عاجله وآجله، ما علمت منه وما لم أعلم). 
+الدعاء الثاني: وهو حِفْظٌ للمسلم مِن أنْ يَعْتَدي في الدعاء (اللهم إني أسألك) وأطلبك (من خير ما سألك عبدك ونبيك) صلى الله عليه وسلم، (وأعوذ) وألتجئ وأعتصم (بك من شر ما عاذ به عبدك ونبيك) صلى الله عليه وسلم، وهذا دعاء وطَلَبٌ من الله أنْ يُعطيَ الداعي مما سأله وطلبه النبيُّ محمد صلى الله عليه وسلم لنفسه، دون تعديد لأنواع ما دعا به صلى الله عليه وسلم. 
+الدعاء الثالث: طلب دخول الجنة والابتعاد عن النار، وهو مَطْلبُ كلِّ مسلم وغايةُ عَمَلِه: (اللهم إني أسألك الجنة) والفوز بها (وما قرّب إليها من قول أو عمل) صالح يرضيك، (وأعوذ بك من النار) حيث لا عصمة من قبائح الأعمال إلا بلطفك، (وما قرّب إليها من قول أو عمل) من المعاصي التي تغضبك. 
+الدعاء الرابع: الدعاء بالرضا بقضاء الله (وأسألك أن تجعل كل قضاء قضيتَه لي خيرًا) وكلّ أمر قضاه الله لي أن يجعله خيرًا لي، وهذا من الدعاء بالرضا بقضاء الله.</t>
+  </si>
+  <si>
+    <t>நபிகள் நாயகம் (ஸல்) அவர்கள் ஆயிஷா (ரலி) அவர்களுக்குக் கருத்துச் செரிவுமிக்க ஒரு துஆவைக் கற்றுக்கொடுக்கின்றார்கள். அது நான்கு துஆக்களை உள்ளடக்கியுள்ளது :
+முதலாவது : அனைத்து நன்மைகளையும் உள்ளடக்கியது:  யா அல்லாஹ்! நலவுகளில், உடனடியான (அப்போது கிடைக்கக்கூடிய,) தாமதமான (தூரமான,) (நீ கற்றுக்கொடுத்து) நான் அறிந்த, (தூய்மையான உன்னுடைய அறிவில் மாத்திரம் உள்ள) நான் அறியாத அனைத்தையும் உன்னிடம் கேட்கின்றேன். இங்கு இவ்விடயம், அனைத்தையும் அறிந்த, அறிவுமிக்க, நுட்பமான அல்லாஹ்விடம் பொறுப்புச் சாட்டப்படுகின்றது. எனவே அல்லாஹ், ஒரு முஸ்லிமுக்கு அதில் மிகச் சிறந்ததையும், அழகானதையும் தெரிவு செய்து கொடுப்பான். 'தீமைகளில், உடனடியான, தாமதமான, நான் அறிந்த, அறியாத அனைத்தையும் விட்டு உன்னிடம் பாதுகாப்புக் கேட்(டு ஒதுங்கிக் கொள்)கின்றேன்.'
+இரண்டாவது பிரார்த்தனை : இது முஸ்லிம்களை பிரார்த்தனையில் வரம்பு மீறுவதிலிருந்து பாதுகாக்கிறது. யா அல்லாஹ்! உனது அடியாராகிய உனது நபி (முஹம்மத் (ஸல்) அவர்கள்) உன்னிடம் கேட்டவற்றில் சிறந்தவற்றை நான் உன்னிடம் கேட்(டு வேண்டிக் கொள்)கின்றேன். உனது அடியாராகிய உனது நபி (முஹம்மத் (ஸல்) அவர்கள்) உன்னிடம் பாதுகாப்புக் கேட்டவற்றில் தீயவைகளை விட்டும் நான் உன்னிடம் பாதுகாப்புக் கேட்(டு ஒதுங்கிக் கொள்)கின்றேன். இங்கு நபியவர்கள் எவற்றைக் கேட்டார்கள் என வரையறுத்துக் கூறாமல், பொதுவாக, அவர்கள் தமக்காக எதையெல்லாம் கேட்டார்களோ அவற்றைத் தருமாறு பிரார்த்தித்து வேண்டுவதாகும்.
+மூன்றாவது : சுவனத்தில் நுழையவும், நரகை விட்டுத் தூரமாகவும் பிரார்த்தித்து வேண்டுவதாகும். அதுதான் ஒவ்வொரு முஸ்லிமினதும் தேவையும், அவனது அமல்களின் நோக்கமுமாகும். 'யா அல்லாஹ்! நான் உன்னிடம் சுவர்க்கத்தை (அடைந்து கொள்வதை)யும், அதனிடம் சமீபமாக்கி வைக்கும் வார்த்தைகள் அல்லது (உன்னைத் திருப்திப்படுத்தும் நல்ல) செயற்களையும், கேட்கின்றேன். மேலும் நான் உன்னிடம் நரகத்தை விட்டும், அதனிடம் சமீபமாக்கி வைக்கும் வார்த்தைகள் அல்லது (உன்னைக் கோபப்படுத்தும் பாவச்) செயற்களை விட்டும் பாதுகாப்புக் கேட்கின்றேன். (ஏனெனில், உனது அன்பைக் கொண்டு மாத்திரமே கெட்ட செயற்களில் இருந்து பாதுகாப்புப் பெறமுடியும்)'
+நான்காவது துஆ : அல்லாஹ்வின் விதியில் திருப்தியைத் தருமாறு துஆக் கேட்டல். 'என் மீது விதித்துள்ள அனைத்து விதிகளையும் நன்மையானதாக ஆக்கிவிடுமாறும் நான் உன்னிடம் கேட்கின்றேன்.' (அதாவது அல்லாஹ் என் மீது விதித்துள்ள அனைத்து விதிகளையும் எனக்கு நன்மையைத் தருபவையாக ஆக்கி விடுமாறு நான் கேட்கின்றேன்) இது, அல்லாஹ்வின் விதியைத் திருப்தியோடு ஏற்றுக் கொள்ளவைக்குமாறு கேட்கும் துஆவாகும்.</t>
+  </si>
+  <si>
+    <t>تعليم الرجل أهلَه ما ينفعهم من أمور الدين والدنيا، كما علم النبي صلى الله عليه وسلم عائشة.
+الأفضل للمسلم أن يحفظ الأدعية الواردة عن النبي صلى الله عليه وسلم؛ لأنها من جوامع الدعاء.
+قال العلماء عن هذا الحديث: هو أجمع حديث في سؤال الخير والاستعاذة من الشر، فهو من جوامع الكَلِمِ التي أوتيها النبي صلى الله عليه وسلم.
+من أسباب دخول الجنة بعد رحمه الله: الأعمال والأقوال الصالحة.</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் ஆயிஷா (ரலி) அவர்களுக்குக் கற்றுக்கொடுத்து போன்று, ஒவ்வொரு மனிதனும் தனது குடும்பத்திற்கு அவசியமான மார்க்க, உலக விவகாரங்களைக் கற்றுக்கொடுப்பது அவசியமாகும்.
+ஒரு முஸ்லிம், நபியவர்கள்  ஊடாக வந்த துஆக்களை மனனமிட்டுக்கொள்வதே சிறந்ததாகும். ஏனெனில் அவை கருத்துச் செரிவுமிக்க துஆக்களாகும்.
+இந்த ஹதீஸைப் பற்றி உலமாக்கள் இவ்வாறு கூறுகின்றார்கள் : நலவுகளைக் கேட்டல், தீமைகளை விட்டுப் பாதுகாப்புத் தேடல் ஆகியவற்றிற்காக வந்துள்ள துஆக்களில் இது அனைத்தையும் உள்ளடக்கும் ஒரு துஆவாகும். இது நபியவர்களுக்கு வழங்கப்பட்டுள்ள 'ஜவாமிஉல் கலிம்' (குறைவான சொற்களில் நிறைவான அர்த்தங்கள் அடங்குமாறு பேசுதல்) வசனங்களில் ஒன்றாகும்.
+அல்லாஹ்வுடைய அருளுக்குப் பின்னர், சுவனத்தில் நுழைய வைக்கும் ஒரு காரணியாக, நல் அமல்களும் நல்ல வார்த்தைகளும் காணப்படுகின்றன.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[இமாம்களான இப்னு மாஜா மற்றும் அஹ்மத் ஆகியோரால் இது பதிவு செய்யப்பட்டது]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5487</t>
+  </si>
+  <si>
+    <t>اللهم إني أعوذ بك من زوال نعمتك، وتحول عافيتك، وفجاءة نقمتك، وجميع سخطك</t>
+  </si>
+  <si>
+    <t>யா அல்லாஹ்! உனது அருட்கொடைகள் நீங்குவதை விட்டும், உனது பாதுகாப்பு மாறிவிடுவதை விட்டும், உனது சோதனைகள் திடீரென வருவதை விட்டும், உனது அனைத்துக் கோபங்களை விட்டும் உன்னிடம் நான் பாதுகாப்புத் தேடுகின்றேன்</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: كَانَ مِنْ دُعَاءِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ».</t>
+  </si>
+  <si>
+    <t>அப்துல்லாஹ் இப்னு உமர் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : நபி (ஸல்) அவர்கள் பின்வருமாறு துஆக் கேட்பவர்களாக இருந்துள்ளார்கள் : யா அல்லாஹ்! உனது அருட்கொடைகள் நீங்குவதை விட்டும், உனது பாதுகாப்பு மாறிவிடுவதை விட்டும், உனது சோதனைகள் திடீரென வருவதை விட்டும், உனது அனைத்துக் கோபங்களை விட்டும் உன்னிடம் நான் பாதுகாப்புத் தேடுகின்றேன்.</t>
+  </si>
+  <si>
+    <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم مِن أربعةِ أمور: 
+الأول: (اللهم إني أعوذ بك من زوال نعمتك) الدينيّة والدنيويّة وأنْ أَثْبُتَ على الإسلام، وأبْتَعِدَ عن الوقوع في المعاصي التي تُزيل النِّعَم. 
+الثاني: (وتَحَوُّل عافيتك) بتبديلِها إلى البلاء؛ فأسألك دوام العافية، والسلامة من الآلام والأسقام. 
+الثالث: (وفجأة نقمتك) من بلاء أو مصيبة، فالنقمة والعقوبة إذا جاءت فجأة وبَغْتَة، لم يكن هناك زمانٌ للتوبة والاستدراك، وكان المُصاب بها أعظمَ وأشدَّ. 
+الرابع: (وجميع سخطك) والأسباب المُوجِبَة لغضبك؛ فإنَّ مَن سَخِطْتَ عليه فَقَد خاب وخَسِر. 
+وقد أتى صلى الله عليه وسلم بلفظ الجَمْع؛ لِتشمَلَ جميعَ أسبابِ سَخَطِهِ سبحانه وتعالى من الأقوال والأعمال والاعتقادات.</t>
+  </si>
+  <si>
+    <t>நபியவர்கள் நான்கு விடயங்களை விட்டும் பாதுகாப்புத் தேடுகின்றார்கள் :
+முதலாவது :  யா அல்லாஹ்! உனது (உலக, மார்க்க) அருட்கொடைகள் நீங்குவதை விட்டும், (மேலும், இஸ்லாத்தில் நான் நிலையாக இருக்கவும், அருட்கொடைகளை இல்லாதொழிக்கும் பாவங்களில் வீழ்ந்துவிடாமல் தூரமாக இருக்கவும்) உன்னிடம் நான் பாதுகாப்புத் தேடுகின்றேன்.
+இரண்டாவது : 'உனது பாதுகாப்பு மாறிவிடுவதை விட்டும்,' (அதாவது, அது சோதனையாக மாறிவிடுவதை விட்டும் பாதுகாப்புத் தேடுகின்றேன். உன்னிடம் நிரந்தரமான பாதுகாப்பையும், வலிகள் மற்றும் நோய்களை விட்டுப் பாதுகாப்பையும் கேட்கின்றேன்.
+மூன்றாவது : உனது தண்டனைகள் (சோதனைகளாகத்) திடீரென வருவதை விட்டும். சோதனைகளும் தண்டனைகளும் திடீரென வந்து விட்டால், தவ்பா செய்து சரிசெய்து கொள்வதற்கான ஒரு காலம் இருக்காது. அதனால் வரும் சோதனை மிக மோசமானதாக இருக்கும்.
+நான்காவது : 'உனது அனைத்துக் கோபங்களை விட்டும்' (மேலும், உனது கோபத்தை ஏற்படுத்தும் காரணிகளை விட்டும் பாதுகாப்புத் தேடுகின்றேன்.) நீ யார் மீது கோபம் கொள்கின்றாயோ, அவர் தோற்று, நட்டப்பட்டு விடுவான்.
+இங்கு நபியவர்கள் பன்மையைக் குறிக்கும் வார்த்தையைக் கொண்டுவரக் காரணம், அல்லாஹ்வின் கோபத்திற்குக் காரணமாக அமையும், அனைத்து, சொற்கள், செயற்கள் மற்றும் நம்பிக்கைகளை உள்ளடக்கிக் கொள்ளுவதற்காகும்.</t>
+  </si>
+  <si>
+    <t>افتقار النبيِّ صلى الله عليه وسلم إلى الله تعالى.
+تضمّنت هذه الاستعاذة المباركة: التوفيق لشكر النِّعم، والحفظ من الوقوع في المعاصي؛ لأنها تزيل النعم.
+الحرص عن الابتعاد عن مواضع سَخَطِ الله تعالى.
+استعاذ صلى الله عليه وسلم من فجأة نقمة الله تعالى؛ لأنه إذا انتقم من العبد فقد أَحَلَّ به من البلاء ما لا يَقدِر على دفعه، ولا يُستدفع بسائر المخلوقين، وإن اجتمعوا جميعًا.
+استعاذ صلى الله عليه وسلم من تحول عافيته سبحانه؛ لأنه إذا كان قد اختصَّه الله بعافيته، فقد ظفر بخير الدارين، فإن تحولت عنه فقد أصيب بشر الدارين، فإن العافية بها صلاح الدِّين والدنيا.</t>
+  </si>
+  <si>
+    <t>நபியவர்கள் அல்லாஹ்வின் பால் தேவையுள்ளவராக இருக்கின்றமை.
+பரக்கத்திற்குரிய இந்த துஆ, அருட்கொடைகளுக்கு நன்றி செலுத்த அருள்புரிவதையும், பாவங்களில் வீழ்ந்துவிடாமல் பாதுகாப்பதையும் உள்ளடக்கியுள்ளது. ஏனெனில் அவையே அருட்கொடைகளை இல்லாமல் செய்கின்றன.
+அல்லாஹ்வின் கோபத்தை ஏற்படுத்தும் இடங்களை விட்டு மிகக் கவனமாக விலகியிருத்தல்.
+அல்லாஹ்வின் தண்டனை திடீரென வருவதை விட்டும் நபியவர்கள் பாதுகாப்புக் கேட்டுள்ளார்கள். ஏனெனில், அல்லாஹ் ஒரு அடியானைத் தண்டித்து விட்டான் என்றால், அவனால் தடுத்து நிறுத்த முடியாத ஒரு சோதனையை அவனுக்க இறக்கி விடுவான். ஏனைய எல்லாப் படைப்புக்களும் ஒன்று சேர்ந்தாலும், அவர்களால் அதைத் தடுத்த நிறுத்த முடியாது.
+இங்கு நபியவர்கள் அல்லாஹ்வுடைய பாதுகாப்பு மாறி விடுவதை விட்டும் பாதுகாப்புக் கேட்கின்றார்கள். ஏனெனில், அல்லாஹ் ஒருவருக்கு தன்னுடைய பாதுகாப்பை வழங்கிவிட்டான் என்றால், ஈருலக நலவுகளையும் அவன் அடைந்து கொள்வான். அது அவனை விட்டும் தப்பிச் சென்று விட்டால், ஈருலக தீமைகளையும் அவனைத் தொற்றிக் கொள்ளும். ஆபியா எனும் இறைப்பாதுகாப்பிலேயே ஈருலக சீரான வாழ்வு உள்ளது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5488</t>
+  </si>
+  <si>
+    <t>اللهم إني أعوذ بك من غلبة الدين، وغلبة العدو، وشماتة الأعداء</t>
+  </si>
+  <si>
+    <t>யா அல்லாஹ்! கடன் சுமையை விட்டும், எதிரியின் அடக்குமுறையை விட்டும் மேலும், எதிரிகளின் நகைப்பை விட்டும் நான் உன்னிடம் பாதுகாப்புத் தேடுகின்றேன்</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَدْعُو بِهَؤُلَاءِ الْكَلِمَاتِ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ غَلَبَةِ الدَّيْنِ، وَغَلَبَةِ الْعَدُوِّ، وَشَمَاتَةِ الْأَعْدَاءِ».</t>
+  </si>
+  <si>
+    <t>அப்துல்லாஹ் இப்னு அம்ர் இப்னுல் ஆஸ் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : நபி (ஸல்) அவர்கள் பின்வரும் வார்த்தைகளைக் கொண்டு துஆக் கேட்பார்கள் : யா அல்லாஹ்! கடன் சுமையை விட்டும், எதிரியின் அடக்குமுறையை விட்டும் மேலும், எதிரிகளின் நகைப்பை விட்டும் நான் உன்னிடம் பாதுகாப்புத் தேடுகின்றேன்.</t>
+  </si>
+  <si>
+    <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم من أمور: 
+الأول: (اللهم إني أعوذ) وألجأ وأَلُوْذُ (بك) لا بغيرِك، (من غلبة الدَّين) وقهره وهمِّه وكَرْبِه، وأسألك الإعانة على قضائه وسداده. 
+الثاني: (وغلبة العدو) وقهره وتَسَلُّطه، وأسألك كَفَّ أذاه، والانتصارَ عليه. 
+الثالث: (وشماتة الأعداء) وفَرَحِهم بما يُصيب المسلمين من بلاء ومصيبة.</t>
+  </si>
+  <si>
+    <t>நபியவர்கள் இங்கு சில விடயங்களை விட்டும் பாதுகாப்புத் தேடியுள்ளார்கள் :
+யா அல்லாஹ்! கடன் சுமையை (அது என்னை மிகைப்பதையும், அதன் கவலை மற்றும் சோதனைகளையும்) விட்டும் நான் (வேறு யாரிடமும் இல்லாமல்) உன்னிடம் (ஒதுங்கிப்) பாதுகாப்புத் தேடுகின்றேன். அவற்றைத் திருப்பிச் செலுத்திவிட உதவுமாறு நான் உன்னிடம் கேட்கின்றேன்.
+இரண்டாவது : 'எதிரியின் அடக்குமுறையை விட்டும்' (அதாவது, எதிரி என்னை அடக்கி, ஆதிக்கம் செலுத்துவதை விட்டும் பாதுகாப்புத் தேடுகின்றேன். அவனுடைய தொல்லைகளைத் தடுத்து, அவனை வெற்றிகொள்ள உதவுமாறு உன்னிடம் கேட்கின்றேன்.)
+மூன்றாவது : 'எதிரிகளின் நகைப்பு' அதாவது, முஸ்லிம்களுக்கு ஏற்படும் சோதனைகள் மற்றும் துன்பங்களில் அவர்கள் மகிழ்ச்சியடைவது.</t>
+  </si>
+  <si>
+    <t>الحث على التعوذ بالله من كلِّ ما يَشغل عن الطاعة ويَجلب الهموم كالدَّيْن وغيره.
+مطلق الدَّيْن لا حَرَجَ فيه، إنما الحَرَجُ فيمَن ليس لديه وفاءٌ للدَّين، وهذا هو الدَّيْن الغالِب.
+الإنسان عليه أنْ يَتَجنَّبَ الأمور التي يُشْمَتُ بها ويُعاب فيها.
+بيان عداوة الكفار للمؤمنين وشماتهم بهم عند حلول المصائب.
+إظهار الأعداء فرحَهم بِبَلِيَّة الإنسان يَشتدُّ على الإنسان من نفس البلية.</t>
+  </si>
+  <si>
+    <t>இறைவழிப்பாட்டை விட்டுத் திசைதிருப்பி, கவலைகளைக் கொண்டுவரும், கடன் போன்ற அனைத்தையும் விட்டுப் பாதுகாப்புத் தேடல்.
+பொதுவாகக் கடனில் பிரச்சனை இல்லை. மாறாக, யாருக்கு அதனைத் திருப்பிச் செலுத்த முடியாமல் உள்ளதோ அதுவே பிரச்சனையாகும். இதுதான், 'கடன்சுமை' ஆகும்.
+ஏனையோரின் நகைப்புக்களுக்கும், குறை கூறல்களுக்கும் இலக்காக்கும் அம்சங்களை மனிதன் தவிர்க்க வேண்டும்.
+காபிர்களுக்கு முஸ்லிம்கள் மீதுள்ள விரோதத்தையும், முஃமின்களுக்கு சோதனைகள் ஏற்படும் போது அவர்கள் சந்தோசப்படுவதையும் உணர்த்துதல்.
+ஒரு மனிதனுக்கு ஏற்பட்டுள்ள சோதனையைப் பார்த்து எதிரிகள் தமது மகிழ்ச்சியை வெளிப்படுத்துவது, அந்த சோதனையை விட அவனுக்குப் பாரமாக இருக்கும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5489</t>
+  </si>
+  <si>
+    <t>اللهم بك أصبحنا، وبك أمسينا، وبك نحيا، وبك نموت، وإليك النشور</t>
+  </si>
+  <si>
+    <t>'யா அல்லாஹ்! உன்னைக் கொண்டே நாம் காலையை அடைந்தோம். உன்னைக் கொண்டே நாம் மாலையையும் அடைந்தோம். உன்னைக் கொண்டே நாம் வாழ்கின்றோம். உன்னைக் கொண்டே நாம் மரணிப்போம். உன்னிடமே நாம் எழுப்பப்படுவோம்.'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَنَّهُ كَانَ يَقُولُ إِذَا أَصْبَحَ: «اللهُمَّ بِكَ أَصْبَحْنَا، وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» وَإِذَا أَمْسَى قَالَ: «بِكَ أَمْسَيْنَا، وَبِكَ أَصْبَحْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» قَالَ: وَمَرَّةً أُخْرَى: «وَإِلَيْكَ الْمَصِيرُ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, அபூ ஹுரைரா (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : நபி (ஸல்) அவர்கள் காலையை அடைந்தால், இவ்வாறு கூறுவார்கள் : 'யா அல்லாஹ்! உன்னைக் கொண்டே நாம் காலையை அடைந்தோம். உன்னைக் கொண்டே நாம் மாலையையும் அடைந்தோம். உன்னைக் கொண்டே நாம் வாழ்கின்றோம். உன்னைக் கொண்டே நாம் மரணிப்போம். உன்னிடமே நாம் எழுப்பப்படுவோம்.' மாலையை அடைந்தால் இவ்வாறு கூறுவார்கள் : 'யா அல்லாஹ்! உன்னைக் கொண்டே நாம் மாலையை அடைந்தோம். உன்னைக் கொண்டே நாம் காலையையும் அடைந்தோம். உன்னைக் கொண்டே நாம் வாழ்கின்றோம். உன்னைக் கொண்டே நாம் மரணிப்போம். உன்னிடமே நாம் எழுப்பப்படுவோம்' மேலும் ஒரு தடவை, 'உன்னிடமே மீள்வோம்.' என்றும் கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>كان صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دخل عليه الصباحُ وهو أول النهار مع طلوع الفجر يقول: 
+(اللَّهُمَّ بِكَ أَصْبَحْنَا) مُلْتَبِسِيْن بحفظك مَغمُورين بنعمتك، مُشتَغِلين بذكرك، مستعينين باسمك، مَشمولين بتوفيقك، مُتَحَرِّكين بحولك وقوتك، (وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ) أي كاللفظ السابق مع جَعْلِه في المساء، فيقول: اللهم بك أمسينا، فباسمك المُحْيِي نَحْيَا، وباسمك المُميت نموت، (وَإِلَيْكَ النُّشُورُ) والبعث بعد الموت، والتفرُّق بعد الجمع، يستمر حالنا على هذا في جميع الأوقات، وسائر الحالات ولا أَنْفَكّ عنه ولا أَهْجُرُه. 
+وإِذَا دخل عليه المساء من بعد العصر قَالَ: (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) والمرجع في الدنيا، والمآب في العُقْبى، فأنت تُحييني وأنت تميتني.</t>
+  </si>
+  <si>
+    <t>நபியவர்கள், பஜ்ர் உதயமாகி காலைப்பொழுதை அடைந்தால் இவ்வாறு கூறுவார்கள் :
+(யா அல்லாஹ்! நாம் உன்னைக் கொண்டே)  உனது பாதுகாப்பிற்கு உட்பட்டவர்களாக, உனது அருளால் அரவணைக்கப்பட்டவர்களாக, உன்னை நினைவு கூறுவதில் ஈடுபட்டவர்களாக, உனது பெயரைக் கொண்டு உதவி தேடியவர்களாக, உனது பேருபகாரத்தினால் உள்வாங்கப்பட்டவர்களாக, உனது பாதுகாப்பினாலும், சக்தியினாலும் இயங்குபவர்களாக (காலையை அடைந்தோம்.) (உன்னைக் கொண்டே மாலையை அடைந்தோம். உன்னைக் கொண்டே வாழ்கின்றோம். உன்னைக் கொண்டே மரணிப்போம்.) இது முந்திய வசனங்களைக் போன்ற அர்த்தங்களை உள்ளடக்கியிருக்கும். அதேநேரம் அதனை மாலைநேரத்திற்கென மாற்றி, இவ்வாறு கூறவேண்டும் : யா அல்லாஹ்! உன்னைக் கொண்டே நாம் மாலையை அடைந்தோம். உயிர்ப்பிப்பவன் எனும் உனது பெயரைக் கொண்டே நாம் உயிர்வாழ்கின்றோம். மரணிக்கச் செய்பவன் எனும் உனது பெயர் கொண்டே நாம் மரணிக்கின்றோம். (ஒன்றுசேர்க்கப்படுவது உன்னிடமே) அதாவது, மரணத்திற்குப் பின்னர் எழுப்பப்படுவதும், ஒன்று சேர்ந்த பின்னர் பிரிந்து செல்வதும் உன்னிடமே. எமது நிலை, எல்லா நேரங்களிலும், எல்லா நிலைகளிலும் இவ்வாறே தொடர்ந்திருக்கும். அவனை விட்டு விலகியோ, அவனை விரோதித்தோ என்னால் இருக்க முடியாது.
+அஸ்ருக்குப் பின்னர், அவர் மாலை நேரத்தில் நுழைந்தவுடன் இவ்வாறு கூறுவார் : இவ்வுலகில் மீள்வதும், மறுமையில் ஒதுங்குவதும் உன்னிடமே. நீயே என்னை உயிர்ப்பிக்கின்றாய்! நீயே என்னை மரணிக்கச் செய்கின்றாய்.</t>
+  </si>
+  <si>
+    <t>استحباب هذا الدعاء صباحًا ومساءً، تأسيًا بالنبي صلى الله عليه وسلم.
+افتقارُ العبد إلى ربِّه في جميع أحواله وأوقاته.
+الأفضل في قراءة الأذكار، في الصباح من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك -يعني: قالها في الصباح بعد ارتفاع الضُّحى- أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
+مناسبة قوله "وإليك النُّشور" في الصباح، فهذا يُذكره بالإحياء والبعث الأكبر حينما يموت الناس ويُبعثون يوم القيامة، فهذا بعثٌ جديدٌ، ويومٌ جديدٌ تُردُّ فيه الأرواح، وينتشر فيه الناس، ويتنفّس هذا الصَّباح الجديد الذي خلقه الله؛ ليكون شاهدًا على ابن آدم، وتكون أوقاته وآناؤه خزائن لأعمالنا.
+مناسبة قوله "وإليك المصير" في المساء، حين يرجع الناسُ من أعمالهم وانتشارهم في مصالحهم ومعايشهم، يرجعون إلى دورهم، ويخلدون إلى الراحة بعد أن تفرَّقوا، فيذكر بالرجوع إلى الله تبارك وتعالى المرجع، والمآل، والمصير.</t>
+  </si>
+  <si>
+    <t>நபியவர்களைப் பின்பற்றி, இந்த துஆவைக் காலையிலும், மாலையிலும் ஓதுவது விரும்பத் தக்கதாகும்.
+ஓர் அடியான் தனது எல்லா நேரங்களிலும், எல்லா நிலைகளிலும் அல்லாஹ்வின் பால் தேவையுள்ளவனாக உள்ளான்.
+அத்கார்களை ஓதுவதற்கான மிகச் சிறந்த நேரம், காலையில், பஜ்ர் உதயமாகியது தொடக்கம், சூரியன் உதித்து காலை ஆரம்பிக்கும் நேரம் வரையாகும். மாலையில், அஸ்ர் தொடக்கும் சூரியன் மறைவதற்கு முன்னர் வரையாகும். அதற்குப் பின்னால் அவர் ஓதினால், அதாவது காலையில் ழுஹா நேரம் ஏற்பட்ட பின்னர் ஓதினால் அது நிறைவேறும். ழுஹருக்குப் பின்னால் ஓதினால் அதுவும் நிறைவேறும். மஃரிபுக்குப் பின்னர் ஓதினாலும் நிறைவேறும். அவையும் திக்ர் உடைய நேரங்களே!
+'உன்னிடமே ஒன்றுசேர்க்கப்படுவோம்' என்று காலையில் கூறப்படுவது எவ்வாறு பொருத்தமாக உள்ளதென்றால், இது மக்கள் மரணித்த பின்னர் எழுப்பப்படும் நிகழ்வாகிய மீள் எழுப்பல் நிகழ்வை நினைவுபடுத்துகின்றது. ஏனெனில், இது ஒரு புதிய எழுப்பல் ஆகும். உயிர்கள் உடம்பிற்கு மீண்டும் வழங்கப்படும் புதிய ஒரு நாளாகும். மக்கள் இந்நாளில் பரந்து காணப்படுவார்கள். அல்லாஹ் படைத்துள்ள இந்த காலைப்பொழுது மீண்டும் உதித்து, மனிதனுக்கு எதிரான ஒரு சாட்சியாக இருக்கும். அதன் நேரங்களும், பொழுதுகளும் எமது அமல்களுக்கான ஒரு சேமிப்பிடமாக இருக்கும்.
+'மீள்வது உன்னிடமே' என்ற வார்த்தை, மாலை நேரத்திற்குப் பொருந்துவதற்கான காரணம், மக்கள் தமது நலன்களுக்காகவும், வாழ்க்கைக்காகவும் பரந்து சென்று தொழில்செய்துவிட்டுத் திரும்பும் போது தமது வீடுகளுக்குத் திரும்புகின்றார்கள். சிதறிய நிலையில் இருந்த அவர்கள் ஓய்வை நோக்கி ஒதுங்குகின்றார்கள். எனவே, ஒதுங்குமிடமாக உள்ள, அல்லாஹ்வை நோக்கி மீள்வது இங்கு நினைவுபடுத்தப்படுகின்றது.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه</t>
+  </si>
+  <si>
+    <t>[இமாம்களான அபூதாவூத், திர்மிதீ, நஸாஈ, இப்னுமாஜா ஆகியோர் இதை பதிவு செய்துள்ளனர்]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5490</t>
   </si>
   <si>
     <t>الْمُؤْمِنُ مِرْآةُ أَخِيهِ الْمُؤْمِنِ</t>
   </si>
   <si>
     <t>ஒரு முஃமின் தன் முஃமினான சகோதரனின் கண்ணாடியாவான்.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «الْمُؤْمِنُ مِرْآةُ أَخِيهِ الْمُؤْمِنِ».</t>
   </si>
   <si>
     <t>ஒரு முஃமின் தன் முஃமினான சகோதரனின் கண்ணாடியாவான்.என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள்,என அபூ ஹுரைரா (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>في الحديث وصف نبوي بديع، وتشبيه بليغ، يبين موقف الأخ المسلم من أخيه، ويحدد مسؤوليته تُجَاهَهُ، فيرشده إلى محاسن الأخلاق فيفعلها، وإلى مساوئ الأخلاق فيجتنبها، فهو له كالمرآة الصقيلة التي تريه نفسه على الحقيقة، وهذا يفيد وجوب النصح للمؤمن، فإذا اطلع على شيء من عيوب أخيه وأخطائه نبهه عليها وأرشده إلى إصلاحها، لكن بينه وبينه، لأن النصح في الملأ فضيحة.</t>
   </si>
   <si>
     <t>ரஸூல் (ஸல்) அவர்கள் இந்த ஹதீஸில் ஒரு முஃமினை இன்னொரு முஃமினின் கண்ணாடி என்று உயர்ந்த இலக்கிய பாணியில் வர்ணனை செய்துள்ளார்கள்.அதாவது பளபளப்பான நிழல் கண்ணாடியில் ஒருவன் தன்னைப் பார்த்து தனது குறைகளை எப்படி நிவர்த்தி செய்து கொள்கின்றானோ அதுபோன்று தன் சகோதர முஃமின் ஒருவனின் குறையைக் காணும் இன்னொரு முஃமின் அவனுக்கு அதனை உணர்த்தி அவனைச் சீர்திருத்த அவனுக்கு வழி காட்டுவது அவசியம் என்பதே இதன் கருத்தாகும்.ஆனால் மக்கள் முன்னிலையில் அவனுக்கு அறிவுரை வழங்க முற்படுவதன் மூலம் அவனுக்கு அவமானம் உண்டாகலாம் என்ற படியால் இது அவர்கள் இருவருக்கும் இடையில் நிகழ வேண்டுமேயல்லாது மக்கள் மத்தியில் நிகழக் கூடாது.</t>
   </si>
   <si>
     <t>أن المسلم إذا اطَّلع على عيب في أخيه أو خطأ أو زلل فإنه ينبهه وينصحه إلى هذه الأخطاء ويرشده إلى كيفية التخلص منها.
 أن الواجب على المسلم أن يزين ويجمل أخاه المسلم عند الناس بإزالة أخطائه وزلاته.
 الحث على أن تقبل النصح والإرشاد من أخيك؛ لأنه قد يرى فيك من الأخطاء ما لا ترى.</t>
   </si>
   <si>
@@ -8379,120 +11610,120 @@
   <si>
     <t>إنَّكُمْ لَا تَسَعُونَ النَّاسَ بِأَمْوَالِكُمْ، وَلَكِنْ لِيَسَعْهُمْ مِنْكُمْ بَسْطُ الْوَجْهِ وَحُسْنُ الْخُلُقِ</t>
   </si>
   <si>
     <t>நீங்கள் உங்கள் பணத்தின் மூலம் மக்களின் ஆதரவைப் பெற முடியாது.எனினும் உங்களில் முக மலர்ச்சியுடையவர்களும் நற்குணமுடையவர்களுமே அவர்களின் ஆதரவைப் பெற முடியும்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم : «إنكم لا تسعون الناس بأموالكم وَلْيَسَعُهُمْ منكم بَسْطُ الوجه وحسن الخلق».</t>
   </si>
   <si>
     <t>"நீங்கள் உங்களின் பணத்தின் மூலம் மக்களின் ஆதரவைப் பெற முடியாது.எனினும் உங்களில் முக மலர்ச்சியுடையவர்களும் நற்குணமுடையவர்களுமே அவர்களின் ஆதரவை பெற முடியும்"என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள்,என அபூ ஹுரைரா (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>الحديث دليل على فضل بسط الوجه وطلاقته وبشاشته عند اللقاء، وفضل حسن الخلق وحسن المعاشرة، ومعاملة الناس بالكلام الطيب والفعل الحسن، وهذا بمقدور كل إنسان، وهذه الأخلاق هي التي تجلب المحبة وتديم الألفة بين أفراد المجتمع.</t>
   </si>
   <si>
     <t>மக்களைச் சந்திக்கும் போது முக மலர்ச்சியுடனும்,நற் குணத்துடனும் இருப்பதுவும்,அவர்களுடன் நல்ல முறையில் உரையாடி அவர்களுடன் தொடர்பு வைத்துக் கொள்வதும் சிறப்புக்குரியதாகும் என்பதை இந்த ஹதீஸ் எடுத்துக் காட்டுகின்றது.இது எல்லா மனிதனாலும் செய்ய இயலுமான காரியமாகும்.இந்தப் பண்புகள் மூலம்தான் மக்களின் அன்பை ஈர்த்துக் கொள்ளவும்,சமூகத்தில் மக்களிடையே அந்நியோந்நியத்தை தக்க வைத்துக் கொள்ளவும் முடியும்</t>
   </si>
   <si>
     <t>فضيلة تقوى الله وحسن الخلق.
 أن الإنسان قد يجذب الناس ويحببهم به بدون مال إنما بطلاقة الوجه.
 أن طلاقة الوجه وحسن الخلق من أفضل وأنجح الوسائل للدعوة إلى الله.
 يستفاد من الحديث أنه ينبغي حسن معاشرة الناس ومخالطتهم والتبسم لهم، وطلاقة الوجه معهم.</t>
   </si>
   <si>
-    <t>حسن لغيره</t>
-[...1 lines deleted...]
-  <si>
     <t>رواه الحاكم</t>
   </si>
   <si>
     <t>[ஹஸன் லிகைரிஹி-பிரிதொன்றின் மூலம் ஹஸன்-சிறந்தது என்ற தரத்தைப் பெற்றது]</t>
   </si>
   <si>
     <t>[இந்த ஹதீஸை ஹாகிம் பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5500</t>
   </si>
   <si>
     <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மிகவும் அதிகமாக ஓதும்; பிரார்த்தனையாக ' அல்லாஹும்ம ரப்பனா ஆதினா பித்துன்யாக ஹஸனதன் வபில்ஆகிரதி ஹஸனதன் வகினா அதாபன்னார்' காணப்பட்டது. (யா அல்லாஹ்  எமது இரட்சகனே ! எமக்கு  இவ்வுலகிலும் மறுமையிலும்; நலவைத் தருவாயாக. மேலும் நரக நெருப்பிலிருந்து எம்மை காப்பற்றுவாயாக!</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
     <t>அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மிகவும் அதிகமாக ஓதும்; பிரார்த்தனையாக ' அல்லாஹும்ம ரப்பனா ஆதினா பித்துன்யாக ஹஸனதன் வபில்ஆகிரதி ஹஸனதன் வகினா அதாபன்னார்' காணப்பட்டது. (யா அல்லாஹ்  எமது இரட்சகனே ! எமக்கு  இவ்வுலகிலும் மறுமையிலும்; நலவைத் தருவாயாக. மேலும் நரக நெருப்பிலிருந்து எம்மை காப்பற்றுவாயாக!</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அதிகமாக சொற்சுருக்கமும் பொருட்செறிவும் மிக்க துஆக்களை அதிகம் ஓதக் கூடியவர்களாக இருந்தார்கள். அவற்றுள் ஒரு துஆ பின்வருமாறு : ' அல்லாஹும்ம ரப்பனா ஆதினா பித்துன்யாக ஹஸனதன் வபில்ஆகிரதி ஹஸனதன் வகினா அதாபன்னார்' காணப்பட்டது. (யா அல்லாஹ்  எமது இரட்சகனே ! எமக்கு  இவ்வுலகிலும் மறுமையிலும்; நலவைத் தருவாயாக. மேலும் நரக நெருப்பிலிருந்து எம்மை காப்பற்றுவாயாக! இங்கு குறிப்பிடப்பட்ட உலகின் நலனை என்பது விசாலமான இன்பத்தை தரவல்ல ஹலாலான வாழ்வாதரம்,நல்ல –ஸாலிஹான மனைவி  -கண்குளிச்சி மிக்க பிள்ளைகள் -ஓய்வு- நல்ல அமல் -செயல்பாடு போன்ற அனுமதிக்கப்பட்டதும் விரும்பத்தக்கதுமான கோரிக்கைகளைக் உள்ளடக்கியுள்ளது.மறுமை நலன் என்பது கப்ரிலும் இறைசன்னிதானத்திலும் நரகிலும் கிடைக்கவிருக்கும் தண்டனைகளிலிருந்து பாதுகாப்ப் பெறுதல்,இறைபொறுத்தத்தைத் பெறல்,நித்தியமான பேரின்பத்தை அடைந்து கொள்ளுதல்,கருணையாளனாகிய அல்லாஹ்விடம நெருக்கத்தைப் பெறுதல்  போன்றவற்றைக் குறிக்கும்.</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களை முன்பமாதிரியாகக் கொண்டு அவர்கள் ஓதிய கருத்தாளமிக்க துஆக்களை ஓதுவது வரவேற்கத்தக்கது.
 ஒருவர் தனது பிரார்த்தனையில்  இம்மை மறுமை நலன்ககள் இரண்டையும் சேர்த்து பிரார்த்திப்பது அவரின் துஆ –பிரார்த்தனை –மிகவும் பூரணத்துவமிக்கதாக அமைய காரணமாக அமையும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5502</t>
   </si>
   <si>
-    <t>عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إلَى الْجَنَّةِ</t>
-[...22 lines deleted...]
-أن الكذب يوصل إلى الفسق والفجور، فتصير أقواله وأعماله كلها على خلاف الحقيقة، خارجة عن طاعة الله، والخروج عن طاعته هو الهاوية التي تقود صاحبها وتزج به في النار.</t>
+    <t>عليكم بالصدق، فإن الصدق يهدي إلى البر، وإن البر يهدي إلى الجنة</t>
+  </si>
+  <si>
+    <t>'நீங்கள் உண்மையைக் கடைப்பிடியுங்கள். ஏனென்றால் நிச்சயமாக உண்மை நன்மைக்கு வழி காட்டும். மேலும் நிச்சயமாக நன்மை சுவர்க்கத்திற்கு வழிகாட்டும்</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بنِ مَسعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ، وَمَا يَزَالُ الرَّجُلُ يَصْدُقُ وَيَتَحَرَّى الصِّدْقَ حَتَّى يُكْتَبَ عِنْدَ اللهِ صِدِّيقًا، وَإِيَّاكُمْ وَالْكَذِبَ، فَإِنَّ الْكَذِبَ يَهْدِي إِلَى الْفُجُورِ، وَإِنَّ الْفُجُورَ يَهْدِي إِلَى النَّارِ، وَمَا يَزَالُ الرَّجُلُ يَكْذِبُ وَيَتَحَرَّى الْكَذِبَ حَتَّى يُكْتَبَ عِنْدَ اللهِ كَذَّابًا».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : 'நீங்கள் உண்மையைக் கடைப்பிடியுங்கள். ஏனென்றால் நிச்சயமாக உண்மை நன்மைக்கு வழி காட்டும். மேலும் நிச்சயமாக நன்மை சுவர்க்கத்திற்கு வழிகாட்டும் . மேலும் மனிதன் உண்மை பேசிக் கொண்டும் உண்மையைத் தேடிக் கொண்டும் இருக்கும் போது அவன் அல்லாஹ்விடம் உண்மையாளன் என்று எழுதப்படுவான். நீங்கள் பொய் சொல்வதையிட்டு உங்களை எச்சரிக்கை செய்கிறேன். ஏனெனில் நிச்சயமாகப் பொய் தீமைக்கு வழிகாட்டும். மேலும் நிச்சயமாக தீமை நரகிற்கு வழிகாட்டும். எனவே மனிதன் பொய் பேசிக் கொண்டும் பொய்யைத் தேடிக் கொண்டும் இருக்கும் போது அல்லாஹ்விடம் அவன் பொய்யன் என்று எழுதப்படுவான்'</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بالصدق، وأَخبر أن الالتزام به يوصِل إلى العمل الصالح الدائم، والمواظب على فعل الخير يوصل صاحبه إلى الجنة، ولا يزال يتكرر منه الصدق في السر والعلانية، ويستحق اسم صِدِّيق؛ وهو المبالغة في الصدق، 
+ثم حذَّر صلى الله عليه وسلم من الكذب وقول الباطل؛ لأنه يبعث على الميل عن الاستقامة، وإلى فعل الشر والفساد والمعاصي، ثم يوصله إلى النار، وما زال يستكثر من الكذب حتى يُكتب عند الله من الكاذبين.</t>
+  </si>
+  <si>
+    <t>இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் உண்மை பேசுமாறு வலியுறுத்துகிறார்கள். அவ்வாறு உண்மை பேசுவதை கடைப்பிடிப்பதும் நிலையான நற்காரியங்களை செய்யவும் நற்செயல்களை தொடராக செய்யவும் வழிவகுப்பதோடு அவரை சுவர்கத்தின் பால் கொண்டு போய்சேர்க்கும். இரகசியமாகவும் வெளிப்படையாகவும் தொடராக இப்பண்பை கடைப்பிடிப்பவர் உண்மையாளர் என்ற பெயருக்கு தகுதிபெற்றவராக மாறி விடுகிறார். அரபு மொழியில் சித்தீக் என்பது மிகப்பெரும் உண்மையாளர் என்ற கருத்தைக் காட்டும் ஒரு சொல்லாகும். மேலும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பொய் மற்றும் வீணாண வார்த்தை பேசுவதை விட்டும் எச்சரிக்கை செய்தார்கள். ஏனெனில்  இச்செயற்பாடானது மார்க்கத்தில் உறுதியாக இருப்பதை விட்டு தடம்புரள தூண்டுவதோடு தீமைகளையும் பாவங்களையும் குழப்பங்களை செய்யயவும் வழிவகுக்கும். பின் இவை நரகத்திற்கு கொண்டுபோய் சேர்த்துவிடும். ஒருவர் தொடர்ந்தும் அதிகமாக பொய் சொல்பவராக இருக்கும் பட்சத்தில் அவர் பொய்யர் என அல்லாஹ்விடத்தில் பதிவு செய்யப்படுகிறார்.</t>
+  </si>
+  <si>
+    <t>الصدق خلق كريم يحصل بالاكتساب والمجاهدة، فإنَّ الرجل ما يزال يصدُق ويتحرى الصدق، حتى يكون الصدق سجية له وطبعًا، فيكتب عند الله من الصديقين والأبرار.
+الكذب خلق ذميم يكتسبه صاحبه من طول ممارسته، وتحريه قولًا وفعلًا، حتى يصبح خُلقًا وسجية، ثم يكتب عند الله تعالى من الكذابين.
+الصدق يطلق على صدق اللسان، وهو نقيض الكذب، والصدق في النية، وهو الإخلاص، والصدق في العزم على خير نواه، والصدق في الأعمال، وأقلُّه استواءُ سريرتِه وعلانيته، والصدق في المقامات، كالصدق في الخوف والرجاء وغيرهما، فمن اتصف بذلك كان صدّيقًا، أو ببعضها كان صادقًا.</t>
+  </si>
+  <si>
+    <t>உண்மை பேசுதல்  சிறந்த ஒரு குணமாகும். அதனை முயற்சி மற்றும் ஈடுபாடு ஆகியவற்றின் மூலம் அடைந்திட முடியும். ஒருவர் உண்மை பேசுபவராகவும்; எல்லா நிலைகளிலும் உண்மையை தேடக்கூடியவராகவும் இருப்பாராயின், உண்மை பேசுவது என்பது அவரின் இயல்பாகவும் சுபாவமாகவும் மாறிவிடும். இதன் காரணமாக அல்லாஹ்விடத்தில் அவர் உண்மையாளர்கள் மற்றும் சான்றோர்களில் ஒருவராக பதிவு செய்யப்படுவார்.
+பொய்  இழிவான ஒரு குணமாகும். இதனை ஒரு மனிதன் நீண்ட கால பயிற்சியினூடாக பெற்றுக் கொள்கிறான், வேண்டுமென்றே சொல் மற்றும் செயலில் இப்பண்பை கடைபிடிப்பதினால் அவனின் குணத்திலும் இயல்பிலும் ஆழமாக பதிந்து விடுகிறது. ஆகையால் அவன் எப்போதும் பொய் பேசுபவனாக மாறிவிடுகிறான். இவ்வாறான நிலையில் அல்லாஹ்விடத்தில் பொய்யர்களில் ஒருவனாக பதியப்படுகிறான்.
+உண்மை என்பது பேச்சில்; நேர்மையைக் குறிக்கிறது, மேலும் அது பொய் சொல்வதற்கு எதிரானது. எண்ணத்தில் (நோக்கத்தில்) நேர்மை –உண்மை என்பது உளத்தூய்மையாகும். ஒரு நல்ல காரியத்தை செய்வதில் உறுதியாக இருப்பதில் உண்மையை கடைப்பிடிப்பதும் செயல்களில் உண்மையாக நடப்பதும் இதில் உண்மை என்ற குணத்தில் அடங்கும். அத்துடன் இது விடயத்தில் உள்ளும் புறமும் ஒன்றாக இருப்பது உண்மையை கடைப்பிடிப்பதில் உள்ள ஆகக் குறைந்த நிலையாகும். அல்லாஹ்வுக்கு பயப்படுதல் எதிர்பார்த்தல் போன்ற விடயங்களில் உண்மையாக நடந்து கொள்வது உயர் நிலையாகும். கூறப்பட்ட விடயங்கள் அனைத்திலும் உண்மையை கடைப்பிடிப்பவர் ஸித்தீக் அல்லது இவற்றில் சில விடயங்களில் உண்மையாக நடப்பாராயின் ஸாதிக் என்ற நிலையில் இருப்பார்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5504</t>
   </si>
   <si>
     <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>'இரண்டு வார்த்தைகள் நாவுக்கு எளிதானவையாகும். (நன்மை தீமை நிறுக்கப்படும்) தராசில் கனமானவையாகும். அளவற்ற அருளாளனுக்கு மிகவும் பிரியத்திற்குரியவையுமாகும்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடமிருந்து-அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : 'இரண்டு வார்த்தைகள் நாவுக்கு எளிதானவையாகும். (நன்மை தீமை நிறுக்கப்படும்) தராசில் கனமானவையாகும். அளவற்ற அருளாளனுக்கு மிகவும் பிரியத்திற்குரியவையுமாகும். அவை : 'ஸுப்ஹானல்லாஹி வபி ஹம்திஹி' (அல்லாஹ்வைப் போற்றிப் புகழ்ந்து துதி செய்கிறேன்), 'ஸுப்ஹானல்லாஹில் அழீம்' (கண்ணியமிக்க அல்லாஹ்வைத் துதிக்கிறேன்)'.</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு மனிதன் எந்த சிரமுமின்றி எல்லா வேளைகளிளும் இலகுவாக கூறக்கூடிய இரண்டு வார்த்தைகள் பற்றிக் குறிப்பிடுகிறார்கள். அவை மீஸானில் வைக்கப்படும் நன்மைகளில் மிகவும் கணதியானதாகவும், அருளாளனான எங்கள் இரட்சகனுக்கு அதி விருப்பத்திற்குரியதாகவும் உள்ளது. அவ்வார்த்தைகள் இரண்டும் பின்வருமாறு :
 'ஸுப்ஹானல்லாஹி வபி ஹம்திஹி' (அல்லாஹ்வைப் போற்றிப் புகழ்ந்து துதி செய்கிறேன்), 'ஸுப்ஹானல்லாஹில் அழீம்' (கண்ணியமிக்க அல்லாஹ்வைத் துதிக்கிறேன்)'. இவை இரண்டும் அல்லாஹ்வின் மேன்மை, அவனின் பரிபூரணத்துவம், எல்லாவித குறைகளிலிருந்து நீங்கியிருத்தல் போன்ற விடயங்களை உள்ளடக்கியுள்ளது.</t>
   </si>
   <si>
@@ -8695,50 +11926,86 @@
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதை தான் செவிமடுத்ததாக  முஆவியா ரழியல்லாஹு அன்ஹு அவர்கள்  அறிவித்துள்ளார்கள்: 'அல்லாஹ் யாருக்கு நன்மையை  நாடுகின்றானோ அவருக்கு மார்க்கத்தில் தெளிவைக் கொடுக்கின்றான் அல்லாஹ் கொடுப்பவனாக இருக்கிறான். நான் அதை பகிர்ந்தளிப்பவனாக இருக்கிறேன். இந்தச் சமுதாயத்தில் ஒரு சாரார் அல்லாஹ்வின் கட்டளையைப் பேணுவதில் நிலைத்தே இருப்பார்கள். மறுமை நாள் வரும் வரை அவர்களுக்கு மாறு செய்பவர்களால் எந்தத் தீங்கும் செய்து விட முடியாது'</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>அல்லாஹ் யாருக்கு நலவை நாடுகின்றானோ அவருக்கு மார்க்கத்தில் தெளிவான விளக்கத்தைக்  கொடுக்கின்றான் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெரிவிக்கிறார்கள். மேலும் நபியவர்கள் அல்லாஹ் அவருக்கு அளித்துள்ள அறிவு மற்றும் ஆகாரம் போன்றவற்றை பகிர்ந்தளிப்பவராக உள்ளார். உண்மையில் அல்லாஹ்வே வழங்குபவன். அவனைத் தவிர உள்ள மற்றோர் இவற்றிற்கான காரணங்களாக உள்ளனர். அவனின் அனுமதியின்றி எவ்வித பயனையும் அவை தரமாட்டாது. இந்தச் சமுதாயத்தினர் அல்லாஹ்வின் கட்டளையைப் பேணி நடப்பதில்  உறுதியாக  இருப்பார்கள். மறுமை நாள் வரும் வரை அவர்களுக்கு மாறு செய்பவர்களால் எந்தத் தீங்கும் செய்து விட முடியாது.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>மார்க்க அறிவின் சிறப்பும் மகிமையும் குறிப்பிடப் பட்டுள்ளதுடன் அதனைக் கற்பதற்கும் ஆர்வமூட்டப் பட்டிருத்தல்.
 இந்த சமூகத்தின் இருப்புக்கு சத்தியத்தை பின்பற்றி அதனைப் பிரச்சாரம் செய்தல் இன்றியமையாத அம்சமாகும். ஒரு பிரிவினர் இப்பணியை கைவிட்டாலும் இன்னொரு தரப்பினர் மேற்கொள்ளல் வேண்டும்.
 மார்க்கத்தைக் கற்று தெளிவுபெறுதல் அல்லாஹ் தனது அடியாருக்கு நலவை நாடுவதற்கான ஒரு விடயமாக காணப்படுகிறது.
 நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்  அல்லாஹ்வின் கட்டளையின் பிரகாரமும் அவனின் நாட்டப்படியும் தனக்கு வழங்கப்பட்டதை கொடுப்பவர்களாக இருப்பாரகள். ஆனால் அவர்கள் எதனையும் சொந்தமாகப் பெற்றவராக இல்லை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5518</t>
+  </si>
+  <si>
+    <t>يا أيها الناس، أفشوا السلام، وأطعموا الطعام، وصلوا الأرحام، وصلوا بالليل والناس نيام، تدخلوا الجنة بسلام</t>
+  </si>
+  <si>
+    <t>' மக்களே! ஸலாத்தைப் பரப்புங்கள், மற்றவர்களுக்கு உணவளியுங்கள், உறவைப் பேணுங்கள், இரவில் மக்கள் தூங்கும்போது தொழுங்கள், நீங்கள் நிம்மதியாக சொர்க்கத்தில் நுழைவீர்கள்.'</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدُ اللَّهِ بْنُ سَلَامٍ رضي الله عنه قَالَ: لَمَّا قَدِمَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ الْمَدِينَةَ انْجَفَلَ النَّاسُ قِبَلَهُ، وَقِيلَ: قَدِمَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، قَدِمَ رَسُولُ اللَّهِ، قَدِمَ رَسُولُ اللَّهِ، ثَلَاثًا، فَجِئْتُ فِي النَّاسِ لِأَنْظُرَ، فَلَمَّا تَبَيَّنْتُ وَجْهَهُ، عَرَفْتُ أَنَّ وَجْهَهُ لَيْسَ بِوَجْهِ كَذَّابٍ، فَكَانَ أَوَّلُ شَيْءٍ سَمِعْتُهُ تَكَلَّمَ بِهِ أَنْ قَالَ: «يَا أَيُّهَا النَّاسُ، أَفْشُوا السَّلَامَ، وَأَطْعِمُوا الطَّعَامَ، وَصِلُوا الْأَرْحَامَ، وَصَلُّوا بِاللَّيْلِ وَالنَّاسُ نِيَامٌ، تَدْخُلُوا الْجَنَّةَ بِسَلَامٍ».</t>
+  </si>
+  <si>
+    <t>அப்துல்லாஹ் இப்னு ஸலாம் ரழியல்லாஹு அன்ஹு அவர்கள் கூறியதாவது: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மதீனாவுக்கு வந்தபோது, மக்கள் அவரைச் சந்திக்க விரைந்தனர், (அவ்வேளை) 'அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் வந்து விட்டார்கள்! அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் வந்து விட்டார்கள்!' என்று மூன்று முறை கூறப்பட்டது. நான் மக்களுடன் அவரைப் பார்க்க வந்தேன், அவரது முகத்தை நான் தெளிவாகக் பார்த்த போது, அவரது முகம் பொய்யரின் முகம் அல்ல என்பதை அறிந்தேன். அவர்கள் கூறியதில் நான் முதலில் கேட்டது: ' மக்களே! ஸலாத்தைப் பரப்புங்கள், மற்றவர்களுக்கு உணவளியுங்கள், உறவைப் பேணுங்கள், இரவில் மக்கள் தூங்கும்போது தொழுங்கள், நீங்கள் நிம்மதியாக சொர்க்கத்தில் நுழைவீர்கள்.'</t>
+  </si>
+  <si>
+    <t>لما جَاءَ النبيُّ صلى الله عليه وسلم المدينة، ورآه الناس اتجهوا ناحيتَه مسرعين، وممن توجه إليه عبد الله بن سَلَامٍ رضي الله عنه وكان من اليهود، فلما رآه عرف أن وجهه ليس بوجه كذاب؛ لِمَا يبدو عليه من النور والجمال والهيبة الصادقة، 
+فكان أول شيء سمعه من النبي صلى الله عليه وسلم أنه حث الناس على أعمال تكون سببًا في دخول الجنة، ومنها: 
+أولًا: نشر تحية السلام وإظهاره والإكثار منه على مَن عرفت ومن لم تعرف. 
+ثانيًا: إطعام الطعام بالصدقة والهدية والضيافة.
+ثالثًا: صلة الأرحام بمن تربطك بهم رحم أو قرابة من جهة الأب أو الأم.
+رابعًا: صلاة نافلة قيام الليل والناس نيام.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மதீனாவுக்கு வந்த போது மக்கள் அவரைக் கண்டு அவர்களை நோக்கி விரைந்து சென்றார்கள். அவ்வாறு சென்றோரில் யூதர்களில் ஒருவரான அப்துல்லாஹ் இப்னு ஸலாம் ரழியல்லாஹு அன்ஹு அவர்களும் இருந்தார்கள். அப்துல்லாஹ் இப்னு ஸலாம் ரழியல்லாஹு அவர்கள் நபியவர்களை பார்த்ததும் அவர்களின் முகத்தில் பிரகாசமும் அழகும் உண்மையான மதிப்பச்சமும் பிரதிபளித்ததினால் அவர்கள் ஒரு பொய்யர் அல்ல என்பதை புரிந்துகொண்டார். அவர் சுவர்க்த்தினுள் நுழைவதற்கு காரணமாக உள்ள சில நற்காரியங்களை மக்களுக்கு வலியுறுத்திய விடயங்களையே நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடமிருந்து முதன் முதலில் கேட்டார்கள் அவை பின்வருமாறு :
+முதலாவது : ஸலாத்தைப் பரப்புவதுடன் அதனை அறிமுகமானவர்கள் அறிமுகமற்றவர்கள் யாவருக்கும் அதிகமாக சொல்லுதல்.
+இரண்டாவது: தர்மம் அன்பளிப்பு மற்றும் விருந்தோம்பல் மூலம் பிறருக்கு உணவளித்தல்.
+மூன்றாவது: தந்தை அல்லது தாயின் உறவுகள் மற்றும் உடன்பிறந்தோர் உறவுகளை சேர்ந்து நடத்தல்.
+நான்காவது : மக்கள் உறங்கும் வேளை உபரியான இரவு நேரத் தொழுயை (கியாமுல்லைலை) தொழுதல்.</t>
+  </si>
+  <si>
+    <t>استحباب نشر تحية السلام بين المسلمين، وأما غير المسلم فلا يُبدأ بالسلام، وإن سَلَّم بقول: السلام عليكم، فيُرد عليه بقول: وعليكم.</t>
+  </si>
+  <si>
+    <t>முஸ்லிம்களுக்கு மத்தியில் ஸலாத்தை பரப்புதல்; வரவேற்கத்தக்க விடயம். அத்துடன் முஸ்லிம் அல்லாதோருக்கு முதலில் ஸலாம் கூறுவதை தவிர்த்தல் வேண்டும். அவ்வாறு முஸ்லிம் அல்லாதவர் ஸலாம் கூறினால் அவருக்கு : 'வஅலைக்கும்; என்று பதில் கூறுதல் வேண்டும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5520</t>
   </si>
   <si>
     <t>اللهم رب الناس، أذهب البأس اشف أنت الشافي</t>
   </si>
   <si>
     <t>மனிதர்களின் இரட்சகனே! நீயே சுகமளிப்பவனாக இருக்கின்றபடியால்,நீ தொல்லைகளை அகற்றி சுகத்தை அளித்திடுவாயாக.</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها مرفوعاً: أن النبيَّ صلى الله عليه وسلم كَانَ يَعُودُ بَعْضَ أهْلِهِ يَمْسَحُ بِيدِهِ اليُمْنَى، ويقول: «اللَّهُمَّ رَبَّ النَّاسِ، أذْهِب البَأسَ، اشْفِ أنْتَ الشَّافِي لاَ شِفَاءَ إِلاَّ شِفاؤكَ، شِفَاءً لاَ يُغَادِرُ سَقماً».</t>
   </si>
   <si>
     <t>ரஸூல் (ஸல்) தங்களின் மனைவியரில் ஒருவரிடம் நோய் விசாரிக்கச் சென்றிருந்த போது "மனிதர்களின் இரட்சகனே! நீயே சுகமளிப்பவன்,ஆகையால் நீ தொல்லைகளை அகற்றி சுகத்தை அளித்திடுவாயாக.மேலும் நீ தரும் சுகத்தையன்றி நோய் தங்கி இருக்காதபடி சுகம் தரும்படியான வேறு நிவாரணம் எதுவுமில்லை".என்று கூறியவாறு தங்களின் வலது கையால் தடவினார்கள்.என்று ஆஇஷா (ரழி) அவர்கள் அறிவிக்கின்றார்கள்.</t>
   </si>
   <si>
     <t>كان عليه السلام إذا عاد بعض أزواجه ممن مرض منهن فيدعو لهن بهذا الدعاء ، ويمسح بيده اليمنى أي يمسح المريض، ويقرأ عليه هذا الدعاء اللهم رب الناس، فيتوسل إلى الله عز وجل بربوبيته العامة، فهو الرب سبحانه وتعالى الخالق المالك المدبر لجميع الأمور، أذهب البأس وهو المرض الذي حل بهذا المريض.،والشفاء إزالة المرض وبرء المريض، الشافي من أسماء الله عز وجل؛ لأنه الذي يشفي المرض، لا شفاء إلا شفاؤك" أي لا شفاء إلا شفاء الله، فشفاء الله لا شفاء غيره، وشفاء المخلوقين ليس إلا سبباً، والشافي هو الله،وسأل الله أن يكون شفاء كاملاً لا يبقي سقماً أي لا يبقي مرضاً،</t>
   </si>
   <si>
     <t>ரஸூல் (ஸல்) அவர்கள் தங்களின் மனைவியரில் யாரேனும் சுகவீனமடைந்தால் அவர்களிடம் நோய் விசாரிக்கச் சென்று அவர்களுக்கு இந்த துஆவை ஓதி பிரார்த்தனை செய்து தங்களின் வலது கையால் தடவி விடுவார்கள்.மேலும் அனைத்தையும் சிருஷ்டித்து அவற்றை நிருவகித்து வரும் சகல அதிகாரங்களையும் கொண்ட தூய்மையான இரட்சகனே! என்று அவனின் பூரண அதிகாரத்தின் பொருட்டால் நோயை அகற்றி விடுவாயாக,இந்த நோயாளியின் நோயைக் குணப்படுத்தி அவருக்குப் பூரண சுகத்தை அளித்திடுவாயாக, என்று இந்த துஆவைக் கொண்டு இரைஞ்சுவார்கள்.மேலும் "அஷ்ஷாபீ" என்பது அல்லாஹ்வின் திரு நாமங்களில் ஒன்று.அதன் பொருள் நோயைக் குணப்படுத்துபவன் என்பதாகும்.எனவே நீ தரும் சுகத்தையன்றி நோய் தங்கி இருக்காதபடி சுகம் தரும்படியான வேறு நிவாரணம் எதுவுமில்லை.என்று நபியவர்கள் குறிப்பிட்டார்கள்.அதாவது நோய்க்குரிய உண்மையான நிவாரணம் அல்லாஹ்விடமிருந்தே ஏற்படுகின்றது.மனிதர்கள் அளிக்கும் நிவாரணம் வெறும் ஒரு சாதனம் மாத்திரமே.எனினும் அதனைச் சாத்தியப்படச் செய்பவன் அல்லாஹ் ஒருவனே.எனவேதான் ரஸூல் (ஸல்) அவர்கள் நோயை மீதம் வைக்காமல் அதனைப் பூரணமாகக் குணப்படுத்தி வைக்குமாறு அல்லாஹ்விடம் வேண்டினார்கள்.</t>
   </si>
   <si>
     <t>الشافي هو الله عز وجل.
 عيادة المريض من الحقوق بين المسلمين، وهي في الأهل أحق.
 استحباب المسح على المريض، ويستحب باليمنى تكريماً لها.
 الشافي من أسماء الله تعالى الثابتة بالسنة</t>
   </si>
@@ -9043,76 +12310,93 @@
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர்  ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லஹ் இப்னு அம்ர் இப்னுல்ஆஸ் ரழியல்லாஹு அன்ஹுமா அறிவித்துள்ளார்கள்: 'இவ்வுலகம் (முழுவதும்) தற்காலிக இன்பமே, இவ்வுலக இன்பங்களில் மிகவும் மேலானது, நல்ல மனைவியே'.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
     <t>இந்த உலகமும் அதிலுள்ளவைகளும் சொற்பகால தற்காலிக இன்பமாகும். பின்னர் அவை அழிந்துவிடும் எனவும் அவ்வாறான இன்பங்களில் மிகவும் சிறப்புக்குரியது ஸாலிஹான மனைவியே எனவும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் தெரிவித்துள்ளார்கள். ஸாலிஹான அவனின் மனைவியை அவன்  பார்த்தால் அவனை அவள் சந்தோசப்படுத்துவாள். அவளுக்கு ஏதாவது ஒரு காரியத்தை செய்து தருமாறு கட்டளையிட்டால் அவனுக்கு கட்டுப் படுவாள், அவன் வீட்டில் இல்லாத போது தன்னையும் கணவனின் சொத்துக்களையும் பாதுகாப்பாள்.</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>அல்லாஹ் தனது அடியார்களுக்கு ஹலாலாக்கியுள்ள (அனுமதித்துள்ள) நல்லவற்றை வீண்விரயமோ, பெருமையடித்தலோ இன்றி அனுபவிப்பதற்கு அனுமதியுண்டு.
 நல்ல பெண்ணை மனைவியாகத் தேர்ந்தெடுப்பதை ஊக்குவித்தல், ஏனெனில் அல்லாஹ்விற்கு கட்டுப்பட்டு நடந்து கொள்ளும்  விடயத்தில்; கணவனுக்குத் துணையாக இருப்பாள்.
 அல்லாஹ்வுக்கு வழிப்படுவதிலும், அதற்குத் துணையாகவும் பயன்படுத்தப்படும் பொருளே இவ்வுலகில் மிகப் பயனுள்ளதாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5794</t>
   </si>
   <si>
-    <t>إن الدين يسر، ولن يشاد الدين إلا غلبه، فسددوا وقاربوا وأبشروا، واستعينوا بالغدوة والروحة وشيء من الدلجة</t>
-[...24 lines deleted...]
-الأخذ بالرخص الشرعية في وقتها.</t>
+    <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
+  </si>
+  <si>
+    <t>'நிச்சயமாக, இந்த மார்க்கம் எளிதானது. இந்த மார்க்கத்தை எவரேனும் (தம்மீது) சிரமமானதாக ஆக்கிக் கொண்டால், அது அவரை வென்றுவிடும். எனவே, (கூடுதலான வழிபாடுகள் உட்பட அனைத்துக் காரியங்களிலும்) நடுநிலையையே கடைபிடியுங்கள். இயன்றதைச் செய்யுங்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள்: 'நிச்சயமாக, இந்த மார்க்கம் எளிதானது. இந்த மார்க்கத்தை எவரேனும் (தம்மீது) சிரமமானதாக ஆக்கிக் கொண்டால், அது அவரை வென்றுவிடும். எனவே, (கூடுதலான வழிபாடுகள் உட்பட அனைத்துக் காரியங்களிலும்) நடுநிலையையே கடைபிடியுங்கள். இயன்றதைச் செய்யுங்கள். நற்செய்தி கூறுங்கள் (கூடுதல் வழிபாடுகளை உற்சாகத்துடனும் நிரந்தரமாகவும் நிறைவேற்றிட) காலையையும் மாலையையும் இரவில் சிறிது நேரத்தையும் துணையாக்கிக் கொள்ளுங்கள்.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
+ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
+وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
+وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
+الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
+الثاني: الرَّوحة: بالسير بعد الزوال. 
+الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
+  </si>
+  <si>
+    <t>இஸ்லாமிய மார்க்கமானது அதன் அனைத்து விவகாரங்களிலும் இலகு மற்றும் எளிமையின் மீது கட்டமைக்கப்பட்டுள்ளது. இயலாமை மற்றும் தேவை போன்ற காரணங்களின் போது இலகுவைக் கடைப்பிடிப்பது மிகவும் வலியுறுத்தப் படுகிறது என்பதை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவு படுத்துகிறார்கள். மார்க்க விவகாரங்களில் ஆழ்ந்து சென்று தீவிரமாக ஈடுபடுட்டு மென்மையை கைவிடுவதானது, குறித்த செயலை செய்ய முடியாத நிலை உருவாவததுடன், குறித்த செயலில் முழுமையாகவோ அல்லது பகுதியளவிலோ ஈடுபடாது அச்செயலை செய்வதை விட்டும் விலகியிருப்பதற்கும் வழிவகுக்கும். பின்னர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தீவிர நிலையை விட்டு நடுநிலை பேணுமாறு வலியுறுத்துகிறார்கள். ஒரு அடியான் தனக்கு செய்யுமாறு பணித்த விடயங்களில் கவனக் குறைவாக இருக்கக் கூடாது அதே வேளை தன்னால் சுமக்க முடியாத காரியங்களை சுமக்கவும் கூடாது. ஒரு விடயத்தை மிகவும் பரிபூரணமாகசெய்ய முடியவில்லை என்றிருந்தால் அவனுக்கு இயலுமான வகையில் அதனை செய்ய வேண்டும் என்று குறிப்பிடுகிறார்கள்.
+இயலாமை காரணமாக பரிபூரணமாக ஒரு அமலை நிறைவேற்றுவதற்கு முடியாத ஒருவர் அவர் செய்யும் அமல்கள் - நற்காரியங்கள்- குறைவாக இருப்பினும்  குறித்த செயல்களை தொடராக செய்பவராக இருந்தால் அவருக்கு அதிகமான நன்மை உண்டு என நபியவர்கள் நற்செய்தி கூறுகிறார்கள். காரணம் இயலாமை என்பது அவரின் சக்திக்கு உட்பட்டதன்று. ஆகையால் அவருக்கு வழங்கப்படுகின்ற கூலியில் எவ்விதக் குறைவும் ஏற்படமாட்டாது.
+இந்த உலகம் ஒரு பயணத் தளமாகவும், மறுமைக்குச் செல்லும் பாதையாகவும் இருப்பதால், அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹிவஸல்லம்) அவர்கள் உற்சாகத்தை ஏற்படுத்தும் மூன்று நேரங்களில் தொடர்ச்சியான வழிபாடுகளின் மூலம் உதவி தேடுமாறு கட்டளையிட்டுள்ளனர். இந்த மூன்று நேரங்களும் பின்வருமாறு:
+1- அல்-கத்வா: பகலின் முதல் பகுதியில் நடப்பது. பகலின் முதல் பகுதி என்பது அதிகாலை தொழுகைக்கும் சூரிய உதயத்திற்கும் இடையிலான நேரத்தைக் குறிக்கிறது.
+2- அல் ரவ்ஹது: சூரிய அஸ்தமனத்திற்குப் பிறகு நடப்பது.
+3- துல்ஜா: இரவு முழுவதும் அல்லது இரவின் ஒரு பகுதி நடப்பது. பகலில் வேலை செய்வதை விட இரவில் வேலை செய்வது மிகவும் கடினம் என்பதால், 'வஷைய்உன் மினத்துல்ஜா'என்று கூறி அதன் ஒரு பகுதியில் வேலை செய்யக் கட்டளை இடப்பட்டுள்ளது.</t>
+  </si>
+  <si>
+    <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
+على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
+على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
+قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
+قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
+قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
+  </si>
+  <si>
+    <t>இஸ்லாமிய சட்டதிட்டங்கள் எளிமையானவை, அது தீவிரவாதத்திற்கும் மெத்தனப்போக்கிற்கும் மிடையில் நடுநிலையைப் பேணுகிறது.
+ஒரு நபர் தனது இயலுமைக்கு ஏற்பவே தமக்கு விதிக்கப்பட்ட கட்டளைகளை அலட்சியம் அல்லது மிகைப்படுத்தல் இன்றி நிறைவேற்றுதல் வேண்டும்.
+ஒரு அடியான் உற்சாகமிக்க நேரங்களை இறைவழிபாட்டிற்காக தேர்தெடுப்பது அவசியமாகும். குறிப்பிடப்பட்ட மூன்று நேரங்களும் உடலுக்கு மிகவும் சுகமானதும் உட்சாகத்தைத் தரக்கூடியதுமான நேரங்களாகும்.
+இப்னு ஹஜர் அல்அஸ்கலானி (ரஹ்) அவர்கள் குறிப்பிடுகையில் இங்கே, ஒரு வகையில், அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் இந்த ஹதீஸில் ஒரு இலக்கை நோக்கி பயணிக்கும் ஒரு பயணியை நோக்கி பேசுவது போல் உள்ளது. இந்த ஹதீஸில் குறிப்பிடப்பட்டுள்ள மூன்று நேரங்கள் பயணிக்குரிய மிகவும் பொருத்தமான நேரங்கள் என்பதால், அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் அவற்றை உற்சாகமிக்க நேரங்கள் என்பதை சுட்டிக் காட்டியுள்ளார்கள். ஏனென்றால், ஒரு பயணி இரவும் பகலும் தொடர்ந்து பயணித்தால் சிறிது தூரம் சென்ற பிறகு சோர்வடைவார். மாறாக, இந்த உற்சாகமான நேரங்களில் நடந்து செல்வாறாயின் பயணத்தைத் தொடர்வது எளிதாக இருக்கும்.
+இப்னு ஹஜர் (ரஹ்) அவர்கள் கூறுகிறார்கள்: இந்த ஹதீஸில் மார்க்க ரீதியான சலுகைகளை எடுத்து நடப்பது குறித்து சுட்டிக்காட்டப்பட்டுள்ளது ஏனெனில், சலுகை வழங்கப்பட்ட இடங்களில்,(ருஹ்ஸாவை பயன்படுத்துவதற்கு அனுமதிக்கப்பட்ட இங்களில்) கட்டுப்பாடான முறையை (அஸீமாவை) எடுத்துக் கொள்வது ஒருவகை தீவிரப்போக்காகும்;. உதாரணமாக, ஒருவர் தண்ணீரைப் பயன்படுத்த  இயலாத நிலையில், தயம்முக்கு பதிலாக வுழுச் செய்வதை வலியுறுத்தினால், அது அவருக்கு தீங்கு விளைவிக்கும். இது சலுகையை மறுதளிக்கும் ஒரு விடயமாகும்.
+இப்னுல்-முனீர் கூறுகிறார்: இந்த ஹதீஸ் நபியவர்கள்; ஒரு தீர்க்கதரிசி என்பதற்கான ஒரு அடையாளத்தை உள்ளடக்கியுள்ளது. அதாவது தனது சக்திக்கு அப்பாற்பட்ட செயல்களைச் தீவிரமாக செய்வதற்கு முயற்சிக்கும் எவரும் சோர்வடைவதை நாமும் நமக்கு முன்பிருந்தவர்களும் கண்டிருக்கிறோம். இவ்வாறு கூறுவதால் வணக்கவழிபாட்டை முறையாகவும் நிறைவாகவும் செய்வதற்கு எவ்விதத்தடையுமில்லை என்பதையும் நினைவில் கொள்ள வேண்டும். அவ்வாறு செய்வது பாராட்டத்தக்க அணுகுமுறையாகும். ஒருவர் சோர்வடையும் அளவுக்கு அதிகமாகச் செய்வதும், மிகசிறப்புக்குரிய ஒருவிடயத்தை விட்டுவிடுமளவிற்கு உபரியான விடயத்தில் எல்லைமீறி ஈடுபடுவதும் அல்லது ஒரு கடமையான செயலை அதன் நேரத்திற்கு அப்பால் தாமதப்படுத்தக் காரணமாக அமையும் அளவிற்கு  ஸுன்னதான வழிபாடுகளில் அதிகமாகச் செய்வதும் தடைசெய்யப்பட்டுள்ளது. இதற்கு உதாரணமாக, இரவு முழுவதும் தஹஜ்ஜுத் தொழுது தூங்கிவிட்டு, ஜமாஅத்தாக ஃபஜ்ர் தொழுகையைத் தொழ முடியாமல் போனவர், அல்லது சூரிய உதயம் வரை தூங்கிய நபரை குறிப்பிடமுடியும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5795</t>
   </si>
   <si>
     <t>إن الرفق لا يكون في شيء إلا زانه، ولا ينزع من شيء إلا شانه</t>
   </si>
   <si>
     <t>'மென்மை எதில் இருக்கிறதோ, அவற்றை  அது அழகாக்கிவிடும். மென்மை அகற்றப்பட்ட எந்த ஒன்றும் அலங்கோலமாகிவிடும்'</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها زوج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அவர்களின் துணைவியார் ஆஇஷா ரழியல்லாஹு அன்ஹா  அறிவித்துள்ளார்கள்  : 'மென்மை எதில் இருக்கிறதோ, அவற்றை  அது அழகாக்கிவிடும். மென்மை அகற்றப்பட்ட எந்த ஒன்றும் அலங்கோலமாகிவிடும்'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
 وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் மென்மை, கனிவு, பேச்சிலும் செயலிலும் நிதானம், இங்கிதம் போன்ற பண்புகளைப் கடைப்பிடித்து ஒழுகுவது, விவகாரங்களை அழகும், முழுமையும் வசீகரமும் மிக்கதாக மாற்றி விடும் எனத் தெளிவு படுத்துகிறார்கள். இதற்கப்பாள் குறிப்பிட்ட நபர் தனது தேவையை பெற்றுக்கொள்ளவும் வழிவகுத்து விடும்.
 நலினமற்ற வண்மத்தை கடைப்பிடிப்பாதானது விவகாரங்களை சிக்கலாக்கி அவற்றை அசிங்கமாக்கி குறிப்பிட்ட நபர் தனது தேவையை பெற்றுக்கொள்வதில் இடைஞ்சலை ஏற்படுத்தும் அவ்வாறு அவர் தனது தேவையைப் பெற்றுக் கொண்டாலும் சிரமத்துடனேயே அவர் பெற்றுக் கொள்வார்.</t>
   </si>
   <si>
@@ -9619,118 +12903,232 @@
 நாங்கள் மதீனா வந்தபோது அல்லாஹ்வின் தூதர் (ஸல்) அவர்களிடம் சென்று நடந்ததை தெரிவித்தோம். அப்போது அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் அது அல்லாஹ் உங்களுக்கு வெளிப்படுத்திய உணவாகும், அதில் ஏதேனும் உங்களிடம் மீதியிருந்தால் எனக்கும் உண்ணக் கொடுங்களேன் என்று கேட்டார்கள். உடனே நாங்கள் அதிலிருந்து சிறிதளவை அல்லாஹ்வின் தூதர் (ஸல்) அவர்களுக்குக் கொடுத்தனுப்பினோம். அதை அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் சாப்பிட்டார்கள்.</t>
   </si>
   <si>
     <t>بعث النبي صلى الله عليه وسلم سرية وأمَّر عليهم أبا عبيدة أي: جعله عليهم أميراً لأخذ قافلة تحمل البر والطعام لقريش وأعطاهم وعاء من جلد فيه تمر فكان أميرهم يعطي لكل واحد منهم تمرة لقلة الزاد الذي معهم فكانوا يمصونها ويشربون عليها الماء وكانوا يضربون بعصيهم ورق الشجر الذي تأكله الإبل ثم يبلونه بالماء لإذهاب خشونته فلما وصلوا شاطئ البحر رأوا مثل التل من الرمل فأتوه فإذا هي سمكة كبيرة تسمى العنبر فنهاهم أميرهم أبوعبيدة أن يأكلوا منها لأنها ميتة والميتة محرمة بنص الكتاب ثم تغير اجتهاده وأجاز لهم أن يأكلوا منها وذلك أن الميتة يجوز الأكل منها حال الضرورة ولا سيما أنهم في سفر طاعة لله سبحانه، وخفي عليهم أن ميتة البحر حلال، ثم احتجوا بالاضطرار فأكلوا منه وحملوا معهم فلما قدموا المدينة أخبروا رسول الله صلى الله عليه وسلم فأقرهم على فعلهم وأكل منه.</t>
   </si>
   <si>
     <t>நபி(ஸல்) அவர்கள் ஒரு படைப்பிரிவை அனுப்பி வைத்தார்கள். அதற்கு தலைவராக அபூ உபைதா (ரழி) அவர்களை நியமித்தார்கள்.அதாவது குறைஷியர்களுக்கு உணவுவையும், வாட் கோதுமையையும் சுமந்து செல்லும் ஒரு வியாபார கூட்டத்தை எதிர்கொள்வதற்காக தயார் செய்யப்பட்ட படைப்பிரிவிக்கு தலைவராக அபூ உபைதா ரழி அவர்களை நியமித்தார்கள்.அவர்களிடம் ஈத்தம் பழங்கள் நிரப்பப்பட்ட ஒரு தோலினாளான பையொன்றையும் வழங்கினார்கள் அவர்களின் தலைவர் கொண்டு சென்ற உணவுப் பொருட்கள் குறைவாக இருந்ததனால் அவர்கள் ஒவ்வொருவருக்கும் ஒரு ஈத்தம் பழம் கொடுத்தார்கள் அதனை அவர்கள் வாயில் இட்டு சுவைத்து நீரை அருந்திக்கொண்டது மட்டுமல்லாமல் ஒட்டகம் சாப்பிடும் மரஇலையையும் தங்களது தடியினால் அடித்துப் பறித்து அதன் சொரசொரப்பான தன்மை நீங்குவதற்கு நீரில் நனைத்து உண்டார்கள். அவர்கள் கடற்கரையை அடைந்த போது அங்கே மணல் குன்றை போன்ற ஒன்றை கண்டனர். அதன் அருகே சென்று பார்த்தபோது அம்பர் எனும் பெயரால் அழைக்கப்படும் பெரிய மீனாக இருந்தது. குர்ஆனின் கூற்றின் அடிப்படையில் தானாக இறந்த பிராணிகளை சாப்பிடுவது ஹராம் என்பதினால் அதனை சாப்பிடுவதை அபூஉபைதா ரழி தடுத்தார்கள்.பின்னர் நிர்ப்பந்த நிலையில் மரணித்த பிராணிகளை சாப்பிடுவது ஆகும் என்பதினாலும், அவர்களின் பிரயாணம் அல்லாஹ் அனுமதித்த விடயத்திற்காக இருந்ததினாலும் அவரின் ஆய்வு முடிவை மாற்றிக் கொண்டு அதனை சாப்பிட அனுமதித்தார்கள். தாமாக செத்த கடல் பிராணிகளை சாப்பிடுவது அனுமதிக்கப்பட்டது என்ற விடயம் அவர்களுக்கு தெரியாமலிருந்தது. நிர்பந்தத்தை ஆதாரமாகக் கொண்டு அதனை சாப்பிட்டது மட்டுமல்லாமல் அதனை மதீனாவிற்கும் கொண்டுவந்தார்கள்.இந்த விடயத்தை நபியவர்களிடம் குறிப்பிட்ட போது அதனை அங்கீகரித்து அதிலிருந்து நபியவர்களும் சாப்பிட்டார்கள்</t>
   </si>
   <si>
     <t>بيان لما كان عليه الصحابة رضي الله عنهم من الزهد في الدنيا والتقلل منها والصبر على الجوع وخشونة العيش.
 تحمل الصحابة المشاق من أجل نشر الإسلام والجهاد في سبيل الله لرفع رايته.
 جواز الاجتهاد ثم جواز تغييره فقد نهاهم أبو عبيدة عن أكل السمكة ثم غير اجتهاده.
 عناية الله سبحانه ورعايته لصحابة رسول الله صلى الله عليه وسلم وإكرامه لهم حيث ساق لهم رزقاً حسناً لما علم حاجتهم وإخلاصهم.
 ميتة البحر حلال حيث أكل منها رسول الله صلى الله عليه وسلم.
 ما كان عليه النبي -صلى الله عليه وسلم- من تطييب نفوس أصحابه، ومن ذلك طلبه اللحم وأكله منه.
 مشروعية المواساة عند وقوع المجاعة.
 أن الاجتماع على الطعام يستدعي البركة فيه.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5856</t>
   </si>
   <si>
     <t>من استطاع الباءة فليتزوج، فإنه أغض للبصر، وأحصن للفرج، ومن لم يستطع فعليه بالصوم، فإنه له وجاء</t>
   </si>
   <si>
-    <t>''யார் தாம்பத்தியம் நடத்த சக்தி பெற்றிருக்கிறாரோ அவர் திருமணம் செய்துகொள்ளட்டும்; ஏனெனில், அது (தகாத) பார்வையைக் கட்டுப்படுத்தும்; கற்பைக் காக்கும். யார் அதற்குச் சக்தி பெறவில்லையோ அவர் நோன்பு நோற்கட்டும். அது அவரது இச்சையைக் கட்டுப்படுத்தும்</t>
+    <t>''யார் தாம்பத்தியம் நடத்த சக்தி பெற்றிருக்கிறாரோ அவர் திருமணம் செய்து கொள்ளட்டும்; ஏனெனில், அது (தகாத) பார்வையைக் கட்டுப்படுத்தும்; கற்பைக் காக்கும். யார் அதற்குச் சக்தி பெறவில்லையோ அவர் நோன்பு நோற்கட்டும். அது அவரது இச்சையைக் கட்டுப்படுத்தும்</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: كُنَّا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ».</t>
   </si>
   <si>
-    <t>அப்துல்லாஹ் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்;.நாம் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுடன் இருந்தோம் அப்போது நபியவர்கள் கூறினார்கள் : ''யார் தாம்பத்தியம் நடத்த சக்தி பெற்றிருக்கிறாரோ அவர் திருமணம் செய்துகொள்ளட்டும்; ஏனெனில், அது (தகாத) பார்வையைக் கட்டுப்படுத்தும்; கற்பைக் காக்கும். யார் அதற்குச் சக்தி பெறவில்லையோ அவர் நோன்பு நோற்கட்டும். அது அவரது இச்சையைக் கட்டுப்படுத்தும்</t>
+    <t>அப்துல்லாஹ் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: நாம் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுடன் இருந்தோம் அப்போது நபியவர்கள் கூறினார்கள் : ''யார் தாம்பத்தியம் நடத்த சக்தி பெற்றிருக்கிறாரோ அவர் திருமணம் செய்து கொள்ளட்டும்; ஏனெனில், அது (தகாத) பார்வையைக் கட்டுப்படுத்தும்; கற்பைக் காக்கும். யார் அதற்குச் சக்தி பெறவில்லையோ அவர் நோன்பு நோற்கட்டும். அது அவரது இச்சையைக் கட்டுப்படுத்தும்</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن قَدَر على الجماع ومُؤَن النكاح بالزواج؛ فإنه أحفظ لبصره عن الحرام، وأشد إحصانًا لفرجه، ومنعًا من الوقوع في الفاحشة، 
 ومن لم يستطع مُؤنَ النكاح وهو قادر على الجماع فعليه بالصوم فإنه يقطع شهوة الفرج وشر المني.</t>
   </si>
   <si>
-    <t>திருமணத்திற்குப் பிறகு, ஒருவரின் பார்வையும் அந்தரங்க உறுப்புகளும் தடைசெய்யப்பட்ட விஷயங்களிலிருந்து பாதுகாக்கப்படும், மேலும் ஒழுக்கக்கேடான செயல்களில் விழும் வாய்ப்புகள் குறையும் என்பதால், நபி (ஸல்) அவர்கள், உடலுறவில் ஈடுபடுவதற்குரிய சக்தியும், திருமணத்திற்குரிய  வசதிகளை பெற்ற அனைவரையும் திருமணம் செய்து கொள்ளுமாறு ஊக்குவித்தார்கள். உடலுறவு கொள்ளும் சக்தி இருந்தும்;,திருமணச் செலவுகளுக்கான வசதி ஒருவருக்கு இல்லை என்றால், அவர் நோன்பு நோற்க வேண்டும், ஏனெனில் நோன்பானது காமத்தைக் குறைக்க உதவுகிறது.</t>
+    <t>திருமணத்திற்குப் பிறகு, ஒருவரின் பார்வையும் அந்தரங்க உறுப்புகளும் தடைசெய்யப்பட்ட விஷயங்களிலிருந்து பாதுகாக்கப்படும், மேலும் ஒழுக்கக்கேடான செயல்களில் விழும் வாய்ப்புகள் குறையும் என்பதால், நபி (ஸல்) அவர்கள், உடலுறவில் ஈடுபடுவதற்குரிய சக்தியையும், திருமணத்திற்குரிய  வசதிகளையும் பெற்ற அனைவரையும் திருமணம் செய்து கொள்ளுமாறு ஊக்குவித்தார்கள். உடலுறவு கொள்ளும் சக்தி இருந்தும், திருமணச் செலவுகளுக்கான வசதி ஒருவருக்கு இல்லை என்றால், அவர் நோன்பு நோற்க வேண்டும், ஏனெனில் நோன்பானது காமத்தைக் குறைக்க உதவுகிறது.</t>
   </si>
   <si>
     <t>حرص الإسلام على أسباب العفَّة والسلامة من الفواحش.
 حث من لم يستطع مؤنة النكاح بالصوم؛ لأنه يضعف الشهوة.
 وجه تشبيه الصيام بالوجاء؛ لأن الوِجاء رضُّ عروق الخِصْيَتَين، فتذهب بذهابهما شهوة الجماع، وكذلك الصوم، فهو مُضعِف لشهوة الجماع.</t>
   </si>
   <si>
     <t>இஸ்லாம் (மனிதர்களை) கற்பை பேணி, ஒழுக்கக்கேட்டிலிருந்து மனிதனை பாதுகாப்பதில் மிக ஆர்வமாக உள்ளது.
 திருமணச் செலவுகளுக்கான வசதிபெறாதவர்கள் நோன்பு நோற்குமாறு  ஊக்குவிக்கப்படுகிறார்கள், ஏனெனில் அது காமத்தை- இச்சையை- பலவீனப்படுத்தி கட்டுப்படுத்துகிறது.
-இங்கே, 'விஜா' (காஸ்ட்ரேஷன்) (விதையடித்தல்)அல்லது –(விதைநீக்கம்) உடன் நோன்பை ஒப்புமையாகக் கூறுவது, ஏனெனில் 'விஜா' (காஸ்ட்ரேஷன்) என்பது இரண்டு விந்தணுக்களின் நரம்புகளையும் வெட்டுவதற்கு வழங்கப்படும் பெயர், இதன் விளைவாக உடலுறவுக்கான ஆசை முடிந்து விடும். அதேபோல், நோன்பானது உடலுறவுக்கான விருப்பத்தை பலவீனப்படுத்துகிறது.</t>
+இங்கே, 'விஜா' (காஸ்ட்ரேஷன்) (விதையடித்தல்) அல்லது –(விதைநீக்கம்) உடன் நோன்பை ஒப்புமையாகக் கூறுவது, ஏனெனில் 'விஜா' (காஸ்ட்ரேஷன்) என்பது இரண்டு விந்தணுக்களின் நரம்புகளையும் வெட்டுவதற்கு வழங்கப்படும் பெயர், இதன் விளைவாக உடலுறவுக்கான ஆசை முடிந்து விடும். அதேபோல், நோன்பானது உடலுறவுக்கான விருப்பத்தை பலவீனப்படுத்துகிறது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5863</t>
   </si>
   <si>
     <t>يسروا ولا تعسروا، وبشروا ولا تنفروا</t>
   </si>
   <si>
     <t>'இலகு படுத்துங்கள், சிரமப்படுத்தாதீர்கள், சுபசோபனம் கூறுங்கள்; (நல்லவற்றையே கூறுங்கள்) வெறுப்படையச் செய்யாதீர்கள்'</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'இலகு படுத்துங்கள், சிரமப்படுத்தாதீர்கள், சுபசோபனம் கூறுங்கள்; (நல்லவற்றையே கூறுங்கள்) வெறுப்படையச் செய்யாதீர்கள்'.</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் இம்மை மறுமை விடயங்களில் மக்களுக்கு இலகு படுத்துமாறும்  சிரமப்படுத்தாதிருக்குமாறும்  கட்டளையிடுகிறார்கள். இலகு படுத்தலும் சிரமப்படுத்தலும் அல்லாஹ் அனுமதித்த மார்க்கமாக்கிய வரம்புகளுக்குள் இருத்தல் வேண்டும்.
 அவர்களை வெறுக்கச் செய்யாது, நன்மையான வற்றைக் கொண்டு நற்செய்தி கூறுமாறும் ஆர்வமூட்டுகிறார்கள்.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>மக்களிடம் அல்லாஹ்வின் நேசத்தை ஏற்படுத்தி, நன்மையை ஊக்குவிப்பதே ஒரு முஃமினின் கடமையாகும்.
 இஸ்லாமிய அழைப்புப் பணியை மக்களிடம் கொண்டு சேர்ப்பதற்கான முறையை மதிநுட்பத்துடன் ஆராய்வது அழைப்பாளிக்கு அவசியமாகும்.
 நற்செய்தி கூறுதல் மகிழ்ச்சி, மற்றும் ஆர்வத்தைத் தோற்றுவிப்பதுடன், அழைப்பாளருக்கும், அவர் மக்களுக்கு முன்வைக்கும் விடயங்களிலும் ஒரு வித அமைதி ஏற்படுத்துகின்றது.
 சிரமப் படுத்தல் வெறுப்பு, பின்வாங்கல், அழைப்பாளரின் பேச்சில் சந்தேகம் போன்றவற்றைத் தோற்றுவிக்கின்றது.
 அடியார்கள் மீதான அல்லாஹ்வின் அருள் விசாலமானது, அவனே அவர்களுக்கான சிறப்பான மார்க்கத்தையும், இலகுவான சட்டதிட்டங்களையும் பொருந்திக் கொண்டுள்ளான்.
 இங்கு இலகுபடுத்துதல் என குறிப்பிடுவது  இஸ்லாமிய மார்க்கம் கொண்டு வந்த அனுமதித்த விடயங்களாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5866</t>
   </si>
   <si>
+    <t>ألحقوا الفرائض بأهلها، فما بقي فلأولى رجل ذكر</t>
+  </si>
+  <si>
+    <t>அனந்தரச் சொத்துக்களை (அவற்றில் அளவீடு கூறப்பட்ட பங்குகளை) உரியவர்களிடம் சேர்த்து விடுங்கள். எஞ்சியவை, மிகநெருங்கிய ஆணுக்கு உரியதாகும்</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلْحِقُوا الفَرَائِضَ بِأَهْلِهَا، فَمَا بَقِيَ فَلِأَوْلَى رَجُلٍ ذَكَرٍ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, இப்னு அப்பாஸ் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : அனந்தரச் சொத்துக்களை (அவற்றில் அளவீடு கூறப்பட்ட பங்குகளை) உரியவர்களிடம் சேர்த்து விடுங்கள். எஞ்சியவை, மிகநெருங்கிய ஆணுக்கு உரியதாகும்.</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم القائمين على قسمة التركة أن يوزعوها على مستحقيها بالقسمة العادلة الشرعية كما أراد الله تعالى، فيعطى أصحاب الفروض المقدرة فروضهم في كتاب الله، وهي الثلثان والثلث والسدس والنصف والربع والثمن، فما بقى بعدها، فإنه يعطى إلى من هو أقرب إلى الميت من الرجال، ويسمون العصبة.</t>
+  </si>
+  <si>
+    <t>இங்கு நபியவர்கள், அனந்தரச் சொத்துக்களைப் பிரிப்பதற்குப் பொறுப்பாக இருப்பவர்கள், தகுதியானவர்களுக்கு, அல்லாஹ் விரும்பும் பிரகாரம், நீதமான, மார்க்க அடிப்படையிலான பங்கீடாக பங்கீடு வைக்கவேண்டும் என வலியுறுத்துகின்றார்கள். எனவே, வரையறுக்கப்பட்ட பங்கீடுகளை உடையவர்களுக்கு, அல்லாஹ்வின் வேதத்தில் உள்ளபடி அவர்களது பங்கீடு வழங்கப்படும். மூன்றில் இரண்டு, மூன்றில் ஒன்று, ஆறில் ஒன்று, அரைவாசி, நான்கில் ஒன்று, எட்டில் ஒன்று என்பனவே அவையாகும். அதற்குப் பின்னர் எஞ்சியவை, மரணித்தவருக்கு மிக நெருக்கமான ஓர் ஆணுக்கு வழங்கப்படும். அவர்கள் 'அஸபா' என அழைக்கப்படுவார்கள்.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في قسمة التركة.
+أن قسمة الفرائض تكون بالبداءة بأهل الفرائض.
+أن ما بقي بعد الفروض للعصبة.
+تقديم الأقرب فالأقرب فلا يرث عاصب بعيد كالعم، مع وجود عاصب قريب كالأب.
+أنه لا شيء للعاصب إذا استغرقت الفروض التركة، أي لم يبق منها شيئًا.</t>
+  </si>
+  <si>
+    <t>இந்த ஹதீஸ் சொத்துப் பங்கீடு பற்றிய ஒரு அடிப்படை விதியாக உள்ளது.
+சொத்துக்களை பங்கீடு வைக்கும் போது, அளவீடு குறிக்கப்பட்டவர்களுக்கே முதலில் பங்கீடு வைக்கப்பட வேண்டும்.
+அவ்வாறு அளவீடு குறிக்கப்பட்டவர்களுக்கு வழங்கப்பட்ட பின் எஞ்சியவை, 'அஸபா'க்களுக்கு வழங்கப்படும்.
+மிக நெருக்கமானவர்களே படிப்படியாக முற்படுத்தப் படவேண்டும். எனவே, தந்தை போன்ற மிக நெருங்கிய ஒரு 'அஸபா' இருக்கும் போது, சிறிய தந்தை போன்ற தூரமான ஒரு 'அஸபா'வுக்கு சொத்துக் கிடைக்கமாட்டாது.
+அளவீடு குறிக்கப்பட்டபவர்கள் முழு சொத்தையும் பகிர்ந்துகொள்ளும் போது, அதாவது எந்தவொன்றும் எஞ்சாமல் போகும் போது, 'அஸபா' வாக உள்ளவருக்கு எந்தவொன்றும் கிடைக்க மாட்டாது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5887</t>
+  </si>
+  <si>
+    <t>إياكم والدخول على النساء فقال رجل من الأنصار: يا رسول الله، أفرأيت الحمو؟ قال: الحمو الموت</t>
+  </si>
+  <si>
+    <t>'பெண்களுக்குள் நுழைவதை நான் உங்களுக்கு எச்சரிக்கின்றேன்.' என்று நபியவர்கள் கூறினார்கள். அப்போது, அன்ஸாரிகளில் ஒருவர், 'கணவன் புறத்தால் வரும் ஆண் உறவுகள் (கணவனின் சகோதரர் போன்றவர்கள்) நுழைவது பற்றி என்ன கூறுகின்றீர்கள்?' என்று கேட்க, 'கணவன் புறத்தால் வரும் அந்த உறவு தான் மரணமே' என்று கூறினார்கள் நபியவர்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, உக்பா இப்னு ஆமிர் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : 'பெண்களுக்குள் நுழைவதை நான் உங்களுக்கு எச்சரிக்கின்றேன்.' என்று நபியவர்கள் கூறினார்கள். அப்போது, அன்ஸாரிகளில் ஒருவர், 'கணவன் புறத்தால் வரும் ஆண் உறவுகள் (கணவனின் சகோதரர் போன்றவர்கள்) நுழைவது பற்றி என்ன கூறுகின்றீர்கள்?' என்று கேட்க, 'கணவன் புறத்தால் வரும் அந்த உறவு தான் மரணமே' என்று கூறினார்கள் நபியவர்கள்.</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الاختلاط بالنساء الأجنبيات، وقال: اتقوا أنفسَكم أنْ تدخلوا على النساء، والنساء أنْ يَدخلْنَ عليكم.
+فقال رجل من الأنصار: أفرأيتَ أقارب الزوج؛ كأخِ الزوج وابن أخيه، وعمه وابن عمه، وابن أخته، ونحوهم ممن يَحِلُّ لها تزويجُه لو لم تكن مُتزوجة؟ 
+فقال صلى الله عليه وسلم: احذروه كما تَحذَروا الموت! لأنَّ الخَلْوَة بالأَحْمَاء مُؤدِّيَة إلى الفتنة والهلاك في الدِّين، فأقارب الزَّوج غير آبائه وأبنائه أولى بالمنع من الأجنبي؛ لأن الخَلْوَة بقريب الزوج أكثر من الخلوة بغيره، والشر يُتَوَقّع منه أكثر من غيره، والفتنة به أَمْكَنُ؛ لِتَمَكُّنه من الوصول إلى المرأة والخلوة بها من غير نكير عليه، ولأنه لا بُدّ منه، ولا يمكن حَجْبُه عنها، حيث جرت العادة بالتساهل فيه فيخلو الرجل بامرأة أخيه؛ فهو يُشْبِه الموتَ في الاستقباح والمفسدة، بخلاف الرجل الأجنبي فإنه يُحْذَرُ منه.</t>
+  </si>
+  <si>
+    <t>அந்நியப் பெண்களுடன் கலந்து இருப்பதைத் தடுக்கும் விதமாக நபியவர்கள், 'நீங்கள் பெண்கள் இருக்கும் இடத்தில் நுழையாமலும், பெண்கள் நீங்கள் இருக்கும் இடத்தில் நுழையாமலும் உங்களைப் பாதுகாத்துக்கொள்ளுங்கள்' என்று  கூறினார்கள்.
+அப்போது அன்ஸாரிகளில் ஒருவர், 'கணவனின் உறவுகளில், ஒரு வேளை இப்பெண் திருமணம் முடிக்காமல் இருந்திருந்தால், திருமணம் செய்வதற்கான அனுமதியுள்ள, கணவனின் சகோதரன், அவரது சகோதரனின் மகன், அவருடைய சிறிய தந்தை, சிறிய தந்தையின் மகன், அவரது சகோதரியின் மகன் போன்றோர் பற்றி என்ன சொல்கின்றறீர்கள்?' என்று கேட்டார்கள்.
+அதற்கு நபியவர்கள், 'மரணத்தை எச்சரிக்கையாக இருப்பது போன்று, அவர்களை எச்சரிக்கையாக இருந்து கொள்ளுங்கள். ஏனெனில், கணவனின் உறவுகளோடு தனிமையில் இருப்பதென்பது, குழப்பம் மற்றும் மார்க்கத்தில் அழிவை ஏற்படுத்த வாய்ப்புள்ளது. எனவே, கணவனின் பெற்றோர் மற்றும் பிள்ளைகள் அல்லாத உறவுகள் ஏனைய அன்னிய ஆண்களை விடத் தடுக்கப்பட வேண்டியவர்கள். ஏனெனில், அன்னிய ஆண்களுடன் தனிப்பதை விட, கணவனின் உறவுகளுடன் தனிப்பதே அதிகமாக நிகழ்கின்றது. ஏனையோரை விட, அவர்களாலே தீங்குகள் நடக்க வாய்ப்புள்ளது. குழப்பங்கள் அவர்களால் நடப்பதே அதிக வாய்ப்பானது. ஏனெனில், எந்தவொரு எதிர்ப்பும் இன்றி அவர்களால் பெண்ணை அடையவும், தனிமையில் இருக்கவும் முடியும். அவ்வாறு தனிப்பது சிலவேளை தவிர்க்கமுடியாமல் கட்டாயமாகவும் நடக்கும். ஏனெனில், அதில் சற்றுக்கவனயீனம் உள்ளது. எனவே தான் பெண்கள் தனது கணவனின் சகோதரர்களோடு தனித்து விடுகின்றார்கள். அதனால், இதன் அறுவறுப்பு நிலை மற்றும் பாதிப்புக்கள் காரணமாக, இது மரணத்தை ஒத்ததாக உள்ளது. ஆனால், அன்னிய ஆணின் விடயம் அவ்வாறல்ல. அவனது விடயத்தில் எச்சரிக்கையாவே இருந்துகொள்வர்.</t>
+  </si>
+  <si>
+    <t>النهيُ عن الدخول على الأجنبيات والخلوة بهن، سَدًّا لذريعة وقوع الفاحشة.
+هذا عامٌّ في الأجانب من أخي الزوج وأقاربه، الذين ليسوا محارم للمرأة، ولا بد من اعتبار أن يكون الدخول مقتضيًا للخلوة.
+الابتعاد عن مواطن الزَّلَل عامة، خشية الوقوع في الشر.
+قال النووي: اتفق أهل العلم باللغة على أنَّ الأحْمَاءَ أقاربُ زوج المرأة كأبيه وعمه، وأخيه وابن أخيه، وابن عمه ونحوهم، وأن الأَخْتَانَ أقاربُ زوجة الرجل، وأنَّ الأصْهارَ تقعُ على النوعين.
+شَبَّهَ (الحَمْوَ) بالموت، قال ابن حجر: والعرب تَصف الشيء المكروه بالموت، وجْهُ الشَّبَهِ أنه موتُ الدِّين إنْ وقعت المعصية، وموتُ المُختلي إن وقعت المعصية ووجب الرَّجْم، وهلاك المرأة بفراق زوجها إذا حَمَلَتْه الغَيْرَة على تَطلِيقِها.</t>
+  </si>
+  <si>
+    <t>அன்னியப் பெண்கள் இருக்கும் இடத்தில் நுழைவது மற்றும் அவர்களாடு தனிப்பது ஆகியவை, விபச்சாரம் போன்றவை நடப்பதைத் தவிர்க்கும் விதமாகத் தடுக்கட்டுள்ளது.
+இது, பெண்ணின் மஹ்ரம்கள் அல்லாத, கணவனது சகோதரர்கள் மற்றும் உறவினர்கள் போன்ற அனைவருக்கும் பொதுவான சட்டமாகும். அதேநேரம், இங்கு 'நுழைதல்' என்பது, தனிமையை ஏற்படுத்தக் கூடியதாக இருக்கவேண்டும் என்பதையும் கவனத்திற் கொள்ள வேண்டும்.
+தீமைகளில் வீழ்ந்தவிடுவதைத் தவிர்க்கும் நோக்கில், தவறுகள் நடக்க வாய்ப்புள்ள அனைத்து இடங்களையும் விட்டும் விலகி இருத்தல்.
+இமாம் நவவி (ரஹ்) அவர்கள் கூறுகின்றார்கள் : 'அஹ்மா' என்பது (ஹதீஸில் பயன்படுத்தப்பட்டுள்ள, 'ஹமு' என்ற சொல்லின் பன்மை) பெண்ணின் கணவனின் உறவுகளான, அவனது தந்தை, சிறிய தந்தை, சகோதரன், சகோதரனின் மகன் மற்றும் சிறிய தந்தையின் மகன் போன்றேரைக் குறிக்கும் என்பதிலும், 'அக்தான்' என்பது, ஒரு ஆணுக்கு மனைவியின் தரப்பால் வரும் உறவுகளையும், 'அஸ்ஹார்' என்பது, இரு விதமான உறவுகளையும் குறிக்கும் என்பதிலும் மொழி அறிஞர்கள் அனைவரும் ஒருமித்துள்ளனர்.
+இங்கு கணவன் தரப்பு உறவுகள், மரணத்திற்கு ஒப்பாக்கப்பட்டுள்ளது பற்றி இப்னு ஹஜர் (ரஹ்) அவர்கள் இவ்வாறு கூறுகின்றார்கள் : அரபிகள், வெறுப்புக்குரிய அம்சங்களை மரணத்திற்கு ஒப்பாக்குவார்கள். அதில் உள்ள பொறுத்தப்பாடு என்வென்றால், அவ்வாறு பாவம் நிகழ்ந்துவிட்டால், அங்கு மார்க்கம் மரணித்துவிடுகின்றது. அந்தப் பாவம் நடந்து விட்டால், அவ்வாறு தனித்தவர் கல்லெறிந்து கொல்லப்பட்டு மரணித்து விடுகின்றார். கணவன் ரோஷம் கொண்டு அப்பெண்ணைத் தலாக் கூறிவிட்டால், அவள் கணவனைப் பிரிந்து நாசமாகி விடுகின்றாள்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5888</t>
+  </si>
+  <si>
+    <t>الورق بالذهب ربا، إلا هاء وهاء، والبر بالبر ربا، إلا هاء وهاء، والشعير بالشعير ربا، إلا هاء وهاء، والتمر بالتمر ربا، إلا هاء وهاء</t>
+  </si>
+  <si>
+    <t>உடனுக்குடன் அல்லாமல் (தவணை முறையில்) தங்கத்திற்கு வெள்ளியை மாற்றிக் கொள்வது வட்டியாகும்; உடனுக்குடன் அல்லாமல் (தவணை முறையில்) தொலி நீக்கப்பட்ட கோதுமைக்குத் தொலி நீக்கப்பட்ட கோதுமையை மாற்றிக் கொள்வதும் வட்டியாகும்; உடனுக்குடன் அல்லாமல் (தவணை முறையில்) தொலி நீக்கப்படாத கோதுமைக்குத் தொலி நீக்கப்படாத கோதுமையை மாற்றிக்கொள்வதும் வட்டியாகும்; உடனுக்குடன் அல்லாமல் (தவணை முறையில்) பேரீத்தம் பழத்திற்குப் பேரீத்தம் பழத்தை மாற்றிக்கொள்வதும் வட்டியாகும்" என்று கூறினார்கள்" என்றார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ مَالِكِ بْنِ أَوْسِ بْنِ الْحَدَثَانِ أَنَّهُ قَالَ: أَقْبَلْتُ أَقُولُ مَنْ يَصْطَرِفُ الدَّرَاهِمَ؟ فَقَالَ طَلْحَةُ بْنُ عُبَيْدِ اللهِ وَهُوَ عِنْدَ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنهما: أَرِنَا ذَهَبَكَ، ثُمَّ ائْتِنَا، إِذَا جَاءَ خَادِمُنَا، نُعْطِكَ وَرِقَكَ، فَقَالَ عُمَرُ بْنُ الْخَطَّابِ: كَلَّا، وَاللهِ لَتُعْطِيَنَّهُ وَرِقَهُ، أَوْ لَتَرُدَّنَّ إِلَيْهِ ذَهَبَهُ، فَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْوَرِقُ بِالذَّهَبِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالْبُرُّ بِالْبُرِّ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالشَّعِيرُ بِالشَّعِيرِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالتَّمْرُ بِالتَّمْرِ رِبًا، إِلَّا هَاءَ وَهَاءَ».</t>
+  </si>
+  <si>
+    <t>மாலிக் பின் அவ்ஸ் பின் அல்ஹதஸான் (ரஹ்) அவர்கள் கூறியதாவது:
+நான் "(எம்மிடமுள்ள தங்கத்தை) வெள்ளி நாணயத்திற்கு மாற்றித் தருபவர் யார்?" என்று கேட்டபடி வந்தேன். அப்போது உமர் பின் அல்கத்தாப் (ரலி) அவர்களுக்கு அருகிலிருந்த தல்ஹா பின் உபைதில்லாஹ் (ரலி) அவர்கள், "எங்கே) உமது தங்கத்தைக் காட்டும். அதைக் கொண்டு வாரும்! எம் ஊழியர் (வெளியூரிலிருந்து) வந்ததும் அதற்குரிய வெள்ளியைத் தருகிறோம்" என்று கூறினார்கள். அப்போது உமர் பின் அல்கத்தாப் (ரலி) அவர்கள், "இல்லை; அல்லாஹ்வின் மீதாணையாக! அவருக்கு வெள்ளியை (உடனடியாக)க் கொடுத்துவிடு. அல்லது அவரது தங்கத்தை அவரிடமே திருப்பிக் கொடுத்துவிடு. ஏனெனில்,அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள், "உடனுக்குடன் அல்லாமல் (தவணை முறையில்) தங்கத்திற்கு வெள்ளியை மாற்றிக் கொள்வது வட்டியாகும்; உடனுக்குடன் அல்லாமல் (தவணை முறையில்) தொலி நீக்கப்பட்ட கோதுமைக்குத் தொலி நீக்கப்பட்ட கோதுமையை மாற்றிக் கொள்வதும் வட்டியாகும்; உடனுக்குடன் அல்லாமல் (தவணை முறையில்) தொலி நீக்கப்படாத கோதுமைக்குத் தொலி நீக்கப்படாத கோதுமையை மாற்றிக்கொள்வதும் வட்டியாகும்; உடனுக்குடன் அல்லாமல் (தவணை முறையில்) பேரீத்தம் பழத்திற்குப் பேரீத்தம் பழத்தை மாற்றிக்கொள்வதும் வட்டியாகும்" என்று கூறினார்கள்" என்றார்கள்.</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ التَّابِعِيُّ مالكُ بنُ أوس أنه كان عنده دَنانير ذهب، ويريد أنْ يَصْرِفَها بدراهم فضة، فقال له طلحةُ بن عبيد الله رضي الله عنه: أعطنا دنانيرَك لأَراها! ثم قال له بعد أن عَزَم على الشراء: ائتنا إذا جاء خادمُنا فيما بعد لنعطيَك دراهمَ الفضة، وكان عمر بن الخطاب رضي الله عنه حاضرًا في المجلس، فأنكر هذا النوع من المعاملة، وأقسم على طلحة أن يدفع الفضة الآن، أو يَردَّ إليه ذَهبَه الذي أخذه منه، وبيَّن سبب ذلك أن رسول الله صلى الله عليه وسلم ذَكَرَ أنَّ بَيعَ الفضة بالذهب أو العكس يجب أنْ يَقبِضَ المقابل مباشرة، وإلّا تكون تلك الصفقة ربًا محرّمًا، وبيعًا باطلًا، فلا يباع الذهب بالفضة ولا الفضة بالذهب إلا يدًا بيدٍ ويتم التقابض، ولا يباع البُر بالبر والقمحُ بالقمحِ والشعيرُ بالشعيرِ والتمر بالتمرِ إلا مثلًا بمثلٍ وزنًا بوزنٍ، كيلًا بكيل، يدًا بيد، ولا يباع شيء منها عاجلٌ بآجل، ولا يجوز التفرُّق قبل القبض.</t>
+  </si>
+  <si>
+    <t>மாலிக் பின் அவ்ஸ்; என்ற தாபிஈ அவர்கள், தன்னிடம் சில தங்க தீனார்கள் இருந்ததாகவும், அவற்றை வெள்ளி திர்ஹம்களுக்கு மாற்றிக்கொள்ள விரும்பியதாகவும் கூறுகின்றார்கள். அப்போது தல்ஹா இப்னு உபைதுல்லாஹ் (ரலி) அவர்கள், 'உங்கள் தீனார்களைத் தாருங்கள் பார்க்கலாம்' என்று கூறினார்கள். பின்பு அவர்கள் வாங்குவதாக முடிவெடுத்துவிட்டு, 'எமது பணியாள் வந்த பின்னர் வாருங்கள், நாம் உங்களுக்கு வெள்ளி திர்ஹம்களைத் தருவோம்' என்று கூறினார்கள். உமர் (ரலி) அவர்களும் அந்த சபையில் இருந்தார்கள். அப்போது அவர்கள் இந்த வியாபார முறையைக் கண்டித்து, அபூ தல்ஹா இப்போதே அந்த வெள்ளியைக் கொடுக்கவேண்டும். அல்லது தங்கத்தைத் திருப்பிக் கொடுத்து விடவேண்டும் என்று சத்தியமிட்டுக் கூறிவிட்டுக் காரணத்தையும் விளக்கினார்கள். அதாவது, தங்கத்திற்கு வெள்ளியை விற்பதாக இருந்தாலும், வெள்ளிக்குத் தங்கத்தை விற்பதாக இருந்தாலும், உடனுக்குடனே விற்கவேண்டும். அவ்வியாபாரம் தடுக்கப்பட்ட வட்டியாகவோ, பிழையான வியாபாரமாகவோ இருக்கக்கூடாது. எனவே, தங்கத்தை தங்கத்திற்கும், வெள்ளியை வெள்ளிக்கும் உடனுக்குடன் விற்று, அவ்விடத்திலேயே மாற்றிக் கொள்ளவேண்டும். தொலி நீக்கப்பட்ட கோதுமை, தொலி நீக்கப்படாத கோதுமை, பேரீத்தம்பழம் ஆகியவையும், ஒரே அளவில் நிறுக்கப்பட்டு, அல்லது ஒரே அளவாக அளக்கப்பட்டு, உடனுக்குடன் விற்கப்படவேண்டும். அவற்றில் எந்தவொன்றும் தவணை பிற்படுத்தி விற்க முடியாது. பொருட்களை மாற்றிக் கையகப் படுத்திக்கொள்ள முன்னர், பிரிந்து செல்ல முடியாது.</t>
+  </si>
+  <si>
+    <t>الأصناف التي ذُكِرَتْ في هذا الحديث خمسة: الذهب والفضة والبر الشعير والتمر، فإذا حَصَل البيعُ في نفس الصنف فلابد من شرطين لصحته: التقابض في مجلس العقد، والتَّمَاثُل في الوزن كذَهَبٍ بِذَهَبٍ، وإلّا يكون ربا الفضل، وإذا اختلفت كفضة بقمح مثلًا فشَرْطٌ واحِدٌ لِصحّة العقد، وهو قَبْضُ الثَّمَن في مجلس العقد، وإلا يكون ربا النسيئة.
+يراد بمجلس العقد: مكان التَّبَايُع، سواء أكانا جالسَين، أم ماضِيَين، أم راكبين، ويراد بالتفرُّق ما يُعَد تَفَرُّقًا عُرْفًا بين الناس.
+النهي في الحديث يشمل جميع أنواع الذهب المَضْرُوبة وغيرها، وجميع أنواع الفضة مضروبة وغير مضروبة.
+العملات النَّقْدِية في هذا الزمن يجب فيها ما يجب في بيع الذهب بالفضة، أي أنه إذا أردت استبدال عملة بعملة أخرى كريال بدرهم فيجوز التفاضل بما يرضاه الطرفان، ولكن يجب التقابض في مجلس البيع، وإلا بَطَلَت الصَّفْقة، وأصبح التعامُل رِبَوِيًّا مُحرّمًا.
+التعاملات الرِّبوية لا تجوز، وعقدُها باطل ولو تراضا الطرفان؛ لأن الإسلام يحفظ للإنسان وللمجتمع حقَّه ولو تنازل هو عنه.
+النهي عن المنكر ومنعه لمن استطاع ذلك.
+ذكر الدليل عند إنكار المنكر، كما كان من عمر بن الخطاب رضي الله عنه.</t>
+  </si>
+  <si>
+    <t>இந்த ஹதீஸில் கூறப்பட்டுள்ள வகைகள் ஐந்தாகும் : தங்கம், வெள்ளி, தொலி நீக்கப்பட்ட கோதுமை, தொலி நீக்கப்படாதகோதுமை, பேரீத்தம்பழம் ஆகியவையே அவையாகும். இந்த ஒவ்வொரு வகைகளுக்கும் இடையில் பண்டமாற்று வியாபாரம் நடந்தால், அது செல்லுபடியாக இரு நிபந்தனைகள் அவசியம் : 1. வியாபாரம் நடக்கும் இடத்திலேயே இரு பொருட்களையும் கையகப்படுத்திக்கொள்ளல். 2. நிறையில் சமனாக இருத்தல். உதாரணமாக, தங்கத்திற்கு தங்கத்தை விற்பது போல. அவ்வாறில்லாவிட்டால், ரிபல் பழ்ல் (எனப்படும் அதிகப்படுத்தி எடுக்கம் வட்டி) ஆக மாறிவிடும். வகைகள் வேறுபட்டால், உதாரணமாக, கோதுமையைக் கொடுத்து தங்கத்தை எடுப்பது போன்று, இங்கு வியாபாரம் செல்லுபடியாவதற்கு ஒர நிபந்தனை உண்டு. அதாவது, பொருளைக் கொடுக்கும் அதே சபையில் அதன் பெறுமதியையும் பெற்றுக்கொள்ளவேண்டும். அவ்வாறில்லா விட்டால், பிற்படுத்துவதினால் ஏற்படும் 'ரிபந் நஸீஆ' வாக அது மாறிவிடும்.
+வியாபார ஒப்பந்த சபை என்பது, அந்த வியாபாரம் நடக்கும் இடமாகும். அங்கு அவர்கள் அமர்ந்தவர்களாக இருக்கலாம். அல்லது நடப்பவர்களாக இருக்கலாம். அல்லது வாகனத்திலும் இருக்கலாம். பிரிந்து செல்லல் என்று வரும் போது, மக்களது வழமையில் எதுவெல்லாம் பிரிந்துசெல்லலாகக் கணக்கிடப்படுமோ, அதைத் தான் கவனத்திற் கொள்ளப்படும்.
+இந்த ஹதீஸில் வந்துள்ள தடை, அச்சிடப்பட்ட, அச்சிடப்படாத அனைத்து விதமான தங்கம் மற்றும் வெள்ளிகளையும் உள்ளடக்கிக்கொள்ளும்.
+இக்காலத்தில் உள்ள பண நோட்டுக்களிலும், தங்கம், வெள்ளியூடாக வியாபாரம் செய்யும் போது கட்டாயமாகும் அம்சங்கள் கட்டாயமாகும். அதாவது, ரியாலை திர்ஹமால் மாற்றுவது போன்று, ஒரு நாணயத்தை இன்னொரு நாணயத்துடன் மாற்ற விரும்பினால் இரு தரப்பும் பொருந்திக்கொள்ளும் விதத்தில் விலையில் ஏற்றத்தாழ்வு வரலாம். ஆனால், வியாபார சபையிலேயே இருவரும் பணத்தைக் கையகப்படுத்திக்கொள்ளவேண்டும். அவ்வாறில்லாவிட்டால் அவ்வியாபாரம் செல்லுபடியற்றதாகி, அது ஒரு வட்டிக்கொடுக்கல் வாங்கலாக மாறிவிடும்.
+வட்டிக்கொடுக்கல் வாங்கல்கள் கூடாது. இரு தரப்பும் உடன்பட்டாலும் அது செல்லுபடியற்றதாகவே இருக்கும். ஏனெனில், மனிதனதும், சமூகத்தினதும் உரிமைகளை – அவர்கள் விட்டுக்கொடுத்தாலும் - இஸ்லாம் பாதுகாக்கின்றது.
+சக்தியுள்ளவர்கள், பாவங்களைத் தடுத்து நிறுத்த வேண்டும்.
+உமர் (ரலி) அவர்கள் செய்துகாட்டியது போன்று, பாவங்களைத் தடுக்கும் போது ஆதாரங்களைக் கூறல்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5889</t>
+  </si>
+  <si>
     <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>இந்தக் குர்ஆனை  மனனமிட்டு (அதை ஓதி ) பேணி வாருங்கள். ஏனெனில், என் உயிர் எவன் கையிலுள்ளதோ அவன் மீது சத்தியமாக! கயிற்றில் கட்டிவைக்கப்பட்டுள்ள ஒட்டகத்தை விட மிக வேகமாகக் குர்ஆன் (நினைவிலிருந்து) மறந்து விடக் கூடியதாகும்</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ மூஸா அல் அஷ்அரி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள்: இந்தக் குர்ஆனை  மனனமிட்டு (அதை ஓதி ) பேணி வாருங்கள். ஏனெனில், என் உயிர் எவன் கையிலுள்ளதோ அவன் மீது சத்தியமாக! கயிற்றில் கட்டிவைக்கப்பட்டுள்ள ஒட்டகத்தை விட மிக வேகமாகக் குர்ஆன் (நினைவிலிருந்து) மறந்து விடக் கூடியதாகும்.</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அல்குர்ஆனை மனனமிட்ட ஒருவர் அது மறந்து விடாதிருக்க தொடரந்தும் ஓதி வருமாறு கட்டளைப் பிரப்பித்துள்ளார்கள். இதனை நபியவர்கள் கட்டிவைக்கப்பட்ட ஒட்டகை அவிழ்த்து விடப்பட்டதும் எவ்வளவு வேகமாக ஓடுமோ அதைவிடவும் மிகவும் வேகமாக அல்குர்ஆன் மறந்துவிடும் என்று குறிப்பிடுகிறார்கள். ஆகவே அதனைப்பேணி ஓதி வந்தால் அது அவருடன் இருக்கும், இல்லாது விட்டால் அவறிடமிருந்து மறைந்து விடும்.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>அல்குர்ஆனை மனமிட்ட ஒருவர் முறையாக பேணி ஓதி வருகிறவருடைய உள்ளத்தில் அல்குர்ஆன் பாதுகாக்கப்பட்ட நிலையில் இருக்கும் இல்லாவிட்டால் அது அவரைவிட்டும் நீங்கி மறந்துவிடும்.
 அல்குர்ஆனை பேணி ஓதிவருவதால் கிடைக்கும் பயன்கள் : கூலி, வெகுமதி, மறுமையில் அந்தஸ்த்து உயர்த்தப்படுதல் போன்றன.</t>
   </si>
@@ -9745,50 +13143,97 @@
   </si>
   <si>
     <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக உஸ்மான் ரழியல்லாஹு அன்ஹு  அறிவிக்கிறார்கள் : 'அல்குர்ஆனைக் கற்று, பிறருக்கும் கற்பிப்பவரே உங்களில் சிறந்தவராவார்'.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>முஸ்லிம்களில் மிகவும் சிறப்புக்குறியவரும், உயர் அந்தஸ்த்தையும் பெற்றவர் யார் என்பதை நபியவர்கள் இங்கு குறிப்பிடுகிறார்கள். அவர் யாரென்றால் அல்குர்ஆன் ஓதி மனனம் செய்து அழகிய முறையில் தர்த்தீலாக ஓதி, அதனை விளங்கி தானும் அமல் செய்வதுடன் அல்குர்ஆனிய கலைகளை பிறருக்கும் கற்றுக் கொடுப்பவராவார்.</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
     <t>வார்த்தைகளில் மிகவும் சிறப்பான அல்லாஹ்வின்  வார்தையான அல்குர்ஆனின் சிறப்பு இங்கு சுட்டிக்காட்டப்பட்டுள்ளது.
 தனக்குள் மாத்திரம் அல்குர்ஆனிய அறிவை வைத்துக்கொள்ளாது பிறருக்கும் கற்றுக் கொடுப்பவரே மிகவும் சிறப்பான அறிஞராவார்.
 அல்குர்ஆனை கற்று பிறருக்கும் கற்றுக்கொடுப்பது என்பது அதனைப் முறையாக ஓதுதல், அதன் கருத்துக்களையும் சட்டதிட்டங்களையும் அறிந்து கொள்ளுதல் போன்றவற்றை உள்ளடக்கயுள்ளது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5913</t>
+  </si>
+  <si>
+    <t>قل اللهم اهدني وسددني، واذكر بالهدى هدايتك الطريق، والسداد سداد السهم</t>
+  </si>
+  <si>
+    <t>'அல்லாஹும்மஹ்தினீ, வ ஸத்தித்னீ' (இறைவா! எனக்கு நல்வழி காட்டுவாயாக! நேர்மையானதைச் சரியாகச் செய்ய எனக்கு வாய்ப்பளிப்பாயாக!) என்று பிரார்த்திப்பீராக. அப்போது (வழி தவறியவனுக்குச் சரியான) வழியை நீர் காட்டுவதையும், (வளைந்த) அம்பை நிமிர்த்தி நேராக்குவதையும் நினைத்துக் கொள்வீராக' என்று கூறினார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: قَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي، وَاذْكُرْ بِالْهُدَى هِدَايَتَكَ الطَّرِيقَ، وَالسَّدَادِ سَدَادَ السَّهْمِ».</t>
+  </si>
+  <si>
+    <t>அலீ (ரலி) அவர்கள் கூறுகின்றார்கள்: நபி (ஸல்) அவர்கள் என்னிடம் இவ்வாறு கூறினார்கள் : 'அல்லாஹும்மஹ்தினீ, வ ஸத்தித்னீ' (இறைவா! எனக்கு நல்வழி காட்டுவாயாக! நேர்மையானதைச் சரியாகச் செய்ய எனக்கு வாய்ப்பளிப்பாயாக!) என்று பிரார்த்திப்பீராக. அப்போது (வழி தவறியவனுக்குச் சரியான) வழியை நீர் காட்டுவதையும், (வளைந்த) அம்பை நிமிர்த்தி நேராக்குவதையும் நினைத்துக் கொள்வீராக' என்று கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم عليَّ بن أبي طالب رضي الله عنه أنْ يَدعوَ اللهَ ويسألَه فيقول: (اللهم اهدني) وأرشدني ودلني (وسددني) ووفقني، واجعلني مستقيمًا في جميع أموري. 
+فالهُدَى: هو مَعرفةُ الحقِّ تفصيلًا وإجمالًا، والتوفيق لاتّباعه ظاهرًا وباطنًا. 
+والسّداد: هو التوفيق والاستقامة في جميع الأمور بما يكون صوابًا على الحق، وهو الطريق المستقيم في القول والفعل والاعتقاد. 
+ولأن الأمر المعنوي يَتَّضِح بالمَحْسُوس؛ تَذَكَّر وأنت تدعو هذا الدعاء بأنَّ: (الهدى: هدايتك الطريق) فأحضِر بقلبِك وأنت تسأل هدايةً كهداية مَن سافر، فإنه لا يَنحرِف عن الطريق يَمْنة أو يسرة؛ وذلك لِيَسْلَمَ مِن الضياع، وبذلك يَنال السلامة، ويَصِل إلى غايته سريعًا. 
+(والسداد: سداد السهم) فأنت تلاحظ عند تَسْديدِك السَّهْمَ في سرعة وصوله وإصابته للهدف، فالرامي إذا رمى غرضًا سدَّد بالسهم نحو الغَرَض، فكذلك تسأل الله تعالى أنَّ ما تَنويه من السداد على شاكلة السهم؛ فتكون في سؤالك طالبًا غاية الهدى، ونهاية السداد.
+فأحضر هذا المعنى بقلبك حتى تسأل الله السداد ليكون ما تنويه من ذلك على مشاكلة ما تستعمله من الرمي.</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் அலீ (ரலி) அவர்களிடம், அல்லாஹ்விடம் பின்வருமாறு பிரார்த்தித்துக் கேட்குமாறு கூறுகின்றார்கள் : யா அல்லாஹ்! எனக்கு நல்வழி காட்டுவாயாக! என்னை நேர்வழிப்படுத்துவாயாக! மேலும், நேர்மையானதைச் செய்ய எனக்கு வாய்ப்பளிப்பாயாக! அதில் எனக்கு அருள் புரிவாயாக! எனது எல்லா விவகாரங்களிலும் சரியானவனாக என்னை ஆக்கிவிடுவாயாக!
+ஹுதா என்பது, சத்தியத்தைப் பொதுவாகவும், விளக்கமாகவும் அறிந்துகொள்வதோடு, உள்ளத்தாலும், உறுப்புக்களாலும் அதனை நடைமுறைப்படுத்த அருள்புரியப்படுவதுமாகும்.
+ஸதாத் என்பது, சத்தியத்தின் மீது சரியாக இருக்கும் விதத்தில், உறுதியாக இருப்பதற்கு அருள் புரியப்படுவதாகும். அதாவது, சொல், செயல், நம்பிக்கை என அனைத்திலும் நிலையான பாதையில் இருப்பதாகும்.
+அர்த்தம் சார்ந்த அம்சங்கள், புலன் சார்ந்த அம்சங்கள் ஊடாகவே தெளிவாகப் புரியப்படுவதால், இந்த துஆவை நீங்கள் ஓதும் போது, (வழி தவறியவனுக்குச் சரியான) வழியை நீர் காட்டுவதையும், (வளைந்த) அம்பை நிமிர்த்தி நேராக்குவதையும் நினைத்துக் கொள்வீராக. நேர்வழிகாட்டலை நீ கேட்கும் போது, பயணத்தில் இருப்பவனுக்கு வழிகாட்டுவதை நினைவில் கொள்வாயாக! ஏனெனில், அவன் வழிதவறிப் போய்விடக் கூடாது என்ற பயத்தில், வலப்பக்கமோ, இடப்பக்கமோ திரும்பாமல் நேராகவே செல்வான். அப்போது தான், ஈடேற்றமாக, தனது இலக்கைத் துரிதமாக அடைந்துகொள்ளலாம்.
+நேர்த்தி என்பதன் மூலம், அம்பை நிமிர்த்தி நேராக்குவதையும் நினைத்துக் கொள்வீராக. அம்பை நேராக நிமிர்த்தி வைக்கும் போது, அது வேகமாகச் சென்று, இலக்கை அடைவதை நீ காண்பாய். எறிபவன் ஒரு இலக்கை நாடினால், அந்த இலக்கை நோக்கி, அம்பை நேராக எறிவான். அவ்வாறு தான் அல்லாஹ்விடம் அந்த நேர்த்தியை ஓர் அம்பின் வடிவில் எண்ணிக் கேளுங்கள்.  எனவே, நீங்கள் உங்களது பிரார்த்தனை, நேர்வழி எனும் இலக்கையும், நேர்த்தியின் தீர்ச்சையையும் அடைவதைக் கேட்பதாக அமையும்.
+நீங்கள் அல்லாஹ்விடம் நேர்த்தியைக் கேட்கும் போது, இந்த அர்த்தத்தை உள்ளத்தால் எண்ணிக் கொள்ளுங்கள். அப்போது, நீங்கள் கேட்பது, எறிவதற்காக நீங்கள் பயன்படுத்தும் ஈட்டியைப் போல இருக்கும்.</t>
+  </si>
+  <si>
+    <t>الداعي ينبغي أن يَحرِص على تسديد عملِه وتقويمه بلزوم السنة وإخلاص النية.
+استحباب الدعاء بهذه الكلمات الجامعة للتوفيق والسداد.
+ينبغي على العبد الاستعانة بالله تعالى في جميع أموره.
+ضرْب المثال في مقام التعليم.
+الجمع بين طلب الهداية وصلاح الحال، والاستمرار عليها وعدم الزيغ عنها طرفة عين وصلاح المآل، فقوله: "اهدني" بأن يكون سائرًا على دَرْبِ الهداية، وقوله: "وسددني": من الإصابة وعدم الزيغ عند الهداية التي اعتلاها.
+الداعي ينبغي له أن يهتمَّ بدعائه، ويستحضر معاني دعواته في قلبه؛ فهذا أَدْعَى للقبول.</t>
+  </si>
+  <si>
+    <t>பிரார்த்திப்பவர், தனது அமல்களை, ஸுன்னாவைப் பின்பற்றுதனூடாகவும், உளத்தூய்மையைப் பேணுவதன் ஊடாகவும் நேர்த்தியானவும், சீராகவும் வைத்துக்கொள்வதில் ஆர்வம் காட்டவேண்டும்.
+ஆழமான அர்த்தத்தை உள்ளடக்கியுள்ள இந்த துஆவை, அருளையும், நேர்த்தியையும் பெற்றுக்கொள்வதற்காகக் கேட்கவேண்டும்.
+ஓர் அடியான் தனது அனைத்து விவகாரங்களிலும், அல்லாஹ்விடம் உதவி கேட்கவேண்டும்.
+கற்பித்தல் சந்தர்ப்பங்களில் உதாரணம் கூறல்.
+நேர்வழி, நிலைமை சீராக இருத்தல், சற்றும் வழிதவறாமல் நிலையாக இருத்தல், மறுமை சீராக இருத்தல் போன்றவற்றை ஒன்றாகக் கேட்டுப் பிரார்த்தித்தல். 'நேர்வழிப்படுத்துவாயாக!' என்று கேட்பதன் அர்த்தம், நேர்வழிப் பாதையிலேயே செல்பவனாக இருக்கவேண்டும் என்று கேட்பதாகும். 'நேர்த்தியாக வைப்பாயாக' என்பதன் அர்த்தம், அடைந்துகொண்ட சத்தியத்தில் இருந்து விலகிச் செல்லாமல் பாதுகாத்து வைப்பாயாக என்று கேட்பதாகும்.
+பிரார்த்திப்பவர் தனது பிரார்த்தனைகளில் கூடுதல் கவனம் செலுத்தி, அப்பிரார்த்தனைகளிள் அர்த்தங்களையும் மனக்கண் முன் வைத்துக் கொள்ள வேண்டும். அப்போது துஆ ஏற்றுக் கொள்ளப்படுவதற்கான வாய்ப்பு அதிகம் உள்ளது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/5915</t>
   </si>
   <si>
     <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>'யாரேனும் (பயணத்தில்) ஓரிடத்தில் தங்குவதற்காக இறங்கி பின்னர் 'அஊது பி கலிமாத்தில் லாஹித் தாம்மாத்தி மின் ஷர்ரி மா கலக்' (பொருள் : அல்லாஹ்வின் பூரணமான வார்த்தைகளைக் கொண்டு அவன் படைத்த அனைத்துப் படைப்புகளின் தீங்கை விட்டும் நான் பாதுகாவல் தேடுகிறேன்) என்று கூறிப் பிரார்த்தித்தால், தங்கிய  அந்த இடத்திலிருந்து அவர் புறப்பட்டுச் செல்லும் வரை எதுவும் அவருக்குத் தீங்கிழைக்காது'</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதைதான் செவிமடுத்ததாக கவ்லா பின்த் ஹகீம் அஸ்ஸுலமிய்யா அவர்கள் அறிவிக்கிறார்கள். 'யாரேனும் (பயணத்தில்) ஓரிடத்தில் தங்குவதற்காக இறங்கி பின்னர் 'அஊது பி கலிமாத்தில் லாஹித் தாம்மாத்தி மின் ஷர்ரி மா கலக்' (பொருள் : அல்லாஹ்வின் பூரணமான வார்த்தைகளைக் கொண்டு அவன் படைத்த அனைத்துப் படைப்புகளின் தீங்கை விட்டும் நான் பாதுகாவல் தேடுகிறேன்) என்று கூறிப் பிரார்த்தித்தால், தங்கிய  அந்த இடத்திலிருந்து அவர் புறப்பட்டுச் செல்லும் வரை எதுவும் அவருக்குத் தீங்கிழைக்காது'.</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
     <t>பிரயாணம், சுற்றுலா போன்ற சந்தர்ப்பங்களில் ஓரிடத்தில் தங்க நேரிடும் போது மனிதனுக்கு இயல்பாக ஏற்படும் அச்சம், பாதுகாப்பற்ற உணர்வு போன்றவற்றிலிருந்து  பாதுகாப்புத் தேடுமாறு நபியவர்கள் தனது சமூகத்திற்கு வழிகாட்டுகின்றார்கள். அதாவது சிறப்பிலும் பரகத்திலும் பயனளிப்பதிலும் அருள் பொதிந்த, அனைத்து குறைகளை விட்டும் தூய்மையான, நிறைவான அல்லாஹ்வின் வார்த்தை மூலம் தான் தங்கியிருக்கும் காலமெல்லாம் அவ்விடத்தில் தீங்கிழைக்கும் அனைத்தையும் விட்டு அபயத்தைத் தருமாறு பாதுகாப்புத் தேடுமாறு இதில் வழிகாட்டியுள்ளார்கள்.</t>
   </si>
   <si>
     <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
 جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
 فضيلة هذا الدعاء وبركته.
 التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
 إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
@@ -9973,51 +13418,51 @@
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>'எம்மை சார்ந்ததோர் அல்லர்' என்ற வார்த்தையின் மூலம் நபியவர்களின் சமூகத்தில் உள்ளோர் செய்யும் சில செயற்பாடுகளை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எச்சரித்துள்ளார்கள். அவற்றுள் சில பின்வருமாறு :
 முதலாவது அம்சம் : 'பறவைச் சகுனம் பார்ப்பவனும் சகுனம் பார்க்கப்பட்டவனும்' இதன்  அடிப்படை  பயணம் அல்லது வியாபாரம் அல்லது  இது போன்ற ஏதாவது  ஒரு செயலை துவங்கும் போது ஒரு பறவையை பறக்க விடுவதாகும். அந்தப் பறவையானது வலப்பக்கமாக பறந்து சென்றால் நற்சகுனம் என்று பொருள். எனவே அவர் நாடிய  விடயத்தை மேற்கொள்வார். குறித்த பறவையானது இடது பக்கமாக பறந்து சென்றால் அதனை துற் சகுணமாகக் கருதி செய்ய நாடிய காரியத்தை தவிர்த்துக்கொள்வார்.இந்த அடிப்படையில் குறித்த காரியத்தை தான் செய்வதோ பிறருக்கு பொறுப்புச்சாட்டுவதோ கூடாது. அத்துடன் பறவைகள், விலங்குகள், குறைபாடுகள் உள்ளவர்கள், எண்கள், நாட்கள், அல்லது கேட்கக் கூடியதாகவோ அல்லது காணக் கூடியதாகவோ எவை இருந்தாலும், அவை அனைத்தும் துற்சகுணத்தில் அடங்கிவிடும்.
 இரண்டாவது அம்சம்: 'ஜோசியம் (சாஸ்திரம் பார்பவனும், ஜோசியம் பார்த்து விடப் பட்டவனும்,' அதாவது யார் நட்சத்திரங்களையும் அது போன்றவற்றையும் பயன் படுத்தி, தனக்கு மறைவான ஞானம் உள்ளதாக வாதிடுகிறானோ, அல்லது மறைவான அறிவு தன்னிடம் இருப்பதாக வாதிடும் சாஸ்திரக்காரனிடம் சென்று அவன் கூறுவதை உண்மையென ஏற்றுக் கொள்கிறானோ அவன் முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்கு இறக்கப்பட்டதை மறுத்தவனாவான்.
 மூன்றாவது அம்சம்: 'சூனியம் செய்பவனும் செய்யுமாறு பணித்தவனும். இது, பிறருக்கு நன்மை செய்ய நாடியோ அல்லது தீங்கை ஏற்படுத்த வேண்டும் என்ற எண்ணத்திலோ யார் தானாகவே சூனியத்தை செய்கிறரோ அல்லது இன்னொருவரிடம் பொறுப்புச்சாட்டி செய்யுமாறு வேண்டுகிறாரோ அல்லது தடைசெய்யப்பட்ட பாதுகாப்பு கோரும் வாசகங்களை ஓதி அதில் ஊதி நூல்களில் முடிச்சிட்டு சூனியம் செய்கிறாரோ அவர்கள் அனைவரையுமே இந்த சொற் பிரயோகம் குறிக்கிறது.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والإيمان بقضاء الله وقدره، وتحريم الطيرة والتشاؤم والسحر والكهانة، أو سؤال أصحابها ذلك.
 ادعاء علم الغيب من الشرك الذي ينافي التوحيد.
 تحريم تصديق الكهان والذهاب إليهم، ويلحق بذلك قراءة ما يُسمى بالكَفِّ والفِنْجَان والبروج والنظر فيها ولو على سبيل الاطلاع.</t>
   </si>
   <si>
     <t>கழா கத்ரை (விதியை)ஈமான் கொள்வதும் அல்லாஹ்வின் மீது முழுமையாக நம்பிக்கை வைப்பதும்-பொறுப்புச்சாட்டுவது- கடமையாகும். பறவை சகுணம், துற் சகுணம், சூனியம், சாஸ்திரம், இந்த விடயங்களுடன் சம்பந்தப்பட்டவர்களிடம் செய்து தருமாறு வேண்டுவதும் ஹராமான விடயமாகும்.
 மறைவான அறிவு உள்ளதாக வாதிடுவது ஓரிறைக் கொள்கையுடன் முரண்படுவதால் அது தடைசெய்யப்பட்டுள்ளது.
 ஜோசியம் பார்ப்பவனை உண்மைப்படுத்துவதும் அவனிடம் செல்வதும் ஹராமாகும். இத்துடன் கையிலும் பீங்கானிலும் ஓதிப்பார்ப்பது, ஒரு விடயத்தை அறிந்து கொள்ள கிரகங்கள் பார்த்து ராசி பலன் பார்ப்பது போன்றவையும் தடுக்கப்பட்ட விடயங்களாகும்.</t>
   </si>
   <si>
     <t>رواه البزار</t>
   </si>
   <si>
-    <t>[இதனை அல் பஸ்ஸார் அறிவித்திருக்காறார்]</t>
+    <t>[இதனை அல் பஸ்ஸார் பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5981</t>
   </si>
   <si>
     <t>من أتى عرافا فسأله عن شيء لم تقبل له صلاة أربعين ليلة</t>
   </si>
   <si>
     <t>'குறி சொல்பவனிடம் சென்று அவன் கூறுவதை நம்புகிறவனின் நாற்பது நாட்களுடைய தொழுகைகள் ஏற்கப்பட மாட்டாது'</t>
   </si>
   <si>
     <t>عن بعض أزواج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் மனைவியரில் சிலர் அறிவித்துள்ளார்கள் : 'குறி சொல்பவனிடம் சென்று அவன் கூறுவதை நம்புகிறவனின் நாற்பது நாட்களுடைய தொழுகைகள் ஏற்கப்பட மாட்டாது'.</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من إتيان العرّاف -هو اسم عام للكاهن والمُنِّجم والرَّمَّال ونحوهم، ممن يَسْتَدِلُّ على معرفة الغيب بمقدمات يستعملها -، وأنَّ مُجَرَّدَ سؤالِهِ عن شيء من أمور الغيب سيَحْرِمُه الله به ثوابَ صلاته أربعين يومًا؛ وذلك عقوبة له على هذا الإثم والذنب الكبير.</t>
   </si>
   <si>
     <t>குறி சொல்பவனிடம் செல்வதை விட்டும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எச்சரிக்கிறார்கள்.' அர்ராப் என்ற சொல்லானது ஜோசியக்காரன், நட்சத்திர குறிசொல்பவன், தடயங்கள்கண்டறிந்து குறிசொல்பவன் அதாவது சில முன்மாதிரி அம்சங்களைப் பயன்படுத்தி தனக்கு மறைவான விடயங்கள் பற்றிய அறிவுள்ளது எனக் கூறுவோர் யாவருக்கும் ஒரு பொதுவான சொல்லாகவே (அர்ராப் என்ற) இச்சொல் பயன்படுத்தப்படுகிறது.வெறுமனே குறிசொல்பவனிடம் செல்பவனிடம் மறைவான விடயம் சம்பந்தமாக கேட்டவனுக்கே நாற்பது நாட்கள் தொழுத  தொழுகையின் நன்மைகளை அல்லாஹ் தடைசெய்துவிடுகிறான் என்றால் அவனின் பாவத்திற்கானதும் பெரும்பாவத்திற்கானதுமான தண்டனையாகும். இது இந்த செயலின் அபாயத்தை விளக்கப்போதுமான விடயமாகும்.</t>
   </si>
   <si>
     <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
 قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
@@ -10047,50 +13492,85 @@
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா அவர்கள்  அறிவிக்கிறார்கள் : 'நட்சத்திர ஜோதிடக் கலையில் ஒரு பகுதியைக் கற்பவன் சூனியக் கலையில் ஒரு பகுதியைக் கற்றவனாவான், அது அதிகரிக்க இதுவும் அதிகரிக்கும்'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>யார் நட்சத்திரம் மற்றும் கிரகங்களுடன் தொடர்பான ஜோதிடக் கலைகளைக் கற்று வானியல் இயக்கங்களையும் தோற்றங்களையும் மறைவுகளையும்  பூமியில் நடைபெறும் நிகழ்வுளான ஒருவரின் இறப்பு மற்றும் பிறப்பு அல்லது ஆரோக்கியமின்மை போன்றவற்றுடன் ஒப்பிட்டு எதிர்காலத்தில் நடக்கவிருப்பவற்றை  அனுமானித்து கூறும் செயற்பாடுகளை மேற்கொள்கிறாரோ அவர் சூனியத்தின் ஓரு பகுதியைக் கற்றவராவார். இதனை அதிகதிகமாக கற்றுக்கொள்பவர் சூனியத்தையும் அதிகதிகம் கற்றவராவார்.</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>கிரகங்கள் மற்றும் நட்சத்திர நிலைமாற்றங்களை அனுமானித்து எதிர்காலத்ததை எதிர்வு கூறும் நட்சத்திர ஜோதிடம்  தடைசெய்யப்பட்டுள்ளமை. ஏனெனில் இந்த விடயம் தனக்கு மறைவான அறிவு இருப்பதாக வாதிடும் ஒரு செயலாகும்.
 தடைசெய்யப்பட்ட நட்சத்திர ஜோதிடம் ஏகத்துவக் கொள்கைக்கு முரண்படும் சூனியத்தின் ஒரு வகையாகும்.ஆனால் திசைகள் மற்றும் கிப்லா போன்றவற்றை அறியவும், அல்லது பருவகாலங்கள் மற்றும் மாதங்களை தெரிந்து கொள்ளவும் நட்சத்திரங்களை அவதானிப்பதில் எவ்விதக் குற்றமுமில்லை. இது அனுமதிக்கப்பட்டதாகும்.
 நட்சத்திர ஜோதிடத்தை அதிகமாகக் கற்குமளவு சூனியத்தின் பல பிரிவுகளை கற்பதும் அதிகமாகின்றது.
 அல்லாஹ் தனது திருமறையில் குறிப்பிடும் நட்சத்திரங்கள் படைக்கப்பட்டதற்கான நோக்கங்கள் -பயன்கள் மூன்றாகும் அவையாவன: 1-வானத்திற்கான அலங்காரமாக காணப்படுகின்றமை.
  2- பாதையை கண்டுப்பிடிப்பதற்கான அடையாளங்களாக அமைந்துள்ளமை.
  -3- ஷைத்தான்களுக்கான எறிகற்களாக காணப்படுகின்றமை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/5989</t>
+  </si>
+  <si>
+    <t>ضع يدك على الذي تألم من جسدك، وقل باسم الله ثلاثا، وقل سبع مرات أعوذ بالله وقدرته من شر ما أجد وأحاذر</t>
+  </si>
+  <si>
+    <t>உங்களது உடம்பில் வலியுள்ள பகுதியில் உங்கள் கையை வைத்து, இவ்வாறு கூறுங்கள் : "பிஸ்மில்லாஹ்" (3 தடவைகள்) "அஊது பில்லாஹி வகுத்ரதிஹி மின் சர்ரி மா அஜிது வஉஹாதிரு" (ஏழு தடவைகள்) 'அல்லாஹ்வைக் கொண்டும், அவனது ஆற்றலைக் கொண்டும் நான் உணரும், பயப்படும் இந்த வலியை விட்டும் பாதுகாப்புத் தேடுகின்றேன்</t>
+  </si>
+  <si>
+    <t>عَنْ عُثْمَانَ بْنِ أَبِي الْعَاصِ الثَّقَفِيِّ رضي الله عنه أَنَّهُ شَكَا إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَجَعًا يَجِدُهُ فِي جَسَدِهِ مُنْذُ أَسْلَمَ، فَقَالَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ضَعْ يَدَكَ عَلَى الَّذِي تَأَلَّمَ مِنْ جَسَدِكَ، وَقُلْ بِاسْمِ اللهِ ثَلَاثًا، وَقُلْ سَبْعَ مَرَّاتٍ أَعُوذُ بِاللهِ وَقُدْرَتِهِ مِنْ شَرِّ مَا أَجِدُ وَأُحَاذِرُ».</t>
+  </si>
+  <si>
+    <t>உஸ்மான் பின் அபில் ஆஸ் (ரலி) அவர்கள், தாம்  இஸ்லாத்தை ஏற்றுக்கொண்டதில் இருந்து உடம்பில் உணர்ந்த ஒரு வலியை நபியவர்களிடம் சென்று முறையிட்டார்கள். அப்போது நபியவர்கள் அவர்களுக்கு இவ்வாறு கூறினார்கள் : உங்களது உடம்பில் வலியுள்ள பகுதியில் உங்கள் கையை வைத்து, இவ்வாறு கூறுங்கள் : "பிஸ்மில்லாஹ்" (3 தடவைகள்) "அஊது பில்லாஹி வகுத்ரதிஹி மின் சர்ரி மா அஜிது வஉஹாதிரு" (ஏழு தடவைகள்) 'அல்லாஹ்வைக் கொண்டும், அவனது ஆற்றலைக் கொண்டும் நான் உணரும், பயப்படும் இந்த வலியை விட்டும் பாதுகாப்புத் தேடுகின்றேன்.</t>
+  </si>
+  <si>
+    <t>أَصابَ عثمانَ بن أبي العاص رضي الله عنه وَجَعٌ كادَ يُهلكه، فأتاه النبيُّ صلى الله عليه وسلم يَعُودُه، وعَلَّمَه دعاءً يَرْفَع اللهُ عنه ما نَزَل به مِن مَرَض؛ وهو أنْ يَضَعَ يدَه على المكان الذي يَشْتَكي، ويقول: (بسم الله) ثلاث مرات، ثم يقول سَبعَ مرات: (أعوذ) وألتجئ وأعتصم وأَتَحَصَّن (بالله وقدرته من شر ما أجد) مِن أَلَمٍ في الوقت الحاضر (وأُحاذِر) وأخاف حصولَه في المستقبل من الحُزْن والخوف، أو مِنْ أنْ يستمرَّ هذا المرض ويَنْتَشر ألمُه بالجَسَد.</t>
+  </si>
+  <si>
+    <t>உஸ்மான் பின் அபில் ஆஸ் (ரலி) அவர்ளுக்கு ஒரு வலி ஏற்பட்டு, அவர்களைக் கடுமையாகப் பாதித்தது. அவர் நபியவர்களிடம் சென்று முறைப்பட்டார்கள். அப்போது நபியவர்கள், அல்லாஹ் அவருக்கு ஏற்பட்டுள்ள வலியை நீக்கும் விதமாக ஒரு துஆவைக் கற்றுக் கொடுக்கின்றார்கள்.  அதாவது, அவர்கள் தாம் வலியை உணரும் இடத்தில் தமது கையை வைத்து, இவ்வாறு கூறவேண்டும். பிஸ்மில்லஹ் (3 தடவைகள்) 'நான் (தற்போது) உணரும், (எதிர்காலத்தில் பயத்தையும், கவலையையும் ஏற்படுத்தும் என, அல்லது தொடர்ந்து இருந்து, உடம்பு பூராகப் பரவிவிடலாம் எனப்) பயப்படும் இந்த வலியை விட்டும் அல்லாஹ்வைக் கொண்டும், அவனது ஆற்றலைக் கொண்டும் பாதுகாப்புத் தேடுகின்றேன். (அவனிடமே ஒதுங்குகின்றேன்.)' (ஏழு தடவைகள்).</t>
+  </si>
+  <si>
+    <t>استحبابُ رُقْيَةِ الإنسانِ نفسَه كما جاء في الحديث.
+الشكوى -من غير تَضَجُّرٍ ولا اعتراض- لا تنافي التوكُّلَ والصبر.
+الدعاء من جُملةِ تَعاطِي الأسباب، ولذا ينبغي التَّقيُّدَ بألفاظِهِ وأعدادِه.
+هذا الدعاء يكونُ لكلِّ أَلَمٍ عُضْوُيٍّ.
+وضع اليد على موضع الألم عند الرقية بهذا الدعاء.</t>
+  </si>
+  <si>
+    <t>- இந்த ஹதீஸில் குறிப்பிடப்பட்டுள்ளது போன்று – ஒரு மனிதன், தனக்குத் தானே ஓதிக்கொள்வது விரும்பத்தக்கதாகும்.
+- வெறுப்போ, எதிர்ப்போ இன்றி – முறைப்படுதல் என்பது, தவக்குலுக்கும், பொறுமைக்கும் முரணானது அல்ல.
+துஆக் கேட்பதும், காரணிகளைச் செய்வதில் ஒன்றாகும். எனவே, அதன் சொற்கள் மற்றும் எண்ணிக்கைகளை அவ்வாறே பேணிக் கொள்ள வேண்டும்.
+இந்த துஆ எல்லா உடல் உறுப்பு வலிகளுக்குமானது.
+இந்த துஆவை ஓதும் போது வலியுள்ள இடத்தில் கையை வைக்கவேண்டும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/6018</t>
   </si>
   <si>
     <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
     <t>'நீங்கள் நிறைவேற்ற வேண்டிய நிபந்தனைகளில் மிகப் பொருத்தமானது உங்கள் மனைவியரின் கற்பை ஹலாலாக அடைந்து கொள்ளச் செய்து கொண்ட ஒப்பந்தமாகும்'</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக உக்பா இப்னு ஆமிர் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'நீங்கள் நிறைவேற்ற வேண்டிய நிபந்தனைகளில் மிகப் பொருத்தமானது உங்கள் மனைவியரின் கற்பை ஹலாலாக அடைந்து கொள்ளச் செய்து கொண்ட ஒப்பந்தமாகும்'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>நிறைவேற்றப்படுவதற்கு மிகவும் தகுதியானதும் முன்னுரிமை வழங்கப்பட வேண்டியதுமான நிபந்தனைகளுள் ஒரு பெண்ணை மனைவியாக அனுபவிப்பதை அனுமதிக்க காரணமாக அமைந்துள்ள நிபந்தனையே என நபியவர்கள் இந்த ஹதீஸில் தெளிவு படுத்துகிறார்கள். இங்கு நிறைவேற்றப்பட வேண்டும் என வலியுறுத்தப்பட்ட நிபந்தனையாவது ஒரு பெண் திருமண ஓப்பந்தத்தின் போது கோரும் அனுமதிக்கப்பட்ட நிபந்தனைகளையே குறிக்கும்.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
@@ -10129,50 +13609,174 @@
 وجوب إحسان الظن بالله -عز وجل-.</t>
   </si>
   <si>
     <t>பாவங்கள் சிறு பாவங்கள், பெரும் பாவங்கள் என வகைப்படுத்தப்பட்டுள்ளன.
 இணைவைப்பு தான் பாவங்களில் கோரமானதும், மிகப் பெரியதுமாகும்.
 அல்லாஹ்வின் தண்டனையிலிருந்து அச்சமற்றிருப்பதும், அவனது அருளில் நிராசையடைந்திருப்பதும் ஹராமாகும், அவை பெரும்பாவங்களில் உள்ளவையாகும்.
 தந்திரோபாயம் செய்வோருக்குப் பதிலாக அல்லாஹ்வும் உபாயம் செய்யக்கூடியவன் எனக் கூறுவதில் அவனுக்கு இழுக்கு ஏதுமில்லை. இதுவும் பரிபூரண பண்புதான். உபாயம் செய்யத் தகுதியற்றவர்களுக்கு உபாயம் செய்வதுதான் கண்டிக்கத்தக்க பாவமாகும்.
 அச்சம், ஆதரவு இரண்டிற்கும் மத்தியில் சமநிலை பேணுவது அவசியமாகும், அல்லாஹ்வை அஞ்சும்போது அவனது அருளில் நிராசையடைந்து விடக் கூடாது, அவனிடம் ஆதரவு வைக்கும் போது தண்டனையிலிருந்து அச்சமுற்றிருக்கக் கூடாது.
 அல்லாஹ்வின் கண்ணியத்திற்கேற்றவாறு நேசம் எனும் பண்பு அவனுக்குண்டு.
 அல்லாஹ்வைப் பற்றி நல்லெண்ணம் வைப்பது அவசியமாகும்.</t>
   </si>
   <si>
     <t>إسناده صحيح</t>
   </si>
   <si>
     <t>رواه عبد الرزاق</t>
   </si>
   <si>
     <t>[இதன் இஸ்னாது- அறிவிப்பாளர் தொடர் ஸஹீஹானது-சரியானது]</t>
   </si>
   <si>
     <t>[இதனை அப்துர்ரஸ்ஸாக் பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6049</t>
+  </si>
+  <si>
+    <t>ألا أدلكما على خير مما سألتما؟ إذا أخذتما مضاجعكما أو أويتما إلى فراشكما فسبحا ثلاثا وثلاثين، واحمدا ثلاثا وثلاثين، وكبرا أربعا وثلاثين، فهو خير لكما من خادم</t>
+  </si>
+  <si>
+    <t>'நீங்கள் இருவரும் உங்கள் படுக்கைக்குச் செல்லும்போது' அல்லது 'உங்கள் விரிப்புக்குச் செல்லும்போது' முப்பத்து மூன்று முறை 'சுப்ஹானல்லாஹ்' (அல்லாஹ் தூயவன்) என்றும், முப்பத்து மூன்று முறை 'அல்ஹம்துலில்லாஹ்' (அல்லாஹ்வுக்கே புகழ் அனைத்தும்) என்றும், முப்பத்து நான்கு முறை 'அல்லாஹு அக்பர்' (அல்லாஹ் மிகப் பெரியவன்) என்றும் சொல்லுங்கள். அது உங்களுக்குப் பணியாள் ஒருவர் இருப்பதைவிடச் சிறந்ததாகும்' என்று சொன்னார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ عَلِيٍّ رضي الله عنه: أَنَّ فَاطِمَةَ رَضيَ اللهُ عنْها أَتَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَشْكُو إِلَيْهِ مَا تَلْقَى فِي يَدِهَا مِنَ الرَّحَى، وَبَلَغَهَا أَنَّهُ جَاءَهُ رَقِيقٌ، فَلَمْ تُصَادِفْهُ، فَذَكَرَتْ ذَلِكَ لِعَائِشَةَ، فَلَمَّا جَاءَ أَخْبَرَتْهُ عَائِشَةُ، قَالَ: فَجَاءَنَا وَقَدْ أَخَذْنَا مَضَاجِعَنَا، فَذَهَبْنَا نَقُومُ، فَقَالَ: «عَلَى مَكَانِكُمَا» فَجَاءَ فَقَعَدَ بَيْنِي وَبَيْنَهَا، حَتَّى وَجَدْتُ بَرْدَ قَدَمَيْهِ عَلَى بَطْنِي، فَقَالَ: «أَلاَ أَدُلُّكُمَا عَلَى خَيْرٍ مِمَّا سَأَلْتُمَا؟ إِذَا أَخَذْتُمَا مَضَاجِعَكُمَا -أَوْ أَوَيْتُمَا إِلَى فِرَاشِكُمَا- فَسَبِّحَا ثَلاَثًا وَثَلاَثِينَ، وَاحْمَدَا ثَلاَثًا وَثَلاَثِينَ، وَكَبِّرَا أَرْبَعًا وَثَلاَثِينَ، فَهُوَ خَيْرٌ لَكُمَا مِنْ خَادِمٍ».</t>
+  </si>
+  <si>
+    <t>அலி ரழியல்லாஹு அன்ஹு அவர்கள் கூறியதாவது : (என் துணைவி) ஃபாத்திமா திரிகை சுற்றுவதால் தமது கையில் ஏற்பட்ட காயம் குறித்து (தம் தந்தை) நபி (ஸல்) அவர்களிடம் முறையிடுவதற்காகச் சென்றார்கள். ஏனெனில், (போர்க் கைதிகளான) அடிமைகள் சிலர் நபி (ஸல்) அவர்களிடம் வந்திருப்பதாக அவருக்குச் செய்தி வந்திருந்தது. ஆனால், பாத்திமா, நபி (ஸல்) அவர்களை அங்கு காணவில்லை. தாம் வந்த நோக்கத்தை ஆயிஷா (ரலி) அவர்களிடம் ஃபாத்திமா சொன்னார்கள்.
+நபி (ஸல்) அவர்கள் (வீட்டிற்கு) வந்தபோது, ஆயிஷா (ரலி) அவர்கள் நபி (ஸல்) அவர்களிடம் விவரத்தைத் தெரிவிக்கவே, நபி அவர்கள் எங்களிடம் வந்தார்கள். அப்போது நாங்கள் எங்கள் படுக்கைக்குச் சென்று விட்டிருந்தோம். (நபியவர்களைப் பார்த்த) உடனே நாங்கள் எழுந்திருக்கப் போனோம். அவர்கள், ''நீங்கள் இருவரும் உங்கள் இடத்திலேயே இருங்கள்' என்று சொல்லிவிட்டு, அவர்களே வந்து எனக்கும் ஃபாத்திமாவுக்கும் இடையே அமர்ந்தார்கள்.
+அவர்களின் பாதங்கள் என் வயிற்றில்பட்டு அதன் குளிர்ச்சியை நான் உணரும் அளவுக்கு (நெருக்கமாக அமர்ந்தார்கள்). அப்போது அவர்கள், ''நீங்கள் இருவரும் கேட்டதைவிடச் சிறந்ததை நான் உங்களுக்கு அறிவிக்கட்டுமா? 'நீங்கள் இருவரும் உங்கள் படுக்கைக்குச் செல்லும்போது' அல்லது 'உங்கள் விரிப்புக்குச் செல்லும்போது' முப்பத்து மூன்று முறை 'சுப்ஹானல்லாஹ்' (அல்லாஹ் தூயவன்) என்றும், முப்பத்து மூன்று முறை 'அல்ஹம்துலில்லாஹ்' (அல்லாஹ்வுக்கே புகழ் அனைத்தும்) என்றும், முப்பத்து நான்கு முறை 'அல்லாஹு அக்பர்' (அல்லாஹ் மிகப் பெரியவன்) என்றும் சொல்லுங்கள். அது உங்களுக்குப் பணியாள் ஒருவர் இருப்பதைவிடச் சிறந்ததாகும்' என்று சொன்னார்கள்.</t>
+  </si>
+  <si>
+    <t>شَكَتْ فاطمةُ رضي الله عنها بنتُ النبيِّ صلى الله عليه وسلم ما تجدُه في يدها من أَثَرَ آلة الطَّحْنِ مما تطحن، فلما جاء إلى النبي صلى الله عليه وسلم سَبْيٌ، انطلقت إليه تسأله خادمًا من هذا السبي؛ ليقوم مكانَها بأعمال البيت، ولكنها لم تجده في بيته، ووجدتْ عائشةَ رضي الله عنها، فأخبرتها بذلك، 
+فلما جاء صلى الله عليه وسلم أخبرتْه عائشةُ بمجيء فاطمة إليه لتسأله خادمًا، 
+فجاء النبي صلى الله عليه وسلم فاطمة وعليًا رضي الله عنهما في بيتِهما وهما في الفِراش يتهيئان للنوم، فقعد بينهما حتى وجد علي رضي الله عنه برد قدمي النبي صلى الله عليه وسلم على بطنه، وقال: 
+ألا أعلِّمُكما خيرًا مما سألتماني من إعطائكم الخادم؟ 
+قالا بلى، فقال صلى الله عليه وسلم: 
+إذا أخذتما مضاجعكما للنوم من الليل، فكبِّرا أربعًا وثلاثين مرة، بقول: الله أكبر، 
+وسبِّحا ثلاثًا وثلاثين مرة، بقول: سبحان الله، 
+واحْمدَا ثلاثًا وثلاثين، بقول: الحمد لله؛ 
+فهذا الذكر خيرٌ لكما من خادم.</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்களின் மகள் பாத்திமா, மாவு அரைத்ததால் தனது கையில் ஏற்பட்ட தழும்புகள்; குறித்து தனது தந்தையிடம் முறையிட்டார். சில கைதிகள் நபி (ஸல்) அவர்களிடம் வந்தபோது, வீட்டு வேலைகளில் தனக்கு உதவ அவர்களில் ஒருவரைக் கேட்க நபி (ஸல்) அவர்களிடம் சென்றார்கள். அவ்வேளை நபியவர்கள்  வீட்டில் இருக்கவில்லை. ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்களை கண்டு விவரத்தை கூறினார்கள். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் வந்த போது, பாத்திமா (ரழி) அவர்கள் ஒரு பணியாளரைக் கேட்பதற்காக  வந்துவிட்டு சென்ற செய்தியைக் ஆஇஷா (ரழி) நபியவர்களிடம் கூறினார்கள். உடனே அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹி வஸல்லம்) அவர்கள் பாத்திமா மற்றும் அலி (ரழி) அவர்களின் வீட்டிற்குச் சென்றார்கள். அந்த நேரத்தில், இருவரும் படுக்கையில் படுத்து உறங்கத் தயாராகிக் கொண்டிருந்தார்கள். அவ்வேளை நபியவர்கள் அவர்களுக்கு இடையே அமர்ந்தார்கள், அப்போது அலி (ரழி) தனது வயிற்றில் நபியவர்களின் பாதத்தின் குளிர்ச்சியை உணர்ந்தார். பின்னர் அவர்கள் இருவரிடமும் நபியவர்கள் கூறினார்கள்: ' நீங்கள் இருவரும் என்னிடம் ஒரு வேலைக்காரனைக் தருமாறு கேட்டதைவிடவும் சிறந்த ஒன்றை நான் உங்களுக்குச் சொல்லட்டுமா? அவர்கள் இருவரும், 'ஆம்' என்றார்கள். அப்போது நபியவர்கள் அவர்களிடம் இவ்வாறு கூறினார்கள் : நீங்கள் இருவரும் இரவில் படுக்கைக்குச் செல்லும்போது, அல்லாஹு அக்பர் என்று 34 முறை சொல்லுங்கள். சுப்ஹானல்லாஹ் என்று 33 முறை சொல்லுங்கள். அல்ஹம்துலில்லாஹ் என்று 33 முறை சொல்லுங்கள். இந்த திக்ர் ஒரு வேலைக்காரனை விட உங்கள் இருவருக்கும் சிறந்தது என்றார்கள்.</t>
+  </si>
+  <si>
+    <t>استحباب المداومة على هذا الذكر المبارك، حيث ورد أن عليا رضي الله عنه لم يترك هذه الوصية النبوية، المتضمنة حتى ليلة صفين.
+هذا الذكر لا يقال إلا في نوم الليل ولفظه عند مسلم من رواية معاذ عن شعبة "إذا أخذتما مضاجعكما من الليل".
+إذا نسي المسلم هذا الذكر في أول الليل ثم ذكره آخره فلا بأس بقوله؛ لأن علي رضي الله عنه راوي الحديث يقول بأنه نسي قوله ليلة صفين أول الليل ثم تذكر فقاله قبل الصبح.
+قال المهلب: فيه حمل الإنسان أهله على ما يحمل عليه نفسه من إيثار الآخرة على الدنيا إذا كانت لهم قدرة على ذلك.
+قال ابن حجر العسقلاني: من واظب عليه لا يتضرر بكثرة العمل ولا يشق عليه ولو حصل له التعب.
+قال العيني: وجه الخيرية إما أن يراد به أنه يتعلق بالآخرة والخادم بالدنيا، والآخرة خير وأبقى، وإما أن يراد بالنسبة إلى ما طلبته بأن يحصل لها بسبب هذه الأذكار قوة تقدر على الخدمة أكثر مما يقدر الخادم.</t>
+  </si>
+  <si>
+    <t>இந்த அருள்நிறைந்த திக்ரை தவறாமல் தொடர்ந்தும் செய்வது வரவேற்கத்தக்க விடயமாகும். அலி (ரழி) அவர்கள், அல்லாஹ்வின் தூதர் தினமும் இரவில் இந்த திக்ரை ஓதி வரவேண்டும் என்று கூறிய அறிவுரையை பேணி நடந்தார்கள். அந்த வகையில் ஸிப்பீன் யுத்த இரவன்று கூட அலி (ரழி) அவர்கள் இந்த திக்ரை ஓதாதமல் தூங்க வில்லை என்ற செய்தி பதிவாகியுள்ளது.
+இந்த திக்ரை இரவில் தூங்கும் போது ஓத வேண்டும். ஏனெனில் ஸஹீஹ் முஸ்லிமில், முஆத் அவர்கள் ஷுஃபாவின் மூலம் அறிவிக்கும் அறிவிப்பின்  வாசக்த்தில் : 'நீங்கள் இரவில் படுக்கைக்குச் செல்லும் போது.' என்று இடம்பெற்றுள்ளது.
+ஒரு முஸ்லிம் இரவின் முதல் பகுதியில் இந்த திக்ரைச் சொல்ல மறந்துவிட்டு, கடைசி பகுதியில் அதை நினைவில் வைத்திருந்தால், அந்த நேரத்தில் அதைச் சொல்வதில் எந்தத் தவறும் இல்லை. ஏனெனில் இந்த ஹதீஸின் அறிவிப்பாளர் அலி (ரழி) அவர்கள், ஸிப்பீன் இரவில் இரவின் முதல் பகுதியில் அதைச் சொல்ல மறந்துவிட்டதாகக் கூறுகிறார்கள், பின்னர் அவருக்கு ஞாபகம் வந்ததும், ஸுப்ஹுக்கு முன் அதைச் சொன்னார்கள்.
+முஹல்லப் கூறுகிறார்: ஒரு நபர் தனது சொந்த வாழ்க்கையில் இந்த உலகத்தை விட மறுமையை முன்னுரிமைப்படுத்தும் நடைமுறையை கடைப் பிடிப்பது போல, அவர் தனது குடும்பத்தினருக்கும் அவ்வாறு செய்ய ஊக்குவிக்க வேண்டும், அவர்களுக்கு அவ்வாறு செய்ய திறன் இருந்தால்.
+இப்னு ஹஜர் அல் அஸ்கலானி (ரஹ்) குறிப்பிடுகையில் : இந்த திக்ரை வழமையாக்கிக் கொண்ட ஒருவருக்கு, களைப்பு ஏற்பட்டாலும் அதிக வேலை செய்வது எவ்வித பாதிப்பையும் ஏற்படுத்தாது என்கிறார்.
+இமாம் அய்னி  கூறுகிறார்: இந்த திக்ர் மிகவும் சிறந்தது என்பதற்கான ஒரு காரணம், திக்ரானது மறுமையுடனும், பணியாள் இந்த உலகத்துடனும் சம்பந்தப்பட்டதாக இருப்பதுதான். அந்த வகையில் மறுமை இந்த உலகத்தை விட சிறந்தது என்பது வெளிப்படையானது. மற்றொரு அம்சம் என்னவென்றால், இந்த திக்ருகளின் விளைவாக, வேலைக்காரனை விட அதிக வேலை செய்யக்கூடிய அளவுக்கு அவர்களுக்குள் செயல்சக்தி உருவாகுவது என்ற ஒரு விடயமும் இதில் அடங்கியிருப்பதாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/6076</t>
+  </si>
+  <si>
+    <t>من قال بسم الله الذي لا يضر مع اسمه شيء، في الأرض، ولا في السماء، وهو السميع العليم، ثلاث مرات، لم تصبه فجأة بلاء، حتى يصبح</t>
+  </si>
+  <si>
+    <t>யார், 'பிஸ்மில்லாஹில்லதீ லா யழுர்ரு மஅஸ்மிஹி ஷைஉன் பில் அர்ழி வலா பிஸ்ஸமாஇ வஹுவஸ் ஸமீஉல் அலீம் (எவனுடைய பெயர் இருக்கும் போது, இவ்வானத்திலோ, பூமியிலோ எந்தவொன்றும் தீங்கை ஏற்படுத்தமாட்டாதோ, அந்த அல்லாஹ்வின் பெயரைக் கொண்டு (காலையை, மாலையை அடைகின்றேன்) அவன் செவிமடுப்பவனாகவும், அறிந்துள்ளவனாகவும் இருக்கின்றான்) என்று மூன்று தடவை கூறுகின்றாரோ, அவர் காலையை அடையும் வரை, அவருக்கு எந்த திடீர் சோதனைகளும் ஏற்படமாட்டாது</t>
+  </si>
+  <si>
+    <t>عَنْ أَبَانَ بْنِ عُثْمَانَ قَالَ: سَمِعْتُ عُثْمَانَ ابْنِ عَفَّانَ رضي الله عنه يَقُولُ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ، وَمَنْ قَالَهَا حِينَ يُصْبِحُ ثَلَاثُ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ حَتَّى يُمْسِيَ»، قَالَ: فَأَصَابَ أَبَانَ بْنَ عُثْمَانَ الْفَالِجُ، فَجَعَلَ الرَّجُلُ الَّذِي سَمِعَ مِنْهُ الْحَدِيثَ يَنْظُرُ إِلَيْهِ، فَقَالَ لَهُ: مَا لَكَ تَنْظُرُ إِلَيَّ؟ فَوَاللَّهِ مَا كَذَبْتُ عَلَى عُثْمَانَ، وَلَا كَذَبَ عُثْمَانُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَلَكِنَّ الْيَوْمَ الَّذِي أَصَابَنِي فِيهِ مَا أَصَابَنِي غَضِبْتُ فَنَسِيتُ أَنْ أَقُولَهَا.</t>
+  </si>
+  <si>
+    <t>அபான் இப்னு உஸ்மான் அவர்கள் கூறுகின்றார்கள் : உஸ்மான் (ரலி) அவர்கள், நபி (ஸல்) அவர்கள் பின்வருமாறு கூற, தான் கேட்டுள்ளதாக அறிவிக்கின்றார்கள்: "யார், 'பிஸ்மில்லாஹில்லதீ லா யழுர்ரு மஅஸ்மிஹி ஷைஉன் பில் அர்ழி வலா பிஸ்ஸமாஇ வஹுவஸ் ஸமீஉல் அலீம் (எவனுடைய பெயர் இருக்கும் போது, இவ்வானத்திலோ, பூமியிலோ எந்தவொன்றும் தீங்கை ஏற்படுத்தமாட்டாதோ, அந்த அல்லாஹ்வின் பெயரைக் கொண்டு (காலையை, மாலையை அடைகின்றேன்) அவன் செவிமடுப்பவனாகவும், அறிந்துள்ளவனாகவும் இருக்கின்றான்) என்று மூன்று தடவை கூறுகின்றாரோ, அவர் காலையை அடையும் வரை, அவருக்கு எந்த திடீர் சோதனைகளும் ஏற்படமாட்டாது. யார் காலையை அடையும் போது அவ்வாறு கூறுகின்றாரோ, அவர் மாலையை அடையும் வரை எந்தத் திடீர் சோதனைகளும் ஏற்படமாட்டாது." அபான் இப்னு உஸ்மானுக்கு பக்கவாதம் ஏற்பட்டது. இந்த ஹதீஸை அவரிடமிருந்து கற்ற மனிதர் அவரைப் பார்த்துக் கொண்டிருந்தார். அப்போது அவர்கள், 'ஏன் என்னைப் பார்க்கின்றீர்கள்?' அல்லாஹ்வின் மீது சத்தியமாக! நான் உஸ்மான் (ரலி) அவர்கள் மீது இட்டுக்கட்டவில்லை. உஸ்மான் (ரலி) அவர்களும் நபி (ஸல்) அவர்கள் மீது இட்டுக்கட்டவில்லை. எனினும், எனக்கு இந்த நோய் ஏற்பட்ட தினம், நான் கோபத்தில் இருந்ததால், எனக்கு இதைக் கூற மறந்துவிட்டது.' என்று கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في صباح كلِّ يوم بعد طلوع الفجر، ومساء كل ليلة قبل غروب الشمس ثلاث مرات: (بسم الله) أستعينُ وأتحفَّظ من كل مؤذٍ (الذي لا يضر مع) ذِكر (اسمه) أيُّ (شيء) مهما عَظُم (في الأرض) والخارج منها من البلاء (ولا في السماء) والنازل منها من البلاء (وهو السميع) بأقوالنا (العليم) بأحوالنا.
+من قالها حين يُمسي لم يُصِبْه البلاءُ بغتةً حتى يصبح، ومن قالها حين يصبح لم يصبه البلاء بغته حتى يمسي. 
+فأصابَ راويَ الحديثِ أَبَانَ بن عثمان الفَالِجُ؛ وهو استرخاء لأحد شِقَّي البدن، فجعل الرجل الذي سَمِع منه الحديث ينظر إلى أَبَان متعجِّبًا! فقال للرجل: مالك تنظر إلي؟! فوالله ما كَذَبتُ على عثمان، ولا كَذَبَ عثمانُ على النبيِّ صلى الله عليه وسلم، ولكن اليوم الذي أصابني فيه ما قَدَّر الله لي أنْ أقولَه، أصابني غَضبٌ فنَسيتُ أنْ أقولَ هذه الكلمات المذكورة.</t>
+  </si>
+  <si>
+    <t>இங்கு நபியவர்கள், ஒவ்வொரு நாள் காலையிலும் சூரியன் உதிக்க முன்னரும், ஒவ்வொரு நாள் மாலையிலும் சூரியன் மறைய முன்னரும் மூன்று தடவைகள் இந்த துஆவை ஓதுவதன் முக்கியத்துவத்தைத் தெளிவுபடுத்துகின்றார்கள்.
+எவனுடைய பெயர் இருக்கும் போது(அதாவது, கூறப்படும் போது), இவ்வானத்திலோ,(மேலும் அதில் இருந்து இறங்கும் சோதனைகளோ) பூமியிலோ (மேலும் அதில் இருந்து வெளிப்படும்)  சோதனைகளோ) எந்தவொன்றும் (அது எவ்வளவு பெரியதாக இருப்பினும்)  தீங்கை ஏற்படுத்த மாட்டாதோ, அந்த அல்லாஹ்வின் பெயரைக் கொண்டு (காலையை, மாலையை) அடைகின்றேன் (அவனைக்கொண்டே அனைத்துத் தீங்குகளை விட்டும் பாதுகாப்பும் தேடுகின்றேன்) அவன் (எமது வார்த்தைகளைக்) கேட்பவனாகவும் (எமது நிலைமைகளை) அறிந்தவனாகவும் உள்ளான்.
+யார் மாலையை அடையும் போது இவ்வாறு கூறுகின்றாரோ, அவர் காலையை அடையும் வரை திடீர் சோதனைகள் எதுவும் அவருக்கு ஏற்படமாட்டாது. யார் காலையை அடையும் போது இவ்வாறு கூறுகின்றாரோ, அவர் மாலையை அடையும் வரை திடீர் சோதனைகள் எதுவும் அவருக்கு ஏற்படமாட்டாது.
+இந்த ஹதீஸை அறிவிக்கும் அபான் இப்னு உஸ்மான் (ரஹ்) அவர்களுக்கு பக்கவாதம் (அதாவது, உடம்பின் ஒரு பாதி செயலிழந்து போதல்) ஏற்பட்டிருந்தது. எனவே, அவரிடம் இந்த ஹதீஸைக் கற்ற மனிதர் ஆச்சரியமாக அவரைப் பார்த்தார். அப்போது அவர் அந்த மனிதரைப் பார்த்து, 'ஏன் என்னைப் பார்க்கின்றீர்கள்?' அல்லாஹ்வின் மீது சத்தியமாக! நான் உஸ்மான் (ரலி) அவர்கள் மீது இட்டுக்கட்டவில்லை. உஸ்மான் (ரலி) அவர்களும் நபி (ஸல்) அவர்கள் மீது இட்டுக்கட்டவில்லை. எனினும், எனக்கு இந்த நோய் ஏற்பட்ட தினம், நான் அதை ஓதவேண்டும் என அல்லாஹ் விதித்திருக்கவில்லை. எனவே, எனக்கு ஒரு கோபம் ஏற்பட்டபோது, நான் மேற்குறிப்பிட்ட இந்த வசனங்களைக் கூற மறந்துவிட்டேன்.' என்று கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>استحباب الإتيان بهذا الذِّكْرِ في الصباح والمساء؛ ليكون الإنسان محفوظًا بإذن الله تعالى مِن أن يُصيبَه فجأةُ بلاءٍ أو ضرُّ مصيبةٍ أو نحو ذلك.
+قوة يقين السلف الأول بالله وتصديقهم بما أخبر به رسول الله صلى الله عليه وسلم.
+من فوائد تقييد الذكر بالصباح والمساء قطع الغفلة عن المسلم واستحضاره الدائم بأنه عبد لله تعالى.
+على قدر إيمان الذاكر لله وخشوعه وحضور قلبه، مع الإخلاص واليقين يكون أثر الذكر متحقِّقًا.</t>
+  </si>
+  <si>
+    <t>காலையிலும், மாலையிலும் இந்த துஆவை ஓதுவது விரும்பத்தக்கதாகும். அதன் பயனாக, அல்லாஹ்வின் உத்தரவின் பிரகாரம் அம்மனிதன், திடீர் சோதனைகள், பாதிப்புக்கள் போன்றவை ஏற்படுவதை விட்டும் பாதுகாக்கப்படுவான்.
+ஆரம்பகால ஸலபுகள் அல்லாஹ்வின் மீது கொண்டிருந்த ஆழமான நம்பிக்கையும், நபியவர்கள் கூறியவற்றை அவர்கள் உண்மைப்படுத்தியமையும்.
+திக்ர்கள் காலை, மாலை நேரங்களுக்கும் குறித்துக் கூறப்பட்டிருப்பதன் பயன்களில் ஒன்று, ஒரு முஸ்லிமிடம் பராமுகம் ஏற்படாமல் பாதுகாத்து, தான் அல்லாஹ்வின் அடியான் என்பதை எப்போதும் நினைவில் கொள்ளவைப்பதாகும்.
+அல்லாஹ்வை நினைவுகூறுபவரின் இறைநம்பிக்கை, உள்ளச்சம், விழிப்புநிலை, உளத்தூய்மை மற்றும் மனவுறுதி என்பவற்றுக்கு ஏற்ப, அந்த திக்ரின் தாக்கமும் உறுதியாக இருக்கும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/6093</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم أجود الناس، وكان أجود ما يكون في رمضان حين يلقاه جبريل</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் மக்களிலேயே அதிகமாக வாரி வழங்குபவர்களாகத் திகழ்ந்தார்கள். (வானவர்) ஜிப்ரீல் (அலை) அவர்கள் ரமளான் மாதத்தில் தம்மைச் சந்திக்கின்ற வேளையில், நபியவர்கள் இன்னும் அதிகமாக வாரி வழங்குபவர்களாக இருந்தார்கள்</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدَ النَّاسِ، وَكَانَ أَجْوَدُ مَا يَكُونُ فِي رَمَضَانَ حِينَ يَلْقَاهُ جِبْرِيلُ، وَكَانَ يَلْقَاهُ فِي كُلِّ لَيْلَةٍ مِنْ رَمَضَانَ فَيُدَارِسُهُ القُرْآنَ، فَلَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدُ بِالخَيْرِ مِنَ الرِّيحِ المُرْسَلَةِ.</t>
+  </si>
+  <si>
+    <t>இப்னுஅப்பாஸ் ரழியல்லாஹு அன்ஹுமா அறிவிக்கிறார்கள் : அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் மக்களிலேயே அதிகமாக வாரி வழங்குபவர்களாகத் திகழ்ந்தார்கள். (வானவர்) ஜிப்ரீல் (அலை) அவர்கள் ரமளான் மாதத்தில் தம்மைச் சந்திக்கின்ற வேளையில், நபியவர்கள் இன்னும் அதிகமாக வாரி வழங்குபவர்களாக இருந்தார்கள். ஜிப்ரீல் (அலை) அவர்கள் ரமளானின் ஒவ்வோர் இரவிலும் நபி (ஸல்) அவர்களைச் சந்தித்து, (அதுவரை அருளப்பெற்ற) குர்ஆனை ஜிப்ரீல் (அலை) அவர்கள் நபி (ஸல்) அவர்களுக்கு நினைவுபடுத்தி கற்றுக் கொடுப்பார்கள். அப்போது அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் தொடர்ந்து வீசும் மழைக் காற்றை விட அதிகமாக நல்லதை வாரி வழங்குபவர்களாக இருந்தார்கள்.</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم أعظم الناس كَرمًا، وكان يَكثر كرمُه في شهر رمضان حيث كان يُعطي ما ينبغي لمَن ينبغي، والسبب في زيادة كرمه أمران: 
+الأول: الْتِقاؤه بجبريل عليه السلام.
+والأمر الآخر: مدارسة القرآن، وهو القراءة عن ظهر قلب.
+فيدارسه جبريل عليه السلام جميع ما نزل من القرآن، ولَرَسُول الله صلى الله عليه وسلم أكرم وأكثر عطاءً وفعلًا للخير، وأسرع نفعًا للخلق من الريح الطيبة التي يرسلها الله بالغيث والرحمة.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் மிகவும் தாராள மனப்பான்மை கொண்டவர், மேலும் ரமளான் மாதத்தில் அவரது தாராள மனப்பான்மை இன்னும் அதிகமாக இருந்தது. அவர் வேண்டியவர்களுக்கு தாராளமாக கொடுப்பார். இதற்கு இரண்டு காரணங்கள் இருந்தன:
+1- ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்களை சந்தித்தமை.
+2- குர்ஆனை மீட்டுவது, அதாவது அல் குர்ஆனை மனப்பாடத்தில் ஓதுவதை மறுபரீசீலனை செய்வது.
+அல்குர்ஆனில் அந்நேரம் வரை இறக்கப்பட்ட அனைத்துப் பகுதிகளையும் ஜிப்ரீல் (அலை) அவர்கள் ஓதியோடு அதனை நபியவர்களுடன் மறுபரிசீலனை செய்தார்கள். இந்த நேரத்தில், அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள், அல்லாஹ் மழையுடனும் கருணையுடனும் அனுப்பும் இனிமையான காற்றை விட, மக்களுக்கு மிகவும் தாராளமாகவும், கனிவாகவும், வாரி வழங்கக் கூடியவர்களாக இருந்தார்கள்.</t>
+  </si>
+  <si>
+    <t>بيان جُود النبي صلى الله عليه وسلم وسَعَة كرمه وخاصة في رمضان، فإنه شهر الطاعات ومواسم الخيرات.
+الحث على الجود في كل وقت، وتستحب الزيادة في شهر رمضان.
+الإكثار من البذل والعطاء والإحسان وقراءة القرآن في شهر رمضان.
+من أسباب حفظ العلم مدارسته مع طلاب العلم والعلماء.</t>
+  </si>
+  <si>
+    <t>குறிப்பாக ரமழான் மாதம் வழிபாடுகளினதும் நல்ல செயல்களின் பருவகாலமாகவும் இருப்பதால் ரமழான் மாதத்தில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் தயாள குணமும் தாராள மனப்பான்மை பற்றியும் தெளிவுபடுத்தப் பட்டிருத்தல்.
+எல்லா நேரங்களிலும் தாராள மனப்பான்மையுடன் இருப்பதற்கு ஊக்கமளித்தல். குறிப்பாக ரமழான் மாதத்தில் அதிக தாராளத்தன்மையுடன் வாரி வழங்குவது விரும்பத்தக்க (முஸ்தஹப்பான) காரியமாகும்.
+ரமழான் மாதத்தில் முடிந்தவரை அல்குர்ஆன் ஓதுதல் மக்களுக்குக்கு செலவுசெய்தல் தானதர்மங்களை வழங்குதல் ஆகிய விடயங்களை அதிகம் செய்தல்.
+பெற்ற அறிவைத் பாதுகாத்துக்கொள்வதற்கான வழிமுறைகளில் ஒன்று, மாணவர்கள் மற்றும் அறிஞர்களுடன் அதை ஆராய்வதும் மறுபரிசீலனை செய்வதுமாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/6179</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மனிதரில் நல்லொழுக்கம்(நற்குணம்); மிக்கவராக இருந்தார்கள்'</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
     <t>அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கின்றார்கள் : அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மனிதரில் நல்லொழுக்கம்(நற்குணம்); மிக்கவராக இருந்தார்கள்'.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
     <t>மனிதர்களில் நல்லொழுக்கத்தில் பரிபூரணமானவர்களாகவும்  ஒழுக்க சீலராகவும் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இருந்தார்கள். அழகிய வார்த்தை பேசுதல், நன்மை செய்தல், முகமலர்ச்சியுடன் இருத்தல், (இன்முகம்),மற்றவருக்கு தொல்லை கொடுக்காது இருத்தல், பிறரின் அசௌகரியாமான நடவடிக்கைளை தாங்கிக் கொள்ளல் போன்ற அனைத்து அழகிய குணங்களுக்கும், பண்பாடுபாடுகளுக்கும் முன்னுதாரணமாக அவர்களே திகழ்ந்தார்கள். இதில் அவர்களை முந்தியவர்கள் யாரும் கிடையாது.</t>
   </si>
   <si>
     <t>كمال خُلق النبي صلى الله عليه وسلم.
 النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
 الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
   </si>
   <si>
@@ -10289,83 +13893,146 @@
 "الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
 "لا إله إلا الله": لا معبود بحق إلا الله.
 "الله أكبر": أعظم وأجل من كلِّ شيء.</t>
   </si>
   <si>
     <t>இந்த மகத்தான வார்த்தைகளினால் அல்லாஹ்வை நினைவுகூர்வது உலகம் அதில் உள்ளவற்றைவிடவும் சிறந்தது என நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெரிவிக்கிறார்கள் அந்த வார்த்தைகள் பின்வருமாறு :
 "ஸுப்ஹானல்லாஹ்" என்பது: (அல்லாஹ்வை  தூய்மையானவன்) என்பது  அனைத்துவகையான குறைகளைவிட்டும்  அல்லாஹ்வைத் தூய்மைப்படுத்தலைக் இது குறிக்கிறது.
 'அல்ஹம்து லில்லாஹ் என்பது : புகழனைத்தும் அல்லாஹ்வுக்கே உரியன. போற்றி நேசம் கொள்வதற்குரிய நிறைவான பண்புகளின் மூலம் அல்லாஹ்வை பாராட்டி புகழ்தலைக் குறிக்கும்.
 'லாஇலாஹ இல்லல்லாஹு' என்ற வார்த்தை உண்மையாக வணங்கப்படத் தகுதியானவன் அல்லாஹ்வைத் தவிர வேறுயாறுமில்லை என்பதைக் குறிக்கும்.
 "அல்லாஹு அக்பர்"  என்பதன் கருத்து அவன் எல்லா அம்சங்களையும் விட போற்றவும் பெருமைப்படுத்தவும் மிகவும் தகுதியானவன்.</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>அல்லாஹ்வை திக்ர் செய்ய ஆர்வமூட்டியிருத்தல், திக்ர் செய்வது சூரியன் உதிக்கும் இவ்வுலகை விடவும் அதிக விருப்பத்திற்குரியது.
 திக்ர் செய்வதினால்; கூலியும், சிறப்பும் கிடைப்பதினால் அதிகம் திக்ர் செய்யுமாறு தூண்டியிருத்தல்.
 இவ்வுலக இன்பங்கள் சொற்பமானவை, அதன் ஆசைகள் நிலையற்றவை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6211</t>
   </si>
   <si>
+    <t>لن يلج النار أحد صلى قبل طلوع الشمس وقبل غروبها</t>
+  </si>
+  <si>
+    <t>'சூரியன் உதிப்பதற்கு முன்னரும், மறைவதற்கு முன்னரும் தொழுத எவரும் நரகம் நுழையமாட்டார்கள். '</t>
+  </si>
+  <si>
+    <t>عَنِ أبي زُهير عُمَارَةَ بْنِ رُؤَيْبَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «لَنْ يَلِجَ النَّارَ أَحَدٌ صَلَّى قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا»</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, அபூ ஸுஹைர், உமாரா இப்னு ருஐபா (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : 'சூரியன் உதிப்பதற்கு முன்னரும், மறைவதற்கு முன்னரும் தொழுத எவரும் நரகம் நுழையமாட்டார்கள். '</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ رسولُ الله صلى الله عليه وسلم: أنه لن يدخلَ النارَ، أحدٌ صلّى صلاة الفجر، وصلاة العصر، وداوم عليهما؛ وخَصَّ هاتين الصلاتين؛ لأنهما أثقلُ الصلوات، ولأنّ وقت الصبح يكون عند النوم ولَذَّتِه، ووقت العصر يكون عند الاشتغال بأعمال النهار وتجارته، ومَن حافَظَ على هاتين الصلاتَين مع وُجودِ المَشقّة فسيحافظ على بَقيّة الصلوات.</t>
+  </si>
+  <si>
+    <t>இங்கு நபியவர்கள், யாரெல்லாம், பஜ்ர் தொழுகையையும், அஸ்ர் தொழுகையையும் பேணித்தொழுது வருகின்றார்களோ, அவர்கள் நரகம் நுழையமாட்டார்கள் என அறிவிக்கின்றார்கள். இவ்விரு தொழுகையையும் குறித்துச் சொல்வதற்கான காரணம், இவ்விரண்டும் சிரமமான தொழுகைகளாக இருப்பதாகும். அதேபோன்று, ஸுபஹுடைய நேரம் என்பது, தூக்கத்தில் இன்பமாக இருக்கும் நேரமாகும். அஸ்ருடைய நேரம் என்பது, பகல்பொழுது வேலைகளிலும், வியாபாரத்திலும் ஈடுபடும் நேரமாகும். எனவே, சிரமங்கள் இருந்தபோதிலும், யார் இவ்விரு தொழகைகளையும் பேணி வருகின்றாரோ, அவர் நிச்சயமாக, ஏனைய தொழகைகளையும் பேணித் தொழுது வருவார்.</t>
+  </si>
+  <si>
+    <t>فضل صلاتي الصبح والعصر، فينبغي المحافظة عليهما.
+مَن أدَّى هذه الصلوات يكون غالبًا خالي النفس من الكَسَل والرياء مُحِبًّا للعبادة.</t>
+  </si>
+  <si>
+    <t>பஜ்ர், அஸர் தொழுகைகளின் சிறப்பு கூறப்பட்டுள்ளது, எனவே அவ்விரண்டையும் பேணுவது அவசியமாகும்.
+இந்தத் தொழுகைகளை நிறைவேற்றுபவர், பெரும்பாலும், சோம்பல் மற்றும் முகஸ்துதியை விட்டும் நீங்கியவராகவும், வணக்கத்தை விரும்புபவராகவும் இருப்பார்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/6215</t>
+  </si>
+  <si>
+    <t>ما من أحد يسلم علي إلا رد الله علي روحي حتى أرد عليه السلام</t>
+  </si>
+  <si>
+    <t>'யாராவது எனக்கு ஸலாம் கூறினால், நான் அவருக்கு பதில் அளிப்பதற்காகவேண்டிய, அல்லாஹ் எனக்கு எனது உயிரை மீண்டும் வழங்குவான்.'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلَّى الله عليه وسلم قال: «ما مِنْ أحَدٍ يُسلِّمُ علي إلا ردَّ اللهُ عليَّ رُوحي حتى أردَّ عليه السَّلامَ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக அபூ ஹுரைரா (ரலி) அவர்கள் அறிவிக்கின்றார்கள்: 'யாராவது எனக்கு ஸலாம் கூறினால், நான் அவருக்கு பதில் அளிப்பதற்காகவேண்டிய, அல்லாஹ் எனக்கு எனது உயிரை மீண்டும் வழங்குவான்.'</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّه تُرَدُّ إليه رُوحُه ليَرُدَّ السلامَ على كل مَن سلَّم عليه سواء كان قريبًا أو بعيدًا؛ وحياة البَرْزَخ والقبور أمرٌ غيبي، لا يَعلم حقيقتَها إلا الله، وهو على كل شيء قدير.</t>
+  </si>
+  <si>
+    <t>இங்கு நபியவர்கள், சமீபமாகவோ, தூரமாகவோ இருந்து யாரெல்லாம் தன் மீது ஸலாம் சொல்கின்றார்களோ, அவர்களுக்குப் பதில் அளிப்பதற்காகத் தனது உயிர் மீண்டும் தனக்கு வழங்கப்படுவதாக அறிவிக்கின்றார்கள். (மரணத்திற்கு அப்பாற்பட்ட) பர்ஸக் உடைய மற்றும் மண்ணறையுடைய வாழ்க்கை என்பது, மறைவான ஓர் அம்சமாகும். அதன் யதார்த்தத்தை அல்லாஹ்வைத் தவிர வேறு யாரும் அறிய மாட்டார்கள். அவன் அனைத்திற்கும் சக்திபெற்றவன்.</t>
+  </si>
+  <si>
+    <t>الحث على الإكثار من الصلاة والسلام على النبي صلى الله عليه وسلم.
+حياة النبي صلى الله عليه وسلم في قبره هي أكملُ حياة يحياها إنسان في بَرْزَخِه، فلا يَعلم حقيقتها إلا الله تعالى.
+الحديث ليس فيه حُجّة لمن يقول بحياة رسول الله صلى الله عليه وسلم حياةً كما نعيشها نحن، حتى لا يَستدِلّ به أهل الشرك على الاستغاثة به عليه الصلاة والسلام، وإنما هي حياة برزخية.</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் மீது அதிகம் ஸலவாத்தும், ஸலாமும் கூற ஆர்வமூட்டல்.
+நபியவர்களது மண்ணறை வாழ்வு என்பது, ஒரு மனிதன் மரணத்துக்குப் பின்னர் வாழும் வாழ்க்கையில் பரிபூரணமான வாழ்க்கையாகும். எனவே, அதன் யதார்த்த நிலையை அல்லாஹ்வைத் தவிர யாரும் அறியமாட்டார்கள்.
+யாரெல்லாம், நாம் தற்போது வாழும் வாழ்க்கை போன்று நபியவர்களும் வாழ்ந்து கொண்டிருக்கின்றார்கள் என்று வாதிடுகின்றார்களோ, அவர்களுக்கு இந்த ஹதீஸில் ஆதாரம் இல்லை. அவ்வாறில்லாவிட்டால், இணைவைப்பவர்கள், நபியவர்களிடம் இரட்சிக்கத் தேடுவதற்கு இந்த ஹதீஸை ஆதாரமாகக் கொண்டு விடுவார்கள். மாறாக, இது மரணத்திற்கு பின்னரான ஒரு வாழ்க்கையே!</t>
+  </si>
+  <si>
+    <t>[இதன் அறிவிப்பாளர் தொடர் நம்பகமானது (ஹஸனானது)]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/6222</t>
+  </si>
+  <si>
     <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
   </si>
   <si>
     <t>' துல்ஹிஜ்ஜா பத்து நாட்களில் செய்யும் அமல்கள்தான் ஏனைய நாட்களில் செய்யும் அமல்களை விடவும் அல்லாஹ்வுக்கு மிகவும் விருப்பமானதாக உள்ளது</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா அவர்கள்  அறிவிக்கிறார்கள் : ' துல்ஹிஜ்ஜா பத்து நாட்களில் செய்யும் அமல்கள்தான் ஏனைய நாட்களில் செய்யும் அமல்களை விடவும் அல்லாஹ்வுக்கு மிகவும் விருப்பமானதாக உள்ளது என்று நபி ஸல்லல்லாஹு அவர்கள் கூறியபோது, ஸஹாபாக்கள்: அல்லாஹ்வின் தூதரே 'ஜிஹாதை விடவுமா?' என்று கேட்டனர். அதற்கு  'தன் உயிரையும் பொருளையும் பணயம் வைத்துப் புறப்பட்டு இரண்டையும் (இறைவழியில்) இழந்துவிட்டவன் செய்த ஜிஹாதைத் தவிர' எனப் பதிலளித்தார்கள்.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>வருடத்தில் ஏனைய நாட்களை விடவும் துல்ஹிஜ்ஜா மாதத்தின் முதல் பத்து நாட்களில் செய்யும் நல்லமல்கள் மிகவும் சிறப்புக்குரியது என நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவுபடுத்தினார்கள்.
 ஸஹாபாக்களிடம் அமல்களில் ஜிஹாதே மிகவும் சிறப்புக்குரிய அமல் -செயல் என்ற நிலைப்பாடு காணப்பட்டதினால் அவர்கள் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் இந்த பத்து நாட்கள் அல்லாது வேறு நாட்களில் ஜிஹாத் செய்வது சிறப்புக்குரியதா அல்லது இந்த நாட்களில் நல்லமல்களில் ஈடுபடுவது சிறப்புக்குரியதா என வினவினார்கள்.அதற்கு நபியவர்கள்:
 இந்த நாட்களில் நல்லமல்களில் ஈடுபடுவது ஜிஹாதை விடவும் மிகவும் சிறப்புக்குரியது என பதிலளித்தார்கள். ஆனால் ஒரு மனிதரைத் தவிர, அவர் தனது உயிரையும் உடமைகளையும அல்லாஹ்வின் பாதையில் பணயமாக வைத்து போராளியாக வெளிக்கிளம்பிச் சென்று, தனது செல்வத்தையும், உயிரையையும் இழக்கிறார் என்றால் அந்த மனிதரைத் தவிர என்றும் கூறினார்கள். இந்த சிறப்பான நாட்களில் சிறப்புற்று விளங்கும் அமல்களில் இதுதான் மேலானது.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>துல்ஹிஜ்ஜா பத்து நாட்களின் சிறப்பு குறிப்பிடபப்பட்டுள்ளமை, ஆகவே ஒரு முஸ்லிம் இந்த நாட்களை பயன்படுத்திக்கொள்வதுடன் வணக்கவழிபாடுளில் அதிகம் ஈடுபடுவதுடன் அல்லாஹ்வை அதிகம் திக்ர் செய்தல் அல்குர்ஆன் ஓதுதல், தக்பீர், தஹ்லீல், தஹ்மீத் போன்றவற்றை கூறுதல், தொழுதல், தர்மம் செய்தல், நோன்பு நோற்றல் போன்ற அனைத்துவகையான நற்காரியங்களிலிலும் ஈடுபடுதல் வேண்டும்.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
-    <t>[رواه البخاري وأبو داود واللفظ له]</t>
+    <t>[இமாம்களான புஹாரி, அபூதாவூத் ஆகியோரால் இது பதிவு செய்யப்பட்டுள்ளது. இவ்வறிவிப்பு அபூதாவூத் உடையதாகும்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6255</t>
   </si>
   <si>
     <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>'யார் அஸ்ர் தொழுகையை விட்டுவிடுகிறானோ அவனின் நற்செயல்கள் அழிந்து விடும்'</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக புரைதா இப்னுல் ஹஸீப்   ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : அஸ்ர் தொழுகையை நேர காலத்துடன் நிறைவேற்றுங்கள், ஏனெனில்  நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறினார்கள்:  'யார் அஸ்ர் தொழுகையை விட்டுவிடுகிறானோ அவனின் நற்செயல்கள் அழிந்து விடும்'.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
   </si>
   <si>
     <t>அஸ்ர் தொழுகையை வேண்டுமென்றே அதற்குரிய நேரத்தை தவிர்த்து பிற்படுத்தி தொழுவதை நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கண்டிக்கிறார்கள். அவ்வாறு பிற்படுத்தித்தியவரின் செயல் வீணாகி விடுவதோடு அது எவ்விதப் பெறுமானமுமற்றதாக ஆகிவிடுகிறது.</t>
   </si>
   <si>
     <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
 الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
@@ -10512,50 +14179,87 @@
 இவற்றுடன் அந்த அடியான் அல்லாஹ்விடம் எதையாவது கேட்டுப் பிரார்த்தித்தால்; அவன் கேட்டவற்றை அவனுக்கு அல்லாஹ் வழங்குவான். இந்த வகையில் துஆக்கள் ஏற்றுக்கொள்ளப்படும் அடியானாக அவன் இருப்பான். அதே போன்று ஏதாவது ஒரு தீங்கிலிருந்து தன்னை பாதுகாக்குமாறு கோரி பாதுகாப்புத் தேடினால் அவன் பயப்படுகின்ற தீங்குகளைவிட்டு அவனை அல்லாஹ் பாதுகாப்பான்
 பின் அல்லாஹ் கூறுகிறான்: ஓர் இறை நம்பிக்கையாளனிடத்தில் தனக்குள்ள கருணையின் காரணமாக அவனின்; உயிரைக் கைப்பற்றுவதில் நான் தயக்கம் காட்டுவதைப் போன்று, நான் செய்யும் எந்தச் செயலிலும் தயக்கம் காட்டுவதில்லை. ஏனெனில் அவனோ அதில் சிரமம் இருப்பதினால் மரணத்தை வெறுக்கிறான். அல்லாஹ்வும் (மரணத்தின் மூலம்) அவனுக்குக் கஷ்டம் தருவதை வெறுக்கிறான்.</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸ்  அல்லாஹ் கூறியதாத நபி ஸல்லல்லாஹு  அவர்கள் அறிவிக்கும் நபி மொழியாகும். இவ்வாறான ஹதீஸ்கள் 'ஹதீஸ் குத்ஸீ (புனிதமிக்க நபிமொழி), 'ஹதீஸ் இலாஹீ' (தெய்வீக நபிமொழி) எனும் பெயர்களால் அழைக்கப்படுகிறன. இவ்வாறான ஹதீஸ்களின் வார்த்தையும் கருத்தும் அல்லாஹ்விடமிருந்துமுள்ளதாகும். என்றாலும்  அல்குர்னுக்குரிய தனித்துவங்கள் இதற்குக் கிடையாது. அதாவது அல்குர்ஆன் பெற்றுள்ள தனித்துவங்களான ஓதுவது வணக்கம், ஓதுவதற்கு வுழு செய்து கொள்ளுதல் (விரும்பத்தக்கது),சவால் விடுதல், அற்புதம் போன்றவை இவ்வகையான ஹதீஸ்களுக்கு கிடையாது.
 அல்லாஹ்வின் நேசர்களை நோவினைப்படுத்துவது அல்லது தீங்கு விளைவிப்பது தடுக்கப்பட்டிருப்பதோடு, அவர்களை நேசித்து அவர்களின் சிறப்பையும் தகுதியையும் ஏற்றுக்கொள்ள ஆர்வமூட்டப்பட்டிருத்தல்.
 அல்லாஹ்வின் எதிரிகளுடன் பகைமை காட்டுமாறு கட்டளையிடப்பட்டுள்ளதோடு அவர்களுக்கு ஆதரவாக நடந்து கொள்வது ஹராமாக்கப்பட்டிருத்தல்.
 அல்லாஹ்வின் சட்டதிட்டங்களை பின்பற்றாது அவனின் நேசத்தை வாதிடுபவன் அவனின் வாதாட்டத்தில் பொய்யனாக உள்ளான்.
 கடமையாக்கப்பட்டவற்றை நிறைவேற்றி, தடைசெய்யப்பட்டவற்றை விட்டுவிடுவதன் மூலம் அல்லாஹ்வின் நேசத்தை அடைந்து கொள்ளலாம்.
 அல்லாஹ் ஒரு அடியானை விரும்பி அவனின் பிரார்த்தனை ஏற்றுக்ககொள்வதற்கான வழிகளில் ஒன்று கடமையான விடயங்களை நிறைவேற்றி, தடுக்கப்பட்ட விடயங்களை தவிர்ந்து நடப்பதோடு நப்லான -உபரியான- வணக்கங்களை செய்வதாகும்.
 இறைநேசர்களின் சிறப்பும் அவர்களின் உயர் மகிமையும் எடுத்துரைக்கப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6337</t>
   </si>
   <si>
+    <t>اثنتان في الناس هما بهم كفر: الطعن في النسب، والنياحة على الميت</t>
+  </si>
+  <si>
+    <t>மக்களிடம் இரு பண்புகள் உள்ளன. அவை அவர்களிடம் இறைநிராகரிப்பை ஏற்படுத்திவிடும் : வம்சத்தில் குறைகூறுவது, மரணித்த ஒருவருக்காக ஒப்பாரி வைத்து அழுவது</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اثْنَتَانِ فِي النَّاسِ هُمَا بِهِمْ كُفْرٌ: الطَّعْنُ فِي النَّسَبِ، وَالنِّيَاحَةُ عَلَى الْمَيِّتِ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: மக்களிடம் இரு பண்புகள் உள்ளன. அவை அவர்களிடம் இறைநிராகரிப்பை ஏற்படுத்திவிடும் : வம்சத்தில் குறைகூறுவது, மரணித்த ஒருவருக்காக ஒப்பாரி வைத்து அழுவது.</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن خصلَتَين في الناس من أعمال الكفار، وأخلاق الجاهلية، وهما: 
+الأولى: الطَّعْن بأنساب الناس وتَنَقُّصُهم والتكبُّر عليهم. 
+الثانية: رفع الصوت عند المصيبة تَسَخُّطًا على القَدَر، أو قطع الثياب من شِدّة الجَزَع.</t>
+  </si>
+  <si>
+    <t>இங்கு நபியவர்கள், ஜாஹிலிய்யாக் கால பண்புகளாகவும், நிராகரிப்பாளர்களின் செயற்களாகவும் உள்ள, மக்களிடம் காணப்படும் இரு பண்புகளைப் பற்றிக் கூறுகின்றார்கள். அவ்விரண்டுமாவன:
+முதலாவது, மக்களது வம்சத்தில் குறைகூறி, அவற்றைக் தரம்குறைத்துப் பேசி, அவர்களைத் தாழ்த்திப் பெருமையடித்தல்.
+இரண்டாவது, சோதனைகளின் போது, இறைவிதியில் வெறுப்பைக் காட்டும் விதமாக சப்தத்தை உயர்த்துதல், அல்லது பொறுமையிழப்பின் உச்சகட்டமாக, சட்டைகளைக் கிழித்துக்கொள்ளல்.</t>
+  </si>
+  <si>
+    <t>الحثُّ على التواضع وعدَم التكبُّر على الناس.
+وجوب الصبر على المصيبة وعدم التسخُّط.
+هذه الأعمال من الكُفْر الأصغر، وليس مَن قام به شُعْبةٌ من شُعَب الكُفْر يكون كافرًا الكفر المُخْرِج من المِلّة حتى يقومَ به الكفرُ الأكبر.
+نهي الإسلام عن كلِّ ما يؤدِّي إلى الفُرْقَة بين المسلمين من الطعن في الأنساب وغيرها.</t>
+  </si>
+  <si>
+    <t>பணிவாக இருக்கவும், மக்களிடம் பெருமையடிக்காமல் இருக்கவும் ஆர்வமூட்டல்.
+சோதனைகளின் போது ஆத்திரமடையாமல், பொறுமையாக இருப்பது கட்டாயமாகும்.
+இவை சிறிய இறைநிராகரிப்பில் உள்ளவையாகும். (இவ்வாறான) இறைநிராகரிப்பின் ஏதாவது ஒரு கிளை யாரிடம் உள்ளதோ, அவரிடம் பெரிய நிராகரிப்பு ஏற்படும் வரை, அவர் இஸ்லாத்தை விட்டும் வெளியேறுமளவு நிராகரிப்பாளராக மாறிவிடமாட்டார்.
+வம்சங்களில் குறைகூறுதல் போன்ற, முஸ்லிம்கள் மத்தியில் பிளவை ஏற்படுத்தும் எல்லா அம்சங்களையும் இஸ்லாம் தடுத்துள்ளது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/6361</t>
+  </si>
+  <si>
     <t>كنا إذا بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة، يقول لنا: فيما استطعتم</t>
   </si>
   <si>
     <t>நாம் நபி (ஸல்) அவர்களுக்கு செவிசாய்த்து கட்டுப் படுவோம் என சத்தியப்பிரமானம் செய்தால் எங்களுக்கு நபி (ஸல்) அவர்கள் "உங்களுக்கு முடியுமானவற்றில்" எனக் கூறுவார்கள்</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: كنا إذا بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة، يقول لنا: «فيما استطعتم».</t>
   </si>
   <si>
     <t>இப்னு உமர் (ரழி) அன்ஹூமா அறிவிக்கிறார்கள். நாம் நபி (ஸல்) அவர்களுக்கு செவி சாய்த்து கட்டுப்படுவோம் என சத்தியப்பிரமானம் செய்தால் எங்களுக்கு நபி (ஸல்) அவர்கள் உங்களுக்கு முடியுமானவற்றில் எனக் கூறுவார்கள்.</t>
   </si>
   <si>
     <t>يخبر ابن عمر رضي الله عنهما أنهم إذا بايعوا النبي صلى الله عليه وسلم أمرهم بالسمع والطاعة، وقيد الطاعة بالاستطاعة، وأنه إذا كُلف المسلم بما لا يستطيع من ولي أمره فلا طاعة عليه، (لا يكلف الله نفسًا إلا وسعها).</t>
   </si>
   <si>
     <t>இப்னு உமர் (ரழி) அவர்கள் குறிப்பிடும் செய்தியில் அவர்கள் (ஸஹாபாக்கள்) நபியவர்களுக்கு சத்தியப்பிரமானம் (பைஅத்) செய்தால் நபி (ஸல்) அவர்கள், அவர்களுக்கு தான் சொல்வதை கேட்டு கட்டுப்பட்டு நடக்குமாறு கட்டளை இடுவார்கள்.கட்டுப்படுதல் என்பதை இயலுமை, ஒரு மனிதன் பெற்றிருக்கும் பலம் என்பவற்றுடன் வரையறுத்துக் கூறியிருக்கிறார்கள்.எனவே ஒரு முஸ்லிமை பொருத்தவரை தனது அமீரிடமிருந்து (தலைமையிருந்து) தமது சக்திக்கு அப்பாட்பட்ட விடயமொன்றை செய்யுமாறு பொறுப்புச் சாட்டப்பட்டால் அந்த விடயத்தில் அவருக்கு கட்டுப்படத் தேவையில்லை. ஏனென்றால் அல்லாஹ் எந்த மனிதரையும் அவரது சக்திக்கு அதிகமாக (பொறுப்புக்களைச் சுமத்தி) சிரமப்படுத்துவதில்லை.</t>
   </si>
   <si>
     <t>أنَّ وجوب السمع والطاعة على قدر الاستطاعة.
 حث ولي الأمر على الإشفاق على الرعية، اقتداء بشفقته ورحمته -صلى الله عليه وسلم-.
 جواز التلقين عند المبايعة.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6369</t>
   </si>
@@ -10616,75 +14320,87 @@
   </si>
   <si>
     <t>உங்களின் பெற்றோரை நீங்கள் வெறுக்காதீர்கள். யார் பெற்றோரை வெறுக்கிறாரோ அவர் நிராகரித்தவராகி விடுகிறார்.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لا تَرْغَبُوا عن آبائكم، فمن رغب عن أبيه، فهو كفر».</t>
   </si>
   <si>
     <t>உங்களின்பெற்றோரை நீங்கள் வெறுக்காதீர்கள் யார் பெற்றோரை வெறுக்கிறாரோ அவர் நிராகரித்தவராக ஆவிடுகிறார் என அபூ ஹுரைரா (ரழி) அவர்கள் அறிவிக்கிறார்கள்</t>
   </si>
   <si>
     <t>من رَغِبَ عن نسب أبيه عالمًا مختارًا، فهو كفر أصغر، وليس المراد حقيقة الكفر، الذي يخلد صاحبه في النار، بل هو كفر دون كفر، وهذا تأكيد وتشديد لتحريم هذا الفعل وتقبيحه.</t>
   </si>
   <si>
     <t>தனது தந்தையின் பரம்பரையை உண்மையில் அறிந்த நிலையில் யார் அத னை மறுத்து விடுகிறாரோ அது சிறிய குப்ராகும்.மனிதனை நிரந்தரமாக நரகில் தங்க வைக்கக் கூடிய பெரியவகைக் குப்ராக கருதப்பட மாட்டாது. என்றாலும் இவ்வாறு தனது பரம்பரையை வெறுக்கும் செயலானது தடுக்கப்பட்ட அருவருக்கத்தக்க விடயம் என்பதையே இது காட்டும்.</t>
   </si>
   <si>
     <t>تحريم الانتساب إلى غير الآباء مع العلم بهم.
 حرص الإسلام على المحافظة على الأنساب.
 وجوب بر الوالدين.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6377</t>
   </si>
   <si>
-    <t>من حلف فقال في حلفه: باللات والعزى، فليقل: لا إله إلا الله، ومن قال لصاحبه: تعال أقامرك فليتصدق</t>
-[...23 lines deleted...]
-كفارة الدعوة إلى المراهنة الصدقة.</t>
+    <t>من حلف فقال في حلفه: واللات والعزى، فليقل: لا إله إلا الله، ومن قال لصاحبه: تعال أقامرك، فليتصدق</t>
+  </si>
+  <si>
+    <t>யார் சத்தியம் செய்யும்போது 'லாத்தின் மீது சத்தியமாக! உஸ்ஸாவின்மீது சத்தியமாக!' என்று கூறிவிட்டாரோ, அவர் (அதற்குப் பரிகாரமாக) 'லா இலாஹ இல்லல்லாஹ் (அல்லாஹ்வைத் தவிர உண்மையாக வணங்கப்படும் வேறு இறைவன் இல்லை) என்று சொல்லட்டும்! எவர் தம் நண்பரிடம், ''வா சூது விளையாடுவோம்' என்று கூறுவாரோ அவர் (எதையேனும்) தர்மம் செய்யட்டும்'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ فَقَالَ فِي حَلِفِهِ: وَاللَّاتِ وَالعُزَّى، فَلْيَقُلْ: لاَ إِلَهَ إِلَّا اللَّهُ، وَمَنْ قَالَ لِصَاحِبِهِ: تَعَالَ أُقَامِرْكَ، فَلْيَتَصَدَّقْ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: "யார் சத்தியம் செய்யும்போது 'லாத்தின் மீது சத்தியமாக! உஸ்ஸாவின்மீது சத்தியமாக!' என்று கூறிவிட்டாரோ, அவர் (அதற்குப் பரிகாரமாக) 'லா இலாஹ இல்லல்லாஹ் (அல்லாஹ்வைத் தவிர உண்மையாக வணங்கப்படும் வேறு இறைவன் இல்லை) என்று சொல்லட்டும்! எவர் தம் நண்பரிடம், ''வா சூது விளையாடுவோம்' என்று கூறுவாரோ அவர் (எதையேனும்) தர்மம் செய்யட்டும்'.</t>
+  </si>
+  <si>
+    <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن الحَلِف بغير الله؛ حيث المؤمن لا يحلف إلا بالله، 
+ويخبر أنّ من حلف بغير الله؛ كمن حلف مثلًا: باللات والعُزى -وهما صنمان كانا يُعبدان في الجاهلية قبل الإسلام- فيجب عليه أن يقول مستدركًا على نفسه: لا إله إلا الله، تبرؤًا من الشرك، وكفارةً عن حلفه ذاك.
+ثم أخبر صلى الله عليه وسلم أنّ من قال لصاحبه: تعال نلعب القمار، -وهو أن يتغالب اثنان فأكثر على أن يكون بينهم مال يأخذه الغالب، ولا يخلو كل واحد منهما فيه من أن يغنم أو يغرم-؛ فيستحب أن يتصدق بشيء تكفيرًا عما دعا إليه.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ் அல்லாதவற்றின் மீது சத்தியம் செய்வதை நபிஸல்லல்லாஹு அலைஹி வஸல்லம் எச்சரிக்கிறார்கள்.; ஏனெனில் ஒரு முஸ்லிம்; அல்லாஹ்வைத் தவிர வேறு யாரின் மீதும் சத்தியம் செய்ய அனுமதிக்கப் படமாட்டார். அல்லாஹ் அல்லாதவற்றின் மீது சத்தியம் செய்பவர்கள் - உதாரணமாக, அறியாமை காலத்தில் வணங்கப்பட்ட லாத் அல்லது உஸ்ஸாவின் சிலைகளின் மீது சத்தியம் செய்பவர்கள் - தங்கள் தவறை சரிசெய்து, 'லா இலாஹ இல்லல்லாஹ்' என்று கூற வேண்டும். தவ்ஹீத் (வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர வேறு யாரும் இல்லை) என்ற வாசகத்தைச் சொல்வது கட்டாயமாகும். அந்தக் கூற்று, இணைவைப்பிலிருந்து ஒருவர் விலகி இருப்பதைப் பற்றிய அறிவிப்பாகவும், ஒருவரின் பொய்யான சத்தியத்திற்கான பரிகாரமாகவும் உள்ளது.
+ஒரு நபர் தனது நண்பரை சூதாட்டம் விளையாட அழைத்தால் என்ன செய்ய வேண்டும் என்பதையும் நபி (ஸல்) அவர்கள் கற்றுக் கொடுக்கிறார்கள். சூதாட்டம் என்பது இரண்டு அல்லது அதற்கு மேற்பட்டவர்கள் தங்களுக்குள் பணத்தை வைத்து போட்டியிடுவதாகும்;. அதில் வெற்றியாளர் அனைத்துப் பணத்தையும் எடுத்துக் கொண்டு, பங்கேற்பாளர்களில் ஒருவர் லாபமடைவார், மற்றவர் நஷ்டமடைவார். இவ்வாறு சூதாட்டத்திற்கு அழைத்தவர் அவர் தனது தவறுக்கு குற்றப்பரிகாரமாக  ஏதாவது ஒன்றை தர்மம் செய்வது விரும்பத்தக்கது.</t>
+  </si>
+  <si>
+    <t>الحلف لا يكون إلا بالله وأسمائه وصفاته.
+الحلف بغير الله تعالى محرَّم، سواء الحلف بالأصنام كاللات والعزى، أو الحلف بالأمانة، أو الحلف بالنبي أو غير ذلك.
+قال الخطابي: اليمين إنما تكون بالمعبود المعظّم، فإذا حلف باللات ونحوها فقد ضاهى الكفار، فأمر أن يتدارك بكلمة التوحيد.
+ليس على من حلف بغير الله كفارة يمين، وإنما يلزمه الإنابة والاستغفار؛ لأنه أعظم من أن تكفِّرَه غير التوبة.
+تحريم القمار بكل صوره وأشكاله، وهو الميسِر الذي حرَّمه الله تعالى وقرَنه بالخمر والأصنام.
+وجوب الرجوع عن المعصية في حال اقترافها.
+من وقع في سيئة عليه أن يتبعها حسنة؛ لأن الحسنات يذهبن السيئات.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் மீதும், அவனது பெயர்கள் மற்றும் பண்புகளின் மீதும் மட்டுமே சத்தியம் செய்ய வேண்டும்.
+அல்லாஹ்வைத் தவிர வேறு யாருடைய பெயராலும் சத்தியம் செய்வது தடைசெய்யப்பட்டுள்ளது. அல்-லாத் மற்றும் அல்-உஸ்ஸா போன்ற சிலைகளின் பெயராலும், நேர்மை போன்ற குணங்களின் பெயராலும், நபி (ஸல்) அவர்களின் பெயராலும், அல்லது வேறு எதன் பெயராலும் சத்தியம் செய்வது தடைசெய்யப்பட்டுள்ளது.
+இமாம் அல்-கத்தாபி (ரஹ்) அவர்கள் கூறினார்கள்: 'அனைத்திற்கும் இறைவனாகிய மகத்துவிமிக்க அல்லாஹ்வின் மீது மட்டுமே சத்தியம் செய்ய அனுமதிக்கப்படுகிறது. யாராவது அல்-லாத் அல்லது வேறு எதன் மீதும் சத்தியம் செய்தால், அவர் காஃபிர்களைப் போன்றவர்.'அதனால்தான் நபி (ஸல்) அவர்கள், 'லா இலாஹ இல்லல்லாஹ்' என்ற தவ்ஹீத் கூற்றை கூறி தனது தவறைத் திருத்திக் கொள்ளுமாறு அவருக்குக் கட்டளையிட்டார்கள்.
+அல்லாஹ் அல்லாத வேறொருவரின் மீது சத்தியம் செய்தால், சத்தியத்தை மீறியதற்காகப் பரிகாரம் செய்ய வேண்டியதில்லை. மாறாக, ஒருவர் வருந்தி மனந்திருந்தி அல்லாஹ்விடம் பாவமன்னிப்புக் கோர வேண்டும். ஏனென்றால் அது மிகவும் கடுமையான பாவம், மனந்திரும்புதல் (தவ்பா செய்வதை) தவிர அதை மன்னிக்க முடியாது.
+சூதாட்டத்தின் அனைத்து வடிவங்களும் வகைகளும் தடைசெய்யப்பட்டுள்ளன. மது மற்றும் சிலைகளுடன் சேர்த்து அல்லாஹ் குறிப்பிட்டுள்ள ஒரு தீமை இது, அதைத் தடைசெய்ததாக அறிவித்துள்ளான்.
+தீமையைச் செய்த உடனேயே அதை விட்டு விலகுவது கடமையாகும்.
+ஒருவர் ஒரு தீமையைச் செய்தால், அதைத் தொடர்ந்து ஒரு நன்மையைச் செய்யட்டும், ஏனெனில் நன்மையான செயல்கள் தீமைகளை அழித்துவிடும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6379</t>
   </si>
   <si>
     <t>ذهبنا نتلقى رسول الله صلى الله عليه وسلم مع الصبيان إلى ثنية الوداع</t>
   </si>
   <si>
     <t>ஸனிய்யதுல் வதாஃ' எனும் இடத்திற்கு நபியவர்களை சந்திப்பதற்காக சிறார்களுடன் நாம் சென்றோம்.</t>
   </si>
   <si>
     <t>عن السائب بن يزيد رضي الله عنهما قال: «لما قدم النبي صلى الله عليه وسلم من غزوة تبوك تلقَّاه الناس، فتلقيته مع الصبيان على ثَنِيَّةِ الوداع». 
 وفي رواية قال: «ذهبنا نَتَلَقَّى رسول الله صلى الله عليه وسلم مع الصبيان إلى ثَنِيَّةِ الوداع».</t>
   </si>
   <si>
     <t>அஸ்ஸாஇப் இப்னு யஸீத் அறிவிக்கிறார்கள் "தபூக் யுத்தத்திலிருந்து நபியவர்கள் திரும்பி வரும் போது மக்கள் அவரைச் சந்தித்தார்கள்.நானும் அவரை சிறார்களுடன் 'தனிய்யதுல் வதாவில்' சந்தித்தேன்" என கூறுகிறாரக்கள்.</t>
   </si>
   <si>
     <t>أخبر السائب أنه لما قدم النبي صلى الله عليه وسلم مع الصحابة راجعين من غزوة تبوك خرجوا لاستقبالهم بثنية الوداع وهو موضع بقرب المدينة، وذلك لما فيه من التأنيس لهم والتطييب لخاطرهم، والترغيب لمن كان قاعداً في الغزو.</t>
   </si>
   <si>
     <t>நபி (ஸல்)அவர்கள் தபூக் யுத்தத்திலிருந்து ஸஹாபாக்களுடன் திரும்பி வரும்போது மதீனாவுக்கு அருகாமையில் அமைந்துள்ள 'தனியதுல் வதாஃ' எனும் இடத்திற்கு நபியவர்களை வரவேற்பதற்காக அவர்கள் (ஸஹாபாக்கள்) புறப்பட்டுச் சென்றார்கள்.காரணம் யாதெனில் நபி ஸல் அவர்களையும்,போரில் கலந்து கொண்டவர்களையும் மகிழ்வூட்டவும்,அவர்களின் மனதை சாந்தப்படுத்தவும்,போருக்குச் செல்லாது இருப்போருக்கு ஆர்வமூட்டவுமாகும்.</t>
   </si>
   <si>
     <t>مشروعية استقبال القادمين من حرب أو سفر.
@@ -10778,50 +14494,87 @@
 قوله: ((فإن لله ما أخذ وله ما أعطى)) هذه الجملة عظيمة؛ إذا كان الشيء كله لله، إن أخذ منك شيئا فهو ملكه، وإن أعطاك شيئا فهو ملكه، فكيف تسخط إذا أخذ منك ما يملكه هو؟
 ولهذا يسن للإنسان إذا أصيب بمصيبة أن يقول ((إنا لله وإنا إليه راجعون)) يعني: نحن ملك لله يفعل بنا ما يشاء، وكذلك ما نحبه إذا أخذه من بين أيدينا فهو له- عز وجل- له ما أخذ وله ما أعطى، حتى الذي يعطيك أنت لا تملكه، هو لله، ولهذا لا يمكن أن تتصرف فيما أعطاك الله إلا على الوجه الذي أذن لك فيه؛ وهذا دليل على أن ملكنا لما يعطينا الله ملك مؤقت.
 قوله: ((بأجل مسمى)) أي: مُعيَّن، فإذا أيقنت بهذا؛ إن لله ما أخذ وله ما أعطي، وكل شيء عنده بأجل مسمي؛ اقتنعت. وهذه الجملة الأخيرة تعني أن الإنسان لا يمكن أن يغير المكتوب المؤجل لا بتقديم ولا بتأخير، كما قال الله: (لكل أمة أجل إذا جاء أجلهم فلا يستأخرون ساعة ولا يستقدمون) (يونس: من الآية49) فلا فائدة من الجزع والتسخط؛ لأنه وإن جزعت أو تسخطت لن تغير شيئا من المقدور.
 ثم إن الرسول أبلغ بنت النبي صلى الله عليه وسلم ما أمره أن يبلغه إياها، ولكنها أرسلت إليه تطلب أن يحضر، فقام عليه الصلاة والسلام هو وجماعة من أصحابه، فوصل إليها، فرفع إليه الصبي ونفسه تتقعقع؛ أي تضطرب، تصعد وتنزل، فبكى الرسول عليه الصلاة والسلام ودمعت عيناه. فقال سعد بن عبادة وكان معه- هو سيد الخزرج-: ما هذا؟ ظن أن الرسول صلي الله عليه وسلم بكى جزعا، فقال النبي عليه الصلاة والسلام: ((هذه رحمة)) أي بكيت رحمة بالصبي لا جزعا بالمقدور، ثم قال عليه الصلاة والسلام: ((إنما يرحم الله من عباده الرحماء)) ففي هذا دليل على جواز البكاء رحمة بالمصاب.</t>
   </si>
   <si>
     <t>நபிஸல்அவர்களின் அன்புக்குரியர் என்ற சிறப்புப் பெயரால் அழைக்கப்படும் உஸாமா இப்னு ஸைத் அவர்களின் செய்தியில் அவர் குறிப்பிடும் போது நபி ஸல் அவர்களின் மகள்களில் ஒருவரின் மகன் மரணத்தருவாயில் இருக்கையில் நபியவர்களை வருமாறு வேண்டி ஒரு தூதுவரை அனுப்பி வைத்தார்கள். இந்த செய்தி நபியவர்களுக்கு கிடைத்ததும் இச்செய்தியை கூற வந்தவரிடம் அவளுக்கு பொறுமையைக் கடைப்பிடித்து நன்மையை எதிர்பார்க்குமாறு சொல்லிவிடும் என்றும் கிடைத்தவைகள்,கொடுத்தவைகள் யாவும் அல்லாஹ்வுக்கே சொந்தம் என்றும் கூறுவதுடன் அனைத்து விடயங்களும் தவணை நிர்ணயிக்கப்பட்டதாக உள்ளது என்றும் சொல்லிவிடு எனக்குறிப்பட்டார்கள் இந்த வாசகத்தை அக்குழந்தையின் தாய்க்கு கூறுமாறு கட்டளையிட்டார்கள். தனது மகள் அனுப்பிய அம்மனிதரிடத்தில் அக்குழந்தையின் தாயிடம் இதனை கூறுமாறு ஏவினார்கள் (இன்னாலில்லாஹி மா அகத வலஹு மா அஃதா) என்பது மிகப்பெரும் வார்த்தையாகும்.அனைத்து விவகாரங்களும் அல்லாஹ்வுக்குச்சொந்தமானதாக இருந்து அதிலிருந்து ஒன்றை உன்னிடம் இருந்து அல்லாஹ் எடுத்துக்கொண்டாலும்,கொடுத்தாலும் அவனின் அதிகாரத்திற்குட்பட்டதாகும். ஆகவே அவன் அதிகாரம் உரிமை பெற்ற ஒன்றை எடுக்கும்போது எந்த வகையில் ஒரு அடியான் கோபமும் வெறுப்பும் கொள்ள முடியும்? இதற்காகத்தான் மனிதனுக்கு சோதனை ஏற்படும் போது"இன்னாலில்லாஹி வஇன்னா இலைஹி ராஜிஊன்" என்று கூறுவது நபி வழியாகும் (சுன்னாவாகும்) அதாவது நாம் அல்லாஹ்வுக்குச்சொந்தமானவர்கள் எங்களை அவன் நாடிய விதத்தில் வழி நடாத்துபவன்.அதே போல் நாம் விரும்பியவற்றை எங்களுக்கு முன்பே எடுத்துவிடுவான். எனவே எடுத்தவையும் அவன் கொடுத்வையும் அவனுக்கே உரியன.உனக்குத் தரப்பட்டவை உனக்கு சொந்தமானவை அல்ல,அவை அல்லாஹ்வுக்குரியது.இதனால் அல்லாஹ் நமக்களித்தவற்றை நமக்கு விரும்பிய முறையில் கையாள முடியாது, அவன் அனுமதியளித்தவற்றில் மாத்திரம் தான் அது முடியும். இவற்றிலிருந்து நாம் புரிந்துக் கொள்ள வேண்டியது என்னவெனில் எங்களின் உரிமை என்பது அல்லாஹ் எமக்களித்ததினால் கிடைத்த உரிமையாகும் என்பதே. அஜலுன் முஸம்மா எல்லாவற்றுக்ம் குறிப்பிட்ட தவணை உள்ளது எனும் நபியவர்களின் கூற்றை நீ உறுதியாக விசுவாசம் கொண்டால் அல்லாஹ் தந்தவை,எடுத்தவை அவனுக்கே சொந்தமானது என்பதையும் அவற்றுக்கு குறிப்பிட்ட தவணை உண்டு என்பதையும் நீ ஏற்றுக்கொண்டு விட்டாய் என்பது பொருள் அத்துடன் மேற்படி வாசகமானது இறை விதியை மனிதனால் முற்படுத்தியோ பிற்படுத்தியோ மாற்றம் செய்ய முடியாது எனும் கருத்தையும் பிரதிபளிக்கிறது.இதுகுறித்துஅல்லாஹ் "ஒவ்வொரு சமூகத்துக்கும் ஒரு தவணைக்காலம் இருக்கின்றது,அவர்களின் தவணைக் காலம் வந்து விட்டால் அவர்கள் சிறிது நேரம் பிந்தவும் மாட்டார்கள், முந்தவும் மாட்டார்கள். இதனால் கோபம் கொள்வதிலோ அதிர்ச்சியும் ஏக்கமும் கொள்வதினாலோ எவ்விதப் பயனும் கிடையாது.அவைகளால் இறைவிதியை ஒரு போதும் மாற்ற முடியாது என்பதே உண்மையாகும், பின்னர் அத்தூதர் நபி (ஸல்) அவர்களின் மகளிடத்தில் அவர் கூறியதை தெரிவிக்க நபியவர்களின் மகள் நபியை வருமாறு வேண்டி தூதுவரை மீண்டும் அனுப்பி வைத்தார்,அதன் பின் நபியவர்கள் தனது தோழர்களுடன் அவ்விடத்தை அடைந்தார்கள். அப்போது அவரிடத்தில் குழந்தை கொடுக்கப்பட்டது.அந்நேரத்தில் அக்குழந்தையின் உயிர் மூச்சு சென்று கொண்டிருந்தது.இதனைப் பார்த்த நபியவர்கள் அழுது விட்டார்கள்,அவரின் கண்களிலிருந்து கண்ணீர் கொட்டடியது. உடனே ஸஃத் இப்னு உபாதவும் (கஸ்ரஜ் கோத்திரத்தின் தலைவர்) அவருடன் இருந்தவர்களும் நபியவர்கள் அதிர்ச்சியால் அழுது விட்டார்கள் என நினைத்து இதென்ன காரியம்?எனக் கேட்க இந்தக் குழந்தையின் மீதிருந்த இரக்கத்தால் அழுதேனே தவிர இறைவிதியில் அதிர்ச்சியுற்று அழவில்லை என்றார்கள். அதனைத் தொடர்ந்து இரக்கமுள்ளவர்களுக்கு தான்அல்லாஹ் இரக்கம் காட்டுகிறான் என்றார்கள். இந்த ஹதீஸ் சோதனைக்குள்ளாக்கப்பட்ட ஒருவருடன் இருக்கும் பாசத்தினால் அவருக்காக அழ முடியும் என்பதற்கான ஆதாரமாக உள்ளது.</t>
   </si>
   <si>
     <t>بيان رحمة ورقة قلب النبي -صلى الله عليه وسلم-.
 جواز البكاء على الميت من غير عويل ولا صراخ؛ لأن البكاء مظهر من مظاهر رقة القلب ورحمته.
 تراحم العباد فيما بينهم سبب لرحمة الله بهم.
 جواز استفهام التابع من إمامه وشيخه عما يُشكل عليه.
 جواز استحضار ذوي الفضل للمحتضر؛ لرجاء دعائهم.
 جواز المشي إلى التعزية، والعيادة بغير إذن بخلاف الوليمة.
 وجوب الصبر على المصيبة.
 جواز تكرار الدعوة.
 تقديم السلام على الكلام.
 تسلية من نزلت به المصيبة بما يخفف من ألم مصابه.
 عيادة المريض ولو كان مفضولا أو صبيا من مكارم الأخلاق؛ ولذلك ينبغي على أهل الفضل ألا يقطعوا الناس عن فضلهم.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6405</t>
   </si>
   <si>
+    <t>أتدرون ما المفلس؟</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் தோழர்களிடம் 'வங்குரோத்துக்காரன் 'முப்லிஸ்' என்றால் யார் தெரியுமா?</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَتَدْرُونَ مَا الْمُفْلِسُ؟» قَالُوا: الْمُفْلِسُ فِينَا مَنْ لَا دِرْهَمَ لَهُ وَلَا مَتَاعَ، فَقَالَ: «إِنَّ الْمُفْلِسَ مِنْ أُمَّتِي يَأْتِي يَوْمَ الْقِيَامَةِ بِصَلَاةٍ وَصِيَامٍ وَزَكَاةٍ، وَيَأْتِي قَدْ شَتَمَ هَذَا، وَقَذَفَ هَذَا، وَأَكَلَ مَالَ هَذَا، وَسَفَكَ دَمَ هَذَا، وَضَرَبَ هَذَا، فَيُعْطَى هَذَا مِنْ حَسَنَاتِهِ، وَهَذَا مِنْ حَسَنَاتِهِ، فَإِنْ فَنِيَتْ حَسَنَاتُهُ قَبْلَ أَنْ يُقْضَى مَا عَلَيْهِ أُخِذَ مِنْ خَطَايَاهُمْ فَطُرِحَتْ عَلَيْهِ، ثُمَّ طُرِحَ فِي النَّارِ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதாக அபூஹூரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள்: நபி (ஸல்) அவர்கள் தோழர்களிடம் 'வங்குரோத்துக்காரன் 'முப்லிஸ்' என்றால் யார் தெரியுமா?.' என்று கேட்டார்கள்?. அதற்கு தோழர்கள் 'திர்ஹமோ, சொத்துக்களோ இல்லாதவன்' என்று பதில் அளித்தார்கள், அப்போது நபியவர்கள்; 'எனது உம்மத்தில்  வங்குரோத்துக்காரன் மறுமை நாளில் தொழுகை, நோன்பு, ஸகாத் போன்றவற்றின் நன்மையோடு வருவான், அவனோ ஒருவனுக்கு ஏசியவனாக, இட்டுக் கட்டியவனாக, ஒருவனின் சொத்தை அநியாயமாக சாப்பிட்டவனாக, ஒருவனின் இரத்தத்தை ஓட்டியவனாக, ஒருவனுக்கு அடித்தவனாக வருவான்,,  அப்போது பாதிக்கப் பட்டவனுக்கு அநியாயம் இழைத்தவனின் நன்மைகள் பங்கு வைக்கப்படும், நன்மைகள் முடியும் பட்சத்தில் பாதிக்கப்பட்டவனின் தீமைகளை எடுத்து அநியாயம் இழைத்தவனின் மீது சுமத்தப்பட்டு, பின்பு அநியாயம் இழைத்தவன் (தொழுகை, நோன்பு, ஸகாத் போன்றவற்றின் நன்மையோடு வந்தவன்) நரகில் வீசப்படுவான்.  (முஸ்லிம்)</t>
+  </si>
+  <si>
+    <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابه: أتدرون من المفلس؟ قالوا: المفلس فينا من لا مال له ولا متاع، فقال: إن المفلس من أمتي يوم القيامة من يأتي بأعمال صالحة من صلاة وصيام وزكاة، ويأتي وقد شتم هذا وسبَّه، وقَذَفَ هذا في عرضه، وأكل مال هذا وجحده، وسَفَكَ دمَ هذا وظلمه، وضرب هذا وأهانه، فيعطى المظلوم من حسناته، فإن فنيت حسناته قبل أن يَقضيَ ما عليه من الحقوق والمظالم، أُخذ من ذنوب المظلوم فجُعلت في صحائف الظالم، ثم طُرح ورُمي في النار حيث لم يبقَ له حسنات.</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் ஒருமுறை தம் தோழர்களிடம், 'வங்குரோத்துக்காரன்; யார் என்று உங்களுக்குத் தெரியுமா?' என்று கேட்டார்கள். அதற்கு அவர்கள், 'நம்மில் செல்வமோ சேமிப்புகளோ இல்லாதவர்கள் வங்குரோத்துக்காரர்களாக கருதப்படுகிறார்கள்' என்றார்கள். பின்னர் நபி (ஸல்) அவர்கள் கூறினார்கள்: 'எனது உம்மத்தில் வங்குரோத்துக்காரன் (திவாலானவர்) என்பவர், மறுமை நாளில் தொழுகை, நோன்பு, தர்மம் போன்ற பல நல்ல செயல்களுடன் வருபவர் ஆவார்.' ஆனால் அவர் பலரை கெட்ட வார்த்தைகளால் அவதூறாகவும், அவமதித்தும் பேசியிருப்பார்;.பிறருடைய மானத்தை பங்கப் படுத்தியிருப்பார், பிறருடைய செல்வத்தை விழுங்கி அவர்களின் உரிமைகளை மறுத்திருப்பார், பிறருடைய இரத்தத்தைச் சிந்தி, அவர்களுக்கு எதிராக அநீதி இழைத்திருப்பார், ஒருவரை அடித்து அவமானப்படுத்தியிருப்பார். இவ்வாறான ஒருவரின் நன்மைகள் அநீதிக்கு உள்ளானோருக்கு பகிர்ந்தளிக்கப்படும் பிறரின் உரிமை மீறலுக்கும் அநீதங்களுக்களுக்கான பிரதீயிடுகளும் நிறைவேற்றப்படும் முன்னர் அவரின் நன்மைகள் (நற்காரியங்ள்) முடிந்து விட்டால் அநீதிக்குட்பட்டோரின் தீமைகள் யாவும் அவரின் மீது சுமத்தப்பட்டு அநியாயக்காரர்களின் ஏட்டில் பதியப்பட்டு எந்த நன்மையுமில்லாதவராக பின்னர் அவர் நரகத்தில் தள்ளப்படுவார்.'</t>
+  </si>
+  <si>
+    <t>التحذير من الوقوع في المُحرمات، وخاصة ما يتعلق بحقوق العباد المادية والمعنوية.
+حقوق الخَلْق فيما بينهم مَبنية على المُشَاحّة، وحقوق الخالق سوى الشرك مبنية على المُسامحة.
+استعمال طريقة المحاورة التي تُشوِّق السامع وتُلفتْ نظرَه وتثير اهتمامه، وخاصة في التربية والتوجيه.
+بيان معنى المفلس الحقيقي، وهو من أخذ غرماؤه أعمالَه الصالحةَ يوم القيامة.
+القصاص في الآخرة قد يأتي على جميع الحسنات، حتى لا يبقي منها شيئًا.
+معاملة الله للخلق قائمة على العدل والحق.</t>
+  </si>
+  <si>
+    <t>தடுக்கப்பட்ட செயல்களை செய்வது கண்டிக்கப் பற்றிருத்தல். குறிப்பாக மக்களின் உடமைகள் மற்றும் மானுசீகமான உரிமைகள் தொடர்பான விடயங்களில் மிக அவதானமாக இருத்தல்.
+அடியார்களுக்கிடையிலான உரிமைகள் பேசித்தீர்த்தல் விட்டுக்கொடுத்தல் அடிப்படையில் தீர்க்கப்பட வேண்டும் என்பதே அடிப்படையாகும். ஆனால் ஷிர்க் தவிர, அல்லாஹ்வுக்கும் அவனுடைய அடியானுக்கும் இடையிலான கடமைகள் தொடர்பான விஷயங்களில் மன்னித்தல் என்பதே அடிப்படையாகும்.
+குறிப்பாக பயிற்சி மற்றும் வழிகாட்டுதல் தொடர்பான விவகாரங்களில் உரையாடலின் போது, கேட்பவரின் கவனத்தை ஈர்த்தல் மற்றும் அவர்களின் ஆர்வத்தை அதிகரிக்கும் முறைகளைப் பயன்படுத்த வேண்டும்.
+உண்மையில் வங்குரோத்துக்காரர் (திவாலானவர்) யார் என்பதற்கான விளக்கம் இங்கே குறிப்பிடப் பட்டுள்ளது. உண்மையான வங்குரோத்து நிலை என்பது, ஒருவரால் அநீதிக்கு ஆளானவர்கள், மறுமை நாளில் தங்களுக்கு அநீதி இழைத்தோரின் நற்செயல்களை பெறுவதாகும்.
+மறுமை நாளில்,படைப்புகளுக்கு இடையேயான பழிவாங்கலின் போது, சிலரின் அனைத்து நன்மைகளும் பறிக்கப்படும்,இறுதியில், அவனிடம் எந்த நன்மையும் இல்லாத ஒரு நிலையை அவன் அடையக்கூடும்.
+அல்லாஹ் தனது படைப்புகளை கையாள்வது நீதி மற்றும் உண்மையின் அடிப்படையில் அமைந்துள்ளது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/6454</t>
+  </si>
+  <si>
     <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>'நன்மையை எதிர்பார்த்து ஒரு மனிதன் தனது குடும்பத்திற்கு செலவு செய்தால், அது தர்மமாக அமையும்'</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்   அவர்கள் கூறியதாக அபூ மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : 'நன்மையை எதிர்பார்த்து ஒரு மனிதன் தனது குடும்பத்திற்கு செலவு செய்தால், அது தர்மமாக அமையும்'.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
     <t>ஒரு மனிதர் தனது மனைவி, பெற்றோர் பிள்ளைகள் போன்ற தன்மீது செலவு கடமையான குடும்பத்தார்க்கு அல்லாஹ்வை நெருங்கி, அவனிடம் நன்மையை எதிர்பார்த்து செலவு செய்தால் அவருக்கு தர்மம் செய்த நன்மை கிடைக்கிறது என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் தெரிவிக்கிறார்கள்.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
     <t>குடும்பத்திற்கு செலவு செய்வதினால் கூலியும் நன்மையும் கிடைத்தல்.
 ஒரு முஃமின் தனது செயற்பாடுகளில் (அல்லாஹ்வின் இன்முகம் நாடி) அல்லாஹ்வையே நோக்காகக் கொள்வதுடன், அவனின் கூலியையையும் நன்மையும் எதிர்பார்த்திருப்பான்.
@@ -10846,50 +14599,149 @@
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ الإيمانَ شُعَبٌ وخِصَالٌ كثيرة، تشتمل على أعمالٍ واعتقاداتٍ وأقوالٍ.
 وأنَّ أعلى خِصال الإيمان وأفضلَها قول: «لا إله إلا الله»، عالمًا بمعناها، عاملًا بمقتضاها، مِن أنّ الله هو الإله الواحد الأحد المستحق للعبادة وحده دون ما سواه.
 وأن أقلَّ أعمال الإيمان هو تَنْحِيَةُ كلِّ ما يؤذي الناسَ في طرقاتِهم.
 ثم أخبر صلى الله عليه وسلم أنَّ الحياءَ مِن خِصال الإيمان، وهو خُلُقٌ يبعث على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>ஈமான் பல கிளைகளையும், பண்புளையும் கொண்டது எனவும் அது செயற்பாடுகள், நம்பிக்கைகள் மற்றும் வார்த்தைகள் போன்றவற்றை உள்ளடக்கியது எனவும்  நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவரகள் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள்.
 ஈமானின் பண்புகளில் மிகவும் உயர்ந்ததும் சிறப்புக்குரியதும் 'லாஇலாஹ இல்லல்லாஹ் என்ற வார்த்தையாகும், அல்லாஹ் மாத்திரமே உண்மையான ஒரே கடவுளாவான், அவன் அனைத்து விடயங்களிலும் தனித்துவமானவன், வணங்கி வழிபட ஏனைய அனைத்தை விடவும் மிகத் தகுதியானவன் என பொருளறிந்து கூறி, அது கூறும் கருத்தின் அடிப்படையில் செயல்படுவதாகும்.
 மனிதர்கள் செல்லும் பாதையில் அவர்களுக்கு தொந்தரவு செய்யக்கூடியவற்றை அகற்றி விடுவது ஈமானின் ஆகவும் குறைந்த –தாழ்ந்த- நிலையில் உள்ள செயற்படுகளில் ஒன்றாகும்.
 அதனைத் தொடர்ந்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் நாணம் -வெட்கம் ஈமானின் பண்புகளில் ஒன்று எனவும் குறிப்பிடுகிறார்கள், ஹயாஉ –நாணம்- என்பது அசிங்கமானதை கைவிட்டு அழகிய செயலை தூண்டும் ஒரு குணமாகும்.</t>
   </si>
   <si>
     <t>الإيمان مراتب بعضها أفضل من بعض.
 الإيمان قول وعمل واعتقاد.
 الحياء من الله تعالى يقتضي: ألّا يراكَ حيث نهاك، وألّا يَفْقِدَكَ حيث أمرك.
 ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
   </si>
   <si>
     <t>ஈமான் பல படித்தரங்களை கொண்டதாகும் , அவற்றுள் சில மற்றும் சிலவற்றைவிடவும் மிகவும் சிறப்புக்குரியதாகும்.
 ஈமான் ; சொல், செயல், நம்பிக்கை ஆகிய விடயங்களை உள்ளடக்கியதாகும்.
 அல்லாஹ்விடம் நாணத்துடன்- வெட்கத்துடன் இருத்தல் என்பது  அல்லாஹ் தடுத்த ஒருவிடயத்தில் உன்னை அவன் காணாமலும் உனக்கு அவன் ஏவியவற்றில் உன்னை அவன் காணக் கூடியவனாகவும் இருப்பதாகும்.
 இங்கே எண்ணிக்கை குறிப்பிடப்பட்டிருப்பது அந்த எண்ணிக்கையுடன் வரையறுக்க்கப்பட்டதல்ல, மாறாக ஈமானின் செயற்பாடுகள் அதிம் என்பதையே இது காட்டுகிறது. ஏனெனில் அறபுகளைப் பொறுத்தவரை ஒரு குறித்த விடயத்திற்கு எண்ணிக்கை குறிப்பிட்டாலும் அதனை விட அதிகரிப்பதை அவர்கள் மறுப்பதில்லை.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6468</t>
+  </si>
+  <si>
+    <t>ما من صاحب ذهب ولا فضة، لا يؤدي منها حقها، إلا إذا كان يوم القيامة، صفحت له صفائح من نار</t>
+  </si>
+  <si>
+    <t>தங்கம் மற்றும் வெள்ளியை வைத்துக் கொண்டிருக்கும் யாராக இருப்பினும், அதில் நிறைவேற்றவேண்டிய கடமைகளை நிறைவேற்றா விட்டால், நெருப்பினால் ஆன இரும்புப் பாளங்கள் அவருக்காக உருவாக்கப்பட்டு, அவை நரக நெருப்பில் சூடு காட்டப்படும்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ صَاحِبِ ذَهَبٍ وَلَا فِضَّةٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، صُفِّحَتْ لَهُ صَفَائِحُ مِنْ نَارٍ، فَأُحْمِيَ عَلَيْهَا فِي نَارِ جَهَنَّمَ، فَيُكْوَى بِهَا جَنْبُهُ وَجَبِينُهُ وَظَهْرُهُ، كُلَّمَا بَرَدَتْ أُعِيدَتْ لَهُ، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ، إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
+قِيلَ: يَا رَسُولَ اللهِ، فَالْإِبِلُ؟ قَالَ: «وَلَا صَاحِبُ إِبِلٍ لَا يُؤَدِّي مِنْهَا حَقَّهَا، وَمِنْ حَقِّهَا حَلَبُهَا يَوْمَ وِرْدِهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، أَوْفَرَ مَا كَانَتْ، لَا يَفْقِدُ مِنْهَا فَصِيلًا وَاحِدًا، تَطَؤُهُ بِأَخْفَافِهَا وَتَعَضُّهُ بِأَفْوَاهِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
+قِيلَ: يَا رَسُولَ اللهِ، فَالْبَقَرُ وَالْغَنَمُ؟ قَالَ: «وَلَا صَاحِبُ بَقَرٍ، وَلَا غَنَمٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، لَا يَفْقِدُ مِنْهَا شَيْئًا، لَيْسَ فِيهَا عَقْصَاءُ، وَلَا جَلْحَاءُ، وَلَا عَضْبَاءُ تَنْطَحُهُ بِقُرُونِهَا وَتَطَؤُهُ بِأَظْلَافِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
+قِيلَ: يَا رَسُولَ اللهِ، فَالْخَيْلُ؟ قَالَ: «الْخَيْلُ ثَلَاثَةٌ: هِيَ لِرَجُلٍ وِزْرٌ، وَهِيَ لِرَجُلٍ سِتْرٌ، وَهِيَ لِرَجُلٍ أَجْرٌ، فَأَمَّا الَّتِي هِيَ لَهُ وِزْرٌ، فَرَجُلٌ رَبَطَهَا رِيَاءً وَفَخْرًا وَنِوَاءً عَلَى أَهْلِ الْإِسْلَامِ، فَهِيَ لَهُ وِزْرٌ، وَأَمَّا الَّتِي هِيَ لَهُ سِتْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ، ثُمَّ لَمْ يَنْسَ حَقَّ اللهِ فِي ظُهُورِهَا وَلَا رِقَابِهَا، فَهِيَ لَهُ سِتْرٌ وَأَمَّا الَّتِي هِيَ لَهُ أَجْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ لِأَهْلِ الْإِسْلَامِ، فِي مَرْجٍ وَرَوْضَةٍ، فَمَا أَكَلَتْ مِنْ ذَلِكَ الْمَرْجِ، أَوِ الرَّوْضَةِ مِنْ شَيْءٍ، إِلَّا كُتِبَ لَهُ، عَدَدَ مَا أَكَلَتْ حَسَنَاتٌ، وَكُتِبَ لَهُ، عَدَدَ أَرْوَاثِهَا وَأَبْوَالِهَا، حَسَنَاتٌ، وَلَا تَقْطَعُ طِوَلَهَا فَاسْتَنَّتْ شَرَفًا، أَوْ شَرَفَيْنِ، إِلَّا كَتَبَ اللهُ لَهُ عَدَدَ آثَارِهَا وَأَرْوَاثِهَا حَسَنَاتٍ، وَلَا مَرَّ بِهَا صَاحِبُهَا عَلَى نَهْرٍ، فَشَرِبَتْ مِنْهُ وَلَا يُرِيدُ أَنْ يَسْقِيَهَا، إِلَّا كَتَبَ اللهُ لَهُ، عَدَدَ مَا شَرِبَتْ، حَسَنَاتٍ»
+قِيلَ: يَا رَسُولَ اللهِ، فَالْحُمُرُ؟ قَالَ: «مَا أُنْزِلَ عَلَيَّ فِي الْحُمُرِ شَيْءٌ، إِلَّا هَذِهِ الْآيَةَ الْفَاذَّةُ الْجَامِعَةُ»: {فَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ خَيْرًا يَرَهُ، وَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ شَرًّا يَرَهُ} [الزلزلة: 8].</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஹுரைரா ரழியல்லாஹு அன்ஹு  அவர்கள் அறிவிக்கிறார்கள்: தங்கம் மற்றும் வெள்ளியை வைத்துக் கொண்டிருக்கும் யாராக இருப்பினும், அதில் நிறைவேற்றவேண்டிய கடமைகளை நிறைவேற்றா விட்டால், நெருப்பினால் ஆன இரும்புப் பாளங்கள் அவருக்காக உருவாக்கப்பட்டு, அவை நரக நெருப்பில் சூடு காட்டப்படும். பின்பு, அதைக் கொண்டு அவரது விலாப்புறத்திலும், நெற்றியிலும், முதுகிலும் சூடு போடப்படும். சூடு தனியும் போதெல்லாம் மீண்டும் சூடு போடப்படும். ஐம்பதாயிரம் வருட அளவைக் கொண்டிருக்கும் ஒவ்வொரு நாளும், அடியார்களுக்கு மத்தியில் தீர்ப்பு வழங்கப்படும் வரை இவ்வாறு செய்யப்படும். அதன் பின்னர் தான், தனது பாதை ஒன்றில் சுவர்க்கம் என்றோ, நரகம் என்றோ கண்டுகொள்வார்.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أصنافًا من المال، وجزاء مَن لم يُؤدِّ زكاتها يوم القيامة، ومنها: 
+الأول: الذهب والفضة وما في حكمهما من أموال وعروض تجارة، وهو ما وجبت فيه الزكاة فلم تُؤَدَّ، فإذا كان يوم القيامة صُهِرت وسُكِبت على هيئة الألواح، وأوقد عليها في نار جهنم، وعُذِّب بها صاحبها، فيكوى بها جَنْبُه وجَبْهَتُه وظَهره، كلما بَرَدتْ أُعيد إحماؤها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مِقْدار يومِهِ خمسين ألف سنة، حتى يَحْكُم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
+الثاني: مالك الإبل التي لا يُؤدِّي فَرْض زكاتِها وحقِّها، ومنه حَلْبُها لِمَن يَحْضُرُها من المساكين، فيُؤتَى بهذه الإبل عَظَيمةً سمينةً وأكثر ما كانت في عَدَدِها، ويُبسَط ويُلقى ويُمَدّ لها صاحبُها يوم القيامة على أرض واسعة مستوية، تَطَأَه بأرجلها، وتعضُّه بأسنانها، كلّما مَرَّ عليه آخرُها رُدّ عليه أولُها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
+الثالث: مالك البقر والغنم -من الضّأن والماعِز- التي لا يؤدِّي صاحبها زكاتها المفروضة، فيؤتى بها أَوْفَرَ ما كانت عَدَدًا لا ينقص منها شيء، فيبسط ويُلقى ويُمَدّ لها صاحبها يوم القيامة على أرض واسعة مستوية، ليس فيها مُلْتَوية القَرنين، ولا ما لا قَرْن لها، ولا مكسورة القرن، بل هي على أَكْمَل أوصافِها، فتَنْطَحُه بقرونها، وتطأه بأرجلها، كلما مر عليه آخرها رد عليه أولها، 
+ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
+الرابع: مقتني الخيل، وهو على ثلاثة أصناف: 
+الأول: هي له وِزْر، وهو من اتَّخَذَهَا رياءً وفخرًا وحربًا على أهل الإسلام. 
+الثاني: هي له سِتْر، وهو من اتخذها للجهاد في سبيل الله، ثم أحسن إليها فقام بِعَلْفِها وسائر مُؤَنِها، ومنه إِطْراق فَحْلِها. 
+الثالث: هي له أَجْر، وهو مَن اتَّخَذَها للجهاد في سبيل الله لأهل الإسلام، وهي في مَرْجٍ ورَوضة للرَّعْي، فما أَكَلت إلا كُتِب له عَدد ما أكلت حسنات، وكتب له عدد أرواثها وأبوالها حسنات، ولا تقطع طولها، وهو الحِبْل الذي تُربَط فيه، وجَرَت ورَكَضَت في العالي من الأرض؛ إلا كُتب الله له عدد آثارها وأرواثها حسنات، ولا مَرّ بها صاحبُها على نهر فشربت منه ولا يريد أن يسقيها، إلا كتب الله له عدد ما شربت حسنات. 
+ثم سئل صلى الله عليه وسلم عن الحمير أهي مثل الخيل؟ 
+فقال: بأنه لم ينزل فيها تشريع يَخُصُّها إلا هذه الآية القليلة النظير، وهي عامة لجميع الأنواع من طاعة ومعصية؛ وهي قوله تعالى: {فمن يعمل مثقال ذرة خيرًا يره، ومن يعمل مثقال ذرة شرًا يره}. [الزلزلة: 8]، فمن عمل في اقتناء الحمير طاعة رأى ثواب ذلك، وإن عمل معصية رأى عقاب ذلك، وهذا شامل لكل الأعمال.</t>
+  </si>
+  <si>
+    <t>இங்கு நபியவர்கள் சில குறிப்பிட்ட வகையான சொத்துக்களையும், அவற்றின் ஸகாத்தை வழங்காதவர்களுக்கு மறுமையில் உள்ள தண்டனைகளையும் தெளிவுபடுத்துகின்றார்கள். உதாரணமாக,
+முதலாவது: தங்கம், வெள்ளி மற்றும் அவற்றின் சட்டத்தில் உள்ள, பணம் மற்றும் வியாபாரப் பொருட்கள் இவற்றில் ஸகாத் கடமையாகியிருந்தும், கொடுக்கப்படவில்லை என்றால், மறுமைநாளில் அவை உருக்கப்பட்டு, பாளங்களாக வார்க்கப்படும். மேலும், நரக நெருப்பில் அவை சூடாக்கப்பட்டு, அவற்றின் உரிமையாளர் அதைக் கொண்டு வேதனை செய்யப்படுவார். அவரது விழாப்புறங்களும், நெற்றியும், முதுகும் அவற்றால் சூடு போடப்படும். அதன் சூடு குறைந்தவுடன், மீண்டும் சூடாக்கப்படும். இதே நிலைமையில், மறுமை நாள் முழுதும், அதாவது ஐம்பதாயிரம் வருடங்கள் கொண்ட காலப்பகுதி முழுவதும் அவர் இருப்பார். அதற்குப் பின்னர் அவரது விடயத்தில் அல்லாஹ் தீர்ப்பு வழங்கியதும், அவர் சுவனவாதியாகவோ, நரகவாதியாகவோ இருப்பார்.
+இரண்டாவது: ஒட்டகங்களை வைத்துக்கொண்டு, அதில் கட்டாயமான கடமைகளையும், ஸகாத்தையும் கொடுக்காதவர். – ஒட்டகங்களில் பால் கறக்கும் போது அவ்விடத்திற்கு வரும் ஏழைகளுக்கக் கொடுப்பதும் அதில் உள்ள கடமைகளில் ஒன்றாகும் - இந்த ஒட்டகங்கள், கொழுத்துப் பிரமாண்டமாக இருக்கும் நிலையில் அதிக எண்ணிக்கைகளுடன் கொண்டுவரப்படும். அதன் உரிமையாளர் சமாந்திரமான, விசாலமான நிலத்தில் முகங்குப்புற போடப்பட்டதும், அந்த ஒட்டகங்கள் இவரைத் தம் கால்களால் மிதித்து, பற்களால் கடிக்கும். இறுதியான ஒட்டகம் சென்றவுடன் மீண்டும் முதலாவது ஒட்டகம் அனுப்பப்படும்.  இதே நிலைமையில், மறுமை நாள் முழுதும், அதாவது ஐம்பதாயிரம் வருடங்கள் கொண்ட காலப்பகுதி முழுவதும் அவர் இருப்பார். அதற்குப் பின்னர் அவரது விடயத்தில் அல்லாஹ் தீர்ப்பு வழங்கியதும், அவர் சுவனவாதியாகவோ, நரகவாதியாகவோ இருப்பார்.
+மூன்றாவது: மாடு, (செம்மறி மற்றும் சாதாரண) ஆடுகளை வைத்துக்கொண்டு, அதில் கடமையான ஸகாத்தை நிறைவேற்றாத உரிமையாளர். அவையனைத்தும், ஒன்றும் குறைவடையாமல் முழுமையாகக் கொண்டுவரப்படும். அதன் உரிமையாளர் சமாந்திரமான, விசாலமான நிலத்தில் முகங்குப்புற போடப்படுவார். அந்த ஆடுகளில் கொம்புகள் வளைந்தவையோ, கொம்புகள் அற்றவையோ, கொம்புகள் உடைக்கப்பட்டவையோ இருக்கமாட்டாது. மாறாக, அவை பரிபூரண நிலையில் வந்து, தமது கொம்புகளால் அவனைக் குத்தும். தமது கால்களால் அவனை மிதிக்கும். அவற்றில் இறுதியானது சென்றவுடன் மீண்டும் முதலாவது அனுப்பப்படும். இதே நிலைமையில், மறுமை நாள் முழுதும், அதாவது ஐம்பதாயிரம் வருடங்கள் கொண்ட காலப்பகுதி முழுவதும் அவர் இருப்பார். அதற்குப் பின்னர் அவரது விடயத்தில் அல்லாஹ் தீர்ப்பு வழங்கியதும், அவர் சுவனவாதியாகவோ, நரகவாதியாகவோ இருப்பார்.
+நான்காவது : குதிரையை வைத்துக் கொண்டிருப்பவர். இவர்கள் மூன்று தரப்பினர்.
+முதல் தரப்பினர் : அது அவருக்கு குற்றமாக இருக்கும். அது யாரென்றால், அவற்றை முகஸ்துதிக்காகவும், பெருமைக்காகவும், முஸ்லிம்களுக்கெதிராக யுத்தம் செய்வதற்காகவும் வைத்துக்கொண்டிருப்பவர்.
+இரண்டாவது தரப்பினர் : அது அவருக்கு ஒரு திரையாக இருக்கும். அது யாரென்றால், அல்லாஹ்வின் பாதையில் போரிடுவதற்காக அதை வைத்துக்கொண்டிருப்பவர். அவர் அதற்கு நல் உபகாரம் புரிந்து, அதற்கு உணவு வழங்கி, அதன் தேவைகளை நிறைவேற்றியவர். அதனை ஆண் குதிரையுடன் இணையவிடுவதும் அவற்றில் ஒன்றாகும்.
+மூன்றாவது தரப்பினர் : அது அவர்களுக்குக் கூலியாக அமையும். அது யாரென்றால், அதனை அல்லாஹ்வின் பாதையில் யுத்தம் செய்வதற்காக முஸ்லிம்களுக்காக வைத்துக்கொண்டிருப்பவர். அது மேய்ந்துகொண்டிருப்பதற்காக பசுந்தரைகளிலும், தோட்டங்களிலும் இருக்கும். அதன் விட்டைகள் மற்றும் சிறுநீர்களின் அளவுக்கு ஏற்ப அவருக்கு நன்மைகளும் எழுதப்படும். அது, அதனைக் கட்டிவைக்கப்பட்டுள்ள கயிற்றை அவிழ்த்துக்கொண்டு, மேடுகளுக்கு ஓடிச் சென்று வந்தாலும், அதன் எட்டுக்கள் மற்றும் விட்டைகளின் எண்ணிக்கைக்கு ஏற்ப அல்லாஹ் நன்மைகளை எழுதுவான். அதன் உரிமையாளர் ஓர் ஆற்றங்கரைக்கு அதனை அழைத்துச் சென்று அங்கு அவர் நீர் புகட்ட நாடாமல், அதுவாக நீர் அருந்தினாலும் அது அருந்தும் அளவுக்கு ஏற்ப  அவருக்கு நன்மைகள் எழுதப்படும்.
+பின்பு நபியவர்களிடம், கழுதைகள் பற்றி, அதாவது, அவையும் குதிரையைப் போன்றனவா? என்று கேட்கப்பட்டது.
+அதற்கு நபியவர்கள் இவ்வாறு கூறினார்கள் : அதற்கென்று தனியான சட்டமொன்றை அல்லாஹ் இறக்கவில்லை. பின்வரும் தன்னிகரற்ற வசனத்தைத் தவிர. இவ்வசனம் அனைத்துவிதமான நன்மைகள் மற்றும் பாவங்களுக்கும் பொதுவானது. அந்த வசனமாவது: "எனவே, எவர் ஓர் அணுவளவு நன்மை செய்திருந்தாலும் அத(ற்குரிய பல)னை அவர் கண்டு கொள்வார். அன்றியும், எவன் ஓர் அணுவளவு தீமை செய்திருந்தாலும், அ(தற்குரிய பல)னையும் அவன் கண்டு கொள்வான்." (ஸூரா ஸில்ஸால் : 8)  எனவே, யார் கழுதைகளை வைத்துக்கொண்டு நன்மை செய்கின்றாரோ, அவர் அதற்கான கூலியைக் கண்டுகொள்வார். யார் அவற்றை வைத்துக்கொண்டு பாவங்களில் ஈடுபடுகின்றாரோ அதற்கான தண்டனையைக் கண்டுகொள்வார். இது எல்லா செயற்களையும் உள்ளடக்கிக் கொள்ளக் கூடியது.</t>
+  </si>
+  <si>
+    <t>وجوب إيتاء الزكاة، والوعيد الشديد على منعِها.
+عدم كفر مانع الزكاة تكاسلًا، لكنه على خطر شديد.
+الإنسان يُؤجَر على التفاصيل التي تقع في فعل الطاعة، إذا قصد أصلَها، وإن لم يقصد تلك التفاصيل.
+في المال حقٌّ سِوى الزكاة.
+من الحق في الإبل حَلْبُها لمن يحضرها من المساكين عند موضع شربها الماء؛ ليكون أسهل على المحتاج من قصد المنازل، وأرفق بالماشية، قال ابن بطال: في المال حَقَّان: فرض عين وغيره، فالحَلْب من الحقوق التي هي من مكارم الأخلاق.
+من الحق الواجب في الإبل والبقر والغنم إطراق فحلها إذا طلبت عاريته.
+حكم الحُمُر وكل ما لم يرد به نص: أنه داخل في قوله تعالى: (فمن يعمل مِثقال ذرة خيرًا يَره، ومن يعمل مِثقال ذرة شرًا يره).
+في الآية الترغيب في فعل الخير ولو قليلًا، والترهيب من فعل الشر ولو حقيرًا.</t>
+  </si>
+  <si>
+    <t>ஸகாத்தைக் கொடுப்பது கட்டாயமாக இருப்பதும், கொடுக்காமல் இருப்பதற்கான கடுமையான எச்சரிக்கையும்.
+சோம்பலின் காரணமாக ஸகாத்தைக் கொடுக்காமல் இருப்பவர் காபிர் அல்ல. எனினும், அவர் பாரிய ஆபத்தில் உள்ளார்.
+ஒரு மனிதன் ஒரு நற்கருமத்தை செய்யும் போது, பிரதான நற்கருமத்தை அவன் நாடிச் செய்திருந்தால், அதனுள் நிகழும் மேலதிகமான அம்சங்களுக்கும் அவனுக்கு நன்மை கிடைக்கும். அந்த மேலதிகமான அம்சங்களை அவன் நாடிச் செய்யாவிட்டாலும் சரியே,
+சொத்துக்களில், ஸகாத்தைத் தவிர, வேறு சில கடமைகளும் உண்டு.
+ஒட்டகம் நீர் அருந்தச் செல்லும் இடத்திற்கு வருகை தந்துள்ள ஏழைகளுக்கு அதிலிருந்து பால் கரந்துகொடுப்பதும், அவ்வொட்டகத்தில் நிறைவேற்றவேண்டிய கடமைகளில் ஒன்றாகும். தேவையுள்ளவர் வீடு தேடிவருவதை விட அது இலகுவானதாக இருக்கும். அம்மிருகத்திற்கும் அது இலகுவாக இருக்கும். இப்னு பத்தால் (ரஹ்) அவர்கள் கூறுகின்றார்கள் : குறிப்பான கடமை மற்றும் ஏனைய கடமைகள் என சொத்துக்களில் இரு விதமான கடமைகள் உள்ளன. பால் கறத்தல் என்பது, நற்குணங்கள் சார்ந்த கடமைகளில் ஒன்றாகும்.
+ஒட்டகம், மாடுகள் மற்றம் ஆடுகள் விடயத்தில் உள்ள கடமைகளில் ஒன்று, தேவையேற்படும் போது, அவற்றின் ஆண் மிருகங்களுடன் அவற்றை இணைத்து விடுவதாகும்.
+கழுதைகள் மற்றும் குறிப்பாகக் கூறப்படாத ஏனையவற்றின் சட்டங்கள் "எனவே, எவர் ஓர் அணுவளவு நன்மை செய்திருந்தாலும் அத(ற்குரிய பல)னை அவர் கண்டு கொள்வார். அன்றியும், எவன் ஓர் அணுவளவு தீமை செய்திருந்தாலும், அ(தற்குரிய பல)னையும் அவன் கண்டு கொள்வான்." (ஸூரா ஸில்ஸால் : 8)  என்ற வசனத்திற்குள் வரக் கூடியதாகும்.
+இவ்வசனம், நன்மைகள் - குறைவாக இருப்பினும் - செய்யுமாறு ஆர்வமூட்டுவதுடன், பாவங்கள் - அற்பமாக இருப்பினும் - தவிர்க்குமாறு எச்சரிக்கின்றது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/6611</t>
+  </si>
+  <si>
+    <t>ما منكم من أحد إلا سيكلمه الله، ليس بينه وبينه ترجمان</t>
+  </si>
+  <si>
+    <t>(மறுமையில்) உங்களில் ஒவ்வொருவருடனும் அல்லாஹ் உரையாடுவான். அப்போது அவனுக்கும் உங்களுக்குமிடையே மொழிபெயர்ப்பாளர் எவரும் இருக்கமாட்டார்</t>
+  </si>
+  <si>
+    <t>عَنْ عَدِيِّ بْنِ حَاتِمٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ، فَيَنْظُرُ أَيْمَنَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ أَشْأَمَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ بَيْنَ يَدَيْهِ فَلَا يَرَى إِلَّا النَّارَ تِلْقَاءَ وَجْهِهِ، فَاتَّقُوا النَّارَ وَلَوْ بِشِقِّ تَمْرَةٍ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அதிய் இப்னு ஹாதிம் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: (மறுமையில்) உங்களில் ஒவ்வொருவருடனும் அல்லாஹ் உரையாடுவான். அப்போது அவனுக்கும் உங்களுக்குமிடையே மொழிபெயர்ப்பாளர் எவரும் இருக்கமாட்டார்." நீங்கள் உங்கள் வலப் பக்கம் பார்ப்பீர்கள். அங்கு நீங்கள் முன்பே செய்து அனுப்பிய செயல்களையே காண்பீர்கள். உங்கள் இடப் பக்கம் பார்ப்பீர்கள். அங்கும் நீங்கள் முன்பே செய்து அனுப்பிய செயல்களையே காண்பீர்கள். உங்கள் முன்னால் பார்ப்பீர்கள். உங்கள் முகத்துக்கு எதிரே நரகத்தையே காண்பீர்கள். ஆகவே, ஒரு பேரீச்சம் பழத்துண்டை (தர்மமாக)க் கொடுத்தாவது நரகத்திலிருந்து தப்பித்துக் கொள்ளுங்கள்.</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ كلَّ مؤمن سيقف بين يدي الله يوم القيامة لوحدِه، وأنّ الله تعالى سيُكلّمه بدون واسطة وليس بينهما مترجم يترجم الكلام، فينظر جهة اليمين والشمال من شدة الفزع، ولعله أن يجد طريقًا يذهب فيها ليحصل له النجاة من النار التي هي أمامه. 
+فإذا نظر في الجانب الذي على يمينه فلا يرى إلا ما قدَّمَ من العمل الصالح، 
+وإذا نظر عن شماله فلا يرى إلا ما قدَّم من العمل السيء، 
+وإذا نظر أمامه فلا يرى إلا النار، ولا يمكنه أن يَحيدَ عنها إذ لا بدّ له من المرور على الصراط. 
+ثم قال صلى الله عليه وسلم: اجعلوا بينكم وبين النار وقاية من الصدقة وعمل البر، ولو بشيء يسير كنصف تمرة.</t>
+  </si>
+  <si>
+    <t>ஒவ்வொரு விசுவாசியும் மறுமை நாளில் அல்லாஹ்வின் முன் தனித்து நிற்பார்கள் என்றும், அல்லாஹ்வும் அவனுக்கும் அல்லாஹ்வுக்கும் இடையில் ஒரு பரிந்துரையாளரோ அல்லது மொழிபெயர்ப்பாளரோ இல்லாமல் அவனிடம் பேசுவான் என்றும் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் எமக்குத் தெரிவிக்கிறார்கள். அதனால் அவன் மிகுந்த பயத்துடன் தன் வலது பக்கத்தையும் இடது பக்கத்தையும் பார்ப்பான்; தனக்கு முன்பாக இருக்கும் நரகத்திலிருந்து தப்பிக்க ஏதாவது வழியைக் கண்டுபிடிக்க முடியுமா என்று அவன் ஆவலுடன் பார்ப்பான். அவன் தனது வலது பக்கம் பார்த்தால், தான்; செய்த நல்ல செயல்களைத் தவிர வேறு எதையும் காண மாட்டார். அவன் தனது இடது பக்கம் பார்த்தால், தான் செய்த கெட்ட செயல்களைத் தவிர வேறு எதையும் பார்க்க மாட்டார். அவன் தனக்கு முன்னால் பார்த்தால், நரகத்தைத் தவிர வேறு எதையும் அவன் காணமாட்டான், அதிலிருந்து அவன் விலகிச் செல்ல முடியாது ஏனென்றால் நரகத்திற்கு மேலே கட்டப்பட்ட ஸிராத் பாலத்தைக் கடப்பதைத் தவிர அவனுக்கு முன்னால் வேறு வழி இல்லை. பின்னர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், 'உங்களுக்கும் நரகத்திற்கும் இடையில் நன்மை மற்றும் தர்மத்தின் ஒரு தடுப்பை ஏற்படுத்திக் கொள்ளுங்கள். அது அரை பேரீச்சம் பழம் போன்ற சிறிய ஒரு பொருளாக இருந்தாலும் சரியே!' என்று கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>الحث على الصدقات وإن قَلَّتْ والتَّخَلُّق بالخصال الحميدة، والمعاملة باللطف ولين الكلام.
+قرب الله تعالى من عبده يوم القيامة، إذ ليس بينهما حجاب ولا واسطة ولا ترجمان، فليَحذَر المؤمن من مخالفة أمر ربه.
+ينبغي على المرء أن لا يحتقر ما يتصدق به، ولو كان يسيرًا، فإنه وقاية من النار.</t>
+  </si>
+  <si>
+    <t>தர்மம் செய்யும் பொருள் சிறியதாயின் அதனை தர்மம் செய்யுமாறும்;, பாரட்டத்தக்க நற்பண்புகளை கடைப்பித்து ஒழுகுமாறும், இரக்கத்துடனும், மென்மை மற்றும் கனிவான வார்த்தைகள் மூலம்; மக்களுடன் உறவாடுமாறும் ஆர்வமூட்டப் பட்டிருத்தல்.
+மறுமை நாளில் அல்லாஹ் தன் அடியானுக் நெருக்கமாக இருப்பான். அல்லாஹ்வுக்கும் அடியானுக்கும் இடையில் எந்தத் தடையும் இருக்காது, எந்தப் பரிந்துரையாளரும், எந்த மொழிபெயர்ப்பாளரும் இருக்க மாட்டார்கள். எனவே ஒவ்வொரு மனிதனும் தன் இறைவனின் கட்டளைகளை மீறுவதைப் பற்றி எச்சரிக்கையாக இருக்கட்டும்.
+தானதர்மங்கள் எவ்வளவு சிறியதாக இருந்தாலும், அதை ஒருவர் அற்பமாக கருதக்கூடாது. எவ்வளவு சிறியதாக இருந்தாலும், தர்மாமனது நரகத்திலிருந்து பாதுகாக்கும் கேடயமாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/6615</t>
   </si>
   <si>
     <t>لا يبقين في رقبة بعير قلادة من وتر أو قلادة إلا قطعت</t>
   </si>
   <si>
     <t>'எந்த ஒட்டகத்தின் கழுத்திலும் (கண் திருஷ்டி கழிவதற்காகக் கட்டப்படுகிற) நாண்போன்ற மாலையோ அல்லது வேறு ஏதாவது ஒரு  மாலையோ இருக்கக் கூடாது. அப்படியிருந்தால் கட்டாயம் அதைத் துண்டித்து விட வேண்டும்''  எனக் கூறினார்கள்</t>
   </si>
   <si>
     <t>عن أبي بَشير الأنصاري رضي الله عنه: أَنَّهُ كَانَ مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي بَعْضِ أَسْفَارِهِ، قَالَ: فَأَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَسُولًا -وَالنَّاسُ فِي مَبِيتِهِمْ-: «لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ».</t>
   </si>
   <si>
     <t>அபூபஷீர் அல் அன்ஸாரீ ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் பயணம் ஒன்றில் அவர்களுடன் அபூபஷீர் அல் அன்ஸாரீ ரழியல்லாஹு அன்ஹு அவர்களும் இருந்தார்கள். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தூதுவர் ஒருவரை அனுப்பி, 'எந்த ஒட்டகத்தின் கழுத்திலும் (கண் திருஷ்டி கழிவதற்காகக் கட்டப்படுகிற) நாண்போன்ற மாலையோ அல்லது வேறு ஏதாவது ஒரு  மாலையோ இருக்கக் கூடாது. அப்படியிருந்தால் கட்டாயம் அதைத் துண்டித்து விட வேண்டும்''  எனக் கூறினார்கள்.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أسفاره، والناسُ في مكان نومِهم الذي يَبِيْتُون فيه في رِحالِهم وخيامِهم، فأَرْسَلَ شخصًا إلى الناس يأمرهم بِقَطْع القَلَائد التي تُعَلَّق على البعير سواء كانت من الوَتَر -وَتَر القَوْس- أو من غيره كالجَرَس أو النعل، وذلك لأنهم كانوا يُقَلِّدونها حذرًا من العين، فأُمِرُوا بقطعها؛ لأنها لا تَرُدُّ عنهم شيئًا، وأنَّ النفعَ والضرَّ بيد الله وحده لا شريك له.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது சில பயணங்களின் போது மக்கள்  எல்லோரும் தங்களின் கூடாரங்களிலும், தங்குமிடங்களிலும் தூங்கிக் கொண்டிருக்கும் வேளை கண்திருஷ்டிக்காகவும், ஆபத்துக்களிலிருந்து காப்பதற்காகவும் ஒட்டகங்களின் கழுத்துக்களில் கட்டப்பட்டுள்ள மணி, அல்லது காலணி போன்றவற்றை கத்தரித்து நீக்கிவிடுமாறு  ஒரு நபரை அனுப்பி வைத்தார்கள். காரணம் இவ்வாறனவை அவர்களுக்கு ஏற்படவுள்ள எந்தத் தீங்யையும் தடுத்திட மாட்டாது. அத்துடன், நன்மையோ கெடுதியோ அல்லாஹ் ஒருவனின் கைவசம் மாத்திரமே உள்ளது, அவனுக்கு இணையேதும் கிடையாது.</t>
   </si>
   <si>
     <t>تحريم تعليق الأوتار والقلائد لجلب النفع أو دفع الضر؛ لأن ذلك من الشرك.
 ربط القلادة من غير الوتر إذا كان للزينة أو لقيادة الدابة أو لربطها به فلا بأس به.
 وجوب إنكار المنكر بحسب الاستطاعة.
 وجوب تعلق القلب بالله وحده لا شريك له.</t>
   </si>
@@ -10983,84 +14835,121 @@
     <t>أَفْرَى الفِرَى أن يُرِيَ الرجل عينيه ما لم تَرَيَا</t>
   </si>
   <si>
     <t>தன் இரு கண்களும் பார்த்திராத ஒன்றைப் பார்த்ததாகக் கூறுவதே மிகப்பெரும் அவதூறகும்.</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال النبي صلى الله عليه وسلم : «أَفْرَى الفِرَى أن يُرِيَ الرجل عينيه ما لم تَرَيَا».</t>
   </si>
   <si>
     <t>நபியவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு உமர் (ரழி) அறிவிக்கிறார்கள். தன் இரு கண்களும் பார்த்திராத ஒன்றைப் பார்த்ததாகக் கூறுவது மிகப்பெரும் அவதூறாகும்.</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن من أكذب الكذب أن يدّعي الإنسان أنه رأى شيئًا في منامه أو يقظته وهو في الحقيقة كاذب في دعواه هذه؛ لأنه لم ير شيئًا، والكذب في رؤيا المنام أعظم من الكذب في رؤيا اليقظة؛ لأن ما يراه الإنسان في منامه من الرؤى إنما هو من الله تعالى إذا كانت رؤيا، وذلك بواسطة الملك، فالكذب في هذه الحالة كذب على الله تعالى ، أما الأحلام فتكون من الشيطان، وحديث النفس من النفس، فما يراه النائم على هذه الأنواع الثلاثة.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நபி (ஸல்) அவர்கள் மிகப்பெரிய பொய் குறித்து தெளிவுபடுத்துகிறார்கள். அதுதான் மனிதன் தூக்கத்தில் தான் ஒன்றை கண்டதாகவும், அல்லது விழிப்போடு இருக்கும் நிலையில் காணாத ஒன்றை கண்டதாகவும் வாதிடுவது மிகப் பெரும் பொய்யாகும். விழித்திருக்கும் நிலையில் தான் ஒன்றை கண்டதாக பொய் சொல்வது கனவில் தான் ஒரு விடயத்தை கண்டதாக சொல்வதை விட மிக ஆபத்தான விடயமாகும், காரணம் யாதெனில் கனவில் ஒன்றைக் காணுவது அல்லாஹ்வின் புறத்தில் இருந்து நிகழ்வதாகும். இந்நிலையில் பொய் சொல்வது அல்லாஹ்வின் மீது பொய்யுரைப்பதை ஒத்ததாகும்.</t>
   </si>
   <si>
     <t>التحذير من اختلاق الصور الكاذبة في اليقظة والمنام.
 الكذب في رؤيا المنام كذب على الله -تعالى-، فالكذب فيها أعظم من الكذب في رؤيا اليقظة.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/6979</t>
   </si>
   <si>
+    <t>من حدث عني بحديث يرى أنه كذب، فهو أحد الكاذبين</t>
+  </si>
+  <si>
+    <t>'என்னைப் பற்றி பொய் எனக் கருதப்படும் ஒரு செய்தியை யார் அறிவிக்கிறாரோ அவரும் பொய்யர்களில் ஒருவராவார்''</t>
+  </si>
+  <si>
+    <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியதாக ஸமுரா இப்னு ஜுன்துப் மற்றும் முகீரா இப்னு ஷுஃபா ரழியல்லாஹு அன்ஹுமா இருவரும் அறிவிப்பதாவது: 'என்னைப் பற்றி பொய் எனக் கருதப்படும் ஒரு செய்தியை யார் அறிவிக்கிறாரோ அவரும் பொய்யர்களில் ஒருவராவார்''</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
+  </si>
+  <si>
+    <t>ஒருவர் நபியவர்கள் கூறியதாக ஒரு செய்தியை கூறுகிறார் அதனை கேட்கும் நபர் அந்த செய்தி நபியவர்களின் மீது பொய்யாக சொல்லப்பட்ட செய்தி என்று அறிகிறார் அல்லது அதில் சந்தேகம் ஏற்படுகிறது அப்படி இருந்து அந்த செய்தியை அறிவிப்பாராயின் அந்தப்பொய்யான செய்தியை சொன்ன நபருடன் இவரும் கூட்டுச்சேருகிறார் என நபி ஸல்லல்லாஹு அவர்கள் குறிப்பிடுகிறார்கள்.</t>
+  </si>
+  <si>
+    <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
+صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
+يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
+  </si>
+  <si>
+    <t>நபி ஸல் அவர்களிடமிருந்து அறிவிக்கப்பட்ட ஹதீஸ்களை ஆராய்ந்து, அவற்றைக் கூறுவதற்கு முன்பு அவற்றின் நம்பகத்தன்மையை உறுதிப்படுத்திக் கொள்வது முக்கியமாகும்.
+பொய்யை உருவாக்குபவரும், அதை விவரித்து பரப்புபவரும் இருவருமே பொய்யர்கள் ஆவார்.
+ஒரு ஹதீஸின் பொருள் அது என்று ஒருவர் அறிந்திருந்தாலும் அல்லது சந்தேகித்தாலும் கூட அதை மேற்கோள் காட்டுவது தடைசெய்யப் பட்டுள்ளது. ஆம், அதற்கு எதிராக எச்சரிப்பதற்காக அது மேற்கோள் காட்டப்பட்டால், அது வேறு விஷயம்.</t>
+  </si>
+  <si>
+    <t>رواه مسلم في مقدمته</t>
+  </si>
+  <si>
+    <t>[இமாம் முஸ்லிம் தனது முகவுரையில் இதை பதிவு செய்துள்ளார்]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/6982</t>
+  </si>
+  <si>
     <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>'நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் பண்பாடு அல் குர்ஆனாகவே இருந்தது' என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>ஸஃத் இப்னு ஹிஷாம் இப்னு ஆமிர் அவர்கள் ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்களிடம் பின்வருமாறு கேட்டார்கள் : விசுவாசிகளின் தாயே! அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் பண்பாடுகள் பற்றி எனக்கு அறிவித்துத்தாருங்கள் என்று கேட்டதற்கு ஆஇஷா ரழியல்லாஹு அன்ஹா 'நீர் அல்குர்ஆனை ஓதுவதில்லையா?' என வினவினார்கள். அதற்கு நான் ஆம் என்று கூறினேன். அதற்கு  அவர்கள்; 'நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் பண்பாடு அல் குர்ஆனாகவே இருந்தது' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்களிடம் நபி ஸல்லல்லாஹு அவர்களின் பண்பாடு குறித்து வினவப்பட்டபோது அவர்கள் மிகவும் சுருக்கமானதும் பொருட்செரிவுமிக்கதுமான ஒரு பதிலளித்தார்கள். கேள்வி கேட்டவரை எல்லா முழுமையான பண்புகளையும் நிறைவாகக் கொண்ட அல்குர்ஆனின் பக்கம் அவரின் அவதானத்தைத் திருப்பியதோடு, நபியவர்கள் அல்குர்ஆன் குறிப்பிடும் பண்பாடுகளை கடைப்பிடித்து ஒழுகினார்கள் எனப் பதிலளித்தார்கள். அதாவது அல்குர்ஆன் ஏவியவற்றை நிறைவேற்றினார்கள். அல்குர்ஆன் தடுத்தவற்றை தவிர்ந்திருந்தார்கள். அவர்களின் பண்பாடு அல்குர்ஆன் குறிப்பிடுபவற்றை நடைமுறைப்படுத்துவதும், அதன் வரையறைகளைப் பேணி நடப்பதும், அது கூறும் நற்பண்புகளை கடைப்பிடித்து ஒழுகுவதும், அது (அல்குர்ஆன்) கூறும் கதைகள் மற்றும் உதாரணங்களினால் படிப்பினை பெறுவதும் அவர்களின் பண்பாடாக இருந்தது.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>அல் குர்ஆனிய பண்பாடுகளை பண்பாகக் கொள்வதில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் வழிமுறையை முன்மாதிரியாக் கொண்டு நடப்பதை ஊக்குவித்தல்.
 நபியவர்களின் பண்பாடுகள் வஹியின் ஒளியால் பெறப்பட்டவை என்பதினால் அவர்களின் பண்பாடுகள் புகழப்பட்டிருத்தல்.
 அல்குர்ஆன் நற்பண்புகள் அனைத்திற்குமான மூலாதாரமாகும்.
 இறைக்கட்டளைகளை எடுத்து நடந்து, விலக்கல்களை தவிர்ந்து நடப்பதின் காரணமாக இஸ்லாத்தில் பண்பாடுகள் என்பது மார்க்கத்தின் எல்லாப் பகுதிகளையும் உள்ளடக்கியுள்ளது.</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
-    <t>[رواه مسلم في جملة حديثٍ طويلٍ]</t>
+    <t>[இது இமாம் முஸ்லிம் அவர்களால் ஒரு நீண்ட ஹதீஸின் தொடரில் அறிவிக்கப்பட்டுள்ளது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/8265</t>
   </si>
   <si>
     <t>سيحان وجيحان والفرات والنيل كل من أنهار الجنة</t>
   </si>
   <si>
     <t>ஸைஹான்,ஜைஹான்,புராத்,நைல் நதிகள் அனைத்தும் சுவர்க்கத்தின் நதிகளிலுள்ளாதாகும்.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم : « سَيْحَانُ وَجَيْحَانُ وَالفُرَاتُ والنِّيل كلٌّ من أنهار الجنة».</t>
   </si>
   <si>
     <t>அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள். ஸைஹான், ஜைஹான், புராத், நைல் நதிகள் அனைத்தும்ச சுவர்க்கத்தின் நதிகளிலுள்ளாதாகும்</t>
   </si>
   <si>
     <t>سيحان وجيحان، والفرات والنيل أربعة أنهار في الدنيا وصفها النبي صلى الله عليه وسلم بأنها من أنهار الجنة؛ فقال بعض أهل العلم: إنها من أنهار الجنة حقيقة لكنها لما نزلت إلى الدنيا غلب عليها طابع أنهار الدنيا وصارت من أنهار الدنيا.</t>
   </si>
   <si>
     <t>உலகத்தில் காணப்படுகின்ற ஸைஹான், ஜைஹான், புராத், நைல் ஆகிய நான்கு நதிகளை சுவர்க்கத்தின் நதிகளாக நபி (ஸல்) விவரிக்கிறார்கள். இது பற்றி சில அறிஞர்கள் குறிப்பிடும் போது இவைகள் உண்மையில் சுவர்க்கத்தின் நதிகள்தான், ஆனாலும் உலகிற்கு இறக்கப்பபட்டதும் உலகத்தில் காணப்படுகின்ற நதிகளின் பண்பும் இயல்பும் அவைகளை மிகைத்து விட்டன எனக் குறிப்பிடுகின்றனர்.</t>
   </si>
   <si>
     <t>يؤخذ هذا الحديث على ظاهره، وعلى حقيقته، والله أعلم بأسراره في خلقه.
 الجنة مخلوقة موجودة.
@@ -11079,81 +14968,265 @@
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ரு  ரழியல்லாஹு அன்ஹுமா கூறுகின்றார்கள் : 'இரக்கமுள்ளவர்களுக்கு அர்ரஹ்மானாகிய அல்லாஹ் இரக்கம் காட்டுவான், பூமியிலுள்ளவர்களுக்கு இரக்கம் காட்டுங்கள், வானிலுள்ளவன் உங்களுக்கு இரக்கம் காட்டுவான்'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பிறருக்கு இரக்கம் காட்டுவோருக்கு அருளாளனாகிய அல்லாஹ் ஏகமெல்லாம் வியாபித்திருக்கும் அவனின் கருணையின் மூலம் நிறைவான கூலியை வழங்குகிறான் எனத் தெளிவுபடுத்துகிறார்கள்.
 பின்னர் அவர்கள் இவ்வுலகிலுள்ள மனிதன் அல்லது மிருகம் அல்லது பறவை இவையல்லாத உயிரினங்கள் அனைத்திற்கும் கருணை காட்டுமாறு கட்டளைப்பிரப்பிக்கிறார்கள். இவ்வாறு செய்வதற்கான கூலி, கருணை காட்டுவோருக்கு அல்லாஹ் ஏழுவானங்களுக்கு மேலிருந்து அருள்,கருணை புரிவதே என குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
  الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
 الجزاء من جنس العمل، فالراحمون يرحمهم الله.</t>
   </si>
   <si>
     <t>இஸ்லாம் மார்க்கம் கருணையின் மார்க்கமாகும். அது அல்லாஹ்வுக்கு கட்டுப்படுதல் மற்றும் உயிரினங்களுக்கு நன்மை புரிதல் என்பவற்றின் மீது கட்டமைக்கப்பட்டுள்ளது.
 அல்லாஹ் கருணை, இரக்கம் எனும் பண்புக்குரித்தானவன். அவன் தூய்மையானவன் அளவற்ற அருளாளன் நிகரற்ற அன்புடையோன். தனது அடியார்களுக்கு அருளை, கருணையை வழங்குபவன்.
 செயலின் தன்மைக்கேட்ப அதே போன்ற கூலி கிடைத்தல். அந்த வகையில் இரக்கம் காட்டுவோருக்கு அல்லாஹ்வும் இரக்கம் காட்டுகிறான்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/8289</t>
+  </si>
+  <si>
+    <t>كان إذا دخل المسجد قال: أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرجيم</t>
+  </si>
+  <si>
+    <t>பள்ளிக்குள் நுழையும் போது : ''அஊது பில்லாஹில் அழீம் வபிவஜ்ஹிஹில் கரீம் வஸுல்தானிஹில் கதீம் மினஷ் ஷைய்தானிர் ரஜீம்''</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما: عن النبي صلى الله عليه وسلم أنه كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم»، قال: أَقَطُّ؟ قلت: نعم، قال: فإذا قال ذلك قال الشيطان: حُفِظَ منِّي سائر اليوم.</t>
+  </si>
+  <si>
+    <t>அப்துல்லாஹ் இப்னு அம்ருப்னுல் ஆஸ் ரழியல்லாஹு அன்ஹுமா அறிவிக்கிறார்கள்: நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள்  பள்ளிக்குள் நுழையும் போது : ''அஊது பில்லாஹில் அழீம் வபிவஜ்ஹிஹில் கரீம் வஸுல்தானிஹில் கதீம் மினஷ் ஷைய்தானிர் ரஜீம்''  என்று கூறக்கூடியவர்களாக இருந்தார்கள்;. இதனை நபியவர்கள் கூறினார்களா? என்று கேட்டதற்கு ஆம் என்று நான் கூறினேன். இந்தப் பிரார்த்தனையை கூறினால் இந்நாள் முழுவதும் என்னிடமிருந்து பாதுகாப்புப் பெறுகிறான் என்று ஷைத்தான் கூறுகிறான்.
+திக்ரின் பொருள் : மகத்துவம் கொண்ட அல்லாஹ்வைக் கொண்டும், அவனது அழகிய திருமுகத்தைக் கொண்டும்,நிலையான மேலாதிக்கத்தைக் கொண்டும், விரட்டப்பட்ட ஷைத்தானின் தீங்கை விட்டும்  நான் பாதுகாவல் தேடுகிறேன்.</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا دَخل المسجدَ قال: 
+(أعوذ بالله العظيم) أعتصم وألتجئ بالله وصفاته 
+(وبوجهه الكريم) الجَواد المُعطي، 
+(وسلطانه) غَلبَتِه وقدرتِه وقهرِه على من أراد من خلقِه 
+(القديم) الأزلي الأبدي 
+(من الشيطان الرجيم) المبعود والمطرود من رحمة الله،
+أي: اللهم احفظني من وسوسته وإغوائه وخطواته وخطراته وتسويله وإضلاله، فإنه السبب في الضلالة والباعث على الغواية والجهالة، 
+فقيل لعبد الله بن عمرو "أقط؟" أي: هل قال النبي صلى الله عليه وسلم هذا فقط؟ 
+قال: نعم.
+فإذا قال الداخل للمسجد هذا الدعاء؛ قال الشيطان: لقد حَفِظ هذا الداخل نفسَه مني جميع الوقت، يومه وليلته.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் பள்ளிக்குள் நுழையும் போது மேற் குறிப்பிட்ட திக்ரை கூறக் கூடியவர்களாக இருந்தார்கள் அதன் விளக்கம் பின்வருமாறு: (أعوذ بالله العظيم)  'அஊது பில்லாஹில் அழீம்' என்றால் அல்லாஹ்வைக் கொண்டும் அவனின் பண்புகளைக் கொண்டும் நான் புகழிடம் தேடி பாதுகப்பும் கோருகிறேன். (وبوجهه الكريم) வபிவஜ்ஹிஹி கரீம் என்றால் : பெரும் கொடையாளானாகிய அவனின் திருமுகத்தைக் கொண்டும் என்று பொருளாகும். (وسلطانه) வஸுல்தானிஹி என்றால் (அவனின் அதிகராம்) அதாவது அவனின் மேலான்மை மற்றும் வல்லமை மற்றும் அதிகாரம் அவன் விரும்பும் எந்தப்படைப்பின் மீதும் இருக்கும் என்பதாகும். (القديم) (அல் கதீம்) என்பது  நித்தியமான முடிவே இல்லாத தொன்று தொட்டே உள்ள என்று பொருளாகும். (من الشيطان الرجيم)  'மினஷ் ஷைத்தானிர் ரஜீம்' என்பது அல்லாஹ்வின் கருணையிலிருந்து விரட்டப்பட்டு தூரமாக்கப்பட்ட ஷைத்தானிடமிருந்து என்பதாகும். இதன் கருத்து : யா அல்லாஹ் : ஷைத்தானின் தீய ஊசாலட்டத்திலிருந்தும், அவனின் தூண்டுதல் களிலிருந்தும்,அவனுடைய அடிச்சுவடு களிலிருந்தும், அவனுடைய தீய எண்ணங்களிலிருந்தும், அவனுடைய வழிகேட்டிலிருந்தும், தீய விஷயங்களை எனக்குக் கவர்ச்சிகரமானதாகக் காட்டுவதிலிருந்தும் என்னைக் காப்பாற்றுவாயாக.அவனே வழிகேட்டிற்கும் அறியாமைக்கும் தூண்டுபவனும் ஆவான். அப்துல்லாஹ்; இப்னு அம்ர் (ரழி) அவர்களிடம்; ஒருவர், 'நபி (ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் இதை மாத்திரமா சொன்னார்கள்?' என்று கேட்டார். என்றார். அதற்கு அவர், 'ஆம்' என் கூறினார்.
+ஒருவர் பள்ளிவாசலுக்குள் நுழையும்போது இந்த துஆவை ஓதினால், இந்த துஆவை  ஓதிக் கொண்டே பள்ளிவாசலுக்குள் நுழைந்த இந்த மனிதர் என்னிடமிருந்து இரவும் பகலும் பாதுகாப்புப் பெற்றுள்ளார் என்று ஷைத்தான் கூறுவான்.</t>
+  </si>
+  <si>
+    <t>فضل الدعاء بهذا الذكر عند دخول المسجد، وأنه يحفظ قائلَه من الشيطان بقية يومه.
+التحذير من الشيطان، وأنه يتربَّصُ للمسلم؛ لإضلاله وإغوائه.
+يحصل للإنسان من الحفظ من إضلال الشيطان وإزاغته على قدر ما يقوم بقلبه من الإيمان بالله والاستحضار لهذا الدعاء وتصديقه بموعد الله المترتب عليه.</t>
+  </si>
+  <si>
+    <t>பள்ளிக்குள் நுழையும் போது ஹதீஸில் குறிப்பிடப்பட்ட  இந்த பிரார்த்தனையை ஓதுவதன் சிறப்பு. அது அவரை ஷைத்தானிடமிருந்து  நாள் முழுவதும் பாதுகாக்கிறது.
+ஷைத்தானிடமிருந்து எச்சரிக்கையாக இருத்தல்  அவன் எப்போதும் முஸ்லிம்களை வழிதவறச் செய்து தீயவிடயங்களின் பால் தூண்டி வழிகெடிப்பதற்கான சந்தர்ப்பத்தை எதிர்பார்த்திருக்கிறான்.
+இந்த துஆவின் மூலம் ஒரு மனிதனுக்கு அவனின் உள்ளத்தில் காணப்படும் அல்லாஹ்வில் கொண்ட விசுவாசம் மற்றும் தூய்மையின் அடிப்படையிலும், அல்லாஹ்வின் வாக்குறுதியின் மீதுள்ள ஆழமான நம்பிக்கையின் அடிப்படையிலும் ஷைத்தானின் வழிகேட்டிலிருந்தும் அவனின் தூண்டுதல்களிருந்தும் பாதுகாப்புக் கிடைக்கிறது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/8294</t>
+  </si>
+  <si>
+    <t>يقول الله تعالى لأهون أهل النار عذابا يوم القيامة: لو أن لك ما في الأرض من شيء أكنت تفتدي به؟ فيقول: نعم</t>
+  </si>
+  <si>
+    <t>மறுமை நாளில் நரகவாதிகளுள் ஆகக் குறைந்த வேதனையை அனுபவிக்கும் ஒருவனிடம் : பூமியில் உனக்கு சொந்தமாக ஏதாவது இருந்தால் அதனை பிணையாக- இழப்பீடாக- வழங்கி இந்த வேதனையிலிருந்து விடுதலைபெற முயற்சிப்பீரா? என்று கேட்பான். அதற்கு அவன் 'ஆம்';</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ، فَيَقُولُ: أَرَدْتُ مِنْكَ أَهْوَنَ مِنْ هَذَا، وَأَنْتَ فِي صُلْبِ آدَمَ: أَلّاَ تُشْرِكَ بِي شَيْئًا، فَأَبَيْتَ إِلَّا أَنْ تُشْرِكَ بِي».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: மறுமை நாளில் நரகவாதிகளுள் ஆகக் குறைந்த வேதனையை அனுபவிக்கும் ஒருவனிடம் : பூமியில் உனக்கு சொந்தமாக ஏதாவது இருந்தால் அதனை பிணையாக- இழப்பீடாக- வழங்கி இந்த வேதனையிலிருந்து விடுதலைபெற முயற்சிப்பீரா? என்று கேட்பான். அதற்கு அவன் 'ஆம்'; என்று கூறுவான். அப்போது அல்லாஹ் அவனிடம் நீ ஆதத்தின் முதுகுத்தண்டில் இருக்கும் போது, இதனை விடவும் சிறிய ஒரு விடயமான நீ எனக்கு  இணைவைக்கக் கூடாது என்பதையே எதிர்பார்த்தேன். ஆனால் அதனை நீ ஏற்றுக் கொள்ளாது  எனக்கு நீ இணைவைத்தாய் என்று கூறுவான்.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ الله تعالى يقول لأهون أهل النار عذابًا بعد دخولها: لو كانت لك الدنيا وما فيها أكنت مُفتديًا بها من هذا العذاب؟ 
+فيقول: نعم، 
+فيقول الله: قد طَلبتُ منك وأمرتُك بأيسر من ذلك حين أُخذ الميثاق عليك وأنت في صُلْبِ آدم ألّا تشرك بي شيئًا؛ فأبيتَ إذْ أخرجتُك إلى الدنيا إلا الشرك.</t>
+  </si>
+  <si>
+    <t>நரகவாதிகளுள் மிகக் குறைந்த தண்டனையைப் பெறும் ஒரு அடியானிடத்தில் அவன் நரகில் நுழைந்த பின் ' உமக்கு உலகமும் அதிலுள்ளவைகளும் சொந்தமாயிருப்பின் இந்த வேதனைக்கான இழப்பீடாக அவற்றை செலுத்துவாயா? என்று மறுமையில் அல்லாஹ் வினவுவதாக குறிப்பிடுகிறார்கள். அதற்கு அந்த அடியான் 'ஆம்'என்று கூறுவான். அதற்கு அல்லாஹ் அவனிடம்  'நீ ஆதமின் முதுகுத் தண்டில் இருக்கும் போது, உம்மிடம் உடன்படிக்கை எடுக்கும் வேளை இதனை விடவும் மிகவும் இலகுவான ஒருவிடயமான ''எனக்கு எதனையும் இணைவைக்கலாகாது ' என்று வேண்டிக் கொண்டேன். ஆனால்; நான் உன்னை பூமிக்கு அனுப்பியபோது, நீ மறுத்து ஷிர்க்கைத் தேர்ந்தெடுத்தாய் என்று கூறுவான்.</t>
+  </si>
+  <si>
+    <t>فضل التوحيد ويُسْر العمل به.
+خطر الشرك بالله تعالى وعاقبته.
+أخذ الله الميثاق على بني آدم وهم في ظَهْر أبيهم آدم بعدم الشرك.
+التحذير من الشرك وأنّ الدنيا كلَّها لا تغني عن الكافر يوم القيامة شيئًا.</t>
+  </si>
+  <si>
+    <t>தௌஹீதின் சிறப்பும், அதை நடைமுறைப்படுத்துவதன் எளிமையும் குறிப்பிடப்பட்டுள்ளமை.
+அல்லாஹ்வுக்கு இணை வைப்பதன் (ஷிர்க்கின்) அபாயமும் மற்றும் அதன் இறுதி விளைவு குறித்தும் தெளிவு படுத்தப்பட்டுள்ளமை.
+ஆதமின் சந்ததியினர் ஆதமின் முதுகில் இருக்கும்போது "தனக்கு (ஷிர்க்) இணைவைக்கக் கூடாது "என்று அல்லாஹ் அவர்களுடன் ஒரு உடன்படிக்கை எடுத்தான்.
+ஷிர்க்கைப் பற்றி எச்சரிப்பதுடன், மறுமை நாளில் முழு உலகமும் காஃபிருக்கு சொந்தமாக இருந்தாலும் அது எந்தப் பயனையும் அவனுக்கு அளிக்காது என்பதை உணர்த்துதல்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/8315</t>
+  </si>
+  <si>
+    <t>ينادي مناد: إن لكم أن تصحوا فلا تسقموا أبدا، وإن لكم أن تحيوا فلا تموتوا أبدا، وإن لكم أن تشبوا فلا تهرموا أبدا، وإن لكم أن تنعموا فلا تبأسوا أبدا</t>
+  </si>
+  <si>
+    <t>ஓர் அழைப்பாளி (மறுமையில்) அழைத்து இவ்வாறு கூறுவார் : நீங்கள் ஒரு போதும் நோய்வாய்ப்படாமல் ஆரோக்கியமாக இருக்கலாம். நீங்கள் ஒரு போதும் மரணிக்காமல் உயிருடனே இருக்கலாம். நீங்கள் ஒருபோதும் முதுமையை அடையாமல் வாலிபத்திலேயே இருக்கலாம். ஒரு போதும் சிரமப்படாமல் இன்பத்திலேயே இருக்கலாம்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَأَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يُنَادِي مُنَادٍ: إِنَّ لَكُمْ أَنْ تَصِحُّوا فَلَا تَسْقَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَحْيَوْا فَلَا تَمُوتُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَشِبُّوا فَلَا تَهْرَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَنْعَمُوا فَلَا تَبْأَسُوا أَبَدًا» فَذَلِكَ قَوْلُهُ عَزَّ وَجَلَّ: {وَنُودُوا أَنْ تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنْتُمْ تَعْمَلُونَ} [الأعراف: 43].</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, அபூ ஸஈத் (ரலி) மற்றும் அபூ ஹுரைரா (ரலி) ஆகியோர் அறிவிக்கின்றார்கள்: ஓர் அழைப்பாளி (மறுமையில்) அழைத்து இவ்வாறு கூறுவார் : நீங்கள் ஒரு போதும் நோய்வாய்ப்படாமல் ஆரோக்கியமாக இருக்கலாம். நீங்கள் ஒரு போதும் மரணிக்காமல் உயிருடனே இருக்கலாம். நீங்கள் ஒருபோதும் முதுமையை அடையாமல் வாலிபத்திலேயே இருக்கலாம். ஒரு போதும் சிரமப்படாமல் இன்பத்திலேயே இருக்கலாம். அதைத் தான் இவ்வசனம் கூறுகின்றது : "நீங்கள் செய்து கொண்டிருந்த (நன்மையான) காரியங்களின் காரணமாகவே நீங்கள் இந்த சுவனபதியின் வாரிசுகளாக்கப்பட்டு இருக்கிறீர்கள்” என்று அழைக்கப்படுவார்கள்."(ஸூரத்துல் அஃராஃப் : 43)</t>
+  </si>
+  <si>
+    <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنه ينادي أهلَ الجنة مُنادٍ وهم فيها يتنعمون: إنّ لكم أنْ تَصحوا فلا تمرضوا في الجنة أبدًا مهما قَلَّ المرض، وإنَّ لكم أن تَحْيَوا فلا تموتوا فيها أبدًا ولو كان نومًا وهو موتة صغرى، وإن لكم أن تَشِبُّوا فلا تَشِيْخوا فيها أبدًا، وإن لكم أن تَنْعموا فلا تحزنوا أو تبْأسوا فيها أبدًا، فذلك قوله عز وجل: {ونُودُوا أنْ تلكم الجنة أورثتموها بما كنتم تعملون} [الأعراف: 43].</t>
+  </si>
+  <si>
+    <t>இங்கு நபியவர்கள், சுவனவாதிகள் சுவனத்தின் இன்பத்தில் இருந்துகொண்டிருக்கும் போது, ஒரு அழைப்பாளி அவர்களை அழைத்து இவ்வாறு கூறுவார் எனக் கூறுகின்றார்கள் : நீங்கள் இங்கு எந்த சிறிய நோயும் இல்லாமல் ஆரோக்கியமாக நிரந்தரமாக வாழலாம். நீங்கள், சிறிய மரணமாகிய, உறக்கம் கூட இல்லாமல் மரணமற்ற நிரந்தர வாழ்க்கை வாழலாம். நீங்கள் வயோதிபத்தை அடையாமல் நிரந்தரமாக வாலிபத்திலேயே இருக்கலாம். நீங்கள் கவலையும், சிரமமும் இல்லாமல் இன்பமாகவே வாழலாம். அதைத் தான் இவ்வசனம் கூறுகின்றது :  "நீங்கள் செய்து கொண்டிருந்த (நன்மையான) காரியங்களின் காரணமாகவே நீங்கள் இந்த சுவனபதியின் வாரிசுகளாக்கப்பட்டு இருக்கிறீர்கள்” என்று அழைக்கப்படுவார்கள்."(ஸூரத்துல் அஃராஃப் : 43)</t>
+  </si>
+  <si>
+    <t>أعظم مُضَيِّقات نعيم الحياة الدنيا مهما بَلَغَ صاحبُه من التَّرَف أربعة أمور: المرض، والموت، والهرم، والبؤس والحزن بسبب الخوف من العدو والفقر والحرب وغير ذلك، وأهل الجنة سالمون منها، فحصل لأهل الجنة النعيم الأكمل.
+اختلاف نعيم الجنة عما في الدنيا من النعيم؛ لأن نعيم الجنة لا خوف فيه، وأما نعيم الدنيا لا يدوم ويعتريه آلام وأسقام.
+الترغيب في العمل الصالح الذي يُتَوَصَّل به إلى نعيم الجنة.</t>
+  </si>
+  <si>
+    <t>உலக வாழ்வின் இன்பத்தை அனுபவிப்பவன் அதில் எவ்வளவு உச்சத்தில் இருந்தாலும், அதில் சிரமத்தை ஏற்படுத்தும் மிகப் பிரதானமான நான்கு அம்சங்கள் உண்டு: நோய், மரணம், முதுமை ஆகியவற்றுடன், எதிரிகள், வறுமை, யுத்தம் போன்வற்றினால் வரும் கவலைகளும், துன்பங்களுமே அந்த நான்குமாகும். சுவனவாதிகள் அதனை விட்டும் ஈடேற்றமாக இருப்பார்கள். எனவே, சுவனவாதிகளுக்கு பரிபூரணமான இன்பம் கிடைக்கும்.
+சுவன இன்பங்கள், இவ்வுலகில் உள்ள இன்பங்களை விட்டும் வேறுபட்டுள்ளமை. ஏனெனில் சுவன இன்பங்கள் பற்றி அஞ்சவேண்டியதில்லை. ஆனால், உலக இன்பங்கள் நிரந்தரமாக இருப்பதில்லை. இடைக்கிடையில் வலிகளும், நோய்களும் ஏற்படுகின்றன.
+சுவன இன்பங்களை அடையச் செய்யும் நற்காரியங்களில் ஈடுபட ஆர்வமூட்டல்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/8341</t>
   </si>
   <si>
     <t>إن أدنى مقعد أحدكم من الجنة أن يقول له: تمن، فيتمنى ويتمنى فيقول له: هل تمنيت؟ فيقول: نعم، فيقول له: فإن لك ما تمنيت ومثله معه</t>
   </si>
   <si>
     <t>சுவர்க்கத்தில் உங்களில் ஒருவரின் ஆகக் குறைந்த இடம் யாதெனில்,அல்லாஹ் அவனிடம் உனக்கு எவ்வளவு இடம் வேண்டுமென விரும்புகிறாய்? என்பான்.அவன் விரும்பிய பின்,அவனிடம் அல்லாஹ் நீ விரும்பினாயா?என்று கேட்பான்.அதற்கு அவன் ஆம் என்று கூறியதும், அல்லாஹ் நீ விரும்பியதும் அது போன்றதும் உனக்குரியது என்று கூறுவான்.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «إنَّ أدنى مَقْعَدِ أحدِكم من الجنة أن يقول له: تَمَنَّ، فيتمنَّى ويتمنَّى فيقول له: هل تمنَّيتَ؟ فيقول: نعم، فيقول له: فإن لك ما تمنَّيتَ ومثله معه».</t>
   </si>
   <si>
     <t>சுவர்க்கத்தில் உங்களில் ஒருவரின் ஆகக் குறைந்த இடம் யாதெனில்,அல்லாஹ் அவனிடம் உனக்கு எவ்வளவு இடம் வேண்டுமென விரும்புகிறாய்? என்பான்.அவன் விரும்பிய பின்,அவனிடம் அல்லாஹ் நீ விரும்பினாயா?என்று கேட்பான்.அதற்கு அவன் ஆம் என்று கூறியதும், அல்லாஹ் நீ விரும்பியதும் அது போன்றதும் உனக்குரியது என்று கூறுவான்.என்று ரஸூல் (ஸல்) அவர்கள் கூறினார்கள் என அபூ ஹுரைரைரா (ரழி) அவர்கள் அறிவித்தார்கள்.</t>
   </si>
   <si>
     <t>إن أقل أهل الجنة ملكًا وأنزلهم مرتبة مَن ينال أمانيه كلها بحيث لا تبقى له أمنية إلا تحققت، حيث يقول الله له: «تمن» فيتمنى ما يشاء، حتى إذا تمنى جميع أمانيه، قال الله تعالى له: «فإن لك ما تمنيت ومثله معه» زيادة وفضلًا وإكرامًا من الله تعالى .</t>
   </si>
   <si>
     <t>ஹதீஸ் விளக்கம்:சுவர்க்க வாசிகளில் குறைந்த இடமும் அந்தஸ்தும் உடையவர் யாரெனில்,தான் விரும்பிய இடத்தின் அளவில் எந்தக் குறைவுமில்லாமல் அதனை அடைந்து கொள்வதாகும்.அதாவது அல்லாஹ் அவனிடம் கூறிய பிரகாரம் அவன் தான் விரும்பிய அளவு நினைத்துப் பார்ப்பான்.அவன் அப்படி நினைத்து முடிந்ததும்,அவனிடம் அல்லாஹ் நீ நினைத்ததும் இன்னும் அது போன்று இன்னொரு அளவு அதிகமானதும் உனக்குரியதுதான்.என்று கூறுவான்.இது அல்லாஹ் அவனுக்குத் தரும் மேலதிகக் கொடையும்,கண்ணியமுமாகும்.</t>
   </si>
   <si>
     <t>أن الله تعالى يعطي عباده في الجنة ما يتمنون، ويزيدهم من فضله.
 إثبات صفة الكلام لله -تعالى-.
 منازل أهل الجنة متفاوتة الدرجات.
 أدنى أهل الجنة منزلة له أضعاف مُلك ملوك الدنيا.
 بيان عظم كرم الله - سبحانه وتعالى-، وأن خزائنه ملأى لا تنفذ.
 لا ينحصر نعيم الجنة على شيء معين، بل يجد فيها المؤمن كل ما يتمناه وتشتهيه نفسه فضلا وجودا وكرما من عند الله - تعالى-.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/8342</t>
   </si>
   <si>
+    <t>إن الله تبارك وتعالى يقول لأهل الجنة: يا أهل الجنة؟ فيقولون: لبيك ربنا وسعديك، فيقول: هل رضيتم؟ فيقولون: وما لنا لا نرضى وقد أعطيتنا ما لم تعط أحدا من خلقك؟</t>
+  </si>
+  <si>
+    <t>அல்லாஹ் (மறுமையில்) சொர்க்க வாசிகளை நோக்கி, 'சொர்க்கவாசிகளே!' என்று அழைப்பான். அதற்கு அவர்கள் 'எங்கள் இரட்சகனே! இதோ கீழ்ப்படியக் காத்திருக்கிறோம்' என்று பதிலளிப்பார்கள். அப்போது அல்லாஹ் 'திருப்தி அடைந்தீர்களா?' என்று கேட்பான். அதற்கு அவர்கள் 'உன் படைப்புகளில் யாருக்கும் நீ வழங்கியிராத (அருட்செல்வங்கள், இன்பங்கள் ஆகிய)வற்றை எங்களுக்கு நீ வழங்கியுள்ளபோது நாங்கள் திருப்தி அடையாமல் இருப்போமா?'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟ فَيَقُولُ: أَنَا أُعْطِيكُمْ أَفْضَلَ مِنْ ذَلِكَ، قَالُوا: يَا رَبِّ، وَأَيُّ شَيْءٍ أَفْضَلُ مِنْ ذَلِكَ؟ فَيَقُولُ: أُحِلُّ عَلَيْكُمْ رِضْوَانِي، فَلاَ أَسْخَطُ عَلَيْكُمْ بَعْدَهُ أَبَدًا».</t>
+  </si>
+  <si>
+    <t>இறைத்தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஸஈத் அல்குத்ரீ ரழியல்லாஹு அன்ஹு கூறினார்: அல்லாஹ் (மறுமையில்) சொர்க்க வாசிகளை நோக்கி, 'சொர்க்கவாசிகளே!' என்று அழைப்பான். அதற்கு அவர்கள் 'எங்கள் இரட்சகனே! இதோ கீழ்ப்படியக் காத்திருக்கிறோம்' என்று பதிலளிப்பார்கள். அப்போது அல்லாஹ் 'திருப்தி அடைந்தீர்களா?' என்று கேட்பான். அதற்கு அவர்கள் 'உன் படைப்புகளில் யாருக்கும் நீ வழங்கியிராத (அருட்செல்வங்கள், இன்பங்கள் ஆகிய)வற்றை எங்களுக்கு நீ வழங்கியுள்ளபோது நாங்கள் திருப்தி அடையாமல் இருப்போமா?' என்று கூறுவார்கள். அப்போது அல்லாஹ் 'அதை விடவும் சிறந்த ஒன்றை உங்களுக்கு நான் வழங்கப் போகிறேன்' என்பான். அவர்கள் 'அதிபதியே! அதைவிடச் சிறந்தது எது?' என்று கேட்பார்கள். அதற்கு அல்லாஹ் 'உங்கள்மீது என் அன்பை அருளுகிறேன். இனி ஒருபோதும் உங்கள்மீது கோபப்பட மாட்டேன்' என்று கூறுவான்.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول لأهل الجنة وهم فيها: يا أهلَ الجنة، فيردُّون عليه قائلين: لبيك ربَّنا وسعديك، 
+فيقول لهم: هل رضيتم؟ فيقولون: نعم رضينا؛ وما لنا لا نرضى وقد أعطيتنا ما لم تُعطِ أحدًا من خلقك! 
+فيقول سبحانه: ألا أعطيكم أفضل من ذلك؟ 
+قالوا: يا رب، وأي شيء أفضل من ذلك؟! 
+فيقول: أنزل عليكم دوام رضواني؛ ولا أغضب عليكم بعده أبدًا.</t>
+  </si>
+  <si>
+    <t>மறுமையில் அல்லாஹ் சுவர்க்கவாசிகளைப் பார்த்து, சுவர்க்கவாசிகளே! என்று விழித்துப் பேசுவதாக இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள். அப்போது அவர்கள் எமது இரட்சகனே உமக்கு அடிபணிந்து உமது உதவியை நாடி நிற்கிறோம் என்று பதில் கூறுவார்கள். அப்போது அல்லாஹ் நீங்கள் திருப்தியுடன் இருக்கிறீர்களா? என்று கேட்க அதற்கவர்கள் ஆம்' நாம் திருப்தியுடன் உள்ளோம். என்று கூறுதுடன் உனது படைப்புகளில் எவருக்கும் கொடுக்காததை எமக்குக் கொடுத்திருக்கும் போது நாம் திருப்தியடையாமல் இருக்க எமக்கு என்ன நேர்ந்து விட்டது!? என்றும் கூறுவார்கள். அதனைத்தொடர்ந்து அல்லாஹ் அவர்களிடம் இதனை விடவும் மிகவும் சிற்புக்குரிய ஒன்றை தரட்டுமா? என்று கேட்பான். அதற்கு அவர்கள் இரட்சகனே! இதனைவிடவும் மிகவும் சிறப்புக்குரியது எது ? என்று அவர்கள் ஆச்சரியமாக கேட்பார்கள். அதற்கு அல்லாஹ் 'உங்கள்மீது என் நிலையான கருணையை அருளுகிறேன். இனி ஒருபோதும் உங்கள்மீது கோபப்பட மாட்டேன்' என்று கூறுவான்.</t>
+  </si>
+  <si>
+    <t>كلام الله عز وجل مع أهل الجنة.
+البشارة من الله لأهل الجنة برضاه عنهم، وإحلال رضوانه عليهم وعدم سخطه أبدًا.
+رضا كل من في الجنة بحاله مع اختلاف منازلهم وتنويع درجاتهم؛ لأن الكل أجابوا بلفظ واحد وهو: "أعطيتنا ما لم تعط أحدًا من خلقك".</t>
+  </si>
+  <si>
+    <t>சுவர்க்க வாசிகளுடன் அல்லாஹ் பேசுகின்றமை.
+அல்லாஹ் சொர்க்கவாசிகளைப் பற்றி திருப்தி அடைந்து, அவர்களுக்குத் தன் மகிழ்ச்சியை அளித்து, மீண்டும் ஒருபோதும் அவர்கள் மீது கோபப்பட மாட்டான் என்ற நற்செய்தி குறிப்பிடப்பட்டுள்ளமை.
+சொர்க்கவாசிகளின் பதவிகளிலும் அந்தஸ்துகளில் தர வேறுபாடுகள் இருப்பினும், அவர்கள் அனைவரும் தங்களுக்குக் கொடுக்கப்பட்டதில் முழுமையாகத் திருப்தி அடைவார்கள். இதனால் அவர்கள் அனைவரும் ஒரே வார்த்தையில் : இறைவா உனது படைப்புகளில் எவருக்கும் கொடுக்காததை எமக்கு தந்தாய் என்று கூறுவார்கள்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/8343</t>
+  </si>
+  <si>
+    <t>إذا دخل أهل الجنة الجنة، قال: يقول الله تبارك وتعالى: تريدون شيئا أزيدكم؟</t>
+  </si>
+  <si>
+    <t>சுவனவாதிகள் சுவனத்தில் நுழைந்த பின் அல்லாஹ் தஆலா, 'நான் உங்களுக்கு மேலதிகமாக ஒரு விடயத்தைத் தருவதை விரும்புகின்றீர்களா?' என்று கேட்பான்</t>
+  </si>
+  <si>
+    <t>عَنْ صُهَيْبٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَهْلُ الْجَنَّةِ الْجَنَّةَ، قَالَ: يَقُولُ اللهُ تَبَارَكَ وَتَعَالَى: تُرِيدُونَ شَيْئًا أَزِيدُكُمْ؟ فَيَقُولُونَ: أَلَمْ تُبَيِّضْ وُجُوهَنَا؟ أَلَمْ تُدْخِلْنَا الْجَنَّةَ، وَتُنَجِّنَا مِنَ النَّارِ؟ قَالَ: فَيَكْشِفُ الْحِجَابَ، فَمَا أُعْطُوا شَيْئًا أَحَبَّ إِلَيْهِمْ مِنَ النَّظَرِ إِلَى رَبِّهِمْ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, ஸுஹைப் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : சுவனவாதிகள் சுவனத்தில் நுழைந்த பின் அல்லாஹ் தஆலா, 'நான் உங்களுக்கு மேலதிகமாக ஒரு விடயத்தைத் தருவதை விரும்புகின்றீர்களா?' என்று கேட்பான். அப்போது அவர்கள், 'நீ எங்களது முகங்களை பிரகாசமாக்கவில்லையா? எங்களை நரகில் இருந்து பாதுகாத்து, சுவனத்தில் நுழையச் செய்யவில்லையா?' என்று கேட்பார்கள். அப்போது அல்லாஹ் திரையை நீக்குவான். அவர்களுக்கு அல்லாஹ்வைப் பார்ப்பதை விட, விருப்பமான வேறொன்றும் வழங்கப்பட்டிருக்கமாட்டாது.</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه إذا دَخَلَ أهلُ الجَنةِ الجنةَ، يقول الله تبارك وتعالى لهم: 
+هل تُريدون شيئًا أَزِيْدُكم؟ 
+فيقول أهلُ الجنة كلُّهم: ألم تُبَيِّضْ وجوهَنا؟ ألم تدخلنا الجنة، وتنجِنا من النار؟ 
+فيُزيلُ الله الحِجَابَ ويَرفعه؛ وحِجَابُه النُّور، فما أُعْطوا شيئًا أحبَّ إليهم من النَّظَر إلى ربِّهم عز وجل.</t>
+  </si>
+  <si>
+    <t>சுவனவாதிகள் சுவனத்தில் நுழைந்துவிட்டால், அல்லாஹ் பின்வருமாறு கூறுவதாக நபியவர்கள் அறிவிக்கின்றார்கள் :
+நான் உங்களுக்கு ஏதாவது அதிகமாகத் தருவதை விரும்புகின்றீர்களா?
+அப்போது சுவனவாதிகள் அனைவரும், 'நீ எங்கள் முகங்களைப் பிரகாசமாக்கவில்லையா? எங்களை நரகில் இருந்து பாதுகாத்து, சுவனத்தில் நுழையச் செய்யவில்லையா?' என்று கேட்பார்கள்.
+அப்போது அல்லாஹ் திரையை நீக்குவான். அவனது திரை ஒளியாகும்.  சுவனவாதிகளுக்கு தமது ரப்பைப் பார்ப்பதை விட வேறு விருப்பமான ஒன்றுமே வழங்கப்பட்டிருக்கமாட்டாது.</t>
+  </si>
+  <si>
+    <t>كَشْفُ الحِجاب عن أهلِ الجَنة فيَرَون ربَّهم، وأما الكفار؛ فمَحْرُومون منها.
+أعظمُ نعيم الجنة رؤيةُ المؤمنين لربهم.
+كلُّ أهل الجنة مهما اختلفت منازلُهم سيرون ربَّهم جل وعلا.
+فضل الله على المؤمنين بإدخالهم الجنة.
+أهمية المسارعة إلى الجنة بالأعمال الصالحة وطاعة الله تعالى ورسوله صلى الله عليه وسلم.</t>
+  </si>
+  <si>
+    <t>சுவனவாதிகளுக்காக திரை நீக்கப்பட்டதும் அவர்கள் தமது ரப்பைப் பார்ப்பார்கள். ஆனால், நிராகரிப்பாளர்கள் அந்தப் பாக்கியத்தை விட்டும் தடுக்கப்படுவார்கள்.
+சுவனத்தின் இன்பங்களில் மிக மகத்தானது, முஃமின்கள் தமது ரப்பைப் பார்ப்பதாகும்.
+சுவனவாதிகள் அனைவரும் - அவர்களது அந்தஸ்த்துக்கள் வேறுபட்டாலும் - தமது ரப்பைப் பார்ப்பார்கள்.
+அல்லாஹ் விசுவாசிகளை சுவனத்தில் நுழையச் செய்து, அவர்களுக்குப் பேருபகாரம் புரிந்துள்ளமை.
+நல் அமல்களைக் கொண்டும், அல்லாஹ்வுக்கும் அவனது தூதருக்கும் வழிப்படுவது கொண்டும் சுவனத்தை நோக்கி விரைவதன் முக்கியத்துவம்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/8344</t>
+  </si>
+  <si>
     <t>إن في الجنة شجرة يسير الراكب الجواد المضمر السريع مائة سنة ما يقطعها</t>
   </si>
   <si>
     <t>சுவர்க்த்தில் ஒரு மரம் உள்ளது, அதன் (அதன் நிழலில்) வேகமாக செல்லும் கட்டான உடலுள்ள உயர் ரகக் குதிரை நூறாண்டுகள் பயணித்தாலும் அதைக் கடக்க முடியாது.</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إن في الجنة شجرة يسير الراكب الْجَوَادَ الْمُضَمَّرَ السريع مائة سنة ما يقطعها».
 وروياه في الصحيحين أيضًا من رواية أبي هريرة رضي الله عنه قال: «يسير الراكب في ظلها مئة سنة ما يقطعها».</t>
   </si>
   <si>
     <t>சுவர்க்த்தில் ஒரு மரம் உள்ளது. அதன் (அதன் நிழலில்) வேகமாக ஓடும் கட்டான உடலுள்ள உயர் ரகக் குதிரை நூறு ஆண்டுகள் பயணித்தாலும் அதனை கடக்க முடியாது என அபூ ஸஈத் அல் குத்ரி ரழி அவர்கள் அறிவிக்கிறார்கள் ஸஹீஹுல் புஹாரி மற்றும் ஸஹீஹூல் முஸ்லிமில் இடம் பெற்றிருக்கும் அபூ ஹுரைரா ரழி அவர்களின் அறிவிப்பில் அதன் நிழலில் பயணிப்பவர் நூறு வருடங்கள் பயணித்தாலும் அதைக் கடந்து செல்ல முடியாது என பதிவாகியுள்ளது.</t>
   </si>
   <si>
     <t>يبين الحديث سعة الجنة وما فيها من نعيم كبير، ففيه وصف لأشجار الجنة وظلالها، وأن الراكب للفرس القوي في الجري ما يصل إلى نهايتها لعظمها، وهذا فضل عظيم أعده الله لعباده المتقين.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸ் சுவர்க்கத்தின் ஞாபகத்தையும், சுவர்க்க வாசிகள் அனுபவிக்கும் பேரின்பம் குறித்தும் தெளிவு படுத்துகிறது.அத்துடன் சுவர்கத்தில் உள்ள மரங்கள், அதன் நிழல் குறித்த வர்ணனைகள் பற்றிய விஷயங்களையும் கொண்டுள்ளதுடன், குதிரையில் பயணிப்பவர் அம்மரத்தின் பிரமாண்டத்தினால் அதன் முடிவை அடைய முடியாமல் போவது தனது பயபக்திமிக்க அடியார்களுக்கு அல்லாஹ் தயார்படுத்தி வைத்துள்ள மிகப் பெறும் சிறப்பாக உள்ளது.</t>
   </si>
   <si>
     <t>بيان عظم أشجار الجنة وظلالها، مما يدل على قدرته وعلى فضله على عباده المتقين، حيث أورثهم دار الكرامة يتنعمون بما فيها من نعيم وأشجار وظل ممدود.
 بيان سعة الجنة.
 وجود الجنة التي خلقها الله -تعالى- لتكون دار النعيم لأوليائه.</t>
   </si>
   <si>
     <t>حديث أبي سعيد: متفق عليه.
@@ -11167,50 +15240,267 @@
   </si>
   <si>
     <t>إن أهل الجنة ليتراءون أهل الغرف من فوقهم كما تراءون الكوكب الدري الغابر في الأفق من المشرق أو المغرب لتفاضل ما بينهم</t>
   </si>
   <si>
     <t>சொர்க்கவாசிகள் தங்களுக்கு மேலேயுள்ள சிறப்பு அறைகளில் வசிப்பவர்களை அடிவானில் கிழக்கிலிருந்தோ மேற்கிலிருந்தோ பயணிக்கின்ற ஒளி வீசும் நட்சத்திரத்தைப் பார்ப்பதை போன்று பார்ப்பார்கள். அந்தஸ்தில் தமக்கும் அவர்களுக்குமிடையேயுள்ள ஏற்றத்தாழ்வின் காரணமாக அவ்வாறு பார்ப்பார்கள்.</t>
   </si>
   <si>
     <t>عن أبي سعيد رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إن أهل الجنة ليَتَراءَوْنَ أهل الغرف من فوقهم كما تَراءَوْنَ الكوكب الدري الغابر في الأفق من المشرق أو المغرب لِتفَاضُلِ ما بينهم» قالوا: يا رسول الله؛ تلك منازل الأنبياء لا يبلغها غيرهم قال: «بلى والذي نفسي بيده، رجال آمنوا بالله وصدقوا المرسلين».</t>
   </si>
   <si>
     <t>சொர்க்கவாசிகள் தங்களுக்கு மேலேயுள்ள சிறப்பு அறைகளில் வசிப்பவர்களை அடிவானில் கிழக்கிலிருந்தோ மேற்கிலிருந்தோ பயணிக்கின்ற ஒளி வீசும் நட்சத்திரத்தைப் பார்ப்பதை போன்று பார்ப்பார்கள். அந்தஸ்தில் தமக்கும் அவர்களுக்குமிடையேயுள்ள ஏற்றத்தாழ்வின் காரணமாக அவ்வாறு பார்ப்பார்கள் என நபி (ஸல்) அவர்கள் கூறினார்கள் இதைக் கேட்ட நபித் தோழர்கள்,"அல்லாஹ்வின் தூதரே அவை நபிமார்கள் தங்குமிடங்களா? அவற்றை மற்றவர்கள் அடைய முடியாதல்லாவா?" என்று கேட்டனர் அதற்கு நபி (ஸல்) அவர்கள்,"இல்லை, என் உயிரை தன் கையில் வைத்திருப்பவன் மீது ஆணையாக அங்கே தங்குபவர்கள் அல்லாஹ்வின் மீது உறுதியான நம்பிக்கை கொண்டு இறைத் தூதர்களை உண்மையாளர்கள் என ஏற்றுக் கொண்டவர்களே ஆவார்கள்" எனபதிலளித்தார்</t>
   </si>
   <si>
     <t>أهل الجنة تتفاوت منازلهم بحسب درجاتهم في الفضل، حتى إن أهل الدرجات العلى ليراهم من هو أسفل منهم كالنجوم.</t>
   </si>
   <si>
     <t>சொர்க்கவாசிகள் அவர்கள் பெற்றிருக்கும் சிறப்பின் தரங்களுக்கேற்ப அவர்களின் தங்குமிடங்கள் வித்தியாசப்படும். அதாவது அவர்களின் உயர்தரங்களில் உள்ளோர் அவர்களை விட தராதரங்களில் குறைந்தவர்களை காணும் போது அவர்கள் நட்சத்திரங்களை போன்று இருப்பர்.</t>
   </si>
   <si>
     <t>أهل الجنة متفاوتو المنازل بحسب درجاتهم في العمل والفضل.
 من صدق المرسلين وآمن بهم يبلغ منازلهم.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/8351</t>
+  </si>
+  <si>
+    <t>هو الطهور ماؤه، الحل ميتته</t>
+  </si>
+  <si>
+    <t>'அதன் நீர் பரிசுத்தமானது, அதில் இறப்பவைகளும் ஹலாலானவையே' என்று கூறினார்கள்</t>
+  </si>
+  <si>
+    <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَأَلَ رَجُلٌ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّا نَرْكَبُ البَحْرَ، وَنَحْمِلُ مَعَنَا القَلِيلَ مِنَ الْمَاءِ، فَإِنْ تَوَضَّأْنَا بِهِ عَطِشْنَا، أَفَنَتَوَضَّأُ مِنَ الْبَحْرِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «هُوَ الطَّهُورُ مَاؤُهُ، الحِلُّ مَيْتَتُهُ».</t>
+  </si>
+  <si>
+    <t>அபூ ஹுரைரா (ரலி) அவர்கள் கூறுகின்றார்கள் : ஒரு மனிதர், நபி (ஸல்) அவர்களிடம் 'அல்லாஹ்வுடைய தூதரே! நாம் கடல் பயணம் செய்கின்றோம். அப்போது, எம்முடன் சொற்பமான அளவு நீரையே சுமந்து செல்கின்றோம். அதைக் கொண்டு நாம் வுழூ செய்துவிட்டால், தாகித்துவிடுவோம். கடல் நீரால் நாம் வுழூ செய்யலாமா?' என்று கேட்டார். அப்போது நபியவர்கள், 'அதன் நீர் பரிசுத்தமானது, அதில் இறப்பவைகளும் ஹலாலானவையே' என்று கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>سَألَ رَجلٌ النبي صلى الله عليه وسلم فقال: إنا نَركَب السُّفُنَ في البحر للصيد أو التجارة وما شابه ذلك، ونَحمِل معَنا القليلَ من الماء الصالح للشُّرْب، فإن استعملنا ماءَ الشرب للوضوء والغسل نَفِدَ ولم نَجِدَ ما نَشْرَبُه، فهل يَجوز لنا أنْ نتوضأ من ماء البحر؟ 
+فقال صلى الله عليه وسلم عن ماء البحر: ماؤه طَاهِرٌ مُطَهِّر؛ يجوز الوضوء منه والاغتسال به، وحلالٌ أَكْل ما يَخرج منه من أسماك وحِيْتان وغيرِها، ولو وُجِدَت ميتةً قد طَفَتْ على ظهره من غير صيد.</t>
+  </si>
+  <si>
+    <t>ஒரு மனிதர் நபியவர்களிடம் வந்து, நாம் மீன் பிடித்தல், வியாபாரம் போன்ற நோக்கங்களுக்காக கப்பல்களில் பயணம் செய்கின்றோம். அப்போது நாம் குடிப்பதற்குப் பொருத்தமான சொற்ப அளவு நீரையே கொண்டு செல்கின்றோம். குடிப்பதற்கான நீரை, வுழூ செய்வதற்கும், குளிப்பதற்கும் பயன்படுத்தினால், அது தீர்ந்து விடும். குடிப்பதற்கு எமக்கு நீர் இருக்கமாட்டாது. எனவே, கடல் நீரில் இருந்து நாம் வுழூ செய்யலாமா? என்று கேட்டார்.
+அப்போது நபியவர்கள், கடல் நீரைப் பற்றி, 'அதன் நீர் சுத்தமானது, மேலும், சுத்தப்படுத்தக் கூடியது. அதைக் கொண்டு வுழு செய்யவும், குளிக்கவும் செய்யலாம். அதிலிருந்து வெளிப்படும் மீன்கள் போன்றவற்றை சாப்பிடலாம். அவை வேட்டையாடப்படாமல், இறந்த நிலையில், நீரின் மேல் மிதந்துகொண்டிருந்தாலும் சரியே!</t>
+  </si>
+  <si>
+    <t>مَيتةُ حيوان البحر حلال، والمراد بميتته: ما مات فيه من دَوَابِّه مما لا يعيش إلا فيه.
+إجابة السائل بأكثر مما سأل تتميمًا للفائدة.
+الماء إذا تَغَيَّرَ طَعْمُه أو لونُه أو ريحُه بشيء طاهر، فهو باقٍ على طُهُوْرِيَّتِه ما دام ماءً باقيًا على حقيقتِه، ولو اشتدَّت مُلُوْحَتُهُ أو حرارتُه أو بُرودتُه ونحوُها.
+ماء البحر يَرفَع الحَدَثَ الأكبرَ والأصغر، ويُزِيْل النجاسة الطارئة على  طاهر، مِن بَدَنٍ، أو ثَوب، أو غير ذلك.</t>
+  </si>
+  <si>
+    <t>இறந்த கடல் மிருகங்கள் ஹலாலாகும். அதாவது, கடலில் மாத்திரம் வாழந்து இறந்தவையே இங்கு நாடப்படுகின்றது.
+மேலதிக தகவல்களை வழங்கும் நோக்கில், கேட்பவருக்கு, அவர் கேட்டதை விட அதிகமான பதில்களை வழங்குதல்.
+நீரின் சுவையோ, நிறமோ, வாடையோ சுத்தமான ஒன்றைக் கொண்டு மாற்றமடைந்தாலும், அது அதன் யதார்த்த நிலையில் இருக்கும் போதெல்லாம், தொடர்ந்து சுத்தமாகவே இருக்கும். அது கடும் உவர்ப்பு நிலையிலோ, சூட்டு நிலையிலோ, குளிர் நிலையிலோ இருந்தாலும் சரியே!
+கடல் நீர் சிறிய, பெரிய தொடக்குகளை நீக்கும். சுத்தமான உடல், ஆடை போன்றவற்றில் படும் அசுத்தங்களையும் நீக்கும்.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[இமாம்களான அபூதாவூத், திர்மிதீ, நஸாஈ, இப்னுமாஜ, அஹ்மத் ஆகியோர் இதை பதிவு செய்துள்ளார்கள்]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/8355</t>
+  </si>
+  <si>
+    <t>إذا كان الماء قلتين لم يحمل الخبث</t>
+  </si>
+  <si>
+    <t>'நீர் 'குல்லதைன்' அளவை எட்டிவிட்டால், அது அழுக்குகளை சுமக்கமாட்டாது.'</t>
+  </si>
+  <si>
+    <t>عَن عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سُئِلَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْمَاءِ وَمَا يَنُوبُهُ مِنَ الدَّوَابِّ وَالسِّبَاعِ، فَقَالَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ».</t>
+  </si>
+  <si>
+    <t>அப்துல்லாஹ் இப்னு உமர் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : நபி (ஸல்) அவர்களிடம் நீரைப் பற்றியும், அவற்றில் பிராணிகளும், மிருகங்களும் நீர் அருந்திவிட்டுச் செல்வது பற்றியும் கேட்கப்பட்டது. அப்போது நபியவர்கள், பின்வருமாறு கூறினார்கள் : 'நீர் 'குல்லதைன்' அளவை எட்டிவிட்டால், அது அழுக்குகளை சுமக்கமாட்டாது.'</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن حُكْمِ طَهارة الماء الذي تَرْتَادُه الحيواناتُ والسِّبَاعُ للشُّرْب ونحوِه، فقال صلى الله عليه وسلم: بأنَّ الماء إذا بَلَغَ كَيْلُهُ جَرَّتَيْن كَبِيْرَتَيْن، وهي تَعْدِل: (210) لترًا فإنه ماءٌ كثيرٌ لا يَنْجُس؛ إلا إذا تَغَيَّرَت إحدى أوصافِه الثلاثة لونه أو طعمه أو ريحه بنجاسة.</t>
+  </si>
+  <si>
+    <t>விலங்குகளும், மிருகங்களும் அருந்திவிட்டுச் செல்லும் நீரின் சுத்தநிலை பற்றி நபியவர்களிடம் கேட்கப்பட்டது. அப்போது நபியவர்கள், 'அதன் கொள்ளளவு, இரு பீப்பாய்கள், அதாவது, 210 லீட்டர்கள் அளவு இருந்தால், அது அதிகமான நீராகும். அது அசுத்தமாகமாட்டாது. ஏதாவது ஒரு அசுத்ததைக் கொண்டு, அதனுடைய நிறம் அல்லது வாடை அல்லது சுவை ஆகிய தன்மைகள் மாற்றமடைந்தாலே தவிர.</t>
+  </si>
+  <si>
+    <t>الماء يَنْجُسُ إذا تَغَيَّر أحد أوصافه الثلاثة بالنجاسة، لونه، أو طعمه، أو ريحه، والحديث خَرَجَ مَخْرَجَ الغَالِب، لا على التحديد.
+أجمع العلماءُ على أنَّ الماءَ إذا غَيَّرَتْه النجاسةُ نَجُسَ مطلقًا، سواء أكان قليلًا أم كثيرًا.</t>
+  </si>
+  <si>
+    <t>பொதுவாக நீர், அதன் தன்மைகளான நிறம், சுவை மற்றும் வாடை ஆகியவற்றில் ஒன்று, ஒரு அசுத்தத்தின் மூலம் மாற்றமடைவது கொண்டு அசுத்தமாகிவிடும். இந்த ஹதீஸ் பெரும்பான்மை நிலையின் அடிப்படையில் கூறப்பட்டதே அன்றி, அளவீட்டை வரையறுக்கும் விதத்தில் கூறப்படவில்லை.
+அசுத்தமான ஒன்று நீரை மாற்றிவிட்டால், அந்த நீர் அதிகமாகவோ, குறைவாகவோ இருந்தாலும் அது பொதுவாகவே அசுத்தமடைந்துவிடும் என்பது அறிஞர்களின் ஏகோபித்த கருத்தாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/8357</t>
+  </si>
+  <si>
+    <t>إذا استيقظ أحدكم من منامه فليستنثر ثلاث مرات، فإن الشيطان يبيت على خياشيمه</t>
+  </si>
+  <si>
+    <t>உங்களில் ஒருவர் தனது உறக்கத்தில் இருந்து விழித்து எழுந்தால், மூன்று தடவை மூக்கை சீறிவிடட்டும். ஏனெனில் ஷைத்தான் அவரது மூக்கினுள் இரவில் தரிக்கின்றான்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ مَنَامِهِ فَلْيَسْتَنْثِرْ ثَلَاثَ مَرَّاتٍ، فَإِنَّ الشَّيْطَانَ يَبِيتُ عَلَى خَيَاشِيمِهِ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, அபூ ஹுரைரா (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : உங்களில் ஒருவர் தனது உறக்கத்தில் இருந்து விழித்து எழுந்தால், மூன்று தடவை மூக்கை சீறிவிடட்டும். ஏனெனில் ஷைத்தான் அவரது மூக்கினுள் இரவில் தரிக்கின்றான்.</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم مَن استيقظ مِن مَنامِه أن يَستنثر ثلاث مرات؛ والاستنثار هو إخراج الماء من الأنف بعد إدخاله، وذلك لأن الشيطان يَبيت على الخيشوم -وهو الأنف كلُّه-.</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள், தூங்கியெழும்புபவர் மூன்று தடவை, மூக்கினுள் நீரை செலுத்தி சீறிவிடுமாறு ஏவுகின்றார்கள். ஏனெனில் ஷைத்தான் மூக்கினுள் இரவுத் தரிக்கின்றான்.</t>
+  </si>
+  <si>
+    <t>يُشرع لكلِّ مَن استيقظ مِن النوم أنْ يستنثر إزالةً لأثر الشيطان من أنفه، وإذا كان سيتوضأ، فالأمر بالاستنثار حينئذ آكد.
+الاستنثار من تمام فائدة الاستنشاق؛ لأن الاستنشاق تنظيف داخل الأنف، والاستنثار يُخرِج ذلك الوَسَخَ مع الماء.
+تَقْيِيْدُه بنوم الليل، أخذًا مِن لفظ "يَبيت"؛ فإنّ البيتوتةَ لا تكون إلا من نوم الليل، ولأنه مَظِنَّة الطول والاستغراق.
+في الحديث دليلٌ على مُلابَسَةِ الشيطان للإنسان وهو لا يَشْعُرُ بذلك.</t>
+  </si>
+  <si>
+    <t>உறக்கத்தில் இருந்து எழும்பும் ஒவ்வொருவரும், தமது மூக்கில் இருந்து ஷைத்தானின் தாக்கத்தை நீக்கும் நோக்கில், மூக்கை சீறிவிடுவது முக்கியமாகும். அவர் வுழூ செய்வதாக இருந்தால், அவ்வாறு சீறிவிடுவது மேலும் முக்கியத்துவம் பெறுகின்றது.
+மூக்கை சீறிவிடுவதென்பது, மூக்கினுள் நீர் செலுத்தி சுத்தம் செய்வதன் (இஸ்தின்ஷாக்) பலனை முழுமையாகப் பெற்றுத் தரக்கூடியதாகும். ஏனெனில், இஸ்தின்ஷாக் என்பது, மூக்கினுள் சுத்தம் செய்வதாகும். சீறிவிடுவது, அந்த அழுக்கை நீருடன் சேர்த்து வெளியேற்றிவிடும்.
+இரவு உறக்கத்துடன் இது இணைக்கப்பட்டிருப்பதற்பது, 'யபீது' என்ற சொல்லின் காரணமாகும். ஏனெனில், 'யபீது' என்பது இரவில் உறங்குவதையே குறிக்கும். பெரும்பாலும் இரவு உறக்கமே ஆழ்ந்த, நீண்டநேர உறக்கமாக இருக்கும்.
+மனிதன் அறியாமலேயே, ஷைத்தான் அவனுள் தாக்கம் செலுத்துகின்றான் என்பதற்கு இந்த ஹதீஸ் ஆதாரமாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/8377</t>
+  </si>
+  <si>
+    <t>كان النبي صلى الله عليه وسلم يغسل، أو كان يغتسل، بالصاع إلى خمسة أمداد، ويتوضأ بالمد</t>
+  </si>
+  <si>
+    <t>'நபி ஸல்லலாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு 'ஸாஉ' முதல் ஐந்து 'முத்'து வரையிலான தண்ணீரில் குளிப்பார்கள்; ஒரு 'முத்'து அளவுத் தண்ணீரில் வுழுச் செய்வார்கள்.'</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ.</t>
+  </si>
+  <si>
+    <t>அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'நபி ஸல்லலாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு 'ஸாஉ' முதல் ஐந்து 'முத்'து வரையிலான தண்ணீரில் குளிப்பார்கள்; ஒரு 'முத்'து அளவுத் தண்ணீரில் வுழுச் செய்வார்கள்.'</t>
+  </si>
+  <si>
+    <t>كان النبي صلى الله عليه وسلم يغتسل من الجنابة بالصاع إلى خمسة أمداد، ويتوضأ بالمد. والصاع: أربعة أمداد، والمد: مِقْدار ملء كفَّي إنسانٍ مُعتدلِ الخِلْقة.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஒரு ஸாஅ' முதல் ஐந்து முத் வரையிலான தண்ணீரைக் கொண்டு ஜனாபத்திலிருந்து தூய்மைபெற பயன்படுத்துபவர்களாக இருந்தார்கள். அதே வேளை அவர்கள் ஒரு முத் தண்ணீரைக் கொண்டு வுழுச் செய்வார்கள். ஒரு ஸாஃ' என்பது நான்கு முத் ஆகும். ஒரு முத் என்பது சராசரி உடல் எடை கொண்ட ஒருவரின் இரண்டு உள்ளங்கைகளின் அளவாகும்.</t>
+  </si>
+  <si>
+    <t>مشروعية الاقتصاد في ماء الوضوء والغسل، وعدم الإسراف ولو كان الماء مُتيسرًا.
+استحباب التقليل في ماء الوضوء والغسل بقدر الحاجة، وأن هذا هو هدي النبي صلى الله عليه وسلم.
+المقصود الاستيفاء في الوضوء والغسل مع مراعاة السنن والآداب بلا إسراف ولا تقتير ويراعى الوقت وكثرة الماء وقلته وغير ذلك.
+تطلق الجنابة على كل من أنزل المني أو جامع، وسميت بذلك لاجتناب صاحبها الصلاة والعبادات حتى يطهر منها.
+الصاع: مكيال معروف، والمراد به الصاع النبوي، ويبلغ وزنه (480) مثقالاً من البر الجيد، وباللتر (3 لترات).
+المد: وحدةُ كيلٍ شرعية، وهي ملء كفي الإنسان المعتدل إذا ملأهما ومد يده بهما، والمد ربع الصاع باتفاق الفقهاء، ومقداره (750) ملل.</t>
+  </si>
+  <si>
+    <t>தண்ணீர் தாராளமாக இருந்தாலும், வுழு மற்றும் குளிப்பின் போது தண்ணீரை வீண்விரயம் செய்யாது சேமிக்க வேண்டும் என்பதை இந்த ஹதீஸ் சுட்டிக்காட்டுகிறது.
+வுழு மற்றும் குளிப்பின் போது தண்ணீரை முடிந்த வரை குறைவாகவும், தேவையான அளவு பயன்படுத்துவது விரும்பத்தக்கது என்பது பரிந்துரைக்கப்படுகிறது. இது நபி (ஸல்) அவர்களின் வழிமுறையாகும் :
+இந்த ஹதீஸின் கருத்தாவது,  வுழு மற்றும் குளிப்பின் சுன்னத்துக்களையும் ஒழுக்கங்களையும் பேணி, தண்ணீரை வீணாக்காமல் அல்லது கஞ்சத்தனமாக பயன்படுத்தாமல், நேரம் மற்றும் தண்ணீரின் மிகுதியையும் பற்றாக்குறையையும் கருத்திற்கொண்டு, வுழு மற்றும் குளியலை முழுமையாகச் செய்வதாகும்.
+ஜனாபத் என்பது: விந்து வெளியேறிய அல்லது உடலுறவில் ஈடுபட்ட அனைவருக்கும் பொதுவாக கூறப்படும் ஒரு வார்த்தையாகும். ஜனாபத் நிலையில் இருப்பவர் தொழுகையிலிருந்தும் பிற வழிபாடுகளிலிருந்தும் விலகி இருக்க வேண்டும் என்பதால் இது அவ்வாறு அழைக்கப்படுகிறது.
+ஸாஃ என்பது : நன்கு அறியப்பட்ட ஒரு அளவீட்டு முறையாகும். இங்கு நபியவர்களின் ஸாஉ முறையை இது குறிக்கிறது, இது  நல்ல கோதுமையில் 480 மிஸ்கால் அல்லது 3 லிட்டர் எடையைக்கொண்டதாக இருக்கும்.
+முத் என்பது ஒரு இஸ்லாமிய ஷரீஆ ரீதியிலான ஒரு அளவீட்டு அலகு. இது ஒரு சீரான உடல் எடை கொண்ட நபரின் இரண்டு உள்ளங்கைகளில் நிரப்பி விரிக்கும் போது ஏற்படும் அளவைக் குறிக்கிறது,. முத் என்பது ஒரு ஸாஉவின் நான்கில் ஒரு பகுதியாகும் என்பதில் அறிஞர்களுக்கு மத்தியில் ஒருமித்த கருத்துள்ளது. இதன் அளவு பொதுவாக 750 மில்லிலிட்டர்கள் ஆகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/8387</t>
+  </si>
+  <si>
+    <t>ما من مسلم يتوضأ فيحسن وضوءه، ثم يقوم فيصلي ركعتين، مقبل عليهما بقلبه ووجهه، إلا وجبت له الجنة</t>
+  </si>
+  <si>
+    <t>ஒரு முஸ்லிம் அழகிய முறையில் வுழுச் செய்து, அகத்தையும் முகத்தையும் ஒருமுகப்படுத்தி (பணிந்து, உள்ளச்சத்துடன்) தொழுதால் அவருக்குச் சொர்க்கம் நிச்சயம் கிடைக்கும்</t>
+  </si>
+  <si>
+    <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: كَانَتْ عَلَيْنَا رِعَايَةُ الْإِبِلِ فَجَاءَتْ نَوْبَتِي فَرَوَّحْتُهَا بِعَشِيٍّ فَأَدْرَكْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَائِمًا يُحَدِّثُ النَّاسَ فَأَدْرَكْتُ مِنْ قَوْلِهِ: «مَا مِنْ مُسْلِمٍ يَتَوَضَّأُ فَيُحْسِنُ وُضُوءَهُ، ثُمَّ يَقُومُ فَيُصَلِّي رَكْعَتَيْنِ، مُقْبِلٌ عَلَيْهِمَا بِقَلْبِهِ وَوَجْهِهِ، إِلَّا وَجَبَتْ لَهُ الْجَنَّةُ» قَالَ فَقُلْتُ: مَا أَجْوَدَ هَذِهِ، فَإِذَا قَائِلٌ بَيْنَ يَدَيَّ يَقُولُ: الَّتِي قَبْلَهَا أَجْوَدُ، فَنَظَرْتُ فَإِذَا عُمَرُ قَالَ: إِنِّي قَدْ رَأَيْتُكَ جِئْتَ آنِفًا، قَالَ: «مَا مِنْكُمْ مِنْ أَحَدٍ يَتَوَضَّأُ فَيُبْلِغُ - أَوْ فَيُسْبِغُ - الْوَضُوءَ ثُمَّ يَقُولُ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا عَبْدُ اللهِ وَرَسُولُهُ إِلَّا فُتِحَتْ لَهُ أَبْوَابُ الْجَنَّةِ الثَّمَانِيَةُ يَدْخُلُ مِنْ أَيِّهَا شَاءَ».</t>
+  </si>
+  <si>
+    <t>உக்பா பின் ஆமிர் ரழியல்லாஹு அன்ஹு அவர்கள் கூறியதாவது: நாங்கள் (முறைவைத்து) ஒட்டகங்கள் மேய்த்துவந்தோம். இந்நிலையில் எனது முறை வந்த போது மாலை நேரத்தில் நான் அவற்றை ஓட்டிக் கொண்டு மேய்ச்சல் நிலத்திற்குச் சென்றேன். (பிறகு நான் திரும்பிவந்தேன்.) அப்போது அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் மக்களிடையே நின்று உரையாற்றிக் கொண்டிருந்தார்கள். அப்போது அவர்கள், ஒரு முஸ்லிம் அழகிய முறையில் வுழுச் செய்து, அகத்தையும் முகத்தையும் ஒருமுகப்படுத்தி (பணிந்து, உள்ளச்சத்துடன்) தொழுதால் அவருக்குச் சொர்க்கம் நிச்சயம் கிடைக்கும் என்று கூறுவதை நான் கேட்டேன். உடனே நான் என்ன அருமையான வார்த்தை! என்றேன். அப்போது எனக்கு முன்னால் இருந்த ஒருவர் இதற்கு முன்னர் சொன்ன வார்த்தை இதைவிட அருமையானது என்றார். உடனே நான் (அவர் யார் என்று) பார்த்தேன். அங்கே உமர் (ரழி) அவர்கள் இருந்தார்கள். உமர் (ரழி) அவர்கள் (என்னிடம்) கூறினார்கள்: சற்று முன்னர்தான் நீங்கள் இங்கு வந்ததை; நான் பார்த்தேன். அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள் (நீங்கள் வருவதற்கு முன் பின்வருமாறு) கூறினார்கள்:
+'உங்களில் ஒருவர் முழுமையான முறையில் அங்கத் தூய்மை செய்துவிட்டு, அஷ்ஹது அல்லாஇலாஹ இல்லல்லாஹு வ அன்ன முஹம்மதன் அப்துல்லாஹி வரசூலுஹு (அல்லாஹ்வைத் தவிர வேறு இறைவன் இல்லை என்றும், முஹம்மத் (ஸல்) அவர்கள் அல்லாஹ்வின் அடியாரும் தூதரும் ஆவார்கள் என்றும் உறுதிமொழிகிறேன்) என்று கூறினால், சொர்க்கத்தின் எட்டு வாசல்களும் அவருக்காகத் திறக்கப்படுகின்றன.அவற்றில் தாம் நாடிய வாசலில் அவர் நுழைந்துகொள்ளலாம்''.</t>
+  </si>
+  <si>
+    <t>بَيّن النبيُّ صلى الله عليه وسلم وهو يُحدِّث الناس فضلين عظيمين:
+الأول: أنَّ من توضأ فأحسن الوضوء وأسْبغَه وأتمه وأكمله على الوجه المسنون، وأعطى كل عضو حقَّه من الماء، ثم قال: أشهد أن لا إله إلا الله، وأن محمدًا عبد الله ورسوله؛ إلا فُتحت له أبواب الجنة الثمانية يدخل من أيها شاء. 
+الثاني:  أن من توضأ هذا الوضوء التامّ الكامل، ثم قام بعد هذا الوضوء فصلى ركعتين؛ مُقبلًا عليهما بقلبه بالإخلاص والخشوع، وخضع بوجهه وجميع أعضاء جسده لله، إلا وجبت له الجنة.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மக்களை நோக்கி உரையாற்றும்போது வுழுவின் இரண்டு மிகப்பெறும் சிறப்புகளை குறிப்பிட்டார்கள்:
+முதலாவதாக: நபிகளார் காட்டித்தந்த முறையில் யார் முறையாக, முழுமையாக, நிறைவாக, மற்றும் சரியான முறையில் ஒவ்வொரு உறுப்புக்கும் உரிய அளவு தண்ணீ எடுத்து வுழூச் செய்து, பின்னர், أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا عَبْدُ اللهِ وَرَسُولُهُ (அல்லாஹ்வைத் தவிர வேறு கடவுள் இல்லை என்றும், முஹம்மது அல்லாஹ்வின் அடியாரும் தூதரும் என்றும் நான் சாட்சி கூறுகிறேன்,)   என்று கூறினால் சொர்க்கத்தின் எட்டு வாயில்களும் அவருக்காகத் திறக்கப்படும். அவர் எந்த வழியாக வேண்டுமானாலும் நுழையலாம்.
+இரண்டாவது: யார் மேற்கூறப்பட்ட முறையில் பரிபூரணமாக வுழுவைச் செய்துவிட்டு, பின்னர் இரண்டு ரக்அத்களைத் இஹ்லாஸுடன் -மனத் தூய்மைப் பேணி உள்ளமும் உடலின் அனைத்து உறுப்புகளும் அல்லாஹ்வுக்கு முற்றும் முழுவதுமாக பணிந்த நிலையில் தொழுதால், அவருக்கு நிச்சயம் சொர்க்கம் கிடைக்கும்.</t>
+  </si>
+  <si>
+    <t>عَظيم فضل الله تعالى بإعطائه الأجر الكبير على العمل اليسير.
+مشروعية إسباغ الوضوء وإتمامه، وصلاة ركعتين بخشوع بعده، وما يحصل به من الأجر العظيم.
+إسباغ الوضوء، والإتيان بعده بهذا الذكر، من أسباب دخول الجنة.
+استحباب قول هذا الذكر للمغتسل أيضًا.
+حرص الصحابة على الخير من تعلُّم العلم ونشره، وتعاونهم على ذلك وفي أمور معيشتهم.
+الذكر بعد الوضوء فيه تخليص القلب وتطهيره من الشرك، كما أن الوضوء فيه تطهير البدن وتخليصه من الوسخ.</t>
+  </si>
+  <si>
+    <t>சிறிய செயல்களுக்குக் கூட பெரிய கூலிகளை வழங்குவது அல்லாஹ்வின் மிகப்பெரிய அருளும் கருணையுமாகும்.
+முறையாகவும் முழுமையாகவும் வுழுச்; செய்து, பின்னர் இரண்டு ரக்அத்கள் தொழுவது நபிவழியாகும். இது மகத்தான கூலியை பெற்றுத்தரும்.
+முழுமையாக வுழுச்; செய்து, அதன் பிறகு இந்த திக்ரைச் கூறுவது சொர்க்கத்தில் நுழைவதற்கான வழிகளில் ஒன்றாகும்.
+கடமையான குளிக்கும் ஒருவர், குளித்த பிறகு இந்த திக்ரைச் கூறுவது (முஸ்தஹப்பான) விரும்பத்தக்க விடயமாகும்.
+கற்றல், அறிவைப் பரப்புதல் போன்ற நல்ல செயல்களிலும், வாழ்க்கை தொடர்பான விஷயங் களிலும் ஒருவருக்கொருவர் உதவுவதில் நபித் தோழர்கள் கொண்டிருந்த ஆர்வத்தை இந்த ஹதீஸ் சுட்டிக்காட்டுகின்றமை.
+வுழுச் செய்வது உடலைச் சுத்தப்படுத்தி அதன் அசுத்தங்களை நீக்குவது போல, வுழுச் செய்த பிறகு இந்த திக்ரை ஓதுவது உள்ளத்தை சுத்தப்படுத்தி, இணைவைப்பிலிருந்து அதனை பாதுகாகிறது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/8388</t>
+  </si>
+  <si>
+    <t>إذا توضأ أحدكم ولبس خفيه فليصل فيهما، وليمسح عليهما ثم لا يخلعهما إن شاء إلا من جنابة</t>
+  </si>
+  <si>
+    <t>உங்களில் ஒருவர் வுழூ செய்து, பின்னர் தனது காலுறைகளை அணிந்துகொண்டால், அவற்றுடனேயே தொழட்டும். அவற்றின் மீது மஸ்ஹு செய்துகொள்ளட்டும். பின்பு – அவர் நாடினால் - குளிப்புக் கடமையாகிவிட்டாலே தவிர, அதனைக் கழற்றவேண்டியதில்லை</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ وَلَبِسَ خُفَّيْهِ فَلْيُصَلِّ فِيهِمَا، وَلْيَمْسَحْ عَلَيْهِمَا ثُمَّ لَا يَخْلَعْهُمَا إِنْ شَاءَ إِلَّا مِنْ جَنَابَةٍ».</t>
+  </si>
+  <si>
+    <t>நபி (ஸல்) அவர்கள் கூறியதாக, அனஸ் (ரலி) அவர்கள் அறிவிக்கின்றார்கள் : உங்களில் ஒருவர் வுழூ செய்து, பின்னர் தனது காலுறைகளை அணிந்துகொண்டால், அவற்றுடனேயே தொழட்டும். அவற்றின் மீது மஸ்ஹு செய்துகொள்ளட்டும். பின்பு – அவர் நாடினால் - குளிப்புக் கடமையாகிவிட்டாலே தவிர, அதனைக் கழற்றவேண்டியதில்லை.</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنه إذا لَبِسَ المُسلِمُ خُفَّيْه بعد أنْ تَوَضأ، ثم أَحْدَث بعد ذلك وأراد الوضوء، فله المَسْحُ عليهما إن أراد ذلك، ويصلي فيهما ولا يَنزعهما مدة معلومة، إلا إذا أَجْنَبَ لزِمَه خَلعُ الخُفِّ والاغتسال.</t>
+  </si>
+  <si>
+    <t>இங்கு நபியவர்கள், ஒரு முஸ்லிம் வுழூ செய்த பின்னர் தனது காலுறைகளை அணிந்து, அதற்குப் பின்னர் வுழூ முறிந்து மீண்டும் வுழூ செய்ய நாடினால், - அவர் விரும்பினால் - அவ்விரண்டின் மீதும் மஸ்ஹு செய்துவிட்டு, அவற்றுடனேயே தொழலாம் என்றும், குறிப்பிட்ட காலத்திற்கு அவற்றைக் கழற்றாமல் இருக்கலாம் என்றும் தெளிவுபடுத்துகின்றார்கள். ஆனால், அவருக்குக் குளிப்புக் கடமையாகவிட்டால், காலுறையைக் கழற்றிவிட்டுக் குளிக்கவேண்டும்.</t>
+  </si>
+  <si>
+    <t>لا يجوز المَسحُ على الخُفَّين إلا إذا لُبسَا بعد كمال الطهارة.
+مدة المسح للمقيم: المسحُ يومًا وليلةً، وللمسافر: ثلاثةَ أيام بلياليها.
+المسح على الخفين يَخْتَصُّ بالحَدَث الأصغر لا الأكبر، أما الحدث الأكبر فلا يجوز المسح معه، بل لابد من خَلْع الخُفّين وغسل القدمين.
+يستحَب الصلاة في الحذاء والخفّ ونحوِهما مخالفةً لليهود وذلك إذا كانت طهارة، وليس فيها أذية للمصلين، أو للمسجد مثل المساجد المفروشة فلا يصل بها.
+المسح على الخفين فيه تيسير وتخفيف على هذه الأُمَّة.</t>
+  </si>
+  <si>
+    <t>காலுறைகளை முழுமையான சுத்த (வுழூ) நிலையில் அணிந்தால் மாத்திரமே மஸ்ஹு செய்யலாம்.
+ஊரிலேயே இருப்பவர் ஒரு நாள் முழுவதும், பயணத்தில் இருப்பவர் மூன்று நாட்கள் முழுவதும் மஸ்ஹு செய்யலாம்.
+காலுறைகள் மீது மஸ்ஹு செய்வதென்பது, பெருந்தொடக்குக்கு அல்லாமல், சிறுதொடக்குக்கு மாத்திரம் குறிப்பானதாகும். பெருந்தொடக்கைப் பொறுத்தவரை மஸ்ஹு செய்யமுடியாது. மாறாக, காலுறைகளைக் கழற்றிவிட்டு, பாதங்களைக் கழுவுவது அவசியமாகும்.
+செருப்புக்கள், காலுறைகள் போன்றவை சுத்தமாக இருந்து, அவற்றால் பள்ளிவாசலுக்கோ, தொழுபவர்களுக்கோ தொந்தரவு இல்லாமல் இருக்கும் பட்சத்தில் - யூதர்களுக்கு மாறுசெய்யும் நோக்கில் - அவற்றுடன் தொழுவது விரும்பத்தக்கதாகும். ஆனால் விரிப்புக்கள் இடப்பட்டிருக்கும் பள்ளிவாசலில் அவ்வாறு தொழக்கூடாது.
+காலுறைகளில் மஸ்ஹு செய்வதென்பது, இந்த சமுதாயத்திற்கு வழங்கப்பட்டுள்ள இலகுபடுத்தல் சலுகைகளில் ஒன்றாகும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/8392</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் எல்லா நேரங்களிலும் அல்லாஹ்வை நினைவு கூர்பவர்களாக இருந்தார்கள்</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>ஆஇஷா ரழியல்லாஹு அன்ஹா  அவர்கள் கூறினார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் எல்லா நேரங்களிலும் அல்லாஹ்வை நினைவு கூர்பவர்களாக இருந்தார்கள்.</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அல்லாஹ்வை திக்ர் -நினைவுகூர்வதில் பேரார்வமுடையவராக திகழ்ந்தார்கள் என ஆஇஷா ரழியல்லாஹு அன்ஹா அவர்கள் தெரிவிக்கிறார்கள். இதனால் நபியவர்கள் எல்லாக் காலங்களிலும், இடங்களிலும், நிலைகளிலும் அல்லாஹ்வை நினைவு கூறுபவர்களாக இருந்தார்கள்.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
@@ -11478,82 +15768,155 @@
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
     <t>அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: நாம் உமர் ரழியல்லாஹு அன்ஹு அவர்களுடன் இருந்தோம். அப்போது அவர் 'வருத்திக்கொண்டு காரியங்களை மேற்கொள்வதை விட்டும் நாம் தடுக்கப்பட்டோம்' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>எந்தத் தேவையுமின்றி, அது சொல் அல்லது செயல் சார்ந்த விடயங்களாயினும் அவற்றை சிரமப் படுத்திக் கொண்டு மேற்கொள்வதை அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் தடுத்தார்கள் என உமர் ரழியல்லாஹு அன்ஹு குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>சிரமப்படுத்திக்கொண்டு செய்வதில் தடுக்கபட்டவை: தேவையில்லாமல் அதிகமாக கேள்வி கேட்டல், அல்லது தனக்கு தெரியா விடயத்தில் தன்னை வருத்திக் கொண்டு செயல்படுதல், அல்லது அல்லாஹ் தாராளமாக நடந்து கொள்வதற்கு அனுமதித்திருக்கும் விடயத்தில் எல்லை மீறி கடுமையாக நடந்து கொள்ளுதல்.
 ஒரு முஸ்லிமைப் பொருத்தவரை அவர் தன்னை உயர்வாகவும் கௌரவமாகவும் நடந்து கொள்ள பயிற்றுவிப்பதுடன் சொல் மற்றும் உண்ணுதல், பருகுதல், வார்த்தைகள் மற்றும் ஏனைய செயல் சார் நிலைகளில் தன்னை வருத்திக்கொள்வது கூடாது.
 இஸ்லாம் ஒர் இலகுவழி மார்க்கமாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/8945</t>
   </si>
   <si>
+    <t>لا تدخل الملائكة بيتا فيه كلب ولا صورة</t>
+  </si>
+  <si>
+    <t>நாய் மற்றும் உருவமிருக்கும் வீட்டில் மலக்குமார்கள் பிரவேசிக்க மாட்டார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي طَلْحَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக -அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : நாய் மற்றும் உருவமிருக்கும் வீட்டில் மலக்குமார்கள் பிரவேசிக்க மாட்டார்கள்.</t>
+  </si>
+  <si>
+    <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ ملائكة الرحمة لا تدخل بيتًا فيه كلبٌ ولا صورة ذَوَات الأرواح؛ 
+وذلك أن صورة ما فيه روح: معصية فاحشة، وفيها مضاهاة لخلق الله، ووسيلة من وسائل الشرك، وبعضها صورة ما يعبد من دون الله، 
+وأما سبب امتناعهم من بيت فيه كلب: لكثرة أكله النجاسات، ولأن بعضها يُسمى شيطانًا؛ والملائكة ضد الشياطين، 
+ولقبح رائحة الكلب؛ والملائكة تكره الرائحة القبيحة، ولأنها منهيٌّ عن اتخاذها؛ فعُوقِب متخذها بحرمانه دخول ملائكة الرحمة بيته، وصلاتها فيه، واستغفارها له، وتبريكها عليه وفي بيته، ودفعها أذى الشيطان عنه.</t>
+  </si>
+  <si>
+    <t>நாயோ உயிர் உள்ள உருவப்படமோ உள்ள வீட்டில் அருள் வானவர்கள் நுழைய மாட்டார்கள் என்று நபி ஸல்லல்லாஹு அவர்கள குறிப்பிடுகிறார்கள். ஏனென்றால் உயிருள்ள உருவப்படங்களை உருவாக்குவது (சித்தரிப்பது) மிகப்பெரும் ஒரு தீமையாகும். காரணம் அவை அல்லாஹ்வின் படைப்பை ஒத்திருப்பதோடு இணைவைப்பிற்கு வழிவகுக்கும் ஒரு சாதனமாக இருக்கிறது அத்துடன் அவ்வுருவப்படங்களில் சிலவை அல்லாஹ்வைத் தவிர்த்து வணங்கப்படுபவைகளாகும். நாய் இருக்கும் வீட்டிட்குள் மலக்குகள் நுழையாது இருப்பதற்கு அவை அதிகம் அசுத்தமானவற்றை சாப்பிடுவதும். அதே வேளை சில நாய்கள் ஷைத்தான்கள் என அழைக்கப்டுவதும் காரணமாக அமைந்துள்ளது. அந்தவகையில் ஷைத்தான்கள் மலக்குகளுக்கு எதிரானோர் ஆவார்கள். மேலும் மலக்குகள் நாயிருக்கும் வீட்டிட்குள் நுழையாது இருப்பதற்கு அதன் துர்நாற்றமும் ஒரு காரணமாகும். ஏனெனில் துர்நாற்றத்தை மலக்குகள் விரும்புவதில்லை. இன்னொரு காரணம் நாயை செல்லப்பிராணியாக எடுத்துக் கொள்வது தடுக்கப்பட்டுள்ளது. அந்தவகையில் அருள் மலக்குகள் அவரின் வீட்டிட்குள் நுழையாது இருப்பதன் மூலமும் அதில் தொழாது, அவருக்காக அல்லாஹ்விடம் மன்னிப்பு கேட்காது, அவருக்கும் அவரது வீட்டிட்கும் அருள்வளம் கிடைப்பதற்கு பிரார்த்திக்காதிருப்பதன் மூலமூம் அவரை ஷைத்தானின் தீங்கு ஏற்படுவதை விட்டும் தடுக்காதிருப்பதன் மூலமும் அதனை செல்லப் பிராணியாக எடுத்துக்கொண்டவர் தண்டிக்கப் படுகிறார்.</t>
+  </si>
+  <si>
+    <t>تحريم اقتناء الكلب إلا كلب صيد أو ماشية أو زرع.
+اتخاذ الصور من الأمور الخبيثة التي تَنْفِر منها الملائكة، ويكون وجودها في المكان سبب لحرمان الرحمة، ومثل ذلك الكلب.
+الملائكة الذين لا يدخلون بيتًا فيه كلب أو صورة هم ملائكة الرحمة، وأما الحَفَظَة وغيرُهم ممن لهم وظيفة كمَلَك الموت فيدخلون في كل بيت.
+تحريم تعليق صور ذوات الأرواح على الجدران وغيرها.
+قال الخطابي: وإنما لا تدخل الملائكة بيتًا فيه كلب أو صورة مما يحرم اقتناؤه من الكلاب والصور، فأما ما ليس بحرام من كلب الصيد والزرع والماشية والصورة التي تمتهن في البساط والوسادة وغيرهما فلا يمتنع دخول الملائكة بسببه.</t>
+  </si>
+  <si>
+    <t>வேட்டை நாய், மேய்ப்பு நாய் அல்லது விவசாய நிலங்களை பாதுகாப்பதற்காக வளர்கக்கப்படும் நாயைத் தவிர, வேறு எந்த நாயையும் வளர்ப்பது தடைசெய்யப்பட்டுள்ளது.
+உருவங்களை வைத்திருப்பது ஒரு தீய பழக்கமாகும், இது மலக்குகளை அந்த இடத்தை விட்டு வெளியேறச் செய்கிறது மேலும் அவற்றை வைத்திருப்பது இறை அருளை இழக்க ஒரு காரணமாக அமைந்துவிடும். இது நாயை வளர்ப்பதற்கும் பொருந்தும்.
+நாய் அல்லது படங்கள் உள்ள வீடுகளுக்குள் நுழையாத மலககுகள் மலாஇகதுர்ரஹ்மா எனும் அருள் மலக்குகள் ஆவர். பாதுகாவல் மலக்குகள் மற்றும் அவர்கள் அல்லாதோர்   அதாவது உயிரை கைப்பற்றுவதற்காக நியமிக்கப்பட்ட மலககுகள் போன்ற குறிப்பிட்ட பணிகள் ஒப்படைக்கப்பட்ட பிற மலக்குகள் ஒவ்வொரு வீட்டிற்கும் நுழைவார்கள்.
+சுவர்களிலோ அல்லது பிற பொருட்களிலோ உயிருள்ள உருவங்களைக் கொண்ட படங்களைத் தொங்கவிடுவது தடைசெய்யப்பட்டுள்ளது.
+இமாம் அல்-கத்தாபி கூறுகிறார்கள்: நாய்கள் மற்றும் படங்கள் அங்கு வைக்கப்படுவதற்குத் தடை செய்யப்பட்டிருந்தால் தவிர, நாய் அல்லது படம் இருக்கும் வீட்டிற்குள் மலக்குமார்கள்; நுழைய மாட்டார்கள். பண்ணை விலங்குகள் மற்றும் விவசாய நிலங்களைப் பாதுகாக்கப் பயன்படுத்தப் படும் வேட்டை நாய்கள் மற்றும் நாய்கள் தடை செய்யப்படவில்லை. போர்வைகள், தலையணைகள் மற்றும் முக்கியமற்றதாகக் கருதப்படும் பிற பொருட்களின் மீது வரையப்பட்ட ஓவியங்களும் தடைசெய்யப்படவில்லை. எனவே,  மலக்குமார்கள் நுழைவது தடைசெய்யப் படவில்லை.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/8950</t>
+  </si>
+  <si>
+    <t>لا تحلفوا بالطواغي، ولا بآبائكم</t>
+  </si>
+  <si>
+    <t>(தாகூத்கள்") சிலைகள் மீதோ உங்களின் பெற்றோர்களின் மீதோ நீங்கள் சத்தியம் செய்ய வேண்டாம்</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ سَمُرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் கூறியதாக அப்துல்லாஹ் இப்னு  ஸமுரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : "(தாகூத்கள்") சிலைகள் மீதோ உங்களின் பெற்றோர்களின் மீதோ நீங்கள் சத்தியம் செய்ய வேண்டாம்.</t>
+  </si>
+  <si>
+    <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن الحَلِف بالطواغي، جمع طاغية، وهي الأصنام التي كان المشركون يَعبدونها مِن دون الله، وهي سببُ طغيانِهم وكفرِهم، 
+وينهى صلى الله عليه وسلم عن الحلف بالآباء؛ حيث كان من عادة العرب في الجاهلية أن يَحلفوا بآبائهم افتخارًا وتعظيمًا.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் 'தவாகி'க்கள் மீது சத்தியம் செய்வதைத் தடை செய்கிறார்கள். 'தவாகி' என்பது 'தகியா'.என்ற ஒருமைச் சொல்லின் பன்மையாகும். இச்சொல்லானது, அல்லாஹ்வுக்குப்பதிலாக இணைவைப்பாளர்கள் வணங்கிய ஜாஹிலிய்யாக் கால சிலைகளைக் குறிக்கும். இதுவே அவர்களின் அத்துமீறல்களுக்கும் சத்தியத்தை நிராகரிப்பதற்கும் காரணமாக அமைந்தன. அதேபோல மூதாதையர்களின் மீது சத்தியம் செய்வதை தடை செய்துள்ளார்கள். ஏனென்றால் இஸ்லாத்திற்கு முந்தைய காலமான ஜாஹிலியயாக் காலத்தில், அரேபியர்கள் தங்கள் மூதாதையர் மீது பெருமை மற்றும் மரியாதையின் நிமித்தம் சத்தியம் செய்து வந்தனர்.</t>
+  </si>
+  <si>
+    <t>الحَلف لا يجوز إلا بالله وأسمائه وصفاته.
+تحريم الحلف بالطواغيت، والآباء والرؤساء والأصنام، وما شابَهَها من كل باطل.
+الحلف بغير الله من الشرك الأصغر، وقد يكون شركًا أكبر، إذا قام بقلبه تعظيم المحلوف به وأنه يعظِّمه كما يعظِّم الله أو أنه يعتقد فيه شيئًا من العبادة.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் மீதும், அவனது பெயர்கள் மற்றும் பண்புகளின் மீதும் மாத்திரமே சத்தியம் செய்வது அனுமதிக்கப்படும்.
+தாகூத்துகள்; (போலிக் கடவுள்கள்), மூதாதையர்கள், தலைவர்கள், சிலைகள் மற்றும் இது போன்ற பொய்யான விடயங்களைக் கொண்டு சத்தியம் செய்வது (ஹராம்) தடைசெய்யப்பட்டதாகும்.
+அல்லாஹ் அல்லாத ஒருவரைக் கொண்டு சத்தியம் செய்வது சிறியவகை ஷிர்க் (இணைவைப்பு) ஆகும், சத்தியம் செய்யும் பொருளை உள்ளத்தால் அல்லாஹ்வை மகத்துவப் படுத்துவது போலவே மகத்துவப்படுத்தி, அல்லது அதில் வணக்கத்திற்குரிய ஒரு விடயம் இருப்பதாக நம்பினால்; அது பெரியவகை ஷிர்க்காக மாறிவிடும்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/8959</t>
+  </si>
+  <si>
     <t>استنزهوا من البول؛ فإن عامة عذاب القبر منه</t>
   </si>
   <si>
     <t>நீங்கள் சிறுநீரிலிருந்து சுத்தமாகிக் கொள்ளுங்கள். ஏனெனில் கப்ரில் பெரும்பான்மையான வேதனை அதன் காரணமாகத் தான்.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه مرفوعًا: «اسْتَنْزِهوا من البول؛ فإنَّ عامَّة عذاب القبر منه».</t>
   </si>
   <si>
     <t>நபி (ஸல்) அவர்கள் கூறியதாக அபூஹுரைரா (ரலி) கூறினார்கள் : "நீங்கள் சிறுநீரிலிருந்து சுத்தமாகிக் கொள்ளுங்கள். ஏனெனில் கப்ரில் பெரும்பான்மையான வேதனை அதன் காரணமாகத் தான்".</t>
   </si>
   <si>
     <t>يبين لنا النبي صلى الله عليه وسلم في هذا الحديث أحد أسباب عذاب القبر، وهو الأكثر شيوعاً، ألا وهو عدم الاستنزاه والطهارة من البول.</t>
   </si>
   <si>
     <t>கப்ரில் இருக்கும் வேதனைக்கான காரணங்களில் ஒன்றை நபியவர்கள் எமக்கு விளக்குகின்றார்கள். அதுதான் பரவலாக உள்ள ஒரு விடயமாகும். அது சிறுநீர் கழித்ததும் முறையாக சுத்தம் செய்யாமையாகும்.</t>
   </si>
   <si>
     <t>الحرص على التنزه والابتعاد من البول، بأن لا يصيبه في بدنه ولا ثوبه .
 الأفضل المبادرة بغسله، والطهارة منه بعد إصابته؛ لئلا تصاحبه النجاسة، أما وجوب إزالتها فيكون عند الصلاة.
 أن البول نجس، فإذا أصاب بدناً أو ثوباً أو بقعة، نجسها؛ فلا تصح بذلك الصلاة؛ لأن الطهارة من النجاسة أحد شروطها.
 أن ترك التنزه من البول من كبائر الذنوب.
 ثبوت عذاب القبر، وهو ثابت بالكتاب والسنة والإجماع.
 إثبات الجزاء في الآخرة، فأول مراحل الآخرة هي القبور، فالقبر: إما روضة من رياض الجنة، أو حفرة من حفر النار.</t>
   </si>
   <si>
     <t>சிறுநீர் கழிக்கும் போது தனது உடல், உடையில் பட்டுவிடாமல் கவனித்துக் கொள்ள வேண்டும்.
 அவ்வாறு பட்டாலும் அசுத்தமாகாமல் இருப்பதற்காக, பட்ட இடத்தை உடனடியாக கழுவிக் கொள்வது மிகச் சிறந்தது, தொழுகைக்குச் செல்லும் போதே சுத்தம் செய்வது கடமையாகின்றது.
 சிறுநீர் அசுத்தமானதாகும். உடலிலோ, உடையிலோ, இடத்திலோ பட்டால் அவ்விடம் அசுத்தமாகிவிடும், அதனுடன் தொழுகை செல்லுபடியாக மாட்டாது. ஏனெனில் அசுத்தங்களை நீக்குவது தொழுகையின் நிபந்தனைகளில் உள்ளவையாகும்.
 சிறுநீரிலிருந்து சுத்தமாகாமலிருப்பது பெரும்பாவங்களில் உள்ளதாகும்.
 கப்ரில் வேதனை உண்டு, இது அல்குர்ஆன், ஸுன்னா, அறிஞர்களின் ஒருமித்த கருத்தின் அடிப்படையில் உறுதியான விடயமாகும்.
 மறுமையில் கூலி வழங்கல் உண்டு. மறுமையின் முதற்படி கப்ருகளாகும். அவை ஒன்றோ சுவனப் பூஞ்சோலையாக அல்லது நரகின் படுகுழியாக இருக்கும்.</t>
+  </si>
+  <si>
+    <t>[இதனை அத்தாரகுத்தனீ பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/10044</t>
   </si>
   <si>
     <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>'தன் உள்ளத்தினால் உண்மையான எண்ணத்துடன் வணங்கி வழிபடுவதற்குரிய உண்மையான இறைவன் அல்லாஹ் ஒருவனைத் தவிர வேறு யாருமில்லை என்றும், முஹம்மத் அல்லாஹ்வின் தூதராவார்கள் என்றும் உறுதியாக நம்பும் எவரையும் அல்லாஹ் நரகத்திற்குச் செல்லவதை தடுக்கிறான்'</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
     <t>அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு  அவர்கள் அறிவிக்கிறார்கள்: 'ஒரே வாகனத்தின் மீது முஆத் (ரழியல்லாஹு அன்ஹு )அவர்கள் நபி ஸல்லல்லாஹு அiலைஹி வஸல்லம் அவர்களுக்குப் பின்னே அமர்ந்திருக்கும் நிலையில், நபியவர்கள் 'முஆதே! என்று அழைத்தார்கள். 'இதோ உள்ளேன் அல்லாஹ்வின் தூதர் அவர்களே! (கட்டுப்படுவதைப்) பெரும் பேறாகவும் கருதுகிறேன்' என்று முஆத் ரழியல்லாஹு அன்ஹு கூறினார். முஆதே!' என்று என மீண்டும் நபி  ஸல்லல்லாஹு அiலைஹிவஸல்லம் அவர்கள் அழைத்தார்கள். 'இதோ உள்ளேன் இறைத்தூதர் அவர்களே! (கட்டுப்படுவதைப்) பெரும் பேறாகவும் கருதுகிறேன்' என மீண்டும் முஆத் (ரழியல்லாஹு அன்ஹு கூறினார். இவ்வாறு மூன்று முறை கூறி அழைத்தார்கள். பிறகு 'தன் உள்ளத்தினால் உண்மையான எண்ணத்துடன் வணங்கி வழிபடுவதற்குரிய உண்மையான இறைவன் அல்லாஹ் ஒருவனைத் தவிர வேறு யாருமில்லை என்றும், முஹம்மத் அல்லாஹ்வின் தூதராவார்கள் என்றும் உறுதியாக நம்பும் எவரையும் அல்லாஹ் நரகத்திற்குச் செல்லவதை தடுக்கிறான்' என்று நபி ஸல்லல்லாஹு அiலைஹிவஸல்லம அவர்கள் கூறினார்கள். அப்போது 'இறைத்தூதர் அவர்களே! இச்செய்தியை நான் மக்களுக்கு அறிவித்து விடட்டுமா? அவர்கள் மகிழ்ந்து போவார்களே!' என்று முஆத் கேட்டதற்கு 'அவ்வாறு நீர் அறிவிக்கும் அச்சமயத்தில் (இது மட்டும் போதுமே என்று) அவர்கள் அசட்டையாக இருந்துவிடுவார்கள்' என நபியவர்கள் கூறினார்கள். இருப்பினும் மார்க்க அறிவை மறைத்த குற்றத்திற்கு ஆளாகாமலிருப் பதற்காக முஆத் ரழியல்லாஹு அன்ஹு அவர்கள் தமது இறுதிக் காலத்தில் இதனை அறிவித்தார்கள்.</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
@@ -11736,117 +16099,299 @@
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இரு ஸஜ்தாக்களுக்கும் இடையில் 'அல்லாஹும்மஃபிர்லீ வர்ஹம்னீ வஆபினீ வஹ்தினீ வர்ஸுக்னீ' என்று கூறுபவர்களாக இருந்தார்கள்;. பொருள் : யாஅல்லாஹ் ! என்னை மன்னித்து விடுவாயாக, எனக்குக் கிருபை செய்வாயாக ,எனக்கு ஆரோக்கியத்தைத் தருவாயாக, எனக்கு நேர்வழி காட்டிடுவாயாக, எனக்கு வாழ்வாதாரம் வழங்குவாயாக'</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா அவர்கள் கூறுகின்றார்கள்: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இரு ஸஜ்தாக்களுக்கும் இடையில் 'அல்லாஹும்மஃபிர்லீ வர்ஹம்னீ வஆபினீ வஹ்தினீ வர்ஸுக்னீ' என்று கூறுபவர்களாக இருந்தார்கள்;. பொருள் : யாஅல்லாஹ் ! என்னை மன்னித்து விடுவாயாக, எனக்குக் கிருபை செய்வாயாக ,எனக்கு ஆரோக்கியத்தைத் தருவாயாக, எனக்கு நேர்வழி காட்டிடுவாயாக, எனக்கு வாழ்வாதாரம் வழங்குவாயாக'.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>ஒரு முஸ்லிமுக்கு மிகவும் தேவைப்படுகின்ற, இம்மை மறுமை நலன்களை உள்ளடக்கிய  ஐந்து மகத்தான பிரார்தனைகள் உள்ளடங்கிய ஒரு துஆவை தனது தொழுகையில், இரண்டு ஸஜ்தாக்களுக்கு இடையில் ஓதக் கூடியவர்களாக நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் திகழ்ந்தார்கள். அதில் நபியவர்கள் பாவங்களுக்கு மன்னிப்புக் கோரி, அவற்றை மறைத்து, அழித்து விடுமாறும், அருளை நிறைவாகத் தருமாறும், மார்க்கத்தில் சந்தேகங்ள் மற்றும் மனோ இச்சைகளைப் பின்பற்றுவதை விட்டும், உடலில் நோய் நொடிகளை விட்டும், ஆரோக்கியத்தையும், ஈடேற்றத்தையும் தருமாறும் வேண்டுகிறார்கள். அத்துடன் அல்லாஹ்விடம் சத்தியத்தியத்தைப் பின்பற்றி வாழ்வதற்கும், அதில் நிலைத்திருக்கவும், மேலும் ஈமான், அறிவு, நற்செயல் ஆகிய ரிஸ்கையும் தூய்மையும் ஹலாலும் நிறைந்த செல்வமெனும் ரிஸ்கையும் தருமாறு வேண்டுகிறார்கள்.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>இந்த துஆவை இரண்டு ஸஜ்தாவுக்கிடையிலான இருப்பில் ஓதுவது நபிவழியாகும் .
 இம்மை மறுமையின் நலன்களை உள்ளடக்கியுள்ளதால் இந்தப் பிராரத்தனைகளின் சிறப்பு தெளிவானது.</t>
   </si>
   <si>
-    <t>حسن بشواهده</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/10930</t>
   </si>
   <si>
     <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>'அல்லாஹும்ம அன்தஸ் ஸலாமு, வமின்கஸ் ஸலாமு தபாரக்த யாதல் ஜலாலி வல் இக்ராமி'.'</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>ஸவ்பான் ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தொழுகை முடிந்ததும் 'அஸ்தஃபிருல்லாஹ்' (நான் அல்லாஹ்விடம் பாவமன்னிப்புக் கோருகிறேன்) என்று மூன்று தடவைகள் கூறி விட்டு பின்வரும் திக்ரை ஓதுவார்கள் : 'அல்லாஹும்ம அன்தஸ் ஸலாமு, வமின்கஸ் ஸலாமு தபாரக்த யாதல் ஜலாலி வல் இக்ராமி'.' (பொருள்) யா அல்லாஹ்: நீ ஈடேற்றமானவன், உன் மூலமே ஈடேற்றம் உண்டாகிறது. கண்ணியமும் மான்பும் உடையவனே, நீ உயர்ந்தோனாய் உள்ளாய்) வலீத் (ரஹ்) அவர்கள் கூறுகிறார்கள்: நான் இமாம் அவ்ஸாஈ (ரஹ்) அவர்களிடம் இஸ்திபார் செய்வது எப்படி என வினவினேன், அதற்கு அவர்கள் 'அஸ்தஃபிருல்லாஹ்' அஸ்தஃபிருல்லாஹ்' என்று நீ கூற வேண்டும் என்றார்கள்.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தொழுகை முடிந்ததும் 'அஸ்தஃபிருல்லாஹ்' அஸ்தஃபிருல்லாஹ்' அஸ்தஃபிருல்லாஹ்' என மூன்று தடவைகள் கூறக் கூடியவர்களாக இருந்தார்கள்.
 பின்னர் அவர்கள் தனது இரட்சகனை 'அல்லாஹம்ம அன்தஸ் ஸலாமு, வமின்கஸ் ஸலாமு தபாரக்த யாதல் ஜலாலி வல் இக்ராமி' என்ற கூற்றினால் மகத்துவப்படுத்தினார்கள். இங்கு அஸ்ஸலாம் என்பது அல்லாஹ் தனது பண்புகளில் பரிபூரண  சாந்தியளிப்பவன், எல்லாவகையான குறைகளை விட்டும் தூய்மையானவன் என்பதாகும். அவனிடமிருந்தே இம்மை மறுமையின் தீங்குகளைவிட்டும் ஈடேற்றத்தை கோர வேண்டும். வேறு யாரிடமும் அதனை தேடக்கூடாது. அவன் தூயவன் அவனிடமே இம்மை மறுமையின் நலன்கள் யாவும் பெருகிக்கிடக்கிறது. அவனே மகத்துவம் மற்றும் உபகாரம் போன்ற பண்புகளின் சொந்தக்காரனாவான்.</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
   <si>
     <t>தொழுகை முடிந்ததும் இஸ்திஃபார் செய்வதும் அதனை ஒவ்வொரு தொழுகையின் பின்னரும் பேணித் தொடராக செய்வதும் விரும்பத்தக்க விடயமாகும்.
 இபாதத்தில் -வணக்க வழிபாடுகளில் ஏற்பட்ட குறைகளை முழுமைப்படுத்திடவும், ஏனைய நற்காரியங்களை மேற்கொள்ளும் போது ஏற்பட்ட குறைகளை நிவர்த்திக்கவும் இஸ்திஃபாரில் -பாவமன்னிப்கோருவதில் ஈடுபடுவது விரும்பத்தக்கது.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/10947</t>
   </si>
   <si>
+    <t>من سبح الله في دبر كل صلاة ثلاثا وثلاثين، وحمد الله ثلاثا وثلاثين، وكبر الله ثلاثا وثلاثين، فتلك تسعة وتسعون، وقال: تمام المائة: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير غفرت خطاياه وإن كانت مثل زبد البحر</t>
+  </si>
+  <si>
+    <t>'யார் ஒவ்வொரு தொழுகைக்குப் பின்பும் சுப்ஹானல்லாஹ் என்று  33 தடவைகளும், அல்ஹம்துலில்லாஹ் என்று 33 தடவைகளும், அல்லாஹு அக்பர் என்று 33 தடவைகளும் ஆக மொத்தம் 99தடவைகள் கூறிவிட்டு 100 வதாக
+லாஇலாஹ இல்லல்லாஹு வஹ்தஹூ லா ஷரீ(க்)க லஹூ லஹுல் முல்(க்)கு வலஹுல் ஹம்து வஹுவ அலா குல்லி ஷையின் கதீர் (பொருள்: உண்மையான வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர எவருமில்லை. அவன் தனித்தவன். அவனுக்கு இணையில்லை. ஆட்சியதிகாரம் அவனுக்குரியதே! புகழும் அவனுக்குரியதே! அவன் அனைத்துப் பொருட்கள் மீதும் ஆற்றலுடையவன்)
+எனக் கூறுகிறாரோ அவரது பாவங்கள் கடல் நுரையளவு இருந்தாலும் மன்னிக்கப்படும்'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
+  </si>
+  <si>
+    <t>நபிகள் நாயகம் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹுஅவர்கள் அறிவிக்கிறார்கள் : 'யார் ஒவ்வொரு தொழுகைக்குப் பின்பும் சுப்ஹானல்லாஹ் என்று  33 தடவைகளும், அல்ஹம்துலில்லாஹ் என்று 33 தடவைகளும், அல்லாஹு அக்பர் என்று 33 தடவைகளும் ஆக மொத்தம் 99தடவைகள் கூறிவிட்டு 100 வதாக
+லாஇலாஹ இல்லல்லாஹு வஹ்தஹூ லா ஷரீ(க்)க லஹூ லஹுல் முல்(க்)கு வலஹுல் ஹம்து வஹுவ அலா குல்லி ஷையின் கதீர் (பொருள்: உண்மையான வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர எவருமில்லை. அவன் தனித்தவன். அவனுக்கு இணையில்லை. ஆட்சியதிகாரம் அவனுக்குரியதே! புகழும் அவனுக்குரியதே! அவன் அனைத்துப் பொருட்கள் மீதும் ஆற்றலுடையவன்)
+எனக் கூறுகிறாரோ அவரது பாவங்கள் கடல் நுரையளவு இருந்தாலும் மன்னிக்கப்படும்'.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ من قال بعد انقضاء الصلاة المفروضة: 
+ثلاثًا وثلاثين مرة: "سبحان الله" وهو تنزيه الله عن النقائص. 
+وثلاثًا وثلاثين: "الحمد لله" وهو الثناء عليه بصفات الكمال مع محبته وتعظيمه. 
+وثلاثًا وثلاثين: "الله أكبر" وهو أن الله أعظم وأجل من كل شيء.
+وتكملة العدد مئة بقول: "لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير" ومعناه: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المختص بالملك التام، والمستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يعجزه شيء.
+فمن قال ذلك مُحِيَتْ خطاياه وغفرت، ولو كانت كثيرة مثل الرغوة البيضاء التي تعلو البحر عند تموُّجِه وهيجانِه.</t>
+  </si>
+  <si>
+    <t>பர்ழான தொழுகை முடிந்த பின் கூற வேண்டிய தஸ்பீஹ் பற்றி தெளிவு படுத்தியுள்ளார்கள் அவை பின்வருமாறு :
+'சுப்ஹானல்லாஹ்' (அல்லாஹ் பரிசுத்தமானவன்) 33 தடவைகள் 'சுப்ஹானல்லாஹ்'   என்பதன் பொருள் அல்லாஹ் எல்லா வகையான குறைகளிலிருந்தும் தூய்மையானவன் என்பதாகும்.
+'அல்ஹம்துலில்லாஹ்' (எல்லாப் புகழும் அல்லாஹ்புக்கே)33 தடவைகள் 'அல்ஹம்துலில்லாஹ'; என்பதன் கருத்து  அல்லாஹ்வை அவனுக்குரிய பரிபூரண பண்புகளினால் அன்புடனும் மகிமைப்படுத்தியும் புகழ்வதாகும்.
+அல்லாஹு அக்பர் 33 தடவைகள் (அல்லாஹ் மிகப்பெரியவன்) அதாவது அல்லாஹ் எல்லாவற்றையும் விட உண்ணதமானவன் மிகவும் கண்ணியத்துக்குரியவன்.
+100 வதாக
+லாஇலாஹ இல்லல்லாஹு வஹ்தஹூ லா ஷரீ(க்)க லஹூ லஹுல் முல்(க்)கு வலஹுல் ஹம்து வஹுவ அலா குல்லி ஷையின் கதீர் (பொருள்: உண்மையான வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர எவருமில்லை. அவன் தனித்தவன். அவனுக்கு இணையில்லை. ஆட்சியதிகாரம் அவனுக்குரியதே! புகழும் அவனுக்குரியதே! அவன் அனைத்துப் பொருட்கள் மீதும் ஆற்றலுடையவன்) அதாவது : உண்மையான வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர எவருமில்லை. அவன் தனித்தவன். அவனுக்கு இணையில்லை. முழுமையான ஆட்சியதிகாரம் அவனுக்குரியதே! மகிமைபடுத்துதல் மற்றும் நேசம் கொள்ளுதலுடன் புகழுக்கும் பாராட்டுக்கும் தகுதியானவன், அவன் அனைத்துப் பொருட்கள் மீதும் ஆற்றலுடையவன் அவனுக்கு இயலாமை என்பது கிடையாது.
+இதனை யார் கூறுகிறாரோ கடல் கொந்தளிப்பின் போதும் அலைகளின் போதும் ஏற்படும் நுரையளவு அதிகமாக அவரின் பாவங்கள் இருந்தாலும் அவை அழிக்கப்பட்டு மன்னிக்கப் பட்டு விடும்.</t>
+  </si>
+  <si>
+    <t>استحباب هذا الذِّكر بعد الصَّلوات المفروضة.
+هذا الذكر سبب لغفران الذنوب.
+عظيم فضل الله تعالى ورحمته ومغفرته.
+هذا الذِّكر سببٌ لمغفرة الذُّنوب، والمراد: تكفير صغائر الذُّنوب، أما الكبائر فلا يُكَفِّرها إلَّا التُّوبة.</t>
+  </si>
+  <si>
+    <t>இந்த திக்ரை பர்ழான தொழுகைக்குப் பிறகு ஓதுவது விரும்பத்தக்கது.
+இந்த திக்ர் (சிறு)பாவங்கள் மன்னிக்கப்படுவதற்கு ஒரு காரணமாகும்.
+அல்லாஹ்வின் மாபெரும் அருட்கொடை, கருணை மற்றும் மன்னிப்பை இந்த ஹதீஸ் சுட்டிக் காட்டுகின்றமை.
+இந்த திக்ர் பாவங்கள் மன்னிக்கப்படுவதற்கு ஒரு காரணம். இங்கு பாவங்கள் மன்னிக்கப்படுதல் என்பதற்கான பொருள் சிறிய பாவம் மன்னிக்கப்படுவதைக் குறிக்கும். பெரிய பாவங்கள் தவ்பாச் செய்யாது மன்னிக்கப்படாது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/10948</t>
+  </si>
+  <si>
+    <t>من قرأ آية الكرسي في دبر كل صلاة مكتوبة لم يمنعه من دخول الجنة إلا أن يموت</t>
+  </si>
+  <si>
+    <t>'கடமையான ஒவ்வொரு தொழுகைக்கும் பிறகு யார் ஆயத்துல் குர்ஸியை ஓதுகின்றாரோ அவர் சொர்க்கம் செல்வதற்கு மரணத்தைத் தவிர வேறொன்றும் தடையாக இருப்பதில்லை.'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي أُمَامَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ».</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக  அபூ உமாமா ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள்: 'கடமையான ஒவ்வொரு தொழுகைக்கும் பிறகு யார் ஆயத்துல் குர்ஸியை ஓதுகின்றாரோ அவர் சொர்க்கம் செல்வதற்கு மரணத்தைத் தவிர வேறொன்றும் தடையாக இருப்பதில்லை.'</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
+{اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
+[البقرة: 255].</t>
+  </si>
+  <si>
+    <t>பர்ழான தொழுகை முடிந்த பிறகு யார் ஆயத்துல் குர்ஸியை ஓதுகிறாரோ அவர் சுவர்க்கம் செல்வதற்கு அவரின் மரணம் மாத்திரமே தடையாக உள்ளது என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். ஆயத்துல் குர்ஸி ஸூறா பகராவில் இடம்பெற்றுள்ளது : அந்த வசனம் பின்வருமாறு: 'அல்லாஹூ லாஇலாஹ இல்லா ஹூவல் ஹய்யுல் கய்யூம் லா தஃஹுதுஹு ஸினத்துவ்வலா நவ்ம் லஹு மாபிஃஸ் ஸமாவாதி வமாபில் அர்ழி மன்தல்லதி யஷ்பஃஉ இன்தஹு இல்லா பி இத்னிஹி, யஃலமு மாபய்ன அய்தீஹிம் வமா கல்பஹும், வலா யுஹீதூன பிஷய்இம் மின் இல்மிஹி இல்லா பிமா ஷாஅ, வஸிஅ குர்ஸிய்யுஹுஸ் ஸமாவாதி வல்அர்ழ வலா யஊதுஹு ஹிப்லுஹுமா வஹுவல் அலிய்யுல் அழீம்' (பகரா 2:255).
+அல்லாஹ்வைத் தவிர வணக்கத்திற்குரியவன் வேறு யாருமில்லை. அவன் என்றென்றும் உயிருடன் நிலைத்திருப்பவன். அவனுக்கு சிறு உறக்கமோ, ஆழ்ந்த உறக்கமோ ஏற்படாது. வானங்களில் உள்ளவையும், பூமியில் உள்ளவையும் அவனுக்கே உரியன. அவன் அனுமதித்தால் தவிர அவனிடம் யார் தான் பரிந்து பேச முடியும்? அவர்களுக்கு முன்னேயும் பின்னேயும் உள்ளதை அவன் அறிகிறான். அவன் அறிந்திருப்பவற்றில் எதையும் அவர்களால் சூழ்ந்தறிய முடியாது, அவன் நாடியதைத் தவிர. அவனது சிம்மாசனம் வானங்களையும், பூமியையும் உள்ளடக்கும். அவ்விரண்டையும் காப்பது அவனுக்குச் சிரமமானதன்று, அவன் உயர்ந்தவன், மகத்துவமிக்கவன். (பகரா : 255).</t>
+  </si>
+  <si>
+    <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
+استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
+الأعمال الصالحة سبب لدخول الجنة.</t>
+  </si>
+  <si>
+    <t>அல்லாஹ்வின் அழகிய திருநாமங்களையும் உயரிய பண்புகளையும் உள்ளடக்கியிருக்கும் மகத்தான இந்த வசனத்தின் சிறப்பு.
+பர்ழான ஒவ்வொரு தொழுகையின் பின்பும் இந்த வசனத்தை ஓதுவது வரவேற்கத்தக்கது.
+நற்காரியங்கள் சுவர்க்கம் செல்வதற்கான வழியாகும்.</t>
+  </si>
+  <si>
+    <t>رواه النسائي في الكبرى</t>
+  </si>
+  <si>
+    <t>[இதனை இமாம் நஸாஈ குப்ராவில் பதிவு செய்துள்ளார்]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/10950</t>
+  </si>
+  <si>
     <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>'நின்ற நிலையில் தொழுவீராக, அதற்கு முடியாவிட்டால் உட்கார்ந்த நிலையில் தொழுவீராக, அதற்கும் முடியாவிட்டால் சாய்ந்த நிலையில் தொழுவீராக' என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>இம்ரான் இப்னு ஹுஸைன் ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : நான் மூல நோயினால் பீடிக்கப்பட்டிருந்தேன். எனவே தொழுகை பற்றி நபி ஸல்லல்லாஹு அலைஹிவஸல்லம்  அவர்களிடம் வினவினேன். அதற்கு நபியவர்கள்: 'நின்ற நிலையில் தொழுவீராக, அதற்கு முடியாவிட்டால் உட்கார்ந்த நிலையில் தொழுவீராக, அதற்கும் முடியாவிட்டால் சாய்ந்த நிலையில் தொழுவீராக' என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>நின்ற நிலையில் தொழுவதுதான் தொழுகையின் அடிப்படை என்பதை நபியவர்கள் இந்த ஹதீஸில் தெளிவுபடுத்துகிறார்கள். எனவே அவ்வாறு நின்று தொழ முடியாவிட்டால் உட்கார்ந்து தொழ வேண்டும், அதுவும் முடியாவிட்டால் சாய்ந்து தொழ முடியும்.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>ஒருவருக்கு சுயபுத்தி இருக்கும் வரையில் அவருக்கு தொழுகை என்ற கடமை நீங்கி விடமாட்டாது. எனவே ஒருவரின் இயலுமைக்கேட்ப அவர் ஒவ்வொரு நிலையிலிருந்து இன்னொரு நிலைக்குச் செல்வார்.
 வணக்கவழிபாடுகளில் தனது சக்திக்குட்பட்ட வற்றை செய்வது இஸ்லாத்தின் இலகு தன்மைக்கும், பெருந்தன்மைக்குமான எடுத்துக்காட்டாகும்.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/10951</t>
+  </si>
+  <si>
+    <t>لا تسبوا أصحابي، فلو أن أحدكم أنفق مثل أحد ذهبا ما بلغ مد أحدهم، ولا نصيفه</t>
+  </si>
+  <si>
+    <t>'என் தோழர்களைத் திட்டாதீர்கள். ஏனெனில், உங்களில் ஒருவர் உஹுத் மலையளவு தங்கத்தைச் செலவு செய்தாலும் (என் தோழர்களான) அவர்கள் (இறை வழியில்) செலவு செய்த இரு கைக்குவியல், அல்லது அதில் பாதியளவைக்கூட (அவரது) அந்தத் தர்மம் எட்ட முடியாது.'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஸஈத் அல்குத்ரீ ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'என் தோழர்களைத் திட்டாதீர்கள். ஏனெனில், உங்களில் ஒருவர் உஹுத் மலையளவு தங்கத்தைச் செலவு செய்தாலும் (என் தோழர்களான) அவர்கள் (இறை வழியில்) செலவு செய்த இரு கைக்குவியல், அல்லது அதில் பாதியளவைக்கூட (அவரது) அந்தத் தர்மம் எட்ட முடியாது.'</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹி வஸல்லலம் அவர்கள், குறிப்பாக ஆரம்பத்தில் இஸ்லாத்தைத் தவழுவிய முஹாஜிர்கள் மற்றும் அன்ஸாரி ஸஹாபாக்களைக் திட்டுவதை தடைசெய்துள்ளார்கள். மேலும், ஒருவர் உஹுது மலையின் தங்கத்திற்கு சமமான தொகையைச் செலவிட்டாலும்,ஒரு நபித்தோழரின்; (ஒரு)கைக்குவியல் அல்லது அதன் அரைவாசியை செலவழித்து பெறும் வெகுமதியை அவர் பெறமாட்டார். ஒரு முத்து என்பது ஒரு நடுத்தர அளவிலான நபரின் உள்ளங்கை அளவாகும். தோழர்கள் தங்கள் இஹ்லாஸ் (மனத்தூய்மை) மற்றும் உண்மையான எண்ணத்தின் காரணமாகவும் மக்கா வெற்றிக்கு முன் கடுமையான தேவை இருந்த சந்தர்ப்பத்தில்;, போர்களுக்காக மிகவும் ஆர்வத்துடன் உதவியமை காரணமாகவும் இவ்வளவு வெகுமதியையும் அந்தஸ்த்தையும்; பெற்றனர்.</t>
+  </si>
+  <si>
+    <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
+  </si>
+  <si>
+    <t>ஸஹாபாக்களை திட்டுவதும்,ஏசுவதும் ஹராமாகும்  மட்டுமல்லாது இது பெரும் பாவங்களில் ஒன்றுமாகும்</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/11000</t>
+  </si>
+  <si>
+    <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
+  </si>
+  <si>
+    <t>'இந்த மார்க்கம் இரவு பகல் சென்றடையும் இடமெல்லாம் சென்றடையும்;. அல்லாஹ் இந்த மார்க்கத்தை நகரத்தில் மற்றும் கிராமத்தில் உள்ள எந்த வீட்டையும் சென்றடையாது விட்டுவிட மாட்டான்</t>
+  </si>
+  <si>
+    <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுவதைக் தான் கேட்டதாக  தமீமுத்தாரி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'இந்த மார்க்கம் இரவு பகல் சென்றடையும் இடமெல்லாம் சென்றடையும்;. அல்லாஹ் இந்த மார்க்கத்தை நகரத்தில் மற்றும் கிராமத்தில் உள்ள எந்த வீட்டையும் சென்றடையாது விட்டுவிட மாட்டான்.ஆகவே இந்த மார்க்த்தை ஏற்றுக்கொன்றவனை கௌரவப்படுத்துவான் அல்லது இதனை ஏற்றுக்கொள்ளாதவனை இழிவுபடுத்துவான் . அதாவது இஸ்லாத்தின் மூலம் இஸ்லாத்தை ஏற்றுக்கொண்டவனை கண்ணியப்படுத்துவான், இஸ்லாத்தை நிராகரித்தவனை இழிவு படுத்துவான். இது குறித்து தமீமுத்தாரி அவர்கள் குறிப்பிடுகையில் நான் இதனை எனது குடும்பத்தவரில் கண்டேன். யார் இஸ்லாத்தை ஏற்றுக்கொண்டனரோ அவர்களுக்கு பாக்கியமும் கௌரவமும் கண்ணியமும் கிடைத்தது. யார் இஸ்லாத்தை ஏற்றுக் கொள்ளவில்லையோ அவர்களுக்கு அவமானமும் இழிவும் ஏற்பட்டது. அவர்கள் ஜிஸ்யா செலுத்துவோராக இருந்தனர்.'</t>
+  </si>
+  <si>
+    <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
+ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
+فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
+ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
+ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
+  </si>
+  <si>
+    <t>இந்த மார்க்கம் உலகின் எல்லாப்பகுதியை உள்ளடக்கி பரவும் என அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள். அதாவது இரவும் பகலும் அடையும் இடமெல்லாம் இம்மார்க்கம் சென்றடையும். அல்லாஹ் இந்த மார்க்கத்தை நகரங்கள்,கிராமங்கள் மற்றும் பள்ளத்தாக்குகள் பாலை நிலங்களில்  உள்ள எல்லா வீடுகளிலும்  நிச்சயம் நுழைவிப்பான். ஆகவே யார் இந்த மார்க்கத்தை ஏற்று விசுவாசம் கொள்கிறாறோ அவர் இஸ்லாத்தின் கண்ணியத்தால் கண்ணியமிக்கவராய் இருப்பார். யார் இந்த மார்க்கத்தை மறுத்து விசுவாசம் கொள்ளாதவராக இருப்பாரோ அவர் இழிவும் அவமானமும் பெற்றவராக விளங்குவார்.
+தொடர்ந்தும் நபித்தோழரான தமீமுத் தாரி ரழியல்லாஹு அன்ஹு அவர்கள் நபியவர்கள் அறிவித்த இந்த செய்தியை தனது குடும்பத்தில் நேரில் கண்டதாக தெரிவிக்கிறார்கள். அதாவது யார் இஸ்லாத்தை ஏற்றுகொண்டாரோ அவருக்கு நற்பாக்கியமும் கண்ணியமும் கௌரவமும் கிடைத்தது. யார் இஸ்லாத்தை ஏற்றுக்கொள்ளவில்லையோ அவருக்கு இழிவும் அவமானமும் கிடைத்தது மட்டுமல்லாது முஸ்லிம்களுக்கு வரி செலுத்துபவராகவும் இருந்தார்.</t>
+  </si>
+  <si>
+    <t>بشارة للمسلمين بأن دينهم سينتشر في جميع أجزاء الأرض.
+العزة للإسلام والمسلمين والذل للكفر والكافرين.
+فيه دليل من دلائل النبوة وعلم من أعلامها حيث وقع الأمر كما أخبر النبي صلى الله عليه وسلم.</t>
+  </si>
+  <si>
+    <t>இப்பூமியெங்கும் இஸ்லாமிய மார்க்கம் பரவும் என்ற நற்செய்தியை இந்த ஹதீஸ் குறிப்பிடுகிறது.
+மரியாதை (கண்ணியம்) இஸ்லாத்திற்கும் முஸ்லிம்களுக்குரியது. அவமானம் இறைநிராகப்புக்கும் இறைமறுப்பாளர்களுக்கும் உரியது.
+நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியது போலவே இது நடந்ததுள்ளது என்பதால், நபித்துவத்தின் சான்றுகள் மற்றும் அடையாளங்களில் ஒன்றை ஹதீஸ் உள்ளடக்கியது.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/11220</t>
+  </si>
+  <si>
+    <t>إذا شك أحدكم في صلاته، فلم يدر كم صلى ثلاثا أم أربعا، فليطرح الشك، وليبن على ما استيقن، ثم يسجد سجدتين قبل أن يسلم</t>
+  </si>
+  <si>
+    <t>'உங்களில் ஒருவருக்கு, மூன்று ரக்அத்கள் தொழுதோமா? அல்லது நான்கு ரக்அத்கள் தொழுதோமா?  என்று சந்தேகம் ஏற்பட்டால் சந்தேகத்தைக் கைவிட்டு, உறுதியான (மூன்று ரக்அத்கள் என்ப)தன் அடிப்படையில் (மீதி உள்ள ஒரு ரக்அத்தைத்) தொழுது விட்டு, ஸலாம் கொடுப்பதற்கு முன் இரு ஸஜ்தாக்கள் செய்து கொள்ளட்டும்!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ، فَإِنْ كَانَ صَلَّى خَمْسًا شَفَعْنَ لَهُ صَلَاتَهُ، وَإِنْ كَانَ صَلَّى إِتْمَامًا لِأَرْبَعٍ كَانَتَا تَرْغِيمًا لِلشَّيْطَانِ».</t>
+  </si>
+  <si>
+    <t>நபிகள் நாயகம் (ஸல்லலல்லாஹு அலைஹிவஸல்லம்  அவர்கள் கூறியதாக அபூ ஸஈத் அல்குத்ரி ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள் : 'உங்களில் ஒருவருக்கு, மூன்று ரக்அத்கள் தொழுதோமா? அல்லது நான்கு ரக்அத்கள் தொழுதோமா?  என்று சந்தேகம் ஏற்பட்டால் சந்தேகத்தைக் கைவிட்டு, உறுதியான (மூன்று ரக்அத்கள் என்ப)தன் அடிப்படையில் (மீதி உள்ள ஒரு ரக்அத்தைத்) தொழுது விட்டு, ஸலாம் கொடுப்பதற்கு முன் இரு ஸஜ்தாக்கள் செய்து கொள்ளட்டும்! அவர் (உண்மையில்) ஐந்து ரக்அத்கள் தொழுதிருந்தால் அவ்விரு ஸஜ்தாக்கள் அத்தொழுகையை இரட்டைப்படை ஆக்கி விடும். அவர் நான்கு ரக்அத்கள் தொழுதிருந்தால் அவ்விரு ஸஜ்தாக்களும் (தொழுகைகளில் குழப்பம் ஏற்படுத்திய) ஷைத்தானை முறியடித்ததாக ஆகும்'.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المصلي إذا تردد في صلاته ولم يدر كم صلى، ثلاثًا، أم أربعًا؟ فليبعد العددَ الزائدَ المشكوكَ فيه ولا يأخذ به؛ فالثلاث هو المتيقن، فيصلي ركعة رابعة، ثم يسجد سجدتين قبل أن يسلم.
+فإن كان ما صلّاه حقيقة أربعًا؛ صار خمسًا بإضافة ركعة، وسجدتي السهو عوضًا عن ركعة، فكان العدد شفعًا لا وترًا: وإن كان صلى بالركعة الزائدة أربعًا؛ فيكون قد أدى ما عليه من غير زيادة ولا نقصان.
+وسجدتا السهو كانتا إذلالًا للشيطان ودحرًا له، وردَّه خاسئًا مُبْعِدًا عن مراده؛ لأنه لَبَّسَ عليه صلاته، وتعرَّض لإفسادها، وكملت صلاة ابن آدم لمّا امتثل أمر الله تعالى بالسجود الذي عصى به إبليس، حينما امتنع من طاعة الله بالسجود لآدم.</t>
+  </si>
+  <si>
+    <t>தொழுகையில் ஈடுபடும் ஒருவருக்கு தான் தொழுதது மூன்று ரக்அத்துக்களா? அல்லது நான்கு ரக்அத்க்களா? என்ற சந்தேகம் (தடுமாற்றம்) ஏற்பட்டால் அவர் தொழுததாக சந்தேகிக்கும் நான்காம் ரக்அத்தை தொழுததாக கொள்ளாது, மூன்று ரக்அத்க்கள் தொழுததாக உறுதியாக கொண்டு நான்காம் ரக்அத்தை நிறைவேவுற்றுவார். பின் ஸலாம் கொடுப்பதற்கு முன் மறதிக்கான இரு ஸஜ்தாக்களை செய்வார்.
+அவ்வாறு அவர் தொழுதது உண்மையில் நான்காக இருந்தால் அவர் இன்னொரு ரக்அத்தை சேர்த்து தொழுவதால் ரக்அத்துக்களின் எண்ணிக்கை ஜந்தாக மாறும். ஆனால் அவர் மேலதிக ரக்அத்துக்கான ஸஜ்தா(ஸுஜுத் ஸஹ்வு) ஒரு ரக்அத்திற்கு பகரமாக காணப்படுவதால் அந்தத் தொழுகையின் எண்ணிக்கை இரட்டைப்படையாக அமையுமே தவிர ஒற்றைபடையாக அமையாது. அவர் மேலதிகமாக தொழும் ரக்அத்தினால் நான்கு ரக்அத் தொழுதிருந்தால் அன்னார் எவ்வித கூடுதல் குறைவின்றி தொழுகையை நிறைவேற்றியுள்ளார்.
+தொழுகையை முடிப்பதற்கு முன் செய்யும் மறதிக்கான இரண்டு ஸஜ்தாக்கள் ஷைத்தானுக்கு அவமானத்தையும், தோல்வியையும் ஏற்படுத்துவதோடு ஒரு முஸ்லிமை வழிகெடுக்கும் அவனது இலக்கிலிருந்து அவனைத் தூரப்படுத்தி அவனை இழிவின் பால் நகர்த்துகிறது. இந்நிலைக்கான காரணம் அவன் தொழுகையில் ஈடுபவரிடம்; தடுமாற்றத்தை ஏற்படுத்தி அதனை வீணாக்குவதற்கு எத்தனித்ததாகும். இருப்பினும், ஷைத்தான்; ஆதமுக்கு சிரம் தாழ்த்தி அல்லாஹ்வுக்குக் கீழ்ப்படிய மறுத்த அதே செயலின் மூலம் மனிதன் அல்லாஹ்வுக்குக் கீழ்ப்படிந்து, ஸஜ்தா செய்த போது இறையடியானின் தொழுகை முழுமையடைந்து விட்டது.</t>
+  </si>
+  <si>
+    <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
+هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
+الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
+الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
+  </si>
+  <si>
+    <t>தொழுபவருக்கு தான் தொழும் தொழுகையில் ரக்அத்துக்களின்  எண்ணிக்கையை உறுதிப்படுத்திக்கொள்ள முடியாது சந்தேகம் ஏற்பட்டால் சந்தேகத்தை கைவிட்டுவிட்டு, குறைந்தளவு எத்தனை தொழுதுள்ளார் என்பதை உறுதிப்படுத்திக் கொண்டு  எஞ்சிய ரக்கஅத்துக்களை நிறைவேற்றுவார். ஸலாம் கொடுக்க முன் மறதிக்கான இரு ஸஜ்தாக்களை செய்து, பின் ஸலாம் கொடுப்பார்.
+மறதிக்கான இரு ஸஜ்தாக்கள், தொழுகையின் குறைகளை நிவர்த்தி செய்யக் கூடியதாகவும், ஷைத்தானின் நோக்கத்தை தடுத்து அவனை இழிநிலைக்கு உட்படுத்துவாதாகவும் அவனுக்கான தகுந்த பதிலடியாகவும் உள்ளது.
+மறதிக்கான இரு ஸஜ்தாக்கள், தொழுகையின் குறைகளை நிவர்த்தி செய்யக் கூடியதாகவும், ஷைத்தானின் நோக்கத்தை தடுத்து அவனை இழிநிலைக்கு உட்படுத்துவாதாகவும் அவனுக்கான தகுந்த பதிலடியாகவும் உள்ளது. இந்த ஹதீஸில் குறிப்பிடப்பட்ட சந்தேகம் (அஷ்ஷக்) என்பது ஒரு கருத்தை உறுதிப்படுத்துக்கொள்ள முடியாத தடுமாற்ற நிலையைக் குறிக்கும். ஆனால் பெரும்பாலும் குறித்த ஒரு விடயத்தில் இரு நிலைப்பாடுகளில் ஒன்றில் உறுதி காணப்பட்டு அது மிகைத்ததாக இருப்பின் அதனைச் செயற்படுத்தல் வேண்டும்.
+மன ஊசலாட்டத்திற்கு எதிராக போராடுமாறும் அதனை ஷரீஆவின் கட்டளைக்கு கட்டுப்படுமாறு வலியுறுத்தவும் ஊக்கப்படுத்தியிருத்தல்.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/11231</t>
   </si>
   <si>
     <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>'தொழுகை அறிவிப்பு சப்தம் (அதான்) உமக்குக் கேட்கிறதா?' என்று கேட்டார்கள். அவர் 'ஆம்' (கேட்கிறது) என்றார். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் 'அப்படியானால் நீர் அதற்கு செவிசாய்ப்பீராக!' (கூட்டுத்தொழுகையில் வந்து கலந்துகொள்வீராக!) என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>அபூ ஹூறைரா ரழியல்லாஹூஅன்ஹூ அவர்கள் கூறியதாக அறிவிக்கப்பட்டுள்ளது: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் பார்வையற்ற ஒரு மனிதர் வந்து, 'அல்லாஹ்வின் தூதரே! என்னைப் பள்ளிவாசலுக்கு அழைத்து வரக்கூடிய வழிகாட்டி எவரும் எனக்கு இல்லை' என்று கூறி, வீட்டிலேயே தொழுது கொள்ள தமக்கு அனுமதியளிக்குமாறு கோரினார். அப்போது நபி ஸல்லல்லாஹு அலைஹிவஸல்லம அவர்கள் அவருக்கு அனுமதியளித்தார்கள். பிறகு அவர் திரும்பிச் சென்றபோது அவரை அழைத்து, 'தொழுகை அறிவிப்பு சப்தம் (அதான்) உமக்குக் கேட்கிறதா?' என்று கேட்டார்கள். அவர் 'ஆம்' (கேட்கிறது) என்றார். நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் 'அப்படியானால் நீர் அதற்கு செவிசாய்ப்பீராக!' (கூட்டுத்தொழுகையில் வந்து கலந்துகொள்வீராக!) என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>கண்பார்வையற்ற ஒரு மனிதர் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து அல்லஹ்வின் தூதரே ஐவேளைத் தொழுகைகளுக்கு என்னை பள்ளிவாயிலுக்கு அழைத்து வர எனக்கு  உதவியாளர் எவரும் இல்லை என்று முறைப்பட்டார்கள். அதாவது அவர் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் ஜமாஅத்துடன் தொழாது தனித்து வீட்டிலேயே தொழுவதற்கு சலுகை தருமாறு வேண்டிக்கொள்ளவே அதற்கான அனுமதியை வழங்கினார்கள். பின் அவர் திரும்பி செல்லவே அவரை அழைத்து தொழுகைக்கான அதான் -அழைப்புச் சத்தம் உமக்குக் கேட்கிறதா என்று கேட்டார்கள். அதற்கு ஆம் என அவர் பதில் கூற, அவரிடம் தொழுகையின் அழைப்பாளருக்கு பதிலளிப்பீராக அதாவது பள்ளிக்கு வந்து ஜமாஅத்தில் கலந்து கொள்வீராக என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>கூட்டுத் தொழுகை –ஜமாஅத் தொழுகை- கடமையாகும். காரணம் சலுகை என்பது கடமையான ஒரு விடயத்திற்காகவன்றி வேறு எதற்கும் கிடையாது.
@@ -11895,56 +16440,50 @@
   <si>
     <t>அப்துல்லாஹ் இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எங்களுக்கு குத்பதுல் ஹாஜாவை இவ்வாறு கற்றுக் கொடுத்தார்கள் : 'இன்னல் ஹம்த லில்லாஹ், நஸ்தஈனுஹூ வனஸ்தஃபிருஹூ, வனஊது பிஹீ மின் ஷுரூரி அன்புஸினா, மன் யஹ்தில்லாஹு பலா முழில்லலஹூ, வமன் யுழ்லில் பலா ஹாதிய லஹூ, வஅஷ்ஹது அன்லாஇலாஹ இல்லல்லாஹ், வஅஷ்ஹது அன்ன முஹம்மதன் அப்துஹூ வரஸூலுஹூ'' (பொருள் : நிச்சயமாக புகழனைத்தும் அல்லாஹ்வுக்கே உரியன! நாம் அவனைப் புகழ்கிறோம். அவனிடமே உதவி தேடுகிறோம். இன்னும் அவனிடமே பாவமன்னிப்புக் கோருகிறோம். மேலும்  நமது உள்ளங்களில் தோன்றும் தீய எண்ணங்களை விட்டும் அவனிடமே பாதுகாவல் தேடுகிறோம். அல்லாஹ் யாரை நேர்வழிப்படுத்தி விட்டானோ அவரை வழிகெடுப்பவர் யாரும் இல்லை. அல்லாஹ் யாரை வழி கெடுத்து விட்டானோ அவரை நேர்வழிப்படுத்துபவர் யாரும் இல்லை. வணக்கத்திற்குரியவன் அல்லாஹ்வைத் தவிர வேறு யாரும் இல்லை என நான் சாட்சி கூறுகிறேன். இன்னும் முஹம்மத் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் அவனது நல்லடியாரும் தூதரும் ஆவார்கள் என்றும் நான் சாட்சி கூறுகிறேன்) என்று கூறிவிட்டு, நபி (ஸல்) அவர்கள்; பின்வரும் மூன்று வசனங்களை ஓதுவார்கள் : 'மனிதர்களே! உங்கள் இறைவனுக்குப் பயந்து நடந்து கொள்ளுங்கள், அவன் உங்கள் யாவரையும் ஒரே ஆத்மாவிலிருந்து படைத்தான், அவரிலிருந்தே அவர் மனைவியையும் படைத்தான்; பின்னர் இவ்விருவரிலிருந்து, அநேக ஆண்களையும் பெண்களையும் (வெளிப்படுத்தி உலகில்) பரவச் செய்தான்; ஆகவே, எவனைக் கொண்டு நீங்கள் ஒருவர் மற்றவரிடம் (உரிமைகளைக்) கேட்டுக் கொள்வீர்களோ அந்த அல்லாஹ்வையும், மேலும் இரத்த உறவுகளைத் துண்டித்து நடப்பதையும் அஞ்சிக் கொள்ளுங்கள். நிச்சயமாக அல்லாஹ் உங்களைக் கண்காணிப்பவனாக இருக்கின்றான்' (நிஸா : 01), 'நம்பிக்கை கொண்டோரே! நீங்கள் அல்லாஹ்வை அஞ்ச வேண்டிய முறைப்படி அஞ்சுங்கள்; மேலும், (அல்லாஹ்வுக்கு முற்றிலும் வழிப்பட்ட) முஸ்லிம்களாக அன்றி நீங்கள் மரணிக்காதீர்கள்' (ஆல இம்ரான் : 102), 'ஈமான் கொண்டவர்களே! நீங்கள் அல்லாஹ்வுக்கு அஞ்சுங்கள்; (எந்நிலையிலும்) நேர்மையான வார்த்தையையே கூறுங்கள்;, (அவ்வாறு செய்வீர்களாயின்) அவன் உங்களுடைய காரியங்களை உங்களுக்குச் சீராக்குவான், மேலும்; உங்கள் பாவங்களை உங்களுக்கு மன்னிப்பான்; அன்றியும் அல்லாஹ்வுக்கும் அவன் தூதருக்கும் எவர் கட்டுப்படுகிறாரோ, அவர் மகத்தான வெற்றியை ஈட்டிக் கொண்டுவிட்டார்;' (அஹ்ஸாப் : 70, 71).</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குத்பதுல் ஹாஜாவை தங்களுக்கு கற்றுத் தந்ததாக இப்னு மஸ்ஊத் ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள். குத்பதுல் ஹாஜா என்பது திருமண உரை மற்றும் ஜும்ஆ உரை  மற்றும் இதுபோன்ற உரைகளையும், விசேட நிகழ்வுகளை ஆரம்பிக்கும் போதும் கூறும் வார்த்தைகளைக் குறிக்கும். இந்த குத்பாவானது எல்லா வகையான புகழுக்கும் பாராட்டுதளுக்கும் அல்லாஹ் தகுதியான்வன் ; என்பதை தெளிவுபடுத்தி, இணையில்லா ஏகனாகிய அவனிடம் உதவி கோரல், பாவங்களை மறைத்து அதனை அழித்து விடுவதற்கும் உதவி கோருதல், மற்றும் எல்லா வகையான கெடுதிகளை விட்டும் பாதுகாப்புத் தேடி அவனிடம் ஒதுங்குதல் போன்ற பல உன்னதமான விடயங்களை உள்ளடக்கியுள்ளது.
 நேர்வழியானது அல்லாஹ்வின் கைவசம் உள்ள விடயம் என்பதையும் தொடர்ந்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெரிவிக்கிறார்கள். ஆகவே யாருக்கு அல்லாஹ் நேர்வழியை காட்டுகிறானோ அவனை வழிதவறச் செய்பவன் எவருமில்லை. யாரை அல்லாஹ் வழி தவறச்செய்து விடுகிறானோ அவனை நேர்வழிப்படுத்த எவரும் கிடையாது.
 பின் அவர்கள் தவ்ஹீதின் மூலம் சான்று பகர்தல், அதாவது உண்மையாக வணங்கப்படுவதற்கு தகுதியானவன் அல்லாஹ்வைத்தவிர வேறுயாருமில்லை என்றும் முஹம்மத் அல்லாஹ்வின் அடியாரும் அவனின் தூதருமாவார் என தூதுத்துவச் சான்றினையும் குறிப்பிடுகின்றார்கள்.
 இந்த குத்பாவை அல்லாஹ்வின் திருமுகம் நாடி அவனின் கட்டளைகளை  ஏற்று அவன் தடுத்தவற்றை தவிர்ந்தும் இருக்குமாறும் அல்லாஹ்வை பயப்பாடுமாறும் கூறுகின்ற மூன்று வசனங்களை கூறி முடித்துள்ளார்கள். யார் அல்லாஹ்வுக்கு பயப்படுகிறாரோ அவர்களின் சொல்லும் செயலும் சீர்பெற்று பாவங்கள் மன்னிக்கப்பட்டு இவ்வுலகில் மனமான வாழ்வு கிட்டவும், மறுமையில் சுவர்க்கத்தை வெற்றி கொள்ளவும் காரணமாக அமையும்.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>நிகாஹ் மற்றும் ஜும்ஆ உரைகள் மற்றும் இது போன்ற உரைகளை ஆரம்பிக்கும் போது இந்த குத்பாவின் மூலம்  ஆரம்பிப்பது வரவேற்கத்தக்க விடயமாகும்.
 குத்பாவானது இறைவனை புகழ்தல் இரண்டு ஷஹாதாக்கள் சில அல்குர்ஆன் வசனங்களை உள்ளடக்கியாத இருத்தல் வேண்டும்.
 மார்க்க விவகாரங்களில் தனது தோழர்களுக்கு தேவையானவற்றை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கற்றுக்கொடுத்தமை.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>'வலீ (பொறுப்பாளர்) இல்லாமல் திருமணம் இல்லை'</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ மூஸா அல்அஷ்அரீ ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் : 'வலீ (பொறுப்பாளர்) இல்லாமல் திருமணம் இல்லை'.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>திருமண ஒப்பந்தத்தை  நடாத்துவதற்கான  பொறுப்பாளர் இன்றி ஒரு பெண் திருமணம் செய்வது செல்லுபடியாகாது, என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவுபடுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
@@ -12113,93 +16652,93 @@
     <t>அப்துல்லாஹ் இப்னு உமர் (ரழி) அவர்கள் அறிவிக்கிறார்கள்: அல்-அஸ்லமி (ரழி) அவர்களுக்கு  கல்லெறிந்து தண்டனை வழங்கிய பிறகு, அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹி வஸல்லம்) அவர்கள் எழுந்து நின்று, அல்லாஹ் தடைசெய்த இந்த அசுத்தத்தைத் தவிர்த்து விடுங்கள். யார் இதைச் செய்கிறாரோ, அவர் அல்லாஹ்வின் மறைவால் தன்னை மறைத்துக் கொண்டு அல்லாஹ்விடம் தவ்பா செய்யட்டும். ஏனெனில், யார் தனது பாவங்களை நமக்கு வெளிப்படுத்துகிறாரோ, அவருக்கு எதிராக நாம் அல்லாஹ்வின் வேதத்தை நிறைவேற்றுவோம்.</t>
   </si>
   <si>
     <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
 اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
 الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
 الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
   </si>
   <si>
     <t>விபச்சாரத்திற்கான தண்டனையாக மாயிஸ் , இப்னு மாலிக் அல்-அஸ்லமி (ரழி) அவர்களுக்கு கல்லெறிந்து தண்டனையை நிறைவேற்றியதன்  பிறகு நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எழுந்து நின்று மக்களை நோக்கி, 'இந்த அருவருப்பான அல்லாஹ் தடைசெய்த அசிங்கமான மற்றும் வெறுக்கத்தக்க பாவங்களை  விட்டும் தவிர்த்துக் கொள்ளுங்கள்' என்று கூறியதாக இப்னு உமர் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள். இந்த அருவருப்பானவற்றில் ஏதேனும் ஒன்றைச் செய்பவர் இரண்டு விடயங்களை செய்ய வேண்டும்: முதலாவது: அல்லாஹ் தன்னை மறைத்து வைத்திருப்பது போல் தன்னை மறைத்துக் கொள்வது, தனது பாவத்தை வெளிப்படுத்த வேண்டாம். இரண்டாவது: அல்லாஹ்விடம் மன்னிப்பு கேட்டு, அதில் நிலைத்திருக்க வேண்டாம். யாருடைய பாவம் நமக்குத் தெளிவாகத் தெரிகிறதோ, அந்த பாவத்திற்காக அல்லாஹ்வின் வேதத்தில் குறிப்பிடப்பட்டுள்ள பரிந்துரைக்கப்பட்ட தண்டனையை நாங்கள் செயல்படுத்துவோம்.</t>
   </si>
   <si>
     <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
 الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
 وجوب اجتناب المعاصي، والتوبة منها.</t>
   </si>
   <si>
     <t>பாவம் செய்த நபர் தன்னை மறைத்துக்கொண்டு, தனக்கும் தனது இறைவனுக்கும் இடையில் தனிப்பட்ட முறையில் செய்த பாவத்திலிருந்து மனந்திரும்ப ஊக்குவிக்கப்பட்டிருத்தல்.
 இஸ்லாத்தின் தண்டனைக்குரிய குற்றம் பற்றி ஆட்சியாளருக்குத் தெரிவிக்கப்பட்டவுடன், ஷரீஆவில் சட்டப்பூர்வமாக விதிக்கப்பட்ட தண்டனையைச் செயல்படுத்துவது அவசியமாகிறது.
 பாவங்களைத் தவிர்த்து, அதற்காக தவ்பா கோருவது கடமையாகும்.</t>
   </si>
   <si>
     <t>رواه الحاكم والبيهقي</t>
   </si>
   <si>
-    <t>[رواه الحاكم والبيهقي]</t>
+    <t>[இமாம்களான ஹாகிம், பைஹகீ ஆகியோரால் இது பதிவு செய்யப்பட்டுள்ளது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/58240</t>
   </si>
   <si>
     <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>“போதையூட்டக்கூடியவை அனைத்தும் மதூபானமாகும். மேலும் பேதையூட்டக்கூடியவை அனைத்தும் ஹராமாகும். இந்த உலகத்தில் மதூபானம் அருந்தி தௌபா செய்யாது அதில் திலைத்து இருந்த நிலையில் மரணிக்கிறாரோ அவர் மறுமைiயில் மதூபானம் அருந்த மாட்டார்</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு உமர் ரழியல்லாஹு அன்ஹுமா அவர்கள் அறிவிக்கிறார்கள்: “போதையூட்டக்கூடியவை அனைத்தும் மதூபானமாகும். மேலும் பேதையூட்டக்கூடியவை அனைத்தும் ஹராமாகும். இந்த உலகத்தில் மதூபானம் அருந்தி தௌபா செய்யாது அதில் திலைத்து இருந்த நிலையில் மரணிக்கிறாரோ அவர் மறுமைiயில் மதூபானம் அருந்த மாட்டார்.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>மூளைத்திறனை மயக்கி அதன் செயற்பாட்டை செயலிழக்கச்செய்யும் அனைத்தும் போதையூட்டும் மதுபானம் ஆகும். அது பருகுதுதல் அல்லது சாப்பிடுதல் அல்லது உரிஞ்சுதல் அல்லது வேறு ஏதாவது வழிமுறைகளில் காணப்பட்டாலும் சரியே. மூளைத்திறனை மயக்கி அதன் செயற்பாட்டை செயலிழக்கச்செய்யும் அனைத்தையும் அது சிறிய அளவில் பெரிய அளவில் இருந்தாலும் அல்லாஹ் அதனை ஹராமாக்கி தடைசெய்துள்ளான். மேற்குறிப்பிடப்பட்ட போதைப்பொருட்களின் வகைகளில் ஒன்றை ஒருவர் தொடராக குடித்து, தௌபா –பாவமன்னிப்புக்- கேட்காது மரணித்து விட்டால், மறுமையில் அல்லாஹ்வின் தண்டனைக்கு உட்படுவார். அவருக்கு மறுமையில் கிடைக்கும் தண்டனை சுவர்க்கத்து மதுவை அருந்துவதற்கான பாக்கியத்தை இழப்பதாகும்.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>மது தடை செய்யப்படுவதற்கான காரணம் போதையாகும். ஆகவே போதையை ஏற்படுத்தும் அனைத்தும் ஹராமாகும்.
 பெரும் பாதிப்பும் ஆரோக்கிய கேடும் மதுபானத்தில் காணப்படுவதால் அல்லாஹ் மதுவை தடைசெய்துள்ளான்.
 சுவர்க்கத்தில் மதுஅருந்துவது, பேரின்பத்தின் பரிபூரண நிலையாகும்.
 உலகத்தில் யார் மது அருந்துவதை தவிர்ந்து கொள்ளவில்லையோ, அல்லாஹ்  அவரை சுவர்க்கத்தில் மது அருந்துவதை விட்டும் தடுத்து விடுவான். இது செயலுக்கேற்ற கூலியாகும்.
 மரணத்திற்கு முன் பாவங்களுக்கு தௌபா செய்ய விரைந்திட வேண்டும் என வலியுறுத்தியிருத்தல்.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
-    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
+    <t>[இதனை இமாம் முஸ்லிம் பதிவு செய்துள்ளார். இமாம் புஹாரி அவர்கள் இதன் கடைசி வாக்கியத்தை அறிவித்துள்ளார்கள்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/58259</t>
   </si>
   <si>
     <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>'(இஸ்லாமிய அரசுடன் பாதுகாப்பு ஒப்பந்தம் செய்து அதன் கீழ் வாழ்ந்து வரும்) ஓர் ஒப்பந்தப் பிரஜையைக் கொன்று விடுபவன் சொர்க்கத்தின் வாடையை நுகர மாட்டான். அந்த நறுமணமோ நாற்பதாண்டுப் பயணத் தொலைதூரமளவிற்கு வீசிக் கொண்டிருக்கும்'</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>நபி (ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அப்துல்லாஹ் இப்னு அம்ரு ரழியல்லாஹு அன்ஹுமா கூறுகின்றார்கள்: '(இஸ்லாமிய அரசுடன் பாதுகாப்பு ஒப்பந்தம் செய்து அதன் கீழ் வாழ்ந்து வரும்) ஓர் ஒப்பந்தப் பிரஜையைக் கொன்று விடுபவன் சொர்க்கத்தின் வாடையை நுகர மாட்டான். அந்த நறுமணமோ நாற்பதாண்டுப் பயணத் தொலைதூரமளவிற்கு வீசிக் கொண்டிருக்கும்'.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>பாதுகபாப்பு ஒப்பந்தத்தின் அடிப்படையில்; இஸ்லாமிய அரசின் கீழ் வாழும்; முஸ்லிமல்லாத பிரஜை ஒருவரை தகுந்த காரணமின்றிக் கொன்றவன்  சுவர்க்கத்தின் வாடையை நுகர மாட்டடான் என்ற கடுமையான எச்சரிக்கையை இந்த ஹதீஸில் தெளிவுபடுத்துவதுடன் அதன் நறுமணமானது நாற்பதாண்டுப் பயணத் தொலைவுவரை வீசிக் கொண்டிருக்கும என்றும் குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
@@ -12456,96 +16995,96 @@
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில், ஒரு காலம் வரும்,அவ்வேளை மனிதர்களில் ஒரு பிரிவினர் பஞ்சனையில் அமர்ந்து கொண்டிருப்பர். அவர்களில் ஒருவர் விரிப்பில் சாய்ந்து கொண்டிருக்கும் நிலையில் நபியவர்களின் செய்தியை அவர் பெறுவார். அப்போது அவர் உங்களதும் எங்களதும் விவகாரங்களில் தீர்ப்புக் கூற அல்குர்ஆன் ஒன்று மட்டுமே போதும் எனக் கூறுவார். அதில் ஹலால் என இருப்பவற்றை செயலாற்றுவோம், அதில் ஹராம் என்று  குறிப்பிடப்பட்டவற்றை விட்டும் தூரமாவோம்; என்று கூறுவோர் பற்றி நபிஸல்லல்லாஹு அலைஹிவஸல்லம் குறிப்பிடுகிறார்கள். பின் நபிஸல்லல்லாஹு அலைஹிவஸல்லம் தான் அல்லாஹ்விடமிருந்து செய்திகளை எத்திவைப்பவர் என்ற அடிப்படையில், தனது வழிமுறையில் தடுத்தவை மற்றும் தடைசெய்தவை அனைத்தும் சட்டத்தில் அல்லாஹ் தனது வேதத்தில் தடைசெய்த விடயங்களைப்போன்றதே எனத் தெளிவுபடுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>அல்குர்ஆனை கண்ணியப்படுத்தி அதனை எடுத்து நடப்பது போன்று, நபிவழியான 'ஸுன்னாவையும்' கண்ணியப்படுத்துதல் அதில் உள்ளவற்றையும் பின்பற்றி ஒழுகுதல்.
 இறைதூதருக்குக்கு கட்டுப்படுவது அல்லாஹ்வுக்கு கட்டுப்படுவதாகும். அவருக்கு மாறுசெய்வது-முரணாக நடப்பது, என்பது அல்லாஹ்வுக்கு மாறுசெய்வதாகும்.
 அஸ்ஸுன்னா –நபிவழிமுறை- ஆதாரம் என்பதை உறுதிப்படுத்துவதும், ஸுன்னாவை  நிராகரித்து மறுப்போறுக்கான மறுப்பாகவும் -பதிலடியாகவும்- இந்த ஹதீஸ் காணப்படுகின்றமை.
 யார் ஸுன்னாவை மறுத்து அல்குர்ஆன் மாத்திரம் போதும் என்று விதண்டாவாதம் புரிகிறாரோ அவர் அல்குர்ஆனையும் ஸுன்னாவையும் புறக்கணித்தவராவர். மேலும் அல்குர்ஆனை பின்பற்றுவதாக அவர் கூறும் விடயத்திலும் அவர் பொய்யராக உள்ளார் என்பதே உண்மையாகும்.
 எதிர்காலத்தில் நடக்க இருப்பவை பற்றிய நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் அறிவிப்பானது –எதிர்வு- கூறலானது, நபியவர்களின் நபித்துவத்தை உறுதிப்படுத்தும் ஆதாரங்களில் ஒன்றாகும். அவர்கள் கூறியவாரே அவை நடைபெற்றன.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
-    <t>[رواه أبو داود والترمذي وابن ماجه]</t>
+    <t>[இதனை இமாம்களான அபூதாவூத்,  திர்மிதீ,  இப்னு மாஜஹ்  ஆகியோர் பதிவு செய்துள்ளனர்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65005</t>
   </si>
   <si>
     <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதரே! நான் எந்த ஒரு பாவத்தையும் செய்யாது விட்டு விடவில்லை  என்று கூற, நபியவர்கள் 'நீ அல்லாஹ்வைத் தவிர உண்மையான இறைவன் வேறு யாருமில்லை என்றும் முஹம்மத் அல்லாஹ்வின் தூதர் என்றும் சாட்சி கூறியிருக்கிறீர் அல்லவா?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள். ஒரு மனிதர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து அல்லாஹ்வின் தூதரே! நான் எந்த ஒரு பாவத்தையும் செய்யாது விட்டு விடவில்லை  என்று கூற, நபியவர்கள் 'நீ அல்லாஹ்வைத் தவிர உண்மையான இறைவன் வேறு யாருமில்லை என்றும் முஹம்மத் அல்லாஹ்வின் தூதர் என்றும் சாட்சி கூறியிருக்கிறீர் அல்லவா? என மூன்று தடவைகள் கேட்டார்கள் அதற்கு அவர் ஆம் என்று கூறினார். அதற்கு நபியவர்கள் 'அந்த வார்த்தைகள் அவற்றை அழித்துவிடும் என்று கூறினார்கள்</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>ஒரு மனிதர் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து அல்லாஹ்வின் தூதரே நான் எல்லா வகையான பாவங்கள் மற்றும் குற்றங்கள் அனைத்தையும் செய்து விட்டேன் அவற்றில் சிறியது,பெரியது என எந்த ஒன்றையும் விடாது அனைத்தையும் புரிந்து விட்டேன். இவ்வாறான நிலையில் எனக்கு மன்னிப்புக்கிடைக்குமா? என்று கேட்டார். அதற்கு நபியவர்கள் 'நீ அல்லாஹ்வைத்தவிர உண்மையான இறைவன் வேறு யாறுமில்லை என்றும் முஹம்மத் அல்லாஹ்வின் தூதர் என்றும் சாட்சி கூறியிருக்கிறீர் அல்லவா? என்று கேட்டார்கள். இந்தக் கேள்வியை மூன்று தடவைகள் மீண்டும் மீண்டும் அம்மனிதரிடம் கேட்டார்கள். அதற்கு அவர் 'ஆம்' நான் சாட்சி  கூறியிருக்கிறேன் என பதிலளித்தார்கள். எனவே நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் கலிமதுஸ்ஷஹாதாவின் (அல்லாஹ்வையும் அவனது தூதரான முஹம்மத் ஸல்லல்லலாஹு அலைஹிவஸல்லம் அவர்களையும் ஏற்று சாட்சி கூறுவதன்) சிறப்பு பற்றியும் அவை பாவங்களுக்கு பரிகாரமாக அமைந்துவிடும் என்பதையும், தவ்பா –பாவமீட்சி கோருவது- முன்செய்த பாவங்களை அழித்துவிடுகிறது எனவும் கூறினார்கள்.</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>ஷஹாதா கலிமாவின் மேன்மையும், அதனை உள்ளத்தால் உண்மையாக தூய்மையான முறையில் கூறியவனின் பாவத்தை மிகைத்து இருப்பது குறித்தும் இந்த ஹதீஸ் சுட்டிக்காட்டுகிறது.
 இஸ்லாம் ஒருவரின் முன் செய்த பாவங்களை அழித்துவிடுகிறது.
 உண்மையான தவ்பா ஒருவனின் முன்செய்த பாவங்களை அழித்துவிடுகிறது.
 ஒரு விடயத்தை பல முறை கற்பித்தல் நபியவர்களின் வழிமுறையாகும்.
 ஷஹாதா கலிமாக்களின் சிறப்பும், நரகத்தில் நிரந்தமாக இருப்பதிலிருந்து விடுதலை பெற அவைகள் காரணமாக அமைந்துவிடுகிறது.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
-    <t>[رواه أبو يعلى والطبراني والضياء المقدسي]</t>
+    <t>[இமாம்களான அபூயஃலா, தபரானி, அல்-ழியா அல்-மக்திசி ஆகியோரால் இது பதிவு செய்யப்பட்டுள்ளது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65006</t>
   </si>
   <si>
     <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் அவர்கள், ' அடியார்கள் அல்லாஹ்வுக்குச் செய்யவேண்டிய கடமை என்னவென்றால், அவர்கள் அவனை மாத்திரமே வழிபட வேண்டும்; அவனுக்கு எதையும் இணையாக்கக் கூடாது. அல்லாஹ்வின் மீது அடியார்களுக்கு உள்ள உரிமை –கடமை யாதெனில், அவனுக்கு எதையும் இணை கற்பிக்காமல் இருப்பவரை (மறுமையில்) அவன் வேதனை செய்யாமல் இருப்பதாகும்'</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>முஆத் இப்னு ஜபல்(ரழியல்லாஹு அன்ஹு) அவர்கள் அறிவிக்கிறார்கள். நான் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுக்குப் பின்னால் 'உஃபைர்' என்று அழைக்கப்படும் கழுதையின் மீது அமர்ந்திருந்தேன். அப்போது அவர்கள், 'முஆதே! அல்லாஹ்வுக்கு அடியார்கள் செய்ய வேண்டிய கடமை என்ன என்பதை நீர் அறிவீரா? மேலும் அடியார்களுக்கு அல்லாஹ் ஆற்ற வேண்டிய கடமை யாது என்பதையும் நீர் அறிவீரா என்று (என்னிடம்) கேட்டார்கள்.
 அதற்கு நான், 'அல்லாஹ்வும் அவனுடைய தூதருமே நன்கு அறிந்தவர்கள்' என்று பதிலளித்தேன். அல்லாஹ்வின் தூதர் அவர்கள், ' அடியார்கள் அல்லாஹ்வுக்குச் செய்யவேண்டிய கடமை என்னவென்றால், அவர்கள் அவனை மாத்திரமே வழிபட வேண்டும்; அவனுக்கு எதையும் இணையாக்கக் கூடாது. அல்லாஹ்வின் மீது அடியார்களுக்கு உள்ள உரிமை –கடமை யாதெனில், அவனுக்கு எதையும் இணை கற்பிக்காமல் இருப்பவரை (மறுமையில்) அவன் வேதனை செய்யாமல் இருப்பதாகும்' என்று கூறினார்கள்.
 'அல்லாஹ்வின் தூதரே! இந்த நற்செய்தியை மக்களுக்கு அறிவிக்கட்டுமா?' என்று நான் கேட்டேன். அதற்கு அவர்கள், 'மக்களுக்கு இந்த நற்செய்தியை (இப்போது) அறிவிக்காதீர்;. அவர்கள் இந்தச் செய்தியை மட்டுமே சார்ந்து (நற்செயல்களில் ஈடுபடாமல்) இருந்து விடுவார்கள்' என்று பதில் அளித்தார்கள்.</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
@@ -12728,51 +17267,51 @@
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>ஒரு மனிதர்  நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து கூறினார்: 'அல்லாஹ்வின் தூதரே, - எம்மில் ஒருவருக்கு உள்ளத்தில் ஒரு வகையான எண்ணங்கள் ஏற்படுகின்றன.அது பற்றி பேசுவது மிகப்பாரதூரமானது.; அது பற்றி பேசுவதை விட நெருப்புக் கனலாக இருப்பதே மேல் என்று கூறுகிறார். உடனே நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இரண்டு தடவைகள் தக்பீர் கூறி ஷைத்தானின் திட்டத்தை-சூழ்ச்சியை வெறும் மனஊசலாட்டமாக மாற்றிய அல்லாஹ்வுக்கே எல்லாப்புகழும் எனக் கூறினார்கள்.</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>ஷைத்தான், மனஊசலாட்டத்தின் மூலம் முஃமின்களை ஈமானிலிருந்து இறைநிராகரிப்பின் பால் மீட்டெடுக்க எப்போதும் சந்தர்ப்பத்தை எதிர்பார்த்தவனாக உள்ளான் என்பதை தெளிவுபடுத்தல்.
 முஃமின்களுக்கு ஷைத்தானால் மனஊசலாட்டத்தை தவிர வேறு எதையும் செய்ய முடியாது என்ற ஷைத்தானின் பலவீனத்தை தெளிவுபடுத்துதல்.
 முஃமினைப் பொறுத்தவரை ஷைத்தானின் ஊசலாட்டங்களை புறக்கணித்து அதனைத் தடுத்துக்கொள்ளுதல் அவசியமாகும்.
 நல்ல விடயங்கள் அல்லது ஆச்சரியப்படத்தக்க விவகாரங்கள்,அல்லது இதையொத்த விடயங்களின் போது தக்பீர்முழங்குதல் அனுமதிக்கப்பட்டவிடயமாகும்.
 மார்க்கம் குறித்து பிரச்சினைக்குரிய, தெளிவற்ற விடயங்கள் பற்றி ஒரு முஸ்லிம் அறிஞரிடம் கேட்டுத் தெளிவு பெறுவது மார்க்கத்தில் அனுமதிக்கப்பட்ட விடயமாகும்.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
   </si>
   <si>
-    <t>[رواه أبو داود والنسائي في الكبرى]</t>
+    <t>[இமாம்களான அபூதாவூத், குப்ரா எனும் நூலில் நஸாஈ ஆகியோர் இதனை பதிவு செய்துள்ளனர்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65012</t>
   </si>
   <si>
     <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>உங்களில் ஒருவரிடம் ஷைத்தான் வந்து, 'இன்னின்னவற்றைப் படைத்தவன் யார்?' என்று கேட்டுக்கொண்டே வந்து இறுதியில் அவரிடம், 'உன் இறைவனைப் படைத்தவன் யார்?' என்று கேட்பான். இந்தக் (கேள்வி கேட்கும்) கட்டத்தை அவன் எட்டும்போது, அவர் அல்லாஹ்விடம் பாதுகாப்புக் கோரட்டும். (இத்தகைய சிந்தனையிலிருந்து) அவர் விலகிக் கொள்ளட்டும்</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: உங்களில் ஒருவரிடம் ஷைத்தான் வந்து, 'இன்னின்னவற்றைப் படைத்தவன் யார்?' என்று கேட்டுக்கொண்டே வந்து இறுதியில் அவரிடம், 'உன் இறைவனைப் படைத்தவன் யார்?' என்று கேட்பான். இந்தக் (கேள்வி கேட்கும்) கட்டத்தை அவன் எட்டும்போது, அவர் அல்லாஹ்விடம் பாதுகாப்புக் கோரட்டும். (இத்தகைய சிந்தனையிலிருந்து) அவர் விலகிக் கொள்ளட்டும்.</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
@@ -12929,94 +17468,94 @@
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா அவர்கள் கூறினார்கள்; நிச்சயமாக அல்லாஹ் சாதாரண சூழ்நிலைகளின் போது அவனது கடமைகளை பூரணமாக செய்வதை விரும்புவது போன்று அசாதாரண சூழ்நிலைகளில் அவனது சலுகைகளைப் பயன்படுத்ததுவதை விரும்புகிறான்.</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
     <t>சட்டதிட்டங்கள்,வணக்கவழிபாடுகள்; மற்றும் நியாயமான காரணம் நிமித்தம் அதாவது பிரயாணத்தின் போது தொழுகையை சுருக்கியும் சேர்த்தும் தொழுதல், போன்ற அல்லாஹ்வால் அனுமதியளிக்கப்ட்ட சலுகைகளைப் பயன்படுத்துவதை அல்லாஹ் விரும்புகிறான் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். கடமையான விடயங்களை செய்வதை அவன் விரும்புவது போன்று சலுகைகளாகத் தரப்பட்டவைகளையும் நிறைவேற்றுவதை விரும்புகிறான் ஏனெனில் கட்டாயமாக செய்யவேண்டும், என்ற  அல்லாஹ்வின் கட்டளையும் அவனால் அளிக்கப்பட்ட சலுகைகளும் ஒன்றாகும்.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>அல்லாஹ் வழங்கியுள்ள சலுகைகளை பயன்படுத்துவதை அவன் விரும்புகிறான் என்பது அல்லாஹ் அடியார்கள் மீது கொண்டுள்ள அளப்பரிய கருணையை காட்டுகிறது.
 இஸ்லாமிய ஷரீஆவின் பூரணத்துவமும் அது முஸ்லிம்களுக்கு ஏற்படும் சிரமத்தை நீக்குவதற்கான –தவிர்ப்பதற்கான – நடவடிக்கைகளை மேற்கொண்டுள்ளமையும்.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
-    <t>[இதனை இப்னு ஹிப்பான் அறிவித்தார்]</t>
+    <t>[இதனை இமாம் இப்னு ஹிப்பான் பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65017</t>
   </si>
   <si>
     <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
     <t>தங்களுக்குப் பிறகு இஸ்லாத்தைப் பற்றி எவரிடமும் கேட்டகத் தேவையில்லாத அளவு எனக்கு இஸ்லாத்தைப் பற்றிக் கூறுங்கள் எனக் கேட்டேன். அதற்கு நபியவர்கள்: அல்லாஹ்வின் மீது நம்பிக்கைக் கொண்டேன் எனக் கூறி அதிலேயே உறுதியாக நிலைத்திருப்பீராக எனக் கூறினார்கள்</t>
   </si>
   <si>
     <t>عَنْ سُفْيان بنِ عَبْدِ اللهِ الثَّقَفِيّ رضي الله عنه قال: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
     <t>ஸுப்யான் இப்னு அப்துல்லாஹ் அஸ்ஸகபி ரழியல்லாஹு அன்ஹு கூறுகிறார்கள்: நான் அல்லாஹ்வின் தூதரிடம் : அல்லாஹ்வின் தூதரே தங்களுக்குப் பிறகு இஸ்லாத்தைப் பற்றி எவரிடமும் கேட்டகத் தேவையில்லாத அளவு எனக்கு இஸ்லாத்தைப் பற்றிக் கூறுங்கள் எனக் கேட்டேன். அதற்கு நபியவர்கள்: அல்லாஹ்வின் மீது நம்பிக்கைக் கொண்டேன் எனக் கூறி அதிலேயே உறுதியாக நிலைத்திருப்பீராக எனக் கூறினார்கள்.</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
 فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
 ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>நபித்தோழர் ஸுப்யான் இப்னு அப்தில்லாஹ் ரழியல்லாஹு அன்ஹு அவர்கள் தாம் கடைப்பிடித்தொழுகுவதற்கு  இஸ்லாத்தின் கருத்துக்கள் யாவும் பொதிந்துள்ள, அது குறித்து வேறு யாரிடமும் கேட்பதற்கு அவசியமற்ற  ஒரு கூற்றை சொல்லித் தருமாறு வேண்டினார்கள். அதற்கு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள்,  அவரிடம் :  நான் அல்லாஹ் ஒருவன் என்று ஏற்று , அவனே எனது இரட்சகனும், உண்மையான கடவுளும், எனது படைப்பாளனும், எனது  உண்மையான இறைவனுமாவான், அவனுக்கு நிகராக எவனும் இல்லை என்று  நம்பிக்கை கொண்டேன் எனக் கூறுவீராக என்று வேண்டினார்கள். பின் அல்லாஹ் விதித்த கட்டாயக் கடமைகளை நிறைவேற்றுவதன் மூலமும் அல்லாஹ் தடுத்த விடயங்களை தவிர்ந்திருப்பதன் மூலமும் அவனுக்குக் கட்டுப்பட்டு அதிலே நிலைத்திருக்குமாறும் வேண்டினார்கள்.</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
   </si>
   <si>
     <t>அல்லாஹ்வை அவனது ருபூபிய்யத், உலூஹிய்யத் மற்றும் அவனது திருநாமங்கள், பண்புகளைக் கொண்டு விசுவாசம் கொள்வது இஸ்லாமிய மார்க்கத்தின் அடிப்படையாகும்.
 ஈமானிற்குப் பிறகு அதில் உறுதியாக இருத்தல், வணக்கவழிபாடுகளை தொடராக செய்தல், அதில் உறுதியாக இருத்தலின் முக்கியத்துவம் இந்த ஹதீஸில் சுட்டிக்காட்டப்பட்டுள்ளது.
 ஈமான் -அல்லாஹ்வை விசுவாசம் கொள்வது-  அமல்கள் ஏற்றுக்கொள்ளப்படுவதற்குரிய ஒரு பிரதான நிபந்தனையாகும்.
 ஈமான் -அல்லாஹ்வை விசுவாசம் கொள்வது- என்பது ஒருவர் ஈமான் கொள்ளவேண்டிய ஈமான் தொடர்பான கோட்பாடுகள்  மற்றும் அதன் அடிப்படைகள் மேலும் அது தொடர்பான உளச் செயற்பாடுகள் ஆகியவற்றை உள்ளடக்குவதுடன் அல்லாஹ்வுக்கு மறைமுகமாகவும் வெளிப்படையாகவும் பணிந்து கட்டுப்பட்டு நடப்பதைக் குறிக்கும்.
 உறுதியாக இருத்தல் என்பது கடமையான விடயங்களை செய்து, தடைசெய்தவற்றை முற்றாக விட்டுவிடுவதன் மூலம் மார்க்கத்தில் உறுதியாக இருத்தல்.</t>
   </si>
   <si>
     <t>رواه مسلم وأحمد</t>
   </si>
   <si>
-    <t>[رواه مسلم وأحمد]</t>
+    <t>[இமாம் முஸ்லிம் மற்றும் இமாம் அஹ்மத் ஆகியோரால் பதிவு செய்யப்பட்டது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65018</t>
   </si>
   <si>
     <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>நயவஞ்சகனின் நிலை இரு ஆண் ஆடுகளை சுற்றிவரும் பெண் ஆட்டின் நிலையைப் போன்றதாகும். ஒரு முறை அதனிடம் செல்கிறது; மறுமுறை வேறு ஒன்றிடம் செல்கிறது</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடமிருந்து இப்னு உமர் ரழியல்லாஹூ அன்ஹுமா அறிவிக்கிறார்கள்: நயவஞ்சகனின் நிலை இரு ஆண் ஆடுகளை சுற்றிவரும் பெண் ஆட்டின் நிலையைப் போன்றதாகும். ஒரு முறை அதனிடம் செல்கிறது; மறுமுறை வேறு ஒன்றிடம் செல்கிறது.</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>நயவஞ்சகனின் நிலை இரண்டு ஆட்டுமந்தைகளில் எதனைப் பின்பற்றிச் செல்வது என்ற தடுமாற்றத்துடன் இருக்கும் ஆட்டை ஒத்ததாகும் என நபியவர்கள் இங்கு தெளிவு படுத்துகிறார்கள் ஒருமுறை இந்த  ஆட்டுமந்தையிடமும் மறுமுறை வேறொன்றிடமும் செல்கின்றது. முனாபிகுகள்; -நயவஞ்சகர்கள்- ஈமான் மற்றும் குப்ருக்கு மத்தியில் தடுமாற்றுத்துடன் இருப்போர. இவர்கள் முஃமின்களுடன் வெளிப்படையாகவோ மறைமுகமாகவோ தெளிவான முறையில் நடந்து கொள்வதில்லை மற்றும் காபிர்களுடனும் கூட வெளிப்படையாகவோ மறைமுகமாகவோ நடந்து கொள்வதில்லை. மாறாக இவர்கள் வெளிப்படையில் முஃமின்களுடன் இருப்பதாக போலியாக காட்டிக்கொண்டாலும் ஒவ்வொரு தடவையும் ஒவ்வொரு சாராரையும் திருப்தி படுத்த முனைவதால் அவர்கள் மனதினுள்ளே சந்தேகம் மற்றும் தடுமாற்றத்துடனனே காணப்படுவார்கள்.</t>
   </si>
   <si>
@@ -13042,51 +17581,51 @@
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு அம்ரிப்னில் ஆஸ் ரழியல்லாஹு அன்ஹுமா அறிவிக்கிறார்கள்  அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறினார்கள்: 'ஆடை கிழிந்து இத்துப்போவதை போன்று உங்கள் உள்ளத்தில் உள்ள ஈமானும் குறைந்து  பலவீனமடைந்து விடுகிறது. எனவே உங்களின் ஈமானை புதுப்பிக்குமாறு அல்லாஹ்விடம் கேளுங்கள்'</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>புதிய ஆடையை நீண்டகாலம் பாவிப்பதினால் பழையதாகி கிழிந்து போவது போல் ஒரு முஸ்லிமின் உள்ளத்தில் காணப்படும் இறை நம்பிக்கையும் பலவீனம் அடைகிறது என நபியவர்கள் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். இதற்கு வணக்கவழிபாட்டில் காணப்படும் சோர்வு நிலை அல்லது பாவகாரியங்ளில் ஈடுபடுதல், மனோ இச்சையில் மூழ்கிப்போதல் போன்றவை காரணங்களாகும். இதற்கு தீர்வாக, கட்டாயக் கடமைகளை நிறைவேற்றுவதன் மூலமும் அதிகம் திக்ர் மற்றும் பாவமண்ணிப்புக்கோருவதன் மூலமும் எமது ஈமானைப் புதுப்பிக்குமாறு அல்லாஹ்விடம் பிரார்த்திக்குமாறு நபியவர்கள் வழிகாட்டுகிறார்கள்.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>ஈமானில் உறுதியையும் ,உள்ளத்தில் ஈமானைப் புதுப்பிக்கவும் அல்லாஹ்விடம் பிரார்த்திக்குமாறு தூண்டியிருத்தல்.
 ஈமான் என்பது சொல்,செயல்,நம்பிக்கை ஆகியவற்றைக் குறிக்கும்.இறைவனுக்கு கட்டுப்படுவதால் ஈமான் அதிகரிக்கும், மாறு செய்வதால் அது குறைந்து விடும்.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
-    <t>[رواه الحاكم والطبراني]</t>
+    <t>[இமாம்களான ஹாகிம், தபரானி ஆகியோரால் இது பதிவு செய்யப்பட்டுள்ளது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65020</t>
   </si>
   <si>
     <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>'அறிவு உயர்த்தப்படுதல், அறியாமை மேலோங்குதல், விபச்சாரம் பெருகுதல்; மது அருந்துவது சர்வசாதாரணமாகிவிடுதல், ஆண்களின் எண்ணிக்கை குறைதல், ஐம்பது பெண்களுக்கு ஒரு ஆண் மட்டுமே அவர்களைக் கவனிக்கும் -நிர்வகிக்கும்-அளவுக்கு பெண்களின் எண்ணிக்கை அதிகரித்தல் போன்றன மறுமை நாளின் அடையாளங்களுள் சிலதாகும்</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>அனஸ் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள்: நான் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம அவர்களிடமிருந்து கேட்ட ஒரு ஹதீஸை உங்களுக்கு அறிவிக்கிறேன், என்னைத் தவிர யாரும் அதை உங்களுக்கு அறிவிக்க மாட்டார்கள். நபிகள் நாயகம் ஸல்லல்லாஹு அலைஹிவஸல்லம அவர்கள் கூற நான் செவியுற்றேன் : 'அறிவு உயர்த்தப்படுதல், அறியாமை மேலோங்குதல், விபச்சாரம் பெருகுதல்; மது அருந்துவது சர்வசாதாரணமாகிவிடுதல், ஆண்களின் எண்ணிக்கை குறைதல், ஐம்பது பெண்களுக்கு ஒரு ஆண் மட்டுமே அவர்களைக் கவனிக்கும் -நிர்வகிக்கும்-அளவுக்கு பெண்களின் எண்ணிக்கை அதிகரித்தல் போன்றன மறுமை நாளின் அடையாளங்களுள் சிலதாகும்.</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் கியாம நாள் நெருங்கும் போது நிகழும் சில அடையாளங்கள் குறித்து தெளிவு படுத்துகிறார்கள். அறிஞர்களின் மரணம் காரணமாக ஷரீஆ பற்றிய அறிவு உயர்த்தப்படுவது அதில் ஒன்றாகும். இதன் விளைவாக அறியாமை மேலோங்கி எல்லா இடத்திலும் அறியாமை பரவிவிடும்.விபச்சாரமும் மானக்கேடான விடயங்களும் சர்வசாதாரணமாக பரவும். மது அதுருந்துதல் அதிகரித்துவிடும். ஒரு ஆண் ஜம்பது பெண்களின் விவகாரங்களை நிர்வகித்து அவர்களின் நலன்களை பொருப்பேற்று நடாத்தும் அளவுக்கு, பெண்களின் எண்ணிக்கை அதிகரித்து ஆண்களின் எண்ணிக்கை குறைந்து விடும்.</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
@@ -13419,102 +17958,96 @@
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>மறுமை நாளில் மக்கள் முன்னிலையில் தனது சமூகத்திலிருந்து ஒரு மனிதனை விசாரணைக்காக அழைத்து அவனிடம் 99 பதிவேடுகளை எடுத்துக்காட்டுவான், என நபி ஸல்லலல்லாஹு அலைஹிவஸல்லம் குறிப்பிடுகிறார்கள். பதிவேடு என்பது அந்த மனிதன் உலகில் செய்த தீய செயல்களின் ஏடுகளைக் குறிக்கும். ஓவ்வொரு பதிவேடும் பார்வை எட்டும் அளவுக்கு நீண்டதாக காணப்படும்;. பின்னர் அல்லாஹ் அந்த மனிதனைப்பார்த்து இந்தப் பதிவேடுகளில் எழுதப்பட்டவைகளில் ஒன்றையேனும் நீ மறுக்கிறாயா? எனக் கேட்பான். எழுத்தாளர்களான எனது வானவர்கள் உமக்கு அநியாயம் இழைத்துள்ளனரா? அதற்கு அந்த மனிதன் : எனது இரட்சகனே அவ்வாறில்லை என்று கூறுவான். அதற்கு அல்லாஹ் அந்த மனிதனிடம் உலகில் நீ செய்து முற்படுத்திய தீய செயல்களுக்கு மறதி அல்லது தவறு அல்லது அறியாமை போன்ற ஏதும் நியாயமான காரணங்கள் உண்டா? என்று கேட்பான். அதற்கு அந்த மனிதன் எனது இரட்சகனே அதற்கான எந்த நியாயமும் என்னிடத்தில் கிடையாது என்று கூறுவான். அப்போது  அல்லாஹ் அவனைப்பார்த்து உண்மைதான்; உமக்கு எம்மிடம் நன்மை உண்டு எனவும் இன்றைய தினம் உமக்கு எந்த அநியாயமும் நிகழாது என்றும் கூறுவான். பிறகு சிறிய துண்டுச் சீட்டு (பதிவட்டை) ஒன்று எடுத்துக்காட்டப்படும்;  அதில்" அஷ்ஹது அல்லாஇலாஹ இல்லல்லாஹு வஅஷ்ஹது அன்ன முஹம்மதன் அப்துஹுவரஸுலுஹு" (உண்மையாக வணங்கப்படத்தகுதியானவன் அல்லாஹ்வைத் தவிர வேறு யாறும் இல்லை என்று சாட்சி கூறுகிறேன். முஹம்மத் அவனின் அடியாரும் அவனின் தூதருமாவார் எனவும் சாட்சி கூறுகிறேன்) என்று எழுதப்பட்டிருக்கும். தொடர்ந்தும் அல்லாஹ் அந்த மனிதனைப்பார்த்து ' உனது செயலின் எடையை காட்டும் ' என்று கேட்பான். அதற்கு அந்த மனிதன் எனது இரட்சகனே! இந்தப்பதிவேடுகளின் நிறைக்கு இந்த பதிவட்டையின் நிறை நிகராகுமா? என மனிதன் ஆச்சரியமடைந்தவனாக கேட்பான். அதற்கு அல்லாஹ் ' உமக்கு எந்த அநியாயமும் நிகழ மாட்டாது'  எனக் கூறுவான். பதிவேடுகள் ஒரு தட்டிலும் பதிவட்டை இன்னொரு தட்டிலும் வைக்கப்படும், அப்போது பதிவேடுகளின் தட்டு குறைந்து பதிவட்டை இருந்த தட்டு கனதியாகி அதன் எடை அதிகரித்து விடும் அப்போது அல்லாஹ் அந்த மனிதனின் பாவத்தை மன்னித்து விடுவான்.</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>லாஇலாஹ இல்லல்லாஹ் என்ற ஏகத்துவ வார்த்தையின் மகிமையும், தராசில் அதன் கனதியும் இந்த ஹதீஸில் குறிப்பிடப்பட்டுள்ளமை.
 லாஇலாஹ இல்லல்லாஹ் என்ற வார்த்தையை நாவினால் மாத்திரம் கூறுவது போதாது. மாறாக அதன் கருத்துப்பற்றிய அறிவும் அது கூறும் அடிப்படைக்கேட்ப செயல் படுதலும் அவசியம்.
 இஹ்லாஸ்-மனத்தூய்மையும், ஏகத்துவத்ததில் உறுதியும் பாவங்கள் மன்னிக்கப்படுவதற்கான காரணமாகும்.
 உள்ளங்களில் காணப்படும் உளத்தூய்மைக்கேற்ப ஈமானும் வித்தியாசப்படும்.சிலர் லாஇலாஹ இல்லல்லாஹ் என்ற வார்த்தையை கூறலாம்.ஆனால் அவரின் பாவங்களின் அளவுக்கேற்ப மறுமையில் வேதனையை அனுபவிப்பார்.</t>
   </si>
   <si>
-    <t>[رواه الترمذي وابن ماجه]</t>
+    <t>[இமாம் திர்மிதி, இமாம் இப்னு மாஜா ஆகியோரால் பதிவு செய்யப்பட்டது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65033</t>
   </si>
   <si>
     <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>'அல்லாஹ் சுவர்க்கத்தையும் நரகத்தையும் படைத்து விட்டு, ஜிப்ரீல் அலைஹிஸ்ஸலாம்</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள். 'அல்லாஹ் சுவர்க்கத்தையும் நரகத்தையும் படைத்து விட்டு, ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்களை சுவர்க்கத்துக்கு அனுப்பி சுவர்க்கத்தையும், சுவர்க்கவாசிகளுக்காக நான் தயார்செய்தவற்றையும் பார்ப்பீராக என்று கூறினான். அவர் அதனை பார்த்துவிட்டு வந்து உனது கண்ணியத்தின் மீது சத்தியமாக எவரும் அதன் இன்பம் பற்றி கேள்விப்பட்டால்; அதில் நுழைந்து விடவே நினைப்பர். உடனே அந்த சுவர்க்கம் வெறுக்கப்டபடக்கூடிய விடயங்களால் சூழ்ந்திருக்க கட்டளைப் பிரப்பித்தான். மீண்டும் அங்கு சென்று சுவர்க்கவாசிகளுக்கு தான் தயார்செய்தவற்றை பார்த்து வருமாறு கூறினான் அங்கு சென்று பார்த்த போது சுவர்க்கம் வெறுக்கத்தக்க விடயங்களால் சூழப்பட்டிருந்தது. அதற்கு ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்கள் உனது கண்ணியத்தின் மீது சத்தியமாக அதனுள் எவரும் நுழைய மாட்டார்களோ என நான் பயப்படுகிறேன். பின் நரகத்தையும் நரகவாதிகளுக்கு தான் தயார்ப்படுத்திவைத்திருப்பவற்றை பார்ப்பீராக என ஜிப்ரீலிடம் அல்லாஹ் கூற, அதனைச் சென்று பார்த்த போது அது அடுக்கடுக்காக இருப்பதை கண்டார்.பின் திருப்பிவந்து உனது கண்ணியத்தின் மீது ஆணையாக அதில் எவரும் நுழைய விரும்ப மாட்டார்கள். உடனே அல்லாஹ் நரகத்தை இச்சைகளால் சூழ்ந்திருக்க கட்டளைப்பிரப்பித்தான் பின் மீண்டும் அதனை பார்த்து வருமாறு அவருக்கு கட்டளையிட்டான் ஜிப்ரீல் அலைஹிஸ்ஸ்லாம் அவர்கள் சென்று பார்த்த போது அது இச்சைகளால் சூழப்பட்டிருந்தது.உடனே திரும்பி வந்து (இறைவா) உனது கண்ணியத்தி;ன் மீது சத்தியமாக அதனுள் நுழையாது எவறும் தப்ப மாட்டார்கள் என நான் அஞ்சுகிறேன் என்று கூறினார்.'</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
     <t>அல்லாஹ் சுவர்க்கத்தையும், நரகத்தையும் படைத்த போது, ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்களிடம் சுவர்க்கத்தை சென்று பார்ப்பீராக என்று கூற அவர் அதனை பார்த்து விட்டு அல்லாஹ்விடம் திரும்பி வந்தார் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த ஹதீஸில் குறிப்பிடுகிறார்கள். சுவர்க்கத்தை பார்த்துவிட்டு திரும்பிய ஜிப்ரீல் அலைஹிஸ்ஸலாம் அவர்கள் அல்லாஹ்வை விளித்து எனது இரட்சகனே! உனது மாட்சிமையின் -கண்ணியத்தின் மீது சத்தியமாக இந்த சுவர்க்கத்தில் உள்ள இன்பங்கள் சுகங்கள் பாக்கியங்கள் பற்றி எவரும் கேள்விப்படுவாராயின் அதில் நுழைவதற்கு அதிவிருப்பம் உடையவராகவே இருப்பார். அதனை அடைந்து கொள்ள நல்ல காரியங்களில் ஈடுபடுவார் என்று கூறினார். பின்னர், அல்லாஹ் இன்னல்களாலும்,  (இடையூறுகளாலும்), இறைகட்டளைகளை எடுத்து நடக்கும் போதும், அவன் தடுத்தவற்றை தவிர்ந்து விலகி நடக்கும் போதும் ஏற்படுகின்ற சிரமங்களாலும் அதனை சூழச்செய்தான். ஆகவே யார் அதில் -சுவர்க்கத்தினுள் நுழைய விரும்புகிறாரோ அவர் இந்த இடையூறுகளை தாண்டிச்செல்லல் அவசியமாகும். சுவர்க்கம் இன்னல்களால் சூழப்பபட்டதன் பின், ஜிப்ரீலே இப்போது சுவர்க்கத்தை பார்த்து வருவீராக என்று அல்லாஹ் கூறினான். உடனே அவர் அதனைப் பார்த்து விட்டு வந்து ; எனது இரட்சகனே உனது கண்ணியத்தின் மீது சத்தியமாக , சுவர்க்கம் செல்லும் பாதையில் எதிர்ப்படும் சிரமங்கள் மற்றும் இன்னல்களினால்  எவறும் அதில் நுழைய மாட்டார்கள் என நான் அஞ்சுகிறேன் எனக் கூறினார். நரகத்தை அல்லாஹ் படைத்த வேளை ஜிப்ரீலே அதனைப்பார்;த்து வருவீராக எனக் கூற உடனே ஜிப்ரீல் அதனை பார்க்கச் சென்றார். பின் மீண்டும் அல்லாஹ்விடம் அவர் வந்து எனது இரட்சனே! உனது கண்ணியத்தின்  மீது சத்தியமாக, அதன் வேதனை,கடுந்துயர்,இன்னல்கள் மற்றும் சித்திர வதைகள் போன்றவற்றை கேள்விப்படும் எவரும் அதில் நுழைவதை விரும்பாது அதன் பால் இட்டுச்செல்லும் வழிகளிலிருந்து விலகி நடப்பர் என்று கூறினார். அல்லாஹ் மனோ இச்சைகள், உலக இன்பங்கள் போன்றவைகளால் அந்நரகத்தை சூழச்செயததன் பின், ஜிப்ரீலே இப்போது நரகத்தை பார்த்து வருவீராக என்று கூறினான். உடனே ஜிப்ரீல் அதனைப்பார்த்துவிட்டு அல்லாஹ்விடம் வந்து இறைவா! உனது கண்ணியத்தின் மீது சத்தியமாக அந்த நரகத்தை சூழ மனோஇச்சைகளும், உலகியல் இன்பங்களும் இருப்பதால் அதில் நுழையாது எவரும் தப்பிட மாட்டார்கள் என நான் அஞ்சுகிறேன் என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>சுவர்க்கமும், நரகமும் தற்போதும் உள்ளது என ஈமான் கொள்ளுதல்.
 மறைவானவற்றையும்,அல்லாஹ்விடமிருந்தும் ; அவனின் தூதரிடமிருந்தும் வழிகாட்டல்கள் என வந்தவற்றையும் ஈமான் கொள்வது கடமை.
 சுவர்கத்தின் பால் இட்டுச்செல்லும் காரணியாக இன்னல்கள் இருப்பதால் அதில் பொறுமையை கடைபிடிப்பதன் அவசியம் குறித்து இந்த ஹதீஸ் குறிப்பிடுகிறது.
 நரகத்திற்கு வழிவகுக்கும் காரணியாக தடைசெய்யப்பட்டவை இருப்பதால் அவற்றிலிருந்து விலகி நடப்பதன் அவசியம். குறித்து இந்த ஹதீஸ் குறிப்பிடுகிறது.
 சுவர்க்கம் இன்னல்களாலும் நரகம் இச்சைகளாலும் சூழப்பட்டதாக இருப்பது, உலக வாழ்வின் சோதனைக்கான அடிப்படையாகும்.
 சுவர்க்கத்திற்கான பாதை கடினமும் சிரமும் நிறைந்தது, அதற்கென நம்பிக்கையுடன்(ஈமானுடம்) பொறுமை மற்றும் இன்னல்களை அனுபவித்தல் என்பனவும் அவசியம். மேலும், நரகத்திற்கான பாதை இந்த உலகின் இன்பங்களாலும் ஆசைகளாலும் நிறைந்தது.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[رواه أبو داود والترمذي والنسائي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65034</t>
   </si>
   <si>
     <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
     <t>(மறுமை நாளில்) கருமை கலந்த வெண்ணிற</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
     <t>இறைத்தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஸஈத் அல்குத்ரீ ரழியல்லாஹு அன்ஹு கூறினார்: (மறுமை நாளில்) கருமை கலந்த வெண்ணிற ஆடு ஒன்றின் தோற்றத்தில் மரணம் கொண்டுவரப்படும். அப்போது அறிவிப்புச் செய்யும் (வானவர்களில்) ஒருவர், 'சொர்க்கவாசிகளே!' 'இதை (இந்த ஆட்டை) நீங்கள் அறிவீர்களா?' என்று கேட்பார். அவர்கள், 'ஆம்! இதுதான் மரணம்' என்று பதிலளிப்பார்கள். அவர்கள் அனைவரும் அதை (முன்பே) பார்த்திருக்கிறார்கள்.பிறகு அவர் நரகவாசிகளை நோக்கி: 'நரகவாசிகளே! என்று அழைப்பார். அவர்கள் தலையை நீட்டிப் பார்ப்பார்கள். அவர் 'இதை நீங்கள் அறிவீர்களா?' என்று கேட்பார். அவர்கள், 'ஆம் (அறிவோம்;) இதுதான் மரணம்' என்று பதில் சொல்வார்கள். அவர்கள் அனைவரும் அதை (முன்பே) பார்த்துள்ளனர். உடனே அது (ஆட்டின் உருவத்திலுள்ள மரணம்) அறுக்கப்பட்டுவிடும். பிறகு அவர், 'சொர்க்கவாசிகளே நிரந்தரம்; இனி மரணமே இல்லை. நரகவாசிகளே! நிரந்தரம்; இனி மரணம் என்பதே இல்லை'  என்று கூறுவார். இதைக் கூறிவிட்டு நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள், '(நபியே!) நியாயத் தீர்ப்பளிக்கப்படும் துக்கம் நிறைந்த அந்நாளைப் பற்றி நீங்கள் அவர்களை எச்சரியுங்கள்! எனினும், (இன்று உலக வாழ்வில்) இவர்கள் கவலையற்றிருக்கிருக்கின்றனர். எனவே, இவர்கள் நம்பிக்கைகொள்ளவே மாட்டார்கள்'' எனும் (திருக்குர்ஆன் 19:39 வது) இறைவசனத்தை ஓதினார்கள். மேலும், 'இன்று உலகில் வசிக்கும் இவர்கள் கவலையற்று, அசட்டையாக உள்ளனர். எனவே இவர்கள் நம்பிக்கைகொள்ள மாட்டார்கள்' என்றும் கூறினார்கள்.</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
@@ -13813,54 +18346,54 @@
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தனது தோழர்களுடன் அமர்ந்திருந்தார்கள் அப்போது அவர்கள் மக்களிடமிருந்து அறிவு அபகரிக்கப்பட்டு உயர்த்தப்படும் காலம் ஒன்று வருவது குறித்து குறிப்பிட்டார்கள். அப்போது அங்கிருந்த ஸியாத் இப்னு லபீத் அல் அன்ஸாரி  ரழியல்லாஹு அன்ஹு அவர்கள் ஆச்சரியப்பட்டு நபியவர்களிடம் அறிவு அகன்று எம்மிடமிருந்து எப்படி தொலைந்து போகும் ? நாம் அல்குர்ஆனை ஓதி அதனை மனனம் செய்கிறோம்.உண்மையில் அதனை ஒதிவருகிறோம் எமது மனைவியர், பிள்ளைகள் மற்றும் பிள்ளைகளின் பிள்ளைகளுக்கும் கற்றுக்கொடுக்கிறோமல்லாவா! என்று அவர் நபியவர்களிடம் கேட்க, நபியவர்கள் ஆச்சரியமடைந்தவர்களாக ஸியாதே (உன்னை உனது தாய் இழப்பதால் கவளைக்கொள்ளாதிருக்கட்டும்)  என்று கூறிவிட்டு, நான் உங்களை மதீனாவாசிகளின் அறிஞர்களில் ஒருவராக எண்ணியிருந்தேன், எனக் கூறினார்கள் அதன் பின் நபிஸல்லல்லாஹு அறிவு இழக்கப்படுதல்என்பது அல்குர்ஆன் இழந்து போவதல்ல.மாறாக அறிவு  இழக்கப்படுவது என்பது அதன்படி செயல்படுவது இல்லாமல் போவதாகும். வேதங்களிலிருந்து அறிந்தவற்றை நடைமுறைப்படுத்துதல்,செயற்படுத்துதல் இல்லாததின் காரணமாக யூத கிறிஸ்தவர்களிடத்தில் தௌராத் இன்ஜீல் வேதங்கள் இருந்தும் அவை பயனளிக்கவுமில்லை. அதன் கருத்துக்களால் அவர்கள் பயன் பெறவுமில்லை.</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>வேதபோதனைகள்  நடை முறைப்படுத்தப்படுத்தப்படாது மக்கள் கரங்களில் அல்குர்ஆனும்; வேதங்களும்; இருப்பதில் எவ்விதப்பலனும் கிடையாது.
 நபிஸல்லல்லாஹு அலைஹிவஸல்லம் மற்றும்அறிஞர்களின் மரணம், அறிவைக்கொண்டு செயற்படாமை ஆகிய விடயங்களின் மூலம் அறிவு உயர்த்தப்படுகிறது.
 அறிவு இழக்கப்படுதலும்,அறிவைக்கொண்டு செயற்படுவதை விட்டுவிடுவதும் மறுமைநாளின் அடையாளங்களுள் சிலதாகும்.
 கற்ற அறிவைக்கொண்டு செயற்படுவதே நோக்கம் என்பதினால் அமல் செய்வதை ஊக்கப்படுத்துதல்;.</t>
   </si>
   <si>
     <t>صحيح لغيره</t>
   </si>
   <si>
     <t>رواه ابن ماجه</t>
   </si>
   <si>
-    <t>[அது பிரிதொன்றின் மூலம் ஸஹீஹானது]</t>
-[...2 lines deleted...]
-    <t>[இதனை இப்னு மாஜா பதிவு செய்துள்ளார்]</t>
+    <t>[வேறொரு அறிவிப்புடன் இணைந்து சரியாகியது]</t>
+  </si>
+  <si>
+    <t>[இதனை இமாம் இப்னு மாஜா பதிவு செய்துள்ளார்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65045</t>
   </si>
   <si>
     <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>'வேதக்காரர்களை (அவர்கள் சொல்வதெல்லாம் உண்மை என) நம்பவும் வேண்டாம்; (பொய் என) மறுக்கவும் வேண்டாம். (மாறாக, முஸ்லிம்களே!) நீங்கள் சொல்லுங்கள்:( நாங்கள் அல்லாஹ்வையும் எங்களுக்கு அருளப்பெற்றதையும்</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>அபூ ஹுரைரா(ரழியல்லாஹு அன்ஹு) அறிவித்துள்ளார்கள்: வேதக்காரர்(களான யூதர்)கள், தவ்ராத்தை ஹீப்ரு மொழியில் ஓதி, அதை முஸ்லிம்களுக்கு அரபு மொழியில் விளக்கம் கொடுத்து வந்தார்கள். அப்போது இறைத்தூதர்(ஸல்லல்லாஹு அலைஹிவஸல்லம்) அவர்கள், ('வேதக்காரர்களை (அவர்கள் சொல்வதெல்லாம் உண்மை என) நம்பவும் வேண்டாம்; (பொய் என) மறுக்கவும் வேண்டாம். (மாறாக, முஸ்லிம்களே!) நீங்கள் சொல்லுங்கள்:( நாங்கள் அல்லாஹ்வையும் எங்களுக்கு அருளப்பெற்றதையும்இப்ராஹீம், இஸ்மாயீல், இஸ்ஹாக், யஃகூப் ஆகியோருக்கும், யஃகூபின் வழித்தோன்றல்களுக்கும் அருளப்பெற்றதையும் மற்றும் மூஸாவுக்கும் ஈஸாவுக்கும் வழங்கப்பெற்றதையும் மேலும் இறைத்தூதர்கள் அனைவருக்கும் அவர்களின் இறைவனிடமிருந்து வழங்கப்பெற்றவை அனைத்தையும் நாங்கள் நம்புகிறோம். நாங்கள் அவர்களில் யாருக்கிடையேயும் எந்த வேற்றுமையும் பாராட்டுவதில்லை. இன்னும் நாங்கள் அவனுக்கே முற்றிலும் கீழ்ப்படிந்தவர்களாக இருக்கிறோம்''  என்று கூறினார்கள்.'(அல்பகரா (136) வசனம்</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
 وأمر النبي صلى الله عليه وسلم أن نقول: 
 {آمنا بالله وما أنزل إلينا وما أنزل إلى إبراهيم وإسماعيل وإسحاق ويعقوب والأسباط وما أوتي موسى وعيسى وما أوتي النبيون من ربهم لا نفرق بين أحد منهم ونحن له مسلمون} 
 [البقرة: 136].</t>
@@ -14331,56 +18864,50 @@
   </si>
   <si>
     <t>‌عن عَلِيٍّ قَالَ: إِنِّي كُنْتُ رَجُلًا إِذَا سَمِعْتُ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ حَدِيثًا نَفَعَنِي اللهُ مِنْهُ بِمَا شَاءَ أَنْ يَنْفَعَنِي بِهِ، وَإِذَا حَدَّثَنِي رَجُلٌ مِنْ أَصْحَابِهِ اسْتَحْلَفْتُهُ، فَإِذَا حَلَفَ لِي صَدَّقْتُهُ، وَإِنَّهُ حَدَّثَنِي ‌أَبُو بَكْرٍ، وَصَدَقَ أَبُو بَكْرٍ، قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ»، ثُمَّ قَرَأَ هَذِهِ الْآيَةَ: {وَالَّذِينَ إِذَا فَعَلُوا فَاحِشَةً أَوْ ظَلَمُوا أَنْفُسَهُمْ ذَكَرُوا اللهَ فَاسْتَغْفَرُوا لِذُنُوبِهِمْ} [آل عمران: 135].</t>
   </si>
   <si>
     <t>அலி ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகிறார்கள்: நிச்சயமாக நான் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடமிருந்து ஒரு ஹதீஸை செவியேற்றால், அல்லாஹ் எனக்கு எவ்வளவு நன்மை விளைவிக்கிறானோ அந்த அளவிற்கு  அதன் மூலம் நான் பயனடைகிறேன்;. நபித் தோழர்களில் ஒருவர் என்னிடம் ஹதீஸ்களைக் கூறினால், நான் அவரிடம் சத்தியம் செய்யுமாறு கேட்டுக்கொள்கிறேன், அவர் சத்தியம் செய்தால், நான் அவரை நம்புகிறேன். பின்வரும் இந்த ஹதீஸை அபூபக்கர் கூறினார்- அபூபக்கர் உண்மையைச் சொன்னார்; அவர் தான் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிஸ்ஸலாம் அவர்கள் கூறுவதை நான் கேட்டேன், என்று கூறினார்: ஒரு அடியான் பாவமொன்றை செய்து விட்டு அழகிய முறையில் வுழூசெய்து பின் எழுந்து தனது பாவத்திலிருந்திருந்து மீளும் நோக்கில் இரண்டு ரக்அத்துக்களை தொழுதுவிட்டு அல்லாஹ்விடம் பாவமன்னிப்புக் கோரினால், அவனை அல்லாஹ் மன்னிக்காது விட்டுவிடுவதில்லை பின்னர்  நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் ஆல இம்ரானின் 135 வசனத்தை ஓதிக்காட்டினார்கள் "மேலும் அவர்கள் மானக்கேடான காரியத்தை செய்துவிட்டாலோ அல்லாது தங்களுக்கு தாங்களே அநியாயம் இழைத்துக்கொண்டாலோ அல்லாஹ்வை நினைவுகூர்ந்து உடனே தங்ளது பாவங்களுக்காக பாவமன்னிப்புத் தேடுவார்கள்".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن عبدٍ يُذنبُ ذنبًا، فيحسن الوضوء، ثم يقوم فيصلي ركعتين بنية التوبة عن ذنبه هذا، ثم يستغفر الله، إلا غفر الله له. 
 ثم قَرأ النبيُّ صلى الله عليه وسلم قولَه تعالى: 
 {والذين إذا فعلوا فاحشة أو ظلموا أنفسهم ذكروا الله فاستغفروا لذنوبهم ومن يغفر الذنوب إلا الله ولم يصروا على ما فعلوا وهم يعلمون} 
 [آل عمران: 135].</t>
   </si>
   <si>
     <t>ஒரு அடியான் பாவமொன்றை செய்து விட்டு அழகிய முறையில் வுழூசெய்து பின் எழுந்து தனது பாவத்திலிருந்திருந்து மீளும் நோக்கில் இரண்டு ரக்அத்துக்களை தொழுதுவிட்டு அல்லாஹ்விடம் பாவமன்னிப்புக் கோரினால் அவனை அல்லாஹ் மன்னிக்காது விட்டுவிடுவதில்லை என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெரிவிக்கிறார்கள். பின்னர்  நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இந்த குர்ஆன் வசனத்தை ஓதிக்காட்டினார்கள்; (மேலும் அவர்கள் மானக்கேடான காரியத்தை செய்துவிட்டாலோ அல்லாது தங்களுக்கு தாங்களே அநியாயம் இழைத்துக்கொண்டாலோ அல்லாஹ்வை நினைவுகூர்ந்து உடனே தங்களது பாவங்களுக்காக பாவமன்னிப்புத் தேடுவார்கள் .பாவத்தை மன்னிப்பவன் அல்லாஹ்வைத் தவிர வேறு யார்தான் இருக்க முடியும்.அவர்கள் அறிந்து கொண்டே பாவங்களில் -தவறில் நிலைத்திருக்கமாட்டார்கள்). (ஆல இம்ரான் : 135).</t>
   </si>
   <si>
     <t>الحثُّ على الصلاة ثم الاستغفار بعد الذنب.
 سَعَةُ مغفرةِ الله عز وجل وقبوله للتوبة والاستغفار.</t>
   </si>
   <si>
     <t>பாவத்தை செய்ததன்பின் தொழுது பாவமன்னிப்புக் கோருமாறு வலியுறுத்தியுள்ளமை.
 அல்லாஹ்வின் பாவமன்னிப்பின் விசாலமும், தவ்பாவை அவன் ஏற்பதில் அவனது பெருந்தன்மையும் புலப்படுகின்றது.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65063</t>
   </si>
   <si>
     <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>'இம்மையில் அவனை இரண்டு கால்களால் நடக்கச் செய்த (இறை)வனுக்கு, மறுமைநாளில் அவனை அவனுடைய முகத்தால் நடக்கச் செய்திட முடியாதா?'</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>கதாதா ரஹிமஹுல்லாஹ் கூறுகிறார்கள்: எமக்கு  அனஸ்  இப்னு மாலிக்   ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள் . ஒருவர் 'இறைத்தூதர் அவர்களே! (திருக்குர்ஆன் 25:43 வது இறைவசனத்தின்படி மறுமை நாளில்) இறைமறுப்பாளன் தன்னுடைய முகத்தால் (நடத்தி) இழுத்துச் செல்லப்படுவது எப்படி?' என்று கேட்டார். நபியவர்கள் 'இம்மையில் அவனை இரண்டு கால்களால் நடக்கச் செய்த (இறை)வனுக்கு, மறுமைநாளில் அவனை அவனுடைய முகத்தால் நடக்கச் செய்திட முடியாதா?' என்று (திருப்பிக்) கேட்டார்கள்.(இதை அறிவித்த) கத்தாதா இப்னு திஆமா(ரஹ்) அவர்கள் 'ஆம். (முடியும்). எங்கள் இறைவனின் வலிமையின் மீதாணையாக!'' என்றார்கள்</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>மறுமை நாளில் காபிரான ஒருவர் முகம்குப்புர நிலையில் எழுப்பப்படுவது எப்படி? என நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்களிடம் வினவப் பட்டது  அதற்கு நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் ''இம்மையில் அவனை இரண்டு கால்களால் நடக்கச் செய்த (இறை)வனுக்கு, மறுமைநாளில் அவனை அவனுடைய முகத்தால் நடக்கச் செய்திட முடியாதா? அவன் எல்லா விடயங்களிலும் வல்லமைமிக்கோனாக உள்ளான்.</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
@@ -14511,51 +19038,51 @@
   <si>
     <t>இப்னு உமர் ரழியல்லாஹு அன்ஹுமா அவர்கள்  அறிவித்துள்ளார்கள்: அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மக்கா வெற்றி தினத்தில் உரை நிகழ்த்தினார்கள். அதில் அவர்கள் கூறினார்: ''மக்களே, நிச்சயமாக அல்லாஹ் உங்களிடமிருந்து ஜாஹிலிய்யாவின் ஆணவத்தையும், முன்னோர்களைப் பற்றிய  பெருமைகொள்வதையும் நீக்கிவிட்டான். ஆகவே தற்போது இரண்டு வகையான மக்கள் உள்ளனர்: அல்லாஹ்வின் பார்வையில் நேர்மையான, பக்தியுள்ள மற்றும் கண்ணியமான நபர். அல்லாஹ்வின் பார்வையில் ஒரு பொல்லாத, பரிதாபத்திற்குரிய, அற்பமான மனிதர். மக்கள் ஆதமின் பிள்ளைகளாவர், அல்லாஹ் ஆதமை மண்ணிலிருந்து படைத்தான். அல்லாஹ் கூறுகிறான்: மனிதர்களே, நாங்கள் உங்களை ஓர் ஆணிலிருந்தும் பெண்ணிலிருந்தும் படைத்து  நீங்கள் ஒருவரையொருவர் அறிந்துகொள்வதற்காக கிளைகளாகவும் கோத்திரங்களாகவும் ஆக்கினோம். நிச்சயமாக உங்களில் மிகவும் பயபக்கதியுடையவரே அல்லாஹ்வின் முன் உங்களில் மிகவும் கண்ணியமானவர். நிச்சயமாக அல்லாஹ் அனைத்தையும் அறிந்தவன், நுட்பமானவன். (ஹுஜுராத் : 13).</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم الناس يومَ فتحِ مكة فقال: يا أيها الناس إن الله قد رفع وأزال عنكم كِبْرَ الجاهليةِ ونَخْوَتَها، والفخرَ بالآباء، وإنما الناس على نوعين:
 إما مؤمنٌ بَرٌّ تقيٌّ طائعٌ عابدٌ لله عزوجل، فهذا كريمٌ على الله، وإنْ لم يكن ذا حَسَبٍ أو نَسَبٍ عند الناس.
 وإما كافرٌ فاجرٌ شقيٌّ، وهذا هيِّنٌ ذليل على الله، ولا يساوي شيئًا، وإنْ كان ذا حَسَبٍ وله جاه وسلطان.
 والناس كلُّهم أبناء آدم، وخلقَ اللهُ آدمَ من التراب، فلا يليق بمن أصله من تراب أن يتكبَّرَ ويُعْجَبَ بنفسه، ومصداق ذلك قول الله عز وجل: {يا أيها الناس إنا خلقناكم من ذكر وأنثى وجعلناكم شعوبا وقبائل لتعارفوا إن أكرمكم عند الله أتقاكم إن الله عليم خبير} [الحجرات: 13].</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மக்கா வெற்றிகொள்ளப்பட்ட தினத்தில் உரைநிகழ்த்தினார்கள், அதில் அவர்கள் : மக்களே நிச்சயமாக அல்லாஹ் ஜாஹிலிய்யக்கால ஆணவத்தையும், வீராப்புக்கொள்வதையும், தங்களின் மூதாதையர்களின் பெருமை பேசுவதையும் உங்களை விட்டும் அகற்றிவிட்டான். ஆகையால் மக்கள் இரு வகையினராவர்.
 முதலாமவர் : அல்லாஹ்வுக்கு பணிந்து கட்டுப்பட்டு நடக்கும் நேர்மையான, பக்தியுள்ள முஃமின், இவர் மக்களிடத்தில் உயர்பரம்பரை மற்றும் உயர் குலத்தை சார்ந்தவாராக இல்லாது விட்டாலும் அல்லாஹ்விடத்தில் மிகவும் கண்ணியத்திற்குரியவராவார்.
 இரண்டாமவர் : ஒழுக்கக்கேடான அல்லாஹ்வை நிராகரித்த துஷ்டன், இவன் உயர் குலமும் புகழும் அதிகாரமும் மிக்கவனாக திகழ்ந்தாலும் அல்லாஹ்விடத்தில் அட்பமான மிகப்பரிதாபமானவனாகவே இருப்பான். இவனுக்கு எந்த மதிப்பும் கிடையாது.
 மனிதர்கள் அனைவரும் ஆதமின் சந்ததியாவார்கள். அல்லாஹ் ஆதமை மண்ணிலிருந்து படைத்தான். ஆகவே எவரின் அசல் -அடிப்படை- மண்ணாக இருக்கிறதோ அவர் பெருமையடித்தல் தற்பெருமைக்கொள்ளல் போன்ற விடயங்களுக்கு அருகதையற்றவர். இதனை பின்வரும் அல்லாஹ்வின் கூற்று தெளிவுபடுத்துகிறது : 'மனிதர்களே, நாங்கள் உங்களை ஓர் ஆணிலிருந்தும் பெண்ணிலிருந்தும் படைத்து  நீங்கள் ஒருவரையொருவர் அறிந்துகொள்வதற்காக கிளைகளாகவும் கோத்திரங்களாகவும் ஆக்கினோம். நிச்சயமாக உங்களில் மிகவும் பயபக்கதியுடையவரே அல்லாஹ்வின் முன் உங்களில் மிகவும் கண்ணியமானவர். நிச்சயமாக அல்லாஹ் அனைத்தையும் அறிந்தவன், நுட்பமானவன்'. (ஹுஜுராத் : 13).</t>
   </si>
   <si>
     <t>النهي عن التفاخر بالأنساب والأحساب.</t>
   </si>
   <si>
     <t>பரம்பரை, மூதாதையர் மரபு  ஆகியவற்றினால் தற்பெருமை கொள்வது தடுக்கப்பட்டிருத்தல்.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن حبان</t>
   </si>
   <si>
-    <t>[رواه الترمذي وابن حبان]</t>
+    <t>[இமாம்களான திர்மிதி மற்றும் இப்னு ஹிப்பான் ஆகியோரால் இது பதிவு செய்யப்பட்டது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65074</t>
   </si>
   <si>
     <t>ثم لتسألن يومئذ عن النعيم</t>
   </si>
   <si>
     <t>(பின்னர் அந்நாளில் அருட்கொடைகள் பற்றி நிச்சயமாக நீங்கள் விசாரிக்கப்படுவீர்கள்) என்ற வசனம் இறங்கிய போது</t>
   </si>
   <si>
     <t>عَنْ ‌الزُّبَيْرِ بْنِ الْعَوَّامِ قَالَ: لَمَّا نَزَلَتْ: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} [التكاثر: 8]، قَالَ الزُّبَيْرُ: يَا رَسُولَ اللهِ، وَأَيُّ النَّعِيمِ نُسْأَلُ عَنْهُ، وَإِنَّمَا هُمَا الْأَسْوَدَانِ التَّمْرُ وَالْمَاءُ؟ قَالَ: «أَمَا إِنَّهُ سَيَكُونُ».</t>
   </si>
   <si>
     <t>அஸ்ஸுபைர் இப்னுல் அவ்வாம் ரழியல்லாஹு அன்ஹு கூறுகிறார்கள் : (பின்னர் அந்நாளில் அருட்கொடைகள் பற்றி நிச்சயமாக நீங்கள் விசாரிக்கப்படுவீர்கள்) என்ற வசனம் இறங்கிய போது (அத்தகாஸுர் : 8) அஸ்ஸுபைர் ரழியல்லாஹு அன்ஹு அவர்கள் அல்லாஹ்வின் தூதரே எந்த அருட்கொடைபற்றி மறுமையில் விசாரிக்கப்டும்! 'அஸ்வதான்' எனும் ஈத்தம் பழமும் நீருமா? என்று வினவ அதற்கு :அறிந்து கொள்ளுங்கள்! அந்த அருட்கொடை பற்றியும்; அந்த விசாரணையில்  இருக்கும் என்று பதிலளித்தார்கள்.</t>
   </si>
   <si>
     <t>لما نزلت آية: 
 {ثم لتسألن يومئذ عن النعيم} أي: سوف تُسألون عن القيام بِشُكْر ما أنعم الله به عليكم من النعم، قال الزبير بن العوام رضي الله عنه: يا رسول الله، أيّ نعيمٍ سنُسأل عنه؟! إنما هما نِعْمَتان لَيْسَتا ممّا يستَدِعي السؤال وهما التَّمر والماء!
 فقال النبي صلى الله عليه وسلم: أما إنكم ستسألون عن النَّعيم مع هذه الحالة التي أنتم عليها، فإنهما نِعمتان عظيمتان مِن نِعَم الله تعالى.</t>
   </si>
   <si>
     <t>பின்வரும் வசனமான, (ஸும்ம லதுஸ்அலுன்ன யவ்மஇதின் அனின் நஈம்) அதாவது உங்களுக்கு அளித்த அருட்கொடைகளுக்கு நீங்கள் நன்றி செலுத்தியது குறித்து உங்களிடம் மறுமையில் விசாரிக்கப்படவிருக்கிறீர்கள் என்ற வசனம் இறங்கியபோது அஸ்ஸுபைர் இப்னுல் அவ்வாம் அவர்கள் அல்லாஹ்வின் தூதர்  அவர்களே! எந்ந அருட்கொடைபற்றி நாம் விசாரிக்கப்படப் போகிறோம்? அதாவது ஈத்தம் பழம் மற்றும் நீர் ஆகிய விசாரிக்கப்படுவதற்கு பொருத்தமில்லாத இரு அருள்கள் பற்றியா! என வினவினார்கள். அதற்கு :
 நீங்கள் தற்போது அனுபவித்துக்கொண்டிருக்கும் அருள்களுடன் சேர்த்து அந்த மாபெரும் இரு அருள்கள் குறித்தும் விசாரிக்கப்பட உள்ளீர்கள் என்று பதிலளித்தார்கள்.</t>
   </si>
@@ -15115,51 +19642,51 @@
   </si>
   <si>
     <t>عن بريدة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக புரைதா ரழியல்லாஹு அன்ஹு அறிவிக்கிறார்கள்: எமக்கும், அவர்களுக்கும் (இறை மறுப்பவர்களுக்கும்) இடையில் உள்ள ஒப்பந்தம் தொழுகையாகும்; அதை விட்டவர் காஃபிராகி விட்டார்'</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العهدَ والميثاقَ بين المسلمين وبين غيرهم من الكفار والمنافقين الصلاةُ، فمَن تَرَكَها فقد كَفَر.</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் முஸ்லிம்களுக்கும் அவர்கள் அல்லாத காபிர்கள் மற்றும் நயவஞ்சகர்கள் ஆகியோருக்கிடையிலான ஒப்பந்தமும், உடன்படிக்கையும் தொழுகையாகும். யார் அதனை விட்டுவிடுகிறாரோ அவர் காபிராகிவிட்டார், என இந்த ஹதீஸில் தெளிவுபடுத்துகிறார்கள்.</t>
   </si>
   <si>
     <t>عِظَم شأن الصلاة، وأنّها الفارق بين المؤمن والكافر.
 ثبوت أحكام الإسلام بالظاهر من حال الرجل دون باطنه.</t>
   </si>
   <si>
     <t>தொழுகையின் தனித்துவமும் அந்தஸ்த்தும் குறிப்பிடப்பட்டுள்ளதோடு முஃமினுக்கும் காபிருக்குமிடையிலான பிரிகோடாகவும் அடையாளப் படுத்தப்பட்டுள்ளமை.
 இஸ்லாமிய சட்டங்கள் ஒரு மனிதனின் மறைவான விடயங்களுக்கு அப்பால் வெளிப்படையான விடயங்களைக் கொண்டே நிரூபிக்கப்படும்.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
-    <t>[رواه الترمذي والنسائي وابن ماجه وأحمد]</t>
+    <t>[இமாம்களான திர்மிதி, நஸாஈ, இப்னுமாஜா, அஹ்மத் ஆகியோரால் இது பதிவு செய்யப்பட்டிருக்கிறது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65094</t>
   </si>
   <si>
     <t>يا بلال، أقم الصلاة، أرحنا بها</t>
   </si>
   <si>
     <t>பிலாலே தொழுகைகாக இகாமத் கூறுவீராக! அதன் மூலம் எமக்கு ஆறுதல் அளிப்பீராக என்றார்கள்</t>
   </si>
   <si>
     <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
   </si>
   <si>
     <t>ஸாலிம் இப்னு அபுல் ஜஃத் கூறுகிறார்கள்: ஒரு மனிதர் நான் தொழுது ஓய்வு பெற்றால்  சிறப்பாயிருக்குமே! என்று கூற அங்கிருந்தவர்கள் இதனை குறையாகப் பார்த்தார்கள் இதற்கு அவர், தான் அல்லாஹ்வின் தூதர் கூறுவதை செவிமடுத்துள்ளேன். பிலாலே தொழுகைகாக இகாமத் கூறுவீராக! அதன் மூலம் எமக்கு ஆறுதல் அளிப்பீராக என்றார்கள்.</t>
   </si>
   <si>
     <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
   </si>
   <si>
     <t>நபித் தோழர்களில் ஒருவர் 'நான் தொழுது ஓய்வு பெற்றால் சிறப்பாயிருக்கமே' என்று கூற, அதற்கு அவரை சூழ உள்ளோர் குறைபட்டுக் கொண்டார்கள். அதற்கு அவர், தான் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுவதை செவிமடுத்தேன் அவர்கள்: நாம் ஆறுதல் பெறுவதற்காக பிலாலே தொழுகைக்கான அதானைக் கூறி இகாமத்தும் கூறுவீராக! ஏனெனில் அல்லாஹ்வுடன் உரையாடுவது, ஆன்மாவுமக்கு உள்ளத்திற்குமான நிம்மதி அதிலுள்ளது.</t>
   </si>
   <si>
     <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
 الإنكار على مَن تَثَاقَلَ عن العبادة.
@@ -15441,56 +19968,50 @@
     <t>இரு ஸஜ்தாக்களுக்கிடையில் -மத்தியில் 'ரப்பிஃபிர்லீ, ரப்பிஃபிர்லீ,' என கூறுபவர்களாக  நபிஸல்லல்லாஹு அலைஹிவஸல்லம் இருந்தார்கள். (பொருள் : எனது இரட்சகனே! எனக்கு மன்னிப்பளிப்பாயாக, எனது இரட்சகனே! எனக்கு மன்னிப்பளிப்பாயாக)</t>
   </si>
   <si>
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
     <t>ஹுதைபா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: இரு ஸஜ்தாக்களுக்கிடையில் -மத்தியில் 'ரப்பிஃபிர்லீ, ரப்பிஃபிர்லீ,' என கூறுபவர்களாக  நபிஸல்லல்லாஹு அலைஹிவஸல்லம் இருந்தார்கள். (பொருள் : எனது இரட்சகனே! எனக்கு மன்னிப்பளிப்பாயாக, எனது இரட்சகனே! எனக்கு மன்னிப்பளிப்பாயாக).</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
 ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
   </si>
   <si>
     <t>நபிஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் இரு ஸஜ்தாக்களுக்கிடையில் -மத்தியில் 'ரப்பிஃபிர்லீ, என்ற இஸ்திஃபாரை மீண்டும் மீண்டும் கூறுபவர்களாக இருந்தார்கள்.
 'ரப்பிஃபிர்லீ, என்பது : அடியான் தனது இரட்சகனிடம் தனது பாவத்தை அழித்து விடுமாறும் குறைகளை மன்னித்து விடுமாறும் இறைஞ்சுவதைக் குறிக்கும்.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
 استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
   </si>
   <si>
     <t>இந்த துஆவை பர்ழ் மற்றும் நபிலான தொழுகையில் இரு ஸஜ்தாவுக்கு மத்தியில் ஓதுவது மார்க்க வழிகாட்டலாகும்.
 'ரப்பிஃபிர்லீ, என்ற வார்த்தை இரு தடவைகள் கூறுவது முஸ்தஹப்பாகும். அதனை ஓரு தடவை மாத்திரம் கூறுவது கட்டாயமாகும்.</t>
   </si>
   <si>
-    <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65104</t>
   </si>
   <si>
     <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
   </si>
   <si>
     <t>அவன்தான் ஹின்ஸப் எனப்படும் ஷைத்தான், அவன் குழப்புவதை நீர் உணர்ந்தால் அவனை விட்டும் அல்லாஹ்விடம் பாதுகாப்பு தேடிவிட்டு, உமது இடது பக்கத்தில் மூன்று விடுத்தம் துப்பிவிடு'</t>
   </si>
   <si>
     <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
   </si>
   <si>
     <t>உஸ்மான் இப்னு அபில் ஆஸ் ரழியல்லாஹு அன்ஹு அவர்கள்: நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து, அல்லாஹ்வின் தூதரே! ஷைத்தான் எனக்கும், எனது தொழுகைக்குமிடையில் குறுக்கிட்டு எனது ஓதலை குழப்புகிறான் என்று  கூறிய போது, நபியவர்கள்; "அவன்தான் ஹின்ஸப் எனப்படும் ஷைத்தான், அவன் குழப்புவதை நீர் உணர்ந்தால் அவனை விட்டும் அல்லாஹ்விடம் பாதுகாப்பு தேடிவிட்டு, உமது இடது பக்கத்தில் மூன்று விடுத்தம் துப்பிவிடு' என்று கூற, நான் அவ்வாறே  செய்தேன், அல்லாஹ் அவனை விட்டும் என்னை காப்பாற்றி விட்டான் என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>உஸ்மான் இப்னு அபில்-ஆஸ் ரழியல்லாஹு அன்ஹு அவர்கள் நபி (ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களிடம் வந்து  'அல்லாஹ்வின் தூதரே, ஷைத்தான் எனக்கும் எனது தொழுகைக்கும் இடையே குறுக்காக நின்று அதில் பக்தியுடன் தொழுவதை தடுக்கிறான் . இதனால் அல்குர்ஆன் ஓதுவது குழம்புகிறது. அதில் சந்தேகமும் ஏற்படுகிறது'  என்று கூறினார் அப்போது அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் 'அவன்தான் கின்ஸப் என்று அறியப்பட்ட ஷைத்தான். நீங்கள் கூறியவாறு இவ்வாறான ஊசலாட்டங்களை  நீங்கள் உணர்ந்தால், அவனிடமிருந்து அல்லாஹ் விடம் பாதுகாப்புத் தேடுங்கள், உங்கள் இடது புறத்தில் மூன்று முறை துப்பவும் என்று கூறினார்கள். நான் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறியது போன்று செய்தேன். அல்லாஹ் என்னை விட்டும் ஷைத்தானை அகற்றி விட்டான் என்று உஸ்மான் அவர்கள் கூறுகிறார்கள்.</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
@@ -15572,143 +20093,178 @@
   </si>
   <si>
     <t>الناس يتفاوتون في الإسلام، وأنه يزداد حسنًا ببعض الأعمال.
 ترك اللغو والفضول من الأقول والأفعال دليل على كمال إسلام المرء.
 الحث على الاشتغال فيما يعني المرءَ من شؤون دِينه ودنياه، فإذا كان مِن حُسن إسلام المرء تركه ما لا يعنيه، فمِن حُسنه إذًا اشتغالُه فيما يعنيه.
 قال ابن القيم رحمه الله : وقد جمع النبي صلى الله عليه وسلم الورع كله في كلمة واحدة، فقال: «من حسن إسلام المرء: تركُه ما لا يعنيه»، فهذا يعم الترك لما لا يعني: من الكلام، والنظر، والاستماع، والبطش، والمشي، والفكر، وسائر الحركات الظاهرة والباطنة، فهذه كلمة شافية في الورع.
 قال ابن رجب: هذا الحديث أصل من أصول الأدب.
 الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
 الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
 يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
   </si>
   <si>
     <t>இஸ்லாத்தில் மனிதர்கள் தங்களுக்கு மத்தியில் செயல்களால் வித்தியாசப்படுவர். அந்த வகையில் சில செயல்கள் அவர்களின் நன்மைகளை அதிகரிக்கச்செய்கின்றன.
 வீண் பேச்சு மற்றும் வீண் செயல்களிலிருந்து விலகி இருப்பது ஒரு மனிதனின் பூரண இஸ்லாத்திற்கு சான்றாகும்.
 ஒருவரை மார்க்க மற்றும் உலக விவகாரங்களில் ஈடுபட ஊக்குவிப்பது. ஒருவரின் அழகிய இஸ்லாம்; என்பது தேவையற்றதை கைவிடுவதாக இருப்பின், தனக்கு தேவையானவற்றில்  ஈடுபடுவது அவரது அழகிய இஸ்லாத்தின் வெளிப்பாடாகும்.
 இப்னுல் கைய்யிம் ரஹிமஹுல்லாஹ் அவர்கள் குறிப்பிடுகையில் :நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள்  பேணுதலை ஒரே வார்த்தையில் ஒன்று சேர்த்து குறிப்பிடுகிறார்கள். அந்த வார்த்தைதான் : ஒரு முஸ்லிமின் சிறந்த இஸ்லாமியப் பண்புக்கு ஆதாரம் அவருக்குத் தேவையற்ற அல்லது பயனற்றவற்றை விட்டு விடுவதாகும். இங்கே விட்டுவிடுவது என்பது தேவையற்ற பேச்சு தேவையற்ற பார்வை, தேவையற்ற விடயங்களுக்கு காது கொடுத்தல், தண்டித்தல், தேவையற்ற விடயங்களுக்கு நடந்து செல்லுதல், தேவையற்ற சிந்தனை ஏனைய வெளிப்படையான மற்றும் மறைமுகமான அசைவுகள் ஆகிய அனைத்தையும் உள்ளடக்குவதாகும். இது பேணுதல் குறித்த முழுமையான ஒரு வார்த்தையாகும்.
 இப்னு ரஜப் ரஹ் அவர்கள் குறிப்பிடுகையில் : நல்லொழுக்கத்தின் அடிப்படைகளில் ஒன்றைப் பற்றி பேசும் மிக முக்கியமான ஹதீஸாக இது உள்ளது என்கிறார்.
 கல்வி கற்குமாறு தூண்டப்பட்டிருத்தல். காரணம் ஒரு மனிதன் கல்வி கற்பதன் ஊடாகவே தேவையானது எவை? தேவையற்றவை எவை என்பதை புரிந்து கொள்கிறான்.
 நன்மையை ஏவுதல் தீமையை தடுத்தல் மற்றும் மனிதனுக்கு தேவையானவற்றை குறித்து அறிவுரை கூறுதல். இவையெல்லாம் மனிதனுக்கு வலியுறுத்தப்பட்ட விடயங்களாகும்.
 இந்த ஹதீஸின் பொதுவான கருத்து பின்வரும் விடயங்களை உள்ளடக்கியுள்ளது, அவை எல்லாம் வல்ல அல்லாஹ் தடை செய்தவை மற்றும் நபி (ஸல்) அவர்கள் விரும்பாதவைகளும் அடங்கும். அதே போன்று மறைவான விடயங்கள் பற்றிய யதார்த்தத்தை அறிந்து கொள்ள முற்படுதல்,  மற்றும் படைப்பு மற்றும் இறை கட்டளையின் மீதான தீர்ப்பின் விவரங்கள் போன்ற மறுமை சார் விடயங்களில் தேவையில்லாதவற்றைத் தவிர்ப்பதும், இதில் நடக்காத, அல்லது நடக்க வாய்ப்பில்லாத, அல்லது நடக்கக் கூடாத முன்னரே தீர்மானிக்கப்பட்ட மற்றும் கற்பனையான விஷயங்களைப் பற்றி கேட்பது மற்றும் தேடுவதும் அடங்கும்.</t>
   </si>
   <si>
     <t>رواه الترمذي وغيره</t>
   </si>
   <si>
-    <t>[رواه الترمذي وغيره]</t>
+    <t>[இந்த ஹதீஸை இமாம் திர்மிதி மற்றும் ஏனையோர் பதிவு செய்துள்ளனர்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/65255</t>
+  </si>
+  <si>
+    <t>ويل للأعقاب من النار أسبغوا الوضوء</t>
+  </si>
+  <si>
+    <t>(சரியாகக் கழுவப்படாத இத்தகைய) குதிகால்களுக்கு நரக வேதனைதான் உண்டு. ஆகவே வுழுவை பரிபூரணமாகச் செய்யுங்கள் என்று கூறினார்கள்</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرٍو رَضيَ اللهُ عنهما قَالَ: رَجَعْنَا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ مَكَّةَ إِلَى الْمَدِينَةِ حَتَّى إِذَا كُنَّا بِمَاءٍ بِالطَّرِيقِ تَعَجَّلَ قَوْمٌ عِنْدَ الْعَصْرِ، فَتَوَضَّؤُوا وَهُمْ عِجَالٌ، فَانْتَهَيْنَا إِلَيْهِمْ وَأَعْقَابُهُمْ تَلُوحُ لَمْ يَمَسَّهَا الْمَاءُ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ».</t>
+  </si>
+  <si>
+    <t>அப்துல்லாஹ் இப்னு  அம்ர் ரழியல்லாஹு அன்ஹுமா அவர்கள் கூறியதாவது: நாங்கள் (ஒரு பயணத்தில்) அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களுடன் மக்காவிலிருந்து மதீனாவை நோக்கித் திரும்பிக் கொண்டிருந்தோம். பாதையில் உள்ள ஒரு நீர் நிலைக்கு நாங்கள் வந்து சேர்ந்த போது சிலர் அஸ்ர் தொழுகைக்காக அவசரப்பட்டனர். (அதற்காக) அவசர அவசரமாக வுழு செய்தனர். நாங்கள் அவர்களிடம் போய்ச் சேர்ந்த போது அவர்களுடைய குதிகால்களில் தண்ணீர் படாமல் தெளிவாக அவை காட்சியளித்தன. அப்போது அல்லாஹ்வின் தூதர் (ஸல்) அவர்கள், (சரியாகக் கழுவப்படாத இத்தகைய) குதிகால்களுக்கு நரக வேதனைதான் உண்டு. ஆகவே வுழுவை பரிபூரணமாகச் செய்யுங்கள் என்று கூறினார்கள்.</t>
+  </si>
+  <si>
+    <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
+  </si>
+  <si>
+    <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் மக்காவிலிருந்து மதீனாவுக்கு பயணம் மேற்கொண்டார்கள். அவர்களுடன் சில ஸஹாபாக்களும் இருந்தனர். செல்லும் வழியில் நீர் கிடைத்தது அதனால் சில ஸஹாபக்கள் -நபித்தோழர்கள்-அஸ்ர் தொழுவதற்காக வுழு செய்ய விரைந்தனர். அவசரமாக வுழு செய்ததால் அவர்களின் குதிகால் பகுதிகள் நீர்படாது  காய்ந்து காணப்பட்டது தெளிவாக புலப்பட்டது. அவ்வேளை நபியவர்கள் : வுழுவின் போது பாதத்தின் பிற்பகுதியை ஒழுங்காக கழுவாது அலட்சியமாய் இருப்போருக்கு  நரகில் வேதனையும் நாசமும் உண்டாகட்டும் எனக் குறிப்பிட்டு விட்டு, வுழுவை பரிபூரணமாக செய்யுமாறு கட்டளைப் பிரப்பித்தார்கள்.</t>
+  </si>
+  <si>
+    <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
+وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
+أهمية تعليم الجاهل وإرشاده.
+العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
+قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
+  </si>
+  <si>
+    <t>வுழுவின் போது இரு கால்களையும் கழுவுவது வாஜிபாகும். (கட்டாயமாகும்.)காரணம் மஸ்ஹ் -ஈரக்கைய்யால் தடவுவது -செய்வது அனுமதிக்கப்பட்டிருந்தால் குதிகால் பகுதியை கழுதாதவரை நரகத்தைக்கொண்டு கண்டித்திருக்க மாட்டார்கள்
+கழுவ வேண்டிய உறுப்புகளை முழுமையாக கழுவுவது கட்டாயக் கடமையுமாகும். கட்டாயம் கழுவ வேண்டிய உறுப்புக்களில் சிறிய பகுதியையேனும் வேண்டுமென்றோ அல்லது அலட்சியமாகவோ கழுவாது விட்டு விட்டால் அவரின் தொழுகை செல்லுபடியாகாது.
+இந்த ஹதீஸ், அறிவு இல்லாதவர்களுக்குக் கற்பித்தல் மற்றும் வழிகாட்டுதலின் முக்கியத்துவத்தை வலியுறுத்துகிறது.
+ஒரு மார்க்க அறிஞர் (ஆலிம்), ஒருவர் கடமையான மற்றும் சுன்னத்தான வணக்கங்களை கைவிடுவதை கண்டால், அவர் அவரை தகுந்த முறையில் திருத்த வேண்டும்.
+முஹம்மத் இஸ்ஹாக் அத்திஹ்லவி (ரஹ்) அறிஞர்; வுழு செய்வதில் இஸ்பாஃ அதாவது பரிபூரணமாகச் செய்தல் என்பது மூன்று வகைகளாகும் எனக் குறிப்பிடுகிறார். முதலாது: பர்ழ்; இதன் கருத்து வுழுவின் உறுப்புக்களை முழுமையாக ஒரு தடவை கழுவுதல். இரண்டாவது : ஸுன்னத் : இதன் கருத்து : ஒவ்வொரு உறுப்பையும் மூன்று தடவைகள் கழுவுதல் மூன்றாவது: முஸ்தஹப் ;(விரும்பத்தக்கது) அதாவது ஒவ்வொரு உறுப்பையும் கட்டாயம்; கழுவ வேண்டிய எல்லையைத் தாண்டி மூன்று முறை கழுவுவதாகும்</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ta/browse/hadith/66392</t>
   </si>
   <si>
     <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
   </si>
   <si>
     <t>'எல்லாம் வல்ல அல்லாஹ் சில மார்க்கக் கடமைகளை விதித்திருக்கின்றான். ஆகவே அவைகளை வீணடிக்காதீர்கள்; அவன் சில எல்லைகளை நிர்ணயித்திருக்கின்றான். ஆகவே அவற்றைக் கடந்து செல்லாதீர்கள். அவன் நமக்கு சிலவற்றை தடை செய்திருக்கின்றான். ஆகவே அவற்றை மீறிச்செல்லாதீர்கள்; சில விஷயங்களில் மறதியாக அன்றி,உங்கள் மீது கொண்ட அன்பின் காரணமாக அவன் மௌனமாக இருக்கின்றான். ஆகவே அவற்றைக் குறித்து தேட வேண்டாம்</t>
   </si>
   <si>
     <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
   </si>
   <si>
     <t>அபூஸஃலபா அல் குஷனீ ஜுர்ஸூம் இப்னு நாஷிர் (ரழி) அவர்கள் அல்லாஹ்வின் தூதர்; ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அறிவிக்கின்றார்கள் : 'எல்லாம் வல்ல அல்லாஹ் சில மார்க்கக் கடமைகளை விதித்திருக்கின்றான். ஆகவே அவைகளை வீணடிக்காதீர்கள்; அவன் சில எல்லைகளை நிர்ணயித்திருக்கின்றான். ஆகவே அவற்றைக் கடந்து செல்லாதீர்கள். அவன் நமக்கு சிலவற்றை தடை செய்திருக்கின்றான். ஆகவே அவற்றை மீறிச்செல்லாதீர்கள்; சில விஷயங்களில் மறதியாக அன்றி,உங்கள் மீது கொண்ட அன்பின் காரணமாக அவன் மௌனமாக இருக்கின்றான். ஆகவே அவற்றைக் குறித்து தேட வேண்டாம்.</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
   </si>
   <si>
     <t>அல்லாஹ் சில விடயங்களை கடமையாக்கி அதனை கட்டாயப்படுத்தியுள்ளான். எனவே அவற்றைப் பின்பற்றுங்கள். அவற்றை பின்பற்றாது அலட்சியமாக இருப்பதன் மூலம் அவற்றைப் புறக்கணிக்காதீர்கள். அதே போன்று சில தடைகளை விதித்துள்ளான் அவை  அல்லாஹ் விரும்பாதவைகளை விட்டும் உங்களை தடுக்கும். அதனால் இஸ்லாமிய ஷரீஆ வலியுறுத்தியதற்கு அப்பால்  எதனையும் அதிகப்படுத்துவிடாதீர்கள் என்றும், அல்லாஹ் சில விடயங்களை தடைசெய்துள்ளான் அதனை செய்யவோ அதன் அருகே நெருங்கவோ வேண்டாம். இவை தவிர உள்ளவை யாவும் அல்லாஹ் தனது அடியார்களின் மீது கொண்ட கருணையின் காரணமாக அது குறித்து ஏதும் பேசாது விட்டுவிட்டான். எனவே அவை அடிப்படையில் அனுமதிக்கப்பட்டதாகும் ஆகையால் அவற்றை தேட வேண்டாம் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறுகிறார்கள்.</t>
   </si>
   <si>
     <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
 تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
 أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
 حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
 وجوب المحافظة على فرائض الله تعالى.
 تحريم التعدي على حدود الله تعالى.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸ, அல்லாஹ்வே சட்டங்களை இயற்றுபவன் அவனின் கையில்தான் முழு அதிகாரமும் உள்ளது என்பதற்கு ஆதாரமாகும்.
 இந்த ஹதீஸ் சட்டங்களின் வரையரைகளான சட்டத்தின் தன்மை மற்றும் தீர்ப்பு தொடர்பான விடயங்களை  உள்ளடக்கியுள்ளது. எனவே இஸ்லாமிய சட்டத்தின் தன்மை பொருத்தவரையில் : சட்டங்கள் குறிப்பிடப்படாதவை குறிப்பிடப்பட்டவை என்ற இரு பகுதிகள் உண்டு. சட்டங்களின் நிலையைப்பொருத்தவரை வலியுறுத்தப்பட்டது (வாஜிப்)  அல்லது வரவேற்கத்தக்கது (நத்ப்) அல்லது தடைசெய்யப்பட்டது (ஹராம்)  அல்லது வெறுக்கத்தக்கது ( மக்ரூஹ் அல்லது பொதுவாக அனுமதிக்கப்பட்டது (முபாஹ்) ஆகிய நிலைகளைக் கொண்டிருக்கும்.
 குறித்தவிடயம் பற்றி அல்லாஹ் மௌனம் சாதித்தவை யாவும் கடமையென்றோ, தண்டனை உள்ளது என்றோ, தடுக்கப்பட்டது என்றே கூற முடியாது. அவை அனுமதிக்கப்பட்டதாகவே கொள்ள வேண்டும்.
 நபியவர்களின் அழகிய விளக்கம். அதாவது நபியவர்கள் இந்த ஹதீஸில் மிகத்ததெளிவான முறையில் இஸ்லாமிய சட்டங்களைப் பிரித்துக் குறிப்பிட்டுள்ளார்கள்.
 அல்லாஹ்வின் கடமைகளை பேணிநடப்பது கடமையாகும்.
 அல்லாஹ்வின் வரம்புகளை மீறி நடப்பது ஹராமாகும்.</t>
   </si>
   <si>
     <t>رواه الدارقطني في سننه، وغيره</t>
   </si>
   <si>
-    <t>[رواه الدارقطني في سننه وغيره]</t>
+    <t>[இதனை இமாம் அத்தாரகுத்னீ தனது ஸுனன் நூலிலும், ஏனையோரும் பதிவு செய்துள்ளனர்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/66510</t>
   </si>
   <si>
     <t>'செயல்கள் அனைத்தும் எண்ணங்களைப் பொருத்தே அமைகின்றன. ஒவ்வொருவருக்கும் அவர் எண்ணியதற்கேற்பவே கூலி கிடைக்கிறது</t>
   </si>
   <si>
     <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
   </si>
   <si>
     <t>அமீருல் முஃமினீன் அபூ ஹப்ஸ் உமர் இப்னுல் கத்தாப் ரழியல்லாஹு அன்ஹு அவர்கள் நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் கூறியதை தான் கேட்டதாக அறிவிக்கிறார்கள் : 'செயல்கள் அனைத்தும் எண்ணங்களைப் பொருத்தே அமைகின்றன. ஒவ்வொருவருக்கும் அவர் எண்ணியதற்கேற்பவே கூலி கிடைக்கிறது. எவரின் ஹிஜ்ரத் ( தேசம் துறந்து செல்லல்) அல்லாஹ்வையும் அவனின் தூதரையும் நோக்காகக் கொண்டமைந்தால் அவரின் ஹிஜ்ரத் அல்லாஹ்வுக்கும் அவனின் திருத்தூதருக்குமானதாக அமையும். எவரின் ஹிஜ்ரத் உலக நலன்களை அடைந்து கொள்வதை நோக்காகக் கொண்டிருந்தால், அல்லது ஒரு பெண்ணை திருமணம் முடிக்க வேண்டும் என்றிருந்தால் அவரின் ஹிஜ்ரத் அதற்குரியதாகவே அமையும்'.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
 النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
   </si>
   <si>
     <t>எண்ணத்தில் தூய்மையை கடைப்பிடிக்க ஆர்வ மூட்டப்பட்டிருத்தல். ஏனெனில் அல்லாஹ்வின் திருமுகம் நாடி செய்யாத எந்த அமலும் ஏற்றுக்ககொள்ளப்படுவதில்லை.
 அல்லாஹ்வை நெருங்குவதற்கான அமல்களை –செயற்பாடுகளை- அடியான் அன்றாட செயற்பாடாகக் கருதி எவ்வித நோக்கமுமின்றி செய்தால் அதற்கான எந்த  கூலியும் கிடையாது. எப்போது அந்த அமல்களை அல்லாஹ்வை நெருங்கும் நோக்கில் செய்கிறானோ அப்போது அதற்குரிய கூலி கிடைக்கிறது.
 நிய்யத் -(எண்ணம்) தான் வணக்க வழிபாடுகளுக்கிடையில் வித்தியாசத்தை ஏற்படுத்துவது போன்று  வணக்கங்கங்களை வழக்காறுகளை (சம்ரதாயம்)விட்டும் வேறுபடுத்துகிறது.</t>
   </si>
   <si>
     <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
   </si>
   <si>
-    <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
+    <t>[ஹதீஸ் கலை இமாம்களான புஹாரி மற்றும் முஸ்லிம் ஆகியோர் இதைப் பதிவு செய்துள்ளனர். இவர்களின் இவ்விரு புத்தகங்களும் மிகவும் சரியான தரத்தில் அமைந்த புத்தகங்களாகும்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/66511</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறுவதைத் தான் செவிமடுத்ததாக உமர் இப்னுல் கத்தாப் (ரழி) அவர்களின் மகன் அபூஅப்துர் ரஹ்மான் அப்துல்லாஹ் (ரழி) அவர்கள் கூறினார்கள் :||'வணக்கத்திற்குரியவன் அல்லாஹ்வையன்றி வேறு யாருமில்லை என்றும் முஹம்மத் அவர்கள் இறைத்தூதர் என்றும் உறுதியாக நம்புதல், தொழுகையை நிலை நிறுத்துதல், ஸகாத்து வழங்குதல், ஹஜ் செய்தல், ரமாழானில் நோன்பு நோற்றல், ஆகிய ஐந்து தூண்கள் மீது இஸ்லாம் நிர்மாணிக்கப்பட்டுள்ளது'</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் கூறுவதைத் தான் செவிமடுத்ததாக உமர் இப்னுல் கத்தாப் (ரழி) அவர்களின் மகன் அபூஅப்துர் ரஹ்மான் அப்துல்லாஹ் (ரழி) அவர்கள் கூறினார்கள் : 'வணக்கத்திற்குரியவன் அல்லாஹ்வையன்றி வேறு யாருமில்லை என்றும் முஹம்மத் அவர்கள் இறைத்தூதர் என்றும் உறுதியாக நம்புதல், தொழுகையை நிலை நிறுத்துதல், ஸகாத்து வழங்குதல், ஹஜ் செய்தல், ரமாழானில் நோன்பு நோற்றல், ஆகிய ஐந்து தூண்கள் மீது இஸ்லாம் நிர்மாணிக்கப்பட்டுள்ளது'</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>رواه البخاري ومسلم</t>
   </si>
   <si>
-    <t>[رواه البخاري ومسلم]</t>
+    <t>[இமாம்களான புஹாரி, முஸ்லிம் ஆகியோர் இதை பதிவு செய்துள்ளனர்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/66512</t>
   </si>
   <si>
     <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
   </si>
   <si>
     <t>'நிச்சயமாக உங்கள் ஒவ்வொருவரது படைப்பும் தனது தாயின் வயிற்றில் நாற்பது நாட்கள் விந்துவாக ஒருங்கிணைக்கப்படுகிறது</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
     <t>அபூ அப்துர் ரஹ்மான் அப்துல்லா இப்னு மஸ்ஊத் (ரழி) அவர்கள் கூறினார்கள் : உண்மையாளரும் உண்மைப்படுத்தப்பட்டவருமான அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் எங்களுக்கு அறிவித்தார்கள் : 'நிச்சயமாக உங்கள் ஒவ்வொருவரது படைப்பும் தனது தாயின் வயிற்றில் நாற்பது நாட்கள் விந்துவாக ஒருங்கிணைக்கப்படுகிறது. பின்னர் இதே கால அளவிற்கு அட்டை போன்று இரத்தக்கட்டியாகவும், பின்னர் இதே கால அளவிற்கு ஒரு துண்டு சதையாகவும் இருக்கின்றது. பின்னர் அந்தக் கருவுக்கு ஒரு வானவர் அனுப்பப்பட்டு, அவர் ரூஹ் (உயிர்) ஊதுவார். அத்துடன் அவர் நான்கு விடயங்கள் குறித்து கட்டளையிடப்படுகின்றார். அதன் வாழ்வாதார அளவு, ஆயுட்காலம், செயற்பாடுகள், அவன் பாக்கியசாலியா? துர்ப்பாக்கியசாலியா? என்பவற்றை எழுதக் கட்டளை இடப்படுகின்றார். எவனையன்று வணக்கத்திற்குரியவர் எவருமில்லையோ அந்த அல்லாஹ்வின் மீது ஆணையாக உண்மையிலேயே உங்களில் ஒருவர் சுவர்க்கத்திற்கும் அவருக்குமிடையில் ஒரு முழம் அளவு தூரமே இருக்கின்ற வகையில் சுவர்க்க வாசியைப் போல் நடந்து கொள்வார். ஆனால் அவருக்காக எழுதப்பட்டிருப்பது அவரை முந்திக் கொள்கிறது. ஆதலால் அவர் நரக வாசியைப் போல் நடந்து கொள்ள ஆரம்பித்து, அதனால் அவர் நரகத்தில் நுழைகின்றார். இன்னும் உங்களில் ஒருவர் நரகத்திற்கும் அவருக்குமிடையில் ஒரு முழம் அளவு தூரமே இருக்கும் வகையில் நரக நெருப்புக்கு இரையாகும் விதத்தில் நடந்து கொள்கிறார். ஆனால் அவருக்காக எழுதப்பட்டிருப்பது அவரை முந்திக் கொள்கிறது. இதனால் அவர் சுவர்க்கவாசியைப் போல் நடக்க ஆரம்பித்து அவர் சுவர்க்கத்தில் நுழைகின்றார்'.</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>بيان مراحل خلق الإنسان.
 الإيمان بالقضاء والقدر.
 الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
@@ -15900,51 +20456,51 @@
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/66518</t>
   </si>
   <si>
     <t>دع ما يريبك إلى ما لا يريبك</t>
   </si>
   <si>
     <t>'உமக்கு சந்தேகத்தை ஏற்படுத்துகின்ற ஒன்றை விட்டு விட்டு அதற்குப் பதிலாக சந்தேகத்திற்கு அப்பாற்பட்ட ஒன்றை எடுத்துக் கொள்;'</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
   </si>
   <si>
     <t>பெருமானார் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்களின் பேரரும்) அவர்களால் மிகவும் நேசிக்கப்பட்டவருமான அலி இப்னு அபூதாலிப் அவர்களின் மகன் அபூ முஹம்மது அல் ஹஸன் (ரழி) அவர்கள் அறிவிக்கிறார்கள் : நான் அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் பின்வருமாறு சொல்லக் கேட்டு நினைவில் இருத்திக் கொண்டேன் : 'உமக்கு சந்தேகத்தை ஏற்படுத்துகின்ற ஒன்றை விட்டு விட்டு அதற்குப் பதிலாக சந்தேகத்திற்கு அப்பாற்பட்ட ஒன்றை எடுத்துக் கொள்;'</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
   </si>
   <si>
     <t>சொல் மற்றும் செயல்களில், குறித்த விடயம் தடுக்கப்பட்டதா ? இல்லையா? அல்லது அது ஹலாலா ஹராமா என்ற  சந்கேகத்திற்கிடமானவற்றை விட்டு விட்டு எந்த சந்தேகமுமில்லாத நல்ல மற்றும் ஹலாலான –தெளிவாக அனுமதிக்கப்பட்ட- விடயங்களை செய்யுமாறு இந்த ஹதீஸில் நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிடுகிறார்கள்.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي</t>
   </si>
   <si>
-    <t>[رواه الترمذي والنسائي]</t>
+    <t>[இமாம்களான திர்மிதி மற்றும் அந்நஸாஈ ஆகியோரால் இது பதிவு செய்யப்பட்டுள்ளது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/66519</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக நபியவர்களின் பணியாளராகிய அபூ ஹம்ஸா அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் :||'தான் விரும்புவதை தனது சகோதரனுக்கு விரும்பாத வரையில் உங்களில் எவரும் ஈமான் கொண்டவாரக ஆகமாட்டார்'</t>
   </si>
   <si>
     <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக நபியவர்களின் பணியாளராகிய அபூ ஹம்ஸா அனஸ் இப்னு மாலிக் ரழியல்லாஹு அன்ஹு அவர்கள் கூறுகின்றார்கள் : 'தான் விரும்புவதை தனது சகோதரனுக்கு விரும்பாத வரையில் உங்களில் எவரும் ஈமான் கொண்டவாரக ஆகமாட்டார்'.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/66520</t>
   </si>
   <si>
     <t>''நிச்சயமாக அல்லாஹ் எல்லா விடயங்களையும் மிகவும் அழகிய முறையில் செய்ய வேணடும் என விதித்துள்ளான்</t>
   </si>
   <si>
     <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>அபூ யஃலா ஷத்தாத் இப்னு அவ்ஸ் ரழியல்லாஹு அன்ஹு அவர்கள் , நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அறிவிக்கிறார்கள் : ''நிச்சயமாக அல்லாஹ் எல்லா விடயங்களையும் மிகவும் அழகிய முறையில் செய்ய வேணடும் என விதித்துள்ளான். ஆகவே நீங்கள் கொலை செய்தால் அழகிய முறையில் கொல்லுங்கள். நீங்கள் ஒரு மிருகத்தை அறுத்தால் அழகிய முறையில் அறுங்கள். எனவே உங்களில் அறுக்கும் ஒருவர் தனது கத்தியை கூர்மையாக்கிக் கொள்ளட்டும், அறுவைப் பிராணிக்கும் ஆருதலைக் கொடுக்கட்டும்'. அறுக்கும் மிருகங்களின் கஷ்டங்களை எளிதாக்கட்டும்".</t>
   </si>
@@ -16089,51 +20645,51 @@
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள்: 'மனிதர்களின் ஒவ்வொரு மூட்டுக்கும் ஒவ்வொரு நாளும் ஏதாவது ஒரு தர்மத்தை செய்தாக வேண்டும். சூரியன் உதயமாகும் ஒவ்வொரு நாளும் இரு மனிதர்களுக்கிடையில் நீதி செலுத்துதல் ஒரு தர்மமாகும். வாகனத்தின் மீது ஏறுகின்ற ஒருவரை அதன் மீது ஏற்றி விடுவது ஒரு தர்மமாகும். அதுபோலவே அதன் மீது அவருடைய பொருட்களை ஏற்றி விடுவதும் ஒரு தர்மமாகும். நல்ல வார்த்தை பேசுவதும் ஒரு தர்மமாகும். தொழுகைக்காக நீங்கள் எடுத்து வைக்கும் ஒவ்வொரு அடியும் ஒரு தர்மமாகும். தீங்கு விளைவிக்கக் கூடிய பொருளொன்றை நடைபாதையிலிருந்து அப்புறப்படுத்துவதும் ஒரு தர்மமாகும்'</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/66527</t>
   </si>
   <si>
     <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
     <t>இறையச்சத்தையும், ஒரு அடிமையே உங்களது தலைவராக நியமிக்கப்பட்டாலும் அவருக்கு முழுமையாகக் கட்டுப்படுவதையும் நான் உங்களுக்கு உபதேசிக்கின்றேன். நிச்சயமாக உங்களில் அதிக நாட்கள் வாழ்பவர்கள் அதிக கருத்துவேறுபாடுகளை சந்திப்பீர்கள். ஆகவே நீங்கள் என்னுடைய நடைமுறைகளையே பின்பற்றுங்கள்.அதுபோலவே நல்வழிநடந்த கலீபாக்களின் நடைமுறைகளையும் பின்பற்றுங்கள்</t>
   </si>
   <si>
     <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
   </si>
   <si>
     <t>அபூ நஜீஹ் இர்பாழ் இப்னு சாரியா ரழியல்லாஹு அன்ஹு  அவர்கள் அறிவிக்கின்றார்கள் :
 இறைவனின் தூதர் பெருமானார் (ஸல்) அவர்கள் பிரசங்கமொன்றை நிகழ்த்தினார்கள். அதைக் கேட்டுக் கொண்டிருந்த எங்களது இதயங்கள் நடுங்கின. எங்களது கண்களில் கண்ணீர் சிந்தின. நாங்கள், 'அல்லாஹ்வின் தூதரவர்களே, இது பிரியாவிடை கூறுபவர்களின் அறிவுரை போன்றல்லவா இருக்கிறது! ஆகவே எங்களுக்கு உபதேசம் செய்யுங்கள்'' என்று கூறினோம். பெருமனார் (ஸல்) அவர்கள் பின்வருமாறு நவின்றார்கள் : இறையச்சத்தையும், ஒரு அடிமையே உங்களது தலைவராக நியமிக்கப்பட்டாலும் அவருக்கு முழுமையாகக் கட்டுப்படுவதையும் நான் உங்களுக்கு உபதேசிக்கின்றேன். நிச்சயமாக உங்களில் அதிக நாட்கள் வாழ்பவர்கள் அதிக கருத்துவேறுபாடுகளை சந்திப்பீர்கள். ஆகவே நீங்கள் என்னுடைய நடைமுறைகளையே பின்பற்றுங்கள்.அதுபோலவே நல்வழிநடந்த கலீபாக்களின் நடைமுறைகளையும் பின்பற்றுங்கள். உறுதியுடன் அவற்றை கடைப்பிடித்து ஓழுகுங்கள். மார்க்கத்தில் புதிதாக புகுத்தப்படுபவைகள் (பித்அத்துக்கள்) குறித்து கவனமாக இருங்கள். மார்க்கத்தில் புதிதாக புகுத்தப்பட்டவைகள் அனைத்தும் நூதன கிரியைகளாகும். ஒவ்வொரு நூதன கிரியையும் வழிகேடாகும்'.</t>
   </si>
   <si>
     <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
-    <t>[رواه أبو داود والترمذي]</t>
+    <t>[இமாம்களான அபு தாவூத், அத்திர்மிதி ஆகியோரால் இது பதிவு செய்யப்பட்டது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/66529</t>
   </si>
   <si>
     <t>لقد سألت عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>'நீங்கள் மிகவும் பெரிய ஒரு விடயம் குறித்து வினவி இருக்கின்றீர்கள். இருந்தாலும் அல்லாஹ் யாருக்கு  அதனை இலகுவாக்கி வைத்திருக்கின்றானோ அது அவர்களுக்கு மிகவும் இலகுவானதாக இருக்கும்</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللهُ عَنْهُ قَالَ: قُلْت يَا رَسُولَ اللَّهِ! أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدْنِي مِنْ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَ عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ: تَعْبُدُ اللَّهَ لَا تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلَاةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ، ثُمَّ قَالَ: أَلَا أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ، الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الْخَطِيئَةَ كَمَا يُطْفِئُ المَاءُ النَّارَ، وَصَلَاةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ، ثُمَّ تَلَا: {تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ} حَتَّى {بَلَغَ يَعْمَلُونَ}، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِرَأْسِ الأَمْرِ وَعَمُودِهِ وَذِرْوَةِ سَنَامِهِ، فَقُلْتُ: بَلَى يَا رَسُولَ اللَّهِ، قَالَ: رَأْسُ الأَمْرِ الإِسْلَامُ، وَعَمُودُهُ الصَّلَاةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِمِلَاكِ ذَلِكَ كُلِّهِ، فقُلْت: بَلَى يَا رَسُولَ اللَّه! فَأَخَذَ بِلِسَانِهِ وَقَالَ: كُفَّ عَلَيْك هَذَا، قُلْت: يَا نَبِيَّ اللَّهِ! وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ، فَقَالَ: ثَكِلَتْكَ أُمُّكَ وَهَلْ يَكُبُّ النَّاسَ عَلَى وُجُوهِهِمْ أَوْ قَالَ عَلَى مَنَاخِرِهِمْ إلَّا حَصَائِدُ أَلسِنَتِهِمْ»!</t>
   </si>
   <si>
     <t>முஆது இப்னு ஜபல் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கின்றார்கள் : அல்லாஹ்வின் தூதரே! என்னை சுவர்க்கத்தில் நுழைவிக்கக் கூடியதும், நரகத்தை விட்டும் தூரமாக்கக் கூடியதுமான ஒரு செயலை சொல்லித் தாருங்கள் என நான் கேட்டேன். அதற்கு நபியவர்கள் பின்வருமாறு பதிலளித்தார்கள் : 'நீங்கள் மிகவும் பெரிய ஒரு விடயம் குறித்து வினவி இருக்கின்றீர்கள். இருந்தாலும் அல்லாஹ் யாருக்கு  அதனை இலகுவாக்கி வைத்திருக்கின்றானோ அது அவர்களுக்கு மிகவும் இலகுவானதாக இருக்கும். நீங்கள் அல்லாஹ்வை வணங்குங்கள், அவனுக்கு எதனையும் இணைவைக்காதீர். கடமையாக்கப்பட்ட தொழுகைகளை நிலைநாட்டுங்கள். 'ஸகாத்'த்தை கொடுங்கள். ரமழான் மாதத்தில் நோன்பிருங்கள். நீங்கள் இறைஇல்லத்திற்கு புனித பயணம் மேற்கொள்ளுங்கள். (ஹஜ் செய்யுங்கள்;). என்று கூறிவிட்டு,  பின்னர் பெருமானார் (ஸல்) அவர்கள் நான் உங்களுக்கு நன்மையின் வாசல்களை காட்டித் தரட்டுமா? என வினவி விட்டுச் சொன்னார்கள் : நோன்பு ஒரு கேடயம், நீர் நெருப்பை அணைப்பது போல் தர்மம் பாவங்களை அழித்தொழிக்கின்றது. அதுபோலவே இரவின் கடைசிப் பகுதியில் ஒருவரின் தொழுகையும் என்று கூறி விட்டு, பின்னர் பெருமானார் (ஸல்) அவர்கள் பின்வரும் இறைவசனத்தை ஓதினார்கள் : ''அவர்கள் (இரவில்) படுக்கையிலிருந்து தங்கள் விலாக்களை உயர்த்தி, (எழுந்து அப்புறப்பட்டு) தங்கள் இறைவனிடம் நம்பிக்கை வைத்தும், பயந்தும், (அவனைப்) பிரார்த்தனை செய்வார்கள். நாம் அவர்களுக்குக் கொடுத்தவற்றிலிருந்த அவர்கள் செலவு செய்வார்கள்'. அவர்கள் செய்த (நற்)காரியங்களுக்குக் கூலியாக, அவர்களுக்காக(ச் சித்தப்படுத்தி) மறைத்து வைக்கப்பட்டிருக்கும் கண் குளிரக் கூடிய (சன்மானத்)தை எவராலும் அறிந்து கொள்ள முடியாது' (அவ்வளவு மேலான சன்மானங்கள் அவர்களுக்காகச் சித்தப்படுத்தப்பட்டுள்ளன.)". அல்குர்ஆன் (32:16-17)
 பின் பெருமானார் (ஸல்) அவர்கள் நான் உங்களுக்கு இந்த விடயத்தில் (மார்க்கத்தின்)  தலையாயது பற்றியும் தூண் மற்றும் உச்சம் பற்றியும் சொல்லட்டுமா?' என்றார்கள். 'இறை தூதரவர்களே, ஆம்! சொல்லுங்கள் என்றேன். பெருமானார் (ஸல்) அவர்கள், இந்த விடயத்தின் தலையாயது இஸ்லாமாகும். அதன் தூண் தொழுகையாகும். அதன் உச்சி ஜிஹாத் ஆகும் என்றார்கள். பிறகு அவர்கள், இவை எல்லாவற்றையும் கட்டுப்படுத்துவது குறித்து நான் சொல்ல வேண்டாமா? என வினவினார்கள். நான் 'இறைவனின் தூதரவர்களே! ஆமாம் சொல்லுங்கள்'' என்றேன். பெருமானார் (ஸல்) அவர்கள் தங்களது நாவை கரத்தால் பற்றிக் கொண்டு, ''இதைக் கட்டுப்படுத்துங்கள்'' என்று சொன்னார்கள்.
 இறைவனின் தூதரவர்களே! நாம் பேசுவது குறித்து குற்றம் பிடிக்கப்படுவோமா? என்று நான் கேட்டேன். அதற்கு பெருமானார் (ஸல்) அவர்கள், ''உம் தாய் உம்மை இழக்கட்டும்!. மனிதர்கள் தங்கள் நாவால் அறுவடை செய்தவைகளைத் தவிர அவர்களை நரக நெருப்பில் முகங்குப்புற தள்ளக் கூடியது வெறெதுவும் உண்டா?'' என்று கேட்டார்கள். - 
 1.ஜிஹாத் : ஜிஹாத் என்பதற்கு அறப்போர் அல்லது புனிதப்போர் எனப் பொதுவாக பொருள் கொள்ளப்படுகின்றது. அதற்கு இன்னும் விரிவான பொருள்கள் உண்டு. இதில் இஸ்லாத்தை நிலைநாட்ட மேற்கொள்ளப்படும் எல்லா முயற்சிகளும் அடங்கும். ஆகவே தான் 'ஜிஹாத்' என்ற அரபிச் சொல் அப்படியே இங்கு கையாளப்பட்டிருக்கின்றது.
 2. ஸகிலத்க உம்முக. ''தவறான பயனற்ற பேச்சைப் பேச வேண்டாம்!'' என்று கூறுவதற்கு அரபி மொழியில் இச் சொற்றொடர் பயன்படுத்தப்படுகிறது.</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
 الأول: تعبد الله وحده ولا تشرك به شيئًا.
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
@@ -16165,104 +20721,104 @@
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக அபூ ஸஈத் ஸஃத் பின் மாலிக் பின் ஸினான் அல்குத்ரீ ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : ''ஒருவர் தனக்கோ பிறருக்கோ தீங்கிழைப்பது கூடாது''.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
   </si>
   <si>
     <t>தனக்கோ பிறருக்கோ ஏற்படுகின்ற எல்லா வகையான தீங்குகளையும் அதன் வெளிப்பாடுகளையும் தடுப்பது கடமையாகும் என நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் தெளிவுபடுத்துகிறார்கள். தனக்கோ பிறருக்கோ தீங்கை ஏற்படுத்துவதும் கூடாது. அத்துடன் தீங்கை இன்னொரு தீங்கினால் எதிர்கொள்வதும் கூடாது. காரணம் தீங்கிழைத்தல் என்பது அதே மாதிரியான ஒன்றினால் நீங்கி விடாது. ஆனால் அத்துமீறாது பழிக்குப்பழி தண்டனை வழங்குதல் அனுமதிக்கப்பட்டதாகும்.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>செய்த தீங்கை விட அதிகமாகப் பழிதீர்ப்பது தடுக்கப்பட்டிருத்தல்.
 தீங்கை ஏற்படுத்தக் கூடிய எதனையும் அல்லாஹ் தனது அடியார்களுக்கு  கட்டளையிடவில்லை.
 இந்த ஹதீஸ் தீங்கை தடைசெய்வதில் மிக முக்கிய விதியொன்றை உள்ளடக்கியுள்ளது. அந்த வகையில் சொல் அல்லது செயல் அல்லது கைவிடல் போன்றவற்றால் தீங்கிழைப்பது தடுக்கப்பட்டதாகும்.
 'அல்லரரு யுஸாலு' (தீங்கு நீக்கப்படவேண்டும்) என்பது மார்க்க சட்டவாக்க விதிகளில் ஒன்றாகும், எனவே இஸ்லாமிய மார்க்கமானது தனக்கோ பிறருக்கோ தீங்கிழைப்பதை அங்கீகரிக்காது. அதனை வன்மையாக கண்டிக்கிறது.</t>
   </si>
   <si>
     <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
   </si>
   <si>
-    <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
+    <t>[இதனை இமாம்களான இப்னுமாஜா, தாரகுத்னி, மற்றும் பலரும் அறிவிப்பாளர் தொடர் அருபடாமல் அறிவித்துள்ளனர்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/66531</t>
   </si>
   <si>
     <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா  அவர்கள் கூறினார்கள் :||' (பிரதிவாதியை விசாரிக்காமல் ) மக்களின் வாதத்திறமையின் அடிப்படையில் அவர்கள் கோருவதெல்லாம் வழங்கப்பட்டால், மக்களில் பலர்; ஏனைய மனிதர்களின் உயிர்களுக்கும் உடமைகளுக்கும் உரிமை கோரத் தொடங்குவார்கள். எனவே உரிமை கொண்டாடும் வாதி அதற்கான ஆதாரங்களை முன்வைக்க வேண்டும், அதனை மறுப்பவர் -பிரதிவாதி- சத்தியம் செய்ய வேண்டும்.'</t>
   </si>
   <si>
     <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக இப்னு அப்பாஸ் ரழியல்லாஹு அன்ஹுமா  அவர்கள் கூறினார்கள் : ' (பிரதிவாதியை விசாரிக்காமல் ) மக்களின் வாதத்திறமையின் அடிப்படையில் அவர்கள் கோருவதெல்லாம் வழங்கப்பட்டால், மக்களில் பலர்; ஏனைய மனிதர்களின் உயிர்களுக்கும் உடமைகளுக்கும் உரிமை கோரத் தொடங்குவார்கள். எனவே உரிமை கொண்டாடும் வாதி அதற்கான ஆதாரங்களை முன்வைக்க வேண்டும், அதனை மறுப்பவர் -பிரதிவாதி- சத்தியம் செய்ய வேண்டும்.'</t>
   </si>
   <si>
     <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
   </si>
   <si>
-    <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
+    <t>[இந்த ஹதீஸை இமாம் பைஹகீ மற்றும் ஏனையோர் இவ்வாறு பதிவு செய்துள்ளனர், மேலும் இதன் ஒரு பகுதி புஹஇடம்பெற்றுள்ளது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/66532</t>
   </si>
   <si>
     <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك</t>
   </si>
   <si>
     <t>'நிச்சயமாகஅல்லாஹ் (ஒருவர் செய்யும்) நல்ல செயல்களையும், தீய செயல்களையும் எழுதி, பின்னர் அதனை விளக்கிக் கூறினான்</t>
   </si>
   <si>
     <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ تَبَارَكَ وَتَعَالَى، قَالَ: «إنَّ اللهَ كَتَبَ الحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إلَى سَبْعِمِائَةِ ضِعْفٍ إلَى أَضْعَافٍ كَثِيرَةٍ، وَإِنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் ஸல்லல்லாஹு அலைஹிவஸல்லம் தனது இரட்சகன் நவின்றதாகக் கூறியதை இப்னு அப்பாஸ் ரழியல்லாஹு அறிவிக்கின்றார்கள் : 'நிச்சயமாகஅல்லாஹ் (ஒருவர் செய்யும்) நல்ல செயல்களையும், தீய செயல்களையும் எழுதி, பின்னர் அதனை விளக்கிக் கூறினான்.
 யார் ஒரு நல்ல செயலை செய்ய எத்தனித்து அதனை அவர் செய்யவில்லையோ அதற்கு அல்லாஹ் அவனிடத்தில் முழுமையான ஒரு நன்மையை எழுதுகிறான். ஒருவர் ஒரு நன்மையான காரியத்தை செய்ய முனைந்து அதனை அவர் செய்வாரானால் அவருக்கு பத்து முதல் எழுநூறு நன்மைகள் எழுதப்படுவதுடன் அதனை பன்மடங்குகளாக அதிகப்படுத்திக் கொடுக்கிறான். 
 ஒருவர் ஒரு தீய செயலைச் செய்ய நினைத்து, ஆனால் அதை அவர் செய்யவில்லையென்றால் அல்லாஹ் அதை ஒரு நல்ல செயலாகவே எழுதிக் கொள்கின்றான். ஒருவர் ஒரு தீய செயலைச் செய்ய நினைத்து, அதை செய்தும் முடித்தால் அல்லாஹ் அதை ஒரு தீமையாக மட்டுமே எழுதிக் கொள்கின்றான்".</t>
   </si>
   <si>
     <t>தீமைகளை பன்மடங்காக ஆக்காது, நன்மைகளை பன்மடங்காக்கி அதனை பதிவு செய்வதில் அல்லாஹ் இந்த சமூகத்தின் மீது செய்த மகத்தான அருளை விபரித்திருத்தல்.
 செயல்களில் நிய்யத்தின் முக்கியத்துவமும் அதன் தாக்கமும் சுட்டிக்காட்டப்பட்டிருத்தல்.
 நன்மையைச் செய்ய எத்தனித்து அதனை செய்யாதவருக்கு அல்லாஹ் அதற்காக ஒரு நன்மையை எழுதிவிடுவது அவனின் அருளையும், கருணையையும், தாராளத்தன்மையையும் காட்டுகிறது.
 ____
 ____
 ____
 ____</t>
   </si>
   <si>
     <t>رواه البخاري ومسلم في صحيحيهما بهذه الحروف</t>
   </si>
   <si>
-    <t>[رواه البخاري ومسلم في صحيحيهما بهذه الحروف]</t>
+    <t>[இமாம்களான புஹாரியும் முஸ்லிமும் தமது நூலில் இதே வாசகத்தில் பதிவு செய்துள்ளார்கள்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/66533</t>
   </si>
   <si>
     <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
     <t>'நிச்சயமாக அல்லாஹ் கூறுகிறான் : என்னுடைய நெருங்கிய அடியான் ஒருவரை யார் எதிர்த்து பகைமை பாராட்டுகின்றானோ அவனோடு நான் போர் பிரகடனம் செய்கிறேன். எனது அடியான் என்னை நெருங்குவதற்கு அவன் மீது நான் கடமையாக்கியவற்றை விட எனக்கு விருப்பத்திற்குரியவை வேறு ஏதுமில்லை</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
   </si>
   <si>
     <t>அபூஹுரைரா ரழியல்லாஹு அன்ஹு அவர்கள் பெருமானார் ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் நவின்றதாக அறிவிக்கின்றார்கள் : 'நிச்சயமாக அல்லாஹ் கூறுகிறான் : என்னுடைய நெருங்கிய அடியான் ஒருவரை யார் எதிர்த்து பகைமை பாராட்டுகின்றானோ அவனோடு நான் போர் பிரகடனம் செய்கிறேன். எனது அடியான் என்னை நெருங்குவதற்கு அவன் மீது நான் கடமையாக்கியவற்றை விட எனக்கு விருப்பத்திற்குரியவை வேறு ஏதுமில்லை. நான் எனது அடியானை விரும்பும் வரை அவன் (நப்லான்) உபரியான வணக்கங்களைக் கொண்டு என்னை நெருங்கிக்கொண்டே இருக்கின்றான். நான் அவனை விரும்பிவிட்டால் நான் அவன் கேட்கும் செவிப்புலனாகவும், அவன் பார்க்கும் பார்வையாகவும், அவன் பற்றும் கையாகவும், அவன் நடக்கும் காலாகவும் இருப்பேன். அவன் என்னிடம் கேட்டால் அதனை அவனுக்கு நிச்சயமாக கொடுப்பேன். அவன் என்னிடம் அடைக்கலம் தேடினால் அவனை நிச்சயம் பாதுகாப்பேன்.'</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
   </si>
@@ -16287,54 +20843,54 @@
   <si>
     <t>بين النبي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أن الإنسان لا يكونا مؤمنًا كامل الإيمان الواجب حتى تكون محبته تابعة لما جاء به الرسول صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ من الأوامر والنواهي وغيرها، فيحب ما أمر به، ويكْرَهُ ما نَهَى عنه.</t>
   </si>
   <si>
     <t>ஒருவரது ஈமான் பூரணமாக அமைய வேண்டுமாயின் நபியவர்கள் ஏவிய கட்டளைகளை மனமுவந்து விரும்பி, அவர் தடுத்தவற்றை வெறுத்து, அவர்கள் கொண்டு வந்ததற்கு ஏற்ப தனது நேசத்தை ஆக்கிக்கொள்ளும் வரை ஒரு மனிதன் முழுமையான ஈமான் கொண்டவராக மாட்டார் என நபி ஸல்லல்லாஹு அலைஹி வஸல்லம் அவர்கள் இந்த ஹதீஸில் விளக்குகிறார்கள்.</t>
   </si>
   <si>
     <t>الحديث قاعدة في التسليم للشرع والانقياد له.
 تحذير الإنسان من أن من يحكم العقل أو العادة ويقدمه على ما جاء به الرسول صلى الله عليه وسلم، ففاعل ذلك قد نُفي الإيمان عنه.
 وجوب تحكيم الشريعة في كل شيء، لقوله: «لِمَا جِئتُ به».
 أن الإيمان يزيد بالطاعة وينقص بالمعصية.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸ் இஸ்லாமிய ஷரீஆவுக்கு முழுமையாக கட்டுப்படுவதை வலியுறுத்தும் ஒரு அடிப்படையை (விதியை) உள்ளடக்கியுள்ளது.
 ஒரு முஸ்லிம் பகுத்தறிவு அல்லது வழக்காறை தீர்ப்புக்கான அடிப்படையாக எடுத்து அதனை நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கொண்டு வந்த வழிகாட்டலுக்கு மேலாக முன்னுரிமையளிப்பதை எச்சரித்தல். அவ்வாறு செய்பவர் ஈமான் அற்றவர் என்று குறிப்பிடப்பட்டிருத்தல்.
 'லிமா ஜிஃத்து பிஹி'  அதாவது 'நான் கொண்டுவந்ததற்கேட்ப' என்ற கூற்றானது எல்லா விடயங்களிலும் ஷரீஆவை –அல்குர்ஆன் அஸ்ஸுன்னாவை- தீர்ப்பாகக்கொள்வது அவசியம் என்பதை காட்டுகிறது.
 ஈமான் வணக்கத்தின் மூலம் அதிகரிக்கும், பாவத்தின் மூலம் குறைந்துவிடும்.</t>
   </si>
   <si>
     <t>قال النووي: حديث صحيح</t>
   </si>
   <si>
     <t>رويناه في كتاب الحجة بإسناد صحيح</t>
   </si>
   <si>
-    <t>[قال النووي: حديث صحيح]</t>
-[...2 lines deleted...]
-    <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
+    <t>[இது சரியானது (ஸஹீஹ்) என இமாம் நவவி கூறியுள்ளார்]</t>
+  </si>
+  <si>
+    <t>[இதனை நாம் 'கிதாபுல் ஹுஜ்ஜா' என்ற நூலில் நம்பகமான அறிவிப்பாளர் தொடரின் மூலம் பதிவு செய்துள்ளோம்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/66535</t>
   </si>
   <si>
     <t>كل مسكر حرام</t>
   </si>
   <si>
     <t>'போதை தரக்கூடிய ஒவ்வொன்றும் ஹராம் (விலக்கப்பட்டது) ஆகும்'</t>
   </si>
   <si>
     <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
 وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
 وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
 وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>தனது தந்தை அபூமூஸா அல் அஷ்அரி ரழியல்லாஹு அன்ஹு அவர்களின் மூலம் அபூபுர்தா அவர்கள் அறிவிக்கிறார்கள் : நபி (ஸல்) அவர்கள் அவரை (அபூ மூஸா அல் அஷ்அரியை) யமன் நாட்டுக்குப் அனுப்பி வைத்தார்கள். அப்போது அங்கு தயாரிக்கப்படும் பானங்கள் குறித்து (அவற்றின் சட்டம் குறித்து) நபியவர்களிடம் கேட்க, அவை எவை?  எனக் கேட்டார்கள்: அதற்கு அபூமூஸா ரழியல்லாஹு அன்ஹு அவரகள்; 'அல்பித்உ, அல்மிஸ்ர்' என்றார்கள்.அப்போது அபூ புர்தாவிடம் அல்பித்உ என்றால் என்ன? எனக் கேட்க்கப்பட்டது. அதற்கு அவர்கள் 'தேனிலிருந்து தயாரிக்கப்படும் பானம் என்றார்கள், அல்மிஸ்ர் என்பது தொலி நீக்கப்படாத வாற்கோதுமையில் தயாரிக்கப்படும் பானம்' என்று பதிலளித்தார்கள். அப்போது நபி (ஸல்) அவர்கள், 'போதை தரக்கூடிய ஒவ்வொன்றும் ஹராம் (விலக்கப்பட்டது) ஆகும்' என்று பதிலளித்தார்கள்.</t>
   </si>
   <si>
     <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
 فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
 فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
   </si>
   <si>
@@ -16379,111 +20935,111 @@
 الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
 فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/66537</t>
   </si>
   <si>
     <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>'நீங்கள் உண்மையான முறையில் இறைவனை நம்பி அவனை சார்ந்திருந்தால், (தவக்குல் வைத்தால்) காலையில் வெறும் வயிற்றுடன் சென்று மாலையில் வயிறு நிரம்பிய நிலையில் எவ்வாறு ஒரு பறவை தனது கூண்டிற்கு திரும்புகின்றதோ அதற்கு உணவளிப்பதை போன்று உங்களுக்கும் உணவளிப்பான்</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் கூறியதாக உமர் இப்னுல் கத்தாப் ரழியல்லாஹு அன்ஹு அவர்கள் அறிவிக்கிறார்கள் : 'நீங்கள் உண்மையான முறையில் இறைவனை நம்பி அவனை சார்ந்திருந்தால், (தவக்குல் வைத்தால்) காலையில் வெறும் வயிற்றுடன் சென்று மாலையில் வயிறு நிரம்பிய நிலையில் எவ்வாறு ஒரு பறவை தனது கூண்டிற்கு திரும்புகின்றதோ அதற்கு உணவளிப்பதை போன்று உங்களுக்கும் உணவளிப்பான்".</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
   </si>
   <si>
-    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
+    <t>[இமாம்களான அஹ்மத், திர்மிதி, நஸாஈ, இப்னுமாஜா, இப்னுஹிப்பான், ஹாகிம் ஆகியோர் இதனைப் பதிவு செய்துள்ளனர்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/66538</t>
   </si>
   <si>
     <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
   </si>
   <si>
     <t>நன்மை என்பது நற்குணமாகும், தீமையென்பது உனது மனதில் உருத்தலை ஏற்படுத்தி, மக்கள் அதனை -பார்ப்பதை –கண்டுககொள்வதை  நீ வெறுப்பதாகும்.'</t>
   </si>
   <si>
     <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
 وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
   </si>
   <si>
     <t>அல்லாஹ்வின் தூதர் (ஸல்லல்லாஹு அலைஹிவஸல்லம்) அவர்கள் கூறியதாக, அன்-நவ்வாஸ் இப்னு ஸிம்ஆன் அல்-அன்சாரி ரழியல்லாஹு அன்ஹு அவர்கள் அறிவித்துள்ளார்கள்: 'நன்மை என்பது நற்குணமாகும், தீமையென்பது உனது மனதில் உருத்தலை ஏற்படுத்தி, மக்கள் அதனை -பார்ப்பதை –கண்டுககொள்வதை  நீ வெறுப்பதாகும்.'</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
 وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
   </si>
   <si>
     <t>இந்த ஹதீஸில் நன்மை (புன்னியம்-)  மற்றும் பாவம் குறித்து நபி ஸல்லல்லாஹு அலைஹிவஸல்லம் அவர்கள் குறிப்பிட்டுள்ளார்கள். நன்மையான குணங்களில் மிகவும் உயர்ந்தது அல்லாஹ்வை பயப்படுவதன் மூலம் அல்லாஹ்வுடன் சிறந்தமுறையில் நடத்தல். அத்துடன் சிரமத்தைத் தாங்கிக்கொள்ளுதல், கோபமின்மை, முகமலர்ச்சியுடன் இருத்தல், கனிவான பேச்சு, உறவுகளைப் பேணுதல், பணிவு, கட்டுப்படுதல், மென்மையை கடைப்பிடித்தல், அழகிய முறையில் உறவாடுதல், தோழமை கொள்ளுதல் போன்றவற்றை கடைப்பிடித்து மனிதர்களுடன் நடப்பது நன்மை சார்ந்த விடயமாகும். பிர் என்பது இதயத்திற்கு நிம்மதியை ஏற்படுத்துவதாகும். பாவம் மனித உள்ளத்தில் மகிழ்ச்சியை ஏற்படுத்தாது ஒரு வகை தயக்கத்தையும் தடுமாற்றத்தையும் ஏற்படுத்துவது. இதன் விளைவாக உள்ளத்தில் சந்தேகமும், குறித்த விடயம் தவறு என்பதால் அது குறித்து மனதில் பயமும்; ஏற்படுவதோடு, குறித்த விடயம் அசிங்கமானது என்பதால் மனிதர்களில் கௌரவமானவர்கள் மற்றும் முக்கியஸ்தர்கள் தெரிந்து கொள்வதை மனம் விரும்பாது. ஏனெனில் மனமானது இயல்பில் நல்ல விடயங்களை பிறர் காண்பதையே விரும்புகிறது. இதனால், பிறர் கண்டுகொள்வதை விரும்பாத, மனம் வெறுக்கின்ற செயற்பாடுகளாயின் அது பாவமாகும். அதில் எவ்வித நன்மையும் கிடையாது. உம்மிடம் இருக்கும் விடயம் பற்றி மக்கள் நல்லது என்று தீர்ப்பு கூறினும், அது பற்றிய சந்தேகமும் குற்ற உணர்வும் உம் மனதில் இருக்குமாயின் அது பாவமான ஒரு விடயமாகும். மக்கள் தீர்ப்பு ஒரு போதும் ஒரு சந்தேகமான ஒருவிடயத்தை சரிபடுத்தமாட்டாது. சில வேளை தீர்ப்பு கூறுபவர் குறித்தவிடயம் பற்றி போதிய அறிவின்றி தீர்ப்பு கூறிவிடுவார். குறித்த தீர்ப்பானது மார்க்க ஆதரத்தின் அடிப்படையில் இருப்பின் தீர்ப்புக்கோரியவரின் மனம் திருப்தியடையவில்லையெனில் மீண்டும் அவரிடம் செல்வது கடமையாகும்.</t>
   </si>
   <si>
     <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
 الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
 من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
 قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
 المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
 قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
   </si>
   <si>
     <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
   </si>
   <si>
-    <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
+    <t>[முதலாம் ஹதீஸ்: இதை இமாம் முஸ்லிம் பதிவு செய்துள்ளார், இரண்டாம் ஹதீஸ்: இதை இமாம்களான அஹ்மத், தாரமீ ஆகியோர் பதிவு செய்துள்ளனர்]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/66540</t>
   </si>
   <si>
     <t>உமது நாவு அல்லாஹ்வின் திக்ரில் திளைத்தவாறு இருக்கட்டும்</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
 وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>அப்துல்லாஹ் இப்னு புஸ்ர் ரழியல்லாஹு அன்ஹு அவர்கள் கூறினார்கள்: ஒரு மனிதர் நபியவர்களிடம் வந்து அல்லாஹ்வின் தூதரே! இஸ்லாத்தின் கடமைகள் எம்மீது அதிகமாக உள்ளன. எனவே எமக்கு கடைப்பிடிப்பதற்கு இலகுவான அதிகமான நன்மைகளைப் பெற்றுத்தரக் கூடிய ஒன்றை அறிவித்துத் தாருங்கள் என்று கேட்டார் அதற்கு நபியவர்கள்: "உமது நாவு அல்லாஹ்வின் திக்ரில் திளைத்தவாறு இருக்கட்டும் "என்று கூறினார்கள்.</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
     <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
   </si>
   <si>
-    <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
+    <t>[இமாம்களான அஹ்மத், திர்மிதி, இப்னு மாஜா மற்றும் இப்னு ஹிப்பான் ஆகியோரால் இது பதிவு செய்யப்பட்டது]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ta/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -16789,51 +21345,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O477"/>
+  <dimension ref="A1:O592"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -16939,21911 +21495,27346 @@
       </c>
       <c r="H4" t="s">
         <v>35</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>25</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5">
-        <v>2755</v>
+        <v>2753</v>
       </c>
       <c r="B5" t="s">
         <v>37</v>
       </c>
       <c r="C5" t="s">
         <v>38</v>
       </c>
       <c r="D5" t="s">
         <v>39</v>
       </c>
       <c r="E5" t="s">
         <v>40</v>
       </c>
       <c r="F5" t="s">
         <v>41</v>
       </c>
       <c r="G5" t="s">
         <v>42</v>
       </c>
       <c r="H5" t="s">
         <v>43</v>
       </c>
+      <c r="I5" t="s">
+        <v>44</v>
+      </c>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L5" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M5" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6">
-        <v>2758</v>
+        <v>2755</v>
       </c>
       <c r="B6" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="F6" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G6" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="H6" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>25</v>
       </c>
       <c r="M6" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7">
-        <v>2941</v>
+        <v>2758</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L7" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M7" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8">
-        <v>2945</v>
+        <v>2759</v>
       </c>
       <c r="B8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M8" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9">
-        <v>2962</v>
+        <v>2941</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C9" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D9" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="F9" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="G9" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="H9" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I9" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L9" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M9" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10">
-        <v>2997</v>
+        <v>2945</v>
       </c>
       <c r="B10" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C10" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D10" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E10" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F10" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G10" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H10" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="I10" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L10" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M10" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11">
-        <v>3010</v>
+        <v>2949</v>
       </c>
       <c r="B11" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C11" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D11" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E11" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F11" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G11" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H11" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="I11" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L11" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M11" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12">
-        <v>3013</v>
+        <v>2960</v>
       </c>
       <c r="B12" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C12" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D12" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E12" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="F12" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="G12" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="H12" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="I12" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="J12" t="s">
         <v>23</v>
       </c>
       <c r="K12" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L12" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M12" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13">
-        <v>3014</v>
+        <v>2961</v>
       </c>
       <c r="B13" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C13" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E13" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F13" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="G13" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="H13" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="I13" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L13" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M13" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14">
-        <v>3017</v>
+        <v>2962</v>
       </c>
       <c r="B14" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C14" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D14" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E14" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="F14" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G14" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="H14" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="I14" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
-        <v>127</v>
+        <v>45</v>
       </c>
       <c r="L14" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M14" t="s">
-        <v>128</v>
+        <v>47</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
-        <v>3029</v>
+        <v>2969</v>
       </c>
       <c r="B15" t="s">
         <v>130</v>
       </c>
       <c r="C15" t="s">
         <v>131</v>
       </c>
       <c r="D15" t="s">
         <v>132</v>
       </c>
       <c r="E15" t="s">
         <v>133</v>
       </c>
       <c r="F15" t="s">
         <v>134</v>
       </c>
       <c r="G15" t="s">
         <v>135</v>
       </c>
       <c r="H15" t="s">
         <v>136</v>
       </c>
       <c r="I15" t="s">
         <v>137</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L15" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M15" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
-        <v>3033</v>
+        <v>2985</v>
       </c>
       <c r="B16" t="s">
         <v>139</v>
       </c>
       <c r="C16" t="s">
         <v>140</v>
       </c>
       <c r="D16" t="s">
         <v>141</v>
       </c>
       <c r="E16" t="s">
         <v>142</v>
       </c>
       <c r="F16" t="s">
         <v>143</v>
       </c>
       <c r="G16" t="s">
         <v>144</v>
       </c>
       <c r="H16" t="s">
         <v>145</v>
       </c>
       <c r="I16" t="s">
         <v>146</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L16" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M16" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
-        <v>3037</v>
+        <v>2986</v>
       </c>
       <c r="B17" t="s">
         <v>148</v>
       </c>
       <c r="C17" t="s">
         <v>149</v>
       </c>
       <c r="D17" t="s">
         <v>150</v>
       </c>
       <c r="E17" t="s">
         <v>151</v>
       </c>
       <c r="F17" t="s">
         <v>152</v>
       </c>
       <c r="G17" t="s">
         <v>153</v>
       </c>
       <c r="H17" t="s">
         <v>154</v>
       </c>
       <c r="I17" t="s">
         <v>155</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
+        <v>45</v>
+      </c>
+      <c r="L17" t="s">
+        <v>46</v>
+      </c>
+      <c r="M17" t="s">
+        <v>47</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
         <v>156</v>
-      </c>
-[...10 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
-        <v>3044</v>
+        <v>2997</v>
       </c>
       <c r="B18" t="s">
+        <v>157</v>
+      </c>
+      <c r="C18" t="s">
+        <v>158</v>
+      </c>
+      <c r="D18" t="s">
         <v>159</v>
       </c>
-      <c r="C18" t="s">
+      <c r="E18" t="s">
         <v>160</v>
       </c>
-      <c r="D18" t="s">
+      <c r="F18" t="s">
         <v>161</v>
       </c>
-      <c r="E18" t="s">
+      <c r="G18" t="s">
         <v>162</v>
       </c>
-      <c r="F18" t="s">
+      <c r="H18" t="s">
         <v>163</v>
       </c>
-      <c r="G18" t="s">
+      <c r="I18" t="s">
         <v>164</v>
       </c>
-      <c r="H18" t="s">
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L18" t="s">
+        <v>46</v>
+      </c>
+      <c r="M18" t="s">
+        <v>47</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
         <v>165</v>
-      </c>
-[...19 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
-        <v>3053</v>
+        <v>3007</v>
       </c>
       <c r="B19" t="s">
+        <v>166</v>
+      </c>
+      <c r="C19" t="s">
+        <v>167</v>
+      </c>
+      <c r="D19" t="s">
         <v>168</v>
       </c>
-      <c r="C19" t="s">
+      <c r="E19" t="s">
         <v>169</v>
       </c>
-      <c r="D19" t="s">
+      <c r="F19" t="s">
         <v>170</v>
       </c>
-      <c r="E19" t="s">
+      <c r="G19" t="s">
         <v>171</v>
       </c>
-      <c r="F19" t="s">
+      <c r="H19" t="s">
         <v>172</v>
       </c>
-      <c r="G19" t="s">
+      <c r="I19" t="s">
         <v>173</v>
       </c>
-      <c r="H19" t="s">
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
         <v>174</v>
       </c>
-      <c r="I19" t="s">
+      <c r="L19" t="s">
+        <v>46</v>
+      </c>
+      <c r="M19" t="s">
         <v>175</v>
-      </c>
-[...10 lines deleted...]
-        <v>157</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
-        <v>3061</v>
+        <v>3010</v>
       </c>
       <c r="B20" t="s">
         <v>177</v>
       </c>
       <c r="C20" t="s">
         <v>178</v>
       </c>
       <c r="D20" t="s">
         <v>179</v>
       </c>
       <c r="E20" t="s">
         <v>180</v>
       </c>
       <c r="F20" t="s">
         <v>181</v>
       </c>
       <c r="G20" t="s">
         <v>182</v>
       </c>
       <c r="H20" t="s">
         <v>183</v>
       </c>
       <c r="I20" t="s">
         <v>184</v>
       </c>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L20" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M20" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
-        <v>3062</v>
+        <v>3013</v>
       </c>
       <c r="B21" t="s">
         <v>186</v>
       </c>
       <c r="C21" t="s">
         <v>187</v>
       </c>
       <c r="D21" t="s">
         <v>188</v>
       </c>
       <c r="E21" t="s">
         <v>189</v>
       </c>
       <c r="F21" t="s">
         <v>190</v>
       </c>
       <c r="G21" t="s">
         <v>191</v>
       </c>
       <c r="H21" t="s">
         <v>192</v>
       </c>
       <c r="I21" t="s">
         <v>193</v>
       </c>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21" t="s">
+        <v>45</v>
+      </c>
+      <c r="L21" t="s">
+        <v>46</v>
+      </c>
+      <c r="M21" t="s">
+        <v>47</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
         <v>194</v>
-      </c>
-[...10 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
-        <v>3086</v>
+        <v>3014</v>
       </c>
       <c r="B22" t="s">
+        <v>195</v>
+      </c>
+      <c r="C22" t="s">
+        <v>196</v>
+      </c>
+      <c r="D22" t="s">
         <v>197</v>
       </c>
-      <c r="C22" t="s">
+      <c r="E22" t="s">
         <v>198</v>
       </c>
-      <c r="D22" t="s">
+      <c r="F22" t="s">
         <v>199</v>
       </c>
-      <c r="E22" t="s">
+      <c r="G22" t="s">
         <v>200</v>
       </c>
-      <c r="F22" t="s">
+      <c r="H22" t="s">
         <v>201</v>
       </c>
-      <c r="G22" t="s">
+      <c r="I22" t="s">
         <v>202</v>
       </c>
-      <c r="H22" t="s">
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>45</v>
+      </c>
+      <c r="L22" t="s">
+        <v>46</v>
+      </c>
+      <c r="M22" t="s">
+        <v>47</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
         <v>203</v>
-      </c>
-[...19 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
-        <v>3088</v>
+        <v>3017</v>
       </c>
       <c r="B23" t="s">
+        <v>204</v>
+      </c>
+      <c r="C23" t="s">
+        <v>205</v>
+      </c>
+      <c r="D23" t="s">
         <v>206</v>
       </c>
-      <c r="C23" t="s">
+      <c r="E23" t="s">
         <v>207</v>
       </c>
-      <c r="D23" t="s">
+      <c r="F23" t="s">
         <v>208</v>
       </c>
-      <c r="E23" t="s">
+      <c r="G23" t="s">
         <v>209</v>
       </c>
-      <c r="F23" t="s">
+      <c r="H23" t="s">
         <v>210</v>
       </c>
-      <c r="G23" t="s">
+      <c r="I23" t="s">
         <v>211</v>
       </c>
-      <c r="H23" t="s">
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
         <v>212</v>
       </c>
-      <c r="I23" t="s">
+      <c r="L23" t="s">
+        <v>46</v>
+      </c>
+      <c r="M23" t="s">
         <v>213</v>
-      </c>
-[...10 lines deleted...]
-        <v>157</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
-        <v>3096</v>
+        <v>3018</v>
       </c>
       <c r="B24" t="s">
         <v>215</v>
       </c>
       <c r="C24" t="s">
         <v>216</v>
       </c>
       <c r="D24" t="s">
         <v>217</v>
       </c>
       <c r="E24" t="s">
         <v>218</v>
       </c>
       <c r="F24" t="s">
         <v>219</v>
       </c>
       <c r="G24" t="s">
         <v>220</v>
       </c>
       <c r="H24" t="s">
         <v>221</v>
       </c>
       <c r="I24" t="s">
         <v>222</v>
       </c>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L24" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M24" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
-        <v>3103</v>
+        <v>3029</v>
       </c>
       <c r="B25" t="s">
         <v>224</v>
       </c>
       <c r="C25" t="s">
         <v>225</v>
       </c>
       <c r="D25" t="s">
         <v>226</v>
       </c>
       <c r="E25" t="s">
         <v>227</v>
       </c>
       <c r="F25" t="s">
         <v>228</v>
       </c>
       <c r="G25" t="s">
         <v>229</v>
       </c>
       <c r="H25" t="s">
         <v>230</v>
       </c>
       <c r="I25" t="s">
         <v>231</v>
       </c>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L25" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M25" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
-        <v>3107</v>
+        <v>3031</v>
       </c>
       <c r="B26" t="s">
         <v>233</v>
       </c>
       <c r="C26" t="s">
         <v>234</v>
       </c>
       <c r="D26" t="s">
         <v>235</v>
       </c>
       <c r="E26" t="s">
         <v>236</v>
       </c>
       <c r="F26" t="s">
         <v>237</v>
       </c>
       <c r="G26" t="s">
         <v>238</v>
       </c>
       <c r="H26" t="s">
         <v>239</v>
       </c>
       <c r="I26" t="s">
         <v>240</v>
       </c>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L26" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M26" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
-        <v>3135</v>
+        <v>3033</v>
       </c>
       <c r="B27" t="s">
         <v>242</v>
       </c>
       <c r="C27" t="s">
         <v>243</v>
       </c>
       <c r="D27" t="s">
         <v>244</v>
       </c>
       <c r="E27" t="s">
         <v>245</v>
       </c>
       <c r="F27" t="s">
         <v>246</v>
       </c>
       <c r="G27" t="s">
         <v>247</v>
       </c>
       <c r="H27" t="s">
         <v>248</v>
       </c>
       <c r="I27" t="s">
         <v>249</v>
       </c>
       <c r="J27" t="s">
         <v>23</v>
       </c>
       <c r="K27" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L27" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M27" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>3144</v>
+        <v>3037</v>
       </c>
       <c r="B28" t="s">
         <v>251</v>
       </c>
       <c r="C28" t="s">
         <v>252</v>
       </c>
       <c r="D28" t="s">
         <v>253</v>
       </c>
       <c r="E28" t="s">
         <v>254</v>
       </c>
       <c r="F28" t="s">
         <v>255</v>
       </c>
       <c r="G28" t="s">
         <v>256</v>
       </c>
       <c r="H28" t="s">
         <v>257</v>
       </c>
       <c r="I28" t="s">
         <v>258</v>
       </c>
       <c r="J28" t="s">
         <v>23</v>
       </c>
       <c r="K28" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L28" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M28" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>3150</v>
+        <v>3044</v>
       </c>
       <c r="B29" t="s">
         <v>260</v>
       </c>
       <c r="C29" t="s">
         <v>261</v>
       </c>
       <c r="D29" t="s">
         <v>262</v>
       </c>
       <c r="E29" t="s">
         <v>263</v>
       </c>
       <c r="F29" t="s">
         <v>264</v>
       </c>
       <c r="G29" t="s">
         <v>265</v>
       </c>
       <c r="H29" t="s">
         <v>266</v>
       </c>
       <c r="I29" t="s">
         <v>267</v>
       </c>
       <c r="J29" t="s">
         <v>23</v>
       </c>
       <c r="K29" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M29" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>3156</v>
+        <v>3045</v>
       </c>
       <c r="B30" t="s">
         <v>269</v>
       </c>
       <c r="C30" t="s">
         <v>270</v>
       </c>
       <c r="D30" t="s">
         <v>271</v>
       </c>
       <c r="E30" t="s">
         <v>272</v>
       </c>
       <c r="F30" t="s">
         <v>273</v>
       </c>
       <c r="G30" t="s">
         <v>274</v>
       </c>
       <c r="H30" t="s">
         <v>275</v>
       </c>
       <c r="I30" t="s">
         <v>276</v>
       </c>
       <c r="J30" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
       <c r="K30" t="s">
-        <v>53</v>
+        <v>278</v>
       </c>
       <c r="L30" t="s">
-        <v>25</v>
+        <v>279</v>
       </c>
       <c r="M30" t="s">
-        <v>54</v>
+        <v>280</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>3167</v>
+        <v>3053</v>
       </c>
       <c r="B31" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="C31" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="D31" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="E31" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="F31" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="G31" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="H31" t="s">
-        <v>284</v>
+        <v>288</v>
+      </c>
+      <c r="I31" t="s">
+        <v>289</v>
       </c>
       <c r="J31" t="s">
         <v>23</v>
       </c>
       <c r="K31" t="s">
-        <v>285</v>
+        <v>174</v>
       </c>
       <c r="L31" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M31" t="s">
-        <v>286</v>
+        <v>175</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>3219</v>
+        <v>3061</v>
       </c>
       <c r="B32" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C32" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="D32" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="E32" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="F32" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="G32" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="H32" t="s">
-        <v>294</v>
+        <v>297</v>
+      </c>
+      <c r="I32" t="s">
+        <v>298</v>
       </c>
       <c r="J32" t="s">
         <v>23</v>
       </c>
       <c r="K32" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L32" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M32" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>3231</v>
+        <v>3062</v>
       </c>
       <c r="B33" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C33" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="D33" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="E33" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="F33" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="G33" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="H33" t="s">
-        <v>302</v>
+        <v>306</v>
+      </c>
+      <c r="I33" t="s">
+        <v>307</v>
       </c>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33" t="s">
-        <v>156</v>
+        <v>308</v>
       </c>
       <c r="L33" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M33" t="s">
-        <v>157</v>
+        <v>309</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>3232</v>
+        <v>3063</v>
       </c>
       <c r="B34" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="C34" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="D34" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E34" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F34" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="G34" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="H34" t="s">
-        <v>310</v>
+        <v>317</v>
+      </c>
+      <c r="I34" t="s">
+        <v>318</v>
       </c>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L34" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M34" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>311</v>
+        <v>319</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>3236</v>
+        <v>3071</v>
       </c>
       <c r="B35" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="C35" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="D35" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="E35" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="F35" t="s">
-        <v>316</v>
+        <v>324</v>
       </c>
       <c r="G35" t="s">
-        <v>317</v>
+        <v>325</v>
       </c>
       <c r="H35" t="s">
-        <v>318</v>
+        <v>326</v>
+      </c>
+      <c r="I35" t="s">
+        <v>327</v>
       </c>
       <c r="J35" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K35" t="s">
-        <v>320</v>
+        <v>174</v>
       </c>
       <c r="L35" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="M35" t="s">
-        <v>322</v>
+        <v>175</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>3260</v>
+        <v>3075</v>
       </c>
       <c r="B36" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="C36" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D36" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="E36" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F36" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="G36" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="H36" t="s">
-        <v>330</v>
+        <v>335</v>
+      </c>
+      <c r="I36" t="s">
+        <v>336</v>
       </c>
       <c r="J36" t="s">
         <v>23</v>
       </c>
       <c r="K36" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L36" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M36" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>3261</v>
+        <v>3078</v>
       </c>
       <c r="B37" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="C37" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="D37" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="E37" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="F37" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="G37" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="H37" t="s">
-        <v>338</v>
+        <v>344</v>
+      </c>
+      <c r="I37" t="s">
+        <v>345</v>
       </c>
       <c r="J37" t="s">
         <v>23</v>
       </c>
       <c r="K37" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L37" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M37" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>3262</v>
+        <v>3079</v>
       </c>
       <c r="B38" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="C38" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="D38" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="E38" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="F38" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="G38" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="H38" t="s">
-        <v>346</v>
+        <v>353</v>
+      </c>
+      <c r="I38" t="s">
+        <v>354</v>
       </c>
       <c r="J38" t="s">
         <v>23</v>
       </c>
       <c r="K38" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L38" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M38" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>3272</v>
+        <v>3086</v>
       </c>
       <c r="B39" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="C39" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="D39" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="E39" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="F39" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
       <c r="G39" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="H39" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="I39" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="J39" t="s">
         <v>23</v>
       </c>
       <c r="K39" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L39" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M39" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>3279</v>
+        <v>3087</v>
       </c>
       <c r="B40" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="C40" t="s">
-        <v>358</v>
+        <v>366</v>
       </c>
       <c r="D40" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="E40" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
       <c r="F40" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
       <c r="G40" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="H40" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="I40" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="J40" t="s">
         <v>23</v>
       </c>
       <c r="K40" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L40" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M40" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>3284</v>
+        <v>3088</v>
       </c>
       <c r="B41" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="C41" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="D41" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="E41" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="F41" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="G41" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="H41" t="s">
-        <v>372</v>
+        <v>380</v>
+      </c>
+      <c r="I41" t="s">
+        <v>381</v>
       </c>
       <c r="J41" t="s">
         <v>23</v>
       </c>
       <c r="K41" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L41" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M41" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>373</v>
+        <v>382</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>3313</v>
+        <v>3095</v>
       </c>
       <c r="B42" t="s">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="C42" t="s">
-        <v>375</v>
+        <v>384</v>
       </c>
       <c r="D42" t="s">
-        <v>376</v>
+        <v>385</v>
       </c>
       <c r="E42" t="s">
-        <v>377</v>
+        <v>386</v>
       </c>
       <c r="F42" t="s">
-        <v>378</v>
+        <v>387</v>
       </c>
       <c r="G42" t="s">
-        <v>379</v>
+        <v>388</v>
       </c>
       <c r="H42" t="s">
-        <v>380</v>
+        <v>389</v>
       </c>
       <c r="I42" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L42" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M42" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>3316</v>
+        <v>3096</v>
       </c>
       <c r="B43" t="s">
-        <v>383</v>
+        <v>392</v>
       </c>
       <c r="C43" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
       <c r="D43" t="s">
-        <v>385</v>
+        <v>394</v>
       </c>
       <c r="E43" t="s">
-        <v>386</v>
+        <v>395</v>
       </c>
       <c r="F43" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
       <c r="G43" t="s">
-        <v>388</v>
+        <v>397</v>
       </c>
       <c r="H43" t="s">
-        <v>389</v>
+        <v>398</v>
       </c>
       <c r="I43" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="J43" t="s">
         <v>23</v>
       </c>
       <c r="K43" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L43" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M43" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>391</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>3330</v>
+        <v>3103</v>
       </c>
       <c r="B44" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
       <c r="C44" t="s">
-        <v>393</v>
+        <v>402</v>
       </c>
       <c r="D44" t="s">
-        <v>394</v>
+        <v>403</v>
       </c>
       <c r="E44" t="s">
-        <v>395</v>
+        <v>404</v>
       </c>
       <c r="F44" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="G44" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="H44" t="s">
-        <v>398</v>
+        <v>407</v>
       </c>
       <c r="I44" t="s">
-        <v>399</v>
+        <v>408</v>
       </c>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L44" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M44" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>3331</v>
+        <v>3104</v>
       </c>
       <c r="B45" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="C45" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="D45" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="E45" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="F45" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="G45" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="H45" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="I45" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="J45" t="s">
         <v>23</v>
       </c>
       <c r="K45" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L45" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M45" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>3336</v>
+        <v>3107</v>
       </c>
       <c r="B46" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="C46" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="D46" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="E46" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="F46" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="G46" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="H46" t="s">
-        <v>416</v>
+        <v>425</v>
       </c>
       <c r="I46" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="J46" t="s">
         <v>23</v>
       </c>
       <c r="K46" t="s">
-        <v>418</v>
+        <v>45</v>
       </c>
       <c r="L46" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M46" t="s">
-        <v>419</v>
+        <v>47</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>3339</v>
+        <v>3110</v>
       </c>
       <c r="B47" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c r="C47" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="D47" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="E47" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="F47" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="G47" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="H47" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="I47" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="J47" t="s">
         <v>23</v>
       </c>
       <c r="K47" t="s">
-        <v>429</v>
+        <v>45</v>
       </c>
       <c r="L47" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M47" t="s">
-        <v>430</v>
+        <v>47</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>3341</v>
+        <v>3122</v>
       </c>
       <c r="B48" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="C48" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="D48" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="E48" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="F48" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="G48" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="H48" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="I48" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="J48" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K48" t="s">
-        <v>24</v>
+        <v>446</v>
       </c>
       <c r="L48" t="s">
-        <v>25</v>
+        <v>447</v>
       </c>
       <c r="M48" t="s">
-        <v>26</v>
+        <v>448</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>440</v>
+        <v>449</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>3342</v>
+        <v>3127</v>
       </c>
       <c r="B49" t="s">
-        <v>441</v>
+        <v>450</v>
       </c>
       <c r="C49" t="s">
-        <v>442</v>
+        <v>451</v>
       </c>
       <c r="D49" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="E49" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="F49" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="G49" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="H49" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="I49" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="J49" t="s">
         <v>23</v>
       </c>
       <c r="K49" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L49" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M49" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>3347</v>
+        <v>3135</v>
       </c>
       <c r="B50" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="C50" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="D50" t="s">
-        <v>452</v>
+        <v>461</v>
       </c>
       <c r="E50" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="F50" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="G50" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
       <c r="H50" t="s">
-        <v>456</v>
+        <v>465</v>
       </c>
       <c r="I50" t="s">
-        <v>457</v>
+        <v>466</v>
       </c>
       <c r="J50" t="s">
         <v>23</v>
       </c>
       <c r="K50" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L50" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M50" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>3348</v>
+        <v>3138</v>
       </c>
       <c r="B51" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="C51" t="s">
-        <v>460</v>
+        <v>469</v>
       </c>
       <c r="D51" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="E51" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
       <c r="F51" t="s">
-        <v>463</v>
+        <v>472</v>
       </c>
       <c r="G51" t="s">
-        <v>464</v>
+        <v>473</v>
       </c>
       <c r="H51" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="I51" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="J51" t="s">
         <v>23</v>
       </c>
       <c r="K51" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L51" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M51" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>3350</v>
+        <v>3142</v>
       </c>
       <c r="B52" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
       <c r="C52" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="D52" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
       <c r="E52" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="F52" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="G52" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
       <c r="H52" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
       <c r="I52" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="J52" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K52" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="L52" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="M52" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>3352</v>
+        <v>3143</v>
       </c>
       <c r="B53" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="C53" t="s">
-        <v>480</v>
+        <v>489</v>
       </c>
       <c r="D53" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="E53" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
       <c r="F53" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
       <c r="G53" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="H53" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="I53" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="J53" t="s">
-        <v>487</v>
+        <v>23</v>
       </c>
       <c r="K53" t="s">
-        <v>488</v>
+        <v>45</v>
       </c>
       <c r="L53" t="s">
-        <v>489</v>
+        <v>46</v>
       </c>
       <c r="M53" t="s">
-        <v>490</v>
+        <v>47</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>3354</v>
+        <v>3144</v>
       </c>
       <c r="B54" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="C54" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="D54" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="E54" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="F54" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="G54" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="H54" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="I54" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="J54" t="s">
         <v>23</v>
       </c>
       <c r="K54" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L54" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M54" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>3359</v>
+        <v>3145</v>
       </c>
       <c r="B55" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="C55" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="D55" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="E55" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="F55" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="G55" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="H55" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="I55" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="J55" t="s">
         <v>23</v>
       </c>
       <c r="K55" t="s">
-        <v>509</v>
+        <v>45</v>
       </c>
       <c r="L55" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M55" t="s">
-        <v>510</v>
+        <v>47</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>3361</v>
+        <v>3150</v>
       </c>
       <c r="B56" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="C56" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="D56" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="E56" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F56" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="G56" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="H56" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="I56" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="J56" t="s">
         <v>23</v>
       </c>
       <c r="K56" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L56" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M56" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>3365</v>
+        <v>3153</v>
       </c>
       <c r="B57" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="C57" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="D57" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="E57" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="F57" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="G57" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="H57" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="I57" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="J57" t="s">
         <v>23</v>
       </c>
       <c r="K57" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L57" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M57" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>3366</v>
+        <v>3156</v>
       </c>
       <c r="B58" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="C58" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="D58" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="E58" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="F58" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="G58" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="H58" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="I58" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="J58" t="s">
         <v>23</v>
       </c>
       <c r="K58" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L58" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M58" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>3372</v>
+        <v>3157</v>
       </c>
       <c r="B59" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="C59" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="D59" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="E59" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="F59" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="G59" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="H59" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="I59" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="J59" t="s">
         <v>23</v>
       </c>
       <c r="K59" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L59" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M59" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>3373</v>
+        <v>3159</v>
       </c>
       <c r="B60" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="C60" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="D60" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="E60" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F60" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="G60" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="H60" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="I60" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="J60" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K60" t="s">
-        <v>156</v>
+        <v>485</v>
       </c>
       <c r="L60" t="s">
-        <v>25</v>
+        <v>447</v>
       </c>
       <c r="M60" t="s">
-        <v>157</v>
+        <v>486</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>3375</v>
+        <v>3167</v>
       </c>
       <c r="B61" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="C61" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="D61" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="E61" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="F61" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="G61" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="H61" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="J61" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K61" t="s">
-        <v>418</v>
+        <v>567</v>
       </c>
       <c r="L61" t="s">
-        <v>321</v>
+        <v>25</v>
       </c>
       <c r="M61" t="s">
-        <v>419</v>
+        <v>568</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>3381</v>
+        <v>3219</v>
       </c>
       <c r="B62" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="C62" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="D62" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="E62" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="F62" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="G62" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="H62" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="J62" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K62" t="s">
-        <v>418</v>
+        <v>174</v>
       </c>
       <c r="L62" t="s">
-        <v>321</v>
+        <v>25</v>
       </c>
       <c r="M62" t="s">
-        <v>419</v>
+        <v>577</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>3383</v>
+        <v>3220</v>
       </c>
       <c r="B63" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="C63" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="D63" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="E63" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="F63" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="G63" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="H63" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="I63" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="J63" t="s">
         <v>23</v>
       </c>
       <c r="K63" t="s">
-        <v>583</v>
+        <v>45</v>
       </c>
       <c r="L63" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M63" t="s">
-        <v>584</v>
+        <v>47</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>3384</v>
+        <v>3231</v>
       </c>
       <c r="B64" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C64" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="D64" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="E64" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="F64" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="G64" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="H64" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="J64" t="s">
         <v>23</v>
       </c>
       <c r="K64" t="s">
-        <v>320</v>
+        <v>174</v>
       </c>
       <c r="L64" t="s">
         <v>25</v>
       </c>
       <c r="M64" t="s">
-        <v>322</v>
+        <v>577</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>3389</v>
+        <v>3232</v>
       </c>
       <c r="B65" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C65" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D65" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="E65" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="F65" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="G65" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="H65" t="s">
-        <v>601</v>
-[...1 lines deleted...]
-      <c r="I65" t="s">
         <v>602</v>
       </c>
       <c r="J65" t="s">
         <v>23</v>
       </c>
       <c r="K65" t="s">
-        <v>603</v>
+        <v>45</v>
       </c>
       <c r="L65" t="s">
         <v>25</v>
       </c>
       <c r="M65" t="s">
+        <v>603</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
         <v>604</v>
-      </c>
-[...4 lines deleted...]
-        <v>605</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>3390</v>
+        <v>3236</v>
       </c>
       <c r="B66" t="s">
+        <v>605</v>
+      </c>
+      <c r="C66" t="s">
         <v>606</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>607</v>
       </c>
-      <c r="D66" t="s">
+      <c r="E66" t="s">
         <v>608</v>
       </c>
-      <c r="E66" t="s">
+      <c r="F66" t="s">
         <v>609</v>
       </c>
-      <c r="F66" t="s">
+      <c r="G66" t="s">
         <v>610</v>
       </c>
-      <c r="G66" t="s">
+      <c r="H66" t="s">
         <v>611</v>
       </c>
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>612</v>
       </c>
-      <c r="I66" t="s">
+      <c r="J66" t="s">
+        <v>23</v>
+      </c>
+      <c r="K66" t="s">
         <v>613</v>
       </c>
-      <c r="J66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L66" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M66" t="s">
-        <v>54</v>
+        <v>614</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>3402</v>
+        <v>3260</v>
       </c>
       <c r="B67" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C67" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D67" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="E67" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="F67" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="G67" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="H67" t="s">
-        <v>621</v>
-[...1 lines deleted...]
-      <c r="I67" t="s">
         <v>622</v>
       </c>
       <c r="J67" t="s">
         <v>23</v>
       </c>
       <c r="K67" t="s">
-        <v>603</v>
+        <v>45</v>
       </c>
       <c r="L67" t="s">
         <v>25</v>
       </c>
       <c r="M67" t="s">
+        <v>603</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
         <v>623</v>
-      </c>
-[...4 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>3406</v>
+        <v>3261</v>
       </c>
       <c r="B68" t="s">
+        <v>624</v>
+      </c>
+      <c r="C68" t="s">
         <v>625</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>626</v>
       </c>
-      <c r="D68" t="s">
+      <c r="E68" t="s">
         <v>627</v>
       </c>
-      <c r="E68" t="s">
+      <c r="F68" t="s">
         <v>628</v>
       </c>
-      <c r="F68" t="s">
+      <c r="G68" t="s">
         <v>629</v>
       </c>
-      <c r="G68" t="s">
+      <c r="H68" t="s">
         <v>630</v>
       </c>
-      <c r="H68" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J68" t="s">
         <v>23</v>
       </c>
       <c r="K68" t="s">
-        <v>24</v>
+        <v>174</v>
       </c>
       <c r="L68" t="s">
         <v>25</v>
       </c>
       <c r="M68" t="s">
-        <v>26</v>
+        <v>577</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>3410</v>
+        <v>3262</v>
       </c>
       <c r="B69" t="s">
+        <v>632</v>
+      </c>
+      <c r="C69" t="s">
+        <v>633</v>
+      </c>
+      <c r="D69" t="s">
         <v>634</v>
       </c>
-      <c r="C69" t="s">
+      <c r="E69" t="s">
         <v>635</v>
       </c>
-      <c r="D69" t="s">
+      <c r="F69" t="s">
         <v>636</v>
       </c>
-      <c r="E69" t="s">
+      <c r="G69" t="s">
         <v>637</v>
       </c>
-      <c r="F69" t="s">
+      <c r="H69" t="s">
         <v>638</v>
       </c>
-      <c r="G69" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J69" t="s">
         <v>23</v>
       </c>
       <c r="K69" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L69" t="s">
         <v>25</v>
       </c>
       <c r="M69" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>3414</v>
+        <v>3267</v>
       </c>
       <c r="B70" t="s">
+        <v>640</v>
+      </c>
+      <c r="C70" t="s">
+        <v>641</v>
+      </c>
+      <c r="D70" t="s">
+        <v>642</v>
+      </c>
+      <c r="E70" t="s">
         <v>643</v>
       </c>
-      <c r="C70" t="s">
+      <c r="F70" t="s">
         <v>644</v>
       </c>
-      <c r="D70" t="s">
+      <c r="G70" t="s">
         <v>645</v>
       </c>
-      <c r="E70" t="s">
+      <c r="H70" t="s">
         <v>646</v>
       </c>
-      <c r="F70" t="s">
+      <c r="I70" t="s">
         <v>647</v>
       </c>
-      <c r="G70" t="s">
+      <c r="J70" t="s">
+        <v>23</v>
+      </c>
+      <c r="K70" t="s">
+        <v>174</v>
+      </c>
+      <c r="L70" t="s">
+        <v>46</v>
+      </c>
+      <c r="M70" t="s">
+        <v>175</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
         <v>648</v>
-      </c>
-[...22 lines deleted...]
-        <v>651</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>3416</v>
+        <v>3272</v>
       </c>
       <c r="B71" t="s">
+        <v>649</v>
+      </c>
+      <c r="C71" t="s">
+        <v>650</v>
+      </c>
+      <c r="D71" t="s">
+        <v>651</v>
+      </c>
+      <c r="E71" t="s">
         <v>652</v>
       </c>
-      <c r="C71" t="s">
+      <c r="F71" t="s">
         <v>653</v>
       </c>
-      <c r="D71" t="s">
+      <c r="G71" t="s">
         <v>654</v>
       </c>
-      <c r="E71" t="s">
+      <c r="H71" t="s">
         <v>655</v>
       </c>
-      <c r="F71" t="s">
+      <c r="I71" t="s">
         <v>656</v>
       </c>
-      <c r="G71" t="s">
+      <c r="J71" t="s">
+        <v>23</v>
+      </c>
+      <c r="K71" t="s">
+        <v>174</v>
+      </c>
+      <c r="L71" t="s">
+        <v>46</v>
+      </c>
+      <c r="M71" t="s">
+        <v>175</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
         <v>657</v>
-      </c>
-[...22 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>3417</v>
+        <v>3279</v>
       </c>
       <c r="B72" t="s">
+        <v>658</v>
+      </c>
+      <c r="C72" t="s">
+        <v>659</v>
+      </c>
+      <c r="D72" t="s">
+        <v>660</v>
+      </c>
+      <c r="E72" t="s">
         <v>661</v>
       </c>
-      <c r="C72" t="s">
+      <c r="F72" t="s">
         <v>662</v>
       </c>
-      <c r="D72" t="s">
+      <c r="G72" t="s">
         <v>663</v>
       </c>
-      <c r="E72" t="s">
+      <c r="H72" t="s">
         <v>664</v>
       </c>
-      <c r="F72" t="s">
+      <c r="I72" t="s">
         <v>665</v>
       </c>
-      <c r="G72" t="s">
+      <c r="J72" t="s">
+        <v>23</v>
+      </c>
+      <c r="K72" t="s">
+        <v>45</v>
+      </c>
+      <c r="L72" t="s">
+        <v>46</v>
+      </c>
+      <c r="M72" t="s">
+        <v>47</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
         <v>666</v>
-      </c>
-[...22 lines deleted...]
-        <v>669</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>3418</v>
+        <v>3284</v>
       </c>
       <c r="B73" t="s">
+        <v>667</v>
+      </c>
+      <c r="C73" t="s">
+        <v>668</v>
+      </c>
+      <c r="D73" t="s">
+        <v>669</v>
+      </c>
+      <c r="E73" t="s">
         <v>670</v>
       </c>
-      <c r="C73" t="s">
+      <c r="F73" t="s">
         <v>671</v>
       </c>
-      <c r="D73" t="s">
+      <c r="G73" t="s">
         <v>672</v>
       </c>
-      <c r="E73" t="s">
+      <c r="H73" t="s">
         <v>673</v>
       </c>
-      <c r="F73" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J73" t="s">
         <v>23</v>
       </c>
       <c r="K73" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L73" t="s">
         <v>25</v>
       </c>
       <c r="M73" t="s">
-        <v>157</v>
+        <v>577</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>3419</v>
+        <v>3298</v>
       </c>
       <c r="B74" t="s">
+        <v>675</v>
+      </c>
+      <c r="C74" t="s">
+        <v>676</v>
+      </c>
+      <c r="D74" t="s">
+        <v>677</v>
+      </c>
+      <c r="E74" t="s">
+        <v>678</v>
+      </c>
+      <c r="F74" t="s">
         <v>679</v>
       </c>
-      <c r="C74" t="s">
+      <c r="G74" t="s">
         <v>680</v>
       </c>
-      <c r="D74" t="s">
+      <c r="H74" t="s">
         <v>681</v>
       </c>
-      <c r="E74" t="s">
+      <c r="I74" t="s">
         <v>682</v>
       </c>
-      <c r="F74" t="s">
+      <c r="J74" t="s">
+        <v>23</v>
+      </c>
+      <c r="K74" t="s">
+        <v>174</v>
+      </c>
+      <c r="L74" t="s">
+        <v>46</v>
+      </c>
+      <c r="M74" t="s">
+        <v>175</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
         <v>683</v>
-      </c>
-[...25 lines deleted...]
-        <v>687</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>3420</v>
+        <v>3310</v>
       </c>
       <c r="B75" t="s">
+        <v>684</v>
+      </c>
+      <c r="C75" t="s">
+        <v>685</v>
+      </c>
+      <c r="D75" t="s">
+        <v>686</v>
+      </c>
+      <c r="E75" t="s">
+        <v>687</v>
+      </c>
+      <c r="F75" t="s">
         <v>688</v>
       </c>
-      <c r="C75" t="s">
+      <c r="G75" t="s">
         <v>689</v>
       </c>
-      <c r="D75" t="s">
+      <c r="H75" t="s">
         <v>690</v>
       </c>
-      <c r="E75" t="s">
+      <c r="I75" t="s">
         <v>691</v>
       </c>
-      <c r="F75" t="s">
+      <c r="J75" t="s">
+        <v>23</v>
+      </c>
+      <c r="K75" t="s">
+        <v>45</v>
+      </c>
+      <c r="L75" t="s">
+        <v>46</v>
+      </c>
+      <c r="M75" t="s">
+        <v>47</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
         <v>692</v>
-      </c>
-[...25 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>3421</v>
+        <v>3313</v>
       </c>
       <c r="B76" t="s">
+        <v>693</v>
+      </c>
+      <c r="C76" t="s">
+        <v>694</v>
+      </c>
+      <c r="D76" t="s">
+        <v>695</v>
+      </c>
+      <c r="E76" t="s">
+        <v>696</v>
+      </c>
+      <c r="F76" t="s">
         <v>697</v>
       </c>
-      <c r="C76" t="s">
+      <c r="G76" t="s">
         <v>698</v>
       </c>
-      <c r="D76" t="s">
+      <c r="H76" t="s">
         <v>699</v>
       </c>
-      <c r="E76" t="s">
+      <c r="I76" t="s">
         <v>700</v>
       </c>
-      <c r="F76" t="s">
+      <c r="J76" t="s">
+        <v>23</v>
+      </c>
+      <c r="K76" t="s">
+        <v>45</v>
+      </c>
+      <c r="L76" t="s">
+        <v>46</v>
+      </c>
+      <c r="M76" t="s">
+        <v>47</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
         <v>701</v>
-      </c>
-[...25 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>3438</v>
+        <v>3316</v>
       </c>
       <c r="B77" t="s">
+        <v>702</v>
+      </c>
+      <c r="C77" t="s">
+        <v>703</v>
+      </c>
+      <c r="D77" t="s">
+        <v>704</v>
+      </c>
+      <c r="E77" t="s">
+        <v>705</v>
+      </c>
+      <c r="F77" t="s">
         <v>706</v>
       </c>
-      <c r="C77" t="s">
+      <c r="G77" t="s">
         <v>707</v>
       </c>
-      <c r="D77" t="s">
+      <c r="H77" t="s">
         <v>708</v>
       </c>
-      <c r="E77" t="s">
+      <c r="I77" t="s">
         <v>709</v>
       </c>
-      <c r="F77" t="s">
+      <c r="J77" t="s">
+        <v>23</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>46</v>
+      </c>
+      <c r="M77" t="s">
+        <v>74</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
         <v>710</v>
-      </c>
-[...25 lines deleted...]
-        <v>714</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>3444</v>
+        <v>3317</v>
       </c>
       <c r="B78" t="s">
+        <v>711</v>
+      </c>
+      <c r="C78" t="s">
+        <v>712</v>
+      </c>
+      <c r="D78" t="s">
+        <v>713</v>
+      </c>
+      <c r="E78" t="s">
+        <v>714</v>
+      </c>
+      <c r="F78" t="s">
         <v>715</v>
       </c>
-      <c r="C78" t="s">
+      <c r="G78" t="s">
         <v>716</v>
       </c>
-      <c r="D78" t="s">
+      <c r="H78" t="s">
         <v>717</v>
       </c>
-      <c r="E78" t="s">
+      <c r="I78" t="s">
         <v>718</v>
       </c>
-      <c r="F78" t="s">
+      <c r="J78" t="s">
+        <v>23</v>
+      </c>
+      <c r="K78" t="s">
+        <v>446</v>
+      </c>
+      <c r="L78" t="s">
+        <v>46</v>
+      </c>
+      <c r="M78" t="s">
+        <v>448</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
         <v>719</v>
-      </c>
-[...25 lines deleted...]
-        <v>723</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>3461</v>
+        <v>3330</v>
       </c>
       <c r="B79" t="s">
+        <v>720</v>
+      </c>
+      <c r="C79" t="s">
+        <v>721</v>
+      </c>
+      <c r="D79" t="s">
+        <v>722</v>
+      </c>
+      <c r="E79" t="s">
+        <v>723</v>
+      </c>
+      <c r="F79" t="s">
         <v>724</v>
       </c>
-      <c r="C79" t="s">
+      <c r="G79" t="s">
         <v>725</v>
       </c>
-      <c r="D79" t="s">
+      <c r="H79" t="s">
         <v>726</v>
       </c>
-      <c r="E79" t="s">
+      <c r="I79" t="s">
         <v>727</v>
       </c>
-      <c r="F79" t="s">
+      <c r="J79" t="s">
+        <v>23</v>
+      </c>
+      <c r="K79" t="s">
+        <v>45</v>
+      </c>
+      <c r="L79" t="s">
+        <v>46</v>
+      </c>
+      <c r="M79" t="s">
+        <v>47</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
         <v>728</v>
-      </c>
-[...25 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>3475</v>
+        <v>3331</v>
       </c>
       <c r="B80" t="s">
+        <v>729</v>
+      </c>
+      <c r="C80" t="s">
+        <v>730</v>
+      </c>
+      <c r="D80" t="s">
+        <v>731</v>
+      </c>
+      <c r="E80" t="s">
+        <v>732</v>
+      </c>
+      <c r="F80" t="s">
         <v>733</v>
       </c>
-      <c r="C80" t="s">
+      <c r="G80" t="s">
         <v>734</v>
       </c>
-      <c r="D80" t="s">
+      <c r="H80" t="s">
         <v>735</v>
       </c>
-      <c r="E80" t="s">
+      <c r="I80" t="s">
         <v>736</v>
       </c>
-      <c r="F80" t="s">
+      <c r="J80" t="s">
+        <v>23</v>
+      </c>
+      <c r="K80" t="s">
+        <v>45</v>
+      </c>
+      <c r="L80" t="s">
+        <v>46</v>
+      </c>
+      <c r="M80" t="s">
+        <v>47</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
         <v>737</v>
-      </c>
-[...25 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>3476</v>
+        <v>3336</v>
       </c>
       <c r="B81" t="s">
+        <v>738</v>
+      </c>
+      <c r="C81" t="s">
+        <v>739</v>
+      </c>
+      <c r="D81" t="s">
+        <v>740</v>
+      </c>
+      <c r="E81" t="s">
+        <v>741</v>
+      </c>
+      <c r="F81" t="s">
         <v>742</v>
       </c>
-      <c r="C81" t="s">
+      <c r="G81" t="s">
         <v>743</v>
       </c>
-      <c r="D81" t="s">
+      <c r="H81" t="s">
         <v>744</v>
       </c>
-      <c r="E81" t="s">
+      <c r="I81" t="s">
         <v>745</v>
       </c>
-      <c r="F81" t="s">
+      <c r="J81" t="s">
+        <v>23</v>
+      </c>
+      <c r="K81" t="s">
         <v>746</v>
       </c>
-      <c r="G81" t="s">
+      <c r="L81" t="s">
+        <v>46</v>
+      </c>
+      <c r="M81" t="s">
         <v>747</v>
       </c>
-      <c r="H81" t="s">
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
         <v>748</v>
-      </c>
-[...19 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>3477</v>
+        <v>3339</v>
       </c>
       <c r="B82" t="s">
+        <v>749</v>
+      </c>
+      <c r="C82" t="s">
+        <v>750</v>
+      </c>
+      <c r="D82" t="s">
         <v>751</v>
       </c>
-      <c r="C82" t="s">
+      <c r="E82" t="s">
         <v>752</v>
       </c>
-      <c r="D82" t="s">
+      <c r="F82" t="s">
         <v>753</v>
       </c>
-      <c r="E82" t="s">
+      <c r="G82" t="s">
         <v>754</v>
       </c>
-      <c r="F82" t="s">
+      <c r="H82" t="s">
         <v>755</v>
       </c>
-      <c r="G82" t="s">
+      <c r="I82" t="s">
         <v>756</v>
       </c>
-      <c r="H82" t="s">
+      <c r="J82" t="s">
+        <v>23</v>
+      </c>
+      <c r="K82" t="s">
         <v>757</v>
-      </c>
-[...4 lines deleted...]
-        <v>320</v>
       </c>
       <c r="L82" t="s">
         <v>25</v>
       </c>
       <c r="M82" t="s">
-        <v>322</v>
+        <v>758</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>3479</v>
+        <v>3341</v>
       </c>
       <c r="B83" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C83" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D83" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="E83" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="F83" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="G83" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="H83" t="s">
-        <v>765</v>
+        <v>766</v>
+      </c>
+      <c r="I83" t="s">
+        <v>767</v>
       </c>
       <c r="J83" t="s">
         <v>23</v>
       </c>
       <c r="K83" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L83" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M83" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>3481</v>
+        <v>3342</v>
       </c>
       <c r="B84" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="C84" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="D84" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="E84" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="F84" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="G84" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="H84" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="I84" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="J84" t="s">
         <v>23</v>
       </c>
       <c r="K84" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L84" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M84" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>3534</v>
+        <v>3345</v>
       </c>
       <c r="B85" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="C85" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="D85" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="E85" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="F85" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="G85" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="H85" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="I85" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="J85" t="s">
         <v>23</v>
       </c>
       <c r="K85" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L85" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M85" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>3553</v>
+        <v>3347</v>
       </c>
       <c r="B86" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="C86" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="D86" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="E86" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="F86" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="G86" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="H86" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="I86" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="J86" t="s">
         <v>23</v>
       </c>
       <c r="K86" t="s">
-        <v>24</v>
+        <v>174</v>
       </c>
       <c r="L86" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M86" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>3554</v>
+        <v>3348</v>
       </c>
       <c r="B87" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="C87" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="D87" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="E87" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="F87" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="G87" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="H87" t="s">
-        <v>800</v>
+        <v>802</v>
+      </c>
+      <c r="I87" t="s">
+        <v>803</v>
       </c>
       <c r="J87" t="s">
         <v>23</v>
       </c>
       <c r="K87" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L87" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M87" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>3567</v>
+        <v>3350</v>
       </c>
       <c r="B88" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="C88" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="D88" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="E88" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="F88" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="G88" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="H88" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="I88" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="J88" t="s">
-        <v>319</v>
+        <v>445</v>
       </c>
       <c r="K88" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="L88" t="s">
-        <v>321</v>
+        <v>447</v>
       </c>
       <c r="M88" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>3581</v>
+        <v>3352</v>
       </c>
       <c r="B89" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="C89" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="D89" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="E89" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="F89" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="G89" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="H89" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="I89" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="J89" t="s">
-        <v>23</v>
+        <v>824</v>
       </c>
       <c r="K89" t="s">
-        <v>24</v>
+        <v>825</v>
       </c>
       <c r="L89" t="s">
-        <v>25</v>
+        <v>826</v>
       </c>
       <c r="M89" t="s">
-        <v>26</v>
+        <v>827</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>3584</v>
+        <v>3354</v>
       </c>
       <c r="B90" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="C90" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="D90" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="E90" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="F90" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="G90" t="s">
-        <v>827</v>
+        <v>834</v>
       </c>
       <c r="H90" t="s">
-        <v>828</v>
+        <v>835</v>
+      </c>
+      <c r="I90" t="s">
+        <v>836</v>
       </c>
       <c r="J90" t="s">
         <v>23</v>
       </c>
       <c r="K90" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L90" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M90" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>829</v>
+        <v>837</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>3586</v>
+        <v>3355</v>
       </c>
       <c r="B91" t="s">
-        <v>830</v>
+        <v>838</v>
       </c>
       <c r="C91" t="s">
-        <v>831</v>
+        <v>839</v>
       </c>
       <c r="D91" t="s">
-        <v>832</v>
+        <v>840</v>
       </c>
       <c r="E91" t="s">
-        <v>833</v>
+        <v>841</v>
       </c>
       <c r="F91" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="G91" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="H91" t="s">
-        <v>836</v>
+        <v>844</v>
+      </c>
+      <c r="I91" t="s">
+        <v>845</v>
       </c>
       <c r="J91" t="s">
         <v>23</v>
       </c>
       <c r="K91" t="s">
-        <v>837</v>
+        <v>45</v>
       </c>
       <c r="L91" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M91" t="s">
-        <v>838</v>
+        <v>47</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>3588</v>
+        <v>3359</v>
       </c>
       <c r="B92" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
       <c r="C92" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="D92" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
       <c r="E92" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="F92" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="G92" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="H92" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
       <c r="I92" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
       <c r="J92" t="s">
         <v>23</v>
       </c>
       <c r="K92" t="s">
-        <v>848</v>
+        <v>446</v>
       </c>
       <c r="L92" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M92" t="s">
-        <v>849</v>
+        <v>448</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>3591</v>
+        <v>3361</v>
       </c>
       <c r="B93" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="C93" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="D93" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="E93" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="F93" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="G93" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="H93" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="I93" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="J93" t="s">
         <v>23</v>
       </c>
       <c r="K93" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L93" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M93" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>3594</v>
+        <v>3365</v>
       </c>
       <c r="B94" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="C94" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="D94" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="E94" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="F94" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="G94" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
       <c r="H94" t="s">
-        <v>866</v>
+        <v>871</v>
+      </c>
+      <c r="I94" t="s">
+        <v>872</v>
       </c>
       <c r="J94" t="s">
         <v>23</v>
       </c>
       <c r="K94" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L94" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M94" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>3599</v>
+        <v>3366</v>
       </c>
       <c r="B95" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="C95" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="D95" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="E95" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="F95" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="G95" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="H95" t="s">
-        <v>874</v>
+        <v>880</v>
+      </c>
+      <c r="I95" t="s">
+        <v>881</v>
       </c>
       <c r="J95" t="s">
         <v>23</v>
       </c>
       <c r="K95" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L95" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M95" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>3601</v>
+        <v>3370</v>
       </c>
       <c r="B96" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="C96" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="D96" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
       <c r="E96" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="F96" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="G96" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="H96" t="s">
-        <v>882</v>
+        <v>889</v>
+      </c>
+      <c r="I96" t="s">
+        <v>890</v>
       </c>
       <c r="J96" t="s">
         <v>23</v>
       </c>
       <c r="K96" t="s">
-        <v>883</v>
+        <v>174</v>
       </c>
       <c r="L96" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M96" t="s">
-        <v>884</v>
+        <v>175</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>3621</v>
+        <v>3372</v>
       </c>
       <c r="B97" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="C97" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="D97" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="E97" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="F97" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="G97" t="s">
-        <v>891</v>
+        <v>897</v>
       </c>
       <c r="H97" t="s">
-        <v>892</v>
+        <v>898</v>
+      </c>
+      <c r="I97" t="s">
+        <v>899</v>
       </c>
       <c r="J97" t="s">
         <v>23</v>
       </c>
       <c r="K97" t="s">
-        <v>893</v>
+        <v>174</v>
       </c>
       <c r="L97" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M97" t="s">
-        <v>894</v>
+        <v>175</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>3633</v>
+        <v>3373</v>
       </c>
       <c r="B98" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="C98" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
       <c r="D98" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
       <c r="E98" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="F98" t="s">
-        <v>900</v>
+        <v>905</v>
       </c>
       <c r="G98" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="H98" t="s">
-        <v>902</v>
+        <v>907</v>
+      </c>
+      <c r="I98" t="s">
+        <v>908</v>
       </c>
       <c r="J98" t="s">
         <v>23</v>
       </c>
       <c r="K98" t="s">
-        <v>24</v>
+        <v>174</v>
       </c>
       <c r="L98" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M98" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>3636</v>
+        <v>3375</v>
       </c>
       <c r="B99" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="C99" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="D99" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
       <c r="E99" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="F99" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="G99" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
       <c r="H99" t="s">
-        <v>910</v>
+        <v>916</v>
+      </c>
+      <c r="I99" t="s">
+        <v>917</v>
       </c>
       <c r="J99" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K99" t="s">
-        <v>911</v>
+        <v>746</v>
       </c>
       <c r="L99" t="s">
-        <v>25</v>
+        <v>447</v>
       </c>
       <c r="M99" t="s">
-        <v>54</v>
+        <v>747</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>3645</v>
+        <v>3381</v>
       </c>
       <c r="B100" t="s">
-        <v>913</v>
+        <v>919</v>
       </c>
       <c r="C100" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="D100" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
       <c r="E100" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
       <c r="F100" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
       <c r="G100" t="s">
-        <v>918</v>
+        <v>924</v>
       </c>
       <c r="H100" t="s">
-        <v>919</v>
+        <v>925</v>
+      </c>
+      <c r="I100" t="s">
+        <v>926</v>
       </c>
       <c r="J100" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K100" t="s">
-        <v>24</v>
+        <v>746</v>
       </c>
       <c r="L100" t="s">
-        <v>25</v>
+        <v>447</v>
       </c>
       <c r="M100" t="s">
-        <v>26</v>
+        <v>747</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>3653</v>
+        <v>3383</v>
       </c>
       <c r="B101" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
       <c r="C101" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
       <c r="D101" t="s">
-        <v>923</v>
+        <v>930</v>
       </c>
       <c r="E101" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
       <c r="F101" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="G101" t="s">
-        <v>926</v>
+        <v>933</v>
       </c>
       <c r="H101" t="s">
-        <v>927</v>
+        <v>934</v>
+      </c>
+      <c r="I101" t="s">
+        <v>935</v>
       </c>
       <c r="J101" t="s">
         <v>23</v>
       </c>
       <c r="K101" t="s">
-        <v>24</v>
+        <v>278</v>
       </c>
       <c r="L101" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M101" t="s">
-        <v>26</v>
+        <v>280</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>3656</v>
+        <v>3384</v>
       </c>
       <c r="B102" t="s">
-        <v>929</v>
+        <v>937</v>
       </c>
       <c r="C102" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
       <c r="D102" t="s">
-        <v>931</v>
+        <v>939</v>
       </c>
       <c r="E102" t="s">
-        <v>932</v>
+        <v>940</v>
       </c>
       <c r="F102" t="s">
-        <v>933</v>
+        <v>941</v>
       </c>
       <c r="G102" t="s">
-        <v>934</v>
+        <v>942</v>
       </c>
       <c r="H102" t="s">
-        <v>935</v>
+        <v>943</v>
+      </c>
+      <c r="I102" t="s">
+        <v>944</v>
       </c>
       <c r="J102" t="s">
         <v>23</v>
       </c>
       <c r="K102" t="s">
-        <v>53</v>
+        <v>945</v>
       </c>
       <c r="L102" t="s">
         <v>25</v>
       </c>
       <c r="M102" t="s">
-        <v>54</v>
+        <v>946</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>936</v>
+        <v>947</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>3658</v>
+        <v>3389</v>
       </c>
       <c r="B103" t="s">
-        <v>937</v>
+        <v>948</v>
       </c>
       <c r="C103" t="s">
-        <v>938</v>
+        <v>949</v>
       </c>
       <c r="D103" t="s">
-        <v>939</v>
+        <v>950</v>
       </c>
       <c r="E103" t="s">
-        <v>940</v>
+        <v>951</v>
       </c>
       <c r="F103" t="s">
-        <v>941</v>
+        <v>952</v>
       </c>
       <c r="G103" t="s">
-        <v>942</v>
+        <v>953</v>
       </c>
       <c r="H103" t="s">
-        <v>943</v>
+        <v>954</v>
+      </c>
+      <c r="I103" t="s">
+        <v>955</v>
       </c>
       <c r="J103" t="s">
         <v>23</v>
       </c>
       <c r="K103" t="s">
-        <v>53</v>
+        <v>956</v>
       </c>
       <c r="L103" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M103" t="s">
-        <v>54</v>
+        <v>957</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>944</v>
+        <v>958</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>3667</v>
+        <v>3390</v>
       </c>
       <c r="B104" t="s">
-        <v>945</v>
+        <v>959</v>
       </c>
       <c r="C104" t="s">
-        <v>946</v>
+        <v>960</v>
       </c>
       <c r="D104" t="s">
-        <v>947</v>
+        <v>961</v>
       </c>
       <c r="E104" t="s">
-        <v>948</v>
+        <v>962</v>
       </c>
       <c r="F104" t="s">
-        <v>949</v>
+        <v>963</v>
       </c>
       <c r="G104" t="s">
-        <v>950</v>
+        <v>964</v>
       </c>
       <c r="H104" t="s">
-        <v>951</v>
+        <v>965</v>
+      </c>
+      <c r="I104" t="s">
+        <v>966</v>
       </c>
       <c r="J104" t="s">
         <v>23</v>
       </c>
       <c r="K104" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L104" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M104" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>952</v>
+        <v>967</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>3686</v>
+        <v>3402</v>
       </c>
       <c r="B105" t="s">
-        <v>953</v>
+        <v>968</v>
       </c>
       <c r="C105" t="s">
-        <v>954</v>
+        <v>969</v>
       </c>
       <c r="D105" t="s">
-        <v>955</v>
+        <v>970</v>
       </c>
       <c r="E105" t="s">
+        <v>971</v>
+      </c>
+      <c r="F105" t="s">
+        <v>972</v>
+      </c>
+      <c r="G105" t="s">
+        <v>973</v>
+      </c>
+      <c r="H105" t="s">
+        <v>974</v>
+      </c>
+      <c r="I105" t="s">
+        <v>975</v>
+      </c>
+      <c r="J105" t="s">
+        <v>23</v>
+      </c>
+      <c r="K105" t="s">
         <v>956</v>
-      </c>
-[...16 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L105" t="s">
         <v>25</v>
       </c>
       <c r="M105" t="s">
-        <v>26</v>
+        <v>976</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>961</v>
+        <v>977</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>3701</v>
+        <v>3406</v>
       </c>
       <c r="B106" t="s">
-        <v>962</v>
+        <v>978</v>
       </c>
       <c r="C106" t="s">
-        <v>963</v>
+        <v>979</v>
       </c>
       <c r="D106" t="s">
-        <v>964</v>
+        <v>980</v>
       </c>
       <c r="E106" t="s">
-        <v>965</v>
+        <v>981</v>
       </c>
       <c r="F106" t="s">
-        <v>966</v>
+        <v>982</v>
       </c>
       <c r="G106" t="s">
-        <v>967</v>
+        <v>983</v>
       </c>
       <c r="H106" t="s">
-        <v>968</v>
+        <v>984</v>
       </c>
       <c r="I106" t="s">
-        <v>969</v>
+        <v>985</v>
       </c>
       <c r="J106" t="s">
         <v>23</v>
       </c>
       <c r="K106" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L106" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M106" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>970</v>
+        <v>986</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>3702</v>
+        <v>3407</v>
       </c>
       <c r="B107" t="s">
-        <v>971</v>
+        <v>987</v>
       </c>
       <c r="C107" t="s">
-        <v>972</v>
+        <v>988</v>
       </c>
       <c r="D107" t="s">
-        <v>973</v>
+        <v>989</v>
       </c>
       <c r="E107" t="s">
-        <v>974</v>
+        <v>990</v>
       </c>
       <c r="F107" t="s">
-        <v>975</v>
+        <v>991</v>
       </c>
       <c r="G107" t="s">
-        <v>976</v>
+        <v>992</v>
       </c>
       <c r="H107" t="s">
-        <v>977</v>
+        <v>993</v>
       </c>
       <c r="I107" t="s">
-        <v>978</v>
+        <v>994</v>
       </c>
       <c r="J107" t="s">
         <v>23</v>
       </c>
       <c r="K107" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L107" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M107" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>979</v>
+        <v>995</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>3703</v>
+        <v>3409</v>
       </c>
       <c r="B108" t="s">
-        <v>980</v>
+        <v>996</v>
       </c>
       <c r="C108" t="s">
-        <v>981</v>
+        <v>997</v>
       </c>
       <c r="D108" t="s">
-        <v>982</v>
+        <v>998</v>
       </c>
       <c r="E108" t="s">
-        <v>983</v>
+        <v>999</v>
       </c>
       <c r="F108" t="s">
-        <v>984</v>
+        <v>1000</v>
       </c>
       <c r="G108" t="s">
-        <v>985</v>
+        <v>1001</v>
       </c>
       <c r="H108" t="s">
-        <v>986</v>
+        <v>1002</v>
+      </c>
+      <c r="I108" t="s">
+        <v>1003</v>
       </c>
       <c r="J108" t="s">
         <v>23</v>
       </c>
       <c r="K108" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L108" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M108" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>987</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>3704</v>
+        <v>3410</v>
       </c>
       <c r="B109" t="s">
-        <v>988</v>
+        <v>1005</v>
       </c>
       <c r="C109" t="s">
-        <v>989</v>
+        <v>1006</v>
       </c>
       <c r="D109" t="s">
-        <v>990</v>
+        <v>1007</v>
       </c>
       <c r="E109" t="s">
-        <v>991</v>
+        <v>1008</v>
       </c>
       <c r="F109" t="s">
-        <v>992</v>
+        <v>1009</v>
       </c>
       <c r="G109" t="s">
-        <v>993</v>
+        <v>1010</v>
       </c>
       <c r="H109" t="s">
-        <v>994</v>
+        <v>1011</v>
+      </c>
+      <c r="I109" t="s">
+        <v>1012</v>
       </c>
       <c r="J109" t="s">
         <v>23</v>
       </c>
       <c r="K109" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L109" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M109" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>995</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>3706</v>
+        <v>3414</v>
       </c>
       <c r="B110" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C110" t="s">
-        <v>997</v>
+        <v>1015</v>
       </c>
       <c r="D110" t="s">
-        <v>998</v>
+        <v>1016</v>
       </c>
       <c r="E110" t="s">
-        <v>999</v>
+        <v>1017</v>
       </c>
       <c r="F110" t="s">
-        <v>1000</v>
+        <v>1018</v>
       </c>
       <c r="G110" t="s">
-        <v>1001</v>
+        <v>1019</v>
       </c>
       <c r="H110" t="s">
-        <v>1002</v>
+        <v>1020</v>
       </c>
       <c r="I110" t="s">
-        <v>1003</v>
+        <v>1021</v>
       </c>
       <c r="J110" t="s">
         <v>23</v>
       </c>
       <c r="K110" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M110" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>1004</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>3710</v>
+        <v>3416</v>
       </c>
       <c r="B111" t="s">
-        <v>1005</v>
+        <v>1023</v>
       </c>
       <c r="C111" t="s">
-        <v>1006</v>
+        <v>1024</v>
       </c>
       <c r="D111" t="s">
-        <v>1007</v>
+        <v>1025</v>
       </c>
       <c r="E111" t="s">
-        <v>1008</v>
+        <v>1026</v>
       </c>
       <c r="F111" t="s">
-        <v>1009</v>
+        <v>1027</v>
       </c>
       <c r="G111" t="s">
-        <v>1010</v>
+        <v>1028</v>
       </c>
       <c r="H111" t="s">
-        <v>1011</v>
+        <v>1029</v>
+      </c>
+      <c r="I111" t="s">
+        <v>1030</v>
       </c>
       <c r="J111" t="s">
         <v>23</v>
       </c>
       <c r="K111" t="s">
-        <v>1012</v>
+        <v>746</v>
       </c>
       <c r="L111" t="s">
         <v>25</v>
       </c>
       <c r="M111" t="s">
-        <v>1013</v>
+        <v>1031</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>1014</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>3713</v>
+        <v>3417</v>
       </c>
       <c r="B112" t="s">
-        <v>1015</v>
+        <v>1033</v>
       </c>
       <c r="C112" t="s">
-        <v>1016</v>
+        <v>1034</v>
       </c>
       <c r="D112" t="s">
-        <v>1017</v>
+        <v>1035</v>
       </c>
       <c r="E112" t="s">
-        <v>1018</v>
+        <v>1036</v>
       </c>
       <c r="F112" t="s">
-        <v>1019</v>
+        <v>1037</v>
       </c>
       <c r="G112" t="s">
-        <v>1020</v>
+        <v>1038</v>
       </c>
       <c r="H112" t="s">
-        <v>1021</v>
+        <v>1039</v>
+      </c>
+      <c r="I112" t="s">
+        <v>1040</v>
       </c>
       <c r="J112" t="s">
         <v>23</v>
       </c>
       <c r="K112" t="s">
-        <v>1022</v>
+        <v>45</v>
       </c>
       <c r="L112" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M112" t="s">
-        <v>1023</v>
+        <v>47</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>1024</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>3715</v>
+        <v>3418</v>
       </c>
       <c r="B113" t="s">
-        <v>1025</v>
+        <v>1042</v>
       </c>
       <c r="C113" t="s">
-        <v>1026</v>
+        <v>1043</v>
       </c>
       <c r="D113" t="s">
-        <v>1027</v>
+        <v>1044</v>
       </c>
       <c r="E113" t="s">
-        <v>1028</v>
+        <v>1045</v>
       </c>
       <c r="F113" t="s">
-        <v>1029</v>
+        <v>1046</v>
       </c>
       <c r="G113" t="s">
-        <v>1030</v>
+        <v>1047</v>
       </c>
       <c r="H113" t="s">
-        <v>1031</v>
+        <v>1048</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1049</v>
       </c>
       <c r="J113" t="s">
         <v>23</v>
       </c>
       <c r="K113" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L113" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M113" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>1032</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>3716</v>
+        <v>3419</v>
       </c>
       <c r="B114" t="s">
-        <v>1033</v>
+        <v>1051</v>
       </c>
       <c r="C114" t="s">
-        <v>1034</v>
+        <v>1052</v>
       </c>
       <c r="D114" t="s">
-        <v>1035</v>
+        <v>1053</v>
       </c>
       <c r="E114" t="s">
-        <v>1036</v>
+        <v>1054</v>
       </c>
       <c r="F114" t="s">
-        <v>1037</v>
+        <v>1055</v>
       </c>
       <c r="G114" t="s">
-        <v>1038</v>
+        <v>1056</v>
       </c>
       <c r="H114" t="s">
-        <v>1039</v>
+        <v>1057</v>
       </c>
       <c r="I114" t="s">
-        <v>1040</v>
+        <v>1058</v>
       </c>
       <c r="J114" t="s">
         <v>23</v>
       </c>
       <c r="K114" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L114" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M114" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>1041</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>3718</v>
+        <v>3420</v>
       </c>
       <c r="B115" t="s">
-        <v>1042</v>
+        <v>1060</v>
       </c>
       <c r="C115" t="s">
-        <v>1043</v>
+        <v>1061</v>
       </c>
       <c r="D115" t="s">
-        <v>1044</v>
+        <v>1062</v>
       </c>
       <c r="E115" t="s">
-        <v>1045</v>
+        <v>1063</v>
       </c>
       <c r="F115" t="s">
-        <v>1046</v>
+        <v>1064</v>
       </c>
       <c r="G115" t="s">
-        <v>1047</v>
+        <v>1065</v>
       </c>
       <c r="H115" t="s">
-        <v>1048</v>
+        <v>1066</v>
+      </c>
+      <c r="I115" t="s">
+        <v>1067</v>
       </c>
       <c r="J115" t="s">
         <v>23</v>
       </c>
       <c r="K115" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L115" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M115" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>1049</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>3727</v>
+        <v>3421</v>
       </c>
       <c r="B116" t="s">
-        <v>1050</v>
+        <v>1069</v>
       </c>
       <c r="C116" t="s">
-        <v>1051</v>
+        <v>1070</v>
       </c>
       <c r="D116" t="s">
-        <v>1052</v>
+        <v>1071</v>
       </c>
       <c r="E116" t="s">
-        <v>1053</v>
+        <v>1072</v>
       </c>
       <c r="F116" t="s">
-        <v>1054</v>
+        <v>1073</v>
       </c>
       <c r="G116" t="s">
-        <v>1055</v>
+        <v>1074</v>
       </c>
       <c r="H116" t="s">
-        <v>1056</v>
+        <v>1075</v>
+      </c>
+      <c r="I116" t="s">
+        <v>1076</v>
       </c>
       <c r="J116" t="s">
         <v>23</v>
       </c>
       <c r="K116" t="s">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="L116" t="s">
         <v>25</v>
       </c>
       <c r="M116" t="s">
-        <v>157</v>
+        <v>26</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>1057</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>3728</v>
+        <v>3437</v>
       </c>
       <c r="B117" t="s">
-        <v>1058</v>
+        <v>1078</v>
       </c>
       <c r="C117" t="s">
-        <v>1059</v>
+        <v>1079</v>
       </c>
       <c r="D117" t="s">
-        <v>1060</v>
+        <v>1080</v>
       </c>
       <c r="E117" t="s">
-        <v>1061</v>
+        <v>1081</v>
       </c>
       <c r="F117" t="s">
-        <v>1062</v>
+        <v>1082</v>
       </c>
       <c r="G117" t="s">
-        <v>1063</v>
+        <v>1083</v>
       </c>
       <c r="H117" t="s">
-        <v>1064</v>
+        <v>1084</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1085</v>
       </c>
       <c r="J117" t="s">
         <v>23</v>
       </c>
       <c r="K117" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L117" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M117" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>1065</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>3729</v>
+        <v>3438</v>
       </c>
       <c r="B118" t="s">
-        <v>1066</v>
+        <v>1087</v>
       </c>
       <c r="C118" t="s">
-        <v>1067</v>
+        <v>1088</v>
       </c>
       <c r="D118" t="s">
-        <v>1068</v>
+        <v>1089</v>
       </c>
       <c r="E118" t="s">
-        <v>1069</v>
+        <v>1090</v>
       </c>
       <c r="F118" t="s">
-        <v>1070</v>
+        <v>1091</v>
       </c>
       <c r="G118" t="s">
-        <v>1071</v>
+        <v>1092</v>
       </c>
       <c r="H118" t="s">
-        <v>1072</v>
+        <v>1093</v>
+      </c>
+      <c r="I118" t="s">
+        <v>1094</v>
       </c>
       <c r="J118" t="s">
         <v>23</v>
       </c>
       <c r="K118" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L118" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M118" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>1073</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>3732</v>
+        <v>3444</v>
       </c>
       <c r="B119" t="s">
-        <v>1074</v>
+        <v>1096</v>
       </c>
       <c r="C119" t="s">
-        <v>1075</v>
+        <v>1097</v>
       </c>
       <c r="D119" t="s">
-        <v>1076</v>
+        <v>1098</v>
       </c>
       <c r="E119" t="s">
-        <v>1077</v>
+        <v>1099</v>
       </c>
       <c r="F119" t="s">
-        <v>1078</v>
+        <v>1100</v>
       </c>
       <c r="G119" t="s">
-        <v>1079</v>
+        <v>1101</v>
       </c>
       <c r="H119" t="s">
-        <v>1080</v>
+        <v>1102</v>
+      </c>
+      <c r="I119" t="s">
+        <v>1103</v>
       </c>
       <c r="J119" t="s">
         <v>23</v>
       </c>
       <c r="K119" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L119" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M119" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>1081</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>3736</v>
+        <v>3461</v>
       </c>
       <c r="B120" t="s">
-        <v>1082</v>
+        <v>1105</v>
       </c>
       <c r="C120" t="s">
-        <v>1083</v>
+        <v>1106</v>
       </c>
       <c r="D120" t="s">
-        <v>1084</v>
+        <v>1107</v>
       </c>
       <c r="E120" t="s">
-        <v>1085</v>
+        <v>1108</v>
       </c>
       <c r="F120" t="s">
-        <v>1086</v>
+        <v>1109</v>
       </c>
       <c r="G120" t="s">
-        <v>1087</v>
+        <v>1110</v>
       </c>
       <c r="H120" t="s">
-        <v>1088</v>
+        <v>1111</v>
+      </c>
+      <c r="I120" t="s">
+        <v>1112</v>
       </c>
       <c r="J120" t="s">
         <v>23</v>
       </c>
       <c r="K120" t="s">
-        <v>1089</v>
+        <v>45</v>
       </c>
       <c r="L120" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M120" t="s">
-        <v>286</v>
+        <v>47</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>1090</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>3741</v>
+        <v>3470</v>
       </c>
       <c r="B121" t="s">
-        <v>1091</v>
+        <v>1114</v>
       </c>
       <c r="C121" t="s">
-        <v>1092</v>
+        <v>1115</v>
       </c>
       <c r="D121" t="s">
-        <v>1093</v>
+        <v>1116</v>
       </c>
       <c r="E121" t="s">
-        <v>1094</v>
+        <v>1117</v>
       </c>
       <c r="F121" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="G121" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="H121" t="s">
-        <v>1097</v>
+        <v>1120</v>
+      </c>
+      <c r="I121" t="s">
+        <v>1121</v>
       </c>
       <c r="J121" t="s">
         <v>23</v>
       </c>
       <c r="K121" t="s">
-        <v>24</v>
+        <v>1122</v>
       </c>
       <c r="L121" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M121" t="s">
-        <v>26</v>
+        <v>1123</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>1098</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>3745</v>
+        <v>3475</v>
       </c>
       <c r="B122" t="s">
-        <v>1099</v>
+        <v>1125</v>
       </c>
       <c r="C122" t="s">
-        <v>1100</v>
+        <v>1126</v>
       </c>
       <c r="D122" t="s">
-        <v>1101</v>
+        <v>1127</v>
       </c>
       <c r="E122" t="s">
-        <v>1102</v>
+        <v>1128</v>
       </c>
       <c r="F122" t="s">
-        <v>1103</v>
+        <v>1129</v>
       </c>
       <c r="G122" t="s">
-        <v>1104</v>
+        <v>1130</v>
       </c>
       <c r="H122" t="s">
-        <v>1105</v>
+        <v>1131</v>
+      </c>
+      <c r="I122" t="s">
+        <v>1132</v>
       </c>
       <c r="J122" t="s">
         <v>23</v>
       </c>
       <c r="K122" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L122" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M122" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>1106</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>3753</v>
+        <v>3476</v>
       </c>
       <c r="B123" t="s">
-        <v>1107</v>
+        <v>1134</v>
       </c>
       <c r="C123" t="s">
-        <v>1108</v>
+        <v>1135</v>
       </c>
       <c r="D123" t="s">
-        <v>1109</v>
+        <v>1136</v>
       </c>
       <c r="E123" t="s">
-        <v>1110</v>
+        <v>1137</v>
       </c>
       <c r="F123" t="s">
-        <v>1111</v>
+        <v>1138</v>
       </c>
       <c r="G123" t="s">
-        <v>1112</v>
+        <v>1139</v>
       </c>
       <c r="H123" t="s">
-        <v>1113</v>
+        <v>1140</v>
       </c>
       <c r="I123" t="s">
-        <v>1114</v>
+        <v>1141</v>
       </c>
       <c r="J123" t="s">
         <v>23</v>
       </c>
       <c r="K123" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L123" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M123" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>1115</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>3754</v>
+        <v>3477</v>
       </c>
       <c r="B124" t="s">
-        <v>1116</v>
+        <v>1143</v>
       </c>
       <c r="C124" t="s">
-        <v>1117</v>
+        <v>1144</v>
       </c>
       <c r="D124" t="s">
-        <v>1118</v>
+        <v>1145</v>
       </c>
       <c r="E124" t="s">
-        <v>1119</v>
+        <v>1146</v>
       </c>
       <c r="F124" t="s">
-        <v>1120</v>
+        <v>1147</v>
       </c>
       <c r="G124" t="s">
-        <v>1121</v>
+        <v>1148</v>
       </c>
       <c r="H124" t="s">
-        <v>1122</v>
+        <v>1149</v>
       </c>
       <c r="J124" t="s">
         <v>23</v>
       </c>
       <c r="K124" t="s">
-        <v>156</v>
+        <v>945</v>
       </c>
       <c r="L124" t="s">
         <v>25</v>
       </c>
       <c r="M124" t="s">
-        <v>157</v>
+        <v>946</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>1123</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>3756</v>
+        <v>3479</v>
       </c>
       <c r="B125" t="s">
-        <v>1124</v>
+        <v>1151</v>
       </c>
       <c r="C125" t="s">
-        <v>1125</v>
+        <v>1152</v>
       </c>
       <c r="D125" t="s">
-        <v>1126</v>
+        <v>1153</v>
       </c>
       <c r="E125" t="s">
-        <v>1127</v>
+        <v>1154</v>
       </c>
       <c r="F125" t="s">
-        <v>1128</v>
+        <v>1155</v>
       </c>
       <c r="G125" t="s">
-        <v>1129</v>
+        <v>1156</v>
       </c>
       <c r="H125" t="s">
-        <v>1130</v>
+        <v>1157</v>
       </c>
       <c r="J125" t="s">
         <v>23</v>
       </c>
       <c r="K125" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L125" t="s">
         <v>25</v>
       </c>
       <c r="M125" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>1131</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>3757</v>
+        <v>3480</v>
       </c>
       <c r="B126" t="s">
-        <v>1132</v>
+        <v>1159</v>
       </c>
       <c r="C126" t="s">
-        <v>1133</v>
+        <v>1160</v>
       </c>
       <c r="D126" t="s">
-        <v>1134</v>
+        <v>1161</v>
       </c>
       <c r="E126" t="s">
-        <v>1135</v>
+        <v>1162</v>
       </c>
       <c r="F126" t="s">
-        <v>1136</v>
+        <v>1163</v>
       </c>
       <c r="G126" t="s">
-        <v>1137</v>
+        <v>1164</v>
       </c>
       <c r="H126" t="s">
-        <v>1138</v>
+        <v>1165</v>
+      </c>
+      <c r="I126" t="s">
+        <v>1166</v>
       </c>
       <c r="J126" t="s">
         <v>23</v>
       </c>
       <c r="K126" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L126" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M126" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>1139</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>3768</v>
+        <v>3481</v>
       </c>
       <c r="B127" t="s">
-        <v>1140</v>
+        <v>1168</v>
       </c>
       <c r="C127" t="s">
-        <v>1141</v>
+        <v>1169</v>
       </c>
       <c r="D127" t="s">
-        <v>1142</v>
+        <v>1170</v>
       </c>
       <c r="E127" t="s">
-        <v>1143</v>
+        <v>1171</v>
       </c>
       <c r="F127" t="s">
-        <v>1144</v>
+        <v>1172</v>
       </c>
       <c r="G127" t="s">
-        <v>1145</v>
+        <v>1173</v>
       </c>
       <c r="H127" t="s">
-        <v>1146</v>
+        <v>1174</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1175</v>
       </c>
       <c r="J127" t="s">
         <v>23</v>
       </c>
       <c r="K127" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L127" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M127" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>1147</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>3770</v>
+        <v>3503</v>
       </c>
       <c r="B128" t="s">
-        <v>1148</v>
+        <v>1177</v>
       </c>
       <c r="C128" t="s">
-        <v>1149</v>
+        <v>1178</v>
       </c>
       <c r="D128" t="s">
-        <v>1150</v>
+        <v>1179</v>
       </c>
       <c r="E128" t="s">
-        <v>1151</v>
+        <v>1180</v>
       </c>
       <c r="F128" t="s">
-        <v>1152</v>
+        <v>1181</v>
       </c>
       <c r="G128" t="s">
-        <v>1153</v>
+        <v>1182</v>
       </c>
       <c r="H128" t="s">
-        <v>1154</v>
+        <v>1183</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1184</v>
       </c>
       <c r="J128" t="s">
         <v>23</v>
       </c>
       <c r="K128" t="s">
-        <v>1155</v>
+        <v>45</v>
       </c>
       <c r="L128" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M128" t="s">
-        <v>894</v>
+        <v>47</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>1156</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>3773</v>
+        <v>3518</v>
       </c>
       <c r="B129" t="s">
-        <v>1157</v>
+        <v>1186</v>
       </c>
       <c r="C129" t="s">
-        <v>1158</v>
+        <v>1187</v>
       </c>
       <c r="D129" t="s">
-        <v>1159</v>
+        <v>1188</v>
       </c>
       <c r="E129" t="s">
-        <v>1160</v>
+        <v>1189</v>
       </c>
       <c r="F129" t="s">
-        <v>1161</v>
+        <v>1190</v>
       </c>
       <c r="G129" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="H129" t="s">
-        <v>1163</v>
+        <v>1192</v>
+      </c>
+      <c r="I129" t="s">
+        <v>1193</v>
       </c>
       <c r="J129" t="s">
         <v>23</v>
       </c>
       <c r="K129" t="s">
-        <v>53</v>
+        <v>1194</v>
       </c>
       <c r="L129" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M129" t="s">
-        <v>54</v>
+        <v>1195</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>1164</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>3775</v>
+        <v>3534</v>
       </c>
       <c r="B130" t="s">
-        <v>1165</v>
+        <v>1197</v>
       </c>
       <c r="C130" t="s">
-        <v>1166</v>
+        <v>1198</v>
       </c>
       <c r="D130" t="s">
-        <v>1167</v>
+        <v>1199</v>
       </c>
       <c r="E130" t="s">
-        <v>1168</v>
+        <v>1200</v>
       </c>
       <c r="F130" t="s">
-        <v>1169</v>
+        <v>1201</v>
       </c>
       <c r="G130" t="s">
-        <v>1170</v>
+        <v>1202</v>
       </c>
       <c r="H130" t="s">
-        <v>1171</v>
+        <v>1203</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1204</v>
       </c>
       <c r="J130" t="s">
         <v>23</v>
       </c>
       <c r="K130" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L130" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M130" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>1172</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>3777</v>
+        <v>3546</v>
       </c>
       <c r="B131" t="s">
-        <v>1173</v>
+        <v>1206</v>
       </c>
       <c r="C131" t="s">
-        <v>1174</v>
+        <v>1207</v>
       </c>
       <c r="D131" t="s">
-        <v>1175</v>
+        <v>1208</v>
       </c>
       <c r="E131" t="s">
-        <v>1176</v>
+        <v>1209</v>
       </c>
       <c r="F131" t="s">
-        <v>1177</v>
+        <v>1210</v>
       </c>
       <c r="G131" t="s">
-        <v>1178</v>
+        <v>1211</v>
       </c>
       <c r="H131" t="s">
-        <v>1179</v>
+        <v>1212</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1213</v>
       </c>
       <c r="J131" t="s">
         <v>23</v>
       </c>
       <c r="K131" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L131" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M131" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>1180</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>3778</v>
+        <v>3552</v>
       </c>
       <c r="B132" t="s">
-        <v>1181</v>
+        <v>1215</v>
       </c>
       <c r="C132" t="s">
-        <v>1182</v>
+        <v>1216</v>
       </c>
       <c r="D132" t="s">
-        <v>1183</v>
+        <v>1217</v>
       </c>
       <c r="E132" t="s">
-        <v>1184</v>
+        <v>1218</v>
       </c>
       <c r="F132" t="s">
-        <v>1185</v>
+        <v>1219</v>
       </c>
       <c r="G132" t="s">
-        <v>1186</v>
+        <v>1220</v>
       </c>
       <c r="H132" t="s">
-        <v>1187</v>
+        <v>1221</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1222</v>
       </c>
       <c r="J132" t="s">
         <v>23</v>
       </c>
       <c r="K132" t="s">
-        <v>1188</v>
+        <v>813</v>
       </c>
       <c r="L132" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M132" t="s">
-        <v>286</v>
+        <v>814</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>1189</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>3779</v>
+        <v>3553</v>
       </c>
       <c r="B133" t="s">
-        <v>1190</v>
+        <v>1224</v>
       </c>
       <c r="C133" t="s">
-        <v>1191</v>
+        <v>1225</v>
       </c>
       <c r="D133" t="s">
-        <v>1192</v>
+        <v>1226</v>
       </c>
       <c r="E133" t="s">
-        <v>1193</v>
+        <v>1227</v>
       </c>
       <c r="F133" t="s">
-        <v>1194</v>
+        <v>1228</v>
       </c>
       <c r="G133" t="s">
-        <v>1195</v>
+        <v>1229</v>
       </c>
       <c r="H133" t="s">
-        <v>1196</v>
+        <v>1230</v>
+      </c>
+      <c r="I133" t="s">
+        <v>1231</v>
       </c>
       <c r="J133" t="s">
         <v>23</v>
       </c>
       <c r="K133" t="s">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="L133" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M133" t="s">
-        <v>157</v>
+        <v>74</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>1197</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>3788</v>
+        <v>3554</v>
       </c>
       <c r="B134" t="s">
-        <v>1198</v>
+        <v>1233</v>
       </c>
       <c r="C134" t="s">
-        <v>1199</v>
+        <v>1234</v>
       </c>
       <c r="D134" t="s">
-        <v>1200</v>
+        <v>1235</v>
       </c>
       <c r="E134" t="s">
-        <v>1201</v>
+        <v>1236</v>
       </c>
       <c r="F134" t="s">
-        <v>1202</v>
+        <v>1237</v>
       </c>
       <c r="G134" t="s">
-        <v>1203</v>
+        <v>1238</v>
       </c>
       <c r="H134" t="s">
-        <v>1204</v>
+        <v>1239</v>
       </c>
       <c r="J134" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K134" t="s">
-        <v>429</v>
+        <v>24</v>
       </c>
       <c r="L134" t="s">
-        <v>321</v>
+        <v>25</v>
       </c>
       <c r="M134" t="s">
-        <v>430</v>
+        <v>26</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>1205</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>3854</v>
+        <v>3567</v>
       </c>
       <c r="B135" t="s">
-        <v>1206</v>
+        <v>1241</v>
       </c>
       <c r="C135" t="s">
-        <v>1207</v>
+        <v>1242</v>
       </c>
       <c r="D135" t="s">
-        <v>1208</v>
+        <v>1243</v>
       </c>
       <c r="E135" t="s">
-        <v>1209</v>
+        <v>1244</v>
       </c>
       <c r="F135" t="s">
-        <v>1210</v>
+        <v>1245</v>
       </c>
       <c r="G135" t="s">
-        <v>1211</v>
+        <v>1246</v>
       </c>
       <c r="H135" t="s">
-        <v>1212</v>
+        <v>1247</v>
       </c>
       <c r="I135" t="s">
-        <v>1213</v>
+        <v>1248</v>
       </c>
       <c r="J135" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K135" t="s">
-        <v>24</v>
+        <v>1249</v>
       </c>
       <c r="L135" t="s">
-        <v>25</v>
+        <v>447</v>
       </c>
       <c r="M135" t="s">
-        <v>26</v>
+        <v>1250</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>1214</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>3855</v>
+        <v>3574</v>
       </c>
       <c r="B136" t="s">
-        <v>1215</v>
+        <v>1252</v>
       </c>
       <c r="C136" t="s">
-        <v>1216</v>
+        <v>1253</v>
       </c>
       <c r="D136" t="s">
-        <v>1217</v>
+        <v>1254</v>
       </c>
       <c r="E136" t="s">
-        <v>1218</v>
+        <v>1255</v>
       </c>
       <c r="F136" t="s">
-        <v>1219</v>
+        <v>1256</v>
       </c>
       <c r="G136" t="s">
-        <v>1220</v>
+        <v>1257</v>
       </c>
       <c r="H136" t="s">
-        <v>1221</v>
+        <v>1258</v>
+      </c>
+      <c r="I136" t="s">
+        <v>1259</v>
       </c>
       <c r="J136" t="s">
         <v>23</v>
       </c>
       <c r="K136" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L136" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M136" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>1222</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>3863</v>
+        <v>3575</v>
       </c>
       <c r="B137" t="s">
-        <v>1223</v>
+        <v>1261</v>
       </c>
       <c r="C137" t="s">
-        <v>1224</v>
+        <v>1262</v>
       </c>
       <c r="D137" t="s">
-        <v>1225</v>
+        <v>1263</v>
       </c>
       <c r="E137" t="s">
-        <v>1226</v>
+        <v>1264</v>
       </c>
       <c r="F137" t="s">
-        <v>1227</v>
+        <v>1265</v>
       </c>
       <c r="G137" t="s">
-        <v>1228</v>
+        <v>1266</v>
       </c>
       <c r="H137" t="s">
-        <v>1229</v>
+        <v>1267</v>
+      </c>
+      <c r="I137" t="s">
+        <v>1268</v>
       </c>
       <c r="J137" t="s">
         <v>23</v>
       </c>
       <c r="K137" t="s">
-        <v>156</v>
+        <v>1269</v>
       </c>
       <c r="L137" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M137" t="s">
-        <v>157</v>
+        <v>1270</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>1230</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>4186</v>
+        <v>3581</v>
       </c>
       <c r="B138" t="s">
-        <v>1231</v>
+        <v>1272</v>
       </c>
       <c r="C138" t="s">
-        <v>1232</v>
+        <v>1273</v>
       </c>
       <c r="D138" t="s">
-        <v>1233</v>
+        <v>1274</v>
       </c>
       <c r="E138" t="s">
-        <v>1234</v>
+        <v>1275</v>
       </c>
       <c r="F138" t="s">
-        <v>1235</v>
+        <v>1276</v>
       </c>
       <c r="G138" t="s">
-        <v>1236</v>
+        <v>1277</v>
       </c>
       <c r="H138" t="s">
-        <v>1237</v>
+        <v>1278</v>
       </c>
       <c r="I138" t="s">
-        <v>1238</v>
+        <v>1279</v>
       </c>
       <c r="J138" t="s">
         <v>23</v>
       </c>
       <c r="K138" t="s">
-        <v>1239</v>
+        <v>24</v>
       </c>
       <c r="L138" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M138" t="s">
-        <v>1240</v>
+        <v>74</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>1241</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>4191</v>
+        <v>3584</v>
       </c>
       <c r="B139" t="s">
-        <v>1242</v>
+        <v>1281</v>
       </c>
       <c r="C139" t="s">
-        <v>1243</v>
+        <v>1282</v>
       </c>
       <c r="D139" t="s">
-        <v>1244</v>
+        <v>1283</v>
       </c>
       <c r="E139" t="s">
-        <v>1245</v>
+        <v>1284</v>
       </c>
       <c r="F139" t="s">
-        <v>1246</v>
+        <v>1285</v>
       </c>
       <c r="G139" t="s">
-        <v>1247</v>
+        <v>1286</v>
       </c>
       <c r="H139" t="s">
-        <v>1248</v>
-[...2 lines deleted...]
-        <v>1249</v>
+        <v>1287</v>
       </c>
       <c r="J139" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K139" t="s">
-        <v>320</v>
+        <v>174</v>
       </c>
       <c r="L139" t="s">
-        <v>321</v>
+        <v>25</v>
       </c>
       <c r="M139" t="s">
-        <v>322</v>
+        <v>577</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>1250</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>4196</v>
+        <v>3586</v>
       </c>
       <c r="B140" t="s">
-        <v>1251</v>
+        <v>1289</v>
       </c>
       <c r="C140" t="s">
-        <v>1252</v>
+        <v>1290</v>
       </c>
       <c r="D140" t="s">
-        <v>1253</v>
+        <v>1291</v>
       </c>
       <c r="E140" t="s">
-        <v>1254</v>
+        <v>1292</v>
       </c>
       <c r="F140" t="s">
-        <v>1255</v>
+        <v>1293</v>
       </c>
       <c r="G140" t="s">
-        <v>1256</v>
+        <v>1294</v>
       </c>
       <c r="H140" t="s">
-        <v>1257</v>
-[...2 lines deleted...]
-        <v>1258</v>
+        <v>1295</v>
       </c>
       <c r="J140" t="s">
         <v>23</v>
       </c>
       <c r="K140" t="s">
-        <v>53</v>
+        <v>1296</v>
       </c>
       <c r="L140" t="s">
         <v>25</v>
       </c>
       <c r="M140" t="s">
-        <v>54</v>
+        <v>1297</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>1259</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>4202</v>
+        <v>3588</v>
       </c>
       <c r="B141" t="s">
-        <v>1260</v>
+        <v>1299</v>
       </c>
       <c r="C141" t="s">
-        <v>1261</v>
+        <v>1300</v>
       </c>
       <c r="D141" t="s">
-        <v>1262</v>
+        <v>1301</v>
       </c>
       <c r="E141" t="s">
-        <v>1263</v>
+        <v>1302</v>
       </c>
       <c r="F141" t="s">
-        <v>1264</v>
+        <v>1303</v>
       </c>
       <c r="G141" t="s">
-        <v>1265</v>
+        <v>1304</v>
       </c>
       <c r="H141" t="s">
-        <v>1266</v>
+        <v>1305</v>
       </c>
       <c r="I141" t="s">
-        <v>1267</v>
+        <v>1306</v>
       </c>
       <c r="J141" t="s">
         <v>23</v>
       </c>
       <c r="K141" t="s">
-        <v>53</v>
+        <v>1307</v>
       </c>
       <c r="L141" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M141" t="s">
-        <v>54</v>
+        <v>1308</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>1268</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>4204</v>
+        <v>3591</v>
       </c>
       <c r="B142" t="s">
-        <v>1269</v>
+        <v>1310</v>
       </c>
       <c r="C142" t="s">
-        <v>1270</v>
+        <v>1311</v>
       </c>
       <c r="D142" t="s">
-        <v>1271</v>
+        <v>1312</v>
       </c>
       <c r="E142" t="s">
-        <v>1272</v>
+        <v>1313</v>
       </c>
       <c r="F142" t="s">
-        <v>1273</v>
+        <v>1314</v>
       </c>
       <c r="G142" t="s">
-        <v>1274</v>
+        <v>1315</v>
       </c>
       <c r="H142" t="s">
-        <v>1275</v>
+        <v>1316</v>
       </c>
       <c r="I142" t="s">
-        <v>1276</v>
+        <v>1317</v>
       </c>
       <c r="J142" t="s">
         <v>23</v>
       </c>
       <c r="K142" t="s">
-        <v>24</v>
+        <v>174</v>
       </c>
       <c r="L142" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M142" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>1277</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>4211</v>
+        <v>3594</v>
       </c>
       <c r="B143" t="s">
-        <v>1278</v>
+        <v>1319</v>
       </c>
       <c r="C143" t="s">
-        <v>1279</v>
+        <v>1320</v>
       </c>
       <c r="D143" t="s">
-        <v>1280</v>
+        <v>1321</v>
       </c>
       <c r="E143" t="s">
-        <v>1281</v>
+        <v>1322</v>
       </c>
       <c r="F143" t="s">
-        <v>1282</v>
+        <v>1323</v>
       </c>
       <c r="G143" t="s">
-        <v>1283</v>
+        <v>1324</v>
       </c>
       <c r="H143" t="s">
-        <v>1284</v>
-[...2 lines deleted...]
-        <v>1285</v>
+        <v>1325</v>
       </c>
       <c r="J143" t="s">
         <v>23</v>
       </c>
       <c r="K143" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L143" t="s">
         <v>25</v>
       </c>
       <c r="M143" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>1286</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>4216</v>
+        <v>3599</v>
       </c>
       <c r="B144" t="s">
-        <v>1287</v>
+        <v>1327</v>
       </c>
       <c r="C144" t="s">
-        <v>1288</v>
+        <v>1328</v>
       </c>
       <c r="D144" t="s">
-        <v>1289</v>
+        <v>1329</v>
       </c>
       <c r="E144" t="s">
-        <v>1290</v>
+        <v>1330</v>
       </c>
       <c r="F144" t="s">
-        <v>1291</v>
+        <v>1331</v>
       </c>
       <c r="G144" t="s">
-        <v>1292</v>
+        <v>1332</v>
       </c>
       <c r="H144" t="s">
-        <v>1293</v>
-[...2 lines deleted...]
-        <v>1294</v>
+        <v>1333</v>
       </c>
       <c r="J144" t="s">
-        <v>1295</v>
+        <v>23</v>
       </c>
       <c r="K144" t="s">
-        <v>1296</v>
+        <v>45</v>
       </c>
       <c r="L144" t="s">
-        <v>1297</v>
+        <v>25</v>
       </c>
       <c r="M144" t="s">
-        <v>1298</v>
+        <v>603</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>1299</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>4295</v>
+        <v>3601</v>
       </c>
       <c r="B145" t="s">
-        <v>1300</v>
+        <v>1335</v>
       </c>
       <c r="C145" t="s">
-        <v>1301</v>
+        <v>1336</v>
       </c>
       <c r="D145" t="s">
-        <v>1302</v>
+        <v>1337</v>
       </c>
       <c r="E145" t="s">
-        <v>1303</v>
+        <v>1338</v>
       </c>
       <c r="F145" t="s">
-        <v>1304</v>
+        <v>1339</v>
       </c>
       <c r="G145" t="s">
-        <v>1305</v>
+        <v>1340</v>
       </c>
       <c r="H145" t="s">
-        <v>1306</v>
-[...2 lines deleted...]
-        <v>1307</v>
+        <v>1341</v>
       </c>
       <c r="J145" t="s">
         <v>23</v>
       </c>
       <c r="K145" t="s">
-        <v>53</v>
+        <v>1342</v>
       </c>
       <c r="L145" t="s">
         <v>25</v>
       </c>
       <c r="M145" t="s">
-        <v>54</v>
+        <v>1343</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>1308</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>4303</v>
+        <v>3621</v>
       </c>
       <c r="B146" t="s">
-        <v>1309</v>
+        <v>1345</v>
       </c>
       <c r="C146" t="s">
-        <v>1310</v>
+        <v>1346</v>
       </c>
       <c r="D146" t="s">
-        <v>1311</v>
+        <v>1347</v>
       </c>
       <c r="E146" t="s">
-        <v>1312</v>
+        <v>1348</v>
       </c>
       <c r="F146" t="s">
-        <v>1313</v>
+        <v>1349</v>
       </c>
       <c r="G146" t="s">
-        <v>1314</v>
+        <v>1350</v>
       </c>
       <c r="H146" t="s">
-        <v>1315</v>
-[...2 lines deleted...]
-        <v>1316</v>
+        <v>1351</v>
       </c>
       <c r="J146" t="s">
-        <v>487</v>
+        <v>23</v>
       </c>
       <c r="K146" t="s">
-        <v>1317</v>
+        <v>1352</v>
       </c>
       <c r="L146" t="s">
-        <v>489</v>
+        <v>25</v>
       </c>
       <c r="M146" t="s">
-        <v>1318</v>
+        <v>1353</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>1319</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>4304</v>
+        <v>3633</v>
       </c>
       <c r="B147" t="s">
-        <v>1320</v>
+        <v>1355</v>
       </c>
       <c r="C147" t="s">
-        <v>1321</v>
+        <v>1356</v>
       </c>
       <c r="D147" t="s">
-        <v>1322</v>
+        <v>1357</v>
       </c>
       <c r="E147" t="s">
-        <v>1323</v>
+        <v>1358</v>
       </c>
       <c r="F147" t="s">
-        <v>1324</v>
+        <v>1359</v>
       </c>
       <c r="G147" t="s">
-        <v>1325</v>
+        <v>1360</v>
       </c>
       <c r="H147" t="s">
-        <v>1326</v>
-[...2 lines deleted...]
-        <v>1327</v>
+        <v>1361</v>
       </c>
       <c r="J147" t="s">
         <v>23</v>
       </c>
       <c r="K147" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L147" t="s">
         <v>25</v>
       </c>
       <c r="M147" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>1328</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>4307</v>
+        <v>3636</v>
       </c>
       <c r="B148" t="s">
-        <v>1329</v>
+        <v>1363</v>
       </c>
       <c r="C148" t="s">
-        <v>1330</v>
+        <v>1364</v>
       </c>
       <c r="D148" t="s">
-        <v>1331</v>
+        <v>1365</v>
       </c>
       <c r="E148" t="s">
-        <v>1332</v>
+        <v>1366</v>
       </c>
       <c r="F148" t="s">
-        <v>1333</v>
+        <v>1367</v>
       </c>
       <c r="G148" t="s">
-        <v>1334</v>
+        <v>1368</v>
       </c>
       <c r="H148" t="s">
-        <v>1335</v>
-[...2 lines deleted...]
-        <v>1336</v>
+        <v>1369</v>
       </c>
       <c r="J148" t="s">
-        <v>1295</v>
+        <v>23</v>
       </c>
       <c r="K148" t="s">
-        <v>1337</v>
+        <v>1370</v>
       </c>
       <c r="L148" t="s">
-        <v>1297</v>
+        <v>25</v>
       </c>
       <c r="M148" t="s">
-        <v>1338</v>
+        <v>603</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>1339</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>4308</v>
+        <v>3645</v>
       </c>
       <c r="B149" t="s">
-        <v>1340</v>
+        <v>1372</v>
       </c>
       <c r="C149" t="s">
-        <v>1341</v>
+        <v>1373</v>
       </c>
       <c r="D149" t="s">
-        <v>1342</v>
+        <v>1374</v>
       </c>
       <c r="E149" t="s">
-        <v>1343</v>
+        <v>1375</v>
       </c>
       <c r="F149" t="s">
-        <v>1344</v>
+        <v>1376</v>
       </c>
       <c r="G149" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="H149" t="s">
-        <v>1346</v>
-[...2 lines deleted...]
-        <v>1347</v>
+        <v>1378</v>
       </c>
       <c r="J149" t="s">
         <v>23</v>
       </c>
       <c r="K149" t="s">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="L149" t="s">
         <v>25</v>
       </c>
       <c r="M149" t="s">
-        <v>157</v>
+        <v>26</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>1348</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>4309</v>
+        <v>3653</v>
       </c>
       <c r="B150" t="s">
-        <v>1349</v>
+        <v>1380</v>
       </c>
       <c r="C150" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="D150" t="s">
-        <v>1351</v>
+        <v>1382</v>
       </c>
       <c r="E150" t="s">
-        <v>1352</v>
+        <v>1383</v>
       </c>
       <c r="F150" t="s">
-        <v>1353</v>
+        <v>1384</v>
       </c>
       <c r="G150" t="s">
-        <v>1354</v>
+        <v>1385</v>
       </c>
       <c r="H150" t="s">
-        <v>1355</v>
-[...2 lines deleted...]
-        <v>1356</v>
+        <v>1386</v>
       </c>
       <c r="J150" t="s">
         <v>23</v>
       </c>
       <c r="K150" t="s">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="L150" t="s">
         <v>25</v>
       </c>
       <c r="M150" t="s">
-        <v>157</v>
+        <v>26</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>1357</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>4311</v>
+        <v>3656</v>
       </c>
       <c r="B151" t="s">
-        <v>1358</v>
+        <v>1388</v>
       </c>
       <c r="C151" t="s">
-        <v>1359</v>
+        <v>1389</v>
       </c>
       <c r="D151" t="s">
-        <v>1360</v>
+        <v>1390</v>
       </c>
       <c r="E151" t="s">
-        <v>1361</v>
+        <v>1391</v>
       </c>
       <c r="F151" t="s">
-        <v>1362</v>
+        <v>1392</v>
       </c>
       <c r="G151" t="s">
-        <v>1363</v>
+        <v>1393</v>
       </c>
       <c r="H151" t="s">
-        <v>1364</v>
-[...2 lines deleted...]
-        <v>1365</v>
+        <v>1394</v>
       </c>
       <c r="J151" t="s">
         <v>23</v>
       </c>
       <c r="K151" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L151" t="s">
         <v>25</v>
       </c>
       <c r="M151" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>1366</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>4314</v>
+        <v>3658</v>
       </c>
       <c r="B152" t="s">
-        <v>1367</v>
+        <v>1396</v>
       </c>
       <c r="C152" t="s">
-        <v>1368</v>
+        <v>1397</v>
       </c>
       <c r="D152" t="s">
-        <v>1369</v>
+        <v>1398</v>
       </c>
       <c r="E152" t="s">
-        <v>1370</v>
+        <v>1399</v>
       </c>
       <c r="F152" t="s">
-        <v>1371</v>
+        <v>1400</v>
       </c>
       <c r="G152" t="s">
-        <v>1372</v>
+        <v>1401</v>
       </c>
       <c r="H152" t="s">
-        <v>1373</v>
-[...2 lines deleted...]
-        <v>1374</v>
+        <v>1402</v>
       </c>
       <c r="J152" t="s">
         <v>23</v>
       </c>
       <c r="K152" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L152" t="s">
         <v>25</v>
       </c>
       <c r="M152" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>1375</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>4316</v>
+        <v>3667</v>
       </c>
       <c r="B153" t="s">
-        <v>1376</v>
+        <v>1404</v>
       </c>
       <c r="C153" t="s">
-        <v>1377</v>
+        <v>1405</v>
       </c>
       <c r="D153" t="s">
-        <v>1378</v>
+        <v>1406</v>
       </c>
       <c r="E153" t="s">
-        <v>1379</v>
+        <v>1407</v>
       </c>
       <c r="F153" t="s">
-        <v>1380</v>
+        <v>1408</v>
       </c>
       <c r="G153" t="s">
-        <v>1381</v>
+        <v>1409</v>
       </c>
       <c r="H153" t="s">
-        <v>1382</v>
-[...2 lines deleted...]
-        <v>1383</v>
+        <v>1410</v>
       </c>
       <c r="J153" t="s">
         <v>23</v>
       </c>
       <c r="K153" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L153" t="s">
         <v>25</v>
       </c>
       <c r="M153" t="s">
-        <v>157</v>
+        <v>577</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>1384</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4319</v>
+        <v>3686</v>
       </c>
       <c r="B154" t="s">
-        <v>1385</v>
+        <v>1412</v>
       </c>
       <c r="C154" t="s">
-        <v>1386</v>
+        <v>1413</v>
       </c>
       <c r="D154" t="s">
-        <v>1387</v>
+        <v>1414</v>
       </c>
       <c r="E154" t="s">
-        <v>1388</v>
+        <v>1415</v>
       </c>
       <c r="F154" t="s">
-        <v>1389</v>
+        <v>1416</v>
       </c>
       <c r="G154" t="s">
-        <v>1390</v>
+        <v>1417</v>
       </c>
       <c r="H154" t="s">
-        <v>1391</v>
+        <v>1418</v>
       </c>
       <c r="I154" t="s">
-        <v>1392</v>
+        <v>1419</v>
       </c>
       <c r="J154" t="s">
         <v>23</v>
       </c>
       <c r="K154" t="s">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="L154" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M154" t="s">
-        <v>157</v>
+        <v>74</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>1393</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4322</v>
+        <v>3689</v>
       </c>
       <c r="B155" t="s">
-        <v>1394</v>
+        <v>1421</v>
       </c>
       <c r="C155" t="s">
-        <v>1395</v>
+        <v>1422</v>
       </c>
       <c r="D155" t="s">
-        <v>1396</v>
+        <v>1423</v>
       </c>
       <c r="E155" t="s">
-        <v>1397</v>
+        <v>1424</v>
       </c>
       <c r="F155" t="s">
-        <v>1398</v>
+        <v>1425</v>
       </c>
       <c r="G155" t="s">
-        <v>1399</v>
+        <v>1426</v>
       </c>
       <c r="H155" t="s">
-        <v>1400</v>
+        <v>1427</v>
       </c>
       <c r="I155" t="s">
-        <v>1401</v>
+        <v>1428</v>
       </c>
       <c r="J155" t="s">
         <v>23</v>
       </c>
       <c r="K155" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L155" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M155" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>1402</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4555</v>
+        <v>3700</v>
       </c>
       <c r="B156" t="s">
-        <v>1403</v>
+        <v>1430</v>
       </c>
       <c r="C156" t="s">
-        <v>1404</v>
+        <v>1431</v>
       </c>
       <c r="D156" t="s">
-        <v>1405</v>
+        <v>1432</v>
       </c>
       <c r="E156" t="s">
-        <v>1406</v>
+        <v>1433</v>
       </c>
       <c r="F156" t="s">
-        <v>1407</v>
+        <v>1434</v>
       </c>
       <c r="G156" t="s">
-        <v>1408</v>
+        <v>1435</v>
       </c>
       <c r="H156" t="s">
-        <v>1409</v>
+        <v>1436</v>
       </c>
       <c r="I156" t="s">
-        <v>1410</v>
+        <v>1437</v>
       </c>
       <c r="J156" t="s">
         <v>23</v>
       </c>
       <c r="K156" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L156" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M156" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>1411</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4556</v>
+        <v>3701</v>
       </c>
       <c r="B157" t="s">
-        <v>1412</v>
+        <v>1439</v>
       </c>
       <c r="C157" t="s">
-        <v>1413</v>
+        <v>1440</v>
       </c>
       <c r="D157" t="s">
-        <v>1414</v>
+        <v>1441</v>
       </c>
       <c r="E157" t="s">
-        <v>1415</v>
+        <v>1442</v>
       </c>
       <c r="F157" t="s">
-        <v>1416</v>
+        <v>1443</v>
       </c>
       <c r="G157" t="s">
-        <v>1417</v>
+        <v>1444</v>
       </c>
       <c r="H157" t="s">
-        <v>1418</v>
+        <v>1445</v>
       </c>
       <c r="I157" t="s">
-        <v>1419</v>
+        <v>1446</v>
       </c>
       <c r="J157" t="s">
         <v>23</v>
       </c>
       <c r="K157" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L157" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M157" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>1420</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4558</v>
+        <v>3702</v>
       </c>
       <c r="B158" t="s">
-        <v>1421</v>
+        <v>1448</v>
       </c>
       <c r="C158" t="s">
-        <v>1422</v>
+        <v>1449</v>
       </c>
       <c r="D158" t="s">
-        <v>1423</v>
+        <v>1450</v>
       </c>
       <c r="E158" t="s">
-        <v>1424</v>
+        <v>1451</v>
       </c>
       <c r="F158" t="s">
-        <v>1425</v>
+        <v>1452</v>
       </c>
       <c r="G158" t="s">
-        <v>1426</v>
+        <v>1453</v>
       </c>
       <c r="H158" t="s">
-        <v>1427</v>
+        <v>1454</v>
       </c>
       <c r="I158" t="s">
-        <v>1428</v>
+        <v>1455</v>
       </c>
       <c r="J158" t="s">
         <v>23</v>
       </c>
       <c r="K158" t="s">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="L158" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M158" t="s">
-        <v>157</v>
+        <v>74</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>1429</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4559</v>
+        <v>3703</v>
       </c>
       <c r="B159" t="s">
-        <v>1430</v>
+        <v>1457</v>
       </c>
       <c r="C159" t="s">
-        <v>1431</v>
+        <v>1458</v>
       </c>
       <c r="D159" t="s">
-        <v>1432</v>
+        <v>1459</v>
       </c>
       <c r="E159" t="s">
-        <v>1433</v>
+        <v>1460</v>
       </c>
       <c r="F159" t="s">
-        <v>1434</v>
+        <v>1461</v>
       </c>
       <c r="G159" t="s">
-        <v>1435</v>
+        <v>1462</v>
       </c>
       <c r="H159" t="s">
-        <v>1436</v>
-[...2 lines deleted...]
-        <v>1437</v>
+        <v>1463</v>
       </c>
       <c r="J159" t="s">
         <v>23</v>
       </c>
       <c r="K159" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L159" t="s">
         <v>25</v>
       </c>
       <c r="M159" t="s">
-        <v>26</v>
+        <v>603</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>1438</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4560</v>
+        <v>3704</v>
       </c>
       <c r="B160" t="s">
-        <v>1439</v>
+        <v>1465</v>
       </c>
       <c r="C160" t="s">
-        <v>1440</v>
+        <v>1466</v>
       </c>
       <c r="D160" t="s">
-        <v>1441</v>
+        <v>1467</v>
       </c>
       <c r="E160" t="s">
-        <v>1442</v>
+        <v>1468</v>
       </c>
       <c r="F160" t="s">
-        <v>1443</v>
+        <v>1469</v>
       </c>
       <c r="G160" t="s">
-        <v>1444</v>
+        <v>1470</v>
       </c>
       <c r="H160" t="s">
-        <v>1445</v>
-[...2 lines deleted...]
-        <v>1446</v>
+        <v>1471</v>
       </c>
       <c r="J160" t="s">
         <v>23</v>
       </c>
       <c r="K160" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L160" t="s">
         <v>25</v>
       </c>
       <c r="M160" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>1447</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4563</v>
+        <v>3706</v>
       </c>
       <c r="B161" t="s">
-        <v>1448</v>
+        <v>1473</v>
       </c>
       <c r="C161" t="s">
-        <v>1449</v>
+        <v>1474</v>
       </c>
       <c r="D161" t="s">
-        <v>1450</v>
+        <v>1475</v>
       </c>
       <c r="E161" t="s">
-        <v>1451</v>
+        <v>1476</v>
       </c>
       <c r="F161" t="s">
-        <v>1452</v>
+        <v>1477</v>
       </c>
       <c r="G161" t="s">
-        <v>1453</v>
+        <v>1478</v>
       </c>
       <c r="H161" t="s">
-        <v>1454</v>
+        <v>1479</v>
       </c>
       <c r="I161" t="s">
-        <v>1455</v>
+        <v>1480</v>
       </c>
       <c r="J161" t="s">
         <v>23</v>
       </c>
       <c r="K161" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L161" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M161" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>1456</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4564</v>
+        <v>3710</v>
       </c>
       <c r="B162" t="s">
-        <v>1457</v>
+        <v>1482</v>
       </c>
       <c r="C162" t="s">
-        <v>1458</v>
+        <v>1483</v>
       </c>
       <c r="D162" t="s">
-        <v>1459</v>
+        <v>1484</v>
       </c>
       <c r="E162" t="s">
-        <v>1460</v>
+        <v>1485</v>
       </c>
       <c r="F162" t="s">
-        <v>1461</v>
+        <v>1486</v>
       </c>
       <c r="G162" t="s">
-        <v>1462</v>
+        <v>1487</v>
       </c>
       <c r="H162" t="s">
-        <v>1463</v>
-[...2 lines deleted...]
-        <v>1464</v>
+        <v>1488</v>
       </c>
       <c r="J162" t="s">
         <v>23</v>
       </c>
       <c r="K162" t="s">
-        <v>1188</v>
+        <v>1489</v>
       </c>
       <c r="L162" t="s">
         <v>25</v>
       </c>
       <c r="M162" t="s">
-        <v>1465</v>
+        <v>1490</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>1466</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4568</v>
+        <v>3711</v>
       </c>
       <c r="B163" t="s">
-        <v>1467</v>
+        <v>1492</v>
       </c>
       <c r="C163" t="s">
-        <v>1468</v>
+        <v>1493</v>
       </c>
       <c r="D163" t="s">
-        <v>1469</v>
+        <v>1494</v>
       </c>
       <c r="E163" t="s">
-        <v>1470</v>
+        <v>1495</v>
       </c>
       <c r="F163" t="s">
-        <v>1471</v>
+        <v>1496</v>
       </c>
       <c r="G163" t="s">
-        <v>1472</v>
+        <v>1497</v>
       </c>
       <c r="H163" t="s">
-        <v>1473</v>
+        <v>1498</v>
       </c>
       <c r="I163" t="s">
-        <v>1474</v>
+        <v>1499</v>
       </c>
       <c r="J163" t="s">
         <v>23</v>
       </c>
       <c r="K163" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L163" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M163" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>1475</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4704</v>
+        <v>3713</v>
       </c>
       <c r="B164" t="s">
-        <v>1476</v>
+        <v>1501</v>
       </c>
       <c r="C164" t="s">
-        <v>1477</v>
+        <v>1502</v>
       </c>
       <c r="D164" t="s">
-        <v>1478</v>
+        <v>1503</v>
       </c>
       <c r="E164" t="s">
-        <v>1479</v>
+        <v>1504</v>
       </c>
       <c r="F164" t="s">
-        <v>1480</v>
+        <v>1505</v>
       </c>
       <c r="G164" t="s">
-        <v>1481</v>
+        <v>1506</v>
       </c>
       <c r="H164" t="s">
-        <v>1482</v>
-[...2 lines deleted...]
-        <v>1483</v>
+        <v>1507</v>
       </c>
       <c r="J164" t="s">
         <v>23</v>
       </c>
       <c r="K164" t="s">
-        <v>24</v>
+        <v>1508</v>
       </c>
       <c r="L164" t="s">
         <v>25</v>
       </c>
       <c r="M164" t="s">
-        <v>26</v>
+        <v>1509</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>1484</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4706</v>
+        <v>3715</v>
       </c>
       <c r="B165" t="s">
-        <v>1485</v>
+        <v>1511</v>
       </c>
       <c r="C165" t="s">
-        <v>1486</v>
+        <v>1512</v>
       </c>
       <c r="D165" t="s">
-        <v>1487</v>
+        <v>1513</v>
       </c>
       <c r="E165" t="s">
-        <v>1488</v>
+        <v>1514</v>
       </c>
       <c r="F165" t="s">
-        <v>1489</v>
+        <v>1515</v>
       </c>
       <c r="G165" t="s">
-        <v>1490</v>
+        <v>1516</v>
       </c>
       <c r="H165" t="s">
-        <v>1491</v>
-[...2 lines deleted...]
-        <v>1492</v>
+        <v>1517</v>
       </c>
       <c r="J165" t="s">
         <v>23</v>
       </c>
       <c r="K165" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L165" t="s">
         <v>25</v>
       </c>
       <c r="M165" t="s">
-        <v>157</v>
+        <v>577</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>1493</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4709</v>
+        <v>3716</v>
       </c>
       <c r="B166" t="s">
-        <v>1494</v>
+        <v>1519</v>
       </c>
       <c r="C166" t="s">
-        <v>1495</v>
+        <v>1520</v>
       </c>
       <c r="D166" t="s">
-        <v>1496</v>
+        <v>1521</v>
       </c>
       <c r="E166" t="s">
-        <v>1497</v>
+        <v>1522</v>
       </c>
       <c r="F166" t="s">
-        <v>1498</v>
+        <v>1523</v>
       </c>
       <c r="G166" t="s">
-        <v>1499</v>
+        <v>1524</v>
       </c>
       <c r="H166" t="s">
-        <v>1500</v>
+        <v>1525</v>
       </c>
       <c r="I166" t="s">
-        <v>1501</v>
+        <v>1526</v>
       </c>
       <c r="J166" t="s">
         <v>23</v>
       </c>
       <c r="K166" t="s">
         <v>24</v>
       </c>
       <c r="L166" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M166" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>1502</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4711</v>
+        <v>3718</v>
       </c>
       <c r="B167" t="s">
-        <v>1503</v>
+        <v>1528</v>
       </c>
       <c r="C167" t="s">
-        <v>1504</v>
+        <v>1529</v>
       </c>
       <c r="D167" t="s">
-        <v>1505</v>
+        <v>1530</v>
       </c>
       <c r="E167" t="s">
-        <v>1506</v>
+        <v>1531</v>
       </c>
       <c r="F167" t="s">
-        <v>1507</v>
+        <v>1532</v>
       </c>
       <c r="G167" t="s">
-        <v>1508</v>
+        <v>1533</v>
       </c>
       <c r="H167" t="s">
-        <v>1509</v>
+        <v>1534</v>
       </c>
       <c r="I167" t="s">
-        <v>1510</v>
+        <v>1535</v>
       </c>
       <c r="J167" t="s">
-        <v>1511</v>
+        <v>23</v>
       </c>
       <c r="K167" t="s">
-        <v>1512</v>
+        <v>174</v>
       </c>
       <c r="L167" t="s">
-        <v>1513</v>
+        <v>46</v>
       </c>
       <c r="M167" t="s">
-        <v>1514</v>
+        <v>175</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>1515</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4716</v>
+        <v>3719</v>
       </c>
       <c r="B168" t="s">
-        <v>1516</v>
+        <v>1537</v>
       </c>
       <c r="C168" t="s">
-        <v>1517</v>
+        <v>1538</v>
       </c>
       <c r="D168" t="s">
-        <v>1518</v>
+        <v>1539</v>
       </c>
       <c r="E168" t="s">
-        <v>1519</v>
+        <v>1540</v>
       </c>
       <c r="F168" t="s">
-        <v>1520</v>
+        <v>1541</v>
       </c>
       <c r="G168" t="s">
-        <v>1521</v>
+        <v>1542</v>
       </c>
       <c r="H168" t="s">
-        <v>1522</v>
+        <v>1543</v>
       </c>
       <c r="I168" t="s">
-        <v>1523</v>
+        <v>1544</v>
       </c>
       <c r="J168" t="s">
         <v>23</v>
       </c>
       <c r="K168" t="s">
-        <v>1317</v>
+        <v>174</v>
       </c>
       <c r="L168" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M168" t="s">
-        <v>1318</v>
+        <v>175</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>1524</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4717</v>
+        <v>3727</v>
       </c>
       <c r="B169" t="s">
-        <v>1525</v>
+        <v>1546</v>
       </c>
       <c r="C169" t="s">
-        <v>1526</v>
+        <v>1547</v>
       </c>
       <c r="D169" t="s">
-        <v>1527</v>
+        <v>1548</v>
       </c>
       <c r="E169" t="s">
-        <v>1528</v>
+        <v>1549</v>
       </c>
       <c r="F169" t="s">
-        <v>1529</v>
+        <v>1550</v>
       </c>
       <c r="G169" t="s">
-        <v>1530</v>
+        <v>1551</v>
       </c>
       <c r="H169" t="s">
-        <v>1531</v>
-[...2 lines deleted...]
-        <v>1532</v>
+        <v>1552</v>
       </c>
       <c r="J169" t="s">
         <v>23</v>
       </c>
       <c r="K169" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L169" t="s">
         <v>25</v>
       </c>
       <c r="M169" t="s">
-        <v>54</v>
+        <v>577</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>1533</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4721</v>
+        <v>3728</v>
       </c>
       <c r="B170" t="s">
-        <v>1534</v>
+        <v>1554</v>
       </c>
       <c r="C170" t="s">
-        <v>1535</v>
+        <v>1555</v>
       </c>
       <c r="D170" t="s">
-        <v>1536</v>
+        <v>1556</v>
       </c>
       <c r="E170" t="s">
-        <v>1537</v>
+        <v>1557</v>
       </c>
       <c r="F170" t="s">
-        <v>1538</v>
+        <v>1558</v>
       </c>
       <c r="G170" t="s">
-        <v>1539</v>
+        <v>1559</v>
       </c>
       <c r="H170" t="s">
-        <v>1540</v>
-[...2 lines deleted...]
-        <v>1541</v>
+        <v>1560</v>
       </c>
       <c r="J170" t="s">
         <v>23</v>
       </c>
       <c r="K170" t="s">
-        <v>1317</v>
+        <v>45</v>
       </c>
       <c r="L170" t="s">
         <v>25</v>
       </c>
       <c r="M170" t="s">
-        <v>1318</v>
+        <v>603</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>1542</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4722</v>
+        <v>3729</v>
       </c>
       <c r="B171" t="s">
-        <v>1543</v>
+        <v>1562</v>
       </c>
       <c r="C171" t="s">
-        <v>1544</v>
+        <v>1563</v>
       </c>
       <c r="D171" t="s">
-        <v>1545</v>
+        <v>1564</v>
       </c>
       <c r="E171" t="s">
-        <v>1546</v>
+        <v>1565</v>
       </c>
       <c r="F171" t="s">
-        <v>1547</v>
+        <v>1566</v>
       </c>
       <c r="G171" t="s">
-        <v>1548</v>
+        <v>1567</v>
       </c>
       <c r="H171" t="s">
-        <v>1549</v>
-[...2 lines deleted...]
-        <v>1550</v>
+        <v>1568</v>
       </c>
       <c r="J171" t="s">
         <v>23</v>
       </c>
       <c r="K171" t="s">
-        <v>1551</v>
+        <v>24</v>
       </c>
       <c r="L171" t="s">
         <v>25</v>
       </c>
       <c r="M171" t="s">
-        <v>1552</v>
+        <v>26</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>1553</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4723</v>
+        <v>3731</v>
       </c>
       <c r="B172" t="s">
-        <v>1554</v>
+        <v>1570</v>
       </c>
       <c r="C172" t="s">
-        <v>1555</v>
+        <v>1571</v>
       </c>
       <c r="D172" t="s">
-        <v>1556</v>
+        <v>1572</v>
       </c>
       <c r="E172" t="s">
-        <v>1557</v>
+        <v>1573</v>
       </c>
       <c r="F172" t="s">
-        <v>1558</v>
+        <v>1574</v>
       </c>
       <c r="G172" t="s">
-        <v>1559</v>
+        <v>1575</v>
       </c>
       <c r="H172" t="s">
-        <v>1560</v>
+        <v>1576</v>
       </c>
       <c r="I172" t="s">
-        <v>1561</v>
+        <v>1577</v>
       </c>
       <c r="J172" t="s">
         <v>23</v>
       </c>
       <c r="K172" t="s">
-        <v>1562</v>
+        <v>45</v>
       </c>
       <c r="L172" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M172" t="s">
-        <v>1563</v>
+        <v>47</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>1564</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4725</v>
+        <v>3732</v>
       </c>
       <c r="B173" t="s">
-        <v>1565</v>
+        <v>1579</v>
       </c>
       <c r="C173" t="s">
-        <v>1566</v>
+        <v>1580</v>
       </c>
       <c r="D173" t="s">
-        <v>1567</v>
+        <v>1581</v>
       </c>
       <c r="E173" t="s">
-        <v>1568</v>
+        <v>1582</v>
       </c>
       <c r="F173" t="s">
-        <v>1569</v>
+        <v>1583</v>
       </c>
       <c r="G173" t="s">
-        <v>1570</v>
+        <v>1584</v>
       </c>
       <c r="H173" t="s">
-        <v>1571</v>
+        <v>1585</v>
       </c>
       <c r="I173" t="s">
-        <v>1572</v>
+        <v>1586</v>
       </c>
       <c r="J173" t="s">
         <v>23</v>
       </c>
       <c r="K173" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L173" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M173" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>1573</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4792</v>
+        <v>3736</v>
       </c>
       <c r="B174" t="s">
-        <v>1574</v>
+        <v>1588</v>
       </c>
       <c r="C174" t="s">
-        <v>1575</v>
+        <v>1589</v>
       </c>
       <c r="D174" t="s">
-        <v>1576</v>
+        <v>1590</v>
       </c>
       <c r="E174" t="s">
-        <v>1577</v>
+        <v>1591</v>
       </c>
       <c r="F174" t="s">
-        <v>1578</v>
+        <v>1592</v>
       </c>
       <c r="G174" t="s">
-        <v>1579</v>
+        <v>1593</v>
       </c>
       <c r="H174" t="s">
-        <v>1580</v>
-[...2 lines deleted...]
-        <v>1581</v>
+        <v>1594</v>
       </c>
       <c r="J174" t="s">
         <v>23</v>
       </c>
       <c r="K174" t="s">
-        <v>53</v>
+        <v>1595</v>
       </c>
       <c r="L174" t="s">
         <v>25</v>
       </c>
       <c r="M174" t="s">
-        <v>54</v>
+        <v>568</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>1582</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4801</v>
+        <v>3741</v>
       </c>
       <c r="B175" t="s">
-        <v>1583</v>
+        <v>1597</v>
       </c>
       <c r="C175" t="s">
-        <v>1584</v>
+        <v>1598</v>
       </c>
       <c r="D175" t="s">
-        <v>1585</v>
+        <v>1599</v>
       </c>
       <c r="E175" t="s">
-        <v>1586</v>
+        <v>1600</v>
       </c>
       <c r="F175" t="s">
-        <v>1587</v>
+        <v>1601</v>
       </c>
       <c r="G175" t="s">
-        <v>1588</v>
+        <v>1602</v>
       </c>
       <c r="H175" t="s">
-        <v>1589</v>
-[...2 lines deleted...]
-        <v>1590</v>
+        <v>1603</v>
       </c>
       <c r="J175" t="s">
         <v>23</v>
       </c>
       <c r="K175" t="s">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="L175" t="s">
         <v>25</v>
       </c>
       <c r="M175" t="s">
-        <v>157</v>
+        <v>26</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>1591</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4810</v>
+        <v>3745</v>
       </c>
       <c r="B176" t="s">
-        <v>1592</v>
+        <v>1605</v>
       </c>
       <c r="C176" t="s">
-        <v>1593</v>
+        <v>1606</v>
       </c>
       <c r="D176" t="s">
-        <v>1594</v>
+        <v>1607</v>
       </c>
       <c r="E176" t="s">
-        <v>1595</v>
+        <v>1608</v>
       </c>
       <c r="F176" t="s">
-        <v>1596</v>
+        <v>1609</v>
       </c>
       <c r="G176" t="s">
-        <v>1597</v>
+        <v>1610</v>
       </c>
       <c r="H176" t="s">
-        <v>1598</v>
-[...2 lines deleted...]
-        <v>1599</v>
+        <v>1611</v>
       </c>
       <c r="J176" t="s">
         <v>23</v>
       </c>
       <c r="K176" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L176" t="s">
         <v>25</v>
       </c>
       <c r="M176" t="s">
-        <v>157</v>
+        <v>603</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>1600</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4811</v>
+        <v>3753</v>
       </c>
       <c r="B177" t="s">
-        <v>1601</v>
+        <v>1613</v>
       </c>
       <c r="C177" t="s">
-        <v>1602</v>
+        <v>1614</v>
       </c>
       <c r="D177" t="s">
-        <v>1603</v>
+        <v>1615</v>
       </c>
       <c r="E177" t="s">
-        <v>1604</v>
+        <v>1616</v>
       </c>
       <c r="F177" t="s">
-        <v>1605</v>
+        <v>1617</v>
       </c>
       <c r="G177" t="s">
-        <v>1606</v>
+        <v>1618</v>
       </c>
       <c r="H177" t="s">
-        <v>1607</v>
+        <v>1619</v>
       </c>
       <c r="I177" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="J177" t="s">
         <v>23</v>
       </c>
       <c r="K177" t="s">
-        <v>320</v>
+        <v>45</v>
       </c>
       <c r="L177" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M177" t="s">
-        <v>322</v>
+        <v>47</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>1609</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4817</v>
+        <v>3754</v>
       </c>
       <c r="B178" t="s">
-        <v>1610</v>
+        <v>1622</v>
       </c>
       <c r="C178" t="s">
-        <v>1611</v>
+        <v>1623</v>
       </c>
       <c r="D178" t="s">
-        <v>1612</v>
+        <v>1624</v>
       </c>
       <c r="E178" t="s">
-        <v>1613</v>
+        <v>1625</v>
       </c>
       <c r="F178" t="s">
-        <v>1614</v>
+        <v>1626</v>
       </c>
       <c r="G178" t="s">
-        <v>1615</v>
+        <v>1627</v>
       </c>
       <c r="H178" t="s">
-        <v>1616</v>
-[...2 lines deleted...]
-        <v>1617</v>
+        <v>1628</v>
       </c>
       <c r="J178" t="s">
         <v>23</v>
       </c>
       <c r="K178" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L178" t="s">
         <v>25</v>
       </c>
       <c r="M178" t="s">
-        <v>54</v>
+        <v>577</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
-        <v>1618</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4928</v>
+        <v>3756</v>
       </c>
       <c r="B179" t="s">
-        <v>1619</v>
+        <v>1630</v>
       </c>
       <c r="C179" t="s">
-        <v>1620</v>
+        <v>1631</v>
       </c>
       <c r="D179" t="s">
-        <v>1621</v>
+        <v>1632</v>
       </c>
       <c r="E179" t="s">
-        <v>1622</v>
+        <v>1633</v>
       </c>
       <c r="F179" t="s">
-        <v>1623</v>
+        <v>1634</v>
       </c>
       <c r="G179" t="s">
-        <v>1624</v>
+        <v>1635</v>
       </c>
       <c r="H179" t="s">
-        <v>1625</v>
+        <v>1636</v>
       </c>
       <c r="J179" t="s">
         <v>23</v>
       </c>
       <c r="K179" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L179" t="s">
         <v>25</v>
       </c>
       <c r="M179" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
-        <v>1626</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>4935</v>
+        <v>3757</v>
       </c>
       <c r="B180" t="s">
-        <v>1627</v>
+        <v>1638</v>
       </c>
       <c r="C180" t="s">
-        <v>1628</v>
+        <v>1639</v>
       </c>
       <c r="D180" t="s">
-        <v>1629</v>
+        <v>1640</v>
       </c>
       <c r="E180" t="s">
-        <v>1630</v>
+        <v>1641</v>
       </c>
       <c r="F180" t="s">
-        <v>1631</v>
+        <v>1642</v>
       </c>
       <c r="G180" t="s">
-        <v>1632</v>
+        <v>1643</v>
       </c>
       <c r="H180" t="s">
-        <v>1633</v>
-[...2 lines deleted...]
-        <v>1634</v>
+        <v>1644</v>
       </c>
       <c r="J180" t="s">
         <v>23</v>
       </c>
       <c r="K180" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L180" t="s">
         <v>25</v>
       </c>
       <c r="M180" t="s">
-        <v>157</v>
+        <v>577</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>1635</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>4936</v>
+        <v>3768</v>
       </c>
       <c r="B181" t="s">
-        <v>1636</v>
+        <v>1646</v>
       </c>
       <c r="C181" t="s">
-        <v>1637</v>
+        <v>1647</v>
       </c>
       <c r="D181" t="s">
-        <v>1638</v>
+        <v>1648</v>
       </c>
       <c r="E181" t="s">
-        <v>1639</v>
+        <v>1649</v>
       </c>
       <c r="F181" t="s">
-        <v>1640</v>
+        <v>1650</v>
       </c>
       <c r="G181" t="s">
-        <v>1641</v>
+        <v>1651</v>
       </c>
       <c r="H181" t="s">
-        <v>1642</v>
+        <v>1652</v>
       </c>
       <c r="J181" t="s">
         <v>23</v>
       </c>
       <c r="K181" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L181" t="s">
         <v>25</v>
       </c>
       <c r="M181" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
-        <v>1643</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>4938</v>
+        <v>3770</v>
       </c>
       <c r="B182" t="s">
-        <v>1644</v>
+        <v>1654</v>
       </c>
       <c r="C182" t="s">
-        <v>1645</v>
+        <v>1655</v>
       </c>
       <c r="D182" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="E182" t="s">
-        <v>1647</v>
+        <v>1657</v>
       </c>
       <c r="F182" t="s">
-        <v>1648</v>
+        <v>1658</v>
       </c>
       <c r="G182" t="s">
-        <v>1649</v>
+        <v>1659</v>
       </c>
       <c r="H182" t="s">
-        <v>1650</v>
+        <v>1660</v>
       </c>
       <c r="J182" t="s">
         <v>23</v>
       </c>
       <c r="K182" t="s">
-        <v>156</v>
+        <v>1661</v>
       </c>
       <c r="L182" t="s">
         <v>25</v>
       </c>
       <c r="M182" t="s">
-        <v>157</v>
+        <v>1353</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>1651</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>4939</v>
+        <v>3773</v>
       </c>
       <c r="B183" t="s">
-        <v>1652</v>
+        <v>1663</v>
       </c>
       <c r="C183" t="s">
-        <v>1653</v>
+        <v>1664</v>
       </c>
       <c r="D183" t="s">
-        <v>1654</v>
+        <v>1665</v>
       </c>
       <c r="E183" t="s">
-        <v>1655</v>
+        <v>1666</v>
       </c>
       <c r="F183" t="s">
-        <v>1656</v>
+        <v>1667</v>
       </c>
       <c r="G183" t="s">
-        <v>1657</v>
+        <v>1668</v>
       </c>
       <c r="H183" t="s">
-        <v>1658</v>
+        <v>1669</v>
       </c>
       <c r="J183" t="s">
         <v>23</v>
       </c>
       <c r="K183" t="s">
-        <v>1659</v>
+        <v>45</v>
       </c>
       <c r="L183" t="s">
         <v>25</v>
       </c>
       <c r="M183" t="s">
-        <v>157</v>
+        <v>603</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>1660</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>4940</v>
+        <v>3775</v>
       </c>
       <c r="B184" t="s">
-        <v>1661</v>
+        <v>1671</v>
       </c>
       <c r="C184" t="s">
-        <v>1662</v>
+        <v>1672</v>
       </c>
       <c r="D184" t="s">
-        <v>1663</v>
+        <v>1673</v>
       </c>
       <c r="E184" t="s">
-        <v>1664</v>
+        <v>1674</v>
       </c>
       <c r="F184" t="s">
-        <v>1665</v>
+        <v>1675</v>
       </c>
       <c r="G184" t="s">
-        <v>1666</v>
+        <v>1676</v>
       </c>
       <c r="H184" t="s">
-        <v>1667</v>
+        <v>1677</v>
       </c>
       <c r="J184" t="s">
         <v>23</v>
       </c>
       <c r="K184" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L184" t="s">
         <v>25</v>
       </c>
       <c r="M184" t="s">
-        <v>54</v>
+        <v>577</v>
       </c>
       <c r="N184" t="s">
         <v>27</v>
       </c>
       <c r="O184" t="s">
-        <v>1668</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>4943</v>
+        <v>3777</v>
       </c>
       <c r="B185" t="s">
-        <v>1669</v>
+        <v>1679</v>
       </c>
       <c r="C185" t="s">
-        <v>1670</v>
+        <v>1680</v>
       </c>
       <c r="D185" t="s">
-        <v>1671</v>
+        <v>1681</v>
       </c>
       <c r="E185" t="s">
-        <v>1672</v>
+        <v>1682</v>
       </c>
       <c r="F185" t="s">
-        <v>1673</v>
+        <v>1683</v>
       </c>
       <c r="G185" t="s">
-        <v>1674</v>
+        <v>1684</v>
       </c>
       <c r="H185" t="s">
-        <v>1675</v>
+        <v>1685</v>
       </c>
       <c r="J185" t="s">
         <v>23</v>
       </c>
       <c r="K185" t="s">
-        <v>1239</v>
+        <v>174</v>
       </c>
       <c r="L185" t="s">
         <v>25</v>
       </c>
       <c r="M185" t="s">
-        <v>1676</v>
+        <v>577</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>1677</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>4947</v>
+        <v>3778</v>
       </c>
       <c r="B186" t="s">
-        <v>1678</v>
+        <v>1687</v>
       </c>
       <c r="C186" t="s">
-        <v>1679</v>
+        <v>1688</v>
       </c>
       <c r="D186" t="s">
-        <v>1680</v>
+        <v>1689</v>
       </c>
       <c r="E186" t="s">
-        <v>1681</v>
+        <v>1690</v>
       </c>
       <c r="F186" t="s">
-        <v>1682</v>
+        <v>1691</v>
       </c>
       <c r="G186" t="s">
-        <v>1683</v>
+        <v>1692</v>
       </c>
       <c r="H186" t="s">
-        <v>1684</v>
-[...2 lines deleted...]
-        <v>1685</v>
+        <v>1693</v>
       </c>
       <c r="J186" t="s">
         <v>23</v>
       </c>
       <c r="K186" t="s">
-        <v>24</v>
+        <v>1694</v>
       </c>
       <c r="L186" t="s">
         <v>25</v>
       </c>
       <c r="M186" t="s">
-        <v>26</v>
+        <v>568</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>1686</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>4950</v>
+        <v>3779</v>
       </c>
       <c r="B187" t="s">
-        <v>1687</v>
+        <v>1696</v>
       </c>
       <c r="C187" t="s">
-        <v>1688</v>
+        <v>1697</v>
       </c>
       <c r="D187" t="s">
-        <v>1689</v>
+        <v>1698</v>
       </c>
       <c r="E187" t="s">
-        <v>1690</v>
+        <v>1699</v>
       </c>
       <c r="F187" t="s">
-        <v>1691</v>
+        <v>1700</v>
       </c>
       <c r="G187" t="s">
-        <v>1692</v>
+        <v>1701</v>
       </c>
       <c r="H187" t="s">
-        <v>1693</v>
-[...2 lines deleted...]
-        <v>1694</v>
+        <v>1702</v>
       </c>
       <c r="J187" t="s">
         <v>23</v>
       </c>
       <c r="K187" t="s">
-        <v>320</v>
+        <v>174</v>
       </c>
       <c r="L187" t="s">
         <v>25</v>
       </c>
       <c r="M187" t="s">
-        <v>322</v>
+        <v>577</v>
       </c>
       <c r="N187" t="s">
         <v>27</v>
       </c>
       <c r="O187" t="s">
-        <v>1695</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>4952</v>
+        <v>3788</v>
       </c>
       <c r="B188" t="s">
-        <v>1696</v>
+        <v>1704</v>
       </c>
       <c r="C188" t="s">
-        <v>1697</v>
+        <v>1705</v>
       </c>
       <c r="D188" t="s">
-        <v>1698</v>
+        <v>1706</v>
       </c>
       <c r="E188" t="s">
-        <v>1699</v>
+        <v>1707</v>
       </c>
       <c r="F188" t="s">
-        <v>1700</v>
+        <v>1708</v>
       </c>
       <c r="G188" t="s">
-        <v>1701</v>
+        <v>1709</v>
       </c>
       <c r="H188" t="s">
-        <v>1702</v>
+        <v>1710</v>
       </c>
       <c r="J188" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K188" t="s">
-        <v>1703</v>
+        <v>757</v>
       </c>
       <c r="L188" t="s">
-        <v>25</v>
+        <v>1711</v>
       </c>
       <c r="M188" t="s">
-        <v>1704</v>
+        <v>758</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>1705</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>4956</v>
+        <v>3791</v>
       </c>
       <c r="B189" t="s">
-        <v>1706</v>
+        <v>1713</v>
       </c>
       <c r="C189" t="s">
-        <v>1707</v>
+        <v>1714</v>
       </c>
       <c r="D189" t="s">
-        <v>1708</v>
+        <v>1715</v>
       </c>
       <c r="E189" t="s">
-        <v>1709</v>
+        <v>1716</v>
       </c>
       <c r="F189" t="s">
-        <v>1710</v>
+        <v>1717</v>
       </c>
       <c r="G189" t="s">
-        <v>1711</v>
+        <v>1718</v>
       </c>
       <c r="H189" t="s">
-        <v>1712</v>
+        <v>1719</v>
+      </c>
+      <c r="I189" t="s">
+        <v>1720</v>
       </c>
       <c r="J189" t="s">
-        <v>23</v>
+        <v>1721</v>
       </c>
       <c r="K189" t="s">
-        <v>53</v>
+        <v>945</v>
       </c>
       <c r="L189" t="s">
-        <v>25</v>
+        <v>1722</v>
       </c>
       <c r="M189" t="s">
-        <v>54</v>
+        <v>1723</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>1713</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>4965</v>
+        <v>3854</v>
       </c>
       <c r="B190" t="s">
-        <v>1714</v>
+        <v>1725</v>
       </c>
       <c r="C190" t="s">
-        <v>1715</v>
+        <v>1726</v>
       </c>
       <c r="D190" t="s">
-        <v>1716</v>
+        <v>1727</v>
       </c>
       <c r="E190" t="s">
-        <v>1717</v>
+        <v>1728</v>
       </c>
       <c r="F190" t="s">
-        <v>1718</v>
+        <v>1729</v>
       </c>
       <c r="G190" t="s">
-        <v>1719</v>
+        <v>1730</v>
       </c>
       <c r="H190" t="s">
-        <v>1720</v>
+        <v>1731</v>
       </c>
       <c r="I190" t="s">
-        <v>1721</v>
+        <v>1732</v>
       </c>
       <c r="J190" t="s">
         <v>23</v>
       </c>
       <c r="K190" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L190" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M190" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>1722</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>4971</v>
+        <v>3855</v>
       </c>
       <c r="B191" t="s">
-        <v>1723</v>
+        <v>1734</v>
       </c>
       <c r="C191" t="s">
-        <v>1724</v>
+        <v>1735</v>
       </c>
       <c r="D191" t="s">
-        <v>1725</v>
+        <v>1736</v>
       </c>
       <c r="E191" t="s">
-        <v>1726</v>
+        <v>1737</v>
       </c>
       <c r="F191" t="s">
-        <v>1727</v>
+        <v>1738</v>
       </c>
       <c r="G191" t="s">
-        <v>1728</v>
+        <v>1739</v>
       </c>
       <c r="H191" t="s">
-        <v>1729</v>
+        <v>1740</v>
       </c>
       <c r="J191" t="s">
         <v>23</v>
       </c>
       <c r="K191" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L191" t="s">
         <v>25</v>
       </c>
       <c r="M191" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>1730</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>5020</v>
+        <v>3863</v>
       </c>
       <c r="B192" t="s">
-        <v>1731</v>
+        <v>1742</v>
       </c>
       <c r="C192" t="s">
-        <v>1732</v>
+        <v>1743</v>
       </c>
       <c r="D192" t="s">
-        <v>1733</v>
+        <v>1744</v>
       </c>
       <c r="E192" t="s">
-        <v>1734</v>
+        <v>1745</v>
       </c>
       <c r="F192" t="s">
-        <v>1735</v>
+        <v>1746</v>
       </c>
       <c r="G192" t="s">
-        <v>1736</v>
+        <v>1747</v>
       </c>
       <c r="H192" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="J192" t="s">
         <v>23</v>
       </c>
       <c r="K192" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L192" t="s">
         <v>25</v>
       </c>
       <c r="M192" t="s">
-        <v>157</v>
+        <v>577</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>5024</v>
+        <v>4186</v>
       </c>
       <c r="B193" t="s">
-        <v>1739</v>
+        <v>1750</v>
       </c>
       <c r="C193" t="s">
-        <v>1740</v>
+        <v>1751</v>
       </c>
       <c r="D193" t="s">
-        <v>1741</v>
+        <v>1752</v>
       </c>
       <c r="E193" t="s">
-        <v>1742</v>
+        <v>1753</v>
       </c>
       <c r="F193" t="s">
-        <v>1743</v>
+        <v>1754</v>
       </c>
       <c r="G193" t="s">
-        <v>1744</v>
+        <v>1755</v>
       </c>
       <c r="H193" t="s">
-        <v>1745</v>
+        <v>1756</v>
+      </c>
+      <c r="I193" t="s">
+        <v>1757</v>
       </c>
       <c r="J193" t="s">
         <v>23</v>
       </c>
       <c r="K193" t="s">
-        <v>1746</v>
+        <v>485</v>
       </c>
       <c r="L193" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M193" t="s">
-        <v>894</v>
+        <v>486</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>1747</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>5035</v>
+        <v>4191</v>
       </c>
       <c r="B194" t="s">
-        <v>1748</v>
+        <v>1759</v>
       </c>
       <c r="C194" t="s">
-        <v>1749</v>
+        <v>1760</v>
       </c>
       <c r="D194" t="s">
-        <v>1750</v>
+        <v>1761</v>
       </c>
       <c r="E194" t="s">
-        <v>1751</v>
+        <v>1762</v>
       </c>
       <c r="F194" t="s">
-        <v>1752</v>
+        <v>1763</v>
       </c>
       <c r="G194" t="s">
-        <v>1753</v>
+        <v>1764</v>
       </c>
       <c r="H194" t="s">
-        <v>1754</v>
+        <v>1765</v>
+      </c>
+      <c r="I194" t="s">
+        <v>1766</v>
       </c>
       <c r="J194" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K194" t="s">
-        <v>476</v>
+        <v>945</v>
       </c>
       <c r="L194" t="s">
-        <v>25</v>
+        <v>1711</v>
       </c>
       <c r="M194" t="s">
-        <v>477</v>
+        <v>946</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>1755</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5036</v>
+        <v>4196</v>
       </c>
       <c r="B195" t="s">
-        <v>1756</v>
+        <v>1768</v>
       </c>
       <c r="C195" t="s">
-        <v>1757</v>
+        <v>1769</v>
       </c>
       <c r="D195" t="s">
-        <v>1758</v>
+        <v>1770</v>
       </c>
       <c r="E195" t="s">
-        <v>1759</v>
+        <v>1771</v>
       </c>
       <c r="F195" t="s">
-        <v>1760</v>
+        <v>1772</v>
       </c>
       <c r="G195" t="s">
-        <v>1761</v>
+        <v>1773</v>
       </c>
       <c r="H195" t="s">
-        <v>1762</v>
+        <v>1774</v>
+      </c>
+      <c r="I195" t="s">
+        <v>1775</v>
       </c>
       <c r="J195" t="s">
         <v>23</v>
       </c>
       <c r="K195" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L195" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M195" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>1763</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5037</v>
+        <v>4198</v>
       </c>
       <c r="B196" t="s">
-        <v>1764</v>
+        <v>1777</v>
       </c>
       <c r="C196" t="s">
-        <v>1765</v>
+        <v>1778</v>
       </c>
       <c r="D196" t="s">
-        <v>1766</v>
+        <v>1779</v>
       </c>
       <c r="E196" t="s">
-        <v>1767</v>
+        <v>1780</v>
       </c>
       <c r="F196" t="s">
-        <v>1768</v>
+        <v>1781</v>
       </c>
       <c r="G196" t="s">
-        <v>1769</v>
+        <v>1782</v>
       </c>
       <c r="H196" t="s">
-        <v>1770</v>
+        <v>1783</v>
+      </c>
+      <c r="I196" t="s">
+        <v>1784</v>
       </c>
       <c r="J196" t="s">
         <v>23</v>
       </c>
       <c r="K196" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L196" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M196" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
-        <v>1771</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5273</v>
+        <v>4202</v>
       </c>
       <c r="B197" t="s">
-        <v>1772</v>
+        <v>1786</v>
       </c>
       <c r="C197" t="s">
-        <v>1773</v>
+        <v>1787</v>
       </c>
       <c r="D197" t="s">
-        <v>1774</v>
+        <v>1788</v>
       </c>
       <c r="E197" t="s">
-        <v>1775</v>
+        <v>1789</v>
       </c>
       <c r="F197" t="s">
-        <v>1776</v>
+        <v>1790</v>
       </c>
       <c r="G197" t="s">
-        <v>1777</v>
+        <v>1791</v>
       </c>
       <c r="H197" t="s">
-        <v>1778</v>
+        <v>1792</v>
       </c>
       <c r="I197" t="s">
-        <v>1779</v>
+        <v>1793</v>
       </c>
       <c r="J197" t="s">
         <v>23</v>
       </c>
       <c r="K197" t="s">
-        <v>1780</v>
+        <v>45</v>
       </c>
       <c r="L197" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M197" t="s">
-        <v>1781</v>
+        <v>47</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>1782</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5326</v>
+        <v>4204</v>
       </c>
       <c r="B198" t="s">
-        <v>1783</v>
+        <v>1795</v>
       </c>
       <c r="C198" t="s">
-        <v>1784</v>
+        <v>1796</v>
       </c>
       <c r="D198" t="s">
-        <v>1785</v>
+        <v>1797</v>
       </c>
       <c r="E198" t="s">
-        <v>1786</v>
+        <v>1798</v>
       </c>
       <c r="F198" t="s">
-        <v>1787</v>
+        <v>1799</v>
       </c>
       <c r="G198" t="s">
-        <v>1788</v>
+        <v>1800</v>
       </c>
       <c r="H198" t="s">
-        <v>1789</v>
+        <v>1801</v>
       </c>
       <c r="I198" t="s">
-        <v>1790</v>
+        <v>1802</v>
       </c>
       <c r="J198" t="s">
         <v>23</v>
       </c>
       <c r="K198" t="s">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="L198" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M198" t="s">
-        <v>157</v>
+        <v>74</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>1791</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5330</v>
+        <v>4206</v>
       </c>
       <c r="B199" t="s">
-        <v>1792</v>
+        <v>1804</v>
       </c>
       <c r="C199" t="s">
-        <v>1793</v>
+        <v>1805</v>
       </c>
       <c r="D199" t="s">
-        <v>1794</v>
+        <v>1806</v>
       </c>
       <c r="E199" t="s">
-        <v>1795</v>
+        <v>1807</v>
       </c>
       <c r="F199" t="s">
-        <v>1796</v>
+        <v>1808</v>
       </c>
       <c r="G199" t="s">
-        <v>1797</v>
+        <v>1809</v>
       </c>
       <c r="H199" t="s">
-        <v>1798</v>
+        <v>1810</v>
       </c>
       <c r="I199" t="s">
-        <v>1799</v>
+        <v>1811</v>
       </c>
       <c r="J199" t="s">
         <v>23</v>
       </c>
       <c r="K199" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L199" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M199" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>1800</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5331</v>
+        <v>4211</v>
       </c>
       <c r="B200" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="C200" t="s">
-        <v>1802</v>
+        <v>1814</v>
       </c>
       <c r="D200" t="s">
-        <v>1803</v>
+        <v>1815</v>
       </c>
       <c r="E200" t="s">
-        <v>1804</v>
+        <v>1816</v>
       </c>
       <c r="F200" t="s">
-        <v>1805</v>
+        <v>1817</v>
       </c>
       <c r="G200" t="s">
-        <v>1806</v>
+        <v>1818</v>
       </c>
       <c r="H200" t="s">
-        <v>1807</v>
+        <v>1819</v>
       </c>
       <c r="I200" t="s">
-        <v>1808</v>
+        <v>1820</v>
       </c>
       <c r="J200" t="s">
         <v>23</v>
       </c>
       <c r="K200" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L200" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M200" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>1809</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5332</v>
+        <v>4216</v>
       </c>
       <c r="B201" t="s">
-        <v>1810</v>
+        <v>1822</v>
       </c>
       <c r="C201" t="s">
-        <v>1811</v>
+        <v>1823</v>
       </c>
       <c r="D201" t="s">
-        <v>1812</v>
+        <v>1824</v>
       </c>
       <c r="E201" t="s">
-        <v>1813</v>
+        <v>1825</v>
       </c>
       <c r="F201" t="s">
-        <v>1814</v>
+        <v>1826</v>
       </c>
       <c r="G201" t="s">
-        <v>1815</v>
+        <v>1827</v>
       </c>
       <c r="H201" t="s">
-        <v>1816</v>
+        <v>1828</v>
       </c>
       <c r="I201" t="s">
-        <v>1817</v>
+        <v>1829</v>
       </c>
       <c r="J201" t="s">
-        <v>23</v>
+        <v>1830</v>
       </c>
       <c r="K201" t="s">
-        <v>53</v>
+        <v>1831</v>
       </c>
       <c r="L201" t="s">
-        <v>25</v>
+        <v>1832</v>
       </c>
       <c r="M201" t="s">
-        <v>54</v>
+        <v>1833</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
-        <v>1818</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5335</v>
+        <v>4295</v>
       </c>
       <c r="B202" t="s">
-        <v>1819</v>
+        <v>1835</v>
       </c>
       <c r="C202" t="s">
-        <v>1820</v>
+        <v>1836</v>
       </c>
       <c r="D202" t="s">
-        <v>1821</v>
+        <v>1837</v>
       </c>
       <c r="E202" t="s">
-        <v>1822</v>
+        <v>1838</v>
       </c>
       <c r="F202" t="s">
-        <v>1823</v>
+        <v>1839</v>
       </c>
       <c r="G202" t="s">
-        <v>1824</v>
+        <v>1840</v>
       </c>
       <c r="H202" t="s">
-        <v>1825</v>
+        <v>1841</v>
       </c>
       <c r="I202" t="s">
-        <v>1826</v>
+        <v>1842</v>
       </c>
       <c r="J202" t="s">
         <v>23</v>
       </c>
       <c r="K202" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L202" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M202" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
-        <v>1827</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5338</v>
+        <v>4302</v>
       </c>
       <c r="B203" t="s">
-        <v>1828</v>
+        <v>1844</v>
       </c>
       <c r="C203" t="s">
-        <v>1829</v>
+        <v>1845</v>
       </c>
       <c r="D203" t="s">
-        <v>1830</v>
+        <v>1846</v>
       </c>
       <c r="E203" t="s">
-        <v>1831</v>
+        <v>1847</v>
       </c>
       <c r="F203" t="s">
-        <v>1832</v>
+        <v>1848</v>
       </c>
       <c r="G203" t="s">
-        <v>1833</v>
+        <v>1849</v>
       </c>
       <c r="H203" t="s">
-        <v>1834</v>
+        <v>1850</v>
+      </c>
+      <c r="I203" t="s">
+        <v>1851</v>
       </c>
       <c r="J203" t="s">
-        <v>23</v>
+        <v>1852</v>
       </c>
       <c r="K203" t="s">
-        <v>53</v>
+        <v>945</v>
       </c>
       <c r="L203" t="s">
-        <v>25</v>
+        <v>1853</v>
       </c>
       <c r="M203" t="s">
-        <v>54</v>
+        <v>1723</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
-        <v>1835</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5344</v>
+        <v>4303</v>
       </c>
       <c r="B204" t="s">
-        <v>1836</v>
+        <v>1855</v>
       </c>
       <c r="C204" t="s">
-        <v>1837</v>
+        <v>1856</v>
       </c>
       <c r="D204" t="s">
-        <v>1838</v>
+        <v>1857</v>
       </c>
       <c r="E204" t="s">
-        <v>1839</v>
+        <v>1858</v>
       </c>
       <c r="F204" t="s">
-        <v>1840</v>
+        <v>1859</v>
       </c>
       <c r="G204" t="s">
-        <v>1841</v>
+        <v>1860</v>
       </c>
       <c r="H204" t="s">
-        <v>1842</v>
+        <v>1861</v>
       </c>
       <c r="I204" t="s">
-        <v>1843</v>
+        <v>1862</v>
       </c>
       <c r="J204" t="s">
-        <v>319</v>
+        <v>824</v>
       </c>
       <c r="K204" t="s">
-        <v>1844</v>
+        <v>1269</v>
       </c>
       <c r="L204" t="s">
-        <v>321</v>
+        <v>826</v>
       </c>
       <c r="M204" t="s">
-        <v>1845</v>
+        <v>1270</v>
       </c>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204" t="s">
-        <v>1846</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5346</v>
+        <v>4304</v>
       </c>
       <c r="B205" t="s">
-        <v>1847</v>
+        <v>1864</v>
       </c>
       <c r="C205" t="s">
-        <v>1848</v>
+        <v>1865</v>
       </c>
       <c r="D205" t="s">
-        <v>1849</v>
+        <v>1866</v>
       </c>
       <c r="E205" t="s">
-        <v>1850</v>
+        <v>1867</v>
       </c>
       <c r="F205" t="s">
-        <v>1851</v>
+        <v>1868</v>
       </c>
       <c r="G205" t="s">
-        <v>1852</v>
+        <v>1869</v>
       </c>
       <c r="H205" t="s">
-        <v>1853</v>
+        <v>1870</v>
       </c>
       <c r="I205" t="s">
-        <v>1854</v>
+        <v>1871</v>
       </c>
       <c r="J205" t="s">
         <v>23</v>
       </c>
       <c r="K205" t="s">
-        <v>1855</v>
+        <v>45</v>
       </c>
       <c r="L205" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M205" t="s">
-        <v>1856</v>
+        <v>47</v>
       </c>
       <c r="N205" t="s">
         <v>27</v>
       </c>
       <c r="O205" t="s">
-        <v>1857</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5348</v>
+        <v>4307</v>
       </c>
       <c r="B206" t="s">
-        <v>1858</v>
+        <v>1873</v>
       </c>
       <c r="C206" t="s">
-        <v>1859</v>
+        <v>1874</v>
       </c>
       <c r="D206" t="s">
-        <v>1860</v>
+        <v>1875</v>
       </c>
       <c r="E206" t="s">
-        <v>1861</v>
+        <v>1876</v>
       </c>
       <c r="F206" t="s">
-        <v>1862</v>
+        <v>1877</v>
       </c>
       <c r="G206" t="s">
-        <v>1863</v>
+        <v>1878</v>
       </c>
       <c r="H206" t="s">
-        <v>1864</v>
+        <v>1879</v>
       </c>
       <c r="I206" t="s">
-        <v>1865</v>
+        <v>1880</v>
       </c>
       <c r="J206" t="s">
-        <v>23</v>
+        <v>1830</v>
       </c>
       <c r="K206" t="s">
-        <v>156</v>
+        <v>1881</v>
       </c>
       <c r="L206" t="s">
-        <v>25</v>
+        <v>1832</v>
       </c>
       <c r="M206" t="s">
-        <v>157</v>
+        <v>1882</v>
       </c>
       <c r="N206" t="s">
         <v>27</v>
       </c>
       <c r="O206" t="s">
-        <v>1866</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5351</v>
+        <v>4308</v>
       </c>
       <c r="B207" t="s">
-        <v>1867</v>
+        <v>1884</v>
       </c>
       <c r="C207" t="s">
-        <v>1868</v>
+        <v>1885</v>
       </c>
       <c r="D207" t="s">
-        <v>1869</v>
+        <v>1886</v>
       </c>
       <c r="E207" t="s">
-        <v>1870</v>
+        <v>1887</v>
       </c>
       <c r="F207" t="s">
-        <v>1871</v>
+        <v>1888</v>
       </c>
       <c r="G207" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="H207" t="s">
-        <v>1873</v>
+        <v>1890</v>
       </c>
       <c r="I207" t="s">
-        <v>1874</v>
+        <v>1891</v>
       </c>
       <c r="J207" t="s">
         <v>23</v>
       </c>
       <c r="K207" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L207" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M207" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N207" t="s">
         <v>27</v>
       </c>
       <c r="O207" t="s">
-        <v>1875</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5353</v>
+        <v>4309</v>
       </c>
       <c r="B208" t="s">
-        <v>1876</v>
+        <v>1893</v>
       </c>
       <c r="C208" t="s">
-        <v>1877</v>
+        <v>1894</v>
       </c>
       <c r="D208" t="s">
-        <v>1878</v>
+        <v>1895</v>
       </c>
       <c r="E208" t="s">
-        <v>1879</v>
+        <v>1896</v>
       </c>
       <c r="F208" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="G208" t="s">
-        <v>1881</v>
+        <v>1898</v>
       </c>
       <c r="H208" t="s">
-        <v>1882</v>
+        <v>1899</v>
       </c>
       <c r="I208" t="s">
-        <v>1883</v>
+        <v>1900</v>
       </c>
       <c r="J208" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K208" t="s">
-        <v>603</v>
+        <v>174</v>
       </c>
       <c r="L208" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="M208" t="s">
-        <v>604</v>
+        <v>175</v>
       </c>
       <c r="N208" t="s">
         <v>27</v>
       </c>
       <c r="O208" t="s">
-        <v>1884</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5354</v>
+        <v>4311</v>
       </c>
       <c r="B209" t="s">
-        <v>1885</v>
+        <v>1902</v>
       </c>
       <c r="C209" t="s">
-        <v>1886</v>
+        <v>1903</v>
       </c>
       <c r="D209" t="s">
-        <v>1887</v>
+        <v>1904</v>
       </c>
       <c r="E209" t="s">
-        <v>1888</v>
+        <v>1905</v>
       </c>
       <c r="F209" t="s">
-        <v>1889</v>
+        <v>1906</v>
       </c>
       <c r="G209" t="s">
-        <v>1890</v>
+        <v>1907</v>
       </c>
       <c r="H209" t="s">
-        <v>1891</v>
+        <v>1908</v>
       </c>
       <c r="I209" t="s">
-        <v>1892</v>
+        <v>1909</v>
       </c>
       <c r="J209" t="s">
         <v>23</v>
       </c>
       <c r="K209" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L209" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M209" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N209" t="s">
         <v>27</v>
       </c>
       <c r="O209" t="s">
-        <v>1893</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5359</v>
+        <v>4314</v>
       </c>
       <c r="B210" t="s">
-        <v>1894</v>
+        <v>1911</v>
       </c>
       <c r="C210" t="s">
-        <v>1895</v>
+        <v>1912</v>
       </c>
       <c r="D210" t="s">
-        <v>1896</v>
+        <v>1913</v>
       </c>
       <c r="E210" t="s">
-        <v>1897</v>
+        <v>1914</v>
       </c>
       <c r="F210" t="s">
-        <v>1898</v>
+        <v>1915</v>
       </c>
       <c r="G210" t="s">
-        <v>1899</v>
+        <v>1916</v>
       </c>
       <c r="H210" t="s">
-        <v>1900</v>
+        <v>1917</v>
       </c>
       <c r="I210" t="s">
-        <v>1901</v>
+        <v>1918</v>
       </c>
       <c r="J210" t="s">
         <v>23</v>
       </c>
       <c r="K210" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L210" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M210" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N210" t="s">
         <v>27</v>
       </c>
       <c r="O210" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5364</v>
+        <v>4316</v>
       </c>
       <c r="B211" t="s">
-        <v>1903</v>
+        <v>1920</v>
       </c>
       <c r="C211" t="s">
-        <v>1904</v>
+        <v>1921</v>
       </c>
       <c r="D211" t="s">
-        <v>1905</v>
+        <v>1922</v>
       </c>
       <c r="E211" t="s">
-        <v>1906</v>
+        <v>1923</v>
       </c>
       <c r="F211" t="s">
-        <v>1907</v>
+        <v>1924</v>
       </c>
       <c r="G211" t="s">
-        <v>1908</v>
+        <v>1925</v>
       </c>
       <c r="H211" t="s">
-        <v>1909</v>
+        <v>1926</v>
       </c>
       <c r="I211" t="s">
-        <v>1910</v>
+        <v>1927</v>
       </c>
       <c r="J211" t="s">
         <v>23</v>
       </c>
       <c r="K211" t="s">
-        <v>24</v>
+        <v>174</v>
       </c>
       <c r="L211" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M211" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="N211" t="s">
         <v>27</v>
       </c>
       <c r="O211" t="s">
-        <v>1911</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5365</v>
+        <v>4318</v>
       </c>
       <c r="B212" t="s">
-        <v>1912</v>
+        <v>1929</v>
       </c>
       <c r="C212" t="s">
-        <v>1913</v>
+        <v>1930</v>
       </c>
       <c r="D212" t="s">
-        <v>1914</v>
+        <v>1931</v>
       </c>
       <c r="E212" t="s">
-        <v>1915</v>
+        <v>1932</v>
       </c>
       <c r="F212" t="s">
-        <v>1916</v>
+        <v>1933</v>
       </c>
       <c r="G212" t="s">
-        <v>1917</v>
+        <v>1934</v>
       </c>
       <c r="H212" t="s">
-        <v>1918</v>
+        <v>1935</v>
       </c>
       <c r="I212" t="s">
-        <v>1919</v>
+        <v>1936</v>
       </c>
       <c r="J212" t="s">
         <v>23</v>
       </c>
       <c r="K212" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L212" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M212" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
-        <v>1920</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5367</v>
+        <v>4319</v>
       </c>
       <c r="B213" t="s">
-        <v>1921</v>
+        <v>1938</v>
       </c>
       <c r="C213" t="s">
-        <v>1922</v>
+        <v>1939</v>
       </c>
       <c r="D213" t="s">
-        <v>1923</v>
+        <v>1940</v>
       </c>
       <c r="E213" t="s">
-        <v>1924</v>
+        <v>1941</v>
       </c>
       <c r="F213" t="s">
-        <v>1925</v>
+        <v>1942</v>
       </c>
       <c r="G213" t="s">
-        <v>1926</v>
+        <v>1943</v>
       </c>
       <c r="H213" t="s">
-        <v>1927</v>
+        <v>1944</v>
       </c>
       <c r="I213" t="s">
-        <v>1928</v>
+        <v>1945</v>
       </c>
       <c r="J213" t="s">
         <v>23</v>
       </c>
       <c r="K213" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L213" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M213" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N213" t="s">
         <v>27</v>
       </c>
       <c r="O213" t="s">
-        <v>1929</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5368</v>
+        <v>4322</v>
       </c>
       <c r="B214" t="s">
-        <v>1930</v>
+        <v>1947</v>
       </c>
       <c r="C214" t="s">
-        <v>1931</v>
+        <v>1948</v>
       </c>
       <c r="D214" t="s">
-        <v>1932</v>
+        <v>1949</v>
       </c>
       <c r="E214" t="s">
-        <v>1933</v>
+        <v>1950</v>
       </c>
       <c r="F214" t="s">
-        <v>1934</v>
+        <v>1951</v>
       </c>
       <c r="G214" t="s">
-        <v>1935</v>
+        <v>1952</v>
       </c>
       <c r="H214" t="s">
-        <v>1936</v>
+        <v>1953</v>
       </c>
       <c r="I214" t="s">
-        <v>1937</v>
+        <v>1954</v>
       </c>
       <c r="J214" t="s">
         <v>23</v>
       </c>
       <c r="K214" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L214" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M214" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N214" t="s">
         <v>27</v>
       </c>
       <c r="O214" t="s">
-        <v>1938</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5372</v>
+        <v>4538</v>
       </c>
       <c r="B215" t="s">
-        <v>1939</v>
+        <v>1956</v>
       </c>
       <c r="C215" t="s">
-        <v>1940</v>
+        <v>1957</v>
       </c>
       <c r="D215" t="s">
-        <v>1941</v>
+        <v>1958</v>
       </c>
       <c r="E215" t="s">
-        <v>1942</v>
+        <v>1959</v>
       </c>
       <c r="F215" t="s">
-        <v>1943</v>
+        <v>1960</v>
       </c>
       <c r="G215" t="s">
-        <v>1944</v>
+        <v>1961</v>
       </c>
       <c r="H215" t="s">
-        <v>1945</v>
+        <v>1962</v>
       </c>
       <c r="I215" t="s">
-        <v>1946</v>
+        <v>1963</v>
       </c>
       <c r="J215" t="s">
         <v>23</v>
       </c>
       <c r="K215" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L215" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M215" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N215" t="s">
         <v>27</v>
       </c>
       <c r="O215" t="s">
-        <v>1947</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5375</v>
+        <v>4549</v>
       </c>
       <c r="B216" t="s">
-        <v>1948</v>
+        <v>1965</v>
       </c>
       <c r="C216" t="s">
-        <v>1949</v>
+        <v>1966</v>
       </c>
       <c r="D216" t="s">
-        <v>1950</v>
+        <v>1967</v>
       </c>
       <c r="E216" t="s">
-        <v>1951</v>
+        <v>1968</v>
       </c>
       <c r="F216" t="s">
-        <v>1952</v>
+        <v>1969</v>
       </c>
       <c r="G216" t="s">
-        <v>1953</v>
+        <v>1970</v>
       </c>
       <c r="H216" t="s">
-        <v>1954</v>
+        <v>1971</v>
       </c>
       <c r="I216" t="s">
-        <v>1955</v>
+        <v>1972</v>
       </c>
       <c r="J216" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K216" t="s">
-        <v>583</v>
+        <v>45</v>
       </c>
       <c r="L216" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="M216" t="s">
-        <v>584</v>
+        <v>47</v>
       </c>
       <c r="N216" t="s">
         <v>27</v>
       </c>
       <c r="O216" t="s">
-        <v>1956</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5382</v>
+        <v>4555</v>
       </c>
       <c r="B217" t="s">
-        <v>1957</v>
+        <v>1974</v>
       </c>
       <c r="C217" t="s">
-        <v>1958</v>
+        <v>1975</v>
       </c>
       <c r="D217" t="s">
-        <v>1959</v>
+        <v>1976</v>
       </c>
       <c r="E217" t="s">
-        <v>1960</v>
+        <v>1977</v>
       </c>
       <c r="F217" t="s">
-        <v>1961</v>
+        <v>1978</v>
       </c>
       <c r="G217" t="s">
-        <v>1962</v>
+        <v>1979</v>
       </c>
       <c r="H217" t="s">
-        <v>1963</v>
+        <v>1980</v>
       </c>
       <c r="I217" t="s">
-        <v>1964</v>
+        <v>1981</v>
       </c>
       <c r="J217" t="s">
         <v>23</v>
       </c>
       <c r="K217" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L217" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M217" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N217" t="s">
         <v>27</v>
       </c>
       <c r="O217" t="s">
-        <v>1965</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5435</v>
+        <v>4556</v>
       </c>
       <c r="B218" t="s">
-        <v>1966</v>
+        <v>1983</v>
       </c>
       <c r="C218" t="s">
-        <v>1967</v>
+        <v>1984</v>
       </c>
       <c r="D218" t="s">
-        <v>1968</v>
+        <v>1985</v>
       </c>
       <c r="E218" t="s">
-        <v>1969</v>
+        <v>1986</v>
       </c>
       <c r="F218" t="s">
-        <v>1970</v>
+        <v>1987</v>
       </c>
       <c r="G218" t="s">
-        <v>1971</v>
+        <v>1988</v>
       </c>
       <c r="H218" t="s">
-        <v>1972</v>
+        <v>1989</v>
       </c>
       <c r="I218" t="s">
-        <v>1973</v>
+        <v>1990</v>
       </c>
       <c r="J218" t="s">
         <v>23</v>
       </c>
       <c r="K218" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L218" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M218" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N218" t="s">
         <v>27</v>
       </c>
       <c r="O218" t="s">
-        <v>1974</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5437</v>
+        <v>4558</v>
       </c>
       <c r="B219" t="s">
-        <v>1975</v>
+        <v>1992</v>
       </c>
       <c r="C219" t="s">
-        <v>1976</v>
+        <v>1993</v>
       </c>
       <c r="D219" t="s">
-        <v>1977</v>
+        <v>1994</v>
       </c>
       <c r="E219" t="s">
-        <v>1978</v>
+        <v>1995</v>
       </c>
       <c r="F219" t="s">
-        <v>1979</v>
+        <v>1996</v>
       </c>
       <c r="G219" t="s">
-        <v>1980</v>
+        <v>1997</v>
       </c>
       <c r="H219" t="s">
-        <v>1981</v>
+        <v>1998</v>
       </c>
       <c r="I219" t="s">
-        <v>1982</v>
+        <v>1999</v>
       </c>
       <c r="J219" t="s">
         <v>23</v>
       </c>
       <c r="K219" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L219" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M219" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N219" t="s">
         <v>27</v>
       </c>
       <c r="O219" t="s">
-        <v>1983</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5439</v>
+        <v>4559</v>
       </c>
       <c r="B220" t="s">
-        <v>1984</v>
+        <v>2001</v>
       </c>
       <c r="C220" t="s">
-        <v>1985</v>
+        <v>2002</v>
       </c>
       <c r="D220" t="s">
-        <v>1986</v>
+        <v>2003</v>
       </c>
       <c r="E220" t="s">
-        <v>1987</v>
+        <v>2004</v>
       </c>
       <c r="F220" t="s">
-        <v>1988</v>
+        <v>2005</v>
       </c>
       <c r="G220" t="s">
-        <v>1989</v>
+        <v>2006</v>
       </c>
       <c r="H220" t="s">
-        <v>1990</v>
+        <v>2007</v>
       </c>
       <c r="I220" t="s">
-        <v>1991</v>
+        <v>2008</v>
       </c>
       <c r="J220" t="s">
         <v>23</v>
       </c>
       <c r="K220" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L220" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M220" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="N220" t="s">
         <v>27</v>
       </c>
       <c r="O220" t="s">
-        <v>1992</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5456</v>
+        <v>4560</v>
       </c>
       <c r="B221" t="s">
-        <v>1993</v>
+        <v>2010</v>
       </c>
       <c r="C221" t="s">
-        <v>1994</v>
+        <v>2011</v>
       </c>
       <c r="D221" t="s">
-        <v>1995</v>
+        <v>2012</v>
       </c>
       <c r="E221" t="s">
-        <v>1996</v>
+        <v>2013</v>
       </c>
       <c r="F221" t="s">
-        <v>1997</v>
+        <v>2014</v>
       </c>
       <c r="G221" t="s">
-        <v>1998</v>
+        <v>2015</v>
       </c>
       <c r="H221" t="s">
-        <v>1999</v>
+        <v>2016</v>
       </c>
       <c r="I221" t="s">
-        <v>2000</v>
+        <v>2017</v>
       </c>
       <c r="J221" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K221" t="s">
-        <v>320</v>
+        <v>45</v>
       </c>
       <c r="L221" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="M221" t="s">
-        <v>322</v>
+        <v>47</v>
       </c>
       <c r="N221" t="s">
         <v>27</v>
       </c>
       <c r="O221" t="s">
-        <v>2001</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5463</v>
+        <v>4563</v>
       </c>
       <c r="B222" t="s">
-        <v>2002</v>
+        <v>2019</v>
       </c>
       <c r="C222" t="s">
-        <v>2003</v>
+        <v>2020</v>
       </c>
       <c r="D222" t="s">
-        <v>2004</v>
+        <v>2021</v>
       </c>
       <c r="E222" t="s">
-        <v>2005</v>
+        <v>2022</v>
       </c>
       <c r="F222" t="s">
-        <v>2006</v>
+        <v>2023</v>
       </c>
       <c r="G222" t="s">
-        <v>2007</v>
+        <v>2024</v>
       </c>
       <c r="H222" t="s">
-        <v>2008</v>
+        <v>2025</v>
+      </c>
+      <c r="I222" t="s">
+        <v>2026</v>
       </c>
       <c r="J222" t="s">
         <v>23</v>
       </c>
       <c r="K222" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L222" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M222" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N222" t="s">
         <v>27</v>
       </c>
       <c r="O222" t="s">
-        <v>2009</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5469</v>
+        <v>4564</v>
       </c>
       <c r="B223" t="s">
-        <v>2010</v>
+        <v>2028</v>
       </c>
       <c r="C223" t="s">
-        <v>2011</v>
+        <v>2029</v>
       </c>
       <c r="D223" t="s">
-        <v>2012</v>
+        <v>2030</v>
       </c>
       <c r="E223" t="s">
-        <v>2013</v>
+        <v>2031</v>
       </c>
       <c r="F223" t="s">
-        <v>2014</v>
+        <v>2032</v>
       </c>
       <c r="G223" t="s">
-        <v>2015</v>
+        <v>2033</v>
       </c>
       <c r="H223" t="s">
-        <v>2016</v>
+        <v>2034</v>
+      </c>
+      <c r="I223" t="s">
+        <v>2035</v>
       </c>
       <c r="J223" t="s">
         <v>23</v>
       </c>
       <c r="K223" t="s">
-        <v>2017</v>
+        <v>1694</v>
       </c>
       <c r="L223" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M223" t="s">
-        <v>2018</v>
+        <v>2036</v>
       </c>
       <c r="N223" t="s">
         <v>27</v>
       </c>
       <c r="O223" t="s">
-        <v>2019</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5472</v>
+        <v>4568</v>
       </c>
       <c r="B224" t="s">
-        <v>2020</v>
+        <v>2038</v>
       </c>
       <c r="C224" t="s">
-        <v>2021</v>
+        <v>2039</v>
       </c>
       <c r="D224" t="s">
-        <v>2022</v>
+        <v>2040</v>
       </c>
       <c r="E224" t="s">
-        <v>2023</v>
+        <v>2041</v>
       </c>
       <c r="F224" t="s">
-        <v>2024</v>
+        <v>2042</v>
       </c>
       <c r="G224" t="s">
-        <v>2025</v>
+        <v>2043</v>
       </c>
       <c r="H224" t="s">
-        <v>2026</v>
+        <v>2044</v>
+      </c>
+      <c r="I224" t="s">
+        <v>2045</v>
       </c>
       <c r="J224" t="s">
         <v>23</v>
       </c>
       <c r="K224" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L224" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M224" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N224" t="s">
         <v>27</v>
       </c>
       <c r="O224" t="s">
-        <v>2027</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5474</v>
+        <v>4704</v>
       </c>
       <c r="B225" t="s">
-        <v>2028</v>
+        <v>2047</v>
       </c>
       <c r="C225" t="s">
-        <v>2029</v>
+        <v>2048</v>
       </c>
       <c r="D225" t="s">
-        <v>2030</v>
+        <v>2049</v>
       </c>
       <c r="E225" t="s">
-        <v>2031</v>
+        <v>2050</v>
       </c>
       <c r="F225" t="s">
-        <v>2032</v>
+        <v>2051</v>
       </c>
       <c r="G225" t="s">
-        <v>2033</v>
+        <v>2052</v>
       </c>
       <c r="H225" t="s">
-        <v>2034</v>
+        <v>2053</v>
       </c>
       <c r="I225" t="s">
-        <v>2035</v>
+        <v>2054</v>
       </c>
       <c r="J225" t="s">
         <v>23</v>
       </c>
       <c r="K225" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L225" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M225" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="N225" t="s">
         <v>27</v>
       </c>
       <c r="O225" t="s">
-        <v>2036</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5475</v>
+        <v>4706</v>
       </c>
       <c r="B226" t="s">
-        <v>2037</v>
+        <v>2056</v>
       </c>
       <c r="C226" t="s">
-        <v>2038</v>
+        <v>2057</v>
       </c>
       <c r="D226" t="s">
-        <v>2039</v>
+        <v>2058</v>
       </c>
       <c r="E226" t="s">
-        <v>2040</v>
+        <v>2059</v>
       </c>
       <c r="F226" t="s">
-        <v>2041</v>
+        <v>2060</v>
       </c>
       <c r="G226" t="s">
-        <v>2042</v>
+        <v>2061</v>
       </c>
       <c r="H226" t="s">
-        <v>2043</v>
+        <v>2062</v>
       </c>
       <c r="I226" t="s">
-        <v>2044</v>
+        <v>2063</v>
       </c>
       <c r="J226" t="s">
         <v>23</v>
       </c>
       <c r="K226" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L226" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M226" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N226" t="s">
         <v>27</v>
       </c>
       <c r="O226" t="s">
-        <v>2045</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5476</v>
+        <v>4709</v>
       </c>
       <c r="B227" t="s">
-        <v>2046</v>
+        <v>2065</v>
       </c>
       <c r="C227" t="s">
-        <v>2047</v>
+        <v>2066</v>
       </c>
       <c r="D227" t="s">
-        <v>2048</v>
+        <v>2067</v>
       </c>
       <c r="E227" t="s">
-        <v>2049</v>
+        <v>2068</v>
       </c>
       <c r="F227" t="s">
-        <v>2050</v>
+        <v>2069</v>
       </c>
       <c r="G227" t="s">
-        <v>2051</v>
+        <v>2070</v>
       </c>
       <c r="H227" t="s">
-        <v>2052</v>
+        <v>2071</v>
       </c>
       <c r="I227" t="s">
-        <v>2053</v>
+        <v>2072</v>
       </c>
       <c r="J227" t="s">
-        <v>2054</v>
+        <v>23</v>
       </c>
       <c r="K227" t="s">
-        <v>1317</v>
+        <v>24</v>
       </c>
       <c r="L227" t="s">
-        <v>2055</v>
+        <v>46</v>
       </c>
       <c r="M227" t="s">
-        <v>1318</v>
+        <v>74</v>
       </c>
       <c r="N227" t="s">
         <v>27</v>
       </c>
       <c r="O227" t="s">
-        <v>2056</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5477</v>
+        <v>4711</v>
       </c>
       <c r="B228" t="s">
-        <v>2057</v>
+        <v>2074</v>
       </c>
       <c r="C228" t="s">
-        <v>2058</v>
+        <v>2075</v>
       </c>
       <c r="D228" t="s">
-        <v>2059</v>
+        <v>2076</v>
       </c>
       <c r="E228" t="s">
-        <v>2058</v>
+        <v>2077</v>
       </c>
       <c r="F228" t="s">
-        <v>2060</v>
+        <v>2078</v>
       </c>
       <c r="G228" t="s">
-        <v>2061</v>
+        <v>2079</v>
       </c>
       <c r="H228" t="s">
-        <v>2062</v>
+        <v>2080</v>
+      </c>
+      <c r="I228" t="s">
+        <v>2081</v>
       </c>
       <c r="J228" t="s">
-        <v>1511</v>
+        <v>2082</v>
       </c>
       <c r="K228" t="s">
-        <v>2063</v>
+        <v>2083</v>
       </c>
       <c r="L228" t="s">
-        <v>1513</v>
+        <v>2084</v>
       </c>
       <c r="M228" t="s">
-        <v>2064</v>
+        <v>2085</v>
       </c>
       <c r="N228" t="s">
         <v>27</v>
       </c>
       <c r="O228" t="s">
-        <v>2065</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5478</v>
+        <v>4714</v>
       </c>
       <c r="B229" t="s">
-        <v>2066</v>
+        <v>2087</v>
       </c>
       <c r="C229" t="s">
-        <v>2067</v>
+        <v>2088</v>
       </c>
       <c r="D229" t="s">
-        <v>2068</v>
+        <v>2089</v>
       </c>
       <c r="E229" t="s">
-        <v>2069</v>
+        <v>2090</v>
       </c>
       <c r="F229" t="s">
-        <v>2070</v>
+        <v>2091</v>
       </c>
       <c r="G229" t="s">
-        <v>2071</v>
+        <v>2092</v>
       </c>
       <c r="H229" t="s">
-        <v>2072</v>
+        <v>2093</v>
       </c>
       <c r="I229" t="s">
-        <v>2073</v>
+        <v>2094</v>
       </c>
       <c r="J229" t="s">
         <v>23</v>
       </c>
       <c r="K229" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L229" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M229" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N229" t="s">
         <v>27</v>
       </c>
       <c r="O229" t="s">
-        <v>2074</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5483</v>
+        <v>4716</v>
       </c>
       <c r="B230" t="s">
-        <v>2075</v>
+        <v>2096</v>
       </c>
       <c r="C230" t="s">
-        <v>2076</v>
+        <v>2097</v>
       </c>
       <c r="D230" t="s">
-        <v>2077</v>
+        <v>2098</v>
       </c>
       <c r="E230" t="s">
-        <v>2078</v>
+        <v>2099</v>
       </c>
       <c r="F230" t="s">
-        <v>2079</v>
+        <v>2100</v>
       </c>
       <c r="G230" t="s">
-        <v>2080</v>
+        <v>2101</v>
       </c>
       <c r="H230" t="s">
-        <v>2081</v>
+        <v>2102</v>
+      </c>
+      <c r="I230" t="s">
+        <v>2103</v>
       </c>
       <c r="J230" t="s">
         <v>23</v>
       </c>
       <c r="K230" t="s">
-        <v>53</v>
+        <v>1269</v>
       </c>
       <c r="L230" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M230" t="s">
-        <v>54</v>
+        <v>1270</v>
       </c>
       <c r="N230" t="s">
         <v>27</v>
       </c>
       <c r="O230" t="s">
-        <v>2082</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5488</v>
+        <v>4717</v>
       </c>
       <c r="B231" t="s">
-        <v>2083</v>
+        <v>2105</v>
       </c>
       <c r="C231" t="s">
-        <v>2084</v>
+        <v>2106</v>
       </c>
       <c r="D231" t="s">
-        <v>2085</v>
+        <v>2107</v>
       </c>
       <c r="E231" t="s">
-        <v>2086</v>
+        <v>2108</v>
       </c>
       <c r="F231" t="s">
-        <v>2087</v>
+        <v>2109</v>
       </c>
       <c r="G231" t="s">
-        <v>2088</v>
+        <v>2110</v>
       </c>
       <c r="H231" t="s">
-        <v>2089</v>
+        <v>2111</v>
+      </c>
+      <c r="I231" t="s">
+        <v>2112</v>
       </c>
       <c r="J231" t="s">
         <v>23</v>
       </c>
       <c r="K231" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L231" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M231" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N231" t="s">
         <v>27</v>
       </c>
       <c r="O231" t="s">
-        <v>2090</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5494</v>
+        <v>4721</v>
       </c>
       <c r="B232" t="s">
-        <v>2091</v>
+        <v>2114</v>
       </c>
       <c r="C232" t="s">
-        <v>2092</v>
+        <v>2115</v>
       </c>
       <c r="D232" t="s">
-        <v>2093</v>
+        <v>2116</v>
       </c>
       <c r="E232" t="s">
-        <v>2094</v>
+        <v>2117</v>
       </c>
       <c r="F232" t="s">
-        <v>2095</v>
+        <v>2118</v>
       </c>
       <c r="G232" t="s">
-        <v>2096</v>
+        <v>2119</v>
       </c>
       <c r="H232" t="s">
-        <v>2097</v>
+        <v>2120</v>
+      </c>
+      <c r="I232" t="s">
+        <v>2121</v>
       </c>
       <c r="J232" t="s">
-        <v>2098</v>
+        <v>23</v>
       </c>
       <c r="K232" t="s">
-        <v>1746</v>
+        <v>1269</v>
       </c>
       <c r="L232" t="s">
-        <v>2099</v>
+        <v>46</v>
       </c>
       <c r="M232" t="s">
-        <v>894</v>
+        <v>1270</v>
       </c>
       <c r="N232" t="s">
         <v>27</v>
       </c>
       <c r="O232" t="s">
-        <v>2100</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5495</v>
+        <v>4722</v>
       </c>
       <c r="B233" t="s">
-        <v>2101</v>
+        <v>2123</v>
       </c>
       <c r="C233" t="s">
-        <v>2102</v>
+        <v>2124</v>
       </c>
       <c r="D233" t="s">
-        <v>2103</v>
+        <v>2125</v>
       </c>
       <c r="E233" t="s">
-        <v>2104</v>
+        <v>2126</v>
       </c>
       <c r="F233" t="s">
-        <v>2105</v>
+        <v>2127</v>
       </c>
       <c r="G233" t="s">
-        <v>2106</v>
+        <v>2128</v>
       </c>
       <c r="H233" t="s">
-        <v>2107</v>
+        <v>2129</v>
+      </c>
+      <c r="I233" t="s">
+        <v>2130</v>
       </c>
       <c r="J233" t="s">
         <v>23</v>
       </c>
       <c r="K233" t="s">
-        <v>156</v>
+        <v>2131</v>
       </c>
       <c r="L233" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M233" t="s">
-        <v>157</v>
+        <v>2132</v>
       </c>
       <c r="N233" t="s">
         <v>27</v>
       </c>
       <c r="O233" t="s">
-        <v>2108</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5496</v>
+        <v>4723</v>
       </c>
       <c r="B234" t="s">
-        <v>2109</v>
+        <v>2134</v>
       </c>
       <c r="C234" t="s">
-        <v>2110</v>
+        <v>2135</v>
       </c>
       <c r="D234" t="s">
-        <v>2111</v>
+        <v>2136</v>
       </c>
       <c r="E234" t="s">
-        <v>2112</v>
+        <v>2137</v>
       </c>
       <c r="F234" t="s">
-        <v>2113</v>
+        <v>2138</v>
       </c>
       <c r="G234" t="s">
-        <v>2114</v>
+        <v>2139</v>
       </c>
       <c r="H234" t="s">
-        <v>2115</v>
+        <v>2140</v>
       </c>
       <c r="I234" t="s">
-        <v>2116</v>
+        <v>2141</v>
       </c>
       <c r="J234" t="s">
         <v>23</v>
       </c>
       <c r="K234" t="s">
-        <v>583</v>
+        <v>2142</v>
       </c>
       <c r="L234" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M234" t="s">
-        <v>584</v>
+        <v>2143</v>
       </c>
       <c r="N234" t="s">
         <v>27</v>
       </c>
       <c r="O234" t="s">
-        <v>2117</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5499</v>
+        <v>4725</v>
       </c>
       <c r="B235" t="s">
-        <v>2118</v>
+        <v>2145</v>
       </c>
       <c r="C235" t="s">
-        <v>2119</v>
+        <v>2146</v>
       </c>
       <c r="D235" t="s">
-        <v>2120</v>
+        <v>2147</v>
       </c>
       <c r="E235" t="s">
-        <v>2121</v>
+        <v>2148</v>
       </c>
       <c r="F235" t="s">
-        <v>2122</v>
+        <v>2149</v>
       </c>
       <c r="G235" t="s">
-        <v>2123</v>
+        <v>2150</v>
       </c>
       <c r="H235" t="s">
-        <v>2124</v>
+        <v>2151</v>
+      </c>
+      <c r="I235" t="s">
+        <v>2152</v>
       </c>
       <c r="J235" t="s">
         <v>23</v>
       </c>
       <c r="K235" t="s">
-        <v>2125</v>
+        <v>45</v>
       </c>
       <c r="L235" t="s">
         <v>25</v>
       </c>
       <c r="M235" t="s">
-        <v>2126</v>
+        <v>603</v>
       </c>
       <c r="N235" t="s">
         <v>27</v>
       </c>
       <c r="O235" t="s">
-        <v>2127</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5500</v>
+        <v>4792</v>
       </c>
       <c r="B236" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="C236" t="s">
-        <v>2129</v>
+        <v>2155</v>
       </c>
       <c r="D236" t="s">
-        <v>2130</v>
+        <v>2156</v>
       </c>
       <c r="E236" t="s">
-        <v>2131</v>
+        <v>2157</v>
       </c>
       <c r="F236" t="s">
-        <v>2132</v>
+        <v>2158</v>
       </c>
       <c r="G236" t="s">
-        <v>2133</v>
+        <v>2159</v>
       </c>
       <c r="H236" t="s">
-        <v>2134</v>
+        <v>2160</v>
+      </c>
+      <c r="I236" t="s">
+        <v>2161</v>
       </c>
       <c r="J236" t="s">
-        <v>2135</v>
+        <v>23</v>
       </c>
       <c r="K236" t="s">
-        <v>2136</v>
+        <v>45</v>
       </c>
       <c r="L236" t="s">
-        <v>2137</v>
+        <v>46</v>
       </c>
       <c r="M236" t="s">
-        <v>2138</v>
+        <v>47</v>
       </c>
       <c r="N236" t="s">
         <v>27</v>
       </c>
       <c r="O236" t="s">
-        <v>2139</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5502</v>
+        <v>4801</v>
       </c>
       <c r="B237" t="s">
-        <v>2140</v>
+        <v>2163</v>
       </c>
       <c r="C237" t="s">
-        <v>2141</v>
+        <v>2164</v>
       </c>
       <c r="D237" t="s">
-        <v>2142</v>
+        <v>2165</v>
       </c>
       <c r="E237" t="s">
-        <v>2143</v>
+        <v>2166</v>
       </c>
       <c r="F237" t="s">
-        <v>2144</v>
+        <v>2167</v>
       </c>
       <c r="G237" t="s">
-        <v>2145</v>
+        <v>2168</v>
       </c>
       <c r="H237" t="s">
-        <v>2146</v>
+        <v>2169</v>
       </c>
       <c r="I237" t="s">
-        <v>2147</v>
+        <v>2170</v>
       </c>
       <c r="J237" t="s">
         <v>23</v>
       </c>
       <c r="K237" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L237" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M237" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N237" t="s">
         <v>27</v>
       </c>
       <c r="O237" t="s">
-        <v>2148</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5504</v>
+        <v>4810</v>
       </c>
       <c r="B238" t="s">
-        <v>2149</v>
+        <v>2172</v>
       </c>
       <c r="C238" t="s">
-        <v>2150</v>
+        <v>2173</v>
       </c>
       <c r="D238" t="s">
-        <v>2151</v>
+        <v>2174</v>
       </c>
       <c r="E238" t="s">
-        <v>2152</v>
+        <v>2175</v>
       </c>
       <c r="F238" t="s">
-        <v>2153</v>
+        <v>2176</v>
       </c>
       <c r="G238" t="s">
-        <v>2154</v>
+        <v>2177</v>
       </c>
       <c r="H238" t="s">
-        <v>2155</v>
+        <v>2178</v>
+      </c>
+      <c r="I238" t="s">
+        <v>2179</v>
       </c>
       <c r="J238" t="s">
         <v>23</v>
       </c>
       <c r="K238" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L238" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M238" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N238" t="s">
         <v>27</v>
       </c>
       <c r="O238" t="s">
-        <v>2156</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5507</v>
+        <v>4811</v>
       </c>
       <c r="B239" t="s">
-        <v>2157</v>
+        <v>2181</v>
       </c>
       <c r="C239" t="s">
-        <v>2158</v>
+        <v>2182</v>
       </c>
       <c r="D239" t="s">
-        <v>2159</v>
+        <v>2183</v>
       </c>
       <c r="E239" t="s">
-        <v>2160</v>
+        <v>2184</v>
       </c>
       <c r="F239" t="s">
-        <v>2161</v>
+        <v>2185</v>
       </c>
       <c r="G239" t="s">
-        <v>2162</v>
+        <v>2186</v>
       </c>
       <c r="H239" t="s">
-        <v>2163</v>
+        <v>2187</v>
       </c>
       <c r="I239" t="s">
-        <v>2164</v>
+        <v>2188</v>
       </c>
       <c r="J239" t="s">
         <v>23</v>
       </c>
       <c r="K239" t="s">
-        <v>53</v>
+        <v>945</v>
       </c>
       <c r="L239" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M239" t="s">
-        <v>54</v>
+        <v>1723</v>
       </c>
       <c r="N239" t="s">
         <v>27</v>
       </c>
       <c r="O239" t="s">
-        <v>2165</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5509</v>
+        <v>4815</v>
       </c>
       <c r="B240" t="s">
-        <v>2166</v>
+        <v>2190</v>
       </c>
       <c r="C240" t="s">
-        <v>2167</v>
+        <v>2191</v>
       </c>
       <c r="D240" t="s">
-        <v>2168</v>
+        <v>2192</v>
       </c>
       <c r="E240" t="s">
-        <v>2169</v>
+        <v>2193</v>
       </c>
       <c r="F240" t="s">
-        <v>2170</v>
+        <v>2194</v>
       </c>
       <c r="G240" t="s">
-        <v>2171</v>
+        <v>2195</v>
       </c>
       <c r="H240" t="s">
-        <v>2172</v>
+        <v>2196</v>
       </c>
       <c r="I240" t="s">
-        <v>2173</v>
+        <v>2197</v>
       </c>
       <c r="J240" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K240" t="s">
-        <v>1317</v>
+        <v>45</v>
       </c>
       <c r="L240" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="M240" t="s">
-        <v>1318</v>
+        <v>47</v>
       </c>
       <c r="N240" t="s">
         <v>27</v>
       </c>
       <c r="O240" t="s">
-        <v>2174</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5511</v>
+        <v>4817</v>
       </c>
       <c r="B241" t="s">
-        <v>2175</v>
+        <v>2199</v>
       </c>
       <c r="C241" t="s">
-        <v>2176</v>
+        <v>2200</v>
       </c>
       <c r="D241" t="s">
-        <v>2177</v>
+        <v>2201</v>
       </c>
       <c r="E241" t="s">
-        <v>2178</v>
+        <v>2202</v>
       </c>
       <c r="F241" t="s">
-        <v>2179</v>
+        <v>2203</v>
       </c>
       <c r="G241" t="s">
-        <v>2180</v>
+        <v>2204</v>
       </c>
       <c r="H241" t="s">
-        <v>2181</v>
+        <v>2205</v>
+      </c>
+      <c r="I241" t="s">
+        <v>2206</v>
       </c>
       <c r="J241" t="s">
         <v>23</v>
       </c>
       <c r="K241" t="s">
-        <v>320</v>
+        <v>45</v>
       </c>
       <c r="L241" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M241" t="s">
-        <v>322</v>
+        <v>47</v>
       </c>
       <c r="N241" t="s">
         <v>27</v>
       </c>
       <c r="O241" t="s">
-        <v>2182</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5512</v>
+        <v>4850</v>
       </c>
       <c r="B242" t="s">
-        <v>2183</v>
+        <v>2208</v>
       </c>
       <c r="C242" t="s">
-        <v>2184</v>
+        <v>2209</v>
       </c>
       <c r="D242" t="s">
-        <v>2185</v>
+        <v>2210</v>
       </c>
       <c r="E242" t="s">
-        <v>2186</v>
+        <v>2211</v>
       </c>
       <c r="F242" t="s">
-        <v>2187</v>
+        <v>2212</v>
       </c>
       <c r="G242" t="s">
-        <v>2188</v>
+        <v>2213</v>
       </c>
       <c r="H242" t="s">
-        <v>2189</v>
+        <v>2214</v>
       </c>
       <c r="I242" t="s">
-        <v>2190</v>
+        <v>2215</v>
       </c>
       <c r="J242" t="s">
         <v>23</v>
       </c>
       <c r="K242" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L242" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M242" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N242" t="s">
         <v>27</v>
       </c>
       <c r="O242" t="s">
-        <v>2191</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5514</v>
+        <v>4928</v>
       </c>
       <c r="B243" t="s">
-        <v>2192</v>
+        <v>2217</v>
       </c>
       <c r="C243" t="s">
-        <v>2193</v>
+        <v>2218</v>
       </c>
       <c r="D243" t="s">
-        <v>2194</v>
+        <v>2219</v>
       </c>
       <c r="E243" t="s">
-        <v>2195</v>
+        <v>2220</v>
       </c>
       <c r="F243" t="s">
-        <v>2196</v>
+        <v>2221</v>
       </c>
       <c r="G243" t="s">
-        <v>2197</v>
+        <v>2222</v>
       </c>
       <c r="H243" t="s">
-        <v>2198</v>
-[...2 lines deleted...]
-        <v>2199</v>
+        <v>2223</v>
       </c>
       <c r="J243" t="s">
         <v>23</v>
       </c>
       <c r="K243" t="s">
-        <v>1239</v>
+        <v>45</v>
       </c>
       <c r="L243" t="s">
         <v>25</v>
       </c>
       <c r="M243" t="s">
-        <v>1240</v>
+        <v>603</v>
       </c>
       <c r="N243" t="s">
         <v>27</v>
       </c>
       <c r="O243" t="s">
-        <v>2200</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5516</v>
+        <v>4935</v>
       </c>
       <c r="B244" t="s">
-        <v>2201</v>
+        <v>2225</v>
       </c>
       <c r="C244" t="s">
-        <v>2202</v>
+        <v>2226</v>
       </c>
       <c r="D244" t="s">
-        <v>2203</v>
+        <v>2227</v>
       </c>
       <c r="E244" t="s">
-        <v>2204</v>
+        <v>2228</v>
       </c>
       <c r="F244" t="s">
-        <v>2205</v>
+        <v>2229</v>
       </c>
       <c r="G244" t="s">
-        <v>2206</v>
+        <v>2230</v>
       </c>
       <c r="H244" t="s">
-        <v>2207</v>
+        <v>2231</v>
       </c>
       <c r="I244" t="s">
-        <v>2208</v>
+        <v>2232</v>
       </c>
       <c r="J244" t="s">
         <v>23</v>
       </c>
       <c r="K244" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L244" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M244" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N244" t="s">
         <v>27</v>
       </c>
       <c r="O244" t="s">
-        <v>2209</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5517</v>
+        <v>4936</v>
       </c>
       <c r="B245" t="s">
-        <v>2210</v>
+        <v>2234</v>
       </c>
       <c r="C245" t="s">
-        <v>2211</v>
+        <v>2235</v>
       </c>
       <c r="D245" t="s">
-        <v>2212</v>
+        <v>2236</v>
       </c>
       <c r="E245" t="s">
-        <v>2213</v>
+        <v>2237</v>
       </c>
       <c r="F245" t="s">
-        <v>2214</v>
+        <v>2238</v>
       </c>
       <c r="G245" t="s">
-        <v>2215</v>
+        <v>2239</v>
       </c>
       <c r="H245" t="s">
-        <v>2216</v>
-[...2 lines deleted...]
-        <v>2217</v>
+        <v>2240</v>
       </c>
       <c r="J245" t="s">
         <v>23</v>
       </c>
       <c r="K245" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L245" t="s">
         <v>25</v>
       </c>
       <c r="M245" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N245" t="s">
         <v>27</v>
       </c>
       <c r="O245" t="s">
-        <v>2218</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5518</v>
+        <v>4938</v>
       </c>
       <c r="B246" t="s">
-        <v>2219</v>
+        <v>2242</v>
       </c>
       <c r="C246" t="s">
-        <v>2220</v>
+        <v>2243</v>
       </c>
       <c r="D246" t="s">
-        <v>2221</v>
+        <v>2244</v>
       </c>
       <c r="E246" t="s">
-        <v>2222</v>
+        <v>2245</v>
       </c>
       <c r="F246" t="s">
-        <v>2223</v>
+        <v>2246</v>
       </c>
       <c r="G246" t="s">
-        <v>2224</v>
+        <v>2247</v>
       </c>
       <c r="H246" t="s">
-        <v>2225</v>
-[...2 lines deleted...]
-        <v>2226</v>
+        <v>2248</v>
       </c>
       <c r="J246" t="s">
         <v>23</v>
       </c>
       <c r="K246" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L246" t="s">
         <v>25</v>
       </c>
       <c r="M246" t="s">
-        <v>54</v>
+        <v>577</v>
       </c>
       <c r="N246" t="s">
         <v>27</v>
       </c>
       <c r="O246" t="s">
-        <v>2227</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5542</v>
+        <v>4939</v>
       </c>
       <c r="B247" t="s">
-        <v>2228</v>
+        <v>2250</v>
       </c>
       <c r="C247" t="s">
-        <v>2229</v>
+        <v>2251</v>
       </c>
       <c r="D247" t="s">
-        <v>2230</v>
+        <v>2252</v>
       </c>
       <c r="E247" t="s">
-        <v>2231</v>
+        <v>2253</v>
       </c>
       <c r="F247" t="s">
-        <v>2232</v>
+        <v>2254</v>
       </c>
       <c r="G247" t="s">
-        <v>2233</v>
+        <v>2255</v>
       </c>
       <c r="H247" t="s">
-        <v>2234</v>
+        <v>2256</v>
+      </c>
+      <c r="I247" t="s">
+        <v>2257</v>
       </c>
       <c r="J247" t="s">
         <v>23</v>
       </c>
       <c r="K247" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L247" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M247" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N247" t="s">
         <v>27</v>
       </c>
       <c r="O247" t="s">
-        <v>2235</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5543</v>
+        <v>4940</v>
       </c>
       <c r="B248" t="s">
-        <v>2236</v>
+        <v>2259</v>
       </c>
       <c r="C248" t="s">
-        <v>2237</v>
+        <v>2260</v>
       </c>
       <c r="D248" t="s">
-        <v>2238</v>
+        <v>2261</v>
       </c>
       <c r="E248" t="s">
-        <v>2239</v>
+        <v>2262</v>
       </c>
       <c r="F248" t="s">
-        <v>2240</v>
+        <v>2263</v>
       </c>
       <c r="G248" t="s">
-        <v>2241</v>
+        <v>2264</v>
       </c>
       <c r="H248" t="s">
-        <v>2242</v>
+        <v>2265</v>
       </c>
       <c r="J248" t="s">
         <v>23</v>
       </c>
       <c r="K248" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L248" t="s">
         <v>25</v>
       </c>
       <c r="M248" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N248" t="s">
         <v>27</v>
       </c>
       <c r="O248" t="s">
-        <v>2243</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5544</v>
+        <v>4943</v>
       </c>
       <c r="B249" t="s">
-        <v>2244</v>
+        <v>2267</v>
       </c>
       <c r="C249" t="s">
-        <v>2245</v>
+        <v>2268</v>
       </c>
       <c r="D249" t="s">
-        <v>2246</v>
+        <v>2269</v>
       </c>
       <c r="E249" t="s">
-        <v>2247</v>
+        <v>2270</v>
       </c>
       <c r="F249" t="s">
-        <v>2248</v>
+        <v>2271</v>
       </c>
       <c r="G249" t="s">
-        <v>2249</v>
+        <v>2272</v>
       </c>
       <c r="H249" t="s">
-        <v>2250</v>
+        <v>2273</v>
       </c>
       <c r="J249" t="s">
         <v>23</v>
       </c>
       <c r="K249" t="s">
-        <v>156</v>
+        <v>485</v>
       </c>
       <c r="L249" t="s">
         <v>25</v>
       </c>
       <c r="M249" t="s">
-        <v>157</v>
+        <v>2274</v>
       </c>
       <c r="N249" t="s">
         <v>27</v>
       </c>
       <c r="O249" t="s">
-        <v>2251</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5545</v>
+        <v>4947</v>
       </c>
       <c r="B250" t="s">
-        <v>2252</v>
+        <v>2276</v>
       </c>
       <c r="C250" t="s">
-        <v>2253</v>
+        <v>2277</v>
       </c>
       <c r="D250" t="s">
-        <v>2254</v>
+        <v>2278</v>
       </c>
       <c r="E250" t="s">
-        <v>2255</v>
+        <v>2279</v>
       </c>
       <c r="F250" t="s">
-        <v>2256</v>
+        <v>2280</v>
       </c>
       <c r="G250" t="s">
-        <v>2257</v>
+        <v>2281</v>
       </c>
       <c r="H250" t="s">
-        <v>2258</v>
+        <v>2282</v>
       </c>
       <c r="I250" t="s">
-        <v>2259</v>
+        <v>2283</v>
       </c>
       <c r="J250" t="s">
         <v>23</v>
       </c>
       <c r="K250" t="s">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="L250" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M250" t="s">
-        <v>157</v>
+        <v>74</v>
       </c>
       <c r="N250" t="s">
         <v>27</v>
       </c>
       <c r="O250" t="s">
-        <v>2260</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5657</v>
+        <v>4950</v>
       </c>
       <c r="B251" t="s">
-        <v>2261</v>
+        <v>2285</v>
       </c>
       <c r="C251" t="s">
-        <v>2262</v>
+        <v>2286</v>
       </c>
       <c r="D251" t="s">
-        <v>2263</v>
+        <v>2287</v>
       </c>
       <c r="E251" t="s">
-        <v>2264</v>
+        <v>2288</v>
       </c>
       <c r="F251" t="s">
-        <v>2265</v>
+        <v>2289</v>
       </c>
       <c r="G251" t="s">
-        <v>2266</v>
+        <v>2290</v>
       </c>
       <c r="H251" t="s">
-        <v>2267</v>
+        <v>2291</v>
       </c>
       <c r="I251" t="s">
-        <v>2268</v>
+        <v>2292</v>
       </c>
       <c r="J251" t="s">
         <v>23</v>
       </c>
       <c r="K251" t="s">
-        <v>53</v>
+        <v>945</v>
       </c>
       <c r="L251" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M251" t="s">
-        <v>54</v>
+        <v>1723</v>
       </c>
       <c r="N251" t="s">
         <v>27</v>
       </c>
       <c r="O251" t="s">
-        <v>2269</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5732</v>
+        <v>4952</v>
       </c>
       <c r="B252" t="s">
-        <v>2270</v>
+        <v>2294</v>
       </c>
       <c r="C252" t="s">
-        <v>2271</v>
+        <v>2295</v>
       </c>
       <c r="D252" t="s">
-        <v>2272</v>
+        <v>2296</v>
       </c>
       <c r="E252" t="s">
-        <v>2271</v>
+        <v>2297</v>
       </c>
       <c r="F252" t="s">
-        <v>2273</v>
+        <v>2298</v>
       </c>
       <c r="G252" t="s">
-        <v>2274</v>
+        <v>2299</v>
       </c>
       <c r="H252" t="s">
-        <v>2275</v>
+        <v>2300</v>
       </c>
       <c r="J252" t="s">
         <v>23</v>
       </c>
       <c r="K252" t="s">
-        <v>156</v>
+        <v>2301</v>
       </c>
       <c r="L252" t="s">
         <v>25</v>
       </c>
       <c r="M252" t="s">
-        <v>157</v>
+        <v>2302</v>
       </c>
       <c r="N252" t="s">
         <v>27</v>
       </c>
       <c r="O252" t="s">
-        <v>2276</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5733</v>
+        <v>4956</v>
       </c>
       <c r="B253" t="s">
-        <v>2277</v>
+        <v>2304</v>
       </c>
       <c r="C253" t="s">
-        <v>2278</v>
+        <v>2305</v>
       </c>
       <c r="D253" t="s">
-        <v>2279</v>
+        <v>2306</v>
       </c>
       <c r="E253" t="s">
-        <v>2280</v>
+        <v>2307</v>
       </c>
       <c r="F253" t="s">
-        <v>2281</v>
+        <v>2308</v>
       </c>
       <c r="G253" t="s">
-        <v>2282</v>
+        <v>2309</v>
       </c>
       <c r="H253" t="s">
-        <v>2283</v>
-[...2 lines deleted...]
-        <v>2284</v>
+        <v>2310</v>
       </c>
       <c r="J253" t="s">
         <v>23</v>
       </c>
       <c r="K253" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L253" t="s">
         <v>25</v>
       </c>
       <c r="M253" t="s">
-        <v>26</v>
+        <v>603</v>
       </c>
       <c r="N253" t="s">
         <v>27</v>
       </c>
       <c r="O253" t="s">
-        <v>2285</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5735</v>
+        <v>4958</v>
       </c>
       <c r="B254" t="s">
-        <v>2286</v>
+        <v>2312</v>
       </c>
       <c r="C254" t="s">
-        <v>2287</v>
+        <v>2313</v>
       </c>
       <c r="D254" t="s">
-        <v>2288</v>
+        <v>2314</v>
       </c>
       <c r="E254" t="s">
-        <v>2289</v>
+        <v>2315</v>
       </c>
       <c r="F254" t="s">
-        <v>2290</v>
+        <v>2316</v>
       </c>
       <c r="G254" t="s">
-        <v>2291</v>
+        <v>2317</v>
       </c>
       <c r="H254" t="s">
-        <v>2292</v>
+        <v>2318</v>
+      </c>
+      <c r="I254" t="s">
+        <v>2319</v>
       </c>
       <c r="J254" t="s">
         <v>23</v>
       </c>
       <c r="K254" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L254" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M254" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N254" t="s">
         <v>27</v>
       </c>
       <c r="O254" t="s">
-        <v>2293</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5738</v>
+        <v>4965</v>
       </c>
       <c r="B255" t="s">
-        <v>2294</v>
+        <v>2321</v>
       </c>
       <c r="C255" t="s">
-        <v>2295</v>
+        <v>2322</v>
       </c>
       <c r="D255" t="s">
-        <v>2296</v>
+        <v>2323</v>
       </c>
       <c r="E255" t="s">
-        <v>2297</v>
+        <v>2324</v>
       </c>
       <c r="F255" t="s">
-        <v>2298</v>
+        <v>2325</v>
       </c>
       <c r="G255" t="s">
-        <v>2299</v>
+        <v>2326</v>
       </c>
       <c r="H255" t="s">
-        <v>2300</v>
+        <v>2327</v>
+      </c>
+      <c r="I255" t="s">
+        <v>2328</v>
       </c>
       <c r="J255" t="s">
         <v>23</v>
       </c>
       <c r="K255" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L255" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M255" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N255" t="s">
         <v>27</v>
       </c>
       <c r="O255" t="s">
-        <v>2301</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5789</v>
+        <v>4971</v>
       </c>
       <c r="B256" t="s">
-        <v>2302</v>
+        <v>2330</v>
       </c>
       <c r="C256" t="s">
-        <v>2303</v>
+        <v>2331</v>
       </c>
       <c r="D256" t="s">
-        <v>2304</v>
+        <v>2332</v>
       </c>
       <c r="E256" t="s">
-        <v>2305</v>
+        <v>2333</v>
       </c>
       <c r="F256" t="s">
-        <v>2306</v>
+        <v>2334</v>
       </c>
       <c r="G256" t="s">
-        <v>2307</v>
+        <v>2335</v>
       </c>
       <c r="H256" t="s">
-        <v>2308</v>
+        <v>2336</v>
       </c>
       <c r="J256" t="s">
         <v>23</v>
       </c>
       <c r="K256" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L256" t="s">
         <v>25</v>
       </c>
       <c r="M256" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N256" t="s">
         <v>27</v>
       </c>
       <c r="O256" t="s">
-        <v>2309</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5792</v>
+        <v>5020</v>
       </c>
       <c r="B257" t="s">
-        <v>2310</v>
+        <v>2338</v>
       </c>
       <c r="C257" t="s">
-        <v>2311</v>
+        <v>2339</v>
       </c>
       <c r="D257" t="s">
-        <v>2312</v>
+        <v>2340</v>
       </c>
       <c r="E257" t="s">
-        <v>2313</v>
+        <v>2341</v>
       </c>
       <c r="F257" t="s">
-        <v>2314</v>
+        <v>2342</v>
       </c>
       <c r="G257" t="s">
-        <v>2315</v>
+        <v>2343</v>
       </c>
       <c r="H257" t="s">
-        <v>2316</v>
-[...2 lines deleted...]
-        <v>2317</v>
+        <v>2344</v>
       </c>
       <c r="J257" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K257" t="s">
-        <v>509</v>
+        <v>174</v>
       </c>
       <c r="L257" t="s">
-        <v>321</v>
+        <v>25</v>
       </c>
       <c r="M257" t="s">
-        <v>510</v>
+        <v>577</v>
       </c>
       <c r="N257" t="s">
         <v>27</v>
       </c>
       <c r="O257" t="s">
-        <v>2318</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5794</v>
+        <v>5024</v>
       </c>
       <c r="B258" t="s">
-        <v>2319</v>
+        <v>2346</v>
       </c>
       <c r="C258" t="s">
-        <v>2320</v>
+        <v>2347</v>
       </c>
       <c r="D258" t="s">
-        <v>2321</v>
+        <v>2348</v>
       </c>
       <c r="E258" t="s">
-        <v>2322</v>
+        <v>2349</v>
       </c>
       <c r="F258" t="s">
-        <v>2323</v>
+        <v>2350</v>
       </c>
       <c r="G258" t="s">
-        <v>2324</v>
+        <v>2351</v>
       </c>
       <c r="H258" t="s">
-        <v>2325</v>
-[...2 lines deleted...]
-        <v>2326</v>
+        <v>2352</v>
       </c>
       <c r="J258" t="s">
         <v>23</v>
       </c>
       <c r="K258" t="s">
-        <v>156</v>
+        <v>2353</v>
       </c>
       <c r="L258" t="s">
         <v>25</v>
       </c>
       <c r="M258" t="s">
-        <v>157</v>
+        <v>1353</v>
       </c>
       <c r="N258" t="s">
         <v>27</v>
       </c>
       <c r="O258" t="s">
-        <v>2327</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5795</v>
+        <v>5035</v>
       </c>
       <c r="B259" t="s">
-        <v>2328</v>
+        <v>2355</v>
       </c>
       <c r="C259" t="s">
-        <v>2329</v>
+        <v>2356</v>
       </c>
       <c r="D259" t="s">
-        <v>2330</v>
+        <v>2357</v>
       </c>
       <c r="E259" t="s">
-        <v>2331</v>
+        <v>2358</v>
       </c>
       <c r="F259" t="s">
-        <v>2332</v>
+        <v>2359</v>
       </c>
       <c r="G259" t="s">
-        <v>2333</v>
+        <v>2360</v>
       </c>
       <c r="H259" t="s">
-        <v>2334</v>
+        <v>2361</v>
       </c>
       <c r="J259" t="s">
         <v>23</v>
       </c>
       <c r="K259" t="s">
-        <v>24</v>
+        <v>813</v>
       </c>
       <c r="L259" t="s">
         <v>25</v>
       </c>
       <c r="M259" t="s">
-        <v>26</v>
+        <v>2362</v>
       </c>
       <c r="N259" t="s">
         <v>27</v>
       </c>
       <c r="O259" t="s">
-        <v>2335</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5796</v>
+        <v>5036</v>
       </c>
       <c r="B260" t="s">
-        <v>2336</v>
+        <v>2364</v>
       </c>
       <c r="C260" t="s">
-        <v>2337</v>
+        <v>2365</v>
       </c>
       <c r="D260" t="s">
-        <v>2338</v>
+        <v>2366</v>
       </c>
       <c r="E260" t="s">
-        <v>2339</v>
+        <v>2367</v>
       </c>
       <c r="F260" t="s">
-        <v>2340</v>
+        <v>2368</v>
       </c>
       <c r="G260" t="s">
-        <v>2341</v>
+        <v>2369</v>
       </c>
       <c r="H260" t="s">
-        <v>2342</v>
-[...2 lines deleted...]
-        <v>2343</v>
+        <v>2370</v>
       </c>
       <c r="J260" t="s">
         <v>23</v>
       </c>
       <c r="K260" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L260" t="s">
         <v>25</v>
       </c>
       <c r="M260" t="s">
-        <v>157</v>
+        <v>577</v>
       </c>
       <c r="N260" t="s">
         <v>27</v>
       </c>
       <c r="O260" t="s">
-        <v>2344</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5797</v>
+        <v>5037</v>
       </c>
       <c r="B261" t="s">
-        <v>2345</v>
+        <v>2372</v>
       </c>
       <c r="C261" t="s">
-        <v>2346</v>
+        <v>2373</v>
       </c>
       <c r="D261" t="s">
-        <v>2347</v>
+        <v>2374</v>
       </c>
       <c r="E261" t="s">
-        <v>2348</v>
+        <v>2375</v>
       </c>
       <c r="F261" t="s">
-        <v>2349</v>
+        <v>2376</v>
       </c>
       <c r="G261" t="s">
-        <v>2350</v>
+        <v>2377</v>
       </c>
       <c r="H261" t="s">
-        <v>2351</v>
+        <v>2378</v>
+      </c>
+      <c r="I261" t="s">
+        <v>2379</v>
       </c>
       <c r="J261" t="s">
         <v>23</v>
       </c>
       <c r="K261" t="s">
-        <v>2352</v>
+        <v>174</v>
       </c>
       <c r="L261" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M261" t="s">
-        <v>838</v>
+        <v>175</v>
       </c>
       <c r="N261" t="s">
         <v>27</v>
       </c>
       <c r="O261" t="s">
-        <v>2353</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5798</v>
+        <v>5273</v>
       </c>
       <c r="B262" t="s">
-        <v>2354</v>
+        <v>2381</v>
       </c>
       <c r="C262" t="s">
-        <v>2355</v>
+        <v>2382</v>
       </c>
       <c r="D262" t="s">
-        <v>2356</v>
+        <v>2383</v>
       </c>
       <c r="E262" t="s">
-        <v>2357</v>
+        <v>2384</v>
       </c>
       <c r="F262" t="s">
-        <v>2358</v>
+        <v>2385</v>
       </c>
       <c r="G262" t="s">
-        <v>2359</v>
+        <v>2386</v>
       </c>
       <c r="H262" t="s">
-        <v>2360</v>
+        <v>2387</v>
       </c>
       <c r="I262" t="s">
-        <v>2361</v>
+        <v>2388</v>
       </c>
       <c r="J262" t="s">
         <v>23</v>
       </c>
       <c r="K262" t="s">
-        <v>156</v>
+        <v>2389</v>
       </c>
       <c r="L262" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M262" t="s">
-        <v>157</v>
+        <v>2390</v>
       </c>
       <c r="N262" t="s">
         <v>27</v>
       </c>
       <c r="O262" t="s">
-        <v>2362</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5799</v>
+        <v>5326</v>
       </c>
       <c r="B263" t="s">
-        <v>2363</v>
+        <v>2392</v>
       </c>
       <c r="C263" t="s">
-        <v>2364</v>
+        <v>2393</v>
       </c>
       <c r="D263" t="s">
-        <v>2365</v>
+        <v>2394</v>
       </c>
       <c r="E263" t="s">
-        <v>2366</v>
+        <v>2395</v>
       </c>
       <c r="F263" t="s">
-        <v>2367</v>
+        <v>2396</v>
       </c>
       <c r="G263" t="s">
-        <v>2368</v>
+        <v>2397</v>
       </c>
       <c r="H263" t="s">
-        <v>2369</v>
+        <v>2398</v>
       </c>
       <c r="I263" t="s">
-        <v>2370</v>
+        <v>2399</v>
       </c>
       <c r="J263" t="s">
-        <v>1511</v>
+        <v>23</v>
       </c>
       <c r="K263" t="s">
-        <v>603</v>
+        <v>174</v>
       </c>
       <c r="L263" t="s">
-        <v>1513</v>
+        <v>46</v>
       </c>
       <c r="M263" t="s">
-        <v>604</v>
+        <v>175</v>
       </c>
       <c r="N263" t="s">
         <v>27</v>
       </c>
       <c r="O263" t="s">
-        <v>2371</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5800</v>
+        <v>5330</v>
       </c>
       <c r="B264" t="s">
-        <v>2372</v>
+        <v>2401</v>
       </c>
       <c r="C264" t="s">
-        <v>2373</v>
+        <v>2402</v>
       </c>
       <c r="D264" t="s">
-        <v>2374</v>
+        <v>2403</v>
       </c>
       <c r="E264" t="s">
-        <v>2375</v>
+        <v>2404</v>
       </c>
       <c r="F264" t="s">
-        <v>2376</v>
+        <v>2405</v>
       </c>
       <c r="G264" t="s">
-        <v>2377</v>
+        <v>2406</v>
       </c>
       <c r="H264" t="s">
-        <v>2378</v>
+        <v>2407</v>
+      </c>
+      <c r="I264" t="s">
+        <v>2408</v>
       </c>
       <c r="J264" t="s">
         <v>23</v>
       </c>
       <c r="K264" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L264" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M264" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N264" t="s">
         <v>27</v>
       </c>
       <c r="O264" t="s">
-        <v>2379</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5801</v>
+        <v>5331</v>
       </c>
       <c r="B265" t="s">
-        <v>2380</v>
+        <v>2410</v>
       </c>
       <c r="C265" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="D265" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="E265" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="F265" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="G265" t="s">
-        <v>2385</v>
+        <v>2415</v>
       </c>
       <c r="H265" t="s">
-        <v>2386</v>
+        <v>2416</v>
+      </c>
+      <c r="I265" t="s">
+        <v>2417</v>
       </c>
       <c r="J265" t="s">
         <v>23</v>
       </c>
       <c r="K265" t="s">
         <v>24</v>
       </c>
       <c r="L265" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M265" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="N265" t="s">
         <v>27</v>
       </c>
       <c r="O265" t="s">
-        <v>2387</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5802</v>
+        <v>5332</v>
       </c>
       <c r="B266" t="s">
-        <v>2388</v>
+        <v>2419</v>
       </c>
       <c r="C266" t="s">
-        <v>2389</v>
+        <v>2420</v>
       </c>
       <c r="D266" t="s">
-        <v>2390</v>
+        <v>2421</v>
       </c>
       <c r="E266" t="s">
-        <v>2391</v>
+        <v>2422</v>
       </c>
       <c r="F266" t="s">
-        <v>2392</v>
+        <v>2423</v>
       </c>
       <c r="G266" t="s">
-        <v>2393</v>
+        <v>2424</v>
       </c>
       <c r="H266" t="s">
-        <v>2394</v>
+        <v>2425</v>
+      </c>
+      <c r="I266" t="s">
+        <v>2426</v>
       </c>
       <c r="J266" t="s">
         <v>23</v>
       </c>
       <c r="K266" t="s">
-        <v>320</v>
+        <v>45</v>
       </c>
       <c r="L266" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M266" t="s">
-        <v>322</v>
+        <v>47</v>
       </c>
       <c r="N266" t="s">
         <v>27</v>
       </c>
       <c r="O266" t="s">
-        <v>2395</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5803</v>
+        <v>5333</v>
       </c>
       <c r="B267" t="s">
-        <v>2396</v>
+        <v>2428</v>
       </c>
       <c r="C267" t="s">
-        <v>2397</v>
+        <v>2429</v>
       </c>
       <c r="D267" t="s">
-        <v>2398</v>
+        <v>2430</v>
       </c>
       <c r="E267" t="s">
-        <v>2399</v>
+        <v>2431</v>
       </c>
       <c r="F267" t="s">
-        <v>2400</v>
+        <v>2432</v>
       </c>
       <c r="G267" t="s">
-        <v>2401</v>
+        <v>2433</v>
       </c>
       <c r="H267" t="s">
-        <v>2402</v>
+        <v>2434</v>
       </c>
       <c r="I267" t="s">
-        <v>2403</v>
+        <v>2435</v>
       </c>
       <c r="J267" t="s">
         <v>23</v>
       </c>
       <c r="K267" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L267" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M267" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N267" t="s">
         <v>27</v>
       </c>
       <c r="O267" t="s">
-        <v>2404</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5804</v>
+        <v>5335</v>
       </c>
       <c r="B268" t="s">
-        <v>2405</v>
+        <v>2437</v>
       </c>
       <c r="C268" t="s">
-        <v>2406</v>
+        <v>2438</v>
       </c>
       <c r="D268" t="s">
-        <v>2407</v>
+        <v>2439</v>
       </c>
       <c r="E268" t="s">
-        <v>2408</v>
+        <v>2440</v>
       </c>
       <c r="F268" t="s">
-        <v>2409</v>
+        <v>2441</v>
       </c>
       <c r="G268" t="s">
-        <v>2410</v>
+        <v>2442</v>
       </c>
       <c r="H268" t="s">
-        <v>2411</v>
+        <v>2443</v>
+      </c>
+      <c r="I268" t="s">
+        <v>2444</v>
       </c>
       <c r="J268" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K268" t="s">
-        <v>476</v>
+        <v>45</v>
       </c>
       <c r="L268" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="M268" t="s">
-        <v>477</v>
+        <v>47</v>
       </c>
       <c r="N268" t="s">
         <v>27</v>
       </c>
       <c r="O268" t="s">
-        <v>2412</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5805</v>
+        <v>5338</v>
       </c>
       <c r="B269" t="s">
-        <v>2413</v>
+        <v>2446</v>
       </c>
       <c r="C269" t="s">
-        <v>2414</v>
+        <v>2447</v>
       </c>
       <c r="D269" t="s">
-        <v>2415</v>
+        <v>2448</v>
       </c>
       <c r="E269" t="s">
-        <v>2416</v>
+        <v>2449</v>
       </c>
       <c r="F269" t="s">
-        <v>2417</v>
+        <v>2450</v>
       </c>
       <c r="G269" t="s">
-        <v>2418</v>
+        <v>2451</v>
       </c>
       <c r="H269" t="s">
-        <v>2419</v>
-[...2 lines deleted...]
-        <v>2420</v>
+        <v>2452</v>
       </c>
       <c r="J269" t="s">
         <v>23</v>
       </c>
       <c r="K269" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L269" t="s">
         <v>25</v>
       </c>
       <c r="M269" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N269" t="s">
         <v>27</v>
       </c>
       <c r="O269" t="s">
-        <v>2421</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5807</v>
+        <v>5344</v>
       </c>
       <c r="B270" t="s">
-        <v>2422</v>
+        <v>2454</v>
       </c>
       <c r="C270" t="s">
-        <v>2423</v>
+        <v>2455</v>
       </c>
       <c r="D270" t="s">
-        <v>2424</v>
+        <v>2456</v>
       </c>
       <c r="E270" t="s">
-        <v>2425</v>
+        <v>2457</v>
       </c>
       <c r="F270" t="s">
-        <v>2426</v>
+        <v>2458</v>
       </c>
       <c r="G270" t="s">
-        <v>2427</v>
+        <v>2459</v>
       </c>
       <c r="H270" t="s">
-        <v>2428</v>
+        <v>2460</v>
+      </c>
+      <c r="I270" t="s">
+        <v>2461</v>
       </c>
       <c r="J270" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K270" t="s">
-        <v>156</v>
+        <v>2462</v>
       </c>
       <c r="L270" t="s">
-        <v>25</v>
+        <v>1711</v>
       </c>
       <c r="M270" t="s">
-        <v>157</v>
+        <v>2463</v>
       </c>
       <c r="N270" t="s">
         <v>27</v>
       </c>
       <c r="O270" t="s">
-        <v>2429</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5811</v>
+        <v>5346</v>
       </c>
       <c r="B271" t="s">
-        <v>2430</v>
+        <v>2465</v>
       </c>
       <c r="C271" t="s">
-        <v>2431</v>
+        <v>2466</v>
       </c>
       <c r="D271" t="s">
-        <v>2432</v>
+        <v>2467</v>
       </c>
       <c r="E271" t="s">
-        <v>2433</v>
+        <v>2468</v>
       </c>
       <c r="F271" t="s">
-        <v>2434</v>
+        <v>2469</v>
       </c>
       <c r="G271" t="s">
-        <v>2435</v>
+        <v>2470</v>
       </c>
       <c r="H271" t="s">
-        <v>2436</v>
+        <v>2471</v>
       </c>
       <c r="I271" t="s">
-        <v>2437</v>
+        <v>2472</v>
       </c>
       <c r="J271" t="s">
         <v>23</v>
       </c>
       <c r="K271" t="s">
-        <v>53</v>
+        <v>2473</v>
       </c>
       <c r="L271" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M271" t="s">
-        <v>54</v>
+        <v>2474</v>
       </c>
       <c r="N271" t="s">
         <v>27</v>
       </c>
       <c r="O271" t="s">
-        <v>2438</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5817</v>
+        <v>5347</v>
       </c>
       <c r="B272" t="s">
-        <v>2439</v>
+        <v>2476</v>
       </c>
       <c r="C272" t="s">
-        <v>2440</v>
+        <v>2477</v>
       </c>
       <c r="D272" t="s">
-        <v>2441</v>
+        <v>2478</v>
       </c>
       <c r="E272" t="s">
-        <v>2442</v>
+        <v>2479</v>
       </c>
       <c r="F272" t="s">
-        <v>2443</v>
+        <v>2480</v>
       </c>
       <c r="G272" t="s">
-        <v>2444</v>
+        <v>2481</v>
       </c>
       <c r="H272" t="s">
-        <v>2445</v>
+        <v>2482</v>
+      </c>
+      <c r="I272" t="s">
+        <v>2483</v>
       </c>
       <c r="J272" t="s">
         <v>23</v>
       </c>
       <c r="K272" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L272" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M272" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N272" t="s">
         <v>27</v>
       </c>
       <c r="O272" t="s">
-        <v>2446</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5822</v>
+        <v>5348</v>
       </c>
       <c r="B273" t="s">
-        <v>2447</v>
+        <v>2485</v>
       </c>
       <c r="C273" t="s">
-        <v>2448</v>
+        <v>2486</v>
       </c>
       <c r="D273" t="s">
-        <v>2449</v>
+        <v>2487</v>
       </c>
       <c r="E273" t="s">
-        <v>2450</v>
+        <v>2488</v>
       </c>
       <c r="F273" t="s">
-        <v>2451</v>
+        <v>2489</v>
       </c>
       <c r="G273" t="s">
-        <v>2452</v>
+        <v>2490</v>
       </c>
       <c r="H273" t="s">
-        <v>2453</v>
+        <v>2491</v>
+      </c>
+      <c r="I273" t="s">
+        <v>2492</v>
       </c>
       <c r="J273" t="s">
         <v>23</v>
       </c>
       <c r="K273" t="s">
-        <v>1317</v>
+        <v>174</v>
       </c>
       <c r="L273" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M273" t="s">
-        <v>2454</v>
+        <v>175</v>
       </c>
       <c r="N273" t="s">
         <v>27</v>
       </c>
       <c r="O273" t="s">
-        <v>2455</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5830</v>
+        <v>5351</v>
       </c>
       <c r="B274" t="s">
-        <v>2456</v>
+        <v>2494</v>
       </c>
       <c r="C274" t="s">
-        <v>2457</v>
+        <v>2495</v>
       </c>
       <c r="D274" t="s">
-        <v>2458</v>
+        <v>2496</v>
       </c>
       <c r="E274" t="s">
-        <v>2459</v>
+        <v>2497</v>
       </c>
       <c r="F274" t="s">
-        <v>2460</v>
+        <v>2498</v>
       </c>
       <c r="G274" t="s">
-        <v>2461</v>
+        <v>2499</v>
       </c>
       <c r="H274" t="s">
-        <v>2462</v>
+        <v>2500</v>
       </c>
       <c r="I274" t="s">
-        <v>2463</v>
+        <v>2501</v>
       </c>
       <c r="J274" t="s">
         <v>23</v>
       </c>
       <c r="K274" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L274" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M274" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N274" t="s">
         <v>27</v>
       </c>
       <c r="O274" t="s">
-        <v>2464</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5845</v>
+        <v>5353</v>
       </c>
       <c r="B275" t="s">
-        <v>2465</v>
+        <v>2503</v>
       </c>
       <c r="C275" t="s">
-        <v>2466</v>
+        <v>2504</v>
       </c>
       <c r="D275" t="s">
-        <v>2467</v>
+        <v>2505</v>
       </c>
       <c r="E275" t="s">
-        <v>2468</v>
+        <v>2506</v>
       </c>
       <c r="F275" t="s">
-        <v>2469</v>
+        <v>2507</v>
       </c>
       <c r="G275" t="s">
-        <v>2470</v>
+        <v>2508</v>
       </c>
       <c r="H275" t="s">
-        <v>2471</v>
+        <v>2509</v>
+      </c>
+      <c r="I275" t="s">
+        <v>2510</v>
       </c>
       <c r="J275" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K275" t="s">
-        <v>53</v>
+        <v>956</v>
       </c>
       <c r="L275" t="s">
-        <v>25</v>
+        <v>447</v>
       </c>
       <c r="M275" t="s">
-        <v>54</v>
+        <v>957</v>
       </c>
       <c r="N275" t="s">
         <v>27</v>
       </c>
       <c r="O275" t="s">
-        <v>2472</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5846</v>
+        <v>5354</v>
       </c>
       <c r="B276" t="s">
-        <v>2473</v>
+        <v>2512</v>
       </c>
       <c r="C276" t="s">
-        <v>2474</v>
+        <v>2513</v>
       </c>
       <c r="D276" t="s">
-        <v>2475</v>
+        <v>2514</v>
       </c>
       <c r="E276" t="s">
-        <v>2476</v>
+        <v>2515</v>
       </c>
       <c r="F276" t="s">
-        <v>2477</v>
+        <v>2516</v>
       </c>
       <c r="G276" t="s">
-        <v>2478</v>
+        <v>2517</v>
       </c>
       <c r="H276" t="s">
-        <v>2479</v>
+        <v>2518</v>
+      </c>
+      <c r="I276" t="s">
+        <v>2519</v>
       </c>
       <c r="J276" t="s">
         <v>23</v>
       </c>
       <c r="K276" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L276" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M276" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N276" t="s">
         <v>27</v>
       </c>
       <c r="O276" t="s">
-        <v>2480</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5856</v>
+        <v>5359</v>
       </c>
       <c r="B277" t="s">
-        <v>2481</v>
+        <v>2521</v>
       </c>
       <c r="C277" t="s">
-        <v>2482</v>
+        <v>2522</v>
       </c>
       <c r="D277" t="s">
-        <v>2483</v>
+        <v>2523</v>
       </c>
       <c r="E277" t="s">
-        <v>2484</v>
+        <v>2524</v>
       </c>
       <c r="F277" t="s">
-        <v>2485</v>
+        <v>2525</v>
       </c>
       <c r="G277" t="s">
-        <v>2486</v>
+        <v>2526</v>
       </c>
       <c r="H277" t="s">
-        <v>2487</v>
+        <v>2527</v>
+      </c>
+      <c r="I277" t="s">
+        <v>2528</v>
       </c>
       <c r="J277" t="s">
         <v>23</v>
       </c>
       <c r="K277" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L277" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M277" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N277" t="s">
         <v>27</v>
       </c>
       <c r="O277" t="s">
-        <v>2488</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5863</v>
+        <v>5364</v>
       </c>
       <c r="B278" t="s">
-        <v>2489</v>
+        <v>2530</v>
       </c>
       <c r="C278" t="s">
-        <v>2490</v>
+        <v>2531</v>
       </c>
       <c r="D278" t="s">
-        <v>2491</v>
+        <v>2532</v>
       </c>
       <c r="E278" t="s">
-        <v>2492</v>
+        <v>2533</v>
       </c>
       <c r="F278" t="s">
-        <v>2493</v>
+        <v>2534</v>
       </c>
       <c r="G278" t="s">
-        <v>2494</v>
+        <v>2535</v>
       </c>
       <c r="H278" t="s">
-        <v>2495</v>
+        <v>2536</v>
       </c>
       <c r="I278" t="s">
-        <v>2496</v>
+        <v>2537</v>
       </c>
       <c r="J278" t="s">
         <v>23</v>
       </c>
       <c r="K278" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L278" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M278" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="N278" t="s">
         <v>27</v>
       </c>
       <c r="O278" t="s">
-        <v>2497</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5866</v>
+        <v>5365</v>
       </c>
       <c r="B279" t="s">
-        <v>2498</v>
+        <v>2539</v>
       </c>
       <c r="C279" t="s">
-        <v>2499</v>
+        <v>2540</v>
       </c>
       <c r="D279" t="s">
-        <v>2500</v>
+        <v>2541</v>
       </c>
       <c r="E279" t="s">
-        <v>2501</v>
+        <v>2542</v>
       </c>
       <c r="F279" t="s">
-        <v>2502</v>
+        <v>2543</v>
       </c>
       <c r="G279" t="s">
-        <v>2503</v>
+        <v>2544</v>
       </c>
       <c r="H279" t="s">
-        <v>2504</v>
+        <v>2545</v>
       </c>
       <c r="I279" t="s">
-        <v>2505</v>
+        <v>2546</v>
       </c>
       <c r="J279" t="s">
         <v>23</v>
       </c>
       <c r="K279" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L279" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M279" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N279" t="s">
         <v>27</v>
       </c>
       <c r="O279" t="s">
-        <v>2506</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5907</v>
+        <v>5367</v>
       </c>
       <c r="B280" t="s">
-        <v>2507</v>
+        <v>2548</v>
       </c>
       <c r="C280" t="s">
-        <v>2508</v>
+        <v>2549</v>
       </c>
       <c r="D280" t="s">
-        <v>2509</v>
+        <v>2550</v>
       </c>
       <c r="E280" t="s">
-        <v>2510</v>
+        <v>2551</v>
       </c>
       <c r="F280" t="s">
-        <v>2511</v>
+        <v>2552</v>
       </c>
       <c r="G280" t="s">
-        <v>2512</v>
+        <v>2553</v>
       </c>
       <c r="H280" t="s">
-        <v>2513</v>
+        <v>2554</v>
       </c>
       <c r="I280" t="s">
-        <v>2514</v>
+        <v>2555</v>
       </c>
       <c r="J280" t="s">
         <v>23</v>
       </c>
       <c r="K280" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L280" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M280" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N280" t="s">
         <v>27</v>
       </c>
       <c r="O280" t="s">
-        <v>2515</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5913</v>
+        <v>5368</v>
       </c>
       <c r="B281" t="s">
-        <v>2516</v>
+        <v>2557</v>
       </c>
       <c r="C281" t="s">
-        <v>2517</v>
+        <v>2558</v>
       </c>
       <c r="D281" t="s">
-        <v>2518</v>
+        <v>2559</v>
       </c>
       <c r="E281" t="s">
-        <v>2519</v>
+        <v>2560</v>
       </c>
       <c r="F281" t="s">
-        <v>2520</v>
+        <v>2561</v>
       </c>
       <c r="G281" t="s">
-        <v>2521</v>
+        <v>2562</v>
       </c>
       <c r="H281" t="s">
-        <v>2522</v>
+        <v>2563</v>
       </c>
       <c r="I281" t="s">
-        <v>2523</v>
+        <v>2564</v>
       </c>
       <c r="J281" t="s">
         <v>23</v>
       </c>
       <c r="K281" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L281" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M281" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="N281" t="s">
         <v>27</v>
       </c>
       <c r="O281" t="s">
-        <v>2524</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5932</v>
+        <v>5372</v>
       </c>
       <c r="B282" t="s">
-        <v>2525</v>
+        <v>2566</v>
       </c>
       <c r="C282" t="s">
-        <v>2526</v>
+        <v>2567</v>
       </c>
       <c r="D282" t="s">
-        <v>2527</v>
+        <v>2568</v>
       </c>
       <c r="E282" t="s">
-        <v>2528</v>
+        <v>2569</v>
       </c>
       <c r="F282" t="s">
-        <v>2529</v>
+        <v>2570</v>
       </c>
       <c r="G282" t="s">
-        <v>2530</v>
+        <v>2571</v>
       </c>
       <c r="H282" t="s">
-        <v>2531</v>
+        <v>2572</v>
       </c>
       <c r="I282" t="s">
-        <v>2532</v>
+        <v>2573</v>
       </c>
       <c r="J282" t="s">
         <v>23</v>
       </c>
       <c r="K282" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L282" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M282" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N282" t="s">
         <v>27</v>
       </c>
       <c r="O282" t="s">
-        <v>2533</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5934</v>
+        <v>5375</v>
       </c>
       <c r="B283" t="s">
-        <v>2534</v>
+        <v>2575</v>
       </c>
       <c r="C283" t="s">
-        <v>2535</v>
+        <v>2576</v>
       </c>
       <c r="D283" t="s">
-        <v>2536</v>
+        <v>2577</v>
       </c>
       <c r="E283" t="s">
-        <v>2537</v>
+        <v>2578</v>
       </c>
       <c r="F283" t="s">
-        <v>2538</v>
+        <v>2579</v>
       </c>
       <c r="G283" t="s">
-        <v>2539</v>
+        <v>2580</v>
       </c>
       <c r="H283" t="s">
-        <v>2540</v>
+        <v>2581</v>
       </c>
       <c r="I283" t="s">
-        <v>2541</v>
+        <v>2582</v>
       </c>
       <c r="J283" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K283" t="s">
-        <v>156</v>
+        <v>278</v>
       </c>
       <c r="L283" t="s">
-        <v>25</v>
+        <v>447</v>
       </c>
       <c r="M283" t="s">
-        <v>157</v>
+        <v>280</v>
       </c>
       <c r="N283" t="s">
         <v>27</v>
       </c>
       <c r="O283" t="s">
-        <v>2542</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5935</v>
+        <v>5380</v>
       </c>
       <c r="B284" t="s">
-        <v>2543</v>
+        <v>2584</v>
       </c>
       <c r="C284" t="s">
-        <v>2544</v>
+        <v>2585</v>
       </c>
       <c r="D284" t="s">
-        <v>2545</v>
+        <v>2586</v>
       </c>
       <c r="E284" t="s">
-        <v>2546</v>
+        <v>2587</v>
       </c>
       <c r="F284" t="s">
-        <v>2547</v>
+        <v>2588</v>
       </c>
       <c r="G284" t="s">
-        <v>2548</v>
+        <v>2589</v>
       </c>
       <c r="H284" t="s">
-        <v>2549</v>
+        <v>2590</v>
+      </c>
+      <c r="I284" t="s">
+        <v>2591</v>
       </c>
       <c r="J284" t="s">
         <v>23</v>
       </c>
       <c r="K284" t="s">
-        <v>603</v>
+        <v>45</v>
       </c>
       <c r="L284" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M284" t="s">
-        <v>623</v>
+        <v>47</v>
       </c>
       <c r="N284" t="s">
         <v>27</v>
       </c>
       <c r="O284" t="s">
-        <v>2550</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5938</v>
+        <v>5382</v>
       </c>
       <c r="B285" t="s">
-        <v>2551</v>
+        <v>2593</v>
       </c>
       <c r="C285" t="s">
-        <v>2552</v>
+        <v>2594</v>
       </c>
       <c r="D285" t="s">
-        <v>2553</v>
+        <v>2595</v>
       </c>
       <c r="E285" t="s">
-        <v>2554</v>
+        <v>2596</v>
       </c>
       <c r="F285" t="s">
-        <v>2555</v>
+        <v>2597</v>
       </c>
       <c r="G285" t="s">
-        <v>2556</v>
+        <v>2598</v>
       </c>
       <c r="H285" t="s">
-        <v>2557</v>
+        <v>2599</v>
+      </c>
+      <c r="I285" t="s">
+        <v>2600</v>
       </c>
       <c r="J285" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K285" t="s">
-        <v>2558</v>
+        <v>174</v>
       </c>
       <c r="L285" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="M285" t="s">
-        <v>2559</v>
+        <v>175</v>
       </c>
       <c r="N285" t="s">
         <v>27</v>
       </c>
       <c r="O285" t="s">
-        <v>2560</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5948</v>
+        <v>5393</v>
       </c>
       <c r="B286" t="s">
-        <v>2561</v>
+        <v>2602</v>
       </c>
       <c r="C286" t="s">
-        <v>2562</v>
+        <v>2603</v>
       </c>
       <c r="D286" t="s">
-        <v>2563</v>
+        <v>2604</v>
       </c>
       <c r="E286" t="s">
-        <v>2564</v>
+        <v>2605</v>
       </c>
       <c r="F286" t="s">
-        <v>2565</v>
+        <v>2606</v>
       </c>
       <c r="G286" t="s">
-        <v>2566</v>
+        <v>2607</v>
       </c>
       <c r="H286" t="s">
-        <v>2567</v>
+        <v>2608</v>
+      </c>
+      <c r="I286" t="s">
+        <v>2609</v>
       </c>
       <c r="J286" t="s">
         <v>23</v>
       </c>
       <c r="K286" t="s">
-        <v>476</v>
+        <v>45</v>
       </c>
       <c r="L286" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M286" t="s">
-        <v>477</v>
+        <v>47</v>
       </c>
       <c r="N286" t="s">
         <v>27</v>
       </c>
       <c r="O286" t="s">
-        <v>2568</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5953</v>
+        <v>5394</v>
       </c>
       <c r="B287" t="s">
-        <v>2569</v>
+        <v>2611</v>
       </c>
       <c r="C287" t="s">
-        <v>2570</v>
+        <v>2612</v>
       </c>
       <c r="D287" t="s">
-        <v>2571</v>
+        <v>2613</v>
       </c>
       <c r="E287" t="s">
-        <v>2572</v>
+        <v>2614</v>
       </c>
       <c r="F287" t="s">
-        <v>2573</v>
+        <v>2615</v>
       </c>
       <c r="G287" t="s">
-        <v>2574</v>
+        <v>2616</v>
       </c>
       <c r="H287" t="s">
-        <v>2575</v>
+        <v>2617</v>
       </c>
       <c r="I287" t="s">
-        <v>2576</v>
+        <v>2618</v>
       </c>
       <c r="J287" t="s">
         <v>23</v>
       </c>
       <c r="K287" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L287" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M287" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N287" t="s">
         <v>27</v>
       </c>
       <c r="O287" t="s">
-        <v>2577</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>5981</v>
+        <v>5403</v>
       </c>
       <c r="B288" t="s">
-        <v>2578</v>
+        <v>2620</v>
       </c>
       <c r="C288" t="s">
-        <v>2579</v>
+        <v>2621</v>
       </c>
       <c r="D288" t="s">
-        <v>2580</v>
+        <v>2622</v>
       </c>
       <c r="E288" t="s">
-        <v>2581</v>
+        <v>2623</v>
       </c>
       <c r="F288" t="s">
-        <v>2582</v>
+        <v>2624</v>
       </c>
       <c r="G288" t="s">
-        <v>2583</v>
+        <v>2625</v>
       </c>
       <c r="H288" t="s">
-        <v>2584</v>
+        <v>2626</v>
       </c>
       <c r="I288" t="s">
-        <v>2585</v>
+        <v>2627</v>
       </c>
       <c r="J288" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K288" t="s">
-        <v>2586</v>
+        <v>1595</v>
       </c>
       <c r="L288" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="M288" t="s">
-        <v>2587</v>
+        <v>2628</v>
       </c>
       <c r="N288" t="s">
         <v>27</v>
       </c>
       <c r="O288" t="s">
-        <v>2588</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>5986</v>
+        <v>5431</v>
       </c>
       <c r="B289" t="s">
-        <v>2589</v>
+        <v>2630</v>
       </c>
       <c r="C289" t="s">
-        <v>2590</v>
+        <v>2631</v>
       </c>
       <c r="D289" t="s">
-        <v>2591</v>
+        <v>2632</v>
       </c>
       <c r="E289" t="s">
-        <v>2592</v>
+        <v>2633</v>
       </c>
       <c r="F289" t="s">
-        <v>2593</v>
+        <v>2634</v>
       </c>
       <c r="G289" t="s">
-        <v>2594</v>
+        <v>2635</v>
       </c>
       <c r="H289" t="s">
-        <v>2595</v>
+        <v>2636</v>
       </c>
       <c r="I289" t="s">
-        <v>2596</v>
+        <v>2637</v>
       </c>
       <c r="J289" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K289" t="s">
-        <v>156</v>
+        <v>278</v>
       </c>
       <c r="L289" t="s">
-        <v>25</v>
+        <v>447</v>
       </c>
       <c r="M289" t="s">
-        <v>157</v>
+        <v>280</v>
       </c>
       <c r="N289" t="s">
         <v>27</v>
       </c>
       <c r="O289" t="s">
-        <v>2597</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>5989</v>
+        <v>5433</v>
       </c>
       <c r="B290" t="s">
-        <v>2598</v>
+        <v>2639</v>
       </c>
       <c r="C290" t="s">
-        <v>2599</v>
+        <v>2640</v>
       </c>
       <c r="D290" t="s">
-        <v>2600</v>
+        <v>2641</v>
       </c>
       <c r="E290" t="s">
-        <v>2601</v>
+        <v>2642</v>
       </c>
       <c r="F290" t="s">
-        <v>2602</v>
+        <v>2643</v>
       </c>
       <c r="G290" t="s">
-        <v>2603</v>
+        <v>2644</v>
       </c>
       <c r="H290" t="s">
-        <v>2604</v>
+        <v>2645</v>
       </c>
       <c r="I290" t="s">
-        <v>2605</v>
+        <v>2646</v>
       </c>
       <c r="J290" t="s">
         <v>23</v>
       </c>
       <c r="K290" t="s">
-        <v>1780</v>
+        <v>174</v>
       </c>
       <c r="L290" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M290" t="s">
-        <v>1781</v>
+        <v>175</v>
       </c>
       <c r="N290" t="s">
         <v>27</v>
       </c>
       <c r="O290" t="s">
-        <v>2606</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>6021</v>
+        <v>5435</v>
       </c>
       <c r="B291" t="s">
-        <v>2607</v>
+        <v>2648</v>
       </c>
       <c r="C291" t="s">
-        <v>2608</v>
+        <v>2649</v>
       </c>
       <c r="D291" t="s">
-        <v>2609</v>
+        <v>2650</v>
       </c>
       <c r="E291" t="s">
-        <v>2610</v>
+        <v>2651</v>
       </c>
       <c r="F291" t="s">
-        <v>2611</v>
+        <v>2652</v>
       </c>
       <c r="G291" t="s">
-        <v>2612</v>
+        <v>2653</v>
       </c>
       <c r="H291" t="s">
-        <v>2613</v>
+        <v>2654</v>
       </c>
       <c r="I291" t="s">
-        <v>2614</v>
+        <v>2655</v>
       </c>
       <c r="J291" t="s">
         <v>23</v>
       </c>
       <c r="K291" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L291" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M291" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N291" t="s">
         <v>27</v>
       </c>
       <c r="O291" t="s">
-        <v>2615</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>6049</v>
+        <v>5436</v>
       </c>
       <c r="B292" t="s">
-        <v>2616</v>
+        <v>2657</v>
       </c>
       <c r="C292" t="s">
-        <v>2617</v>
+        <v>2658</v>
       </c>
       <c r="D292" t="s">
-        <v>2618</v>
+        <v>2659</v>
       </c>
       <c r="E292" t="s">
-        <v>2619</v>
+        <v>2660</v>
       </c>
       <c r="F292" t="s">
-        <v>2620</v>
+        <v>2661</v>
       </c>
       <c r="G292" t="s">
-        <v>2621</v>
+        <v>2662</v>
       </c>
       <c r="H292" t="s">
-        <v>2622</v>
+        <v>2663</v>
       </c>
       <c r="I292" t="s">
-        <v>2623</v>
+        <v>2664</v>
       </c>
       <c r="J292" t="s">
-        <v>2624</v>
+        <v>23</v>
       </c>
       <c r="K292" t="s">
-        <v>2625</v>
+        <v>45</v>
       </c>
       <c r="L292" t="s">
-        <v>2626</v>
+        <v>46</v>
       </c>
       <c r="M292" t="s">
-        <v>2627</v>
+        <v>47</v>
       </c>
       <c r="N292" t="s">
         <v>27</v>
       </c>
       <c r="O292" t="s">
-        <v>2628</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>6180</v>
+        <v>5437</v>
       </c>
       <c r="B293" t="s">
-        <v>2629</v>
+        <v>2666</v>
       </c>
       <c r="C293" t="s">
-        <v>2630</v>
+        <v>2667</v>
       </c>
       <c r="D293" t="s">
-        <v>2631</v>
+        <v>2668</v>
       </c>
       <c r="E293" t="s">
-        <v>2632</v>
+        <v>2669</v>
       </c>
       <c r="F293" t="s">
-        <v>2633</v>
+        <v>2670</v>
       </c>
       <c r="G293" t="s">
-        <v>2634</v>
+        <v>2671</v>
       </c>
       <c r="H293" t="s">
-        <v>2635</v>
+        <v>2672</v>
       </c>
       <c r="I293" t="s">
-        <v>2636</v>
+        <v>2673</v>
       </c>
       <c r="J293" t="s">
         <v>23</v>
       </c>
       <c r="K293" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L293" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M293" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N293" t="s">
         <v>27</v>
       </c>
       <c r="O293" t="s">
-        <v>2637</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>6203</v>
+        <v>5439</v>
       </c>
       <c r="B294" t="s">
-        <v>2638</v>
+        <v>2675</v>
       </c>
       <c r="C294" t="s">
-        <v>2639</v>
+        <v>2676</v>
       </c>
       <c r="D294" t="s">
-        <v>2640</v>
+        <v>2677</v>
       </c>
       <c r="E294" t="s">
-        <v>2641</v>
+        <v>2678</v>
       </c>
       <c r="F294" t="s">
-        <v>2642</v>
+        <v>2679</v>
       </c>
       <c r="G294" t="s">
-        <v>2643</v>
+        <v>2680</v>
       </c>
       <c r="H294" t="s">
-        <v>2644</v>
+        <v>2681</v>
       </c>
       <c r="I294" t="s">
-        <v>2645</v>
+        <v>2682</v>
       </c>
       <c r="J294" t="s">
         <v>23</v>
       </c>
       <c r="K294" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L294" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M294" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N294" t="s">
         <v>27</v>
       </c>
       <c r="O294" t="s">
-        <v>2646</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>6208</v>
+        <v>5456</v>
       </c>
       <c r="B295" t="s">
-        <v>2647</v>
+        <v>2684</v>
       </c>
       <c r="C295" t="s">
-        <v>2648</v>
+        <v>2685</v>
       </c>
       <c r="D295" t="s">
-        <v>2649</v>
+        <v>2686</v>
       </c>
       <c r="E295" t="s">
-        <v>2650</v>
+        <v>2687</v>
       </c>
       <c r="F295" t="s">
-        <v>2651</v>
+        <v>2688</v>
       </c>
       <c r="G295" t="s">
-        <v>2652</v>
+        <v>2689</v>
       </c>
       <c r="H295" t="s">
-        <v>2653</v>
+        <v>2690</v>
       </c>
       <c r="I295" t="s">
-        <v>2654</v>
+        <v>2691</v>
       </c>
       <c r="J295" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K295" t="s">
-        <v>156</v>
+        <v>945</v>
       </c>
       <c r="L295" t="s">
-        <v>25</v>
+        <v>447</v>
       </c>
       <c r="M295" t="s">
-        <v>157</v>
+        <v>1723</v>
       </c>
       <c r="N295" t="s">
         <v>27</v>
       </c>
       <c r="O295" t="s">
-        <v>2655</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>6211</v>
+        <v>5463</v>
       </c>
       <c r="B296" t="s">
-        <v>2656</v>
+        <v>2693</v>
       </c>
       <c r="C296" t="s">
-        <v>2657</v>
+        <v>2694</v>
       </c>
       <c r="D296" t="s">
-        <v>2658</v>
+        <v>2695</v>
       </c>
       <c r="E296" t="s">
-        <v>2659</v>
+        <v>2696</v>
       </c>
       <c r="F296" t="s">
-        <v>2660</v>
+        <v>2697</v>
       </c>
       <c r="G296" t="s">
-        <v>2661</v>
+        <v>2698</v>
       </c>
       <c r="H296" t="s">
-        <v>2662</v>
-[...2 lines deleted...]
-        <v>2663</v>
+        <v>2699</v>
       </c>
       <c r="J296" t="s">
         <v>23</v>
       </c>
       <c r="K296" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L296" t="s">
         <v>25</v>
       </c>
       <c r="M296" t="s">
-        <v>157</v>
+        <v>577</v>
       </c>
       <c r="N296" t="s">
         <v>27</v>
       </c>
       <c r="O296" t="s">
-        <v>2664</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>6255</v>
+        <v>5469</v>
       </c>
       <c r="B297" t="s">
-        <v>2665</v>
+        <v>2701</v>
       </c>
       <c r="C297" t="s">
-        <v>2666</v>
+        <v>2702</v>
       </c>
       <c r="D297" t="s">
-        <v>2667</v>
+        <v>2703</v>
       </c>
       <c r="E297" t="s">
-        <v>2668</v>
+        <v>2704</v>
       </c>
       <c r="F297" t="s">
-        <v>2669</v>
+        <v>2705</v>
       </c>
       <c r="G297" t="s">
-        <v>2670</v>
+        <v>2706</v>
       </c>
       <c r="H297" t="s">
-        <v>2671</v>
-[...2 lines deleted...]
-        <v>2672</v>
+        <v>2707</v>
       </c>
       <c r="J297" t="s">
         <v>23</v>
       </c>
       <c r="K297" t="s">
-        <v>2673</v>
+        <v>2708</v>
       </c>
       <c r="L297" t="s">
         <v>25</v>
       </c>
       <c r="M297" t="s">
-        <v>2674</v>
+        <v>2709</v>
       </c>
       <c r="N297" t="s">
         <v>27</v>
       </c>
       <c r="O297" t="s">
-        <v>2675</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>6261</v>
+        <v>5472</v>
       </c>
       <c r="B298" t="s">
-        <v>2676</v>
+        <v>2711</v>
       </c>
       <c r="C298" t="s">
-        <v>2677</v>
+        <v>2712</v>
       </c>
       <c r="D298" t="s">
-        <v>2678</v>
+        <v>2713</v>
       </c>
       <c r="E298" t="s">
-        <v>2679</v>
+        <v>2714</v>
       </c>
       <c r="F298" t="s">
-        <v>2680</v>
+        <v>2715</v>
       </c>
       <c r="G298" t="s">
-        <v>2681</v>
+        <v>2716</v>
       </c>
       <c r="H298" t="s">
-        <v>2682</v>
-[...2 lines deleted...]
-        <v>2683</v>
+        <v>2717</v>
       </c>
       <c r="J298" t="s">
         <v>23</v>
       </c>
       <c r="K298" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L298" t="s">
         <v>25</v>
       </c>
       <c r="M298" t="s">
-        <v>26</v>
+        <v>603</v>
       </c>
       <c r="N298" t="s">
         <v>27</v>
       </c>
       <c r="O298" t="s">
-        <v>2684</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>6263</v>
+        <v>5474</v>
       </c>
       <c r="B299" t="s">
-        <v>2685</v>
+        <v>2719</v>
       </c>
       <c r="C299" t="s">
-        <v>2686</v>
+        <v>2720</v>
       </c>
       <c r="D299" t="s">
-        <v>2687</v>
+        <v>2721</v>
       </c>
       <c r="E299" t="s">
-        <v>2688</v>
+        <v>2722</v>
       </c>
       <c r="F299" t="s">
-        <v>2689</v>
+        <v>2723</v>
       </c>
       <c r="G299" t="s">
-        <v>2690</v>
+        <v>2724</v>
       </c>
       <c r="H299" t="s">
-        <v>2691</v>
+        <v>2725</v>
       </c>
       <c r="I299" t="s">
-        <v>2692</v>
+        <v>2726</v>
       </c>
       <c r="J299" t="s">
         <v>23</v>
       </c>
       <c r="K299" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L299" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M299" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N299" t="s">
         <v>27</v>
       </c>
       <c r="O299" t="s">
-        <v>2693</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>6274</v>
+        <v>5475</v>
       </c>
       <c r="B300" t="s">
-        <v>2694</v>
+        <v>2728</v>
       </c>
       <c r="C300" t="s">
-        <v>2695</v>
+        <v>2729</v>
       </c>
       <c r="D300" t="s">
-        <v>2696</v>
+        <v>2730</v>
       </c>
       <c r="E300" t="s">
-        <v>2697</v>
+        <v>2731</v>
       </c>
       <c r="F300" t="s">
-        <v>2698</v>
+        <v>2732</v>
       </c>
       <c r="G300" t="s">
-        <v>2699</v>
+        <v>2733</v>
       </c>
       <c r="H300" t="s">
-        <v>2700</v>
+        <v>2734</v>
       </c>
       <c r="I300" t="s">
-        <v>2701</v>
+        <v>2735</v>
       </c>
       <c r="J300" t="s">
         <v>23</v>
       </c>
       <c r="K300" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L300" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M300" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N300" t="s">
         <v>27</v>
       </c>
       <c r="O300" t="s">
-        <v>2702</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>6275</v>
+        <v>5476</v>
       </c>
       <c r="B301" t="s">
-        <v>2703</v>
+        <v>2737</v>
       </c>
       <c r="C301" t="s">
-        <v>2704</v>
+        <v>2738</v>
       </c>
       <c r="D301" t="s">
-        <v>2705</v>
+        <v>2739</v>
       </c>
       <c r="E301" t="s">
-        <v>2706</v>
+        <v>2740</v>
       </c>
       <c r="F301" t="s">
-        <v>2707</v>
+        <v>2741</v>
       </c>
       <c r="G301" t="s">
-        <v>2708</v>
+        <v>2742</v>
       </c>
       <c r="H301" t="s">
-        <v>2709</v>
+        <v>2743</v>
       </c>
       <c r="I301" t="s">
-        <v>2710</v>
+        <v>2744</v>
       </c>
       <c r="J301" t="s">
-        <v>319</v>
+        <v>2745</v>
       </c>
       <c r="K301" t="s">
-        <v>320</v>
+        <v>1269</v>
       </c>
       <c r="L301" t="s">
-        <v>321</v>
+        <v>2746</v>
       </c>
       <c r="M301" t="s">
-        <v>322</v>
+        <v>1270</v>
       </c>
       <c r="N301" t="s">
         <v>27</v>
       </c>
       <c r="O301" t="s">
-        <v>2711</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>6337</v>
+        <v>5477</v>
       </c>
       <c r="B302" t="s">
-        <v>2712</v>
+        <v>2748</v>
       </c>
       <c r="C302" t="s">
-        <v>2713</v>
+        <v>2749</v>
       </c>
       <c r="D302" t="s">
-        <v>2714</v>
+        <v>2750</v>
       </c>
       <c r="E302" t="s">
-        <v>2715</v>
+        <v>2749</v>
       </c>
       <c r="F302" t="s">
-        <v>2716</v>
+        <v>2751</v>
       </c>
       <c r="G302" t="s">
-        <v>2717</v>
+        <v>2752</v>
       </c>
       <c r="H302" t="s">
-        <v>2718</v>
-[...2 lines deleted...]
-        <v>2719</v>
+        <v>2753</v>
       </c>
       <c r="J302" t="s">
-        <v>23</v>
+        <v>2082</v>
       </c>
       <c r="K302" t="s">
-        <v>24</v>
+        <v>2754</v>
       </c>
       <c r="L302" t="s">
-        <v>25</v>
+        <v>2755</v>
       </c>
       <c r="M302" t="s">
-        <v>26</v>
+        <v>2756</v>
       </c>
       <c r="N302" t="s">
         <v>27</v>
       </c>
       <c r="O302" t="s">
-        <v>2720</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>6369</v>
+        <v>5478</v>
       </c>
       <c r="B303" t="s">
-        <v>2721</v>
+        <v>2758</v>
       </c>
       <c r="C303" t="s">
-        <v>2722</v>
+        <v>2759</v>
       </c>
       <c r="D303" t="s">
-        <v>2723</v>
+        <v>2760</v>
       </c>
       <c r="E303" t="s">
-        <v>2724</v>
+        <v>2761</v>
       </c>
       <c r="F303" t="s">
-        <v>2725</v>
+        <v>2762</v>
       </c>
       <c r="G303" t="s">
-        <v>2726</v>
+        <v>2763</v>
       </c>
       <c r="H303" t="s">
-        <v>2727</v>
+        <v>2764</v>
+      </c>
+      <c r="I303" t="s">
+        <v>2765</v>
       </c>
       <c r="J303" t="s">
         <v>23</v>
       </c>
       <c r="K303" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L303" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M303" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N303" t="s">
         <v>27</v>
       </c>
       <c r="O303" t="s">
-        <v>2728</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>6373</v>
+        <v>5479</v>
       </c>
       <c r="B304" t="s">
-        <v>2729</v>
+        <v>2767</v>
       </c>
       <c r="C304" t="s">
-        <v>2730</v>
+        <v>2768</v>
       </c>
       <c r="D304" t="s">
-        <v>2731</v>
+        <v>2769</v>
       </c>
       <c r="E304" t="s">
-        <v>2732</v>
+        <v>2770</v>
       </c>
       <c r="F304" t="s">
-        <v>2733</v>
+        <v>2771</v>
       </c>
       <c r="G304" t="s">
-        <v>2734</v>
+        <v>2772</v>
       </c>
       <c r="H304" t="s">
-        <v>2735</v>
+        <v>2773</v>
+      </c>
+      <c r="I304" t="s">
+        <v>2774</v>
       </c>
       <c r="J304" t="s">
         <v>23</v>
       </c>
       <c r="K304" t="s">
-        <v>53</v>
+        <v>613</v>
       </c>
       <c r="L304" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M304" t="s">
-        <v>54</v>
+        <v>614</v>
       </c>
       <c r="N304" t="s">
         <v>27</v>
       </c>
       <c r="O304" t="s">
-        <v>2736</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>6376</v>
+        <v>5482</v>
       </c>
       <c r="B305" t="s">
-        <v>2737</v>
+        <v>2776</v>
       </c>
       <c r="C305" t="s">
-        <v>2738</v>
+        <v>2777</v>
       </c>
       <c r="D305" t="s">
-        <v>2739</v>
+        <v>2778</v>
       </c>
       <c r="E305" t="s">
-        <v>2740</v>
+        <v>2779</v>
       </c>
       <c r="F305" t="s">
-        <v>2741</v>
+        <v>2780</v>
       </c>
       <c r="G305" t="s">
-        <v>2742</v>
+        <v>2781</v>
       </c>
       <c r="H305" t="s">
-        <v>2743</v>
+        <v>2782</v>
+      </c>
+      <c r="I305" t="s">
+        <v>2783</v>
       </c>
       <c r="J305" t="s">
         <v>23</v>
       </c>
       <c r="K305" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L305" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M305" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N305" t="s">
         <v>27</v>
       </c>
       <c r="O305" t="s">
-        <v>2744</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>6377</v>
+        <v>5483</v>
       </c>
       <c r="B306" t="s">
-        <v>2745</v>
+        <v>2785</v>
       </c>
       <c r="C306" t="s">
-        <v>2746</v>
+        <v>2786</v>
       </c>
       <c r="D306" t="s">
-        <v>2747</v>
+        <v>2787</v>
       </c>
       <c r="E306" t="s">
-        <v>2748</v>
+        <v>2788</v>
       </c>
       <c r="F306" t="s">
-        <v>2749</v>
+        <v>2789</v>
       </c>
       <c r="G306" t="s">
-        <v>2750</v>
+        <v>2790</v>
       </c>
       <c r="H306" t="s">
-        <v>2751</v>
+        <v>2791</v>
+      </c>
+      <c r="I306" t="s">
+        <v>2792</v>
       </c>
       <c r="J306" t="s">
         <v>23</v>
       </c>
       <c r="K306" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L306" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M306" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N306" t="s">
         <v>27</v>
       </c>
       <c r="O306" t="s">
-        <v>2752</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>6379</v>
+        <v>5485</v>
       </c>
       <c r="B307" t="s">
-        <v>2753</v>
+        <v>2794</v>
       </c>
       <c r="C307" t="s">
-        <v>2754</v>
+        <v>2795</v>
       </c>
       <c r="D307" t="s">
-        <v>2755</v>
+        <v>2796</v>
       </c>
       <c r="E307" t="s">
-        <v>2756</v>
+        <v>2797</v>
       </c>
       <c r="F307" t="s">
-        <v>2757</v>
+        <v>2798</v>
       </c>
       <c r="G307" t="s">
-        <v>2758</v>
+        <v>2799</v>
       </c>
       <c r="H307" t="s">
-        <v>2759</v>
+        <v>2800</v>
+      </c>
+      <c r="I307" t="s">
+        <v>2801</v>
       </c>
       <c r="J307" t="s">
         <v>23</v>
       </c>
       <c r="K307" t="s">
-        <v>53</v>
+        <v>2802</v>
       </c>
       <c r="L307" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M307" t="s">
-        <v>54</v>
+        <v>2803</v>
       </c>
       <c r="N307" t="s">
         <v>27</v>
       </c>
       <c r="O307" t="s">
-        <v>2760</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>6386</v>
+        <v>5487</v>
       </c>
       <c r="B308" t="s">
-        <v>2761</v>
+        <v>2805</v>
       </c>
       <c r="C308" t="s">
-        <v>2762</v>
+        <v>2806</v>
       </c>
       <c r="D308" t="s">
-        <v>2763</v>
+        <v>2807</v>
       </c>
       <c r="E308" t="s">
-        <v>2764</v>
+        <v>2808</v>
       </c>
       <c r="F308" t="s">
-        <v>2765</v>
+        <v>2809</v>
       </c>
       <c r="G308" t="s">
-        <v>2766</v>
+        <v>2810</v>
       </c>
       <c r="H308" t="s">
-        <v>2767</v>
+        <v>2811</v>
+      </c>
+      <c r="I308" t="s">
+        <v>2812</v>
       </c>
       <c r="J308" t="s">
-        <v>2768</v>
+        <v>23</v>
       </c>
       <c r="K308" t="s">
-        <v>2769</v>
+        <v>2813</v>
       </c>
       <c r="L308" t="s">
-        <v>2770</v>
+        <v>46</v>
       </c>
       <c r="M308" t="s">
-        <v>2771</v>
+        <v>2814</v>
       </c>
       <c r="N308" t="s">
         <v>27</v>
       </c>
       <c r="O308" t="s">
-        <v>2772</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>6387</v>
+        <v>5488</v>
       </c>
       <c r="B309" t="s">
-        <v>2773</v>
+        <v>2816</v>
       </c>
       <c r="C309" t="s">
-        <v>2774</v>
+        <v>2817</v>
       </c>
       <c r="D309" t="s">
-        <v>2775</v>
+        <v>2818</v>
       </c>
       <c r="E309" t="s">
-        <v>2776</v>
+        <v>2819</v>
       </c>
       <c r="F309" t="s">
-        <v>2777</v>
+        <v>2820</v>
       </c>
       <c r="G309" t="s">
-        <v>2778</v>
+        <v>2821</v>
       </c>
       <c r="H309" t="s">
-        <v>2779</v>
+        <v>2822</v>
+      </c>
+      <c r="I309" t="s">
+        <v>2823</v>
       </c>
       <c r="J309" t="s">
         <v>23</v>
       </c>
       <c r="K309" t="s">
-        <v>476</v>
+        <v>174</v>
       </c>
       <c r="L309" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M309" t="s">
-        <v>477</v>
+        <v>175</v>
       </c>
       <c r="N309" t="s">
         <v>27</v>
       </c>
       <c r="O309" t="s">
-        <v>2780</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>6399</v>
+        <v>5489</v>
       </c>
       <c r="B310" t="s">
-        <v>2781</v>
+        <v>2825</v>
       </c>
       <c r="C310" t="s">
-        <v>2782</v>
+        <v>2826</v>
       </c>
       <c r="D310" t="s">
-        <v>2783</v>
+        <v>2827</v>
       </c>
       <c r="E310" t="s">
-        <v>2784</v>
+        <v>2828</v>
       </c>
       <c r="F310" t="s">
-        <v>2785</v>
+        <v>2829</v>
       </c>
       <c r="G310" t="s">
-        <v>2786</v>
+        <v>2830</v>
       </c>
       <c r="H310" t="s">
-        <v>2787</v>
+        <v>2831</v>
+      </c>
+      <c r="I310" t="s">
+        <v>2832</v>
       </c>
       <c r="J310" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K310" t="s">
-        <v>320</v>
+        <v>1307</v>
       </c>
       <c r="L310" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="M310" t="s">
-        <v>322</v>
+        <v>1308</v>
       </c>
       <c r="N310" t="s">
         <v>27</v>
       </c>
       <c r="O310" t="s">
-        <v>2788</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>6405</v>
+        <v>5490</v>
       </c>
       <c r="B311" t="s">
-        <v>2789</v>
+        <v>2834</v>
       </c>
       <c r="C311" t="s">
-        <v>2790</v>
+        <v>2835</v>
       </c>
       <c r="D311" t="s">
-        <v>2791</v>
+        <v>2836</v>
       </c>
       <c r="E311" t="s">
-        <v>2792</v>
+        <v>2837</v>
       </c>
       <c r="F311" t="s">
-        <v>2793</v>
+        <v>2838</v>
       </c>
       <c r="G311" t="s">
-        <v>2794</v>
+        <v>2839</v>
       </c>
       <c r="H311" t="s">
-        <v>2795</v>
+        <v>2840</v>
+      </c>
+      <c r="I311" t="s">
+        <v>2841</v>
       </c>
       <c r="J311" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K311" t="s">
-        <v>53</v>
+        <v>2842</v>
       </c>
       <c r="L311" t="s">
-        <v>25</v>
+        <v>447</v>
       </c>
       <c r="M311" t="s">
-        <v>54</v>
+        <v>2843</v>
       </c>
       <c r="N311" t="s">
         <v>27</v>
       </c>
       <c r="O311" t="s">
-        <v>2796</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>6460</v>
+        <v>5494</v>
       </c>
       <c r="B312" t="s">
-        <v>2797</v>
+        <v>2845</v>
       </c>
       <c r="C312" t="s">
-        <v>2798</v>
+        <v>2846</v>
       </c>
       <c r="D312" t="s">
-        <v>2799</v>
+        <v>2847</v>
       </c>
       <c r="E312" t="s">
-        <v>2800</v>
+        <v>2848</v>
       </c>
       <c r="F312" t="s">
-        <v>2801</v>
+        <v>2849</v>
       </c>
       <c r="G312" t="s">
-        <v>2802</v>
+        <v>2850</v>
       </c>
       <c r="H312" t="s">
-        <v>2803</v>
-[...2 lines deleted...]
-        <v>2804</v>
+        <v>2851</v>
       </c>
       <c r="J312" t="s">
-        <v>23</v>
+        <v>2852</v>
       </c>
       <c r="K312" t="s">
-        <v>53</v>
+        <v>2353</v>
       </c>
       <c r="L312" t="s">
-        <v>25</v>
+        <v>2853</v>
       </c>
       <c r="M312" t="s">
-        <v>54</v>
+        <v>1353</v>
       </c>
       <c r="N312" t="s">
         <v>27</v>
       </c>
       <c r="O312" t="s">
-        <v>2805</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>6468</v>
+        <v>5495</v>
       </c>
       <c r="B313" t="s">
-        <v>2806</v>
+        <v>2855</v>
       </c>
       <c r="C313" t="s">
-        <v>2807</v>
+        <v>2856</v>
       </c>
       <c r="D313" t="s">
-        <v>2808</v>
+        <v>2857</v>
       </c>
       <c r="E313" t="s">
-        <v>2809</v>
+        <v>2858</v>
       </c>
       <c r="F313" t="s">
-        <v>2810</v>
+        <v>2859</v>
       </c>
       <c r="G313" t="s">
-        <v>2811</v>
+        <v>2860</v>
       </c>
       <c r="H313" t="s">
-        <v>2812</v>
-[...2 lines deleted...]
-        <v>2813</v>
+        <v>2861</v>
       </c>
       <c r="J313" t="s">
         <v>23</v>
       </c>
       <c r="K313" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L313" t="s">
         <v>25</v>
       </c>
       <c r="M313" t="s">
-        <v>54</v>
+        <v>577</v>
       </c>
       <c r="N313" t="s">
         <v>27</v>
       </c>
       <c r="O313" t="s">
-        <v>2814</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>6761</v>
+        <v>5496</v>
       </c>
       <c r="B314" t="s">
-        <v>2815</v>
+        <v>2863</v>
       </c>
       <c r="C314" t="s">
-        <v>2816</v>
+        <v>2864</v>
       </c>
       <c r="D314" t="s">
-        <v>2817</v>
+        <v>2865</v>
       </c>
       <c r="E314" t="s">
-        <v>2818</v>
+        <v>2866</v>
       </c>
       <c r="F314" t="s">
-        <v>2819</v>
+        <v>2867</v>
       </c>
       <c r="G314" t="s">
-        <v>2820</v>
+        <v>2868</v>
       </c>
       <c r="H314" t="s">
-        <v>2821</v>
+        <v>2869</v>
       </c>
       <c r="I314" t="s">
-        <v>2822</v>
+        <v>2870</v>
       </c>
       <c r="J314" t="s">
         <v>23</v>
       </c>
       <c r="K314" t="s">
-        <v>53</v>
+        <v>278</v>
       </c>
       <c r="L314" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M314" t="s">
-        <v>54</v>
+        <v>280</v>
       </c>
       <c r="N314" t="s">
         <v>27</v>
       </c>
       <c r="O314" t="s">
-        <v>2823</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>6763</v>
+        <v>5499</v>
       </c>
       <c r="B315" t="s">
-        <v>2824</v>
+        <v>2872</v>
       </c>
       <c r="C315" t="s">
-        <v>2825</v>
+        <v>2873</v>
       </c>
       <c r="D315" t="s">
-        <v>2826</v>
+        <v>2874</v>
       </c>
       <c r="E315" t="s">
-        <v>2827</v>
+        <v>2875</v>
       </c>
       <c r="F315" t="s">
-        <v>2828</v>
+        <v>2876</v>
       </c>
       <c r="G315" t="s">
-        <v>2829</v>
+        <v>2877</v>
       </c>
       <c r="H315" t="s">
-        <v>2830</v>
-[...2 lines deleted...]
-        <v>2831</v>
+        <v>2878</v>
       </c>
       <c r="J315" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K315" t="s">
-        <v>2832</v>
+        <v>2879</v>
       </c>
       <c r="L315" t="s">
-        <v>321</v>
+        <v>25</v>
       </c>
       <c r="M315" t="s">
-        <v>1676</v>
+        <v>2880</v>
       </c>
       <c r="N315" t="s">
         <v>27</v>
       </c>
       <c r="O315" t="s">
-        <v>2833</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>6765</v>
+        <v>5500</v>
       </c>
       <c r="B316" t="s">
-        <v>2834</v>
+        <v>2882</v>
       </c>
       <c r="C316" t="s">
-        <v>2835</v>
+        <v>2883</v>
       </c>
       <c r="D316" t="s">
-        <v>2836</v>
+        <v>2884</v>
       </c>
       <c r="E316" t="s">
-        <v>2837</v>
+        <v>2885</v>
       </c>
       <c r="F316" t="s">
-        <v>2838</v>
+        <v>2886</v>
       </c>
       <c r="G316" t="s">
-        <v>2839</v>
+        <v>2887</v>
       </c>
       <c r="H316" t="s">
-        <v>2840</v>
-[...2 lines deleted...]
-        <v>2841</v>
+        <v>2888</v>
       </c>
       <c r="J316" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
       <c r="K316" t="s">
-        <v>156</v>
+        <v>2889</v>
       </c>
       <c r="L316" t="s">
-        <v>25</v>
+        <v>2890</v>
       </c>
       <c r="M316" t="s">
-        <v>157</v>
+        <v>2891</v>
       </c>
       <c r="N316" t="s">
         <v>27</v>
       </c>
       <c r="O316" t="s">
-        <v>2842</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>6979</v>
+        <v>5502</v>
       </c>
       <c r="B317" t="s">
-        <v>2843</v>
+        <v>2893</v>
       </c>
       <c r="C317" t="s">
-        <v>2844</v>
+        <v>2894</v>
       </c>
       <c r="D317" t="s">
-        <v>2845</v>
+        <v>2895</v>
       </c>
       <c r="E317" t="s">
-        <v>2846</v>
+        <v>2896</v>
       </c>
       <c r="F317" t="s">
-        <v>2847</v>
+        <v>2897</v>
       </c>
       <c r="G317" t="s">
-        <v>2848</v>
+        <v>2898</v>
       </c>
       <c r="H317" t="s">
-        <v>2849</v>
+        <v>2899</v>
+      </c>
+      <c r="I317" t="s">
+        <v>2900</v>
       </c>
       <c r="J317" t="s">
         <v>23</v>
       </c>
       <c r="K317" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L317" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M317" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="N317" t="s">
         <v>27</v>
       </c>
       <c r="O317" t="s">
-        <v>2850</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>8265</v>
+        <v>5504</v>
       </c>
       <c r="B318" t="s">
-        <v>2851</v>
+        <v>2902</v>
       </c>
       <c r="C318" t="s">
-        <v>2852</v>
+        <v>2903</v>
       </c>
       <c r="D318" t="s">
-        <v>2853</v>
+        <v>2904</v>
       </c>
       <c r="E318" t="s">
-        <v>2854</v>
+        <v>2905</v>
       </c>
       <c r="F318" t="s">
-        <v>2855</v>
+        <v>2906</v>
       </c>
       <c r="G318" t="s">
-        <v>2856</v>
+        <v>2907</v>
       </c>
       <c r="H318" t="s">
-        <v>2857</v>
+        <v>2908</v>
       </c>
       <c r="I318" t="s">
-        <v>2858</v>
+        <v>2909</v>
       </c>
       <c r="J318" t="s">
         <v>23</v>
       </c>
       <c r="K318" t="s">
-        <v>2859</v>
+        <v>45</v>
       </c>
       <c r="L318" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M318" t="s">
-        <v>2860</v>
+        <v>47</v>
       </c>
       <c r="N318" t="s">
         <v>27</v>
       </c>
       <c r="O318" t="s">
-        <v>2861</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>8268</v>
+        <v>5507</v>
       </c>
       <c r="B319" t="s">
-        <v>2862</v>
+        <v>2911</v>
       </c>
       <c r="C319" t="s">
-        <v>2863</v>
+        <v>2912</v>
       </c>
       <c r="D319" t="s">
-        <v>2864</v>
+        <v>2913</v>
       </c>
       <c r="E319" t="s">
-        <v>2865</v>
+        <v>2914</v>
       </c>
       <c r="F319" t="s">
-        <v>2866</v>
+        <v>2915</v>
       </c>
       <c r="G319" t="s">
-        <v>2867</v>
+        <v>2916</v>
       </c>
       <c r="H319" t="s">
-        <v>2868</v>
+        <v>2917</v>
+      </c>
+      <c r="I319" t="s">
+        <v>2918</v>
       </c>
       <c r="J319" t="s">
         <v>23</v>
       </c>
       <c r="K319" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L319" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M319" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N319" t="s">
         <v>27</v>
       </c>
       <c r="O319" t="s">
-        <v>2869</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>8289</v>
+        <v>5509</v>
       </c>
       <c r="B320" t="s">
-        <v>2870</v>
+        <v>2920</v>
       </c>
       <c r="C320" t="s">
-        <v>2871</v>
+        <v>2921</v>
       </c>
       <c r="D320" t="s">
-        <v>2872</v>
+        <v>2922</v>
       </c>
       <c r="E320" t="s">
-        <v>2873</v>
+        <v>2923</v>
       </c>
       <c r="F320" t="s">
-        <v>2874</v>
+        <v>2924</v>
       </c>
       <c r="G320" t="s">
-        <v>2875</v>
+        <v>2925</v>
       </c>
       <c r="H320" t="s">
-        <v>2876</v>
+        <v>2926</v>
       </c>
       <c r="I320" t="s">
-        <v>2877</v>
+        <v>2927</v>
       </c>
       <c r="J320" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K320" t="s">
-        <v>509</v>
+        <v>1269</v>
       </c>
       <c r="L320" t="s">
-        <v>25</v>
+        <v>447</v>
       </c>
       <c r="M320" t="s">
-        <v>510</v>
+        <v>1270</v>
       </c>
       <c r="N320" t="s">
         <v>27</v>
       </c>
       <c r="O320" t="s">
-        <v>2878</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>8342</v>
+        <v>5511</v>
       </c>
       <c r="B321" t="s">
-        <v>2879</v>
+        <v>2929</v>
       </c>
       <c r="C321" t="s">
-        <v>2880</v>
+        <v>2930</v>
       </c>
       <c r="D321" t="s">
-        <v>2881</v>
+        <v>2931</v>
       </c>
       <c r="E321" t="s">
-        <v>2882</v>
+        <v>2932</v>
       </c>
       <c r="F321" t="s">
-        <v>2883</v>
+        <v>2933</v>
       </c>
       <c r="G321" t="s">
-        <v>2884</v>
+        <v>2934</v>
       </c>
       <c r="H321" t="s">
-        <v>2885</v>
+        <v>2935</v>
       </c>
       <c r="J321" t="s">
         <v>23</v>
       </c>
       <c r="K321" t="s">
-        <v>156</v>
+        <v>945</v>
       </c>
       <c r="L321" t="s">
         <v>25</v>
       </c>
       <c r="M321" t="s">
-        <v>157</v>
+        <v>946</v>
       </c>
       <c r="N321" t="s">
         <v>27</v>
       </c>
       <c r="O321" t="s">
-        <v>2886</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>8350</v>
+        <v>5512</v>
       </c>
       <c r="B322" t="s">
-        <v>2887</v>
+        <v>2937</v>
       </c>
       <c r="C322" t="s">
-        <v>2888</v>
+        <v>2938</v>
       </c>
       <c r="D322" t="s">
-        <v>2889</v>
+        <v>2939</v>
       </c>
       <c r="E322" t="s">
-        <v>2890</v>
+        <v>2940</v>
       </c>
       <c r="F322" t="s">
-        <v>2891</v>
+        <v>2941</v>
       </c>
       <c r="G322" t="s">
-        <v>2892</v>
+        <v>2942</v>
       </c>
       <c r="H322" t="s">
-        <v>2893</v>
+        <v>2943</v>
+      </c>
+      <c r="I322" t="s">
+        <v>2944</v>
       </c>
       <c r="J322" t="s">
         <v>23</v>
       </c>
       <c r="K322" t="s">
-        <v>2894</v>
+        <v>174</v>
       </c>
       <c r="L322" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M322" t="s">
-        <v>2895</v>
+        <v>175</v>
       </c>
       <c r="N322" t="s">
         <v>27</v>
       </c>
       <c r="O322" t="s">
-        <v>2896</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>8351</v>
+        <v>5514</v>
       </c>
       <c r="B323" t="s">
-        <v>2897</v>
+        <v>2946</v>
       </c>
       <c r="C323" t="s">
-        <v>2898</v>
+        <v>2947</v>
       </c>
       <c r="D323" t="s">
-        <v>2899</v>
+        <v>2948</v>
       </c>
       <c r="E323" t="s">
-        <v>2900</v>
+        <v>2949</v>
       </c>
       <c r="F323" t="s">
-        <v>2901</v>
+        <v>2950</v>
       </c>
       <c r="G323" t="s">
-        <v>2902</v>
+        <v>2951</v>
       </c>
       <c r="H323" t="s">
-        <v>2903</v>
+        <v>2952</v>
+      </c>
+      <c r="I323" t="s">
+        <v>2953</v>
       </c>
       <c r="J323" t="s">
         <v>23</v>
       </c>
       <c r="K323" t="s">
-        <v>53</v>
+        <v>485</v>
       </c>
       <c r="L323" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M323" t="s">
-        <v>54</v>
+        <v>486</v>
       </c>
       <c r="N323" t="s">
         <v>27</v>
       </c>
       <c r="O323" t="s">
-        <v>2904</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>8402</v>
+        <v>5516</v>
       </c>
       <c r="B324" t="s">
-        <v>2905</v>
+        <v>2955</v>
       </c>
       <c r="C324" t="s">
-        <v>2906</v>
+        <v>2956</v>
       </c>
       <c r="D324" t="s">
-        <v>2907</v>
+        <v>2957</v>
       </c>
       <c r="E324" t="s">
-        <v>2908</v>
+        <v>2958</v>
       </c>
       <c r="F324" t="s">
-        <v>2909</v>
+        <v>2959</v>
       </c>
       <c r="G324" t="s">
-        <v>2910</v>
+        <v>2960</v>
       </c>
       <c r="H324" t="s">
-        <v>2911</v>
+        <v>2961</v>
       </c>
       <c r="I324" t="s">
-        <v>2912</v>
+        <v>2962</v>
       </c>
       <c r="J324" t="s">
         <v>23</v>
       </c>
       <c r="K324" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L324" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M324" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N324" t="s">
         <v>27</v>
       </c>
       <c r="O324" t="s">
-        <v>2913</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>8407</v>
+        <v>5517</v>
       </c>
       <c r="B325" t="s">
-        <v>2914</v>
+        <v>2964</v>
       </c>
       <c r="C325" t="s">
-        <v>2915</v>
+        <v>2965</v>
       </c>
       <c r="D325" t="s">
-        <v>2916</v>
+        <v>2966</v>
       </c>
       <c r="E325" t="s">
-        <v>2917</v>
+        <v>2967</v>
       </c>
       <c r="F325" t="s">
-        <v>2918</v>
+        <v>2968</v>
       </c>
       <c r="G325" t="s">
-        <v>2919</v>
+        <v>2969</v>
       </c>
       <c r="H325" t="s">
-        <v>2920</v>
+        <v>2970</v>
+      </c>
+      <c r="I325" t="s">
+        <v>2971</v>
       </c>
       <c r="J325" t="s">
         <v>23</v>
       </c>
       <c r="K325" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L325" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M325" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="N325" t="s">
         <v>27</v>
       </c>
       <c r="O325" t="s">
-        <v>2921</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>8411</v>
+        <v>5518</v>
       </c>
       <c r="B326" t="s">
-        <v>2922</v>
+        <v>2973</v>
       </c>
       <c r="C326" t="s">
-        <v>2923</v>
+        <v>2974</v>
       </c>
       <c r="D326" t="s">
-        <v>2924</v>
+        <v>2975</v>
       </c>
       <c r="E326" t="s">
-        <v>2925</v>
+        <v>2976</v>
       </c>
       <c r="F326" t="s">
-        <v>2926</v>
+        <v>2977</v>
       </c>
       <c r="G326" t="s">
-        <v>2927</v>
+        <v>2978</v>
       </c>
       <c r="H326" t="s">
-        <v>2928</v>
+        <v>2979</v>
+      </c>
+      <c r="I326" t="s">
+        <v>2980</v>
       </c>
       <c r="J326" t="s">
         <v>23</v>
       </c>
       <c r="K326" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L326" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M326" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N326" t="s">
         <v>27</v>
       </c>
       <c r="O326" t="s">
-        <v>2929</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>8412</v>
+        <v>5520</v>
       </c>
       <c r="B327" t="s">
-        <v>2930</v>
+        <v>2982</v>
       </c>
       <c r="C327" t="s">
-        <v>2931</v>
+        <v>2983</v>
       </c>
       <c r="D327" t="s">
-        <v>2932</v>
+        <v>2984</v>
       </c>
       <c r="E327" t="s">
-        <v>2933</v>
+        <v>2985</v>
       </c>
       <c r="F327" t="s">
-        <v>2934</v>
+        <v>2986</v>
       </c>
       <c r="G327" t="s">
-        <v>2935</v>
+        <v>2987</v>
       </c>
       <c r="H327" t="s">
-        <v>2936</v>
+        <v>2988</v>
+      </c>
+      <c r="I327" t="s">
+        <v>2989</v>
       </c>
       <c r="J327" t="s">
         <v>23</v>
       </c>
       <c r="K327" t="s">
-        <v>53</v>
+        <v>1269</v>
       </c>
       <c r="L327" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M327" t="s">
-        <v>54</v>
+        <v>1270</v>
       </c>
       <c r="N327" t="s">
         <v>27</v>
       </c>
       <c r="O327" t="s">
-        <v>2937</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>8873</v>
+        <v>5542</v>
       </c>
       <c r="B328" t="s">
-        <v>2938</v>
+        <v>2991</v>
       </c>
       <c r="C328" t="s">
-        <v>2939</v>
+        <v>2992</v>
       </c>
       <c r="D328" t="s">
-        <v>2940</v>
+        <v>2993</v>
       </c>
       <c r="E328" t="s">
-        <v>2941</v>
+        <v>2994</v>
       </c>
       <c r="F328" t="s">
-        <v>2942</v>
+        <v>2995</v>
       </c>
       <c r="G328" t="s">
-        <v>2943</v>
+        <v>2996</v>
       </c>
       <c r="H328" t="s">
-        <v>2944</v>
+        <v>2997</v>
       </c>
       <c r="J328" t="s">
         <v>23</v>
       </c>
       <c r="K328" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L328" t="s">
         <v>25</v>
       </c>
       <c r="M328" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N328" t="s">
         <v>27</v>
       </c>
       <c r="O328" t="s">
-        <v>2945</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>8875</v>
+        <v>5543</v>
       </c>
       <c r="B329" t="s">
-        <v>2946</v>
+        <v>2999</v>
       </c>
       <c r="C329" t="s">
-        <v>2947</v>
+        <v>3000</v>
       </c>
       <c r="D329" t="s">
-        <v>2948</v>
+        <v>3001</v>
       </c>
       <c r="E329" t="s">
-        <v>2949</v>
+        <v>3002</v>
       </c>
       <c r="F329" t="s">
-        <v>2950</v>
+        <v>3003</v>
       </c>
       <c r="G329" t="s">
-        <v>2951</v>
+        <v>3004</v>
       </c>
       <c r="H329" t="s">
-        <v>2952</v>
+        <v>3005</v>
       </c>
       <c r="J329" t="s">
         <v>23</v>
       </c>
       <c r="K329" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L329" t="s">
         <v>25</v>
       </c>
       <c r="M329" t="s">
-        <v>26</v>
+        <v>603</v>
       </c>
       <c r="N329" t="s">
         <v>27</v>
       </c>
       <c r="O329" t="s">
-        <v>2953</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>8879</v>
+        <v>5544</v>
       </c>
       <c r="B330" t="s">
-        <v>2954</v>
+        <v>3007</v>
       </c>
       <c r="C330" t="s">
-        <v>2955</v>
+        <v>3008</v>
       </c>
       <c r="D330" t="s">
-        <v>2956</v>
+        <v>3009</v>
       </c>
       <c r="E330" t="s">
-        <v>2957</v>
+        <v>3010</v>
       </c>
       <c r="F330" t="s">
-        <v>2958</v>
+        <v>3011</v>
       </c>
       <c r="G330" t="s">
-        <v>2959</v>
+        <v>3012</v>
       </c>
       <c r="H330" t="s">
-        <v>2960</v>
+        <v>3013</v>
       </c>
       <c r="J330" t="s">
         <v>23</v>
       </c>
       <c r="K330" t="s">
-        <v>476</v>
+        <v>174</v>
       </c>
       <c r="L330" t="s">
         <v>25</v>
       </c>
       <c r="M330" t="s">
-        <v>477</v>
+        <v>577</v>
       </c>
       <c r="N330" t="s">
         <v>27</v>
       </c>
       <c r="O330" t="s">
-        <v>2961</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>8886</v>
+        <v>5545</v>
       </c>
       <c r="B331" t="s">
-        <v>2962</v>
+        <v>3015</v>
       </c>
       <c r="C331" t="s">
-        <v>2963</v>
+        <v>3016</v>
       </c>
       <c r="D331" t="s">
-        <v>2964</v>
+        <v>3017</v>
       </c>
       <c r="E331" t="s">
-        <v>2965</v>
+        <v>3018</v>
       </c>
       <c r="F331" t="s">
-        <v>2966</v>
+        <v>3019</v>
       </c>
       <c r="G331" t="s">
-        <v>2967</v>
+        <v>3020</v>
       </c>
       <c r="H331" t="s">
-        <v>2968</v>
+        <v>3021</v>
+      </c>
+      <c r="I331" t="s">
+        <v>3022</v>
       </c>
       <c r="J331" t="s">
         <v>23</v>
       </c>
       <c r="K331" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L331" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M331" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N331" t="s">
         <v>27</v>
       </c>
       <c r="O331" t="s">
-        <v>2969</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>8914</v>
+        <v>5657</v>
       </c>
       <c r="B332" t="s">
-        <v>2970</v>
+        <v>3024</v>
       </c>
       <c r="C332" t="s">
-        <v>2971</v>
+        <v>3025</v>
       </c>
       <c r="D332" t="s">
-        <v>2972</v>
+        <v>3026</v>
       </c>
       <c r="E332" t="s">
-        <v>2973</v>
+        <v>3027</v>
       </c>
       <c r="F332" t="s">
-        <v>2974</v>
+        <v>3028</v>
       </c>
       <c r="G332" t="s">
-        <v>2975</v>
+        <v>3029</v>
       </c>
       <c r="H332" t="s">
-        <v>2976</v>
+        <v>3030</v>
       </c>
       <c r="I332" t="s">
-        <v>2977</v>
+        <v>3031</v>
       </c>
       <c r="J332" t="s">
         <v>23</v>
       </c>
       <c r="K332" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L332" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M332" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N332" t="s">
         <v>27</v>
       </c>
       <c r="O332" t="s">
-        <v>2978</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>8918</v>
+        <v>5732</v>
       </c>
       <c r="B333" t="s">
-        <v>2979</v>
+        <v>3033</v>
       </c>
       <c r="C333" t="s">
-        <v>2980</v>
+        <v>3034</v>
       </c>
       <c r="D333" t="s">
-        <v>2981</v>
+        <v>3035</v>
       </c>
       <c r="E333" t="s">
-        <v>2982</v>
+        <v>3034</v>
       </c>
       <c r="F333" t="s">
-        <v>2983</v>
+        <v>3036</v>
       </c>
       <c r="G333" t="s">
-        <v>2984</v>
+        <v>3037</v>
       </c>
       <c r="H333" t="s">
-        <v>2985</v>
-[...2 lines deleted...]
-        <v>2986</v>
+        <v>3038</v>
       </c>
       <c r="J333" t="s">
         <v>23</v>
       </c>
       <c r="K333" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L333" t="s">
         <v>25</v>
       </c>
       <c r="M333" t="s">
-        <v>54</v>
+        <v>577</v>
       </c>
       <c r="N333" t="s">
         <v>27</v>
       </c>
       <c r="O333" t="s">
-        <v>2987</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>8945</v>
+        <v>5733</v>
       </c>
       <c r="B334" t="s">
-        <v>2988</v>
+        <v>3040</v>
       </c>
       <c r="C334" t="s">
-        <v>2989</v>
+        <v>3041</v>
       </c>
       <c r="D334" t="s">
-        <v>2990</v>
+        <v>3042</v>
       </c>
       <c r="E334" t="s">
-        <v>2991</v>
+        <v>3043</v>
       </c>
       <c r="F334" t="s">
-        <v>2992</v>
+        <v>3044</v>
       </c>
       <c r="G334" t="s">
-        <v>2993</v>
+        <v>3045</v>
       </c>
       <c r="H334" t="s">
-        <v>2994</v>
+        <v>3046</v>
       </c>
       <c r="I334" t="s">
-        <v>2995</v>
+        <v>3047</v>
       </c>
       <c r="J334" t="s">
         <v>23</v>
       </c>
       <c r="K334" t="s">
         <v>24</v>
       </c>
       <c r="L334" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M334" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="N334" t="s">
         <v>27</v>
       </c>
       <c r="O334" t="s">
-        <v>2996</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>10044</v>
+        <v>5735</v>
       </c>
       <c r="B335" t="s">
-        <v>2997</v>
+        <v>3049</v>
       </c>
       <c r="C335" t="s">
-        <v>2998</v>
+        <v>3050</v>
       </c>
       <c r="D335" t="s">
-        <v>2999</v>
+        <v>3051</v>
       </c>
       <c r="E335" t="s">
-        <v>3000</v>
+        <v>3052</v>
       </c>
       <c r="F335" t="s">
-        <v>3001</v>
+        <v>3053</v>
       </c>
       <c r="G335" t="s">
-        <v>3002</v>
+        <v>3054</v>
       </c>
       <c r="H335" t="s">
-        <v>3003</v>
-[...2 lines deleted...]
-        <v>3004</v>
+        <v>3055</v>
       </c>
       <c r="J335" t="s">
         <v>23</v>
       </c>
       <c r="K335" t="s">
-        <v>1512</v>
+        <v>45</v>
       </c>
       <c r="L335" t="s">
         <v>25</v>
       </c>
       <c r="M335" t="s">
-        <v>1514</v>
+        <v>603</v>
       </c>
       <c r="N335" t="s">
         <v>27</v>
       </c>
       <c r="O335" t="s">
-        <v>3005</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>10098</v>
+        <v>5738</v>
       </c>
       <c r="B336" t="s">
-        <v>3006</v>
+        <v>3057</v>
       </c>
       <c r="C336" t="s">
-        <v>3007</v>
+        <v>3058</v>
       </c>
       <c r="D336" t="s">
-        <v>3008</v>
+        <v>3059</v>
       </c>
       <c r="E336" t="s">
-        <v>3009</v>
+        <v>3060</v>
       </c>
       <c r="F336" t="s">
-        <v>3010</v>
+        <v>3061</v>
       </c>
       <c r="G336" t="s">
-        <v>3011</v>
+        <v>3062</v>
       </c>
       <c r="H336" t="s">
-        <v>3012</v>
-[...2 lines deleted...]
-        <v>3013</v>
+        <v>3063</v>
       </c>
       <c r="J336" t="s">
         <v>23</v>
       </c>
       <c r="K336" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L336" t="s">
         <v>25</v>
       </c>
       <c r="M336" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N336" t="s">
         <v>27</v>
       </c>
       <c r="O336" t="s">
-        <v>3014</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>10412</v>
+        <v>5789</v>
       </c>
       <c r="B337" t="s">
-        <v>3015</v>
+        <v>3065</v>
       </c>
       <c r="C337" t="s">
-        <v>3016</v>
+        <v>3066</v>
       </c>
       <c r="D337" t="s">
-        <v>3017</v>
+        <v>3067</v>
       </c>
       <c r="E337" t="s">
-        <v>3018</v>
+        <v>3068</v>
       </c>
       <c r="F337" t="s">
-        <v>3019</v>
+        <v>3069</v>
       </c>
       <c r="G337" t="s">
-        <v>3020</v>
+        <v>3070</v>
       </c>
       <c r="H337" t="s">
-        <v>3021</v>
-[...2 lines deleted...]
-        <v>3022</v>
+        <v>3071</v>
       </c>
       <c r="J337" t="s">
         <v>23</v>
       </c>
       <c r="K337" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L337" t="s">
         <v>25</v>
       </c>
       <c r="M337" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N337" t="s">
         <v>27</v>
       </c>
       <c r="O337" t="s">
-        <v>3023</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>10647</v>
+        <v>5792</v>
       </c>
       <c r="B338" t="s">
-        <v>3024</v>
+        <v>3073</v>
       </c>
       <c r="C338" t="s">
-        <v>3025</v>
+        <v>3074</v>
       </c>
       <c r="D338" t="s">
-        <v>3026</v>
+        <v>3075</v>
       </c>
       <c r="E338" t="s">
-        <v>3027</v>
+        <v>3076</v>
       </c>
       <c r="F338" t="s">
-        <v>3028</v>
+        <v>3077</v>
       </c>
       <c r="G338" t="s">
-        <v>3029</v>
+        <v>3078</v>
       </c>
       <c r="H338" t="s">
-        <v>3030</v>
+        <v>3079</v>
       </c>
       <c r="I338" t="s">
-        <v>3031</v>
+        <v>3080</v>
       </c>
       <c r="J338" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K338" t="s">
-        <v>156</v>
+        <v>446</v>
       </c>
       <c r="L338" t="s">
-        <v>25</v>
+        <v>447</v>
       </c>
       <c r="M338" t="s">
-        <v>157</v>
+        <v>448</v>
       </c>
       <c r="N338" t="s">
         <v>27</v>
       </c>
       <c r="O338" t="s">
-        <v>3032</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>10887</v>
+        <v>5794</v>
       </c>
       <c r="B339" t="s">
-        <v>3033</v>
+        <v>3082</v>
       </c>
       <c r="C339" t="s">
-        <v>3034</v>
+        <v>3083</v>
       </c>
       <c r="D339" t="s">
-        <v>3035</v>
+        <v>3084</v>
       </c>
       <c r="E339" t="s">
-        <v>3036</v>
+        <v>3085</v>
       </c>
       <c r="F339" t="s">
-        <v>3037</v>
+        <v>3086</v>
       </c>
       <c r="G339" t="s">
-        <v>3038</v>
+        <v>3087</v>
       </c>
       <c r="H339" t="s">
-        <v>3039</v>
+        <v>3088</v>
       </c>
       <c r="I339" t="s">
-        <v>3040</v>
+        <v>3089</v>
       </c>
       <c r="J339" t="s">
         <v>23</v>
       </c>
       <c r="K339" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L339" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M339" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N339" t="s">
         <v>27</v>
       </c>
       <c r="O339" t="s">
-        <v>3041</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>10925</v>
+        <v>5795</v>
       </c>
       <c r="B340" t="s">
-        <v>3042</v>
+        <v>3091</v>
       </c>
       <c r="C340" t="s">
-        <v>3043</v>
+        <v>3092</v>
       </c>
       <c r="D340" t="s">
-        <v>3044</v>
+        <v>3093</v>
       </c>
       <c r="E340" t="s">
-        <v>3045</v>
+        <v>3094</v>
       </c>
       <c r="F340" t="s">
-        <v>3046</v>
+        <v>3095</v>
       </c>
       <c r="G340" t="s">
-        <v>3047</v>
+        <v>3096</v>
       </c>
       <c r="H340" t="s">
-        <v>3048</v>
+        <v>3097</v>
       </c>
       <c r="I340" t="s">
-        <v>3049</v>
+        <v>3098</v>
       </c>
       <c r="J340" t="s">
         <v>23</v>
       </c>
       <c r="K340" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L340" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M340" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="N340" t="s">
         <v>27</v>
       </c>
       <c r="O340" t="s">
-        <v>3050</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>10930</v>
+        <v>5796</v>
       </c>
       <c r="B341" t="s">
-        <v>3051</v>
+        <v>3100</v>
       </c>
       <c r="C341" t="s">
-        <v>3052</v>
+        <v>3101</v>
       </c>
       <c r="D341" t="s">
-        <v>3053</v>
+        <v>3102</v>
       </c>
       <c r="E341" t="s">
-        <v>3054</v>
+        <v>3103</v>
       </c>
       <c r="F341" t="s">
-        <v>3055</v>
+        <v>3104</v>
       </c>
       <c r="G341" t="s">
-        <v>3056</v>
+        <v>3105</v>
       </c>
       <c r="H341" t="s">
-        <v>3057</v>
+        <v>3106</v>
       </c>
       <c r="I341" t="s">
-        <v>3058</v>
+        <v>3107</v>
       </c>
       <c r="J341" t="s">
-        <v>3059</v>
+        <v>23</v>
       </c>
       <c r="K341" t="s">
-        <v>583</v>
+        <v>174</v>
       </c>
       <c r="L341" t="s">
-        <v>3060</v>
+        <v>46</v>
       </c>
       <c r="M341" t="s">
-        <v>584</v>
+        <v>175</v>
       </c>
       <c r="N341" t="s">
         <v>27</v>
       </c>
       <c r="O341" t="s">
-        <v>3061</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>10947</v>
+        <v>5797</v>
       </c>
       <c r="B342" t="s">
-        <v>3062</v>
+        <v>3109</v>
       </c>
       <c r="C342" t="s">
-        <v>3063</v>
+        <v>3110</v>
       </c>
       <c r="D342" t="s">
-        <v>3064</v>
+        <v>3111</v>
       </c>
       <c r="E342" t="s">
-        <v>3065</v>
+        <v>3112</v>
       </c>
       <c r="F342" t="s">
-        <v>3066</v>
+        <v>3113</v>
       </c>
       <c r="G342" t="s">
-        <v>3067</v>
+        <v>3114</v>
       </c>
       <c r="H342" t="s">
-        <v>3068</v>
-[...2 lines deleted...]
-        <v>3069</v>
+        <v>3115</v>
       </c>
       <c r="J342" t="s">
         <v>23</v>
       </c>
       <c r="K342" t="s">
-        <v>156</v>
+        <v>3116</v>
       </c>
       <c r="L342" t="s">
         <v>25</v>
       </c>
       <c r="M342" t="s">
-        <v>157</v>
+        <v>1297</v>
       </c>
       <c r="N342" t="s">
         <v>27</v>
       </c>
       <c r="O342" t="s">
-        <v>3070</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>10951</v>
+        <v>5798</v>
       </c>
       <c r="B343" t="s">
-        <v>3071</v>
+        <v>3118</v>
       </c>
       <c r="C343" t="s">
-        <v>3072</v>
+        <v>3119</v>
       </c>
       <c r="D343" t="s">
-        <v>3073</v>
+        <v>3120</v>
       </c>
       <c r="E343" t="s">
-        <v>3074</v>
+        <v>3121</v>
       </c>
       <c r="F343" t="s">
-        <v>3075</v>
+        <v>3122</v>
       </c>
       <c r="G343" t="s">
-        <v>3076</v>
+        <v>3123</v>
       </c>
       <c r="H343" t="s">
-        <v>3077</v>
+        <v>3124</v>
       </c>
       <c r="I343" t="s">
-        <v>3078</v>
+        <v>3125</v>
       </c>
       <c r="J343" t="s">
         <v>23</v>
       </c>
       <c r="K343" t="s">
-        <v>24</v>
+        <v>174</v>
       </c>
       <c r="L343" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M343" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="N343" t="s">
         <v>27</v>
       </c>
       <c r="O343" t="s">
-        <v>3079</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>11287</v>
+        <v>5799</v>
       </c>
       <c r="B344" t="s">
-        <v>3080</v>
+        <v>3127</v>
       </c>
       <c r="C344" t="s">
-        <v>3081</v>
+        <v>3128</v>
       </c>
       <c r="D344" t="s">
-        <v>3082</v>
+        <v>3129</v>
       </c>
       <c r="E344" t="s">
-        <v>3083</v>
+        <v>3130</v>
       </c>
       <c r="F344" t="s">
-        <v>3084</v>
+        <v>3131</v>
       </c>
       <c r="G344" t="s">
-        <v>3085</v>
+        <v>3132</v>
       </c>
       <c r="H344" t="s">
-        <v>3086</v>
+        <v>3133</v>
       </c>
       <c r="I344" t="s">
-        <v>3087</v>
+        <v>3134</v>
       </c>
       <c r="J344" t="s">
-        <v>23</v>
+        <v>2082</v>
       </c>
       <c r="K344" t="s">
-        <v>156</v>
+        <v>956</v>
       </c>
       <c r="L344" t="s">
-        <v>25</v>
+        <v>2084</v>
       </c>
       <c r="M344" t="s">
-        <v>157</v>
+        <v>957</v>
       </c>
       <c r="N344" t="s">
         <v>27</v>
       </c>
       <c r="O344" t="s">
-        <v>3088</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>11310</v>
+        <v>5800</v>
       </c>
       <c r="B345" t="s">
-        <v>3089</v>
+        <v>3136</v>
       </c>
       <c r="C345" t="s">
-        <v>3090</v>
+        <v>3137</v>
       </c>
       <c r="D345" t="s">
-        <v>3091</v>
+        <v>3138</v>
       </c>
       <c r="E345" t="s">
-        <v>3092</v>
+        <v>3139</v>
       </c>
       <c r="F345" t="s">
-        <v>3093</v>
+        <v>3140</v>
       </c>
       <c r="G345" t="s">
-        <v>3094</v>
+        <v>3141</v>
       </c>
       <c r="H345" t="s">
-        <v>3095</v>
-[...2 lines deleted...]
-        <v>3096</v>
+        <v>3142</v>
       </c>
       <c r="J345" t="s">
         <v>23</v>
       </c>
       <c r="K345" t="s">
-        <v>320</v>
+        <v>174</v>
       </c>
       <c r="L345" t="s">
         <v>25</v>
       </c>
       <c r="M345" t="s">
-        <v>322</v>
+        <v>577</v>
       </c>
       <c r="N345" t="s">
         <v>27</v>
       </c>
       <c r="O345" t="s">
-        <v>3097</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>58060</v>
+        <v>5801</v>
       </c>
       <c r="B346" t="s">
-        <v>3098</v>
+        <v>3144</v>
       </c>
       <c r="C346" t="s">
-        <v>3099</v>
+        <v>3145</v>
       </c>
       <c r="D346" t="s">
-        <v>3100</v>
+        <v>3146</v>
       </c>
       <c r="E346" t="s">
-        <v>3101</v>
+        <v>3147</v>
       </c>
       <c r="F346" t="s">
-        <v>3102</v>
+        <v>3148</v>
       </c>
       <c r="G346" t="s">
-        <v>3103</v>
+        <v>3149</v>
       </c>
       <c r="H346" t="s">
-        <v>3104</v>
-[...2 lines deleted...]
-        <v>3105</v>
+        <v>3150</v>
       </c>
       <c r="J346" t="s">
         <v>23</v>
       </c>
       <c r="K346" t="s">
-        <v>3106</v>
+        <v>24</v>
       </c>
       <c r="L346" t="s">
         <v>25</v>
       </c>
       <c r="M346" t="s">
-        <v>3107</v>
+        <v>26</v>
       </c>
       <c r="N346" t="s">
         <v>27</v>
       </c>
       <c r="O346" t="s">
-        <v>3108</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>58066</v>
+        <v>5802</v>
       </c>
       <c r="B347" t="s">
-        <v>3109</v>
+        <v>3152</v>
       </c>
       <c r="C347" t="s">
-        <v>3110</v>
+        <v>3153</v>
       </c>
       <c r="D347" t="s">
-        <v>3111</v>
+        <v>3154</v>
       </c>
       <c r="E347" t="s">
-        <v>3112</v>
+        <v>3155</v>
       </c>
       <c r="F347" t="s">
-        <v>3113</v>
+        <v>3156</v>
       </c>
       <c r="G347" t="s">
-        <v>3114</v>
+        <v>3157</v>
       </c>
       <c r="H347" t="s">
-        <v>3115</v>
-[...2 lines deleted...]
-        <v>3116</v>
+        <v>3158</v>
       </c>
       <c r="J347" t="s">
         <v>23</v>
       </c>
       <c r="K347" t="s">
-        <v>583</v>
+        <v>945</v>
       </c>
       <c r="L347" t="s">
         <v>25</v>
       </c>
       <c r="M347" t="s">
-        <v>584</v>
+        <v>946</v>
       </c>
       <c r="N347" t="s">
         <v>27</v>
       </c>
       <c r="O347" t="s">
-        <v>3117</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>58120</v>
+        <v>5803</v>
       </c>
       <c r="B348" t="s">
-        <v>3118</v>
+        <v>3160</v>
       </c>
       <c r="C348" t="s">
-        <v>3119</v>
+        <v>3161</v>
       </c>
       <c r="D348" t="s">
-        <v>3120</v>
+        <v>3162</v>
       </c>
       <c r="E348" t="s">
-        <v>3121</v>
+        <v>3163</v>
       </c>
       <c r="F348" t="s">
-        <v>3122</v>
+        <v>3164</v>
       </c>
       <c r="G348" t="s">
-        <v>3123</v>
+        <v>3165</v>
       </c>
       <c r="H348" t="s">
-        <v>3124</v>
+        <v>3166</v>
       </c>
       <c r="I348" t="s">
-        <v>3125</v>
+        <v>3167</v>
       </c>
       <c r="J348" t="s">
         <v>23</v>
       </c>
       <c r="K348" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L348" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M348" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N348" t="s">
         <v>27</v>
       </c>
       <c r="O348" t="s">
-        <v>3126</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>58122</v>
+        <v>5804</v>
       </c>
       <c r="B349" t="s">
-        <v>3127</v>
+        <v>3169</v>
       </c>
       <c r="C349" t="s">
-        <v>3128</v>
+        <v>3170</v>
       </c>
       <c r="D349" t="s">
-        <v>3129</v>
+        <v>3171</v>
       </c>
       <c r="E349" t="s">
-        <v>3130</v>
+        <v>3172</v>
       </c>
       <c r="F349" t="s">
-        <v>3131</v>
+        <v>3173</v>
       </c>
       <c r="G349" t="s">
-        <v>3132</v>
+        <v>3174</v>
       </c>
       <c r="H349" t="s">
-        <v>3133</v>
-[...2 lines deleted...]
-        <v>3134</v>
+        <v>3175</v>
       </c>
       <c r="J349" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K349" t="s">
-        <v>156</v>
+        <v>813</v>
       </c>
       <c r="L349" t="s">
-        <v>25</v>
+        <v>1711</v>
       </c>
       <c r="M349" t="s">
-        <v>157</v>
+        <v>2362</v>
       </c>
       <c r="N349" t="s">
         <v>27</v>
       </c>
       <c r="O349" t="s">
-        <v>3135</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>58218</v>
+        <v>5805</v>
       </c>
       <c r="B350" t="s">
-        <v>3136</v>
+        <v>3177</v>
       </c>
       <c r="C350" t="s">
-        <v>3137</v>
+        <v>3178</v>
       </c>
       <c r="D350" t="s">
-        <v>3138</v>
+        <v>3179</v>
       </c>
       <c r="E350" t="s">
-        <v>3139</v>
+        <v>3180</v>
       </c>
       <c r="F350" t="s">
-        <v>3140</v>
+        <v>3181</v>
       </c>
       <c r="G350" t="s">
-        <v>3141</v>
+        <v>3182</v>
       </c>
       <c r="H350" t="s">
-        <v>3142</v>
+        <v>3183</v>
       </c>
       <c r="I350" t="s">
-        <v>3143</v>
+        <v>3184</v>
       </c>
       <c r="J350" t="s">
         <v>23</v>
       </c>
       <c r="K350" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L350" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M350" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N350" t="s">
         <v>27</v>
       </c>
       <c r="O350" t="s">
-        <v>3144</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>58223</v>
+        <v>5807</v>
       </c>
       <c r="B351" t="s">
-        <v>3145</v>
+        <v>3186</v>
       </c>
       <c r="C351" t="s">
-        <v>3146</v>
+        <v>3187</v>
       </c>
       <c r="D351" t="s">
-        <v>3147</v>
+        <v>3188</v>
       </c>
       <c r="E351" t="s">
-        <v>3148</v>
+        <v>3189</v>
       </c>
       <c r="F351" t="s">
-        <v>3149</v>
+        <v>3190</v>
       </c>
       <c r="G351" t="s">
-        <v>3150</v>
+        <v>3191</v>
       </c>
       <c r="H351" t="s">
-        <v>3151</v>
-[...2 lines deleted...]
-        <v>3152</v>
+        <v>3192</v>
       </c>
       <c r="J351" t="s">
         <v>23</v>
       </c>
       <c r="K351" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L351" t="s">
         <v>25</v>
       </c>
       <c r="M351" t="s">
-        <v>157</v>
+        <v>577</v>
       </c>
       <c r="N351" t="s">
         <v>27</v>
       </c>
       <c r="O351" t="s">
-        <v>3153</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>58240</v>
+        <v>5811</v>
       </c>
       <c r="B352" t="s">
-        <v>3154</v>
+        <v>3194</v>
       </c>
       <c r="C352" t="s">
-        <v>3155</v>
+        <v>3195</v>
       </c>
       <c r="D352" t="s">
-        <v>3156</v>
+        <v>3196</v>
       </c>
       <c r="E352" t="s">
-        <v>3157</v>
+        <v>3197</v>
       </c>
       <c r="F352" t="s">
-        <v>3158</v>
+        <v>3198</v>
       </c>
       <c r="G352" t="s">
-        <v>3159</v>
+        <v>3199</v>
       </c>
       <c r="H352" t="s">
-        <v>3160</v>
+        <v>3200</v>
       </c>
       <c r="I352" t="s">
-        <v>3161</v>
+        <v>3201</v>
       </c>
       <c r="J352" t="s">
         <v>23</v>
       </c>
       <c r="K352" t="s">
-        <v>3162</v>
+        <v>45</v>
       </c>
       <c r="L352" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M352" t="s">
-        <v>3163</v>
+        <v>47</v>
       </c>
       <c r="N352" t="s">
         <v>27</v>
       </c>
       <c r="O352" t="s">
-        <v>3164</v>
+        <v>3202</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>58259</v>
+        <v>5817</v>
       </c>
       <c r="B353" t="s">
-        <v>3165</v>
+        <v>3203</v>
       </c>
       <c r="C353" t="s">
-        <v>3166</v>
+        <v>3204</v>
       </c>
       <c r="D353" t="s">
-        <v>3167</v>
+        <v>3205</v>
       </c>
       <c r="E353" t="s">
-        <v>3168</v>
+        <v>3206</v>
       </c>
       <c r="F353" t="s">
-        <v>3169</v>
+        <v>3207</v>
       </c>
       <c r="G353" t="s">
-        <v>3170</v>
+        <v>3208</v>
       </c>
       <c r="H353" t="s">
-        <v>3171</v>
-[...2 lines deleted...]
-        <v>3172</v>
+        <v>3209</v>
       </c>
       <c r="J353" t="s">
         <v>23</v>
       </c>
       <c r="K353" t="s">
-        <v>3173</v>
+        <v>174</v>
       </c>
       <c r="L353" t="s">
         <v>25</v>
       </c>
       <c r="M353" t="s">
-        <v>3174</v>
+        <v>577</v>
       </c>
       <c r="N353" t="s">
         <v>27</v>
       </c>
       <c r="O353" t="s">
-        <v>3175</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>64637</v>
+        <v>5822</v>
       </c>
       <c r="B354" t="s">
-        <v>3176</v>
+        <v>3211</v>
       </c>
       <c r="C354" t="s">
-        <v>3177</v>
+        <v>3212</v>
       </c>
       <c r="D354" t="s">
-        <v>3178</v>
+        <v>3213</v>
       </c>
       <c r="E354" t="s">
-        <v>3179</v>
+        <v>3214</v>
       </c>
       <c r="F354" t="s">
-        <v>3180</v>
+        <v>3215</v>
       </c>
       <c r="G354" t="s">
-        <v>3181</v>
+        <v>3216</v>
       </c>
       <c r="H354" t="s">
-        <v>3182</v>
-[...2 lines deleted...]
-        <v>3183</v>
+        <v>3217</v>
       </c>
       <c r="J354" t="s">
         <v>23</v>
       </c>
       <c r="K354" t="s">
-        <v>24</v>
+        <v>1269</v>
       </c>
       <c r="L354" t="s">
         <v>25</v>
       </c>
       <c r="M354" t="s">
-        <v>26</v>
+        <v>3218</v>
       </c>
       <c r="N354" t="s">
         <v>27</v>
       </c>
       <c r="O354" t="s">
-        <v>3184</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>64689</v>
+        <v>5830</v>
       </c>
       <c r="B355" t="s">
-        <v>3185</v>
+        <v>3220</v>
       </c>
       <c r="C355" t="s">
-        <v>3186</v>
+        <v>3221</v>
       </c>
       <c r="D355" t="s">
-        <v>3187</v>
+        <v>3222</v>
       </c>
       <c r="E355" t="s">
-        <v>3188</v>
+        <v>3223</v>
       </c>
       <c r="F355" t="s">
-        <v>3189</v>
+        <v>3224</v>
       </c>
       <c r="G355" t="s">
-        <v>3190</v>
+        <v>3225</v>
       </c>
       <c r="H355" t="s">
-        <v>3191</v>
+        <v>3226</v>
       </c>
       <c r="I355" t="s">
-        <v>3192</v>
+        <v>3227</v>
       </c>
       <c r="J355" t="s">
         <v>23</v>
       </c>
       <c r="K355" t="s">
-        <v>1239</v>
+        <v>45</v>
       </c>
       <c r="L355" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M355" t="s">
-        <v>1240</v>
+        <v>47</v>
       </c>
       <c r="N355" t="s">
         <v>27</v>
       </c>
       <c r="O355" t="s">
-        <v>3193</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>65000</v>
+        <v>5845</v>
       </c>
       <c r="B356" t="s">
-        <v>3194</v>
+        <v>3229</v>
       </c>
       <c r="C356" t="s">
-        <v>3195</v>
+        <v>3230</v>
       </c>
       <c r="D356" t="s">
-        <v>3196</v>
+        <v>3231</v>
       </c>
       <c r="E356" t="s">
-        <v>3197</v>
+        <v>3232</v>
       </c>
       <c r="F356" t="s">
-        <v>3198</v>
+        <v>3233</v>
       </c>
       <c r="G356" t="s">
-        <v>3199</v>
+        <v>3234</v>
       </c>
       <c r="H356" t="s">
-        <v>3200</v>
-[...2 lines deleted...]
-        <v>3201</v>
+        <v>3235</v>
       </c>
       <c r="J356" t="s">
         <v>23</v>
       </c>
       <c r="K356" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L356" t="s">
         <v>25</v>
       </c>
       <c r="M356" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N356" t="s">
         <v>27</v>
       </c>
       <c r="O356" t="s">
-        <v>3202</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>65001</v>
+        <v>5846</v>
       </c>
       <c r="B357" t="s">
-        <v>3203</v>
+        <v>3237</v>
       </c>
       <c r="C357" t="s">
-        <v>3204</v>
+        <v>3238</v>
       </c>
       <c r="D357" t="s">
-        <v>3205</v>
+        <v>3239</v>
       </c>
       <c r="E357" t="s">
-        <v>3206</v>
+        <v>3240</v>
       </c>
       <c r="F357" t="s">
-        <v>3207</v>
+        <v>3241</v>
       </c>
       <c r="G357" t="s">
-        <v>3208</v>
+        <v>3242</v>
       </c>
       <c r="H357" t="s">
-        <v>3209</v>
-[...2 lines deleted...]
-        <v>3210</v>
+        <v>3243</v>
       </c>
       <c r="J357" t="s">
         <v>23</v>
       </c>
       <c r="K357" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L357" t="s">
         <v>25</v>
       </c>
       <c r="M357" t="s">
-        <v>157</v>
+        <v>577</v>
       </c>
       <c r="N357" t="s">
         <v>27</v>
       </c>
       <c r="O357" t="s">
-        <v>3211</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>65002</v>
+        <v>5856</v>
       </c>
       <c r="B358" t="s">
-        <v>3212</v>
+        <v>3245</v>
       </c>
       <c r="C358" t="s">
-        <v>3213</v>
+        <v>3246</v>
       </c>
       <c r="D358" t="s">
-        <v>3214</v>
+        <v>3247</v>
       </c>
       <c r="E358" t="s">
-        <v>3215</v>
+        <v>3248</v>
       </c>
       <c r="F358" t="s">
-        <v>3216</v>
+        <v>3249</v>
       </c>
       <c r="G358" t="s">
-        <v>3217</v>
+        <v>3250</v>
       </c>
       <c r="H358" t="s">
-        <v>3218</v>
-[...2 lines deleted...]
-        <v>3219</v>
+        <v>3251</v>
       </c>
       <c r="J358" t="s">
         <v>23</v>
       </c>
       <c r="K358" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L358" t="s">
         <v>25</v>
       </c>
       <c r="M358" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N358" t="s">
         <v>27</v>
       </c>
       <c r="O358" t="s">
-        <v>3220</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>65003</v>
+        <v>5863</v>
       </c>
       <c r="B359" t="s">
-        <v>3221</v>
+        <v>3253</v>
       </c>
       <c r="C359" t="s">
-        <v>3222</v>
+        <v>3254</v>
       </c>
       <c r="D359" t="s">
-        <v>3223</v>
+        <v>3255</v>
       </c>
       <c r="E359" t="s">
-        <v>3224</v>
+        <v>3256</v>
       </c>
       <c r="F359" t="s">
-        <v>3225</v>
+        <v>3257</v>
       </c>
       <c r="G359" t="s">
-        <v>3226</v>
+        <v>3258</v>
       </c>
       <c r="H359" t="s">
-        <v>3227</v>
+        <v>3259</v>
       </c>
       <c r="I359" t="s">
-        <v>3228</v>
+        <v>3260</v>
       </c>
       <c r="J359" t="s">
         <v>23</v>
       </c>
       <c r="K359" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L359" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M359" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N359" t="s">
         <v>27</v>
       </c>
       <c r="O359" t="s">
-        <v>3229</v>
+        <v>3261</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>65004</v>
+        <v>5866</v>
       </c>
       <c r="B360" t="s">
-        <v>3230</v>
+        <v>3262</v>
       </c>
       <c r="C360" t="s">
-        <v>3231</v>
+        <v>3263</v>
       </c>
       <c r="D360" t="s">
-        <v>3232</v>
+        <v>3264</v>
       </c>
       <c r="E360" t="s">
-        <v>3233</v>
+        <v>3265</v>
       </c>
       <c r="F360" t="s">
-        <v>3234</v>
+        <v>3266</v>
       </c>
       <c r="G360" t="s">
-        <v>3235</v>
+        <v>3267</v>
       </c>
       <c r="H360" t="s">
-        <v>3236</v>
+        <v>3268</v>
       </c>
       <c r="I360" t="s">
-        <v>3237</v>
+        <v>3269</v>
       </c>
       <c r="J360" t="s">
         <v>23</v>
       </c>
       <c r="K360" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L360" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M360" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N360" t="s">
         <v>27</v>
       </c>
       <c r="O360" t="s">
-        <v>3238</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>65005</v>
+        <v>5887</v>
       </c>
       <c r="B361" t="s">
-        <v>3239</v>
+        <v>3271</v>
       </c>
       <c r="C361" t="s">
-        <v>3240</v>
+        <v>3272</v>
       </c>
       <c r="D361" t="s">
-        <v>3241</v>
+        <v>3273</v>
       </c>
       <c r="E361" t="s">
-        <v>3242</v>
+        <v>3274</v>
       </c>
       <c r="F361" t="s">
-        <v>3243</v>
+        <v>3275</v>
       </c>
       <c r="G361" t="s">
-        <v>3244</v>
+        <v>3276</v>
       </c>
       <c r="H361" t="s">
-        <v>3245</v>
+        <v>3277</v>
       </c>
       <c r="I361" t="s">
-        <v>3246</v>
+        <v>3278</v>
       </c>
       <c r="J361" t="s">
         <v>23</v>
       </c>
       <c r="K361" t="s">
-        <v>3247</v>
+        <v>45</v>
       </c>
       <c r="L361" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M361" t="s">
-        <v>3248</v>
+        <v>47</v>
       </c>
       <c r="N361" t="s">
         <v>27</v>
       </c>
       <c r="O361" t="s">
-        <v>3249</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>65006</v>
+        <v>5888</v>
       </c>
       <c r="B362" t="s">
-        <v>3250</v>
+        <v>3280</v>
       </c>
       <c r="C362" t="s">
-        <v>3251</v>
+        <v>3281</v>
       </c>
       <c r="D362" t="s">
-        <v>3252</v>
+        <v>3282</v>
       </c>
       <c r="E362" t="s">
-        <v>3253</v>
+        <v>3283</v>
       </c>
       <c r="F362" t="s">
-        <v>3254</v>
+        <v>3284</v>
       </c>
       <c r="G362" t="s">
-        <v>3255</v>
+        <v>3285</v>
       </c>
       <c r="H362" t="s">
-        <v>3256</v>
+        <v>3286</v>
       </c>
       <c r="I362" t="s">
-        <v>3257</v>
+        <v>3287</v>
       </c>
       <c r="J362" t="s">
         <v>23</v>
       </c>
       <c r="K362" t="s">
-        <v>3258</v>
+        <v>45</v>
       </c>
       <c r="L362" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M362" t="s">
-        <v>3259</v>
+        <v>47</v>
       </c>
       <c r="N362" t="s">
         <v>27</v>
       </c>
       <c r="O362" t="s">
-        <v>3260</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>65007</v>
+        <v>5889</v>
       </c>
       <c r="B363" t="s">
-        <v>3261</v>
+        <v>3289</v>
       </c>
       <c r="C363" t="s">
-        <v>3262</v>
+        <v>3290</v>
       </c>
       <c r="D363" t="s">
-        <v>3263</v>
+        <v>3291</v>
       </c>
       <c r="E363" t="s">
-        <v>3264</v>
+        <v>3292</v>
       </c>
       <c r="F363" t="s">
-        <v>3265</v>
+        <v>3293</v>
       </c>
       <c r="G363" t="s">
-        <v>3266</v>
+        <v>3294</v>
       </c>
       <c r="H363" t="s">
-        <v>3267</v>
+        <v>3295</v>
       </c>
       <c r="I363" t="s">
-        <v>3268</v>
+        <v>3296</v>
       </c>
       <c r="J363" t="s">
         <v>23</v>
       </c>
       <c r="K363" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L363" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M363" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N363" t="s">
         <v>27</v>
       </c>
       <c r="O363" t="s">
-        <v>3269</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>65008</v>
+        <v>5907</v>
       </c>
       <c r="B364" t="s">
-        <v>3270</v>
+        <v>3298</v>
       </c>
       <c r="C364" t="s">
-        <v>3271</v>
+        <v>3299</v>
       </c>
       <c r="D364" t="s">
-        <v>3272</v>
+        <v>3300</v>
       </c>
       <c r="E364" t="s">
-        <v>3273</v>
+        <v>3301</v>
       </c>
       <c r="F364" t="s">
-        <v>3274</v>
+        <v>3302</v>
       </c>
       <c r="G364" t="s">
-        <v>3275</v>
+        <v>3303</v>
       </c>
       <c r="H364" t="s">
-        <v>3276</v>
+        <v>3304</v>
       </c>
       <c r="I364" t="s">
-        <v>3277</v>
+        <v>3305</v>
       </c>
       <c r="J364" t="s">
         <v>23</v>
       </c>
       <c r="K364" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L364" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M364" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N364" t="s">
         <v>27</v>
       </c>
       <c r="O364" t="s">
-        <v>3278</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>65009</v>
+        <v>5913</v>
       </c>
       <c r="B365" t="s">
-        <v>3279</v>
+        <v>3307</v>
       </c>
       <c r="C365" t="s">
-        <v>3280</v>
+        <v>3308</v>
       </c>
       <c r="D365" t="s">
-        <v>3281</v>
+        <v>3309</v>
       </c>
       <c r="E365" t="s">
-        <v>3282</v>
+        <v>3310</v>
       </c>
       <c r="F365" t="s">
-        <v>3283</v>
+        <v>3311</v>
       </c>
       <c r="G365" t="s">
-        <v>3284</v>
+        <v>3312</v>
       </c>
       <c r="H365" t="s">
-        <v>3285</v>
+        <v>3313</v>
       </c>
       <c r="I365" t="s">
-        <v>3286</v>
+        <v>3314</v>
       </c>
       <c r="J365" t="s">
         <v>23</v>
       </c>
       <c r="K365" t="s">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="L365" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M365" t="s">
-        <v>157</v>
+        <v>74</v>
       </c>
       <c r="N365" t="s">
         <v>27</v>
       </c>
       <c r="O365" t="s">
-        <v>3287</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>65010</v>
+        <v>5915</v>
       </c>
       <c r="B366" t="s">
-        <v>3288</v>
+        <v>3316</v>
       </c>
       <c r="C366" t="s">
-        <v>3289</v>
+        <v>3317</v>
       </c>
       <c r="D366" t="s">
-        <v>3290</v>
+        <v>3318</v>
       </c>
       <c r="E366" t="s">
-        <v>3291</v>
+        <v>3319</v>
       </c>
       <c r="F366" t="s">
-        <v>3292</v>
+        <v>3320</v>
       </c>
       <c r="G366" t="s">
-        <v>3293</v>
+        <v>3321</v>
       </c>
       <c r="H366" t="s">
-        <v>3294</v>
+        <v>3322</v>
       </c>
       <c r="I366" t="s">
-        <v>3295</v>
+        <v>3323</v>
       </c>
       <c r="J366" t="s">
         <v>23</v>
       </c>
       <c r="K366" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L366" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M366" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N366" t="s">
         <v>27</v>
       </c>
       <c r="O366" t="s">
-        <v>3296</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>65011</v>
+        <v>5932</v>
       </c>
       <c r="B367" t="s">
-        <v>3297</v>
+        <v>3325</v>
       </c>
       <c r="C367" t="s">
-        <v>3298</v>
+        <v>3326</v>
       </c>
       <c r="D367" t="s">
-        <v>3299</v>
+        <v>3327</v>
       </c>
       <c r="E367" t="s">
-        <v>3300</v>
+        <v>3328</v>
       </c>
       <c r="F367" t="s">
-        <v>3301</v>
+        <v>3329</v>
       </c>
       <c r="G367" t="s">
-        <v>3302</v>
+        <v>3330</v>
       </c>
       <c r="H367" t="s">
-        <v>3303</v>
+        <v>3331</v>
       </c>
       <c r="I367" t="s">
-        <v>3304</v>
+        <v>3332</v>
       </c>
       <c r="J367" t="s">
         <v>23</v>
       </c>
       <c r="K367" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L367" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M367" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N367" t="s">
         <v>27</v>
       </c>
       <c r="O367" t="s">
-        <v>3305</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>65012</v>
+        <v>5934</v>
       </c>
       <c r="B368" t="s">
-        <v>3306</v>
+        <v>3334</v>
       </c>
       <c r="C368" t="s">
-        <v>3307</v>
+        <v>3335</v>
       </c>
       <c r="D368" t="s">
-        <v>3308</v>
+        <v>3336</v>
       </c>
       <c r="E368" t="s">
-        <v>3309</v>
+        <v>3337</v>
       </c>
       <c r="F368" t="s">
-        <v>3310</v>
+        <v>3338</v>
       </c>
       <c r="G368" t="s">
-        <v>3311</v>
+        <v>3339</v>
       </c>
       <c r="H368" t="s">
-        <v>3312</v>
+        <v>3340</v>
       </c>
       <c r="I368" t="s">
-        <v>3313</v>
+        <v>3341</v>
       </c>
       <c r="J368" t="s">
         <v>23</v>
       </c>
       <c r="K368" t="s">
-        <v>3314</v>
+        <v>174</v>
       </c>
       <c r="L368" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M368" t="s">
-        <v>3315</v>
+        <v>175</v>
       </c>
       <c r="N368" t="s">
         <v>27</v>
       </c>
       <c r="O368" t="s">
-        <v>3316</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>65013</v>
+        <v>5935</v>
       </c>
       <c r="B369" t="s">
-        <v>3317</v>
+        <v>3343</v>
       </c>
       <c r="C369" t="s">
-        <v>3318</v>
+        <v>3344</v>
       </c>
       <c r="D369" t="s">
-        <v>3319</v>
+        <v>3345</v>
       </c>
       <c r="E369" t="s">
-        <v>3320</v>
+        <v>3346</v>
       </c>
       <c r="F369" t="s">
-        <v>3321</v>
+        <v>3347</v>
       </c>
       <c r="G369" t="s">
-        <v>3322</v>
+        <v>3348</v>
       </c>
       <c r="H369" t="s">
-        <v>3323</v>
-[...2 lines deleted...]
-        <v>3324</v>
+        <v>3349</v>
       </c>
       <c r="J369" t="s">
         <v>23</v>
       </c>
       <c r="K369" t="s">
-        <v>53</v>
+        <v>956</v>
       </c>
       <c r="L369" t="s">
         <v>25</v>
       </c>
       <c r="M369" t="s">
-        <v>54</v>
+        <v>976</v>
       </c>
       <c r="N369" t="s">
         <v>27</v>
       </c>
       <c r="O369" t="s">
-        <v>3325</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>65014</v>
+        <v>5938</v>
       </c>
       <c r="B370" t="s">
-        <v>3326</v>
+        <v>3351</v>
       </c>
       <c r="C370" t="s">
-        <v>3327</v>
+        <v>3352</v>
       </c>
       <c r="D370" t="s">
-        <v>3328</v>
+        <v>3353</v>
       </c>
       <c r="E370" t="s">
-        <v>3329</v>
+        <v>3354</v>
       </c>
       <c r="F370" t="s">
-        <v>3330</v>
+        <v>3355</v>
       </c>
       <c r="G370" t="s">
-        <v>3331</v>
+        <v>3356</v>
       </c>
       <c r="H370" t="s">
-        <v>3332</v>
-[...2 lines deleted...]
-        <v>3333</v>
+        <v>3357</v>
       </c>
       <c r="J370" t="s">
-        <v>319</v>
+        <v>445</v>
       </c>
       <c r="K370" t="s">
-        <v>418</v>
+        <v>3358</v>
       </c>
       <c r="L370" t="s">
-        <v>321</v>
+        <v>1711</v>
       </c>
       <c r="M370" t="s">
-        <v>419</v>
+        <v>3359</v>
       </c>
       <c r="N370" t="s">
         <v>27</v>
       </c>
       <c r="O370" t="s">
-        <v>3334</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>65015</v>
+        <v>5948</v>
       </c>
       <c r="B371" t="s">
-        <v>3335</v>
+        <v>3361</v>
       </c>
       <c r="C371" t="s">
-        <v>3336</v>
+        <v>3362</v>
       </c>
       <c r="D371" t="s">
-        <v>3337</v>
+        <v>3363</v>
       </c>
       <c r="E371" t="s">
-        <v>3338</v>
+        <v>3364</v>
       </c>
       <c r="F371" t="s">
-        <v>3339</v>
+        <v>3365</v>
       </c>
       <c r="G371" t="s">
-        <v>3340</v>
+        <v>3366</v>
       </c>
       <c r="H371" t="s">
-        <v>3341</v>
-[...2 lines deleted...]
-        <v>3342</v>
+        <v>3367</v>
       </c>
       <c r="J371" t="s">
         <v>23</v>
       </c>
       <c r="K371" t="s">
-        <v>156</v>
+        <v>813</v>
       </c>
       <c r="L371" t="s">
         <v>25</v>
       </c>
       <c r="M371" t="s">
-        <v>157</v>
+        <v>2362</v>
       </c>
       <c r="N371" t="s">
         <v>27</v>
       </c>
       <c r="O371" t="s">
-        <v>3343</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>65016</v>
+        <v>5953</v>
       </c>
       <c r="B372" t="s">
-        <v>3344</v>
+        <v>3369</v>
       </c>
       <c r="C372" t="s">
-        <v>3345</v>
+        <v>3370</v>
       </c>
       <c r="D372" t="s">
-        <v>3346</v>
+        <v>3371</v>
       </c>
       <c r="E372" t="s">
-        <v>3347</v>
+        <v>3372</v>
       </c>
       <c r="F372" t="s">
-        <v>3348</v>
+        <v>3373</v>
       </c>
       <c r="G372" t="s">
-        <v>3349</v>
+        <v>3374</v>
       </c>
       <c r="H372" t="s">
-        <v>3350</v>
+        <v>3375</v>
       </c>
       <c r="I372" t="s">
-        <v>3351</v>
+        <v>3376</v>
       </c>
       <c r="J372" t="s">
         <v>23</v>
       </c>
       <c r="K372" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L372" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M372" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N372" t="s">
         <v>27</v>
       </c>
       <c r="O372" t="s">
-        <v>3352</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>65017</v>
+        <v>5981</v>
       </c>
       <c r="B373" t="s">
-        <v>3353</v>
+        <v>3378</v>
       </c>
       <c r="C373" t="s">
-        <v>3354</v>
+        <v>3379</v>
       </c>
       <c r="D373" t="s">
-        <v>3355</v>
+        <v>3380</v>
       </c>
       <c r="E373" t="s">
-        <v>3356</v>
+        <v>3381</v>
       </c>
       <c r="F373" t="s">
-        <v>3357</v>
+        <v>3382</v>
       </c>
       <c r="G373" t="s">
-        <v>3358</v>
+        <v>3383</v>
       </c>
       <c r="H373" t="s">
-        <v>3359</v>
+        <v>3384</v>
       </c>
       <c r="I373" t="s">
-        <v>3360</v>
+        <v>3385</v>
       </c>
       <c r="J373" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K373" t="s">
-        <v>3361</v>
+        <v>3386</v>
       </c>
       <c r="L373" t="s">
-        <v>25</v>
+        <v>447</v>
       </c>
       <c r="M373" t="s">
-        <v>3362</v>
+        <v>3387</v>
       </c>
       <c r="N373" t="s">
         <v>27</v>
       </c>
       <c r="O373" t="s">
-        <v>3363</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>65018</v>
+        <v>5986</v>
       </c>
       <c r="B374" t="s">
-        <v>3364</v>
+        <v>3389</v>
       </c>
       <c r="C374" t="s">
-        <v>3365</v>
+        <v>3390</v>
       </c>
       <c r="D374" t="s">
-        <v>3366</v>
+        <v>3391</v>
       </c>
       <c r="E374" t="s">
-        <v>3367</v>
+        <v>3392</v>
       </c>
       <c r="F374" t="s">
-        <v>3368</v>
+        <v>3393</v>
       </c>
       <c r="G374" t="s">
-        <v>3369</v>
+        <v>3394</v>
       </c>
       <c r="H374" t="s">
-        <v>3370</v>
+        <v>3395</v>
       </c>
       <c r="I374" t="s">
-        <v>3371</v>
+        <v>3396</v>
       </c>
       <c r="J374" t="s">
         <v>23</v>
       </c>
       <c r="K374" t="s">
-        <v>3372</v>
+        <v>174</v>
       </c>
       <c r="L374" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M374" t="s">
-        <v>3373</v>
+        <v>175</v>
       </c>
       <c r="N374" t="s">
         <v>27</v>
       </c>
       <c r="O374" t="s">
-        <v>3374</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>65019</v>
+        <v>5989</v>
       </c>
       <c r="B375" t="s">
-        <v>3375</v>
+        <v>3398</v>
       </c>
       <c r="C375" t="s">
-        <v>3376</v>
+        <v>3399</v>
       </c>
       <c r="D375" t="s">
-        <v>3377</v>
+        <v>3400</v>
       </c>
       <c r="E375" t="s">
-        <v>3378</v>
+        <v>3401</v>
       </c>
       <c r="F375" t="s">
-        <v>3379</v>
+        <v>3402</v>
       </c>
       <c r="G375" t="s">
-        <v>3380</v>
+        <v>3403</v>
       </c>
       <c r="H375" t="s">
-        <v>3381</v>
+        <v>3404</v>
       </c>
       <c r="I375" t="s">
-        <v>3382</v>
+        <v>3405</v>
       </c>
       <c r="J375" t="s">
         <v>23</v>
       </c>
       <c r="K375" t="s">
-        <v>156</v>
+        <v>2389</v>
       </c>
       <c r="L375" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M375" t="s">
-        <v>157</v>
+        <v>2390</v>
       </c>
       <c r="N375" t="s">
         <v>27</v>
       </c>
       <c r="O375" t="s">
-        <v>3383</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>65020</v>
+        <v>6018</v>
       </c>
       <c r="B376" t="s">
-        <v>3384</v>
+        <v>3407</v>
       </c>
       <c r="C376" t="s">
-        <v>3385</v>
+        <v>3408</v>
       </c>
       <c r="D376" t="s">
-        <v>3386</v>
+        <v>3409</v>
       </c>
       <c r="E376" t="s">
-        <v>3387</v>
+        <v>3410</v>
       </c>
       <c r="F376" t="s">
-        <v>3388</v>
+        <v>3411</v>
       </c>
       <c r="G376" t="s">
-        <v>3389</v>
+        <v>3412</v>
       </c>
       <c r="H376" t="s">
-        <v>3390</v>
+        <v>3413</v>
       </c>
       <c r="I376" t="s">
-        <v>3391</v>
+        <v>3414</v>
       </c>
       <c r="J376" t="s">
         <v>23</v>
       </c>
       <c r="K376" t="s">
-        <v>3392</v>
+        <v>174</v>
       </c>
       <c r="L376" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M376" t="s">
-        <v>3393</v>
+        <v>175</v>
       </c>
       <c r="N376" t="s">
         <v>27</v>
       </c>
       <c r="O376" t="s">
-        <v>3394</v>
+        <v>3415</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>65021</v>
+        <v>6021</v>
       </c>
       <c r="B377" t="s">
-        <v>3395</v>
+        <v>3416</v>
       </c>
       <c r="C377" t="s">
-        <v>3396</v>
+        <v>3417</v>
       </c>
       <c r="D377" t="s">
-        <v>3397</v>
+        <v>3418</v>
       </c>
       <c r="E377" t="s">
-        <v>3398</v>
+        <v>3419</v>
       </c>
       <c r="F377" t="s">
-        <v>3399</v>
+        <v>3420</v>
       </c>
       <c r="G377" t="s">
-        <v>3400</v>
+        <v>3421</v>
       </c>
       <c r="H377" t="s">
-        <v>3401</v>
+        <v>3422</v>
       </c>
       <c r="I377" t="s">
-        <v>3402</v>
+        <v>3423</v>
       </c>
       <c r="J377" t="s">
         <v>23</v>
       </c>
       <c r="K377" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L377" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M377" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N377" t="s">
         <v>27</v>
       </c>
       <c r="O377" t="s">
-        <v>3403</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>65022</v>
+        <v>6049</v>
       </c>
       <c r="B378" t="s">
-        <v>3404</v>
+        <v>3425</v>
       </c>
       <c r="C378" t="s">
-        <v>3405</v>
+        <v>3426</v>
       </c>
       <c r="D378" t="s">
-        <v>3406</v>
+        <v>3427</v>
       </c>
       <c r="E378" t="s">
-        <v>3407</v>
+        <v>3428</v>
       </c>
       <c r="F378" t="s">
-        <v>3408</v>
+        <v>3429</v>
       </c>
       <c r="G378" t="s">
-        <v>3409</v>
+        <v>3430</v>
       </c>
       <c r="H378" t="s">
-        <v>3410</v>
+        <v>3431</v>
       </c>
       <c r="I378" t="s">
-        <v>3411</v>
+        <v>3432</v>
       </c>
       <c r="J378" t="s">
-        <v>23</v>
+        <v>3433</v>
       </c>
       <c r="K378" t="s">
-        <v>53</v>
+        <v>3434</v>
       </c>
       <c r="L378" t="s">
-        <v>25</v>
+        <v>3435</v>
       </c>
       <c r="M378" t="s">
-        <v>54</v>
+        <v>3436</v>
       </c>
       <c r="N378" t="s">
         <v>27</v>
       </c>
       <c r="O378" t="s">
-        <v>3412</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>65023</v>
+        <v>6076</v>
       </c>
       <c r="B379" t="s">
-        <v>3413</v>
+        <v>3438</v>
       </c>
       <c r="C379" t="s">
-        <v>3414</v>
+        <v>3439</v>
       </c>
       <c r="D379" t="s">
-        <v>3415</v>
+        <v>3440</v>
       </c>
       <c r="E379" t="s">
-        <v>3416</v>
+        <v>3441</v>
       </c>
       <c r="F379" t="s">
-        <v>3417</v>
+        <v>3442</v>
       </c>
       <c r="G379" t="s">
-        <v>3418</v>
+        <v>3443</v>
       </c>
       <c r="H379" t="s">
-        <v>3419</v>
+        <v>3444</v>
       </c>
       <c r="I379" t="s">
-        <v>3420</v>
+        <v>3445</v>
       </c>
       <c r="J379" t="s">
         <v>23</v>
       </c>
       <c r="K379" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L379" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M379" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N379" t="s">
         <v>27</v>
       </c>
       <c r="O379" t="s">
-        <v>3421</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>65025</v>
+        <v>6093</v>
       </c>
       <c r="B380" t="s">
-        <v>3422</v>
+        <v>3447</v>
       </c>
       <c r="C380" t="s">
-        <v>3423</v>
+        <v>3448</v>
       </c>
       <c r="D380" t="s">
-        <v>3424</v>
+        <v>3449</v>
       </c>
       <c r="E380" t="s">
-        <v>3425</v>
+        <v>3450</v>
       </c>
       <c r="F380" t="s">
-        <v>3426</v>
+        <v>3451</v>
       </c>
       <c r="G380" t="s">
-        <v>3427</v>
+        <v>3452</v>
       </c>
       <c r="H380" t="s">
-        <v>3428</v>
+        <v>3453</v>
       </c>
       <c r="I380" t="s">
-        <v>3429</v>
+        <v>3454</v>
       </c>
       <c r="J380" t="s">
         <v>23</v>
       </c>
       <c r="K380" t="s">
-        <v>53</v>
+        <v>1122</v>
       </c>
       <c r="L380" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M380" t="s">
-        <v>54</v>
+        <v>1123</v>
       </c>
       <c r="N380" t="s">
         <v>27</v>
       </c>
       <c r="O380" t="s">
-        <v>3430</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>65026</v>
+        <v>6179</v>
       </c>
       <c r="B381" t="s">
-        <v>3431</v>
+        <v>3456</v>
       </c>
       <c r="C381" t="s">
-        <v>3432</v>
+        <v>3457</v>
       </c>
       <c r="D381" t="s">
-        <v>3433</v>
+        <v>3458</v>
       </c>
       <c r="E381" t="s">
-        <v>3434</v>
+        <v>3459</v>
       </c>
       <c r="F381" t="s">
-        <v>3435</v>
+        <v>3460</v>
       </c>
       <c r="G381" t="s">
-        <v>3436</v>
+        <v>3461</v>
       </c>
       <c r="H381" t="s">
-        <v>3437</v>
+        <v>3462</v>
       </c>
       <c r="I381" t="s">
-        <v>3438</v>
+        <v>3463</v>
       </c>
       <c r="J381" t="s">
         <v>23</v>
       </c>
       <c r="K381" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L381" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M381" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N381" t="s">
         <v>27</v>
       </c>
       <c r="O381" t="s">
-        <v>3439</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>65027</v>
+        <v>6180</v>
       </c>
       <c r="B382" t="s">
-        <v>3440</v>
+        <v>3465</v>
       </c>
       <c r="C382" t="s">
-        <v>3441</v>
+        <v>3466</v>
       </c>
       <c r="D382" t="s">
-        <v>3442</v>
+        <v>3467</v>
       </c>
       <c r="E382" t="s">
-        <v>3443</v>
+        <v>3468</v>
       </c>
       <c r="F382" t="s">
-        <v>3444</v>
+        <v>3469</v>
       </c>
       <c r="G382" t="s">
-        <v>3445</v>
+        <v>3470</v>
       </c>
       <c r="H382" t="s">
-        <v>3446</v>
+        <v>3471</v>
       </c>
       <c r="I382" t="s">
-        <v>3447</v>
+        <v>3472</v>
       </c>
       <c r="J382" t="s">
         <v>23</v>
       </c>
       <c r="K382" t="s">
-        <v>418</v>
+        <v>45</v>
       </c>
       <c r="L382" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M382" t="s">
-        <v>419</v>
+        <v>47</v>
       </c>
       <c r="N382" t="s">
         <v>27</v>
       </c>
       <c r="O382" t="s">
-        <v>3448</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>65028</v>
+        <v>6203</v>
       </c>
       <c r="B383" t="s">
-        <v>3449</v>
+        <v>3474</v>
       </c>
       <c r="C383" t="s">
-        <v>3450</v>
+        <v>3475</v>
       </c>
       <c r="D383" t="s">
-        <v>3451</v>
+        <v>3476</v>
       </c>
       <c r="E383" t="s">
-        <v>3452</v>
+        <v>3477</v>
       </c>
       <c r="F383" t="s">
-        <v>3453</v>
+        <v>3478</v>
       </c>
       <c r="G383" t="s">
-        <v>3454</v>
+        <v>3479</v>
       </c>
       <c r="H383" t="s">
-        <v>3455</v>
+        <v>3480</v>
       </c>
       <c r="I383" t="s">
-        <v>3456</v>
+        <v>3481</v>
       </c>
       <c r="J383" t="s">
         <v>23</v>
       </c>
       <c r="K383" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L383" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M383" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N383" t="s">
         <v>27</v>
       </c>
       <c r="O383" t="s">
-        <v>3457</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>65030</v>
+        <v>6208</v>
       </c>
       <c r="B384" t="s">
-        <v>3458</v>
+        <v>3483</v>
       </c>
       <c r="C384" t="s">
-        <v>3459</v>
+        <v>3484</v>
       </c>
       <c r="D384" t="s">
-        <v>3460</v>
+        <v>3485</v>
       </c>
       <c r="E384" t="s">
-        <v>3461</v>
+        <v>3486</v>
       </c>
       <c r="F384" t="s">
-        <v>3462</v>
+        <v>3487</v>
       </c>
       <c r="G384" t="s">
-        <v>3463</v>
+        <v>3488</v>
       </c>
       <c r="H384" t="s">
-        <v>3464</v>
+        <v>3489</v>
       </c>
       <c r="I384" t="s">
-        <v>3465</v>
+        <v>3490</v>
       </c>
       <c r="J384" t="s">
         <v>23</v>
       </c>
       <c r="K384" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L384" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M384" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N384" t="s">
         <v>27</v>
       </c>
       <c r="O384" t="s">
-        <v>3466</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>65031</v>
+        <v>6211</v>
       </c>
       <c r="B385" t="s">
-        <v>3467</v>
+        <v>3492</v>
       </c>
       <c r="C385" t="s">
-        <v>3468</v>
+        <v>3493</v>
       </c>
       <c r="D385" t="s">
-        <v>3469</v>
+        <v>3494</v>
       </c>
       <c r="E385" t="s">
-        <v>3470</v>
+        <v>3495</v>
       </c>
       <c r="F385" t="s">
-        <v>3471</v>
+        <v>3496</v>
       </c>
       <c r="G385" t="s">
-        <v>3472</v>
+        <v>3497</v>
       </c>
       <c r="H385" t="s">
-        <v>3473</v>
+        <v>3498</v>
       </c>
       <c r="I385" t="s">
-        <v>3474</v>
+        <v>3499</v>
       </c>
       <c r="J385" t="s">
         <v>23</v>
       </c>
       <c r="K385" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L385" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M385" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N385" t="s">
         <v>27</v>
       </c>
       <c r="O385" t="s">
-        <v>3475</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>65032</v>
+        <v>6215</v>
       </c>
       <c r="B386" t="s">
-        <v>3476</v>
+        <v>3501</v>
       </c>
       <c r="C386" t="s">
-        <v>3477</v>
+        <v>3502</v>
       </c>
       <c r="D386" t="s">
-        <v>3478</v>
+        <v>3503</v>
       </c>
       <c r="E386" t="s">
-        <v>3479</v>
+        <v>3504</v>
       </c>
       <c r="F386" t="s">
-        <v>3480</v>
+        <v>3505</v>
       </c>
       <c r="G386" t="s">
-        <v>3481</v>
+        <v>3506</v>
       </c>
       <c r="H386" t="s">
-        <v>3482</v>
+        <v>3507</v>
       </c>
       <c r="I386" t="s">
-        <v>3483</v>
+        <v>3508</v>
       </c>
       <c r="J386" t="s">
         <v>23</v>
       </c>
       <c r="K386" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L386" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M386" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N386" t="s">
         <v>27</v>
       </c>
       <c r="O386" t="s">
-        <v>3484</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>65033</v>
+        <v>6222</v>
       </c>
       <c r="B387" t="s">
-        <v>3485</v>
+        <v>3510</v>
       </c>
       <c r="C387" t="s">
-        <v>3486</v>
+        <v>3511</v>
       </c>
       <c r="D387" t="s">
-        <v>3487</v>
+        <v>3512</v>
       </c>
       <c r="E387" t="s">
-        <v>3488</v>
+        <v>3513</v>
       </c>
       <c r="F387" t="s">
-        <v>3489</v>
+        <v>3514</v>
       </c>
       <c r="G387" t="s">
-        <v>3490</v>
+        <v>3515</v>
       </c>
       <c r="H387" t="s">
-        <v>3491</v>
+        <v>3516</v>
       </c>
       <c r="I387" t="s">
-        <v>3492</v>
+        <v>3517</v>
       </c>
       <c r="J387" t="s">
-        <v>23</v>
+        <v>2852</v>
       </c>
       <c r="K387" t="s">
-        <v>429</v>
+        <v>956</v>
       </c>
       <c r="L387" t="s">
-        <v>25</v>
+        <v>3518</v>
       </c>
       <c r="M387" t="s">
-        <v>3493</v>
+        <v>957</v>
       </c>
       <c r="N387" t="s">
         <v>27</v>
       </c>
       <c r="O387" t="s">
-        <v>3494</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>65034</v>
+        <v>6255</v>
       </c>
       <c r="B388" t="s">
-        <v>3495</v>
+        <v>3520</v>
       </c>
       <c r="C388" t="s">
-        <v>3496</v>
+        <v>3521</v>
       </c>
       <c r="D388" t="s">
-        <v>3497</v>
+        <v>3522</v>
       </c>
       <c r="E388" t="s">
-        <v>3498</v>
+        <v>3523</v>
       </c>
       <c r="F388" t="s">
-        <v>3499</v>
+        <v>3524</v>
       </c>
       <c r="G388" t="s">
-        <v>3500</v>
+        <v>3525</v>
       </c>
       <c r="H388" t="s">
-        <v>3501</v>
+        <v>3526</v>
       </c>
       <c r="I388" t="s">
-        <v>3502</v>
+        <v>3527</v>
       </c>
       <c r="J388" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K388" t="s">
-        <v>3503</v>
+        <v>3528</v>
       </c>
       <c r="L388" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="M388" t="s">
-        <v>3504</v>
+        <v>3529</v>
       </c>
       <c r="N388" t="s">
         <v>27</v>
       </c>
       <c r="O388" t="s">
-        <v>3505</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>65035</v>
+        <v>6261</v>
       </c>
       <c r="B389" t="s">
-        <v>3506</v>
+        <v>3531</v>
       </c>
       <c r="C389" t="s">
-        <v>3507</v>
+        <v>3532</v>
       </c>
       <c r="D389" t="s">
-        <v>3508</v>
+        <v>3533</v>
       </c>
       <c r="E389" t="s">
-        <v>3509</v>
+        <v>3534</v>
       </c>
       <c r="F389" t="s">
-        <v>3510</v>
+        <v>3535</v>
       </c>
       <c r="G389" t="s">
-        <v>3511</v>
+        <v>3536</v>
       </c>
       <c r="H389" t="s">
-        <v>3512</v>
+        <v>3537</v>
       </c>
       <c r="I389" t="s">
-        <v>3513</v>
+        <v>3538</v>
       </c>
       <c r="J389" t="s">
         <v>23</v>
       </c>
       <c r="K389" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L389" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M389" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="N389" t="s">
         <v>27</v>
       </c>
       <c r="O389" t="s">
-        <v>3514</v>
+        <v>3539</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>65036</v>
+        <v>6263</v>
       </c>
       <c r="B390" t="s">
-        <v>3515</v>
+        <v>3540</v>
       </c>
       <c r="C390" t="s">
-        <v>3516</v>
+        <v>3541</v>
       </c>
       <c r="D390" t="s">
-        <v>3517</v>
+        <v>3542</v>
       </c>
       <c r="E390" t="s">
-        <v>3518</v>
+        <v>3543</v>
       </c>
       <c r="F390" t="s">
-        <v>3519</v>
+        <v>3544</v>
       </c>
       <c r="G390" t="s">
-        <v>3520</v>
+        <v>3545</v>
       </c>
       <c r="H390" t="s">
-        <v>3521</v>
+        <v>3546</v>
       </c>
       <c r="I390" t="s">
-        <v>3522</v>
+        <v>3547</v>
       </c>
       <c r="J390" t="s">
         <v>23</v>
       </c>
       <c r="K390" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L390" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M390" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N390" t="s">
         <v>27</v>
       </c>
       <c r="O390" t="s">
-        <v>3523</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>65037</v>
+        <v>6274</v>
       </c>
       <c r="B391" t="s">
-        <v>3524</v>
+        <v>3549</v>
       </c>
       <c r="C391" t="s">
-        <v>3525</v>
+        <v>3550</v>
       </c>
       <c r="D391" t="s">
-        <v>3526</v>
+        <v>3551</v>
       </c>
       <c r="E391" t="s">
-        <v>3527</v>
+        <v>3552</v>
       </c>
       <c r="F391" t="s">
-        <v>3528</v>
+        <v>3553</v>
       </c>
       <c r="G391" t="s">
-        <v>3529</v>
+        <v>3554</v>
       </c>
       <c r="H391" t="s">
-        <v>3530</v>
+        <v>3555</v>
       </c>
       <c r="I391" t="s">
-        <v>3531</v>
+        <v>3556</v>
       </c>
       <c r="J391" t="s">
         <v>23</v>
       </c>
       <c r="K391" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L391" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M391" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N391" t="s">
         <v>27</v>
       </c>
       <c r="O391" t="s">
-        <v>3532</v>
+        <v>3557</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>65038</v>
+        <v>6275</v>
       </c>
       <c r="B392" t="s">
-        <v>3533</v>
+        <v>3558</v>
       </c>
       <c r="C392" t="s">
-        <v>3534</v>
+        <v>3559</v>
       </c>
       <c r="D392" t="s">
-        <v>3535</v>
+        <v>3560</v>
       </c>
       <c r="E392" t="s">
-        <v>3536</v>
+        <v>3561</v>
       </c>
       <c r="F392" t="s">
-        <v>3537</v>
+        <v>3562</v>
       </c>
       <c r="G392" t="s">
-        <v>3538</v>
+        <v>3563</v>
       </c>
       <c r="H392" t="s">
-        <v>3539</v>
+        <v>3564</v>
       </c>
       <c r="I392" t="s">
-        <v>3540</v>
+        <v>3565</v>
       </c>
       <c r="J392" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K392" t="s">
-        <v>156</v>
+        <v>945</v>
       </c>
       <c r="L392" t="s">
-        <v>25</v>
+        <v>447</v>
       </c>
       <c r="M392" t="s">
-        <v>157</v>
+        <v>1723</v>
       </c>
       <c r="N392" t="s">
         <v>27</v>
       </c>
       <c r="O392" t="s">
-        <v>3541</v>
+        <v>3566</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>65039</v>
+        <v>6337</v>
       </c>
       <c r="B393" t="s">
-        <v>3542</v>
+        <v>3567</v>
       </c>
       <c r="C393" t="s">
-        <v>3543</v>
+        <v>3568</v>
       </c>
       <c r="D393" t="s">
-        <v>3544</v>
+        <v>3569</v>
       </c>
       <c r="E393" t="s">
-        <v>3545</v>
+        <v>3570</v>
       </c>
       <c r="F393" t="s">
-        <v>3546</v>
+        <v>3571</v>
       </c>
       <c r="G393" t="s">
-        <v>3547</v>
+        <v>3572</v>
       </c>
       <c r="H393" t="s">
-        <v>3548</v>
+        <v>3573</v>
       </c>
       <c r="I393" t="s">
-        <v>3549</v>
+        <v>3574</v>
       </c>
       <c r="J393" t="s">
         <v>23</v>
       </c>
       <c r="K393" t="s">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="L393" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M393" t="s">
-        <v>157</v>
+        <v>74</v>
       </c>
       <c r="N393" t="s">
         <v>27</v>
       </c>
       <c r="O393" t="s">
-        <v>3550</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>65040</v>
+        <v>6361</v>
       </c>
       <c r="B394" t="s">
-        <v>3551</v>
+        <v>3576</v>
       </c>
       <c r="C394" t="s">
-        <v>3552</v>
+        <v>3577</v>
       </c>
       <c r="D394" t="s">
-        <v>3553</v>
+        <v>3578</v>
       </c>
       <c r="E394" t="s">
-        <v>3554</v>
+        <v>3579</v>
       </c>
       <c r="F394" t="s">
-        <v>3555</v>
+        <v>3580</v>
       </c>
       <c r="G394" t="s">
-        <v>3556</v>
+        <v>3581</v>
       </c>
       <c r="H394" t="s">
-        <v>3557</v>
+        <v>3582</v>
       </c>
       <c r="I394" t="s">
-        <v>3558</v>
+        <v>3583</v>
       </c>
       <c r="J394" t="s">
         <v>23</v>
       </c>
       <c r="K394" t="s">
-        <v>320</v>
+        <v>174</v>
       </c>
       <c r="L394" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M394" t="s">
-        <v>322</v>
+        <v>175</v>
       </c>
       <c r="N394" t="s">
         <v>27</v>
       </c>
       <c r="O394" t="s">
-        <v>3559</v>
+        <v>3584</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>65043</v>
+        <v>6369</v>
       </c>
       <c r="B395" t="s">
-        <v>3560</v>
+        <v>3585</v>
       </c>
       <c r="C395" t="s">
-        <v>3561</v>
+        <v>3586</v>
       </c>
       <c r="D395" t="s">
-        <v>3562</v>
+        <v>3587</v>
       </c>
       <c r="E395" t="s">
-        <v>3563</v>
+        <v>3588</v>
       </c>
       <c r="F395" t="s">
-        <v>3564</v>
+        <v>3589</v>
       </c>
       <c r="G395" t="s">
-        <v>3565</v>
+        <v>3590</v>
       </c>
       <c r="H395" t="s">
-        <v>3566</v>
-[...2 lines deleted...]
-        <v>3567</v>
+        <v>3591</v>
       </c>
       <c r="J395" t="s">
         <v>23</v>
       </c>
       <c r="K395" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L395" t="s">
         <v>25</v>
       </c>
       <c r="M395" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N395" t="s">
         <v>27</v>
       </c>
       <c r="O395" t="s">
-        <v>3568</v>
+        <v>3592</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>65044</v>
+        <v>6373</v>
       </c>
       <c r="B396" t="s">
-        <v>3569</v>
+        <v>3593</v>
       </c>
       <c r="C396" t="s">
-        <v>3570</v>
+        <v>3594</v>
       </c>
       <c r="D396" t="s">
-        <v>3571</v>
+        <v>3595</v>
       </c>
       <c r="E396" t="s">
-        <v>3572</v>
+        <v>3596</v>
       </c>
       <c r="F396" t="s">
-        <v>3573</v>
+        <v>3597</v>
       </c>
       <c r="G396" t="s">
-        <v>3574</v>
+        <v>3598</v>
       </c>
       <c r="H396" t="s">
-        <v>3575</v>
-[...2 lines deleted...]
-        <v>3576</v>
+        <v>3599</v>
       </c>
       <c r="J396" t="s">
         <v>23</v>
       </c>
       <c r="K396" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L396" t="s">
         <v>25</v>
       </c>
       <c r="M396" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="N396" t="s">
         <v>27</v>
       </c>
       <c r="O396" t="s">
-        <v>3577</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>65045</v>
+        <v>6376</v>
       </c>
       <c r="B397" t="s">
-        <v>3578</v>
+        <v>3601</v>
       </c>
       <c r="C397" t="s">
-        <v>3579</v>
+        <v>3602</v>
       </c>
       <c r="D397" t="s">
-        <v>3580</v>
+        <v>3603</v>
       </c>
       <c r="E397" t="s">
-        <v>3581</v>
+        <v>3604</v>
       </c>
       <c r="F397" t="s">
-        <v>3582</v>
+        <v>3605</v>
       </c>
       <c r="G397" t="s">
-        <v>3583</v>
+        <v>3606</v>
       </c>
       <c r="H397" t="s">
-        <v>3584</v>
-[...2 lines deleted...]
-        <v>3585</v>
+        <v>3607</v>
       </c>
       <c r="J397" t="s">
-        <v>3586</v>
+        <v>23</v>
       </c>
       <c r="K397" t="s">
-        <v>3587</v>
+        <v>45</v>
       </c>
       <c r="L397" t="s">
-        <v>3588</v>
+        <v>25</v>
       </c>
       <c r="M397" t="s">
-        <v>3589</v>
+        <v>603</v>
       </c>
       <c r="N397" t="s">
         <v>27</v>
       </c>
       <c r="O397" t="s">
-        <v>3590</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>65046</v>
+        <v>6377</v>
       </c>
       <c r="B398" t="s">
-        <v>3591</v>
+        <v>3609</v>
       </c>
       <c r="C398" t="s">
-        <v>3592</v>
+        <v>3610</v>
       </c>
       <c r="D398" t="s">
-        <v>3593</v>
+        <v>3611</v>
       </c>
       <c r="E398" t="s">
-        <v>3594</v>
+        <v>3612</v>
       </c>
       <c r="F398" t="s">
-        <v>3595</v>
+        <v>3613</v>
       </c>
       <c r="G398" t="s">
-        <v>3596</v>
+        <v>3614</v>
       </c>
       <c r="H398" t="s">
-        <v>3597</v>
-[...2 lines deleted...]
-        <v>3598</v>
+        <v>3615</v>
       </c>
       <c r="J398" t="s">
         <v>23</v>
       </c>
       <c r="K398" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L398" t="s">
         <v>25</v>
       </c>
       <c r="M398" t="s">
-        <v>26</v>
+        <v>603</v>
       </c>
       <c r="N398" t="s">
         <v>27</v>
       </c>
       <c r="O398" t="s">
-        <v>3599</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>65047</v>
+        <v>6379</v>
       </c>
       <c r="B399" t="s">
-        <v>3600</v>
+        <v>3617</v>
       </c>
       <c r="C399" t="s">
-        <v>3601</v>
+        <v>3618</v>
       </c>
       <c r="D399" t="s">
-        <v>3602</v>
+        <v>3619</v>
       </c>
       <c r="E399" t="s">
-        <v>3603</v>
+        <v>3620</v>
       </c>
       <c r="F399" t="s">
-        <v>3604</v>
+        <v>3621</v>
       </c>
       <c r="G399" t="s">
-        <v>3605</v>
+        <v>3622</v>
       </c>
       <c r="H399" t="s">
-        <v>3606</v>
+        <v>3623</v>
       </c>
       <c r="I399" t="s">
-        <v>3607</v>
+        <v>3624</v>
       </c>
       <c r="J399" t="s">
         <v>23</v>
       </c>
       <c r="K399" t="s">
-        <v>3587</v>
+        <v>45</v>
       </c>
       <c r="L399" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M399" t="s">
-        <v>3589</v>
+        <v>47</v>
       </c>
       <c r="N399" t="s">
         <v>27</v>
       </c>
       <c r="O399" t="s">
-        <v>3608</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>65049</v>
+        <v>6386</v>
       </c>
       <c r="B400" t="s">
-        <v>3609</v>
+        <v>3626</v>
       </c>
       <c r="C400" t="s">
-        <v>3610</v>
+        <v>3627</v>
       </c>
       <c r="D400" t="s">
-        <v>3611</v>
+        <v>3628</v>
       </c>
       <c r="E400" t="s">
-        <v>3612</v>
+        <v>3629</v>
       </c>
       <c r="F400" t="s">
-        <v>3613</v>
+        <v>3630</v>
       </c>
       <c r="G400" t="s">
-        <v>3614</v>
+        <v>3631</v>
       </c>
       <c r="H400" t="s">
-        <v>3615</v>
-[...2 lines deleted...]
-        <v>3616</v>
+        <v>3632</v>
       </c>
       <c r="J400" t="s">
-        <v>23</v>
+        <v>3633</v>
       </c>
       <c r="K400" t="s">
-        <v>1239</v>
+        <v>3634</v>
       </c>
       <c r="L400" t="s">
-        <v>25</v>
+        <v>3635</v>
       </c>
       <c r="M400" t="s">
-        <v>1240</v>
+        <v>3636</v>
       </c>
       <c r="N400" t="s">
         <v>27</v>
       </c>
       <c r="O400" t="s">
-        <v>3617</v>
+        <v>3637</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>65050</v>
+        <v>6387</v>
       </c>
       <c r="B401" t="s">
-        <v>3618</v>
+        <v>3638</v>
       </c>
       <c r="C401" t="s">
-        <v>3619</v>
+        <v>3639</v>
       </c>
       <c r="D401" t="s">
-        <v>3620</v>
+        <v>3640</v>
       </c>
       <c r="E401" t="s">
-        <v>3621</v>
+        <v>3641</v>
       </c>
       <c r="F401" t="s">
-        <v>3622</v>
+        <v>3642</v>
       </c>
       <c r="G401" t="s">
-        <v>3623</v>
+        <v>3643</v>
       </c>
       <c r="H401" t="s">
-        <v>3624</v>
-[...2 lines deleted...]
-        <v>3625</v>
+        <v>3644</v>
       </c>
       <c r="J401" t="s">
         <v>23</v>
       </c>
       <c r="K401" t="s">
-        <v>53</v>
+        <v>813</v>
       </c>
       <c r="L401" t="s">
         <v>25</v>
       </c>
       <c r="M401" t="s">
-        <v>54</v>
+        <v>2362</v>
       </c>
       <c r="N401" t="s">
         <v>27</v>
       </c>
       <c r="O401" t="s">
-        <v>3626</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>65051</v>
+        <v>6399</v>
       </c>
       <c r="B402" t="s">
-        <v>3627</v>
+        <v>3646</v>
       </c>
       <c r="C402" t="s">
-        <v>3628</v>
+        <v>3647</v>
       </c>
       <c r="D402" t="s">
-        <v>3629</v>
+        <v>3648</v>
       </c>
       <c r="E402" t="s">
-        <v>3630</v>
+        <v>3649</v>
       </c>
       <c r="F402" t="s">
-        <v>3631</v>
+        <v>3650</v>
       </c>
       <c r="G402" t="s">
-        <v>3632</v>
+        <v>3651</v>
       </c>
       <c r="H402" t="s">
-        <v>3633</v>
-[...2 lines deleted...]
-        <v>3634</v>
+        <v>3652</v>
       </c>
       <c r="J402" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K402" t="s">
-        <v>476</v>
+        <v>945</v>
       </c>
       <c r="L402" t="s">
-        <v>25</v>
+        <v>1711</v>
       </c>
       <c r="M402" t="s">
-        <v>477</v>
+        <v>946</v>
       </c>
       <c r="N402" t="s">
         <v>27</v>
       </c>
       <c r="O402" t="s">
-        <v>3635</v>
+        <v>3653</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>65053</v>
+        <v>6405</v>
       </c>
       <c r="B403" t="s">
-        <v>3636</v>
+        <v>3654</v>
       </c>
       <c r="C403" t="s">
-        <v>3637</v>
+        <v>3655</v>
       </c>
       <c r="D403" t="s">
-        <v>3638</v>
+        <v>3656</v>
       </c>
       <c r="E403" t="s">
-        <v>3639</v>
+        <v>3657</v>
       </c>
       <c r="F403" t="s">
-        <v>3640</v>
+        <v>3658</v>
       </c>
       <c r="G403" t="s">
-        <v>3641</v>
+        <v>3659</v>
       </c>
       <c r="H403" t="s">
-        <v>3642</v>
-[...2 lines deleted...]
-        <v>3643</v>
+        <v>3660</v>
       </c>
       <c r="J403" t="s">
         <v>23</v>
       </c>
       <c r="K403" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L403" t="s">
         <v>25</v>
       </c>
       <c r="M403" t="s">
-        <v>157</v>
+        <v>603</v>
       </c>
       <c r="N403" t="s">
         <v>27</v>
       </c>
       <c r="O403" t="s">
-        <v>3644</v>
+        <v>3661</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65054</v>
+        <v>6454</v>
       </c>
       <c r="B404" t="s">
-        <v>3645</v>
+        <v>3662</v>
       </c>
       <c r="C404" t="s">
-        <v>3646</v>
+        <v>3663</v>
       </c>
       <c r="D404" t="s">
-        <v>3647</v>
+        <v>3664</v>
       </c>
       <c r="E404" t="s">
-        <v>3648</v>
+        <v>3665</v>
       </c>
       <c r="F404" t="s">
-        <v>3649</v>
+        <v>3666</v>
       </c>
       <c r="G404" t="s">
-        <v>3650</v>
+        <v>3667</v>
       </c>
       <c r="H404" t="s">
-        <v>3651</v>
+        <v>3668</v>
       </c>
       <c r="I404" t="s">
-        <v>3652</v>
+        <v>3669</v>
       </c>
       <c r="J404" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K404" t="s">
-        <v>127</v>
+        <v>174</v>
       </c>
       <c r="L404" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="M404" t="s">
-        <v>128</v>
+        <v>175</v>
       </c>
       <c r="N404" t="s">
         <v>27</v>
       </c>
       <c r="O404" t="s">
-        <v>3653</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65055</v>
+        <v>6460</v>
       </c>
       <c r="B405" t="s">
-        <v>3654</v>
+        <v>3671</v>
       </c>
       <c r="C405" t="s">
-        <v>3655</v>
+        <v>3672</v>
       </c>
       <c r="D405" t="s">
-        <v>3656</v>
+        <v>3673</v>
       </c>
       <c r="E405" t="s">
-        <v>3657</v>
+        <v>3674</v>
       </c>
       <c r="F405" t="s">
-        <v>3658</v>
+        <v>3675</v>
       </c>
       <c r="G405" t="s">
-        <v>3659</v>
+        <v>3676</v>
       </c>
       <c r="H405" t="s">
-        <v>3660</v>
+        <v>3677</v>
       </c>
       <c r="I405" t="s">
-        <v>3661</v>
+        <v>3678</v>
       </c>
       <c r="J405" t="s">
         <v>23</v>
       </c>
       <c r="K405" t="s">
-        <v>3503</v>
+        <v>45</v>
       </c>
       <c r="L405" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M405" t="s">
-        <v>3504</v>
+        <v>47</v>
       </c>
       <c r="N405" t="s">
         <v>27</v>
       </c>
       <c r="O405" t="s">
-        <v>3662</v>
+        <v>3679</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>65057</v>
+        <v>6468</v>
       </c>
       <c r="B406" t="s">
-        <v>3663</v>
+        <v>3680</v>
       </c>
       <c r="C406" t="s">
-        <v>3664</v>
+        <v>3681</v>
       </c>
       <c r="D406" t="s">
-        <v>3665</v>
+        <v>3682</v>
       </c>
       <c r="E406" t="s">
-        <v>3666</v>
+        <v>3683</v>
       </c>
       <c r="F406" t="s">
-        <v>3667</v>
+        <v>3684</v>
       </c>
       <c r="G406" t="s">
-        <v>3668</v>
+        <v>3685</v>
       </c>
       <c r="H406" t="s">
-        <v>3669</v>
+        <v>3686</v>
       </c>
       <c r="I406" t="s">
-        <v>3670</v>
+        <v>3687</v>
       </c>
       <c r="J406" t="s">
         <v>23</v>
       </c>
       <c r="K406" t="s">
-        <v>583</v>
+        <v>45</v>
       </c>
       <c r="L406" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M406" t="s">
-        <v>584</v>
+        <v>47</v>
       </c>
       <c r="N406" t="s">
         <v>27</v>
       </c>
       <c r="O406" t="s">
-        <v>3671</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>65058</v>
+        <v>6611</v>
       </c>
       <c r="B407" t="s">
-        <v>3672</v>
+        <v>3689</v>
       </c>
       <c r="C407" t="s">
-        <v>3673</v>
+        <v>3690</v>
       </c>
       <c r="D407" t="s">
-        <v>3674</v>
+        <v>3691</v>
       </c>
       <c r="E407" t="s">
-        <v>3675</v>
+        <v>3692</v>
       </c>
       <c r="F407" t="s">
-        <v>3676</v>
+        <v>3693</v>
       </c>
       <c r="G407" t="s">
-        <v>3677</v>
+        <v>3694</v>
       </c>
       <c r="H407" t="s">
-        <v>3678</v>
+        <v>3695</v>
       </c>
       <c r="I407" t="s">
-        <v>3679</v>
+        <v>3696</v>
       </c>
       <c r="J407" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K407" t="s">
-        <v>418</v>
+        <v>45</v>
       </c>
       <c r="L407" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="M407" t="s">
-        <v>419</v>
+        <v>47</v>
       </c>
       <c r="N407" t="s">
         <v>27</v>
       </c>
       <c r="O407" t="s">
-        <v>3680</v>
+        <v>3697</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65059</v>
+        <v>6615</v>
       </c>
       <c r="B408" t="s">
-        <v>3681</v>
+        <v>3698</v>
       </c>
       <c r="C408" t="s">
-        <v>3682</v>
+        <v>3699</v>
       </c>
       <c r="D408" t="s">
-        <v>3683</v>
+        <v>3700</v>
       </c>
       <c r="E408" t="s">
-        <v>3684</v>
+        <v>3701</v>
       </c>
       <c r="F408" t="s">
-        <v>3685</v>
+        <v>3702</v>
       </c>
       <c r="G408" t="s">
-        <v>3686</v>
+        <v>3703</v>
       </c>
       <c r="H408" t="s">
-        <v>3687</v>
+        <v>3704</v>
       </c>
       <c r="I408" t="s">
-        <v>3688</v>
+        <v>3705</v>
       </c>
       <c r="J408" t="s">
         <v>23</v>
       </c>
       <c r="K408" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L408" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M408" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N408" t="s">
         <v>27</v>
       </c>
       <c r="O408" t="s">
-        <v>3689</v>
+        <v>3706</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65060</v>
+        <v>6761</v>
       </c>
       <c r="B409" t="s">
-        <v>3690</v>
+        <v>3707</v>
       </c>
       <c r="C409" t="s">
-        <v>3691</v>
+        <v>3708</v>
       </c>
       <c r="D409" t="s">
-        <v>3692</v>
+        <v>3709</v>
       </c>
       <c r="E409" t="s">
-        <v>3693</v>
+        <v>3710</v>
       </c>
       <c r="F409" t="s">
-        <v>3694</v>
+        <v>3711</v>
       </c>
       <c r="G409" t="s">
-        <v>3695</v>
+        <v>3712</v>
       </c>
       <c r="H409" t="s">
-        <v>3696</v>
+        <v>3713</v>
       </c>
       <c r="I409" t="s">
-        <v>3697</v>
+        <v>3714</v>
       </c>
       <c r="J409" t="s">
         <v>23</v>
       </c>
       <c r="K409" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L409" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M409" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="N409" t="s">
         <v>27</v>
       </c>
       <c r="O409" t="s">
-        <v>3698</v>
+        <v>3715</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65061</v>
+        <v>6763</v>
       </c>
       <c r="B410" t="s">
-        <v>3699</v>
+        <v>3716</v>
       </c>
       <c r="C410" t="s">
-        <v>3700</v>
+        <v>3717</v>
       </c>
       <c r="D410" t="s">
-        <v>3701</v>
+        <v>3718</v>
       </c>
       <c r="E410" t="s">
-        <v>3702</v>
+        <v>3719</v>
       </c>
       <c r="F410" t="s">
-        <v>3703</v>
+        <v>3720</v>
       </c>
       <c r="G410" t="s">
-        <v>3704</v>
+        <v>3721</v>
       </c>
       <c r="H410" t="s">
-        <v>3705</v>
+        <v>3722</v>
       </c>
       <c r="I410" t="s">
-        <v>3706</v>
+        <v>3723</v>
       </c>
       <c r="J410" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K410" t="s">
-        <v>320</v>
+        <v>3724</v>
       </c>
       <c r="L410" t="s">
-        <v>25</v>
+        <v>1711</v>
       </c>
       <c r="M410" t="s">
-        <v>322</v>
+        <v>2274</v>
       </c>
       <c r="N410" t="s">
         <v>27</v>
       </c>
       <c r="O410" t="s">
-        <v>3707</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65062</v>
+        <v>6765</v>
       </c>
       <c r="B411" t="s">
-        <v>3708</v>
+        <v>3726</v>
       </c>
       <c r="C411" t="s">
-        <v>3709</v>
+        <v>3727</v>
       </c>
       <c r="D411" t="s">
-        <v>3710</v>
+        <v>3728</v>
       </c>
       <c r="E411" t="s">
-        <v>3711</v>
+        <v>3729</v>
       </c>
       <c r="F411" t="s">
-        <v>3712</v>
+        <v>3730</v>
       </c>
       <c r="G411" t="s">
-        <v>3713</v>
+        <v>3731</v>
       </c>
       <c r="H411" t="s">
-        <v>3714</v>
+        <v>3732</v>
       </c>
       <c r="I411" t="s">
-        <v>3715</v>
+        <v>3733</v>
       </c>
       <c r="J411" t="s">
         <v>23</v>
       </c>
       <c r="K411" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L411" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M411" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N411" t="s">
         <v>27</v>
       </c>
       <c r="O411" t="s">
-        <v>3716</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65063</v>
+        <v>6979</v>
       </c>
       <c r="B412" t="s">
-        <v>3717</v>
+        <v>3735</v>
       </c>
       <c r="C412" t="s">
-        <v>3718</v>
+        <v>3736</v>
       </c>
       <c r="D412" t="s">
-        <v>3719</v>
+        <v>3737</v>
       </c>
       <c r="E412" t="s">
-        <v>3720</v>
+        <v>3738</v>
       </c>
       <c r="F412" t="s">
-        <v>3721</v>
+        <v>3739</v>
       </c>
       <c r="G412" t="s">
-        <v>3722</v>
+        <v>3740</v>
       </c>
       <c r="H412" t="s">
-        <v>3723</v>
-[...2 lines deleted...]
-        <v>3724</v>
+        <v>3741</v>
       </c>
       <c r="J412" t="s">
         <v>23</v>
       </c>
       <c r="K412" t="s">
-        <v>3725</v>
+        <v>24</v>
       </c>
       <c r="L412" t="s">
         <v>25</v>
       </c>
       <c r="M412" t="s">
-        <v>3726</v>
+        <v>26</v>
       </c>
       <c r="N412" t="s">
         <v>27</v>
       </c>
       <c r="O412" t="s">
-        <v>3727</v>
+        <v>3742</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65068</v>
+        <v>6982</v>
       </c>
       <c r="B413" t="s">
-        <v>3728</v>
+        <v>3743</v>
       </c>
       <c r="C413" t="s">
-        <v>3729</v>
+        <v>3744</v>
       </c>
       <c r="D413" t="s">
-        <v>3730</v>
+        <v>3745</v>
       </c>
       <c r="E413" t="s">
-        <v>3731</v>
+        <v>3746</v>
       </c>
       <c r="F413" t="s">
-        <v>3732</v>
+        <v>3747</v>
       </c>
       <c r="G413" t="s">
-        <v>3733</v>
+        <v>3748</v>
       </c>
       <c r="H413" t="s">
-        <v>3734</v>
+        <v>3749</v>
       </c>
       <c r="I413" t="s">
-        <v>3735</v>
+        <v>3750</v>
       </c>
       <c r="J413" t="s">
         <v>23</v>
       </c>
       <c r="K413" t="s">
-        <v>53</v>
+        <v>3751</v>
       </c>
       <c r="L413" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M413" t="s">
-        <v>54</v>
+        <v>3752</v>
       </c>
       <c r="N413" t="s">
         <v>27</v>
       </c>
       <c r="O413" t="s">
-        <v>3736</v>
+        <v>3753</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65069</v>
+        <v>8265</v>
       </c>
       <c r="B414" t="s">
-        <v>3737</v>
+        <v>3754</v>
       </c>
       <c r="C414" t="s">
-        <v>3738</v>
+        <v>3755</v>
       </c>
       <c r="D414" t="s">
-        <v>3739</v>
+        <v>3756</v>
       </c>
       <c r="E414" t="s">
-        <v>3740</v>
+        <v>3757</v>
       </c>
       <c r="F414" t="s">
-        <v>3741</v>
+        <v>3758</v>
       </c>
       <c r="G414" t="s">
-        <v>3742</v>
+        <v>3759</v>
       </c>
       <c r="H414" t="s">
-        <v>3743</v>
+        <v>3760</v>
       </c>
       <c r="I414" t="s">
-        <v>3744</v>
+        <v>3761</v>
       </c>
       <c r="J414" t="s">
         <v>23</v>
       </c>
       <c r="K414" t="s">
-        <v>156</v>
+        <v>3762</v>
       </c>
       <c r="L414" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M414" t="s">
-        <v>157</v>
+        <v>3763</v>
       </c>
       <c r="N414" t="s">
         <v>27</v>
       </c>
       <c r="O414" t="s">
-        <v>3745</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65071</v>
+        <v>8268</v>
       </c>
       <c r="B415" t="s">
-        <v>3746</v>
+        <v>3765</v>
       </c>
       <c r="C415" t="s">
-        <v>3747</v>
+        <v>3766</v>
       </c>
       <c r="D415" t="s">
-        <v>3748</v>
+        <v>3767</v>
       </c>
       <c r="E415" t="s">
-        <v>3749</v>
+        <v>3768</v>
       </c>
       <c r="F415" t="s">
-        <v>3750</v>
+        <v>3769</v>
       </c>
       <c r="G415" t="s">
-        <v>3751</v>
+        <v>3770</v>
       </c>
       <c r="H415" t="s">
-        <v>3752</v>
-[...2 lines deleted...]
-        <v>3753</v>
+        <v>3771</v>
       </c>
       <c r="J415" t="s">
         <v>23</v>
       </c>
       <c r="K415" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L415" t="s">
         <v>25</v>
       </c>
       <c r="M415" t="s">
-        <v>54</v>
+        <v>577</v>
       </c>
       <c r="N415" t="s">
         <v>27</v>
       </c>
       <c r="O415" t="s">
-        <v>3754</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65073</v>
+        <v>8289</v>
       </c>
       <c r="B416" t="s">
-        <v>3755</v>
+        <v>3773</v>
       </c>
       <c r="C416" t="s">
-        <v>3756</v>
+        <v>3774</v>
       </c>
       <c r="D416" t="s">
-        <v>3757</v>
+        <v>3775</v>
       </c>
       <c r="E416" t="s">
-        <v>3758</v>
+        <v>3776</v>
       </c>
       <c r="F416" t="s">
-        <v>3759</v>
+        <v>3777</v>
       </c>
       <c r="G416" t="s">
-        <v>3760</v>
+        <v>3778</v>
       </c>
       <c r="H416" t="s">
-        <v>3761</v>
+        <v>3779</v>
       </c>
       <c r="I416" t="s">
-        <v>3762</v>
+        <v>3780</v>
       </c>
       <c r="J416" t="s">
         <v>23</v>
       </c>
       <c r="K416" t="s">
-        <v>53</v>
+        <v>446</v>
       </c>
       <c r="L416" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M416" t="s">
-        <v>54</v>
+        <v>448</v>
       </c>
       <c r="N416" t="s">
         <v>27</v>
       </c>
       <c r="O416" t="s">
-        <v>3763</v>
+        <v>3781</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65074</v>
+        <v>8294</v>
       </c>
       <c r="B417" t="s">
-        <v>3764</v>
+        <v>3782</v>
       </c>
       <c r="C417" t="s">
-        <v>3765</v>
+        <v>3783</v>
       </c>
       <c r="D417" t="s">
-        <v>3766</v>
+        <v>3784</v>
       </c>
       <c r="E417" t="s">
-        <v>3767</v>
+        <v>3785</v>
       </c>
       <c r="F417" t="s">
-        <v>3768</v>
+        <v>3786</v>
       </c>
       <c r="G417" t="s">
-        <v>3769</v>
+        <v>3787</v>
       </c>
       <c r="H417" t="s">
-        <v>3770</v>
+        <v>3788</v>
       </c>
       <c r="I417" t="s">
-        <v>3771</v>
+        <v>3789</v>
       </c>
       <c r="J417" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="K417" t="s">
-        <v>3772</v>
+        <v>813</v>
       </c>
       <c r="L417" t="s">
-        <v>25</v>
+        <v>447</v>
       </c>
       <c r="M417" t="s">
-        <v>3773</v>
+        <v>814</v>
       </c>
       <c r="N417" t="s">
         <v>27</v>
       </c>
       <c r="O417" t="s">
-        <v>3774</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65075</v>
+        <v>8315</v>
       </c>
       <c r="B418" t="s">
-        <v>3775</v>
+        <v>3791</v>
       </c>
       <c r="C418" t="s">
-        <v>3776</v>
+        <v>3792</v>
       </c>
       <c r="D418" t="s">
-        <v>3777</v>
+        <v>3793</v>
       </c>
       <c r="E418" t="s">
-        <v>3778</v>
+        <v>3794</v>
       </c>
       <c r="F418" t="s">
-        <v>3779</v>
+        <v>3795</v>
       </c>
       <c r="G418" t="s">
-        <v>3780</v>
+        <v>3796</v>
       </c>
       <c r="H418" t="s">
-        <v>3781</v>
+        <v>3797</v>
       </c>
       <c r="I418" t="s">
-        <v>3782</v>
+        <v>3798</v>
       </c>
       <c r="J418" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K418" t="s">
-        <v>429</v>
+        <v>45</v>
       </c>
       <c r="L418" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="M418" t="s">
-        <v>3493</v>
+        <v>47</v>
       </c>
       <c r="N418" t="s">
         <v>27</v>
       </c>
       <c r="O418" t="s">
-        <v>3783</v>
+        <v>3799</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65076</v>
+        <v>8341</v>
       </c>
       <c r="B419" t="s">
-        <v>3784</v>
+        <v>3800</v>
       </c>
       <c r="C419" t="s">
-        <v>3785</v>
+        <v>3801</v>
       </c>
       <c r="D419" t="s">
-        <v>3786</v>
+        <v>3802</v>
       </c>
       <c r="E419" t="s">
-        <v>3787</v>
+        <v>3803</v>
       </c>
       <c r="F419" t="s">
-        <v>3788</v>
+        <v>3804</v>
       </c>
       <c r="G419" t="s">
-        <v>3789</v>
+        <v>3805</v>
       </c>
       <c r="H419" t="s">
-        <v>3790</v>
+        <v>3806</v>
       </c>
       <c r="I419" t="s">
-        <v>3791</v>
+        <v>3807</v>
       </c>
       <c r="J419" t="s">
         <v>23</v>
       </c>
       <c r="K419" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L419" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M419" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N419" t="s">
         <v>27</v>
       </c>
       <c r="O419" t="s">
-        <v>3792</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65077</v>
+        <v>8342</v>
       </c>
       <c r="B420" t="s">
-        <v>3793</v>
+        <v>3809</v>
       </c>
       <c r="C420" t="s">
-        <v>3794</v>
+        <v>3810</v>
       </c>
       <c r="D420" t="s">
-        <v>3795</v>
+        <v>3811</v>
       </c>
       <c r="E420" t="s">
-        <v>3796</v>
+        <v>3812</v>
       </c>
       <c r="F420" t="s">
-        <v>3797</v>
+        <v>3813</v>
       </c>
       <c r="G420" t="s">
-        <v>3798</v>
+        <v>3814</v>
       </c>
       <c r="H420" t="s">
-        <v>3799</v>
-[...2 lines deleted...]
-        <v>3800</v>
+        <v>3815</v>
       </c>
       <c r="J420" t="s">
         <v>23</v>
       </c>
       <c r="K420" t="s">
-        <v>476</v>
+        <v>174</v>
       </c>
       <c r="L420" t="s">
         <v>25</v>
       </c>
       <c r="M420" t="s">
-        <v>477</v>
+        <v>577</v>
       </c>
       <c r="N420" t="s">
         <v>27</v>
       </c>
       <c r="O420" t="s">
-        <v>3801</v>
+        <v>3816</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>65080</v>
+        <v>8343</v>
       </c>
       <c r="B421" t="s">
-        <v>3802</v>
+        <v>3817</v>
       </c>
       <c r="C421" t="s">
-        <v>3803</v>
+        <v>3818</v>
       </c>
       <c r="D421" t="s">
-        <v>3804</v>
+        <v>3819</v>
       </c>
       <c r="E421" t="s">
-        <v>3805</v>
+        <v>3820</v>
       </c>
       <c r="F421" t="s">
-        <v>3806</v>
+        <v>3821</v>
       </c>
       <c r="G421" t="s">
-        <v>3807</v>
+        <v>3822</v>
       </c>
       <c r="H421" t="s">
-        <v>3808</v>
+        <v>3823</v>
       </c>
       <c r="I421" t="s">
-        <v>3809</v>
+        <v>3824</v>
       </c>
       <c r="J421" t="s">
         <v>23</v>
       </c>
       <c r="K421" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L421" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M421" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="N421" t="s">
         <v>27</v>
       </c>
       <c r="O421" t="s">
-        <v>3810</v>
+        <v>3825</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65081</v>
+        <v>8344</v>
       </c>
       <c r="B422" t="s">
-        <v>3811</v>
+        <v>3826</v>
       </c>
       <c r="C422" t="s">
-        <v>3812</v>
+        <v>3827</v>
       </c>
       <c r="D422" t="s">
-        <v>3813</v>
+        <v>3828</v>
       </c>
       <c r="E422" t="s">
-        <v>3814</v>
+        <v>3829</v>
       </c>
       <c r="F422" t="s">
-        <v>3815</v>
+        <v>3830</v>
       </c>
       <c r="G422" t="s">
-        <v>3816</v>
+        <v>3831</v>
       </c>
       <c r="H422" t="s">
-        <v>3817</v>
+        <v>3832</v>
       </c>
       <c r="I422" t="s">
-        <v>3818</v>
+        <v>3833</v>
       </c>
       <c r="J422" t="s">
         <v>23</v>
       </c>
       <c r="K422" t="s">
-        <v>24</v>
+        <v>174</v>
       </c>
       <c r="L422" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M422" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="N422" t="s">
         <v>27</v>
       </c>
       <c r="O422" t="s">
-        <v>3819</v>
+        <v>3834</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65082</v>
+        <v>8350</v>
       </c>
       <c r="B423" t="s">
-        <v>3820</v>
+        <v>3835</v>
       </c>
       <c r="C423" t="s">
-        <v>3821</v>
+        <v>3836</v>
       </c>
       <c r="D423" t="s">
-        <v>3822</v>
+        <v>3837</v>
       </c>
       <c r="E423" t="s">
-        <v>3823</v>
+        <v>3838</v>
       </c>
       <c r="F423" t="s">
-        <v>3824</v>
+        <v>3839</v>
       </c>
       <c r="G423" t="s">
-        <v>3825</v>
+        <v>3840</v>
       </c>
       <c r="H423" t="s">
-        <v>3826</v>
-[...2 lines deleted...]
-        <v>3827</v>
+        <v>3841</v>
       </c>
       <c r="J423" t="s">
         <v>23</v>
       </c>
       <c r="K423" t="s">
-        <v>24</v>
+        <v>3842</v>
       </c>
       <c r="L423" t="s">
         <v>25</v>
       </c>
       <c r="M423" t="s">
-        <v>26</v>
+        <v>3843</v>
       </c>
       <c r="N423" t="s">
         <v>27</v>
       </c>
       <c r="O423" t="s">
-        <v>3828</v>
+        <v>3844</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65083</v>
+        <v>8351</v>
       </c>
       <c r="B424" t="s">
-        <v>3829</v>
+        <v>3845</v>
       </c>
       <c r="C424" t="s">
-        <v>3830</v>
+        <v>3846</v>
       </c>
       <c r="D424" t="s">
-        <v>3831</v>
+        <v>3847</v>
       </c>
       <c r="E424" t="s">
-        <v>3832</v>
+        <v>3848</v>
       </c>
       <c r="F424" t="s">
-        <v>3833</v>
+        <v>3849</v>
       </c>
       <c r="G424" t="s">
-        <v>3834</v>
+        <v>3850</v>
       </c>
       <c r="H424" t="s">
-        <v>3835</v>
-[...2 lines deleted...]
-        <v>3836</v>
+        <v>3851</v>
       </c>
       <c r="J424" t="s">
         <v>23</v>
       </c>
       <c r="K424" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L424" t="s">
         <v>25</v>
       </c>
       <c r="M424" t="s">
-        <v>157</v>
+        <v>603</v>
       </c>
       <c r="N424" t="s">
         <v>27</v>
       </c>
       <c r="O424" t="s">
-        <v>3837</v>
+        <v>3852</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65084</v>
+        <v>8355</v>
       </c>
       <c r="B425" t="s">
-        <v>3838</v>
+        <v>3853</v>
       </c>
       <c r="C425" t="s">
-        <v>3839</v>
+        <v>3854</v>
       </c>
       <c r="D425" t="s">
-        <v>3840</v>
+        <v>3855</v>
       </c>
       <c r="E425" t="s">
-        <v>3841</v>
+        <v>3856</v>
       </c>
       <c r="F425" t="s">
-        <v>3842</v>
+        <v>3857</v>
       </c>
       <c r="G425" t="s">
-        <v>3843</v>
+        <v>3858</v>
       </c>
       <c r="H425" t="s">
-        <v>3844</v>
+        <v>3859</v>
       </c>
       <c r="I425" t="s">
-        <v>3845</v>
+        <v>3860</v>
       </c>
       <c r="J425" t="s">
         <v>23</v>
       </c>
       <c r="K425" t="s">
-        <v>53</v>
+        <v>3861</v>
       </c>
       <c r="L425" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M425" t="s">
-        <v>54</v>
+        <v>3862</v>
       </c>
       <c r="N425" t="s">
         <v>27</v>
       </c>
       <c r="O425" t="s">
-        <v>3846</v>
+        <v>3863</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>65085</v>
+        <v>8357</v>
       </c>
       <c r="B426" t="s">
-        <v>3847</v>
+        <v>3864</v>
       </c>
       <c r="C426" t="s">
-        <v>3848</v>
+        <v>3865</v>
       </c>
       <c r="D426" t="s">
-        <v>3849</v>
+        <v>3866</v>
       </c>
       <c r="E426" t="s">
-        <v>3850</v>
+        <v>3867</v>
       </c>
       <c r="F426" t="s">
-        <v>3851</v>
+        <v>3868</v>
       </c>
       <c r="G426" t="s">
-        <v>3852</v>
+        <v>3869</v>
       </c>
       <c r="H426" t="s">
-        <v>3853</v>
+        <v>3870</v>
       </c>
       <c r="I426" t="s">
-        <v>3854</v>
+        <v>3871</v>
       </c>
       <c r="J426" t="s">
         <v>23</v>
       </c>
       <c r="K426" t="s">
-        <v>3503</v>
+        <v>3861</v>
       </c>
       <c r="L426" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M426" t="s">
-        <v>3504</v>
+        <v>3862</v>
       </c>
       <c r="N426" t="s">
         <v>27</v>
       </c>
       <c r="O426" t="s">
-        <v>3855</v>
+        <v>3872</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65086</v>
+        <v>8377</v>
       </c>
       <c r="B427" t="s">
-        <v>3856</v>
+        <v>3873</v>
       </c>
       <c r="C427" t="s">
-        <v>3857</v>
+        <v>3874</v>
       </c>
       <c r="D427" t="s">
-        <v>3858</v>
+        <v>3875</v>
       </c>
       <c r="E427" t="s">
-        <v>3859</v>
+        <v>3876</v>
       </c>
       <c r="F427" t="s">
-        <v>3860</v>
+        <v>3877</v>
       </c>
       <c r="G427" t="s">
-        <v>3861</v>
+        <v>3878</v>
       </c>
       <c r="H427" t="s">
-        <v>3862</v>
+        <v>3879</v>
       </c>
       <c r="I427" t="s">
-        <v>3863</v>
+        <v>3880</v>
       </c>
       <c r="J427" t="s">
         <v>23</v>
       </c>
       <c r="K427" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L427" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M427" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N427" t="s">
         <v>27</v>
       </c>
       <c r="O427" t="s">
-        <v>3864</v>
+        <v>3881</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65087</v>
+        <v>8387</v>
       </c>
       <c r="B428" t="s">
-        <v>3865</v>
+        <v>3882</v>
       </c>
       <c r="C428" t="s">
-        <v>3866</v>
+        <v>3883</v>
       </c>
       <c r="D428" t="s">
-        <v>3867</v>
+        <v>3884</v>
       </c>
       <c r="E428" t="s">
-        <v>3868</v>
+        <v>3885</v>
       </c>
       <c r="F428" t="s">
-        <v>3869</v>
+        <v>3886</v>
       </c>
       <c r="G428" t="s">
-        <v>3870</v>
+        <v>3887</v>
       </c>
       <c r="H428" t="s">
-        <v>3871</v>
+        <v>3888</v>
       </c>
       <c r="I428" t="s">
-        <v>3872</v>
+        <v>3889</v>
       </c>
       <c r="J428" t="s">
         <v>23</v>
       </c>
       <c r="K428" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L428" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M428" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N428" t="s">
         <v>27</v>
       </c>
       <c r="O428" t="s">
-        <v>3873</v>
+        <v>3890</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65088</v>
+        <v>8388</v>
       </c>
       <c r="B429" t="s">
-        <v>3874</v>
+        <v>3891</v>
       </c>
       <c r="C429" t="s">
-        <v>3875</v>
+        <v>3892</v>
       </c>
       <c r="D429" t="s">
-        <v>3876</v>
+        <v>3893</v>
       </c>
       <c r="E429" t="s">
-        <v>3877</v>
+        <v>3894</v>
       </c>
       <c r="F429" t="s">
-        <v>3878</v>
+        <v>3895</v>
       </c>
       <c r="G429" t="s">
-        <v>3879</v>
+        <v>3896</v>
       </c>
       <c r="H429" t="s">
-        <v>3880</v>
+        <v>3897</v>
       </c>
       <c r="I429" t="s">
-        <v>3881</v>
+        <v>3898</v>
       </c>
       <c r="J429" t="s">
         <v>23</v>
       </c>
       <c r="K429" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L429" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M429" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N429" t="s">
         <v>27</v>
       </c>
       <c r="O429" t="s">
-        <v>3882</v>
+        <v>3899</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65089</v>
+        <v>8392</v>
       </c>
       <c r="B430" t="s">
-        <v>3883</v>
+        <v>3900</v>
       </c>
       <c r="C430" t="s">
-        <v>3884</v>
+        <v>3901</v>
       </c>
       <c r="D430" t="s">
-        <v>3885</v>
+        <v>3902</v>
       </c>
       <c r="E430" t="s">
-        <v>3886</v>
+        <v>3903</v>
       </c>
       <c r="F430" t="s">
-        <v>3887</v>
+        <v>3904</v>
       </c>
       <c r="G430" t="s">
-        <v>3888</v>
+        <v>3905</v>
       </c>
       <c r="H430" t="s">
-        <v>3889</v>
+        <v>3906</v>
       </c>
       <c r="I430" t="s">
-        <v>3890</v>
+        <v>3907</v>
       </c>
       <c r="J430" t="s">
         <v>23</v>
       </c>
       <c r="K430" t="s">
-        <v>53</v>
+        <v>2083</v>
       </c>
       <c r="L430" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M430" t="s">
-        <v>54</v>
+        <v>2085</v>
       </c>
       <c r="N430" t="s">
         <v>27</v>
       </c>
       <c r="O430" t="s">
-        <v>3891</v>
+        <v>3908</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65090</v>
+        <v>8402</v>
       </c>
       <c r="B431" t="s">
-        <v>3892</v>
+        <v>3909</v>
       </c>
       <c r="C431" t="s">
-        <v>3893</v>
+        <v>3910</v>
       </c>
       <c r="D431" t="s">
-        <v>3894</v>
+        <v>3911</v>
       </c>
       <c r="E431" t="s">
-        <v>3895</v>
+        <v>3912</v>
       </c>
       <c r="F431" t="s">
-        <v>3896</v>
+        <v>3913</v>
       </c>
       <c r="G431" t="s">
-        <v>3897</v>
+        <v>3914</v>
       </c>
       <c r="H431" t="s">
-        <v>3898</v>
+        <v>3915</v>
       </c>
       <c r="I431" t="s">
-        <v>3899</v>
+        <v>3916</v>
       </c>
       <c r="J431" t="s">
         <v>23</v>
       </c>
       <c r="K431" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L431" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M431" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N431" t="s">
         <v>27</v>
       </c>
       <c r="O431" t="s">
-        <v>3900</v>
+        <v>3917</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65091</v>
+        <v>8407</v>
       </c>
       <c r="B432" t="s">
-        <v>3901</v>
+        <v>3918</v>
       </c>
       <c r="C432" t="s">
-        <v>3902</v>
+        <v>3919</v>
       </c>
       <c r="D432" t="s">
-        <v>3903</v>
+        <v>3920</v>
       </c>
       <c r="E432" t="s">
-        <v>3904</v>
+        <v>3921</v>
       </c>
       <c r="F432" t="s">
-        <v>3905</v>
+        <v>3922</v>
       </c>
       <c r="G432" t="s">
-        <v>3906</v>
+        <v>3923</v>
       </c>
       <c r="H432" t="s">
-        <v>3907</v>
-[...2 lines deleted...]
-        <v>3908</v>
+        <v>3924</v>
       </c>
       <c r="J432" t="s">
         <v>23</v>
       </c>
       <c r="K432" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L432" t="s">
         <v>25</v>
       </c>
       <c r="M432" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N432" t="s">
         <v>27</v>
       </c>
       <c r="O432" t="s">
-        <v>3909</v>
+        <v>3925</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65092</v>
+        <v>8411</v>
       </c>
       <c r="B433" t="s">
-        <v>3910</v>
+        <v>3926</v>
       </c>
       <c r="C433" t="s">
-        <v>3911</v>
+        <v>3927</v>
       </c>
       <c r="D433" t="s">
-        <v>3912</v>
+        <v>3928</v>
       </c>
       <c r="E433" t="s">
-        <v>3913</v>
+        <v>3929</v>
       </c>
       <c r="F433" t="s">
-        <v>3914</v>
+        <v>3930</v>
       </c>
       <c r="G433" t="s">
-        <v>3915</v>
+        <v>3931</v>
       </c>
       <c r="H433" t="s">
-        <v>3916</v>
-[...2 lines deleted...]
-        <v>3917</v>
+        <v>3932</v>
       </c>
       <c r="J433" t="s">
         <v>23</v>
       </c>
       <c r="K433" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L433" t="s">
         <v>25</v>
       </c>
       <c r="M433" t="s">
-        <v>157</v>
+        <v>577</v>
       </c>
       <c r="N433" t="s">
         <v>27</v>
       </c>
       <c r="O433" t="s">
-        <v>3918</v>
+        <v>3933</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65093</v>
+        <v>8412</v>
       </c>
       <c r="B434" t="s">
-        <v>3919</v>
+        <v>3934</v>
       </c>
       <c r="C434" t="s">
-        <v>3920</v>
+        <v>3935</v>
       </c>
       <c r="D434" t="s">
-        <v>3921</v>
+        <v>3936</v>
       </c>
       <c r="E434" t="s">
-        <v>3922</v>
+        <v>3937</v>
       </c>
       <c r="F434" t="s">
-        <v>3923</v>
+        <v>3938</v>
       </c>
       <c r="G434" t="s">
-        <v>3924</v>
+        <v>3939</v>
       </c>
       <c r="H434" t="s">
-        <v>3925</v>
-[...2 lines deleted...]
-        <v>3926</v>
+        <v>3940</v>
       </c>
       <c r="J434" t="s">
         <v>23</v>
       </c>
       <c r="K434" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L434" t="s">
         <v>25</v>
       </c>
       <c r="M434" t="s">
-        <v>157</v>
+        <v>603</v>
       </c>
       <c r="N434" t="s">
         <v>27</v>
       </c>
       <c r="O434" t="s">
-        <v>3927</v>
+        <v>3941</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65094</v>
+        <v>8873</v>
       </c>
       <c r="B435" t="s">
-        <v>3928</v>
+        <v>3942</v>
       </c>
       <c r="C435" t="s">
-        <v>3929</v>
+        <v>3943</v>
       </c>
       <c r="D435" t="s">
-        <v>3930</v>
+        <v>3944</v>
       </c>
       <c r="E435" t="s">
-        <v>3931</v>
+        <v>3945</v>
       </c>
       <c r="F435" t="s">
-        <v>3932</v>
+        <v>3946</v>
       </c>
       <c r="G435" t="s">
-        <v>3933</v>
+        <v>3947</v>
       </c>
       <c r="H435" t="s">
-        <v>3934</v>
-[...2 lines deleted...]
-        <v>3935</v>
+        <v>3948</v>
       </c>
       <c r="J435" t="s">
         <v>23</v>
       </c>
       <c r="K435" t="s">
-        <v>3936</v>
+        <v>45</v>
       </c>
       <c r="L435" t="s">
         <v>25</v>
       </c>
       <c r="M435" t="s">
-        <v>3937</v>
+        <v>603</v>
       </c>
       <c r="N435" t="s">
         <v>27</v>
       </c>
       <c r="O435" t="s">
-        <v>3938</v>
+        <v>3949</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65095</v>
+        <v>8875</v>
       </c>
       <c r="B436" t="s">
-        <v>3939</v>
+        <v>3950</v>
       </c>
       <c r="C436" t="s">
-        <v>3940</v>
+        <v>3951</v>
       </c>
       <c r="D436" t="s">
-        <v>3941</v>
+        <v>3952</v>
       </c>
       <c r="E436" t="s">
-        <v>3942</v>
+        <v>3953</v>
       </c>
       <c r="F436" t="s">
-        <v>3943</v>
+        <v>3954</v>
       </c>
       <c r="G436" t="s">
-        <v>3944</v>
+        <v>3955</v>
       </c>
       <c r="H436" t="s">
-        <v>3945</v>
-[...2 lines deleted...]
-        <v>3946</v>
+        <v>3956</v>
       </c>
       <c r="J436" t="s">
         <v>23</v>
       </c>
       <c r="K436" t="s">
-        <v>476</v>
+        <v>24</v>
       </c>
       <c r="L436" t="s">
         <v>25</v>
       </c>
       <c r="M436" t="s">
-        <v>477</v>
+        <v>26</v>
       </c>
       <c r="N436" t="s">
         <v>27</v>
       </c>
       <c r="O436" t="s">
-        <v>3947</v>
+        <v>3957</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65096</v>
+        <v>8879</v>
       </c>
       <c r="B437" t="s">
-        <v>3948</v>
+        <v>3958</v>
       </c>
       <c r="C437" t="s">
-        <v>3949</v>
+        <v>3959</v>
       </c>
       <c r="D437" t="s">
-        <v>3950</v>
+        <v>3960</v>
       </c>
       <c r="E437" t="s">
-        <v>3951</v>
+        <v>3961</v>
       </c>
       <c r="F437" t="s">
-        <v>3952</v>
+        <v>3962</v>
       </c>
       <c r="G437" t="s">
-        <v>3953</v>
+        <v>3963</v>
       </c>
       <c r="H437" t="s">
-        <v>3954</v>
-[...2 lines deleted...]
-        <v>3955</v>
+        <v>3964</v>
       </c>
       <c r="J437" t="s">
         <v>23</v>
       </c>
       <c r="K437" t="s">
-        <v>53</v>
+        <v>813</v>
       </c>
       <c r="L437" t="s">
         <v>25</v>
       </c>
       <c r="M437" t="s">
-        <v>54</v>
+        <v>2362</v>
       </c>
       <c r="N437" t="s">
         <v>27</v>
       </c>
       <c r="O437" t="s">
-        <v>3956</v>
+        <v>3965</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65097</v>
+        <v>8886</v>
       </c>
       <c r="B438" t="s">
-        <v>3957</v>
+        <v>3966</v>
       </c>
       <c r="C438" t="s">
-        <v>3958</v>
+        <v>3967</v>
       </c>
       <c r="D438" t="s">
-        <v>3959</v>
+        <v>3968</v>
       </c>
       <c r="E438" t="s">
-        <v>3960</v>
+        <v>3969</v>
       </c>
       <c r="F438" t="s">
-        <v>3961</v>
+        <v>3970</v>
       </c>
       <c r="G438" t="s">
-        <v>3962</v>
+        <v>3971</v>
       </c>
       <c r="H438" t="s">
-        <v>3963</v>
-[...2 lines deleted...]
-        <v>3964</v>
+        <v>3972</v>
       </c>
       <c r="J438" t="s">
         <v>23</v>
       </c>
       <c r="K438" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L438" t="s">
         <v>25</v>
       </c>
       <c r="M438" t="s">
-        <v>157</v>
+        <v>577</v>
       </c>
       <c r="N438" t="s">
         <v>27</v>
       </c>
       <c r="O438" t="s">
-        <v>3965</v>
+        <v>3973</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65098</v>
+        <v>8914</v>
       </c>
       <c r="B439" t="s">
-        <v>3966</v>
+        <v>3974</v>
       </c>
       <c r="C439" t="s">
-        <v>3967</v>
+        <v>3975</v>
       </c>
       <c r="D439" t="s">
-        <v>3968</v>
+        <v>3976</v>
       </c>
       <c r="E439" t="s">
-        <v>3969</v>
+        <v>3977</v>
       </c>
       <c r="F439" t="s">
-        <v>3970</v>
+        <v>3978</v>
       </c>
       <c r="G439" t="s">
-        <v>3971</v>
+        <v>3979</v>
       </c>
       <c r="H439" t="s">
-        <v>3972</v>
+        <v>3980</v>
       </c>
       <c r="I439" t="s">
-        <v>3973</v>
+        <v>3981</v>
       </c>
       <c r="J439" t="s">
         <v>23</v>
       </c>
       <c r="K439" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L439" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M439" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N439" t="s">
         <v>27</v>
       </c>
       <c r="O439" t="s">
-        <v>3974</v>
+        <v>3982</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65099</v>
+        <v>8918</v>
       </c>
       <c r="B440" t="s">
-        <v>3975</v>
+        <v>3983</v>
       </c>
       <c r="C440" t="s">
-        <v>3976</v>
+        <v>3984</v>
       </c>
       <c r="D440" t="s">
-        <v>3977</v>
+        <v>3985</v>
       </c>
       <c r="E440" t="s">
-        <v>3978</v>
+        <v>3986</v>
       </c>
       <c r="F440" t="s">
-        <v>3979</v>
+        <v>3987</v>
       </c>
       <c r="G440" t="s">
-        <v>3980</v>
+        <v>3988</v>
       </c>
       <c r="H440" t="s">
-        <v>3981</v>
+        <v>3989</v>
       </c>
       <c r="I440" t="s">
-        <v>3982</v>
+        <v>3990</v>
       </c>
       <c r="J440" t="s">
         <v>23</v>
       </c>
       <c r="K440" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L440" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M440" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N440" t="s">
         <v>27</v>
       </c>
       <c r="O440" t="s">
-        <v>3983</v>
+        <v>3991</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65100</v>
+        <v>8945</v>
       </c>
       <c r="B441" t="s">
-        <v>3984</v>
+        <v>3992</v>
       </c>
       <c r="C441" t="s">
-        <v>3985</v>
+        <v>3993</v>
       </c>
       <c r="D441" t="s">
-        <v>3986</v>
+        <v>3994</v>
       </c>
       <c r="E441" t="s">
-        <v>3987</v>
+        <v>3995</v>
       </c>
       <c r="F441" t="s">
-        <v>3988</v>
+        <v>3996</v>
       </c>
       <c r="G441" t="s">
-        <v>3989</v>
+        <v>3997</v>
       </c>
       <c r="H441" t="s">
-        <v>3990</v>
+        <v>3998</v>
       </c>
       <c r="I441" t="s">
-        <v>3991</v>
+        <v>3999</v>
       </c>
       <c r="J441" t="s">
         <v>23</v>
       </c>
       <c r="K441" t="s">
-        <v>3361</v>
+        <v>24</v>
       </c>
       <c r="L441" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M441" t="s">
-        <v>3362</v>
+        <v>74</v>
       </c>
       <c r="N441" t="s">
         <v>27</v>
       </c>
       <c r="O441" t="s">
-        <v>3992</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65101</v>
+        <v>8950</v>
       </c>
       <c r="B442" t="s">
-        <v>3993</v>
+        <v>4001</v>
       </c>
       <c r="C442" t="s">
-        <v>3994</v>
+        <v>4002</v>
       </c>
       <c r="D442" t="s">
-        <v>3995</v>
+        <v>4003</v>
       </c>
       <c r="E442" t="s">
-        <v>3996</v>
+        <v>4004</v>
       </c>
       <c r="F442" t="s">
-        <v>3997</v>
+        <v>4005</v>
       </c>
       <c r="G442" t="s">
-        <v>3998</v>
+        <v>4006</v>
       </c>
       <c r="H442" t="s">
-        <v>3999</v>
+        <v>4007</v>
       </c>
       <c r="I442" t="s">
-        <v>4000</v>
+        <v>4008</v>
       </c>
       <c r="J442" t="s">
         <v>23</v>
       </c>
       <c r="K442" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L442" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M442" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N442" t="s">
         <v>27</v>
       </c>
       <c r="O442" t="s">
-        <v>4001</v>
+        <v>4009</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65102</v>
+        <v>8959</v>
       </c>
       <c r="B443" t="s">
-        <v>4002</v>
+        <v>4010</v>
       </c>
       <c r="C443" t="s">
-        <v>4003</v>
+        <v>4011</v>
       </c>
       <c r="D443" t="s">
-        <v>4004</v>
+        <v>4012</v>
       </c>
       <c r="E443" t="s">
-        <v>4005</v>
+        <v>4013</v>
       </c>
       <c r="F443" t="s">
-        <v>4006</v>
+        <v>4014</v>
       </c>
       <c r="G443" t="s">
-        <v>4007</v>
+        <v>4015</v>
       </c>
       <c r="H443" t="s">
-        <v>4008</v>
+        <v>4016</v>
       </c>
       <c r="I443" t="s">
-        <v>4009</v>
+        <v>4017</v>
       </c>
       <c r="J443" t="s">
         <v>23</v>
       </c>
       <c r="K443" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L443" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M443" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N443" t="s">
         <v>27</v>
       </c>
       <c r="O443" t="s">
-        <v>4010</v>
+        <v>4018</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65104</v>
+        <v>10044</v>
       </c>
       <c r="B444" t="s">
-        <v>4011</v>
+        <v>4019</v>
       </c>
       <c r="C444" t="s">
-        <v>4012</v>
+        <v>4020</v>
       </c>
       <c r="D444" t="s">
-        <v>4013</v>
+        <v>4021</v>
       </c>
       <c r="E444" t="s">
-        <v>4014</v>
+        <v>4022</v>
       </c>
       <c r="F444" t="s">
-        <v>4015</v>
+        <v>4023</v>
       </c>
       <c r="G444" t="s">
-        <v>4016</v>
+        <v>4024</v>
       </c>
       <c r="H444" t="s">
-        <v>4017</v>
+        <v>4025</v>
       </c>
       <c r="I444" t="s">
-        <v>4018</v>
+        <v>4026</v>
       </c>
       <c r="J444" t="s">
         <v>23</v>
       </c>
       <c r="K444" t="s">
-        <v>4019</v>
+        <v>2083</v>
       </c>
       <c r="L444" t="s">
         <v>25</v>
       </c>
       <c r="M444" t="s">
-        <v>4020</v>
+        <v>4027</v>
       </c>
       <c r="N444" t="s">
         <v>27</v>
       </c>
       <c r="O444" t="s">
-        <v>4021</v>
+        <v>4028</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65105</v>
+        <v>10098</v>
       </c>
       <c r="B445" t="s">
-        <v>4022</v>
+        <v>4029</v>
       </c>
       <c r="C445" t="s">
-        <v>4023</v>
+        <v>4030</v>
       </c>
       <c r="D445" t="s">
-        <v>4024</v>
+        <v>4031</v>
       </c>
       <c r="E445" t="s">
-        <v>4025</v>
+        <v>4032</v>
       </c>
       <c r="F445" t="s">
-        <v>4026</v>
+        <v>4033</v>
       </c>
       <c r="G445" t="s">
-        <v>4027</v>
+        <v>4034</v>
       </c>
       <c r="H445" t="s">
-        <v>4028</v>
+        <v>4035</v>
       </c>
       <c r="I445" t="s">
-        <v>4029</v>
+        <v>4036</v>
       </c>
       <c r="J445" t="s">
         <v>23</v>
       </c>
       <c r="K445" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L445" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M445" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N445" t="s">
         <v>27</v>
       </c>
       <c r="O445" t="s">
-        <v>4030</v>
+        <v>4037</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65124</v>
+        <v>10412</v>
       </c>
       <c r="B446" t="s">
-        <v>4031</v>
+        <v>4038</v>
       </c>
       <c r="C446" t="s">
-        <v>4032</v>
+        <v>4039</v>
       </c>
       <c r="D446" t="s">
-        <v>4033</v>
+        <v>4040</v>
       </c>
       <c r="E446" t="s">
-        <v>4034</v>
+        <v>4041</v>
       </c>
       <c r="F446" t="s">
-        <v>4035</v>
+        <v>4042</v>
       </c>
       <c r="G446" t="s">
-        <v>4036</v>
+        <v>4043</v>
       </c>
       <c r="H446" t="s">
-        <v>4037</v>
+        <v>4044</v>
       </c>
       <c r="I446" t="s">
-        <v>4038</v>
+        <v>4045</v>
       </c>
       <c r="J446" t="s">
         <v>23</v>
       </c>
       <c r="K446" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L446" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M446" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="N446" t="s">
         <v>27</v>
       </c>
       <c r="O446" t="s">
-        <v>4039</v>
+        <v>4046</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65255</v>
+        <v>10647</v>
       </c>
       <c r="B447" t="s">
-        <v>4040</v>
+        <v>4047</v>
       </c>
       <c r="C447" t="s">
-        <v>4041</v>
+        <v>4048</v>
       </c>
       <c r="D447" t="s">
-        <v>4042</v>
+        <v>4049</v>
       </c>
       <c r="E447" t="s">
-        <v>4043</v>
+        <v>4050</v>
       </c>
       <c r="F447" t="s">
-        <v>4044</v>
+        <v>4051</v>
       </c>
       <c r="G447" t="s">
-        <v>4045</v>
+        <v>4052</v>
       </c>
       <c r="H447" t="s">
-        <v>4046</v>
+        <v>4053</v>
       </c>
       <c r="I447" t="s">
-        <v>4047</v>
+        <v>4054</v>
       </c>
       <c r="J447" t="s">
-        <v>1295</v>
+        <v>23</v>
       </c>
       <c r="K447" t="s">
-        <v>4048</v>
+        <v>174</v>
       </c>
       <c r="L447" t="s">
-        <v>1297</v>
+        <v>46</v>
       </c>
       <c r="M447" t="s">
-        <v>4049</v>
+        <v>175</v>
       </c>
       <c r="N447" t="s">
         <v>27</v>
       </c>
       <c r="O447" t="s">
-        <v>4050</v>
+        <v>4055</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>66510</v>
+        <v>10887</v>
       </c>
       <c r="B448" t="s">
-        <v>4051</v>
+        <v>4056</v>
       </c>
       <c r="C448" t="s">
-        <v>4052</v>
+        <v>4057</v>
       </c>
       <c r="D448" t="s">
-        <v>4053</v>
+        <v>4058</v>
       </c>
       <c r="E448" t="s">
-        <v>4054</v>
+        <v>4059</v>
       </c>
       <c r="F448" t="s">
-        <v>4055</v>
+        <v>4060</v>
       </c>
       <c r="G448" t="s">
-        <v>4056</v>
+        <v>4061</v>
       </c>
       <c r="H448" t="s">
-        <v>4057</v>
+        <v>4062</v>
       </c>
       <c r="I448" t="s">
-        <v>4058</v>
+        <v>4063</v>
       </c>
       <c r="J448" t="s">
-        <v>1295</v>
+        <v>23</v>
       </c>
       <c r="K448" t="s">
-        <v>4059</v>
+        <v>45</v>
       </c>
       <c r="L448" t="s">
-        <v>1297</v>
+        <v>46</v>
       </c>
       <c r="M448" t="s">
-        <v>4060</v>
+        <v>47</v>
       </c>
       <c r="N448" t="s">
         <v>27</v>
       </c>
       <c r="O448" t="s">
-        <v>4061</v>
+        <v>4064</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>66511</v>
+        <v>10925</v>
       </c>
       <c r="B449" t="s">
-        <v>1439</v>
+        <v>4065</v>
       </c>
       <c r="C449" t="s">
-        <v>4062</v>
+        <v>4066</v>
       </c>
       <c r="D449" t="s">
-        <v>4063</v>
+        <v>4067</v>
       </c>
       <c r="E449" t="s">
-        <v>4064</v>
+        <v>4068</v>
       </c>
       <c r="F449" t="s">
-        <v>1443</v>
+        <v>4069</v>
       </c>
       <c r="G449" t="s">
-        <v>1444</v>
+        <v>4070</v>
       </c>
       <c r="H449" t="s">
-        <v>4065</v>
+        <v>4071</v>
       </c>
       <c r="I449" t="s">
-        <v>4066</v>
+        <v>4072</v>
       </c>
       <c r="J449" t="s">
         <v>23</v>
       </c>
       <c r="K449" t="s">
-        <v>4067</v>
+        <v>45</v>
       </c>
       <c r="L449" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M449" t="s">
-        <v>4068</v>
+        <v>47</v>
       </c>
       <c r="N449" t="s">
         <v>27</v>
       </c>
       <c r="O449" t="s">
-        <v>4069</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>66512</v>
+        <v>10930</v>
       </c>
       <c r="B450" t="s">
-        <v>3194</v>
+        <v>4074</v>
       </c>
       <c r="C450" t="s">
-        <v>4070</v>
+        <v>4075</v>
       </c>
       <c r="D450" t="s">
-        <v>4071</v>
+        <v>4076</v>
       </c>
       <c r="E450" t="s">
-        <v>4072</v>
+        <v>4077</v>
       </c>
       <c r="F450" t="s">
-        <v>4073</v>
+        <v>4078</v>
       </c>
       <c r="G450" t="s">
-        <v>3199</v>
+        <v>4079</v>
       </c>
       <c r="H450" t="s">
-        <v>3200</v>
+        <v>4080</v>
       </c>
       <c r="I450" t="s">
-        <v>3201</v>
+        <v>4081</v>
       </c>
       <c r="J450" t="s">
-        <v>23</v>
+        <v>1721</v>
       </c>
       <c r="K450" t="s">
-        <v>4074</v>
+        <v>278</v>
       </c>
       <c r="L450" t="s">
-        <v>25</v>
+        <v>1722</v>
       </c>
       <c r="M450" t="s">
-        <v>4075</v>
+        <v>280</v>
       </c>
       <c r="N450" t="s">
         <v>27</v>
       </c>
       <c r="O450" t="s">
-        <v>4076</v>
+        <v>4082</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>66513</v>
+        <v>10947</v>
       </c>
       <c r="B451" t="s">
-        <v>4077</v>
+        <v>4083</v>
       </c>
       <c r="C451" t="s">
-        <v>4078</v>
+        <v>4084</v>
       </c>
       <c r="D451" t="s">
-        <v>4079</v>
+        <v>4085</v>
       </c>
       <c r="E451" t="s">
-        <v>4080</v>
+        <v>4086</v>
       </c>
       <c r="F451" t="s">
-        <v>4081</v>
+        <v>4087</v>
       </c>
       <c r="G451" t="s">
-        <v>3529</v>
+        <v>4088</v>
       </c>
       <c r="H451" t="s">
-        <v>4082</v>
+        <v>4089</v>
       </c>
       <c r="I451" t="s">
-        <v>4083</v>
+        <v>4090</v>
       </c>
       <c r="J451" t="s">
         <v>23</v>
       </c>
       <c r="K451" t="s">
-        <v>4074</v>
+        <v>174</v>
       </c>
       <c r="L451" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M451" t="s">
-        <v>4075</v>
+        <v>175</v>
       </c>
       <c r="N451" t="s">
         <v>27</v>
       </c>
       <c r="O451" t="s">
-        <v>4084</v>
+        <v>4091</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>66514</v>
+        <v>10948</v>
       </c>
       <c r="B452" t="s">
-        <v>4085</v>
+        <v>4092</v>
       </c>
       <c r="C452" t="s">
-        <v>4086</v>
+        <v>4093</v>
       </c>
       <c r="D452" t="s">
-        <v>4087</v>
+        <v>4094</v>
       </c>
       <c r="E452" t="s">
-        <v>4088</v>
+        <v>4095</v>
       </c>
       <c r="F452" t="s">
-        <v>1578</v>
+        <v>4096</v>
       </c>
       <c r="G452" t="s">
-        <v>1579</v>
+        <v>4097</v>
       </c>
       <c r="H452" t="s">
-        <v>4089</v>
+        <v>4098</v>
       </c>
       <c r="I452" t="s">
-        <v>4090</v>
+        <v>4099</v>
       </c>
       <c r="J452" t="s">
         <v>23</v>
       </c>
       <c r="K452" t="s">
-        <v>4074</v>
+        <v>174</v>
       </c>
       <c r="L452" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M452" t="s">
-        <v>4075</v>
+        <v>175</v>
       </c>
       <c r="N452" t="s">
         <v>27</v>
       </c>
       <c r="O452" t="s">
-        <v>4091</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>66515</v>
+        <v>10950</v>
       </c>
       <c r="B453" t="s">
-        <v>4092</v>
+        <v>4101</v>
       </c>
       <c r="C453" t="s">
-        <v>4093</v>
+        <v>4102</v>
       </c>
       <c r="D453" t="s">
-        <v>4094</v>
+        <v>4103</v>
       </c>
       <c r="E453" t="s">
-        <v>4095</v>
+        <v>4104</v>
       </c>
       <c r="F453" t="s">
-        <v>4096</v>
+        <v>4105</v>
       </c>
       <c r="G453" t="s">
-        <v>1372</v>
+        <v>4106</v>
       </c>
       <c r="H453" t="s">
-        <v>4097</v>
+        <v>4107</v>
       </c>
       <c r="I453" t="s">
-        <v>4098</v>
+        <v>4108</v>
       </c>
       <c r="J453" t="s">
         <v>23</v>
       </c>
       <c r="K453" t="s">
-        <v>4074</v>
+        <v>4109</v>
       </c>
       <c r="L453" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M453" t="s">
-        <v>4075</v>
+        <v>4110</v>
       </c>
       <c r="N453" t="s">
         <v>27</v>
       </c>
       <c r="O453" t="s">
-        <v>4099</v>
+        <v>4111</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>66516</v>
+        <v>10951</v>
       </c>
       <c r="B454" t="s">
-        <v>1349</v>
+        <v>4112</v>
       </c>
       <c r="C454" t="s">
-        <v>4100</v>
+        <v>4113</v>
       </c>
       <c r="D454" t="s">
-        <v>4101</v>
+        <v>4114</v>
       </c>
       <c r="E454" t="s">
-        <v>4102</v>
+        <v>4115</v>
       </c>
       <c r="F454" t="s">
-        <v>4103</v>
+        <v>4116</v>
       </c>
       <c r="G454" t="s">
-        <v>4104</v>
+        <v>4117</v>
       </c>
       <c r="H454" t="s">
-        <v>4105</v>
+        <v>4118</v>
       </c>
       <c r="I454" t="s">
-        <v>1356</v>
+        <v>4119</v>
       </c>
       <c r="J454" t="s">
         <v>23</v>
       </c>
       <c r="K454" t="s">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="L454" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M454" t="s">
-        <v>157</v>
+        <v>74</v>
       </c>
       <c r="N454" t="s">
         <v>27</v>
       </c>
       <c r="O454" t="s">
-        <v>4106</v>
+        <v>4120</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>66517</v>
+        <v>11000</v>
       </c>
       <c r="B455" t="s">
-        <v>4107</v>
+        <v>4121</v>
       </c>
       <c r="C455" t="s">
-        <v>4108</v>
+        <v>4122</v>
       </c>
       <c r="D455" t="s">
-        <v>4109</v>
+        <v>4123</v>
       </c>
       <c r="E455" t="s">
-        <v>4110</v>
+        <v>4124</v>
       </c>
       <c r="F455" t="s">
-        <v>4111</v>
+        <v>4125</v>
       </c>
       <c r="G455" t="s">
-        <v>4112</v>
+        <v>4126</v>
       </c>
       <c r="H455" t="s">
-        <v>4113</v>
+        <v>4127</v>
       </c>
       <c r="I455" t="s">
-        <v>4114</v>
+        <v>4128</v>
       </c>
       <c r="J455" t="s">
         <v>23</v>
       </c>
       <c r="K455" t="s">
-        <v>4074</v>
+        <v>45</v>
       </c>
       <c r="L455" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M455" t="s">
-        <v>4075</v>
+        <v>47</v>
       </c>
       <c r="N455" t="s">
         <v>27</v>
       </c>
       <c r="O455" t="s">
-        <v>4115</v>
+        <v>4129</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>66518</v>
+        <v>11220</v>
       </c>
       <c r="B456" t="s">
-        <v>4116</v>
+        <v>4130</v>
       </c>
       <c r="C456" t="s">
-        <v>4117</v>
+        <v>4131</v>
       </c>
       <c r="D456" t="s">
-        <v>4118</v>
+        <v>4132</v>
       </c>
       <c r="E456" t="s">
-        <v>4119</v>
+        <v>4133</v>
       </c>
       <c r="F456" t="s">
-        <v>4120</v>
+        <v>4134</v>
       </c>
       <c r="G456" t="s">
-        <v>1381</v>
+        <v>4135</v>
       </c>
       <c r="H456" t="s">
-        <v>4121</v>
+        <v>4136</v>
       </c>
       <c r="I456" t="s">
-        <v>4122</v>
+        <v>4137</v>
       </c>
       <c r="J456" t="s">
         <v>23</v>
       </c>
       <c r="K456" t="s">
-        <v>156</v>
+        <v>746</v>
       </c>
       <c r="L456" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M456" t="s">
-        <v>157</v>
+        <v>747</v>
       </c>
       <c r="N456" t="s">
         <v>27</v>
       </c>
       <c r="O456" t="s">
-        <v>4123</v>
+        <v>4138</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>66519</v>
+        <v>11231</v>
       </c>
       <c r="B457" t="s">
-        <v>4124</v>
+        <v>4139</v>
       </c>
       <c r="C457" t="s">
-        <v>4125</v>
+        <v>4140</v>
       </c>
       <c r="D457" t="s">
-        <v>4126</v>
+        <v>4141</v>
       </c>
       <c r="E457" t="s">
-        <v>4127</v>
+        <v>4142</v>
       </c>
       <c r="F457" t="s">
-        <v>4128</v>
+        <v>4143</v>
       </c>
       <c r="G457" t="s">
-        <v>4129</v>
+        <v>4144</v>
       </c>
       <c r="H457" t="s">
-        <v>1463</v>
+        <v>4145</v>
       </c>
       <c r="I457" t="s">
-        <v>1464</v>
+        <v>4146</v>
       </c>
       <c r="J457" t="s">
         <v>23</v>
       </c>
       <c r="K457" t="s">
-        <v>4130</v>
+        <v>174</v>
       </c>
       <c r="L457" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M457" t="s">
-        <v>4131</v>
+        <v>175</v>
       </c>
       <c r="N457" t="s">
         <v>27</v>
       </c>
       <c r="O457" t="s">
-        <v>4132</v>
+        <v>4147</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>66520</v>
+        <v>11287</v>
       </c>
       <c r="B458" t="s">
-        <v>1525</v>
+        <v>4148</v>
       </c>
       <c r="C458" t="s">
-        <v>4133</v>
+        <v>4149</v>
       </c>
       <c r="D458" t="s">
-        <v>4134</v>
+        <v>4150</v>
       </c>
       <c r="E458" t="s">
-        <v>4135</v>
+        <v>4151</v>
       </c>
       <c r="F458" t="s">
-        <v>1529</v>
+        <v>4152</v>
       </c>
       <c r="G458" t="s">
-        <v>1530</v>
+        <v>4153</v>
       </c>
       <c r="H458" t="s">
-        <v>1531</v>
+        <v>4154</v>
       </c>
       <c r="I458" t="s">
-        <v>1532</v>
+        <v>4155</v>
       </c>
       <c r="J458" t="s">
         <v>23</v>
       </c>
       <c r="K458" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="L458" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M458" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="N458" t="s">
         <v>27</v>
       </c>
       <c r="O458" t="s">
-        <v>4136</v>
+        <v>4156</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>66521</v>
+        <v>11310</v>
       </c>
       <c r="B459" t="s">
-        <v>1385</v>
+        <v>4157</v>
       </c>
       <c r="C459" t="s">
-        <v>4137</v>
+        <v>4158</v>
       </c>
       <c r="D459" t="s">
-        <v>4138</v>
+        <v>4159</v>
       </c>
       <c r="E459" t="s">
-        <v>4139</v>
+        <v>4160</v>
       </c>
       <c r="F459" t="s">
-        <v>4140</v>
+        <v>4161</v>
       </c>
       <c r="G459" t="s">
-        <v>1390</v>
+        <v>4162</v>
       </c>
       <c r="H459" t="s">
-        <v>4141</v>
+        <v>4163</v>
       </c>
       <c r="I459" t="s">
-        <v>1392</v>
+        <v>4164</v>
       </c>
       <c r="J459" t="s">
         <v>23</v>
       </c>
       <c r="K459" t="s">
-        <v>156</v>
+        <v>945</v>
       </c>
       <c r="L459" t="s">
         <v>25</v>
       </c>
       <c r="M459" t="s">
-        <v>157</v>
+        <v>946</v>
       </c>
       <c r="N459" t="s">
         <v>27</v>
       </c>
       <c r="O459" t="s">
-        <v>4142</v>
+        <v>4165</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>66522</v>
+        <v>58060</v>
       </c>
       <c r="B460" t="s">
-        <v>4143</v>
+        <v>4166</v>
       </c>
       <c r="C460" t="s">
-        <v>4144</v>
+        <v>4167</v>
       </c>
       <c r="D460" t="s">
-        <v>4145</v>
+        <v>4168</v>
       </c>
       <c r="E460" t="s">
-        <v>4146</v>
+        <v>4169</v>
       </c>
       <c r="F460" t="s">
-        <v>4147</v>
+        <v>4170</v>
       </c>
       <c r="G460" t="s">
-        <v>4148</v>
+        <v>4171</v>
       </c>
       <c r="H460" t="s">
-        <v>4149</v>
+        <v>4172</v>
       </c>
       <c r="I460" t="s">
-        <v>4150</v>
+        <v>4173</v>
       </c>
       <c r="J460" t="s">
         <v>23</v>
       </c>
       <c r="K460" t="s">
-        <v>4048</v>
+        <v>3861</v>
       </c>
       <c r="L460" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M460" t="s">
-        <v>4049</v>
+        <v>3862</v>
       </c>
       <c r="N460" t="s">
         <v>27</v>
       </c>
       <c r="O460" t="s">
-        <v>4151</v>
+        <v>4174</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>66523</v>
+        <v>58066</v>
       </c>
       <c r="B461" t="s">
-        <v>1430</v>
+        <v>4175</v>
       </c>
       <c r="C461" t="s">
-        <v>4152</v>
+        <v>4176</v>
       </c>
       <c r="D461" t="s">
-        <v>4153</v>
+        <v>4177</v>
       </c>
       <c r="E461" t="s">
-        <v>4154</v>
+        <v>4178</v>
       </c>
       <c r="F461" t="s">
-        <v>1434</v>
+        <v>4179</v>
       </c>
       <c r="G461" t="s">
-        <v>1435</v>
+        <v>4180</v>
       </c>
       <c r="H461" t="s">
-        <v>1436</v>
+        <v>4181</v>
       </c>
       <c r="I461" t="s">
-        <v>1437</v>
+        <v>4182</v>
       </c>
       <c r="J461" t="s">
         <v>23</v>
       </c>
       <c r="K461" t="s">
-        <v>24</v>
+        <v>278</v>
       </c>
       <c r="L461" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M461" t="s">
-        <v>26</v>
+        <v>280</v>
       </c>
       <c r="N461" t="s">
         <v>27</v>
       </c>
       <c r="O461" t="s">
-        <v>4155</v>
+        <v>4183</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>66524</v>
+        <v>58120</v>
       </c>
       <c r="B462" t="s">
-        <v>3364</v>
+        <v>4184</v>
       </c>
       <c r="C462" t="s">
-        <v>4156</v>
+        <v>4185</v>
       </c>
       <c r="D462" t="s">
-        <v>4157</v>
+        <v>4186</v>
       </c>
       <c r="E462" t="s">
-        <v>4158</v>
+        <v>4187</v>
       </c>
       <c r="F462" t="s">
-        <v>4159</v>
+        <v>4188</v>
       </c>
       <c r="G462" t="s">
-        <v>3369</v>
+        <v>4189</v>
       </c>
       <c r="H462" t="s">
-        <v>3370</v>
+        <v>4190</v>
       </c>
       <c r="I462" t="s">
-        <v>3371</v>
+        <v>4191</v>
       </c>
       <c r="J462" t="s">
         <v>23</v>
       </c>
       <c r="K462" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="L462" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M462" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="N462" t="s">
         <v>27</v>
       </c>
       <c r="O462" t="s">
-        <v>4160</v>
+        <v>4192</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>66525</v>
+        <v>58122</v>
       </c>
       <c r="B463" t="s">
-        <v>4161</v>
+        <v>4193</v>
       </c>
       <c r="C463" t="s">
-        <v>4162</v>
+        <v>4194</v>
       </c>
       <c r="D463" t="s">
-        <v>4163</v>
+        <v>4195</v>
       </c>
       <c r="E463" t="s">
-        <v>4164</v>
+        <v>4196</v>
       </c>
       <c r="F463" t="s">
-        <v>3225</v>
+        <v>4197</v>
       </c>
       <c r="G463" t="s">
-        <v>3226</v>
+        <v>4198</v>
       </c>
       <c r="H463" t="s">
-        <v>3227</v>
+        <v>4199</v>
       </c>
       <c r="I463" t="s">
-        <v>3228</v>
+        <v>4200</v>
       </c>
       <c r="J463" t="s">
         <v>23</v>
       </c>
       <c r="K463" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L463" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M463" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N463" t="s">
         <v>27</v>
       </c>
       <c r="O463" t="s">
-        <v>4165</v>
+        <v>4201</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>66526</v>
+        <v>58218</v>
       </c>
       <c r="B464" t="s">
-        <v>4166</v>
+        <v>4202</v>
       </c>
       <c r="C464" t="s">
-        <v>4167</v>
+        <v>4203</v>
       </c>
       <c r="D464" t="s">
-        <v>4168</v>
+        <v>4204</v>
       </c>
       <c r="E464" t="s">
-        <v>4169</v>
+        <v>4205</v>
       </c>
       <c r="F464" t="s">
-        <v>4170</v>
+        <v>4206</v>
       </c>
       <c r="G464" t="s">
-        <v>3235</v>
+        <v>4207</v>
       </c>
       <c r="H464" t="s">
-        <v>3236</v>
+        <v>4208</v>
       </c>
       <c r="I464" t="s">
-        <v>4171</v>
+        <v>4209</v>
       </c>
       <c r="J464" t="s">
         <v>23</v>
       </c>
       <c r="K464" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="L464" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M464" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="N464" t="s">
         <v>27</v>
       </c>
       <c r="O464" t="s">
-        <v>4172</v>
+        <v>4210</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>66527</v>
+        <v>58223</v>
       </c>
       <c r="B465" t="s">
-        <v>1467</v>
+        <v>4211</v>
       </c>
       <c r="C465" t="s">
-        <v>4173</v>
+        <v>4212</v>
       </c>
       <c r="D465" t="s">
-        <v>4174</v>
+        <v>4213</v>
       </c>
       <c r="E465" t="s">
-        <v>4175</v>
+        <v>4214</v>
       </c>
       <c r="F465" t="s">
-        <v>4176</v>
+        <v>4215</v>
       </c>
       <c r="G465" t="s">
-        <v>1472</v>
+        <v>4216</v>
       </c>
       <c r="H465" t="s">
-        <v>1473</v>
+        <v>4217</v>
       </c>
       <c r="I465" t="s">
-        <v>1474</v>
+        <v>4218</v>
       </c>
       <c r="J465" t="s">
         <v>23</v>
       </c>
       <c r="K465" t="s">
-        <v>4074</v>
+        <v>174</v>
       </c>
       <c r="L465" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M465" t="s">
-        <v>4075</v>
+        <v>175</v>
       </c>
       <c r="N465" t="s">
         <v>27</v>
       </c>
       <c r="O465" t="s">
-        <v>4177</v>
+        <v>4219</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>66529</v>
+        <v>58240</v>
       </c>
       <c r="B466" t="s">
-        <v>4178</v>
+        <v>4220</v>
       </c>
       <c r="C466" t="s">
-        <v>4179</v>
+        <v>4221</v>
       </c>
       <c r="D466" t="s">
-        <v>4180</v>
+        <v>4222</v>
       </c>
       <c r="E466" t="s">
-        <v>4181</v>
+        <v>4223</v>
       </c>
       <c r="F466" t="s">
-        <v>4182</v>
+        <v>4224</v>
       </c>
       <c r="G466" t="s">
-        <v>3668</v>
+        <v>4225</v>
       </c>
       <c r="H466" t="s">
-        <v>3669</v>
+        <v>4226</v>
       </c>
       <c r="I466" t="s">
-        <v>3670</v>
+        <v>4227</v>
       </c>
       <c r="J466" t="s">
         <v>23</v>
       </c>
       <c r="K466" t="s">
-        <v>1746</v>
+        <v>4228</v>
       </c>
       <c r="L466" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M466" t="s">
-        <v>4183</v>
+        <v>4229</v>
       </c>
       <c r="N466" t="s">
         <v>27</v>
       </c>
       <c r="O466" t="s">
-        <v>4184</v>
+        <v>4230</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>66530</v>
+        <v>58259</v>
       </c>
       <c r="B467" t="s">
-        <v>4185</v>
+        <v>4231</v>
       </c>
       <c r="C467" t="s">
-        <v>4186</v>
+        <v>4232</v>
       </c>
       <c r="D467" t="s">
-        <v>4187</v>
+        <v>4233</v>
       </c>
       <c r="E467" t="s">
-        <v>4188</v>
+        <v>4234</v>
       </c>
       <c r="F467" t="s">
-        <v>4189</v>
+        <v>4235</v>
       </c>
       <c r="G467" t="s">
-        <v>1314</v>
+        <v>4236</v>
       </c>
       <c r="H467" t="s">
-        <v>1315</v>
+        <v>4237</v>
       </c>
       <c r="I467" t="s">
-        <v>1316</v>
+        <v>4238</v>
       </c>
       <c r="J467" t="s">
         <v>23</v>
       </c>
       <c r="K467" t="s">
-        <v>320</v>
+        <v>4239</v>
       </c>
       <c r="L467" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M467" t="s">
-        <v>322</v>
+        <v>4240</v>
       </c>
       <c r="N467" t="s">
         <v>27</v>
       </c>
       <c r="O467" t="s">
-        <v>4190</v>
+        <v>4241</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>66531</v>
+        <v>64637</v>
       </c>
       <c r="B468" t="s">
-        <v>4191</v>
+        <v>4242</v>
       </c>
       <c r="C468" t="s">
-        <v>4192</v>
+        <v>4243</v>
       </c>
       <c r="D468" t="s">
-        <v>4193</v>
+        <v>4244</v>
       </c>
       <c r="E468" t="s">
-        <v>4194</v>
+        <v>4245</v>
       </c>
       <c r="F468" t="s">
-        <v>4195</v>
+        <v>4246</v>
       </c>
       <c r="G468" t="s">
-        <v>4196</v>
+        <v>4247</v>
       </c>
       <c r="H468" t="s">
-        <v>4197</v>
+        <v>4248</v>
       </c>
       <c r="I468" t="s">
-        <v>4198</v>
+        <v>4249</v>
       </c>
       <c r="J468" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K468" t="s">
-        <v>4199</v>
+        <v>24</v>
       </c>
       <c r="L468" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="M468" t="s">
-        <v>4200</v>
+        <v>74</v>
       </c>
       <c r="N468" t="s">
         <v>27</v>
       </c>
       <c r="O468" t="s">
-        <v>4201</v>
+        <v>4250</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>66532</v>
+        <v>64689</v>
       </c>
       <c r="B469" t="s">
-        <v>4202</v>
+        <v>4251</v>
       </c>
       <c r="C469" t="s">
-        <v>4203</v>
+        <v>4252</v>
       </c>
       <c r="D469" t="s">
-        <v>4204</v>
+        <v>4253</v>
       </c>
       <c r="E469" t="s">
-        <v>4205</v>
+        <v>4254</v>
       </c>
       <c r="F469" t="s">
-        <v>1547</v>
+        <v>4255</v>
       </c>
       <c r="G469" t="s">
-        <v>1548</v>
+        <v>4256</v>
       </c>
       <c r="H469" t="s">
-        <v>1549</v>
+        <v>4257</v>
       </c>
       <c r="I469" t="s">
-        <v>1550</v>
+        <v>4258</v>
       </c>
       <c r="J469" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="K469" t="s">
-        <v>4206</v>
+        <v>485</v>
       </c>
       <c r="L469" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="M469" t="s">
-        <v>4207</v>
+        <v>486</v>
       </c>
       <c r="N469" t="s">
         <v>27</v>
       </c>
       <c r="O469" t="s">
-        <v>4208</v>
+        <v>4259</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>66533</v>
+        <v>65000</v>
       </c>
       <c r="B470" t="s">
-        <v>4209</v>
+        <v>4260</v>
       </c>
       <c r="C470" t="s">
-        <v>4210</v>
+        <v>4261</v>
       </c>
       <c r="D470" t="s">
-        <v>4211</v>
+        <v>4262</v>
       </c>
       <c r="E470" t="s">
-        <v>4212</v>
+        <v>4263</v>
       </c>
       <c r="F470" t="s">
-        <v>1398</v>
+        <v>4264</v>
       </c>
       <c r="G470" t="s">
-        <v>1399</v>
+        <v>4265</v>
       </c>
       <c r="H470" t="s">
-        <v>1400</v>
+        <v>4266</v>
       </c>
       <c r="I470" t="s">
-        <v>4213</v>
+        <v>4267</v>
       </c>
       <c r="J470" t="s">
         <v>23</v>
       </c>
       <c r="K470" t="s">
-        <v>4214</v>
+        <v>45</v>
       </c>
       <c r="L470" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M470" t="s">
-        <v>4215</v>
+        <v>47</v>
       </c>
       <c r="N470" t="s">
         <v>27</v>
       </c>
       <c r="O470" t="s">
-        <v>4216</v>
+        <v>4268</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>66534</v>
+        <v>65001</v>
       </c>
       <c r="B471" t="s">
-        <v>4217</v>
+        <v>4269</v>
       </c>
       <c r="C471" t="s">
-        <v>4218</v>
+        <v>4270</v>
       </c>
       <c r="D471" t="s">
-        <v>4219</v>
+        <v>4271</v>
       </c>
       <c r="E471" t="s">
-        <v>4220</v>
+        <v>4272</v>
       </c>
       <c r="F471" t="s">
-        <v>4221</v>
+        <v>4273</v>
       </c>
       <c r="G471" t="s">
-        <v>4222</v>
+        <v>4274</v>
       </c>
       <c r="H471" t="s">
-        <v>2718</v>
+        <v>4275</v>
       </c>
       <c r="I471" t="s">
-        <v>2719</v>
+        <v>4276</v>
       </c>
       <c r="J471" t="s">
         <v>23</v>
       </c>
       <c r="K471" t="s">
-        <v>24</v>
+        <v>174</v>
       </c>
       <c r="L471" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M471" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="N471" t="s">
         <v>27</v>
       </c>
       <c r="O471" t="s">
-        <v>4223</v>
+        <v>4277</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>66535</v>
+        <v>65002</v>
       </c>
       <c r="B472" t="s">
-        <v>4224</v>
+        <v>4278</v>
       </c>
       <c r="C472" t="s">
-        <v>4225</v>
+        <v>4279</v>
       </c>
       <c r="D472" t="s">
-        <v>4226</v>
+        <v>4280</v>
       </c>
       <c r="E472" t="s">
-        <v>4227</v>
+        <v>4281</v>
       </c>
       <c r="F472" t="s">
-        <v>4228</v>
+        <v>4282</v>
       </c>
       <c r="G472" t="s">
-        <v>4229</v>
+        <v>4283</v>
       </c>
       <c r="H472" t="s">
-        <v>4230</v>
+        <v>4284</v>
       </c>
       <c r="I472" t="s">
-        <v>4231</v>
+        <v>4285</v>
       </c>
       <c r="J472" t="s">
-        <v>4232</v>
+        <v>23</v>
       </c>
       <c r="K472" t="s">
-        <v>4233</v>
+        <v>45</v>
       </c>
       <c r="L472" t="s">
-        <v>4234</v>
+        <v>46</v>
       </c>
       <c r="M472" t="s">
-        <v>4235</v>
+        <v>47</v>
       </c>
       <c r="N472" t="s">
         <v>27</v>
       </c>
       <c r="O472" t="s">
-        <v>4236</v>
+        <v>4286</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>66536</v>
+        <v>65003</v>
       </c>
       <c r="B473" t="s">
-        <v>4237</v>
+        <v>4287</v>
       </c>
       <c r="C473" t="s">
-        <v>4238</v>
+        <v>4288</v>
       </c>
       <c r="D473" t="s">
-        <v>4239</v>
+        <v>4289</v>
       </c>
       <c r="E473" t="s">
-        <v>4240</v>
+        <v>4290</v>
       </c>
       <c r="F473" t="s">
-        <v>4241</v>
+        <v>4291</v>
       </c>
       <c r="G473" t="s">
-        <v>4242</v>
+        <v>4292</v>
       </c>
       <c r="H473" t="s">
-        <v>4243</v>
+        <v>4293</v>
       </c>
       <c r="I473" t="s">
-        <v>4244</v>
+        <v>4294</v>
       </c>
       <c r="J473" t="s">
         <v>23</v>
       </c>
       <c r="K473" t="s">
-        <v>4074</v>
+        <v>174</v>
       </c>
       <c r="L473" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M473" t="s">
-        <v>4075</v>
+        <v>175</v>
       </c>
       <c r="N473" t="s">
         <v>27</v>
       </c>
       <c r="O473" t="s">
-        <v>4245</v>
+        <v>4295</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>66537</v>
+        <v>65004</v>
       </c>
       <c r="B474" t="s">
-        <v>4246</v>
+        <v>4296</v>
       </c>
       <c r="C474" t="s">
-        <v>4247</v>
+        <v>4297</v>
       </c>
       <c r="D474" t="s">
-        <v>4248</v>
+        <v>4298</v>
       </c>
       <c r="E474" t="s">
-        <v>4249</v>
+        <v>4299</v>
       </c>
       <c r="F474" t="s">
-        <v>4250</v>
+        <v>4300</v>
       </c>
       <c r="G474" t="s">
-        <v>4036</v>
+        <v>4301</v>
       </c>
       <c r="H474" t="s">
-        <v>4037</v>
+        <v>4302</v>
       </c>
       <c r="I474" t="s">
-        <v>4038</v>
+        <v>4303</v>
       </c>
       <c r="J474" t="s">
         <v>23</v>
       </c>
       <c r="K474" t="s">
-        <v>4074</v>
+        <v>174</v>
       </c>
       <c r="L474" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M474" t="s">
-        <v>4075</v>
+        <v>175</v>
       </c>
       <c r="N474" t="s">
         <v>27</v>
       </c>
       <c r="O474" t="s">
-        <v>4251</v>
+        <v>4304</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>66538</v>
+        <v>65005</v>
       </c>
       <c r="B475" t="s">
-        <v>4252</v>
+        <v>4305</v>
       </c>
       <c r="C475" t="s">
-        <v>4253</v>
+        <v>4306</v>
       </c>
       <c r="D475" t="s">
-        <v>4254</v>
+        <v>4307</v>
       </c>
       <c r="E475" t="s">
-        <v>4255</v>
+        <v>4308</v>
       </c>
       <c r="F475" t="s">
-        <v>4256</v>
+        <v>4309</v>
       </c>
       <c r="G475" t="s">
-        <v>1539</v>
+        <v>4310</v>
       </c>
       <c r="H475" t="s">
-        <v>1540</v>
+        <v>4311</v>
       </c>
       <c r="I475" t="s">
-        <v>1541</v>
+        <v>4312</v>
       </c>
       <c r="J475" t="s">
         <v>23</v>
       </c>
       <c r="K475" t="s">
-        <v>4257</v>
+        <v>4313</v>
       </c>
       <c r="L475" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M475" t="s">
-        <v>4258</v>
+        <v>4314</v>
       </c>
       <c r="N475" t="s">
         <v>27</v>
       </c>
       <c r="O475" t="s">
-        <v>4259</v>
+        <v>4315</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>66540</v>
+        <v>65006</v>
       </c>
       <c r="B476" t="s">
-        <v>4260</v>
+        <v>4316</v>
       </c>
       <c r="C476" t="s">
-        <v>4261</v>
+        <v>4317</v>
       </c>
       <c r="D476" t="s">
-        <v>4262</v>
+        <v>4318</v>
       </c>
       <c r="E476" t="s">
-        <v>4263</v>
+        <v>4319</v>
       </c>
       <c r="F476" t="s">
-        <v>4264</v>
+        <v>4320</v>
       </c>
       <c r="G476" t="s">
-        <v>4265</v>
+        <v>4321</v>
       </c>
       <c r="H476" t="s">
-        <v>4266</v>
+        <v>4322</v>
       </c>
       <c r="I476" t="s">
-        <v>1347</v>
+        <v>4323</v>
       </c>
       <c r="J476" t="s">
         <v>23</v>
       </c>
       <c r="K476" t="s">
-        <v>4267</v>
+        <v>4324</v>
       </c>
       <c r="L476" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="M476" t="s">
-        <v>4268</v>
+        <v>4325</v>
       </c>
       <c r="N476" t="s">
         <v>27</v>
       </c>
       <c r="O476" t="s">
-        <v>4269</v>
+        <v>4326</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
+        <v>65007</v>
+      </c>
+      <c r="B477" t="s">
+        <v>4327</v>
+      </c>
+      <c r="C477" t="s">
+        <v>4328</v>
+      </c>
+      <c r="D477" t="s">
+        <v>4329</v>
+      </c>
+      <c r="E477" t="s">
+        <v>4330</v>
+      </c>
+      <c r="F477" t="s">
+        <v>4331</v>
+      </c>
+      <c r="G477" t="s">
+        <v>4332</v>
+      </c>
+      <c r="H477" t="s">
+        <v>4333</v>
+      </c>
+      <c r="I477" t="s">
+        <v>4334</v>
+      </c>
+      <c r="J477" t="s">
+        <v>23</v>
+      </c>
+      <c r="K477" t="s">
+        <v>45</v>
+      </c>
+      <c r="L477" t="s">
+        <v>46</v>
+      </c>
+      <c r="M477" t="s">
+        <v>47</v>
+      </c>
+      <c r="N477" t="s">
+        <v>27</v>
+      </c>
+      <c r="O477" t="s">
+        <v>4335</v>
+      </c>
+    </row>
+    <row r="478" spans="1:15">
+      <c r="A478">
+        <v>65008</v>
+      </c>
+      <c r="B478" t="s">
+        <v>4336</v>
+      </c>
+      <c r="C478" t="s">
+        <v>4337</v>
+      </c>
+      <c r="D478" t="s">
+        <v>4338</v>
+      </c>
+      <c r="E478" t="s">
+        <v>4339</v>
+      </c>
+      <c r="F478" t="s">
+        <v>4340</v>
+      </c>
+      <c r="G478" t="s">
+        <v>4341</v>
+      </c>
+      <c r="H478" t="s">
+        <v>4342</v>
+      </c>
+      <c r="I478" t="s">
+        <v>4343</v>
+      </c>
+      <c r="J478" t="s">
+        <v>23</v>
+      </c>
+      <c r="K478" t="s">
+        <v>174</v>
+      </c>
+      <c r="L478" t="s">
+        <v>46</v>
+      </c>
+      <c r="M478" t="s">
+        <v>175</v>
+      </c>
+      <c r="N478" t="s">
+        <v>27</v>
+      </c>
+      <c r="O478" t="s">
+        <v>4344</v>
+      </c>
+    </row>
+    <row r="479" spans="1:15">
+      <c r="A479">
+        <v>65009</v>
+      </c>
+      <c r="B479" t="s">
+        <v>4345</v>
+      </c>
+      <c r="C479" t="s">
+        <v>4346</v>
+      </c>
+      <c r="D479" t="s">
+        <v>4347</v>
+      </c>
+      <c r="E479" t="s">
+        <v>4348</v>
+      </c>
+      <c r="F479" t="s">
+        <v>4349</v>
+      </c>
+      <c r="G479" t="s">
+        <v>4350</v>
+      </c>
+      <c r="H479" t="s">
+        <v>4351</v>
+      </c>
+      <c r="I479" t="s">
+        <v>4352</v>
+      </c>
+      <c r="J479" t="s">
+        <v>23</v>
+      </c>
+      <c r="K479" t="s">
+        <v>174</v>
+      </c>
+      <c r="L479" t="s">
+        <v>46</v>
+      </c>
+      <c r="M479" t="s">
+        <v>175</v>
+      </c>
+      <c r="N479" t="s">
+        <v>27</v>
+      </c>
+      <c r="O479" t="s">
+        <v>4353</v>
+      </c>
+    </row>
+    <row r="480" spans="1:15">
+      <c r="A480">
+        <v>65010</v>
+      </c>
+      <c r="B480" t="s">
+        <v>4354</v>
+      </c>
+      <c r="C480" t="s">
+        <v>4355</v>
+      </c>
+      <c r="D480" t="s">
+        <v>4356</v>
+      </c>
+      <c r="E480" t="s">
+        <v>4357</v>
+      </c>
+      <c r="F480" t="s">
+        <v>4358</v>
+      </c>
+      <c r="G480" t="s">
+        <v>4359</v>
+      </c>
+      <c r="H480" t="s">
+        <v>4360</v>
+      </c>
+      <c r="I480" t="s">
+        <v>4361</v>
+      </c>
+      <c r="J480" t="s">
+        <v>23</v>
+      </c>
+      <c r="K480" t="s">
+        <v>45</v>
+      </c>
+      <c r="L480" t="s">
+        <v>46</v>
+      </c>
+      <c r="M480" t="s">
+        <v>47</v>
+      </c>
+      <c r="N480" t="s">
+        <v>27</v>
+      </c>
+      <c r="O480" t="s">
+        <v>4362</v>
+      </c>
+    </row>
+    <row r="481" spans="1:15">
+      <c r="A481">
+        <v>65011</v>
+      </c>
+      <c r="B481" t="s">
+        <v>4363</v>
+      </c>
+      <c r="C481" t="s">
+        <v>4364</v>
+      </c>
+      <c r="D481" t="s">
+        <v>4365</v>
+      </c>
+      <c r="E481" t="s">
+        <v>4366</v>
+      </c>
+      <c r="F481" t="s">
+        <v>4367</v>
+      </c>
+      <c r="G481" t="s">
+        <v>4368</v>
+      </c>
+      <c r="H481" t="s">
+        <v>4369</v>
+      </c>
+      <c r="I481" t="s">
+        <v>4370</v>
+      </c>
+      <c r="J481" t="s">
+        <v>23</v>
+      </c>
+      <c r="K481" t="s">
+        <v>174</v>
+      </c>
+      <c r="L481" t="s">
+        <v>46</v>
+      </c>
+      <c r="M481" t="s">
+        <v>175</v>
+      </c>
+      <c r="N481" t="s">
+        <v>27</v>
+      </c>
+      <c r="O481" t="s">
+        <v>4371</v>
+      </c>
+    </row>
+    <row r="482" spans="1:15">
+      <c r="A482">
+        <v>65012</v>
+      </c>
+      <c r="B482" t="s">
+        <v>4372</v>
+      </c>
+      <c r="C482" t="s">
+        <v>4373</v>
+      </c>
+      <c r="D482" t="s">
+        <v>4374</v>
+      </c>
+      <c r="E482" t="s">
+        <v>4375</v>
+      </c>
+      <c r="F482" t="s">
+        <v>4376</v>
+      </c>
+      <c r="G482" t="s">
+        <v>4377</v>
+      </c>
+      <c r="H482" t="s">
+        <v>4378</v>
+      </c>
+      <c r="I482" t="s">
+        <v>4379</v>
+      </c>
+      <c r="J482" t="s">
+        <v>23</v>
+      </c>
+      <c r="K482" t="s">
+        <v>4380</v>
+      </c>
+      <c r="L482" t="s">
+        <v>46</v>
+      </c>
+      <c r="M482" t="s">
+        <v>4381</v>
+      </c>
+      <c r="N482" t="s">
+        <v>27</v>
+      </c>
+      <c r="O482" t="s">
+        <v>4382</v>
+      </c>
+    </row>
+    <row r="483" spans="1:15">
+      <c r="A483">
+        <v>65013</v>
+      </c>
+      <c r="B483" t="s">
+        <v>4383</v>
+      </c>
+      <c r="C483" t="s">
+        <v>4384</v>
+      </c>
+      <c r="D483" t="s">
+        <v>4385</v>
+      </c>
+      <c r="E483" t="s">
+        <v>4386</v>
+      </c>
+      <c r="F483" t="s">
+        <v>4387</v>
+      </c>
+      <c r="G483" t="s">
+        <v>4388</v>
+      </c>
+      <c r="H483" t="s">
+        <v>4389</v>
+      </c>
+      <c r="I483" t="s">
+        <v>4390</v>
+      </c>
+      <c r="J483" t="s">
+        <v>23</v>
+      </c>
+      <c r="K483" t="s">
+        <v>45</v>
+      </c>
+      <c r="L483" t="s">
+        <v>46</v>
+      </c>
+      <c r="M483" t="s">
+        <v>47</v>
+      </c>
+      <c r="N483" t="s">
+        <v>27</v>
+      </c>
+      <c r="O483" t="s">
+        <v>4391</v>
+      </c>
+    </row>
+    <row r="484" spans="1:15">
+      <c r="A484">
+        <v>65014</v>
+      </c>
+      <c r="B484" t="s">
+        <v>4392</v>
+      </c>
+      <c r="C484" t="s">
+        <v>4393</v>
+      </c>
+      <c r="D484" t="s">
+        <v>4394</v>
+      </c>
+      <c r="E484" t="s">
+        <v>4395</v>
+      </c>
+      <c r="F484" t="s">
+        <v>4396</v>
+      </c>
+      <c r="G484" t="s">
+        <v>4397</v>
+      </c>
+      <c r="H484" t="s">
+        <v>4398</v>
+      </c>
+      <c r="I484" t="s">
+        <v>4399</v>
+      </c>
+      <c r="J484" t="s">
+        <v>445</v>
+      </c>
+      <c r="K484" t="s">
+        <v>746</v>
+      </c>
+      <c r="L484" t="s">
+        <v>447</v>
+      </c>
+      <c r="M484" t="s">
+        <v>747</v>
+      </c>
+      <c r="N484" t="s">
+        <v>27</v>
+      </c>
+      <c r="O484" t="s">
+        <v>4400</v>
+      </c>
+    </row>
+    <row r="485" spans="1:15">
+      <c r="A485">
+        <v>65015</v>
+      </c>
+      <c r="B485" t="s">
+        <v>4401</v>
+      </c>
+      <c r="C485" t="s">
+        <v>4402</v>
+      </c>
+      <c r="D485" t="s">
+        <v>4403</v>
+      </c>
+      <c r="E485" t="s">
+        <v>4404</v>
+      </c>
+      <c r="F485" t="s">
+        <v>4405</v>
+      </c>
+      <c r="G485" t="s">
+        <v>4406</v>
+      </c>
+      <c r="H485" t="s">
+        <v>4407</v>
+      </c>
+      <c r="I485" t="s">
+        <v>4408</v>
+      </c>
+      <c r="J485" t="s">
+        <v>23</v>
+      </c>
+      <c r="K485" t="s">
+        <v>174</v>
+      </c>
+      <c r="L485" t="s">
+        <v>46</v>
+      </c>
+      <c r="M485" t="s">
+        <v>175</v>
+      </c>
+      <c r="N485" t="s">
+        <v>27</v>
+      </c>
+      <c r="O485" t="s">
+        <v>4409</v>
+      </c>
+    </row>
+    <row r="486" spans="1:15">
+      <c r="A486">
+        <v>65016</v>
+      </c>
+      <c r="B486" t="s">
+        <v>4410</v>
+      </c>
+      <c r="C486" t="s">
+        <v>4411</v>
+      </c>
+      <c r="D486" t="s">
+        <v>4412</v>
+      </c>
+      <c r="E486" t="s">
+        <v>4413</v>
+      </c>
+      <c r="F486" t="s">
+        <v>4414</v>
+      </c>
+      <c r="G486" t="s">
+        <v>4415</v>
+      </c>
+      <c r="H486" t="s">
+        <v>4416</v>
+      </c>
+      <c r="I486" t="s">
+        <v>4417</v>
+      </c>
+      <c r="J486" t="s">
+        <v>23</v>
+      </c>
+      <c r="K486" t="s">
+        <v>45</v>
+      </c>
+      <c r="L486" t="s">
+        <v>46</v>
+      </c>
+      <c r="M486" t="s">
+        <v>47</v>
+      </c>
+      <c r="N486" t="s">
+        <v>27</v>
+      </c>
+      <c r="O486" t="s">
+        <v>4418</v>
+      </c>
+    </row>
+    <row r="487" spans="1:15">
+      <c r="A487">
+        <v>65017</v>
+      </c>
+      <c r="B487" t="s">
+        <v>4419</v>
+      </c>
+      <c r="C487" t="s">
+        <v>4420</v>
+      </c>
+      <c r="D487" t="s">
+        <v>4421</v>
+      </c>
+      <c r="E487" t="s">
+        <v>4422</v>
+      </c>
+      <c r="F487" t="s">
+        <v>4423</v>
+      </c>
+      <c r="G487" t="s">
+        <v>4424</v>
+      </c>
+      <c r="H487" t="s">
+        <v>4425</v>
+      </c>
+      <c r="I487" t="s">
+        <v>4426</v>
+      </c>
+      <c r="J487" t="s">
+        <v>23</v>
+      </c>
+      <c r="K487" t="s">
+        <v>4427</v>
+      </c>
+      <c r="L487" t="s">
+        <v>46</v>
+      </c>
+      <c r="M487" t="s">
+        <v>4428</v>
+      </c>
+      <c r="N487" t="s">
+        <v>27</v>
+      </c>
+      <c r="O487" t="s">
+        <v>4429</v>
+      </c>
+    </row>
+    <row r="488" spans="1:15">
+      <c r="A488">
+        <v>65018</v>
+      </c>
+      <c r="B488" t="s">
+        <v>4430</v>
+      </c>
+      <c r="C488" t="s">
+        <v>4431</v>
+      </c>
+      <c r="D488" t="s">
+        <v>4432</v>
+      </c>
+      <c r="E488" t="s">
+        <v>4433</v>
+      </c>
+      <c r="F488" t="s">
+        <v>4434</v>
+      </c>
+      <c r="G488" t="s">
+        <v>4435</v>
+      </c>
+      <c r="H488" t="s">
+        <v>4436</v>
+      </c>
+      <c r="I488" t="s">
+        <v>4437</v>
+      </c>
+      <c r="J488" t="s">
+        <v>23</v>
+      </c>
+      <c r="K488" t="s">
+        <v>4438</v>
+      </c>
+      <c r="L488" t="s">
+        <v>46</v>
+      </c>
+      <c r="M488" t="s">
+        <v>4439</v>
+      </c>
+      <c r="N488" t="s">
+        <v>27</v>
+      </c>
+      <c r="O488" t="s">
+        <v>4440</v>
+      </c>
+    </row>
+    <row r="489" spans="1:15">
+      <c r="A489">
+        <v>65019</v>
+      </c>
+      <c r="B489" t="s">
+        <v>4441</v>
+      </c>
+      <c r="C489" t="s">
+        <v>4442</v>
+      </c>
+      <c r="D489" t="s">
+        <v>4443</v>
+      </c>
+      <c r="E489" t="s">
+        <v>4444</v>
+      </c>
+      <c r="F489" t="s">
+        <v>4445</v>
+      </c>
+      <c r="G489" t="s">
+        <v>4446</v>
+      </c>
+      <c r="H489" t="s">
+        <v>4447</v>
+      </c>
+      <c r="I489" t="s">
+        <v>4448</v>
+      </c>
+      <c r="J489" t="s">
+        <v>23</v>
+      </c>
+      <c r="K489" t="s">
+        <v>174</v>
+      </c>
+      <c r="L489" t="s">
+        <v>46</v>
+      </c>
+      <c r="M489" t="s">
+        <v>175</v>
+      </c>
+      <c r="N489" t="s">
+        <v>27</v>
+      </c>
+      <c r="O489" t="s">
+        <v>4449</v>
+      </c>
+    </row>
+    <row r="490" spans="1:15">
+      <c r="A490">
+        <v>65020</v>
+      </c>
+      <c r="B490" t="s">
+        <v>4450</v>
+      </c>
+      <c r="C490" t="s">
+        <v>4451</v>
+      </c>
+      <c r="D490" t="s">
+        <v>4452</v>
+      </c>
+      <c r="E490" t="s">
+        <v>4453</v>
+      </c>
+      <c r="F490" t="s">
+        <v>4454</v>
+      </c>
+      <c r="G490" t="s">
+        <v>4455</v>
+      </c>
+      <c r="H490" t="s">
+        <v>4456</v>
+      </c>
+      <c r="I490" t="s">
+        <v>4457</v>
+      </c>
+      <c r="J490" t="s">
+        <v>23</v>
+      </c>
+      <c r="K490" t="s">
+        <v>4458</v>
+      </c>
+      <c r="L490" t="s">
+        <v>46</v>
+      </c>
+      <c r="M490" t="s">
+        <v>4459</v>
+      </c>
+      <c r="N490" t="s">
+        <v>27</v>
+      </c>
+      <c r="O490" t="s">
+        <v>4460</v>
+      </c>
+    </row>
+    <row r="491" spans="1:15">
+      <c r="A491">
+        <v>65021</v>
+      </c>
+      <c r="B491" t="s">
+        <v>4461</v>
+      </c>
+      <c r="C491" t="s">
+        <v>4462</v>
+      </c>
+      <c r="D491" t="s">
+        <v>4463</v>
+      </c>
+      <c r="E491" t="s">
+        <v>4464</v>
+      </c>
+      <c r="F491" t="s">
+        <v>4465</v>
+      </c>
+      <c r="G491" t="s">
+        <v>4466</v>
+      </c>
+      <c r="H491" t="s">
+        <v>4467</v>
+      </c>
+      <c r="I491" t="s">
+        <v>4468</v>
+      </c>
+      <c r="J491" t="s">
+        <v>23</v>
+      </c>
+      <c r="K491" t="s">
+        <v>45</v>
+      </c>
+      <c r="L491" t="s">
+        <v>46</v>
+      </c>
+      <c r="M491" t="s">
+        <v>47</v>
+      </c>
+      <c r="N491" t="s">
+        <v>27</v>
+      </c>
+      <c r="O491" t="s">
+        <v>4469</v>
+      </c>
+    </row>
+    <row r="492" spans="1:15">
+      <c r="A492">
+        <v>65022</v>
+      </c>
+      <c r="B492" t="s">
+        <v>4470</v>
+      </c>
+      <c r="C492" t="s">
+        <v>4471</v>
+      </c>
+      <c r="D492" t="s">
+        <v>4472</v>
+      </c>
+      <c r="E492" t="s">
+        <v>4473</v>
+      </c>
+      <c r="F492" t="s">
+        <v>4474</v>
+      </c>
+      <c r="G492" t="s">
+        <v>4475</v>
+      </c>
+      <c r="H492" t="s">
+        <v>4476</v>
+      </c>
+      <c r="I492" t="s">
+        <v>4477</v>
+      </c>
+      <c r="J492" t="s">
+        <v>23</v>
+      </c>
+      <c r="K492" t="s">
+        <v>45</v>
+      </c>
+      <c r="L492" t="s">
+        <v>46</v>
+      </c>
+      <c r="M492" t="s">
+        <v>47</v>
+      </c>
+      <c r="N492" t="s">
+        <v>27</v>
+      </c>
+      <c r="O492" t="s">
+        <v>4478</v>
+      </c>
+    </row>
+    <row r="493" spans="1:15">
+      <c r="A493">
+        <v>65023</v>
+      </c>
+      <c r="B493" t="s">
+        <v>4479</v>
+      </c>
+      <c r="C493" t="s">
+        <v>4480</v>
+      </c>
+      <c r="D493" t="s">
+        <v>4481</v>
+      </c>
+      <c r="E493" t="s">
+        <v>4482</v>
+      </c>
+      <c r="F493" t="s">
+        <v>4483</v>
+      </c>
+      <c r="G493" t="s">
+        <v>4484</v>
+      </c>
+      <c r="H493" t="s">
+        <v>4485</v>
+      </c>
+      <c r="I493" t="s">
+        <v>4486</v>
+      </c>
+      <c r="J493" t="s">
+        <v>23</v>
+      </c>
+      <c r="K493" t="s">
+        <v>45</v>
+      </c>
+      <c r="L493" t="s">
+        <v>46</v>
+      </c>
+      <c r="M493" t="s">
+        <v>47</v>
+      </c>
+      <c r="N493" t="s">
+        <v>27</v>
+      </c>
+      <c r="O493" t="s">
+        <v>4487</v>
+      </c>
+    </row>
+    <row r="494" spans="1:15">
+      <c r="A494">
+        <v>65025</v>
+      </c>
+      <c r="B494" t="s">
+        <v>4488</v>
+      </c>
+      <c r="C494" t="s">
+        <v>4489</v>
+      </c>
+      <c r="D494" t="s">
+        <v>4490</v>
+      </c>
+      <c r="E494" t="s">
+        <v>4491</v>
+      </c>
+      <c r="F494" t="s">
+        <v>4492</v>
+      </c>
+      <c r="G494" t="s">
+        <v>4493</v>
+      </c>
+      <c r="H494" t="s">
+        <v>4494</v>
+      </c>
+      <c r="I494" t="s">
+        <v>4495</v>
+      </c>
+      <c r="J494" t="s">
+        <v>23</v>
+      </c>
+      <c r="K494" t="s">
+        <v>45</v>
+      </c>
+      <c r="L494" t="s">
+        <v>46</v>
+      </c>
+      <c r="M494" t="s">
+        <v>47</v>
+      </c>
+      <c r="N494" t="s">
+        <v>27</v>
+      </c>
+      <c r="O494" t="s">
+        <v>4496</v>
+      </c>
+    </row>
+    <row r="495" spans="1:15">
+      <c r="A495">
+        <v>65026</v>
+      </c>
+      <c r="B495" t="s">
+        <v>4497</v>
+      </c>
+      <c r="C495" t="s">
+        <v>4498</v>
+      </c>
+      <c r="D495" t="s">
+        <v>4499</v>
+      </c>
+      <c r="E495" t="s">
+        <v>4500</v>
+      </c>
+      <c r="F495" t="s">
+        <v>4501</v>
+      </c>
+      <c r="G495" t="s">
+        <v>4502</v>
+      </c>
+      <c r="H495" t="s">
+        <v>4503</v>
+      </c>
+      <c r="I495" t="s">
+        <v>4504</v>
+      </c>
+      <c r="J495" t="s">
+        <v>23</v>
+      </c>
+      <c r="K495" t="s">
+        <v>45</v>
+      </c>
+      <c r="L495" t="s">
+        <v>46</v>
+      </c>
+      <c r="M495" t="s">
+        <v>47</v>
+      </c>
+      <c r="N495" t="s">
+        <v>27</v>
+      </c>
+      <c r="O495" t="s">
+        <v>4505</v>
+      </c>
+    </row>
+    <row r="496" spans="1:15">
+      <c r="A496">
+        <v>65027</v>
+      </c>
+      <c r="B496" t="s">
+        <v>4506</v>
+      </c>
+      <c r="C496" t="s">
+        <v>4507</v>
+      </c>
+      <c r="D496" t="s">
+        <v>4508</v>
+      </c>
+      <c r="E496" t="s">
+        <v>4509</v>
+      </c>
+      <c r="F496" t="s">
+        <v>4510</v>
+      </c>
+      <c r="G496" t="s">
+        <v>4511</v>
+      </c>
+      <c r="H496" t="s">
+        <v>4512</v>
+      </c>
+      <c r="I496" t="s">
+        <v>4513</v>
+      </c>
+      <c r="J496" t="s">
+        <v>23</v>
+      </c>
+      <c r="K496" t="s">
+        <v>746</v>
+      </c>
+      <c r="L496" t="s">
+        <v>46</v>
+      </c>
+      <c r="M496" t="s">
+        <v>747</v>
+      </c>
+      <c r="N496" t="s">
+        <v>27</v>
+      </c>
+      <c r="O496" t="s">
+        <v>4514</v>
+      </c>
+    </row>
+    <row r="497" spans="1:15">
+      <c r="A497">
+        <v>65028</v>
+      </c>
+      <c r="B497" t="s">
+        <v>4515</v>
+      </c>
+      <c r="C497" t="s">
+        <v>4516</v>
+      </c>
+      <c r="D497" t="s">
+        <v>4517</v>
+      </c>
+      <c r="E497" t="s">
+        <v>4518</v>
+      </c>
+      <c r="F497" t="s">
+        <v>4519</v>
+      </c>
+      <c r="G497" t="s">
+        <v>4520</v>
+      </c>
+      <c r="H497" t="s">
+        <v>4521</v>
+      </c>
+      <c r="I497" t="s">
+        <v>4522</v>
+      </c>
+      <c r="J497" t="s">
+        <v>23</v>
+      </c>
+      <c r="K497" t="s">
+        <v>45</v>
+      </c>
+      <c r="L497" t="s">
+        <v>46</v>
+      </c>
+      <c r="M497" t="s">
+        <v>47</v>
+      </c>
+      <c r="N497" t="s">
+        <v>27</v>
+      </c>
+      <c r="O497" t="s">
+        <v>4523</v>
+      </c>
+    </row>
+    <row r="498" spans="1:15">
+      <c r="A498">
+        <v>65030</v>
+      </c>
+      <c r="B498" t="s">
+        <v>4524</v>
+      </c>
+      <c r="C498" t="s">
+        <v>4525</v>
+      </c>
+      <c r="D498" t="s">
+        <v>4526</v>
+      </c>
+      <c r="E498" t="s">
+        <v>4527</v>
+      </c>
+      <c r="F498" t="s">
+        <v>4528</v>
+      </c>
+      <c r="G498" t="s">
+        <v>4529</v>
+      </c>
+      <c r="H498" t="s">
+        <v>4530</v>
+      </c>
+      <c r="I498" t="s">
+        <v>4531</v>
+      </c>
+      <c r="J498" t="s">
+        <v>23</v>
+      </c>
+      <c r="K498" t="s">
+        <v>45</v>
+      </c>
+      <c r="L498" t="s">
+        <v>46</v>
+      </c>
+      <c r="M498" t="s">
+        <v>47</v>
+      </c>
+      <c r="N498" t="s">
+        <v>27</v>
+      </c>
+      <c r="O498" t="s">
+        <v>4532</v>
+      </c>
+    </row>
+    <row r="499" spans="1:15">
+      <c r="A499">
+        <v>65031</v>
+      </c>
+      <c r="B499" t="s">
+        <v>4533</v>
+      </c>
+      <c r="C499" t="s">
+        <v>4534</v>
+      </c>
+      <c r="D499" t="s">
+        <v>4535</v>
+      </c>
+      <c r="E499" t="s">
+        <v>4536</v>
+      </c>
+      <c r="F499" t="s">
+        <v>4537</v>
+      </c>
+      <c r="G499" t="s">
+        <v>4538</v>
+      </c>
+      <c r="H499" t="s">
+        <v>4539</v>
+      </c>
+      <c r="I499" t="s">
+        <v>4540</v>
+      </c>
+      <c r="J499" t="s">
+        <v>23</v>
+      </c>
+      <c r="K499" t="s">
+        <v>45</v>
+      </c>
+      <c r="L499" t="s">
+        <v>46</v>
+      </c>
+      <c r="M499" t="s">
+        <v>47</v>
+      </c>
+      <c r="N499" t="s">
+        <v>27</v>
+      </c>
+      <c r="O499" t="s">
+        <v>4541</v>
+      </c>
+    </row>
+    <row r="500" spans="1:15">
+      <c r="A500">
+        <v>65032</v>
+      </c>
+      <c r="B500" t="s">
+        <v>4542</v>
+      </c>
+      <c r="C500" t="s">
+        <v>4543</v>
+      </c>
+      <c r="D500" t="s">
+        <v>4544</v>
+      </c>
+      <c r="E500" t="s">
+        <v>4545</v>
+      </c>
+      <c r="F500" t="s">
+        <v>4546</v>
+      </c>
+      <c r="G500" t="s">
+        <v>4547</v>
+      </c>
+      <c r="H500" t="s">
+        <v>4548</v>
+      </c>
+      <c r="I500" t="s">
+        <v>4549</v>
+      </c>
+      <c r="J500" t="s">
+        <v>23</v>
+      </c>
+      <c r="K500" t="s">
+        <v>174</v>
+      </c>
+      <c r="L500" t="s">
+        <v>46</v>
+      </c>
+      <c r="M500" t="s">
+        <v>175</v>
+      </c>
+      <c r="N500" t="s">
+        <v>27</v>
+      </c>
+      <c r="O500" t="s">
+        <v>4550</v>
+      </c>
+    </row>
+    <row r="501" spans="1:15">
+      <c r="A501">
+        <v>65033</v>
+      </c>
+      <c r="B501" t="s">
+        <v>4551</v>
+      </c>
+      <c r="C501" t="s">
+        <v>4552</v>
+      </c>
+      <c r="D501" t="s">
+        <v>4553</v>
+      </c>
+      <c r="E501" t="s">
+        <v>4554</v>
+      </c>
+      <c r="F501" t="s">
+        <v>4555</v>
+      </c>
+      <c r="G501" t="s">
+        <v>4556</v>
+      </c>
+      <c r="H501" t="s">
+        <v>4557</v>
+      </c>
+      <c r="I501" t="s">
+        <v>4558</v>
+      </c>
+      <c r="J501" t="s">
+        <v>23</v>
+      </c>
+      <c r="K501" t="s">
+        <v>757</v>
+      </c>
+      <c r="L501" t="s">
+        <v>46</v>
+      </c>
+      <c r="M501" t="s">
+        <v>4559</v>
+      </c>
+      <c r="N501" t="s">
+        <v>27</v>
+      </c>
+      <c r="O501" t="s">
+        <v>4560</v>
+      </c>
+    </row>
+    <row r="502" spans="1:15">
+      <c r="A502">
+        <v>65034</v>
+      </c>
+      <c r="B502" t="s">
+        <v>4561</v>
+      </c>
+      <c r="C502" t="s">
+        <v>4562</v>
+      </c>
+      <c r="D502" t="s">
+        <v>4563</v>
+      </c>
+      <c r="E502" t="s">
+        <v>4564</v>
+      </c>
+      <c r="F502" t="s">
+        <v>4565</v>
+      </c>
+      <c r="G502" t="s">
+        <v>4566</v>
+      </c>
+      <c r="H502" t="s">
+        <v>4567</v>
+      </c>
+      <c r="I502" t="s">
+        <v>4568</v>
+      </c>
+      <c r="J502" t="s">
+        <v>445</v>
+      </c>
+      <c r="K502" t="s">
+        <v>613</v>
+      </c>
+      <c r="L502" t="s">
+        <v>447</v>
+      </c>
+      <c r="M502" t="s">
+        <v>614</v>
+      </c>
+      <c r="N502" t="s">
+        <v>27</v>
+      </c>
+      <c r="O502" t="s">
+        <v>4569</v>
+      </c>
+    </row>
+    <row r="503" spans="1:15">
+      <c r="A503">
+        <v>65035</v>
+      </c>
+      <c r="B503" t="s">
+        <v>4570</v>
+      </c>
+      <c r="C503" t="s">
+        <v>4571</v>
+      </c>
+      <c r="D503" t="s">
+        <v>4572</v>
+      </c>
+      <c r="E503" t="s">
+        <v>4573</v>
+      </c>
+      <c r="F503" t="s">
+        <v>4574</v>
+      </c>
+      <c r="G503" t="s">
+        <v>4575</v>
+      </c>
+      <c r="H503" t="s">
+        <v>4576</v>
+      </c>
+      <c r="I503" t="s">
+        <v>4577</v>
+      </c>
+      <c r="J503" t="s">
+        <v>23</v>
+      </c>
+      <c r="K503" t="s">
+        <v>45</v>
+      </c>
+      <c r="L503" t="s">
+        <v>46</v>
+      </c>
+      <c r="M503" t="s">
+        <v>47</v>
+      </c>
+      <c r="N503" t="s">
+        <v>27</v>
+      </c>
+      <c r="O503" t="s">
+        <v>4578</v>
+      </c>
+    </row>
+    <row r="504" spans="1:15">
+      <c r="A504">
+        <v>65036</v>
+      </c>
+      <c r="B504" t="s">
+        <v>4579</v>
+      </c>
+      <c r="C504" t="s">
+        <v>4580</v>
+      </c>
+      <c r="D504" t="s">
+        <v>4581</v>
+      </c>
+      <c r="E504" t="s">
+        <v>4582</v>
+      </c>
+      <c r="F504" t="s">
+        <v>4583</v>
+      </c>
+      <c r="G504" t="s">
+        <v>4584</v>
+      </c>
+      <c r="H504" t="s">
+        <v>4585</v>
+      </c>
+      <c r="I504" t="s">
+        <v>4586</v>
+      </c>
+      <c r="J504" t="s">
+        <v>23</v>
+      </c>
+      <c r="K504" t="s">
+        <v>45</v>
+      </c>
+      <c r="L504" t="s">
+        <v>46</v>
+      </c>
+      <c r="M504" t="s">
+        <v>47</v>
+      </c>
+      <c r="N504" t="s">
+        <v>27</v>
+      </c>
+      <c r="O504" t="s">
+        <v>4587</v>
+      </c>
+    </row>
+    <row r="505" spans="1:15">
+      <c r="A505">
+        <v>65037</v>
+      </c>
+      <c r="B505" t="s">
+        <v>4588</v>
+      </c>
+      <c r="C505" t="s">
+        <v>4589</v>
+      </c>
+      <c r="D505" t="s">
+        <v>4590</v>
+      </c>
+      <c r="E505" t="s">
+        <v>4591</v>
+      </c>
+      <c r="F505" t="s">
+        <v>4592</v>
+      </c>
+      <c r="G505" t="s">
+        <v>4593</v>
+      </c>
+      <c r="H505" t="s">
+        <v>4594</v>
+      </c>
+      <c r="I505" t="s">
+        <v>4595</v>
+      </c>
+      <c r="J505" t="s">
+        <v>23</v>
+      </c>
+      <c r="K505" t="s">
+        <v>45</v>
+      </c>
+      <c r="L505" t="s">
+        <v>46</v>
+      </c>
+      <c r="M505" t="s">
+        <v>47</v>
+      </c>
+      <c r="N505" t="s">
+        <v>27</v>
+      </c>
+      <c r="O505" t="s">
+        <v>4596</v>
+      </c>
+    </row>
+    <row r="506" spans="1:15">
+      <c r="A506">
+        <v>65038</v>
+      </c>
+      <c r="B506" t="s">
+        <v>4597</v>
+      </c>
+      <c r="C506" t="s">
+        <v>4598</v>
+      </c>
+      <c r="D506" t="s">
+        <v>4599</v>
+      </c>
+      <c r="E506" t="s">
+        <v>4600</v>
+      </c>
+      <c r="F506" t="s">
+        <v>4601</v>
+      </c>
+      <c r="G506" t="s">
+        <v>4602</v>
+      </c>
+      <c r="H506" t="s">
+        <v>4603</v>
+      </c>
+      <c r="I506" t="s">
+        <v>4604</v>
+      </c>
+      <c r="J506" t="s">
+        <v>23</v>
+      </c>
+      <c r="K506" t="s">
+        <v>174</v>
+      </c>
+      <c r="L506" t="s">
+        <v>46</v>
+      </c>
+      <c r="M506" t="s">
+        <v>175</v>
+      </c>
+      <c r="N506" t="s">
+        <v>27</v>
+      </c>
+      <c r="O506" t="s">
+        <v>4605</v>
+      </c>
+    </row>
+    <row r="507" spans="1:15">
+      <c r="A507">
+        <v>65039</v>
+      </c>
+      <c r="B507" t="s">
+        <v>4606</v>
+      </c>
+      <c r="C507" t="s">
+        <v>4607</v>
+      </c>
+      <c r="D507" t="s">
+        <v>4608</v>
+      </c>
+      <c r="E507" t="s">
+        <v>4609</v>
+      </c>
+      <c r="F507" t="s">
+        <v>4610</v>
+      </c>
+      <c r="G507" t="s">
+        <v>4611</v>
+      </c>
+      <c r="H507" t="s">
+        <v>4612</v>
+      </c>
+      <c r="I507" t="s">
+        <v>4613</v>
+      </c>
+      <c r="J507" t="s">
+        <v>23</v>
+      </c>
+      <c r="K507" t="s">
+        <v>174</v>
+      </c>
+      <c r="L507" t="s">
+        <v>46</v>
+      </c>
+      <c r="M507" t="s">
+        <v>175</v>
+      </c>
+      <c r="N507" t="s">
+        <v>27</v>
+      </c>
+      <c r="O507" t="s">
+        <v>4614</v>
+      </c>
+    </row>
+    <row r="508" spans="1:15">
+      <c r="A508">
+        <v>65040</v>
+      </c>
+      <c r="B508" t="s">
+        <v>4615</v>
+      </c>
+      <c r="C508" t="s">
+        <v>4616</v>
+      </c>
+      <c r="D508" t="s">
+        <v>4617</v>
+      </c>
+      <c r="E508" t="s">
+        <v>4618</v>
+      </c>
+      <c r="F508" t="s">
+        <v>4619</v>
+      </c>
+      <c r="G508" t="s">
+        <v>4620</v>
+      </c>
+      <c r="H508" t="s">
+        <v>4621</v>
+      </c>
+      <c r="I508" t="s">
+        <v>4622</v>
+      </c>
+      <c r="J508" t="s">
+        <v>23</v>
+      </c>
+      <c r="K508" t="s">
+        <v>945</v>
+      </c>
+      <c r="L508" t="s">
+        <v>46</v>
+      </c>
+      <c r="M508" t="s">
+        <v>1723</v>
+      </c>
+      <c r="N508" t="s">
+        <v>27</v>
+      </c>
+      <c r="O508" t="s">
+        <v>4623</v>
+      </c>
+    </row>
+    <row r="509" spans="1:15">
+      <c r="A509">
+        <v>65043</v>
+      </c>
+      <c r="B509" t="s">
+        <v>4624</v>
+      </c>
+      <c r="C509" t="s">
+        <v>4625</v>
+      </c>
+      <c r="D509" t="s">
+        <v>4626</v>
+      </c>
+      <c r="E509" t="s">
+        <v>4627</v>
+      </c>
+      <c r="F509" t="s">
+        <v>4628</v>
+      </c>
+      <c r="G509" t="s">
+        <v>4629</v>
+      </c>
+      <c r="H509" t="s">
+        <v>4630</v>
+      </c>
+      <c r="I509" t="s">
+        <v>4631</v>
+      </c>
+      <c r="J509" t="s">
+        <v>23</v>
+      </c>
+      <c r="K509" t="s">
+        <v>45</v>
+      </c>
+      <c r="L509" t="s">
+        <v>46</v>
+      </c>
+      <c r="M509" t="s">
+        <v>47</v>
+      </c>
+      <c r="N509" t="s">
+        <v>27</v>
+      </c>
+      <c r="O509" t="s">
+        <v>4632</v>
+      </c>
+    </row>
+    <row r="510" spans="1:15">
+      <c r="A510">
+        <v>65044</v>
+      </c>
+      <c r="B510" t="s">
+        <v>4633</v>
+      </c>
+      <c r="C510" t="s">
+        <v>4634</v>
+      </c>
+      <c r="D510" t="s">
+        <v>4635</v>
+      </c>
+      <c r="E510" t="s">
+        <v>4636</v>
+      </c>
+      <c r="F510" t="s">
+        <v>4637</v>
+      </c>
+      <c r="G510" t="s">
+        <v>4638</v>
+      </c>
+      <c r="H510" t="s">
+        <v>4639</v>
+      </c>
+      <c r="I510" t="s">
+        <v>4640</v>
+      </c>
+      <c r="J510" t="s">
+        <v>23</v>
+      </c>
+      <c r="K510" t="s">
+        <v>45</v>
+      </c>
+      <c r="L510" t="s">
+        <v>46</v>
+      </c>
+      <c r="M510" t="s">
+        <v>47</v>
+      </c>
+      <c r="N510" t="s">
+        <v>27</v>
+      </c>
+      <c r="O510" t="s">
+        <v>4641</v>
+      </c>
+    </row>
+    <row r="511" spans="1:15">
+      <c r="A511">
+        <v>65045</v>
+      </c>
+      <c r="B511" t="s">
+        <v>4642</v>
+      </c>
+      <c r="C511" t="s">
+        <v>4643</v>
+      </c>
+      <c r="D511" t="s">
+        <v>4644</v>
+      </c>
+      <c r="E511" t="s">
+        <v>4645</v>
+      </c>
+      <c r="F511" t="s">
+        <v>4646</v>
+      </c>
+      <c r="G511" t="s">
+        <v>4647</v>
+      </c>
+      <c r="H511" t="s">
+        <v>4648</v>
+      </c>
+      <c r="I511" t="s">
+        <v>4649</v>
+      </c>
+      <c r="J511" t="s">
+        <v>4650</v>
+      </c>
+      <c r="K511" t="s">
+        <v>4651</v>
+      </c>
+      <c r="L511" t="s">
+        <v>4652</v>
+      </c>
+      <c r="M511" t="s">
+        <v>4653</v>
+      </c>
+      <c r="N511" t="s">
+        <v>27</v>
+      </c>
+      <c r="O511" t="s">
+        <v>4654</v>
+      </c>
+    </row>
+    <row r="512" spans="1:15">
+      <c r="A512">
+        <v>65046</v>
+      </c>
+      <c r="B512" t="s">
+        <v>4655</v>
+      </c>
+      <c r="C512" t="s">
+        <v>4656</v>
+      </c>
+      <c r="D512" t="s">
+        <v>4657</v>
+      </c>
+      <c r="E512" t="s">
+        <v>4658</v>
+      </c>
+      <c r="F512" t="s">
+        <v>4659</v>
+      </c>
+      <c r="G512" t="s">
+        <v>4660</v>
+      </c>
+      <c r="H512" t="s">
+        <v>4661</v>
+      </c>
+      <c r="I512" t="s">
+        <v>4662</v>
+      </c>
+      <c r="J512" t="s">
+        <v>23</v>
+      </c>
+      <c r="K512" t="s">
+        <v>24</v>
+      </c>
+      <c r="L512" t="s">
+        <v>46</v>
+      </c>
+      <c r="M512" t="s">
+        <v>74</v>
+      </c>
+      <c r="N512" t="s">
+        <v>27</v>
+      </c>
+      <c r="O512" t="s">
+        <v>4663</v>
+      </c>
+    </row>
+    <row r="513" spans="1:15">
+      <c r="A513">
+        <v>65047</v>
+      </c>
+      <c r="B513" t="s">
+        <v>4664</v>
+      </c>
+      <c r="C513" t="s">
+        <v>4665</v>
+      </c>
+      <c r="D513" t="s">
+        <v>4666</v>
+      </c>
+      <c r="E513" t="s">
+        <v>4667</v>
+      </c>
+      <c r="F513" t="s">
+        <v>4668</v>
+      </c>
+      <c r="G513" t="s">
+        <v>4669</v>
+      </c>
+      <c r="H513" t="s">
+        <v>4670</v>
+      </c>
+      <c r="I513" t="s">
+        <v>4671</v>
+      </c>
+      <c r="J513" t="s">
+        <v>23</v>
+      </c>
+      <c r="K513" t="s">
+        <v>4651</v>
+      </c>
+      <c r="L513" t="s">
+        <v>46</v>
+      </c>
+      <c r="M513" t="s">
+        <v>4653</v>
+      </c>
+      <c r="N513" t="s">
+        <v>27</v>
+      </c>
+      <c r="O513" t="s">
+        <v>4672</v>
+      </c>
+    </row>
+    <row r="514" spans="1:15">
+      <c r="A514">
+        <v>65049</v>
+      </c>
+      <c r="B514" t="s">
+        <v>4673</v>
+      </c>
+      <c r="C514" t="s">
+        <v>4674</v>
+      </c>
+      <c r="D514" t="s">
+        <v>4675</v>
+      </c>
+      <c r="E514" t="s">
+        <v>4676</v>
+      </c>
+      <c r="F514" t="s">
+        <v>4677</v>
+      </c>
+      <c r="G514" t="s">
+        <v>4678</v>
+      </c>
+      <c r="H514" t="s">
+        <v>4679</v>
+      </c>
+      <c r="I514" t="s">
+        <v>4680</v>
+      </c>
+      <c r="J514" t="s">
+        <v>23</v>
+      </c>
+      <c r="K514" t="s">
+        <v>485</v>
+      </c>
+      <c r="L514" t="s">
+        <v>46</v>
+      </c>
+      <c r="M514" t="s">
+        <v>486</v>
+      </c>
+      <c r="N514" t="s">
+        <v>27</v>
+      </c>
+      <c r="O514" t="s">
+        <v>4681</v>
+      </c>
+    </row>
+    <row r="515" spans="1:15">
+      <c r="A515">
+        <v>65050</v>
+      </c>
+      <c r="B515" t="s">
+        <v>4682</v>
+      </c>
+      <c r="C515" t="s">
+        <v>4683</v>
+      </c>
+      <c r="D515" t="s">
+        <v>4684</v>
+      </c>
+      <c r="E515" t="s">
+        <v>4685</v>
+      </c>
+      <c r="F515" t="s">
+        <v>4686</v>
+      </c>
+      <c r="G515" t="s">
+        <v>4687</v>
+      </c>
+      <c r="H515" t="s">
+        <v>4688</v>
+      </c>
+      <c r="I515" t="s">
+        <v>4689</v>
+      </c>
+      <c r="J515" t="s">
+        <v>23</v>
+      </c>
+      <c r="K515" t="s">
+        <v>45</v>
+      </c>
+      <c r="L515" t="s">
+        <v>46</v>
+      </c>
+      <c r="M515" t="s">
+        <v>47</v>
+      </c>
+      <c r="N515" t="s">
+        <v>27</v>
+      </c>
+      <c r="O515" t="s">
+        <v>4690</v>
+      </c>
+    </row>
+    <row r="516" spans="1:15">
+      <c r="A516">
+        <v>65051</v>
+      </c>
+      <c r="B516" t="s">
+        <v>4691</v>
+      </c>
+      <c r="C516" t="s">
+        <v>4692</v>
+      </c>
+      <c r="D516" t="s">
+        <v>4693</v>
+      </c>
+      <c r="E516" t="s">
+        <v>4694</v>
+      </c>
+      <c r="F516" t="s">
+        <v>4695</v>
+      </c>
+      <c r="G516" t="s">
+        <v>4696</v>
+      </c>
+      <c r="H516" t="s">
+        <v>4697</v>
+      </c>
+      <c r="I516" t="s">
+        <v>4698</v>
+      </c>
+      <c r="J516" t="s">
+        <v>23</v>
+      </c>
+      <c r="K516" t="s">
+        <v>813</v>
+      </c>
+      <c r="L516" t="s">
+        <v>46</v>
+      </c>
+      <c r="M516" t="s">
+        <v>814</v>
+      </c>
+      <c r="N516" t="s">
+        <v>27</v>
+      </c>
+      <c r="O516" t="s">
+        <v>4699</v>
+      </c>
+    </row>
+    <row r="517" spans="1:15">
+      <c r="A517">
+        <v>65053</v>
+      </c>
+      <c r="B517" t="s">
+        <v>4700</v>
+      </c>
+      <c r="C517" t="s">
+        <v>4701</v>
+      </c>
+      <c r="D517" t="s">
+        <v>4702</v>
+      </c>
+      <c r="E517" t="s">
+        <v>4703</v>
+      </c>
+      <c r="F517" t="s">
+        <v>4704</v>
+      </c>
+      <c r="G517" t="s">
+        <v>4705</v>
+      </c>
+      <c r="H517" t="s">
+        <v>4706</v>
+      </c>
+      <c r="I517" t="s">
+        <v>4707</v>
+      </c>
+      <c r="J517" t="s">
+        <v>23</v>
+      </c>
+      <c r="K517" t="s">
+        <v>174</v>
+      </c>
+      <c r="L517" t="s">
+        <v>46</v>
+      </c>
+      <c r="M517" t="s">
+        <v>175</v>
+      </c>
+      <c r="N517" t="s">
+        <v>27</v>
+      </c>
+      <c r="O517" t="s">
+        <v>4708</v>
+      </c>
+    </row>
+    <row r="518" spans="1:15">
+      <c r="A518">
+        <v>65054</v>
+      </c>
+      <c r="B518" t="s">
+        <v>4709</v>
+      </c>
+      <c r="C518" t="s">
+        <v>4710</v>
+      </c>
+      <c r="D518" t="s">
+        <v>4711</v>
+      </c>
+      <c r="E518" t="s">
+        <v>4712</v>
+      </c>
+      <c r="F518" t="s">
+        <v>4713</v>
+      </c>
+      <c r="G518" t="s">
+        <v>4714</v>
+      </c>
+      <c r="H518" t="s">
+        <v>4715</v>
+      </c>
+      <c r="I518" t="s">
+        <v>4716</v>
+      </c>
+      <c r="J518" t="s">
+        <v>445</v>
+      </c>
+      <c r="K518" t="s">
+        <v>212</v>
+      </c>
+      <c r="L518" t="s">
+        <v>447</v>
+      </c>
+      <c r="M518" t="s">
+        <v>213</v>
+      </c>
+      <c r="N518" t="s">
+        <v>27</v>
+      </c>
+      <c r="O518" t="s">
+        <v>4717</v>
+      </c>
+    </row>
+    <row r="519" spans="1:15">
+      <c r="A519">
+        <v>65055</v>
+      </c>
+      <c r="B519" t="s">
+        <v>4718</v>
+      </c>
+      <c r="C519" t="s">
+        <v>4719</v>
+      </c>
+      <c r="D519" t="s">
+        <v>4720</v>
+      </c>
+      <c r="E519" t="s">
+        <v>4721</v>
+      </c>
+      <c r="F519" t="s">
+        <v>4722</v>
+      </c>
+      <c r="G519" t="s">
+        <v>4723</v>
+      </c>
+      <c r="H519" t="s">
+        <v>4724</v>
+      </c>
+      <c r="I519" t="s">
+        <v>4725</v>
+      </c>
+      <c r="J519" t="s">
+        <v>23</v>
+      </c>
+      <c r="K519" t="s">
+        <v>613</v>
+      </c>
+      <c r="L519" t="s">
+        <v>46</v>
+      </c>
+      <c r="M519" t="s">
+        <v>614</v>
+      </c>
+      <c r="N519" t="s">
+        <v>27</v>
+      </c>
+      <c r="O519" t="s">
+        <v>4726</v>
+      </c>
+    </row>
+    <row r="520" spans="1:15">
+      <c r="A520">
+        <v>65057</v>
+      </c>
+      <c r="B520" t="s">
+        <v>4727</v>
+      </c>
+      <c r="C520" t="s">
+        <v>4728</v>
+      </c>
+      <c r="D520" t="s">
+        <v>4729</v>
+      </c>
+      <c r="E520" t="s">
+        <v>4730</v>
+      </c>
+      <c r="F520" t="s">
+        <v>4731</v>
+      </c>
+      <c r="G520" t="s">
+        <v>4732</v>
+      </c>
+      <c r="H520" t="s">
+        <v>4733</v>
+      </c>
+      <c r="I520" t="s">
+        <v>4734</v>
+      </c>
+      <c r="J520" t="s">
+        <v>23</v>
+      </c>
+      <c r="K520" t="s">
+        <v>278</v>
+      </c>
+      <c r="L520" t="s">
+        <v>46</v>
+      </c>
+      <c r="M520" t="s">
+        <v>280</v>
+      </c>
+      <c r="N520" t="s">
+        <v>27</v>
+      </c>
+      <c r="O520" t="s">
+        <v>4735</v>
+      </c>
+    </row>
+    <row r="521" spans="1:15">
+      <c r="A521">
+        <v>65058</v>
+      </c>
+      <c r="B521" t="s">
+        <v>4736</v>
+      </c>
+      <c r="C521" t="s">
+        <v>4737</v>
+      </c>
+      <c r="D521" t="s">
+        <v>4738</v>
+      </c>
+      <c r="E521" t="s">
+        <v>4739</v>
+      </c>
+      <c r="F521" t="s">
+        <v>4740</v>
+      </c>
+      <c r="G521" t="s">
+        <v>4741</v>
+      </c>
+      <c r="H521" t="s">
+        <v>4742</v>
+      </c>
+      <c r="I521" t="s">
+        <v>4743</v>
+      </c>
+      <c r="J521" t="s">
+        <v>445</v>
+      </c>
+      <c r="K521" t="s">
+        <v>746</v>
+      </c>
+      <c r="L521" t="s">
+        <v>447</v>
+      </c>
+      <c r="M521" t="s">
+        <v>747</v>
+      </c>
+      <c r="N521" t="s">
+        <v>27</v>
+      </c>
+      <c r="O521" t="s">
+        <v>4744</v>
+      </c>
+    </row>
+    <row r="522" spans="1:15">
+      <c r="A522">
+        <v>65059</v>
+      </c>
+      <c r="B522" t="s">
+        <v>4745</v>
+      </c>
+      <c r="C522" t="s">
+        <v>4746</v>
+      </c>
+      <c r="D522" t="s">
+        <v>4747</v>
+      </c>
+      <c r="E522" t="s">
+        <v>4748</v>
+      </c>
+      <c r="F522" t="s">
+        <v>4749</v>
+      </c>
+      <c r="G522" t="s">
+        <v>4750</v>
+      </c>
+      <c r="H522" t="s">
+        <v>4751</v>
+      </c>
+      <c r="I522" t="s">
+        <v>4752</v>
+      </c>
+      <c r="J522" t="s">
+        <v>23</v>
+      </c>
+      <c r="K522" t="s">
+        <v>174</v>
+      </c>
+      <c r="L522" t="s">
+        <v>46</v>
+      </c>
+      <c r="M522" t="s">
+        <v>175</v>
+      </c>
+      <c r="N522" t="s">
+        <v>27</v>
+      </c>
+      <c r="O522" t="s">
+        <v>4753</v>
+      </c>
+    </row>
+    <row r="523" spans="1:15">
+      <c r="A523">
+        <v>65060</v>
+      </c>
+      <c r="B523" t="s">
+        <v>4754</v>
+      </c>
+      <c r="C523" t="s">
+        <v>4755</v>
+      </c>
+      <c r="D523" t="s">
+        <v>4756</v>
+      </c>
+      <c r="E523" t="s">
+        <v>4757</v>
+      </c>
+      <c r="F523" t="s">
+        <v>4758</v>
+      </c>
+      <c r="G523" t="s">
+        <v>4759</v>
+      </c>
+      <c r="H523" t="s">
+        <v>4760</v>
+      </c>
+      <c r="I523" t="s">
+        <v>4761</v>
+      </c>
+      <c r="J523" t="s">
+        <v>23</v>
+      </c>
+      <c r="K523" t="s">
+        <v>24</v>
+      </c>
+      <c r="L523" t="s">
+        <v>46</v>
+      </c>
+      <c r="M523" t="s">
+        <v>74</v>
+      </c>
+      <c r="N523" t="s">
+        <v>27</v>
+      </c>
+      <c r="O523" t="s">
+        <v>4762</v>
+      </c>
+    </row>
+    <row r="524" spans="1:15">
+      <c r="A524">
+        <v>65061</v>
+      </c>
+      <c r="B524" t="s">
+        <v>4763</v>
+      </c>
+      <c r="C524" t="s">
+        <v>4764</v>
+      </c>
+      <c r="D524" t="s">
+        <v>4765</v>
+      </c>
+      <c r="E524" t="s">
+        <v>4766</v>
+      </c>
+      <c r="F524" t="s">
+        <v>4767</v>
+      </c>
+      <c r="G524" t="s">
+        <v>4768</v>
+      </c>
+      <c r="H524" t="s">
+        <v>4769</v>
+      </c>
+      <c r="I524" t="s">
+        <v>4770</v>
+      </c>
+      <c r="J524" t="s">
+        <v>23</v>
+      </c>
+      <c r="K524" t="s">
+        <v>945</v>
+      </c>
+      <c r="L524" t="s">
+        <v>46</v>
+      </c>
+      <c r="M524" t="s">
+        <v>1723</v>
+      </c>
+      <c r="N524" t="s">
+        <v>27</v>
+      </c>
+      <c r="O524" t="s">
+        <v>4771</v>
+      </c>
+    </row>
+    <row r="525" spans="1:15">
+      <c r="A525">
+        <v>65062</v>
+      </c>
+      <c r="B525" t="s">
+        <v>4772</v>
+      </c>
+      <c r="C525" t="s">
+        <v>4773</v>
+      </c>
+      <c r="D525" t="s">
+        <v>4774</v>
+      </c>
+      <c r="E525" t="s">
+        <v>4775</v>
+      </c>
+      <c r="F525" t="s">
+        <v>4776</v>
+      </c>
+      <c r="G525" t="s">
+        <v>4777</v>
+      </c>
+      <c r="H525" t="s">
+        <v>4778</v>
+      </c>
+      <c r="I525" t="s">
+        <v>4779</v>
+      </c>
+      <c r="J525" t="s">
+        <v>23</v>
+      </c>
+      <c r="K525" t="s">
+        <v>45</v>
+      </c>
+      <c r="L525" t="s">
+        <v>46</v>
+      </c>
+      <c r="M525" t="s">
+        <v>47</v>
+      </c>
+      <c r="N525" t="s">
+        <v>27</v>
+      </c>
+      <c r="O525" t="s">
+        <v>4780</v>
+      </c>
+    </row>
+    <row r="526" spans="1:15">
+      <c r="A526">
+        <v>65063</v>
+      </c>
+      <c r="B526" t="s">
+        <v>4781</v>
+      </c>
+      <c r="C526" t="s">
+        <v>4782</v>
+      </c>
+      <c r="D526" t="s">
+        <v>4783</v>
+      </c>
+      <c r="E526" t="s">
+        <v>4784</v>
+      </c>
+      <c r="F526" t="s">
+        <v>4785</v>
+      </c>
+      <c r="G526" t="s">
+        <v>4786</v>
+      </c>
+      <c r="H526" t="s">
+        <v>4787</v>
+      </c>
+      <c r="I526" t="s">
+        <v>4788</v>
+      </c>
+      <c r="J526" t="s">
+        <v>23</v>
+      </c>
+      <c r="K526" t="s">
+        <v>1122</v>
+      </c>
+      <c r="L526" t="s">
+        <v>46</v>
+      </c>
+      <c r="M526" t="s">
+        <v>1123</v>
+      </c>
+      <c r="N526" t="s">
+        <v>27</v>
+      </c>
+      <c r="O526" t="s">
+        <v>4789</v>
+      </c>
+    </row>
+    <row r="527" spans="1:15">
+      <c r="A527">
+        <v>65068</v>
+      </c>
+      <c r="B527" t="s">
+        <v>4790</v>
+      </c>
+      <c r="C527" t="s">
+        <v>4791</v>
+      </c>
+      <c r="D527" t="s">
+        <v>4792</v>
+      </c>
+      <c r="E527" t="s">
+        <v>4793</v>
+      </c>
+      <c r="F527" t="s">
+        <v>4794</v>
+      </c>
+      <c r="G527" t="s">
+        <v>4795</v>
+      </c>
+      <c r="H527" t="s">
+        <v>4796</v>
+      </c>
+      <c r="I527" t="s">
+        <v>4797</v>
+      </c>
+      <c r="J527" t="s">
+        <v>23</v>
+      </c>
+      <c r="K527" t="s">
+        <v>45</v>
+      </c>
+      <c r="L527" t="s">
+        <v>46</v>
+      </c>
+      <c r="M527" t="s">
+        <v>47</v>
+      </c>
+      <c r="N527" t="s">
+        <v>27</v>
+      </c>
+      <c r="O527" t="s">
+        <v>4798</v>
+      </c>
+    </row>
+    <row r="528" spans="1:15">
+      <c r="A528">
+        <v>65069</v>
+      </c>
+      <c r="B528" t="s">
+        <v>4799</v>
+      </c>
+      <c r="C528" t="s">
+        <v>4800</v>
+      </c>
+      <c r="D528" t="s">
+        <v>4801</v>
+      </c>
+      <c r="E528" t="s">
+        <v>4802</v>
+      </c>
+      <c r="F528" t="s">
+        <v>4803</v>
+      </c>
+      <c r="G528" t="s">
+        <v>4804</v>
+      </c>
+      <c r="H528" t="s">
+        <v>4805</v>
+      </c>
+      <c r="I528" t="s">
+        <v>4806</v>
+      </c>
+      <c r="J528" t="s">
+        <v>23</v>
+      </c>
+      <c r="K528" t="s">
+        <v>174</v>
+      </c>
+      <c r="L528" t="s">
+        <v>46</v>
+      </c>
+      <c r="M528" t="s">
+        <v>175</v>
+      </c>
+      <c r="N528" t="s">
+        <v>27</v>
+      </c>
+      <c r="O528" t="s">
+        <v>4807</v>
+      </c>
+    </row>
+    <row r="529" spans="1:15">
+      <c r="A529">
+        <v>65071</v>
+      </c>
+      <c r="B529" t="s">
+        <v>4808</v>
+      </c>
+      <c r="C529" t="s">
+        <v>4809</v>
+      </c>
+      <c r="D529" t="s">
+        <v>4810</v>
+      </c>
+      <c r="E529" t="s">
+        <v>4811</v>
+      </c>
+      <c r="F529" t="s">
+        <v>4812</v>
+      </c>
+      <c r="G529" t="s">
+        <v>4813</v>
+      </c>
+      <c r="H529" t="s">
+        <v>4814</v>
+      </c>
+      <c r="I529" t="s">
+        <v>4815</v>
+      </c>
+      <c r="J529" t="s">
+        <v>23</v>
+      </c>
+      <c r="K529" t="s">
+        <v>45</v>
+      </c>
+      <c r="L529" t="s">
+        <v>46</v>
+      </c>
+      <c r="M529" t="s">
+        <v>47</v>
+      </c>
+      <c r="N529" t="s">
+        <v>27</v>
+      </c>
+      <c r="O529" t="s">
+        <v>4816</v>
+      </c>
+    </row>
+    <row r="530" spans="1:15">
+      <c r="A530">
+        <v>65073</v>
+      </c>
+      <c r="B530" t="s">
+        <v>4817</v>
+      </c>
+      <c r="C530" t="s">
+        <v>4818</v>
+      </c>
+      <c r="D530" t="s">
+        <v>4819</v>
+      </c>
+      <c r="E530" t="s">
+        <v>4820</v>
+      </c>
+      <c r="F530" t="s">
+        <v>4821</v>
+      </c>
+      <c r="G530" t="s">
+        <v>4822</v>
+      </c>
+      <c r="H530" t="s">
+        <v>4823</v>
+      </c>
+      <c r="I530" t="s">
+        <v>4824</v>
+      </c>
+      <c r="J530" t="s">
+        <v>23</v>
+      </c>
+      <c r="K530" t="s">
+        <v>45</v>
+      </c>
+      <c r="L530" t="s">
+        <v>46</v>
+      </c>
+      <c r="M530" t="s">
+        <v>47</v>
+      </c>
+      <c r="N530" t="s">
+        <v>27</v>
+      </c>
+      <c r="O530" t="s">
+        <v>4825</v>
+      </c>
+    </row>
+    <row r="531" spans="1:15">
+      <c r="A531">
+        <v>65074</v>
+      </c>
+      <c r="B531" t="s">
+        <v>4826</v>
+      </c>
+      <c r="C531" t="s">
+        <v>4827</v>
+      </c>
+      <c r="D531" t="s">
+        <v>4828</v>
+      </c>
+      <c r="E531" t="s">
+        <v>4829</v>
+      </c>
+      <c r="F531" t="s">
+        <v>4830</v>
+      </c>
+      <c r="G531" t="s">
+        <v>4831</v>
+      </c>
+      <c r="H531" t="s">
+        <v>4832</v>
+      </c>
+      <c r="I531" t="s">
+        <v>4833</v>
+      </c>
+      <c r="J531" t="s">
+        <v>23</v>
+      </c>
+      <c r="K531" t="s">
+        <v>4834</v>
+      </c>
+      <c r="L531" t="s">
+        <v>46</v>
+      </c>
+      <c r="M531" t="s">
+        <v>4835</v>
+      </c>
+      <c r="N531" t="s">
+        <v>27</v>
+      </c>
+      <c r="O531" t="s">
+        <v>4836</v>
+      </c>
+    </row>
+    <row r="532" spans="1:15">
+      <c r="A532">
+        <v>65075</v>
+      </c>
+      <c r="B532" t="s">
+        <v>4837</v>
+      </c>
+      <c r="C532" t="s">
+        <v>4838</v>
+      </c>
+      <c r="D532" t="s">
+        <v>4839</v>
+      </c>
+      <c r="E532" t="s">
+        <v>4840</v>
+      </c>
+      <c r="F532" t="s">
+        <v>4841</v>
+      </c>
+      <c r="G532" t="s">
+        <v>4842</v>
+      </c>
+      <c r="H532" t="s">
+        <v>4843</v>
+      </c>
+      <c r="I532" t="s">
+        <v>4844</v>
+      </c>
+      <c r="J532" t="s">
+        <v>445</v>
+      </c>
+      <c r="K532" t="s">
+        <v>757</v>
+      </c>
+      <c r="L532" t="s">
+        <v>447</v>
+      </c>
+      <c r="M532" t="s">
+        <v>4559</v>
+      </c>
+      <c r="N532" t="s">
+        <v>27</v>
+      </c>
+      <c r="O532" t="s">
+        <v>4845</v>
+      </c>
+    </row>
+    <row r="533" spans="1:15">
+      <c r="A533">
+        <v>65076</v>
+      </c>
+      <c r="B533" t="s">
+        <v>4846</v>
+      </c>
+      <c r="C533" t="s">
+        <v>4847</v>
+      </c>
+      <c r="D533" t="s">
+        <v>4848</v>
+      </c>
+      <c r="E533" t="s">
+        <v>4849</v>
+      </c>
+      <c r="F533" t="s">
+        <v>4850</v>
+      </c>
+      <c r="G533" t="s">
+        <v>4851</v>
+      </c>
+      <c r="H533" t="s">
+        <v>4852</v>
+      </c>
+      <c r="I533" t="s">
+        <v>4853</v>
+      </c>
+      <c r="J533" t="s">
+        <v>23</v>
+      </c>
+      <c r="K533" t="s">
+        <v>174</v>
+      </c>
+      <c r="L533" t="s">
+        <v>46</v>
+      </c>
+      <c r="M533" t="s">
+        <v>175</v>
+      </c>
+      <c r="N533" t="s">
+        <v>27</v>
+      </c>
+      <c r="O533" t="s">
+        <v>4854</v>
+      </c>
+    </row>
+    <row r="534" spans="1:15">
+      <c r="A534">
+        <v>65077</v>
+      </c>
+      <c r="B534" t="s">
+        <v>4855</v>
+      </c>
+      <c r="C534" t="s">
+        <v>4856</v>
+      </c>
+      <c r="D534" t="s">
+        <v>4857</v>
+      </c>
+      <c r="E534" t="s">
+        <v>4858</v>
+      </c>
+      <c r="F534" t="s">
+        <v>4859</v>
+      </c>
+      <c r="G534" t="s">
+        <v>4860</v>
+      </c>
+      <c r="H534" t="s">
+        <v>4861</v>
+      </c>
+      <c r="I534" t="s">
+        <v>4862</v>
+      </c>
+      <c r="J534" t="s">
+        <v>23</v>
+      </c>
+      <c r="K534" t="s">
+        <v>813</v>
+      </c>
+      <c r="L534" t="s">
+        <v>46</v>
+      </c>
+      <c r="M534" t="s">
+        <v>814</v>
+      </c>
+      <c r="N534" t="s">
+        <v>27</v>
+      </c>
+      <c r="O534" t="s">
+        <v>4863</v>
+      </c>
+    </row>
+    <row r="535" spans="1:15">
+      <c r="A535">
+        <v>65080</v>
+      </c>
+      <c r="B535" t="s">
+        <v>4864</v>
+      </c>
+      <c r="C535" t="s">
+        <v>4865</v>
+      </c>
+      <c r="D535" t="s">
+        <v>4866</v>
+      </c>
+      <c r="E535" t="s">
+        <v>4867</v>
+      </c>
+      <c r="F535" t="s">
+        <v>4868</v>
+      </c>
+      <c r="G535" t="s">
+        <v>4869</v>
+      </c>
+      <c r="H535" t="s">
+        <v>4870</v>
+      </c>
+      <c r="I535" t="s">
+        <v>4871</v>
+      </c>
+      <c r="J535" t="s">
+        <v>23</v>
+      </c>
+      <c r="K535" t="s">
+        <v>24</v>
+      </c>
+      <c r="L535" t="s">
+        <v>46</v>
+      </c>
+      <c r="M535" t="s">
+        <v>74</v>
+      </c>
+      <c r="N535" t="s">
+        <v>27</v>
+      </c>
+      <c r="O535" t="s">
+        <v>4872</v>
+      </c>
+    </row>
+    <row r="536" spans="1:15">
+      <c r="A536">
+        <v>65081</v>
+      </c>
+      <c r="B536" t="s">
+        <v>4873</v>
+      </c>
+      <c r="C536" t="s">
+        <v>4874</v>
+      </c>
+      <c r="D536" t="s">
+        <v>4875</v>
+      </c>
+      <c r="E536" t="s">
+        <v>4876</v>
+      </c>
+      <c r="F536" t="s">
+        <v>4877</v>
+      </c>
+      <c r="G536" t="s">
+        <v>4878</v>
+      </c>
+      <c r="H536" t="s">
+        <v>4879</v>
+      </c>
+      <c r="I536" t="s">
+        <v>4880</v>
+      </c>
+      <c r="J536" t="s">
+        <v>23</v>
+      </c>
+      <c r="K536" t="s">
+        <v>24</v>
+      </c>
+      <c r="L536" t="s">
+        <v>46</v>
+      </c>
+      <c r="M536" t="s">
+        <v>74</v>
+      </c>
+      <c r="N536" t="s">
+        <v>27</v>
+      </c>
+      <c r="O536" t="s">
+        <v>4881</v>
+      </c>
+    </row>
+    <row r="537" spans="1:15">
+      <c r="A537">
+        <v>65082</v>
+      </c>
+      <c r="B537" t="s">
+        <v>4882</v>
+      </c>
+      <c r="C537" t="s">
+        <v>4883</v>
+      </c>
+      <c r="D537" t="s">
+        <v>4884</v>
+      </c>
+      <c r="E537" t="s">
+        <v>4885</v>
+      </c>
+      <c r="F537" t="s">
+        <v>4886</v>
+      </c>
+      <c r="G537" t="s">
+        <v>4887</v>
+      </c>
+      <c r="H537" t="s">
+        <v>4888</v>
+      </c>
+      <c r="I537" t="s">
+        <v>4889</v>
+      </c>
+      <c r="J537" t="s">
+        <v>23</v>
+      </c>
+      <c r="K537" t="s">
+        <v>24</v>
+      </c>
+      <c r="L537" t="s">
+        <v>46</v>
+      </c>
+      <c r="M537" t="s">
+        <v>74</v>
+      </c>
+      <c r="N537" t="s">
+        <v>27</v>
+      </c>
+      <c r="O537" t="s">
+        <v>4890</v>
+      </c>
+    </row>
+    <row r="538" spans="1:15">
+      <c r="A538">
+        <v>65083</v>
+      </c>
+      <c r="B538" t="s">
+        <v>4891</v>
+      </c>
+      <c r="C538" t="s">
+        <v>4892</v>
+      </c>
+      <c r="D538" t="s">
+        <v>4893</v>
+      </c>
+      <c r="E538" t="s">
+        <v>4894</v>
+      </c>
+      <c r="F538" t="s">
+        <v>4895</v>
+      </c>
+      <c r="G538" t="s">
+        <v>4896</v>
+      </c>
+      <c r="H538" t="s">
+        <v>4897</v>
+      </c>
+      <c r="I538" t="s">
+        <v>4898</v>
+      </c>
+      <c r="J538" t="s">
+        <v>23</v>
+      </c>
+      <c r="K538" t="s">
+        <v>174</v>
+      </c>
+      <c r="L538" t="s">
+        <v>46</v>
+      </c>
+      <c r="M538" t="s">
+        <v>175</v>
+      </c>
+      <c r="N538" t="s">
+        <v>27</v>
+      </c>
+      <c r="O538" t="s">
+        <v>4899</v>
+      </c>
+    </row>
+    <row r="539" spans="1:15">
+      <c r="A539">
+        <v>65084</v>
+      </c>
+      <c r="B539" t="s">
+        <v>4900</v>
+      </c>
+      <c r="C539" t="s">
+        <v>4901</v>
+      </c>
+      <c r="D539" t="s">
+        <v>4902</v>
+      </c>
+      <c r="E539" t="s">
+        <v>4903</v>
+      </c>
+      <c r="F539" t="s">
+        <v>4904</v>
+      </c>
+      <c r="G539" t="s">
+        <v>4905</v>
+      </c>
+      <c r="H539" t="s">
+        <v>4906</v>
+      </c>
+      <c r="I539" t="s">
+        <v>4907</v>
+      </c>
+      <c r="J539" t="s">
+        <v>23</v>
+      </c>
+      <c r="K539" t="s">
+        <v>45</v>
+      </c>
+      <c r="L539" t="s">
+        <v>46</v>
+      </c>
+      <c r="M539" t="s">
+        <v>47</v>
+      </c>
+      <c r="N539" t="s">
+        <v>27</v>
+      </c>
+      <c r="O539" t="s">
+        <v>4908</v>
+      </c>
+    </row>
+    <row r="540" spans="1:15">
+      <c r="A540">
+        <v>65085</v>
+      </c>
+      <c r="B540" t="s">
+        <v>4909</v>
+      </c>
+      <c r="C540" t="s">
+        <v>4910</v>
+      </c>
+      <c r="D540" t="s">
+        <v>4911</v>
+      </c>
+      <c r="E540" t="s">
+        <v>4912</v>
+      </c>
+      <c r="F540" t="s">
+        <v>4913</v>
+      </c>
+      <c r="G540" t="s">
+        <v>4914</v>
+      </c>
+      <c r="H540" t="s">
+        <v>4915</v>
+      </c>
+      <c r="I540" t="s">
+        <v>4916</v>
+      </c>
+      <c r="J540" t="s">
+        <v>23</v>
+      </c>
+      <c r="K540" t="s">
+        <v>613</v>
+      </c>
+      <c r="L540" t="s">
+        <v>46</v>
+      </c>
+      <c r="M540" t="s">
+        <v>614</v>
+      </c>
+      <c r="N540" t="s">
+        <v>27</v>
+      </c>
+      <c r="O540" t="s">
+        <v>4917</v>
+      </c>
+    </row>
+    <row r="541" spans="1:15">
+      <c r="A541">
+        <v>65086</v>
+      </c>
+      <c r="B541" t="s">
+        <v>4918</v>
+      </c>
+      <c r="C541" t="s">
+        <v>4919</v>
+      </c>
+      <c r="D541" t="s">
+        <v>4920</v>
+      </c>
+      <c r="E541" t="s">
+        <v>4921</v>
+      </c>
+      <c r="F541" t="s">
+        <v>4922</v>
+      </c>
+      <c r="G541" t="s">
+        <v>4923</v>
+      </c>
+      <c r="H541" t="s">
+        <v>4924</v>
+      </c>
+      <c r="I541" t="s">
+        <v>4925</v>
+      </c>
+      <c r="J541" t="s">
+        <v>23</v>
+      </c>
+      <c r="K541" t="s">
+        <v>174</v>
+      </c>
+      <c r="L541" t="s">
+        <v>46</v>
+      </c>
+      <c r="M541" t="s">
+        <v>175</v>
+      </c>
+      <c r="N541" t="s">
+        <v>27</v>
+      </c>
+      <c r="O541" t="s">
+        <v>4926</v>
+      </c>
+    </row>
+    <row r="542" spans="1:15">
+      <c r="A542">
+        <v>65087</v>
+      </c>
+      <c r="B542" t="s">
+        <v>4927</v>
+      </c>
+      <c r="C542" t="s">
+        <v>4928</v>
+      </c>
+      <c r="D542" t="s">
+        <v>4929</v>
+      </c>
+      <c r="E542" t="s">
+        <v>4930</v>
+      </c>
+      <c r="F542" t="s">
+        <v>4931</v>
+      </c>
+      <c r="G542" t="s">
+        <v>4932</v>
+      </c>
+      <c r="H542" t="s">
+        <v>4933</v>
+      </c>
+      <c r="I542" t="s">
+        <v>4934</v>
+      </c>
+      <c r="J542" t="s">
+        <v>23</v>
+      </c>
+      <c r="K542" t="s">
+        <v>174</v>
+      </c>
+      <c r="L542" t="s">
+        <v>46</v>
+      </c>
+      <c r="M542" t="s">
+        <v>175</v>
+      </c>
+      <c r="N542" t="s">
+        <v>27</v>
+      </c>
+      <c r="O542" t="s">
+        <v>4935</v>
+      </c>
+    </row>
+    <row r="543" spans="1:15">
+      <c r="A543">
+        <v>65088</v>
+      </c>
+      <c r="B543" t="s">
+        <v>4936</v>
+      </c>
+      <c r="C543" t="s">
+        <v>4937</v>
+      </c>
+      <c r="D543" t="s">
+        <v>4938</v>
+      </c>
+      <c r="E543" t="s">
+        <v>4939</v>
+      </c>
+      <c r="F543" t="s">
+        <v>4940</v>
+      </c>
+      <c r="G543" t="s">
+        <v>4941</v>
+      </c>
+      <c r="H543" t="s">
+        <v>4942</v>
+      </c>
+      <c r="I543" t="s">
+        <v>4943</v>
+      </c>
+      <c r="J543" t="s">
+        <v>23</v>
+      </c>
+      <c r="K543" t="s">
+        <v>45</v>
+      </c>
+      <c r="L543" t="s">
+        <v>46</v>
+      </c>
+      <c r="M543" t="s">
+        <v>47</v>
+      </c>
+      <c r="N543" t="s">
+        <v>27</v>
+      </c>
+      <c r="O543" t="s">
+        <v>4944</v>
+      </c>
+    </row>
+    <row r="544" spans="1:15">
+      <c r="A544">
+        <v>65089</v>
+      </c>
+      <c r="B544" t="s">
+        <v>4945</v>
+      </c>
+      <c r="C544" t="s">
+        <v>4946</v>
+      </c>
+      <c r="D544" t="s">
+        <v>4947</v>
+      </c>
+      <c r="E544" t="s">
+        <v>4948</v>
+      </c>
+      <c r="F544" t="s">
+        <v>4949</v>
+      </c>
+      <c r="G544" t="s">
+        <v>4950</v>
+      </c>
+      <c r="H544" t="s">
+        <v>4951</v>
+      </c>
+      <c r="I544" t="s">
+        <v>4952</v>
+      </c>
+      <c r="J544" t="s">
+        <v>23</v>
+      </c>
+      <c r="K544" t="s">
+        <v>45</v>
+      </c>
+      <c r="L544" t="s">
+        <v>46</v>
+      </c>
+      <c r="M544" t="s">
+        <v>47</v>
+      </c>
+      <c r="N544" t="s">
+        <v>27</v>
+      </c>
+      <c r="O544" t="s">
+        <v>4953</v>
+      </c>
+    </row>
+    <row r="545" spans="1:15">
+      <c r="A545">
+        <v>65090</v>
+      </c>
+      <c r="B545" t="s">
+        <v>4954</v>
+      </c>
+      <c r="C545" t="s">
+        <v>4955</v>
+      </c>
+      <c r="D545" t="s">
+        <v>4956</v>
+      </c>
+      <c r="E545" t="s">
+        <v>4957</v>
+      </c>
+      <c r="F545" t="s">
+        <v>4958</v>
+      </c>
+      <c r="G545" t="s">
+        <v>4959</v>
+      </c>
+      <c r="H545" t="s">
+        <v>4960</v>
+      </c>
+      <c r="I545" t="s">
+        <v>4961</v>
+      </c>
+      <c r="J545" t="s">
+        <v>23</v>
+      </c>
+      <c r="K545" t="s">
+        <v>45</v>
+      </c>
+      <c r="L545" t="s">
+        <v>46</v>
+      </c>
+      <c r="M545" t="s">
+        <v>47</v>
+      </c>
+      <c r="N545" t="s">
+        <v>27</v>
+      </c>
+      <c r="O545" t="s">
+        <v>4962</v>
+      </c>
+    </row>
+    <row r="546" spans="1:15">
+      <c r="A546">
+        <v>65091</v>
+      </c>
+      <c r="B546" t="s">
+        <v>4963</v>
+      </c>
+      <c r="C546" t="s">
+        <v>4964</v>
+      </c>
+      <c r="D546" t="s">
+        <v>4965</v>
+      </c>
+      <c r="E546" t="s">
+        <v>4966</v>
+      </c>
+      <c r="F546" t="s">
+        <v>4967</v>
+      </c>
+      <c r="G546" t="s">
+        <v>4968</v>
+      </c>
+      <c r="H546" t="s">
+        <v>4969</v>
+      </c>
+      <c r="I546" t="s">
+        <v>4970</v>
+      </c>
+      <c r="J546" t="s">
+        <v>23</v>
+      </c>
+      <c r="K546" t="s">
+        <v>45</v>
+      </c>
+      <c r="L546" t="s">
+        <v>46</v>
+      </c>
+      <c r="M546" t="s">
+        <v>47</v>
+      </c>
+      <c r="N546" t="s">
+        <v>27</v>
+      </c>
+      <c r="O546" t="s">
+        <v>4971</v>
+      </c>
+    </row>
+    <row r="547" spans="1:15">
+      <c r="A547">
+        <v>65092</v>
+      </c>
+      <c r="B547" t="s">
+        <v>4972</v>
+      </c>
+      <c r="C547" t="s">
+        <v>4973</v>
+      </c>
+      <c r="D547" t="s">
+        <v>4974</v>
+      </c>
+      <c r="E547" t="s">
+        <v>4975</v>
+      </c>
+      <c r="F547" t="s">
+        <v>4976</v>
+      </c>
+      <c r="G547" t="s">
+        <v>4977</v>
+      </c>
+      <c r="H547" t="s">
+        <v>4978</v>
+      </c>
+      <c r="I547" t="s">
+        <v>4979</v>
+      </c>
+      <c r="J547" t="s">
+        <v>23</v>
+      </c>
+      <c r="K547" t="s">
+        <v>174</v>
+      </c>
+      <c r="L547" t="s">
+        <v>46</v>
+      </c>
+      <c r="M547" t="s">
+        <v>175</v>
+      </c>
+      <c r="N547" t="s">
+        <v>27</v>
+      </c>
+      <c r="O547" t="s">
+        <v>4980</v>
+      </c>
+    </row>
+    <row r="548" spans="1:15">
+      <c r="A548">
+        <v>65093</v>
+      </c>
+      <c r="B548" t="s">
+        <v>4981</v>
+      </c>
+      <c r="C548" t="s">
+        <v>4982</v>
+      </c>
+      <c r="D548" t="s">
+        <v>4983</v>
+      </c>
+      <c r="E548" t="s">
+        <v>4984</v>
+      </c>
+      <c r="F548" t="s">
+        <v>4985</v>
+      </c>
+      <c r="G548" t="s">
+        <v>4986</v>
+      </c>
+      <c r="H548" t="s">
+        <v>4987</v>
+      </c>
+      <c r="I548" t="s">
+        <v>4988</v>
+      </c>
+      <c r="J548" t="s">
+        <v>23</v>
+      </c>
+      <c r="K548" t="s">
+        <v>174</v>
+      </c>
+      <c r="L548" t="s">
+        <v>46</v>
+      </c>
+      <c r="M548" t="s">
+        <v>175</v>
+      </c>
+      <c r="N548" t="s">
+        <v>27</v>
+      </c>
+      <c r="O548" t="s">
+        <v>4989</v>
+      </c>
+    </row>
+    <row r="549" spans="1:15">
+      <c r="A549">
+        <v>65094</v>
+      </c>
+      <c r="B549" t="s">
+        <v>4990</v>
+      </c>
+      <c r="C549" t="s">
+        <v>4991</v>
+      </c>
+      <c r="D549" t="s">
+        <v>4992</v>
+      </c>
+      <c r="E549" t="s">
+        <v>4993</v>
+      </c>
+      <c r="F549" t="s">
+        <v>4994</v>
+      </c>
+      <c r="G549" t="s">
+        <v>4995</v>
+      </c>
+      <c r="H549" t="s">
+        <v>4996</v>
+      </c>
+      <c r="I549" t="s">
+        <v>4997</v>
+      </c>
+      <c r="J549" t="s">
+        <v>23</v>
+      </c>
+      <c r="K549" t="s">
+        <v>4998</v>
+      </c>
+      <c r="L549" t="s">
+        <v>46</v>
+      </c>
+      <c r="M549" t="s">
+        <v>4999</v>
+      </c>
+      <c r="N549" t="s">
+        <v>27</v>
+      </c>
+      <c r="O549" t="s">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="550" spans="1:15">
+      <c r="A550">
+        <v>65095</v>
+      </c>
+      <c r="B550" t="s">
+        <v>5001</v>
+      </c>
+      <c r="C550" t="s">
+        <v>5002</v>
+      </c>
+      <c r="D550" t="s">
+        <v>5003</v>
+      </c>
+      <c r="E550" t="s">
+        <v>5004</v>
+      </c>
+      <c r="F550" t="s">
+        <v>5005</v>
+      </c>
+      <c r="G550" t="s">
+        <v>5006</v>
+      </c>
+      <c r="H550" t="s">
+        <v>5007</v>
+      </c>
+      <c r="I550" t="s">
+        <v>5008</v>
+      </c>
+      <c r="J550" t="s">
+        <v>23</v>
+      </c>
+      <c r="K550" t="s">
+        <v>813</v>
+      </c>
+      <c r="L550" t="s">
+        <v>46</v>
+      </c>
+      <c r="M550" t="s">
+        <v>814</v>
+      </c>
+      <c r="N550" t="s">
+        <v>27</v>
+      </c>
+      <c r="O550" t="s">
+        <v>5009</v>
+      </c>
+    </row>
+    <row r="551" spans="1:15">
+      <c r="A551">
+        <v>65096</v>
+      </c>
+      <c r="B551" t="s">
+        <v>5010</v>
+      </c>
+      <c r="C551" t="s">
+        <v>5011</v>
+      </c>
+      <c r="D551" t="s">
+        <v>5012</v>
+      </c>
+      <c r="E551" t="s">
+        <v>5013</v>
+      </c>
+      <c r="F551" t="s">
+        <v>5014</v>
+      </c>
+      <c r="G551" t="s">
+        <v>5015</v>
+      </c>
+      <c r="H551" t="s">
+        <v>5016</v>
+      </c>
+      <c r="I551" t="s">
+        <v>5017</v>
+      </c>
+      <c r="J551" t="s">
+        <v>23</v>
+      </c>
+      <c r="K551" t="s">
+        <v>45</v>
+      </c>
+      <c r="L551" t="s">
+        <v>46</v>
+      </c>
+      <c r="M551" t="s">
+        <v>47</v>
+      </c>
+      <c r="N551" t="s">
+        <v>27</v>
+      </c>
+      <c r="O551" t="s">
+        <v>5018</v>
+      </c>
+    </row>
+    <row r="552" spans="1:15">
+      <c r="A552">
+        <v>65097</v>
+      </c>
+      <c r="B552" t="s">
+        <v>5019</v>
+      </c>
+      <c r="C552" t="s">
+        <v>5020</v>
+      </c>
+      <c r="D552" t="s">
+        <v>5021</v>
+      </c>
+      <c r="E552" t="s">
+        <v>5022</v>
+      </c>
+      <c r="F552" t="s">
+        <v>5023</v>
+      </c>
+      <c r="G552" t="s">
+        <v>5024</v>
+      </c>
+      <c r="H552" t="s">
+        <v>5025</v>
+      </c>
+      <c r="I552" t="s">
+        <v>5026</v>
+      </c>
+      <c r="J552" t="s">
+        <v>23</v>
+      </c>
+      <c r="K552" t="s">
+        <v>174</v>
+      </c>
+      <c r="L552" t="s">
+        <v>46</v>
+      </c>
+      <c r="M552" t="s">
+        <v>175</v>
+      </c>
+      <c r="N552" t="s">
+        <v>27</v>
+      </c>
+      <c r="O552" t="s">
+        <v>5027</v>
+      </c>
+    </row>
+    <row r="553" spans="1:15">
+      <c r="A553">
+        <v>65098</v>
+      </c>
+      <c r="B553" t="s">
+        <v>5028</v>
+      </c>
+      <c r="C553" t="s">
+        <v>5029</v>
+      </c>
+      <c r="D553" t="s">
+        <v>5030</v>
+      </c>
+      <c r="E553" t="s">
+        <v>5031</v>
+      </c>
+      <c r="F553" t="s">
+        <v>5032</v>
+      </c>
+      <c r="G553" t="s">
+        <v>5033</v>
+      </c>
+      <c r="H553" t="s">
+        <v>5034</v>
+      </c>
+      <c r="I553" t="s">
+        <v>5035</v>
+      </c>
+      <c r="J553" t="s">
+        <v>23</v>
+      </c>
+      <c r="K553" t="s">
+        <v>45</v>
+      </c>
+      <c r="L553" t="s">
+        <v>46</v>
+      </c>
+      <c r="M553" t="s">
+        <v>47</v>
+      </c>
+      <c r="N553" t="s">
+        <v>27</v>
+      </c>
+      <c r="O553" t="s">
+        <v>5036</v>
+      </c>
+    </row>
+    <row r="554" spans="1:15">
+      <c r="A554">
+        <v>65099</v>
+      </c>
+      <c r="B554" t="s">
+        <v>5037</v>
+      </c>
+      <c r="C554" t="s">
+        <v>5038</v>
+      </c>
+      <c r="D554" t="s">
+        <v>5039</v>
+      </c>
+      <c r="E554" t="s">
+        <v>5040</v>
+      </c>
+      <c r="F554" t="s">
+        <v>5041</v>
+      </c>
+      <c r="G554" t="s">
+        <v>5042</v>
+      </c>
+      <c r="H554" t="s">
+        <v>5043</v>
+      </c>
+      <c r="I554" t="s">
+        <v>5044</v>
+      </c>
+      <c r="J554" t="s">
+        <v>23</v>
+      </c>
+      <c r="K554" t="s">
+        <v>174</v>
+      </c>
+      <c r="L554" t="s">
+        <v>46</v>
+      </c>
+      <c r="M554" t="s">
+        <v>175</v>
+      </c>
+      <c r="N554" t="s">
+        <v>27</v>
+      </c>
+      <c r="O554" t="s">
+        <v>5045</v>
+      </c>
+    </row>
+    <row r="555" spans="1:15">
+      <c r="A555">
+        <v>65100</v>
+      </c>
+      <c r="B555" t="s">
+        <v>5046</v>
+      </c>
+      <c r="C555" t="s">
+        <v>5047</v>
+      </c>
+      <c r="D555" t="s">
+        <v>5048</v>
+      </c>
+      <c r="E555" t="s">
+        <v>5049</v>
+      </c>
+      <c r="F555" t="s">
+        <v>5050</v>
+      </c>
+      <c r="G555" t="s">
+        <v>5051</v>
+      </c>
+      <c r="H555" t="s">
+        <v>5052</v>
+      </c>
+      <c r="I555" t="s">
+        <v>5053</v>
+      </c>
+      <c r="J555" t="s">
+        <v>23</v>
+      </c>
+      <c r="K555" t="s">
+        <v>4427</v>
+      </c>
+      <c r="L555" t="s">
+        <v>46</v>
+      </c>
+      <c r="M555" t="s">
+        <v>4428</v>
+      </c>
+      <c r="N555" t="s">
+        <v>27</v>
+      </c>
+      <c r="O555" t="s">
+        <v>5054</v>
+      </c>
+    </row>
+    <row r="556" spans="1:15">
+      <c r="A556">
+        <v>65101</v>
+      </c>
+      <c r="B556" t="s">
+        <v>5055</v>
+      </c>
+      <c r="C556" t="s">
+        <v>5056</v>
+      </c>
+      <c r="D556" t="s">
+        <v>5057</v>
+      </c>
+      <c r="E556" t="s">
+        <v>5058</v>
+      </c>
+      <c r="F556" t="s">
+        <v>5059</v>
+      </c>
+      <c r="G556" t="s">
+        <v>5060</v>
+      </c>
+      <c r="H556" t="s">
+        <v>5061</v>
+      </c>
+      <c r="I556" t="s">
+        <v>5062</v>
+      </c>
+      <c r="J556" t="s">
+        <v>23</v>
+      </c>
+      <c r="K556" t="s">
+        <v>174</v>
+      </c>
+      <c r="L556" t="s">
+        <v>46</v>
+      </c>
+      <c r="M556" t="s">
+        <v>175</v>
+      </c>
+      <c r="N556" t="s">
+        <v>27</v>
+      </c>
+      <c r="O556" t="s">
+        <v>5063</v>
+      </c>
+    </row>
+    <row r="557" spans="1:15">
+      <c r="A557">
+        <v>65102</v>
+      </c>
+      <c r="B557" t="s">
+        <v>5064</v>
+      </c>
+      <c r="C557" t="s">
+        <v>5065</v>
+      </c>
+      <c r="D557" t="s">
+        <v>5066</v>
+      </c>
+      <c r="E557" t="s">
+        <v>5067</v>
+      </c>
+      <c r="F557" t="s">
+        <v>5068</v>
+      </c>
+      <c r="G557" t="s">
+        <v>5069</v>
+      </c>
+      <c r="H557" t="s">
+        <v>5070</v>
+      </c>
+      <c r="I557" t="s">
+        <v>5071</v>
+      </c>
+      <c r="J557" t="s">
+        <v>23</v>
+      </c>
+      <c r="K557" t="s">
+        <v>45</v>
+      </c>
+      <c r="L557" t="s">
+        <v>46</v>
+      </c>
+      <c r="M557" t="s">
+        <v>47</v>
+      </c>
+      <c r="N557" t="s">
+        <v>27</v>
+      </c>
+      <c r="O557" t="s">
+        <v>5072</v>
+      </c>
+    </row>
+    <row r="558" spans="1:15">
+      <c r="A558">
+        <v>65104</v>
+      </c>
+      <c r="B558" t="s">
+        <v>5073</v>
+      </c>
+      <c r="C558" t="s">
+        <v>5074</v>
+      </c>
+      <c r="D558" t="s">
+        <v>5075</v>
+      </c>
+      <c r="E558" t="s">
+        <v>5076</v>
+      </c>
+      <c r="F558" t="s">
+        <v>5077</v>
+      </c>
+      <c r="G558" t="s">
+        <v>5078</v>
+      </c>
+      <c r="H558" t="s">
+        <v>5079</v>
+      </c>
+      <c r="I558" t="s">
+        <v>5080</v>
+      </c>
+      <c r="J558" t="s">
+        <v>23</v>
+      </c>
+      <c r="K558" t="s">
+        <v>2802</v>
+      </c>
+      <c r="L558" t="s">
+        <v>46</v>
+      </c>
+      <c r="M558" t="s">
+        <v>2803</v>
+      </c>
+      <c r="N558" t="s">
+        <v>27</v>
+      </c>
+      <c r="O558" t="s">
+        <v>5081</v>
+      </c>
+    </row>
+    <row r="559" spans="1:15">
+      <c r="A559">
+        <v>65105</v>
+      </c>
+      <c r="B559" t="s">
+        <v>5082</v>
+      </c>
+      <c r="C559" t="s">
+        <v>5083</v>
+      </c>
+      <c r="D559" t="s">
+        <v>5084</v>
+      </c>
+      <c r="E559" t="s">
+        <v>5085</v>
+      </c>
+      <c r="F559" t="s">
+        <v>5086</v>
+      </c>
+      <c r="G559" t="s">
+        <v>5087</v>
+      </c>
+      <c r="H559" t="s">
+        <v>5088</v>
+      </c>
+      <c r="I559" t="s">
+        <v>5089</v>
+      </c>
+      <c r="J559" t="s">
+        <v>23</v>
+      </c>
+      <c r="K559" t="s">
+        <v>174</v>
+      </c>
+      <c r="L559" t="s">
+        <v>46</v>
+      </c>
+      <c r="M559" t="s">
+        <v>175</v>
+      </c>
+      <c r="N559" t="s">
+        <v>27</v>
+      </c>
+      <c r="O559" t="s">
+        <v>5090</v>
+      </c>
+    </row>
+    <row r="560" spans="1:15">
+      <c r="A560">
+        <v>65124</v>
+      </c>
+      <c r="B560" t="s">
+        <v>5091</v>
+      </c>
+      <c r="C560" t="s">
+        <v>5092</v>
+      </c>
+      <c r="D560" t="s">
+        <v>5093</v>
+      </c>
+      <c r="E560" t="s">
+        <v>5094</v>
+      </c>
+      <c r="F560" t="s">
+        <v>5095</v>
+      </c>
+      <c r="G560" t="s">
+        <v>5096</v>
+      </c>
+      <c r="H560" t="s">
+        <v>5097</v>
+      </c>
+      <c r="I560" t="s">
+        <v>5098</v>
+      </c>
+      <c r="J560" t="s">
+        <v>23</v>
+      </c>
+      <c r="K560" t="s">
+        <v>45</v>
+      </c>
+      <c r="L560" t="s">
+        <v>46</v>
+      </c>
+      <c r="M560" t="s">
+        <v>47</v>
+      </c>
+      <c r="N560" t="s">
+        <v>27</v>
+      </c>
+      <c r="O560" t="s">
+        <v>5099</v>
+      </c>
+    </row>
+    <row r="561" spans="1:15">
+      <c r="A561">
+        <v>65255</v>
+      </c>
+      <c r="B561" t="s">
+        <v>5100</v>
+      </c>
+      <c r="C561" t="s">
+        <v>5101</v>
+      </c>
+      <c r="D561" t="s">
+        <v>5102</v>
+      </c>
+      <c r="E561" t="s">
+        <v>5103</v>
+      </c>
+      <c r="F561" t="s">
+        <v>5104</v>
+      </c>
+      <c r="G561" t="s">
+        <v>5105</v>
+      </c>
+      <c r="H561" t="s">
+        <v>5106</v>
+      </c>
+      <c r="I561" t="s">
+        <v>5107</v>
+      </c>
+      <c r="J561" t="s">
+        <v>1830</v>
+      </c>
+      <c r="K561" t="s">
+        <v>5108</v>
+      </c>
+      <c r="L561" t="s">
+        <v>1832</v>
+      </c>
+      <c r="M561" t="s">
+        <v>5109</v>
+      </c>
+      <c r="N561" t="s">
+        <v>27</v>
+      </c>
+      <c r="O561" t="s">
+        <v>5110</v>
+      </c>
+    </row>
+    <row r="562" spans="1:15">
+      <c r="A562">
+        <v>66392</v>
+      </c>
+      <c r="B562" t="s">
+        <v>5111</v>
+      </c>
+      <c r="C562" t="s">
+        <v>5112</v>
+      </c>
+      <c r="D562" t="s">
+        <v>5113</v>
+      </c>
+      <c r="E562" t="s">
+        <v>5114</v>
+      </c>
+      <c r="F562" t="s">
+        <v>5115</v>
+      </c>
+      <c r="G562" t="s">
+        <v>5116</v>
+      </c>
+      <c r="H562" t="s">
+        <v>5117</v>
+      </c>
+      <c r="I562" t="s">
+        <v>5118</v>
+      </c>
+      <c r="J562" t="s">
+        <v>23</v>
+      </c>
+      <c r="K562" t="s">
+        <v>45</v>
+      </c>
+      <c r="L562" t="s">
+        <v>46</v>
+      </c>
+      <c r="M562" t="s">
+        <v>47</v>
+      </c>
+      <c r="N562" t="s">
+        <v>27</v>
+      </c>
+      <c r="O562" t="s">
+        <v>5119</v>
+      </c>
+    </row>
+    <row r="563" spans="1:15">
+      <c r="A563">
+        <v>66510</v>
+      </c>
+      <c r="B563" t="s">
+        <v>5120</v>
+      </c>
+      <c r="C563" t="s">
+        <v>5121</v>
+      </c>
+      <c r="D563" t="s">
+        <v>5122</v>
+      </c>
+      <c r="E563" t="s">
+        <v>5123</v>
+      </c>
+      <c r="F563" t="s">
+        <v>5124</v>
+      </c>
+      <c r="G563" t="s">
+        <v>5125</v>
+      </c>
+      <c r="H563" t="s">
+        <v>5126</v>
+      </c>
+      <c r="I563" t="s">
+        <v>5127</v>
+      </c>
+      <c r="J563" t="s">
+        <v>1830</v>
+      </c>
+      <c r="K563" t="s">
+        <v>5128</v>
+      </c>
+      <c r="L563" t="s">
+        <v>1832</v>
+      </c>
+      <c r="M563" t="s">
+        <v>5129</v>
+      </c>
+      <c r="N563" t="s">
+        <v>27</v>
+      </c>
+      <c r="O563" t="s">
+        <v>5130</v>
+      </c>
+    </row>
+    <row r="564" spans="1:15">
+      <c r="A564">
+        <v>66511</v>
+      </c>
+      <c r="B564" t="s">
+        <v>2010</v>
+      </c>
+      <c r="C564" t="s">
+        <v>5131</v>
+      </c>
+      <c r="D564" t="s">
+        <v>5132</v>
+      </c>
+      <c r="E564" t="s">
+        <v>5133</v>
+      </c>
+      <c r="F564" t="s">
+        <v>2014</v>
+      </c>
+      <c r="G564" t="s">
+        <v>2015</v>
+      </c>
+      <c r="H564" t="s">
+        <v>5134</v>
+      </c>
+      <c r="I564" t="s">
+        <v>5135</v>
+      </c>
+      <c r="J564" t="s">
+        <v>23</v>
+      </c>
+      <c r="K564" t="s">
+        <v>5136</v>
+      </c>
+      <c r="L564" t="s">
+        <v>46</v>
+      </c>
+      <c r="M564" t="s">
+        <v>5137</v>
+      </c>
+      <c r="N564" t="s">
+        <v>27</v>
+      </c>
+      <c r="O564" t="s">
+        <v>5138</v>
+      </c>
+    </row>
+    <row r="565" spans="1:15">
+      <c r="A565">
+        <v>66512</v>
+      </c>
+      <c r="B565" t="s">
+        <v>4260</v>
+      </c>
+      <c r="C565" t="s">
+        <v>5139</v>
+      </c>
+      <c r="D565" t="s">
+        <v>5140</v>
+      </c>
+      <c r="E565" t="s">
+        <v>5141</v>
+      </c>
+      <c r="F565" t="s">
+        <v>5142</v>
+      </c>
+      <c r="G565" t="s">
+        <v>4265</v>
+      </c>
+      <c r="H565" t="s">
+        <v>4266</v>
+      </c>
+      <c r="I565" t="s">
+        <v>4267</v>
+      </c>
+      <c r="J565" t="s">
+        <v>23</v>
+      </c>
+      <c r="K565" t="s">
+        <v>5143</v>
+      </c>
+      <c r="L565" t="s">
+        <v>46</v>
+      </c>
+      <c r="M565" t="s">
+        <v>5144</v>
+      </c>
+      <c r="N565" t="s">
+        <v>27</v>
+      </c>
+      <c r="O565" t="s">
+        <v>5145</v>
+      </c>
+    </row>
+    <row r="566" spans="1:15">
+      <c r="A566">
+        <v>66513</v>
+      </c>
+      <c r="B566" t="s">
+        <v>5146</v>
+      </c>
+      <c r="C566" t="s">
+        <v>5147</v>
+      </c>
+      <c r="D566" t="s">
+        <v>5148</v>
+      </c>
+      <c r="E566" t="s">
+        <v>5149</v>
+      </c>
+      <c r="F566" t="s">
+        <v>5150</v>
+      </c>
+      <c r="G566" t="s">
+        <v>4593</v>
+      </c>
+      <c r="H566" t="s">
+        <v>5151</v>
+      </c>
+      <c r="I566" t="s">
+        <v>5152</v>
+      </c>
+      <c r="J566" t="s">
+        <v>23</v>
+      </c>
+      <c r="K566" t="s">
+        <v>5143</v>
+      </c>
+      <c r="L566" t="s">
+        <v>46</v>
+      </c>
+      <c r="M566" t="s">
+        <v>5144</v>
+      </c>
+      <c r="N566" t="s">
+        <v>27</v>
+      </c>
+      <c r="O566" t="s">
+        <v>5153</v>
+      </c>
+    </row>
+    <row r="567" spans="1:15">
+      <c r="A567">
+        <v>66514</v>
+      </c>
+      <c r="B567" t="s">
+        <v>5154</v>
+      </c>
+      <c r="C567" t="s">
+        <v>5155</v>
+      </c>
+      <c r="D567" t="s">
+        <v>5156</v>
+      </c>
+      <c r="E567" t="s">
+        <v>5157</v>
+      </c>
+      <c r="F567" t="s">
+        <v>2158</v>
+      </c>
+      <c r="G567" t="s">
+        <v>2159</v>
+      </c>
+      <c r="H567" t="s">
+        <v>5158</v>
+      </c>
+      <c r="I567" t="s">
+        <v>5159</v>
+      </c>
+      <c r="J567" t="s">
+        <v>23</v>
+      </c>
+      <c r="K567" t="s">
+        <v>5143</v>
+      </c>
+      <c r="L567" t="s">
+        <v>46</v>
+      </c>
+      <c r="M567" t="s">
+        <v>5144</v>
+      </c>
+      <c r="N567" t="s">
+        <v>27</v>
+      </c>
+      <c r="O567" t="s">
+        <v>5160</v>
+      </c>
+    </row>
+    <row r="568" spans="1:15">
+      <c r="A568">
+        <v>66515</v>
+      </c>
+      <c r="B568" t="s">
+        <v>5161</v>
+      </c>
+      <c r="C568" t="s">
+        <v>5162</v>
+      </c>
+      <c r="D568" t="s">
+        <v>5163</v>
+      </c>
+      <c r="E568" t="s">
+        <v>5164</v>
+      </c>
+      <c r="F568" t="s">
+        <v>5165</v>
+      </c>
+      <c r="G568" t="s">
+        <v>1916</v>
+      </c>
+      <c r="H568" t="s">
+        <v>5166</v>
+      </c>
+      <c r="I568" t="s">
+        <v>5167</v>
+      </c>
+      <c r="J568" t="s">
+        <v>23</v>
+      </c>
+      <c r="K568" t="s">
+        <v>5143</v>
+      </c>
+      <c r="L568" t="s">
+        <v>46</v>
+      </c>
+      <c r="M568" t="s">
+        <v>5144</v>
+      </c>
+      <c r="N568" t="s">
+        <v>27</v>
+      </c>
+      <c r="O568" t="s">
+        <v>5168</v>
+      </c>
+    </row>
+    <row r="569" spans="1:15">
+      <c r="A569">
+        <v>66516</v>
+      </c>
+      <c r="B569" t="s">
+        <v>1893</v>
+      </c>
+      <c r="C569" t="s">
+        <v>5169</v>
+      </c>
+      <c r="D569" t="s">
+        <v>5170</v>
+      </c>
+      <c r="E569" t="s">
+        <v>5171</v>
+      </c>
+      <c r="F569" t="s">
+        <v>5172</v>
+      </c>
+      <c r="G569" t="s">
+        <v>5173</v>
+      </c>
+      <c r="H569" t="s">
+        <v>5174</v>
+      </c>
+      <c r="I569" t="s">
+        <v>1900</v>
+      </c>
+      <c r="J569" t="s">
+        <v>23</v>
+      </c>
+      <c r="K569" t="s">
+        <v>174</v>
+      </c>
+      <c r="L569" t="s">
+        <v>46</v>
+      </c>
+      <c r="M569" t="s">
+        <v>175</v>
+      </c>
+      <c r="N569" t="s">
+        <v>27</v>
+      </c>
+      <c r="O569" t="s">
+        <v>5175</v>
+      </c>
+    </row>
+    <row r="570" spans="1:15">
+      <c r="A570">
+        <v>66517</v>
+      </c>
+      <c r="B570" t="s">
+        <v>5176</v>
+      </c>
+      <c r="C570" t="s">
+        <v>5177</v>
+      </c>
+      <c r="D570" t="s">
+        <v>5178</v>
+      </c>
+      <c r="E570" t="s">
+        <v>5179</v>
+      </c>
+      <c r="F570" t="s">
+        <v>5180</v>
+      </c>
+      <c r="G570" t="s">
+        <v>5181</v>
+      </c>
+      <c r="H570" t="s">
+        <v>5182</v>
+      </c>
+      <c r="I570" t="s">
+        <v>5183</v>
+      </c>
+      <c r="J570" t="s">
+        <v>23</v>
+      </c>
+      <c r="K570" t="s">
+        <v>5143</v>
+      </c>
+      <c r="L570" t="s">
+        <v>46</v>
+      </c>
+      <c r="M570" t="s">
+        <v>5144</v>
+      </c>
+      <c r="N570" t="s">
+        <v>27</v>
+      </c>
+      <c r="O570" t="s">
+        <v>5184</v>
+      </c>
+    </row>
+    <row r="571" spans="1:15">
+      <c r="A571">
+        <v>66518</v>
+      </c>
+      <c r="B571" t="s">
+        <v>5185</v>
+      </c>
+      <c r="C571" t="s">
+        <v>5186</v>
+      </c>
+      <c r="D571" t="s">
+        <v>5187</v>
+      </c>
+      <c r="E571" t="s">
+        <v>5188</v>
+      </c>
+      <c r="F571" t="s">
+        <v>5189</v>
+      </c>
+      <c r="G571" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H571" t="s">
+        <v>5190</v>
+      </c>
+      <c r="I571" t="s">
+        <v>5191</v>
+      </c>
+      <c r="J571" t="s">
+        <v>23</v>
+      </c>
+      <c r="K571" t="s">
+        <v>174</v>
+      </c>
+      <c r="L571" t="s">
+        <v>46</v>
+      </c>
+      <c r="M571" t="s">
+        <v>175</v>
+      </c>
+      <c r="N571" t="s">
+        <v>27</v>
+      </c>
+      <c r="O571" t="s">
+        <v>5192</v>
+      </c>
+    </row>
+    <row r="572" spans="1:15">
+      <c r="A572">
+        <v>66519</v>
+      </c>
+      <c r="B572" t="s">
+        <v>5193</v>
+      </c>
+      <c r="C572" t="s">
+        <v>5194</v>
+      </c>
+      <c r="D572" t="s">
+        <v>5195</v>
+      </c>
+      <c r="E572" t="s">
+        <v>5196</v>
+      </c>
+      <c r="F572" t="s">
+        <v>5197</v>
+      </c>
+      <c r="G572" t="s">
+        <v>5198</v>
+      </c>
+      <c r="H572" t="s">
+        <v>2034</v>
+      </c>
+      <c r="I572" t="s">
+        <v>2035</v>
+      </c>
+      <c r="J572" t="s">
+        <v>23</v>
+      </c>
+      <c r="K572" t="s">
+        <v>5199</v>
+      </c>
+      <c r="L572" t="s">
+        <v>46</v>
+      </c>
+      <c r="M572" t="s">
+        <v>5200</v>
+      </c>
+      <c r="N572" t="s">
+        <v>27</v>
+      </c>
+      <c r="O572" t="s">
+        <v>5201</v>
+      </c>
+    </row>
+    <row r="573" spans="1:15">
+      <c r="A573">
+        <v>66520</v>
+      </c>
+      <c r="B573" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C573" t="s">
+        <v>5202</v>
+      </c>
+      <c r="D573" t="s">
+        <v>5203</v>
+      </c>
+      <c r="E573" t="s">
+        <v>5204</v>
+      </c>
+      <c r="F573" t="s">
+        <v>2109</v>
+      </c>
+      <c r="G573" t="s">
+        <v>2110</v>
+      </c>
+      <c r="H573" t="s">
+        <v>2111</v>
+      </c>
+      <c r="I573" t="s">
+        <v>2112</v>
+      </c>
+      <c r="J573" t="s">
+        <v>23</v>
+      </c>
+      <c r="K573" t="s">
+        <v>45</v>
+      </c>
+      <c r="L573" t="s">
+        <v>46</v>
+      </c>
+      <c r="M573" t="s">
+        <v>47</v>
+      </c>
+      <c r="N573" t="s">
+        <v>27</v>
+      </c>
+      <c r="O573" t="s">
+        <v>5205</v>
+      </c>
+    </row>
+    <row r="574" spans="1:15">
+      <c r="A574">
+        <v>66521</v>
+      </c>
+      <c r="B574" t="s">
+        <v>1938</v>
+      </c>
+      <c r="C574" t="s">
+        <v>5206</v>
+      </c>
+      <c r="D574" t="s">
+        <v>5207</v>
+      </c>
+      <c r="E574" t="s">
+        <v>5208</v>
+      </c>
+      <c r="F574" t="s">
+        <v>5209</v>
+      </c>
+      <c r="G574" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H574" t="s">
+        <v>5210</v>
+      </c>
+      <c r="I574" t="s">
+        <v>1945</v>
+      </c>
+      <c r="J574" t="s">
+        <v>23</v>
+      </c>
+      <c r="K574" t="s">
+        <v>174</v>
+      </c>
+      <c r="L574" t="s">
+        <v>46</v>
+      </c>
+      <c r="M574" t="s">
+        <v>175</v>
+      </c>
+      <c r="N574" t="s">
+        <v>27</v>
+      </c>
+      <c r="O574" t="s">
+        <v>5211</v>
+      </c>
+    </row>
+    <row r="575" spans="1:15">
+      <c r="A575">
+        <v>66522</v>
+      </c>
+      <c r="B575" t="s">
+        <v>5212</v>
+      </c>
+      <c r="C575" t="s">
+        <v>5213</v>
+      </c>
+      <c r="D575" t="s">
+        <v>5214</v>
+      </c>
+      <c r="E575" t="s">
+        <v>5215</v>
+      </c>
+      <c r="F575" t="s">
+        <v>5216</v>
+      </c>
+      <c r="G575" t="s">
+        <v>5217</v>
+      </c>
+      <c r="H575" t="s">
+        <v>5218</v>
+      </c>
+      <c r="I575" t="s">
+        <v>5219</v>
+      </c>
+      <c r="J575" t="s">
+        <v>23</v>
+      </c>
+      <c r="K575" t="s">
+        <v>5108</v>
+      </c>
+      <c r="L575" t="s">
+        <v>46</v>
+      </c>
+      <c r="M575" t="s">
+        <v>5109</v>
+      </c>
+      <c r="N575" t="s">
+        <v>27</v>
+      </c>
+      <c r="O575" t="s">
+        <v>5220</v>
+      </c>
+    </row>
+    <row r="576" spans="1:15">
+      <c r="A576">
+        <v>66523</v>
+      </c>
+      <c r="B576" t="s">
+        <v>2001</v>
+      </c>
+      <c r="C576" t="s">
+        <v>5221</v>
+      </c>
+      <c r="D576" t="s">
+        <v>5222</v>
+      </c>
+      <c r="E576" t="s">
+        <v>5223</v>
+      </c>
+      <c r="F576" t="s">
+        <v>2005</v>
+      </c>
+      <c r="G576" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H576" t="s">
+        <v>2007</v>
+      </c>
+      <c r="I576" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J576" t="s">
+        <v>23</v>
+      </c>
+      <c r="K576" t="s">
+        <v>24</v>
+      </c>
+      <c r="L576" t="s">
+        <v>46</v>
+      </c>
+      <c r="M576" t="s">
+        <v>74</v>
+      </c>
+      <c r="N576" t="s">
+        <v>27</v>
+      </c>
+      <c r="O576" t="s">
+        <v>5224</v>
+      </c>
+    </row>
+    <row r="577" spans="1:15">
+      <c r="A577">
+        <v>66524</v>
+      </c>
+      <c r="B577" t="s">
+        <v>4430</v>
+      </c>
+      <c r="C577" t="s">
+        <v>5225</v>
+      </c>
+      <c r="D577" t="s">
+        <v>5226</v>
+      </c>
+      <c r="E577" t="s">
+        <v>5227</v>
+      </c>
+      <c r="F577" t="s">
+        <v>5228</v>
+      </c>
+      <c r="G577" t="s">
+        <v>4435</v>
+      </c>
+      <c r="H577" t="s">
+        <v>4436</v>
+      </c>
+      <c r="I577" t="s">
+        <v>4437</v>
+      </c>
+      <c r="J577" t="s">
+        <v>23</v>
+      </c>
+      <c r="K577" t="s">
+        <v>174</v>
+      </c>
+      <c r="L577" t="s">
+        <v>46</v>
+      </c>
+      <c r="M577" t="s">
+        <v>175</v>
+      </c>
+      <c r="N577" t="s">
+        <v>27</v>
+      </c>
+      <c r="O577" t="s">
+        <v>5229</v>
+      </c>
+    </row>
+    <row r="578" spans="1:15">
+      <c r="A578">
+        <v>66525</v>
+      </c>
+      <c r="B578" t="s">
+        <v>5230</v>
+      </c>
+      <c r="C578" t="s">
+        <v>5231</v>
+      </c>
+      <c r="D578" t="s">
+        <v>5232</v>
+      </c>
+      <c r="E578" t="s">
+        <v>5233</v>
+      </c>
+      <c r="F578" t="s">
+        <v>4291</v>
+      </c>
+      <c r="G578" t="s">
+        <v>4292</v>
+      </c>
+      <c r="H578" t="s">
+        <v>4293</v>
+      </c>
+      <c r="I578" t="s">
+        <v>4294</v>
+      </c>
+      <c r="J578" t="s">
+        <v>23</v>
+      </c>
+      <c r="K578" t="s">
+        <v>174</v>
+      </c>
+      <c r="L578" t="s">
+        <v>46</v>
+      </c>
+      <c r="M578" t="s">
+        <v>175</v>
+      </c>
+      <c r="N578" t="s">
+        <v>27</v>
+      </c>
+      <c r="O578" t="s">
+        <v>5234</v>
+      </c>
+    </row>
+    <row r="579" spans="1:15">
+      <c r="A579">
+        <v>66526</v>
+      </c>
+      <c r="B579" t="s">
+        <v>5235</v>
+      </c>
+      <c r="C579" t="s">
+        <v>5236</v>
+      </c>
+      <c r="D579" t="s">
+        <v>5237</v>
+      </c>
+      <c r="E579" t="s">
+        <v>5238</v>
+      </c>
+      <c r="F579" t="s">
+        <v>5239</v>
+      </c>
+      <c r="G579" t="s">
+        <v>4301</v>
+      </c>
+      <c r="H579" t="s">
+        <v>4302</v>
+      </c>
+      <c r="I579" t="s">
+        <v>5240</v>
+      </c>
+      <c r="J579" t="s">
+        <v>23</v>
+      </c>
+      <c r="K579" t="s">
+        <v>174</v>
+      </c>
+      <c r="L579" t="s">
+        <v>46</v>
+      </c>
+      <c r="M579" t="s">
+        <v>175</v>
+      </c>
+      <c r="N579" t="s">
+        <v>27</v>
+      </c>
+      <c r="O579" t="s">
+        <v>5241</v>
+      </c>
+    </row>
+    <row r="580" spans="1:15">
+      <c r="A580">
+        <v>66527</v>
+      </c>
+      <c r="B580" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C580" t="s">
+        <v>5242</v>
+      </c>
+      <c r="D580" t="s">
+        <v>5243</v>
+      </c>
+      <c r="E580" t="s">
+        <v>5244</v>
+      </c>
+      <c r="F580" t="s">
+        <v>5245</v>
+      </c>
+      <c r="G580" t="s">
+        <v>2043</v>
+      </c>
+      <c r="H580" t="s">
+        <v>2044</v>
+      </c>
+      <c r="I580" t="s">
+        <v>2045</v>
+      </c>
+      <c r="J580" t="s">
+        <v>23</v>
+      </c>
+      <c r="K580" t="s">
+        <v>5143</v>
+      </c>
+      <c r="L580" t="s">
+        <v>46</v>
+      </c>
+      <c r="M580" t="s">
+        <v>5144</v>
+      </c>
+      <c r="N580" t="s">
+        <v>27</v>
+      </c>
+      <c r="O580" t="s">
+        <v>5246</v>
+      </c>
+    </row>
+    <row r="581" spans="1:15">
+      <c r="A581">
+        <v>66529</v>
+      </c>
+      <c r="B581" t="s">
+        <v>5247</v>
+      </c>
+      <c r="C581" t="s">
+        <v>5248</v>
+      </c>
+      <c r="D581" t="s">
+        <v>5249</v>
+      </c>
+      <c r="E581" t="s">
+        <v>5250</v>
+      </c>
+      <c r="F581" t="s">
+        <v>5251</v>
+      </c>
+      <c r="G581" t="s">
+        <v>4732</v>
+      </c>
+      <c r="H581" t="s">
+        <v>4733</v>
+      </c>
+      <c r="I581" t="s">
+        <v>4734</v>
+      </c>
+      <c r="J581" t="s">
+        <v>23</v>
+      </c>
+      <c r="K581" t="s">
+        <v>2353</v>
+      </c>
+      <c r="L581" t="s">
+        <v>46</v>
+      </c>
+      <c r="M581" t="s">
+        <v>5252</v>
+      </c>
+      <c r="N581" t="s">
+        <v>27</v>
+      </c>
+      <c r="O581" t="s">
+        <v>5253</v>
+      </c>
+    </row>
+    <row r="582" spans="1:15">
+      <c r="A582">
+        <v>66530</v>
+      </c>
+      <c r="B582" t="s">
+        <v>5254</v>
+      </c>
+      <c r="C582" t="s">
+        <v>5255</v>
+      </c>
+      <c r="D582" t="s">
+        <v>5256</v>
+      </c>
+      <c r="E582" t="s">
+        <v>5257</v>
+      </c>
+      <c r="F582" t="s">
+        <v>5258</v>
+      </c>
+      <c r="G582" t="s">
+        <v>1860</v>
+      </c>
+      <c r="H582" t="s">
+        <v>1861</v>
+      </c>
+      <c r="I582" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J582" t="s">
+        <v>23</v>
+      </c>
+      <c r="K582" t="s">
+        <v>945</v>
+      </c>
+      <c r="L582" t="s">
+        <v>46</v>
+      </c>
+      <c r="M582" t="s">
+        <v>1723</v>
+      </c>
+      <c r="N582" t="s">
+        <v>27</v>
+      </c>
+      <c r="O582" t="s">
+        <v>5259</v>
+      </c>
+    </row>
+    <row r="583" spans="1:15">
+      <c r="A583">
+        <v>66531</v>
+      </c>
+      <c r="B583" t="s">
+        <v>5260</v>
+      </c>
+      <c r="C583" t="s">
+        <v>5261</v>
+      </c>
+      <c r="D583" t="s">
+        <v>5262</v>
+      </c>
+      <c r="E583" t="s">
+        <v>5263</v>
+      </c>
+      <c r="F583" t="s">
+        <v>5264</v>
+      </c>
+      <c r="G583" t="s">
+        <v>5265</v>
+      </c>
+      <c r="H583" t="s">
+        <v>5266</v>
+      </c>
+      <c r="I583" t="s">
+        <v>5267</v>
+      </c>
+      <c r="J583" t="s">
+        <v>445</v>
+      </c>
+      <c r="K583" t="s">
+        <v>5268</v>
+      </c>
+      <c r="L583" t="s">
+        <v>447</v>
+      </c>
+      <c r="M583" t="s">
+        <v>5269</v>
+      </c>
+      <c r="N583" t="s">
+        <v>27</v>
+      </c>
+      <c r="O583" t="s">
+        <v>5270</v>
+      </c>
+    </row>
+    <row r="584" spans="1:15">
+      <c r="A584">
+        <v>66532</v>
+      </c>
+      <c r="B584" t="s">
+        <v>5271</v>
+      </c>
+      <c r="C584" t="s">
+        <v>5272</v>
+      </c>
+      <c r="D584" t="s">
+        <v>5273</v>
+      </c>
+      <c r="E584" t="s">
+        <v>5274</v>
+      </c>
+      <c r="F584" t="s">
+        <v>2127</v>
+      </c>
+      <c r="G584" t="s">
+        <v>2128</v>
+      </c>
+      <c r="H584" t="s">
+        <v>2129</v>
+      </c>
+      <c r="I584" t="s">
+        <v>2130</v>
+      </c>
+      <c r="J584" t="s">
+        <v>445</v>
+      </c>
+      <c r="K584" t="s">
+        <v>5275</v>
+      </c>
+      <c r="L584" t="s">
+        <v>447</v>
+      </c>
+      <c r="M584" t="s">
+        <v>5276</v>
+      </c>
+      <c r="N584" t="s">
+        <v>27</v>
+      </c>
+      <c r="O584" t="s">
+        <v>5277</v>
+      </c>
+    </row>
+    <row r="585" spans="1:15">
+      <c r="A585">
+        <v>66533</v>
+      </c>
+      <c r="B585" t="s">
+        <v>5278</v>
+      </c>
+      <c r="C585" t="s">
+        <v>5279</v>
+      </c>
+      <c r="D585" t="s">
+        <v>5280</v>
+      </c>
+      <c r="E585" t="s">
+        <v>5281</v>
+      </c>
+      <c r="F585" t="s">
+        <v>1951</v>
+      </c>
+      <c r="G585" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H585" t="s">
+        <v>1953</v>
+      </c>
+      <c r="I585" t="s">
+        <v>5282</v>
+      </c>
+      <c r="J585" t="s">
+        <v>23</v>
+      </c>
+      <c r="K585" t="s">
+        <v>5283</v>
+      </c>
+      <c r="L585" t="s">
+        <v>46</v>
+      </c>
+      <c r="M585" t="s">
+        <v>5284</v>
+      </c>
+      <c r="N585" t="s">
+        <v>27</v>
+      </c>
+      <c r="O585" t="s">
+        <v>5285</v>
+      </c>
+    </row>
+    <row r="586" spans="1:15">
+      <c r="A586">
+        <v>66534</v>
+      </c>
+      <c r="B586" t="s">
+        <v>5286</v>
+      </c>
+      <c r="C586" t="s">
+        <v>5287</v>
+      </c>
+      <c r="D586" t="s">
+        <v>5288</v>
+      </c>
+      <c r="E586" t="s">
+        <v>5289</v>
+      </c>
+      <c r="F586" t="s">
+        <v>5290</v>
+      </c>
+      <c r="G586" t="s">
+        <v>5291</v>
+      </c>
+      <c r="H586" t="s">
+        <v>3573</v>
+      </c>
+      <c r="I586" t="s">
+        <v>3574</v>
+      </c>
+      <c r="J586" t="s">
+        <v>23</v>
+      </c>
+      <c r="K586" t="s">
+        <v>24</v>
+      </c>
+      <c r="L586" t="s">
+        <v>46</v>
+      </c>
+      <c r="M586" t="s">
+        <v>74</v>
+      </c>
+      <c r="N586" t="s">
+        <v>27</v>
+      </c>
+      <c r="O586" t="s">
+        <v>5292</v>
+      </c>
+    </row>
+    <row r="587" spans="1:15">
+      <c r="A587">
+        <v>66535</v>
+      </c>
+      <c r="B587" t="s">
+        <v>5293</v>
+      </c>
+      <c r="C587" t="s">
+        <v>5294</v>
+      </c>
+      <c r="D587" t="s">
+        <v>5295</v>
+      </c>
+      <c r="E587" t="s">
+        <v>5296</v>
+      </c>
+      <c r="F587" t="s">
+        <v>5297</v>
+      </c>
+      <c r="G587" t="s">
+        <v>5298</v>
+      </c>
+      <c r="H587" t="s">
+        <v>5299</v>
+      </c>
+      <c r="I587" t="s">
+        <v>5300</v>
+      </c>
+      <c r="J587" t="s">
+        <v>5301</v>
+      </c>
+      <c r="K587" t="s">
+        <v>5302</v>
+      </c>
+      <c r="L587" t="s">
+        <v>5303</v>
+      </c>
+      <c r="M587" t="s">
+        <v>5304</v>
+      </c>
+      <c r="N587" t="s">
+        <v>27</v>
+      </c>
+      <c r="O587" t="s">
+        <v>5305</v>
+      </c>
+    </row>
+    <row r="588" spans="1:15">
+      <c r="A588">
+        <v>66536</v>
+      </c>
+      <c r="B588" t="s">
+        <v>5306</v>
+      </c>
+      <c r="C588" t="s">
+        <v>5307</v>
+      </c>
+      <c r="D588" t="s">
+        <v>5308</v>
+      </c>
+      <c r="E588" t="s">
+        <v>5309</v>
+      </c>
+      <c r="F588" t="s">
+        <v>5310</v>
+      </c>
+      <c r="G588" t="s">
+        <v>5311</v>
+      </c>
+      <c r="H588" t="s">
+        <v>5312</v>
+      </c>
+      <c r="I588" t="s">
+        <v>5313</v>
+      </c>
+      <c r="J588" t="s">
+        <v>23</v>
+      </c>
+      <c r="K588" t="s">
+        <v>5143</v>
+      </c>
+      <c r="L588" t="s">
+        <v>46</v>
+      </c>
+      <c r="M588" t="s">
+        <v>5144</v>
+      </c>
+      <c r="N588" t="s">
+        <v>27</v>
+      </c>
+      <c r="O588" t="s">
+        <v>5314</v>
+      </c>
+    </row>
+    <row r="589" spans="1:15">
+      <c r="A589">
+        <v>66537</v>
+      </c>
+      <c r="B589" t="s">
+        <v>5315</v>
+      </c>
+      <c r="C589" t="s">
+        <v>5316</v>
+      </c>
+      <c r="D589" t="s">
+        <v>5317</v>
+      </c>
+      <c r="E589" t="s">
+        <v>5318</v>
+      </c>
+      <c r="F589" t="s">
+        <v>5319</v>
+      </c>
+      <c r="G589" t="s">
+        <v>5096</v>
+      </c>
+      <c r="H589" t="s">
+        <v>5097</v>
+      </c>
+      <c r="I589" t="s">
+        <v>5098</v>
+      </c>
+      <c r="J589" t="s">
+        <v>23</v>
+      </c>
+      <c r="K589" t="s">
+        <v>5143</v>
+      </c>
+      <c r="L589" t="s">
+        <v>46</v>
+      </c>
+      <c r="M589" t="s">
+        <v>5144</v>
+      </c>
+      <c r="N589" t="s">
+        <v>27</v>
+      </c>
+      <c r="O589" t="s">
+        <v>5320</v>
+      </c>
+    </row>
+    <row r="590" spans="1:15">
+      <c r="A590">
+        <v>66538</v>
+      </c>
+      <c r="B590" t="s">
+        <v>5321</v>
+      </c>
+      <c r="C590" t="s">
+        <v>5322</v>
+      </c>
+      <c r="D590" t="s">
+        <v>5323</v>
+      </c>
+      <c r="E590" t="s">
+        <v>5324</v>
+      </c>
+      <c r="F590" t="s">
+        <v>5325</v>
+      </c>
+      <c r="G590" t="s">
+        <v>2119</v>
+      </c>
+      <c r="H590" t="s">
+        <v>2120</v>
+      </c>
+      <c r="I590" t="s">
+        <v>2121</v>
+      </c>
+      <c r="J590" t="s">
+        <v>23</v>
+      </c>
+      <c r="K590" t="s">
+        <v>5326</v>
+      </c>
+      <c r="L590" t="s">
+        <v>46</v>
+      </c>
+      <c r="M590" t="s">
+        <v>5327</v>
+      </c>
+      <c r="N590" t="s">
+        <v>27</v>
+      </c>
+      <c r="O590" t="s">
+        <v>5328</v>
+      </c>
+    </row>
+    <row r="591" spans="1:15">
+      <c r="A591">
+        <v>66540</v>
+      </c>
+      <c r="B591" t="s">
+        <v>5329</v>
+      </c>
+      <c r="C591" t="s">
+        <v>5330</v>
+      </c>
+      <c r="D591" t="s">
+        <v>5331</v>
+      </c>
+      <c r="E591" t="s">
+        <v>5332</v>
+      </c>
+      <c r="F591" t="s">
+        <v>5333</v>
+      </c>
+      <c r="G591" t="s">
+        <v>5334</v>
+      </c>
+      <c r="H591" t="s">
+        <v>5335</v>
+      </c>
+      <c r="I591" t="s">
+        <v>1891</v>
+      </c>
+      <c r="J591" t="s">
+        <v>23</v>
+      </c>
+      <c r="K591" t="s">
+        <v>5336</v>
+      </c>
+      <c r="L591" t="s">
+        <v>46</v>
+      </c>
+      <c r="M591" t="s">
+        <v>5337</v>
+      </c>
+      <c r="N591" t="s">
+        <v>27</v>
+      </c>
+      <c r="O591" t="s">
+        <v>5338</v>
+      </c>
+    </row>
+    <row r="592" spans="1:15">
+      <c r="A592">
         <v>66541</v>
       </c>
-      <c r="B477" t="s">
-[...39 lines deleted...]
-        <v>4276</v>
+      <c r="B592" t="s">
+        <v>2096</v>
+      </c>
+      <c r="C592" t="s">
+        <v>5339</v>
+      </c>
+      <c r="D592" t="s">
+        <v>5340</v>
+      </c>
+      <c r="E592" t="s">
+        <v>5341</v>
+      </c>
+      <c r="F592" t="s">
+        <v>5342</v>
+      </c>
+      <c r="G592" t="s">
+        <v>2101</v>
+      </c>
+      <c r="H592" t="s">
+        <v>2102</v>
+      </c>
+      <c r="I592" t="s">
+        <v>2103</v>
+      </c>
+      <c r="J592" t="s">
+        <v>23</v>
+      </c>
+      <c r="K592" t="s">
+        <v>5343</v>
+      </c>
+      <c r="L592" t="s">
+        <v>46</v>
+      </c>
+      <c r="M592" t="s">
+        <v>5344</v>
+      </c>
+      <c r="N592" t="s">
+        <v>27</v>
+      </c>
+      <c r="O592" t="s">
+        <v>5345</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">